--- v0 (2025-10-31)
+++ v1 (2026-03-07)
@@ -7,226 +7,226 @@
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/header2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/footer2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/header3.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer3.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml" Id="rId2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml" Id="rId1" /></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" xmlns:asvg="http://schemas.microsoft.com/office/drawing/2016/SVG/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="Tabellrutnt"/>
         <w:tblW w:w="9781" w:type="dxa"/>
         <w:tblInd w:w="-714" w:type="dxa"/>
         <w:tblBorders>
-          <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
-[...4 lines deleted...]
-          <w:insideV w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+          <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+          <w:bottom w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+          <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+          <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+          <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         </w:tblBorders>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="5245"/>
         <w:gridCol w:w="4536"/>
       </w:tblGrid>
-      <w:tr w:rsidR="005072C7" w:rsidRPr="00D56ED1" w14:paraId="2190432E" w14:textId="77777777" w:rsidTr="1AC78E3F">
+      <w:tr w:rsidRPr="00D56ED1" w:rsidR="005072C7" w:rsidTr="1AC78E3F" w14:paraId="2190432E" w14:textId="77777777">
         <w:trPr>
           <w:trHeight w:val="840"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5245" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="5578A868" w14:textId="437E024E" w:rsidR="005072C7" w:rsidRPr="00AA1B96" w:rsidRDefault="00482F91" w:rsidP="00693A4D">
+          <w:p w:rsidRPr="00AA1B96" w:rsidR="005072C7" w:rsidP="00693A4D" w:rsidRDefault="00482F91" w14:paraId="5578A868" w14:textId="437E024E">
             <w:pPr>
               <w:pStyle w:val="Sidhuvud"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:lang w:val="en-AU"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:lang w:val="en-AU"/>
               </w:rPr>
               <w:br/>
             </w:r>
-            <w:r w:rsidR="00FD3F86" w:rsidRPr="00AA1B96">
+            <w:r w:rsidRPr="00AA1B96" w:rsidR="00FD3F86">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:lang w:val="en-AU"/>
               </w:rPr>
               <w:t>HTA-centrum</w:t>
             </w:r>
-            <w:r w:rsidR="00FD3F86" w:rsidRPr="00AA1B96">
+            <w:r w:rsidRPr="00AA1B96" w:rsidR="00FD3F86">
               <w:rPr>
                 <w:lang w:val="en-AU"/>
               </w:rPr>
               <w:br/>
             </w:r>
-            <w:r w:rsidR="00FD3F86" w:rsidRPr="00AA1B96">
+            <w:r w:rsidRPr="00AA1B96" w:rsidR="00FD3F86">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
                 <w:sz w:val="20"/>
                 <w:lang w:val="en-AU"/>
               </w:rPr>
               <w:t xml:space="preserve">Regional activity-based HTA </w:t>
             </w:r>
-            <w:r w:rsidR="0016231C" w:rsidRPr="00AA1B96">
+            <w:r w:rsidRPr="00AA1B96" w:rsidR="0016231C">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
                 <w:sz w:val="20"/>
                 <w:lang w:val="en-AU"/>
               </w:rPr>
               <w:br/>
             </w:r>
-            <w:r w:rsidR="00FD6A48" w:rsidRPr="00AA1B96">
+            <w:r w:rsidRPr="00AA1B96" w:rsidR="00FD6A48">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
                 <w:sz w:val="20"/>
                 <w:lang w:val="en-AU"/>
               </w:rPr>
               <w:t>HTA-report 2024-000</w:t>
             </w:r>
-            <w:r w:rsidR="00280FEA" w:rsidRPr="00AA1B96">
+            <w:r w:rsidRPr="00AA1B96" w:rsidR="00280FEA">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
                 <w:sz w:val="20"/>
                 <w:lang w:val="en-AU"/>
               </w:rPr>
               <w:br/>
             </w:r>
           </w:p>
-          <w:p w14:paraId="272E0218" w14:textId="706D7D5E" w:rsidR="00FD6A48" w:rsidRPr="00AA1B96" w:rsidRDefault="00FD6A48" w:rsidP="00693A4D">
+          <w:p w:rsidRPr="00AA1B96" w:rsidR="00FD6A48" w:rsidP="00693A4D" w:rsidRDefault="00FD6A48" w14:paraId="272E0218" w14:textId="706D7D5E">
             <w:pPr>
               <w:pStyle w:val="Sidhuvud"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:lang w:val="en-AU"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4536" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="5219D4DF" w14:textId="542B5149" w:rsidR="00FD6A48" w:rsidRPr="00181F79" w:rsidRDefault="00482F91" w:rsidP="00FA798E">
+          <w:p w:rsidRPr="00181F79" w:rsidR="00FD6A48" w:rsidP="00FA798E" w:rsidRDefault="00482F91" w14:paraId="5219D4DF" w14:textId="542B5149">
             <w:pPr>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:br/>
             </w:r>
-            <w:r w:rsidR="1AC78E3F" w:rsidRPr="00181F79">
+            <w:r w:rsidRPr="00181F79" w:rsidR="1AC78E3F">
               <w:rPr>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>Health Technology Assessment</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="2B1310B0" w14:textId="01E90A7D" w:rsidR="005072C7" w:rsidRPr="00181F79" w:rsidRDefault="1AC78E3F" w:rsidP="00FA798E">
+          <w:p w:rsidRPr="00181F79" w:rsidR="005072C7" w:rsidP="00FA798E" w:rsidRDefault="1AC78E3F" w14:paraId="2B1310B0" w14:textId="01E90A7D">
             <w:pPr>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00181F79">
               <w:rPr>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>Pu</w:t>
             </w:r>
             <w:r w:rsidR="00111D6B">
               <w:rPr>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>blishe</w:t>
             </w:r>
             <w:r w:rsidR="00AD733E">
               <w:rPr>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>d date</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="4B5546F7" w14:textId="77777777" w:rsidR="005072C7" w:rsidRPr="00181F79" w:rsidRDefault="005072C7" w:rsidP="00FA798E">
+          <w:p w:rsidRPr="00181F79" w:rsidR="005072C7" w:rsidP="00FA798E" w:rsidRDefault="005072C7" w14:paraId="4B5546F7" w14:textId="77777777">
             <w:pPr>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:id="0" w:name="_Toc166593796"/>
-[...9 lines deleted...]
-    <w:p w14:paraId="763CC6FE" w14:textId="45012E7F" w:rsidR="00D83E29" w:rsidRPr="00535653" w:rsidRDefault="00C62B65" w:rsidP="00535653">
+    <w:bookmarkStart w:name="_Toc166593796" w:id="0"/>
+    <w:bookmarkStart w:name="_Toc166594005" w:id="1"/>
+    <w:bookmarkStart w:name="_Toc166594151" w:id="2"/>
+    <w:bookmarkStart w:name="_Toc166594978" w:id="3"/>
+    <w:bookmarkStart w:name="_Toc166595038" w:id="4"/>
+    <w:bookmarkStart w:name="_Toc166679928" w:id="5"/>
+    <w:bookmarkStart w:name="_Toc167090618" w:id="6"/>
+    <w:bookmarkStart w:name="_Toc167092357" w:id="7"/>
+    <w:bookmarkStart w:name="_Toc167785766" w:id="8"/>
+    <w:bookmarkStart w:name="_Toc170293045" w:id="9"/>
+    <w:p w:rsidRPr="00535653" w:rsidR="00D83E29" w:rsidP="00535653" w:rsidRDefault="00C62B65" w14:paraId="763CC6FE" w14:textId="45012E7F">
       <w:pPr>
         <w:pStyle w:val="Rubrik1"/>
         <w:rPr>
           <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:noProof/>
         </w:rPr>
         <mc:AlternateContent>
           <mc:Choice Requires="wpg">
             <w:drawing>
               <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658240" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="35F76E54" wp14:editId="70506095">
                 <wp:simplePos x="0" y="0"/>
                 <wp:positionH relativeFrom="column">
                   <wp:posOffset>-473405</wp:posOffset>
                 </wp:positionH>
                 <wp:positionV relativeFrom="page">
                   <wp:posOffset>1937385</wp:posOffset>
                 </wp:positionV>
                 <wp:extent cx="1423035" cy="7247890"/>
                 <wp:effectExtent l="0" t="0" r="5715" b="0"/>
                 <wp:wrapNone/>
                 <wp:docPr id="7" name="Grupp 7">
@@ -408,705 +408,704 @@
                 </v:shape>
                 <v:shape id="Rektangel: ett hörn rundat 5" style="position:absolute;top:24156;width:14230;height:24168;rotation:180;visibility:visible;mso-wrap-style:square;v-text-anchor:middle" alt="&quot;&quot;" coordsize="1423035,2416810" o:spid="_x0000_s1028" fillcolor="#1a9fb3 [3205]" stroked="f" strokeweight="1pt" path="m,l711518,v392961,,711518,318557,711518,711518c1423036,1279949,1423035,1848379,1423035,2416810l,2416810,,xe" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQCRNC5xwwAAANoAAAAPAAAAZHJzL2Rvd25yZXYueG1sRI9BawIx&#10;FITvQv9DeIXeNFtBKVujiFTagwhdxfPr5rlZ3LwsSbq7+uuNUOhxmJlvmMVqsI3oyIfasYLXSQaC&#10;uHS65krB8bAdv4EIEVlj45gUXCnAavk0WmCuXc/f1BWxEgnCIUcFJsY2lzKUhiyGiWuJk3d23mJM&#10;0ldSe+wT3DZymmVzabHmtGCwpY2h8lL8WgXz20+/2Re7ffd59rvulB1nJ/Oh1MvzsH4HEWmI/+G/&#10;9pdWMIPHlXQD5PIOAAD//wMAUEsBAi0AFAAGAAgAAAAhANvh9svuAAAAhQEAABMAAAAAAAAAAAAA&#10;AAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAWvQsW78AAAAVAQAACwAA&#10;AAAAAAAAAAAAAAAfAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEAkTQuccMAAADaAAAADwAA&#10;AAAAAAAAAAAAAAAHAgAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAADAAMAtwAAAPcCAAAAAA==&#10;">
                   <v:stroke joinstyle="miter"/>
                   <v:path arrowok="t" o:connecttype="custom" o:connectlocs="0,0;711518,0;1423036,711518;1423035,2416810;0,2416810;0,0" o:connectangles="0,0,0,0,0,0"/>
                 </v:shape>
                 <v:shape id="Rektangel: ett hörn rundat 6" style="position:absolute;top:48313;width:14230;height:24172;rotation:180;visibility:visible;mso-wrap-style:square;v-text-anchor:middle" alt="&quot;&quot;" coordsize="1423035,2417197" o:spid="_x0000_s1029" fillcolor="#d3c8c4 [2894]" stroked="f" path="m,l711518,v392961,,711518,318557,711518,711518c1423036,1280078,1423035,1848637,1423035,2417197l,2417197,,xe" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQADiRmVwAAAANoAAAAPAAAAZHJzL2Rvd25yZXYueG1sRI9Bi8Iw&#10;FITvC/6H8IS9ramyFKlGkYLobbEqeHw0zzaYvJQmav33G2Fhj8PMfMMs14Oz4kF9MJ4VTCcZCOLa&#10;a8ONgtNx+zUHESKyRuuZFLwowHo1+lhiof2TD/SoYiMShEOBCtoYu0LKULfkMEx8R5y8q+8dxiT7&#10;RuoenwnurJxlWS4dGk4LLXZUtlTfqrtT8F1N9z+v0ubotjtzO9tyd7wYpT7Hw2YBItIQ/8N/7b1W&#10;kMP7SroBcvULAAD//wMAUEsBAi0AFAAGAAgAAAAhANvh9svuAAAAhQEAABMAAAAAAAAAAAAAAAAA&#10;AAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAWvQsW78AAAAVAQAACwAAAAAA&#10;AAAAAAAAAAAfAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEAA4kZlcAAAADaAAAADwAAAAAA&#10;AAAAAAAAAAAHAgAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAADAAMAtwAAAPQCAAAAAA==&#10;">
                   <v:path arrowok="t" o:connecttype="custom" o:connectlocs="0,0;711518,0;1423036,711518;1423035,2417197;0,2417197;0,0" o:connectangles="0,0,0,0,0,0"/>
                 </v:shape>
                 <w10:wrap anchory="page"/>
               </v:group>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
       <w:bookmarkEnd w:id="0"/>
       <w:bookmarkEnd w:id="1"/>
       <w:bookmarkEnd w:id="2"/>
       <w:bookmarkEnd w:id="3"/>
       <w:bookmarkEnd w:id="4"/>
       <w:bookmarkEnd w:id="5"/>
       <w:bookmarkEnd w:id="6"/>
       <w:bookmarkEnd w:id="7"/>
       <w:bookmarkEnd w:id="8"/>
       <w:bookmarkEnd w:id="9"/>
     </w:p>
-    <w:p w14:paraId="7DE570CB" w14:textId="76269BD5" w:rsidR="0016231C" w:rsidRPr="00693A4D" w:rsidRDefault="00FA798E" w:rsidP="00693A4D">
+    <w:p w:rsidRPr="00693A4D" w:rsidR="0016231C" w:rsidP="00693A4D" w:rsidRDefault="00FA798E" w14:paraId="7DE570CB" w14:textId="76269BD5">
       <w:pPr>
         <w:ind w:left="1843"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="36"/>
           <w:szCs w:val="36"/>
           <w:lang w:val="en-AU"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="36"/>
           <w:szCs w:val="36"/>
         </w:rPr>
         <w:t>Title</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7506591D" w14:textId="078DF1CA" w:rsidR="0070753E" w:rsidRPr="00693A4D" w:rsidRDefault="06B5068B" w:rsidP="5D0E9DCE">
+    <w:p w:rsidRPr="00693A4D" w:rsidR="0070753E" w:rsidP="5D0E9DCE" w:rsidRDefault="06B5068B" w14:paraId="7506591D" w14:textId="078DF1CA">
       <w:pPr>
         <w:ind w:left="1843"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
           <w:color w:val="FF0000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="5D0E9DCE">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">Gruppens samordnare först, övriga projektdeltagare i alfabetisk ordning, ansvarig från HTA-centrum sist </w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r w:rsidRPr="5D0E9DCE">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
           <w:color w:val="FF0000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>I format</w:t>
       </w:r>
-      <w:r w:rsidR="6E68CB1B" w:rsidRPr="5D0E9DCE">
+      <w:r w:rsidRPr="5D0E9DCE" w:rsidR="6E68CB1B">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
           <w:color w:val="FF0000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>et</w:t>
       </w:r>
       <w:r w:rsidRPr="5D0E9DCE">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
           <w:color w:val="FF0000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>: Andersson A, Bengtsson B</w:t>
       </w:r>
-      <w:r w:rsidR="006F3B3F" w:rsidRPr="5D0E9DCE">
+      <w:r w:rsidRPr="5D0E9DCE" w:rsidR="006F3B3F">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
           <w:color w:val="FF0000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>,</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="05A26B74" w14:textId="614DE5B0" w:rsidR="5D0E9DCE" w:rsidRDefault="5D0E9DCE" w:rsidP="5D0E9DCE">
+    <w:p w:rsidR="5D0E9DCE" w:rsidP="5D0E9DCE" w:rsidRDefault="5D0E9DCE" w14:paraId="05A26B74" w14:textId="614DE5B0">
       <w:pPr>
         <w:ind w:left="1843"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
           <w:color w:val="FF0000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="0607ADD1" w14:textId="50A53FF4" w:rsidR="5D0E9DCE" w:rsidRDefault="5D0E9DCE" w:rsidP="5D0E9DCE">
+    <w:p w:rsidR="5D0E9DCE" w:rsidP="5D0E9DCE" w:rsidRDefault="5D0E9DCE" w14:paraId="0607ADD1" w14:textId="50A53FF4">
       <w:pPr>
         <w:ind w:left="1843"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
           <w:color w:val="FF0000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="018BB0BD" w14:textId="600EE62A" w:rsidR="7B16C3EC" w:rsidRDefault="7B16C3EC" w:rsidP="5D0E9DCE">
+    <w:p w:rsidR="7B16C3EC" w:rsidP="5D0E9DCE" w:rsidRDefault="7B16C3EC" w14:paraId="018BB0BD" w14:textId="600EE62A">
       <w:pPr>
         <w:ind w:left="1843"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:color w:val="FF0000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="5D0E9DCE">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:color w:val="FF0000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="en-AU"/>
         </w:rPr>
         <w:t>Brittisk engelska, komma som tusentalsdelare f.o.m 10,000 och punkt som decimaldelare)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="707F0D72" w14:textId="4D4E7EA3" w:rsidR="5D0E9DCE" w:rsidRDefault="5D0E9DCE" w:rsidP="5D0E9DCE">
+    <w:p w:rsidR="5D0E9DCE" w:rsidP="5D0E9DCE" w:rsidRDefault="5D0E9DCE" w14:paraId="707F0D72" w14:textId="4D4E7EA3">
       <w:pPr>
         <w:ind w:left="1843"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
           <w:color w:val="FF0000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="13463C46" w14:textId="77777777" w:rsidR="0016231C" w:rsidRDefault="0016231C" w:rsidP="00FA798E"/>
-[...11 lines deleted...]
-    <w:p w14:paraId="477BB47D" w14:textId="6A761287" w:rsidR="00FA798E" w:rsidRDefault="00594ED1" w:rsidP="00594ED1">
+    <w:p w:rsidR="0016231C" w:rsidP="00FA798E" w:rsidRDefault="0016231C" w14:paraId="13463C46" w14:textId="77777777"/>
+    <w:p w:rsidR="0016231C" w:rsidP="00FA798E" w:rsidRDefault="0016231C" w14:paraId="27D0780E" w14:textId="77777777"/>
+    <w:p w:rsidRPr="0016231C" w:rsidR="0016231C" w:rsidP="00FA798E" w:rsidRDefault="0016231C" w14:paraId="561EEDD4" w14:textId="77777777"/>
+    <w:p w:rsidR="0016231C" w:rsidP="00FA798E" w:rsidRDefault="0016231C" w14:paraId="3885051D" w14:textId="5B957059"/>
+    <w:p w:rsidR="0016231C" w:rsidP="00FA798E" w:rsidRDefault="0016231C" w14:paraId="4ED6E0D0" w14:textId="77777777"/>
+    <w:p w:rsidR="0016231C" w:rsidP="00FA798E" w:rsidRDefault="0016231C" w14:paraId="2D584D4E" w14:textId="125A50B5"/>
+    <w:p w:rsidR="0016231C" w:rsidP="00FA798E" w:rsidRDefault="0016231C" w14:paraId="55BB461D" w14:textId="585BCA9D"/>
+    <w:p w:rsidR="0016231C" w:rsidP="00FA798E" w:rsidRDefault="0016231C" w14:paraId="4BDA24E6" w14:textId="11B0B86D"/>
+    <w:p w:rsidR="0016231C" w:rsidP="00FA798E" w:rsidRDefault="0016231C" w14:paraId="781E4602" w14:textId="76C15415"/>
+    <w:p w:rsidR="0016231C" w:rsidP="00FA798E" w:rsidRDefault="0016231C" w14:paraId="49058D8F" w14:textId="4617B412"/>
+    <w:p w:rsidR="0016231C" w:rsidP="00FA798E" w:rsidRDefault="0016231C" w14:paraId="2F24B0FA" w14:textId="32BF3605"/>
+    <w:p w:rsidRPr="0016231C" w:rsidR="0016231C" w:rsidP="00FA798E" w:rsidRDefault="0016231C" w14:paraId="5DB528F2" w14:textId="754A581D"/>
+    <w:p w:rsidR="00FA798E" w:rsidP="00594ED1" w:rsidRDefault="00594ED1" w14:paraId="477BB47D" w14:textId="6A761287">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1695"/>
         </w:tabs>
       </w:pPr>
       <w:r>
         <w:tab/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1C3D17C0" w14:textId="77777777" w:rsidR="0023464F" w:rsidRPr="0023464F" w:rsidRDefault="0023464F" w:rsidP="0023464F"/>
-[...4 lines deleted...]
-        <w:sectPr w:rsidR="0023464F" w:rsidRPr="0023464F" w:rsidSect="00A26634">
+    <w:p w:rsidRPr="0023464F" w:rsidR="0023464F" w:rsidP="0023464F" w:rsidRDefault="0023464F" w14:paraId="1C3D17C0" w14:textId="77777777"/>
+    <w:p w:rsidRPr="0023464F" w:rsidR="0023464F" w:rsidP="0023464F" w:rsidRDefault="0023464F" w14:paraId="020FA640" w14:textId="44240680"/>
+    <w:p w:rsidRPr="0023464F" w:rsidR="0023464F" w:rsidP="0023464F" w:rsidRDefault="0023464F" w14:paraId="493430CD" w14:textId="77777777"/>
+    <w:p w:rsidRPr="0023464F" w:rsidR="0023464F" w:rsidP="0023464F" w:rsidRDefault="0023464F" w14:paraId="54B3A491" w14:textId="4E613098">
+      <w:pPr>
+        <w:sectPr w:rsidRPr="0023464F" w:rsidR="0023464F" w:rsidSect="00A26634">
           <w:headerReference w:type="even" r:id="rId13"/>
           <w:headerReference w:type="default" r:id="rId14"/>
           <w:footerReference w:type="even" r:id="rId15"/>
           <w:footerReference w:type="default" r:id="rId16"/>
           <w:headerReference w:type="first" r:id="rId17"/>
           <w:footerReference w:type="first" r:id="rId18"/>
-          <w:pgSz w:w="11906" w:h="16838"/>
+          <w:pgSz w:w="11906" w:h="16838" w:orient="portrait"/>
           <w:pgMar w:top="1417" w:right="1417" w:bottom="1417" w:left="1417" w:header="652" w:footer="546" w:gutter="0"/>
           <w:cols w:space="708"/>
           <w:titlePg/>
           <w:docGrid w:linePitch="360"/>
         </w:sectPr>
       </w:pPr>
       <w:r>
         <w:tab/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1982287D" w14:textId="2C077675" w:rsidR="00377748" w:rsidRDefault="00377748" w:rsidP="00FA798E"/>
-[...2 lines deleted...]
-    <w:p w14:paraId="2CEF7FD2" w14:textId="40C6C381" w:rsidR="00377748" w:rsidRPr="00693A4D" w:rsidRDefault="00FD3F86" w:rsidP="00FA798E">
+    <w:p w:rsidR="00377748" w:rsidP="00FA798E" w:rsidRDefault="00377748" w14:paraId="1982287D" w14:textId="2C077675"/>
+    <w:p w:rsidR="00FA798E" w:rsidP="00FA798E" w:rsidRDefault="00FA798E" w14:paraId="5F7990E5" w14:textId="77777777"/>
+    <w:p w:rsidRPr="00377748" w:rsidR="00FA798E" w:rsidP="00FA798E" w:rsidRDefault="00FA798E" w14:paraId="7111F498" w14:textId="77777777"/>
+    <w:p w:rsidRPr="00693A4D" w:rsidR="00377748" w:rsidP="00FA798E" w:rsidRDefault="00FD3F86" w14:paraId="2CEF7FD2" w14:textId="40C6C381">
       <w:pPr>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="36"/>
           <w:szCs w:val="36"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00693A4D">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="36"/>
           <w:szCs w:val="36"/>
         </w:rPr>
         <w:t>Title</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1DD4E9C0" w14:textId="77777777" w:rsidR="00FD3F86" w:rsidRDefault="00FD3F86" w:rsidP="00FA798E">
+    <w:p w:rsidR="00FD3F86" w:rsidP="00FA798E" w:rsidRDefault="00FD3F86" w14:paraId="1DD4E9C0" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="Punktlista"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="0"/>
         </w:numPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="60FDA0E8" w14:textId="2E912747" w:rsidR="00FD3F86" w:rsidRPr="00693A4D" w:rsidRDefault="00FD3F86" w:rsidP="00FA798E">
+    <w:p w:rsidRPr="00693A4D" w:rsidR="00FD3F86" w:rsidP="00FA798E" w:rsidRDefault="00FD3F86" w14:paraId="60FDA0E8" w14:textId="2E912747">
       <w:pPr>
         <w:pStyle w:val="Punktlista"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="0"/>
         </w:numPr>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00693A4D">
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>Gruppens samordnare</w:t>
       </w:r>
       <w:r w:rsidRPr="00693A4D">
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:vertAlign w:val="superscript"/>
         </w:rPr>
         <w:t>1*</w:t>
       </w:r>
       <w:r w:rsidRPr="00693A4D">
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>, övriga projektdeltagare</w:t>
       </w:r>
-      <w:r w:rsidR="0070753E" w:rsidRPr="00693A4D">
+      <w:r w:rsidRPr="00693A4D" w:rsidR="0070753E">
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> i alfabetisk ordning</w:t>
       </w:r>
       <w:r w:rsidRPr="00693A4D">
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:vertAlign w:val="superscript"/>
         </w:rPr>
         <w:t>2</w:t>
       </w:r>
       <w:r w:rsidRPr="00693A4D">
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>, ansvarig från HTA-centrum</w:t>
       </w:r>
       <w:r w:rsidRPr="00693A4D">
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:vertAlign w:val="superscript"/>
         </w:rPr>
         <w:t>3</w:t>
       </w:r>
-      <w:r w:rsidR="0070753E" w:rsidRPr="00693A4D">
+      <w:r w:rsidRPr="00693A4D" w:rsidR="0070753E">
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="0070753E" w:rsidRPr="00693A4D">
+      <w:r w:rsidRPr="00693A4D" w:rsidR="0070753E">
         <w:rPr>
           <w:color w:val="FF0000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>i formatet: Andersson A, Bengtsson B</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="53455ABC" w14:textId="79B6758C" w:rsidR="00FD3F86" w:rsidRDefault="00FD3F86" w:rsidP="00FA798E">
+    <w:p w:rsidR="00FD3F86" w:rsidP="00FA798E" w:rsidRDefault="00FD3F86" w14:paraId="53455ABC" w14:textId="79B6758C">
       <w:pPr>
         <w:pStyle w:val="Punktlista"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="0"/>
         </w:numPr>
       </w:pPr>
       <w:r>
         <w:t>¹</w:t>
       </w:r>
       <w:r w:rsidR="36437386">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:t>Verksamhet xxx</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0BF79F35" w14:textId="35D44C5D" w:rsidR="00FD3F86" w:rsidRPr="006B720E" w:rsidRDefault="00FD3F86" w:rsidP="365B0A19">
+    <w:p w:rsidRPr="006B720E" w:rsidR="00FD3F86" w:rsidP="365B0A19" w:rsidRDefault="00FD3F86" w14:paraId="0BF79F35" w14:textId="35D44C5D">
       <w:pPr>
         <w:pStyle w:val="Punktlista"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="0"/>
         </w:numPr>
       </w:pPr>
       <w:r w:rsidRPr="365B0A19">
         <w:rPr>
           <w:vertAlign w:val="superscript"/>
         </w:rPr>
         <w:t>2</w:t>
       </w:r>
       <w:r w:rsidR="00625230">
         <w:rPr>
           <w:vertAlign w:val="superscript"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4BB45D86" w14:textId="69BD48EB" w:rsidR="00FD3F86" w:rsidRPr="006B720E" w:rsidRDefault="1AC78E3F" w:rsidP="365B0A19">
+    <w:p w:rsidRPr="006B720E" w:rsidR="00FD3F86" w:rsidP="365B0A19" w:rsidRDefault="1AC78E3F" w14:paraId="4BB45D86" w14:textId="69BD48EB">
       <w:pPr>
         <w:pStyle w:val="Punktlista"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="0"/>
         </w:numPr>
       </w:pPr>
       <w:r w:rsidRPr="006B720E">
         <w:rPr>
           <w:vertAlign w:val="superscript"/>
         </w:rPr>
         <w:t>3</w:t>
       </w:r>
       <w:r w:rsidRPr="006B720E">
         <w:t xml:space="preserve"> Region Västra Götaland, HTA-centrum, Gothenburg, Sweden</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6174B62B" w14:textId="6D66585B" w:rsidR="00FD3F86" w:rsidRPr="00AA1B96" w:rsidRDefault="1AC78E3F" w:rsidP="365B0A19">
+    <w:p w:rsidRPr="00AA1B96" w:rsidR="00FD3F86" w:rsidP="365B0A19" w:rsidRDefault="1AC78E3F" w14:paraId="6174B62B" w14:textId="6D66585B">
       <w:pPr>
         <w:pStyle w:val="Punktlista"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="0"/>
         </w:numPr>
         <w:rPr>
           <w:lang w:val="en-AU"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="365B0A19">
         <w:rPr>
           <w:vertAlign w:val="superscript"/>
           <w:lang w:val="en-AU"/>
         </w:rPr>
         <w:t>4</w:t>
       </w:r>
-      <w:r w:rsidR="2EF42E4E" w:rsidRPr="365B0A19">
+      <w:r w:rsidRPr="365B0A19" w:rsidR="2EF42E4E">
         <w:rPr>
           <w:vertAlign w:val="superscript"/>
           <w:lang w:val="en-AU"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="365B0A19">
         <w:rPr>
           <w:lang w:val="en-AU"/>
         </w:rPr>
         <w:t>Region</w:t>
       </w:r>
       <w:r w:rsidRPr="1AC78E3F">
         <w:rPr>
           <w:lang w:val="en-AU"/>
         </w:rPr>
         <w:t xml:space="preserve"> Västra Götaland, Sahlgrenska University Hospital, Medical Library, Gothenburg, Sweden</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4A3D6344" w14:textId="77777777" w:rsidR="00FD3F86" w:rsidRPr="00AA1B96" w:rsidRDefault="00FD3F86" w:rsidP="00FA798E">
+    <w:p w:rsidRPr="00AA1B96" w:rsidR="00FD3F86" w:rsidP="00FA798E" w:rsidRDefault="00FD3F86" w14:paraId="4A3D6344" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="Punktlista"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="0"/>
         </w:numPr>
         <w:rPr>
           <w:lang w:val="en-AU"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="669E6AC4" w14:textId="3016158D" w:rsidR="00377748" w:rsidRPr="00AA1B96" w:rsidRDefault="00FD3F86" w:rsidP="00FA798E">
+    <w:p w:rsidRPr="00AA1B96" w:rsidR="00377748" w:rsidP="00FA798E" w:rsidRDefault="00FD3F86" w14:paraId="669E6AC4" w14:textId="3016158D">
       <w:pPr>
         <w:pStyle w:val="Punktlista"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="0"/>
         </w:numPr>
         <w:rPr>
           <w:lang w:val="en-AU"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00AA1B96">
         <w:rPr>
           <w:lang w:val="en-AU"/>
         </w:rPr>
         <w:t>*Corresponding author</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6672C442" w14:textId="77777777" w:rsidR="00377748" w:rsidRPr="00AA1B96" w:rsidRDefault="00377748" w:rsidP="00FA798E">
+    <w:p w:rsidRPr="00AA1B96" w:rsidR="00377748" w:rsidP="00FA798E" w:rsidRDefault="00377748" w14:paraId="6672C442" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="Punktlista"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="0"/>
         </w:numPr>
         <w:rPr>
           <w:lang w:val="en-AU"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="5BDFF6C2" w14:textId="77777777" w:rsidR="00377748" w:rsidRPr="00AA1B96" w:rsidRDefault="00377748" w:rsidP="00FA798E">
+    <w:p w:rsidRPr="00AA1B96" w:rsidR="00377748" w:rsidP="00FA798E" w:rsidRDefault="00377748" w14:paraId="5BDFF6C2" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="Punktlista"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="0"/>
         </w:numPr>
         <w:rPr>
           <w:lang w:val="en-AU"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="3A0A6810" w14:textId="77777777" w:rsidR="00377748" w:rsidRPr="00AA1B96" w:rsidRDefault="00377748" w:rsidP="00FA798E">
+    <w:p w:rsidRPr="00AA1B96" w:rsidR="00377748" w:rsidP="00FA798E" w:rsidRDefault="00377748" w14:paraId="3A0A6810" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="Punktlista"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="0"/>
         </w:numPr>
         <w:rPr>
           <w:lang w:val="en-AU"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="3C4703C1" w14:textId="77777777" w:rsidR="00377748" w:rsidRPr="00AA1B96" w:rsidRDefault="00377748" w:rsidP="00FA798E">
+    <w:p w:rsidRPr="00AA1B96" w:rsidR="00377748" w:rsidP="00FA798E" w:rsidRDefault="00377748" w14:paraId="3C4703C1" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="Punktlista"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="0"/>
         </w:numPr>
         <w:rPr>
           <w:lang w:val="en-AU"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="0B67EA11" w14:textId="77777777" w:rsidR="00377748" w:rsidRPr="00AA1B96" w:rsidRDefault="00377748" w:rsidP="00FA798E">
+    <w:p w:rsidRPr="00AA1B96" w:rsidR="00377748" w:rsidP="00FA798E" w:rsidRDefault="00377748" w14:paraId="0B67EA11" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="Punktlista"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="0"/>
         </w:numPr>
         <w:rPr>
           <w:lang w:val="en-AU"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="2C8B57AF" w14:textId="77777777" w:rsidR="00377748" w:rsidRPr="00AA1B96" w:rsidRDefault="00377748" w:rsidP="00FA798E">
+    <w:p w:rsidRPr="00AA1B96" w:rsidR="00377748" w:rsidP="00FA798E" w:rsidRDefault="00377748" w14:paraId="2C8B57AF" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="Punktlista"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="0"/>
         </w:numPr>
         <w:rPr>
           <w:lang w:val="en-AU"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="78AF8F51" w14:textId="77777777" w:rsidR="00377748" w:rsidRPr="00AA1B96" w:rsidRDefault="00377748" w:rsidP="00FA798E">
+    <w:p w:rsidRPr="00AA1B96" w:rsidR="00377748" w:rsidP="00FA798E" w:rsidRDefault="00377748" w14:paraId="78AF8F51" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="Punktlista"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="0"/>
         </w:numPr>
         <w:rPr>
           <w:lang w:val="en-AU"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="0219FFDB" w14:textId="77777777" w:rsidR="00377748" w:rsidRPr="00AA1B96" w:rsidRDefault="00377748" w:rsidP="00FA798E">
+    <w:p w:rsidRPr="00AA1B96" w:rsidR="00377748" w:rsidP="00FA798E" w:rsidRDefault="00377748" w14:paraId="0219FFDB" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="Punktlista"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="0"/>
         </w:numPr>
         <w:rPr>
           <w:lang w:val="en-AU"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="3A79178D" w14:textId="77777777" w:rsidR="00377748" w:rsidRPr="00AA1B96" w:rsidRDefault="00377748" w:rsidP="00FA798E">
+    <w:p w:rsidRPr="00AA1B96" w:rsidR="00377748" w:rsidP="00FA798E" w:rsidRDefault="00377748" w14:paraId="3A79178D" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="Punktlista"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="0"/>
         </w:numPr>
         <w:rPr>
           <w:lang w:val="en-AU"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="52894F65" w14:textId="77777777" w:rsidR="00377748" w:rsidRPr="00AA1B96" w:rsidRDefault="00377748" w:rsidP="00FA798E">
+    <w:p w:rsidRPr="00AA1B96" w:rsidR="00377748" w:rsidP="00FA798E" w:rsidRDefault="00377748" w14:paraId="52894F65" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="Punktlista"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="0"/>
         </w:numPr>
         <w:rPr>
           <w:lang w:val="en-AU"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="4A497B40" w14:textId="0C0DB777" w:rsidR="00377748" w:rsidRPr="00AA1B96" w:rsidRDefault="00377748" w:rsidP="00FA798E">
+    <w:p w:rsidRPr="00AA1B96" w:rsidR="00377748" w:rsidP="00FA798E" w:rsidRDefault="00377748" w14:paraId="4A497B40" w14:textId="0C0DB777">
       <w:pPr>
         <w:pStyle w:val="Punktlista"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="0"/>
         </w:numPr>
         <w:rPr>
           <w:lang w:val="en-AU"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="465795DD" w14:textId="55A08823" w:rsidR="00FD3F86" w:rsidRPr="002F0E82" w:rsidRDefault="00FD3F86" w:rsidP="00524A6B">
+    <w:p w:rsidRPr="002F0E82" w:rsidR="00FD3F86" w:rsidP="00524A6B" w:rsidRDefault="00FD3F86" w14:paraId="465795DD" w14:textId="55A08823">
       <w:pPr>
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="002F0E82">
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve">Published </w:t>
       </w:r>
-      <w:r w:rsidR="00B36155" w:rsidRPr="002F0E82">
+      <w:r w:rsidRPr="002F0E82" w:rsidR="00B36155">
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve">YYYY-MM-DD </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="291D12D5" w14:textId="65C1E4C6" w:rsidR="00FD3F86" w:rsidRPr="002F0E82" w:rsidRDefault="00FD3F86" w:rsidP="00524A6B">
+    <w:p w:rsidRPr="002F0E82" w:rsidR="00FD3F86" w:rsidP="00524A6B" w:rsidRDefault="00FD3F86" w14:paraId="291D12D5" w14:textId="65C1E4C6">
       <w:pPr>
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="002F0E82">
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>2024:xx</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="586F4454" w14:textId="355838ED" w:rsidR="00FA798E" w:rsidRDefault="00FD3F86" w:rsidP="00524A6B">
+    <w:p w:rsidR="00FA798E" w:rsidP="00524A6B" w:rsidRDefault="00FD3F86" w14:paraId="586F4454" w14:textId="355838ED">
       <w:r w:rsidRPr="00693A4D">
         <w:t xml:space="preserve">Suggested citation: </w:t>
       </w:r>
       <w:r w:rsidR="0070753E">
         <w:t>Samtliga f</w:t>
       </w:r>
-      <w:r w:rsidR="0070753E" w:rsidRPr="00693A4D">
+      <w:r w:rsidRPr="00693A4D" w:rsidR="0070753E">
         <w:t xml:space="preserve">örfattare. </w:t>
       </w:r>
       <w:r>
         <w:t>Titel [svensk titel]. Göteborg: Västra Götalandsregionen, Sahlgrenska Universitetssjukhuset, HTA-centrum: 2024. Regional activity based HTA 2024:xx</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5D69BE2F" w14:textId="77777777" w:rsidR="00FA798E" w:rsidRDefault="00FA798E"/>
-    <w:p w14:paraId="55787D5C" w14:textId="75D0778B" w:rsidR="00182B76" w:rsidRDefault="003C2147">
+    <w:p w:rsidR="00FA798E" w:rsidRDefault="00FA798E" w14:paraId="5D69BE2F" w14:textId="77777777"/>
+    <w:p w:rsidR="00182B76" w:rsidRDefault="003C2147" w14:paraId="55787D5C" w14:textId="75D0778B">
       <w:pPr>
         <w:pStyle w:val="Innehll1"/>
         <w:rPr>
           <w:kern w:val="2"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:t>Table of contents</w:t>
       </w:r>
       <w:r w:rsidR="00952552">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin"/>
       </w:r>
-      <w:r w:rsidR="00AE5C06" w:rsidRPr="1AC78E3F">
+      <w:r w:rsidRPr="1AC78E3F" w:rsidR="00AE5C06">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:instrText xml:space="preserve"> TOC \o "1-2" \h \z \u </w:instrText>
       </w:r>
       <w:r w:rsidR="00952552">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0A6E1781" w14:textId="0AC1C03B" w:rsidR="00182B76" w:rsidRDefault="00182B76">
+    <w:p w:rsidR="00182B76" w:rsidRDefault="00182B76" w14:paraId="0A6E1781" w14:textId="0AC1C03B">
       <w:pPr>
         <w:pStyle w:val="Innehll2"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="850"/>
         </w:tabs>
         <w:rPr>
           <w:kern w:val="2"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="sv-SE"/>
           <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink w:anchor="_Toc170293046" w:history="1">
+      <w:hyperlink w:history="1" w:anchor="_Toc170293046">
         <w:r w:rsidRPr="00E25E36">
           <w:rPr>
             <w:rStyle w:val="Hyperlnk"/>
             <w:lang w:val="en-AU"/>
           </w:rPr>
           <w:t>1</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:kern w:val="2"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:lang w:eastAsia="sv-SE"/>
             <w14:ligatures w14:val="standardContextual"/>
           </w:rPr>
           <w:tab/>
         </w:r>
         <w:r w:rsidRPr="00E25E36">
           <w:rPr>
             <w:rStyle w:val="Hyperlnk"/>
             <w:lang w:val="en-AU"/>
           </w:rPr>
           <w:t>Abstract</w:t>
         </w:r>
         <w:r>
@@ -1130,65 +1129,65 @@
         <w:r>
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
         </w:r>
         <w:r>
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
         <w:r w:rsidR="00066794">
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
           <w:t>4</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="3C88649D" w14:textId="5F9E327D" w:rsidR="00182B76" w:rsidRDefault="00182B76">
+    <w:p w:rsidR="00182B76" w:rsidRDefault="00182B76" w14:paraId="3C88649D" w14:textId="5F9E327D">
       <w:pPr>
         <w:pStyle w:val="Innehll2"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="850"/>
         </w:tabs>
         <w:rPr>
           <w:kern w:val="2"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="sv-SE"/>
           <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink w:anchor="_Toc170293047" w:history="1">
+      <w:hyperlink w:history="1" w:anchor="_Toc170293047">
         <w:r w:rsidRPr="00E25E36">
           <w:rPr>
             <w:rStyle w:val="Hyperlnk"/>
             <w:lang w:val="en-AU"/>
           </w:rPr>
           <w:t>2</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:kern w:val="2"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:lang w:eastAsia="sv-SE"/>
             <w14:ligatures w14:val="standardContextual"/>
           </w:rPr>
           <w:tab/>
         </w:r>
         <w:r w:rsidRPr="00E25E36">
           <w:rPr>
             <w:rStyle w:val="Hyperlnk"/>
             <w:lang w:val="en-AU"/>
           </w:rPr>
           <w:t>Populärvetenskaplig sammanfattning – Plain language summary in Swedish</w:t>
         </w:r>
         <w:r>
@@ -1212,65 +1211,65 @@
         <w:r>
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
         </w:r>
         <w:r>
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
         <w:r w:rsidR="00066794">
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
           <w:t>5</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="5788B014" w14:textId="5616DA85" w:rsidR="00182B76" w:rsidRDefault="00182B76">
+    <w:p w:rsidR="00182B76" w:rsidRDefault="00182B76" w14:paraId="5788B014" w14:textId="5616DA85">
       <w:pPr>
         <w:pStyle w:val="Innehll2"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="850"/>
         </w:tabs>
         <w:rPr>
           <w:kern w:val="2"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="sv-SE"/>
           <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink w:anchor="_Toc170293048" w:history="1">
+      <w:hyperlink w:history="1" w:anchor="_Toc170293048">
         <w:r w:rsidRPr="00E25E36">
           <w:rPr>
             <w:rStyle w:val="Hyperlnk"/>
             <w:lang w:val="en-AU"/>
           </w:rPr>
           <w:t>3</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:kern w:val="2"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:lang w:eastAsia="sv-SE"/>
             <w14:ligatures w14:val="standardContextual"/>
           </w:rPr>
           <w:tab/>
         </w:r>
         <w:r w:rsidRPr="00E25E36">
           <w:rPr>
             <w:rStyle w:val="Hyperlnk"/>
             <w:lang w:val="en-AU"/>
           </w:rPr>
           <w:t>Summary of findings</w:t>
         </w:r>
         <w:r>
@@ -1294,65 +1293,65 @@
         <w:r>
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
         </w:r>
         <w:r>
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
         <w:r w:rsidR="00066794">
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
           <w:t>7</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="31D7CF53" w14:textId="7049A54E" w:rsidR="00182B76" w:rsidRDefault="00182B76">
+    <w:p w:rsidR="00182B76" w:rsidRDefault="00182B76" w14:paraId="31D7CF53" w14:textId="7049A54E">
       <w:pPr>
         <w:pStyle w:val="Innehll2"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="850"/>
         </w:tabs>
         <w:rPr>
           <w:kern w:val="2"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="sv-SE"/>
           <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink w:anchor="_Toc170293049" w:history="1">
+      <w:hyperlink w:history="1" w:anchor="_Toc170293049">
         <w:r w:rsidRPr="00E25E36">
           <w:rPr>
             <w:rStyle w:val="Hyperlnk"/>
             <w:lang w:val="en-AU"/>
           </w:rPr>
           <w:t>4</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:kern w:val="2"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:lang w:eastAsia="sv-SE"/>
             <w14:ligatures w14:val="standardContextual"/>
           </w:rPr>
           <w:tab/>
         </w:r>
         <w:r w:rsidRPr="00E25E36">
           <w:rPr>
             <w:rStyle w:val="Hyperlnk"/>
             <w:lang w:val="en-AU"/>
           </w:rPr>
           <w:t>Abbreviations</w:t>
         </w:r>
         <w:r>
@@ -1376,65 +1375,65 @@
         <w:r>
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
         </w:r>
         <w:r>
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
         <w:r w:rsidR="00066794">
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
           <w:t>8</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="3F3977BF" w14:textId="3E5ED997" w:rsidR="00182B76" w:rsidRDefault="00182B76">
+    <w:p w:rsidR="00182B76" w:rsidRDefault="00182B76" w14:paraId="3F3977BF" w14:textId="3E5ED997">
       <w:pPr>
         <w:pStyle w:val="Innehll2"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="850"/>
         </w:tabs>
         <w:rPr>
           <w:kern w:val="2"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="sv-SE"/>
           <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink w:anchor="_Toc170293050" w:history="1">
+      <w:hyperlink w:history="1" w:anchor="_Toc170293050">
         <w:r w:rsidRPr="00E25E36">
           <w:rPr>
             <w:rStyle w:val="Hyperlnk"/>
             <w:lang w:val="en-AU"/>
           </w:rPr>
           <w:t>5</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:kern w:val="2"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:lang w:eastAsia="sv-SE"/>
             <w14:ligatures w14:val="standardContextual"/>
           </w:rPr>
           <w:tab/>
         </w:r>
         <w:r w:rsidRPr="00E25E36">
           <w:rPr>
             <w:rStyle w:val="Hyperlnk"/>
             <w:lang w:val="en-AU"/>
           </w:rPr>
           <w:t>Background</w:t>
         </w:r>
         <w:r>
@@ -1458,65 +1457,65 @@
         <w:r>
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
         </w:r>
         <w:r>
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
         <w:r w:rsidR="00066794">
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
           <w:t>9</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="1AB3B700" w14:textId="20EE102D" w:rsidR="00182B76" w:rsidRDefault="00182B76">
+    <w:p w:rsidR="00182B76" w:rsidRDefault="00182B76" w14:paraId="1AB3B700" w14:textId="20EE102D">
       <w:pPr>
         <w:pStyle w:val="Innehll2"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="850"/>
         </w:tabs>
         <w:rPr>
           <w:kern w:val="2"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="sv-SE"/>
           <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink w:anchor="_Toc170293051" w:history="1">
+      <w:hyperlink w:history="1" w:anchor="_Toc170293051">
         <w:r w:rsidRPr="00E25E36">
           <w:rPr>
             <w:rStyle w:val="Hyperlnk"/>
           </w:rPr>
           <w:t>6</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:kern w:val="2"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:lang w:eastAsia="sv-SE"/>
             <w14:ligatures w14:val="standardContextual"/>
           </w:rPr>
           <w:tab/>
         </w:r>
         <w:r w:rsidRPr="00E25E36">
           <w:rPr>
             <w:rStyle w:val="Hyperlnk"/>
           </w:rPr>
           <w:t>Health Technology at issue: “Skriv här vilken som avses… ”</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:webHidden/>
@@ -1538,65 +1537,65 @@
         <w:r>
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
         </w:r>
         <w:r>
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
         <w:r w:rsidR="00066794">
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
           <w:t>11</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="7B8041F4" w14:textId="60DCABE6" w:rsidR="00182B76" w:rsidRDefault="00182B76">
+    <w:p w:rsidR="00182B76" w:rsidRDefault="00182B76" w14:paraId="7B8041F4" w14:textId="60DCABE6">
       <w:pPr>
         <w:pStyle w:val="Innehll2"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="850"/>
         </w:tabs>
         <w:rPr>
           <w:kern w:val="2"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="sv-SE"/>
           <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink w:anchor="_Toc170293052" w:history="1">
+      <w:hyperlink w:history="1" w:anchor="_Toc170293052">
         <w:r w:rsidRPr="00E25E36">
           <w:rPr>
             <w:rStyle w:val="Hyperlnk"/>
           </w:rPr>
           <w:t>7</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:kern w:val="2"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:lang w:eastAsia="sv-SE"/>
             <w14:ligatures w14:val="standardContextual"/>
           </w:rPr>
           <w:tab/>
         </w:r>
         <w:r w:rsidRPr="00E25E36">
           <w:rPr>
             <w:rStyle w:val="Hyperlnk"/>
           </w:rPr>
           <w:t>Focused question</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:webHidden/>
@@ -1618,65 +1617,65 @@
         <w:r>
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
         </w:r>
         <w:r>
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
         <w:r w:rsidR="00066794">
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
           <w:t>11</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="026F2E5F" w14:textId="1276CEF4" w:rsidR="00182B76" w:rsidRDefault="00182B76">
+    <w:p w:rsidR="00182B76" w:rsidRDefault="00182B76" w14:paraId="026F2E5F" w14:textId="1276CEF4">
       <w:pPr>
         <w:pStyle w:val="Innehll2"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="850"/>
         </w:tabs>
         <w:rPr>
           <w:kern w:val="2"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="sv-SE"/>
           <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink w:anchor="_Toc170293053" w:history="1">
+      <w:hyperlink w:history="1" w:anchor="_Toc170293053">
         <w:r w:rsidRPr="00E25E36">
           <w:rPr>
             <w:rStyle w:val="Hyperlnk"/>
           </w:rPr>
           <w:t>8</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:kern w:val="2"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:lang w:eastAsia="sv-SE"/>
             <w14:ligatures w14:val="standardContextual"/>
           </w:rPr>
           <w:tab/>
         </w:r>
         <w:r w:rsidRPr="00E25E36">
           <w:rPr>
             <w:rStyle w:val="Hyperlnk"/>
           </w:rPr>
           <w:t>Method</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:webHidden/>
@@ -1698,65 +1697,65 @@
         <w:r>
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
         </w:r>
         <w:r>
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
         <w:r w:rsidR="00066794">
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
           <w:t>11</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="7E52A862" w14:textId="3701B951" w:rsidR="00182B76" w:rsidRDefault="00182B76">
+    <w:p w:rsidR="00182B76" w:rsidRDefault="00182B76" w14:paraId="7E52A862" w14:textId="3701B951">
       <w:pPr>
         <w:pStyle w:val="Innehll2"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="850"/>
         </w:tabs>
         <w:rPr>
           <w:kern w:val="2"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="sv-SE"/>
           <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink w:anchor="_Toc170293054" w:history="1">
+      <w:hyperlink w:history="1" w:anchor="_Toc170293054">
         <w:r w:rsidRPr="00E25E36">
           <w:rPr>
             <w:rStyle w:val="Hyperlnk"/>
           </w:rPr>
           <w:t>9</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:kern w:val="2"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:lang w:eastAsia="sv-SE"/>
             <w14:ligatures w14:val="standardContextual"/>
           </w:rPr>
           <w:tab/>
         </w:r>
         <w:r w:rsidRPr="00E25E36">
           <w:rPr>
             <w:rStyle w:val="Hyperlnk"/>
           </w:rPr>
           <w:t>Results</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:webHidden/>
@@ -1778,65 +1777,65 @@
         <w:r>
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
         </w:r>
         <w:r>
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
         <w:r w:rsidR="00066794">
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
           <w:t>12</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="4412A872" w14:textId="240FFEBE" w:rsidR="00182B76" w:rsidRDefault="00182B76">
+    <w:p w:rsidR="00182B76" w:rsidRDefault="00182B76" w14:paraId="4412A872" w14:textId="240FFEBE">
       <w:pPr>
         <w:pStyle w:val="Innehll2"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="850"/>
         </w:tabs>
         <w:rPr>
           <w:kern w:val="2"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="sv-SE"/>
           <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink w:anchor="_Toc170293055" w:history="1">
+      <w:hyperlink w:history="1" w:anchor="_Toc170293055">
         <w:r w:rsidRPr="00E25E36">
           <w:rPr>
             <w:rStyle w:val="Hyperlnk"/>
           </w:rPr>
           <w:t>10</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:kern w:val="2"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:lang w:eastAsia="sv-SE"/>
             <w14:ligatures w14:val="standardContextual"/>
           </w:rPr>
           <w:tab/>
         </w:r>
         <w:r w:rsidRPr="00E25E36">
           <w:rPr>
             <w:rStyle w:val="Hyperlnk"/>
           </w:rPr>
           <w:t>Ethical aspects</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:webHidden/>
@@ -1858,65 +1857,65 @@
         <w:r>
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
         </w:r>
         <w:r>
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
         <w:r w:rsidR="00066794">
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
           <w:t>13</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="1AD4FD1A" w14:textId="3815DA23" w:rsidR="00182B76" w:rsidRDefault="00182B76">
+    <w:p w:rsidR="00182B76" w:rsidRDefault="00182B76" w14:paraId="1AD4FD1A" w14:textId="3815DA23">
       <w:pPr>
         <w:pStyle w:val="Innehll2"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="850"/>
         </w:tabs>
         <w:rPr>
           <w:kern w:val="2"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="sv-SE"/>
           <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink w:anchor="_Toc170293056" w:history="1">
+      <w:hyperlink w:history="1" w:anchor="_Toc170293056">
         <w:r w:rsidRPr="00E25E36">
           <w:rPr>
             <w:rStyle w:val="Hyperlnk"/>
           </w:rPr>
           <w:t>11</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:kern w:val="2"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:lang w:eastAsia="sv-SE"/>
             <w14:ligatures w14:val="standardContextual"/>
           </w:rPr>
           <w:tab/>
         </w:r>
         <w:r w:rsidRPr="00E25E36">
           <w:rPr>
             <w:rStyle w:val="Hyperlnk"/>
           </w:rPr>
           <w:t>Organisational aspects</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:webHidden/>
@@ -1938,126 +1937,126 @@
         <w:r>
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
         </w:r>
         <w:r>
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
         <w:r w:rsidR="00066794">
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
           <w:t>14</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="77FE8032" w14:textId="6F76513E" w:rsidR="00182B76" w:rsidRDefault="00182B76">
+    <w:p w:rsidR="00182B76" w:rsidRDefault="00182B76" w14:paraId="77FE8032" w14:textId="6F76513E">
       <w:pPr>
         <w:pStyle w:val="Innehll2"/>
         <w:rPr>
           <w:kern w:val="2"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="sv-SE"/>
           <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink w:anchor="_Toc170293057" w:history="1">
+      <w:hyperlink w:history="1" w:anchor="_Toc170293057">
         <w:r w:rsidRPr="00E25E36">
           <w:rPr>
             <w:rStyle w:val="Hyperlnk"/>
           </w:rPr>
           <w:t>12 Economic aspects</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
           <w:instrText xml:space="preserve"> PAGEREF _Toc170293057 \h </w:instrText>
         </w:r>
         <w:r>
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
         </w:r>
         <w:r>
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
         <w:r w:rsidR="00066794">
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
           <w:t>14</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="7988EF61" w14:textId="09A05DFB" w:rsidR="00182B76" w:rsidRDefault="00182B76">
+    <w:p w:rsidR="00182B76" w:rsidRDefault="00182B76" w14:paraId="7988EF61" w14:textId="09A05DFB">
       <w:pPr>
         <w:pStyle w:val="Innehll2"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="850"/>
         </w:tabs>
         <w:rPr>
           <w:kern w:val="2"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="sv-SE"/>
           <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink w:anchor="_Toc170293058" w:history="1">
+      <w:hyperlink w:history="1" w:anchor="_Toc170293058">
         <w:r w:rsidRPr="00E25E36">
           <w:rPr>
             <w:rStyle w:val="Hyperlnk"/>
           </w:rPr>
           <w:t>13</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:kern w:val="2"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:lang w:eastAsia="sv-SE"/>
             <w14:ligatures w14:val="standardContextual"/>
           </w:rPr>
           <w:tab/>
         </w:r>
         <w:r w:rsidRPr="00E25E36">
           <w:rPr>
             <w:rStyle w:val="Hyperlnk"/>
           </w:rPr>
           <w:t>Discussion</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:webHidden/>
@@ -2079,65 +2078,65 @@
         <w:r>
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
         </w:r>
         <w:r>
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
         <w:r w:rsidR="00066794">
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
           <w:t>16</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="155447C3" w14:textId="4D493E43" w:rsidR="00182B76" w:rsidRDefault="00182B76">
+    <w:p w:rsidR="00182B76" w:rsidRDefault="00182B76" w14:paraId="155447C3" w14:textId="4D493E43">
       <w:pPr>
         <w:pStyle w:val="Innehll2"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="850"/>
         </w:tabs>
         <w:rPr>
           <w:kern w:val="2"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="sv-SE"/>
           <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink w:anchor="_Toc170293059" w:history="1">
+      <w:hyperlink w:history="1" w:anchor="_Toc170293059">
         <w:r w:rsidRPr="00E25E36">
           <w:rPr>
             <w:rStyle w:val="Hyperlnk"/>
             <w:lang w:val="en-AU"/>
           </w:rPr>
           <w:t>14</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:kern w:val="2"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:lang w:eastAsia="sv-SE"/>
             <w14:ligatures w14:val="standardContextual"/>
           </w:rPr>
           <w:tab/>
         </w:r>
         <w:r w:rsidRPr="00E25E36">
           <w:rPr>
             <w:rStyle w:val="Hyperlnk"/>
             <w:lang w:val="en-AU"/>
           </w:rPr>
           <w:t>Future perspectives</w:t>
         </w:r>
         <w:r>
@@ -2161,65 +2160,65 @@
         <w:r>
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
         </w:r>
         <w:r>
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
         <w:r w:rsidR="00066794">
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
           <w:t>16</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="5D51D07D" w14:textId="5AE61F7F" w:rsidR="00182B76" w:rsidRDefault="00182B76">
+    <w:p w:rsidR="00182B76" w:rsidRDefault="00182B76" w14:paraId="5D51D07D" w14:textId="5AE61F7F">
       <w:pPr>
         <w:pStyle w:val="Innehll2"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="850"/>
         </w:tabs>
         <w:rPr>
           <w:kern w:val="2"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="sv-SE"/>
           <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink w:anchor="_Toc170293060" w:history="1">
+      <w:hyperlink w:history="1" w:anchor="_Toc170293060">
         <w:r w:rsidRPr="00E25E36">
           <w:rPr>
             <w:rStyle w:val="Hyperlnk"/>
             <w:lang w:val="en-AU"/>
           </w:rPr>
           <w:t>15</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:kern w:val="2"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:lang w:eastAsia="sv-SE"/>
             <w14:ligatures w14:val="standardContextual"/>
           </w:rPr>
           <w:tab/>
         </w:r>
         <w:r w:rsidRPr="00E25E36">
           <w:rPr>
             <w:rStyle w:val="Hyperlnk"/>
             <w:lang w:val="en-AU"/>
           </w:rPr>
           <w:t>Participants in the project</w:t>
         </w:r>
         <w:r>
@@ -2243,633 +2242,648 @@
         <w:r>
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
         </w:r>
         <w:r>
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
         <w:r w:rsidR="00066794">
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
           <w:t>16</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="0C47A791" w14:textId="1DA10C82" w:rsidR="00952552" w:rsidRDefault="00952552" w:rsidP="00FA798E">
+    <w:p w:rsidR="00952552" w:rsidP="00FA798E" w:rsidRDefault="00952552" w14:paraId="0C47A791" w14:textId="1DA10C82">
       <w:pPr>
         <w:rPr>
           <w:noProof/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
           <w:lang w:eastAsia="sv-SE"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:noProof/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
           <w:lang w:eastAsia="sv-SE"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="732B095D" w14:textId="77777777" w:rsidR="00FD3F86" w:rsidRPr="00AA1B96" w:rsidRDefault="00952552" w:rsidP="00FA798E">
+    <w:p w:rsidRPr="00AA1B96" w:rsidR="00FD3F86" w:rsidP="00FA798E" w:rsidRDefault="00952552" w14:paraId="732B095D" w14:textId="77777777">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="426"/>
         </w:tabs>
         <w:rPr>
           <w:lang w:val="en-AU"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:tab/>
       </w:r>
-      <w:r w:rsidR="00FD3F86" w:rsidRPr="00AA1B96">
+      <w:r w:rsidRPr="00AA1B96" w:rsidR="00FD3F86">
         <w:rPr>
           <w:lang w:val="en-AU"/>
         </w:rPr>
         <w:t>Appendix 1 Study selection, search strategies and references</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="10966B00" w14:textId="77777777" w:rsidR="00FD3F86" w:rsidRPr="00AA1B96" w:rsidRDefault="00FD3F86" w:rsidP="00FA798E">
+    <w:p w:rsidRPr="00AA1B96" w:rsidR="00FD3F86" w:rsidP="00FA798E" w:rsidRDefault="00FD3F86" w14:paraId="10966B00" w14:textId="77777777">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="426"/>
         </w:tabs>
         <w:rPr>
           <w:lang w:val="en-AU"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00AA1B96">
         <w:rPr>
           <w:lang w:val="en-AU"/>
         </w:rPr>
         <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00AA1B96">
+        <w:rPr>
+          <w:lang w:val="en-AU"/>
+        </w:rPr>
         <w:t>Appendix 2 Included studies – design and patient characteristics</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="11C78A6D" w14:textId="77777777" w:rsidR="00FD3F86" w:rsidRPr="00AA1B96" w:rsidRDefault="00FD3F86" w:rsidP="00FA798E">
+    <w:p w:rsidRPr="00AA1B96" w:rsidR="00FD3F86" w:rsidP="00FA798E" w:rsidRDefault="00FD3F86" w14:paraId="11C78A6D" w14:textId="77777777">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="426"/>
         </w:tabs>
         <w:rPr>
           <w:lang w:val="en-AU"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00AA1B96">
         <w:rPr>
           <w:lang w:val="en-AU"/>
         </w:rPr>
         <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00AA1B96">
+        <w:rPr>
+          <w:lang w:val="en-AU"/>
+        </w:rPr>
         <w:t>Appendix 3 Excluded articles</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="37A8E3EE" w14:textId="77777777" w:rsidR="00FD3F86" w:rsidRPr="00AA1B96" w:rsidRDefault="00FD3F86" w:rsidP="00FA798E">
+    <w:p w:rsidRPr="00AA1B96" w:rsidR="00FD3F86" w:rsidP="00FA798E" w:rsidRDefault="00FD3F86" w14:paraId="37A8E3EE" w14:textId="77777777">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="426"/>
         </w:tabs>
         <w:rPr>
           <w:lang w:val="en-AU"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00AA1B96">
         <w:rPr>
           <w:lang w:val="en-AU"/>
         </w:rPr>
         <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00AA1B96">
+        <w:rPr>
+          <w:lang w:val="en-AU"/>
+        </w:rPr>
         <w:t xml:space="preserve">Appendix 4 Outcome tables </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3115E552" w14:textId="07BD5B25" w:rsidR="00952552" w:rsidRPr="00994050" w:rsidRDefault="00FD3F86" w:rsidP="00FA798E">
+    <w:p w:rsidRPr="00994050" w:rsidR="00952552" w:rsidP="00FA798E" w:rsidRDefault="00FD3F86" w14:paraId="3115E552" w14:textId="07BD5B25">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="426"/>
         </w:tabs>
         <w:rPr>
           <w:lang w:val="en-AU"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00AA1B96">
         <w:rPr>
           <w:lang w:val="en-AU"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="00994050">
         <w:rPr>
           <w:lang w:val="en-AU"/>
         </w:rPr>
         <w:t>Appendix 5 Ethical aspects</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6ADA424D" w14:textId="77777777" w:rsidR="00FD3F86" w:rsidRPr="00994050" w:rsidRDefault="00FD3F86" w:rsidP="00FA798E">
+    <w:p w:rsidRPr="00994050" w:rsidR="00FD3F86" w:rsidP="00FA798E" w:rsidRDefault="00FD3F86" w14:paraId="6ADA424D" w14:textId="77777777">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="426"/>
         </w:tabs>
         <w:rPr>
           <w:lang w:val="en-AU"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="18A2F911" w14:textId="77777777" w:rsidR="00952552" w:rsidRPr="00994050" w:rsidRDefault="00952552" w:rsidP="00FA798E">
+    <w:p w:rsidRPr="00994050" w:rsidR="00952552" w:rsidP="00FA798E" w:rsidRDefault="00952552" w14:paraId="18A2F911" w14:textId="77777777">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="426"/>
         </w:tabs>
         <w:rPr>
           <w:lang w:val="en-AU"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="299A6D85" w14:textId="77777777" w:rsidR="00952552" w:rsidRPr="00994050" w:rsidRDefault="00952552" w:rsidP="00FA798E">
+    <w:p w:rsidRPr="00994050" w:rsidR="00952552" w:rsidP="00FA798E" w:rsidRDefault="00952552" w14:paraId="299A6D85" w14:textId="77777777">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="426"/>
         </w:tabs>
         <w:rPr>
           <w:lang w:val="en-AU"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="75027A8B" w14:textId="77777777" w:rsidR="00FD3F86" w:rsidRPr="00994050" w:rsidRDefault="00FD3F86" w:rsidP="00FA798E">
+    <w:p w:rsidRPr="00994050" w:rsidR="00FD3F86" w:rsidP="00FA798E" w:rsidRDefault="00FD3F86" w14:paraId="75027A8B" w14:textId="77777777">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="426"/>
         </w:tabs>
         <w:rPr>
           <w:lang w:val="en-AU"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="08D20436" w14:textId="1C8DEC04" w:rsidR="005E4271" w:rsidRPr="00994050" w:rsidRDefault="00524A6B" w:rsidP="0048127F">
+    <w:p w:rsidRPr="00994050" w:rsidR="005E4271" w:rsidP="0048127F" w:rsidRDefault="00524A6B" w14:paraId="08D20436" w14:textId="1C8DEC04">
       <w:pPr>
         <w:pStyle w:val="Rubrik2"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="567"/>
         </w:tabs>
         <w:rPr>
           <w:lang w:val="en-AU"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="10" w:name="_Toc166593799"/>
-[...3 lines deleted...]
-      <w:bookmarkStart w:id="14" w:name="_Toc170293046"/>
+      <w:bookmarkStart w:name="_Toc166593799" w:id="10"/>
+      <w:bookmarkStart w:name="_Toc166594007" w:id="11"/>
+      <w:bookmarkStart w:name="_Toc166594153" w:id="12"/>
+      <w:bookmarkStart w:name="_Toc166594979" w:id="13"/>
+      <w:bookmarkStart w:name="_Toc170293046" w:id="14"/>
       <w:r w:rsidRPr="00994050">
         <w:rPr>
           <w:lang w:val="en-AU"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:t>1</w:t>
       </w:r>
       <w:r w:rsidRPr="00994050">
         <w:rPr>
           <w:lang w:val="en-AU"/>
         </w:rPr>
         <w:tab/>
       </w:r>
-      <w:r w:rsidR="005E4271" w:rsidRPr="00994050">
+      <w:r w:rsidRPr="00994050" w:rsidR="005E4271">
         <w:rPr>
           <w:lang w:val="en-AU"/>
         </w:rPr>
         <w:t>Abstract</w:t>
       </w:r>
       <w:bookmarkEnd w:id="10"/>
       <w:bookmarkEnd w:id="11"/>
       <w:bookmarkEnd w:id="12"/>
       <w:bookmarkEnd w:id="13"/>
       <w:bookmarkEnd w:id="14"/>
     </w:p>
-    <w:p w14:paraId="0286EC6C" w14:textId="50F5EDB5" w:rsidR="00FD3F86" w:rsidRPr="00AA1B96" w:rsidRDefault="739E8A44" w:rsidP="7C99AA3A">
+    <w:p w:rsidRPr="00AA1B96" w:rsidR="00FD3F86" w:rsidP="7C99AA3A" w:rsidRDefault="739E8A44" w14:paraId="0286EC6C" w14:textId="50F5EDB5">
       <w:pPr>
         <w:rPr>
           <w:color w:val="FF0000"/>
           <w:lang w:val="en-AU"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="7C99AA3A">
         <w:rPr>
           <w:color w:val="FF0000"/>
           <w:lang w:val="en-AU"/>
         </w:rPr>
         <w:t>(</w:t>
       </w:r>
-      <w:r w:rsidR="74115CBC" w:rsidRPr="7C99AA3A">
+      <w:r w:rsidRPr="7C99AA3A" w:rsidR="74115CBC">
         <w:rPr>
           <w:color w:val="FF0000"/>
           <w:lang w:val="en-AU"/>
         </w:rPr>
         <w:t>Skrivs av HTA-centrum</w:t>
       </w:r>
       <w:r w:rsidRPr="7C99AA3A">
         <w:rPr>
           <w:color w:val="FF0000"/>
           <w:lang w:val="en-AU"/>
         </w:rPr>
         <w:t>)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7F6DD84F" w14:textId="7D8F6E49" w:rsidR="005E4271" w:rsidRPr="00AA1B96" w:rsidRDefault="005E4271" w:rsidP="00FA798E">
+    <w:p w:rsidRPr="00AA1B96" w:rsidR="005E4271" w:rsidP="00FA798E" w:rsidRDefault="005E4271" w14:paraId="7F6DD84F" w14:textId="7D8F6E49">
       <w:pPr>
         <w:rPr>
           <w:lang w:val="en-AU"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00AA1B96">
         <w:rPr>
           <w:lang w:val="en-AU"/>
         </w:rPr>
         <w:t>Background</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="34103AF9" w14:textId="77777777" w:rsidR="005E4271" w:rsidRPr="00AA1B96" w:rsidRDefault="005E4271" w:rsidP="00FA798E">
+    <w:p w:rsidRPr="00AA1B96" w:rsidR="005E4271" w:rsidP="00FA798E" w:rsidRDefault="005E4271" w14:paraId="34103AF9" w14:textId="77777777">
       <w:pPr>
         <w:rPr>
           <w:lang w:val="en-AU"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00AA1B96">
         <w:rPr>
           <w:lang w:val="en-AU"/>
         </w:rPr>
         <w:t>Question at issue</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6DB32810" w14:textId="77777777" w:rsidR="005E4271" w:rsidRPr="00AA1B96" w:rsidRDefault="005E4271" w:rsidP="00FA798E">
+    <w:p w:rsidRPr="00AA1B96" w:rsidR="005E4271" w:rsidP="00FA798E" w:rsidRDefault="005E4271" w14:paraId="6DB32810" w14:textId="77777777">
       <w:pPr>
         <w:rPr>
           <w:lang w:val="en-AU"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00AA1B96">
         <w:rPr>
           <w:lang w:val="en-AU"/>
         </w:rPr>
         <w:t>Methods</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0D14E434" w14:textId="77777777" w:rsidR="005E4271" w:rsidRPr="00AA1B96" w:rsidRDefault="005E4271" w:rsidP="00FA798E">
+    <w:p w:rsidRPr="00AA1B96" w:rsidR="005E4271" w:rsidP="00FA798E" w:rsidRDefault="005E4271" w14:paraId="0D14E434" w14:textId="77777777">
       <w:pPr>
         <w:rPr>
           <w:lang w:val="en-AU"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00AA1B96">
         <w:rPr>
           <w:lang w:val="en-AU"/>
         </w:rPr>
         <w:t>Results</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="75835210" w14:textId="77777777" w:rsidR="005E4271" w:rsidRPr="00994050" w:rsidRDefault="005E4271" w:rsidP="00FA798E">
+    <w:p w:rsidRPr="00994050" w:rsidR="005E4271" w:rsidP="00FA798E" w:rsidRDefault="005E4271" w14:paraId="75835210" w14:textId="77777777">
       <w:pPr>
         <w:rPr>
           <w:lang w:val="en-AU"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00994050">
         <w:rPr>
           <w:lang w:val="en-AU"/>
         </w:rPr>
         <w:t>Economic aspects</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="49F03256" w14:textId="77777777" w:rsidR="005E4271" w:rsidRPr="00994050" w:rsidRDefault="005E4271" w:rsidP="00FA798E">
+    <w:p w:rsidRPr="00994050" w:rsidR="005E4271" w:rsidP="00FA798E" w:rsidRDefault="005E4271" w14:paraId="49F03256" w14:textId="77777777">
       <w:pPr>
         <w:rPr>
           <w:lang w:val="en-AU"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00994050">
         <w:rPr>
           <w:lang w:val="en-AU"/>
         </w:rPr>
         <w:t>Ethical aspects</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1EC7F745" w14:textId="77777777" w:rsidR="005E4271" w:rsidRPr="00994050" w:rsidRDefault="005E4271" w:rsidP="00FA798E">
+    <w:p w:rsidRPr="00994050" w:rsidR="005E4271" w:rsidP="00FA798E" w:rsidRDefault="005E4271" w14:paraId="1EC7F745" w14:textId="77777777">
       <w:pPr>
         <w:rPr>
           <w:lang w:val="en-AU"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00994050">
         <w:rPr>
           <w:lang w:val="en-AU"/>
         </w:rPr>
         <w:t>Conclusion</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="70EBA986" w14:textId="6FA47209" w:rsidR="00693A4D" w:rsidRPr="0048127F" w:rsidRDefault="00451B8C" w:rsidP="00994050">
+    <w:p w:rsidRPr="0048127F" w:rsidR="00693A4D" w:rsidP="00994050" w:rsidRDefault="00451B8C" w14:paraId="70EBA986" w14:textId="6FA47209">
       <w:pPr>
         <w:pStyle w:val="Rubrik2"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="567"/>
         </w:tabs>
         <w:rPr>
           <w:lang w:val="en-AU"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00994050">
         <w:rPr>
           <w:lang w:val="en-AU"/>
         </w:rPr>
         <w:br w:type="page"/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3FE9CF4B" w14:textId="2F798334" w:rsidR="00307AEB" w:rsidRPr="00994050" w:rsidRDefault="00994050" w:rsidP="00524A6B">
+    <w:p w:rsidRPr="00994050" w:rsidR="00307AEB" w:rsidP="00524A6B" w:rsidRDefault="00994050" w14:paraId="3FE9CF4B" w14:textId="2F798334">
       <w:pPr>
         <w:pStyle w:val="Rubrik2"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="142"/>
           <w:tab w:val="left" w:pos="567"/>
         </w:tabs>
         <w:spacing w:before="0"/>
         <w:contextualSpacing w:val="0"/>
         <w:rPr>
           <w:lang w:val="en-AU"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="15" w:name="_Toc170293047"/>
+      <w:bookmarkStart w:name="_Toc170293047" w:id="15"/>
       <w:r>
         <w:rPr>
           <w:lang w:val="en-AU"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:t>2</w:t>
       </w:r>
-      <w:r w:rsidR="00524A6B" w:rsidRPr="00994050">
+      <w:r w:rsidRPr="00994050" w:rsidR="00524A6B">
         <w:rPr>
           <w:lang w:val="en-AU"/>
         </w:rPr>
         <w:tab/>
       </w:r>
-      <w:r w:rsidR="00307AEB" w:rsidRPr="00994050">
+      <w:r w:rsidRPr="00994050" w:rsidR="00307AEB">
         <w:rPr>
           <w:lang w:val="en-AU"/>
         </w:rPr>
         <w:t>Populärvetenskaplig sammanfattning – Plain language summary in Swedish</w:t>
       </w:r>
       <w:bookmarkEnd w:id="15"/>
     </w:p>
-    <w:p w14:paraId="41DF2132" w14:textId="721C13FE" w:rsidR="005E4271" w:rsidRPr="005D5101" w:rsidRDefault="22D574A4" w:rsidP="00524A6B">
+    <w:p w:rsidRPr="005D5101" w:rsidR="005E4271" w:rsidP="00524A6B" w:rsidRDefault="22D574A4" w14:paraId="41DF2132" w14:textId="721C13FE">
       <w:r w:rsidRPr="005D5101">
         <w:rPr>
           <w:color w:val="FF0000"/>
         </w:rPr>
         <w:t>(</w:t>
       </w:r>
-      <w:r w:rsidR="74115CBC" w:rsidRPr="005D5101">
+      <w:r w:rsidRPr="005D5101" w:rsidR="74115CBC">
         <w:rPr>
           <w:color w:val="FF0000"/>
         </w:rPr>
         <w:t>Skrivs av</w:t>
       </w:r>
-      <w:r w:rsidR="0F34997D" w:rsidRPr="005D5101">
+      <w:r w:rsidRPr="005D5101" w:rsidR="0F34997D">
         <w:rPr>
           <w:color w:val="FF0000"/>
         </w:rPr>
         <w:t xml:space="preserve"> HTA-centrum</w:t>
       </w:r>
       <w:r w:rsidRPr="005D5101">
         <w:rPr>
           <w:color w:val="FF0000"/>
         </w:rPr>
         <w:t>)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="06A1F4F9" w14:textId="0D7B911E" w:rsidR="005E4271" w:rsidRPr="00994050" w:rsidRDefault="4BBCA6D2" w:rsidP="0048127F">
+    <w:p w:rsidRPr="00994050" w:rsidR="005E4271" w:rsidP="0048127F" w:rsidRDefault="4BBCA6D2" w14:paraId="06A1F4F9" w14:textId="0D7B911E">
       <w:r>
         <w:t>F</w:t>
       </w:r>
       <w:r w:rsidR="54F19096">
         <w:t>rågeställning</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5A8A4C5C" w14:textId="77777777" w:rsidR="0048127F" w:rsidRPr="00994050" w:rsidRDefault="005E4271" w:rsidP="0048127F">
+    <w:p w:rsidRPr="00994050" w:rsidR="0048127F" w:rsidP="0048127F" w:rsidRDefault="005E4271" w14:paraId="5A8A4C5C" w14:textId="77777777">
       <w:r w:rsidRPr="00994050">
         <w:t>Bakgrund</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="39D1EF24" w14:textId="152C2B6A" w:rsidR="005E4271" w:rsidRPr="00994050" w:rsidRDefault="005E4271" w:rsidP="0048127F">
+    <w:p w:rsidRPr="00994050" w:rsidR="005E4271" w:rsidP="0048127F" w:rsidRDefault="005E4271" w14:paraId="39D1EF24" w14:textId="152C2B6A">
       <w:r w:rsidRPr="00994050">
         <w:t>Metod</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="58358E19" w14:textId="77777777" w:rsidR="005E4271" w:rsidRPr="00994050" w:rsidRDefault="005E4271" w:rsidP="0048127F">
+    <w:p w:rsidRPr="00994050" w:rsidR="005E4271" w:rsidP="0048127F" w:rsidRDefault="005E4271" w14:paraId="58358E19" w14:textId="77777777">
       <w:r w:rsidRPr="00994050">
         <w:t>Resultat</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="247BE77A" w14:textId="77777777" w:rsidR="005E4271" w:rsidRPr="00994050" w:rsidRDefault="005E4271" w:rsidP="0048127F">
+    <w:p w:rsidRPr="00994050" w:rsidR="005E4271" w:rsidP="0048127F" w:rsidRDefault="005E4271" w14:paraId="247BE77A" w14:textId="77777777">
       <w:r w:rsidRPr="00994050">
         <w:t>Kostnader</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0A9282F8" w14:textId="77777777" w:rsidR="005E4271" w:rsidRDefault="54F19096" w:rsidP="0048127F">
+    <w:p w:rsidR="005E4271" w:rsidP="0048127F" w:rsidRDefault="54F19096" w14:paraId="0A9282F8" w14:textId="77777777">
       <w:r>
         <w:t>Etiska aspekter</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="754EA09D" w14:textId="33F4BACB" w:rsidR="005D1F5C" w:rsidRPr="00994050" w:rsidRDefault="2BBEEAFF" w:rsidP="0048127F">
+    <w:p w:rsidRPr="00994050" w:rsidR="005D1F5C" w:rsidP="0048127F" w:rsidRDefault="2BBEEAFF" w14:paraId="754EA09D" w14:textId="33F4BACB">
       <w:r>
         <w:t>Slut</w:t>
       </w:r>
       <w:r w:rsidR="4BBCA6D2">
         <w:t>sats</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="74AC52C3" w14:textId="11EFFD94" w:rsidR="00693A4D" w:rsidRPr="00994050" w:rsidRDefault="00693A4D">
+    <w:p w:rsidRPr="00994050" w:rsidR="00693A4D" w:rsidRDefault="00693A4D" w14:paraId="74AC52C3" w14:textId="11EFFD94">
       <w:r w:rsidRPr="00994050">
         <w:br w:type="page"/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3EDFCF30" w14:textId="77777777" w:rsidR="00693A4D" w:rsidRPr="00994050" w:rsidRDefault="00693A4D" w:rsidP="0048127F"/>
-    <w:p w14:paraId="79A2E055" w14:textId="162BCAA0" w:rsidR="00761696" w:rsidRPr="00AA1B96" w:rsidRDefault="6568C208" w:rsidP="00761696">
+    <w:p w:rsidRPr="00994050" w:rsidR="00693A4D" w:rsidP="0048127F" w:rsidRDefault="00693A4D" w14:paraId="3EDFCF30" w14:textId="77777777"/>
+    <w:p w:rsidRPr="00AA1B96" w:rsidR="00761696" w:rsidP="00761696" w:rsidRDefault="6568C208" w14:paraId="79A2E055" w14:textId="162BCAA0">
       <w:pPr>
         <w:rPr>
           <w:lang w:val="en-AU"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="6568C208">
         <w:rPr>
           <w:lang w:val="en-AU"/>
         </w:rPr>
         <w:t xml:space="preserve">The above summaries were written by representatives from HTA-centrum. The HTA report was approved by the </w:t>
       </w:r>
       <w:r w:rsidR="00ED699D">
         <w:rPr>
           <w:lang w:val="en-AU"/>
         </w:rPr>
         <w:t>r</w:t>
       </w:r>
       <w:r w:rsidRPr="6568C208">
         <w:rPr>
           <w:lang w:val="en-AU"/>
         </w:rPr>
         <w:t xml:space="preserve">egional board for quality assurance of activity-based HTA. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="55884227" w14:textId="77777777" w:rsidR="00FD3F86" w:rsidRPr="00AA1B96" w:rsidRDefault="00FD3F86" w:rsidP="00FA798E">
-[...6 lines deleted...]
-    <w:p w14:paraId="1DBCBFFA" w14:textId="55309635" w:rsidR="00172D08" w:rsidRDefault="005E4271" w:rsidP="00F646BA">
+    <w:p w:rsidRPr="00AA1B96" w:rsidR="00FD3F86" w:rsidP="00FA798E" w:rsidRDefault="00FD3F86" w14:paraId="55884227" w14:textId="77777777">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="en-AU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00172D08" w:rsidP="00F646BA" w:rsidRDefault="005E4271" w14:paraId="1DBCBFFA" w14:textId="55309635">
       <w:pPr>
         <w:rPr>
           <w:lang w:val="en-AU"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00AA1B96">
         <w:rPr>
           <w:lang w:val="en-AU"/>
         </w:rPr>
         <w:t>Ylva Carlsson</w:t>
       </w:r>
       <w:r w:rsidRPr="00AA1B96">
         <w:rPr>
           <w:lang w:val="en-AU"/>
         </w:rPr>
         <w:br/>
       </w:r>
-      <w:r w:rsidR="00FD3F86" w:rsidRPr="00AA1B96">
+      <w:r w:rsidRPr="00AA1B96" w:rsidR="00FD3F86">
         <w:rPr>
           <w:lang w:val="en-AU"/>
         </w:rPr>
         <w:t xml:space="preserve">Head of HTA-centrum of Region Västra Götaland, Sweden, [date in </w:t>
       </w:r>
       <w:r w:rsidR="00C32FC8">
         <w:rPr>
           <w:lang w:val="en-AU"/>
         </w:rPr>
         <w:t>ISO</w:t>
       </w:r>
       <w:r w:rsidR="00DF06A7">
         <w:rPr>
           <w:lang w:val="en-AU"/>
         </w:rPr>
         <w:t xml:space="preserve">-8601 format: </w:t>
       </w:r>
       <w:r w:rsidR="00CC3F36">
         <w:rPr>
           <w:lang w:val="en-AU"/>
         </w:rPr>
         <w:t>YYYY-MM-DD</w:t>
       </w:r>
-      <w:r w:rsidR="00FD3F86" w:rsidRPr="00AA1B96">
+      <w:r w:rsidRPr="00AA1B96" w:rsidR="00FD3F86">
         <w:rPr>
           <w:lang w:val="en-AU"/>
         </w:rPr>
         <w:t>]</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7D3B6D8B" w14:textId="77777777" w:rsidR="00524A6B" w:rsidRPr="00AA1B96" w:rsidRDefault="00524A6B" w:rsidP="00F646BA">
-[...6 lines deleted...]
-    <w:p w14:paraId="55257CE4" w14:textId="6AD07C1B" w:rsidR="00F646BA" w:rsidRPr="00994050" w:rsidRDefault="771E0769" w:rsidP="0048127F">
+    <w:p w:rsidRPr="00AA1B96" w:rsidR="00524A6B" w:rsidP="00F646BA" w:rsidRDefault="00524A6B" w14:paraId="7D3B6D8B" w14:textId="77777777">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="en-AU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidRPr="00994050" w:rsidR="00F646BA" w:rsidP="0048127F" w:rsidRDefault="771E0769" w14:paraId="55257CE4" w14:textId="6AD07C1B">
       <w:pPr>
         <w:pStyle w:val="Rubrik3"/>
         <w:spacing w:after="60"/>
         <w:rPr>
           <w:rStyle w:val="Rubrik3Char"/>
           <w:lang w:val="en-AU"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="7C99AA3A">
         <w:rPr>
           <w:rStyle w:val="Rubrik3Char"/>
           <w:lang w:val="en-AU"/>
         </w:rPr>
         <w:t>Regional board for quality assurance of activity-based HTA</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="00BDC1F7" w14:textId="5A6F271F" w:rsidR="00AC52FA" w:rsidRPr="00464982" w:rsidRDefault="00AC52FA" w:rsidP="00AC52FA">
+    <w:p w:rsidRPr="00464982" w:rsidR="00AC52FA" w:rsidP="00AC52FA" w:rsidRDefault="00AC52FA" w14:paraId="00BDC1F7" w14:textId="5A6F271F">
       <w:r w:rsidRPr="00464982">
         <w:rPr>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve">Bergh, Christina </w:t>
       </w:r>
       <w:r w:rsidRPr="00464982">
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="00464982">
         <w:rPr>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>MD, Professor emerita</w:t>
       </w:r>
       <w:r w:rsidRPr="00464982">
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00464982">
         <w:br/>
       </w:r>
       <w:r w:rsidRPr="00464982">
         <w:rPr>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve">Carlsson, Ylva </w:t>
       </w:r>
       <w:r w:rsidRPr="00464982">
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="00464982">
         <w:rPr>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>MD, Associate professor</w:t>
       </w:r>
       <w:r w:rsidRPr="00464982">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:br/>
+      </w:r>
+      <w:r>
         <w:t>Edebo, Anders</w:t>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="00464982">
         <w:rPr>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>MD, PhD</w:t>
       </w:r>
       <w:r w:rsidRPr="00464982">
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00464982">
         <w:br/>
       </w:r>
       <w:r w:rsidRPr="00464982">
         <w:rPr>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>Hongslo Vala, Cecilie</w:t>
       </w:r>
       <w:r w:rsidRPr="00464982">
         <w:tab/>
@@ -3056,51 +3070,51 @@
       </w:r>
       <w:r w:rsidRPr="00464982">
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00464982">
         <w:br/>
       </w:r>
       <w:r w:rsidRPr="00464982">
         <w:rPr>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve">Rylander, Christian </w:t>
       </w:r>
       <w:r w:rsidRPr="00464982">
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="00464982">
         <w:rPr>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve">MD, </w:t>
       </w:r>
       <w:r w:rsidR="003D7204">
         <w:t>A</w:t>
       </w:r>
-      <w:r w:rsidR="003D7204" w:rsidRPr="003D7204">
+      <w:r w:rsidRPr="003D7204" w:rsidR="003D7204">
         <w:t xml:space="preserve">djunct </w:t>
       </w:r>
       <w:r w:rsidR="003D7204">
         <w:rPr>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>p</w:t>
       </w:r>
       <w:r w:rsidRPr="00464982">
         <w:rPr>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>rofessor</w:t>
       </w:r>
       <w:r w:rsidRPr="00464982">
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00464982">
         <w:br/>
       </w:r>
       <w:r w:rsidRPr="00464982">
         <w:rPr>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>Schwarz, Anneli</w:t>
@@ -3241,58 +3255,58 @@
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="00464982">
         <w:rPr>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>RN, Professor</w:t>
       </w:r>
       <w:r w:rsidRPr="00464982">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>  </w:t>
       </w:r>
       <w:r w:rsidRPr="00464982">
         <w:rPr>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00464982">
         <w:t> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="24287625" w14:textId="77777777" w:rsidR="00AC52FA" w:rsidRDefault="00AC52FA" w:rsidP="00AC52FA">
+    <w:p w:rsidR="00AC52FA" w:rsidP="00AC52FA" w:rsidRDefault="00AC52FA" w14:paraId="24287625" w14:textId="77777777">
       <w:pPr>
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="0AC6DC87" w14:textId="49001B69" w:rsidR="00AC52FA" w:rsidRDefault="00AC52FA" w:rsidP="00AC52FA">
+    <w:p w:rsidR="00AC52FA" w:rsidP="00AC52FA" w:rsidRDefault="00AC52FA" w14:paraId="0AC6DC87" w14:textId="49001B69">
       <w:r w:rsidRPr="00824718">
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve">DDS Doctor of dental surgery </w:t>
       </w:r>
       <w:r w:rsidRPr="00824718">
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00824718">
         <w:br/>
       </w:r>
       <w:r w:rsidRPr="00824718">
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve">MD Medical doctor </w:t>
       </w:r>
       <w:r w:rsidRPr="00824718">
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00824718">
         <w:br/>
       </w:r>
       <w:r w:rsidRPr="00824718">
@@ -3307,1143 +3321,1143 @@
       <w:r w:rsidRPr="00824718">
         <w:br/>
       </w:r>
       <w:r w:rsidRPr="00824718">
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>RN Registered Nurse</w:t>
       </w:r>
       <w:r w:rsidRPr="00824718">
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00824718">
         <w:br/>
       </w:r>
       <w:r w:rsidRPr="00824718">
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>RNRM Registered Nurse Registered Midwifery</w:t>
       </w:r>
       <w:r w:rsidRPr="00824718">
         <w:t> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="184184B2" w14:textId="77777777" w:rsidR="00307AEB" w:rsidRDefault="00307AEB">
-[...20 lines deleted...]
-    <w:p w14:paraId="72413D31" w14:textId="77777777" w:rsidR="00307AEB" w:rsidRDefault="00307AEB">
+    <w:p w:rsidR="00307AEB" w:rsidRDefault="00307AEB" w14:paraId="184184B2" w14:textId="77777777">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="en-AU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00307AEB" w:rsidRDefault="00307AEB" w14:paraId="74FB490E" w14:textId="77777777">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="en-AU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidRPr="00AA1B96" w:rsidR="00FA798E" w:rsidP="00FA798E" w:rsidRDefault="00FA798E" w14:paraId="40B14EB1" w14:textId="77777777">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="en-AU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00307AEB" w:rsidRDefault="00307AEB" w14:paraId="72413D31" w14:textId="77777777">
       <w:pPr>
         <w:rPr>
           <w:lang w:val="en-AU"/>
         </w:rPr>
         <w:sectPr w:rsidR="00307AEB" w:rsidSect="00A26634">
-          <w:pgSz w:w="11906" w:h="16838"/>
+          <w:pgSz w:w="11906" w:h="16838" w:orient="portrait"/>
           <w:pgMar w:top="1417" w:right="1417" w:bottom="1417" w:left="1417" w:header="652" w:footer="546" w:gutter="0"/>
           <w:cols w:space="708"/>
           <w:titlePg/>
           <w:docGrid w:linePitch="360"/>
         </w:sectPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="1DD8D973" w14:textId="0C559C4A" w:rsidR="00FA798E" w:rsidRDefault="00FA798E">
-[...6 lines deleted...]
-    <w:p w14:paraId="3F5361E4" w14:textId="602438E2" w:rsidR="005E4271" w:rsidRPr="004F212C" w:rsidRDefault="00994050" w:rsidP="4C413B73">
+    <w:p w:rsidR="00FA798E" w:rsidRDefault="00FA798E" w14:paraId="1DD8D973" w14:textId="0C559C4A">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="en-AU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidRPr="004F212C" w:rsidR="005E4271" w:rsidP="4C413B73" w:rsidRDefault="00994050" w14:paraId="3F5361E4" w14:textId="602438E2">
       <w:pPr>
         <w:pStyle w:val="Rubrik2"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="567"/>
         </w:tabs>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="16" w:name="_Toc166593801"/>
-[...3 lines deleted...]
-      <w:bookmarkStart w:id="20" w:name="_Toc170293048"/>
+      <w:bookmarkStart w:name="_Toc166593801" w:id="16"/>
+      <w:bookmarkStart w:name="_Toc166594009" w:id="17"/>
+      <w:bookmarkStart w:name="_Toc166594155" w:id="18"/>
+      <w:bookmarkStart w:name="_Toc166594982" w:id="19"/>
+      <w:bookmarkStart w:name="_Toc170293048" w:id="20"/>
       <w:r w:rsidRPr="4C413B73">
         <w:rPr>
           <w:sz w:val="28"/>
           <w:lang w:val="en-AU"/>
         </w:rPr>
         <w:t>3</w:t>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
-      <w:r w:rsidR="00307AEB" w:rsidRPr="4C413B73">
+      <w:r w:rsidRPr="4C413B73" w:rsidR="00307AEB">
         <w:rPr>
           <w:sz w:val="28"/>
           <w:lang w:val="en-AU"/>
         </w:rPr>
         <w:t>Summary of findings</w:t>
       </w:r>
       <w:bookmarkEnd w:id="16"/>
       <w:bookmarkEnd w:id="17"/>
       <w:bookmarkEnd w:id="18"/>
       <w:bookmarkEnd w:id="19"/>
       <w:bookmarkEnd w:id="20"/>
-      <w:r w:rsidR="004F212C" w:rsidRPr="4C413B73">
+      <w:r w:rsidRPr="4C413B73" w:rsidR="004F212C">
         <w:rPr>
           <w:sz w:val="28"/>
           <w:lang w:val="en-AU"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="004F212C" w:rsidRPr="4C413B73">
+      <w:r w:rsidRPr="4C413B73" w:rsidR="004F212C">
         <w:rPr>
           <w:b w:val="0"/>
           <w:bCs w:val="0"/>
           <w:color w:val="FF0000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-AU"/>
         </w:rPr>
         <w:t>(skrivs av HTA-centrum</w:t>
       </w:r>
-      <w:r w:rsidR="59C81307" w:rsidRPr="4C413B73">
+      <w:r w:rsidRPr="4C413B73" w:rsidR="59C81307">
         <w:rPr>
           <w:b w:val="0"/>
           <w:bCs w:val="0"/>
           <w:color w:val="FF0000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-AU"/>
         </w:rPr>
         <w:t>, brittisk engelska, komma som tusentalsdelare f.o.m 10,000 och punkt som decimaldelare</w:t>
       </w:r>
-      <w:r w:rsidR="004F212C" w:rsidRPr="4C413B73">
+      <w:r w:rsidRPr="4C413B73" w:rsidR="004F212C">
         <w:rPr>
           <w:b w:val="0"/>
           <w:bCs w:val="0"/>
           <w:color w:val="FF0000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-AU"/>
         </w:rPr>
         <w:t>)</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="VGR"/>
         <w:tblW w:w="9067" w:type="dxa"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="1949"/>
         <w:gridCol w:w="1494"/>
         <w:gridCol w:w="1743"/>
         <w:gridCol w:w="1999"/>
         <w:gridCol w:w="1882"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00172D08" w14:paraId="43DC71D4" w14:textId="77777777" w:rsidTr="66D4603F">
+      <w:tr w:rsidR="00172D08" w:rsidTr="66D4603F" w14:paraId="43DC71D4" w14:textId="77777777">
         <w:trPr>
           <w:cnfStyle w:val="100000000000" w:firstRow="1" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="1949" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="193ACB20" w14:textId="162AFF0F" w:rsidR="00172D08" w:rsidRPr="00693A4D" w:rsidRDefault="1AC78E3F" w:rsidP="1AC78E3F">
+          <w:p w:rsidRPr="00693A4D" w:rsidR="00172D08" w:rsidP="1AC78E3F" w:rsidRDefault="1AC78E3F" w14:paraId="193ACB20" w14:textId="162AFF0F">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:t>Outcomes</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1494" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="1DBA5B5E" w14:textId="77777777" w:rsidR="00172D08" w:rsidRPr="00994050" w:rsidRDefault="00DC7AD6" w:rsidP="00FA798E">
+          <w:p w:rsidRPr="00994050" w:rsidR="00172D08" w:rsidP="00FA798E" w:rsidRDefault="00DC7AD6" w14:paraId="1DBA5B5E" w14:textId="77777777">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:cnfStyle w:val="100000000000" w:firstRow="1" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
                 <w:lang w:val="en-AU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00994050">
               <w:rPr>
                 <w:lang w:val="en-AU"/>
               </w:rPr>
               <w:t>Study design</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="7F8F5BC5" w14:textId="20345A72" w:rsidR="00DC7AD6" w:rsidRPr="00994050" w:rsidRDefault="00DC7AD6" w:rsidP="00FA798E">
+          <w:p w:rsidRPr="00994050" w:rsidR="00DC7AD6" w:rsidP="00FA798E" w:rsidRDefault="00DC7AD6" w14:paraId="7F8F5BC5" w14:textId="20345A72">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:cnfStyle w:val="100000000000" w:firstRow="1" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
                 <w:lang w:val="en-AU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00994050">
               <w:rPr>
                 <w:lang w:val="en-AU"/>
               </w:rPr>
               <w:t>Number of studies</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1743" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="403617E0" w14:textId="03134AA1" w:rsidR="00172D08" w:rsidRPr="00693A4D" w:rsidRDefault="00172D08" w:rsidP="00FA798E">
+          <w:p w:rsidRPr="00693A4D" w:rsidR="00172D08" w:rsidP="00FA798E" w:rsidRDefault="00172D08" w14:paraId="403617E0" w14:textId="03134AA1">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:cnfStyle w:val="100000000000" w:firstRow="1" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00693A4D">
               <w:t>Relativ</w:t>
             </w:r>
-            <w:r w:rsidR="00DC7AD6" w:rsidRPr="00693A4D">
+            <w:r w:rsidRPr="00693A4D" w:rsidR="00DC7AD6">
               <w:t>e</w:t>
             </w:r>
             <w:r w:rsidRPr="00693A4D">
               <w:t xml:space="preserve"> effe</w:t>
             </w:r>
-            <w:r w:rsidR="00DC7AD6" w:rsidRPr="00693A4D">
+            <w:r w:rsidRPr="00693A4D" w:rsidR="00DC7AD6">
               <w:t>c</w:t>
             </w:r>
             <w:r w:rsidRPr="00693A4D">
               <w:t>t</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="39C089E8" w14:textId="6D06F0D6" w:rsidR="00172D08" w:rsidRPr="00693A4D" w:rsidRDefault="00172D08" w:rsidP="00FA798E">
+          <w:p w:rsidRPr="00693A4D" w:rsidR="00172D08" w:rsidP="00FA798E" w:rsidRDefault="00172D08" w14:paraId="39C089E8" w14:textId="6D06F0D6">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:cnfStyle w:val="100000000000" w:firstRow="1" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00693A4D">
               <w:t>(95%</w:t>
             </w:r>
-            <w:r w:rsidR="00DC7AD6" w:rsidRPr="00693A4D">
+            <w:r w:rsidRPr="00693A4D" w:rsidR="00DC7AD6">
               <w:t xml:space="preserve"> CI</w:t>
             </w:r>
             <w:r w:rsidRPr="00693A4D">
               <w:t>)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1999" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="531BB1EC" w14:textId="093798C7" w:rsidR="00172D08" w:rsidRPr="00693A4D" w:rsidRDefault="00172D08" w:rsidP="00FA798E">
+          <w:p w:rsidRPr="00693A4D" w:rsidR="00172D08" w:rsidP="00FA798E" w:rsidRDefault="00172D08" w14:paraId="531BB1EC" w14:textId="093798C7">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:cnfStyle w:val="100000000000" w:firstRow="1" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00693A4D">
               <w:t>Absolut</w:t>
             </w:r>
-            <w:r w:rsidR="009618AB" w:rsidRPr="00693A4D">
+            <w:r w:rsidRPr="00693A4D" w:rsidR="009618AB">
               <w:t>e</w:t>
             </w:r>
             <w:r w:rsidRPr="00693A4D">
               <w:t xml:space="preserve"> effe</w:t>
             </w:r>
-            <w:r w:rsidR="00DC7AD6" w:rsidRPr="00693A4D">
+            <w:r w:rsidRPr="00693A4D" w:rsidR="00DC7AD6">
               <w:t>c</w:t>
             </w:r>
             <w:r w:rsidRPr="00693A4D">
               <w:t>t</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="2A774E24" w14:textId="3E5222DA" w:rsidR="00172D08" w:rsidRPr="00693A4D" w:rsidRDefault="00172D08" w:rsidP="00FA798E">
+          <w:p w:rsidRPr="00693A4D" w:rsidR="00172D08" w:rsidP="00FA798E" w:rsidRDefault="00172D08" w14:paraId="2A774E24" w14:textId="3E5222DA">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:cnfStyle w:val="100000000000" w:firstRow="1" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1882" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="3DFD9225" w14:textId="6E2F0E8A" w:rsidR="00172D08" w:rsidRPr="00693A4D" w:rsidRDefault="00DC7AD6" w:rsidP="66D4603F">
+          <w:p w:rsidRPr="00693A4D" w:rsidR="00172D08" w:rsidP="66D4603F" w:rsidRDefault="00DC7AD6" w14:paraId="3DFD9225" w14:textId="6E2F0E8A">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:cnfStyle w:val="100000000000" w:firstRow="1" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             </w:pPr>
             <w:r>
               <w:t>Certainty of evidence</w:t>
             </w:r>
             <w:r w:rsidR="62C49281">
               <w:t>*</w:t>
             </w:r>
             <w:r w:rsidR="13B2CD6F">
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r w:rsidR="00172D08">
               <w:t>Grade</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00172D08" w14:paraId="6180A59F" w14:textId="77777777" w:rsidTr="66D4603F">
+      <w:tr w:rsidR="00172D08" w:rsidTr="66D4603F" w14:paraId="6180A59F" w14:textId="77777777">
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="1949" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="7B07AA6D" w14:textId="77777777" w:rsidR="00172D08" w:rsidRPr="00693A4D" w:rsidRDefault="00172D08" w:rsidP="00FA798E">
+          <w:p w:rsidRPr="00693A4D" w:rsidR="00172D08" w:rsidP="00FA798E" w:rsidRDefault="00172D08" w14:paraId="7B07AA6D" w14:textId="77777777">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1494" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="702224AF" w14:textId="77777777" w:rsidR="00172D08" w:rsidRPr="00693A4D" w:rsidRDefault="00172D08" w:rsidP="00FA798E">
+          <w:p w:rsidRPr="00693A4D" w:rsidR="00172D08" w:rsidP="00FA798E" w:rsidRDefault="00172D08" w14:paraId="702224AF" w14:textId="77777777">
             <w:pPr>
               <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1743" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="68E64EF9" w14:textId="77777777" w:rsidR="00172D08" w:rsidRPr="00693A4D" w:rsidRDefault="00172D08" w:rsidP="00FA798E">
+          <w:p w:rsidRPr="00693A4D" w:rsidR="00172D08" w:rsidP="00FA798E" w:rsidRDefault="00172D08" w14:paraId="68E64EF9" w14:textId="77777777">
             <w:pPr>
               <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1999" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="66709AF8" w14:textId="77777777" w:rsidR="00172D08" w:rsidRPr="00693A4D" w:rsidRDefault="00172D08" w:rsidP="00FA798E">
+          <w:p w:rsidRPr="00693A4D" w:rsidR="00172D08" w:rsidP="00FA798E" w:rsidRDefault="00172D08" w14:paraId="66709AF8" w14:textId="77777777">
             <w:pPr>
               <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1882" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="08F6073F" w14:textId="77777777" w:rsidR="00172D08" w:rsidRPr="00693A4D" w:rsidRDefault="00172D08" w:rsidP="00FA798E">
+          <w:p w:rsidRPr="00693A4D" w:rsidR="00172D08" w:rsidP="00FA798E" w:rsidRDefault="00172D08" w14:paraId="08F6073F" w14:textId="77777777">
             <w:pPr>
               <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00172D08" w14:paraId="76AA0431" w14:textId="77777777" w:rsidTr="66D4603F">
+      <w:tr w:rsidR="00172D08" w:rsidTr="66D4603F" w14:paraId="76AA0431" w14:textId="77777777">
         <w:trPr>
           <w:cnfStyle w:val="000000010000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="1" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="1949" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="1F5EA546" w14:textId="77777777" w:rsidR="00172D08" w:rsidRPr="00693A4D" w:rsidRDefault="00172D08" w:rsidP="00FA798E">
+          <w:p w:rsidRPr="00693A4D" w:rsidR="00172D08" w:rsidP="00FA798E" w:rsidRDefault="00172D08" w14:paraId="1F5EA546" w14:textId="77777777">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1494" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="0CF7201C" w14:textId="77777777" w:rsidR="00172D08" w:rsidRPr="00693A4D" w:rsidRDefault="00172D08" w:rsidP="00FA798E">
+          <w:p w:rsidRPr="00693A4D" w:rsidR="00172D08" w:rsidP="00FA798E" w:rsidRDefault="00172D08" w14:paraId="0CF7201C" w14:textId="77777777">
             <w:pPr>
               <w:cnfStyle w:val="000000010000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="1" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1743" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="7F97960E" w14:textId="77777777" w:rsidR="00172D08" w:rsidRPr="00693A4D" w:rsidRDefault="00172D08" w:rsidP="00FA798E">
+          <w:p w:rsidRPr="00693A4D" w:rsidR="00172D08" w:rsidP="00FA798E" w:rsidRDefault="00172D08" w14:paraId="7F97960E" w14:textId="77777777">
             <w:pPr>
               <w:cnfStyle w:val="000000010000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="1" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1999" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="756486A7" w14:textId="77777777" w:rsidR="00172D08" w:rsidRPr="00693A4D" w:rsidRDefault="00172D08" w:rsidP="00FA798E">
+          <w:p w:rsidRPr="00693A4D" w:rsidR="00172D08" w:rsidP="00FA798E" w:rsidRDefault="00172D08" w14:paraId="756486A7" w14:textId="77777777">
             <w:pPr>
               <w:cnfStyle w:val="000000010000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="1" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1882" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="2C8EA057" w14:textId="77777777" w:rsidR="00172D08" w:rsidRPr="00693A4D" w:rsidRDefault="00172D08" w:rsidP="00FA798E">
+          <w:p w:rsidRPr="00693A4D" w:rsidR="00172D08" w:rsidP="00FA798E" w:rsidRDefault="00172D08" w14:paraId="2C8EA057" w14:textId="77777777">
             <w:pPr>
               <w:cnfStyle w:val="000000010000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="1" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00172D08" w14:paraId="598FD020" w14:textId="77777777" w:rsidTr="66D4603F">
+      <w:tr w:rsidR="00172D08" w:rsidTr="66D4603F" w14:paraId="598FD020" w14:textId="77777777">
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="1949" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="736FBCCA" w14:textId="77777777" w:rsidR="00172D08" w:rsidRPr="00693A4D" w:rsidRDefault="00172D08" w:rsidP="00FA798E">
+          <w:p w:rsidRPr="00693A4D" w:rsidR="00172D08" w:rsidP="00FA798E" w:rsidRDefault="00172D08" w14:paraId="736FBCCA" w14:textId="77777777">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1494" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="20AA8E4A" w14:textId="77777777" w:rsidR="00172D08" w:rsidRPr="00693A4D" w:rsidRDefault="00172D08" w:rsidP="00FA798E">
+          <w:p w:rsidRPr="00693A4D" w:rsidR="00172D08" w:rsidP="00FA798E" w:rsidRDefault="00172D08" w14:paraId="20AA8E4A" w14:textId="77777777">
             <w:pPr>
               <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1743" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="4A217EEE" w14:textId="77777777" w:rsidR="00172D08" w:rsidRPr="00693A4D" w:rsidRDefault="00172D08" w:rsidP="00FA798E">
+          <w:p w:rsidRPr="00693A4D" w:rsidR="00172D08" w:rsidP="00FA798E" w:rsidRDefault="00172D08" w14:paraId="4A217EEE" w14:textId="77777777">
             <w:pPr>
               <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1999" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="020F4655" w14:textId="77777777" w:rsidR="00172D08" w:rsidRPr="00693A4D" w:rsidRDefault="00172D08" w:rsidP="00FA798E">
+          <w:p w:rsidRPr="00693A4D" w:rsidR="00172D08" w:rsidP="00FA798E" w:rsidRDefault="00172D08" w14:paraId="020F4655" w14:textId="77777777">
             <w:pPr>
               <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1882" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="1F09E480" w14:textId="77777777" w:rsidR="00172D08" w:rsidRPr="00693A4D" w:rsidRDefault="00172D08" w:rsidP="00FA798E">
+          <w:p w:rsidRPr="00693A4D" w:rsidR="00172D08" w:rsidP="00FA798E" w:rsidRDefault="00172D08" w14:paraId="1F09E480" w14:textId="77777777">
             <w:pPr>
               <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00172D08" w14:paraId="12D1700C" w14:textId="77777777" w:rsidTr="66D4603F">
+      <w:tr w:rsidR="00172D08" w:rsidTr="66D4603F" w14:paraId="12D1700C" w14:textId="77777777">
         <w:trPr>
           <w:cnfStyle w:val="000000010000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="1" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="1949" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="7D30535B" w14:textId="77777777" w:rsidR="00172D08" w:rsidRPr="00693A4D" w:rsidRDefault="00172D08" w:rsidP="00FA798E">
+          <w:p w:rsidRPr="00693A4D" w:rsidR="00172D08" w:rsidP="00FA798E" w:rsidRDefault="00172D08" w14:paraId="7D30535B" w14:textId="77777777">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1494" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="41FAD44D" w14:textId="77777777" w:rsidR="00172D08" w:rsidRPr="00693A4D" w:rsidRDefault="00172D08" w:rsidP="00FA798E">
+          <w:p w:rsidRPr="00693A4D" w:rsidR="00172D08" w:rsidP="00FA798E" w:rsidRDefault="00172D08" w14:paraId="41FAD44D" w14:textId="77777777">
             <w:pPr>
               <w:cnfStyle w:val="000000010000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="1" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1743" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="4EAF6CC2" w14:textId="77777777" w:rsidR="00172D08" w:rsidRPr="00693A4D" w:rsidRDefault="00172D08" w:rsidP="00FA798E">
+          <w:p w:rsidRPr="00693A4D" w:rsidR="00172D08" w:rsidP="00FA798E" w:rsidRDefault="00172D08" w14:paraId="4EAF6CC2" w14:textId="77777777">
             <w:pPr>
               <w:cnfStyle w:val="000000010000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="1" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1999" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="3AEC1FB3" w14:textId="77777777" w:rsidR="00172D08" w:rsidRPr="00693A4D" w:rsidRDefault="00172D08" w:rsidP="00FA798E">
+          <w:p w:rsidRPr="00693A4D" w:rsidR="00172D08" w:rsidP="00FA798E" w:rsidRDefault="00172D08" w14:paraId="3AEC1FB3" w14:textId="77777777">
             <w:pPr>
               <w:cnfStyle w:val="000000010000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="1" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1882" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="0F88EBF9" w14:textId="77777777" w:rsidR="00172D08" w:rsidRPr="00693A4D" w:rsidRDefault="00172D08" w:rsidP="00FA798E">
+          <w:p w:rsidRPr="00693A4D" w:rsidR="00172D08" w:rsidP="00FA798E" w:rsidRDefault="00172D08" w14:paraId="0F88EBF9" w14:textId="77777777">
             <w:pPr>
               <w:cnfStyle w:val="000000010000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="1" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00172D08" w14:paraId="20023C9E" w14:textId="77777777" w:rsidTr="66D4603F">
+      <w:tr w:rsidR="00172D08" w:rsidTr="66D4603F" w14:paraId="20023C9E" w14:textId="77777777">
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="1949" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="07C445DE" w14:textId="77777777" w:rsidR="00172D08" w:rsidRPr="00693A4D" w:rsidRDefault="00172D08" w:rsidP="00FA798E">
+          <w:p w:rsidRPr="00693A4D" w:rsidR="00172D08" w:rsidP="00FA798E" w:rsidRDefault="00172D08" w14:paraId="07C445DE" w14:textId="77777777">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1494" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="0FB91065" w14:textId="77777777" w:rsidR="00172D08" w:rsidRPr="00693A4D" w:rsidRDefault="00172D08" w:rsidP="00FA798E">
+          <w:p w:rsidRPr="00693A4D" w:rsidR="00172D08" w:rsidP="00FA798E" w:rsidRDefault="00172D08" w14:paraId="0FB91065" w14:textId="77777777">
             <w:pPr>
               <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1743" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="49B6B5C1" w14:textId="77777777" w:rsidR="00172D08" w:rsidRPr="00693A4D" w:rsidRDefault="00172D08" w:rsidP="00FA798E">
+          <w:p w:rsidRPr="00693A4D" w:rsidR="00172D08" w:rsidP="00FA798E" w:rsidRDefault="00172D08" w14:paraId="49B6B5C1" w14:textId="77777777">
             <w:pPr>
               <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1999" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="01677666" w14:textId="77777777" w:rsidR="00172D08" w:rsidRPr="00693A4D" w:rsidRDefault="00172D08" w:rsidP="00FA798E">
+          <w:p w:rsidRPr="00693A4D" w:rsidR="00172D08" w:rsidP="00FA798E" w:rsidRDefault="00172D08" w14:paraId="01677666" w14:textId="77777777">
             <w:pPr>
               <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1882" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="7935CCE4" w14:textId="77777777" w:rsidR="00172D08" w:rsidRPr="00693A4D" w:rsidRDefault="00172D08" w:rsidP="00FA798E">
+          <w:p w:rsidRPr="00693A4D" w:rsidR="00172D08" w:rsidP="00FA798E" w:rsidRDefault="00172D08" w14:paraId="7935CCE4" w14:textId="77777777">
             <w:pPr>
               <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00172D08" w14:paraId="1470CC0B" w14:textId="77777777" w:rsidTr="66D4603F">
+      <w:tr w:rsidR="00172D08" w:rsidTr="66D4603F" w14:paraId="1470CC0B" w14:textId="77777777">
         <w:trPr>
           <w:cnfStyle w:val="000000010000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="1" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="1949" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="10DC4D19" w14:textId="77777777" w:rsidR="00172D08" w:rsidRPr="00693A4D" w:rsidRDefault="00172D08" w:rsidP="00FA798E">
+          <w:p w:rsidRPr="00693A4D" w:rsidR="00172D08" w:rsidP="00FA798E" w:rsidRDefault="00172D08" w14:paraId="10DC4D19" w14:textId="77777777">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1494" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="6E86676F" w14:textId="77777777" w:rsidR="00172D08" w:rsidRPr="00693A4D" w:rsidRDefault="00172D08" w:rsidP="00FA798E">
+          <w:p w:rsidRPr="00693A4D" w:rsidR="00172D08" w:rsidP="00FA798E" w:rsidRDefault="00172D08" w14:paraId="6E86676F" w14:textId="77777777">
             <w:pPr>
               <w:cnfStyle w:val="000000010000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="1" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1743" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="353B05BC" w14:textId="77777777" w:rsidR="00172D08" w:rsidRPr="00693A4D" w:rsidRDefault="00172D08" w:rsidP="00FA798E">
+          <w:p w:rsidRPr="00693A4D" w:rsidR="00172D08" w:rsidP="00FA798E" w:rsidRDefault="00172D08" w14:paraId="353B05BC" w14:textId="77777777">
             <w:pPr>
               <w:cnfStyle w:val="000000010000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="1" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1999" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="3457D33E" w14:textId="77777777" w:rsidR="00172D08" w:rsidRPr="00693A4D" w:rsidRDefault="00172D08" w:rsidP="00FA798E">
+          <w:p w:rsidRPr="00693A4D" w:rsidR="00172D08" w:rsidP="00FA798E" w:rsidRDefault="00172D08" w14:paraId="3457D33E" w14:textId="77777777">
             <w:pPr>
               <w:cnfStyle w:val="000000010000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="1" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1882" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="284FB21D" w14:textId="77777777" w:rsidR="00172D08" w:rsidRPr="00693A4D" w:rsidRDefault="00172D08" w:rsidP="00FA798E">
+          <w:p w:rsidRPr="00693A4D" w:rsidR="00172D08" w:rsidP="00FA798E" w:rsidRDefault="00172D08" w14:paraId="284FB21D" w14:textId="77777777">
             <w:pPr>
               <w:cnfStyle w:val="000000010000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="1" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00172D08" w14:paraId="0C1AEBF4" w14:textId="77777777" w:rsidTr="66D4603F">
+      <w:tr w:rsidR="00172D08" w:rsidTr="66D4603F" w14:paraId="0C1AEBF4" w14:textId="77777777">
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="1949" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="46507CBD" w14:textId="77777777" w:rsidR="00172D08" w:rsidRPr="00693A4D" w:rsidRDefault="00172D08" w:rsidP="00FA798E">
+          <w:p w:rsidRPr="00693A4D" w:rsidR="00172D08" w:rsidP="00FA798E" w:rsidRDefault="00172D08" w14:paraId="46507CBD" w14:textId="77777777">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1494" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="18CE4816" w14:textId="77777777" w:rsidR="00172D08" w:rsidRPr="00693A4D" w:rsidRDefault="00172D08" w:rsidP="00FA798E">
+          <w:p w:rsidRPr="00693A4D" w:rsidR="00172D08" w:rsidP="00FA798E" w:rsidRDefault="00172D08" w14:paraId="18CE4816" w14:textId="77777777">
             <w:pPr>
               <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1743" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="3CB03D46" w14:textId="77777777" w:rsidR="00172D08" w:rsidRPr="00693A4D" w:rsidRDefault="00172D08" w:rsidP="00FA798E">
+          <w:p w:rsidRPr="00693A4D" w:rsidR="00172D08" w:rsidP="00FA798E" w:rsidRDefault="00172D08" w14:paraId="3CB03D46" w14:textId="77777777">
             <w:pPr>
               <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1999" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="502B72A2" w14:textId="77777777" w:rsidR="00172D08" w:rsidRPr="00693A4D" w:rsidRDefault="00172D08" w:rsidP="00FA798E">
+          <w:p w:rsidRPr="00693A4D" w:rsidR="00172D08" w:rsidP="00FA798E" w:rsidRDefault="00172D08" w14:paraId="502B72A2" w14:textId="77777777">
             <w:pPr>
               <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1882" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="2DD98047" w14:textId="77777777" w:rsidR="00172D08" w:rsidRPr="00693A4D" w:rsidRDefault="00172D08" w:rsidP="00FA798E">
+          <w:p w:rsidRPr="00693A4D" w:rsidR="00172D08" w:rsidP="00FA798E" w:rsidRDefault="00172D08" w14:paraId="2DD98047" w14:textId="77777777">
             <w:pPr>
               <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00172D08" w14:paraId="33966508" w14:textId="77777777" w:rsidTr="66D4603F">
+      <w:tr w:rsidR="00172D08" w:rsidTr="66D4603F" w14:paraId="33966508" w14:textId="77777777">
         <w:trPr>
           <w:cnfStyle w:val="000000010000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="1" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="1949" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="7FDAA00A" w14:textId="77777777" w:rsidR="00172D08" w:rsidRPr="00693A4D" w:rsidRDefault="00172D08" w:rsidP="00FA798E">
+          <w:p w:rsidRPr="00693A4D" w:rsidR="00172D08" w:rsidP="00FA798E" w:rsidRDefault="00172D08" w14:paraId="7FDAA00A" w14:textId="77777777">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1494" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="013AACE0" w14:textId="77777777" w:rsidR="00172D08" w:rsidRPr="00693A4D" w:rsidRDefault="00172D08" w:rsidP="00FA798E">
+          <w:p w:rsidRPr="00693A4D" w:rsidR="00172D08" w:rsidP="00FA798E" w:rsidRDefault="00172D08" w14:paraId="013AACE0" w14:textId="77777777">
             <w:pPr>
               <w:cnfStyle w:val="000000010000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="1" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1743" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="4306CFFD" w14:textId="77777777" w:rsidR="00172D08" w:rsidRPr="00693A4D" w:rsidRDefault="00172D08" w:rsidP="00FA798E">
+          <w:p w:rsidRPr="00693A4D" w:rsidR="00172D08" w:rsidP="00FA798E" w:rsidRDefault="00172D08" w14:paraId="4306CFFD" w14:textId="77777777">
             <w:pPr>
               <w:cnfStyle w:val="000000010000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="1" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1999" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="7765E2BE" w14:textId="77777777" w:rsidR="00172D08" w:rsidRPr="00693A4D" w:rsidRDefault="00172D08" w:rsidP="00FA798E">
+          <w:p w:rsidRPr="00693A4D" w:rsidR="00172D08" w:rsidP="00FA798E" w:rsidRDefault="00172D08" w14:paraId="7765E2BE" w14:textId="77777777">
             <w:pPr>
               <w:cnfStyle w:val="000000010000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="1" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1882" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="1AB8836B" w14:textId="77777777" w:rsidR="00172D08" w:rsidRPr="00693A4D" w:rsidRDefault="00172D08" w:rsidP="00FA798E">
+          <w:p w:rsidRPr="00693A4D" w:rsidR="00172D08" w:rsidP="00FA798E" w:rsidRDefault="00172D08" w14:paraId="1AB8836B" w14:textId="77777777">
             <w:pPr>
               <w:cnfStyle w:val="000000010000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="1" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00172D08" w14:paraId="0997A064" w14:textId="77777777" w:rsidTr="66D4603F">
+      <w:tr w:rsidR="00172D08" w:rsidTr="66D4603F" w14:paraId="0997A064" w14:textId="77777777">
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="1949" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="2BAEB07C" w14:textId="77777777" w:rsidR="00172D08" w:rsidRPr="00693A4D" w:rsidRDefault="00172D08" w:rsidP="00FA798E">
+          <w:p w:rsidRPr="00693A4D" w:rsidR="00172D08" w:rsidP="00FA798E" w:rsidRDefault="00172D08" w14:paraId="2BAEB07C" w14:textId="77777777">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1494" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="67B550F2" w14:textId="77777777" w:rsidR="00172D08" w:rsidRPr="00693A4D" w:rsidRDefault="00172D08" w:rsidP="00FA798E">
+          <w:p w:rsidRPr="00693A4D" w:rsidR="00172D08" w:rsidP="00FA798E" w:rsidRDefault="00172D08" w14:paraId="67B550F2" w14:textId="77777777">
             <w:pPr>
               <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1743" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="31EF5431" w14:textId="77777777" w:rsidR="00172D08" w:rsidRPr="00693A4D" w:rsidRDefault="00172D08" w:rsidP="00FA798E">
+          <w:p w:rsidRPr="00693A4D" w:rsidR="00172D08" w:rsidP="00FA798E" w:rsidRDefault="00172D08" w14:paraId="31EF5431" w14:textId="77777777">
             <w:pPr>
               <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1999" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="457DB471" w14:textId="77777777" w:rsidR="00172D08" w:rsidRPr="00693A4D" w:rsidRDefault="00172D08" w:rsidP="00FA798E">
+          <w:p w:rsidRPr="00693A4D" w:rsidR="00172D08" w:rsidP="00FA798E" w:rsidRDefault="00172D08" w14:paraId="457DB471" w14:textId="77777777">
             <w:pPr>
               <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1882" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="02802853" w14:textId="77777777" w:rsidR="00172D08" w:rsidRPr="00693A4D" w:rsidRDefault="00172D08" w:rsidP="00FA798E">
+          <w:p w:rsidRPr="00693A4D" w:rsidR="00172D08" w:rsidP="00FA798E" w:rsidRDefault="00172D08" w14:paraId="02802853" w14:textId="77777777">
             <w:pPr>
               <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00172D08" w14:paraId="492CEE21" w14:textId="77777777" w:rsidTr="66D4603F">
+      <w:tr w:rsidR="00172D08" w:rsidTr="66D4603F" w14:paraId="492CEE21" w14:textId="77777777">
         <w:trPr>
           <w:cnfStyle w:val="000000010000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="1" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="1949" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="18F0E490" w14:textId="77777777" w:rsidR="00172D08" w:rsidRPr="00693A4D" w:rsidRDefault="00172D08" w:rsidP="00FA798E">
+          <w:p w:rsidRPr="00693A4D" w:rsidR="00172D08" w:rsidP="00FA798E" w:rsidRDefault="00172D08" w14:paraId="18F0E490" w14:textId="77777777">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1494" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="6C7D36AD" w14:textId="77777777" w:rsidR="00172D08" w:rsidRPr="00693A4D" w:rsidRDefault="00172D08" w:rsidP="00FA798E">
+          <w:p w:rsidRPr="00693A4D" w:rsidR="00172D08" w:rsidP="00FA798E" w:rsidRDefault="00172D08" w14:paraId="6C7D36AD" w14:textId="77777777">
             <w:pPr>
               <w:cnfStyle w:val="000000010000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="1" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1743" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="1AA77BA8" w14:textId="77777777" w:rsidR="00172D08" w:rsidRPr="00693A4D" w:rsidRDefault="00172D08" w:rsidP="00FA798E">
+          <w:p w:rsidRPr="00693A4D" w:rsidR="00172D08" w:rsidP="00FA798E" w:rsidRDefault="00172D08" w14:paraId="1AA77BA8" w14:textId="77777777">
             <w:pPr>
               <w:cnfStyle w:val="000000010000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="1" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1999" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="263F8E03" w14:textId="77777777" w:rsidR="00172D08" w:rsidRPr="00693A4D" w:rsidRDefault="00172D08" w:rsidP="00FA798E">
+          <w:p w:rsidRPr="00693A4D" w:rsidR="00172D08" w:rsidP="00FA798E" w:rsidRDefault="00172D08" w14:paraId="263F8E03" w14:textId="77777777">
             <w:pPr>
               <w:cnfStyle w:val="000000010000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="1" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1882" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="6F37C27B" w14:textId="77777777" w:rsidR="00172D08" w:rsidRPr="00693A4D" w:rsidRDefault="00172D08" w:rsidP="00FA798E">
+          <w:p w:rsidRPr="00693A4D" w:rsidR="00172D08" w:rsidP="00FA798E" w:rsidRDefault="00172D08" w14:paraId="6F37C27B" w14:textId="77777777">
             <w:pPr>
               <w:cnfStyle w:val="000000010000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="1" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="5611ED64" w14:textId="72867F73" w:rsidR="001470BF" w:rsidRDefault="00DC7AD6" w:rsidP="001470BF">
+    <w:p w:rsidR="001470BF" w:rsidP="001470BF" w:rsidRDefault="00DC7AD6" w14:paraId="5611ED64" w14:textId="72867F73">
       <w:r>
         <w:t>Footnotes:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3A8704B5" w14:textId="77777777" w:rsidR="001470BF" w:rsidRDefault="001470BF" w:rsidP="001470BF"/>
-    <w:p w14:paraId="74DB19C6" w14:textId="6C7A7587" w:rsidR="00172D08" w:rsidRPr="001470BF" w:rsidRDefault="544C234A" w:rsidP="0048127F">
+    <w:p w:rsidR="001470BF" w:rsidP="001470BF" w:rsidRDefault="001470BF" w14:paraId="3A8704B5" w14:textId="77777777"/>
+    <w:p w:rsidRPr="001470BF" w:rsidR="00172D08" w:rsidP="0048127F" w:rsidRDefault="544C234A" w14:paraId="74DB19C6" w14:textId="6C7A7587">
       <w:pPr>
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="66D4603F">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-AU"/>
         </w:rPr>
         <w:t xml:space="preserve">* </w:t>
       </w:r>
-      <w:r w:rsidR="00DC7AD6" w:rsidRPr="66D4603F">
+      <w:r w:rsidRPr="66D4603F" w:rsidR="00DC7AD6">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-AU"/>
         </w:rPr>
         <w:t>Certainty of evidence</w:t>
       </w:r>
       <w:r w:rsidR="00DC7AD6">
         <w:tab/>
       </w:r>
       <w:r w:rsidR="00DC7AD6">
         <w:br/>
       </w:r>
-      <w:r w:rsidR="009618AB" w:rsidRPr="66D4603F">
+      <w:r w:rsidRPr="66D4603F" w:rsidR="009618AB">
         <w:rPr>
           <w:lang w:val="en-AU"/>
         </w:rPr>
         <w:t xml:space="preserve">High certainty </w:t>
       </w:r>
-      <w:r w:rsidR="00172D08" w:rsidRPr="66D4603F">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Symbol" w:eastAsia="Symbol" w:hAnsi="Symbol" w:cs="Symbol"/>
+      <w:r w:rsidRPr="66D4603F" w:rsidR="00172D08">
+        <w:rPr>
+          <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:eastAsia="Symbol" w:cs="Symbol"/>
           <w:color w:val="000000" w:themeColor="text2"/>
         </w:rPr>
         <w:t>ÅÅÅÅ</w:t>
       </w:r>
-      <w:r w:rsidR="004F212C" w:rsidRPr="66D4603F">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Symbol" w:eastAsia="Symbol" w:hAnsi="Symbol" w:cs="Symbol"/>
+      <w:r w:rsidRPr="66D4603F" w:rsidR="004F212C">
+        <w:rPr>
+          <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:eastAsia="Symbol" w:cs="Symbol"/>
           <w:color w:val="000000" w:themeColor="text2"/>
         </w:rPr>
         <w:t xml:space="preserve">: </w:t>
       </w:r>
-      <w:r w:rsidR="009618AB" w:rsidRPr="66D4603F">
+      <w:r w:rsidRPr="66D4603F" w:rsidR="009618AB">
         <w:rPr>
           <w:lang w:val="en-AU"/>
         </w:rPr>
         <w:t>We are very confident that the true effect lies close to that of the estimate of the effect.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="77CF8482" w14:textId="3635B7BB" w:rsidR="00172D08" w:rsidRPr="00693A4D" w:rsidRDefault="3769854C" w:rsidP="0048127F">
+    <w:p w:rsidRPr="00693A4D" w:rsidR="00172D08" w:rsidP="0048127F" w:rsidRDefault="3769854C" w14:paraId="77CF8482" w14:textId="3635B7BB">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
           <w:spacing w:val="-30"/>
           <w:lang w:val="en-AU"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00693A4D">
         <w:rPr>
           <w:lang w:val="en-AU"/>
         </w:rPr>
         <w:t>Moderate</w:t>
       </w:r>
       <w:r w:rsidRPr="009618AB">
         <w:rPr>
           <w:lang w:val="en-AU"/>
         </w:rPr>
         <w:t xml:space="preserve"> certainty</w:t>
       </w:r>
       <w:r w:rsidRPr="00693A4D">
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
           <w:lang w:val="en-AU"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="2C632ED0" w:rsidRPr="00693A4D">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Symbol" w:eastAsia="Symbol" w:hAnsi="Symbol" w:cs="Symbol"/>
+      <w:r w:rsidRPr="00693A4D" w:rsidR="2C632ED0">
+        <w:rPr>
+          <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:eastAsia="Symbol" w:cs="Symbol"/>
         </w:rPr>
         <w:t>ÅÅÅ</w:t>
       </w:r>
       <w:r w:rsidR="0E5488F9">
         <w:rPr>
-          <w:rFonts w:ascii="Symbol" w:eastAsia="Symbol" w:hAnsi="Symbol" w:cs="Symbol"/>
+          <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:eastAsia="Symbol" w:cs="Symbol"/>
         </w:rPr>
         <w:t>O</w:t>
       </w:r>
       <w:r w:rsidR="004F212C">
         <w:rPr>
-          <w:rFonts w:ascii="Symbol" w:eastAsia="Symbol" w:hAnsi="Symbol" w:cs="Symbol"/>
+          <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:eastAsia="Symbol" w:cs="Symbol"/>
         </w:rPr>
         <w:t xml:space="preserve">: </w:t>
       </w:r>
       <w:r w:rsidRPr="009618AB">
         <w:rPr>
           <w:lang w:val="en-AU"/>
         </w:rPr>
         <w:t>We are moderately confident in the effect estimate</w:t>
       </w:r>
       <w:r w:rsidR="1C8553CB">
         <w:rPr>
           <w:lang w:val="en-AU"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
       <w:r w:rsidRPr="009618AB">
         <w:rPr>
           <w:lang w:val="en-AU"/>
         </w:rPr>
         <w:t xml:space="preserve"> The true</w:t>
       </w:r>
       <w:r w:rsidR="6E68CB1B">
         <w:rPr>
           <w:lang w:val="en-AU"/>
         </w:rPr>
@@ -4451,1428 +4465,1423 @@
       </w:r>
       <w:r w:rsidRPr="009618AB">
         <w:rPr>
           <w:lang w:val="en-AU"/>
         </w:rPr>
         <w:t>effect is likely to be close to the estimate of the effect, but</w:t>
       </w:r>
       <w:r w:rsidR="6E68CB1B">
         <w:rPr>
           <w:lang w:val="en-AU"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="009618AB">
         <w:rPr>
           <w:lang w:val="en-AU"/>
         </w:rPr>
         <w:t xml:space="preserve">there is a possibility that it is substantially different </w:t>
       </w:r>
       <w:r w:rsidRPr="00693A4D">
         <w:rPr>
           <w:lang w:val="en-AU"/>
         </w:rPr>
         <w:t>to the estimate of the effect</w:t>
       </w:r>
-      <w:r w:rsidR="30543B40" w:rsidRPr="7C99AA3A">
+      <w:r w:rsidRPr="7C99AA3A" w:rsidR="30543B40">
         <w:rPr>
           <w:lang w:val="en-AU"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0AAE3F5D" w14:textId="68C31303" w:rsidR="00172D08" w:rsidRPr="00693A4D" w:rsidRDefault="3769854C" w:rsidP="0048127F">
+    <w:p w:rsidRPr="00693A4D" w:rsidR="00172D08" w:rsidP="0048127F" w:rsidRDefault="3769854C" w14:paraId="0AAE3F5D" w14:textId="68C31303">
       <w:pPr>
         <w:rPr>
           <w:lang w:val="en-AU"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00693A4D">
         <w:rPr>
           <w:lang w:val="en-AU"/>
         </w:rPr>
         <w:t>Low certainty</w:t>
       </w:r>
       <w:r w:rsidRPr="00693A4D">
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
           <w:lang w:val="en-AU"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="2C632ED0" w:rsidRPr="00693A4D">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Symbol" w:eastAsia="Symbol" w:hAnsi="Symbol" w:cs="Symbol"/>
+      <w:r w:rsidRPr="00693A4D" w:rsidR="2C632ED0">
+        <w:rPr>
+          <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:eastAsia="Symbol" w:cs="Symbol"/>
         </w:rPr>
         <w:t>ÅÅ</w:t>
       </w:r>
       <w:r w:rsidR="0E5488F9">
         <w:rPr>
-          <w:rFonts w:ascii="Symbol" w:eastAsia="Symbol" w:hAnsi="Symbol" w:cs="Symbol"/>
+          <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:eastAsia="Symbol" w:cs="Symbol"/>
         </w:rPr>
         <w:t>OO</w:t>
       </w:r>
       <w:r w:rsidR="004F212C">
         <w:rPr>
-          <w:rFonts w:ascii="Symbol" w:eastAsia="Symbol" w:hAnsi="Symbol" w:cs="Symbol"/>
+          <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:eastAsia="Symbol" w:cs="Symbol"/>
         </w:rPr>
         <w:t xml:space="preserve">: </w:t>
       </w:r>
-      <w:r w:rsidR="6E68CB1B" w:rsidRPr="00693A4D">
+      <w:r w:rsidRPr="00693A4D" w:rsidR="6E68CB1B">
         <w:rPr>
           <w:lang w:val="en-AU"/>
         </w:rPr>
         <w:t>Confidence in the effect estimate is limited</w:t>
       </w:r>
       <w:r w:rsidR="1C8553CB">
         <w:rPr>
           <w:lang w:val="en-AU"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
-      <w:r w:rsidR="6E68CB1B" w:rsidRPr="00693A4D">
+      <w:r w:rsidRPr="00693A4D" w:rsidR="6E68CB1B">
         <w:rPr>
           <w:lang w:val="en-AU"/>
         </w:rPr>
         <w:t xml:space="preserve"> The true effect may be substantially</w:t>
       </w:r>
       <w:r w:rsidR="6E68CB1B">
         <w:rPr>
           <w:lang w:val="en-AU"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="6E68CB1B" w:rsidRPr="00693A4D">
+      <w:r w:rsidRPr="00693A4D" w:rsidR="6E68CB1B">
         <w:rPr>
           <w:lang w:val="en-AU"/>
         </w:rPr>
         <w:t>different from the estimate of the effect</w:t>
       </w:r>
-      <w:r w:rsidR="2C632ED0" w:rsidRPr="00693A4D">
+      <w:r w:rsidRPr="00693A4D" w:rsidR="2C632ED0">
         <w:rPr>
           <w:lang w:val="en-AU"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="58D12A3D" w14:textId="6693A123" w:rsidR="006E527E" w:rsidRDefault="3769854C" w:rsidP="0048127F">
+    <w:p w:rsidR="006E527E" w:rsidP="0048127F" w:rsidRDefault="3769854C" w14:paraId="58D12A3D" w14:textId="6693A123">
       <w:pPr>
         <w:rPr>
           <w:lang w:val="en-AU"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00693A4D">
         <w:rPr>
           <w:lang w:val="en-AU"/>
         </w:rPr>
         <w:t>Very low certainty</w:t>
       </w:r>
       <w:r w:rsidRPr="00693A4D">
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
           <w:lang w:val="en-AU"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="23B5208E" w:rsidRPr="00693A4D">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Symbol" w:eastAsia="Symbol" w:hAnsi="Symbol" w:cs="Symbol"/>
+      <w:r w:rsidRPr="00693A4D" w:rsidR="23B5208E">
+        <w:rPr>
+          <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:eastAsia="Symbol" w:cs="Symbol"/>
         </w:rPr>
         <w:t>Å</w:t>
       </w:r>
       <w:r w:rsidR="0E5488F9">
         <w:rPr>
-          <w:rFonts w:ascii="Symbol" w:eastAsia="Symbol" w:hAnsi="Symbol" w:cs="Symbol"/>
+          <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:eastAsia="Symbol" w:cs="Symbol"/>
         </w:rPr>
         <w:t>OOO</w:t>
       </w:r>
       <w:r w:rsidR="004F212C">
         <w:rPr>
-          <w:rFonts w:ascii="Symbol" w:eastAsia="Symbol" w:hAnsi="Symbol" w:cs="Symbol"/>
+          <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:eastAsia="Symbol" w:cs="Symbol"/>
         </w:rPr>
         <w:t xml:space="preserve">: </w:t>
       </w:r>
-      <w:r w:rsidR="6E68CB1B" w:rsidRPr="00693A4D">
+      <w:r w:rsidRPr="00693A4D" w:rsidR="6E68CB1B">
         <w:rPr>
           <w:lang w:val="en-AU"/>
         </w:rPr>
         <w:t>We have very little confidence in the effect estimate</w:t>
       </w:r>
       <w:r w:rsidR="1C8553CB">
         <w:rPr>
           <w:lang w:val="en-AU"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
       <w:r w:rsidR="6E68CB1B">
         <w:rPr>
           <w:lang w:val="en-AU"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="6E68CB1B" w:rsidRPr="00693A4D">
+      <w:r w:rsidRPr="00693A4D" w:rsidR="6E68CB1B">
         <w:rPr>
           <w:lang w:val="en-AU"/>
         </w:rPr>
         <w:t>The true effect is likely to be substantially different from the estimate of effect</w:t>
       </w:r>
       <w:r w:rsidR="78E2DC0D">
         <w:rPr>
           <w:lang w:val="en-AU"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0043041E" w14:textId="2601A7F3" w:rsidR="00994050" w:rsidRDefault="00994050">
+    <w:p w:rsidR="00994050" w:rsidRDefault="00994050" w14:paraId="0043041E" w14:textId="2601A7F3">
       <w:pPr>
         <w:rPr>
           <w:lang w:val="en-AU"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:lang w:val="en-AU"/>
         </w:rPr>
         <w:br w:type="page"/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5E7ED18F" w14:textId="2812C7F8" w:rsidR="00A85375" w:rsidRDefault="00994050" w:rsidP="00524A6B">
+    <w:p w:rsidR="00A85375" w:rsidP="00524A6B" w:rsidRDefault="00994050" w14:paraId="5E7ED18F" w14:textId="2812C7F8">
       <w:pPr>
         <w:pStyle w:val="Rubrik2"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="567"/>
         </w:tabs>
         <w:rPr>
           <w:lang w:val="en-AU"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="21" w:name="_Toc170293049"/>
+      <w:bookmarkStart w:name="_Toc170293049" w:id="21"/>
       <w:r>
         <w:rPr>
           <w:lang w:val="en-AU"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:t>4</w:t>
       </w:r>
       <w:r w:rsidR="00524A6B">
         <w:rPr>
           <w:lang w:val="en-AU"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidR="007852B5">
         <w:rPr>
           <w:lang w:val="en-AU"/>
         </w:rPr>
         <w:t>Abbreviations</w:t>
       </w:r>
       <w:bookmarkEnd w:id="21"/>
     </w:p>
-    <w:p w14:paraId="21F3FFB8" w14:textId="77777777" w:rsidR="00994050" w:rsidRDefault="00A85375" w:rsidP="00A85375">
+    <w:p w:rsidR="00994050" w:rsidP="00A85375" w:rsidRDefault="00A85375" w14:paraId="21F3FFB8" w14:textId="77777777">
       <w:pPr>
         <w:rPr>
           <w:lang w:val="en-AU"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:lang w:val="en-AU"/>
         </w:rPr>
         <w:t>Text</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="02B220E9" w14:textId="77777777" w:rsidR="00994050" w:rsidRDefault="00994050" w:rsidP="00A85375">
-[...34 lines deleted...]
-    <w:p w14:paraId="2894A85A" w14:textId="5F23B043" w:rsidR="00693A4D" w:rsidRPr="00A85375" w:rsidRDefault="00693A4D" w:rsidP="00A85375">
+    <w:p w:rsidR="00994050" w:rsidP="00A85375" w:rsidRDefault="00994050" w14:paraId="02B220E9" w14:textId="77777777">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="en-AU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00994050" w:rsidP="00A85375" w:rsidRDefault="00994050" w14:paraId="0B054BAF" w14:textId="77777777">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="en-AU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00994050" w:rsidP="00A85375" w:rsidRDefault="00994050" w14:paraId="42F30F67" w14:textId="77777777">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="en-AU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00994050" w:rsidP="00A85375" w:rsidRDefault="00994050" w14:paraId="5C987093" w14:textId="77777777">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="en-AU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00994050" w:rsidP="00A85375" w:rsidRDefault="00994050" w14:paraId="772DDF1E" w14:textId="77777777">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="en-AU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidRPr="00A85375" w:rsidR="00693A4D" w:rsidP="00A85375" w:rsidRDefault="00693A4D" w14:paraId="2894A85A" w14:textId="5F23B043">
       <w:pPr>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:lang w:val="en-AU"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:lang w:val="en-AU"/>
         </w:rPr>
         <w:br w:type="page"/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="50090B2F" w14:textId="32777B07" w:rsidR="005E4271" w:rsidRPr="00994050" w:rsidRDefault="00994050" w:rsidP="00524A6B">
+    <w:p w:rsidRPr="00994050" w:rsidR="005E4271" w:rsidP="00524A6B" w:rsidRDefault="00994050" w14:paraId="50090B2F" w14:textId="32777B07">
       <w:pPr>
         <w:pStyle w:val="Rubrik2"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="567"/>
         </w:tabs>
         <w:rPr>
           <w:lang w:val="en-AU"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="22" w:name="_Toc170293050"/>
+      <w:bookmarkStart w:name="_Toc170293050" w:id="22"/>
       <w:r w:rsidRPr="4C413B73">
         <w:rPr>
           <w:lang w:val="en-AU"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:t>5</w:t>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
-      <w:r w:rsidR="00307AEB" w:rsidRPr="4C413B73">
+      <w:r w:rsidRPr="4C413B73" w:rsidR="00307AEB">
         <w:rPr>
           <w:lang w:val="en-AU"/>
         </w:rPr>
         <w:t>Background</w:t>
       </w:r>
       <w:bookmarkEnd w:id="22"/>
     </w:p>
-    <w:p w14:paraId="2F89BBA1" w14:textId="1306C9ED" w:rsidR="08B57F27" w:rsidRDefault="08B57F27" w:rsidP="4C413B73">
+    <w:p w:rsidR="08B57F27" w:rsidP="4C413B73" w:rsidRDefault="08B57F27" w14:paraId="2F89BBA1" w14:textId="1306C9ED">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="567"/>
         </w:tabs>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:color w:val="FF0000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-AU"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="4C413B73">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:color w:val="FF0000"/>
           <w:lang w:val="en-AU"/>
         </w:rPr>
         <w:t>Vi skriver på brittisk engelska, och gällande siffror är</w:t>
       </w:r>
-      <w:r w:rsidR="255E5E07" w:rsidRPr="4C413B73">
+      <w:r w:rsidRPr="4C413B73" w:rsidR="255E5E07">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:color w:val="FF0000"/>
           <w:lang w:val="en-AU"/>
         </w:rPr>
         <w:t xml:space="preserve"> det </w:t>
       </w:r>
       <w:r w:rsidRPr="4C413B73">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:color w:val="FF0000"/>
           <w:lang w:val="en-AU"/>
         </w:rPr>
         <w:t>komma som tusentalsdelare f.o.m 10,000 och punkt som decimaldelare</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3E6D523F" w14:textId="77777777" w:rsidR="0048127F" w:rsidRPr="00994050" w:rsidRDefault="00FD6A48" w:rsidP="0048127F">
+    <w:p w:rsidRPr="00994050" w:rsidR="0048127F" w:rsidP="0048127F" w:rsidRDefault="00FD6A48" w14:paraId="3E6D523F" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="Rubrik3"/>
         <w:rPr>
           <w:lang w:val="en-AU"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00994050">
         <w:rPr>
           <w:rStyle w:val="Rubrik3Char"/>
           <w:bCs/>
           <w:lang w:val="en-AU"/>
         </w:rPr>
         <w:t>Disease/disorder of interest and its degree of severity</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="469995ED" w14:textId="0F8770A0" w:rsidR="00FD6A48" w:rsidRPr="00E1670D" w:rsidRDefault="6A986544" w:rsidP="7C99AA3A">
+    <w:p w:rsidRPr="00E1670D" w:rsidR="00FD6A48" w:rsidP="7C99AA3A" w:rsidRDefault="6A986544" w14:paraId="469995ED" w14:textId="0F8770A0">
       <w:pPr>
         <w:rPr>
           <w:color w:val="FF0000"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="7C99AA3A">
         <w:rPr>
           <w:color w:val="FF0000"/>
         </w:rPr>
         <w:t xml:space="preserve">Ange den sjukdom eller skada som den nya behandlingen/metoden/tekniken enligt PICO tillämpas på, samt kommentera svårighetsgraden enligt följande gradering. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="272A65A4" w14:textId="604DD85B" w:rsidR="00307AEB" w:rsidRPr="001470BF" w:rsidRDefault="004D043F" w:rsidP="00FA798E">
+    <w:p w:rsidRPr="001470BF" w:rsidR="00307AEB" w:rsidP="00FA798E" w:rsidRDefault="004D043F" w14:paraId="272A65A4" w14:textId="604DD85B">
       <w:pPr>
         <w:rPr>
           <w:color w:val="FF0000"/>
           <w:lang w:val="en-AU"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="001470BF">
         <w:rPr>
           <w:color w:val="FF0000"/>
           <w:lang w:val="en-AU"/>
         </w:rPr>
         <w:t xml:space="preserve">Om tillämpligt ange något av följande alternativ: </w:t>
       </w:r>
-      <w:r w:rsidR="00FD6A48" w:rsidRPr="001470BF">
+      <w:r w:rsidRPr="001470BF" w:rsidR="00FD6A48">
         <w:rPr>
           <w:color w:val="FF0000"/>
           <w:lang w:val="en-AU"/>
         </w:rPr>
         <w:t>Risk of premature death, Risk of permanent illness or damage, or reduced quality of life and Risk of disability.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5ACE5F80" w14:textId="77777777" w:rsidR="001470BF" w:rsidRDefault="001470BF" w:rsidP="001470BF">
+    <w:p w:rsidR="001470BF" w:rsidP="001470BF" w:rsidRDefault="001470BF" w14:paraId="5ACE5F80" w14:textId="77777777">
       <w:pPr>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00EB0433">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>Text</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3751DE6A" w14:textId="77777777" w:rsidR="001470BF" w:rsidRPr="00E1670D" w:rsidRDefault="001470BF" w:rsidP="00FA798E">
-[...6 lines deleted...]
-    <w:p w14:paraId="4333527B" w14:textId="77777777" w:rsidR="0048127F" w:rsidRPr="00994050" w:rsidRDefault="00FD6A48" w:rsidP="0048127F">
+    <w:p w:rsidRPr="00E1670D" w:rsidR="001470BF" w:rsidP="00FA798E" w:rsidRDefault="001470BF" w14:paraId="3751DE6A" w14:textId="77777777">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="en-AU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidRPr="00994050" w:rsidR="0048127F" w:rsidP="0048127F" w:rsidRDefault="00FD6A48" w14:paraId="4333527B" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="Rubrik3"/>
       </w:pPr>
       <w:r w:rsidRPr="00994050">
         <w:t>Prevalence and incidence</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="261B6B81" w14:textId="77777777" w:rsidR="00524A6B" w:rsidRDefault="6A986544" w:rsidP="7C99AA3A">
+    <w:p w:rsidR="00524A6B" w:rsidP="7C99AA3A" w:rsidRDefault="6A986544" w14:paraId="261B6B81" w14:textId="77777777">
       <w:pPr>
         <w:rPr>
           <w:color w:val="FF0000"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="7C99AA3A">
         <w:rPr>
           <w:color w:val="FF0000"/>
         </w:rPr>
         <w:t>Beskriv kortfattat den aktuella sjukdomens eller skadans uppskattade prevalens (förekomst) och incidens (antal nya fall per år) i regionen om sådana data finns. Ange källa och hur beräkning gjorts. HTA-centrum kan förmedla kontakter, ex.vis regionalvardanalys@vgregion.se vid Västra Götalandsregionens analysenhet.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4920C89A" w14:textId="77777777" w:rsidR="001470BF" w:rsidRDefault="001470BF" w:rsidP="001470BF">
+    <w:p w:rsidR="001470BF" w:rsidP="001470BF" w:rsidRDefault="001470BF" w14:paraId="4920C89A" w14:textId="77777777">
       <w:pPr>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00EB0433">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>Text</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="09BC9EEE" w14:textId="77777777" w:rsidR="001470BF" w:rsidRPr="00EB0433" w:rsidRDefault="001470BF" w:rsidP="001470BF">
+    <w:p w:rsidRPr="00EB0433" w:rsidR="001470BF" w:rsidP="001470BF" w:rsidRDefault="001470BF" w14:paraId="09BC9EEE" w14:textId="77777777">
       <w:pPr>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="077F5CE1" w14:textId="257203BC" w:rsidR="00307AEB" w:rsidRDefault="6A986544" w:rsidP="7C99AA3A">
+    <w:p w:rsidR="00307AEB" w:rsidP="7C99AA3A" w:rsidRDefault="6A986544" w14:paraId="077F5CE1" w14:textId="257203BC">
       <w:pPr>
         <w:rPr>
           <w:color w:val="FF0000"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="7C99AA3A">
         <w:rPr>
           <w:rStyle w:val="Rubrik3Char"/>
         </w:rPr>
         <w:t>Present treatment</w:t>
       </w:r>
       <w:r w:rsidR="00FD6A48">
         <w:br/>
       </w:r>
       <w:r w:rsidRPr="7C99AA3A">
         <w:rPr>
           <w:color w:val="FF0000"/>
         </w:rPr>
         <w:t xml:space="preserve">Ange den behandling/metod/teknik som </w:t>
       </w:r>
-      <w:r w:rsidR="436C43AD" w:rsidRPr="7C99AA3A">
+      <w:r w:rsidRPr="7C99AA3A" w:rsidR="436C43AD">
         <w:rPr>
           <w:color w:val="FF0000"/>
         </w:rPr>
         <w:t xml:space="preserve">används </w:t>
       </w:r>
       <w:r w:rsidRPr="7C99AA3A">
         <w:rPr>
           <w:color w:val="FF0000"/>
         </w:rPr>
         <w:t>idag. Ange gärna vem som utför vården och vårdtidens längd. (Se under C: i ert PICO), beskriv nuvarande vårdkedja kortfattat. Ange om det finns delar/moment som fungerar mindre bra.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6B91B8FA" w14:textId="77777777" w:rsidR="001470BF" w:rsidRDefault="001470BF" w:rsidP="001470BF">
+    <w:p w:rsidR="001470BF" w:rsidP="001470BF" w:rsidRDefault="001470BF" w14:paraId="6B91B8FA" w14:textId="77777777">
       <w:pPr>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00EB0433">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>Text</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5072443B" w14:textId="77777777" w:rsidR="001470BF" w:rsidRPr="00EB0433" w:rsidRDefault="001470BF" w:rsidP="001470BF">
+    <w:p w:rsidRPr="00EB0433" w:rsidR="001470BF" w:rsidP="001470BF" w:rsidRDefault="001470BF" w14:paraId="5072443B" w14:textId="77777777">
       <w:pPr>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="268A481D" w14:textId="4C0C5B88" w:rsidR="00307AEB" w:rsidRDefault="6A986544" w:rsidP="7C99AA3A">
-[...5 lines deleted...]
-      <w:bookmarkStart w:id="23" w:name="_Toc166594989"/>
+    <w:p w:rsidR="00307AEB" w:rsidP="7C99AA3A" w:rsidRDefault="6A986544" w14:paraId="268A481D" w14:textId="4C0C5B88">
+      <w:pPr>
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:name="_Toc166594989" w:id="23"/>
       <w:r w:rsidRPr="7C99AA3A">
         <w:rPr>
           <w:rStyle w:val="Rubrik3Char"/>
         </w:rPr>
         <w:t>The normal pathway through the healthcare system and current wait time for medical assessment/treatment</w:t>
       </w:r>
       <w:r w:rsidRPr="7C99AA3A">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:bookmarkEnd w:id="23"/>
       <w:r w:rsidR="00FD6A48">
         <w:br/>
       </w:r>
-      <w:r w:rsidR="436C43AD" w:rsidRPr="7C99AA3A">
+      <w:r w:rsidRPr="7C99AA3A" w:rsidR="436C43AD">
         <w:rPr>
           <w:color w:val="FF0000"/>
         </w:rPr>
         <w:t>Ange patientens väg genom vårdkedjan, tex</w:t>
       </w:r>
-      <w:r w:rsidR="1314A577" w:rsidRPr="7C99AA3A">
+      <w:r w:rsidRPr="7C99AA3A" w:rsidR="1314A577">
         <w:rPr>
           <w:color w:val="FF0000"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
-      <w:r w:rsidR="436C43AD" w:rsidRPr="7C99AA3A">
+      <w:r w:rsidRPr="7C99AA3A" w:rsidR="436C43AD">
         <w:rPr>
           <w:color w:val="FF0000"/>
         </w:rPr>
         <w:t xml:space="preserve"> från </w:t>
       </w:r>
-      <w:r w:rsidR="1314A577" w:rsidRPr="7C99AA3A">
+      <w:r w:rsidRPr="7C99AA3A" w:rsidR="1314A577">
         <w:rPr>
           <w:color w:val="FF0000"/>
         </w:rPr>
         <w:t>p</w:t>
       </w:r>
-      <w:r w:rsidR="436C43AD" w:rsidRPr="7C99AA3A">
+      <w:r w:rsidRPr="7C99AA3A" w:rsidR="436C43AD">
         <w:rPr>
           <w:color w:val="FF0000"/>
         </w:rPr>
         <w:t>rimärv</w:t>
       </w:r>
-      <w:r w:rsidR="1314A577" w:rsidRPr="7C99AA3A">
+      <w:r w:rsidRPr="7C99AA3A" w:rsidR="1314A577">
         <w:rPr>
           <w:color w:val="FF0000"/>
         </w:rPr>
         <w:t>årds</w:t>
       </w:r>
-      <w:r w:rsidR="436C43AD" w:rsidRPr="7C99AA3A">
+      <w:r w:rsidRPr="7C99AA3A" w:rsidR="436C43AD">
         <w:rPr>
           <w:color w:val="FF0000"/>
         </w:rPr>
         <w:t>kontakt till specialiserad sjukvård</w:t>
       </w:r>
-      <w:r w:rsidR="1314A577" w:rsidRPr="7C99AA3A">
+      <w:r w:rsidRPr="7C99AA3A" w:rsidR="1314A577">
         <w:rPr>
           <w:color w:val="FF0000"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
-      <w:r w:rsidR="27DC50D8" w:rsidRPr="7C99AA3A">
+      <w:r w:rsidRPr="7C99AA3A" w:rsidR="27DC50D8">
         <w:rPr>
           <w:color w:val="FF0000"/>
         </w:rPr>
         <w:t>För vissa diagnoser/åtgärder finns regionala data – kontakta regionalvardanalys@vgregion.se vid VGR:s analysenhet.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4B3AEA9C" w14:textId="77777777" w:rsidR="001470BF" w:rsidRDefault="001470BF" w:rsidP="001470BF">
+    <w:p w:rsidR="001470BF" w:rsidP="001470BF" w:rsidRDefault="001470BF" w14:paraId="4B3AEA9C" w14:textId="77777777">
       <w:pPr>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00EB0433">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>Text</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2E474820" w14:textId="77777777" w:rsidR="001470BF" w:rsidRPr="00EB0433" w:rsidRDefault="001470BF" w:rsidP="001470BF">
+    <w:p w:rsidRPr="00EB0433" w:rsidR="001470BF" w:rsidP="001470BF" w:rsidRDefault="001470BF" w14:paraId="2E474820" w14:textId="77777777">
       <w:pPr>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="690C52C9" w14:textId="59311081" w:rsidR="00307AEB" w:rsidRDefault="6A986544" w:rsidP="7C99AA3A">
+    <w:p w:rsidR="00307AEB" w:rsidP="7C99AA3A" w:rsidRDefault="6A986544" w14:paraId="690C52C9" w14:textId="59311081">
       <w:pPr>
         <w:rPr>
           <w:color w:val="FF0000"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="7C99AA3A">
         <w:rPr>
           <w:rStyle w:val="Rubrik3Char"/>
         </w:rPr>
         <w:t>Number of patients per year who undergo current treatment regimen</w:t>
       </w:r>
       <w:r w:rsidR="00FD6A48">
         <w:br/>
       </w:r>
       <w:r w:rsidRPr="7C99AA3A">
         <w:rPr>
           <w:color w:val="FF0000"/>
         </w:rPr>
         <w:t>Analysenheten på VGR kan hjälpa till. Se ovan.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="362AA089" w14:textId="77777777" w:rsidR="001470BF" w:rsidRPr="001470BF" w:rsidRDefault="001470BF" w:rsidP="001470BF">
+    <w:p w:rsidRPr="001470BF" w:rsidR="001470BF" w:rsidP="001470BF" w:rsidRDefault="001470BF" w14:paraId="362AA089" w14:textId="77777777">
       <w:pPr>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="001470BF">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:t>Text</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1C5D7EC4" w14:textId="77777777" w:rsidR="001470BF" w:rsidRPr="001470BF" w:rsidRDefault="001470BF" w:rsidP="001470BF">
+    <w:p w:rsidRPr="001470BF" w:rsidR="001470BF" w:rsidP="001470BF" w:rsidRDefault="001470BF" w14:paraId="1C5D7EC4" w14:textId="77777777">
       <w:pPr>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="6787D1D5" w14:textId="651A77BF" w:rsidR="00CD0CDB" w:rsidRPr="00666236" w:rsidRDefault="08F6DD7E" w:rsidP="0048127F">
+    <w:p w:rsidRPr="00666236" w:rsidR="00CD0CDB" w:rsidP="0048127F" w:rsidRDefault="08F6DD7E" w14:paraId="6787D1D5" w14:textId="651A77BF">
       <w:pPr>
         <w:pStyle w:val="Rubrik3"/>
         <w:rPr>
           <w:lang w:val="en-AU"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="08F6DD7E">
         <w:rPr>
           <w:lang w:val="en-AU"/>
         </w:rPr>
         <w:t>Present recommendations from medical societies or health authorities</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7CBB5402" w14:textId="1276FAA2" w:rsidR="00307AEB" w:rsidRDefault="6A986544" w:rsidP="7C99AA3A">
+    <w:p w:rsidR="00307AEB" w:rsidP="7C99AA3A" w:rsidRDefault="6A986544" w14:paraId="7CBB5402" w14:textId="1276FAA2">
       <w:pPr>
         <w:rPr>
           <w:color w:val="FF0000"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="7C99AA3A">
         <w:rPr>
           <w:color w:val="FF0000"/>
         </w:rPr>
         <w:t>Rekommenderas behandlingen/metoden/tekniken av Socialstyrelsen, specialitetsföreningar, sektorsråd eller</w:t>
       </w:r>
-      <w:r w:rsidR="1314A577" w:rsidRPr="7C99AA3A">
+      <w:r w:rsidRPr="7C99AA3A" w:rsidR="1314A577">
         <w:rPr>
           <w:color w:val="FF0000"/>
         </w:rPr>
         <w:t xml:space="preserve"> NPO</w:t>
       </w:r>
-      <w:r w:rsidR="7AEC2649" w:rsidRPr="7C99AA3A">
+      <w:r w:rsidRPr="7C99AA3A" w:rsidR="7AEC2649">
         <w:rPr>
           <w:color w:val="FF0000"/>
         </w:rPr>
         <w:t xml:space="preserve"> (kunskapsorganisationen)</w:t>
       </w:r>
       <w:r w:rsidRPr="7C99AA3A">
         <w:rPr>
           <w:color w:val="FF0000"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="63081BF9" w14:textId="77777777" w:rsidR="001470BF" w:rsidRDefault="001470BF" w:rsidP="001470BF">
+    <w:p w:rsidR="001470BF" w:rsidP="001470BF" w:rsidRDefault="001470BF" w14:paraId="63081BF9" w14:textId="77777777">
       <w:pPr>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00EB0433">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>Text</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="492603B7" w14:textId="77777777" w:rsidR="001470BF" w:rsidRPr="00EB0433" w:rsidRDefault="001470BF" w:rsidP="001470BF">
+    <w:p w:rsidRPr="00EB0433" w:rsidR="001470BF" w:rsidP="001470BF" w:rsidRDefault="001470BF" w14:paraId="492603B7" w14:textId="77777777">
       <w:pPr>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="578AD20D" w14:textId="77777777" w:rsidR="00666236" w:rsidRPr="00994050" w:rsidRDefault="00666236">
-[...2 lines deleted...]
-          <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+    <w:p w:rsidRPr="00994050" w:rsidR="00666236" w:rsidRDefault="00666236" w14:paraId="578AD20D" w14:textId="77777777">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="32"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="24" w:name="_Toc166593804"/>
-[...2 lines deleted...]
-      <w:bookmarkStart w:id="27" w:name="_Toc166594992"/>
+      <w:bookmarkStart w:name="_Toc166593804" w:id="24"/>
+      <w:bookmarkStart w:name="_Toc166594012" w:id="25"/>
+      <w:bookmarkStart w:name="_Toc166594158" w:id="26"/>
+      <w:bookmarkStart w:name="_Toc166594992" w:id="27"/>
       <w:r w:rsidRPr="00994050">
         <w:br w:type="page"/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7EA0AB79" w14:textId="1807B801" w:rsidR="00CD0CDB" w:rsidRPr="00BB09F4" w:rsidRDefault="00994050" w:rsidP="00524A6B">
+    <w:p w:rsidRPr="00BB09F4" w:rsidR="00CD0CDB" w:rsidP="00524A6B" w:rsidRDefault="00994050" w14:paraId="7EA0AB79" w14:textId="1807B801">
       <w:pPr>
         <w:pStyle w:val="Rubrik2"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="567"/>
         </w:tabs>
         <w:rPr>
           <w:color w:val="FF0000"/>
           <w:szCs w:val="32"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="28" w:name="_Toc170293051"/>
+      <w:bookmarkStart w:name="_Toc170293051" w:id="28"/>
       <w:r>
-        <w:lastRenderedPageBreak/>
         <w:t>6</w:t>
       </w:r>
-      <w:r w:rsidR="00524A6B" w:rsidRPr="00994050">
+      <w:r w:rsidRPr="00994050" w:rsidR="00524A6B">
         <w:tab/>
       </w:r>
-      <w:r w:rsidR="006E527E" w:rsidRPr="0048127F">
+      <w:r w:rsidRPr="0048127F" w:rsidR="006E527E">
         <w:t>Health</w:t>
       </w:r>
-      <w:r w:rsidR="00FD6A48" w:rsidRPr="0048127F">
+      <w:r w:rsidRPr="0048127F" w:rsidR="00FD6A48">
         <w:t xml:space="preserve"> Technology at issue: </w:t>
       </w:r>
       <w:bookmarkEnd w:id="24"/>
       <w:bookmarkEnd w:id="25"/>
       <w:bookmarkEnd w:id="26"/>
       <w:bookmarkEnd w:id="27"/>
-      <w:r w:rsidR="00307AEB" w:rsidRPr="00BB09F4">
+      <w:r w:rsidRPr="00BB09F4" w:rsidR="00307AEB">
         <w:rPr>
           <w:color w:val="FF0000"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>“Skriv här vilken som avses… ”</w:t>
       </w:r>
       <w:bookmarkEnd w:id="28"/>
     </w:p>
-    <w:p w14:paraId="61F1326F" w14:textId="31436A8D" w:rsidR="00307AEB" w:rsidRDefault="22D574A4" w:rsidP="00A85375">
+    <w:p w:rsidR="00307AEB" w:rsidP="00A85375" w:rsidRDefault="22D574A4" w14:paraId="61F1326F" w14:textId="31436A8D">
       <w:pPr>
         <w:rPr>
           <w:color w:val="FF0000"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="7C99AA3A">
         <w:rPr>
           <w:color w:val="FF0000"/>
         </w:rPr>
         <w:t>Beskriv vilka metoder som är aktuella. Kort beskrivning av vad behandlingen/metoden /tekniken innebär samt verksamheters motiv varför de önskar införa eller avveckla metoden/teknologin.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5F0273A4" w14:textId="77777777" w:rsidR="001470BF" w:rsidRDefault="001470BF" w:rsidP="001470BF">
+    <w:p w:rsidR="001470BF" w:rsidP="001470BF" w:rsidRDefault="001470BF" w14:paraId="5F0273A4" w14:textId="77777777">
       <w:pPr>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00EB0433">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>Text</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7C1B4D97" w14:textId="77777777" w:rsidR="001470BF" w:rsidRPr="00EB0433" w:rsidRDefault="001470BF" w:rsidP="001470BF">
+    <w:p w:rsidRPr="00EB0433" w:rsidR="001470BF" w:rsidP="001470BF" w:rsidRDefault="001470BF" w14:paraId="7C1B4D97" w14:textId="77777777">
       <w:pPr>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="02FCF104" w14:textId="30291473" w:rsidR="00CD0CDB" w:rsidRPr="0048127F" w:rsidRDefault="1AC78E3F">
+    <w:p w:rsidRPr="0048127F" w:rsidR="00CD0CDB" w:rsidRDefault="1AC78E3F" w14:paraId="02FCF104" w14:textId="30291473">
       <w:pPr>
         <w:pStyle w:val="Rubrik2"/>
         <w:keepLines w:val="0"/>
         <w:ind w:left="567" w:hanging="567"/>
       </w:pPr>
-      <w:bookmarkStart w:id="29" w:name="_Toc170293052"/>
+      <w:bookmarkStart w:name="_Toc170293052" w:id="29"/>
       <w:r>
         <w:t>7</w:t>
       </w:r>
       <w:r w:rsidR="00994050">
         <w:tab/>
       </w:r>
       <w:r>
         <w:t>Focused question</w:t>
       </w:r>
       <w:bookmarkEnd w:id="29"/>
     </w:p>
-    <w:p w14:paraId="35077299" w14:textId="5AF6C671" w:rsidR="00C25D02" w:rsidRDefault="2EC115A0" w:rsidP="001470BF">
+    <w:p w:rsidR="00C25D02" w:rsidP="001470BF" w:rsidRDefault="2EC115A0" w14:paraId="35077299" w14:textId="5AF6C671">
       <w:pPr>
         <w:rPr>
           <w:color w:val="FF0000"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00BB09F4">
         <w:rPr>
           <w:color w:val="FF0000"/>
         </w:rPr>
         <w:t>(Skrivs av HTA-centrum</w:t>
       </w:r>
-      <w:r w:rsidR="1056D657" w:rsidRPr="00BB09F4">
+      <w:r w:rsidRPr="00BB09F4" w:rsidR="1056D657">
         <w:rPr>
           <w:color w:val="FF0000"/>
         </w:rPr>
         <w:t xml:space="preserve"> och färdigt PICO klistras in av HTA</w:t>
       </w:r>
       <w:r w:rsidRPr="00BB09F4">
         <w:rPr>
           <w:color w:val="FF0000"/>
         </w:rPr>
         <w:t>)</w:t>
       </w:r>
       <w:r w:rsidR="0080544D">
         <w:rPr>
           <w:color w:val="FF0000"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="55FA5B99" w14:textId="5D468585" w:rsidR="00AD114A" w:rsidRPr="00270F60" w:rsidRDefault="001470BF" w:rsidP="00A85375">
+    <w:p w:rsidRPr="00270F60" w:rsidR="00AD114A" w:rsidP="00A85375" w:rsidRDefault="001470BF" w14:paraId="55FA5B99" w14:textId="5D468585">
       <w:pPr>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00EB0433">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>Tex</w:t>
       </w:r>
       <w:r w:rsidR="00270F60">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>t</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="71A26D10" w14:textId="7C855072" w:rsidR="00496E47" w:rsidRPr="0048127F" w:rsidRDefault="00994050" w:rsidP="00524A6B">
+    <w:p w:rsidRPr="0048127F" w:rsidR="00496E47" w:rsidP="00524A6B" w:rsidRDefault="00994050" w14:paraId="71A26D10" w14:textId="7C855072">
       <w:pPr>
         <w:pStyle w:val="Rubrik2"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="567"/>
         </w:tabs>
       </w:pPr>
-      <w:bookmarkStart w:id="30" w:name="_Toc166593806"/>
-[...3 lines deleted...]
-      <w:bookmarkStart w:id="34" w:name="_Toc170293053"/>
+      <w:bookmarkStart w:name="_Toc166593806" w:id="30"/>
+      <w:bookmarkStart w:name="_Toc166594014" w:id="31"/>
+      <w:bookmarkStart w:name="_Toc166594160" w:id="32"/>
+      <w:bookmarkStart w:name="_Toc166594994" w:id="33"/>
+      <w:bookmarkStart w:name="_Toc170293053" w:id="34"/>
       <w:r>
         <w:t>8</w:t>
       </w:r>
       <w:r w:rsidR="00524A6B">
         <w:tab/>
       </w:r>
-      <w:r w:rsidR="00CD0CDB" w:rsidRPr="0048127F">
+      <w:r w:rsidRPr="0048127F" w:rsidR="00CD0CDB">
         <w:t>Me</w:t>
       </w:r>
       <w:bookmarkEnd w:id="30"/>
       <w:bookmarkEnd w:id="31"/>
       <w:bookmarkEnd w:id="32"/>
       <w:bookmarkEnd w:id="33"/>
-      <w:r w:rsidR="00EC3572" w:rsidRPr="0048127F">
+      <w:r w:rsidRPr="0048127F" w:rsidR="00EC3572">
         <w:t>thod</w:t>
       </w:r>
       <w:bookmarkEnd w:id="34"/>
     </w:p>
-    <w:p w14:paraId="57793C2B" w14:textId="3A56836A" w:rsidR="00AA61EF" w:rsidRDefault="094518C8" w:rsidP="00FA798E">
-[...5 lines deleted...]
-      <w:bookmarkStart w:id="35" w:name="_Toc166594995"/>
+    <w:p w:rsidR="00AA61EF" w:rsidP="00FA798E" w:rsidRDefault="094518C8" w14:paraId="57793C2B" w14:textId="3A56836A">
+      <w:pPr>
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:name="_Toc166594995" w:id="35"/>
       <w:r w:rsidRPr="7C99AA3A">
         <w:rPr>
           <w:rStyle w:val="Rubrik3Char"/>
         </w:rPr>
         <w:t>Systematic literature search</w:t>
       </w:r>
-      <w:r w:rsidR="27DC50D8" w:rsidRPr="7C99AA3A">
+      <w:r w:rsidRPr="7C99AA3A" w:rsidR="27DC50D8">
         <w:rPr>
           <w:rStyle w:val="Rubrik3Char"/>
         </w:rPr>
         <w:t xml:space="preserve"> (Appendix 1)</w:t>
       </w:r>
       <w:bookmarkEnd w:id="35"/>
       <w:r w:rsidR="00EC3572">
         <w:br/>
       </w:r>
-      <w:r w:rsidR="27DC50D8" w:rsidRPr="7C99AA3A">
+      <w:r w:rsidRPr="7C99AA3A" w:rsidR="27DC50D8">
         <w:rPr>
           <w:color w:val="FF0000"/>
         </w:rPr>
         <w:t>(Skrivs av biblioteket.)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3B0AE6AA" w14:textId="77777777" w:rsidR="00241EB4" w:rsidRDefault="00241EB4" w:rsidP="00FA798E"/>
-    <w:p w14:paraId="6698B609" w14:textId="070881E3" w:rsidR="00CD0CDB" w:rsidRDefault="4D4E87BC" w:rsidP="7C99AA3A">
+    <w:p w:rsidR="00241EB4" w:rsidP="00FA798E" w:rsidRDefault="00241EB4" w14:paraId="3B0AE6AA" w14:textId="77777777"/>
+    <w:p w:rsidR="00CD0CDB" w:rsidP="7C99AA3A" w:rsidRDefault="4D4E87BC" w14:paraId="6698B609" w14:textId="070881E3">
       <w:pPr>
         <w:rPr>
           <w:color w:val="FF0000"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00241EB4">
         <w:rPr>
           <w:color w:val="FF0000"/>
         </w:rPr>
         <w:t>Skrivs av</w:t>
       </w:r>
-      <w:r w:rsidR="00241EB4" w:rsidRPr="00241EB4">
+      <w:r w:rsidRPr="00241EB4" w:rsidR="00241EB4">
         <w:rPr>
           <w:color w:val="FF0000"/>
         </w:rPr>
         <w:t xml:space="preserve"> projektgruppen</w:t>
       </w:r>
       <w:r w:rsidRPr="00241EB4">
         <w:rPr>
           <w:color w:val="FF0000"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00241EB4">
         <w:rPr>
           <w:color w:val="FF0000"/>
         </w:rPr>
         <w:t>o</w:t>
       </w:r>
-      <w:r w:rsidR="1FF54F8E" w:rsidRPr="7C99AA3A">
+      <w:r w:rsidRPr="7C99AA3A" w:rsidR="1FF54F8E">
         <w:rPr>
           <w:color w:val="FF0000"/>
         </w:rPr>
         <w:t xml:space="preserve">m aktuellt: </w:t>
       </w:r>
       <w:r w:rsidR="00241EB4">
         <w:rPr>
           <w:color w:val="FF0000"/>
         </w:rPr>
         <w:t>Projektet har</w:t>
       </w:r>
-      <w:r w:rsidR="1FF54F8E" w:rsidRPr="7C99AA3A">
+      <w:r w:rsidRPr="7C99AA3A" w:rsidR="1FF54F8E">
         <w:rPr>
           <w:color w:val="FF0000"/>
         </w:rPr>
         <w:t xml:space="preserve"> registrerats i PROSPERO med registreringsnummer och datum. Ange också i vilket stadium registreringen gjordes (till exempel före dataextraktion).</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="538C803F" w14:textId="77777777" w:rsidR="00994050" w:rsidRDefault="00994050" w:rsidP="00FA798E"/>
-    <w:p w14:paraId="24413C94" w14:textId="17BF158E" w:rsidR="00CD0CDB" w:rsidRPr="009A7B62" w:rsidRDefault="00EC3572" w:rsidP="00FA798E">
+    <w:p w:rsidR="00994050" w:rsidP="00FA798E" w:rsidRDefault="00994050" w14:paraId="538C803F" w14:textId="77777777"/>
+    <w:p w:rsidRPr="009A7B62" w:rsidR="00CD0CDB" w:rsidP="00FA798E" w:rsidRDefault="00EC3572" w14:paraId="24413C94" w14:textId="17BF158E">
       <w:pPr>
         <w:rPr>
           <w:color w:val="FF0000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="en-AU"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00994050">
         <w:rPr>
           <w:rStyle w:val="Rubrik3Char"/>
           <w:lang w:val="en-AU"/>
         </w:rPr>
         <w:t>Critical appraisal and certainty of evidence</w:t>
       </w:r>
       <w:r w:rsidRPr="00666236">
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="en-AU"/>
         </w:rPr>
         <w:t xml:space="preserve">  </w:t>
       </w:r>
       <w:r w:rsidR="00666236">
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="en-AU"/>
         </w:rPr>
         <w:br/>
       </w:r>
-      <w:r w:rsidR="00CD0CDB" w:rsidRPr="009A7B62">
+      <w:r w:rsidRPr="009A7B62" w:rsidR="00CD0CDB">
         <w:rPr>
           <w:color w:val="FF0000"/>
           <w:lang w:val="en-AU"/>
         </w:rPr>
         <w:t>(Skrivs av HTA-centrum.)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0C9839A4" w14:textId="77777777" w:rsidR="00345FBE" w:rsidRDefault="00345FBE" w:rsidP="00345FBE">
+    <w:p w:rsidR="00345FBE" w:rsidP="00345FBE" w:rsidRDefault="00345FBE" w14:paraId="0C9839A4" w14:textId="77777777">
       <w:pPr>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00EB0433">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>Text</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="46E800D9" w14:textId="77777777" w:rsidR="00345FBE" w:rsidRPr="00EB0433" w:rsidRDefault="00345FBE" w:rsidP="00345FBE">
+    <w:p w:rsidRPr="00EB0433" w:rsidR="00345FBE" w:rsidP="00345FBE" w:rsidRDefault="00345FBE" w14:paraId="46E800D9" w14:textId="77777777">
       <w:pPr>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="50FC509B" w14:textId="415A9327" w:rsidR="00CD0CDB" w:rsidRPr="001470BF" w:rsidRDefault="00EC3572" w:rsidP="00FA798E">
+    <w:p w:rsidRPr="001470BF" w:rsidR="00CD0CDB" w:rsidP="00FA798E" w:rsidRDefault="00EC3572" w14:paraId="50FC509B" w14:textId="415A9327">
       <w:pPr>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="0048127F">
         <w:rPr>
           <w:rStyle w:val="Rubrik3Char"/>
         </w:rPr>
         <w:t>Ongoing research</w:t>
       </w:r>
-      <w:r w:rsidR="00666236" w:rsidRPr="00994050">
+      <w:r w:rsidRPr="00994050" w:rsidR="00666236">
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:br/>
       </w:r>
-      <w:r w:rsidR="00CD0CDB" w:rsidRPr="009A7B62">
+      <w:r w:rsidRPr="009A7B62" w:rsidR="00CD0CDB">
         <w:rPr>
           <w:color w:val="FF0000"/>
         </w:rPr>
         <w:t>(Biblioteket söker i Clinical trials och skriver detta stycke.)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="22F21A88" w14:textId="23783B67" w:rsidR="00666236" w:rsidRDefault="00CD0CDB" w:rsidP="00666236">
+    <w:p w:rsidR="00666236" w:rsidP="00666236" w:rsidRDefault="00CD0CDB" w14:paraId="22F21A88" w14:textId="23783B67">
       <w:pPr>
         <w:rPr>
           <w:color w:val="FF0000"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="009A7B62">
         <w:rPr>
           <w:color w:val="FF0000"/>
         </w:rPr>
         <w:t>Resultaten av sökningen, dvs pågående eller planerade studier skall kommenteras kort längre fram i rapporten.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="39F83F5C" w14:textId="77777777" w:rsidR="00345FBE" w:rsidRDefault="00345FBE" w:rsidP="00345FBE">
+    <w:p w:rsidR="00345FBE" w:rsidP="00345FBE" w:rsidRDefault="00345FBE" w14:paraId="39F83F5C" w14:textId="77777777">
       <w:pPr>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00EB0433">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>Text</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="03A38345" w14:textId="77777777" w:rsidR="00345FBE" w:rsidRPr="00EB0433" w:rsidRDefault="00345FBE" w:rsidP="00345FBE">
+    <w:p w:rsidRPr="00EB0433" w:rsidR="00345FBE" w:rsidP="00345FBE" w:rsidRDefault="00345FBE" w14:paraId="03A38345" w14:textId="77777777">
       <w:pPr>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="7E8652BE" w14:textId="43A878E5" w:rsidR="0037232E" w:rsidRPr="0048127F" w:rsidRDefault="00994050" w:rsidP="00524A6B">
+    <w:p w:rsidRPr="0048127F" w:rsidR="0037232E" w:rsidP="00524A6B" w:rsidRDefault="00994050" w14:paraId="7E8652BE" w14:textId="43A878E5">
       <w:pPr>
         <w:pStyle w:val="Rubrik2"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="567"/>
         </w:tabs>
       </w:pPr>
-      <w:bookmarkStart w:id="36" w:name="_Toc166593807"/>
-[...3 lines deleted...]
-      <w:bookmarkStart w:id="40" w:name="_Toc170293054"/>
+      <w:bookmarkStart w:name="_Toc166593807" w:id="36"/>
+      <w:bookmarkStart w:name="_Toc166594015" w:id="37"/>
+      <w:bookmarkStart w:name="_Toc166594161" w:id="38"/>
+      <w:bookmarkStart w:name="_Toc166594998" w:id="39"/>
+      <w:bookmarkStart w:name="_Toc170293054" w:id="40"/>
       <w:r>
-        <w:lastRenderedPageBreak/>
         <w:t>9</w:t>
       </w:r>
       <w:r w:rsidR="00524A6B">
         <w:tab/>
       </w:r>
-      <w:r w:rsidR="0037232E" w:rsidRPr="0048127F">
+      <w:r w:rsidRPr="0048127F" w:rsidR="0037232E">
         <w:t>Result</w:t>
       </w:r>
       <w:bookmarkEnd w:id="36"/>
       <w:bookmarkEnd w:id="37"/>
       <w:bookmarkEnd w:id="38"/>
       <w:bookmarkEnd w:id="39"/>
-      <w:r w:rsidR="00EC3572" w:rsidRPr="0048127F">
+      <w:r w:rsidRPr="0048127F" w:rsidR="00EC3572">
         <w:t>s</w:t>
       </w:r>
       <w:bookmarkEnd w:id="40"/>
     </w:p>
-    <w:p w14:paraId="291D30DE" w14:textId="4C3E5B35" w:rsidR="009C7289" w:rsidRDefault="00EC3572" w:rsidP="00FA798E">
-[...5 lines deleted...]
-      <w:bookmarkStart w:id="41" w:name="_Toc166594999"/>
+    <w:p w:rsidR="009C7289" w:rsidP="00FA798E" w:rsidRDefault="00EC3572" w14:paraId="291D30DE" w14:textId="4C3E5B35">
+      <w:pPr>
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:name="_Toc166594999" w:id="41"/>
       <w:r w:rsidRPr="0048127F">
         <w:rPr>
           <w:rStyle w:val="Rubrik3Char"/>
         </w:rPr>
         <w:t>Search results and study selection</w:t>
       </w:r>
-      <w:r w:rsidR="009C7289" w:rsidRPr="0048127F">
+      <w:r w:rsidRPr="0048127F" w:rsidR="009C7289">
         <w:rPr>
           <w:rStyle w:val="Rubrik3Char"/>
         </w:rPr>
         <w:t xml:space="preserve"> (Appendix 1)</w:t>
       </w:r>
       <w:bookmarkEnd w:id="41"/>
-      <w:r w:rsidR="009C7289" w:rsidRPr="00994050">
+      <w:r w:rsidRPr="00994050" w:rsidR="009C7289">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00666236" w:rsidRPr="00994050">
+      <w:r w:rsidRPr="00994050" w:rsidR="00666236">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:br/>
       </w:r>
-      <w:r w:rsidR="009C7289" w:rsidRPr="009A7B62">
+      <w:r w:rsidRPr="009A7B62" w:rsidR="009C7289">
         <w:rPr>
           <w:color w:val="FF0000"/>
         </w:rPr>
         <w:t>Sammanfattningen av litteratursökning och urvalsprocess skrivs av biblioteket som även ansvarar för Appendix 1.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6DCE0A76" w14:textId="77777777" w:rsidR="00345FBE" w:rsidRDefault="00345FBE" w:rsidP="00345FBE">
+    <w:p w:rsidR="00345FBE" w:rsidP="00345FBE" w:rsidRDefault="00345FBE" w14:paraId="6DCE0A76" w14:textId="77777777">
       <w:pPr>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00EB0433">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>Text</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="14744622" w14:textId="77777777" w:rsidR="00345FBE" w:rsidRPr="00EB0433" w:rsidRDefault="00345FBE" w:rsidP="00345FBE">
+    <w:p w:rsidRPr="00EB0433" w:rsidR="00345FBE" w:rsidP="00345FBE" w:rsidRDefault="00345FBE" w14:paraId="14744622" w14:textId="77777777">
       <w:pPr>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="1E88C0D2" w14:textId="576EE40B" w:rsidR="009F7964" w:rsidRPr="00994050" w:rsidRDefault="39903C88" w:rsidP="39903C88">
+    <w:p w:rsidRPr="00994050" w:rsidR="009F7964" w:rsidP="39903C88" w:rsidRDefault="39903C88" w14:paraId="1E88C0D2" w14:textId="576EE40B">
       <w:pPr>
         <w:rPr>
           <w:color w:val="FF0000"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="39903C88">
         <w:rPr>
           <w:rStyle w:val="Rubrik3Char"/>
         </w:rPr>
         <w:t>Included studies</w:t>
       </w:r>
       <w:r w:rsidR="0E1AEFB4">
         <w:br/>
       </w:r>
       <w:r w:rsidRPr="39903C88">
         <w:rPr>
           <w:color w:val="FF0000"/>
         </w:rPr>
         <w:t>Ange det totala antalet inkluderade studier inklusive design samt övergripande avseende hur studiernas kvalitet bedömts vad gäller directness, study limitations och precision.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="69EE0692" w14:textId="0A7669BF" w:rsidR="009F7964" w:rsidRPr="008B5676" w:rsidRDefault="39903C88" w:rsidP="39903C88">
-[...2 lines deleted...]
-          <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+    <w:p w:rsidRPr="008B5676" w:rsidR="009F7964" w:rsidP="39903C88" w:rsidRDefault="39903C88" w14:paraId="69EE0692" w14:textId="0A7669BF">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:eastAsia="Verdana" w:cs="Verdana"/>
           <w:color w:val="FF0000"/>
           <w:lang w:val="en-AU"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="005D5101">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
           <w:color w:val="FF0000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>Exempel:</w:t>
       </w:r>
-      <w:r w:rsidR="0E1AEFB4" w:rsidRPr="005D5101">
+      <w:r w:rsidRPr="005D5101" w:rsidR="0E1AEFB4">
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:br/>
       </w:r>
       <w:r w:rsidRPr="008B5676">
         <w:rPr>
-          <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:eastAsia="Verdana" w:cs="Verdana"/>
           <w:color w:val="FF0000"/>
           <w:lang w:val="en-AU"/>
         </w:rPr>
         <w:t>Four RCTs were included (Andersson et al., 2020; Chen et al., 2017; Katari et al., 2021; Ram et al., 2018)</w:t>
       </w:r>
       <w:r w:rsidRPr="008B5676">
         <w:rPr>
-          <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:eastAsia="Verdana" w:cs="Verdana"/>
           <w:lang w:val="en-AU"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
       <w:r w:rsidRPr="008B5676">
         <w:rPr>
-          <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:eastAsia="Verdana" w:cs="Verdana"/>
           <w:color w:val="FF0000"/>
           <w:lang w:val="en-AU"/>
         </w:rPr>
         <w:t>Two of the articles reported data from the same RCT (Andersson, 2020; Chen, 2017). The RCT</w:t>
       </w:r>
-      <w:r w:rsidR="00E53A5C" w:rsidRPr="008B5676">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+      <w:r w:rsidRPr="008B5676" w:rsidR="00E53A5C">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:eastAsia="Verdana" w:cs="Verdana"/>
           <w:color w:val="FF0000"/>
           <w:lang w:val="en-AU"/>
         </w:rPr>
         <w:t>s</w:t>
       </w:r>
       <w:r w:rsidRPr="008B5676">
         <w:rPr>
-          <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:eastAsia="Verdana" w:cs="Verdana"/>
           <w:color w:val="FF0000"/>
           <w:lang w:val="en-AU"/>
         </w:rPr>
         <w:t xml:space="preserve"> reported by Andersson et al.,</w:t>
       </w:r>
-      <w:r w:rsidR="00214FC5" w:rsidRPr="008B5676">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+      <w:r w:rsidRPr="008B5676" w:rsidR="00214FC5">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:eastAsia="Verdana" w:cs="Verdana"/>
           <w:color w:val="FF0000"/>
           <w:lang w:val="en-AU"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="008B5676">
         <w:rPr>
-          <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:eastAsia="Verdana" w:cs="Verdana"/>
           <w:color w:val="FF0000"/>
           <w:lang w:val="en-AU"/>
         </w:rPr>
         <w:t>2020 Chen et al. (2017), and</w:t>
       </w:r>
-      <w:r w:rsidR="00E53A5C" w:rsidRPr="008B5676">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+      <w:r w:rsidRPr="008B5676" w:rsidR="00E53A5C">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:eastAsia="Verdana" w:cs="Verdana"/>
           <w:color w:val="FF0000"/>
           <w:lang w:val="en-AU"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="008B5676">
         <w:rPr>
-          <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:eastAsia="Verdana" w:cs="Verdana"/>
           <w:color w:val="FF0000"/>
           <w:lang w:val="en-AU"/>
         </w:rPr>
         <w:t xml:space="preserve">Chaudary et al. (2023), had some problems with directness (population not clearly described), and serious imprecision (very few events). Katari et al., 2021; Ram et al., 2018 had major problems with risk of bias (randomisation and allocation concealment not described, and no blinding) ... </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5A500359" w14:textId="221A7BC1" w:rsidR="009F7964" w:rsidRDefault="39903C88" w:rsidP="39903C88">
-[...2 lines deleted...]
-          <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+    <w:p w:rsidR="009F7964" w:rsidP="39903C88" w:rsidRDefault="39903C88" w14:paraId="5A500359" w14:textId="221A7BC1">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:eastAsia="Verdana" w:cs="Verdana"/>
           <w:color w:val="FF0000"/>
           <w:lang w:val="en-AU"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="39903C88">
         <w:rPr>
-          <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:eastAsia="Verdana" w:cs="Verdana"/>
           <w:color w:val="FF0000"/>
           <w:lang w:val="en-AU"/>
         </w:rPr>
         <w:t>Specific issues related to each outcome are stated separately in respective contexts below.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="59FAB0E2" w14:textId="77777777" w:rsidR="00345FBE" w:rsidRDefault="00345FBE" w:rsidP="00345FBE">
+    <w:p w:rsidR="00345FBE" w:rsidP="00345FBE" w:rsidRDefault="00345FBE" w14:paraId="59FAB0E2" w14:textId="77777777">
       <w:pPr>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00EB0433">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>Text</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0160AA44" w14:textId="77777777" w:rsidR="00345FBE" w:rsidRPr="00EB0433" w:rsidRDefault="00345FBE" w:rsidP="00345FBE">
+    <w:p w:rsidRPr="00EB0433" w:rsidR="00345FBE" w:rsidP="00345FBE" w:rsidRDefault="00345FBE" w14:paraId="0160AA44" w14:textId="77777777">
       <w:pPr>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="053E11FD" w14:textId="47A1BB25" w:rsidR="009F7964" w:rsidRPr="005D5101" w:rsidRDefault="39903C88" w:rsidP="39903C88">
+    <w:p w:rsidRPr="005D5101" w:rsidR="009F7964" w:rsidP="39903C88" w:rsidRDefault="39903C88" w14:paraId="053E11FD" w14:textId="47A1BB25">
       <w:pPr>
         <w:rPr>
           <w:color w:val="FF0000"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="39903C88">
         <w:rPr>
           <w:rStyle w:val="Rubrik3Char"/>
         </w:rPr>
         <w:t xml:space="preserve">Results per outcome </w:t>
       </w:r>
       <w:r w:rsidR="0E1AEFB4">
         <w:br/>
       </w:r>
       <w:r w:rsidRPr="39903C88">
         <w:rPr>
           <w:color w:val="FF0000"/>
         </w:rPr>
         <w:t>Presentera varje utfall separat enligt nedan ...</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4E18A6CE" w14:textId="31A62CB0" w:rsidR="009F7964" w:rsidRPr="005D5101" w:rsidRDefault="39903C88" w:rsidP="39903C88">
+    <w:p w:rsidRPr="005D5101" w:rsidR="009F7964" w:rsidP="39903C88" w:rsidRDefault="39903C88" w14:paraId="4E18A6CE" w14:textId="31A62CB0">
       <w:pPr>
         <w:rPr>
           <w:color w:val="FF0000"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="39903C88">
         <w:rPr>
           <w:color w:val="FF0000"/>
         </w:rPr>
         <w:t>Finns det flera PICO presenteras ett PICO i taget.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5416EF9F" w14:textId="51B753CA" w:rsidR="009F7964" w:rsidRPr="00994050" w:rsidRDefault="39903C88" w:rsidP="39903C88">
+    <w:p w:rsidRPr="00994050" w:rsidR="009F7964" w:rsidP="39903C88" w:rsidRDefault="39903C88" w14:paraId="5416EF9F" w14:textId="51B753CA">
       <w:pPr>
         <w:rPr>
           <w:color w:val="FF0000"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="39903C88">
         <w:rPr>
           <w:color w:val="FF0000"/>
         </w:rPr>
         <w:t xml:space="preserve">Outcomes rapporteras i ordningen: Critical for decision making, sedan Important for decision making, och sedan </w:t>
       </w:r>
       <w:r w:rsidRPr="00482F91">
         <w:rPr>
           <w:color w:val="FF0000"/>
         </w:rPr>
         <w:t>Not important for decision making,)</w:t>
       </w:r>
       <w:r w:rsidRPr="39903C88">
         <w:rPr>
           <w:color w:val="FF0000"/>
         </w:rPr>
         <w:t xml:space="preserve">  </w:t>
       </w:r>
       <w:r w:rsidR="66CB89F0">
         <w:br/>
@@ -5907,280 +5916,279 @@
       <w:r w:rsidRPr="39903C88">
         <w:rPr>
           <w:color w:val="FF0000"/>
         </w:rPr>
         <w:t>Resultat, tex Risk ratio, eller risk difference från en metaanalys, med 95% konfidensintervaller.</w:t>
       </w:r>
       <w:r w:rsidR="66CB89F0">
         <w:br/>
       </w:r>
       <w:r w:rsidRPr="39903C88">
         <w:rPr>
           <w:color w:val="FF0000"/>
         </w:rPr>
         <w:t>Figuren som visar metaanalysen</w:t>
       </w:r>
       <w:r w:rsidR="66CB89F0">
         <w:br/>
       </w:r>
       <w:r w:rsidRPr="39903C88">
         <w:rPr>
           <w:color w:val="FF0000"/>
         </w:rPr>
         <w:t>Konklusion enligt hur man uttrycker sig i GRADE format, med tilltro till effektestimatet enligt GRADE.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="583A4465" w14:textId="62E817F0" w:rsidR="39903C88" w:rsidRPr="005D5101" w:rsidRDefault="39903C88" w:rsidP="39903C88">
+    <w:p w:rsidRPr="005D5101" w:rsidR="39903C88" w:rsidP="39903C88" w:rsidRDefault="39903C88" w14:paraId="583A4465" w14:textId="62E817F0">
       <w:pPr>
         <w:rPr>
           <w:color w:val="FF0000"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="39903C88">
         <w:rPr>
           <w:color w:val="FF0000"/>
         </w:rPr>
         <w:t>Nedan exempel på hur resultaten kan rapporteras strukturerat:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1B6FC736" w14:textId="77777777" w:rsidR="00345FBE" w:rsidRPr="00345FBE" w:rsidRDefault="00345FBE" w:rsidP="00345FBE">
+    <w:p w:rsidRPr="00345FBE" w:rsidR="00345FBE" w:rsidP="00345FBE" w:rsidRDefault="00345FBE" w14:paraId="1B6FC736" w14:textId="77777777">
       <w:pPr>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00345FBE">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>Text</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="62DC25D2" w14:textId="567972C6" w:rsidR="0E1AEFB4" w:rsidRPr="0078351F" w:rsidRDefault="39903C88" w:rsidP="39903C88">
-[...2 lines deleted...]
-          <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+    <w:p w:rsidRPr="0078351F" w:rsidR="0E1AEFB4" w:rsidP="39903C88" w:rsidRDefault="39903C88" w14:paraId="62DC25D2" w14:textId="567972C6">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:eastAsia="Verdana" w:cs="Verdana"/>
           <w:color w:val="FF0000"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="42" w:name="_Toc166595003"/>
+      <w:bookmarkStart w:name="_Toc166595003" w:id="42"/>
       <w:r w:rsidRPr="005D5101">
         <w:rPr>
           <w:rStyle w:val="Rubrik3Char"/>
           <w:bCs w:val="0"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="FF0000"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:t>Exempel</w:t>
       </w:r>
-      <w:r w:rsidR="0E1AEFB4" w:rsidRPr="005D5101">
+      <w:r w:rsidRPr="005D5101" w:rsidR="0E1AEFB4">
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:br/>
       </w:r>
       <w:bookmarkEnd w:id="42"/>
       <w:r w:rsidRPr="39903C88">
         <w:rPr>
-          <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:eastAsia="Verdana" w:cs="Verdana"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="FF0000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="en-AU"/>
         </w:rPr>
         <w:t>Results per outcome</w:t>
       </w:r>
-      <w:r w:rsidR="0E1AEFB4" w:rsidRPr="005D5101">
+      <w:r w:rsidRPr="005D5101" w:rsidR="0E1AEFB4">
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:br/>
       </w:r>
       <w:r w:rsidRPr="0078351F">
         <w:rPr>
-          <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:eastAsia="Verdana" w:cs="Verdana"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="FF0000"/>
           <w:u w:val="single"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>Outcomes critical for decision-making</w:t>
       </w:r>
-      <w:r w:rsidR="0E1AEFB4" w:rsidRPr="0078351F">
+      <w:r w:rsidRPr="0078351F" w:rsidR="0E1AEFB4">
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:br/>
       </w:r>
       <w:r w:rsidRPr="0078351F">
         <w:rPr>
-          <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:eastAsia="Verdana" w:cs="Verdana"/>
           <w:color w:val="FF0000"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>The outcomes</w:t>
       </w:r>
       <w:r w:rsidRPr="0078351F">
         <w:rPr>
-          <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:eastAsia="Verdana" w:cs="Verdana"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="FF0000"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>: Mortality, Severe morbidity, Organ failure,</w:t>
       </w:r>
       <w:r w:rsidRPr="0078351F">
         <w:rPr>
-          <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:eastAsia="Verdana" w:cs="Verdana"/>
           <w:color w:val="FF0000"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve"> and </w:t>
       </w:r>
       <w:r w:rsidRPr="0078351F">
         <w:rPr>
-          <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:eastAsia="Verdana" w:cs="Verdana"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="FF0000"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>ICU admission</w:t>
       </w:r>
       <w:r w:rsidRPr="0078351F">
         <w:rPr>
-          <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:eastAsia="Verdana" w:cs="Verdana"/>
           <w:color w:val="FF0000"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve"> were not reported.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2988D177" w14:textId="34B5A01E" w:rsidR="0E1AEFB4" w:rsidRPr="0078351F" w:rsidRDefault="39903C88" w:rsidP="39903C88">
-[...2 lines deleted...]
-          <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+    <w:p w:rsidRPr="0078351F" w:rsidR="0E1AEFB4" w:rsidP="39903C88" w:rsidRDefault="39903C88" w14:paraId="2988D177" w14:textId="34B5A01E">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:eastAsia="Verdana" w:cs="Verdana"/>
           <w:color w:val="FF0000"/>
           <w:lang w:val="en-AU"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="0078351F">
         <w:rPr>
-          <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:eastAsia="Verdana" w:cs="Verdana"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="FF0000"/>
           <w:lang w:val="en-AU"/>
         </w:rPr>
         <w:t xml:space="preserve">Haemorrhage &gt;1,000 ml </w:t>
       </w:r>
       <w:r w:rsidRPr="0078351F">
         <w:rPr>
-          <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:eastAsia="Verdana" w:cs="Verdana"/>
           <w:color w:val="FF0000"/>
           <w:lang w:val="en-AU"/>
         </w:rPr>
         <w:t>(Appendix 4:1)</w:t>
       </w:r>
-      <w:r w:rsidR="0E1AEFB4" w:rsidRPr="0078351F">
+      <w:r w:rsidRPr="0078351F" w:rsidR="0E1AEFB4">
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:br/>
       </w:r>
       <w:r w:rsidRPr="0078351F">
         <w:rPr>
-          <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:eastAsia="Verdana" w:cs="Verdana"/>
           <w:color w:val="FF0000"/>
           <w:lang w:val="en-AU"/>
         </w:rPr>
         <w:t>Haemorrhage (PPH) &gt;1,000 ml, in the “I-group” compared with the “C-group”, was reported in one RCT (Chen et al., 2017) with 496 participants. Regarding this outcome the study had very serious indirectness and serious imprecision. The risk difference (RD) between the groups was 0.02 (95%CI: -0.01 to 0.05</w:t>
       </w:r>
       <w:r w:rsidR="0078351F">
         <w:rPr>
-          <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:eastAsia="Verdana" w:cs="Verdana"/>
           <w:color w:val="FF0000"/>
           <w:lang w:val="en-AU"/>
         </w:rPr>
         <w:t>)</w:t>
       </w:r>
       <w:r w:rsidRPr="0078351F">
         <w:rPr>
-          <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:eastAsia="Verdana" w:cs="Verdana"/>
           <w:color w:val="FF0000"/>
           <w:lang w:val="en-AU"/>
         </w:rPr>
         <w:t>, n.s. (Figure 1).</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3B99C751" w14:textId="0DA6AEC5" w:rsidR="0E1AEFB4" w:rsidRPr="0078351F" w:rsidRDefault="0E1AEFB4" w:rsidP="39903C88">
-[...11 lines deleted...]
-          <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+    <w:p w:rsidRPr="0078351F" w:rsidR="0E1AEFB4" w:rsidP="39903C88" w:rsidRDefault="0E1AEFB4" w14:paraId="3B99C751" w14:textId="0DA6AEC5">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:eastAsia="Verdana" w:cs="Verdana"/>
+          <w:color w:val="FF0000"/>
+          <w:lang w:val="en-AU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidRPr="0078351F" w:rsidR="0E1AEFB4" w:rsidP="39903C88" w:rsidRDefault="39903C88" w14:paraId="1FD07B48" w14:textId="1C8A63FC">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:eastAsia="Verdana" w:cs="Verdana"/>
           <w:color w:val="FF0000"/>
           <w:lang w:val="en-AU"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="0078351F">
         <w:rPr>
-          <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:eastAsia="Verdana" w:cs="Verdana"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="FF0000"/>
           <w:lang w:val="en-AU"/>
         </w:rPr>
         <w:t>Figure 1.</w:t>
       </w:r>
       <w:r w:rsidRPr="0078351F">
         <w:rPr>
-          <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:eastAsia="Verdana" w:cs="Verdana"/>
           <w:color w:val="FF0000"/>
           <w:lang w:val="en-AU"/>
         </w:rPr>
         <w:t xml:space="preserve"> Haemorrhage &gt;1,000 ml - risk difference for “method I” compared with "C”</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="73CA0E07" w14:textId="62269365" w:rsidR="0E1AEFB4" w:rsidRPr="0078351F" w:rsidRDefault="0E1AEFB4" w:rsidP="39903C88">
+    <w:p w:rsidRPr="0078351F" w:rsidR="0E1AEFB4" w:rsidP="39903C88" w:rsidRDefault="0E1AEFB4" w14:paraId="73CA0E07" w14:textId="62269365">
       <w:pPr>
         <w:spacing w:after="120" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:color w:val="FF0000"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="0078351F">
         <w:rPr>
           <w:noProof/>
         </w:rPr>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="018B72DE" wp14:editId="232C1B4C">
             <wp:extent cx="5761218" cy="524301"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="1913828097" name="Bildobjekt 1913828097"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name=""/>
                     <pic:cNvPicPr/>
@@ -6190,897 +6198,895 @@
                       <a:extLst>
                         <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                           <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                         </a:ext>
                       </a:extLst>
                     </a:blip>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="5761218" cy="524301"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
-      <w:r w:rsidR="39903C88" w:rsidRPr="0078351F">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+      <w:r w:rsidRPr="0078351F" w:rsidR="39903C88">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:eastAsia="Verdana" w:cs="Verdana"/>
           <w:color w:val="FF0000"/>
           <w:lang w:val="en-AU"/>
         </w:rPr>
         <w:t xml:space="preserve">Conclusion: It is uncertain whether the occurrence of haemorrhage &gt;1,000 ml is affected when ”method-I” is used, compared with ”method-C”. Very low certainty of evidence (GRADE </w:t>
       </w:r>
-      <w:r w:rsidR="39903C88" w:rsidRPr="0078351F">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Symbol" w:eastAsia="Symbol" w:hAnsi="Symbol" w:cs="Symbol"/>
+      <w:r w:rsidRPr="0078351F" w:rsidR="39903C88">
+        <w:rPr>
+          <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:eastAsia="Symbol" w:cs="Symbol"/>
           <w:color w:val="FF0000"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> Å</w:t>
       </w:r>
-      <w:r w:rsidR="39903C88" w:rsidRPr="0078351F">
+      <w:r w:rsidRPr="0078351F" w:rsidR="39903C88">
         <w:rPr>
           <w:color w:val="FF0000"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>OOO).</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="430DEBA1" w14:textId="07AB1C9A" w:rsidR="39903C88" w:rsidRPr="0078351F" w:rsidRDefault="39903C88" w:rsidP="39903C88">
+    <w:p w:rsidRPr="0078351F" w:rsidR="39903C88" w:rsidP="39903C88" w:rsidRDefault="39903C88" w14:paraId="430DEBA1" w14:textId="07AB1C9A">
       <w:pPr>
         <w:rPr>
           <w:color w:val="FF0000"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="434A5930" w14:textId="77BD1CFF" w:rsidR="39903C88" w:rsidRPr="0078351F" w:rsidRDefault="39903C88" w:rsidP="39903C88">
+    <w:p w:rsidRPr="0078351F" w:rsidR="39903C88" w:rsidP="39903C88" w:rsidRDefault="39903C88" w14:paraId="434A5930" w14:textId="77BD1CFF">
       <w:pPr>
         <w:rPr>
           <w:color w:val="FF0000"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="2B4AE3ED" w14:textId="47335E9E" w:rsidR="00994050" w:rsidRPr="005D5101" w:rsidRDefault="77460A71" w:rsidP="7C99AA3A">
+    <w:p w:rsidRPr="005D5101" w:rsidR="00994050" w:rsidP="7C99AA3A" w:rsidRDefault="77460A71" w14:paraId="2B4AE3ED" w14:textId="47335E9E">
       <w:pPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:color w:val="FF0000"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="7C99AA3A">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:color w:val="FF0000"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>Copy/paste:</w:t>
       </w:r>
-      <w:r w:rsidR="0043006C" w:rsidRPr="005D5101">
+      <w:r w:rsidRPr="005D5101" w:rsidR="0043006C">
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:br/>
       </w:r>
       <w:r w:rsidRPr="7C99AA3A">
         <w:rPr>
           <w:color w:val="FF0000"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve">High certainty of evidence </w:t>
       </w:r>
       <w:r w:rsidRPr="7C99AA3A">
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>(GRADE</w:t>
       </w:r>
       <w:r w:rsidRPr="7C99AA3A">
         <w:rPr>
-          <w:rFonts w:ascii="Symbol" w:eastAsia="Symbol" w:hAnsi="Symbol" w:cs="Symbol"/>
+          <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:eastAsia="Symbol" w:cs="Symbol"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> ÅÅÅÅ)</w:t>
       </w:r>
       <w:r w:rsidRPr="7C99AA3A">
         <w:rPr>
           <w:color w:val="FF0000"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="0043006C" w:rsidRPr="005D5101">
+      <w:r w:rsidRPr="005D5101" w:rsidR="0043006C">
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:br/>
       </w:r>
       <w:r w:rsidRPr="7C99AA3A">
         <w:rPr>
           <w:color w:val="FF0000"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve">Moderate certainty of evidence </w:t>
       </w:r>
       <w:r w:rsidRPr="7C99AA3A">
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>(GRADE</w:t>
       </w:r>
       <w:r w:rsidRPr="7C99AA3A">
         <w:rPr>
-          <w:rFonts w:ascii="Symbol" w:eastAsia="Symbol" w:hAnsi="Symbol" w:cs="Symbol"/>
+          <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:eastAsia="Symbol" w:cs="Symbol"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>ÅÅÅ</w:t>
       </w:r>
       <w:r w:rsidRPr="005D5101">
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>O</w:t>
       </w:r>
       <w:r w:rsidRPr="7C99AA3A">
         <w:rPr>
-          <w:rFonts w:ascii="Symbol" w:eastAsia="Symbol" w:hAnsi="Symbol" w:cs="Symbol"/>
+          <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:eastAsia="Symbol" w:cs="Symbol"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>)</w:t>
       </w:r>
       <w:r w:rsidRPr="7C99AA3A">
         <w:rPr>
           <w:color w:val="FF0000"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="0043006C" w:rsidRPr="005D5101">
+      <w:r w:rsidRPr="005D5101" w:rsidR="0043006C">
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:br/>
       </w:r>
       <w:r w:rsidRPr="7C99AA3A">
         <w:rPr>
           <w:color w:val="FF0000"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>Low certainty of evidence</w:t>
       </w:r>
       <w:r w:rsidRPr="7C99AA3A">
         <w:rPr>
-          <w:rFonts w:ascii="Symbol" w:eastAsia="Symbol" w:hAnsi="Symbol" w:cs="Symbol"/>
+          <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:eastAsia="Symbol" w:cs="Symbol"/>
           <w:color w:val="FF0000"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="7C99AA3A">
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>(GRADE</w:t>
       </w:r>
       <w:r w:rsidRPr="7C99AA3A">
         <w:rPr>
-          <w:rFonts w:ascii="Symbol" w:eastAsia="Symbol" w:hAnsi="Symbol" w:cs="Symbol"/>
+          <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:eastAsia="Symbol" w:cs="Symbol"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> ÅÅ</w:t>
       </w:r>
       <w:r w:rsidRPr="005D5101">
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>OO)</w:t>
       </w:r>
-      <w:r w:rsidR="0043006C" w:rsidRPr="005D5101">
+      <w:r w:rsidRPr="005D5101" w:rsidR="0043006C">
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:br/>
       </w:r>
       <w:r w:rsidRPr="7C99AA3A">
         <w:rPr>
           <w:color w:val="FF0000"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve">Very low </w:t>
       </w:r>
       <w:r w:rsidRPr="005D5101">
         <w:rPr>
           <w:color w:val="FF0000"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>certainty of evidence</w:t>
       </w:r>
       <w:r w:rsidRPr="7C99AA3A">
         <w:rPr>
-          <w:rFonts w:ascii="Symbol" w:eastAsia="Symbol" w:hAnsi="Symbol" w:cs="Symbol"/>
+          <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:eastAsia="Symbol" w:cs="Symbol"/>
           <w:color w:val="FF0000"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="7C99AA3A">
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>(GRADE</w:t>
       </w:r>
       <w:r w:rsidRPr="7C99AA3A">
         <w:rPr>
-          <w:rFonts w:ascii="Symbol" w:eastAsia="Symbol" w:hAnsi="Symbol" w:cs="Symbol"/>
+          <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:eastAsia="Symbol" w:cs="Symbol"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> Å</w:t>
       </w:r>
       <w:r w:rsidRPr="005D5101">
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>OOO)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7709B3DE" w14:textId="5698DBBC" w:rsidR="00994050" w:rsidRPr="00994050" w:rsidRDefault="00994050" w:rsidP="39903C88">
+    <w:p w:rsidRPr="00994050" w:rsidR="00994050" w:rsidP="39903C88" w:rsidRDefault="00994050" w14:paraId="7709B3DE" w14:textId="5698DBBC">
       <w:pPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="098D5A06" w14:textId="04B1D1C0" w:rsidR="00994050" w:rsidRPr="005D5101" w:rsidRDefault="00994050" w:rsidP="39903C88">
+    <w:p w:rsidRPr="005D5101" w:rsidR="00994050" w:rsidP="39903C88" w:rsidRDefault="00994050" w14:paraId="098D5A06" w14:textId="04B1D1C0">
       <w:pPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="5F53D4D5" w14:textId="15BF70CF" w:rsidR="00994050" w:rsidRPr="006B720E" w:rsidRDefault="00994050" w:rsidP="00994050">
+    <w:p w:rsidRPr="006B720E" w:rsidR="00994050" w:rsidP="00994050" w:rsidRDefault="00994050" w14:paraId="5F53D4D5" w14:textId="15BF70CF">
       <w:pPr>
         <w:pStyle w:val="Rubrik2"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="567"/>
         </w:tabs>
       </w:pPr>
-      <w:bookmarkStart w:id="43" w:name="_Toc170293055"/>
+      <w:bookmarkStart w:name="_Toc170293055" w:id="43"/>
       <w:r w:rsidRPr="006B720E">
         <w:t>10</w:t>
       </w:r>
       <w:r w:rsidRPr="006B720E">
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="006B720E">
         <w:rPr>
           <w:rStyle w:val="Rubrik3Char"/>
         </w:rPr>
         <w:t>Ethical aspects</w:t>
       </w:r>
       <w:bookmarkEnd w:id="43"/>
     </w:p>
-    <w:p w14:paraId="375CC420" w14:textId="679D5FC4" w:rsidR="009C7289" w:rsidRPr="00345FBE" w:rsidRDefault="771E0769" w:rsidP="7C99AA3A">
+    <w:p w:rsidRPr="00345FBE" w:rsidR="009C7289" w:rsidP="7C99AA3A" w:rsidRDefault="771E0769" w14:paraId="375CC420" w14:textId="679D5FC4">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
           <w:color w:val="FF0000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="7C99AA3A">
         <w:rPr>
           <w:color w:val="FF0000"/>
         </w:rPr>
         <w:t>Ev. Appendix 5)</w:t>
       </w:r>
       <w:r w:rsidR="00345FBE">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
           <w:color w:val="FF0000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:br/>
       </w:r>
-      <w:r w:rsidR="7B9ACA7F" w:rsidRPr="7C99AA3A">
+      <w:r w:rsidRPr="7C99AA3A" w:rsidR="7B9ACA7F">
         <w:rPr>
           <w:color w:val="FF0000"/>
         </w:rPr>
         <w:t>Om den nya behandlingen/metoden/tekniken införs – eller inte införs – i rutinsjukvård i regionen:</w:t>
       </w:r>
       <w:r w:rsidR="00345FBE">
         <w:rPr>
           <w:color w:val="FF0000"/>
         </w:rPr>
         <w:br/>
       </w:r>
-      <w:r w:rsidR="7B9ACA7F" w:rsidRPr="7C99AA3A">
+      <w:r w:rsidRPr="7C99AA3A" w:rsidR="7B9ACA7F">
         <w:rPr>
           <w:color w:val="FF0000"/>
         </w:rPr>
         <w:t>Vilka etiska problem eller etiska dilemman kan uppstå? Beskriv dessa kortfattat.</w:t>
       </w:r>
       <w:r w:rsidR="00345FBE">
         <w:rPr>
           <w:color w:val="FF0000"/>
         </w:rPr>
         <w:br/>
       </w:r>
-      <w:r w:rsidR="7B9ACA7F" w:rsidRPr="7C99AA3A">
+      <w:r w:rsidRPr="7C99AA3A" w:rsidR="7B9ACA7F">
         <w:rPr>
           <w:color w:val="FF0000"/>
         </w:rPr>
         <w:t>Riskerar andra patientgrupper eller annan vård att trängas undan till följd av ett införande av den nya teknologin? Beskriv i så fall dessa konsekvenser.</w:t>
       </w:r>
       <w:r w:rsidR="00345FBE">
         <w:rPr>
           <w:color w:val="FF0000"/>
         </w:rPr>
         <w:br/>
       </w:r>
-      <w:r w:rsidR="1FF54F8E" w:rsidRPr="7C99AA3A">
+      <w:r w:rsidRPr="7C99AA3A" w:rsidR="1FF54F8E">
         <w:rPr>
           <w:color w:val="FF0000"/>
         </w:rPr>
         <w:t>Skrivs ofta sist, beakta även organisatoriska och ekonomiska aspekter.</w:t>
       </w:r>
       <w:r w:rsidR="00345FBE">
         <w:rPr>
           <w:color w:val="FF0000"/>
         </w:rPr>
         <w:br/>
       </w:r>
-      <w:r w:rsidR="1FF54F8E" w:rsidRPr="7C99AA3A">
+      <w:r w:rsidRPr="7C99AA3A" w:rsidR="1FF54F8E">
         <w:rPr>
           <w:color w:val="FF0000"/>
         </w:rPr>
         <w:t xml:space="preserve">Vid behov kan vi anlita Lars Sandman, professor i Etik, </w:t>
       </w:r>
-      <w:r w:rsidR="0BAF8975" w:rsidRPr="7C99AA3A">
+      <w:r w:rsidRPr="7C99AA3A" w:rsidR="0BAF8975">
         <w:rPr>
           <w:color w:val="FF0000"/>
         </w:rPr>
         <w:t>Universitetet i Linköping</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5180C933" w14:textId="77777777" w:rsidR="00345FBE" w:rsidRDefault="00345FBE" w:rsidP="00345FBE">
+    <w:p w:rsidR="00345FBE" w:rsidP="00345FBE" w:rsidRDefault="00345FBE" w14:paraId="5180C933" w14:textId="77777777">
       <w:pPr>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00EB0433">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>Text</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="54B38277" w14:textId="77777777" w:rsidR="00345FBE" w:rsidRPr="00EB0433" w:rsidRDefault="00345FBE" w:rsidP="00345FBE">
+    <w:p w:rsidRPr="00EB0433" w:rsidR="00345FBE" w:rsidP="00345FBE" w:rsidRDefault="00345FBE" w14:paraId="54B38277" w14:textId="77777777">
       <w:pPr>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="3F30A02C" w14:textId="77777777" w:rsidR="009C7289" w:rsidRDefault="009C7289" w:rsidP="00FA798E">
+    <w:p w:rsidR="009C7289" w:rsidP="00FA798E" w:rsidRDefault="009C7289" w14:paraId="3F30A02C" w14:textId="77777777">
       <w:r>
         <w:br w:type="page"/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="34A3FC1B" w14:textId="26CA8AF5" w:rsidR="009C7289" w:rsidRPr="003A26DB" w:rsidRDefault="00524A6B" w:rsidP="00524A6B">
+    <w:p w:rsidRPr="003A26DB" w:rsidR="009C7289" w:rsidP="00524A6B" w:rsidRDefault="00524A6B" w14:paraId="34A3FC1B" w14:textId="26CA8AF5">
       <w:pPr>
         <w:pStyle w:val="Rubrik2"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="567"/>
         </w:tabs>
       </w:pPr>
-      <w:bookmarkStart w:id="44" w:name="_Toc170293056"/>
+      <w:bookmarkStart w:name="_Toc170293056" w:id="44"/>
       <w:r>
-        <w:lastRenderedPageBreak/>
         <w:t>11</w:t>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
-      <w:r w:rsidR="0043006C" w:rsidRPr="003A26DB">
+      <w:r w:rsidRPr="003A26DB" w:rsidR="0043006C">
         <w:t>Organisational aspects</w:t>
       </w:r>
       <w:bookmarkEnd w:id="44"/>
     </w:p>
-    <w:p w14:paraId="46FB44E1" w14:textId="5FE41F63" w:rsidR="009C7289" w:rsidRDefault="7B9ACA7F" w:rsidP="7C99AA3A">
+    <w:p w:rsidR="009C7289" w:rsidP="7C99AA3A" w:rsidRDefault="7B9ACA7F" w14:paraId="46FB44E1" w14:textId="5FE41F63">
       <w:pPr>
         <w:rPr>
           <w:color w:val="FF0000"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="7C99AA3A">
         <w:rPr>
           <w:rStyle w:val="Rubrik3Char"/>
         </w:rPr>
         <w:t>Time frame for the putative introduction of the new health technology</w:t>
       </w:r>
       <w:r w:rsidRPr="7C99AA3A">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="0043006C">
         <w:br/>
       </w:r>
-      <w:r w:rsidR="2E44A04B" w:rsidRPr="7C99AA3A">
+      <w:r w:rsidRPr="7C99AA3A" w:rsidR="2E44A04B">
         <w:rPr>
           <w:color w:val="FF0000"/>
         </w:rPr>
         <w:t>Ange ungefärlig tidpunkt för när metoden kan börja användas, samt vad som eventuellt behöver genomföras före, ex.vis byggnation, utrustningsinvestering, utbildningsinsatser etc.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="350F178B" w14:textId="77777777" w:rsidR="00345FBE" w:rsidRDefault="00345FBE" w:rsidP="00345FBE">
+    <w:p w:rsidR="00345FBE" w:rsidP="00345FBE" w:rsidRDefault="00345FBE" w14:paraId="350F178B" w14:textId="77777777">
       <w:pPr>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00EB0433">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>Text</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1F07055E" w14:textId="77777777" w:rsidR="00345FBE" w:rsidRPr="00EB0433" w:rsidRDefault="00345FBE" w:rsidP="00345FBE">
+    <w:p w:rsidRPr="00EB0433" w:rsidR="00345FBE" w:rsidP="00345FBE" w:rsidRDefault="00345FBE" w14:paraId="1F07055E" w14:textId="77777777">
       <w:pPr>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="25319AD7" w14:textId="03715821" w:rsidR="009C7289" w:rsidRDefault="7B9ACA7F" w:rsidP="7C99AA3A">
+    <w:p w:rsidR="009C7289" w:rsidP="7C99AA3A" w:rsidRDefault="7B9ACA7F" w14:paraId="25319AD7" w14:textId="03715821">
       <w:pPr>
         <w:rPr>
           <w:color w:val="FF0000"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="7C99AA3A">
         <w:rPr>
           <w:rStyle w:val="Rubrik3Char"/>
         </w:rPr>
         <w:t>Present use of the technology in other hospitals in Region Västra Götaland</w:t>
       </w:r>
       <w:r w:rsidR="0043006C">
         <w:br/>
       </w:r>
-      <w:r w:rsidR="2E44A04B" w:rsidRPr="7C99AA3A">
+      <w:r w:rsidRPr="7C99AA3A" w:rsidR="2E44A04B">
         <w:rPr>
           <w:color w:val="FF0000"/>
         </w:rPr>
         <w:t>Används metoden på andra sjukhus i VGR eller Sverige? Sök via exempelvis sektorsråd, specialitetsföreningar, kvalitetsregister.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="531F50CF" w14:textId="77777777" w:rsidR="00345FBE" w:rsidRDefault="00345FBE" w:rsidP="00345FBE">
+    <w:p w:rsidR="00345FBE" w:rsidP="00345FBE" w:rsidRDefault="00345FBE" w14:paraId="531F50CF" w14:textId="77777777">
       <w:pPr>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00EB0433">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>Text</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="736C0464" w14:textId="77777777" w:rsidR="00345FBE" w:rsidRPr="00EB0433" w:rsidRDefault="00345FBE" w:rsidP="00345FBE">
+    <w:p w:rsidRPr="00EB0433" w:rsidR="00345FBE" w:rsidP="00345FBE" w:rsidRDefault="00345FBE" w14:paraId="736C0464" w14:textId="77777777">
       <w:pPr>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="7CD5C6A6" w14:textId="7C3FA8EF" w:rsidR="009C7289" w:rsidRDefault="7B9ACA7F" w:rsidP="7C99AA3A">
+    <w:p w:rsidR="009C7289" w:rsidP="7C99AA3A" w:rsidRDefault="7B9ACA7F" w14:paraId="7CD5C6A6" w14:textId="7C3FA8EF">
       <w:pPr>
         <w:rPr>
           <w:color w:val="FF0000"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="7C99AA3A">
         <w:rPr>
           <w:rStyle w:val="Rubrik3Char"/>
         </w:rPr>
         <w:t>Consequences of the new health technology for personnel</w:t>
       </w:r>
       <w:r w:rsidR="0043006C">
         <w:br/>
       </w:r>
-      <w:r w:rsidR="2E44A04B" w:rsidRPr="7C99AA3A">
+      <w:r w:rsidRPr="7C99AA3A" w:rsidR="2E44A04B">
         <w:rPr>
           <w:color w:val="FF0000"/>
         </w:rPr>
         <w:t>Ange personalmässiga konsekvenser av förslaget vad gäller exempelvis informations- och utbildningsbehov eller jämställdhets- och arbetsmiljöförhållanden, samt vilka personalgrupper som påverkas.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="224C16F2" w14:textId="77777777" w:rsidR="00345FBE" w:rsidRDefault="00345FBE" w:rsidP="00345FBE">
+    <w:p w:rsidR="00345FBE" w:rsidP="00345FBE" w:rsidRDefault="00345FBE" w14:paraId="224C16F2" w14:textId="77777777">
       <w:pPr>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00EB0433">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>Text</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5C190A12" w14:textId="77777777" w:rsidR="00345FBE" w:rsidRPr="00EB0433" w:rsidRDefault="00345FBE" w:rsidP="00345FBE">
+    <w:p w:rsidRPr="00EB0433" w:rsidR="00345FBE" w:rsidP="00345FBE" w:rsidRDefault="00345FBE" w14:paraId="5C190A12" w14:textId="77777777">
       <w:pPr>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="14F00E08" w14:textId="0E565B25" w:rsidR="009C7289" w:rsidRDefault="771E0769" w:rsidP="7C99AA3A">
+    <w:p w:rsidR="009C7289" w:rsidP="7C99AA3A" w:rsidRDefault="771E0769" w14:paraId="14F00E08" w14:textId="0E565B25">
       <w:pPr>
         <w:rPr>
           <w:color w:val="FF0000"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="45C82612">
         <w:rPr>
           <w:rStyle w:val="Rubrik3Char"/>
         </w:rPr>
         <w:t>Consequences for other clinics or supporting functions at the hospital or in Region Västra Götaland</w:t>
       </w:r>
       <w:r w:rsidR="1AC78E3F">
         <w:br/>
       </w:r>
       <w:r w:rsidRPr="45C82612">
         <w:rPr>
           <w:color w:val="FF0000"/>
         </w:rPr>
         <w:t>Beskriv kortfattat hur nuvarande vårdprocesser, vårdflöden och verksamheter förväntas påverkas om den nya metoden införs/utmönstras. Ange inom vilka nivåer patientflöden kan påverkas. Till exempel:</w:t>
       </w:r>
-      <w:r w:rsidR="531F55FD" w:rsidRPr="45C82612">
+      <w:r w:rsidRPr="45C82612" w:rsidR="531F55FD">
         <w:rPr>
           <w:color w:val="FF0000"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="45C82612">
         <w:rPr>
           <w:color w:val="FF0000"/>
         </w:rPr>
         <w:t>”Metoden kommer att användas på cirka X fall inom egna verksamheten/sjukhuset och inom övriga sjukhus bedöms Y – Z fall bli aktuella.”</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="05BC6A26" w14:textId="77777777" w:rsidR="00345FBE" w:rsidRDefault="00345FBE" w:rsidP="00345FBE">
+    <w:p w:rsidR="00345FBE" w:rsidP="00345FBE" w:rsidRDefault="00345FBE" w14:paraId="05BC6A26" w14:textId="77777777">
       <w:pPr>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00EB0433">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>Text</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2840F3DF" w14:textId="77777777" w:rsidR="00345FBE" w:rsidRPr="00EB0433" w:rsidRDefault="00345FBE" w:rsidP="00345FBE">
+    <w:p w:rsidRPr="00EB0433" w:rsidR="00345FBE" w:rsidP="00345FBE" w:rsidRDefault="00345FBE" w14:paraId="2840F3DF" w14:textId="77777777">
       <w:pPr>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="23AD3BFF" w14:textId="743375BF" w:rsidR="009C7289" w:rsidRPr="003F5DC3" w:rsidRDefault="003F5DC3">
+    <w:p w:rsidRPr="003F5DC3" w:rsidR="009C7289" w:rsidRDefault="003F5DC3" w14:paraId="23AD3BFF" w14:textId="743375BF">
       <w:pPr>
         <w:pStyle w:val="Rubrik2"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="567"/>
         </w:tabs>
       </w:pPr>
-      <w:bookmarkStart w:id="45" w:name="_Toc170293057"/>
+      <w:bookmarkStart w:name="_Toc170293057" w:id="45"/>
       <w:r>
         <w:t xml:space="preserve">12 </w:t>
       </w:r>
-      <w:r w:rsidR="0043006C" w:rsidRPr="003F5DC3">
+      <w:r w:rsidRPr="003F5DC3" w:rsidR="0043006C">
         <w:t>Economic aspects</w:t>
       </w:r>
       <w:bookmarkEnd w:id="45"/>
     </w:p>
-    <w:p w14:paraId="0094B685" w14:textId="504D012F" w:rsidR="00EF3224" w:rsidRDefault="00D841D8" w:rsidP="00FA798E">
+    <w:p w:rsidR="00EF3224" w:rsidP="00FA798E" w:rsidRDefault="00D841D8" w14:paraId="0094B685" w14:textId="504D012F">
       <w:pPr>
         <w:rPr>
           <w:color w:val="FF0000"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00D841D8">
         <w:rPr>
           <w:color w:val="FF0000"/>
         </w:rPr>
         <w:t>Kontakta HTA-centrums Hälsoekonom</w:t>
       </w:r>
       <w:r w:rsidR="006C70F3">
         <w:rPr>
           <w:color w:val="FF0000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Jahangir Khan</w:t>
       </w:r>
       <w:r w:rsidRPr="00D841D8">
         <w:rPr>
           <w:color w:val="FF0000"/>
         </w:rPr>
         <w:t xml:space="preserve"> i ett tidigt skede</w:t>
       </w:r>
       <w:r w:rsidR="006C70F3">
         <w:rPr>
           <w:color w:val="FF0000"/>
         </w:rPr>
         <w:t>:</w:t>
       </w:r>
-      <w:r w:rsidR="006C70F3" w:rsidRPr="006C70F3">
+      <w:r w:rsidRPr="006C70F3" w:rsidR="006C70F3">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="006C70F3" w:rsidRPr="006C70F3">
+      <w:r w:rsidRPr="006C70F3" w:rsidR="006C70F3">
         <w:rPr>
           <w:color w:val="FF0000"/>
         </w:rPr>
         <w:t>jahangir.khan@gu.se</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5815FCA3" w14:textId="77777777" w:rsidR="00345FBE" w:rsidRDefault="00345FBE" w:rsidP="00345FBE">
+    <w:p w:rsidR="00345FBE" w:rsidP="00345FBE" w:rsidRDefault="00345FBE" w14:paraId="5815FCA3" w14:textId="77777777">
       <w:pPr>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00EB0433">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>Text</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5E89E543" w14:textId="77777777" w:rsidR="00345FBE" w:rsidRPr="00EB0433" w:rsidRDefault="00345FBE" w:rsidP="00345FBE">
+    <w:p w:rsidRPr="00EB0433" w:rsidR="00345FBE" w:rsidP="00345FBE" w:rsidRDefault="00345FBE" w14:paraId="5E89E543" w14:textId="77777777">
       <w:pPr>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="4617B1A9" w14:textId="69999F8C" w:rsidR="003A26DB" w:rsidRDefault="22D574A4" w:rsidP="7C99AA3A">
+    <w:p w:rsidR="003A26DB" w:rsidP="7C99AA3A" w:rsidRDefault="22D574A4" w14:paraId="4617B1A9" w14:textId="69999F8C">
       <w:pPr>
         <w:rPr>
           <w:color w:val="FF0000"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="7C99AA3A">
         <w:rPr>
           <w:rStyle w:val="Rubrik3Char"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:t>Present costs of currently used technologies</w:t>
       </w:r>
       <w:r w:rsidR="6568C208">
         <w:br/>
       </w:r>
       <w:r w:rsidRPr="7C99AA3A">
         <w:rPr>
           <w:color w:val="FF0000"/>
         </w:rPr>
         <w:t xml:space="preserve">Kostnader per patient och totalt, för nuvarande vård (det vill säga innan den nya metoden är införd se C: i PICO) i verksamheten eller för sjukhuset/regionen. Här används KPP-filer (kostnad per patient) för att med diagnos- och </w:t>
       </w:r>
-      <w:r w:rsidR="2DB8F226" w:rsidRPr="7C99AA3A">
+      <w:r w:rsidRPr="7C99AA3A" w:rsidR="2DB8F226">
         <w:rPr>
           <w:color w:val="FF0000"/>
         </w:rPr>
         <w:t>åtgärdskod</w:t>
       </w:r>
-      <w:r w:rsidR="49D96E26" w:rsidRPr="7C99AA3A">
+      <w:r w:rsidRPr="7C99AA3A" w:rsidR="49D96E26">
         <w:rPr>
           <w:color w:val="FF0000"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="7C99AA3A">
         <w:rPr>
           <w:color w:val="FF0000"/>
         </w:rPr>
         <w:t>som bas definiera dagens kostnad per patient och totalt.</w:t>
       </w:r>
-      <w:bookmarkStart w:id="46" w:name="_Toc166595011"/>
-[...1 lines deleted...]
-    <w:p w14:paraId="405A5E78" w14:textId="77777777" w:rsidR="00EB0433" w:rsidRDefault="00EB0433" w:rsidP="00EB0433">
+      <w:bookmarkStart w:name="_Toc166595011" w:id="46"/>
+    </w:p>
+    <w:p w:rsidR="00EB0433" w:rsidP="00EB0433" w:rsidRDefault="00EB0433" w14:paraId="405A5E78" w14:textId="77777777">
       <w:pPr>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00EB0433">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>Text</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="65E70758" w14:textId="77777777" w:rsidR="00EB0433" w:rsidRPr="00EB0433" w:rsidRDefault="00EB0433" w:rsidP="00EB0433">
+    <w:p w:rsidRPr="00EB0433" w:rsidR="00EB0433" w:rsidP="00EB0433" w:rsidRDefault="00EB0433" w14:paraId="65E70758" w14:textId="77777777">
       <w:pPr>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="217AC4A4" w14:textId="458AA0B1" w:rsidR="003A26DB" w:rsidRDefault="22D574A4" w:rsidP="7C99AA3A">
+    <w:p w:rsidR="003A26DB" w:rsidP="7C99AA3A" w:rsidRDefault="22D574A4" w14:paraId="217AC4A4" w14:textId="458AA0B1">
       <w:pPr>
         <w:rPr>
           <w:color w:val="FF0000"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="7C99AA3A">
         <w:rPr>
           <w:rStyle w:val="Rubrik3Char"/>
         </w:rPr>
         <w:t>Expected costs of the new health technology (se I i PICO)</w:t>
       </w:r>
       <w:bookmarkEnd w:id="46"/>
       <w:r w:rsidR="6568C208">
         <w:br/>
       </w:r>
       <w:r w:rsidRPr="7C99AA3A">
         <w:rPr>
           <w:color w:val="FF0000"/>
         </w:rPr>
         <w:t>Ange startkostnader för apparatur, om-/nybyggnad, utbildning etc</w:t>
       </w:r>
-      <w:r w:rsidR="2DB8F226" w:rsidRPr="7C99AA3A">
+      <w:r w:rsidRPr="7C99AA3A" w:rsidR="2DB8F226">
         <w:rPr>
           <w:color w:val="FF0000"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
       <w:r w:rsidRPr="7C99AA3A">
         <w:rPr>
           <w:color w:val="FF0000"/>
         </w:rPr>
         <w:t>för att nya teknologin skall kunna användas. Sammanfattade förändringar för sjukvården i drifts- och ekonomiska termer.</w:t>
       </w:r>
-      <w:bookmarkStart w:id="47" w:name="_Toc166595012"/>
-[...1 lines deleted...]
-    <w:p w14:paraId="08876A21" w14:textId="77777777" w:rsidR="00EB0433" w:rsidRDefault="00EB0433" w:rsidP="00EB0433">
+      <w:bookmarkStart w:name="_Toc166595012" w:id="47"/>
+    </w:p>
+    <w:p w:rsidR="00EB0433" w:rsidP="00EB0433" w:rsidRDefault="00EB0433" w14:paraId="08876A21" w14:textId="77777777">
       <w:pPr>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00EB0433">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>Text</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="192C2211" w14:textId="77777777" w:rsidR="00EB0433" w:rsidRPr="00EB0433" w:rsidRDefault="00EB0433" w:rsidP="00EB0433">
+    <w:p w:rsidRPr="00EB0433" w:rsidR="00EB0433" w:rsidP="00EB0433" w:rsidRDefault="00EB0433" w14:paraId="192C2211" w14:textId="77777777">
       <w:pPr>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="3BC66843" w14:textId="1607742B" w:rsidR="009C7289" w:rsidRDefault="2E44A04B" w:rsidP="7C99AA3A">
+    <w:p w:rsidR="009C7289" w:rsidP="7C99AA3A" w:rsidRDefault="2E44A04B" w14:paraId="3BC66843" w14:textId="1607742B">
       <w:pPr>
         <w:rPr>
           <w:color w:val="FF0000"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="7C99AA3A">
         <w:rPr>
           <w:rStyle w:val="Rubrik3Char"/>
         </w:rPr>
         <w:t>Total</w:t>
       </w:r>
       <w:bookmarkEnd w:id="47"/>
-      <w:r w:rsidR="7B9ACA7F" w:rsidRPr="7C99AA3A">
+      <w:r w:rsidRPr="7C99AA3A" w:rsidR="7B9ACA7F">
         <w:rPr>
           <w:rStyle w:val="Rubrik3Char"/>
         </w:rPr>
         <w:t xml:space="preserve"> change in costs</w:t>
       </w:r>
       <w:r w:rsidR="009C7289">
         <w:br/>
       </w:r>
       <w:r w:rsidRPr="7C99AA3A">
         <w:rPr>
           <w:color w:val="FF0000"/>
         </w:rPr>
         <w:t>Vad blir den nya kostnaden jämfört med den gamla?  Belys nettokostnader för verksamhetsområdet eller sjukhuset eller regionen de närmaste åren – väg alltså in eventuella besparingar eller vinster inom verksamhet/sjukhuset/VGR.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4442AA2E" w14:textId="77777777" w:rsidR="00EB0433" w:rsidRDefault="00EB0433" w:rsidP="00EB0433">
+    <w:p w:rsidR="00EB0433" w:rsidP="00EB0433" w:rsidRDefault="00EB0433" w14:paraId="4442AA2E" w14:textId="77777777">
       <w:pPr>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:lang w:val="en-AU"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00EB0433">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:lang w:val="en-AU"/>
         </w:rPr>
         <w:t>Tex</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:lang w:val="en-AU"/>
         </w:rPr>
         <w:t>t</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="475EBF7F" w14:textId="77777777" w:rsidR="00EB0433" w:rsidRPr="00EB0433" w:rsidRDefault="00EB0433" w:rsidP="00EB0433">
+    <w:p w:rsidRPr="00EB0433" w:rsidR="00EB0433" w:rsidP="00EB0433" w:rsidRDefault="00EB0433" w14:paraId="475EBF7F" w14:textId="77777777">
       <w:pPr>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:lang w:val="en-AU"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="62176752" w14:textId="1AD89BE1" w:rsidR="009C7289" w:rsidRDefault="22D574A4" w:rsidP="7C99AA3A">
+    <w:p w:rsidR="009C7289" w:rsidP="7C99AA3A" w:rsidRDefault="22D574A4" w14:paraId="62176752" w14:textId="1AD89BE1">
       <w:pPr>
         <w:rPr>
           <w:color w:val="FF0000"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="7C99AA3A">
         <w:rPr>
           <w:rStyle w:val="Rubrik3Char"/>
           <w:lang w:val="en-AU"/>
         </w:rPr>
         <w:t>Possibility to adopt and use the new technology within the present budget</w:t>
       </w:r>
-      <w:r w:rsidR="6568C208" w:rsidRPr="005D5101">
+      <w:r w:rsidRPr="005D5101" w:rsidR="6568C208">
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:br/>
       </w:r>
       <w:r w:rsidRPr="7C99AA3A">
         <w:rPr>
           <w:color w:val="FF0000"/>
           <w:lang w:val="en-AU"/>
         </w:rPr>
         <w:t xml:space="preserve">Finns </w:t>
       </w:r>
       <w:r w:rsidR="007E3FD0">
         <w:rPr>
           <w:color w:val="FF0000"/>
           <w:lang w:val="en-AU"/>
         </w:rPr>
         <w:t xml:space="preserve">det </w:t>
       </w:r>
       <w:r w:rsidRPr="7C99AA3A">
         <w:rPr>
           <w:color w:val="FF0000"/>
           <w:lang w:val="en-AU"/>
         </w:rPr>
         <w:t xml:space="preserve">risk för undanträngningseffekter? </w:t>
@@ -7105,942 +7111,962 @@
       </w:r>
       <w:r w:rsidR="003079B9">
         <w:rPr>
           <w:color w:val="FF0000"/>
         </w:rPr>
         <w:t>O</w:t>
       </w:r>
       <w:r w:rsidRPr="7C99AA3A">
         <w:rPr>
           <w:color w:val="FF0000"/>
         </w:rPr>
         <w:t>mfördelning eller effektivisering</w:t>
       </w:r>
       <w:r w:rsidR="003079B9">
         <w:rPr>
           <w:color w:val="FF0000"/>
         </w:rPr>
         <w:t>?</w:t>
       </w:r>
       <w:r w:rsidRPr="7C99AA3A">
         <w:rPr>
           <w:color w:val="FF0000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Ange om det finns utrymme inom verksamhetens, </w:t>
       </w:r>
-      <w:r w:rsidR="16B5CB5F" w:rsidRPr="7C99AA3A">
+      <w:r w:rsidRPr="7C99AA3A" w:rsidR="16B5CB5F">
         <w:rPr>
           <w:color w:val="FF0000"/>
         </w:rPr>
         <w:t>områdets eller</w:t>
       </w:r>
       <w:r w:rsidRPr="7C99AA3A">
         <w:rPr>
           <w:color w:val="FF0000"/>
         </w:rPr>
         <w:t xml:space="preserve"> sjukhusets budget.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="54B0276E" w14:textId="77777777" w:rsidR="00EB0433" w:rsidRDefault="00EB0433" w:rsidP="00EB0433">
+    <w:p w:rsidR="00EB0433" w:rsidP="00EB0433" w:rsidRDefault="00EB0433" w14:paraId="54B0276E" w14:textId="77777777">
       <w:pPr>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:lang w:val="en-AU"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00EB0433">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:lang w:val="en-AU"/>
         </w:rPr>
         <w:t>Tex</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:lang w:val="en-AU"/>
         </w:rPr>
         <w:t>t</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2F189C56" w14:textId="77777777" w:rsidR="00EB0433" w:rsidRPr="00EB0433" w:rsidRDefault="00EB0433" w:rsidP="00EB0433">
+    <w:p w:rsidRPr="00EB0433" w:rsidR="00EB0433" w:rsidP="00EB0433" w:rsidRDefault="00EB0433" w14:paraId="2F189C56" w14:textId="77777777">
       <w:pPr>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:lang w:val="en-AU"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="6BD5722C" w14:textId="617750E5" w:rsidR="009C7289" w:rsidRDefault="7B9ACA7F" w:rsidP="7C99AA3A">
+    <w:p w:rsidR="009C7289" w:rsidP="7C99AA3A" w:rsidRDefault="7B9ACA7F" w14:paraId="6BD5722C" w14:textId="617750E5">
       <w:pPr>
         <w:rPr>
           <w:color w:val="FF0000"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="7C99AA3A">
         <w:rPr>
           <w:rStyle w:val="Rubrik3Char"/>
         </w:rPr>
         <w:t>Available economic evaluations or cost advantages/disadvantages</w:t>
       </w:r>
       <w:r w:rsidR="0043006C">
         <w:br/>
       </w:r>
-      <w:r w:rsidR="2E44A04B" w:rsidRPr="7C99AA3A">
+      <w:r w:rsidRPr="7C99AA3A" w:rsidR="2E44A04B">
         <w:rPr>
           <w:color w:val="FF0000"/>
         </w:rPr>
         <w:t>Redogör för kunskapsläget enligt tillgänglig litteratur.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0123E31C" w14:textId="77777777" w:rsidR="00EB0433" w:rsidRDefault="00EB0433" w:rsidP="00EB0433">
+    <w:p w:rsidR="00EB0433" w:rsidP="00EB0433" w:rsidRDefault="00EB0433" w14:paraId="0123E31C" w14:textId="77777777">
       <w:pPr>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:lang w:val="en-AU"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00EB0433">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:lang w:val="en-AU"/>
         </w:rPr>
         <w:t>Tex</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:lang w:val="en-AU"/>
         </w:rPr>
         <w:t>t</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4B64056D" w14:textId="77777777" w:rsidR="00EB0433" w:rsidRDefault="00EB0433" w:rsidP="00EB0433">
+    <w:p w:rsidR="00EB0433" w:rsidP="00EB0433" w:rsidRDefault="00EB0433" w14:paraId="4B64056D" w14:textId="77777777">
       <w:pPr>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:lang w:val="en-AU"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="4FD07954" w14:textId="77777777" w:rsidR="00F74643" w:rsidRDefault="00F74643" w:rsidP="00524A6B">
+    <w:p w:rsidR="00F74643" w:rsidP="00524A6B" w:rsidRDefault="00F74643" w14:paraId="4FD07954" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="Rubrik2"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="567"/>
         </w:tabs>
       </w:pPr>
-      <w:bookmarkStart w:id="48" w:name="_Toc166593810"/>
-[...5 lines deleted...]
-    <w:p w14:paraId="47F21E14" w14:textId="46052E5D" w:rsidR="009C7289" w:rsidRPr="003A26DB" w:rsidRDefault="00524A6B" w:rsidP="00524A6B">
+      <w:bookmarkStart w:name="_Toc166593810" w:id="48"/>
+      <w:bookmarkStart w:name="_Toc166594018" w:id="49"/>
+      <w:bookmarkStart w:name="_Toc166594164" w:id="50"/>
+      <w:bookmarkStart w:name="_Toc166595016" w:id="51"/>
+      <w:bookmarkStart w:name="_Toc170293058" w:id="52"/>
+    </w:p>
+    <w:p w:rsidRPr="003A26DB" w:rsidR="009C7289" w:rsidP="00524A6B" w:rsidRDefault="00524A6B" w14:paraId="47F21E14" w14:textId="46052E5D">
       <w:pPr>
         <w:pStyle w:val="Rubrik2"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="567"/>
         </w:tabs>
       </w:pPr>
       <w:r>
         <w:t>1</w:t>
       </w:r>
       <w:r w:rsidR="00815FD3">
         <w:t>3</w:t>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
-      <w:r w:rsidR="009C7289" w:rsidRPr="003A26DB">
+      <w:r w:rsidRPr="003A26DB" w:rsidR="009C7289">
         <w:t>Dis</w:t>
       </w:r>
       <w:bookmarkEnd w:id="48"/>
       <w:bookmarkEnd w:id="49"/>
       <w:bookmarkEnd w:id="50"/>
       <w:bookmarkEnd w:id="51"/>
-      <w:r w:rsidR="0043006C" w:rsidRPr="003A26DB">
+      <w:r w:rsidRPr="003A26DB" w:rsidR="0043006C">
         <w:t>cussion</w:t>
       </w:r>
       <w:bookmarkEnd w:id="52"/>
     </w:p>
-    <w:p w14:paraId="737510E6" w14:textId="19923908" w:rsidR="009C7289" w:rsidRPr="00EB0433" w:rsidRDefault="00A06022" w:rsidP="00FA798E">
+    <w:p w:rsidRPr="00EB0433" w:rsidR="009C7289" w:rsidP="00FA798E" w:rsidRDefault="00A06022" w14:paraId="737510E6" w14:textId="19923908">
       <w:pPr>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="FF0000"/>
         </w:rPr>
         <w:t xml:space="preserve">De viktigaste </w:t>
       </w:r>
       <w:r w:rsidRPr="7C99AA3A">
         <w:rPr>
           <w:color w:val="FF0000"/>
         </w:rPr>
         <w:t>resultaten</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="FF0000"/>
         </w:rPr>
         <w:t>, till</w:t>
       </w:r>
       <w:r w:rsidR="00F341BF">
         <w:rPr>
           <w:color w:val="FF0000"/>
         </w:rPr>
         <w:t>förlitligheten till det vetenskapliga underlag</w:t>
       </w:r>
       <w:r w:rsidR="005225B8">
         <w:rPr>
           <w:color w:val="FF0000"/>
         </w:rPr>
         <w:t xml:space="preserve"> och vad det innebär. K</w:t>
       </w:r>
-      <w:r w:rsidR="2E44A04B" w:rsidRPr="7C99AA3A">
+      <w:r w:rsidRPr="7C99AA3A" w:rsidR="2E44A04B">
         <w:rPr>
           <w:color w:val="FF0000"/>
         </w:rPr>
         <w:t>linisk relevans</w:t>
       </w:r>
       <w:r w:rsidR="005225B8">
         <w:rPr>
           <w:color w:val="FF0000"/>
         </w:rPr>
         <w:t>?</w:t>
       </w:r>
-      <w:r w:rsidR="44C318C4" w:rsidRPr="7C99AA3A">
+      <w:r w:rsidRPr="7C99AA3A" w:rsidR="44C318C4">
         <w:rPr>
           <w:color w:val="FF0000"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="2E44A04B" w:rsidRPr="7C99AA3A">
+      <w:r w:rsidRPr="7C99AA3A" w:rsidR="2E44A04B">
         <w:rPr>
           <w:color w:val="FF0000"/>
         </w:rPr>
         <w:t xml:space="preserve">Viktiga aspekter som inte kommer fram i resultatdelen. </w:t>
       </w:r>
       <w:r w:rsidR="005225B8">
         <w:rPr>
           <w:color w:val="FF0000"/>
         </w:rPr>
         <w:t>Max</w:t>
       </w:r>
-      <w:r w:rsidR="2E44A04B" w:rsidRPr="7C99AA3A">
+      <w:r w:rsidRPr="7C99AA3A" w:rsidR="2E44A04B">
         <w:rPr>
           <w:color w:val="FF0000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 1 A4-sida.</w:t>
       </w:r>
       <w:r w:rsidR="009C7289">
         <w:br/>
       </w:r>
       <w:r w:rsidR="009C7289">
         <w:br/>
       </w:r>
-      <w:r w:rsidR="7B9ACA7F" w:rsidRPr="005225B8">
+      <w:r w:rsidRPr="005225B8" w:rsidR="7B9ACA7F">
         <w:rPr>
           <w:rStyle w:val="Rubrik3Char"/>
         </w:rPr>
         <w:t>Summary of main results</w:t>
       </w:r>
       <w:r w:rsidR="009C7289">
         <w:br/>
       </w:r>
-      <w:r w:rsidR="2E44A04B" w:rsidRPr="00EB0433">
+      <w:r w:rsidRPr="00EB0433" w:rsidR="2E44A04B">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>Text</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="12B48C60" w14:textId="10E085AD" w:rsidR="009C7289" w:rsidRPr="00EB0433" w:rsidRDefault="0043006C" w:rsidP="00FA798E">
+    <w:p w:rsidRPr="00EB0433" w:rsidR="009C7289" w:rsidP="00FA798E" w:rsidRDefault="0043006C" w14:paraId="12B48C60" w14:textId="10E085AD">
       <w:pPr>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:lang w:val="en-AU"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00EB0433">
         <w:rPr>
           <w:rStyle w:val="Rubrik3Char"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:lang w:val="en-AU"/>
         </w:rPr>
         <w:t>Overall completeness and applicability of evidence</w:t>
       </w:r>
-      <w:r w:rsidR="009C7289" w:rsidRPr="00EB0433">
+      <w:r w:rsidRPr="00EB0433" w:rsidR="009C7289">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:lang w:val="en-AU"/>
         </w:rPr>
         <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="00EB0433" w:rsidR="009C7289">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:lang w:val="en-AU"/>
+        </w:rPr>
         <w:t>Text</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="696CEBB1" w14:textId="1BF6E9F7" w:rsidR="009C7289" w:rsidRPr="00EB0433" w:rsidRDefault="0043006C" w:rsidP="00FA798E">
+    <w:p w:rsidRPr="00EB0433" w:rsidR="009C7289" w:rsidP="00FA798E" w:rsidRDefault="0043006C" w14:paraId="696CEBB1" w14:textId="1BF6E9F7">
       <w:pPr>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:lang w:val="en-AU"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00EB0433">
         <w:rPr>
           <w:rStyle w:val="Rubrik3Char"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:lang w:val="en-AU"/>
         </w:rPr>
         <w:t>Agreements and disagreements with other studies and reviews</w:t>
       </w:r>
       <w:r w:rsidRPr="00EB0433">
         <w:rPr>
           <w:bCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:lang w:val="en-AU"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00EB0433">
         <w:rPr>
           <w:bCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:lang w:val="en-AU"/>
         </w:rPr>
         <w:br/>
       </w:r>
-      <w:r w:rsidR="009C7289" w:rsidRPr="00EB0433">
+      <w:r w:rsidRPr="00EB0433" w:rsidR="009C7289">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:lang w:val="en-AU"/>
         </w:rPr>
         <w:t>Text</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2850FE10" w14:textId="17762A07" w:rsidR="009C7289" w:rsidRPr="00EB0433" w:rsidRDefault="00103C0D" w:rsidP="00A85375">
+    <w:p w:rsidRPr="00EB0433" w:rsidR="009C7289" w:rsidP="00A85375" w:rsidRDefault="00103C0D" w14:paraId="2850FE10" w14:textId="17762A07">
       <w:pPr>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:lang w:val="en-AU"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00EB0433">
         <w:rPr>
           <w:rStyle w:val="Rubrik3Char"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:lang w:val="en-AU"/>
         </w:rPr>
         <w:t>Implications for research</w:t>
       </w:r>
-      <w:r w:rsidR="009C7289" w:rsidRPr="00EB0433">
+      <w:r w:rsidRPr="00EB0433" w:rsidR="009C7289">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:lang w:val="en-AU"/>
         </w:rPr>
         <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="00EB0433" w:rsidR="009C7289">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:lang w:val="en-AU"/>
+        </w:rPr>
         <w:t>Tex</w:t>
       </w:r>
       <w:r w:rsidR="00EB0433">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:lang w:val="en-AU"/>
         </w:rPr>
         <w:t>t</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3169764D" w14:textId="3AA2AB77" w:rsidR="00E325E3" w:rsidRPr="00994050" w:rsidRDefault="00524A6B" w:rsidP="00524A6B">
+    <w:p w:rsidRPr="00994050" w:rsidR="00E325E3" w:rsidP="00524A6B" w:rsidRDefault="00524A6B" w14:paraId="3169764D" w14:textId="3AA2AB77">
       <w:pPr>
         <w:pStyle w:val="Rubrik2"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="567"/>
         </w:tabs>
         <w:rPr>
           <w:lang w:val="en-AU"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="53" w:name="_Toc166593811"/>
-[...3 lines deleted...]
-      <w:bookmarkStart w:id="57" w:name="_Toc170293059"/>
+      <w:bookmarkStart w:name="_Toc166593811" w:id="53"/>
+      <w:bookmarkStart w:name="_Toc166594019" w:id="54"/>
+      <w:bookmarkStart w:name="_Toc166594165" w:id="55"/>
+      <w:bookmarkStart w:name="_Toc166595020" w:id="56"/>
+      <w:bookmarkStart w:name="_Toc170293059" w:id="57"/>
       <w:r w:rsidRPr="00994050">
         <w:rPr>
           <w:lang w:val="en-AU"/>
         </w:rPr>
         <w:t>1</w:t>
       </w:r>
       <w:r w:rsidR="0015012B">
         <w:rPr>
           <w:lang w:val="en-AU"/>
         </w:rPr>
         <w:t>4</w:t>
       </w:r>
       <w:r w:rsidRPr="00994050">
         <w:rPr>
           <w:lang w:val="en-AU"/>
         </w:rPr>
         <w:tab/>
       </w:r>
-      <w:r w:rsidR="00E325E3" w:rsidRPr="00994050">
+      <w:r w:rsidRPr="00994050" w:rsidR="00E325E3">
         <w:rPr>
           <w:lang w:val="en-AU"/>
         </w:rPr>
         <w:t>F</w:t>
       </w:r>
       <w:bookmarkEnd w:id="53"/>
       <w:bookmarkEnd w:id="54"/>
       <w:bookmarkEnd w:id="55"/>
       <w:bookmarkEnd w:id="56"/>
-      <w:r w:rsidR="00CE7324" w:rsidRPr="00994050">
+      <w:r w:rsidRPr="00994050" w:rsidR="00CE7324">
         <w:rPr>
           <w:lang w:val="en-AU"/>
         </w:rPr>
         <w:t>uture perspectives</w:t>
       </w:r>
       <w:bookmarkEnd w:id="57"/>
     </w:p>
-    <w:p w14:paraId="5D57A04A" w14:textId="4296A0E1" w:rsidR="00E325E3" w:rsidRDefault="00CE7324" w:rsidP="00A85375">
+    <w:p w:rsidR="00E325E3" w:rsidP="00A85375" w:rsidRDefault="00CE7324" w14:paraId="5D57A04A" w14:textId="4296A0E1">
       <w:pPr>
         <w:pStyle w:val="Rubrik3"/>
       </w:pPr>
       <w:r w:rsidRPr="00CE7324">
         <w:t>Scientific knowledge gaps</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="05AD246F" w14:textId="45875785" w:rsidR="00E325E3" w:rsidRDefault="22D574A4" w:rsidP="7C99AA3A">
+    <w:p w:rsidR="00E325E3" w:rsidP="7C99AA3A" w:rsidRDefault="22D574A4" w14:paraId="05AD246F" w14:textId="45875785">
       <w:pPr>
         <w:rPr>
           <w:color w:val="FF0000"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="7C99AA3A">
         <w:rPr>
           <w:color w:val="FF0000"/>
         </w:rPr>
         <w:t xml:space="preserve">Beskriv vilka kunskapsluckor som </w:t>
       </w:r>
-      <w:r w:rsidR="68D6EF3B" w:rsidRPr="7C99AA3A">
+      <w:r w:rsidRPr="7C99AA3A" w:rsidR="68D6EF3B">
         <w:rPr>
           <w:color w:val="FF0000"/>
         </w:rPr>
         <w:t xml:space="preserve">HTA-rapporten har </w:t>
       </w:r>
       <w:r w:rsidRPr="7C99AA3A">
         <w:rPr>
           <w:color w:val="FF0000"/>
         </w:rPr>
         <w:t>identifierat.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6F3FE15D" w14:textId="77777777" w:rsidR="00EB0433" w:rsidRPr="00EB0433" w:rsidRDefault="00EB0433" w:rsidP="00EB0433">
+    <w:p w:rsidRPr="00EB0433" w:rsidR="00EB0433" w:rsidP="00EB0433" w:rsidRDefault="00EB0433" w14:paraId="6F3FE15D" w14:textId="77777777">
       <w:pPr>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:lang w:val="en-AU"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00EB0433">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:lang w:val="en-AU"/>
         </w:rPr>
         <w:t>Tex</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:lang w:val="en-AU"/>
         </w:rPr>
         <w:t>t</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="716D0C5F" w14:textId="54A702E4" w:rsidR="00E325E3" w:rsidRPr="00A85375" w:rsidRDefault="00CE7324" w:rsidP="00A85375">
+    <w:p w:rsidRPr="00A85375" w:rsidR="00E325E3" w:rsidP="00A85375" w:rsidRDefault="00CE7324" w14:paraId="716D0C5F" w14:textId="54A702E4">
       <w:pPr>
         <w:pStyle w:val="Rubrik3"/>
       </w:pPr>
       <w:r w:rsidRPr="00A85375">
         <w:t>Ongoing research</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="28831956" w14:textId="7F807C8A" w:rsidR="00E325E3" w:rsidRDefault="44C318C4" w:rsidP="7C99AA3A">
+    <w:p w:rsidR="00E325E3" w:rsidP="7C99AA3A" w:rsidRDefault="44C318C4" w14:paraId="28831956" w14:textId="7F807C8A">
       <w:pPr>
         <w:rPr>
           <w:color w:val="FF0000"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="7C99AA3A">
         <w:rPr>
           <w:color w:val="FF0000"/>
         </w:rPr>
         <w:t>Resultatet från clinicaltrials.gov skickas i form av en Excel-fil innehållande stora mängder information. Behövs mer info för att avgöra om studien är relevant finns en länk i filen till respektive studie, (scrolla längst till höger). Sammanfatta kort de pågående studier som svarar på PICO. Gör ev tabell om det är många studier att redovisa</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3616EACE" w14:textId="7D14657A" w:rsidR="00EB0433" w:rsidRPr="00EB0433" w:rsidRDefault="00EB0433" w:rsidP="7C99AA3A">
+    <w:p w:rsidRPr="00EB0433" w:rsidR="00EB0433" w:rsidP="7C99AA3A" w:rsidRDefault="00EB0433" w14:paraId="3616EACE" w14:textId="7D14657A">
       <w:pPr>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:lang w:val="en-AU"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00EB0433">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:lang w:val="en-AU"/>
         </w:rPr>
         <w:t>Tex</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:lang w:val="en-AU"/>
         </w:rPr>
         <w:t>t</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="495D2BFA" w14:textId="77777777" w:rsidR="00952552" w:rsidRDefault="00952552" w:rsidP="00FA798E">
+    <w:p w:rsidR="00952552" w:rsidP="00FA798E" w:rsidRDefault="00952552" w14:paraId="495D2BFA" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="Rubrik2"/>
       </w:pPr>
-      <w:bookmarkStart w:id="58" w:name="_Toc166593812"/>
-[...3 lines deleted...]
-    <w:p w14:paraId="7D43D9DC" w14:textId="263A8BD5" w:rsidR="00E325E3" w:rsidRPr="00994050" w:rsidRDefault="771E0769" w:rsidP="00524A6B">
+      <w:bookmarkStart w:name="_Toc166593812" w:id="58"/>
+      <w:bookmarkStart w:name="_Toc166594020" w:id="59"/>
+      <w:bookmarkStart w:name="_Toc166594166" w:id="60"/>
+    </w:p>
+    <w:p w:rsidRPr="00994050" w:rsidR="00E325E3" w:rsidP="00524A6B" w:rsidRDefault="771E0769" w14:paraId="7D43D9DC" w14:textId="263A8BD5">
       <w:pPr>
         <w:pStyle w:val="Rubrik2"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="567"/>
         </w:tabs>
         <w:rPr>
           <w:lang w:val="en-AU"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="61" w:name="_Toc170293060"/>
+      <w:bookmarkStart w:name="_Toc170293060" w:id="61"/>
       <w:bookmarkEnd w:id="58"/>
       <w:bookmarkEnd w:id="59"/>
       <w:bookmarkEnd w:id="60"/>
       <w:r w:rsidRPr="7C99AA3A">
         <w:rPr>
           <w:lang w:val="en-AU"/>
         </w:rPr>
         <w:t>1</w:t>
       </w:r>
-      <w:r w:rsidR="68D6EF3B" w:rsidRPr="7C99AA3A">
+      <w:r w:rsidRPr="7C99AA3A" w:rsidR="68D6EF3B">
         <w:rPr>
           <w:lang w:val="en-AU"/>
         </w:rPr>
         <w:t>5</w:t>
       </w:r>
-      <w:r w:rsidR="1AC78E3F" w:rsidRPr="005D5101">
+      <w:r w:rsidRPr="005D5101" w:rsidR="1AC78E3F">
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="7C99AA3A">
         <w:rPr>
           <w:lang w:val="en-AU"/>
         </w:rPr>
         <w:t>Participants in the project</w:t>
       </w:r>
       <w:bookmarkEnd w:id="61"/>
     </w:p>
-    <w:p w14:paraId="7E076FCE" w14:textId="5073C682" w:rsidR="00E325E3" w:rsidRPr="00AA1B96" w:rsidRDefault="00CE7324" w:rsidP="00FA798E">
+    <w:p w:rsidRPr="00AA1B96" w:rsidR="00E325E3" w:rsidP="00FA798E" w:rsidRDefault="00CE7324" w14:paraId="7E076FCE" w14:textId="5073C682">
       <w:pPr>
         <w:pStyle w:val="Ingetavstnd"/>
         <w:rPr>
           <w:lang w:val="en-AU"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00AA1B96">
         <w:rPr>
           <w:rStyle w:val="Rubrik3Char"/>
           <w:lang w:val="en-AU"/>
         </w:rPr>
         <w:t>The question was nominated by</w:t>
       </w:r>
-      <w:r w:rsidR="00E325E3" w:rsidRPr="00AA1B96">
+      <w:r w:rsidRPr="00AA1B96" w:rsidR="00E325E3">
         <w:rPr>
           <w:lang w:val="en-AU"/>
         </w:rPr>
         <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="00AA1B96" w:rsidR="00E325E3">
+        <w:rPr>
+          <w:lang w:val="en-AU"/>
+        </w:rPr>
         <w:t>Text</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3D186FDE" w14:textId="77777777" w:rsidR="00E325E3" w:rsidRPr="00AA1B96" w:rsidRDefault="00E325E3" w:rsidP="00FA798E">
+    <w:p w:rsidRPr="00AA1B96" w:rsidR="00E325E3" w:rsidP="00FA798E" w:rsidRDefault="00E325E3" w14:paraId="3D186FDE" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="Ingetavstnd"/>
         <w:rPr>
           <w:lang w:val="en-AU"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="58FBEF37" w14:textId="6853B8FA" w:rsidR="00CE7324" w:rsidRDefault="00CE7324" w:rsidP="00FA798E">
+    <w:p w:rsidR="00CE7324" w:rsidP="00FA798E" w:rsidRDefault="00CE7324" w14:paraId="58FBEF37" w14:textId="6853B8FA">
       <w:pPr>
         <w:pStyle w:val="Ingetavstnd"/>
         <w:rPr>
           <w:lang w:val="en-AU"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00AA1B96">
         <w:rPr>
           <w:rStyle w:val="Rubrik3Char"/>
           <w:lang w:val="en-AU"/>
         </w:rPr>
         <w:t>Participating healthcare professionals</w:t>
       </w:r>
-      <w:r w:rsidR="00E325E3" w:rsidRPr="00AA1B96">
+      <w:r w:rsidRPr="00AA1B96" w:rsidR="00E325E3">
         <w:rPr>
           <w:lang w:val="en-AU"/>
         </w:rPr>
         <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="00AA1B96" w:rsidR="00E325E3">
+        <w:rPr>
+          <w:lang w:val="en-AU"/>
+        </w:rPr>
         <w:t>Text</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="77814ECD" w14:textId="77777777" w:rsidR="00524A6B" w:rsidRPr="00524A6B" w:rsidRDefault="00524A6B" w:rsidP="00FA798E">
+    <w:p w:rsidRPr="00524A6B" w:rsidR="00524A6B" w:rsidP="00FA798E" w:rsidRDefault="00524A6B" w14:paraId="77814ECD" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="Ingetavstnd"/>
         <w:rPr>
           <w:rStyle w:val="Rubrik3Char"/>
-          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:cstheme="minorBidi"/>
           <w:bCs w:val="0"/>
           <w:sz w:val="19"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-AU"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="6F492214" w14:textId="55A1812C" w:rsidR="00E325E3" w:rsidRPr="00AA1B96" w:rsidRDefault="771E0769" w:rsidP="00FA798E">
+    <w:p w:rsidRPr="00AA1B96" w:rsidR="00E325E3" w:rsidP="00FA798E" w:rsidRDefault="771E0769" w14:paraId="6F492214" w14:textId="55A1812C">
       <w:pPr>
         <w:pStyle w:val="Ingetavstnd"/>
         <w:rPr>
           <w:lang w:val="en-AU"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="7C99AA3A">
         <w:rPr>
           <w:rStyle w:val="Rubrik3Char"/>
           <w:lang w:val="en-AU"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">Participants from HTA-centrum  </w:t>
       </w:r>
-      <w:r w:rsidR="1AC78E3F" w:rsidRPr="005D5101">
+      <w:r w:rsidRPr="005D5101" w:rsidR="1AC78E3F">
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:br/>
       </w:r>
       <w:r w:rsidRPr="7C99AA3A">
         <w:rPr>
           <w:lang w:val="en-AU"/>
         </w:rPr>
         <w:t>Text</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="287C41A0" w14:textId="5DDD21B4" w:rsidR="00E325E3" w:rsidRPr="00AA1B96" w:rsidRDefault="771E0769" w:rsidP="00FA798E">
+    <w:p w:rsidRPr="00AA1B96" w:rsidR="00E325E3" w:rsidP="00FA798E" w:rsidRDefault="771E0769" w14:paraId="287C41A0" w14:textId="5DDD21B4">
       <w:pPr>
         <w:pStyle w:val="Rubrik3"/>
         <w:rPr>
           <w:lang w:val="en-AU"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="7C99AA3A">
         <w:rPr>
           <w:lang w:val="en-AU"/>
         </w:rPr>
         <w:t>Participants from Medical Library</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0EB5DCF8" w14:textId="677B3245" w:rsidR="00E325E3" w:rsidRPr="00AA1B96" w:rsidRDefault="00E325E3" w:rsidP="00FA798E">
+    <w:p w:rsidRPr="00AA1B96" w:rsidR="00E325E3" w:rsidP="00FA798E" w:rsidRDefault="00E325E3" w14:paraId="0EB5DCF8" w14:textId="677B3245">
       <w:pPr>
         <w:pStyle w:val="Ingetavstnd"/>
         <w:rPr>
           <w:lang w:val="en-AU"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00AA1B96">
         <w:rPr>
           <w:lang w:val="en-AU"/>
         </w:rPr>
         <w:t>Text</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="41EE5098" w14:textId="77777777" w:rsidR="00E325E3" w:rsidRPr="00AA1B96" w:rsidRDefault="00E325E3" w:rsidP="00FA798E">
+    <w:p w:rsidRPr="00AA1B96" w:rsidR="00E325E3" w:rsidP="00FA798E" w:rsidRDefault="00E325E3" w14:paraId="41EE5098" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="Ingetavstnd"/>
         <w:rPr>
           <w:lang w:val="en-AU"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="27E7E90B" w14:textId="535428AD" w:rsidR="00E325E3" w:rsidRPr="00AA1B96" w:rsidRDefault="00CE7324" w:rsidP="00FA798E">
+    <w:p w:rsidRPr="00AA1B96" w:rsidR="00E325E3" w:rsidP="00FA798E" w:rsidRDefault="00CE7324" w14:paraId="27E7E90B" w14:textId="535428AD">
       <w:pPr>
         <w:pStyle w:val="Ingetavstnd"/>
         <w:rPr>
           <w:lang w:val="en-AU"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00AA1B96">
         <w:rPr>
           <w:rStyle w:val="Rubrik3Char"/>
           <w:lang w:val="en-AU"/>
         </w:rPr>
         <w:t>External reviewers</w:t>
       </w:r>
-      <w:r w:rsidR="00E325E3" w:rsidRPr="00AA1B96">
+      <w:r w:rsidRPr="00AA1B96" w:rsidR="00E325E3">
         <w:rPr>
           <w:lang w:val="en-AU"/>
         </w:rPr>
         <w:br/>
       </w:r>
-      <w:r w:rsidR="00E325E3" w:rsidRPr="00994050">
+      <w:r w:rsidRPr="00994050" w:rsidR="00E325E3">
         <w:rPr>
           <w:lang w:val="en-AU"/>
         </w:rPr>
         <w:t>Text</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5D181BE6" w14:textId="79A3348F" w:rsidR="00E325E3" w:rsidRDefault="00CE7324" w:rsidP="00FA798E">
+    <w:p w:rsidR="00E325E3" w:rsidP="00FA798E" w:rsidRDefault="00CE7324" w14:paraId="5D181BE6" w14:textId="79A3348F">
       <w:pPr>
         <w:pStyle w:val="Rubrik3"/>
       </w:pPr>
       <w:r>
         <w:t>Declaration of interests</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="00F32844" w14:textId="1662FEFF" w:rsidR="00E325E3" w:rsidRPr="00EB0433" w:rsidRDefault="00E325E3" w:rsidP="000816A5">
+    <w:p w:rsidRPr="00EB0433" w:rsidR="00E325E3" w:rsidP="000816A5" w:rsidRDefault="00E325E3" w14:paraId="00F32844" w14:textId="1662FEFF">
       <w:pPr>
         <w:rPr>
           <w:color w:val="FF0000"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00EB0433">
         <w:rPr>
           <w:color w:val="FF0000"/>
         </w:rPr>
         <w:t>I samband med att man deltar i en arbetsgrupp för genomförande av en HTA skall potentiella bindningar eller jäv redovisas. Potentiella bindningar och jäv behöver inte innebära att man inte kan delta i ett HTA-arbete men det ska kortfattat redovisas. Ett exempel kan vara att man uppburit arvode från ett läkemedelsföretag för att föreläsa vid någon kurs, eller att man haft konsultuppdrag eller liknande. HTA-centrum har valt att använda samma blankett för deklaration av potentiella bindningar och jäv som används av olika myndigheter, bland annat SBU och Socialstyrelsen.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="72DFFBB1" w14:textId="77777777" w:rsidR="00E325E3" w:rsidRDefault="00E325E3" w:rsidP="00FA798E">
+    <w:p w:rsidR="00E325E3" w:rsidP="00FA798E" w:rsidRDefault="00E325E3" w14:paraId="72DFFBB1" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="Ingetavstnd"/>
         <w:rPr>
           <w:color w:val="FF0000"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00EB0433">
         <w:rPr>
           <w:color w:val="FF0000"/>
         </w:rPr>
         <w:t>Ska även inkludera eventuella akademiska jäv.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="12974B14" w14:textId="77777777" w:rsidR="00101080" w:rsidRDefault="00101080" w:rsidP="00FA798E">
+    <w:p w:rsidR="00101080" w:rsidP="00FA798E" w:rsidRDefault="00101080" w14:paraId="12974B14" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="Ingetavstnd"/>
         <w:rPr>
           <w:color w:val="FF0000"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="0F414615" w14:textId="77777777" w:rsidR="00EB0433" w:rsidRPr="00EB0433" w:rsidRDefault="00EB0433" w:rsidP="00EB0433">
+    <w:p w:rsidRPr="00EB0433" w:rsidR="00EB0433" w:rsidP="00EB0433" w:rsidRDefault="00EB0433" w14:paraId="0F414615" w14:textId="77777777">
       <w:pPr>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:lang w:val="en-AU"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00EB0433">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:lang w:val="en-AU"/>
         </w:rPr>
         <w:t>Tex</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:lang w:val="en-AU"/>
         </w:rPr>
         <w:t>t</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="450F5DB5" w14:textId="6F6924C2" w:rsidR="00E325E3" w:rsidRPr="00AA1B96" w:rsidRDefault="00E325E3" w:rsidP="00FA798E">
+    <w:p w:rsidRPr="00AA1B96" w:rsidR="00E325E3" w:rsidP="00FA798E" w:rsidRDefault="00E325E3" w14:paraId="450F5DB5" w14:textId="6F6924C2">
       <w:pPr>
         <w:pStyle w:val="Rubrik3"/>
         <w:rPr>
           <w:lang w:val="en-AU"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="62" w:name="_Toc166595031"/>
+      <w:bookmarkStart w:name="_Toc166595031" w:id="62"/>
       <w:r w:rsidRPr="00AA1B96">
         <w:rPr>
           <w:lang w:val="en-AU"/>
         </w:rPr>
         <w:t>Proje</w:t>
       </w:r>
       <w:bookmarkEnd w:id="62"/>
-      <w:r w:rsidR="00CE7324" w:rsidRPr="00AA1B96">
+      <w:r w:rsidRPr="00AA1B96" w:rsidR="00CE7324">
         <w:rPr>
           <w:lang w:val="en-AU"/>
         </w:rPr>
         <w:t>ct time</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1B0DA6C9" w14:textId="7C69057B" w:rsidR="00E325E3" w:rsidRPr="00AA1B96" w:rsidRDefault="08F6DD7E" w:rsidP="000816A5">
+    <w:p w:rsidRPr="00AA1B96" w:rsidR="00E325E3" w:rsidP="000816A5" w:rsidRDefault="08F6DD7E" w14:paraId="1B0DA6C9" w14:textId="7C69057B">
       <w:pPr>
         <w:rPr>
           <w:lang w:val="en-AU"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="08F6DD7E">
         <w:rPr>
           <w:lang w:val="en-AU"/>
         </w:rPr>
         <w:t xml:space="preserve">The HTA was accomplished during the period of </w:t>
       </w:r>
       <w:r w:rsidR="005C3E30">
         <w:rPr>
           <w:lang w:val="en-AU"/>
         </w:rPr>
         <w:t>YYYY-MM-DD</w:t>
       </w:r>
       <w:r w:rsidRPr="08F6DD7E">
         <w:rPr>
           <w:lang w:val="en-AU"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
       <w:r w:rsidR="00097937">
         <w:rPr>
           <w:lang w:val="en-AU"/>
         </w:rPr>
         <w:br/>
       </w:r>
       <w:r w:rsidRPr="08F6DD7E">
         <w:rPr>
           <w:lang w:val="en-AU"/>
         </w:rPr>
         <w:t xml:space="preserve">Literature searches were </w:t>
       </w:r>
       <w:r w:rsidR="00097937">
         <w:rPr>
           <w:lang w:val="en-AU"/>
         </w:rPr>
         <w:t>conducted</w:t>
       </w:r>
-      <w:r w:rsidR="00097937" w:rsidRPr="08F6DD7E">
+      <w:r w:rsidRPr="08F6DD7E" w:rsidR="00097937">
         <w:rPr>
           <w:lang w:val="en-AU"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00097937">
         <w:rPr>
           <w:lang w:val="en-AU"/>
         </w:rPr>
         <w:t>YYYY-MM-DD, and updated YYYY-MM-DD.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="00A693BC" w14:textId="77777777" w:rsidR="00E325E3" w:rsidRPr="00AA1B96" w:rsidRDefault="00E325E3" w:rsidP="00FA798E">
+    <w:p w:rsidRPr="00AA1B96" w:rsidR="00E325E3" w:rsidP="00FA798E" w:rsidRDefault="00E325E3" w14:paraId="00A693BC" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="Ingetavstnd"/>
         <w:rPr>
           <w:lang w:val="en-AU"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="4864866B" w14:textId="77777777" w:rsidR="00762540" w:rsidRDefault="00762540">
-[...2 lines deleted...]
-          <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+    <w:p w:rsidR="00762540" w:rsidRDefault="00762540" w14:paraId="4864866B" w14:textId="77777777">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-AU"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:lang w:val="en-AU"/>
         </w:rPr>
         <w:br w:type="page"/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="14CD96EB" w14:textId="00C6096F" w:rsidR="00CE7324" w:rsidRDefault="1AC78E3F" w:rsidP="00524A6B">
+    <w:p w:rsidR="00CE7324" w:rsidP="00524A6B" w:rsidRDefault="1AC78E3F" w14:paraId="14CD96EB" w14:textId="00C6096F">
       <w:pPr>
         <w:pStyle w:val="Rubrik3"/>
         <w:rPr>
           <w:lang w:val="en-AU"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="1AC78E3F">
         <w:rPr>
           <w:lang w:val="en-AU"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:t>Components of this Health Technology Assessment</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2CBC9179" w14:textId="77777777" w:rsidR="00101080" w:rsidRPr="00101080" w:rsidRDefault="00101080" w:rsidP="00101080">
+    <w:p w:rsidRPr="00101080" w:rsidR="00101080" w:rsidP="00101080" w:rsidRDefault="00101080" w14:paraId="2CBC9179" w14:textId="77777777">
       <w:pPr>
         <w:rPr>
           <w:lang w:val="en-AU"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblInd w:w="-108" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="nil"/>
           <w:left w:val="nil"/>
           <w:bottom w:val="nil"/>
           <w:right w:val="nil"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
         <w:tblLook w:val="0000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="534"/>
         <w:gridCol w:w="3543"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00101080" w:rsidRPr="00155C3E" w14:paraId="1C688A6B" w14:textId="77777777" w:rsidTr="00101080">
+      <w:tr w:rsidRPr="00155C3E" w:rsidR="00101080" w:rsidTr="00101080" w14:paraId="1C688A6B" w14:textId="77777777">
         <w:trPr>
           <w:trHeight w:val="162"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="534" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="28FF5CB9" w14:textId="0BCB79AA" w:rsidR="00101080" w:rsidRPr="0060687D" w:rsidRDefault="00F74643" w:rsidP="000816A5">
+          <w:p w:rsidRPr="0060687D" w:rsidR="00101080" w:rsidP="000816A5" w:rsidRDefault="00F74643" w14:paraId="28FF5CB9" w14:textId="0BCB79AA">
             <w:pPr>
               <w:pStyle w:val="Ingetavstnd"/>
               <w:rPr>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:lang w:val="en-AU"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="180722B0" wp14:editId="14ECDF84">
                   <wp:extent cx="122830" cy="122830"/>
                   <wp:effectExtent l="0" t="0" r="0" b="0"/>
                   <wp:docPr id="610705678" name="Bild 1" descr="Bock med hel fyllning"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="610705678" name="Bild 610705678" descr="Bock med hel fyllning"/>
@@ -8060,75 +8086,75 @@
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="136772" cy="136772"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3543" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="13436AE5" w14:textId="77777777" w:rsidR="00101080" w:rsidRPr="0060687D" w:rsidRDefault="00101080" w:rsidP="000816A5">
+          <w:p w:rsidRPr="0060687D" w:rsidR="00101080" w:rsidP="000816A5" w:rsidRDefault="00101080" w14:paraId="13436AE5" w14:textId="77777777">
             <w:pPr>
               <w:pStyle w:val="Ingetavstnd"/>
               <w:rPr>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0060687D">
               <w:rPr>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t xml:space="preserve">Description of methods </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00101080" w:rsidRPr="00155C3E" w14:paraId="29A836AC" w14:textId="77777777" w:rsidTr="00101080">
+      <w:tr w:rsidRPr="00155C3E" w:rsidR="00101080" w:rsidTr="00101080" w14:paraId="29A836AC" w14:textId="77777777">
         <w:trPr>
           <w:trHeight w:val="162"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="534" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="74910DE4" w14:textId="392BD05A" w:rsidR="00101080" w:rsidRPr="0060687D" w:rsidRDefault="00F74643" w:rsidP="000816A5">
+          <w:p w:rsidRPr="0060687D" w:rsidR="00101080" w:rsidP="000816A5" w:rsidRDefault="00F74643" w14:paraId="74910DE4" w14:textId="392BD05A">
             <w:pPr>
               <w:pStyle w:val="Ingetavstnd"/>
               <w:rPr>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:lang w:val="en-AU"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="60E4D779" wp14:editId="462B2170">
                   <wp:extent cx="122830" cy="122830"/>
                   <wp:effectExtent l="0" t="0" r="0" b="0"/>
                   <wp:docPr id="1850281360" name="Bild 1" descr="Bock med hel fyllning"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="610705678" name="Bild 610705678" descr="Bock med hel fyllning"/>
@@ -8148,75 +8174,75 @@
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="136772" cy="136772"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3543" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="7192D953" w14:textId="343BC8BF" w:rsidR="00101080" w:rsidRPr="0060687D" w:rsidRDefault="00101080" w:rsidP="000816A5">
+          <w:p w:rsidRPr="0060687D" w:rsidR="00101080" w:rsidP="000816A5" w:rsidRDefault="00101080" w14:paraId="7192D953" w14:textId="343BC8BF">
             <w:pPr>
               <w:pStyle w:val="Ingetavstnd"/>
               <w:rPr>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0060687D">
               <w:rPr>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t xml:space="preserve">PICO </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00101080" w:rsidRPr="00155C3E" w14:paraId="5E25FD9F" w14:textId="77777777" w:rsidTr="00101080">
+      <w:tr w:rsidRPr="00155C3E" w:rsidR="00101080" w:rsidTr="00101080" w14:paraId="5E25FD9F" w14:textId="77777777">
         <w:trPr>
           <w:trHeight w:val="162"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="534" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="355897B8" w14:textId="2A8CA6EF" w:rsidR="00101080" w:rsidRPr="0060687D" w:rsidRDefault="00F74643" w:rsidP="000816A5">
+          <w:p w:rsidRPr="0060687D" w:rsidR="00101080" w:rsidP="000816A5" w:rsidRDefault="00F74643" w14:paraId="355897B8" w14:textId="2A8CA6EF">
             <w:pPr>
               <w:pStyle w:val="Ingetavstnd"/>
               <w:rPr>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:lang w:val="en-AU"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="70ECF48A" wp14:editId="4D6E4A8B">
                   <wp:extent cx="122830" cy="122830"/>
                   <wp:effectExtent l="0" t="0" r="0" b="0"/>
                   <wp:docPr id="1264812856" name="Bild 1" descr="Bock med hel fyllning"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="610705678" name="Bild 610705678" descr="Bock med hel fyllning"/>
@@ -8236,75 +8262,75 @@
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="136772" cy="136772"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3543" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="35461F27" w14:textId="46DD5D7E" w:rsidR="00101080" w:rsidRPr="0060687D" w:rsidRDefault="00101080" w:rsidP="000816A5">
+          <w:p w:rsidRPr="0060687D" w:rsidR="00101080" w:rsidP="000816A5" w:rsidRDefault="00101080" w14:paraId="35461F27" w14:textId="46DD5D7E">
             <w:pPr>
               <w:pStyle w:val="Ingetavstnd"/>
               <w:rPr>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0060687D">
               <w:rPr>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t xml:space="preserve">Full literature search  </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00101080" w:rsidRPr="00155C3E" w14:paraId="27A3F6DF" w14:textId="77777777" w:rsidTr="00101080">
+      <w:tr w:rsidRPr="00155C3E" w:rsidR="00101080" w:rsidTr="00101080" w14:paraId="27A3F6DF" w14:textId="77777777">
         <w:trPr>
           <w:trHeight w:val="162"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="534" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="7F4A450A" w14:textId="19FC8973" w:rsidR="00101080" w:rsidRPr="0060687D" w:rsidRDefault="00F74643" w:rsidP="000816A5">
+          <w:p w:rsidRPr="0060687D" w:rsidR="00101080" w:rsidP="000816A5" w:rsidRDefault="00F74643" w14:paraId="7F4A450A" w14:textId="19FC8973">
             <w:pPr>
               <w:pStyle w:val="Ingetavstnd"/>
               <w:rPr>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:lang w:val="en-AU"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="0831C7BC" wp14:editId="78C823AC">
                   <wp:extent cx="122830" cy="122830"/>
                   <wp:effectExtent l="0" t="0" r="0" b="0"/>
                   <wp:docPr id="470544888" name="Bild 1" descr="Bock med hel fyllning"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="610705678" name="Bild 610705678" descr="Bock med hel fyllning"/>
@@ -8324,75 +8350,75 @@
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="136772" cy="136772"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3543" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="727FB086" w14:textId="7AED5E5E" w:rsidR="00101080" w:rsidRPr="0060687D" w:rsidRDefault="00101080" w:rsidP="000816A5">
+          <w:p w:rsidRPr="0060687D" w:rsidR="00101080" w:rsidP="000816A5" w:rsidRDefault="00101080" w14:paraId="727FB086" w14:textId="7AED5E5E">
             <w:pPr>
               <w:pStyle w:val="Ingetavstnd"/>
               <w:rPr>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0060687D">
               <w:rPr>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t xml:space="preserve">Flowchart </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00101080" w:rsidRPr="00155C3E" w14:paraId="0E65E2C5" w14:textId="77777777" w:rsidTr="00101080">
+      <w:tr w:rsidRPr="00155C3E" w:rsidR="00101080" w:rsidTr="00101080" w14:paraId="0E65E2C5" w14:textId="77777777">
         <w:trPr>
           <w:trHeight w:val="162"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="534" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="04EC1B13" w14:textId="60DBDFFF" w:rsidR="00101080" w:rsidRPr="0060687D" w:rsidRDefault="00F74643" w:rsidP="000816A5">
+          <w:p w:rsidRPr="0060687D" w:rsidR="00101080" w:rsidP="000816A5" w:rsidRDefault="00F74643" w14:paraId="04EC1B13" w14:textId="60DBDFFF">
             <w:pPr>
               <w:pStyle w:val="Ingetavstnd"/>
               <w:rPr>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:lang w:val="en-AU"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="6E2D357E" wp14:editId="576A0647">
                   <wp:extent cx="122830" cy="122830"/>
                   <wp:effectExtent l="0" t="0" r="0" b="0"/>
                   <wp:docPr id="334955241" name="Bild 1" descr="Bock med hel fyllning"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="610705678" name="Bild 610705678" descr="Bock med hel fyllning"/>
@@ -8412,75 +8438,75 @@
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="136772" cy="136772"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3543" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="58429BF5" w14:textId="34D25AA4" w:rsidR="00101080" w:rsidRPr="0060687D" w:rsidRDefault="00101080" w:rsidP="000816A5">
+          <w:p w:rsidRPr="0060687D" w:rsidR="00101080" w:rsidP="000816A5" w:rsidRDefault="00101080" w14:paraId="58429BF5" w14:textId="34D25AA4">
             <w:pPr>
               <w:pStyle w:val="Ingetavstnd"/>
               <w:rPr>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0060687D">
               <w:rPr>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t xml:space="preserve">Selection based on relevance </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00101080" w:rsidRPr="00155C3E" w14:paraId="60F5E734" w14:textId="77777777" w:rsidTr="00101080">
+      <w:tr w:rsidRPr="00155C3E" w:rsidR="00101080" w:rsidTr="00101080" w14:paraId="60F5E734" w14:textId="77777777">
         <w:trPr>
           <w:trHeight w:val="162"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="534" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="50301686" w14:textId="32AFD619" w:rsidR="00101080" w:rsidRPr="0060687D" w:rsidRDefault="00F74643" w:rsidP="000816A5">
+          <w:p w:rsidRPr="0060687D" w:rsidR="00101080" w:rsidP="000816A5" w:rsidRDefault="00F74643" w14:paraId="50301686" w14:textId="32AFD619">
             <w:pPr>
               <w:pStyle w:val="Ingetavstnd"/>
               <w:rPr>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:lang w:val="en-AU"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="1EB53894" wp14:editId="294841C9">
                   <wp:extent cx="122830" cy="122830"/>
                   <wp:effectExtent l="0" t="0" r="0" b="0"/>
                   <wp:docPr id="1886831442" name="Bild 1" descr="Bock med hel fyllning"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="610705678" name="Bild 610705678" descr="Bock med hel fyllning"/>
@@ -8500,75 +8526,75 @@
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="136772" cy="136772"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3543" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="75B94E18" w14:textId="113C4502" w:rsidR="00101080" w:rsidRPr="0060687D" w:rsidRDefault="00101080" w:rsidP="000816A5">
+          <w:p w:rsidRPr="0060687D" w:rsidR="00101080" w:rsidP="000816A5" w:rsidRDefault="00101080" w14:paraId="75B94E18" w14:textId="113C4502">
             <w:pPr>
               <w:pStyle w:val="Ingetavstnd"/>
               <w:rPr>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0060687D">
               <w:rPr>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t xml:space="preserve">Quality assessment </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00101080" w:rsidRPr="00155C3E" w14:paraId="0810C570" w14:textId="77777777" w:rsidTr="00101080">
+      <w:tr w:rsidRPr="00155C3E" w:rsidR="00101080" w:rsidTr="00101080" w14:paraId="0810C570" w14:textId="77777777">
         <w:trPr>
           <w:trHeight w:val="162"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="534" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="659A0159" w14:textId="02220616" w:rsidR="00101080" w:rsidRPr="0060687D" w:rsidRDefault="00F74643" w:rsidP="000816A5">
+          <w:p w:rsidRPr="0060687D" w:rsidR="00101080" w:rsidP="000816A5" w:rsidRDefault="00F74643" w14:paraId="659A0159" w14:textId="02220616">
             <w:pPr>
               <w:pStyle w:val="Ingetavstnd"/>
               <w:rPr>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:lang w:val="en-AU"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="6E501F01" wp14:editId="12C25F3B">
                   <wp:extent cx="122830" cy="122830"/>
                   <wp:effectExtent l="0" t="0" r="0" b="0"/>
                   <wp:docPr id="1500207544" name="Bild 1" descr="Bock med hel fyllning"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="610705678" name="Bild 610705678" descr="Bock med hel fyllning"/>
@@ -8588,75 +8614,75 @@
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="136772" cy="136772"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3543" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="54B392BA" w14:textId="7C947002" w:rsidR="00101080" w:rsidRPr="0060687D" w:rsidRDefault="00101080" w:rsidP="000816A5">
+          <w:p w:rsidRPr="0060687D" w:rsidR="00101080" w:rsidP="000816A5" w:rsidRDefault="00101080" w14:paraId="54B392BA" w14:textId="7C947002">
             <w:pPr>
               <w:pStyle w:val="Ingetavstnd"/>
               <w:rPr>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0060687D">
               <w:rPr>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>Data tabulation</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00101080" w:rsidRPr="00155C3E" w14:paraId="0506AA5E" w14:textId="77777777" w:rsidTr="00101080">
+      <w:tr w:rsidRPr="00155C3E" w:rsidR="00101080" w:rsidTr="00101080" w14:paraId="0506AA5E" w14:textId="77777777">
         <w:trPr>
           <w:trHeight w:val="162"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="534" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="7A39D22D" w14:textId="6E90DBB3" w:rsidR="00101080" w:rsidRPr="0060687D" w:rsidRDefault="00F74643" w:rsidP="000816A5">
+          <w:p w:rsidRPr="0060687D" w:rsidR="00101080" w:rsidP="000816A5" w:rsidRDefault="00F74643" w14:paraId="7A39D22D" w14:textId="6E90DBB3">
             <w:pPr>
               <w:pStyle w:val="Ingetavstnd"/>
               <w:rPr>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:lang w:val="en-AU"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="4649592A" wp14:editId="06EE72E8">
                   <wp:extent cx="122830" cy="122830"/>
                   <wp:effectExtent l="0" t="0" r="0" b="0"/>
                   <wp:docPr id="458633421" name="Bild 1" descr="Bock med hel fyllning"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="610705678" name="Bild 610705678" descr="Bock med hel fyllning"/>
@@ -8676,75 +8702,75 @@
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="136772" cy="136772"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3543" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="06730154" w14:textId="5F166BFE" w:rsidR="00101080" w:rsidRPr="0060687D" w:rsidRDefault="00101080" w:rsidP="000816A5">
+          <w:p w:rsidRPr="0060687D" w:rsidR="00101080" w:rsidP="000816A5" w:rsidRDefault="00101080" w14:paraId="06730154" w14:textId="5F166BFE">
             <w:pPr>
               <w:pStyle w:val="Ingetavstnd"/>
               <w:rPr>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0060687D">
               <w:rPr>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t xml:space="preserve">Evidence synthesis </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00101080" w:rsidRPr="00155C3E" w14:paraId="2139CD63" w14:textId="77777777" w:rsidTr="00101080">
+      <w:tr w:rsidRPr="00155C3E" w:rsidR="00101080" w:rsidTr="00101080" w14:paraId="2139CD63" w14:textId="77777777">
         <w:trPr>
           <w:trHeight w:val="162"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="534" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="23D85FEA" w14:textId="66187FD5" w:rsidR="00101080" w:rsidRPr="0060687D" w:rsidRDefault="00F74643" w:rsidP="000816A5">
+          <w:p w:rsidRPr="0060687D" w:rsidR="00101080" w:rsidP="000816A5" w:rsidRDefault="00F74643" w14:paraId="23D85FEA" w14:textId="66187FD5">
             <w:pPr>
               <w:pStyle w:val="Ingetavstnd"/>
               <w:rPr>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:lang w:val="en-AU"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="54ECF34E" wp14:editId="213EEAE1">
                   <wp:extent cx="122830" cy="122830"/>
                   <wp:effectExtent l="0" t="0" r="0" b="0"/>
                   <wp:docPr id="693239708" name="Bild 1" descr="Bock med hel fyllning"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="610705678" name="Bild 610705678" descr="Bock med hel fyllning"/>
@@ -8764,75 +8790,75 @@
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="136772" cy="136772"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3543" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="6BC28A20" w14:textId="0C689993" w:rsidR="00101080" w:rsidRPr="0060687D" w:rsidRDefault="00101080" w:rsidP="000816A5">
+          <w:p w:rsidRPr="0060687D" w:rsidR="00101080" w:rsidP="000816A5" w:rsidRDefault="00101080" w14:paraId="6BC28A20" w14:textId="0C689993">
             <w:pPr>
               <w:pStyle w:val="Ingetavstnd"/>
               <w:rPr>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0060687D">
               <w:rPr>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t xml:space="preserve">Meta-analysis </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00101080" w:rsidRPr="00906629" w14:paraId="40FE7169" w14:textId="77777777" w:rsidTr="00101080">
+      <w:tr w:rsidRPr="00906629" w:rsidR="00101080" w:rsidTr="00101080" w14:paraId="40FE7169" w14:textId="77777777">
         <w:trPr>
           <w:trHeight w:val="162"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="534" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="7B25155A" w14:textId="29600A54" w:rsidR="00101080" w:rsidRPr="0060687D" w:rsidRDefault="00F74643" w:rsidP="000816A5">
+          <w:p w:rsidRPr="0060687D" w:rsidR="00101080" w:rsidP="000816A5" w:rsidRDefault="00F74643" w14:paraId="7B25155A" w14:textId="29600A54">
             <w:pPr>
               <w:pStyle w:val="Ingetavstnd"/>
               <w:rPr>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:lang w:val="en-AU"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="64790D7B" wp14:editId="13072724">
                   <wp:extent cx="122830" cy="122830"/>
                   <wp:effectExtent l="0" t="0" r="0" b="0"/>
                   <wp:docPr id="1357911997" name="Bild 1" descr="Bock med hel fyllning"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="610705678" name="Bild 610705678" descr="Bock med hel fyllning"/>
@@ -8852,75 +8878,75 @@
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="136772" cy="136772"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3543" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="418907D6" w14:textId="2C0C9E63" w:rsidR="00101080" w:rsidRPr="0060687D" w:rsidRDefault="00101080" w:rsidP="000816A5">
+          <w:p w:rsidRPr="0060687D" w:rsidR="00101080" w:rsidP="000816A5" w:rsidRDefault="00101080" w14:paraId="418907D6" w14:textId="2C0C9E63">
             <w:pPr>
               <w:pStyle w:val="Ingetavstnd"/>
               <w:rPr>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0060687D">
               <w:rPr>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t xml:space="preserve">Certainty of evidence by GRADE </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00101080" w:rsidRPr="00155C3E" w14:paraId="645C1E68" w14:textId="77777777" w:rsidTr="00101080">
+      <w:tr w:rsidRPr="00155C3E" w:rsidR="00101080" w:rsidTr="00101080" w14:paraId="645C1E68" w14:textId="77777777">
         <w:trPr>
           <w:trHeight w:val="162"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="534" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="5E5BF1A9" w14:textId="3ED71838" w:rsidR="00101080" w:rsidRPr="0060687D" w:rsidRDefault="00F74643" w:rsidP="000816A5">
+          <w:p w:rsidRPr="0060687D" w:rsidR="00101080" w:rsidP="000816A5" w:rsidRDefault="00F74643" w14:paraId="5E5BF1A9" w14:textId="3ED71838">
             <w:pPr>
               <w:pStyle w:val="Ingetavstnd"/>
               <w:rPr>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:lang w:val="en-AU"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="5CC8F788" wp14:editId="24CCF86C">
                   <wp:extent cx="122830" cy="122830"/>
                   <wp:effectExtent l="0" t="0" r="0" b="0"/>
                   <wp:docPr id="2045067397" name="Bild 1" descr="Bock med hel fyllning"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="610705678" name="Bild 610705678" descr="Bock med hel fyllning"/>
@@ -8940,75 +8966,75 @@
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="136772" cy="136772"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3543" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="7C51ACB9" w14:textId="43EFB768" w:rsidR="00101080" w:rsidRPr="0060687D" w:rsidRDefault="00101080" w:rsidP="000816A5">
+          <w:p w:rsidRPr="0060687D" w:rsidR="00101080" w:rsidP="000816A5" w:rsidRDefault="00101080" w14:paraId="7C51ACB9" w14:textId="43EFB768">
             <w:pPr>
               <w:pStyle w:val="Ingetavstnd"/>
               <w:rPr>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0060687D">
               <w:rPr>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t xml:space="preserve">Summary </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00101080" w:rsidRPr="00155C3E" w14:paraId="5D8F04E1" w14:textId="77777777" w:rsidTr="00101080">
+      <w:tr w:rsidRPr="00155C3E" w:rsidR="00101080" w:rsidTr="00101080" w14:paraId="5D8F04E1" w14:textId="77777777">
         <w:trPr>
           <w:trHeight w:val="162"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="534" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="1F33E858" w14:textId="4BF78F1D" w:rsidR="00101080" w:rsidRPr="0060687D" w:rsidRDefault="00F74643" w:rsidP="000816A5">
+          <w:p w:rsidRPr="0060687D" w:rsidR="00101080" w:rsidP="000816A5" w:rsidRDefault="00F74643" w14:paraId="1F33E858" w14:textId="4BF78F1D">
             <w:pPr>
               <w:pStyle w:val="Ingetavstnd"/>
               <w:rPr>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:lang w:val="en-AU"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="733A2C44" wp14:editId="19C119A7">
                   <wp:extent cx="122830" cy="122830"/>
                   <wp:effectExtent l="0" t="0" r="0" b="0"/>
                   <wp:docPr id="925447993" name="Bild 1" descr="Bock med hel fyllning"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="610705678" name="Bild 610705678" descr="Bock med hel fyllning"/>
@@ -9028,75 +9054,75 @@
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="136772" cy="136772"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3543" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="3D075685" w14:textId="08577BC5" w:rsidR="00101080" w:rsidRPr="0060687D" w:rsidRDefault="00101080" w:rsidP="000816A5">
+          <w:p w:rsidRPr="0060687D" w:rsidR="00101080" w:rsidP="000816A5" w:rsidRDefault="00101080" w14:paraId="3D075685" w14:textId="08577BC5">
             <w:pPr>
               <w:pStyle w:val="Ingetavstnd"/>
               <w:rPr>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0060687D">
               <w:rPr>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t xml:space="preserve">Economical aspects </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00101080" w:rsidRPr="00155C3E" w14:paraId="6FD6E223" w14:textId="77777777" w:rsidTr="00101080">
+      <w:tr w:rsidRPr="00155C3E" w:rsidR="00101080" w:rsidTr="00101080" w14:paraId="6FD6E223" w14:textId="77777777">
         <w:trPr>
           <w:trHeight w:val="162"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="534" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="25748A28" w14:textId="7E71DA86" w:rsidR="00101080" w:rsidRPr="0060687D" w:rsidRDefault="00F74643" w:rsidP="000816A5">
+          <w:p w:rsidRPr="0060687D" w:rsidR="00101080" w:rsidP="000816A5" w:rsidRDefault="00F74643" w14:paraId="25748A28" w14:textId="7E71DA86">
             <w:pPr>
               <w:pStyle w:val="Ingetavstnd"/>
               <w:rPr>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:lang w:val="en-AU"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="70D9319A" wp14:editId="5750C293">
                   <wp:extent cx="122830" cy="122830"/>
                   <wp:effectExtent l="0" t="0" r="0" b="0"/>
                   <wp:docPr id="317665879" name="Bild 1" descr="Bock med hel fyllning"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="610705678" name="Bild 610705678" descr="Bock med hel fyllning"/>
@@ -9116,75 +9142,75 @@
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="136772" cy="136772"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3543" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="52BB2067" w14:textId="51BB9CA0" w:rsidR="00101080" w:rsidRPr="0060687D" w:rsidRDefault="00101080" w:rsidP="000816A5">
+          <w:p w:rsidRPr="0060687D" w:rsidR="00101080" w:rsidP="000816A5" w:rsidRDefault="00101080" w14:paraId="52BB2067" w14:textId="51BB9CA0">
             <w:pPr>
               <w:pStyle w:val="Ingetavstnd"/>
               <w:rPr>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0060687D">
               <w:rPr>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t xml:space="preserve">Organisational aspects </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00101080" w:rsidRPr="00155C3E" w14:paraId="35E42028" w14:textId="77777777" w:rsidTr="00101080">
+      <w:tr w:rsidRPr="00155C3E" w:rsidR="00101080" w:rsidTr="00101080" w14:paraId="35E42028" w14:textId="77777777">
         <w:trPr>
           <w:trHeight w:val="162"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="534" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="3BBFA98A" w14:textId="145AFF27" w:rsidR="00101080" w:rsidRPr="0060687D" w:rsidRDefault="00F74643" w:rsidP="000816A5">
+          <w:p w:rsidRPr="0060687D" w:rsidR="00101080" w:rsidP="000816A5" w:rsidRDefault="00F74643" w14:paraId="3BBFA98A" w14:textId="145AFF27">
             <w:pPr>
               <w:pStyle w:val="Ingetavstnd"/>
               <w:rPr>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:lang w:val="en-AU"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="01FB27C1" wp14:editId="1B30CD84">
                   <wp:extent cx="122830" cy="122830"/>
                   <wp:effectExtent l="0" t="0" r="0" b="0"/>
                   <wp:docPr id="1524674089" name="Bild 1" descr="Bock med hel fyllning"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="610705678" name="Bild 610705678" descr="Bock med hel fyllning"/>
@@ -9204,75 +9230,75 @@
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="136772" cy="136772"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3543" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="21AE46F0" w14:textId="628C4F00" w:rsidR="00101080" w:rsidRPr="0060687D" w:rsidRDefault="00101080" w:rsidP="000816A5">
+          <w:p w:rsidRPr="0060687D" w:rsidR="00101080" w:rsidP="000816A5" w:rsidRDefault="00101080" w14:paraId="21AE46F0" w14:textId="628C4F00">
             <w:pPr>
               <w:pStyle w:val="Ingetavstnd"/>
               <w:rPr>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0060687D">
               <w:rPr>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t xml:space="preserve">Ethical aspects </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00101080" w:rsidRPr="00155C3E" w14:paraId="5878C96A" w14:textId="77777777" w:rsidTr="00101080">
+      <w:tr w:rsidRPr="00155C3E" w:rsidR="00101080" w:rsidTr="00101080" w14:paraId="5878C96A" w14:textId="77777777">
         <w:trPr>
           <w:trHeight w:val="162"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="534" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="126301A1" w14:textId="43D762A4" w:rsidR="00101080" w:rsidRPr="0060687D" w:rsidRDefault="00F74643" w:rsidP="000816A5">
+          <w:p w:rsidRPr="0060687D" w:rsidR="00101080" w:rsidP="000816A5" w:rsidRDefault="00F74643" w14:paraId="126301A1" w14:textId="43D762A4">
             <w:pPr>
               <w:pStyle w:val="Ingetavstnd"/>
               <w:rPr>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:lang w:val="en-AU"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="38F01761" wp14:editId="6DBDA9FE">
                   <wp:extent cx="122830" cy="122830"/>
                   <wp:effectExtent l="0" t="0" r="0" b="0"/>
                   <wp:docPr id="1607964308" name="Bild 1" descr="Bock med hel fyllning"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="610705678" name="Bild 610705678" descr="Bock med hel fyllning"/>
@@ -9292,75 +9318,75 @@
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="136772" cy="136772"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3543" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="0BB27680" w14:textId="3F53F176" w:rsidR="00101080" w:rsidRPr="0060687D" w:rsidRDefault="00101080" w:rsidP="000816A5">
+          <w:p w:rsidRPr="0060687D" w:rsidR="00101080" w:rsidP="000816A5" w:rsidRDefault="00101080" w14:paraId="0BB27680" w14:textId="3F53F176">
             <w:pPr>
               <w:pStyle w:val="Ingetavstnd"/>
               <w:rPr>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0060687D">
               <w:rPr>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t xml:space="preserve">Ongoing studies </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00101080" w:rsidRPr="00155C3E" w14:paraId="568CF863" w14:textId="77777777" w:rsidTr="00101080">
+      <w:tr w:rsidRPr="00155C3E" w:rsidR="00101080" w:rsidTr="00101080" w14:paraId="568CF863" w14:textId="77777777">
         <w:trPr>
           <w:trHeight w:val="162"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="534" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="19B64373" w14:textId="496BE216" w:rsidR="00101080" w:rsidRPr="0060687D" w:rsidRDefault="00F74643" w:rsidP="000816A5">
+          <w:p w:rsidRPr="0060687D" w:rsidR="00101080" w:rsidP="000816A5" w:rsidRDefault="00F74643" w14:paraId="19B64373" w14:textId="496BE216">
             <w:pPr>
               <w:pStyle w:val="Ingetavstnd"/>
               <w:rPr>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:lang w:val="en-AU"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="4ACD417B" wp14:editId="3F55DD35">
                   <wp:extent cx="122830" cy="122830"/>
                   <wp:effectExtent l="0" t="0" r="0" b="0"/>
                   <wp:docPr id="916874384" name="Bild 1" descr="Bock med hel fyllning"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="610705678" name="Bild 610705678" descr="Bock med hel fyllning"/>
@@ -9380,75 +9406,75 @@
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="136772" cy="136772"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3543" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="2CD3DB33" w14:textId="075D19DF" w:rsidR="00101080" w:rsidRPr="0060687D" w:rsidRDefault="00101080" w:rsidP="000816A5">
+          <w:p w:rsidRPr="0060687D" w:rsidR="00101080" w:rsidP="000816A5" w:rsidRDefault="00101080" w14:paraId="2CD3DB33" w14:textId="075D19DF">
             <w:pPr>
               <w:pStyle w:val="Ingetavstnd"/>
               <w:rPr>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0060687D">
               <w:rPr>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t xml:space="preserve">Excluded articles </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00101080" w:rsidRPr="00155C3E" w14:paraId="1F90A04C" w14:textId="77777777" w:rsidTr="00101080">
+      <w:tr w:rsidRPr="00155C3E" w:rsidR="00101080" w:rsidTr="00101080" w14:paraId="1F90A04C" w14:textId="77777777">
         <w:trPr>
           <w:trHeight w:val="162"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="534" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="56BEE2BB" w14:textId="41DBCDFD" w:rsidR="00101080" w:rsidRPr="0060687D" w:rsidRDefault="00F74643" w:rsidP="000816A5">
+          <w:p w:rsidRPr="0060687D" w:rsidR="00101080" w:rsidP="000816A5" w:rsidRDefault="00F74643" w14:paraId="56BEE2BB" w14:textId="41DBCDFD">
             <w:pPr>
               <w:pStyle w:val="Ingetavstnd"/>
               <w:rPr>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:lang w:val="en-AU"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="287A3196" wp14:editId="72CD16B0">
                   <wp:extent cx="122830" cy="122830"/>
                   <wp:effectExtent l="0" t="0" r="0" b="0"/>
                   <wp:docPr id="1537344536" name="Bild 1" descr="Bock med hel fyllning"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="610705678" name="Bild 610705678" descr="Bock med hel fyllning"/>
@@ -9468,75 +9494,75 @@
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="136772" cy="136772"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3543" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="7921C507" w14:textId="397BA03C" w:rsidR="00101080" w:rsidRPr="0060687D" w:rsidRDefault="00101080" w:rsidP="000816A5">
+          <w:p w:rsidRPr="0060687D" w:rsidR="00101080" w:rsidP="000816A5" w:rsidRDefault="00101080" w14:paraId="7921C507" w14:textId="397BA03C">
             <w:pPr>
               <w:pStyle w:val="Ingetavstnd"/>
               <w:rPr>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0060687D">
               <w:rPr>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t xml:space="preserve">Participation of experts </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00101080" w:rsidRPr="00155C3E" w14:paraId="74B45AFD" w14:textId="77777777" w:rsidTr="00101080">
+      <w:tr w:rsidRPr="00155C3E" w:rsidR="00101080" w:rsidTr="00101080" w14:paraId="74B45AFD" w14:textId="77777777">
         <w:trPr>
           <w:trHeight w:val="162"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="534" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="1C7A1791" w14:textId="5DF19013" w:rsidR="00101080" w:rsidRPr="0060687D" w:rsidRDefault="00F74643" w:rsidP="000816A5">
+          <w:p w:rsidRPr="0060687D" w:rsidR="00101080" w:rsidP="000816A5" w:rsidRDefault="00F74643" w14:paraId="1C7A1791" w14:textId="5DF19013">
             <w:pPr>
               <w:pStyle w:val="Ingetavstnd"/>
               <w:rPr>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:lang w:val="en-AU"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="173113D4" wp14:editId="50D26735">
                   <wp:extent cx="122830" cy="122830"/>
                   <wp:effectExtent l="0" t="0" r="0" b="0"/>
                   <wp:docPr id="424107228" name="Bild 1" descr="Bock med hel fyllning"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="610705678" name="Bild 610705678" descr="Bock med hel fyllning"/>
@@ -9556,75 +9582,75 @@
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="136772" cy="136772"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3543" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="0A6235BD" w14:textId="608D015C" w:rsidR="00101080" w:rsidRPr="0060687D" w:rsidRDefault="00101080" w:rsidP="000816A5">
+          <w:p w:rsidRPr="0060687D" w:rsidR="00101080" w:rsidP="000816A5" w:rsidRDefault="00101080" w14:paraId="0A6235BD" w14:textId="608D015C">
             <w:pPr>
               <w:pStyle w:val="Ingetavstnd"/>
               <w:rPr>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0060687D">
               <w:rPr>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t xml:space="preserve">External review </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00101080" w:rsidRPr="00155C3E" w14:paraId="78E5DB74" w14:textId="77777777" w:rsidTr="00101080">
+      <w:tr w:rsidRPr="00155C3E" w:rsidR="00101080" w:rsidTr="00101080" w14:paraId="78E5DB74" w14:textId="77777777">
         <w:trPr>
           <w:trHeight w:val="162"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="534" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="754F1E27" w14:textId="566C2380" w:rsidR="00101080" w:rsidRPr="0060687D" w:rsidRDefault="00F74643" w:rsidP="000816A5">
+          <w:p w:rsidRPr="0060687D" w:rsidR="00101080" w:rsidP="000816A5" w:rsidRDefault="00F74643" w14:paraId="754F1E27" w14:textId="566C2380">
             <w:pPr>
               <w:pStyle w:val="Ingetavstnd"/>
               <w:rPr>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:lang w:val="en-AU"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="0D9ABFDE" wp14:editId="04BF5D60">
                   <wp:extent cx="122830" cy="122830"/>
                   <wp:effectExtent l="0" t="0" r="0" b="0"/>
                   <wp:docPr id="1206564156" name="Bild 1" descr="Bock med hel fyllning"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="610705678" name="Bild 610705678" descr="Bock med hel fyllning"/>
@@ -9644,75 +9670,75 @@
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="136772" cy="136772"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3543" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="4613991E" w14:textId="11B203F9" w:rsidR="00101080" w:rsidRPr="0060687D" w:rsidRDefault="00101080" w:rsidP="000816A5">
+          <w:p w:rsidRPr="0060687D" w:rsidR="00101080" w:rsidP="000816A5" w:rsidRDefault="00101080" w14:paraId="4613991E" w14:textId="11B203F9">
             <w:pPr>
               <w:pStyle w:val="Ingetavstnd"/>
               <w:rPr>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0060687D">
               <w:rPr>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t xml:space="preserve">Knowledge gaps identified </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00101080" w:rsidRPr="00155C3E" w14:paraId="7E76D68E" w14:textId="77777777" w:rsidTr="00101080">
+      <w:tr w:rsidRPr="00155C3E" w:rsidR="00101080" w:rsidTr="00101080" w14:paraId="7E76D68E" w14:textId="77777777">
         <w:trPr>
           <w:trHeight w:val="162"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="534" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="026CEB73" w14:textId="600338B9" w:rsidR="00101080" w:rsidRPr="0060687D" w:rsidRDefault="00F74643" w:rsidP="000816A5">
+          <w:p w:rsidRPr="0060687D" w:rsidR="00101080" w:rsidP="000816A5" w:rsidRDefault="00F74643" w14:paraId="026CEB73" w14:textId="600338B9">
             <w:pPr>
               <w:pStyle w:val="Ingetavstnd"/>
               <w:rPr>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:lang w:val="en-AU"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="76A40D49" wp14:editId="0E9EA1EF">
                   <wp:extent cx="122830" cy="122830"/>
                   <wp:effectExtent l="0" t="0" r="0" b="0"/>
                   <wp:docPr id="868673202" name="Bild 1" descr="Bock med hel fyllning"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="610705678" name="Bild 610705678" descr="Bock med hel fyllning"/>
@@ -9732,103 +9758,103 @@
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="136772" cy="136772"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3543" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="78C6D218" w14:textId="6294D2EE" w:rsidR="00101080" w:rsidRPr="0060687D" w:rsidRDefault="00101080" w:rsidP="000816A5">
+          <w:p w:rsidRPr="0060687D" w:rsidR="00101080" w:rsidP="000816A5" w:rsidRDefault="00101080" w14:paraId="78C6D218" w14:textId="6294D2EE">
             <w:pPr>
               <w:pStyle w:val="Ingetavstnd"/>
               <w:rPr>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0060687D">
               <w:rPr>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>Conflict of interest reported</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="6A21E8BE" w14:textId="77777777" w:rsidR="0060687D" w:rsidRPr="0060687D" w:rsidRDefault="0060687D" w:rsidP="00FA798E"/>
-[...1 lines deleted...]
-      <w:pgSz w:w="11906" w:h="16838"/>
+    <w:p w:rsidRPr="0060687D" w:rsidR="0060687D" w:rsidP="00FA798E" w:rsidRDefault="0060687D" w14:paraId="6A21E8BE" w14:textId="77777777"/>
+    <w:sectPr w:rsidRPr="0060687D" w:rsidR="0060687D" w:rsidSect="00A26634">
+      <w:pgSz w:w="11906" w:h="16838" w:orient="portrait"/>
       <w:pgMar w:top="1417" w:right="1417" w:bottom="1417" w:left="1417" w:header="652" w:footer="546" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:titlePg/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="63E1662D" w14:textId="77777777" w:rsidR="0059158A" w:rsidRDefault="0059158A" w:rsidP="00ED6C6F">
+    <w:p w:rsidR="0059158A" w:rsidP="00ED6C6F" w:rsidRDefault="0059158A" w14:paraId="63E1662D" w14:textId="77777777">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="4D6D1308" w14:textId="77777777" w:rsidR="0059158A" w:rsidRDefault="0059158A" w:rsidP="00ED6C6F">
+    <w:p w:rsidR="0059158A" w:rsidP="00ED6C6F" w:rsidRDefault="0059158A" w14:paraId="4D6D1308" w14:textId="77777777">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationNotice" w:id="1">
-    <w:p w14:paraId="06295BDF" w14:textId="77777777" w:rsidR="0059158A" w:rsidRDefault="0059158A">
+    <w:p w:rsidR="0059158A" w:rsidRDefault="0059158A" w14:paraId="06295BDF" w14:textId="77777777">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
@@ -9865,142 +9891,142 @@
     <w:charset w:val="86"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000203" w:usb1="288F0000" w:usb2="00000016" w:usb3="00000000" w:csb0="00040001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="SimHei">
     <w:altName w:val="黑体"/>
     <w:panose1 w:val="02010600030101010101"/>
     <w:charset w:val="86"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="800002BF" w:usb1="38CF7CFA" w:usb2="00000016" w:usb3="00000000" w:csb0="00040001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
-  <w:p w14:paraId="3F1DCE8D" w14:textId="77777777" w:rsidR="00594ED1" w:rsidRDefault="00594ED1">
+  <w:p w:rsidR="00594ED1" w:rsidRDefault="00594ED1" w14:paraId="3F1DCE8D" w14:textId="77777777">
     <w:pPr>
       <w:pStyle w:val="Sidfot"/>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footer2.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:tbl>
     <w:tblPr>
       <w:tblStyle w:val="Tabellrutnt"/>
       <w:tblW w:w="9644" w:type="dxa"/>
       <w:tblInd w:w="-572" w:type="dxa"/>
       <w:tblBorders>
-        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
-[...4 lines deleted...]
-        <w:insideV w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+        <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+        <w:bottom w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+        <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+        <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+        <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
       </w:tblBorders>
       <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
     </w:tblPr>
     <w:tblGrid>
       <w:gridCol w:w="6668"/>
       <w:gridCol w:w="2976"/>
     </w:tblGrid>
-    <w:tr w:rsidR="0023464F" w:rsidRPr="00C62B65" w14:paraId="6AF494B6" w14:textId="77777777" w:rsidTr="00594ED1">
+    <w:tr w:rsidRPr="00C62B65" w:rsidR="0023464F" w:rsidTr="00594ED1" w14:paraId="6AF494B6" w14:textId="77777777">
       <w:trPr>
         <w:trHeight w:val="694"/>
       </w:trPr>
       <w:tc>
         <w:tcPr>
           <w:tcW w:w="6668" w:type="dxa"/>
         </w:tcPr>
-        <w:p w14:paraId="590DA3E4" w14:textId="77777777" w:rsidR="00594ED1" w:rsidRDefault="00594ED1" w:rsidP="00594ED1">
+        <w:p w:rsidR="00594ED1" w:rsidP="00594ED1" w:rsidRDefault="00594ED1" w14:paraId="590DA3E4" w14:textId="77777777">
           <w:pPr>
             <w:pStyle w:val="Sidfot"/>
             <w:ind w:right="-3469"/>
             <w:rPr>
               <w:sz w:val="16"/>
               <w:szCs w:val="18"/>
               <w:lang w:val="en-US"/>
             </w:rPr>
           </w:pPr>
           <w:r w:rsidRPr="00594ED1">
             <w:rPr>
               <w:sz w:val="16"/>
               <w:szCs w:val="18"/>
               <w:lang w:val="en-US"/>
             </w:rPr>
             <w:t xml:space="preserve">Center for Health Technology Assessment, Sahlgrenska University Hospital, </w:t>
           </w:r>
         </w:p>
-        <w:p w14:paraId="7B5550B8" w14:textId="77777777" w:rsidR="00594ED1" w:rsidRPr="00594ED1" w:rsidRDefault="00594ED1" w:rsidP="00594ED1">
+        <w:p w:rsidRPr="00594ED1" w:rsidR="00594ED1" w:rsidP="00594ED1" w:rsidRDefault="00594ED1" w14:paraId="7B5550B8" w14:textId="77777777">
           <w:pPr>
             <w:pStyle w:val="Sidfot"/>
             <w:ind w:right="-3469"/>
             <w:rPr>
               <w:sz w:val="16"/>
               <w:szCs w:val="18"/>
               <w:lang w:val="en-US"/>
             </w:rPr>
           </w:pPr>
           <w:r w:rsidRPr="00594ED1">
             <w:rPr>
               <w:sz w:val="16"/>
               <w:szCs w:val="18"/>
               <w:lang w:val="en-US"/>
             </w:rPr>
             <w:t>Gothenburg, Region Västra Götaland, Sweden</w:t>
           </w:r>
         </w:p>
-        <w:p w14:paraId="5F5E0824" w14:textId="6380A382" w:rsidR="0023464F" w:rsidRPr="00C62B65" w:rsidRDefault="0023464F" w:rsidP="0023464F">
+        <w:p w:rsidRPr="00C62B65" w:rsidR="0023464F" w:rsidP="0023464F" w:rsidRDefault="0023464F" w14:paraId="5F5E0824" w14:textId="6380A382">
           <w:pPr>
             <w:pStyle w:val="Sidfot"/>
             <w:ind w:right="-3469"/>
             <w:rPr>
               <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
               <w:sz w:val="16"/>
               <w:szCs w:val="18"/>
             </w:rPr>
           </w:pPr>
         </w:p>
       </w:tc>
       <w:tc>
         <w:tcPr>
           <w:tcW w:w="2976" w:type="dxa"/>
         </w:tcPr>
-        <w:p w14:paraId="356B2844" w14:textId="7D7958B0" w:rsidR="0023464F" w:rsidRPr="00C62B65" w:rsidRDefault="0023464F" w:rsidP="0023464F">
+        <w:p w:rsidRPr="00C62B65" w:rsidR="0023464F" w:rsidP="0023464F" w:rsidRDefault="0023464F" w14:paraId="356B2844" w14:textId="7D7958B0">
           <w:pPr>
             <w:pStyle w:val="Sidfot"/>
             <w:rPr>
               <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
               <w:sz w:val="16"/>
               <w:szCs w:val="18"/>
             </w:rPr>
           </w:pPr>
           <w:r>
             <w:rPr>
               <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
               <w:sz w:val="16"/>
               <w:szCs w:val="18"/>
             </w:rPr>
             <w:t xml:space="preserve">                        </w:t>
           </w:r>
           <w:r w:rsidR="00DF3988">
             <w:rPr>
               <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
               <w:sz w:val="16"/>
               <w:szCs w:val="18"/>
             </w:rPr>
             <w:t xml:space="preserve">     </w:t>
           </w:r>
           <w:r>
@@ -10105,142 +10131,144 @@
               <w:sz w:val="16"/>
               <w:szCs w:val="18"/>
             </w:rPr>
             <w:fldChar w:fldCharType="separate"/>
           </w:r>
           <w:r w:rsidRPr="00C62B65">
             <w:rPr>
               <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
               <w:sz w:val="16"/>
               <w:szCs w:val="18"/>
             </w:rPr>
             <w:t>2</w:t>
           </w:r>
           <w:r w:rsidRPr="00C62B65">
             <w:rPr>
               <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
               <w:sz w:val="16"/>
               <w:szCs w:val="18"/>
             </w:rPr>
             <w:fldChar w:fldCharType="end"/>
           </w:r>
         </w:p>
       </w:tc>
     </w:tr>
   </w:tbl>
-  <w:p w14:paraId="24A9E46D" w14:textId="77777777" w:rsidR="003F0711" w:rsidRDefault="003F0711">
+  <w:p w:rsidR="003F0711" w:rsidRDefault="003F0711" w14:paraId="24A9E46D" w14:textId="77777777">
     <w:pPr>
       <w:pStyle w:val="Sidfot"/>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footer3.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:tbl>
     <w:tblPr>
       <w:tblStyle w:val="Tabellrutnt"/>
       <w:tblW w:w="9644" w:type="dxa"/>
       <w:tblInd w:w="-572" w:type="dxa"/>
       <w:tblBorders>
-        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
-[...4 lines deleted...]
-        <w:insideV w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+        <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+        <w:bottom w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+        <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+        <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+        <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
       </w:tblBorders>
       <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
     </w:tblPr>
     <w:tblGrid>
-      <w:gridCol w:w="8369"/>
-      <w:gridCol w:w="1275"/>
+      <w:gridCol w:w="8085"/>
+      <w:gridCol w:w="1559"/>
     </w:tblGrid>
-    <w:tr w:rsidR="00896242" w:rsidRPr="00E97E03" w14:paraId="6B7A4554" w14:textId="77777777" w:rsidTr="00594ED1">
+    <w:tr w:rsidRPr="00E97E03" w:rsidR="00896242" w:rsidTr="242F0DF1" w14:paraId="6B7A4554" w14:textId="77777777">
       <w:trPr>
         <w:trHeight w:val="694"/>
       </w:trPr>
       <w:tc>
         <w:tcPr>
-          <w:tcW w:w="8369" w:type="dxa"/>
+          <w:tcW w:w="8085" w:type="dxa"/>
+          <w:tcMar/>
         </w:tcPr>
-        <w:p w14:paraId="720B52B8" w14:textId="77777777" w:rsidR="00594ED1" w:rsidRDefault="00594ED1" w:rsidP="00594ED1">
+        <w:p w:rsidR="00594ED1" w:rsidP="00594ED1" w:rsidRDefault="00594ED1" w14:paraId="720B52B8" w14:textId="77777777">
           <w:pPr>
             <w:pStyle w:val="Sidfot"/>
             <w:ind w:right="-3469"/>
             <w:rPr>
               <w:sz w:val="16"/>
               <w:szCs w:val="18"/>
               <w:lang w:val="en-US"/>
             </w:rPr>
           </w:pPr>
           <w:r w:rsidRPr="00594ED1">
             <w:rPr>
               <w:sz w:val="16"/>
               <w:szCs w:val="18"/>
               <w:lang w:val="en-US"/>
             </w:rPr>
             <w:t xml:space="preserve">Center for Health Technology Assessment, Sahlgrenska University Hospital, </w:t>
           </w:r>
         </w:p>
-        <w:p w14:paraId="466D5E4F" w14:textId="7A0A23C6" w:rsidR="00594ED1" w:rsidRPr="00594ED1" w:rsidRDefault="00594ED1" w:rsidP="00594ED1">
+        <w:p w:rsidRPr="00594ED1" w:rsidR="00594ED1" w:rsidP="00594ED1" w:rsidRDefault="00594ED1" w14:paraId="466D5E4F" w14:textId="7A0A23C6">
           <w:pPr>
             <w:pStyle w:val="Sidfot"/>
             <w:ind w:right="-3469"/>
             <w:rPr>
               <w:sz w:val="16"/>
               <w:szCs w:val="18"/>
               <w:lang w:val="en-US"/>
             </w:rPr>
           </w:pPr>
           <w:r w:rsidRPr="00594ED1">
             <w:rPr>
               <w:sz w:val="16"/>
               <w:szCs w:val="18"/>
               <w:lang w:val="en-US"/>
             </w:rPr>
             <w:t>Gothenburg, Region Västra Götaland, Sweden</w:t>
           </w:r>
         </w:p>
-        <w:p w14:paraId="1F8CA29D" w14:textId="2A87C104" w:rsidR="00896242" w:rsidRPr="00C62B65" w:rsidRDefault="00896242">
+        <w:p w:rsidRPr="00C62B65" w:rsidR="00896242" w:rsidRDefault="00896242" w14:paraId="1F8CA29D" w14:textId="2A87C104">
           <w:pPr>
             <w:pStyle w:val="Sidfot"/>
             <w:ind w:right="-3469"/>
             <w:rPr>
               <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
               <w:sz w:val="16"/>
               <w:szCs w:val="16"/>
             </w:rPr>
           </w:pPr>
         </w:p>
       </w:tc>
       <w:tc>
         <w:tcPr>
-          <w:tcW w:w="1275" w:type="dxa"/>
+          <w:tcW w:w="1559" w:type="dxa"/>
+          <w:tcMar/>
         </w:tcPr>
-        <w:p w14:paraId="5BD73E34" w14:textId="6C61513E" w:rsidR="00896242" w:rsidRPr="00C62B65" w:rsidRDefault="00594ED1">
+        <w:p w:rsidRPr="00C62B65" w:rsidR="00896242" w:rsidRDefault="00594ED1" w14:paraId="5BD73E34" w14:textId="6C61513E">
           <w:pPr>
             <w:pStyle w:val="Sidfot"/>
             <w:rPr>
               <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
               <w:sz w:val="16"/>
               <w:szCs w:val="18"/>
             </w:rPr>
           </w:pPr>
           <w:r>
             <w:rPr>
               <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
               <w:sz w:val="16"/>
               <w:szCs w:val="18"/>
             </w:rPr>
             <w:t>Page</w:t>
           </w:r>
           <w:r w:rsidRPr="00C62B65">
             <w:rPr>
               <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
               <w:sz w:val="16"/>
               <w:szCs w:val="18"/>
             </w:rPr>
             <w:t xml:space="preserve"> </w:t>
           </w:r>
           <w:r w:rsidRPr="00C62B65">
@@ -10328,124 +10356,124 @@
               <w:sz w:val="16"/>
               <w:szCs w:val="18"/>
             </w:rPr>
             <w:fldChar w:fldCharType="separate"/>
           </w:r>
           <w:r w:rsidRPr="00C62B65">
             <w:rPr>
               <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
               <w:sz w:val="16"/>
               <w:szCs w:val="18"/>
             </w:rPr>
             <w:fldChar w:fldCharType="end"/>
           </w:r>
           <w:r w:rsidR="004B634E">
             <w:rPr>
               <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
               <w:sz w:val="16"/>
               <w:szCs w:val="18"/>
             </w:rPr>
             <w:t xml:space="preserve">                                       </w:t>
           </w:r>
         </w:p>
       </w:tc>
     </w:tr>
   </w:tbl>
-  <w:p w14:paraId="4CC28BB2" w14:textId="77777777" w:rsidR="00896242" w:rsidRDefault="00896242">
+  <w:p w:rsidR="00896242" w:rsidRDefault="00896242" w14:paraId="4CC28BB2" w14:textId="77777777">
     <w:pPr>
       <w:pStyle w:val="Sidfot"/>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="15DA5B13" w14:textId="77777777" w:rsidR="0059158A" w:rsidRDefault="0059158A" w:rsidP="00ED6C6F">
+    <w:p w:rsidR="0059158A" w:rsidP="00ED6C6F" w:rsidRDefault="0059158A" w14:paraId="15DA5B13" w14:textId="77777777">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="00CACE2F" w14:textId="77777777" w:rsidR="0059158A" w:rsidRDefault="0059158A" w:rsidP="00ED6C6F">
+    <w:p w:rsidR="0059158A" w:rsidP="00ED6C6F" w:rsidRDefault="0059158A" w14:paraId="00CACE2F" w14:textId="77777777">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationNotice" w:id="1">
-    <w:p w14:paraId="682795AC" w14:textId="77777777" w:rsidR="0059158A" w:rsidRDefault="0059158A">
+    <w:p w:rsidR="0059158A" w:rsidRDefault="0059158A" w14:paraId="682795AC" w14:textId="77777777">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
-  <w:p w14:paraId="1084E621" w14:textId="77777777" w:rsidR="00594ED1" w:rsidRDefault="00594ED1">
+  <w:p w:rsidR="00594ED1" w:rsidRDefault="00594ED1" w14:paraId="1084E621" w14:textId="77777777">
     <w:pPr>
       <w:pStyle w:val="Sidhuvud"/>
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/header2.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
-  <w:p w14:paraId="37E35ACC" w14:textId="77777777" w:rsidR="00DE4561" w:rsidRPr="00DE4561" w:rsidRDefault="00DE4561">
+  <w:p w:rsidRPr="00DE4561" w:rsidR="00DE4561" w:rsidRDefault="00DE4561" w14:paraId="37E35ACC" w14:textId="77777777">
     <w:pPr>
       <w:pStyle w:val="Sidhuvud"/>
       <w:jc w:val="right"/>
       <w:rPr>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
     </w:pPr>
   </w:p>
-  <w:p w14:paraId="281F0A65" w14:textId="77777777" w:rsidR="009E3DC3" w:rsidRPr="00F25BAC" w:rsidRDefault="009E3DC3" w:rsidP="00DE4561">
+  <w:p w:rsidRPr="00F25BAC" w:rsidR="009E3DC3" w:rsidP="00DE4561" w:rsidRDefault="009E3DC3" w14:paraId="281F0A65" w14:textId="77777777">
     <w:pPr>
       <w:pStyle w:val="Sidhuvud"/>
       <w:ind w:left="0"/>
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/header3.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
-  <w:p w14:paraId="1A13CC43" w14:textId="1C05EA78" w:rsidR="005072C7" w:rsidRDefault="008F060B" w:rsidP="008F060B">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" xmlns:asvg="http://schemas.microsoft.com/office/drawing/2016/SVG/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w:rsidR="005072C7" w:rsidP="008F060B" w:rsidRDefault="008F060B" w14:paraId="1A13CC43" w14:textId="1C05EA78">
     <w:pPr>
       <w:pStyle w:val="Sidhuvud"/>
       <w:ind w:left="0"/>
     </w:pPr>
     <w:r w:rsidRPr="00E97E03">
       <w:rPr>
         <w:noProof/>
         <w:szCs w:val="18"/>
       </w:rPr>
       <w:drawing>
         <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658240" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="2A00D051" wp14:editId="6F61CDE5">
           <wp:simplePos x="0" y="0"/>
           <wp:positionH relativeFrom="column">
             <wp:posOffset>-400929</wp:posOffset>
           </wp:positionH>
           <wp:positionV relativeFrom="paragraph">
             <wp:posOffset>0</wp:posOffset>
           </wp:positionV>
           <wp:extent cx="2066400" cy="424800"/>
           <wp:effectExtent l="0" t="0" r="0" b="0"/>
           <wp:wrapNone/>
           <wp:docPr id="3" name="Bild 14">
             <a:extLst xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:ext uri="{C183D7F6-B498-43B3-948B-1728B52AA6E4}">
                 <adec:decorative xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" val="1"/>
@@ -10572,252 +10600,252 @@
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="643"/>
         </w:tabs>
         <w:ind w:left="643" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="4" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="FFFFFF80"/>
     <w:multiLevelType w:val="singleLevel"/>
     <w:tmpl w:val="BF246F5C"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="1492"/>
         </w:tabs>
         <w:ind w:left="1492" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="5" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="FFFFFF81"/>
     <w:multiLevelType w:val="singleLevel"/>
     <w:tmpl w:val="FC54BB44"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="1209"/>
         </w:tabs>
         <w:ind w:left="1209" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="6" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="FFFFFF82"/>
     <w:multiLevelType w:val="singleLevel"/>
     <w:tmpl w:val="E556CF58"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="926"/>
         </w:tabs>
         <w:ind w:left="926" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="7" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="FFFFFF83"/>
     <w:multiLevelType w:val="singleLevel"/>
     <w:tmpl w:val="D00613B8"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="643"/>
         </w:tabs>
         <w:ind w:left="643" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="8" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="FFFFFF89"/>
     <w:multiLevelType w:val="singleLevel"/>
     <w:tmpl w:val="18FCD338"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="360"/>
         </w:tabs>
         <w:ind w:left="360" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="9" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="0530227A"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="B456EC32"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="360" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Calibri" w:hAnsi="Calibri"/>
         <w:color w:val="auto"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="–"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Calibri" w:hAnsi="Calibri"/>
         <w:color w:val="auto"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1080" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Calibri" w:hAnsi="Calibri"/>
         <w:color w:val="auto"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="–"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Calibri" w:hAnsi="Calibri"/>
         <w:color w:val="auto"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="4">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1800" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Calibri" w:hAnsi="Calibri"/>
         <w:color w:val="auto"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="5">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="–"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Calibri" w:hAnsi="Calibri"/>
         <w:color w:val="auto"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="6">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2520" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Calibri" w:hAnsi="Calibri"/>
         <w:color w:val="auto"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="–"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Calibri" w:hAnsi="Calibri"/>
         <w:color w:val="auto"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Calibri" w:hAnsi="Calibri"/>
         <w:color w:val="auto"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="10" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="05EE1867"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="7C2C14CC"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="360" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1.%2"/>
       <w:lvlJc w:val="left"/>
@@ -10904,268 +10932,268 @@
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="11" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="06355732"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="936C12D8"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="360" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
         <w:color w:val="auto"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="–"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Calibri" w:hAnsi="Calibri"/>
         <w:color w:val="auto"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1080" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="–"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Calibri" w:hAnsi="Calibri"/>
         <w:color w:val="auto"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="4">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1800" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Calibri" w:hAnsi="Calibri"/>
         <w:color w:val="auto"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="5">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="–"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Calibri" w:hAnsi="Calibri"/>
         <w:color w:val="auto"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="6">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2520" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Calibri" w:hAnsi="Calibri"/>
         <w:color w:val="auto"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="–"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Calibri" w:hAnsi="Calibri"/>
         <w:color w:val="auto"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Calibri" w:hAnsi="Calibri"/>
         <w:color w:val="auto"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="12" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="0B7E0623"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="2690BC3E"/>
     <w:lvl w:ilvl="0" w:tplc="E0106760">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="5486F408" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="5ABA2342" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="EC08A49C" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="4" w:tplc="859072D0" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="5" w:tplc="FA16B2C0" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="6" w:tplc="FBB6299E" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="1B6C5A4C" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="757CA732" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="13" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="1A6A1988"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="CA221EBE"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:pStyle w:val="Numreradrubrik1"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="851" w:hanging="851"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:pStyle w:val="Numreradrubrik2"/>
       <w:lvlText w:val="%1.%2"/>
@@ -11344,273 +11372,273 @@
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="041D001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6120" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="15" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="22E1530F"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="22E630EA"/>
     <w:lvl w:ilvl="0" w:tplc="8F9E230C">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="041D0001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="4" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="5" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="6" w:tplc="041D0001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="16" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="231520B4"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="DDFA5E0C"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:pStyle w:val="Punktlista"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="360" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
         <w:color w:val="auto"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:pStyle w:val="Punktlista2"/>
       <w:lvlText w:val="–"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Calibri" w:hAnsi="Calibri"/>
         <w:color w:val="auto"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:pStyle w:val="Punktlista3"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1080" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Calibri" w:hAnsi="Calibri"/>
         <w:color w:val="auto"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:pStyle w:val="Punktlista4"/>
       <w:lvlText w:val="–"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Calibri" w:hAnsi="Calibri"/>
         <w:color w:val="auto"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="4">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:pStyle w:val="Punktlista5"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1800" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Calibri" w:hAnsi="Calibri"/>
         <w:color w:val="auto"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="5">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="–"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Calibri" w:hAnsi="Calibri"/>
         <w:color w:val="auto"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="6">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2520" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Calibri" w:hAnsi="Calibri"/>
         <w:color w:val="auto"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="–"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Calibri" w:hAnsi="Calibri"/>
         <w:color w:val="auto"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Calibri" w:hAnsi="Calibri"/>
         <w:color w:val="auto"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="17" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="2A2452EA"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="92D0B8A2"/>
     <w:lvl w:ilvl="0" w:tplc="29169826">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="720"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="041D0019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
@@ -11786,154 +11814,154 @@
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="19" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="317222E8"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="DE4C9356"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="360" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
         <w:color w:val="auto"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1080" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Calibri" w:hAnsi="Calibri"/>
         <w:color w:val="auto"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="–"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Calibri" w:hAnsi="Calibri"/>
         <w:color w:val="auto"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="4">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1800" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Calibri" w:hAnsi="Calibri"/>
         <w:color w:val="auto"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="5">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="–"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Calibri" w:hAnsi="Calibri"/>
         <w:color w:val="auto"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="6">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2520" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Calibri" w:hAnsi="Calibri"/>
         <w:color w:val="auto"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="–"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Calibri" w:hAnsi="Calibri"/>
         <w:color w:val="auto"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Calibri" w:hAnsi="Calibri"/>
         <w:color w:val="auto"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="20" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="33184ABB"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="EF448F34"/>
     <w:lvl w:ilvl="0" w:tplc="39F26706">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="862" w:hanging="720"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="041D0019">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
@@ -11996,389 +12024,389 @@
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="041D001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6120" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="21" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="37E928A5"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="0C2EBB4A"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="360" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
         <w:color w:val="auto"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1080" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Calibri" w:hAnsi="Calibri"/>
         <w:color w:val="auto"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="–"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Calibri" w:hAnsi="Calibri"/>
         <w:color w:val="auto"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="4">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1800" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Calibri" w:hAnsi="Calibri"/>
         <w:color w:val="auto"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="5">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="–"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Calibri" w:hAnsi="Calibri"/>
         <w:color w:val="auto"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="6">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2520" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Calibri" w:hAnsi="Calibri"/>
         <w:color w:val="auto"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="–"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Calibri" w:hAnsi="Calibri"/>
         <w:color w:val="auto"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Calibri" w:hAnsi="Calibri"/>
         <w:color w:val="auto"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="22" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="39217360"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="88E4FAB0"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="360" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Calibri" w:hAnsi="Calibri"/>
         <w:color w:val="auto"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1080" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Calibri" w:hAnsi="Calibri"/>
         <w:color w:val="auto"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="–"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Calibri" w:hAnsi="Calibri"/>
         <w:color w:val="auto"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="4">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1800" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Calibri" w:hAnsi="Calibri"/>
         <w:color w:val="auto"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="5">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="–"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Calibri" w:hAnsi="Calibri"/>
         <w:color w:val="auto"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="6">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2520" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Calibri" w:hAnsi="Calibri"/>
         <w:color w:val="auto"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="–"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Calibri" w:hAnsi="Calibri"/>
         <w:color w:val="auto"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Calibri" w:hAnsi="Calibri"/>
         <w:color w:val="auto"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="23" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="3D941BE2"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="98B864FE"/>
     <w:lvl w:ilvl="0" w:tplc="FFFFFFFF">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="FFFFFFFF">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="041D0001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="FFFFFFFF" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="4" w:tplc="FFFFFFFF" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="5" w:tplc="FFFFFFFF" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="6" w:tplc="FFFFFFFF" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="FFFFFFFF" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="FFFFFFFF" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="24" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="462E19A0"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="420665BA"/>
     <w:lvl w:ilvl="0" w:tplc="0C4AF62A">
       <w:start w:val="2"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1080" w:hanging="720"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="041D0019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
@@ -12440,728 +12468,728 @@
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="041D001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="25" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="4F8850D3"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="A646737A"/>
     <w:lvl w:ilvl="0" w:tplc="4C908AFE">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="-"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Verdana" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Verdana" w:cstheme="minorBidi" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Verdana" w:hAnsi="Verdana" w:eastAsiaTheme="minorEastAsia" w:cstheme="minorBidi"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="041D0001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="4" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="5" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="6" w:tplc="041D0001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="26" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="512F3C60"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="65307FC4"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="360" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
         <w:color w:val="auto"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="–"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Calibri" w:hAnsi="Calibri"/>
         <w:color w:val="auto"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1080" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="–"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Calibri" w:hAnsi="Calibri"/>
         <w:color w:val="auto"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="4">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1800" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Calibri" w:hAnsi="Calibri"/>
         <w:color w:val="auto"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="5">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="–"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Calibri" w:hAnsi="Calibri"/>
         <w:color w:val="auto"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="6">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2520" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Calibri" w:hAnsi="Calibri"/>
         <w:color w:val="auto"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="–"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Calibri" w:hAnsi="Calibri"/>
         <w:color w:val="auto"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Calibri" w:hAnsi="Calibri"/>
         <w:color w:val="auto"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="27" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="546A2BEB"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="2B7EF4DC"/>
     <w:lvl w:ilvl="0" w:tplc="041D0001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="041D0003">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="041D0005">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="041D0001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="4" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="5" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="6" w:tplc="041D0001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="28" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="59E20824"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="DEF2A9F8"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="360" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Calibri" w:hAnsi="Calibri"/>
         <w:color w:val="auto"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="–"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Calibri" w:hAnsi="Calibri"/>
         <w:color w:val="auto"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1080" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="–"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Calibri" w:hAnsi="Calibri"/>
         <w:color w:val="auto"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="4">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1800" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Calibri" w:hAnsi="Calibri"/>
         <w:color w:val="auto"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="5">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="–"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Calibri" w:hAnsi="Calibri"/>
         <w:color w:val="auto"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="6">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2520" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Calibri" w:hAnsi="Calibri"/>
         <w:color w:val="auto"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="–"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Calibri" w:hAnsi="Calibri"/>
         <w:color w:val="auto"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Calibri" w:hAnsi="Calibri"/>
         <w:color w:val="auto"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="29" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="60513D69"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="47785B34"/>
     <w:lvl w:ilvl="0" w:tplc="041D0001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="041D0001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="4" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="5" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="6" w:tplc="041D0001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="30" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="6189061D"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="C044A552"/>
     <w:lvl w:ilvl="0" w:tplc="FFFFFFFF">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="041D0001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="FFFFFFFF">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="FFFFFFFF" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="4" w:tplc="FFFFFFFF" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="5" w:tplc="FFFFFFFF" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="6" w:tplc="FFFFFFFF" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="FFFFFFFF" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="FFFFFFFF" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="31" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="6660BAB3"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="FFFFFFFF"/>
     <w:lvl w:ilvl="0" w:tplc="D4B0DF78">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="827C6A38">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
@@ -13220,147 +13248,147 @@
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="1D20C79A">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="32" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="72520F79"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="79D2DA2C"/>
     <w:lvl w:ilvl="0" w:tplc="041D0001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1021" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1741" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2461" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="041D0001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3181" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="4" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3901" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="5" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4621" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="6" w:tplc="041D0001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5341" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6061" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6781" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="33" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="73A67453"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="16D4075C"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:pStyle w:val="Numreradlista"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="360" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:pStyle w:val="Numreradlista2"/>
       <w:lvlText w:val="%2."/>
@@ -13540,267 +13568,267 @@
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="041D001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6120" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="35" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="7896633E"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="978C45F8"/>
     <w:lvl w:ilvl="0" w:tplc="681ED66C">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="041D0001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="4" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="5" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="6" w:tplc="041D0001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="36" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="791B609B"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="9D44C904"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="360" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
         <w:color w:val="auto"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1080" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Calibri" w:hAnsi="Calibri"/>
         <w:color w:val="auto"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="–"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Calibri" w:hAnsi="Calibri"/>
         <w:color w:val="auto"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="4">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1800" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Calibri" w:hAnsi="Calibri"/>
         <w:color w:val="auto"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="5">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="–"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Calibri" w:hAnsi="Calibri"/>
         <w:color w:val="auto"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="6">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2520" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Calibri" w:hAnsi="Calibri"/>
         <w:color w:val="auto"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="–"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Calibri" w:hAnsi="Calibri"/>
         <w:color w:val="auto"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Calibri" w:hAnsi="Calibri"/>
         <w:color w:val="auto"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1" w16cid:durableId="1636254014">
     <w:abstractNumId w:val="31"/>
   </w:num>
   <w:num w:numId="2" w16cid:durableId="665863069">
     <w:abstractNumId w:val="33"/>
   </w:num>
   <w:num w:numId="3" w16cid:durableId="1787892215">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="4" w16cid:durableId="896547685">
     <w:abstractNumId w:val="2"/>
   </w:num>
   <w:num w:numId="5" w16cid:durableId="1578057768">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6" w16cid:durableId="1760520417">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7" w16cid:durableId="1922981694">
     <w:abstractNumId w:val="9"/>
   </w:num>
@@ -13958,54 +13986,55 @@
     <w:abstractNumId w:val="16"/>
   </w:num>
   <w:num w:numId="50" w16cid:durableId="1674642803">
     <w:abstractNumId w:val="34"/>
   </w:num>
   <w:num w:numId="51" w16cid:durableId="1893693124">
     <w:abstractNumId w:val="17"/>
   </w:num>
   <w:num w:numId="52" w16cid:durableId="366219769">
     <w:abstractNumId w:val="15"/>
   </w:num>
   <w:num w:numId="53" w16cid:durableId="1777403513">
     <w:abstractNumId w:val="35"/>
   </w:num>
   <w:num w:numId="54" w16cid:durableId="1406490259">
     <w:abstractNumId w:val="8"/>
   </w:num>
   <w:num w:numId="55" w16cid:durableId="1668165425">
     <w:abstractNumId w:val="14"/>
   </w:num>
   <w:numIdMacAtCleanup w:val="53"/>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
+<w:settings xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:zoom w:percent="100"/>
   <w:removeDateAndTime/>
   <w:stylePaneFormatFilter w:val="5004" w:allStyles="0" w:customStyles="0" w:latentStyles="1" w:stylesInUse="0" w:headingStyles="0" w:numberingStyles="0" w:tableStyles="0" w:directFormattingOnRuns="0" w:directFormattingOnParagraphs="0" w:directFormattingOnNumbering="0" w:directFormattingOnTables="0" w:clearFormatting="1" w:top3HeadingStyles="0" w:visibleStyles="1" w:alternateStyleNames="0"/>
+  <w:trackRevisions w:val="false"/>
   <w:defaultTabStop w:val="1304"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
     <w:footnote w:id="1"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
     <w:endnote w:id="1"/>
   </w:endnotePr>
   <w:compat>
     <w:useFELayout/>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
@@ -14666,50 +14695,51 @@
     <w:rsid w:val="08B57F27"/>
     <w:rsid w:val="08F6DD7E"/>
     <w:rsid w:val="094518C8"/>
     <w:rsid w:val="0A55BF59"/>
     <w:rsid w:val="0AA76C42"/>
     <w:rsid w:val="0BAF8975"/>
     <w:rsid w:val="0E1AEFB4"/>
     <w:rsid w:val="0E5488F9"/>
     <w:rsid w:val="0F34997D"/>
     <w:rsid w:val="0F6F83CD"/>
     <w:rsid w:val="1056D657"/>
     <w:rsid w:val="1314A577"/>
     <w:rsid w:val="13932AD8"/>
     <w:rsid w:val="13B2CD6F"/>
     <w:rsid w:val="14279D43"/>
     <w:rsid w:val="16B5CB5F"/>
     <w:rsid w:val="1AC64E98"/>
     <w:rsid w:val="1AC78E3F"/>
     <w:rsid w:val="1C8553CB"/>
     <w:rsid w:val="1DEAC8C7"/>
     <w:rsid w:val="1F716C0D"/>
     <w:rsid w:val="1FF54F8E"/>
     <w:rsid w:val="2075AAF0"/>
     <w:rsid w:val="22D574A4"/>
     <w:rsid w:val="23B5208E"/>
+    <w:rsid w:val="242F0DF1"/>
     <w:rsid w:val="255E5E07"/>
     <w:rsid w:val="27DC50D8"/>
     <w:rsid w:val="2BBEEAFF"/>
     <w:rsid w:val="2C632ED0"/>
     <w:rsid w:val="2DB8F226"/>
     <w:rsid w:val="2E44A04B"/>
     <w:rsid w:val="2EC115A0"/>
     <w:rsid w:val="2EF42E4E"/>
     <w:rsid w:val="2F3D60D7"/>
     <w:rsid w:val="2FD93CC6"/>
     <w:rsid w:val="2FF1DA77"/>
     <w:rsid w:val="30543B40"/>
     <w:rsid w:val="311A11A3"/>
     <w:rsid w:val="36437386"/>
     <w:rsid w:val="365B0A19"/>
     <w:rsid w:val="3769854C"/>
     <w:rsid w:val="39903C88"/>
     <w:rsid w:val="3D115AA4"/>
     <w:rsid w:val="3F91F7A9"/>
     <w:rsid w:val="41DDA086"/>
     <w:rsid w:val="42914301"/>
     <w:rsid w:val="436C43AD"/>
     <w:rsid w:val="44C318C4"/>
     <w:rsid w:val="45C82612"/>
     <w:rsid w:val="49D96E26"/>
@@ -14763,116 +14793,116 @@
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="sv-SE" w:eastAsia="zh-CN" w:bidi="ar-SA"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="2"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
   <w14:docId w14:val="1414F238"/>
   <w15:chartTrackingRefBased/>
   <w15:docId w15:val="{0EAB9A4A-A59A-40C2-8871-BF8745EB2167}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
+<w:styles xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
-        <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+        <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:cstheme="minorBidi"/>
         <w:lang w:val="sv-SE" w:eastAsia="zh-CN" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="180" w:line="288" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="2" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
-    <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
-[...6 lines deleted...]
-    <w:lsdException w:name="heading 9" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="heading 2" w:uiPriority="9" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 3" w:uiPriority="9" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 4" w:uiPriority="9" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 5" w:uiPriority="9" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 6" w:uiPriority="9" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="heading 7" w:uiPriority="9" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="heading 8" w:uiPriority="9" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="heading 9" w:uiPriority="9" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 1" w:semiHidden="1"/>
     <w:lsdException w:name="index 2" w:semiHidden="1"/>
     <w:lsdException w:name="index 3" w:semiHidden="1"/>
     <w:lsdException w:name="index 4" w:semiHidden="1"/>
     <w:lsdException w:name="index 5" w:semiHidden="1"/>
     <w:lsdException w:name="index 6" w:semiHidden="1"/>
     <w:lsdException w:name="index 7" w:semiHidden="1"/>
     <w:lsdException w:name="index 8" w:semiHidden="1"/>
     <w:lsdException w:name="index 9" w:semiHidden="1"/>
     <w:lsdException w:name="toc 1" w:uiPriority="39"/>
     <w:lsdException w:name="toc 2" w:uiPriority="39"/>
     <w:lsdException w:name="toc 3" w:uiPriority="39"/>
     <w:lsdException w:name="toc 4" w:uiPriority="39"/>
     <w:lsdException w:name="toc 5" w:uiPriority="39"/>
     <w:lsdException w:name="toc 6" w:uiPriority="39"/>
     <w:lsdException w:name="toc 7" w:uiPriority="39"/>
     <w:lsdException w:name="toc 8" w:uiPriority="39"/>
     <w:lsdException w:name="toc 9" w:uiPriority="39"/>
     <w:lsdException w:name="Normal Indent" w:semiHidden="1"/>
     <w:lsdException w:name="annotation text" w:semiHidden="1"/>
     <w:lsdException w:name="index heading" w:semiHidden="1"/>
-    <w:lsdException w:name="caption" w:semiHidden="1" w:uiPriority="35" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="caption" w:uiPriority="35" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="table of figures" w:semiHidden="1"/>
     <w:lsdException w:name="envelope return" w:semiHidden="1"/>
     <w:lsdException w:name="annotation reference" w:semiHidden="1"/>
     <w:lsdException w:name="line number" w:semiHidden="1"/>
     <w:lsdException w:name="endnote reference" w:semiHidden="1"/>
     <w:lsdException w:name="endnote text" w:semiHidden="1"/>
     <w:lsdException w:name="table of authorities" w:semiHidden="1"/>
     <w:lsdException w:name="macro" w:semiHidden="1"/>
     <w:lsdException w:name="toa heading" w:semiHidden="1"/>
     <w:lsdException w:name="List" w:semiHidden="1"/>
     <w:lsdException w:name="List Bullet" w:qFormat="1"/>
     <w:lsdException w:name="List Number" w:qFormat="1"/>
     <w:lsdException w:name="List 2" w:semiHidden="1"/>
     <w:lsdException w:name="List 3" w:semiHidden="1"/>
     <w:lsdException w:name="List 4" w:semiHidden="1"/>
     <w:lsdException w:name="List 5" w:semiHidden="1"/>
     <w:lsdException w:name="Title" w:uiPriority="10"/>
     <w:lsdException w:name="Signature" w:semiHidden="1"/>
-    <w:lsdException w:name="Default Paragraph Font" w:semiHidden="1" w:uiPriority="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text" w:semiHidden="1"/>
     <w:lsdException w:name="Body Text Indent" w:semiHidden="1"/>
     <w:lsdException w:name="List Continue" w:semiHidden="1"/>
     <w:lsdException w:name="List Continue 2" w:semiHidden="1"/>
     <w:lsdException w:name="List Continue 3" w:semiHidden="1"/>
     <w:lsdException w:name="List Continue 4" w:semiHidden="1"/>
     <w:lsdException w:name="List Continue 5" w:semiHidden="1"/>
     <w:lsdException w:name="Message Header" w:semiHidden="1"/>
     <w:lsdException w:name="Subtitle" w:uiPriority="11"/>
     <w:lsdException w:name="Salutation" w:uiPriority="36" w:qFormat="1"/>
     <w:lsdException w:name="Body Text First Indent" w:semiHidden="1"/>
     <w:lsdException w:name="Body Text First Indent 2" w:semiHidden="1"/>
     <w:lsdException w:name="Note Heading" w:semiHidden="1"/>
     <w:lsdException w:name="Body Text 2" w:semiHidden="1"/>
     <w:lsdException w:name="Body Text 3" w:semiHidden="1"/>
     <w:lsdException w:name="Body Text Indent 2" w:semiHidden="1"/>
     <w:lsdException w:name="Body Text Indent 3" w:semiHidden="1"/>
     <w:lsdException w:name="Block Text" w:semiHidden="1"/>
     <w:lsdException w:name="FollowedHyperlink" w:uiPriority="98"/>
     <w:lsdException w:name="Strong" w:uiPriority="22"/>
     <w:lsdException w:name="Emphasis" w:uiPriority="20"/>
     <w:lsdException w:name="Document Map" w:semiHidden="1"/>
     <w:lsdException w:name="Plain Text" w:semiHidden="1"/>
     <w:lsdException w:name="E-mail Signature" w:semiHidden="1"/>
     <w:lsdException w:name="HTML Top of Form" w:semiHidden="1" w:unhideWhenUsed="1"/>
@@ -14940,51 +14970,51 @@
     <w:lsdException w:name="Table Grid" w:uiPriority="39"/>
     <w:lsdException w:name="Table Theme" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Placeholder Text" w:semiHidden="1"/>
     <w:lsdException w:name="No Spacing" w:uiPriority="1" w:qFormat="1"/>
     <w:lsdException w:name="Light Shading" w:uiPriority="60"/>
     <w:lsdException w:name="Light List" w:uiPriority="61"/>
     <w:lsdException w:name="Light Grid" w:uiPriority="62"/>
     <w:lsdException w:name="Medium Shading 1" w:uiPriority="63"/>
     <w:lsdException w:name="Medium Shading 2" w:uiPriority="64"/>
     <w:lsdException w:name="Medium List 1" w:uiPriority="65"/>
     <w:lsdException w:name="Medium List 2" w:uiPriority="66"/>
     <w:lsdException w:name="Medium Grid 1" w:uiPriority="67"/>
     <w:lsdException w:name="Medium Grid 2" w:uiPriority="68"/>
     <w:lsdException w:name="Medium Grid 3" w:uiPriority="69"/>
     <w:lsdException w:name="Dark List" w:uiPriority="70"/>
     <w:lsdException w:name="Colorful Shading" w:uiPriority="71"/>
     <w:lsdException w:name="Colorful List" w:uiPriority="72"/>
     <w:lsdException w:name="Colorful Grid" w:uiPriority="73"/>
     <w:lsdException w:name="Light Shading Accent 1" w:uiPriority="60"/>
     <w:lsdException w:name="Light List Accent 1" w:uiPriority="61"/>
     <w:lsdException w:name="Light Grid Accent 1" w:uiPriority="62"/>
     <w:lsdException w:name="Medium Shading 1 Accent 1" w:uiPriority="63"/>
     <w:lsdException w:name="Medium Shading 2 Accent 1" w:uiPriority="64"/>
     <w:lsdException w:name="Medium List 1 Accent 1" w:uiPriority="65"/>
     <w:lsdException w:name="Revision" w:semiHidden="1"/>
-    <w:lsdException w:name="List Paragraph" w:semiHidden="1" w:uiPriority="34"/>
+    <w:lsdException w:name="List Paragraph" w:uiPriority="34" w:semiHidden="1"/>
     <w:lsdException w:name="Quote" w:uiPriority="29"/>
     <w:lsdException w:name="Intense Quote" w:uiPriority="30"/>
     <w:lsdException w:name="Medium List 2 Accent 1" w:uiPriority="66"/>
     <w:lsdException w:name="Medium Grid 1 Accent 1" w:uiPriority="67"/>
     <w:lsdException w:name="Medium Grid 2 Accent 1" w:uiPriority="68"/>
     <w:lsdException w:name="Medium Grid 3 Accent 1" w:uiPriority="69"/>
     <w:lsdException w:name="Dark List Accent 1" w:uiPriority="70"/>
     <w:lsdException w:name="Colorful Shading Accent 1" w:uiPriority="71"/>
     <w:lsdException w:name="Colorful List Accent 1" w:uiPriority="72"/>
     <w:lsdException w:name="Colorful Grid Accent 1" w:uiPriority="73"/>
     <w:lsdException w:name="Light Shading Accent 2" w:uiPriority="60"/>
     <w:lsdException w:name="Light List Accent 2" w:uiPriority="61"/>
     <w:lsdException w:name="Light Grid Accent 2" w:uiPriority="62"/>
     <w:lsdException w:name="Medium Shading 1 Accent 2" w:uiPriority="63"/>
     <w:lsdException w:name="Medium Shading 2 Accent 2" w:uiPriority="64"/>
     <w:lsdException w:name="Medium List 1 Accent 2" w:uiPriority="65"/>
     <w:lsdException w:name="Medium List 2 Accent 2" w:uiPriority="66"/>
     <w:lsdException w:name="Medium Grid 1 Accent 2" w:uiPriority="67"/>
     <w:lsdException w:name="Medium Grid 2 Accent 2" w:uiPriority="68"/>
     <w:lsdException w:name="Medium Grid 3 Accent 2" w:uiPriority="69"/>
     <w:lsdException w:name="Dark List Accent 2" w:uiPriority="70"/>
     <w:lsdException w:name="Colorful Shading Accent 2" w:uiPriority="71"/>
     <w:lsdException w:name="Colorful List Accent 2" w:uiPriority="72"/>
     <w:lsdException w:name="Colorful Grid Accent 2" w:uiPriority="73"/>
     <w:lsdException w:name="Light Shading Accent 3" w:uiPriority="60"/>
@@ -15026,52 +15056,52 @@
     <w:lsdException w:name="Medium Grid 2 Accent 5" w:uiPriority="68"/>
     <w:lsdException w:name="Medium Grid 3 Accent 5" w:uiPriority="69"/>
     <w:lsdException w:name="Dark List Accent 5" w:uiPriority="70"/>
     <w:lsdException w:name="Colorful Shading Accent 5" w:uiPriority="71"/>
     <w:lsdException w:name="Colorful List Accent 5" w:uiPriority="72"/>
     <w:lsdException w:name="Colorful Grid Accent 5" w:uiPriority="73"/>
     <w:lsdException w:name="Light Shading Accent 6" w:uiPriority="60"/>
     <w:lsdException w:name="Light List Accent 6" w:uiPriority="61"/>
     <w:lsdException w:name="Light Grid Accent 6" w:uiPriority="62"/>
     <w:lsdException w:name="Medium Shading 1 Accent 6" w:uiPriority="63"/>
     <w:lsdException w:name="Medium Shading 2 Accent 6" w:uiPriority="64"/>
     <w:lsdException w:name="Medium List 1 Accent 6" w:uiPriority="65"/>
     <w:lsdException w:name="Medium List 2 Accent 6" w:uiPriority="66"/>
     <w:lsdException w:name="Medium Grid 1 Accent 6" w:uiPriority="67"/>
     <w:lsdException w:name="Medium Grid 2 Accent 6" w:uiPriority="68"/>
     <w:lsdException w:name="Medium Grid 3 Accent 6" w:uiPriority="69"/>
     <w:lsdException w:name="Dark List Accent 6" w:uiPriority="70"/>
     <w:lsdException w:name="Colorful Shading Accent 6" w:uiPriority="71"/>
     <w:lsdException w:name="Colorful List Accent 6" w:uiPriority="72"/>
     <w:lsdException w:name="Colorful Grid Accent 6" w:uiPriority="73"/>
     <w:lsdException w:name="Subtle Emphasis" w:uiPriority="19"/>
     <w:lsdException w:name="Intense Emphasis" w:uiPriority="21"/>
     <w:lsdException w:name="Subtle Reference" w:uiPriority="31"/>
     <w:lsdException w:name="Intense Reference" w:uiPriority="32"/>
     <w:lsdException w:name="Book Title" w:uiPriority="33"/>
-    <w:lsdException w:name="Bibliography" w:semiHidden="1" w:uiPriority="37" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="TOC Heading" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="Bibliography" w:uiPriority="37" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="TOC Heading" w:uiPriority="39" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="Plain Table 1" w:uiPriority="41"/>
     <w:lsdException w:name="Plain Table 2" w:uiPriority="42"/>
     <w:lsdException w:name="Plain Table 3" w:uiPriority="43"/>
     <w:lsdException w:name="Plain Table 4" w:uiPriority="44"/>
     <w:lsdException w:name="Plain Table 5" w:uiPriority="45"/>
     <w:lsdException w:name="Grid Table Light" w:uiPriority="40"/>
     <w:lsdException w:name="Grid Table 1 Light" w:uiPriority="46"/>
     <w:lsdException w:name="Grid Table 2" w:uiPriority="47"/>
     <w:lsdException w:name="Grid Table 3" w:uiPriority="48"/>
     <w:lsdException w:name="Grid Table 4" w:uiPriority="49"/>
     <w:lsdException w:name="Grid Table 5 Dark" w:uiPriority="50"/>
     <w:lsdException w:name="Grid Table 6 Colorful" w:uiPriority="51"/>
     <w:lsdException w:name="Grid Table 7 Colorful" w:uiPriority="52"/>
     <w:lsdException w:name="Grid Table 1 Light Accent 1" w:uiPriority="46"/>
     <w:lsdException w:name="Grid Table 2 Accent 1" w:uiPriority="47"/>
     <w:lsdException w:name="Grid Table 3 Accent 1" w:uiPriority="48"/>
     <w:lsdException w:name="Grid Table 4 Accent 1" w:uiPriority="49"/>
     <w:lsdException w:name="Grid Table 5 Dark Accent 1" w:uiPriority="50"/>
     <w:lsdException w:name="Grid Table 6 Colorful Accent 1" w:uiPriority="51"/>
     <w:lsdException w:name="Grid Table 7 Colorful Accent 1" w:uiPriority="52"/>
     <w:lsdException w:name="Grid Table 1 Light Accent 2" w:uiPriority="46"/>
     <w:lsdException w:name="Grid Table 2 Accent 2" w:uiPriority="47"/>
     <w:lsdException w:name="Grid Table 3 Accent 2" w:uiPriority="48"/>
     <w:lsdException w:name="Grid Table 4 Accent 2" w:uiPriority="49"/>
     <w:lsdException w:name="Grid Table 5 Dark Accent 2" w:uiPriority="50"/>
@@ -15138,51 +15168,51 @@
     <w:lsdException w:name="List Table 3 Accent 4" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 4" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 4" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 4" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 4" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 5" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 5" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 5" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 5" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 5" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 5" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 5" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 6" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
     <w:lsdException w:name="Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Hashtag" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Unresolved Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Link" w:semiHidden="1" w:unhideWhenUsed="1"/>
   </w:latentStyles>
-  <w:style w:type="paragraph" w:default="1" w:styleId="Normal">
+  <w:style w:type="paragraph" w:styleId="Normal" w:default="1">
     <w:name w:val="Normal"/>
     <w:qFormat/>
     <w:rsid w:val="007852B5"/>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Rubrik1">
     <w:name w:val="heading 1"/>
     <w:basedOn w:val="Rubrik"/>
     <w:next w:val="Normal"/>
     <w:link w:val="Rubrik1Char"/>
     <w:uiPriority w:val="9"/>
     <w:qFormat/>
     <w:rsid w:val="006769DD"/>
     <w:pPr>
       <w:keepNext/>
       <w:keepLines/>
       <w:spacing w:before="480" w:after="180"/>
     </w:pPr>
     <w:rPr>
       <w:bCs w:val="0"/>
       <w:sz w:val="40"/>
       <w:szCs w:val="28"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Rubrik2">
     <w:name w:val="heading 2"/>
@@ -15294,284 +15324,284 @@
     <w:uiPriority w:val="9"/>
     <w:semiHidden/>
     <w:rsid w:val="006769DD"/>
     <w:pPr>
       <w:outlineLvl w:val="7"/>
     </w:pPr>
     <w:rPr>
       <w:bCs w:val="0"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Rubrik9">
     <w:name w:val="heading 9"/>
     <w:basedOn w:val="Rubrik8"/>
     <w:next w:val="Normal"/>
     <w:link w:val="Rubrik9Char"/>
     <w:uiPriority w:val="9"/>
     <w:semiHidden/>
     <w:rsid w:val="006769DD"/>
     <w:pPr>
       <w:outlineLvl w:val="8"/>
     </w:pPr>
     <w:rPr>
       <w:iCs w:val="0"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:default="1" w:styleId="Standardstycketeckensnitt">
+  <w:style w:type="character" w:styleId="Standardstycketeckensnitt" w:default="1">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:unhideWhenUsed/>
   </w:style>
-  <w:style w:type="table" w:default="1" w:styleId="Normaltabell">
+  <w:style w:type="table" w:styleId="Normaltabell" w:default="1">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
-  <w:style w:type="numbering" w:default="1" w:styleId="Ingenlista">
+  <w:style w:type="numbering" w:styleId="Ingenlista" w:default="1">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="Rubrik1Char">
+  <w:style w:type="character" w:styleId="Rubrik1Char" w:customStyle="1">
     <w:name w:val="Rubrik 1 Char"/>
     <w:basedOn w:val="Standardstycketeckensnitt"/>
     <w:link w:val="Rubrik1"/>
     <w:uiPriority w:val="9"/>
     <w:rsid w:val="006769DD"/>
     <w:rPr>
-      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
       <w:b/>
       <w:sz w:val="40"/>
       <w:szCs w:val="28"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="Rubrik2Char">
+  <w:style w:type="character" w:styleId="Rubrik2Char" w:customStyle="1">
     <w:name w:val="Rubrik 2 Char"/>
     <w:basedOn w:val="Standardstycketeckensnitt"/>
     <w:link w:val="Rubrik2"/>
     <w:uiPriority w:val="9"/>
     <w:rsid w:val="006769DD"/>
     <w:rPr>
-      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
       <w:b/>
       <w:bCs/>
       <w:sz w:val="32"/>
       <w:szCs w:val="28"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="Rubrik3Char">
+  <w:style w:type="character" w:styleId="Rubrik3Char" w:customStyle="1">
     <w:name w:val="Rubrik 3 Char"/>
     <w:basedOn w:val="Standardstycketeckensnitt"/>
     <w:link w:val="Rubrik3"/>
     <w:uiPriority w:val="9"/>
     <w:rsid w:val="006769DD"/>
     <w:rPr>
-      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
       <w:bCs/>
       <w:sz w:val="28"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="Rubrik4Char">
+  <w:style w:type="character" w:styleId="Rubrik4Char" w:customStyle="1">
     <w:name w:val="Rubrik 4 Char"/>
     <w:basedOn w:val="Standardstycketeckensnitt"/>
     <w:link w:val="Rubrik4"/>
     <w:uiPriority w:val="9"/>
     <w:rsid w:val="006769DD"/>
     <w:rPr>
-      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
       <w:b/>
       <w:bCs/>
       <w:iCs/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="Rubrik5Char">
+  <w:style w:type="character" w:styleId="Rubrik5Char" w:customStyle="1">
     <w:name w:val="Rubrik 5 Char"/>
     <w:basedOn w:val="Standardstycketeckensnitt"/>
     <w:link w:val="Rubrik5"/>
     <w:uiPriority w:val="9"/>
     <w:semiHidden/>
     <w:rsid w:val="006769DD"/>
     <w:rPr>
-      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
       <w:b/>
       <w:i/>
       <w:iCs/>
       <w:sz w:val="19"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="Rubrik6Char">
+  <w:style w:type="character" w:styleId="Rubrik6Char" w:customStyle="1">
     <w:name w:val="Rubrik 6 Char"/>
     <w:basedOn w:val="Standardstycketeckensnitt"/>
     <w:link w:val="Rubrik6"/>
     <w:uiPriority w:val="9"/>
     <w:semiHidden/>
     <w:rsid w:val="006769DD"/>
     <w:rPr>
-      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
       <w:b/>
       <w:bCs/>
       <w:i/>
       <w:sz w:val="19"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="Rubrik7Char">
+  <w:style w:type="character" w:styleId="Rubrik7Char" w:customStyle="1">
     <w:name w:val="Rubrik 7 Char"/>
     <w:basedOn w:val="Standardstycketeckensnitt"/>
     <w:link w:val="Rubrik7"/>
     <w:uiPriority w:val="9"/>
     <w:semiHidden/>
     <w:rsid w:val="006769DD"/>
     <w:rPr>
-      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
       <w:b/>
       <w:bCs/>
       <w:i/>
       <w:iCs/>
       <w:sz w:val="19"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="Rubrik8Char">
+  <w:style w:type="character" w:styleId="Rubrik8Char" w:customStyle="1">
     <w:name w:val="Rubrik 8 Char"/>
     <w:basedOn w:val="Standardstycketeckensnitt"/>
     <w:link w:val="Rubrik8"/>
     <w:uiPriority w:val="9"/>
     <w:semiHidden/>
     <w:rsid w:val="006769DD"/>
     <w:rPr>
-      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
       <w:b/>
       <w:i/>
       <w:iCs/>
       <w:sz w:val="19"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="Rubrik9Char">
+  <w:style w:type="character" w:styleId="Rubrik9Char" w:customStyle="1">
     <w:name w:val="Rubrik 9 Char"/>
     <w:basedOn w:val="Standardstycketeckensnitt"/>
     <w:link w:val="Rubrik9"/>
     <w:uiPriority w:val="9"/>
     <w:semiHidden/>
     <w:rsid w:val="006769DD"/>
     <w:rPr>
-      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
       <w:b/>
       <w:i/>
       <w:sz w:val="19"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Beskrivning">
     <w:name w:val="caption"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="006769DD"/>
     <w:rPr>
       <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
       <w:bCs/>
       <w:sz w:val="18"/>
       <w:szCs w:val="18"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Rubrik">
     <w:name w:val="Title"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:link w:val="RubrikChar"/>
     <w:uiPriority w:val="34"/>
     <w:rsid w:val="004C2B36"/>
     <w:pPr>
       <w:spacing w:before="240" w:after="0" w:line="240" w:lineRule="auto"/>
       <w:contextualSpacing/>
       <w:outlineLvl w:val="0"/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
       <w:b/>
       <w:bCs/>
       <w:sz w:val="60"/>
       <w:szCs w:val="48"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="RubrikChar">
+  <w:style w:type="character" w:styleId="RubrikChar" w:customStyle="1">
     <w:name w:val="Rubrik Char"/>
     <w:basedOn w:val="Standardstycketeckensnitt"/>
     <w:link w:val="Rubrik"/>
     <w:uiPriority w:val="34"/>
     <w:rsid w:val="004C2B36"/>
     <w:rPr>
-      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
       <w:b/>
       <w:bCs/>
       <w:sz w:val="60"/>
       <w:szCs w:val="48"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Underrubrik">
     <w:name w:val="Subtitle"/>
     <w:basedOn w:val="Rubrik"/>
     <w:next w:val="Normal"/>
     <w:link w:val="UnderrubrikChar"/>
     <w:uiPriority w:val="35"/>
     <w:rsid w:val="00622230"/>
     <w:pPr>
       <w:numPr>
         <w:ilvl w:val="1"/>
       </w:numPr>
       <w:outlineLvl w:val="9"/>
     </w:pPr>
     <w:rPr>
       <w:b w:val="0"/>
       <w:sz w:val="28"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="UnderrubrikChar">
+  <w:style w:type="character" w:styleId="UnderrubrikChar" w:customStyle="1">
     <w:name w:val="Underrubrik Char"/>
     <w:basedOn w:val="Standardstycketeckensnitt"/>
     <w:link w:val="Underrubrik"/>
     <w:uiPriority w:val="35"/>
     <w:rsid w:val="00622230"/>
     <w:rPr>
-      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
       <w:bCs/>
       <w:sz w:val="28"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="Stark">
     <w:name w:val="Strong"/>
     <w:basedOn w:val="Standardstycketeckensnitt"/>
     <w:uiPriority w:val="22"/>
     <w:semiHidden/>
     <w:rsid w:val="006769DD"/>
     <w:rPr>
       <w:b/>
       <w:bCs/>
       <w:color w:val="auto"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="Betoning">
     <w:name w:val="Emphasis"/>
     <w:basedOn w:val="Standardstycketeckensnitt"/>
     <w:uiPriority w:val="20"/>
     <w:semiHidden/>
     <w:rsid w:val="006769DD"/>
     <w:rPr>
       <w:i/>
@@ -15587,90 +15617,90 @@
     <w:rsid w:val="00C76DDB"/>
     <w:pPr>
       <w:spacing w:after="0"/>
     </w:pPr>
     <w:rPr>
       <w:sz w:val="19"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Citat">
     <w:name w:val="Quote"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:link w:val="CitatChar"/>
     <w:uiPriority w:val="29"/>
     <w:rsid w:val="006769DD"/>
     <w:pPr>
       <w:spacing w:before="180"/>
       <w:ind w:left="567" w:right="567"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
       <w:iCs/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="CitatChar">
+  <w:style w:type="character" w:styleId="CitatChar" w:customStyle="1">
     <w:name w:val="Citat Char"/>
     <w:basedOn w:val="Standardstycketeckensnitt"/>
     <w:link w:val="Citat"/>
     <w:uiPriority w:val="29"/>
     <w:rsid w:val="006769DD"/>
     <w:rPr>
       <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
       <w:iCs/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Starktcitat">
     <w:name w:val="Intense Quote"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:link w:val="StarktcitatChar"/>
     <w:uiPriority w:val="30"/>
     <w:semiHidden/>
     <w:rsid w:val="006769DD"/>
     <w:pPr>
       <w:spacing w:before="100" w:beforeAutospacing="1" w:after="240"/>
       <w:ind w:left="936" w:right="936"/>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
       <w:sz w:val="26"/>
       <w:szCs w:val="26"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="StarktcitatChar">
+  <w:style w:type="character" w:styleId="StarktcitatChar" w:customStyle="1">
     <w:name w:val="Starkt citat Char"/>
     <w:basedOn w:val="Standardstycketeckensnitt"/>
     <w:link w:val="Starktcitat"/>
     <w:uiPriority w:val="30"/>
     <w:semiHidden/>
     <w:rsid w:val="006769DD"/>
     <w:rPr>
-      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
       <w:sz w:val="26"/>
       <w:szCs w:val="26"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="Diskretbetoning">
     <w:name w:val="Subtle Emphasis"/>
     <w:basedOn w:val="Standardstycketeckensnitt"/>
     <w:uiPriority w:val="19"/>
     <w:semiHidden/>
     <w:rsid w:val="006769DD"/>
     <w:rPr>
       <w:i/>
       <w:iCs/>
       <w:color w:val="auto"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="Starkbetoning">
     <w:name w:val="Intense Emphasis"/>
     <w:basedOn w:val="Standardstycketeckensnitt"/>
     <w:uiPriority w:val="21"/>
     <w:semiHidden/>
     <w:rsid w:val="006769DD"/>
     <w:rPr>
       <w:b/>
       <w:bCs/>
@@ -15851,80 +15881,80 @@
     <w:semiHidden/>
     <w:rsid w:val="006769DD"/>
     <w:pPr>
       <w:spacing w:after="100"/>
       <w:ind w:left="3402"/>
     </w:pPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Sidhuvud">
     <w:name w:val="header"/>
     <w:basedOn w:val="Normal"/>
     <w:link w:val="SidhuvudChar"/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="006769DD"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="right" w:pos="9356"/>
       </w:tabs>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:ind w:left="-851" w:right="-851"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
       <w:sz w:val="18"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="SidhuvudChar">
+  <w:style w:type="character" w:styleId="SidhuvudChar" w:customStyle="1">
     <w:name w:val="Sidhuvud Char"/>
     <w:basedOn w:val="Standardstycketeckensnitt"/>
     <w:link w:val="Sidhuvud"/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="006769DD"/>
     <w:rPr>
       <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
       <w:sz w:val="18"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Sidfot">
     <w:name w:val="footer"/>
     <w:basedOn w:val="Normal"/>
     <w:link w:val="SidfotChar"/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="006769DD"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="center" w:pos="4536"/>
         <w:tab w:val="right" w:pos="9072"/>
       </w:tabs>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
       <w:sz w:val="18"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="SidfotChar">
+  <w:style w:type="character" w:styleId="SidfotChar" w:customStyle="1">
     <w:name w:val="Sidfot Char"/>
     <w:basedOn w:val="Standardstycketeckensnitt"/>
     <w:link w:val="Sidfot"/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="006769DD"/>
     <w:rPr>
       <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
       <w:sz w:val="18"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Punktlista">
     <w:name w:val="List Bullet"/>
     <w:basedOn w:val="Normal"/>
     <w:uiPriority w:val="24"/>
     <w:qFormat/>
     <w:rsid w:val="00723AED"/>
     <w:pPr>
       <w:numPr>
         <w:numId w:val="37"/>
       </w:numPr>
       <w:spacing w:after="140"/>
     </w:pPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Numreradlista">
     <w:name w:val="List Number"/>
@@ -15932,87 +15962,87 @@
     <w:uiPriority w:val="25"/>
     <w:qFormat/>
     <w:rsid w:val="006769DD"/>
     <w:pPr>
       <w:numPr>
         <w:numId w:val="23"/>
       </w:numPr>
       <w:spacing w:after="140"/>
     </w:pPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Fotnotstext">
     <w:name w:val="footnote text"/>
     <w:basedOn w:val="Normal"/>
     <w:link w:val="FotnotstextChar"/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="006769DD"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:ind w:left="142" w:hanging="142"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
       <w:sz w:val="17"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="FotnotstextChar">
+  <w:style w:type="character" w:styleId="FotnotstextChar" w:customStyle="1">
     <w:name w:val="Fotnotstext Char"/>
     <w:basedOn w:val="Standardstycketeckensnitt"/>
     <w:link w:val="Fotnotstext"/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="006769DD"/>
     <w:rPr>
       <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
       <w:sz w:val="17"/>
       <w:szCs w:val="20"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="Fotnotsreferens">
     <w:name w:val="footnote reference"/>
     <w:basedOn w:val="Standardstycketeckensnitt"/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="006769DD"/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="table" w:styleId="Tabellrutnt">
     <w:name w:val="Table Grid"/>
     <w:basedOn w:val="Normaltabell"/>
     <w:uiPriority w:val="39"/>
     <w:rsid w:val="006769DD"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:tblPr>
       <w:tblBorders>
-        <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
-[...4 lines deleted...]
-        <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+        <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+        <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+        <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+        <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+        <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
       </w:tblBorders>
     </w:tblPr>
   </w:style>
   <w:style w:type="character" w:styleId="Hyperlnk">
     <w:name w:val="Hyperlink"/>
     <w:basedOn w:val="Standardstycketeckensnitt"/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="006769DD"/>
     <w:rPr>
       <w:color w:val="0070C0" w:themeColor="hyperlink"/>
       <w:u w:val="single"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Liststycke">
     <w:name w:val="List Paragraph"/>
     <w:basedOn w:val="Normal"/>
     <w:uiPriority w:val="34"/>
     <w:semiHidden/>
     <w:rsid w:val="006769DD"/>
     <w:pPr>
       <w:ind w:left="720"/>
       <w:contextualSpacing/>
     </w:pPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Numreradlista2">
@@ -16101,802 +16131,802 @@
     <w:uiPriority w:val="24"/>
     <w:semiHidden/>
     <w:rsid w:val="006769DD"/>
     <w:pPr>
       <w:numPr>
         <w:ilvl w:val="4"/>
       </w:numPr>
     </w:pPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Slutnotstext">
     <w:name w:val="endnote text"/>
     <w:basedOn w:val="Normal"/>
     <w:link w:val="SlutnotstextChar"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="006769DD"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:ind w:left="142" w:hanging="142"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
       <w:sz w:val="17"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="SlutnotstextChar">
+  <w:style w:type="character" w:styleId="SlutnotstextChar" w:customStyle="1">
     <w:name w:val="Slutnotstext Char"/>
     <w:basedOn w:val="Standardstycketeckensnitt"/>
     <w:link w:val="Slutnotstext"/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="006769DD"/>
     <w:rPr>
       <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
       <w:sz w:val="17"/>
       <w:szCs w:val="20"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="Slutnotsreferens">
     <w:name w:val="endnote reference"/>
     <w:basedOn w:val="Standardstycketeckensnitt"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:rsid w:val="006769DD"/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="Doldtext">
+  <w:style w:type="paragraph" w:styleId="Doldtext" w:customStyle="1">
     <w:name w:val="Dold text"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:uiPriority w:val="24"/>
     <w:semiHidden/>
     <w:qFormat/>
     <w:rsid w:val="006769DD"/>
     <w:rPr>
       <w:vanish/>
       <w:color w:val="C00000"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="Platshllartext">
     <w:name w:val="Placeholder Text"/>
     <w:basedOn w:val="Standardstycketeckensnitt"/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="006769DD"/>
     <w:rPr>
       <w:color w:val="7F7F7F" w:themeColor="text1" w:themeTint="80"/>
-      <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      <w:bdr w:val="none" w:color="auto" w:sz="0" w:space="0"/>
       <w:shd w:val="clear" w:color="auto" w:fill="F0F0F0"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="Numreradrubrik1">
+  <w:style w:type="paragraph" w:styleId="Numreradrubrik1" w:customStyle="1">
     <w:name w:val="Numrerad rubrik 1"/>
     <w:basedOn w:val="Rubrik1"/>
     <w:next w:val="Normal"/>
     <w:uiPriority w:val="19"/>
     <w:semiHidden/>
     <w:qFormat/>
     <w:rsid w:val="006769DD"/>
     <w:pPr>
       <w:numPr>
         <w:numId w:val="27"/>
       </w:numPr>
     </w:pPr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="Numreradrubrik2">
+  <w:style w:type="paragraph" w:styleId="Numreradrubrik2" w:customStyle="1">
     <w:name w:val="Numrerad rubrik 2"/>
     <w:basedOn w:val="Rubrik2"/>
     <w:next w:val="Normal"/>
     <w:uiPriority w:val="19"/>
     <w:semiHidden/>
     <w:qFormat/>
     <w:rsid w:val="006769DD"/>
     <w:pPr>
       <w:numPr>
         <w:ilvl w:val="1"/>
         <w:numId w:val="27"/>
       </w:numPr>
     </w:pPr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="Numreradrubrik3">
+  <w:style w:type="paragraph" w:styleId="Numreradrubrik3" w:customStyle="1">
     <w:name w:val="Numrerad rubrik 3"/>
     <w:basedOn w:val="Rubrik3"/>
     <w:next w:val="Normal"/>
     <w:uiPriority w:val="19"/>
     <w:semiHidden/>
     <w:qFormat/>
     <w:rsid w:val="006769DD"/>
     <w:pPr>
       <w:numPr>
         <w:ilvl w:val="2"/>
         <w:numId w:val="27"/>
       </w:numPr>
     </w:pPr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="Numreradrubrik4">
+  <w:style w:type="paragraph" w:styleId="Numreradrubrik4" w:customStyle="1">
     <w:name w:val="Numrerad rubrik 4"/>
     <w:basedOn w:val="Rubrik4"/>
     <w:next w:val="Normal"/>
     <w:uiPriority w:val="19"/>
     <w:semiHidden/>
     <w:qFormat/>
     <w:rsid w:val="006769DD"/>
     <w:pPr>
       <w:numPr>
         <w:ilvl w:val="3"/>
         <w:numId w:val="27"/>
       </w:numPr>
     </w:pPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Adress-brev">
     <w:name w:val="envelope address"/>
     <w:basedOn w:val="Normal"/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="006769DD"/>
     <w:pPr>
       <w:spacing w:after="720" w:line="264" w:lineRule="auto"/>
       <w:ind w:left="4253"/>
       <w:contextualSpacing/>
     </w:pPr>
     <w:rPr>
       <w:noProof/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Avslutandetext">
     <w:name w:val="Closing"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:link w:val="AvslutandetextChar"/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="006769DD"/>
     <w:pPr>
       <w:spacing w:after="800" w:line="240" w:lineRule="auto"/>
       <w:contextualSpacing/>
     </w:pPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="AvslutandetextChar">
+  <w:style w:type="character" w:styleId="AvslutandetextChar" w:customStyle="1">
     <w:name w:val="Avslutande text Char"/>
     <w:basedOn w:val="Standardstycketeckensnitt"/>
     <w:link w:val="Avslutandetext"/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="006769DD"/>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Inledning">
     <w:name w:val="Salutation"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:link w:val="InledningChar"/>
     <w:uiPriority w:val="2"/>
     <w:qFormat/>
     <w:rsid w:val="006769DD"/>
     <w:pPr>
       <w:spacing w:after="400"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
       <w:b/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="InledningChar">
+  <w:style w:type="character" w:styleId="InledningChar" w:customStyle="1">
     <w:name w:val="Inledning Char"/>
     <w:basedOn w:val="Standardstycketeckensnitt"/>
     <w:link w:val="Inledning"/>
     <w:uiPriority w:val="2"/>
     <w:rsid w:val="006769DD"/>
     <w:rPr>
       <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
       <w:b/>
       <w:sz w:val="20"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="Klla">
+  <w:style w:type="paragraph" w:styleId="Klla" w:customStyle="1">
     <w:name w:val="Källa"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:uiPriority w:val="26"/>
     <w:rsid w:val="006769DD"/>
     <w:pPr>
       <w:spacing w:before="80" w:after="320" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
       <w:sz w:val="18"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="IngetavstndChar">
+  <w:style w:type="character" w:styleId="IngetavstndChar" w:customStyle="1">
     <w:name w:val="Inget avstånd Char"/>
     <w:basedOn w:val="Standardstycketeckensnitt"/>
     <w:link w:val="Ingetavstnd"/>
     <w:uiPriority w:val="1"/>
     <w:rsid w:val="00C76DDB"/>
     <w:rPr>
       <w:sz w:val="19"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="table" w:customStyle="1" w:styleId="VGR">
+  <w:style w:type="table" w:styleId="VGR" w:customStyle="1">
     <w:name w:val="VGR"/>
     <w:basedOn w:val="Normaltabell"/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="00397151"/>
     <w:pPr>
       <w:spacing w:after="0"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
     </w:rPr>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblBorders>
-        <w:top w:val="single" w:sz="4" w:space="0" w:color="A6A6A6" w:themeColor="background1" w:themeShade="A6"/>
-[...4 lines deleted...]
-        <w:insideV w:val="single" w:sz="4" w:space="0" w:color="A6A6A6" w:themeColor="background1" w:themeShade="A6"/>
+        <w:top w:val="single" w:color="A6A6A6" w:themeColor="background1" w:themeShade="A6" w:sz="4" w:space="0"/>
+        <w:left w:val="single" w:color="A6A6A6" w:themeColor="background1" w:themeShade="A6" w:sz="4" w:space="0"/>
+        <w:bottom w:val="single" w:color="A6A6A6" w:themeColor="background1" w:themeShade="A6" w:sz="4" w:space="0"/>
+        <w:right w:val="single" w:color="A6A6A6" w:themeColor="background1" w:themeShade="A6" w:sz="4" w:space="0"/>
+        <w:insideH w:val="single" w:color="A6A6A6" w:themeColor="background1" w:themeShade="A6" w:sz="4" w:space="0"/>
+        <w:insideV w:val="single" w:color="A6A6A6" w:themeColor="background1" w:themeShade="A6" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:tblCellMar>
         <w:top w:w="85" w:type="dxa"/>
         <w:left w:w="85" w:type="dxa"/>
         <w:bottom w:w="85" w:type="dxa"/>
         <w:right w:w="85" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:tblStylePr w:type="firstRow">
       <w:rPr>
         <w:b/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
-          <w:top w:val="single" w:sz="4" w:space="0" w:color="A6A6A6" w:themeColor="background1" w:themeShade="A6"/>
-[...2 lines deleted...]
-          <w:right w:val="single" w:sz="4" w:space="0" w:color="A6A6A6" w:themeColor="background1" w:themeShade="A6"/>
+          <w:top w:val="single" w:color="A6A6A6" w:themeColor="background1" w:themeShade="A6" w:sz="4" w:space="0"/>
+          <w:left w:val="single" w:color="A6A6A6" w:themeColor="background1" w:themeShade="A6" w:sz="4" w:space="0"/>
+          <w:bottom w:val="single" w:color="000000" w:themeColor="text1" w:sz="8" w:space="0"/>
+          <w:right w:val="single" w:color="A6A6A6" w:themeColor="background1" w:themeShade="A6" w:sz="4" w:space="0"/>
           <w:insideH w:val="nil"/>
-          <w:insideV w:val="single" w:sz="4" w:space="0" w:color="A6A6A6" w:themeColor="background1" w:themeShade="A6"/>
+          <w:insideV w:val="single" w:color="A6A6A6" w:themeColor="background1" w:themeShade="A6" w:sz="4" w:space="0"/>
           <w:tl2br w:val="nil"/>
           <w:tr2bl w:val="nil"/>
         </w:tcBorders>
         <w:shd w:val="clear" w:color="auto" w:fill="C9E0F9"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastRow">
       <w:rPr>
         <w:b/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="firstCol">
       <w:rPr>
         <w:b/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band2Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
-          <w:top w:val="single" w:sz="4" w:space="0" w:color="A6A6A6" w:themeColor="background1" w:themeShade="A6"/>
-[...4 lines deleted...]
-          <w:insideV w:val="single" w:sz="4" w:space="0" w:color="A6A6A6" w:themeColor="background1" w:themeShade="A6"/>
+          <w:top w:val="single" w:color="A6A6A6" w:themeColor="background1" w:themeShade="A6" w:sz="4" w:space="0"/>
+          <w:left w:val="single" w:color="A6A6A6" w:themeColor="background1" w:themeShade="A6" w:sz="4" w:space="0"/>
+          <w:bottom w:val="single" w:color="A6A6A6" w:themeColor="background1" w:themeShade="A6" w:sz="4" w:space="0"/>
+          <w:right w:val="single" w:color="A6A6A6" w:themeColor="background1" w:themeShade="A6" w:sz="4" w:space="0"/>
+          <w:insideH w:val="single" w:color="A6A6A6" w:themeColor="background1" w:themeShade="A6" w:sz="4" w:space="0"/>
+          <w:insideV w:val="single" w:color="A6A6A6" w:themeColor="background1" w:themeShade="A6" w:sz="4" w:space="0"/>
           <w:tl2br w:val="nil"/>
           <w:tr2bl w:val="nil"/>
         </w:tcBorders>
         <w:shd w:val="clear" w:color="auto" w:fill="F4F9FE"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="FaktarutaText">
+  <w:style w:type="paragraph" w:styleId="FaktarutaText" w:customStyle="1">
     <w:name w:val="Faktaruta Text"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:uiPriority w:val="11"/>
     <w:qFormat/>
     <w:rsid w:val="00BE75E3"/>
     <w:pPr>
       <w:pBdr>
-        <w:top w:val="single" w:sz="4" w:space="15" w:color="C9E0F9"/>
-[...2 lines deleted...]
-        <w:right w:val="single" w:sz="4" w:space="15" w:color="C9E0F9"/>
+        <w:top w:val="single" w:color="C9E0F9" w:sz="4" w:space="15"/>
+        <w:left w:val="single" w:color="C9E0F9" w:sz="4" w:space="15"/>
+        <w:bottom w:val="single" w:color="C9E0F9" w:sz="4" w:space="15"/>
+        <w:right w:val="single" w:color="C9E0F9" w:sz="4" w:space="15"/>
       </w:pBdr>
       <w:shd w:val="clear" w:color="auto" w:fill="C9E0F9"/>
       <w:spacing w:after="320"/>
       <w:ind w:left="301" w:right="301"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="Olstomnmnande">
     <w:name w:val="Unresolved Mention"/>
     <w:basedOn w:val="Standardstycketeckensnitt"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="006769DD"/>
     <w:rPr>
       <w:color w:val="605E5C"/>
       <w:shd w:val="clear" w:color="auto" w:fill="E1DFDD"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="Omslagstext">
+  <w:style w:type="paragraph" w:styleId="Omslagstext" w:customStyle="1">
     <w:name w:val="Omslagstext"/>
     <w:basedOn w:val="Normal"/>
     <w:uiPriority w:val="36"/>
     <w:rsid w:val="006769DD"/>
     <w:pPr>
       <w:contextualSpacing/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
       <w:szCs w:val="19"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="Inbjudan">
+  <w:style w:type="paragraph" w:styleId="Inbjudan" w:customStyle="1">
     <w:name w:val="Inbjudan"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="00BC4E87"/>
     <w:pPr>
       <w:spacing w:before="960" w:after="80"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
       <w:sz w:val="28"/>
       <w:szCs w:val="28"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="Normalifigur">
+  <w:style w:type="paragraph" w:styleId="Normalifigur" w:customStyle="1">
     <w:name w:val="Normal i figur"/>
     <w:basedOn w:val="Normal"/>
     <w:uiPriority w:val="12"/>
     <w:rsid w:val="00BC4E87"/>
     <w:pPr>
       <w:spacing w:after="0"/>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
       <w:szCs w:val="19"/>
     </w:rPr>
   </w:style>
   <w:style w:type="table" w:styleId="Tabellrutntljust">
     <w:name w:val="Grid Table Light"/>
     <w:basedOn w:val="Normaltabell"/>
     <w:uiPriority w:val="40"/>
     <w:rsid w:val="00172D08"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:tblPr>
       <w:tblBorders>
-        <w:top w:val="single" w:sz="4" w:space="0" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
-[...4 lines deleted...]
-        <w:insideV w:val="single" w:sz="4" w:space="0" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
+        <w:top w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="4" w:space="0"/>
+        <w:left w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="4" w:space="0"/>
+        <w:bottom w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="4" w:space="0"/>
+        <w:right w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="4" w:space="0"/>
+        <w:insideH w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="4" w:space="0"/>
+        <w:insideV w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="4" w:space="0"/>
       </w:tblBorders>
     </w:tblPr>
   </w:style>
   <w:style w:type="table" w:styleId="Oformateradtabell1">
     <w:name w:val="Plain Table 1"/>
     <w:basedOn w:val="Normaltabell"/>
     <w:uiPriority w:val="41"/>
     <w:rsid w:val="00172D08"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblBorders>
-        <w:top w:val="single" w:sz="4" w:space="0" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
-[...4 lines deleted...]
-        <w:insideV w:val="single" w:sz="4" w:space="0" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
+        <w:top w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="4" w:space="0"/>
+        <w:left w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="4" w:space="0"/>
+        <w:bottom w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="4" w:space="0"/>
+        <w:right w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="4" w:space="0"/>
+        <w:insideH w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="4" w:space="0"/>
+        <w:insideV w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="4" w:space="0"/>
       </w:tblBorders>
     </w:tblPr>
     <w:tblStylePr w:type="firstRow">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastRow">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
-          <w:top w:val="double" w:sz="4" w:space="0" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
+          <w:top w:val="double" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="4" w:space="0"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="firstCol">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastCol">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Vert">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
   <w:style w:type="table" w:styleId="Rutntstabell1ljusdekorfrg1">
     <w:name w:val="Grid Table 1 Light Accent 1"/>
     <w:basedOn w:val="Normaltabell"/>
     <w:uiPriority w:val="46"/>
     <w:rsid w:val="00172D08"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblBorders>
-        <w:top w:val="single" w:sz="4" w:space="0" w:color="69CCFF" w:themeColor="accent1" w:themeTint="66"/>
-[...4 lines deleted...]
-        <w:insideV w:val="single" w:sz="4" w:space="0" w:color="69CCFF" w:themeColor="accent1" w:themeTint="66"/>
+        <w:top w:val="single" w:color="69CCFF" w:themeColor="accent1" w:themeTint="66" w:sz="4" w:space="0"/>
+        <w:left w:val="single" w:color="69CCFF" w:themeColor="accent1" w:themeTint="66" w:sz="4" w:space="0"/>
+        <w:bottom w:val="single" w:color="69CCFF" w:themeColor="accent1" w:themeTint="66" w:sz="4" w:space="0"/>
+        <w:right w:val="single" w:color="69CCFF" w:themeColor="accent1" w:themeTint="66" w:sz="4" w:space="0"/>
+        <w:insideH w:val="single" w:color="69CCFF" w:themeColor="accent1" w:themeTint="66" w:sz="4" w:space="0"/>
+        <w:insideV w:val="single" w:color="69CCFF" w:themeColor="accent1" w:themeTint="66" w:sz="4" w:space="0"/>
       </w:tblBorders>
     </w:tblPr>
     <w:tblStylePr w:type="firstRow">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
-          <w:bottom w:val="single" w:sz="12" w:space="0" w:color="1FB3FF" w:themeColor="accent1" w:themeTint="99"/>
+          <w:bottom w:val="single" w:color="1FB3FF" w:themeColor="accent1" w:themeTint="99" w:sz="12" w:space="0"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastRow">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
-          <w:top w:val="double" w:sz="2" w:space="0" w:color="1FB3FF" w:themeColor="accent1" w:themeTint="99"/>
+          <w:top w:val="double" w:color="1FB3FF" w:themeColor="accent1" w:themeTint="99" w:sz="2" w:space="0"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="firstCol">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastCol">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
     </w:tblStylePr>
   </w:style>
   <w:style w:type="table" w:styleId="Rutntstabell1ljusdekorfrg3">
     <w:name w:val="Grid Table 1 Light Accent 3"/>
     <w:basedOn w:val="Normaltabell"/>
     <w:uiPriority w:val="46"/>
     <w:rsid w:val="00172D08"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblBorders>
-        <w:top w:val="single" w:sz="4" w:space="0" w:color="F7BED0" w:themeColor="accent3" w:themeTint="66"/>
-[...4 lines deleted...]
-        <w:insideV w:val="single" w:sz="4" w:space="0" w:color="F7BED0" w:themeColor="accent3" w:themeTint="66"/>
+        <w:top w:val="single" w:color="F7BED0" w:themeColor="accent3" w:themeTint="66" w:sz="4" w:space="0"/>
+        <w:left w:val="single" w:color="F7BED0" w:themeColor="accent3" w:themeTint="66" w:sz="4" w:space="0"/>
+        <w:bottom w:val="single" w:color="F7BED0" w:themeColor="accent3" w:themeTint="66" w:sz="4" w:space="0"/>
+        <w:right w:val="single" w:color="F7BED0" w:themeColor="accent3" w:themeTint="66" w:sz="4" w:space="0"/>
+        <w:insideH w:val="single" w:color="F7BED0" w:themeColor="accent3" w:themeTint="66" w:sz="4" w:space="0"/>
+        <w:insideV w:val="single" w:color="F7BED0" w:themeColor="accent3" w:themeTint="66" w:sz="4" w:space="0"/>
       </w:tblBorders>
     </w:tblPr>
     <w:tblStylePr w:type="firstRow">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
-          <w:bottom w:val="single" w:sz="12" w:space="0" w:color="F49EB9" w:themeColor="accent3" w:themeTint="99"/>
+          <w:bottom w:val="single" w:color="F49EB9" w:themeColor="accent3" w:themeTint="99" w:sz="12" w:space="0"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastRow">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
-          <w:top w:val="double" w:sz="2" w:space="0" w:color="F49EB9" w:themeColor="accent3" w:themeTint="99"/>
+          <w:top w:val="double" w:color="F49EB9" w:themeColor="accent3" w:themeTint="99" w:sz="2" w:space="0"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="firstCol">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastCol">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
     </w:tblStylePr>
   </w:style>
   <w:style w:type="table" w:styleId="Rutntstabell1ljusdekorfrg4">
     <w:name w:val="Grid Table 1 Light Accent 4"/>
     <w:basedOn w:val="Normaltabell"/>
     <w:uiPriority w:val="46"/>
     <w:rsid w:val="00172D08"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblBorders>
-        <w:top w:val="single" w:sz="4" w:space="0" w:color="D9CFCB" w:themeColor="accent4" w:themeTint="66"/>
-[...4 lines deleted...]
-        <w:insideV w:val="single" w:sz="4" w:space="0" w:color="D9CFCB" w:themeColor="accent4" w:themeTint="66"/>
+        <w:top w:val="single" w:color="D9CFCB" w:themeColor="accent4" w:themeTint="66" w:sz="4" w:space="0"/>
+        <w:left w:val="single" w:color="D9CFCB" w:themeColor="accent4" w:themeTint="66" w:sz="4" w:space="0"/>
+        <w:bottom w:val="single" w:color="D9CFCB" w:themeColor="accent4" w:themeTint="66" w:sz="4" w:space="0"/>
+        <w:right w:val="single" w:color="D9CFCB" w:themeColor="accent4" w:themeTint="66" w:sz="4" w:space="0"/>
+        <w:insideH w:val="single" w:color="D9CFCB" w:themeColor="accent4" w:themeTint="66" w:sz="4" w:space="0"/>
+        <w:insideV w:val="single" w:color="D9CFCB" w:themeColor="accent4" w:themeTint="66" w:sz="4" w:space="0"/>
       </w:tblBorders>
     </w:tblPr>
     <w:tblStylePr w:type="firstRow">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
-          <w:bottom w:val="single" w:sz="12" w:space="0" w:color="C6B7B2" w:themeColor="accent4" w:themeTint="99"/>
+          <w:bottom w:val="single" w:color="C6B7B2" w:themeColor="accent4" w:themeTint="99" w:sz="12" w:space="0"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastRow">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
-          <w:top w:val="double" w:sz="2" w:space="0" w:color="C6B7B2" w:themeColor="accent4" w:themeTint="99"/>
+          <w:top w:val="double" w:color="C6B7B2" w:themeColor="accent4" w:themeTint="99" w:sz="2" w:space="0"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="firstCol">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastCol">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
     </w:tblStylePr>
   </w:style>
   <w:style w:type="table" w:styleId="Rutntstabell1ljusdekorfrg5">
     <w:name w:val="Grid Table 1 Light Accent 5"/>
     <w:basedOn w:val="Normaltabell"/>
     <w:uiPriority w:val="46"/>
     <w:rsid w:val="00172D08"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblBorders>
-        <w:top w:val="single" w:sz="4" w:space="0" w:color="AFDEB1" w:themeColor="accent5" w:themeTint="66"/>
-[...4 lines deleted...]
-        <w:insideV w:val="single" w:sz="4" w:space="0" w:color="AFDEB1" w:themeColor="accent5" w:themeTint="66"/>
+        <w:top w:val="single" w:color="AFDEB1" w:themeColor="accent5" w:themeTint="66" w:sz="4" w:space="0"/>
+        <w:left w:val="single" w:color="AFDEB1" w:themeColor="accent5" w:themeTint="66" w:sz="4" w:space="0"/>
+        <w:bottom w:val="single" w:color="AFDEB1" w:themeColor="accent5" w:themeTint="66" w:sz="4" w:space="0"/>
+        <w:right w:val="single" w:color="AFDEB1" w:themeColor="accent5" w:themeTint="66" w:sz="4" w:space="0"/>
+        <w:insideH w:val="single" w:color="AFDEB1" w:themeColor="accent5" w:themeTint="66" w:sz="4" w:space="0"/>
+        <w:insideV w:val="single" w:color="AFDEB1" w:themeColor="accent5" w:themeTint="66" w:sz="4" w:space="0"/>
       </w:tblBorders>
     </w:tblPr>
     <w:tblStylePr w:type="firstRow">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
-          <w:bottom w:val="single" w:sz="12" w:space="0" w:color="87CE8A" w:themeColor="accent5" w:themeTint="99"/>
+          <w:bottom w:val="single" w:color="87CE8A" w:themeColor="accent5" w:themeTint="99" w:sz="12" w:space="0"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastRow">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
-          <w:top w:val="double" w:sz="2" w:space="0" w:color="87CE8A" w:themeColor="accent5" w:themeTint="99"/>
+          <w:top w:val="double" w:color="87CE8A" w:themeColor="accent5" w:themeTint="99" w:sz="2" w:space="0"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="firstCol">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastCol">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="Default">
+  <w:style w:type="paragraph" w:styleId="Default" w:customStyle="1">
     <w:name w:val="Default"/>
     <w:rsid w:val="0060687D"/>
     <w:pPr>
       <w:autoSpaceDE w:val="0"/>
       <w:autoSpaceDN w:val="0"/>
       <w:adjustRightInd w:val="0"/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:eastAsiaTheme="minorHAnsi"/>
       <w:color w:val="000000"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
       <w:lang w:eastAsia="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Revision">
     <w:name w:val="Revision"/>
     <w:hidden/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:rsid w:val="0070753E"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
   </w:style>
   <w:style w:type="character" w:styleId="Kommentarsreferens">
     <w:name w:val="annotation reference"/>
     <w:basedOn w:val="Standardstycketeckensnitt"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:rsid w:val="0070753E"/>
     <w:rPr>
       <w:sz w:val="16"/>
       <w:szCs w:val="16"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Kommentarer">
     <w:name w:val="annotation text"/>
     <w:basedOn w:val="Normal"/>
     <w:link w:val="KommentarerChar"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:rsid w:val="0070753E"/>
     <w:pPr>
       <w:spacing w:line="240" w:lineRule="auto"/>
     </w:pPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="KommentarerChar">
+  <w:style w:type="character" w:styleId="KommentarerChar" w:customStyle="1">
     <w:name w:val="Kommentarer Char"/>
     <w:basedOn w:val="Standardstycketeckensnitt"/>
     <w:link w:val="Kommentarer"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:rsid w:val="0070753E"/>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Kommentarsmne">
     <w:name w:val="annotation subject"/>
     <w:basedOn w:val="Kommentarer"/>
     <w:next w:val="Kommentarer"/>
     <w:link w:val="KommentarsmneChar"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:rsid w:val="0070753E"/>
     <w:rPr>
       <w:b/>
       <w:bCs/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="KommentarsmneChar">
+  <w:style w:type="character" w:styleId="KommentarsmneChar" w:customStyle="1">
     <w:name w:val="Kommentarsämne Char"/>
     <w:basedOn w:val="KommentarerChar"/>
     <w:link w:val="Kommentarsmne"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:rsid w:val="0070753E"/>
     <w:rPr>
       <w:b/>
       <w:bCs/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="paragraph">
+  <w:style w:type="paragraph" w:styleId="paragraph" w:customStyle="1">
     <w:name w:val="paragraph"/>
     <w:basedOn w:val="Normal"/>
     <w:rsid w:val="0078568B"/>
     <w:pPr>
       <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
       <w:lang w:eastAsia="sv-SE"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="normaltextrun">
+  <w:style w:type="character" w:styleId="normaltextrun" w:customStyle="1">
     <w:name w:val="normaltextrun"/>
     <w:basedOn w:val="Standardstycketeckensnitt"/>
     <w:rsid w:val="0078568B"/>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="eop">
+  <w:style w:type="character" w:styleId="eop" w:customStyle="1">
     <w:name w:val="eop"/>
     <w:basedOn w:val="Standardstycketeckensnitt"/>
     <w:rsid w:val="0078568B"/>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:divs>
     <w:div w:id="143855029">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="852376865">
       <w:bodyDiv w:val="1"/>
@@ -17010,51 +17040,51 @@
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
   </w:divs>
   <w:optimizeForBrowser/>
   <w:relyOnVML/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml" Id="rId8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml" Id="rId13" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer3.xml" Id="rId18" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image5.svg" Id="rId21" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml" Id="rId7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml" Id="rId12" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header3.xml" Id="rId17" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml" Id="rId16" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image4.png" Id="rId20" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml" Id="rId11" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml" Id="rId15" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml" Id="rId23" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml" Id="rId10" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image3.png" Id="rId19" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml" Id="rId9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml" Id="rId14" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml" Id="rId22" /></Relationships>
 </file>
 
 <file path=word/_rels/header3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.svg"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
-<a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="VGR_Sjukvården">
+<a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="VGR_Sjukvården">
   <a:themeElements>
     <a:clrScheme name="Anpassat 2">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="000000"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E1DF"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="005B89"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="1A9FB3"/>
       </a:accent2>
       <a:accent3>
         <a:srgbClr val="ED5F8C"/>
       </a:accent3>
       <a:accent4>
         <a:srgbClr val="A1887F"/>
@@ -17289,58 +17319,51 @@
     <a:custClr>
       <a:srgbClr val="EFF4C6"/>
     </a:custClr>
     <a:custClr>
       <a:srgbClr val="C0EEC2"/>
     </a:custClr>
     <a:custClr>
       <a:srgbClr val="FECCBF"/>
     </a:custClr>
     <a:custClr>
       <a:srgbClr val="B3EBF2"/>
     </a:custClr>
     <a:custClr>
       <a:srgbClr val="E7E1DF"/>
     </a:custClr>
   </a:custClrLst>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="VGR_Sjukvården" id="{B24F6CA7-2423-4FB2-9094-FE53A7DE6252}" vid="{B1C5D169-6E56-4B35-A41D-6A65C9B3563D}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
-<Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
-[...16 lines deleted...]
-</Properties>
+<ap:Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:ap="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
+  <ap:Template>normal</ap:Template>
+  <ap:Application>Microsoft Word for the web</ap:Application>
+  <ap:DocSecurity>0</ap:DocSecurity>
+  <ap:ScaleCrop>false</ap:ScaleCrop>
+  <ap:Company/>
+  <ap:SharedDoc>false</ap:SharedDoc>
+  <ap:HyperlinksChanged>false</ap:HyperlinksChanged>
+  <ap:AppVersion>16.0000</ap:AppVersion>
+  <ap:LinksUpToDate>false</ap:LinksUpToDate>
+</ap:Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <coreProperties xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns="http://schemas.openxmlformats.org/package/2006/metadata/core-properties">
-  <dc:title>MALL HTA-rapport Engelsk fasttälld 2024-09-04</dc:title>
+  <dc:title>MALL HTA-rapport Engelsk 2024-09-04</dc:title>
   <dc:subject/>
   <dc:creator/>
   <keywords/>
   <dc:description/>
   <lastModifiedBy>Mattias Åbom</lastModifiedBy>
-  <revision>12</revision>
+  <revision>13</revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </coreProperties>
 </file>