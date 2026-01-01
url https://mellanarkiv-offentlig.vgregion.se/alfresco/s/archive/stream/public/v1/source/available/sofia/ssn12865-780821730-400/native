--- v0 (2025-10-31)
+++ v1 (2026-01-01)
@@ -623,106 +623,208 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:t>. </w:t>
       </w:r>
     </w:p>
     <w:p w:rsidRPr="001D56FF" w:rsidR="004B2FFD" w:rsidP="004B2FFD" w:rsidRDefault="004B2FFD" w14:paraId="12E23B21" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="paragraph"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rStyle w:val="normaltextrun"/>
           <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="eop"/>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidRPr="00603211" w:rsidR="004B2FFD" w:rsidP="004B2FFD" w:rsidRDefault="004B2FFD" w14:paraId="0C030BED" w14:textId="77777777">
-[...17 lines deleted...]
-    <w:p w:rsidRPr="00603211" w:rsidR="004B2FFD" w:rsidP="63525C21" w:rsidRDefault="004B2FFD" w14:paraId="6BED39A5" w14:textId="465A3CDC">
+    <w:p w:rsidRPr="00603211" w:rsidR="004B2FFD" w:rsidP="640A1B73" w:rsidRDefault="004B2FFD" w14:paraId="0C030BED" w14:textId="6DD91CCE">
       <w:pPr>
         <w:pStyle w:val="paragraph"/>
         <w:spacing w:before="0" w:beforeAutospacing="off" w:after="0" w:afterAutospacing="off"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri" w:asciiTheme="minorAscii" w:hAnsiTheme="minorAscii" w:cstheme="minorAscii"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="63525C21" w:rsidR="004B2FFD">
+      <w:r w:rsidRPr="640A1B73" w:rsidR="004B2FFD">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri" w:asciiTheme="minorAscii" w:hAnsiTheme="minorAscii" w:cstheme="minorAscii"/>
-        </w:rPr>
-[...2 lines deleted...]
-      <w:r w:rsidRPr="63525C21" w:rsidR="64287EED">
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Författargrupp </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidRPr="00603211" w:rsidR="004B2FFD" w:rsidP="63525C21" w:rsidRDefault="004B2FFD" w14:paraId="6BED39A5" w14:textId="56B3746F">
+      <w:pPr>
+        <w:pStyle w:val="paragraph"/>
+        <w:spacing w:before="0" w:beforeAutospacing="off" w:after="0" w:afterAutospacing="off"/>
+        <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri" w:asciiTheme="minorAscii" w:hAnsiTheme="minorAscii" w:cstheme="minorAscii"/>
         </w:rPr>
-        <w:t xml:space="preserve">(endast en person) </w:t>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="63525C21" w:rsidR="004B2FFD">
+      </w:pPr>
+      <w:r w:rsidRPr="640A1B73" w:rsidR="004B2FFD">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri" w:asciiTheme="minorAscii" w:hAnsiTheme="minorAscii" w:cstheme="minorAscii"/>
         </w:rPr>
-        <w:t xml:space="preserve">som kommer att </w:t>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="63525C21" w:rsidR="2B301B2E">
+        <w:t>Ange namn och e-post till samtliga författare</w:t>
+      </w:r>
+      <w:r w:rsidRPr="640A1B73" w:rsidR="328C3F90">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri" w:asciiTheme="minorAscii" w:hAnsiTheme="minorAscii" w:cstheme="minorAscii"/>
         </w:rPr>
-        <w:t xml:space="preserve">stå som granskare av </w:t>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="63525C21" w:rsidR="004B2FFD">
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="640A1B73" w:rsidP="640A1B73" w:rsidRDefault="640A1B73" w14:paraId="3DF9AEAC" w14:textId="0C0624CB">
+      <w:pPr>
+        <w:pStyle w:val="paragraph"/>
+        <w:spacing w:before="0" w:beforeAutospacing="off" w:after="0" w:afterAutospacing="off"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri" w:asciiTheme="minorAscii" w:hAnsiTheme="minorAscii" w:cstheme="minorAscii"/>
         </w:rPr>
-        <w:t xml:space="preserve">det regionala styrande dokumentet. En granskare kan vara en delförfattare eller en person som är sakkunnig på det aktuella området. </w:t>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="328C3F90" w:rsidP="640A1B73" w:rsidRDefault="328C3F90" w14:paraId="3D80DDA7" w14:textId="41209C68">
+      <w:pPr>
+        <w:pStyle w:val="paragraph"/>
+        <w:spacing w:before="0" w:beforeAutospacing="off" w:after="0" w:afterAutospacing="off" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:caps w:val="0"/>
+          <w:smallCaps w:val="0"/>
+          <w:noProof w:val="0"/>
+          <w:color w:val="000000" w:themeColor="text1" w:themeTint="FF" w:themeShade="FF"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="sv-SE"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="640A1B73" w:rsidR="328C3F90">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:caps w:val="0"/>
+          <w:smallCaps w:val="0"/>
+          <w:noProof w:val="0"/>
+          <w:color w:val="000000" w:themeColor="text1" w:themeTint="FF" w:themeShade="FF"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="sv-SE"/>
+        </w:rPr>
+        <w:t>Innehållsansvarig, granskare och beslutsfattare</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="328C3F90" w:rsidP="640A1B73" w:rsidRDefault="328C3F90" w14:paraId="6418CF50" w14:textId="771C0581">
+      <w:pPr>
+        <w:pStyle w:val="paragraph"/>
+        <w:spacing w:before="0" w:beforeAutospacing="off" w:after="0" w:afterAutospacing="off" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:caps w:val="0"/>
+          <w:smallCaps w:val="0"/>
+          <w:noProof w:val="0"/>
+          <w:color w:val="000000" w:themeColor="text1" w:themeTint="FF" w:themeShade="FF"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="sv-SE"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="640A1B73" w:rsidR="328C3F90">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:caps w:val="0"/>
+          <w:smallCaps w:val="0"/>
+          <w:noProof w:val="0"/>
+          <w:color w:val="000000" w:themeColor="text1" w:themeTint="FF" w:themeShade="FF"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="sv-SE"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Ange namn och e-post till den som ska granska det styrande dokumentet. En granskare kan vara en delförfattare eller en person som är sakkunnig på det aktuella området. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="328C3F90" w:rsidP="640A1B73" w:rsidRDefault="328C3F90" w14:paraId="4B394ABB" w14:textId="188162A5">
+      <w:pPr>
+        <w:pStyle w:val="paragraph"/>
+        <w:spacing w:before="0" w:beforeAutospacing="off" w:after="0" w:afterAutospacing="off" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:caps w:val="0"/>
+          <w:smallCaps w:val="0"/>
+          <w:noProof w:val="0"/>
+          <w:color w:val="000000" w:themeColor="text1" w:themeTint="FF" w:themeShade="FF"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="sv-SE"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="640A1B73" w:rsidR="328C3F90">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:caps w:val="0"/>
+          <w:smallCaps w:val="0"/>
+          <w:noProof w:val="0"/>
+          <w:color w:val="000000" w:themeColor="text1" w:themeTint="FF" w:themeShade="FF"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="sv-SE"/>
+        </w:rPr>
+        <w:t>För alla styrande dokument inom hälso- och sjukvård i VGR krävs tre personer: innehållsansvarig, granskare och beslutsfattare. Beslutsfattare för regionala rutiner är ordförande i samordningsrådet (eller person med annat funktionsansvar) och för regionala medicinska riktlinjer hälso- och sjukvårdsutvecklingsdirektören.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidRPr="00603211" w:rsidR="004B2FFD" w:rsidP="004B2FFD" w:rsidRDefault="004B2FFD" w14:paraId="06C951C7" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="paragraph"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w:rsidRPr="00603211" w:rsidR="004B2FFD" w:rsidP="119B968E" w:rsidRDefault="004B2FFD" w14:paraId="7452E2E2" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="paragraph"/>
         <w:spacing w:before="0" w:beforeAutospacing="off" w:after="0" w:afterAutospacing="off"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri" w:asciiTheme="minorAscii" w:hAnsiTheme="minorAscii" w:cstheme="minorAscii"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
@@ -1250,70 +1352,73 @@
     <w:rsid w:val="00E96A5A"/>
     <w:rsid w:val="00F04AAB"/>
     <w:rsid w:val="00F47140"/>
     <w:rsid w:val="00F7627C"/>
     <w:rsid w:val="00FB7554"/>
     <w:rsid w:val="01BE085F"/>
     <w:rsid w:val="055E9FCB"/>
     <w:rsid w:val="067E4D70"/>
     <w:rsid w:val="09593FE2"/>
     <w:rsid w:val="097B23EC"/>
     <w:rsid w:val="0A3210EE"/>
     <w:rsid w:val="0D6BEA81"/>
     <w:rsid w:val="0D9109FD"/>
     <w:rsid w:val="0F058211"/>
     <w:rsid w:val="0F1AD662"/>
     <w:rsid w:val="119B968E"/>
     <w:rsid w:val="13D8F334"/>
     <w:rsid w:val="1569BADD"/>
     <w:rsid w:val="18F84621"/>
     <w:rsid w:val="1C04FF62"/>
     <w:rsid w:val="1C986E33"/>
     <w:rsid w:val="201BA985"/>
     <w:rsid w:val="203B76F8"/>
     <w:rsid w:val="2B301B2E"/>
     <w:rsid w:val="2B8861C7"/>
+    <w:rsid w:val="328C3F90"/>
     <w:rsid w:val="3558A16F"/>
     <w:rsid w:val="39BB3407"/>
     <w:rsid w:val="39EF0C3F"/>
     <w:rsid w:val="39F79B60"/>
     <w:rsid w:val="39FC572C"/>
     <w:rsid w:val="3A756508"/>
     <w:rsid w:val="3E8EA52A"/>
     <w:rsid w:val="497FB991"/>
     <w:rsid w:val="4B0EC5BF"/>
     <w:rsid w:val="578BEF08"/>
     <w:rsid w:val="58A71F85"/>
     <w:rsid w:val="5BFBCED6"/>
     <w:rsid w:val="5C849BDE"/>
     <w:rsid w:val="5CF4B929"/>
     <w:rsid w:val="5D0AB2B9"/>
     <w:rsid w:val="6084EBCE"/>
     <w:rsid w:val="609A81EF"/>
     <w:rsid w:val="63525C21"/>
     <w:rsid w:val="63C6B094"/>
+    <w:rsid w:val="640A1B73"/>
     <w:rsid w:val="64287EED"/>
+    <w:rsid w:val="64EBA635"/>
     <w:rsid w:val="67C6996A"/>
     <w:rsid w:val="69445720"/>
     <w:rsid w:val="6B05DCB7"/>
     <w:rsid w:val="6C6AC30E"/>
     <w:rsid w:val="6DFE9FE6"/>
     <w:rsid w:val="6E17C843"/>
     <w:rsid w:val="6F9A7047"/>
     <w:rsid w:val="7082B269"/>
     <w:rsid w:val="71F93FFD"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="sv-SE"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
@@ -1901,51 +2006,51 @@
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="eop" w:customStyle="1">
     <w:name w:val="eop"/>
     <w:basedOn w:val="Standardstycketeckensnitt"/>
     <w:rsid w:val="004B2FFD"/>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
   <w:optimizeForBrowser/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml" Id="rId8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml" Id="rId13" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml" Id="rId18" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml" Id="rId7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml" Id="rId12" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer3.xml" Id="rId17" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header3.xml" Id="rId16" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml" Id="rId6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml" Id="rId5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml" Id="rId15" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml" Id="rId10" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml" Id="rId19" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml" Id="rId9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml" Id="rId14" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mellanarkiv-offentlig.vgregion.se/alfresco/s/archive/stream/public/v1/source/available/sofia/ssn12865-780821730-395/surrogate/SSN%202024-00014%20Process%20och%20instruktioner%20f%c3%b6r%20att%20ta%20fram%20styrande%20dokument.pdf" TargetMode="External" Id="R7927935b23f9480a" /></Relationships>
 </file>
 
 <file path=word/_rels/header2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
-<a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office-tema">
+<a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office-tema">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>
         <a:srgbClr val="A5A5A5"/>
       </a:accent3>
       <a:accent4>
         <a:srgbClr val="FFC000"/>
@@ -2182,31 +2287,31 @@
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <ap:Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:ap="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <ap:Template>Normal</ap:Template>
   <ap:Application>Microsoft Word for the web</ap:Application>
   <ap:DocSecurity>0</ap:DocSecurity>
   <ap:ScaleCrop>false</ap:ScaleCrop>
   <ap:Company>Vitamin kommunikationsbyrå</ap:Company>
   <ap:SharedDoc>false</ap:SharedDoc>
   <ap:HyperlinksChanged>false</ap:HyperlinksChanged>
   <ap:AppVersion>16.0000</ap:AppVersion>
   <ap:LinksUpToDate>false</ap:LinksUpToDate>
 </ap:Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <coreProperties xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns="http://schemas.openxmlformats.org/package/2006/metadata/core-properties">
   <dc:title>Mall Revidering av styrande dokument</dc:title>
   <dc:subject/>
   <dc:creator>Annelie Petersson</dc:creator>
   <keywords/>
   <dc:description/>
-  <lastModifiedBy>Annelie Jonsson</lastModifiedBy>
-  <revision>8</revision>
+  <lastModifiedBy>Karin Lundgren</lastModifiedBy>
+  <revision>9</revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </coreProperties>
 </file>