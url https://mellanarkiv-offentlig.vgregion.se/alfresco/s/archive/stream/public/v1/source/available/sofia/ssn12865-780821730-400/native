--- v1 (2026-01-01)
+++ v2 (2026-01-29)
@@ -1,1546 +1,2793 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
-  <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
-[...2 lines deleted...]
-  <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
-  <Override PartName="/word/header2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
-[...3 lines deleted...]
-  <Override PartName="/word/footer3.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
+  <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
+  <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
+  <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
+  <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
+  <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
-  <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml" Id="rId2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml" Id="rId1" /></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
-    <w:p w:rsidRPr="00AC7EFD" w:rsidR="004B2FFD" w:rsidP="119B968E" w:rsidRDefault="004B2FFD" w14:paraId="5864D179" w14:textId="5C9B2523">
+    <w:p w14:paraId="5864D179" w14:textId="0E84C651" w:rsidR="004B2FFD" w:rsidRPr="005C4AC0" w:rsidRDefault="5BCA57CB" w:rsidP="2699227E">
       <w:pPr>
         <w:pStyle w:val="paragraph"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rStyle w:val="eop"/>
-          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="" w:asciiTheme="minorAscii" w:hAnsiTheme="minorAscii" w:cstheme="minorBidi"/>
-[...34 lines deleted...]
-          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="011D886E">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t>Revidering</w:t>
+      </w:r>
+      <w:r w:rsidR="4871E3B1" w:rsidRPr="011D886E">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t>sunderlag</w:t>
+      </w:r>
+      <w:r w:rsidR="39AB7B44" w:rsidRPr="011D886E">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t>, regionala styrande dokument</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2EC5056C" w14:textId="77777777" w:rsidR="004B2FFD" w:rsidRPr="005C4AC0" w:rsidRDefault="004B2FFD" w:rsidP="004B2FFD">
+      <w:pPr>
+        <w:pStyle w:val="paragraph"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia" w:cstheme="minorBidi"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="576DBA61" w14:textId="77777777" w:rsidR="004B2FFD" w:rsidRPr="005C4AC0" w:rsidRDefault="004B2FFD" w:rsidP="004B2FFD">
+      <w:pPr>
+        <w:pStyle w:val="paragraph"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia" w:cstheme="minorBidi"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005C4AC0">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia" w:cstheme="minorBidi"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>Titel</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="004B2FFD" w:rsidP="004B2FFD" w:rsidRDefault="004B2FFD" w14:paraId="2793F348" w14:textId="77777777">
-[...14 lines deleted...]
-    <w:p w:rsidR="004B2FFD" w:rsidP="004B2FFD" w:rsidRDefault="004B2FFD" w14:paraId="71E8D50A" w14:textId="77777777">
+    <w:p w14:paraId="02C3191A" w14:textId="6BF36CBE" w:rsidR="00804220" w:rsidRPr="005C4AC0" w:rsidRDefault="4871E3B1" w:rsidP="0AA9933E">
       <w:pPr>
         <w:pStyle w:val="paragraph"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
-          <w:rStyle w:val="normaltextrun"/>
-[...6 lines deleted...]
-    <w:p w:rsidR="004B2FFD" w:rsidP="004B2FFD" w:rsidRDefault="004B2FFD" w14:paraId="0C41D034" w14:textId="77777777">
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia" w:cstheme="minorBidi"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="2699227E">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia" w:cstheme="minorBidi"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Ange </w:t>
+      </w:r>
+      <w:r w:rsidR="5395A25D" w:rsidRPr="2699227E">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia" w:cstheme="minorBidi"/>
+        </w:rPr>
+        <w:t>titel</w:t>
+      </w:r>
+      <w:r w:rsidR="245E3215" w:rsidRPr="2699227E">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia" w:cstheme="minorBidi"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="18861750" w14:textId="77777777" w:rsidR="00804220" w:rsidRPr="005C4AC0" w:rsidRDefault="00804220" w:rsidP="004B2FFD">
       <w:pPr>
         <w:pStyle w:val="paragraph"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
-          <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
+          <w:rStyle w:val="normaltextrun"/>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia" w:cs="Calibri"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="0C41D034" w14:textId="77777777" w:rsidR="004B2FFD" w:rsidRPr="005C4AC0" w:rsidRDefault="004B2FFD" w:rsidP="004B2FFD">
+      <w:pPr>
+        <w:pStyle w:val="paragraph"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia" w:cs="Segoe UI"/>
+          <w:b/>
+          <w:bCs/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
-[...2 lines deleted...]
-          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+      <w:r w:rsidRPr="005C4AC0">
+        <w:rPr>
+          <w:rStyle w:val="normaltextrun"/>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>Utgångsläge</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidRPr="00E73697" w:rsidR="004B2FFD" w:rsidP="004B2FFD" w:rsidRDefault="004B2FFD" w14:paraId="53DD2033" w14:textId="77777777">
+    <w:p w14:paraId="53DD2033" w14:textId="379D9F25" w:rsidR="004B2FFD" w:rsidRPr="005C4AC0" w:rsidRDefault="004B2FFD" w:rsidP="6DA2D592">
       <w:pPr>
         <w:pStyle w:val="paragraph"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
-          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
-[...16 lines deleted...]
-    <w:p w:rsidR="004B2FFD" w:rsidP="004B2FFD" w:rsidRDefault="004B2FFD" w14:paraId="65291F0A" w14:textId="77777777">
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia" w:cstheme="minorBidi"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="6DA2D592">
+        <w:rPr>
+          <w:rStyle w:val="normaltextrun"/>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia" w:cstheme="minorBidi"/>
+        </w:rPr>
+        <w:t>Beskriv kort varför det regionala styrande dokumentet ursprungligen togs fram</w:t>
+      </w:r>
+      <w:r w:rsidRPr="6DA2D592">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia" w:cstheme="minorBidi"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7CDD1568" w14:textId="0F95F85E" w:rsidR="004B2FFD" w:rsidRPr="005C4AC0" w:rsidRDefault="004B2FFD" w:rsidP="783E6B30">
       <w:pPr>
         <w:pStyle w:val="paragraph"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rStyle w:val="normaltextrun"/>
-          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
-[...5 lines deleted...]
-    <w:p w:rsidR="004B2FFD" w:rsidP="004B2FFD" w:rsidRDefault="004B2FFD" w14:paraId="7598ACA7" w14:textId="77777777">
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia" w:cs="Calibri"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="488B3D94" w14:textId="77777777" w:rsidR="004B2FFD" w:rsidRPr="005C4AC0" w:rsidRDefault="004B2FFD" w:rsidP="004B2FFD">
       <w:pPr>
         <w:pStyle w:val="paragraph"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rStyle w:val="normaltextrun"/>
-          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
-[...24 lines deleted...]
-    <w:p w:rsidR="004B2FFD" w:rsidP="004B2FFD" w:rsidRDefault="004B2FFD" w14:paraId="7CDD1568" w14:textId="77777777">
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia" w:cs="Calibri"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005C4AC0">
+        <w:rPr>
+          <w:rStyle w:val="normaltextrun"/>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia" w:cs="Calibri"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>Behov av revidering</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="20C627EA" w14:textId="4778CB60" w:rsidR="004B2FFD" w:rsidRPr="005C4AC0" w:rsidRDefault="004B2FFD" w:rsidP="295310C2">
       <w:pPr>
         <w:pStyle w:val="paragraph"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rStyle w:val="normaltextrun"/>
-          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
-[...5 lines deleted...]
-    <w:p w:rsidR="004B2FFD" w:rsidP="004B2FFD" w:rsidRDefault="004B2FFD" w14:paraId="488B3D94" w14:textId="77777777">
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia" w:cstheme="minorBidi"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="6DA2D592">
+        <w:rPr>
+          <w:rStyle w:val="normaltextrun"/>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Ange </w:t>
+      </w:r>
+      <w:r w:rsidR="00EF0556">
+        <w:rPr>
+          <w:rStyle w:val="normaltextrun"/>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>skälet till att det</w:t>
+      </w:r>
+      <w:r w:rsidRPr="6DA2D592">
+        <w:rPr>
+          <w:rStyle w:val="normaltextrun"/>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> styrande dokumentet behöver revideras. </w:t>
+      </w:r>
+      <w:r w:rsidR="67FF61CA" w:rsidRPr="6DA2D592">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia" w:cstheme="minorBidi"/>
+        </w:rPr>
+        <w:t>Till exempel</w:t>
+      </w:r>
+      <w:r w:rsidRPr="6DA2D592">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia" w:cstheme="minorBidi"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> att ny kunskap tillkommit</w:t>
+      </w:r>
+      <w:r w:rsidR="00EF0556">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia" w:cstheme="minorBidi"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6CF60AFB" w14:textId="77777777" w:rsidR="004B2FFD" w:rsidRPr="005C4AC0" w:rsidRDefault="004B2FFD" w:rsidP="004B2FFD">
       <w:pPr>
         <w:pStyle w:val="paragraph"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rStyle w:val="normaltextrun"/>
-          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
-[...14 lines deleted...]
-    <w:p w:rsidRPr="00E73697" w:rsidR="004B2FFD" w:rsidP="004B2FFD" w:rsidRDefault="004B2FFD" w14:paraId="20C627EA" w14:textId="77777777">
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia" w:cs="Calibri"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="36102A42" w14:textId="77777777" w:rsidR="004B2FFD" w:rsidRPr="005C4AC0" w:rsidRDefault="004B2FFD" w:rsidP="004B2FFD">
       <w:pPr>
         <w:pStyle w:val="paragraph"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
-          <w:rStyle w:val="normaltextrun"/>
-[...61 lines deleted...]
-          <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia" w:cs="Segoe UI"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
-[...2 lines deleted...]
-          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+      <w:r w:rsidRPr="005C4AC0">
+        <w:rPr>
+          <w:rStyle w:val="normaltextrun"/>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>Målgrupp eller målgrupper</w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="005C4AC0">
         <w:rPr>
           <w:rStyle w:val="eop"/>
-          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia" w:cs="Calibri"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="004B2FFD" w:rsidP="004B2FFD" w:rsidRDefault="004B2FFD" w14:paraId="2531EF2F" w14:textId="77777777">
+    <w:p w14:paraId="2531EF2F" w14:textId="0E9D2D96" w:rsidR="004B2FFD" w:rsidRPr="005C4AC0" w:rsidRDefault="51F686F2" w:rsidP="6F36CEE8">
       <w:pPr>
         <w:pStyle w:val="paragraph"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rStyle w:val="normaltextrun"/>
-          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
-[...19 lines deleted...]
-          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia" w:cs="Calibri"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="481E771A">
+        <w:rPr>
+          <w:rStyle w:val="normaltextrun"/>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>Ange vilken</w:t>
+      </w:r>
+      <w:r w:rsidR="2AFC3BF4" w:rsidRPr="481E771A">
+        <w:rPr>
+          <w:rStyle w:val="normaltextrun"/>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> eller </w:t>
+      </w:r>
+      <w:r w:rsidRPr="481E771A">
+        <w:rPr>
+          <w:rStyle w:val="normaltextrun"/>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t xml:space="preserve">vilka det styrande dokumentet vänder sig till. </w:t>
+      </w:r>
+      <w:r w:rsidR="1F6720E4" w:rsidRPr="481E771A">
+        <w:rPr>
+          <w:rStyle w:val="normaltextrun"/>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Skilj på vem </w:t>
+      </w:r>
+      <w:r w:rsidR="001175C0">
+        <w:rPr>
+          <w:rStyle w:val="normaltextrun"/>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t xml:space="preserve">kommer att </w:t>
+      </w:r>
+      <w:r w:rsidR="001175C0" w:rsidRPr="481E771A">
+        <w:rPr>
+          <w:rStyle w:val="normaltextrun"/>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>tillämpa</w:t>
+      </w:r>
+      <w:r w:rsidR="001175C0">
+        <w:rPr>
+          <w:rStyle w:val="normaltextrun"/>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia" w:cs="Calibri"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r>
-[...14 lines deleted...]
-    <w:p w:rsidR="004B2FFD" w:rsidP="004B2FFD" w:rsidRDefault="004B2FFD" w14:paraId="07B1A350" w14:textId="77777777">
+      <w:r w:rsidR="001175C0" w:rsidRPr="481E771A">
+        <w:rPr>
+          <w:rStyle w:val="normaltextrun"/>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t xml:space="preserve">information </w:t>
+      </w:r>
+      <w:r w:rsidR="001175C0">
+        <w:rPr>
+          <w:rStyle w:val="normaltextrun"/>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>och vem som</w:t>
+      </w:r>
+      <w:r w:rsidR="1F6720E4" w:rsidRPr="481E771A">
+        <w:rPr>
+          <w:rStyle w:val="normaltextrun"/>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00541AF4">
+        <w:rPr>
+          <w:rStyle w:val="normaltextrun"/>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t xml:space="preserve">på annat sätt </w:t>
+      </w:r>
+      <w:r w:rsidR="1F6720E4" w:rsidRPr="481E771A">
+        <w:rPr>
+          <w:rStyle w:val="normaltextrun"/>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t xml:space="preserve">kan ha nytta av att känna till informationen. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="07B1A350" w14:textId="096F0F0A" w:rsidR="004B2FFD" w:rsidRPr="005C4AC0" w:rsidRDefault="004B2FFD" w:rsidP="561A76AA">
       <w:pPr>
         <w:pStyle w:val="paragraph"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rStyle w:val="normaltextrun"/>
-          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
-[...5 lines deleted...]
-    <w:p w:rsidR="004B2FFD" w:rsidP="004B2FFD" w:rsidRDefault="004B2FFD" w14:paraId="44D2E13F" w14:textId="77777777">
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia" w:cs="Calibri"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="1A6E94AD" w14:textId="753190F2" w:rsidR="76BA724C" w:rsidRPr="005C4AC0" w:rsidRDefault="76BA724C" w:rsidP="561A76AA">
+      <w:pPr>
+        <w:pStyle w:val="paragraph"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="259" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005C4AC0">
+        <w:rPr>
+          <w:rStyle w:val="normaltextrun"/>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia" w:cs="Calibri"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>Innehållsansvarigt samordningsråd</w:t>
+      </w:r>
+      <w:r w:rsidR="00835ADC">
+        <w:rPr>
+          <w:rStyle w:val="normaltextrun"/>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia" w:cs="Calibri"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00E05EDE">
+        <w:rPr>
+          <w:rStyle w:val="normaltextrun"/>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia" w:cs="Calibri"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>(</w:t>
+      </w:r>
+      <w:r w:rsidR="00835ADC">
+        <w:rPr>
+          <w:rStyle w:val="normaltextrun"/>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia" w:cs="Calibri"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>eller motsvarande</w:t>
+      </w:r>
+      <w:r w:rsidR="00E05EDE">
+        <w:rPr>
+          <w:rStyle w:val="normaltextrun"/>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia" w:cs="Calibri"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>)</w:t>
+      </w:r>
+      <w:r w:rsidR="00835ADC">
+        <w:rPr>
+          <w:rStyle w:val="normaltextrun"/>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia" w:cs="Calibri"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6917F5AA" w14:textId="5DE7E970" w:rsidR="004B2FFD" w:rsidRPr="005C4AC0" w:rsidRDefault="004B2FFD" w:rsidP="0D1D8EAB">
       <w:pPr>
         <w:pStyle w:val="paragraph"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
-          <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia" w:cs="Segoe UI"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
-[...22 lines deleted...]
-          <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
+      <w:r w:rsidRPr="0D1D8EAB">
+        <w:rPr>
+          <w:rStyle w:val="normaltextrun"/>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Ange vilket samordningsråd </w:t>
+      </w:r>
+      <w:r w:rsidR="4364FBB5" w:rsidRPr="0D1D8EAB">
+        <w:rPr>
+          <w:rStyle w:val="normaltextrun"/>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>eller motsvarande funktion</w:t>
+      </w:r>
+      <w:r w:rsidR="51F686F2" w:rsidRPr="0D1D8EAB">
+        <w:rPr>
+          <w:rStyle w:val="normaltextrun"/>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00EB30E8">
+        <w:rPr>
+          <w:rStyle w:val="normaltextrun"/>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t xml:space="preserve">(till exempel regionalt programområde) </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0D1D8EAB">
+        <w:rPr>
+          <w:rStyle w:val="normaltextrun"/>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t xml:space="preserve">som </w:t>
+      </w:r>
+      <w:r w:rsidR="003805A8">
+        <w:rPr>
+          <w:rStyle w:val="normaltextrun"/>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t xml:space="preserve">står bakom </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0D1D8EAB">
+        <w:rPr>
+          <w:rStyle w:val="normaltextrun"/>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>det styrande dokumentet.</w:t>
+      </w:r>
+      <w:r w:rsidR="00A52C67">
+        <w:rPr>
+          <w:rStyle w:val="normaltextrun"/>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="03D20965" w14:textId="01CF7D59" w:rsidR="6E4E3C81" w:rsidRPr="005C4AC0" w:rsidRDefault="6E4E3C81" w:rsidP="6E4E3C81">
+      <w:pPr>
+        <w:pStyle w:val="paragraph"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:rPr>
+          <w:rStyle w:val="normaltextrun"/>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia" w:cs="Calibri"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="405BE4D0" w14:textId="0CFEDCDB" w:rsidR="7C450277" w:rsidRPr="005C4AC0" w:rsidRDefault="7C450277" w:rsidP="6E4E3C81">
+      <w:pPr>
+        <w:pStyle w:val="paragraph"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:rPr>
+          <w:rStyle w:val="normaltextrun"/>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia" w:cs="Calibri"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005C4AC0">
+        <w:rPr>
+          <w:rStyle w:val="normaltextrun"/>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia" w:cs="Calibri"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Samverkande </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1EE3B3A0" w14:textId="55D4F2F9" w:rsidR="004B2FFD" w:rsidRPr="005C4AC0" w:rsidRDefault="427231F6" w:rsidP="005C4AC0">
+      <w:pPr>
+        <w:pStyle w:val="paragraph"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia" w:cs="Segoe UI"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="3FFDAC51">
-[...9 lines deleted...]
-          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+      <w:r w:rsidRPr="005C4AC0">
+        <w:rPr>
+          <w:rStyle w:val="normaltextrun"/>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>Ange om revideringen</w:t>
+      </w:r>
+      <w:r w:rsidR="00DB02D5">
+        <w:rPr>
+          <w:rStyle w:val="normaltextrun"/>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="005C4AC0">
+        <w:rPr>
+          <w:rStyle w:val="normaltextrun"/>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>ske</w:t>
+      </w:r>
+      <w:r w:rsidR="00DB02D5">
+        <w:rPr>
+          <w:rStyle w:val="normaltextrun"/>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia" w:cs="Calibri"/>
         </w:rPr>
         <w:t>r</w:t>
       </w:r>
-      <w:r w:rsidRPr="3FFDAC51">
-[...17 lines deleted...]
-        <w:spacing w:before="0" w:beforeAutospacing="off" w:after="0" w:afterAutospacing="off"/>
+      <w:r w:rsidRPr="005C4AC0">
+        <w:rPr>
+          <w:rStyle w:val="normaltextrun"/>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> i samråd med annat/andra samordningsråd</w:t>
+      </w:r>
+      <w:r w:rsidR="005F2C08">
+        <w:rPr>
+          <w:rStyle w:val="normaltextrun"/>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> eller motsvarande funktioner</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005C4AC0">
+        <w:rPr>
+          <w:rStyle w:val="normaltextrun"/>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="206EB7C0" w14:textId="77777777" w:rsidR="004B2FFD" w:rsidRPr="005C4AC0" w:rsidRDefault="004B2FFD" w:rsidP="004B2FFD">
+      <w:pPr>
+        <w:pStyle w:val="paragraph"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
-          <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
+          <w:rStyle w:val="normaltextrun"/>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia" w:cs="Calibri"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="528C042F" w14:textId="77777777" w:rsidR="004B2FFD" w:rsidRPr="005C4AC0" w:rsidRDefault="004B2FFD" w:rsidP="004B2FFD">
+      <w:pPr>
+        <w:pStyle w:val="paragraph"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia" w:cs="Segoe UI"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="119B968E" w:rsidR="004B2FFD">
-[...7 lines deleted...]
-    <w:p w:rsidR="004B2FFD" w:rsidP="004B2FFD" w:rsidRDefault="004B2FFD" w14:paraId="2CE34044" w14:textId="77777777">
+      <w:r w:rsidRPr="005C4AC0">
+        <w:rPr>
+          <w:rStyle w:val="normaltextrun"/>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia" w:cs="Calibri"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>Organisatoriska och ekonomiska konsekvenser</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005C4AC0">
+        <w:rPr>
+          <w:rStyle w:val="eop"/>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="60896B32" w14:textId="672E6AC3" w:rsidR="004B2FFD" w:rsidRPr="005C4AC0" w:rsidRDefault="004B2FFD" w:rsidP="004B2FFD">
       <w:pPr>
         <w:pStyle w:val="paragraph"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
-          <w:rStyle w:val="normaltextrun"/>
-[...6 lines deleted...]
-    <w:p w:rsidR="004B2FFD" w:rsidP="004B2FFD" w:rsidRDefault="004B2FFD" w14:paraId="2525315E" w14:textId="77777777">
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia" w:cs="Calibri"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005C4AC0">
+        <w:rPr>
+          <w:rStyle w:val="normaltextrun"/>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>Ange om följsamhet till det styrande dokumentet medför betydande organisatoriska och eller ekonomiska konsekvenser utifrån de</w:t>
+      </w:r>
+      <w:r w:rsidR="00D910CF">
+        <w:rPr>
+          <w:rStyle w:val="normaltextrun"/>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>n</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005C4AC0">
+        <w:rPr>
+          <w:rStyle w:val="normaltextrun"/>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> revidering</w:t>
+      </w:r>
+      <w:r w:rsidR="00D910CF">
+        <w:rPr>
+          <w:rStyle w:val="normaltextrun"/>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="005C4AC0">
+        <w:rPr>
+          <w:rStyle w:val="normaltextrun"/>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>som planeras. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="12E23B21" w14:textId="77777777" w:rsidR="004B2FFD" w:rsidRPr="005C4AC0" w:rsidRDefault="004B2FFD" w:rsidP="004B2FFD">
       <w:pPr>
         <w:pStyle w:val="paragraph"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
-          <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
+          <w:rStyle w:val="normaltextrun"/>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia" w:cs="Segoe UI"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
+      <w:r w:rsidRPr="005C4AC0">
+        <w:rPr>
+          <w:rStyle w:val="eop"/>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0C030BED" w14:textId="6DD91CCE" w:rsidR="004B2FFD" w:rsidRPr="005C4AC0" w:rsidRDefault="004B2FFD" w:rsidP="640A1B73">
+      <w:pPr>
+        <w:pStyle w:val="paragraph"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia" w:cstheme="minorBidi"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005C4AC0">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia" w:cstheme="minorBidi"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Författargrupp </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6BED39A5" w14:textId="477AF893" w:rsidR="004B2FFD" w:rsidRPr="005C4AC0" w:rsidRDefault="004B2FFD" w:rsidP="01718357">
+      <w:pPr>
+        <w:pStyle w:val="paragraph"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia" w:cstheme="minorBidi"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005C4AC0">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia" w:cstheme="minorBidi"/>
+        </w:rPr>
+        <w:t>Ange namn och e-post till samtliga författare</w:t>
+      </w:r>
+      <w:r w:rsidR="328C3F90" w:rsidRPr="005C4AC0">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia" w:cstheme="minorBidi"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="12E5426B" w14:textId="66C438D7" w:rsidR="01718357" w:rsidRPr="005C4AC0" w:rsidRDefault="01718357" w:rsidP="01718357">
+      <w:pPr>
+        <w:pStyle w:val="paragraph"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia" w:cstheme="minorBidi"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="4E9F81D4" w14:textId="60062CDD" w:rsidR="74159DDA" w:rsidRPr="00DB02D5" w:rsidRDefault="00323EF1" w:rsidP="1B75E075">
+      <w:pPr>
+        <w:pStyle w:val="paragraph"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Calibri" w:hAnsi="Verdana" w:cs="Calibri"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="1B75E075">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Calibri" w:hAnsi="Verdana" w:cs="Calibri"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Information </w:t>
+      </w:r>
+      <w:r w:rsidR="002B3AD4" w:rsidRPr="1B75E075">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Calibri" w:hAnsi="Verdana" w:cs="Calibri"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>som behövs för</w:t>
+      </w:r>
+      <w:r w:rsidR="00EA6065" w:rsidRPr="1B75E075">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Calibri" w:hAnsi="Verdana" w:cs="Calibri"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> godkännande</w:t>
+      </w:r>
+      <w:r w:rsidR="00DB02D5" w:rsidRPr="1B75E075">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Calibri" w:hAnsi="Verdana" w:cs="Calibri"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>t</w:t>
+      </w:r>
+      <w:r w:rsidR="28D5112B" w:rsidRPr="1B75E075">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Calibri" w:hAnsi="Verdana" w:cs="Calibri"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> i SOFIA STYR</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3AB7F501" w14:textId="333C6E1E" w:rsidR="74159DDA" w:rsidRPr="005C4AC0" w:rsidRDefault="74159DDA" w:rsidP="00DB02D5">
+      <w:pPr>
+        <w:pStyle w:val="paragraph"/>
+        <w:spacing w:before="240" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Calibri" w:hAnsi="Georgia" w:cs="Calibri"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005C4AC0">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Calibri" w:hAnsi="Georgia" w:cs="Calibri"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">För </w:t>
+      </w:r>
+      <w:r w:rsidR="00403A55">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Calibri" w:hAnsi="Georgia" w:cs="Calibri"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>godkännande</w:t>
+      </w:r>
+      <w:r w:rsidR="006353EB">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Calibri" w:hAnsi="Georgia" w:cs="Calibri"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> av</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005C4AC0">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Calibri" w:hAnsi="Georgia" w:cs="Calibri"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> styrande dokument inom hälso- och sjukvård i VGR krävs </w:t>
+      </w:r>
+      <w:r w:rsidR="00803168">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Calibri" w:hAnsi="Georgia" w:cs="Calibri"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">godkännande från </w:t>
+      </w:r>
+      <w:r w:rsidRPr="005C4AC0">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Calibri" w:hAnsi="Georgia" w:cs="Calibri"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>tre personer</w:t>
+      </w:r>
+      <w:r w:rsidR="00745430">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Calibri" w:hAnsi="Georgia" w:cs="Calibri"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (roller)</w:t>
+      </w:r>
+      <w:r w:rsidR="00803168">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Calibri" w:hAnsi="Georgia" w:cs="Calibri"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:r w:rsidR="00745430">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Calibri" w:hAnsi="Georgia" w:cs="Calibri"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>Rollerna är</w:t>
+      </w:r>
+      <w:r w:rsidR="001E31F8">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Calibri" w:hAnsi="Georgia" w:cs="Calibri"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="6ADDF06C" w:rsidRPr="005C4AC0">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Calibri" w:hAnsi="Georgia" w:cs="Calibri"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>i</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005C4AC0">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Calibri" w:hAnsi="Georgia" w:cs="Calibri"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>nnehållsansvarig, granskare och beslutsfattare.</w:t>
+      </w:r>
+      <w:r w:rsidR="005A0E95">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Calibri" w:hAnsi="Georgia" w:cs="Calibri"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Läs mer om roller här: </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId7" w:history="1">
+        <w:r w:rsidR="005A0E95" w:rsidRPr="005A0E95">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlnk"/>
+            <w:rFonts w:ascii="Georgia" w:eastAsia="Calibri" w:hAnsi="Georgia" w:cs="Calibri"/>
+          </w:rPr>
+          <w:t>7.3 Processroller - SOFIA</w:t>
+        </w:r>
+      </w:hyperlink>
+    </w:p>
+    <w:p w14:paraId="3DF9AEAC" w14:textId="0C0624CB" w:rsidR="640A1B73" w:rsidRPr="005C4AC0" w:rsidRDefault="640A1B73" w:rsidP="640A1B73">
+      <w:pPr>
+        <w:pStyle w:val="paragraph"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia" w:cstheme="minorBidi"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="418B6AF7" w14:textId="536B0CAD" w:rsidR="328C3F90" w:rsidRPr="005C4AC0" w:rsidRDefault="328C3F90" w:rsidP="01718357">
+      <w:pPr>
+        <w:pStyle w:val="paragraph"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Calibri" w:hAnsi="Georgia" w:cs="Calibri"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005C4AC0">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Calibri" w:hAnsi="Georgia" w:cs="Calibri"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>Innehållsansvarig</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4AEFD380" w14:textId="3BE9D6B1" w:rsidR="01718357" w:rsidRPr="005C4AC0" w:rsidRDefault="00C17709" w:rsidP="687183B3">
+      <w:pPr>
+        <w:pStyle w:val="paragraph"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Calibri" w:hAnsi="Georgia" w:cs="Calibri"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
       <w:r>
         <w:rPr>
-          <w:rStyle w:val="normaltextrun"/>
-[...4 lines deleted...]
-        <w:t>Befintliga styrande dokument </w:t>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Calibri" w:hAnsi="Georgia" w:cs="Calibri"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>Den i</w:t>
+      </w:r>
+      <w:r w:rsidR="2A346EDF" w:rsidRPr="0AD94594">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Calibri" w:hAnsi="Georgia" w:cs="Calibri"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>nnehållsansvarig</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rStyle w:val="eop"/>
-[...5 lines deleted...]
-    <w:p w:rsidRPr="00243E6A" w:rsidR="004B2FFD" w:rsidP="004B2FFD" w:rsidRDefault="004B2FFD" w14:paraId="1EE3B3A0" w14:textId="77777777">
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Calibri" w:hAnsi="Georgia" w:cs="Calibri"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>a funktionen</w:t>
+      </w:r>
+      <w:r w:rsidR="2A346EDF" w:rsidRPr="0AD94594">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Calibri" w:hAnsi="Georgia" w:cs="Calibri"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> är oftast ett samordningsråd eller regionalt programområde. </w:t>
+      </w:r>
+      <w:r w:rsidR="00DD5946">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Calibri" w:hAnsi="Georgia" w:cs="Calibri"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>Eftersom</w:t>
+      </w:r>
+      <w:r w:rsidR="001934DA">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Calibri" w:hAnsi="Georgia" w:cs="Calibri"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> SOFIA STYR </w:t>
+      </w:r>
+      <w:r w:rsidR="00DD5946">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Calibri" w:hAnsi="Georgia" w:cs="Calibri"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">kräver </w:t>
+      </w:r>
+      <w:r w:rsidR="005B0B6F">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Calibri" w:hAnsi="Georgia" w:cs="Calibri"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">att en person innehar rollen som innehållsansvarig </w:t>
+      </w:r>
+      <w:r w:rsidR="004546B3">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Calibri" w:hAnsi="Georgia" w:cs="Calibri"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">anges </w:t>
+      </w:r>
+      <w:r w:rsidR="001934DA">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Calibri" w:hAnsi="Georgia" w:cs="Calibri"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>ordförande</w:t>
+      </w:r>
+      <w:r w:rsidR="00006E85">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Calibri" w:hAnsi="Georgia" w:cs="Calibri"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>s namn</w:t>
+      </w:r>
+      <w:r w:rsidR="00A04458">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Calibri" w:hAnsi="Georgia" w:cs="Calibri"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="34C091C0" w14:textId="31095582" w:rsidR="4EEE175A" w:rsidRPr="005C4AC0" w:rsidRDefault="4EEE175A" w:rsidP="4EEE175A">
+      <w:pPr>
+        <w:pStyle w:val="paragraph"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Calibri" w:hAnsi="Georgia" w:cs="Calibri"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="3D80DDA7" w14:textId="324E05B8" w:rsidR="328C3F90" w:rsidRPr="005C4AC0" w:rsidRDefault="645AFC91" w:rsidP="30035CC1">
+      <w:pPr>
+        <w:pStyle w:val="paragraph"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Calibri" w:hAnsi="Georgia" w:cs="Calibri"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005C4AC0">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Calibri" w:hAnsi="Georgia" w:cs="Calibri"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>G</w:t>
+      </w:r>
+      <w:r w:rsidR="328C3F90" w:rsidRPr="005C4AC0">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Calibri" w:hAnsi="Georgia" w:cs="Calibri"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ranskare </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6418CF50" w14:textId="69EF18D9" w:rsidR="328C3F90" w:rsidRPr="005C4AC0" w:rsidRDefault="328C3F90" w:rsidP="0CBAAF0F">
+      <w:pPr>
+        <w:pStyle w:val="paragraph"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Calibri" w:hAnsi="Georgia" w:cs="Calibri"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005C4AC0">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Calibri" w:hAnsi="Georgia" w:cs="Calibri"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t xml:space="preserve">Ange namn och e-post till den som ska granska det styrande dokumentet. </w:t>
+      </w:r>
+      <w:r w:rsidR="005613DF">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Calibri" w:hAnsi="Georgia" w:cs="Calibri"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Rollen som </w:t>
+      </w:r>
+      <w:r w:rsidRPr="005C4AC0">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Calibri" w:hAnsi="Georgia" w:cs="Calibri"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">granskare kan </w:t>
+      </w:r>
+      <w:r w:rsidR="005613DF">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Calibri" w:hAnsi="Georgia" w:cs="Calibri"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>innehas av</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005C4AC0">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Calibri" w:hAnsi="Georgia" w:cs="Calibri"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> en delförfattare eller en person som är sakkunnig på det aktuella området. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="31835DF2" w14:textId="1C7BF134" w:rsidR="4D637BD1" w:rsidRPr="005C4AC0" w:rsidRDefault="4D637BD1" w:rsidP="4D637BD1">
+      <w:pPr>
+        <w:pStyle w:val="paragraph"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Calibri" w:hAnsi="Georgia" w:cs="Calibri"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="0798385C" w14:textId="2D5F8463" w:rsidR="09E05D6B" w:rsidRDefault="09E05D6B" w:rsidP="4D637BD1">
+      <w:pPr>
+        <w:pStyle w:val="paragraph"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Calibri" w:hAnsi="Georgia" w:cs="Calibri"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005C4AC0">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Calibri" w:hAnsi="Georgia" w:cs="Calibri"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>Beslutsfattare</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7094A155" w14:textId="1CA482EC" w:rsidR="00AE60F6" w:rsidRDefault="005613DF" w:rsidP="00AE60F6">
+      <w:pPr>
+        <w:pStyle w:val="paragraph"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Calibri" w:hAnsi="Georgia" w:cs="Calibri"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Calibri" w:hAnsi="Georgia" w:cs="Calibri"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Rollen som beslutsfattare </w:t>
+      </w:r>
+      <w:r w:rsidR="001E3B94">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Calibri" w:hAnsi="Georgia" w:cs="Calibri"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>s</w:t>
+      </w:r>
+      <w:r w:rsidR="00B5193A">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Calibri" w:hAnsi="Georgia" w:cs="Calibri"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">kiljer sig åt mellan rutiner och riktlinjer:  </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="65E07FD3" w14:textId="77777777" w:rsidR="00AE60F6" w:rsidRPr="005C4AC0" w:rsidRDefault="00AE60F6" w:rsidP="4D637BD1">
+      <w:pPr>
+        <w:pStyle w:val="paragraph"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Calibri" w:hAnsi="Georgia" w:cs="Calibri"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="4416FE0E" w14:textId="7B3ED222" w:rsidR="328C3F90" w:rsidRPr="005C4AC0" w:rsidRDefault="1BAEE60A" w:rsidP="00EF0556">
+      <w:pPr>
+        <w:pStyle w:val="paragraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="2"/>
+        </w:numPr>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="276" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Calibri" w:hAnsi="Georgia" w:cs="Calibri"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="35A9E03A">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Calibri" w:hAnsi="Georgia" w:cs="Calibri"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>R</w:t>
+      </w:r>
+      <w:r w:rsidR="328C3F90" w:rsidRPr="35A9E03A">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Calibri" w:hAnsi="Georgia" w:cs="Calibri"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>egionala rutiner</w:t>
+      </w:r>
+      <w:r w:rsidR="132E3F60" w:rsidRPr="35A9E03A">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Calibri" w:hAnsi="Georgia" w:cs="Calibri"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> beslutas av</w:t>
+      </w:r>
+      <w:r w:rsidR="1B97CD43" w:rsidRPr="35A9E03A">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Calibri" w:hAnsi="Georgia" w:cs="Calibri"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="328C3F90" w:rsidRPr="35A9E03A">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Calibri" w:hAnsi="Georgia" w:cs="Calibri"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ordförande i samordningsrådet (eller person med </w:t>
+      </w:r>
+      <w:r w:rsidR="16680E81" w:rsidRPr="35A9E03A">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Calibri" w:hAnsi="Georgia" w:cs="Calibri"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">motsvarande </w:t>
+      </w:r>
+      <w:r w:rsidR="328C3F90" w:rsidRPr="35A9E03A">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Calibri" w:hAnsi="Georgia" w:cs="Calibri"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>funktionsansvar)</w:t>
+      </w:r>
+      <w:r w:rsidR="6CF2D850" w:rsidRPr="35A9E03A">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Calibri" w:hAnsi="Georgia" w:cs="Calibri"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4B394ABB" w14:textId="6C0C028A" w:rsidR="328C3F90" w:rsidRDefault="00455863" w:rsidP="00EF0556">
+      <w:pPr>
+        <w:pStyle w:val="paragraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="2"/>
+        </w:numPr>
+        <w:spacing w:before="240" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="276" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Calibri" w:hAnsi="Georgia" w:cs="Calibri"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="14D1B1B0">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Calibri" w:hAnsi="Georgia" w:cs="Calibri"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>R</w:t>
+      </w:r>
+      <w:r w:rsidR="328C3F90" w:rsidRPr="14D1B1B0">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Calibri" w:hAnsi="Georgia" w:cs="Calibri"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>egionala medicinska riktlinjer</w:t>
+      </w:r>
+      <w:r w:rsidR="156718C6" w:rsidRPr="14D1B1B0">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Calibri" w:hAnsi="Georgia" w:cs="Calibri"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> beslutas av</w:t>
+      </w:r>
+      <w:r w:rsidR="328C3F90" w:rsidRPr="14D1B1B0">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Calibri" w:hAnsi="Georgia" w:cs="Calibri"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> hälso- och sjukvårdsutvecklingsdirektören.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1214B02A" w14:textId="071F25AD" w:rsidR="00B5193A" w:rsidRPr="005C4AC0" w:rsidRDefault="00B5193A" w:rsidP="00B5193A">
+      <w:pPr>
+        <w:pStyle w:val="paragraph"/>
+        <w:spacing w:before="240" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="276" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Calibri" w:hAnsi="Georgia" w:cs="Calibri"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Calibri" w:hAnsi="Georgia" w:cs="Calibri"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>Ange namnet på den aktuella beslutsfattaren.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="06C951C7" w14:textId="77777777" w:rsidR="004B2FFD" w:rsidRPr="005C4AC0" w:rsidRDefault="004B2FFD" w:rsidP="004B2FFD">
       <w:pPr>
         <w:pStyle w:val="paragraph"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
-          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
-[...296 lines deleted...]
-          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia" w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidRPr="00603211" w:rsidR="004B2FFD" w:rsidP="119B968E" w:rsidRDefault="004B2FFD" w14:paraId="7452E2E2" w14:textId="77777777">
-[...2 lines deleted...]
-        <w:spacing w:before="0" w:beforeAutospacing="off" w:after="0" w:afterAutospacing="off"/>
+    <w:p w14:paraId="6F16E883" w14:textId="77777777" w:rsidR="005F2C08" w:rsidRDefault="005F2C08" w:rsidP="119B968E">
+      <w:pPr>
+        <w:pStyle w:val="paragraph"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
-          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri" w:asciiTheme="minorAscii" w:hAnsiTheme="minorAscii" w:cstheme="minorAscii"/>
-[...18 lines deleted...]
-    <w:p w:rsidRPr="00603211" w:rsidR="004B2FFD" w:rsidP="119B968E" w:rsidRDefault="004B2FFD" w14:paraId="2AD6DCA8" w14:textId="77777777">
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia" w:cstheme="minorBidi"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="0" w:name="_Hlk181875930"/>
+    </w:p>
+    <w:p w14:paraId="7452E2E2" w14:textId="207CCED1" w:rsidR="004B2FFD" w:rsidRPr="00DB02D5" w:rsidRDefault="00EA6065" w:rsidP="119B968E">
+      <w:pPr>
+        <w:pStyle w:val="paragraph"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cstheme="minorBidi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00DB02D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cstheme="minorBidi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Innan skrivarbetet startar – ta del av följande </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2F5957C6" w14:textId="77777777" w:rsidR="005C4AC0" w:rsidRPr="005C4AC0" w:rsidRDefault="005C4AC0" w:rsidP="119B968E">
+      <w:pPr>
+        <w:pStyle w:val="paragraph"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia" w:cstheme="minorBidi"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="2AD6DCA8" w14:textId="0EAF292D" w:rsidR="004B2FFD" w:rsidRPr="005C4AC0" w:rsidRDefault="005C4AC0" w:rsidP="00EF0556">
       <w:pPr>
         <w:pStyle w:val="paragraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
-        <w:spacing w:before="0" w:beforeAutospacing="off" w:after="0" w:afterAutospacing="off"/>
-        <w:ind w:left="284" w:hanging="284"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="276" w:lineRule="auto"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
-          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri" w:asciiTheme="minorAscii" w:hAnsiTheme="minorAscii" w:cstheme="minorAscii"/>
-[...13 lines deleted...]
-        <w:r w:rsidRPr="119B968E" w:rsidR="004B2FFD">
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia" w:cstheme="minorBidi"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="5AA10C35">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia" w:cstheme="minorBidi"/>
+        </w:rPr>
+        <w:t>Tillämpa</w:t>
+      </w:r>
+      <w:r w:rsidR="004B2FFD" w:rsidRPr="5AA10C35">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia" w:cstheme="minorBidi"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId8">
+        <w:r w:rsidR="004B2FFD" w:rsidRPr="5AA10C35">
           <w:rPr>
             <w:rStyle w:val="Hyperlnk"/>
-            <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri" w:asciiTheme="minorAscii" w:hAnsiTheme="minorAscii" w:cstheme="minorAscii"/>
-[...1 lines deleted...]
-            <w:szCs w:val="24"/>
+            <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia" w:cstheme="minorBidi"/>
           </w:rPr>
           <w:t>Process och instruktioner för att ta fram styrande dokument</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidRPr="119B968E" w:rsidR="004B2FFD">
-[...3 lines deleted...]
-          <w:szCs w:val="24"/>
+      <w:r w:rsidR="004B2FFD" w:rsidRPr="5AA10C35">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia" w:cstheme="minorBidi"/>
         </w:rPr>
         <w:t xml:space="preserve">. Observera att detta regelverk måste följas för att det regionala styrande dokumentet ska kunna godkännas. </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidRPr="00603211" w:rsidR="004B2FFD" w:rsidP="119B968E" w:rsidRDefault="004B2FFD" w14:paraId="0FDBE9E2" w14:textId="77777777">
+    <w:p w14:paraId="0FDBE9E2" w14:textId="1D60F034" w:rsidR="004B2FFD" w:rsidRPr="005C4AC0" w:rsidRDefault="00982D2B" w:rsidP="00EF0556">
       <w:pPr>
         <w:pStyle w:val="paragraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
-        <w:spacing w:before="0" w:beforeAutospacing="off" w:after="0" w:afterAutospacing="off"/>
-        <w:ind w:left="284" w:hanging="284"/>
+        <w:spacing w:before="240" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="276" w:lineRule="auto"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
-          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
-[...10 lines deleted...]
-        <w:t xml:space="preserve">Arbetsprocess. Under skrivprocessen ska redigeringen av det styrande dokumentet göras i en moderfil som delas från medicinsk redaktions yta. Observera att alla justeringar måste ske i denna fil. Redaktionen tar inte emot </w:t>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia" w:cs="Calibri"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="5AA10C35">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia" w:cstheme="minorBidi"/>
+        </w:rPr>
+        <w:t>Observera att</w:t>
+      </w:r>
+      <w:r w:rsidR="004B2FFD" w:rsidRPr="5AA10C35">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia" w:cstheme="minorBidi"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="5AA10C35">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia" w:cstheme="minorBidi"/>
+        </w:rPr>
+        <w:t xml:space="preserve">skrivarbetet görs </w:t>
+      </w:r>
+      <w:r w:rsidR="004B2FFD" w:rsidRPr="5AA10C35">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia" w:cstheme="minorBidi"/>
+        </w:rPr>
+        <w:t xml:space="preserve">i en som delas från medicinsk redaktions yta. </w:t>
+      </w:r>
+      <w:r w:rsidR="001670E1">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia" w:cstheme="minorBidi"/>
+        </w:rPr>
+        <w:t>Alla</w:t>
+      </w:r>
+      <w:r w:rsidR="004B2FFD" w:rsidRPr="5AA10C35">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia" w:cstheme="minorBidi"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> justeringar måste ske i denna fil</w:t>
+      </w:r>
+      <w:r w:rsidR="005F2C08" w:rsidRPr="5AA10C35">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia" w:cstheme="minorBidi"/>
+        </w:rPr>
+        <w:t>, detta för att undvika att parallella dokument skapas</w:t>
+      </w:r>
+      <w:r w:rsidR="004B2FFD" w:rsidRPr="5AA10C35">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia" w:cstheme="minorBidi"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
       </w:r>
       <w:bookmarkEnd w:id="0"/>
-      <w:r w:rsidRPr="119B968E" w:rsidR="004B2FFD">
-[...11 lines deleted...]
-    <w:p w:rsidR="00613332" w:rsidP="00613332" w:rsidRDefault="00613332" w14:paraId="0CCF37E0" w14:textId="77777777">
+    </w:p>
+    <w:p w14:paraId="3F6A7B23" w14:textId="0EF6D2D6" w:rsidR="00E85043" w:rsidRPr="005C4AC0" w:rsidRDefault="00E85043">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="2E030F5F" w14:textId="467168C2" w:rsidR="00613332" w:rsidRPr="005C4AC0" w:rsidRDefault="00613332">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="07CCABA1" w14:textId="51E0E819" w:rsidR="00613332" w:rsidRPr="005C4AC0" w:rsidRDefault="00613332">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="0CCF37E0" w14:textId="77777777" w:rsidR="00613332" w:rsidRPr="005C4AC0" w:rsidRDefault="00613332" w:rsidP="00613332">
       <w:pPr>
         <w:pStyle w:val="paragraph"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rStyle w:val="normaltextrun"/>
-          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
-[...3 lines deleted...]
-    <w:p w:rsidR="00613332" w:rsidP="00613332" w:rsidRDefault="00613332" w14:paraId="6CA93CA2" w14:textId="77777777">
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia" w:cs="Calibri"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="6CA93CA2" w14:textId="77777777" w:rsidR="00613332" w:rsidRPr="005C4AC0" w:rsidRDefault="00613332" w:rsidP="00613332">
       <w:pPr>
         <w:pStyle w:val="paragraph"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rStyle w:val="normaltextrun"/>
-          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
-[...3 lines deleted...]
-    <w:p w:rsidR="00613332" w:rsidP="00613332" w:rsidRDefault="00613332" w14:paraId="024DA015" w14:textId="77777777">
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia" w:cs="Calibri"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="024DA015" w14:textId="77777777" w:rsidR="00613332" w:rsidRPr="005C4AC0" w:rsidRDefault="00613332" w:rsidP="00613332">
       <w:pPr>
         <w:pStyle w:val="paragraph"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rStyle w:val="normaltextrun"/>
-          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
-[...12 lines deleted...]
-      <w:pgMar w:top="1417" w:right="1417" w:bottom="1417" w:left="1417" w:header="708" w:footer="708" w:gutter="0"/>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia" w:cs="Calibri"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="3C34F228" w14:textId="77777777" w:rsidR="00613332" w:rsidRPr="005C4AC0" w:rsidRDefault="00613332">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:sectPr w:rsidR="00613332" w:rsidRPr="005C4AC0" w:rsidSect="00C1254F">
+      <w:headerReference w:type="default" r:id="rId9"/>
+      <w:pgSz w:w="11900" w:h="16840"/>
+      <w:pgMar w:top="1417" w:right="1417" w:bottom="993" w:left="1417" w:header="708" w:footer="708" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w:rsidR="006D2C45" w:rsidP="004365DF" w:rsidRDefault="006D2C45" w14:paraId="491DD0C8" w14:textId="77777777">
+    <w:p w14:paraId="17F11E75" w14:textId="77777777" w:rsidR="00684F57" w:rsidRDefault="00684F57" w:rsidP="004365DF">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w:rsidR="006D2C45" w:rsidP="004365DF" w:rsidRDefault="006D2C45" w14:paraId="6E4B8565" w14:textId="77777777">
+    <w:p w14:paraId="2609ED77" w14:textId="77777777" w:rsidR="00684F57" w:rsidRDefault="00684F57" w:rsidP="004365DF">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
+  </w:endnote>
+  <w:endnote w:type="continuationNotice" w:id="1">
+    <w:p w14:paraId="067A9D28" w14:textId="77777777" w:rsidR="00684F57" w:rsidRDefault="00684F57"/>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
-[...3 lines deleted...]
-    <w:family w:val="swiss"/>
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
+  <w:font w:name="Symbol">
+    <w:panose1 w:val="05050102010706020507"/>
+    <w:charset w:val="02"/>
+    <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Courier New">
+    <w:panose1 w:val="02070309020205020404"/>
+    <w:charset w:val="00"/>
+    <w:family w:val="modern"/>
+    <w:pitch w:val="fixed"/>
+    <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Wingdings">
+    <w:panose1 w:val="05000000000000000000"/>
+    <w:charset w:val="02"/>
+    <w:family w:val="auto"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Calibri">
+    <w:panose1 w:val="020F0502020204030204"/>
+    <w:charset w:val="00"/>
+    <w:family w:val="swiss"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Verdana">
+    <w:panose1 w:val="020B0604030504040204"/>
+    <w:charset w:val="00"/>
+    <w:family w:val="swiss"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="A00006FF" w:usb1="4000205B" w:usb2="00000010" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Georgia">
+    <w:panose1 w:val="02040502050405020303"/>
+    <w:charset w:val="00"/>
+    <w:family w:val="roman"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="00000287" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="0000009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Segoe UI">
     <w:panose1 w:val="020B0502040204020203"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C000E47F" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
-<file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
-[...28 lines deleted...]
-
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w:rsidR="006D2C45" w:rsidP="004365DF" w:rsidRDefault="006D2C45" w14:paraId="179158FA" w14:textId="77777777">
+    <w:p w14:paraId="0822F619" w14:textId="77777777" w:rsidR="00684F57" w:rsidRDefault="00684F57" w:rsidP="004365DF">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w:rsidR="006D2C45" w:rsidP="004365DF" w:rsidRDefault="006D2C45" w14:paraId="64675D81" w14:textId="77777777">
+    <w:p w14:paraId="1F85DF33" w14:textId="77777777" w:rsidR="00684F57" w:rsidRDefault="00684F57" w:rsidP="004365DF">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
+  </w:footnote>
+  <w:footnote w:type="continuationNotice" w:id="1">
+    <w:p w14:paraId="6F3CD024" w14:textId="77777777" w:rsidR="00684F57" w:rsidRDefault="00684F57"/>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
-[...10 lines deleted...]
-  <w:p w:rsidR="004365DF" w:rsidRDefault="006464C9" w14:paraId="3CAB3EA8" w14:textId="6FBF9470">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="3CAB3EA8" w14:textId="6FBF9470" w:rsidR="004365DF" w:rsidRDefault="006464C9">
     <w:pPr>
       <w:pStyle w:val="Sidhuvud"/>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:noProof/>
       </w:rPr>
       <w:drawing>
-        <wp:anchor distT="0" distB="252095" distL="114300" distR="114300" simplePos="0" relativeHeight="251659264" behindDoc="1" locked="1" layoutInCell="1" allowOverlap="0" wp14:anchorId="23AE7CB5" wp14:editId="07E2B8AF">
+        <wp:anchor distT="0" distB="252095" distL="114300" distR="114300" simplePos="0" relativeHeight="251658240" behindDoc="1" locked="1" layoutInCell="1" allowOverlap="0" wp14:anchorId="23AE7CB5" wp14:editId="7C813340">
           <wp:simplePos x="0" y="0"/>
           <wp:positionH relativeFrom="page">
-            <wp:posOffset>594995</wp:posOffset>
+            <wp:posOffset>439420</wp:posOffset>
           </wp:positionH>
           <wp:positionV relativeFrom="page">
-            <wp:posOffset>344170</wp:posOffset>
+            <wp:posOffset>344805</wp:posOffset>
           </wp:positionV>
-          <wp:extent cx="6479540" cy="1263015"/>
+          <wp:extent cx="6634480" cy="956945"/>
           <wp:effectExtent l="0" t="0" r="0" b="0"/>
           <wp:wrapTopAndBottom/>
-          <wp:docPr id="1283246587" name="Bildobjekt 1">
+          <wp:docPr id="1406635850" name="Bildobjekt 1">
             <a:extLst xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:ext uri="{C183D7F6-B498-43B3-948B-1728B52AA6E4}">
                 <adec:decorative xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" val="1"/>
               </a:ext>
             </a:extLst>
           </wp:docPr>
           <wp:cNvGraphicFramePr>
             <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
           </wp:cNvGraphicFramePr>
           <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
             <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
               <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:nvPicPr>
                   <pic:cNvPr id="1283246587" name="Bildobjekt 1">
                     <a:extLst>
                       <a:ext uri="{C183D7F6-B498-43B3-948B-1728B52AA6E4}">
                         <adec:decorative xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" val="1"/>
                       </a:ext>
                     </a:extLst>
                   </pic:cNvPr>
                   <pic:cNvPicPr/>
                 </pic:nvPicPr>
                 <pic:blipFill>
                   <a:blip r:embed="rId1">
                     <a:extLst>
                       <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                         <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                       </a:ext>
                     </a:extLst>
                   </a:blip>
                   <a:stretch>
                     <a:fillRect/>
                   </a:stretch>
                 </pic:blipFill>
                 <pic:spPr>
                   <a:xfrm>
                     <a:off x="0" y="0"/>
-                    <a:ext cx="6479540" cy="1263015"/>
+                    <a:ext cx="6634480" cy="956945"/>
                   </a:xfrm>
                   <a:prstGeom prst="rect">
                     <a:avLst/>
                   </a:prstGeom>
                 </pic:spPr>
               </pic:pic>
             </a:graphicData>
           </a:graphic>
           <wp14:sizeRelH relativeFrom="margin">
             <wp14:pctWidth>0</wp14:pctWidth>
           </wp14:sizeRelH>
           <wp14:sizeRelV relativeFrom="margin">
             <wp14:pctHeight>0</wp14:pctHeight>
           </wp14:sizeRelV>
         </wp:anchor>
       </w:drawing>
     </w:r>
   </w:p>
 </w:hdr>
 </file>
 
-<file path=word/header3.xml><?xml version="1.0" encoding="utf-8"?>
-[...8 lines deleted...]
-
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="31912602"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="D4B0E040"/>
+    <w:lvl w:ilvl="0" w:tplc="95E4BACA">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="7A1CFD6A">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="9A2884CC">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="E91681C0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="2BCE044A">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="E2800E36">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="A5DEE608">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="4C224DBC">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="A31AC98E">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="1" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="5834ACE5"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="E4761798"/>
+    <w:lvl w:ilvl="0" w:tplc="7D9EADD6">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="5C08203E">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="5C742EFA">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="9ADEE27E">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="AD82FBF4">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="6388DC88">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="0F2A1756">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="C59A4E6A">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="99FA710E">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="2" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="6BBF3A71"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="A18C08C4"/>
-    <w:lvl w:ilvl="0" w:tplc="041D000F">
+    <w:lvl w:ilvl="0" w:tplc="C3B8F7A2">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="041D0019" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="B538A620" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="041D001B" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="85580CCC" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="041D000F" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="3B7ED302" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="041D0019" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="8E40D8AC" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="041D001B" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="F3883D48" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="041D000F" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="82160DDA" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="041D0019" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="AA2AAA24" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="041D001B" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="D4682524" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:num w:numId="1" w16cid:durableId="1386686105">
+  <w:num w:numId="1" w16cid:durableId="1085496973">
     <w:abstractNumId w:val="0"/>
+  </w:num>
+  <w:num w:numId="2" w16cid:durableId="200287798">
+    <w:abstractNumId w:val="1"/>
+  </w:num>
+  <w:num w:numId="3" w16cid:durableId="1386686105">
+    <w:abstractNumId w:val="2"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:zoom w:percent="100"/>
-  <w:trackRevisions w:val="false"/>
+  <w:removePersonalInformation/>
+  <w:removeDateAndTime/>
+  <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="1304"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
+  <w:hdrShapeDefaults>
+    <o:shapedefaults v:ext="edit" spidmax="2050"/>
+  </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
+    <w:footnote w:id="1"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
+    <w:endnote w:id="1"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="006963DF"/>
+    <w:rsid w:val="00002742"/>
+    <w:rsid w:val="000068B1"/>
+    <w:rsid w:val="00006E85"/>
     <w:rsid w:val="000222FB"/>
+    <w:rsid w:val="00033B78"/>
+    <w:rsid w:val="00037262"/>
+    <w:rsid w:val="00046FD2"/>
     <w:rsid w:val="00065C53"/>
+    <w:rsid w:val="00065DD7"/>
     <w:rsid w:val="00072EE2"/>
+    <w:rsid w:val="00084685"/>
+    <w:rsid w:val="00090878"/>
+    <w:rsid w:val="00095A4C"/>
+    <w:rsid w:val="000C6061"/>
+    <w:rsid w:val="000E0169"/>
+    <w:rsid w:val="000F1449"/>
+    <w:rsid w:val="00110254"/>
+    <w:rsid w:val="0011351B"/>
+    <w:rsid w:val="001175C0"/>
+    <w:rsid w:val="00127A3D"/>
+    <w:rsid w:val="001508F8"/>
+    <w:rsid w:val="00162C86"/>
+    <w:rsid w:val="001670E1"/>
+    <w:rsid w:val="00176499"/>
+    <w:rsid w:val="00181627"/>
     <w:rsid w:val="00185596"/>
+    <w:rsid w:val="0018701E"/>
+    <w:rsid w:val="001934DA"/>
+    <w:rsid w:val="001C44DC"/>
+    <w:rsid w:val="001C65C2"/>
+    <w:rsid w:val="001D5BC8"/>
+    <w:rsid w:val="001E081F"/>
+    <w:rsid w:val="001E31F8"/>
+    <w:rsid w:val="001E3B94"/>
+    <w:rsid w:val="001E447D"/>
+    <w:rsid w:val="001F184F"/>
+    <w:rsid w:val="002040E8"/>
+    <w:rsid w:val="00206494"/>
+    <w:rsid w:val="00216787"/>
+    <w:rsid w:val="002178EF"/>
+    <w:rsid w:val="002309B9"/>
     <w:rsid w:val="00234CA2"/>
+    <w:rsid w:val="0026560C"/>
+    <w:rsid w:val="002779A4"/>
     <w:rsid w:val="00286DF0"/>
     <w:rsid w:val="002A14D2"/>
+    <w:rsid w:val="002B0449"/>
+    <w:rsid w:val="002B3AD4"/>
+    <w:rsid w:val="002C0DB2"/>
+    <w:rsid w:val="002E6BDF"/>
+    <w:rsid w:val="002E7E30"/>
+    <w:rsid w:val="002F3723"/>
+    <w:rsid w:val="00323EF1"/>
+    <w:rsid w:val="00325AA2"/>
+    <w:rsid w:val="003302DC"/>
+    <w:rsid w:val="00332908"/>
+    <w:rsid w:val="003335D8"/>
     <w:rsid w:val="00372E6F"/>
+    <w:rsid w:val="003805A8"/>
+    <w:rsid w:val="00384005"/>
+    <w:rsid w:val="00397EFB"/>
+    <w:rsid w:val="003B326D"/>
+    <w:rsid w:val="003D64B0"/>
+    <w:rsid w:val="003E79A2"/>
+    <w:rsid w:val="00403A55"/>
+    <w:rsid w:val="004116C5"/>
     <w:rsid w:val="004365DF"/>
+    <w:rsid w:val="00444A75"/>
+    <w:rsid w:val="004455CE"/>
+    <w:rsid w:val="00452E83"/>
+    <w:rsid w:val="004546B3"/>
+    <w:rsid w:val="0045494C"/>
+    <w:rsid w:val="00455863"/>
+    <w:rsid w:val="00463904"/>
+    <w:rsid w:val="00465854"/>
+    <w:rsid w:val="00472273"/>
+    <w:rsid w:val="004933CF"/>
+    <w:rsid w:val="004A5814"/>
     <w:rsid w:val="004A7009"/>
+    <w:rsid w:val="004A7370"/>
     <w:rsid w:val="004B2FFD"/>
     <w:rsid w:val="004E1EAB"/>
+    <w:rsid w:val="004E30FD"/>
+    <w:rsid w:val="004F37C7"/>
+    <w:rsid w:val="0050129A"/>
+    <w:rsid w:val="00530957"/>
+    <w:rsid w:val="00541AF4"/>
+    <w:rsid w:val="005613DF"/>
+    <w:rsid w:val="005738F9"/>
+    <w:rsid w:val="00582C9E"/>
+    <w:rsid w:val="0058415F"/>
+    <w:rsid w:val="00585428"/>
+    <w:rsid w:val="005855D9"/>
+    <w:rsid w:val="00586542"/>
+    <w:rsid w:val="00595F3D"/>
+    <w:rsid w:val="005A0B1A"/>
+    <w:rsid w:val="005A0E95"/>
+    <w:rsid w:val="005B0B6F"/>
+    <w:rsid w:val="005B5B33"/>
+    <w:rsid w:val="005C4AC0"/>
+    <w:rsid w:val="005C4FFB"/>
     <w:rsid w:val="005C6D49"/>
+    <w:rsid w:val="005C7CB9"/>
+    <w:rsid w:val="005C7E8D"/>
+    <w:rsid w:val="005D211E"/>
+    <w:rsid w:val="005D7033"/>
+    <w:rsid w:val="005E792D"/>
+    <w:rsid w:val="005F2C08"/>
+    <w:rsid w:val="006072BC"/>
     <w:rsid w:val="00613332"/>
+    <w:rsid w:val="006353EB"/>
+    <w:rsid w:val="00636A67"/>
+    <w:rsid w:val="00637519"/>
+    <w:rsid w:val="006400DE"/>
+    <w:rsid w:val="0064258A"/>
     <w:rsid w:val="006464C9"/>
     <w:rsid w:val="00661C1A"/>
+    <w:rsid w:val="00672EF8"/>
     <w:rsid w:val="0067343D"/>
+    <w:rsid w:val="00675165"/>
+    <w:rsid w:val="00684F57"/>
+    <w:rsid w:val="00691220"/>
     <w:rsid w:val="00692F5D"/>
     <w:rsid w:val="006963DF"/>
+    <w:rsid w:val="006A4A7B"/>
+    <w:rsid w:val="006A5EE5"/>
+    <w:rsid w:val="006B011A"/>
+    <w:rsid w:val="006C3CA2"/>
+    <w:rsid w:val="006C5816"/>
+    <w:rsid w:val="006C66E6"/>
+    <w:rsid w:val="006C7D5F"/>
     <w:rsid w:val="006D2C45"/>
+    <w:rsid w:val="006E2BDC"/>
+    <w:rsid w:val="00705ECF"/>
+    <w:rsid w:val="00716C32"/>
+    <w:rsid w:val="00717E7E"/>
+    <w:rsid w:val="00722938"/>
+    <w:rsid w:val="00734E64"/>
+    <w:rsid w:val="00745430"/>
+    <w:rsid w:val="00750F62"/>
+    <w:rsid w:val="00753465"/>
+    <w:rsid w:val="00754712"/>
+    <w:rsid w:val="00760CC4"/>
+    <w:rsid w:val="00780708"/>
+    <w:rsid w:val="00781D54"/>
     <w:rsid w:val="00793139"/>
+    <w:rsid w:val="007A39CD"/>
+    <w:rsid w:val="007A5247"/>
+    <w:rsid w:val="007B6757"/>
+    <w:rsid w:val="007B7F92"/>
     <w:rsid w:val="007D0CCE"/>
+    <w:rsid w:val="007D165C"/>
+    <w:rsid w:val="007E07A1"/>
+    <w:rsid w:val="007E1F48"/>
+    <w:rsid w:val="007F3C8C"/>
+    <w:rsid w:val="00803168"/>
+    <w:rsid w:val="00804220"/>
+    <w:rsid w:val="00805348"/>
+    <w:rsid w:val="00806908"/>
     <w:rsid w:val="00815C45"/>
+    <w:rsid w:val="00817BB5"/>
     <w:rsid w:val="00827221"/>
+    <w:rsid w:val="00835ADC"/>
+    <w:rsid w:val="0085005D"/>
+    <w:rsid w:val="00855AB4"/>
+    <w:rsid w:val="00871A9A"/>
+    <w:rsid w:val="008800FE"/>
+    <w:rsid w:val="0088255C"/>
+    <w:rsid w:val="008860C0"/>
     <w:rsid w:val="00887B40"/>
+    <w:rsid w:val="00891FC9"/>
+    <w:rsid w:val="008A32EA"/>
+    <w:rsid w:val="008A693E"/>
+    <w:rsid w:val="008B0889"/>
+    <w:rsid w:val="008B4B68"/>
+    <w:rsid w:val="008B506C"/>
     <w:rsid w:val="008B6B31"/>
     <w:rsid w:val="008D18F5"/>
+    <w:rsid w:val="008D2D74"/>
+    <w:rsid w:val="008D531C"/>
+    <w:rsid w:val="008E769C"/>
+    <w:rsid w:val="008F45DE"/>
+    <w:rsid w:val="008F7852"/>
     <w:rsid w:val="00921028"/>
     <w:rsid w:val="0092200A"/>
+    <w:rsid w:val="00930265"/>
+    <w:rsid w:val="00932A43"/>
+    <w:rsid w:val="00946DC7"/>
+    <w:rsid w:val="00953E51"/>
     <w:rsid w:val="009545A9"/>
+    <w:rsid w:val="00961F54"/>
+    <w:rsid w:val="00971FD1"/>
     <w:rsid w:val="00972BA1"/>
+    <w:rsid w:val="0097339A"/>
+    <w:rsid w:val="0097530A"/>
+    <w:rsid w:val="00981220"/>
+    <w:rsid w:val="00982D2B"/>
     <w:rsid w:val="00983782"/>
+    <w:rsid w:val="0099152E"/>
+    <w:rsid w:val="00992EAE"/>
+    <w:rsid w:val="009A5F97"/>
+    <w:rsid w:val="009A6D47"/>
+    <w:rsid w:val="009B0824"/>
+    <w:rsid w:val="009B5E09"/>
+    <w:rsid w:val="009B6505"/>
+    <w:rsid w:val="009B718B"/>
     <w:rsid w:val="009C7964"/>
+    <w:rsid w:val="009D2B0D"/>
+    <w:rsid w:val="009D463F"/>
+    <w:rsid w:val="009E1745"/>
+    <w:rsid w:val="00A04458"/>
     <w:rsid w:val="00A0463F"/>
+    <w:rsid w:val="00A527A3"/>
+    <w:rsid w:val="00A52C67"/>
+    <w:rsid w:val="00A5525B"/>
+    <w:rsid w:val="00A638CE"/>
+    <w:rsid w:val="00A63CD5"/>
+    <w:rsid w:val="00AA2A7D"/>
     <w:rsid w:val="00AB06A4"/>
+    <w:rsid w:val="00AC530B"/>
+    <w:rsid w:val="00AC7033"/>
+    <w:rsid w:val="00AD75FD"/>
+    <w:rsid w:val="00AE60F6"/>
+    <w:rsid w:val="00AF14C6"/>
+    <w:rsid w:val="00AF4E01"/>
+    <w:rsid w:val="00AF78E0"/>
+    <w:rsid w:val="00B104DD"/>
     <w:rsid w:val="00B20C67"/>
+    <w:rsid w:val="00B21F8C"/>
     <w:rsid w:val="00B22E0E"/>
+    <w:rsid w:val="00B256A0"/>
+    <w:rsid w:val="00B30D6D"/>
+    <w:rsid w:val="00B32106"/>
+    <w:rsid w:val="00B32E19"/>
     <w:rsid w:val="00B36F93"/>
+    <w:rsid w:val="00B5193A"/>
+    <w:rsid w:val="00B643C0"/>
+    <w:rsid w:val="00B751D4"/>
     <w:rsid w:val="00B95065"/>
+    <w:rsid w:val="00BA01A7"/>
+    <w:rsid w:val="00BA0E1F"/>
+    <w:rsid w:val="00BA2E93"/>
+    <w:rsid w:val="00BC497E"/>
+    <w:rsid w:val="00BE0D10"/>
+    <w:rsid w:val="00BE2EA2"/>
+    <w:rsid w:val="00BE6798"/>
     <w:rsid w:val="00BF5051"/>
+    <w:rsid w:val="00C05B68"/>
     <w:rsid w:val="00C1023E"/>
+    <w:rsid w:val="00C1254F"/>
+    <w:rsid w:val="00C149E2"/>
+    <w:rsid w:val="00C17709"/>
+    <w:rsid w:val="00C213BC"/>
+    <w:rsid w:val="00C258B1"/>
+    <w:rsid w:val="00C27048"/>
+    <w:rsid w:val="00C31B98"/>
+    <w:rsid w:val="00C3728B"/>
+    <w:rsid w:val="00C40B8F"/>
+    <w:rsid w:val="00C52968"/>
     <w:rsid w:val="00C5681A"/>
     <w:rsid w:val="00C652E4"/>
+    <w:rsid w:val="00C74BE9"/>
+    <w:rsid w:val="00C75FAF"/>
     <w:rsid w:val="00C80F5D"/>
+    <w:rsid w:val="00CA0BC2"/>
     <w:rsid w:val="00CA38D1"/>
+    <w:rsid w:val="00CA6B26"/>
+    <w:rsid w:val="00CC53CB"/>
+    <w:rsid w:val="00CC7CBE"/>
     <w:rsid w:val="00CD08B3"/>
     <w:rsid w:val="00CD5461"/>
+    <w:rsid w:val="00CE22A9"/>
+    <w:rsid w:val="00CE25FC"/>
+    <w:rsid w:val="00D00B2C"/>
+    <w:rsid w:val="00D1224D"/>
+    <w:rsid w:val="00D124AC"/>
+    <w:rsid w:val="00D34F32"/>
+    <w:rsid w:val="00D452FE"/>
+    <w:rsid w:val="00D5209E"/>
+    <w:rsid w:val="00D53E2E"/>
+    <w:rsid w:val="00D53E40"/>
+    <w:rsid w:val="00D6514C"/>
+    <w:rsid w:val="00D800A9"/>
+    <w:rsid w:val="00D910CF"/>
+    <w:rsid w:val="00D96EE6"/>
+    <w:rsid w:val="00DB02D5"/>
+    <w:rsid w:val="00DB511B"/>
+    <w:rsid w:val="00DC166F"/>
     <w:rsid w:val="00DC311F"/>
     <w:rsid w:val="00DC5B63"/>
+    <w:rsid w:val="00DC6384"/>
+    <w:rsid w:val="00DD5946"/>
     <w:rsid w:val="00DE0698"/>
+    <w:rsid w:val="00DE1A18"/>
+    <w:rsid w:val="00DF2477"/>
+    <w:rsid w:val="00DF263B"/>
+    <w:rsid w:val="00E00D53"/>
+    <w:rsid w:val="00E03FEB"/>
+    <w:rsid w:val="00E05EDE"/>
     <w:rsid w:val="00E06AE4"/>
+    <w:rsid w:val="00E15BDB"/>
     <w:rsid w:val="00E2106F"/>
+    <w:rsid w:val="00E31DC6"/>
+    <w:rsid w:val="00E459D3"/>
     <w:rsid w:val="00E6785C"/>
+    <w:rsid w:val="00E7114E"/>
+    <w:rsid w:val="00E73F99"/>
+    <w:rsid w:val="00E7799E"/>
     <w:rsid w:val="00E85043"/>
     <w:rsid w:val="00E96A5A"/>
+    <w:rsid w:val="00EA19E1"/>
+    <w:rsid w:val="00EA6065"/>
+    <w:rsid w:val="00EB30E8"/>
+    <w:rsid w:val="00EB4B34"/>
+    <w:rsid w:val="00EC1E79"/>
+    <w:rsid w:val="00EC3E55"/>
+    <w:rsid w:val="00EC4EC9"/>
+    <w:rsid w:val="00EC6262"/>
+    <w:rsid w:val="00EC646B"/>
+    <w:rsid w:val="00EF0556"/>
+    <w:rsid w:val="00EF4785"/>
     <w:rsid w:val="00F04AAB"/>
+    <w:rsid w:val="00F111A0"/>
+    <w:rsid w:val="00F14741"/>
+    <w:rsid w:val="00F222A4"/>
+    <w:rsid w:val="00F26BF3"/>
+    <w:rsid w:val="00F35164"/>
+    <w:rsid w:val="00F45EC6"/>
     <w:rsid w:val="00F47140"/>
+    <w:rsid w:val="00F5441E"/>
+    <w:rsid w:val="00F57E1F"/>
     <w:rsid w:val="00F7627C"/>
+    <w:rsid w:val="00F76639"/>
+    <w:rsid w:val="00F91131"/>
     <w:rsid w:val="00FB7554"/>
+    <w:rsid w:val="00FC2D4E"/>
+    <w:rsid w:val="00FC5111"/>
+    <w:rsid w:val="00FD04DD"/>
+    <w:rsid w:val="00FD7627"/>
+    <w:rsid w:val="00FE7B0C"/>
+    <w:rsid w:val="00FF18E7"/>
+    <w:rsid w:val="00FF1B27"/>
+    <w:rsid w:val="011D886E"/>
+    <w:rsid w:val="01718357"/>
     <w:rsid w:val="01BE085F"/>
+    <w:rsid w:val="01DD2644"/>
+    <w:rsid w:val="0358589C"/>
+    <w:rsid w:val="053D5198"/>
     <w:rsid w:val="055E9FCB"/>
+    <w:rsid w:val="06669CD7"/>
     <w:rsid w:val="067E4D70"/>
     <w:rsid w:val="09593FE2"/>
     <w:rsid w:val="097B23EC"/>
+    <w:rsid w:val="09E05D6B"/>
     <w:rsid w:val="0A3210EE"/>
+    <w:rsid w:val="0AA9933E"/>
+    <w:rsid w:val="0AD94594"/>
+    <w:rsid w:val="0CBAAF0F"/>
+    <w:rsid w:val="0D1D8EAB"/>
     <w:rsid w:val="0D6BEA81"/>
     <w:rsid w:val="0D9109FD"/>
     <w:rsid w:val="0F058211"/>
     <w:rsid w:val="0F1AD662"/>
+    <w:rsid w:val="0F8BD285"/>
     <w:rsid w:val="119B968E"/>
+    <w:rsid w:val="132E3F60"/>
     <w:rsid w:val="13D8F334"/>
+    <w:rsid w:val="14D1B1B0"/>
+    <w:rsid w:val="156718C6"/>
     <w:rsid w:val="1569BADD"/>
+    <w:rsid w:val="159456CD"/>
+    <w:rsid w:val="16680E81"/>
     <w:rsid w:val="18F84621"/>
+    <w:rsid w:val="1B75E075"/>
+    <w:rsid w:val="1B97CD43"/>
+    <w:rsid w:val="1BAEE60A"/>
     <w:rsid w:val="1C04FF62"/>
     <w:rsid w:val="1C986E33"/>
+    <w:rsid w:val="1F6720E4"/>
     <w:rsid w:val="201BA985"/>
     <w:rsid w:val="203B76F8"/>
+    <w:rsid w:val="206089BE"/>
+    <w:rsid w:val="2147F78D"/>
+    <w:rsid w:val="245E3215"/>
+    <w:rsid w:val="2699227E"/>
+    <w:rsid w:val="28D5112B"/>
+    <w:rsid w:val="28FFB430"/>
+    <w:rsid w:val="295310C2"/>
+    <w:rsid w:val="2A029B32"/>
+    <w:rsid w:val="2A346EDF"/>
+    <w:rsid w:val="2AFC3BF4"/>
     <w:rsid w:val="2B301B2E"/>
     <w:rsid w:val="2B8861C7"/>
+    <w:rsid w:val="2BB6E482"/>
+    <w:rsid w:val="30035CC1"/>
+    <w:rsid w:val="31C04503"/>
     <w:rsid w:val="328C3F90"/>
+    <w:rsid w:val="34B40311"/>
     <w:rsid w:val="3558A16F"/>
+    <w:rsid w:val="35A9E03A"/>
+    <w:rsid w:val="39AB7B44"/>
     <w:rsid w:val="39BB3407"/>
     <w:rsid w:val="39EF0C3F"/>
     <w:rsid w:val="39F79B60"/>
     <w:rsid w:val="39FC572C"/>
     <w:rsid w:val="3A756508"/>
+    <w:rsid w:val="3AAC2180"/>
+    <w:rsid w:val="3BB19DDA"/>
     <w:rsid w:val="3E8EA52A"/>
+    <w:rsid w:val="3F2A9287"/>
+    <w:rsid w:val="3FEC37E9"/>
+    <w:rsid w:val="427231F6"/>
+    <w:rsid w:val="429D49A6"/>
+    <w:rsid w:val="4364FBB5"/>
+    <w:rsid w:val="4483CBAA"/>
+    <w:rsid w:val="46CCE6AF"/>
+    <w:rsid w:val="47DADA45"/>
+    <w:rsid w:val="481E771A"/>
+    <w:rsid w:val="4871E3B1"/>
     <w:rsid w:val="497FB991"/>
     <w:rsid w:val="4B0EC5BF"/>
+    <w:rsid w:val="4D637BD1"/>
+    <w:rsid w:val="4EEE175A"/>
+    <w:rsid w:val="51F686F2"/>
+    <w:rsid w:val="538BF1FF"/>
+    <w:rsid w:val="5395A25D"/>
+    <w:rsid w:val="561A76AA"/>
     <w:rsid w:val="578BEF08"/>
     <w:rsid w:val="58A71F85"/>
+    <w:rsid w:val="58B87FC4"/>
+    <w:rsid w:val="5AA10C35"/>
+    <w:rsid w:val="5BCA57CB"/>
     <w:rsid w:val="5BFBCED6"/>
     <w:rsid w:val="5C849BDE"/>
     <w:rsid w:val="5CF4B929"/>
     <w:rsid w:val="5D0AB2B9"/>
     <w:rsid w:val="6084EBCE"/>
     <w:rsid w:val="609A81EF"/>
+    <w:rsid w:val="60E12332"/>
+    <w:rsid w:val="61957031"/>
     <w:rsid w:val="63525C21"/>
     <w:rsid w:val="63C6B094"/>
     <w:rsid w:val="640A1B73"/>
     <w:rsid w:val="64287EED"/>
+    <w:rsid w:val="645AFC91"/>
     <w:rsid w:val="64EBA635"/>
+    <w:rsid w:val="65541106"/>
     <w:rsid w:val="67C6996A"/>
+    <w:rsid w:val="67FF61CA"/>
+    <w:rsid w:val="687183B3"/>
+    <w:rsid w:val="687852A5"/>
     <w:rsid w:val="69445720"/>
+    <w:rsid w:val="6AA91815"/>
+    <w:rsid w:val="6ADDF06C"/>
     <w:rsid w:val="6B05DCB7"/>
+    <w:rsid w:val="6B5D65AF"/>
+    <w:rsid w:val="6B9B1050"/>
     <w:rsid w:val="6C6AC30E"/>
+    <w:rsid w:val="6CF2D850"/>
+    <w:rsid w:val="6DA2D592"/>
     <w:rsid w:val="6DFE9FE6"/>
     <w:rsid w:val="6E17C843"/>
+    <w:rsid w:val="6E4E3C81"/>
+    <w:rsid w:val="6F36CEE8"/>
     <w:rsid w:val="6F9A7047"/>
     <w:rsid w:val="7082B269"/>
     <w:rsid w:val="71F93FFD"/>
+    <w:rsid w:val="739D9A7C"/>
+    <w:rsid w:val="73FEBBE0"/>
+    <w:rsid w:val="74159DDA"/>
+    <w:rsid w:val="7433067B"/>
+    <w:rsid w:val="7650596A"/>
+    <w:rsid w:val="76BA724C"/>
+    <w:rsid w:val="783E6B30"/>
+    <w:rsid w:val="7C450277"/>
+    <w:rsid w:val="7CC2573C"/>
+    <w:rsid w:val="7D0833E8"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="sv-SE"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="1026"/>
+    <o:shapedefaults v:ext="edit" spidmax="2050"/>
     <o:shapelayout v:ext="edit">
-      <o:idmap v:ext="edit" data="1"/>
+      <o:idmap v:ext="edit" data="2"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
   <w14:docId w14:val="16116407"/>
   <w14:defaultImageDpi w14:val="32767"/>
   <w15:chartTrackingRefBased/>
-  <w15:docId w15:val="{1C8171E9-E037-694C-9169-25A906972F92}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
-        <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
+        <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:kern w:val="2"/>
         <w:sz w:val="24"/>
         <w:szCs w:val="24"/>
         <w:lang w:val="sv-SE" w:eastAsia="en-US" w:bidi="ar-SA"/>
         <w14:ligatures w14:val="standardContextual"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault/>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
-    <w:lsdException w:name="heading 2" w:uiPriority="9" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
-[...6 lines deleted...]
-    <w:lsdException w:name="heading 9" w:uiPriority="9" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 9" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="index 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 9" w:semiHidden="1" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="toc 1" w:uiPriority="39" w:semiHidden="1" w:unhideWhenUsed="1"/>
-[...7 lines deleted...]
-    <w:lsdException w:name="toc 9" w:uiPriority="39" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 1" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 2" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 3" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 4" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 5" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 6" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 7" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 8" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 9" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Normal Indent" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="footnote text" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="annotation text" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="header" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="footer" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index heading" w:semiHidden="1" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="caption" w:uiPriority="35" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="caption" w:semiHidden="1" w:uiPriority="35" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="table of figures" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="envelope address" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="envelope return" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="footnote reference" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="annotation reference" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="line number" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="page number" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="endnote reference" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="endnote text" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="table of authorities" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="macro" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toa heading" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Bullet" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Number" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Bullet 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Bullet 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Bullet 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Bullet 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Number 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Number 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Number 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Number 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Title" w:uiPriority="10" w:qFormat="1"/>
     <w:lsdException w:name="Closing" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Signature" w:semiHidden="1" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Default Paragraph Font" w:semiHidden="1" w:uiPriority="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text Indent" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Continue" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Continue 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Continue 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Continue 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Continue 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Message Header" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Subtitle" w:uiPriority="11" w:qFormat="1"/>
     <w:lsdException w:name="Salutation" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Date" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text First Indent" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text First Indent 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Note Heading" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text Indent 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text Indent 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Block Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="FollowedHyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Strong" w:uiPriority="22" w:qFormat="1"/>
     <w:lsdException w:name="Emphasis" w:uiPriority="20" w:qFormat="1"/>
     <w:lsdException w:name="Document Map" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Plain Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
@@ -1696,52 +2943,52 @@
     <w:lsdException w:name="Medium Grid 2 Accent 5" w:uiPriority="68"/>
     <w:lsdException w:name="Medium Grid 3 Accent 5" w:uiPriority="69"/>
     <w:lsdException w:name="Dark List Accent 5" w:uiPriority="70"/>
     <w:lsdException w:name="Colorful Shading Accent 5" w:uiPriority="71"/>
     <w:lsdException w:name="Colorful List Accent 5" w:uiPriority="72"/>
     <w:lsdException w:name="Colorful Grid Accent 5" w:uiPriority="73"/>
     <w:lsdException w:name="Light Shading Accent 6" w:uiPriority="60"/>
     <w:lsdException w:name="Light List Accent 6" w:uiPriority="61"/>
     <w:lsdException w:name="Light Grid Accent 6" w:uiPriority="62"/>
     <w:lsdException w:name="Medium Shading 1 Accent 6" w:uiPriority="63"/>
     <w:lsdException w:name="Medium Shading 2 Accent 6" w:uiPriority="64"/>
     <w:lsdException w:name="Medium List 1 Accent 6" w:uiPriority="65"/>
     <w:lsdException w:name="Medium List 2 Accent 6" w:uiPriority="66"/>
     <w:lsdException w:name="Medium Grid 1 Accent 6" w:uiPriority="67"/>
     <w:lsdException w:name="Medium Grid 2 Accent 6" w:uiPriority="68"/>
     <w:lsdException w:name="Medium Grid 3 Accent 6" w:uiPriority="69"/>
     <w:lsdException w:name="Dark List Accent 6" w:uiPriority="70"/>
     <w:lsdException w:name="Colorful Shading Accent 6" w:uiPriority="71"/>
     <w:lsdException w:name="Colorful List Accent 6" w:uiPriority="72"/>
     <w:lsdException w:name="Colorful Grid Accent 6" w:uiPriority="73"/>
     <w:lsdException w:name="Subtle Emphasis" w:uiPriority="19" w:qFormat="1"/>
     <w:lsdException w:name="Intense Emphasis" w:uiPriority="21" w:qFormat="1"/>
     <w:lsdException w:name="Subtle Reference" w:uiPriority="31" w:qFormat="1"/>
     <w:lsdException w:name="Intense Reference" w:uiPriority="32" w:qFormat="1"/>
     <w:lsdException w:name="Book Title" w:uiPriority="33" w:qFormat="1"/>
-    <w:lsdException w:name="Bibliography" w:uiPriority="37" w:semiHidden="1" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="TOC Heading" w:uiPriority="39" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="Bibliography" w:semiHidden="1" w:uiPriority="37" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="TOC Heading" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="Plain Table 1" w:uiPriority="41"/>
     <w:lsdException w:name="Plain Table 2" w:uiPriority="42"/>
     <w:lsdException w:name="Plain Table 3" w:uiPriority="43"/>
     <w:lsdException w:name="Plain Table 4" w:uiPriority="44"/>
     <w:lsdException w:name="Plain Table 5" w:uiPriority="45"/>
     <w:lsdException w:name="Grid Table Light" w:uiPriority="40"/>
     <w:lsdException w:name="Grid Table 1 Light" w:uiPriority="46"/>
     <w:lsdException w:name="Grid Table 2" w:uiPriority="47"/>
     <w:lsdException w:name="Grid Table 3" w:uiPriority="48"/>
     <w:lsdException w:name="Grid Table 4" w:uiPriority="49"/>
     <w:lsdException w:name="Grid Table 5 Dark" w:uiPriority="50"/>
     <w:lsdException w:name="Grid Table 6 Colorful" w:uiPriority="51"/>
     <w:lsdException w:name="Grid Table 7 Colorful" w:uiPriority="52"/>
     <w:lsdException w:name="Grid Table 1 Light Accent 1" w:uiPriority="46"/>
     <w:lsdException w:name="Grid Table 2 Accent 1" w:uiPriority="47"/>
     <w:lsdException w:name="Grid Table 3 Accent 1" w:uiPriority="48"/>
     <w:lsdException w:name="Grid Table 4 Accent 1" w:uiPriority="49"/>
     <w:lsdException w:name="Grid Table 5 Dark Accent 1" w:uiPriority="50"/>
     <w:lsdException w:name="Grid Table 6 Colorful Accent 1" w:uiPriority="51"/>
     <w:lsdException w:name="Grid Table 7 Colorful Accent 1" w:uiPriority="52"/>
     <w:lsdException w:name="Grid Table 1 Light Accent 2" w:uiPriority="46"/>
     <w:lsdException w:name="Grid Table 2 Accent 2" w:uiPriority="47"/>
     <w:lsdException w:name="Grid Table 3 Accent 2" w:uiPriority="48"/>
     <w:lsdException w:name="Grid Table 4 Accent 2" w:uiPriority="49"/>
     <w:lsdException w:name="Grid Table 5 Dark Accent 2" w:uiPriority="50"/>
@@ -1806,251 +3053,251 @@
     <w:lsdException w:name="List Table 1 Light Accent 4" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 4" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 4" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 4" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 4" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 4" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 4" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 5" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 5" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 5" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 5" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 5" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 5" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 5" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 6" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
     <w:lsdException w:name="Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Link" w:semiHidden="1" w:unhideWhenUsed="1"/>
   </w:latentStyles>
-  <w:style w:type="paragraph" w:styleId="Normal" w:default="1">
+  <w:style w:type="paragraph" w:default="1" w:styleId="Normal">
     <w:name w:val="Normal"/>
     <w:qFormat/>
     <w:rsid w:val="006963DF"/>
   </w:style>
-  <w:style w:type="character" w:styleId="Standardstycketeckensnitt" w:default="1">
+  <w:style w:type="character" w:default="1" w:styleId="Standardstycketeckensnitt">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
-  <w:style w:type="table" w:styleId="Normaltabell" w:default="1">
+  <w:style w:type="table" w:default="1" w:styleId="Normaltabell">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
-  <w:style w:type="numbering" w:styleId="Ingenlista" w:default="1">
+  <w:style w:type="numbering" w:default="1" w:styleId="Ingenlista">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Sidhuvud">
     <w:name w:val="header"/>
     <w:basedOn w:val="Normal"/>
     <w:link w:val="SidhuvudChar"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="004365DF"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="center" w:pos="4536"/>
         <w:tab w:val="right" w:pos="9072"/>
       </w:tabs>
     </w:pPr>
   </w:style>
-  <w:style w:type="character" w:styleId="SidhuvudChar" w:customStyle="1">
+  <w:style w:type="character" w:customStyle="1" w:styleId="SidhuvudChar">
     <w:name w:val="Sidhuvud Char"/>
     <w:basedOn w:val="Standardstycketeckensnitt"/>
     <w:link w:val="Sidhuvud"/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="004365DF"/>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Sidfot">
     <w:name w:val="footer"/>
     <w:basedOn w:val="Normal"/>
     <w:link w:val="SidfotChar"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="004365DF"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="center" w:pos="4536"/>
         <w:tab w:val="right" w:pos="9072"/>
       </w:tabs>
     </w:pPr>
   </w:style>
-  <w:style w:type="character" w:styleId="SidfotChar" w:customStyle="1">
+  <w:style w:type="character" w:customStyle="1" w:styleId="SidfotChar">
     <w:name w:val="Sidfot Char"/>
     <w:basedOn w:val="Standardstycketeckensnitt"/>
     <w:link w:val="Sidfot"/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="004365DF"/>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="paragraph" w:customStyle="1">
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="paragraph">
     <w:name w:val="paragraph"/>
     <w:basedOn w:val="Normal"/>
     <w:rsid w:val="00613332"/>
     <w:pPr>
       <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:kern w:val="0"/>
       <w:lang w:eastAsia="sv-SE"/>
       <w14:ligatures w14:val="none"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:styleId="normaltextrun" w:customStyle="1">
+  <w:style w:type="character" w:customStyle="1" w:styleId="normaltextrun">
     <w:name w:val="normaltextrun"/>
     <w:basedOn w:val="Standardstycketeckensnitt"/>
     <w:rsid w:val="00613332"/>
   </w:style>
   <w:style w:type="character" w:styleId="Hyperlnk">
     <w:name w:val="Hyperlink"/>
     <w:basedOn w:val="Standardstycketeckensnitt"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00613332"/>
     <w:rPr>
       <w:color w:val="0563C1" w:themeColor="hyperlink"/>
       <w:u w:val="single"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="Olstomnmnande">
     <w:name w:val="Unresolved Mention"/>
     <w:basedOn w:val="Standardstycketeckensnitt"/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="00613332"/>
     <w:rPr>
       <w:color w:val="605E5C"/>
       <w:shd w:val="clear" w:color="auto" w:fill="E1DFDD"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="Kommentarsreferens">
     <w:name w:val="annotation reference"/>
     <w:basedOn w:val="Standardstycketeckensnitt"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00F04AAB"/>
     <w:rPr>
       <w:sz w:val="16"/>
       <w:szCs w:val="16"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Kommentarer">
     <w:name w:val="annotation text"/>
     <w:basedOn w:val="Normal"/>
     <w:link w:val="KommentarerChar"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00F04AAB"/>
     <w:rPr>
       <w:sz w:val="20"/>
       <w:szCs w:val="20"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:styleId="KommentarerChar" w:customStyle="1">
+  <w:style w:type="character" w:customStyle="1" w:styleId="KommentarerChar">
     <w:name w:val="Kommentarer Char"/>
     <w:basedOn w:val="Standardstycketeckensnitt"/>
     <w:link w:val="Kommentarer"/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="00F04AAB"/>
     <w:rPr>
       <w:sz w:val="20"/>
       <w:szCs w:val="20"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Kommentarsmne">
     <w:name w:val="annotation subject"/>
     <w:basedOn w:val="Kommentarer"/>
     <w:next w:val="Kommentarer"/>
     <w:link w:val="KommentarsmneChar"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00F04AAB"/>
     <w:rPr>
       <w:b/>
       <w:bCs/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:styleId="KommentarsmneChar" w:customStyle="1">
+  <w:style w:type="character" w:customStyle="1" w:styleId="KommentarsmneChar">
     <w:name w:val="Kommentarsämne Char"/>
     <w:basedOn w:val="KommentarerChar"/>
     <w:link w:val="Kommentarsmne"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:rsid w:val="00F04AAB"/>
     <w:rPr>
       <w:b/>
       <w:bCs/>
       <w:sz w:val="20"/>
       <w:szCs w:val="20"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:styleId="eop" w:customStyle="1">
+  <w:style w:type="character" w:customStyle="1" w:styleId="eop">
     <w:name w:val="eop"/>
     <w:basedOn w:val="Standardstycketeckensnitt"/>
     <w:rsid w:val="004B2FFD"/>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:optimizeForBrowser/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
-<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml" Id="rId8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml" Id="rId13" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml" Id="rId18" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml" Id="rId7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml" Id="rId12" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer3.xml" Id="rId17" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header3.xml" Id="rId16" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml" Id="rId6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml" Id="rId5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml" Id="rId15" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml" Id="rId10" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml" Id="rId19" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml" Id="rId9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml" Id="rId14" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mellanarkiv-offentlig.vgregion.se/alfresco/s/archive/stream/public/v1/source/available/sofia/ssn12865-780821730-395/surrogate/SSN%202024-00014%20Process%20och%20instruktioner%20f%c3%b6r%20att%20ta%20fram%20styrande%20dokument.pdf" TargetMode="External" Id="R7927935b23f9480a" /></Relationships>
+<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mellanarkiv-offentlig.vgregion.se/alfresco/s/archive/stream/public/v1/source/available/sofia/ssn12865-780821730-395/surrogate/SSN%202024-00014%20Process%20och%20instruktioner%20f%c3%b6r%20att%20ta%20fram%20styrande%20dokument.pdf" TargetMode="External" Id="rId8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vgregion.se/ov/manual-sofia/styrande-dokument/7.3-processroller" TargetMode="External" Id="rId7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml" Id="rId2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml" Id="rId6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml" Id="rId11" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml" Id="rId5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml" Id="rId10" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml" Id="rId4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml" Id="rId9" /></Relationships>
 </file>
 
-<file path=word/_rels/header2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<file path=word/_rels/header1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
-<a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office-tema">
+<a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office-tema">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>
         <a:srgbClr val="A5A5A5"/>
       </a:accent3>
       <a:accent4>
         <a:srgbClr val="FFC000"/>
@@ -2267,51 +3514,73 @@
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
-<ap:Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:ap="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
-[...9 lines deleted...]
-</ap:Properties>
+<Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
+  <Template>Normal</Template>
+  <TotalTime></TotalTime>
+  <Pages>2</Pages>
+  <Words>450</Words>
+  <Characters>2385</Characters>
+  <Application>Microsoft Office Word</Application>
+  <DocSecurity>0</DocSecurity>
+  <Lines>19</Lines>
+  <Paragraphs>5</Paragraphs>
+  <ScaleCrop>false</ScaleCrop>
+  <HeadingPairs>
+    <vt:vector size="2" baseType="variant">
+      <vt:variant>
+        <vt:lpstr>Rubrik</vt:lpstr>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>1</vt:i4>
+      </vt:variant>
+    </vt:vector>
+  </HeadingPairs>
+  <TitlesOfParts>
+    <vt:vector size="1" baseType="lpstr">
+      <vt:lpstr/>
+    </vt:vector>
+  </TitlesOfParts>
+  <Company/>
+  <LinksUpToDate>false</LinksUpToDate>
+  <CharactersWithSpaces>2830</CharactersWithSpaces>
+  <SharedDoc>false</SharedDoc>
+  <HyperlinksChanged>false</HyperlinksChanged>
+  <AppVersion></AppVersion>
+</Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <coreProperties xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns="http://schemas.openxmlformats.org/package/2006/metadata/core-properties">
   <dc:title>Mall Revidering av styrande dokument</dc:title>
   <dc:subject/>
-  <dc:creator>Annelie Petersson</dc:creator>
+  <dc:creator/>
   <keywords/>
   <dc:description/>
-  <lastModifiedBy>Karin Lundgren</lastModifiedBy>
-  <revision>9</revision>
+  <lastModifiedBy/>
+  <revision>1</revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </coreProperties>
 </file>