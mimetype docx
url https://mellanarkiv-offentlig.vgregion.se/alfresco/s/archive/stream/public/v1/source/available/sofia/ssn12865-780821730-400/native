--- v2 (2026-01-29)
+++ v3 (2026-03-05)
@@ -3,445 +3,445 @@
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml" Id="rId2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml" Id="rId1" /></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
-    <w:p w14:paraId="5864D179" w14:textId="0E84C651" w:rsidR="004B2FFD" w:rsidRPr="005C4AC0" w:rsidRDefault="5BCA57CB" w:rsidP="2699227E">
+    <w:p w:rsidRPr="005C4AC0" w:rsidR="004B2FFD" w:rsidP="2699227E" w:rsidRDefault="5BCA57CB" w14:paraId="5864D179" w14:textId="0E84C651">
       <w:pPr>
         <w:pStyle w:val="paragraph"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rStyle w:val="eop"/>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="011D886E">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>Revidering</w:t>
       </w:r>
-      <w:r w:rsidR="4871E3B1" w:rsidRPr="011D886E">
+      <w:r w:rsidRPr="011D886E" w:rsidR="4871E3B1">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>sunderlag</w:t>
       </w:r>
-      <w:r w:rsidR="39AB7B44" w:rsidRPr="011D886E">
+      <w:r w:rsidRPr="011D886E" w:rsidR="39AB7B44">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>, regionala styrande dokument</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2EC5056C" w14:textId="77777777" w:rsidR="004B2FFD" w:rsidRPr="005C4AC0" w:rsidRDefault="004B2FFD" w:rsidP="004B2FFD">
+    <w:p w:rsidRPr="005C4AC0" w:rsidR="004B2FFD" w:rsidP="004B2FFD" w:rsidRDefault="004B2FFD" w14:paraId="2EC5056C" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="paragraph"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia" w:cstheme="minorBidi"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="576DBA61" w14:textId="77777777" w:rsidR="004B2FFD" w:rsidRPr="005C4AC0" w:rsidRDefault="004B2FFD" w:rsidP="004B2FFD">
+    <w:p w:rsidRPr="005C4AC0" w:rsidR="004B2FFD" w:rsidP="004B2FFD" w:rsidRDefault="004B2FFD" w14:paraId="576DBA61" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="paragraph"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia" w:cstheme="minorBidi"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="005C4AC0">
         <w:rPr>
           <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia" w:cstheme="minorBidi"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>Titel</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="02C3191A" w14:textId="6BF36CBE" w:rsidR="00804220" w:rsidRPr="005C4AC0" w:rsidRDefault="4871E3B1" w:rsidP="0AA9933E">
+    <w:p w:rsidRPr="005C4AC0" w:rsidR="00804220" w:rsidP="0AA9933E" w:rsidRDefault="4871E3B1" w14:paraId="02C3191A" w14:textId="6BF36CBE">
       <w:pPr>
         <w:pStyle w:val="paragraph"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia" w:cstheme="minorBidi"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="2699227E">
         <w:rPr>
           <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia" w:cstheme="minorBidi"/>
         </w:rPr>
         <w:t xml:space="preserve">Ange </w:t>
       </w:r>
-      <w:r w:rsidR="5395A25D" w:rsidRPr="2699227E">
+      <w:r w:rsidRPr="2699227E" w:rsidR="5395A25D">
         <w:rPr>
           <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia" w:cstheme="minorBidi"/>
         </w:rPr>
         <w:t>titel</w:t>
       </w:r>
-      <w:r w:rsidR="245E3215" w:rsidRPr="2699227E">
+      <w:r w:rsidRPr="2699227E" w:rsidR="245E3215">
         <w:rPr>
           <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia" w:cstheme="minorBidi"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="18861750" w14:textId="77777777" w:rsidR="00804220" w:rsidRPr="005C4AC0" w:rsidRDefault="00804220" w:rsidP="004B2FFD">
+    <w:p w:rsidRPr="005C4AC0" w:rsidR="00804220" w:rsidP="004B2FFD" w:rsidRDefault="00804220" w14:paraId="18861750" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="paragraph"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rStyle w:val="normaltextrun"/>
           <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="0C41D034" w14:textId="77777777" w:rsidR="004B2FFD" w:rsidRPr="005C4AC0" w:rsidRDefault="004B2FFD" w:rsidP="004B2FFD">
+    <w:p w:rsidRPr="005C4AC0" w:rsidR="004B2FFD" w:rsidP="004B2FFD" w:rsidRDefault="004B2FFD" w14:paraId="0C41D034" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="paragraph"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia" w:cs="Segoe UI"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="005C4AC0">
         <w:rPr>
           <w:rStyle w:val="normaltextrun"/>
           <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>Utgångsläge</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="53DD2033" w14:textId="379D9F25" w:rsidR="004B2FFD" w:rsidRPr="005C4AC0" w:rsidRDefault="004B2FFD" w:rsidP="6DA2D592">
+    <w:p w:rsidRPr="005C4AC0" w:rsidR="004B2FFD" w:rsidP="6DA2D592" w:rsidRDefault="004B2FFD" w14:paraId="53DD2033" w14:textId="379D9F25">
       <w:pPr>
         <w:pStyle w:val="paragraph"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia" w:cstheme="minorBidi"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="6DA2D592">
         <w:rPr>
           <w:rStyle w:val="normaltextrun"/>
           <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia" w:cstheme="minorBidi"/>
         </w:rPr>
         <w:t>Beskriv kort varför det regionala styrande dokumentet ursprungligen togs fram</w:t>
       </w:r>
       <w:r w:rsidRPr="6DA2D592">
         <w:rPr>
           <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia" w:cstheme="minorBidi"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7CDD1568" w14:textId="0F95F85E" w:rsidR="004B2FFD" w:rsidRPr="005C4AC0" w:rsidRDefault="004B2FFD" w:rsidP="783E6B30">
+    <w:p w:rsidRPr="005C4AC0" w:rsidR="004B2FFD" w:rsidP="783E6B30" w:rsidRDefault="004B2FFD" w14:paraId="7CDD1568" w14:textId="0F95F85E">
       <w:pPr>
         <w:pStyle w:val="paragraph"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rStyle w:val="normaltextrun"/>
           <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="488B3D94" w14:textId="77777777" w:rsidR="004B2FFD" w:rsidRPr="005C4AC0" w:rsidRDefault="004B2FFD" w:rsidP="004B2FFD">
+    <w:p w:rsidRPr="005C4AC0" w:rsidR="004B2FFD" w:rsidP="004B2FFD" w:rsidRDefault="004B2FFD" w14:paraId="488B3D94" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="paragraph"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rStyle w:val="normaltextrun"/>
           <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="005C4AC0">
         <w:rPr>
           <w:rStyle w:val="normaltextrun"/>
           <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>Behov av revidering</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="20C627EA" w14:textId="4778CB60" w:rsidR="004B2FFD" w:rsidRPr="005C4AC0" w:rsidRDefault="004B2FFD" w:rsidP="295310C2">
+    <w:p w:rsidRPr="005C4AC0" w:rsidR="004B2FFD" w:rsidP="295310C2" w:rsidRDefault="004B2FFD" w14:paraId="20C627EA" w14:textId="4778CB60">
       <w:pPr>
         <w:pStyle w:val="paragraph"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rStyle w:val="normaltextrun"/>
           <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia" w:cstheme="minorBidi"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="6DA2D592">
         <w:rPr>
           <w:rStyle w:val="normaltextrun"/>
           <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia" w:cs="Calibri"/>
         </w:rPr>
         <w:t xml:space="preserve">Ange </w:t>
       </w:r>
       <w:r w:rsidR="00EF0556">
         <w:rPr>
           <w:rStyle w:val="normaltextrun"/>
           <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia" w:cs="Calibri"/>
         </w:rPr>
         <w:t>skälet till att det</w:t>
       </w:r>
       <w:r w:rsidRPr="6DA2D592">
         <w:rPr>
           <w:rStyle w:val="normaltextrun"/>
           <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia" w:cs="Calibri"/>
         </w:rPr>
         <w:t xml:space="preserve"> styrande dokumentet behöver revideras. </w:t>
       </w:r>
-      <w:r w:rsidR="67FF61CA" w:rsidRPr="6DA2D592">
+      <w:r w:rsidRPr="6DA2D592" w:rsidR="67FF61CA">
         <w:rPr>
           <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia" w:cstheme="minorBidi"/>
         </w:rPr>
         <w:t>Till exempel</w:t>
       </w:r>
       <w:r w:rsidRPr="6DA2D592">
         <w:rPr>
           <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia" w:cstheme="minorBidi"/>
         </w:rPr>
         <w:t xml:space="preserve"> att ny kunskap tillkommit</w:t>
       </w:r>
       <w:r w:rsidR="00EF0556">
         <w:rPr>
           <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia" w:cstheme="minorBidi"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6CF60AFB" w14:textId="77777777" w:rsidR="004B2FFD" w:rsidRPr="005C4AC0" w:rsidRDefault="004B2FFD" w:rsidP="004B2FFD">
+    <w:p w:rsidRPr="005C4AC0" w:rsidR="004B2FFD" w:rsidP="004B2FFD" w:rsidRDefault="004B2FFD" w14:paraId="6CF60AFB" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="paragraph"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rStyle w:val="normaltextrun"/>
           <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="36102A42" w14:textId="77777777" w:rsidR="004B2FFD" w:rsidRPr="005C4AC0" w:rsidRDefault="004B2FFD" w:rsidP="004B2FFD">
+    <w:p w:rsidRPr="005C4AC0" w:rsidR="004B2FFD" w:rsidP="004B2FFD" w:rsidRDefault="004B2FFD" w14:paraId="36102A42" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="paragraph"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia" w:cs="Segoe UI"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="005C4AC0">
         <w:rPr>
           <w:rStyle w:val="normaltextrun"/>
           <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>Målgrupp eller målgrupper</w:t>
       </w:r>
       <w:r w:rsidRPr="005C4AC0">
         <w:rPr>
           <w:rStyle w:val="eop"/>
           <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia" w:cs="Calibri"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2531EF2F" w14:textId="0E9D2D96" w:rsidR="004B2FFD" w:rsidRPr="005C4AC0" w:rsidRDefault="51F686F2" w:rsidP="6F36CEE8">
+    <w:p w:rsidRPr="005C4AC0" w:rsidR="004B2FFD" w:rsidP="6F36CEE8" w:rsidRDefault="51F686F2" w14:paraId="2531EF2F" w14:textId="0E9D2D96">
       <w:pPr>
         <w:pStyle w:val="paragraph"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rStyle w:val="normaltextrun"/>
           <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia" w:cs="Calibri"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="481E771A">
         <w:rPr>
           <w:rStyle w:val="normaltextrun"/>
           <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia" w:cs="Calibri"/>
         </w:rPr>
         <w:t>Ange vilken</w:t>
       </w:r>
-      <w:r w:rsidR="2AFC3BF4" w:rsidRPr="481E771A">
+      <w:r w:rsidRPr="481E771A" w:rsidR="2AFC3BF4">
         <w:rPr>
           <w:rStyle w:val="normaltextrun"/>
           <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia" w:cs="Calibri"/>
         </w:rPr>
         <w:t xml:space="preserve"> eller </w:t>
       </w:r>
       <w:r w:rsidRPr="481E771A">
         <w:rPr>
           <w:rStyle w:val="normaltextrun"/>
           <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia" w:cs="Calibri"/>
         </w:rPr>
         <w:t xml:space="preserve">vilka det styrande dokumentet vänder sig till. </w:t>
       </w:r>
-      <w:r w:rsidR="1F6720E4" w:rsidRPr="481E771A">
+      <w:r w:rsidRPr="481E771A" w:rsidR="1F6720E4">
         <w:rPr>
           <w:rStyle w:val="normaltextrun"/>
           <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia" w:cs="Calibri"/>
         </w:rPr>
         <w:t xml:space="preserve">Skilj på vem </w:t>
       </w:r>
       <w:r w:rsidR="001175C0">
         <w:rPr>
           <w:rStyle w:val="normaltextrun"/>
           <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia" w:cs="Calibri"/>
         </w:rPr>
         <w:t xml:space="preserve">kommer att </w:t>
       </w:r>
-      <w:r w:rsidR="001175C0" w:rsidRPr="481E771A">
+      <w:r w:rsidRPr="481E771A" w:rsidR="001175C0">
         <w:rPr>
           <w:rStyle w:val="normaltextrun"/>
           <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia" w:cs="Calibri"/>
         </w:rPr>
         <w:t>tillämpa</w:t>
       </w:r>
       <w:r w:rsidR="001175C0">
         <w:rPr>
           <w:rStyle w:val="normaltextrun"/>
           <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia" w:cs="Calibri"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="001175C0" w:rsidRPr="481E771A">
+      <w:r w:rsidRPr="481E771A" w:rsidR="001175C0">
         <w:rPr>
           <w:rStyle w:val="normaltextrun"/>
           <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia" w:cs="Calibri"/>
         </w:rPr>
         <w:t xml:space="preserve">information </w:t>
       </w:r>
       <w:r w:rsidR="001175C0">
         <w:rPr>
           <w:rStyle w:val="normaltextrun"/>
           <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia" w:cs="Calibri"/>
         </w:rPr>
         <w:t>och vem som</w:t>
       </w:r>
-      <w:r w:rsidR="1F6720E4" w:rsidRPr="481E771A">
+      <w:r w:rsidRPr="481E771A" w:rsidR="1F6720E4">
         <w:rPr>
           <w:rStyle w:val="normaltextrun"/>
           <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia" w:cs="Calibri"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00541AF4">
         <w:rPr>
           <w:rStyle w:val="normaltextrun"/>
           <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia" w:cs="Calibri"/>
         </w:rPr>
         <w:t xml:space="preserve">på annat sätt </w:t>
       </w:r>
-      <w:r w:rsidR="1F6720E4" w:rsidRPr="481E771A">
+      <w:r w:rsidRPr="481E771A" w:rsidR="1F6720E4">
         <w:rPr>
           <w:rStyle w:val="normaltextrun"/>
           <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia" w:cs="Calibri"/>
         </w:rPr>
         <w:t xml:space="preserve">kan ha nytta av att känna till informationen. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="07B1A350" w14:textId="096F0F0A" w:rsidR="004B2FFD" w:rsidRPr="005C4AC0" w:rsidRDefault="004B2FFD" w:rsidP="561A76AA">
+    <w:p w:rsidRPr="005C4AC0" w:rsidR="004B2FFD" w:rsidP="561A76AA" w:rsidRDefault="004B2FFD" w14:paraId="07B1A350" w14:textId="096F0F0A">
       <w:pPr>
         <w:pStyle w:val="paragraph"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rStyle w:val="normaltextrun"/>
           <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="1A6E94AD" w14:textId="753190F2" w:rsidR="76BA724C" w:rsidRPr="005C4AC0" w:rsidRDefault="76BA724C" w:rsidP="561A76AA">
+    <w:p w:rsidRPr="005C4AC0" w:rsidR="76BA724C" w:rsidP="561A76AA" w:rsidRDefault="76BA724C" w14:paraId="1A6E94AD" w14:textId="753190F2">
       <w:pPr>
         <w:pStyle w:val="paragraph"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="259" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="005C4AC0">
         <w:rPr>
           <w:rStyle w:val="normaltextrun"/>
           <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>Innehållsansvarigt samordningsråd</w:t>
       </w:r>
       <w:r w:rsidR="00835ADC">
         <w:rPr>
           <w:rStyle w:val="normaltextrun"/>
           <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
@@ -462,150 +462,150 @@
           <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>eller motsvarande</w:t>
       </w:r>
       <w:r w:rsidR="00E05EDE">
         <w:rPr>
           <w:rStyle w:val="normaltextrun"/>
           <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>)</w:t>
       </w:r>
       <w:r w:rsidR="00835ADC">
         <w:rPr>
           <w:rStyle w:val="normaltextrun"/>
           <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6917F5AA" w14:textId="5DE7E970" w:rsidR="004B2FFD" w:rsidRPr="005C4AC0" w:rsidRDefault="004B2FFD" w:rsidP="0D1D8EAB">
+    <w:p w:rsidRPr="005C4AC0" w:rsidR="004B2FFD" w:rsidP="0D1D8EAB" w:rsidRDefault="004B2FFD" w14:paraId="6917F5AA" w14:textId="5DE7E970">
       <w:pPr>
         <w:pStyle w:val="paragraph"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia" w:cs="Segoe UI"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="0D1D8EAB">
         <w:rPr>
           <w:rStyle w:val="normaltextrun"/>
           <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia" w:cs="Calibri"/>
         </w:rPr>
         <w:t xml:space="preserve">Ange vilket samordningsråd </w:t>
       </w:r>
-      <w:r w:rsidR="4364FBB5" w:rsidRPr="0D1D8EAB">
+      <w:r w:rsidRPr="0D1D8EAB" w:rsidR="4364FBB5">
         <w:rPr>
           <w:rStyle w:val="normaltextrun"/>
           <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia" w:cs="Calibri"/>
         </w:rPr>
         <w:t>eller motsvarande funktion</w:t>
       </w:r>
-      <w:r w:rsidR="51F686F2" w:rsidRPr="0D1D8EAB">
+      <w:r w:rsidRPr="0D1D8EAB" w:rsidR="51F686F2">
         <w:rPr>
           <w:rStyle w:val="normaltextrun"/>
           <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia" w:cs="Calibri"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00EB30E8">
         <w:rPr>
           <w:rStyle w:val="normaltextrun"/>
           <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia" w:cs="Calibri"/>
         </w:rPr>
         <w:t xml:space="preserve">(till exempel regionalt programområde) </w:t>
       </w:r>
       <w:r w:rsidRPr="0D1D8EAB">
         <w:rPr>
           <w:rStyle w:val="normaltextrun"/>
           <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia" w:cs="Calibri"/>
         </w:rPr>
         <w:t xml:space="preserve">som </w:t>
       </w:r>
       <w:r w:rsidR="003805A8">
         <w:rPr>
           <w:rStyle w:val="normaltextrun"/>
           <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia" w:cs="Calibri"/>
         </w:rPr>
         <w:t xml:space="preserve">står bakom </w:t>
       </w:r>
       <w:r w:rsidRPr="0D1D8EAB">
         <w:rPr>
           <w:rStyle w:val="normaltextrun"/>
           <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia" w:cs="Calibri"/>
         </w:rPr>
         <w:t>det styrande dokumentet.</w:t>
       </w:r>
       <w:r w:rsidR="00A52C67">
         <w:rPr>
           <w:rStyle w:val="normaltextrun"/>
           <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia" w:cs="Calibri"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="03D20965" w14:textId="01CF7D59" w:rsidR="6E4E3C81" w:rsidRPr="005C4AC0" w:rsidRDefault="6E4E3C81" w:rsidP="6E4E3C81">
-[...9 lines deleted...]
-    <w:p w14:paraId="405BE4D0" w14:textId="0CFEDCDB" w:rsidR="7C450277" w:rsidRPr="005C4AC0" w:rsidRDefault="7C450277" w:rsidP="6E4E3C81">
+    <w:p w:rsidRPr="005C4AC0" w:rsidR="6E4E3C81" w:rsidP="6E4E3C81" w:rsidRDefault="6E4E3C81" w14:paraId="03D20965" w14:textId="01CF7D59">
+      <w:pPr>
+        <w:pStyle w:val="paragraph"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:rPr>
+          <w:rStyle w:val="normaltextrun"/>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia" w:cs="Calibri"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidRPr="005C4AC0" w:rsidR="7C450277" w:rsidP="6E4E3C81" w:rsidRDefault="7C450277" w14:paraId="405BE4D0" w14:textId="0CFEDCDB">
       <w:pPr>
         <w:pStyle w:val="paragraph"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:rPr>
           <w:rStyle w:val="normaltextrun"/>
           <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="005C4AC0">
         <w:rPr>
           <w:rStyle w:val="normaltextrun"/>
           <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Samverkande </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1EE3B3A0" w14:textId="55D4F2F9" w:rsidR="004B2FFD" w:rsidRPr="005C4AC0" w:rsidRDefault="427231F6" w:rsidP="005C4AC0">
+    <w:p w:rsidRPr="005C4AC0" w:rsidR="004B2FFD" w:rsidP="005C4AC0" w:rsidRDefault="427231F6" w14:paraId="1EE3B3A0" w14:textId="55D4F2F9">
       <w:pPr>
         <w:pStyle w:val="paragraph"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia" w:cs="Segoe UI"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="005C4AC0">
         <w:rPr>
           <w:rStyle w:val="normaltextrun"/>
           <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia" w:cs="Calibri"/>
         </w:rPr>
         <w:t>Ange om revideringen</w:t>
       </w:r>
       <w:r w:rsidR="00DB02D5">
         <w:rPr>
           <w:rStyle w:val="normaltextrun"/>
           <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia" w:cs="Calibri"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="005C4AC0">
         <w:rPr>
@@ -621,1050 +621,986 @@
         </w:rPr>
         <w:t>r</w:t>
       </w:r>
       <w:r w:rsidRPr="005C4AC0">
         <w:rPr>
           <w:rStyle w:val="normaltextrun"/>
           <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia" w:cs="Calibri"/>
         </w:rPr>
         <w:t xml:space="preserve"> i samråd med annat/andra samordningsråd</w:t>
       </w:r>
       <w:r w:rsidR="005F2C08">
         <w:rPr>
           <w:rStyle w:val="normaltextrun"/>
           <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia" w:cs="Calibri"/>
         </w:rPr>
         <w:t xml:space="preserve"> eller motsvarande funktioner</w:t>
       </w:r>
       <w:r w:rsidRPr="005C4AC0">
         <w:rPr>
           <w:rStyle w:val="normaltextrun"/>
           <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia" w:cs="Calibri"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="206EB7C0" w14:textId="77777777" w:rsidR="004B2FFD" w:rsidRPr="005C4AC0" w:rsidRDefault="004B2FFD" w:rsidP="004B2FFD">
+    <w:p w:rsidRPr="005C4AC0" w:rsidR="004B2FFD" w:rsidP="004B2FFD" w:rsidRDefault="004B2FFD" w14:paraId="206EB7C0" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="paragraph"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rStyle w:val="normaltextrun"/>
           <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="528C042F" w14:textId="77777777" w:rsidR="004B2FFD" w:rsidRPr="005C4AC0" w:rsidRDefault="004B2FFD" w:rsidP="004B2FFD">
+    <w:p w:rsidRPr="005C4AC0" w:rsidR="004B2FFD" w:rsidP="004B2FFD" w:rsidRDefault="004B2FFD" w14:paraId="528C042F" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="paragraph"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia" w:cs="Segoe UI"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="005C4AC0">
         <w:rPr>
           <w:rStyle w:val="normaltextrun"/>
           <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>Organisatoriska och ekonomiska konsekvenser</w:t>
       </w:r>
       <w:r w:rsidRPr="005C4AC0">
         <w:rPr>
           <w:rStyle w:val="eop"/>
           <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia" w:cs="Calibri"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="60896B32" w14:textId="672E6AC3" w:rsidR="004B2FFD" w:rsidRPr="005C4AC0" w:rsidRDefault="004B2FFD" w:rsidP="004B2FFD">
+    <w:p w:rsidRPr="005C4AC0" w:rsidR="004B2FFD" w:rsidP="004B2FFD" w:rsidRDefault="004B2FFD" w14:paraId="60896B32" w14:textId="672E6AC3">
       <w:pPr>
         <w:pStyle w:val="paragraph"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia" w:cs="Calibri"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="005C4AC0">
         <w:rPr>
           <w:rStyle w:val="normaltextrun"/>
           <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia" w:cs="Calibri"/>
         </w:rPr>
         <w:t>Ange om följsamhet till det styrande dokumentet medför betydande organisatoriska och eller ekonomiska konsekvenser utifrån de</w:t>
       </w:r>
       <w:r w:rsidR="00D910CF">
         <w:rPr>
           <w:rStyle w:val="normaltextrun"/>
           <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia" w:cs="Calibri"/>
         </w:rPr>
         <w:t>n</w:t>
       </w:r>
       <w:r w:rsidRPr="005C4AC0">
         <w:rPr>
           <w:rStyle w:val="normaltextrun"/>
           <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia" w:cs="Calibri"/>
         </w:rPr>
         <w:t xml:space="preserve"> revidering</w:t>
       </w:r>
       <w:r w:rsidR="00D910CF">
         <w:rPr>
           <w:rStyle w:val="normaltextrun"/>
           <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia" w:cs="Calibri"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="005C4AC0">
         <w:rPr>
           <w:rStyle w:val="normaltextrun"/>
           <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia" w:cs="Calibri"/>
         </w:rPr>
         <w:t>som planeras. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="12E23B21" w14:textId="77777777" w:rsidR="004B2FFD" w:rsidRPr="005C4AC0" w:rsidRDefault="004B2FFD" w:rsidP="004B2FFD">
+    <w:p w:rsidRPr="005C4AC0" w:rsidR="004B2FFD" w:rsidP="004B2FFD" w:rsidRDefault="004B2FFD" w14:paraId="12E23B21" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="paragraph"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rStyle w:val="normaltextrun"/>
           <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia" w:cs="Segoe UI"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="005C4AC0">
         <w:rPr>
           <w:rStyle w:val="eop"/>
           <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia" w:cs="Calibri"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0C030BED" w14:textId="6DD91CCE" w:rsidR="004B2FFD" w:rsidRPr="005C4AC0" w:rsidRDefault="004B2FFD" w:rsidP="640A1B73">
+    <w:p w:rsidRPr="005C4AC0" w:rsidR="004B2FFD" w:rsidP="640A1B73" w:rsidRDefault="004B2FFD" w14:paraId="0C030BED" w14:textId="6DD91CCE">
       <w:pPr>
         <w:pStyle w:val="paragraph"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia" w:cstheme="minorBidi"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="005C4AC0">
         <w:rPr>
           <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia" w:cstheme="minorBidi"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Författargrupp </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6BED39A5" w14:textId="477AF893" w:rsidR="004B2FFD" w:rsidRPr="005C4AC0" w:rsidRDefault="004B2FFD" w:rsidP="01718357">
+    <w:p w:rsidRPr="005C4AC0" w:rsidR="004B2FFD" w:rsidP="01718357" w:rsidRDefault="004B2FFD" w14:paraId="6BED39A5" w14:textId="477AF893">
       <w:pPr>
         <w:pStyle w:val="paragraph"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia" w:cstheme="minorBidi"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="005C4AC0">
         <w:rPr>
           <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia" w:cstheme="minorBidi"/>
         </w:rPr>
         <w:t>Ange namn och e-post till samtliga författare</w:t>
       </w:r>
-      <w:r w:rsidR="328C3F90" w:rsidRPr="005C4AC0">
+      <w:r w:rsidRPr="005C4AC0" w:rsidR="328C3F90">
         <w:rPr>
           <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia" w:cstheme="minorBidi"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="12E5426B" w14:textId="66C438D7" w:rsidR="01718357" w:rsidRPr="005C4AC0" w:rsidRDefault="01718357" w:rsidP="01718357">
+    <w:p w:rsidRPr="005C4AC0" w:rsidR="01718357" w:rsidP="01718357" w:rsidRDefault="01718357" w14:paraId="12E5426B" w14:textId="66C438D7">
       <w:pPr>
         <w:pStyle w:val="paragraph"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia" w:cstheme="minorBidi"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="4E9F81D4" w14:textId="60062CDD" w:rsidR="74159DDA" w:rsidRPr="00DB02D5" w:rsidRDefault="00323EF1" w:rsidP="1B75E075">
-[...4 lines deleted...]
-          <w:rFonts w:ascii="Verdana" w:eastAsia="Calibri" w:hAnsi="Verdana" w:cs="Calibri"/>
+    <w:p w:rsidRPr="00DB02D5" w:rsidR="74159DDA" w:rsidP="1B75E075" w:rsidRDefault="00323EF1" w14:paraId="4E9F81D4" w14:textId="60062CDD">
+      <w:pPr>
+        <w:pStyle w:val="paragraph"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="1B75E075">
         <w:rPr>
-          <w:rFonts w:ascii="Verdana" w:eastAsia="Calibri" w:hAnsi="Verdana" w:cs="Calibri"/>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">Information </w:t>
       </w:r>
-      <w:r w:rsidR="002B3AD4" w:rsidRPr="1B75E075">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Verdana" w:eastAsia="Calibri" w:hAnsi="Verdana" w:cs="Calibri"/>
+      <w:r w:rsidRPr="1B75E075" w:rsidR="002B3AD4">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>som behövs för</w:t>
       </w:r>
-      <w:r w:rsidR="00EA6065" w:rsidRPr="1B75E075">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Verdana" w:eastAsia="Calibri" w:hAnsi="Verdana" w:cs="Calibri"/>
+      <w:r w:rsidRPr="1B75E075" w:rsidR="00EA6065">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> godkännande</w:t>
       </w:r>
-      <w:r w:rsidR="00DB02D5" w:rsidRPr="1B75E075">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Verdana" w:eastAsia="Calibri" w:hAnsi="Verdana" w:cs="Calibri"/>
+      <w:r w:rsidRPr="1B75E075" w:rsidR="00DB02D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>t</w:t>
       </w:r>
-      <w:r w:rsidR="28D5112B" w:rsidRPr="1B75E075">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Verdana" w:eastAsia="Calibri" w:hAnsi="Verdana" w:cs="Calibri"/>
+      <w:r w:rsidRPr="1B75E075" w:rsidR="28D5112B">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> i SOFIA STYR</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3AB7F501" w14:textId="333C6E1E" w:rsidR="74159DDA" w:rsidRPr="005C4AC0" w:rsidRDefault="74159DDA" w:rsidP="00DB02D5">
+    <w:p w:rsidRPr="005C4AC0" w:rsidR="74159DDA" w:rsidP="00DB02D5" w:rsidRDefault="74159DDA" w14:paraId="3AB7F501" w14:textId="333C6E1E">
       <w:pPr>
         <w:pStyle w:val="paragraph"/>
         <w:spacing w:before="240" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:rPr>
-          <w:rFonts w:ascii="Georgia" w:eastAsia="Calibri" w:hAnsi="Georgia" w:cs="Calibri"/>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="005C4AC0">
         <w:rPr>
-          <w:rFonts w:ascii="Georgia" w:eastAsia="Calibri" w:hAnsi="Georgia" w:cs="Calibri"/>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t xml:space="preserve">För </w:t>
       </w:r>
       <w:r w:rsidR="00403A55">
         <w:rPr>
-          <w:rFonts w:ascii="Georgia" w:eastAsia="Calibri" w:hAnsi="Georgia" w:cs="Calibri"/>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>godkännande</w:t>
       </w:r>
       <w:r w:rsidR="006353EB">
         <w:rPr>
-          <w:rFonts w:ascii="Georgia" w:eastAsia="Calibri" w:hAnsi="Georgia" w:cs="Calibri"/>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t xml:space="preserve"> av</w:t>
       </w:r>
       <w:r w:rsidRPr="005C4AC0">
         <w:rPr>
-          <w:rFonts w:ascii="Georgia" w:eastAsia="Calibri" w:hAnsi="Georgia" w:cs="Calibri"/>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t xml:space="preserve"> styrande dokument inom hälso- och sjukvård i VGR krävs </w:t>
       </w:r>
       <w:r w:rsidR="00803168">
         <w:rPr>
-          <w:rFonts w:ascii="Georgia" w:eastAsia="Calibri" w:hAnsi="Georgia" w:cs="Calibri"/>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t xml:space="preserve">godkännande från </w:t>
       </w:r>
       <w:r w:rsidRPr="005C4AC0">
         <w:rPr>
-          <w:rFonts w:ascii="Georgia" w:eastAsia="Calibri" w:hAnsi="Georgia" w:cs="Calibri"/>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>tre personer</w:t>
       </w:r>
       <w:r w:rsidR="00745430">
         <w:rPr>
-          <w:rFonts w:ascii="Georgia" w:eastAsia="Calibri" w:hAnsi="Georgia" w:cs="Calibri"/>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t xml:space="preserve"> (roller)</w:t>
       </w:r>
       <w:r w:rsidR="00803168">
         <w:rPr>
-          <w:rFonts w:ascii="Georgia" w:eastAsia="Calibri" w:hAnsi="Georgia" w:cs="Calibri"/>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
       <w:r w:rsidR="00745430">
         <w:rPr>
-          <w:rFonts w:ascii="Georgia" w:eastAsia="Calibri" w:hAnsi="Georgia" w:cs="Calibri"/>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>Rollerna är</w:t>
       </w:r>
       <w:r w:rsidR="001E31F8">
         <w:rPr>
-          <w:rFonts w:ascii="Georgia" w:eastAsia="Calibri" w:hAnsi="Georgia" w:cs="Calibri"/>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="6ADDF06C" w:rsidRPr="005C4AC0">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Georgia" w:eastAsia="Calibri" w:hAnsi="Georgia" w:cs="Calibri"/>
+      <w:r w:rsidRPr="005C4AC0" w:rsidR="6ADDF06C">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>i</w:t>
       </w:r>
       <w:r w:rsidRPr="005C4AC0">
         <w:rPr>
-          <w:rFonts w:ascii="Georgia" w:eastAsia="Calibri" w:hAnsi="Georgia" w:cs="Calibri"/>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>nnehållsansvarig, granskare och beslutsfattare.</w:t>
       </w:r>
       <w:r w:rsidR="005A0E95">
         <w:rPr>
-          <w:rFonts w:ascii="Georgia" w:eastAsia="Calibri" w:hAnsi="Georgia" w:cs="Calibri"/>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t xml:space="preserve"> Läs mer om roller här: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId7" w:history="1">
-        <w:r w:rsidR="005A0E95" w:rsidRPr="005A0E95">
+      <w:hyperlink w:history="1" r:id="rId7">
+        <w:r w:rsidRPr="005A0E95" w:rsidR="005A0E95">
           <w:rPr>
             <w:rStyle w:val="Hyperlnk"/>
-            <w:rFonts w:ascii="Georgia" w:eastAsia="Calibri" w:hAnsi="Georgia" w:cs="Calibri"/>
+            <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia" w:eastAsia="Calibri" w:cs="Calibri"/>
           </w:rPr>
           <w:t>7.3 Processroller - SOFIA</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="3DF9AEAC" w14:textId="0C0624CB" w:rsidR="640A1B73" w:rsidRPr="005C4AC0" w:rsidRDefault="640A1B73" w:rsidP="640A1B73">
+    <w:p w:rsidRPr="005C4AC0" w:rsidR="640A1B73" w:rsidP="640A1B73" w:rsidRDefault="640A1B73" w14:paraId="3DF9AEAC" w14:textId="0C0624CB">
       <w:pPr>
         <w:pStyle w:val="paragraph"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia" w:cstheme="minorBidi"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="418B6AF7" w14:textId="536B0CAD" w:rsidR="328C3F90" w:rsidRPr="005C4AC0" w:rsidRDefault="328C3F90" w:rsidP="01718357">
-[...6 lines deleted...]
-          <w:bCs/>
+    <w:p w:rsidRPr="005C4AC0" w:rsidR="328C3F90" w:rsidP="01718357" w:rsidRDefault="328C3F90" w14:paraId="418B6AF7" w14:textId="536B0CAD">
+      <w:pPr>
+        <w:pStyle w:val="paragraph"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia" w:eastAsia="Calibri" w:cs="Calibri"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="27BDDFE1" w:rsidR="328C3F90">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia" w:eastAsia="Calibri" w:cs="Calibri"/>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
+          <w:color w:val="000000" w:themeColor="text1" w:themeTint="FF" w:themeShade="FF"/>
+        </w:rPr>
+        <w:t>Innehållsansvarig</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="43C66E21" w:rsidP="27BDDFE1" w:rsidRDefault="43C66E21" w14:paraId="2A9ED889" w14:textId="5889B19F">
+      <w:pPr>
+        <w:pStyle w:val="paragraph"/>
+        <w:spacing w:before="0" w:beforeAutospacing="off" w:after="0" w:afterAutospacing="off"/>
+      </w:pPr>
+      <w:r w:rsidRPr="27BDDFE1" w:rsidR="43C66E21">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia" w:eastAsia="Georgia" w:cs="Georgia"/>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:caps w:val="0"/>
+          <w:smallCaps w:val="0"/>
+          <w:noProof w:val="0"/>
+          <w:color w:val="000000" w:themeColor="text1" w:themeTint="FF" w:themeShade="FF"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="sv-SE"/>
+        </w:rPr>
+        <w:t xml:space="preserve">När det gäller regionala medicinska riktlinjer (RMR) innehas den innehållsansvariga funktionen oftast av ett samordningsråd (SOR) eller regionalt programområde (RPO). Eftersom SOFIA STYR kräver att en person tar rollen som innehållsansvarig anges oftast ordförandes namn. För regionala rutiner är SOR:s ordförande beslutsfattare varför rollen som innehållsansvarig kan vara till exempel det regionala processteamets (RPT) ordförande, eller annan person i författargruppen.  </w:t>
+      </w:r>
+      <w:r w:rsidRPr="27BDDFE1" w:rsidR="43C66E21">
+        <w:rPr>
+          <w:noProof w:val="0"/>
+          <w:lang w:val="sv-SE"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidRPr="005C4AC0" w:rsidR="4EEE175A" w:rsidP="4EEE175A" w:rsidRDefault="4EEE175A" w14:paraId="34C091C0" w14:textId="31095582">
+      <w:pPr>
+        <w:pStyle w:val="paragraph"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia" w:eastAsia="Calibri" w:cs="Calibri"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidRPr="005C4AC0" w:rsidR="328C3F90" w:rsidP="30035CC1" w:rsidRDefault="645AFC91" w14:paraId="3D80DDA7" w14:textId="324E05B8">
+      <w:pPr>
+        <w:pStyle w:val="paragraph"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="005C4AC0">
         <w:rPr>
-          <w:rFonts w:ascii="Georgia" w:eastAsia="Calibri" w:hAnsi="Georgia" w:cs="Calibri"/>
-[...116 lines deleted...]
-          <w:rFonts w:ascii="Georgia" w:eastAsia="Calibri" w:hAnsi="Georgia" w:cs="Calibri"/>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia" w:eastAsia="Calibri" w:cs="Calibri"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>G</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005C4AC0" w:rsidR="328C3F90">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia" w:eastAsia="Calibri" w:cs="Calibri"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ranskare </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidRPr="005C4AC0" w:rsidR="328C3F90" w:rsidP="0CBAAF0F" w:rsidRDefault="328C3F90" w14:paraId="6418CF50" w14:textId="69EF18D9">
+      <w:pPr>
+        <w:pStyle w:val="paragraph"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="005C4AC0">
         <w:rPr>
-          <w:rFonts w:ascii="Georgia" w:eastAsia="Calibri" w:hAnsi="Georgia" w:cs="Calibri"/>
-[...27 lines deleted...]
-          <w:rFonts w:ascii="Georgia" w:eastAsia="Calibri" w:hAnsi="Georgia" w:cs="Calibri"/>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">Ange namn och e-post till den som ska granska det styrande dokumentet. </w:t>
       </w:r>
       <w:r w:rsidR="005613DF">
         <w:rPr>
-          <w:rFonts w:ascii="Georgia" w:eastAsia="Calibri" w:hAnsi="Georgia" w:cs="Calibri"/>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t xml:space="preserve">Rollen som </w:t>
       </w:r>
       <w:r w:rsidRPr="005C4AC0">
         <w:rPr>
-          <w:rFonts w:ascii="Georgia" w:eastAsia="Calibri" w:hAnsi="Georgia" w:cs="Calibri"/>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t xml:space="preserve">granskare kan </w:t>
       </w:r>
       <w:r w:rsidR="005613DF">
         <w:rPr>
-          <w:rFonts w:ascii="Georgia" w:eastAsia="Calibri" w:hAnsi="Georgia" w:cs="Calibri"/>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>innehas av</w:t>
       </w:r>
       <w:r w:rsidRPr="005C4AC0">
         <w:rPr>
-          <w:rFonts w:ascii="Georgia" w:eastAsia="Calibri" w:hAnsi="Georgia" w:cs="Calibri"/>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t xml:space="preserve"> en delförfattare eller en person som är sakkunnig på det aktuella området. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="31835DF2" w14:textId="1C7BF134" w:rsidR="4D637BD1" w:rsidRPr="005C4AC0" w:rsidRDefault="4D637BD1" w:rsidP="4D637BD1">
-[...14 lines deleted...]
-          <w:rFonts w:ascii="Georgia" w:eastAsia="Calibri" w:hAnsi="Georgia" w:cs="Calibri"/>
+    <w:p w:rsidRPr="005C4AC0" w:rsidR="4D637BD1" w:rsidP="4D637BD1" w:rsidRDefault="4D637BD1" w14:paraId="31835DF2" w14:textId="1C7BF134">
+      <w:pPr>
+        <w:pStyle w:val="paragraph"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia" w:eastAsia="Calibri" w:cs="Calibri"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="09E05D6B" w:rsidP="4D637BD1" w:rsidRDefault="09E05D6B" w14:paraId="0798385C" w14:textId="2D5F8463">
+      <w:pPr>
+        <w:pStyle w:val="paragraph"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="005C4AC0">
         <w:rPr>
-          <w:rFonts w:ascii="Georgia" w:eastAsia="Calibri" w:hAnsi="Georgia" w:cs="Calibri"/>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>Beslutsfattare</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7094A155" w14:textId="1CA482EC" w:rsidR="00AE60F6" w:rsidRDefault="005613DF" w:rsidP="00AE60F6">
-[...4 lines deleted...]
-          <w:rFonts w:ascii="Georgia" w:eastAsia="Calibri" w:hAnsi="Georgia" w:cs="Calibri"/>
+    <w:p w:rsidR="00AE60F6" w:rsidP="00AE60F6" w:rsidRDefault="005613DF" w14:paraId="7094A155" w14:textId="1CA482EC">
+      <w:pPr>
+        <w:pStyle w:val="paragraph"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Georgia" w:eastAsia="Calibri" w:hAnsi="Georgia" w:cs="Calibri"/>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t xml:space="preserve">Rollen som beslutsfattare </w:t>
       </w:r>
       <w:r w:rsidR="001E3B94">
         <w:rPr>
-          <w:rFonts w:ascii="Georgia" w:eastAsia="Calibri" w:hAnsi="Georgia" w:cs="Calibri"/>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>s</w:t>
       </w:r>
       <w:r w:rsidR="00B5193A">
         <w:rPr>
-          <w:rFonts w:ascii="Georgia" w:eastAsia="Calibri" w:hAnsi="Georgia" w:cs="Calibri"/>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t xml:space="preserve">kiljer sig åt mellan rutiner och riktlinjer:  </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="65E07FD3" w14:textId="77777777" w:rsidR="00AE60F6" w:rsidRPr="005C4AC0" w:rsidRDefault="00AE60F6" w:rsidP="4D637BD1">
-[...11 lines deleted...]
-    <w:p w14:paraId="4416FE0E" w14:textId="7B3ED222" w:rsidR="328C3F90" w:rsidRPr="005C4AC0" w:rsidRDefault="1BAEE60A" w:rsidP="00EF0556">
+    <w:p w:rsidRPr="005C4AC0" w:rsidR="00AE60F6" w:rsidP="4D637BD1" w:rsidRDefault="00AE60F6" w14:paraId="65E07FD3" w14:textId="77777777">
+      <w:pPr>
+        <w:pStyle w:val="paragraph"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia" w:eastAsia="Calibri" w:cs="Calibri"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidRPr="005C4AC0" w:rsidR="328C3F90" w:rsidP="00EF0556" w:rsidRDefault="1BAEE60A" w14:paraId="4416FE0E" w14:textId="7B3ED222">
       <w:pPr>
         <w:pStyle w:val="paragraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="2"/>
         </w:numPr>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="276" w:lineRule="auto"/>
         <w:rPr>
-          <w:rFonts w:ascii="Georgia" w:eastAsia="Calibri" w:hAnsi="Georgia" w:cs="Calibri"/>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="35A9E03A">
         <w:rPr>
-          <w:rFonts w:ascii="Georgia" w:eastAsia="Calibri" w:hAnsi="Georgia" w:cs="Calibri"/>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>R</w:t>
       </w:r>
-      <w:r w:rsidR="328C3F90" w:rsidRPr="35A9E03A">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Georgia" w:eastAsia="Calibri" w:hAnsi="Georgia" w:cs="Calibri"/>
+      <w:r w:rsidRPr="35A9E03A" w:rsidR="328C3F90">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>egionala rutiner</w:t>
       </w:r>
-      <w:r w:rsidR="132E3F60" w:rsidRPr="35A9E03A">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Georgia" w:eastAsia="Calibri" w:hAnsi="Georgia" w:cs="Calibri"/>
+      <w:r w:rsidRPr="35A9E03A" w:rsidR="132E3F60">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t xml:space="preserve"> beslutas av</w:t>
       </w:r>
-      <w:r w:rsidR="1B97CD43" w:rsidRPr="35A9E03A">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Georgia" w:eastAsia="Calibri" w:hAnsi="Georgia" w:cs="Calibri"/>
+      <w:r w:rsidRPr="35A9E03A" w:rsidR="1B97CD43">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="328C3F90" w:rsidRPr="35A9E03A">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Georgia" w:eastAsia="Calibri" w:hAnsi="Georgia" w:cs="Calibri"/>
+      <w:r w:rsidRPr="35A9E03A" w:rsidR="328C3F90">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t xml:space="preserve">ordförande i samordningsrådet (eller person med </w:t>
       </w:r>
-      <w:r w:rsidR="16680E81" w:rsidRPr="35A9E03A">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Georgia" w:eastAsia="Calibri" w:hAnsi="Georgia" w:cs="Calibri"/>
+      <w:r w:rsidRPr="35A9E03A" w:rsidR="16680E81">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t xml:space="preserve">motsvarande </w:t>
       </w:r>
-      <w:r w:rsidR="328C3F90" w:rsidRPr="35A9E03A">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Georgia" w:eastAsia="Calibri" w:hAnsi="Georgia" w:cs="Calibri"/>
+      <w:r w:rsidRPr="35A9E03A" w:rsidR="328C3F90">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>funktionsansvar)</w:t>
       </w:r>
-      <w:r w:rsidR="6CF2D850" w:rsidRPr="35A9E03A">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Georgia" w:eastAsia="Calibri" w:hAnsi="Georgia" w:cs="Calibri"/>
+      <w:r w:rsidRPr="35A9E03A" w:rsidR="6CF2D850">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4B394ABB" w14:textId="6C0C028A" w:rsidR="328C3F90" w:rsidRDefault="00455863" w:rsidP="00EF0556">
+    <w:p w:rsidR="328C3F90" w:rsidP="00EF0556" w:rsidRDefault="00455863" w14:paraId="4B394ABB" w14:textId="6C0C028A">
       <w:pPr>
         <w:pStyle w:val="paragraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="2"/>
         </w:numPr>
         <w:spacing w:before="240" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="276" w:lineRule="auto"/>
         <w:rPr>
-          <w:rFonts w:ascii="Georgia" w:eastAsia="Calibri" w:hAnsi="Georgia" w:cs="Calibri"/>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="14D1B1B0">
         <w:rPr>
-          <w:rFonts w:ascii="Georgia" w:eastAsia="Calibri" w:hAnsi="Georgia" w:cs="Calibri"/>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>R</w:t>
       </w:r>
-      <w:r w:rsidR="328C3F90" w:rsidRPr="14D1B1B0">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Georgia" w:eastAsia="Calibri" w:hAnsi="Georgia" w:cs="Calibri"/>
+      <w:r w:rsidRPr="14D1B1B0" w:rsidR="328C3F90">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>egionala medicinska riktlinjer</w:t>
       </w:r>
-      <w:r w:rsidR="156718C6" w:rsidRPr="14D1B1B0">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Georgia" w:eastAsia="Calibri" w:hAnsi="Georgia" w:cs="Calibri"/>
+      <w:r w:rsidRPr="14D1B1B0" w:rsidR="156718C6">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t xml:space="preserve"> beslutas av</w:t>
       </w:r>
-      <w:r w:rsidR="328C3F90" w:rsidRPr="14D1B1B0">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Georgia" w:eastAsia="Calibri" w:hAnsi="Georgia" w:cs="Calibri"/>
+      <w:r w:rsidRPr="14D1B1B0" w:rsidR="328C3F90">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t xml:space="preserve"> hälso- och sjukvårdsutvecklingsdirektören.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1214B02A" w14:textId="071F25AD" w:rsidR="00B5193A" w:rsidRPr="005C4AC0" w:rsidRDefault="00B5193A" w:rsidP="00B5193A">
+    <w:p w:rsidRPr="005C4AC0" w:rsidR="00B5193A" w:rsidP="00B5193A" w:rsidRDefault="00B5193A" w14:paraId="1214B02A" w14:textId="071F25AD">
       <w:pPr>
         <w:pStyle w:val="paragraph"/>
         <w:spacing w:before="240" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="276" w:lineRule="auto"/>
         <w:rPr>
-          <w:rFonts w:ascii="Georgia" w:eastAsia="Calibri" w:hAnsi="Georgia" w:cs="Calibri"/>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Georgia" w:eastAsia="Calibri" w:hAnsi="Georgia" w:cs="Calibri"/>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>Ange namnet på den aktuella beslutsfattaren.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="06C951C7" w14:textId="77777777" w:rsidR="004B2FFD" w:rsidRPr="005C4AC0" w:rsidRDefault="004B2FFD" w:rsidP="004B2FFD">
+    <w:p w:rsidRPr="005C4AC0" w:rsidR="004B2FFD" w:rsidP="004B2FFD" w:rsidRDefault="004B2FFD" w14:paraId="06C951C7" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="paragraph"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia" w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="6F16E883" w14:textId="77777777" w:rsidR="005F2C08" w:rsidRDefault="005F2C08" w:rsidP="119B968E">
+    <w:p w:rsidR="005F2C08" w:rsidP="119B968E" w:rsidRDefault="005F2C08" w14:paraId="6F16E883" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="paragraph"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia" w:cstheme="minorBidi"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="0" w:name="_Hlk181875930"/>
-[...1 lines deleted...]
-    <w:p w14:paraId="7452E2E2" w14:textId="207CCED1" w:rsidR="004B2FFD" w:rsidRPr="00DB02D5" w:rsidRDefault="00EA6065" w:rsidP="119B968E">
+      <w:bookmarkStart w:name="_Hlk181875930" w:id="0"/>
+    </w:p>
+    <w:p w:rsidRPr="00DB02D5" w:rsidR="004B2FFD" w:rsidP="119B968E" w:rsidRDefault="00EA6065" w14:paraId="7452E2E2" w14:textId="207CCED1">
       <w:pPr>
         <w:pStyle w:val="paragraph"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cstheme="minorBidi"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00DB02D5">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cstheme="minorBidi"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">Innan skrivarbetet startar – ta del av följande </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2F5957C6" w14:textId="77777777" w:rsidR="005C4AC0" w:rsidRPr="005C4AC0" w:rsidRDefault="005C4AC0" w:rsidP="119B968E">
+    <w:p w:rsidRPr="005C4AC0" w:rsidR="005C4AC0" w:rsidP="119B968E" w:rsidRDefault="005C4AC0" w14:paraId="2F5957C6" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="paragraph"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia" w:cstheme="minorBidi"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="2AD6DCA8" w14:textId="0EAF292D" w:rsidR="004B2FFD" w:rsidRPr="005C4AC0" w:rsidRDefault="005C4AC0" w:rsidP="00EF0556">
+    <w:p w:rsidRPr="005C4AC0" w:rsidR="004B2FFD" w:rsidP="00EF0556" w:rsidRDefault="005C4AC0" w14:paraId="2AD6DCA8" w14:textId="0EAF292D">
       <w:pPr>
         <w:pStyle w:val="paragraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="276" w:lineRule="auto"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia" w:cstheme="minorBidi"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="5AA10C35">
         <w:rPr>
           <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia" w:cstheme="minorBidi"/>
         </w:rPr>
         <w:t>Tillämpa</w:t>
       </w:r>
-      <w:r w:rsidR="004B2FFD" w:rsidRPr="5AA10C35">
+      <w:r w:rsidRPr="5AA10C35" w:rsidR="004B2FFD">
         <w:rPr>
           <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia" w:cstheme="minorBidi"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:hyperlink r:id="rId8">
-        <w:r w:rsidR="004B2FFD" w:rsidRPr="5AA10C35">
+        <w:r w:rsidRPr="5AA10C35" w:rsidR="004B2FFD">
           <w:rPr>
             <w:rStyle w:val="Hyperlnk"/>
             <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia" w:cstheme="minorBidi"/>
           </w:rPr>
           <w:t>Process och instruktioner för att ta fram styrande dokument</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidR="004B2FFD" w:rsidRPr="5AA10C35">
+      <w:r w:rsidRPr="5AA10C35" w:rsidR="004B2FFD">
         <w:rPr>
           <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia" w:cstheme="minorBidi"/>
         </w:rPr>
         <w:t xml:space="preserve">. Observera att detta regelverk måste följas för att det regionala styrande dokumentet ska kunna godkännas. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0FDBE9E2" w14:textId="1D60F034" w:rsidR="004B2FFD" w:rsidRPr="005C4AC0" w:rsidRDefault="00982D2B" w:rsidP="00EF0556">
+    <w:p w:rsidRPr="005C4AC0" w:rsidR="004B2FFD" w:rsidP="00EF0556" w:rsidRDefault="00982D2B" w14:paraId="0FDBE9E2" w14:textId="1D60F034">
       <w:pPr>
         <w:pStyle w:val="paragraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:spacing w:before="240" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="276" w:lineRule="auto"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia" w:cs="Calibri"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="5AA10C35">
         <w:rPr>
           <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia" w:cstheme="minorBidi"/>
         </w:rPr>
         <w:t>Observera att</w:t>
       </w:r>
-      <w:r w:rsidR="004B2FFD" w:rsidRPr="5AA10C35">
+      <w:r w:rsidRPr="5AA10C35" w:rsidR="004B2FFD">
         <w:rPr>
           <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia" w:cstheme="minorBidi"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="5AA10C35">
         <w:rPr>
           <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia" w:cstheme="minorBidi"/>
         </w:rPr>
         <w:t xml:space="preserve">skrivarbetet görs </w:t>
       </w:r>
-      <w:r w:rsidR="004B2FFD" w:rsidRPr="5AA10C35">
+      <w:r w:rsidRPr="5AA10C35" w:rsidR="004B2FFD">
         <w:rPr>
           <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia" w:cstheme="minorBidi"/>
         </w:rPr>
         <w:t xml:space="preserve">i en som delas från medicinsk redaktions yta. </w:t>
       </w:r>
       <w:r w:rsidR="001670E1">
         <w:rPr>
           <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia" w:cstheme="minorBidi"/>
         </w:rPr>
         <w:t>Alla</w:t>
       </w:r>
-      <w:r w:rsidR="004B2FFD" w:rsidRPr="5AA10C35">
+      <w:r w:rsidRPr="5AA10C35" w:rsidR="004B2FFD">
         <w:rPr>
           <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia" w:cstheme="minorBidi"/>
         </w:rPr>
         <w:t xml:space="preserve"> justeringar måste ske i denna fil</w:t>
       </w:r>
-      <w:r w:rsidR="005F2C08" w:rsidRPr="5AA10C35">
+      <w:r w:rsidRPr="5AA10C35" w:rsidR="005F2C08">
         <w:rPr>
           <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia" w:cstheme="minorBidi"/>
         </w:rPr>
         <w:t>, detta för att undvika att parallella dokument skapas</w:t>
       </w:r>
-      <w:r w:rsidR="004B2FFD" w:rsidRPr="5AA10C35">
+      <w:r w:rsidRPr="5AA10C35" w:rsidR="004B2FFD">
         <w:rPr>
           <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia" w:cstheme="minorBidi"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
       <w:bookmarkEnd w:id="0"/>
     </w:p>
-    <w:p w14:paraId="3F6A7B23" w14:textId="0EF6D2D6" w:rsidR="00E85043" w:rsidRPr="005C4AC0" w:rsidRDefault="00E85043">
+    <w:p w:rsidRPr="005C4AC0" w:rsidR="00E85043" w:rsidRDefault="00E85043" w14:paraId="3F6A7B23" w14:textId="0EF6D2D6">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="2E030F5F" w14:textId="467168C2" w:rsidR="00613332" w:rsidRPr="005C4AC0" w:rsidRDefault="00613332">
+    <w:p w:rsidRPr="005C4AC0" w:rsidR="00613332" w:rsidRDefault="00613332" w14:paraId="2E030F5F" w14:textId="467168C2">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="07CCABA1" w14:textId="51E0E819" w:rsidR="00613332" w:rsidRPr="005C4AC0" w:rsidRDefault="00613332">
+    <w:p w:rsidRPr="005C4AC0" w:rsidR="00613332" w:rsidRDefault="00613332" w14:paraId="07CCABA1" w14:textId="51E0E819">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="0CCF37E0" w14:textId="77777777" w:rsidR="00613332" w:rsidRPr="005C4AC0" w:rsidRDefault="00613332" w:rsidP="00613332">
+    <w:p w:rsidRPr="005C4AC0" w:rsidR="00613332" w:rsidP="00613332" w:rsidRDefault="00613332" w14:paraId="0CCF37E0" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="paragraph"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rStyle w:val="normaltextrun"/>
           <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia" w:cs="Calibri"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="6CA93CA2" w14:textId="77777777" w:rsidR="00613332" w:rsidRPr="005C4AC0" w:rsidRDefault="00613332" w:rsidP="00613332">
+    <w:p w:rsidRPr="005C4AC0" w:rsidR="00613332" w:rsidP="00613332" w:rsidRDefault="00613332" w14:paraId="6CA93CA2" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="paragraph"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rStyle w:val="normaltextrun"/>
           <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia" w:cs="Calibri"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="024DA015" w14:textId="77777777" w:rsidR="00613332" w:rsidRPr="005C4AC0" w:rsidRDefault="00613332" w:rsidP="00613332">
+    <w:p w:rsidRPr="005C4AC0" w:rsidR="00613332" w:rsidP="00613332" w:rsidRDefault="00613332" w14:paraId="024DA015" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="paragraph"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rStyle w:val="normaltextrun"/>
           <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia" w:cs="Calibri"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="3C34F228" w14:textId="77777777" w:rsidR="00613332" w:rsidRPr="005C4AC0" w:rsidRDefault="00613332">
+    <w:p w:rsidRPr="005C4AC0" w:rsidR="00613332" w:rsidRDefault="00613332" w14:paraId="3C34F228" w14:textId="77777777">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:sectPr w:rsidR="00613332" w:rsidRPr="005C4AC0" w:rsidSect="00C1254F">
+    <w:sectPr w:rsidRPr="005C4AC0" w:rsidR="00613332" w:rsidSect="00C1254F">
       <w:headerReference w:type="default" r:id="rId9"/>
-      <w:pgSz w:w="11900" w:h="16840"/>
+      <w:pgSz w:w="11900" w:h="16840" w:orient="portrait"/>
       <w:pgMar w:top="1417" w:right="1417" w:bottom="993" w:left="1417" w:header="708" w:footer="708" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="17F11E75" w14:textId="77777777" w:rsidR="00684F57" w:rsidRDefault="00684F57" w:rsidP="004365DF">
+    <w:p w:rsidR="00684F57" w:rsidP="004365DF" w:rsidRDefault="00684F57" w14:paraId="17F11E75" w14:textId="77777777">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="2609ED77" w14:textId="77777777" w:rsidR="00684F57" w:rsidRDefault="00684F57" w:rsidP="004365DF">
+    <w:p w:rsidR="00684F57" w:rsidP="004365DF" w:rsidRDefault="00684F57" w14:paraId="2609ED77" w14:textId="77777777">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationNotice" w:id="1">
-    <w:p w14:paraId="067A9D28" w14:textId="77777777" w:rsidR="00684F57" w:rsidRDefault="00684F57"/>
+    <w:p w:rsidR="00684F57" w:rsidRDefault="00684F57" w14:paraId="067A9D28" w14:textId="77777777"/>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
@@ -1696,72 +1632,72 @@
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000287" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="0000009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Segoe UI">
     <w:panose1 w:val="020B0502040204020203"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C000E47F" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="0822F619" w14:textId="77777777" w:rsidR="00684F57" w:rsidRDefault="00684F57" w:rsidP="004365DF">
+    <w:p w:rsidR="00684F57" w:rsidP="004365DF" w:rsidRDefault="00684F57" w14:paraId="0822F619" w14:textId="77777777">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="1F85DF33" w14:textId="77777777" w:rsidR="00684F57" w:rsidRDefault="00684F57" w:rsidP="004365DF">
+    <w:p w:rsidR="00684F57" w:rsidP="004365DF" w:rsidRDefault="00684F57" w14:paraId="1F85DF33" w14:textId="77777777">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationNotice" w:id="1">
-    <w:p w14:paraId="6F3CD024" w14:textId="77777777" w:rsidR="00684F57" w:rsidRDefault="00684F57"/>
+    <w:p w:rsidR="00684F57" w:rsidRDefault="00684F57" w14:paraId="6F3CD024" w14:textId="77777777"/>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
-  <w:p w14:paraId="3CAB3EA8" w14:textId="6FBF9470" w:rsidR="004365DF" w:rsidRDefault="006464C9">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w:rsidR="004365DF" w:rsidRDefault="006464C9" w14:paraId="3CAB3EA8" w14:textId="6FBF9470">
     <w:pPr>
       <w:pStyle w:val="Sidhuvud"/>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:noProof/>
       </w:rPr>
       <w:drawing>
         <wp:anchor distT="0" distB="252095" distL="114300" distR="114300" simplePos="0" relativeHeight="251658240" behindDoc="1" locked="1" layoutInCell="1" allowOverlap="0" wp14:anchorId="23AE7CB5" wp14:editId="7C813340">
           <wp:simplePos x="0" y="0"/>
           <wp:positionH relativeFrom="page">
             <wp:posOffset>439420</wp:posOffset>
           </wp:positionH>
           <wp:positionV relativeFrom="page">
             <wp:posOffset>344805</wp:posOffset>
           </wp:positionV>
           <wp:extent cx="6634480" cy="956945"/>
           <wp:effectExtent l="0" t="0" r="0" b="0"/>
           <wp:wrapTopAndBottom/>
           <wp:docPr id="1406635850" name="Bildobjekt 1">
             <a:extLst xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:ext uri="{C183D7F6-B498-43B3-948B-1728B52AA6E4}">
                 <adec:decorative xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" val="1"/>
               </a:ext>
             </a:extLst>
@@ -1812,260 +1748,260 @@
           <wp14:sizeRelV relativeFrom="margin">
             <wp14:pctHeight>0</wp14:pctHeight>
           </wp14:sizeRelV>
         </wp:anchor>
       </w:drawing>
     </w:r>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="31912602"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="D4B0E040"/>
     <w:lvl w:ilvl="0" w:tplc="95E4BACA">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="7A1CFD6A">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="9A2884CC">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="E91681C0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="4" w:tplc="2BCE044A">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="5" w:tplc="E2800E36">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="6" w:tplc="A5DEE608">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="4C224DBC">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="A31AC98E">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="1" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="5834ACE5"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="E4761798"/>
     <w:lvl w:ilvl="0" w:tplc="7D9EADD6">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="5C08203E">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="5C742EFA">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="9ADEE27E">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="4" w:tplc="AD82FBF4">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="5" w:tplc="6388DC88">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="6" w:tplc="0F2A1756">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="C59A4E6A">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="99FA710E">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="2" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="6BBF3A71"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="A18C08C4"/>
     <w:lvl w:ilvl="0" w:tplc="C3B8F7A2">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="B538A620" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
@@ -2128,51 +2064,52 @@
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1" w16cid:durableId="1085496973">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="2" w16cid:durableId="200287798">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="3" w16cid:durableId="1386686105">
     <w:abstractNumId w:val="2"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:zoom w:percent="100"/>
   <w:removePersonalInformation/>
   <w:removeDateAndTime/>
-  <w:proofState w:spelling="clean" w:grammar="clean"/>
+  <w:proofState w:spelling="clean" w:grammar="dirty"/>
+  <w:trackRevisions w:val="false"/>
   <w:defaultTabStop w:val="1304"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
     <w:footnote w:id="1"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
     <w:endnote w:id="1"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
@@ -2540,79 +2477,81 @@
     <w:rsid w:val="0D9109FD"/>
     <w:rsid w:val="0F058211"/>
     <w:rsid w:val="0F1AD662"/>
     <w:rsid w:val="0F8BD285"/>
     <w:rsid w:val="119B968E"/>
     <w:rsid w:val="132E3F60"/>
     <w:rsid w:val="13D8F334"/>
     <w:rsid w:val="14D1B1B0"/>
     <w:rsid w:val="156718C6"/>
     <w:rsid w:val="1569BADD"/>
     <w:rsid w:val="159456CD"/>
     <w:rsid w:val="16680E81"/>
     <w:rsid w:val="18F84621"/>
     <w:rsid w:val="1B75E075"/>
     <w:rsid w:val="1B97CD43"/>
     <w:rsid w:val="1BAEE60A"/>
     <w:rsid w:val="1C04FF62"/>
     <w:rsid w:val="1C986E33"/>
     <w:rsid w:val="1F6720E4"/>
     <w:rsid w:val="201BA985"/>
     <w:rsid w:val="203B76F8"/>
     <w:rsid w:val="206089BE"/>
     <w:rsid w:val="2147F78D"/>
     <w:rsid w:val="245E3215"/>
     <w:rsid w:val="2699227E"/>
+    <w:rsid w:val="27BDDFE1"/>
     <w:rsid w:val="28D5112B"/>
     <w:rsid w:val="28FFB430"/>
     <w:rsid w:val="295310C2"/>
     <w:rsid w:val="2A029B32"/>
     <w:rsid w:val="2A346EDF"/>
     <w:rsid w:val="2AFC3BF4"/>
     <w:rsid w:val="2B301B2E"/>
     <w:rsid w:val="2B8861C7"/>
     <w:rsid w:val="2BB6E482"/>
     <w:rsid w:val="30035CC1"/>
     <w:rsid w:val="31C04503"/>
     <w:rsid w:val="328C3F90"/>
     <w:rsid w:val="34B40311"/>
     <w:rsid w:val="3558A16F"/>
     <w:rsid w:val="35A9E03A"/>
     <w:rsid w:val="39AB7B44"/>
     <w:rsid w:val="39BB3407"/>
     <w:rsid w:val="39EF0C3F"/>
     <w:rsid w:val="39F79B60"/>
     <w:rsid w:val="39FC572C"/>
     <w:rsid w:val="3A756508"/>
     <w:rsid w:val="3AAC2180"/>
     <w:rsid w:val="3BB19DDA"/>
     <w:rsid w:val="3E8EA52A"/>
     <w:rsid w:val="3F2A9287"/>
     <w:rsid w:val="3FEC37E9"/>
     <w:rsid w:val="427231F6"/>
     <w:rsid w:val="429D49A6"/>
     <w:rsid w:val="4364FBB5"/>
+    <w:rsid w:val="43C66E21"/>
     <w:rsid w:val="4483CBAA"/>
     <w:rsid w:val="46CCE6AF"/>
     <w:rsid w:val="47DADA45"/>
     <w:rsid w:val="481E771A"/>
     <w:rsid w:val="4871E3B1"/>
     <w:rsid w:val="497FB991"/>
     <w:rsid w:val="4B0EC5BF"/>
     <w:rsid w:val="4D637BD1"/>
     <w:rsid w:val="4EEE175A"/>
     <w:rsid w:val="51F686F2"/>
     <w:rsid w:val="538BF1FF"/>
     <w:rsid w:val="5395A25D"/>
     <w:rsid w:val="561A76AA"/>
     <w:rsid w:val="578BEF08"/>
     <w:rsid w:val="58A71F85"/>
     <w:rsid w:val="58B87FC4"/>
     <w:rsid w:val="5AA10C35"/>
     <w:rsid w:val="5BCA57CB"/>
     <w:rsid w:val="5BFBCED6"/>
     <w:rsid w:val="5C849BDE"/>
     <w:rsid w:val="5CF4B929"/>
     <w:rsid w:val="5D0AB2B9"/>
     <w:rsid w:val="6084EBCE"/>
     <w:rsid w:val="609A81EF"/>
     <w:rsid w:val="60E12332"/>
@@ -2667,127 +2606,127 @@
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="sv-SE"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="2"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
   <w14:docId w14:val="16116407"/>
   <w14:defaultImageDpi w14:val="32767"/>
   <w15:chartTrackingRefBased/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
-        <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+        <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:kern w:val="2"/>
         <w:sz w:val="24"/>
         <w:szCs w:val="24"/>
         <w:lang w:val="sv-SE" w:eastAsia="en-US" w:bidi="ar-SA"/>
         <w14:ligatures w14:val="standardContextual"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault/>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
-    <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
-[...6 lines deleted...]
-    <w:lsdException w:name="heading 9" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 2" w:uiPriority="9" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 3" w:uiPriority="9" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 4" w:uiPriority="9" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 5" w:uiPriority="9" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 6" w:uiPriority="9" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 7" w:uiPriority="9" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 8" w:uiPriority="9" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 9" w:uiPriority="9" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="index 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 9" w:semiHidden="1" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="toc 1" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
-[...7 lines deleted...]
-    <w:lsdException w:name="toc 9" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 1" w:uiPriority="39" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 2" w:uiPriority="39" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 3" w:uiPriority="39" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 4" w:uiPriority="39" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 5" w:uiPriority="39" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 6" w:uiPriority="39" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 7" w:uiPriority="39" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 8" w:uiPriority="39" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 9" w:uiPriority="39" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Normal Indent" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="footnote text" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="annotation text" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="header" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="footer" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index heading" w:semiHidden="1" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="caption" w:semiHidden="1" w:uiPriority="35" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="caption" w:uiPriority="35" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="table of figures" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="envelope address" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="envelope return" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="footnote reference" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="annotation reference" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="line number" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="page number" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="endnote reference" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="endnote text" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="table of authorities" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="macro" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toa heading" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Bullet" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Number" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Bullet 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Bullet 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Bullet 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Bullet 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Number 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Number 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Number 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Number 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Title" w:uiPriority="10" w:qFormat="1"/>
     <w:lsdException w:name="Closing" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Signature" w:semiHidden="1" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="Default Paragraph Font" w:semiHidden="1" w:uiPriority="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text Indent" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Continue" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Continue 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Continue 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Continue 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Continue 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Message Header" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Subtitle" w:uiPriority="11" w:qFormat="1"/>
     <w:lsdException w:name="Salutation" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Date" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text First Indent" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text First Indent 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Note Heading" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text Indent 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text Indent 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Block Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="FollowedHyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Strong" w:uiPriority="22" w:qFormat="1"/>
     <w:lsdException w:name="Emphasis" w:uiPriority="20" w:qFormat="1"/>
     <w:lsdException w:name="Document Map" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Plain Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
@@ -2943,52 +2882,52 @@
     <w:lsdException w:name="Medium Grid 2 Accent 5" w:uiPriority="68"/>
     <w:lsdException w:name="Medium Grid 3 Accent 5" w:uiPriority="69"/>
     <w:lsdException w:name="Dark List Accent 5" w:uiPriority="70"/>
     <w:lsdException w:name="Colorful Shading Accent 5" w:uiPriority="71"/>
     <w:lsdException w:name="Colorful List Accent 5" w:uiPriority="72"/>
     <w:lsdException w:name="Colorful Grid Accent 5" w:uiPriority="73"/>
     <w:lsdException w:name="Light Shading Accent 6" w:uiPriority="60"/>
     <w:lsdException w:name="Light List Accent 6" w:uiPriority="61"/>
     <w:lsdException w:name="Light Grid Accent 6" w:uiPriority="62"/>
     <w:lsdException w:name="Medium Shading 1 Accent 6" w:uiPriority="63"/>
     <w:lsdException w:name="Medium Shading 2 Accent 6" w:uiPriority="64"/>
     <w:lsdException w:name="Medium List 1 Accent 6" w:uiPriority="65"/>
     <w:lsdException w:name="Medium List 2 Accent 6" w:uiPriority="66"/>
     <w:lsdException w:name="Medium Grid 1 Accent 6" w:uiPriority="67"/>
     <w:lsdException w:name="Medium Grid 2 Accent 6" w:uiPriority="68"/>
     <w:lsdException w:name="Medium Grid 3 Accent 6" w:uiPriority="69"/>
     <w:lsdException w:name="Dark List Accent 6" w:uiPriority="70"/>
     <w:lsdException w:name="Colorful Shading Accent 6" w:uiPriority="71"/>
     <w:lsdException w:name="Colorful List Accent 6" w:uiPriority="72"/>
     <w:lsdException w:name="Colorful Grid Accent 6" w:uiPriority="73"/>
     <w:lsdException w:name="Subtle Emphasis" w:uiPriority="19" w:qFormat="1"/>
     <w:lsdException w:name="Intense Emphasis" w:uiPriority="21" w:qFormat="1"/>
     <w:lsdException w:name="Subtle Reference" w:uiPriority="31" w:qFormat="1"/>
     <w:lsdException w:name="Intense Reference" w:uiPriority="32" w:qFormat="1"/>
     <w:lsdException w:name="Book Title" w:uiPriority="33" w:qFormat="1"/>
-    <w:lsdException w:name="Bibliography" w:semiHidden="1" w:uiPriority="37" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="TOC Heading" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="Bibliography" w:uiPriority="37" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="TOC Heading" w:uiPriority="39" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="Plain Table 1" w:uiPriority="41"/>
     <w:lsdException w:name="Plain Table 2" w:uiPriority="42"/>
     <w:lsdException w:name="Plain Table 3" w:uiPriority="43"/>
     <w:lsdException w:name="Plain Table 4" w:uiPriority="44"/>
     <w:lsdException w:name="Plain Table 5" w:uiPriority="45"/>
     <w:lsdException w:name="Grid Table Light" w:uiPriority="40"/>
     <w:lsdException w:name="Grid Table 1 Light" w:uiPriority="46"/>
     <w:lsdException w:name="Grid Table 2" w:uiPriority="47"/>
     <w:lsdException w:name="Grid Table 3" w:uiPriority="48"/>
     <w:lsdException w:name="Grid Table 4" w:uiPriority="49"/>
     <w:lsdException w:name="Grid Table 5 Dark" w:uiPriority="50"/>
     <w:lsdException w:name="Grid Table 6 Colorful" w:uiPriority="51"/>
     <w:lsdException w:name="Grid Table 7 Colorful" w:uiPriority="52"/>
     <w:lsdException w:name="Grid Table 1 Light Accent 1" w:uiPriority="46"/>
     <w:lsdException w:name="Grid Table 2 Accent 1" w:uiPriority="47"/>
     <w:lsdException w:name="Grid Table 3 Accent 1" w:uiPriority="48"/>
     <w:lsdException w:name="Grid Table 4 Accent 1" w:uiPriority="49"/>
     <w:lsdException w:name="Grid Table 5 Dark Accent 1" w:uiPriority="50"/>
     <w:lsdException w:name="Grid Table 6 Colorful Accent 1" w:uiPriority="51"/>
     <w:lsdException w:name="Grid Table 7 Colorful Accent 1" w:uiPriority="52"/>
     <w:lsdException w:name="Grid Table 1 Light Accent 2" w:uiPriority="46"/>
     <w:lsdException w:name="Grid Table 2 Accent 2" w:uiPriority="47"/>
     <w:lsdException w:name="Grid Table 3 Accent 2" w:uiPriority="48"/>
     <w:lsdException w:name="Grid Table 4 Accent 2" w:uiPriority="49"/>
     <w:lsdException w:name="Grid Table 5 Dark Accent 2" w:uiPriority="50"/>
@@ -3053,251 +2992,251 @@
     <w:lsdException w:name="List Table 1 Light Accent 4" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 4" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 4" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 4" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 4" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 4" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 4" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 5" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 5" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 5" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 5" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 5" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 5" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 5" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 6" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
     <w:lsdException w:name="Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Link" w:semiHidden="1" w:unhideWhenUsed="1"/>
   </w:latentStyles>
-  <w:style w:type="paragraph" w:default="1" w:styleId="Normal">
+  <w:style w:type="paragraph" w:styleId="Normal" w:default="1">
     <w:name w:val="Normal"/>
     <w:qFormat/>
     <w:rsid w:val="006963DF"/>
   </w:style>
-  <w:style w:type="character" w:default="1" w:styleId="Standardstycketeckensnitt">
+  <w:style w:type="character" w:styleId="Standardstycketeckensnitt" w:default="1">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
-  <w:style w:type="table" w:default="1" w:styleId="Normaltabell">
+  <w:style w:type="table" w:styleId="Normaltabell" w:default="1">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
-  <w:style w:type="numbering" w:default="1" w:styleId="Ingenlista">
+  <w:style w:type="numbering" w:styleId="Ingenlista" w:default="1">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Sidhuvud">
     <w:name w:val="header"/>
     <w:basedOn w:val="Normal"/>
     <w:link w:val="SidhuvudChar"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="004365DF"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="center" w:pos="4536"/>
         <w:tab w:val="right" w:pos="9072"/>
       </w:tabs>
     </w:pPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="SidhuvudChar">
+  <w:style w:type="character" w:styleId="SidhuvudChar" w:customStyle="1">
     <w:name w:val="Sidhuvud Char"/>
     <w:basedOn w:val="Standardstycketeckensnitt"/>
     <w:link w:val="Sidhuvud"/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="004365DF"/>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Sidfot">
     <w:name w:val="footer"/>
     <w:basedOn w:val="Normal"/>
     <w:link w:val="SidfotChar"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="004365DF"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="center" w:pos="4536"/>
         <w:tab w:val="right" w:pos="9072"/>
       </w:tabs>
     </w:pPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="SidfotChar">
+  <w:style w:type="character" w:styleId="SidfotChar" w:customStyle="1">
     <w:name w:val="Sidfot Char"/>
     <w:basedOn w:val="Standardstycketeckensnitt"/>
     <w:link w:val="Sidfot"/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="004365DF"/>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="paragraph">
+  <w:style w:type="paragraph" w:styleId="paragraph" w:customStyle="1">
     <w:name w:val="paragraph"/>
     <w:basedOn w:val="Normal"/>
     <w:rsid w:val="00613332"/>
     <w:pPr>
       <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
       <w:kern w:val="0"/>
       <w:lang w:eastAsia="sv-SE"/>
       <w14:ligatures w14:val="none"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="normaltextrun">
+  <w:style w:type="character" w:styleId="normaltextrun" w:customStyle="1">
     <w:name w:val="normaltextrun"/>
     <w:basedOn w:val="Standardstycketeckensnitt"/>
     <w:rsid w:val="00613332"/>
   </w:style>
   <w:style w:type="character" w:styleId="Hyperlnk">
     <w:name w:val="Hyperlink"/>
     <w:basedOn w:val="Standardstycketeckensnitt"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00613332"/>
     <w:rPr>
       <w:color w:val="0563C1" w:themeColor="hyperlink"/>
       <w:u w:val="single"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="Olstomnmnande">
     <w:name w:val="Unresolved Mention"/>
     <w:basedOn w:val="Standardstycketeckensnitt"/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="00613332"/>
     <w:rPr>
       <w:color w:val="605E5C"/>
       <w:shd w:val="clear" w:color="auto" w:fill="E1DFDD"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="Kommentarsreferens">
     <w:name w:val="annotation reference"/>
     <w:basedOn w:val="Standardstycketeckensnitt"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00F04AAB"/>
     <w:rPr>
       <w:sz w:val="16"/>
       <w:szCs w:val="16"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Kommentarer">
     <w:name w:val="annotation text"/>
     <w:basedOn w:val="Normal"/>
     <w:link w:val="KommentarerChar"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00F04AAB"/>
     <w:rPr>
       <w:sz w:val="20"/>
       <w:szCs w:val="20"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="KommentarerChar">
+  <w:style w:type="character" w:styleId="KommentarerChar" w:customStyle="1">
     <w:name w:val="Kommentarer Char"/>
     <w:basedOn w:val="Standardstycketeckensnitt"/>
     <w:link w:val="Kommentarer"/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="00F04AAB"/>
     <w:rPr>
       <w:sz w:val="20"/>
       <w:szCs w:val="20"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Kommentarsmne">
     <w:name w:val="annotation subject"/>
     <w:basedOn w:val="Kommentarer"/>
     <w:next w:val="Kommentarer"/>
     <w:link w:val="KommentarsmneChar"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00F04AAB"/>
     <w:rPr>
       <w:b/>
       <w:bCs/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="KommentarsmneChar">
+  <w:style w:type="character" w:styleId="KommentarsmneChar" w:customStyle="1">
     <w:name w:val="Kommentarsämne Char"/>
     <w:basedOn w:val="KommentarerChar"/>
     <w:link w:val="Kommentarsmne"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:rsid w:val="00F04AAB"/>
     <w:rPr>
       <w:b/>
       <w:bCs/>
       <w:sz w:val="20"/>
       <w:szCs w:val="20"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="eop">
+  <w:style w:type="character" w:styleId="eop" w:customStyle="1">
     <w:name w:val="eop"/>
     <w:basedOn w:val="Standardstycketeckensnitt"/>
     <w:rsid w:val="004B2FFD"/>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:optimizeForBrowser/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mellanarkiv-offentlig.vgregion.se/alfresco/s/archive/stream/public/v1/source/available/sofia/ssn12865-780821730-395/surrogate/SSN%202024-00014%20Process%20och%20instruktioner%20f%c3%b6r%20att%20ta%20fram%20styrande%20dokument.pdf" TargetMode="External" Id="rId8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vgregion.se/ov/manual-sofia/styrande-dokument/7.3-processroller" TargetMode="External" Id="rId7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml" Id="rId2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml" Id="rId6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml" Id="rId11" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml" Id="rId5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml" Id="rId10" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml" Id="rId4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml" Id="rId9" /></Relationships>
 </file>
 
 <file path=word/_rels/header1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
-<a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office-tema">
+<a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office-tema">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>
         <a:srgbClr val="A5A5A5"/>
       </a:accent3>
       <a:accent4>
         <a:srgbClr val="FFC000"/>
@@ -3514,73 +3453,51 @@
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
-<Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
-[...31 lines deleted...]
-</Properties>
+<ap:Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:ap="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
+  <ap:Template>Normal</ap:Template>
+  <ap:Application>Microsoft Word for the web</ap:Application>
+  <ap:DocSecurity>0</ap:DocSecurity>
+  <ap:ScaleCrop>false</ap:ScaleCrop>
+  <ap:Company/>
+  <ap:SharedDoc>false</ap:SharedDoc>
+  <ap:HyperlinksChanged>false</ap:HyperlinksChanged>
+  <ap:AppVersion>16.0000</ap:AppVersion>
+  <ap:LinksUpToDate>false</ap:LinksUpToDate>
+</ap:Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <coreProperties xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns="http://schemas.openxmlformats.org/package/2006/metadata/core-properties">
   <dc:title>Mall Revidering av styrande dokument</dc:title>
   <dc:subject/>
   <dc:creator/>
   <keywords/>
   <dc:description/>
-  <lastModifiedBy/>
-  <revision>1</revision>
+  <lastModifiedBy>Annelie Jonsson</lastModifiedBy>
+  <revision>2</revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </coreProperties>
 </file>