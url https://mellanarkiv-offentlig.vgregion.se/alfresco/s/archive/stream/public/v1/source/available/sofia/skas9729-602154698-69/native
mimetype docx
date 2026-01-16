--- v0 (2025-10-31)
+++ v1 (2026-01-16)
@@ -37,70 +37,70 @@
       <w:bookmarkStart w:id="0" w:name="_Toc207095555"/>
       <w:bookmarkStart w:id="1" w:name="_Toc207107405"/>
       <w:bookmarkStart w:id="2" w:name="_Toc212183452"/>
       <w:bookmarkStart w:id="3" w:name="_Toc212467344"/>
       <w:r>
         <w:t xml:space="preserve">Vårdhygien - </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:t>Legionella</w:t>
       </w:r>
       <w:bookmarkEnd w:id="0"/>
       <w:bookmarkEnd w:id="1"/>
       <w:bookmarkEnd w:id="2"/>
       <w:bookmarkEnd w:id="3"/>
       <w:proofErr w:type="spellEnd"/>
     </w:p>
     <w:p w14:paraId="4DF58F7B" w14:textId="2F65821E" w:rsidR="00FA46DD" w:rsidRPr="00C52A59" w:rsidRDefault="00FA46DD" w:rsidP="00D76B17">
       <w:pPr>
         <w:pStyle w:val="Rubrik3"/>
         <w:ind w:right="567"/>
         <w:rPr>
           <w:color w:val="auto"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="4" w:name="_Toc321146591"/>
-[...2 lines deleted...]
-      <w:bookmarkStart w:id="7" w:name="_Toc212467345"/>
+      <w:bookmarkStart w:id="4" w:name="_Toc151388496"/>
+      <w:bookmarkStart w:id="5" w:name="_Toc155857519"/>
+      <w:bookmarkStart w:id="6" w:name="_Toc212467345"/>
+      <w:bookmarkStart w:id="7" w:name="_Toc321146591"/>
       <w:r w:rsidRPr="00C52A59">
         <w:rPr>
           <w:color w:val="auto"/>
         </w:rPr>
         <w:t>Regiongemensam vårdhygienisk rutin</w:t>
       </w:r>
+      <w:bookmarkEnd w:id="4"/>
       <w:bookmarkEnd w:id="5"/>
       <w:bookmarkEnd w:id="6"/>
+    </w:p>
+    <w:p w14:paraId="7940D420" w14:textId="77777777" w:rsidR="00A42C6B" w:rsidRPr="00633AE4" w:rsidRDefault="00A42C6B" w:rsidP="00A42C6B">
+      <w:pPr>
+        <w:ind w:right="567"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="8" w:name="_Toc100327184"/>
       <w:bookmarkEnd w:id="7"/>
-    </w:p>
-[...5 lines deleted...]
-      <w:bookmarkEnd w:id="4"/>
       <w:r w:rsidRPr="00633AE4">
         <w:t xml:space="preserve">Regional rekommendation för sjukhusvård, primärvård samt kommunal vård och omsorg i Västra Götalandsregionen. Framtagen i samarbete mellan vårdhygienenheter i Västra Götaland. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="11BC1DCA" w14:textId="020A7927" w:rsidR="009A32ED" w:rsidRDefault="009A32ED" w:rsidP="00D76B17">
       <w:pPr>
         <w:pStyle w:val="Rubrik2"/>
         <w:ind w:right="567"/>
       </w:pPr>
       <w:bookmarkStart w:id="9" w:name="_Toc212466665"/>
       <w:bookmarkStart w:id="10" w:name="_Toc212467346"/>
       <w:r>
         <w:t xml:space="preserve">Förändringar sedan </w:t>
       </w:r>
       <w:r w:rsidRPr="5C6EBB85">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text2"/>
           <w:szCs w:val="36"/>
         </w:rPr>
         <w:t>föregående</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> version</w:t>
       </w:r>
       <w:bookmarkEnd w:id="8"/>
@@ -118,59 +118,59 @@
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Ny regional rutin. Ersätter lokal rutin </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:t>Legionella</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r>
         <w:t xml:space="preserve"> – förebyggande åtgärder, publicerad </w:t>
       </w:r>
       <w:r w:rsidRPr="00C8149D">
         <w:t>2024-09-03</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">. Intervall för spolning av tappställen har ändrats till en gång per vecka. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="69BCFD87" w14:textId="53D68973" w:rsidR="009A32ED" w:rsidRDefault="009A32ED" w:rsidP="00D76B17">
       <w:pPr>
         <w:pStyle w:val="Rubrik2"/>
         <w:ind w:right="567"/>
       </w:pPr>
       <w:bookmarkStart w:id="11" w:name="_Toc100327185"/>
-      <w:bookmarkStart w:id="12" w:name="_Toc72840807"/>
-[...1 lines deleted...]
-      <w:bookmarkStart w:id="14" w:name="_Toc212467347"/>
+      <w:bookmarkStart w:id="12" w:name="_Toc212466666"/>
+      <w:bookmarkStart w:id="13" w:name="_Toc212467347"/>
+      <w:bookmarkStart w:id="14" w:name="_Toc72840807"/>
       <w:r>
         <w:t>Sammanfattning</w:t>
       </w:r>
       <w:bookmarkEnd w:id="11"/>
+      <w:bookmarkEnd w:id="12"/>
       <w:bookmarkEnd w:id="13"/>
-      <w:bookmarkEnd w:id="14"/>
     </w:p>
     <w:p w14:paraId="545CCD2A" w14:textId="77777777" w:rsidR="00424887" w:rsidRDefault="00424887" w:rsidP="00424887">
       <w:pPr>
         <w:pStyle w:val="Normalefterlista"/>
         <w:spacing w:before="0"/>
         <w:ind w:right="567"/>
       </w:pPr>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00EB0E2D">
         <w:t>Legionella</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00EB0E2D">
         <w:t xml:space="preserve"> kan </w:t>
       </w:r>
       <w:r>
         <w:t>orsaka allvarlig pneumoni hos känsliga individer genom va</w:t>
       </w:r>
       <w:r w:rsidRPr="00EB0E2D">
         <w:t xml:space="preserve">ttenburen inhalationssmitta. </w:t>
       </w:r>
       <w:r>
         <w:t>R</w:t>
       </w:r>
       <w:r w:rsidRPr="00EB0E2D">
@@ -216,64 +216,66 @@
         <w:t>legionellainfektion</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00EB0E2D">
         <w:t>hos patient. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="065F3B6F" w14:textId="77777777" w:rsidR="00457395" w:rsidRDefault="00B405A1" w:rsidP="00D76B17">
       <w:pPr>
         <w:pStyle w:val="Rubrik2"/>
         <w:ind w:right="567"/>
       </w:pPr>
       <w:bookmarkStart w:id="15" w:name="_Toc212466667"/>
       <w:bookmarkStart w:id="16" w:name="_Toc212467348"/>
       <w:r>
         <w:t>Innehållsförteckning</w:t>
       </w:r>
       <w:bookmarkEnd w:id="15"/>
       <w:bookmarkEnd w:id="16"/>
     </w:p>
     <w:sdt>
       <w:sdtPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Times New Roman"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
         <w:id w:val="689188850"/>
         <w:docPartObj>
           <w:docPartGallery w:val="Table of Contents"/>
           <w:docPartUnique/>
         </w:docPartObj>
       </w:sdtPr>
       <w:sdtEndPr>
         <w:rPr>
-          <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
-          <w:color w:val="auto"/>
-[...1 lines deleted...]
-          <w:szCs w:val="24"/>
         </w:rPr>
       </w:sdtEndPr>
       <w:sdtContent>
         <w:p w14:paraId="1F3535ED" w14:textId="4238762D" w:rsidR="00457395" w:rsidRDefault="00457395" w:rsidP="00BD1DD8">
           <w:pPr>
             <w:pStyle w:val="Innehllsfrteckningsrubrik"/>
             <w:rPr>
               <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
               <w:noProof/>
               <w:kern w:val="2"/>
               <w14:ligatures w14:val="standardContextual"/>
             </w:rPr>
           </w:pPr>
           <w:r>
             <w:fldChar w:fldCharType="begin"/>
           </w:r>
           <w:r>
             <w:instrText xml:space="preserve"> TOC \o "1-3" \h \z \u </w:instrText>
           </w:r>
           <w:r>
             <w:fldChar w:fldCharType="separate"/>
           </w:r>
         </w:p>
         <w:p w14:paraId="57628A55" w14:textId="3509CC52" w:rsidR="00457395" w:rsidRDefault="00457395">
           <w:pPr>
@@ -1306,51 +1308,51 @@
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:hyperlink>
         </w:p>
         <w:p w14:paraId="228F4C1D" w14:textId="48A1E7BC" w:rsidR="00457395" w:rsidRDefault="00457395">
           <w:r>
             <w:rPr>
               <w:b/>
               <w:bCs/>
             </w:rPr>
             <w:fldChar w:fldCharType="end"/>
           </w:r>
         </w:p>
       </w:sdtContent>
     </w:sdt>
     <w:p w14:paraId="20D9D6A9" w14:textId="6207E3B2" w:rsidR="00E00BCC" w:rsidRDefault="009A32ED" w:rsidP="002E0AFE">
       <w:pPr>
         <w:pStyle w:val="Rubrik2"/>
       </w:pPr>
       <w:bookmarkStart w:id="17" w:name="_Toc100327186"/>
       <w:bookmarkStart w:id="18" w:name="_Toc212466668"/>
       <w:bookmarkStart w:id="19" w:name="_Toc212467349"/>
-      <w:bookmarkEnd w:id="12"/>
+      <w:bookmarkEnd w:id="14"/>
       <w:r>
         <w:t>Bakgrund och syfte</w:t>
       </w:r>
       <w:bookmarkEnd w:id="17"/>
       <w:bookmarkEnd w:id="18"/>
       <w:bookmarkEnd w:id="19"/>
     </w:p>
     <w:p w14:paraId="724764C6" w14:textId="77777777" w:rsidR="00F56E39" w:rsidRDefault="00F56E39" w:rsidP="00F56E39">
       <w:pPr>
         <w:ind w:right="567"/>
       </w:pPr>
       <w:bookmarkStart w:id="20" w:name="_Toc100327188"/>
       <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:t>Legionellabakterier</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r>
         <w:t xml:space="preserve"> finns naturligt i jord och vatten</w:t>
       </w:r>
       <w:r w:rsidRPr="00D77AB9">
         <w:rPr>
           <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
           <w:color w:val="333333"/>
           <w:sz w:val="18"/>
@@ -1516,50 +1518,51 @@
           <w:numId w:val="29"/>
         </w:numPr>
         <w:spacing w:line="288" w:lineRule="auto"/>
         <w:ind w:right="567"/>
       </w:pPr>
       <w:r>
         <w:t>S</w:t>
       </w:r>
       <w:r w:rsidRPr="00641AA0">
         <w:t>mitt</w:t>
       </w:r>
       <w:r>
         <w:t>a mellan individer finns inte dokumenterat inom sjukvården</w:t>
       </w:r>
       <w:r w:rsidRPr="00641AA0">
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="6F178017" w14:textId="77777777" w:rsidR="009723A3" w:rsidRPr="00A1711F" w:rsidRDefault="009723A3" w:rsidP="009723A3">
       <w:pPr>
         <w:pStyle w:val="Rubrik3"/>
       </w:pPr>
       <w:bookmarkStart w:id="23" w:name="_Toc212183458"/>
       <w:bookmarkStart w:id="24" w:name="_Toc212467351"/>
       <w:r w:rsidRPr="00A1711F">
+        <w:lastRenderedPageBreak/>
         <w:t>Risk</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">faktorer för </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:t>legionellainfektion</w:t>
       </w:r>
       <w:bookmarkEnd w:id="23"/>
       <w:bookmarkEnd w:id="24"/>
       <w:proofErr w:type="spellEnd"/>
     </w:p>
     <w:p w14:paraId="7399DDBA" w14:textId="77777777" w:rsidR="009723A3" w:rsidRDefault="009723A3" w:rsidP="009723A3">
       <w:pPr>
         <w:ind w:right="567"/>
       </w:pPr>
       <w:r>
         <w:t>Ålder &gt;60 år, hematologisk/onkologisk sjukdom, organ- eller benmärgstransplantation, annan immunnedsättande sjukdom eller behandling, diabetes, rökning, kronisk lungsjukdom, njur- och leversvikt.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="70DC0DA5" w14:textId="77777777" w:rsidR="009723A3" w:rsidRDefault="009723A3" w:rsidP="009723A3">
       <w:pPr>
         <w:ind w:right="567"/>
       </w:pPr>
@@ -1837,50 +1840,51 @@
       <w:r w:rsidRPr="0080459A">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="467D9DBC" w14:textId="77777777" w:rsidR="00123523" w:rsidRDefault="00123523" w:rsidP="00123523">
       <w:pPr>
         <w:pStyle w:val="Punktlista"/>
         <w:spacing w:line="288" w:lineRule="auto"/>
         <w:ind w:left="1712" w:hanging="357"/>
       </w:pPr>
       <w:r>
         <w:t>Anmäl t</w:t>
       </w:r>
       <w:r w:rsidRPr="009D3B43">
         <w:t xml:space="preserve">appställen som aldrig används </w:t>
       </w:r>
       <w:r>
         <w:t>till fastighetsägaren för ställningstagande till borttagning.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5C191FFE" w14:textId="77777777" w:rsidR="00123523" w:rsidRDefault="00123523" w:rsidP="00123523">
       <w:pPr>
         <w:pStyle w:val="MellanrubrikVGR"/>
       </w:pPr>
       <w:r>
+        <w:lastRenderedPageBreak/>
         <w:t>Duschu</w:t>
       </w:r>
       <w:r w:rsidRPr="00164434">
         <w:t>trustning</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="4AED464A" w14:textId="77777777" w:rsidR="00123523" w:rsidRDefault="00123523" w:rsidP="00123523">
       <w:pPr>
         <w:pStyle w:val="Punktlista"/>
         <w:spacing w:line="288" w:lineRule="auto"/>
         <w:ind w:left="1712" w:hanging="357"/>
       </w:pPr>
       <w:r>
         <w:t>Duschmunstycke ska ha stora hål/stril som minskar aerosolbildning, ej ställbara strålar och slät yta utan gummidetaljer.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="0BAE57C2" w14:textId="77777777" w:rsidR="00123523" w:rsidRDefault="00123523" w:rsidP="00123523">
       <w:pPr>
         <w:pStyle w:val="Punktlista"/>
         <w:spacing w:line="288" w:lineRule="auto"/>
         <w:ind w:left="1712" w:hanging="357"/>
       </w:pPr>
       <w:r>
         <w:t>Duschslang ska vara av ljustätt material och max 1,5 m lång.</w:t>
       </w:r>
@@ -2169,102 +2173,103 @@
         <w:t xml:space="preserve">tgärder vid fynd av </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:rPr>
           <w:color w:val="auto"/>
         </w:rPr>
         <w:t>l</w:t>
       </w:r>
       <w:r w:rsidRPr="00551A5D">
         <w:rPr>
           <w:color w:val="auto"/>
         </w:rPr>
         <w:t>egionellabakterier</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00551A5D">
         <w:rPr>
           <w:color w:val="auto"/>
         </w:rPr>
         <w:t xml:space="preserve"> i vattenprov (ej patientfall)</w:t>
       </w:r>
       <w:bookmarkEnd w:id="32"/>
       <w:bookmarkEnd w:id="33"/>
     </w:p>
-    <w:p w14:paraId="535BFC2A" w14:textId="77777777" w:rsidR="00123523" w:rsidRDefault="00123523" w:rsidP="00123523">
+    <w:p w14:paraId="535BFC2A" w14:textId="049942AA" w:rsidR="00123523" w:rsidRDefault="00123523" w:rsidP="00123523">
       <w:pPr>
         <w:ind w:right="567"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Fastighetsägaren kan som del av sitt kontrollprogram ta prov för </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:t>legionellabakterier</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r>
         <w:t xml:space="preserve"> i vatten. </w:t>
       </w:r>
       <w:r w:rsidRPr="008611DA">
-        <w:t xml:space="preserve">Vid bakteriefynd kontaktar fastighetsägare Vårdhygien för initial riskbedömning. </w:t>
+        <w:t xml:space="preserve">Vid bakteriefynd kontaktar fastighetsägare </w:t>
+      </w:r>
+      <w:r w:rsidRPr="008611DA">
+        <w:lastRenderedPageBreak/>
+        <w:t xml:space="preserve">Vårdhygien för initial riskbedömning. </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">Se </w:t>
       </w:r>
       <w:hyperlink r:id="rId13" w:history="1">
-        <w:proofErr w:type="spellStart"/>
-        <w:r w:rsidRPr="001A12A4">
+        <w:r w:rsidR="00740DA7" w:rsidRPr="00F361A0">
           <w:rPr>
             <w:rStyle w:val="Hyperlnk"/>
           </w:rPr>
-          <w:t>Legionella</w:t>
+          <w:t>R</w:t>
         </w:r>
-        <w:proofErr w:type="spellEnd"/>
-        <w:r w:rsidRPr="001A12A4">
+        <w:r w:rsidR="00323E06" w:rsidRPr="00F361A0">
           <w:rPr>
             <w:rStyle w:val="Hyperlnk"/>
           </w:rPr>
-          <w:t xml:space="preserve"> i vatten</w:t>
+          <w:t xml:space="preserve">iskbedömning vid </w:t>
         </w:r>
-        <w:r>
+        <w:proofErr w:type="spellStart"/>
+        <w:r w:rsidR="00323E06" w:rsidRPr="00F361A0">
           <w:rPr>
             <w:rStyle w:val="Hyperlnk"/>
           </w:rPr>
-          <w:t>prov</w:t>
+          <w:t>legionellafynd</w:t>
         </w:r>
-        <w:r w:rsidRPr="001A12A4">
+        <w:proofErr w:type="spellEnd"/>
+        <w:r w:rsidR="008366A8" w:rsidRPr="00F361A0">
           <w:rPr>
             <w:rStyle w:val="Hyperlnk"/>
           </w:rPr>
-          <w:t>, ej patientfall, riskbedömning.</w:t>
+          <w:t xml:space="preserve"> i vatten, ej patientfall</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidRPr="00B57AAB">
-[...1 lines deleted...]
-      </w:r>
     </w:p>
     <w:p w14:paraId="0AE5B55F" w14:textId="77777777" w:rsidR="00123523" w:rsidRDefault="00123523" w:rsidP="00123523">
       <w:pPr>
         <w:pStyle w:val="Rubrik3"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="7513"/>
         </w:tabs>
         <w:ind w:right="567"/>
         <w:rPr>
           <w:color w:val="auto"/>
         </w:rPr>
       </w:pPr>
       <w:bookmarkStart w:id="34" w:name="_Toc212183463"/>
       <w:bookmarkStart w:id="35" w:name="_Toc212467356"/>
       <w:r>
         <w:rPr>
           <w:color w:val="auto"/>
         </w:rPr>
         <w:t>Åtgärder vid m</w:t>
       </w:r>
       <w:r w:rsidRPr="00B4338C">
         <w:rPr>
           <w:color w:val="auto"/>
         </w:rPr>
         <w:t xml:space="preserve">isstänkt och bekräftat </w:t>
@@ -2541,121 +2546,134 @@
       <w:r>
         <w:t xml:space="preserve">andra </w:t>
       </w:r>
       <w:r w:rsidRPr="00EB46D1">
         <w:t>patienter</w:t>
       </w:r>
       <w:r>
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5BCC4B71" w14:textId="77777777" w:rsidR="00123523" w:rsidRPr="0013634E" w:rsidRDefault="00123523" w:rsidP="00123523">
       <w:pPr>
         <w:pStyle w:val="Punktlista"/>
         <w:spacing w:line="288" w:lineRule="auto"/>
         <w:ind w:left="1712" w:hanging="357"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Tar ställning till akut åtgärd i form av duschstopp tills möte enligt nedan hållits. Samråd med Vårdhygien kontorstid, annars infektionsbakjour. Duschstopp kan gälla enskild dusch, för enskild riskpatient eller hel enhet. Beakta andra patientsäkerhetsrisker med omfattande duschstopp. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="4777027F" w14:textId="77777777" w:rsidR="00123523" w:rsidRDefault="00123523" w:rsidP="00123523">
       <w:r>
         <w:t>Verksamhet inom slutenvård där patienten vårdas:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3BA790D0" w14:textId="77777777" w:rsidR="00123523" w:rsidRDefault="00123523" w:rsidP="00123523">
+    <w:p w14:paraId="3BA790D0" w14:textId="41171F34" w:rsidR="00123523" w:rsidRDefault="00123523" w:rsidP="00123523">
       <w:pPr>
         <w:pStyle w:val="Punktlista"/>
         <w:spacing w:line="288" w:lineRule="auto"/>
         <w:ind w:left="1712" w:hanging="357"/>
       </w:pPr>
       <w:r>
         <w:t>Sammankalla</w:t>
       </w:r>
       <w:r w:rsidRPr="00506B08">
         <w:t xml:space="preserve">r </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">relevanta funktioner </w:t>
       </w:r>
       <w:r w:rsidRPr="00506B08">
         <w:t>till möte med mål nästkommande vardag</w:t>
       </w:r>
       <w:r>
         <w:t>.</w:t>
       </w:r>
       <w:r w:rsidRPr="00506B08">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00EF1E4F">
         <w:t xml:space="preserve">Se </w:t>
       </w:r>
       <w:hyperlink r:id="rId16" w:history="1">
-        <w:r w:rsidRPr="008A3DF3">
+        <w:r w:rsidR="00F834EA" w:rsidRPr="00314DA0">
           <w:rPr>
             <w:rStyle w:val="Hyperlnk"/>
           </w:rPr>
-          <w:t xml:space="preserve">Misstänkt eller bekräftad vårdrelaterad </w:t>
+          <w:t>Risk</w:t>
         </w:r>
-        <w:proofErr w:type="spellStart"/>
-        <w:r w:rsidRPr="008A3DF3">
+        <w:r w:rsidR="001A4487" w:rsidRPr="00314DA0">
           <w:rPr>
             <w:rStyle w:val="Hyperlnk"/>
           </w:rPr>
-          <w:t>legionellainfektion</w:t>
+          <w:t>bedömning vid smittspårning</w:t>
         </w:r>
-        <w:proofErr w:type="spellEnd"/>
-        <w:r w:rsidRPr="008A3DF3">
+        <w:r w:rsidR="0085112A" w:rsidRPr="00314DA0">
           <w:rPr>
             <w:rStyle w:val="Hyperlnk"/>
           </w:rPr>
-          <w:t>, stöd till riskbedömning.</w:t>
+          <w:t xml:space="preserve"> vårdrelaterad </w:t>
         </w:r>
+        <w:proofErr w:type="spellStart"/>
+        <w:r w:rsidR="00370F5F" w:rsidRPr="00314DA0">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlnk"/>
+          </w:rPr>
+          <w:t>legionella</w:t>
+        </w:r>
+        <w:r w:rsidR="0085112A" w:rsidRPr="00314DA0">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlnk"/>
+          </w:rPr>
+          <w:t>infektion</w:t>
+        </w:r>
+        <w:proofErr w:type="spellEnd"/>
       </w:hyperlink>
     </w:p>
     <w:p w14:paraId="266B4AC3" w14:textId="77777777" w:rsidR="00123523" w:rsidRDefault="00123523" w:rsidP="00123523">
       <w:pPr>
         <w:pStyle w:val="Punktlista"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="0"/>
         </w:numPr>
         <w:ind w:left="567"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Informationsöverföring till kommunal vård och omsorg säkerställs av Vårdhygien i samverkan med Smittskydd Västra Götaland. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="7D1FF473" w14:textId="77777777" w:rsidR="00123523" w:rsidRDefault="00123523" w:rsidP="00123523">
       <w:pPr>
         <w:pStyle w:val="Rubrik3"/>
         <w:ind w:right="567"/>
       </w:pPr>
       <w:bookmarkStart w:id="37" w:name="_Toc212183464"/>
       <w:bookmarkStart w:id="38" w:name="_Toc212467357"/>
       <w:r w:rsidRPr="00DB0F80">
+        <w:lastRenderedPageBreak/>
         <w:t>Smittspårning</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> vid misstanke om smittkälla inom vård och omsorg</w:t>
       </w:r>
       <w:bookmarkEnd w:id="37"/>
       <w:bookmarkEnd w:id="38"/>
       <w:r w:rsidRPr="00F5785A">
         <w:t xml:space="preserve">  </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="4DF1E945" w14:textId="77777777" w:rsidR="00123523" w:rsidRPr="005253CF" w:rsidRDefault="00123523" w:rsidP="00123523">
       <w:pPr>
         <w:ind w:right="567"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Smittspårning inom vård och omsorg görs i samråd mellan behandlande läkare, Smittskydd Västra Götaland, kommunal miljöförvaltning, fastighetsägare, berörd verksamhet, chefläkare/MAS och Vårdhygien. Vid bekräftat fall av smittspridning inom vård och omsorg utfärdas avvikelse avseende </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:t>vårdskada</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r>
         <w:t>/VRI av ansvarig verksamhet. </w:t>
@@ -2674,57 +2692,51 @@
       <w:pPr>
         <w:ind w:right="567"/>
       </w:pPr>
       <w:r w:rsidRPr="0095466D">
         <w:t>Medvetet avsteg från denna rutin dokumenteras i patientjournal om avsteg ä</w:t>
       </w:r>
       <w:r>
         <w:t>r</w:t>
       </w:r>
       <w:r w:rsidRPr="0095466D">
         <w:t xml:space="preserve"> kopplat till patient. Annan orsak till avsteg rapporteras i </w:t>
       </w:r>
       <w:hyperlink r:id="rId17" w:history="1">
         <w:proofErr w:type="spellStart"/>
         <w:r w:rsidRPr="00E240D0">
           <w:rPr>
             <w:rStyle w:val="Hyperlnk"/>
           </w:rPr>
           <w:t>MedControl</w:t>
         </w:r>
         <w:proofErr w:type="spellEnd"/>
         <w:r w:rsidRPr="00E240D0">
           <w:rPr>
             <w:rStyle w:val="Hyperlnk"/>
           </w:rPr>
-          <w:t xml:space="preserve"> PR</w:t>
-[...5 lines deleted...]
-          <w:t>O</w:t>
+          <w:t xml:space="preserve"> PRO</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="0095466D">
         <w:t xml:space="preserve"> eller befintligt avvikelsesystem.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="66B1937D" w14:textId="203C8921" w:rsidR="00D76B17" w:rsidRDefault="00D76B17" w:rsidP="00D76B17">
       <w:pPr>
         <w:pStyle w:val="Rubrik2"/>
         <w:ind w:right="567"/>
       </w:pPr>
       <w:bookmarkStart w:id="39" w:name="_Toc212466670"/>
       <w:bookmarkStart w:id="40" w:name="_Toc212467358"/>
       <w:r>
         <w:t>Ansvar</w:t>
       </w:r>
       <w:bookmarkEnd w:id="39"/>
       <w:bookmarkEnd w:id="40"/>
     </w:p>
     <w:p w14:paraId="60A90C08" w14:textId="77777777" w:rsidR="00B83338" w:rsidRPr="0095466D" w:rsidRDefault="00B83338" w:rsidP="00B83338">
       <w:bookmarkStart w:id="41" w:name="_Toc100327193"/>
       <w:r w:rsidRPr="0095466D">
         <w:t>Linjechef ansvarar för att denna rutin är känd och följs av alla medarbetare.</w:t>
       </w:r>
       <w:r>
@@ -3011,50 +3023,51 @@
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r w:rsidRPr="00B61BD7">
         <w:t>.</w:t>
       </w:r>
       <w:r w:rsidRPr="00FC7D57">
         <w:t xml:space="preserve"> Juni 2025. Svensk Förening för Vårdhygien</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="48"/>
     <w:p w14:paraId="7B17B275" w14:textId="5B5FD4F9" w:rsidR="00E20920" w:rsidRPr="00535FCF" w:rsidRDefault="00E20920" w:rsidP="00D76B17">
       <w:pPr>
         <w:pStyle w:val="MellanrubrikVGR"/>
         <w:ind w:right="567"/>
         <w:rPr>
           <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00535FCF">
         <w:rPr>
           <w:lang w:val="en-GB"/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t>Kunskapsöversikt</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
     </w:p>
     <w:p w14:paraId="71753FEF" w14:textId="77777777" w:rsidR="00535FCF" w:rsidRDefault="00535FCF" w:rsidP="00535FCF">
       <w:hyperlink r:id="rId22" w:history="1">
         <w:r w:rsidRPr="009862BF">
           <w:rPr>
             <w:rStyle w:val="Hyperlnk"/>
             <w:lang w:val="en-US"/>
           </w:rPr>
           <w:t>European Technical Guidelines for the Prevention, Control and Investigation, of Infections Caused by Legionella species.</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="00AD1D4C">
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="007651ED">
         <w:t xml:space="preserve">Juni 2017. </w:t>
       </w:r>
       <w:r w:rsidRPr="00C449A0">
         <w:t xml:space="preserve">ESCMID </w:t>
@@ -3289,184 +3302,153 @@
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
       <w:r w:rsidRPr="005B6F8F">
         <w:t>December 2015. Public Health England</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="46F80C1F" w14:textId="7BA7311D" w:rsidR="009A32ED" w:rsidRPr="000D04ED" w:rsidRDefault="009A32ED" w:rsidP="00D76B17">
       <w:pPr>
         <w:pStyle w:val="Rubrik2"/>
         <w:ind w:right="567"/>
       </w:pPr>
       <w:bookmarkStart w:id="49" w:name="_Toc212466672"/>
       <w:bookmarkStart w:id="50" w:name="_Toc212467360"/>
       <w:r w:rsidRPr="000D04ED">
         <w:t>Arbetsgrupp</w:t>
       </w:r>
       <w:bookmarkEnd w:id="47"/>
       <w:bookmarkEnd w:id="49"/>
       <w:bookmarkEnd w:id="50"/>
     </w:p>
     <w:p w14:paraId="140A636D" w14:textId="77777777" w:rsidR="00BB3972" w:rsidRPr="00AA02D7" w:rsidRDefault="00BB3972" w:rsidP="00BB3972">
       <w:r w:rsidRPr="00AA02D7">
-        <w:t xml:space="preserve">Elisabeth Eriksson </w:t>
-[...5 lines deleted...]
-      <w:proofErr w:type="spellEnd"/>
+        <w:t>Elisabeth Eriksson Gebring</w:t>
+      </w:r>
       <w:r>
         <w:t>, hygiensjuksköterska, Vårdhygien, NU sjukvården</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="6D950B29" w14:textId="77777777" w:rsidR="00BB3972" w:rsidRDefault="00BB3972" w:rsidP="00BB3972">
       <w:r>
-        <w:t xml:space="preserve">Julia </w:t>
-[...13 lines deleted...]
-      <w:proofErr w:type="spellEnd"/>
+        <w:t>Julia Lenzen, Överläkare, Vårdhygien, SkaS</w:t>
+      </w:r>
     </w:p>
     <w:p w14:paraId="09DA1770" w14:textId="77777777" w:rsidR="00BB3972" w:rsidRPr="00AA02D7" w:rsidRDefault="00BB3972" w:rsidP="00BB3972">
       <w:r>
-        <w:t xml:space="preserve">Nathalie </w:t>
-[...7 lines deleted...]
-        <w:t xml:space="preserve"> Högfeldt, hygiensjuksköterska, Vårdhygien, NU sjukvården</w:t>
+        <w:t>Nathalie Allegra Högfeldt, hygiensjuksköterska, Vårdhygien, NU sjukvården</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="0EC1DAC3" w14:textId="77777777" w:rsidR="00BB3972" w:rsidRPr="001F72FC" w:rsidRDefault="00BB3972" w:rsidP="00BB3972">
       <w:pPr>
         <w:pStyle w:val="Normalefterlista"/>
         <w:spacing w:before="0"/>
         <w:ind w:right="567"/>
       </w:pPr>
       <w:r>
         <w:t>Sofia Myhrman, hygienläkare, Vårdhygien, SU</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="3DF231B9" w14:textId="77777777" w:rsidR="00BB3972" w:rsidRDefault="00BB3972" w:rsidP="00BB3972">
       <w:pPr>
         <w:pStyle w:val="Normalefterlista"/>
         <w:spacing w:before="0"/>
         <w:ind w:right="567"/>
       </w:pPr>
       <w:r>
         <w:t>Susanne Roos, hygiensjuksköterska, Vårdhygien, SÄS</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="0F6A599B" w14:textId="77777777" w:rsidR="00BB3972" w:rsidRPr="006622FA" w:rsidRDefault="00BB3972" w:rsidP="00BB3972">
       <w:r>
-        <w:t xml:space="preserve">Therese Mård, Hygiensjuksköterska, Vårdhygien, </w:t>
-[...5 lines deleted...]
-      <w:proofErr w:type="spellEnd"/>
+        <w:t>Therese Mård, Hygiensjuksköterska, Vårdhygien, SkaS</w:t>
+      </w:r>
     </w:p>
     <w:p w14:paraId="19CFB601" w14:textId="77777777" w:rsidR="001F72FC" w:rsidRPr="006773D8" w:rsidRDefault="001F72FC" w:rsidP="006773D8">
       <w:pPr>
         <w:pStyle w:val="MellanrubrikVGR"/>
       </w:pPr>
       <w:r w:rsidRPr="006773D8">
         <w:t>Granskare</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="717DF6D9" w14:textId="77777777" w:rsidR="007A1E82" w:rsidRDefault="007A1E82" w:rsidP="007A1E82">
       <w:r>
         <w:t>Niclas Arvidsson, biträdande smittskyddsläkare, Smittskydd Västra Götaland</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="0873D567" w14:textId="77777777" w:rsidR="007A1E82" w:rsidRPr="00F002A2" w:rsidRDefault="007A1E82" w:rsidP="007A1E82">
       <w:r w:rsidRPr="00F002A2">
         <w:t>Daniel Hansson, verksamhetsutvecklare, Västfastigheter drift</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="7688184F" w14:textId="73D8DDAF" w:rsidR="00996933" w:rsidRDefault="00996933" w:rsidP="005F0634">
       <w:pPr>
         <w:ind w:left="0" w:right="-143"/>
         <w:rPr>
           <w:color w:val="1F497D"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:sectPr w:rsidR="00996933" w:rsidSect="00D76B17">
       <w:headerReference w:type="default" r:id="rId27"/>
       <w:footerReference w:type="even" r:id="rId28"/>
       <w:footerReference w:type="default" r:id="rId29"/>
       <w:headerReference w:type="first" r:id="rId30"/>
       <w:footerReference w:type="first" r:id="rId31"/>
       <w:type w:val="continuous"/>
       <w:pgSz w:w="11900" w:h="16840"/>
       <w:pgMar w:top="1418" w:right="1127" w:bottom="1276" w:left="992" w:header="284" w:footer="737" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:noEndnote/>
       <w:titlePg/>
       <w:docGrid w:linePitch="326"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="70ECBAFE" w14:textId="77777777" w:rsidR="00A12188" w:rsidRDefault="00A12188">
+    <w:p w14:paraId="164387EC" w14:textId="77777777" w:rsidR="0014023B" w:rsidRDefault="0014023B">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="431FB7F7" w14:textId="77777777" w:rsidR="00A12188" w:rsidRDefault="00A12188">
+    <w:p w14:paraId="2F05BB2B" w14:textId="77777777" w:rsidR="0014023B" w:rsidRDefault="0014023B">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationNotice" w:id="1">
-    <w:p w14:paraId="0AADC39A" w14:textId="77777777" w:rsidR="00A12188" w:rsidRDefault="00A12188">
+    <w:p w14:paraId="75BB419C" w14:textId="77777777" w:rsidR="0014023B" w:rsidRDefault="0014023B">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
@@ -3585,73 +3567,72 @@
     </w:r>
     <w:r>
       <w:rPr>
         <w:rStyle w:val="Sidnummer"/>
       </w:rPr>
       <w:instrText xml:space="preserve">PAGE  </w:instrText>
     </w:r>
     <w:r>
       <w:rPr>
         <w:rStyle w:val="Sidnummer"/>
       </w:rPr>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
   <w:p w14:paraId="1FE2B821" w14:textId="77777777" w:rsidR="00660269" w:rsidRDefault="00660269" w:rsidP="00C43BDD">
     <w:pPr>
       <w:pStyle w:val="Sidfot"/>
       <w:ind w:firstLine="360"/>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footer2.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
-  <w:p w14:paraId="47BD2091" w14:textId="66F4EBFA" w:rsidR="00C50EE5" w:rsidRPr="00831C35" w:rsidRDefault="00653067" w:rsidP="00EC0A68">
+  <w:p w14:paraId="47BD2091" w14:textId="66F4EBFA" w:rsidR="00C50EE5" w:rsidRPr="00831C35" w:rsidRDefault="00000000" w:rsidP="00EC0A68">
     <w:pPr>
       <w:pStyle w:val="Sidfot"/>
       <w:rPr>
         <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
         <w:sz w:val="24"/>
         <w:szCs w:val="24"/>
       </w:rPr>
     </w:pPr>
     <w:sdt>
       <w:sdtPr>
         <w:rPr>
           <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:id w:val="-2070031421"/>
         <w:docPartObj>
           <w:docPartGallery w:val="Page Numbers (Bottom of Page)"/>
           <w:docPartUnique/>
         </w:docPartObj>
       </w:sdtPr>
-      <w:sdtEndPr/>
       <w:sdtContent>
         <w:r w:rsidR="00A65FD4" w:rsidRPr="00831C35">
           <w:rPr>
             <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
           </w:rPr>
           <w:t xml:space="preserve"> </w:t>
         </w:r>
         <w:r w:rsidR="00EC0A68" w:rsidRPr="00831C35">
           <w:rPr>
             <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
         <w:r w:rsidR="00EC0A68" w:rsidRPr="00831C35">
           <w:rPr>
             <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
           </w:rPr>
           <w:instrText>PAGE   \* MERGEFORMAT</w:instrText>
         </w:r>
@@ -3807,61 +3788,61 @@
                     <a:ext cx="1953671" cy="348178"/>
                   </a:xfrm>
                   <a:prstGeom prst="rect">
                     <a:avLst/>
                   </a:prstGeom>
                 </pic:spPr>
               </pic:pic>
             </a:graphicData>
           </a:graphic>
           <wp14:sizeRelH relativeFrom="margin">
             <wp14:pctWidth>0</wp14:pctWidth>
           </wp14:sizeRelH>
           <wp14:sizeRelV relativeFrom="margin">
             <wp14:pctHeight>0</wp14:pctHeight>
           </wp14:sizeRelV>
         </wp:anchor>
       </w:drawing>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="2826D4DB" w14:textId="77777777" w:rsidR="00A12188" w:rsidRDefault="00A12188"/>
+    <w:p w14:paraId="4BECA929" w14:textId="77777777" w:rsidR="0014023B" w:rsidRDefault="0014023B"/>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="1C0AB0C7" w14:textId="77777777" w:rsidR="00A12188" w:rsidRDefault="00A12188">
+    <w:p w14:paraId="2DD0AD97" w14:textId="77777777" w:rsidR="0014023B" w:rsidRDefault="0014023B">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationNotice" w:id="1">
-    <w:p w14:paraId="02445184" w14:textId="77777777" w:rsidR="00A12188" w:rsidRDefault="00A12188">
+    <w:p w14:paraId="52D51215" w14:textId="77777777" w:rsidR="0014023B" w:rsidRDefault="0014023B">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="68F18EE5" w14:textId="39C06E14" w:rsidR="00294791" w:rsidRPr="00DA65C4" w:rsidRDefault="00DA65C4" w:rsidP="00DA65C4">
     <w:pPr>
       <w:pStyle w:val="Sidhuvud"/>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:noProof/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
       <mc:AlternateContent>
         <mc:Choice Requires="wps">
           <w:drawing>
             <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658242" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="264BC60A" wp14:editId="43F94021">
               <wp:simplePos x="0" y="0"/>
@@ -7341,51 +7322,51 @@
   </w:num>
   <w:num w:numId="27" w16cid:durableId="51198538">
     <w:abstractNumId w:val="23"/>
   </w:num>
   <w:num w:numId="28" w16cid:durableId="311102707">
     <w:abstractNumId w:val="14"/>
   </w:num>
   <w:num w:numId="29" w16cid:durableId="187304700">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="30" w16cid:durableId="1342851508">
     <w:abstractNumId w:val="17"/>
   </w:num>
   <w:num w:numId="31" w16cid:durableId="1013383720">
     <w:abstractNumId w:val="25"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:zoom w:percent="120"/>
   <w:removePersonalInformation/>
   <w:removeDateAndTime/>
   <w:embedSystemFonts/>
-  <w:proofState w:spelling="clean" w:grammar="clean"/>
+  <w:proofState w:spelling="clean"/>
   <w:stylePaneFormatFilter w:val="D804" w:allStyles="0" w:customStyles="0" w:latentStyles="1" w:stylesInUse="0" w:headingStyles="0" w:numberingStyles="0" w:tableStyles="0" w:directFormattingOnRuns="0" w:directFormattingOnParagraphs="0" w:directFormattingOnNumbering="0" w:directFormattingOnTables="1" w:clearFormatting="1" w:top3HeadingStyles="0" w:visibleStyles="1" w:alternateStyleNames="1"/>
   <w:documentProtection w:formatting="1" w:enforcement="0"/>
   <w:styleLockTheme/>
   <w:styleLockQFSet/>
   <w:defaultTabStop w:val="1304"/>
   <w:hyphenationZone w:val="425"/>
   <w:displayHorizontalDrawingGridEvery w:val="0"/>
   <w:displayVerticalDrawingGridEvery w:val="0"/>
   <w:doNotUseMarginsForDrawingGridOrigin/>
   <w:noPunctuationKerning/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050" strokecolor="#4a773c">
       <v:stroke color="#4a773c" weight="1pt"/>
       <v:shadow opacity="24903f" origin=",.5" offset="0,.55556mm"/>
       <o:colormru v:ext="edit" colors="#4a773c"/>
     </o:shapedefaults>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
     <w:footnote w:id="1"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
@@ -7408,157 +7389,164 @@
     <w:rsid w:val="000147B1"/>
     <w:rsid w:val="00016CF0"/>
     <w:rsid w:val="000257BE"/>
     <w:rsid w:val="00026702"/>
     <w:rsid w:val="00030DDD"/>
     <w:rsid w:val="000313BB"/>
     <w:rsid w:val="00033ED5"/>
     <w:rsid w:val="00050500"/>
     <w:rsid w:val="0005691C"/>
     <w:rsid w:val="00056ECB"/>
     <w:rsid w:val="00056ED5"/>
     <w:rsid w:val="000602B6"/>
     <w:rsid w:val="00061969"/>
     <w:rsid w:val="000655CC"/>
     <w:rsid w:val="000700AE"/>
     <w:rsid w:val="0008357D"/>
     <w:rsid w:val="00084024"/>
     <w:rsid w:val="0009062C"/>
     <w:rsid w:val="00095368"/>
     <w:rsid w:val="000954C4"/>
     <w:rsid w:val="000A611A"/>
     <w:rsid w:val="000B12D9"/>
     <w:rsid w:val="000B4536"/>
     <w:rsid w:val="000B46A6"/>
     <w:rsid w:val="000B7715"/>
+    <w:rsid w:val="000C116B"/>
     <w:rsid w:val="000E463B"/>
     <w:rsid w:val="000E5A7E"/>
     <w:rsid w:val="000E6DA0"/>
     <w:rsid w:val="000F43A3"/>
     <w:rsid w:val="000F7681"/>
     <w:rsid w:val="00103031"/>
     <w:rsid w:val="001044FE"/>
     <w:rsid w:val="00104699"/>
     <w:rsid w:val="0010712C"/>
     <w:rsid w:val="001108C0"/>
     <w:rsid w:val="00111CB2"/>
     <w:rsid w:val="001139D4"/>
     <w:rsid w:val="00123523"/>
     <w:rsid w:val="00131B08"/>
     <w:rsid w:val="00132A59"/>
     <w:rsid w:val="00133337"/>
     <w:rsid w:val="00133A0F"/>
     <w:rsid w:val="0013580F"/>
     <w:rsid w:val="00137B6D"/>
+    <w:rsid w:val="0014023B"/>
     <w:rsid w:val="0014070B"/>
     <w:rsid w:val="001422C1"/>
     <w:rsid w:val="00145C91"/>
     <w:rsid w:val="001522AE"/>
     <w:rsid w:val="00157D5B"/>
     <w:rsid w:val="00157EC3"/>
     <w:rsid w:val="00161FE6"/>
     <w:rsid w:val="00164C3D"/>
     <w:rsid w:val="00166D3A"/>
     <w:rsid w:val="00172EF4"/>
     <w:rsid w:val="0017508E"/>
     <w:rsid w:val="00181FDC"/>
     <w:rsid w:val="00184167"/>
     <w:rsid w:val="001860B9"/>
     <w:rsid w:val="00186F2B"/>
     <w:rsid w:val="00187114"/>
     <w:rsid w:val="001874D6"/>
     <w:rsid w:val="0019632A"/>
     <w:rsid w:val="001A3C73"/>
+    <w:rsid w:val="001A4487"/>
     <w:rsid w:val="001A4E7C"/>
     <w:rsid w:val="001B762C"/>
     <w:rsid w:val="001C4D0A"/>
     <w:rsid w:val="001C5FEF"/>
     <w:rsid w:val="001D223E"/>
     <w:rsid w:val="001E3789"/>
     <w:rsid w:val="001E7610"/>
     <w:rsid w:val="001F4D80"/>
     <w:rsid w:val="001F72FC"/>
     <w:rsid w:val="00200D2A"/>
+    <w:rsid w:val="002057EF"/>
     <w:rsid w:val="00211487"/>
     <w:rsid w:val="00211D91"/>
     <w:rsid w:val="002146A6"/>
     <w:rsid w:val="00217DEC"/>
     <w:rsid w:val="00235B57"/>
     <w:rsid w:val="00250F24"/>
     <w:rsid w:val="002523C5"/>
     <w:rsid w:val="0025380B"/>
     <w:rsid w:val="0025703A"/>
     <w:rsid w:val="00257153"/>
     <w:rsid w:val="00262F3D"/>
     <w:rsid w:val="00263281"/>
     <w:rsid w:val="002651D6"/>
     <w:rsid w:val="0026551F"/>
     <w:rsid w:val="00270FA8"/>
     <w:rsid w:val="00280A85"/>
     <w:rsid w:val="00284119"/>
     <w:rsid w:val="002864D6"/>
     <w:rsid w:val="00290B5C"/>
     <w:rsid w:val="00294791"/>
     <w:rsid w:val="002A1C4F"/>
     <w:rsid w:val="002A7450"/>
     <w:rsid w:val="002B0B30"/>
     <w:rsid w:val="002B0C78"/>
     <w:rsid w:val="002B3C78"/>
     <w:rsid w:val="002C0C02"/>
     <w:rsid w:val="002C1277"/>
     <w:rsid w:val="002C60AD"/>
     <w:rsid w:val="002D0E0E"/>
     <w:rsid w:val="002D6023"/>
     <w:rsid w:val="002E0AFE"/>
     <w:rsid w:val="002E263F"/>
     <w:rsid w:val="002E6F81"/>
     <w:rsid w:val="002F08BA"/>
     <w:rsid w:val="002F0BF9"/>
     <w:rsid w:val="002F2973"/>
     <w:rsid w:val="002F2CFF"/>
     <w:rsid w:val="002F568B"/>
     <w:rsid w:val="002F6B07"/>
     <w:rsid w:val="002F7818"/>
     <w:rsid w:val="003066D0"/>
     <w:rsid w:val="00311401"/>
+    <w:rsid w:val="00314DA0"/>
     <w:rsid w:val="003203D7"/>
     <w:rsid w:val="00320F86"/>
     <w:rsid w:val="003238BF"/>
+    <w:rsid w:val="00323E06"/>
     <w:rsid w:val="00324171"/>
     <w:rsid w:val="00326C24"/>
     <w:rsid w:val="00337F99"/>
     <w:rsid w:val="003410BD"/>
     <w:rsid w:val="0034169F"/>
     <w:rsid w:val="00342379"/>
     <w:rsid w:val="0034307B"/>
     <w:rsid w:val="003437B9"/>
     <w:rsid w:val="00345EB1"/>
     <w:rsid w:val="00350CC4"/>
     <w:rsid w:val="00360E0D"/>
     <w:rsid w:val="0036357D"/>
     <w:rsid w:val="0036594C"/>
     <w:rsid w:val="00367D19"/>
+    <w:rsid w:val="00370F5F"/>
     <w:rsid w:val="00371BED"/>
     <w:rsid w:val="0037770E"/>
     <w:rsid w:val="00384019"/>
     <w:rsid w:val="003854F1"/>
     <w:rsid w:val="0039118E"/>
     <w:rsid w:val="00397F54"/>
     <w:rsid w:val="003A038B"/>
     <w:rsid w:val="003A0D43"/>
     <w:rsid w:val="003B2A4B"/>
     <w:rsid w:val="003D099E"/>
     <w:rsid w:val="003D21A2"/>
     <w:rsid w:val="003D29D2"/>
     <w:rsid w:val="003D6DF1"/>
     <w:rsid w:val="003E0705"/>
     <w:rsid w:val="003E2FF7"/>
     <w:rsid w:val="003F1013"/>
     <w:rsid w:val="003F1ACF"/>
     <w:rsid w:val="00402FD8"/>
     <w:rsid w:val="00404948"/>
     <w:rsid w:val="00406B13"/>
     <w:rsid w:val="00406BEA"/>
     <w:rsid w:val="00413A60"/>
     <w:rsid w:val="004230F7"/>
     <w:rsid w:val="00424879"/>
     <w:rsid w:val="00424887"/>
@@ -7571,50 +7559,51 @@
     <w:rsid w:val="004569F3"/>
     <w:rsid w:val="0045723A"/>
     <w:rsid w:val="00457395"/>
     <w:rsid w:val="00460ED0"/>
     <w:rsid w:val="00462AE2"/>
     <w:rsid w:val="00465651"/>
     <w:rsid w:val="00465C5C"/>
     <w:rsid w:val="00470CE7"/>
     <w:rsid w:val="00470F4F"/>
     <w:rsid w:val="00472482"/>
     <w:rsid w:val="004735F1"/>
     <w:rsid w:val="00480DC7"/>
     <w:rsid w:val="004876F6"/>
     <w:rsid w:val="00491565"/>
     <w:rsid w:val="0049236A"/>
     <w:rsid w:val="00492718"/>
     <w:rsid w:val="004A355D"/>
     <w:rsid w:val="004A4970"/>
     <w:rsid w:val="004B2183"/>
     <w:rsid w:val="004B2A01"/>
     <w:rsid w:val="004B7C9C"/>
     <w:rsid w:val="004C3536"/>
     <w:rsid w:val="004D2E41"/>
     <w:rsid w:val="004D7BA3"/>
     <w:rsid w:val="004E205D"/>
+    <w:rsid w:val="004E2D21"/>
     <w:rsid w:val="004E4947"/>
     <w:rsid w:val="004F4518"/>
     <w:rsid w:val="004F4C62"/>
     <w:rsid w:val="004F690D"/>
     <w:rsid w:val="00501433"/>
     <w:rsid w:val="00507FAA"/>
     <w:rsid w:val="00511CC4"/>
     <w:rsid w:val="00531E60"/>
     <w:rsid w:val="00533D0E"/>
     <w:rsid w:val="00535FCF"/>
     <w:rsid w:val="00541D07"/>
     <w:rsid w:val="0054280E"/>
     <w:rsid w:val="00544BAB"/>
     <w:rsid w:val="00545F31"/>
     <w:rsid w:val="0055088F"/>
     <w:rsid w:val="005578FA"/>
     <w:rsid w:val="00565129"/>
     <w:rsid w:val="00565CD0"/>
     <w:rsid w:val="005675E6"/>
     <w:rsid w:val="00567820"/>
     <w:rsid w:val="0057277B"/>
     <w:rsid w:val="005770AD"/>
     <w:rsid w:val="00581414"/>
     <w:rsid w:val="00582490"/>
     <w:rsid w:val="005912AB"/>
@@ -7666,85 +7655,89 @@
     <w:rsid w:val="006C6A4B"/>
     <w:rsid w:val="006C779F"/>
     <w:rsid w:val="006D01F5"/>
     <w:rsid w:val="006D0CFB"/>
     <w:rsid w:val="006D30C0"/>
     <w:rsid w:val="006D7535"/>
     <w:rsid w:val="006E0F94"/>
     <w:rsid w:val="006E450B"/>
     <w:rsid w:val="006E5133"/>
     <w:rsid w:val="006E672F"/>
     <w:rsid w:val="006E7980"/>
     <w:rsid w:val="006F0D7E"/>
     <w:rsid w:val="006F703D"/>
     <w:rsid w:val="00710B77"/>
     <w:rsid w:val="007155D5"/>
     <w:rsid w:val="0072075B"/>
     <w:rsid w:val="007221C2"/>
     <w:rsid w:val="007268AB"/>
     <w:rsid w:val="00730955"/>
     <w:rsid w:val="00733A9C"/>
     <w:rsid w:val="00733D34"/>
     <w:rsid w:val="0073568F"/>
     <w:rsid w:val="00736574"/>
     <w:rsid w:val="007367E0"/>
     <w:rsid w:val="00737215"/>
+    <w:rsid w:val="00740DA7"/>
     <w:rsid w:val="007459DF"/>
     <w:rsid w:val="00754905"/>
     <w:rsid w:val="00760038"/>
     <w:rsid w:val="00762EE0"/>
     <w:rsid w:val="00765C41"/>
     <w:rsid w:val="00771100"/>
     <w:rsid w:val="00774944"/>
     <w:rsid w:val="007759DD"/>
     <w:rsid w:val="00775BC5"/>
     <w:rsid w:val="0078609F"/>
     <w:rsid w:val="007917BA"/>
     <w:rsid w:val="007A1E82"/>
     <w:rsid w:val="007A334E"/>
     <w:rsid w:val="007A5C6F"/>
     <w:rsid w:val="007C33BB"/>
     <w:rsid w:val="007C41C7"/>
     <w:rsid w:val="007D4241"/>
     <w:rsid w:val="007D4317"/>
     <w:rsid w:val="007D4EA3"/>
     <w:rsid w:val="007E4666"/>
     <w:rsid w:val="007E499B"/>
     <w:rsid w:val="007F1CFF"/>
     <w:rsid w:val="007F5DD5"/>
     <w:rsid w:val="008118C4"/>
     <w:rsid w:val="008140BE"/>
     <w:rsid w:val="00815C68"/>
     <w:rsid w:val="00821A1B"/>
     <w:rsid w:val="008221C2"/>
     <w:rsid w:val="008262E9"/>
     <w:rsid w:val="00827E69"/>
     <w:rsid w:val="00831C35"/>
     <w:rsid w:val="00835C4D"/>
+    <w:rsid w:val="008366A8"/>
+    <w:rsid w:val="008366DE"/>
     <w:rsid w:val="00843F48"/>
     <w:rsid w:val="0084491D"/>
     <w:rsid w:val="008461E9"/>
+    <w:rsid w:val="0085112A"/>
     <w:rsid w:val="00851423"/>
     <w:rsid w:val="008569C6"/>
     <w:rsid w:val="00857848"/>
     <w:rsid w:val="008654B6"/>
     <w:rsid w:val="0087139C"/>
     <w:rsid w:val="00873419"/>
     <w:rsid w:val="00880E83"/>
     <w:rsid w:val="00892F28"/>
     <w:rsid w:val="008A0C5F"/>
     <w:rsid w:val="008A2020"/>
     <w:rsid w:val="008A3DEA"/>
     <w:rsid w:val="008A4EB9"/>
     <w:rsid w:val="008A74C0"/>
     <w:rsid w:val="008B1694"/>
     <w:rsid w:val="008C4B27"/>
     <w:rsid w:val="008C7F0C"/>
     <w:rsid w:val="008C7F2A"/>
     <w:rsid w:val="008D124E"/>
     <w:rsid w:val="008D4B13"/>
     <w:rsid w:val="008D7E83"/>
     <w:rsid w:val="008E2DB7"/>
     <w:rsid w:val="008E36F8"/>
     <w:rsid w:val="008E46B2"/>
     <w:rsid w:val="008E682C"/>
     <w:rsid w:val="008E78A1"/>
@@ -7937,86 +7930,89 @@
     <w:rsid w:val="00D86869"/>
     <w:rsid w:val="00D915B1"/>
     <w:rsid w:val="00D958AD"/>
     <w:rsid w:val="00D97E29"/>
     <w:rsid w:val="00DA299D"/>
     <w:rsid w:val="00DA65C4"/>
     <w:rsid w:val="00DE4447"/>
     <w:rsid w:val="00DE5DA2"/>
     <w:rsid w:val="00DE63C6"/>
     <w:rsid w:val="00DE7FF0"/>
     <w:rsid w:val="00DF0033"/>
     <w:rsid w:val="00E00BCC"/>
     <w:rsid w:val="00E026BF"/>
     <w:rsid w:val="00E04423"/>
     <w:rsid w:val="00E07310"/>
     <w:rsid w:val="00E07B1B"/>
     <w:rsid w:val="00E114BC"/>
     <w:rsid w:val="00E11853"/>
     <w:rsid w:val="00E20920"/>
     <w:rsid w:val="00E240D0"/>
     <w:rsid w:val="00E263FD"/>
     <w:rsid w:val="00E345B7"/>
     <w:rsid w:val="00E35ACB"/>
     <w:rsid w:val="00E411B6"/>
     <w:rsid w:val="00E4502C"/>
+    <w:rsid w:val="00E51671"/>
     <w:rsid w:val="00E52A86"/>
     <w:rsid w:val="00E53A61"/>
     <w:rsid w:val="00E547E8"/>
     <w:rsid w:val="00E54B47"/>
     <w:rsid w:val="00E553BF"/>
     <w:rsid w:val="00E55D93"/>
     <w:rsid w:val="00E61294"/>
     <w:rsid w:val="00E7237C"/>
     <w:rsid w:val="00E77C46"/>
     <w:rsid w:val="00E86CE8"/>
     <w:rsid w:val="00E90E82"/>
     <w:rsid w:val="00EA00CB"/>
     <w:rsid w:val="00EA1BAA"/>
     <w:rsid w:val="00EA213A"/>
     <w:rsid w:val="00EA3FCD"/>
     <w:rsid w:val="00EA42A0"/>
     <w:rsid w:val="00EB6714"/>
     <w:rsid w:val="00EC0A68"/>
     <w:rsid w:val="00EC3C32"/>
     <w:rsid w:val="00EC5006"/>
     <w:rsid w:val="00ED49C3"/>
     <w:rsid w:val="00ED6CE8"/>
     <w:rsid w:val="00ED7AA6"/>
     <w:rsid w:val="00EE2A26"/>
     <w:rsid w:val="00EE2A56"/>
     <w:rsid w:val="00EE3818"/>
     <w:rsid w:val="00F22264"/>
     <w:rsid w:val="00F2564D"/>
     <w:rsid w:val="00F261A5"/>
     <w:rsid w:val="00F35B05"/>
+    <w:rsid w:val="00F361A0"/>
     <w:rsid w:val="00F413D9"/>
     <w:rsid w:val="00F45C3F"/>
     <w:rsid w:val="00F5135F"/>
     <w:rsid w:val="00F51F78"/>
     <w:rsid w:val="00F56E39"/>
     <w:rsid w:val="00F5785A"/>
+    <w:rsid w:val="00F834EA"/>
     <w:rsid w:val="00F86F47"/>
     <w:rsid w:val="00F90B64"/>
     <w:rsid w:val="00FA3076"/>
     <w:rsid w:val="00FA46DD"/>
     <w:rsid w:val="00FB13BD"/>
     <w:rsid w:val="00FB2F0F"/>
     <w:rsid w:val="00FB5086"/>
     <w:rsid w:val="00FB5411"/>
     <w:rsid w:val="00FB6392"/>
     <w:rsid w:val="00FC4F36"/>
     <w:rsid w:val="00FC7E8A"/>
     <w:rsid w:val="00FD3C70"/>
     <w:rsid w:val="00FD6820"/>
     <w:rsid w:val="00FE12D8"/>
     <w:rsid w:val="00FF0275"/>
     <w:rsid w:val="00FF7C02"/>
     <w:rsid w:val="024801E3"/>
     <w:rsid w:val="3180B898"/>
     <w:rsid w:val="3EC0BF2D"/>
     <w:rsid w:val="44A88C8F"/>
     <w:rsid w:val="48E03325"/>
     <w:rsid w:val="5810E617"/>
     <w:rsid w:val="5C6EBB85"/>
     <w:rsid w:val="647B2B65"/>
     <w:rsid w:val="6B2CF8ED"/>
@@ -10787,51 +10783,51 @@
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="1338462520">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
   </w:divs>
   <w:relyOnVML/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
-<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml" Id="rId8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mellanarkiv-offentlig.vgregion.se/alfresco/s/archive/stream/public/v1/source/available/sofia/su2259-2029296069-145/surrogate/Checklista%20-%20legionella%20i%20vatten%2c%20ej%20patientfall%2c%20riskbed%c3%b6mning.pdf" TargetMode="External" Id="rId13" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mellanarkiv-offentlig.vgregion.se/alfresco/s/archive/stream/public/v1/source/available/sofia/smsk10352-1466081082-152/surrogate/Smittskyddsblad%20Legionella%20(Legion%c3%a4rssjuka)%20l%c3%a4karinformation.pdf" TargetMode="External" Id="rId18" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://assets.publishing.service.gov.uk/media/5a802fbd40f0b62305b89b00/PHE_Guidance_on_detection_of_Legionella_in_healthcare_premises.pdf" TargetMode="External" Id="rId26" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vardhandboken.se/vardhygien-infektioner-och-smittspridning/vardhygien/basala-hygienrutiner/" TargetMode="External" Id="rId21" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml" Id="rId7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mellanarkiv-offentlig.vgregion.se/alfresco/s/archive/stream/public/v1/source/available/sofia/smsk10352-1466081082-152/surrogate/Smittskyddsblad%20Legionella%20(Legion%c3%a4rssjuka)%20l%c3%a4karinformation.pdf" TargetMode="External" Id="rId12" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://medcontrol.vgregion.se/siteminderagent/forms/VGR_loginval.1.2.sfcc?TYPE=33554433&amp;REALMOID=06-6bd126c9-fa3d-411f-877d-007416042f54&amp;GUID=&amp;SMAUTHREASON=0&amp;METHOD=GET&amp;SMAGENTNAME=-SM-MedControl%20PRO%3ap%3aw%3ax&amp;TARGET=-SM-https%3a%2f%2fmedcontrol%2evgregion%2ese%2f" TargetMode="External" Id="rId17" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hygiejne.ssi.dk/-/media/arkiv/subsites/infektionshygiejne/retningslinjer/nir/nir-legionella-i-brugsvand-i-sundheds--og-plejesektoren_final.pdf" TargetMode="External" Id="rId25" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml" Id="rId33" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mellanarkiv-offentlig.vgregion.se/alfresco/s/archive/stream/public/v1/source/available/sofia/su2259-2029296069-146/surrogate/Checklista%20-%20v%c3%a5rdrelaterad%20legionellainfektion%20hos%20patient%2c%20riskbed%c3%b6mning.pdf" TargetMode="External" Id="rId16" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mellanarkiv-offentlig.vgregion.se/alfresco/s/archive/stream/public/v1/source/available/sofia/skas9729-602154698-23/surrogate/V%c3%a5rdhygienisk%20bed%c3%b6mning%20av%20riskfaktorer%20f%c3%b6r%20smittspridning%20i%20v%c3%a5rd%20och%20omsorg.pdf" TargetMode="External" Id="rId20" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml" Id="rId29" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml" Id="rId6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml" Id="rId11" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fhi.no/ss/veiledere/legionellaveilederen/?term=" TargetMode="External" Id="rId24" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml" Id="rId32" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mellanarkiv-offentlig.vgregion.se/alfresco/s/archive/stream/public/v1/source/available/sofia/smsk10352-1466081082-152/surrogate/Smittskyddsblad%20Legionella%20(Legion%c3%a4rssjuka)%20l%c3%a4karinformation.pdf" TargetMode="External" Id="rId15" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.folkhalsomyndigheten.se/smittskydd-beredskap/smittsamma-sjukdomar/legionellainfektion/legionella-i-miljon-en-kunskapssammanstallning-om-hantering-av-smittrisker/" TargetMode="External" Id="rId23" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml" Id="rId28" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml" Id="rId10" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mellanarkiv-offentlig.vgregion.se/alfresco/s/archive/stream/public/v1/source/available/sofia/sfss12798-1768321571-37/surrogate/Kontroll%20av%20legionellaf%c3%b6rekomst%20i%20tappvatten%2c%20fastighets%c3%a4garens%20ansvar%20-%20Rutin.pdf" TargetMode="External" Id="rId19" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer3.xml" Id="rId31" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml" Id="rId9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vardhandboken.se/vardhygien-infektioner-och-smittspridning/vardhygien/basala-hygienrutiner/" TargetMode="External" Id="rId14" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.escmid.org/fileadmin/escmid/media/study_groups/ESGLI/ESGLI_European_Technical_Guidelines_for_the_Prevention_Control_and_Investigation_of_Infections_Caused_by_Legionella_species_June.pdf" TargetMode="External" Id="rId22" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml" Id="rId27" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml" Id="rId30" /></Relationships>
+<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml" Id="rId8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://vgregion.sharepoint.com/:w:/r/sites/sy-skas-vardhygien-regionalyta/_layouts/15/Doc.aspx?sourcedoc=%7BA7A698E5-C08A-4F41-96C7-32070ED3F423%7D&amp;file=Riskbed%C3%B6mning%20vid%20legionellafynd%20i%20vatten%2C%20ej%20patientfall.docx&amp;action=default&amp;mobileredirect=true" TargetMode="External" Id="rId13" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mellanarkiv-offentlig.vgregion.se/alfresco/s/archive/stream/public/v1/source/available/sofia/smsk10352-1466081082-152/surrogate/Smittskyddsblad%20Legionella%20(Legion%c3%a4rssjuka)%20l%c3%a4karinformation.pdf" TargetMode="External" Id="rId18" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://assets.publishing.service.gov.uk/media/5a802fbd40f0b62305b89b00/PHE_Guidance_on_detection_of_Legionella_in_healthcare_premises.pdf" TargetMode="External" Id="rId26" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vardhandboken.se/vardhygien-infektioner-och-smittspridning/vardhygien/basala-hygienrutiner/" TargetMode="External" Id="rId21" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml" Id="rId7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mellanarkiv-offentlig.vgregion.se/alfresco/s/archive/stream/public/v1/source/available/sofia/smsk10352-1466081082-152/surrogate/Smittskyddsblad%20Legionella%20(Legion%c3%a4rssjuka)%20l%c3%a4karinformation.pdf" TargetMode="External" Id="rId12" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://medcontrol.vgregion.se/siteminderagent/forms/VGR_loginval.1.2.sfcc?TYPE=33554433&amp;REALMOID=06-6bd126c9-fa3d-411f-877d-007416042f54&amp;GUID=&amp;SMAUTHREASON=0&amp;METHOD=GET&amp;SMAGENTNAME=-SM-MedControl%20PRO%3ap%3aw%3ax&amp;TARGET=-SM-https%3a%2f%2fmedcontrol%2evgregion%2ese%2f" TargetMode="External" Id="rId17" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hygiejne.ssi.dk/-/media/arkiv/subsites/infektionshygiejne/retningslinjer/nir/nir-legionella-i-brugsvand-i-sundheds--og-plejesektoren_final.pdf" TargetMode="External" Id="rId25" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml" Id="rId33" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://vgregion.sharepoint.com/:w:/r/sites/sy-skas-vardhygien-regionalyta/_layouts/15/Doc.aspx?sourcedoc=%7BF4EB2F77-66EB-4549-8C62-1BC2AE91921E%7D&amp;file=Riskbed%C3%B6mning%20vid%20smittsp%C3%A5rning%20v%C3%A5rdrelaterad%20legionellainfektion.docx&amp;action=default&amp;mobileredirect=true" TargetMode="External" Id="rId16" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mellanarkiv-offentlig.vgregion.se/alfresco/s/archive/stream/public/v1/source/available/sofia/skas9729-602154698-23/surrogate/V%c3%a5rdhygienisk%20bed%c3%b6mning%20av%20riskfaktorer%20f%c3%b6r%20smittspridning%20i%20v%c3%a5rd%20och%20omsorg.pdf" TargetMode="External" Id="rId20" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml" Id="rId29" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml" Id="rId6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml" Id="rId11" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fhi.no/ss/veiledere/legionellaveilederen/?term=" TargetMode="External" Id="rId24" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml" Id="rId32" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mellanarkiv-offentlig.vgregion.se/alfresco/s/archive/stream/public/v1/source/available/sofia/smsk10352-1466081082-152/surrogate/Smittskyddsblad%20Legionella%20(Legion%c3%a4rssjuka)%20l%c3%a4karinformation.pdf" TargetMode="External" Id="rId15" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.folkhalsomyndigheten.se/smittskydd-beredskap/smittsamma-sjukdomar/legionellainfektion/legionella-i-miljon-en-kunskapssammanstallning-om-hantering-av-smittrisker/" TargetMode="External" Id="rId23" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml" Id="rId28" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml" Id="rId10" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mellanarkiv-offentlig.vgregion.se/alfresco/s/archive/stream/public/v1/source/available/sofia/sfss12798-1768321571-37/surrogate/Kontroll%20av%20legionellaf%c3%b6rekomst%20i%20tappvatten%2c%20fastighets%c3%a4garens%20ansvar%20-%20Rutin.pdf" TargetMode="External" Id="rId19" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer3.xml" Id="rId31" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml" Id="rId9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vardhandboken.se/vardhygien-infektioner-och-smittspridning/vardhygien/basala-hygienrutiner/" TargetMode="External" Id="rId14" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.escmid.org/fileadmin/escmid/media/study_groups/ESGLI/ESGLI_European_Technical_Guidelines_for_the_Prevention_Control_and_Investigation_of_Infections_Caused_by_Legionella_species_June.pdf" TargetMode="External" Id="rId22" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml" Id="rId27" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml" Id="rId30" /></Relationships>
 </file>
 
 <file path=word/_rels/footer3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.svg"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office-tema">
   <a:themeElements>
     <a:clrScheme name="VG">
       <a:dk1>
         <a:srgbClr val="000000"/>
       </a:dk1>
       <a:lt1>
         <a:srgbClr val="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="000000"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="808080"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="006298"/>
       </a:accent1>
@@ -11116,58 +11112,58 @@
       <a:spPr/>
       <a:bodyPr/>
       <a:lstStyle/>
       <a:style>
         <a:lnRef idx="2">
           <a:schemeClr val="accent1"/>
         </a:lnRef>
         <a:fillRef idx="0">
           <a:schemeClr val="accent1"/>
         </a:fillRef>
         <a:effectRef idx="1">
           <a:schemeClr val="accent1"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="tx1"/>
         </a:fontRef>
       </a:style>
     </a:lnDef>
   </a:objectDefaults>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
-  <Template>Normal</Template>
+  <Template>normal</Template>
   <TotalTime></TotalTime>
   <Pages>7</Pages>
-  <Words>1237</Words>
-  <Characters>14069</Characters>
+  <Words>2436</Words>
+  <Characters>12916</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>117</Lines>
+  <Lines>107</Lines>
   <Paragraphs>30</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <Manager/>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>15276</CharactersWithSpaces>
+  <CharactersWithSpaces>15322</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <coreProperties xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns="http://schemas.openxmlformats.org/package/2006/metadata/core-properties">
   <dc:title>Vårdhygien - Legionella</dc:title>
   <dc:subject/>
   <dc:creator/>
   <keywords/>
   <lastModifiedBy/>
   <revision>4</revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </coreProperties>
 </file>