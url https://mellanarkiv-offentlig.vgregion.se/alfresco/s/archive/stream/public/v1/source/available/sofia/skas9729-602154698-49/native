--- v0 (2025-12-04)
+++ v1 (2026-01-16)
@@ -1,2449 +1,3101 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
-  <Default Extension="png" ContentType="image/png"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
-  <Default Extension="wmf" ContentType="image/x-wmf"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
+  <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
+  <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
+  <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
+  <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
+  <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
+  <Override PartName="/word/header2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
-  <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
+  <Override PartName="/word/header3.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
+  <Override PartName="/word/footer3.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
+  <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
-  <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
-[...3 lines deleted...]
-  <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml" Id="rId2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml" Id="rId1" /></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
-    <w:p w14:paraId="59BB7C15" w14:textId="1ACB32CE" w:rsidR="00184167" w:rsidRDefault="00254E9A" w:rsidP="5F99C3DD">
+    <w:p w14:paraId="4BB52217" w14:textId="3CC2C495" w:rsidR="00184167" w:rsidRDefault="00254E9A" w:rsidP="5F99C3DD">
       <w:pPr>
         <w:pStyle w:val="Rubrik1"/>
-        <w:rPr>
-[...2 lines deleted...]
-      </w:pPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="0" w:name="_Toc214441737"/>
       <w:r>
         <w:t>Influensa</w:t>
       </w:r>
-      <w:bookmarkStart w:id="0" w:name="_Toc321146591"/>
+      <w:bookmarkStart w:id="1" w:name="_Toc321146591"/>
       <w:r>
-        <w:t xml:space="preserve"> –</w:t>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00BC33D1">
+        <w:t>-</w:t>
       </w:r>
       <w:r w:rsidR="007E01B8" w:rsidRPr="00FD1659">
+        <w:t xml:space="preserve"> vårdhygien</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="0"/>
+      <w:r w:rsidR="00A264BE" w:rsidRPr="005A627D">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
-[...3 lines deleted...]
-      <w:proofErr w:type="spellEnd"/>
     </w:p>
-    <w:p w14:paraId="08940841" w14:textId="6B6BCD32" w:rsidR="009A32ED" w:rsidRDefault="009A32ED" w:rsidP="009A32ED">
+    <w:p w14:paraId="7EE9B613" w14:textId="77777777" w:rsidR="009A32ED" w:rsidRDefault="009A32ED" w:rsidP="009A32ED">
       <w:pPr>
         <w:pStyle w:val="Rubrik2"/>
         <w:ind w:right="-143"/>
       </w:pPr>
-      <w:bookmarkStart w:id="1" w:name="_Toc100327184"/>
-[...1 lines deleted...]
-      <w:bookmarkEnd w:id="0"/>
+      <w:bookmarkStart w:id="2" w:name="_Toc100327184"/>
+      <w:bookmarkStart w:id="3" w:name="_Toc214272695"/>
+      <w:bookmarkStart w:id="4" w:name="_Toc214272729"/>
+      <w:bookmarkStart w:id="5" w:name="_Toc214441738"/>
+      <w:bookmarkEnd w:id="1"/>
       <w:r>
         <w:t>Förändringar sedan föregående version</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="1"/>
       <w:bookmarkEnd w:id="2"/>
+      <w:bookmarkEnd w:id="3"/>
+      <w:bookmarkEnd w:id="4"/>
+      <w:bookmarkEnd w:id="5"/>
     </w:p>
-    <w:p w14:paraId="41DB522F" w14:textId="2A35795C" w:rsidR="009F4A38" w:rsidRDefault="009F4A38" w:rsidP="009F4A38">
-[...1 lines deleted...]
-        <w:pStyle w:val="Liststycke"/>
+    <w:p w14:paraId="4698A51A" w14:textId="7BC406E0" w:rsidR="16F1D679" w:rsidRDefault="16F1D679" w:rsidP="009A32ED">
+      <w:pPr>
+        <w:ind w:right="-143"/>
+      </w:pPr>
+      <w:r>
+        <w:t>Redaktionella förändringar</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:id="6" w:name="_Toc72840807" w:displacedByCustomXml="next"/>
+    <w:bookmarkStart w:id="7" w:name="_Toc214272696" w:displacedByCustomXml="next"/>
+    <w:sdt>
+      <w:sdtPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:id w:val="-856502257"/>
+        <w:docPartObj>
+          <w:docPartGallery w:val="Table of Contents"/>
+          <w:docPartUnique/>
+        </w:docPartObj>
+      </w:sdtPr>
+      <w:sdtEndPr>
+        <w:rPr>
+          <w:bCs/>
+        </w:rPr>
+      </w:sdtEndPr>
+      <w:sdtContent>
+        <w:p w14:paraId="7146D321" w14:textId="2A6E59DA" w:rsidR="00AF354E" w:rsidRPr="00AF354E" w:rsidRDefault="00AF354E" w:rsidP="00E74EA8">
+          <w:pPr>
+            <w:pStyle w:val="Innehllsfrteckningsrubrik"/>
+            <w:ind w:left="567"/>
+            <w:rPr>
+              <w:rStyle w:val="Rubrik2Char"/>
+            </w:rPr>
+          </w:pPr>
+          <w:r w:rsidRPr="00AF354E">
+            <w:rPr>
+              <w:rStyle w:val="Rubrik2Char"/>
+            </w:rPr>
+            <w:t>Innehållsförteckning</w:t>
+          </w:r>
+        </w:p>
+        <w:p w14:paraId="5FCB2C2A" w14:textId="64CFA8E1" w:rsidR="001738B8" w:rsidRDefault="00AF354E">
+          <w:pPr>
+            <w:pStyle w:val="Innehll1"/>
+            <w:rPr>
+              <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+              <w:noProof/>
+              <w:kern w:val="2"/>
+              <w14:ligatures w14:val="standardContextual"/>
+            </w:rPr>
+          </w:pPr>
+          <w:r>
+            <w:fldChar w:fldCharType="begin"/>
+          </w:r>
+          <w:r>
+            <w:instrText xml:space="preserve"> TOC \o "1-3" \h \z \u </w:instrText>
+          </w:r>
+          <w:r>
+            <w:fldChar w:fldCharType="separate"/>
+          </w:r>
+          <w:hyperlink w:anchor="_Toc214441737" w:history="1"/>
+        </w:p>
+        <w:p w14:paraId="54397A18" w14:textId="74204BFD" w:rsidR="001738B8" w:rsidRDefault="001738B8">
+          <w:pPr>
+            <w:pStyle w:val="Innehll2"/>
+            <w:rPr>
+              <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+              <w:noProof/>
+              <w:kern w:val="2"/>
+              <w14:ligatures w14:val="standardContextual"/>
+            </w:rPr>
+          </w:pPr>
+          <w:hyperlink w:anchor="_Toc214441739" w:history="1">
+            <w:r w:rsidRPr="0014287B">
+              <w:rPr>
+                <w:rStyle w:val="Hyperlnk"/>
+                <w:rFonts w:eastAsia="MS Gothic"/>
+                <w:noProof/>
+              </w:rPr>
+              <w:t>Syfte</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:tab/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="begin"/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:instrText xml:space="preserve"> PAGEREF _Toc214441739 \h </w:instrText>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:t>2</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+          </w:hyperlink>
+        </w:p>
+        <w:p w14:paraId="3C0DDDE2" w14:textId="64F36118" w:rsidR="001738B8" w:rsidRDefault="001738B8">
+          <w:pPr>
+            <w:pStyle w:val="Innehll2"/>
+            <w:rPr>
+              <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+              <w:noProof/>
+              <w:kern w:val="2"/>
+              <w14:ligatures w14:val="standardContextual"/>
+            </w:rPr>
+          </w:pPr>
+          <w:hyperlink w:anchor="_Toc214441740" w:history="1">
+            <w:r w:rsidRPr="0014287B">
+              <w:rPr>
+                <w:rStyle w:val="Hyperlnk"/>
+                <w:rFonts w:eastAsia="MS Gothic"/>
+                <w:noProof/>
+              </w:rPr>
+              <w:t>Medicinsk bakgrund</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:tab/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="begin"/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:instrText xml:space="preserve"> PAGEREF _Toc214441740 \h </w:instrText>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:t>2</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+          </w:hyperlink>
+        </w:p>
+        <w:p w14:paraId="7B0607E8" w14:textId="1EF7584E" w:rsidR="001738B8" w:rsidRDefault="001738B8">
+          <w:pPr>
+            <w:pStyle w:val="Innehll3"/>
+            <w:rPr>
+              <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+              <w:noProof/>
+              <w:kern w:val="2"/>
+              <w14:ligatures w14:val="standardContextual"/>
+            </w:rPr>
+          </w:pPr>
+          <w:hyperlink w:anchor="_Toc214441741" w:history="1">
+            <w:r w:rsidRPr="0014287B">
+              <w:rPr>
+                <w:rStyle w:val="Hyperlnk"/>
+                <w:rFonts w:eastAsia="MS Gothic"/>
+                <w:noProof/>
+              </w:rPr>
+              <w:t>Smittvägar, smittsamhet och smittfriförklaring</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:tab/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="begin"/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:instrText xml:space="preserve"> PAGEREF _Toc214441741 \h </w:instrText>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:t>2</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+          </w:hyperlink>
+        </w:p>
+        <w:p w14:paraId="316A4332" w14:textId="0CCD893B" w:rsidR="001738B8" w:rsidRDefault="001738B8">
+          <w:pPr>
+            <w:pStyle w:val="Innehll2"/>
+            <w:rPr>
+              <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+              <w:noProof/>
+              <w:kern w:val="2"/>
+              <w14:ligatures w14:val="standardContextual"/>
+            </w:rPr>
+          </w:pPr>
+          <w:hyperlink w:anchor="_Toc214441742" w:history="1">
+            <w:r w:rsidRPr="0014287B">
+              <w:rPr>
+                <w:rStyle w:val="Hyperlnk"/>
+                <w:rFonts w:eastAsia="MS Gothic"/>
+                <w:noProof/>
+              </w:rPr>
+              <w:t>Vårdrutiner</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:tab/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="begin"/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:instrText xml:space="preserve"> PAGEREF _Toc214441742 \h </w:instrText>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:t>3</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+          </w:hyperlink>
+        </w:p>
+        <w:p w14:paraId="54A0AF01" w14:textId="36B850EF" w:rsidR="001738B8" w:rsidRDefault="001738B8">
+          <w:pPr>
+            <w:pStyle w:val="Innehll3"/>
+            <w:rPr>
+              <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+              <w:noProof/>
+              <w:kern w:val="2"/>
+              <w14:ligatures w14:val="standardContextual"/>
+            </w:rPr>
+          </w:pPr>
+          <w:hyperlink w:anchor="_Toc214441743" w:history="1">
+            <w:r w:rsidRPr="0014287B">
+              <w:rPr>
+                <w:rStyle w:val="Hyperlnk"/>
+                <w:rFonts w:eastAsia="MS Gothic"/>
+                <w:noProof/>
+              </w:rPr>
+              <w:t>Om patient insjuknar på avdelning</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:tab/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="begin"/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:instrText xml:space="preserve"> PAGEREF _Toc214441743 \h </w:instrText>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:t>3</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+          </w:hyperlink>
+        </w:p>
+        <w:p w14:paraId="33668B09" w14:textId="465CF6D7" w:rsidR="001738B8" w:rsidRDefault="001738B8">
+          <w:pPr>
+            <w:pStyle w:val="Innehll3"/>
+            <w:rPr>
+              <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+              <w:noProof/>
+              <w:kern w:val="2"/>
+              <w14:ligatures w14:val="standardContextual"/>
+            </w:rPr>
+          </w:pPr>
+          <w:hyperlink w:anchor="_Toc214441744" w:history="1">
+            <w:r w:rsidRPr="0014287B">
+              <w:rPr>
+                <w:rStyle w:val="Hyperlnk"/>
+                <w:rFonts w:eastAsia="MS Gothic"/>
+                <w:noProof/>
+              </w:rPr>
+              <w:t>Skyddsutrustning</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:tab/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="begin"/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:instrText xml:space="preserve"> PAGEREF _Toc214441744 \h </w:instrText>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:t>3</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+          </w:hyperlink>
+        </w:p>
+        <w:p w14:paraId="7FF0B1A8" w14:textId="2E167B3D" w:rsidR="001738B8" w:rsidRDefault="001738B8">
+          <w:pPr>
+            <w:pStyle w:val="Innehll3"/>
+            <w:rPr>
+              <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+              <w:noProof/>
+              <w:kern w:val="2"/>
+              <w14:ligatures w14:val="standardContextual"/>
+            </w:rPr>
+          </w:pPr>
+          <w:hyperlink w:anchor="_Toc214441745" w:history="1">
+            <w:r w:rsidRPr="0014287B">
+              <w:rPr>
+                <w:rStyle w:val="Hyperlnk"/>
+                <w:rFonts w:eastAsia="MS Gothic"/>
+                <w:noProof/>
+              </w:rPr>
+              <w:t>Vårdrum</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:tab/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="begin"/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:instrText xml:space="preserve"> PAGEREF _Toc214441745 \h </w:instrText>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:t>4</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+          </w:hyperlink>
+        </w:p>
+        <w:p w14:paraId="4FDC6E9E" w14:textId="115BC989" w:rsidR="001738B8" w:rsidRDefault="001738B8">
+          <w:pPr>
+            <w:pStyle w:val="Innehll3"/>
+            <w:rPr>
+              <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+              <w:noProof/>
+              <w:kern w:val="2"/>
+              <w14:ligatures w14:val="standardContextual"/>
+            </w:rPr>
+          </w:pPr>
+          <w:hyperlink w:anchor="_Toc214441746" w:history="1">
+            <w:r w:rsidRPr="0014287B">
+              <w:rPr>
+                <w:rStyle w:val="Hyperlnk"/>
+                <w:rFonts w:eastAsia="MS Gothic"/>
+                <w:noProof/>
+              </w:rPr>
+              <w:t>Undersökningar, konsultation eller transport</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:tab/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="begin"/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:instrText xml:space="preserve"> PAGEREF _Toc214441746 \h </w:instrText>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:t>5</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+          </w:hyperlink>
+        </w:p>
+        <w:p w14:paraId="568C9583" w14:textId="26308AA7" w:rsidR="001738B8" w:rsidRDefault="001738B8">
+          <w:pPr>
+            <w:pStyle w:val="Innehll3"/>
+            <w:rPr>
+              <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+              <w:noProof/>
+              <w:kern w:val="2"/>
+              <w14:ligatures w14:val="standardContextual"/>
+            </w:rPr>
+          </w:pPr>
+          <w:hyperlink w:anchor="_Toc214441747" w:history="1">
+            <w:r w:rsidRPr="0014287B">
+              <w:rPr>
+                <w:rStyle w:val="Hyperlnk"/>
+                <w:rFonts w:eastAsia="MS Gothic"/>
+                <w:noProof/>
+              </w:rPr>
+              <w:t>Personal</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:tab/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="begin"/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:instrText xml:space="preserve"> PAGEREF _Toc214441747 \h </w:instrText>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:t>5</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+          </w:hyperlink>
+        </w:p>
+        <w:p w14:paraId="6A50B4EE" w14:textId="73EF9073" w:rsidR="001738B8" w:rsidRDefault="001738B8">
+          <w:pPr>
+            <w:pStyle w:val="Innehll3"/>
+            <w:rPr>
+              <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+              <w:noProof/>
+              <w:kern w:val="2"/>
+              <w14:ligatures w14:val="standardContextual"/>
+            </w:rPr>
+          </w:pPr>
+          <w:hyperlink w:anchor="_Toc214441748" w:history="1">
+            <w:r w:rsidRPr="0014287B">
+              <w:rPr>
+                <w:rStyle w:val="Hyperlnk"/>
+                <w:rFonts w:eastAsia="MS Gothic"/>
+                <w:noProof/>
+              </w:rPr>
+              <w:t>Besökande</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:tab/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="begin"/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:instrText xml:space="preserve"> PAGEREF _Toc214441748 \h </w:instrText>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:t>5</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+          </w:hyperlink>
+        </w:p>
+        <w:p w14:paraId="3539EF58" w14:textId="79A66E57" w:rsidR="001738B8" w:rsidRDefault="001738B8">
+          <w:pPr>
+            <w:pStyle w:val="Innehll3"/>
+            <w:rPr>
+              <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+              <w:noProof/>
+              <w:kern w:val="2"/>
+              <w14:ligatures w14:val="standardContextual"/>
+            </w:rPr>
+          </w:pPr>
+          <w:hyperlink w:anchor="_Toc214441749" w:history="1">
+            <w:r w:rsidRPr="0014287B">
+              <w:rPr>
+                <w:rStyle w:val="Hyperlnk"/>
+                <w:rFonts w:eastAsia="MS Gothic"/>
+                <w:noProof/>
+              </w:rPr>
+              <w:t>Städ, tvätt och disk</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:tab/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="begin"/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:instrText xml:space="preserve"> PAGEREF _Toc214441749 \h </w:instrText>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:t>5</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+          </w:hyperlink>
+        </w:p>
+        <w:p w14:paraId="0A9FD77E" w14:textId="37BEC0E4" w:rsidR="001738B8" w:rsidRDefault="001738B8">
+          <w:pPr>
+            <w:pStyle w:val="Innehll2"/>
+            <w:rPr>
+              <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+              <w:noProof/>
+              <w:kern w:val="2"/>
+              <w14:ligatures w14:val="standardContextual"/>
+            </w:rPr>
+          </w:pPr>
+          <w:hyperlink w:anchor="_Toc214441750" w:history="1">
+            <w:r w:rsidRPr="0014287B">
+              <w:rPr>
+                <w:rStyle w:val="Hyperlnk"/>
+                <w:rFonts w:eastAsia="MS Gothic"/>
+                <w:noProof/>
+              </w:rPr>
+              <w:t>Ansvar och avsteg</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:tab/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="begin"/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:instrText xml:space="preserve"> PAGEREF _Toc214441750 \h </w:instrText>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:t>6</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+          </w:hyperlink>
+        </w:p>
+        <w:p w14:paraId="311AAC0E" w14:textId="666B787D" w:rsidR="001738B8" w:rsidRDefault="001738B8">
+          <w:pPr>
+            <w:pStyle w:val="Innehll2"/>
+            <w:rPr>
+              <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+              <w:noProof/>
+              <w:kern w:val="2"/>
+              <w14:ligatures w14:val="standardContextual"/>
+            </w:rPr>
+          </w:pPr>
+          <w:hyperlink w:anchor="_Toc214441751" w:history="1">
+            <w:r w:rsidRPr="0014287B">
+              <w:rPr>
+                <w:rStyle w:val="Hyperlnk"/>
+                <w:rFonts w:eastAsia="MS Gothic"/>
+                <w:noProof/>
+              </w:rPr>
+              <w:t>Relaterad information</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:tab/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="begin"/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:instrText xml:space="preserve"> PAGEREF _Toc214441751 \h </w:instrText>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:t>6</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+          </w:hyperlink>
+        </w:p>
+        <w:p w14:paraId="67476029" w14:textId="5F0812E2" w:rsidR="001738B8" w:rsidRDefault="001738B8">
+          <w:pPr>
+            <w:pStyle w:val="Innehll2"/>
+            <w:rPr>
+              <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+              <w:noProof/>
+              <w:kern w:val="2"/>
+              <w14:ligatures w14:val="standardContextual"/>
+            </w:rPr>
+          </w:pPr>
+          <w:hyperlink w:anchor="_Toc214441752" w:history="1">
+            <w:r w:rsidRPr="0014287B">
+              <w:rPr>
+                <w:rStyle w:val="Hyperlnk"/>
+                <w:rFonts w:eastAsia="MS Gothic"/>
+                <w:noProof/>
+              </w:rPr>
+              <w:t>Källförteckning</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:tab/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="begin"/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:instrText xml:space="preserve"> PAGEREF _Toc214441752 \h </w:instrText>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:t>7</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+          </w:hyperlink>
+        </w:p>
+        <w:p w14:paraId="451E9D9D" w14:textId="3841053F" w:rsidR="00AF354E" w:rsidRDefault="00AF354E">
+          <w:r>
+            <w:rPr>
+              <w:b/>
+              <w:bCs/>
+            </w:rPr>
+            <w:fldChar w:fldCharType="end"/>
+          </w:r>
+        </w:p>
+      </w:sdtContent>
+    </w:sdt>
+    <w:p w14:paraId="725D98A6" w14:textId="5F693328" w:rsidR="009A32ED" w:rsidRDefault="00BC33D1" w:rsidP="009A32ED">
+      <w:pPr>
+        <w:pStyle w:val="Rubrik2"/>
+        <w:ind w:right="-143"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="8" w:name="_Toc100327186"/>
+      <w:bookmarkStart w:id="9" w:name="_Toc214272697"/>
+      <w:bookmarkStart w:id="10" w:name="_Toc214441739"/>
+      <w:bookmarkEnd w:id="7"/>
+      <w:bookmarkEnd w:id="6"/>
+      <w:r>
+        <w:lastRenderedPageBreak/>
+        <w:t>S</w:t>
+      </w:r>
+      <w:r w:rsidR="009A32ED">
+        <w:t>yfte</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="8"/>
+      <w:bookmarkEnd w:id="9"/>
+      <w:bookmarkEnd w:id="10"/>
+      <w:r w:rsidR="009A32ED">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="67073DAD" w14:textId="14DF4E03" w:rsidR="00A10331" w:rsidRPr="00735781" w:rsidRDefault="00A10331" w:rsidP="00A10331">
+      <w:r w:rsidRPr="00735781">
+        <w:t xml:space="preserve">Syftet med denna rutin är att förhindra smittspridning </w:t>
+      </w:r>
+      <w:r w:rsidR="00B35862" w:rsidRPr="00735781">
+        <w:t xml:space="preserve">av influensa </w:t>
+      </w:r>
+      <w:r w:rsidR="003801BC" w:rsidRPr="00735781">
+        <w:t>inom vård- och omsorg.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="43141906" w14:textId="28372806" w:rsidR="00A10331" w:rsidRDefault="00B95809" w:rsidP="00A10331">
+      <w:pPr>
+        <w:pStyle w:val="Rubrik2"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="11" w:name="_Toc214272698"/>
+      <w:bookmarkStart w:id="12" w:name="_Toc214441740"/>
+      <w:r>
+        <w:t>Medicinsk bakgrund</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="11"/>
+      <w:bookmarkEnd w:id="12"/>
+    </w:p>
+    <w:p w14:paraId="6225A8AF" w14:textId="55C07BD1" w:rsidR="00AF7B12" w:rsidRPr="00BC33D1" w:rsidRDefault="00AF7B12" w:rsidP="00AF7B12">
+      <w:r w:rsidRPr="00BC33D1">
+        <w:t>Influensa är en luftvägsinfektion som återkommer regelbundet varje vintersäsong. Influensavirus har en förmåga att förändra sig och kan därför orsaka mer omfattande epidemier vissa år.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="59C51FC2" w14:textId="5D2AC02B" w:rsidR="00AF7B12" w:rsidRPr="00BC33D1" w:rsidRDefault="00AF7B12" w:rsidP="00AF7B12">
+      <w:r w:rsidRPr="00BC33D1">
+        <w:t>Influensa A och B, ger upphov till typiska symtom som hög feber, muskelvärk, huvudvärk, torrhosta och påtaglig sjukdomskänsla. Symtom från magtarmkanalen kan också förkomma, men vanligare hos barn. Små barn kan få mer av svullna tonsiller och ont i halsen när de sväljer än vuxna. För äldre personer kan symtomen vara mer atypisk</w:t>
+      </w:r>
+      <w:r w:rsidR="1C35B5DA" w:rsidRPr="00BC33D1">
+        <w:t>a</w:t>
+      </w:r>
+      <w:r w:rsidR="00B952CA">
+        <w:t xml:space="preserve"> (</w:t>
+      </w:r>
+      <w:r w:rsidR="00A5262F">
+        <w:t>1</w:t>
+      </w:r>
+      <w:r w:rsidR="00B952CA">
+        <w:t>)</w:t>
+      </w:r>
+      <w:r w:rsidR="00BC33D1" w:rsidRPr="00BC33D1">
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7A603BAD" w14:textId="3C5C44D1" w:rsidR="002A5D7F" w:rsidRPr="00BC33D1" w:rsidRDefault="005B1A53" w:rsidP="00A10331">
+      <w:r w:rsidRPr="00BC33D1">
+        <w:t>Enligt smittskyddslagen</w:t>
+      </w:r>
+      <w:r w:rsidR="008472A1" w:rsidRPr="00BC33D1">
+        <w:t xml:space="preserve"> är i</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BC33D1">
+        <w:t>nfluensa anmälningspliktig</w:t>
+      </w:r>
+      <w:r w:rsidR="008472A1" w:rsidRPr="00BC33D1">
+        <w:t>t, vilket sker via laboratorieanmälan.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="58DE52C2" w14:textId="77777777" w:rsidR="00A10331" w:rsidRPr="00A10331" w:rsidRDefault="002A5D7F" w:rsidP="00A45DA0">
+      <w:r w:rsidRPr="00BC33D1">
+        <w:t xml:space="preserve">Säsongsvaccin för influensa rekommenderas till personer i medicinsk riskgrupp. </w:t>
+      </w:r>
+      <w:r w:rsidR="008472A1" w:rsidRPr="00BC33D1">
+        <w:t xml:space="preserve">Profylaktisk antiviral behandling finns för personer som tillhör riskgrupp eller </w:t>
+      </w:r>
+      <w:r w:rsidR="00E51C56" w:rsidRPr="00BC33D1">
+        <w:t>vid</w:t>
+      </w:r>
+      <w:r w:rsidR="008472A1" w:rsidRPr="00BC33D1">
+        <w:t xml:space="preserve"> allvarlig sjuk</w:t>
+      </w:r>
+      <w:r w:rsidR="00E51C56" w:rsidRPr="00BC33D1">
+        <w:t>dom</w:t>
+      </w:r>
+      <w:r w:rsidR="008472A1" w:rsidRPr="00BC33D1">
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7D7DB4E2" w14:textId="248C34EB" w:rsidR="00A10331" w:rsidRDefault="00A10331" w:rsidP="00A10331">
+      <w:pPr>
+        <w:pStyle w:val="Rubrik3"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="13" w:name="_Toc214441741"/>
+      <w:r>
+        <w:t>Smittvägar</w:t>
+      </w:r>
+      <w:r w:rsidR="007E22D3">
+        <w:t>,</w:t>
+      </w:r>
+      <w:r w:rsidR="00E579E0">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>smittsamhet</w:t>
+      </w:r>
+      <w:r w:rsidR="007E22D3">
+        <w:t xml:space="preserve"> och smittfriförklaring</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="13"/>
+      <w:r w:rsidR="00BC33D1" w:rsidRPr="00BC33D1">
+        <w:t> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="720387E7" w14:textId="77777777" w:rsidR="007E22D3" w:rsidRPr="007E22D3" w:rsidRDefault="007E22D3" w:rsidP="007E22D3">
+      <w:pPr>
+        <w:pStyle w:val="MellanrubrikVGR"/>
+      </w:pPr>
+      <w:r>
+        <w:t>Smittvägar</w:t>
+      </w:r>
+      <w:r w:rsidR="00BC33D1" w:rsidRPr="00BC33D1">
+        <w:t> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0C81926C" w14:textId="6A2B8FC5" w:rsidR="00EA33D1" w:rsidRPr="00BC33D1" w:rsidRDefault="000F25E5" w:rsidP="003A3333">
+      <w:r w:rsidRPr="000F25E5">
+        <w:t xml:space="preserve">När någon har influensa finns virus </w:t>
+      </w:r>
+      <w:r w:rsidR="00735781" w:rsidRPr="000F25E5">
+        <w:t>framför allt</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000F25E5">
+        <w:t xml:space="preserve"> i svalget och övre luftvägarna.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BC33D1">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00603980" w:rsidRPr="00BC33D1">
+        <w:t>Influensav</w:t>
+      </w:r>
+      <w:r w:rsidR="00222C4A" w:rsidRPr="00BC33D1">
+        <w:t>irus sprids som aerosol-, dropp- eller kontaktsmitta. Aerosol</w:t>
+      </w:r>
+      <w:r w:rsidR="009F5255" w:rsidRPr="00BC33D1">
+        <w:t>er</w:t>
+      </w:r>
+      <w:r w:rsidR="00222C4A" w:rsidRPr="00BC33D1">
+        <w:t xml:space="preserve"> och droppar uppstår </w:t>
+      </w:r>
+      <w:r w:rsidR="009F20C6" w:rsidRPr="00BC33D1">
+        <w:t>i stor mängd</w:t>
+      </w:r>
+      <w:r w:rsidR="00FA250E" w:rsidRPr="00BC33D1">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00222C4A" w:rsidRPr="00BC33D1">
+        <w:t>vid hosta eller nysning</w:t>
+      </w:r>
+      <w:r w:rsidR="00FA250E" w:rsidRPr="00BC33D1">
+        <w:t xml:space="preserve"> men kan</w:t>
+      </w:r>
+      <w:r w:rsidR="009F20C6" w:rsidRPr="00BC33D1">
+        <w:t xml:space="preserve"> finnas hela tiden i luften nära en smittsam patient.</w:t>
+      </w:r>
+      <w:r w:rsidR="00222C4A" w:rsidRPr="00BC33D1">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="009F5255" w:rsidRPr="00BC33D1">
+        <w:t>V</w:t>
+      </w:r>
+      <w:r w:rsidR="00222C4A" w:rsidRPr="00BC33D1">
+        <w:t>iruspartiklar</w:t>
+      </w:r>
+      <w:r w:rsidR="009F5255" w:rsidRPr="00BC33D1">
+        <w:t xml:space="preserve"> kan</w:t>
+      </w:r>
+      <w:r w:rsidR="00222C4A" w:rsidRPr="00BC33D1">
+        <w:t xml:space="preserve"> finnas kvar i luften en kortare tid men smittsamhet avtar snabbt med avståndet från den </w:t>
+      </w:r>
+      <w:r w:rsidR="007F1355" w:rsidRPr="00BC33D1">
+        <w:t>smittsamme</w:t>
+      </w:r>
+      <w:r w:rsidR="00B952CA">
+        <w:t xml:space="preserve"> (</w:t>
+      </w:r>
+      <w:r w:rsidR="00A5262F">
+        <w:t>2</w:t>
+      </w:r>
+      <w:r w:rsidR="00B952CA">
+        <w:t>)</w:t>
+      </w:r>
+      <w:r w:rsidR="00BC33D1" w:rsidRPr="00BC33D1">
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="61DAE31E" w14:textId="77777777" w:rsidR="007E22D3" w:rsidRPr="00BC33D1" w:rsidRDefault="00FD1659" w:rsidP="00FD1659">
+      <w:pPr>
+        <w:pStyle w:val="MellanrubrikVGR"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00BC33D1">
+        <w:t>Smittsamhet</w:t>
+      </w:r>
+      <w:r w:rsidR="00BC33D1" w:rsidRPr="00BC33D1">
+        <w:t> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2547E458" w14:textId="79F0EAFC" w:rsidR="00FD1659" w:rsidRPr="00BC33D1" w:rsidRDefault="007243CE" w:rsidP="003A3333">
+      <w:r w:rsidRPr="00BC33D1">
+        <w:t xml:space="preserve">Inkubationstiden är vanligtvis </w:t>
+      </w:r>
+      <w:r w:rsidR="00A85526" w:rsidRPr="00BC33D1">
+        <w:t>1–4</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BC33D1">
+        <w:t xml:space="preserve"> dygn. </w:t>
+      </w:r>
+      <w:r w:rsidR="005433E4" w:rsidRPr="00BC33D1">
+        <w:t>Smittsamheten börjar redan dygnet innan man får symtom och är som högst när man är som sjukast</w:t>
+      </w:r>
+      <w:r w:rsidR="00E74EA8">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00B952CA">
+        <w:t>(</w:t>
+      </w:r>
+      <w:r w:rsidR="00A5262F">
+        <w:t>2</w:t>
+      </w:r>
+      <w:r w:rsidR="00B952CA">
+        <w:t>)</w:t>
+      </w:r>
+      <w:r w:rsidR="00BC33D1" w:rsidRPr="00BC33D1">
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="520FD3C4" w14:textId="53EA8B3F" w:rsidR="003A3333" w:rsidRPr="00BC33D1" w:rsidRDefault="00FD1659" w:rsidP="00FD1659">
+      <w:pPr>
+        <w:pStyle w:val="MellanrubrikVGR"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00BC33D1">
+        <w:lastRenderedPageBreak/>
+        <w:t>Smittfriförklaring</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="443BF133" w14:textId="04794563" w:rsidR="003A3333" w:rsidRPr="00BC33D1" w:rsidRDefault="00F83D7B" w:rsidP="003A3333">
+      <w:r w:rsidRPr="00BC33D1">
+        <w:t xml:space="preserve">Smittfriförklaring </w:t>
+      </w:r>
+      <w:r w:rsidR="00764BED" w:rsidRPr="00BC33D1">
+        <w:t xml:space="preserve">av immunfriska </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BC33D1">
+        <w:t xml:space="preserve">kan ske </w:t>
+      </w:r>
+      <w:r w:rsidR="003E4CF0" w:rsidRPr="00BC33D1">
+        <w:t>när följande kriterier är uppfyllda:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4AA11A0D" w14:textId="121261EA" w:rsidR="003A3333" w:rsidRPr="00BC33D1" w:rsidRDefault="003E4CF0" w:rsidP="00BC33D1">
+      <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="29"/>
+          <w:numId w:val="33"/>
         </w:numPr>
       </w:pPr>
-      <w:r>
-[...3 lines deleted...]
-        <w:t>.</w:t>
+      <w:r w:rsidRPr="00BC33D1">
+        <w:t>5 dagar har gått sedan symtomdebut</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="36DE005C" w14:textId="20A3AAC7" w:rsidR="003C486D" w:rsidRDefault="009F4A38" w:rsidP="003C486D">
-[...1 lines deleted...]
-        <w:pStyle w:val="Liststycke"/>
+    <w:p w14:paraId="21714D79" w14:textId="33BF422B" w:rsidR="003A3333" w:rsidRPr="00BC33D1" w:rsidRDefault="00355A45" w:rsidP="00BC33D1">
+      <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="29"/>
+          <w:numId w:val="33"/>
         </w:numPr>
       </w:pPr>
-      <w:r>
-[...18 lines deleted...]
-        <w:t xml:space="preserve"> </w:t>
+      <w:r w:rsidRPr="00BC33D1">
+        <w:t>f</w:t>
+      </w:r>
+      <w:r w:rsidR="003E4CF0" w:rsidRPr="00BC33D1">
+        <w:t>eberfrihet i minst 24 timmar</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5E19A2FD" w14:textId="233759CF" w:rsidR="003C486D" w:rsidRDefault="004705B5" w:rsidP="003C486D">
-[...1 lines deleted...]
-        <w:pStyle w:val="Liststycke"/>
+    <w:p w14:paraId="12B5F240" w14:textId="5F6CE574" w:rsidR="003A3333" w:rsidRPr="00BC33D1" w:rsidRDefault="00355A45" w:rsidP="00BC33D1">
+      <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="29"/>
+          <w:numId w:val="33"/>
         </w:numPr>
       </w:pPr>
-      <w:r>
-[...11 lines deleted...]
-      <w:r w:rsidR="000D0219" w:rsidRPr="00F92144">
+      <w:r w:rsidRPr="00BC33D1">
+        <w:t>k</w:t>
+      </w:r>
+      <w:r w:rsidR="003E4CF0" w:rsidRPr="00BC33D1">
+        <w:t>linisk förbättring</w:t>
+      </w:r>
+      <w:r w:rsidR="007F0A29" w:rsidRPr="00BC33D1">
         <w:t>.</w:t>
       </w:r>
-      <w:r w:rsidR="003B62DA">
-[...1 lines deleted...]
-      </w:r>
     </w:p>
-    <w:p w14:paraId="3720688E" w14:textId="25F6C964" w:rsidR="003C486D" w:rsidRDefault="004705B5" w:rsidP="003C486D">
-[...573 lines deleted...]
-      </w:pPr>
+    <w:p w14:paraId="691B4C2D" w14:textId="218E87AE" w:rsidR="00CB0FAD" w:rsidRPr="00BC33D1" w:rsidRDefault="00CB0FAD" w:rsidP="003A3333">
       <w:r>
         <w:t>Om patienten har fått antiviral behandling</w:t>
       </w:r>
       <w:r w:rsidR="0008095A">
         <w:t xml:space="preserve"> i minst tre dagar</w:t>
       </w:r>
       <w:r w:rsidR="00315A27">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="003D3611">
         <w:t xml:space="preserve">samt varit stabilt förbättrad avseende influensasymtom under de senaste 24 timmarna </w:t>
       </w:r>
       <w:r w:rsidR="00315A27">
         <w:t xml:space="preserve">kan </w:t>
       </w:r>
       <w:r w:rsidR="006F2975">
         <w:t>patienten vanligtvis bedömas som smittfri</w:t>
       </w:r>
       <w:r w:rsidR="003D3611">
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="57464CC3" w14:textId="3442C1D8" w:rsidR="007F0A29" w:rsidRDefault="00764BED" w:rsidP="005433E4">
+      <w:r w:rsidRPr="00BC33D1">
+        <w:t>Immunsupprimerade kan utsöndra virus under</w:t>
+      </w:r>
+      <w:r w:rsidR="006046E1" w:rsidRPr="00BC33D1">
+        <w:t xml:space="preserve"> längre tid</w:t>
+      </w:r>
+      <w:r w:rsidR="008E4E66" w:rsidRPr="00BC33D1">
         <w:t xml:space="preserve">. </w:t>
       </w:r>
+      <w:r w:rsidR="006F6B00" w:rsidRPr="00BC33D1">
+        <w:t xml:space="preserve">I dessa fall behövs därför en </w:t>
+      </w:r>
+      <w:r w:rsidR="00692F20" w:rsidRPr="00BC33D1">
+        <w:t xml:space="preserve">individuell bedömning </w:t>
+      </w:r>
+      <w:r w:rsidR="006F6B00" w:rsidRPr="00BC33D1">
+        <w:t>göras</w:t>
+      </w:r>
+      <w:r w:rsidR="00692F20" w:rsidRPr="00BC33D1">
+        <w:t xml:space="preserve"> innan smittfriförklaring</w:t>
+      </w:r>
+      <w:r w:rsidR="00B952CA">
+        <w:t xml:space="preserve"> (</w:t>
+      </w:r>
+      <w:r w:rsidR="00A5262F">
+        <w:t>2</w:t>
+      </w:r>
+      <w:r w:rsidR="00B952CA">
+        <w:t>)</w:t>
+      </w:r>
+      <w:r w:rsidR="00BC33D1" w:rsidRPr="00BC33D1">
+        <w:t>.</w:t>
+      </w:r>
     </w:p>
-    <w:p w14:paraId="546D1377" w14:textId="7A158A20" w:rsidR="007F0A29" w:rsidRDefault="00764BED" w:rsidP="005433E4">
-[...5 lines deleted...]
-      <w:proofErr w:type="spellStart"/>
+    <w:p w14:paraId="4F40ACD0" w14:textId="50ED7D76" w:rsidR="005A1D21" w:rsidRDefault="00DC17AF" w:rsidP="00BC33D1">
+      <w:pPr>
+        <w:pStyle w:val="Rubrik2"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="14" w:name="_Toc214272699"/>
+      <w:bookmarkStart w:id="15" w:name="_Toc214441742"/>
       <w:r>
-        <w:rPr>
-[...52 lines deleted...]
-      </w:r>
+        <w:t>Vårdrutiner</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="14"/>
+      <w:bookmarkEnd w:id="15"/>
     </w:p>
-    <w:p w14:paraId="1C9FEDAD" w14:textId="124483F7" w:rsidR="005A1D21" w:rsidRDefault="00DC17AF" w:rsidP="00DC17AF">
-[...25 lines deleted...]
-        <w:r w:rsidR="00462771" w:rsidRPr="00CE6C33">
+    <w:p w14:paraId="4F97EC1B" w14:textId="136E14DE" w:rsidR="00BC33D1" w:rsidRDefault="00BC33D1" w:rsidP="00BC33D1">
+      <w:r w:rsidRPr="00BC33D1">
+        <w:t xml:space="preserve">Basala hygienrutiner ska tillämpas se </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId12" w:history="1">
+        <w:r w:rsidRPr="00427A8D">
           <w:rPr>
             <w:rStyle w:val="Hyperlnk"/>
           </w:rPr>
           <w:t>Basal hygien och klädregler</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="6E88B6BA" w14:textId="77777777" w:rsidR="007E01B8" w:rsidRPr="007E01B8" w:rsidRDefault="007E01B8" w:rsidP="007E01B8">
+    <w:p w14:paraId="044592BD" w14:textId="5072ECEA" w:rsidR="007E01B8" w:rsidRDefault="007E01B8" w:rsidP="007E01B8">
       <w:pPr>
         <w:pStyle w:val="Rubrik3"/>
-        <w:rPr>
-[...6 lines deleted...]
-        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="16" w:name="_Toc214441743"/>
+      <w:r w:rsidRPr="00B93DC5">
         <w:t>Om patient insjuknar på avdelning</w:t>
       </w:r>
+      <w:bookmarkEnd w:id="16"/>
     </w:p>
-    <w:p w14:paraId="0DD70173" w14:textId="42C85C6C" w:rsidR="007E01B8" w:rsidRDefault="007E01B8" w:rsidP="5F99C3DD">
-[...4 lines deleted...]
-      </w:pPr>
+    <w:p w14:paraId="7E79D15E" w14:textId="2E5E494A" w:rsidR="007E01B8" w:rsidRPr="00B93DC5" w:rsidRDefault="007E01B8" w:rsidP="5F99C3DD">
       <w:r>
         <w:t>Det är viktigt att vara uppmärksam på symtom som kan vara orsakade av influensa. Provtagning sker enligt</w:t>
       </w:r>
       <w:r w:rsidR="41A81564">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:hyperlink r:id="rId10">
-        <w:r w:rsidR="41A81564" w:rsidRPr="5F99C3DD">
+      <w:hyperlink r:id="rId13" w:tgtFrame="_blank" w:history="1">
+        <w:r w:rsidR="00B93DC5" w:rsidRPr="00B93DC5">
           <w:rPr>
             <w:rStyle w:val="Hyperlnk"/>
           </w:rPr>
-          <w:t xml:space="preserve">Startsida - </w:t>
-[...13 lines deleted...]
-          <w:t xml:space="preserve"> (anvisningar.se)</w:t>
+          <w:t>Startsida - Unilabs (anvisningar.se)</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidR="41A81564">
-[...1 lines deleted...]
-      </w:r>
     </w:p>
-    <w:p w14:paraId="0C5F4045" w14:textId="77777777" w:rsidR="007E01B8" w:rsidRDefault="007E01B8" w:rsidP="007E01B8">
+    <w:p w14:paraId="2262114A" w14:textId="722E744C" w:rsidR="007E01B8" w:rsidRDefault="007E01B8" w:rsidP="007E01B8">
       <w:r>
         <w:t xml:space="preserve">Överväg i tidigt skede antiviral behandling. Se </w:t>
       </w:r>
-      <w:hyperlink r:id="rId11" w:history="1">
-        <w:r>
+      <w:hyperlink r:id="rId14" w:tgtFrame="_blank" w:history="1">
+        <w:r w:rsidR="00B93DC5" w:rsidRPr="00B93DC5">
           <w:rPr>
             <w:rStyle w:val="Hyperlnk"/>
           </w:rPr>
           <w:t>Influensa - antiviral terapi till vuxna (vgregion.se)</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="25703A68" w14:textId="2BFE045B" w:rsidR="007E01B8" w:rsidRPr="00FF6B6D" w:rsidRDefault="007E01B8" w:rsidP="007E01B8">
-[...6 lines deleted...]
-      </w:pPr>
+    <w:p w14:paraId="273E0D64" w14:textId="0C05B449" w:rsidR="007E01B8" w:rsidRPr="00B93DC5" w:rsidRDefault="007E01B8" w:rsidP="007E01B8">
       <w:r>
-        <w:t xml:space="preserve">Värdera om smitta kan ha skett på enheten. Vid flera influensafall (≥2 under 7 dagar) som kan ha smittats på enheten ta kontakt med Vårdhygien (telefon: </w:t>
+        <w:t xml:space="preserve">Värdera om smitta kan ha skett på enheten. Vid flera influensafall (≥2 under </w:t>
+      </w:r>
+      <w:r w:rsidR="3D89D434">
+        <w:t>7</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> dagar) som kan ha smittats på enheten ta kontakt med Vårdhygien (telefon: </w:t>
       </w:r>
       <w:r w:rsidR="00FD1659">
-        <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">0500 </w:t>
       </w:r>
-      <w:proofErr w:type="gramStart"/>
       <w:r>
-        <w:t>432084</w:t>
-[...11 lines deleted...]
-        <w:t xml:space="preserve"> </w:t>
+        <w:t>432084) för råd gällande ytterligare åtgärder för att förhindra vidare smittspridning.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3E080DA1" w14:textId="205B2EA3" w:rsidR="005A1D21" w:rsidRDefault="005A1D21" w:rsidP="005A1D21">
+    <w:p w14:paraId="12947013" w14:textId="77777777" w:rsidR="00B93DC5" w:rsidRPr="00B93DC5" w:rsidRDefault="00B93DC5" w:rsidP="00B93DC5">
+      <w:r w:rsidRPr="00B93DC5">
+        <w:t xml:space="preserve">Denna </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId15" w:tgtFrame="_blank" w:history="1">
+        <w:r w:rsidRPr="00B93DC5">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlnk"/>
+          </w:rPr>
+          <w:t>Loggbok vid virusorsakad luftvägsinfektion (misstänkt eller konstaterad)</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="00B93DC5">
+        <w:t xml:space="preserve"> kan vara till hjälp för överblick vid flera fall på en enhet.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="48A1A725" w14:textId="51E1FC4E" w:rsidR="005A1D21" w:rsidRDefault="005A1D21" w:rsidP="005A1D21">
       <w:pPr>
         <w:pStyle w:val="Rubrik3"/>
       </w:pPr>
+      <w:bookmarkStart w:id="17" w:name="_Toc214441744"/>
+      <w:bookmarkStart w:id="18" w:name="_Toc100327187"/>
       <w:r>
         <w:t>Skyddsutrustning</w:t>
       </w:r>
+      <w:bookmarkEnd w:id="17"/>
     </w:p>
-    <w:p w14:paraId="7F93114D" w14:textId="4C133165" w:rsidR="00F81E4E" w:rsidRDefault="00AD26FB" w:rsidP="00F81E4E">
+    <w:p w14:paraId="1835D937" w14:textId="1D305CA7" w:rsidR="00F81E4E" w:rsidRDefault="00AD26FB" w:rsidP="00F81E4E">
       <w:r>
         <w:t xml:space="preserve">Vid </w:t>
       </w:r>
       <w:r w:rsidR="0013513B">
         <w:t xml:space="preserve">nära </w:t>
       </w:r>
       <w:r>
         <w:t>vård</w:t>
       </w:r>
       <w:r w:rsidR="00510D6A">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="0013513B">
         <w:t>(</w:t>
       </w:r>
       <w:r w:rsidR="00510D6A">
         <w:t>inom 2 meter</w:t>
       </w:r>
       <w:r w:rsidR="0013513B">
         <w:t>)</w:t>
       </w:r>
       <w:r w:rsidR="00510D6A">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00F81E4E">
         <w:t xml:space="preserve">av patient med misstänkt eller </w:t>
       </w:r>
       <w:r w:rsidR="00023363">
         <w:t>bekräftad</w:t>
       </w:r>
       <w:r w:rsidR="00F81E4E">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00F81E4E" w:rsidRPr="00F81E4E">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>smittsam</w:t>
       </w:r>
       <w:r w:rsidR="00F81E4E">
-        <w:t xml:space="preserve"> influensa ska följande skyddsutrustning användas som komplement till basala hygienrutiner:</w:t>
+        <w:t xml:space="preserve"> influensa ska följande skyddsutrustning användas som komplement till basala hygienrutiner</w:t>
+      </w:r>
+      <w:r w:rsidR="00BB3993">
+        <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="19C6885E" w14:textId="11CC6263" w:rsidR="00F81E4E" w:rsidRDefault="00F81E4E" w:rsidP="00F81E4E">
+    <w:p w14:paraId="64DADCEF" w14:textId="3F8C9025" w:rsidR="00063897" w:rsidRDefault="00F81E4E" w:rsidP="00BB3993">
+      <w:r>
+        <w:lastRenderedPageBreak/>
+        <w:t>Visir eller skyddsglasögon</w:t>
+      </w:r>
+      <w:r w:rsidR="23EC6086">
+        <w:t xml:space="preserve"> med m</w:t>
+      </w:r>
+      <w:r>
+        <w:t>unskydd eller andningsskydd enligt nedan</w:t>
+      </w:r>
+      <w:r w:rsidR="00063897">
+        <w:t>:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3B5AA161" w14:textId="0E82BBF4" w:rsidR="00F81E4E" w:rsidRDefault="00063897" w:rsidP="00B93DC5">
       <w:pPr>
         <w:pStyle w:val="Liststycke"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="28"/>
+          <w:numId w:val="36"/>
         </w:numPr>
       </w:pPr>
       <w:r>
-        <w:t>Visir eller skyddsglasögon</w:t>
+        <w:t>Munskydd används när smittrisken bedöms låg vilket gäller de flesta kliniska situationer.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3C0CC9B5" w14:textId="77777777" w:rsidR="00063897" w:rsidRDefault="00F81E4E" w:rsidP="008127D6">
-[...1 lines deleted...]
-        <w:pStyle w:val="Liststycke"/>
+    <w:p w14:paraId="1EEDD6F0" w14:textId="48713151" w:rsidR="00063897" w:rsidRDefault="00063897" w:rsidP="00B93DC5">
+      <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="28"/>
-[...26 lines deleted...]
-          <w:numId w:val="28"/>
+          <w:numId w:val="36"/>
         </w:numPr>
       </w:pPr>
       <w:r>
         <w:t>Andningsskydd (FFP2/FFP3) används</w:t>
       </w:r>
       <w:r w:rsidR="00F61562">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:t>när smittrisken bedöms förhöjd</w:t>
       </w:r>
       <w:r w:rsidR="008E1CCD">
         <w:t xml:space="preserve"> (andningsskydd sätts på och tas av utanför rum)</w:t>
       </w:r>
       <w:r>
         <w:t>:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1B321DB5" w14:textId="1417C59A" w:rsidR="00063897" w:rsidRDefault="00063897" w:rsidP="00063897">
-[...1 lines deleted...]
-        <w:pStyle w:val="Liststycke"/>
+    <w:p w14:paraId="255B80B8" w14:textId="397DDAAD" w:rsidR="00063897" w:rsidRDefault="00063897" w:rsidP="00B93DC5">
+      <w:pPr>
         <w:numPr>
-          <w:ilvl w:val="2"/>
-          <w:numId w:val="28"/>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="37"/>
         </w:numPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="720"/>
+        </w:tabs>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">Vårdmoment med förhöjd risk (intubation, bronkoskopi, sugning av nedre luftvägar, </w:t>
-[...7 lines deleted...]
-        <w:t>)</w:t>
+        <w:t>Vårdmoment med förhöjd risk (intubation, bronkoskopi, sugning av nedre luftvägar, trakeotomi)</w:t>
       </w:r>
       <w:r w:rsidR="00355A45">
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="70687A05" w14:textId="198314DB" w:rsidR="00063897" w:rsidRDefault="00312D4E" w:rsidP="00063897">
-[...1 lines deleted...]
-        <w:pStyle w:val="Liststycke"/>
+    <w:p w14:paraId="4265C9EB" w14:textId="1ED8E4E3" w:rsidR="00063897" w:rsidRDefault="00312D4E" w:rsidP="00B93DC5">
+      <w:pPr>
         <w:numPr>
-          <w:ilvl w:val="2"/>
-          <w:numId w:val="28"/>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="38"/>
         </w:numPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="720"/>
+        </w:tabs>
       </w:pPr>
       <w:r>
         <w:t>Efter riskbedömning</w:t>
       </w:r>
       <w:r w:rsidR="006E2942">
         <w:t xml:space="preserve">. </w:t>
       </w:r>
       <w:r w:rsidR="00DA41F9">
         <w:t xml:space="preserve">Exempelvis </w:t>
       </w:r>
       <w:r w:rsidR="00473604">
         <w:t>vid</w:t>
       </w:r>
       <w:r w:rsidR="00DA41F9">
-        <w:t xml:space="preserve"> längre vårdinsats, kraftig hosta, nyinsjuknad patient särskilt i trångt utrymme eller när flera smittsamma patienter vårdas på samma rum. </w:t>
+        <w:t xml:space="preserve"> längre vårdinsats, kraftig hosta, nyinsjuknad patient särskilt i trångt utrymme eller när flera smittsamma patienter vårdas på samma rum</w:t>
+      </w:r>
+      <w:r w:rsidR="0093267C">
+        <w:t xml:space="preserve"> (</w:t>
+      </w:r>
+      <w:r w:rsidR="00A5262F">
+        <w:t>3</w:t>
+      </w:r>
+      <w:r w:rsidR="0093267C">
+        <w:t>,</w:t>
+      </w:r>
+      <w:r w:rsidR="00B952CA">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00A5262F">
+        <w:t>4</w:t>
+      </w:r>
+      <w:r w:rsidR="0093267C">
+        <w:t>).</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0DF08F02" w14:textId="3CEF4B54" w:rsidR="005A1D21" w:rsidRDefault="005A1D21" w:rsidP="005A1D21">
+    <w:p w14:paraId="1901FCC2" w14:textId="427F7875" w:rsidR="005A1D21" w:rsidRDefault="005A1D21" w:rsidP="005A1D21">
       <w:pPr>
         <w:pStyle w:val="Rubrik3"/>
       </w:pPr>
-      <w:proofErr w:type="spellStart"/>
+      <w:bookmarkStart w:id="19" w:name="_Toc214441745"/>
       <w:r>
         <w:t>Vårdrum</w:t>
       </w:r>
-      <w:proofErr w:type="spellEnd"/>
+      <w:bookmarkEnd w:id="19"/>
     </w:p>
-    <w:p w14:paraId="70C3FCBE" w14:textId="1B3B4EB5" w:rsidR="005A1D21" w:rsidRPr="001E22B9" w:rsidRDefault="00A44F74" w:rsidP="005A1D21">
+    <w:p w14:paraId="126E8B18" w14:textId="73FBEB55" w:rsidR="005A1D21" w:rsidRPr="001E22B9" w:rsidRDefault="00A44F74" w:rsidP="005A1D21">
       <w:r>
         <w:t xml:space="preserve">Patient med misstänkt eller </w:t>
       </w:r>
       <w:r w:rsidR="269D7655" w:rsidRPr="007E3E25">
         <w:t xml:space="preserve">bekräftad </w:t>
       </w:r>
       <w:r>
         <w:t>influensa ska</w:t>
       </w:r>
       <w:r w:rsidR="00544371">
         <w:t xml:space="preserve"> under smittsam period</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> v</w:t>
       </w:r>
       <w:r w:rsidR="005A1D21">
         <w:t>årdas på eget rum</w:t>
       </w:r>
       <w:r w:rsidR="00D54DBF">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="007D1B91">
         <w:t>med stängd dörr</w:t>
       </w:r>
       <w:r w:rsidR="00544371">
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7EF31EF3" w14:textId="7369282D" w:rsidR="00BB650F" w:rsidRDefault="00AD26FB" w:rsidP="00AD26FB">
+    <w:p w14:paraId="35DAD948" w14:textId="22800A1A" w:rsidR="00BB650F" w:rsidRDefault="00AD26FB" w:rsidP="00AD26FB">
       <w:pPr>
         <w:pStyle w:val="MellanrubrikVGR"/>
       </w:pPr>
       <w:r w:rsidRPr="00BB650F">
         <w:t>Exponerad patient</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6E90D527" w14:textId="69A287EF" w:rsidR="00F2412D" w:rsidRPr="001E22B9" w:rsidRDefault="00621B8D" w:rsidP="00F2412D">
+    <w:p w14:paraId="27CE7686" w14:textId="2510426A" w:rsidR="00F2412D" w:rsidRPr="001E22B9" w:rsidRDefault="00621B8D" w:rsidP="00F2412D">
       <w:r w:rsidRPr="001E22B9">
         <w:t>Patient vårdad på samma rum som patient med influensa betraktas som exponerad i 4 dygn</w:t>
       </w:r>
       <w:r w:rsidR="00406243" w:rsidRPr="001E22B9">
         <w:t xml:space="preserve"> efter senaste kontakt med smittsam patient</w:t>
       </w:r>
       <w:r w:rsidRPr="001E22B9">
-        <w:t xml:space="preserve">. </w:t>
+        <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="28991717" w14:textId="5A509D54" w:rsidR="00D61F96" w:rsidRPr="00F52067" w:rsidRDefault="00D61F96" w:rsidP="00D61F96">
+    <w:p w14:paraId="36A5C494" w14:textId="7BD0B478" w:rsidR="00D61F96" w:rsidRPr="00F52067" w:rsidRDefault="00D61F96" w:rsidP="00D61F96">
       <w:r w:rsidRPr="00F52067">
         <w:t>Åtgärder för exponerade:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4A8585B9" w14:textId="569C1B75" w:rsidR="00D61F96" w:rsidRPr="00F52067" w:rsidRDefault="001A0A67" w:rsidP="00F14A03">
-[...5 lines deleted...]
-        </w:numPr>
+    <w:p w14:paraId="7325D520" w14:textId="10A8693E" w:rsidR="00D61F96" w:rsidRPr="00F52067" w:rsidRDefault="001A0A67" w:rsidP="00B93DC5">
+      <w:pPr>
+        <w:pStyle w:val="Punktlista"/>
       </w:pPr>
       <w:r w:rsidRPr="00F52067">
         <w:t xml:space="preserve">Uppmärksamhet på symtom som kan vara influensa. Den exponerade ska informeras om att direkt </w:t>
       </w:r>
       <w:r w:rsidR="00F65736" w:rsidRPr="00F52067">
         <w:t>kontakta personal vid symtom</w:t>
       </w:r>
       <w:r w:rsidR="00F14A03" w:rsidRPr="00F52067">
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="344157EB" w14:textId="3039C288" w:rsidR="00F65736" w:rsidRPr="00F52067" w:rsidRDefault="00F65736" w:rsidP="00F14A03">
-[...5 lines deleted...]
-        </w:numPr>
+    <w:p w14:paraId="0D6E19CD" w14:textId="27DA1690" w:rsidR="00F65736" w:rsidRPr="00F52067" w:rsidRDefault="00F65736" w:rsidP="00B93DC5">
+      <w:pPr>
+        <w:pStyle w:val="Punktlista"/>
       </w:pPr>
       <w:r w:rsidRPr="00F52067">
         <w:t>Bedöm om profylaktisk behandling ska ges</w:t>
       </w:r>
       <w:r w:rsidR="00F14A03" w:rsidRPr="00F52067">
         <w:t>.</w:t>
       </w:r>
       <w:r w:rsidR="00FD04AB" w:rsidRPr="00F52067">
         <w:t xml:space="preserve"> Se </w:t>
       </w:r>
-      <w:hyperlink r:id="rId12" w:history="1">
-        <w:r w:rsidR="00FD04AB" w:rsidRPr="00F52067">
+      <w:hyperlink r:id="rId16" w:tgtFrame="_blank" w:history="1">
+        <w:r w:rsidR="00B93DC5" w:rsidRPr="00B93DC5">
           <w:rPr>
             <w:rStyle w:val="Hyperlnk"/>
-            <w:color w:val="auto"/>
           </w:rPr>
           <w:t>Influensa - antiviral terapi till vuxna (vgregion.se)</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="66CC544C" w14:textId="4D6809A5" w:rsidR="00F14A03" w:rsidRPr="00F52067" w:rsidRDefault="00F14A03" w:rsidP="00F14A03">
-[...5 lines deleted...]
-        </w:numPr>
+    <w:p w14:paraId="53E0739C" w14:textId="74A05E23" w:rsidR="00F14A03" w:rsidRPr="00F52067" w:rsidRDefault="00F14A03" w:rsidP="00B93DC5">
+      <w:pPr>
+        <w:pStyle w:val="Punktlista"/>
       </w:pPr>
       <w:r>
         <w:t>Vård på eget rum</w:t>
       </w:r>
       <w:r w:rsidR="00113E3F">
-        <w:t xml:space="preserve">. Patienter som exponerats vid samma tillfälle kan </w:t>
-[...5 lines deleted...]
-      <w:proofErr w:type="spellEnd"/>
+        <w:t>. Patienter som exponerats vid samma tillfälle kan samvårdas</w:t>
+      </w:r>
       <w:r w:rsidR="001E22B9">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="001E22B9" w:rsidRPr="007E3E25">
         <w:t>om inga andra riskfaktorer finns</w:t>
       </w:r>
       <w:r w:rsidR="00113E3F" w:rsidRPr="007E3E25">
         <w:t xml:space="preserve">. </w:t>
       </w:r>
       <w:r w:rsidR="00113E3F">
         <w:t>Mobilisering</w:t>
       </w:r>
       <w:r w:rsidR="00297974">
         <w:t xml:space="preserve"> kan ske utanför rummet.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="412F530B" w14:textId="37D370A6" w:rsidR="00346906" w:rsidRPr="00F52067" w:rsidRDefault="00346906" w:rsidP="00F14A03">
-[...5 lines deleted...]
-        </w:numPr>
+    <w:p w14:paraId="64C012F8" w14:textId="47485E06" w:rsidR="00346906" w:rsidRPr="00F52067" w:rsidRDefault="00346906" w:rsidP="00B93DC5">
+      <w:pPr>
+        <w:pStyle w:val="Punktlista"/>
       </w:pPr>
       <w:r w:rsidRPr="00F52067">
+        <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">Planerade undersökningar kan </w:t>
       </w:r>
       <w:r w:rsidR="00A71A6A" w:rsidRPr="00F52067">
         <w:t xml:space="preserve">oftast </w:t>
       </w:r>
       <w:r w:rsidRPr="00F52067">
         <w:t>ske så länge patienten är symtomfri.</w:t>
       </w:r>
       <w:r w:rsidR="00A71A6A" w:rsidRPr="00F52067">
         <w:t xml:space="preserve"> Undvik</w:t>
       </w:r>
       <w:r w:rsidR="002E149F" w:rsidRPr="00F52067">
         <w:t xml:space="preserve"> exponering av andra patienter vid undersökningar utanför rummet.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0A149B8B" w14:textId="72A6014A" w:rsidR="00FA349C" w:rsidRDefault="00297974" w:rsidP="00240B2A">
-[...5 lines deleted...]
-        </w:numPr>
+    <w:p w14:paraId="37A49221" w14:textId="3E4BE904" w:rsidR="00FA349C" w:rsidRDefault="00297974" w:rsidP="00B93DC5">
+      <w:pPr>
+        <w:pStyle w:val="Punktlista"/>
       </w:pPr>
       <w:r w:rsidRPr="00F52067">
         <w:t>Vid byte av vårdform, informera mottagande enhet om att patienten exponerats för influensa.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7C19FDE3" w14:textId="77777777" w:rsidR="007D1B91" w:rsidRDefault="007D1B91" w:rsidP="007D1B91">
+    <w:p w14:paraId="0416014E" w14:textId="3225CB19" w:rsidR="007D1B91" w:rsidRDefault="007D1B91" w:rsidP="007D1B91">
       <w:pPr>
         <w:pStyle w:val="MellanrubrikVGR"/>
       </w:pPr>
+      <w:r>
+        <w:t>Samvård</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1848B2F5" w14:textId="39F9636D" w:rsidR="007D1B91" w:rsidRDefault="007D1B91" w:rsidP="007D1B91">
+      <w:r>
+        <w:t>Patienter med influensa av samma typ (A eller B) kan samvårdas</w:t>
+      </w:r>
+      <w:r w:rsidR="3C93C577">
+        <w:t xml:space="preserve"> under förutsättning att ingen annan smitta förekommer.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="22AC0473" w14:textId="77777777" w:rsidR="00BB650F" w:rsidRDefault="00BB650F" w:rsidP="00462771">
+      <w:pPr>
+        <w:pStyle w:val="Rubrik3"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="20" w:name="_Toc214441746"/>
+      <w:r>
+        <w:t>U</w:t>
+      </w:r>
+      <w:r w:rsidR="00AD26FB">
+        <w:t>ndersökningar</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r w:rsidR="00AD26FB">
+        <w:t>konsultation</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> eller transport</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="20"/>
+    </w:p>
+    <w:p w14:paraId="26931DB6" w14:textId="2F6829D0" w:rsidR="00BB650F" w:rsidRDefault="00AD3127" w:rsidP="00BB650F">
+      <w:r>
+        <w:t xml:space="preserve">Undvik om möjligt omflyttning och externa undersökningar/konsultation av </w:t>
+      </w:r>
+      <w:r w:rsidR="00F65997" w:rsidRPr="00865ADF">
+        <w:t>smittsam</w:t>
+      </w:r>
+      <w:r w:rsidR="00F65997" w:rsidRPr="00B93DC5">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>patient. Infektionen får dock aldrig hindra adekvat medicinsk behandling.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="74E79313" w14:textId="4A18CE01" w:rsidR="00211222" w:rsidRPr="001F5AFB" w:rsidRDefault="000D2E14" w:rsidP="007F01E2">
+      <w:r w:rsidRPr="001F5AFB">
+        <w:t>Vid transport ska p</w:t>
+      </w:r>
+      <w:r w:rsidR="00AD3127" w:rsidRPr="001F5AFB">
+        <w:t>atient</w:t>
+      </w:r>
+      <w:r w:rsidR="00D03A96" w:rsidRPr="001F5AFB">
+        <w:t xml:space="preserve"> som tolererar munskydd förses med detta. Patienten ska också </w:t>
+      </w:r>
+      <w:r w:rsidR="00AD3127" w:rsidRPr="001F5AFB">
+        <w:t>instrueras i host</w:t>
+      </w:r>
+      <w:r w:rsidR="00A730B1" w:rsidRPr="001F5AFB">
+        <w:t>- och hand</w:t>
+      </w:r>
+      <w:r w:rsidR="00AD3127" w:rsidRPr="001F5AFB">
+        <w:t xml:space="preserve">hygien och förses med engångsnäsdukar </w:t>
+      </w:r>
+      <w:r w:rsidR="00A730B1" w:rsidRPr="001F5AFB">
+        <w:t>och plastpåse för uppsamling</w:t>
+      </w:r>
+      <w:r w:rsidR="007F01E2" w:rsidRPr="001F5AFB">
+        <w:t>. Informera mottagande enhet om smitta och undvik väntetider</w:t>
+      </w:r>
+      <w:r w:rsidR="00211222" w:rsidRPr="001F5AFB">
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6181BA88" w14:textId="34A3D41B" w:rsidR="00AD26FB" w:rsidRPr="00AD26FB" w:rsidRDefault="00AD26FB" w:rsidP="00462771">
+      <w:pPr>
+        <w:pStyle w:val="Rubrik3"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="21" w:name="_Toc214441747"/>
+      <w:r w:rsidRPr="00AD26FB">
+        <w:t>Personal</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="21"/>
+    </w:p>
+    <w:p w14:paraId="75574309" w14:textId="0C0CDE30" w:rsidR="00AD26FB" w:rsidRPr="00865ADF" w:rsidRDefault="008B042B" w:rsidP="00AD26FB">
+      <w:r w:rsidRPr="00865ADF">
+        <w:t xml:space="preserve">Personal med influensasymtom ska stanna hemma från arbetet. </w:t>
+      </w:r>
+      <w:r w:rsidR="00BB650F" w:rsidRPr="00865ADF">
+        <w:t xml:space="preserve">Personal </w:t>
+      </w:r>
+      <w:r w:rsidR="00AD26FB" w:rsidRPr="00865ADF">
+        <w:t>som insjuknar under ett arbetspass bör omedelbart gå hem.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2FB3B0B3" w14:textId="64B48AC3" w:rsidR="00BE09F9" w:rsidRPr="00865ADF" w:rsidRDefault="00BE09F9" w:rsidP="00AD26FB">
+      <w:r w:rsidRPr="00865ADF">
+        <w:t xml:space="preserve">Folkhälsomyndigheten rekommenderar </w:t>
+      </w:r>
+      <w:r w:rsidR="002F325C" w:rsidRPr="00865ADF">
+        <w:t xml:space="preserve">att all personal som arbetar </w:t>
+      </w:r>
+      <w:r w:rsidR="00F65997" w:rsidRPr="00865ADF">
+        <w:t>nära patienter vaccineras mot influensa.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2014D7E5" w14:textId="73E01B1E" w:rsidR="00AD26FB" w:rsidRDefault="00AD26FB" w:rsidP="00462771">
+      <w:pPr>
+        <w:pStyle w:val="Rubrik3"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="22" w:name="_Toc214441748"/>
+      <w:r w:rsidRPr="00AD26FB">
+        <w:t>Besökande</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="22"/>
+    </w:p>
+    <w:p w14:paraId="6A9CBFAB" w14:textId="0C2D8CD3" w:rsidR="00AD26FB" w:rsidRPr="001F5AFB" w:rsidRDefault="00E5121F" w:rsidP="00AD26FB">
+      <w:r w:rsidRPr="001F5AFB">
+        <w:t>Vid nödvändiga besök bör besökare informeras om smitta och erbjudas skyddsutrustning</w:t>
+      </w:r>
+      <w:r w:rsidR="008E22D7" w:rsidRPr="001F5AFB">
+        <w:t xml:space="preserve"> samt i</w:t>
+      </w:r>
+      <w:r w:rsidR="00AD26FB" w:rsidRPr="001F5AFB">
+        <w:t>nstrueras i handhygien.</w:t>
+      </w:r>
+      <w:r w:rsidR="008E22D7" w:rsidRPr="001F5AFB">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="007A3EA8" w:rsidRPr="001F5AFB">
+        <w:t>Besökare som exponerats för smitta bör ej vistas utanför patientens rum</w:t>
+      </w:r>
+      <w:r w:rsidR="007332F3" w:rsidRPr="001F5AFB">
+        <w:t xml:space="preserve"> under inkubationstiden</w:t>
+      </w:r>
+      <w:r w:rsidR="007A3EA8" w:rsidRPr="001F5AFB">
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6332F791" w14:textId="4A8021D7" w:rsidR="00CA1EF7" w:rsidRDefault="00CA1EF7" w:rsidP="00CA1EF7">
+      <w:pPr>
+        <w:pStyle w:val="Rubrik3"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="23" w:name="_Toc214441749"/>
+      <w:r>
+        <w:t>Städ, tvätt och disk</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="23"/>
+    </w:p>
+    <w:p w14:paraId="48251002" w14:textId="309F0EDF" w:rsidR="00CA1EF7" w:rsidRPr="00BB650F" w:rsidRDefault="00CA1EF7" w:rsidP="00CA1EF7">
+      <w:pPr>
+        <w:pStyle w:val="MellanrubrikVGR"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00BB650F">
+        <w:t>Städning</w:t>
+      </w:r>
+      <w:r>
+        <w:t>/rengöring</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="50E3FFA2" w14:textId="630788FD" w:rsidR="00CA1EF7" w:rsidRDefault="00CA1EF7" w:rsidP="00CA1EF7">
+      <w:r>
+        <w:t>Daglig patientnära städning/slutstädning sker enligt ordinarie rutiner.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="55D2BAB3" w14:textId="331F4620" w:rsidR="00CA1EF7" w:rsidRPr="0025062F" w:rsidRDefault="00CA1EF7" w:rsidP="00CA1EF7">
       <w:r>
         <w:lastRenderedPageBreak/>
-        <w:t>Samvård</w:t>
-[...176 lines deleted...]
-        <w:t xml:space="preserve"> vid spill och stänk</w:t>
+        <w:t>Punktdesinfektion utförs med alkoholbaserat ytdesinfektionsmedel vid spill och stänk</w:t>
       </w:r>
       <w:r w:rsidR="00355A45">
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6927E259" w14:textId="77777777" w:rsidR="00CA1EF7" w:rsidRPr="00AD26FB" w:rsidRDefault="00CA1EF7" w:rsidP="00CA1EF7">
+    <w:p w14:paraId="10513E7F" w14:textId="01AC4024" w:rsidR="00CA1EF7" w:rsidRPr="00AD26FB" w:rsidRDefault="00CA1EF7" w:rsidP="00CA1EF7">
       <w:pPr>
         <w:pStyle w:val="MellanrubrikVGR"/>
       </w:pPr>
       <w:r w:rsidRPr="00AD26FB">
-        <w:t xml:space="preserve">Tvätt och avfall </w:t>
+        <w:t>Tvätt och avfall</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3A235530" w14:textId="0A8C7EDB" w:rsidR="00CA1EF7" w:rsidRDefault="00CA1EF7" w:rsidP="00CA1EF7">
+    <w:p w14:paraId="17D73CF8" w14:textId="5C896856" w:rsidR="00CA1EF7" w:rsidRDefault="00CA1EF7" w:rsidP="00CA1EF7">
       <w:r>
         <w:t xml:space="preserve">Hanteras som vanligt </w:t>
       </w:r>
       <w:r w:rsidR="00EE7C52">
         <w:t>det vill säga</w:t>
       </w:r>
       <w:r>
-        <w:t xml:space="preserve"> endast kraftigt förorenad tvätt och avfall skickas som smittförande. </w:t>
+        <w:t xml:space="preserve"> endast kraftigt förorenad tvätt och avfall skickas som smittförande.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7887D8A4" w14:textId="77777777" w:rsidR="00CA1EF7" w:rsidRDefault="00CA1EF7" w:rsidP="00CA1EF7">
+    <w:p w14:paraId="374ABDBA" w14:textId="7824FCA9" w:rsidR="00CA1EF7" w:rsidRDefault="00CA1EF7" w:rsidP="00CA1EF7">
       <w:pPr>
         <w:pStyle w:val="MellanrubrikVGR"/>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">Disk </w:t>
+        <w:t>Disk</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0E8F135A" w14:textId="4DF682B4" w:rsidR="00CA1EF7" w:rsidRDefault="00CA1EF7" w:rsidP="00CA1EF7">
+    <w:p w14:paraId="495D54EC" w14:textId="3DFDC586" w:rsidR="00CA1EF7" w:rsidRDefault="00CA1EF7" w:rsidP="00CA1EF7">
       <w:r>
         <w:t>Disk hanteras som vanligt det vill säga skickas till centralkök eller i avdelningens diskmaskin</w:t>
       </w:r>
       <w:r w:rsidR="00355A45">
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7153818E" w14:textId="6C337B70" w:rsidR="005A1D21" w:rsidRDefault="005A1D21" w:rsidP="005A1D21">
+    <w:p w14:paraId="63F42C47" w14:textId="219C1EE6" w:rsidR="005A1D21" w:rsidRDefault="005A1D21" w:rsidP="005A1D21">
       <w:pPr>
         <w:pStyle w:val="Rubrik2"/>
       </w:pPr>
-      <w:bookmarkStart w:id="5" w:name="_Toc151035626"/>
+      <w:bookmarkStart w:id="24" w:name="_Toc214272700"/>
+      <w:bookmarkStart w:id="25" w:name="_Toc214441750"/>
       <w:r>
-        <w:lastRenderedPageBreak/>
         <w:t>Ansvar</w:t>
       </w:r>
       <w:r w:rsidR="00E63C92">
         <w:t xml:space="preserve"> och avsteg</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="5"/>
+      <w:bookmarkEnd w:id="24"/>
+      <w:bookmarkEnd w:id="25"/>
     </w:p>
-    <w:p w14:paraId="4E16AFDE" w14:textId="77777777" w:rsidR="00432322" w:rsidRPr="00432322" w:rsidRDefault="00432322" w:rsidP="00432322">
-[...5 lines deleted...]
-      </w:pPr>
+    <w:p w14:paraId="028469B7" w14:textId="58AEFEEC" w:rsidR="00432322" w:rsidRPr="00DD5AC4" w:rsidRDefault="00432322" w:rsidP="00432322">
       <w:r w:rsidRPr="00432322">
-        <w:t xml:space="preserve">Linjechef ansvarar för att denna rutin är känd och följs av alla medarbetare. </w:t>
+        <w:t>Linjechef ansvarar för att denna rutin är känd och följs av alla medarbetare.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5765B7C8" w14:textId="3678A70D" w:rsidR="00432322" w:rsidRPr="00432322" w:rsidRDefault="00432322" w:rsidP="00432322">
+    <w:p w14:paraId="2CD83333" w14:textId="79D5F566" w:rsidR="00432322" w:rsidRPr="00432322" w:rsidRDefault="00432322" w:rsidP="00432322">
       <w:r w:rsidRPr="00432322">
-        <w:t xml:space="preserve">Hälso- och sjukvårdspersonal är ansvariga för att rapportera </w:t>
-[...1 lines deleted...]
-      <w:proofErr w:type="spellStart"/>
+        <w:t>Hälso- och sjukvårdspersonal är ansvariga för att rapportera vårdskador som en avvikelseanmälan. En vårdrelaterad infektion är en vårdskada om man inte vidtagit de adekvata åtgärder som hade kunnat förhindra infektionen</w:t>
+      </w:r>
+      <w:r w:rsidR="00B952CA">
+        <w:t xml:space="preserve"> (5).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7D30FB53" w14:textId="20343594" w:rsidR="00432322" w:rsidRPr="00432322" w:rsidRDefault="00432322" w:rsidP="00432322">
       <w:r w:rsidRPr="00432322">
-        <w:t>vårdskador</w:t>
-[...11 lines deleted...]
-        <w:t xml:space="preserve"> om man inte vidtagit de adekvata åtgärder som hade kunnat förhindra infektionen. </w:t>
+        <w:t>Medvetet avsteg från denna rutin dokumenteras i patientjournal om avsteg är kopplat till patient. Annan orsak till avsteg rapporteras i MedControl PRO eller befintligt avvikelsehanteringssystem.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1513EFD6" w14:textId="77777777" w:rsidR="00432322" w:rsidRPr="00432322" w:rsidRDefault="00432322" w:rsidP="00432322">
-[...12 lines deleted...]
-    <w:p w14:paraId="2A3EB8AC" w14:textId="481020C8" w:rsidR="009A32ED" w:rsidRDefault="009A32ED" w:rsidP="009A32ED">
+    <w:p w14:paraId="74C1922D" w14:textId="77777777" w:rsidR="009A32ED" w:rsidRDefault="009A32ED" w:rsidP="009A32ED">
       <w:pPr>
         <w:pStyle w:val="Rubrik2"/>
         <w:ind w:right="-143"/>
         <w:rPr>
           <w:color w:val="auto"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="6" w:name="_Toc100327193"/>
-      <w:bookmarkStart w:id="7" w:name="_Toc151035627"/>
+      <w:bookmarkStart w:id="26" w:name="_Toc100327193"/>
+      <w:bookmarkStart w:id="27" w:name="_Toc214272701"/>
+      <w:bookmarkStart w:id="28" w:name="_Toc214441751"/>
+      <w:bookmarkEnd w:id="18"/>
       <w:r w:rsidRPr="00A74A35">
         <w:rPr>
           <w:color w:val="auto"/>
         </w:rPr>
         <w:t>Relaterad information</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="6"/>
-      <w:bookmarkEnd w:id="7"/>
+      <w:bookmarkEnd w:id="26"/>
+      <w:bookmarkEnd w:id="27"/>
+      <w:bookmarkEnd w:id="28"/>
     </w:p>
-    <w:p w14:paraId="70571AE0" w14:textId="77777777" w:rsidR="00F92144" w:rsidRDefault="00F92144" w:rsidP="00F92144">
-      <w:pPr>
+    <w:p w14:paraId="09246ACE" w14:textId="070C4ABF" w:rsidR="00DD5AC4" w:rsidRPr="00DD5AC4" w:rsidRDefault="00DD5AC4" w:rsidP="00DD5AC4">
+      <w:r w:rsidRPr="00DD5AC4">
+        <w:t xml:space="preserve">Regional riktlinje - </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId17" w:tgtFrame="_blank" w:history="1">
+        <w:r w:rsidRPr="00DD5AC4">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlnk"/>
+          </w:rPr>
+          <w:t>Luftvägssmitta vårdhygieniska aspekter</w:t>
+        </w:r>
+      </w:hyperlink>
+    </w:p>
+    <w:p w14:paraId="55221F40" w14:textId="19AB11B4" w:rsidR="00DD5AC4" w:rsidRPr="00DD5AC4" w:rsidRDefault="00DD5AC4" w:rsidP="00DD5AC4">
+      <w:r w:rsidRPr="00DD5AC4">
+        <w:t>Regional rutin</w:t>
+      </w:r>
+      <w:r w:rsidR="00F23287">
+        <w:t xml:space="preserve">  </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId18" w:history="1">
+        <w:r w:rsidR="00B80E77" w:rsidRPr="0086127C">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlnk"/>
+          </w:rPr>
+          <w:t>Instruktio</w:t>
+        </w:r>
+        <w:r w:rsidR="00251E69" w:rsidRPr="0086127C">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlnk"/>
+          </w:rPr>
+          <w:t>n för användning av andningskydd</w:t>
+        </w:r>
+      </w:hyperlink>
+    </w:p>
+    <w:p w14:paraId="726DF3B8" w14:textId="4789E14C" w:rsidR="00DD5AC4" w:rsidRPr="00DD5AC4" w:rsidRDefault="00DD5AC4" w:rsidP="00DD5AC4">
+      <w:r w:rsidRPr="00DD5AC4">
+        <w:t xml:space="preserve">Rutin SkaS </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId19" w:tgtFrame="_blank" w:history="1">
+        <w:r w:rsidRPr="00DD5AC4">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlnk"/>
+          </w:rPr>
+          <w:t>Influensa - antiviral terapi till vuxna (vgregion.se)</w:t>
+        </w:r>
+      </w:hyperlink>
+    </w:p>
+    <w:p w14:paraId="7F2BDEC3" w14:textId="0F95010C" w:rsidR="00DD5AC4" w:rsidRDefault="00DD5AC4" w:rsidP="00DD5AC4">
+      <w:r w:rsidRPr="00DD5AC4">
+        <w:t xml:space="preserve">Rutin SkaS </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId20" w:tgtFrame="_blank" w:history="1">
+        <w:r w:rsidRPr="00DD5AC4">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlnk"/>
+          </w:rPr>
+          <w:t>Vårdhygieniska riskfaktorer för smittspridning i vård och omsorg</w:t>
+        </w:r>
+      </w:hyperlink>
+    </w:p>
+    <w:p w14:paraId="692F322C" w14:textId="7CDCC7A9" w:rsidR="00AF354E" w:rsidRDefault="00AF354E" w:rsidP="00DD5AC4">
+      <w:r>
+        <w:t xml:space="preserve">Rutin SU </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId21" w:history="1">
+        <w:r w:rsidRPr="00AF354E">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlnk"/>
+          </w:rPr>
+          <w:t>Vårdhygien - Influensa.pdf</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6C03FF6C" w14:textId="4C8B0AD9" w:rsidR="00427A8D" w:rsidRPr="00DD5AC4" w:rsidRDefault="00427A8D" w:rsidP="00427A8D">
+      <w:r>
+        <w:t xml:space="preserve">Vårdhandboken </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BC33D1">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId22" w:history="1">
+        <w:r w:rsidRPr="00427A8D">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlnk"/>
+          </w:rPr>
+          <w:t>Basal hygien och klädregler</w:t>
+        </w:r>
+      </w:hyperlink>
+    </w:p>
+    <w:p w14:paraId="02854551" w14:textId="77777777" w:rsidR="00E74EA8" w:rsidRDefault="00DD5AC4" w:rsidP="00E74EA8">
+      <w:r w:rsidRPr="00DD5AC4">
+        <w:t xml:space="preserve">Vårdhandboken </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId23" w:tgtFrame="_blank" w:history="1">
+        <w:r w:rsidRPr="00DD5AC4">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlnk"/>
+          </w:rPr>
+          <w:t>Vårdhygien, infektioner och smittspridning, förebyggande rutiner</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:bookmarkStart w:id="29" w:name="_Toc214272702"/>
+    </w:p>
+    <w:p w14:paraId="01472545" w14:textId="60E3140E" w:rsidR="009A32ED" w:rsidRDefault="009A32ED" w:rsidP="00E74EA8">
+      <w:pPr>
+        <w:pStyle w:val="Rubrik2"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="30" w:name="_Toc100327195"/>
+      <w:bookmarkStart w:id="31" w:name="_Toc214441752"/>
+      <w:r w:rsidRPr="000D04ED">
+        <w:lastRenderedPageBreak/>
+        <w:t>Källförteckning</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="29"/>
+      <w:bookmarkEnd w:id="30"/>
+      <w:bookmarkEnd w:id="31"/>
+    </w:p>
+    <w:p w14:paraId="131A71D9" w14:textId="04A7BA4B" w:rsidR="00A5262F" w:rsidRPr="00645359" w:rsidRDefault="00A5262F" w:rsidP="00A5262F">
+      <w:r>
+        <w:t xml:space="preserve">1. </w:t>
+      </w:r>
+      <w:r w:rsidR="003E221C" w:rsidRPr="003E221C">
+        <w:t>Sjukdomsinformation om influensa</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> (</w:t>
+      </w:r>
+      <w:r w:rsidR="00142079">
+        <w:t xml:space="preserve">HSLF-FS </w:t>
+      </w:r>
+      <w:r>
+        <w:t>2024</w:t>
+      </w:r>
+      <w:r w:rsidR="00142079">
+        <w:t>) [Internet]. Stockholm: Folkhälsomyndigheten [citerad 19 november 2025]. Hämtad från:</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId24" w:history="1">
+        <w:r w:rsidRPr="00645359">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlnk"/>
+          </w:rPr>
+          <w:t>https://www.folkhalsomyndigheten.se/smittskydd-beredskap/smittsamma-sjukdomar/sjukdomsinformation-om-influensa</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4A6B91CA" w14:textId="34EE7BAD" w:rsidR="00A5262F" w:rsidRPr="00A5262F" w:rsidRDefault="00A5262F" w:rsidP="00A5262F">
+      <w:r>
+        <w:t xml:space="preserve">2. </w:t>
+      </w:r>
+      <w:r w:rsidR="00142079" w:rsidRPr="008C582E">
+        <w:t>Åtgärder mot smittspridning av virusorsakade luftvägsinfektioner inom vård och omsorg</w:t>
+      </w:r>
+      <w:r w:rsidR="00142079">
+        <w:t xml:space="preserve"> (HSLF-FS 2024) [Internet]. Stockholm: Folkhälsomyndigheten [citerad 19 november 2025]. Hämtad från: </w:t>
+      </w:r>
+      <w:bookmarkStart w:id="32" w:name="_Hlk214441491"/>
+      <w:r>
+        <w:fldChar w:fldCharType="begin"/>
+      </w:r>
+      <w:r>
+        <w:instrText>HYPERLINK "https://www.folkhalsomyndigheten.se/contentassets/b65793b1afd54b18b083631a125a8992/atgader-smittspridning-virusorsakade-luftvagsinfektioner-vard-och-omsorg.pdf"</w:instrText>
+      </w:r>
+      <w:r>
+        <w:fldChar w:fldCharType="separate"/>
+      </w:r>
+      <w:r w:rsidRPr="00C007CA">
         <w:rPr>
           <w:rStyle w:val="Hyperlnk"/>
         </w:rPr>
-      </w:pPr>
+        <w:t>https://www.folkhalsomyndigheten.se/contentassets/b65793b1afd54b18b083631a125a8992/atgader-smittspridning-virusorsakade-luftvagsinfektioner-vard-och-omsorg.pdf</w:t>
+      </w:r>
       <w:r>
-        <w:t xml:space="preserve">Folkhälsomyndigheten </w:t>
-[...2 lines deleted...]
-        <w:r>
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="32"/>
+    </w:p>
+    <w:p w14:paraId="7EB40112" w14:textId="4414DCFC" w:rsidR="0093267C" w:rsidRPr="0093267C" w:rsidRDefault="00A5262F" w:rsidP="0093267C">
+      <w:r>
+        <w:t>3</w:t>
+      </w:r>
+      <w:r w:rsidR="0093267C">
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:r w:rsidR="0093267C" w:rsidRPr="000E7A58">
+        <w:t xml:space="preserve">Arbetsmiljöverkets föreskrifter och allmänna råd </w:t>
+      </w:r>
+      <w:r w:rsidR="000E7A58" w:rsidRPr="000E7A58">
+        <w:t xml:space="preserve">(AFS 2023:11) </w:t>
+      </w:r>
+      <w:r w:rsidR="0093267C" w:rsidRPr="000E7A58">
+        <w:t>om arbetsutrustning och personlig skyddsutrustning – säker användning</w:t>
+      </w:r>
+      <w:r w:rsidR="000E7A58">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="000E7A58" w:rsidRPr="000E7A58">
+        <w:t xml:space="preserve">(AFS 2023:11) </w:t>
+      </w:r>
+      <w:r w:rsidR="000E7A58">
+        <w:t>[Internet]. Solna: Arbetsmiljöverket [citerad 19 november 2025]. Hämtad från:</w:t>
+      </w:r>
+      <w:r w:rsidR="0093267C">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId25" w:history="1">
+        <w:r w:rsidR="0093267C" w:rsidRPr="00E04DDE">
           <w:rPr>
             <w:rStyle w:val="Hyperlnk"/>
           </w:rPr>
-          <w:t xml:space="preserve">Influensa – </w:t>
+          <w:t>https://www.av.se/arbetsmiljoarbete-och-inspektioner/publikationer/foreskrifter/afs-202311/</w:t>
         </w:r>
-        <w:r>
+      </w:hyperlink>
+    </w:p>
+    <w:p w14:paraId="77347EFE" w14:textId="10A89B1C" w:rsidR="0093267C" w:rsidRDefault="00A5262F" w:rsidP="0093267C">
+      <w:r>
+        <w:t>4</w:t>
+      </w:r>
+      <w:r w:rsidR="0093267C">
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:r w:rsidR="000E7A58" w:rsidRPr="00B65904">
+        <w:t>Arbetsmiljöverkets föreskrifter och allmänna råd om risker i arbetsmiljön</w:t>
+      </w:r>
+      <w:r w:rsidR="009D6CB4">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00E44BD0" w:rsidRPr="00B65904">
+        <w:t>(AFS 2023:10)</w:t>
+      </w:r>
+      <w:r w:rsidR="00E44BD0">
+        <w:t xml:space="preserve"> [Internet</w:t>
+      </w:r>
+      <w:r w:rsidR="000E7A58">
+        <w:t>]</w:t>
+      </w:r>
+      <w:r w:rsidR="00C007CA">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="000E7A58">
+        <w:t>Solna: Arbetsmiljöverket [citerad 19 november 2025]. Hämtad från:</w:t>
+      </w:r>
+      <w:r w:rsidR="00C007CA">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId26" w:history="1">
+        <w:r w:rsidR="00C007CA" w:rsidRPr="00A93ED0">
           <w:rPr>
             <w:rStyle w:val="Hyperlnk"/>
           </w:rPr>
-          <w:t>s</w:t>
+          <w:t>https://www.av.se/arbetsmiljoarbete-och-inspektioner/publikationer/foreskrifter/afs-202310/</w:t>
         </w:r>
-        <w:r>
+      </w:hyperlink>
+      <w:r w:rsidR="009D6CB4">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="146FDD16" w14:textId="4E24744A" w:rsidR="006D6953" w:rsidRPr="00B81F3A" w:rsidRDefault="0093267C" w:rsidP="005C5994">
+      <w:r>
+        <w:t xml:space="preserve">5. </w:t>
+      </w:r>
+      <w:r w:rsidR="00B81F3A" w:rsidRPr="00B65904">
+        <w:t>Patientsäkerhetslag</w:t>
+      </w:r>
+      <w:r w:rsidR="00B81F3A">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00B81F3A">
+        <w:t>(SFS 2010:659)</w:t>
+      </w:r>
+      <w:r w:rsidR="00E44BD0">
+        <w:t xml:space="preserve"> [Internet].</w:t>
+      </w:r>
+      <w:r w:rsidR="00B65904">
+        <w:t xml:space="preserve"> Stockholm:</w:t>
+      </w:r>
+      <w:r w:rsidR="00AF354E">
+        <w:t xml:space="preserve"> Socialdepartementet</w:t>
+      </w:r>
+      <w:r w:rsidR="00E44BD0">
+        <w:t xml:space="preserve"> [citerad 19 november 2025]. Hämtad från:</w:t>
+      </w:r>
+      <w:r w:rsidR="00AF354E" w:rsidRPr="00AF354E">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId27" w:anchor="K1" w:history="1">
+        <w:r w:rsidR="00AF354E" w:rsidRPr="00A93ED0">
           <w:rPr>
             <w:rStyle w:val="Hyperlnk"/>
           </w:rPr>
-          <w:t xml:space="preserve">jukdomsstatistik </w:t>
+          <w:t>https://www.riksdagen.se/sv/dokument-och-lagar/dokument/svensk-forfattningssamling/patientsakerhetslag-2010659_sfs-2010-659/#K1</w:t>
         </w:r>
       </w:hyperlink>
+      <w:r w:rsidR="00AF354E">
+        <w:t xml:space="preserve">  </w:t>
+      </w:r>
     </w:p>
-    <w:p w14:paraId="75A7D975" w14:textId="1AB75814" w:rsidR="009E6C5F" w:rsidRDefault="006F10A7" w:rsidP="009E6C5F">
-[...330 lines deleted...]
-      <w:footerReference w:type="first" r:id="rId26"/>
+    <w:sectPr w:rsidR="006D6953" w:rsidRPr="00B81F3A" w:rsidSect="0034374F">
+      <w:headerReference w:type="even" r:id="rId28"/>
+      <w:headerReference w:type="default" r:id="rId29"/>
+      <w:footerReference w:type="even" r:id="rId30"/>
+      <w:footerReference w:type="default" r:id="rId31"/>
+      <w:headerReference w:type="first" r:id="rId32"/>
+      <w:footerReference w:type="first" r:id="rId33"/>
       <w:pgSz w:w="11900" w:h="16840"/>
       <w:pgMar w:top="1418" w:right="1979" w:bottom="1276" w:left="992" w:header="284" w:footer="737" w:gutter="0"/>
       <w:pgNumType w:start="1"/>
       <w:cols w:space="708"/>
       <w:noEndnote/>
       <w:titlePg/>
       <w:docGrid w:linePitch="326"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="4D9F3936" w14:textId="77777777" w:rsidR="004819FA" w:rsidRDefault="004819FA">
+    <w:p w14:paraId="51C194AE" w14:textId="77777777" w:rsidR="005E2453" w:rsidRDefault="005E2453">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="125C7668" w14:textId="77777777" w:rsidR="004819FA" w:rsidRDefault="004819FA">
+    <w:p w14:paraId="494B52BE" w14:textId="77777777" w:rsidR="005E2453" w:rsidRDefault="005E2453">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationNotice" w:id="1">
-    <w:p w14:paraId="5DCA6D94" w14:textId="77777777" w:rsidR="004819FA" w:rsidRDefault="004819FA">
+    <w:p w14:paraId="741518E8" w14:textId="77777777" w:rsidR="005E2453" w:rsidRDefault="005E2453">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier">
     <w:panose1 w:val="02070409020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="00000003" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
   </w:font>
-  <w:font w:name="Calibri">
-    <w:panose1 w:val="020F0502020204030204"/>
+  <w:font w:name="Georgia">
+    <w:panose1 w:val="02040502050405020303"/>
+    <w:charset w:val="00"/>
+    <w:family w:val="roman"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="00000287" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="0000009F" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Verdana">
+    <w:panose1 w:val="020B0604030504040204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="A00006FF" w:usb1="4000205B" w:usb2="00000010" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="MS Gothic">
     <w:altName w:val="ＭＳ ゴシック"/>
     <w:panose1 w:val="020B0609070205080204"/>
     <w:charset w:val="80"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E00002FF" w:usb1="6AC7FDFB" w:usb2="08000012" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Calibri">
+    <w:panose1 w:val="020F0502020204030204"/>
+    <w:charset w:val="00"/>
+    <w:family w:val="swiss"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="MinionPro-Regular">
     <w:altName w:val="Calibri"/>
     <w:panose1 w:val="00000000000000000000"/>
     <w:charset w:val="4D"/>
     <w:family w:val="auto"/>
     <w:notTrueType/>
     <w:pitch w:val="default"/>
     <w:sig w:usb0="00000003" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Lucida Grande">
     <w:altName w:val="Times New Roman"/>
     <w:charset w:val="00"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E1000AEF" w:usb1="5000A1FF" w:usb2="00000000" w:usb3="00000000" w:csb0="000001BF" w:csb1="00000000"/>
   </w:font>
-  <w:font w:name="Helvetica">
-    <w:panose1 w:val="020B0604020202020204"/>
+  <w:font w:name="Cambria">
+    <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="00"/>
-    <w:family w:val="swiss"/>
+    <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="MS Mincho">
     <w:altName w:val="ＭＳ 明朝"/>
     <w:panose1 w:val="02020609040205080304"/>
     <w:charset w:val="80"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E00002FF" w:usb1="6AC7FDFB" w:usb2="08000012" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
   </w:font>
-  <w:font w:name="Cambria">
-[...5 lines deleted...]
-  </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="5E04A3BE" w14:textId="77777777" w:rsidR="00826C86" w:rsidRDefault="00826C86">
+    <w:pPr>
+      <w:pStyle w:val="Sidfot"/>
+    </w:pPr>
+  </w:p>
+</w:ftr>
+</file>
+
+<file path=word/footer2.xml><?xml version="1.0" encoding="utf-8"?>
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:sdt>
     <w:sdtPr>
       <w:id w:val="1219170782"/>
       <w:docPartObj>
         <w:docPartGallery w:val="Page Numbers (Bottom of Page)"/>
         <w:docPartUnique/>
       </w:docPartObj>
     </w:sdtPr>
+    <w:sdtEndPr>
+      <w:rPr>
+        <w:sz w:val="18"/>
+        <w:szCs w:val="18"/>
+      </w:rPr>
+    </w:sdtEndPr>
     <w:sdtContent>
-      <w:p w14:paraId="244D8F11" w14:textId="632D2C0A" w:rsidR="00F60330" w:rsidRDefault="00F60330">
+      <w:p w14:paraId="0245DF97" w14:textId="3E2F2AFB" w:rsidR="00F60330" w:rsidRPr="00D47632" w:rsidRDefault="00F60330">
+        <w:pPr>
+          <w:pStyle w:val="Sidfot"/>
+          <w:rPr>
+            <w:sz w:val="18"/>
+            <w:szCs w:val="18"/>
+          </w:rPr>
+        </w:pPr>
+        <w:r w:rsidRPr="00D47632">
+          <w:rPr>
+            <w:sz w:val="18"/>
+            <w:szCs w:val="18"/>
+          </w:rPr>
+          <w:fldChar w:fldCharType="begin"/>
+        </w:r>
+        <w:r w:rsidRPr="00D47632">
+          <w:rPr>
+            <w:sz w:val="18"/>
+            <w:szCs w:val="18"/>
+          </w:rPr>
+          <w:instrText>PAGE   \* MERGEFORMAT</w:instrText>
+        </w:r>
+        <w:r w:rsidRPr="00D47632">
+          <w:rPr>
+            <w:sz w:val="18"/>
+            <w:szCs w:val="18"/>
+          </w:rPr>
+          <w:fldChar w:fldCharType="separate"/>
+        </w:r>
+        <w:r w:rsidRPr="00D47632">
+          <w:rPr>
+            <w:sz w:val="18"/>
+            <w:szCs w:val="18"/>
+          </w:rPr>
+          <w:t>2</w:t>
+        </w:r>
+        <w:r w:rsidRPr="00D47632">
+          <w:rPr>
+            <w:sz w:val="18"/>
+            <w:szCs w:val="18"/>
+          </w:rPr>
+          <w:fldChar w:fldCharType="end"/>
+        </w:r>
+      </w:p>
+    </w:sdtContent>
+  </w:sdt>
+  <w:p w14:paraId="748006CF" w14:textId="1D727517" w:rsidR="00E63C92" w:rsidRDefault="00E63C92">
+    <w:pPr>
+      <w:pStyle w:val="Sidfot"/>
+    </w:pPr>
+  </w:p>
+</w:ftr>
+</file>
+
+<file path=word/footer3.xml><?xml version="1.0" encoding="utf-8"?>
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:sdt>
+    <w:sdtPr>
+      <w:id w:val="-636875883"/>
+      <w:docPartObj>
+        <w:docPartGallery w:val="Page Numbers (Bottom of Page)"/>
+        <w:docPartUnique/>
+      </w:docPartObj>
+    </w:sdtPr>
+    <w:sdtContent>
+      <w:p w14:paraId="370C7413" w14:textId="79A279C4" w:rsidR="00D47632" w:rsidRDefault="00D47632">
         <w:pPr>
           <w:pStyle w:val="Sidfot"/>
         </w:pPr>
         <w:r>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
         <w:r>
           <w:instrText>PAGE   \* MERGEFORMAT</w:instrText>
         </w:r>
         <w:r>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
         <w:r>
           <w:t>2</w:t>
         </w:r>
         <w:r>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:p>
     </w:sdtContent>
   </w:sdt>
-  <w:p w14:paraId="62D52F07" w14:textId="77777777" w:rsidR="00E63C92" w:rsidRDefault="00E63C92">
+  <w:p w14:paraId="1950D7C9" w14:textId="0A353A5B" w:rsidR="0034374F" w:rsidRDefault="0034374F" w:rsidP="00FB2F0F">
     <w:pPr>
       <w:pStyle w:val="Sidfot"/>
+      <w:ind w:left="6237" w:hanging="141"/>
+      <w:jc w:val="left"/>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
-<file path=word/footer2.xml><?xml version="1.0" encoding="utf-8"?>
-[...76 lines deleted...]
-
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="4971BF90" w14:textId="77777777" w:rsidR="004819FA" w:rsidRDefault="004819FA"/>
+    <w:p w14:paraId="2CE36C53" w14:textId="77777777" w:rsidR="005E2453" w:rsidRDefault="005E2453"/>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="3AF2378B" w14:textId="77777777" w:rsidR="004819FA" w:rsidRDefault="004819FA">
+    <w:p w14:paraId="6B81AA18" w14:textId="77777777" w:rsidR="005E2453" w:rsidRDefault="005E2453">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationNotice" w:id="1">
-    <w:p w14:paraId="19E69A6F" w14:textId="77777777" w:rsidR="004819FA" w:rsidRDefault="004819FA">
+    <w:p w14:paraId="5B97356A" w14:textId="77777777" w:rsidR="005E2453" w:rsidRDefault="005E2453">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
-  <w:p w14:paraId="65A00AD5" w14:textId="3B64AF3E" w:rsidR="0034374F" w:rsidRDefault="0034374F" w:rsidP="00413A60">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="2D2FD830" w14:textId="77777777" w:rsidR="00826C86" w:rsidRDefault="00826C86">
+    <w:pPr>
+      <w:pStyle w:val="Sidhuvud"/>
+    </w:pPr>
+  </w:p>
+</w:hdr>
+</file>
+
+<file path=word/header2.xml><?xml version="1.0" encoding="utf-8"?>
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="499CB8ED" w14:textId="77777777" w:rsidR="00826C86" w:rsidRDefault="005A3381">
+    <w:pPr>
+      <w:pStyle w:val="Sidhuvud"/>
+    </w:pPr>
+    <w:r>
+      <w:rPr>
+        <w:noProof/>
+        <w:sz w:val="20"/>
+        <w:szCs w:val="20"/>
+      </w:rPr>
+      <mc:AlternateContent>
+        <mc:Choice Requires="wps">
+          <w:drawing>
+            <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658241" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="5F380271" wp14:editId="02C27F39">
+              <wp:simplePos x="0" y="0"/>
+              <wp:positionH relativeFrom="column">
+                <wp:posOffset>0</wp:posOffset>
+              </wp:positionH>
+              <wp:positionV relativeFrom="paragraph">
+                <wp:posOffset>-635</wp:posOffset>
+              </wp:positionV>
+              <wp:extent cx="4667250" cy="323850"/>
+              <wp:effectExtent l="0" t="0" r="0" b="0"/>
+              <wp:wrapNone/>
+              <wp:docPr id="1527054904" name="Textruta 1527054904"/>
+              <wp:cNvGraphicFramePr/>
+              <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+                <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
+                  <wps:wsp>
+                    <wps:cNvSpPr txBox="1"/>
+                    <wps:spPr>
+                      <a:xfrm>
+                        <a:off x="0" y="0"/>
+                        <a:ext cx="4667250" cy="323850"/>
+                      </a:xfrm>
+                      <a:prstGeom prst="rect">
+                        <a:avLst/>
+                      </a:prstGeom>
+                      <a:noFill/>
+                      <a:ln w="6350">
+                        <a:noFill/>
+                      </a:ln>
+                    </wps:spPr>
+                    <wps:txbx>
+                      <w:txbxContent>
+                        <w:p w14:paraId="1104137E" w14:textId="77777777" w:rsidR="005A3381" w:rsidRDefault="005A3381" w:rsidP="00DA65C4">
+                          <w:pPr>
+                            <w:ind w:left="0"/>
+                          </w:pPr>
+                          <w:r w:rsidRPr="00762EE0">
+                            <w:rPr>
+                              <w:sz w:val="20"/>
+                              <w:szCs w:val="20"/>
+                            </w:rPr>
+                            <w:t>OBS! Utskriven version kan vara ogiltig. Verifiera innehållet</w:t>
+                          </w:r>
+                          <w:r>
+                            <w:rPr>
+                              <w:sz w:val="20"/>
+                              <w:szCs w:val="20"/>
+                            </w:rPr>
+                            <w:t>.</w:t>
+                          </w:r>
+                        </w:p>
+                      </w:txbxContent>
+                    </wps:txbx>
+                    <wps:bodyPr rot="0" spcFirstLastPara="0" vertOverflow="overflow" horzOverflow="overflow" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" numCol="1" spcCol="0" rtlCol="0" fromWordArt="0" anchor="t" anchorCtr="0" forceAA="0" compatLnSpc="1">
+                      <a:prstTxWarp prst="textNoShape">
+                        <a:avLst/>
+                      </a:prstTxWarp>
+                      <a:noAutofit/>
+                    </wps:bodyPr>
+                  </wps:wsp>
+                </a:graphicData>
+              </a:graphic>
+              <wp14:sizeRelH relativeFrom="margin">
+                <wp14:pctWidth>0</wp14:pctWidth>
+              </wp14:sizeRelH>
+            </wp:anchor>
+          </w:drawing>
+        </mc:Choice>
+        <mc:Fallback>
+          <w:pict>
+            <v:shapetype w14:anchorId="5F380271" id="_x0000_t202" coordsize="21600,21600" o:spt="202" path="m,l,21600r21600,l21600,xe">
+              <v:stroke joinstyle="miter"/>
+              <v:path gradientshapeok="t" o:connecttype="rect"/>
+            </v:shapetype>
+            <v:shape id="Textruta 1527054904" o:spid="_x0000_s1026" type="#_x0000_t202" style="position:absolute;left:0;text-align:left;margin-left:0;margin-top:-.05pt;width:367.5pt;height:25.5pt;z-index:251658241;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-width-relative:margin;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQCzkv6OFQIAACwEAAAOAAAAZHJzL2Uyb0RvYy54bWysU01v2zAMvQ/YfxB0X5yvpp0Rp8haZBgQ&#10;tAXSoWdFlmIDkqhJSuzs14+SnY91Ow27yKRIP5LvUfP7VityEM7XYAo6GgwpEYZDWZtdQb+/rj7d&#10;UeIDMyVTYERBj8LT+8XHD/PG5mIMFahSOIIgxueNLWgVgs2zzPNKaOYHYIXBoASnWUDX7bLSsQbR&#10;tcrGw+Esa8CV1gEX3uPtYxeki4QvpeDhWUovAlEFxd5COl06t/HMFnOW7xyzVc37Ntg/dKFZbbDo&#10;GeqRBUb2rv4DStfcgQcZBhx0BlLWXKQZcJrR8N00m4pZkWZBcrw90+T/Hyx/OmzsiyOh/QItChgJ&#10;aazPPV7GeVrpdPxipwTjSOHxTJtoA+F4OZ3Nbsc3GOIYm4wnd2gjTHb52zofvgrQJBoFdShLYosd&#10;1j50qaeUWMzAqlYqSaMMaQo6myDkbxEEVwZrXHqNVmi3bT/AFsojzuWgk9xbvqqx+Jr58MIcaoz9&#10;4t6GZzykAiwCvUVJBe7n3+5jPlKPUUoa3JmC+h975gQl6ptBUT6PptO4ZMmZ3tyO0XHXke11xOz1&#10;A+BajvCFWJ7MmB/UyZQO9Buu9zJWxRAzHGsXNJzMh9BtMj4PLpbLlIRrZVlYm43lETqSFql9bd+Y&#10;sz3/AZV7gtN2sfydDF1uR/dyH0DWSaNIcMdqzzuuZFK5fz5x56/9lHV55ItfAAAA//8DAFBLAwQU&#10;AAYACAAAACEAJkWNkN0AAAAFAQAADwAAAGRycy9kb3ducmV2LnhtbEyPQU/CQBSE7yb+h80z8QZb&#10;MFUofSWkCTExegC5eNt2l7Zx923tLlD99T5PeJzMZOabfD06K85mCJ0nhNk0AWGo9rqjBuHwvp0s&#10;QISoSCvrySB8mwDr4vYmV5n2F9qZ8z42gksoZAqhjbHPpAx1a5wKU98bYu/oB6ciy6GRelAXLndW&#10;zpPkUTrVES+0qjdla+rP/ckhvJTbN7Wr5m7xY8vn1+Om/zp8pIj3d+NmBSKaMV7D8IfP6FAwU+VP&#10;pIOwCHwkIkxmINh8ekhZVwhpsgRZ5PI/ffELAAD//wMAUEsBAi0AFAAGAAgAAAAhALaDOJL+AAAA&#10;4QEAABMAAAAAAAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEA&#10;OP0h/9YAAACUAQAACwAAAAAAAAAAAAAAAAAvAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEA&#10;s5L+jhUCAAAsBAAADgAAAAAAAAAAAAAAAAAuAgAAZHJzL2Uyb0RvYy54bWxQSwECLQAUAAYACAAA&#10;ACEAJkWNkN0AAAAFAQAADwAAAAAAAAAAAAAAAABvBAAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAAE&#10;AAQA8wAAAHkFAAAAAA==&#10;" filled="f" stroked="f" strokeweight=".5pt">
+              <v:textbox>
+                <w:txbxContent>
+                  <w:p w14:paraId="1104137E" w14:textId="77777777" w:rsidR="005A3381" w:rsidRDefault="005A3381" w:rsidP="00DA65C4">
+                    <w:pPr>
+                      <w:ind w:left="0"/>
+                    </w:pPr>
+                    <w:r w:rsidRPr="00762EE0">
+                      <w:rPr>
+                        <w:sz w:val="20"/>
+                        <w:szCs w:val="20"/>
+                      </w:rPr>
+                      <w:t>OBS! Utskriven version kan vara ogiltig. Verifiera innehållet</w:t>
+                    </w:r>
+                    <w:r>
+                      <w:rPr>
+                        <w:sz w:val="20"/>
+                        <w:szCs w:val="20"/>
+                      </w:rPr>
+                      <w:t>.</w:t>
+                    </w:r>
+                  </w:p>
+                </w:txbxContent>
+              </v:textbox>
+            </v:shape>
+          </w:pict>
+        </mc:Fallback>
+      </mc:AlternateContent>
+    </w:r>
+  </w:p>
+</w:hdr>
+</file>
+
+<file path=word/header3.xml><?xml version="1.0" encoding="utf-8"?>
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="7915B03C" w14:textId="77777777" w:rsidR="0034374F" w:rsidRDefault="0034374F" w:rsidP="00413A60">
     <w:pPr>
       <w:pStyle w:val="Sidhuvud"/>
       <w:ind w:left="0" w:right="567"/>
     </w:pPr>
-    <w:r w:rsidRPr="00762EE0">
+    <w:r>
       <w:rPr>
         <w:noProof/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
-      <w:drawing>
-[...78 lines deleted...]
-      </w:rPr>
       <mc:AlternateContent>
         <mc:Choice Requires="wps">
           <w:drawing>
-            <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251657216" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="20F735BA" wp14:editId="46D4D758">
+            <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658240" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="7A975CD5" wp14:editId="1BD16140">
               <wp:simplePos x="0" y="0"/>
               <wp:positionH relativeFrom="column">
                 <wp:posOffset>-172720</wp:posOffset>
               </wp:positionH>
               <wp:positionV relativeFrom="paragraph">
                 <wp:posOffset>-65405</wp:posOffset>
               </wp:positionV>
               <wp:extent cx="4669200" cy="2160000"/>
               <wp:effectExtent l="0" t="0" r="0" b="0"/>
               <wp:wrapTopAndBottom/>
               <wp:docPr id="1" name="Textruta 1"/>
               <wp:cNvGraphicFramePr/>
               <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                 <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                   <wps:wsp>
                     <wps:cNvSpPr txBox="1"/>
                     <wps:spPr>
                       <a:xfrm>
                         <a:off x="0" y="0"/>
                         <a:ext cx="4669200" cy="2160000"/>
                       </a:xfrm>
                       <a:prstGeom prst="rect">
                         <a:avLst/>
                       </a:prstGeom>
                       <a:noFill/>
                       <a:ln w="6350">
                         <a:noFill/>
                       </a:ln>
                     </wps:spPr>
                     <wps:txbx>
                       <w:txbxContent>
-                        <w:p w14:paraId="39742694" w14:textId="77777777" w:rsidR="0034374F" w:rsidRDefault="0034374F">
+                        <w:p w14:paraId="31CA8AB5" w14:textId="77777777" w:rsidR="0034374F" w:rsidRDefault="0034374F">
                           <w:pPr>
                             <w:ind w:left="0"/>
                           </w:pPr>
                           <w:r w:rsidRPr="00762EE0">
                             <w:rPr>
                               <w:sz w:val="20"/>
                               <w:szCs w:val="20"/>
                             </w:rPr>
                             <w:t>OBS! Utskriven version kan vara ogiltig. Verifiera innehållet</w:t>
                           </w:r>
                           <w:r>
                             <w:rPr>
                               <w:sz w:val="20"/>
                               <w:szCs w:val="20"/>
                             </w:rPr>
                             <w:t>.</w:t>
                           </w:r>
                         </w:p>
                       </w:txbxContent>
                     </wps:txbx>
                     <wps:bodyPr rot="0" spcFirstLastPara="0" vertOverflow="overflow" horzOverflow="overflow" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" numCol="1" spcCol="0" rtlCol="0" fromWordArt="0" anchor="t" anchorCtr="0" forceAA="0" compatLnSpc="1">
                       <a:prstTxWarp prst="textNoShape">
                         <a:avLst/>
                       </a:prstTxWarp>
                       <a:noAutofit/>
                     </wps:bodyPr>
                   </wps:wsp>
                 </a:graphicData>
               </a:graphic>
               <wp14:sizeRelH relativeFrom="margin">
                 <wp14:pctWidth>0</wp14:pctWidth>
               </wp14:sizeRelH>
               <wp14:sizeRelV relativeFrom="margin">
                 <wp14:pctHeight>0</wp14:pctHeight>
               </wp14:sizeRelV>
             </wp:anchor>
           </w:drawing>
         </mc:Choice>
         <mc:Fallback>
           <w:pict>
-            <v:shapetype w14:anchorId="20F735BA" id="_x0000_t202" coordsize="21600,21600" o:spt="202" path="m,l,21600r21600,l21600,xe">
+            <v:shapetype w14:anchorId="7A975CD5" id="_x0000_t202" coordsize="21600,21600" o:spt="202" path="m,l,21600r21600,l21600,xe">
               <v:stroke joinstyle="miter"/>
               <v:path gradientshapeok="t" o:connecttype="rect"/>
             </v:shapetype>
-            <v:shape id="Textruta 1" o:spid="_x0000_s1026" type="#_x0000_t202" style="position:absolute;margin-left:-13.6pt;margin-top:-5.15pt;width:367.65pt;height:170.1pt;z-index:251657216;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:margin;mso-height-relative:margin;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQCrlm78FgIAAC0EAAAOAAAAZHJzL2Uyb0RvYy54bWysU11v2yAUfZ+0/4B4X+xkadZacaqsVaZJ&#10;UVspnfpMMMSWgMuAxM5+/S7Y+VC3p2l+wBfu5X6cc5jfd1qRg3C+AVPS8SinRBgOVWN2Jf3xuvp0&#10;S4kPzFRMgRElPQpP7xcfP8xbW4gJ1KAq4QgmMb5obUnrEGyRZZ7XQjM/AisMOiU4zQJu3S6rHGsx&#10;u1bZJM9nWQuusg648B5PH3snXaT8UgoenqX0IhBVUuwtpNWldRvXbDFnxc4xWzd8aIP9QxeaNQaL&#10;nlM9ssDI3jV/pNINd+BBhhEHnYGUDRdpBpxmnL+bZlMzK9IsCI63Z5j8/0vLnw4b++JI6L5ChwRG&#10;QFrrC4+HcZ5OOh3/2ClBP0J4PMMmukA4Hk5nszvkghKOvsl4luMX82SX69b58E2AJtEoqUNeElzs&#10;sPahDz2FxGoGVo1SiRtlSFvS2eebPF04ezC5Mljj0my0Qrfthgm2UB1xMAc9597yVYPF18yHF+aQ&#10;ZGwYhRuecZEKsAgMFiU1uF9/O4/xiD16KWlRNCX1P/fMCUrUd4Os3I2n06iytJnefJngxl17ttce&#10;s9cPgLoc4xOxPJkxPqiTKR3oN9T3MlZFFzMca5c0nMyH0EsZ3wcXy2UKQl1ZFtZmY3lMHeGM0L52&#10;b8zZAf+A1D3BSV6seEdDH9sTsdwHkE3iKALcozrgjppMLA/vJ4r+ep+iLq988RsAAP//AwBQSwME&#10;FAAGAAgAAAAhAHdeiV3jAAAACwEAAA8AAABkcnMvZG93bnJldi54bWxMj8FOwzAMhu9IvENkJG5b&#10;0kywrjSdpkoTEoLDxi7c0sZrK5qkNNlWeHrMadxs+dPv78/Xk+3ZGcfQeacgmQtg6GpvOtcoOLxv&#10;ZymwELUzuvcOFXxjgHVxe5PrzPiL2+F5HxtGIS5kWkEb45BxHuoWrQ5zP6Cj29GPVkdax4abUV8o&#10;3PZcCvHIre4cfWj1gGWL9ef+ZBW8lNs3vaukTX/68vn1uBm+Dh8PSt3fTZsnYBGneIXhT5/UoSCn&#10;yp+cCaxXMJNLSSgNiVgAI2Ip0gRYpWAhVyvgRc7/dyh+AQAA//8DAFBLAQItABQABgAIAAAAIQC2&#10;gziS/gAAAOEBAAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAG&#10;AAgAAAAhADj9If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAALwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAG&#10;AAgAAAAhAKuWbvwWAgAALQQAAA4AAAAAAAAAAAAAAAAALgIAAGRycy9lMm9Eb2MueG1sUEsBAi0A&#10;FAAGAAgAAAAhAHdeiV3jAAAACwEAAA8AAAAAAAAAAAAAAAAAcAQAAGRycy9kb3ducmV2LnhtbFBL&#10;BQYAAAAABAAEAPMAAACABQAAAAA=&#10;" filled="f" stroked="f" strokeweight=".5pt">
+            <v:shape id="Textruta 1" o:spid="_x0000_s1027" type="#_x0000_t202" style="position:absolute;margin-left:-13.6pt;margin-top:-5.15pt;width:367.65pt;height:170.1pt;z-index:251658240;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:margin;mso-height-relative:margin;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQAHTpHSGQIAADQEAAAOAAAAZHJzL2Uyb0RvYy54bWysU11v2yAUfZ+0/4B4X+xkadZacaqsVaZJ&#10;UVspnfpMMMSWgMuAxM5+/S7Y+VC3p2l+wBfu5X6cc5jfd1qRg3C+AVPS8SinRBgOVWN2Jf3xuvp0&#10;S4kPzFRMgRElPQpP7xcfP8xbW4gJ1KAq4QgmMb5obUnrEGyRZZ7XQjM/AisMOiU4zQJu3S6rHGsx&#10;u1bZJM9nWQuusg648B5PH3snXaT8UgoenqX0IhBVUuwtpNWldRvXbDFnxc4xWzd8aIP9QxeaNQaL&#10;nlM9ssDI3jV/pNINd+BBhhEHnYGUDRdpBpxmnL+bZlMzK9IsCI63Z5j8/0vLnw4b++JI6L5ChwRG&#10;QFrrC4+HcZ5OOh3/2ClBP0J4PMMmukA4Hk5nszvkghKOvsl4luMX82SX69b58E2AJtEoqUNeElzs&#10;sPahDz2FxGoGVo1SiRtlSFvS2eebPF04ezC5Mljj0my0QrftSFNdDbKF6ojzOeip95avGuxhzXx4&#10;YQ65xr5Rv+EZF6kAa8FgUVKD+/W38xiPFKCXkha1U1L/c8+coER9N0jO3Xg6jWJLm+nNlwlu3LVn&#10;e+0xe/0AKM8xvhTLkxnjgzqZ0oF+Q5kvY1V0McOxdknDyXwIvaLxmXCxXKYglJdlYW02lsfUEdWI&#10;8Gv3xpwdaAjI4BOcVMaKd2z0sT0fy30A2SSqIs49qgP8KM1E9vCMovav9ynq8tgXvwEAAP//AwBQ&#10;SwMEFAAGAAgAAAAhAHdeiV3jAAAACwEAAA8AAABkcnMvZG93bnJldi54bWxMj8FOwzAMhu9IvENk&#10;JG5b0kywrjSdpkoTEoLDxi7c0sZrK5qkNNlWeHrMadxs+dPv78/Xk+3ZGcfQeacgmQtg6GpvOtco&#10;OLxvZymwELUzuvcOFXxjgHVxe5PrzPiL2+F5HxtGIS5kWkEb45BxHuoWrQ5zP6Cj29GPVkdax4ab&#10;UV8o3PZcCvHIre4cfWj1gGWL9ef+ZBW8lNs3vaukTX/68vn1uBm+Dh8PSt3fTZsnYBGneIXhT5/U&#10;oSCnyp+cCaxXMJNLSSgNiVgAI2Ip0gRYpWAhVyvgRc7/dyh+AQAA//8DAFBLAQItABQABgAIAAAA&#10;IQC2gziS/gAAAOEBAAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0A&#10;FAAGAAgAAAAhADj9If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAALwEAAF9yZWxzLy5yZWxzUEsBAi0A&#10;FAAGAAgAAAAhAAdOkdIZAgAANAQAAA4AAAAAAAAAAAAAAAAALgIAAGRycy9lMm9Eb2MueG1sUEsB&#10;Ai0AFAAGAAgAAAAhAHdeiV3jAAAACwEAAA8AAAAAAAAAAAAAAAAAcwQAAGRycy9kb3ducmV2Lnht&#10;bFBLBQYAAAAABAAEAPMAAACDBQAAAAA=&#10;" filled="f" stroked="f" strokeweight=".5pt">
               <v:textbox>
                 <w:txbxContent>
-                  <w:p w14:paraId="39742694" w14:textId="77777777" w:rsidR="0034374F" w:rsidRDefault="0034374F">
+                  <w:p w14:paraId="31CA8AB5" w14:textId="77777777" w:rsidR="0034374F" w:rsidRDefault="0034374F">
                     <w:pPr>
                       <w:ind w:left="0"/>
                     </w:pPr>
                     <w:r w:rsidRPr="00762EE0">
                       <w:rPr>
                         <w:sz w:val="20"/>
                         <w:szCs w:val="20"/>
                       </w:rPr>
                       <w:t>OBS! Utskriven version kan vara ogiltig. Verifiera innehållet</w:t>
                     </w:r>
                     <w:r>
                       <w:rPr>
                         <w:sz w:val="20"/>
                         <w:szCs w:val="20"/>
                       </w:rPr>
                       <w:t>.</w:t>
                     </w:r>
                   </w:p>
                 </w:txbxContent>
               </v:textbox>
               <w10:wrap type="topAndBottom"/>
             </v:shape>
           </w:pict>
         </mc:Fallback>
       </mc:AlternateContent>
     </w:r>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="FFFFFF1D"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="FBCC56FC"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="0"/>
         </w:tabs>
         <w:ind w:left="0" w:firstLine="0"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
@@ -2561,50 +3213,249 @@
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="1" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="FFFFFF89"/>
     <w:multiLevelType w:val="singleLevel"/>
     <w:tmpl w:val="3C063CDC"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="360"/>
         </w:tabs>
         <w:ind w:left="360" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="2" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="01055A96"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="D2383764"/>
+    <w:lvl w:ilvl="0" w:tplc="041D000F">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1080" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="041D0019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1800" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="041D001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="2520" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="041D000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3240" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="041D0019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3960" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="041D001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="4680" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="041D000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5400" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="041D0019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6120" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="041D001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="6840" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="3" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="041C6268"/>
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="EAC2A504"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="927"/>
+        </w:tabs>
+        <w:ind w:left="927" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="1647"/>
+        </w:tabs>
+        <w:ind w:left="1647" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2367"/>
+        </w:tabs>
+        <w:ind w:left="2367" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="3087"/>
+        </w:tabs>
+        <w:ind w:left="3087" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="3807"/>
+        </w:tabs>
+        <w:ind w:left="3807" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="4527"/>
+        </w:tabs>
+        <w:ind w:left="4527" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5247"/>
+        </w:tabs>
+        <w:ind w:left="5247" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5967"/>
+        </w:tabs>
+        <w:ind w:left="5967" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="6687"/>
+        </w:tabs>
+        <w:ind w:left="6687" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="4" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="05DF67F4"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="75525A52"/>
     <w:lvl w:ilvl="0" w:tplc="A0D81926">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier" w:hAnsi="Courier" w:hint="default"/>
@@ -2673,51 +3524,51 @@
     <w:lvl w:ilvl="7" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier" w:hAnsi="Courier" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="7200" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="3" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="5" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="064D5D84"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="B588D40E"/>
     <w:lvl w:ilvl="0" w:tplc="041D0001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1287" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2007" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
@@ -2786,51 +3637,51 @@
     <w:lvl w:ilvl="7" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6327" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="7047" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="4" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="6" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="07F0337A"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="1E54CEB4"/>
     <w:lvl w:ilvl="0" w:tplc="041D0001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1077" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1797" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
@@ -2899,51 +3750,51 @@
     <w:lvl w:ilvl="7" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6117" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6837" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="5" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="7" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="1345790F"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="3014F2E2"/>
     <w:lvl w:ilvl="0" w:tplc="041D0001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1287" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2007" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
@@ -3012,51 +3863,51 @@
     <w:lvl w:ilvl="7" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6327" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="7047" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="6" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="8" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="135A157B"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="65667058"/>
     <w:lvl w:ilvl="0" w:tplc="041D000F">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier" w:hAnsi="Courier" w:hint="default"/>
@@ -3125,51 +3976,51 @@
     <w:lvl w:ilvl="7" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier" w:hAnsi="Courier" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="7" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="9" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="1480309A"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="7B82C9A8"/>
     <w:lvl w:ilvl="0" w:tplc="041D0001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1712" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2432" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
@@ -3238,51 +4089,51 @@
     <w:lvl w:ilvl="7" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6752" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="7472" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="8" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="10" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="1D074A65"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="E104E4E6"/>
     <w:lvl w:ilvl="0" w:tplc="F49A5562">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:pStyle w:val="FaktarutaLista"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
@@ -3352,51 +4203,51 @@
     <w:lvl w:ilvl="7" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="9" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="11" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="1D520AB4"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="B9E412AC"/>
     <w:lvl w:ilvl="0" w:tplc="041D0001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1712" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2432" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
@@ -3465,51 +4316,277 @@
     <w:lvl w:ilvl="7" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6752" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="7472" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="10" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="12" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="2F1C01A4"/>
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="40C42506"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="720"/>
+        </w:tabs>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="1440"/>
+        </w:tabs>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2160"/>
+        </w:tabs>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2880"/>
+        </w:tabs>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="3600"/>
+        </w:tabs>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="4320"/>
+        </w:tabs>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5040"/>
+        </w:tabs>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5760"/>
+        </w:tabs>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="6480"/>
+        </w:tabs>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="13" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="306C4A78"/>
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="313AF75C"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2968"/>
+        </w:tabs>
+        <w:ind w:left="2968" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="3688"/>
+        </w:tabs>
+        <w:ind w:left="3688" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="4408"/>
+        </w:tabs>
+        <w:ind w:left="4408" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5128"/>
+        </w:tabs>
+        <w:ind w:left="5128" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5848"/>
+        </w:tabs>
+        <w:ind w:left="5848" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="6568"/>
+        </w:tabs>
+        <w:ind w:left="6568" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="7288"/>
+        </w:tabs>
+        <w:ind w:left="7288" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="8008"/>
+        </w:tabs>
+        <w:ind w:left="8008" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="8728"/>
+        </w:tabs>
+        <w:ind w:left="8728" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="14" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="38A42FB9"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="09EA9066"/>
     <w:lvl w:ilvl="0" w:tplc="041D0001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -3605,51 +4682,140 @@
         <w:tabs>
           <w:tab w:val="num" w:pos="5760"/>
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="11" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="15" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="3A2A1770"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="D258F856"/>
+    <w:lvl w:ilvl="0" w:tplc="041D000F">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="041D0019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="041D001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="041D000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="041D0019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="041D001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="041D000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="041D0019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="041D001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="16" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="3B474E09"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="DDF0BC38"/>
     <w:lvl w:ilvl="0" w:tplc="34668BAA">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:pStyle w:val="Punktlista"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1077" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1797" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
@@ -3719,51 +4885,277 @@
     <w:lvl w:ilvl="7" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6117" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6837" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="12" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="17" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="3DF519A6"/>
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="62D035A0"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="3"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="720"/>
+        </w:tabs>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="1440"/>
+        </w:tabs>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2160"/>
+        </w:tabs>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2880"/>
+        </w:tabs>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="3600"/>
+        </w:tabs>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="4320"/>
+        </w:tabs>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5040"/>
+        </w:tabs>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5760"/>
+        </w:tabs>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="6480"/>
+        </w:tabs>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="18" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="408B4C4C"/>
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="0A68B63C"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="1440"/>
+        </w:tabs>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2160"/>
+        </w:tabs>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2880"/>
+        </w:tabs>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="3600"/>
+        </w:tabs>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="4320"/>
+        </w:tabs>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5040"/>
+        </w:tabs>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5760"/>
+        </w:tabs>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="6480"/>
+        </w:tabs>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="7200"/>
+        </w:tabs>
+        <w:ind w:left="7200" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="19" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="40C928FF"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="0AE0B72A"/>
     <w:lvl w:ilvl="0" w:tplc="041D0001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1712" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2432" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
@@ -3832,51 +5224,51 @@
     <w:lvl w:ilvl="7" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6752" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="7472" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="13" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="20" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="42196C05"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="741857FC"/>
     <w:lvl w:ilvl="0" w:tplc="71B6B2F8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
         <w:color w:val="auto"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
@@ -3973,51 +5365,51 @@
         <w:tabs>
           <w:tab w:val="num" w:pos="5760"/>
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="14" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="21" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="47F07582"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="681439B8"/>
     <w:lvl w:ilvl="0" w:tplc="041D0001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1287" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="FFFFFFFF" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2007" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
@@ -4086,51 +5478,51 @@
     <w:lvl w:ilvl="7" w:tplc="FFFFFFFF" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6327" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="FFFFFFFF" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="7047" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="15" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="22" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="4B872F35"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="88EC2EA8"/>
     <w:lvl w:ilvl="0" w:tplc="041D000F">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1287" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="041D0019">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2007" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="041D001B">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
@@ -4172,51 +5564,164 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5607" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="041D0019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6327" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="041D001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="7047" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="16" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="23" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="4F897642"/>
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="1D86E3E6"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="2"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2968"/>
+        </w:tabs>
+        <w:ind w:left="2968" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="3688"/>
+        </w:tabs>
+        <w:ind w:left="3688" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="4408"/>
+        </w:tabs>
+        <w:ind w:left="4408" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5128"/>
+        </w:tabs>
+        <w:ind w:left="5128" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5848"/>
+        </w:tabs>
+        <w:ind w:left="5848" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="6568"/>
+        </w:tabs>
+        <w:ind w:left="6568" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="7288"/>
+        </w:tabs>
+        <w:ind w:left="7288" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="8008"/>
+        </w:tabs>
+        <w:ind w:left="8008" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="8728"/>
+        </w:tabs>
+        <w:ind w:left="8728" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="24" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="512E26C6"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="87DA3318"/>
     <w:lvl w:ilvl="0" w:tplc="11C8A648">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="927" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="default"/>
         <w:color w:val="auto"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1647" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
@@ -4286,51 +5791,51 @@
     <w:lvl w:ilvl="7" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5967" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6687" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="17" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="25" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="5142173D"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="6C7075AA"/>
     <w:lvl w:ilvl="0" w:tplc="041D000F">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1287" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="041D0019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2007" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="041D001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
@@ -4372,51 +5877,51 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5607" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="041D0019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6327" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="041D001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="7047" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="18" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="26" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="51AB58F1"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="97200AA0"/>
     <w:lvl w:ilvl="0" w:tplc="041D0001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1712" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2432" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
@@ -4485,51 +5990,51 @@
     <w:lvl w:ilvl="7" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6752" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="7472" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="19" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="27" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="54340635"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="1B6660C0"/>
     <w:lvl w:ilvl="0" w:tplc="05061E3A">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:pStyle w:val="Liststycke"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="717" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
@@ -4599,51 +6104,51 @@
     <w:lvl w:ilvl="7" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="7200" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="20" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="28" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="575E01E6"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="E154E454"/>
     <w:lvl w:ilvl="0" w:tplc="041D0001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
@@ -4712,51 +6217,584 @@
     <w:lvl w:ilvl="7" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="21" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="29" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="57B6389F"/>
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="EF96F902"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="720"/>
+        </w:tabs>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="1440"/>
+        </w:tabs>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2160"/>
+        </w:tabs>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2880"/>
+        </w:tabs>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="3600"/>
+        </w:tabs>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="4320"/>
+        </w:tabs>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5040"/>
+        </w:tabs>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5760"/>
+        </w:tabs>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="6480"/>
+        </w:tabs>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="30" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="5D392C91"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="DCBEE02E"/>
+    <w:lvl w:ilvl="0" w:tplc="041D000F">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1080" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="041D0019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1800" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="041D001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="2520" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="041D000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3240" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="041D0019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3960" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="041D001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="4680" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="041D000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5400" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="041D0019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6120" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="041D001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="6840" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="31" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="5D4616C2"/>
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="ADB8FD16"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="720"/>
+        </w:tabs>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="1440"/>
+        </w:tabs>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2160"/>
+        </w:tabs>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2880"/>
+        </w:tabs>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="3600"/>
+        </w:tabs>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="4320"/>
+        </w:tabs>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5040"/>
+        </w:tabs>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5760"/>
+        </w:tabs>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="6480"/>
+        </w:tabs>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="32" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="5F602B26"/>
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="20F474B0"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="720"/>
+        </w:tabs>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="1440"/>
+        </w:tabs>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2160"/>
+        </w:tabs>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2880"/>
+        </w:tabs>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="3600"/>
+        </w:tabs>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="4320"/>
+        </w:tabs>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5040"/>
+        </w:tabs>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5760"/>
+        </w:tabs>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="6480"/>
+        </w:tabs>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="33" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="601A1369"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="C42095B4"/>
     <w:lvl w:ilvl="0" w:tplc="041D0001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1287" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2007" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
@@ -4825,51 +6863,51 @@
     <w:lvl w:ilvl="7" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6327" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="7047" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="22" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="34" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="69FA71E5"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="6A90A284"/>
     <w:lvl w:ilvl="0" w:tplc="11C8A648">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1494" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="default"/>
         <w:color w:val="auto"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2007" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
@@ -4939,51 +6977,349 @@
     <w:lvl w:ilvl="7" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6327" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="7047" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="23" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="35" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="6A981F66"/>
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="93E4207A"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="720"/>
+        </w:tabs>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="1440"/>
+        </w:tabs>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2160"/>
+        </w:tabs>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2880"/>
+        </w:tabs>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="3600"/>
+        </w:tabs>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="4320"/>
+        </w:tabs>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5040"/>
+        </w:tabs>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5760"/>
+        </w:tabs>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="6480"/>
+        </w:tabs>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="36" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="6AF3337D"/>
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="EF1819AE"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="720"/>
+        </w:tabs>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="1440"/>
+        </w:tabs>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2160"/>
+        </w:tabs>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2880"/>
+        </w:tabs>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="3600"/>
+        </w:tabs>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="4320"/>
+        </w:tabs>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5040"/>
+        </w:tabs>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5760"/>
+        </w:tabs>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="6480"/>
+        </w:tabs>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="37" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="706B1852"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="4FB2CAB0"/>
     <w:lvl w:ilvl="0" w:tplc="041D0001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier" w:hAnsi="Courier" w:hint="default"/>
@@ -5052,51 +7388,51 @@
     <w:lvl w:ilvl="7" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier" w:hAnsi="Courier" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="24" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="38" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="73F96A7C"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="8FFC49E4"/>
     <w:lvl w:ilvl="0" w:tplc="103E5850">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="927" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="041D0019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1647" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="041D001B" w:tentative="1">
@@ -5141,51 +7477,51 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5247" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="041D0019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5967" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="041D001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6687" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="25" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="39" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="772B033E"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="133AE8DA"/>
     <w:lvl w:ilvl="0" w:tplc="041D000F">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1287" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="041D0019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2007" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="041D001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
@@ -5227,51 +7563,277 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5607" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="041D0019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6327" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="041D001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="7047" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="26" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="40" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="78F3663E"/>
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="3F2AA404"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="720"/>
+        </w:tabs>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="1440"/>
+        </w:tabs>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2160"/>
+        </w:tabs>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2880"/>
+        </w:tabs>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="3600"/>
+        </w:tabs>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="4320"/>
+        </w:tabs>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5040"/>
+        </w:tabs>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5760"/>
+        </w:tabs>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="6480"/>
+        </w:tabs>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="41" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="7AA5697B"/>
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="A38234C8"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="2"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="720"/>
+        </w:tabs>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="1440"/>
+        </w:tabs>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2160"/>
+        </w:tabs>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2880"/>
+        </w:tabs>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="3600"/>
+        </w:tabs>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="4320"/>
+        </w:tabs>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5040"/>
+        </w:tabs>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5760"/>
+        </w:tabs>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="6480"/>
+        </w:tabs>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="42" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="7C077AA9"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="DDC0C0DE"/>
     <w:lvl w:ilvl="0" w:tplc="041D0001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1712" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2432" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
@@ -5340,51 +7902,51 @@
     <w:lvl w:ilvl="7" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6752" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="7472" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="27" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="43" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="7EA41BCB"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="CAEC6EFE"/>
     <w:lvl w:ilvl="0" w:tplc="041D0001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
@@ -5454,961 +8016,1171 @@
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1" w16cid:durableId="1097872030">
-    <w:abstractNumId w:val="27"/>
+    <w:abstractNumId w:val="43"/>
   </w:num>
   <w:num w:numId="2" w16cid:durableId="1033069816">
-    <w:abstractNumId w:val="20"/>
+    <w:abstractNumId w:val="28"/>
   </w:num>
   <w:num w:numId="3" w16cid:durableId="615142735">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="4" w16cid:durableId="715816709">
-    <w:abstractNumId w:val="8"/>
+    <w:abstractNumId w:val="10"/>
   </w:num>
   <w:num w:numId="5" w16cid:durableId="1720208998">
-    <w:abstractNumId w:val="23"/>
+    <w:abstractNumId w:val="37"/>
   </w:num>
   <w:num w:numId="6" w16cid:durableId="271667698">
-    <w:abstractNumId w:val="2"/>
+    <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="7" w16cid:durableId="373501683">
-    <w:abstractNumId w:val="13"/>
+    <w:abstractNumId w:val="20"/>
   </w:num>
   <w:num w:numId="8" w16cid:durableId="272908378">
-    <w:abstractNumId w:val="10"/>
+    <w:abstractNumId w:val="14"/>
   </w:num>
   <w:num w:numId="9" w16cid:durableId="1714578059">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="10" w16cid:durableId="1134834880">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="11" w16cid:durableId="1560899222">
-    <w:abstractNumId w:val="4"/>
+    <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="12" w16cid:durableId="1549802798">
-    <w:abstractNumId w:val="6"/>
+    <w:abstractNumId w:val="8"/>
   </w:num>
   <w:num w:numId="13" w16cid:durableId="415595935">
+    <w:abstractNumId w:val="27"/>
+  </w:num>
+  <w:num w:numId="14" w16cid:durableId="610472046">
+    <w:abstractNumId w:val="16"/>
+  </w:num>
+  <w:num w:numId="15" w16cid:durableId="1250193233">
+    <w:abstractNumId w:val="11"/>
+  </w:num>
+  <w:num w:numId="16" w16cid:durableId="243151471">
+    <w:abstractNumId w:val="26"/>
+  </w:num>
+  <w:num w:numId="17" w16cid:durableId="217129880">
+    <w:abstractNumId w:val="9"/>
+  </w:num>
+  <w:num w:numId="18" w16cid:durableId="1783525316">
     <w:abstractNumId w:val="19"/>
   </w:num>
-  <w:num w:numId="14" w16cid:durableId="610472046">
-    <w:abstractNumId w:val="11"/>
+  <w:num w:numId="19" w16cid:durableId="1485506020">
+    <w:abstractNumId w:val="42"/>
   </w:num>
-  <w:num w:numId="15" w16cid:durableId="1250193233">
-    <w:abstractNumId w:val="9"/>
+  <w:num w:numId="20" w16cid:durableId="1795052461">
+    <w:abstractNumId w:val="33"/>
   </w:num>
-  <w:num w:numId="16" w16cid:durableId="243151471">
+  <w:num w:numId="21" w16cid:durableId="1221206379">
+    <w:abstractNumId w:val="21"/>
+  </w:num>
+  <w:num w:numId="22" w16cid:durableId="253897782">
+    <w:abstractNumId w:val="25"/>
+  </w:num>
+  <w:num w:numId="23" w16cid:durableId="685785341">
+    <w:abstractNumId w:val="39"/>
+  </w:num>
+  <w:num w:numId="24" w16cid:durableId="1084061593">
+    <w:abstractNumId w:val="38"/>
+  </w:num>
+  <w:num w:numId="25" w16cid:durableId="2040352763">
+    <w:abstractNumId w:val="5"/>
+  </w:num>
+  <w:num w:numId="26" w16cid:durableId="1858813879">
+    <w:abstractNumId w:val="24"/>
+  </w:num>
+  <w:num w:numId="27" w16cid:durableId="322393813">
+    <w:abstractNumId w:val="34"/>
+  </w:num>
+  <w:num w:numId="28" w16cid:durableId="1624847271">
+    <w:abstractNumId w:val="22"/>
+  </w:num>
+  <w:num w:numId="29" w16cid:durableId="2017533840">
+    <w:abstractNumId w:val="7"/>
+  </w:num>
+  <w:num w:numId="30" w16cid:durableId="1876042055">
+    <w:abstractNumId w:val="40"/>
+  </w:num>
+  <w:num w:numId="31" w16cid:durableId="379331095">
+    <w:abstractNumId w:val="41"/>
+  </w:num>
+  <w:num w:numId="32" w16cid:durableId="1215313553">
+    <w:abstractNumId w:val="17"/>
+  </w:num>
+  <w:num w:numId="33" w16cid:durableId="398672171">
+    <w:abstractNumId w:val="30"/>
+  </w:num>
+  <w:num w:numId="34" w16cid:durableId="2053992393">
+    <w:abstractNumId w:val="3"/>
+  </w:num>
+  <w:num w:numId="35" w16cid:durableId="1494948205">
+    <w:abstractNumId w:val="12"/>
+  </w:num>
+  <w:num w:numId="36" w16cid:durableId="381052925">
     <w:abstractNumId w:val="18"/>
   </w:num>
-  <w:num w:numId="17" w16cid:durableId="217129880">
-    <w:abstractNumId w:val="7"/>
+  <w:num w:numId="37" w16cid:durableId="498809197">
+    <w:abstractNumId w:val="13"/>
   </w:num>
-  <w:num w:numId="18" w16cid:durableId="1783525316">
-    <w:abstractNumId w:val="12"/>
+  <w:num w:numId="38" w16cid:durableId="953250098">
+    <w:abstractNumId w:val="23"/>
   </w:num>
-  <w:num w:numId="19" w16cid:durableId="1485506020">
-[...26 lines deleted...]
-  <w:num w:numId="28" w16cid:durableId="1624847271">
+  <w:num w:numId="39" w16cid:durableId="465591484">
     <w:abstractNumId w:val="15"/>
   </w:num>
-  <w:num w:numId="29" w16cid:durableId="2017533840">
-    <w:abstractNumId w:val="5"/>
+  <w:num w:numId="40" w16cid:durableId="725572173">
+    <w:abstractNumId w:val="2"/>
+  </w:num>
+  <w:num w:numId="41" w16cid:durableId="1925724177">
+    <w:abstractNumId w:val="31"/>
+  </w:num>
+  <w:num w:numId="42" w16cid:durableId="875040706">
+    <w:abstractNumId w:val="29"/>
+  </w:num>
+  <w:num w:numId="43" w16cid:durableId="1254390277">
+    <w:abstractNumId w:val="36"/>
+  </w:num>
+  <w:num w:numId="44" w16cid:durableId="196939179">
+    <w:abstractNumId w:val="32"/>
+  </w:num>
+  <w:num w:numId="45" w16cid:durableId="637296440">
+    <w:abstractNumId w:val="35"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:zoom w:percent="120"/>
   <w:removePersonalInformation/>
   <w:removeDateAndTime/>
   <w:embedSystemFonts/>
-  <w:proofState w:spelling="clean" w:grammar="clean"/>
+  <w:attachedTemplate r:id="rId1"/>
   <w:stylePaneFormatFilter w:val="D804" w:allStyles="0" w:customStyles="0" w:latentStyles="1" w:stylesInUse="0" w:headingStyles="0" w:numberingStyles="0" w:tableStyles="0" w:directFormattingOnRuns="0" w:directFormattingOnParagraphs="0" w:directFormattingOnNumbering="0" w:directFormattingOnTables="1" w:clearFormatting="1" w:top3HeadingStyles="0" w:visibleStyles="1" w:alternateStyleNames="1"/>
   <w:documentProtection w:formatting="1" w:enforcement="0"/>
   <w:styleLockTheme/>
   <w:styleLockQFSet/>
   <w:defaultTabStop w:val="1304"/>
   <w:hyphenationZone w:val="425"/>
   <w:displayHorizontalDrawingGridEvery w:val="0"/>
   <w:displayVerticalDrawingGridEvery w:val="0"/>
   <w:doNotUseMarginsForDrawingGridOrigin/>
   <w:noPunctuationKerning/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050" strokecolor="#4a773c">
       <v:stroke color="#4a773c" weight="1pt"/>
       <v:shadow opacity="24903f" origin=",.5" offset="0,.55556mm"/>
       <o:colormru v:ext="edit" colors="#4a773c"/>
     </o:shapedefaults>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
     <w:footnote w:id="1"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
     <w:endnote w:id="1"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
-    <w:rsidRoot w:val="00B75EDE"/>
+    <w:rsidRoot w:val="006B0E51"/>
     <w:rsid w:val="000051D5"/>
+    <w:rsid w:val="00006C59"/>
     <w:rsid w:val="00006D2A"/>
     <w:rsid w:val="00010D47"/>
     <w:rsid w:val="0001102A"/>
+    <w:rsid w:val="000130A3"/>
     <w:rsid w:val="00013BE7"/>
     <w:rsid w:val="00016CF0"/>
     <w:rsid w:val="00023363"/>
     <w:rsid w:val="00030DDD"/>
     <w:rsid w:val="000313BB"/>
     <w:rsid w:val="00033ED5"/>
     <w:rsid w:val="00043E9C"/>
     <w:rsid w:val="00050500"/>
     <w:rsid w:val="0005691C"/>
     <w:rsid w:val="00056ECB"/>
     <w:rsid w:val="00056ED5"/>
     <w:rsid w:val="000578DD"/>
     <w:rsid w:val="00061969"/>
     <w:rsid w:val="00062CAC"/>
     <w:rsid w:val="00063897"/>
     <w:rsid w:val="000655CC"/>
     <w:rsid w:val="00067562"/>
     <w:rsid w:val="000700AE"/>
     <w:rsid w:val="0008095A"/>
     <w:rsid w:val="00084024"/>
     <w:rsid w:val="00085CEF"/>
     <w:rsid w:val="0009062C"/>
     <w:rsid w:val="000916F6"/>
     <w:rsid w:val="00095368"/>
     <w:rsid w:val="000954C4"/>
     <w:rsid w:val="000A47DD"/>
     <w:rsid w:val="000A611A"/>
     <w:rsid w:val="000B12D9"/>
     <w:rsid w:val="000B4536"/>
+    <w:rsid w:val="000B6A47"/>
     <w:rsid w:val="000B7715"/>
     <w:rsid w:val="000C05FF"/>
     <w:rsid w:val="000D0219"/>
     <w:rsid w:val="000D2E14"/>
     <w:rsid w:val="000D4D6A"/>
     <w:rsid w:val="000E463B"/>
     <w:rsid w:val="000E5A7E"/>
+    <w:rsid w:val="000E733C"/>
+    <w:rsid w:val="000E7A58"/>
     <w:rsid w:val="000F25E5"/>
     <w:rsid w:val="000F43A3"/>
     <w:rsid w:val="000F7681"/>
     <w:rsid w:val="001011EC"/>
     <w:rsid w:val="00103031"/>
     <w:rsid w:val="001044FE"/>
+    <w:rsid w:val="001108C0"/>
+    <w:rsid w:val="00111CB2"/>
     <w:rsid w:val="001139D4"/>
     <w:rsid w:val="00113E3F"/>
     <w:rsid w:val="00131B08"/>
     <w:rsid w:val="00132A59"/>
     <w:rsid w:val="00133337"/>
     <w:rsid w:val="00133A0F"/>
     <w:rsid w:val="001342AC"/>
     <w:rsid w:val="0013513B"/>
     <w:rsid w:val="0013580F"/>
     <w:rsid w:val="00137B6D"/>
     <w:rsid w:val="0014070B"/>
+    <w:rsid w:val="00142079"/>
     <w:rsid w:val="001422C1"/>
+    <w:rsid w:val="0014786C"/>
     <w:rsid w:val="00150673"/>
     <w:rsid w:val="001522AE"/>
     <w:rsid w:val="00157D5B"/>
     <w:rsid w:val="00161FE6"/>
+    <w:rsid w:val="00162793"/>
     <w:rsid w:val="00164C3D"/>
     <w:rsid w:val="00166D3A"/>
+    <w:rsid w:val="001738B8"/>
     <w:rsid w:val="0017508E"/>
     <w:rsid w:val="00181982"/>
     <w:rsid w:val="00181FDC"/>
     <w:rsid w:val="00184167"/>
     <w:rsid w:val="001860B9"/>
     <w:rsid w:val="00186F2B"/>
     <w:rsid w:val="001874D6"/>
+    <w:rsid w:val="0019616C"/>
     <w:rsid w:val="0019632A"/>
     <w:rsid w:val="001A0A67"/>
+    <w:rsid w:val="001A2986"/>
     <w:rsid w:val="001A4E7C"/>
     <w:rsid w:val="001B3C5A"/>
     <w:rsid w:val="001B762C"/>
+    <w:rsid w:val="001C0381"/>
     <w:rsid w:val="001C4D0A"/>
     <w:rsid w:val="001C5FEF"/>
     <w:rsid w:val="001D1642"/>
     <w:rsid w:val="001E22B9"/>
     <w:rsid w:val="001E3789"/>
     <w:rsid w:val="001E4AE2"/>
     <w:rsid w:val="001E6D1B"/>
     <w:rsid w:val="001F072F"/>
     <w:rsid w:val="001F5AFB"/>
     <w:rsid w:val="002064D9"/>
     <w:rsid w:val="00211222"/>
     <w:rsid w:val="00211487"/>
     <w:rsid w:val="00211D91"/>
     <w:rsid w:val="00217DEC"/>
     <w:rsid w:val="00222C4A"/>
     <w:rsid w:val="00225936"/>
+    <w:rsid w:val="00233742"/>
     <w:rsid w:val="00235B57"/>
     <w:rsid w:val="00240B2A"/>
     <w:rsid w:val="00250F24"/>
+    <w:rsid w:val="00251E69"/>
     <w:rsid w:val="002523C5"/>
     <w:rsid w:val="0025380B"/>
     <w:rsid w:val="00254E9A"/>
     <w:rsid w:val="00256B32"/>
     <w:rsid w:val="0025703A"/>
     <w:rsid w:val="002577C6"/>
     <w:rsid w:val="00262153"/>
     <w:rsid w:val="00262F3D"/>
     <w:rsid w:val="00263281"/>
     <w:rsid w:val="002651D6"/>
     <w:rsid w:val="0026551F"/>
     <w:rsid w:val="00270FA8"/>
     <w:rsid w:val="0027405D"/>
     <w:rsid w:val="0027767B"/>
     <w:rsid w:val="00280A85"/>
     <w:rsid w:val="00284119"/>
     <w:rsid w:val="00286E0F"/>
     <w:rsid w:val="00290B5C"/>
+    <w:rsid w:val="00291359"/>
     <w:rsid w:val="00294791"/>
     <w:rsid w:val="00297974"/>
     <w:rsid w:val="002A1C4F"/>
     <w:rsid w:val="002A5D46"/>
     <w:rsid w:val="002A5D7F"/>
     <w:rsid w:val="002A7450"/>
     <w:rsid w:val="002B0B30"/>
     <w:rsid w:val="002B0C78"/>
     <w:rsid w:val="002C0C02"/>
     <w:rsid w:val="002C1277"/>
     <w:rsid w:val="002C60AD"/>
+    <w:rsid w:val="002D00C2"/>
     <w:rsid w:val="002D0E0E"/>
     <w:rsid w:val="002D1B9B"/>
+    <w:rsid w:val="002D437F"/>
     <w:rsid w:val="002D6023"/>
     <w:rsid w:val="002D7607"/>
     <w:rsid w:val="002E09AD"/>
     <w:rsid w:val="002E149F"/>
     <w:rsid w:val="002E263F"/>
+    <w:rsid w:val="002E3A5E"/>
     <w:rsid w:val="002E6F81"/>
     <w:rsid w:val="002F08BA"/>
     <w:rsid w:val="002F2CFF"/>
     <w:rsid w:val="002F325C"/>
     <w:rsid w:val="002F4E97"/>
     <w:rsid w:val="002F568B"/>
     <w:rsid w:val="002F7818"/>
     <w:rsid w:val="00304F31"/>
     <w:rsid w:val="003061C1"/>
     <w:rsid w:val="003066D0"/>
     <w:rsid w:val="00311401"/>
     <w:rsid w:val="00312D4E"/>
     <w:rsid w:val="003143A3"/>
     <w:rsid w:val="00315A27"/>
     <w:rsid w:val="003203D7"/>
     <w:rsid w:val="00320CC1"/>
     <w:rsid w:val="00320F86"/>
     <w:rsid w:val="00324171"/>
     <w:rsid w:val="00326C24"/>
     <w:rsid w:val="00333CC7"/>
+    <w:rsid w:val="003367D7"/>
     <w:rsid w:val="00337F99"/>
     <w:rsid w:val="003410BD"/>
     <w:rsid w:val="0034307B"/>
     <w:rsid w:val="0034374F"/>
     <w:rsid w:val="00345EB1"/>
     <w:rsid w:val="00346906"/>
     <w:rsid w:val="00350CC4"/>
     <w:rsid w:val="00351276"/>
+    <w:rsid w:val="00353D8B"/>
     <w:rsid w:val="00355A45"/>
     <w:rsid w:val="00360E0D"/>
     <w:rsid w:val="0036357D"/>
     <w:rsid w:val="00365462"/>
     <w:rsid w:val="0036594C"/>
     <w:rsid w:val="00367D19"/>
     <w:rsid w:val="00371BED"/>
     <w:rsid w:val="003801BC"/>
     <w:rsid w:val="00384019"/>
     <w:rsid w:val="003854F1"/>
     <w:rsid w:val="0039118E"/>
     <w:rsid w:val="00397F54"/>
     <w:rsid w:val="003A0D43"/>
+    <w:rsid w:val="003A1524"/>
     <w:rsid w:val="003A3333"/>
     <w:rsid w:val="003A4AA0"/>
     <w:rsid w:val="003A6A9B"/>
     <w:rsid w:val="003B2A4B"/>
     <w:rsid w:val="003B361B"/>
     <w:rsid w:val="003B3D67"/>
     <w:rsid w:val="003B62DA"/>
     <w:rsid w:val="003C2B8E"/>
     <w:rsid w:val="003C486D"/>
     <w:rsid w:val="003D06F6"/>
     <w:rsid w:val="003D099E"/>
     <w:rsid w:val="003D21A2"/>
     <w:rsid w:val="003D29D2"/>
     <w:rsid w:val="003D3611"/>
     <w:rsid w:val="003D6DF1"/>
     <w:rsid w:val="003E0705"/>
+    <w:rsid w:val="003E221C"/>
     <w:rsid w:val="003E2FF7"/>
     <w:rsid w:val="003E4CF0"/>
     <w:rsid w:val="003E54B3"/>
+    <w:rsid w:val="003E6663"/>
     <w:rsid w:val="003E6EC7"/>
     <w:rsid w:val="003F1013"/>
+    <w:rsid w:val="003F191A"/>
     <w:rsid w:val="003F1ACF"/>
+    <w:rsid w:val="003F213B"/>
     <w:rsid w:val="003F73DD"/>
     <w:rsid w:val="00404948"/>
     <w:rsid w:val="00406243"/>
+    <w:rsid w:val="0040638E"/>
     <w:rsid w:val="00406BEA"/>
     <w:rsid w:val="00413A60"/>
+    <w:rsid w:val="0042003F"/>
     <w:rsid w:val="004230F7"/>
+    <w:rsid w:val="00427A8D"/>
     <w:rsid w:val="004314B4"/>
     <w:rsid w:val="0043167E"/>
     <w:rsid w:val="00432322"/>
     <w:rsid w:val="0043409A"/>
     <w:rsid w:val="00443288"/>
     <w:rsid w:val="00446255"/>
     <w:rsid w:val="00446C97"/>
     <w:rsid w:val="00451935"/>
     <w:rsid w:val="00456142"/>
     <w:rsid w:val="0046098B"/>
     <w:rsid w:val="00460ED0"/>
     <w:rsid w:val="00462771"/>
     <w:rsid w:val="00465651"/>
+    <w:rsid w:val="00465D6E"/>
     <w:rsid w:val="004705B5"/>
     <w:rsid w:val="00470CE7"/>
     <w:rsid w:val="00470F4F"/>
     <w:rsid w:val="00471F3C"/>
     <w:rsid w:val="00472482"/>
+    <w:rsid w:val="004735F1"/>
     <w:rsid w:val="00473604"/>
+    <w:rsid w:val="0048097F"/>
     <w:rsid w:val="00480DC7"/>
     <w:rsid w:val="004819FA"/>
     <w:rsid w:val="004876F6"/>
     <w:rsid w:val="0049236A"/>
     <w:rsid w:val="00492718"/>
     <w:rsid w:val="004A1F19"/>
     <w:rsid w:val="004A355D"/>
     <w:rsid w:val="004A45A4"/>
     <w:rsid w:val="004A4970"/>
+    <w:rsid w:val="004B06FF"/>
     <w:rsid w:val="004B2183"/>
     <w:rsid w:val="004B2A01"/>
     <w:rsid w:val="004C3536"/>
     <w:rsid w:val="004C3632"/>
     <w:rsid w:val="004D1782"/>
+    <w:rsid w:val="004D2562"/>
     <w:rsid w:val="004D2D2D"/>
+    <w:rsid w:val="004D428E"/>
     <w:rsid w:val="004D7BA3"/>
     <w:rsid w:val="004E4851"/>
     <w:rsid w:val="004F4518"/>
     <w:rsid w:val="004F4C62"/>
     <w:rsid w:val="00501433"/>
     <w:rsid w:val="00501F63"/>
     <w:rsid w:val="00502AFB"/>
+    <w:rsid w:val="005078CA"/>
     <w:rsid w:val="00510D6A"/>
     <w:rsid w:val="00510F97"/>
     <w:rsid w:val="0051102D"/>
     <w:rsid w:val="00511CC4"/>
     <w:rsid w:val="005137FC"/>
+    <w:rsid w:val="005154AD"/>
+    <w:rsid w:val="00515B5A"/>
+    <w:rsid w:val="005171CB"/>
     <w:rsid w:val="0051759F"/>
+    <w:rsid w:val="005206DE"/>
     <w:rsid w:val="00527BC5"/>
     <w:rsid w:val="00531E60"/>
     <w:rsid w:val="00534138"/>
     <w:rsid w:val="00541D07"/>
     <w:rsid w:val="00542899"/>
     <w:rsid w:val="005433E4"/>
     <w:rsid w:val="00544371"/>
     <w:rsid w:val="00544BAB"/>
     <w:rsid w:val="00545F31"/>
     <w:rsid w:val="005578FA"/>
     <w:rsid w:val="00565129"/>
     <w:rsid w:val="00565CD0"/>
     <w:rsid w:val="00567820"/>
+    <w:rsid w:val="0057277B"/>
     <w:rsid w:val="005770AD"/>
     <w:rsid w:val="00577AB3"/>
+    <w:rsid w:val="00580D7C"/>
     <w:rsid w:val="00581414"/>
     <w:rsid w:val="00582161"/>
     <w:rsid w:val="00582490"/>
+    <w:rsid w:val="005878CC"/>
     <w:rsid w:val="00597E28"/>
     <w:rsid w:val="005A04CA"/>
     <w:rsid w:val="005A1D21"/>
     <w:rsid w:val="005A263D"/>
+    <w:rsid w:val="005A3381"/>
     <w:rsid w:val="005A54ED"/>
     <w:rsid w:val="005A5D5B"/>
     <w:rsid w:val="005A6081"/>
     <w:rsid w:val="005A627D"/>
     <w:rsid w:val="005B1A53"/>
     <w:rsid w:val="005C0045"/>
     <w:rsid w:val="005C084E"/>
     <w:rsid w:val="005C4606"/>
     <w:rsid w:val="005C5994"/>
     <w:rsid w:val="005D0B0C"/>
     <w:rsid w:val="005D1174"/>
     <w:rsid w:val="005D26B6"/>
     <w:rsid w:val="005D281F"/>
+    <w:rsid w:val="005D3C9A"/>
     <w:rsid w:val="005D766A"/>
     <w:rsid w:val="005E02B3"/>
     <w:rsid w:val="005E1E24"/>
+    <w:rsid w:val="005E2453"/>
+    <w:rsid w:val="005F25A7"/>
+    <w:rsid w:val="005F598E"/>
     <w:rsid w:val="00603980"/>
     <w:rsid w:val="00603CAF"/>
     <w:rsid w:val="006046E1"/>
     <w:rsid w:val="0060596B"/>
     <w:rsid w:val="00606D97"/>
     <w:rsid w:val="00614E64"/>
     <w:rsid w:val="00616F15"/>
     <w:rsid w:val="00617710"/>
     <w:rsid w:val="00617EE6"/>
     <w:rsid w:val="0062184C"/>
     <w:rsid w:val="00621B8D"/>
     <w:rsid w:val="00623724"/>
     <w:rsid w:val="00627BEA"/>
     <w:rsid w:val="006319DB"/>
+    <w:rsid w:val="00631F4F"/>
     <w:rsid w:val="00635D67"/>
     <w:rsid w:val="00644CBB"/>
+    <w:rsid w:val="00645359"/>
     <w:rsid w:val="006504DB"/>
     <w:rsid w:val="0065595B"/>
     <w:rsid w:val="00656DCD"/>
     <w:rsid w:val="00660269"/>
     <w:rsid w:val="00665F89"/>
     <w:rsid w:val="006707E5"/>
     <w:rsid w:val="00673C92"/>
     <w:rsid w:val="006753EC"/>
     <w:rsid w:val="00685193"/>
+    <w:rsid w:val="00691F40"/>
     <w:rsid w:val="00692F20"/>
     <w:rsid w:val="006A2789"/>
+    <w:rsid w:val="006A411F"/>
     <w:rsid w:val="006A4978"/>
     <w:rsid w:val="006A7261"/>
     <w:rsid w:val="006A73FA"/>
     <w:rsid w:val="006B0D29"/>
+    <w:rsid w:val="006B0E51"/>
     <w:rsid w:val="006B1819"/>
+    <w:rsid w:val="006C04BE"/>
     <w:rsid w:val="006C5048"/>
     <w:rsid w:val="006C6A4B"/>
     <w:rsid w:val="006C73AA"/>
     <w:rsid w:val="006C779F"/>
     <w:rsid w:val="006D01F5"/>
     <w:rsid w:val="006D0CFB"/>
     <w:rsid w:val="006D30C0"/>
     <w:rsid w:val="006D6953"/>
     <w:rsid w:val="006D7535"/>
     <w:rsid w:val="006E2942"/>
+    <w:rsid w:val="006E3E09"/>
     <w:rsid w:val="006E450B"/>
+    <w:rsid w:val="006E605B"/>
     <w:rsid w:val="006F0D7E"/>
     <w:rsid w:val="006F10A7"/>
+    <w:rsid w:val="006F161C"/>
     <w:rsid w:val="006F2801"/>
     <w:rsid w:val="006F2975"/>
     <w:rsid w:val="006F6B00"/>
     <w:rsid w:val="00710B77"/>
+    <w:rsid w:val="00710EA9"/>
     <w:rsid w:val="007155D5"/>
     <w:rsid w:val="00716747"/>
     <w:rsid w:val="0072075B"/>
+    <w:rsid w:val="007209C9"/>
     <w:rsid w:val="007221C2"/>
     <w:rsid w:val="007243CE"/>
     <w:rsid w:val="00724D32"/>
+    <w:rsid w:val="007268AB"/>
     <w:rsid w:val="00730955"/>
     <w:rsid w:val="007332F3"/>
     <w:rsid w:val="00733A9C"/>
     <w:rsid w:val="00735781"/>
     <w:rsid w:val="00736574"/>
+    <w:rsid w:val="0073675B"/>
     <w:rsid w:val="007367E0"/>
     <w:rsid w:val="00736B6B"/>
     <w:rsid w:val="00737215"/>
     <w:rsid w:val="00737F3A"/>
     <w:rsid w:val="00740C27"/>
     <w:rsid w:val="00754905"/>
     <w:rsid w:val="00760038"/>
     <w:rsid w:val="00762EE0"/>
     <w:rsid w:val="00764BED"/>
     <w:rsid w:val="00765C41"/>
     <w:rsid w:val="00766E64"/>
     <w:rsid w:val="00770B90"/>
     <w:rsid w:val="00771100"/>
     <w:rsid w:val="0077493B"/>
+    <w:rsid w:val="00774944"/>
     <w:rsid w:val="007759DD"/>
     <w:rsid w:val="0078609F"/>
     <w:rsid w:val="007917BA"/>
     <w:rsid w:val="00793F54"/>
     <w:rsid w:val="007A334E"/>
     <w:rsid w:val="007A3EA8"/>
     <w:rsid w:val="007A5C6F"/>
     <w:rsid w:val="007D1309"/>
     <w:rsid w:val="007D1B91"/>
     <w:rsid w:val="007D4241"/>
     <w:rsid w:val="007D4317"/>
     <w:rsid w:val="007D4EA3"/>
     <w:rsid w:val="007E01B8"/>
     <w:rsid w:val="007E22D3"/>
     <w:rsid w:val="007E3E25"/>
     <w:rsid w:val="007E6E6D"/>
     <w:rsid w:val="007F01E2"/>
     <w:rsid w:val="007F0A29"/>
     <w:rsid w:val="007F1355"/>
     <w:rsid w:val="007F1CFF"/>
+    <w:rsid w:val="007F3FC9"/>
     <w:rsid w:val="007F5DD5"/>
+    <w:rsid w:val="0080063F"/>
     <w:rsid w:val="00814353"/>
     <w:rsid w:val="00821A1B"/>
     <w:rsid w:val="008262E9"/>
+    <w:rsid w:val="00826C86"/>
     <w:rsid w:val="00827E69"/>
+    <w:rsid w:val="00831C35"/>
     <w:rsid w:val="00835C4D"/>
+    <w:rsid w:val="0083604A"/>
     <w:rsid w:val="00837BFD"/>
     <w:rsid w:val="00843F48"/>
+    <w:rsid w:val="0084452F"/>
     <w:rsid w:val="008472A1"/>
     <w:rsid w:val="00851423"/>
+    <w:rsid w:val="008515DB"/>
     <w:rsid w:val="008569C6"/>
     <w:rsid w:val="00856B10"/>
     <w:rsid w:val="00857848"/>
+    <w:rsid w:val="0086127C"/>
     <w:rsid w:val="0086233E"/>
     <w:rsid w:val="008654B6"/>
     <w:rsid w:val="00865ADF"/>
     <w:rsid w:val="0087139C"/>
     <w:rsid w:val="00873419"/>
     <w:rsid w:val="0087722E"/>
     <w:rsid w:val="00880E83"/>
     <w:rsid w:val="0088135E"/>
     <w:rsid w:val="00890936"/>
     <w:rsid w:val="00892F28"/>
     <w:rsid w:val="008A0C5F"/>
     <w:rsid w:val="008A3DEA"/>
     <w:rsid w:val="008A4EB9"/>
     <w:rsid w:val="008A74C0"/>
     <w:rsid w:val="008A7FBE"/>
     <w:rsid w:val="008B042B"/>
     <w:rsid w:val="008B1694"/>
     <w:rsid w:val="008C4B27"/>
+    <w:rsid w:val="008C582E"/>
     <w:rsid w:val="008C5A88"/>
     <w:rsid w:val="008C7F0C"/>
     <w:rsid w:val="008C7F2A"/>
+    <w:rsid w:val="008D124E"/>
     <w:rsid w:val="008D4B13"/>
     <w:rsid w:val="008E1CCD"/>
     <w:rsid w:val="008E22D7"/>
     <w:rsid w:val="008E36F8"/>
     <w:rsid w:val="008E46B2"/>
     <w:rsid w:val="008E4E66"/>
     <w:rsid w:val="008E682C"/>
     <w:rsid w:val="008E78A1"/>
     <w:rsid w:val="008F1ACA"/>
     <w:rsid w:val="008F39F1"/>
     <w:rsid w:val="008F589F"/>
     <w:rsid w:val="009008BB"/>
     <w:rsid w:val="00906238"/>
     <w:rsid w:val="00907EF9"/>
     <w:rsid w:val="00910BFE"/>
     <w:rsid w:val="00911231"/>
     <w:rsid w:val="0091295C"/>
     <w:rsid w:val="00914D58"/>
     <w:rsid w:val="00921F47"/>
     <w:rsid w:val="009228AB"/>
+    <w:rsid w:val="00923B1C"/>
     <w:rsid w:val="0093085B"/>
     <w:rsid w:val="00931C57"/>
+    <w:rsid w:val="0093267C"/>
+    <w:rsid w:val="009334FD"/>
     <w:rsid w:val="009347A5"/>
     <w:rsid w:val="00942257"/>
     <w:rsid w:val="009471BF"/>
+    <w:rsid w:val="00947B23"/>
     <w:rsid w:val="00950A55"/>
     <w:rsid w:val="00950E4E"/>
     <w:rsid w:val="009529BD"/>
     <w:rsid w:val="009533B4"/>
+    <w:rsid w:val="009558B6"/>
     <w:rsid w:val="00957D35"/>
+    <w:rsid w:val="00960915"/>
     <w:rsid w:val="00971D93"/>
     <w:rsid w:val="0098005A"/>
     <w:rsid w:val="00984E8D"/>
     <w:rsid w:val="00991A10"/>
     <w:rsid w:val="00994E63"/>
     <w:rsid w:val="009A07DC"/>
     <w:rsid w:val="009A32ED"/>
     <w:rsid w:val="009A640E"/>
     <w:rsid w:val="009B1F6B"/>
     <w:rsid w:val="009C0D12"/>
     <w:rsid w:val="009C11C9"/>
     <w:rsid w:val="009C192E"/>
     <w:rsid w:val="009C2E3E"/>
     <w:rsid w:val="009C3BD6"/>
     <w:rsid w:val="009C6C0C"/>
     <w:rsid w:val="009D6819"/>
+    <w:rsid w:val="009D6CB4"/>
     <w:rsid w:val="009D6D1C"/>
     <w:rsid w:val="009E0CF9"/>
     <w:rsid w:val="009E531B"/>
     <w:rsid w:val="009E6C56"/>
     <w:rsid w:val="009E6C5F"/>
     <w:rsid w:val="009E6D03"/>
     <w:rsid w:val="009E7920"/>
     <w:rsid w:val="009E7DCF"/>
+    <w:rsid w:val="009F0C0B"/>
     <w:rsid w:val="009F20C6"/>
     <w:rsid w:val="009F4808"/>
     <w:rsid w:val="009F4A38"/>
     <w:rsid w:val="009F4A56"/>
     <w:rsid w:val="009F4E65"/>
     <w:rsid w:val="009F5255"/>
     <w:rsid w:val="00A006A5"/>
     <w:rsid w:val="00A05942"/>
     <w:rsid w:val="00A07BEC"/>
     <w:rsid w:val="00A10331"/>
     <w:rsid w:val="00A23E85"/>
     <w:rsid w:val="00A264BE"/>
     <w:rsid w:val="00A272CA"/>
     <w:rsid w:val="00A33051"/>
     <w:rsid w:val="00A407AD"/>
     <w:rsid w:val="00A40923"/>
     <w:rsid w:val="00A41C05"/>
     <w:rsid w:val="00A42426"/>
+    <w:rsid w:val="00A438C9"/>
     <w:rsid w:val="00A44F74"/>
     <w:rsid w:val="00A45DA0"/>
     <w:rsid w:val="00A514B7"/>
+    <w:rsid w:val="00A5262F"/>
     <w:rsid w:val="00A54A0B"/>
+    <w:rsid w:val="00A55086"/>
     <w:rsid w:val="00A65FD4"/>
     <w:rsid w:val="00A71316"/>
     <w:rsid w:val="00A71A6A"/>
+    <w:rsid w:val="00A72D3C"/>
     <w:rsid w:val="00A730B1"/>
     <w:rsid w:val="00A81198"/>
     <w:rsid w:val="00A81E48"/>
     <w:rsid w:val="00A82035"/>
     <w:rsid w:val="00A85526"/>
     <w:rsid w:val="00A90D77"/>
     <w:rsid w:val="00A92E07"/>
     <w:rsid w:val="00AA0B3A"/>
     <w:rsid w:val="00AA336B"/>
     <w:rsid w:val="00AA4156"/>
     <w:rsid w:val="00AA6EB4"/>
     <w:rsid w:val="00AA767D"/>
     <w:rsid w:val="00AB0CC9"/>
     <w:rsid w:val="00AC3FF6"/>
     <w:rsid w:val="00AD1B31"/>
     <w:rsid w:val="00AD26FB"/>
     <w:rsid w:val="00AD3127"/>
     <w:rsid w:val="00AD73EC"/>
     <w:rsid w:val="00AD7AD5"/>
     <w:rsid w:val="00AE5BC7"/>
+    <w:rsid w:val="00AE6088"/>
     <w:rsid w:val="00AF1F8D"/>
+    <w:rsid w:val="00AF354E"/>
     <w:rsid w:val="00AF4FB0"/>
     <w:rsid w:val="00AF5AAF"/>
     <w:rsid w:val="00AF7B12"/>
+    <w:rsid w:val="00AF7CA0"/>
     <w:rsid w:val="00B046D8"/>
     <w:rsid w:val="00B06544"/>
     <w:rsid w:val="00B13F4C"/>
+    <w:rsid w:val="00B14487"/>
     <w:rsid w:val="00B16219"/>
     <w:rsid w:val="00B16C59"/>
+    <w:rsid w:val="00B22FB9"/>
     <w:rsid w:val="00B33FDD"/>
     <w:rsid w:val="00B35862"/>
     <w:rsid w:val="00B359CC"/>
     <w:rsid w:val="00B36107"/>
     <w:rsid w:val="00B405A1"/>
+    <w:rsid w:val="00B41571"/>
     <w:rsid w:val="00B41789"/>
     <w:rsid w:val="00B45BAE"/>
     <w:rsid w:val="00B46C03"/>
     <w:rsid w:val="00B53A8A"/>
+    <w:rsid w:val="00B53FED"/>
     <w:rsid w:val="00B60C6C"/>
     <w:rsid w:val="00B619A9"/>
+    <w:rsid w:val="00B65904"/>
     <w:rsid w:val="00B65A9D"/>
     <w:rsid w:val="00B66D60"/>
     <w:rsid w:val="00B71A32"/>
+    <w:rsid w:val="00B71D20"/>
     <w:rsid w:val="00B74437"/>
     <w:rsid w:val="00B75EDE"/>
     <w:rsid w:val="00B77D88"/>
     <w:rsid w:val="00B77FAF"/>
+    <w:rsid w:val="00B80E77"/>
+    <w:rsid w:val="00B81F3A"/>
+    <w:rsid w:val="00B83715"/>
     <w:rsid w:val="00B84336"/>
     <w:rsid w:val="00B851B9"/>
     <w:rsid w:val="00B86453"/>
     <w:rsid w:val="00B90054"/>
     <w:rsid w:val="00B92C14"/>
+    <w:rsid w:val="00B93DC5"/>
+    <w:rsid w:val="00B952CA"/>
     <w:rsid w:val="00B954F2"/>
     <w:rsid w:val="00B95809"/>
     <w:rsid w:val="00B96AFF"/>
+    <w:rsid w:val="00B97D4E"/>
     <w:rsid w:val="00BA0066"/>
+    <w:rsid w:val="00BA5D4F"/>
+    <w:rsid w:val="00BB0B7A"/>
+    <w:rsid w:val="00BB3993"/>
     <w:rsid w:val="00BB5D0C"/>
     <w:rsid w:val="00BB650F"/>
     <w:rsid w:val="00BB69DB"/>
     <w:rsid w:val="00BC322E"/>
+    <w:rsid w:val="00BC33D1"/>
     <w:rsid w:val="00BC44CD"/>
     <w:rsid w:val="00BC48A6"/>
+    <w:rsid w:val="00BC6590"/>
+    <w:rsid w:val="00BD079F"/>
     <w:rsid w:val="00BE09F9"/>
     <w:rsid w:val="00BE6E33"/>
     <w:rsid w:val="00BE7978"/>
     <w:rsid w:val="00BF382B"/>
     <w:rsid w:val="00BF51A6"/>
+    <w:rsid w:val="00C007CA"/>
     <w:rsid w:val="00C01F0D"/>
     <w:rsid w:val="00C02045"/>
     <w:rsid w:val="00C07DDB"/>
     <w:rsid w:val="00C10AC3"/>
     <w:rsid w:val="00C16D1C"/>
     <w:rsid w:val="00C21C51"/>
+    <w:rsid w:val="00C26E6C"/>
     <w:rsid w:val="00C33F37"/>
     <w:rsid w:val="00C37CEF"/>
     <w:rsid w:val="00C4115D"/>
     <w:rsid w:val="00C42361"/>
     <w:rsid w:val="00C43BDD"/>
     <w:rsid w:val="00C47778"/>
+    <w:rsid w:val="00C4785F"/>
     <w:rsid w:val="00C5011E"/>
     <w:rsid w:val="00C50EE5"/>
     <w:rsid w:val="00C5240A"/>
     <w:rsid w:val="00C5398F"/>
     <w:rsid w:val="00C556F5"/>
+    <w:rsid w:val="00C70678"/>
     <w:rsid w:val="00C70E19"/>
     <w:rsid w:val="00C72574"/>
     <w:rsid w:val="00C7430C"/>
     <w:rsid w:val="00C758F9"/>
+    <w:rsid w:val="00C80111"/>
     <w:rsid w:val="00C85DA1"/>
     <w:rsid w:val="00C9071C"/>
     <w:rsid w:val="00C908FF"/>
     <w:rsid w:val="00C97BD3"/>
     <w:rsid w:val="00CA1EF7"/>
     <w:rsid w:val="00CA39EF"/>
     <w:rsid w:val="00CA3CDC"/>
     <w:rsid w:val="00CA521F"/>
     <w:rsid w:val="00CA5BC9"/>
     <w:rsid w:val="00CA756F"/>
     <w:rsid w:val="00CB03D0"/>
     <w:rsid w:val="00CB0493"/>
     <w:rsid w:val="00CB0FAD"/>
     <w:rsid w:val="00CB17FF"/>
     <w:rsid w:val="00CB1ED7"/>
     <w:rsid w:val="00CC167C"/>
     <w:rsid w:val="00CC309A"/>
+    <w:rsid w:val="00CC3DBC"/>
     <w:rsid w:val="00CC52D9"/>
     <w:rsid w:val="00CD6438"/>
     <w:rsid w:val="00CD6647"/>
     <w:rsid w:val="00CE4B73"/>
     <w:rsid w:val="00CF02ED"/>
     <w:rsid w:val="00CF1851"/>
     <w:rsid w:val="00CF70BB"/>
+    <w:rsid w:val="00D00BD7"/>
     <w:rsid w:val="00D03A96"/>
+    <w:rsid w:val="00D06B8B"/>
     <w:rsid w:val="00D074DB"/>
     <w:rsid w:val="00D139CF"/>
+    <w:rsid w:val="00D13A77"/>
     <w:rsid w:val="00D20779"/>
     <w:rsid w:val="00D37E7F"/>
+    <w:rsid w:val="00D47632"/>
     <w:rsid w:val="00D47AD7"/>
     <w:rsid w:val="00D51529"/>
+    <w:rsid w:val="00D51986"/>
     <w:rsid w:val="00D51996"/>
+    <w:rsid w:val="00D520D6"/>
+    <w:rsid w:val="00D53092"/>
     <w:rsid w:val="00D5364A"/>
     <w:rsid w:val="00D54DBF"/>
     <w:rsid w:val="00D60E26"/>
     <w:rsid w:val="00D61F96"/>
+    <w:rsid w:val="00D62468"/>
     <w:rsid w:val="00D67C88"/>
     <w:rsid w:val="00D85218"/>
     <w:rsid w:val="00D90ACD"/>
     <w:rsid w:val="00D915B1"/>
+    <w:rsid w:val="00D935B5"/>
     <w:rsid w:val="00DA299D"/>
     <w:rsid w:val="00DA41F9"/>
     <w:rsid w:val="00DA65C4"/>
+    <w:rsid w:val="00DA6C8C"/>
     <w:rsid w:val="00DA7F03"/>
     <w:rsid w:val="00DC17AF"/>
+    <w:rsid w:val="00DC4FB0"/>
     <w:rsid w:val="00DC77BE"/>
     <w:rsid w:val="00DD0A73"/>
+    <w:rsid w:val="00DD5AC4"/>
     <w:rsid w:val="00DD7E85"/>
     <w:rsid w:val="00DE4447"/>
     <w:rsid w:val="00DE5DA2"/>
     <w:rsid w:val="00DE63C6"/>
     <w:rsid w:val="00DF0033"/>
+    <w:rsid w:val="00DF2891"/>
     <w:rsid w:val="00DF64B7"/>
     <w:rsid w:val="00E026BF"/>
     <w:rsid w:val="00E07B1B"/>
     <w:rsid w:val="00E11853"/>
+    <w:rsid w:val="00E125E5"/>
     <w:rsid w:val="00E12877"/>
+    <w:rsid w:val="00E25355"/>
+    <w:rsid w:val="00E411B6"/>
     <w:rsid w:val="00E41DFF"/>
     <w:rsid w:val="00E44567"/>
+    <w:rsid w:val="00E44BD0"/>
     <w:rsid w:val="00E47E73"/>
     <w:rsid w:val="00E5121F"/>
     <w:rsid w:val="00E51A02"/>
     <w:rsid w:val="00E51C56"/>
     <w:rsid w:val="00E52A86"/>
     <w:rsid w:val="00E52F52"/>
     <w:rsid w:val="00E54B47"/>
     <w:rsid w:val="00E553BF"/>
     <w:rsid w:val="00E55D93"/>
     <w:rsid w:val="00E579E0"/>
     <w:rsid w:val="00E61294"/>
     <w:rsid w:val="00E6302C"/>
     <w:rsid w:val="00E63C92"/>
     <w:rsid w:val="00E70D12"/>
     <w:rsid w:val="00E7237C"/>
+    <w:rsid w:val="00E74EA8"/>
     <w:rsid w:val="00E77C46"/>
     <w:rsid w:val="00E85F8D"/>
     <w:rsid w:val="00E86CE8"/>
     <w:rsid w:val="00E90E82"/>
     <w:rsid w:val="00EA00CB"/>
     <w:rsid w:val="00EA1BAA"/>
     <w:rsid w:val="00EA2A2A"/>
     <w:rsid w:val="00EA33D1"/>
     <w:rsid w:val="00EA3867"/>
     <w:rsid w:val="00EA3FCD"/>
     <w:rsid w:val="00EA42A0"/>
     <w:rsid w:val="00EB6714"/>
     <w:rsid w:val="00EC0A68"/>
+    <w:rsid w:val="00EC286E"/>
     <w:rsid w:val="00EC3C32"/>
     <w:rsid w:val="00EC5006"/>
     <w:rsid w:val="00EC6184"/>
+    <w:rsid w:val="00ED0107"/>
     <w:rsid w:val="00ED303E"/>
     <w:rsid w:val="00ED49C3"/>
     <w:rsid w:val="00ED6CE8"/>
     <w:rsid w:val="00ED7AA6"/>
     <w:rsid w:val="00EE2A56"/>
     <w:rsid w:val="00EE3818"/>
     <w:rsid w:val="00EE77B0"/>
     <w:rsid w:val="00EE7C52"/>
     <w:rsid w:val="00F147A7"/>
     <w:rsid w:val="00F14A03"/>
+    <w:rsid w:val="00F21110"/>
     <w:rsid w:val="00F22264"/>
+    <w:rsid w:val="00F23287"/>
     <w:rsid w:val="00F2412D"/>
     <w:rsid w:val="00F2564D"/>
+    <w:rsid w:val="00F266CC"/>
+    <w:rsid w:val="00F2796E"/>
     <w:rsid w:val="00F35B05"/>
     <w:rsid w:val="00F413D9"/>
     <w:rsid w:val="00F5135F"/>
     <w:rsid w:val="00F51F78"/>
     <w:rsid w:val="00F52067"/>
     <w:rsid w:val="00F60330"/>
     <w:rsid w:val="00F61562"/>
     <w:rsid w:val="00F65736"/>
     <w:rsid w:val="00F65997"/>
     <w:rsid w:val="00F81E4E"/>
     <w:rsid w:val="00F83D7B"/>
     <w:rsid w:val="00F83F34"/>
+    <w:rsid w:val="00F84BA1"/>
     <w:rsid w:val="00F85738"/>
     <w:rsid w:val="00F86F47"/>
     <w:rsid w:val="00F90B64"/>
     <w:rsid w:val="00F91867"/>
     <w:rsid w:val="00F92144"/>
     <w:rsid w:val="00F94455"/>
     <w:rsid w:val="00F9490F"/>
     <w:rsid w:val="00FA250E"/>
     <w:rsid w:val="00FA349C"/>
+    <w:rsid w:val="00FA5277"/>
+    <w:rsid w:val="00FB1FE4"/>
     <w:rsid w:val="00FB2F0F"/>
     <w:rsid w:val="00FB315A"/>
     <w:rsid w:val="00FB40D6"/>
     <w:rsid w:val="00FB5086"/>
     <w:rsid w:val="00FB5411"/>
     <w:rsid w:val="00FB6392"/>
     <w:rsid w:val="00FC4F36"/>
     <w:rsid w:val="00FD04AB"/>
     <w:rsid w:val="00FD1659"/>
     <w:rsid w:val="00FD3C70"/>
     <w:rsid w:val="00FD40D3"/>
     <w:rsid w:val="00FD6820"/>
     <w:rsid w:val="00FE12D8"/>
+    <w:rsid w:val="00FE650C"/>
     <w:rsid w:val="00FF7C02"/>
     <w:rsid w:val="024801E3"/>
     <w:rsid w:val="0C3DF6BE"/>
+    <w:rsid w:val="16F1D679"/>
     <w:rsid w:val="18030F5F"/>
     <w:rsid w:val="1C35B5DA"/>
+    <w:rsid w:val="1D919E09"/>
+    <w:rsid w:val="23EC6086"/>
+    <w:rsid w:val="24FCC55E"/>
     <w:rsid w:val="269D7655"/>
+    <w:rsid w:val="27665618"/>
     <w:rsid w:val="290CF61C"/>
+    <w:rsid w:val="291540EC"/>
+    <w:rsid w:val="30636D36"/>
+    <w:rsid w:val="3128AA3D"/>
+    <w:rsid w:val="32B62975"/>
+    <w:rsid w:val="36703A28"/>
     <w:rsid w:val="36F3A8B4"/>
+    <w:rsid w:val="37755304"/>
     <w:rsid w:val="388F7915"/>
+    <w:rsid w:val="3C93C577"/>
+    <w:rsid w:val="3D89D434"/>
+    <w:rsid w:val="3F40E762"/>
     <w:rsid w:val="41A81564"/>
+    <w:rsid w:val="42110B40"/>
+    <w:rsid w:val="45D70DDD"/>
+    <w:rsid w:val="45FAE4A2"/>
     <w:rsid w:val="52B5BCC2"/>
     <w:rsid w:val="5AA7A64A"/>
+    <w:rsid w:val="5ED687D4"/>
     <w:rsid w:val="5F99C3DD"/>
+    <w:rsid w:val="5FCB8307"/>
     <w:rsid w:val="61EDEBF7"/>
     <w:rsid w:val="647B2B65"/>
     <w:rsid w:val="6B2CF8ED"/>
     <w:rsid w:val="6EE92DC9"/>
+    <w:rsid w:val="6F8D0050"/>
+    <w:rsid w:val="70C0912E"/>
+    <w:rsid w:val="715A08A8"/>
     <w:rsid w:val="76F808EC"/>
     <w:rsid w:val="7808584D"/>
     <w:rsid w:val="7938E7C6"/>
     <w:rsid w:val="7AECB194"/>
     <w:rsid w:val="7BA7FDAA"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="sv-SE" w:eastAsia="ja-JP"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:doNotIncludeSubdocsInStats/>
   <w:doNotAutoCompressPictures/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050" strokecolor="#4a773c">
       <v:stroke color="#4a773c" weight="1pt"/>
       <v:shadow opacity="24903f" origin=",.5" offset="0,.55556mm"/>
       <o:colormru v:ext="edit" colors="#4a773c"/>
     </o:shapedefaults>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="2"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:doNotEmbedSmartTags/>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
-  <w14:docId w14:val="4C9329C4"/>
+  <w14:docId w14:val="0C18A204"/>
   <w14:defaultImageDpi w14:val="330"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         <w:lang w:val="sv-SE" w:eastAsia="sv-SE" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault/>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="3" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="3" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:locked="1" w:semiHidden="1" w:uiPriority="3" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="index 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
@@ -6746,127 +9518,129 @@
     <w:lsdException w:name="List Table 6 Colorful Accent 4" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 4" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 5" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 5" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 5" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 5" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 5" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 5" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 5" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 6" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
     <w:lsdException w:name="Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Hashtag" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Unresolved Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Link" w:semiHidden="1" w:unhideWhenUsed="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="Normal">
     <w:name w:val="Normal"/>
     <w:qFormat/>
-    <w:rsid w:val="009A32ED"/>
+    <w:rsid w:val="00831C35"/>
     <w:pPr>
-      <w:spacing w:after="120" w:line="288" w:lineRule="auto"/>
+      <w:spacing w:after="120" w:line="360" w:lineRule="auto"/>
       <w:ind w:left="567" w:right="868"/>
     </w:pPr>
     <w:rPr>
+      <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Rubrik1">
     <w:name w:val="heading 1"/>
     <w:aliases w:val="Rubrik VGR"/>
     <w:next w:val="Normal"/>
     <w:link w:val="Rubrik1Char"/>
     <w:qFormat/>
-    <w:rsid w:val="009A32ED"/>
+    <w:rsid w:val="001108C0"/>
     <w:pPr>
       <w:keepNext/>
       <w:spacing w:after="240" w:line="288" w:lineRule="auto"/>
       <w:ind w:left="567"/>
       <w:contextualSpacing/>
       <w:outlineLvl w:val="0"/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:ascii="Calibri" w:eastAsia="MS Gothic" w:hAnsi="Calibri"/>
+      <w:rFonts w:ascii="Verdana" w:eastAsia="MS Gothic" w:hAnsi="Verdana"/>
+      <w:b/>
       <w:bCs/>
       <w:kern w:val="32"/>
-      <w:sz w:val="48"/>
+      <w:sz w:val="44"/>
       <w:szCs w:val="32"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Rubrik2">
     <w:name w:val="heading 2"/>
     <w:aliases w:val="Rubrik 2 VGR"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:link w:val="Rubrik2Char"/>
     <w:uiPriority w:val="3"/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
-    <w:rsid w:val="00627BEA"/>
+    <w:rsid w:val="008D124E"/>
     <w:pPr>
       <w:keepNext/>
       <w:keepLines/>
       <w:spacing w:before="240" w:after="40" w:line="240" w:lineRule="auto"/>
       <w:outlineLvl w:val="1"/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:rFonts w:ascii="Verdana" w:eastAsiaTheme="majorEastAsia" w:hAnsi="Verdana" w:cstheme="majorBidi"/>
       <w:bCs/>
       <w:color w:val="000000" w:themeColor="text1"/>
-      <w:sz w:val="40"/>
+      <w:sz w:val="36"/>
       <w:szCs w:val="26"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Rubrik3">
     <w:name w:val="heading 3"/>
     <w:aliases w:val="Rubrik 3 VGR"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:link w:val="Rubrik3Char"/>
     <w:uiPriority w:val="3"/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
-    <w:rsid w:val="00627BEA"/>
+    <w:rsid w:val="008D124E"/>
     <w:pPr>
       <w:keepNext/>
       <w:keepLines/>
       <w:spacing w:before="240" w:after="40" w:line="240" w:lineRule="auto"/>
       <w:outlineLvl w:val="2"/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:rFonts w:ascii="Verdana" w:eastAsiaTheme="majorEastAsia" w:hAnsi="Verdana" w:cstheme="majorBidi"/>
       <w:bCs/>
       <w:color w:val="000000" w:themeColor="text1"/>
-      <w:sz w:val="36"/>
+      <w:sz w:val="28"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Rubrik4">
     <w:name w:val="heading 4"/>
     <w:aliases w:val="mellanrubrik"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:link w:val="Rubrik4Char"/>
     <w:uiPriority w:val="3"/>
     <w:semiHidden/>
     <w:qFormat/>
     <w:locked/>
     <w:rsid w:val="00627BEA"/>
     <w:pPr>
       <w:keepNext/>
       <w:keepLines/>
       <w:spacing w:before="240" w:after="0" w:line="240" w:lineRule="auto"/>
       <w:outlineLvl w:val="3"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
       <w:b/>
       <w:bCs/>
       <w:iCs/>
       <w:color w:val="000000" w:themeColor="text1"/>
@@ -7102,70 +9876,71 @@
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Sidhuvud">
     <w:name w:val="header"/>
     <w:basedOn w:val="Normal"/>
     <w:link w:val="SidhuvudChar"/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="00AA0F08"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="center" w:pos="4703"/>
         <w:tab w:val="right" w:pos="9406"/>
       </w:tabs>
     </w:pPr>
   </w:style>
   <w:style w:type="character" w:styleId="Sidnummer">
     <w:name w:val="page number"/>
     <w:basedOn w:val="Standardstycketeckensnitt"/>
     <w:semiHidden/>
     <w:rsid w:val="00AA0F08"/>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Metadata">
     <w:name w:val="Metadata"/>
     <w:basedOn w:val="Normal"/>
     <w:qFormat/>
-    <w:rsid w:val="002651D6"/>
+    <w:rsid w:val="00831C35"/>
     <w:pPr>
       <w:spacing w:after="240"/>
       <w:contextualSpacing/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+      <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
       <w:sz w:val="20"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="Rubrik1Char">
     <w:name w:val="Rubrik 1 Char"/>
     <w:aliases w:val="Rubrik VGR Char"/>
     <w:link w:val="Rubrik1"/>
     <w:rsid w:val="009A32ED"/>
     <w:rPr>
-      <w:rFonts w:ascii="Calibri" w:eastAsia="MS Gothic" w:hAnsi="Calibri"/>
+      <w:rFonts w:ascii="Verdana" w:eastAsia="MS Gothic" w:hAnsi="Verdana"/>
+      <w:b/>
       <w:bCs/>
       <w:kern w:val="32"/>
-      <w:sz w:val="48"/>
+      <w:sz w:val="44"/>
       <w:szCs w:val="32"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Allmntstyckeformat">
     <w:name w:val="[Allmänt styckeformat]"/>
     <w:basedOn w:val="Normal"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:rsid w:val="001C5FEF"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:autoSpaceDE w:val="0"/>
       <w:autoSpaceDN w:val="0"/>
       <w:adjustRightInd w:val="0"/>
       <w:textAlignment w:val="center"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="MinionPro-Regular" w:hAnsi="MinionPro-Regular" w:cs="MinionPro-Regular"/>
       <w:color w:val="000000"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="SidfotChar">
     <w:name w:val="Sidfot Char"/>
     <w:link w:val="Sidfot"/>
     <w:uiPriority w:val="99"/>
@@ -7279,69 +10054,69 @@
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Faktarutarubrik">
     <w:name w:val="Faktaruta rubrik"/>
     <w:basedOn w:val="Rubrik2"/>
     <w:next w:val="FaktarutaLista"/>
     <w:uiPriority w:val="3"/>
     <w:semiHidden/>
     <w:qFormat/>
     <w:locked/>
     <w:rsid w:val="0009062C"/>
     <w:pPr>
       <w:spacing w:before="0"/>
       <w:outlineLvl w:val="2"/>
     </w:pPr>
     <w:rPr>
       <w:bCs w:val="0"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="Rubrik2Char">
     <w:name w:val="Rubrik 2 Char"/>
     <w:aliases w:val="Rubrik 2 VGR Char"/>
     <w:basedOn w:val="Standardstycketeckensnitt"/>
     <w:link w:val="Rubrik2"/>
     <w:uiPriority w:val="3"/>
     <w:rsid w:val="00627BEA"/>
     <w:rPr>
-      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:rFonts w:ascii="Verdana" w:eastAsiaTheme="majorEastAsia" w:hAnsi="Verdana" w:cstheme="majorBidi"/>
       <w:bCs/>
       <w:color w:val="000000" w:themeColor="text1"/>
-      <w:sz w:val="40"/>
+      <w:sz w:val="36"/>
       <w:szCs w:val="26"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="Rubrik3Char">
     <w:name w:val="Rubrik 3 Char"/>
     <w:aliases w:val="Rubrik 3 VGR Char"/>
     <w:basedOn w:val="Standardstycketeckensnitt"/>
     <w:link w:val="Rubrik3"/>
     <w:uiPriority w:val="3"/>
     <w:rsid w:val="00627BEA"/>
     <w:rPr>
-      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:rFonts w:ascii="Verdana" w:eastAsiaTheme="majorEastAsia" w:hAnsi="Verdana" w:cstheme="majorBidi"/>
       <w:bCs/>
       <w:color w:val="000000" w:themeColor="text1"/>
-      <w:sz w:val="36"/>
+      <w:sz w:val="28"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="Rubrik4Char">
     <w:name w:val="Rubrik 4 Char"/>
     <w:aliases w:val="mellanrubrik Char"/>
     <w:basedOn w:val="Standardstycketeckensnitt"/>
     <w:link w:val="Rubrik4"/>
     <w:uiPriority w:val="3"/>
     <w:semiHidden/>
     <w:rsid w:val="00A272CA"/>
     <w:rPr>
       <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
       <w:b/>
       <w:bCs/>
       <w:iCs/>
       <w:color w:val="000000" w:themeColor="text1"/>
       <w:sz w:val="26"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="Rubrik5Char">
     <w:name w:val="Rubrik 5 Char"/>
     <w:basedOn w:val="Standardstycketeckensnitt"/>
     <w:link w:val="Rubrik5"/>
@@ -7381,124 +10156,99 @@
     <w:rPr>
       <w:rFonts w:eastAsia="MS Gothic"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Innehll1">
     <w:name w:val="toc 1"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:autoRedefine/>
     <w:uiPriority w:val="39"/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00B405A1"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="right" w:leader="dot" w:pos="8779"/>
       </w:tabs>
       <w:ind w:right="142"/>
     </w:pPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Omslagsrubrik">
     <w:name w:val="Omslagsrubrik"/>
     <w:basedOn w:val="Normal"/>
     <w:link w:val="OmslagsrubrikChar"/>
     <w:uiPriority w:val="3"/>
     <w:qFormat/>
-    <w:rsid w:val="005A627D"/>
+    <w:rsid w:val="00B14487"/>
     <w:pPr>
       <w:spacing w:after="6000" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
+      <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
       <w:sz w:val="72"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="OmslagsrubrikChar">
     <w:name w:val="Omslagsrubrik Char"/>
     <w:basedOn w:val="Standardstycketeckensnitt"/>
     <w:link w:val="Omslagsrubrik"/>
     <w:uiPriority w:val="3"/>
     <w:rsid w:val="005A627D"/>
     <w:rPr>
-      <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
+      <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
       <w:sz w:val="72"/>
       <w:szCs w:val="24"/>
-    </w:rPr>
-[...26 lines deleted...]
-      <w:szCs w:val="44"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Innehll2">
     <w:name w:val="toc 2"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:autoRedefine/>
     <w:uiPriority w:val="39"/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00D67C88"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="right" w:leader="dot" w:pos="8919"/>
       </w:tabs>
       <w:ind w:right="0"/>
     </w:pPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Innehll3">
     <w:name w:val="toc 3"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:autoRedefine/>
     <w:uiPriority w:val="39"/>
     <w:unhideWhenUsed/>
-    <w:rsid w:val="00E61294"/>
+    <w:rsid w:val="00AF354E"/>
     <w:pPr>
-      <w:ind w:left="480"/>
+      <w:tabs>
+        <w:tab w:val="right" w:leader="dot" w:pos="8919"/>
+      </w:tabs>
+      <w:ind w:left="1134"/>
     </w:pPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Innehll4">
     <w:name w:val="toc 4"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:autoRedefine/>
     <w:uiPriority w:val="39"/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00E61294"/>
     <w:pPr>
       <w:ind w:left="720"/>
     </w:pPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Innehll5">
     <w:name w:val="toc 5"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:autoRedefine/>
     <w:uiPriority w:val="39"/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00E61294"/>
     <w:pPr>
       <w:ind w:left="960"/>
     </w:pPr>
@@ -7535,118 +10285,118 @@
     <w:uiPriority w:val="39"/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00E61294"/>
     <w:pPr>
       <w:ind w:left="1680"/>
     </w:pPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Innehll9">
     <w:name w:val="toc 9"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:autoRedefine/>
     <w:uiPriority w:val="39"/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00E61294"/>
     <w:pPr>
       <w:ind w:left="1920"/>
     </w:pPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="MellanrubrikVGR">
     <w:name w:val="Mellanrubrik VGR"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:uiPriority w:val="2"/>
     <w:qFormat/>
-    <w:rsid w:val="00FB5086"/>
+    <w:rsid w:val="008D124E"/>
     <w:pPr>
       <w:keepNext/>
       <w:keepLines/>
       <w:widowControl w:val="0"/>
       <w:autoSpaceDE w:val="0"/>
       <w:autoSpaceDN w:val="0"/>
       <w:adjustRightInd w:val="0"/>
-      <w:spacing w:before="240"/>
+      <w:spacing w:before="240" w:after="0"/>
       <w:textAlignment w:val="center"/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+      <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
       <w:b/>
       <w:color w:val="000000"/>
-      <w:sz w:val="26"/>
       <w:szCs w:val="18"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="Fotnotsreferens">
     <w:name w:val="footnote reference"/>
     <w:basedOn w:val="Standardstycketeckensnitt"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00FB5086"/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Formatmall1">
     <w:name w:val="Formatmall1"/>
     <w:basedOn w:val="Normal"/>
     <w:link w:val="Formatmall1Char"/>
     <w:uiPriority w:val="3"/>
     <w:semiHidden/>
     <w:qFormat/>
     <w:locked/>
     <w:rsid w:val="00FB5086"/>
     <w:pPr>
       <w:spacing w:after="0"/>
     </w:pPr>
     <w:rPr>
       <w:sz w:val="20"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="Formatmall1Char">
     <w:name w:val="Formatmall1 Char"/>
     <w:basedOn w:val="Standardstycketeckensnitt"/>
     <w:link w:val="Formatmall1"/>
     <w:uiPriority w:val="3"/>
     <w:semiHidden/>
     <w:rsid w:val="00A272CA"/>
     <w:rPr>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="FotnotVGR">
     <w:name w:val="Fotnot VGR"/>
     <w:basedOn w:val="Normal"/>
     <w:uiPriority w:val="3"/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
-    <w:rsid w:val="00FB5086"/>
+    <w:rsid w:val="00B14487"/>
     <w:pPr>
       <w:spacing w:after="0"/>
     </w:pPr>
     <w:rPr>
-      <w:sz w:val="20"/>
+      <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+      <w:sz w:val="18"/>
     </w:rPr>
   </w:style>
   <w:style w:type="table" w:styleId="Oformateradtabell2">
     <w:name w:val="Plain Table 2"/>
     <w:basedOn w:val="Normaltabell"/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="002E263F"/>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblBorders>
         <w:top w:val="single" w:sz="4" w:space="0" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80"/>
         <w:bottom w:val="single" w:sz="4" w:space="0" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80"/>
       </w:tblBorders>
     </w:tblPr>
     <w:tblStylePr w:type="firstRow">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80"/>
         </w:tcBorders>
@@ -8846,277 +11596,1974 @@
     <w:aliases w:val="(=Löpande text)"/>
     <w:link w:val="BrdtextChar"/>
     <w:rsid w:val="009A32ED"/>
     <w:pPr>
       <w:spacing w:after="160"/>
       <w:ind w:left="2676"/>
     </w:pPr>
     <w:rPr>
       <w:sz w:val="24"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="BrdtextChar">
     <w:name w:val="Brödtext Char"/>
     <w:aliases w:val="(=Löpande text) Char"/>
     <w:basedOn w:val="Standardstycketeckensnitt"/>
     <w:link w:val="Brdtext"/>
     <w:rsid w:val="009A32ED"/>
     <w:rPr>
       <w:sz w:val="24"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Tabell">
     <w:name w:val="Tabell"/>
     <w:link w:val="TabellChar"/>
     <w:qFormat/>
-    <w:rsid w:val="009A32ED"/>
+    <w:rsid w:val="00831C35"/>
     <w:pPr>
       <w:spacing w:line="288" w:lineRule="auto"/>
       <w:ind w:right="-142"/>
     </w:pPr>
     <w:rPr>
+      <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="TabellChar">
     <w:name w:val="Tabell Char"/>
     <w:basedOn w:val="Standardstycketeckensnitt"/>
     <w:link w:val="Tabell"/>
     <w:rsid w:val="009A32ED"/>
     <w:rPr>
+      <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Fotnotstext">
     <w:name w:val="footnote text"/>
     <w:basedOn w:val="Normal"/>
     <w:link w:val="FotnotstextChar"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
-    <w:rsid w:val="00F91867"/>
+    <w:rsid w:val="005A3381"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      <w:ind w:left="0" w:right="0"/>
     </w:pPr>
     <w:rPr>
       <w:sz w:val="20"/>
       <w:szCs w:val="20"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="FotnotstextChar">
     <w:name w:val="Fotnotstext Char"/>
     <w:basedOn w:val="Standardstycketeckensnitt"/>
     <w:link w:val="Fotnotstext"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:rsid w:val="00F91867"/>
-  </w:style>
-[...6 lines deleted...]
-    <w:rsid w:val="009F4808"/>
     <w:rPr>
-      <w:sz w:val="16"/>
-[...48 lines deleted...]
-      <w:bCs/>
+      <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="Olstomnmnande">
     <w:name w:val="Unresolved Mention"/>
     <w:basedOn w:val="Standardstycketeckensnitt"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00C21C51"/>
     <w:rPr>
       <w:color w:val="605E5C"/>
       <w:shd w:val="clear" w:color="auto" w:fill="E1DFDD"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="AnvndHyperlnk">
     <w:name w:val="FollowedHyperlink"/>
     <w:basedOn w:val="Standardstycketeckensnitt"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00FD04AB"/>
     <w:rPr>
       <w:color w:val="9EA2A2" w:themeColor="followedHyperlink"/>
       <w:u w:val="single"/>
     </w:rPr>
   </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="UnderrubrikVGR">
+    <w:name w:val="Underrubrik VGR"/>
+    <w:basedOn w:val="Normal"/>
+    <w:link w:val="UnderrubrikVGRChar"/>
+    <w:uiPriority w:val="3"/>
+    <w:qFormat/>
+    <w:rsid w:val="00826C86"/>
+    <w:pPr>
+      <w:contextualSpacing/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+      <w:sz w:val="32"/>
+      <w:szCs w:val="44"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="UnderrubrikVGRChar">
+    <w:name w:val="Underrubrik VGR Char"/>
+    <w:basedOn w:val="Standardstycketeckensnitt"/>
+    <w:link w:val="UnderrubrikVGR"/>
+    <w:uiPriority w:val="3"/>
+    <w:rsid w:val="00826C86"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+      <w:sz w:val="32"/>
+      <w:szCs w:val="44"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Innehllsfrteckningsrubrik">
+    <w:name w:val="TOC Heading"/>
+    <w:basedOn w:val="Rubrik1"/>
+    <w:next w:val="Normal"/>
+    <w:uiPriority w:val="39"/>
+    <w:unhideWhenUsed/>
+    <w:qFormat/>
+    <w:rsid w:val="00826C86"/>
+    <w:pPr>
+      <w:keepLines/>
+      <w:spacing w:before="240" w:after="0" w:line="259" w:lineRule="auto"/>
+      <w:ind w:left="0"/>
+      <w:contextualSpacing w:val="0"/>
+      <w:outlineLvl w:val="9"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:bCs w:val="0"/>
+      <w:color w:val="004971" w:themeColor="accent1" w:themeShade="BF"/>
+      <w:kern w:val="0"/>
+      <w:sz w:val="32"/>
+    </w:rPr>
+  </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:divs>
     <w:div w:id="198055238">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
+    <w:div w:id="198473911">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+      <w:divsChild>
+        <w:div w:id="505748581">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1077753333">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1269388187">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1804107066">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+      </w:divsChild>
+    </w:div>
+    <w:div w:id="217010412">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+      <w:divsChild>
+        <w:div w:id="943224882">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+          <w:divsChild>
+            <w:div w:id="2558927">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+            </w:div>
+            <w:div w:id="118767165">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+            </w:div>
+            <w:div w:id="552739106">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+            </w:div>
+            <w:div w:id="1152912842">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+            </w:div>
+            <w:div w:id="1637443814">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+            </w:div>
+            <w:div w:id="1793940656">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+            </w:div>
+            <w:div w:id="1834567705">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+            </w:div>
+            <w:div w:id="2033726657">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+            </w:div>
+            <w:div w:id="2121294820">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+            </w:div>
+          </w:divsChild>
+        </w:div>
+        <w:div w:id="412312747">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1096250537">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+      </w:divsChild>
+    </w:div>
     <w:div w:id="218060363">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
+    </w:div>
+    <w:div w:id="228807123">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+      <w:divsChild>
+        <w:div w:id="94332644">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1514687664">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1649049254">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+      </w:divsChild>
+    </w:div>
+    <w:div w:id="320080322">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+      <w:divsChild>
+        <w:div w:id="999888556">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1002662183">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1110929697">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1162740751">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+      </w:divsChild>
     </w:div>
     <w:div w:id="380325300">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
+    <w:div w:id="504393954">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+      <w:divsChild>
+        <w:div w:id="184103825">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1194228011">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+      </w:divsChild>
+    </w:div>
+    <w:div w:id="713239175">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="749541608">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+      <w:divsChild>
+        <w:div w:id="331228191">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="510142883">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="812676093">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="833186474">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1678577327">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+      </w:divsChild>
+    </w:div>
+    <w:div w:id="802845306">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+      <w:divsChild>
+        <w:div w:id="59640690">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1931163186">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+          <w:divsChild>
+            <w:div w:id="993754645">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+            </w:div>
+            <w:div w:id="1003972864">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+            </w:div>
+            <w:div w:id="1323463323">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+            </w:div>
+            <w:div w:id="1388146758">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+            </w:div>
+            <w:div w:id="1481267658">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+            </w:div>
+            <w:div w:id="1558007036">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+            </w:div>
+            <w:div w:id="1901288164">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+            </w:div>
+            <w:div w:id="1975714739">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+            </w:div>
+            <w:div w:id="2031370825">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+            </w:div>
+          </w:divsChild>
+        </w:div>
+        <w:div w:id="1103106620">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+      </w:divsChild>
+    </w:div>
+    <w:div w:id="858006278">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+      <w:divsChild>
+        <w:div w:id="302544362">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="476266628">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1135411930">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1166281457">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1222407215">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1577519780">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1732385271">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+      </w:divsChild>
+    </w:div>
+    <w:div w:id="1031036242">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+      <w:divsChild>
+        <w:div w:id="323361121">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="846792870">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1101023710">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1296837146">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1364012547">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+      </w:divsChild>
+    </w:div>
+    <w:div w:id="1057162458">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+      <w:divsChild>
+        <w:div w:id="1152791155">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1229459460">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1818717774">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="2144423232">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+      </w:divsChild>
+    </w:div>
+    <w:div w:id="1187602019">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+      <w:divsChild>
+        <w:div w:id="225261583">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="801457906">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+      </w:divsChild>
+    </w:div>
     <w:div w:id="1230919038">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
+    </w:div>
+    <w:div w:id="1404177654">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+      <w:divsChild>
+        <w:div w:id="691996077">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="800810407">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="893544170">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1094059837">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1136409432">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1441605993">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1778020034">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+      </w:divsChild>
     </w:div>
     <w:div w:id="1404907781">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
+    <w:div w:id="1428237307">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+      <w:divsChild>
+        <w:div w:id="266739728">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="378091549">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="586696266">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="802503282">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1253511982">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1295675125">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+      </w:divsChild>
+    </w:div>
+    <w:div w:id="1462966832">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+      <w:divsChild>
+        <w:div w:id="62290522">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="534856608">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1622882201">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1791196578">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1864828421">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1874727968">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1933003184">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+      </w:divsChild>
+    </w:div>
+    <w:div w:id="1463111964">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+      <w:divsChild>
+        <w:div w:id="179584408">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1611476974">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="2080201326">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+      </w:divsChild>
+    </w:div>
+    <w:div w:id="1605921071">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+      <w:divsChild>
+        <w:div w:id="1110005058">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1307860867">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+      </w:divsChild>
+    </w:div>
+    <w:div w:id="1651012183">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+      <w:divsChild>
+        <w:div w:id="38363682">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="486241026">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="996148031">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1094280076">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1383825148">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1658264136">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1914470094">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+      </w:divsChild>
+    </w:div>
+    <w:div w:id="1683360170">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+      <w:divsChild>
+        <w:div w:id="233899821">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="241374203">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="779571638">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1487353717">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+      </w:divsChild>
+    </w:div>
+    <w:div w:id="1694919996">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+      <w:divsChild>
+        <w:div w:id="706025805">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1138188134">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1324890549">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1660428257">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1809126369">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="2071464877">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+      </w:divsChild>
+    </w:div>
+    <w:div w:id="1767573294">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="1827893915">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+      <w:divsChild>
+        <w:div w:id="385957738">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="686060143">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="927007982">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1688020610">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+      </w:divsChild>
+    </w:div>
     <w:div w:id="1849978819">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
+    <w:div w:id="1947810420">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+      <w:divsChild>
+        <w:div w:id="8141624">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1936741048">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+      </w:divsChild>
+    </w:div>
+    <w:div w:id="2122070557">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+      <w:divsChild>
+        <w:div w:id="30039424">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="631249118">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="650910969">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1884437442">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+      </w:divsChild>
+    </w:div>
   </w:divs>
   <w:relyOnVML/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
-<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mellanarkiv-offentlig.vgregion.se/alfresco/s/archive/stream/public/v1/source/available/sofia/skas8540-1125353190-518/native/Loggbok%20vid%20virusorsakad%20luftv%c3%a4gsinfektion.pdf" TargetMode="External" Id="rId8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.folkhalsomyndigheten.se/folkhalsorapportering-statistik/statistik-a-o/sjukdomsstatistik/influensa/?t=county" TargetMode="External" Id="rId13" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mellanarkiv-offentlig.vgregion.se/alfresco/s/archive/stream/public/v1/source/available/SOFIA/SKAS9729-602154698-23/SURROGATE/V%c3%a5rdhygieniska%20riskfaktorer%20f%c3%b6r%20smittspridning%20i%20v%c3%a5rd%20och%20omsorg.pdf" TargetMode="External" Id="rId18" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml" Id="rId26" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.folkhalsomyndigheten.se/smittskydd-beredskap/smittsamma-sjukdomar/influensa-/" TargetMode="External" Id="rId21" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml" Id="rId7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mellanarkiv-offentlig.vgregion.se/alfresco/s/archive/stream/public/v1/source/available/sofia/skas9706-602381042-37/surrogate/Influensa%20-%20antiviral%20terapi%20till%20vuxna.pdf" TargetMode="External" Id="rId12" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mellanarkiv-offentlig.vgregion.se/alfresco/s/archive/stream/public/v1/source/available/sofia/skas9706-602381042-37/surrogate/Influensa%20-%20antiviral%20terapi%20till%20vuxna.pdf" TargetMode="External" Id="rId17" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml" Id="rId25" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml" Id="rId2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mellanarkiv-offentlig.vgregion.se/alfresco/s/archive/stream/public/v1/source/available/sofia/skas9729-602154698-2/surrogate/Basal%20hygien%20och%20kl%c3%a4dregler.pdf" TargetMode="External" Id="rId16" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.av.se/arbetsmiljoarbete-och-inspektioner/publikationer/foreskrifter/smittrisker-afs-20184/" TargetMode="External" Id="rId20" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml" Id="rId6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mellanarkiv-offentlig.vgregion.se/alfresco/s/archive/stream/public/v1/source/available/sofia/skas9706-602381042-37/surrogate/Influensa%20-%20antiviral%20terapi%20till%20vuxna.pdf" TargetMode="External" Id="rId11" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml" Id="rId24" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml" Id="rId5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mellanarkiv-offentlig.vgregion.se/alfresco/s/archive/stream/public/v1/source/available/SOFIA/HS9766-305841775-266/SURROGATE/Instruktion%20f%c3%b6r%20anv%c3%a4ndning%20av%20andningsskydd.pdf" TargetMode="External" Id="rId15" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mellanarkiv-offentlig.vgregion.se/alfresco/s/archive/stream/public/v1/source/available/SOFIA/SU9992-381335686-94/SURROGATE/V%C3%A5rdhygien%20-%20Influensa.pdf" TargetMode="External" Id="rId23" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml" Id="rId28" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://anvisningar.se/" TargetMode="External" Id="rId10" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vardhandboken.se/vardhygien-infektioner-och-smittspridning/infektioner-och-smittspridning/personalinfektioner-inom-halso--och-sjukvard/forebyggande-rutiner/" TargetMode="External" Id="rId19" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml" Id="rId4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mellanarkiv-offentlig.vgregion.se/alfresco/s/archive/stream/public/v1/source/available/sofia/skas9729-602154698-2/surrogate/Basal%20hygien%20och%20kl%c3%a4dregler.pdf" TargetMode="External" Id="rId9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mellanarkiv-offentlig.vgregion.se/alfresco/s/archive/stream/public/v1/source/available/sofia/skas9729-602154698-35/surrogate/Regional%20riktlinje-%20Luftv%c3%a4gssmitta%20v%c3%a5rdhygieniska%20aspekter.pdf" TargetMode="External" Id="rId14" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.folkhalsomyndigheten.se/contentassets/b65793b1afd54b18b083631a125a8992/atgader-smittspridning-virusorsakade-luftvagsinfektioner-vard-och-omsorg.pdf" TargetMode="External" Id="rId22" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml" Id="rId27" /></Relationships>
+<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml" Id="rId8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://anvisningar.se/" TargetMode="External" Id="rId13" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mellanarkiv-offentlig.vgregion.se/alfresco/s/archive/stream/public/v1/source/available/sofia/skas8540-1125353190-1077/surrogate/Instruktion%20f%c3%b6r%20anv%c3%a4ndning%20av%20andningsskydd.pdf" TargetMode="External" Id="rId18" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.av.se/arbetsmiljoarbete-och-inspektioner/publikationer/foreskrifter/afs-202310/" TargetMode="External" Id="rId26" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mellanarkiv-offentlig.vgregion.se/alfresco/s/archive/stream/public/v1/source/available/SOFIA/SU9992-381335686-94/SURROGATE/V%C3%A5rdhygien%20-%20Influensa.pdf" TargetMode="External" Id="rId21" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml" Id="rId34" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml" Id="rId7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vardhandboken.se/vardhygien-infektioner-och-smittspridning/vardhygien/basala-hygienrutiner/" TargetMode="External" Id="rId12" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mellanarkiv-offentlig.vgregion.se/alfresco/s/archive/stream/public/v1/source/available/sofia/skas9729-602154698-35/surrogate/Regional%20riktlinje-%20Luftv%c3%a4gssmitta%20v%c3%a5rdhygieniska%20aspekter.pdf" TargetMode="External" Id="rId17" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.av.se/arbetsmiljoarbete-och-inspektioner/publikationer/foreskrifter/afs-202311/" TargetMode="External" Id="rId25" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer3.xml" Id="rId33" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mellanarkiv-offentlig.vgregion.se/alfresco/s/archive/stream/public/v1/source/available/sofia/skas9706-602381042-37/surrogate/Influensa%20-%20antiviral%20terapi%20till%20vuxna.pdf" TargetMode="External" Id="rId16" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mellanarkiv-offentlig.vgregion.se/alfresco/s/archive/stream/public/v1/source/available/SOFIA/SKAS9729-602154698-23/SURROGATE/V%c3%a5rdhygieniska%20riskfaktorer%20f%c3%b6r%20smittspridning%20i%20v%c3%a5rd%20och%20omsorg.pdf" TargetMode="External" Id="rId20" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml" Id="rId29" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml" Id="rId6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml" Id="rId11" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.folkhalsomyndigheten.se/smittskydd-beredskap/smittsamma-sjukdomar/sjukdomsinformation-om-influensa" TargetMode="External" Id="rId24" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header3.xml" Id="rId32" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mellanarkiv-offentlig.vgregion.se/alfresco/s/archive/stream/public/v1/source/available/sofia/skas8540-1125353190-518/native/Loggbok%20vid%20virusorsakad%20luftv%c3%a4gsinfektion.pdf" TargetMode="External" Id="rId15" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vardhandboken.se/vardhygien-infektioner-och-smittspridning/infektioner-och-smittspridning/personalinfektioner-inom-halso--och-sjukvard/forebyggande-rutiner/" TargetMode="External" Id="rId23" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml" Id="rId28" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml" Id="rId10" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mellanarkiv-offentlig.vgregion.se/alfresco/s/archive/stream/public/v1/source/available/sofia/skas9706-602381042-37/surrogate/Influensa%20-%20antiviral%20terapi%20till%20vuxna.pdf" TargetMode="External" Id="rId19" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml" Id="rId31" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml" Id="rId9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mellanarkiv-offentlig.vgregion.se/alfresco/s/archive/stream/public/v1/source/available/sofia/skas9706-602381042-37/surrogate/Influensa%20-%20antiviral%20terapi%20till%20vuxna.pdf" TargetMode="External" Id="rId14" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vardhandboken.se/vardhygien-infektioner-och-smittspridning/vardhygien/basala-hygienrutiner/" TargetMode="External" Id="rId22" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.riksdagen.se/sv/dokument-och-lagar/dokument/svensk-forfattningssamling/patientsakerhetslag-2010659_sfs-2010-659/" TargetMode="External" Id="rId27" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml" Id="rId30" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml" Id="rId35" /></Relationships>
 </file>
 
-<file path=word/_rels/footer2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-[...4 lines deleted...]
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/></Relationships>
+<file path=word/_rels/settings.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/attachedTemplate" Target="file:///\\vgregion.se\mallar$\VGR%20Office-mallar\SkaS\Styrdokument\Mall%20Styrdokument%20i%20SOFIA%20STYR.dotx" TargetMode="External"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office-tema">
   <a:themeElements>
     <a:clrScheme name="VG">
       <a:dk1>
         <a:srgbClr val="000000"/>
       </a:dk1>
       <a:lt1>
         <a:srgbClr val="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="000000"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="808080"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="006298"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="367B1E"/>
       </a:accent2>
       <a:accent3>
@@ -9397,73 +13844,656 @@
       <a:spPr/>
       <a:bodyPr/>
       <a:lstStyle/>
       <a:style>
         <a:lnRef idx="2">
           <a:schemeClr val="accent1"/>
         </a:lnRef>
         <a:fillRef idx="0">
           <a:schemeClr val="accent1"/>
         </a:fillRef>
         <a:effectRef idx="1">
           <a:schemeClr val="accent1"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="tx1"/>
         </a:fontRef>
       </a:style>
     </a:lnDef>
   </a:objectDefaults>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
-  <Template>Normal</Template>
+  <Template>Mall Styrdokument i SOFIA STYR</Template>
   <TotalTime></TotalTime>
-  <Pages>1</Pages>
-[...1 lines deleted...]
-  <Characters>8714</Characters>
+  <Pages>7</Pages>
+  <Words>1990</Words>
+  <Characters>10547</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>72</Lines>
-  <Paragraphs>20</Paragraphs>
+  <Lines>87</Lines>
+  <Paragraphs>25</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
-  <HeadingPairs>
-[...13 lines deleted...]
-  </TitlesOfParts>
   <Manager/>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>10338</CharactersWithSpaces>
+  <CharactersWithSpaces>12512</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinkBase/>
+  <HLinks>
+    <vt:vector size="198" baseType="variant">
+      <vt:variant>
+        <vt:i4>7602252</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>141</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>0</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>5</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr>https://www.riksdagen.se/sv/dokument-och-lagar/dokument/svensk-forfattningssamling/patientsakerhetslag-2010659_sfs-2010-659/</vt:lpwstr>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr>K1</vt:lpwstr>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>4128806</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>138</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>0</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>5</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr>https://www.av.se/arbetsmiljoarbete-och-inspektioner/publikationer/foreskrifter/afs-202310/</vt:lpwstr>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr/>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>4063270</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>135</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>0</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>5</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr>https://www.av.se/arbetsmiljoarbete-och-inspektioner/publikationer/foreskrifter/afs-202311/</vt:lpwstr>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr/>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>2097189</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>132</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>0</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>5</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr>https://www.folkhalsomyndigheten.se/contentassets/b65793b1afd54b18b083631a125a8992/atgader-smittspridning-virusorsakade-luftvagsinfektioner-vard-och-omsorg.pdf</vt:lpwstr>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr/>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>3276856</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>129</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>0</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>5</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr>https://www.folkhalsomyndigheten.se/smittskydd-beredskap/smittsamma-sjukdomar/sjukdomsinformation-om-influensa</vt:lpwstr>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr/>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>4980750</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>126</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>0</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>5</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr>https://www.vardhandboken.se/vardhygien-infektioner-och-smittspridning/infektioner-och-smittspridning/personalinfektioner-inom-halso--och-sjukvard/forebyggande-rutiner/</vt:lpwstr>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr/>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>8257632</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>123</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>0</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>5</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr>https://www.vardhandboken.se/vardhygien-infektioner-och-smittspridning/vardhygien/basala-hygienrutiner/</vt:lpwstr>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr/>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>2555937</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>120</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>0</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>5</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr>https://mellanarkiv-offentlig.vgregion.se/alfresco/s/archive/stream/public/v1/source/available/SOFIA/SU9992-381335686-94/SURROGATE/V%C3%A5rdhygien - Influensa.pdf</vt:lpwstr>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr/>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>6160456</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>117</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>0</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>5</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr>https://mellanarkiv-offentlig.vgregion.se/alfresco/s/archive/stream/public/v1/source/available/SOFIA/SKAS9729-602154698-23/SURROGATE/V%c3%a5rdhygieniska riskfaktorer f%c3%b6r smittspridning i v%c3%a5rd och omsorg.pdf</vt:lpwstr>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr/>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>1179725</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>114</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>0</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>5</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr>https://mellanarkiv-offentlig.vgregion.se/alfresco/s/archive/stream/public/v1/source/available/sofia/skas9706-602381042-37/surrogate/Influensa - antiviral terapi till vuxna.pdf</vt:lpwstr>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr/>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>524307</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>111</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>0</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>5</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr>https://mellanarkiv-offentlig.vgregion.se/alfresco/s/archive/stream/public/v1/source/available/sofia/skas8540-1125353190-1077/surrogate/Instruktion f%c3%b6r anv%c3%a4ndning av andningsskydd.pdf</vt:lpwstr>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr/>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>4325470</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>108</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>0</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>5</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr>https://mellanarkiv-offentlig.vgregion.se/alfresco/s/archive/stream/public/v1/source/available/sofia/skas9729-602154698-35/surrogate/Regional riktlinje- Luftv%c3%a4gssmitta v%c3%a5rdhygieniska aspekter.pdf</vt:lpwstr>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr/>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>2162794</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>105</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>0</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>5</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr>https://www.folkhalsomyndigheten.se/folkhalsorapportering-statistik/statistik-a-o/sjukdomsstatistik/influensa/?t=county</vt:lpwstr>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr/>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>1179725</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>102</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>0</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>5</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr>https://mellanarkiv-offentlig.vgregion.se/alfresco/s/archive/stream/public/v1/source/available/sofia/skas9706-602381042-37/surrogate/Influensa - antiviral terapi till vuxna.pdf</vt:lpwstr>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr/>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>3539004</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>99</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>0</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>5</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr>https://mellanarkiv-offentlig.vgregion.se/alfresco/s/archive/stream/public/v1/source/available/sofia/skas8540-1125353190-518/native/Loggbok vid virusorsakad luftv%c3%a4gsinfektion.pdf</vt:lpwstr>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr/>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>1179725</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>96</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>0</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>5</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr>https://mellanarkiv-offentlig.vgregion.se/alfresco/s/archive/stream/public/v1/source/available/sofia/skas9706-602381042-37/surrogate/Influensa - antiviral terapi till vuxna.pdf</vt:lpwstr>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr/>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>3932203</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>93</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>0</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>5</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr>https://anvisningar.se/</vt:lpwstr>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr/>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>8257632</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>90</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>0</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>5</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr>https://www.vardhandboken.se/vardhygien-infektioner-och-smittspridning/vardhygien/basala-hygienrutiner/</vt:lpwstr>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr/>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>1441845</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>83</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>0</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>5</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr/>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr>_Toc214441752</vt:lpwstr>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>1441845</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>77</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>0</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>5</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr/>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr>_Toc214441751</vt:lpwstr>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>1441845</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>71</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>0</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>5</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr/>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr>_Toc214441750</vt:lpwstr>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>1507381</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>65</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>0</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>5</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr/>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr>_Toc214441749</vt:lpwstr>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>1507381</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>59</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>0</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>5</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr/>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr>_Toc214441748</vt:lpwstr>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>1507381</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>53</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>0</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>5</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr/>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr>_Toc214441747</vt:lpwstr>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>1507381</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>47</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>0</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>5</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr/>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr>_Toc214441746</vt:lpwstr>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>1507381</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>41</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>0</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>5</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr/>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr>_Toc214441745</vt:lpwstr>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>1507381</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>35</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>0</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>5</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr/>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr>_Toc214441744</vt:lpwstr>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>1507381</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>29</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>0</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>5</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr/>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr>_Toc214441743</vt:lpwstr>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>1507381</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>23</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>0</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>5</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr/>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr>_Toc214441742</vt:lpwstr>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>1507381</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>17</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>0</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>5</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr/>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr>_Toc214441741</vt:lpwstr>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>1507381</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>11</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>0</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>5</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr/>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr>_Toc214441740</vt:lpwstr>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>1048629</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>5</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>0</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>5</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr/>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr>_Toc214441739</vt:lpwstr>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>1048629</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>2</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>0</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>5</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr/>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr>_Toc214441737</vt:lpwstr>
+      </vt:variant>
+    </vt:vector>
+  </HLinks>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <coreProperties xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns="http://schemas.openxmlformats.org/package/2006/metadata/core-properties">
   <dc:title>Influensa - vårdhygien</dc:title>
   <dc:subject/>
   <dc:creator/>
   <keywords/>
   <lastModifiedBy/>
-  <revision>1</revision>
+  <revision>3</revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </coreProperties>
 </file>