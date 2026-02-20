--- v1 (2026-01-16)
+++ v2 (2026-02-20)
@@ -11,1177 +11,1536 @@
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/header2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/footer2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/header3.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer3.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml" Id="rId2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml" Id="rId1" /></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
     <w:p w14:paraId="4BB52217" w14:textId="3CC2C495" w:rsidR="00184167" w:rsidRDefault="00254E9A" w:rsidP="5F99C3DD">
       <w:pPr>
         <w:pStyle w:val="Rubrik1"/>
       </w:pPr>
-      <w:bookmarkStart w:id="0" w:name="_Toc214441737"/>
+      <w:bookmarkStart w:id="0" w:name="_Toc219448063"/>
       <w:r>
         <w:t>Influensa</w:t>
       </w:r>
       <w:bookmarkStart w:id="1" w:name="_Toc321146591"/>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00BC33D1">
         <w:t>-</w:t>
       </w:r>
       <w:r w:rsidR="007E01B8" w:rsidRPr="00FD1659">
         <w:t xml:space="preserve"> vårdhygien</w:t>
       </w:r>
       <w:bookmarkEnd w:id="0"/>
       <w:r w:rsidR="00A264BE" w:rsidRPr="005A627D">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="7EE9B613" w14:textId="77777777" w:rsidR="009A32ED" w:rsidRDefault="009A32ED" w:rsidP="009A32ED">
       <w:pPr>
         <w:pStyle w:val="Rubrik2"/>
         <w:ind w:right="-143"/>
       </w:pPr>
       <w:bookmarkStart w:id="2" w:name="_Toc100327184"/>
       <w:bookmarkStart w:id="3" w:name="_Toc214272695"/>
       <w:bookmarkStart w:id="4" w:name="_Toc214272729"/>
       <w:bookmarkStart w:id="5" w:name="_Toc214441738"/>
+      <w:bookmarkStart w:id="6" w:name="_Toc219448064"/>
       <w:bookmarkEnd w:id="1"/>
       <w:r>
         <w:t>Förändringar sedan föregående version</w:t>
       </w:r>
       <w:bookmarkEnd w:id="2"/>
       <w:bookmarkEnd w:id="3"/>
       <w:bookmarkEnd w:id="4"/>
       <w:bookmarkEnd w:id="5"/>
+      <w:bookmarkEnd w:id="6"/>
     </w:p>
-    <w:p w14:paraId="4698A51A" w14:textId="7BC406E0" w:rsidR="16F1D679" w:rsidRDefault="16F1D679" w:rsidP="009A32ED">
+    <w:p w14:paraId="4698A51A" w14:textId="0503C6A3" w:rsidR="16F1D679" w:rsidRDefault="00782342" w:rsidP="009A32ED">
       <w:pPr>
         <w:ind w:right="-143"/>
       </w:pPr>
       <w:r>
-        <w:t>Redaktionella förändringar</w:t>
+        <w:t xml:space="preserve">Tillägg av möjlighet att under vissa förutsättningar samvårda exponerade patienter som </w:t>
+      </w:r>
+      <w:r w:rsidR="00D13795">
+        <w:t>fått profylaxbehandling.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:id="6" w:name="_Toc72840807" w:displacedByCustomXml="next"/>
     <w:bookmarkStart w:id="7" w:name="_Toc214272696" w:displacedByCustomXml="next"/>
+    <w:bookmarkStart w:id="8" w:name="_Toc72840807" w:displacedByCustomXml="next"/>
     <w:sdt>
       <w:sdtPr>
         <w:rPr>
           <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Times New Roman"/>
           <w:b w:val="0"/>
           <w:color w:val="auto"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:id w:val="-856502257"/>
         <w:docPartObj>
           <w:docPartGallery w:val="Table of Contents"/>
           <w:docPartUnique/>
         </w:docPartObj>
       </w:sdtPr>
       <w:sdtEndPr>
         <w:rPr>
           <w:bCs/>
         </w:rPr>
       </w:sdtEndPr>
       <w:sdtContent>
         <w:p w14:paraId="7146D321" w14:textId="2A6E59DA" w:rsidR="00AF354E" w:rsidRPr="00AF354E" w:rsidRDefault="00AF354E" w:rsidP="00E74EA8">
           <w:pPr>
             <w:pStyle w:val="Innehllsfrteckningsrubrik"/>
             <w:ind w:left="567"/>
             <w:rPr>
               <w:rStyle w:val="Rubrik2Char"/>
             </w:rPr>
           </w:pPr>
           <w:r w:rsidRPr="00AF354E">
             <w:rPr>
               <w:rStyle w:val="Rubrik2Char"/>
             </w:rPr>
             <w:t>Innehållsförteckning</w:t>
           </w:r>
         </w:p>
-        <w:p w14:paraId="5FCB2C2A" w14:textId="64CFA8E1" w:rsidR="001738B8" w:rsidRDefault="00AF354E">
+        <w:p w14:paraId="40F0A5D6" w14:textId="63BDD31A" w:rsidR="003B62F6" w:rsidRPr="00790214" w:rsidRDefault="00AF354E" w:rsidP="009F1ED1">
           <w:pPr>
             <w:pStyle w:val="Innehll1"/>
             <w:rPr>
               <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
               <w:noProof/>
               <w:kern w:val="2"/>
+              <w:sz w:val="22"/>
+              <w:szCs w:val="22"/>
               <w14:ligatures w14:val="standardContextual"/>
             </w:rPr>
           </w:pPr>
-          <w:r>
+          <w:r w:rsidRPr="00790214">
+            <w:rPr>
+              <w:sz w:val="22"/>
+              <w:szCs w:val="22"/>
+            </w:rPr>
             <w:fldChar w:fldCharType="begin"/>
           </w:r>
-          <w:r>
+          <w:r w:rsidRPr="00790214">
+            <w:rPr>
+              <w:sz w:val="22"/>
+              <w:szCs w:val="22"/>
+            </w:rPr>
             <w:instrText xml:space="preserve"> TOC \o "1-3" \h \z \u </w:instrText>
           </w:r>
-          <w:r>
+          <w:r w:rsidRPr="00790214">
+            <w:rPr>
+              <w:sz w:val="22"/>
+              <w:szCs w:val="22"/>
+            </w:rPr>
             <w:fldChar w:fldCharType="separate"/>
           </w:r>
-          <w:hyperlink w:anchor="_Toc214441737" w:history="1"/>
         </w:p>
-        <w:p w14:paraId="54397A18" w14:textId="74204BFD" w:rsidR="001738B8" w:rsidRDefault="001738B8">
+        <w:p w14:paraId="6B16DC34" w14:textId="18DEA0A8" w:rsidR="003B62F6" w:rsidRPr="00790214" w:rsidRDefault="003B62F6">
           <w:pPr>
             <w:pStyle w:val="Innehll2"/>
             <w:rPr>
               <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
               <w:noProof/>
               <w:kern w:val="2"/>
+              <w:sz w:val="22"/>
+              <w:szCs w:val="22"/>
               <w14:ligatures w14:val="standardContextual"/>
             </w:rPr>
           </w:pPr>
-          <w:hyperlink w:anchor="_Toc214441739" w:history="1">
-            <w:r w:rsidRPr="0014287B">
+          <w:hyperlink w:anchor="_Toc219448065" w:history="1">
+            <w:r w:rsidRPr="00790214">
               <w:rPr>
                 <w:rStyle w:val="Hyperlnk"/>
                 <w:rFonts w:eastAsia="MS Gothic"/>
                 <w:noProof/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Syfte</w:t>
             </w:r>
-            <w:r>
+            <w:r w:rsidRPr="00790214">
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
               </w:rPr>
               <w:tab/>
             </w:r>
-            <w:r>
+            <w:r w:rsidRPr="00790214">
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
-            <w:r>
+            <w:r w:rsidRPr="00790214">
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
               </w:rPr>
-              <w:instrText xml:space="preserve"> PAGEREF _Toc214441739 \h </w:instrText>
+              <w:instrText xml:space="preserve"> PAGEREF _Toc219448065 \h </w:instrText>
             </w:r>
-            <w:r>
+            <w:r w:rsidRPr="00790214">
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
               </w:rPr>
             </w:r>
-            <w:r>
+            <w:r w:rsidRPr="00790214">
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r>
+            <w:r w:rsidRPr="00790214">
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
-            <w:r>
+            <w:r w:rsidRPr="00790214">
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:hyperlink>
         </w:p>
-        <w:p w14:paraId="3C0DDDE2" w14:textId="64F36118" w:rsidR="001738B8" w:rsidRDefault="001738B8">
+        <w:p w14:paraId="670AB272" w14:textId="5A8FA714" w:rsidR="003B62F6" w:rsidRPr="00790214" w:rsidRDefault="003B62F6">
           <w:pPr>
             <w:pStyle w:val="Innehll2"/>
             <w:rPr>
               <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
               <w:noProof/>
               <w:kern w:val="2"/>
+              <w:sz w:val="22"/>
+              <w:szCs w:val="22"/>
               <w14:ligatures w14:val="standardContextual"/>
             </w:rPr>
           </w:pPr>
-          <w:hyperlink w:anchor="_Toc214441740" w:history="1">
-            <w:r w:rsidRPr="0014287B">
+          <w:hyperlink w:anchor="_Toc219448066" w:history="1">
+            <w:r w:rsidRPr="00790214">
               <w:rPr>
                 <w:rStyle w:val="Hyperlnk"/>
                 <w:rFonts w:eastAsia="MS Gothic"/>
                 <w:noProof/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Medicinsk bakgrund</w:t>
             </w:r>
-            <w:r>
+            <w:r w:rsidRPr="00790214">
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
               </w:rPr>
               <w:tab/>
             </w:r>
-            <w:r>
+            <w:r w:rsidRPr="00790214">
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
-            <w:r>
+            <w:r w:rsidRPr="00790214">
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
               </w:rPr>
-              <w:instrText xml:space="preserve"> PAGEREF _Toc214441740 \h </w:instrText>
+              <w:instrText xml:space="preserve"> PAGEREF _Toc219448066 \h </w:instrText>
             </w:r>
-            <w:r>
+            <w:r w:rsidRPr="00790214">
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
               </w:rPr>
             </w:r>
-            <w:r>
+            <w:r w:rsidRPr="00790214">
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r>
+            <w:r w:rsidRPr="00790214">
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
-            <w:r>
+            <w:r w:rsidRPr="00790214">
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:hyperlink>
         </w:p>
-        <w:p w14:paraId="7B0607E8" w14:textId="1EF7584E" w:rsidR="001738B8" w:rsidRDefault="001738B8">
+        <w:p w14:paraId="206CAD7C" w14:textId="0D00E744" w:rsidR="003B62F6" w:rsidRPr="00790214" w:rsidRDefault="003B62F6">
           <w:pPr>
             <w:pStyle w:val="Innehll3"/>
             <w:rPr>
               <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
               <w:noProof/>
               <w:kern w:val="2"/>
+              <w:sz w:val="22"/>
+              <w:szCs w:val="22"/>
               <w14:ligatures w14:val="standardContextual"/>
             </w:rPr>
           </w:pPr>
-          <w:hyperlink w:anchor="_Toc214441741" w:history="1">
-            <w:r w:rsidRPr="0014287B">
+          <w:hyperlink w:anchor="_Toc219448067" w:history="1">
+            <w:r w:rsidRPr="00790214">
               <w:rPr>
                 <w:rStyle w:val="Hyperlnk"/>
                 <w:rFonts w:eastAsia="MS Gothic"/>
                 <w:noProof/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Smittvägar, smittsamhet och smittfriförklaring</w:t>
             </w:r>
-            <w:r>
+            <w:r w:rsidRPr="00790214">
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
               </w:rPr>
               <w:tab/>
             </w:r>
-            <w:r>
+            <w:r w:rsidRPr="00790214">
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
-            <w:r>
+            <w:r w:rsidRPr="00790214">
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
               </w:rPr>
-              <w:instrText xml:space="preserve"> PAGEREF _Toc214441741 \h </w:instrText>
+              <w:instrText xml:space="preserve"> PAGEREF _Toc219448067 \h </w:instrText>
             </w:r>
-            <w:r>
+            <w:r w:rsidRPr="00790214">
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
               </w:rPr>
             </w:r>
-            <w:r>
+            <w:r w:rsidRPr="00790214">
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r>
+            <w:r w:rsidRPr="00790214">
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
-            <w:r>
+            <w:r w:rsidRPr="00790214">
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:hyperlink>
         </w:p>
-        <w:p w14:paraId="316A4332" w14:textId="0CCD893B" w:rsidR="001738B8" w:rsidRDefault="001738B8">
+        <w:p w14:paraId="0448415F" w14:textId="145FA826" w:rsidR="003B62F6" w:rsidRPr="00790214" w:rsidRDefault="003B62F6">
           <w:pPr>
             <w:pStyle w:val="Innehll2"/>
             <w:rPr>
               <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
               <w:noProof/>
               <w:kern w:val="2"/>
+              <w:sz w:val="22"/>
+              <w:szCs w:val="22"/>
               <w14:ligatures w14:val="standardContextual"/>
             </w:rPr>
           </w:pPr>
-          <w:hyperlink w:anchor="_Toc214441742" w:history="1">
-            <w:r w:rsidRPr="0014287B">
+          <w:hyperlink w:anchor="_Toc219448068" w:history="1">
+            <w:r w:rsidRPr="00790214">
               <w:rPr>
                 <w:rStyle w:val="Hyperlnk"/>
                 <w:rFonts w:eastAsia="MS Gothic"/>
                 <w:noProof/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Vårdrutiner</w:t>
             </w:r>
-            <w:r>
+            <w:r w:rsidRPr="00790214">
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
               </w:rPr>
               <w:tab/>
             </w:r>
-            <w:r>
+            <w:r w:rsidRPr="00790214">
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
-            <w:r>
+            <w:r w:rsidRPr="00790214">
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
               </w:rPr>
-              <w:instrText xml:space="preserve"> PAGEREF _Toc214441742 \h </w:instrText>
+              <w:instrText xml:space="preserve"> PAGEREF _Toc219448068 \h </w:instrText>
             </w:r>
-            <w:r>
+            <w:r w:rsidRPr="00790214">
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
               </w:rPr>
             </w:r>
-            <w:r>
+            <w:r w:rsidRPr="00790214">
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r>
+            <w:r w:rsidRPr="00790214">
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>3</w:t>
             </w:r>
-            <w:r>
+            <w:r w:rsidRPr="00790214">
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:hyperlink>
         </w:p>
-        <w:p w14:paraId="54A0AF01" w14:textId="36B850EF" w:rsidR="001738B8" w:rsidRDefault="001738B8">
+        <w:p w14:paraId="63008C63" w14:textId="241A9B7B" w:rsidR="003B62F6" w:rsidRPr="00790214" w:rsidRDefault="003B62F6">
           <w:pPr>
             <w:pStyle w:val="Innehll3"/>
             <w:rPr>
               <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
               <w:noProof/>
               <w:kern w:val="2"/>
+              <w:sz w:val="22"/>
+              <w:szCs w:val="22"/>
               <w14:ligatures w14:val="standardContextual"/>
             </w:rPr>
           </w:pPr>
-          <w:hyperlink w:anchor="_Toc214441743" w:history="1">
-            <w:r w:rsidRPr="0014287B">
+          <w:hyperlink w:anchor="_Toc219448069" w:history="1">
+            <w:r w:rsidRPr="00790214">
               <w:rPr>
                 <w:rStyle w:val="Hyperlnk"/>
                 <w:rFonts w:eastAsia="MS Gothic"/>
                 <w:noProof/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Om patient insjuknar på avdelning</w:t>
             </w:r>
-            <w:r>
+            <w:r w:rsidRPr="00790214">
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
               </w:rPr>
               <w:tab/>
             </w:r>
-            <w:r>
+            <w:r w:rsidRPr="00790214">
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
-            <w:r>
+            <w:r w:rsidRPr="00790214">
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
               </w:rPr>
-              <w:instrText xml:space="preserve"> PAGEREF _Toc214441743 \h </w:instrText>
+              <w:instrText xml:space="preserve"> PAGEREF _Toc219448069 \h </w:instrText>
             </w:r>
-            <w:r>
+            <w:r w:rsidRPr="00790214">
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
               </w:rPr>
             </w:r>
-            <w:r>
+            <w:r w:rsidRPr="00790214">
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r>
+            <w:r w:rsidRPr="00790214">
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>3</w:t>
             </w:r>
-            <w:r>
+            <w:r w:rsidRPr="00790214">
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:hyperlink>
         </w:p>
-        <w:p w14:paraId="33668B09" w14:textId="465CF6D7" w:rsidR="001738B8" w:rsidRDefault="001738B8">
+        <w:p w14:paraId="2716989E" w14:textId="3C1F05C0" w:rsidR="003B62F6" w:rsidRPr="00790214" w:rsidRDefault="003B62F6">
           <w:pPr>
             <w:pStyle w:val="Innehll3"/>
             <w:rPr>
               <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
               <w:noProof/>
               <w:kern w:val="2"/>
+              <w:sz w:val="22"/>
+              <w:szCs w:val="22"/>
               <w14:ligatures w14:val="standardContextual"/>
             </w:rPr>
           </w:pPr>
-          <w:hyperlink w:anchor="_Toc214441744" w:history="1">
-            <w:r w:rsidRPr="0014287B">
+          <w:hyperlink w:anchor="_Toc219448070" w:history="1">
+            <w:r w:rsidRPr="00790214">
               <w:rPr>
                 <w:rStyle w:val="Hyperlnk"/>
                 <w:rFonts w:eastAsia="MS Gothic"/>
                 <w:noProof/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Skyddsutrustning</w:t>
             </w:r>
-            <w:r>
+            <w:r w:rsidRPr="00790214">
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
               </w:rPr>
               <w:tab/>
             </w:r>
-            <w:r>
+            <w:r w:rsidRPr="00790214">
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
-            <w:r>
+            <w:r w:rsidRPr="00790214">
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
               </w:rPr>
-              <w:instrText xml:space="preserve"> PAGEREF _Toc214441744 \h </w:instrText>
+              <w:instrText xml:space="preserve"> PAGEREF _Toc219448070 \h </w:instrText>
             </w:r>
-            <w:r>
+            <w:r w:rsidRPr="00790214">
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
               </w:rPr>
             </w:r>
-            <w:r>
+            <w:r w:rsidRPr="00790214">
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r>
+            <w:r w:rsidRPr="00790214">
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
               </w:rPr>
-              <w:t>3</w:t>
+              <w:t>4</w:t>
             </w:r>
-            <w:r>
+            <w:r w:rsidRPr="00790214">
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:hyperlink>
         </w:p>
-        <w:p w14:paraId="7FF0B1A8" w14:textId="2E167B3D" w:rsidR="001738B8" w:rsidRDefault="001738B8">
+        <w:p w14:paraId="28E9B965" w14:textId="7AD73A52" w:rsidR="003B62F6" w:rsidRPr="00790214" w:rsidRDefault="003B62F6">
           <w:pPr>
             <w:pStyle w:val="Innehll3"/>
             <w:rPr>
               <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
               <w:noProof/>
               <w:kern w:val="2"/>
+              <w:sz w:val="22"/>
+              <w:szCs w:val="22"/>
               <w14:ligatures w14:val="standardContextual"/>
             </w:rPr>
           </w:pPr>
-          <w:hyperlink w:anchor="_Toc214441745" w:history="1">
-            <w:r w:rsidRPr="0014287B">
+          <w:hyperlink w:anchor="_Toc219448071" w:history="1">
+            <w:r w:rsidRPr="00790214">
               <w:rPr>
                 <w:rStyle w:val="Hyperlnk"/>
                 <w:rFonts w:eastAsia="MS Gothic"/>
                 <w:noProof/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Vårdrum</w:t>
             </w:r>
-            <w:r>
+            <w:r w:rsidRPr="00790214">
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
               </w:rPr>
               <w:tab/>
             </w:r>
-            <w:r>
+            <w:r w:rsidRPr="00790214">
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
-            <w:r>
+            <w:r w:rsidRPr="00790214">
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
               </w:rPr>
-              <w:instrText xml:space="preserve"> PAGEREF _Toc214441745 \h </w:instrText>
+              <w:instrText xml:space="preserve"> PAGEREF _Toc219448071 \h </w:instrText>
             </w:r>
-            <w:r>
+            <w:r w:rsidRPr="00790214">
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
               </w:rPr>
             </w:r>
-            <w:r>
+            <w:r w:rsidRPr="00790214">
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r>
+            <w:r w:rsidRPr="00790214">
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>4</w:t>
             </w:r>
-            <w:r>
+            <w:r w:rsidRPr="00790214">
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:hyperlink>
         </w:p>
-        <w:p w14:paraId="4FDC6E9E" w14:textId="115BC989" w:rsidR="001738B8" w:rsidRDefault="001738B8">
+        <w:p w14:paraId="297A22EC" w14:textId="519CC151" w:rsidR="003B62F6" w:rsidRPr="00790214" w:rsidRDefault="003B62F6">
           <w:pPr>
             <w:pStyle w:val="Innehll3"/>
             <w:rPr>
               <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
               <w:noProof/>
               <w:kern w:val="2"/>
+              <w:sz w:val="22"/>
+              <w:szCs w:val="22"/>
               <w14:ligatures w14:val="standardContextual"/>
             </w:rPr>
           </w:pPr>
-          <w:hyperlink w:anchor="_Toc214441746" w:history="1">
-            <w:r w:rsidRPr="0014287B">
+          <w:hyperlink w:anchor="_Toc219448072" w:history="1">
+            <w:r w:rsidRPr="00790214">
               <w:rPr>
                 <w:rStyle w:val="Hyperlnk"/>
                 <w:rFonts w:eastAsia="MS Gothic"/>
                 <w:noProof/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
               </w:rPr>
-              <w:t>Undersökningar, konsultation eller transport</w:t>
+              <w:t>Exponerad patient</w:t>
             </w:r>
-            <w:r>
+            <w:r w:rsidRPr="00790214">
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
               </w:rPr>
               <w:tab/>
             </w:r>
-            <w:r>
+            <w:r w:rsidRPr="00790214">
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
-            <w:r>
+            <w:r w:rsidRPr="00790214">
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
               </w:rPr>
-              <w:instrText xml:space="preserve"> PAGEREF _Toc214441746 \h </w:instrText>
+              <w:instrText xml:space="preserve"> PAGEREF _Toc219448072 \h </w:instrText>
             </w:r>
-            <w:r>
+            <w:r w:rsidRPr="00790214">
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
               </w:rPr>
             </w:r>
-            <w:r>
+            <w:r w:rsidRPr="00790214">
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r>
+            <w:r w:rsidRPr="00790214">
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
               </w:rPr>
-              <w:t>5</w:t>
+              <w:t>4</w:t>
             </w:r>
-            <w:r>
+            <w:r w:rsidRPr="00790214">
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:hyperlink>
         </w:p>
-        <w:p w14:paraId="568C9583" w14:textId="26308AA7" w:rsidR="001738B8" w:rsidRDefault="001738B8">
+        <w:p w14:paraId="4D9A794C" w14:textId="749767E6" w:rsidR="003B62F6" w:rsidRPr="00790214" w:rsidRDefault="003B62F6">
           <w:pPr>
             <w:pStyle w:val="Innehll3"/>
             <w:rPr>
               <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
               <w:noProof/>
               <w:kern w:val="2"/>
+              <w:sz w:val="22"/>
+              <w:szCs w:val="22"/>
               <w14:ligatures w14:val="standardContextual"/>
             </w:rPr>
           </w:pPr>
-          <w:hyperlink w:anchor="_Toc214441747" w:history="1">
-            <w:r w:rsidRPr="0014287B">
+          <w:hyperlink w:anchor="_Toc219448073" w:history="1">
+            <w:r w:rsidRPr="00790214">
               <w:rPr>
                 <w:rStyle w:val="Hyperlnk"/>
                 <w:rFonts w:eastAsia="MS Gothic"/>
                 <w:noProof/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
               </w:rPr>
-              <w:t>Personal</w:t>
+              <w:t>Undersökningar, konsultation eller transport</w:t>
             </w:r>
-            <w:r>
+            <w:r w:rsidRPr="00790214">
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
               </w:rPr>
               <w:tab/>
             </w:r>
-            <w:r>
+            <w:r w:rsidRPr="00790214">
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
-            <w:r>
+            <w:r w:rsidRPr="00790214">
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
               </w:rPr>
-              <w:instrText xml:space="preserve"> PAGEREF _Toc214441747 \h </w:instrText>
+              <w:instrText xml:space="preserve"> PAGEREF _Toc219448073 \h </w:instrText>
             </w:r>
-            <w:r>
+            <w:r w:rsidRPr="00790214">
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
               </w:rPr>
             </w:r>
-            <w:r>
+            <w:r w:rsidRPr="00790214">
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r>
+            <w:r w:rsidRPr="00790214">
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>5</w:t>
             </w:r>
-            <w:r>
+            <w:r w:rsidRPr="00790214">
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:hyperlink>
         </w:p>
-        <w:p w14:paraId="6A50B4EE" w14:textId="73EF9073" w:rsidR="001738B8" w:rsidRDefault="001738B8">
+        <w:p w14:paraId="3A2C2FFA" w14:textId="33309076" w:rsidR="003B62F6" w:rsidRPr="00790214" w:rsidRDefault="003B62F6">
           <w:pPr>
             <w:pStyle w:val="Innehll3"/>
             <w:rPr>
               <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
               <w:noProof/>
               <w:kern w:val="2"/>
+              <w:sz w:val="22"/>
+              <w:szCs w:val="22"/>
               <w14:ligatures w14:val="standardContextual"/>
             </w:rPr>
           </w:pPr>
-          <w:hyperlink w:anchor="_Toc214441748" w:history="1">
-            <w:r w:rsidRPr="0014287B">
+          <w:hyperlink w:anchor="_Toc219448074" w:history="1">
+            <w:r w:rsidRPr="00790214">
               <w:rPr>
                 <w:rStyle w:val="Hyperlnk"/>
                 <w:rFonts w:eastAsia="MS Gothic"/>
                 <w:noProof/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
               </w:rPr>
-              <w:t>Besökande</w:t>
+              <w:t>Personal</w:t>
             </w:r>
-            <w:r>
+            <w:r w:rsidRPr="00790214">
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
               </w:rPr>
               <w:tab/>
             </w:r>
-            <w:r>
+            <w:r w:rsidRPr="00790214">
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
-            <w:r>
+            <w:r w:rsidRPr="00790214">
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
               </w:rPr>
-              <w:instrText xml:space="preserve"> PAGEREF _Toc214441748 \h </w:instrText>
+              <w:instrText xml:space="preserve"> PAGEREF _Toc219448074 \h </w:instrText>
             </w:r>
-            <w:r>
+            <w:r w:rsidRPr="00790214">
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
               </w:rPr>
             </w:r>
-            <w:r>
+            <w:r w:rsidRPr="00790214">
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r>
+            <w:r w:rsidRPr="00790214">
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>5</w:t>
             </w:r>
-            <w:r>
+            <w:r w:rsidRPr="00790214">
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:hyperlink>
         </w:p>
-        <w:p w14:paraId="3539EF58" w14:textId="79A66E57" w:rsidR="001738B8" w:rsidRDefault="001738B8">
+        <w:p w14:paraId="4C395BB7" w14:textId="781172BC" w:rsidR="003B62F6" w:rsidRPr="00790214" w:rsidRDefault="003B62F6">
           <w:pPr>
             <w:pStyle w:val="Innehll3"/>
             <w:rPr>
               <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
               <w:noProof/>
               <w:kern w:val="2"/>
+              <w:sz w:val="22"/>
+              <w:szCs w:val="22"/>
               <w14:ligatures w14:val="standardContextual"/>
             </w:rPr>
           </w:pPr>
-          <w:hyperlink w:anchor="_Toc214441749" w:history="1">
-            <w:r w:rsidRPr="0014287B">
+          <w:hyperlink w:anchor="_Toc219448075" w:history="1">
+            <w:r w:rsidRPr="00790214">
               <w:rPr>
                 <w:rStyle w:val="Hyperlnk"/>
                 <w:rFonts w:eastAsia="MS Gothic"/>
                 <w:noProof/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
               </w:rPr>
-              <w:t>Städ, tvätt och disk</w:t>
+              <w:t>Besökande</w:t>
             </w:r>
-            <w:r>
+            <w:r w:rsidRPr="00790214">
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
               </w:rPr>
               <w:tab/>
             </w:r>
-            <w:r>
+            <w:r w:rsidRPr="00790214">
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
-            <w:r>
+            <w:r w:rsidRPr="00790214">
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
               </w:rPr>
-              <w:instrText xml:space="preserve"> PAGEREF _Toc214441749 \h </w:instrText>
+              <w:instrText xml:space="preserve"> PAGEREF _Toc219448075 \h </w:instrText>
             </w:r>
-            <w:r>
+            <w:r w:rsidRPr="00790214">
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
               </w:rPr>
             </w:r>
-            <w:r>
+            <w:r w:rsidRPr="00790214">
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r>
+            <w:r w:rsidRPr="00790214">
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>5</w:t>
             </w:r>
-            <w:r>
+            <w:r w:rsidRPr="00790214">
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:hyperlink>
         </w:p>
-        <w:p w14:paraId="0A9FD77E" w14:textId="37BEC0E4" w:rsidR="001738B8" w:rsidRDefault="001738B8">
+        <w:p w14:paraId="4F8069C6" w14:textId="48E1509C" w:rsidR="003B62F6" w:rsidRPr="00790214" w:rsidRDefault="003B62F6">
+          <w:pPr>
+            <w:pStyle w:val="Innehll3"/>
+            <w:rPr>
+              <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+              <w:noProof/>
+              <w:kern w:val="2"/>
+              <w:sz w:val="22"/>
+              <w:szCs w:val="22"/>
+              <w14:ligatures w14:val="standardContextual"/>
+            </w:rPr>
+          </w:pPr>
+          <w:hyperlink w:anchor="_Toc219448076" w:history="1">
+            <w:r w:rsidRPr="00790214">
+              <w:rPr>
+                <w:rStyle w:val="Hyperlnk"/>
+                <w:rFonts w:eastAsia="MS Gothic"/>
+                <w:noProof/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Städ, tvätt och disk</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00790214">
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:tab/>
+            </w:r>
+            <w:r w:rsidRPr="00790214">
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="begin"/>
+            </w:r>
+            <w:r w:rsidRPr="00790214">
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:instrText xml:space="preserve"> PAGEREF _Toc219448076 \h </w:instrText>
+            </w:r>
+            <w:r w:rsidRPr="00790214">
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="00790214">
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r w:rsidRPr="00790214">
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>6</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00790214">
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+          </w:hyperlink>
+        </w:p>
+        <w:p w14:paraId="0C66B929" w14:textId="1B4D1933" w:rsidR="003B62F6" w:rsidRPr="00790214" w:rsidRDefault="003B62F6">
           <w:pPr>
             <w:pStyle w:val="Innehll2"/>
             <w:rPr>
               <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
               <w:noProof/>
               <w:kern w:val="2"/>
+              <w:sz w:val="22"/>
+              <w:szCs w:val="22"/>
               <w14:ligatures w14:val="standardContextual"/>
             </w:rPr>
           </w:pPr>
-          <w:hyperlink w:anchor="_Toc214441750" w:history="1">
-            <w:r w:rsidRPr="0014287B">
+          <w:hyperlink w:anchor="_Toc219448077" w:history="1">
+            <w:r w:rsidRPr="00790214">
               <w:rPr>
                 <w:rStyle w:val="Hyperlnk"/>
                 <w:rFonts w:eastAsia="MS Gothic"/>
                 <w:noProof/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Ansvar och avsteg</w:t>
             </w:r>
-            <w:r>
+            <w:r w:rsidRPr="00790214">
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
               </w:rPr>
               <w:tab/>
             </w:r>
-            <w:r>
+            <w:r w:rsidRPr="00790214">
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
-            <w:r>
+            <w:r w:rsidRPr="00790214">
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
               </w:rPr>
-              <w:instrText xml:space="preserve"> PAGEREF _Toc214441750 \h </w:instrText>
+              <w:instrText xml:space="preserve"> PAGEREF _Toc219448077 \h </w:instrText>
             </w:r>
-            <w:r>
+            <w:r w:rsidRPr="00790214">
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
               </w:rPr>
             </w:r>
-            <w:r>
+            <w:r w:rsidRPr="00790214">
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r>
+            <w:r w:rsidRPr="00790214">
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>6</w:t>
             </w:r>
-            <w:r>
+            <w:r w:rsidRPr="00790214">
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:hyperlink>
         </w:p>
-        <w:p w14:paraId="311AAC0E" w14:textId="666B787D" w:rsidR="001738B8" w:rsidRDefault="001738B8">
+        <w:p w14:paraId="5BDA0068" w14:textId="7C640428" w:rsidR="003B62F6" w:rsidRPr="00790214" w:rsidRDefault="003B62F6">
           <w:pPr>
             <w:pStyle w:val="Innehll2"/>
             <w:rPr>
               <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
               <w:noProof/>
               <w:kern w:val="2"/>
+              <w:sz w:val="22"/>
+              <w:szCs w:val="22"/>
               <w14:ligatures w14:val="standardContextual"/>
             </w:rPr>
           </w:pPr>
-          <w:hyperlink w:anchor="_Toc214441751" w:history="1">
-            <w:r w:rsidRPr="0014287B">
+          <w:hyperlink w:anchor="_Toc219448078" w:history="1">
+            <w:r w:rsidRPr="00790214">
               <w:rPr>
                 <w:rStyle w:val="Hyperlnk"/>
                 <w:rFonts w:eastAsia="MS Gothic"/>
                 <w:noProof/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Relaterad information</w:t>
             </w:r>
-            <w:r>
+            <w:r w:rsidRPr="00790214">
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
               </w:rPr>
               <w:tab/>
             </w:r>
-            <w:r>
+            <w:r w:rsidRPr="00790214">
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
-            <w:r>
+            <w:r w:rsidRPr="00790214">
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
               </w:rPr>
-              <w:instrText xml:space="preserve"> PAGEREF _Toc214441751 \h </w:instrText>
+              <w:instrText xml:space="preserve"> PAGEREF _Toc219448078 \h </w:instrText>
             </w:r>
-            <w:r>
+            <w:r w:rsidRPr="00790214">
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
               </w:rPr>
             </w:r>
-            <w:r>
+            <w:r w:rsidRPr="00790214">
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r>
+            <w:r w:rsidRPr="00790214">
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>6</w:t>
             </w:r>
-            <w:r>
+            <w:r w:rsidRPr="00790214">
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:hyperlink>
         </w:p>
-        <w:p w14:paraId="67476029" w14:textId="5F0812E2" w:rsidR="001738B8" w:rsidRDefault="001738B8">
+        <w:p w14:paraId="554E7D8E" w14:textId="3E9ABAED" w:rsidR="003B62F6" w:rsidRPr="00790214" w:rsidRDefault="003B62F6">
           <w:pPr>
             <w:pStyle w:val="Innehll2"/>
             <w:rPr>
               <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
               <w:noProof/>
               <w:kern w:val="2"/>
+              <w:sz w:val="22"/>
+              <w:szCs w:val="22"/>
               <w14:ligatures w14:val="standardContextual"/>
             </w:rPr>
           </w:pPr>
-          <w:hyperlink w:anchor="_Toc214441752" w:history="1">
-            <w:r w:rsidRPr="0014287B">
+          <w:hyperlink w:anchor="_Toc219448079" w:history="1">
+            <w:r w:rsidRPr="00790214">
               <w:rPr>
                 <w:rStyle w:val="Hyperlnk"/>
                 <w:rFonts w:eastAsia="MS Gothic"/>
                 <w:noProof/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Källförteckning</w:t>
             </w:r>
-            <w:r>
+            <w:r w:rsidRPr="00790214">
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
               </w:rPr>
               <w:tab/>
             </w:r>
-            <w:r>
+            <w:r w:rsidRPr="00790214">
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
-            <w:r>
+            <w:r w:rsidRPr="00790214">
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
               </w:rPr>
-              <w:instrText xml:space="preserve"> PAGEREF _Toc214441752 \h </w:instrText>
+              <w:instrText xml:space="preserve"> PAGEREF _Toc219448079 \h </w:instrText>
             </w:r>
-            <w:r>
+            <w:r w:rsidRPr="00790214">
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
               </w:rPr>
             </w:r>
-            <w:r>
+            <w:r w:rsidRPr="00790214">
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r>
+            <w:r w:rsidRPr="00790214">
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>7</w:t>
             </w:r>
-            <w:r>
+            <w:r w:rsidRPr="00790214">
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:hyperlink>
         </w:p>
-        <w:p w14:paraId="451E9D9D" w14:textId="3841053F" w:rsidR="00AF354E" w:rsidRDefault="00AF354E">
-          <w:r>
+        <w:p w14:paraId="451E9D9D" w14:textId="3F33A061" w:rsidR="00AF354E" w:rsidRDefault="00AF354E">
+          <w:r w:rsidRPr="00790214">
             <w:rPr>
               <w:b/>
               <w:bCs/>
+              <w:sz w:val="22"/>
+              <w:szCs w:val="22"/>
             </w:rPr>
             <w:fldChar w:fldCharType="end"/>
           </w:r>
         </w:p>
       </w:sdtContent>
     </w:sdt>
     <w:p w14:paraId="725D98A6" w14:textId="5F693328" w:rsidR="009A32ED" w:rsidRDefault="00BC33D1" w:rsidP="009A32ED">
       <w:pPr>
         <w:pStyle w:val="Rubrik2"/>
         <w:ind w:right="-143"/>
       </w:pPr>
-      <w:bookmarkStart w:id="8" w:name="_Toc100327186"/>
-[...1 lines deleted...]
-      <w:bookmarkStart w:id="10" w:name="_Toc214441739"/>
+      <w:bookmarkStart w:id="9" w:name="_Toc100327186"/>
+      <w:bookmarkStart w:id="10" w:name="_Toc214272697"/>
+      <w:bookmarkStart w:id="11" w:name="_Toc219448065"/>
+      <w:bookmarkEnd w:id="8"/>
       <w:bookmarkEnd w:id="7"/>
-      <w:bookmarkEnd w:id="6"/>
       <w:r>
         <w:lastRenderedPageBreak/>
         <w:t>S</w:t>
       </w:r>
       <w:r w:rsidR="009A32ED">
         <w:t>yfte</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="8"/>
       <w:bookmarkEnd w:id="9"/>
       <w:bookmarkEnd w:id="10"/>
+      <w:bookmarkEnd w:id="11"/>
       <w:r w:rsidR="009A32ED">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="67073DAD" w14:textId="14DF4E03" w:rsidR="00A10331" w:rsidRPr="00735781" w:rsidRDefault="00A10331" w:rsidP="00A10331">
       <w:r w:rsidRPr="00735781">
         <w:t xml:space="preserve">Syftet med denna rutin är att förhindra smittspridning </w:t>
       </w:r>
       <w:r w:rsidR="00B35862" w:rsidRPr="00735781">
         <w:t xml:space="preserve">av influensa </w:t>
       </w:r>
       <w:r w:rsidR="003801BC" w:rsidRPr="00735781">
         <w:t>inom vård- och omsorg.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="43141906" w14:textId="28372806" w:rsidR="00A10331" w:rsidRDefault="00B95809" w:rsidP="00A10331">
       <w:pPr>
         <w:pStyle w:val="Rubrik2"/>
       </w:pPr>
-      <w:bookmarkStart w:id="11" w:name="_Toc214272698"/>
-      <w:bookmarkStart w:id="12" w:name="_Toc214441740"/>
+      <w:bookmarkStart w:id="12" w:name="_Toc214272698"/>
+      <w:bookmarkStart w:id="13" w:name="_Toc219448066"/>
       <w:r>
         <w:t>Medicinsk bakgrund</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="11"/>
       <w:bookmarkEnd w:id="12"/>
+      <w:bookmarkEnd w:id="13"/>
     </w:p>
     <w:p w14:paraId="6225A8AF" w14:textId="55C07BD1" w:rsidR="00AF7B12" w:rsidRPr="00BC33D1" w:rsidRDefault="00AF7B12" w:rsidP="00AF7B12">
       <w:r w:rsidRPr="00BC33D1">
         <w:t>Influensa är en luftvägsinfektion som återkommer regelbundet varje vintersäsong. Influensavirus har en förmåga att förändra sig och kan därför orsaka mer omfattande epidemier vissa år.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="59C51FC2" w14:textId="5D2AC02B" w:rsidR="00AF7B12" w:rsidRPr="00BC33D1" w:rsidRDefault="00AF7B12" w:rsidP="00AF7B12">
       <w:r w:rsidRPr="00BC33D1">
         <w:t>Influensa A och B, ger upphov till typiska symtom som hög feber, muskelvärk, huvudvärk, torrhosta och påtaglig sjukdomskänsla. Symtom från magtarmkanalen kan också förkomma, men vanligare hos barn. Små barn kan få mer av svullna tonsiller och ont i halsen när de sväljer än vuxna. För äldre personer kan symtomen vara mer atypisk</w:t>
       </w:r>
       <w:r w:rsidR="1C35B5DA" w:rsidRPr="00BC33D1">
         <w:t>a</w:t>
       </w:r>
       <w:r w:rsidR="00B952CA">
         <w:t xml:space="preserve"> (</w:t>
       </w:r>
       <w:r w:rsidR="00A5262F">
         <w:t>1</w:t>
       </w:r>
       <w:r w:rsidR="00B952CA">
         <w:t>)</w:t>
       </w:r>
       <w:r w:rsidR="00BC33D1" w:rsidRPr="00BC33D1">
         <w:t>.</w:t>
       </w:r>
@@ -1202,67 +1561,67 @@
     </w:p>
     <w:p w14:paraId="58DE52C2" w14:textId="77777777" w:rsidR="00A10331" w:rsidRPr="00A10331" w:rsidRDefault="002A5D7F" w:rsidP="00A45DA0">
       <w:r w:rsidRPr="00BC33D1">
         <w:t xml:space="preserve">Säsongsvaccin för influensa rekommenderas till personer i medicinsk riskgrupp. </w:t>
       </w:r>
       <w:r w:rsidR="008472A1" w:rsidRPr="00BC33D1">
         <w:t xml:space="preserve">Profylaktisk antiviral behandling finns för personer som tillhör riskgrupp eller </w:t>
       </w:r>
       <w:r w:rsidR="00E51C56" w:rsidRPr="00BC33D1">
         <w:t>vid</w:t>
       </w:r>
       <w:r w:rsidR="008472A1" w:rsidRPr="00BC33D1">
         <w:t xml:space="preserve"> allvarlig sjuk</w:t>
       </w:r>
       <w:r w:rsidR="00E51C56" w:rsidRPr="00BC33D1">
         <w:t>dom</w:t>
       </w:r>
       <w:r w:rsidR="008472A1" w:rsidRPr="00BC33D1">
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="7D7DB4E2" w14:textId="248C34EB" w:rsidR="00A10331" w:rsidRDefault="00A10331" w:rsidP="00A10331">
       <w:pPr>
         <w:pStyle w:val="Rubrik3"/>
       </w:pPr>
-      <w:bookmarkStart w:id="13" w:name="_Toc214441741"/>
+      <w:bookmarkStart w:id="14" w:name="_Toc219448067"/>
       <w:r>
         <w:t>Smittvägar</w:t>
       </w:r>
       <w:r w:rsidR="007E22D3">
         <w:t>,</w:t>
       </w:r>
       <w:r w:rsidR="00E579E0">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:t>smittsamhet</w:t>
       </w:r>
       <w:r w:rsidR="007E22D3">
         <w:t xml:space="preserve"> och smittfriförklaring</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="13"/>
+      <w:bookmarkEnd w:id="14"/>
       <w:r w:rsidR="00BC33D1" w:rsidRPr="00BC33D1">
         <w:t> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="720387E7" w14:textId="77777777" w:rsidR="007E22D3" w:rsidRPr="007E22D3" w:rsidRDefault="007E22D3" w:rsidP="007E22D3">
       <w:pPr>
         <w:pStyle w:val="MellanrubrikVGR"/>
       </w:pPr>
       <w:r>
         <w:t>Smittvägar</w:t>
       </w:r>
       <w:r w:rsidR="00BC33D1" w:rsidRPr="00BC33D1">
         <w:t> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="0C81926C" w14:textId="6A2B8FC5" w:rsidR="00EA33D1" w:rsidRPr="00BC33D1" w:rsidRDefault="000F25E5" w:rsidP="003A3333">
       <w:r w:rsidRPr="000F25E5">
         <w:t xml:space="preserve">När någon har influensa finns virus </w:t>
       </w:r>
       <w:r w:rsidR="00735781" w:rsidRPr="000F25E5">
         <w:t>framför allt</w:t>
       </w:r>
       <w:r w:rsidRPr="000F25E5">
         <w:t xml:space="preserve"> i svalget och övre luftvägarna.</w:t>
       </w:r>
@@ -1472,84 +1831,90 @@
         <w:t xml:space="preserve">individuell bedömning </w:t>
       </w:r>
       <w:r w:rsidR="006F6B00" w:rsidRPr="00BC33D1">
         <w:t>göras</w:t>
       </w:r>
       <w:r w:rsidR="00692F20" w:rsidRPr="00BC33D1">
         <w:t xml:space="preserve"> innan smittfriförklaring</w:t>
       </w:r>
       <w:r w:rsidR="00B952CA">
         <w:t xml:space="preserve"> (</w:t>
       </w:r>
       <w:r w:rsidR="00A5262F">
         <w:t>2</w:t>
       </w:r>
       <w:r w:rsidR="00B952CA">
         <w:t>)</w:t>
       </w:r>
       <w:r w:rsidR="00BC33D1" w:rsidRPr="00BC33D1">
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="4F40ACD0" w14:textId="50ED7D76" w:rsidR="005A1D21" w:rsidRDefault="00DC17AF" w:rsidP="00BC33D1">
       <w:pPr>
         <w:pStyle w:val="Rubrik2"/>
       </w:pPr>
-      <w:bookmarkStart w:id="14" w:name="_Toc214272699"/>
-      <w:bookmarkStart w:id="15" w:name="_Toc214441742"/>
+      <w:bookmarkStart w:id="15" w:name="_Toc214272699"/>
+      <w:bookmarkStart w:id="16" w:name="_Toc219448068"/>
       <w:r>
         <w:t>Vårdrutiner</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="14"/>
       <w:bookmarkEnd w:id="15"/>
+      <w:bookmarkEnd w:id="16"/>
     </w:p>
     <w:p w14:paraId="4F97EC1B" w14:textId="136E14DE" w:rsidR="00BC33D1" w:rsidRDefault="00BC33D1" w:rsidP="00BC33D1">
       <w:r w:rsidRPr="00BC33D1">
         <w:t xml:space="preserve">Basala hygienrutiner ska tillämpas se </w:t>
       </w:r>
       <w:hyperlink r:id="rId12" w:history="1">
         <w:r w:rsidRPr="00427A8D">
           <w:rPr>
             <w:rStyle w:val="Hyperlnk"/>
           </w:rPr>
           <w:t>Basal hygien och klädregler</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p w14:paraId="044592BD" w14:textId="5072ECEA" w:rsidR="007E01B8" w:rsidRDefault="007E01B8" w:rsidP="007E01B8">
       <w:pPr>
         <w:pStyle w:val="Rubrik3"/>
       </w:pPr>
-      <w:bookmarkStart w:id="16" w:name="_Toc214441743"/>
+      <w:bookmarkStart w:id="17" w:name="_Toc219448069"/>
       <w:r w:rsidRPr="00B93DC5">
         <w:t>Om patient insjuknar på avdelning</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="16"/>
+      <w:bookmarkEnd w:id="17"/>
     </w:p>
-    <w:p w14:paraId="7E79D15E" w14:textId="2E5E494A" w:rsidR="007E01B8" w:rsidRPr="00B93DC5" w:rsidRDefault="007E01B8" w:rsidP="5F99C3DD">
+    <w:p w14:paraId="7E79D15E" w14:textId="55BDEE08" w:rsidR="007E01B8" w:rsidRPr="00B93DC5" w:rsidRDefault="007E01B8" w:rsidP="5F99C3DD">
       <w:r>
-        <w:t>Det är viktigt att vara uppmärksam på symtom som kan vara orsakade av influensa. Provtagning sker enligt</w:t>
+        <w:t xml:space="preserve">Det är viktigt att vara uppmärksam på symtom som kan vara orsakade av influensa. </w:t>
+      </w:r>
+      <w:r w:rsidR="0057254D">
+        <w:t xml:space="preserve">Vid symtom ska patienten provtas och flyttas till eget rum. </w:t>
+      </w:r>
+      <w:r>
+        <w:t>Provtagning sker enligt</w:t>
       </w:r>
       <w:r w:rsidR="41A81564">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:hyperlink r:id="rId13" w:tgtFrame="_blank" w:history="1">
         <w:r w:rsidR="00B93DC5" w:rsidRPr="00B93DC5">
           <w:rPr>
             <w:rStyle w:val="Hyperlnk"/>
           </w:rPr>
           <w:t>Startsida - Unilabs (anvisningar.se)</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p w14:paraId="2262114A" w14:textId="722E744C" w:rsidR="007E01B8" w:rsidRDefault="007E01B8" w:rsidP="007E01B8">
       <w:r>
         <w:t xml:space="preserve">Överväg i tidigt skede antiviral behandling. Se </w:t>
       </w:r>
       <w:hyperlink r:id="rId14" w:tgtFrame="_blank" w:history="1">
         <w:r w:rsidR="00B93DC5" w:rsidRPr="00B93DC5">
           <w:rPr>
             <w:rStyle w:val="Hyperlnk"/>
           </w:rPr>
           <w:t>Influensa - antiviral terapi till vuxna (vgregion.se)</w:t>
         </w:r>
       </w:hyperlink>
@@ -1569,262 +1934,275 @@
       </w:r>
       <w:r>
         <w:t>432084) för råd gällande ytterligare åtgärder för att förhindra vidare smittspridning.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="12947013" w14:textId="77777777" w:rsidR="00B93DC5" w:rsidRPr="00B93DC5" w:rsidRDefault="00B93DC5" w:rsidP="00B93DC5">
       <w:r w:rsidRPr="00B93DC5">
         <w:t xml:space="preserve">Denna </w:t>
       </w:r>
       <w:hyperlink r:id="rId15" w:tgtFrame="_blank" w:history="1">
         <w:r w:rsidRPr="00B93DC5">
           <w:rPr>
             <w:rStyle w:val="Hyperlnk"/>
           </w:rPr>
           <w:t>Loggbok vid virusorsakad luftvägsinfektion (misstänkt eller konstaterad)</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="00B93DC5">
         <w:t xml:space="preserve"> kan vara till hjälp för överblick vid flera fall på en enhet.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="48A1A725" w14:textId="51E1FC4E" w:rsidR="005A1D21" w:rsidRDefault="005A1D21" w:rsidP="005A1D21">
       <w:pPr>
         <w:pStyle w:val="Rubrik3"/>
       </w:pPr>
-      <w:bookmarkStart w:id="17" w:name="_Toc214441744"/>
       <w:bookmarkStart w:id="18" w:name="_Toc100327187"/>
+      <w:bookmarkStart w:id="19" w:name="_Toc219448070"/>
       <w:r>
         <w:t>Skyddsutrustning</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="17"/>
+      <w:bookmarkEnd w:id="19"/>
     </w:p>
-    <w:p w14:paraId="1835D937" w14:textId="1D305CA7" w:rsidR="00F81E4E" w:rsidRDefault="00AD26FB" w:rsidP="00F81E4E">
+    <w:p w14:paraId="17BE64AF" w14:textId="2A17BF1D" w:rsidR="00B275DE" w:rsidRDefault="00B275DE" w:rsidP="00F81E4E">
       <w:r>
-        <w:t xml:space="preserve">Vid </w:t>
-[...2 lines deleted...]
-        <w:t xml:space="preserve">nära </w:t>
+        <w:t xml:space="preserve">Vid misstänkt eller bekräftad </w:t>
+      </w:r>
+      <w:r w:rsidR="009E7C19">
+        <w:t xml:space="preserve">smittsam </w:t>
       </w:r>
       <w:r>
-        <w:t>vård</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="00510D6A">
+        <w:t>influensa ska</w:t>
+      </w:r>
+      <w:r w:rsidR="003C1A5B">
+        <w:t xml:space="preserve"> någo</w:t>
+      </w:r>
+      <w:r w:rsidR="00655E19">
+        <w:t>t</w:t>
+      </w:r>
+      <w:r w:rsidR="003C1A5B">
+        <w:t xml:space="preserve"> av</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> följande</w:t>
+      </w:r>
+      <w:r w:rsidR="00B02EF7">
+        <w:t xml:space="preserve"> alternativ för</w:t>
+      </w:r>
+      <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="0013513B">
-[...31 lines deleted...]
-        <w:t>.</w:t>
+      <w:r w:rsidR="00B02EF7">
+        <w:t>skydds</w:t>
+      </w:r>
+      <w:r w:rsidR="00B7503E">
+        <w:t>utrustning användas:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="64DADCEF" w14:textId="3F8C9025" w:rsidR="00063897" w:rsidRDefault="00F81E4E" w:rsidP="00BB3993">
-[...14 lines deleted...]
-    <w:p w14:paraId="3B5AA161" w14:textId="0E82BBF4" w:rsidR="00F81E4E" w:rsidRDefault="00063897" w:rsidP="00B93DC5">
+    <w:p w14:paraId="76CDD74D" w14:textId="73D31346" w:rsidR="00AC7E56" w:rsidRDefault="00AC7E56" w:rsidP="00AC7E56">
       <w:pPr>
         <w:pStyle w:val="Liststycke"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="36"/>
+          <w:numId w:val="46"/>
         </w:numPr>
       </w:pPr>
       <w:r>
-        <w:t>Munskydd används när smittrisken bedöms låg vilket gäller de flesta kliniska situationer.</w:t>
+        <w:lastRenderedPageBreak/>
+        <w:t xml:space="preserve">Vätskeavvisande munskydd (IIR) </w:t>
+      </w:r>
+      <w:r w:rsidR="00F86CE5">
+        <w:t xml:space="preserve">och skyddsglasögon/visir används vid </w:t>
+      </w:r>
+      <w:r w:rsidR="009E7C19">
+        <w:t>nära vård (inom 2 meter) av patient</w:t>
+      </w:r>
+      <w:r w:rsidR="00471C07">
+        <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1EEDD6F0" w14:textId="48713151" w:rsidR="00063897" w:rsidRDefault="00063897" w:rsidP="00B93DC5">
-      <w:pPr>
+    <w:p w14:paraId="13699450" w14:textId="4E32A4FD" w:rsidR="00404A3C" w:rsidRDefault="00404A3C" w:rsidP="00404A3C">
+      <w:pPr>
+        <w:pStyle w:val="Liststycke"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="36"/>
+          <w:numId w:val="46"/>
         </w:numPr>
       </w:pPr>
       <w:r>
-        <w:t>Andningsskydd (FFP2/FFP3) används</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="00F61562">
+        <w:t>Andningsskydd (FFP2 eller FFP3) och visir</w:t>
+      </w:r>
+      <w:r w:rsidR="003C1A5B">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r>
-[...6 lines deleted...]
-        <w:t>:</w:t>
+      <w:r w:rsidR="00B239EB">
+        <w:t xml:space="preserve">används </w:t>
+      </w:r>
+      <w:r w:rsidR="000A7D3F">
+        <w:t>i nedanstående situationer då</w:t>
+      </w:r>
+      <w:r w:rsidR="00B239EB">
+        <w:t xml:space="preserve"> smittrisken </w:t>
+      </w:r>
+      <w:r w:rsidR="000A7D3F">
+        <w:t>är</w:t>
+      </w:r>
+      <w:r w:rsidR="00B239EB">
+        <w:t xml:space="preserve"> förhöjd</w:t>
+      </w:r>
+      <w:r w:rsidR="00781DD8">
+        <w:t xml:space="preserve"> och ska då tas på och av utanför rummet:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="255B80B8" w14:textId="397DDAAD" w:rsidR="00063897" w:rsidRDefault="00063897" w:rsidP="00B93DC5">
+    <w:p w14:paraId="255B80B8" w14:textId="608A75E6" w:rsidR="00063897" w:rsidRDefault="007B1D04" w:rsidP="00B93DC5">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="37"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
       </w:pPr>
       <w:r>
-        <w:t>Vårdmoment med förhöjd risk (intubation, bronkoskopi, sugning av nedre luftvägar, trakeotomi)</w:t>
-[...2 lines deleted...]
-        <w:t>.</w:t>
+        <w:t>Intubering/extubering</w:t>
+      </w:r>
+      <w:r w:rsidR="00063897">
+        <w:t>, bronkoskopi, sugning av nedre luftvägar, trakeotom</w:t>
+      </w:r>
+      <w:r>
+        <w:t>ering</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4265C9EB" w14:textId="1ED8E4E3" w:rsidR="00063897" w:rsidRDefault="00312D4E" w:rsidP="00B93DC5">
+    <w:p w14:paraId="4265C9EB" w14:textId="61DD86A0" w:rsidR="00063897" w:rsidRDefault="000A7D3F" w:rsidP="00B93DC5">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="38"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
       </w:pPr>
       <w:r>
-        <w:t>Efter riskbedömning</w:t>
-[...2 lines deleted...]
-        <w:t xml:space="preserve">. </w:t>
+        <w:t>Utifrån</w:t>
+      </w:r>
+      <w:r w:rsidR="00312D4E">
+        <w:t xml:space="preserve"> riskbedömning</w:t>
       </w:r>
       <w:r w:rsidR="00DA41F9">
-        <w:t xml:space="preserve">Exempelvis </w:t>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00473604">
         <w:t>vid</w:t>
       </w:r>
       <w:r w:rsidR="00DA41F9">
         <w:t xml:space="preserve"> längre vårdinsats, kraftig hosta, nyinsjuknad patient särskilt i trångt utrymme eller när flera smittsamma patienter vårdas på samma rum</w:t>
       </w:r>
       <w:r w:rsidR="0093267C">
         <w:t xml:space="preserve"> (</w:t>
       </w:r>
+      <w:r w:rsidR="001A7746">
+        <w:t xml:space="preserve">1, </w:t>
+      </w:r>
       <w:r w:rsidR="00A5262F">
         <w:t>3</w:t>
       </w:r>
       <w:r w:rsidR="0093267C">
         <w:t>,</w:t>
       </w:r>
       <w:r w:rsidR="00B952CA">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00A5262F">
         <w:t>4</w:t>
       </w:r>
       <w:r w:rsidR="0093267C">
         <w:t>).</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="1901FCC2" w14:textId="427F7875" w:rsidR="005A1D21" w:rsidRDefault="005A1D21" w:rsidP="005A1D21">
       <w:pPr>
         <w:pStyle w:val="Rubrik3"/>
       </w:pPr>
-      <w:bookmarkStart w:id="19" w:name="_Toc214441745"/>
+      <w:bookmarkStart w:id="20" w:name="_Toc219448071"/>
       <w:r>
         <w:t>Vårdrum</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="19"/>
+      <w:bookmarkEnd w:id="20"/>
     </w:p>
     <w:p w14:paraId="126E8B18" w14:textId="73FBEB55" w:rsidR="005A1D21" w:rsidRPr="001E22B9" w:rsidRDefault="00A44F74" w:rsidP="005A1D21">
       <w:r>
         <w:t xml:space="preserve">Patient med misstänkt eller </w:t>
       </w:r>
       <w:r w:rsidR="269D7655" w:rsidRPr="007E3E25">
         <w:t xml:space="preserve">bekräftad </w:t>
       </w:r>
       <w:r>
         <w:t>influensa ska</w:t>
       </w:r>
       <w:r w:rsidR="00544371">
         <w:t xml:space="preserve"> under smittsam period</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> v</w:t>
       </w:r>
       <w:r w:rsidR="005A1D21">
         <w:t>årdas på eget rum</w:t>
       </w:r>
       <w:r w:rsidR="00D54DBF">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="007D1B91">
         <w:t>med stängd dörr</w:t>
       </w:r>
       <w:r w:rsidR="00544371">
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="35DAD948" w14:textId="22800A1A" w:rsidR="00BB650F" w:rsidRDefault="00AD26FB" w:rsidP="00AD26FB">
+    <w:p w14:paraId="77AD09DF" w14:textId="77777777" w:rsidR="002738A5" w:rsidRDefault="002738A5" w:rsidP="002738A5">
       <w:pPr>
         <w:pStyle w:val="MellanrubrikVGR"/>
       </w:pPr>
+      <w:r>
+        <w:t>Samvård</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4460B11D" w14:textId="77777777" w:rsidR="002738A5" w:rsidRDefault="002738A5" w:rsidP="002738A5">
+      <w:r>
+        <w:t>Patienter med influensa av samma typ (A eller B) kan samvårdas under förutsättning att ingen annan smitta förekommer.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="35DAD948" w14:textId="22800A1A" w:rsidR="00BB650F" w:rsidRDefault="00AD26FB" w:rsidP="002738A5">
+      <w:pPr>
+        <w:pStyle w:val="Rubrik3"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="21" w:name="_Toc219448072"/>
       <w:r w:rsidRPr="00BB650F">
         <w:t>Exponerad patient</w:t>
       </w:r>
+      <w:bookmarkEnd w:id="21"/>
     </w:p>
     <w:p w14:paraId="27CE7686" w14:textId="2510426A" w:rsidR="00F2412D" w:rsidRPr="001E22B9" w:rsidRDefault="00621B8D" w:rsidP="00F2412D">
       <w:r w:rsidRPr="001E22B9">
         <w:t>Patient vårdad på samma rum som patient med influensa betraktas som exponerad i 4 dygn</w:t>
       </w:r>
       <w:r w:rsidR="00406243" w:rsidRPr="001E22B9">
         <w:t xml:space="preserve"> efter senaste kontakt med smittsam patient</w:t>
       </w:r>
       <w:r w:rsidRPr="001E22B9">
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="36A5C494" w14:textId="7BD0B478" w:rsidR="00D61F96" w:rsidRPr="00F52067" w:rsidRDefault="00D61F96" w:rsidP="00D61F96">
       <w:r w:rsidRPr="00F52067">
         <w:t>Åtgärder för exponerade:</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="7325D520" w14:textId="10A8693E" w:rsidR="00D61F96" w:rsidRPr="00F52067" w:rsidRDefault="001A0A67" w:rsidP="00B93DC5">
       <w:pPr>
         <w:pStyle w:val="Punktlista"/>
       </w:pPr>
       <w:r w:rsidRPr="00F52067">
         <w:t xml:space="preserve">Uppmärksamhet på symtom som kan vara influensa. Den exponerade ska informeras om att direkt </w:t>
       </w:r>
       <w:r w:rsidR="00F65736" w:rsidRPr="00F52067">
@@ -1860,470 +2238,468 @@
       <w:pPr>
         <w:pStyle w:val="Punktlista"/>
       </w:pPr>
       <w:r>
         <w:t>Vård på eget rum</w:t>
       </w:r>
       <w:r w:rsidR="00113E3F">
         <w:t>. Patienter som exponerats vid samma tillfälle kan samvårdas</w:t>
       </w:r>
       <w:r w:rsidR="001E22B9">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="001E22B9" w:rsidRPr="007E3E25">
         <w:t>om inga andra riskfaktorer finns</w:t>
       </w:r>
       <w:r w:rsidR="00113E3F" w:rsidRPr="007E3E25">
         <w:t xml:space="preserve">. </w:t>
       </w:r>
       <w:r w:rsidR="00113E3F">
         <w:t>Mobilisering</w:t>
       </w:r>
       <w:r w:rsidR="00297974">
         <w:t xml:space="preserve"> kan ske utanför rummet.</w:t>
       </w:r>
     </w:p>
+    <w:p w14:paraId="12436300" w14:textId="1F2D2FE2" w:rsidR="00B02EF7" w:rsidRPr="00F52067" w:rsidRDefault="00B97329" w:rsidP="00B97329">
+      <w:pPr>
+        <w:pStyle w:val="Punktlista"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00B97329">
+        <w:t>Symtomfri exponerad patient med tidigt insatt profylax kan samvårdas med andra patienter efter läkarbedömning</w:t>
+      </w:r>
+      <w:r>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
     <w:p w14:paraId="64C012F8" w14:textId="47485E06" w:rsidR="00346906" w:rsidRPr="00F52067" w:rsidRDefault="00346906" w:rsidP="00B93DC5">
       <w:pPr>
         <w:pStyle w:val="Punktlista"/>
       </w:pPr>
       <w:r w:rsidRPr="00F52067">
         <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">Planerade undersökningar kan </w:t>
       </w:r>
       <w:r w:rsidR="00A71A6A" w:rsidRPr="00F52067">
         <w:t xml:space="preserve">oftast </w:t>
       </w:r>
       <w:r w:rsidRPr="00F52067">
         <w:t>ske så länge patienten är symtomfri.</w:t>
       </w:r>
       <w:r w:rsidR="00A71A6A" w:rsidRPr="00F52067">
         <w:t xml:space="preserve"> Undvik</w:t>
       </w:r>
       <w:r w:rsidR="002E149F" w:rsidRPr="00F52067">
         <w:t xml:space="preserve"> exponering av andra patienter vid undersökningar utanför rummet.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="37A49221" w14:textId="3E4BE904" w:rsidR="00FA349C" w:rsidRDefault="00297974" w:rsidP="00B93DC5">
       <w:pPr>
         <w:pStyle w:val="Punktlista"/>
       </w:pPr>
       <w:r w:rsidRPr="00F52067">
         <w:t>Vid byte av vårdform, informera mottagande enhet om att patienten exponerats för influensa.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0416014E" w14:textId="3225CB19" w:rsidR="007D1B91" w:rsidRDefault="007D1B91" w:rsidP="007D1B91">
-[...14 lines deleted...]
-    </w:p>
     <w:p w14:paraId="22AC0473" w14:textId="77777777" w:rsidR="00BB650F" w:rsidRDefault="00BB650F" w:rsidP="00462771">
       <w:pPr>
         <w:pStyle w:val="Rubrik3"/>
       </w:pPr>
-      <w:bookmarkStart w:id="20" w:name="_Toc214441746"/>
+      <w:bookmarkStart w:id="22" w:name="_Toc219448073"/>
       <w:r>
         <w:t>U</w:t>
       </w:r>
       <w:r w:rsidR="00AD26FB">
         <w:t>ndersökningar</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:r w:rsidR="00AD26FB">
         <w:t>konsultation</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> eller transport</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="20"/>
+      <w:bookmarkEnd w:id="22"/>
     </w:p>
-    <w:p w14:paraId="26931DB6" w14:textId="2F6829D0" w:rsidR="00BB650F" w:rsidRDefault="00AD3127" w:rsidP="00BB650F">
+    <w:p w14:paraId="26931DB6" w14:textId="328F3142" w:rsidR="00BB650F" w:rsidRDefault="00AD3127" w:rsidP="00BB650F">
       <w:r>
-        <w:t xml:space="preserve">Undvik om möjligt omflyttning och externa undersökningar/konsultation av </w:t>
+        <w:t>Undvik om möjligt omflyttning och externa undersökningar/konsultation</w:t>
+      </w:r>
+      <w:r w:rsidR="000041E0">
+        <w:t>er</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> av </w:t>
       </w:r>
       <w:r w:rsidR="00F65997" w:rsidRPr="00865ADF">
         <w:t>smittsam</w:t>
       </w:r>
       <w:r w:rsidR="00F65997" w:rsidRPr="00B93DC5">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:t>patient. Infektionen får dock aldrig hindra adekvat medicinsk behandling.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="74E79313" w14:textId="4A18CE01" w:rsidR="00211222" w:rsidRPr="001F5AFB" w:rsidRDefault="000D2E14" w:rsidP="007F01E2">
       <w:r w:rsidRPr="001F5AFB">
         <w:t>Vid transport ska p</w:t>
       </w:r>
       <w:r w:rsidR="00AD3127" w:rsidRPr="001F5AFB">
         <w:t>atient</w:t>
       </w:r>
       <w:r w:rsidR="00D03A96" w:rsidRPr="001F5AFB">
         <w:t xml:space="preserve"> som tolererar munskydd förses med detta. Patienten ska också </w:t>
       </w:r>
       <w:r w:rsidR="00AD3127" w:rsidRPr="001F5AFB">
         <w:t>instrueras i host</w:t>
       </w:r>
       <w:r w:rsidR="00A730B1" w:rsidRPr="001F5AFB">
         <w:t>- och hand</w:t>
       </w:r>
       <w:r w:rsidR="00AD3127" w:rsidRPr="001F5AFB">
         <w:t xml:space="preserve">hygien och förses med engångsnäsdukar </w:t>
       </w:r>
       <w:r w:rsidR="00A730B1" w:rsidRPr="001F5AFB">
         <w:t>och plastpåse för uppsamling</w:t>
       </w:r>
       <w:r w:rsidR="007F01E2" w:rsidRPr="001F5AFB">
         <w:t>. Informera mottagande enhet om smitta och undvik väntetider</w:t>
       </w:r>
       <w:r w:rsidR="00211222" w:rsidRPr="001F5AFB">
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="6181BA88" w14:textId="34A3D41B" w:rsidR="00AD26FB" w:rsidRPr="00AD26FB" w:rsidRDefault="00AD26FB" w:rsidP="00462771">
       <w:pPr>
         <w:pStyle w:val="Rubrik3"/>
       </w:pPr>
-      <w:bookmarkStart w:id="21" w:name="_Toc214441747"/>
+      <w:bookmarkStart w:id="23" w:name="_Toc219448074"/>
       <w:r w:rsidRPr="00AD26FB">
         <w:t>Personal</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="21"/>
+      <w:bookmarkEnd w:id="23"/>
     </w:p>
     <w:p w14:paraId="75574309" w14:textId="0C0CDE30" w:rsidR="00AD26FB" w:rsidRPr="00865ADF" w:rsidRDefault="008B042B" w:rsidP="00AD26FB">
       <w:r w:rsidRPr="00865ADF">
         <w:t xml:space="preserve">Personal med influensasymtom ska stanna hemma från arbetet. </w:t>
       </w:r>
       <w:r w:rsidR="00BB650F" w:rsidRPr="00865ADF">
         <w:t xml:space="preserve">Personal </w:t>
       </w:r>
       <w:r w:rsidR="00AD26FB" w:rsidRPr="00865ADF">
         <w:t>som insjuknar under ett arbetspass bör omedelbart gå hem.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="2FB3B0B3" w14:textId="64B48AC3" w:rsidR="00BE09F9" w:rsidRPr="00865ADF" w:rsidRDefault="00BE09F9" w:rsidP="00AD26FB">
       <w:r w:rsidRPr="00865ADF">
         <w:t xml:space="preserve">Folkhälsomyndigheten rekommenderar </w:t>
       </w:r>
       <w:r w:rsidR="002F325C" w:rsidRPr="00865ADF">
         <w:t xml:space="preserve">att all personal som arbetar </w:t>
       </w:r>
       <w:r w:rsidR="00F65997" w:rsidRPr="00865ADF">
         <w:t>nära patienter vaccineras mot influensa.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="2014D7E5" w14:textId="73E01B1E" w:rsidR="00AD26FB" w:rsidRDefault="00AD26FB" w:rsidP="00462771">
       <w:pPr>
         <w:pStyle w:val="Rubrik3"/>
       </w:pPr>
-      <w:bookmarkStart w:id="22" w:name="_Toc214441748"/>
+      <w:bookmarkStart w:id="24" w:name="_Toc219448075"/>
       <w:r w:rsidRPr="00AD26FB">
         <w:t>Besökande</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="22"/>
+      <w:bookmarkEnd w:id="24"/>
     </w:p>
     <w:p w14:paraId="6A9CBFAB" w14:textId="0C2D8CD3" w:rsidR="00AD26FB" w:rsidRPr="001F5AFB" w:rsidRDefault="00E5121F" w:rsidP="00AD26FB">
       <w:r w:rsidRPr="001F5AFB">
         <w:t>Vid nödvändiga besök bör besökare informeras om smitta och erbjudas skyddsutrustning</w:t>
       </w:r>
       <w:r w:rsidR="008E22D7" w:rsidRPr="001F5AFB">
         <w:t xml:space="preserve"> samt i</w:t>
       </w:r>
       <w:r w:rsidR="00AD26FB" w:rsidRPr="001F5AFB">
         <w:t>nstrueras i handhygien.</w:t>
       </w:r>
       <w:r w:rsidR="008E22D7" w:rsidRPr="001F5AFB">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="007A3EA8" w:rsidRPr="001F5AFB">
         <w:t>Besökare som exponerats för smitta bör ej vistas utanför patientens rum</w:t>
       </w:r>
       <w:r w:rsidR="007332F3" w:rsidRPr="001F5AFB">
         <w:t xml:space="preserve"> under inkubationstiden</w:t>
       </w:r>
       <w:r w:rsidR="007A3EA8" w:rsidRPr="001F5AFB">
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="6332F791" w14:textId="4A8021D7" w:rsidR="00CA1EF7" w:rsidRDefault="00CA1EF7" w:rsidP="00CA1EF7">
       <w:pPr>
         <w:pStyle w:val="Rubrik3"/>
       </w:pPr>
-      <w:bookmarkStart w:id="23" w:name="_Toc214441749"/>
+      <w:bookmarkStart w:id="25" w:name="_Toc219448076"/>
       <w:r>
         <w:t>Städ, tvätt och disk</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="23"/>
+      <w:bookmarkEnd w:id="25"/>
     </w:p>
     <w:p w14:paraId="48251002" w14:textId="309F0EDF" w:rsidR="00CA1EF7" w:rsidRPr="00BB650F" w:rsidRDefault="00CA1EF7" w:rsidP="00CA1EF7">
       <w:pPr>
         <w:pStyle w:val="MellanrubrikVGR"/>
       </w:pPr>
       <w:r w:rsidRPr="00BB650F">
         <w:t>Städning</w:t>
       </w:r>
       <w:r>
         <w:t>/rengöring</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="50E3FFA2" w14:textId="630788FD" w:rsidR="00CA1EF7" w:rsidRDefault="00CA1EF7" w:rsidP="00CA1EF7">
       <w:r>
         <w:t>Daglig patientnära städning/slutstädning sker enligt ordinarie rutiner.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="55D2BAB3" w14:textId="331F4620" w:rsidR="00CA1EF7" w:rsidRPr="0025062F" w:rsidRDefault="00CA1EF7" w:rsidP="00CA1EF7">
       <w:r>
-        <w:lastRenderedPageBreak/>
         <w:t>Punktdesinfektion utförs med alkoholbaserat ytdesinfektionsmedel vid spill och stänk</w:t>
       </w:r>
       <w:r w:rsidR="00355A45">
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="10513E7F" w14:textId="01AC4024" w:rsidR="00CA1EF7" w:rsidRPr="00AD26FB" w:rsidRDefault="00CA1EF7" w:rsidP="00CA1EF7">
       <w:pPr>
         <w:pStyle w:val="MellanrubrikVGR"/>
       </w:pPr>
       <w:r w:rsidRPr="00AD26FB">
+        <w:lastRenderedPageBreak/>
         <w:t>Tvätt och avfall</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="17D73CF8" w14:textId="5C896856" w:rsidR="00CA1EF7" w:rsidRDefault="00CA1EF7" w:rsidP="00CA1EF7">
       <w:r>
         <w:t xml:space="preserve">Hanteras som vanligt </w:t>
       </w:r>
       <w:r w:rsidR="00EE7C52">
         <w:t>det vill säga</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> endast kraftigt förorenad tvätt och avfall skickas som smittförande.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="374ABDBA" w14:textId="7824FCA9" w:rsidR="00CA1EF7" w:rsidRDefault="00CA1EF7" w:rsidP="00CA1EF7">
       <w:pPr>
         <w:pStyle w:val="MellanrubrikVGR"/>
       </w:pPr>
       <w:r>
         <w:t>Disk</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="495D54EC" w14:textId="3DFDC586" w:rsidR="00CA1EF7" w:rsidRDefault="00CA1EF7" w:rsidP="00CA1EF7">
       <w:r>
         <w:t>Disk hanteras som vanligt det vill säga skickas till centralkök eller i avdelningens diskmaskin</w:t>
       </w:r>
       <w:r w:rsidR="00355A45">
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="63F42C47" w14:textId="219C1EE6" w:rsidR="005A1D21" w:rsidRDefault="005A1D21" w:rsidP="005A1D21">
       <w:pPr>
         <w:pStyle w:val="Rubrik2"/>
       </w:pPr>
-      <w:bookmarkStart w:id="24" w:name="_Toc214272700"/>
-      <w:bookmarkStart w:id="25" w:name="_Toc214441750"/>
+      <w:bookmarkStart w:id="26" w:name="_Toc214272700"/>
+      <w:bookmarkStart w:id="27" w:name="_Toc219448077"/>
       <w:r>
         <w:t>Ansvar</w:t>
       </w:r>
       <w:r w:rsidR="00E63C92">
         <w:t xml:space="preserve"> och avsteg</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="24"/>
-      <w:bookmarkEnd w:id="25"/>
+      <w:bookmarkEnd w:id="26"/>
+      <w:bookmarkEnd w:id="27"/>
     </w:p>
     <w:p w14:paraId="028469B7" w14:textId="58AEFEEC" w:rsidR="00432322" w:rsidRPr="00DD5AC4" w:rsidRDefault="00432322" w:rsidP="00432322">
       <w:r w:rsidRPr="00432322">
         <w:t>Linjechef ansvarar för att denna rutin är känd och följs av alla medarbetare.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="2CD83333" w14:textId="79D5F566" w:rsidR="00432322" w:rsidRPr="00432322" w:rsidRDefault="00432322" w:rsidP="00432322">
       <w:r w:rsidRPr="00432322">
         <w:t>Hälso- och sjukvårdspersonal är ansvariga för att rapportera vårdskador som en avvikelseanmälan. En vårdrelaterad infektion är en vårdskada om man inte vidtagit de adekvata åtgärder som hade kunnat förhindra infektionen</w:t>
       </w:r>
       <w:r w:rsidR="00B952CA">
         <w:t xml:space="preserve"> (5).</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="7D30FB53" w14:textId="20343594" w:rsidR="00432322" w:rsidRPr="00432322" w:rsidRDefault="00432322" w:rsidP="00432322">
       <w:r w:rsidRPr="00432322">
         <w:t>Medvetet avsteg från denna rutin dokumenteras i patientjournal om avsteg är kopplat till patient. Annan orsak till avsteg rapporteras i MedControl PRO eller befintligt avvikelsehanteringssystem.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="74C1922D" w14:textId="77777777" w:rsidR="009A32ED" w:rsidRDefault="009A32ED" w:rsidP="009A32ED">
       <w:pPr>
         <w:pStyle w:val="Rubrik2"/>
         <w:ind w:right="-143"/>
         <w:rPr>
           <w:color w:val="auto"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="26" w:name="_Toc100327193"/>
-[...1 lines deleted...]
-      <w:bookmarkStart w:id="28" w:name="_Toc214441751"/>
+      <w:bookmarkStart w:id="28" w:name="_Toc100327193"/>
+      <w:bookmarkStart w:id="29" w:name="_Toc214272701"/>
+      <w:bookmarkStart w:id="30" w:name="_Toc219448078"/>
       <w:bookmarkEnd w:id="18"/>
       <w:r w:rsidRPr="00A74A35">
         <w:rPr>
           <w:color w:val="auto"/>
         </w:rPr>
         <w:t>Relaterad information</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="26"/>
-      <w:bookmarkEnd w:id="27"/>
       <w:bookmarkEnd w:id="28"/>
+      <w:bookmarkEnd w:id="29"/>
+      <w:bookmarkEnd w:id="30"/>
+    </w:p>
+    <w:p w14:paraId="5EB875C5" w14:textId="2FE51F95" w:rsidR="001B6BC6" w:rsidRPr="001B6BC6" w:rsidRDefault="001B6BC6" w:rsidP="001B6BC6">
+      <w:r>
+        <w:t xml:space="preserve">Läkemedelsverket </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId17" w:anchor="hmainbody1" w:history="1">
+        <w:r w:rsidRPr="00D115C5">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlnk"/>
+          </w:rPr>
+          <w:t>Behandling och profylax vid influensa – behandlingsrekommendation</w:t>
+        </w:r>
+      </w:hyperlink>
     </w:p>
     <w:p w14:paraId="09246ACE" w14:textId="070C4ABF" w:rsidR="00DD5AC4" w:rsidRPr="00DD5AC4" w:rsidRDefault="00DD5AC4" w:rsidP="00DD5AC4">
       <w:r w:rsidRPr="00DD5AC4">
         <w:t xml:space="preserve">Regional riktlinje - </w:t>
       </w:r>
-      <w:hyperlink r:id="rId17" w:tgtFrame="_blank" w:history="1">
+      <w:hyperlink r:id="rId18" w:tgtFrame="_blank" w:history="1">
         <w:r w:rsidRPr="00DD5AC4">
           <w:rPr>
             <w:rStyle w:val="Hyperlnk"/>
           </w:rPr>
           <w:t>Luftvägssmitta vårdhygieniska aspekter</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p w14:paraId="55221F40" w14:textId="19AB11B4" w:rsidR="00DD5AC4" w:rsidRPr="00DD5AC4" w:rsidRDefault="00DD5AC4" w:rsidP="00DD5AC4">
       <w:r w:rsidRPr="00DD5AC4">
         <w:t>Regional rutin</w:t>
       </w:r>
       <w:r w:rsidR="00F23287">
         <w:t xml:space="preserve">  </w:t>
       </w:r>
-      <w:hyperlink r:id="rId18" w:history="1">
+      <w:hyperlink r:id="rId19" w:history="1">
         <w:r w:rsidR="00B80E77" w:rsidRPr="0086127C">
           <w:rPr>
             <w:rStyle w:val="Hyperlnk"/>
           </w:rPr>
           <w:t>Instruktio</w:t>
         </w:r>
         <w:r w:rsidR="00251E69" w:rsidRPr="0086127C">
           <w:rPr>
             <w:rStyle w:val="Hyperlnk"/>
           </w:rPr>
           <w:t>n för användning av andningskydd</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p w14:paraId="726DF3B8" w14:textId="4789E14C" w:rsidR="00DD5AC4" w:rsidRPr="00DD5AC4" w:rsidRDefault="00DD5AC4" w:rsidP="00DD5AC4">
       <w:r w:rsidRPr="00DD5AC4">
         <w:t xml:space="preserve">Rutin SkaS </w:t>
       </w:r>
-      <w:hyperlink r:id="rId19" w:tgtFrame="_blank" w:history="1">
+      <w:hyperlink r:id="rId20" w:tgtFrame="_blank" w:history="1">
         <w:r w:rsidRPr="00DD5AC4">
           <w:rPr>
             <w:rStyle w:val="Hyperlnk"/>
           </w:rPr>
           <w:t>Influensa - antiviral terapi till vuxna (vgregion.se)</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p w14:paraId="7F2BDEC3" w14:textId="0F95010C" w:rsidR="00DD5AC4" w:rsidRDefault="00DD5AC4" w:rsidP="00DD5AC4">
       <w:r w:rsidRPr="00DD5AC4">
         <w:t xml:space="preserve">Rutin SkaS </w:t>
       </w:r>
-      <w:hyperlink r:id="rId20" w:tgtFrame="_blank" w:history="1">
+      <w:hyperlink r:id="rId21" w:tgtFrame="_blank" w:history="1">
         <w:r w:rsidRPr="00DD5AC4">
           <w:rPr>
             <w:rStyle w:val="Hyperlnk"/>
           </w:rPr>
           <w:t>Vårdhygieniska riskfaktorer för smittspridning i vård och omsorg</w:t>
         </w:r>
       </w:hyperlink>
-    </w:p>
-[...14 lines deleted...]
-      </w:r>
     </w:p>
     <w:p w14:paraId="6C03FF6C" w14:textId="4C8B0AD9" w:rsidR="00427A8D" w:rsidRPr="00DD5AC4" w:rsidRDefault="00427A8D" w:rsidP="00427A8D">
       <w:r>
         <w:t xml:space="preserve">Vårdhandboken </w:t>
       </w:r>
       <w:r w:rsidRPr="00BC33D1">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:hyperlink r:id="rId22" w:history="1">
         <w:r w:rsidRPr="00427A8D">
           <w:rPr>
             <w:rStyle w:val="Hyperlnk"/>
           </w:rPr>
           <w:t>Basal hygien och klädregler</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p w14:paraId="02854551" w14:textId="77777777" w:rsidR="00E74EA8" w:rsidRDefault="00DD5AC4" w:rsidP="00E74EA8">
       <w:r w:rsidRPr="00DD5AC4">
         <w:t xml:space="preserve">Vårdhandboken </w:t>
       </w:r>
       <w:hyperlink r:id="rId23" w:tgtFrame="_blank" w:history="1">
         <w:r w:rsidRPr="00DD5AC4">
           <w:rPr>
             <w:rStyle w:val="Hyperlnk"/>
           </w:rPr>
           <w:t>Vårdhygien, infektioner och smittspridning, förebyggande rutiner</w:t>
         </w:r>
       </w:hyperlink>
-      <w:bookmarkStart w:id="29" w:name="_Toc214272702"/>
+      <w:bookmarkStart w:id="31" w:name="_Toc214272702"/>
     </w:p>
     <w:p w14:paraId="01472545" w14:textId="60E3140E" w:rsidR="009A32ED" w:rsidRDefault="009A32ED" w:rsidP="00E74EA8">
       <w:pPr>
         <w:pStyle w:val="Rubrik2"/>
       </w:pPr>
-      <w:bookmarkStart w:id="30" w:name="_Toc100327195"/>
-      <w:bookmarkStart w:id="31" w:name="_Toc214441752"/>
+      <w:bookmarkStart w:id="32" w:name="_Toc100327195"/>
+      <w:bookmarkStart w:id="33" w:name="_Toc219448079"/>
       <w:r w:rsidRPr="000D04ED">
         <w:lastRenderedPageBreak/>
         <w:t>Källförteckning</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="29"/>
-      <w:bookmarkEnd w:id="30"/>
       <w:bookmarkEnd w:id="31"/>
+      <w:bookmarkEnd w:id="32"/>
+      <w:bookmarkEnd w:id="33"/>
     </w:p>
     <w:p w14:paraId="131A71D9" w14:textId="04A7BA4B" w:rsidR="00A5262F" w:rsidRPr="00645359" w:rsidRDefault="00A5262F" w:rsidP="00A5262F">
       <w:r>
         <w:t xml:space="preserve">1. </w:t>
       </w:r>
       <w:r w:rsidR="003E221C" w:rsidRPr="003E221C">
         <w:t>Sjukdomsinformation om influensa</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> (</w:t>
       </w:r>
       <w:r w:rsidR="00142079">
         <w:t xml:space="preserve">HSLF-FS </w:t>
       </w:r>
       <w:r>
         <w:t>2024</w:t>
       </w:r>
       <w:r w:rsidR="00142079">
         <w:t>) [Internet]. Stockholm: Folkhälsomyndigheten [citerad 19 november 2025]. Hämtad från:</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:i/>
           <w:iCs/>
         </w:rPr>
@@ -2333,77 +2709,77 @@
         <w:r w:rsidRPr="00645359">
           <w:rPr>
             <w:rStyle w:val="Hyperlnk"/>
           </w:rPr>
           <w:t>https://www.folkhalsomyndigheten.se/smittskydd-beredskap/smittsamma-sjukdomar/sjukdomsinformation-om-influensa</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:i/>
           <w:iCs/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="4A6B91CA" w14:textId="34EE7BAD" w:rsidR="00A5262F" w:rsidRPr="00A5262F" w:rsidRDefault="00A5262F" w:rsidP="00A5262F">
       <w:r>
         <w:t xml:space="preserve">2. </w:t>
       </w:r>
       <w:r w:rsidR="00142079" w:rsidRPr="008C582E">
         <w:t>Åtgärder mot smittspridning av virusorsakade luftvägsinfektioner inom vård och omsorg</w:t>
       </w:r>
       <w:r w:rsidR="00142079">
         <w:t xml:space="preserve"> (HSLF-FS 2024) [Internet]. Stockholm: Folkhälsomyndigheten [citerad 19 november 2025]. Hämtad från: </w:t>
       </w:r>
-      <w:bookmarkStart w:id="32" w:name="_Hlk214441491"/>
+      <w:bookmarkStart w:id="34" w:name="_Hlk214441491"/>
       <w:r>
         <w:fldChar w:fldCharType="begin"/>
       </w:r>
       <w:r>
         <w:instrText>HYPERLINK "https://www.folkhalsomyndigheten.se/contentassets/b65793b1afd54b18b083631a125a8992/atgader-smittspridning-virusorsakade-luftvagsinfektioner-vard-och-omsorg.pdf"</w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r w:rsidRPr="00C007CA">
         <w:rPr>
           <w:rStyle w:val="Hyperlnk"/>
         </w:rPr>
         <w:t>https://www.folkhalsomyndigheten.se/contentassets/b65793b1afd54b18b083631a125a8992/atgader-smittspridning-virusorsakade-luftvagsinfektioner-vard-och-omsorg.pdf</w:t>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:i/>
           <w:iCs/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:bookmarkEnd w:id="32"/>
+      <w:bookmarkEnd w:id="34"/>
     </w:p>
     <w:p w14:paraId="7EB40112" w14:textId="4414DCFC" w:rsidR="0093267C" w:rsidRPr="0093267C" w:rsidRDefault="00A5262F" w:rsidP="0093267C">
       <w:r>
         <w:t>3</w:t>
       </w:r>
       <w:r w:rsidR="0093267C">
         <w:t xml:space="preserve">. </w:t>
       </w:r>
       <w:r w:rsidR="0093267C" w:rsidRPr="000E7A58">
         <w:t xml:space="preserve">Arbetsmiljöverkets föreskrifter och allmänna råd </w:t>
       </w:r>
       <w:r w:rsidR="000E7A58" w:rsidRPr="000E7A58">
         <w:t xml:space="preserve">(AFS 2023:11) </w:t>
       </w:r>
       <w:r w:rsidR="0093267C" w:rsidRPr="000E7A58">
         <w:t>om arbetsutrustning och personlig skyddsutrustning – säker användning</w:t>
       </w:r>
       <w:r w:rsidR="000E7A58">
         <w:rPr>
           <w:i/>
           <w:iCs/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="000E7A58" w:rsidRPr="000E7A58">
@@ -2515,108 +2891,108 @@
         <w:t xml:space="preserve">  </w:t>
       </w:r>
     </w:p>
     <w:sectPr w:rsidR="006D6953" w:rsidRPr="00B81F3A" w:rsidSect="0034374F">
       <w:headerReference w:type="even" r:id="rId28"/>
       <w:headerReference w:type="default" r:id="rId29"/>
       <w:footerReference w:type="even" r:id="rId30"/>
       <w:footerReference w:type="default" r:id="rId31"/>
       <w:headerReference w:type="first" r:id="rId32"/>
       <w:footerReference w:type="first" r:id="rId33"/>
       <w:pgSz w:w="11900" w:h="16840"/>
       <w:pgMar w:top="1418" w:right="1979" w:bottom="1276" w:left="992" w:header="284" w:footer="737" w:gutter="0"/>
       <w:pgNumType w:start="1"/>
       <w:cols w:space="708"/>
       <w:noEndnote/>
       <w:titlePg/>
       <w:docGrid w:linePitch="326"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="51C194AE" w14:textId="77777777" w:rsidR="005E2453" w:rsidRDefault="005E2453">
+    <w:p w14:paraId="41F3A632" w14:textId="77777777" w:rsidR="00064DDE" w:rsidRDefault="00064DDE">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="494B52BE" w14:textId="77777777" w:rsidR="005E2453" w:rsidRDefault="005E2453">
+    <w:p w14:paraId="7853FD71" w14:textId="77777777" w:rsidR="00064DDE" w:rsidRDefault="00064DDE">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationNotice" w:id="1">
-    <w:p w14:paraId="741518E8" w14:textId="77777777" w:rsidR="005E2453" w:rsidRDefault="005E2453">
+    <w:p w14:paraId="21E68CEC" w14:textId="77777777" w:rsidR="00064DDE" w:rsidRDefault="00064DDE">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier">
     <w:panose1 w:val="02070409020205020404"/>
     <w:charset w:val="00"/>
-    <w:family w:val="modern"/>
-    <w:pitch w:val="fixed"/>
+    <w:family w:val="auto"/>
+    <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000003" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Georgia">
     <w:panose1 w:val="02040502050405020303"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000287" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="0000009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Verdana">
     <w:panose1 w:val="020B0604030504040204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="A00006FF" w:usb1="4000205B" w:usb2="00000010" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="MS Gothic">
     <w:altName w:val="ＭＳ ゴシック"/>
     <w:panose1 w:val="020B0609070205080204"/>
     <w:charset w:val="80"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E00002FF" w:usb1="6AC7FDFB" w:usb2="08000012" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
@@ -2772,61 +3148,61 @@
         <w:r>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
         <w:r>
           <w:t>2</w:t>
         </w:r>
         <w:r>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:p>
     </w:sdtContent>
   </w:sdt>
   <w:p w14:paraId="1950D7C9" w14:textId="0A353A5B" w:rsidR="0034374F" w:rsidRDefault="0034374F" w:rsidP="00FB2F0F">
     <w:pPr>
       <w:pStyle w:val="Sidfot"/>
       <w:ind w:left="6237" w:hanging="141"/>
       <w:jc w:val="left"/>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="2CE36C53" w14:textId="77777777" w:rsidR="005E2453" w:rsidRDefault="005E2453"/>
+    <w:p w14:paraId="0C8795CF" w14:textId="77777777" w:rsidR="00064DDE" w:rsidRDefault="00064DDE"/>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="6B81AA18" w14:textId="77777777" w:rsidR="005E2453" w:rsidRDefault="005E2453">
+    <w:p w14:paraId="11ADF4F2" w14:textId="77777777" w:rsidR="00064DDE" w:rsidRDefault="00064DDE">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationNotice" w:id="1">
-    <w:p w14:paraId="5B97356A" w14:textId="77777777" w:rsidR="005E2453" w:rsidRDefault="005E2453">
+    <w:p w14:paraId="1C4231C0" w14:textId="77777777" w:rsidR="00064DDE" w:rsidRDefault="00064DDE">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="2D2FD830" w14:textId="77777777" w:rsidR="00826C86" w:rsidRDefault="00826C86">
     <w:pPr>
       <w:pStyle w:val="Sidhuvud"/>
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/header2.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="499CB8ED" w14:textId="77777777" w:rsidR="00826C86" w:rsidRDefault="005A3381">
     <w:pPr>
       <w:pStyle w:val="Sidhuvud"/>
     </w:pPr>
     <w:r>
@@ -4543,50 +4919,163 @@
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="8008"/>
         </w:tabs>
         <w:ind w:left="8008" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="8728"/>
         </w:tabs>
         <w:ind w:left="8728" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="14" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="308D5C93"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="3ECC798C"/>
+    <w:lvl w:ilvl="0" w:tplc="041D0001">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1287" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="041D0003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2007" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="041D0005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2727" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="041D0001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3447" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="041D0003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4167" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="041D0005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4887" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="041D0001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5607" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="041D0003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6327" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="041D0005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="7047" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="15" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="38A42FB9"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="09EA9066"/>
     <w:lvl w:ilvl="0" w:tplc="041D0001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -4682,51 +5171,51 @@
         <w:tabs>
           <w:tab w:val="num" w:pos="5760"/>
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="15" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="16" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="3A2A1770"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="D258F856"/>
     <w:lvl w:ilvl="0" w:tplc="041D000F">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="041D0019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="041D001B" w:tentative="1">
@@ -4771,51 +5260,51 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="041D0019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="041D001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="16" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="17" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="3B474E09"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="DDF0BC38"/>
     <w:lvl w:ilvl="0" w:tplc="34668BAA">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:pStyle w:val="Punktlista"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1077" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1797" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
@@ -4885,51 +5374,51 @@
     <w:lvl w:ilvl="7" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6117" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6837" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="17" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="18" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="3DF519A6"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="62D035A0"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="3"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="1440"/>
         </w:tabs>
         <w:ind w:left="1440" w:hanging="360"/>
@@ -4998,51 +5487,51 @@
     <w:lvl w:ilvl="7" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="5760"/>
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="18" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="19" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="408B4C4C"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="0A68B63C"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="1440"/>
         </w:tabs>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="2160"/>
         </w:tabs>
         <w:ind w:left="2160" w:hanging="360"/>
@@ -5111,51 +5600,51 @@
     <w:lvl w:ilvl="7" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="7200"/>
         </w:tabs>
         <w:ind w:left="7200" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="19" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="20" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="40C928FF"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="0AE0B72A"/>
     <w:lvl w:ilvl="0" w:tplc="041D0001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1712" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2432" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
@@ -5224,51 +5713,51 @@
     <w:lvl w:ilvl="7" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6752" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="7472" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="20" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="21" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="42196C05"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="741857FC"/>
     <w:lvl w:ilvl="0" w:tplc="71B6B2F8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
         <w:color w:val="auto"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
@@ -5365,51 +5854,51 @@
         <w:tabs>
           <w:tab w:val="num" w:pos="5760"/>
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="21" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="22" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="47F07582"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="681439B8"/>
     <w:lvl w:ilvl="0" w:tplc="041D0001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1287" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="FFFFFFFF" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2007" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
@@ -5478,51 +5967,51 @@
     <w:lvl w:ilvl="7" w:tplc="FFFFFFFF" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6327" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="FFFFFFFF" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="7047" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="22" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="23" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="4B872F35"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="88EC2EA8"/>
     <w:lvl w:ilvl="0" w:tplc="041D000F">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1287" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="041D0019">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2007" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="041D001B">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
@@ -5564,51 +6053,51 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5607" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="041D0019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6327" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="041D001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="7047" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="23" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="24" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="4F897642"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="1D86E3E6"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="2"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="2968"/>
         </w:tabs>
         <w:ind w:left="2968" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="3688"/>
         </w:tabs>
         <w:ind w:left="3688" w:hanging="360"/>
@@ -5677,51 +6166,51 @@
     <w:lvl w:ilvl="7" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="8008"/>
         </w:tabs>
         <w:ind w:left="8008" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="8728"/>
         </w:tabs>
         <w:ind w:left="8728" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="24" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="25" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="512E26C6"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="87DA3318"/>
     <w:lvl w:ilvl="0" w:tplc="11C8A648">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="927" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="default"/>
         <w:color w:val="auto"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1647" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
@@ -5791,51 +6280,51 @@
     <w:lvl w:ilvl="7" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5967" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6687" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="25" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="26" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="5142173D"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="6C7075AA"/>
     <w:lvl w:ilvl="0" w:tplc="041D000F">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1287" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="041D0019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2007" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="041D001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
@@ -5877,51 +6366,51 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5607" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="041D0019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6327" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="041D001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="7047" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="26" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="27" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="51AB58F1"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="97200AA0"/>
     <w:lvl w:ilvl="0" w:tplc="041D0001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1712" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2432" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
@@ -5990,51 +6479,51 @@
     <w:lvl w:ilvl="7" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6752" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="7472" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="27" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="28" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="54340635"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="1B6660C0"/>
     <w:lvl w:ilvl="0" w:tplc="05061E3A">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:pStyle w:val="Liststycke"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="717" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
@@ -6104,51 +6593,51 @@
     <w:lvl w:ilvl="7" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="7200" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="28" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="29" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="575E01E6"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="E154E454"/>
     <w:lvl w:ilvl="0" w:tplc="041D0001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
@@ -6217,51 +6706,51 @@
     <w:lvl w:ilvl="7" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="29" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="30" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="57B6389F"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="EF96F902"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
@@ -6366,51 +6855,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="30" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="31" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="5D392C91"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="DCBEE02E"/>
     <w:lvl w:ilvl="0" w:tplc="041D000F">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1080" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="041D0019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1800" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="041D001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
@@ -6452,51 +6941,51 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5400" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="041D0019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6120" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="041D001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6840" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="31" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="32" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="5D4616C2"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="ADB8FD16"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
@@ -6601,51 +7090,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="32" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="33" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="5F602B26"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="20F474B0"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
@@ -6750,51 +7239,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="33" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="34" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="601A1369"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="C42095B4"/>
     <w:lvl w:ilvl="0" w:tplc="041D0001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1287" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2007" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
@@ -6863,51 +7352,51 @@
     <w:lvl w:ilvl="7" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6327" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="7047" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="34" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="35" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="69FA71E5"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="6A90A284"/>
     <w:lvl w:ilvl="0" w:tplc="11C8A648">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1494" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="default"/>
         <w:color w:val="auto"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2007" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
@@ -6977,51 +7466,51 @@
     <w:lvl w:ilvl="7" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6327" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="7047" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="35" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="36" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="6A981F66"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="93E4207A"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
@@ -7126,51 +7615,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="36" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="37" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="6AF3337D"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="EF1819AE"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
@@ -7275,51 +7764,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="37" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="38" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="706B1852"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="4FB2CAB0"/>
     <w:lvl w:ilvl="0" w:tplc="041D0001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier" w:hAnsi="Courier" w:hint="default"/>
@@ -7388,51 +7877,51 @@
     <w:lvl w:ilvl="7" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier" w:hAnsi="Courier" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="38" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="39" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="73F96A7C"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="8FFC49E4"/>
     <w:lvl w:ilvl="0" w:tplc="103E5850">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="927" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="041D0019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1647" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="041D001B" w:tentative="1">
@@ -7477,51 +7966,51 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5247" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="041D0019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5967" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="041D001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6687" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="39" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="40" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="772B033E"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="133AE8DA"/>
     <w:lvl w:ilvl="0" w:tplc="041D000F">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1287" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="041D0019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2007" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="041D001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
@@ -7563,51 +8052,51 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5607" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="041D0019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6327" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="041D001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="7047" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="40" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="41" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="78F3663E"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="3F2AA404"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="1440"/>
         </w:tabs>
         <w:ind w:left="1440" w:hanging="360"/>
@@ -7676,51 +8165,51 @@
     <w:lvl w:ilvl="7" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="5760"/>
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="41" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="42" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="7AA5697B"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="A38234C8"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="2"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="1440"/>
         </w:tabs>
         <w:ind w:left="1440" w:hanging="360"/>
@@ -7789,51 +8278,51 @@
     <w:lvl w:ilvl="7" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="5760"/>
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="42" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="43" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="7C077AA9"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="DDC0C0DE"/>
     <w:lvl w:ilvl="0" w:tplc="041D0001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1712" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2432" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
@@ -7902,51 +8391,51 @@
     <w:lvl w:ilvl="7" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6752" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="7472" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="43" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="44" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="7EA41BCB"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="CAEC6EFE"/>
     <w:lvl w:ilvl="0" w:tplc="041D0001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
@@ -8016,355 +8505,369 @@
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1" w16cid:durableId="1097872030">
-    <w:abstractNumId w:val="43"/>
+    <w:abstractNumId w:val="44"/>
   </w:num>
   <w:num w:numId="2" w16cid:durableId="1033069816">
-    <w:abstractNumId w:val="28"/>
+    <w:abstractNumId w:val="29"/>
   </w:num>
   <w:num w:numId="3" w16cid:durableId="615142735">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="4" w16cid:durableId="715816709">
     <w:abstractNumId w:val="10"/>
   </w:num>
   <w:num w:numId="5" w16cid:durableId="1720208998">
-    <w:abstractNumId w:val="37"/>
+    <w:abstractNumId w:val="38"/>
   </w:num>
   <w:num w:numId="6" w16cid:durableId="271667698">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="7" w16cid:durableId="373501683">
-    <w:abstractNumId w:val="20"/>
+    <w:abstractNumId w:val="21"/>
   </w:num>
   <w:num w:numId="8" w16cid:durableId="272908378">
-    <w:abstractNumId w:val="14"/>
+    <w:abstractNumId w:val="15"/>
   </w:num>
   <w:num w:numId="9" w16cid:durableId="1714578059">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="10" w16cid:durableId="1134834880">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="11" w16cid:durableId="1560899222">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="12" w16cid:durableId="1549802798">
     <w:abstractNumId w:val="8"/>
   </w:num>
   <w:num w:numId="13" w16cid:durableId="415595935">
-    <w:abstractNumId w:val="27"/>
+    <w:abstractNumId w:val="28"/>
   </w:num>
   <w:num w:numId="14" w16cid:durableId="610472046">
-    <w:abstractNumId w:val="16"/>
+    <w:abstractNumId w:val="17"/>
   </w:num>
   <w:num w:numId="15" w16cid:durableId="1250193233">
     <w:abstractNumId w:val="11"/>
   </w:num>
   <w:num w:numId="16" w16cid:durableId="243151471">
-    <w:abstractNumId w:val="26"/>
+    <w:abstractNumId w:val="27"/>
   </w:num>
   <w:num w:numId="17" w16cid:durableId="217129880">
     <w:abstractNumId w:val="9"/>
   </w:num>
   <w:num w:numId="18" w16cid:durableId="1783525316">
-    <w:abstractNumId w:val="19"/>
+    <w:abstractNumId w:val="20"/>
   </w:num>
   <w:num w:numId="19" w16cid:durableId="1485506020">
-    <w:abstractNumId w:val="42"/>
+    <w:abstractNumId w:val="43"/>
   </w:num>
   <w:num w:numId="20" w16cid:durableId="1795052461">
-    <w:abstractNumId w:val="33"/>
+    <w:abstractNumId w:val="34"/>
   </w:num>
   <w:num w:numId="21" w16cid:durableId="1221206379">
-    <w:abstractNumId w:val="21"/>
+    <w:abstractNumId w:val="22"/>
   </w:num>
   <w:num w:numId="22" w16cid:durableId="253897782">
-    <w:abstractNumId w:val="25"/>
+    <w:abstractNumId w:val="26"/>
   </w:num>
   <w:num w:numId="23" w16cid:durableId="685785341">
-    <w:abstractNumId w:val="39"/>
+    <w:abstractNumId w:val="40"/>
   </w:num>
   <w:num w:numId="24" w16cid:durableId="1084061593">
-    <w:abstractNumId w:val="38"/>
+    <w:abstractNumId w:val="39"/>
   </w:num>
   <w:num w:numId="25" w16cid:durableId="2040352763">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="26" w16cid:durableId="1858813879">
-    <w:abstractNumId w:val="24"/>
+    <w:abstractNumId w:val="25"/>
   </w:num>
   <w:num w:numId="27" w16cid:durableId="322393813">
-    <w:abstractNumId w:val="34"/>
+    <w:abstractNumId w:val="35"/>
   </w:num>
   <w:num w:numId="28" w16cid:durableId="1624847271">
-    <w:abstractNumId w:val="22"/>
+    <w:abstractNumId w:val="23"/>
   </w:num>
   <w:num w:numId="29" w16cid:durableId="2017533840">
     <w:abstractNumId w:val="7"/>
   </w:num>
   <w:num w:numId="30" w16cid:durableId="1876042055">
-    <w:abstractNumId w:val="40"/>
+    <w:abstractNumId w:val="41"/>
   </w:num>
   <w:num w:numId="31" w16cid:durableId="379331095">
-    <w:abstractNumId w:val="41"/>
+    <w:abstractNumId w:val="42"/>
   </w:num>
   <w:num w:numId="32" w16cid:durableId="1215313553">
-    <w:abstractNumId w:val="17"/>
+    <w:abstractNumId w:val="18"/>
   </w:num>
   <w:num w:numId="33" w16cid:durableId="398672171">
-    <w:abstractNumId w:val="30"/>
+    <w:abstractNumId w:val="31"/>
   </w:num>
   <w:num w:numId="34" w16cid:durableId="2053992393">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="35" w16cid:durableId="1494948205">
     <w:abstractNumId w:val="12"/>
   </w:num>
   <w:num w:numId="36" w16cid:durableId="381052925">
-    <w:abstractNumId w:val="18"/>
+    <w:abstractNumId w:val="19"/>
   </w:num>
   <w:num w:numId="37" w16cid:durableId="498809197">
     <w:abstractNumId w:val="13"/>
   </w:num>
   <w:num w:numId="38" w16cid:durableId="953250098">
-    <w:abstractNumId w:val="23"/>
+    <w:abstractNumId w:val="24"/>
   </w:num>
   <w:num w:numId="39" w16cid:durableId="465591484">
-    <w:abstractNumId w:val="15"/>
+    <w:abstractNumId w:val="16"/>
   </w:num>
   <w:num w:numId="40" w16cid:durableId="725572173">
     <w:abstractNumId w:val="2"/>
   </w:num>
   <w:num w:numId="41" w16cid:durableId="1925724177">
-    <w:abstractNumId w:val="31"/>
+    <w:abstractNumId w:val="32"/>
   </w:num>
   <w:num w:numId="42" w16cid:durableId="875040706">
-    <w:abstractNumId w:val="29"/>
+    <w:abstractNumId w:val="30"/>
   </w:num>
   <w:num w:numId="43" w16cid:durableId="1254390277">
+    <w:abstractNumId w:val="37"/>
+  </w:num>
+  <w:num w:numId="44" w16cid:durableId="196939179">
+    <w:abstractNumId w:val="33"/>
+  </w:num>
+  <w:num w:numId="45" w16cid:durableId="637296440">
     <w:abstractNumId w:val="36"/>
   </w:num>
-  <w:num w:numId="44" w16cid:durableId="196939179">
-[...3 lines deleted...]
-    <w:abstractNumId w:val="35"/>
+  <w:num w:numId="46" w16cid:durableId="891383189">
+    <w:abstractNumId w:val="14"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:zoom w:percent="120"/>
   <w:removePersonalInformation/>
   <w:removeDateAndTime/>
   <w:embedSystemFonts/>
   <w:attachedTemplate r:id="rId1"/>
   <w:stylePaneFormatFilter w:val="D804" w:allStyles="0" w:customStyles="0" w:latentStyles="1" w:stylesInUse="0" w:headingStyles="0" w:numberingStyles="0" w:tableStyles="0" w:directFormattingOnRuns="0" w:directFormattingOnParagraphs="0" w:directFormattingOnNumbering="0" w:directFormattingOnTables="1" w:clearFormatting="1" w:top3HeadingStyles="0" w:visibleStyles="1" w:alternateStyleNames="1"/>
   <w:documentProtection w:formatting="1" w:enforcement="0"/>
   <w:styleLockTheme/>
   <w:styleLockQFSet/>
   <w:defaultTabStop w:val="1304"/>
   <w:hyphenationZone w:val="425"/>
   <w:displayHorizontalDrawingGridEvery w:val="0"/>
   <w:displayVerticalDrawingGridEvery w:val="0"/>
   <w:doNotUseMarginsForDrawingGridOrigin/>
   <w:noPunctuationKerning/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050" strokecolor="#4a773c">
       <v:stroke color="#4a773c" weight="1pt"/>
       <v:shadow opacity="24903f" origin=",.5" offset="0,.55556mm"/>
       <o:colormru v:ext="edit" colors="#4a773c"/>
     </o:shapedefaults>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
     <w:footnote w:id="1"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
     <w:endnote w:id="1"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="006B0E51"/>
+    <w:rsid w:val="000041E0"/>
     <w:rsid w:val="000051D5"/>
     <w:rsid w:val="00006C59"/>
     <w:rsid w:val="00006D2A"/>
+    <w:rsid w:val="00007288"/>
     <w:rsid w:val="00010D47"/>
     <w:rsid w:val="0001102A"/>
     <w:rsid w:val="000130A3"/>
     <w:rsid w:val="00013BE7"/>
     <w:rsid w:val="00016CF0"/>
     <w:rsid w:val="00023363"/>
+    <w:rsid w:val="000257CB"/>
     <w:rsid w:val="00030DDD"/>
     <w:rsid w:val="000313BB"/>
     <w:rsid w:val="00033ED5"/>
     <w:rsid w:val="00043E9C"/>
     <w:rsid w:val="00050500"/>
     <w:rsid w:val="0005691C"/>
     <w:rsid w:val="00056ECB"/>
     <w:rsid w:val="00056ED5"/>
     <w:rsid w:val="000578DD"/>
     <w:rsid w:val="00061969"/>
     <w:rsid w:val="00062CAC"/>
     <w:rsid w:val="00063897"/>
+    <w:rsid w:val="00064DDE"/>
     <w:rsid w:val="000655CC"/>
     <w:rsid w:val="00067562"/>
     <w:rsid w:val="000700AE"/>
     <w:rsid w:val="0008095A"/>
     <w:rsid w:val="00084024"/>
     <w:rsid w:val="00085CEF"/>
     <w:rsid w:val="0009062C"/>
     <w:rsid w:val="000916F6"/>
     <w:rsid w:val="00095368"/>
     <w:rsid w:val="000954C4"/>
     <w:rsid w:val="000A47DD"/>
     <w:rsid w:val="000A611A"/>
+    <w:rsid w:val="000A7D3F"/>
     <w:rsid w:val="000B12D9"/>
     <w:rsid w:val="000B4536"/>
     <w:rsid w:val="000B6A47"/>
     <w:rsid w:val="000B7715"/>
     <w:rsid w:val="000C05FF"/>
     <w:rsid w:val="000D0219"/>
     <w:rsid w:val="000D2E14"/>
     <w:rsid w:val="000D4D6A"/>
     <w:rsid w:val="000E463B"/>
     <w:rsid w:val="000E5A7E"/>
     <w:rsid w:val="000E733C"/>
     <w:rsid w:val="000E7A58"/>
     <w:rsid w:val="000F25E5"/>
     <w:rsid w:val="000F43A3"/>
     <w:rsid w:val="000F7681"/>
     <w:rsid w:val="001011EC"/>
     <w:rsid w:val="00103031"/>
     <w:rsid w:val="001044FE"/>
+    <w:rsid w:val="00105509"/>
     <w:rsid w:val="001108C0"/>
     <w:rsid w:val="00111CB2"/>
     <w:rsid w:val="001139D4"/>
     <w:rsid w:val="00113E3F"/>
     <w:rsid w:val="00131B08"/>
     <w:rsid w:val="00132A59"/>
     <w:rsid w:val="00133337"/>
     <w:rsid w:val="00133A0F"/>
     <w:rsid w:val="001342AC"/>
     <w:rsid w:val="0013513B"/>
     <w:rsid w:val="0013580F"/>
     <w:rsid w:val="00137B6D"/>
     <w:rsid w:val="0014070B"/>
     <w:rsid w:val="00142079"/>
     <w:rsid w:val="001422C1"/>
     <w:rsid w:val="0014786C"/>
     <w:rsid w:val="00150673"/>
     <w:rsid w:val="001522AE"/>
     <w:rsid w:val="00157D5B"/>
     <w:rsid w:val="00161FE6"/>
     <w:rsid w:val="00162793"/>
     <w:rsid w:val="00164C3D"/>
     <w:rsid w:val="00166D3A"/>
     <w:rsid w:val="001738B8"/>
     <w:rsid w:val="0017508E"/>
     <w:rsid w:val="00181982"/>
     <w:rsid w:val="00181FDC"/>
+    <w:rsid w:val="001832A8"/>
     <w:rsid w:val="00184167"/>
+    <w:rsid w:val="00185D34"/>
     <w:rsid w:val="001860B9"/>
     <w:rsid w:val="00186F2B"/>
     <w:rsid w:val="001874D6"/>
     <w:rsid w:val="0019616C"/>
     <w:rsid w:val="0019632A"/>
     <w:rsid w:val="001A0A67"/>
     <w:rsid w:val="001A2986"/>
     <w:rsid w:val="001A4E7C"/>
+    <w:rsid w:val="001A7746"/>
     <w:rsid w:val="001B3C5A"/>
+    <w:rsid w:val="001B6BC6"/>
     <w:rsid w:val="001B762C"/>
     <w:rsid w:val="001C0381"/>
     <w:rsid w:val="001C4D0A"/>
     <w:rsid w:val="001C5FEF"/>
     <w:rsid w:val="001D1642"/>
     <w:rsid w:val="001E22B9"/>
     <w:rsid w:val="001E3789"/>
     <w:rsid w:val="001E4AE2"/>
     <w:rsid w:val="001E6D1B"/>
     <w:rsid w:val="001F072F"/>
     <w:rsid w:val="001F5AFB"/>
     <w:rsid w:val="002064D9"/>
     <w:rsid w:val="00211222"/>
     <w:rsid w:val="00211487"/>
     <w:rsid w:val="00211D91"/>
     <w:rsid w:val="00217DEC"/>
     <w:rsid w:val="00222C4A"/>
     <w:rsid w:val="00225936"/>
     <w:rsid w:val="00233742"/>
     <w:rsid w:val="00235B57"/>
     <w:rsid w:val="00240B2A"/>
     <w:rsid w:val="00250F24"/>
     <w:rsid w:val="00251E69"/>
     <w:rsid w:val="002523C5"/>
     <w:rsid w:val="0025380B"/>
     <w:rsid w:val="00254E9A"/>
     <w:rsid w:val="00256B32"/>
     <w:rsid w:val="0025703A"/>
     <w:rsid w:val="002577C6"/>
     <w:rsid w:val="00262153"/>
     <w:rsid w:val="00262F3D"/>
     <w:rsid w:val="00263281"/>
     <w:rsid w:val="002651D6"/>
     <w:rsid w:val="0026551F"/>
     <w:rsid w:val="00270FA8"/>
+    <w:rsid w:val="002738A5"/>
     <w:rsid w:val="0027405D"/>
     <w:rsid w:val="0027767B"/>
     <w:rsid w:val="00280A85"/>
     <w:rsid w:val="00284119"/>
     <w:rsid w:val="00286E0F"/>
     <w:rsid w:val="00290B5C"/>
     <w:rsid w:val="00291359"/>
     <w:rsid w:val="00294791"/>
     <w:rsid w:val="00297974"/>
     <w:rsid w:val="002A1C4F"/>
     <w:rsid w:val="002A5D46"/>
     <w:rsid w:val="002A5D7F"/>
     <w:rsid w:val="002A7450"/>
     <w:rsid w:val="002B0B30"/>
     <w:rsid w:val="002B0C78"/>
     <w:rsid w:val="002C0C02"/>
     <w:rsid w:val="002C1277"/>
     <w:rsid w:val="002C60AD"/>
     <w:rsid w:val="002D00C2"/>
     <w:rsid w:val="002D0E0E"/>
     <w:rsid w:val="002D1B9B"/>
     <w:rsid w:val="002D437F"/>
     <w:rsid w:val="002D6023"/>
     <w:rsid w:val="002D7607"/>
     <w:rsid w:val="002E09AD"/>
@@ -8390,287 +8893,304 @@
     <w:rsid w:val="00320F86"/>
     <w:rsid w:val="00324171"/>
     <w:rsid w:val="00326C24"/>
     <w:rsid w:val="00333CC7"/>
     <w:rsid w:val="003367D7"/>
     <w:rsid w:val="00337F99"/>
     <w:rsid w:val="003410BD"/>
     <w:rsid w:val="0034307B"/>
     <w:rsid w:val="0034374F"/>
     <w:rsid w:val="00345EB1"/>
     <w:rsid w:val="00346906"/>
     <w:rsid w:val="00350CC4"/>
     <w:rsid w:val="00351276"/>
     <w:rsid w:val="00353D8B"/>
     <w:rsid w:val="00355A45"/>
     <w:rsid w:val="00360E0D"/>
     <w:rsid w:val="0036357D"/>
     <w:rsid w:val="00365462"/>
     <w:rsid w:val="0036594C"/>
     <w:rsid w:val="00367D19"/>
     <w:rsid w:val="00371BED"/>
     <w:rsid w:val="003801BC"/>
     <w:rsid w:val="00384019"/>
     <w:rsid w:val="003854F1"/>
     <w:rsid w:val="0039118E"/>
+    <w:rsid w:val="00396752"/>
     <w:rsid w:val="00397F54"/>
     <w:rsid w:val="003A0D43"/>
     <w:rsid w:val="003A1524"/>
     <w:rsid w:val="003A3333"/>
     <w:rsid w:val="003A4AA0"/>
     <w:rsid w:val="003A6A9B"/>
     <w:rsid w:val="003B2A4B"/>
     <w:rsid w:val="003B361B"/>
     <w:rsid w:val="003B3D67"/>
     <w:rsid w:val="003B62DA"/>
+    <w:rsid w:val="003B62F6"/>
+    <w:rsid w:val="003C1A5B"/>
     <w:rsid w:val="003C2B8E"/>
     <w:rsid w:val="003C486D"/>
     <w:rsid w:val="003D06F6"/>
     <w:rsid w:val="003D099E"/>
     <w:rsid w:val="003D21A2"/>
     <w:rsid w:val="003D29D2"/>
     <w:rsid w:val="003D3611"/>
     <w:rsid w:val="003D6DF1"/>
+    <w:rsid w:val="003D7FC4"/>
     <w:rsid w:val="003E0705"/>
     <w:rsid w:val="003E221C"/>
     <w:rsid w:val="003E2FF7"/>
     <w:rsid w:val="003E4CF0"/>
     <w:rsid w:val="003E54B3"/>
     <w:rsid w:val="003E6663"/>
     <w:rsid w:val="003E6EC7"/>
     <w:rsid w:val="003F1013"/>
     <w:rsid w:val="003F191A"/>
     <w:rsid w:val="003F1ACF"/>
     <w:rsid w:val="003F213B"/>
     <w:rsid w:val="003F73DD"/>
     <w:rsid w:val="00404948"/>
+    <w:rsid w:val="00404A3C"/>
     <w:rsid w:val="00406243"/>
     <w:rsid w:val="0040638E"/>
     <w:rsid w:val="00406BEA"/>
     <w:rsid w:val="00413A60"/>
     <w:rsid w:val="0042003F"/>
     <w:rsid w:val="004230F7"/>
     <w:rsid w:val="00427A8D"/>
     <w:rsid w:val="004314B4"/>
     <w:rsid w:val="0043167E"/>
     <w:rsid w:val="00432322"/>
     <w:rsid w:val="0043409A"/>
     <w:rsid w:val="00443288"/>
     <w:rsid w:val="00446255"/>
     <w:rsid w:val="00446C97"/>
     <w:rsid w:val="00451935"/>
     <w:rsid w:val="00456142"/>
     <w:rsid w:val="0046098B"/>
     <w:rsid w:val="00460ED0"/>
     <w:rsid w:val="00462771"/>
     <w:rsid w:val="00465651"/>
     <w:rsid w:val="00465D6E"/>
     <w:rsid w:val="004705B5"/>
     <w:rsid w:val="00470CE7"/>
     <w:rsid w:val="00470F4F"/>
+    <w:rsid w:val="00471C07"/>
     <w:rsid w:val="00471F3C"/>
     <w:rsid w:val="00472482"/>
     <w:rsid w:val="004735F1"/>
     <w:rsid w:val="00473604"/>
     <w:rsid w:val="0048097F"/>
     <w:rsid w:val="00480DC7"/>
     <w:rsid w:val="004819FA"/>
     <w:rsid w:val="004876F6"/>
     <w:rsid w:val="0049236A"/>
     <w:rsid w:val="00492718"/>
     <w:rsid w:val="004A1F19"/>
     <w:rsid w:val="004A355D"/>
     <w:rsid w:val="004A45A4"/>
     <w:rsid w:val="004A4970"/>
     <w:rsid w:val="004B06FF"/>
     <w:rsid w:val="004B2183"/>
     <w:rsid w:val="004B2A01"/>
+    <w:rsid w:val="004C241E"/>
     <w:rsid w:val="004C3536"/>
     <w:rsid w:val="004C3632"/>
     <w:rsid w:val="004D1782"/>
     <w:rsid w:val="004D2562"/>
     <w:rsid w:val="004D2D2D"/>
     <w:rsid w:val="004D428E"/>
     <w:rsid w:val="004D7BA3"/>
     <w:rsid w:val="004E4851"/>
     <w:rsid w:val="004F4518"/>
     <w:rsid w:val="004F4C62"/>
     <w:rsid w:val="00501433"/>
     <w:rsid w:val="00501F63"/>
     <w:rsid w:val="00502AFB"/>
     <w:rsid w:val="005078CA"/>
     <w:rsid w:val="00510D6A"/>
     <w:rsid w:val="00510F97"/>
     <w:rsid w:val="0051102D"/>
     <w:rsid w:val="00511CC4"/>
     <w:rsid w:val="005137FC"/>
     <w:rsid w:val="005154AD"/>
     <w:rsid w:val="00515B5A"/>
     <w:rsid w:val="005171CB"/>
     <w:rsid w:val="0051759F"/>
     <w:rsid w:val="005206DE"/>
     <w:rsid w:val="00527BC5"/>
     <w:rsid w:val="00531E60"/>
     <w:rsid w:val="00534138"/>
+    <w:rsid w:val="00535E63"/>
     <w:rsid w:val="00541D07"/>
     <w:rsid w:val="00542899"/>
     <w:rsid w:val="005433E4"/>
     <w:rsid w:val="00544371"/>
     <w:rsid w:val="00544BAB"/>
     <w:rsid w:val="00545F31"/>
     <w:rsid w:val="005578FA"/>
     <w:rsid w:val="00565129"/>
     <w:rsid w:val="00565CD0"/>
     <w:rsid w:val="00567820"/>
+    <w:rsid w:val="0057254D"/>
     <w:rsid w:val="0057277B"/>
     <w:rsid w:val="005770AD"/>
     <w:rsid w:val="00577AB3"/>
     <w:rsid w:val="00580D7C"/>
     <w:rsid w:val="00581414"/>
     <w:rsid w:val="00582161"/>
     <w:rsid w:val="00582490"/>
     <w:rsid w:val="005878CC"/>
     <w:rsid w:val="00597E28"/>
     <w:rsid w:val="005A04CA"/>
     <w:rsid w:val="005A1D21"/>
     <w:rsid w:val="005A263D"/>
     <w:rsid w:val="005A3381"/>
     <w:rsid w:val="005A54ED"/>
     <w:rsid w:val="005A5D5B"/>
     <w:rsid w:val="005A6081"/>
     <w:rsid w:val="005A627D"/>
     <w:rsid w:val="005B1A53"/>
     <w:rsid w:val="005C0045"/>
     <w:rsid w:val="005C084E"/>
     <w:rsid w:val="005C4606"/>
     <w:rsid w:val="005C5994"/>
     <w:rsid w:val="005D0B0C"/>
     <w:rsid w:val="005D1174"/>
     <w:rsid w:val="005D26B6"/>
     <w:rsid w:val="005D281F"/>
     <w:rsid w:val="005D3C9A"/>
     <w:rsid w:val="005D766A"/>
     <w:rsid w:val="005E02B3"/>
     <w:rsid w:val="005E1E24"/>
     <w:rsid w:val="005E2453"/>
     <w:rsid w:val="005F25A7"/>
     <w:rsid w:val="005F598E"/>
+    <w:rsid w:val="005F7E8F"/>
     <w:rsid w:val="00603980"/>
     <w:rsid w:val="00603CAF"/>
     <w:rsid w:val="006046E1"/>
     <w:rsid w:val="0060596B"/>
     <w:rsid w:val="00606D97"/>
     <w:rsid w:val="00614E64"/>
     <w:rsid w:val="00616F15"/>
     <w:rsid w:val="00617710"/>
     <w:rsid w:val="00617EE6"/>
     <w:rsid w:val="0062184C"/>
     <w:rsid w:val="00621B8D"/>
     <w:rsid w:val="00623724"/>
     <w:rsid w:val="00627BEA"/>
     <w:rsid w:val="006319DB"/>
     <w:rsid w:val="00631F4F"/>
     <w:rsid w:val="00635D67"/>
     <w:rsid w:val="00644CBB"/>
     <w:rsid w:val="00645359"/>
     <w:rsid w:val="006504DB"/>
     <w:rsid w:val="0065595B"/>
+    <w:rsid w:val="00655E19"/>
     <w:rsid w:val="00656DCD"/>
     <w:rsid w:val="00660269"/>
     <w:rsid w:val="00665F89"/>
     <w:rsid w:val="006707E5"/>
     <w:rsid w:val="00673C92"/>
     <w:rsid w:val="006753EC"/>
     <w:rsid w:val="00685193"/>
     <w:rsid w:val="00691F40"/>
     <w:rsid w:val="00692F20"/>
     <w:rsid w:val="006A2789"/>
     <w:rsid w:val="006A411F"/>
     <w:rsid w:val="006A4978"/>
     <w:rsid w:val="006A7261"/>
     <w:rsid w:val="006A73FA"/>
     <w:rsid w:val="006B0D29"/>
     <w:rsid w:val="006B0E51"/>
     <w:rsid w:val="006B1819"/>
     <w:rsid w:val="006C04BE"/>
     <w:rsid w:val="006C5048"/>
     <w:rsid w:val="006C6A4B"/>
     <w:rsid w:val="006C73AA"/>
     <w:rsid w:val="006C779F"/>
     <w:rsid w:val="006D01F5"/>
     <w:rsid w:val="006D0CFB"/>
     <w:rsid w:val="006D30C0"/>
     <w:rsid w:val="006D6953"/>
     <w:rsid w:val="006D7535"/>
     <w:rsid w:val="006E2942"/>
     <w:rsid w:val="006E3E09"/>
     <w:rsid w:val="006E450B"/>
     <w:rsid w:val="006E605B"/>
     <w:rsid w:val="006F0D7E"/>
     <w:rsid w:val="006F10A7"/>
     <w:rsid w:val="006F161C"/>
     <w:rsid w:val="006F2801"/>
     <w:rsid w:val="006F2975"/>
     <w:rsid w:val="006F6B00"/>
     <w:rsid w:val="00710B77"/>
     <w:rsid w:val="00710EA9"/>
+    <w:rsid w:val="0071150D"/>
     <w:rsid w:val="007155D5"/>
     <w:rsid w:val="00716747"/>
     <w:rsid w:val="0072075B"/>
     <w:rsid w:val="007209C9"/>
     <w:rsid w:val="007221C2"/>
     <w:rsid w:val="007243CE"/>
     <w:rsid w:val="00724D32"/>
     <w:rsid w:val="007268AB"/>
     <w:rsid w:val="00730955"/>
     <w:rsid w:val="007332F3"/>
     <w:rsid w:val="00733A9C"/>
     <w:rsid w:val="00735781"/>
     <w:rsid w:val="00736574"/>
     <w:rsid w:val="0073675B"/>
     <w:rsid w:val="007367E0"/>
     <w:rsid w:val="00736B6B"/>
     <w:rsid w:val="00737215"/>
     <w:rsid w:val="00737F3A"/>
     <w:rsid w:val="00740C27"/>
     <w:rsid w:val="00754905"/>
     <w:rsid w:val="00760038"/>
     <w:rsid w:val="00762EE0"/>
     <w:rsid w:val="00764BED"/>
     <w:rsid w:val="00765C41"/>
     <w:rsid w:val="00766E64"/>
     <w:rsid w:val="00770B90"/>
     <w:rsid w:val="00771100"/>
     <w:rsid w:val="0077493B"/>
     <w:rsid w:val="00774944"/>
     <w:rsid w:val="007759DD"/>
+    <w:rsid w:val="00781DD8"/>
+    <w:rsid w:val="00782342"/>
     <w:rsid w:val="0078609F"/>
+    <w:rsid w:val="00790214"/>
     <w:rsid w:val="007917BA"/>
     <w:rsid w:val="00793F54"/>
+    <w:rsid w:val="007A1566"/>
     <w:rsid w:val="007A334E"/>
     <w:rsid w:val="007A3EA8"/>
     <w:rsid w:val="007A5C6F"/>
+    <w:rsid w:val="007B1D04"/>
     <w:rsid w:val="007D1309"/>
     <w:rsid w:val="007D1B91"/>
     <w:rsid w:val="007D4241"/>
     <w:rsid w:val="007D4317"/>
     <w:rsid w:val="007D4EA3"/>
     <w:rsid w:val="007E01B8"/>
     <w:rsid w:val="007E22D3"/>
     <w:rsid w:val="007E3E25"/>
     <w:rsid w:val="007E6E6D"/>
     <w:rsid w:val="007F01E2"/>
     <w:rsid w:val="007F0A29"/>
     <w:rsid w:val="007F1355"/>
     <w:rsid w:val="007F1CFF"/>
     <w:rsid w:val="007F3FC9"/>
     <w:rsid w:val="007F5DD5"/>
     <w:rsid w:val="0080063F"/>
     <w:rsid w:val="00814353"/>
     <w:rsid w:val="00821A1B"/>
     <w:rsid w:val="008262E9"/>
     <w:rsid w:val="00826C86"/>
     <w:rsid w:val="00827E69"/>
     <w:rsid w:val="00831C35"/>
     <w:rsid w:val="00835C4D"/>
     <w:rsid w:val="0083604A"/>
     <w:rsid w:val="00837BFD"/>
@@ -8744,337 +9264,358 @@
     <w:rsid w:val="00960915"/>
     <w:rsid w:val="00971D93"/>
     <w:rsid w:val="0098005A"/>
     <w:rsid w:val="00984E8D"/>
     <w:rsid w:val="00991A10"/>
     <w:rsid w:val="00994E63"/>
     <w:rsid w:val="009A07DC"/>
     <w:rsid w:val="009A32ED"/>
     <w:rsid w:val="009A640E"/>
     <w:rsid w:val="009B1F6B"/>
     <w:rsid w:val="009C0D12"/>
     <w:rsid w:val="009C11C9"/>
     <w:rsid w:val="009C192E"/>
     <w:rsid w:val="009C2E3E"/>
     <w:rsid w:val="009C3BD6"/>
     <w:rsid w:val="009C6C0C"/>
     <w:rsid w:val="009D6819"/>
     <w:rsid w:val="009D6CB4"/>
     <w:rsid w:val="009D6D1C"/>
     <w:rsid w:val="009E0CF9"/>
     <w:rsid w:val="009E531B"/>
     <w:rsid w:val="009E6C56"/>
     <w:rsid w:val="009E6C5F"/>
     <w:rsid w:val="009E6D03"/>
     <w:rsid w:val="009E7920"/>
+    <w:rsid w:val="009E7C19"/>
     <w:rsid w:val="009E7DCF"/>
     <w:rsid w:val="009F0C0B"/>
+    <w:rsid w:val="009F1ED1"/>
     <w:rsid w:val="009F20C6"/>
     <w:rsid w:val="009F4808"/>
     <w:rsid w:val="009F4A38"/>
     <w:rsid w:val="009F4A56"/>
     <w:rsid w:val="009F4E65"/>
     <w:rsid w:val="009F5255"/>
     <w:rsid w:val="00A006A5"/>
     <w:rsid w:val="00A05942"/>
     <w:rsid w:val="00A07BEC"/>
     <w:rsid w:val="00A10331"/>
     <w:rsid w:val="00A23E85"/>
     <w:rsid w:val="00A264BE"/>
     <w:rsid w:val="00A272CA"/>
     <w:rsid w:val="00A33051"/>
     <w:rsid w:val="00A407AD"/>
     <w:rsid w:val="00A40923"/>
     <w:rsid w:val="00A41C05"/>
     <w:rsid w:val="00A42426"/>
     <w:rsid w:val="00A438C9"/>
     <w:rsid w:val="00A44F74"/>
     <w:rsid w:val="00A45DA0"/>
     <w:rsid w:val="00A514B7"/>
     <w:rsid w:val="00A5262F"/>
     <w:rsid w:val="00A54A0B"/>
     <w:rsid w:val="00A55086"/>
+    <w:rsid w:val="00A633FA"/>
     <w:rsid w:val="00A65FD4"/>
     <w:rsid w:val="00A71316"/>
     <w:rsid w:val="00A71A6A"/>
     <w:rsid w:val="00A72D3C"/>
     <w:rsid w:val="00A730B1"/>
     <w:rsid w:val="00A81198"/>
     <w:rsid w:val="00A81E48"/>
     <w:rsid w:val="00A82035"/>
     <w:rsid w:val="00A85526"/>
     <w:rsid w:val="00A90D77"/>
     <w:rsid w:val="00A92E07"/>
     <w:rsid w:val="00AA0B3A"/>
     <w:rsid w:val="00AA336B"/>
     <w:rsid w:val="00AA4156"/>
     <w:rsid w:val="00AA6EB4"/>
     <w:rsid w:val="00AA767D"/>
     <w:rsid w:val="00AB0CC9"/>
     <w:rsid w:val="00AC3FF6"/>
+    <w:rsid w:val="00AC7E56"/>
     <w:rsid w:val="00AD1B31"/>
     <w:rsid w:val="00AD26FB"/>
     <w:rsid w:val="00AD3127"/>
     <w:rsid w:val="00AD73EC"/>
     <w:rsid w:val="00AD7AD5"/>
     <w:rsid w:val="00AE5BC7"/>
     <w:rsid w:val="00AE6088"/>
     <w:rsid w:val="00AF1F8D"/>
     <w:rsid w:val="00AF354E"/>
     <w:rsid w:val="00AF4FB0"/>
     <w:rsid w:val="00AF5AAF"/>
     <w:rsid w:val="00AF7B12"/>
     <w:rsid w:val="00AF7CA0"/>
+    <w:rsid w:val="00B02EF7"/>
     <w:rsid w:val="00B046D8"/>
     <w:rsid w:val="00B06544"/>
     <w:rsid w:val="00B13F4C"/>
     <w:rsid w:val="00B14487"/>
     <w:rsid w:val="00B16219"/>
     <w:rsid w:val="00B16C59"/>
     <w:rsid w:val="00B22FB9"/>
+    <w:rsid w:val="00B239EB"/>
+    <w:rsid w:val="00B275DE"/>
     <w:rsid w:val="00B33FDD"/>
     <w:rsid w:val="00B35862"/>
     <w:rsid w:val="00B359CC"/>
     <w:rsid w:val="00B36107"/>
     <w:rsid w:val="00B405A1"/>
     <w:rsid w:val="00B41571"/>
     <w:rsid w:val="00B41789"/>
     <w:rsid w:val="00B45BAE"/>
     <w:rsid w:val="00B46C03"/>
     <w:rsid w:val="00B53A8A"/>
     <w:rsid w:val="00B53FED"/>
     <w:rsid w:val="00B60C6C"/>
     <w:rsid w:val="00B619A9"/>
     <w:rsid w:val="00B65904"/>
     <w:rsid w:val="00B65A9D"/>
     <w:rsid w:val="00B66D60"/>
     <w:rsid w:val="00B71A32"/>
     <w:rsid w:val="00B71D20"/>
     <w:rsid w:val="00B74437"/>
+    <w:rsid w:val="00B7503E"/>
     <w:rsid w:val="00B75EDE"/>
     <w:rsid w:val="00B77D88"/>
     <w:rsid w:val="00B77FAF"/>
     <w:rsid w:val="00B80E77"/>
     <w:rsid w:val="00B81F3A"/>
     <w:rsid w:val="00B83715"/>
     <w:rsid w:val="00B84336"/>
     <w:rsid w:val="00B851B9"/>
     <w:rsid w:val="00B86453"/>
     <w:rsid w:val="00B90054"/>
     <w:rsid w:val="00B92C14"/>
     <w:rsid w:val="00B93DC5"/>
     <w:rsid w:val="00B952CA"/>
     <w:rsid w:val="00B954F2"/>
     <w:rsid w:val="00B95809"/>
     <w:rsid w:val="00B96AFF"/>
+    <w:rsid w:val="00B97329"/>
     <w:rsid w:val="00B97D4E"/>
     <w:rsid w:val="00BA0066"/>
     <w:rsid w:val="00BA5D4F"/>
     <w:rsid w:val="00BB0B7A"/>
     <w:rsid w:val="00BB3993"/>
     <w:rsid w:val="00BB5D0C"/>
     <w:rsid w:val="00BB650F"/>
     <w:rsid w:val="00BB69DB"/>
     <w:rsid w:val="00BC322E"/>
     <w:rsid w:val="00BC33D1"/>
     <w:rsid w:val="00BC44CD"/>
     <w:rsid w:val="00BC48A6"/>
     <w:rsid w:val="00BC6590"/>
     <w:rsid w:val="00BD079F"/>
     <w:rsid w:val="00BE09F9"/>
+    <w:rsid w:val="00BE2CF5"/>
     <w:rsid w:val="00BE6E33"/>
     <w:rsid w:val="00BE7978"/>
     <w:rsid w:val="00BF382B"/>
     <w:rsid w:val="00BF51A6"/>
     <w:rsid w:val="00C007CA"/>
     <w:rsid w:val="00C01F0D"/>
     <w:rsid w:val="00C02045"/>
     <w:rsid w:val="00C07DDB"/>
     <w:rsid w:val="00C10AC3"/>
     <w:rsid w:val="00C16D1C"/>
     <w:rsid w:val="00C21C51"/>
     <w:rsid w:val="00C26E6C"/>
     <w:rsid w:val="00C33F37"/>
+    <w:rsid w:val="00C34A95"/>
     <w:rsid w:val="00C37CEF"/>
     <w:rsid w:val="00C4115D"/>
     <w:rsid w:val="00C42361"/>
     <w:rsid w:val="00C43BDD"/>
     <w:rsid w:val="00C47778"/>
     <w:rsid w:val="00C4785F"/>
     <w:rsid w:val="00C5011E"/>
     <w:rsid w:val="00C50EE5"/>
     <w:rsid w:val="00C5240A"/>
     <w:rsid w:val="00C5398F"/>
     <w:rsid w:val="00C556F5"/>
     <w:rsid w:val="00C70678"/>
     <w:rsid w:val="00C70E19"/>
     <w:rsid w:val="00C72574"/>
     <w:rsid w:val="00C7430C"/>
     <w:rsid w:val="00C758F9"/>
     <w:rsid w:val="00C80111"/>
     <w:rsid w:val="00C85DA1"/>
     <w:rsid w:val="00C9071C"/>
     <w:rsid w:val="00C908FF"/>
     <w:rsid w:val="00C97BD3"/>
     <w:rsid w:val="00CA1EF7"/>
     <w:rsid w:val="00CA39EF"/>
     <w:rsid w:val="00CA3CDC"/>
     <w:rsid w:val="00CA521F"/>
     <w:rsid w:val="00CA5BC9"/>
     <w:rsid w:val="00CA756F"/>
     <w:rsid w:val="00CB03D0"/>
     <w:rsid w:val="00CB0493"/>
     <w:rsid w:val="00CB0FAD"/>
     <w:rsid w:val="00CB17FF"/>
     <w:rsid w:val="00CB1ED7"/>
     <w:rsid w:val="00CC167C"/>
     <w:rsid w:val="00CC309A"/>
     <w:rsid w:val="00CC3DBC"/>
     <w:rsid w:val="00CC52D9"/>
     <w:rsid w:val="00CD6438"/>
     <w:rsid w:val="00CD6647"/>
     <w:rsid w:val="00CE4B73"/>
     <w:rsid w:val="00CF02ED"/>
     <w:rsid w:val="00CF1851"/>
     <w:rsid w:val="00CF70BB"/>
     <w:rsid w:val="00D00BD7"/>
     <w:rsid w:val="00D03A96"/>
+    <w:rsid w:val="00D06A91"/>
     <w:rsid w:val="00D06B8B"/>
     <w:rsid w:val="00D074DB"/>
+    <w:rsid w:val="00D115C5"/>
+    <w:rsid w:val="00D13795"/>
     <w:rsid w:val="00D139CF"/>
     <w:rsid w:val="00D13A77"/>
     <w:rsid w:val="00D20779"/>
     <w:rsid w:val="00D37E7F"/>
     <w:rsid w:val="00D47632"/>
     <w:rsid w:val="00D47AD7"/>
     <w:rsid w:val="00D51529"/>
     <w:rsid w:val="00D51986"/>
     <w:rsid w:val="00D51996"/>
     <w:rsid w:val="00D520D6"/>
     <w:rsid w:val="00D53092"/>
     <w:rsid w:val="00D5364A"/>
     <w:rsid w:val="00D54DBF"/>
     <w:rsid w:val="00D60E26"/>
     <w:rsid w:val="00D61F96"/>
     <w:rsid w:val="00D62468"/>
     <w:rsid w:val="00D67C88"/>
     <w:rsid w:val="00D85218"/>
+    <w:rsid w:val="00D86B5F"/>
     <w:rsid w:val="00D90ACD"/>
     <w:rsid w:val="00D915B1"/>
     <w:rsid w:val="00D935B5"/>
     <w:rsid w:val="00DA299D"/>
     <w:rsid w:val="00DA41F9"/>
     <w:rsid w:val="00DA65C4"/>
     <w:rsid w:val="00DA6C8C"/>
     <w:rsid w:val="00DA7F03"/>
     <w:rsid w:val="00DC17AF"/>
     <w:rsid w:val="00DC4FB0"/>
     <w:rsid w:val="00DC77BE"/>
     <w:rsid w:val="00DD0A73"/>
     <w:rsid w:val="00DD5AC4"/>
     <w:rsid w:val="00DD7E85"/>
     <w:rsid w:val="00DE4447"/>
     <w:rsid w:val="00DE5DA2"/>
     <w:rsid w:val="00DE63C6"/>
     <w:rsid w:val="00DF0033"/>
     <w:rsid w:val="00DF2891"/>
     <w:rsid w:val="00DF64B7"/>
     <w:rsid w:val="00E026BF"/>
     <w:rsid w:val="00E07B1B"/>
     <w:rsid w:val="00E11853"/>
     <w:rsid w:val="00E125E5"/>
     <w:rsid w:val="00E12877"/>
     <w:rsid w:val="00E25355"/>
     <w:rsid w:val="00E411B6"/>
     <w:rsid w:val="00E41DFF"/>
     <w:rsid w:val="00E44567"/>
     <w:rsid w:val="00E44BD0"/>
+    <w:rsid w:val="00E472D4"/>
     <w:rsid w:val="00E47E73"/>
     <w:rsid w:val="00E5121F"/>
     <w:rsid w:val="00E51A02"/>
     <w:rsid w:val="00E51C56"/>
     <w:rsid w:val="00E52A86"/>
     <w:rsid w:val="00E52F52"/>
     <w:rsid w:val="00E54B47"/>
     <w:rsid w:val="00E553BF"/>
     <w:rsid w:val="00E55D93"/>
     <w:rsid w:val="00E579E0"/>
     <w:rsid w:val="00E61294"/>
     <w:rsid w:val="00E6302C"/>
     <w:rsid w:val="00E63C92"/>
     <w:rsid w:val="00E70D12"/>
     <w:rsid w:val="00E7237C"/>
     <w:rsid w:val="00E74EA8"/>
     <w:rsid w:val="00E77C46"/>
     <w:rsid w:val="00E85F8D"/>
     <w:rsid w:val="00E86CE8"/>
     <w:rsid w:val="00E90E82"/>
     <w:rsid w:val="00EA00CB"/>
     <w:rsid w:val="00EA1BAA"/>
+    <w:rsid w:val="00EA25C7"/>
     <w:rsid w:val="00EA2A2A"/>
     <w:rsid w:val="00EA33D1"/>
     <w:rsid w:val="00EA3867"/>
     <w:rsid w:val="00EA3FCD"/>
     <w:rsid w:val="00EA42A0"/>
     <w:rsid w:val="00EB6714"/>
+    <w:rsid w:val="00EB7D9D"/>
     <w:rsid w:val="00EC0A68"/>
     <w:rsid w:val="00EC286E"/>
     <w:rsid w:val="00EC3C32"/>
     <w:rsid w:val="00EC5006"/>
     <w:rsid w:val="00EC6184"/>
     <w:rsid w:val="00ED0107"/>
     <w:rsid w:val="00ED303E"/>
     <w:rsid w:val="00ED49C3"/>
     <w:rsid w:val="00ED6CE8"/>
     <w:rsid w:val="00ED7AA6"/>
     <w:rsid w:val="00EE2A56"/>
     <w:rsid w:val="00EE3818"/>
     <w:rsid w:val="00EE77B0"/>
     <w:rsid w:val="00EE7C52"/>
     <w:rsid w:val="00F147A7"/>
     <w:rsid w:val="00F14A03"/>
     <w:rsid w:val="00F21110"/>
     <w:rsid w:val="00F22264"/>
     <w:rsid w:val="00F23287"/>
     <w:rsid w:val="00F2412D"/>
     <w:rsid w:val="00F2564D"/>
     <w:rsid w:val="00F266CC"/>
     <w:rsid w:val="00F2796E"/>
     <w:rsid w:val="00F35B05"/>
     <w:rsid w:val="00F413D9"/>
     <w:rsid w:val="00F5135F"/>
     <w:rsid w:val="00F51F78"/>
     <w:rsid w:val="00F52067"/>
     <w:rsid w:val="00F60330"/>
     <w:rsid w:val="00F61562"/>
+    <w:rsid w:val="00F63D25"/>
     <w:rsid w:val="00F65736"/>
     <w:rsid w:val="00F65997"/>
     <w:rsid w:val="00F81E4E"/>
     <w:rsid w:val="00F83D7B"/>
     <w:rsid w:val="00F83F34"/>
+    <w:rsid w:val="00F8409D"/>
     <w:rsid w:val="00F84BA1"/>
     <w:rsid w:val="00F85738"/>
+    <w:rsid w:val="00F86CE5"/>
     <w:rsid w:val="00F86F47"/>
     <w:rsid w:val="00F90B64"/>
     <w:rsid w:val="00F91867"/>
     <w:rsid w:val="00F92144"/>
     <w:rsid w:val="00F94455"/>
     <w:rsid w:val="00F9490F"/>
     <w:rsid w:val="00FA250E"/>
     <w:rsid w:val="00FA349C"/>
     <w:rsid w:val="00FA5277"/>
     <w:rsid w:val="00FB1FE4"/>
     <w:rsid w:val="00FB2F0F"/>
     <w:rsid w:val="00FB315A"/>
     <w:rsid w:val="00FB40D6"/>
     <w:rsid w:val="00FB5086"/>
     <w:rsid w:val="00FB5411"/>
     <w:rsid w:val="00FB6392"/>
     <w:rsid w:val="00FC4F36"/>
     <w:rsid w:val="00FD04AB"/>
     <w:rsid w:val="00FD1659"/>
     <w:rsid w:val="00FD3C70"/>
     <w:rsid w:val="00FD40D3"/>
     <w:rsid w:val="00FD6820"/>
     <w:rsid w:val="00FE12D8"/>
     <w:rsid w:val="00FE650C"/>
     <w:rsid w:val="00FF7C02"/>
@@ -12668,50 +13209,63 @@
           <w:marLeft w:val="0"/>
           <w:marRight w:val="0"/>
           <w:marTop w:val="0"/>
           <w:marBottom w:val="0"/>
           <w:divBdr>
             <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           </w:divBdr>
         </w:div>
         <w:div w:id="801457906">
           <w:marLeft w:val="0"/>
           <w:marRight w:val="0"/>
           <w:marTop w:val="0"/>
           <w:marBottom w:val="0"/>
           <w:divBdr>
             <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           </w:divBdr>
         </w:div>
       </w:divsChild>
     </w:div>
+    <w:div w:id="1225724922">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
     <w:div w:id="1230919038">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="1404177654">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
@@ -13515,51 +14069,51 @@
             <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           </w:divBdr>
         </w:div>
         <w:div w:id="1884437442">
           <w:marLeft w:val="0"/>
           <w:marRight w:val="0"/>
           <w:marTop w:val="0"/>
           <w:marBottom w:val="0"/>
           <w:divBdr>
             <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           </w:divBdr>
         </w:div>
       </w:divsChild>
     </w:div>
   </w:divs>
   <w:relyOnVML/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
-<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml" Id="rId8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://anvisningar.se/" TargetMode="External" Id="rId13" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mellanarkiv-offentlig.vgregion.se/alfresco/s/archive/stream/public/v1/source/available/sofia/skas8540-1125353190-1077/surrogate/Instruktion%20f%c3%b6r%20anv%c3%a4ndning%20av%20andningsskydd.pdf" TargetMode="External" Id="rId18" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.av.se/arbetsmiljoarbete-och-inspektioner/publikationer/foreskrifter/afs-202310/" TargetMode="External" Id="rId26" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mellanarkiv-offentlig.vgregion.se/alfresco/s/archive/stream/public/v1/source/available/SOFIA/SU9992-381335686-94/SURROGATE/V%C3%A5rdhygien%20-%20Influensa.pdf" TargetMode="External" Id="rId21" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml" Id="rId34" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml" Id="rId7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vardhandboken.se/vardhygien-infektioner-och-smittspridning/vardhygien/basala-hygienrutiner/" TargetMode="External" Id="rId12" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mellanarkiv-offentlig.vgregion.se/alfresco/s/archive/stream/public/v1/source/available/sofia/skas9729-602154698-35/surrogate/Regional%20riktlinje-%20Luftv%c3%a4gssmitta%20v%c3%a5rdhygieniska%20aspekter.pdf" TargetMode="External" Id="rId17" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.av.se/arbetsmiljoarbete-och-inspektioner/publikationer/foreskrifter/afs-202311/" TargetMode="External" Id="rId25" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer3.xml" Id="rId33" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mellanarkiv-offentlig.vgregion.se/alfresco/s/archive/stream/public/v1/source/available/sofia/skas9706-602381042-37/surrogate/Influensa%20-%20antiviral%20terapi%20till%20vuxna.pdf" TargetMode="External" Id="rId16" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mellanarkiv-offentlig.vgregion.se/alfresco/s/archive/stream/public/v1/source/available/SOFIA/SKAS9729-602154698-23/SURROGATE/V%c3%a5rdhygieniska%20riskfaktorer%20f%c3%b6r%20smittspridning%20i%20v%c3%a5rd%20och%20omsorg.pdf" TargetMode="External" Id="rId20" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml" Id="rId29" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml" Id="rId6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml" Id="rId11" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.folkhalsomyndigheten.se/smittskydd-beredskap/smittsamma-sjukdomar/sjukdomsinformation-om-influensa" TargetMode="External" Id="rId24" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header3.xml" Id="rId32" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mellanarkiv-offentlig.vgregion.se/alfresco/s/archive/stream/public/v1/source/available/sofia/skas8540-1125353190-518/native/Loggbok%20vid%20virusorsakad%20luftv%c3%a4gsinfektion.pdf" TargetMode="External" Id="rId15" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vardhandboken.se/vardhygien-infektioner-och-smittspridning/infektioner-och-smittspridning/personalinfektioner-inom-halso--och-sjukvard/forebyggande-rutiner/" TargetMode="External" Id="rId23" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml" Id="rId28" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml" Id="rId10" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mellanarkiv-offentlig.vgregion.se/alfresco/s/archive/stream/public/v1/source/available/sofia/skas9706-602381042-37/surrogate/Influensa%20-%20antiviral%20terapi%20till%20vuxna.pdf" TargetMode="External" Id="rId19" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml" Id="rId31" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml" Id="rId9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mellanarkiv-offentlig.vgregion.se/alfresco/s/archive/stream/public/v1/source/available/sofia/skas9706-602381042-37/surrogate/Influensa%20-%20antiviral%20terapi%20till%20vuxna.pdf" TargetMode="External" Id="rId14" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vardhandboken.se/vardhygien-infektioner-och-smittspridning/vardhygien/basala-hygienrutiner/" TargetMode="External" Id="rId22" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.riksdagen.se/sv/dokument-och-lagar/dokument/svensk-forfattningssamling/patientsakerhetslag-2010659_sfs-2010-659/" TargetMode="External" Id="rId27" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml" Id="rId30" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml" Id="rId35" /></Relationships>
+<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml" Id="rId8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://anvisningar.se/" TargetMode="External" Id="rId13" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mellanarkiv-offentlig.vgregion.se/alfresco/s/archive/stream/public/v1/source/available/sofia/skas9729-602154698-35/surrogate/Regional%20riktlinje-%20Luftv%c3%a4gssmitta%20v%c3%a5rdhygieniska%20aspekter.pdf" TargetMode="External" Id="rId18" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.av.se/arbetsmiljoarbete-och-inspektioner/publikationer/foreskrifter/afs-202310/" TargetMode="External" Id="rId26" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mellanarkiv-offentlig.vgregion.se/alfresco/s/archive/stream/public/v1/source/available/SOFIA/SKAS9729-602154698-23/SURROGATE/V%c3%a5rdhygieniska%20riskfaktorer%20f%c3%b6r%20smittspridning%20i%20v%c3%a5rd%20och%20omsorg.pdf" TargetMode="External" Id="rId21" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml" Id="rId34" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml" Id="rId7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vardhandboken.se/vardhygien-infektioner-och-smittspridning/vardhygien/basala-hygienrutiner/" TargetMode="External" Id="rId12" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.lakemedelsverket.se/sv/behandling-och-forskrivning/behandlingsrekommendationer/sok-behandlingsrekommendationer/behandling-och-profylax-vid-influensa-behandlingsrekommendation" TargetMode="External" Id="rId17" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.av.se/arbetsmiljoarbete-och-inspektioner/publikationer/foreskrifter/afs-202311/" TargetMode="External" Id="rId25" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer3.xml" Id="rId33" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mellanarkiv-offentlig.vgregion.se/alfresco/s/archive/stream/public/v1/source/available/sofia/skas9706-602381042-37/surrogate/Influensa%20-%20antiviral%20terapi%20till%20vuxna.pdf" TargetMode="External" Id="rId16" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mellanarkiv-offentlig.vgregion.se/alfresco/s/archive/stream/public/v1/source/available/sofia/skas9706-602381042-37/surrogate/Influensa%20-%20antiviral%20terapi%20till%20vuxna.pdf" TargetMode="External" Id="rId20" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml" Id="rId29" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml" Id="rId6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml" Id="rId11" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.folkhalsomyndigheten.se/smittskydd-beredskap/smittsamma-sjukdomar/sjukdomsinformation-om-influensa" TargetMode="External" Id="rId24" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header3.xml" Id="rId32" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mellanarkiv-offentlig.vgregion.se/alfresco/s/archive/stream/public/v1/source/available/sofia/skas8540-1125353190-518/native/Loggbok%20vid%20virusorsakad%20luftv%c3%a4gsinfektion.pdf" TargetMode="External" Id="rId15" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vardhandboken.se/vardhygien-infektioner-och-smittspridning/infektioner-och-smittspridning/personalinfektioner-inom-halso--och-sjukvard/forebyggande-rutiner/" TargetMode="External" Id="rId23" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml" Id="rId28" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml" Id="rId10" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mellanarkiv-offentlig.vgregion.se/alfresco/s/archive/stream/public/v1/source/available/sofia/skas8540-1125353190-1077/surrogate/Instruktion%20f%c3%b6r%20anv%c3%a4ndning%20av%20andningsskydd.pdf" TargetMode="External" Id="rId19" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml" Id="rId31" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml" Id="rId9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mellanarkiv-offentlig.vgregion.se/alfresco/s/archive/stream/public/v1/source/available/sofia/skas9706-602381042-37/surrogate/Influensa%20-%20antiviral%20terapi%20till%20vuxna.pdf" TargetMode="External" Id="rId14" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vardhandboken.se/vardhygien-infektioner-och-smittspridning/vardhygien/basala-hygienrutiner/" TargetMode="External" Id="rId22" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.riksdagen.se/sv/dokument-och-lagar/dokument/svensk-forfattningssamling/patientsakerhetslag-2010659_sfs-2010-659/" TargetMode="External" Id="rId27" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml" Id="rId30" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml" Id="rId35" /></Relationships>
 </file>
 
 <file path=word/_rels/settings.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/attachedTemplate" Target="file:///\\vgregion.se\mallar$\VGR%20Office-mallar\SkaS\Styrdokument\Mall%20Styrdokument%20i%20SOFIA%20STYR.dotx" TargetMode="External"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office-tema">
   <a:themeElements>
     <a:clrScheme name="VG">
       <a:dk1>
         <a:srgbClr val="000000"/>
       </a:dk1>
       <a:lt1>
         <a:srgbClr val="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="000000"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="808080"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="006298"/>
       </a:accent1>
@@ -13847,61 +14401,61 @@
       <a:style>
         <a:lnRef idx="2">
           <a:schemeClr val="accent1"/>
         </a:lnRef>
         <a:fillRef idx="0">
           <a:schemeClr val="accent1"/>
         </a:fillRef>
         <a:effectRef idx="1">
           <a:schemeClr val="accent1"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="tx1"/>
         </a:fontRef>
       </a:style>
     </a:lnDef>
   </a:objectDefaults>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Mall Styrdokument i SOFIA STYR</Template>
   <TotalTime></TotalTime>
   <Pages>7</Pages>
-  <Words>1990</Words>
-  <Characters>10547</Characters>
+  <Words>2034</Words>
+  <Characters>10784</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>87</Lines>
+  <Lines>89</Lines>
   <Paragraphs>25</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <Manager/>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>12512</CharactersWithSpaces>
+  <CharactersWithSpaces>12793</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinkBase/>
   <HLinks>
     <vt:vector size="198" baseType="variant">
       <vt:variant>
         <vt:i4>7602252</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>141</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>0</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>5</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpwstr>https://www.riksdagen.se/sv/dokument-och-lagar/dokument/svensk-forfattningssamling/patientsakerhetslag-2010659_sfs-2010-659/</vt:lpwstr>
       </vt:variant>
       <vt:variant>
         <vt:lpwstr>K1</vt:lpwstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>4128806</vt:i4>
       </vt:variant>