--- v0 (2025-10-31)
+++ v1 (2025-12-04)
@@ -1,3256 +1,3698 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
+  <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
-  <Override PartName="/word/header2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
-  <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/footer2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
-  <Override PartName="/word/header3.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
-  <Override PartName="/word/footer3.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml" Id="rId2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml" Id="rId1" /></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
-    <w:p w14:paraId="52D66A1E" w14:textId="51CE1E06" w:rsidR="00184167" w:rsidRDefault="00A349F4" w:rsidP="00A349F4">
+    <w:p w14:paraId="52D66A1E" w14:textId="51CE1E06" w:rsidR="00184167" w:rsidRPr="00236352" w:rsidRDefault="00A349F4" w:rsidP="00A349F4">
       <w:pPr>
         <w:pStyle w:val="Rubrik1"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:sz w:val="44"/>
+          <w:szCs w:val="44"/>
+        </w:rPr>
       </w:pPr>
       <w:bookmarkStart w:id="0" w:name="_Toc137032145"/>
       <w:bookmarkStart w:id="1" w:name="_Toc137033631"/>
       <w:bookmarkStart w:id="2" w:name="_Toc137033749"/>
       <w:bookmarkStart w:id="3" w:name="_Toc142991989"/>
       <w:bookmarkStart w:id="4" w:name="_Toc149655294"/>
+      <w:bookmarkStart w:id="5" w:name="_Toc211504973"/>
+      <w:bookmarkStart w:id="6" w:name="_Toc213738210"/>
       <w:proofErr w:type="spellStart"/>
-      <w:r>
+      <w:r w:rsidRPr="00236352">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:sz w:val="44"/>
+          <w:szCs w:val="44"/>
+        </w:rPr>
         <w:t>Meticillinresistenta</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r>
+      <w:r w:rsidRPr="00236352">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:sz w:val="44"/>
+          <w:szCs w:val="44"/>
+        </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r>
+      <w:r w:rsidRPr="00236352">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:sz w:val="44"/>
+          <w:szCs w:val="44"/>
+        </w:rPr>
         <w:t>Staphylococcus</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r>
+      <w:r w:rsidRPr="00236352">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:sz w:val="44"/>
+          <w:szCs w:val="44"/>
+        </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r>
+      <w:r w:rsidRPr="00236352">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:sz w:val="44"/>
+          <w:szCs w:val="44"/>
+        </w:rPr>
         <w:t>aureus</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r>
+      <w:r w:rsidRPr="00236352">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:sz w:val="44"/>
+          <w:szCs w:val="44"/>
+        </w:rPr>
         <w:t xml:space="preserve"> (MRSA) – </w:t>
       </w:r>
-      <w:bookmarkStart w:id="5" w:name="_Toc321146591"/>
+      <w:bookmarkStart w:id="7" w:name="_Toc321146591"/>
       <w:bookmarkEnd w:id="0"/>
       <w:bookmarkEnd w:id="1"/>
       <w:bookmarkEnd w:id="2"/>
       <w:bookmarkEnd w:id="3"/>
       <w:bookmarkEnd w:id="4"/>
-      <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidR="000F11A7">
+      <w:r w:rsidR="000F11A7" w:rsidRPr="00236352">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:sz w:val="44"/>
+          <w:szCs w:val="44"/>
+        </w:rPr>
         <w:t>vårdhygien</w:t>
       </w:r>
-      <w:proofErr w:type="spellEnd"/>
+      <w:bookmarkEnd w:id="5"/>
+      <w:bookmarkEnd w:id="6"/>
     </w:p>
-    <w:p w14:paraId="06B1D92B" w14:textId="7FADAC6C" w:rsidR="009A32ED" w:rsidRDefault="009A32ED" w:rsidP="009A32ED">
+    <w:p w14:paraId="06B1D92B" w14:textId="7FADAC6C" w:rsidR="009A32ED" w:rsidRPr="003C088F" w:rsidRDefault="009A32ED" w:rsidP="009A32ED">
       <w:pPr>
         <w:pStyle w:val="Rubrik2"/>
         <w:ind w:right="-143"/>
-      </w:pPr>
-[...5 lines deleted...]
-      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="8" w:name="_Toc100327184"/>
+      <w:bookmarkStart w:id="9" w:name="_Toc106874287"/>
+      <w:bookmarkStart w:id="10" w:name="_Toc144296920"/>
+      <w:bookmarkStart w:id="11" w:name="_Toc149655295"/>
+      <w:bookmarkStart w:id="12" w:name="_Toc211504974"/>
+      <w:bookmarkStart w:id="13" w:name="_Toc213738211"/>
+      <w:bookmarkEnd w:id="7"/>
+      <w:r w:rsidRPr="003C088F">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
         <w:t>Förändringar sedan föregående version</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="6"/>
-      <w:bookmarkEnd w:id="7"/>
       <w:bookmarkEnd w:id="8"/>
       <w:bookmarkEnd w:id="9"/>
-    </w:p>
-[...35 lines deleted...]
-      </w:r>
       <w:bookmarkEnd w:id="10"/>
       <w:bookmarkEnd w:id="11"/>
+      <w:bookmarkEnd w:id="12"/>
+      <w:bookmarkEnd w:id="13"/>
+    </w:p>
+    <w:p w14:paraId="0BDDE4A4" w14:textId="75D8794F" w:rsidR="00A349F4" w:rsidRPr="00A906E7" w:rsidRDefault="00C905DD" w:rsidP="00A349F4">
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:t>Redaktionella förändringar</w:t>
+      </w:r>
+      <w:r w:rsidR="00075AFE">
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7C683175" w14:textId="77777777" w:rsidR="00B405A1" w:rsidRPr="00537DF7" w:rsidRDefault="00B405A1" w:rsidP="00B405A1">
+      <w:pPr>
+        <w:pStyle w:val="Rubrik1"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="14" w:name="_Toc144296921"/>
+      <w:bookmarkStart w:id="15" w:name="_Toc149655296"/>
+      <w:bookmarkStart w:id="16" w:name="_Toc213738212"/>
+      <w:bookmarkStart w:id="17" w:name="_Toc72840807"/>
+      <w:r w:rsidRPr="00537DF7">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+        <w:t>Innehållsförteckning</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="14"/>
+      <w:bookmarkEnd w:id="15"/>
+      <w:bookmarkEnd w:id="16"/>
     </w:p>
     <w:sdt>
       <w:sdtPr>
-        <w:rPr>
-[...4 lines deleted...]
-        </w:rPr>
         <w:id w:val="-369222253"/>
         <w:docPartObj>
           <w:docPartGallery w:val="Table of Contents"/>
           <w:docPartUnique/>
         </w:docPartObj>
       </w:sdtPr>
       <w:sdtEndPr>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
       </w:sdtEndPr>
       <w:sdtContent>
-        <w:p w14:paraId="6A541F2E" w14:textId="425C96FB" w:rsidR="00B165E3" w:rsidRDefault="00DB22C9" w:rsidP="00223C3D">
+        <w:p w14:paraId="7B48AC1D" w14:textId="50C8ECA6" w:rsidR="003601A4" w:rsidRDefault="00DB22C9" w:rsidP="00BA58C7">
           <w:pPr>
-            <w:pStyle w:val="Innehllsfrteckningsrubrik"/>
+            <w:pStyle w:val="Innehll1"/>
             <w:rPr>
               <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
               <w:noProof/>
-              <w:sz w:val="22"/>
-              <w:szCs w:val="22"/>
+              <w:kern w:val="2"/>
+              <w14:ligatures w14:val="standardContextual"/>
             </w:rPr>
           </w:pPr>
           <w:r>
+            <w:rPr>
+              <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+              <w:color w:val="004971" w:themeColor="accent1" w:themeShade="BF"/>
+              <w:sz w:val="32"/>
+              <w:szCs w:val="32"/>
+            </w:rPr>
             <w:fldChar w:fldCharType="begin"/>
           </w:r>
           <w:r>
             <w:instrText xml:space="preserve"> TOC \o "1-3" \h \z \u </w:instrText>
           </w:r>
           <w:r>
+            <w:rPr>
+              <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+              <w:color w:val="004971" w:themeColor="accent1" w:themeShade="BF"/>
+              <w:sz w:val="32"/>
+              <w:szCs w:val="32"/>
+            </w:rPr>
             <w:fldChar w:fldCharType="separate"/>
           </w:r>
+          <w:hyperlink w:anchor="_Toc213738213" w:history="1">
+            <w:r w:rsidR="003601A4" w:rsidRPr="001A1DF9">
+              <w:rPr>
+                <w:rStyle w:val="Hyperlnk"/>
+                <w:rFonts w:eastAsia="MS Gothic"/>
+                <w:noProof/>
+              </w:rPr>
+              <w:t>Syfte</w:t>
+            </w:r>
+            <w:r w:rsidR="003601A4">
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:tab/>
+            </w:r>
+            <w:r w:rsidR="003601A4" w:rsidRPr="004C257C">
+              <w:rPr>
+                <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="begin"/>
+            </w:r>
+            <w:r w:rsidR="003601A4" w:rsidRPr="004C257C">
+              <w:rPr>
+                <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:instrText xml:space="preserve"> PAGEREF _Toc213738213 \h </w:instrText>
+            </w:r>
+            <w:r w:rsidR="003601A4" w:rsidRPr="004C257C">
+              <w:rPr>
+                <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidR="003601A4" w:rsidRPr="004C257C">
+              <w:rPr>
+                <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r w:rsidR="003601A4" w:rsidRPr="004C257C">
+              <w:rPr>
+                <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:t>2</w:t>
+            </w:r>
+            <w:r w:rsidR="003601A4" w:rsidRPr="004C257C">
+              <w:rPr>
+                <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+          </w:hyperlink>
         </w:p>
-        <w:p w14:paraId="18740442" w14:textId="1CC49992" w:rsidR="00B165E3" w:rsidRDefault="00000000" w:rsidP="00A67C6E">
+        <w:p w14:paraId="2DFFC54E" w14:textId="7FD16F28" w:rsidR="003601A4" w:rsidRPr="00EA290D" w:rsidRDefault="003601A4">
           <w:pPr>
             <w:pStyle w:val="Innehll2"/>
             <w:rPr>
-              <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+              <w:rFonts w:ascii="Georgia" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Georgia" w:cstheme="minorBidi"/>
               <w:noProof/>
-              <w:sz w:val="22"/>
-              <w:szCs w:val="22"/>
+              <w:kern w:val="2"/>
+              <w14:ligatures w14:val="standardContextual"/>
             </w:rPr>
           </w:pPr>
-          <w:hyperlink w:anchor="_Toc149655297" w:history="1">
-            <w:r w:rsidR="00B165E3" w:rsidRPr="005500F3">
+          <w:hyperlink w:anchor="_Toc213738214" w:history="1">
+            <w:r w:rsidRPr="00EA290D">
               <w:rPr>
                 <w:rStyle w:val="Hyperlnk"/>
-                <w:rFonts w:eastAsia="MS Gothic"/>
-[...5 lines deleted...]
-              <w:rPr>
+                <w:rFonts w:ascii="Georgia" w:eastAsia="MS Gothic" w:hAnsi="Georgia"/>
+                <w:noProof/>
+              </w:rPr>
+              <w:t>Medicinsk bakgrund</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00EA290D">
+              <w:rPr>
+                <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:tab/>
             </w:r>
-            <w:r w:rsidR="00B165E3">
-              <w:rPr>
+            <w:r w:rsidRPr="00EA290D">
+              <w:rPr>
+                <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
-            <w:r w:rsidR="00B165E3">
-              <w:rPr>
+            <w:r w:rsidRPr="00EA290D">
+              <w:rPr>
+                <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
-              <w:instrText xml:space="preserve"> PAGEREF _Toc149655297 \h </w:instrText>
-[...2 lines deleted...]
-              <w:rPr>
+              <w:instrText xml:space="preserve"> PAGEREF _Toc213738214 \h </w:instrText>
+            </w:r>
+            <w:r w:rsidRPr="00EA290D">
+              <w:rPr>
+                <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
             </w:r>
-            <w:r w:rsidR="00B165E3">
-              <w:rPr>
+            <w:r w:rsidRPr="00EA290D">
+              <w:rPr>
+                <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidR="00B165E3">
-              <w:rPr>
+            <w:r w:rsidRPr="00EA290D">
+              <w:rPr>
+                <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
-            <w:r w:rsidR="00B165E3">
-              <w:rPr>
+            <w:r w:rsidRPr="00EA290D">
+              <w:rPr>
+                <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:hyperlink>
         </w:p>
-        <w:p w14:paraId="35D417BE" w14:textId="6DDCC238" w:rsidR="00B165E3" w:rsidRDefault="00000000" w:rsidP="00A67C6E">
+        <w:p w14:paraId="4841030C" w14:textId="3F8069FC" w:rsidR="003601A4" w:rsidRPr="00EA290D" w:rsidRDefault="003601A4">
+          <w:pPr>
+            <w:pStyle w:val="Innehll3"/>
+            <w:rPr>
+              <w:rFonts w:ascii="Georgia" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Georgia" w:cstheme="minorBidi"/>
+              <w:noProof/>
+              <w:kern w:val="2"/>
+              <w14:ligatures w14:val="standardContextual"/>
+            </w:rPr>
+          </w:pPr>
+          <w:hyperlink w:anchor="_Toc213738215" w:history="1">
+            <w:r w:rsidRPr="00EA290D">
+              <w:rPr>
+                <w:rStyle w:val="Hyperlnk"/>
+                <w:rFonts w:ascii="Georgia" w:eastAsia="MS Gothic" w:hAnsi="Georgia"/>
+                <w:noProof/>
+              </w:rPr>
+              <w:t>Smittspridning och riskfaktorer</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00EA290D">
+              <w:rPr>
+                <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:tab/>
+            </w:r>
+            <w:r w:rsidRPr="00EA290D">
+              <w:rPr>
+                <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="begin"/>
+            </w:r>
+            <w:r w:rsidRPr="00EA290D">
+              <w:rPr>
+                <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:instrText xml:space="preserve"> PAGEREF _Toc213738215 \h </w:instrText>
+            </w:r>
+            <w:r w:rsidRPr="00EA290D">
+              <w:rPr>
+                <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="00EA290D">
+              <w:rPr>
+                <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r w:rsidRPr="00EA290D">
+              <w:rPr>
+                <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:t>2</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00EA290D">
+              <w:rPr>
+                <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+          </w:hyperlink>
+        </w:p>
+        <w:p w14:paraId="011EC8AB" w14:textId="019BB5B2" w:rsidR="003601A4" w:rsidRPr="00EA290D" w:rsidRDefault="003601A4">
           <w:pPr>
             <w:pStyle w:val="Innehll2"/>
             <w:rPr>
-              <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+              <w:rFonts w:ascii="Georgia" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Georgia" w:cstheme="minorBidi"/>
               <w:noProof/>
-              <w:sz w:val="22"/>
-              <w:szCs w:val="22"/>
+              <w:kern w:val="2"/>
+              <w14:ligatures w14:val="standardContextual"/>
             </w:rPr>
           </w:pPr>
-          <w:hyperlink w:anchor="_Toc149655298" w:history="1">
-            <w:r w:rsidR="00B165E3" w:rsidRPr="005500F3">
+          <w:hyperlink w:anchor="_Toc213738216" w:history="1">
+            <w:r w:rsidRPr="00EA290D">
               <w:rPr>
                 <w:rStyle w:val="Hyperlnk"/>
-                <w:rFonts w:eastAsia="MS Gothic"/>
-[...5 lines deleted...]
-              <w:rPr>
+                <w:rFonts w:ascii="Georgia" w:eastAsia="MS Gothic" w:hAnsi="Georgia"/>
+                <w:noProof/>
+              </w:rPr>
+              <w:t>Initial handläggning av patient med nyupptäckt MRSA-bärarskap</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00EA290D">
+              <w:rPr>
+                <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:tab/>
             </w:r>
-            <w:r w:rsidR="00B165E3">
-              <w:rPr>
+            <w:r w:rsidRPr="00EA290D">
+              <w:rPr>
+                <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
-            <w:r w:rsidR="00B165E3">
-              <w:rPr>
+            <w:r w:rsidRPr="00EA290D">
+              <w:rPr>
+                <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
-              <w:instrText xml:space="preserve"> PAGEREF _Toc149655298 \h </w:instrText>
-[...2 lines deleted...]
-              <w:rPr>
+              <w:instrText xml:space="preserve"> PAGEREF _Toc213738216 \h </w:instrText>
+            </w:r>
+            <w:r w:rsidRPr="00EA290D">
+              <w:rPr>
+                <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
             </w:r>
-            <w:r w:rsidR="00B165E3">
-              <w:rPr>
+            <w:r w:rsidRPr="00EA290D">
+              <w:rPr>
+                <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidR="00B165E3">
-              <w:rPr>
+            <w:r w:rsidRPr="00EA290D">
+              <w:rPr>
+                <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
-            <w:r w:rsidR="00B165E3">
-              <w:rPr>
+            <w:r w:rsidRPr="00EA290D">
+              <w:rPr>
+                <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:hyperlink>
         </w:p>
-        <w:p w14:paraId="249F9D9B" w14:textId="462F3EE8" w:rsidR="00B165E3" w:rsidRDefault="00000000" w:rsidP="00A67C6E">
+        <w:p w14:paraId="1504EB6A" w14:textId="368648E9" w:rsidR="003601A4" w:rsidRPr="00EA290D" w:rsidRDefault="003601A4">
+          <w:pPr>
+            <w:pStyle w:val="Innehll2"/>
+            <w:rPr>
+              <w:rFonts w:ascii="Georgia" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Georgia" w:cstheme="minorBidi"/>
+              <w:noProof/>
+              <w:kern w:val="2"/>
+              <w14:ligatures w14:val="standardContextual"/>
+            </w:rPr>
+          </w:pPr>
+          <w:hyperlink w:anchor="_Toc213738217" w:history="1">
+            <w:r w:rsidRPr="00EA290D">
+              <w:rPr>
+                <w:rStyle w:val="Hyperlnk"/>
+                <w:rFonts w:ascii="Georgia" w:eastAsia="MS Gothic" w:hAnsi="Georgia"/>
+                <w:noProof/>
+              </w:rPr>
+              <w:t>Handläggning av patient med känt MRSA-bärarskap i slutenvård</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00EA290D">
+              <w:rPr>
+                <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:tab/>
+            </w:r>
+            <w:r w:rsidRPr="00EA290D">
+              <w:rPr>
+                <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="begin"/>
+            </w:r>
+            <w:r w:rsidRPr="00EA290D">
+              <w:rPr>
+                <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:instrText xml:space="preserve"> PAGEREF _Toc213738217 \h </w:instrText>
+            </w:r>
+            <w:r w:rsidRPr="00EA290D">
+              <w:rPr>
+                <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="00EA290D">
+              <w:rPr>
+                <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r w:rsidRPr="00EA290D">
+              <w:rPr>
+                <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:t>3</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00EA290D">
+              <w:rPr>
+                <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+          </w:hyperlink>
+        </w:p>
+        <w:p w14:paraId="78C80A30" w14:textId="7CD66B73" w:rsidR="003601A4" w:rsidRPr="00EA290D" w:rsidRDefault="003601A4">
+          <w:pPr>
+            <w:pStyle w:val="Innehll2"/>
+            <w:rPr>
+              <w:rFonts w:ascii="Georgia" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Georgia" w:cstheme="minorBidi"/>
+              <w:noProof/>
+              <w:kern w:val="2"/>
+              <w14:ligatures w14:val="standardContextual"/>
+            </w:rPr>
+          </w:pPr>
+          <w:hyperlink w:anchor="_Toc213738218" w:history="1">
+            <w:r w:rsidRPr="00EA290D">
+              <w:rPr>
+                <w:rStyle w:val="Hyperlnk"/>
+                <w:rFonts w:ascii="Georgia" w:eastAsia="MS Gothic" w:hAnsi="Georgia"/>
+                <w:noProof/>
+              </w:rPr>
+              <w:t>Vårdrutiner</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00EA290D">
+              <w:rPr>
+                <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:tab/>
+            </w:r>
+            <w:r w:rsidRPr="00EA290D">
+              <w:rPr>
+                <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="begin"/>
+            </w:r>
+            <w:r w:rsidRPr="00EA290D">
+              <w:rPr>
+                <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:instrText xml:space="preserve"> PAGEREF _Toc213738218 \h </w:instrText>
+            </w:r>
+            <w:r w:rsidRPr="00EA290D">
+              <w:rPr>
+                <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="00EA290D">
+              <w:rPr>
+                <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r w:rsidRPr="00EA290D">
+              <w:rPr>
+                <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:t>3</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00EA290D">
+              <w:rPr>
+                <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+          </w:hyperlink>
+        </w:p>
+        <w:p w14:paraId="2D3BC01F" w14:textId="038EE7BF" w:rsidR="003601A4" w:rsidRPr="00EA290D" w:rsidRDefault="003601A4">
           <w:pPr>
             <w:pStyle w:val="Innehll3"/>
             <w:rPr>
-              <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+              <w:rFonts w:ascii="Georgia" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Georgia" w:cstheme="minorBidi"/>
               <w:noProof/>
-              <w:sz w:val="22"/>
-              <w:szCs w:val="22"/>
+              <w:kern w:val="2"/>
+              <w14:ligatures w14:val="standardContextual"/>
             </w:rPr>
           </w:pPr>
-          <w:hyperlink w:anchor="_Toc149655299" w:history="1">
-            <w:r w:rsidR="00B165E3" w:rsidRPr="005500F3">
+          <w:hyperlink w:anchor="_Toc213738219" w:history="1">
+            <w:r w:rsidRPr="00EA290D">
               <w:rPr>
                 <w:rStyle w:val="Hyperlnk"/>
-                <w:rFonts w:eastAsia="MS Gothic"/>
-[...5 lines deleted...]
-              <w:rPr>
+                <w:rFonts w:ascii="Georgia" w:eastAsia="MS Gothic" w:hAnsi="Georgia"/>
+                <w:noProof/>
+              </w:rPr>
+              <w:t>Vårdrum och personal</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00EA290D">
+              <w:rPr>
+                <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:tab/>
             </w:r>
-            <w:r w:rsidR="00B165E3">
-              <w:rPr>
+            <w:r w:rsidRPr="00EA290D">
+              <w:rPr>
+                <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
-            <w:r w:rsidR="00B165E3">
-              <w:rPr>
+            <w:r w:rsidRPr="00EA290D">
+              <w:rPr>
+                <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
-              <w:instrText xml:space="preserve"> PAGEREF _Toc149655299 \h </w:instrText>
-[...2 lines deleted...]
-              <w:rPr>
+              <w:instrText xml:space="preserve"> PAGEREF _Toc213738219 \h </w:instrText>
+            </w:r>
+            <w:r w:rsidRPr="00EA290D">
+              <w:rPr>
+                <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
             </w:r>
-            <w:r w:rsidR="00B165E3">
-              <w:rPr>
+            <w:r w:rsidRPr="00EA290D">
+              <w:rPr>
+                <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidR="00B165E3">
-              <w:rPr>
+            <w:r w:rsidRPr="00EA290D">
+              <w:rPr>
+                <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
-              <w:t>2</w:t>
-[...2 lines deleted...]
-              <w:rPr>
+              <w:t>3</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00EA290D">
+              <w:rPr>
+                <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:hyperlink>
         </w:p>
-        <w:p w14:paraId="1A6E0506" w14:textId="1219EA71" w:rsidR="00B165E3" w:rsidRDefault="00000000" w:rsidP="00A67C6E">
+        <w:p w14:paraId="68463E0D" w14:textId="0E0C749E" w:rsidR="003601A4" w:rsidRPr="00EA290D" w:rsidRDefault="003601A4">
+          <w:pPr>
+            <w:pStyle w:val="Innehll3"/>
+            <w:rPr>
+              <w:rFonts w:ascii="Georgia" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Georgia" w:cstheme="minorBidi"/>
+              <w:noProof/>
+              <w:kern w:val="2"/>
+              <w14:ligatures w14:val="standardContextual"/>
+            </w:rPr>
+          </w:pPr>
+          <w:hyperlink w:anchor="_Toc213738220" w:history="1">
+            <w:r w:rsidRPr="00EA290D">
+              <w:rPr>
+                <w:rStyle w:val="Hyperlnk"/>
+                <w:rFonts w:ascii="Georgia" w:eastAsia="MS Gothic" w:hAnsi="Georgia"/>
+                <w:noProof/>
+              </w:rPr>
+              <w:t>Undersökningar, mottagningsbesök, konsulter och operation</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00EA290D">
+              <w:rPr>
+                <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:tab/>
+            </w:r>
+            <w:r w:rsidRPr="00EA290D">
+              <w:rPr>
+                <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="begin"/>
+            </w:r>
+            <w:r w:rsidRPr="00EA290D">
+              <w:rPr>
+                <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:instrText xml:space="preserve"> PAGEREF _Toc213738220 \h </w:instrText>
+            </w:r>
+            <w:r w:rsidRPr="00EA290D">
+              <w:rPr>
+                <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="00EA290D">
+              <w:rPr>
+                <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r w:rsidRPr="00EA290D">
+              <w:rPr>
+                <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:t>4</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00EA290D">
+              <w:rPr>
+                <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+          </w:hyperlink>
+        </w:p>
+        <w:p w14:paraId="69C75BED" w14:textId="318600CA" w:rsidR="003601A4" w:rsidRPr="00EA290D" w:rsidRDefault="003601A4">
+          <w:pPr>
+            <w:pStyle w:val="Innehll3"/>
+            <w:rPr>
+              <w:rFonts w:ascii="Georgia" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Georgia" w:cstheme="minorBidi"/>
+              <w:noProof/>
+              <w:kern w:val="2"/>
+              <w14:ligatures w14:val="standardContextual"/>
+            </w:rPr>
+          </w:pPr>
+          <w:hyperlink w:anchor="_Toc213738221" w:history="1">
+            <w:r w:rsidRPr="00EA290D">
+              <w:rPr>
+                <w:rStyle w:val="Hyperlnk"/>
+                <w:rFonts w:ascii="Georgia" w:eastAsia="MS Gothic" w:hAnsi="Georgia"/>
+                <w:noProof/>
+              </w:rPr>
+              <w:t>Städ, tvätt och disk</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00EA290D">
+              <w:rPr>
+                <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:tab/>
+            </w:r>
+            <w:r w:rsidRPr="00EA290D">
+              <w:rPr>
+                <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="begin"/>
+            </w:r>
+            <w:r w:rsidRPr="00EA290D">
+              <w:rPr>
+                <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:instrText xml:space="preserve"> PAGEREF _Toc213738221 \h </w:instrText>
+            </w:r>
+            <w:r w:rsidRPr="00EA290D">
+              <w:rPr>
+                <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="00EA290D">
+              <w:rPr>
+                <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r w:rsidRPr="00EA290D">
+              <w:rPr>
+                <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:t>4</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00EA290D">
+              <w:rPr>
+                <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+          </w:hyperlink>
+        </w:p>
+        <w:p w14:paraId="201E7FD2" w14:textId="04FC58F8" w:rsidR="003601A4" w:rsidRPr="00EA290D" w:rsidRDefault="003601A4">
+          <w:pPr>
+            <w:pStyle w:val="Innehll3"/>
+            <w:rPr>
+              <w:rFonts w:ascii="Georgia" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Georgia" w:cstheme="minorBidi"/>
+              <w:noProof/>
+              <w:kern w:val="2"/>
+              <w14:ligatures w14:val="standardContextual"/>
+            </w:rPr>
+          </w:pPr>
+          <w:hyperlink w:anchor="_Toc213738222" w:history="1">
+            <w:r w:rsidRPr="00EA290D">
+              <w:rPr>
+                <w:rStyle w:val="Hyperlnk"/>
+                <w:rFonts w:ascii="Georgia" w:eastAsia="MS Gothic" w:hAnsi="Georgia"/>
+                <w:noProof/>
+              </w:rPr>
+              <w:t>Materiel och hjälpmedel</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00EA290D">
+              <w:rPr>
+                <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:tab/>
+            </w:r>
+            <w:r w:rsidRPr="00EA290D">
+              <w:rPr>
+                <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="begin"/>
+            </w:r>
+            <w:r w:rsidRPr="00EA290D">
+              <w:rPr>
+                <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:instrText xml:space="preserve"> PAGEREF _Toc213738222 \h </w:instrText>
+            </w:r>
+            <w:r w:rsidRPr="00EA290D">
+              <w:rPr>
+                <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="00EA290D">
+              <w:rPr>
+                <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r w:rsidRPr="00EA290D">
+              <w:rPr>
+                <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:t>5</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00EA290D">
+              <w:rPr>
+                <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+          </w:hyperlink>
+        </w:p>
+        <w:p w14:paraId="4D1A6445" w14:textId="0F35D911" w:rsidR="003601A4" w:rsidRPr="00EA290D" w:rsidRDefault="003601A4">
+          <w:pPr>
+            <w:pStyle w:val="Innehll3"/>
+            <w:rPr>
+              <w:rFonts w:ascii="Georgia" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Georgia" w:cstheme="minorBidi"/>
+              <w:noProof/>
+              <w:kern w:val="2"/>
+              <w14:ligatures w14:val="standardContextual"/>
+            </w:rPr>
+          </w:pPr>
+          <w:hyperlink w:anchor="_Toc213738223" w:history="1">
+            <w:r w:rsidRPr="00EA290D">
+              <w:rPr>
+                <w:rStyle w:val="Hyperlnk"/>
+                <w:rFonts w:ascii="Georgia" w:eastAsia="MS Gothic" w:hAnsi="Georgia"/>
+                <w:noProof/>
+              </w:rPr>
+              <w:t>Närstående/besökare</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00EA290D">
+              <w:rPr>
+                <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:tab/>
+            </w:r>
+            <w:r w:rsidRPr="00EA290D">
+              <w:rPr>
+                <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="begin"/>
+            </w:r>
+            <w:r w:rsidRPr="00EA290D">
+              <w:rPr>
+                <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:instrText xml:space="preserve"> PAGEREF _Toc213738223 \h </w:instrText>
+            </w:r>
+            <w:r w:rsidRPr="00EA290D">
+              <w:rPr>
+                <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="00EA290D">
+              <w:rPr>
+                <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r w:rsidRPr="00EA290D">
+              <w:rPr>
+                <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:t>5</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00EA290D">
+              <w:rPr>
+                <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+          </w:hyperlink>
+        </w:p>
+        <w:p w14:paraId="088581C3" w14:textId="0CE17EB0" w:rsidR="003601A4" w:rsidRPr="00EA290D" w:rsidRDefault="003601A4">
           <w:pPr>
             <w:pStyle w:val="Innehll2"/>
             <w:rPr>
-              <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+              <w:rFonts w:ascii="Georgia" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Georgia" w:cstheme="minorBidi"/>
               <w:noProof/>
-              <w:sz w:val="22"/>
-              <w:szCs w:val="22"/>
+              <w:kern w:val="2"/>
+              <w14:ligatures w14:val="standardContextual"/>
             </w:rPr>
           </w:pPr>
-          <w:hyperlink w:anchor="_Toc149655300" w:history="1">
-            <w:r w:rsidR="00B165E3" w:rsidRPr="005500F3">
+          <w:hyperlink w:anchor="_Toc213738224" w:history="1">
+            <w:r w:rsidRPr="00EA290D">
               <w:rPr>
                 <w:rStyle w:val="Hyperlnk"/>
-                <w:rFonts w:eastAsia="MS Gothic"/>
-[...5 lines deleted...]
-              <w:rPr>
+                <w:rFonts w:ascii="Georgia" w:eastAsia="MS Gothic" w:hAnsi="Georgia"/>
+                <w:noProof/>
+              </w:rPr>
+              <w:t>Ansvar</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00EA290D">
+              <w:rPr>
+                <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:tab/>
             </w:r>
-            <w:r w:rsidR="00B165E3">
-              <w:rPr>
+            <w:r w:rsidRPr="00EA290D">
+              <w:rPr>
+                <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
-            <w:r w:rsidR="00B165E3">
-              <w:rPr>
+            <w:r w:rsidRPr="00EA290D">
+              <w:rPr>
+                <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
-              <w:instrText xml:space="preserve"> PAGEREF _Toc149655300 \h </w:instrText>
-[...2 lines deleted...]
-              <w:rPr>
+              <w:instrText xml:space="preserve"> PAGEREF _Toc213738224 \h </w:instrText>
+            </w:r>
+            <w:r w:rsidRPr="00EA290D">
+              <w:rPr>
+                <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
             </w:r>
-            <w:r w:rsidR="00B165E3">
-              <w:rPr>
+            <w:r w:rsidRPr="00EA290D">
+              <w:rPr>
+                <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidR="00B165E3">
-              <w:rPr>
+            <w:r w:rsidRPr="00EA290D">
+              <w:rPr>
+                <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
-              <w:t>3</w:t>
-[...2 lines deleted...]
-              <w:rPr>
+              <w:t>5</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00EA290D">
+              <w:rPr>
+                <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:hyperlink>
         </w:p>
-        <w:p w14:paraId="09C37620" w14:textId="6DF417EA" w:rsidR="00B165E3" w:rsidRDefault="00000000" w:rsidP="00A67C6E">
+        <w:p w14:paraId="04CFCF64" w14:textId="3FA89480" w:rsidR="003601A4" w:rsidRPr="00EA290D" w:rsidRDefault="003601A4">
           <w:pPr>
             <w:pStyle w:val="Innehll2"/>
             <w:rPr>
-              <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+              <w:rFonts w:ascii="Georgia" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Georgia" w:cstheme="minorBidi"/>
               <w:noProof/>
-              <w:sz w:val="22"/>
-              <w:szCs w:val="22"/>
+              <w:kern w:val="2"/>
+              <w14:ligatures w14:val="standardContextual"/>
             </w:rPr>
           </w:pPr>
-          <w:hyperlink w:anchor="_Toc149655301" w:history="1">
-            <w:r w:rsidR="00B165E3" w:rsidRPr="005500F3">
+          <w:hyperlink w:anchor="_Toc213738225" w:history="1">
+            <w:r w:rsidRPr="00EA290D">
               <w:rPr>
                 <w:rStyle w:val="Hyperlnk"/>
-                <w:rFonts w:eastAsia="MS Gothic"/>
-[...5 lines deleted...]
-              <w:rPr>
+                <w:rFonts w:ascii="Georgia" w:eastAsia="MS Gothic" w:hAnsi="Georgia"/>
+                <w:noProof/>
+              </w:rPr>
+              <w:t>Relaterad information</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00EA290D">
+              <w:rPr>
+                <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:tab/>
             </w:r>
-            <w:r w:rsidR="00B165E3">
-              <w:rPr>
+            <w:r w:rsidRPr="00EA290D">
+              <w:rPr>
+                <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
-            <w:r w:rsidR="00B165E3">
-              <w:rPr>
+            <w:r w:rsidRPr="00EA290D">
+              <w:rPr>
+                <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
-              <w:instrText xml:space="preserve"> PAGEREF _Toc149655301 \h </w:instrText>
-[...2 lines deleted...]
-              <w:rPr>
+              <w:instrText xml:space="preserve"> PAGEREF _Toc213738225 \h </w:instrText>
+            </w:r>
+            <w:r w:rsidRPr="00EA290D">
+              <w:rPr>
+                <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
             </w:r>
-            <w:r w:rsidR="00B165E3">
-              <w:rPr>
+            <w:r w:rsidRPr="00EA290D">
+              <w:rPr>
+                <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidR="00B165E3">
-              <w:rPr>
+            <w:r w:rsidRPr="00EA290D">
+              <w:rPr>
+                <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
-              <w:t>3</w:t>
-[...2 lines deleted...]
-              <w:rPr>
+              <w:t>5</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00EA290D">
+              <w:rPr>
+                <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:hyperlink>
         </w:p>
-        <w:p w14:paraId="2A974CEB" w14:textId="67CB9E51" w:rsidR="00B165E3" w:rsidRDefault="00000000" w:rsidP="00A67C6E">
+        <w:p w14:paraId="3353CFA0" w14:textId="5F1CE216" w:rsidR="003601A4" w:rsidRPr="00EA290D" w:rsidRDefault="003601A4">
           <w:pPr>
             <w:pStyle w:val="Innehll2"/>
             <w:rPr>
-              <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+              <w:rFonts w:ascii="Georgia" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Georgia" w:cstheme="minorBidi"/>
               <w:noProof/>
-              <w:sz w:val="22"/>
-              <w:szCs w:val="22"/>
+              <w:kern w:val="2"/>
+              <w14:ligatures w14:val="standardContextual"/>
             </w:rPr>
           </w:pPr>
-          <w:hyperlink w:anchor="_Toc149655302" w:history="1">
-            <w:r w:rsidR="00B165E3" w:rsidRPr="005500F3">
+          <w:hyperlink w:anchor="_Toc213738226" w:history="1">
+            <w:r w:rsidRPr="00EA290D">
               <w:rPr>
                 <w:rStyle w:val="Hyperlnk"/>
-                <w:rFonts w:eastAsia="MS Gothic"/>
-[...5 lines deleted...]
-              <w:rPr>
+                <w:rFonts w:ascii="Georgia" w:eastAsia="MS Gothic" w:hAnsi="Georgia"/>
+                <w:noProof/>
+              </w:rPr>
+              <w:t>Källförteckning</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00EA290D">
+              <w:rPr>
+                <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:tab/>
             </w:r>
-            <w:r w:rsidR="00B165E3">
-              <w:rPr>
+            <w:r w:rsidRPr="00EA290D">
+              <w:rPr>
+                <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
-            <w:r w:rsidR="00B165E3">
-              <w:rPr>
+            <w:r w:rsidRPr="00EA290D">
+              <w:rPr>
+                <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
-              <w:instrText xml:space="preserve"> PAGEREF _Toc149655302 \h </w:instrText>
-[...2 lines deleted...]
-              <w:rPr>
+              <w:instrText xml:space="preserve"> PAGEREF _Toc213738226 \h </w:instrText>
+            </w:r>
+            <w:r w:rsidRPr="00EA290D">
+              <w:rPr>
+                <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
             </w:r>
-            <w:r w:rsidR="00B165E3">
-              <w:rPr>
+            <w:r w:rsidRPr="00EA290D">
+              <w:rPr>
+                <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidR="00B165E3">
-              <w:rPr>
+            <w:r w:rsidRPr="00EA290D">
+              <w:rPr>
+                <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
-              <w:t>4</w:t>
-[...2 lines deleted...]
-              <w:rPr>
+              <w:t>6</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00EA290D">
+              <w:rPr>
+                <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:hyperlink>
         </w:p>
-        <w:p w14:paraId="096E9C0E" w14:textId="1F89C62E" w:rsidR="00B165E3" w:rsidRDefault="00000000" w:rsidP="00A67C6E">
-[...620 lines deleted...]
-        <w:p w14:paraId="2AD355BE" w14:textId="4C37EF0B" w:rsidR="00B405A1" w:rsidRPr="006854F3" w:rsidRDefault="00DB22C9" w:rsidP="007C51E6">
+        <w:p w14:paraId="2AD355BE" w14:textId="3150EB9E" w:rsidR="00B405A1" w:rsidRPr="006854F3" w:rsidRDefault="00DB22C9" w:rsidP="007C51E6">
           <w:pPr>
             <w:spacing w:after="0"/>
             <w:ind w:left="0"/>
             <w:rPr>
               <w:b/>
               <w:bCs/>
             </w:rPr>
           </w:pPr>
           <w:r>
             <w:rPr>
               <w:b/>
               <w:bCs/>
             </w:rPr>
             <w:fldChar w:fldCharType="end"/>
           </w:r>
         </w:p>
       </w:sdtContent>
     </w:sdt>
-    <w:p w14:paraId="5391A7A5" w14:textId="58B77D61" w:rsidR="00C44948" w:rsidRDefault="00C44948" w:rsidP="009A32ED">
+    <w:p w14:paraId="5391A7A5" w14:textId="58B77D61" w:rsidR="00C44948" w:rsidRPr="00537DF7" w:rsidRDefault="00C44948" w:rsidP="009A32ED">
       <w:pPr>
         <w:pStyle w:val="Rubrik2"/>
         <w:ind w:right="-143"/>
-      </w:pPr>
-[...2 lines deleted...]
-      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="18" w:name="_Toc213738213"/>
+      <w:bookmarkEnd w:id="17"/>
+      <w:r w:rsidRPr="00537DF7">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+        <w:t>Syfte</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="18"/>
+    </w:p>
+    <w:p w14:paraId="126797C7" w14:textId="2E630449" w:rsidR="00C44948" w:rsidRPr="009454C5" w:rsidRDefault="00C44948" w:rsidP="00C44948">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009454C5">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:t>Syftet är att med utgångspunkt från smittskyddslagen tillgodose att patienten får adekvat medicinsk information samt att förhindra spridning av MRSA.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2B365A67" w14:textId="77777777" w:rsidR="00C44948" w:rsidRPr="008A6996" w:rsidRDefault="00C44948" w:rsidP="00C44948">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008A6996">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
         <w:lastRenderedPageBreak/>
-        <w:t>Syfte</w:t>
-[...1 lines deleted...]
-      <w:bookmarkEnd w:id="13"/>
+        <w:t>Vård eller behandling får inte fördröjas eller undanhållas på grund av misstänkt eller konstaterat bärarskap av MRSA.</w:t>
+      </w:r>
     </w:p>
-    <w:p w14:paraId="126797C7" w14:textId="77777777" w:rsidR="00C44948" w:rsidRDefault="00C44948" w:rsidP="00C44948">
-[...2 lines deleted...]
-      </w:r>
+    <w:p w14:paraId="339F48C7" w14:textId="6DB123CC" w:rsidR="00C44948" w:rsidRPr="00B42704" w:rsidRDefault="00C44948" w:rsidP="00DB3273">
+      <w:pPr>
+        <w:pStyle w:val="Rubrik2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="19" w:name="_Toc142991992"/>
+      <w:bookmarkStart w:id="20" w:name="_Toc213738214"/>
+      <w:r w:rsidRPr="00B42704">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+        <w:t>Medicinsk bakgrund</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="19"/>
+      <w:bookmarkEnd w:id="20"/>
     </w:p>
-    <w:p w14:paraId="2B365A67" w14:textId="77777777" w:rsidR="00C44948" w:rsidRPr="006D5B97" w:rsidRDefault="00C44948" w:rsidP="00C44948">
-[...11 lines deleted...]
-        <w:t>Vård eller behandling får inte fördröjas eller undanhållas på grund av misstänkt eller konstaterat bärarskap av MRSA.</w:t>
+    <w:p w14:paraId="3BFAE37E" w14:textId="21D41DF4" w:rsidR="00613533" w:rsidRPr="00835E08" w:rsidRDefault="00613533" w:rsidP="00C44948">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00835E08">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:t xml:space="preserve">MRSA innefattar bakterier inom </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00835E08">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:t>Staphylococcus</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00835E08">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00835E08">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:t>aureus</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00835E08">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> komplexet (</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00835E08">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:t>S.aureus</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00835E08">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00835E08">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:t>S.argenteus</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00835E08">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00835E08">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:t>S.schweitzeri</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00835E08">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00835E08">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:t>S.roterodami</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00835E08">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> och </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00835E08">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:t>S.singaporensis</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00835E08">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:t xml:space="preserve">) som bär på </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00835E08">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:t>resistensgen</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00835E08">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> mot </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00835E08">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:t>betalaktamantibiotika</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00835E08">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="339F48C7" w14:textId="6DB123CC" w:rsidR="00C44948" w:rsidRPr="00DB3273" w:rsidRDefault="00C44948" w:rsidP="00DB3273">
-[...9 lines deleted...]
-      <w:bookmarkEnd w:id="15"/>
+    <w:p w14:paraId="45A68A41" w14:textId="68DB8AA2" w:rsidR="00C44948" w:rsidRPr="00835E08" w:rsidRDefault="00C44948" w:rsidP="00C44948">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00835E08">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:t>Staphylococcus</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00835E08">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00835E08">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:t>aureus</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00613533" w:rsidRPr="00835E08">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> komplexet</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00835E08">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> tillhör den normala hudfloran och det är vanligt att man är tillfällig </w:t>
+      </w:r>
+      <w:r w:rsidR="008523B7" w:rsidRPr="00835E08">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:t>eller långvarig</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00835E08">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> bärare av dessa bakterier på hud och slemhinnor. </w:t>
+      </w:r>
     </w:p>
-    <w:p w14:paraId="3BFAE37E" w14:textId="21D41DF4" w:rsidR="00613533" w:rsidRDefault="00613533" w:rsidP="00C44948">
-[...1 lines deleted...]
-        <w:t xml:space="preserve">MRSA innefattar bakterier inom </w:t>
+    <w:p w14:paraId="2112AA78" w14:textId="6F92E0EE" w:rsidR="00C44948" w:rsidRPr="00835E08" w:rsidRDefault="00C44948" w:rsidP="00C44948">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00835E08">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Bärarskap på hud </w:t>
+      </w:r>
+      <w:r w:rsidR="006854F3" w:rsidRPr="00835E08">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:t>är ofta symtomfritt</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00835E08">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> men</w:t>
+      </w:r>
+      <w:r w:rsidR="006854F3" w:rsidRPr="00835E08">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> MRSA kan orsaka infektioner precis som bakterier i </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r>
+      <w:r w:rsidR="006854F3" w:rsidRPr="00835E08">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
         <w:t>Staphylococcus</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r>
+      <w:r w:rsidR="006854F3" w:rsidRPr="00835E08">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r>
-        <w:t>aureus</w:t>
+      <w:r w:rsidR="006854F3" w:rsidRPr="00835E08">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:t>aureuskomplexet</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r>
-[...56 lines deleted...]
-        <w:t>.</w:t>
+      <w:r w:rsidR="006854F3" w:rsidRPr="00835E08">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> som inte bär på resistensgenen. Vanligast är infektioner i hud- och mjukdelar. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00835E08">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="45A68A41" w14:textId="512A8586" w:rsidR="00C44948" w:rsidRDefault="00C44948" w:rsidP="00C44948">
-[...5 lines deleted...]
-      <w:r>
+    <w:p w14:paraId="231AB4E2" w14:textId="62D834A5" w:rsidR="00712615" w:rsidRPr="00835E08" w:rsidRDefault="00712615" w:rsidP="00C44948">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00835E08">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:t xml:space="preserve">MRSA är en allmänfarlig sjukdom </w:t>
+      </w:r>
+      <w:r w:rsidR="004969A0" w:rsidRPr="00835E08">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:t xml:space="preserve">och är </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00835E08">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:t>där</w:t>
+      </w:r>
+      <w:r w:rsidR="004969A0" w:rsidRPr="00835E08">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:t>med</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00835E08">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> anmälnings- och smittspårningspliktig enligt smittskyddslagen.</w:t>
+      </w:r>
+      <w:r w:rsidR="00194608" w:rsidRPr="00835E08">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
-[...9 lines deleted...]
-      </w:r>
     </w:p>
-    <w:p w14:paraId="2112AA78" w14:textId="6F92E0EE" w:rsidR="00C44948" w:rsidRDefault="00C44948" w:rsidP="00C44948">
-[...30 lines deleted...]
-      </w:r>
+    <w:p w14:paraId="5E9FC840" w14:textId="570FDCDD" w:rsidR="00C44948" w:rsidRPr="001A53F0" w:rsidRDefault="00C44948" w:rsidP="002A5E35">
+      <w:pPr>
+        <w:pStyle w:val="Rubrik3"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="21" w:name="_Toc142991993"/>
+      <w:bookmarkStart w:id="22" w:name="_Toc213738215"/>
+      <w:r w:rsidRPr="001A53F0">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Smittspridning och riskfaktorer</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="21"/>
+      <w:bookmarkEnd w:id="22"/>
     </w:p>
-    <w:p w14:paraId="231AB4E2" w14:textId="6328AE52" w:rsidR="00712615" w:rsidRPr="004969A0" w:rsidRDefault="00712615" w:rsidP="00C44948">
-[...33 lines deleted...]
-        <w:rPr>
+    <w:p w14:paraId="02DFBD0F" w14:textId="545C0C3B" w:rsidR="00C44948" w:rsidRPr="001A53F0" w:rsidRDefault="00C44948" w:rsidP="00C44948">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
           <w:i/>
           <w:iCs/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="734C1DBC">
+      <w:r w:rsidRPr="001A53F0">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
         <w:t xml:space="preserve">Spridning sker via </w:t>
       </w:r>
-      <w:r w:rsidR="00F96494">
+      <w:r w:rsidR="00F96494" w:rsidRPr="001A53F0">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
         <w:t xml:space="preserve">direkt och indirekt </w:t>
       </w:r>
-      <w:r w:rsidRPr="734C1DBC">
+      <w:r w:rsidRPr="001A53F0">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
         <w:t>kontaktsmitta på samma sätt som för andra hudbakterier. Smittspridning sker både i samhället och inom vården. Inom vården kan bristande följsamhet till basala hygienrutiner eller dåligt rengjord utrustning bidra till spridning.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5C64928F" w14:textId="77777777" w:rsidR="00C44948" w:rsidRDefault="00C44948" w:rsidP="00C44948">
-[...13 lines deleted...]
-        <w:t xml:space="preserve"> skadad av till exempel eksem eller sår. </w:t>
+    <w:p w14:paraId="5C64928F" w14:textId="77777777" w:rsidR="00C44948" w:rsidRPr="001A53F0" w:rsidRDefault="00C44948" w:rsidP="00C44948">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001A53F0">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Risken att få ett långvarigt bärarskap av MRSA ökar om huden är skadad av till exempel eksem eller sår. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="195754F1" w14:textId="77777777" w:rsidR="00C44948" w:rsidRDefault="00C44948" w:rsidP="00C44948">
-[...1 lines deleted...]
-        <w:rPr>
+    <w:p w14:paraId="195754F1" w14:textId="6D4BF7F8" w:rsidR="00C44948" w:rsidRPr="001A53F0" w:rsidRDefault="00C44948" w:rsidP="00C44948">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
           <w:i/>
           <w:iCs/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="734C1DBC">
-[...6 lines deleted...]
-        <w:t>. Smittrisken är liten vid symtomfritt bärarskap hos en person utan riskfaktorer.</w:t>
+      <w:r w:rsidRPr="001A53F0">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Risk för smittöverföring beror på riskfaktorer hos bäraren och den exponerade. </w:t>
+      </w:r>
+      <w:r w:rsidR="009B228C" w:rsidRPr="001A53F0">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Riskfaktorer för smittöverföring är sår, skadad hud, </w:t>
+      </w:r>
+      <w:r w:rsidR="00F66639" w:rsidRPr="001A53F0">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:t xml:space="preserve">hudsjukdom, drän, kärlkatetrar, stomi. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="001A53F0">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:t>Smittrisken är liten vid symtomfritt bärarskap hos en person utan riskfaktorer.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="466255A0" w14:textId="77777777" w:rsidR="00C44948" w:rsidRPr="00835216" w:rsidRDefault="00C44948" w:rsidP="00C44948">
-[...12 lines deleted...]
-      </w:r>
+    <w:p w14:paraId="78AB780B" w14:textId="02592C32" w:rsidR="00C44948" w:rsidRPr="00AC3BF9" w:rsidRDefault="00C44948" w:rsidP="00B165E3">
+      <w:pPr>
+        <w:pStyle w:val="Rubrik2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="23" w:name="_Toc142991994"/>
+      <w:bookmarkStart w:id="24" w:name="_Toc213738216"/>
+      <w:r w:rsidRPr="00AC3BF9">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+        <w:t>Initial handläggning av patient med nyupptäckt MRSA-bärarskap</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="23"/>
+      <w:bookmarkEnd w:id="24"/>
     </w:p>
-    <w:p w14:paraId="457BBE2E" w14:textId="77777777" w:rsidR="00C44948" w:rsidRPr="00403598" w:rsidRDefault="00C44948" w:rsidP="00C44948">
+    <w:p w14:paraId="076AB399" w14:textId="77777777" w:rsidR="00C44948" w:rsidRPr="00AC3BF9" w:rsidRDefault="00C44948" w:rsidP="00C44948">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00AC3BF9">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Behandlande/ansvarig läkare på aktuell enhet ansvarar för att:  </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="23789F71" w14:textId="05E48AD1" w:rsidR="00C44948" w:rsidRPr="00AC3BF9" w:rsidRDefault="00C44948" w:rsidP="00C44948">
       <w:pPr>
         <w:pStyle w:val="Punktlista"/>
-      </w:pPr>
-[...168 lines deleted...]
-      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00AC3BF9">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
         <w:t xml:space="preserve">Informera patienten om odlingsresultat </w:t>
       </w:r>
-      <w:r w:rsidR="00A06376">
+      <w:r w:rsidR="00A06376" w:rsidRPr="00AC3BF9">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
         <w:t>och</w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00AC3BF9">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
         <w:t xml:space="preserve"> förhållningsregler</w:t>
       </w:r>
-      <w:r w:rsidR="00A06376">
-[...5 lines deleted...]
-      <w:r>
+      <w:r w:rsidR="00A06376" w:rsidRPr="00AC3BF9">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> samt smittspåra</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AC3BF9">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
         <w:t xml:space="preserve">. Se </w:t>
       </w:r>
       <w:hyperlink r:id="rId12" w:history="1">
-        <w:r w:rsidRPr="00914325">
+        <w:r w:rsidRPr="00AC3BF9">
           <w:rPr>
             <w:rStyle w:val="Hyperlnk"/>
+            <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
           </w:rPr>
           <w:t>Smittskyddsblad patientinformation</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r>
+      <w:r w:rsidRPr="00AC3BF9">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
         <w:t xml:space="preserve"> samt </w:t>
       </w:r>
       <w:hyperlink r:id="rId13" w:history="1">
-        <w:r w:rsidRPr="00914325">
+        <w:r w:rsidRPr="00AC3BF9">
           <w:rPr>
             <w:rStyle w:val="Hyperlnk"/>
+            <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
           </w:rPr>
           <w:t>Smittskyddsblad läkarinformation</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="658987FE" w14:textId="77777777" w:rsidR="00C44948" w:rsidRDefault="00C44948" w:rsidP="00C44948">
+    <w:p w14:paraId="658987FE" w14:textId="77777777" w:rsidR="00C44948" w:rsidRPr="00AC3BF9" w:rsidRDefault="00C44948" w:rsidP="00C44948">
       <w:pPr>
         <w:pStyle w:val="Punktlista"/>
-      </w:pPr>
-      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00AC3BF9">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
         <w:t xml:space="preserve">Anmäla enligt smittskyddslagen i </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r>
+      <w:r w:rsidRPr="00AC3BF9">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
         <w:t>Sminet</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r>
+      <w:r w:rsidRPr="00AC3BF9">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
       <w:hyperlink r:id="rId14" w:history="1">
-        <w:r w:rsidRPr="000C57DE">
+        <w:r w:rsidRPr="00AC3BF9">
           <w:rPr>
             <w:rStyle w:val="Hyperlnk"/>
+            <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
           </w:rPr>
           <w:t xml:space="preserve">Smittskyddsanmälan i </w:t>
         </w:r>
         <w:proofErr w:type="spellStart"/>
-        <w:r w:rsidRPr="000C57DE">
+        <w:r w:rsidRPr="00AC3BF9">
           <w:rPr>
             <w:rStyle w:val="Hyperlnk"/>
+            <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
           </w:rPr>
           <w:t>Sminet</w:t>
         </w:r>
         <w:proofErr w:type="spellEnd"/>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="68330239" w14:textId="77777777" w:rsidR="00C44948" w:rsidRDefault="00C44948" w:rsidP="00C44948">
+    <w:p w14:paraId="68330239" w14:textId="583D391B" w:rsidR="00C44948" w:rsidRPr="00AC3BF9" w:rsidRDefault="00C44948" w:rsidP="00C44948">
       <w:pPr>
         <w:pStyle w:val="Punktlista"/>
-      </w:pPr>
-      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00AC3BF9">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
         <w:t xml:space="preserve">Journalföra MRSA-bärarskap under symbolen uppmärksamhetsinformation i Melior. Se </w:t>
       </w:r>
       <w:hyperlink r:id="rId15" w:history="1">
-        <w:r w:rsidRPr="00466E8B">
+        <w:r w:rsidR="0084617D" w:rsidRPr="00AC3BF9">
           <w:rPr>
             <w:rStyle w:val="Hyperlnk"/>
+            <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
           </w:rPr>
-          <w:t>Smitta dokumentation i Melior</w:t>
+          <w:t>Allmänna uppgifter</w:t>
+        </w:r>
+        <w:r w:rsidR="00040EE0" w:rsidRPr="00AC3BF9">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlnk"/>
+            <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+          </w:rPr>
+          <w:t xml:space="preserve"> – dokumentation i Melior</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="07E93494" w14:textId="77777777" w:rsidR="00C44948" w:rsidRPr="00253C1C" w:rsidRDefault="00C44948" w:rsidP="00C44948">
+    <w:p w14:paraId="07E93494" w14:textId="77777777" w:rsidR="00C44948" w:rsidRPr="00AC3BF9" w:rsidRDefault="00C44948" w:rsidP="00C44948">
       <w:pPr>
         <w:pStyle w:val="Punktlista"/>
         <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
-      <w:r>
-[...6 lines deleted...]
-        <w:t xml:space="preserve">Om patienten arbetar eller är studerande inom vård och omsorg ska detta anges på remissen. Vid riskfaktorer för smittspridning ska avstängning från patientnära arbete göras i väntan på bedömning på infektionsklinik. Kontakta Vårdhygien för stöd i bedömningen. </w:t>
+      <w:r w:rsidRPr="00AC3BF9">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t xml:space="preserve">Remittera till Infektionsmottagningen för MRSA PAL och uppföljning. Om patienten arbetar eller är studerande inom vård och omsorg ska detta anges på remissen. Vid riskfaktorer för smittspridning ska avstängning från patientnära arbete göras i väntan på bedömning på infektionsklinik. Kontakta Vårdhygien för stöd i bedömningen. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1892CC83" w14:textId="77777777" w:rsidR="00C44948" w:rsidRPr="00F40A11" w:rsidRDefault="00C44948" w:rsidP="00C44948">
+    <w:p w14:paraId="1892CC83" w14:textId="77777777" w:rsidR="00C44948" w:rsidRPr="00AC3BF9" w:rsidRDefault="00C44948" w:rsidP="00C44948">
       <w:pPr>
         <w:pStyle w:val="Punktlista"/>
         <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
-      <w:r>
+      <w:r w:rsidRPr="00AC3BF9">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
         <w:t>Om patienten har en infektion orsakad av MRSA kontakta vid behov infektionsläkare för råd om antibiotikabehandling.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="52BC80A6" w14:textId="1825A07D" w:rsidR="00C44948" w:rsidRPr="00C77C91" w:rsidRDefault="00C44948" w:rsidP="00C44948">
+    <w:p w14:paraId="52BC80A6" w14:textId="1825A07D" w:rsidR="00C44948" w:rsidRPr="00AC3BF9" w:rsidRDefault="00C44948" w:rsidP="00C44948">
       <w:pPr>
         <w:pStyle w:val="Punktlista"/>
         <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
-      <w:r>
+      <w:r w:rsidRPr="00AC3BF9">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
         <w:t xml:space="preserve">Vid nyupptäckt MRSA-bärarskap hos patient inom vård och omsorg ska Vårdhygien kontaktas för ställningstagande till omfattning av smittspårning samt råd gällande vårdhygieniska rutiner. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="768A93AE" w14:textId="0C86236D" w:rsidR="00C77C91" w:rsidRPr="002377EF" w:rsidRDefault="00C77C91" w:rsidP="00C44948">
+    <w:p w14:paraId="768A93AE" w14:textId="0C86236D" w:rsidR="00C77C91" w:rsidRPr="00AC3BF9" w:rsidRDefault="00C77C91" w:rsidP="00C44948">
       <w:pPr>
         <w:pStyle w:val="Punktlista"/>
         <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="002377EF">
+      <w:r w:rsidRPr="00AC3BF9">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
         <w:t xml:space="preserve">För </w:t>
       </w:r>
-      <w:r w:rsidR="00B165E3">
+      <w:r w:rsidR="00B165E3" w:rsidRPr="00AC3BF9">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
         <w:t xml:space="preserve">slutenvårdad </w:t>
       </w:r>
-      <w:r w:rsidRPr="002377EF">
+      <w:r w:rsidRPr="00AC3BF9">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
         <w:t>patient se även nedanstående gällande handläggning av patient med känt MRSA-bärarskap i slutenvård.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="12FD56C6" w14:textId="57744530" w:rsidR="00C44948" w:rsidRPr="006E643D" w:rsidRDefault="00C44948" w:rsidP="00B165E3">
+    <w:p w14:paraId="12FD56C6" w14:textId="57744530" w:rsidR="00C44948" w:rsidRPr="004B2E4F" w:rsidRDefault="00C44948" w:rsidP="00B165E3">
       <w:pPr>
         <w:pStyle w:val="Rubrik2"/>
         <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:b/>
-        </w:rPr>
-[...6 lines deleted...]
-      <w:r>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="25" w:name="_Toc142991995"/>
+      <w:bookmarkStart w:id="26" w:name="_Toc213738217"/>
+      <w:r w:rsidRPr="004B2E4F">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+        <w:t>Handläggning av patient med känt MRSA-bärarskap i slutenvård</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="25"/>
+      <w:bookmarkEnd w:id="26"/>
+      <w:r w:rsidRPr="004B2E4F">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="006E643D">
-[...6 lines deleted...]
-      </w:r>
     </w:p>
-    <w:p w14:paraId="77EE31A9" w14:textId="2C7E1540" w:rsidR="0074666F" w:rsidRPr="009A197D" w:rsidRDefault="0074666F" w:rsidP="00C636AB">
+    <w:p w14:paraId="77EE31A9" w14:textId="2C7E1540" w:rsidR="0074666F" w:rsidRPr="004B2E4F" w:rsidRDefault="0074666F" w:rsidP="005570FB">
       <w:pPr>
         <w:pStyle w:val="Punktlista"/>
-      </w:pPr>
-      <w:r w:rsidRPr="009A197D">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004B2E4F">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
         <w:t xml:space="preserve">Bedöm vid inläggning och kontinuerligt riskfaktorer </w:t>
       </w:r>
-      <w:r w:rsidR="00C77C91" w:rsidRPr="009A197D">
+      <w:r w:rsidR="00C77C91" w:rsidRPr="004B2E4F">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
         <w:t xml:space="preserve">samt behov av </w:t>
       </w:r>
-      <w:r w:rsidR="006854F3" w:rsidRPr="009A197D">
+      <w:r w:rsidR="006854F3" w:rsidRPr="004B2E4F">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
         <w:t>ny provtagning för MRSA.</w:t>
       </w:r>
-      <w:r w:rsidR="00C77C91" w:rsidRPr="009A197D">
+      <w:r w:rsidR="00C77C91" w:rsidRPr="004B2E4F">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
         <w:t xml:space="preserve"> Kontakta vid behov infektionsläkare alternativt </w:t>
       </w:r>
-      <w:r w:rsidR="009A197D" w:rsidRPr="009A197D">
+      <w:r w:rsidR="009A197D" w:rsidRPr="004B2E4F">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
         <w:t>V</w:t>
       </w:r>
-      <w:r w:rsidR="00C77C91" w:rsidRPr="009A197D">
+      <w:r w:rsidR="00C77C91" w:rsidRPr="004B2E4F">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
         <w:t>årdhygien.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="07F4186F" w14:textId="77777777" w:rsidR="0074666F" w:rsidRDefault="0074666F" w:rsidP="0074666F">
+    <w:p w14:paraId="07F4186F" w14:textId="77777777" w:rsidR="0074666F" w:rsidRPr="004B2E4F" w:rsidRDefault="0074666F" w:rsidP="0074666F">
       <w:pPr>
         <w:pStyle w:val="Punktlista"/>
-      </w:pPr>
-[...4 lines deleted...]
-        <w:t xml:space="preserve">llera att MRSA- bärarskapet är journalfört under symbolen uppmärksamhetsinformation i Melior. </w:t>
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004B2E4F">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Kontrollera att MRSA- bärarskapet är journalfört under symbolen uppmärksamhetsinformation i Melior. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3A5A0D80" w14:textId="77777777" w:rsidR="0074666F" w:rsidRPr="008C6D38" w:rsidRDefault="0074666F" w:rsidP="0074666F">
+    <w:p w14:paraId="3A5A0D80" w14:textId="77777777" w:rsidR="0074666F" w:rsidRPr="004B2E4F" w:rsidRDefault="0074666F" w:rsidP="0074666F">
       <w:pPr>
         <w:pStyle w:val="Punktlista"/>
         <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00192DBA">
-[...18 lines deleted...]
-        <w:t>årdhygien.</w:t>
+      <w:r w:rsidRPr="004B2E4F">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:t>Vid byte av vårdform ska mottagande enhet informeras om patientens MRSA- bärarskap av ansvarig sjuksköterska/läkare. Vid överflyttning till kommunal vård eller annan förvaltning informeras även Vårdhygien.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3B48E57D" w14:textId="3740F41A" w:rsidR="0074666F" w:rsidRPr="00DB3512" w:rsidRDefault="0074666F" w:rsidP="0074666F">
+    <w:p w14:paraId="3B48E57D" w14:textId="3740F41A" w:rsidR="0074666F" w:rsidRPr="003D592A" w:rsidRDefault="0074666F" w:rsidP="0074666F">
       <w:pPr>
         <w:pStyle w:val="Rubrik2"/>
         <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:b/>
-        </w:rPr>
-[...4 lines deleted...]
-        <w:lastRenderedPageBreak/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="27" w:name="_Toc142991997"/>
+      <w:bookmarkStart w:id="28" w:name="_Toc213738218"/>
+      <w:r w:rsidRPr="003D592A">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
         <w:t>Vårdrutiner</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="22"/>
-      <w:bookmarkEnd w:id="23"/>
+      <w:bookmarkEnd w:id="27"/>
+      <w:bookmarkEnd w:id="28"/>
     </w:p>
-    <w:p w14:paraId="7698B384" w14:textId="77777777" w:rsidR="0074666F" w:rsidRPr="00DB3512" w:rsidRDefault="0074666F" w:rsidP="0074666F">
-      <w:r w:rsidRPr="00DB3512">
+    <w:p w14:paraId="7698B384" w14:textId="75037006" w:rsidR="0074666F" w:rsidRPr="0052335E" w:rsidRDefault="0074666F" w:rsidP="0074666F">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0052335E">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
         <w:t xml:space="preserve">Basala hygienrutiner ska alltid tillämpas. Se: </w:t>
       </w:r>
       <w:hyperlink r:id="rId16" w:history="1">
-        <w:r w:rsidRPr="00162C50">
+        <w:r w:rsidR="00230768" w:rsidRPr="0052335E">
           <w:rPr>
             <w:rStyle w:val="Hyperlnk"/>
+            <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
           </w:rPr>
-          <w:t>Basal hygien och klädregler</w:t>
+          <w:t>Basala hygienrutiner - Vårdhandboken</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="5B2BB741" w14:textId="692BFDC6" w:rsidR="0074666F" w:rsidRPr="00DB3512" w:rsidRDefault="0074666F" w:rsidP="0074666F">
+    <w:p w14:paraId="5B2BB741" w14:textId="692BFDC6" w:rsidR="0074666F" w:rsidRPr="0052335E" w:rsidRDefault="0074666F" w:rsidP="0074666F">
       <w:pPr>
         <w:pStyle w:val="Rubrik3"/>
-      </w:pPr>
-[...1 lines deleted...]
-      <w:bookmarkStart w:id="25" w:name="_Toc149655303"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="29" w:name="_Toc142991998"/>
+      <w:bookmarkStart w:id="30" w:name="_Toc213738219"/>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="00DB3512">
+      <w:r w:rsidRPr="0052335E">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
         <w:t>Vårdrum</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="00DB3512">
+      <w:r w:rsidRPr="0052335E">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> och personal</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="29"/>
+      <w:bookmarkEnd w:id="30"/>
+    </w:p>
+    <w:p w14:paraId="37220C75" w14:textId="726F1CB6" w:rsidR="0074666F" w:rsidRPr="0052335E" w:rsidRDefault="0074666F" w:rsidP="0074666F">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0052335E">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Patient med MRSA-bärarskap vårdas på enkelrum med egen toalett och dusch. Vårdrumsdörren ska vara stängd. </w:t>
+      </w:r>
+      <w:r w:rsidR="00FC5F75" w:rsidRPr="0052335E">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Avsteg från detta kan i </w:t>
+      </w:r>
+      <w:r w:rsidR="00E03DB3" w:rsidRPr="0052335E">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:t xml:space="preserve">vissa fall göras efter diskussion med </w:t>
+      </w:r>
+      <w:r w:rsidR="009A197D" w:rsidRPr="0052335E">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:t>Vårdhygien</w:t>
+      </w:r>
+      <w:r w:rsidR="00B27B23" w:rsidRPr="0052335E">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (dagtid)/</w:t>
+      </w:r>
+      <w:r w:rsidR="00E03DB3" w:rsidRPr="0052335E">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:t>infektionsbakjour</w:t>
+      </w:r>
+      <w:r w:rsidR="00B27B23" w:rsidRPr="0052335E">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (jourtid).</w:t>
+      </w:r>
+      <w:r w:rsidR="00E03DB3" w:rsidRPr="0052335E">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r>
-[...3 lines deleted...]
-      <w:bookmarkEnd w:id="25"/>
     </w:p>
-    <w:p w14:paraId="37220C75" w14:textId="726F1CB6" w:rsidR="0074666F" w:rsidRDefault="0074666F" w:rsidP="0074666F">
-[...37 lines deleted...]
-        <w:t xml:space="preserve"> </w:t>
+    <w:p w14:paraId="3044C829" w14:textId="77777777" w:rsidR="0074666F" w:rsidRPr="0052335E" w:rsidRDefault="0074666F" w:rsidP="0074666F">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0052335E">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:t>Samvårda</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0052335E">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> aldrig flera MRSA-bärare.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3044C829" w14:textId="77777777" w:rsidR="0074666F" w:rsidRDefault="0074666F" w:rsidP="0074666F">
-[...9 lines deleted...]
-        <w:rPr>
+    <w:p w14:paraId="59BF96B3" w14:textId="170B12A0" w:rsidR="0074666F" w:rsidRPr="0052335E" w:rsidRDefault="0074666F" w:rsidP="0074666F">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
           <w:b/>
           <w:bCs/>
-          <w:u w:val="single"/>
-[...4 lines deleted...]
-        <w:t xml:space="preserve"> flera MRSA-bärare.</w:t>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0052335E">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t xml:space="preserve">Patient </w:t>
+      </w:r>
+      <w:r w:rsidR="006854F3" w:rsidRPr="0052335E">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:t>med MRSA</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0052335E">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> kan </w:t>
+      </w:r>
+      <w:r w:rsidR="006854F3" w:rsidRPr="0052335E">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:t>i normalfallet</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0052335E">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> vårdas kvar på aktuell enhet. För patient med omfattande riskfaktorer och hög smittspridningsrisk kan infektionsläkare konsulteras för eventuell vård på infektionsklinik alternativt kohortvård med särskilt avdelad personal.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="59BF96B3" w14:textId="170B12A0" w:rsidR="0074666F" w:rsidRPr="00F72E42" w:rsidRDefault="0074666F" w:rsidP="0074666F">
-[...32 lines deleted...]
-      </w:r>
+    <w:p w14:paraId="2ECEBDE2" w14:textId="3157A2A1" w:rsidR="0074666F" w:rsidRPr="00AA6AA8" w:rsidRDefault="0074666F" w:rsidP="0074666F">
+      <w:pPr>
+        <w:pStyle w:val="Rubrik3"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="31" w:name="_Toc142991999"/>
+      <w:bookmarkStart w:id="32" w:name="_Toc213738220"/>
+      <w:r w:rsidRPr="00AA6AA8">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Undersökningar, mottagningsbesök, konsulter och operation</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="31"/>
+      <w:bookmarkEnd w:id="32"/>
     </w:p>
-    <w:p w14:paraId="4E72EC74" w14:textId="59117CDF" w:rsidR="00613533" w:rsidRPr="005B6A50" w:rsidRDefault="00613533" w:rsidP="00613533">
-[...34 lines deleted...]
-        <w:t xml:space="preserve"> inte delta i patientnära vård.</w:t>
+    <w:p w14:paraId="4C5751E1" w14:textId="77777777" w:rsidR="0074666F" w:rsidRPr="003D6887" w:rsidRDefault="0074666F" w:rsidP="0074666F">
+      <w:pPr>
+        <w:pStyle w:val="MellanrubrikVGR"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003D6887">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Undersökningar mottagningsbesök och konsulter</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2ECEBDE2" w14:textId="3157A2A1" w:rsidR="0074666F" w:rsidRDefault="0074666F" w:rsidP="0074666F">
-[...18 lines deleted...]
-      <w:bookmarkEnd w:id="27"/>
+    <w:p w14:paraId="4CED0937" w14:textId="1BE28F83" w:rsidR="0074666F" w:rsidRPr="003D6887" w:rsidRDefault="0074666F" w:rsidP="0074666F">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003D6887">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Undersökningar och konsulter utförs i första hand på vårdrummet, om detta inte är möjligt kan dessa utföras på annan enhet. Mottagande enhet ska informeras om patientens MRSA- bärarskap och eventuella riskfaktorer. </w:t>
+      </w:r>
+      <w:r w:rsidR="00421B10" w:rsidRPr="003D6887">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Rådgör vid behov med </w:t>
+      </w:r>
+      <w:r w:rsidR="00286890" w:rsidRPr="003D6887">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:t>Vårdhygien</w:t>
+      </w:r>
+      <w:r w:rsidR="00A054C9" w:rsidRPr="003D6887">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
     </w:p>
-    <w:p w14:paraId="4C5751E1" w14:textId="77777777" w:rsidR="0074666F" w:rsidRPr="005E7727" w:rsidRDefault="0074666F" w:rsidP="0074666F">
+    <w:p w14:paraId="33566F8D" w14:textId="112AF1B8" w:rsidR="0074666F" w:rsidRPr="003D6887" w:rsidRDefault="0074666F" w:rsidP="0074666F">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003D6887">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Innan patienten lämnar vårdavdelningen ska </w:t>
+      </w:r>
+      <w:r w:rsidR="005939A3" w:rsidRPr="003D6887">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:t xml:space="preserve">eventuell </w:t>
+      </w:r>
+      <w:r w:rsidRPr="003D6887">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:t xml:space="preserve">säng </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="003D6887">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:t>renbäddas</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00613533" w:rsidRPr="003D6887">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:t>, sår ska vara täckta</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003D6887">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> och urin</w:t>
+      </w:r>
+      <w:r w:rsidR="00613533" w:rsidRPr="003D6887">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:t>-</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003D6887">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> eller dränagepåsar</w:t>
+      </w:r>
+      <w:r w:rsidR="00613533" w:rsidRPr="003D6887">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> bytta.</w:t>
+      </w:r>
+      <w:r w:rsidR="00E57A7D" w:rsidRPr="003D6887">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Byt till rena patientkläder och låt patienten desinfektera händerna. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="16025149" w14:textId="77777777" w:rsidR="0074666F" w:rsidRPr="003D6887" w:rsidRDefault="0074666F" w:rsidP="0074666F">
       <w:pPr>
         <w:pStyle w:val="MellanrubrikVGR"/>
-      </w:pPr>
-[...1 lines deleted...]
-        <w:t>Undersökningar mottagningsbesök och konsulter</w:t>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003D6887">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Operation</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4CED0937" w14:textId="1BE28F83" w:rsidR="0074666F" w:rsidRDefault="0074666F" w:rsidP="0074666F">
-[...16 lines deleted...]
-        <w:t>.</w:t>
+    <w:p w14:paraId="71F527EC" w14:textId="105C5876" w:rsidR="0074666F" w:rsidRPr="003D6887" w:rsidRDefault="0074666F" w:rsidP="0074666F">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003D6887">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Inför operativa och andra </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="003D6887">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:t>invasiva</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="003D6887">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> ingrepp</w:t>
+      </w:r>
+      <w:r w:rsidR="00C72472" w:rsidRPr="003D6887">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> ska samtliga enheter i vårdkedjan informeras </w:t>
+      </w:r>
+      <w:r w:rsidR="00A97121" w:rsidRPr="003D6887">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:t xml:space="preserve">om MRSA-bärarskapet. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="33566F8D" w14:textId="112AF1B8" w:rsidR="0074666F" w:rsidRDefault="0074666F" w:rsidP="0074666F">
-[...60 lines deleted...]
-    <w:p w14:paraId="3636BAA2" w14:textId="5326C9CC" w:rsidR="0074666F" w:rsidRPr="001D22E7" w:rsidRDefault="0074666F" w:rsidP="007E4B0E">
+    <w:p w14:paraId="6CA2A6A0" w14:textId="4270FBFF" w:rsidR="0074666F" w:rsidRPr="003D6887" w:rsidRDefault="0074666F" w:rsidP="007E4B0E">
       <w:pPr>
         <w:rPr>
           <w:rStyle w:val="Hyperlnk"/>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
           <w:color w:val="auto"/>
           <w:u w:val="none"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="001D22E7">
-[...16 lines deleted...]
-      <w:r>
+      <w:r w:rsidRPr="003D6887">
         <w:rPr>
           <w:rStyle w:val="Hyperlnk"/>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
           <w:color w:val="auto"/>
           <w:u w:val="none"/>
         </w:rPr>
-        <w:t xml:space="preserve">  </w:t>
+        <w:t xml:space="preserve">Eftervård sker på eget rum alternativt med avdelad personal på uppvakningsenhet. Andra rekommendationer baseras på riskbedömning, vid behov i samråd med Vårdhygien. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6CA2A6A0" w14:textId="4270FBFF" w:rsidR="0074666F" w:rsidRPr="001D22E7" w:rsidRDefault="0074666F" w:rsidP="007E4B0E">
+    <w:p w14:paraId="36DF36CC" w14:textId="77777777" w:rsidR="0074666F" w:rsidRPr="003D6887" w:rsidRDefault="0074666F" w:rsidP="0074666F">
+      <w:pPr>
+        <w:pStyle w:val="MellanrubrikVGR"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003D6887">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Träningsrum, gymnastiksal och bassängbad</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2C45EE87" w14:textId="77777777" w:rsidR="0074666F" w:rsidRPr="003D6887" w:rsidRDefault="0074666F" w:rsidP="0074666F">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003D6887">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:t>Träning i särskilda lokaler kan oftast genomföras. Kontakta Vårdhygien vid riskfaktorer för smittspridning.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="11DC7049" w14:textId="4823094D" w:rsidR="0074666F" w:rsidRPr="003D6887" w:rsidRDefault="0074666F" w:rsidP="0074666F">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003D6887">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Patienten ska desinfektera sina händer med handdesinfektion innan träning påbörjas. Patienten bör ha rena kläder från vårdavdelningen inför träningspasset. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="50CC5FAF" w14:textId="2A0F26B6" w:rsidR="0074666F" w:rsidRPr="003D6887" w:rsidRDefault="0074666F" w:rsidP="0074666F">
       <w:pPr>
         <w:rPr>
           <w:rStyle w:val="Hyperlnk"/>
-          <w:color w:val="auto"/>
-[...43 lines deleted...]
-          <w:rStyle w:val="Hyperlnk"/>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="auto"/>
           <w:u w:val="none"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
-[...17 lines deleted...]
-      <w:r w:rsidR="00AF3ED8">
+      <w:r w:rsidRPr="003D6887">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Patient med MRSA-bärarskap som har riskfaktorer </w:t>
+      </w:r>
+      <w:r w:rsidR="00AF3ED8" w:rsidRPr="003D6887">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
         <w:t xml:space="preserve">för smittspridning </w:t>
       </w:r>
-      <w:r w:rsidR="00792BB9">
+      <w:r w:rsidR="00792BB9" w:rsidRPr="003D6887">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
         <w:t>ska</w:t>
       </w:r>
-      <w:r w:rsidRPr="00A70E35">
+      <w:r w:rsidRPr="003D6887">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
         <w:t xml:space="preserve"> inte bada i bassäng. </w:t>
       </w:r>
-      <w:r w:rsidR="00AF3ED8">
+      <w:r w:rsidR="00AF3ED8" w:rsidRPr="003D6887">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
         <w:t xml:space="preserve">Diskutera med </w:t>
       </w:r>
-      <w:r w:rsidR="00706169">
+      <w:r w:rsidR="00706169" w:rsidRPr="003D6887">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
         <w:t>Vårdhygien</w:t>
       </w:r>
-      <w:r w:rsidR="00AF3ED8">
+      <w:r w:rsidR="00AF3ED8" w:rsidRPr="003D6887">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
         <w:t xml:space="preserve"> vid behov.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4B7F9B22" w14:textId="29E51F32" w:rsidR="0074666F" w:rsidRDefault="0074666F" w:rsidP="0074666F">
+    <w:p w14:paraId="4B7F9B22" w14:textId="29E51F32" w:rsidR="0074666F" w:rsidRPr="003D6887" w:rsidRDefault="0074666F" w:rsidP="0074666F">
       <w:pPr>
         <w:pStyle w:val="Rubrik3"/>
-      </w:pPr>
-[...207 lines deleted...]
-        <w:t>Närstående/besökare</w:t>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="33" w:name="_Toc142992000"/>
+      <w:bookmarkStart w:id="34" w:name="_Toc213738221"/>
+      <w:r w:rsidRPr="003D6887">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Städ, tvätt och disk</w:t>
       </w:r>
       <w:bookmarkEnd w:id="33"/>
       <w:bookmarkEnd w:id="34"/>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
     </w:p>
-    <w:p w14:paraId="048DC453" w14:textId="77777777" w:rsidR="0074666F" w:rsidRPr="005939A3" w:rsidRDefault="0074666F" w:rsidP="005939A3">
-[...1 lines deleted...]
-        <w:t>Om närstående/besökare deltar i vården gäller samma hygienrutiner som för personal.</w:t>
+    <w:p w14:paraId="796F4A07" w14:textId="66B7CFAF" w:rsidR="0074666F" w:rsidRPr="003D6887" w:rsidRDefault="0074666F" w:rsidP="0074666F">
+      <w:pPr>
+        <w:pStyle w:val="MellanrubrikVGR"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003D6887">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Städning</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4DB14618" w14:textId="77777777" w:rsidR="0074666F" w:rsidRPr="005939A3" w:rsidRDefault="0074666F" w:rsidP="005939A3">
-[...1 lines deleted...]
-        <w:t xml:space="preserve">Sårvård och liknande ska i första hand utföras av vårdpersonal. </w:t>
+    <w:p w14:paraId="15D4022B" w14:textId="72A65FA4" w:rsidR="00C31494" w:rsidRPr="003D6887" w:rsidRDefault="00C31494" w:rsidP="00C31494">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003D6887">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Daglig patientnära städning/slutstädning sker </w:t>
+      </w:r>
+      <w:r w:rsidR="00CB25DB" w:rsidRPr="003D6887">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:t xml:space="preserve">med alkoholbaserat ytdesinfektionsmedel med rengörande effekt </w:t>
+      </w:r>
+      <w:r w:rsidRPr="003D6887">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:t>enligt ordinarie rutiner.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5E2BAD2E" w14:textId="177CD7DB" w:rsidR="005939A3" w:rsidRPr="005939A3" w:rsidRDefault="005939A3" w:rsidP="005939A3">
-[...1 lines deleted...]
-        <w:t>Närstående/besökande bör inte vistas i allmänna patientutrymmen.</w:t>
+    <w:p w14:paraId="2CD7C17C" w14:textId="77777777" w:rsidR="0074666F" w:rsidRPr="003D6887" w:rsidRDefault="0074666F" w:rsidP="0074666F">
+      <w:pPr>
+        <w:pStyle w:val="MellanrubrikVGR"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003D6887">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>Punktdesinfektion</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="290B6A4D" w14:textId="546BDAEF" w:rsidR="0074666F" w:rsidRPr="005939A3" w:rsidRDefault="0074666F" w:rsidP="005939A3">
-[...17 lines deleted...]
-      </w:hyperlink>
+    <w:p w14:paraId="6C26843E" w14:textId="77777777" w:rsidR="0074666F" w:rsidRPr="007C2759" w:rsidRDefault="0074666F" w:rsidP="0074666F">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007C2759">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Punktdesinfektion utföres med alkoholbaserat ytdesinfektionsmedel vid spill och stänk. </w:t>
+      </w:r>
     </w:p>
-    <w:p w14:paraId="0CC47257" w14:textId="105979C6" w:rsidR="00C44948" w:rsidRPr="00154CDE" w:rsidRDefault="00C44948" w:rsidP="00C44948">
-[...8 lines deleted...]
-      </w:r>
+    <w:p w14:paraId="1CAC2255" w14:textId="77777777" w:rsidR="0074666F" w:rsidRPr="007C2759" w:rsidRDefault="0074666F" w:rsidP="0074666F">
+      <w:pPr>
+        <w:pStyle w:val="MellanrubrikVGR"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007C2759">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Tvätt och avfall </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="12ADC842" w14:textId="77777777" w:rsidR="0074666F" w:rsidRPr="007C2759" w:rsidRDefault="0074666F" w:rsidP="0074666F">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007C2759">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Tvätt och avfall hanteras som vanligt dvs. endast kraftigt förorenad tvätt och avfall skickas som smittförande. Oanvänd tvätt som förvarats hos patienten sänds som smutstvätt när patienten skrivs ut. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2FE85A5A" w14:textId="77777777" w:rsidR="0074666F" w:rsidRPr="007C2759" w:rsidRDefault="0074666F" w:rsidP="0074666F">
+      <w:pPr>
+        <w:pStyle w:val="MellanrubrikVGR"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007C2759">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Disk</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7FDF0862" w14:textId="07D7E1BE" w:rsidR="0074666F" w:rsidRPr="007C2759" w:rsidRDefault="0074666F" w:rsidP="0074666F">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="35" w:name="_Hlk142987786"/>
+      <w:r w:rsidRPr="007C2759">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Disk hanteras som vanligt dvs skickas till centralkök eller i avdelningens diskmaskin. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2A5181B4" w14:textId="50DEB658" w:rsidR="0074666F" w:rsidRPr="001F7A87" w:rsidRDefault="0074666F" w:rsidP="0074666F">
+      <w:pPr>
+        <w:pStyle w:val="Rubrik3"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="36" w:name="_Toc142992001"/>
+      <w:bookmarkStart w:id="37" w:name="_Toc213738222"/>
       <w:bookmarkEnd w:id="35"/>
+      <w:r w:rsidRPr="001F7A87">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Materiel och hjälpmedel</w:t>
+      </w:r>
       <w:bookmarkEnd w:id="36"/>
       <w:bookmarkEnd w:id="37"/>
     </w:p>
-    <w:p w14:paraId="67631E63" w14:textId="77777777" w:rsidR="00C44948" w:rsidRPr="0047410E" w:rsidRDefault="00C44948" w:rsidP="00C44948">
+    <w:p w14:paraId="13E991A9" w14:textId="138B6C29" w:rsidR="0074666F" w:rsidRPr="001F7A87" w:rsidRDefault="0074666F" w:rsidP="0074666F">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001F7A87">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Begränsa mängden vårdmateriel på rummet så mycket som möjligt. </w:t>
+      </w:r>
+      <w:r w:rsidR="005F7814" w:rsidRPr="001F7A87">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:t>Oanvänd materiel</w:t>
+      </w:r>
+      <w:r w:rsidRPr="001F7A87">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> för engångsbruk kasseras när patienten skrivs ut. Flergångsartiklar desinfekteras i avdelningens spol</w:t>
+      </w:r>
+      <w:r w:rsidR="009503E5" w:rsidRPr="001F7A87">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:t>-</w:t>
+      </w:r>
+      <w:r w:rsidRPr="001F7A87">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:t>/</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="001F7A87">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:t>diskdesinfektor</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="001F7A87">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, beroende av produkt. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3CC2293C" w14:textId="3F3878C7" w:rsidR="00EA63EC" w:rsidRPr="001F7A87" w:rsidRDefault="0074666F" w:rsidP="00EA63EC">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+          <w:color w:val="FF0000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001F7A87">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:t>Hjälpmedel ska i</w:t>
+      </w:r>
+      <w:r w:rsidRPr="001F7A87">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+          <w:color w:val="FF0000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="001F7A87">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:t>helst</w:t>
+      </w:r>
+      <w:r w:rsidRPr="001F7A87">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+          <w:color w:val="00B050"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="001F7A87">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:t xml:space="preserve">vara patientbundna, annars rengörs och desinfekteras </w:t>
+      </w:r>
+      <w:r w:rsidR="00613533" w:rsidRPr="001F7A87">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:t xml:space="preserve">de </w:t>
+      </w:r>
+      <w:r w:rsidR="00EA63EC" w:rsidRPr="001F7A87">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:t>med alkoholbaserat ytdesinfektionsmedel med rengörande effekt eller enligt leverantörens bruksanvisning.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0285CDE0" w14:textId="2B578BA3" w:rsidR="0074666F" w:rsidRPr="001F7A87" w:rsidRDefault="0074666F" w:rsidP="0074666F">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+          <w:color w:val="FF0000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001F7A87">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Tygdynor tvättas vid minst 60°C. Släng tygdynor som inte kan tvättas vid minst 60°C </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6237B6CE" w14:textId="2364A72E" w:rsidR="0074666F" w:rsidRPr="00A669D1" w:rsidRDefault="0074666F" w:rsidP="0074666F">
+      <w:pPr>
+        <w:pStyle w:val="Rubrik3"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="38" w:name="_Toc142992002"/>
+      <w:bookmarkStart w:id="39" w:name="_Toc213738223"/>
+      <w:r w:rsidRPr="00A669D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Närstående/besökare</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="38"/>
+      <w:bookmarkEnd w:id="39"/>
+      <w:r w:rsidRPr="00A669D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="048DC453" w14:textId="77777777" w:rsidR="0074666F" w:rsidRPr="00A669D1" w:rsidRDefault="0074666F" w:rsidP="005939A3">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A669D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:t>Om närstående/besökare deltar i vården gäller samma hygienrutiner som för personal.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4DB14618" w14:textId="77777777" w:rsidR="0074666F" w:rsidRPr="005939A3" w:rsidRDefault="0074666F" w:rsidP="005939A3">
+      <w:r w:rsidRPr="00A669D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:t>Sårvård och liknande ska i första hand utföras av vårdpersonal</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005939A3">
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0CC47257" w14:textId="105979C6" w:rsidR="00C44948" w:rsidRPr="00C76A2F" w:rsidRDefault="00C44948" w:rsidP="00C44948">
+      <w:pPr>
+        <w:pStyle w:val="Rubrik2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="40" w:name="_Toc140224039"/>
+      <w:bookmarkStart w:id="41" w:name="_Toc142992003"/>
+      <w:bookmarkStart w:id="42" w:name="_Toc213738224"/>
+      <w:r w:rsidRPr="00C76A2F">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+        <w:t>Ansvar</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="40"/>
+      <w:bookmarkEnd w:id="41"/>
+      <w:bookmarkEnd w:id="42"/>
+    </w:p>
+    <w:p w14:paraId="67631E63" w14:textId="77777777" w:rsidR="00C44948" w:rsidRPr="00DC45A6" w:rsidRDefault="00C44948" w:rsidP="00C44948">
       <w:pPr>
         <w:pStyle w:val="Normalefterlista"/>
         <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="FF0000"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="38" w:name="_Hlk137555889"/>
-      <w:r>
+      <w:bookmarkStart w:id="43" w:name="_Hlk137555889"/>
+      <w:r w:rsidRPr="00DC45A6">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
         <w:t>Linjechef ansvarar för att denna rutin är känd och följs av alla medarbetare.</w:t>
       </w:r>
-      <w:r w:rsidRPr="00EE7D9D">
-        <w:rPr>
+      <w:r w:rsidRPr="00DC45A6">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
           <w:color w:val="FF0000"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00253D31">
+      <w:r w:rsidRPr="00DC45A6">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
         <w:t xml:space="preserve">Medvetet avsteg från rutinen dokumenteras i journalsystemet om rutinen är kopplad till patient. Övriga orsaker till avsteg från styrdokumentet rapporteras i </w:t>
       </w:r>
-      <w:hyperlink r:id="rId19" w:history="1">
+      <w:hyperlink r:id="rId17" w:history="1">
         <w:proofErr w:type="spellStart"/>
-        <w:r w:rsidRPr="00CE2DE4">
+        <w:r w:rsidRPr="00DC45A6">
           <w:rPr>
             <w:rStyle w:val="Hyperlnk"/>
+            <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
           </w:rPr>
           <w:t>MedControl</w:t>
         </w:r>
         <w:proofErr w:type="spellEnd"/>
-        <w:r w:rsidRPr="00CE2DE4">
+        <w:r w:rsidRPr="00DC45A6">
           <w:rPr>
             <w:rStyle w:val="Hyperlnk"/>
+            <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
           </w:rPr>
           <w:t xml:space="preserve"> PRO</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidRPr="00253D31">
+      <w:r w:rsidRPr="00DC45A6">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
         <w:t>.</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="38"/>
+      <w:bookmarkEnd w:id="43"/>
     </w:p>
-    <w:p w14:paraId="5F873F2E" w14:textId="7EAD82E2" w:rsidR="009A32ED" w:rsidRDefault="009A32ED" w:rsidP="009A32ED">
+    <w:p w14:paraId="5F873F2E" w14:textId="7EAD82E2" w:rsidR="009A32ED" w:rsidRPr="00C76A2F" w:rsidRDefault="009A32ED" w:rsidP="009A32ED">
       <w:pPr>
         <w:pStyle w:val="Rubrik2"/>
         <w:ind w:right="-143"/>
         <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:color w:val="auto"/>
-        </w:rPr>
-[...5 lines deleted...]
-        <w:rPr>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="44" w:name="_Toc100327193"/>
+      <w:bookmarkStart w:id="45" w:name="_Toc106874292"/>
+      <w:bookmarkStart w:id="46" w:name="_Toc213738225"/>
+      <w:r w:rsidRPr="00C76A2F">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:color w:val="auto"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
         </w:rPr>
         <w:t>Relaterad information</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="39"/>
-[...1 lines deleted...]
-      <w:bookmarkEnd w:id="41"/>
+      <w:bookmarkEnd w:id="44"/>
+      <w:bookmarkEnd w:id="45"/>
+      <w:bookmarkEnd w:id="46"/>
     </w:p>
-    <w:p w14:paraId="6F786887" w14:textId="77777777" w:rsidR="0074666F" w:rsidRDefault="0074666F" w:rsidP="0074666F">
-      <w:r>
+    <w:p w14:paraId="11F41CBF" w14:textId="77777777" w:rsidR="00403B24" w:rsidRPr="00C76A2F" w:rsidRDefault="00403B24" w:rsidP="00403B24">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C76A2F">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
         <w:t xml:space="preserve">Skaraborgssjukhus </w:t>
       </w:r>
-      <w:hyperlink r:id="rId20" w:history="1">
-        <w:r w:rsidRPr="00913CB9">
+      <w:hyperlink r:id="rId18" w:history="1">
+        <w:r w:rsidRPr="00C76A2F">
           <w:rPr>
             <w:rStyle w:val="Hyperlnk"/>
+            <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
           </w:rPr>
-          <w:t>Basal hygien och klädregler</w:t>
+          <w:t>Allmänna uppgifter – dokumentation i Melior</w:t>
         </w:r>
       </w:hyperlink>
+      <w:r w:rsidRPr="00C76A2F">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
     </w:p>
-    <w:p w14:paraId="794EE7E5" w14:textId="77777777" w:rsidR="0074666F" w:rsidRDefault="0074666F" w:rsidP="0074666F">
-      <w:r>
+    <w:p w14:paraId="0E9C1666" w14:textId="77777777" w:rsidR="00403B24" w:rsidRPr="00C76A2F" w:rsidRDefault="00403B24" w:rsidP="00403B24">
+      <w:pPr>
+        <w:rPr>
+          <w:rStyle w:val="Hyperlnk"/>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C76A2F">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
         <w:t xml:space="preserve">Skaraborgssjukhus </w:t>
       </w:r>
-      <w:hyperlink r:id="rId21" w:history="1">
-        <w:r w:rsidRPr="004967A7">
+      <w:hyperlink r:id="rId19" w:history="1">
+        <w:r w:rsidRPr="00C76A2F">
           <w:rPr>
             <w:rStyle w:val="Hyperlnk"/>
-          </w:rPr>
-[...16 lines deleted...]
-            <w:rStyle w:val="Hyperlnk"/>
+            <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
           </w:rPr>
           <w:t xml:space="preserve">Multiresistenta bakterier (MRB), </w:t>
         </w:r>
         <w:proofErr w:type="spellStart"/>
-        <w:r w:rsidRPr="00000DA6">
+        <w:r w:rsidRPr="00C76A2F">
           <w:rPr>
             <w:rStyle w:val="Hyperlnk"/>
+            <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
           </w:rPr>
           <w:t>screenodling</w:t>
         </w:r>
         <w:proofErr w:type="spellEnd"/>
-        <w:r w:rsidRPr="00000DA6">
+        <w:r w:rsidRPr="00C76A2F">
           <w:rPr>
             <w:rStyle w:val="Hyperlnk"/>
+            <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
           </w:rPr>
           <w:t xml:space="preserve"> - handlingsplan</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="56E56210" w14:textId="77777777" w:rsidR="0074666F" w:rsidRDefault="0074666F" w:rsidP="0074666F">
-      <w:r>
+    <w:p w14:paraId="794EE7E5" w14:textId="721B9D93" w:rsidR="0074666F" w:rsidRPr="00C76A2F" w:rsidRDefault="0074666F" w:rsidP="0074666F">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C76A2F">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">Skaraborgssjukhus </w:t>
       </w:r>
-      <w:hyperlink r:id="rId23" w:history="1">
-        <w:r w:rsidRPr="00466E8B">
+      <w:hyperlink r:id="rId20" w:history="1">
+        <w:r w:rsidR="00CE37EF" w:rsidRPr="00C76A2F">
           <w:rPr>
             <w:rStyle w:val="Hyperlnk"/>
+            <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
           </w:rPr>
-          <w:t>Smitta – dokumentation i Melior</w:t>
-[...22 lines deleted...]
-          <w:t>Handlingsprogram för multiresistenta bakterier (MRB)</w:t>
+          <w:t>Vårdhygienisk bedömning av riskfaktorer för smittspridning i vård och omsorg</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="0A14CA9D" w14:textId="77777777" w:rsidR="00613533" w:rsidRDefault="00613533" w:rsidP="00613533">
-[...2 lines deleted...]
-          <w:color w:val="000000" w:themeColor="text1"/>
+    <w:p w14:paraId="651046BE" w14:textId="1FC3F49D" w:rsidR="0074666F" w:rsidRPr="00C76A2F" w:rsidRDefault="0074666F" w:rsidP="0074666F">
+      <w:pPr>
+        <w:rPr>
+          <w:rStyle w:val="Hyperlnk"/>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+          <w:color w:val="auto"/>
+          <w:u w:val="none"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C76A2F">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
         </w:rPr>
         <w:t xml:space="preserve">Smittskydd VGR </w:t>
       </w:r>
-      <w:hyperlink r:id="rId25" w:history="1">
-        <w:r w:rsidRPr="00914325">
+      <w:hyperlink r:id="rId21" w:history="1">
+        <w:r w:rsidR="00411271" w:rsidRPr="00C76A2F">
           <w:rPr>
             <w:rStyle w:val="Hyperlnk"/>
+            <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+          </w:rPr>
+          <w:t>Smittskyddsblad MRSA läkarinformation.pdf</w:t>
+        </w:r>
+      </w:hyperlink>
+    </w:p>
+    <w:p w14:paraId="0A14CA9D" w14:textId="77777777" w:rsidR="00613533" w:rsidRPr="00C76A2F" w:rsidRDefault="00613533" w:rsidP="00613533">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C76A2F">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Smittskydd VGR </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId22" w:history="1">
+        <w:r w:rsidRPr="00C76A2F">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlnk"/>
+            <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
           </w:rPr>
           <w:t>Smittskyddsblad patientinformation</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="3C76D46B" w14:textId="77777777" w:rsidR="0074666F" w:rsidRPr="005A40F2" w:rsidRDefault="0074666F" w:rsidP="0074666F">
+    <w:p w14:paraId="12AF5E65" w14:textId="77777777" w:rsidR="00F37B96" w:rsidRPr="00C76A2F" w:rsidRDefault="00F37B96" w:rsidP="00F37B96">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C76A2F">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Vårdhandboken </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId23" w:history="1">
+        <w:r w:rsidRPr="00C76A2F">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlnk"/>
+            <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+          </w:rPr>
+          <w:t>Basala hygienrutiner - Vårdhandboken</w:t>
+        </w:r>
+      </w:hyperlink>
+    </w:p>
+    <w:p w14:paraId="3C76D46B" w14:textId="61F9F7C7" w:rsidR="0074666F" w:rsidRPr="00C76A2F" w:rsidRDefault="0074666F" w:rsidP="0074666F">
       <w:pPr>
         <w:rPr>
           <w:rStyle w:val="Hyperlnk"/>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
           <w:color w:val="auto"/>
           <w:u w:val="none"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
+      <w:r w:rsidRPr="00C76A2F">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
         <w:t xml:space="preserve">Vårdhandboken </w:t>
       </w:r>
-      <w:hyperlink r:id="rId26" w:history="1">
-        <w:r w:rsidRPr="007A2075">
+      <w:hyperlink r:id="rId24" w:history="1">
+        <w:r w:rsidRPr="00C76A2F">
           <w:rPr>
             <w:rStyle w:val="Hyperlnk"/>
+            <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
           </w:rPr>
           <w:t>MRB av betydelse för vården</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="35BFEE34" w14:textId="77777777" w:rsidR="0074666F" w:rsidRDefault="0074666F" w:rsidP="0074666F">
+    <w:p w14:paraId="35BFEE34" w14:textId="77777777" w:rsidR="0074666F" w:rsidRPr="00C76A2F" w:rsidRDefault="0074666F" w:rsidP="0074666F">
       <w:pPr>
         <w:rPr>
           <w:rStyle w:val="Hyperlnk"/>
-        </w:rPr>
-[...1 lines deleted...]
-      <w:r>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C76A2F">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
         <w:t xml:space="preserve">Vårdhandboken </w:t>
       </w:r>
-      <w:hyperlink r:id="rId27" w:history="1">
-        <w:r w:rsidRPr="007A2075">
+      <w:hyperlink r:id="rId25" w:history="1">
+        <w:r w:rsidRPr="00C76A2F">
           <w:rPr>
             <w:rStyle w:val="Hyperlnk"/>
+            <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
           </w:rPr>
           <w:t>Åtgärder i vården</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="52E1647B" w14:textId="508A5D25" w:rsidR="009A32ED" w:rsidRDefault="009A32ED" w:rsidP="009A32ED">
+    <w:p w14:paraId="3447B2DF" w14:textId="4C8A6328" w:rsidR="009A32ED" w:rsidRPr="00CF421A" w:rsidRDefault="009A32ED" w:rsidP="009A32ED">
       <w:pPr>
         <w:pStyle w:val="Rubrik2"/>
         <w:ind w:right="-143"/>
-      </w:pPr>
-[...11 lines deleted...]
-      </w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="47" w:name="_Toc100327195"/>
+      <w:bookmarkStart w:id="48" w:name="_Toc106874295"/>
+      <w:bookmarkStart w:id="49" w:name="_Toc213738226"/>
+      <w:r w:rsidRPr="00CF421A">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+        <w:t>Källförteckning</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="47"/>
+      <w:bookmarkEnd w:id="48"/>
+      <w:bookmarkEnd w:id="49"/>
     </w:p>
-    <w:p w14:paraId="78EE2593" w14:textId="77777777" w:rsidR="0074666F" w:rsidRPr="00385ECA" w:rsidRDefault="0074666F" w:rsidP="0074666F">
-[...28 lines deleted...]
-      <w:r>
+    <w:p w14:paraId="61379959" w14:textId="77777777" w:rsidR="0074666F" w:rsidRPr="00DC45A6" w:rsidRDefault="0074666F" w:rsidP="0074666F">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00DC45A6">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
         <w:t xml:space="preserve">Folkhälsomyndigheten </w:t>
       </w:r>
-      <w:hyperlink r:id="rId28" w:history="1">
-        <w:r w:rsidRPr="008B53DE">
+      <w:hyperlink r:id="rId26" w:history="1">
+        <w:r w:rsidRPr="00DC45A6">
           <w:rPr>
             <w:rStyle w:val="Hyperlnk"/>
+            <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
           </w:rPr>
           <w:t xml:space="preserve">Sjukdomsinformation om </w:t>
         </w:r>
         <w:proofErr w:type="spellStart"/>
-        <w:r w:rsidRPr="008B53DE">
+        <w:r w:rsidRPr="00DC45A6">
           <w:rPr>
             <w:rStyle w:val="Hyperlnk"/>
+            <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
           </w:rPr>
-          <w:t>met</w:t>
+          <w:t>meticillinresistenta</w:t>
         </w:r>
-        <w:r>
+        <w:proofErr w:type="spellEnd"/>
+        <w:r w:rsidRPr="00DC45A6">
           <w:rPr>
             <w:rStyle w:val="Hyperlnk"/>
-          </w:rPr>
-[...11 lines deleted...]
-            <w:rStyle w:val="Hyperlnk"/>
+            <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
           </w:rPr>
           <w:t xml:space="preserve"> </w:t>
         </w:r>
         <w:proofErr w:type="spellStart"/>
-        <w:r w:rsidRPr="008B53DE">
+        <w:r w:rsidRPr="00DC45A6">
           <w:rPr>
             <w:rStyle w:val="Hyperlnk"/>
+            <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
           </w:rPr>
           <w:t>Staphylococcus</w:t>
         </w:r>
         <w:proofErr w:type="spellEnd"/>
-        <w:r w:rsidRPr="008B53DE">
+        <w:r w:rsidRPr="00DC45A6">
           <w:rPr>
             <w:rStyle w:val="Hyperlnk"/>
+            <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
           </w:rPr>
           <w:t xml:space="preserve"> </w:t>
         </w:r>
         <w:proofErr w:type="spellStart"/>
-        <w:r w:rsidRPr="008B53DE">
+        <w:r w:rsidRPr="00DC45A6">
           <w:rPr>
             <w:rStyle w:val="Hyperlnk"/>
+            <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
           </w:rPr>
           <w:t>aureus</w:t>
         </w:r>
         <w:proofErr w:type="spellEnd"/>
-        <w:r w:rsidRPr="008B53DE">
+        <w:r w:rsidRPr="00DC45A6">
           <w:rPr>
             <w:rStyle w:val="Hyperlnk"/>
+            <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
           </w:rPr>
           <w:t xml:space="preserve"> (MRSA)</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r>
+      <w:r w:rsidRPr="00DC45A6">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6388BEA6" w14:textId="4B09D37E" w:rsidR="0074666F" w:rsidRDefault="0074666F" w:rsidP="0074666F">
-      <w:r>
+    <w:p w14:paraId="6388BEA6" w14:textId="4B09D37E" w:rsidR="0074666F" w:rsidRPr="00DC45A6" w:rsidRDefault="0074666F" w:rsidP="0074666F">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00DC45A6">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
         <w:t xml:space="preserve">Smittskydd VGR </w:t>
       </w:r>
-      <w:hyperlink r:id="rId29" w:history="1">
-        <w:r w:rsidRPr="00914325">
+      <w:hyperlink r:id="rId27" w:history="1">
+        <w:r w:rsidRPr="00DC45A6">
           <w:rPr>
             <w:rStyle w:val="Hyperlnk"/>
+            <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
           </w:rPr>
           <w:t>Smittskyddsblad läkarinformation</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="5BF256D5" w14:textId="77777777" w:rsidR="0074666F" w:rsidRDefault="0074666F" w:rsidP="0074666F">
-[...22 lines deleted...]
-      <w:footerReference w:type="first" r:id="rId36"/>
+    <w:sectPr w:rsidR="0074666F" w:rsidRPr="00DC45A6" w:rsidSect="0034374F">
+      <w:footerReference w:type="default" r:id="rId28"/>
+      <w:headerReference w:type="first" r:id="rId29"/>
+      <w:footerReference w:type="first" r:id="rId30"/>
       <w:pgSz w:w="11900" w:h="16840"/>
       <w:pgMar w:top="1418" w:right="1979" w:bottom="1276" w:left="992" w:header="284" w:footer="737" w:gutter="0"/>
       <w:pgNumType w:start="1"/>
       <w:cols w:space="708"/>
       <w:noEndnote/>
       <w:titlePg/>
       <w:docGrid w:linePitch="326"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="1793E0F7" w14:textId="77777777" w:rsidR="00B004E8" w:rsidRDefault="00B004E8">
+    <w:p w14:paraId="05DCB96D" w14:textId="77777777" w:rsidR="00CC5D3B" w:rsidRDefault="00CC5D3B">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="2D4D57FA" w14:textId="77777777" w:rsidR="00B004E8" w:rsidRDefault="00B004E8">
+    <w:p w14:paraId="5A35EC2D" w14:textId="77777777" w:rsidR="00CC5D3B" w:rsidRDefault="00CC5D3B">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationNotice" w:id="1">
-    <w:p w14:paraId="088680F7" w14:textId="77777777" w:rsidR="00B004E8" w:rsidRDefault="00B004E8">
+    <w:p w14:paraId="1342F0DE" w14:textId="77777777" w:rsidR="00CC5D3B" w:rsidRDefault="00CC5D3B">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier">
     <w:panose1 w:val="02070409020205020404"/>
     <w:charset w:val="00"/>
-    <w:family w:val="auto"/>
-    <w:pitch w:val="variable"/>
+    <w:family w:val="modern"/>
+    <w:pitch w:val="fixed"/>
     <w:sig w:usb0="00000003" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="MS Gothic">
     <w:altName w:val="ＭＳ ゴシック"/>
     <w:panose1 w:val="020B0609070205080204"/>
     <w:charset w:val="80"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E00002FF" w:usb1="6AC7FDFB" w:usb2="08000012" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="MinionPro-Regular">
     <w:altName w:val="Calibri"/>
     <w:panose1 w:val="00000000000000000000"/>
     <w:charset w:val="4D"/>
     <w:family w:val="auto"/>
     <w:notTrueType/>
     <w:pitch w:val="default"/>
     <w:sig w:usb0="00000003" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Lucida Grande">
     <w:altName w:val="Times New Roman"/>
     <w:charset w:val="00"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E1000AEF" w:usb1="5000A1FF" w:usb2="00000000" w:usb3="00000000" w:csb0="000001BF" w:csb1="00000000"/>
   </w:font>
+  <w:font w:name="Verdana">
+    <w:panose1 w:val="020B0604030504040204"/>
+    <w:charset w:val="00"/>
+    <w:family w:val="swiss"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="A00006FF" w:usb1="4000205B" w:usb2="00000010" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Georgia">
+    <w:panose1 w:val="02040502050405020303"/>
+    <w:charset w:val="00"/>
+    <w:family w:val="roman"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="00000287" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="0000009F" w:csb1="00000000"/>
+  </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
-  <w:font w:name="MS Mincho">
-[...6 lines deleted...]
-  </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
-[...9 lines deleted...]
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:sdt>
     <w:sdtPr>
       <w:id w:val="1782992100"/>
       <w:docPartObj>
         <w:docPartGallery w:val="Page Numbers (Bottom of Page)"/>
         <w:docPartUnique/>
       </w:docPartObj>
     </w:sdtPr>
     <w:sdtContent>
       <w:p w14:paraId="1DB51D9E" w14:textId="0BAE3491" w:rsidR="005D4C6E" w:rsidRDefault="005D4C6E">
         <w:pPr>
           <w:pStyle w:val="Sidfot"/>
         </w:pPr>
         <w:r>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
         <w:r>
           <w:instrText>PAGE   \* MERGEFORMAT</w:instrText>
         </w:r>
         <w:r>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
         <w:r>
           <w:t>2</w:t>
         </w:r>
         <w:r>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:p>
     </w:sdtContent>
   </w:sdt>
   <w:p w14:paraId="2CF020D8" w14:textId="4CACD6B1" w:rsidR="005D4C6E" w:rsidRDefault="005D4C6E">
     <w:pPr>
       <w:pStyle w:val="Sidfot"/>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
-<file path=word/footer3.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<file path=word/footer2.xml><?xml version="1.0" encoding="utf-8"?>
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:sdt>
     <w:sdtPr>
       <w:id w:val="-1809010970"/>
       <w:docPartObj>
         <w:docPartGallery w:val="Page Numbers (Bottom of Page)"/>
         <w:docPartUnique/>
       </w:docPartObj>
     </w:sdtPr>
     <w:sdtContent>
       <w:p w14:paraId="10E8AE9F" w14:textId="6B44D117" w:rsidR="005D4C6E" w:rsidRDefault="005D4C6E">
         <w:pPr>
           <w:pStyle w:val="Sidfot"/>
         </w:pPr>
         <w:r>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
         <w:r>
           <w:instrText>PAGE   \* MERGEFORMAT</w:instrText>
         </w:r>
         <w:r>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
         <w:r>
           <w:t>2</w:t>
         </w:r>
         <w:r>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:p>
     </w:sdtContent>
   </w:sdt>
   <w:p w14:paraId="53324431" w14:textId="31E798D9" w:rsidR="0034374F" w:rsidRDefault="0034374F" w:rsidP="00FB2F0F">
     <w:pPr>
       <w:pStyle w:val="Sidfot"/>
       <w:ind w:left="6237" w:hanging="141"/>
       <w:jc w:val="left"/>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="6FE88EF9" w14:textId="77777777" w:rsidR="00B004E8" w:rsidRDefault="00B004E8"/>
+    <w:p w14:paraId="63F28D7C" w14:textId="77777777" w:rsidR="00CC5D3B" w:rsidRDefault="00CC5D3B"/>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="7378C19F" w14:textId="77777777" w:rsidR="00B004E8" w:rsidRDefault="00B004E8">
+    <w:p w14:paraId="63FAE1A3" w14:textId="77777777" w:rsidR="00CC5D3B" w:rsidRDefault="00CC5D3B">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationNotice" w:id="1">
-    <w:p w14:paraId="3F59183B" w14:textId="77777777" w:rsidR="00B004E8" w:rsidRDefault="00B004E8">
+    <w:p w14:paraId="18A58E77" w14:textId="77777777" w:rsidR="00CC5D3B" w:rsidRDefault="00CC5D3B">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
-[...19 lines deleted...]
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="7B66C62B" w14:textId="77777777" w:rsidR="0034374F" w:rsidRDefault="0034374F" w:rsidP="00413A60">
     <w:pPr>
       <w:pStyle w:val="Sidhuvud"/>
       <w:ind w:left="0" w:right="567"/>
     </w:pPr>
     <w:r w:rsidRPr="00762EE0">
       <w:rPr>
         <w:noProof/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
       <w:drawing>
         <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658240" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="65DAF8FD" wp14:editId="1C8EE02C">
           <wp:simplePos x="0" y="0"/>
           <wp:positionH relativeFrom="page">
             <wp:posOffset>17145</wp:posOffset>
           </wp:positionH>
           <wp:positionV relativeFrom="paragraph">
             <wp:posOffset>198755</wp:posOffset>
           </wp:positionV>
           <wp:extent cx="7559040" cy="215900"/>
           <wp:effectExtent l="0" t="0" r="3810" b="0"/>
           <wp:wrapNone/>
           <wp:docPr id="2" name="Bildobjekt 2">
             <a:extLst xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
@@ -3413,51 +3855,51 @@
                         <w:szCs w:val="20"/>
                       </w:rPr>
                       <w:t>OBS! Utskriven version kan vara ogiltig. Verifiera innehållet</w:t>
                     </w:r>
                     <w:r>
                       <w:rPr>
                         <w:sz w:val="20"/>
                         <w:szCs w:val="20"/>
                       </w:rPr>
                       <w:t>.</w:t>
                     </w:r>
                   </w:p>
                 </w:txbxContent>
               </v:textbox>
               <w10:wrap type="topAndBottom"/>
             </v:shape>
           </w:pict>
         </mc:Fallback>
       </mc:AlternateContent>
     </w:r>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="FFFFFF1D"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="FBCC56FC"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="0"/>
         </w:tabs>
         <w:ind w:left="0" w:firstLine="0"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
@@ -5501,679 +5943,783 @@
   <w:num w:numId="13" w16cid:durableId="611134893">
     <w:abstractNumId w:val="13"/>
   </w:num>
   <w:num w:numId="14" w16cid:durableId="290868474">
     <w:abstractNumId w:val="9"/>
   </w:num>
   <w:num w:numId="15" w16cid:durableId="615060597">
     <w:abstractNumId w:val="7"/>
   </w:num>
   <w:num w:numId="16" w16cid:durableId="501093574">
     <w:abstractNumId w:val="12"/>
   </w:num>
   <w:num w:numId="17" w16cid:durableId="2117872104">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="18" w16cid:durableId="821196698">
     <w:abstractNumId w:val="10"/>
   </w:num>
   <w:num w:numId="19" w16cid:durableId="815339793">
     <w:abstractNumId w:val="16"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
-  <w:zoom w:percent="130"/>
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
+  <w:zoom w:percent="150"/>
   <w:removePersonalInformation/>
   <w:removeDateAndTime/>
   <w:embedSystemFonts/>
-  <w:proofState w:spelling="clean"/>
+  <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:stylePaneFormatFilter w:val="D804" w:allStyles="0" w:customStyles="0" w:latentStyles="1" w:stylesInUse="0" w:headingStyles="0" w:numberingStyles="0" w:tableStyles="0" w:directFormattingOnRuns="0" w:directFormattingOnParagraphs="0" w:directFormattingOnNumbering="0" w:directFormattingOnTables="1" w:clearFormatting="1" w:top3HeadingStyles="0" w:visibleStyles="1" w:alternateStyleNames="1"/>
   <w:documentProtection w:formatting="1" w:enforcement="0"/>
   <w:styleLockTheme/>
   <w:styleLockQFSet/>
   <w:defaultTabStop w:val="1304"/>
   <w:hyphenationZone w:val="425"/>
   <w:displayHorizontalDrawingGridEvery w:val="0"/>
   <w:displayVerticalDrawingGridEvery w:val="0"/>
   <w:doNotUseMarginsForDrawingGridOrigin/>
   <w:noPunctuationKerning/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050" strokecolor="#4a773c">
       <v:stroke color="#4a773c" weight="1pt"/>
       <v:shadow opacity="24903f" origin=",.5" offset="0,.55556mm"/>
       <o:colormru v:ext="edit" colors="#4a773c"/>
     </o:shapedefaults>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
     <w:footnote w:id="1"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
     <w:endnote w:id="1"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00B75EDE"/>
     <w:rsid w:val="00004963"/>
     <w:rsid w:val="000051D5"/>
     <w:rsid w:val="00006D2A"/>
+    <w:rsid w:val="00007114"/>
     <w:rsid w:val="00010D47"/>
     <w:rsid w:val="00016CF0"/>
     <w:rsid w:val="00030DDD"/>
     <w:rsid w:val="000313BB"/>
     <w:rsid w:val="00033ED5"/>
+    <w:rsid w:val="00040EE0"/>
     <w:rsid w:val="00042452"/>
     <w:rsid w:val="00050500"/>
     <w:rsid w:val="0005691C"/>
     <w:rsid w:val="00056ECB"/>
     <w:rsid w:val="00056ED5"/>
     <w:rsid w:val="00061969"/>
     <w:rsid w:val="000655CC"/>
     <w:rsid w:val="000700AE"/>
+    <w:rsid w:val="00071361"/>
+    <w:rsid w:val="00072D94"/>
+    <w:rsid w:val="00075AFE"/>
     <w:rsid w:val="00084024"/>
     <w:rsid w:val="0009062C"/>
     <w:rsid w:val="00095368"/>
     <w:rsid w:val="000954C4"/>
     <w:rsid w:val="000A1375"/>
     <w:rsid w:val="000A611A"/>
     <w:rsid w:val="000B12D9"/>
     <w:rsid w:val="000B4536"/>
     <w:rsid w:val="000B7715"/>
     <w:rsid w:val="000D6173"/>
+    <w:rsid w:val="000E09D9"/>
     <w:rsid w:val="000E463B"/>
     <w:rsid w:val="000E5A7E"/>
     <w:rsid w:val="000F0A68"/>
     <w:rsid w:val="000F11A7"/>
     <w:rsid w:val="000F43A3"/>
+    <w:rsid w:val="000F4924"/>
     <w:rsid w:val="000F7681"/>
     <w:rsid w:val="00103031"/>
+    <w:rsid w:val="00103B2E"/>
     <w:rsid w:val="001044FE"/>
     <w:rsid w:val="001139D4"/>
     <w:rsid w:val="00121B7C"/>
     <w:rsid w:val="00131B08"/>
     <w:rsid w:val="00132A59"/>
     <w:rsid w:val="00133337"/>
     <w:rsid w:val="00133A0F"/>
     <w:rsid w:val="0013580F"/>
     <w:rsid w:val="00137B6D"/>
     <w:rsid w:val="0014070B"/>
     <w:rsid w:val="001422C1"/>
     <w:rsid w:val="001522AE"/>
     <w:rsid w:val="00157D5B"/>
     <w:rsid w:val="00161FE6"/>
     <w:rsid w:val="00164C3D"/>
     <w:rsid w:val="00166D3A"/>
     <w:rsid w:val="0017508E"/>
     <w:rsid w:val="00181982"/>
     <w:rsid w:val="00181FDC"/>
     <w:rsid w:val="00184167"/>
     <w:rsid w:val="001860B9"/>
     <w:rsid w:val="00186F2B"/>
     <w:rsid w:val="001874D6"/>
     <w:rsid w:val="00194608"/>
     <w:rsid w:val="0019632A"/>
     <w:rsid w:val="001A4C1D"/>
     <w:rsid w:val="001A4E7C"/>
+    <w:rsid w:val="001A53F0"/>
     <w:rsid w:val="001B762C"/>
     <w:rsid w:val="001B766F"/>
     <w:rsid w:val="001C1210"/>
     <w:rsid w:val="001C4D0A"/>
     <w:rsid w:val="001C5FEF"/>
+    <w:rsid w:val="001D5839"/>
     <w:rsid w:val="001D6564"/>
     <w:rsid w:val="001E1A7C"/>
     <w:rsid w:val="001E3789"/>
+    <w:rsid w:val="001F7A87"/>
     <w:rsid w:val="00211487"/>
     <w:rsid w:val="00211D91"/>
     <w:rsid w:val="00217DEC"/>
     <w:rsid w:val="00223C3D"/>
+    <w:rsid w:val="00230768"/>
+    <w:rsid w:val="00234126"/>
+    <w:rsid w:val="0023513F"/>
     <w:rsid w:val="00235B57"/>
+    <w:rsid w:val="00236352"/>
     <w:rsid w:val="002377EF"/>
+    <w:rsid w:val="0024347C"/>
     <w:rsid w:val="00250F24"/>
     <w:rsid w:val="002523C5"/>
     <w:rsid w:val="0025380B"/>
     <w:rsid w:val="0025703A"/>
     <w:rsid w:val="00261878"/>
     <w:rsid w:val="00262F3D"/>
     <w:rsid w:val="00263281"/>
     <w:rsid w:val="002651D6"/>
     <w:rsid w:val="0026551F"/>
     <w:rsid w:val="00270FA8"/>
     <w:rsid w:val="00273C72"/>
     <w:rsid w:val="00280A85"/>
     <w:rsid w:val="00284119"/>
     <w:rsid w:val="002846BA"/>
     <w:rsid w:val="00286890"/>
+    <w:rsid w:val="00287EB1"/>
     <w:rsid w:val="00290B5C"/>
     <w:rsid w:val="00294791"/>
+    <w:rsid w:val="002A0A9D"/>
     <w:rsid w:val="002A1C4F"/>
+    <w:rsid w:val="002A5E35"/>
     <w:rsid w:val="002A7450"/>
     <w:rsid w:val="002B0B30"/>
     <w:rsid w:val="002B0C78"/>
     <w:rsid w:val="002C0C02"/>
     <w:rsid w:val="002C1277"/>
     <w:rsid w:val="002C60AD"/>
     <w:rsid w:val="002D0E0E"/>
+    <w:rsid w:val="002D5052"/>
     <w:rsid w:val="002D6023"/>
     <w:rsid w:val="002D60D4"/>
+    <w:rsid w:val="002D7997"/>
     <w:rsid w:val="002E263F"/>
     <w:rsid w:val="002E6F81"/>
     <w:rsid w:val="002F08BA"/>
     <w:rsid w:val="002F2CFF"/>
     <w:rsid w:val="002F568B"/>
     <w:rsid w:val="002F7818"/>
     <w:rsid w:val="003066D0"/>
     <w:rsid w:val="0031108A"/>
     <w:rsid w:val="00311401"/>
     <w:rsid w:val="0031420F"/>
     <w:rsid w:val="003203D7"/>
     <w:rsid w:val="00320F86"/>
     <w:rsid w:val="00324171"/>
     <w:rsid w:val="00326C24"/>
     <w:rsid w:val="00337F99"/>
     <w:rsid w:val="003410BD"/>
     <w:rsid w:val="0034307B"/>
     <w:rsid w:val="0034374F"/>
     <w:rsid w:val="00345EB1"/>
     <w:rsid w:val="0035083B"/>
     <w:rsid w:val="00350CC4"/>
+    <w:rsid w:val="003601A4"/>
     <w:rsid w:val="00360E0D"/>
     <w:rsid w:val="0036357D"/>
     <w:rsid w:val="0036594C"/>
     <w:rsid w:val="00367D19"/>
     <w:rsid w:val="00371BED"/>
     <w:rsid w:val="0037729A"/>
     <w:rsid w:val="00384019"/>
     <w:rsid w:val="003854F1"/>
     <w:rsid w:val="0039118E"/>
     <w:rsid w:val="003947A3"/>
     <w:rsid w:val="00397F54"/>
     <w:rsid w:val="003A0D43"/>
+    <w:rsid w:val="003A58D3"/>
+    <w:rsid w:val="003A6387"/>
     <w:rsid w:val="003B0C3D"/>
     <w:rsid w:val="003B2A4B"/>
+    <w:rsid w:val="003C088F"/>
+    <w:rsid w:val="003C6AA6"/>
     <w:rsid w:val="003D099E"/>
     <w:rsid w:val="003D21A2"/>
     <w:rsid w:val="003D29D2"/>
+    <w:rsid w:val="003D592A"/>
+    <w:rsid w:val="003D6887"/>
     <w:rsid w:val="003D6DF1"/>
     <w:rsid w:val="003E0705"/>
     <w:rsid w:val="003E2FF7"/>
+    <w:rsid w:val="003E3676"/>
     <w:rsid w:val="003F1013"/>
     <w:rsid w:val="003F1ACF"/>
+    <w:rsid w:val="00401D6B"/>
+    <w:rsid w:val="00403B24"/>
     <w:rsid w:val="00404948"/>
     <w:rsid w:val="00406BEA"/>
+    <w:rsid w:val="00411271"/>
     <w:rsid w:val="00413A60"/>
     <w:rsid w:val="00414C51"/>
     <w:rsid w:val="00421B10"/>
     <w:rsid w:val="004230F7"/>
     <w:rsid w:val="0043167E"/>
     <w:rsid w:val="0043409A"/>
+    <w:rsid w:val="004400D4"/>
+    <w:rsid w:val="0044039E"/>
     <w:rsid w:val="00444F95"/>
     <w:rsid w:val="00446255"/>
     <w:rsid w:val="00451935"/>
+    <w:rsid w:val="004600CF"/>
     <w:rsid w:val="00460ED0"/>
     <w:rsid w:val="00465651"/>
     <w:rsid w:val="00470CE7"/>
     <w:rsid w:val="00470F4F"/>
     <w:rsid w:val="00472482"/>
     <w:rsid w:val="00480DC7"/>
     <w:rsid w:val="004876F6"/>
     <w:rsid w:val="0049236A"/>
     <w:rsid w:val="00492718"/>
     <w:rsid w:val="00492E2C"/>
     <w:rsid w:val="004969A0"/>
     <w:rsid w:val="004A355D"/>
     <w:rsid w:val="004A4970"/>
+    <w:rsid w:val="004B0DC8"/>
     <w:rsid w:val="004B2183"/>
     <w:rsid w:val="004B2A01"/>
+    <w:rsid w:val="004B2E4F"/>
+    <w:rsid w:val="004C257C"/>
     <w:rsid w:val="004C3536"/>
     <w:rsid w:val="004D7BA3"/>
     <w:rsid w:val="004F4518"/>
     <w:rsid w:val="004F4C62"/>
     <w:rsid w:val="00501433"/>
     <w:rsid w:val="00511CC4"/>
     <w:rsid w:val="005137FC"/>
+    <w:rsid w:val="00521423"/>
+    <w:rsid w:val="0052335E"/>
+    <w:rsid w:val="00524DBC"/>
     <w:rsid w:val="00531E60"/>
+    <w:rsid w:val="00537DF7"/>
     <w:rsid w:val="00541D07"/>
     <w:rsid w:val="00544BAB"/>
     <w:rsid w:val="00545F31"/>
+    <w:rsid w:val="005570FB"/>
     <w:rsid w:val="005578FA"/>
     <w:rsid w:val="00565129"/>
     <w:rsid w:val="00565CD0"/>
     <w:rsid w:val="00567820"/>
     <w:rsid w:val="00574DB4"/>
     <w:rsid w:val="00574F5B"/>
     <w:rsid w:val="005770AD"/>
     <w:rsid w:val="00581414"/>
     <w:rsid w:val="00582490"/>
     <w:rsid w:val="00584EE2"/>
     <w:rsid w:val="005939A3"/>
     <w:rsid w:val="00597E28"/>
     <w:rsid w:val="005A54ED"/>
     <w:rsid w:val="005A5D5B"/>
     <w:rsid w:val="005A6081"/>
     <w:rsid w:val="005A627D"/>
     <w:rsid w:val="005C0045"/>
     <w:rsid w:val="005C084E"/>
     <w:rsid w:val="005C4606"/>
     <w:rsid w:val="005D0B0C"/>
     <w:rsid w:val="005D4C6E"/>
     <w:rsid w:val="005E02B3"/>
     <w:rsid w:val="005E1E24"/>
     <w:rsid w:val="005F33F2"/>
     <w:rsid w:val="005F5D7F"/>
     <w:rsid w:val="005F7814"/>
     <w:rsid w:val="0060596B"/>
     <w:rsid w:val="00606D97"/>
     <w:rsid w:val="006105EF"/>
     <w:rsid w:val="00613533"/>
     <w:rsid w:val="00614E64"/>
+    <w:rsid w:val="006159F0"/>
     <w:rsid w:val="00617710"/>
     <w:rsid w:val="00617EE6"/>
     <w:rsid w:val="0062184C"/>
     <w:rsid w:val="00623724"/>
     <w:rsid w:val="00624D6E"/>
     <w:rsid w:val="00627BEA"/>
     <w:rsid w:val="006319DB"/>
     <w:rsid w:val="0065595B"/>
     <w:rsid w:val="00656DCD"/>
     <w:rsid w:val="00660269"/>
     <w:rsid w:val="00664147"/>
     <w:rsid w:val="0066475F"/>
     <w:rsid w:val="00665F89"/>
     <w:rsid w:val="0066615F"/>
+    <w:rsid w:val="00670DC9"/>
+    <w:rsid w:val="0067224D"/>
     <w:rsid w:val="00673C92"/>
     <w:rsid w:val="006753EC"/>
     <w:rsid w:val="00685193"/>
     <w:rsid w:val="006854F3"/>
+    <w:rsid w:val="00685637"/>
     <w:rsid w:val="006A2789"/>
     <w:rsid w:val="006A4978"/>
     <w:rsid w:val="006A705E"/>
     <w:rsid w:val="006A7261"/>
     <w:rsid w:val="006B0D29"/>
     <w:rsid w:val="006B1819"/>
     <w:rsid w:val="006C5048"/>
     <w:rsid w:val="006C6A4B"/>
     <w:rsid w:val="006C779F"/>
     <w:rsid w:val="006D01F5"/>
     <w:rsid w:val="006D0CFB"/>
     <w:rsid w:val="006D30C0"/>
     <w:rsid w:val="006D5B97"/>
     <w:rsid w:val="006D7535"/>
     <w:rsid w:val="006E450B"/>
     <w:rsid w:val="006F0D7E"/>
+    <w:rsid w:val="006F5E1B"/>
     <w:rsid w:val="00706169"/>
     <w:rsid w:val="00710B77"/>
     <w:rsid w:val="00712615"/>
     <w:rsid w:val="007155D5"/>
     <w:rsid w:val="0072075B"/>
     <w:rsid w:val="007221C2"/>
     <w:rsid w:val="00730955"/>
     <w:rsid w:val="00733A9C"/>
     <w:rsid w:val="0073456F"/>
     <w:rsid w:val="00736574"/>
     <w:rsid w:val="007367E0"/>
     <w:rsid w:val="00737215"/>
     <w:rsid w:val="007405F2"/>
     <w:rsid w:val="0074666F"/>
     <w:rsid w:val="00754905"/>
+    <w:rsid w:val="00756168"/>
     <w:rsid w:val="00760038"/>
     <w:rsid w:val="00762EE0"/>
     <w:rsid w:val="00765C41"/>
     <w:rsid w:val="00767835"/>
     <w:rsid w:val="00770B90"/>
     <w:rsid w:val="00771100"/>
     <w:rsid w:val="007759DD"/>
     <w:rsid w:val="0078609F"/>
     <w:rsid w:val="007917BA"/>
     <w:rsid w:val="00792BB9"/>
     <w:rsid w:val="007A334E"/>
     <w:rsid w:val="007A5C6F"/>
     <w:rsid w:val="007B4599"/>
+    <w:rsid w:val="007C2759"/>
     <w:rsid w:val="007C51E6"/>
+    <w:rsid w:val="007D0668"/>
     <w:rsid w:val="007D4241"/>
     <w:rsid w:val="007D4317"/>
     <w:rsid w:val="007D4EA3"/>
     <w:rsid w:val="007E4B0E"/>
     <w:rsid w:val="007F1CFF"/>
     <w:rsid w:val="007F5DD5"/>
+    <w:rsid w:val="00800DFE"/>
     <w:rsid w:val="0080507E"/>
     <w:rsid w:val="00817EFC"/>
     <w:rsid w:val="00821A1B"/>
     <w:rsid w:val="008262E9"/>
     <w:rsid w:val="00827E69"/>
     <w:rsid w:val="00835216"/>
     <w:rsid w:val="00835C4D"/>
+    <w:rsid w:val="00835E08"/>
     <w:rsid w:val="00843F48"/>
+    <w:rsid w:val="0084617D"/>
     <w:rsid w:val="00851423"/>
+    <w:rsid w:val="008523B7"/>
     <w:rsid w:val="00855A34"/>
     <w:rsid w:val="008569C6"/>
     <w:rsid w:val="00857848"/>
     <w:rsid w:val="008654B6"/>
     <w:rsid w:val="0086733F"/>
     <w:rsid w:val="0087139C"/>
     <w:rsid w:val="00873419"/>
     <w:rsid w:val="00880E83"/>
     <w:rsid w:val="00887300"/>
     <w:rsid w:val="00892F28"/>
+    <w:rsid w:val="00896469"/>
     <w:rsid w:val="008A0C5F"/>
     <w:rsid w:val="008A3DEA"/>
     <w:rsid w:val="008A4EB9"/>
     <w:rsid w:val="008A5001"/>
+    <w:rsid w:val="008A6996"/>
     <w:rsid w:val="008A74C0"/>
     <w:rsid w:val="008B1694"/>
     <w:rsid w:val="008C4B27"/>
     <w:rsid w:val="008C7F0C"/>
     <w:rsid w:val="008C7F2A"/>
     <w:rsid w:val="008D4B13"/>
     <w:rsid w:val="008E36F8"/>
     <w:rsid w:val="008E46B2"/>
     <w:rsid w:val="008E682C"/>
+    <w:rsid w:val="008E6BC9"/>
     <w:rsid w:val="008E78A1"/>
     <w:rsid w:val="008F589F"/>
     <w:rsid w:val="009008BB"/>
     <w:rsid w:val="009046E6"/>
     <w:rsid w:val="00906238"/>
     <w:rsid w:val="00907EF9"/>
     <w:rsid w:val="00911231"/>
     <w:rsid w:val="0091295C"/>
     <w:rsid w:val="00914D58"/>
     <w:rsid w:val="00921F47"/>
     <w:rsid w:val="00922368"/>
     <w:rsid w:val="009228AB"/>
     <w:rsid w:val="0093085B"/>
     <w:rsid w:val="00931C57"/>
     <w:rsid w:val="009347A5"/>
     <w:rsid w:val="00942257"/>
+    <w:rsid w:val="009454C5"/>
     <w:rsid w:val="009471BF"/>
+    <w:rsid w:val="009503E5"/>
     <w:rsid w:val="00950E4E"/>
     <w:rsid w:val="009529BD"/>
     <w:rsid w:val="009533B4"/>
     <w:rsid w:val="00957D35"/>
     <w:rsid w:val="00971D93"/>
+    <w:rsid w:val="009727BD"/>
+    <w:rsid w:val="00980F98"/>
     <w:rsid w:val="00982B43"/>
     <w:rsid w:val="009935C4"/>
     <w:rsid w:val="009A07DC"/>
     <w:rsid w:val="009A197D"/>
     <w:rsid w:val="009A32ED"/>
     <w:rsid w:val="009B1F6B"/>
+    <w:rsid w:val="009B228C"/>
     <w:rsid w:val="009C0D12"/>
     <w:rsid w:val="009C192E"/>
     <w:rsid w:val="009C2E3E"/>
     <w:rsid w:val="009C6C0C"/>
+    <w:rsid w:val="009D07C6"/>
     <w:rsid w:val="009D1594"/>
     <w:rsid w:val="009D6819"/>
     <w:rsid w:val="009D6D1C"/>
     <w:rsid w:val="009E0CF9"/>
     <w:rsid w:val="009E531B"/>
     <w:rsid w:val="009E5EE5"/>
     <w:rsid w:val="009E6C56"/>
     <w:rsid w:val="009E7DCF"/>
     <w:rsid w:val="009F4A56"/>
     <w:rsid w:val="009F4E65"/>
     <w:rsid w:val="009F7655"/>
     <w:rsid w:val="00A006A5"/>
+    <w:rsid w:val="00A03F3E"/>
     <w:rsid w:val="00A052CB"/>
     <w:rsid w:val="00A054C9"/>
     <w:rsid w:val="00A05942"/>
     <w:rsid w:val="00A06376"/>
     <w:rsid w:val="00A07BEC"/>
+    <w:rsid w:val="00A10AE4"/>
     <w:rsid w:val="00A1398E"/>
     <w:rsid w:val="00A264BE"/>
     <w:rsid w:val="00A272CA"/>
     <w:rsid w:val="00A33051"/>
     <w:rsid w:val="00A349F4"/>
     <w:rsid w:val="00A407AD"/>
     <w:rsid w:val="00A40923"/>
     <w:rsid w:val="00A41C05"/>
     <w:rsid w:val="00A42426"/>
     <w:rsid w:val="00A514B7"/>
     <w:rsid w:val="00A54A0B"/>
+    <w:rsid w:val="00A61120"/>
     <w:rsid w:val="00A641C1"/>
     <w:rsid w:val="00A65FD4"/>
+    <w:rsid w:val="00A669D1"/>
     <w:rsid w:val="00A67C6E"/>
     <w:rsid w:val="00A81198"/>
     <w:rsid w:val="00A81E48"/>
     <w:rsid w:val="00A82035"/>
+    <w:rsid w:val="00A85A27"/>
+    <w:rsid w:val="00A906E7"/>
     <w:rsid w:val="00A90D77"/>
     <w:rsid w:val="00A92E07"/>
     <w:rsid w:val="00A97121"/>
+    <w:rsid w:val="00A97EEF"/>
     <w:rsid w:val="00AA0B3A"/>
     <w:rsid w:val="00AA4156"/>
     <w:rsid w:val="00AA4BB3"/>
+    <w:rsid w:val="00AA6AA8"/>
     <w:rsid w:val="00AA6EB4"/>
     <w:rsid w:val="00AA767D"/>
     <w:rsid w:val="00AB0CC9"/>
+    <w:rsid w:val="00AC3BF9"/>
     <w:rsid w:val="00AC3FF6"/>
     <w:rsid w:val="00AD521F"/>
     <w:rsid w:val="00AD73EC"/>
     <w:rsid w:val="00AD7AD5"/>
+    <w:rsid w:val="00AD7C1B"/>
     <w:rsid w:val="00AE5BC7"/>
     <w:rsid w:val="00AF3ED8"/>
     <w:rsid w:val="00AF5AAF"/>
+    <w:rsid w:val="00AF6832"/>
     <w:rsid w:val="00B004E8"/>
     <w:rsid w:val="00B046D8"/>
     <w:rsid w:val="00B13F4C"/>
     <w:rsid w:val="00B16219"/>
     <w:rsid w:val="00B165E3"/>
     <w:rsid w:val="00B16C59"/>
     <w:rsid w:val="00B2319C"/>
     <w:rsid w:val="00B27B23"/>
     <w:rsid w:val="00B33FDD"/>
     <w:rsid w:val="00B359CC"/>
     <w:rsid w:val="00B36107"/>
     <w:rsid w:val="00B405A1"/>
     <w:rsid w:val="00B41789"/>
+    <w:rsid w:val="00B42704"/>
     <w:rsid w:val="00B46C03"/>
     <w:rsid w:val="00B60C6C"/>
     <w:rsid w:val="00B619A9"/>
+    <w:rsid w:val="00B640A4"/>
     <w:rsid w:val="00B65A9D"/>
     <w:rsid w:val="00B66D60"/>
     <w:rsid w:val="00B75EDE"/>
     <w:rsid w:val="00B77D88"/>
     <w:rsid w:val="00B77FAF"/>
     <w:rsid w:val="00B84336"/>
     <w:rsid w:val="00B851B9"/>
     <w:rsid w:val="00B86453"/>
     <w:rsid w:val="00B90054"/>
     <w:rsid w:val="00B92C14"/>
     <w:rsid w:val="00B96AFF"/>
     <w:rsid w:val="00BA0066"/>
+    <w:rsid w:val="00BA2533"/>
+    <w:rsid w:val="00BA58C7"/>
     <w:rsid w:val="00BB69DB"/>
     <w:rsid w:val="00BC322E"/>
     <w:rsid w:val="00BC44CD"/>
     <w:rsid w:val="00BC48A6"/>
     <w:rsid w:val="00BE7978"/>
     <w:rsid w:val="00C01F0D"/>
     <w:rsid w:val="00C07DDB"/>
     <w:rsid w:val="00C31494"/>
     <w:rsid w:val="00C4115D"/>
     <w:rsid w:val="00C43BDD"/>
     <w:rsid w:val="00C44948"/>
     <w:rsid w:val="00C47778"/>
     <w:rsid w:val="00C5011E"/>
     <w:rsid w:val="00C50EE5"/>
     <w:rsid w:val="00C5240A"/>
     <w:rsid w:val="00C5398F"/>
     <w:rsid w:val="00C556F5"/>
     <w:rsid w:val="00C70E19"/>
     <w:rsid w:val="00C72472"/>
     <w:rsid w:val="00C72574"/>
     <w:rsid w:val="00C7430C"/>
+    <w:rsid w:val="00C76A2F"/>
     <w:rsid w:val="00C77C91"/>
     <w:rsid w:val="00C82D7E"/>
     <w:rsid w:val="00C85DA1"/>
+    <w:rsid w:val="00C905DD"/>
     <w:rsid w:val="00C9071C"/>
     <w:rsid w:val="00C908FF"/>
     <w:rsid w:val="00C97BD3"/>
     <w:rsid w:val="00CA39EF"/>
     <w:rsid w:val="00CA521F"/>
     <w:rsid w:val="00CA756F"/>
     <w:rsid w:val="00CB0493"/>
     <w:rsid w:val="00CB17FF"/>
     <w:rsid w:val="00CB1ED7"/>
     <w:rsid w:val="00CB25DB"/>
     <w:rsid w:val="00CC167C"/>
     <w:rsid w:val="00CC52D9"/>
+    <w:rsid w:val="00CC5D3B"/>
     <w:rsid w:val="00CD575D"/>
     <w:rsid w:val="00CD6647"/>
+    <w:rsid w:val="00CE2634"/>
+    <w:rsid w:val="00CE37EF"/>
     <w:rsid w:val="00CE4B73"/>
+    <w:rsid w:val="00CF421A"/>
     <w:rsid w:val="00CF70BB"/>
     <w:rsid w:val="00D02A35"/>
     <w:rsid w:val="00D074DB"/>
+    <w:rsid w:val="00D11E1D"/>
     <w:rsid w:val="00D139CF"/>
     <w:rsid w:val="00D20779"/>
     <w:rsid w:val="00D26929"/>
     <w:rsid w:val="00D311EB"/>
+    <w:rsid w:val="00D33DA3"/>
     <w:rsid w:val="00D376DA"/>
     <w:rsid w:val="00D37E7F"/>
     <w:rsid w:val="00D47AD7"/>
     <w:rsid w:val="00D51529"/>
     <w:rsid w:val="00D51AEE"/>
     <w:rsid w:val="00D67C88"/>
     <w:rsid w:val="00D85218"/>
     <w:rsid w:val="00D915B1"/>
     <w:rsid w:val="00D95969"/>
+    <w:rsid w:val="00DA2315"/>
     <w:rsid w:val="00DA299D"/>
     <w:rsid w:val="00DA65C4"/>
     <w:rsid w:val="00DB22C9"/>
+    <w:rsid w:val="00DB280F"/>
     <w:rsid w:val="00DB2AB4"/>
     <w:rsid w:val="00DB3273"/>
     <w:rsid w:val="00DB51DE"/>
+    <w:rsid w:val="00DC45A6"/>
     <w:rsid w:val="00DE4447"/>
     <w:rsid w:val="00DE5DA2"/>
     <w:rsid w:val="00DE63C6"/>
     <w:rsid w:val="00DF0033"/>
+    <w:rsid w:val="00DF7E25"/>
     <w:rsid w:val="00E026BF"/>
     <w:rsid w:val="00E03DB3"/>
     <w:rsid w:val="00E07B1B"/>
+    <w:rsid w:val="00E1152F"/>
     <w:rsid w:val="00E11853"/>
     <w:rsid w:val="00E1329F"/>
+    <w:rsid w:val="00E13600"/>
+    <w:rsid w:val="00E27677"/>
     <w:rsid w:val="00E330CB"/>
+    <w:rsid w:val="00E35036"/>
+    <w:rsid w:val="00E378AA"/>
+    <w:rsid w:val="00E466C1"/>
     <w:rsid w:val="00E52A86"/>
     <w:rsid w:val="00E54B47"/>
     <w:rsid w:val="00E553BF"/>
     <w:rsid w:val="00E55D93"/>
     <w:rsid w:val="00E57A7D"/>
     <w:rsid w:val="00E61294"/>
     <w:rsid w:val="00E7237C"/>
     <w:rsid w:val="00E77C46"/>
+    <w:rsid w:val="00E8505E"/>
     <w:rsid w:val="00E86CE8"/>
     <w:rsid w:val="00E90E82"/>
     <w:rsid w:val="00E95B2D"/>
     <w:rsid w:val="00EA00CB"/>
     <w:rsid w:val="00EA1BAA"/>
+    <w:rsid w:val="00EA290D"/>
     <w:rsid w:val="00EA3FCD"/>
     <w:rsid w:val="00EA42A0"/>
     <w:rsid w:val="00EA63EC"/>
     <w:rsid w:val="00EB6714"/>
     <w:rsid w:val="00EC0A68"/>
     <w:rsid w:val="00EC3C32"/>
     <w:rsid w:val="00EC5006"/>
     <w:rsid w:val="00EC56D2"/>
     <w:rsid w:val="00ED49C3"/>
     <w:rsid w:val="00ED6CE8"/>
     <w:rsid w:val="00ED7AA6"/>
     <w:rsid w:val="00EE2A56"/>
     <w:rsid w:val="00EE3818"/>
     <w:rsid w:val="00EE3C2E"/>
+    <w:rsid w:val="00F12050"/>
     <w:rsid w:val="00F147A7"/>
     <w:rsid w:val="00F15564"/>
     <w:rsid w:val="00F22264"/>
     <w:rsid w:val="00F2564D"/>
     <w:rsid w:val="00F31F9C"/>
     <w:rsid w:val="00F35B05"/>
+    <w:rsid w:val="00F37B96"/>
     <w:rsid w:val="00F413D9"/>
     <w:rsid w:val="00F5135F"/>
     <w:rsid w:val="00F51F78"/>
+    <w:rsid w:val="00F66639"/>
+    <w:rsid w:val="00F82DE6"/>
     <w:rsid w:val="00F86F47"/>
     <w:rsid w:val="00F90B64"/>
     <w:rsid w:val="00F91867"/>
     <w:rsid w:val="00F96494"/>
     <w:rsid w:val="00FB2F0F"/>
     <w:rsid w:val="00FB5086"/>
     <w:rsid w:val="00FB5411"/>
     <w:rsid w:val="00FB6392"/>
     <w:rsid w:val="00FC4F36"/>
     <w:rsid w:val="00FC5F75"/>
     <w:rsid w:val="00FD3C70"/>
     <w:rsid w:val="00FD6820"/>
     <w:rsid w:val="00FE12D8"/>
     <w:rsid w:val="00FF7C02"/>
     <w:rsid w:val="024801E3"/>
+    <w:rsid w:val="2207F09E"/>
     <w:rsid w:val="647B2B65"/>
     <w:rsid w:val="6B2CF8ED"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
-  <w:themeFontLang w:val="sv-SE" w:eastAsia="ja-JP"/>
+  <w:themeFontLang w:val="sv-SE"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:doNotIncludeSubdocsInStats/>
   <w:doNotAutoCompressPictures/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050" strokecolor="#4a773c">
       <v:stroke color="#4a773c" weight="1pt"/>
       <v:shadow opacity="24903f" origin=",.5" offset="0,.55556mm"/>
       <o:colormru v:ext="edit" colors="#4a773c"/>
     </o:shapedefaults>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="2"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:doNotEmbedSmartTags/>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
   <w14:docId w14:val="2AB82298"/>
   <w14:defaultImageDpi w14:val="330"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         <w:lang w:val="sv-SE" w:eastAsia="sv-SE" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault/>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="3" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="3" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:locked="1" w:semiHidden="1" w:uiPriority="3" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="index 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
@@ -7132,51 +7678,51 @@
       <w:ind w:left="1712" w:hanging="357"/>
       <w:contextualSpacing/>
     </w:pPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Normalefterlista">
     <w:name w:val="Normal efter lista"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:uiPriority w:val="3"/>
     <w:qFormat/>
     <w:rsid w:val="0062184C"/>
     <w:pPr>
       <w:spacing w:before="200"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:eastAsia="MS Gothic"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Innehll1">
     <w:name w:val="toc 1"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:autoRedefine/>
     <w:uiPriority w:val="39"/>
     <w:unhideWhenUsed/>
-    <w:rsid w:val="00B405A1"/>
+    <w:rsid w:val="00A03F3E"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="right" w:leader="dot" w:pos="8779"/>
       </w:tabs>
       <w:ind w:right="142"/>
     </w:pPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Omslagsrubrik">
     <w:name w:val="Omslagsrubrik"/>
     <w:basedOn w:val="Normal"/>
     <w:link w:val="OmslagsrubrikChar"/>
     <w:uiPriority w:val="3"/>
     <w:qFormat/>
     <w:rsid w:val="005A627D"/>
     <w:pPr>
       <w:spacing w:after="6000" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
       <w:sz w:val="72"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="OmslagsrubrikChar">
     <w:name w:val="Omslagsrubrik Char"/>
     <w:basedOn w:val="Standardstycketeckensnitt"/>
@@ -8773,51 +9319,51 @@
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="006105EF"/>
     <w:rPr>
       <w:color w:val="9EA2A2" w:themeColor="followedHyperlink"/>
       <w:u w:val="single"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="Olstomnmnande">
     <w:name w:val="Unresolved Mention"/>
     <w:basedOn w:val="Standardstycketeckensnitt"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00B165E3"/>
     <w:rPr>
       <w:color w:val="605E5C"/>
       <w:shd w:val="clear" w:color="auto" w:fill="E1DFDD"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:divs>
     <w:div w:id="198055238">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="218060363">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
@@ -8833,54 +9379,54 @@
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="1230919038">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
   </w:divs>
   <w:relyOnVML/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
-<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml" Id="rId8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mellanarkiv-offentlig.vgregion.se/alfresco/s/archive/stream/public/v1/source/available/sofia/smsk10352-1466081082-102/surrogate/Smittskyddsblad%20MRSA%20l%c3%a4karinformation.pdf" TargetMode="External" Id="rId13" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mellanarkiv-offentlig.vgregion.se/alfresco/s/archive/stream/public/v1/source/available/sofia/su2259-2029296069-20/native/MRSA%20information%20till%20patienter%20och%20n%c3%a4rst%c3%a5ende.pdf" TargetMode="External" Id="rId18" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vardhandboken.se/vardhygien-infektioner-och-smittspridning/infektioner-och-smittspridning/multiresistenta-bakterier/nationellt-handlingsprogram/" TargetMode="External" Id="rId26" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mellanarkiv-offentlig.vgregion.se/alfresco/s/archive/stream/public/v1/source/available/sofia/skas9729-602154698-23/surrogate/V%c3%a5rdhygieniska%20riskfaktorer%20f%c3%b6r%20smittspridning%20i%20v%c3%a5rd%20och%20omsorg.pdf" TargetMode="External" Id="rId21" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml" Id="rId34" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml" Id="rId7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mellanarkiv-offentlig.vgregion.se/alfresco/s/archive/stream/public/v1/source/available/sofia/smsk10352-1466081082-84/surrogate/Smittskyddsblad%20MRSA%20patientinformation.pdf" TargetMode="External" Id="rId12" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mellanarkiv-offentlig.vgregion.se/alfresco/s/archive/stream/public/v1/source/available/sofia/skas9729-602154698-36/surrogate/Preoperativ%20helkroppsdesinfektion-%20regiongemensam%20rutin.pdf" TargetMode="External" Id="rId17" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mellanarkiv-offentlig.vgregion.se/alfresco/s/archive/stream/public/v1/source/available/sofia/smsk10352-1466081082-84/surrogate/Smittskyddsblad%20MRSA%20patientinformation.pdf" TargetMode="External" Id="rId25" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml" Id="rId33" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml" Id="rId38" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mellanarkiv-offentlig.vgregion.se/alfresco/s/archive/stream/public/v1/source/available/SOFIA/SKAS9729-602154698-2/SURROGATE/Basal%20hygien%20och%20kl%c3%a4dregler.pdf" TargetMode="External" Id="rId16" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mellanarkiv-offentlig.vgregion.se/alfresco/s/archive/stream/public/v1/source/available/SOFIA/SKAS9729-602154698-2/SURROGATE/Basal%20hygien%20och%20kl%c3%a4dregler.pdf" TargetMode="External" Id="rId20" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mellanarkiv-offentlig.vgregion.se/alfresco/s/archive/stream/public/v1/source/available/sofia/smsk10352-1466081082-102/surrogate/Smittskyddsblad%20MRSA%20l%c3%a4karinformation.pdf" TargetMode="External" Id="rId29" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml" Id="rId6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml" Id="rId11" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mellanarkiv-offentlig.vgregion.se/alfresco/s/archive/stream/public/v1/source/available/SOFIA/SKAS10459-682331530-408/SURROGATE/Handlingsprogram%20MRB%202016.pdf" TargetMode="External" Id="rId24" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml" Id="rId32" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml" Id="rId37" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mellanarkiv-offentlig.vgregion.se/alfresco/s/archive/stream/public/v1/source/available/sofia/skas9729-602154698-15/surrogate/Smitta%20-%20dokumentation%20i%20Melior.pdf" TargetMode="External" Id="rId15" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mellanarkiv-offentlig.vgregion.se/alfresco/s/archive/stream/public/v1/source/available/sofia/skas9729-602154698-15/surrogate/Smitta%20-%20dokumentation%20i%20Melior.pdf" TargetMode="External" Id="rId23" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.folkhalsomyndigheten.se/smittskydd-beredskap/smittsamma-sjukdomar/meticillinresistenta-gula-stafylokocker-mrsa/" TargetMode="External" Id="rId28" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer3.xml" Id="rId36" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml" Id="rId10" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://medcontrol.vgregion.se/siteminderagent/forms/VGR_loginval.1.2.sfcc?TYPE=33554433&amp;REALMOID=06-6bd126c9-fa3d-411f-877d-007416042f54&amp;GUID=&amp;SMAUTHREASON=0&amp;METHOD=GET&amp;SMAGENTNAME=-SM-MedControl%20PRO%3ap%3aw%3ax&amp;TARGET=-SM-https%3a%2f%2fmedcontrol%2evgregion%2ese%2f" TargetMode="External" Id="rId19" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml" Id="rId31" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml" Id="rId9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vgregion.se/halsa-och-vard/vardgivarwebben/vardriktlinjer/smittskydd-vastra-gotaland/sminet2/" TargetMode="External" Id="rId14" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mellanarkiv-offentlig.vgregion.se/alfresco/s/archive/stream/public/v1/source/available/sofia/skas9729-602154698-10/surrogate/Multiresistenta%20bakterier%20(MRB)%2c%20screenodling%20-%20handlingsplan.pdf" TargetMode="External" Id="rId22" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vardhandboken.se/vardhygien-infektioner-och-smittspridning/infektioner-och-smittspridning/multiresistenta-bakterier/atgarder-i-varden/" TargetMode="External" Id="rId27" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.socialstyrelsen.se/globalassets/sharepoint-dokument/artikelkatalog/foreskrifter-och-allmanna-rad/2015-5-10.pdf" TargetMode="External" Id="rId30" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header3.xml" Id="rId35" /></Relationships>
+<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml" Id="rId8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mellanarkiv-offentlig.vgregion.se/alfresco/s/archive/stream/public/v1/source/available/sofia/smsk10352-1466081082-102/surrogate/Smittskyddsblad%20MRSA%20l%c3%a4karinformation.pdf" TargetMode="External" Id="rId13" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mellanarkiv-offentlig.vgregion.se/alfresco/s/archive/stream/public/v1/source/available/sofia/skas9735-1906344767-5/surrogate/Allm%c3%a4nna%20uppgifter%20-%20dokumentation%20i%20Melior.pdf" TargetMode="External" Id="rId18" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.folkhalsomyndigheten.se/smittskydd-beredskap/smittsamma-sjukdomar/meticillinresistenta-gula-stafylokocker-mrsa/" TargetMode="External" Id="rId26" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mellanarkiv-offentlig.vgregion.se/alfresco/s/archive/stream/public/v1/source/available/sofia/smsk10352-1466081082-102/surrogate/Smittskyddsblad%20MRSA%20l%c3%a4karinformation.pdf" TargetMode="External" Id="rId21" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml" Id="rId7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mellanarkiv-offentlig.vgregion.se/alfresco/s/archive/stream/public/v1/source/available/sofia/smsk10352-1466081082-84/surrogate/Smittskyddsblad%20MRSA%20patientinformation.pdf" TargetMode="External" Id="rId12" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://medcontrol.vgregion.se/siteminderagent/forms/VGR_loginval.1.2.sfcc?TYPE=33554433&amp;REALMOID=06-6bd126c9-fa3d-411f-877d-007416042f54&amp;GUID=&amp;SMAUTHREASON=0&amp;METHOD=GET&amp;SMAGENTNAME=-SM-MedControl%20PRO%3ap%3aw%3ax&amp;TARGET=-SM-https%3a%2f%2fmedcontrol%2evgregion%2ese%2f" TargetMode="External" Id="rId17" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vardhandboken.se/vardhygien-infektioner-och-smittspridning/infektioner-och-smittspridning/multiresistenta-bakterier/atgarder-i-varden/" TargetMode="External" Id="rId25" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vardhandboken.se/vardhygien-infektioner-och-smittspridning/vardhygien/basala-hygienrutiner/" TargetMode="External" Id="rId16" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mellanarkiv-offentlig.vgregion.se/alfresco/s/archive/stream/public/v1/source/available/sofia/skas9729-602154698-23/surrogate/V%c3%a5rdhygienisk%20bed%c3%b6mning%20av%20riskfaktorer%20f%c3%b6r%20smittspridning%20i%20v%c3%a5rd%20och%20omsorg.pdf" TargetMode="External" Id="rId20" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml" Id="rId29" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml" Id="rId6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml" Id="rId11" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vardhandboken.se/vardhygien-infektioner-och-smittspridning/infektioner-och-smittspridning/multiresistenta-bakterier/nationellt-handlingsprogram/" TargetMode="External" Id="rId24" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml" Id="rId32" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mellanarkiv-offentlig.vgregion.se/alfresco/s/archive/stream/public/v1/source/available/sofia/skas9735-1906344767-5/surrogate/Allm%c3%a4nna%20uppgifter%20-%20dokumentation%20i%20Melior.pdf" TargetMode="External" Id="rId15" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vardhandboken.se/vardhygien-infektioner-och-smittspridning/vardhygien/basala-hygienrutiner/" TargetMode="External" Id="rId23" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml" Id="rId28" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml" Id="rId10" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mellanarkiv-offentlig.vgregion.se/alfresco/s/archive/stream/public/v1/source/available/sofia/skas9729-602154698-10/surrogate/Multiresistenta%20bakterier%20(MRB)%2c%20screenodling%20-%20handlingsplan.pdf" TargetMode="External" Id="rId19" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml" Id="rId31" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml" Id="rId9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vgregion.se/halsa-och-vard/vardgivarwebben/vardriktlinjer/smittskydd-vastra-gotaland/sminet2/" TargetMode="External" Id="rId14" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mellanarkiv-offentlig.vgregion.se/alfresco/s/archive/stream/public/v1/source/available/sofia/smsk10352-1466081082-84/surrogate/Smittskyddsblad%20MRSA%20patientinformation.pdf" TargetMode="External" Id="rId22" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mellanarkiv-offentlig.vgregion.se/alfresco/s/archive/stream/public/v1/source/available/sofia/smsk10352-1466081082-102/surrogate/Smittskyddsblad%20MRSA%20l%c3%a4karinformation.pdf" TargetMode="External" Id="rId27" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml" Id="rId30" /></Relationships>
 </file>
 
-<file path=word/_rels/header3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<file path=word/_rels/header1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office-tema">
   <a:themeElements>
     <a:clrScheme name="VG">
       <a:dk1>
         <a:srgbClr val="000000"/>
       </a:dk1>
       <a:lt1>
         <a:srgbClr val="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="000000"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="808080"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="006298"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="367B1E"/>
       </a:accent2>
@@ -9164,71 +9710,56 @@
       <a:lstStyle/>
       <a:style>
         <a:lnRef idx="2">
           <a:schemeClr val="accent1"/>
         </a:lnRef>
         <a:fillRef idx="0">
           <a:schemeClr val="accent1"/>
         </a:fillRef>
         <a:effectRef idx="1">
           <a:schemeClr val="accent1"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="tx1"/>
         </a:fontRef>
       </a:style>
     </a:lnDef>
   </a:objectDefaults>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
-  <Pages>7</Pages>
-[...1 lines deleted...]
-  <Characters>11535</Characters>
+  <Pages>6</Pages>
+  <Words>1892</Words>
+  <Characters>10033</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>96</Lines>
-  <Paragraphs>27</Paragraphs>
+  <Lines>83</Lines>
+  <Paragraphs>23</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
-  <HeadingPairs>
-[...13 lines deleted...]
-  </TitlesOfParts>
   <Manager/>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>13684</CharactersWithSpaces>
+  <CharactersWithSpaces>11902</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <coreProperties xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns="http://schemas.openxmlformats.org/package/2006/metadata/core-properties">
   <dc:title>Meticillinresistenta Staphylococcus aureus (MRSA) – vårdhygien</dc:title>
   <dc:subject/>
   <dc:creator/>
   <keywords/>
   <lastModifiedBy/>
-  <revision>1</revision>
+  <revision>2</revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </coreProperties>
 </file>