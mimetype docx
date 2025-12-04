--- v0 (2025-10-31)
+++ v1 (2025-12-04)
@@ -1,229 +1,212 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="wmf" ContentType="image/x-wmf"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
+  <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
+  <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
+  <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
+  <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
+  <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
-  <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
-[...3 lines deleted...]
-  <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
-  <Override PartName="/word/glossary/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.glossary+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml" Id="rId2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml" Id="rId1" /></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
-    <w:p w:rsidR="6AB9C8C0" w:rsidP="5DEB5994" w:rsidRDefault="6AB9C8C0" w14:paraId="3518BF25" w14:textId="30EBA006">
-[...4 lines deleted...]
-          <w:noProof w:val="0"/>
+    <w:p w14:paraId="3518BF25" w14:textId="30EBA006" w:rsidR="6AB9C8C0" w:rsidRDefault="6AB9C8C0" w:rsidP="5DEB5994">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
           <w:sz w:val="48"/>
           <w:szCs w:val="48"/>
-          <w:lang w:val="sv-SE"/>
-[...11 lines deleted...]
-          <w:noProof w:val="0"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="5DEB5994">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
           <w:color w:val="323130"/>
           <w:sz w:val="48"/>
           <w:szCs w:val="48"/>
-          <w:lang w:val="sv-SE"/>
-[...22 lines deleted...]
-    <w:p w:rsidRPr="00960B1A" w:rsidR="009A32ED" w:rsidP="00960B1A" w:rsidRDefault="009A32ED" w14:paraId="32B97863" w14:textId="5A515629">
+        </w:rPr>
+        <w:t>Infektionsförebyggande åtgärder för operation och sterilteknik</w:t>
+      </w:r>
+      <w:bookmarkStart w:id="0" w:name="_Toc321146591"/>
+    </w:p>
+    <w:p w14:paraId="32B97863" w14:textId="5A515629" w:rsidR="009A32ED" w:rsidRDefault="009A32ED" w:rsidP="00960B1A">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
           <w:sz w:val="40"/>
           <w:szCs w:val="40"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:name="_Toc100327184" w:id="1"/>
-      <w:bookmarkStart w:name="_Toc106874287" w:id="2"/>
+      <w:bookmarkStart w:id="1" w:name="_Toc100327184"/>
+      <w:bookmarkStart w:id="2" w:name="_Toc106874287"/>
       <w:bookmarkEnd w:id="0"/>
       <w:r w:rsidRPr="00960B1A">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
           <w:sz w:val="40"/>
           <w:szCs w:val="40"/>
         </w:rPr>
         <w:t>Förändringar sedan föregående version</w:t>
       </w:r>
       <w:bookmarkEnd w:id="1"/>
       <w:bookmarkEnd w:id="2"/>
     </w:p>
-    <w:p w:rsidRPr="0092042D" w:rsidR="001461A3" w:rsidP="001461A3" w:rsidRDefault="001461A3" w14:paraId="146C484E" w14:textId="77777777">
+    <w:p w14:paraId="2EA6FB89" w14:textId="570C7628" w:rsidR="00F4353A" w:rsidRPr="00960B1A" w:rsidRDefault="00F4353A" w:rsidP="00960B1A">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+          <w:sz w:val="40"/>
+          <w:szCs w:val="40"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+        </w:rPr>
+        <w:t>Förlängd giltighetstid</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="146C484E" w14:textId="77777777" w:rsidR="001461A3" w:rsidRPr="0092042D" w:rsidRDefault="001461A3" w:rsidP="001461A3">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00E251D3">
         <w:t>Ersätter rutin ”</w:t>
       </w:r>
-      <w:bookmarkStart w:name="_Hlk136865047" w:id="3"/>
+      <w:bookmarkStart w:id="3" w:name="_Hlk136865047"/>
       <w:r w:rsidRPr="00E251D3">
         <w:t>Infektionsförebyggande</w:t>
       </w:r>
       <w:bookmarkEnd w:id="3"/>
       <w:r w:rsidRPr="00E251D3">
         <w:t xml:space="preserve"> åtgärder på operation” 2016-01-01. Denna rutin </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">har kompletterats och </w:t>
       </w:r>
       <w:r w:rsidRPr="00E251D3">
         <w:t xml:space="preserve">gäller </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">samtliga </w:t>
       </w:r>
       <w:r w:rsidRPr="00E251D3">
         <w:t xml:space="preserve">opererande </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">och steriltekniska enheter </w:t>
       </w:r>
       <w:r w:rsidRPr="00E251D3">
         <w:t>på Skaraborgssjukhus.</w:t>
       </w:r>
       <w:r w:rsidRPr="0092042D">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00E54D4E" w:rsidP="00E54D4E" w:rsidRDefault="001461A3" w14:paraId="624F1D68" w14:textId="102815FF">
+    <w:p w14:paraId="624F1D68" w14:textId="141DD000" w:rsidR="00E54D4E" w:rsidRDefault="001461A3" w:rsidP="00E54D4E">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="0092042D">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
         </w:rPr>
         <w:t>Övriga operationsenheter inom SkaS kan använda styrdokumentet som rekommendation, men kan behöva anpassningar utifrån specifik verksamhet.</w:t>
       </w:r>
-    </w:p>
-[...9 lines deleted...]
-    <w:p w:rsidRPr="00960B1A" w:rsidR="00B405A1" w:rsidP="00960B1A" w:rsidRDefault="00B405A1" w14:paraId="6424A653" w14:textId="4D191E44">
+      <w:r w:rsidR="00A44FE1">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6424A653" w14:textId="4D191E44" w:rsidR="00B405A1" w:rsidRPr="00960B1A" w:rsidRDefault="00B405A1" w:rsidP="00960B1A">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
           <w:sz w:val="40"/>
           <w:szCs w:val="40"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:name="_Toc72840807" w:id="4"/>
+      <w:bookmarkStart w:id="4" w:name="_Toc72840807"/>
       <w:r w:rsidRPr="00960B1A">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
           <w:sz w:val="40"/>
           <w:szCs w:val="40"/>
         </w:rPr>
         <w:t>Innehållsförteckning</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00923585" w:rsidP="00923585" w:rsidRDefault="00E54D4E" w14:paraId="11E30524" w14:textId="438AC513">
+    <w:p w14:paraId="11E30524" w14:textId="438AC513" w:rsidR="00923585" w:rsidRDefault="00E54D4E" w:rsidP="00923585">
       <w:pPr>
         <w:pStyle w:val="Innehll3"/>
         <w:rPr>
-          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:cstheme="minorBidi"/>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:noProof/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:fldChar w:fldCharType="begin"/>
       </w:r>
       <w:r>
         <w:instrText xml:space="preserve"> TOC \o "1-3" \h \z \u </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:hyperlink w:history="1" w:anchor="_Toc146281922">
-        <w:r w:rsidRPr="007E1E76" w:rsidR="00923585">
+      <w:hyperlink w:anchor="_Toc146281922" w:history="1">
+        <w:r w:rsidR="00923585" w:rsidRPr="007E1E76">
           <w:rPr>
             <w:rStyle w:val="Hyperlnk"/>
             <w:rFonts w:eastAsia="MS Gothic"/>
             <w:noProof/>
           </w:rPr>
           <w:t>Syfte</w:t>
         </w:r>
         <w:r w:rsidR="00923585">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
         <w:r w:rsidR="00923585">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
         <w:r w:rsidR="00923585">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
@@ -237,4679 +220,4671 @@
           </w:rPr>
         </w:r>
         <w:r w:rsidR="00923585">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
         <w:r w:rsidR="00923585">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:t>4</w:t>
         </w:r>
         <w:r w:rsidR="00923585">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w:rsidR="00923585" w:rsidP="00923585" w:rsidRDefault="00000000" w14:paraId="4D48FAA3" w14:textId="0779A4C4">
+    <w:p w14:paraId="4D48FAA3" w14:textId="0779A4C4" w:rsidR="00923585" w:rsidRDefault="00923585" w:rsidP="00923585">
       <w:pPr>
         <w:pStyle w:val="Innehll3"/>
         <w:rPr>
-          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:cstheme="minorBidi"/>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:noProof/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink w:history="1" w:anchor="_Toc146281923">
-        <w:r w:rsidRPr="007E1E76" w:rsidR="00923585">
+      <w:hyperlink w:anchor="_Toc146281923" w:history="1">
+        <w:r w:rsidRPr="007E1E76">
           <w:rPr>
             <w:rStyle w:val="Hyperlnk"/>
             <w:rFonts w:eastAsia="MS Gothic"/>
             <w:noProof/>
           </w:rPr>
           <w:t>Förutsättningar</w:t>
         </w:r>
-        <w:r w:rsidR="00923585">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
-        <w:r w:rsidR="00923585">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
-        <w:r w:rsidR="00923585">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:instrText xml:space="preserve"> PAGEREF _Toc146281923 \h </w:instrText>
         </w:r>
-        <w:r w:rsidR="00923585">
-[...5 lines deleted...]
-        <w:r w:rsidR="00923585">
+        <w:r>
+          <w:rPr>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+        </w:r>
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
-        <w:r w:rsidR="00923585">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:t>4</w:t>
         </w:r>
-        <w:r w:rsidR="00923585">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w:rsidR="00923585" w:rsidP="00923585" w:rsidRDefault="00000000" w14:paraId="03C420C7" w14:textId="026E24F8">
+    <w:p w14:paraId="03C420C7" w14:textId="026E24F8" w:rsidR="00923585" w:rsidRDefault="00923585" w:rsidP="00923585">
       <w:pPr>
         <w:pStyle w:val="Innehll3"/>
         <w:rPr>
-          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:cstheme="minorBidi"/>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:noProof/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink w:history="1" w:anchor="_Toc146281924">
-        <w:r w:rsidRPr="007E1E76" w:rsidR="00923585">
+      <w:hyperlink w:anchor="_Toc146281924" w:history="1">
+        <w:r w:rsidRPr="007E1E76">
           <w:rPr>
             <w:rStyle w:val="Hyperlnk"/>
             <w:rFonts w:eastAsia="MS Gothic"/>
             <w:noProof/>
           </w:rPr>
           <w:t>Ansvar</w:t>
         </w:r>
-        <w:r w:rsidR="00923585">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
-        <w:r w:rsidR="00923585">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
-        <w:r w:rsidR="00923585">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:instrText xml:space="preserve"> PAGEREF _Toc146281924 \h </w:instrText>
         </w:r>
-        <w:r w:rsidR="00923585">
-[...5 lines deleted...]
-        <w:r w:rsidR="00923585">
+        <w:r>
+          <w:rPr>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+        </w:r>
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
-        <w:r w:rsidR="00923585">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:t>4</w:t>
         </w:r>
-        <w:r w:rsidR="00923585">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w:rsidR="00923585" w:rsidP="00923585" w:rsidRDefault="00000000" w14:paraId="162A1271" w14:textId="1C9485CC">
+    <w:p w14:paraId="162A1271" w14:textId="1C9485CC" w:rsidR="00923585" w:rsidRDefault="00923585" w:rsidP="00923585">
       <w:pPr>
         <w:pStyle w:val="Innehll2"/>
         <w:rPr>
-          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:cstheme="minorBidi"/>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:noProof/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink w:history="1" w:anchor="_Toc146281925">
-        <w:r w:rsidRPr="007E1E76" w:rsidR="00923585">
+      <w:hyperlink w:anchor="_Toc146281925" w:history="1">
+        <w:r w:rsidRPr="007E1E76">
           <w:rPr>
             <w:rStyle w:val="Hyperlnk"/>
             <w:rFonts w:eastAsia="MS Gothic"/>
             <w:noProof/>
           </w:rPr>
           <w:t>Vårdgivaren är enligt</w:t>
         </w:r>
-        <w:r w:rsidR="00923585">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
-        <w:r w:rsidR="00923585">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
-        <w:r w:rsidR="00923585">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:instrText xml:space="preserve"> PAGEREF _Toc146281925 \h </w:instrText>
         </w:r>
-        <w:r w:rsidR="00923585">
-[...5 lines deleted...]
-        <w:r w:rsidR="00923585">
+        <w:r>
+          <w:rPr>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+        </w:r>
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
-        <w:r w:rsidR="00923585">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:t>4</w:t>
         </w:r>
-        <w:r w:rsidR="00923585">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w:rsidR="00923585" w:rsidP="00923585" w:rsidRDefault="00000000" w14:paraId="6712299A" w14:textId="4E9F0439">
+    <w:p w14:paraId="6712299A" w14:textId="4E9F0439" w:rsidR="00923585" w:rsidRDefault="00923585" w:rsidP="00923585">
       <w:pPr>
         <w:pStyle w:val="Innehll2"/>
         <w:rPr>
-          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:cstheme="minorBidi"/>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:noProof/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink w:history="1" w:anchor="_Toc146281926">
-        <w:r w:rsidRPr="007E1E76" w:rsidR="00923585">
+      <w:hyperlink w:anchor="_Toc146281926" w:history="1">
+        <w:r w:rsidRPr="007E1E76">
           <w:rPr>
             <w:rStyle w:val="Hyperlnk"/>
             <w:rFonts w:eastAsia="MS Gothic"/>
             <w:noProof/>
           </w:rPr>
           <w:t>Ledningens ansvar</w:t>
         </w:r>
-        <w:r w:rsidR="00923585">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
-        <w:r w:rsidR="00923585">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
-        <w:r w:rsidR="00923585">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:instrText xml:space="preserve"> PAGEREF _Toc146281926 \h </w:instrText>
         </w:r>
-        <w:r w:rsidR="00923585">
-[...5 lines deleted...]
-        <w:r w:rsidR="00923585">
+        <w:r>
+          <w:rPr>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+        </w:r>
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
-        <w:r w:rsidR="00923585">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:t>4</w:t>
         </w:r>
-        <w:r w:rsidR="00923585">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w:rsidR="00923585" w:rsidP="00923585" w:rsidRDefault="00000000" w14:paraId="3ED2EDC2" w14:textId="7807ED91">
+    <w:p w14:paraId="3ED2EDC2" w14:textId="7807ED91" w:rsidR="00923585" w:rsidRDefault="00923585" w:rsidP="00923585">
       <w:pPr>
         <w:pStyle w:val="Innehll2"/>
         <w:rPr>
-          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:cstheme="minorBidi"/>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:noProof/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink w:history="1" w:anchor="_Toc146281927">
-        <w:r w:rsidRPr="007E1E76" w:rsidR="00923585">
+      <w:hyperlink w:anchor="_Toc146281927" w:history="1">
+        <w:r w:rsidRPr="007E1E76">
           <w:rPr>
             <w:rStyle w:val="Hyperlnk"/>
             <w:rFonts w:eastAsia="MS Gothic"/>
             <w:noProof/>
           </w:rPr>
           <w:t>Den anställdes ansvar</w:t>
         </w:r>
-        <w:r w:rsidR="00923585">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
-        <w:r w:rsidR="00923585">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
-        <w:r w:rsidR="00923585">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:instrText xml:space="preserve"> PAGEREF _Toc146281927 \h </w:instrText>
         </w:r>
-        <w:r w:rsidR="00923585">
-[...5 lines deleted...]
-        <w:r w:rsidR="00923585">
+        <w:r>
+          <w:rPr>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+        </w:r>
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
-        <w:r w:rsidR="00923585">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:t>5</w:t>
         </w:r>
-        <w:r w:rsidR="00923585">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w:rsidR="00923585" w:rsidP="00923585" w:rsidRDefault="00000000" w14:paraId="3CF80C22" w14:textId="696A3230">
+    <w:p w14:paraId="3CF80C22" w14:textId="696A3230" w:rsidR="00923585" w:rsidRDefault="00923585" w:rsidP="00923585">
       <w:pPr>
         <w:pStyle w:val="Innehll3"/>
         <w:rPr>
-          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:cstheme="minorBidi"/>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:noProof/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink w:history="1" w:anchor="_Toc146281928">
-        <w:r w:rsidRPr="007E1E76" w:rsidR="00923585">
+      <w:hyperlink w:anchor="_Toc146281928" w:history="1">
+        <w:r w:rsidRPr="007E1E76">
           <w:rPr>
             <w:rStyle w:val="Hyperlnk"/>
             <w:rFonts w:eastAsia="MS Gothic"/>
             <w:noProof/>
           </w:rPr>
           <w:t>Avsteg</w:t>
         </w:r>
-        <w:r w:rsidR="00923585">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
-        <w:r w:rsidR="00923585">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
-        <w:r w:rsidR="00923585">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:instrText xml:space="preserve"> PAGEREF _Toc146281928 \h </w:instrText>
         </w:r>
-        <w:r w:rsidR="00923585">
-[...5 lines deleted...]
-        <w:r w:rsidR="00923585">
+        <w:r>
+          <w:rPr>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+        </w:r>
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
-        <w:r w:rsidR="00923585">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:t>5</w:t>
         </w:r>
-        <w:r w:rsidR="00923585">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w:rsidR="00923585" w:rsidP="00923585" w:rsidRDefault="00000000" w14:paraId="12F65A55" w14:textId="1F026F80">
+    <w:p w14:paraId="12F65A55" w14:textId="1F026F80" w:rsidR="00923585" w:rsidRDefault="00923585" w:rsidP="00923585">
       <w:pPr>
         <w:pStyle w:val="Innehll3"/>
         <w:rPr>
-          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:cstheme="minorBidi"/>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:noProof/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink w:history="1" w:anchor="_Toc146281929">
-        <w:r w:rsidRPr="007E1E76" w:rsidR="00923585">
+      <w:hyperlink w:anchor="_Toc146281929" w:history="1">
+        <w:r w:rsidRPr="007E1E76">
           <w:rPr>
             <w:rStyle w:val="Hyperlnk"/>
             <w:rFonts w:eastAsia="MS Gothic"/>
             <w:noProof/>
           </w:rPr>
           <w:t>Teamarbete och kommunikation</w:t>
         </w:r>
-        <w:r w:rsidR="00923585">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
-        <w:r w:rsidR="00923585">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
-        <w:r w:rsidR="00923585">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:instrText xml:space="preserve"> PAGEREF _Toc146281929 \h </w:instrText>
         </w:r>
-        <w:r w:rsidR="00923585">
-[...5 lines deleted...]
-        <w:r w:rsidR="00923585">
+        <w:r>
+          <w:rPr>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+        </w:r>
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
-        <w:r w:rsidR="00923585">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:t>5</w:t>
         </w:r>
-        <w:r w:rsidR="00923585">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w:rsidR="00923585" w:rsidP="00923585" w:rsidRDefault="00000000" w14:paraId="0FF42A86" w14:textId="5662C882">
+    <w:p w14:paraId="0FF42A86" w14:textId="5662C882" w:rsidR="00923585" w:rsidRDefault="00923585" w:rsidP="00923585">
       <w:pPr>
         <w:pStyle w:val="Innehll3"/>
         <w:rPr>
-          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:cstheme="minorBidi"/>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:noProof/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink w:history="1" w:anchor="_Toc146281930">
-        <w:r w:rsidRPr="007E1E76" w:rsidR="00923585">
+      <w:hyperlink w:anchor="_Toc146281930" w:history="1">
+        <w:r w:rsidRPr="007E1E76">
           <w:rPr>
             <w:rStyle w:val="Hyperlnk"/>
             <w:rFonts w:eastAsia="MS Gothic"/>
             <w:noProof/>
           </w:rPr>
           <w:t>Patientnära och vårdrelaterat arbete</w:t>
         </w:r>
-        <w:r w:rsidR="00923585">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
-        <w:r w:rsidR="00923585">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
-        <w:r w:rsidR="00923585">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:instrText xml:space="preserve"> PAGEREF _Toc146281930 \h </w:instrText>
         </w:r>
-        <w:r w:rsidR="00923585">
-[...5 lines deleted...]
-        <w:r w:rsidR="00923585">
+        <w:r>
+          <w:rPr>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+        </w:r>
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
-        <w:r w:rsidR="00923585">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:t>5</w:t>
         </w:r>
-        <w:r w:rsidR="00923585">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w:rsidR="00923585" w:rsidP="00923585" w:rsidRDefault="00000000" w14:paraId="251020A3" w14:textId="7BEEE5D0">
+    <w:p w14:paraId="251020A3" w14:textId="7BEEE5D0" w:rsidR="00923585" w:rsidRDefault="00923585" w:rsidP="00923585">
       <w:pPr>
         <w:pStyle w:val="Innehll3"/>
         <w:rPr>
-          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:cstheme="minorBidi"/>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:noProof/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink w:history="1" w:anchor="_Toc146281931">
-        <w:r w:rsidRPr="007E1E76" w:rsidR="00923585">
+      <w:hyperlink w:anchor="_Toc146281931" w:history="1">
+        <w:r w:rsidRPr="007E1E76">
           <w:rPr>
             <w:rStyle w:val="Hyperlnk"/>
             <w:rFonts w:eastAsia="MS Gothic"/>
             <w:noProof/>
           </w:rPr>
           <w:t>Klädsel och skyddsutrustning</w:t>
         </w:r>
-        <w:r w:rsidR="00923585">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
-        <w:r w:rsidR="00923585">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
-        <w:r w:rsidR="00923585">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:instrText xml:space="preserve"> PAGEREF _Toc146281931 \h </w:instrText>
         </w:r>
-        <w:r w:rsidR="00923585">
-[...5 lines deleted...]
-        <w:r w:rsidR="00923585">
+        <w:r>
+          <w:rPr>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+        </w:r>
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
-        <w:r w:rsidR="00923585">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:t>6</w:t>
         </w:r>
-        <w:r w:rsidR="00923585">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w:rsidR="00923585" w:rsidP="00923585" w:rsidRDefault="00000000" w14:paraId="76C0CB67" w14:textId="2E46396D">
+    <w:p w14:paraId="76C0CB67" w14:textId="2E46396D" w:rsidR="00923585" w:rsidRDefault="00923585" w:rsidP="00923585">
       <w:pPr>
         <w:pStyle w:val="Innehll2"/>
         <w:rPr>
-          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:cstheme="minorBidi"/>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:noProof/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink w:history="1" w:anchor="_Toc146281932">
-        <w:r w:rsidRPr="007E1E76" w:rsidR="00923585">
+      <w:hyperlink w:anchor="_Toc146281932" w:history="1">
+        <w:r w:rsidRPr="007E1E76">
           <w:rPr>
             <w:rStyle w:val="Hyperlnk"/>
             <w:rFonts w:eastAsia="MS Gothic"/>
             <w:noProof/>
           </w:rPr>
           <w:t>Arbetsdräkt</w:t>
         </w:r>
-        <w:r w:rsidR="00923585">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
-        <w:r w:rsidR="00923585">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
-        <w:r w:rsidR="00923585">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:instrText xml:space="preserve"> PAGEREF _Toc146281932 \h </w:instrText>
         </w:r>
-        <w:r w:rsidR="00923585">
-[...5 lines deleted...]
-        <w:r w:rsidR="00923585">
+        <w:r>
+          <w:rPr>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+        </w:r>
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
-        <w:r w:rsidR="00923585">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:t>6</w:t>
         </w:r>
-        <w:r w:rsidR="00923585">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w:rsidR="00923585" w:rsidP="00923585" w:rsidRDefault="00000000" w14:paraId="5D48257A" w14:textId="7948B267">
+    <w:p w14:paraId="5D48257A" w14:textId="7948B267" w:rsidR="00923585" w:rsidRDefault="00923585" w:rsidP="00923585">
       <w:pPr>
         <w:pStyle w:val="Innehll2"/>
         <w:rPr>
-          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:cstheme="minorBidi"/>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:noProof/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink w:history="1" w:anchor="_Toc146281933">
-        <w:r w:rsidRPr="007E1E76" w:rsidR="00923585">
+      <w:hyperlink w:anchor="_Toc146281933" w:history="1">
+        <w:r w:rsidRPr="007E1E76">
           <w:rPr>
             <w:rStyle w:val="Hyperlnk"/>
             <w:rFonts w:eastAsia="MS Gothic"/>
             <w:noProof/>
           </w:rPr>
           <w:t>Mössa/ Hjälm med dok</w:t>
         </w:r>
-        <w:r w:rsidR="00923585">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
-        <w:r w:rsidR="00923585">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
-        <w:r w:rsidR="00923585">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:instrText xml:space="preserve"> PAGEREF _Toc146281933 \h </w:instrText>
         </w:r>
-        <w:r w:rsidR="00923585">
-[...5 lines deleted...]
-        <w:r w:rsidR="00923585">
+        <w:r>
+          <w:rPr>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+        </w:r>
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
-        <w:r w:rsidR="00923585">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:t>6</w:t>
         </w:r>
-        <w:r w:rsidR="00923585">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w:rsidR="00923585" w:rsidP="00923585" w:rsidRDefault="00000000" w14:paraId="33D2AB4A" w14:textId="6B95BA78">
+    <w:p w14:paraId="33D2AB4A" w14:textId="6B95BA78" w:rsidR="00923585" w:rsidRDefault="00923585" w:rsidP="00923585">
       <w:pPr>
         <w:pStyle w:val="Innehll2"/>
         <w:rPr>
-          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:cstheme="minorBidi"/>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:noProof/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink w:history="1" w:anchor="_Toc146281934">
-        <w:r w:rsidRPr="007E1E76" w:rsidR="00923585">
+      <w:hyperlink w:anchor="_Toc146281934" w:history="1">
+        <w:r w:rsidRPr="007E1E76">
           <w:rPr>
             <w:rStyle w:val="Hyperlnk"/>
             <w:rFonts w:eastAsia="MS Gothic"/>
             <w:noProof/>
           </w:rPr>
           <w:t>Arbetsskor</w:t>
         </w:r>
-        <w:r w:rsidR="00923585">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
-        <w:r w:rsidR="00923585">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
-        <w:r w:rsidR="00923585">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:instrText xml:space="preserve"> PAGEREF _Toc146281934 \h </w:instrText>
         </w:r>
-        <w:r w:rsidR="00923585">
-[...5 lines deleted...]
-        <w:r w:rsidR="00923585">
+        <w:r>
+          <w:rPr>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+        </w:r>
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
-        <w:r w:rsidR="00923585">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:t>6</w:t>
         </w:r>
-        <w:r w:rsidR="00923585">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w:rsidR="00923585" w:rsidP="00923585" w:rsidRDefault="00000000" w14:paraId="3401F3ED" w14:textId="10D2D8A3">
+    <w:p w14:paraId="3401F3ED" w14:textId="10D2D8A3" w:rsidR="00923585" w:rsidRDefault="00923585" w:rsidP="00923585">
       <w:pPr>
         <w:pStyle w:val="Innehll2"/>
         <w:rPr>
-          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:cstheme="minorBidi"/>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:noProof/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink w:history="1" w:anchor="_Toc146281935">
-        <w:r w:rsidRPr="007E1E76" w:rsidR="00923585">
+      <w:hyperlink w:anchor="_Toc146281935" w:history="1">
+        <w:r w:rsidRPr="007E1E76">
           <w:rPr>
             <w:rStyle w:val="Hyperlnk"/>
             <w:rFonts w:eastAsia="MS Gothic"/>
             <w:noProof/>
           </w:rPr>
           <w:t>Övrigt</w:t>
         </w:r>
-        <w:r w:rsidR="00923585">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
-        <w:r w:rsidR="00923585">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
-        <w:r w:rsidR="00923585">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:instrText xml:space="preserve"> PAGEREF _Toc146281935 \h </w:instrText>
         </w:r>
-        <w:r w:rsidR="00923585">
-[...5 lines deleted...]
-        <w:r w:rsidR="00923585">
+        <w:r>
+          <w:rPr>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+        </w:r>
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
-        <w:r w:rsidR="00923585">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:t>6</w:t>
         </w:r>
-        <w:r w:rsidR="00923585">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w:rsidR="00923585" w:rsidP="00923585" w:rsidRDefault="00000000" w14:paraId="49F78DDC" w14:textId="33FFA622">
+    <w:p w14:paraId="49F78DDC" w14:textId="33FFA622" w:rsidR="00923585" w:rsidRDefault="00923585" w:rsidP="00923585">
       <w:pPr>
         <w:pStyle w:val="Innehll2"/>
         <w:rPr>
-          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:cstheme="minorBidi"/>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:noProof/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink w:history="1" w:anchor="_Toc146281936">
-        <w:r w:rsidRPr="007E1E76" w:rsidR="00923585">
+      <w:hyperlink w:anchor="_Toc146281936" w:history="1">
+        <w:r w:rsidRPr="007E1E76">
           <w:rPr>
             <w:rStyle w:val="Hyperlnk"/>
             <w:rFonts w:eastAsia="MS Gothic"/>
             <w:noProof/>
           </w:rPr>
           <w:t>Munskydd</w:t>
         </w:r>
-        <w:r w:rsidR="00923585">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
-        <w:r w:rsidR="00923585">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
-        <w:r w:rsidR="00923585">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:instrText xml:space="preserve"> PAGEREF _Toc146281936 \h </w:instrText>
         </w:r>
-        <w:r w:rsidR="00923585">
-[...5 lines deleted...]
-        <w:r w:rsidR="00923585">
+        <w:r>
+          <w:rPr>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+        </w:r>
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
-        <w:r w:rsidR="00923585">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:t>7</w:t>
         </w:r>
-        <w:r w:rsidR="00923585">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w:rsidR="00923585" w:rsidP="00923585" w:rsidRDefault="00000000" w14:paraId="390A04B1" w14:textId="52BA61FF">
+    <w:p w14:paraId="390A04B1" w14:textId="52BA61FF" w:rsidR="00923585" w:rsidRDefault="00923585" w:rsidP="00923585">
       <w:pPr>
         <w:pStyle w:val="Innehll2"/>
         <w:rPr>
-          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:cstheme="minorBidi"/>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:noProof/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink w:history="1" w:anchor="_Toc146281937">
-        <w:r w:rsidRPr="007E1E76" w:rsidR="00923585">
+      <w:hyperlink w:anchor="_Toc146281937" w:history="1">
+        <w:r w:rsidRPr="007E1E76">
           <w:rPr>
             <w:rStyle w:val="Hyperlnk"/>
             <w:rFonts w:eastAsia="MS Gothic"/>
             <w:noProof/>
           </w:rPr>
           <w:t>Andningsskydd</w:t>
         </w:r>
-        <w:r w:rsidR="00923585">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
-        <w:r w:rsidR="00923585">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
-        <w:r w:rsidR="00923585">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:instrText xml:space="preserve"> PAGEREF _Toc146281937 \h </w:instrText>
         </w:r>
-        <w:r w:rsidR="00923585">
-[...5 lines deleted...]
-        <w:r w:rsidR="00923585">
+        <w:r>
+          <w:rPr>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+        </w:r>
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
-        <w:r w:rsidR="00923585">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:t>7</w:t>
         </w:r>
-        <w:r w:rsidR="00923585">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w:rsidR="00923585" w:rsidP="00923585" w:rsidRDefault="00000000" w14:paraId="5062D6FD" w14:textId="16286236">
+    <w:p w14:paraId="5062D6FD" w14:textId="16286236" w:rsidR="00923585" w:rsidRDefault="00923585" w:rsidP="00923585">
       <w:pPr>
         <w:pStyle w:val="Innehll2"/>
         <w:rPr>
-          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:cstheme="minorBidi"/>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:noProof/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink w:history="1" w:anchor="_Toc146281938">
-        <w:r w:rsidRPr="007E1E76" w:rsidR="00923585">
+      <w:hyperlink w:anchor="_Toc146281938" w:history="1">
+        <w:r w:rsidRPr="007E1E76">
           <w:rPr>
             <w:rStyle w:val="Hyperlnk"/>
             <w:rFonts w:eastAsia="MS Gothic"/>
             <w:noProof/>
           </w:rPr>
           <w:t>Steril operationsrock</w:t>
         </w:r>
-        <w:r w:rsidR="00923585">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
-        <w:r w:rsidR="00923585">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
-        <w:r w:rsidR="00923585">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:instrText xml:space="preserve"> PAGEREF _Toc146281938 \h </w:instrText>
         </w:r>
-        <w:r w:rsidR="00923585">
-[...5 lines deleted...]
-        <w:r w:rsidR="00923585">
+        <w:r>
+          <w:rPr>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+        </w:r>
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
-        <w:r w:rsidR="00923585">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:t>8</w:t>
         </w:r>
-        <w:r w:rsidR="00923585">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w:rsidR="00923585" w:rsidP="00923585" w:rsidRDefault="00000000" w14:paraId="7ADE75D5" w14:textId="36ABF86B">
+    <w:p w14:paraId="7ADE75D5" w14:textId="36ABF86B" w:rsidR="00923585" w:rsidRDefault="00923585" w:rsidP="00923585">
       <w:pPr>
         <w:pStyle w:val="Innehll2"/>
         <w:rPr>
-          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:cstheme="minorBidi"/>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:noProof/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink w:history="1" w:anchor="_Toc146281939">
-        <w:r w:rsidRPr="007E1E76" w:rsidR="00923585">
+      <w:hyperlink w:anchor="_Toc146281939" w:history="1">
+        <w:r w:rsidRPr="007E1E76">
           <w:rPr>
             <w:rStyle w:val="Hyperlnk"/>
             <w:rFonts w:eastAsia="MS Gothic"/>
             <w:noProof/>
           </w:rPr>
           <w:t>Specialarbetskläder (Eng. Clean air suite)</w:t>
         </w:r>
-        <w:r w:rsidR="00923585">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
-        <w:r w:rsidR="00923585">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
-        <w:r w:rsidR="00923585">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:instrText xml:space="preserve"> PAGEREF _Toc146281939 \h </w:instrText>
         </w:r>
-        <w:r w:rsidR="00923585">
-[...5 lines deleted...]
-        <w:r w:rsidR="00923585">
+        <w:r>
+          <w:rPr>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+        </w:r>
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
-        <w:r w:rsidR="00923585">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:t>8</w:t>
         </w:r>
-        <w:r w:rsidR="00923585">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w:rsidR="00923585" w:rsidP="00923585" w:rsidRDefault="00000000" w14:paraId="435B68FC" w14:textId="1F41F13D">
+    <w:p w14:paraId="435B68FC" w14:textId="1F41F13D" w:rsidR="00923585" w:rsidRDefault="00923585" w:rsidP="00923585">
       <w:pPr>
         <w:pStyle w:val="Innehll2"/>
         <w:rPr>
-          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:cstheme="minorBidi"/>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:noProof/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink w:history="1" w:anchor="_Toc146281940">
-        <w:r w:rsidRPr="007E1E76" w:rsidR="00923585">
+      <w:hyperlink w:anchor="_Toc146281940" w:history="1">
+        <w:r w:rsidRPr="007E1E76">
           <w:rPr>
             <w:rStyle w:val="Hyperlnk"/>
             <w:rFonts w:eastAsia="MS Gothic"/>
             <w:noProof/>
           </w:rPr>
           <w:t>Utanför operationsavdelning</w:t>
         </w:r>
-        <w:r w:rsidR="00923585">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
-        <w:r w:rsidR="00923585">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
-        <w:r w:rsidR="00923585">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:instrText xml:space="preserve"> PAGEREF _Toc146281940 \h </w:instrText>
         </w:r>
-        <w:r w:rsidR="00923585">
-[...5 lines deleted...]
-        <w:r w:rsidR="00923585">
+        <w:r>
+          <w:rPr>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+        </w:r>
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
-        <w:r w:rsidR="00923585">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:t>8</w:t>
         </w:r>
-        <w:r w:rsidR="00923585">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w:rsidR="00923585" w:rsidP="00923585" w:rsidRDefault="00000000" w14:paraId="24D76816" w14:textId="2280ED9A">
+    <w:p w14:paraId="24D76816" w14:textId="2280ED9A" w:rsidR="00923585" w:rsidRDefault="00923585" w:rsidP="00923585">
       <w:pPr>
         <w:pStyle w:val="Innehll2"/>
         <w:rPr>
-          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:cstheme="minorBidi"/>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:noProof/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink w:history="1" w:anchor="_Toc146281941">
-        <w:r w:rsidRPr="007E1E76" w:rsidR="00923585">
+      <w:hyperlink w:anchor="_Toc146281941" w:history="1">
+        <w:r w:rsidRPr="007E1E76">
           <w:rPr>
             <w:rStyle w:val="Hyperlnk"/>
             <w:rFonts w:eastAsia="MS Gothic"/>
             <w:noProof/>
           </w:rPr>
           <w:t>Klädsel för tillfälliga besökare exempelvis tekniker, anhöriga, företagsrepresentanter</w:t>
         </w:r>
-        <w:r w:rsidR="00923585">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
-        <w:r w:rsidR="00923585">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
-        <w:r w:rsidR="00923585">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:instrText xml:space="preserve"> PAGEREF _Toc146281941 \h </w:instrText>
         </w:r>
-        <w:r w:rsidR="00923585">
-[...5 lines deleted...]
-        <w:r w:rsidR="00923585">
+        <w:r>
+          <w:rPr>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+        </w:r>
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
-        <w:r w:rsidR="00923585">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:t>9</w:t>
         </w:r>
-        <w:r w:rsidR="00923585">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w:rsidR="00923585" w:rsidP="00923585" w:rsidRDefault="00000000" w14:paraId="76C0D3FA" w14:textId="32D1ED4F">
+    <w:p w14:paraId="76C0D3FA" w14:textId="32D1ED4F" w:rsidR="00923585" w:rsidRDefault="00923585" w:rsidP="00923585">
       <w:pPr>
         <w:pStyle w:val="Innehll3"/>
         <w:rPr>
-          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:cstheme="minorBidi"/>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:noProof/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink w:history="1" w:anchor="_Toc146281942">
-        <w:r w:rsidRPr="007E1E76" w:rsidR="00923585">
+      <w:hyperlink w:anchor="_Toc146281942" w:history="1">
+        <w:r w:rsidRPr="007E1E76">
           <w:rPr>
             <w:rStyle w:val="Hyperlnk"/>
             <w:rFonts w:eastAsia="MS Gothic"/>
             <w:noProof/>
           </w:rPr>
           <w:t>Personal – sår och infektioner</w:t>
         </w:r>
-        <w:r w:rsidR="00923585">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
-        <w:r w:rsidR="00923585">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
-        <w:r w:rsidR="00923585">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:instrText xml:space="preserve"> PAGEREF _Toc146281942 \h </w:instrText>
         </w:r>
-        <w:r w:rsidR="00923585">
-[...5 lines deleted...]
-        <w:r w:rsidR="00923585">
+        <w:r>
+          <w:rPr>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+        </w:r>
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
-        <w:r w:rsidR="00923585">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:t>9</w:t>
         </w:r>
-        <w:r w:rsidR="00923585">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w:rsidR="00923585" w:rsidP="00923585" w:rsidRDefault="00000000" w14:paraId="5E9122AB" w14:textId="31BB654C">
+    <w:p w14:paraId="5E9122AB" w14:textId="31BB654C" w:rsidR="00923585" w:rsidRDefault="00923585" w:rsidP="00923585">
       <w:pPr>
         <w:pStyle w:val="Innehll3"/>
         <w:rPr>
-          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:cstheme="minorBidi"/>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:noProof/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink w:history="1" w:anchor="_Toc146281943">
-        <w:r w:rsidRPr="007E1E76" w:rsidR="00923585">
+      <w:hyperlink w:anchor="_Toc146281943" w:history="1">
+        <w:r w:rsidRPr="007E1E76">
           <w:rPr>
             <w:rStyle w:val="Hyperlnk"/>
             <w:rFonts w:eastAsia="MS Gothic"/>
             <w:noProof/>
           </w:rPr>
           <w:t>Patient i operationsmiljö</w:t>
         </w:r>
-        <w:r w:rsidR="00923585">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
-        <w:r w:rsidR="00923585">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
-        <w:r w:rsidR="00923585">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:instrText xml:space="preserve"> PAGEREF _Toc146281943 \h </w:instrText>
         </w:r>
-        <w:r w:rsidR="00923585">
-[...5 lines deleted...]
-        <w:r w:rsidR="00923585">
+        <w:r>
+          <w:rPr>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+        </w:r>
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
-        <w:r w:rsidR="00923585">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:t>9</w:t>
         </w:r>
-        <w:r w:rsidR="00923585">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w:rsidR="00923585" w:rsidP="00923585" w:rsidRDefault="00000000" w14:paraId="00EBD5EA" w14:textId="186FBC82">
+    <w:p w14:paraId="00EBD5EA" w14:textId="186FBC82" w:rsidR="00923585" w:rsidRDefault="00923585" w:rsidP="00923585">
       <w:pPr>
         <w:pStyle w:val="Innehll2"/>
         <w:rPr>
-          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:cstheme="minorBidi"/>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:noProof/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink w:history="1" w:anchor="_Toc146281944">
-        <w:r w:rsidRPr="007E1E76" w:rsidR="00923585">
+      <w:hyperlink w:anchor="_Toc146281944" w:history="1">
+        <w:r w:rsidRPr="007E1E76">
           <w:rPr>
             <w:rStyle w:val="Hyperlnk"/>
             <w:rFonts w:eastAsia="MS Gothic"/>
             <w:noProof/>
           </w:rPr>
           <w:t>Bedömning av smittrisk</w:t>
         </w:r>
-        <w:r w:rsidR="00923585">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
-        <w:r w:rsidR="00923585">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
-        <w:r w:rsidR="00923585">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:instrText xml:space="preserve"> PAGEREF _Toc146281944 \h </w:instrText>
         </w:r>
-        <w:r w:rsidR="00923585">
-[...5 lines deleted...]
-        <w:r w:rsidR="00923585">
+        <w:r>
+          <w:rPr>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+        </w:r>
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
-        <w:r w:rsidR="00923585">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:t>9</w:t>
         </w:r>
-        <w:r w:rsidR="00923585">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w:rsidR="00923585" w:rsidP="00923585" w:rsidRDefault="00000000" w14:paraId="727A12AC" w14:textId="33278CDF">
+    <w:p w14:paraId="727A12AC" w14:textId="33278CDF" w:rsidR="00923585" w:rsidRDefault="00923585" w:rsidP="00923585">
       <w:pPr>
         <w:pStyle w:val="Innehll2"/>
         <w:rPr>
-          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:cstheme="minorBidi"/>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:noProof/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink w:history="1" w:anchor="_Toc146281945">
-        <w:r w:rsidRPr="007E1E76" w:rsidR="00923585">
+      <w:hyperlink w:anchor="_Toc146281945" w:history="1">
+        <w:r w:rsidRPr="007E1E76">
           <w:rPr>
             <w:rStyle w:val="Hyperlnk"/>
             <w:rFonts w:eastAsia="MS Gothic"/>
             <w:noProof/>
           </w:rPr>
           <w:t>Ankomst till operation</w:t>
         </w:r>
-        <w:r w:rsidR="00923585">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
-        <w:r w:rsidR="00923585">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
-        <w:r w:rsidR="00923585">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:instrText xml:space="preserve"> PAGEREF _Toc146281945 \h </w:instrText>
         </w:r>
-        <w:r w:rsidR="00923585">
-[...5 lines deleted...]
-        <w:r w:rsidR="00923585">
+        <w:r>
+          <w:rPr>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+        </w:r>
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
-        <w:r w:rsidR="00923585">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:t>10</w:t>
         </w:r>
-        <w:r w:rsidR="00923585">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w:rsidR="00923585" w:rsidP="00923585" w:rsidRDefault="00000000" w14:paraId="502B582E" w14:textId="2616CC5B">
+    <w:p w14:paraId="502B582E" w14:textId="2616CC5B" w:rsidR="00923585" w:rsidRDefault="00923585" w:rsidP="00923585">
       <w:pPr>
         <w:pStyle w:val="Innehll2"/>
         <w:rPr>
-          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:cstheme="minorBidi"/>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:noProof/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink w:history="1" w:anchor="_Toc146281946">
-        <w:r w:rsidRPr="007E1E76" w:rsidR="00923585">
+      <w:hyperlink w:anchor="_Toc146281946" w:history="1">
+        <w:r w:rsidRPr="007E1E76">
           <w:rPr>
             <w:rStyle w:val="Hyperlnk"/>
             <w:rFonts w:eastAsia="MS Gothic"/>
             <w:noProof/>
           </w:rPr>
           <w:t>Håravkortning</w:t>
         </w:r>
-        <w:r w:rsidR="00923585">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
-        <w:r w:rsidR="00923585">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
-        <w:r w:rsidR="00923585">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:instrText xml:space="preserve"> PAGEREF _Toc146281946 \h </w:instrText>
         </w:r>
-        <w:r w:rsidR="00923585">
-[...5 lines deleted...]
-        <w:r w:rsidR="00923585">
+        <w:r>
+          <w:rPr>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+        </w:r>
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
-        <w:r w:rsidR="00923585">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:t>10</w:t>
         </w:r>
-        <w:r w:rsidR="00923585">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w:rsidR="00923585" w:rsidP="00923585" w:rsidRDefault="00000000" w14:paraId="29E2C04B" w14:textId="39500DF6">
+    <w:p w14:paraId="29E2C04B" w14:textId="39500DF6" w:rsidR="00923585" w:rsidRDefault="00923585" w:rsidP="00923585">
       <w:pPr>
         <w:pStyle w:val="Innehll2"/>
         <w:rPr>
-          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:cstheme="minorBidi"/>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:noProof/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink w:history="1" w:anchor="_Toc146281947">
-        <w:r w:rsidRPr="007E1E76" w:rsidR="00923585">
+      <w:hyperlink w:anchor="_Toc146281947" w:history="1">
+        <w:r w:rsidRPr="007E1E76">
           <w:rPr>
             <w:rStyle w:val="Hyperlnk"/>
             <w:rFonts w:eastAsia="MS Gothic"/>
             <w:noProof/>
           </w:rPr>
           <w:t>Huddesinfektion av operationsområdet</w:t>
         </w:r>
-        <w:r w:rsidR="00923585">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
-        <w:r w:rsidR="00923585">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
-        <w:r w:rsidR="00923585">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:instrText xml:space="preserve"> PAGEREF _Toc146281947 \h </w:instrText>
         </w:r>
-        <w:r w:rsidR="00923585">
-[...5 lines deleted...]
-        <w:r w:rsidR="00923585">
+        <w:r>
+          <w:rPr>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+        </w:r>
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
-        <w:r w:rsidR="00923585">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:t>10</w:t>
         </w:r>
-        <w:r w:rsidR="00923585">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w:rsidR="00923585" w:rsidP="00923585" w:rsidRDefault="00000000" w14:paraId="7AF7C014" w14:textId="52540B03">
+    <w:p w14:paraId="7AF7C014" w14:textId="52540B03" w:rsidR="00923585" w:rsidRDefault="00923585" w:rsidP="00923585">
       <w:pPr>
         <w:pStyle w:val="Innehll3"/>
         <w:rPr>
-          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:cstheme="minorBidi"/>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:noProof/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink w:history="1" w:anchor="_Toc146281948">
-        <w:r w:rsidRPr="007E1E76" w:rsidR="00923585">
+      <w:hyperlink w:anchor="_Toc146281948" w:history="1">
+        <w:r w:rsidRPr="007E1E76">
           <w:rPr>
             <w:rStyle w:val="Hyperlnk"/>
             <w:rFonts w:eastAsia="MS Gothic"/>
             <w:noProof/>
           </w:rPr>
           <w:t>Preoperativ handdesinfektion</w:t>
         </w:r>
-        <w:r w:rsidR="00923585">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
-        <w:r w:rsidR="00923585">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
-        <w:r w:rsidR="00923585">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:instrText xml:space="preserve"> PAGEREF _Toc146281948 \h </w:instrText>
         </w:r>
-        <w:r w:rsidR="00923585">
-[...5 lines deleted...]
-        <w:r w:rsidR="00923585">
+        <w:r>
+          <w:rPr>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+        </w:r>
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
-        <w:r w:rsidR="00923585">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:t>11</w:t>
         </w:r>
-        <w:r w:rsidR="00923585">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w:rsidR="00923585" w:rsidP="00923585" w:rsidRDefault="00000000" w14:paraId="0D90C05F" w14:textId="439BA56E">
+    <w:p w14:paraId="0D90C05F" w14:textId="439BA56E" w:rsidR="00923585" w:rsidRDefault="00923585" w:rsidP="00923585">
       <w:pPr>
         <w:pStyle w:val="Innehll3"/>
         <w:rPr>
-          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:cstheme="minorBidi"/>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:noProof/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink w:history="1" w:anchor="_Toc146281949">
-        <w:r w:rsidRPr="007E1E76" w:rsidR="00923585">
+      <w:hyperlink w:anchor="_Toc146281949" w:history="1">
+        <w:r w:rsidRPr="007E1E76">
           <w:rPr>
             <w:rStyle w:val="Hyperlnk"/>
             <w:rFonts w:eastAsia="MS Gothic"/>
             <w:noProof/>
           </w:rPr>
           <w:t>Arbete i operationssal</w:t>
         </w:r>
-        <w:r w:rsidR="00923585">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
-        <w:r w:rsidR="00923585">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
-        <w:r w:rsidR="00923585">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:instrText xml:space="preserve"> PAGEREF _Toc146281949 \h </w:instrText>
         </w:r>
-        <w:r w:rsidR="00923585">
-[...5 lines deleted...]
-        <w:r w:rsidR="00923585">
+        <w:r>
+          <w:rPr>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+        </w:r>
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
-        <w:r w:rsidR="00923585">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:t>11</w:t>
         </w:r>
-        <w:r w:rsidR="00923585">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w:rsidR="00923585" w:rsidP="00923585" w:rsidRDefault="00000000" w14:paraId="0530AECB" w14:textId="69E3E6AA">
+    <w:p w14:paraId="0530AECB" w14:textId="69E3E6AA" w:rsidR="00923585" w:rsidRDefault="00923585" w:rsidP="00923585">
       <w:pPr>
         <w:pStyle w:val="Innehll2"/>
         <w:rPr>
-          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:cstheme="minorBidi"/>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:noProof/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink w:history="1" w:anchor="_Toc146281950">
-        <w:r w:rsidRPr="007E1E76" w:rsidR="00923585">
+      <w:hyperlink w:anchor="_Toc146281950" w:history="1">
+        <w:r w:rsidRPr="007E1E76">
           <w:rPr>
             <w:rStyle w:val="Hyperlnk"/>
             <w:rFonts w:eastAsia="MS Gothic"/>
             <w:noProof/>
           </w:rPr>
           <w:t>Iordningsställande inför operation</w:t>
         </w:r>
-        <w:r w:rsidR="00923585">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
-        <w:r w:rsidR="00923585">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
-        <w:r w:rsidR="00923585">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:instrText xml:space="preserve"> PAGEREF _Toc146281950 \h </w:instrText>
         </w:r>
-        <w:r w:rsidR="00923585">
-[...5 lines deleted...]
-        <w:r w:rsidR="00923585">
+        <w:r>
+          <w:rPr>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+        </w:r>
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
-        <w:r w:rsidR="00923585">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:t>11</w:t>
         </w:r>
-        <w:r w:rsidR="00923585">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w:rsidR="00923585" w:rsidP="00923585" w:rsidRDefault="00000000" w14:paraId="37AE50A7" w14:textId="06F4A2E6">
+    <w:p w14:paraId="37AE50A7" w14:textId="06F4A2E6" w:rsidR="00923585" w:rsidRDefault="00923585" w:rsidP="00923585">
       <w:pPr>
         <w:pStyle w:val="Innehll2"/>
         <w:rPr>
-          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:cstheme="minorBidi"/>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:noProof/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink w:history="1" w:anchor="_Toc146281951">
-        <w:r w:rsidRPr="007E1E76" w:rsidR="00923585">
+      <w:hyperlink w:anchor="_Toc146281951" w:history="1">
+        <w:r w:rsidRPr="007E1E76">
           <w:rPr>
             <w:rStyle w:val="Hyperlnk"/>
             <w:rFonts w:eastAsia="MS Gothic"/>
             <w:noProof/>
           </w:rPr>
           <w:t>Under pågående operation</w:t>
         </w:r>
-        <w:r w:rsidR="00923585">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
-        <w:r w:rsidR="00923585">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
-        <w:r w:rsidR="00923585">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:instrText xml:space="preserve"> PAGEREF _Toc146281951 \h </w:instrText>
         </w:r>
-        <w:r w:rsidR="00923585">
-[...5 lines deleted...]
-        <w:r w:rsidR="00923585">
+        <w:r>
+          <w:rPr>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+        </w:r>
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
-        <w:r w:rsidR="00923585">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:t>11</w:t>
         </w:r>
-        <w:r w:rsidR="00923585">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w:rsidR="00923585" w:rsidP="00923585" w:rsidRDefault="00000000" w14:paraId="3558E545" w14:textId="401E2A8F">
+    <w:p w14:paraId="3558E545" w14:textId="401E2A8F" w:rsidR="00923585" w:rsidRDefault="00923585" w:rsidP="00923585">
       <w:pPr>
         <w:pStyle w:val="Innehll3"/>
         <w:rPr>
-          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:cstheme="minorBidi"/>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:noProof/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink w:history="1" w:anchor="_Toc146281952">
-        <w:r w:rsidRPr="007E1E76" w:rsidR="00923585">
+      <w:hyperlink w:anchor="_Toc146281952" w:history="1">
+        <w:r w:rsidRPr="007E1E76">
           <w:rPr>
             <w:rStyle w:val="Hyperlnk"/>
             <w:rFonts w:eastAsia="MS Gothic"/>
             <w:noProof/>
           </w:rPr>
           <w:t>Anestesi</w:t>
         </w:r>
-        <w:r w:rsidR="00923585">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
-        <w:r w:rsidR="00923585">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
-        <w:r w:rsidR="00923585">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:instrText xml:space="preserve"> PAGEREF _Toc146281952 \h </w:instrText>
         </w:r>
-        <w:r w:rsidR="00923585">
-[...5 lines deleted...]
-        <w:r w:rsidR="00923585">
+        <w:r>
+          <w:rPr>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+        </w:r>
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
-        <w:r w:rsidR="00923585">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:t>13</w:t>
         </w:r>
-        <w:r w:rsidR="00923585">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w:rsidR="00923585" w:rsidP="00923585" w:rsidRDefault="00000000" w14:paraId="2E60504C" w14:textId="26F46EC9">
+    <w:p w14:paraId="2E60504C" w14:textId="26F46EC9" w:rsidR="00923585" w:rsidRDefault="00923585" w:rsidP="00923585">
       <w:pPr>
         <w:pStyle w:val="Innehll2"/>
         <w:rPr>
-          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:cstheme="minorBidi"/>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:noProof/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink w:history="1" w:anchor="_Toc146281953">
-        <w:r w:rsidRPr="007E1E76" w:rsidR="00923585">
+      <w:hyperlink w:anchor="_Toc146281953" w:history="1">
+        <w:r w:rsidRPr="007E1E76">
           <w:rPr>
             <w:rStyle w:val="Hyperlnk"/>
             <w:rFonts w:eastAsia="MS Gothic"/>
             <w:noProof/>
           </w:rPr>
           <w:t>Uppdukning inför regionalanestesi och CVK</w:t>
         </w:r>
-        <w:r w:rsidR="00923585">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
-        <w:r w:rsidR="00923585">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
-        <w:r w:rsidR="00923585">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:instrText xml:space="preserve"> PAGEREF _Toc146281953 \h </w:instrText>
         </w:r>
-        <w:r w:rsidR="00923585">
-[...5 lines deleted...]
-        <w:r w:rsidR="00923585">
+        <w:r>
+          <w:rPr>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+        </w:r>
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
-        <w:r w:rsidR="00923585">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:t>13</w:t>
         </w:r>
-        <w:r w:rsidR="00923585">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w:rsidR="00923585" w:rsidP="00923585" w:rsidRDefault="00000000" w14:paraId="3FF55158" w14:textId="45196A03">
+    <w:p w14:paraId="3FF55158" w14:textId="45196A03" w:rsidR="00923585" w:rsidRDefault="00923585" w:rsidP="00923585">
       <w:pPr>
         <w:pStyle w:val="Innehll2"/>
         <w:rPr>
-          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:cstheme="minorBidi"/>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:noProof/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink w:history="1" w:anchor="_Toc146281954">
-        <w:r w:rsidRPr="007E1E76" w:rsidR="00923585">
+      <w:hyperlink w:anchor="_Toc146281954" w:history="1">
+        <w:r w:rsidRPr="007E1E76">
           <w:rPr>
             <w:rStyle w:val="Hyperlnk"/>
             <w:rFonts w:eastAsia="MS Gothic"/>
             <w:noProof/>
           </w:rPr>
           <w:t>Rengöringsrutiner</w:t>
         </w:r>
-        <w:r w:rsidR="00923585">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
-        <w:r w:rsidR="00923585">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
-        <w:r w:rsidR="00923585">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:instrText xml:space="preserve"> PAGEREF _Toc146281954 \h </w:instrText>
         </w:r>
-        <w:r w:rsidR="00923585">
-[...5 lines deleted...]
-        <w:r w:rsidR="00923585">
+        <w:r>
+          <w:rPr>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+        </w:r>
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
-        <w:r w:rsidR="00923585">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:t>13</w:t>
         </w:r>
-        <w:r w:rsidR="00923585">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w:rsidR="00923585" w:rsidP="00923585" w:rsidRDefault="00000000" w14:paraId="413E7FB9" w14:textId="572950C6">
+    <w:p w14:paraId="413E7FB9" w14:textId="572950C6" w:rsidR="00923585" w:rsidRDefault="00923585" w:rsidP="00923585">
       <w:pPr>
         <w:pStyle w:val="Innehll2"/>
         <w:rPr>
-          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:cstheme="minorBidi"/>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:noProof/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink w:history="1" w:anchor="_Toc146281955">
-        <w:r w:rsidRPr="007E1E76" w:rsidR="00923585">
+      <w:hyperlink w:anchor="_Toc146281955" w:history="1">
+        <w:r w:rsidRPr="007E1E76">
           <w:rPr>
             <w:rStyle w:val="Hyperlnk"/>
             <w:rFonts w:eastAsia="MS Gothic"/>
             <w:noProof/>
           </w:rPr>
           <w:t>Efter varje avslutad patient (mellanstäd)</w:t>
         </w:r>
-        <w:r w:rsidR="00923585">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
-        <w:r w:rsidR="00923585">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
-        <w:r w:rsidR="00923585">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:instrText xml:space="preserve"> PAGEREF _Toc146281955 \h </w:instrText>
         </w:r>
-        <w:r w:rsidR="00923585">
-[...5 lines deleted...]
-        <w:r w:rsidR="00923585">
+        <w:r>
+          <w:rPr>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+        </w:r>
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
-        <w:r w:rsidR="00923585">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:t>13</w:t>
         </w:r>
-        <w:r w:rsidR="00923585">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w:rsidR="00923585" w:rsidP="00923585" w:rsidRDefault="00000000" w14:paraId="15B6C57C" w14:textId="0633C08C">
+    <w:p w14:paraId="15B6C57C" w14:textId="0633C08C" w:rsidR="00923585" w:rsidRDefault="00923585" w:rsidP="00923585">
       <w:pPr>
         <w:pStyle w:val="Innehll2"/>
         <w:rPr>
-          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:cstheme="minorBidi"/>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:noProof/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink w:history="1" w:anchor="_Toc146281956">
-        <w:r w:rsidRPr="007E1E76" w:rsidR="00923585">
+      <w:hyperlink w:anchor="_Toc146281956" w:history="1">
+        <w:r w:rsidRPr="007E1E76">
           <w:rPr>
             <w:rStyle w:val="Hyperlnk"/>
             <w:rFonts w:eastAsia="MS Gothic"/>
             <w:noProof/>
           </w:rPr>
           <w:t>Vid slutstäd</w:t>
         </w:r>
-        <w:r w:rsidR="00923585">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
-        <w:r w:rsidR="00923585">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
-        <w:r w:rsidR="00923585">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:instrText xml:space="preserve"> PAGEREF _Toc146281956 \h </w:instrText>
         </w:r>
-        <w:r w:rsidR="00923585">
-[...5 lines deleted...]
-        <w:r w:rsidR="00923585">
+        <w:r>
+          <w:rPr>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+        </w:r>
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
-        <w:r w:rsidR="00923585">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:t>13</w:t>
         </w:r>
-        <w:r w:rsidR="00923585">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w:rsidR="00923585" w:rsidP="00923585" w:rsidRDefault="00000000" w14:paraId="1FC2E164" w14:textId="2D8FD647">
+    <w:p w14:paraId="1FC2E164" w14:textId="2D8FD647" w:rsidR="00923585" w:rsidRDefault="00923585" w:rsidP="00923585">
       <w:pPr>
         <w:pStyle w:val="Innehll2"/>
         <w:rPr>
-          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:cstheme="minorBidi"/>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:noProof/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink w:history="1" w:anchor="_Toc146281957">
-        <w:r w:rsidRPr="007E1E76" w:rsidR="00923585">
+      <w:hyperlink w:anchor="_Toc146281957" w:history="1">
+        <w:r w:rsidRPr="007E1E76">
           <w:rPr>
             <w:rStyle w:val="Hyperlnk"/>
             <w:rFonts w:eastAsia="MS Gothic"/>
             <w:noProof/>
           </w:rPr>
           <w:t>Ventilatorn</w:t>
         </w:r>
-        <w:r w:rsidR="00923585">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
-        <w:r w:rsidR="00923585">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
-        <w:r w:rsidR="00923585">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:instrText xml:space="preserve"> PAGEREF _Toc146281957 \h </w:instrText>
         </w:r>
-        <w:r w:rsidR="00923585">
-[...5 lines deleted...]
-        <w:r w:rsidR="00923585">
+        <w:r>
+          <w:rPr>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+        </w:r>
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
-        <w:r w:rsidR="00923585">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:t>13</w:t>
         </w:r>
-        <w:r w:rsidR="00923585">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w:rsidR="00923585" w:rsidP="00923585" w:rsidRDefault="00000000" w14:paraId="124D8DC7" w14:textId="4971E562">
+    <w:p w14:paraId="124D8DC7" w14:textId="4971E562" w:rsidR="00923585" w:rsidRDefault="00923585" w:rsidP="00923585">
       <w:pPr>
         <w:pStyle w:val="Innehll3"/>
         <w:rPr>
-          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:cstheme="minorBidi"/>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:noProof/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink w:history="1" w:anchor="_Toc146281958">
-        <w:r w:rsidRPr="007E1E76" w:rsidR="00923585">
+      <w:hyperlink w:anchor="_Toc146281958" w:history="1">
+        <w:r w:rsidRPr="007E1E76">
           <w:rPr>
             <w:rStyle w:val="Hyperlnk"/>
             <w:rFonts w:eastAsia="MS Gothic"/>
             <w:noProof/>
           </w:rPr>
           <w:t>Städning och desinfektion</w:t>
         </w:r>
-        <w:r w:rsidR="00923585">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
-        <w:r w:rsidR="00923585">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
-        <w:r w:rsidR="00923585">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:instrText xml:space="preserve"> PAGEREF _Toc146281958 \h </w:instrText>
         </w:r>
-        <w:r w:rsidR="00923585">
-[...5 lines deleted...]
-        <w:r w:rsidR="00923585">
+        <w:r>
+          <w:rPr>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+        </w:r>
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
-        <w:r w:rsidR="00923585">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:t>14</w:t>
         </w:r>
-        <w:r w:rsidR="00923585">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w:rsidR="00923585" w:rsidP="00923585" w:rsidRDefault="00000000" w14:paraId="4444B39B" w14:textId="7576186E">
+    <w:p w14:paraId="4444B39B" w14:textId="7576186E" w:rsidR="00923585" w:rsidRDefault="00923585" w:rsidP="00923585">
       <w:pPr>
         <w:pStyle w:val="Innehll2"/>
         <w:rPr>
-          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:cstheme="minorBidi"/>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:noProof/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink w:history="1" w:anchor="_Toc146281959">
-        <w:r w:rsidRPr="007E1E76" w:rsidR="00923585">
+      <w:hyperlink w:anchor="_Toc146281959" w:history="1">
+        <w:r w:rsidRPr="007E1E76">
           <w:rPr>
             <w:rStyle w:val="Hyperlnk"/>
             <w:rFonts w:eastAsia="MS Gothic"/>
             <w:noProof/>
           </w:rPr>
           <w:t>Mellanstädning</w:t>
         </w:r>
-        <w:r w:rsidR="00923585">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
-        <w:r w:rsidR="00923585">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
-        <w:r w:rsidR="00923585">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:instrText xml:space="preserve"> PAGEREF _Toc146281959 \h </w:instrText>
         </w:r>
-        <w:r w:rsidR="00923585">
-[...5 lines deleted...]
-        <w:r w:rsidR="00923585">
+        <w:r>
+          <w:rPr>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+        </w:r>
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
-        <w:r w:rsidR="00923585">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:t>14</w:t>
         </w:r>
-        <w:r w:rsidR="00923585">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w:rsidR="00923585" w:rsidP="00923585" w:rsidRDefault="00000000" w14:paraId="1AAB1083" w14:textId="201B9492">
+    <w:p w14:paraId="1AAB1083" w14:textId="201B9492" w:rsidR="00923585" w:rsidRDefault="00923585" w:rsidP="00923585">
       <w:pPr>
         <w:pStyle w:val="Innehll2"/>
         <w:rPr>
-          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:cstheme="minorBidi"/>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:noProof/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink w:history="1" w:anchor="_Toc146281960">
-        <w:r w:rsidRPr="007E1E76" w:rsidR="00923585">
+      <w:hyperlink w:anchor="_Toc146281960" w:history="1">
+        <w:r w:rsidRPr="007E1E76">
           <w:rPr>
             <w:rStyle w:val="Hyperlnk"/>
             <w:rFonts w:eastAsia="MS Gothic"/>
             <w:noProof/>
           </w:rPr>
           <w:t>Slutstädning</w:t>
         </w:r>
-        <w:r w:rsidR="00923585">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
-        <w:r w:rsidR="00923585">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
-        <w:r w:rsidR="00923585">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:instrText xml:space="preserve"> PAGEREF _Toc146281960 \h </w:instrText>
         </w:r>
-        <w:r w:rsidR="00923585">
-[...5 lines deleted...]
-        <w:r w:rsidR="00923585">
+        <w:r>
+          <w:rPr>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+        </w:r>
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
-        <w:r w:rsidR="00923585">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:t>14</w:t>
         </w:r>
-        <w:r w:rsidR="00923585">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w:rsidR="00923585" w:rsidP="00923585" w:rsidRDefault="00000000" w14:paraId="2FA524D8" w14:textId="70CA97B6">
+    <w:p w14:paraId="2FA524D8" w14:textId="70CA97B6" w:rsidR="00923585" w:rsidRDefault="00923585" w:rsidP="00923585">
       <w:pPr>
         <w:pStyle w:val="Innehll2"/>
         <w:rPr>
-          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:cstheme="minorBidi"/>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:noProof/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink w:history="1" w:anchor="_Toc146281961">
-        <w:r w:rsidRPr="007E1E76" w:rsidR="00923585">
+      <w:hyperlink w:anchor="_Toc146281961" w:history="1">
+        <w:r w:rsidRPr="007E1E76">
           <w:rPr>
             <w:rStyle w:val="Hyperlnk"/>
             <w:rFonts w:eastAsia="MS Gothic"/>
             <w:noProof/>
           </w:rPr>
           <w:t>Storstäd</w:t>
         </w:r>
-        <w:r w:rsidR="00923585">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
-        <w:r w:rsidR="00923585">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
-        <w:r w:rsidR="00923585">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:instrText xml:space="preserve"> PAGEREF _Toc146281961 \h </w:instrText>
         </w:r>
-        <w:r w:rsidR="00923585">
-[...5 lines deleted...]
-        <w:r w:rsidR="00923585">
+        <w:r>
+          <w:rPr>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+        </w:r>
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
-        <w:r w:rsidR="00923585">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:t>15</w:t>
         </w:r>
-        <w:r w:rsidR="00923585">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w:rsidR="00923585" w:rsidP="00923585" w:rsidRDefault="00000000" w14:paraId="6D832F3C" w14:textId="1DF03F24">
+    <w:p w14:paraId="6D832F3C" w14:textId="1DF03F24" w:rsidR="00923585" w:rsidRDefault="00923585" w:rsidP="00923585">
       <w:pPr>
         <w:pStyle w:val="Innehll2"/>
         <w:rPr>
-          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:cstheme="minorBidi"/>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:noProof/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink w:history="1" w:anchor="_Toc146281962">
-        <w:r w:rsidRPr="007E1E76" w:rsidR="00923585">
+      <w:hyperlink w:anchor="_Toc146281962" w:history="1">
+        <w:r w:rsidRPr="007E1E76">
           <w:rPr>
             <w:rStyle w:val="Hyperlnk"/>
             <w:rFonts w:eastAsia="MS Gothic"/>
             <w:noProof/>
           </w:rPr>
           <w:t>Medicinteknisk utrustning</w:t>
         </w:r>
-        <w:r w:rsidR="00923585">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
-        <w:r w:rsidR="00923585">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
-        <w:r w:rsidR="00923585">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:instrText xml:space="preserve"> PAGEREF _Toc146281962 \h </w:instrText>
         </w:r>
-        <w:r w:rsidR="00923585">
-[...5 lines deleted...]
-        <w:r w:rsidR="00923585">
+        <w:r>
+          <w:rPr>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+        </w:r>
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
-        <w:r w:rsidR="00923585">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:t>15</w:t>
         </w:r>
-        <w:r w:rsidR="00923585">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w:rsidR="00923585" w:rsidP="00923585" w:rsidRDefault="00000000" w14:paraId="5CB7F68C" w14:textId="40321ACA">
+    <w:p w14:paraId="5CB7F68C" w14:textId="40321ACA" w:rsidR="00923585" w:rsidRDefault="00923585" w:rsidP="00923585">
       <w:pPr>
         <w:pStyle w:val="Innehll3"/>
         <w:rPr>
-          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:cstheme="minorBidi"/>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:noProof/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink w:history="1" w:anchor="_Toc146281963">
-        <w:r w:rsidRPr="007E1E76" w:rsidR="00923585">
+      <w:hyperlink w:anchor="_Toc146281963" w:history="1">
+        <w:r w:rsidRPr="007E1E76">
           <w:rPr>
             <w:rStyle w:val="Hyperlnk"/>
             <w:rFonts w:eastAsia="MS Gothic"/>
             <w:noProof/>
           </w:rPr>
           <w:t>Tvätt</w:t>
         </w:r>
-        <w:r w:rsidR="00923585">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
-        <w:r w:rsidR="00923585">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
-        <w:r w:rsidR="00923585">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:instrText xml:space="preserve"> PAGEREF _Toc146281963 \h </w:instrText>
         </w:r>
-        <w:r w:rsidR="00923585">
-[...5 lines deleted...]
-        <w:r w:rsidR="00923585">
+        <w:r>
+          <w:rPr>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+        </w:r>
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
-        <w:r w:rsidR="00923585">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:t>15</w:t>
         </w:r>
-        <w:r w:rsidR="00923585">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w:rsidR="00923585" w:rsidP="00923585" w:rsidRDefault="00000000" w14:paraId="187A4C7A" w14:textId="4A7A759C">
+    <w:p w14:paraId="187A4C7A" w14:textId="4A7A759C" w:rsidR="00923585" w:rsidRDefault="00923585" w:rsidP="00923585">
       <w:pPr>
         <w:pStyle w:val="Innehll3"/>
         <w:rPr>
-          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:cstheme="minorBidi"/>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:noProof/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink w:history="1" w:anchor="_Toc146281964">
-        <w:r w:rsidRPr="007E1E76" w:rsidR="00923585">
+      <w:hyperlink w:anchor="_Toc146281964" w:history="1">
+        <w:r w:rsidRPr="007E1E76">
           <w:rPr>
             <w:rStyle w:val="Hyperlnk"/>
             <w:rFonts w:eastAsia="MS Gothic"/>
             <w:noProof/>
           </w:rPr>
           <w:t>Avfall</w:t>
         </w:r>
-        <w:r w:rsidR="00923585">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
-        <w:r w:rsidR="00923585">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
-        <w:r w:rsidR="00923585">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:instrText xml:space="preserve"> PAGEREF _Toc146281964 \h </w:instrText>
         </w:r>
-        <w:r w:rsidR="00923585">
-[...5 lines deleted...]
-        <w:r w:rsidR="00923585">
+        <w:r>
+          <w:rPr>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+        </w:r>
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
-        <w:r w:rsidR="00923585">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:t>15</w:t>
         </w:r>
-        <w:r w:rsidR="00923585">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w:rsidR="00923585" w:rsidP="00923585" w:rsidRDefault="00000000" w14:paraId="26D4A237" w14:textId="37CF2E9B">
+    <w:p w14:paraId="26D4A237" w14:textId="37CF2E9B" w:rsidR="00923585" w:rsidRDefault="00923585" w:rsidP="00923585">
       <w:pPr>
         <w:pStyle w:val="Innehll2"/>
         <w:rPr>
-          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:cstheme="minorBidi"/>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:noProof/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink w:history="1" w:anchor="_Toc146281965">
-        <w:r w:rsidRPr="007E1E76" w:rsidR="00923585">
+      <w:hyperlink w:anchor="_Toc146281965" w:history="1">
+        <w:r w:rsidRPr="007E1E76">
           <w:rPr>
             <w:rStyle w:val="Hyperlnk"/>
             <w:rFonts w:eastAsia="MS Gothic"/>
             <w:noProof/>
           </w:rPr>
           <w:t>Biologiskt avfall</w:t>
         </w:r>
-        <w:r w:rsidR="00923585">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
-        <w:r w:rsidR="00923585">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
-        <w:r w:rsidR="00923585">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:instrText xml:space="preserve"> PAGEREF _Toc146281965 \h </w:instrText>
         </w:r>
-        <w:r w:rsidR="00923585">
-[...5 lines deleted...]
-        <w:r w:rsidR="00923585">
+        <w:r>
+          <w:rPr>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+        </w:r>
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
-        <w:r w:rsidR="00923585">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:t>15</w:t>
         </w:r>
-        <w:r w:rsidR="00923585">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w:rsidR="00923585" w:rsidP="00923585" w:rsidRDefault="00000000" w14:paraId="465FCCCE" w14:textId="6BBBAA07">
+    <w:p w14:paraId="465FCCCE" w14:textId="6BBBAA07" w:rsidR="00923585" w:rsidRDefault="00923585" w:rsidP="00923585">
       <w:pPr>
         <w:pStyle w:val="Innehll2"/>
         <w:rPr>
-          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:cstheme="minorBidi"/>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:noProof/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink w:history="1" w:anchor="_Toc146281966">
-        <w:r w:rsidRPr="007E1E76" w:rsidR="00923585">
+      <w:hyperlink w:anchor="_Toc146281966" w:history="1">
+        <w:r w:rsidRPr="007E1E76">
           <w:rPr>
             <w:rStyle w:val="Hyperlnk"/>
             <w:rFonts w:eastAsia="MS Gothic"/>
             <w:noProof/>
           </w:rPr>
           <w:t>Gips</w:t>
         </w:r>
-        <w:r w:rsidR="00923585">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
-        <w:r w:rsidR="00923585">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
-        <w:r w:rsidR="00923585">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:instrText xml:space="preserve"> PAGEREF _Toc146281966 \h </w:instrText>
         </w:r>
-        <w:r w:rsidR="00923585">
-[...5 lines deleted...]
-        <w:r w:rsidR="00923585">
+        <w:r>
+          <w:rPr>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+        </w:r>
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
-        <w:r w:rsidR="00923585">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:t>16</w:t>
         </w:r>
-        <w:r w:rsidR="00923585">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w:rsidR="00923585" w:rsidP="00923585" w:rsidRDefault="00000000" w14:paraId="6440D6D9" w14:textId="5D1BEB4C">
+    <w:p w14:paraId="6440D6D9" w14:textId="5D1BEB4C" w:rsidR="00923585" w:rsidRDefault="00923585" w:rsidP="00923585">
       <w:pPr>
         <w:pStyle w:val="Innehll3"/>
         <w:rPr>
-          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:cstheme="minorBidi"/>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:noProof/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink w:history="1" w:anchor="_Toc146281967">
-        <w:r w:rsidRPr="007E1E76" w:rsidR="00923585">
+      <w:hyperlink w:anchor="_Toc146281967" w:history="1">
+        <w:r w:rsidRPr="007E1E76">
           <w:rPr>
             <w:rStyle w:val="Hyperlnk"/>
             <w:rFonts w:eastAsia="MS Gothic"/>
             <w:noProof/>
           </w:rPr>
           <w:t>Ventilation</w:t>
         </w:r>
-        <w:r w:rsidR="00923585">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
-        <w:r w:rsidR="00923585">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
-        <w:r w:rsidR="00923585">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:instrText xml:space="preserve"> PAGEREF _Toc146281967 \h </w:instrText>
         </w:r>
-        <w:r w:rsidR="00923585">
-[...5 lines deleted...]
-        <w:r w:rsidR="00923585">
+        <w:r>
+          <w:rPr>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+        </w:r>
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
-        <w:r w:rsidR="00923585">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:t>16</w:t>
         </w:r>
-        <w:r w:rsidR="00923585">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w:rsidR="00923585" w:rsidP="00923585" w:rsidRDefault="00000000" w14:paraId="267F1EC5" w14:textId="4148C31E">
+    <w:p w14:paraId="267F1EC5" w14:textId="4148C31E" w:rsidR="00923585" w:rsidRDefault="00923585" w:rsidP="00923585">
       <w:pPr>
         <w:pStyle w:val="Innehll3"/>
         <w:rPr>
-          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:cstheme="minorBidi"/>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:noProof/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink w:history="1" w:anchor="_Toc146281968">
-        <w:r w:rsidRPr="007E1E76" w:rsidR="00923585">
+      <w:hyperlink w:anchor="_Toc146281968" w:history="1">
+        <w:r w:rsidRPr="007E1E76">
           <w:rPr>
             <w:rStyle w:val="Hyperlnk"/>
             <w:rFonts w:eastAsia="MS Gothic"/>
             <w:noProof/>
           </w:rPr>
           <w:t>Godshantering</w:t>
         </w:r>
-        <w:r w:rsidR="00923585">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
-        <w:r w:rsidR="00923585">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
-        <w:r w:rsidR="00923585">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:instrText xml:space="preserve"> PAGEREF _Toc146281968 \h </w:instrText>
         </w:r>
-        <w:r w:rsidR="00923585">
-[...5 lines deleted...]
-        <w:r w:rsidR="00923585">
+        <w:r>
+          <w:rPr>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+        </w:r>
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
-        <w:r w:rsidR="00923585">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:t>16</w:t>
         </w:r>
-        <w:r w:rsidR="00923585">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w:rsidR="00923585" w:rsidP="00923585" w:rsidRDefault="00000000" w14:paraId="75CC4088" w14:textId="663378E6">
+    <w:p w14:paraId="75CC4088" w14:textId="663378E6" w:rsidR="00923585" w:rsidRDefault="00923585" w:rsidP="00923585">
       <w:pPr>
         <w:pStyle w:val="Innehll2"/>
         <w:rPr>
-          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:cstheme="minorBidi"/>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:noProof/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink w:history="1" w:anchor="_Toc146281969">
-        <w:r w:rsidRPr="007E1E76" w:rsidR="00923585">
+      <w:hyperlink w:anchor="_Toc146281969" w:history="1">
+        <w:r w:rsidRPr="007E1E76">
           <w:rPr>
             <w:rStyle w:val="Hyperlnk"/>
             <w:rFonts w:eastAsia="MS Gothic"/>
             <w:noProof/>
           </w:rPr>
           <w:t>Avemballering</w:t>
         </w:r>
-        <w:r w:rsidR="00923585">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
-        <w:r w:rsidR="00923585">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
-        <w:r w:rsidR="00923585">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:instrText xml:space="preserve"> PAGEREF _Toc146281969 \h </w:instrText>
         </w:r>
-        <w:r w:rsidR="00923585">
-[...5 lines deleted...]
-        <w:r w:rsidR="00923585">
+        <w:r>
+          <w:rPr>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+        </w:r>
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
-        <w:r w:rsidR="00923585">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:t>16</w:t>
         </w:r>
-        <w:r w:rsidR="00923585">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w:rsidR="00923585" w:rsidP="00923585" w:rsidRDefault="00000000" w14:paraId="37D4A0DC" w14:textId="7CE2F31C">
+    <w:p w14:paraId="37D4A0DC" w14:textId="7CE2F31C" w:rsidR="00923585" w:rsidRDefault="00923585" w:rsidP="00923585">
       <w:pPr>
         <w:pStyle w:val="Innehll2"/>
         <w:rPr>
-          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:cstheme="minorBidi"/>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:noProof/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink w:history="1" w:anchor="_Toc146281970">
-        <w:r w:rsidRPr="007E1E76" w:rsidR="00923585">
+      <w:hyperlink w:anchor="_Toc146281970" w:history="1">
+        <w:r w:rsidRPr="007E1E76">
           <w:rPr>
             <w:rStyle w:val="Hyperlnk"/>
             <w:rFonts w:eastAsia="MS Gothic"/>
             <w:noProof/>
           </w:rPr>
           <w:t>Inslussning av gods</w:t>
         </w:r>
-        <w:r w:rsidR="00923585">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
-        <w:r w:rsidR="00923585">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
-        <w:r w:rsidR="00923585">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:instrText xml:space="preserve"> PAGEREF _Toc146281970 \h </w:instrText>
         </w:r>
-        <w:r w:rsidR="00923585">
-[...5 lines deleted...]
-        <w:r w:rsidR="00923585">
+        <w:r>
+          <w:rPr>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+        </w:r>
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
-        <w:r w:rsidR="00923585">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:t>16</w:t>
         </w:r>
-        <w:r w:rsidR="00923585">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w:rsidR="00923585" w:rsidP="00923585" w:rsidRDefault="00000000" w14:paraId="732BF0B6" w14:textId="4F4C84E3">
+    <w:p w14:paraId="732BF0B6" w14:textId="4F4C84E3" w:rsidR="00923585" w:rsidRDefault="00923585" w:rsidP="00923585">
       <w:pPr>
         <w:pStyle w:val="Innehll3"/>
         <w:rPr>
-          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:cstheme="minorBidi"/>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:noProof/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink w:history="1" w:anchor="_Toc146281971">
-        <w:r w:rsidRPr="007E1E76" w:rsidR="00923585">
+      <w:hyperlink w:anchor="_Toc146281971" w:history="1">
+        <w:r w:rsidRPr="007E1E76">
           <w:rPr>
             <w:rStyle w:val="Hyperlnk"/>
             <w:rFonts w:eastAsia="MS Gothic"/>
             <w:noProof/>
           </w:rPr>
           <w:t>Förrådshållning och förvaring</w:t>
         </w:r>
-        <w:r w:rsidR="00923585">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
-        <w:r w:rsidR="00923585">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
-        <w:r w:rsidR="00923585">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:instrText xml:space="preserve"> PAGEREF _Toc146281971 \h </w:instrText>
         </w:r>
-        <w:r w:rsidR="00923585">
-[...5 lines deleted...]
-        <w:r w:rsidR="00923585">
+        <w:r>
+          <w:rPr>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+        </w:r>
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
-        <w:r w:rsidR="00923585">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:t>17</w:t>
         </w:r>
-        <w:r w:rsidR="00923585">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w:rsidR="00923585" w:rsidP="00923585" w:rsidRDefault="00000000" w14:paraId="77BE5952" w14:textId="4321E748">
+    <w:p w14:paraId="77BE5952" w14:textId="4321E748" w:rsidR="00923585" w:rsidRDefault="00923585" w:rsidP="00923585">
       <w:pPr>
         <w:pStyle w:val="Innehll2"/>
         <w:rPr>
-          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:cstheme="minorBidi"/>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:noProof/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink w:history="1" w:anchor="_Toc146281972">
-        <w:r w:rsidRPr="007E1E76" w:rsidR="00923585">
+      <w:hyperlink w:anchor="_Toc146281972" w:history="1">
+        <w:r w:rsidRPr="007E1E76">
           <w:rPr>
             <w:rStyle w:val="Hyperlnk"/>
             <w:rFonts w:eastAsia="MS Gothic"/>
             <w:noProof/>
           </w:rPr>
           <w:t>Fabrikssteriliserade engångsprodukter</w:t>
         </w:r>
-        <w:r w:rsidR="00923585">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
-        <w:r w:rsidR="00923585">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
-        <w:r w:rsidR="00923585">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:instrText xml:space="preserve"> PAGEREF _Toc146281972 \h </w:instrText>
         </w:r>
-        <w:r w:rsidR="00923585">
-[...5 lines deleted...]
-        <w:r w:rsidR="00923585">
+        <w:r>
+          <w:rPr>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+        </w:r>
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
-        <w:r w:rsidR="00923585">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:t>17</w:t>
         </w:r>
-        <w:r w:rsidR="00923585">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w:rsidR="00923585" w:rsidP="00923585" w:rsidRDefault="00000000" w14:paraId="5C758B82" w14:textId="1863A2D6">
+    <w:p w14:paraId="5C758B82" w14:textId="1863A2D6" w:rsidR="00923585" w:rsidRDefault="00923585" w:rsidP="00923585">
       <w:pPr>
         <w:pStyle w:val="Innehll2"/>
         <w:rPr>
-          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:cstheme="minorBidi"/>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:noProof/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink w:history="1" w:anchor="_Toc146281973">
-        <w:r w:rsidRPr="007E1E76" w:rsidR="00923585">
+      <w:hyperlink w:anchor="_Toc146281973" w:history="1">
+        <w:r w:rsidRPr="007E1E76">
           <w:rPr>
             <w:rStyle w:val="Hyperlnk"/>
             <w:rFonts w:eastAsia="MS Gothic"/>
             <w:noProof/>
           </w:rPr>
           <w:t>Förpackningstyper</w:t>
         </w:r>
-        <w:r w:rsidR="00923585">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
-        <w:r w:rsidR="00923585">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
-        <w:r w:rsidR="00923585">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:instrText xml:space="preserve"> PAGEREF _Toc146281973 \h </w:instrText>
         </w:r>
-        <w:r w:rsidR="00923585">
-[...5 lines deleted...]
-        <w:r w:rsidR="00923585">
+        <w:r>
+          <w:rPr>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+        </w:r>
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
-        <w:r w:rsidR="00923585">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:t>17</w:t>
         </w:r>
-        <w:r w:rsidR="00923585">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w:rsidR="00923585" w:rsidP="00923585" w:rsidRDefault="00000000" w14:paraId="2475E9A6" w14:textId="7645FA77">
+    <w:p w14:paraId="2475E9A6" w14:textId="7645FA77" w:rsidR="00923585" w:rsidRDefault="00923585" w:rsidP="00923585">
       <w:pPr>
         <w:pStyle w:val="Innehll2"/>
         <w:rPr>
-          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:cstheme="minorBidi"/>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:noProof/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink w:history="1" w:anchor="_Toc146281974">
-        <w:r w:rsidRPr="007E1E76" w:rsidR="00923585">
+      <w:hyperlink w:anchor="_Toc146281974" w:history="1">
+        <w:r w:rsidRPr="007E1E76">
           <w:rPr>
             <w:rStyle w:val="Hyperlnk"/>
             <w:rFonts w:eastAsia="MS Gothic"/>
             <w:noProof/>
           </w:rPr>
           <w:t>1 Transportförpackning</w:t>
         </w:r>
-        <w:r w:rsidR="00923585">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
-        <w:r w:rsidR="00923585">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
-        <w:r w:rsidR="00923585">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:instrText xml:space="preserve"> PAGEREF _Toc146281974 \h </w:instrText>
         </w:r>
-        <w:r w:rsidR="00923585">
-[...5 lines deleted...]
-        <w:r w:rsidR="00923585">
+        <w:r>
+          <w:rPr>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+        </w:r>
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
-        <w:r w:rsidR="00923585">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:t>17</w:t>
         </w:r>
-        <w:r w:rsidR="00923585">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w:rsidR="00923585" w:rsidP="00923585" w:rsidRDefault="00000000" w14:paraId="5A913C9A" w14:textId="6078362B">
+    <w:p w14:paraId="5A913C9A" w14:textId="6078362B" w:rsidR="00923585" w:rsidRDefault="00923585" w:rsidP="00923585">
       <w:pPr>
         <w:pStyle w:val="Innehll2"/>
         <w:rPr>
-          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:cstheme="minorBidi"/>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:noProof/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink w:history="1" w:anchor="_Toc146281975">
-        <w:r w:rsidRPr="007E1E76" w:rsidR="00923585">
+      <w:hyperlink w:anchor="_Toc146281975" w:history="1">
+        <w:r w:rsidRPr="007E1E76">
           <w:rPr>
             <w:rStyle w:val="Hyperlnk"/>
             <w:rFonts w:eastAsia="MS Gothic"/>
             <w:noProof/>
           </w:rPr>
           <w:t>2 Avdelningsförpackningar</w:t>
         </w:r>
-        <w:r w:rsidR="00923585">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
-        <w:r w:rsidR="00923585">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
-        <w:r w:rsidR="00923585">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:instrText xml:space="preserve"> PAGEREF _Toc146281975 \h </w:instrText>
         </w:r>
-        <w:r w:rsidR="00923585">
-[...5 lines deleted...]
-        <w:r w:rsidR="00923585">
+        <w:r>
+          <w:rPr>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+        </w:r>
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
-        <w:r w:rsidR="00923585">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:t>17</w:t>
         </w:r>
-        <w:r w:rsidR="00923585">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w:rsidR="00923585" w:rsidP="00923585" w:rsidRDefault="00000000" w14:paraId="10CEBBBC" w14:textId="657EEBC5">
+    <w:p w14:paraId="10CEBBBC" w14:textId="657EEBC5" w:rsidR="00923585" w:rsidRDefault="00923585" w:rsidP="00923585">
       <w:pPr>
         <w:pStyle w:val="Innehll2"/>
         <w:rPr>
-          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:cstheme="minorBidi"/>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:noProof/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink w:history="1" w:anchor="_Toc146281976">
-        <w:r w:rsidRPr="007E1E76" w:rsidR="00923585">
+      <w:hyperlink w:anchor="_Toc146281976" w:history="1">
+        <w:r w:rsidRPr="007E1E76">
           <w:rPr>
             <w:rStyle w:val="Hyperlnk"/>
             <w:rFonts w:eastAsia="MS Gothic"/>
             <w:noProof/>
           </w:rPr>
           <w:t>3 Produktförpackning</w:t>
         </w:r>
-        <w:r w:rsidR="00923585">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
-        <w:r w:rsidR="00923585">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
-        <w:r w:rsidR="00923585">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:instrText xml:space="preserve"> PAGEREF _Toc146281976 \h </w:instrText>
         </w:r>
-        <w:r w:rsidR="00923585">
-[...5 lines deleted...]
-        <w:r w:rsidR="00923585">
+        <w:r>
+          <w:rPr>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+        </w:r>
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
-        <w:r w:rsidR="00923585">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:t>17</w:t>
         </w:r>
-        <w:r w:rsidR="00923585">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w:rsidR="00923585" w:rsidP="00923585" w:rsidRDefault="00000000" w14:paraId="6604E254" w14:textId="024CEF31">
+    <w:p w14:paraId="6604E254" w14:textId="024CEF31" w:rsidR="00923585" w:rsidRDefault="00923585" w:rsidP="00923585">
       <w:pPr>
         <w:pStyle w:val="Innehll2"/>
         <w:rPr>
-          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:cstheme="minorBidi"/>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:noProof/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink w:history="1" w:anchor="_Toc146281977">
-        <w:r w:rsidRPr="007E1E76" w:rsidR="00923585">
+      <w:hyperlink w:anchor="_Toc146281977" w:history="1">
+        <w:r w:rsidRPr="007E1E76">
           <w:rPr>
             <w:rStyle w:val="Hyperlnk"/>
             <w:rFonts w:eastAsia="MS Gothic"/>
             <w:noProof/>
           </w:rPr>
           <w:t>Hållbarhetstid</w:t>
         </w:r>
-        <w:r w:rsidR="00923585">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
-        <w:r w:rsidR="00923585">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
-        <w:r w:rsidR="00923585">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:instrText xml:space="preserve"> PAGEREF _Toc146281977 \h </w:instrText>
         </w:r>
-        <w:r w:rsidR="00923585">
-[...5 lines deleted...]
-        <w:r w:rsidR="00923585">
+        <w:r>
+          <w:rPr>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+        </w:r>
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
-        <w:r w:rsidR="00923585">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:t>17</w:t>
         </w:r>
-        <w:r w:rsidR="00923585">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w:rsidR="00923585" w:rsidP="00923585" w:rsidRDefault="00000000" w14:paraId="646B91D8" w14:textId="785BEAF4">
+    <w:p w14:paraId="646B91D8" w14:textId="785BEAF4" w:rsidR="00923585" w:rsidRDefault="00923585" w:rsidP="00923585">
       <w:pPr>
         <w:pStyle w:val="Innehll2"/>
         <w:rPr>
-          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:cstheme="minorBidi"/>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:noProof/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink w:history="1" w:anchor="_Toc146281978">
-        <w:r w:rsidRPr="007E1E76" w:rsidR="00923585">
+      <w:hyperlink w:anchor="_Toc146281978" w:history="1">
+        <w:r w:rsidRPr="007E1E76">
           <w:rPr>
             <w:rStyle w:val="Hyperlnk"/>
             <w:rFonts w:eastAsia="MS Gothic"/>
             <w:noProof/>
           </w:rPr>
           <w:t>Vid Hög luftfuktighet</w:t>
         </w:r>
-        <w:r w:rsidR="00923585">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
-        <w:r w:rsidR="00923585">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
-        <w:r w:rsidR="00923585">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:instrText xml:space="preserve"> PAGEREF _Toc146281978 \h </w:instrText>
         </w:r>
-        <w:r w:rsidR="00923585">
-[...5 lines deleted...]
-        <w:r w:rsidR="00923585">
+        <w:r>
+          <w:rPr>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+        </w:r>
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
-        <w:r w:rsidR="00923585">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:t>18</w:t>
         </w:r>
-        <w:r w:rsidR="00923585">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w:rsidR="00923585" w:rsidP="00923585" w:rsidRDefault="00000000" w14:paraId="0DC709CD" w14:textId="468FEF3B">
+    <w:p w14:paraId="0DC709CD" w14:textId="468FEF3B" w:rsidR="00923585" w:rsidRDefault="00923585" w:rsidP="00923585">
       <w:pPr>
         <w:pStyle w:val="Innehll2"/>
         <w:rPr>
-          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:cstheme="minorBidi"/>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:noProof/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink w:history="1" w:anchor="_Toc146281979">
-        <w:r w:rsidRPr="007E1E76" w:rsidR="00923585">
+      <w:hyperlink w:anchor="_Toc146281979" w:history="1">
+        <w:r w:rsidRPr="007E1E76">
           <w:rPr>
             <w:rStyle w:val="Hyperlnk"/>
             <w:rFonts w:eastAsia="MS Gothic"/>
             <w:noProof/>
           </w:rPr>
           <w:t>Sterilförråd</w:t>
         </w:r>
-        <w:r w:rsidR="00923585">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
-        <w:r w:rsidR="00923585">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
-        <w:r w:rsidR="00923585">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:instrText xml:space="preserve"> PAGEREF _Toc146281979 \h </w:instrText>
         </w:r>
-        <w:r w:rsidR="00923585">
-[...5 lines deleted...]
-        <w:r w:rsidR="00923585">
+        <w:r>
+          <w:rPr>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+        </w:r>
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
-        <w:r w:rsidR="00923585">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:t>18</w:t>
         </w:r>
-        <w:r w:rsidR="00923585">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w:rsidR="00923585" w:rsidP="00923585" w:rsidRDefault="00000000" w14:paraId="27CFBA64" w14:textId="0802A2B1">
+    <w:p w14:paraId="27CFBA64" w14:textId="0802A2B1" w:rsidR="00923585" w:rsidRDefault="00923585" w:rsidP="00923585">
       <w:pPr>
         <w:pStyle w:val="Innehll2"/>
         <w:rPr>
-          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:cstheme="minorBidi"/>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:noProof/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink w:history="1" w:anchor="_Toc146281980">
-        <w:r w:rsidRPr="007E1E76" w:rsidR="00923585">
+      <w:hyperlink w:anchor="_Toc146281980" w:history="1">
+        <w:r w:rsidRPr="007E1E76">
           <w:rPr>
             <w:rStyle w:val="Hyperlnk"/>
             <w:rFonts w:eastAsia="MS Gothic"/>
             <w:noProof/>
           </w:rPr>
           <w:t>Sterilt material</w:t>
         </w:r>
-        <w:r w:rsidR="00923585">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
-        <w:r w:rsidR="00923585">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
-        <w:r w:rsidR="00923585">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:instrText xml:space="preserve"> PAGEREF _Toc146281980 \h </w:instrText>
         </w:r>
-        <w:r w:rsidR="00923585">
-[...5 lines deleted...]
-        <w:r w:rsidR="00923585">
+        <w:r>
+          <w:rPr>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+        </w:r>
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
-        <w:r w:rsidR="00923585">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:t>18</w:t>
         </w:r>
-        <w:r w:rsidR="00923585">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w:rsidR="00923585" w:rsidP="00923585" w:rsidRDefault="00000000" w14:paraId="672E5BA7" w14:textId="07F6325E">
+    <w:p w14:paraId="672E5BA7" w14:textId="07F6325E" w:rsidR="00923585" w:rsidRDefault="00923585" w:rsidP="00923585">
       <w:pPr>
         <w:pStyle w:val="Innehll2"/>
         <w:rPr>
-          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:cstheme="minorBidi"/>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:noProof/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink w:history="1" w:anchor="_Toc146281981">
-        <w:r w:rsidRPr="007E1E76" w:rsidR="00923585">
+      <w:hyperlink w:anchor="_Toc146281981" w:history="1">
+        <w:r w:rsidRPr="007E1E76">
           <w:rPr>
             <w:rStyle w:val="Hyperlnk"/>
             <w:rFonts w:eastAsia="MS Gothic"/>
             <w:noProof/>
           </w:rPr>
           <w:t>Rutiner för material och förrådshantering</w:t>
         </w:r>
-        <w:r w:rsidR="00923585">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
-        <w:r w:rsidR="00923585">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
-        <w:r w:rsidR="00923585">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:instrText xml:space="preserve"> PAGEREF _Toc146281981 \h </w:instrText>
         </w:r>
-        <w:r w:rsidR="00923585">
-[...5 lines deleted...]
-        <w:r w:rsidR="00923585">
+        <w:r>
+          <w:rPr>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+        </w:r>
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
-        <w:r w:rsidR="00923585">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:t>18</w:t>
         </w:r>
-        <w:r w:rsidR="00923585">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w:rsidR="00923585" w:rsidP="00923585" w:rsidRDefault="00000000" w14:paraId="787F00E3" w14:textId="6AF068B3">
+    <w:p w14:paraId="787F00E3" w14:textId="6AF068B3" w:rsidR="00923585" w:rsidRDefault="00923585" w:rsidP="00923585">
       <w:pPr>
         <w:pStyle w:val="Innehll2"/>
         <w:rPr>
-          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:cstheme="minorBidi"/>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:noProof/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink w:history="1" w:anchor="_Toc146281982">
-        <w:r w:rsidRPr="007E1E76" w:rsidR="00923585">
+      <w:hyperlink w:anchor="_Toc146281982" w:history="1">
+        <w:r w:rsidRPr="007E1E76">
           <w:rPr>
             <w:rStyle w:val="Hyperlnk"/>
             <w:rFonts w:eastAsia="MS Gothic"/>
             <w:noProof/>
           </w:rPr>
           <w:t>Osterilt förråd</w:t>
         </w:r>
-        <w:r w:rsidR="00923585">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
-        <w:r w:rsidR="00923585">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
-        <w:r w:rsidR="00923585">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:instrText xml:space="preserve"> PAGEREF _Toc146281982 \h </w:instrText>
         </w:r>
-        <w:r w:rsidR="00923585">
-[...5 lines deleted...]
-        <w:r w:rsidR="00923585">
+        <w:r>
+          <w:rPr>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+        </w:r>
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
-        <w:r w:rsidR="00923585">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:t>19</w:t>
         </w:r>
-        <w:r w:rsidR="00923585">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w:rsidR="00923585" w:rsidP="00923585" w:rsidRDefault="00000000" w14:paraId="3B5201E5" w14:textId="79430007">
+    <w:p w14:paraId="3B5201E5" w14:textId="79430007" w:rsidR="00923585" w:rsidRDefault="00923585" w:rsidP="00923585">
       <w:pPr>
         <w:pStyle w:val="Innehll2"/>
         <w:rPr>
-          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:cstheme="minorBidi"/>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:noProof/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink w:history="1" w:anchor="_Toc146281983">
-        <w:r w:rsidRPr="007E1E76" w:rsidR="00923585">
+      <w:hyperlink w:anchor="_Toc146281983" w:history="1">
+        <w:r w:rsidRPr="007E1E76">
           <w:rPr>
             <w:rStyle w:val="Hyperlnk"/>
             <w:rFonts w:eastAsia="MS Gothic"/>
             <w:noProof/>
           </w:rPr>
           <w:t>Transportvagn från Apotek</w:t>
         </w:r>
-        <w:r w:rsidR="00923585">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
-        <w:r w:rsidR="00923585">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
-        <w:r w:rsidR="00923585">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:instrText xml:space="preserve"> PAGEREF _Toc146281983 \h </w:instrText>
         </w:r>
-        <w:r w:rsidR="00923585">
-[...5 lines deleted...]
-        <w:r w:rsidR="00923585">
+        <w:r>
+          <w:rPr>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+        </w:r>
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
-        <w:r w:rsidR="00923585">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:t>19</w:t>
         </w:r>
-        <w:r w:rsidR="00923585">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w:rsidR="00923585" w:rsidP="00923585" w:rsidRDefault="00000000" w14:paraId="541F8ABA" w14:textId="3E2ED383">
+    <w:p w14:paraId="541F8ABA" w14:textId="3E2ED383" w:rsidR="00923585" w:rsidRDefault="00923585" w:rsidP="00923585">
       <w:pPr>
         <w:pStyle w:val="Innehll3"/>
         <w:rPr>
-          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:cstheme="minorBidi"/>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:noProof/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink w:history="1" w:anchor="_Toc146281984">
-        <w:r w:rsidRPr="007E1E76" w:rsidR="00923585">
+      <w:hyperlink w:anchor="_Toc146281984" w:history="1">
+        <w:r w:rsidRPr="007E1E76">
           <w:rPr>
             <w:rStyle w:val="Hyperlnk"/>
             <w:rFonts w:eastAsia="MS Gothic"/>
             <w:noProof/>
           </w:rPr>
           <w:t>Desinfektionsrum</w:t>
         </w:r>
-        <w:r w:rsidR="00923585">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
-        <w:r w:rsidR="00923585">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
-        <w:r w:rsidR="00923585">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:instrText xml:space="preserve"> PAGEREF _Toc146281984 \h </w:instrText>
         </w:r>
-        <w:r w:rsidR="00923585">
-[...5 lines deleted...]
-        <w:r w:rsidR="00923585">
+        <w:r>
+          <w:rPr>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+        </w:r>
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
-        <w:r w:rsidR="00923585">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:t>19</w:t>
         </w:r>
-        <w:r w:rsidR="00923585">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w:rsidR="00923585" w:rsidP="00923585" w:rsidRDefault="00000000" w14:paraId="5919E7EC" w14:textId="73722F46">
+    <w:p w14:paraId="5919E7EC" w14:textId="73722F46" w:rsidR="00923585" w:rsidRDefault="00923585" w:rsidP="00923585">
       <w:pPr>
         <w:pStyle w:val="Innehll3"/>
         <w:rPr>
-          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:cstheme="minorBidi"/>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:noProof/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink w:history="1" w:anchor="_Toc146281985">
-        <w:r w:rsidRPr="007E1E76" w:rsidR="00923585">
+      <w:hyperlink w:anchor="_Toc146281985" w:history="1">
+        <w:r w:rsidRPr="007E1E76">
           <w:rPr>
             <w:rStyle w:val="Hyperlnk"/>
             <w:rFonts w:eastAsia="MS Gothic"/>
             <w:noProof/>
           </w:rPr>
           <w:t>Låneinstrument</w:t>
         </w:r>
-        <w:r w:rsidR="00923585">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
-        <w:r w:rsidR="00923585">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
-        <w:r w:rsidR="00923585">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:instrText xml:space="preserve"> PAGEREF _Toc146281985 \h </w:instrText>
         </w:r>
-        <w:r w:rsidR="00923585">
-[...5 lines deleted...]
-        <w:r w:rsidR="00923585">
+        <w:r>
+          <w:rPr>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+        </w:r>
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
-        <w:r w:rsidR="00923585">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:t>20</w:t>
         </w:r>
-        <w:r w:rsidR="00923585">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w:rsidR="00923585" w:rsidP="00923585" w:rsidRDefault="00000000" w14:paraId="51E32738" w14:textId="2F318500">
+    <w:p w14:paraId="51E32738" w14:textId="2F318500" w:rsidR="00923585" w:rsidRDefault="00923585" w:rsidP="00923585">
       <w:pPr>
         <w:pStyle w:val="Innehll3"/>
         <w:rPr>
-          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:cstheme="minorBidi"/>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:noProof/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink w:history="1" w:anchor="_Toc146281986">
-        <w:r w:rsidRPr="007E1E76" w:rsidR="00923585">
+      <w:hyperlink w:anchor="_Toc146281986" w:history="1">
+        <w:r w:rsidRPr="007E1E76">
           <w:rPr>
             <w:rStyle w:val="Hyperlnk"/>
             <w:rFonts w:eastAsia="MS Gothic"/>
             <w:noProof/>
           </w:rPr>
           <w:t>Packrum</w:t>
         </w:r>
-        <w:r w:rsidR="00923585">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
-        <w:r w:rsidR="00923585">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
-        <w:r w:rsidR="00923585">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:instrText xml:space="preserve"> PAGEREF _Toc146281986 \h </w:instrText>
         </w:r>
-        <w:r w:rsidR="00923585">
-[...5 lines deleted...]
-        <w:r w:rsidR="00923585">
+        <w:r>
+          <w:rPr>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+        </w:r>
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
-        <w:r w:rsidR="00923585">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:t>20</w:t>
         </w:r>
-        <w:r w:rsidR="00923585">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w:rsidR="00923585" w:rsidP="00923585" w:rsidRDefault="00000000" w14:paraId="12646B0F" w14:textId="7FCFB2EA">
+    <w:p w14:paraId="12646B0F" w14:textId="7FCFB2EA" w:rsidR="00923585" w:rsidRDefault="00923585" w:rsidP="00923585">
       <w:pPr>
         <w:pStyle w:val="Innehll3"/>
         <w:rPr>
-          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:cstheme="minorBidi"/>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:noProof/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink w:history="1" w:anchor="_Toc146281987">
-        <w:r w:rsidRPr="007E1E76" w:rsidR="00923585">
+      <w:hyperlink w:anchor="_Toc146281987" w:history="1">
+        <w:r w:rsidRPr="007E1E76">
           <w:rPr>
             <w:rStyle w:val="Hyperlnk"/>
             <w:rFonts w:eastAsia="MS Gothic"/>
             <w:noProof/>
           </w:rPr>
           <w:t>Arbetsgrupp</w:t>
         </w:r>
-        <w:r w:rsidR="00923585">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
-        <w:r w:rsidR="00923585">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
-        <w:r w:rsidR="00923585">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:instrText xml:space="preserve"> PAGEREF _Toc146281987 \h </w:instrText>
         </w:r>
-        <w:r w:rsidR="00923585">
-[...5 lines deleted...]
-        <w:r w:rsidR="00923585">
+        <w:r>
+          <w:rPr>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+        </w:r>
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
-        <w:r w:rsidR="00923585">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:t>20</w:t>
         </w:r>
-        <w:r w:rsidR="00923585">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w:rsidR="00923585" w:rsidP="00923585" w:rsidRDefault="00000000" w14:paraId="316BDE84" w14:textId="5D43547A">
+    <w:p w14:paraId="316BDE84" w14:textId="5D43547A" w:rsidR="00923585" w:rsidRDefault="00923585" w:rsidP="00923585">
       <w:pPr>
         <w:pStyle w:val="Innehll3"/>
         <w:rPr>
-          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:cstheme="minorBidi"/>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:noProof/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink w:history="1" w:anchor="_Toc146281988">
-        <w:r w:rsidRPr="007E1E76" w:rsidR="00923585">
+      <w:hyperlink w:anchor="_Toc146281988" w:history="1">
+        <w:r w:rsidRPr="007E1E76">
           <w:rPr>
             <w:rStyle w:val="Hyperlnk"/>
             <w:rFonts w:eastAsia="MS Gothic"/>
             <w:noProof/>
           </w:rPr>
           <w:t>Källförteckning</w:t>
         </w:r>
-        <w:r w:rsidR="00923585">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
-        <w:r w:rsidR="00923585">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
-        <w:r w:rsidR="00923585">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:instrText xml:space="preserve"> PAGEREF _Toc146281988 \h </w:instrText>
         </w:r>
-        <w:r w:rsidR="00923585">
-[...5 lines deleted...]
-        <w:r w:rsidR="00923585">
+        <w:r>
+          <w:rPr>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+        </w:r>
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
-        <w:r w:rsidR="00923585">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:t>22</w:t>
         </w:r>
-        <w:r w:rsidR="00923585">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w:rsidR="009A32ED" w:rsidP="00C42E30" w:rsidRDefault="00E54D4E" w14:paraId="72FC2833" w14:textId="0B761B61">
-[...1 lines deleted...]
-        <w:ind w:left="0"/>
+    <w:p w14:paraId="72FC2833" w14:textId="0B761B61" w:rsidR="009A32ED" w:rsidRDefault="00E54D4E" w:rsidP="00BD6A1F">
+      <w:pPr>
+        <w:pStyle w:val="Rubrik2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
-          <w:bCs/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r>
         <w:br w:type="page"/>
       </w:r>
-      <w:bookmarkStart w:name="_Toc100327186" w:id="5"/>
-[...1 lines deleted...]
-      <w:bookmarkStart w:name="_Toc146281922" w:id="7"/>
+      <w:bookmarkStart w:id="5" w:name="_Toc100327186"/>
+      <w:bookmarkStart w:id="6" w:name="_Toc106874289"/>
+      <w:bookmarkStart w:id="7" w:name="_Toc146281922"/>
       <w:bookmarkEnd w:id="4"/>
       <w:r w:rsidRPr="00D30494">
-        <w:rPr>
-[...2 lines deleted...]
-        </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t>S</w:t>
       </w:r>
-      <w:r w:rsidRPr="00D30494" w:rsidR="009A32ED">
-[...3 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidR="009A32ED" w:rsidRPr="00D30494">
         <w:t>yfte</w:t>
       </w:r>
       <w:bookmarkEnd w:id="5"/>
       <w:bookmarkEnd w:id="6"/>
       <w:bookmarkEnd w:id="7"/>
       <w:r w:rsidR="009A32ED">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidRPr="0043098F" w:rsidR="00E54D4E" w:rsidP="00E54D4E" w:rsidRDefault="00E54D4E" w14:paraId="04A97F15" w14:textId="77777777">
+    <w:p w14:paraId="04A97F15" w14:textId="77777777" w:rsidR="00E54D4E" w:rsidRPr="0043098F" w:rsidRDefault="00E54D4E" w:rsidP="00E54D4E">
       <w:r w:rsidRPr="0043098F">
         <w:t>Syftet med denna rutin är att förhindra smittspridning samt uppkomst av postoperativa infektioner.</w:t>
       </w:r>
       <w:r w:rsidRPr="00581787">
         <w:rPr>
           <w:rFonts w:ascii="Lato" w:hAnsi="Lato"/>
           <w:color w:val="1E1E1E"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidRPr="00D30494" w:rsidR="009A32ED" w:rsidP="00D30494" w:rsidRDefault="009A32ED" w14:paraId="4A4A81DA" w14:textId="5D6AB70B">
+    <w:p w14:paraId="4A4A81DA" w14:textId="5D6AB70B" w:rsidR="009A32ED" w:rsidRPr="00D30494" w:rsidRDefault="009A32ED" w:rsidP="00D30494">
       <w:pPr>
         <w:pStyle w:val="Rubrik3"/>
         <w:rPr>
           <w:sz w:val="40"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:name="_Toc100327187" w:id="8"/>
-[...1 lines deleted...]
-      <w:bookmarkStart w:name="_Toc146281923" w:id="10"/>
+      <w:bookmarkStart w:id="8" w:name="_Toc100327187"/>
+      <w:bookmarkStart w:id="9" w:name="_Toc106874290"/>
+      <w:bookmarkStart w:id="10" w:name="_Toc146281923"/>
       <w:r w:rsidRPr="00D30494">
         <w:rPr>
           <w:sz w:val="40"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>Förutsättningar</w:t>
       </w:r>
       <w:bookmarkEnd w:id="8"/>
       <w:bookmarkEnd w:id="9"/>
       <w:bookmarkEnd w:id="10"/>
     </w:p>
-    <w:p w:rsidR="00E54D4E" w:rsidP="00E54D4E" w:rsidRDefault="00E54D4E" w14:paraId="35FC3E5E" w14:textId="77777777">
+    <w:p w14:paraId="35FC3E5E" w14:textId="77777777" w:rsidR="00E54D4E" w:rsidRDefault="00E54D4E" w:rsidP="00E54D4E">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="1E1E1E"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00307E51">
         <w:rPr>
           <w:rFonts w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>Operation</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>-</w:t>
       </w:r>
@@ -4926,3561 +4901,3558 @@
           <w:rFonts w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>a</w:t>
       </w:r>
       <w:r w:rsidRPr="00307E51">
         <w:rPr>
           <w:rFonts w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve"> enheter </w:t>
       </w:r>
       <w:r w:rsidRPr="00307E51">
         <w:rPr>
           <w:rFonts w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="1E1E1E"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
         <w:t>omfattas av hygienklass 3 med särskilda krav på renhet och risknivå 3 med hög risk för smittöverföring till mottaglig individ.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidRPr="0014008D" w:rsidR="00E54D4E" w:rsidP="00E54D4E" w:rsidRDefault="00E54D4E" w14:paraId="4F292089" w14:textId="77777777">
+    <w:p w14:paraId="4F292089" w14:textId="77777777" w:rsidR="00E54D4E" w:rsidRPr="0014008D" w:rsidRDefault="00E54D4E" w:rsidP="00E54D4E">
       <w:r w:rsidRPr="0043098F">
         <w:t xml:space="preserve">Vid vård av patient i samband med operation </w:t>
       </w:r>
       <w:r>
         <w:t>ska</w:t>
       </w:r>
       <w:r w:rsidRPr="0043098F">
         <w:t xml:space="preserve"> basala hygienrutiner tillämpas av all personal för att förebygga uppkomsten av vårdrelaterade infektioner. Brister i aseptisk teknik och handhygien har visat sig leda till bakteriekontamination av bland annat intravaskulära infarter, trevägskranar, katetrar, laryngoskop och läkemedel och är associerat till ökad sjuklighet och dödlighet efter kirurgi. </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidRPr="0043098F" w:rsidR="00E54D4E" w:rsidP="00E54D4E" w:rsidRDefault="00E54D4E" w14:paraId="77D1FBE9" w14:textId="77777777">
+    <w:p w14:paraId="77D1FBE9" w14:textId="77777777" w:rsidR="00E54D4E" w:rsidRPr="0043098F" w:rsidRDefault="00E54D4E" w:rsidP="00E54D4E">
       <w:pPr>
         <w:rPr>
           <w:b/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="0043098F">
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>All personal ska ha kunskap om och tillämpa rutiner enligt Basal hygien SOSFS 2015:10</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
       <w:r w:rsidRPr="0043098F">
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00E54D4E" w:rsidP="00E54D4E" w:rsidRDefault="00E54D4E" w14:paraId="4DBA192C" w14:textId="77777777">
+    <w:p w14:paraId="4DBA192C" w14:textId="77777777" w:rsidR="00E54D4E" w:rsidRDefault="00E54D4E" w:rsidP="00E54D4E">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Följ </w:t>
       </w:r>
-      <w:hyperlink w:history="1" r:id="rId8">
+      <w:hyperlink r:id="rId12" w:history="1">
         <w:r w:rsidRPr="001F5E7A">
           <w:rPr>
             <w:rStyle w:val="Hyperlnk"/>
           </w:rPr>
-          <w:t>Vårdhandbokens</w:t>
-[...11 lines deleted...]
-          <w:t>instruktioner om personalföreskrifter på operationsavdelning</w:t>
+          <w:t>Vårdhandbokens instruktioner om personalföreskrifter på operationsavdelning</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:t>, utöver detta ges följande rekommendationer:</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidRPr="00D30494" w:rsidR="008A14D9" w:rsidP="00D30494" w:rsidRDefault="008A14D9" w14:paraId="724D25AC" w14:textId="329C80D3">
+    <w:p w14:paraId="724D25AC" w14:textId="329C80D3" w:rsidR="008A14D9" w:rsidRPr="00D30494" w:rsidRDefault="008A14D9" w:rsidP="00D30494">
       <w:pPr>
         <w:pStyle w:val="Rubrik3"/>
         <w:rPr>
           <w:sz w:val="40"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:name="_Toc146281924" w:id="11"/>
+      <w:bookmarkStart w:id="11" w:name="_Toc146281924"/>
       <w:r w:rsidRPr="00D30494">
         <w:rPr>
           <w:sz w:val="40"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>Ansvar</w:t>
       </w:r>
       <w:bookmarkEnd w:id="11"/>
     </w:p>
-    <w:p w:rsidRPr="00D30494" w:rsidR="008A14D9" w:rsidP="00D30494" w:rsidRDefault="008A14D9" w14:paraId="10171A0A" w14:textId="77777777">
+    <w:p w14:paraId="10171A0A" w14:textId="77777777" w:rsidR="008A14D9" w:rsidRPr="00D30494" w:rsidRDefault="008A14D9" w:rsidP="00D30494">
       <w:pPr>
         <w:pStyle w:val="Rubrik2"/>
         <w:rPr>
           <w:sz w:val="36"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:name="_Toc146281925" w:id="12"/>
+      <w:bookmarkStart w:id="12" w:name="_Toc146281925"/>
       <w:r w:rsidRPr="00D30494">
         <w:rPr>
           <w:sz w:val="36"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Vårdgivaren är enligt</w:t>
       </w:r>
       <w:bookmarkEnd w:id="12"/>
       <w:r w:rsidRPr="00D30494">
         <w:rPr>
           <w:sz w:val="36"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidRPr="0043098F" w:rsidR="008A14D9" w:rsidP="008A14D9" w:rsidRDefault="008A14D9" w14:paraId="73F65F55" w14:textId="77777777">
+    <w:p w14:paraId="73F65F55" w14:textId="77777777" w:rsidR="008A14D9" w:rsidRPr="0043098F" w:rsidRDefault="008A14D9" w:rsidP="008A14D9">
       <w:pPr>
         <w:pStyle w:val="Punktlista"/>
       </w:pPr>
       <w:r w:rsidRPr="0043098F">
         <w:t xml:space="preserve">Hälso- och sjukvårdslagen (2017:30 kap 5) 1 § skyldig att erbjuda vård med god hygienisk standard. </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidRPr="0043098F" w:rsidR="008A14D9" w:rsidP="008A14D9" w:rsidRDefault="008A14D9" w14:paraId="4DB43C56" w14:textId="77777777">
+    <w:p w14:paraId="4DB43C56" w14:textId="77777777" w:rsidR="008A14D9" w:rsidRPr="0043098F" w:rsidRDefault="008A14D9" w:rsidP="008A14D9">
       <w:pPr>
         <w:pStyle w:val="Punktlista"/>
       </w:pPr>
       <w:r w:rsidRPr="0043098F">
         <w:t xml:space="preserve">Patientsäkerhetslagen (2010:659 kap 3) skyldig att bedriva ett systematiskt patientsäkerhetsarbete. </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidRPr="0043098F" w:rsidR="008A14D9" w:rsidP="008A14D9" w:rsidRDefault="008A14D9" w14:paraId="167B7DD8" w14:textId="77777777">
+    <w:p w14:paraId="167B7DD8" w14:textId="77777777" w:rsidR="008A14D9" w:rsidRPr="0043098F" w:rsidRDefault="008A14D9" w:rsidP="008A14D9">
       <w:pPr>
         <w:pStyle w:val="Punktlista"/>
       </w:pPr>
       <w:r>
         <w:t>Socialstyrelsens föreskrifter och allmänna råd (</w:t>
       </w:r>
       <w:r w:rsidRPr="0043098F">
         <w:t>SOSFS 2011:9</w:t>
       </w:r>
       <w:r>
         <w:t>)</w:t>
       </w:r>
       <w:r w:rsidRPr="0043098F">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">om ledningssystem för ett systematiskt kvalitetsarbete </w:t>
       </w:r>
       <w:r w:rsidRPr="0043098F">
         <w:t xml:space="preserve">skyldig att upprätthålla ledningssystem för kvalitet och patientsäkerhet i hälso- och sjukvården. </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidRPr="00D30494" w:rsidR="008A14D9" w:rsidP="00D30494" w:rsidRDefault="008A14D9" w14:paraId="10EB7816" w14:textId="77777777">
+    <w:p w14:paraId="10EB7816" w14:textId="77777777" w:rsidR="008A14D9" w:rsidRPr="00D30494" w:rsidRDefault="008A14D9" w:rsidP="00D30494">
       <w:pPr>
         <w:pStyle w:val="Rubrik2"/>
         <w:rPr>
           <w:sz w:val="36"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:name="_Toc146281926" w:id="13"/>
+      <w:bookmarkStart w:id="13" w:name="_Toc146281926"/>
       <w:r w:rsidRPr="00D30494">
         <w:rPr>
           <w:sz w:val="36"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Ledningens ansvar</w:t>
       </w:r>
       <w:bookmarkEnd w:id="13"/>
       <w:r w:rsidRPr="00D30494">
         <w:rPr>
           <w:sz w:val="36"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidRPr="0043098F" w:rsidR="008A14D9" w:rsidP="008A14D9" w:rsidRDefault="008A14D9" w14:paraId="3555D012" w14:textId="77777777">
+    <w:p w14:paraId="3555D012" w14:textId="77777777" w:rsidR="008A14D9" w:rsidRPr="0043098F" w:rsidRDefault="008A14D9" w:rsidP="008A14D9">
       <w:pPr>
         <w:pStyle w:val="Punktlista"/>
       </w:pPr>
       <w:r w:rsidRPr="0043098F">
         <w:t xml:space="preserve">Arbetsgivaren har enligt lag skyldighet att tillhandahålla utrustning och material som möjliggör en säker arbetsmiljö och en säker miljö för patienterna. </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="008A14D9" w:rsidP="008A14D9" w:rsidRDefault="008A14D9" w14:paraId="381C1B7B" w14:textId="4C736CC0">
+    <w:p w14:paraId="381C1B7B" w14:textId="4C736CC0" w:rsidR="008A14D9" w:rsidRDefault="008A14D9" w:rsidP="008A14D9">
       <w:pPr>
         <w:pStyle w:val="Punktlista"/>
       </w:pPr>
       <w:r w:rsidRPr="0043098F">
         <w:t xml:space="preserve">Ledningen har ansvar över att utrustning och material finns i tillräcklig mängd, används på rätt sätt och i rätt situation. </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidRPr="00D30494" w:rsidR="008A14D9" w:rsidP="00D30494" w:rsidRDefault="008A14D9" w14:paraId="78859E08" w14:textId="77777777">
+    <w:p w14:paraId="78859E08" w14:textId="77777777" w:rsidR="008A14D9" w:rsidRPr="00D30494" w:rsidRDefault="008A14D9" w:rsidP="00D30494">
       <w:pPr>
         <w:pStyle w:val="Rubrik2"/>
         <w:rPr>
           <w:sz w:val="36"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:name="_Toc146281927" w:id="14"/>
+      <w:bookmarkStart w:id="14" w:name="_Toc146281927"/>
       <w:r w:rsidRPr="00D30494">
         <w:rPr>
           <w:sz w:val="36"/>
           <w:szCs w:val="24"/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t>Den anställdes ansvar</w:t>
       </w:r>
       <w:bookmarkEnd w:id="14"/>
       <w:r w:rsidRPr="00D30494">
         <w:rPr>
           <w:sz w:val="36"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidRPr="0043098F" w:rsidR="00A2529B" w:rsidP="00A2529B" w:rsidRDefault="00A2529B" w14:paraId="742E6B8A" w14:textId="77777777">
+    <w:p w14:paraId="742E6B8A" w14:textId="77777777" w:rsidR="00A2529B" w:rsidRPr="0043098F" w:rsidRDefault="00A2529B" w:rsidP="00A2529B">
       <w:pPr>
         <w:pStyle w:val="Punktlista"/>
       </w:pPr>
       <w:r w:rsidRPr="0043098F">
         <w:t xml:space="preserve">Den anställde är enligt lagen skyldig att följa gällande föreskrifter samt använda den personliga skyddsutrustning som krävs. </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00A2529B" w:rsidP="00A2529B" w:rsidRDefault="00A2529B" w14:paraId="33E08744" w14:textId="77777777">
+    <w:p w14:paraId="33E08744" w14:textId="77777777" w:rsidR="00A2529B" w:rsidRDefault="00A2529B" w:rsidP="00A2529B">
       <w:pPr>
         <w:pStyle w:val="Punktlista"/>
       </w:pPr>
       <w:r w:rsidRPr="0043098F">
         <w:t xml:space="preserve">Personal som använder operationsavdelningens lokaler omfattas av dokumentets riktlinjer. </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00A2529B" w:rsidP="00A2529B" w:rsidRDefault="00A2529B" w14:paraId="47B2188A" w14:textId="77777777">
+    <w:p w14:paraId="47B2188A" w14:textId="77777777" w:rsidR="00A2529B" w:rsidRDefault="00A2529B" w:rsidP="00A2529B">
       <w:pPr>
         <w:pStyle w:val="Punktlista"/>
       </w:pPr>
       <w:r w:rsidRPr="0043098F">
         <w:t>Respektive verksamhetschef är ansvarig för att denna rutin är känd och följs av alla medarbetare.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00A2529B" w:rsidP="00A2529B" w:rsidRDefault="00A2529B" w14:paraId="4CF24A82" w14:textId="1B2E0744">
+    <w:p w14:paraId="4CF24A82" w14:textId="1B2E0744" w:rsidR="00A2529B" w:rsidRDefault="00A2529B" w:rsidP="00A2529B">
       <w:pPr>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00A2529B">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>Dessa regler behöver tillämpas och anpassas till lokala förhållanden och situationer, som är specifika för varje enhet med opererande verksamhet på SkaS.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidRPr="00D30494" w:rsidR="00887645" w:rsidP="00D30494" w:rsidRDefault="00887645" w14:paraId="27060F65" w14:textId="2A07F49B">
+    <w:p w14:paraId="27060F65" w14:textId="2A07F49B" w:rsidR="00887645" w:rsidRPr="00D30494" w:rsidRDefault="00887645" w:rsidP="00D30494">
       <w:pPr>
         <w:pStyle w:val="Rubrik3"/>
         <w:rPr>
           <w:sz w:val="40"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:name="_Toc146281928" w:id="15"/>
+      <w:bookmarkStart w:id="15" w:name="_Toc146281928"/>
       <w:r w:rsidRPr="00D30494">
         <w:rPr>
           <w:sz w:val="40"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>Avsteg</w:t>
       </w:r>
       <w:bookmarkEnd w:id="15"/>
     </w:p>
-    <w:p w:rsidR="00887645" w:rsidP="00887645" w:rsidRDefault="00887645" w14:paraId="3D7FBBDD" w14:textId="5523B90D">
+    <w:p w14:paraId="3D7FBBDD" w14:textId="5523B90D" w:rsidR="00887645" w:rsidRDefault="00887645" w:rsidP="00887645">
       <w:r w:rsidRPr="00F93296">
         <w:t>Vid akut/</w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00F93296">
         <w:t>urakut</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00F93296">
         <w:t xml:space="preserve"> patient, där det medicinskt bedöms att det är överordnat att snabbt starta operationen, görs undantag från denna rutin. Avsteg från rutinen ska dokumenteras i Melior/</w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00F93296">
         <w:t>Orbit</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00F93296">
         <w:t xml:space="preserve">. I verksamhet där </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00F93296">
         <w:t>urakuta</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00F93296">
         <w:t xml:space="preserve"> ingrepp är en återkommande företeelse, exempelvis </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00F93296">
         <w:t>urakuta</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00F93296">
         <w:t xml:space="preserve"> snitt, behöver inte avsteg dokumenteras i Melior.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidRPr="00D30494" w:rsidR="00887645" w:rsidP="00D30494" w:rsidRDefault="00887645" w14:paraId="60BF4ABE" w14:textId="4F51943B">
+    <w:p w14:paraId="60BF4ABE" w14:textId="4F51943B" w:rsidR="00887645" w:rsidRPr="00D30494" w:rsidRDefault="00887645" w:rsidP="00D30494">
       <w:pPr>
         <w:pStyle w:val="Rubrik3"/>
         <w:rPr>
           <w:sz w:val="40"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:name="_Toc146281929" w:id="16"/>
+      <w:bookmarkStart w:id="16" w:name="_Toc146281929"/>
       <w:r w:rsidRPr="00D30494">
         <w:rPr>
           <w:sz w:val="40"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>Teamarbete och kommunikation</w:t>
       </w:r>
       <w:bookmarkEnd w:id="16"/>
       <w:r w:rsidRPr="00D30494">
         <w:rPr>
           <w:sz w:val="40"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidRPr="00771F34" w:rsidR="00887645" w:rsidP="00887645" w:rsidRDefault="00887645" w14:paraId="10606E2E" w14:textId="77777777">
+    <w:p w14:paraId="10606E2E" w14:textId="77777777" w:rsidR="00887645" w:rsidRPr="00771F34" w:rsidRDefault="00887645" w:rsidP="00887645">
       <w:r w:rsidRPr="0091010D">
         <w:t>Operationsmiljön räknas som en komplex högriskmiljö där flera professioner med olika utbildning, kunskapsområden och mål arbetar tillsammans i en högteknologisk miljö. God kommunikation och ett välfungerande teamarbete mellan de olika professionerna leder till färre misstag, kortare operationstider och ökad säkerhet. Teamarbete som involverar alla yrkeskategorier har alltså mycket stor betydelse för att förhindra uppkomsten av allvarliga och avvikande händelser. En grundläggande förutsättning för interprofessionella välfungerande team är ömsesidig respekt för varandra och varandras kompetenser.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidRPr="00D30494" w:rsidR="00887645" w:rsidP="00D30494" w:rsidRDefault="00887645" w14:paraId="12B36D4E" w14:textId="77777777">
+    <w:p w14:paraId="12B36D4E" w14:textId="77777777" w:rsidR="00887645" w:rsidRPr="00D30494" w:rsidRDefault="00887645" w:rsidP="00D30494">
       <w:pPr>
         <w:pStyle w:val="Rubrik3"/>
         <w:rPr>
           <w:sz w:val="40"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:name="_Toc146281930" w:id="17"/>
+      <w:bookmarkStart w:id="17" w:name="_Toc146281930"/>
       <w:r w:rsidRPr="00D30494">
         <w:rPr>
           <w:sz w:val="40"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>Patientnära och vårdrelaterat arbete</w:t>
       </w:r>
       <w:bookmarkEnd w:id="17"/>
       <w:r w:rsidRPr="00D30494">
         <w:rPr>
           <w:sz w:val="40"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">  </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidRPr="007979E2" w:rsidR="00887645" w:rsidP="00887645" w:rsidRDefault="00000000" w14:paraId="0874F420" w14:textId="77777777">
-[...4 lines deleted...]
-        <w:r w:rsidRPr="0082657D" w:rsidR="00887645">
+    <w:p w14:paraId="4AF0F101" w14:textId="0FDA8E3C" w:rsidR="009B60A0" w:rsidRPr="002706AF" w:rsidRDefault="002706AF" w:rsidP="002706AF">
+      <w:pPr>
+        <w:pStyle w:val="Punktlista"/>
+        <w:rPr>
+          <w:u w:val="single"/>
+        </w:rPr>
+      </w:pPr>
+      <w:hyperlink r:id="rId13" w:history="1">
+        <w:r w:rsidRPr="00592DE5">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlnk"/>
+          </w:rPr>
+          <w:t>Basala hygienrutiner och klädregler Vårdhandboken</w:t>
+        </w:r>
+      </w:hyperlink>
+    </w:p>
+    <w:p w14:paraId="09C6183D" w14:textId="2BCF4E05" w:rsidR="00887645" w:rsidRPr="007979E2" w:rsidRDefault="00887645" w:rsidP="00887645">
+      <w:pPr>
+        <w:pStyle w:val="Punktlista"/>
+      </w:pPr>
+      <w:hyperlink r:id="rId14" w:history="1">
+        <w:r w:rsidRPr="0082657D">
           <w:rPr>
             <w:rStyle w:val="Hyperlnk"/>
             <w:rFonts w:cs="Arial"/>
           </w:rPr>
-          <w:t>Basal hygien och klädregler</w:t>
+          <w:t>Operationssjukvård</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidRPr="007979E2" w:rsidR="00887645">
-[...19 lines deleted...]
-      <w:r w:rsidRPr="007979E2" w:rsidR="00887645">
+      <w:r w:rsidRPr="007979E2">
         <w:rPr>
           <w:rStyle w:val="Hyperlnk"/>
           <w:rFonts w:cs="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve"> (Vårdhandboken)</w:t>
       </w:r>
-      <w:r w:rsidRPr="007979E2" w:rsidR="00887645">
+      <w:r w:rsidRPr="007979E2">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00887645" w:rsidP="00887645" w:rsidRDefault="00000000" w14:paraId="0F9CA0DF" w14:textId="77777777">
-[...4 lines deleted...]
-        <w:r w:rsidRPr="00795C01" w:rsidR="00887645">
+    <w:p w14:paraId="0F9CA0DF" w14:textId="71E425C7" w:rsidR="00887645" w:rsidRDefault="0006216E" w:rsidP="00887645">
+      <w:pPr>
+        <w:pStyle w:val="Punktlista"/>
+      </w:pPr>
+      <w:hyperlink r:id="rId15" w:history="1">
+        <w:r w:rsidR="00887645" w:rsidRPr="0006216E">
           <w:rPr>
             <w:rStyle w:val="Hyperlnk"/>
             <w:rFonts w:cs="Arial"/>
           </w:rPr>
           <w:t>Punktdesinfektion</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidRPr="00795C01" w:rsidR="00887645">
+      <w:r w:rsidR="00887645" w:rsidRPr="00795C01">
         <w:t xml:space="preserve"> (Vårdhandboken) </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidRPr="00EF662D" w:rsidR="00887645" w:rsidP="00887645" w:rsidRDefault="00000000" w14:paraId="06D45425" w14:textId="77777777">
-[...4 lines deleted...]
-        <w:r w:rsidRPr="00D83E26" w:rsidR="00887645">
+    <w:p w14:paraId="06D45425" w14:textId="77777777" w:rsidR="00887645" w:rsidRPr="00EF662D" w:rsidRDefault="00887645" w:rsidP="00887645">
+      <w:pPr>
+        <w:pStyle w:val="Punktlista"/>
+      </w:pPr>
+      <w:hyperlink r:id="rId16" w:history="1">
+        <w:r w:rsidRPr="00D83E26">
           <w:rPr>
             <w:rStyle w:val="Hyperlnk"/>
             <w:rFonts w:cs="Calibri"/>
             <w:kern w:val="36"/>
           </w:rPr>
           <w:t>Stick- och skärskador samt exponering med risk för blodburen smitta hos personal </w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidRPr="00D83E26" w:rsidR="00887645">
+      <w:r w:rsidRPr="00D83E26">
         <w:rPr>
           <w:rFonts w:cs="Calibri"/>
           <w:kern w:val="36"/>
         </w:rPr>
         <w:t>(Vårdhandboken)</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00887645" w:rsidP="00887645" w:rsidRDefault="00000000" w14:paraId="1AACCDB6" w14:textId="77777777">
-[...4 lines deleted...]
-        <w:r w:rsidRPr="00A01726" w:rsidR="00887645">
+    <w:p w14:paraId="1AACCDB6" w14:textId="77777777" w:rsidR="00887645" w:rsidRDefault="00887645" w:rsidP="00887645">
+      <w:pPr>
+        <w:pStyle w:val="Punktlista"/>
+      </w:pPr>
+      <w:hyperlink r:id="rId17" w:history="1">
+        <w:r w:rsidRPr="00A01726">
           <w:rPr>
             <w:rStyle w:val="Hyperlnk"/>
           </w:rPr>
           <w:t>Stick- och skärskador samt exponering med risk för blodburen smitta</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidR="00887645">
+      <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="007979E2" w:rsidR="00887645">
+      <w:r w:rsidRPr="007979E2">
         <w:t>(Rutin för SkaS</w:t>
       </w:r>
-      <w:r w:rsidR="00887645">
+      <w:r>
         <w:t>)</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidRPr="00D30494" w:rsidR="00887645" w:rsidP="00D30494" w:rsidRDefault="00887645" w14:paraId="4B5A31E8" w14:textId="1E2D9D45">
+    <w:p w14:paraId="4B5A31E8" w14:textId="1E2D9D45" w:rsidR="00887645" w:rsidRPr="00D30494" w:rsidRDefault="00887645" w:rsidP="00D30494">
       <w:pPr>
         <w:pStyle w:val="Rubrik3"/>
         <w:rPr>
           <w:sz w:val="40"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:name="_Toc146281931" w:id="18"/>
+      <w:bookmarkStart w:id="18" w:name="_Toc146281931"/>
       <w:r w:rsidRPr="00D30494">
         <w:rPr>
           <w:sz w:val="40"/>
           <w:szCs w:val="28"/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t>Klädsel och skyddsutrustning</w:t>
       </w:r>
       <w:bookmarkEnd w:id="18"/>
       <w:r w:rsidRPr="00D30494">
         <w:rPr>
           <w:sz w:val="40"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidRPr="00D30494" w:rsidR="00887645" w:rsidP="00D30494" w:rsidRDefault="00887645" w14:paraId="1EA08648" w14:textId="77777777">
+    <w:p w14:paraId="1EA08648" w14:textId="77777777" w:rsidR="00887645" w:rsidRPr="00D30494" w:rsidRDefault="00887645" w:rsidP="00D30494">
       <w:pPr>
         <w:pStyle w:val="Rubrik2"/>
         <w:rPr>
           <w:sz w:val="36"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:name="_Toc146281932" w:id="19"/>
+      <w:bookmarkStart w:id="19" w:name="_Toc146281932"/>
       <w:r w:rsidRPr="00D30494">
         <w:rPr>
           <w:sz w:val="36"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Arbetsdräkt</w:t>
       </w:r>
       <w:bookmarkEnd w:id="19"/>
     </w:p>
-    <w:p w:rsidRPr="0043098F" w:rsidR="00887645" w:rsidP="00887645" w:rsidRDefault="00887645" w14:paraId="7041CCE5" w14:textId="77777777">
+    <w:p w14:paraId="7041CCE5" w14:textId="77777777" w:rsidR="00887645" w:rsidRPr="0043098F" w:rsidRDefault="00887645" w:rsidP="00887645">
       <w:pPr>
         <w:pStyle w:val="Punktlista"/>
       </w:pPr>
       <w:r w:rsidRPr="0043098F">
         <w:t>Händer ska desinfekteras innan hantering av arbetsdräkt.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidRPr="0043098F" w:rsidR="00887645" w:rsidP="00887645" w:rsidRDefault="00887645" w14:paraId="275E55A5" w14:textId="77777777">
+    <w:p w14:paraId="275E55A5" w14:textId="77777777" w:rsidR="00887645" w:rsidRPr="0043098F" w:rsidRDefault="00887645" w:rsidP="00887645">
       <w:pPr>
         <w:pStyle w:val="Punktlista"/>
       </w:pPr>
       <w:r>
         <w:t>S</w:t>
       </w:r>
       <w:r w:rsidRPr="0043098F">
         <w:t xml:space="preserve">ka förvaras och hanteras så att renhetsgraden bibehålls. </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00887645" w:rsidP="00887645" w:rsidRDefault="00887645" w14:paraId="69085682" w14:textId="77777777">
+    <w:p w14:paraId="69085682" w14:textId="77777777" w:rsidR="00887645" w:rsidRDefault="00887645" w:rsidP="00887645">
       <w:pPr>
         <w:pStyle w:val="Punktlista"/>
       </w:pPr>
       <w:r>
         <w:t>F</w:t>
       </w:r>
       <w:r w:rsidRPr="0043098F">
         <w:t>år inte förvaras i privat klädskåp eller tillsammans med</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="0043098F">
         <w:t>privata kläder som kan kontaminera arbetsdräkten.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00887645" w:rsidP="00887645" w:rsidRDefault="00887645" w14:paraId="7FEBA292" w14:textId="77777777">
+    <w:p w14:paraId="7FEBA292" w14:textId="77777777" w:rsidR="00887645" w:rsidRDefault="00887645" w:rsidP="00887645">
       <w:pPr>
         <w:pStyle w:val="Punktlista"/>
       </w:pPr>
       <w:r w:rsidRPr="0043098F">
         <w:t>Arbetsdräkten är avdelningsbunden.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00887645" w:rsidP="00887645" w:rsidRDefault="00887645" w14:paraId="0DC8CA15" w14:textId="77777777">
+    <w:p w14:paraId="0DC8CA15" w14:textId="77777777" w:rsidR="00887645" w:rsidRDefault="00887645" w:rsidP="00887645">
       <w:pPr>
         <w:pStyle w:val="Punktlista"/>
       </w:pPr>
       <w:r>
         <w:t>S</w:t>
       </w:r>
       <w:r w:rsidRPr="0043098F">
         <w:t xml:space="preserve">ka bytas dagligen och om den blivit våt eller förorenad. </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00887645" w:rsidP="00887645" w:rsidRDefault="00887645" w14:paraId="6AFD31A9" w14:textId="77777777">
+    <w:p w14:paraId="6AFD31A9" w14:textId="77777777" w:rsidR="00887645" w:rsidRDefault="00887645" w:rsidP="00887645">
       <w:pPr>
         <w:pStyle w:val="Punktlista"/>
       </w:pPr>
       <w:r w:rsidRPr="00673C07">
         <w:rPr>
           <w:rFonts w:cs="Calibri"/>
           <w:color w:val="1E1E1E"/>
         </w:rPr>
         <w:t>Ska skyddas vid patientnära arbete (använd alltid engångs plastförkläde).</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidRPr="00673C07" w:rsidR="00887645" w:rsidP="00887645" w:rsidRDefault="00887645" w14:paraId="0E671CC7" w14:textId="77777777">
+    <w:p w14:paraId="0E671CC7" w14:textId="77777777" w:rsidR="00887645" w:rsidRPr="00673C07" w:rsidRDefault="00887645" w:rsidP="00887645">
       <w:pPr>
         <w:pStyle w:val="Punktlista"/>
       </w:pPr>
       <w:r w:rsidRPr="00673C07">
         <w:rPr>
           <w:rFonts w:cs="Calibri"/>
           <w:color w:val="1E1E1E"/>
         </w:rPr>
         <w:t>Ska vid korta tjänsteärenden utanför operationsavdelningen skyddas från kontamination.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00887645" w:rsidP="00887645" w:rsidRDefault="00887645" w14:paraId="24C7C5DA" w14:textId="77777777">
+    <w:p w14:paraId="24C7C5DA" w14:textId="77777777" w:rsidR="00887645" w:rsidRDefault="00887645" w:rsidP="00887645">
       <w:pPr>
         <w:pStyle w:val="Punktlista"/>
       </w:pPr>
       <w:r w:rsidRPr="00F32E77">
         <w:t>Frysrock med kort ärm/</w:t>
       </w:r>
       <w:r>
         <w:t>V</w:t>
       </w:r>
       <w:r w:rsidRPr="00F32E77">
         <w:t xml:space="preserve">äst används </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">inte </w:t>
       </w:r>
       <w:r w:rsidRPr="00F32E77">
         <w:t xml:space="preserve">i patientnära arbete. </w:t>
       </w:r>
       <w:r>
         <w:t>B</w:t>
       </w:r>
       <w:r w:rsidRPr="00F32E77">
         <w:t>yts dagligen</w:t>
       </w:r>
       <w:r w:rsidRPr="00F56E33">
         <w:rPr>
           <w:i/>
           <w:iCs/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00F32E77">
         <w:t xml:space="preserve">samt vid behov. </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00887645" w:rsidP="00887645" w:rsidRDefault="00887645" w14:paraId="1EFE0195" w14:textId="7F3918DB">
+    <w:p w14:paraId="1EFE0195" w14:textId="7F3918DB" w:rsidR="00887645" w:rsidRDefault="00887645" w:rsidP="00887645">
       <w:pPr>
         <w:pStyle w:val="Punktlista"/>
       </w:pPr>
       <w:r w:rsidRPr="00602193">
         <w:t>Arbetsbyxor får ej dras upp utan ska vara i sin fulla längd. Strumpor ska användas i syfte att täcka fötterna.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidRPr="00D30494" w:rsidR="00887645" w:rsidP="00D30494" w:rsidRDefault="00887645" w14:paraId="76339C8C" w14:textId="02BFB25E">
+    <w:p w14:paraId="76339C8C" w14:textId="02BFB25E" w:rsidR="00887645" w:rsidRPr="00D30494" w:rsidRDefault="00887645" w:rsidP="00D30494">
       <w:pPr>
         <w:pStyle w:val="Rubrik2"/>
         <w:rPr>
           <w:sz w:val="36"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:name="_Toc146281933" w:id="20"/>
+      <w:bookmarkStart w:id="20" w:name="_Toc146281933"/>
       <w:r w:rsidRPr="00D30494">
         <w:rPr>
           <w:sz w:val="36"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Mössa/ Hjälm med dok</w:t>
       </w:r>
       <w:bookmarkEnd w:id="20"/>
     </w:p>
-    <w:p w:rsidRPr="0043098F" w:rsidR="00887645" w:rsidP="00887645" w:rsidRDefault="00887645" w14:paraId="5C8350AC" w14:textId="77777777">
+    <w:p w14:paraId="5C8350AC" w14:textId="77777777" w:rsidR="00887645" w:rsidRPr="0043098F" w:rsidRDefault="00887645" w:rsidP="00887645">
       <w:pPr>
         <w:pStyle w:val="Punktlista"/>
       </w:pPr>
       <w:r w:rsidRPr="0043098F">
         <w:t>Mössa</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> eller hjälm med dok </w:t>
       </w:r>
       <w:r w:rsidRPr="0043098F">
         <w:t xml:space="preserve">ska bäras av all personal och allt hår samt skägg skall täckas. </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidRPr="0043098F" w:rsidR="00887645" w:rsidP="00887645" w:rsidRDefault="00887645" w14:paraId="34BABCFD" w14:textId="77777777">
+    <w:p w14:paraId="34BABCFD" w14:textId="77777777" w:rsidR="00887645" w:rsidRPr="0043098F" w:rsidRDefault="00887645" w:rsidP="00887645">
       <w:pPr>
         <w:pStyle w:val="Punktlista"/>
       </w:pPr>
       <w:r w:rsidRPr="0043098F">
         <w:t xml:space="preserve">Huvudduk och slöja likställs med eget hår och ska därmed täckas </w:t>
       </w:r>
       <w:r>
         <w:t>utav</w:t>
       </w:r>
       <w:r w:rsidRPr="0043098F">
         <w:t xml:space="preserve"> hjälm med dok som stoppas in under arbetsdräkten. </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00887645" w:rsidP="00887645" w:rsidRDefault="00887645" w14:paraId="7AF0FBF7" w14:textId="77777777">
+    <w:p w14:paraId="7AF0FBF7" w14:textId="77777777" w:rsidR="00887645" w:rsidRDefault="00887645" w:rsidP="00887645">
       <w:pPr>
         <w:pStyle w:val="Punktlista"/>
       </w:pPr>
       <w:r w:rsidRPr="0043098F">
         <w:t xml:space="preserve">Sterilklädd personal samt personal på </w:t>
       </w:r>
       <w:r>
         <w:t>steriltekniska enheten</w:t>
       </w:r>
       <w:r w:rsidRPr="0043098F">
         <w:t xml:space="preserve"> ska använda</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="0043098F">
         <w:t>hjälm med dok instoppat under arbetsdräkten.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00887645" w:rsidP="00887645" w:rsidRDefault="00887645" w14:paraId="09FF2C91" w14:textId="77777777">
+    <w:p w14:paraId="09FF2C91" w14:textId="77777777" w:rsidR="00887645" w:rsidRDefault="00887645" w:rsidP="00887645">
       <w:pPr>
         <w:pStyle w:val="Punktlista"/>
       </w:pPr>
       <w:r w:rsidRPr="0043098F">
         <w:t>Vid infektionskänslig kirurgi ska hjälm med dok instoppat under arbetsdräkten användas av all personal på salen.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidRPr="00D30494" w:rsidR="00887645" w:rsidP="00D30494" w:rsidRDefault="00887645" w14:paraId="315BAED9" w14:textId="77777777">
+    <w:p w14:paraId="315BAED9" w14:textId="77777777" w:rsidR="00887645" w:rsidRPr="00D30494" w:rsidRDefault="00887645" w:rsidP="00D30494">
       <w:pPr>
         <w:pStyle w:val="Rubrik2"/>
         <w:rPr>
           <w:sz w:val="36"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:name="_Toc146281934" w:id="21"/>
+      <w:bookmarkStart w:id="21" w:name="_Toc146281934"/>
       <w:r w:rsidRPr="00D30494">
         <w:rPr>
           <w:sz w:val="36"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Arbetsskor</w:t>
       </w:r>
       <w:bookmarkEnd w:id="21"/>
     </w:p>
-    <w:p w:rsidR="00887645" w:rsidP="00F136C0" w:rsidRDefault="00887645" w14:paraId="254F8563" w14:textId="77777777">
+    <w:p w14:paraId="254F8563" w14:textId="77777777" w:rsidR="00887645" w:rsidRDefault="00887645" w:rsidP="00F136C0">
       <w:pPr>
         <w:pStyle w:val="Punktlista"/>
       </w:pPr>
       <w:r w:rsidRPr="0043098F">
         <w:t>Arbetsskor med hel ovansida används för att skydda fötterna mot stänk och skärskador.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00887645" w:rsidP="00F136C0" w:rsidRDefault="00887645" w14:paraId="76BCF689" w14:textId="77777777">
+    <w:p w14:paraId="76BCF689" w14:textId="77777777" w:rsidR="00887645" w:rsidRDefault="00887645" w:rsidP="00F136C0">
       <w:pPr>
         <w:pStyle w:val="Punktlista"/>
       </w:pPr>
       <w:r w:rsidRPr="0043098F">
         <w:t xml:space="preserve">Arbetsskor ska vara rena och får inte användas utomhus. Skorna ska rengöras och desinfekteras vid </w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
       <w:r w:rsidRPr="0043098F">
         <w:t>t.ex.</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
       <w:r w:rsidRPr="0043098F">
         <w:t xml:space="preserve"> förorening av blod och övriga</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="0043098F">
         <w:t>kroppsvätskor.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00887645" w:rsidP="00F136C0" w:rsidRDefault="00887645" w14:paraId="4A4AE23A" w14:textId="77777777">
+    <w:p w14:paraId="4A4AE23A" w14:textId="77777777" w:rsidR="00887645" w:rsidRDefault="00887645" w:rsidP="00F136C0">
       <w:pPr>
         <w:pStyle w:val="Punktlista"/>
       </w:pPr>
       <w:r w:rsidRPr="0043098F">
         <w:t xml:space="preserve">Händer ska desinfekteras efter hantering av skor. </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidRPr="00D30494" w:rsidR="00887645" w:rsidP="00D30494" w:rsidRDefault="00887645" w14:paraId="35D599AC" w14:textId="77777777">
+    <w:p w14:paraId="35D599AC" w14:textId="77777777" w:rsidR="00887645" w:rsidRPr="00D30494" w:rsidRDefault="00887645" w:rsidP="00D30494">
       <w:pPr>
         <w:pStyle w:val="Rubrik2"/>
         <w:rPr>
           <w:sz w:val="36"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:name="_Toc146281935" w:id="22"/>
+      <w:bookmarkStart w:id="22" w:name="_Toc146281935"/>
       <w:r w:rsidRPr="00D30494">
         <w:rPr>
           <w:sz w:val="36"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Övrigt</w:t>
       </w:r>
       <w:bookmarkEnd w:id="22"/>
     </w:p>
-    <w:p w:rsidRPr="003640AC" w:rsidR="00887645" w:rsidP="00F136C0" w:rsidRDefault="00887645" w14:paraId="5E7523B7" w14:textId="77777777">
+    <w:p w14:paraId="5E7523B7" w14:textId="77777777" w:rsidR="00887645" w:rsidRPr="003640AC" w:rsidRDefault="00887645" w:rsidP="00F136C0">
       <w:pPr>
         <w:pStyle w:val="Punktlista"/>
         <w:rPr>
           <w:rFonts w:cs="Calibri"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Händer och underarmar ska vara fria från smycken, armbandsur, </w:t>
       </w:r>
       <w:r w:rsidRPr="003640AC">
         <w:rPr>
           <w:rFonts w:cs="Calibri"/>
         </w:rPr>
         <w:t>aktivitetsarmband</w:t>
       </w:r>
       <w:r>
         <w:t>, bandage, förband, stödskenor eller motsvarande.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00887645" w:rsidP="00F136C0" w:rsidRDefault="00887645" w14:paraId="4EE80137" w14:textId="77777777">
+    <w:p w14:paraId="4EE80137" w14:textId="77777777" w:rsidR="00887645" w:rsidRDefault="00887645" w:rsidP="00F136C0">
       <w:pPr>
         <w:pStyle w:val="Punktlista"/>
         <w:rPr>
           <w:rFonts w:cs="Calibri"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="003640AC">
         <w:rPr>
           <w:rFonts w:cs="Calibri"/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t>Hängande halsband, örhängen och andra utsmyckningar som riskerar att fastna i utrustning, skada patient eller kan tappas på sterilt område ska helst tas av eller döljas under arbetsdräkt och operationshjälm.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00887645" w:rsidP="00F136C0" w:rsidRDefault="00887645" w14:paraId="35837DBD" w14:textId="77777777">
+    <w:p w14:paraId="35837DBD" w14:textId="77777777" w:rsidR="00887645" w:rsidRDefault="00887645" w:rsidP="00F136C0">
       <w:pPr>
         <w:pStyle w:val="Punktlista"/>
         <w:rPr>
           <w:rFonts w:cs="Calibri"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="003640AC">
         <w:rPr>
           <w:rFonts w:cs="Calibri"/>
         </w:rPr>
         <w:t>Naglarna ska vara korta och fria från konstgjort material.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidRPr="000773B7" w:rsidR="00887645" w:rsidP="00F136C0" w:rsidRDefault="00887645" w14:paraId="107B7E93" w14:textId="77777777">
+    <w:p w14:paraId="107B7E93" w14:textId="77777777" w:rsidR="00887645" w:rsidRPr="000773B7" w:rsidRDefault="00887645" w:rsidP="00F136C0">
       <w:pPr>
         <w:pStyle w:val="Punktlista"/>
         <w:rPr>
           <w:rFonts w:cs="Calibri"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="000773B7">
         <w:rPr>
           <w:rFonts w:cs="Calibri"/>
         </w:rPr>
         <w:t>Sökare, mobil</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:cs="Calibri"/>
         </w:rPr>
         <w:t>telefon</w:t>
       </w:r>
       <w:r w:rsidRPr="000773B7">
         <w:rPr>
           <w:rFonts w:cs="Calibri"/>
         </w:rPr>
         <w:t>, telefoner, nycklar, tangentbord mm som används av flera personer ska rengöras och desinfekteras efter varje användare.</w:t>
       </w:r>
       <w:r w:rsidRPr="00174D6C">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:t>Därefter utförs ha</w:t>
       </w:r>
       <w:r w:rsidRPr="0043098F">
         <w:t>n</w:t>
       </w:r>
       <w:r>
         <w:t>d</w:t>
       </w:r>
       <w:r w:rsidRPr="0043098F">
         <w:t>desinfek</w:t>
       </w:r>
       <w:r>
         <w:t>tion.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidRPr="000773B7" w:rsidR="00887645" w:rsidP="00F136C0" w:rsidRDefault="00887645" w14:paraId="6CB388BE" w14:textId="77777777">
+    <w:p w14:paraId="6CB388BE" w14:textId="77777777" w:rsidR="00887645" w:rsidRPr="000773B7" w:rsidRDefault="00887645" w:rsidP="00F136C0">
       <w:pPr>
         <w:pStyle w:val="Punktlista"/>
         <w:rPr>
           <w:rFonts w:cs="Calibri"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="000773B7">
         <w:rPr>
           <w:rFonts w:cs="Calibri"/>
         </w:rPr>
         <w:t>Sökare, mobiler, telefoner, nycklar lämnas in i operationsdörrens lucka. (För att minimera dörröppningar).</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidRPr="000773B7" w:rsidR="00887645" w:rsidP="00F136C0" w:rsidRDefault="00887645" w14:paraId="3E91DBD5" w14:textId="77777777">
+    <w:p w14:paraId="3E91DBD5" w14:textId="77777777" w:rsidR="00887645" w:rsidRPr="000773B7" w:rsidRDefault="00887645" w:rsidP="00F136C0">
       <w:pPr>
         <w:pStyle w:val="Punktlista"/>
         <w:rPr>
           <w:rFonts w:cs="Calibri"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="000773B7">
         <w:rPr>
           <w:rFonts w:cs="Calibri"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
         <w:t xml:space="preserve">Undvik privata mobiltelefoner, datorer på operationssalen. Minimera användning för övrigt på operationsavdelningen. </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidRPr="000773B7" w:rsidR="00887645" w:rsidP="00F136C0" w:rsidRDefault="00887645" w14:paraId="7CAB4920" w14:textId="77777777">
+    <w:p w14:paraId="7CAB4920" w14:textId="77777777" w:rsidR="00887645" w:rsidRPr="000773B7" w:rsidRDefault="00887645" w:rsidP="00F136C0">
       <w:pPr>
         <w:pStyle w:val="Punktlista"/>
         <w:rPr>
           <w:rFonts w:cs="Calibri"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:cs="Calibri"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
         <w:t>Vid användning av</w:t>
       </w:r>
       <w:r w:rsidRPr="000773B7">
         <w:rPr>
           <w:rFonts w:cs="Calibri"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
         <w:t xml:space="preserve"> privata mobiler/datorer desinfektera händerna direkt efter användande.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00887645" w:rsidP="00F136C0" w:rsidRDefault="00887645" w14:paraId="6299CD2C" w14:textId="77777777">
-[...11 lines deleted...]
-          <w:t>Basal hygien och klädregler.</w:t>
+    <w:p w14:paraId="6299CD2C" w14:textId="54F848A8" w:rsidR="00887645" w:rsidRPr="006F0FE7" w:rsidRDefault="00887645" w:rsidP="006F0FE7">
+      <w:pPr>
+        <w:rPr>
+          <w:u w:val="single"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0043098F">
+        <w:t xml:space="preserve">Följ för övrigt </w:t>
+      </w:r>
+      <w:r w:rsidR="006F0FE7" w:rsidRPr="00112E6B">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId18" w:history="1">
+        <w:r w:rsidR="006F0FE7" w:rsidRPr="00592DE5">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlnk"/>
+          </w:rPr>
+          <w:t>Basala hygienrutiner och klädregler Vårdhandboken</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w:rsidRPr="0043098F" w:rsidR="00887645" w:rsidP="00F136C0" w:rsidRDefault="00887645" w14:paraId="4161026D" w14:textId="77777777">
+    <w:p w14:paraId="4161026D" w14:textId="77777777" w:rsidR="00887645" w:rsidRPr="0043098F" w:rsidRDefault="00887645" w:rsidP="00F136C0">
       <w:r>
         <w:t xml:space="preserve">För mer information se: </w:t>
       </w:r>
-      <w:hyperlink w:history="1" r:id="rId15">
+      <w:hyperlink r:id="rId19" w:history="1">
         <w:r w:rsidRPr="0062367B">
           <w:rPr>
             <w:rStyle w:val="Hyperlnk"/>
           </w:rPr>
           <w:t>Klädregler</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="0043098F">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:t>(Vårdhandboken).</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidRPr="00413AAE" w:rsidR="00887645" w:rsidP="00D30494" w:rsidRDefault="00887645" w14:paraId="41A6E996" w14:textId="77777777">
+    <w:p w14:paraId="41A6E996" w14:textId="77777777" w:rsidR="00887645" w:rsidRPr="00413AAE" w:rsidRDefault="00887645" w:rsidP="00D30494">
       <w:pPr>
         <w:pStyle w:val="Rubrik2"/>
       </w:pPr>
-      <w:bookmarkStart w:name="_Toc146281936" w:id="23"/>
+      <w:bookmarkStart w:id="23" w:name="_Toc146281936"/>
       <w:r w:rsidRPr="00D30494">
         <w:rPr>
           <w:sz w:val="36"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Munskydd</w:t>
       </w:r>
       <w:bookmarkEnd w:id="23"/>
       <w:r w:rsidRPr="00413AAE">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidRPr="0043098F" w:rsidR="00887645" w:rsidP="00F136C0" w:rsidRDefault="00887645" w14:paraId="3B5BFF1A" w14:textId="77777777">
+    <w:p w14:paraId="3B5BFF1A" w14:textId="77777777" w:rsidR="00887645" w:rsidRPr="0043098F" w:rsidRDefault="00887645" w:rsidP="00F136C0">
       <w:pPr>
         <w:pStyle w:val="Punktlista"/>
       </w:pPr>
       <w:r>
         <w:t>S</w:t>
       </w:r>
       <w:r w:rsidRPr="0043098F">
         <w:t>ka användas av alla som pratar</w:t>
       </w:r>
       <w:r>
         <w:t>/</w:t>
       </w:r>
       <w:r w:rsidRPr="00950D0C">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:t>hostar</w:t>
       </w:r>
       <w:r w:rsidRPr="0043098F">
         <w:t xml:space="preserve"> inom armlängds avstånd från det sterila operationsområdet och/eller sterila instrument och vätskor. Munskyddet hindrar salivdroppar från att falla ned i operationsområdet och på sterila instrument. </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidRPr="0043098F" w:rsidR="00887645" w:rsidP="00F136C0" w:rsidRDefault="00887645" w14:paraId="53565998" w14:textId="77777777">
+    <w:p w14:paraId="53565998" w14:textId="77777777" w:rsidR="00887645" w:rsidRPr="0043098F" w:rsidRDefault="00887645" w:rsidP="00F136C0">
       <w:pPr>
         <w:pStyle w:val="Punktlista"/>
       </w:pPr>
       <w:r w:rsidRPr="0043098F">
         <w:t xml:space="preserve">Vätsketätt munskydd (IIR) används av sterilklädd personal som stänkskydd i kombination med skyddsglasögon alternativt visir. </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidRPr="000773B7" w:rsidR="00887645" w:rsidP="00F136C0" w:rsidRDefault="00887645" w14:paraId="32B7EB32" w14:textId="77777777">
+    <w:p w14:paraId="32B7EB32" w14:textId="77777777" w:rsidR="00887645" w:rsidRPr="000773B7" w:rsidRDefault="00887645" w:rsidP="00F136C0">
       <w:pPr>
         <w:pStyle w:val="Punktlista"/>
         <w:rPr>
           <w:rFonts w:cs="Calibri"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="000773B7">
         <w:t>Vid implantationskirurgi ska all personal på operationssalen bära munskydd IIR.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00887645" w:rsidP="00F136C0" w:rsidRDefault="00887645" w14:paraId="54C6A1DF" w14:textId="77777777">
+    <w:p w14:paraId="54C6A1DF" w14:textId="77777777" w:rsidR="00887645" w:rsidRDefault="00887645" w:rsidP="00F136C0">
       <w:pPr>
         <w:pStyle w:val="Punktlista"/>
       </w:pPr>
       <w:r w:rsidRPr="0043098F">
         <w:t>Eventuell övrig användning av munskydd på kringpersonal avgörs av respektive verksamhetschef.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00887645" w:rsidP="00F136C0" w:rsidRDefault="00887645" w14:paraId="633CD781" w14:textId="77777777">
+    <w:p w14:paraId="633CD781" w14:textId="77777777" w:rsidR="00887645" w:rsidRDefault="00887645" w:rsidP="00F136C0">
       <w:pPr>
         <w:pStyle w:val="Punktlista"/>
         <w:rPr>
           <w:rFonts w:cs="Calibri"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00E84D20">
         <w:rPr>
           <w:rFonts w:cs="Calibri"/>
         </w:rPr>
         <w:t>Munskyddet är engångs/</w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00E84D20">
         <w:rPr>
           <w:rFonts w:cs="Calibri"/>
         </w:rPr>
         <w:t>enpatient</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:cs="Calibri"/>
         </w:rPr>
         <w:t>s</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00E84D20">
         <w:rPr>
           <w:rFonts w:cs="Calibri"/>
         </w:rPr>
         <w:t xml:space="preserve"> och tas av när salen/patienten lämnas.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidRPr="00413AAE" w:rsidR="00887645" w:rsidP="00D30494" w:rsidRDefault="00887645" w14:paraId="3024547E" w14:textId="77777777">
+    <w:p w14:paraId="3024547E" w14:textId="77777777" w:rsidR="00887645" w:rsidRPr="00413AAE" w:rsidRDefault="00887645" w:rsidP="00D30494">
       <w:pPr>
         <w:pStyle w:val="Rubrik2"/>
       </w:pPr>
-      <w:bookmarkStart w:name="_Toc146281937" w:id="24"/>
+      <w:bookmarkStart w:id="24" w:name="_Toc146281937"/>
       <w:r w:rsidRPr="00D30494">
         <w:rPr>
           <w:sz w:val="36"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Andningsskydd</w:t>
       </w:r>
       <w:bookmarkEnd w:id="24"/>
       <w:r w:rsidRPr="00413AAE">
         <w:rPr>
           <w:color w:val="FF0000"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidRPr="00F136C0" w:rsidR="00887645" w:rsidP="00F136C0" w:rsidRDefault="00887645" w14:paraId="7CCA3D70" w14:textId="77777777">
+    <w:p w14:paraId="7CCA3D70" w14:textId="77777777" w:rsidR="00887645" w:rsidRPr="00F136C0" w:rsidRDefault="00887645" w:rsidP="00F136C0">
       <w:pPr>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00F136C0">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>FFP3-klassat andningsskydd med övertäckt ventil kombinerat med visir eller skyddsglasögon används av alla på operationssalen vid:</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidRPr="000536EF" w:rsidR="00887645" w:rsidP="00F136C0" w:rsidRDefault="00887645" w14:paraId="75A3DF74" w14:textId="77777777">
+    <w:p w14:paraId="75A3DF74" w14:textId="4075A0D2" w:rsidR="00887645" w:rsidRPr="000536EF" w:rsidRDefault="00887645" w:rsidP="00F136C0">
       <w:pPr>
         <w:pStyle w:val="Punktlista"/>
       </w:pPr>
       <w:r w:rsidRPr="000536EF">
-        <w:t xml:space="preserve">Misstänkt/konstaterad luftburen smitta som till exempel larynx- eller lungtuberkulos (se rutin för SkaS, </w:t>
-[...7 lines deleted...]
-          <w:t>Lungtuberkulos – misstänkt eller konstaterad</w:t>
+        <w:t>Misstänkt/konstaterad luftburen smitta som till exempel larynx- eller lungtuberkulos (se rutin för SkaS,</w:t>
+      </w:r>
+      <w:r w:rsidR="002F370A">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId20" w:history="1">
+        <w:r w:rsidR="002F370A" w:rsidRPr="0038395C">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlnk"/>
+          </w:rPr>
+          <w:t>Tuberkulos – vårdhygieniska rutiner</w:t>
         </w:r>
       </w:hyperlink>
+      <w:r w:rsidR="00477944">
+        <w:t>)</w:t>
+      </w:r>
       <w:r w:rsidRPr="000536EF">
-        <w:t xml:space="preserve">) och vid ingrepp på patient med </w:t>
+        <w:t xml:space="preserve"> och vid ingrepp på patient med </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="000536EF">
         <w:t>extrapulmonell</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="000536EF">
         <w:t xml:space="preserve"> tuberkulos där det finns risk för aerosolbildning. </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidRPr="000536EF" w:rsidR="00887645" w:rsidP="00F136C0" w:rsidRDefault="00887645" w14:paraId="2AC06964" w14:textId="77777777">
+    <w:p w14:paraId="2AC06964" w14:textId="77777777" w:rsidR="00887645" w:rsidRPr="000536EF" w:rsidRDefault="00887645" w:rsidP="00F136C0">
       <w:pPr>
         <w:pStyle w:val="Punktlista"/>
       </w:pPr>
       <w:r w:rsidRPr="000536EF">
         <w:t>Vid misstänkt/konstaterad Mässling,</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="000536EF">
         <w:t>Influensa/covid-19.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidRPr="00D33138" w:rsidR="00887645" w:rsidP="00F136C0" w:rsidRDefault="00887645" w14:paraId="3297EBBC" w14:textId="77777777">
+    <w:p w14:paraId="3297EBBC" w14:textId="77777777" w:rsidR="00887645" w:rsidRPr="00D33138" w:rsidRDefault="00887645" w:rsidP="00F136C0">
       <w:pPr>
         <w:pStyle w:val="Punktlista"/>
         <w:rPr>
           <w:i/>
           <w:iCs/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:name="_Hlk112829792" w:id="25"/>
+      <w:bookmarkStart w:id="25" w:name="_Hlk112829792"/>
       <w:r>
         <w:rPr>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
         <w:t>A</w:t>
       </w:r>
       <w:r w:rsidRPr="00D33138">
         <w:rPr>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
         <w:t>nvänds även vid andra aerosolgenererande procedur</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
         <w:t>er</w:t>
       </w:r>
       <w:r w:rsidRPr="00D33138">
         <w:rPr>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="25"/>
-    <w:p w:rsidR="00887645" w:rsidP="00F136C0" w:rsidRDefault="00887645" w14:paraId="093B4CF0" w14:textId="77777777">
+    <w:p w14:paraId="093B4CF0" w14:textId="77777777" w:rsidR="00887645" w:rsidRDefault="00887645" w:rsidP="00F136C0">
       <w:pPr>
         <w:pStyle w:val="Punktlista"/>
       </w:pPr>
       <w:r w:rsidRPr="000536EF">
+        <w:lastRenderedPageBreak/>
         <w:t>Andningsskydd används vid laserbehandling för att förhindra inandning av laserrök. Det kan även användas vid andra elektrokirurgiska ingrepp där rök bildas och punktutsug saknas.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidRPr="00D30494" w:rsidR="00887645" w:rsidP="00D30494" w:rsidRDefault="00887645" w14:paraId="43034B29" w14:textId="77777777">
+    <w:p w14:paraId="43034B29" w14:textId="77777777" w:rsidR="00887645" w:rsidRPr="00D30494" w:rsidRDefault="00887645" w:rsidP="00D30494">
       <w:pPr>
         <w:pStyle w:val="Rubrik2"/>
         <w:rPr>
           <w:sz w:val="36"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:name="_Toc146281938" w:id="26"/>
+      <w:bookmarkStart w:id="26" w:name="_Toc146281938"/>
       <w:r w:rsidRPr="00D30494">
         <w:rPr>
           <w:sz w:val="36"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Steril operationsrock</w:t>
       </w:r>
       <w:bookmarkEnd w:id="26"/>
     </w:p>
-    <w:p w:rsidRPr="0043098F" w:rsidR="00887645" w:rsidP="00C0345F" w:rsidRDefault="00887645" w14:paraId="706731AB" w14:textId="77777777">
+    <w:p w14:paraId="706731AB" w14:textId="77777777" w:rsidR="00887645" w:rsidRPr="0043098F" w:rsidRDefault="00887645" w:rsidP="00C0345F">
       <w:pPr>
         <w:pStyle w:val="Punktlista"/>
       </w:pPr>
       <w:r w:rsidRPr="0043098F">
         <w:t xml:space="preserve">Steril operationsrock ska bäras av all personal som deltar i arbetet i det sterila operationsområdet. Förutom att rocken bibehåller steriliteten ska den även förhindra att arbetsdräkten som bärs under blir kontaminerad. </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidRPr="0043098F" w:rsidR="00887645" w:rsidP="00C0345F" w:rsidRDefault="00887645" w14:paraId="41E95BCA" w14:textId="77777777">
+    <w:p w14:paraId="41E95BCA" w14:textId="77777777" w:rsidR="00887645" w:rsidRPr="0043098F" w:rsidRDefault="00887645" w:rsidP="00C0345F">
       <w:pPr>
         <w:pStyle w:val="Punktlista"/>
       </w:pPr>
       <w:r w:rsidRPr="0043098F">
         <w:t xml:space="preserve">Använd steril operationsrock med våtstark front och förstärkt ärm vid infektionskänslig implantationskirurgi och när risken för genomfuktning är stor. </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidRPr="00D30494" w:rsidR="00887645" w:rsidP="00D30494" w:rsidRDefault="00887645" w14:paraId="3073392A" w14:textId="77777777">
+    <w:p w14:paraId="3073392A" w14:textId="77777777" w:rsidR="00887645" w:rsidRPr="00D30494" w:rsidRDefault="00887645" w:rsidP="00D30494">
       <w:pPr>
         <w:pStyle w:val="Rubrik2"/>
         <w:rPr>
           <w:sz w:val="36"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:name="_Toc146281939" w:id="27"/>
+      <w:bookmarkStart w:id="27" w:name="_Toc146281939"/>
       <w:r w:rsidRPr="00D30494">
         <w:rPr>
           <w:sz w:val="36"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">Specialarbetskläder (Eng. Clean air </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00D30494">
         <w:rPr>
           <w:sz w:val="36"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>suite</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00D30494">
         <w:rPr>
           <w:sz w:val="36"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>)</w:t>
       </w:r>
       <w:bookmarkEnd w:id="27"/>
       <w:r w:rsidRPr="00D30494">
         <w:rPr>
           <w:sz w:val="36"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidRPr="0043098F" w:rsidR="00887645" w:rsidP="00C0345F" w:rsidRDefault="00887645" w14:paraId="4F64BF7F" w14:textId="77777777">
+    <w:p w14:paraId="4F64BF7F" w14:textId="77777777" w:rsidR="00887645" w:rsidRPr="0043098F" w:rsidRDefault="00887645" w:rsidP="00C0345F">
       <w:pPr>
         <w:pStyle w:val="Punktlista"/>
         <w:rPr>
           <w:b/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Specialarbetsdräkten </w:t>
       </w:r>
       <w:r w:rsidRPr="00CB1C58">
         <w:t>är en medicinteknisk produkt</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="FF0000"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:hyperlink w:history="1" r:id="rId17">
+      <w:hyperlink r:id="rId21" w:history="1">
         <w:r w:rsidRPr="00025287">
           <w:rPr>
             <w:rStyle w:val="Hyperlnk"/>
           </w:rPr>
           <w:t>Vårdhandboken)</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="0043098F">
         <w:t xml:space="preserve">rekommenderas vid infektionskänslig kirurgi för att förhindra spridning av luftburna bakterier från personalens hud till operationsområdet och ska användas av all personal på operationssalen. </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidRPr="00E9593F" w:rsidR="00887645" w:rsidP="00C0345F" w:rsidRDefault="00887645" w14:paraId="671350AA" w14:textId="77777777">
+    <w:p w14:paraId="671350AA" w14:textId="77777777" w:rsidR="00887645" w:rsidRPr="00E9593F" w:rsidRDefault="00887645" w:rsidP="00C0345F">
       <w:pPr>
         <w:pStyle w:val="Punktlista"/>
         <w:rPr>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00E9593F">
         <w:t xml:space="preserve">Specialarbetsdräkten ska inte användas tillsammans med andra textilier som inte är av </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00E9593F">
         <w:t>microfibermaterial</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00E9593F">
         <w:t xml:space="preserve"> (</w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
       <w:r w:rsidRPr="00E9593F">
         <w:t>t.ex.</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
       <w:r w:rsidRPr="00E9593F">
         <w:t xml:space="preserve"> undertröja eller sterilrock).</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidRPr="0043098F" w:rsidR="00887645" w:rsidP="00C0345F" w:rsidRDefault="00887645" w14:paraId="6B0A6851" w14:textId="77777777">
+    <w:p w14:paraId="6B0A6851" w14:textId="77777777" w:rsidR="00887645" w:rsidRPr="0043098F" w:rsidRDefault="00887645" w:rsidP="00C0345F">
       <w:pPr>
         <w:pStyle w:val="Punktlista"/>
         <w:rPr>
           <w:b/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="0043098F">
         <w:t>Specialarbetsdräkten</w:t>
       </w:r>
       <w:r w:rsidRPr="0043098F">
         <w:rPr>
           <w:color w:val="1E1E1E"/>
         </w:rPr>
         <w:t xml:space="preserve"> är tillverkad av </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="0043098F">
         <w:rPr>
           <w:color w:val="1E1E1E"/>
         </w:rPr>
         <w:t>tätvävt</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="0043098F">
         <w:rPr>
           <w:color w:val="1E1E1E"/>
         </w:rPr>
         <w:t xml:space="preserve"> engångs- eller flergångsmaterial, för att reducera genomsläppligheten av partiklar från bärare till omgivande luft.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidRPr="0043098F" w:rsidR="00887645" w:rsidP="00C0345F" w:rsidRDefault="00887645" w14:paraId="0950CE1C" w14:textId="77777777">
+    <w:p w14:paraId="0950CE1C" w14:textId="77777777" w:rsidR="00887645" w:rsidRPr="0043098F" w:rsidRDefault="00887645" w:rsidP="00C0345F">
       <w:pPr>
         <w:pStyle w:val="Punktlista"/>
         <w:rPr>
           <w:b/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="0043098F">
         <w:t>Specialarbetsdräkten består av kortärmad överdel och byxa försedda med muddar samt hjälm med dok som täcker halsen för att minimera släpp av bakteriebärande hudpartiklar. Överdel utan mudd i midjan bärs nedstoppad i byxan.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00887645" w:rsidP="00C0345F" w:rsidRDefault="00887645" w14:paraId="7BFFC430" w14:textId="77777777">
+    <w:p w14:paraId="7BFFC430" w14:textId="77777777" w:rsidR="00887645" w:rsidRDefault="00887645" w:rsidP="00C0345F">
       <w:pPr>
         <w:pStyle w:val="Punktlista"/>
         <w:rPr>
           <w:b/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="0043098F">
         <w:t>Specialarbetsdräkten får inte bäras utanför operationsavdelningen, men får användas i patientbundet arbete</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> i samband med avrapportering av patient</w:t>
       </w:r>
       <w:r w:rsidRPr="0043098F">
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidRPr="00D30494" w:rsidR="00887645" w:rsidP="00D30494" w:rsidRDefault="00887645" w14:paraId="1E16523C" w14:textId="77777777">
+    <w:p w14:paraId="1E16523C" w14:textId="77777777" w:rsidR="00887645" w:rsidRPr="00D30494" w:rsidRDefault="00887645" w:rsidP="00D30494">
       <w:pPr>
         <w:pStyle w:val="Rubrik2"/>
         <w:rPr>
           <w:sz w:val="36"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:name="_Toc146281940" w:id="28"/>
+      <w:bookmarkStart w:id="28" w:name="_Toc146281940"/>
       <w:r w:rsidRPr="00D30494">
         <w:rPr>
           <w:sz w:val="36"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Utanför operationsavdelning</w:t>
       </w:r>
       <w:bookmarkEnd w:id="28"/>
     </w:p>
-    <w:p w:rsidRPr="0043098F" w:rsidR="00887645" w:rsidP="00C0345F" w:rsidRDefault="00887645" w14:paraId="595D97BF" w14:textId="77777777">
+    <w:p w14:paraId="595D97BF" w14:textId="77777777" w:rsidR="00887645" w:rsidRPr="0043098F" w:rsidRDefault="00887645" w:rsidP="00C0345F">
       <w:pPr>
         <w:pStyle w:val="Punktlista"/>
       </w:pPr>
       <w:r w:rsidRPr="0043098F">
         <w:t xml:space="preserve">Vid arbete utanför operationsavdelningen används engångsplastförkläde vid alla vård- och undersökningssituationer. </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidRPr="0043098F" w:rsidR="00887645" w:rsidP="00C0345F" w:rsidRDefault="00887645" w14:paraId="76934CF4" w14:textId="77777777">
+    <w:p w14:paraId="76934CF4" w14:textId="77777777" w:rsidR="00887645" w:rsidRPr="0043098F" w:rsidRDefault="00887645" w:rsidP="00C0345F">
       <w:pPr>
         <w:pStyle w:val="Punktlista"/>
       </w:pPr>
       <w:r w:rsidRPr="0043098F">
         <w:t>Om arbetsdräkten har använts vid patientkontakt utan engångsplastförkläde, exempelvis på en vårdavdelning, intensivvårdsavdelning eller vid akututryckning, ska byte ske vid återkomsten till operationsavdelningen.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidRPr="0043098F" w:rsidR="00887645" w:rsidP="00C0345F" w:rsidRDefault="00887645" w14:paraId="0BFC334A" w14:textId="77777777">
+    <w:p w14:paraId="0BFC334A" w14:textId="77777777" w:rsidR="00887645" w:rsidRPr="0043098F" w:rsidRDefault="00887645" w:rsidP="00C0345F">
       <w:pPr>
         <w:pStyle w:val="Punktlista"/>
         <w:rPr>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="0043098F">
         <w:rPr>
           <w:bCs/>
         </w:rPr>
         <w:t>Mössa och munskydd ska tas av.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidRPr="0043098F" w:rsidR="00887645" w:rsidP="00C0345F" w:rsidRDefault="00887645" w14:paraId="65486117" w14:textId="77777777">
-[...3 lines deleted...]
-      <w:r w:rsidRPr="0043098F">
+    <w:p w14:paraId="65486117" w14:textId="77777777" w:rsidR="00887645" w:rsidRPr="0043098F" w:rsidRDefault="00887645" w:rsidP="00C0345F">
+      <w:pPr>
+        <w:pStyle w:val="Punktlista"/>
+      </w:pPr>
+      <w:r w:rsidRPr="0043098F">
+        <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">Arbetsdräkt samt arbetsskor får inte bäras utomhus. </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidRPr="00D30494" w:rsidR="00887645" w:rsidP="00D30494" w:rsidRDefault="00887645" w14:paraId="24C1ACF0" w14:textId="77777777">
+    <w:p w14:paraId="24C1ACF0" w14:textId="77777777" w:rsidR="00887645" w:rsidRPr="00D30494" w:rsidRDefault="00887645" w:rsidP="00D30494">
       <w:pPr>
         <w:pStyle w:val="Rubrik2"/>
         <w:rPr>
           <w:sz w:val="36"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:name="_Toc146281941" w:id="29"/>
+      <w:bookmarkStart w:id="29" w:name="_Toc146281941"/>
       <w:r w:rsidRPr="00D30494">
         <w:rPr>
           <w:sz w:val="36"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Klädsel för tillfälliga besökare exempelvis tekniker, anhöriga, företagsrepresentanter</w:t>
       </w:r>
       <w:bookmarkEnd w:id="29"/>
       <w:r w:rsidRPr="00D30494">
         <w:rPr>
           <w:sz w:val="36"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidRPr="0043098F" w:rsidR="00887645" w:rsidP="00C0345F" w:rsidRDefault="00887645" w14:paraId="35143726" w14:textId="77777777">
+    <w:p w14:paraId="35143726" w14:textId="77777777" w:rsidR="00887645" w:rsidRPr="0043098F" w:rsidRDefault="00887645" w:rsidP="00C0345F">
       <w:pPr>
         <w:pStyle w:val="Punktlista"/>
       </w:pPr>
       <w:r w:rsidRPr="0043098F">
         <w:t xml:space="preserve">Vid kortare besök tillåts civil klädsel med tillägg av ren knäppt besöksrock för att beträda operationsenhet. </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidRPr="0043098F" w:rsidR="00887645" w:rsidP="00C0345F" w:rsidRDefault="00887645" w14:paraId="63947CFA" w14:textId="77777777">
+    <w:p w14:paraId="63947CFA" w14:textId="77777777" w:rsidR="00887645" w:rsidRPr="0043098F" w:rsidRDefault="00887645" w:rsidP="00C0345F">
       <w:pPr>
         <w:pStyle w:val="Punktlista"/>
       </w:pPr>
       <w:r w:rsidRPr="0043098F">
         <w:t>Mössa/hjälm ska användas och allt hår ska täckas.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidRPr="0043098F" w:rsidR="00887645" w:rsidP="00C0345F" w:rsidRDefault="00887645" w14:paraId="528B6A4C" w14:textId="77777777">
+    <w:p w14:paraId="528B6A4C" w14:textId="77777777" w:rsidR="00887645" w:rsidRPr="0043098F" w:rsidRDefault="00887645" w:rsidP="00C0345F">
       <w:pPr>
         <w:pStyle w:val="Punktlista"/>
       </w:pPr>
       <w:r w:rsidRPr="0043098F">
         <w:t xml:space="preserve">Skor används med skoöverdrag, alternativt byte av skor. </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidRPr="0043098F" w:rsidR="00887645" w:rsidP="00C0345F" w:rsidRDefault="00887645" w14:paraId="4979B987" w14:textId="77777777">
+    <w:p w14:paraId="4979B987" w14:textId="77777777" w:rsidR="00887645" w:rsidRPr="0043098F" w:rsidRDefault="00887645" w:rsidP="00C0345F">
       <w:pPr>
         <w:pStyle w:val="Punktlista"/>
       </w:pPr>
       <w:r w:rsidRPr="0043098F">
         <w:t>Handdesinfektion utförs efter på-/avtagande av skoöverdrag.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00887645" w:rsidP="00C0345F" w:rsidRDefault="00887645" w14:paraId="5DCF5AAA" w14:textId="3D5A8840">
+    <w:p w14:paraId="5DCF5AAA" w14:textId="3D5A8840" w:rsidR="00887645" w:rsidRDefault="00887645" w:rsidP="00C0345F">
       <w:pPr>
         <w:pStyle w:val="Punktlista"/>
       </w:pPr>
       <w:r w:rsidRPr="0043098F">
         <w:t xml:space="preserve">Vid vistelse på operationssal under pågående operation gäller ombyte till operationsenhetens arbetsdräkt. </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidRPr="00D30494" w:rsidR="00C0345F" w:rsidP="00D30494" w:rsidRDefault="00C0345F" w14:paraId="413ADBDF" w14:textId="77777777">
+    <w:p w14:paraId="413ADBDF" w14:textId="77777777" w:rsidR="00C0345F" w:rsidRPr="00D30494" w:rsidRDefault="00C0345F" w:rsidP="00D30494">
       <w:pPr>
         <w:pStyle w:val="Rubrik3"/>
         <w:rPr>
           <w:sz w:val="40"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:name="_Toc146281942" w:id="30"/>
+      <w:bookmarkStart w:id="30" w:name="_Toc146281942"/>
       <w:r w:rsidRPr="00D30494">
         <w:rPr>
           <w:sz w:val="40"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>Personal – sår och infektioner</w:t>
       </w:r>
       <w:bookmarkEnd w:id="30"/>
     </w:p>
-    <w:p w:rsidR="00C0345F" w:rsidP="00C0345F" w:rsidRDefault="00C0345F" w14:paraId="0A11E157" w14:textId="77777777">
+    <w:p w14:paraId="0A11E157" w14:textId="77777777" w:rsidR="00C0345F" w:rsidRDefault="00C0345F" w:rsidP="00C0345F">
       <w:r w:rsidRPr="0043098F">
         <w:t>Vid infektion hos personal gör enhetschefen en individuell bedömning av vilka arbetsuppgifter som den anställde kan utföra.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidRPr="0043098F" w:rsidR="00C0345F" w:rsidP="00C0345F" w:rsidRDefault="00C0345F" w14:paraId="4264495C" w14:textId="77777777">
+    <w:p w14:paraId="4264495C" w14:textId="77777777" w:rsidR="00C0345F" w:rsidRPr="0043098F" w:rsidRDefault="00C0345F" w:rsidP="00C0345F">
       <w:r w:rsidRPr="0043098F">
         <w:t xml:space="preserve">Personal </w:t>
       </w:r>
       <w:r w:rsidRPr="00A639B4">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>ska inte</w:t>
       </w:r>
       <w:r w:rsidRPr="0043098F">
         <w:t xml:space="preserve"> arbeta på operationsenheten:</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidRPr="0043098F" w:rsidR="00C0345F" w:rsidP="00B22317" w:rsidRDefault="00C0345F" w14:paraId="1C5F136F" w14:textId="77777777">
+    <w:p w14:paraId="1C5F136F" w14:textId="77777777" w:rsidR="00C0345F" w:rsidRPr="0043098F" w:rsidRDefault="00C0345F" w:rsidP="00B22317">
       <w:pPr>
         <w:pStyle w:val="Punktlista"/>
       </w:pPr>
       <w:r w:rsidRPr="0043098F">
         <w:t>Vid infektion på händer och underarmar eller med djupa bakteriella hudinfektioner på övriga kroppen.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidRPr="0043098F" w:rsidR="00C0345F" w:rsidP="00B22317" w:rsidRDefault="00C0345F" w14:paraId="067947F8" w14:textId="77777777">
+    <w:p w14:paraId="067947F8" w14:textId="77777777" w:rsidR="00C0345F" w:rsidRPr="0043098F" w:rsidRDefault="00C0345F" w:rsidP="00B22317">
       <w:pPr>
         <w:pStyle w:val="Punktlista"/>
       </w:pPr>
       <w:r w:rsidRPr="0043098F">
         <w:t>Vid akut virusorsakad luftvägsinfektion eller obehandlad bakteriell luftvägsinfektion</w:t>
       </w:r>
       <w:r>
         <w:t>.</w:t>
       </w:r>
       <w:r w:rsidRPr="0043098F">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidRPr="00426A6C" w:rsidR="00C0345F" w:rsidP="00B22317" w:rsidRDefault="00C0345F" w14:paraId="75CAA2DF" w14:textId="77777777">
+    <w:p w14:paraId="75CAA2DF" w14:textId="77777777" w:rsidR="00C0345F" w:rsidRPr="00426A6C" w:rsidRDefault="00C0345F" w:rsidP="00B22317">
       <w:pPr>
         <w:pStyle w:val="Punktlista"/>
       </w:pPr>
       <w:r w:rsidRPr="0043098F">
         <w:t xml:space="preserve">Vid </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="0043098F">
         <w:t>gastroenteritsymtom</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="0043098F">
         <w:t xml:space="preserve"> ska personal omedelbart gå hem och får inte vistas på arbetsplatsen.</w:t>
       </w:r>
       <w:r w:rsidRPr="0043098F">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidRPr="0043098F" w:rsidR="00C0345F" w:rsidP="00C0345F" w:rsidRDefault="00C0345F" w14:paraId="526D41F7" w14:textId="77777777">
+    <w:p w14:paraId="526D41F7" w14:textId="77777777" w:rsidR="00C0345F" w:rsidRPr="0043098F" w:rsidRDefault="00C0345F" w:rsidP="00C0345F">
       <w:r w:rsidRPr="0043098F">
         <w:t xml:space="preserve">Personal med infektion med </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="0043098F">
         <w:t>Staphylococcus</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="0043098F">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="0043098F">
         <w:t>aureus</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="0043098F">
         <w:t xml:space="preserve"> eller </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="0043098F">
         <w:t>betahemolytiska</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="0043098F">
         <w:t xml:space="preserve"> streptokocker grupp A får inte vistas i ett operationsrum oavsett om infektionen finns på hudkostym eller slemhinna.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00C0345F" w:rsidP="00C0345F" w:rsidRDefault="00C0345F" w14:paraId="44AA6F80" w14:textId="77777777">
+    <w:p w14:paraId="44AA6F80" w14:textId="77777777" w:rsidR="00C0345F" w:rsidRDefault="00C0345F" w:rsidP="00C0345F">
       <w:r w:rsidRPr="0043098F">
         <w:t>Förekomst av skenor, förband, sår eller eksem på händer och underarmar som medför att personal inte kan desinfektera sina händer innebär att personen behöver</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> få anpassade arbetsuppgifter där personen ej är i patient och vårdnära arbete.</w:t>
       </w:r>
       <w:r w:rsidRPr="00A639B4">
         <w:t xml:space="preserve"> För</w:t>
       </w:r>
       <w:r w:rsidRPr="0043098F">
         <w:t xml:space="preserve"> mer information</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> se </w:t>
       </w:r>
-      <w:hyperlink w:history="1" r:id="rId18">
+      <w:hyperlink r:id="rId22" w:history="1">
         <w:r w:rsidRPr="000146D8">
           <w:rPr>
             <w:rStyle w:val="Hyperlnk"/>
           </w:rPr>
           <w:t>Vårdhandboken</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w:rsidRPr="0043098F" w:rsidR="00C0345F" w:rsidP="00C0345F" w:rsidRDefault="00C0345F" w14:paraId="47D311B5" w14:textId="77777777">
+    <w:p w14:paraId="47D311B5" w14:textId="77777777" w:rsidR="00C0345F" w:rsidRPr="0043098F" w:rsidRDefault="00C0345F" w:rsidP="00C0345F">
       <w:r w:rsidRPr="0043098F">
         <w:t xml:space="preserve">Beträffande personal med herpesinfektioner, se </w:t>
       </w:r>
-      <w:hyperlink w:history="1" r:id="rId19">
+      <w:hyperlink r:id="rId23" w:history="1">
         <w:r w:rsidRPr="000146D8">
           <w:rPr>
             <w:rStyle w:val="Hyperlnk"/>
           </w:rPr>
           <w:t>Vårdhandboken</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="0043098F">
         <w:t>.</w:t>
       </w:r>
       <w:r w:rsidRPr="0043098F">
         <w:br/>
-      </w:r>
-      <w:r w:rsidRPr="0043098F">
         <w:t>För mer information</w:t>
       </w:r>
       <w:r>
         <w:t>,</w:t>
       </w:r>
       <w:r w:rsidRPr="0043098F">
         <w:t xml:space="preserve"> se </w:t>
       </w:r>
-      <w:hyperlink w:history="1" r:id="rId20">
+      <w:hyperlink r:id="rId24" w:history="1">
         <w:r w:rsidRPr="001047D6">
           <w:rPr>
             <w:rStyle w:val="Hyperlnk"/>
           </w:rPr>
           <w:t>Personalinfektioner inom hälso- och sjukvård</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:t xml:space="preserve"> (Vårdhandboken).</w:t>
       </w:r>
       <w:r w:rsidRPr="0043098F">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidRPr="00D30494" w:rsidR="00C0345F" w:rsidP="00D30494" w:rsidRDefault="00C0345F" w14:paraId="075B166A" w14:textId="77777777">
+    <w:p w14:paraId="075B166A" w14:textId="77777777" w:rsidR="00C0345F" w:rsidRPr="00D30494" w:rsidRDefault="00C0345F" w:rsidP="00D30494">
       <w:pPr>
         <w:pStyle w:val="Rubrik3"/>
         <w:rPr>
           <w:sz w:val="40"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:name="_Toc146281943" w:id="31"/>
+      <w:bookmarkStart w:id="31" w:name="_Toc146281943"/>
       <w:r w:rsidRPr="00D30494">
         <w:rPr>
           <w:sz w:val="40"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>Patient i operationsmiljö</w:t>
       </w:r>
       <w:bookmarkEnd w:id="31"/>
     </w:p>
-    <w:p w:rsidRPr="00D30494" w:rsidR="00C0345F" w:rsidP="00D30494" w:rsidRDefault="00C0345F" w14:paraId="4C7782D3" w14:textId="77777777">
+    <w:p w14:paraId="4C7782D3" w14:textId="77777777" w:rsidR="00C0345F" w:rsidRPr="00D30494" w:rsidRDefault="00C0345F" w:rsidP="00D30494">
       <w:pPr>
         <w:pStyle w:val="Rubrik2"/>
         <w:rPr>
           <w:rStyle w:val="Rubrik2Char"/>
           <w:bCs/>
           <w:sz w:val="36"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:name="_Toc146281944" w:id="32"/>
+      <w:bookmarkStart w:id="32" w:name="_Toc146281944"/>
       <w:r w:rsidRPr="00D30494">
         <w:rPr>
           <w:rStyle w:val="Rubrik2Char"/>
           <w:bCs/>
           <w:sz w:val="36"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Bedömning av smittrisk</w:t>
       </w:r>
       <w:bookmarkEnd w:id="32"/>
       <w:r w:rsidRPr="00D30494">
         <w:rPr>
           <w:rStyle w:val="Rubrik2Char"/>
           <w:bCs/>
           <w:sz w:val="36"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00C0345F" w:rsidP="00C0345F" w:rsidRDefault="00C0345F" w14:paraId="1FE2B9D6" w14:textId="77777777">
+    <w:p w14:paraId="1FE2B9D6" w14:textId="77777777" w:rsidR="00C0345F" w:rsidRDefault="00C0345F" w:rsidP="00C0345F">
       <w:r w:rsidRPr="0043098F">
         <w:t>Det är inte alltid man känner till förekomsten av kolonisation/infektion hos patienten inför vårdtillfället. Innan patienten tas emot på operationsavdelningen skall beslut om för- och eftervård vara klart.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidRPr="0043098F" w:rsidR="00C0345F" w:rsidP="00C0345F" w:rsidRDefault="00000000" w14:paraId="580010C5" w14:textId="77777777">
-[...1 lines deleted...]
-        <w:r w:rsidRPr="00EE06C6" w:rsidR="00C0345F">
+    <w:p w14:paraId="580010C5" w14:textId="77777777" w:rsidR="00C0345F" w:rsidRPr="0043098F" w:rsidRDefault="00C0345F" w:rsidP="00C0345F">
+      <w:hyperlink r:id="rId25" w:history="1">
+        <w:r w:rsidRPr="00EE06C6">
           <w:rPr>
             <w:rStyle w:val="Hyperlnk"/>
           </w:rPr>
           <w:t>Vårdhygieniska riskfaktorer för smittspridning i vård och omsorg</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w:rsidRPr="0043098F" w:rsidR="00C0345F" w:rsidP="00C0345F" w:rsidRDefault="00C0345F" w14:paraId="15904117" w14:textId="77777777">
+    <w:p w14:paraId="15904117" w14:textId="77777777" w:rsidR="00C0345F" w:rsidRPr="0043098F" w:rsidRDefault="00C0345F" w:rsidP="00C0345F">
       <w:r w:rsidRPr="0043098F">
         <w:t xml:space="preserve">Utgå från patientens riskfaktorer för smittspridning: </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidRPr="0043098F" w:rsidR="00C0345F" w:rsidP="00B22317" w:rsidRDefault="00C0345F" w14:paraId="5A1DDBEE" w14:textId="77777777">
+    <w:p w14:paraId="5A1DDBEE" w14:textId="77777777" w:rsidR="00C0345F" w:rsidRPr="0043098F" w:rsidRDefault="00C0345F" w:rsidP="00B22317">
       <w:pPr>
         <w:pStyle w:val="Punktlista"/>
       </w:pPr>
       <w:r>
         <w:t>I</w:t>
       </w:r>
       <w:r w:rsidRPr="0043098F">
         <w:t xml:space="preserve">nfektion, böld eller motsvarande i eller utanför </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="0043098F">
         <w:t>sårområdet</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidRPr="0043098F" w:rsidR="00C0345F" w:rsidP="00B22317" w:rsidRDefault="00C0345F" w14:paraId="468B2BBA" w14:textId="77777777">
+    <w:p w14:paraId="468B2BBA" w14:textId="77777777" w:rsidR="00C0345F" w:rsidRPr="0043098F" w:rsidRDefault="00C0345F" w:rsidP="00B22317">
       <w:pPr>
         <w:pStyle w:val="Punktlista"/>
       </w:pPr>
       <w:r>
         <w:t>D</w:t>
       </w:r>
       <w:r w:rsidRPr="0043098F">
         <w:t>iarré och kräkning</w:t>
       </w:r>
       <w:r>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidRPr="0043098F" w:rsidR="00C0345F" w:rsidP="00B22317" w:rsidRDefault="00C0345F" w14:paraId="6419587B" w14:textId="77777777">
+    <w:p w14:paraId="6419587B" w14:textId="77777777" w:rsidR="00C0345F" w:rsidRPr="0043098F" w:rsidRDefault="00C0345F" w:rsidP="00B22317">
       <w:pPr>
         <w:pStyle w:val="Punktlista"/>
       </w:pPr>
       <w:r>
         <w:t>L</w:t>
       </w:r>
       <w:r w:rsidRPr="0043098F">
         <w:t>uftvägsinfektion med hosta</w:t>
       </w:r>
       <w:r>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidRPr="0043098F" w:rsidR="00C0345F" w:rsidP="00B22317" w:rsidRDefault="00C0345F" w14:paraId="3B6465B0" w14:textId="77777777">
+    <w:p w14:paraId="3B6465B0" w14:textId="77777777" w:rsidR="00C0345F" w:rsidRPr="0043098F" w:rsidRDefault="00C0345F" w:rsidP="00B22317">
       <w:pPr>
         <w:pStyle w:val="Punktlista"/>
       </w:pPr>
       <w:r>
         <w:t>S</w:t>
       </w:r>
       <w:r w:rsidRPr="0043098F">
         <w:t>år, större hudlesioner, utslag</w:t>
       </w:r>
       <w:r>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidRPr="0043098F" w:rsidR="00C0345F" w:rsidP="00B22317" w:rsidRDefault="00C0345F" w14:paraId="159DE635" w14:textId="77777777">
+    <w:p w14:paraId="159DE635" w14:textId="77777777" w:rsidR="00C0345F" w:rsidRPr="0043098F" w:rsidRDefault="00C0345F" w:rsidP="00B22317">
       <w:pPr>
         <w:pStyle w:val="Punktlista"/>
       </w:pPr>
       <w:r>
         <w:t>L</w:t>
       </w:r>
       <w:r w:rsidRPr="0043098F">
         <w:t>äckage från sår, drän eller inkontinens</w:t>
       </w:r>
       <w:r>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidRPr="000D7253" w:rsidR="00C0345F" w:rsidP="00C0345F" w:rsidRDefault="00C0345F" w14:paraId="2BD892CB" w14:textId="77777777">
+    <w:p w14:paraId="2BD892CB" w14:textId="77777777" w:rsidR="00C0345F" w:rsidRPr="000D7253" w:rsidRDefault="00C0345F" w:rsidP="00C0345F">
       <w:r w:rsidRPr="000D7253">
         <w:t xml:space="preserve">När patienten transporteras till operationsavdelningen ska: </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidRPr="0043098F" w:rsidR="00C0345F" w:rsidP="00B22317" w:rsidRDefault="00C0345F" w14:paraId="2E842D1F" w14:textId="77777777">
+    <w:p w14:paraId="2E842D1F" w14:textId="77777777" w:rsidR="00C0345F" w:rsidRPr="0043098F" w:rsidRDefault="00C0345F" w:rsidP="00B22317">
       <w:pPr>
         <w:pStyle w:val="Punktlista"/>
       </w:pPr>
       <w:r w:rsidRPr="0043098F">
         <w:t xml:space="preserve">Sjukhuskläder vara rena och sår vara täckta med torra förband. </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidRPr="0043098F" w:rsidR="00C0345F" w:rsidP="00B22317" w:rsidRDefault="00C0345F" w14:paraId="1FC3BAA8" w14:textId="77777777">
+    <w:p w14:paraId="1FC3BAA8" w14:textId="77777777" w:rsidR="00C0345F" w:rsidRPr="0043098F" w:rsidRDefault="00C0345F" w:rsidP="00B22317">
       <w:pPr>
         <w:pStyle w:val="Punktlista"/>
       </w:pPr>
       <w:r w:rsidRPr="0043098F">
         <w:t xml:space="preserve">Patientsängen ska vara ren och </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="0043098F">
         <w:t>renbäddad</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="0043098F">
         <w:t xml:space="preserve"> med desinfekterade </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="0043098F">
         <w:t>tagytor</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="0043098F">
         <w:t xml:space="preserve">. </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidRPr="0043098F" w:rsidR="00C0345F" w:rsidP="00B22317" w:rsidRDefault="00C0345F" w14:paraId="32DC81F1" w14:textId="77777777">
+    <w:p w14:paraId="32DC81F1" w14:textId="77777777" w:rsidR="00C0345F" w:rsidRPr="0043098F" w:rsidRDefault="00C0345F" w:rsidP="00B22317">
       <w:pPr>
         <w:pStyle w:val="Punktlista"/>
       </w:pPr>
       <w:r w:rsidRPr="0043098F">
         <w:t xml:space="preserve">Urinpåse, dränage samt stomier skall vara tömda eller bytta. </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidRPr="0043098F" w:rsidR="00C0345F" w:rsidP="00B22317" w:rsidRDefault="00C0345F" w14:paraId="5071DC42" w14:textId="77777777">
+    <w:p w14:paraId="5071DC42" w14:textId="77777777" w:rsidR="00C0345F" w:rsidRPr="0043098F" w:rsidRDefault="00C0345F" w:rsidP="00B22317">
       <w:pPr>
         <w:pStyle w:val="Punktlista"/>
       </w:pPr>
       <w:r w:rsidRPr="0043098F">
         <w:t xml:space="preserve">Smycken avlägsnas inför den preoperativa </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="0043098F">
         <w:t>helkroppssdesinfektionen</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="0043098F">
         <w:t xml:space="preserve">. </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidRPr="0043098F" w:rsidR="00C0345F" w:rsidP="00B22317" w:rsidRDefault="00C0345F" w14:paraId="3B1BA46C" w14:textId="77777777">
+    <w:p w14:paraId="3B1BA46C" w14:textId="77777777" w:rsidR="00C0345F" w:rsidRPr="0043098F" w:rsidRDefault="00C0345F" w:rsidP="00B22317">
       <w:pPr>
         <w:pStyle w:val="Punktlista"/>
       </w:pPr>
       <w:r w:rsidRPr="0043098F">
         <w:t xml:space="preserve">Smink och nagellack avlägsnas inför den preoperativa </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="0043098F">
         <w:t>helkroppssdesinfektionen</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="0043098F">
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidRPr="00D30494" w:rsidR="00C0345F" w:rsidP="00D30494" w:rsidRDefault="00C0345F" w14:paraId="2E7F91E9" w14:textId="77777777">
+    <w:p w14:paraId="2E7F91E9" w14:textId="77777777" w:rsidR="00C0345F" w:rsidRPr="00D30494" w:rsidRDefault="00C0345F" w:rsidP="00D30494">
       <w:pPr>
         <w:pStyle w:val="Rubrik2"/>
         <w:rPr>
           <w:sz w:val="36"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:name="_Toc146281945" w:id="33"/>
+      <w:bookmarkStart w:id="33" w:name="_Toc146281945"/>
       <w:r w:rsidRPr="00D30494">
         <w:rPr>
           <w:sz w:val="36"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Ankomst till operation</w:t>
       </w:r>
       <w:bookmarkEnd w:id="33"/>
     </w:p>
-    <w:p w:rsidRPr="0043098F" w:rsidR="00C0345F" w:rsidP="00B22317" w:rsidRDefault="00C0345F" w14:paraId="6F0D66D7" w14:textId="77777777">
+    <w:p w14:paraId="6F0D66D7" w14:textId="77777777" w:rsidR="00C0345F" w:rsidRPr="0043098F" w:rsidRDefault="00C0345F" w:rsidP="00B22317">
       <w:pPr>
         <w:pStyle w:val="Punktlista"/>
       </w:pPr>
       <w:r w:rsidRPr="0043098F">
         <w:t>Gående patienter ska ha skoöverdrag, handdesinfektion sker efter att man tagit av skoöverdrag.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidRPr="0043098F" w:rsidR="00C0345F" w:rsidP="00B22317" w:rsidRDefault="00C0345F" w14:paraId="702F4615" w14:textId="77777777">
+    <w:p w14:paraId="702F4615" w14:textId="77777777" w:rsidR="00C0345F" w:rsidRPr="0043098F" w:rsidRDefault="00C0345F" w:rsidP="00B22317">
       <w:pPr>
         <w:pStyle w:val="Punktlista"/>
       </w:pPr>
       <w:r w:rsidRPr="0043098F">
         <w:t xml:space="preserve">Patientens säng är kontaminerad med mikroorganismer. Undvik </w:t>
       </w:r>
       <w:r w:rsidRPr="000A1D86">
         <w:t xml:space="preserve">yvig </w:t>
       </w:r>
       <w:r w:rsidRPr="0043098F">
         <w:t>hantering av sängkläder.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidRPr="000D7253" w:rsidR="00C0345F" w:rsidP="00D30494" w:rsidRDefault="00C0345F" w14:paraId="60A076C2" w14:textId="77777777">
+    <w:p w14:paraId="60A076C2" w14:textId="77777777" w:rsidR="00C0345F" w:rsidRPr="000D7253" w:rsidRDefault="00C0345F" w:rsidP="00D30494">
       <w:pPr>
         <w:pStyle w:val="Rubrik2"/>
       </w:pPr>
-      <w:bookmarkStart w:name="_Toc146281946" w:id="34"/>
+      <w:bookmarkStart w:id="34" w:name="_Toc146281946"/>
       <w:r w:rsidRPr="00D30494">
         <w:rPr>
           <w:sz w:val="36"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Håravkortning</w:t>
       </w:r>
       <w:bookmarkEnd w:id="34"/>
       <w:r w:rsidRPr="000D7253">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidRPr="0043098F" w:rsidR="00C0345F" w:rsidP="00B22317" w:rsidRDefault="00C0345F" w14:paraId="06F8D64F" w14:textId="77777777">
+    <w:p w14:paraId="06F8D64F" w14:textId="77777777" w:rsidR="00C0345F" w:rsidRPr="0043098F" w:rsidRDefault="00C0345F" w:rsidP="00B22317">
       <w:pPr>
         <w:pStyle w:val="Punktlista"/>
       </w:pPr>
       <w:r w:rsidRPr="0043098F">
         <w:t xml:space="preserve">Om hår behöver avlägsnas ska det ske med hudvänlig metod, exempelvis trimmer (ej rakhyvel). </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidRPr="0043098F" w:rsidR="00C0345F" w:rsidP="00B22317" w:rsidRDefault="00C0345F" w14:paraId="13424269" w14:textId="77777777">
+    <w:p w14:paraId="13424269" w14:textId="77777777" w:rsidR="00C0345F" w:rsidRPr="0043098F" w:rsidRDefault="00C0345F" w:rsidP="00B22317">
       <w:pPr>
         <w:pStyle w:val="Punktlista"/>
       </w:pPr>
       <w:r w:rsidRPr="0043098F">
         <w:t>Håravkortning ska ske i så nära anslutning till ingreppet som möjligt på operationsdagen.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidRPr="0043098F" w:rsidR="00C0345F" w:rsidP="00B22317" w:rsidRDefault="00C0345F" w14:paraId="6FFA61FA" w14:textId="77777777">
+    <w:p w14:paraId="6FFA61FA" w14:textId="77777777" w:rsidR="00C0345F" w:rsidRPr="0043098F" w:rsidRDefault="00C0345F" w:rsidP="00B22317">
       <w:pPr>
         <w:pStyle w:val="Punktlista"/>
       </w:pPr>
       <w:r w:rsidRPr="0043098F">
         <w:t xml:space="preserve">Om möjligt bör håravkortning ske på </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="0043098F">
         <w:t>preop</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="0043098F">
         <w:t>/förberedelserum.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidRPr="00D30494" w:rsidR="00C0345F" w:rsidP="00D30494" w:rsidRDefault="00C0345F" w14:paraId="738D979F" w14:textId="77777777">
+    <w:p w14:paraId="738D979F" w14:textId="77777777" w:rsidR="00C0345F" w:rsidRPr="00D30494" w:rsidRDefault="00C0345F" w:rsidP="00D30494">
       <w:pPr>
         <w:pStyle w:val="Rubrik2"/>
         <w:rPr>
           <w:sz w:val="36"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:name="_Toc146281947" w:id="35"/>
+      <w:bookmarkStart w:id="35" w:name="_Toc146281947"/>
       <w:r w:rsidRPr="00D30494">
         <w:rPr>
           <w:sz w:val="36"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Huddesinfektion av operationsområdet</w:t>
       </w:r>
       <w:bookmarkEnd w:id="35"/>
       <w:r w:rsidRPr="00D30494">
         <w:rPr>
           <w:sz w:val="36"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidRPr="0043098F" w:rsidR="00C0345F" w:rsidP="00B22317" w:rsidRDefault="00C0345F" w14:paraId="19FEACDE" w14:textId="77777777">
+    <w:p w14:paraId="19FEACDE" w14:textId="0A2085FF" w:rsidR="00C0345F" w:rsidRPr="0043098F" w:rsidRDefault="00C0345F" w:rsidP="00B22317">
       <w:pPr>
         <w:pStyle w:val="Punktlista"/>
       </w:pPr>
       <w:r w:rsidRPr="0043098F">
         <w:t>Kontrollera att preoperativ helkroppsdesi</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">nfektion är utförd enligt </w:t>
       </w:r>
-      <w:hyperlink w:history="1" r:id="rId22">
-        <w:r w:rsidRPr="003B1113">
+      <w:hyperlink r:id="rId26" w:history="1">
+        <w:r w:rsidRPr="00BC2421">
           <w:rPr>
             <w:rStyle w:val="Hyperlnk"/>
           </w:rPr>
           <w:t>Preoperativ helkroppsdesinfektion</w:t>
+        </w:r>
+        <w:r w:rsidR="005F0C9C" w:rsidRPr="00BC2421">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlnk"/>
+          </w:rPr>
+          <w:t xml:space="preserve"> och </w:t>
+        </w:r>
+        <w:r w:rsidR="00BC2421" w:rsidRPr="00BC2421">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlnk"/>
+          </w:rPr>
+          <w:t>helkroppstvätt</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="003B1113">
         <w:t xml:space="preserve"> (rutin för SkaS). </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidRPr="0043098F" w:rsidR="00C0345F" w:rsidP="00B22317" w:rsidRDefault="00C0345F" w14:paraId="5A3A8F19" w14:textId="77777777">
+    <w:p w14:paraId="5A3A8F19" w14:textId="77777777" w:rsidR="00C0345F" w:rsidRPr="0043098F" w:rsidRDefault="00C0345F" w:rsidP="00B22317">
       <w:pPr>
         <w:pStyle w:val="Punktlista"/>
       </w:pPr>
       <w:r w:rsidRPr="0043098F">
         <w:t xml:space="preserve">Om inte helkroppsdesinfektion enligt duschschema utförts ska lokal huddesinfektion med </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="0043098F">
         <w:t>klorhexidintvål</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="0043098F">
         <w:t xml:space="preserve"> 40mg/ml utföras i den utsträckning som patientens tillstånd medger.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidRPr="0043098F" w:rsidR="00C0345F" w:rsidP="00B22317" w:rsidRDefault="00C0345F" w14:paraId="139092BE" w14:textId="77777777">
+    <w:p w14:paraId="139092BE" w14:textId="77777777" w:rsidR="00C0345F" w:rsidRPr="0043098F" w:rsidRDefault="00C0345F" w:rsidP="00B22317">
       <w:pPr>
         <w:pStyle w:val="Punktlista"/>
       </w:pPr>
       <w:r w:rsidRPr="0043098F">
         <w:t xml:space="preserve">Huddesinfektion (av intakt hud) med </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="0043098F">
         <w:t>klorhexidinsprit</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="0043098F">
         <w:t xml:space="preserve"> 5 mg/ml utförs på operationsområdet i samband med sterildrapering.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidRPr="0043098F" w:rsidR="00C0345F" w:rsidP="00B22317" w:rsidRDefault="00C0345F" w14:paraId="2C5A42A4" w14:textId="77777777">
-[...3 lines deleted...]
-      <w:r w:rsidRPr="0043098F">
+    <w:p w14:paraId="2C5A42A4" w14:textId="77777777" w:rsidR="00C0345F" w:rsidRPr="0043098F" w:rsidRDefault="00C0345F" w:rsidP="00B22317">
+      <w:pPr>
+        <w:pStyle w:val="Punktlista"/>
+      </w:pPr>
+      <w:r w:rsidRPr="0043098F">
+        <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">Vid </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="0043098F">
         <w:t>urakut</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="0043098F">
         <w:t xml:space="preserve"> kirurgi utförs huddesinfektion i den utsträckning som patientens tillstånd tillåter. </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidRPr="0043098F" w:rsidR="00C0345F" w:rsidP="00B22317" w:rsidRDefault="00C0345F" w14:paraId="1DBB4939" w14:textId="77777777">
+    <w:p w14:paraId="1DBB4939" w14:textId="77777777" w:rsidR="00C0345F" w:rsidRPr="0043098F" w:rsidRDefault="00C0345F" w:rsidP="00B22317">
       <w:pPr>
         <w:pStyle w:val="Punktlista"/>
       </w:pPr>
       <w:r w:rsidRPr="0043098F">
         <w:t xml:space="preserve">Vid överkänslighet mot </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="0043098F">
         <w:t>klorhexidin</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="0043098F">
         <w:t xml:space="preserve"> eller vid kontraindikation utförs huddesinfektion </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">med </w:t>
       </w:r>
       <w:r w:rsidRPr="0043098F">
         <w:t>etanol 70 % eller annat alkoholbaserat huddesinfektionsmedel med motsvarande effekt. Det</w:t>
       </w:r>
       <w:r>
         <w:t>ta</w:t>
       </w:r>
       <w:r w:rsidRPr="0043098F">
         <w:t xml:space="preserve"> är ett alternativ till </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="0043098F">
         <w:t>klorhexidinsprit</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="0043098F">
         <w:t xml:space="preserve">, men saknar den långtidseffekt som uppnås genom </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="0043098F">
         <w:t>klorhexidintillsatsen</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="0043098F">
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidRPr="0043098F" w:rsidR="00C0345F" w:rsidP="00B22317" w:rsidRDefault="00C0345F" w14:paraId="34F4D9AA" w14:textId="77777777">
+    <w:p w14:paraId="34F4D9AA" w14:textId="77777777" w:rsidR="00C0345F" w:rsidRPr="0043098F" w:rsidRDefault="00C0345F" w:rsidP="00B22317">
       <w:pPr>
         <w:pStyle w:val="Punktlista"/>
       </w:pPr>
       <w:r w:rsidRPr="008724CA">
         <w:t>Tillförsel av varmluft ska stängas av vid huddesinfektion och sterildrapering</w:t>
       </w:r>
       <w:r w:rsidRPr="0043098F">
         <w:t xml:space="preserve">, för att minska partikelspridning. </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidRPr="00D30494" w:rsidR="00C0345F" w:rsidP="00D30494" w:rsidRDefault="00C0345F" w14:paraId="304F0CF3" w14:textId="77777777">
+    <w:p w14:paraId="304F0CF3" w14:textId="77777777" w:rsidR="00C0345F" w:rsidRPr="00D30494" w:rsidRDefault="00C0345F" w:rsidP="00D30494">
       <w:pPr>
         <w:pStyle w:val="Rubrik3"/>
         <w:rPr>
           <w:sz w:val="40"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:name="_Toc146281948" w:id="36"/>
+      <w:bookmarkStart w:id="36" w:name="_Toc146281948"/>
       <w:r w:rsidRPr="00D30494">
         <w:rPr>
           <w:sz w:val="40"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>Preoperativ handdesinfektion</w:t>
       </w:r>
       <w:bookmarkEnd w:id="36"/>
       <w:r w:rsidRPr="00D30494">
         <w:rPr>
           <w:sz w:val="40"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidRPr="0043098F" w:rsidR="00C0345F" w:rsidP="00B22317" w:rsidRDefault="00C0345F" w14:paraId="63B096F9" w14:textId="77777777">
+    <w:p w14:paraId="63B096F9" w14:textId="77777777" w:rsidR="00C0345F" w:rsidRPr="0043098F" w:rsidRDefault="00C0345F" w:rsidP="00B22317">
       <w:pPr>
         <w:pStyle w:val="Punktlista"/>
       </w:pPr>
       <w:r w:rsidRPr="0043098F">
         <w:t xml:space="preserve">Medarbetaren använder den desinfektionsmetod som passar dennes hud. </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00923585" w:rsidP="00923585" w:rsidRDefault="00C0345F" w14:paraId="6BB8F665" w14:textId="77777777">
+    <w:p w14:paraId="6BB8F665" w14:textId="77777777" w:rsidR="00923585" w:rsidRDefault="00C0345F" w:rsidP="00923585">
       <w:pPr>
         <w:pStyle w:val="Punktlista"/>
       </w:pPr>
       <w:r>
         <w:t>Följ V</w:t>
       </w:r>
       <w:r w:rsidRPr="0043098F">
         <w:t>årdhandboken, avsnitt</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">et </w:t>
       </w:r>
-      <w:hyperlink w:history="1" r:id="rId23">
+      <w:hyperlink r:id="rId27" w:history="1">
         <w:r w:rsidRPr="0010796E">
           <w:rPr>
             <w:rStyle w:val="Hyperlnk"/>
           </w:rPr>
           <w:t>Preoperativ handdesinfektion</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00C37AC7" w:rsidP="00923585" w:rsidRDefault="00C0345F" w14:paraId="692A86DA" w14:textId="31D18145">
+    <w:p w14:paraId="692A86DA" w14:textId="31D18145" w:rsidR="00C37AC7" w:rsidRDefault="00C0345F" w:rsidP="00923585">
       <w:pPr>
         <w:pStyle w:val="Rubrik3"/>
       </w:pPr>
-      <w:bookmarkStart w:name="_Toc146281949" w:id="37"/>
+      <w:bookmarkStart w:id="37" w:name="_Toc146281949"/>
       <w:r w:rsidRPr="00923585">
         <w:rPr>
           <w:rStyle w:val="Rubrik3Char"/>
           <w:sz w:val="40"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>Arbete i operationssal</w:t>
       </w:r>
       <w:bookmarkEnd w:id="37"/>
       <w:r w:rsidRPr="00923585">
         <w:rPr>
           <w:sz w:val="56"/>
           <w:szCs w:val="40"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidRPr="00960B1A" w:rsidR="00C0345F" w:rsidP="00960B1A" w:rsidRDefault="00B22317" w14:paraId="008BF3C6" w14:textId="639BC03B">
+    <w:p w14:paraId="008BF3C6" w14:textId="639BC03B" w:rsidR="00C0345F" w:rsidRPr="00960B1A" w:rsidRDefault="00B22317" w:rsidP="00960B1A">
       <w:pPr>
         <w:pStyle w:val="Rubrik2"/>
         <w:rPr>
           <w:sz w:val="36"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:name="_Toc146281950" w:id="38"/>
+      <w:bookmarkStart w:id="38" w:name="_Toc146281950"/>
       <w:r w:rsidRPr="00960B1A">
         <w:rPr>
           <w:rStyle w:val="Rubrik2Char"/>
           <w:bCs/>
           <w:sz w:val="36"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>I</w:t>
       </w:r>
-      <w:r w:rsidRPr="00960B1A" w:rsidR="00C0345F">
+      <w:r w:rsidR="00C0345F" w:rsidRPr="00960B1A">
         <w:rPr>
           <w:rStyle w:val="Rubrik2Char"/>
           <w:bCs/>
           <w:sz w:val="36"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>ordningsställande inför operation</w:t>
       </w:r>
       <w:bookmarkEnd w:id="38"/>
     </w:p>
-    <w:p w:rsidRPr="0043098F" w:rsidR="00C0345F" w:rsidP="00B22317" w:rsidRDefault="00C0345F" w14:paraId="14139374" w14:textId="77777777">
+    <w:p w14:paraId="14139374" w14:textId="77777777" w:rsidR="00C0345F" w:rsidRPr="0043098F" w:rsidRDefault="00C0345F" w:rsidP="00B22317">
       <w:pPr>
         <w:pStyle w:val="Punktlista"/>
       </w:pPr>
       <w:r w:rsidRPr="0043098F">
         <w:t xml:space="preserve">Före operationsstart, kontrollera att ventilationen är aktiverad. </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00C0345F" w:rsidP="00B22317" w:rsidRDefault="00C0345F" w14:paraId="4E0C762C" w14:textId="77777777">
+    <w:p w14:paraId="4E0C762C" w14:textId="77777777" w:rsidR="00C0345F" w:rsidRDefault="00C0345F" w:rsidP="00B22317">
       <w:pPr>
         <w:pStyle w:val="Punktlista"/>
         <w:rPr>
           <w:i/>
           <w:iCs/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="006774F6">
         <w:t xml:space="preserve">Före dagens första operation torkas operationslampa, operationsbord, uppdukningsbord och assistansbord av med </w:t>
       </w:r>
       <w:r>
         <w:t>a</w:t>
       </w:r>
       <w:r w:rsidRPr="00B935D2">
-        <w:t xml:space="preserve">lkoholbaserat </w:t>
-[...5 lines deleted...]
-      <w:proofErr w:type="spellEnd"/>
+        <w:t>lkoholbaserat ytdesinfektionsmedel</w:t>
+      </w:r>
       <w:r w:rsidRPr="006774F6">
         <w:rPr>
           <w:i/>
           <w:iCs/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="006774F6">
         <w:t xml:space="preserve">med rengörande verkan. </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidRPr="00B935D2" w:rsidR="00C0345F" w:rsidP="00B22317" w:rsidRDefault="00C0345F" w14:paraId="4F1E61B1" w14:textId="77777777">
+    <w:p w14:paraId="4F1E61B1" w14:textId="77777777" w:rsidR="00C0345F" w:rsidRPr="00B935D2" w:rsidRDefault="00C0345F" w:rsidP="00B22317">
       <w:pPr>
         <w:pStyle w:val="Punktlista"/>
       </w:pPr>
       <w:r w:rsidRPr="0043098F">
         <w:t>Uppdukning av instrument ska ske i ett lugnt skede då partikel- och bakterietal ligger på en låg nivå, täck över instrument- och assistentbord till dess operationen startar. Inga dörröppningar under uppdukning.</w:t>
       </w:r>
       <w:r w:rsidRPr="00B935D2">
         <w:rPr>
           <w:i/>
           <w:iCs/>
           <w:color w:val="FF0000"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00B935D2">
         <w:t xml:space="preserve">Tillförsel av varmluft skall vara avstängd under uppdukning </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidRPr="003173F7" w:rsidR="00C0345F" w:rsidP="00B22317" w:rsidRDefault="00C0345F" w14:paraId="5B96B471" w14:textId="77777777">
+    <w:p w14:paraId="5B96B471" w14:textId="77777777" w:rsidR="00C0345F" w:rsidRPr="003173F7" w:rsidRDefault="00C0345F" w:rsidP="00B22317">
       <w:pPr>
         <w:pStyle w:val="Punktlista"/>
         <w:rPr>
           <w:i/>
           <w:iCs/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="0043098F">
         <w:t xml:space="preserve">Alla förpackningar avsynas och utgångsdatum kontrolleras för att säkerställa steriliteten. </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidRPr="00D30494" w:rsidR="00C0345F" w:rsidP="00D30494" w:rsidRDefault="00C0345F" w14:paraId="3F953788" w14:textId="77777777">
+    <w:p w14:paraId="3F953788" w14:textId="77777777" w:rsidR="00C0345F" w:rsidRPr="00D30494" w:rsidRDefault="00C0345F" w:rsidP="00D30494">
       <w:pPr>
         <w:pStyle w:val="Rubrik2"/>
         <w:rPr>
           <w:sz w:val="36"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:name="_Toc146281951" w:id="39"/>
+      <w:bookmarkStart w:id="39" w:name="_Toc146281951"/>
       <w:r w:rsidRPr="00D30494">
         <w:rPr>
           <w:sz w:val="36"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Under pågående operation</w:t>
       </w:r>
       <w:bookmarkEnd w:id="39"/>
     </w:p>
-    <w:p w:rsidR="00C0345F" w:rsidP="00C0345F" w:rsidRDefault="00C0345F" w14:paraId="5A802622" w14:textId="77777777">
+    <w:p w14:paraId="5A802622" w14:textId="77777777" w:rsidR="00C0345F" w:rsidRDefault="00C0345F" w:rsidP="00C0345F">
       <w:r w:rsidRPr="0043098F">
         <w:t>Partikel- och bakterietal på en operationssal är direkt kopplat till antalet individer som vistas där samt deras aktivitet. Hög aktivitet innebär att fler bakteriebärande hudpartiklar frigörs från personalen vilka kan hamna direkt i operationssåret eller förorena instrument och öppna vätskor.</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:hyperlink w:history="1" r:id="rId24">
+      <w:hyperlink r:id="rId28" w:history="1">
         <w:r w:rsidRPr="007F54F7">
           <w:rPr>
             <w:rStyle w:val="Hyperlnk"/>
           </w:rPr>
           <w:t>Vårdhandboken.</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidRPr="0043098F" w:rsidR="00C0345F" w:rsidP="00B22317" w:rsidRDefault="00C0345F" w14:paraId="2369B8D9" w14:textId="77777777">
+    <w:p w14:paraId="2369B8D9" w14:textId="77777777" w:rsidR="00C0345F" w:rsidRPr="0043098F" w:rsidRDefault="00C0345F" w:rsidP="00B22317">
       <w:pPr>
         <w:pStyle w:val="Punktlista"/>
       </w:pPr>
       <w:r w:rsidRPr="0043098F">
         <w:t xml:space="preserve">Använd WHO:s ”Checklista för säkerhet vid operationer” 2,0. Innan operationen startar iakttas stillhet i ca 30 sek, så att partiklarna hinner evakueras eller sedimentera. </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidRPr="0043098F" w:rsidR="00C0345F" w:rsidP="00B22317" w:rsidRDefault="00C0345F" w14:paraId="29E5273D" w14:textId="77777777">
+    <w:p w14:paraId="29E5273D" w14:textId="77777777" w:rsidR="00C0345F" w:rsidRPr="0043098F" w:rsidRDefault="00C0345F" w:rsidP="00B22317">
       <w:pPr>
         <w:pStyle w:val="Punktlista"/>
       </w:pPr>
       <w:r w:rsidRPr="0043098F">
         <w:t>Minimera antalet personer på salen under pågående operation. Rekommenderat max</w:t>
       </w:r>
       <w:r>
         <w:t>antal</w:t>
       </w:r>
       <w:r w:rsidRPr="0043098F">
         <w:t xml:space="preserve"> är </w:t>
       </w:r>
       <w:r w:rsidRPr="0073768E">
         <w:rPr>
           <w:bCs/>
         </w:rPr>
         <w:t>6–8 personer.</w:t>
       </w:r>
       <w:r w:rsidRPr="0043098F">
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="0043098F">
         <w:t xml:space="preserve">Avviker man ifrån </w:t>
       </w:r>
       <w:r w:rsidRPr="0043098F">
+        <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">rekommendationen dokumenteras det i patientjournalen. Prioritering utgår i första hand från ett verksamhetsperspektiv, och i andra hand ett utbildningsperspektiv. Operationssjuksköterskan ansvarar för att steriliteten bibehålls under operationen. </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidRPr="0043098F" w:rsidR="00C0345F" w:rsidP="00B22317" w:rsidRDefault="00C0345F" w14:paraId="571F1C4C" w14:textId="77777777">
+    <w:p w14:paraId="571F1C4C" w14:textId="77777777" w:rsidR="00C0345F" w:rsidRPr="0043098F" w:rsidRDefault="00C0345F" w:rsidP="00B22317">
       <w:pPr>
         <w:pStyle w:val="Punktlista"/>
       </w:pPr>
       <w:r w:rsidRPr="0043098F">
         <w:t>Placera borden och eventuell utrustning så att luftströmmen från ventilationen inte störs</w:t>
       </w:r>
       <w:r>
         <w:t>,</w:t>
       </w:r>
       <w:r w:rsidRPr="0043098F">
         <w:t xml:space="preserve"> för att inte försämra ventilationens funktion. Undvik rörelse mellan de sterila borden.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidRPr="0043098F" w:rsidR="00C0345F" w:rsidP="00B22317" w:rsidRDefault="00C0345F" w14:paraId="5F8D7C97" w14:textId="77777777">
+    <w:p w14:paraId="5F8D7C97" w14:textId="77777777" w:rsidR="00C0345F" w:rsidRPr="0043098F" w:rsidRDefault="00C0345F" w:rsidP="00B22317">
       <w:pPr>
         <w:pStyle w:val="Punktlista"/>
       </w:pPr>
       <w:r w:rsidRPr="0043098F">
         <w:t>Endast nödvändigt material ska vara framme i operationssalen.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00C0345F" w:rsidP="00B22317" w:rsidRDefault="00C0345F" w14:paraId="51F1A171" w14:textId="77777777">
+    <w:p w14:paraId="51F1A171" w14:textId="77777777" w:rsidR="00C0345F" w:rsidRDefault="00C0345F" w:rsidP="00B22317">
       <w:pPr>
         <w:pStyle w:val="Punktlista"/>
       </w:pPr>
       <w:r w:rsidRPr="0043098F">
         <w:t>Dubbla operationshandskar rekommenderas till all kirurgi och särskilt vid kirurgi som involverar ben och implantat, djupa kaviteter, trånga utrymmen och vid ingrepp som varar över en timma.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidRPr="00172970" w:rsidR="00C0345F" w:rsidP="00B22317" w:rsidRDefault="00C0345F" w14:paraId="3DCB5E2B" w14:textId="77777777">
+    <w:p w14:paraId="3DCB5E2B" w14:textId="77777777" w:rsidR="00C0345F" w:rsidRPr="00172970" w:rsidRDefault="00C0345F" w:rsidP="00B22317">
       <w:pPr>
         <w:pStyle w:val="Punktlista"/>
       </w:pPr>
       <w:r w:rsidRPr="00172970">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve">Vid infektionskänslig kirurgi </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve">och inplantat </w:t>
       </w:r>
       <w:r w:rsidRPr="00172970">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>undviks sopsortering där partikelspridning från förpackningar kan förekomma, till exempel vid separering av plast och papper.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidRPr="0043098F" w:rsidR="00C0345F" w:rsidP="00B22317" w:rsidRDefault="00C0345F" w14:paraId="3DE86399" w14:textId="77777777">
+    <w:p w14:paraId="3DE86399" w14:textId="77777777" w:rsidR="00C0345F" w:rsidRPr="0043098F" w:rsidRDefault="00C0345F" w:rsidP="00B22317">
       <w:pPr>
         <w:pStyle w:val="Punktlista"/>
       </w:pPr>
       <w:r w:rsidRPr="0043098F">
         <w:t>Följ alltid samma rutin oavsett konstaterad smitta eller ej. Arbeta så att risken för stick- och skärskador minimeras. Arbeta med fördel enligt "non touch" teknik.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidRPr="0043098F" w:rsidR="00C0345F" w:rsidP="00B22317" w:rsidRDefault="00C0345F" w14:paraId="1741C578" w14:textId="77777777">
+    <w:p w14:paraId="1741C578" w14:textId="77777777" w:rsidR="00C0345F" w:rsidRPr="0043098F" w:rsidRDefault="00C0345F" w:rsidP="00B22317">
       <w:pPr>
         <w:pStyle w:val="Punktlista"/>
       </w:pPr>
       <w:r w:rsidRPr="0043098F">
         <w:t xml:space="preserve">Operationssalarnas dörrar ska hållas stängda under </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">uppdukning och </w:t>
       </w:r>
       <w:r w:rsidRPr="0043098F">
         <w:t xml:space="preserve">operation </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">tills förband är lagt </w:t>
       </w:r>
       <w:r w:rsidRPr="0043098F">
         <w:t xml:space="preserve">för att inte störa ventilationen. Minimera antalet dörröppningar. </w:t>
       </w:r>
       <w:r>
         <w:t>A</w:t>
       </w:r>
       <w:r w:rsidRPr="0043098F">
         <w:t>nvänd tele</w:t>
       </w:r>
       <w:r>
         <w:t>kommunikation</w:t>
       </w:r>
       <w:r w:rsidRPr="0043098F">
         <w:t xml:space="preserve"> i första hand, och lucka i dörren i andra hand. Samordna avlösningar vid längre ingrepp. Studenter/besökare som ska vara med under en operation bör stanna på salen under hela ingreppet.</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidRPr="0043098F" w:rsidR="00C0345F" w:rsidP="00B22317" w:rsidRDefault="00C0345F" w14:paraId="51413AC0" w14:textId="77777777">
+    <w:p w14:paraId="51413AC0" w14:textId="77777777" w:rsidR="00C0345F" w:rsidRPr="0043098F" w:rsidRDefault="00C0345F" w:rsidP="00B22317">
       <w:pPr>
         <w:pStyle w:val="Punktlista"/>
       </w:pPr>
       <w:r w:rsidRPr="0043098F">
         <w:t xml:space="preserve">Förvara oöppnat material i stängda skåp eller övertäckt på sal. Händer skall vara </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="0043098F">
         <w:t>nydesinfekterade</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="0043098F">
         <w:t xml:space="preserve"> när material tas ut ur skåpen.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidRPr="0073768E" w:rsidR="00C0345F" w:rsidP="00B22317" w:rsidRDefault="00C0345F" w14:paraId="4E77AD64" w14:textId="77777777">
+    <w:p w14:paraId="4E77AD64" w14:textId="77777777" w:rsidR="00C0345F" w:rsidRPr="0073768E" w:rsidRDefault="00C0345F" w:rsidP="00B22317">
       <w:pPr>
         <w:pStyle w:val="Punktlista"/>
       </w:pPr>
       <w:r w:rsidRPr="0073768E">
         <w:t>Alla förpackningar avsynas och utgångsdatum kontrolleras.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00C0345F" w:rsidP="00B22317" w:rsidRDefault="00C0345F" w14:paraId="6043C6C5" w14:textId="77777777">
+    <w:p w14:paraId="6043C6C5" w14:textId="77777777" w:rsidR="00C0345F" w:rsidRDefault="00C0345F" w:rsidP="00B22317">
       <w:pPr>
         <w:pStyle w:val="Punktlista"/>
       </w:pPr>
       <w:r w:rsidRPr="0073768E">
         <w:t>Uppdukade instrument täcks över med sterila dukar/lakan på salen och hålls övertäckta under tvättning, sterildrapering och påklädning av kirurger.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00C0345F" w:rsidP="00B22317" w:rsidRDefault="00C0345F" w14:paraId="232D4D8F" w14:textId="77777777">
+    <w:p w14:paraId="232D4D8F" w14:textId="77777777" w:rsidR="00C0345F" w:rsidRDefault="00C0345F" w:rsidP="00B22317">
       <w:pPr>
         <w:pStyle w:val="Punktlista"/>
       </w:pPr>
       <w:r w:rsidRPr="0043098F">
         <w:t xml:space="preserve">Engångsmaterial </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">som hamnar på golvet </w:t>
       </w:r>
       <w:r w:rsidRPr="0043098F">
         <w:t>kasseras och flergångsmaterial tas ur bruk och desinfekteras samt sterilisera</w:t>
       </w:r>
       <w:r>
         <w:t>s innan det åter tas i bruk</w:t>
       </w:r>
       <w:r w:rsidRPr="0043098F">
         <w:t>.</w:t>
       </w:r>
       <w:r w:rsidRPr="000F7857">
         <w:rPr>
           <w:color w:val="FF0000"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:bookmarkStart w:name="_Hlk111528257" w:id="40"/>
+      <w:bookmarkStart w:id="40" w:name="_Hlk111528257"/>
       <w:r w:rsidRPr="003108B2">
         <w:t>Händerna desinfekteras omedelbart efter upptagandet.</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> Sker detta under uppdukning plockas f</w:t>
       </w:r>
       <w:r w:rsidRPr="0073768E">
         <w:t xml:space="preserve">öremål som hamnat på golvet upp sist efter uppdukning. </w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="40"/>
-    <w:p w:rsidR="00C0345F" w:rsidP="00B22317" w:rsidRDefault="00C0345F" w14:paraId="1C052032" w14:textId="77777777">
+    <w:p w14:paraId="1C052032" w14:textId="77777777" w:rsidR="00C0345F" w:rsidRDefault="00C0345F" w:rsidP="00B22317">
       <w:pPr>
         <w:pStyle w:val="Punktlista"/>
       </w:pPr>
       <w:r w:rsidRPr="0043098F">
         <w:t xml:space="preserve">Om rock och handskar tas av innan operationssåret är slutet görs detta på behörigt avstånd från patienten. </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidRPr="00D30494" w:rsidR="00C0345F" w:rsidP="00D30494" w:rsidRDefault="00C0345F" w14:paraId="0BB0EF51" w14:textId="5787CD3E">
+    <w:p w14:paraId="0BB0EF51" w14:textId="5787CD3E" w:rsidR="00C0345F" w:rsidRPr="00D30494" w:rsidRDefault="00C0345F" w:rsidP="00D30494">
       <w:pPr>
         <w:pStyle w:val="Rubrik3"/>
         <w:rPr>
           <w:sz w:val="40"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:name="_Toc146281952" w:id="41"/>
+      <w:bookmarkStart w:id="41" w:name="_Toc146281952"/>
       <w:r w:rsidRPr="00D30494">
         <w:rPr>
           <w:sz w:val="40"/>
           <w:szCs w:val="28"/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t>Anestesi</w:t>
       </w:r>
       <w:bookmarkEnd w:id="41"/>
     </w:p>
-    <w:p w:rsidR="00C0345F" w:rsidP="00C0345F" w:rsidRDefault="00C0345F" w14:paraId="1DD99F0A" w14:textId="77777777">
+    <w:p w14:paraId="1DD99F0A" w14:textId="77777777" w:rsidR="00C0345F" w:rsidRDefault="00C0345F" w:rsidP="00C0345F">
       <w:r w:rsidRPr="0043098F">
         <w:t xml:space="preserve">I samband med </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="0043098F">
         <w:t>invasiva</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="0043098F">
         <w:t xml:space="preserve"> arbetsmoment ska strikt aseptisk teknik användas.</w:t>
       </w:r>
       <w:r w:rsidRPr="0043098F">
         <w:rPr>
           <w:i/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="0043098F">
         <w:t xml:space="preserve">Vid riskmoment så som sugning i luftvägen, intubation, </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="0043098F">
         <w:t>extubation</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="0043098F">
         <w:t xml:space="preserve"> och bronkoskopi bör munskydd </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">IIR </w:t>
       </w:r>
       <w:r w:rsidRPr="0043098F">
         <w:t>och visir användas.</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidRPr="00D30494" w:rsidR="00C0345F" w:rsidP="00D30494" w:rsidRDefault="00C0345F" w14:paraId="40B70758" w14:textId="77777777">
+    <w:p w14:paraId="40B70758" w14:textId="77777777" w:rsidR="00C0345F" w:rsidRPr="00D30494" w:rsidRDefault="00C0345F" w:rsidP="00D30494">
       <w:pPr>
         <w:pStyle w:val="Rubrik2"/>
         <w:rPr>
           <w:sz w:val="36"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:name="_Toc146281953" w:id="42"/>
+      <w:bookmarkStart w:id="42" w:name="_Toc146281953"/>
       <w:r w:rsidRPr="00D30494">
         <w:rPr>
           <w:sz w:val="36"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Uppdukning inför regionalanestesi och CVK</w:t>
       </w:r>
       <w:bookmarkEnd w:id="42"/>
       <w:r w:rsidRPr="00D30494">
         <w:rPr>
           <w:sz w:val="36"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidRPr="0043098F" w:rsidR="00C0345F" w:rsidP="00B22317" w:rsidRDefault="00C0345F" w14:paraId="48A18419" w14:textId="77777777">
+    <w:p w14:paraId="48A18419" w14:textId="77777777" w:rsidR="00C0345F" w:rsidRPr="0043098F" w:rsidRDefault="00C0345F" w:rsidP="00B22317">
       <w:pPr>
         <w:pStyle w:val="Punktlista"/>
       </w:pPr>
       <w:r w:rsidRPr="0043098F">
         <w:t>Desinfektera arbetsytan och händerna före uppackning av material.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidRPr="0043098F" w:rsidR="00C0345F" w:rsidP="00B22317" w:rsidRDefault="00C0345F" w14:paraId="775597B5" w14:textId="77777777">
+    <w:p w14:paraId="775597B5" w14:textId="77777777" w:rsidR="00C0345F" w:rsidRPr="0043098F" w:rsidRDefault="00C0345F" w:rsidP="00B22317">
       <w:pPr>
         <w:pStyle w:val="Punktlista"/>
       </w:pPr>
       <w:r w:rsidRPr="0043098F">
         <w:t>Munskydd används av ansvarig anestesipersonal och uppdukande assisterande personal</w:t>
       </w:r>
       <w:r>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidRPr="0043098F" w:rsidR="00C0345F" w:rsidP="00B22317" w:rsidRDefault="00C0345F" w14:paraId="29A9F8C9" w14:textId="77777777">
+    <w:p w14:paraId="29A9F8C9" w14:textId="77777777" w:rsidR="00C0345F" w:rsidRPr="0043098F" w:rsidRDefault="00C0345F" w:rsidP="00B22317">
       <w:pPr>
         <w:pStyle w:val="Punktlista"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Desinfektera </w:t>
       </w:r>
       <w:r w:rsidRPr="0043098F">
         <w:t xml:space="preserve">händerna noggrant innan uppdukning och innan sterila handskar tas på. </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidRPr="0043098F" w:rsidR="00C0345F" w:rsidP="00B22317" w:rsidRDefault="00C0345F" w14:paraId="78B9FE93" w14:textId="77777777">
+    <w:p w14:paraId="78B9FE93" w14:textId="77777777" w:rsidR="00C0345F" w:rsidRPr="0043098F" w:rsidRDefault="00C0345F" w:rsidP="00B22317">
       <w:pPr>
         <w:pStyle w:val="Punktlista"/>
       </w:pPr>
       <w:r w:rsidRPr="0043098F">
         <w:t xml:space="preserve">Täck över det uppdukade materialet om det inte ska användas omedelbart. </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidRPr="0043098F" w:rsidR="00C0345F" w:rsidP="00B22317" w:rsidRDefault="00C0345F" w14:paraId="12683927" w14:textId="77777777">
+    <w:p w14:paraId="12683927" w14:textId="77777777" w:rsidR="00C0345F" w:rsidRPr="0043098F" w:rsidRDefault="00C0345F" w:rsidP="00B22317">
       <w:pPr>
         <w:pStyle w:val="Punktlista"/>
       </w:pPr>
       <w:r w:rsidRPr="0043098F">
         <w:t>Vid CVK ska anestesiläkaren vara sterilklädd.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidRPr="00D30494" w:rsidR="00C0345F" w:rsidP="00D30494" w:rsidRDefault="00C0345F" w14:paraId="43654870" w14:textId="77777777">
+    <w:p w14:paraId="43654870" w14:textId="77777777" w:rsidR="00C0345F" w:rsidRPr="00D30494" w:rsidRDefault="00C0345F" w:rsidP="00D30494">
       <w:pPr>
         <w:pStyle w:val="Rubrik2"/>
         <w:rPr>
           <w:sz w:val="36"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:name="_Toc146281954" w:id="43"/>
+      <w:bookmarkStart w:id="43" w:name="_Toc146281954"/>
       <w:r w:rsidRPr="00D30494">
         <w:rPr>
           <w:sz w:val="36"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Rengöringsrutiner</w:t>
       </w:r>
       <w:bookmarkEnd w:id="43"/>
     </w:p>
-    <w:p w:rsidRPr="0043098F" w:rsidR="00C0345F" w:rsidP="00C0345F" w:rsidRDefault="00C0345F" w14:paraId="1F98BE2A" w14:textId="77777777">
+    <w:p w14:paraId="1F98BE2A" w14:textId="77777777" w:rsidR="00C0345F" w:rsidRPr="0043098F" w:rsidRDefault="00C0345F" w:rsidP="00C0345F">
       <w:pPr>
         <w:rPr>
           <w:rStyle w:val="Rubrik2Char"/>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="0043098F">
         <w:t>All utrustning som delas mellan patienter ska rengöras och desinfekteras.</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidRPr="00D30494" w:rsidR="00C0345F" w:rsidP="00D30494" w:rsidRDefault="00C0345F" w14:paraId="41C4240E" w14:textId="77777777">
+    <w:p w14:paraId="41C4240E" w14:textId="77777777" w:rsidR="00C0345F" w:rsidRPr="00D30494" w:rsidRDefault="00C0345F" w:rsidP="00D30494">
       <w:pPr>
         <w:pStyle w:val="Rubrik2"/>
         <w:rPr>
           <w:sz w:val="36"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:name="_Toc146281955" w:id="44"/>
+      <w:bookmarkStart w:id="44" w:name="_Toc146281955"/>
       <w:r w:rsidRPr="00D30494">
         <w:rPr>
           <w:sz w:val="36"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Efter varje avslutad patient (</w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00D30494">
         <w:rPr>
           <w:sz w:val="36"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>mellanstäd</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00D30494">
         <w:rPr>
           <w:sz w:val="36"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>)</w:t>
       </w:r>
       <w:bookmarkEnd w:id="44"/>
     </w:p>
-    <w:p w:rsidRPr="004F07DB" w:rsidR="00C0345F" w:rsidP="00B22317" w:rsidRDefault="00C0345F" w14:paraId="1CA7FBEA" w14:textId="77777777">
+    <w:p w14:paraId="1CA7FBEA" w14:textId="77777777" w:rsidR="00C0345F" w:rsidRPr="004F07DB" w:rsidRDefault="00C0345F" w:rsidP="00B22317">
       <w:pPr>
         <w:pStyle w:val="Punktlista"/>
       </w:pPr>
       <w:r w:rsidRPr="004F07DB">
         <w:t xml:space="preserve">Städning får inte påbörjas innan patienten lämnat salen. </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidRPr="0043098F" w:rsidR="00C0345F" w:rsidP="00B22317" w:rsidRDefault="00C0345F" w14:paraId="7377F6C7" w14:textId="77777777">
+    <w:p w14:paraId="7377F6C7" w14:textId="77777777" w:rsidR="00C0345F" w:rsidRPr="0043098F" w:rsidRDefault="00C0345F" w:rsidP="00B22317">
       <w:pPr>
         <w:pStyle w:val="Punktlista"/>
       </w:pPr>
       <w:r w:rsidRPr="0043098F">
         <w:t>Desinfektera ventilator, narkosbord/</w:t>
       </w:r>
       <w:r w:rsidRPr="00A72EBA">
         <w:t>kommod</w:t>
       </w:r>
       <w:r w:rsidRPr="0043098F">
         <w:t xml:space="preserve">, kablar, slangar, </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">rattar, knappar, touchskärmar, </w:t>
       </w:r>
       <w:r w:rsidRPr="0043098F">
         <w:t>laryngoskophandtag</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:r w:rsidRPr="0043098F">
         <w:t xml:space="preserve">ytor och </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="0043098F">
         <w:t>tagytor</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="0043098F">
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidRPr="0043098F" w:rsidR="00C0345F" w:rsidP="00B22317" w:rsidRDefault="00C0345F" w14:paraId="5C432807" w14:textId="77777777">
+    <w:p w14:paraId="5C432807" w14:textId="77777777" w:rsidR="00C0345F" w:rsidRPr="0043098F" w:rsidRDefault="00C0345F" w:rsidP="00B22317">
       <w:pPr>
         <w:pStyle w:val="Punktlista"/>
       </w:pPr>
       <w:r w:rsidRPr="0043098F">
         <w:t>Byt patientnära filter.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidRPr="0043098F" w:rsidR="00C0345F" w:rsidP="00B22317" w:rsidRDefault="00C0345F" w14:paraId="17637893" w14:textId="77777777">
+    <w:p w14:paraId="17637893" w14:textId="77777777" w:rsidR="00C0345F" w:rsidRPr="0043098F" w:rsidRDefault="00C0345F" w:rsidP="00B22317">
       <w:pPr>
         <w:pStyle w:val="Punktlista"/>
       </w:pPr>
       <w:r w:rsidRPr="0043098F">
         <w:t xml:space="preserve">Sugslang och </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="0043098F">
         <w:t>sugpåse</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="0043098F">
         <w:t xml:space="preserve"> byts då dessa varit använda</w:t>
       </w:r>
       <w:r>
         <w:t>, kanistern desinfekteras</w:t>
       </w:r>
       <w:r w:rsidRPr="0043098F">
         <w:t xml:space="preserve">. </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidRPr="00D30494" w:rsidR="00C0345F" w:rsidP="00D30494" w:rsidRDefault="00C0345F" w14:paraId="5E1565AF" w14:textId="77777777">
+    <w:p w14:paraId="5E1565AF" w14:textId="77777777" w:rsidR="00C0345F" w:rsidRPr="00D30494" w:rsidRDefault="00C0345F" w:rsidP="00D30494">
       <w:pPr>
         <w:pStyle w:val="Rubrik2"/>
         <w:rPr>
           <w:sz w:val="36"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:name="_Toc146281956" w:id="45"/>
+      <w:bookmarkStart w:id="45" w:name="_Toc146281956"/>
       <w:r w:rsidRPr="00D30494">
         <w:rPr>
           <w:sz w:val="36"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">Vid </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00D30494">
         <w:rPr>
           <w:sz w:val="36"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>slutstäd</w:t>
       </w:r>
       <w:bookmarkEnd w:id="45"/>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00D30494">
         <w:rPr>
           <w:sz w:val="36"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">  </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00C0345F" w:rsidP="00B22317" w:rsidRDefault="00C0345F" w14:paraId="75EAD2F2" w14:textId="77777777">
+    <w:p w14:paraId="75EAD2F2" w14:textId="77777777" w:rsidR="00C0345F" w:rsidRDefault="00C0345F" w:rsidP="00B22317">
       <w:pPr>
         <w:pStyle w:val="Punktlista"/>
       </w:pPr>
       <w:r>
         <w:t>Som vid mellanstädning.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidRPr="0043098F" w:rsidR="00C0345F" w:rsidP="00B22317" w:rsidRDefault="00C0345F" w14:paraId="4CAB8F17" w14:textId="77777777">
+    <w:p w14:paraId="4CAB8F17" w14:textId="77777777" w:rsidR="00C0345F" w:rsidRPr="0043098F" w:rsidRDefault="00C0345F" w:rsidP="00B22317">
       <w:pPr>
         <w:pStyle w:val="Punktlista"/>
       </w:pPr>
       <w:r w:rsidRPr="0043098F">
         <w:t>Byt till ny andningsblåsa.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidRPr="0043098F" w:rsidR="00C0345F" w:rsidP="00B22317" w:rsidRDefault="00C0345F" w14:paraId="6C9D44E3" w14:textId="77777777">
+    <w:p w14:paraId="6C9D44E3" w14:textId="77777777" w:rsidR="00C0345F" w:rsidRPr="0043098F" w:rsidRDefault="00C0345F" w:rsidP="00B22317">
       <w:pPr>
         <w:pStyle w:val="Punktlista"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Byt </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:t>sprutfat</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidRPr="00D30494" w:rsidR="00C0345F" w:rsidP="00D30494" w:rsidRDefault="00C0345F" w14:paraId="6868A901" w14:textId="77777777">
+    <w:p w14:paraId="6868A901" w14:textId="77777777" w:rsidR="00C0345F" w:rsidRPr="00D30494" w:rsidRDefault="00C0345F" w:rsidP="00D30494">
       <w:pPr>
         <w:pStyle w:val="Rubrik2"/>
         <w:rPr>
           <w:sz w:val="36"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:name="_Toc146281957" w:id="46"/>
+      <w:bookmarkStart w:id="46" w:name="_Toc146281957"/>
       <w:r w:rsidRPr="00D30494">
         <w:rPr>
           <w:sz w:val="36"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Ventilatorn</w:t>
       </w:r>
       <w:bookmarkEnd w:id="46"/>
     </w:p>
-    <w:p w:rsidRPr="0043098F" w:rsidR="00C0345F" w:rsidP="00B22317" w:rsidRDefault="00C0345F" w14:paraId="122884FA" w14:textId="77777777">
+    <w:p w14:paraId="122884FA" w14:textId="77777777" w:rsidR="00C0345F" w:rsidRPr="0043098F" w:rsidRDefault="00C0345F" w:rsidP="00B22317">
       <w:pPr>
         <w:pStyle w:val="Punktlista"/>
       </w:pPr>
       <w:r w:rsidRPr="0043098F">
         <w:t xml:space="preserve">Byt ventilatorslangar 1 gång/vecka samt vid behov. </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00C0345F" w:rsidP="00B22317" w:rsidRDefault="00C0345F" w14:paraId="378216BB" w14:textId="77777777">
+    <w:p w14:paraId="378216BB" w14:textId="77777777" w:rsidR="00C0345F" w:rsidRDefault="00C0345F" w:rsidP="00B22317">
       <w:pPr>
         <w:pStyle w:val="Punktlista"/>
       </w:pPr>
       <w:r w:rsidRPr="0043098F">
         <w:t>Byte och diskning av ventilatorkas</w:t>
       </w:r>
       <w:r>
         <w:t>setten görs 1 gång/halvår av MT-</w:t>
       </w:r>
       <w:r w:rsidRPr="0043098F">
         <w:t xml:space="preserve">ansvarig anestesipersonal. </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidRPr="00D30494" w:rsidR="00C0345F" w:rsidP="00D30494" w:rsidRDefault="00C0345F" w14:paraId="14AEC859" w14:textId="77777777">
+    <w:p w14:paraId="14AEC859" w14:textId="77777777" w:rsidR="00C0345F" w:rsidRPr="00D30494" w:rsidRDefault="00C0345F" w:rsidP="00D30494">
       <w:pPr>
         <w:pStyle w:val="Rubrik3"/>
         <w:rPr>
           <w:sz w:val="40"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:name="_Toc146281958" w:id="47"/>
+      <w:bookmarkStart w:id="47" w:name="_Toc146281958"/>
       <w:r w:rsidRPr="00D30494">
         <w:rPr>
           <w:sz w:val="40"/>
           <w:szCs w:val="28"/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t>Städning och desinfektion</w:t>
       </w:r>
       <w:bookmarkEnd w:id="47"/>
       <w:r w:rsidRPr="00D30494">
         <w:rPr>
           <w:sz w:val="40"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidRPr="0043098F" w:rsidR="00C0345F" w:rsidP="00C0345F" w:rsidRDefault="00C0345F" w14:paraId="1048AB98" w14:textId="77777777">
+    <w:p w14:paraId="1048AB98" w14:textId="77777777" w:rsidR="00C0345F" w:rsidRPr="0043098F" w:rsidRDefault="00C0345F" w:rsidP="00C0345F">
       <w:r w:rsidRPr="0043098F">
         <w:t xml:space="preserve">Syftet med städning är att minimera mängden föroreningar och mikroorganismer på inredning och utrustning för att minska risken för smittöverföring. </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidRPr="0043098F" w:rsidR="00C0345F" w:rsidP="00C0345F" w:rsidRDefault="00C0345F" w14:paraId="3DCAA67A" w14:textId="77777777">
+    <w:p w14:paraId="3DCAA67A" w14:textId="77777777" w:rsidR="00C0345F" w:rsidRPr="0043098F" w:rsidRDefault="00C0345F" w:rsidP="00C0345F">
       <w:r w:rsidRPr="0043098F">
         <w:t xml:space="preserve">Mekanisk bearbetning av ytorna är viktigt vid all städning samt vid punktdesinfektion. Fördelning av städuppgifter mellan vård- och lokalvårdspersonal kan variera mellan olika verksamheter. Denna fördelning måste vara känd av berörda parter. </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidRPr="0043098F" w:rsidR="00C0345F" w:rsidP="00B22317" w:rsidRDefault="00C0345F" w14:paraId="0E71EE12" w14:textId="77777777">
+    <w:p w14:paraId="0E71EE12" w14:textId="77777777" w:rsidR="00C0345F" w:rsidRPr="0043098F" w:rsidRDefault="00C0345F" w:rsidP="00B22317">
       <w:pPr>
         <w:pStyle w:val="Punktlista"/>
       </w:pPr>
       <w:r w:rsidRPr="0043098F">
         <w:t>Använd redskap, rengörings- och desinfektionsmedel som är upphandlade av Västra Götalandsregionen.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidRPr="0043098F" w:rsidR="00C0345F" w:rsidP="00B22317" w:rsidRDefault="00C0345F" w14:paraId="43C6E468" w14:textId="77777777">
+    <w:p w14:paraId="43C6E468" w14:textId="77777777" w:rsidR="00C0345F" w:rsidRPr="0043098F" w:rsidRDefault="00C0345F" w:rsidP="00B22317">
       <w:pPr>
         <w:pStyle w:val="Punktlista"/>
       </w:pPr>
       <w:r w:rsidRPr="0043098F">
         <w:t>Arbeta metodiskt från rent till smutsigt, oftast är det uppifrån och nedåt.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidRPr="0043098F" w:rsidR="00C0345F" w:rsidP="00B22317" w:rsidRDefault="00C0345F" w14:paraId="403548A4" w14:textId="77777777">
+    <w:p w14:paraId="403548A4" w14:textId="7274FD14" w:rsidR="00C0345F" w:rsidRPr="0043098F" w:rsidRDefault="00C0345F" w:rsidP="00B22317">
       <w:pPr>
         <w:pStyle w:val="Punktlista"/>
         <w:rPr>
           <w:b/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="0043098F">
-        <w:t xml:space="preserve">Medel som används är alkoholbaserat </w:t>
+        <w:t xml:space="preserve">Medel som används är alkoholbaserat ytdesinfektionsmedel med rengörande verkan. Alternativt </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">kan </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="0043098F">
-        <w:t>ytdesinfektionsmedel</w:t>
+      <w:r w:rsidR="00D66B3B">
+        <w:t>Virkon</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="0043098F">
-[...4 lines deleted...]
-      </w:r>
+      <w:r w:rsidR="00527501">
+        <w:t>®</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0043098F">
+        <w:t xml:space="preserve"> användas.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="573093C5" w14:textId="2A84DF77" w:rsidR="00C0345F" w:rsidRPr="0043098F" w:rsidRDefault="00527501" w:rsidP="00B22317">
+      <w:pPr>
+        <w:pStyle w:val="Punktlista"/>
+      </w:pPr>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="0043098F">
-        <w:t>Incidin</w:t>
+      <w:r>
+        <w:rPr>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>Virkon</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="0043098F">
-[...8 lines deleted...]
-      <w:r w:rsidRPr="00172970">
+      <w:r>
         <w:rPr>
           <w:bCs/>
         </w:rPr>
-        <w:t>Incidin</w:t>
-[...2 lines deleted...]
-      <w:r w:rsidRPr="00172970">
+        <w:t>®</w:t>
+      </w:r>
+      <w:r w:rsidR="00C0345F" w:rsidRPr="00172970">
         <w:rPr>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve"> används</w:t>
       </w:r>
-      <w:r w:rsidRPr="00172970">
+      <w:r w:rsidR="00C0345F" w:rsidRPr="00172970">
         <w:rPr>
           <w:bCs/>
           <w:color w:val="FF0000"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
+      <w:r w:rsidR="00C0345F" w:rsidRPr="00172970">
+        <w:rPr>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">vid diarré och kräkning av okänd orsak samt vid </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00C0345F" w:rsidRPr="00172970">
+        <w:rPr>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>calici</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00C0345F" w:rsidRPr="00172970">
+        <w:rPr>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> och </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00C0345F">
+        <w:t>Clostridioides</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00C0345F">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00C0345F">
+        <w:t>difficile</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00C0345F" w:rsidRPr="00172970">
+        <w:rPr>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> och vid desinfektion av stora ytor, exempelvis golv. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7DA1BE62" w14:textId="77777777" w:rsidR="00C0345F" w:rsidRPr="0043098F" w:rsidRDefault="00C0345F" w:rsidP="00B22317">
+      <w:pPr>
+        <w:pStyle w:val="Punktlista"/>
+      </w:pPr>
+      <w:r w:rsidRPr="0043098F">
+        <w:t>Vid stänk och spill av blod och kroppsvätskor/utsöndringar under operation</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> använd punktdesinfektion</w:t>
+      </w:r>
       <w:r w:rsidRPr="00172970">
         <w:rPr>
-          <w:bCs/>
-[...22 lines deleted...]
-      <w:r>
+          <w:color w:val="7030A0"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0043098F">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
-[...31 lines deleted...]
-    <w:p w:rsidR="00C0345F" w:rsidP="00B22317" w:rsidRDefault="00C0345F" w14:paraId="4111C34B" w14:textId="77777777">
+    </w:p>
+    <w:p w14:paraId="4111C34B" w14:textId="77777777" w:rsidR="00C0345F" w:rsidRDefault="00C0345F" w:rsidP="00B22317">
       <w:pPr>
         <w:pStyle w:val="Punktlista"/>
       </w:pPr>
       <w:r w:rsidRPr="0043098F">
         <w:t>Operationssalen och all utrustning städas när patienten lämnat salen.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidRPr="006015D0" w:rsidR="00C0345F" w:rsidP="00B22317" w:rsidRDefault="00C0345F" w14:paraId="617DDA4D" w14:textId="77777777">
+    <w:p w14:paraId="617DDA4D" w14:textId="77777777" w:rsidR="00C0345F" w:rsidRPr="006015D0" w:rsidRDefault="00C0345F" w:rsidP="00B22317">
       <w:pPr>
         <w:pStyle w:val="Punktlista"/>
       </w:pPr>
       <w:r w:rsidRPr="0043098F">
         <w:t>Takhängda armar och ramar torkas av en gång i veckan.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidRPr="00D30494" w:rsidR="00C0345F" w:rsidP="00D30494" w:rsidRDefault="00C0345F" w14:paraId="342CB5CF" w14:textId="77777777">
+    <w:p w14:paraId="342CB5CF" w14:textId="77777777" w:rsidR="00C0345F" w:rsidRPr="00D30494" w:rsidRDefault="00C0345F" w:rsidP="00D30494">
       <w:pPr>
         <w:pStyle w:val="Rubrik2"/>
         <w:rPr>
           <w:sz w:val="36"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:name="_Toc146281959" w:id="48"/>
+      <w:bookmarkStart w:id="48" w:name="_Toc146281959"/>
       <w:r w:rsidRPr="00D30494">
         <w:rPr>
           <w:sz w:val="36"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Mellanstädning</w:t>
       </w:r>
       <w:bookmarkEnd w:id="48"/>
     </w:p>
-    <w:p w:rsidRPr="0043098F" w:rsidR="00C0345F" w:rsidP="00C0345F" w:rsidRDefault="00C0345F" w14:paraId="32478703" w14:textId="77777777">
+    <w:p w14:paraId="32478703" w14:textId="77777777" w:rsidR="00C0345F" w:rsidRPr="0043098F" w:rsidRDefault="00C0345F" w:rsidP="00C0345F">
       <w:r w:rsidRPr="0043098F">
         <w:t>Efter varje o</w:t>
       </w:r>
       <w:r>
         <w:t>peration utförs mellanstädning:</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidRPr="00DB45CE" w:rsidR="00C0345F" w:rsidP="00B22317" w:rsidRDefault="00C0345F" w14:paraId="7D135C7F" w14:textId="77777777">
+    <w:p w14:paraId="7D135C7F" w14:textId="77777777" w:rsidR="00C0345F" w:rsidRPr="00DB45CE" w:rsidRDefault="00C0345F" w:rsidP="00B22317">
       <w:pPr>
         <w:pStyle w:val="Punktlista"/>
       </w:pPr>
       <w:r w:rsidRPr="00DB45CE">
         <w:t xml:space="preserve">Städning får inte påbörjas innan patienten lämnat salen. </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidRPr="0043098F" w:rsidR="00C0345F" w:rsidP="00B22317" w:rsidRDefault="00C0345F" w14:paraId="6AD06F3E" w14:textId="77777777">
+    <w:p w14:paraId="6AD06F3E" w14:textId="77777777" w:rsidR="00C0345F" w:rsidRPr="0043098F" w:rsidRDefault="00C0345F" w:rsidP="00B22317">
       <w:pPr>
         <w:pStyle w:val="Punktlista"/>
       </w:pPr>
       <w:r w:rsidRPr="0043098F">
         <w:t>All utrustning som delas mellan patienter ska rengöras och desinfekteras.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidRPr="0043098F" w:rsidR="00C0345F" w:rsidP="00B22317" w:rsidRDefault="00C0345F" w14:paraId="59488825" w14:textId="77777777">
+    <w:p w14:paraId="59488825" w14:textId="77777777" w:rsidR="00C0345F" w:rsidRPr="0043098F" w:rsidRDefault="00C0345F" w:rsidP="00B22317">
       <w:pPr>
         <w:pStyle w:val="Punktlista"/>
       </w:pPr>
       <w:r w:rsidRPr="0043098F">
         <w:t>Desinfektera operationslampa</w:t>
       </w:r>
       <w:r>
         <w:t>,</w:t>
       </w:r>
       <w:r w:rsidRPr="0043098F">
         <w:t xml:space="preserve"> operationsbord, uppdukningsbord, assistansbord, ventilator och narkosbord/kommod samt alla </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="0043098F">
         <w:t>tagytor</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r>
         <w:t>,</w:t>
       </w:r>
       <w:r w:rsidRPr="0043098F">
         <w:t xml:space="preserve"> exempelvis knappar och ”touchytor” på apparatur.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidRPr="0043098F" w:rsidR="00C0345F" w:rsidP="00B22317" w:rsidRDefault="00C0345F" w14:paraId="4E9BDF90" w14:textId="77777777">
+    <w:p w14:paraId="4E9BDF90" w14:textId="77777777" w:rsidR="00C0345F" w:rsidRPr="0043098F" w:rsidRDefault="00C0345F" w:rsidP="00B22317">
       <w:pPr>
         <w:pStyle w:val="Punktlista"/>
       </w:pPr>
       <w:r w:rsidRPr="0043098F">
         <w:t>Golvets fria ytor skall rengöras. Om punktdesinfektion fungerat tillfullo räcker det att man rengör dessa ytor med rengöringsmedel och vatten</w:t>
       </w:r>
       <w:r>
         <w:t>,</w:t>
       </w:r>
       <w:r w:rsidRPr="0043098F">
-        <w:t xml:space="preserve"> annars skall ett alkoholbaserat </w:t>
-[...10 lines deleted...]
-    <w:p w:rsidR="00C0345F" w:rsidP="00B22317" w:rsidRDefault="00C0345F" w14:paraId="4CDC7546" w14:textId="77777777">
+        <w:t xml:space="preserve"> annars skall ett alkoholbaserat ytdesinfektionsmedel med rengörande verkan användas. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4CDC7546" w14:textId="77777777" w:rsidR="00C0345F" w:rsidRDefault="00C0345F" w:rsidP="00B22317">
       <w:pPr>
         <w:pStyle w:val="Punktlista"/>
       </w:pPr>
       <w:r w:rsidRPr="0043098F">
         <w:t>Operationssalen är klar för att tas i bruk när golv och ytor är torra.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidRPr="00D30494" w:rsidR="00C0345F" w:rsidP="00D30494" w:rsidRDefault="00C0345F" w14:paraId="408BCFBA" w14:textId="77777777">
+    <w:p w14:paraId="408BCFBA" w14:textId="77777777" w:rsidR="00C0345F" w:rsidRPr="00D30494" w:rsidRDefault="00C0345F" w:rsidP="00D30494">
       <w:pPr>
         <w:pStyle w:val="Rubrik2"/>
         <w:rPr>
           <w:sz w:val="36"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:name="_Toc146281960" w:id="49"/>
+      <w:bookmarkStart w:id="49" w:name="_Toc146281960"/>
       <w:r w:rsidRPr="00D30494">
         <w:rPr>
           <w:sz w:val="36"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Slutstädning</w:t>
       </w:r>
       <w:bookmarkEnd w:id="49"/>
     </w:p>
-    <w:p w:rsidRPr="0043098F" w:rsidR="00C0345F" w:rsidP="00B22317" w:rsidRDefault="00C0345F" w14:paraId="4EACEF7B" w14:textId="77777777">
+    <w:p w14:paraId="4EACEF7B" w14:textId="609D48A2" w:rsidR="00C0345F" w:rsidRPr="0043098F" w:rsidRDefault="00C0345F" w:rsidP="00B22317">
       <w:pPr>
         <w:pStyle w:val="Punktlista"/>
       </w:pPr>
       <w:r>
         <w:t>Slutstädning</w:t>
       </w:r>
       <w:r w:rsidRPr="0043098F">
         <w:t xml:space="preserve"> innebär städning och desinfektion som vid mellanstädning</w:t>
       </w:r>
       <w:r>
         <w:t>,</w:t>
       </w:r>
       <w:r w:rsidRPr="0043098F">
         <w:t xml:space="preserve"> samt</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> att</w:t>
       </w:r>
       <w:r w:rsidRPr="0043098F">
         <w:t xml:space="preserve"> all övrig använd utrustning och </w:t>
       </w:r>
       <w:r w:rsidRPr="0043098F">
-        <w:t xml:space="preserve">apparatur rengörs och desinfekteras med </w:t>
+        <w:lastRenderedPageBreak/>
+        <w:t>apparatur rengörs och desinfekteras med ytdesinfektionsmedel med rengörande verkan</w:t>
+      </w:r>
+      <w:r>
+        <w:t>,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0043098F">
+        <w:t xml:space="preserve"> alternativt </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="0043098F">
-        <w:t>ytdesinfektionsmedel</w:t>
+      <w:r w:rsidR="001A2730">
+        <w:t>Virkon</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="0043098F">
-[...12 lines deleted...]
-      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="001A2730">
+        <w:t>®</w:t>
+      </w:r>
       <w:r w:rsidRPr="0043098F">
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidRPr="0043098F" w:rsidR="00C0345F" w:rsidP="00B22317" w:rsidRDefault="00C0345F" w14:paraId="5B6C2483" w14:textId="77777777">
+    <w:p w14:paraId="5B6C2483" w14:textId="77777777" w:rsidR="00C0345F" w:rsidRPr="0043098F" w:rsidRDefault="00C0345F" w:rsidP="00B22317">
       <w:pPr>
         <w:pStyle w:val="Punktlista"/>
       </w:pPr>
       <w:r w:rsidRPr="0043098F">
         <w:t>Rengör golvets yta</w:t>
       </w:r>
       <w:r>
         <w:t>.</w:t>
       </w:r>
       <w:r w:rsidRPr="0043098F">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidRPr="0043098F" w:rsidR="00C0345F" w:rsidP="00B22317" w:rsidRDefault="00C0345F" w14:paraId="5EC1A5D5" w14:textId="77777777">
+    <w:p w14:paraId="5EC1A5D5" w14:textId="77777777" w:rsidR="00C0345F" w:rsidRPr="0043098F" w:rsidRDefault="00C0345F" w:rsidP="00B22317">
       <w:pPr>
         <w:pStyle w:val="Punktlista"/>
       </w:pPr>
       <w:r w:rsidRPr="0043098F">
         <w:t>Per</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">ifera ytor på operationssalen </w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
       <w:r>
         <w:t>t.</w:t>
       </w:r>
       <w:r w:rsidRPr="0043098F">
         <w:t>ex</w:t>
       </w:r>
       <w:r>
         <w:t>.</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
       <w:r w:rsidRPr="0043098F">
         <w:t xml:space="preserve"> fönsterbrädor och hyllor rengörs</w:t>
       </w:r>
       <w:r>
         <w:t>.</w:t>
       </w:r>
       <w:r w:rsidRPr="0043098F">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidRPr="0043098F" w:rsidR="00C0345F" w:rsidP="00B22317" w:rsidRDefault="00C0345F" w14:paraId="4603B9F7" w14:textId="77777777">
+    <w:p w14:paraId="4603B9F7" w14:textId="77777777" w:rsidR="00C0345F" w:rsidRPr="0043098F" w:rsidRDefault="00C0345F" w:rsidP="00B22317">
       <w:pPr>
         <w:pStyle w:val="Punktlista"/>
       </w:pPr>
       <w:r w:rsidRPr="0043098F">
         <w:t>Städutrustning rengörs och desinfekteras</w:t>
       </w:r>
       <w:r>
         <w:t>.</w:t>
       </w:r>
       <w:r w:rsidRPr="0043098F">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00C0345F" w:rsidP="00B22317" w:rsidRDefault="00C0345F" w14:paraId="18020D8D" w14:textId="77777777">
+    <w:p w14:paraId="18020D8D" w14:textId="77777777" w:rsidR="00C0345F" w:rsidRDefault="00C0345F" w:rsidP="00B22317">
       <w:pPr>
         <w:pStyle w:val="Punktlista"/>
       </w:pPr>
       <w:r w:rsidRPr="00A4336F">
         <w:t>Vid städ hålls dörrarna stängda</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> om ventilationen är påslagen</w:t>
       </w:r>
       <w:r w:rsidRPr="00A4336F">
         <w:t xml:space="preserve">. </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidRPr="00D30494" w:rsidR="00C0345F" w:rsidP="00D30494" w:rsidRDefault="00C0345F" w14:paraId="21CEA561" w14:textId="77777777">
+    <w:p w14:paraId="21CEA561" w14:textId="77777777" w:rsidR="00C0345F" w:rsidRPr="00D30494" w:rsidRDefault="00C0345F" w:rsidP="00D30494">
       <w:pPr>
         <w:pStyle w:val="Rubrik2"/>
         <w:rPr>
           <w:sz w:val="36"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:name="_Toc146281961" w:id="50"/>
+      <w:bookmarkStart w:id="50" w:name="_Toc146281961"/>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00D30494">
         <w:rPr>
           <w:sz w:val="36"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Storstäd</w:t>
       </w:r>
       <w:bookmarkEnd w:id="50"/>
       <w:proofErr w:type="spellEnd"/>
     </w:p>
-    <w:p w:rsidR="00C0345F" w:rsidP="00B22317" w:rsidRDefault="00C0345F" w14:paraId="0FAB34D6" w14:textId="77777777">
+    <w:p w14:paraId="0FAB34D6" w14:textId="77777777" w:rsidR="00C0345F" w:rsidRDefault="00C0345F" w:rsidP="00B22317">
       <w:pPr>
         <w:pStyle w:val="Punktlista"/>
         <w:rPr>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:rPr>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <w:t>Storstäd</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r>
         <w:rPr>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> utförs 1–2 gånger/år.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00C0345F" w:rsidP="00C0345F" w:rsidRDefault="00C0345F" w14:paraId="1EA5D82C" w14:textId="77777777">
+    <w:p w14:paraId="1EA5D82C" w14:textId="77777777" w:rsidR="00C0345F" w:rsidRDefault="00C0345F" w:rsidP="00C0345F">
       <w:pPr>
         <w:rPr>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <w:t>För mer information se:</w:t>
       </w:r>
-      <w:hyperlink w:history="1" r:id="rId25">
+      <w:hyperlink r:id="rId29" w:history="1">
         <w:r w:rsidRPr="00925211">
           <w:rPr>
             <w:rStyle w:val="Hyperlnk"/>
             <w:lang w:eastAsia="en-US"/>
           </w:rPr>
           <w:t xml:space="preserve"> Vårdhandboken</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w:rsidRPr="00D30494" w:rsidR="00C0345F" w:rsidP="00D30494" w:rsidRDefault="00C0345F" w14:paraId="5B62DB70" w14:textId="77777777">
+    <w:p w14:paraId="5B62DB70" w14:textId="77777777" w:rsidR="00C0345F" w:rsidRPr="00D30494" w:rsidRDefault="00C0345F" w:rsidP="00D30494">
       <w:pPr>
         <w:pStyle w:val="Rubrik2"/>
         <w:rPr>
           <w:sz w:val="36"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:name="_Toc146281962" w:id="51"/>
+      <w:bookmarkStart w:id="51" w:name="_Toc146281962"/>
       <w:r w:rsidRPr="00D30494">
         <w:rPr>
           <w:sz w:val="36"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Medicinteknisk utrustning</w:t>
       </w:r>
       <w:bookmarkEnd w:id="51"/>
     </w:p>
-    <w:p w:rsidRPr="0043098F" w:rsidR="00C0345F" w:rsidP="00B22317" w:rsidRDefault="00C0345F" w14:paraId="7A892E27" w14:textId="77777777">
+    <w:p w14:paraId="7A892E27" w14:textId="77777777" w:rsidR="00C0345F" w:rsidRPr="0043098F" w:rsidRDefault="00C0345F" w:rsidP="00B22317">
       <w:pPr>
         <w:pStyle w:val="Punktlista"/>
       </w:pPr>
       <w:r w:rsidRPr="0043098F">
         <w:t>Utrustning som ska till medicinteknisk avdelning/leverantör för kontroll eller reparation ska rengöras och desinfekteras utvändigt</w:t>
       </w:r>
       <w:r>
         <w:t>.</w:t>
       </w:r>
       <w:r w:rsidRPr="0043098F">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidRPr="0043098F" w:rsidR="00C0345F" w:rsidP="00B22317" w:rsidRDefault="00C0345F" w14:paraId="7BBC7F88" w14:textId="77777777">
+    <w:p w14:paraId="7BBC7F88" w14:textId="77777777" w:rsidR="00C0345F" w:rsidRPr="0043098F" w:rsidRDefault="00C0345F" w:rsidP="00B22317">
       <w:pPr>
         <w:pStyle w:val="Punktlista"/>
       </w:pPr>
       <w:r w:rsidRPr="0043098F">
         <w:t>Även vid retur till avdelningen ska utrustningen reng</w:t>
       </w:r>
       <w:r>
         <w:t>öras och desinfekteras innan den</w:t>
       </w:r>
       <w:r w:rsidRPr="0043098F">
         <w:t xml:space="preserve"> tas i bruk.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidRPr="00D30494" w:rsidR="00C0345F" w:rsidP="00D30494" w:rsidRDefault="00C0345F" w14:paraId="09757DDE" w14:textId="77777777">
+    <w:p w14:paraId="09757DDE" w14:textId="77777777" w:rsidR="00C0345F" w:rsidRPr="00D30494" w:rsidRDefault="00C0345F" w:rsidP="00D30494">
       <w:pPr>
         <w:pStyle w:val="Rubrik3"/>
         <w:rPr>
           <w:sz w:val="40"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:name="_Toc146281963" w:id="52"/>
+      <w:bookmarkStart w:id="52" w:name="_Toc146281963"/>
       <w:r w:rsidRPr="00D30494">
         <w:rPr>
           <w:sz w:val="40"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>Tvätt</w:t>
       </w:r>
       <w:bookmarkEnd w:id="52"/>
       <w:r w:rsidRPr="00D30494">
         <w:rPr>
           <w:sz w:val="40"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidRPr="0043098F" w:rsidR="00C0345F" w:rsidP="00990B51" w:rsidRDefault="00C0345F" w14:paraId="7B6A720E" w14:textId="77777777">
+    <w:p w14:paraId="7B6A720E" w14:textId="77777777" w:rsidR="00C0345F" w:rsidRPr="0043098F" w:rsidRDefault="00C0345F" w:rsidP="00990B51">
       <w:pPr>
         <w:pStyle w:val="Punktlista"/>
       </w:pPr>
       <w:r w:rsidRPr="0043098F">
         <w:t xml:space="preserve">Mängden förorening avgör om tvätt hanteras konventionellt eller som smittförande. </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidRPr="0043098F" w:rsidR="00C0345F" w:rsidP="00990B51" w:rsidRDefault="00C0345F" w14:paraId="3DA67D12" w14:textId="77777777">
+    <w:p w14:paraId="3DA67D12" w14:textId="77777777" w:rsidR="00C0345F" w:rsidRPr="0043098F" w:rsidRDefault="00C0345F" w:rsidP="00990B51">
       <w:pPr>
         <w:pStyle w:val="Punktlista"/>
       </w:pPr>
       <w:r w:rsidRPr="0043098F">
         <w:t xml:space="preserve">Kraftigt förorenad tvätt läggs i upplösbar plastsäck och därefter i gul plastsäck som försluts väl. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:kern w:val="24"/>
         </w:rPr>
         <w:t>Man kan</w:t>
       </w:r>
       <w:r w:rsidRPr="0043098F">
         <w:rPr>
           <w:kern w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> lägga den gula plastsäcken i </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:kern w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">en </w:t>
       </w:r>
       <w:r w:rsidRPr="0043098F">
@@ -8494,1612 +8466,1610 @@
         <w:rPr>
           <w:kern w:val="24"/>
         </w:rPr>
         <w:t>tygsäck</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="0043098F">
         <w:rPr>
           <w:kern w:val="24"/>
         </w:rPr>
         <w:t>. Låt lite gul</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:kern w:val="24"/>
         </w:rPr>
         <w:t>t</w:t>
       </w:r>
       <w:r w:rsidRPr="0043098F">
         <w:rPr>
           <w:kern w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> sticka ut.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidRPr="0043098F" w:rsidR="00C0345F" w:rsidP="00990B51" w:rsidRDefault="00C0345F" w14:paraId="3718EA4A" w14:textId="77777777">
+    <w:p w14:paraId="3718EA4A" w14:textId="77777777" w:rsidR="00C0345F" w:rsidRPr="0043098F" w:rsidRDefault="00C0345F" w:rsidP="00990B51">
       <w:pPr>
         <w:pStyle w:val="Punktlista"/>
       </w:pPr>
       <w:r w:rsidRPr="0043098F">
         <w:t>Märk den gula plastsäcken med tuschpenna: sjukhus och avdelning.</w:t>
       </w:r>
       <w:r w:rsidRPr="0043098F">
         <w:rPr>
           <w:kern w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">   </w:t>
       </w:r>
       <w:r w:rsidRPr="0043098F">
         <w:t xml:space="preserve">  </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidRPr="00A4336F" w:rsidR="00C0345F" w:rsidP="00990B51" w:rsidRDefault="00C0345F" w14:paraId="51E0EF0D" w14:textId="77777777">
+    <w:p w14:paraId="51E0EF0D" w14:textId="77777777" w:rsidR="00C0345F" w:rsidRPr="00A4336F" w:rsidRDefault="00C0345F" w:rsidP="00990B51">
       <w:pPr>
         <w:pStyle w:val="Punktlista"/>
       </w:pPr>
       <w:r w:rsidRPr="0043098F">
         <w:rPr>
           <w:iCs/>
         </w:rPr>
         <w:t>Säckarna fylls till max 2/3.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidRPr="00AC7ABF" w:rsidR="00C0345F" w:rsidP="00C0345F" w:rsidRDefault="00C0345F" w14:paraId="4C32707C" w14:textId="77777777">
+    <w:p w14:paraId="4C32707C" w14:textId="77777777" w:rsidR="00C0345F" w:rsidRPr="00AC7ABF" w:rsidRDefault="00C0345F" w:rsidP="00C0345F">
       <w:r w:rsidRPr="002F50F5">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
         </w:rPr>
         <w:t>För mer information</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
         </w:rPr>
         <w:t>, se</w:t>
       </w:r>
       <w:r w:rsidRPr="002F50F5">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:hyperlink w:history="1" r:id="rId26">
+      <w:hyperlink r:id="rId30" w:history="1">
         <w:r w:rsidRPr="00CA2150">
           <w:rPr>
             <w:rStyle w:val="Hyperlnk"/>
           </w:rPr>
           <w:t>Tvätteriet i Alingsås.</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="0043098F">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">Vårdhandboken: </w:t>
       </w:r>
-      <w:hyperlink w:history="1" r:id="rId27">
+      <w:hyperlink r:id="rId31" w:history="1">
         <w:r w:rsidRPr="00F133E5">
           <w:rPr>
             <w:rStyle w:val="Hyperlnk"/>
           </w:rPr>
           <w:t>Smutstvätt</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w:rsidRPr="00D30494" w:rsidR="00C0345F" w:rsidP="00D30494" w:rsidRDefault="00C0345F" w14:paraId="46122747" w14:textId="77777777">
+    <w:p w14:paraId="46122747" w14:textId="77777777" w:rsidR="00C0345F" w:rsidRPr="00D30494" w:rsidRDefault="00C0345F" w:rsidP="00D30494">
       <w:pPr>
         <w:pStyle w:val="Rubrik3"/>
         <w:rPr>
           <w:sz w:val="40"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:name="_Toc146281964" w:id="53"/>
+      <w:bookmarkStart w:id="53" w:name="_Toc146281964"/>
       <w:r w:rsidRPr="00D30494">
         <w:rPr>
           <w:sz w:val="40"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>Avfall</w:t>
       </w:r>
       <w:bookmarkEnd w:id="53"/>
       <w:r w:rsidRPr="00D30494">
         <w:rPr>
           <w:sz w:val="40"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidRPr="0043098F" w:rsidR="00C0345F" w:rsidP="00990B51" w:rsidRDefault="00C0345F" w14:paraId="4179ADA7" w14:textId="77777777">
+    <w:p w14:paraId="4179ADA7" w14:textId="77777777" w:rsidR="00C0345F" w:rsidRPr="0043098F" w:rsidRDefault="00C0345F" w:rsidP="00990B51">
       <w:pPr>
         <w:pStyle w:val="Punktlista"/>
       </w:pPr>
       <w:r w:rsidRPr="0043098F">
         <w:t xml:space="preserve">Mängden förorening avgör om avfall hanteras </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">som hushållsavfall </w:t>
       </w:r>
       <w:r w:rsidRPr="0043098F">
         <w:t xml:space="preserve">eller som smittförande. </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidRPr="0043098F" w:rsidR="00C0345F" w:rsidP="00990B51" w:rsidRDefault="00C0345F" w14:paraId="7407B7DB" w14:textId="77777777">
+    <w:p w14:paraId="7407B7DB" w14:textId="77777777" w:rsidR="00C0345F" w:rsidRPr="0043098F" w:rsidRDefault="00C0345F" w:rsidP="00990B51">
       <w:pPr>
         <w:pStyle w:val="Punktlista"/>
         <w:rPr>
           <w:i/>
           <w:iCs/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="0043098F">
         <w:t>Kraftigt förorenat/nedblodat material förpackas i godkänd riskavfallsbehållare och märks med avsedd etikett.</w:t>
       </w:r>
       <w:r w:rsidRPr="0043098F">
         <w:rPr>
           <w:i/>
           <w:iCs/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidRPr="00BE7AE2" w:rsidR="00C0345F" w:rsidP="00990B51" w:rsidRDefault="00C0345F" w14:paraId="672544BE" w14:textId="77777777">
+    <w:p w14:paraId="672544BE" w14:textId="77777777" w:rsidR="00C0345F" w:rsidRPr="00BE7AE2" w:rsidRDefault="00C0345F" w:rsidP="00990B51">
       <w:pPr>
         <w:pStyle w:val="Punktlista"/>
         <w:rPr>
           <w:iCs/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:iCs/>
         </w:rPr>
         <w:t>Behållare</w:t>
       </w:r>
       <w:r w:rsidRPr="0043098F">
         <w:rPr>
           <w:iCs/>
         </w:rPr>
         <w:t xml:space="preserve"> fylls till max 2/3.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidRPr="00D30494" w:rsidR="00C0345F" w:rsidP="00D30494" w:rsidRDefault="00C0345F" w14:paraId="1BCB145A" w14:textId="77777777">
+    <w:p w14:paraId="1BCB145A" w14:textId="77777777" w:rsidR="00C0345F" w:rsidRPr="00D30494" w:rsidRDefault="00C0345F" w:rsidP="00D30494">
       <w:pPr>
         <w:pStyle w:val="Rubrik2"/>
         <w:rPr>
           <w:sz w:val="36"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:name="_Toc146281965" w:id="54"/>
+      <w:bookmarkStart w:id="54" w:name="_Toc146281965"/>
       <w:r w:rsidRPr="00D30494">
         <w:rPr>
           <w:sz w:val="36"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Biologiskt avfall</w:t>
       </w:r>
       <w:bookmarkEnd w:id="54"/>
     </w:p>
-    <w:p w:rsidR="00C0345F" w:rsidP="00990B51" w:rsidRDefault="00C0345F" w14:paraId="58D886AD" w14:textId="77777777">
+    <w:p w14:paraId="58D886AD" w14:textId="77777777" w:rsidR="00C0345F" w:rsidRDefault="00C0345F" w:rsidP="00990B51">
       <w:pPr>
         <w:pStyle w:val="Punktlista"/>
       </w:pPr>
       <w:r>
         <w:t>Biologiskt avfall räknas som smittförande avfall och tillhör farligt avfall.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidRPr="006C299A" w:rsidR="00C0345F" w:rsidP="00990B51" w:rsidRDefault="00C0345F" w14:paraId="05B38DB7" w14:textId="77777777">
+    <w:p w14:paraId="05B38DB7" w14:textId="77777777" w:rsidR="00C0345F" w:rsidRPr="006C299A" w:rsidRDefault="00C0345F" w:rsidP="00990B51">
       <w:pPr>
         <w:pStyle w:val="Punktlista"/>
         <w:rPr>
           <w:rStyle w:val="Rubrik2Char"/>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:color w:val="auto"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="0043098F">
         <w:t>Använd godkänd riskavfallsbehållare.</w:t>
       </w:r>
       <w:r w:rsidRPr="00F03B76">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:t>M</w:t>
       </w:r>
       <w:r w:rsidRPr="0043098F">
         <w:t>ärk med avsedd etikett.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidRPr="00D30494" w:rsidR="00C0345F" w:rsidP="00D30494" w:rsidRDefault="00C0345F" w14:paraId="54506A6A" w14:textId="77777777">
+    <w:p w14:paraId="54506A6A" w14:textId="77777777" w:rsidR="00C0345F" w:rsidRPr="00D30494" w:rsidRDefault="00C0345F" w:rsidP="00D30494">
       <w:pPr>
         <w:pStyle w:val="Rubrik2"/>
         <w:rPr>
           <w:sz w:val="36"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:name="_Toc146281966" w:id="55"/>
+      <w:bookmarkStart w:id="55" w:name="_Toc146281966"/>
       <w:r w:rsidRPr="00D30494">
         <w:rPr>
           <w:sz w:val="36"/>
           <w:szCs w:val="24"/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t>Gips</w:t>
       </w:r>
       <w:bookmarkEnd w:id="55"/>
     </w:p>
-    <w:p w:rsidR="00C0345F" w:rsidP="00990B51" w:rsidRDefault="00C0345F" w14:paraId="2C0F428B" w14:textId="77777777">
+    <w:p w14:paraId="2C0F428B" w14:textId="77777777" w:rsidR="00C0345F" w:rsidRDefault="00C0345F" w:rsidP="00990B51">
       <w:pPr>
         <w:pStyle w:val="Punktlista"/>
       </w:pPr>
       <w:r w:rsidRPr="0043098F">
         <w:t>Gipset tas in på operationssal</w:t>
       </w:r>
       <w:r>
         <w:t>en först när förbandet är satt.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00C0345F" w:rsidP="00990B51" w:rsidRDefault="00C0345F" w14:paraId="6078A6C3" w14:textId="77777777">
+    <w:p w14:paraId="6078A6C3" w14:textId="77777777" w:rsidR="00C0345F" w:rsidRDefault="00C0345F" w:rsidP="00990B51">
       <w:pPr>
         <w:pStyle w:val="Punktlista"/>
       </w:pPr>
       <w:r w:rsidRPr="0043098F">
         <w:t>Gips som tas av på operationssalen lägg</w:t>
       </w:r>
       <w:r>
         <w:t>s i avsedd behållare för sortering.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00C0345F" w:rsidP="00C0345F" w:rsidRDefault="00C0345F" w14:paraId="633B86B1" w14:textId="77777777">
+    <w:p w14:paraId="633B86B1" w14:textId="77777777" w:rsidR="00C0345F" w:rsidRDefault="00C0345F" w:rsidP="00C0345F">
       <w:r>
         <w:t>För mer information se:</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00C0345F" w:rsidP="00990B51" w:rsidRDefault="00C0345F" w14:paraId="7DAB2105" w14:textId="77777777">
+    <w:p w14:paraId="7DAB2105" w14:textId="77777777" w:rsidR="00C0345F" w:rsidRDefault="00C0345F" w:rsidP="00990B51">
       <w:pPr>
         <w:pStyle w:val="Punktlista"/>
         <w:rPr>
           <w:iCs/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Vårdhandboken, </w:t>
       </w:r>
-      <w:hyperlink w:history="1" r:id="rId28">
+      <w:hyperlink r:id="rId32" w:history="1">
         <w:r w:rsidRPr="00644E5E">
           <w:rPr>
             <w:rStyle w:val="Hyperlnk"/>
             <w:rFonts w:cs="Arial"/>
           </w:rPr>
           <w:t xml:space="preserve">Avfall </w:t>
         </w:r>
         <w:r w:rsidRPr="00644E5E">
           <w:rPr>
             <w:rStyle w:val="Hyperlnk"/>
             <w:rFonts w:cs="Arial"/>
             <w:iCs/>
           </w:rPr>
           <w:t>farligt</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:iCs/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidRPr="009104B8" w:rsidR="00C0345F" w:rsidP="00990B51" w:rsidRDefault="00000000" w14:paraId="291EAC29" w14:textId="77777777">
+    <w:p w14:paraId="4F1DCDBD" w14:textId="25F443D6" w:rsidR="00A03442" w:rsidRDefault="00EB2DA5" w:rsidP="00990B51">
       <w:pPr>
         <w:pStyle w:val="Punktlista"/>
         <w:rPr>
           <w:iCs/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink w:history="1" r:id="rId29">
-[...4 lines deleted...]
-          <w:t xml:space="preserve">Regiongemensamma regler om transport av farligt gods/avfall i Västra Götalandsregionen </w:t>
+      <w:r>
+        <w:rPr>
+          <w:iCs/>
+        </w:rPr>
+        <w:t>VGR</w:t>
+      </w:r>
+      <w:r w:rsidR="005C6E44">
+        <w:rPr>
+          <w:iCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId33" w:history="1">
+        <w:r w:rsidR="003206C0" w:rsidRPr="00B36814">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlnk"/>
+            <w:iCs/>
+          </w:rPr>
+          <w:t xml:space="preserve">Regiongemensamma regler om farligt gods, avfall </w:t>
         </w:r>
         <w:proofErr w:type="gramStart"/>
-        <w:r w:rsidR="00C0345F">
-[...3 lines deleted...]
-          <w:t>2023-2024</w:t>
+        <w:r w:rsidR="003206C0" w:rsidRPr="00B36814">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlnk"/>
+            <w:iCs/>
+          </w:rPr>
+          <w:t>2025-2026</w:t>
         </w:r>
         <w:proofErr w:type="gramEnd"/>
       </w:hyperlink>
     </w:p>
-    <w:p w:rsidRPr="00D30494" w:rsidR="00C0345F" w:rsidP="00D30494" w:rsidRDefault="00C0345F" w14:paraId="18BF77BD" w14:textId="77777777">
+    <w:p w14:paraId="18BF77BD" w14:textId="77777777" w:rsidR="00C0345F" w:rsidRPr="00D30494" w:rsidRDefault="00C0345F" w:rsidP="00D30494">
       <w:pPr>
         <w:pStyle w:val="Rubrik3"/>
         <w:rPr>
           <w:sz w:val="40"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:name="_Toc146281967" w:id="56"/>
+      <w:bookmarkStart w:id="56" w:name="_Toc146281967"/>
       <w:r w:rsidRPr="00D30494">
         <w:rPr>
           <w:sz w:val="40"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>Ventilation</w:t>
       </w:r>
       <w:bookmarkEnd w:id="56"/>
       <w:r w:rsidRPr="00D30494">
         <w:rPr>
           <w:sz w:val="40"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidRPr="0043098F" w:rsidR="00C0345F" w:rsidP="00990B51" w:rsidRDefault="00C0345F" w14:paraId="04615525" w14:textId="77777777">
+    <w:p w14:paraId="04615525" w14:textId="77777777" w:rsidR="00C0345F" w:rsidRPr="0043098F" w:rsidRDefault="00C0345F" w:rsidP="00990B51">
       <w:pPr>
         <w:pStyle w:val="Punktlista"/>
       </w:pPr>
       <w:r w:rsidRPr="0043098F">
         <w:t>Kontroll och rengöring av yttre delar för till- och frånluftsdon med filter och vid LAF-tak (</w:t>
       </w:r>
       <w:r w:rsidRPr="0043098F">
         <w:rPr>
           <w:i/>
         </w:rPr>
         <w:t xml:space="preserve">Eng: </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="0043098F">
         <w:rPr>
           <w:i/>
         </w:rPr>
         <w:t>Laminar</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="0043098F">
         <w:rPr>
           <w:i/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="0043098F">
         <w:rPr>
           <w:i/>
         </w:rPr>
         <w:t>airflow</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="0043098F">
         <w:t>) ska ske regelbundet samt vid behov. Detta sköts av Västfastigheter och Regionservice.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00C0345F" w:rsidP="00990B51" w:rsidRDefault="00C0345F" w14:paraId="250C2ADC" w14:textId="77777777">
+    <w:p w14:paraId="250C2ADC" w14:textId="77777777" w:rsidR="00C0345F" w:rsidRDefault="00C0345F" w:rsidP="00990B51">
       <w:pPr>
         <w:pStyle w:val="Punktlista"/>
       </w:pPr>
       <w:r w:rsidRPr="0043098F">
         <w:t>På oper</w:t>
       </w:r>
       <w:r>
         <w:t>erande enheter</w:t>
       </w:r>
       <w:r w:rsidRPr="0043098F">
         <w:t xml:space="preserve"> ska dörra</w:t>
       </w:r>
       <w:r>
         <w:t>r och fönster vara stängda.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidRPr="005E5906" w:rsidR="00C0345F" w:rsidP="00990B51" w:rsidRDefault="00C0345F" w14:paraId="5ED4F929" w14:textId="77777777">
+    <w:p w14:paraId="5ED4F929" w14:textId="1F22F226" w:rsidR="00C0345F" w:rsidRPr="005E5906" w:rsidRDefault="00C0345F" w:rsidP="00990B51">
       <w:pPr>
         <w:pStyle w:val="Punktlista"/>
       </w:pPr>
       <w:r w:rsidRPr="0043098F">
         <w:t xml:space="preserve">Se Vårdhandboken och </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">standarden </w:t>
       </w:r>
-      <w:hyperlink w:history="1" r:id="rId30">
-        <w:r w:rsidRPr="00F409AE">
+      <w:hyperlink r:id="rId34" w:history="1">
+        <w:r w:rsidRPr="00FD1207">
           <w:rPr>
             <w:rStyle w:val="Hyperlnk"/>
           </w:rPr>
           <w:t xml:space="preserve">SIS-TS 39:2015 </w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="007751D9">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>(</w:t>
       </w:r>
       <w:r w:rsidRPr="007751D9">
         <w:rPr>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>Mikrobiologisk renhet i operationsrum – Förebyggande av luftburen smitta – Vägledning och grundläggande krav)</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidRPr="00D30494" w:rsidR="00C0345F" w:rsidP="00D30494" w:rsidRDefault="00C0345F" w14:paraId="2B677F6D" w14:textId="77777777">
+    <w:p w14:paraId="2B677F6D" w14:textId="77777777" w:rsidR="00C0345F" w:rsidRPr="00D30494" w:rsidRDefault="00C0345F" w:rsidP="00D30494">
       <w:pPr>
         <w:pStyle w:val="Rubrik3"/>
         <w:rPr>
           <w:sz w:val="40"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:name="_Toc146281968" w:id="57"/>
+      <w:bookmarkStart w:id="57" w:name="_Toc146281968"/>
       <w:r w:rsidRPr="00D30494">
         <w:rPr>
           <w:sz w:val="40"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>Godshantering</w:t>
       </w:r>
       <w:bookmarkEnd w:id="57"/>
     </w:p>
-    <w:p w:rsidRPr="00D15ADB" w:rsidR="00C0345F" w:rsidP="00D30494" w:rsidRDefault="00C0345F" w14:paraId="3C9030CB" w14:textId="77777777">
+    <w:p w14:paraId="3C9030CB" w14:textId="77777777" w:rsidR="00C0345F" w:rsidRPr="00D15ADB" w:rsidRDefault="00C0345F" w:rsidP="00D30494">
       <w:pPr>
         <w:pStyle w:val="Rubrik2"/>
         <w:rPr>
           <w:rStyle w:val="Rubrik2Char"/>
           <w:bCs/>
           <w:sz w:val="36"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:name="_Toc146281969" w:id="58"/>
+      <w:bookmarkStart w:id="58" w:name="_Toc146281969"/>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00D15ADB">
         <w:rPr>
           <w:rStyle w:val="Rubrik2Char"/>
           <w:bCs/>
           <w:sz w:val="36"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Avemballering</w:t>
       </w:r>
       <w:bookmarkEnd w:id="58"/>
       <w:proofErr w:type="spellEnd"/>
     </w:p>
-    <w:p w:rsidR="00C0345F" w:rsidP="00C0345F" w:rsidRDefault="00C0345F" w14:paraId="02ACBE6E" w14:textId="77777777">
+    <w:p w14:paraId="02ACBE6E" w14:textId="77777777" w:rsidR="00C0345F" w:rsidRDefault="00C0345F" w:rsidP="00C0345F">
       <w:r w:rsidRPr="0043098F">
         <w:t xml:space="preserve">Transportförpackningar av wellpapp är ofta smutsiga och kan innehålla mögelsporer. De ska därför avlägsnas utanför operationsenheten. </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidRPr="0043098F" w:rsidR="00C0345F" w:rsidP="00990B51" w:rsidRDefault="00C0345F" w14:paraId="2EDDACC0" w14:textId="77777777">
+    <w:p w14:paraId="2EDDACC0" w14:textId="77777777" w:rsidR="00C0345F" w:rsidRPr="0043098F" w:rsidRDefault="00C0345F" w:rsidP="00990B51">
       <w:pPr>
         <w:pStyle w:val="Punktlista"/>
       </w:pPr>
       <w:r w:rsidRPr="0043098F">
         <w:t xml:space="preserve">Brytning av transportförpackning skall ske i </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="0043098F">
         <w:t>avemballeringsrum</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="0043098F">
         <w:t xml:space="preserve"> eller </w:t>
       </w:r>
       <w:r w:rsidRPr="0043098F">
         <w:rPr>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:kern w:val="24"/>
         </w:rPr>
         <w:t>utanför</w:t>
       </w:r>
       <w:r w:rsidRPr="0043098F">
         <w:rPr>
           <w:color w:val="000000"/>
           <w:kern w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:kern w:val="24"/>
         </w:rPr>
         <w:t>mottagande enhet.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidRPr="0043098F" w:rsidR="00C0345F" w:rsidP="00990B51" w:rsidRDefault="00C0345F" w14:paraId="09390677" w14:textId="77777777">
+    <w:p w14:paraId="09390677" w14:textId="77777777" w:rsidR="00C0345F" w:rsidRPr="0043098F" w:rsidRDefault="00C0345F" w:rsidP="00990B51">
       <w:pPr>
         <w:pStyle w:val="Punktlista"/>
       </w:pPr>
       <w:r w:rsidRPr="0043098F">
         <w:t xml:space="preserve">Då förpackningarna bryts ska arbetsdräkten skyddas med plastförkläde. </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidRPr="0043098F" w:rsidR="00C0345F" w:rsidP="00990B51" w:rsidRDefault="00C0345F" w14:paraId="6BB9A5FF" w14:textId="77777777">
+    <w:p w14:paraId="6BB9A5FF" w14:textId="77777777" w:rsidR="00C0345F" w:rsidRPr="0043098F" w:rsidRDefault="00C0345F" w:rsidP="00990B51">
       <w:pPr>
         <w:pStyle w:val="Punktlista"/>
       </w:pPr>
       <w:r w:rsidRPr="0043098F">
         <w:t xml:space="preserve">Tillgång till handtvätt skall finnas. </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidRPr="0043098F" w:rsidR="00C0345F" w:rsidP="00990B51" w:rsidRDefault="00C0345F" w14:paraId="4C220C44" w14:textId="77777777">
+    <w:p w14:paraId="4C220C44" w14:textId="77777777" w:rsidR="00C0345F" w:rsidRPr="0043098F" w:rsidRDefault="00C0345F" w:rsidP="00990B51">
       <w:pPr>
         <w:pStyle w:val="Punktlista"/>
       </w:pPr>
       <w:r w:rsidRPr="0043098F">
         <w:t xml:space="preserve">Handtvätt och handdesinfektion ska utföras före hantering av det rena godset. </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidRPr="00990D36" w:rsidR="00C0345F" w:rsidP="00990B51" w:rsidRDefault="00C0345F" w14:paraId="513D6472" w14:textId="77777777">
+    <w:p w14:paraId="513D6472" w14:textId="77777777" w:rsidR="00C0345F" w:rsidRPr="00990D36" w:rsidRDefault="00C0345F" w:rsidP="00990B51">
       <w:pPr>
         <w:pStyle w:val="Punktlista"/>
       </w:pPr>
       <w:r w:rsidRPr="00990D36">
         <w:t xml:space="preserve">Det underlättar att arbeta i par så att en person är oren och en är ren. </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidRPr="00D30494" w:rsidR="00C0345F" w:rsidP="00D30494" w:rsidRDefault="00C0345F" w14:paraId="3B4337CA" w14:textId="77777777">
+    <w:p w14:paraId="3B4337CA" w14:textId="77777777" w:rsidR="00C0345F" w:rsidRPr="00D30494" w:rsidRDefault="00C0345F" w:rsidP="00D30494">
       <w:pPr>
         <w:pStyle w:val="Rubrik2"/>
         <w:rPr>
           <w:sz w:val="36"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:name="_Toc146281970" w:id="59"/>
+      <w:bookmarkStart w:id="59" w:name="_Toc146281970"/>
       <w:r w:rsidRPr="00D30494">
         <w:rPr>
           <w:sz w:val="36"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Inslussning av gods</w:t>
       </w:r>
       <w:bookmarkEnd w:id="59"/>
       <w:r w:rsidRPr="00D30494">
         <w:rPr>
           <w:sz w:val="36"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidRPr="0043098F" w:rsidR="00C0345F" w:rsidP="00990B51" w:rsidRDefault="00C0345F" w14:paraId="1CC01A13" w14:textId="77777777">
+    <w:p w14:paraId="1CC01A13" w14:textId="77777777" w:rsidR="00C0345F" w:rsidRPr="0043098F" w:rsidRDefault="00C0345F" w:rsidP="00990B51">
       <w:pPr>
         <w:pStyle w:val="Punktlista"/>
       </w:pPr>
       <w:r w:rsidRPr="0043098F">
         <w:t xml:space="preserve">Godset kan sedan tas in på enheten till exempel lastat på desinfekterad vagn.   </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidRPr="00D30494" w:rsidR="00C0345F" w:rsidP="00D30494" w:rsidRDefault="00C0345F" w14:paraId="10B50EA4" w14:textId="77777777">
+    <w:p w14:paraId="10B50EA4" w14:textId="77777777" w:rsidR="00C0345F" w:rsidRPr="00D30494" w:rsidRDefault="00C0345F" w:rsidP="00D30494">
       <w:pPr>
         <w:pStyle w:val="Rubrik3"/>
         <w:rPr>
           <w:sz w:val="40"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:name="_Toc146281971" w:id="60"/>
+      <w:bookmarkStart w:id="60" w:name="_Toc146281971"/>
       <w:r w:rsidRPr="00D30494">
         <w:rPr>
           <w:sz w:val="40"/>
           <w:szCs w:val="28"/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t>Förrådshållning och förvaring</w:t>
       </w:r>
       <w:bookmarkEnd w:id="60"/>
       <w:r w:rsidRPr="00D30494">
         <w:rPr>
           <w:sz w:val="40"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidRPr="0043098F" w:rsidR="00C0345F" w:rsidP="00990B51" w:rsidRDefault="00C0345F" w14:paraId="0CFF64DA" w14:textId="77777777">
+    <w:p w14:paraId="0CFF64DA" w14:textId="77777777" w:rsidR="00C0345F" w:rsidRPr="0043098F" w:rsidRDefault="00C0345F" w:rsidP="00990B51">
       <w:pPr>
         <w:pStyle w:val="Punktlista"/>
       </w:pPr>
       <w:r w:rsidRPr="0043098F">
         <w:t xml:space="preserve">Sterilt gods hanteras aseptiskt och skyddas från damm, fukt och solljus. </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidRPr="0043098F" w:rsidR="00C0345F" w:rsidP="00990B51" w:rsidRDefault="00C0345F" w14:paraId="3CCCA64F" w14:textId="77777777">
+    <w:p w14:paraId="3CCCA64F" w14:textId="77777777" w:rsidR="00C0345F" w:rsidRPr="0043098F" w:rsidRDefault="00C0345F" w:rsidP="00990B51">
       <w:pPr>
         <w:pStyle w:val="Punktlista"/>
       </w:pPr>
       <w:r>
         <w:t>Sterilt gods f</w:t>
       </w:r>
       <w:r w:rsidRPr="0043098F">
         <w:t>örvaras på hyllor 45 cm från golv- och taknivå och 5 cm från vägg i separat och avskilt utrymme.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidRPr="0043098F" w:rsidR="00C0345F" w:rsidP="00990B51" w:rsidRDefault="00C0345F" w14:paraId="1214F780" w14:textId="77777777">
+    <w:p w14:paraId="1214F780" w14:textId="77777777" w:rsidR="00C0345F" w:rsidRPr="0043098F" w:rsidRDefault="00C0345F" w:rsidP="00990B51">
       <w:pPr>
         <w:pStyle w:val="Punktlista"/>
       </w:pPr>
       <w:r w:rsidRPr="0043098F">
         <w:t xml:space="preserve">Förvaringshyllorna desinfekteras 1 gång/månad. </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidRPr="00EF0C7A" w:rsidR="00C0345F" w:rsidP="00C0345F" w:rsidRDefault="00C0345F" w14:paraId="25576781" w14:textId="77777777">
+    <w:p w14:paraId="25576781" w14:textId="77777777" w:rsidR="00C0345F" w:rsidRPr="00EF0C7A" w:rsidRDefault="00C0345F" w:rsidP="00C0345F">
       <w:pPr>
         <w:ind w:left="360"/>
         <w:rPr>
           <w:i/>
           <w:iCs/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="0043098F">
         <w:t>För utförlig information</w:t>
       </w:r>
       <w:r>
         <w:t>,</w:t>
       </w:r>
       <w:r w:rsidRPr="0043098F">
         <w:t xml:space="preserve"> se </w:t>
       </w:r>
-      <w:hyperlink w:history="1" r:id="rId31">
+      <w:hyperlink r:id="rId35" w:history="1">
         <w:r w:rsidRPr="00F409AE">
           <w:rPr>
             <w:rStyle w:val="Hyperlnk"/>
           </w:rPr>
           <w:t>SIS-TR 57:2020</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="008E6FC5">
         <w:rPr>
           <w:color w:val="00B050"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00B74F4B">
         <w:rPr>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">Handbok för grundläggande rekommendationer för lagerhållning, hantering och transport av sterila medicintekniska produkter inom hälso-och sjukvård, tandvård och djursjukvård. </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidRPr="00D30494" w:rsidR="00C0345F" w:rsidP="00D30494" w:rsidRDefault="00C0345F" w14:paraId="252A913D" w14:textId="77777777">
+    <w:p w14:paraId="252A913D" w14:textId="77777777" w:rsidR="00C0345F" w:rsidRPr="00D30494" w:rsidRDefault="00C0345F" w:rsidP="00D30494">
       <w:pPr>
         <w:pStyle w:val="Rubrik2"/>
         <w:rPr>
           <w:sz w:val="36"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:name="_Toc146281972" w:id="61"/>
+      <w:bookmarkStart w:id="61" w:name="_Toc146281972"/>
       <w:r w:rsidRPr="00D30494">
         <w:rPr>
           <w:sz w:val="36"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Fabrikssteriliserade engångsprodukter</w:t>
       </w:r>
       <w:bookmarkEnd w:id="61"/>
     </w:p>
-    <w:p w:rsidRPr="0043098F" w:rsidR="00C0345F" w:rsidP="00C0345F" w:rsidRDefault="00C0345F" w14:paraId="6D128EAD" w14:textId="77777777">
+    <w:p w14:paraId="6D128EAD" w14:textId="77777777" w:rsidR="00C0345F" w:rsidRPr="0043098F" w:rsidRDefault="00C0345F" w:rsidP="00C0345F">
       <w:r w:rsidRPr="0043098F">
         <w:t>Fabrikssteriliserade produkter bör levereras i minst trelagers förpackning för att garantera bibehållen sterilitet fram till användning.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidRPr="00D30494" w:rsidR="00C0345F" w:rsidP="00D30494" w:rsidRDefault="00C0345F" w14:paraId="7BF8618E" w14:textId="77777777">
+    <w:p w14:paraId="7BF8618E" w14:textId="77777777" w:rsidR="00C0345F" w:rsidRPr="00D30494" w:rsidRDefault="00C0345F" w:rsidP="00D30494">
       <w:pPr>
         <w:pStyle w:val="Rubrik2"/>
         <w:rPr>
           <w:sz w:val="36"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:name="_Toc146281973" w:id="62"/>
+      <w:bookmarkStart w:id="62" w:name="_Toc146281973"/>
       <w:r w:rsidRPr="00D30494">
         <w:rPr>
           <w:sz w:val="36"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Förpackningstyper</w:t>
       </w:r>
       <w:bookmarkEnd w:id="62"/>
     </w:p>
-    <w:p w:rsidRPr="00D30494" w:rsidR="00C0345F" w:rsidP="00D30494" w:rsidRDefault="00C0345F" w14:paraId="02C37535" w14:textId="77777777">
+    <w:p w14:paraId="02C37535" w14:textId="77777777" w:rsidR="00C0345F" w:rsidRPr="00D30494" w:rsidRDefault="00C0345F" w:rsidP="00D30494">
       <w:pPr>
         <w:pStyle w:val="Rubrik2"/>
         <w:rPr>
           <w:b/>
           <w:sz w:val="36"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:name="_Toc146281974" w:id="63"/>
+      <w:bookmarkStart w:id="63" w:name="_Toc146281974"/>
       <w:r w:rsidRPr="00D30494">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>1</w:t>
       </w:r>
       <w:r w:rsidRPr="00D30494">
         <w:rPr>
           <w:sz w:val="36"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> Transportförpackning</w:t>
       </w:r>
       <w:bookmarkEnd w:id="63"/>
     </w:p>
-    <w:p w:rsidRPr="0043098F" w:rsidR="00C0345F" w:rsidP="00C0345F" w:rsidRDefault="00C0345F" w14:paraId="1F742608" w14:textId="77777777">
+    <w:p w14:paraId="1F742608" w14:textId="77777777" w:rsidR="00C0345F" w:rsidRPr="0043098F" w:rsidRDefault="00C0345F" w:rsidP="00C0345F">
       <w:r w:rsidRPr="0043098F">
         <w:t>Förpackning som skyddar under transport mot fukt, damm och andra föroreningar och skador. I transportförpackningen ligger ett antal avdelningsförpackningar.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidRPr="00D30494" w:rsidR="00C0345F" w:rsidP="00D30494" w:rsidRDefault="00C0345F" w14:paraId="45E3C817" w14:textId="77777777">
+    <w:p w14:paraId="45E3C817" w14:textId="77777777" w:rsidR="00C0345F" w:rsidRPr="00D30494" w:rsidRDefault="00C0345F" w:rsidP="00D30494">
       <w:pPr>
         <w:pStyle w:val="Rubrik2"/>
         <w:rPr>
           <w:sz w:val="36"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:name="_Toc146281975" w:id="64"/>
+      <w:bookmarkStart w:id="64" w:name="_Toc146281975"/>
       <w:r w:rsidRPr="00D30494">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>2</w:t>
       </w:r>
       <w:r w:rsidRPr="00D30494">
         <w:rPr>
           <w:sz w:val="36"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> Avdelningsförpackningar</w:t>
       </w:r>
       <w:bookmarkEnd w:id="64"/>
     </w:p>
-    <w:p w:rsidRPr="0043098F" w:rsidR="00C0345F" w:rsidP="00C0345F" w:rsidRDefault="00C0345F" w14:paraId="4E7FFA43" w14:textId="77777777">
+    <w:p w14:paraId="4E7FFA43" w14:textId="77777777" w:rsidR="00C0345F" w:rsidRPr="0043098F" w:rsidRDefault="00C0345F" w:rsidP="00C0345F">
       <w:r w:rsidRPr="0043098F">
         <w:t xml:space="preserve">Dessa innehåller ett angivet antal av produkten (sprutor, kanyler, katetrar </w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
       <w:r w:rsidRPr="0043098F">
         <w:t>etc.</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
       <w:r w:rsidRPr="0043098F">
         <w:t>) och är oftast den minsta enhet som får levereras från förrådet. På förpackningen ska steriliseringsmetod och hållbarhetsdatum finnas angivet.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidRPr="00D30494" w:rsidR="00C0345F" w:rsidP="00D30494" w:rsidRDefault="00C0345F" w14:paraId="1EB0C95D" w14:textId="77777777">
+    <w:p w14:paraId="1EB0C95D" w14:textId="77777777" w:rsidR="00C0345F" w:rsidRPr="00D30494" w:rsidRDefault="00C0345F" w:rsidP="00D30494">
       <w:pPr>
         <w:pStyle w:val="Rubrik2"/>
         <w:rPr>
           <w:sz w:val="36"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:name="_Toc146281976" w:id="65"/>
+      <w:bookmarkStart w:id="65" w:name="_Toc146281976"/>
       <w:r w:rsidRPr="00D30494">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>3</w:t>
       </w:r>
       <w:r w:rsidRPr="00D30494">
         <w:rPr>
           <w:sz w:val="36"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> Produktförpackning</w:t>
       </w:r>
       <w:bookmarkEnd w:id="65"/>
     </w:p>
-    <w:p w:rsidRPr="0043098F" w:rsidR="00C0345F" w:rsidP="00C0345F" w:rsidRDefault="00C0345F" w14:paraId="7F29B346" w14:textId="77777777">
+    <w:p w14:paraId="7F29B346" w14:textId="77777777" w:rsidR="00C0345F" w:rsidRPr="0043098F" w:rsidRDefault="00C0345F" w:rsidP="00C0345F">
       <w:r w:rsidRPr="0043098F">
         <w:t xml:space="preserve">Varje produkt (spruta, kanyl, kateter </w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
       <w:r w:rsidRPr="0043098F">
         <w:t>etc.</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
       <w:r w:rsidRPr="0043098F">
         <w:t xml:space="preserve">) ligger i sin produktförpackning. På denna finns mindre information tryckt och ofta inga uppgifter om hållbarhetsdatum, steriliseringsmetod </w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
       <w:r w:rsidRPr="0043098F">
         <w:t>etc.</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
     </w:p>
-    <w:p w:rsidRPr="00D30494" w:rsidR="00C0345F" w:rsidP="00D30494" w:rsidRDefault="00C0345F" w14:paraId="7DCF70FF" w14:textId="77777777">
+    <w:p w14:paraId="7DCF70FF" w14:textId="77777777" w:rsidR="00C0345F" w:rsidRPr="00D30494" w:rsidRDefault="00C0345F" w:rsidP="00D30494">
       <w:pPr>
         <w:pStyle w:val="Rubrik2"/>
         <w:rPr>
           <w:sz w:val="36"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:name="_Toc146281977" w:id="66"/>
-      <w:bookmarkStart w:name="_Hlk112921375" w:id="67"/>
+      <w:bookmarkStart w:id="66" w:name="_Toc146281977"/>
+      <w:bookmarkStart w:id="67" w:name="_Hlk112921375"/>
       <w:r w:rsidRPr="00D30494">
         <w:rPr>
           <w:sz w:val="36"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Hållbarhetstid</w:t>
       </w:r>
       <w:bookmarkEnd w:id="66"/>
     </w:p>
-    <w:p w:rsidRPr="0043098F" w:rsidR="00C0345F" w:rsidP="00990B51" w:rsidRDefault="00C0345F" w14:paraId="1A2EEE7C" w14:textId="77777777">
+    <w:p w14:paraId="1A2EEE7C" w14:textId="77777777" w:rsidR="00C0345F" w:rsidRPr="0043098F" w:rsidRDefault="00C0345F" w:rsidP="00990B51">
       <w:pPr>
         <w:pStyle w:val="Punktlista"/>
       </w:pPr>
       <w:r w:rsidRPr="0043098F">
         <w:t xml:space="preserve">Hållbarhetstiden för produktförpackning är oftast 5 år. </w:t>
       </w:r>
       <w:r w:rsidRPr="006C299A">
         <w:rPr>
           <w:i/>
           <w:iCs/>
         </w:rPr>
         <w:t>(Se produktanvisning)</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidRPr="0043098F" w:rsidR="00C0345F" w:rsidP="00990B51" w:rsidRDefault="00C0345F" w14:paraId="157FCAAA" w14:textId="77777777">
+    <w:p w14:paraId="157FCAAA" w14:textId="77777777" w:rsidR="00C0345F" w:rsidRPr="0043098F" w:rsidRDefault="00C0345F" w:rsidP="00990B51">
       <w:pPr>
         <w:pStyle w:val="Punktlista"/>
       </w:pPr>
       <w:r w:rsidRPr="0043098F">
         <w:t xml:space="preserve">Plockas produkten ur sin avdelningsförpackning begränsas hållbarhetstiden till högst 1 år. </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00C0345F" w:rsidP="00990B51" w:rsidRDefault="00C0345F" w14:paraId="628E9766" w14:textId="77777777">
+    <w:p w14:paraId="628E9766" w14:textId="77777777" w:rsidR="00C0345F" w:rsidRDefault="00C0345F" w:rsidP="00990B51">
       <w:pPr>
         <w:pStyle w:val="Punktlista"/>
       </w:pPr>
       <w:r w:rsidRPr="0043098F">
         <w:t>Undvik att förvara artikel utanför avdelningsförpackningen då risken för kontaminering ökar vid hantering och därmed förkortas hållbarhetstiden.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidRPr="0043098F" w:rsidR="00C0345F" w:rsidP="00C0345F" w:rsidRDefault="00C0345F" w14:paraId="75416510" w14:textId="77777777">
+    <w:p w14:paraId="75416510" w14:textId="77777777" w:rsidR="00C0345F" w:rsidRPr="0043098F" w:rsidRDefault="00C0345F" w:rsidP="00C0345F">
       <w:r>
         <w:t xml:space="preserve">Hållbarhetstider </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:t>sjukhus</w:t>
       </w:r>
       <w:r w:rsidRPr="0043098F">
         <w:t>steriliserat</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="0043098F">
         <w:t xml:space="preserve"> gods förpackat i:</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidRPr="0043098F" w:rsidR="00C0345F" w:rsidP="00990B51" w:rsidRDefault="00C0345F" w14:paraId="68CF0DDF" w14:textId="39DC6F77">
-[...3 lines deleted...]
-      <w:r w:rsidRPr="0043098F">
+    <w:p w14:paraId="68CF0DDF" w14:textId="39DC6F77" w:rsidR="00C0345F" w:rsidRPr="0043098F" w:rsidRDefault="00C0345F" w:rsidP="00990B51">
+      <w:pPr>
+        <w:pStyle w:val="Punktlista"/>
+      </w:pPr>
+      <w:r w:rsidRPr="0043098F">
+        <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">Container </w:t>
       </w:r>
       <w:r w:rsidRPr="0043098F">
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="0043098F">
         <w:tab/>
-      </w:r>
-      <w:r w:rsidRPr="0043098F">
         <w:t xml:space="preserve">6 månader </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidRPr="0043098F" w:rsidR="00C0345F" w:rsidP="00990B51" w:rsidRDefault="00C0345F" w14:paraId="6A5415FA" w14:textId="77777777">
+    <w:p w14:paraId="6A5415FA" w14:textId="77777777" w:rsidR="00C0345F" w:rsidRPr="0043098F" w:rsidRDefault="00C0345F" w:rsidP="00990B51">
       <w:pPr>
         <w:pStyle w:val="Punktlista"/>
       </w:pPr>
       <w:r w:rsidRPr="0043098F">
         <w:t>Onestep</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> (packskynke)</w:t>
       </w:r>
       <w:r w:rsidRPr="0043098F">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="0043098F">
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="0043098F">
         <w:tab/>
-      </w:r>
-      <w:r w:rsidRPr="0043098F">
         <w:t>3 månader</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidRPr="0043098F" w:rsidR="00C0345F" w:rsidP="00990B51" w:rsidRDefault="00C0345F" w14:paraId="36DBFC3A" w14:textId="77777777">
+    <w:p w14:paraId="36DBFC3A" w14:textId="77777777" w:rsidR="00C0345F" w:rsidRPr="0043098F" w:rsidRDefault="00C0345F" w:rsidP="00990B51">
       <w:pPr>
         <w:pStyle w:val="Punktlista"/>
         <w:rPr>
           <w:rStyle w:val="Hyperlnk"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00C42E30">
         <w:t xml:space="preserve">Papper/plast förslutna </w:t>
       </w:r>
       <w:r w:rsidRPr="0043098F">
         <w:t>med svets</w:t>
       </w:r>
       <w:r w:rsidRPr="0043098F">
         <w:tab/>
-      </w:r>
-      <w:r w:rsidRPr="0043098F">
         <w:t>6 månader</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidRPr="00960B1A" w:rsidR="00960B1A" w:rsidP="00960B1A" w:rsidRDefault="00C0345F" w14:paraId="622363BC" w14:textId="77777777">
+    <w:p w14:paraId="622363BC" w14:textId="77777777" w:rsidR="00960B1A" w:rsidRPr="00960B1A" w:rsidRDefault="00C0345F" w:rsidP="00960B1A">
       <w:pPr>
         <w:pStyle w:val="Rubrik2"/>
         <w:rPr>
           <w:rStyle w:val="Hyperlnk"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="36"/>
           <w:szCs w:val="24"/>
           <w:u w:val="none"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:name="_Toc146281978" w:id="68"/>
+      <w:bookmarkStart w:id="68" w:name="_Toc146281978"/>
       <w:bookmarkEnd w:id="67"/>
       <w:r w:rsidRPr="00960B1A">
         <w:rPr>
           <w:rStyle w:val="Hyperlnk"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="36"/>
           <w:szCs w:val="24"/>
           <w:u w:val="none"/>
         </w:rPr>
         <w:t>Vid Hög luftfuktighet</w:t>
       </w:r>
       <w:bookmarkEnd w:id="68"/>
     </w:p>
-    <w:p w:rsidRPr="00C37AC7" w:rsidR="00C0345F" w:rsidP="00960B1A" w:rsidRDefault="00C0345F" w14:paraId="20CE6227" w14:textId="5D6F84A1">
+    <w:p w14:paraId="20CE6227" w14:textId="5D6F84A1" w:rsidR="00C0345F" w:rsidRPr="00C37AC7" w:rsidRDefault="00C0345F" w:rsidP="00960B1A">
       <w:pPr>
         <w:rPr>
           <w:color w:val="2E74B5"/>
           <w:sz w:val="36"/>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00C37AC7">
         <w:t xml:space="preserve">Se </w:t>
       </w:r>
-      <w:hyperlink w:history="1" r:id="rId32">
+      <w:hyperlink r:id="rId36" w:history="1">
         <w:r w:rsidRPr="00C37AC7">
           <w:t>Hög luftfuktighet – påverkan på sterilt gods och förslag till åtgärder</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="00C37AC7">
         <w:t>. SFVH</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidRPr="0043098F" w:rsidR="00C0345F" w:rsidP="00990B51" w:rsidRDefault="00C0345F" w14:paraId="2898287E" w14:textId="77777777">
+    <w:p w14:paraId="2898287E" w14:textId="77777777" w:rsidR="00C0345F" w:rsidRPr="0043098F" w:rsidRDefault="00C0345F" w:rsidP="00990B51">
       <w:pPr>
         <w:pStyle w:val="Punktlista"/>
       </w:pPr>
       <w:r w:rsidRPr="0043098F">
         <w:t xml:space="preserve">Larm med åtgärdsplan skall finnas. Se förslag på åtgärder från Svensk Förening för Vårdhygien. </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidRPr="0043098F" w:rsidR="00C0345F" w:rsidP="00990B51" w:rsidRDefault="00C0345F" w14:paraId="705637B2" w14:textId="77777777">
+    <w:p w14:paraId="705637B2" w14:textId="77777777" w:rsidR="00C0345F" w:rsidRPr="0043098F" w:rsidRDefault="00C0345F" w:rsidP="00990B51">
       <w:pPr>
         <w:pStyle w:val="Punktlista"/>
       </w:pPr>
       <w:r w:rsidRPr="0043098F">
         <w:t xml:space="preserve">Observera att förvaring utanför den kontrollerade miljön i sterilförrådet kan vara en risk vid hög luftfuktighet. </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidRPr="00D30494" w:rsidR="00C0345F" w:rsidP="00D30494" w:rsidRDefault="00C0345F" w14:paraId="36A3A445" w14:textId="77777777">
+    <w:p w14:paraId="36A3A445" w14:textId="77777777" w:rsidR="00C0345F" w:rsidRPr="00D30494" w:rsidRDefault="00C0345F" w:rsidP="00D30494">
       <w:pPr>
         <w:pStyle w:val="Rubrik2"/>
         <w:rPr>
           <w:sz w:val="36"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:name="_Toc146281979" w:id="69"/>
+      <w:bookmarkStart w:id="69" w:name="_Toc146281979"/>
       <w:r w:rsidRPr="00D30494">
         <w:rPr>
           <w:sz w:val="36"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Sterilförråd</w:t>
       </w:r>
       <w:bookmarkEnd w:id="69"/>
       <w:r w:rsidRPr="00D30494">
         <w:rPr>
           <w:sz w:val="36"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00C0345F" w:rsidP="00990B51" w:rsidRDefault="00C0345F" w14:paraId="3EE1C79A" w14:textId="77777777">
+    <w:p w14:paraId="3EE1C79A" w14:textId="77777777" w:rsidR="00C0345F" w:rsidRDefault="00C0345F" w:rsidP="00990B51">
       <w:pPr>
         <w:pStyle w:val="Punktlista"/>
       </w:pPr>
       <w:r w:rsidRPr="0043098F">
         <w:t xml:space="preserve">Operationsavdelningens sterilförråd ska ha en kontrollerad ventilation och miljö avseende renhetsgrad, temperatur och luftfuktighet. </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidRPr="000D5B19" w:rsidR="00C0345F" w:rsidP="00990B51" w:rsidRDefault="00C0345F" w14:paraId="76B3454B" w14:textId="77777777">
+    <w:p w14:paraId="76B3454B" w14:textId="77777777" w:rsidR="00C0345F" w:rsidRPr="000D5B19" w:rsidRDefault="00C0345F" w:rsidP="00990B51">
       <w:pPr>
         <w:pStyle w:val="Punktlista"/>
       </w:pPr>
       <w:r w:rsidRPr="0043098F">
         <w:t>Förutsättningar och egensk</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">aper för sterilförråd beskrivs i </w:t>
       </w:r>
-      <w:hyperlink w:history="1" r:id="rId33">
+      <w:hyperlink r:id="rId37" w:history="1">
         <w:r w:rsidRPr="00AF77E7">
           <w:rPr>
             <w:rStyle w:val="Hyperlnk"/>
           </w:rPr>
           <w:t>SIS-TR 57:2020</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="000D5B19">
         <w:rPr>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">Handbok för grundläggande rekommendationer för lagerhållning, hantering och transport av sterila medicintekniska produkter inom hälso-och sjukvård, tandvård och djursjukvård. </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidRPr="0043098F" w:rsidR="00C0345F" w:rsidP="00990B51" w:rsidRDefault="00C0345F" w14:paraId="56765318" w14:textId="77777777">
+    <w:p w14:paraId="56765318" w14:textId="77777777" w:rsidR="00C0345F" w:rsidRPr="0043098F" w:rsidRDefault="00C0345F" w:rsidP="00990B51">
       <w:pPr>
         <w:pStyle w:val="Punktlista"/>
       </w:pPr>
       <w:r w:rsidRPr="0043098F">
         <w:t xml:space="preserve">Förrådshållning skall ske i rum eller skåp som hålls stängda. Tillgång till handdesinfektionsmedel skall finnas. </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidRPr="00D30494" w:rsidR="00C0345F" w:rsidP="00D30494" w:rsidRDefault="00C0345F" w14:paraId="145E9B82" w14:textId="77777777">
+    <w:p w14:paraId="145E9B82" w14:textId="77777777" w:rsidR="00C0345F" w:rsidRPr="00D30494" w:rsidRDefault="00C0345F" w:rsidP="00D30494">
       <w:pPr>
         <w:pStyle w:val="Rubrik2"/>
         <w:rPr>
           <w:sz w:val="36"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:name="_Toc146281980" w:id="70"/>
+      <w:bookmarkStart w:id="70" w:name="_Toc146281980"/>
       <w:r w:rsidRPr="00D30494">
         <w:rPr>
           <w:sz w:val="36"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Sterilt material</w:t>
       </w:r>
       <w:bookmarkEnd w:id="70"/>
     </w:p>
-    <w:p w:rsidRPr="0043098F" w:rsidR="00C0345F" w:rsidP="000554BC" w:rsidRDefault="00C0345F" w14:paraId="0C809143" w14:textId="77777777">
+    <w:p w14:paraId="0C809143" w14:textId="77777777" w:rsidR="00C0345F" w:rsidRPr="0043098F" w:rsidRDefault="00C0345F" w:rsidP="000554BC">
       <w:pPr>
         <w:pStyle w:val="Punktlista"/>
       </w:pPr>
       <w:r w:rsidRPr="0043098F">
         <w:t xml:space="preserve">Förbrukningsmaterial som till exempel operationsmaterial, suturer och förband skall inte förvaras öppet inne på operationssalen. Använd genomräckningsskåp eller annan form av sluten förvaring. </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidRPr="0043098F" w:rsidR="00C0345F" w:rsidP="000554BC" w:rsidRDefault="00C0345F" w14:paraId="3B51724F" w14:textId="77777777">
+    <w:p w14:paraId="3B51724F" w14:textId="77777777" w:rsidR="00C0345F" w:rsidRPr="0043098F" w:rsidRDefault="00C0345F" w:rsidP="000554BC">
       <w:pPr>
         <w:pStyle w:val="Punktlista"/>
       </w:pPr>
       <w:r w:rsidRPr="0043098F">
         <w:t xml:space="preserve">Oförbrukat material som har förvarats inne på operationssalen bör inte återföras till sterilförrådet. </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidRPr="0043098F" w:rsidR="00C0345F" w:rsidP="000554BC" w:rsidRDefault="00C0345F" w14:paraId="3E9B18AA" w14:textId="77777777">
+    <w:p w14:paraId="3E9B18AA" w14:textId="77777777" w:rsidR="00C0345F" w:rsidRPr="0043098F" w:rsidRDefault="00C0345F" w:rsidP="000554BC">
       <w:pPr>
         <w:pStyle w:val="Punktlista"/>
       </w:pPr>
       <w:r w:rsidRPr="0043098F">
         <w:t>Oförbrukat material som har varit utanför operationsavdelningen ska inte återföras till sterilförrådet.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidRPr="00D30494" w:rsidR="00C0345F" w:rsidP="00D30494" w:rsidRDefault="00C0345F" w14:paraId="5F0E1509" w14:textId="77777777">
+    <w:p w14:paraId="5F0E1509" w14:textId="77777777" w:rsidR="00C0345F" w:rsidRPr="00D30494" w:rsidRDefault="00C0345F" w:rsidP="00D30494">
       <w:pPr>
         <w:pStyle w:val="Rubrik2"/>
         <w:rPr>
           <w:sz w:val="36"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:name="_Toc146281981" w:id="71"/>
+      <w:bookmarkStart w:id="71" w:name="_Toc146281981"/>
       <w:r w:rsidRPr="00D30494">
         <w:rPr>
           <w:sz w:val="36"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Rutiner för material och förrådshantering</w:t>
       </w:r>
       <w:bookmarkEnd w:id="71"/>
       <w:r w:rsidRPr="00D30494">
         <w:rPr>
           <w:sz w:val="36"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidRPr="0043098F" w:rsidR="00C0345F" w:rsidP="000554BC" w:rsidRDefault="00C0345F" w14:paraId="3A49EDF6" w14:textId="77777777">
+    <w:p w14:paraId="3A49EDF6" w14:textId="77777777" w:rsidR="00C0345F" w:rsidRPr="0043098F" w:rsidRDefault="00C0345F" w:rsidP="000554BC">
       <w:pPr>
         <w:pStyle w:val="Punktlista"/>
       </w:pPr>
       <w:r w:rsidRPr="0043098F">
         <w:t xml:space="preserve">Händer skall vara </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="0043098F">
         <w:t>nydesinfekterade</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="0043098F">
         <w:t xml:space="preserve"> och torra när gods hanteras. </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidRPr="0043098F" w:rsidR="00C0345F" w:rsidP="000554BC" w:rsidRDefault="00C0345F" w14:paraId="413ABB3A" w14:textId="77777777">
+    <w:p w14:paraId="413ABB3A" w14:textId="77777777" w:rsidR="00C0345F" w:rsidRPr="0043098F" w:rsidRDefault="00C0345F" w:rsidP="000554BC">
       <w:pPr>
         <w:pStyle w:val="Punktlista"/>
       </w:pPr>
       <w:r w:rsidRPr="0043098F">
         <w:t xml:space="preserve">Produktförpackning förvarad i avdelningsförpackning har i allmänhet en lång hållbarhet. Produktförpackning tagen ur sin avdelningsförpackning har en kortare hållbarhetstid på grund av att den hanteras oftare och därmed ökar risken att förpackningen skadas. </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidRPr="0043098F" w:rsidR="00C0345F" w:rsidP="000554BC" w:rsidRDefault="00C0345F" w14:paraId="052D7724" w14:textId="77777777">
-[...3 lines deleted...]
-      <w:r w:rsidRPr="0043098F">
+    <w:p w14:paraId="052D7724" w14:textId="77777777" w:rsidR="00C0345F" w:rsidRPr="0043098F" w:rsidRDefault="00C0345F" w:rsidP="000554BC">
+      <w:pPr>
+        <w:pStyle w:val="Punktlista"/>
+      </w:pPr>
+      <w:r w:rsidRPr="0043098F">
+        <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">Förpackningar skall placeras på ett sådant sätt så att de äldsta tas i bruk först. </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidRPr="0043098F" w:rsidR="00C0345F" w:rsidP="000554BC" w:rsidRDefault="00C0345F" w14:paraId="3C40561A" w14:textId="77777777">
+    <w:p w14:paraId="3C40561A" w14:textId="77777777" w:rsidR="00C0345F" w:rsidRPr="0043098F" w:rsidRDefault="00C0345F" w:rsidP="000554BC">
       <w:pPr>
         <w:pStyle w:val="Punktlista"/>
       </w:pPr>
       <w:r w:rsidRPr="0043098F">
         <w:t xml:space="preserve">Produkter skall inte trängas ihop i påsar eller burkar. Det finns risk att förpackningen skadas och därmed äventyras produktens renhetsgrad. </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidRPr="0043098F" w:rsidR="00C0345F" w:rsidP="000554BC" w:rsidRDefault="00C0345F" w14:paraId="0B33FBDD" w14:textId="77777777">
+    <w:p w14:paraId="0B33FBDD" w14:textId="77777777" w:rsidR="00C0345F" w:rsidRPr="0043098F" w:rsidRDefault="00C0345F" w:rsidP="000554BC">
       <w:pPr>
         <w:pStyle w:val="Punktlista"/>
       </w:pPr>
       <w:r w:rsidRPr="0043098F">
         <w:t xml:space="preserve">Akutvagnar av olika slag rengörs efter användning samt skall kontrolleras och rengöras minst en gång i månaden. Checklistor underlättar. </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidRPr="0043098F" w:rsidR="00C0345F" w:rsidP="000554BC" w:rsidRDefault="00C0345F" w14:paraId="64520DA6" w14:textId="77777777">
+    <w:p w14:paraId="64520DA6" w14:textId="77777777" w:rsidR="00C0345F" w:rsidRPr="0043098F" w:rsidRDefault="00C0345F" w:rsidP="000554BC">
       <w:pPr>
         <w:pStyle w:val="Punktlista"/>
       </w:pPr>
       <w:r w:rsidRPr="0043098F">
         <w:t xml:space="preserve">Vagnarna skall inte innehålla mer material än att man har kontroll på omsättningen av produkterna. </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidRPr="0043098F" w:rsidR="00C0345F" w:rsidP="000554BC" w:rsidRDefault="00C0345F" w14:paraId="3AE27445" w14:textId="77777777">
+    <w:p w14:paraId="3AE27445" w14:textId="77777777" w:rsidR="00C0345F" w:rsidRPr="0043098F" w:rsidRDefault="00C0345F" w:rsidP="000554BC">
       <w:pPr>
         <w:pStyle w:val="Punktlista"/>
       </w:pPr>
       <w:r w:rsidRPr="0043098F">
         <w:t xml:space="preserve">Material som hamnat på golvet skall kasseras eller gå till desinfektion och sterilisering. </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00C0345F" w:rsidP="000554BC" w:rsidRDefault="00C0345F" w14:paraId="1C93422D" w14:textId="77777777">
+    <w:p w14:paraId="1C93422D" w14:textId="77777777" w:rsidR="00C0345F" w:rsidRDefault="00C0345F" w:rsidP="000554BC">
       <w:pPr>
         <w:pStyle w:val="Punktlista"/>
       </w:pPr>
       <w:r w:rsidRPr="0043098F">
         <w:t xml:space="preserve">Förvaring skall ej ske på golvytor och ovanpå skåp. </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidRPr="00BA7B9F" w:rsidR="00C0345F" w:rsidP="000554BC" w:rsidRDefault="00C0345F" w14:paraId="585E7A49" w14:textId="77777777">
+    <w:p w14:paraId="585E7A49" w14:textId="77777777" w:rsidR="00C0345F" w:rsidRPr="00BA7B9F" w:rsidRDefault="00C0345F" w:rsidP="000554BC">
       <w:pPr>
         <w:pStyle w:val="Punktlista"/>
       </w:pPr>
       <w:r w:rsidRPr="0043098F">
         <w:t xml:space="preserve">Rutin för regelbunden städning av förråden skall finnas, se </w:t>
       </w:r>
-      <w:bookmarkStart w:name="_Hlk113450642" w:id="72"/>
+      <w:bookmarkStart w:id="72" w:name="_Hlk113450642"/>
       <w:r w:rsidRPr="00BA7B9F">
         <w:rPr>
           <w:color w:val="00B050"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin"/>
       </w:r>
       <w:r w:rsidRPr="00BA7B9F">
         <w:rPr>
           <w:color w:val="00B050"/>
         </w:rPr>
         <w:instrText xml:space="preserve"> HYPERLINK "https://www.sis.se/api/document/get/80020381" </w:instrText>
       </w:r>
       <w:r w:rsidRPr="00BA7B9F">
         <w:rPr>
           <w:color w:val="00B050"/>
         </w:rPr>
       </w:r>
       <w:r w:rsidRPr="00BA7B9F">
         <w:rPr>
           <w:color w:val="00B050"/>
         </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r w:rsidRPr="00AF77E7">
         <w:rPr>
           <w:rStyle w:val="Hyperlnk"/>
         </w:rPr>
         <w:t>SIS-TR 57:2020</w:t>
       </w:r>
       <w:r w:rsidRPr="00BA7B9F">
         <w:rPr>
           <w:color w:val="00B050"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00BA7B9F">
         <w:rPr>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">Handbok för grundläggande rekommendationer för lagerhållning, hantering och transport av sterila medicintekniska produkter inom hälso-och sjukvård, tandvård och djursjukvård. </w:t>
       </w:r>
       <w:bookmarkEnd w:id="72"/>
     </w:p>
-    <w:p w:rsidRPr="00D30494" w:rsidR="00C0345F" w:rsidP="00D30494" w:rsidRDefault="00C0345F" w14:paraId="3B86165D" w14:textId="77777777">
+    <w:p w14:paraId="3B86165D" w14:textId="77777777" w:rsidR="00C0345F" w:rsidRPr="00D30494" w:rsidRDefault="00C0345F" w:rsidP="00D30494">
       <w:pPr>
         <w:pStyle w:val="Rubrik2"/>
         <w:rPr>
           <w:sz w:val="36"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:name="_Toc146281982" w:id="73"/>
+      <w:bookmarkStart w:id="73" w:name="_Toc146281982"/>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00D30494">
         <w:rPr>
           <w:sz w:val="36"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Osterilt</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00D30494">
         <w:rPr>
           <w:sz w:val="36"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> förråd</w:t>
       </w:r>
       <w:bookmarkEnd w:id="73"/>
     </w:p>
-    <w:p w:rsidRPr="0043098F" w:rsidR="00C0345F" w:rsidP="000554BC" w:rsidRDefault="00C0345F" w14:paraId="2214D171" w14:textId="77777777">
+    <w:p w14:paraId="2214D171" w14:textId="77777777" w:rsidR="00C0345F" w:rsidRPr="0043098F" w:rsidRDefault="00C0345F" w:rsidP="000554BC">
       <w:pPr>
         <w:pStyle w:val="Punktlista"/>
       </w:pPr>
       <w:r w:rsidRPr="0043098F">
         <w:t xml:space="preserve">Händer skall vara </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="0043098F">
         <w:t>nydesinfekterade</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="0043098F">
         <w:t xml:space="preserve"> och torra när gods hanteras. </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidRPr="0043098F" w:rsidR="00C0345F" w:rsidP="000554BC" w:rsidRDefault="00C0345F" w14:paraId="13B3A5DC" w14:textId="77777777">
+    <w:p w14:paraId="13B3A5DC" w14:textId="77777777" w:rsidR="00C0345F" w:rsidRPr="0043098F" w:rsidRDefault="00C0345F" w:rsidP="000554BC">
       <w:pPr>
         <w:pStyle w:val="Punktlista"/>
       </w:pPr>
       <w:r w:rsidRPr="0043098F">
         <w:rPr>
           <w:bCs/>
         </w:rPr>
         <w:t>Det är viktigt att produkterna behåller sin renhetsgrad ända fram till användning på patient.</w:t>
       </w:r>
       <w:r w:rsidRPr="0043098F">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidRPr="0043098F" w:rsidR="00C0345F" w:rsidP="000554BC" w:rsidRDefault="00C0345F" w14:paraId="6DEE992C" w14:textId="77777777">
+    <w:p w14:paraId="6DEE992C" w14:textId="77777777" w:rsidR="00C0345F" w:rsidRPr="0043098F" w:rsidRDefault="00C0345F" w:rsidP="000554BC">
       <w:pPr>
         <w:pStyle w:val="Punktlista"/>
       </w:pPr>
       <w:r w:rsidRPr="0043098F">
         <w:t xml:space="preserve">Förvaring skall ej ske på golvytor och ovanpå skåp. </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidRPr="0043098F" w:rsidR="00C0345F" w:rsidP="000554BC" w:rsidRDefault="00C0345F" w14:paraId="75772C49" w14:textId="77777777">
+    <w:p w14:paraId="75772C49" w14:textId="77777777" w:rsidR="00C0345F" w:rsidRPr="0043098F" w:rsidRDefault="00C0345F" w:rsidP="000554BC">
       <w:pPr>
         <w:pStyle w:val="Punktlista"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="0043098F">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:color w:val="1E1E1E"/>
         </w:rPr>
         <w:t>Rengör förvaringshyllor/korgar regelbundet.</w:t>
       </w:r>
       <w:r w:rsidRPr="0043098F">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:kern w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidRPr="00D30494" w:rsidR="00C0345F" w:rsidP="00D30494" w:rsidRDefault="00C0345F" w14:paraId="77EADDBC" w14:textId="77777777">
+    <w:p w14:paraId="77EADDBC" w14:textId="77777777" w:rsidR="00C0345F" w:rsidRPr="00D30494" w:rsidRDefault="00C0345F" w:rsidP="00D30494">
       <w:pPr>
         <w:pStyle w:val="Rubrik2"/>
         <w:rPr>
           <w:sz w:val="36"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:name="_Toc146281983" w:id="74"/>
+      <w:bookmarkStart w:id="74" w:name="_Toc146281983"/>
       <w:r w:rsidRPr="00D30494">
         <w:rPr>
           <w:sz w:val="36"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Transportvagn från Apotek</w:t>
       </w:r>
       <w:bookmarkEnd w:id="74"/>
     </w:p>
-    <w:p w:rsidRPr="0043098F" w:rsidR="00C0345F" w:rsidP="00C0345F" w:rsidRDefault="00C0345F" w14:paraId="084960D3" w14:textId="77777777">
+    <w:p w14:paraId="084960D3" w14:textId="77777777" w:rsidR="00C0345F" w:rsidRPr="0043098F" w:rsidRDefault="00C0345F" w:rsidP="00C0345F">
       <w:r w:rsidRPr="0043098F">
         <w:t>Galonskyddet skall desinfekteras utvändigt, alternativt tas av, innan vagnen körs in på operationsavdelningen.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidRPr="00D30494" w:rsidR="00C0345F" w:rsidP="00D30494" w:rsidRDefault="00C0345F" w14:paraId="021424F2" w14:textId="77777777">
+    <w:p w14:paraId="021424F2" w14:textId="77777777" w:rsidR="00C0345F" w:rsidRPr="00D30494" w:rsidRDefault="00C0345F" w:rsidP="00D30494">
       <w:pPr>
         <w:pStyle w:val="Rubrik3"/>
         <w:rPr>
           <w:sz w:val="40"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:name="_Toc146281984" w:id="75"/>
+      <w:bookmarkStart w:id="75" w:name="_Toc146281984"/>
       <w:r w:rsidRPr="00D30494">
         <w:rPr>
           <w:sz w:val="40"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>Desinfektionsrum</w:t>
       </w:r>
       <w:bookmarkEnd w:id="75"/>
       <w:r w:rsidRPr="00D30494">
         <w:rPr>
           <w:sz w:val="40"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidRPr="0043098F" w:rsidR="00C0345F" w:rsidP="000554BC" w:rsidRDefault="00C0345F" w14:paraId="59DA046C" w14:textId="77777777">
+    <w:p w14:paraId="59DA046C" w14:textId="77777777" w:rsidR="00C0345F" w:rsidRPr="0043098F" w:rsidRDefault="00C0345F" w:rsidP="000554BC">
       <w:pPr>
         <w:pStyle w:val="Punktlista"/>
       </w:pPr>
       <w:r w:rsidRPr="0043098F">
         <w:t xml:space="preserve">Rummet skall vara planerat på ett sådant sätt att flödet från orent till rent/desinfekterat kan ske utan risk för kontamination. </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidRPr="0043098F" w:rsidR="00C0345F" w:rsidP="000554BC" w:rsidRDefault="00C0345F" w14:paraId="1BE87908" w14:textId="77777777">
+    <w:p w14:paraId="1BE87908" w14:textId="77777777" w:rsidR="00C0345F" w:rsidRPr="0043098F" w:rsidRDefault="00C0345F" w:rsidP="000554BC">
       <w:pPr>
         <w:pStyle w:val="Punktlista"/>
       </w:pPr>
       <w:r w:rsidRPr="0043098F">
         <w:t xml:space="preserve">Rent och orent material skall särskiljas på ett tydligt och logiskt sätt. </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidRPr="0043098F" w:rsidR="00C0345F" w:rsidP="000554BC" w:rsidRDefault="00C0345F" w14:paraId="4077F190" w14:textId="77777777">
+    <w:p w14:paraId="4077F190" w14:textId="77777777" w:rsidR="00C0345F" w:rsidRPr="0043098F" w:rsidRDefault="00C0345F" w:rsidP="000554BC">
       <w:pPr>
         <w:pStyle w:val="Punktlista"/>
       </w:pPr>
       <w:r w:rsidRPr="0043098F">
         <w:t xml:space="preserve">Om möjligt bör desinfektionsrummet vara tvådelat i ett rent och ett orent rum med genomräckningsmaskiner. </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidRPr="0043098F" w:rsidR="00C0345F" w:rsidP="000554BC" w:rsidRDefault="00C0345F" w14:paraId="547AE9FE" w14:textId="77777777">
+    <w:p w14:paraId="547AE9FE" w14:textId="77777777" w:rsidR="00C0345F" w:rsidRPr="0043098F" w:rsidRDefault="00C0345F" w:rsidP="000554BC">
       <w:pPr>
         <w:pStyle w:val="Punktlista"/>
       </w:pPr>
       <w:r w:rsidRPr="0043098F">
         <w:t xml:space="preserve">Endast material som krävs för arbetet i desinfektionsrummet får förvaras där. Rummet skall inte användas som förråd till allmänt material. </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidRPr="0043098F" w:rsidR="00C0345F" w:rsidP="000554BC" w:rsidRDefault="00C0345F" w14:paraId="0A6F9676" w14:textId="77777777">
+    <w:p w14:paraId="0A6F9676" w14:textId="77777777" w:rsidR="00C0345F" w:rsidRPr="0043098F" w:rsidRDefault="00C0345F" w:rsidP="000554BC">
       <w:pPr>
         <w:pStyle w:val="Punktlista"/>
       </w:pPr>
       <w:r w:rsidRPr="0043098F">
         <w:t xml:space="preserve">Rummets ytor och utrustning skall rengöras dagligen. </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidRPr="0043098F" w:rsidR="00C0345F" w:rsidP="000554BC" w:rsidRDefault="00C0345F" w14:paraId="75EBD088" w14:textId="77777777">
-[...3 lines deleted...]
-      <w:r w:rsidRPr="0043098F">
+    <w:p w14:paraId="75EBD088" w14:textId="77777777" w:rsidR="00C0345F" w:rsidRPr="0043098F" w:rsidRDefault="00C0345F" w:rsidP="000554BC">
+      <w:pPr>
+        <w:pStyle w:val="Punktlista"/>
+      </w:pPr>
+      <w:r w:rsidRPr="0043098F">
+        <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">Händer ska vara </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="0043098F">
         <w:t>nydesinfekterade</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="0043098F">
         <w:t xml:space="preserve"> när gods tas ut ur spol- och </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="0043098F">
         <w:t>diskdesinfektorer</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="0043098F">
         <w:t xml:space="preserve">. Eventuell avlastningsyta skall desinfekteras före godset placeras där. Underlägg och handdukar skall undvikas. </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidRPr="0043098F" w:rsidR="00C0345F" w:rsidP="000554BC" w:rsidRDefault="00C0345F" w14:paraId="72ABDCED" w14:textId="77777777">
+    <w:p w14:paraId="72ABDCED" w14:textId="77777777" w:rsidR="00C0345F" w:rsidRPr="0043098F" w:rsidRDefault="00C0345F" w:rsidP="000554BC">
       <w:pPr>
         <w:pStyle w:val="Punktlista"/>
       </w:pPr>
       <w:r w:rsidRPr="0043098F">
         <w:t xml:space="preserve">Kontroller av spol- och </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="0043098F">
         <w:t>diskdesinfektorer</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="0043098F">
         <w:t xml:space="preserve"> skall genomföras enligt anvisning från tillverkaren och noteras i loggbok tillhörande respektive maskin. </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidRPr="00614A4D" w:rsidR="00C0345F" w:rsidP="000554BC" w:rsidRDefault="00C0345F" w14:paraId="4647631D" w14:textId="77777777">
+    <w:p w14:paraId="4647631D" w14:textId="77777777" w:rsidR="00C0345F" w:rsidRPr="00614A4D" w:rsidRDefault="00C0345F" w:rsidP="000554BC">
       <w:pPr>
         <w:pStyle w:val="Punktlista"/>
       </w:pPr>
       <w:r w:rsidRPr="0043098F">
         <w:t xml:space="preserve">Ultraljudsdisk för rengöring av ihåliga eller svårrengjorda instrument samt tillbehör till endoskopi kan vara nödvändigt. Bytesfrekvens för lösningen sker enligt leverantörens anvisning. Observera att rengöringsmedlet skall vara kompatibelt med </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="0043098F">
         <w:t>diskdesinfektorns</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="0043098F">
         <w:t xml:space="preserve"> diskmedel. </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00C0345F" w:rsidP="000554BC" w:rsidRDefault="00C0345F" w14:paraId="3BB2227B" w14:textId="77777777">
+    <w:p w14:paraId="3BB2227B" w14:textId="77777777" w:rsidR="00C0345F" w:rsidRDefault="00C0345F" w:rsidP="000554BC">
       <w:pPr>
         <w:pStyle w:val="Punktlista"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Särskild planering krävs om rengöring av flexibla endoskop skall göras på enheten, kontakta Vårdhygien. </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidRPr="00614A4D" w:rsidR="00C0345F" w:rsidP="000554BC" w:rsidRDefault="00C0345F" w14:paraId="3BE1A572" w14:textId="77777777">
+    <w:p w14:paraId="3BE1A572" w14:textId="77777777" w:rsidR="00C0345F" w:rsidRPr="00614A4D" w:rsidRDefault="00C0345F" w:rsidP="000554BC">
       <w:pPr>
         <w:pStyle w:val="Punktlista"/>
       </w:pPr>
       <w:r>
         <w:t>Steriliseringsverksamhet kräver specialkunskap, gods bör skickas till steriltekniska enheten.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidRPr="00E848B7" w:rsidR="00C0345F" w:rsidP="000554BC" w:rsidRDefault="00C0345F" w14:paraId="5A94DB4E" w14:textId="77777777">
+    <w:p w14:paraId="5A94DB4E" w14:textId="0C55D57F" w:rsidR="00C0345F" w:rsidRPr="00E848B7" w:rsidRDefault="00C0345F" w:rsidP="000554BC">
       <w:pPr>
         <w:pStyle w:val="Punktlista"/>
       </w:pPr>
       <w:r w:rsidRPr="00614A4D">
         <w:rPr>
           <w:iCs/>
         </w:rPr>
         <w:t xml:space="preserve">Riktlinjerna i Vårdhandbokens kapitel om </w:t>
       </w:r>
-      <w:hyperlink w:history="1" r:id="rId34">
-        <w:r w:rsidRPr="00614A4D">
+      <w:hyperlink r:id="rId38" w:history="1">
+        <w:r w:rsidRPr="00BD1894">
           <w:rPr>
             <w:rStyle w:val="Hyperlnk"/>
             <w:iCs/>
           </w:rPr>
-          <w:t>desinfektion</w:t>
+          <w:t>desinfektion och sterilisering</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="00614A4D">
         <w:rPr>
           <w:iCs/>
         </w:rPr>
-        <w:t xml:space="preserve"> och </w:t>
-[...13 lines deleted...]
-        </w:rPr>
         <w:t xml:space="preserve"> samt </w:t>
       </w:r>
-      <w:hyperlink w:history="1" r:id="rId36">
+      <w:hyperlink r:id="rId39" w:history="1">
         <w:r w:rsidRPr="00614A4D">
           <w:rPr>
             <w:rStyle w:val="Hyperlnk"/>
             <w:iCs/>
           </w:rPr>
           <w:t>SIS-TR 46:2014</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="00614A4D">
         <w:rPr>
           <w:iCs/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:iCs/>
         </w:rPr>
         <w:t>(</w:t>
       </w:r>
       <w:r w:rsidRPr="00614A4D">
         <w:rPr>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="20"/>
@@ -10110,1393 +10080,1478 @@
       <w:r>
         <w:rPr>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>)</w:t>
       </w:r>
       <w:r w:rsidRPr="00614A4D">
         <w:rPr>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00614A4D">
         <w:rPr>
           <w:iCs/>
         </w:rPr>
         <w:t>skall uppfyllas av den verksamhet som har autoklaver.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidRPr="00D30494" w:rsidR="00C0345F" w:rsidP="00D30494" w:rsidRDefault="00C0345F" w14:paraId="1BAE37D3" w14:textId="77777777">
+    <w:p w14:paraId="1BAE37D3" w14:textId="77777777" w:rsidR="00C0345F" w:rsidRPr="00D30494" w:rsidRDefault="00C0345F" w:rsidP="00D30494">
       <w:pPr>
         <w:pStyle w:val="Rubrik3"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:color w:val="auto"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:name="_Toc146281985" w:id="76"/>
+      <w:bookmarkStart w:id="76" w:name="_Toc146281985"/>
       <w:r w:rsidRPr="00D30494">
         <w:rPr>
           <w:sz w:val="40"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>Låneinstrument</w:t>
       </w:r>
       <w:bookmarkEnd w:id="76"/>
     </w:p>
-    <w:p w:rsidRPr="00C25B24" w:rsidR="00C0345F" w:rsidP="000554BC" w:rsidRDefault="00000000" w14:paraId="05A05021" w14:textId="77777777">
-[...4 lines deleted...]
-        <w:r w:rsidRPr="00FD006A" w:rsidR="00C0345F">
+    <w:p w14:paraId="05A05021" w14:textId="77777777" w:rsidR="00C0345F" w:rsidRPr="00C25B24" w:rsidRDefault="00C0345F" w:rsidP="000554BC">
+      <w:pPr>
+        <w:pStyle w:val="Punktlista"/>
+      </w:pPr>
+      <w:hyperlink r:id="rId40" w:history="1">
+        <w:r w:rsidRPr="00FD006A">
           <w:rPr>
             <w:rStyle w:val="Hyperlnk"/>
           </w:rPr>
           <w:t>Hantering av låneinstrument – vårdhygieniska rekommendationer</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w:rsidRPr="00D30494" w:rsidR="00C0345F" w:rsidP="00D30494" w:rsidRDefault="00C0345F" w14:paraId="722EB77C" w14:textId="77777777">
+    <w:p w14:paraId="722EB77C" w14:textId="77777777" w:rsidR="00C0345F" w:rsidRPr="00D30494" w:rsidRDefault="00C0345F" w:rsidP="00D30494">
       <w:pPr>
         <w:pStyle w:val="Rubrik3"/>
         <w:rPr>
           <w:sz w:val="40"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:name="_Toc146281986" w:id="77"/>
+      <w:bookmarkStart w:id="77" w:name="_Toc146281986"/>
       <w:r w:rsidRPr="00D30494">
         <w:rPr>
           <w:sz w:val="40"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>Packrum</w:t>
       </w:r>
       <w:bookmarkEnd w:id="77"/>
     </w:p>
-    <w:p w:rsidR="00C0345F" w:rsidP="000554BC" w:rsidRDefault="00C0345F" w14:paraId="0542046A" w14:textId="77777777">
+    <w:p w14:paraId="0542046A" w14:textId="77777777" w:rsidR="00C0345F" w:rsidRDefault="00C0345F" w:rsidP="000554BC">
       <w:pPr>
         <w:pStyle w:val="Punktlista"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Packrummet är en ren zon och här hanteras endast rent gods. </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00C0345F" w:rsidP="000554BC" w:rsidRDefault="00C0345F" w14:paraId="50B00D6E" w14:textId="77777777">
+    <w:p w14:paraId="50B00D6E" w14:textId="77777777" w:rsidR="00C0345F" w:rsidRDefault="00C0345F" w:rsidP="000554BC">
       <w:pPr>
         <w:pStyle w:val="Punktlista"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Material utifrån ska packas upp samt </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:t>avemballeras</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r>
         <w:t xml:space="preserve"> innan de tas med in till packrummet.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidRPr="00C25B24" w:rsidR="00C0345F" w:rsidP="000554BC" w:rsidRDefault="00C0345F" w14:paraId="0D001446" w14:textId="77777777">
+    <w:p w14:paraId="0D001446" w14:textId="77777777" w:rsidR="00C0345F" w:rsidRPr="00C25B24" w:rsidRDefault="00C0345F" w:rsidP="000554BC">
       <w:pPr>
         <w:pStyle w:val="Punktlista"/>
         <w:rPr>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">För att behålla renhetsgraden på det höggradigt rena godset, krävs att de basala hygienrutinerna följs. </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidRPr="002C7A1D" w:rsidR="00C0345F" w:rsidP="000554BC" w:rsidRDefault="00C0345F" w14:paraId="13D4B6DA" w14:textId="77777777">
+    <w:p w14:paraId="13D4B6DA" w14:textId="77777777" w:rsidR="00C0345F" w:rsidRPr="002C7A1D" w:rsidRDefault="00C0345F" w:rsidP="000554BC">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="357"/>
       </w:pPr>
       <w:r w:rsidRPr="000554BC">
         <w:rPr>
           <w:iCs/>
         </w:rPr>
         <w:t xml:space="preserve">För mer information se: </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidRPr="002C7A1D" w:rsidR="00C0345F" w:rsidP="000554BC" w:rsidRDefault="00C0345F" w14:paraId="62778C67" w14:textId="77777777">
+    <w:p w14:paraId="62778C67" w14:textId="7962DD9F" w:rsidR="00C0345F" w:rsidRPr="002C7A1D" w:rsidRDefault="00C0345F" w:rsidP="000554BC">
       <w:pPr>
         <w:pStyle w:val="Punktlista"/>
       </w:pPr>
       <w:r w:rsidRPr="00614A4D">
         <w:t xml:space="preserve">Riktlinjerna i Vårdhandbokens kapitel om </w:t>
       </w:r>
-      <w:hyperlink w:history="1" r:id="rId38">
-        <w:r w:rsidRPr="00614A4D">
+      <w:hyperlink r:id="rId41" w:history="1">
+        <w:r w:rsidRPr="001345AA">
           <w:rPr>
             <w:rStyle w:val="Hyperlnk"/>
             <w:iCs/>
           </w:rPr>
           <w:t>desinfektion</w:t>
         </w:r>
-      </w:hyperlink>
-[...4 lines deleted...]
-        <w:r w:rsidRPr="00614A4D">
+        <w:r w:rsidRPr="001345AA">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlnk"/>
+          </w:rPr>
+          <w:t xml:space="preserve"> och </w:t>
+        </w:r>
+        <w:r w:rsidRPr="001345AA">
           <w:rPr>
             <w:rStyle w:val="Hyperlnk"/>
             <w:iCs/>
           </w:rPr>
           <w:t>sterilisering</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="00614A4D">
         <w:t xml:space="preserve"> samt </w:t>
       </w:r>
-      <w:hyperlink w:history="1" r:id="rId40">
+      <w:hyperlink r:id="rId42" w:history="1">
         <w:r w:rsidRPr="00614A4D">
           <w:rPr>
             <w:rStyle w:val="Hyperlnk"/>
             <w:iCs/>
           </w:rPr>
           <w:t>SIS-TR 46:2014</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="00614A4D">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:t>(</w:t>
       </w:r>
       <w:r w:rsidRPr="00614A4D">
         <w:rPr>
           <w:i/>
           <w:sz w:val="20"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>Processer för rengöring, desinfektion och sterilisering – Validering och rutinkontroll inom svensk vård och omsorg</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:i/>
           <w:sz w:val="20"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>)</w:t>
       </w:r>
       <w:r w:rsidRPr="00614A4D">
         <w:rPr>
           <w:i/>
           <w:sz w:val="20"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00614A4D">
         <w:t>ska uppfyllas av den verksamhet som har autoklaver.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00C0345F" w:rsidP="000554BC" w:rsidRDefault="00000000" w14:paraId="1F524900" w14:textId="77777777">
-[...4 lines deleted...]
-        <w:r w:rsidRPr="00AF77E7" w:rsidR="00C0345F">
+    <w:p w14:paraId="1F524900" w14:textId="77777777" w:rsidR="00C0345F" w:rsidRDefault="00C0345F" w:rsidP="000554BC">
+      <w:pPr>
+        <w:pStyle w:val="Punktlista"/>
+      </w:pPr>
+      <w:hyperlink r:id="rId43" w:history="1">
+        <w:r w:rsidRPr="00AF77E7">
           <w:rPr>
             <w:rStyle w:val="Hyperlnk"/>
           </w:rPr>
           <w:t>SIS-TR 57:2020</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidR="00C0345F">
+      <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00BA7B9F" w:rsidR="00C0345F">
+      <w:r w:rsidRPr="00BA7B9F">
         <w:rPr>
           <w:i/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>Handbok för grundläggande rekommendationer för lagerhållning, hantering och transport av sterila medicintekniska produkter inom hälso-och sjukvård, tandvård och djursjukvård.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidRPr="00D30494" w:rsidR="00C0345F" w:rsidP="00D30494" w:rsidRDefault="00C0345F" w14:paraId="5461CE24" w14:textId="77777777">
+    <w:p w14:paraId="5461CE24" w14:textId="77777777" w:rsidR="00C0345F" w:rsidRPr="00D30494" w:rsidRDefault="00C0345F" w:rsidP="00D30494">
       <w:pPr>
         <w:pStyle w:val="Rubrik3"/>
         <w:rPr>
           <w:sz w:val="40"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:name="_Toc146281987" w:id="78"/>
-      <w:bookmarkStart w:name="_Hlk136863365" w:id="79"/>
+      <w:bookmarkStart w:id="78" w:name="_Toc146281987"/>
+      <w:bookmarkStart w:id="79" w:name="_Hlk136863365"/>
       <w:r w:rsidRPr="00D30494">
         <w:rPr>
           <w:sz w:val="40"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>Arbetsgrupp</w:t>
       </w:r>
       <w:bookmarkEnd w:id="78"/>
     </w:p>
-    <w:p w:rsidRPr="000554BC" w:rsidR="00C0345F" w:rsidP="000554BC" w:rsidRDefault="00C0345F" w14:paraId="4D3BB4AC" w14:textId="69380E97">
+    <w:p w14:paraId="4D3BB4AC" w14:textId="69380E97" w:rsidR="00C0345F" w:rsidRPr="000554BC" w:rsidRDefault="00C0345F" w:rsidP="000554BC">
       <w:r w:rsidRPr="000554BC">
         <w:t>Sabina Viking, Enhetschef, Operation Falköping</w:t>
       </w:r>
       <w:r w:rsidR="007F5625">
         <w:t>, SkaS</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidRPr="005D2518" w:rsidR="00C0345F" w:rsidP="000554BC" w:rsidRDefault="00C0345F" w14:paraId="068F10D7" w14:textId="4864C3F9">
+    <w:p w14:paraId="068F10D7" w14:textId="4864C3F9" w:rsidR="00C0345F" w:rsidRPr="005D2518" w:rsidRDefault="00C0345F" w:rsidP="000554BC">
       <w:r w:rsidRPr="005D2518">
-        <w:t xml:space="preserve">Jörgen </w:t>
-[...7 lines deleted...]
-        <w:t xml:space="preserve">, </w:t>
+        <w:lastRenderedPageBreak/>
+        <w:t xml:space="preserve">Jörgen Härdstedt, </w:t>
       </w:r>
       <w:r>
         <w:t>Sektionsledare,</w:t>
       </w:r>
       <w:r w:rsidRPr="005D2518">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00BE64AA">
         <w:t>Operation</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> Falköping</w:t>
       </w:r>
       <w:r w:rsidR="007F5625">
         <w:t>, SkaS</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidRPr="005D2518" w:rsidR="00C0345F" w:rsidP="000554BC" w:rsidRDefault="00C0345F" w14:paraId="3985C03A" w14:textId="774A7EA4">
+    <w:p w14:paraId="3985C03A" w14:textId="4CC3ED59" w:rsidR="00C0345F" w:rsidRPr="005D2518" w:rsidRDefault="00C0345F" w:rsidP="000554BC">
       <w:r w:rsidRPr="005D2518">
         <w:t xml:space="preserve">Caroline Stenlund, </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">Sektionsledare, </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>Steriltekniska enheten</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> Skövde</w:t>
       </w:r>
       <w:r w:rsidR="007F5625">
-        <w:t xml:space="preserve">, </w:t>
-[...7 lines deleted...]
-    <w:p w:rsidRPr="005D2518" w:rsidR="00C0345F" w:rsidP="000554BC" w:rsidRDefault="00C0345F" w14:paraId="5B2C4CC8" w14:textId="3E4649B4">
+        <w:t>, Ska</w:t>
+      </w:r>
+      <w:r w:rsidR="00E645EB">
+        <w:t>S</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5B2C4CC8" w14:textId="3E4649B4" w:rsidR="00C0345F" w:rsidRPr="005D2518" w:rsidRDefault="00C0345F" w:rsidP="000554BC">
       <w:r w:rsidRPr="005D2518">
         <w:t>Maria Brodd, Hygienombud/Undersköterska, Operation Skövde</w:t>
       </w:r>
       <w:r w:rsidR="007F5625">
         <w:t>, SkaS</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidRPr="005D2518" w:rsidR="00C0345F" w:rsidP="000554BC" w:rsidRDefault="00C0345F" w14:paraId="4D8A7B15" w14:textId="15E677FA">
+    <w:p w14:paraId="4D8A7B15" w14:textId="15E677FA" w:rsidR="00C0345F" w:rsidRPr="005D2518" w:rsidRDefault="00C0345F" w:rsidP="000554BC">
       <w:r w:rsidRPr="005D2518">
         <w:t xml:space="preserve">Birgitta Holm, </w:t>
       </w:r>
       <w:r w:rsidRPr="00B23A95">
         <w:t>Operationssjuksköterska</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
-      <w:bookmarkStart w:name="_Hlk115445743" w:id="80"/>
+      <w:bookmarkStart w:id="80" w:name="_Hlk115445743"/>
       <w:r>
         <w:t>Operation</w:t>
       </w:r>
       <w:bookmarkEnd w:id="80"/>
       <w:r>
         <w:t xml:space="preserve"> Lidköping</w:t>
       </w:r>
       <w:r w:rsidR="007F5625">
         <w:t>, SkaS</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidRPr="000554BC" w:rsidR="00C0345F" w:rsidP="000554BC" w:rsidRDefault="00C0345F" w14:paraId="54A0BA15" w14:textId="0BB55701">
+    <w:p w14:paraId="54A0BA15" w14:textId="0BB55701" w:rsidR="00C0345F" w:rsidRPr="000554BC" w:rsidRDefault="00C0345F" w:rsidP="000554BC">
       <w:r w:rsidRPr="000554BC">
         <w:t>Åsa Johansson Operationssjuksköterska, Ögonoperation</w:t>
       </w:r>
       <w:r w:rsidR="007F5625">
         <w:t>, SkaS</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00C42E30" w:rsidP="00C42E30" w:rsidRDefault="00C0345F" w14:paraId="7E3CCAFA" w14:textId="77777777">
+    <w:p w14:paraId="7E3CCAFA" w14:textId="77777777" w:rsidR="00C42E30" w:rsidRDefault="00C0345F" w:rsidP="00C42E30">
       <w:r>
         <w:t xml:space="preserve">Annett Ekman Persson, Hygiensjuksköterska, </w:t>
       </w:r>
       <w:r w:rsidRPr="000554BC">
         <w:t>Vårdhygien</w:t>
       </w:r>
       <w:r w:rsidR="007F5625">
         <w:t>, SkaS</w:t>
       </w:r>
-      <w:bookmarkStart w:name="_Toc146281988" w:id="81"/>
+      <w:bookmarkStart w:id="81" w:name="_Toc146281988"/>
       <w:bookmarkEnd w:id="79"/>
     </w:p>
-    <w:p w:rsidRPr="00C42E30" w:rsidR="00C0345F" w:rsidP="00C42E30" w:rsidRDefault="00C0345F" w14:paraId="71BAF35F" w14:textId="3D0EDCE3">
+    <w:p w14:paraId="71BAF35F" w14:textId="3D0EDCE3" w:rsidR="00C0345F" w:rsidRPr="00C42E30" w:rsidRDefault="00C0345F" w:rsidP="00C42E30">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Calibri Light" w:hAnsi="Calibri Light" w:cs="Calibri Light"/>
           <w:color w:val="0070C0"/>
           <w:sz w:val="36"/>
           <w:szCs w:val="36"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00C37AC7">
         <w:rPr>
           <w:sz w:val="40"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>Källförteckning</w:t>
       </w:r>
-      <w:bookmarkStart w:name="_Toc100327188" w:id="82"/>
+      <w:bookmarkStart w:id="82" w:name="_Toc100327188"/>
       <w:bookmarkEnd w:id="81"/>
     </w:p>
-    <w:p w:rsidR="00C0345F" w:rsidP="00A66203" w:rsidRDefault="00C0345F" w14:paraId="2C176CDD" w14:textId="77777777">
+    <w:p w14:paraId="2C176CDD" w14:textId="77777777" w:rsidR="00C0345F" w:rsidRDefault="00C0345F" w:rsidP="00A66203">
       <w:r w:rsidRPr="00A66203">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>Att förebygga vårdrelaterade infektioner</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:br/>
-      </w:r>
-      <w:r>
         <w:t xml:space="preserve">Ett kunskapsunderlag. Socialstyrelsen, Stockholm 2006. ISBN: 91-85482-14-5 </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00C0345F" w:rsidP="00C0345F" w:rsidRDefault="00C0345F" w14:paraId="19B81CC0" w14:textId="77777777">
+    <w:p w14:paraId="19B81CC0" w14:textId="77777777" w:rsidR="00C0345F" w:rsidRDefault="00C0345F" w:rsidP="00C0345F">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
       </w:pPr>
       <w:r w:rsidRPr="00A66203">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>Basal hygien i vård och omsorg</w:t>
       </w:r>
       <w:r w:rsidRPr="00A66203">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:br/>
-      </w:r>
-      <w:r>
         <w:t xml:space="preserve">SOSFS 2015:10 Socialstyrelsen </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00C0345F" w:rsidP="00C0345F" w:rsidRDefault="00C0345F" w14:paraId="4733A9A5" w14:textId="77777777">
+    <w:p w14:paraId="4733A9A5" w14:textId="77777777" w:rsidR="00C0345F" w:rsidRDefault="00C0345F" w:rsidP="00C0345F">
       <w:r w:rsidRPr="00A66203">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>Hälso- och sjukvårdslagen</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:br/>
-      </w:r>
-      <w:r>
         <w:t>2017:30 kap 5 1 § skyldig att erbjuda vård med god hygienisk standard</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidRPr="00A66203" w:rsidR="00C0345F" w:rsidP="00C0345F" w:rsidRDefault="00C0345F" w14:paraId="30DD80F7" w14:textId="77777777">
+    <w:p w14:paraId="30DD80F7" w14:textId="77777777" w:rsidR="00C0345F" w:rsidRPr="00A66203" w:rsidRDefault="00C0345F" w:rsidP="00C0345F">
       <w:pPr>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00A66203">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Patientsäkerhetslagen </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00C0345F" w:rsidP="00C0345F" w:rsidRDefault="00C0345F" w14:paraId="3CA941B2" w14:textId="77777777">
+    <w:p w14:paraId="3CA941B2" w14:textId="77777777" w:rsidR="00C0345F" w:rsidRDefault="00C0345F" w:rsidP="00C0345F">
       <w:r>
         <w:t>2010:659 kap 3 skyldig att bedriva ett systematiskt patientsäkerhetsarbete</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidRPr="00A66203" w:rsidR="00C0345F" w:rsidP="00C0345F" w:rsidRDefault="00C0345F" w14:paraId="6C7FEF2D" w14:textId="77777777">
+    <w:p w14:paraId="6C7FEF2D" w14:textId="77777777" w:rsidR="00C0345F" w:rsidRPr="00A66203" w:rsidRDefault="00C0345F" w:rsidP="00C0345F">
       <w:pPr>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00A66203">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Socialstyrelsens föreskrifter och allmänna råd </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00C0345F" w:rsidP="00C0345F" w:rsidRDefault="00C0345F" w14:paraId="03079407" w14:textId="77777777">
+    <w:p w14:paraId="03079407" w14:textId="77777777" w:rsidR="00C0345F" w:rsidRDefault="00C0345F" w:rsidP="00C0345F">
       <w:r>
         <w:t xml:space="preserve">SOSFS 2011:9 om ledningssystem för ett systematiskt kvalitetsarbete skyldig att upprätthålla ledningssystem för kvalitet och patientsäkerhet i hälso- och sjukvården </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidRPr="00A66203" w:rsidR="00C0345F" w:rsidP="00C0345F" w:rsidRDefault="00C0345F" w14:paraId="5D8193F9" w14:textId="77777777">
+    <w:p w14:paraId="5D8193F9" w14:textId="77777777" w:rsidR="00C0345F" w:rsidRPr="00A66203" w:rsidRDefault="00C0345F" w:rsidP="00C0345F">
       <w:pPr>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00A66203">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>Vårdhandboken</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00C0345F" w:rsidP="00C0345F" w:rsidRDefault="00000000" w14:paraId="4F16A90C" w14:textId="77777777">
+    <w:p w14:paraId="4F16A90C" w14:textId="77777777" w:rsidR="00C0345F" w:rsidRDefault="00C0345F" w:rsidP="00C0345F">
       <w:pPr>
         <w:rPr>
           <w:i/>
           <w:iCs/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink w:history="1" r:id="rId42">
-        <w:r w:rsidR="00C0345F">
+      <w:hyperlink r:id="rId44" w:history="1">
+        <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlnk"/>
           </w:rPr>
           <w:t>Vårdhandboken</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w:rsidR="00C0345F" w:rsidP="00C0345F" w:rsidRDefault="00000000" w14:paraId="33601949" w14:textId="77777777">
+    <w:p w14:paraId="33601949" w14:textId="77777777" w:rsidR="00C0345F" w:rsidRDefault="00C0345F" w:rsidP="00C0345F">
       <w:pPr>
         <w:rPr>
           <w:i/>
           <w:iCs/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink w:history="1" r:id="rId43">
-        <w:r w:rsidR="00C0345F">
+      <w:hyperlink r:id="rId45" w:history="1">
+        <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlnk"/>
           </w:rPr>
           <w:t>Operationssjukvård</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w:rsidR="00C0345F" w:rsidP="00C0345F" w:rsidRDefault="00000000" w14:paraId="08B6DCE4" w14:textId="77777777">
+    <w:p w14:paraId="08B6DCE4" w14:textId="08586274" w:rsidR="00C0345F" w:rsidRDefault="00C0345F" w:rsidP="00C0345F">
       <w:pPr>
         <w:rPr>
           <w:i/>
           <w:iCs/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink w:history="1" r:id="rId44">
-        <w:r w:rsidR="00C0345F">
+      <w:hyperlink r:id="rId46" w:history="1">
+        <w:r w:rsidRPr="00F62DA4">
           <w:rPr>
             <w:rStyle w:val="Hyperlnk"/>
             <w:iCs/>
           </w:rPr>
-          <w:t>Desinfektion</w:t>
+          <w:t xml:space="preserve">Desinfektion </w:t>
+        </w:r>
+        <w:r w:rsidR="00140ED7" w:rsidRPr="00F62DA4">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlnk"/>
+            <w:iCs/>
+          </w:rPr>
+          <w:t>och sterilisering</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidR="00C0345F">
-[...6 lines deleted...]
-    <w:p w:rsidR="00C0345F" w:rsidP="00C0345F" w:rsidRDefault="00000000" w14:paraId="6A44C25C" w14:textId="77777777">
+    </w:p>
+    <w:p w14:paraId="6AE131B7" w14:textId="38E464A9" w:rsidR="00C0345F" w:rsidRDefault="00B177C0" w:rsidP="00C0345F">
       <w:pPr>
         <w:rPr>
           <w:i/>
           <w:iCs/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink w:history="1" r:id="rId45">
-[...5 lines deleted...]
-          <w:t>Sterilisering</w:t>
+      <w:hyperlink r:id="rId47" w:history="1">
+        <w:r w:rsidR="00C0345F" w:rsidRPr="00B177C0">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlnk"/>
+            <w:rFonts w:cs="Calibri"/>
+            <w:szCs w:val="22"/>
+          </w:rPr>
+          <w:t>Desinfektion och sterilisering</w:t>
         </w:r>
       </w:hyperlink>
-    </w:p>
-    <w:p w:rsidR="00C0345F" w:rsidP="00C0345F" w:rsidRDefault="00000000" w14:paraId="6AE131B7" w14:textId="77777777">
+      <w:r w:rsidR="00C0345F" w:rsidRPr="009F3368">
+        <w:rPr>
+          <w:rFonts w:cs="Calibri"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5C3D21B4" w14:textId="77777777" w:rsidR="00C0345F" w:rsidRDefault="00C0345F" w:rsidP="00C0345F">
       <w:pPr>
         <w:rPr>
           <w:i/>
           <w:iCs/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink w:history="1" r:id="rId46">
-[...6 lines deleted...]
-          <w:t>Desinfektion och sterilisering av produkter</w:t>
+      <w:hyperlink r:id="rId48" w:history="1">
+        <w:r>
+          <w:rPr>
+            <w:rStyle w:val="Hyperlnk"/>
+            <w:rFonts w:cs="Arial"/>
+          </w:rPr>
+          <w:t xml:space="preserve">Avfall </w:t>
+        </w:r>
+        <w:r>
+          <w:rPr>
+            <w:rStyle w:val="Hyperlnk"/>
+            <w:rFonts w:cs="Arial"/>
+            <w:iCs/>
+          </w:rPr>
+          <w:t>farligt</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w:rsidR="00C0345F" w:rsidP="00C0345F" w:rsidRDefault="00000000" w14:paraId="5C3D21B4" w14:textId="77777777">
+    <w:p w14:paraId="3042E9B5" w14:textId="77777777" w:rsidR="00C0345F" w:rsidRDefault="00C0345F" w:rsidP="00C0345F">
       <w:pPr>
         <w:rPr>
           <w:i/>
           <w:iCs/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink w:history="1" r:id="rId47">
-[...13 lines deleted...]
-          <w:t>farligt</w:t>
+      <w:hyperlink r:id="rId49" w:history="1">
+        <w:r>
+          <w:rPr>
+            <w:rStyle w:val="Hyperlnk"/>
+          </w:rPr>
+          <w:t>Smutstvätt</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w:rsidR="00C0345F" w:rsidP="00C0345F" w:rsidRDefault="00000000" w14:paraId="3042E9B5" w14:textId="77777777">
-[...15 lines deleted...]
-    <w:p w:rsidR="00C0345F" w:rsidP="00C0345F" w:rsidRDefault="00000000" w14:paraId="120C8D23" w14:textId="77777777">
+    <w:p w14:paraId="120C8D23" w14:textId="77777777" w:rsidR="00C0345F" w:rsidRDefault="00C0345F" w:rsidP="00C0345F">
       <w:pPr>
         <w:rPr>
           <w:i/>
           <w:iCs/>
           <w:color w:val="0070C0"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink w:history="1" r:id="rId49">
-        <w:r w:rsidR="00C0345F">
+      <w:hyperlink r:id="rId50" w:history="1">
+        <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlnk"/>
             <w:rFonts w:cs="Calibri"/>
             <w:kern w:val="36"/>
           </w:rPr>
           <w:t>Medicintekniska produkter med specificerad mikrobiell renhet</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w:rsidR="00C0345F" w:rsidP="00C0345F" w:rsidRDefault="00000000" w14:paraId="068F3D07" w14:textId="77777777">
+    <w:p w14:paraId="068F3D07" w14:textId="442BB00D" w:rsidR="00C0345F" w:rsidRDefault="005F4E27" w:rsidP="00C0345F">
       <w:pPr>
         <w:rPr>
           <w:i/>
           <w:iCs/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink w:history="1" r:id="rId50">
-        <w:r w:rsidR="00C0345F">
+      <w:hyperlink r:id="rId51" w:anchor="section-38516" w:history="1">
+        <w:r w:rsidR="00C0345F" w:rsidRPr="005F4E27">
           <w:rPr>
             <w:rStyle w:val="Hyperlnk"/>
           </w:rPr>
           <w:t>Preoperativ handdesinfektion</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w:rsidR="00C0345F" w:rsidP="00C0345F" w:rsidRDefault="00000000" w14:paraId="4024E9B2" w14:textId="77777777">
-[...1 lines deleted...]
-        <w:r w:rsidR="00C0345F">
+    <w:p w14:paraId="4024E9B2" w14:textId="77777777" w:rsidR="00C0345F" w:rsidRDefault="00C0345F" w:rsidP="00C0345F">
+      <w:hyperlink r:id="rId52" w:history="1">
+        <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlnk"/>
           </w:rPr>
           <w:t>Personalinfektioner inom hälso- och sjukvård</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w:rsidR="00C0345F" w:rsidP="00C0345F" w:rsidRDefault="00000000" w14:paraId="63261553" w14:textId="77777777">
-[...1 lines deleted...]
-        <w:r w:rsidR="00C0345F">
+    <w:p w14:paraId="63261553" w14:textId="5F39C5D7" w:rsidR="00C0345F" w:rsidRDefault="000C5C0D" w:rsidP="00C0345F">
+      <w:hyperlink r:id="rId53" w:history="1">
+        <w:r w:rsidR="00C0345F" w:rsidRPr="000C5C0D">
           <w:rPr>
             <w:rStyle w:val="Hyperlnk"/>
             <w:rFonts w:cs="Arial"/>
           </w:rPr>
           <w:t>Punktdesinfektion</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidR="00C0345F">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00C0345F" w:rsidP="00C0345F" w:rsidRDefault="00000000" w14:paraId="470CEBD1" w14:textId="77777777">
-[...1 lines deleted...]
-        <w:r w:rsidR="00C0345F">
+    <w:p w14:paraId="470CEBD1" w14:textId="77777777" w:rsidR="00C0345F" w:rsidRDefault="00C0345F" w:rsidP="00C0345F">
+      <w:hyperlink r:id="rId54" w:history="1">
+        <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlnk"/>
             <w:rFonts w:cs="Calibri"/>
             <w:kern w:val="36"/>
           </w:rPr>
-          <w:t>Stick- och skärskador samt exponering med risk för blodburen smitta hos personal </w:t>
+          <w:t xml:space="preserve">Stick- </w:t>
+        </w:r>
+        <w:r>
+          <w:rPr>
+            <w:rStyle w:val="Hyperlnk"/>
+            <w:rFonts w:cs="Calibri"/>
+            <w:kern w:val="36"/>
+          </w:rPr>
+          <w:t>o</w:t>
+        </w:r>
+        <w:r>
+          <w:rPr>
+            <w:rStyle w:val="Hyperlnk"/>
+            <w:rFonts w:cs="Calibri"/>
+            <w:kern w:val="36"/>
+          </w:rPr>
+          <w:t>ch skärskador samt exponering med risk för blodburen smitta hos personal </w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w:rsidRPr="00A66203" w:rsidR="00C0345F" w:rsidP="00C0345F" w:rsidRDefault="00C0345F" w14:paraId="0CA5B4CC" w14:textId="77777777">
+    <w:p w14:paraId="0CA5B4CC" w14:textId="77777777" w:rsidR="00C0345F" w:rsidRPr="00A66203" w:rsidRDefault="00C0345F" w:rsidP="00C0345F">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00A66203">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>Rutin SkaS</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00C0345F" w:rsidP="00C0345F" w:rsidRDefault="00000000" w14:paraId="4C159B20" w14:textId="77777777">
-[...5 lines deleted...]
-          <w:t>Preoperativ helkroppsdesinfektion</w:t>
+    <w:p w14:paraId="4C159B20" w14:textId="77B8ED19" w:rsidR="00C0345F" w:rsidRDefault="00C0345F" w:rsidP="00C0345F">
+      <w:hyperlink r:id="rId55" w:history="1">
+        <w:r w:rsidRPr="002D6CF7">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlnk"/>
+          </w:rPr>
+          <w:t>Preoperati</w:t>
+        </w:r>
+        <w:r w:rsidRPr="002D6CF7">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlnk"/>
+          </w:rPr>
+          <w:t>v</w:t>
+        </w:r>
+        <w:r w:rsidRPr="002D6CF7">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlnk"/>
+          </w:rPr>
+          <w:t xml:space="preserve"> helkroppsdesinfektion </w:t>
+        </w:r>
+        <w:r w:rsidR="003B4049" w:rsidRPr="002D6CF7">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlnk"/>
+          </w:rPr>
+          <w:t xml:space="preserve">och </w:t>
+        </w:r>
+        <w:r w:rsidR="002D6CF7" w:rsidRPr="002D6CF7">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlnk"/>
+          </w:rPr>
+          <w:t>helkroppstvätt</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidR="00C0345F">
-[...10 lines deleted...]
-          <w:t>Basal hygien och klädregler</w:t>
+    </w:p>
+    <w:p w14:paraId="11304466" w14:textId="77777777" w:rsidR="00C0345F" w:rsidRDefault="00C0345F" w:rsidP="00C0345F">
+      <w:hyperlink r:id="rId56" w:history="1">
+        <w:r>
+          <w:rPr>
+            <w:rStyle w:val="Hyperlnk"/>
+          </w:rPr>
+          <w:t>Stick- och skär</w:t>
+        </w:r>
+        <w:r>
+          <w:rPr>
+            <w:rStyle w:val="Hyperlnk"/>
+          </w:rPr>
+          <w:t>s</w:t>
+        </w:r>
+        <w:r>
+          <w:rPr>
+            <w:rStyle w:val="Hyperlnk"/>
+          </w:rPr>
+          <w:t>kador samt exponering med risk för blodburen smitta</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidR="00C0345F">
-[...11 lines deleted...]
-          <w:t>Smittförande avfall</w:t>
+    </w:p>
+    <w:p w14:paraId="03BCBDF2" w14:textId="7BED8948" w:rsidR="00C0345F" w:rsidRDefault="00243C17" w:rsidP="00C0345F">
+      <w:hyperlink r:id="rId57" w:history="1">
+        <w:r w:rsidRPr="00761DE1">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlnk"/>
+          </w:rPr>
+          <w:t>Tuberk</w:t>
+        </w:r>
+        <w:r w:rsidRPr="00761DE1">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlnk"/>
+          </w:rPr>
+          <w:t>u</w:t>
+        </w:r>
+        <w:r w:rsidRPr="00761DE1">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlnk"/>
+          </w:rPr>
+          <w:t xml:space="preserve">los </w:t>
+        </w:r>
+        <w:r w:rsidR="006D7F62" w:rsidRPr="00761DE1">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlnk"/>
+          </w:rPr>
+          <w:t>–</w:t>
+        </w:r>
+        <w:r w:rsidRPr="00761DE1">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlnk"/>
+          </w:rPr>
+          <w:t xml:space="preserve"> </w:t>
+        </w:r>
+        <w:r w:rsidR="006D7F62" w:rsidRPr="00761DE1">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlnk"/>
+          </w:rPr>
+          <w:t>vårdhygieniska rutiner</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidR="00C0345F">
-[...16 lines deleted...]
-          <w:t>Stick- och skärskador samt exponering med risk för blodburen smitta</w:t>
+    </w:p>
+    <w:p w14:paraId="7ACFABED" w14:textId="5C1C92FF" w:rsidR="00C0345F" w:rsidRDefault="00C0345F" w:rsidP="00C0345F">
+      <w:hyperlink r:id="rId58" w:history="1">
+        <w:r w:rsidRPr="00DD6FE1">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlnk"/>
+          </w:rPr>
+          <w:t>Vårdhygienisk</w:t>
+        </w:r>
+        <w:r w:rsidR="00660F3E" w:rsidRPr="00DD6FE1">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlnk"/>
+          </w:rPr>
+          <w:t xml:space="preserve"> bedömnin</w:t>
+        </w:r>
+        <w:r w:rsidR="00660F3E" w:rsidRPr="00DD6FE1">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlnk"/>
+          </w:rPr>
+          <w:t>g</w:t>
+        </w:r>
+        <w:r w:rsidR="00660F3E" w:rsidRPr="00DD6FE1">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlnk"/>
+          </w:rPr>
+          <w:t xml:space="preserve"> av</w:t>
+        </w:r>
+        <w:r w:rsidR="00DD6FE1" w:rsidRPr="00DD6FE1">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlnk"/>
+          </w:rPr>
+          <w:t xml:space="preserve"> </w:t>
+        </w:r>
+        <w:r w:rsidRPr="00DD6FE1">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlnk"/>
+          </w:rPr>
+          <w:t>riskfaktorer för smittspridning i vård och omsorg</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w:rsidR="00C0345F" w:rsidP="00C0345F" w:rsidRDefault="00000000" w14:paraId="03BCBDF2" w14:textId="77777777">
-[...19 lines deleted...]
-    <w:p w:rsidRPr="00D15ADB" w:rsidR="00C0345F" w:rsidP="00A66203" w:rsidRDefault="00C0345F" w14:paraId="013B028E" w14:textId="77777777">
+    <w:p w14:paraId="013B028E" w14:textId="77777777" w:rsidR="00C0345F" w:rsidRPr="00D15ADB" w:rsidRDefault="00C0345F" w:rsidP="00A66203">
       <w:pPr>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00D15ADB">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>SFVH (Svensk förening för Vårdhygien)</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidRPr="00A66203" w:rsidR="00C0345F" w:rsidP="00A66203" w:rsidRDefault="00000000" w14:paraId="4FDDBCC7" w14:textId="77777777">
-[...6 lines deleted...]
-          <w:t>Byggegenskap och Vårdhygien, BOV</w:t>
+    <w:p w14:paraId="4FDDBCC7" w14:textId="03CA053E" w:rsidR="00C0345F" w:rsidRPr="00B177C0" w:rsidRDefault="00C0345F" w:rsidP="00A66203">
+      <w:hyperlink r:id="rId59" w:history="1">
+        <w:r w:rsidRPr="00B177C0">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlnk"/>
+          </w:rPr>
+          <w:t>Bygg</w:t>
+        </w:r>
+        <w:r w:rsidR="004B6C78" w:rsidRPr="00B177C0">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlnk"/>
+          </w:rPr>
+          <w:t>n</w:t>
+        </w:r>
+        <w:r w:rsidR="004B6C78" w:rsidRPr="00B177C0">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlnk"/>
+          </w:rPr>
+          <w:t>a</w:t>
+        </w:r>
+        <w:r w:rsidR="004B6C78" w:rsidRPr="00B177C0">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlnk"/>
+          </w:rPr>
+          <w:t>tion</w:t>
+        </w:r>
+        <w:r w:rsidRPr="00B177C0">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlnk"/>
+          </w:rPr>
+          <w:t xml:space="preserve"> och </w:t>
+        </w:r>
+        <w:proofErr w:type="spellStart"/>
+        <w:r w:rsidR="004B6C78" w:rsidRPr="00B177C0">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlnk"/>
+          </w:rPr>
+          <w:t>v</w:t>
+        </w:r>
+        <w:r w:rsidRPr="00B177C0">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlnk"/>
+          </w:rPr>
+          <w:t>årdhygien</w:t>
+        </w:r>
+        <w:proofErr w:type="spellEnd"/>
+        <w:r w:rsidRPr="00B177C0">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlnk"/>
+          </w:rPr>
+          <w:t>, BOV</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidRPr="00A66203" w:rsidR="00C0345F">
+      <w:r w:rsidRPr="00B177C0">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidRPr="00A66203" w:rsidR="00C0345F" w:rsidP="00A66203" w:rsidRDefault="00000000" w14:paraId="08A00B2B" w14:textId="77777777">
-[...6 lines deleted...]
-          <w:t>Hög luftfuktighet – påverkan på sterilt gods och förslag till åtgärder</w:t>
+    <w:p w14:paraId="08A00B2B" w14:textId="77777777" w:rsidR="00C0345F" w:rsidRPr="00B177C0" w:rsidRDefault="00C0345F" w:rsidP="00A66203">
+      <w:hyperlink r:id="rId60" w:history="1">
+        <w:r w:rsidRPr="00B177C0">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlnk"/>
+          </w:rPr>
+          <w:t>Hög luftfuktighet – påv</w:t>
+        </w:r>
+        <w:r w:rsidRPr="00B177C0">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlnk"/>
+          </w:rPr>
+          <w:t>e</w:t>
+        </w:r>
+        <w:r w:rsidRPr="00B177C0">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlnk"/>
+          </w:rPr>
+          <w:t>rkan på sterilt gods och förslag till åtgärder</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w:rsidRPr="00A66203" w:rsidR="00C0345F" w:rsidP="00A66203" w:rsidRDefault="00000000" w14:paraId="7ED92CA3" w14:textId="77777777">
-[...6 lines deleted...]
-          <w:t>Hantering av låneinstrument – vårdhygieniska rekommendationer</w:t>
+    <w:p w14:paraId="7ED92CA3" w14:textId="77777777" w:rsidR="00C0345F" w:rsidRPr="00B177C0" w:rsidRDefault="00C0345F" w:rsidP="00A66203">
+      <w:hyperlink r:id="rId61" w:history="1">
+        <w:r w:rsidRPr="00B177C0">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlnk"/>
+          </w:rPr>
+          <w:t>Hantering av låneinstrum</w:t>
+        </w:r>
+        <w:r w:rsidRPr="00B177C0">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlnk"/>
+          </w:rPr>
+          <w:t>e</w:t>
+        </w:r>
+        <w:r w:rsidRPr="00B177C0">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlnk"/>
+          </w:rPr>
+          <w:t>nt – vårdhygieniska rekommendationer</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w:rsidRPr="00D15ADB" w:rsidR="00C0345F" w:rsidP="00A66203" w:rsidRDefault="00C0345F" w14:paraId="59352F47" w14:textId="77777777">
+    <w:p w14:paraId="59352F47" w14:textId="77777777" w:rsidR="00C0345F" w:rsidRPr="00D15ADB" w:rsidRDefault="00C0345F" w:rsidP="00A66203">
       <w:pPr>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00D15ADB">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>Standarder</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00C0345F" w:rsidP="00A66203" w:rsidRDefault="00000000" w14:paraId="50B2F160" w14:textId="77777777">
+    <w:p w14:paraId="50B2F160" w14:textId="77777777" w:rsidR="00C0345F" w:rsidRDefault="00C0345F" w:rsidP="00A66203">
       <w:pPr>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink w:history="1" r:id="rId63">
-        <w:r w:rsidR="00C0345F">
+      <w:hyperlink r:id="rId62" w:history="1">
+        <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlnk"/>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
             <w:b/>
             <w:bCs/>
           </w:rPr>
           <w:t>SIS TS-39:2015</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidR="00C0345F">
+      <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00C0345F">
+      <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:br/>
       </w:r>
-      <w:r w:rsidRPr="00A66203" w:rsidR="00C0345F">
+      <w:r w:rsidRPr="00A66203">
         <w:t xml:space="preserve">Mikrobiologisk renhet i operationsrum – Förebyggande av luftburen smitta – Vägledning och grundläggande krav </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00C0345F" w:rsidP="00C0345F" w:rsidRDefault="00000000" w14:paraId="7BE2C07F" w14:textId="77777777">
+    <w:p w14:paraId="7BE2C07F" w14:textId="77777777" w:rsidR="00C0345F" w:rsidRDefault="00C0345F" w:rsidP="00C0345F">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
         <w:rPr>
           <w:rFonts w:cs="Calibri"/>
           <w:color w:val="494746"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink w:history="1" r:id="rId64">
-        <w:r w:rsidR="00C0345F">
+      <w:hyperlink r:id="rId63" w:history="1">
+        <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlnk"/>
             <w:bCs/>
           </w:rPr>
           <w:t>SIS TR-46:2014</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidR="00C0345F">
+      <w:r>
         <w:rPr>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00C0345F">
+      <w:r>
         <w:rPr>
           <w:bCs/>
         </w:rPr>
         <w:br/>
-      </w:r>
-[...3 lines deleted...]
-        </w:rPr>
         <w:t xml:space="preserve">Processer för rengöring, desinfektion och sterilisering – Validering och rutinkontroll inom svensk vård och omsorg </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00C0345F" w:rsidP="00C0345F" w:rsidRDefault="00000000" w14:paraId="44FFB30F" w14:textId="77777777">
+    <w:p w14:paraId="44FFB30F" w14:textId="77777777" w:rsidR="00C0345F" w:rsidRDefault="00C0345F" w:rsidP="00C0345F">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
         <w:rPr>
           <w:rFonts w:cs="Calibri"/>
           <w:color w:val="494746"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink w:history="1" r:id="rId65">
-        <w:r w:rsidR="00C0345F">
+      <w:hyperlink r:id="rId64" w:history="1">
+        <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlnk"/>
             <w:rFonts w:cs="Calibri"/>
           </w:rPr>
           <w:t>SIS SS 8760014:2017</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidR="00C0345F">
+      <w:r>
         <w:rPr>
           <w:rFonts w:cs="Calibri"/>
           <w:color w:val="494746"/>
         </w:rPr>
         <w:br/>
-      </w:r>
-      <w:r w:rsidR="00C0345F">
+        <w:t>Rengöring och städning för minskad smittspridning inom hälso-och sjukvård</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="20852815" w14:textId="77777777" w:rsidR="00C0345F" w:rsidRDefault="00C0345F" w:rsidP="00C0345F">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
         <w:rPr>
           <w:rFonts w:cs="Calibri"/>
           <w:color w:val="494746"/>
         </w:rPr>
-        <w:t>Rengöring och städning för minskad smittspridning inom hälso-och sjukvård</w:t>
-[...2 lines deleted...]
-    <w:p w:rsidR="00C0345F" w:rsidP="00C0345F" w:rsidRDefault="00000000" w14:paraId="20852815" w14:textId="77777777">
+      </w:pPr>
+      <w:hyperlink r:id="rId65" w:history="1">
+        <w:r>
+          <w:rPr>
+            <w:rStyle w:val="Hyperlnk"/>
+            <w:rFonts w:cs="Calibri"/>
+            <w:bCs/>
+          </w:rPr>
+          <w:t>SIS-TR 57:2020</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Calibri"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:br/>
+        <w:t>Handbok för grundläggande rekommendationer för lagerhållning, hantering och transport av sterila medicintekniska produkter inom hälso- och sjukvård, tandvård och djursjukvård</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2F5F7B1B" w14:textId="77777777" w:rsidR="00C0345F" w:rsidRDefault="00C0345F" w:rsidP="00C0345F">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
         <w:rPr>
           <w:rFonts w:cs="Calibri"/>
           <w:color w:val="494746"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink w:history="1" r:id="rId66">
-        <w:r w:rsidR="00C0345F">
+      <w:hyperlink r:id="rId66" w:history="1">
+        <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlnk"/>
             <w:rFonts w:cs="Calibri"/>
             <w:bCs/>
           </w:rPr>
-          <w:t>SIS-TR 57:2020</w:t>
+          <w:t>SS 8760164:2020</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidR="00C0345F">
+      <w:r>
         <w:rPr>
           <w:rFonts w:cs="Calibri"/>
           <w:bCs/>
         </w:rPr>
         <w:br/>
-      </w:r>
-      <w:r w:rsidR="00C0345F">
+        <w:t>Sjukvårdstextilier – Operationstextilier – Specialarbetsdräkt i flergångsutförande</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7D028D9A" w14:textId="77777777" w:rsidR="00C0345F" w:rsidRDefault="00C0345F" w:rsidP="00C0345F">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
+      </w:pPr>
+      <w:hyperlink r:id="rId67" w:history="1">
+        <w:r w:rsidRPr="000B0D1E">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlnk"/>
+          </w:rPr>
+          <w:t>SS 8760034:2017</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r>
+        <w:br/>
+        <w:t>Sjukvårdstextilier – Operationstextilier – Draperingsmaterial i flergångsutförande (sterila)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="65FF4222" w14:textId="77777777" w:rsidR="00C0345F" w:rsidRDefault="00C0345F" w:rsidP="00C0345F">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
+      </w:pPr>
+      <w:hyperlink r:id="rId68" w:history="1">
+        <w:r w:rsidRPr="000B0D1E">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlnk"/>
+          </w:rPr>
+          <w:t>SS 8760035:2017</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r>
+        <w:br/>
+        <w:t>Sjukvårdstextilier – Draperingsmaterial i flergångsutförande (icke sterila)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0C98EF7E" w14:textId="77777777" w:rsidR="00C0345F" w:rsidRDefault="00C0345F" w:rsidP="00C0345F">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
+        <w:rPr>
+          <w:rFonts w:cs="Calibri"/>
+          <w:color w:val="494746"/>
+        </w:rPr>
+      </w:pPr>
+      <w:hyperlink r:id="rId69" w:history="1">
+        <w:r>
+          <w:rPr>
+            <w:rStyle w:val="Hyperlnk"/>
+            <w:rFonts w:cs="Calibri"/>
+            <w:bCs/>
+          </w:rPr>
+          <w:t>SS-EN 14683:2019+AC:2019</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r>
         <w:rPr>
           <w:rFonts w:cs="Calibri"/>
           <w:bCs/>
         </w:rPr>
-        <w:t>Handbok för grundläggande rekommendationer för lagerhållning, hantering och transport av sterila medicintekniska produkter inom hälso- och sjukvård, tandvård och djursjukvård</w:t>
-[...21 lines deleted...]
-      <w:r w:rsidR="00C0345F">
+        <w:t xml:space="preserve">     </w:t>
+      </w:r>
+      <w:r>
         <w:rPr>
           <w:rFonts w:cs="Calibri"/>
           <w:bCs/>
         </w:rPr>
         <w:br/>
-      </w:r>
-[...85 lines deleted...]
-        </w:rPr>
         <w:t>Operationsmunskydd – Krav och provningsmetoder</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidRPr="00A66203" w:rsidR="00C0345F" w:rsidP="00C0345F" w:rsidRDefault="00C0345F" w14:paraId="1730E97B" w14:textId="77777777">
+    <w:p w14:paraId="1730E97B" w14:textId="77777777" w:rsidR="00C0345F" w:rsidRPr="00A66203" w:rsidRDefault="00C0345F" w:rsidP="00C0345F">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="494746"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00A66203">
         <w:rPr>
           <w:rFonts w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="494746"/>
         </w:rPr>
         <w:t>Övrigt</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidRPr="000720CE" w:rsidR="00C0345F" w:rsidP="00A66203" w:rsidRDefault="00C0345F" w14:paraId="0FAFEFD5" w14:textId="77777777">
+    <w:p w14:paraId="0FAFEFD5" w14:textId="77777777" w:rsidR="00C0345F" w:rsidRPr="000720CE" w:rsidRDefault="00C0345F" w:rsidP="00A66203">
       <w:pPr>
         <w:rPr>
           <w:rStyle w:val="Hyperlnk"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:fldChar w:fldCharType="begin"/>
       </w:r>
       <w:r>
         <w:instrText xml:space="preserve"> HYPERLINK "https://lof.se/patientsakerhet/vara-projekt/priss/rekommendationer" </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r w:rsidRPr="00143E15">
         <w:rPr>
           <w:rStyle w:val="Hyperlnk"/>
         </w:rPr>
         <w:t>LÖF-PRISS rekommendationer</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidRPr="00A66203" w:rsidR="00A66203" w:rsidP="00A66203" w:rsidRDefault="00C0345F" w14:paraId="72572580" w14:textId="3AEDF5C6">
+    <w:p w14:paraId="0E10D7F2" w14:textId="13BD6BD6" w:rsidR="006031F3" w:rsidRDefault="00C0345F" w:rsidP="006031F3">
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
-      <w:hyperlink w:history="1" r:id="rId71">
-[...4 lines deleted...]
-          <w:t xml:space="preserve">Regiongemensamma regler om transport av farligt gods/ avfall i Västra Götalandsregionen </w:t>
+      <w:hyperlink r:id="rId70" w:history="1">
+        <w:r w:rsidR="006031F3" w:rsidRPr="008E73AA">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlnk"/>
+            <w:iCs/>
+          </w:rPr>
+          <w:t xml:space="preserve">Regiongemensamma regler om farligt gods, avfall </w:t>
         </w:r>
         <w:proofErr w:type="gramStart"/>
-        <w:r w:rsidRPr="00A66203" w:rsidR="00A66203">
-[...3 lines deleted...]
-          <w:t>2023-2024</w:t>
+        <w:r w:rsidR="006031F3" w:rsidRPr="008E73AA">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlnk"/>
+            <w:iCs/>
+          </w:rPr>
+          <w:t>2025-2026</w:t>
         </w:r>
         <w:proofErr w:type="gramEnd"/>
       </w:hyperlink>
     </w:p>
-    <w:p w:rsidR="00A66203" w:rsidP="00A66203" w:rsidRDefault="00000000" w14:paraId="2F694BFA" w14:textId="77777777">
-[...1 lines deleted...]
-        <w:r w:rsidRPr="00143E15" w:rsidR="00A66203">
+    <w:p w14:paraId="2F694BFA" w14:textId="77777777" w:rsidR="00A66203" w:rsidRDefault="00A66203" w:rsidP="00A66203">
+      <w:hyperlink r:id="rId71" w:history="1">
+        <w:r w:rsidRPr="00143E15">
           <w:rPr>
             <w:rStyle w:val="Hyperlnk"/>
           </w:rPr>
           <w:t>Tvätteriet i Alingsås</w:t>
         </w:r>
       </w:hyperlink>
       <w:bookmarkEnd w:id="82"/>
     </w:p>
     <w:sectPr w:rsidR="00A66203" w:rsidSect="0034374F">
-      <w:footerReference w:type="default" r:id="rId73"/>
-[...2 lines deleted...]
-      <w:pgSz w:w="11900" w:h="16840" w:orient="portrait"/>
+      <w:footerReference w:type="default" r:id="rId72"/>
+      <w:headerReference w:type="first" r:id="rId73"/>
+      <w:footerReference w:type="first" r:id="rId74"/>
+      <w:pgSz w:w="11900" w:h="16840"/>
       <w:pgMar w:top="1418" w:right="1979" w:bottom="1276" w:left="992" w:header="284" w:footer="737" w:gutter="0"/>
       <w:pgNumType w:start="1"/>
       <w:cols w:space="708"/>
       <w:noEndnote/>
       <w:titlePg/>
       <w:docGrid w:linePitch="326"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w:rsidR="00337672" w:rsidRDefault="00337672" w14:paraId="4CE7D6E2" w14:textId="77777777">
+    <w:p w14:paraId="7B6D6056" w14:textId="77777777" w:rsidR="00DD2321" w:rsidRDefault="00DD2321">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w:rsidR="00337672" w:rsidRDefault="00337672" w14:paraId="1F193312" w14:textId="77777777">
+    <w:p w14:paraId="111ABF11" w14:textId="77777777" w:rsidR="00DD2321" w:rsidRDefault="00DD2321">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationNotice" w:id="1">
-    <w:p w:rsidR="00337672" w:rsidRDefault="00337672" w14:paraId="4D3EECD9" w14:textId="77777777">
+    <w:p w14:paraId="633D391F" w14:textId="77777777" w:rsidR="00DD2321" w:rsidRDefault="00DD2321">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="MS Gothic">
     <w:altName w:val="ＭＳ ゴシック"/>
     <w:panose1 w:val="020B0609070205080204"/>
     <w:charset w:val="80"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E00002FF" w:usb1="6AC7FDFB" w:usb2="08000012" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="MinionPro-Regular">
-    <w:altName w:val="Calibri"/>
+    <w:altName w:val="Geneva"/>
     <w:panose1 w:val="00000000000000000000"/>
     <w:charset w:val="4D"/>
     <w:family w:val="auto"/>
     <w:notTrueType/>
     <w:pitch w:val="default"/>
     <w:sig w:usb0="00000003" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Lucida Grande">
     <w:altName w:val="Times New Roman"/>
     <w:charset w:val="00"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E1000AEF" w:usb1="5000A1FF" w:usb2="00000000" w:usb3="00000000" w:csb0="000001BF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="MS Mincho">
     <w:altName w:val="ＭＳ 明朝"/>
     <w:panose1 w:val="02020609040205080304"/>
     <w:charset w:val="80"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E00002FF" w:usb1="6AC7FDFB" w:usb2="08000012" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Lato">
     <w:altName w:val="Lato"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E10002FF" w:usb1="5000ECFF" w:usb2="00000021" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:sdt>
     <w:sdtPr>
       <w:id w:val="-1300146130"/>
       <w:docPartObj>
         <w:docPartGallery w:val="Page Numbers (Bottom of Page)"/>
         <w:docPartUnique/>
       </w:docPartObj>
     </w:sdtPr>
+    <w:sdtEndPr/>
     <w:sdtContent>
-      <w:p w:rsidR="00FA00AB" w:rsidRDefault="00FA00AB" w14:paraId="12EEC9E0" w14:textId="17ACBFA6">
+      <w:p w14:paraId="12EEC9E0" w14:textId="17ACBFA6" w:rsidR="00FA00AB" w:rsidRDefault="00FA00AB">
         <w:pPr>
           <w:pStyle w:val="Sidfot"/>
         </w:pPr>
         <w:r>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
         <w:r>
           <w:instrText>PAGE   \* MERGEFORMAT</w:instrText>
         </w:r>
         <w:r>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
         <w:r>
           <w:t>2</w:t>
         </w:r>
         <w:r>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:p>
     </w:sdtContent>
   </w:sdt>
-  <w:p w:rsidR="00FA00AB" w:rsidRDefault="00FA00AB" w14:paraId="118997C7" w14:textId="77777777">
+  <w:p w14:paraId="118997C7" w14:textId="77777777" w:rsidR="00FA00AB" w:rsidRDefault="00FA00AB">
     <w:pPr>
       <w:pStyle w:val="Sidfot"/>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footer2.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
-  <w:p w:rsidR="0034374F" w:rsidP="00FB2F0F" w:rsidRDefault="0034374F" w14:paraId="0EDB443A" w14:textId="77777777">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="0EDB443A" w14:textId="77777777" w:rsidR="0034374F" w:rsidRDefault="0034374F" w:rsidP="00FB2F0F">
     <w:pPr>
       <w:pStyle w:val="Sidfot"/>
       <w:ind w:left="6237" w:hanging="141"/>
       <w:jc w:val="left"/>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:noProof/>
       </w:rPr>
       <w:drawing>
         <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251677697" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="7407ACAE" wp14:editId="6578957B">
           <wp:simplePos x="0" y="0"/>
           <wp:positionH relativeFrom="column">
             <wp:posOffset>4388307</wp:posOffset>
           </wp:positionH>
           <wp:positionV relativeFrom="paragraph">
             <wp:posOffset>-27355</wp:posOffset>
           </wp:positionV>
           <wp:extent cx="1897920" cy="384860"/>
           <wp:effectExtent l="0" t="0" r="7620" b="0"/>
           <wp:wrapNone/>
           <wp:docPr id="3" name="Bildobjekt 3">
             <a:extLst xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:ext uri="{C183D7F6-B498-43B3-948B-1728B52AA6E4}">
                 <adec:decorative xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" val="1"/>
@@ -11529,74 +11584,74 @@
                   <a:xfrm>
                     <a:off x="0" y="0"/>
                     <a:ext cx="1953671" cy="396165"/>
                   </a:xfrm>
                   <a:prstGeom prst="rect">
                     <a:avLst/>
                   </a:prstGeom>
                 </pic:spPr>
               </pic:pic>
             </a:graphicData>
           </a:graphic>
           <wp14:sizeRelH relativeFrom="margin">
             <wp14:pctWidth>0</wp14:pctWidth>
           </wp14:sizeRelH>
           <wp14:sizeRelV relativeFrom="margin">
             <wp14:pctHeight>0</wp14:pctHeight>
           </wp14:sizeRelV>
         </wp:anchor>
       </w:drawing>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w:rsidR="00337672" w:rsidRDefault="00337672" w14:paraId="50E35B85" w14:textId="77777777"/>
+    <w:p w14:paraId="71D32889" w14:textId="77777777" w:rsidR="00DD2321" w:rsidRDefault="00DD2321"/>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w:rsidR="00337672" w:rsidRDefault="00337672" w14:paraId="13B37E59" w14:textId="77777777">
+    <w:p w14:paraId="0C29D04B" w14:textId="77777777" w:rsidR="00DD2321" w:rsidRDefault="00DD2321">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationNotice" w:id="1">
-    <w:p w:rsidR="00337672" w:rsidRDefault="00337672" w14:paraId="4E44515F" w14:textId="77777777">
+    <w:p w14:paraId="1C606510" w14:textId="77777777" w:rsidR="00DD2321" w:rsidRDefault="00DD2321">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
-  <w:p w:rsidR="0034374F" w:rsidP="00413A60" w:rsidRDefault="0034374F" w14:paraId="69F48191" w14:textId="77777777">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="69F48191" w14:textId="77777777" w:rsidR="0034374F" w:rsidRDefault="0034374F" w:rsidP="00413A60">
     <w:pPr>
       <w:pStyle w:val="Sidhuvud"/>
       <w:ind w:left="0" w:right="567"/>
     </w:pPr>
     <w:r w:rsidRPr="00762EE0">
       <w:rPr>
         <w:noProof/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
       <w:drawing>
         <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251674625" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="7662817B" wp14:editId="3C0E2FB7">
           <wp:simplePos x="0" y="0"/>
           <wp:positionH relativeFrom="page">
             <wp:posOffset>17145</wp:posOffset>
           </wp:positionH>
           <wp:positionV relativeFrom="paragraph">
             <wp:posOffset>198755</wp:posOffset>
           </wp:positionV>
           <wp:extent cx="7559040" cy="215900"/>
           <wp:effectExtent l="0" t="0" r="3810" b="0"/>
           <wp:wrapNone/>
           <wp:docPr id="2" name="Bild 1">
             <a:extLst xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:ext uri="{C183D7F6-B498-43B3-948B-1728B52AA6E4}">
@@ -11678,1130 +11733,1213 @@
               </wp:positionV>
               <wp:extent cx="4669200" cy="2160000"/>
               <wp:effectExtent l="0" t="0" r="0" b="0"/>
               <wp:wrapTopAndBottom/>
               <wp:docPr id="1" name="Textruta 1"/>
               <wp:cNvGraphicFramePr/>
               <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                 <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                   <wps:wsp>
                     <wps:cNvSpPr txBox="1"/>
                     <wps:spPr>
                       <a:xfrm>
                         <a:off x="0" y="0"/>
                         <a:ext cx="4669200" cy="2160000"/>
                       </a:xfrm>
                       <a:prstGeom prst="rect">
                         <a:avLst/>
                       </a:prstGeom>
                       <a:noFill/>
                       <a:ln w="6350">
                         <a:noFill/>
                       </a:ln>
                     </wps:spPr>
                     <wps:txbx>
                       <w:txbxContent>
-                        <w:p w:rsidR="0034374F" w:rsidRDefault="0034374F" w14:paraId="23B49D6F" w14:textId="77777777">
+                        <w:p w14:paraId="23B49D6F" w14:textId="77777777" w:rsidR="0034374F" w:rsidRDefault="0034374F">
                           <w:pPr>
                             <w:ind w:left="0"/>
                           </w:pPr>
                           <w:r w:rsidRPr="00762EE0">
                             <w:rPr>
                               <w:sz w:val="20"/>
                               <w:szCs w:val="20"/>
                             </w:rPr>
                             <w:t>OBS! Utskriven version kan vara ogiltig. Verifiera innehållet</w:t>
                           </w:r>
                           <w:r>
                             <w:rPr>
                               <w:sz w:val="20"/>
                               <w:szCs w:val="20"/>
                             </w:rPr>
                             <w:t>.</w:t>
                           </w:r>
                         </w:p>
                       </w:txbxContent>
                     </wps:txbx>
                     <wps:bodyPr rot="0" spcFirstLastPara="0" vertOverflow="overflow" horzOverflow="overflow" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" numCol="1" spcCol="0" rtlCol="0" fromWordArt="0" anchor="t" anchorCtr="0" forceAA="0" compatLnSpc="1">
                       <a:prstTxWarp prst="textNoShape">
                         <a:avLst/>
                       </a:prstTxWarp>
                       <a:noAutofit/>
                     </wps:bodyPr>
                   </wps:wsp>
                 </a:graphicData>
               </a:graphic>
               <wp14:sizeRelH relativeFrom="margin">
                 <wp14:pctWidth>0</wp14:pctWidth>
               </wp14:sizeRelH>
               <wp14:sizeRelV relativeFrom="margin">
                 <wp14:pctHeight>0</wp14:pctHeight>
               </wp14:sizeRelV>
             </wp:anchor>
           </w:drawing>
         </mc:Choice>
         <mc:Fallback>
-          <w:pict w14:anchorId="45469136">
-            <v:shapetype id="_x0000_t202" coordsize="21600,21600" o:spt="202" path="m,l,21600r21600,l21600,xe" w14:anchorId="074945D8">
+          <w:pict>
+            <v:shapetype w14:anchorId="074945D8" id="_x0000_t202" coordsize="21600,21600" o:spt="202" path="m,l,21600r21600,l21600,xe">
               <v:stroke joinstyle="miter"/>
               <v:path gradientshapeok="t" o:connecttype="rect"/>
             </v:shapetype>
-            <v:shape id="Textruta 1" style="position:absolute;margin-left:-13.6pt;margin-top:-5.15pt;width:367.65pt;height:170.1pt;z-index:251675649;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:margin;mso-height-relative:margin;v-text-anchor:top" o:spid="_x0000_s1026" filled="f" stroked="f" strokeweight=".5pt" type="#_x0000_t202" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQCrlm78FgIAAC0EAAAOAAAAZHJzL2Uyb0RvYy54bWysU11v2yAUfZ+0/4B4X+xkadZacaqsVaZJ&#10;UVspnfpMMMSWgMuAxM5+/S7Y+VC3p2l+wBfu5X6cc5jfd1qRg3C+AVPS8SinRBgOVWN2Jf3xuvp0&#10;S4kPzFRMgRElPQpP7xcfP8xbW4gJ1KAq4QgmMb5obUnrEGyRZZ7XQjM/AisMOiU4zQJu3S6rHGsx&#10;u1bZJM9nWQuusg648B5PH3snXaT8UgoenqX0IhBVUuwtpNWldRvXbDFnxc4xWzd8aIP9QxeaNQaL&#10;nlM9ssDI3jV/pNINd+BBhhEHnYGUDRdpBpxmnL+bZlMzK9IsCI63Z5j8/0vLnw4b++JI6L5ChwRG&#10;QFrrC4+HcZ5OOh3/2ClBP0J4PMMmukA4Hk5nszvkghKOvsl4luMX82SX69b58E2AJtEoqUNeElzs&#10;sPahDz2FxGoGVo1SiRtlSFvS2eebPF04ezC5Mljj0my0Qrfthgm2UB1xMAc9597yVYPF18yHF+aQ&#10;ZGwYhRuecZEKsAgMFiU1uF9/O4/xiD16KWlRNCX1P/fMCUrUd4Os3I2n06iytJnefJngxl17ttce&#10;s9cPgLoc4xOxPJkxPqiTKR3oN9T3MlZFFzMca5c0nMyH0EsZ3wcXy2UKQl1ZFtZmY3lMHeGM0L52&#10;b8zZAf+A1D3BSV6seEdDH9sTsdwHkE3iKALcozrgjppMLA/vJ4r+ep+iLq988RsAAP//AwBQSwME&#10;FAAGAAgAAAAhAHdeiV3jAAAACwEAAA8AAABkcnMvZG93bnJldi54bWxMj8FOwzAMhu9IvENkJG5b&#10;0kywrjSdpkoTEoLDxi7c0sZrK5qkNNlWeHrMadxs+dPv78/Xk+3ZGcfQeacgmQtg6GpvOtcoOLxv&#10;ZymwELUzuvcOFXxjgHVxe5PrzPiL2+F5HxtGIS5kWkEb45BxHuoWrQ5zP6Cj29GPVkdax4abUV8o&#10;3PZcCvHIre4cfWj1gGWL9ef+ZBW8lNs3vaukTX/68vn1uBm+Dh8PSt3fTZsnYBGneIXhT5/UoSCn&#10;yp+cCaxXMJNLSSgNiVgAI2Ip0gRYpWAhVyvgRc7/dyh+AQAA//8DAFBLAQItABQABgAIAAAAIQC2&#10;gziS/gAAAOEBAAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAG&#10;AAgAAAAhADj9If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAALwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAG&#10;AAgAAAAhAKuWbvwWAgAALQQAAA4AAAAAAAAAAAAAAAAALgIAAGRycy9lMm9Eb2MueG1sUEsBAi0A&#10;FAAGAAgAAAAhAHdeiV3jAAAACwEAAA8AAAAAAAAAAAAAAAAAcAQAAGRycy9kb3ducmV2LnhtbFBL&#10;BQYAAAAABAAEAPMAAACABQAAAAA=&#10;">
+            <v:shape id="Textruta 1" o:spid="_x0000_s1026" type="#_x0000_t202" style="position:absolute;margin-left:-13.6pt;margin-top:-5.15pt;width:367.65pt;height:170.1pt;z-index:251675649;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:margin;mso-height-relative:margin;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQCrlm78FgIAAC0EAAAOAAAAZHJzL2Uyb0RvYy54bWysU11v2yAUfZ+0/4B4X+xkadZacaqsVaZJ&#10;UVspnfpMMMSWgMuAxM5+/S7Y+VC3p2l+wBfu5X6cc5jfd1qRg3C+AVPS8SinRBgOVWN2Jf3xuvp0&#10;S4kPzFRMgRElPQpP7xcfP8xbW4gJ1KAq4QgmMb5obUnrEGyRZZ7XQjM/AisMOiU4zQJu3S6rHGsx&#10;u1bZJM9nWQuusg648B5PH3snXaT8UgoenqX0IhBVUuwtpNWldRvXbDFnxc4xWzd8aIP9QxeaNQaL&#10;nlM9ssDI3jV/pNINd+BBhhEHnYGUDRdpBpxmnL+bZlMzK9IsCI63Z5j8/0vLnw4b++JI6L5ChwRG&#10;QFrrC4+HcZ5OOh3/2ClBP0J4PMMmukA4Hk5nszvkghKOvsl4luMX82SX69b58E2AJtEoqUNeElzs&#10;sPahDz2FxGoGVo1SiRtlSFvS2eebPF04ezC5Mljj0my0Qrfthgm2UB1xMAc9597yVYPF18yHF+aQ&#10;ZGwYhRuecZEKsAgMFiU1uF9/O4/xiD16KWlRNCX1P/fMCUrUd4Os3I2n06iytJnefJngxl17ttce&#10;s9cPgLoc4xOxPJkxPqiTKR3oN9T3MlZFFzMca5c0nMyH0EsZ3wcXy2UKQl1ZFtZmY3lMHeGM0L52&#10;b8zZAf+A1D3BSV6seEdDH9sTsdwHkE3iKALcozrgjppMLA/vJ4r+ep+iLq988RsAAP//AwBQSwME&#10;FAAGAAgAAAAhAHdeiV3jAAAACwEAAA8AAABkcnMvZG93bnJldi54bWxMj8FOwzAMhu9IvENkJG5b&#10;0kywrjSdpkoTEoLDxi7c0sZrK5qkNNlWeHrMadxs+dPv78/Xk+3ZGcfQeacgmQtg6GpvOtcoOLxv&#10;ZymwELUzuvcOFXxjgHVxe5PrzPiL2+F5HxtGIS5kWkEb45BxHuoWrQ5zP6Cj29GPVkdax4abUV8o&#10;3PZcCvHIre4cfWj1gGWL9ef+ZBW8lNs3vaukTX/68vn1uBm+Dh8PSt3fTZsnYBGneIXhT5/UoSCn&#10;yp+cCaxXMJNLSSgNiVgAI2Ip0gRYpWAhVyvgRc7/dyh+AQAA//8DAFBLAQItABQABgAIAAAAIQC2&#10;gziS/gAAAOEBAAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAG&#10;AAgAAAAhADj9If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAALwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAG&#10;AAgAAAAhAKuWbvwWAgAALQQAAA4AAAAAAAAAAAAAAAAALgIAAGRycy9lMm9Eb2MueG1sUEsBAi0A&#10;FAAGAAgAAAAhAHdeiV3jAAAACwEAAA8AAAAAAAAAAAAAAAAAcAQAAGRycy9kb3ducmV2LnhtbFBL&#10;BQYAAAAABAAEAPMAAACABQAAAAA=&#10;" filled="f" stroked="f" strokeweight=".5pt">
               <v:textbox>
                 <w:txbxContent>
-                  <w:p w:rsidR="0034374F" w:rsidRDefault="0034374F" w14:paraId="6D41DF98" w14:textId="77777777">
+                  <w:p w14:paraId="23B49D6F" w14:textId="77777777" w:rsidR="0034374F" w:rsidRDefault="0034374F">
                     <w:pPr>
                       <w:ind w:left="0"/>
                     </w:pPr>
                     <w:r w:rsidRPr="00762EE0">
                       <w:rPr>
                         <w:sz w:val="20"/>
                         <w:szCs w:val="20"/>
                       </w:rPr>
                       <w:t>OBS! Utskriven version kan vara ogiltig. Verifiera innehållet</w:t>
                     </w:r>
                     <w:r>
                       <w:rPr>
                         <w:sz w:val="20"/>
                         <w:szCs w:val="20"/>
                       </w:rPr>
                       <w:t>.</w:t>
                     </w:r>
                   </w:p>
                 </w:txbxContent>
               </v:textbox>
               <w10:wrap type="topAndBottom"/>
             </v:shape>
           </w:pict>
         </mc:Fallback>
       </mc:AlternateContent>
     </w:r>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="1D074A65"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="E104E4E6"/>
     <w:lvl w:ilvl="0" w:tplc="F49A5562">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:pStyle w:val="FaktarutaLista"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New"/>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="041D0001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="4" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New"/>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="5" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="6" w:tplc="041D0001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New"/>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="1" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="3B474E09"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="D07823F6"/>
     <w:lvl w:ilvl="0" w:tplc="F8C676DA">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:pStyle w:val="Punktlista"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1637" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
         <w:color w:val="auto"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1797" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2517" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="041D0001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3237" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="4" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3957" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="5" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4677" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="6" w:tplc="041D0001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5397" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6117" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6837" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="2" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="54340635"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="1B6660C0"/>
     <w:lvl w:ilvl="0" w:tplc="05061E3A">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:pStyle w:val="Liststycke"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1778" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="041D0001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="4" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="5" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="6" w:tplc="041D0001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="7200" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1" w16cid:durableId="2078746240">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="2" w16cid:durableId="1901943939">
     <w:abstractNumId w:val="2"/>
   </w:num>
   <w:num w:numId="3" w16cid:durableId="744886313">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:numIdMacAtCleanup w:val="3"/>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
-  <w:zoom w:percent="130"/>
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
+  <w:zoom w:percent="150"/>
   <w:removePersonalInformation/>
   <w:removeDateAndTime/>
   <w:embedSystemFonts/>
+  <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:stylePaneFormatFilter w:val="D804" w:allStyles="0" w:customStyles="0" w:latentStyles="1" w:stylesInUse="0" w:headingStyles="0" w:numberingStyles="0" w:tableStyles="0" w:directFormattingOnRuns="0" w:directFormattingOnParagraphs="0" w:directFormattingOnNumbering="0" w:directFormattingOnTables="1" w:clearFormatting="1" w:top3HeadingStyles="0" w:visibleStyles="1" w:alternateStyleNames="1"/>
-  <w:trackRevisions w:val="false"/>
   <w:documentProtection w:formatting="1" w:enforcement="0"/>
   <w:styleLockTheme/>
   <w:styleLockQFSet/>
   <w:defaultTabStop w:val="1304"/>
   <w:hyphenationZone w:val="425"/>
   <w:displayHorizontalDrawingGridEvery w:val="0"/>
   <w:displayVerticalDrawingGridEvery w:val="0"/>
   <w:doNotUseMarginsForDrawingGridOrigin/>
   <w:noPunctuationKerning/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050" strokecolor="#4a773c">
-      <v:stroke weight="1pt" color="#4a773c"/>
-      <v:shadow opacity="24903f" offset="0,.55556mm" origin=",.5"/>
+      <v:stroke color="#4a773c" weight="1pt"/>
+      <v:shadow opacity="24903f" origin=",.5" offset="0,.55556mm"/>
       <o:colormru v:ext="edit" colors="#4a773c"/>
     </o:shapedefaults>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
     <w:footnote w:id="1"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
     <w:endnote w:id="1"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00B75EDE"/>
-    <w:rsid w:val="00000000"/>
     <w:rsid w:val="000051D5"/>
+    <w:rsid w:val="00006760"/>
     <w:rsid w:val="00006D2A"/>
+    <w:rsid w:val="00006E36"/>
     <w:rsid w:val="00010D47"/>
+    <w:rsid w:val="00014DE5"/>
     <w:rsid w:val="00016CF0"/>
     <w:rsid w:val="00030DDD"/>
     <w:rsid w:val="000313BB"/>
     <w:rsid w:val="00033ED5"/>
     <w:rsid w:val="00050500"/>
     <w:rsid w:val="000554BC"/>
     <w:rsid w:val="0005691C"/>
     <w:rsid w:val="00056ECB"/>
     <w:rsid w:val="00056ED5"/>
     <w:rsid w:val="00061969"/>
+    <w:rsid w:val="0006216E"/>
     <w:rsid w:val="000655CC"/>
     <w:rsid w:val="000700AE"/>
     <w:rsid w:val="00084024"/>
     <w:rsid w:val="0009062C"/>
     <w:rsid w:val="00095368"/>
     <w:rsid w:val="000954C4"/>
     <w:rsid w:val="000A611A"/>
     <w:rsid w:val="000B12D9"/>
     <w:rsid w:val="000B4536"/>
     <w:rsid w:val="000B7715"/>
+    <w:rsid w:val="000C5C0D"/>
     <w:rsid w:val="000E463B"/>
     <w:rsid w:val="000E5A7E"/>
     <w:rsid w:val="000F43A3"/>
     <w:rsid w:val="000F7681"/>
     <w:rsid w:val="00103031"/>
     <w:rsid w:val="001044FE"/>
     <w:rsid w:val="001139D4"/>
+    <w:rsid w:val="001260FA"/>
     <w:rsid w:val="00131B08"/>
     <w:rsid w:val="00132A59"/>
     <w:rsid w:val="00133337"/>
     <w:rsid w:val="00133A0F"/>
+    <w:rsid w:val="001345AA"/>
     <w:rsid w:val="0013580F"/>
     <w:rsid w:val="00137B6D"/>
     <w:rsid w:val="0014070B"/>
+    <w:rsid w:val="00140ED7"/>
     <w:rsid w:val="001422C1"/>
     <w:rsid w:val="001461A3"/>
     <w:rsid w:val="001522AE"/>
     <w:rsid w:val="00157D5B"/>
     <w:rsid w:val="00161FE6"/>
     <w:rsid w:val="00164C3D"/>
     <w:rsid w:val="00166D3A"/>
+    <w:rsid w:val="0017373B"/>
     <w:rsid w:val="00174376"/>
     <w:rsid w:val="0017508E"/>
     <w:rsid w:val="00181982"/>
     <w:rsid w:val="00181FDC"/>
     <w:rsid w:val="00184167"/>
     <w:rsid w:val="001860B9"/>
+    <w:rsid w:val="001864F7"/>
     <w:rsid w:val="00186F2B"/>
     <w:rsid w:val="001874D6"/>
     <w:rsid w:val="0019632A"/>
+    <w:rsid w:val="001A2730"/>
     <w:rsid w:val="001A4E7C"/>
+    <w:rsid w:val="001B2F95"/>
     <w:rsid w:val="001B762C"/>
+    <w:rsid w:val="001C15DC"/>
     <w:rsid w:val="001C4D0A"/>
     <w:rsid w:val="001C5FEF"/>
     <w:rsid w:val="001E3789"/>
+    <w:rsid w:val="00200D6B"/>
     <w:rsid w:val="00211487"/>
     <w:rsid w:val="00211D91"/>
     <w:rsid w:val="00217DEC"/>
+    <w:rsid w:val="0023083A"/>
     <w:rsid w:val="00235B57"/>
+    <w:rsid w:val="00237899"/>
+    <w:rsid w:val="00243C17"/>
     <w:rsid w:val="00250F24"/>
     <w:rsid w:val="002523C5"/>
     <w:rsid w:val="0025380B"/>
     <w:rsid w:val="0025703A"/>
     <w:rsid w:val="00262F3D"/>
     <w:rsid w:val="00263281"/>
+    <w:rsid w:val="002634B6"/>
     <w:rsid w:val="002651D6"/>
     <w:rsid w:val="0026551F"/>
+    <w:rsid w:val="0026703D"/>
+    <w:rsid w:val="002706AF"/>
     <w:rsid w:val="00270FA8"/>
     <w:rsid w:val="00280A85"/>
     <w:rsid w:val="00284119"/>
     <w:rsid w:val="00290B5C"/>
+    <w:rsid w:val="002931E5"/>
     <w:rsid w:val="00294791"/>
     <w:rsid w:val="002A1C4F"/>
     <w:rsid w:val="002A7450"/>
     <w:rsid w:val="002B0B30"/>
     <w:rsid w:val="002B0C78"/>
     <w:rsid w:val="002C0C02"/>
     <w:rsid w:val="002C1277"/>
     <w:rsid w:val="002C60AD"/>
     <w:rsid w:val="002D0E0E"/>
     <w:rsid w:val="002D6023"/>
+    <w:rsid w:val="002D6CF7"/>
     <w:rsid w:val="002E263F"/>
     <w:rsid w:val="002E6F81"/>
     <w:rsid w:val="002F08BA"/>
     <w:rsid w:val="002F2CFF"/>
+    <w:rsid w:val="002F370A"/>
     <w:rsid w:val="002F568B"/>
     <w:rsid w:val="002F7818"/>
     <w:rsid w:val="003066D0"/>
     <w:rsid w:val="00311401"/>
     <w:rsid w:val="003203D7"/>
+    <w:rsid w:val="003206C0"/>
     <w:rsid w:val="00320F86"/>
     <w:rsid w:val="00324171"/>
     <w:rsid w:val="00326C24"/>
     <w:rsid w:val="00337672"/>
     <w:rsid w:val="00337F99"/>
     <w:rsid w:val="003410BD"/>
     <w:rsid w:val="0034307B"/>
     <w:rsid w:val="0034374F"/>
     <w:rsid w:val="00345EB1"/>
     <w:rsid w:val="00350CC4"/>
     <w:rsid w:val="00360E0D"/>
     <w:rsid w:val="0036357D"/>
+    <w:rsid w:val="0036532F"/>
     <w:rsid w:val="0036594C"/>
     <w:rsid w:val="00367D19"/>
     <w:rsid w:val="00371BED"/>
+    <w:rsid w:val="0038395C"/>
     <w:rsid w:val="00384019"/>
     <w:rsid w:val="003854F1"/>
     <w:rsid w:val="0039118E"/>
     <w:rsid w:val="00397F54"/>
     <w:rsid w:val="003A0D43"/>
     <w:rsid w:val="003B2A4B"/>
+    <w:rsid w:val="003B4049"/>
+    <w:rsid w:val="003C5FB4"/>
     <w:rsid w:val="003D099E"/>
     <w:rsid w:val="003D21A2"/>
     <w:rsid w:val="003D29D2"/>
     <w:rsid w:val="003D6DF1"/>
     <w:rsid w:val="003E0705"/>
     <w:rsid w:val="003E2FF7"/>
     <w:rsid w:val="003F1013"/>
     <w:rsid w:val="003F1ACF"/>
     <w:rsid w:val="00404948"/>
     <w:rsid w:val="00406BEA"/>
     <w:rsid w:val="00413A60"/>
     <w:rsid w:val="004230F7"/>
     <w:rsid w:val="0043167E"/>
     <w:rsid w:val="0043409A"/>
     <w:rsid w:val="00446255"/>
     <w:rsid w:val="00451935"/>
     <w:rsid w:val="00460ED0"/>
     <w:rsid w:val="00465651"/>
     <w:rsid w:val="00470CE7"/>
     <w:rsid w:val="00470F4F"/>
     <w:rsid w:val="0047115C"/>
     <w:rsid w:val="00472482"/>
+    <w:rsid w:val="00477944"/>
     <w:rsid w:val="00480DC7"/>
     <w:rsid w:val="004876F6"/>
     <w:rsid w:val="0049236A"/>
     <w:rsid w:val="00492718"/>
     <w:rsid w:val="004A355D"/>
     <w:rsid w:val="004A4970"/>
     <w:rsid w:val="004B2183"/>
     <w:rsid w:val="004B2A01"/>
+    <w:rsid w:val="004B6C78"/>
     <w:rsid w:val="004C3536"/>
     <w:rsid w:val="004D7BA3"/>
     <w:rsid w:val="004F4518"/>
     <w:rsid w:val="004F4C62"/>
+    <w:rsid w:val="004F5D17"/>
     <w:rsid w:val="00501433"/>
     <w:rsid w:val="00511CC4"/>
     <w:rsid w:val="005137FC"/>
+    <w:rsid w:val="00527501"/>
     <w:rsid w:val="00531E60"/>
     <w:rsid w:val="00541D07"/>
     <w:rsid w:val="00544BAB"/>
     <w:rsid w:val="00545F31"/>
     <w:rsid w:val="005578FA"/>
     <w:rsid w:val="00565129"/>
     <w:rsid w:val="00565CD0"/>
     <w:rsid w:val="00567820"/>
     <w:rsid w:val="005770AD"/>
     <w:rsid w:val="00581414"/>
     <w:rsid w:val="00582490"/>
+    <w:rsid w:val="00594890"/>
     <w:rsid w:val="00597E28"/>
     <w:rsid w:val="005A54ED"/>
     <w:rsid w:val="005A5D5B"/>
     <w:rsid w:val="005A6081"/>
     <w:rsid w:val="005A627D"/>
+    <w:rsid w:val="005B4579"/>
     <w:rsid w:val="005C0045"/>
     <w:rsid w:val="005C084E"/>
     <w:rsid w:val="005C4606"/>
+    <w:rsid w:val="005C6E44"/>
     <w:rsid w:val="005D0B0C"/>
     <w:rsid w:val="005E02B3"/>
     <w:rsid w:val="005E1E24"/>
+    <w:rsid w:val="005E2FC1"/>
+    <w:rsid w:val="005F0C9C"/>
     <w:rsid w:val="005F494B"/>
+    <w:rsid w:val="005F4E27"/>
+    <w:rsid w:val="006031F3"/>
     <w:rsid w:val="0060596B"/>
     <w:rsid w:val="00606D97"/>
+    <w:rsid w:val="0061232D"/>
     <w:rsid w:val="00614E64"/>
     <w:rsid w:val="00617710"/>
     <w:rsid w:val="00617EE6"/>
     <w:rsid w:val="0062184C"/>
     <w:rsid w:val="00623724"/>
     <w:rsid w:val="00627BEA"/>
     <w:rsid w:val="006319DB"/>
+    <w:rsid w:val="00647EFD"/>
     <w:rsid w:val="0065595B"/>
     <w:rsid w:val="00656DCD"/>
     <w:rsid w:val="00660269"/>
+    <w:rsid w:val="00660F3E"/>
+    <w:rsid w:val="00664B72"/>
     <w:rsid w:val="00665F89"/>
     <w:rsid w:val="00673C92"/>
     <w:rsid w:val="006753EC"/>
     <w:rsid w:val="00685193"/>
     <w:rsid w:val="006A2789"/>
     <w:rsid w:val="006A4978"/>
     <w:rsid w:val="006A7261"/>
     <w:rsid w:val="006B0D29"/>
     <w:rsid w:val="006B1819"/>
     <w:rsid w:val="006C5048"/>
     <w:rsid w:val="006C6A4B"/>
     <w:rsid w:val="006C779F"/>
     <w:rsid w:val="006D01F5"/>
     <w:rsid w:val="006D0CFB"/>
     <w:rsid w:val="006D30C0"/>
     <w:rsid w:val="006D7535"/>
+    <w:rsid w:val="006D7F62"/>
     <w:rsid w:val="006E450B"/>
     <w:rsid w:val="006F0D7E"/>
+    <w:rsid w:val="006F0FE7"/>
+    <w:rsid w:val="0070548C"/>
     <w:rsid w:val="00710B77"/>
     <w:rsid w:val="007155D5"/>
     <w:rsid w:val="0072075B"/>
     <w:rsid w:val="007221C2"/>
     <w:rsid w:val="00730955"/>
     <w:rsid w:val="00733A9C"/>
+    <w:rsid w:val="0073620D"/>
     <w:rsid w:val="00736574"/>
     <w:rsid w:val="007367E0"/>
     <w:rsid w:val="00737215"/>
     <w:rsid w:val="00754905"/>
     <w:rsid w:val="00760038"/>
+    <w:rsid w:val="00761DE1"/>
     <w:rsid w:val="00762EE0"/>
     <w:rsid w:val="00765C41"/>
     <w:rsid w:val="00770B90"/>
     <w:rsid w:val="00771100"/>
     <w:rsid w:val="007759DD"/>
     <w:rsid w:val="0078609F"/>
     <w:rsid w:val="007917BA"/>
+    <w:rsid w:val="007A286F"/>
     <w:rsid w:val="007A334E"/>
     <w:rsid w:val="007A5C6F"/>
     <w:rsid w:val="007D4241"/>
     <w:rsid w:val="007D4317"/>
     <w:rsid w:val="007D4EA3"/>
     <w:rsid w:val="007F1CFF"/>
     <w:rsid w:val="007F5625"/>
     <w:rsid w:val="007F5DD5"/>
     <w:rsid w:val="00821A1B"/>
     <w:rsid w:val="008262E9"/>
     <w:rsid w:val="00827E69"/>
     <w:rsid w:val="00835C4D"/>
     <w:rsid w:val="00843F48"/>
     <w:rsid w:val="00851423"/>
     <w:rsid w:val="008569C6"/>
     <w:rsid w:val="00857848"/>
     <w:rsid w:val="008654B6"/>
     <w:rsid w:val="0087139C"/>
     <w:rsid w:val="00873419"/>
     <w:rsid w:val="00880E83"/>
     <w:rsid w:val="00887645"/>
     <w:rsid w:val="00892F28"/>
     <w:rsid w:val="008A0C5F"/>
     <w:rsid w:val="008A14D9"/>
     <w:rsid w:val="008A3DEA"/>
     <w:rsid w:val="008A4EB9"/>
     <w:rsid w:val="008A74C0"/>
+    <w:rsid w:val="008A7594"/>
     <w:rsid w:val="008B1694"/>
     <w:rsid w:val="008C4B27"/>
     <w:rsid w:val="008C7F0C"/>
     <w:rsid w:val="008C7F2A"/>
     <w:rsid w:val="008D4B13"/>
+    <w:rsid w:val="008E24B0"/>
     <w:rsid w:val="008E36F8"/>
     <w:rsid w:val="008E46B2"/>
     <w:rsid w:val="008E682C"/>
+    <w:rsid w:val="008E73AA"/>
     <w:rsid w:val="008E78A1"/>
     <w:rsid w:val="008F589F"/>
     <w:rsid w:val="009008BB"/>
     <w:rsid w:val="00906238"/>
     <w:rsid w:val="00907EF9"/>
     <w:rsid w:val="00911231"/>
     <w:rsid w:val="0091295C"/>
     <w:rsid w:val="00914D58"/>
     <w:rsid w:val="00921F47"/>
     <w:rsid w:val="009228AB"/>
     <w:rsid w:val="00923585"/>
     <w:rsid w:val="0093085B"/>
     <w:rsid w:val="00931C57"/>
     <w:rsid w:val="009347A5"/>
     <w:rsid w:val="00942257"/>
     <w:rsid w:val="009471BF"/>
     <w:rsid w:val="00950E4E"/>
     <w:rsid w:val="009529BD"/>
     <w:rsid w:val="009533B4"/>
     <w:rsid w:val="00957D35"/>
     <w:rsid w:val="00960B1A"/>
     <w:rsid w:val="00971D93"/>
     <w:rsid w:val="00990B51"/>
     <w:rsid w:val="009A07DC"/>
     <w:rsid w:val="009A32ED"/>
     <w:rsid w:val="009B1F6B"/>
+    <w:rsid w:val="009B60A0"/>
     <w:rsid w:val="009C0D12"/>
     <w:rsid w:val="009C192E"/>
     <w:rsid w:val="009C2E3E"/>
     <w:rsid w:val="009C6C0C"/>
     <w:rsid w:val="009D6819"/>
     <w:rsid w:val="009D6D1C"/>
     <w:rsid w:val="009E0CF9"/>
     <w:rsid w:val="009E531B"/>
     <w:rsid w:val="009E6C56"/>
     <w:rsid w:val="009E7DCF"/>
+    <w:rsid w:val="009F3368"/>
     <w:rsid w:val="009F4A56"/>
     <w:rsid w:val="009F4E65"/>
     <w:rsid w:val="009F5643"/>
+    <w:rsid w:val="009F7C67"/>
     <w:rsid w:val="00A006A5"/>
+    <w:rsid w:val="00A03442"/>
     <w:rsid w:val="00A05942"/>
     <w:rsid w:val="00A07BEC"/>
     <w:rsid w:val="00A2529B"/>
     <w:rsid w:val="00A264BE"/>
     <w:rsid w:val="00A272CA"/>
     <w:rsid w:val="00A33051"/>
     <w:rsid w:val="00A407AD"/>
     <w:rsid w:val="00A40923"/>
     <w:rsid w:val="00A41C05"/>
     <w:rsid w:val="00A42426"/>
+    <w:rsid w:val="00A44FE1"/>
     <w:rsid w:val="00A514B7"/>
     <w:rsid w:val="00A54A0B"/>
     <w:rsid w:val="00A65FD4"/>
     <w:rsid w:val="00A66203"/>
     <w:rsid w:val="00A80BA4"/>
     <w:rsid w:val="00A81198"/>
     <w:rsid w:val="00A81E48"/>
     <w:rsid w:val="00A82035"/>
+    <w:rsid w:val="00A90D63"/>
     <w:rsid w:val="00A90D77"/>
     <w:rsid w:val="00A92E07"/>
     <w:rsid w:val="00AA0B3A"/>
     <w:rsid w:val="00AA4156"/>
     <w:rsid w:val="00AA6EB4"/>
     <w:rsid w:val="00AA767D"/>
     <w:rsid w:val="00AB0CC9"/>
     <w:rsid w:val="00AC3FF6"/>
     <w:rsid w:val="00AD73EC"/>
     <w:rsid w:val="00AD7AD5"/>
     <w:rsid w:val="00AE5BC7"/>
     <w:rsid w:val="00AF5AAF"/>
     <w:rsid w:val="00B046D8"/>
     <w:rsid w:val="00B13F4C"/>
     <w:rsid w:val="00B16219"/>
     <w:rsid w:val="00B16C59"/>
+    <w:rsid w:val="00B177C0"/>
     <w:rsid w:val="00B22317"/>
     <w:rsid w:val="00B33FDD"/>
     <w:rsid w:val="00B359CC"/>
     <w:rsid w:val="00B36107"/>
+    <w:rsid w:val="00B36814"/>
     <w:rsid w:val="00B405A1"/>
     <w:rsid w:val="00B41789"/>
     <w:rsid w:val="00B46C03"/>
     <w:rsid w:val="00B60C6C"/>
     <w:rsid w:val="00B619A9"/>
     <w:rsid w:val="00B65A9D"/>
     <w:rsid w:val="00B66D60"/>
     <w:rsid w:val="00B75EDE"/>
     <w:rsid w:val="00B77D88"/>
     <w:rsid w:val="00B77FAF"/>
+    <w:rsid w:val="00B82C49"/>
     <w:rsid w:val="00B84336"/>
     <w:rsid w:val="00B851B9"/>
     <w:rsid w:val="00B86453"/>
     <w:rsid w:val="00B90054"/>
     <w:rsid w:val="00B92C14"/>
     <w:rsid w:val="00B96AFF"/>
     <w:rsid w:val="00BA0066"/>
     <w:rsid w:val="00BB69DB"/>
+    <w:rsid w:val="00BC2421"/>
     <w:rsid w:val="00BC322E"/>
     <w:rsid w:val="00BC44CD"/>
     <w:rsid w:val="00BC48A6"/>
+    <w:rsid w:val="00BD1894"/>
+    <w:rsid w:val="00BD6A1F"/>
     <w:rsid w:val="00BE3BF7"/>
     <w:rsid w:val="00BE7978"/>
     <w:rsid w:val="00C01F0D"/>
     <w:rsid w:val="00C0345F"/>
     <w:rsid w:val="00C07DDB"/>
+    <w:rsid w:val="00C24E15"/>
+    <w:rsid w:val="00C35657"/>
     <w:rsid w:val="00C37AC7"/>
     <w:rsid w:val="00C4115D"/>
     <w:rsid w:val="00C42E30"/>
     <w:rsid w:val="00C43BDD"/>
     <w:rsid w:val="00C47778"/>
     <w:rsid w:val="00C5011E"/>
     <w:rsid w:val="00C50EE5"/>
     <w:rsid w:val="00C5240A"/>
     <w:rsid w:val="00C5398F"/>
     <w:rsid w:val="00C556F5"/>
+    <w:rsid w:val="00C571A0"/>
     <w:rsid w:val="00C70E19"/>
     <w:rsid w:val="00C72574"/>
     <w:rsid w:val="00C7430C"/>
     <w:rsid w:val="00C85DA1"/>
     <w:rsid w:val="00C9071C"/>
     <w:rsid w:val="00C908FF"/>
+    <w:rsid w:val="00C95293"/>
     <w:rsid w:val="00C97BD3"/>
     <w:rsid w:val="00CA39EF"/>
     <w:rsid w:val="00CA521F"/>
     <w:rsid w:val="00CA756F"/>
     <w:rsid w:val="00CB0493"/>
     <w:rsid w:val="00CB17FF"/>
     <w:rsid w:val="00CB1ED7"/>
     <w:rsid w:val="00CC167C"/>
+    <w:rsid w:val="00CC181F"/>
     <w:rsid w:val="00CC52D9"/>
+    <w:rsid w:val="00CD4E4F"/>
     <w:rsid w:val="00CD6647"/>
     <w:rsid w:val="00CE4B73"/>
+    <w:rsid w:val="00CF3457"/>
     <w:rsid w:val="00CF70BB"/>
+    <w:rsid w:val="00CF7D5F"/>
     <w:rsid w:val="00D074DB"/>
     <w:rsid w:val="00D139CF"/>
     <w:rsid w:val="00D15ADB"/>
     <w:rsid w:val="00D20779"/>
     <w:rsid w:val="00D30494"/>
     <w:rsid w:val="00D37E7F"/>
     <w:rsid w:val="00D47AD7"/>
     <w:rsid w:val="00D51529"/>
+    <w:rsid w:val="00D66B3B"/>
     <w:rsid w:val="00D67C88"/>
     <w:rsid w:val="00D85218"/>
     <w:rsid w:val="00D915B1"/>
     <w:rsid w:val="00DA299D"/>
     <w:rsid w:val="00DA65C4"/>
+    <w:rsid w:val="00DC2B74"/>
+    <w:rsid w:val="00DD135D"/>
+    <w:rsid w:val="00DD2321"/>
+    <w:rsid w:val="00DD6FE1"/>
     <w:rsid w:val="00DE4447"/>
     <w:rsid w:val="00DE5DA2"/>
     <w:rsid w:val="00DE63C6"/>
     <w:rsid w:val="00DF0033"/>
     <w:rsid w:val="00E026BF"/>
     <w:rsid w:val="00E07B1B"/>
     <w:rsid w:val="00E11853"/>
     <w:rsid w:val="00E52A86"/>
     <w:rsid w:val="00E54B47"/>
     <w:rsid w:val="00E54D4E"/>
     <w:rsid w:val="00E553BF"/>
     <w:rsid w:val="00E55D93"/>
     <w:rsid w:val="00E61294"/>
+    <w:rsid w:val="00E645EB"/>
+    <w:rsid w:val="00E67DDA"/>
     <w:rsid w:val="00E7237C"/>
     <w:rsid w:val="00E77C46"/>
     <w:rsid w:val="00E86CE8"/>
     <w:rsid w:val="00E90E82"/>
     <w:rsid w:val="00EA00CB"/>
     <w:rsid w:val="00EA1BAA"/>
     <w:rsid w:val="00EA3FCD"/>
     <w:rsid w:val="00EA42A0"/>
+    <w:rsid w:val="00EB2DA5"/>
     <w:rsid w:val="00EB6714"/>
     <w:rsid w:val="00EC0A68"/>
     <w:rsid w:val="00EC3C32"/>
     <w:rsid w:val="00EC5006"/>
     <w:rsid w:val="00ED49C3"/>
     <w:rsid w:val="00ED6CE8"/>
+    <w:rsid w:val="00ED6FAC"/>
     <w:rsid w:val="00ED7AA6"/>
     <w:rsid w:val="00EE2A56"/>
     <w:rsid w:val="00EE3818"/>
     <w:rsid w:val="00F0336E"/>
     <w:rsid w:val="00F136C0"/>
+    <w:rsid w:val="00F13D50"/>
     <w:rsid w:val="00F147A7"/>
     <w:rsid w:val="00F22264"/>
     <w:rsid w:val="00F2564D"/>
     <w:rsid w:val="00F35B05"/>
     <w:rsid w:val="00F413D9"/>
+    <w:rsid w:val="00F4353A"/>
     <w:rsid w:val="00F5135F"/>
     <w:rsid w:val="00F51F78"/>
+    <w:rsid w:val="00F62DA4"/>
     <w:rsid w:val="00F86F47"/>
     <w:rsid w:val="00F90B64"/>
     <w:rsid w:val="00F91867"/>
     <w:rsid w:val="00FA00AB"/>
     <w:rsid w:val="00FB2F0F"/>
     <w:rsid w:val="00FB5086"/>
     <w:rsid w:val="00FB5411"/>
     <w:rsid w:val="00FB6392"/>
     <w:rsid w:val="00FC4F36"/>
+    <w:rsid w:val="00FD1207"/>
     <w:rsid w:val="00FD3C70"/>
     <w:rsid w:val="00FD6820"/>
     <w:rsid w:val="00FE12D8"/>
     <w:rsid w:val="00FF7C02"/>
     <w:rsid w:val="024801E3"/>
     <w:rsid w:val="5DEB5994"/>
     <w:rsid w:val="647B2B65"/>
     <w:rsid w:val="6AB9C8C0"/>
     <w:rsid w:val="6B2CF8ED"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="sv-SE" w:eastAsia="ja-JP"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:doNotIncludeSubdocsInStats/>
   <w:doNotAutoCompressPictures/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050" strokecolor="#4a773c">
-      <v:stroke weight="1pt" color="#4a773c"/>
-      <v:shadow opacity="24903f" offset="0,.55556mm" origin=",.5"/>
+      <v:stroke color="#4a773c" weight="1pt"/>
+      <v:shadow opacity="24903f" origin=",.5" offset="0,.55556mm"/>
       <o:colormru v:ext="edit" colors="#4a773c"/>
     </o:shapedefaults>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="2"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:doNotEmbedSmartTags/>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
   <w14:docId w14:val="432340D9"/>
   <w14:defaultImageDpi w14:val="330"/>
-  <w15:docId w15:val="{529C3E75-5964-4397-9520-08F0D0C05851}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
-        <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         <w:lang w:val="sv-SE" w:eastAsia="sv-SE" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault/>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
-    <w:lsdException w:name="heading 2" w:uiPriority="9" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
-[...6 lines deleted...]
-    <w:lsdException w:name="heading 9" w:uiPriority="9" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 4" w:locked="1" w:semiHidden="1" w:uiPriority="3" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 9" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="index 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 9" w:semiHidden="1" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="toc 1" w:uiPriority="39" w:semiHidden="1" w:unhideWhenUsed="1"/>
-[...7 lines deleted...]
-    <w:lsdException w:name="toc 9" w:uiPriority="39" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 1" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 2" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 3" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 4" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 5" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 6" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 7" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 8" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 9" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Normal Indent" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="footnote text" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="annotation text" w:semiHidden="1" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="header" w:uiPriority="0" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="header" w:semiHidden="1" w:uiPriority="0" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="footer" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index heading" w:semiHidden="1" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="caption" w:uiPriority="35" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="caption" w:semiHidden="1" w:uiPriority="35" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="table of figures" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="envelope address" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="envelope return" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="footnote reference" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="annotation reference" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="line number" w:semiHidden="1" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="page number" w:uiPriority="0" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="page number" w:semiHidden="1" w:uiPriority="0" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="endnote reference" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="endnote text" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="table of authorities" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="macro" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toa heading" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List" w:semiHidden="1" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="List Bullet" w:uiPriority="0" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="List Bullet" w:semiHidden="1" w:uiPriority="0" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="List Number" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Bullet 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Bullet 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Bullet 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Bullet 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Number 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Number 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Number 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Number 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Title" w:uiPriority="10" w:qFormat="1"/>
     <w:lsdException w:name="Closing" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Signature" w:semiHidden="1" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1" w:semiHidden="1" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="Body Text" w:uiPriority="0" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="Default Paragraph Font" w:semiHidden="1" w:uiPriority="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text" w:semiHidden="1" w:uiPriority="0" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="Body Text Indent" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Continue" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Continue 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Continue 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Continue 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Continue 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Message Header" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Subtitle" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="Salutation" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Date" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text First Indent" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text First Indent 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Note Heading" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text Indent 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text Indent 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Block Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="FollowedHyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="Strong" w:locked="1" w:uiPriority="22" w:semiHidden="1"/>
-    <w:lsdException w:name="Emphasis" w:locked="1" w:uiPriority="20" w:semiHidden="1"/>
+    <w:lsdException w:name="Strong" w:locked="1" w:semiHidden="1" w:uiPriority="22"/>
+    <w:lsdException w:name="Emphasis" w:locked="1" w:semiHidden="1" w:uiPriority="20"/>
     <w:lsdException w:name="Document Map" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Plain Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="E-mail Signature" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Top of Form" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Bottom of Form" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Normal (Web)" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Acronym" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Address" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Cite" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Code" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Definition" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Keyboard" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Preformatted" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Sample" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Typewriter" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Variable" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Normal Table" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="annotation subject" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="No List" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Outline List 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Outline List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Outline List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Simple 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Simple 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Simple 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
@@ -12826,75 +12964,75 @@
     <w:lsdException w:name="Table Grid 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table 3D effects 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table 3D effects 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table 3D effects 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Contemporary" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Elegant" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Professional" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Subtle 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Subtle 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Web 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Web 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Web 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Balloon Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid" w:uiPriority="59"/>
     <w:lsdException w:name="Table Theme" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Placeholder Text" w:semiHidden="1"/>
-    <w:lsdException w:name="No Spacing" w:uiPriority="1" w:semiHidden="1" w:qFormat="1"/>
+    <w:lsdException w:name="No Spacing" w:semiHidden="1" w:uiPriority="1" w:qFormat="1"/>
     <w:lsdException w:name="Light Shading" w:uiPriority="60"/>
     <w:lsdException w:name="Light List" w:uiPriority="61"/>
     <w:lsdException w:name="Light Grid" w:uiPriority="62"/>
     <w:lsdException w:name="Medium Shading 1" w:uiPriority="63"/>
     <w:lsdException w:name="Medium Shading 2" w:uiPriority="64"/>
     <w:lsdException w:name="Medium List 1" w:uiPriority="65"/>
     <w:lsdException w:name="Medium List 2" w:uiPriority="66"/>
     <w:lsdException w:name="Medium Grid 1" w:uiPriority="67"/>
     <w:lsdException w:name="Medium Grid 2" w:uiPriority="68"/>
     <w:lsdException w:name="Medium Grid 3" w:uiPriority="69"/>
     <w:lsdException w:name="Dark List" w:uiPriority="70"/>
     <w:lsdException w:name="Colorful Shading" w:uiPriority="71"/>
     <w:lsdException w:name="Colorful List" w:uiPriority="72"/>
     <w:lsdException w:name="Colorful Grid" w:uiPriority="73"/>
     <w:lsdException w:name="Light Shading Accent 1" w:uiPriority="60"/>
     <w:lsdException w:name="Light List Accent 1" w:uiPriority="61"/>
     <w:lsdException w:name="Light Grid Accent 1" w:uiPriority="62"/>
     <w:lsdException w:name="Medium Shading 1 Accent 1" w:uiPriority="63"/>
     <w:lsdException w:name="Medium Shading 2 Accent 1" w:uiPriority="64"/>
     <w:lsdException w:name="Medium List 1 Accent 1" w:uiPriority="65"/>
     <w:lsdException w:name="Revision" w:semiHidden="1"/>
     <w:lsdException w:name="List Paragraph" w:uiPriority="34" w:qFormat="1"/>
-    <w:lsdException w:name="Quote" w:locked="1" w:uiPriority="29" w:semiHidden="1"/>
-    <w:lsdException w:name="Intense Quote" w:locked="1" w:uiPriority="30" w:semiHidden="1"/>
+    <w:lsdException w:name="Quote" w:locked="1" w:semiHidden="1" w:uiPriority="29"/>
+    <w:lsdException w:name="Intense Quote" w:locked="1" w:semiHidden="1" w:uiPriority="30"/>
     <w:lsdException w:name="Medium List 2 Accent 1" w:uiPriority="66"/>
     <w:lsdException w:name="Medium Grid 1 Accent 1" w:uiPriority="67"/>
     <w:lsdException w:name="Medium Grid 2 Accent 1" w:uiPriority="68"/>
     <w:lsdException w:name="Medium Grid 3 Accent 1" w:uiPriority="69"/>
     <w:lsdException w:name="Dark List Accent 1" w:uiPriority="70"/>
     <w:lsdException w:name="Colorful Shading Accent 1" w:uiPriority="71"/>
     <w:lsdException w:name="Colorful List Accent 1" w:uiPriority="72"/>
     <w:lsdException w:name="Colorful Grid Accent 1" w:uiPriority="73"/>
     <w:lsdException w:name="Light Shading Accent 2" w:uiPriority="60"/>
     <w:lsdException w:name="Light List Accent 2" w:uiPriority="61"/>
     <w:lsdException w:name="Light Grid Accent 2" w:uiPriority="62"/>
     <w:lsdException w:name="Medium Shading 1 Accent 2" w:uiPriority="63"/>
     <w:lsdException w:name="Medium Shading 2 Accent 2" w:uiPriority="64"/>
     <w:lsdException w:name="Medium List 1 Accent 2" w:uiPriority="65"/>
     <w:lsdException w:name="Medium List 2 Accent 2" w:uiPriority="66"/>
     <w:lsdException w:name="Medium Grid 1 Accent 2" w:uiPriority="67"/>
     <w:lsdException w:name="Medium Grid 2 Accent 2" w:uiPriority="68"/>
     <w:lsdException w:name="Medium Grid 3 Accent 2" w:uiPriority="69"/>
     <w:lsdException w:name="Dark List Accent 2" w:uiPriority="70"/>
     <w:lsdException w:name="Colorful Shading Accent 2" w:uiPriority="71"/>
     <w:lsdException w:name="Colorful List Accent 2" w:uiPriority="72"/>
     <w:lsdException w:name="Colorful Grid Accent 2" w:uiPriority="73"/>
     <w:lsdException w:name="Light Shading Accent 3" w:uiPriority="60"/>
     <w:lsdException w:name="Light List Accent 3" w:uiPriority="61"/>
     <w:lsdException w:name="Light Grid Accent 3" w:uiPriority="62"/>
@@ -12929,57 +13067,57 @@
     <w:lsdException w:name="Medium Shading 1 Accent 5" w:uiPriority="63"/>
     <w:lsdException w:name="Medium Shading 2 Accent 5" w:uiPriority="64"/>
     <w:lsdException w:name="Medium List 1 Accent 5" w:uiPriority="65"/>
     <w:lsdException w:name="Medium List 2 Accent 5" w:uiPriority="66"/>
     <w:lsdException w:name="Medium Grid 1 Accent 5" w:uiPriority="67"/>
     <w:lsdException w:name="Medium Grid 2 Accent 5" w:uiPriority="68"/>
     <w:lsdException w:name="Medium Grid 3 Accent 5" w:uiPriority="69"/>
     <w:lsdException w:name="Dark List Accent 5" w:uiPriority="70"/>
     <w:lsdException w:name="Colorful Shading Accent 5" w:uiPriority="71"/>
     <w:lsdException w:name="Colorful List Accent 5" w:uiPriority="72"/>
     <w:lsdException w:name="Colorful Grid Accent 5" w:uiPriority="73"/>
     <w:lsdException w:name="Light Shading Accent 6" w:uiPriority="60"/>
     <w:lsdException w:name="Light List Accent 6" w:uiPriority="61"/>
     <w:lsdException w:name="Light Grid Accent 6" w:uiPriority="62"/>
     <w:lsdException w:name="Medium Shading 1 Accent 6" w:uiPriority="63"/>
     <w:lsdException w:name="Medium Shading 2 Accent 6" w:uiPriority="64"/>
     <w:lsdException w:name="Medium List 1 Accent 6" w:uiPriority="65"/>
     <w:lsdException w:name="Medium List 2 Accent 6" w:uiPriority="66"/>
     <w:lsdException w:name="Medium Grid 1 Accent 6" w:uiPriority="67"/>
     <w:lsdException w:name="Medium Grid 2 Accent 6" w:uiPriority="68"/>
     <w:lsdException w:name="Medium Grid 3 Accent 6" w:uiPriority="69"/>
     <w:lsdException w:name="Dark List Accent 6" w:uiPriority="70"/>
     <w:lsdException w:name="Colorful Shading Accent 6" w:uiPriority="71"/>
     <w:lsdException w:name="Colorful List Accent 6" w:uiPriority="72"/>
     <w:lsdException w:name="Colorful Grid Accent 6" w:uiPriority="73"/>
-    <w:lsdException w:name="Subtle Emphasis" w:locked="1" w:uiPriority="19" w:semiHidden="1"/>
-[...5 lines deleted...]
-    <w:lsdException w:name="TOC Heading" w:uiPriority="39" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="Subtle Emphasis" w:locked="1" w:semiHidden="1" w:uiPriority="19"/>
+    <w:lsdException w:name="Intense Emphasis" w:locked="1" w:semiHidden="1" w:uiPriority="21"/>
+    <w:lsdException w:name="Subtle Reference" w:locked="1" w:semiHidden="1" w:uiPriority="31"/>
+    <w:lsdException w:name="Intense Reference" w:locked="1" w:semiHidden="1" w:uiPriority="32"/>
+    <w:lsdException w:name="Book Title" w:locked="1" w:semiHidden="1" w:uiPriority="33"/>
+    <w:lsdException w:name="Bibliography" w:semiHidden="1" w:uiPriority="37" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="TOC Heading" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="Grid Table 4" w:uiPriority="49"/>
     <w:lsdException w:name="Grid Table 5 Dark" w:uiPriority="50"/>
     <w:lsdException w:name="Grid Table 6 Colorful" w:uiPriority="51"/>
     <w:lsdException w:name="Grid Table 7 Colorful" w:uiPriority="52"/>
     <w:lsdException w:name="Grid Table 1 Light Accent 1" w:uiPriority="46"/>
     <w:lsdException w:name="Grid Table 2 Accent 1" w:uiPriority="47"/>
     <w:lsdException w:name="Grid Table 3 Accent 1" w:uiPriority="48"/>
     <w:lsdException w:name="Grid Table 4 Accent 1" w:uiPriority="49"/>
     <w:lsdException w:name="Grid Table 5 Dark Accent 1" w:uiPriority="50"/>
     <w:lsdException w:name="Grid Table 6 Colorful Accent 1" w:uiPriority="51"/>
     <w:lsdException w:name="Grid Table 7 Colorful Accent 1" w:uiPriority="52"/>
     <w:lsdException w:name="Grid Table 1 Light Accent 2" w:uiPriority="46"/>
     <w:lsdException w:name="Grid Table 2 Accent 2" w:uiPriority="47"/>
     <w:lsdException w:name="Grid Table 3 Accent 2" w:uiPriority="48"/>
     <w:lsdException w:name="Grid Table 4 Accent 2" w:uiPriority="49"/>
     <w:lsdException w:name="Grid Table 5 Dark Accent 2" w:uiPriority="50"/>
     <w:lsdException w:name="Grid Table 6 Colorful Accent 2" w:uiPriority="51"/>
     <w:lsdException w:name="Grid Table 7 Colorful Accent 2" w:uiPriority="52"/>
     <w:lsdException w:name="Grid Table 1 Light Accent 3" w:uiPriority="46"/>
     <w:lsdException w:name="Grid Table 2 Accent 3" w:uiPriority="47"/>
     <w:lsdException w:name="Grid Table 3 Accent 3" w:uiPriority="48"/>
     <w:lsdException w:name="Grid Table 4 Accent 3" w:uiPriority="49"/>
     <w:lsdException w:name="Grid Table 5 Dark Accent 3" w:uiPriority="50"/>
     <w:lsdException w:name="Grid Table 6 Colorful Accent 3" w:uiPriority="51"/>
     <w:lsdException w:name="Grid Table 7 Colorful Accent 3" w:uiPriority="52"/>
@@ -13037,726 +13175,726 @@
     <w:lsdException w:name="List Table 3 Accent 4" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 4" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 4" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 4" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 4" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 5" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 5" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 5" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 5" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 5" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 5" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 5" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 6" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
     <w:lsdException w:name="Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Hashtag" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Unresolved Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Link" w:semiHidden="1" w:unhideWhenUsed="1"/>
   </w:latentStyles>
-  <w:style w:type="paragraph" w:styleId="Normal" w:default="1">
+  <w:style w:type="paragraph" w:default="1" w:styleId="Normal">
     <w:name w:val="Normal"/>
     <w:qFormat/>
     <w:rsid w:val="009A32ED"/>
     <w:pPr>
       <w:spacing w:after="120" w:line="288" w:lineRule="auto"/>
       <w:ind w:left="567" w:right="868"/>
     </w:pPr>
     <w:rPr>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Rubrik1">
     <w:name w:val="heading 1"/>
     <w:aliases w:val="Rubrik VGR"/>
     <w:next w:val="Normal"/>
     <w:link w:val="Rubrik1Char"/>
     <w:uiPriority w:val="9"/>
     <w:qFormat/>
     <w:rsid w:val="009A32ED"/>
     <w:pPr>
       <w:keepNext/>
       <w:spacing w:after="240" w:line="288" w:lineRule="auto"/>
       <w:ind w:left="567"/>
       <w:contextualSpacing/>
       <w:outlineLvl w:val="0"/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="MS Gothic"/>
+      <w:rFonts w:ascii="Calibri" w:eastAsia="MS Gothic" w:hAnsi="Calibri"/>
       <w:bCs/>
       <w:kern w:val="32"/>
       <w:sz w:val="48"/>
       <w:szCs w:val="32"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Rubrik2">
     <w:name w:val="heading 2"/>
     <w:aliases w:val="Rubrik 2 VGR"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:link w:val="Rubrik2Char"/>
     <w:uiPriority w:val="9"/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:rsid w:val="00627BEA"/>
     <w:pPr>
       <w:keepNext/>
       <w:keepLines/>
       <w:spacing w:before="240" w:after="40" w:line="240" w:lineRule="auto"/>
       <w:outlineLvl w:val="1"/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
       <w:bCs/>
       <w:color w:val="000000" w:themeColor="text1"/>
       <w:sz w:val="40"/>
       <w:szCs w:val="26"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Rubrik3">
     <w:name w:val="heading 3"/>
     <w:aliases w:val="Rubrik 3 VGR"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:link w:val="Rubrik3Char"/>
     <w:uiPriority w:val="9"/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:rsid w:val="00627BEA"/>
     <w:pPr>
       <w:keepNext/>
       <w:keepLines/>
       <w:spacing w:before="240" w:after="40" w:line="240" w:lineRule="auto"/>
       <w:outlineLvl w:val="2"/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
       <w:bCs/>
       <w:color w:val="000000" w:themeColor="text1"/>
       <w:sz w:val="36"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Rubrik4">
     <w:name w:val="heading 4"/>
     <w:aliases w:val="mellanrubrik"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:link w:val="Rubrik4Char"/>
     <w:uiPriority w:val="3"/>
     <w:semiHidden/>
     <w:qFormat/>
     <w:locked/>
     <w:rsid w:val="00627BEA"/>
     <w:pPr>
       <w:keepNext/>
       <w:keepLines/>
       <w:spacing w:before="240" w:after="0" w:line="240" w:lineRule="auto"/>
       <w:outlineLvl w:val="3"/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
       <w:b/>
       <w:bCs/>
       <w:iCs/>
       <w:color w:val="000000" w:themeColor="text1"/>
       <w:sz w:val="26"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Rubrik5">
     <w:name w:val="heading 5"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:link w:val="Rubrik5Char"/>
     <w:uiPriority w:val="9"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:rsid w:val="002F568B"/>
     <w:pPr>
       <w:keepNext/>
       <w:keepLines/>
       <w:spacing w:before="200"/>
       <w:outlineLvl w:val="4"/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
       <w:color w:val="00304B" w:themeColor="accent1" w:themeShade="7F"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Rubrik9">
     <w:name w:val="heading 9"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:link w:val="Rubrik9Char"/>
     <w:uiPriority w:val="9"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:rsid w:val="009A32ED"/>
     <w:pPr>
       <w:keepNext/>
       <w:keepLines/>
       <w:spacing w:before="40" w:after="0"/>
       <w:ind w:left="0"/>
       <w:outlineLvl w:val="8"/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
       <w:i/>
       <w:iCs/>
       <w:color w:val="272727" w:themeColor="text1" w:themeTint="D8"/>
       <w:sz w:val="21"/>
       <w:szCs w:val="21"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:styleId="Standardstycketeckensnitt" w:default="1">
+  <w:style w:type="character" w:default="1" w:styleId="Standardstycketeckensnitt">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
-  <w:style w:type="table" w:styleId="Normaltabell" w:default="1">
+  <w:style w:type="table" w:default="1" w:styleId="Normaltabell">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
-  <w:style w:type="numbering" w:styleId="Ingenlista" w:default="1">
+  <w:style w:type="numbering" w:default="1" w:styleId="Ingenlista">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:styleId="Oformateradtabell1">
     <w:name w:val="Plain Table 1"/>
     <w:basedOn w:val="Normaltabell"/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="002E263F"/>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblBorders>
-        <w:top w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="4" w:space="0"/>
-[...4 lines deleted...]
-        <w:insideV w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="4" w:space="0"/>
+        <w:top w:val="single" w:sz="4" w:space="0" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
+        <w:left w:val="single" w:sz="4" w:space="0" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
+        <w:bottom w:val="single" w:sz="4" w:space="0" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
+        <w:right w:val="single" w:sz="4" w:space="0" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
+        <w:insideH w:val="single" w:sz="4" w:space="0" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
+        <w:insideV w:val="single" w:sz="4" w:space="0" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
       </w:tblBorders>
     </w:tblPr>
     <w:tblStylePr w:type="firstRow">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastRow">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
-          <w:top w:val="double" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="4" w:space="0"/>
+          <w:top w:val="double" w:sz="4" w:space="0" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="firstCol">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastCol">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Vert">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Bildtext" w:customStyle="1">
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="Bildtext">
     <w:name w:val="Bildtext"/>
     <w:basedOn w:val="Normal"/>
     <w:rsid w:val="00CF70BB"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:autoSpaceDE w:val="0"/>
       <w:autoSpaceDN w:val="0"/>
       <w:adjustRightInd w:val="0"/>
       <w:spacing w:line="160" w:lineRule="atLeast"/>
       <w:textAlignment w:val="center"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
       <w:i/>
       <w:color w:val="000000"/>
       <w:sz w:val="12"/>
       <w:szCs w:val="12"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Sidrubrikliten" w:customStyle="1">
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="Sidrubrikliten">
     <w:name w:val="Sidrubrik liten"/>
     <w:basedOn w:val="Normal"/>
     <w:rsid w:val="00880FEE"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:autoSpaceDE w:val="0"/>
       <w:autoSpaceDN w:val="0"/>
       <w:adjustRightInd w:val="0"/>
       <w:spacing w:line="240" w:lineRule="atLeast"/>
       <w:textAlignment w:val="center"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
       <w:b/>
       <w:color w:val="FFFFFF"/>
       <w:spacing w:val="2"/>
       <w:sz w:val="20"/>
       <w:szCs w:val="20"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Sidrubrikstor" w:customStyle="1">
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="Sidrubrikstor">
     <w:name w:val="Sidrubrik stor"/>
     <w:basedOn w:val="Normal"/>
     <w:rsid w:val="00880FEE"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:autoSpaceDE w:val="0"/>
       <w:autoSpaceDN w:val="0"/>
       <w:adjustRightInd w:val="0"/>
       <w:spacing w:line="840" w:lineRule="atLeast"/>
       <w:textAlignment w:val="center"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
       <w:color w:val="FFFFFF"/>
       <w:spacing w:val="-17"/>
       <w:sz w:val="84"/>
       <w:szCs w:val="84"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Sidfot">
     <w:name w:val="footer"/>
     <w:basedOn w:val="Normal"/>
     <w:link w:val="SidfotChar"/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="00880FEE"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:autoSpaceDE w:val="0"/>
       <w:autoSpaceDN w:val="0"/>
       <w:adjustRightInd w:val="0"/>
       <w:jc w:val="right"/>
       <w:textAlignment w:val="center"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
       <w:color w:val="000000"/>
       <w:sz w:val="12"/>
       <w:szCs w:val="12"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:styleId="Avdelaresidfot" w:customStyle="1">
+  <w:style w:type="character" w:customStyle="1" w:styleId="Avdelaresidfot">
     <w:name w:val="Avdelare sidfot"/>
     <w:rsid w:val="00880FEE"/>
     <w:rPr>
       <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
       <w:position w:val="1"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Sidhuvud">
     <w:name w:val="header"/>
     <w:basedOn w:val="Normal"/>
     <w:link w:val="SidhuvudChar"/>
     <w:rsid w:val="00AA0F08"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="center" w:pos="4703"/>
         <w:tab w:val="right" w:pos="9406"/>
       </w:tabs>
     </w:pPr>
   </w:style>
   <w:style w:type="character" w:styleId="Sidnummer">
     <w:name w:val="page number"/>
     <w:basedOn w:val="Standardstycketeckensnitt"/>
     <w:semiHidden/>
     <w:rsid w:val="00AA0F08"/>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Metadata" w:customStyle="1">
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="Metadata">
     <w:name w:val="Metadata"/>
     <w:basedOn w:val="Normal"/>
     <w:qFormat/>
     <w:rsid w:val="002651D6"/>
     <w:pPr>
       <w:spacing w:after="240"/>
       <w:contextualSpacing/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
       <w:sz w:val="20"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:styleId="Rubrik1Char" w:customStyle="1">
+  <w:style w:type="character" w:customStyle="1" w:styleId="Rubrik1Char">
     <w:name w:val="Rubrik 1 Char"/>
     <w:aliases w:val="Rubrik VGR Char"/>
     <w:link w:val="Rubrik1"/>
     <w:uiPriority w:val="9"/>
     <w:rsid w:val="009A32ED"/>
     <w:rPr>
-      <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="MS Gothic"/>
+      <w:rFonts w:ascii="Calibri" w:eastAsia="MS Gothic" w:hAnsi="Calibri"/>
       <w:bCs/>
       <w:kern w:val="32"/>
       <w:sz w:val="48"/>
       <w:szCs w:val="32"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Allmntstyckeformat" w:customStyle="1">
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="Allmntstyckeformat">
     <w:name w:val="[Allmänt styckeformat]"/>
     <w:basedOn w:val="Normal"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:rsid w:val="001C5FEF"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:autoSpaceDE w:val="0"/>
       <w:autoSpaceDN w:val="0"/>
       <w:adjustRightInd w:val="0"/>
       <w:textAlignment w:val="center"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="MinionPro-Regular" w:hAnsi="MinionPro-Regular" w:cs="MinionPro-Regular"/>
       <w:color w:val="000000"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:styleId="SidfotChar" w:customStyle="1">
+  <w:style w:type="character" w:customStyle="1" w:styleId="SidfotChar">
     <w:name w:val="Sidfot Char"/>
     <w:link w:val="Sidfot"/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="00EE2A56"/>
     <w:rPr>
       <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
       <w:color w:val="000000"/>
       <w:sz w:val="12"/>
       <w:szCs w:val="12"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Rubrik">
     <w:name w:val="Title"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:link w:val="RubrikChar"/>
     <w:uiPriority w:val="10"/>
     <w:qFormat/>
     <w:rsid w:val="00AC3FF6"/>
     <w:pPr>
       <w:spacing w:before="240" w:after="60"/>
       <w:jc w:val="center"/>
       <w:outlineLvl w:val="0"/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="MS Gothic"/>
+      <w:rFonts w:ascii="Calibri" w:eastAsia="MS Gothic" w:hAnsi="Calibri"/>
       <w:b/>
       <w:bCs/>
       <w:kern w:val="28"/>
       <w:sz w:val="32"/>
       <w:szCs w:val="32"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="FaktarutaLista" w:customStyle="1">
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="FaktarutaLista">
     <w:name w:val="Faktaruta Lista"/>
     <w:uiPriority w:val="5"/>
     <w:semiHidden/>
     <w:qFormat/>
     <w:locked/>
     <w:rsid w:val="00617710"/>
     <w:pPr>
       <w:numPr>
         <w:numId w:val="1"/>
       </w:numPr>
       <w:spacing w:after="40"/>
       <w:ind w:left="357" w:hanging="357"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
       <w:color w:val="000000"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:styleId="RubrikChar" w:customStyle="1">
+  <w:style w:type="character" w:customStyle="1" w:styleId="RubrikChar">
     <w:name w:val="Rubrik Char"/>
     <w:link w:val="Rubrik"/>
     <w:uiPriority w:val="10"/>
     <w:rsid w:val="00F86F47"/>
     <w:rPr>
-      <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="MS Gothic"/>
+      <w:rFonts w:ascii="Calibri" w:eastAsia="MS Gothic" w:hAnsi="Calibri"/>
       <w:b/>
       <w:bCs/>
       <w:kern w:val="28"/>
       <w:sz w:val="32"/>
       <w:szCs w:val="32"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Ballongtext">
     <w:name w:val="Balloon Text"/>
     <w:basedOn w:val="Normal"/>
     <w:link w:val="BallongtextChar"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00CB0493"/>
     <w:pPr>
       <w:spacing w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Lucida Grande" w:hAnsi="Lucida Grande" w:cs="Lucida Grande"/>
       <w:sz w:val="18"/>
       <w:szCs w:val="18"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:styleId="BallongtextChar" w:customStyle="1">
+  <w:style w:type="character" w:customStyle="1" w:styleId="BallongtextChar">
     <w:name w:val="Ballongtext Char"/>
     <w:basedOn w:val="Standardstycketeckensnitt"/>
     <w:link w:val="Ballongtext"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:rsid w:val="00CB0493"/>
     <w:rPr>
       <w:rFonts w:ascii="Lucida Grande" w:hAnsi="Lucida Grande" w:cs="Lucida Grande"/>
       <w:sz w:val="18"/>
       <w:szCs w:val="18"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="Platshllartext">
     <w:name w:val="Placeholder Text"/>
     <w:basedOn w:val="Standardstycketeckensnitt"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:rsid w:val="00C9071C"/>
     <w:rPr>
       <w:color w:val="808080"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Faktarutarubrik" w:customStyle="1">
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="Faktarutarubrik">
     <w:name w:val="Faktaruta rubrik"/>
     <w:basedOn w:val="Rubrik2"/>
     <w:next w:val="FaktarutaLista"/>
     <w:uiPriority w:val="3"/>
     <w:semiHidden/>
     <w:qFormat/>
     <w:locked/>
     <w:rsid w:val="0009062C"/>
     <w:pPr>
       <w:spacing w:before="0"/>
       <w:outlineLvl w:val="2"/>
     </w:pPr>
     <w:rPr>
       <w:bCs w:val="0"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:styleId="Rubrik2Char" w:customStyle="1">
+  <w:style w:type="character" w:customStyle="1" w:styleId="Rubrik2Char">
     <w:name w:val="Rubrik 2 Char"/>
     <w:aliases w:val="Rubrik 2 VGR Char"/>
     <w:basedOn w:val="Standardstycketeckensnitt"/>
     <w:link w:val="Rubrik2"/>
     <w:uiPriority w:val="9"/>
     <w:rsid w:val="00627BEA"/>
     <w:rPr>
-      <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
       <w:bCs/>
       <w:color w:val="000000" w:themeColor="text1"/>
       <w:sz w:val="40"/>
       <w:szCs w:val="26"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:styleId="Rubrik3Char" w:customStyle="1">
+  <w:style w:type="character" w:customStyle="1" w:styleId="Rubrik3Char">
     <w:name w:val="Rubrik 3 Char"/>
     <w:aliases w:val="Rubrik 3 VGR Char"/>
     <w:basedOn w:val="Standardstycketeckensnitt"/>
     <w:link w:val="Rubrik3"/>
     <w:uiPriority w:val="9"/>
     <w:rsid w:val="00627BEA"/>
     <w:rPr>
-      <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
       <w:bCs/>
       <w:color w:val="000000" w:themeColor="text1"/>
       <w:sz w:val="36"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:styleId="Rubrik4Char" w:customStyle="1">
+  <w:style w:type="character" w:customStyle="1" w:styleId="Rubrik4Char">
     <w:name w:val="Rubrik 4 Char"/>
     <w:aliases w:val="mellanrubrik Char"/>
     <w:basedOn w:val="Standardstycketeckensnitt"/>
     <w:link w:val="Rubrik4"/>
     <w:uiPriority w:val="3"/>
     <w:semiHidden/>
     <w:rsid w:val="00A272CA"/>
     <w:rPr>
-      <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
       <w:b/>
       <w:bCs/>
       <w:iCs/>
       <w:color w:val="000000" w:themeColor="text1"/>
       <w:sz w:val="26"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:styleId="Rubrik5Char" w:customStyle="1">
+  <w:style w:type="character" w:customStyle="1" w:styleId="Rubrik5Char">
     <w:name w:val="Rubrik 5 Char"/>
     <w:basedOn w:val="Standardstycketeckensnitt"/>
     <w:link w:val="Rubrik5"/>
     <w:uiPriority w:val="9"/>
     <w:semiHidden/>
     <w:rsid w:val="002F568B"/>
     <w:rPr>
-      <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
       <w:color w:val="00304B" w:themeColor="accent1" w:themeShade="7F"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Liststycke">
     <w:name w:val="List Paragraph"/>
     <w:basedOn w:val="Normal"/>
     <w:uiPriority w:val="34"/>
     <w:qFormat/>
     <w:rsid w:val="00CB1ED7"/>
     <w:pPr>
       <w:numPr>
         <w:numId w:val="2"/>
       </w:numPr>
       <w:ind w:left="1712" w:hanging="357"/>
       <w:contextualSpacing/>
     </w:pPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Normalefterlista" w:customStyle="1">
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="Normalefterlista">
     <w:name w:val="Normal efter lista"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:uiPriority w:val="3"/>
     <w:qFormat/>
     <w:rsid w:val="0062184C"/>
     <w:pPr>
       <w:spacing w:before="200"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:eastAsia="MS Gothic"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Innehll1">
     <w:name w:val="toc 1"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:autoRedefine/>
     <w:uiPriority w:val="39"/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00960B1A"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="right" w:leader="dot" w:pos="8779"/>
       </w:tabs>
       <w:ind w:right="454"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:eastAsiaTheme="majorEastAsia"/>
       <w:noProof/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Omslagsrubrik" w:customStyle="1">
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="Omslagsrubrik">
     <w:name w:val="Omslagsrubrik"/>
     <w:basedOn w:val="Normal"/>
     <w:link w:val="OmslagsrubrikChar"/>
     <w:uiPriority w:val="3"/>
     <w:qFormat/>
     <w:rsid w:val="005A627D"/>
     <w:pPr>
       <w:spacing w:after="6000" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
       <w:sz w:val="72"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:styleId="OmslagsrubrikChar" w:customStyle="1">
+  <w:style w:type="character" w:customStyle="1" w:styleId="OmslagsrubrikChar">
     <w:name w:val="Omslagsrubrik Char"/>
     <w:basedOn w:val="Standardstycketeckensnitt"/>
     <w:link w:val="Omslagsrubrik"/>
     <w:uiPriority w:val="3"/>
     <w:rsid w:val="005A627D"/>
     <w:rPr>
       <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
       <w:sz w:val="72"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Omslagsunderrubrik" w:customStyle="1">
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="Omslagsunderrubrik">
     <w:name w:val="Omslagsunderrubrik"/>
     <w:basedOn w:val="Normal"/>
     <w:link w:val="OmslagsunderrubrikChar"/>
     <w:uiPriority w:val="3"/>
     <w:qFormat/>
     <w:rsid w:val="009533B4"/>
     <w:pPr>
       <w:contextualSpacing/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
       <w:sz w:val="32"/>
       <w:szCs w:val="44"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:styleId="OmslagsunderrubrikChar" w:customStyle="1">
+  <w:style w:type="character" w:customStyle="1" w:styleId="OmslagsunderrubrikChar">
     <w:name w:val="Omslagsunderrubrik Char"/>
     <w:basedOn w:val="Standardstycketeckensnitt"/>
     <w:link w:val="Omslagsunderrubrik"/>
     <w:uiPriority w:val="3"/>
     <w:rsid w:val="009533B4"/>
     <w:rPr>
       <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
       <w:sz w:val="32"/>
       <w:szCs w:val="44"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Innehll2">
     <w:name w:val="toc 2"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:autoRedefine/>
     <w:uiPriority w:val="39"/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00923585"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="right" w:leader="dot" w:pos="8919"/>
       </w:tabs>
       <w:ind w:left="624" w:right="0"/>
     </w:pPr>
@@ -13826,609 +13964,609 @@
   </w:style>
   <w:style w:type="paragraph" w:styleId="Innehll8">
     <w:name w:val="toc 8"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:autoRedefine/>
     <w:uiPriority w:val="39"/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00E61294"/>
     <w:pPr>
       <w:ind w:left="1680"/>
     </w:pPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Innehll9">
     <w:name w:val="toc 9"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:autoRedefine/>
     <w:uiPriority w:val="39"/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00E61294"/>
     <w:pPr>
       <w:ind w:left="1920"/>
     </w:pPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="MellanrubrikVGR" w:customStyle="1">
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="MellanrubrikVGR">
     <w:name w:val="Mellanrubrik VGR"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:uiPriority w:val="2"/>
     <w:qFormat/>
     <w:rsid w:val="00FB5086"/>
     <w:pPr>
       <w:keepNext/>
       <w:keepLines/>
       <w:widowControl w:val="0"/>
       <w:autoSpaceDE w:val="0"/>
       <w:autoSpaceDN w:val="0"/>
       <w:adjustRightInd w:val="0"/>
       <w:spacing w:before="240"/>
       <w:textAlignment w:val="center"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
       <w:b/>
       <w:color w:val="000000"/>
       <w:sz w:val="26"/>
       <w:szCs w:val="18"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="Fotnotsreferens">
     <w:name w:val="footnote reference"/>
     <w:basedOn w:val="Standardstycketeckensnitt"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00FB5086"/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Formatmall1" w:customStyle="1">
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="Formatmall1">
     <w:name w:val="Formatmall1"/>
     <w:basedOn w:val="Normal"/>
     <w:link w:val="Formatmall1Char"/>
     <w:uiPriority w:val="3"/>
     <w:semiHidden/>
     <w:qFormat/>
     <w:locked/>
     <w:rsid w:val="00FB5086"/>
     <w:pPr>
       <w:spacing w:after="0"/>
     </w:pPr>
     <w:rPr>
       <w:sz w:val="20"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:styleId="Formatmall1Char" w:customStyle="1">
+  <w:style w:type="character" w:customStyle="1" w:styleId="Formatmall1Char">
     <w:name w:val="Formatmall1 Char"/>
     <w:basedOn w:val="Standardstycketeckensnitt"/>
     <w:link w:val="Formatmall1"/>
     <w:uiPriority w:val="3"/>
     <w:semiHidden/>
     <w:rsid w:val="00A272CA"/>
     <w:rPr>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="FotnotVGR" w:customStyle="1">
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="FotnotVGR">
     <w:name w:val="Fotnot VGR"/>
     <w:basedOn w:val="Normal"/>
     <w:uiPriority w:val="3"/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:rsid w:val="00FB5086"/>
     <w:pPr>
       <w:spacing w:after="0"/>
     </w:pPr>
     <w:rPr>
       <w:sz w:val="20"/>
     </w:rPr>
   </w:style>
   <w:style w:type="table" w:styleId="Oformateradtabell2">
     <w:name w:val="Plain Table 2"/>
     <w:basedOn w:val="Normaltabell"/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="002E263F"/>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblBorders>
-        <w:top w:val="single" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80" w:sz="4" w:space="0"/>
-        <w:bottom w:val="single" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80" w:sz="4" w:space="0"/>
+        <w:top w:val="single" w:sz="4" w:space="0" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80"/>
+        <w:bottom w:val="single" w:sz="4" w:space="0" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80"/>
       </w:tblBorders>
     </w:tblPr>
     <w:tblStylePr w:type="firstRow">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
-          <w:bottom w:val="single" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80" w:sz="4" w:space="0"/>
+          <w:bottom w:val="single" w:sz="4" w:space="0" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastRow">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
-          <w:top w:val="single" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80" w:sz="4" w:space="0"/>
+          <w:top w:val="single" w:sz="4" w:space="0" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="firstCol">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastCol">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Vert">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
-          <w:left w:val="single" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80" w:sz="4" w:space="0"/>
-          <w:right w:val="single" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80" w:sz="4" w:space="0"/>
+          <w:left w:val="single" w:sz="4" w:space="0" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80"/>
+          <w:right w:val="single" w:sz="4" w:space="0" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band2Vert">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
-          <w:left w:val="single" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80" w:sz="4" w:space="0"/>
-          <w:right w:val="single" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80" w:sz="4" w:space="0"/>
+          <w:left w:val="single" w:sz="4" w:space="0" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80"/>
+          <w:right w:val="single" w:sz="4" w:space="0" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
-          <w:top w:val="single" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80" w:sz="4" w:space="0"/>
-          <w:bottom w:val="single" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80" w:sz="4" w:space="0"/>
+          <w:top w:val="single" w:sz="4" w:space="0" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80"/>
+          <w:bottom w:val="single" w:sz="4" w:space="0" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
   <w:style w:type="character" w:styleId="Hyperlnk">
     <w:name w:val="Hyperlink"/>
     <w:basedOn w:val="Standardstycketeckensnitt"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00A514B7"/>
     <w:rPr>
       <w:color w:val="006298" w:themeColor="hyperlink"/>
       <w:u w:val="single"/>
     </w:rPr>
   </w:style>
   <w:style w:type="table" w:styleId="Tabellrutnt">
     <w:name w:val="Table Grid"/>
     <w:basedOn w:val="Normaltabell"/>
     <w:uiPriority w:val="59"/>
     <w:rsid w:val="00F413D9"/>
     <w:tblPr>
       <w:tblBorders>
-        <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
-[...4 lines deleted...]
-        <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+        <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
       </w:tblBorders>
     </w:tblPr>
   </w:style>
   <w:style w:type="table" w:styleId="Ljuslista-dekorfrg1">
     <w:name w:val="Light List Accent 1"/>
     <w:aliases w:val="VGR tabell blue"/>
     <w:basedOn w:val="Normaltabell"/>
     <w:uiPriority w:val="61"/>
     <w:rsid w:val="00827E69"/>
     <w:rPr>
       <w:sz w:val="24"/>
     </w:rPr>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblBorders>
-        <w:top w:val="single" w:color="006298" w:themeColor="accent1" w:sz="4" w:space="0"/>
-[...2 lines deleted...]
-        <w:right w:val="single" w:color="006298" w:themeColor="accent1" w:sz="4" w:space="0"/>
+        <w:top w:val="single" w:sz="4" w:space="0" w:color="006298" w:themeColor="accent1"/>
+        <w:left w:val="single" w:sz="4" w:space="0" w:color="006298" w:themeColor="accent1"/>
+        <w:bottom w:val="single" w:sz="4" w:space="0" w:color="006298" w:themeColor="accent1"/>
+        <w:right w:val="single" w:sz="4" w:space="0" w:color="006298" w:themeColor="accent1"/>
       </w:tblBorders>
     </w:tblPr>
     <w:tblStylePr w:type="firstRow">
       <w:pPr>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:rPr>
         <w:b/>
         <w:bCs/>
         <w:color w:val="FFFFFF" w:themeColor="background1"/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="006298" w:themeFill="accent1"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastRow">
       <w:pPr>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
-          <w:top w:val="double" w:color="006298" w:themeColor="accent1" w:sz="6" w:space="0"/>
-[...2 lines deleted...]
-          <w:right w:val="single" w:color="006298" w:themeColor="accent1" w:sz="8" w:space="0"/>
+          <w:top w:val="double" w:sz="6" w:space="0" w:color="006298" w:themeColor="accent1"/>
+          <w:left w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
+          <w:bottom w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
+          <w:right w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="firstCol">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastCol">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Vert">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
-          <w:top w:val="single" w:color="006298" w:themeColor="accent1" w:sz="8" w:space="0"/>
-[...2 lines deleted...]
-          <w:right w:val="single" w:color="006298" w:themeColor="accent1" w:sz="8" w:space="0"/>
+          <w:top w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
+          <w:left w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
+          <w:bottom w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
+          <w:right w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
-          <w:top w:val="single" w:color="006298" w:themeColor="accent1" w:sz="8" w:space="0"/>
-[...2 lines deleted...]
-          <w:right w:val="single" w:color="006298" w:themeColor="accent1" w:sz="8" w:space="0"/>
+          <w:top w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
+          <w:left w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
+          <w:bottom w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
+          <w:right w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
   <w:style w:type="table" w:styleId="Ljustrutnt-dekorfrg6">
     <w:name w:val="Light Grid Accent 6"/>
     <w:basedOn w:val="Normaltabell"/>
     <w:uiPriority w:val="62"/>
     <w:rsid w:val="00397F54"/>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblBorders>
-        <w:top w:val="single" w:color="71B2C9" w:themeColor="accent6" w:sz="8" w:space="0"/>
-[...4 lines deleted...]
-        <w:insideV w:val="single" w:color="71B2C9" w:themeColor="accent6" w:sz="8" w:space="0"/>
+        <w:top w:val="single" w:sz="8" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
+        <w:left w:val="single" w:sz="8" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
+        <w:bottom w:val="single" w:sz="8" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
+        <w:right w:val="single" w:sz="8" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
+        <w:insideH w:val="single" w:sz="8" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
+        <w:insideV w:val="single" w:sz="8" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
       </w:tblBorders>
     </w:tblPr>
     <w:tblStylePr w:type="firstRow">
       <w:pPr>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
+        <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
         <w:b/>
         <w:bCs/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
-          <w:top w:val="single" w:color="71B2C9" w:themeColor="accent6" w:sz="8" w:space="0"/>
-[...2 lines deleted...]
-          <w:right w:val="single" w:color="71B2C9" w:themeColor="accent6" w:sz="8" w:space="0"/>
+          <w:top w:val="single" w:sz="8" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
+          <w:left w:val="single" w:sz="8" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
+          <w:bottom w:val="single" w:sz="18" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
+          <w:right w:val="single" w:sz="8" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
           <w:insideH w:val="nil"/>
-          <w:insideV w:val="single" w:color="71B2C9" w:themeColor="accent6" w:sz="8" w:space="0"/>
+          <w:insideV w:val="single" w:sz="8" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastRow">
       <w:pPr>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
+        <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
         <w:b/>
         <w:bCs/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
-          <w:top w:val="double" w:color="71B2C9" w:themeColor="accent6" w:sz="6" w:space="0"/>
-[...2 lines deleted...]
-          <w:right w:val="single" w:color="71B2C9" w:themeColor="accent6" w:sz="8" w:space="0"/>
+          <w:top w:val="double" w:sz="6" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
+          <w:left w:val="single" w:sz="8" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
+          <w:bottom w:val="single" w:sz="8" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
+          <w:right w:val="single" w:sz="8" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
           <w:insideH w:val="nil"/>
-          <w:insideV w:val="single" w:color="71B2C9" w:themeColor="accent6" w:sz="8" w:space="0"/>
+          <w:insideV w:val="single" w:sz="8" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="firstCol">
       <w:rPr>
-        <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
+        <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
         <w:b/>
         <w:bCs/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastCol">
       <w:rPr>
-        <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
+        <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
         <w:b/>
         <w:bCs/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
-          <w:top w:val="single" w:color="71B2C9" w:themeColor="accent6" w:sz="8" w:space="0"/>
-[...2 lines deleted...]
-          <w:right w:val="single" w:color="71B2C9" w:themeColor="accent6" w:sz="8" w:space="0"/>
+          <w:top w:val="single" w:sz="8" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
+          <w:left w:val="single" w:sz="8" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
+          <w:bottom w:val="single" w:sz="8" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
+          <w:right w:val="single" w:sz="8" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Vert">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
-          <w:top w:val="single" w:color="71B2C9" w:themeColor="accent6" w:sz="8" w:space="0"/>
-[...2 lines deleted...]
-          <w:right w:val="single" w:color="71B2C9" w:themeColor="accent6" w:sz="8" w:space="0"/>
+          <w:top w:val="single" w:sz="8" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
+          <w:left w:val="single" w:sz="8" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
+          <w:bottom w:val="single" w:sz="8" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
+          <w:right w:val="single" w:sz="8" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
         </w:tcBorders>
         <w:shd w:val="clear" w:color="auto" w:fill="DBEBF1" w:themeFill="accent6" w:themeFillTint="3F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
-          <w:top w:val="single" w:color="71B2C9" w:themeColor="accent6" w:sz="8" w:space="0"/>
-[...3 lines deleted...]
-          <w:insideV w:val="single" w:color="71B2C9" w:themeColor="accent6" w:sz="8" w:space="0"/>
+          <w:top w:val="single" w:sz="8" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
+          <w:left w:val="single" w:sz="8" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
+          <w:bottom w:val="single" w:sz="8" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
+          <w:right w:val="single" w:sz="8" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
+          <w:insideV w:val="single" w:sz="8" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
         </w:tcBorders>
         <w:shd w:val="clear" w:color="auto" w:fill="DBEBF1" w:themeFill="accent6" w:themeFillTint="3F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band2Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
-          <w:top w:val="single" w:color="71B2C9" w:themeColor="accent6" w:sz="8" w:space="0"/>
-[...3 lines deleted...]
-          <w:insideV w:val="single" w:color="71B2C9" w:themeColor="accent6" w:sz="8" w:space="0"/>
+          <w:top w:val="single" w:sz="8" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
+          <w:left w:val="single" w:sz="8" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
+          <w:bottom w:val="single" w:sz="8" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
+          <w:right w:val="single" w:sz="8" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
+          <w:insideV w:val="single" w:sz="8" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
   <w:style w:type="table" w:styleId="Ljustrutnt-dekorfrg1">
     <w:name w:val="Light Grid Accent 1"/>
     <w:basedOn w:val="Normaltabell"/>
     <w:uiPriority w:val="62"/>
     <w:rsid w:val="00397F54"/>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblBorders>
-        <w:top w:val="single" w:color="006298" w:themeColor="accent1" w:sz="8" w:space="0"/>
-[...4 lines deleted...]
-        <w:insideV w:val="single" w:color="006298" w:themeColor="accent1" w:sz="8" w:space="0"/>
+        <w:top w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
+        <w:left w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
+        <w:bottom w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
+        <w:right w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
+        <w:insideH w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
+        <w:insideV w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
       </w:tblBorders>
     </w:tblPr>
     <w:tblStylePr w:type="firstRow">
       <w:pPr>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
+        <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
         <w:b/>
         <w:bCs/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
-          <w:top w:val="single" w:color="006298" w:themeColor="accent1" w:sz="8" w:space="0"/>
-[...2 lines deleted...]
-          <w:right w:val="single" w:color="006298" w:themeColor="accent1" w:sz="8" w:space="0"/>
+          <w:top w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
+          <w:left w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
+          <w:bottom w:val="single" w:sz="18" w:space="0" w:color="006298" w:themeColor="accent1"/>
+          <w:right w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
           <w:insideH w:val="nil"/>
-          <w:insideV w:val="single" w:color="006298" w:themeColor="accent1" w:sz="8" w:space="0"/>
+          <w:insideV w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastRow">
       <w:pPr>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
+        <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
         <w:b/>
         <w:bCs/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
-          <w:top w:val="double" w:color="006298" w:themeColor="accent1" w:sz="6" w:space="0"/>
-[...2 lines deleted...]
-          <w:right w:val="single" w:color="006298" w:themeColor="accent1" w:sz="8" w:space="0"/>
+          <w:top w:val="double" w:sz="6" w:space="0" w:color="006298" w:themeColor="accent1"/>
+          <w:left w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
+          <w:bottom w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
+          <w:right w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
           <w:insideH w:val="nil"/>
-          <w:insideV w:val="single" w:color="006298" w:themeColor="accent1" w:sz="8" w:space="0"/>
+          <w:insideV w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="firstCol">
       <w:rPr>
-        <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
+        <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
         <w:b/>
         <w:bCs/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastCol">
       <w:rPr>
-        <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
+        <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
         <w:b/>
         <w:bCs/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
-          <w:top w:val="single" w:color="006298" w:themeColor="accent1" w:sz="8" w:space="0"/>
-[...2 lines deleted...]
-          <w:right w:val="single" w:color="006298" w:themeColor="accent1" w:sz="8" w:space="0"/>
+          <w:top w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
+          <w:left w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
+          <w:bottom w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
+          <w:right w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Vert">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
-          <w:top w:val="single" w:color="006298" w:themeColor="accent1" w:sz="8" w:space="0"/>
-[...2 lines deleted...]
-          <w:right w:val="single" w:color="006298" w:themeColor="accent1" w:sz="8" w:space="0"/>
+          <w:top w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
+          <w:left w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
+          <w:bottom w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
+          <w:right w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
         </w:tcBorders>
         <w:shd w:val="clear" w:color="auto" w:fill="A6DFFF" w:themeFill="accent1" w:themeFillTint="3F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
-          <w:top w:val="single" w:color="006298" w:themeColor="accent1" w:sz="8" w:space="0"/>
-[...3 lines deleted...]
-          <w:insideV w:val="single" w:color="006298" w:themeColor="accent1" w:sz="8" w:space="0"/>
+          <w:top w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
+          <w:left w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
+          <w:bottom w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
+          <w:right w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
+          <w:insideV w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
         </w:tcBorders>
         <w:shd w:val="clear" w:color="auto" w:fill="A6DFFF" w:themeFill="accent1" w:themeFillTint="3F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band2Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
-          <w:top w:val="single" w:color="006298" w:themeColor="accent1" w:sz="8" w:space="0"/>
-[...3 lines deleted...]
-          <w:insideV w:val="single" w:color="006298" w:themeColor="accent1" w:sz="8" w:space="0"/>
+          <w:top w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
+          <w:left w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
+          <w:bottom w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
+          <w:right w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
+          <w:insideV w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
   <w:style w:type="table" w:styleId="Mellanmrkskuggning1-dekorfrg1">
     <w:name w:val="Medium Shading 1 Accent 1"/>
     <w:basedOn w:val="Normaltabell"/>
     <w:uiPriority w:val="63"/>
     <w:rsid w:val="00397F54"/>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblBorders>
-        <w:top w:val="single" w:color="009BF1" w:themeColor="accent1" w:themeTint="BF" w:sz="8" w:space="0"/>
-[...3 lines deleted...]
-        <w:insideH w:val="single" w:color="009BF1" w:themeColor="accent1" w:themeTint="BF" w:sz="8" w:space="0"/>
+        <w:top w:val="single" w:sz="8" w:space="0" w:color="009BF1" w:themeColor="accent1" w:themeTint="BF"/>
+        <w:left w:val="single" w:sz="8" w:space="0" w:color="009BF1" w:themeColor="accent1" w:themeTint="BF"/>
+        <w:bottom w:val="single" w:sz="8" w:space="0" w:color="009BF1" w:themeColor="accent1" w:themeTint="BF"/>
+        <w:right w:val="single" w:sz="8" w:space="0" w:color="009BF1" w:themeColor="accent1" w:themeTint="BF"/>
+        <w:insideH w:val="single" w:sz="8" w:space="0" w:color="009BF1" w:themeColor="accent1" w:themeTint="BF"/>
       </w:tblBorders>
     </w:tblPr>
     <w:tblStylePr w:type="firstRow">
       <w:pPr>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:rPr>
         <w:b/>
         <w:bCs/>
         <w:color w:val="FFFFFF" w:themeColor="background1"/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
-          <w:top w:val="single" w:color="009BF1" w:themeColor="accent1" w:themeTint="BF" w:sz="8" w:space="0"/>
-[...2 lines deleted...]
-          <w:right w:val="single" w:color="009BF1" w:themeColor="accent1" w:themeTint="BF" w:sz="8" w:space="0"/>
+          <w:top w:val="single" w:sz="8" w:space="0" w:color="009BF1" w:themeColor="accent1" w:themeTint="BF"/>
+          <w:left w:val="single" w:sz="8" w:space="0" w:color="009BF1" w:themeColor="accent1" w:themeTint="BF"/>
+          <w:bottom w:val="single" w:sz="8" w:space="0" w:color="009BF1" w:themeColor="accent1" w:themeTint="BF"/>
+          <w:right w:val="single" w:sz="8" w:space="0" w:color="009BF1" w:themeColor="accent1" w:themeTint="BF"/>
           <w:insideH w:val="nil"/>
           <w:insideV w:val="nil"/>
         </w:tcBorders>
         <w:shd w:val="clear" w:color="auto" w:fill="006298" w:themeFill="accent1"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastRow">
       <w:pPr>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
-          <w:top w:val="double" w:color="009BF1" w:themeColor="accent1" w:themeTint="BF" w:sz="6" w:space="0"/>
-[...2 lines deleted...]
-          <w:right w:val="single" w:color="009BF1" w:themeColor="accent1" w:themeTint="BF" w:sz="8" w:space="0"/>
+          <w:top w:val="double" w:sz="6" w:space="0" w:color="009BF1" w:themeColor="accent1" w:themeTint="BF"/>
+          <w:left w:val="single" w:sz="8" w:space="0" w:color="009BF1" w:themeColor="accent1" w:themeTint="BF"/>
+          <w:bottom w:val="single" w:sz="8" w:space="0" w:color="009BF1" w:themeColor="accent1" w:themeTint="BF"/>
+          <w:right w:val="single" w:sz="8" w:space="0" w:color="009BF1" w:themeColor="accent1" w:themeTint="BF"/>
           <w:insideH w:val="nil"/>
           <w:insideV w:val="nil"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="firstCol">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastCol">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Vert">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="A6DFFF" w:themeFill="accent1" w:themeFillTint="3F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
@@ -14437,94 +14575,94 @@
           <w:insideH w:val="nil"/>
           <w:insideV w:val="nil"/>
         </w:tcBorders>
         <w:shd w:val="clear" w:color="auto" w:fill="A6DFFF" w:themeFill="accent1" w:themeFillTint="3F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band2Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:insideH w:val="nil"/>
           <w:insideV w:val="nil"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
   <w:style w:type="table" w:styleId="Mellanmrkskuggning1-dekorfrg6">
     <w:name w:val="Medium Shading 1 Accent 6"/>
     <w:basedOn w:val="Normaltabell"/>
     <w:uiPriority w:val="63"/>
     <w:rsid w:val="00397F54"/>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblBorders>
-        <w:top w:val="single" w:color="94C5D6" w:themeColor="accent6" w:themeTint="BF" w:sz="8" w:space="0"/>
-[...3 lines deleted...]
-        <w:insideH w:val="single" w:color="94C5D6" w:themeColor="accent6" w:themeTint="BF" w:sz="8" w:space="0"/>
+        <w:top w:val="single" w:sz="8" w:space="0" w:color="94C5D6" w:themeColor="accent6" w:themeTint="BF"/>
+        <w:left w:val="single" w:sz="8" w:space="0" w:color="94C5D6" w:themeColor="accent6" w:themeTint="BF"/>
+        <w:bottom w:val="single" w:sz="8" w:space="0" w:color="94C5D6" w:themeColor="accent6" w:themeTint="BF"/>
+        <w:right w:val="single" w:sz="8" w:space="0" w:color="94C5D6" w:themeColor="accent6" w:themeTint="BF"/>
+        <w:insideH w:val="single" w:sz="8" w:space="0" w:color="94C5D6" w:themeColor="accent6" w:themeTint="BF"/>
       </w:tblBorders>
     </w:tblPr>
     <w:tblStylePr w:type="firstRow">
       <w:pPr>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:rPr>
         <w:b/>
         <w:bCs/>
         <w:color w:val="FFFFFF" w:themeColor="background1"/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
-          <w:top w:val="single" w:color="94C5D6" w:themeColor="accent6" w:themeTint="BF" w:sz="8" w:space="0"/>
-[...2 lines deleted...]
-          <w:right w:val="single" w:color="94C5D6" w:themeColor="accent6" w:themeTint="BF" w:sz="8" w:space="0"/>
+          <w:top w:val="single" w:sz="8" w:space="0" w:color="94C5D6" w:themeColor="accent6" w:themeTint="BF"/>
+          <w:left w:val="single" w:sz="8" w:space="0" w:color="94C5D6" w:themeColor="accent6" w:themeTint="BF"/>
+          <w:bottom w:val="single" w:sz="8" w:space="0" w:color="94C5D6" w:themeColor="accent6" w:themeTint="BF"/>
+          <w:right w:val="single" w:sz="8" w:space="0" w:color="94C5D6" w:themeColor="accent6" w:themeTint="BF"/>
           <w:insideH w:val="nil"/>
           <w:insideV w:val="nil"/>
         </w:tcBorders>
         <w:shd w:val="clear" w:color="auto" w:fill="71B2C9" w:themeFill="accent6"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastRow">
       <w:pPr>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
-          <w:top w:val="double" w:color="94C5D6" w:themeColor="accent6" w:themeTint="BF" w:sz="6" w:space="0"/>
-[...2 lines deleted...]
-          <w:right w:val="single" w:color="94C5D6" w:themeColor="accent6" w:themeTint="BF" w:sz="8" w:space="0"/>
+          <w:top w:val="double" w:sz="6" w:space="0" w:color="94C5D6" w:themeColor="accent6" w:themeTint="BF"/>
+          <w:left w:val="single" w:sz="8" w:space="0" w:color="94C5D6" w:themeColor="accent6" w:themeTint="BF"/>
+          <w:bottom w:val="single" w:sz="8" w:space="0" w:color="94C5D6" w:themeColor="accent6" w:themeTint="BF"/>
+          <w:right w:val="single" w:sz="8" w:space="0" w:color="94C5D6" w:themeColor="accent6" w:themeTint="BF"/>
           <w:insideH w:val="nil"/>
           <w:insideV w:val="nil"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="firstCol">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastCol">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Vert">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="DBEBF1" w:themeFill="accent6" w:themeFillTint="3F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
@@ -14533,496 +14671,496 @@
           <w:insideH w:val="nil"/>
           <w:insideV w:val="nil"/>
         </w:tcBorders>
         <w:shd w:val="clear" w:color="auto" w:fill="DBEBF1" w:themeFill="accent6" w:themeFillTint="3F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band2Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:insideH w:val="nil"/>
           <w:insideV w:val="nil"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
   <w:style w:type="table" w:styleId="Ljuslista-dekorfrg6">
     <w:name w:val="Light List Accent 6"/>
     <w:basedOn w:val="Normaltabell"/>
     <w:uiPriority w:val="61"/>
     <w:rsid w:val="00397F54"/>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblBorders>
-        <w:top w:val="single" w:color="71B2C9" w:themeColor="accent6" w:sz="8" w:space="0"/>
-[...2 lines deleted...]
-        <w:right w:val="single" w:color="71B2C9" w:themeColor="accent6" w:sz="8" w:space="0"/>
+        <w:top w:val="single" w:sz="8" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
+        <w:left w:val="single" w:sz="8" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
+        <w:bottom w:val="single" w:sz="8" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
+        <w:right w:val="single" w:sz="8" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
       </w:tblBorders>
     </w:tblPr>
     <w:tblStylePr w:type="firstRow">
       <w:pPr>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:rPr>
         <w:b/>
         <w:bCs/>
         <w:color w:val="FFFFFF" w:themeColor="background1"/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="71B2C9" w:themeFill="accent6"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastRow">
       <w:pPr>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
-          <w:top w:val="double" w:color="71B2C9" w:themeColor="accent6" w:sz="6" w:space="0"/>
-[...2 lines deleted...]
-          <w:right w:val="single" w:color="71B2C9" w:themeColor="accent6" w:sz="8" w:space="0"/>
+          <w:top w:val="double" w:sz="6" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
+          <w:left w:val="single" w:sz="8" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
+          <w:bottom w:val="single" w:sz="8" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
+          <w:right w:val="single" w:sz="8" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="firstCol">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastCol">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Vert">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
-          <w:top w:val="single" w:color="71B2C9" w:themeColor="accent6" w:sz="8" w:space="0"/>
-[...2 lines deleted...]
-          <w:right w:val="single" w:color="71B2C9" w:themeColor="accent6" w:sz="8" w:space="0"/>
+          <w:top w:val="single" w:sz="8" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
+          <w:left w:val="single" w:sz="8" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
+          <w:bottom w:val="single" w:sz="8" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
+          <w:right w:val="single" w:sz="8" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
-          <w:top w:val="single" w:color="71B2C9" w:themeColor="accent6" w:sz="8" w:space="0"/>
-[...2 lines deleted...]
-          <w:right w:val="single" w:color="71B2C9" w:themeColor="accent6" w:sz="8" w:space="0"/>
+          <w:top w:val="single" w:sz="8" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
+          <w:left w:val="single" w:sz="8" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
+          <w:bottom w:val="single" w:sz="8" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
+          <w:right w:val="single" w:sz="8" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
   <w:style w:type="table" w:styleId="Ljusskuggning-dekorfrg1">
     <w:name w:val="Light Shading Accent 1"/>
     <w:basedOn w:val="Normaltabell"/>
     <w:uiPriority w:val="60"/>
     <w:rsid w:val="00C4115D"/>
     <w:rPr>
       <w:color w:val="004971" w:themeColor="accent1" w:themeShade="BF"/>
     </w:rPr>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblBorders>
-        <w:top w:val="single" w:color="006298" w:themeColor="accent1" w:sz="8" w:space="0"/>
-        <w:bottom w:val="single" w:color="006298" w:themeColor="accent1" w:sz="8" w:space="0"/>
+        <w:top w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
+        <w:bottom w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
       </w:tblBorders>
     </w:tblPr>
     <w:tblStylePr w:type="firstRow">
       <w:pPr>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
-          <w:top w:val="single" w:color="006298" w:themeColor="accent1" w:sz="8" w:space="0"/>
+          <w:top w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
           <w:left w:val="nil"/>
-          <w:bottom w:val="single" w:color="006298" w:themeColor="accent1" w:sz="8" w:space="0"/>
+          <w:bottom w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
           <w:right w:val="nil"/>
           <w:insideH w:val="nil"/>
           <w:insideV w:val="nil"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastRow">
       <w:pPr>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
-          <w:top w:val="single" w:color="006298" w:themeColor="accent1" w:sz="8" w:space="0"/>
+          <w:top w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
           <w:left w:val="nil"/>
-          <w:bottom w:val="single" w:color="006298" w:themeColor="accent1" w:sz="8" w:space="0"/>
+          <w:bottom w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
           <w:right w:val="nil"/>
           <w:insideH w:val="nil"/>
           <w:insideV w:val="nil"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="firstCol">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastCol">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Vert">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:left w:val="nil"/>
           <w:right w:val="nil"/>
           <w:insideH w:val="nil"/>
           <w:insideV w:val="nil"/>
         </w:tcBorders>
         <w:shd w:val="clear" w:color="auto" w:fill="A6DFFF" w:themeFill="accent1" w:themeFillTint="3F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:left w:val="nil"/>
           <w:right w:val="nil"/>
           <w:insideH w:val="nil"/>
           <w:insideV w:val="nil"/>
         </w:tcBorders>
         <w:shd w:val="clear" w:color="auto" w:fill="A6DFFF" w:themeFill="accent1" w:themeFillTint="3F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="table" w:styleId="VGRtabell" w:customStyle="1">
+  <w:style w:type="table" w:customStyle="1" w:styleId="VGRtabell">
     <w:name w:val="VGR tabell"/>
     <w:basedOn w:val="Normaltabell"/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="00016CF0"/>
     <w:pPr>
       <w:contextualSpacing/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
       <w:sz w:val="24"/>
     </w:rPr>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblBorders>
-        <w:top w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="4" w:space="0"/>
-[...4 lines deleted...]
-        <w:insideV w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="4" w:space="0"/>
+        <w:top w:val="single" w:sz="4" w:space="0" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
+        <w:left w:val="single" w:sz="4" w:space="0" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
+        <w:bottom w:val="single" w:sz="4" w:space="0" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
+        <w:right w:val="single" w:sz="4" w:space="0" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
+        <w:insideH w:val="single" w:sz="4" w:space="0" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
+        <w:insideV w:val="single" w:sz="4" w:space="0" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
       </w:tblBorders>
     </w:tblPr>
     <w:trPr>
       <w:cantSplit/>
     </w:trPr>
     <w:tcPr>
       <w:tcMar>
         <w:top w:w="113" w:type="dxa"/>
         <w:bottom w:w="113" w:type="dxa"/>
       </w:tcMar>
       <w:vAlign w:val="center"/>
     </w:tcPr>
     <w:tblStylePr w:type="firstRow">
       <w:rPr>
         <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
         <w:b/>
         <w:bCs/>
         <w:sz w:val="24"/>
       </w:rPr>
       <w:tblPr/>
       <w:trPr>
         <w:tblHeader/>
       </w:trPr>
       <w:tcPr>
         <w:tcBorders>
-          <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+          <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastRow">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
-          <w:top w:val="double" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="4" w:space="0"/>
+          <w:top w:val="double" w:sz="4" w:space="0" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="firstCol">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastCol">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Vert">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="table" w:styleId="Oformateradtabell51" w:customStyle="1">
+  <w:style w:type="table" w:customStyle="1" w:styleId="Oformateradtabell51">
     <w:name w:val="Oformaterad tabell 51"/>
     <w:basedOn w:val="Normaltabell"/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="008E682C"/>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
     </w:tblPr>
     <w:tblStylePr w:type="firstRow">
       <w:rPr>
-        <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
+        <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
         <w:i/>
         <w:iCs/>
         <w:sz w:val="26"/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
-          <w:bottom w:val="single" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80" w:sz="4" w:space="0"/>
+          <w:bottom w:val="single" w:sz="4" w:space="0" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80"/>
         </w:tcBorders>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastRow">
       <w:rPr>
-        <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
+        <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
         <w:i/>
         <w:iCs/>
         <w:sz w:val="26"/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
-          <w:top w:val="single" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80" w:sz="4" w:space="0"/>
+          <w:top w:val="single" w:sz="4" w:space="0" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80"/>
         </w:tcBorders>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="firstCol">
       <w:pPr>
         <w:jc w:val="right"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
+        <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
         <w:i/>
         <w:iCs/>
         <w:sz w:val="26"/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
-          <w:right w:val="single" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80" w:sz="4" w:space="0"/>
+          <w:right w:val="single" w:sz="4" w:space="0" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80"/>
         </w:tcBorders>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastCol">
       <w:rPr>
-        <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
+        <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
         <w:i/>
         <w:iCs/>
         <w:sz w:val="26"/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
-          <w:left w:val="single" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80" w:sz="4" w:space="0"/>
+          <w:left w:val="single" w:sz="4" w:space="0" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80"/>
         </w:tcBorders>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Vert">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="neCell">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:left w:val="nil"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="nwCell">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:right w:val="nil"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="seCell">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:left w:val="nil"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="swCell">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:right w:val="nil"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Tabellrubrik" w:customStyle="1">
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="Tabellrubrik">
     <w:name w:val="Tabellrubrik"/>
     <w:basedOn w:val="Normal"/>
     <w:uiPriority w:val="3"/>
     <w:semiHidden/>
     <w:qFormat/>
     <w:rsid w:val="00B33FDD"/>
     <w:pPr>
       <w:spacing w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
       <w:bCs/>
       <w:color w:val="000000" w:themeColor="text1"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Punktlista">
     <w:name w:val="List Bullet"/>
     <w:basedOn w:val="Normal"/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:rsid w:val="00CB1ED7"/>
     <w:pPr>
       <w:numPr>
         <w:numId w:val="3"/>
       </w:numPr>
       <w:ind w:left="1712" w:hanging="357"/>
       <w:contextualSpacing/>
     </w:pPr>
   </w:style>
   <w:style w:type="table" w:styleId="Oformateradtabell3">
     <w:name w:val="Plain Table 3"/>
     <w:basedOn w:val="Normaltabell"/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="002E263F"/>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
     </w:tblPr>
     <w:tblStylePr w:type="firstRow">
       <w:rPr>
         <w:b/>
         <w:bCs/>
         <w:caps/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
-          <w:bottom w:val="single" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80" w:sz="4" w:space="0"/>
+          <w:bottom w:val="single" w:sz="4" w:space="0" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastRow">
       <w:rPr>
         <w:b/>
         <w:bCs/>
         <w:caps/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:top w:val="nil"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="firstCol">
       <w:rPr>
         <w:b/>
         <w:bCs/>
         <w:caps/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
-          <w:right w:val="single" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80" w:sz="4" w:space="0"/>
+          <w:right w:val="single" w:sz="4" w:space="0" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastCol">
       <w:rPr>
         <w:b/>
         <w:bCs/>
         <w:caps/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:left w:val="nil"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Vert">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
@@ -15089,346 +15227,344 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Beskrivning">
     <w:name w:val="caption"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:uiPriority w:val="35"/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:rsid w:val="00404948"/>
     <w:pPr>
       <w:spacing w:after="200" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:i/>
       <w:iCs/>
       <w:color w:val="000000" w:themeColor="text2"/>
       <w:sz w:val="18"/>
       <w:szCs w:val="18"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:styleId="SidhuvudChar" w:customStyle="1">
+  <w:style w:type="character" w:customStyle="1" w:styleId="SidhuvudChar">
     <w:name w:val="Sidhuvud Char"/>
     <w:basedOn w:val="Standardstycketeckensnitt"/>
     <w:link w:val="Sidhuvud"/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="00133A0F"/>
     <w:rPr>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:styleId="Rubrik9Char" w:customStyle="1">
+  <w:style w:type="character" w:customStyle="1" w:styleId="Rubrik9Char">
     <w:name w:val="Rubrik 9 Char"/>
     <w:basedOn w:val="Standardstycketeckensnitt"/>
     <w:link w:val="Rubrik9"/>
     <w:uiPriority w:val="9"/>
     <w:semiHidden/>
     <w:rsid w:val="009A32ED"/>
     <w:rPr>
-      <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
       <w:i/>
       <w:iCs/>
       <w:color w:val="272727" w:themeColor="text1" w:themeTint="D8"/>
       <w:sz w:val="21"/>
       <w:szCs w:val="21"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Brdtext">
     <w:name w:val="Body Text"/>
     <w:aliases w:val="(=Löpande text)"/>
     <w:link w:val="BrdtextChar"/>
     <w:rsid w:val="009A32ED"/>
     <w:pPr>
       <w:spacing w:after="160"/>
       <w:ind w:left="2676"/>
     </w:pPr>
     <w:rPr>
       <w:sz w:val="24"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:styleId="BrdtextChar" w:customStyle="1">
+  <w:style w:type="character" w:customStyle="1" w:styleId="BrdtextChar">
     <w:name w:val="Brödtext Char"/>
     <w:aliases w:val="(=Löpande text) Char"/>
     <w:basedOn w:val="Standardstycketeckensnitt"/>
     <w:link w:val="Brdtext"/>
     <w:rsid w:val="009A32ED"/>
     <w:rPr>
       <w:sz w:val="24"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Tabell" w:customStyle="1">
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="Tabell">
     <w:name w:val="Tabell"/>
     <w:link w:val="TabellChar"/>
     <w:qFormat/>
     <w:rsid w:val="009A32ED"/>
     <w:pPr>
       <w:spacing w:line="288" w:lineRule="auto"/>
       <w:ind w:right="-142"/>
     </w:pPr>
     <w:rPr>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:styleId="TabellChar" w:customStyle="1">
+  <w:style w:type="character" w:customStyle="1" w:styleId="TabellChar">
     <w:name w:val="Tabell Char"/>
     <w:basedOn w:val="Standardstycketeckensnitt"/>
     <w:link w:val="Tabell"/>
     <w:rsid w:val="009A32ED"/>
     <w:rPr>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Fotnotstext">
     <w:name w:val="footnote text"/>
     <w:basedOn w:val="Normal"/>
     <w:link w:val="FotnotstextChar"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00F91867"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:sz w:val="20"/>
       <w:szCs w:val="20"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:styleId="FotnotstextChar" w:customStyle="1">
+  <w:style w:type="character" w:customStyle="1" w:styleId="FotnotstextChar">
     <w:name w:val="Fotnotstext Char"/>
     <w:basedOn w:val="Standardstycketeckensnitt"/>
     <w:link w:val="Fotnotstext"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:rsid w:val="00F91867"/>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Innehllsfrteckningsrubrik">
     <w:name w:val="TOC Heading"/>
     <w:basedOn w:val="Rubrik1"/>
     <w:next w:val="Normal"/>
     <w:uiPriority w:val="39"/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:rsid w:val="00E54D4E"/>
     <w:pPr>
       <w:keepLines/>
       <w:spacing w:before="240" w:after="0"/>
       <w:ind w:right="868"/>
       <w:contextualSpacing w:val="0"/>
       <w:outlineLvl w:val="9"/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
       <w:bCs w:val="0"/>
       <w:color w:val="004971" w:themeColor="accent1" w:themeShade="BF"/>
       <w:kern w:val="0"/>
       <w:sz w:val="32"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Ingresstext" w:customStyle="1">
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="Ingresstext">
     <w:name w:val="Ingresstext"/>
     <w:basedOn w:val="Normal"/>
     <w:rsid w:val="00C0345F"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:tabs>
         <w:tab w:val="left" w:pos="227"/>
       </w:tabs>
       <w:autoSpaceDE w:val="0"/>
       <w:autoSpaceDN w:val="0"/>
       <w:adjustRightInd w:val="0"/>
       <w:spacing w:after="100" w:afterAutospacing="1" w:line="260" w:lineRule="atLeast"/>
       <w:ind w:left="0" w:right="0"/>
       <w:textAlignment w:val="center"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
       <w:b/>
       <w:color w:val="000000"/>
       <w:sz w:val="28"/>
       <w:szCs w:val="20"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Mellanrubrik" w:customStyle="1">
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="Mellanrubrik">
     <w:name w:val="Mellanrubrik"/>
     <w:basedOn w:val="Normal"/>
     <w:rsid w:val="00C0345F"/>
     <w:pPr>
       <w:keepNext/>
       <w:keepLines/>
       <w:widowControl w:val="0"/>
       <w:autoSpaceDE w:val="0"/>
       <w:autoSpaceDN w:val="0"/>
       <w:adjustRightInd w:val="0"/>
       <w:spacing w:after="0" w:line="220" w:lineRule="atLeast"/>
       <w:ind w:left="0" w:right="0"/>
       <w:textAlignment w:val="center"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
       <w:b/>
       <w:color w:val="000000"/>
       <w:szCs w:val="18"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Normalwebb">
     <w:name w:val="Normal (Web)"/>
     <w:basedOn w:val="Normal"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00C0345F"/>
     <w:pPr>
       <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
       <w:ind w:left="0" w:right="0"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="AnvndHyperlnk">
     <w:name w:val="FollowedHyperlink"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00C0345F"/>
     <w:rPr>
       <w:color w:val="954F72"/>
       <w:u w:val="single"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Default" w:customStyle="1">
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="Default">
     <w:name w:val="Default"/>
     <w:rsid w:val="00C0345F"/>
     <w:pPr>
       <w:autoSpaceDE w:val="0"/>
       <w:autoSpaceDN w:val="0"/>
       <w:adjustRightInd w:val="0"/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Calibri" w:cs="Arial"/>
+      <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
       <w:color w:val="000000"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
       <w:lang w:eastAsia="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="Kommentarsreferens">
     <w:name w:val="annotation reference"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00C0345F"/>
     <w:rPr>
       <w:sz w:val="16"/>
       <w:szCs w:val="16"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Kommentarer">
     <w:name w:val="annotation text"/>
     <w:basedOn w:val="Normal"/>
     <w:link w:val="KommentarerChar"/>
     <w:uiPriority w:val="99"/>
-    <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00C0345F"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:ind w:left="0" w:right="0"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
       <w:sz w:val="20"/>
       <w:szCs w:val="20"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:styleId="KommentarerChar" w:customStyle="1">
+  <w:style w:type="character" w:customStyle="1" w:styleId="KommentarerChar">
     <w:name w:val="Kommentarer Char"/>
     <w:basedOn w:val="Standardstycketeckensnitt"/>
     <w:link w:val="Kommentarer"/>
     <w:uiPriority w:val="99"/>
-    <w:semiHidden/>
     <w:rsid w:val="00C0345F"/>
     <w:rPr>
       <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Kommentarsmne">
     <w:name w:val="annotation subject"/>
     <w:basedOn w:val="Kommentarer"/>
     <w:next w:val="Kommentarer"/>
     <w:link w:val="KommentarsmneChar"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00C0345F"/>
     <w:rPr>
       <w:b/>
       <w:bCs/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:styleId="KommentarsmneChar" w:customStyle="1">
+  <w:style w:type="character" w:customStyle="1" w:styleId="KommentarsmneChar">
     <w:name w:val="Kommentarsämne Char"/>
     <w:basedOn w:val="KommentarerChar"/>
     <w:link w:val="Kommentarsmne"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:rsid w:val="00C0345F"/>
     <w:rPr>
       <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
       <w:b/>
       <w:bCs/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="Olstomnmnande">
     <w:name w:val="Unresolved Mention"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00C0345F"/>
     <w:rPr>
       <w:color w:val="605E5C"/>
       <w:shd w:val="clear" w:color="auto" w:fill="E1DFDD"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:styleId="rubrik0" w:customStyle="1">
+  <w:style w:type="character" w:customStyle="1" w:styleId="rubrik0">
     <w:name w:val="rubrik"/>
     <w:basedOn w:val="Standardstycketeckensnitt"/>
     <w:rsid w:val="00C0345F"/>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:divs>
     <w:div w:id="198055238">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="218060363">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
@@ -15443,92 +15579,59 @@
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="1230919038">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
   </w:divs>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
-<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://regionservice.vgregion.se/RNS/prodnarservice/tvatt/" TargetMode="External" Id="rId26" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mellanarkiv-offentlig.vgregion.se/alfresco/s/archive/stream/public/v1/source/available/SOFIA/SKAS9729-602154698-23/SURROGATE/V%c3%a5rdhygieniska%20riskfaktorer%20f%c3%b6r%20smittspridning%20i%20v%c3%a5rd%20och%20omsorg.pdf" TargetMode="External" Id="rId21" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vardhandboken.se/" TargetMode="External" Id="rId42" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vardhandboken.se/Uppsala-lan/vardhygien-infektioner-och-smittspridning/stadning-och-rengoring/avfall-farligt/" TargetMode="External" Id="rId47" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sis.se/api/document/get/105529" TargetMode="External" Id="rId63" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sis.se/api/document/get/8027845" TargetMode="External" Id="rId68" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://alfresco.vgregion.se/alfresco/service/vgr/storage/node/content/25122/Lungtuberkulos%2c%20v%c3%a5rd%20av%20patient%20med%20misst%c3%a4nkt%20eller%20konstaterad%20lungtuberkulos.pdf?a=false&amp;guest=true" TargetMode="External" Id="rId16" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vardhandboken.se/vardhygien-infektioner-och-smittspridning/stadning-och-rengoring/desinfektion/desinfektion-av-ytor/" TargetMode="External" Id="rId11" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://s3-eu-west-1.amazonaws.com/static.wm3.se/sites/16/media/602468_H%C3%B6g_luftfuktighet_p%C3%A5verkan_p%C3%A5_sterilt_gods_och_f%C3%B6rslag_till_%C3%A5tg%C3%A4rder.pdf?1623228801" TargetMode="External" Id="rId32" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://s3-eu-west-1.amazonaws.com/static.wm3.se/sites/16/media/371795_Riktlinjer_f%C3%B6r_l%C3%A5neinstrument_2019-10-10__ver_4.pdf?1577799431" TargetMode="External" Id="rId37" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vardhandboken.se/arbetssatt-och-ansvar/stick--och-skarskador-samt-exponering-med-risk-for-blodburen-smitta-hos-personal/oversikt/" TargetMode="External" Id="rId53" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://alfresco.vgregion.se/alfresco/service/vgr/storage/node/content/25122/Lungtuberkulos%2c%20v%c3%a5rd%20av%20patient%20med%20misst%c3%a4nkt%20eller%20konstaterad%20lungtuberkulos.pdf?a=false&amp;guest=true" TargetMode="External" Id="rId58" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml" Id="rId74" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml" Id="rId5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://s3-eu-west-1.amazonaws.com/static.wm3.se/sites/16/media/602468_H%C3%B6g_luftfuktighet_p%C3%A5verkan_p%C3%A5_sterilt_gods_och_f%C3%B6rslag_till_%C3%A5tg%C3%A4rder.pdf?1623228801" TargetMode="External" Id="rId61" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vardhandboken.se/vardhygien-infektioner-och-smittspridning/infektioner-och-smittspridning/herpesinfektioner-vard-och-behandling/" TargetMode="External" Id="rId19" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mellanarkiv-offentlig.vgregion.se/alfresco/s/archive/stream/public/v1/source/available/sofia/skas9729-602154698-2/surrogate/Basal%20hygien%20och%20kl%c3%a4dregler.pdf" TargetMode="External" Id="rId14" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mellanarkiv-offentlig.vgregion.se/alfresco/s/archive/stream/public/v1/source/available/sofia/skas9729-602154698-13/surrogate/Preoperativ%20helkroppsdesinfektion.pdf" TargetMode="External" Id="rId22" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vardhandboken.se/Uppsala-lan/vardhygien-infektioner-och-smittspridning/stadning-och-rengoring/tvatthantering/smutstvatt/" TargetMode="External" Id="rId27" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sis.se/api/document/get/105529" TargetMode="External" Id="rId30" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vardhandboken.se/vardhygien-infektioner-och-smittspridning/desinfektion-och-sterilisering-av-produkter/medicintekniska-produkter-sterilisering/" TargetMode="External" Id="rId35" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vardhandboken.se/vardhygien-infektioner-och-smittspridning/operationssjukvard/" TargetMode="External" Id="rId43" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vardhandboken.se/Uppsala-lan/vardhygien-infektioner-och-smittspridning/stadning-och-rengoring/tvatthantering/smutstvatt/" TargetMode="External" Id="rId48" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://alfresco.vgregion.se/alfresco/service/vgr/storage/node/content/23610/Smittf%c3%b6rande%20avfall.pdf?a=false&amp;guest=true" TargetMode="External" Id="rId56" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sis.se/api/document/get/101460" TargetMode="External" Id="rId64" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sis.se/api/document/get/8027846" TargetMode="External" Id="rId69" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml" Id="rId77" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vardhandboken.se/vardhygien-infektioner-och-smittspridning/operationssjukvard/personalforeskrifter-pa-operationsavdelning/" TargetMode="External" Id="rId8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vardhandboken.se/vardhygien-infektioner-och-smittspridning/infektioner-och-smittspridning/personalinfektioner-inom-halso--och-sjukvard/" TargetMode="External" Id="rId51" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://regionservice.vgregion.se/RNS/prodnarservice/tvatt/" TargetMode="External" Id="rId72" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vardhandboken.se/arbetssatt-och-ansvar/stick--och-skarskador-samt-exponering-med-risk-for-blodburen-smitta-hos-personal/oversikt/" TargetMode="External" Id="rId12" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vardhandboken.se/vardhygien-infektioner-och-smittspridning/operationssjukvard/personalforeskrifter-pa-operationsavdelning/" TargetMode="External" Id="rId17" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vardhandboken.se/vardhygien-infektioner-och-smittspridning/operationssjukvard/rengoring-och-desinfektion-av-operationsrum/" TargetMode="External" Id="rId25" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sis.se/api/document/get/80020381" TargetMode="External" Id="rId33" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vardhandboken.se/vardhygien-infektioner-och-smittspridning/stadning-och-rengoring/desinfektion/" TargetMode="External" Id="rId38" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vardhandboken.se/Uppsala-lan/vardhygien-infektioner-och-smittspridning/desinfektion-och-sterilisering-av-produkter/" TargetMode="External" Id="rId46" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mellanarkiv-offentlig.vgregion.se/alfresco/s/archive/stream/public/v1/source/available/SOFIA/SKAS9729-602154698-23/SURROGATE/V%c3%a5rdhygieniska%20riskfaktorer%20f%c3%b6r%20smittspridning%20i%20v%c3%a5rd%20och%20omsorg.pdf" TargetMode="External" Id="rId59" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sis.se/api/document/get/80023724" TargetMode="External" Id="rId67" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vardhandboken.se/vardhygien-infektioner-och-smittspridning/infektioner-och-smittspridning/personalinfektioner-inom-halso--och-sjukvard/" TargetMode="External" Id="rId20" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sis.se/api/document/get/80020381" TargetMode="External" Id="rId41" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mellanarkiv-offentlig.vgregion.se/alfresco/s/archive/stream/public/v1/source/available/sofia/skas9729-602154698-13/surrogate/Preoperativ%20helkroppsdesinfektion.pdf" TargetMode="External" Id="rId54" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://s3-eu-west-1.amazonaws.com/static.wm3.se/sites/16/media/371795_Riktlinjer_f%C3%B6r_l%C3%A5neinstrument_2019-10-10__ver_4.pdf?1577799431" TargetMode="External" Id="rId62" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sis.se/api/document/get/80015218" TargetMode="External" Id="rId70" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml" Id="rId75" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml" Id="rId6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vardhandboken.se/vardhygien-infektioner-och-smittspridning/operationssjukvard/personalforeskrifter-pa-operationsavdelning/" TargetMode="External" Id="rId15" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vardhandboken.se/vardhygien-infektioner-och-smittspridning/operationssjukvard/personalforeskrifter-pa-operationsavdelning/" TargetMode="External" Id="rId23" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vardhandboken.se/Uppsala-lan/vardhygien-infektioner-och-smittspridning/stadning-och-rengoring/avfall-farligt/" TargetMode="External" Id="rId28" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sis.se/api/document/get/101460" TargetMode="External" Id="rId36" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vardhandboken.se/vardhygien-infektioner-och-smittspridning/desinfektion-och-sterilisering-av-produkter/medicintekniska-produkter-med-specificerad-mikrobiell-renhet/" TargetMode="External" Id="rId49" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mellanarkiv-offentlig.vgregion.se/alfresco/s/archive/stream/public/v1/source/available/sofia/skas9729-602154698-18/surrogate/Stick-%20och%20sk%c3%a4rskada%20samt%20exponering%20med%20risk%20f%c3%b6r%20blodburen%20smitta.pdf" TargetMode="External" Id="rId57" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vardhandboken.se/vardhygien-infektioner-och-smittspridning/operationssjukvard/" TargetMode="External" Id="rId10" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sis.se/api/document/get/80020381" TargetMode="External" Id="rId31" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vardhandboken.se/vardhygien-infektioner-och-smittspridning/stadning-och-rengoring/desinfektion/" TargetMode="External" Id="rId44" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vardhandboken.se/vardhygien-infektioner-och-smittspridning/stadning-och-rengoring/desinfektion/desinfektion-av-ytor/" TargetMode="External" Id="rId52" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://s3-eu-west-1.amazonaws.com/static.wm3.se/sites/16/media/105221_BOV_slutversion_20160908.pdf?1473609174" TargetMode="External" Id="rId60" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sis.se/api/document/get/8029925" TargetMode="External" Id="rId65" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml" Id="rId73" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml" Id="rId4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://alfresco.vgregion.se/alfresco/service/vgr/storage/node/content/24177/Basal%20hygien%20och%20kl%c3%a4dregler.pdf?a=false&amp;guest=true" TargetMode="External" Id="rId9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mellanarkiv-offentlig.vgregion.se/alfresco/s/archive/stream/public/v1/source/available/sofia/skas9729-602154698-18/surrogate/Stick-%20och%20sk%c3%a4rskada%20samt%20exponering%20med%20risk%20f%c3%b6r%20blodburen%20smitta.pdf" TargetMode="External" Id="rId13" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vardhandboken.se/vardhygien-infektioner-och-smittspridning/operationssjukvard/personalforeskrifter-pa-operationsavdelning/" TargetMode="External" Id="rId18" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vardhandboken.se/vardhygien-infektioner-och-smittspridning/desinfektion-och-sterilisering-av-produkter/medicintekniska-produkter-sterilisering/" TargetMode="External" Id="rId39" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vardhandboken.se/vardhygien-infektioner-och-smittspridning/stadning-och-rengoring/desinfektion/" TargetMode="External" Id="rId34" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vardhandboken.se/vardhygien-infektioner-och-smittspridning/operationssjukvard/personalforeskrifter-pa-operationsavdelning/" TargetMode="External" Id="rId50" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://alfresco.vgregion.se/alfresco/service/vgr/storage/node/content/24177/Basal%20hygien%20och%20kl%c3%a4dregler.pdf?a=false&amp;guest=true" TargetMode="External" Id="rId55" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml" Id="rId76" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml" Id="rId7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mellanarkiv-offentlig.vgregion.se/alfresco/s/archive/stream/public/v1/source/available/sofia/sl11754-124724118-39/surrogate/Regiongemensamma%20regler%20om%20farligt%20gods%2c%20avfall.pdf" TargetMode="External" Id="rId71" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml" Id="rId2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mellanarkiv-offentlig.vgregion.se/alfresco/s/archive/stream/public/v1/source/available/sofia/sl11754-124724118-37/surrogate/Gemensamma%20regler%20om%20farligt%20gods%2cavfall.pdf" TargetMode="External" Id="rId29" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vardhandboken.se/vardhygien-infektioner-och-smittspridning/operationssjukvard/arbetsrutiner-i-operationsrum/" TargetMode="External" Id="rId24" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sis.se/api/document/get/101460" TargetMode="External" Id="rId40" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vardhandboken.se/vardhygien-infektioner-och-smittspridning/desinfektion-och-sterilisering-av-produkter/medicintekniska-produkter-sterilisering/" TargetMode="External" Id="rId45" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sis.se/api/document/get/80020381" TargetMode="External" Id="rId66" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/glossaryDocument" Target="glossary/document.xml" Id="Rf0eecfa5267b42c8" /></Relationships>
+<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vardhandboken.se/vardhygien-infektioner-och-smittspridning/vardhygien/basala-hygienrutiner-och-kladregler/oversikt/" TargetMode="External" Id="rId13" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vardhandboken.se/vardhygien-infektioner-och-smittspridning/vardhygien/basala-hygienrutiner-och-kladregler/oversikt/" TargetMode="External" Id="rId18" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mellanarkiv-offentlig.vgregion.se/alfresco/s/archive/stream/public/v1/source/available/sofia/skas9729-602154698-36/surrogate/Preoperativ%20helkroppsdesinfektion%20och%20helkroppstv%c3%a4tt.pdf" TargetMode="External" Id="rId26" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sis.se/api/document/get/101460" TargetMode="External" Id="rId39" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vardhandboken.se/vardhygien-infektioner-och-smittspridning/operationssjukvard/personalforeskrifter-pa-operationsavdelning/" TargetMode="External" Id="rId21" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sis.se/en/produkter/health-care-technology/general/sists3920152/" TargetMode="External" Id="rId34" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sis.se/api/document/get/101460" TargetMode="External" Id="rId42" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vardhandboken.se/sok/?q=desinfektion%20och%20sterilisering" TargetMode="External" Id="rId47" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vardhandboken.se/vardhygien-infektioner-och-smittspridning/desinfektion-och-sterilisering-av-produkter/medicintekniska-produkter-med-specificerad-mikrobiell-renhet/" TargetMode="External" Id="rId50" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mellanarkiv-offentlig.vgregion.se/alfresco/s/archive/stream/public/v1/source/available/sofia/skas9729-602154698-36/surrogate/Preoperativ%20helkroppsdesinfektion%20och%20helkroppstv%c3%a4tt.pdf" TargetMode="External" Id="rId55" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sis.se/api/document/get/101460" TargetMode="External" Id="rId63" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sis.se/api/document/get/8027846" TargetMode="External" Id="rId68" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml" Id="rId76" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml" Id="rId7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://regionservice.vgregion.se/RNS/prodnarservice/tvatt/" TargetMode="External" Id="rId71" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vardhandboken.se/arbetssatt-och-ansvar/stick--och-skarskador-samt-exponering-med-risk-for-blodburen-smitta-hos-personal/oversikt/" TargetMode="External" Id="rId16" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vardhandboken.se/vardhygien-infektioner-och-smittspridning/operationssjukvard/rengoring-och-desinfektion-av-operationsrum/" TargetMode="External" Id="rId29" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml" Id="rId11" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vardhandboken.se/vardhygien-infektioner-och-smittspridning/infektioner-och-smittspridning/personalinfektioner-inom-halso--och-sjukvard/" TargetMode="External" Id="rId24" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vardhandboken.se/Uppsala-lan/vardhygien-infektioner-och-smittspridning/stadning-och-rengoring/avfall-farligt/" TargetMode="External" Id="rId32" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sis.se/api/document/get/80020381" TargetMode="External" Id="rId37" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://s3-eu-west-1.amazonaws.com/static.wm3.se/sites/16/media/371795_Riktlinjer_f%C3%B6r_l%C3%A5neinstrument_2019-10-10__ver_4.pdf?1577799431" TargetMode="External" Id="rId40" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vardhandboken.se/vardhygien-infektioner-och-smittspridning/operationssjukvard/" TargetMode="External" Id="rId45" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vardhandboken.se/vardhygien-infektioner-och-smittspridning/vardhygien/basala-hygienrutiner/punktdesinfektion/" TargetMode="External" Id="rId53" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mellanarkiv-offentlig.vgregion.se/alfresco/s/archive/stream/public/v1/source/available/SOFIA/SKAS9729-602154698-23/SURROGATE/V%c3%a5rdhygienisk%20bed%c3%b6mning%20av%20riskfaktorer%20f%c3%b6r%20smittspridning%20i%20v%c3%a5rd%20och%20omsorg.pdf" TargetMode="External" Id="rId58" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sis.se/api/document/get/80023724" TargetMode="External" Id="rId66" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml" Id="rId74" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vardhandboken.se/vardhygien-infektioner-och-smittspridning/vardhygien/basala-hygienrutiner/punktdesinfektion/" TargetMode="External" Id="rId15" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vardhandboken.se/vardhygien-infektioner-och-smittspridning/infektioner-och-smittspridning/herpesinfektioner-vard-och-behandling/" TargetMode="External" Id="rId23" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vardhandboken.se/vardhygien-infektioner-och-smittspridning/operationssjukvard/arbetsrutiner-i-operationsrum/" TargetMode="External" Id="rId28" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://s3-eu-west-1.amazonaws.com/static.wm3.se/sites/16/media/602468_H%C3%B6g_luftfuktighet_p%C3%A5verkan_p%C3%A5_sterilt_gods_och_f%C3%B6rslag_till_%C3%A5tg%C3%A4rder.pdf?1623228801" TargetMode="External" Id="rId36" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vardhandboken.se/Uppsala-lan/vardhygien-infektioner-och-smittspridning/stadning-och-rengoring/tvatthantering/smutstvatt/" TargetMode="External" Id="rId49" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mellanarkiv-offentlig.vgregion.se/alfresco/s/archive/stream/public/v1/source/available/sofia/skas9729-602154698-52/surrogate/Tuberkulos%20-%20v%c3%a5rdhygieniska%20rutiner.pdf" TargetMode="External" Id="rId57" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://s3-eu-west-1.amazonaws.com/static.wm3.se/sites/16/media/371795_Riktlinjer_f%C3%B6r_l%C3%A5neinstrument_2019-10-10__ver_4.pdf?1577799431" TargetMode="External" Id="rId61" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml" Id="rId10" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vardhandboken.se/vardhygien-infektioner-och-smittspridning/operationssjukvard/personalforeskrifter-pa-operationsavdelning/" TargetMode="External" Id="rId19" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vardhandboken.se/Uppsala-lan/vardhygien-infektioner-och-smittspridning/stadning-och-rengoring/tvatthantering/smutstvatt/" TargetMode="External" Id="rId31" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vardhandboken.se/" TargetMode="External" Id="rId44" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vardhandboken.se/vardhygien-infektioner-och-smittspridning/infektioner-och-smittspridning/personalinfektioner-inom-halso--och-sjukvard/" TargetMode="External" Id="rId52" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://s3-eu-west-1.amazonaws.com/static.wm3.se/sites/16/media/602468_H%C3%B6g_luftfuktighet_p%C3%A5verkan_p%C3%A5_sterilt_gods_och_f%C3%B6rslag_till_%C3%A5tg%C3%A4rder.pdf?1623228801" TargetMode="External" Id="rId60" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sis.se/api/document/get/80020381" TargetMode="External" Id="rId65" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml" Id="rId73" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml" Id="rId9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vardhandboken.se/vardhygien-infektioner-och-smittspridning/operationssjukvard/" TargetMode="External" Id="rId14" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vardhandboken.se/vardhygien-infektioner-och-smittspridning/operationssjukvard/personalforeskrifter-pa-operationsavdelning/" TargetMode="External" Id="rId22" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vardhandboken.se/vardhygien-infektioner-och-smittspridning/operationssjukvard/personalforeskrifter-pa-operationsavdelning/" TargetMode="External" Id="rId27" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://regionservice.vgregion.se/RNS/prodnarservice/tvatt/" TargetMode="External" Id="rId30" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sis.se/api/document/get/80020381" TargetMode="External" Id="rId35" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sis.se/api/document/get/80020381" TargetMode="External" Id="rId43" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vardhandboken.se/Uppsala-lan/vardhygien-infektioner-och-smittspridning/stadning-och-rengoring/avfall-farligt/" TargetMode="External" Id="rId48" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mellanarkiv-offentlig.vgregion.se/alfresco/s/archive/stream/public/v1/source/available/sofia/skas9729-602154698-18/surrogate/Stick-%20och%20sk%c3%a4rskada%20samt%20exponering%20med%20risk%20f%c3%b6r%20blodburen%20smitta.pdf" TargetMode="External" Id="rId56" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sis.se/api/document/get/8029925" TargetMode="External" Id="rId64" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sis.se/api/document/get/80015218" TargetMode="External" Id="rId69" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml" Id="rId8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vardhandboken.se/vardhygien-infektioner-och-smittspridning/operationssjukvard/personalforeskrifter-pa-operationsavdelning/" TargetMode="External" Id="rId51" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml" Id="rId72" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vardhandboken.se/vardhygien-infektioner-och-smittspridning/operationssjukvard/personalforeskrifter-pa-operationsavdelning/" TargetMode="External" Id="rId12" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mellanarkiv-offentlig.vgregion.se/alfresco/s/archive/stream/public/v1/source/available/sofia/skas9729-602154698-18/surrogate/Stick-%20och%20sk%c3%a4rskada%20samt%20exponering%20med%20risk%20f%c3%b6r%20blodburen%20smitta.pdf" TargetMode="External" Id="rId17" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mellanarkiv-offentlig.vgregion.se/alfresco/s/archive/stream/public/v1/source/available/SOFIA/SKAS9729-602154698-23/SURROGATE/V%c3%a5rdhygieniska%20riskfaktorer%20f%c3%b6r%20smittspridning%20i%20v%c3%a5rd%20och%20omsorg.pdf" TargetMode="External" Id="rId25" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mellanarkiv-offentlig.vgregion.se/alfresco/s/archive/stream/public/v1/source/available/sofia/sl11754-124724118-59/surrogate/Regiongemensamma%20regler%20om%20farligt%20gods%20avfall%202025-2026.pdf" TargetMode="External" Id="rId33" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vardhandboken.se/vardhygien-infektioner-och-smittspridning/desinfektion-och-sterilisering/" TargetMode="External" Id="rId38" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vardhandboken.se/vardhygien-infektioner-och-smittspridning/desinfektion-och-sterilisering/" TargetMode="External" Id="rId46" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://d1da7yrcucvk6m.cloudfront.net/sites/16/media/2688917_SFVH_Byggnation_och_va%CC%8Ardhygien_BOV_2025-06-24.pdf?1751464426" TargetMode="External" Id="rId59" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sis.se/api/document/get/8027845" TargetMode="External" Id="rId67" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mellanarkiv-offentlig.vgregion.se/alfresco/s/archive/stream/public/v1/source/available/sofia/skas9729-602154698-52/surrogate/Tuberkulos%20-%20v%c3%a5rdhygieniska%20rutiner.pdf" TargetMode="External" Id="rId20" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vardhandboken.se/vardhygien-infektioner-och-smittspridning/desinfektion-och-sterilisering/" TargetMode="External" Id="rId41" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vardhandboken.se/arbetssatt-och-ansvar/stick--och-skarskador-samt-exponering-med-risk-for-blodburen-smitta-hos-personal/oversikt/" TargetMode="External" Id="rId54" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sis.se/api/document/get/105529" TargetMode="External" Id="rId62" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mellanarkiv-offentlig.vgregion.se/alfresco/s/archive/stream/public/v1/source/available/sofia/sl11754-124724118-59/surrogate/Regiongemensamma%20regler%20om%20farligt%20gods%20avfall%202025-2026.pdf" TargetMode="External" Id="rId70" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml" Id="rId75" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml" Id="rId6" /></Relationships>
 </file>
 
 <file path=word/_rels/footer2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.wmf"/></Relationships>
 </file>
 
 <file path=word/_rels/header1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/></Relationships>
-</file>
-[...31 lines deleted...]
-</w:glossaryDocument>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office-tema">
   <a:themeElements>
     <a:clrScheme name="VG">
       <a:dk1>
         <a:srgbClr val="000000"/>
       </a:dk1>
       <a:lt1>
         <a:srgbClr val="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="000000"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="808080"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="006298"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="367B1E"/>
       </a:accent2>
       <a:accent3>
@@ -15808,52 +15911,59 @@
     <a:lnDef>
       <a:spPr/>
       <a:bodyPr/>
       <a:lstStyle/>
       <a:style>
         <a:lnRef idx="2">
           <a:schemeClr val="accent1"/>
         </a:lnRef>
         <a:fillRef idx="0">
           <a:schemeClr val="accent1"/>
         </a:fillRef>
         <a:effectRef idx="1">
           <a:schemeClr val="accent1"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="tx1"/>
         </a:fontRef>
       </a:style>
     </a:lnDef>
   </a:objectDefaults>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
-<ap:Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:ap="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
-[...11 lines deleted...]
-</ap:Properties>
+<Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
+  <Template>normal</Template>
+  <TotalTime></TotalTime>
+  <Pages>23</Pages>
+  <Words>4377</Words>
+  <Characters>42706</Characters>
+  <Application>Microsoft Office Word</Application>
+  <DocSecurity>0</DocSecurity>
+  <Lines>355</Lines>
+  <Paragraphs>93</Paragraphs>
+  <ScaleCrop>false</ScaleCrop>
+  <Manager/>
+  <Company/>
+  <LinksUpToDate>false</LinksUpToDate>
+  <CharactersWithSpaces>46990</CharactersWithSpaces>
+  <SharedDoc>false</SharedDoc>
+  <HyperlinkBase/>
+  <HyperlinksChanged>false</HyperlinksChanged>
+  <AppVersion></AppVersion>
+</Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <coreProperties xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns="http://schemas.openxmlformats.org/package/2006/metadata/core-properties">
   <dc:title>Infektionsförebyggande åtgärder för operation och sterilteknik</dc:title>
   <dc:subject/>
   <dc:creator/>
   <keywords/>
-  <lastModifiedBy>Katarina Bägerfeldt</lastModifiedBy>
+  <lastModifiedBy/>
   <revision>2</revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </coreProperties>
 </file>