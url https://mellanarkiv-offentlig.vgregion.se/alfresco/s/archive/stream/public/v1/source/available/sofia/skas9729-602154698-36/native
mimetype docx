--- v0 (2025-10-31)
+++ v1 (2026-01-16)
@@ -1,2223 +1,1455 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
-  <Default Extension="wmf" ContentType="image/x-wmf"/>
+  <Default Extension="svg" ContentType="image/svg+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
+  <Override PartName="/word/header2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
-  <Override PartName="/word/header2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
-[...5 lines deleted...]
-  <Override PartName="/word/footer6.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml" Id="rId2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml" Id="rId1" /></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
-    <w:p w14:paraId="495A2D54" w14:textId="77777777" w:rsidR="00442C11" w:rsidRDefault="00442C11" w:rsidP="00672817">
-[...17 lines deleted...]
-      </w:pPr>
+    <w:p w14:paraId="2FD65019" w14:textId="0F229241" w:rsidR="00184167" w:rsidRDefault="00FF319E" w:rsidP="00C40954">
+      <w:pPr>
+        <w:pStyle w:val="Rubrik1"/>
+        <w:ind w:right="-141"/>
+      </w:pPr>
+      <w:r>
+        <w:t>Preoperativ helkroppsdesinfektion och helkroppstvätt</w:t>
+      </w:r>
+      <w:r w:rsidR="00A264BE" w:rsidRPr="005A627D">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
       <w:bookmarkStart w:id="0" w:name="_Toc321146591"/>
     </w:p>
-    <w:p w14:paraId="2389DE43" w14:textId="7508E55A" w:rsidR="00442C11" w:rsidRDefault="000004DD" w:rsidP="00C004B9">
-[...23 lines deleted...]
-    <w:p w14:paraId="364881FC" w14:textId="4B6C78CB" w:rsidR="0077317A" w:rsidRDefault="00D20779" w:rsidP="00056B8C">
+    <w:p w14:paraId="4BCB90A5" w14:textId="77777777" w:rsidR="009A32ED" w:rsidRDefault="009A32ED" w:rsidP="00C40954">
       <w:pPr>
         <w:pStyle w:val="Rubrik2"/>
-        <w:ind w:left="567"/>
-[...1 lines deleted...]
-      <w:bookmarkStart w:id="1" w:name="_Toc72840807"/>
+        <w:ind w:right="-141"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="1" w:name="_Toc100327184"/>
+      <w:bookmarkStart w:id="2" w:name="_Toc181866756"/>
       <w:bookmarkEnd w:id="0"/>
       <w:r>
-        <w:t xml:space="preserve">Förändringar </w:t>
-[...3 lines deleted...]
-      </w:r>
+        <w:t>Förändringar sedan föregående version</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="1"/>
+      <w:bookmarkEnd w:id="2"/>
     </w:p>
-    <w:p w14:paraId="08DE07A8" w14:textId="77777777" w:rsidR="006976E0" w:rsidRDefault="006976E0" w:rsidP="006976E0">
-[...4 lines deleted...]
-      <w:bookmarkStart w:id="3" w:name="_Toc106874288"/>
+    <w:p w14:paraId="47686599" w14:textId="2C8D3FDF" w:rsidR="009A32ED" w:rsidRPr="007A334E" w:rsidRDefault="00640EE5" w:rsidP="00C40954">
+      <w:pPr>
+        <w:ind w:right="-141"/>
+      </w:pPr>
       <w:r>
-        <w:t>Tillagt avsnitt gällande helkroppstvätt. Anpassning till regional mall för styrdokument, samt mindre redaktionella förändringar av text.</w:t>
-[...2 lines deleted...]
-      <w:bookmarkEnd w:id="3"/>
+        <w:t>E</w:t>
+      </w:r>
+      <w:r w:rsidR="00A1605B">
+        <w:t>rsättning</w:t>
+      </w:r>
+      <w:r w:rsidR="003C27B9">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00AC5396">
+        <w:t>av Hibiscrub</w:t>
+      </w:r>
+      <w:r w:rsidR="00F209D1" w:rsidRPr="00A27B1E">
+        <w:t>®</w:t>
+      </w:r>
+      <w:r w:rsidR="00AC5396">
+        <w:t xml:space="preserve"> till </w:t>
+      </w:r>
+      <w:r w:rsidR="00AC2AD4">
+        <w:t>H</w:t>
+      </w:r>
+      <w:r w:rsidR="00AC5396">
+        <w:t>ibiwash</w:t>
+      </w:r>
+      <w:r w:rsidR="00F209D1" w:rsidRPr="00A27B1E">
+        <w:t>®</w:t>
+      </w:r>
+      <w:r w:rsidR="00F34D64">
+        <w:t>.</w:t>
+      </w:r>
     </w:p>
-    <w:p w14:paraId="0290A828" w14:textId="77777777" w:rsidR="006976E0" w:rsidRDefault="006976E0" w:rsidP="006976E0">
+    <w:p w14:paraId="42DB7E27" w14:textId="77777777" w:rsidR="006A5559" w:rsidRDefault="009A32ED" w:rsidP="00C40954">
       <w:pPr>
         <w:pStyle w:val="Rubrik2"/>
-        <w:ind w:left="567" w:right="-143"/>
-[...2 lines deleted...]
-      <w:bookmarkStart w:id="5" w:name="_Toc106874289"/>
+        <w:ind w:right="-141"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="3" w:name="_Toc100327186"/>
+      <w:bookmarkStart w:id="4" w:name="_Toc181866759"/>
       <w:r>
         <w:t>Bakgrund och syfte</w:t>
       </w:r>
+      <w:bookmarkEnd w:id="3"/>
       <w:bookmarkEnd w:id="4"/>
-      <w:bookmarkEnd w:id="5"/>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="028FCA7F" w14:textId="77777777" w:rsidR="006976E0" w:rsidRDefault="006976E0" w:rsidP="006976E0">
-[...12 lines deleted...]
-        <w:t xml:space="preserve"> antibiotikabehandling och patientens tillstånd före, under och efter operationen. </w:t>
+    <w:p w14:paraId="3BB26F2A" w14:textId="524E6184" w:rsidR="006A5559" w:rsidRPr="006A5559" w:rsidRDefault="006A5559" w:rsidP="00C40954">
+      <w:pPr>
+        <w:ind w:right="-141"/>
+      </w:pPr>
+      <w:r w:rsidRPr="006A5559">
+        <w:t>Ett operativt ingrepp innebär alltid en risk att drabbas av postoperativ sårinfektion. Det finns en rad olika åtgärder som är av vikt för att minimera detta. Infektionsrisken varierar inte bara på grund av typ och mängd bakterier som når såret utan också beroende av ingreppets art, operationsteknik,</w:t>
+      </w:r>
+      <w:r w:rsidR="00436354">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5559">
+        <w:t>operationsmiljö, peroperativ</w:t>
+      </w:r>
+      <w:r w:rsidR="26E98660">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5559">
+        <w:t xml:space="preserve">antibiotikabehandling och patientens tillstånd före, under och efter </w:t>
+      </w:r>
+      <w:r w:rsidR="00F95AB2" w:rsidRPr="006A5559">
+        <w:t>operationen</w:t>
+      </w:r>
+      <w:r w:rsidR="00F95AB2">
+        <w:t xml:space="preserve"> (</w:t>
+      </w:r>
+      <w:r w:rsidR="0094634E">
+        <w:t>1)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5559">
+        <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="615813F3" w14:textId="77777777" w:rsidR="006976E0" w:rsidRDefault="006976E0" w:rsidP="006976E0">
-[...18 lines deleted...]
-        <w:t xml:space="preserve"> </w:t>
+    <w:p w14:paraId="475F6883" w14:textId="510DCE70" w:rsidR="006A5559" w:rsidRPr="006A5559" w:rsidRDefault="006A5559" w:rsidP="00C40954">
+      <w:pPr>
+        <w:ind w:right="-141"/>
+      </w:pPr>
+      <w:r w:rsidRPr="006A5559">
+        <w:t>Avsikten med preoperativ helkroppsdesinfektion med klorhexidintvål är att reducera den mikrobiologiska floran på huden. Om detta leder till färre postoperativa infektioner är svårvärderat då studier visar på olika resultat. Det finns dock studier som påvisar ökad infektionsfrekvens om patogena bakterier finns på huden vid operationsstart</w:t>
+      </w:r>
+      <w:r w:rsidR="00F95AB2">
+        <w:t xml:space="preserve"> (2</w:t>
+      </w:r>
+      <w:r w:rsidR="000279FB">
+        <w:t>, 3</w:t>
+      </w:r>
+      <w:r w:rsidR="00F95AB2">
+        <w:t>)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5559">
+        <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0B022964" w14:textId="77777777" w:rsidR="006976E0" w:rsidRDefault="006976E0" w:rsidP="006976E0">
-[...10 lines deleted...]
-        <w:t>mendation om preoperativ helkroppsdesinfektion och helkroppstvätt, samt ge information om utförande.</w:t>
+    <w:p w14:paraId="323943A8" w14:textId="77777777" w:rsidR="006A5559" w:rsidRPr="006A5559" w:rsidRDefault="006A5559" w:rsidP="00C40954">
+      <w:pPr>
+        <w:ind w:right="-141"/>
+      </w:pPr>
+      <w:r w:rsidRPr="006A5559">
+        <w:t>Syftet med rutinen är att ge rekommendation om preoperativ helkroppsdesinfektion och helkroppstvätt, samt ge information om utförande. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="081AB064" w14:textId="77777777" w:rsidR="00CA5FCE" w:rsidRDefault="00CA5FCE" w:rsidP="00724665">
+    <w:p w14:paraId="60214226" w14:textId="77777777" w:rsidR="009A32ED" w:rsidRDefault="009A32ED" w:rsidP="00C40954">
       <w:pPr>
         <w:pStyle w:val="Rubrik2"/>
-        <w:ind w:left="567" w:right="-143"/>
-      </w:pPr>
+        <w:ind w:right="-141"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="5" w:name="_Toc100327187"/>
+      <w:bookmarkStart w:id="6" w:name="_Toc181866760"/>
       <w:r>
         <w:t>Förutsättningar</w:t>
       </w:r>
+      <w:bookmarkEnd w:id="5"/>
+      <w:bookmarkEnd w:id="6"/>
     </w:p>
-    <w:p w14:paraId="02EDA068" w14:textId="77777777" w:rsidR="00CA5FCE" w:rsidRDefault="00CA5FCE" w:rsidP="00724665">
-[...20 lines deleted...]
-        <w:t xml:space="preserve"> ortopedisk kirurgi och implantatkirurgi, rekommenderas preoperativ helkroppsdesinfektion minst två gånger före operation.</w:t>
+    <w:p w14:paraId="406ED92B" w14:textId="2DECCBEE" w:rsidR="0079426E" w:rsidRPr="0079426E" w:rsidRDefault="0079426E" w:rsidP="00C40954">
+      <w:pPr>
+        <w:ind w:right="-141"/>
+      </w:pPr>
+      <w:r w:rsidRPr="0079426E">
+        <w:t>Före operationen ska patienten tvätta hela kroppen med flytande tvål och hårschampo eller med klorhexidintvål. Vid kirurgi där hudbakterier är en vanlig orsak till postoperativa infektioner och där infektioner kan få allvarliga konsekvenser, t.ex. ortopedisk kirurgi och implantatkirurgi, rekommenderas preoperativ helkroppsdesinfektion minst två gånger före operation. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="40AC2F78" w14:textId="77777777" w:rsidR="00CA5FCE" w:rsidRDefault="00CA5FCE" w:rsidP="00724665">
-[...3 lines deleted...]
-      <w:r>
+    <w:p w14:paraId="778E234E" w14:textId="38568208" w:rsidR="0079426E" w:rsidRPr="0079426E" w:rsidRDefault="0079426E" w:rsidP="00C40954">
+      <w:pPr>
+        <w:ind w:right="-141"/>
+      </w:pPr>
+      <w:r w:rsidRPr="0079426E">
         <w:lastRenderedPageBreak/>
-        <w:t xml:space="preserve">Preoperativ helkroppsdesinfektion kan även tillämpas vid annan typ av kirurgi där hudsnitt läggs. Detta avgörs av Verksamhetschef efter riskanalys. </w:t>
+        <w:t>Preoperativ helkroppsdesinfektion kan även tillämpas vid annan typ av kirurgi där hudsnitt läggs</w:t>
+      </w:r>
+      <w:r w:rsidR="00C772C5">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00203FED">
+        <w:t>(3)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0079426E">
+        <w:t>. Detta avgörs av Verksamhetschef efter riskanalys.  </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0AE95EEE" w14:textId="77777777" w:rsidR="00CA5FCE" w:rsidRPr="005218AA" w:rsidRDefault="00CA5FCE" w:rsidP="00724665">
+    <w:p w14:paraId="3240E4BB" w14:textId="77777777" w:rsidR="009A32ED" w:rsidRPr="005218AA" w:rsidRDefault="009A32ED" w:rsidP="00C40954">
       <w:pPr>
         <w:pStyle w:val="Rubrik3"/>
-        <w:ind w:left="567" w:right="-143"/>
-[...1 lines deleted...]
-      <w:bookmarkStart w:id="6" w:name="_Toc100327189"/>
+        <w:ind w:right="-141"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="7" w:name="_Toc100327189"/>
       <w:r w:rsidRPr="005218AA">
         <w:t>Förberedelser</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="6"/>
+      <w:bookmarkEnd w:id="7"/>
     </w:p>
-    <w:p w14:paraId="35EB8B81" w14:textId="77777777" w:rsidR="00CA5FCE" w:rsidRDefault="00CA5FCE" w:rsidP="00CA5FCE">
-[...11 lines deleted...]
-        <w:t xml:space="preserve">Informera patienten om varför och hur preoperativ helkroppstvätt/ helkroppsdesinfektion utförs. Vid helkroppsdesinfektion följs tillverkarens instruktioner för </w:t>
+    <w:p w14:paraId="76B51E4C" w14:textId="77A8283C" w:rsidR="00E55C01" w:rsidRPr="00E55C01" w:rsidRDefault="00E55C01" w:rsidP="00C40954">
+      <w:pPr>
+        <w:pStyle w:val="Punktlista"/>
+        <w:ind w:right="-141"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00E55C01">
+        <w:t xml:space="preserve">Informera patienten om varför och hur </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r>
-        <w:t>klorhexidintvål</w:t>
+      <w:r w:rsidRPr="00E55C01">
+        <w:t>preoperativ</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r>
-        <w:t>.</w:t>
+      <w:r w:rsidRPr="00E55C01">
+        <w:t xml:space="preserve"> helkroppstvätt/ helkroppsdesinfektion utförs</w:t>
+      </w:r>
+      <w:r w:rsidR="00B642B4">
+        <w:t xml:space="preserve"> (1)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E55C01">
+        <w:t>. Vid helkroppsdesinfektion följs tillverkarens instruktioner för klorhexidintvål. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2853B2CD" w14:textId="77777777" w:rsidR="00CA5FCE" w:rsidRDefault="00CA5FCE" w:rsidP="00CA5FCE">
-[...18 lines deleted...]
-        <w:t xml:space="preserve"> kan reduceras av vanlig tvål, schampo, hårbalsam och hudlotion som därför inte ska användas i samband med helkroppsdesinfektion.</w:t>
+    <w:p w14:paraId="1D5843BF" w14:textId="77777777" w:rsidR="00E55C01" w:rsidRPr="00E55C01" w:rsidRDefault="00E55C01" w:rsidP="00C40954">
+      <w:pPr>
+        <w:pStyle w:val="Punktlista"/>
+        <w:ind w:right="-141"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00E55C01">
+        <w:t>Effekten av klorhexidin kan reduceras av vanlig tvål, schampo, hårbalsam och hudlotion som därför inte ska användas i samband med helkroppsdesinfektion. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2DFF1B45" w14:textId="77777777" w:rsidR="00CA5FCE" w:rsidRDefault="00CA5FCE" w:rsidP="00CA5FCE">
-[...10 lines deleted...]
-        <w:t>Smycken ska tas av innan dusch påbörjas.</w:t>
+    <w:p w14:paraId="5E2BACDC" w14:textId="77777777" w:rsidR="00E55C01" w:rsidRPr="00E55C01" w:rsidRDefault="00E55C01" w:rsidP="00C40954">
+      <w:pPr>
+        <w:pStyle w:val="Punktlista"/>
+        <w:ind w:right="-141"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00E55C01">
+        <w:t>Smycken ska tas av innan dusch påbörjas. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2EC5F3C5" w14:textId="77777777" w:rsidR="00CA5FCE" w:rsidRDefault="00CA5FCE" w:rsidP="00CA5FCE">
-[...10 lines deleted...]
-        <w:t>Rakning/hårborttagning vid och i närheten av operationsområdet ska inte ske inom en vecka före operation – små sår/hudskador där bakterier kan växa till uppstår ofta, vilket ökar risken för sårinfektion.</w:t>
+    <w:p w14:paraId="4C934FC9" w14:textId="77777777" w:rsidR="00E55C01" w:rsidRPr="00E55C01" w:rsidRDefault="00E55C01" w:rsidP="00C40954">
+      <w:pPr>
+        <w:pStyle w:val="Punktlista"/>
+        <w:ind w:right="-141"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00E55C01">
+        <w:t>Rakning/hårborttagning vid och i närheten av operationsområdet ska inte ske inom en vecka före operation – små sår/hudskador där bakterier kan växa till uppstår ofta, vilket ökar risken för sårinfektion. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7B258DE7" w14:textId="77777777" w:rsidR="00CA5FCE" w:rsidRDefault="00CA5FCE" w:rsidP="00CA5FCE">
-[...10 lines deleted...]
-        <w:t xml:space="preserve">Beakta att patienten kan behöva hjälp för att genomföra en korrekt helkroppstvätt/ helkroppsdesinfektion. Pall eller duschvagn kan behövas. </w:t>
+    <w:p w14:paraId="4A68A005" w14:textId="77777777" w:rsidR="00E55C01" w:rsidRPr="00E55C01" w:rsidRDefault="00E55C01" w:rsidP="00C40954">
+      <w:pPr>
+        <w:pStyle w:val="Punktlista"/>
+        <w:ind w:right="-141"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00E55C01">
+        <w:t>Beakta att patienten kan behöva hjälp för att genomföra en korrekt helkroppstvätt/ helkroppsdesinfektion. Pall eller duschvagn kan behövas.  </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6AC1BFBE" w14:textId="77777777" w:rsidR="00CA5FCE" w:rsidRDefault="00CA5FCE" w:rsidP="00CA5FCE">
-[...10 lines deleted...]
-        <w:t>Patientens medicinska tillstånd avgör hur duschen genomförs. Alternativt kan tvätt eventuellt utföras i sängen.</w:t>
+    <w:p w14:paraId="2ACFBD07" w14:textId="77777777" w:rsidR="00E55C01" w:rsidRPr="00E55C01" w:rsidRDefault="00E55C01" w:rsidP="00C40954">
+      <w:pPr>
+        <w:pStyle w:val="Punktlista"/>
+        <w:ind w:right="-141"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00E55C01">
+        <w:t>Patientens medicinska tillstånd avgör hur duschen genomförs. Alternativt kan tvätt eventuellt utföras i sängen. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="25E5BA5C" w14:textId="77777777" w:rsidR="00CA5FCE" w:rsidRDefault="00CA5FCE" w:rsidP="00CA5FCE">
-[...18 lines deleted...]
-        <w:t xml:space="preserve"> säng.</w:t>
+    <w:p w14:paraId="7E938DE1" w14:textId="77777777" w:rsidR="00E55C01" w:rsidRPr="00E55C01" w:rsidRDefault="00E55C01" w:rsidP="00C40954">
+      <w:pPr>
+        <w:pStyle w:val="Punktlista"/>
+        <w:ind w:right="-141"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00E55C01">
+        <w:t>Efter dusch används ren handduk, rena kläder och renbäddad säng. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="792B2932" w14:textId="77777777" w:rsidR="00CA5FCE" w:rsidRPr="00065A6B" w:rsidRDefault="00CA5FCE" w:rsidP="00724665">
+    <w:p w14:paraId="3ECB332F" w14:textId="77777777" w:rsidR="009A32ED" w:rsidRPr="00065A6B" w:rsidRDefault="009A32ED" w:rsidP="00C40954">
       <w:pPr>
         <w:pStyle w:val="Rubrik2"/>
-        <w:ind w:left="567" w:right="-143"/>
+        <w:ind w:right="-141"/>
         <w:rPr>
           <w:color w:val="auto"/>
         </w:rPr>
       </w:pPr>
       <w:bookmarkStart w:id="8" w:name="_Toc100327192"/>
-      <w:bookmarkStart w:id="9" w:name="_Toc106874291"/>
-      <w:bookmarkEnd w:id="7"/>
+      <w:bookmarkStart w:id="9" w:name="_Toc181866761"/>
       <w:r w:rsidRPr="00065A6B">
         <w:rPr>
           <w:color w:val="auto"/>
         </w:rPr>
         <w:t>Utförande</w:t>
       </w:r>
       <w:bookmarkEnd w:id="8"/>
       <w:bookmarkEnd w:id="9"/>
     </w:p>
-    <w:p w14:paraId="07D851D6" w14:textId="77777777" w:rsidR="00CA5FCE" w:rsidRDefault="00CA5FCE" w:rsidP="00724665">
+    <w:p w14:paraId="7B058A81" w14:textId="13765D96" w:rsidR="008039D3" w:rsidRDefault="008039D3" w:rsidP="00C40954">
       <w:pPr>
         <w:pStyle w:val="Rubrik3"/>
-        <w:ind w:left="567" w:right="-143"/>
-[...2 lines deleted...]
-      <w:bookmarkStart w:id="11" w:name="_Toc106874292"/>
+        <w:ind w:right="-141"/>
+      </w:pPr>
       <w:r>
         <w:t>Genomförande helkroppsdesinfektion</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="10C83D29" w14:textId="77777777" w:rsidR="00CA5FCE" w:rsidRDefault="00CA5FCE" w:rsidP="00724665">
-[...1 lines deleted...]
-        <w:ind w:left="567"/>
+    <w:p w14:paraId="4B9B881D" w14:textId="77777777" w:rsidR="0093433D" w:rsidRPr="0093433D" w:rsidRDefault="0093433D" w:rsidP="00C40954">
+      <w:pPr>
+        <w:ind w:right="-141"/>
+      </w:pPr>
+      <w:r w:rsidRPr="0093433D">
+        <w:t>Helkroppsdesinfektion påbörjas dagen före operation och fullföljs på operationsdagen. Kan detta inte följas bör det gå minst 2 timmar mellan duscharna. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="28C1AA09" w14:textId="07F38AEE" w:rsidR="0093433D" w:rsidRPr="0093433D" w:rsidRDefault="0093433D" w:rsidP="00C40954">
+      <w:pPr>
+        <w:pStyle w:val="Punktlista"/>
+        <w:ind w:right="-141"/>
+      </w:pPr>
+      <w:r w:rsidRPr="0093433D">
+        <w:t>Utförs enligt tillverkarens instruktioner för klorhexidintvål.  </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="28A4EB85" w14:textId="77777777" w:rsidR="0093433D" w:rsidRPr="0093433D" w:rsidRDefault="0093433D" w:rsidP="00C40954">
+      <w:pPr>
+        <w:pStyle w:val="Punktlista"/>
+        <w:ind w:right="-141"/>
+      </w:pPr>
+      <w:r w:rsidRPr="0093433D">
+        <w:t>Efter dusch ska patienten använda en ren handduk, ta på rena kläder samt ha renbäddad säng. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6A8DC282" w14:textId="77777777" w:rsidR="00A27B1E" w:rsidRPr="00A27B1E" w:rsidRDefault="00A27B1E" w:rsidP="00C40954">
+      <w:pPr>
+        <w:pStyle w:val="MellanrubrikVGR"/>
+        <w:ind w:right="-141"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00A27B1E">
+        <w:t>Produkt </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5B6BEF6F" w14:textId="608F747F" w:rsidR="00A27B1E" w:rsidRPr="00A27B1E" w:rsidRDefault="00A27B1E" w:rsidP="00C40954">
+      <w:pPr>
+        <w:ind w:right="-141"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00A27B1E">
+        <w:t>Klorhexidintvål 40 mg/ml = 4 % ex. Descutan® svamp eller Hibi</w:t>
+      </w:r>
+      <w:r w:rsidR="00511494">
+        <w:t>wash</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A27B1E">
+        <w:t>® tvållösning. En fördoserad svamp kan underlätta och säkerställa att tillräcklig mängd klorhexidintvål används. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="56CD58FA" w14:textId="77777777" w:rsidR="00A27B1E" w:rsidRPr="00A27B1E" w:rsidRDefault="00A27B1E" w:rsidP="00C40954">
+      <w:pPr>
+        <w:pStyle w:val="MellanrubrikVGR"/>
+        <w:ind w:right="-141"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00A27B1E">
+        <w:lastRenderedPageBreak/>
+        <w:t>Akut kirurgi </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1EDB5EFE" w14:textId="77777777" w:rsidR="00A27B1E" w:rsidRPr="00A27B1E" w:rsidRDefault="00A27B1E" w:rsidP="00C40954">
+      <w:pPr>
+        <w:ind w:right="-141"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00A27B1E">
+        <w:t>Preoperativ helkroppsdesinfektion utförs i den utsträckning patientens tillstånd medger. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="60D7E687" w14:textId="77777777" w:rsidR="00A27B1E" w:rsidRPr="00080AC3" w:rsidRDefault="00A27B1E" w:rsidP="00C40954">
+      <w:pPr>
+        <w:pStyle w:val="MellanrubrikVGR"/>
+        <w:ind w:right="-141"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00080AC3">
+        <w:t>Uppskjuten operation </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="55B3A1FB" w14:textId="77777777" w:rsidR="00A27B1E" w:rsidRPr="00A27B1E" w:rsidRDefault="00A27B1E" w:rsidP="00C40954">
+      <w:pPr>
+        <w:ind w:right="-141"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00A27B1E">
+        <w:t>Ny operationstid  </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="675A0B53" w14:textId="77777777" w:rsidR="00A27B1E" w:rsidRPr="00A27B1E" w:rsidRDefault="00A27B1E" w:rsidP="00C40954">
+      <w:pPr>
+        <w:pStyle w:val="Punktlista"/>
+        <w:ind w:right="-141"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00A27B1E">
+        <w:t>inom 7 dagar – en ny dusch på operationsdagens morgon. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="047153A3" w14:textId="77777777" w:rsidR="00A27B1E" w:rsidRPr="00A27B1E" w:rsidRDefault="00A27B1E" w:rsidP="00C40954">
+      <w:pPr>
+        <w:pStyle w:val="Punktlista"/>
+        <w:ind w:right="-141"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00A27B1E">
+        <w:t>efter 7 dagar – ny omgång preoperativ helkroppsdesinfektion med minst två duschar. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0AA23796" w14:textId="77777777" w:rsidR="00A27B1E" w:rsidRPr="00A27B1E" w:rsidRDefault="00A27B1E" w:rsidP="00C40954">
+      <w:pPr>
+        <w:pStyle w:val="MellanrubrikVGR"/>
+        <w:ind w:right="-141"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00A27B1E">
+        <w:t>Vid överkänslighet/allergi mot klorhexidin </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0C3B1EC8" w14:textId="77777777" w:rsidR="00A27B1E" w:rsidRDefault="00A27B1E" w:rsidP="00C40954">
+      <w:pPr>
+        <w:ind w:right="-141"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00A27B1E">
+        <w:t>Patienten utför en vanlig dusch med flytande tvål och hårschampo i syfte att bli synligt ren, detta utförs kvällen innan eller på operationsdagens morgon. Efter dusch ska patienten använda en ren handduk, ta på rena kläder samt ha renbäddad säng. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0FD1FA8A" w14:textId="77777777" w:rsidR="003216AC" w:rsidRPr="003216AC" w:rsidRDefault="003216AC" w:rsidP="00C40954">
+      <w:pPr>
+        <w:pStyle w:val="Rubrik3"/>
+        <w:ind w:right="-141"/>
+      </w:pPr>
+      <w:r w:rsidRPr="003216AC">
+        <w:t>Genomförande helkroppstvätt </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="05853D81" w14:textId="77777777" w:rsidR="003216AC" w:rsidRPr="003216AC" w:rsidRDefault="003216AC" w:rsidP="00C40954">
+      <w:pPr>
+        <w:ind w:right="-141"/>
+      </w:pPr>
+      <w:r w:rsidRPr="003216AC">
+        <w:t>Patienten utför en vanlig dusch med flytande tvål och hårschampo i syfte att bli synligt ren.  </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="63952845" w14:textId="77777777" w:rsidR="003216AC" w:rsidRPr="003216AC" w:rsidRDefault="003216AC" w:rsidP="00C40954">
+      <w:pPr>
+        <w:pStyle w:val="Punktlista"/>
+        <w:ind w:right="-141"/>
+      </w:pPr>
+      <w:r w:rsidRPr="003216AC">
+        <w:t>Dusch utförs kvällen innan eller på operationsdagens morgon. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6C36D7EC" w14:textId="77777777" w:rsidR="003216AC" w:rsidRPr="003216AC" w:rsidRDefault="003216AC" w:rsidP="00C40954">
+      <w:pPr>
+        <w:pStyle w:val="Punktlista"/>
+        <w:ind w:right="-141"/>
+      </w:pPr>
+      <w:r w:rsidRPr="003216AC">
+        <w:t>Efter dusch ska patienten använda en ren handduk, ta på rena kläder samt ha renbäddad säng. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0F06786A" w14:textId="77777777" w:rsidR="003216AC" w:rsidRPr="003216AC" w:rsidRDefault="003216AC" w:rsidP="00C40954">
+      <w:pPr>
+        <w:pStyle w:val="MellanrubrikVGR"/>
+        <w:ind w:right="-141"/>
+      </w:pPr>
+      <w:r w:rsidRPr="003216AC">
+        <w:t>Akut kirurgi </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="064641C5" w14:textId="77777777" w:rsidR="003216AC" w:rsidRPr="003216AC" w:rsidRDefault="003216AC" w:rsidP="00C40954">
+      <w:pPr>
+        <w:ind w:right="-141"/>
+      </w:pPr>
+      <w:r w:rsidRPr="003216AC">
+        <w:t>Preoperativ helkroppstvätt utförs i den utsträckning patientens tillstånd medger. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5055CC13" w14:textId="77777777" w:rsidR="003216AC" w:rsidRPr="003216AC" w:rsidRDefault="003216AC" w:rsidP="00C40954">
+      <w:pPr>
+        <w:pStyle w:val="MellanrubrikVGR"/>
+        <w:ind w:right="-141"/>
+      </w:pPr>
+      <w:r w:rsidRPr="003216AC">
+        <w:t>Uppskjuten operation </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0682E6DF" w14:textId="77777777" w:rsidR="003216AC" w:rsidRPr="003216AC" w:rsidRDefault="003216AC" w:rsidP="00C40954">
+      <w:pPr>
+        <w:ind w:right="-141"/>
+      </w:pPr>
+      <w:r w:rsidRPr="003216AC">
+        <w:t>En ny dusch enligt ovan. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7CB3F8F9" w14:textId="0330A0DC" w:rsidR="003216AC" w:rsidRDefault="00AD5C86" w:rsidP="00C40954">
+      <w:pPr>
+        <w:pStyle w:val="Rubrik2"/>
+        <w:ind w:right="-141"/>
       </w:pPr>
       <w:r>
-        <w:t>Helkroppsdesinfektion påbörjas dagen före operation och fullföljs på operationsdagen. Kan detta inte följas bör det gå minst 2 timmar mellan duscharna.</w:t>
+        <w:t>Ansvar</w:t>
+      </w:r>
+      <w:r w:rsidR="004A33FF">
+        <w:t xml:space="preserve"> och avsteg</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6CDF0D22" w14:textId="77777777" w:rsidR="00CA5FCE" w:rsidRDefault="00CA5FCE" w:rsidP="00CA5FCE">
-[...18 lines deleted...]
-        <w:t xml:space="preserve">. </w:t>
+    <w:p w14:paraId="276BA8B3" w14:textId="77777777" w:rsidR="00713B5A" w:rsidRPr="00713B5A" w:rsidRDefault="00713B5A" w:rsidP="00C40954">
+      <w:pPr>
+        <w:ind w:right="-141"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00713B5A">
+        <w:t>Linjechefer ansvarar för att denna rutin är känd och följs av alla medarbetare.  </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4407B6E1" w14:textId="77777777" w:rsidR="00CA5FCE" w:rsidRDefault="00CA5FCE" w:rsidP="00CA5FCE">
-[...18 lines deleted...]
-        <w:t xml:space="preserve"> säng.</w:t>
+    <w:p w14:paraId="6833A1C2" w14:textId="77777777" w:rsidR="00713B5A" w:rsidRPr="00713B5A" w:rsidRDefault="00713B5A" w:rsidP="00C40954">
+      <w:pPr>
+        <w:ind w:right="-141"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00713B5A">
+        <w:t>Verksamhetschef kan efter riskanalys besluta att frångå delar av rekommendationerna för vissa åtgärder och ingrepp. Lokala rutiner ska finnas som beskriver undantagen.  </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="76FFB45F" w14:textId="77777777" w:rsidR="00CA5FCE" w:rsidRDefault="00CA5FCE" w:rsidP="00724665">
-[...5 lines deleted...]
-        <w:t>Produkt</w:t>
+    <w:p w14:paraId="1FD17B4D" w14:textId="77777777" w:rsidR="00713B5A" w:rsidRPr="00713B5A" w:rsidRDefault="00713B5A" w:rsidP="00C40954">
+      <w:pPr>
+        <w:ind w:right="-141"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00713B5A">
+        <w:lastRenderedPageBreak/>
+        <w:t>Medvetet avsteg från denna rutin dokumenteras i patientjournal om avsteg är kopplat till patient. Annan orsak till avsteg rapporteras i MedControl PRO eller i befintligt avvikelsehanteringssystem</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4AB78A29" w14:textId="77777777" w:rsidR="00CA5FCE" w:rsidRDefault="00CA5FCE" w:rsidP="00724665">
-[...218 lines deleted...]
-    <w:p w14:paraId="7F542104" w14:textId="77777777" w:rsidR="00CA5FCE" w:rsidRDefault="00CA5FCE" w:rsidP="00724665">
+    <w:p w14:paraId="6DD04DBA" w14:textId="77777777" w:rsidR="004538DE" w:rsidRDefault="009A32ED" w:rsidP="00C40954">
       <w:pPr>
         <w:pStyle w:val="Rubrik2"/>
-        <w:spacing w:after="120"/>
-        <w:ind w:left="567"/>
+        <w:ind w:right="-141"/>
         <w:rPr>
-          <w:bCs w:val="0"/>
+          <w:color w:val="auto"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
+      <w:bookmarkStart w:id="10" w:name="_Toc100327193"/>
+      <w:bookmarkStart w:id="11" w:name="_Toc181866762"/>
+      <w:r w:rsidRPr="00A74A35">
         <w:rPr>
-          <w:bCs w:val="0"/>
+          <w:color w:val="auto"/>
         </w:rPr>
-        <w:t>Ansvar och avsteg</w:t>
-[...41 lines deleted...]
-      <w:bookmarkStart w:id="13" w:name="_Toc106874294"/>
+        <w:t>Relaterad information</w:t>
+      </w:r>
       <w:bookmarkEnd w:id="10"/>
       <w:bookmarkEnd w:id="11"/>
-      <w:r w:rsidRPr="004D43C0">
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p w14:paraId="39BBE84A" w14:textId="7B4A55F3" w:rsidR="00D259F1" w:rsidRPr="004538DE" w:rsidRDefault="00D259F1" w:rsidP="00C40954">
+      <w:pPr>
+        <w:ind w:right="-141"/>
+      </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">e dokument </w:t>
-[...17 lines deleted...]
-        <w:r w:rsidRPr="32131D0A">
+        <w:t xml:space="preserve">FASS </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId11" w:history="1">
+        <w:r w:rsidRPr="00D259F1">
           <w:rPr>
             <w:rStyle w:val="Hyperlnk"/>
           </w:rPr>
-          <w:t>FASS</w:t>
+          <w:t>Descutan (Kutan svamp 4 %) • FASS text | FASS Vård</w:t>
         </w:r>
       </w:hyperlink>
+    </w:p>
+    <w:p w14:paraId="42ADBA71" w14:textId="3B40A30C" w:rsidR="006E36E1" w:rsidRDefault="006E36E1" w:rsidP="00C40954">
+      <w:pPr>
+        <w:ind w:right="-141"/>
+      </w:pPr>
+      <w:r w:rsidRPr="006E36E1">
+        <w:t>FASS</w:t>
+      </w:r>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
-[...31 lines deleted...]
-        <w:r w:rsidRPr="32131D0A">
+      <w:hyperlink r:id="rId12" w:history="1">
+        <w:r w:rsidRPr="006E36E1">
           <w:rPr>
             <w:rStyle w:val="Hyperlnk"/>
           </w:rPr>
-          <w:t>Operationssjukvård, preoperativ vård.</w:t>
+          <w:t>Hibiwash (Kutan lösning 40 mg/ml) • FASS text | FASS Vård</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
     </w:p>
-    <w:p w14:paraId="3FA7120B" w14:textId="77777777" w:rsidR="00CA5FCE" w:rsidRPr="00A46611" w:rsidRDefault="00CA5FCE" w:rsidP="00E13038">
-[...19 lines deleted...]
-      <w:proofErr w:type="spellEnd"/>
+    <w:p w14:paraId="3ED58B8E" w14:textId="5715F08B" w:rsidR="001A7A7F" w:rsidRPr="000D3886" w:rsidRDefault="001A7A7F" w:rsidP="00C40954">
+      <w:pPr>
+        <w:ind w:right="-141"/>
+      </w:pPr>
+      <w:r w:rsidRPr="001A7A7F">
+        <w:t>Vårdhandboken</w:t>
+      </w:r>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
-[...19 lines deleted...]
-      <w:proofErr w:type="spellEnd"/>
+      <w:hyperlink r:id="rId13" w:history="1">
+        <w:r w:rsidRPr="001A7A7F">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlnk"/>
+          </w:rPr>
+          <w:t>Preoperativ vård - Vårdhandboken</w:t>
+        </w:r>
+      </w:hyperlink>
+    </w:p>
+    <w:p w14:paraId="44553E20" w14:textId="4D063392" w:rsidR="009A32ED" w:rsidRPr="000D04ED" w:rsidRDefault="009A32ED" w:rsidP="00C40954">
+      <w:pPr>
+        <w:pStyle w:val="Rubrik2"/>
+        <w:ind w:right="-141"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="12" w:name="_Toc100327194"/>
+      <w:bookmarkStart w:id="13" w:name="_Toc181866763"/>
+      <w:r w:rsidRPr="000D04ED">
+        <w:t>Arbetsgrupp</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="12"/>
+      <w:bookmarkEnd w:id="13"/>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
-[...38 lines deleted...]
-      </w:r>
     </w:p>
-    <w:p w14:paraId="076C105C" w14:textId="77777777" w:rsidR="00CA5FCE" w:rsidRDefault="00CA5FCE" w:rsidP="00E13038">
-[...52 lines deleted...]
-      <w:proofErr w:type="gramEnd"/>
+    <w:p w14:paraId="5B8E410D" w14:textId="77777777" w:rsidR="00123B9C" w:rsidRPr="00F81A17" w:rsidRDefault="00123B9C" w:rsidP="00123B9C">
+      <w:pPr>
+        <w:ind w:right="-141"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00F81A17">
+        <w:t>Annett Ekman Persson, Vårdhygien SKAS </w:t>
+      </w:r>
     </w:p>
-    <w:p w14:paraId="57BC3D29" w14:textId="77777777" w:rsidR="00CA5FCE" w:rsidRPr="000D04ED" w:rsidRDefault="00CA5FCE" w:rsidP="00E13038">
+    <w:p w14:paraId="53B4D1EF" w14:textId="30C61B0F" w:rsidR="00F81A17" w:rsidRDefault="00F81A17" w:rsidP="00C40954">
+      <w:pPr>
+        <w:ind w:right="-141"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00F81A17">
+        <w:t>Linda Hallberg, Maria Nelson, Vårdhygien SÄS </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="69A7D5EB" w14:textId="77777777" w:rsidR="00123B9C" w:rsidRPr="00F81A17" w:rsidRDefault="00123B9C" w:rsidP="00123B9C">
+      <w:pPr>
+        <w:ind w:right="-141"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00F81A17">
+        <w:t>Marlene van Doesburg, Vårdhygien Sahlgrenska </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5A7210A5" w14:textId="77777777" w:rsidR="00F81A17" w:rsidRPr="00F81A17" w:rsidRDefault="00F81A17" w:rsidP="00C40954">
+      <w:pPr>
+        <w:ind w:right="-141"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00F81A17">
+        <w:t>Nathalie Allegra Högfeldt, Vårdhygien NU sjukvården </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1F31D8D7" w14:textId="77777777" w:rsidR="008F04DE" w:rsidRDefault="009A32ED" w:rsidP="00C40954">
       <w:pPr>
         <w:pStyle w:val="Rubrik2"/>
-        <w:ind w:left="567" w:right="-143"/>
+        <w:ind w:right="-141"/>
       </w:pPr>
       <w:bookmarkStart w:id="14" w:name="_Toc100327195"/>
-      <w:bookmarkStart w:id="15" w:name="_Toc106874295"/>
-[...1 lines deleted...]
-      <w:bookmarkEnd w:id="13"/>
+      <w:bookmarkStart w:id="15" w:name="_Toc181866764"/>
       <w:r w:rsidRPr="000D04ED">
-        <w:t>Arbetsgrupp</w:t>
-[...42 lines deleted...]
-      <w:bookmarkEnd w:id="1"/>
+        <w:t>Källförteckning</w:t>
+      </w:r>
       <w:bookmarkEnd w:id="14"/>
       <w:bookmarkEnd w:id="15"/>
-      <w:bookmarkEnd w:id="16"/>
     </w:p>
-    <w:sectPr w:rsidR="00CA5FCE" w:rsidSect="00B96AFF">
-[...5 lines deleted...]
-      <w:type w:val="continuous"/>
+    <w:p w14:paraId="375367BA" w14:textId="79E08481" w:rsidR="009B180C" w:rsidRDefault="691A7304" w:rsidP="00C40954">
+      <w:pPr>
+        <w:ind w:right="-141"/>
+      </w:pPr>
+      <w:r>
+        <w:t>1.</w:t>
+      </w:r>
+      <w:r w:rsidR="008C0955">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00687515">
+        <w:t xml:space="preserve">Socialstyrelsen. </w:t>
+      </w:r>
+      <w:r w:rsidR="00935C7C">
+        <w:t>Att förebygga</w:t>
+      </w:r>
+      <w:r w:rsidR="00C7653D">
+        <w:t xml:space="preserve"> vårdrelaterade infektioner. Ett kunskapsunderlag.</w:t>
+      </w:r>
+      <w:r w:rsidR="00080FB1">
+        <w:t xml:space="preserve"> [Internet]</w:t>
+      </w:r>
+      <w:r w:rsidR="00C7653D">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="007E353C" w:rsidRPr="007E353C">
+        <w:t xml:space="preserve">Stockholm: </w:t>
+      </w:r>
+      <w:r w:rsidR="00080FB1">
+        <w:t>Socialstyrelsen; 2006</w:t>
+      </w:r>
+      <w:r w:rsidR="007E353C" w:rsidRPr="007E353C">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="004877C1" w:rsidRPr="004877C1">
+        <w:t>[citerad </w:t>
+      </w:r>
+      <w:r w:rsidR="004877C1">
+        <w:t>2</w:t>
+      </w:r>
+      <w:r w:rsidR="00065D1B">
+        <w:t>9</w:t>
+      </w:r>
+      <w:r w:rsidR="004877C1" w:rsidRPr="004877C1">
+        <w:t xml:space="preserve"> december 2025]</w:t>
+      </w:r>
+      <w:r w:rsidR="004877C1">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="007E353C" w:rsidRPr="007E353C">
+        <w:t>Hämtad från:</w:t>
+      </w:r>
+      <w:r w:rsidR="004877C1">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId14">
+        <w:r w:rsidR="00F66441" w:rsidRPr="0017B648">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlnk"/>
+          </w:rPr>
+          <w:t>https://www.folkhalsomyndigheten.se/contentassets/3692c757601b40eda5e49f890c2d11ca/att-forebygga-vardrelaterade-infektioner-ett-kunskapsunderlag-2006-123-12.pdf</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidR="00F66441">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="05718420" w14:textId="17AD3804" w:rsidR="00515690" w:rsidRDefault="7D2D23F0" w:rsidP="00C40954">
+      <w:pPr>
+        <w:ind w:right="-141"/>
+      </w:pPr>
+      <w:r w:rsidRPr="0017B648">
+        <w:rPr>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>2.</w:t>
+      </w:r>
+      <w:r w:rsidR="008C0955">
+        <w:rPr>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00780A44" w:rsidRPr="00E745A3">
+        <w:rPr>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Webster </w:t>
+      </w:r>
+      <w:r w:rsidR="00325FDF">
+        <w:rPr>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>J</w:t>
+      </w:r>
+      <w:r w:rsidR="00780A44" w:rsidRPr="00E745A3">
+        <w:rPr>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> och Osborne S. Preoperative Bathing or showering with skin antiseptics to prevent surgical site infection. Cochrane Database systematic Review. 2015;20(2). </w:t>
+      </w:r>
+      <w:r w:rsidR="00780A44" w:rsidRPr="002970D1">
+        <w:t>CD004985.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="62AA0F2E" w14:textId="149078A8" w:rsidR="00A90358" w:rsidRPr="00E745A3" w:rsidRDefault="691E2646" w:rsidP="00C40954">
+      <w:pPr>
+        <w:ind w:right="-141"/>
+        <w:rPr>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002970D1">
+        <w:t>3.</w:t>
+      </w:r>
+      <w:r w:rsidR="008C0955" w:rsidRPr="002970D1">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00835F05" w:rsidRPr="002970D1">
+        <w:t>Tanner J et al.</w:t>
+      </w:r>
+      <w:r w:rsidR="00D92DF6" w:rsidRPr="002970D1">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00D92DF6" w:rsidRPr="00E745A3">
+        <w:rPr>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>A fresh look at preoperative body washing. Journal of I</w:t>
+      </w:r>
+      <w:r w:rsidR="00E745A3" w:rsidRPr="00E745A3">
+        <w:rPr>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>nfection Prevention. 2012; 13 (1): 11-15.</w:t>
+      </w:r>
+    </w:p>
+    <w:sectPr w:rsidR="00A90358" w:rsidRPr="00E745A3" w:rsidSect="00FA19AC">
+      <w:headerReference w:type="default" r:id="rId15"/>
+      <w:footerReference w:type="default" r:id="rId16"/>
+      <w:headerReference w:type="first" r:id="rId17"/>
+      <w:footerReference w:type="first" r:id="rId18"/>
       <w:pgSz w:w="11900" w:h="16840"/>
-      <w:pgMar w:top="1418" w:right="1979" w:bottom="1276" w:left="992" w:header="284" w:footer="737" w:gutter="0"/>
+      <w:pgMar w:top="1418" w:right="1835" w:bottom="1276" w:left="992" w:header="284" w:footer="737" w:gutter="0"/>
+      <w:pgNumType w:start="1"/>
       <w:cols w:space="708"/>
       <w:noEndnote/>
       <w:titlePg/>
       <w:docGrid w:linePitch="326"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="467855E3" w14:textId="77777777" w:rsidR="00245133" w:rsidRDefault="00245133">
+    <w:p w14:paraId="035A0F05" w14:textId="77777777" w:rsidR="009C0FF4" w:rsidRDefault="009C0FF4">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="0585AE11" w14:textId="77777777" w:rsidR="00245133" w:rsidRDefault="00245133">
+    <w:p w14:paraId="3EBE7271" w14:textId="77777777" w:rsidR="009C0FF4" w:rsidRDefault="009C0FF4">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationNotice" w:id="1">
-    <w:p w14:paraId="09A0F9EF" w14:textId="77777777" w:rsidR="00245133" w:rsidRDefault="00245133">
+    <w:p w14:paraId="4E08B37D" w14:textId="77777777" w:rsidR="009C0FF4" w:rsidRDefault="009C0FF4">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier">
     <w:panose1 w:val="02070409020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="00000003" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
   </w:font>
-  <w:font w:name="Calibri">
-    <w:panose1 w:val="020F0502020204030204"/>
+  <w:font w:name="Georgia">
+    <w:panose1 w:val="02040502050405020303"/>
+    <w:charset w:val="00"/>
+    <w:family w:val="roman"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="00000287" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="0000009F" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Verdana">
+    <w:panose1 w:val="020B0604030504040204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="A00006FF" w:usb1="4000205B" w:usb2="00000010" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="MS Gothic">
     <w:altName w:val="ＭＳ ゴシック"/>
     <w:panose1 w:val="020B0609070205080204"/>
     <w:charset w:val="80"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E00002FF" w:usb1="6AC7FDFB" w:usb2="08000012" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Calibri">
+    <w:panose1 w:val="020F0502020204030204"/>
+    <w:charset w:val="00"/>
+    <w:family w:val="swiss"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="MinionPro-Regular">
     <w:altName w:val="Calibri"/>
     <w:panose1 w:val="00000000000000000000"/>
     <w:charset w:val="4D"/>
     <w:family w:val="auto"/>
     <w:notTrueType/>
     <w:pitch w:val="default"/>
     <w:sig w:usb0="00000003" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Lucida Grande">
     <w:altName w:val="Times New Roman"/>
     <w:charset w:val="00"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E1000AEF" w:usb1="5000A1FF" w:usb2="00000000" w:usb3="00000000" w:csb0="000001BF" w:csb1="00000000"/>
   </w:font>
-  <w:font w:name="Cambria">
-[...5 lines deleted...]
-  </w:font>
   <w:font w:name="MS Mincho">
     <w:altName w:val="ＭＳ 明朝"/>
     <w:panose1 w:val="02020609040205080304"/>
     <w:charset w:val="80"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E00002FF" w:usb1="6AC7FDFB" w:usb2="08000012" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
   </w:font>
+  <w:font w:name="Cambria">
+    <w:panose1 w:val="02040503050406030204"/>
+    <w:charset w:val="00"/>
+    <w:family w:val="roman"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
+  </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
-  <w:p w14:paraId="016733C4" w14:textId="77777777" w:rsidR="00442C11" w:rsidRDefault="00442C11" w:rsidP="00C43BDD">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="45FFA664" w14:textId="77777777" w:rsidR="005A3381" w:rsidRPr="00831C35" w:rsidRDefault="00000000" w:rsidP="00EC0A68">
     <w:pPr>
       <w:pStyle w:val="Sidfot"/>
-      <w:framePr w:wrap="around" w:vAnchor="text" w:hAnchor="margin" w:y="1"/>
-[...1 lines deleted...]
-        <w:rStyle w:val="Sidnummer"/>
+      <w:rPr>
+        <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        <w:sz w:val="24"/>
+        <w:szCs w:val="24"/>
       </w:rPr>
     </w:pPr>
-    <w:r>
-[...3 lines deleted...]
-      <w:fldChar w:fldCharType="begin"/>
+    <w:sdt>
+      <w:sdtPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:id w:val="733662550"/>
+        <w:docPartObj>
+          <w:docPartGallery w:val="Page Numbers (Bottom of Page)"/>
+          <w:docPartUnique/>
+        </w:docPartObj>
+      </w:sdtPr>
+      <w:sdtContent>
+        <w:r w:rsidR="005A3381" w:rsidRPr="00831C35">
+          <w:rPr>
+            <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+            <w:sz w:val="24"/>
+            <w:szCs w:val="24"/>
+          </w:rPr>
+          <w:t xml:space="preserve"> </w:t>
+        </w:r>
+        <w:r w:rsidR="005A3381" w:rsidRPr="00831C35">
+          <w:rPr>
+            <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+            <w:sz w:val="24"/>
+            <w:szCs w:val="24"/>
+          </w:rPr>
+          <w:fldChar w:fldCharType="begin"/>
+        </w:r>
+        <w:r w:rsidR="005A3381" w:rsidRPr="00831C35">
+          <w:rPr>
+            <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+            <w:sz w:val="24"/>
+            <w:szCs w:val="24"/>
+          </w:rPr>
+          <w:instrText>PAGE   \* MERGEFORMAT</w:instrText>
+        </w:r>
+        <w:r w:rsidR="005A3381" w:rsidRPr="00831C35">
+          <w:rPr>
+            <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+            <w:sz w:val="24"/>
+            <w:szCs w:val="24"/>
+          </w:rPr>
+          <w:fldChar w:fldCharType="separate"/>
+        </w:r>
+        <w:r w:rsidR="005A3381" w:rsidRPr="00831C35">
+          <w:rPr>
+            <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+            <w:sz w:val="24"/>
+            <w:szCs w:val="24"/>
+          </w:rPr>
+          <w:t>2</w:t>
+        </w:r>
+        <w:r w:rsidR="005A3381" w:rsidRPr="00831C35">
+          <w:rPr>
+            <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+            <w:sz w:val="24"/>
+            <w:szCs w:val="24"/>
+          </w:rPr>
+          <w:fldChar w:fldCharType="end"/>
+        </w:r>
+      </w:sdtContent>
+    </w:sdt>
+    <w:r w:rsidR="005A3381" w:rsidRPr="00831C35">
+      <w:rPr>
+        <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        <w:sz w:val="24"/>
+        <w:szCs w:val="24"/>
+      </w:rPr>
+      <w:t xml:space="preserve"> (</w:t>
     </w:r>
-    <w:r>
-[...3 lines deleted...]
-      <w:instrText xml:space="preserve">PAGE  </w:instrText>
+    <w:r w:rsidR="005A3381">
+      <w:rPr>
+        <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        <w:sz w:val="24"/>
+        <w:szCs w:val="24"/>
+      </w:rPr>
+      <w:t>4</w:t>
     </w:r>
-    <w:r>
-[...3 lines deleted...]
-      <w:fldChar w:fldCharType="end"/>
+    <w:r w:rsidR="005A3381" w:rsidRPr="00831C35">
+      <w:rPr>
+        <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        <w:sz w:val="24"/>
+        <w:szCs w:val="24"/>
+      </w:rPr>
+      <w:t>)</w:t>
     </w:r>
-  </w:p>
-[...4 lines deleted...]
-    </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footer2.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
-[...73 lines deleted...]
-  <w:p w14:paraId="2C942DEF" w14:textId="77777777" w:rsidR="00442C11" w:rsidRDefault="00442C11" w:rsidP="00FB2F0F">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="2B6334B8" w14:textId="77777777" w:rsidR="005A3381" w:rsidRDefault="005A3381" w:rsidP="00FB2F0F">
     <w:pPr>
       <w:pStyle w:val="Sidfot"/>
       <w:ind w:left="6237" w:hanging="141"/>
       <w:jc w:val="left"/>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:noProof/>
       </w:rPr>
       <w:drawing>
-        <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251675649" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="5F4C6986" wp14:editId="1179255B">
+        <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658242" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="30D68901" wp14:editId="3152AFB3">
           <wp:simplePos x="0" y="0"/>
           <wp:positionH relativeFrom="column">
-            <wp:posOffset>4388307</wp:posOffset>
+            <wp:posOffset>4391660</wp:posOffset>
           </wp:positionH>
           <wp:positionV relativeFrom="paragraph">
-            <wp:posOffset>-27355</wp:posOffset>
+            <wp:posOffset>-3947</wp:posOffset>
           </wp:positionV>
-          <wp:extent cx="1897920" cy="384860"/>
-          <wp:effectExtent l="0" t="0" r="7620" b="0"/>
+          <wp:extent cx="1953671" cy="348178"/>
+          <wp:effectExtent l="0" t="0" r="0" b="0"/>
           <wp:wrapNone/>
-          <wp:docPr id="32" name="Bildobjekt 32">
+          <wp:docPr id="1408162327" name="Bildobjekt 12">
             <a:extLst xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:ext uri="{C183D7F6-B498-43B3-948B-1728B52AA6E4}">
                 <adec:decorative xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" val="1"/>
               </a:ext>
             </a:extLst>
           </wp:docPr>
           <wp:cNvGraphicFramePr>
             <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
           </wp:cNvGraphicFramePr>
           <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
             <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
               <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:nvPicPr>
-                  <pic:cNvPr id="0" name="VG_Ne.wmf"/>
+                  <pic:cNvPr id="12" name="Bildobjekt 12">
+                    <a:extLst>
+                      <a:ext uri="{C183D7F6-B498-43B3-948B-1728B52AA6E4}">
+                        <adec:decorative xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" val="1"/>
+                      </a:ext>
+                    </a:extLst>
+                  </pic:cNvPr>
                   <pic:cNvPicPr/>
                 </pic:nvPicPr>
                 <pic:blipFill>
                   <a:blip r:embed="rId1">
                     <a:extLst>
-                      <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
-                        <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+                      <a:ext uri="{96DAC541-7B7A-43D3-8B79-37D633B846F1}">
+                        <asvg:svgBlip xmlns:asvg="http://schemas.microsoft.com/office/drawing/2016/SVG/main" r:embed="rId2"/>
                       </a:ext>
                     </a:extLst>
                   </a:blip>
                   <a:stretch>
                     <a:fillRect/>
                   </a:stretch>
                 </pic:blipFill>
                 <pic:spPr>
                   <a:xfrm>
                     <a:off x="0" y="0"/>
-                    <a:ext cx="1953671" cy="396165"/>
-[...188 lines deleted...]
-                    <a:ext cx="1953671" cy="396165"/>
+                    <a:ext cx="1953671" cy="348178"/>
                   </a:xfrm>
                   <a:prstGeom prst="rect">
                     <a:avLst/>
                   </a:prstGeom>
                 </pic:spPr>
               </pic:pic>
             </a:graphicData>
           </a:graphic>
           <wp14:sizeRelH relativeFrom="margin">
             <wp14:pctWidth>0</wp14:pctWidth>
           </wp14:sizeRelH>
           <wp14:sizeRelV relativeFrom="margin">
             <wp14:pctHeight>0</wp14:pctHeight>
           </wp14:sizeRelV>
         </wp:anchor>
       </w:drawing>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="548B4413" w14:textId="77777777" w:rsidR="00245133" w:rsidRDefault="00245133"/>
+    <w:p w14:paraId="4299AB29" w14:textId="77777777" w:rsidR="009C0FF4" w:rsidRDefault="009C0FF4"/>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="3675CEED" w14:textId="77777777" w:rsidR="00245133" w:rsidRDefault="00245133">
+    <w:p w14:paraId="156D29B0" w14:textId="77777777" w:rsidR="009C0FF4" w:rsidRDefault="009C0FF4">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationNotice" w:id="1">
-    <w:p w14:paraId="1314BEAE" w14:textId="77777777" w:rsidR="00245133" w:rsidRDefault="00245133">
+    <w:p w14:paraId="47821C04" w14:textId="77777777" w:rsidR="009C0FF4" w:rsidRDefault="009C0FF4">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
-  <w:p w14:paraId="28C55719" w14:textId="77777777" w:rsidR="00442C11" w:rsidRPr="00DA65C4" w:rsidRDefault="00442C11" w:rsidP="00DA65C4">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="123E59A5" w14:textId="77777777" w:rsidR="005A3381" w:rsidRPr="00DA65C4" w:rsidRDefault="005A3381" w:rsidP="00DA65C4">
     <w:pPr>
       <w:pStyle w:val="Sidhuvud"/>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:noProof/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
       <mc:AlternateContent>
         <mc:Choice Requires="wps">
           <w:drawing>
-            <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251677697" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="2D4D062E" wp14:editId="7EF2F085">
+            <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658241" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="7BEC3CD1" wp14:editId="30E61FED">
               <wp:simplePos x="0" y="0"/>
               <wp:positionH relativeFrom="column">
                 <wp:posOffset>0</wp:posOffset>
               </wp:positionH>
               <wp:positionV relativeFrom="paragraph">
                 <wp:posOffset>-635</wp:posOffset>
               </wp:positionV>
               <wp:extent cx="4667250" cy="323850"/>
               <wp:effectExtent l="0" t="0" r="0" b="0"/>
               <wp:wrapNone/>
-              <wp:docPr id="1" name="Textruta 1"/>
+              <wp:docPr id="1527054904" name="Textruta 1527054904"/>
               <wp:cNvGraphicFramePr/>
               <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                 <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                   <wps:wsp>
                     <wps:cNvSpPr txBox="1"/>
                     <wps:spPr>
                       <a:xfrm>
                         <a:off x="0" y="0"/>
                         <a:ext cx="4667250" cy="323850"/>
                       </a:xfrm>
                       <a:prstGeom prst="rect">
                         <a:avLst/>
                       </a:prstGeom>
                       <a:noFill/>
                       <a:ln w="6350">
                         <a:noFill/>
                       </a:ln>
                     </wps:spPr>
                     <wps:txbx>
                       <w:txbxContent>
-                        <w:p w14:paraId="13679BDE" w14:textId="77777777" w:rsidR="00442C11" w:rsidRDefault="00442C11" w:rsidP="00DA65C4">
+                        <w:p w14:paraId="380289BE" w14:textId="77777777" w:rsidR="005A3381" w:rsidRDefault="005A3381" w:rsidP="00DA65C4">
                           <w:pPr>
                             <w:ind w:left="0"/>
                           </w:pPr>
                           <w:r w:rsidRPr="00762EE0">
                             <w:rPr>
                               <w:sz w:val="20"/>
                               <w:szCs w:val="20"/>
                             </w:rPr>
                             <w:t>OBS! Utskriven version kan vara ogiltig. Verifiera innehållet</w:t>
                           </w:r>
                           <w:r>
                             <w:rPr>
                               <w:sz w:val="20"/>
                               <w:szCs w:val="20"/>
                             </w:rPr>
                             <w:t>.</w:t>
                           </w:r>
                         </w:p>
                       </w:txbxContent>
                     </wps:txbx>
                     <wps:bodyPr rot="0" spcFirstLastPara="0" vertOverflow="overflow" horzOverflow="overflow" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" numCol="1" spcCol="0" rtlCol="0" fromWordArt="0" anchor="t" anchorCtr="0" forceAA="0" compatLnSpc="1">
                       <a:prstTxWarp prst="textNoShape">
                         <a:avLst/>
                       </a:prstTxWarp>
                       <a:noAutofit/>
                     </wps:bodyPr>
                   </wps:wsp>
                 </a:graphicData>
               </a:graphic>
               <wp14:sizeRelH relativeFrom="margin">
                 <wp14:pctWidth>0</wp14:pctWidth>
               </wp14:sizeRelH>
             </wp:anchor>
           </w:drawing>
         </mc:Choice>
         <mc:Fallback>
           <w:pict>
-            <v:shapetype w14:anchorId="2D4D062E" id="_x0000_t202" coordsize="21600,21600" o:spt="202" path="m,l,21600r21600,l21600,xe">
+            <v:shapetype w14:anchorId="7BEC3CD1" id="_x0000_t202" coordsize="21600,21600" o:spt="202" path="m,l,21600r21600,l21600,xe">
               <v:stroke joinstyle="miter"/>
               <v:path gradientshapeok="t" o:connecttype="rect"/>
             </v:shapetype>
-            <v:shape id="Textruta 1" o:spid="_x0000_s1026" type="#_x0000_t202" style="position:absolute;left:0;text-align:left;margin-left:0;margin-top:-.05pt;width:367.5pt;height:25.5pt;z-index:251677697;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-width-relative:margin;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQCzkv6OFQIAACwEAAAOAAAAZHJzL2Uyb0RvYy54bWysU01v2zAMvQ/YfxB0X5yvpp0Rp8haZBgQ&#10;tAXSoWdFlmIDkqhJSuzs14+SnY91Ow27yKRIP5LvUfP7VityEM7XYAo6GgwpEYZDWZtdQb+/rj7d&#10;UeIDMyVTYERBj8LT+8XHD/PG5mIMFahSOIIgxueNLWgVgs2zzPNKaOYHYIXBoASnWUDX7bLSsQbR&#10;tcrGw+Esa8CV1gEX3uPtYxeki4QvpeDhWUovAlEFxd5COl06t/HMFnOW7xyzVc37Ntg/dKFZbbDo&#10;GeqRBUb2rv4DStfcgQcZBhx0BlLWXKQZcJrR8N00m4pZkWZBcrw90+T/Hyx/OmzsiyOh/QItChgJ&#10;aazPPV7GeVrpdPxipwTjSOHxTJtoA+F4OZ3Nbsc3GOIYm4wnd2gjTHb52zofvgrQJBoFdShLYosd&#10;1j50qaeUWMzAqlYqSaMMaQo6myDkbxEEVwZrXHqNVmi3bT/AFsojzuWgk9xbvqqx+Jr58MIcaoz9&#10;4t6GZzykAiwCvUVJBe7n3+5jPlKPUUoa3JmC+h975gQl6ptBUT6PptO4ZMmZ3tyO0XHXke11xOz1&#10;A+BajvCFWJ7MmB/UyZQO9Buu9zJWxRAzHGsXNJzMh9BtMj4PLpbLlIRrZVlYm43lETqSFql9bd+Y&#10;sz3/AZV7gtN2sfydDF1uR/dyH0DWSaNIcMdqzzuuZFK5fz5x56/9lHV55ItfAAAA//8DAFBLAwQU&#10;AAYACAAAACEAJkWNkN0AAAAFAQAADwAAAGRycy9kb3ducmV2LnhtbEyPQU/CQBSE7yb+h80z8QZb&#10;MFUofSWkCTExegC5eNt2l7Zx923tLlD99T5PeJzMZOabfD06K85mCJ0nhNk0AWGo9rqjBuHwvp0s&#10;QISoSCvrySB8mwDr4vYmV5n2F9qZ8z42gksoZAqhjbHPpAx1a5wKU98bYu/oB6ciy6GRelAXLndW&#10;zpPkUTrVES+0qjdla+rP/ckhvJTbN7Wr5m7xY8vn1+Om/zp8pIj3d+NmBSKaMV7D8IfP6FAwU+VP&#10;pIOwCHwkIkxmINh8ekhZVwhpsgRZ5PI/ffELAAD//wMAUEsBAi0AFAAGAAgAAAAhALaDOJL+AAAA&#10;4QEAABMAAAAAAAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEA&#10;OP0h/9YAAACUAQAACwAAAAAAAAAAAAAAAAAvAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEA&#10;s5L+jhUCAAAsBAAADgAAAAAAAAAAAAAAAAAuAgAAZHJzL2Uyb0RvYy54bWxQSwECLQAUAAYACAAA&#10;ACEAJkWNkN0AAAAFAQAADwAAAAAAAAAAAAAAAABvBAAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAAE&#10;AAQA8wAAAHkFAAAAAA==&#10;" filled="f" stroked="f" strokeweight=".5pt">
+            <v:shape id="Textruta 1527054904" o:spid="_x0000_s1026" type="#_x0000_t202" style="position:absolute;left:0;text-align:left;margin-left:0;margin-top:-.05pt;width:367.5pt;height:25.5pt;z-index:251676673;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-width-relative:margin;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQCzkv6OFQIAACwEAAAOAAAAZHJzL2Uyb0RvYy54bWysU01v2zAMvQ/YfxB0X5yvpp0Rp8haZBgQ&#10;tAXSoWdFlmIDkqhJSuzs14+SnY91Ow27yKRIP5LvUfP7VityEM7XYAo6GgwpEYZDWZtdQb+/rj7d&#10;UeIDMyVTYERBj8LT+8XHD/PG5mIMFahSOIIgxueNLWgVgs2zzPNKaOYHYIXBoASnWUDX7bLSsQbR&#10;tcrGw+Esa8CV1gEX3uPtYxeki4QvpeDhWUovAlEFxd5COl06t/HMFnOW7xyzVc37Ntg/dKFZbbDo&#10;GeqRBUb2rv4DStfcgQcZBhx0BlLWXKQZcJrR8N00m4pZkWZBcrw90+T/Hyx/OmzsiyOh/QItChgJ&#10;aazPPV7GeVrpdPxipwTjSOHxTJtoA+F4OZ3Nbsc3GOIYm4wnd2gjTHb52zofvgrQJBoFdShLYosd&#10;1j50qaeUWMzAqlYqSaMMaQo6myDkbxEEVwZrXHqNVmi3bT/AFsojzuWgk9xbvqqx+Jr58MIcaoz9&#10;4t6GZzykAiwCvUVJBe7n3+5jPlKPUUoa3JmC+h975gQl6ptBUT6PptO4ZMmZ3tyO0XHXke11xOz1&#10;A+BajvCFWJ7MmB/UyZQO9Buu9zJWxRAzHGsXNJzMh9BtMj4PLpbLlIRrZVlYm43lETqSFql9bd+Y&#10;sz3/AZV7gtN2sfydDF1uR/dyH0DWSaNIcMdqzzuuZFK5fz5x56/9lHV55ItfAAAA//8DAFBLAwQU&#10;AAYACAAAACEAJkWNkN0AAAAFAQAADwAAAGRycy9kb3ducmV2LnhtbEyPQU/CQBSE7yb+h80z8QZb&#10;MFUofSWkCTExegC5eNt2l7Zx923tLlD99T5PeJzMZOabfD06K85mCJ0nhNk0AWGo9rqjBuHwvp0s&#10;QISoSCvrySB8mwDr4vYmV5n2F9qZ8z42gksoZAqhjbHPpAx1a5wKU98bYu/oB6ciy6GRelAXLndW&#10;zpPkUTrVES+0qjdla+rP/ckhvJTbN7Wr5m7xY8vn1+Om/zp8pIj3d+NmBSKaMV7D8IfP6FAwU+VP&#10;pIOwCHwkIkxmINh8ekhZVwhpsgRZ5PI/ffELAAD//wMAUEsBAi0AFAAGAAgAAAAhALaDOJL+AAAA&#10;4QEAABMAAAAAAAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEA&#10;OP0h/9YAAACUAQAACwAAAAAAAAAAAAAAAAAvAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEA&#10;s5L+jhUCAAAsBAAADgAAAAAAAAAAAAAAAAAuAgAAZHJzL2Uyb0RvYy54bWxQSwECLQAUAAYACAAA&#10;ACEAJkWNkN0AAAAFAQAADwAAAAAAAAAAAAAAAABvBAAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAAE&#10;AAQA8wAAAHkFAAAAAA==&#10;" filled="f" stroked="f" strokeweight=".5pt">
               <v:textbox>
                 <w:txbxContent>
-                  <w:p w14:paraId="13679BDE" w14:textId="77777777" w:rsidR="00442C11" w:rsidRDefault="00442C11" w:rsidP="00DA65C4">
+                  <w:p w14:paraId="380289BE" w14:textId="77777777" w:rsidR="005A3381" w:rsidRDefault="005A3381" w:rsidP="00DA65C4">
                     <w:pPr>
                       <w:ind w:left="0"/>
                     </w:pPr>
                     <w:r w:rsidRPr="00762EE0">
                       <w:rPr>
                         <w:sz w:val="20"/>
                         <w:szCs w:val="20"/>
                       </w:rPr>
                       <w:t>OBS! Utskriven version kan vara ogiltig. Verifiera innehållet</w:t>
                     </w:r>
                     <w:r>
                       <w:rPr>
                         <w:sz w:val="20"/>
                         <w:szCs w:val="20"/>
                       </w:rPr>
                       <w:t>.</w:t>
                     </w:r>
                   </w:p>
                 </w:txbxContent>
               </v:textbox>
             </v:shape>
           </w:pict>
         </mc:Fallback>
       </mc:AlternateContent>
     </w:r>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/header2.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
-  <w:p w14:paraId="2E929449" w14:textId="77777777" w:rsidR="00442C11" w:rsidRDefault="00442C11" w:rsidP="00413A60">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="222763B6" w14:textId="77777777" w:rsidR="005A3381" w:rsidRDefault="005A3381" w:rsidP="00413A60">
     <w:pPr>
       <w:pStyle w:val="Sidhuvud"/>
       <w:ind w:left="0" w:right="567"/>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:noProof/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
       <mc:AlternateContent>
         <mc:Choice Requires="wps">
           <w:drawing>
-            <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251676673" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="4902080A" wp14:editId="6DFB4CDC">
+            <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658240" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="0763A6A3" wp14:editId="14FC5F09">
               <wp:simplePos x="0" y="0"/>
               <wp:positionH relativeFrom="column">
                 <wp:posOffset>-172720</wp:posOffset>
               </wp:positionH>
               <wp:positionV relativeFrom="paragraph">
                 <wp:posOffset>-65405</wp:posOffset>
               </wp:positionV>
-              <wp:extent cx="4667250" cy="323850"/>
+              <wp:extent cx="4669200" cy="2160000"/>
               <wp:effectExtent l="0" t="0" r="0" b="0"/>
-              <wp:wrapNone/>
-              <wp:docPr id="2" name="Textruta 2"/>
+              <wp:wrapTopAndBottom/>
+              <wp:docPr id="1093091720" name="Textruta 1093091720"/>
               <wp:cNvGraphicFramePr/>
               <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                 <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                   <wps:wsp>
                     <wps:cNvSpPr txBox="1"/>
                     <wps:spPr>
                       <a:xfrm>
                         <a:off x="0" y="0"/>
-                        <a:ext cx="4667250" cy="323850"/>
+                        <a:ext cx="4669200" cy="2160000"/>
                       </a:xfrm>
                       <a:prstGeom prst="rect">
                         <a:avLst/>
                       </a:prstGeom>
                       <a:noFill/>
                       <a:ln w="6350">
                         <a:noFill/>
                       </a:ln>
                     </wps:spPr>
                     <wps:txbx>
                       <w:txbxContent>
-                        <w:p w14:paraId="2B0657B0" w14:textId="77777777" w:rsidR="00442C11" w:rsidRDefault="00442C11">
+                        <w:p w14:paraId="297142A0" w14:textId="77777777" w:rsidR="005A3381" w:rsidRDefault="005A3381">
                           <w:pPr>
                             <w:ind w:left="0"/>
                           </w:pPr>
                           <w:r w:rsidRPr="00762EE0">
                             <w:rPr>
                               <w:sz w:val="20"/>
                               <w:szCs w:val="20"/>
                             </w:rPr>
                             <w:t>OBS! Utskriven version kan vara ogiltig. Verifiera innehållet</w:t>
                           </w:r>
                           <w:r>
                             <w:rPr>
                               <w:sz w:val="20"/>
                               <w:szCs w:val="20"/>
                             </w:rPr>
                             <w:t>.</w:t>
                           </w:r>
                         </w:p>
                       </w:txbxContent>
                     </wps:txbx>
                     <wps:bodyPr rot="0" spcFirstLastPara="0" vertOverflow="overflow" horzOverflow="overflow" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" numCol="1" spcCol="0" rtlCol="0" fromWordArt="0" anchor="t" anchorCtr="0" forceAA="0" compatLnSpc="1">
                       <a:prstTxWarp prst="textNoShape">
                         <a:avLst/>
                       </a:prstTxWarp>
                       <a:noAutofit/>
                     </wps:bodyPr>
                   </wps:wsp>
                 </a:graphicData>
               </a:graphic>
               <wp14:sizeRelH relativeFrom="margin">
                 <wp14:pctWidth>0</wp14:pctWidth>
               </wp14:sizeRelH>
+              <wp14:sizeRelV relativeFrom="margin">
+                <wp14:pctHeight>0</wp14:pctHeight>
+              </wp14:sizeRelV>
             </wp:anchor>
           </w:drawing>
         </mc:Choice>
         <mc:Fallback>
           <w:pict>
-            <v:shapetype w14:anchorId="4902080A" id="_x0000_t202" coordsize="21600,21600" o:spt="202" path="m,l,21600r21600,l21600,xe">
+            <v:shapetype w14:anchorId="0763A6A3" id="_x0000_t202" coordsize="21600,21600" o:spt="202" path="m,l,21600r21600,l21600,xe">
               <v:stroke joinstyle="miter"/>
               <v:path gradientshapeok="t" o:connecttype="rect"/>
             </v:shapetype>
-            <v:shape id="Textruta 2" o:spid="_x0000_s1027" type="#_x0000_t202" style="position:absolute;margin-left:-13.6pt;margin-top:-5.15pt;width:367.5pt;height:25.5pt;z-index:251676673;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-width-relative:margin;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQC/kQENFwIAADMEAAAOAAAAZHJzL2Uyb0RvYy54bWysU01v2zAMvQ/YfxB0X5w4adoZcYqsRYYB&#10;QVsgHXpWZCkWIIuapMTOfv0oOV/rdhp2kUmRfiTfo2b3XaPJXjivwJR0NBhSIgyHSpltSb+/Lj/d&#10;UeIDMxXTYERJD8LT+/nHD7PWFiKHGnQlHEEQ44vWlrQOwRZZ5nktGuYHYIXBoATXsICu22aVYy2i&#10;NzrLh8Np1oKrrAMuvMfbxz5I5wlfSsHDs5ReBKJLir2FdLp0buKZzWes2Dpma8WPbbB/6KJhymDR&#10;M9QjC4zsnPoDqlHcgQcZBhyaDKRUXKQZcJrR8N0065pZkWZBcrw90+T/Hyx/2q/tiyOh+wIdChgJ&#10;aa0vPF7GeTrpmvjFTgnGkcLDmTbRBcLxcjKd3uY3GOIYG+fjO7QRJrv8bZ0PXwU0JBoldShLYovt&#10;Vz70qaeUWMzAUmmdpNGGtCWdjhHytwiCa4M1Lr1GK3Sbjqjqao4NVAccz0GvvLd8qbCHFfPhhTmU&#10;GtvG9Q3PeEgNWAuOFiU1uJ9/u4/5qABGKWlxdUrqf+yYE5Tobwa1+TyaTOKuJWdyc5uj464jm+uI&#10;2TUPgNs5wodieTJjftAnUzpo3nDLF7EqhpjhWLuk4WQ+hH6h8ZVwsVikJNwuy8LKrC2P0JG7yPBr&#10;98acPcoQUMAnOC0ZK96p0ef2rC92AaRKUkWee1aP9ONmJrGPryiu/rWfsi5vff4LAAD//wMAUEsD&#10;BBQABgAIAAAAIQDyqA9j4gAAAAoBAAAPAAAAZHJzL2Rvd25yZXYueG1sTI9NT8MwDIbvSPyHyEjc&#10;tmTlo1NpOk2VJiQEh41duLlN1lY0TmmyrfDrMadxs+VHr583X02uFyc7hs6ThsVcgbBUe9NRo2H/&#10;vpktQYSIZLD3ZDV82wCr4voqx8z4M23taRcbwSEUMtTQxjhkUoa6tQ7D3A+W+Hbwo8PI69hIM+KZ&#10;w10vE6UepcOO+EOLgy1bW3/ujk7DS7l5w22VuOVPXz6/HtbD1/7jQevbm2n9BCLaKV5g+NNndSjY&#10;qfJHMkH0GmZJmjDKw0LdgWAiVSmXqTTcqxRkkcv/FYpfAAAA//8DAFBLAQItABQABgAIAAAAIQC2&#10;gziS/gAAAOEBAAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAG&#10;AAgAAAAhADj9If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAALwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAG&#10;AAgAAAAhAL+RAQ0XAgAAMwQAAA4AAAAAAAAAAAAAAAAALgIAAGRycy9lMm9Eb2MueG1sUEsBAi0A&#10;FAAGAAgAAAAhAPKoD2PiAAAACgEAAA8AAAAAAAAAAAAAAAAAcQQAAGRycy9kb3ducmV2LnhtbFBL&#10;BQYAAAAABAAEAPMAAACABQAAAAA=&#10;" filled="f" stroked="f" strokeweight=".5pt">
+            <v:shape id="Textruta 1093091720" o:spid="_x0000_s1027" type="#_x0000_t202" style="position:absolute;margin-left:-13.6pt;margin-top:-5.15pt;width:367.65pt;height:170.1pt;z-index:251674625;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:margin;mso-height-relative:margin;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQAHTpHSGQIAADQEAAAOAAAAZHJzL2Uyb0RvYy54bWysU11v2yAUfZ+0/4B4X+xkadZacaqsVaZJ&#10;UVspnfpMMMSWgMuAxM5+/S7Y+VC3p2l+wBfu5X6cc5jfd1qRg3C+AVPS8SinRBgOVWN2Jf3xuvp0&#10;S4kPzFRMgRElPQpP7xcfP8xbW4gJ1KAq4QgmMb5obUnrEGyRZZ7XQjM/AisMOiU4zQJu3S6rHGsx&#10;u1bZJM9nWQuusg648B5PH3snXaT8UgoenqX0IhBVUuwtpNWldRvXbDFnxc4xWzd8aIP9QxeaNQaL&#10;nlM9ssDI3jV/pNINd+BBhhEHnYGUDRdpBpxmnL+bZlMzK9IsCI63Z5j8/0vLnw4b++JI6L5ChwRG&#10;QFrrC4+HcZ5OOh3/2ClBP0J4PMMmukA4Hk5nszvkghKOvsl4luMX82SX69b58E2AJtEoqUNeElzs&#10;sPahDz2FxGoGVo1SiRtlSFvS2eebPF04ezC5Mljj0my0QrftSFNdDbKF6ojzOeip95avGuxhzXx4&#10;YQ65xr5Rv+EZF6kAa8FgUVKD+/W38xiPFKCXkha1U1L/c8+coER9N0jO3Xg6jWJLm+nNlwlu3LVn&#10;e+0xe/0AKM8xvhTLkxnjgzqZ0oF+Q5kvY1V0McOxdknDyXwIvaLxmXCxXKYglJdlYW02lsfUEdWI&#10;8Gv3xpwdaAjI4BOcVMaKd2z0sT0fy30A2SSqIs49qgP8KM1E9vCMovav9ynq8tgXvwEAAP//AwBQ&#10;SwMEFAAGAAgAAAAhAHdeiV3jAAAACwEAAA8AAABkcnMvZG93bnJldi54bWxMj8FOwzAMhu9IvENk&#10;JG5b0kywrjSdpkoTEoLDxi7c0sZrK5qkNNlWeHrMadxs+dPv78/Xk+3ZGcfQeacgmQtg6GpvOtco&#10;OLxvZymwELUzuvcOFXxjgHVxe5PrzPiL2+F5HxtGIS5kWkEb45BxHuoWrQ5zP6Cj29GPVkdax4ab&#10;UV8o3PZcCvHIre4cfWj1gGWL9ef+ZBW8lNs3vaukTX/68vn1uBm+Dh8PSt3fTZsnYBGneIXhT5/U&#10;oSCnyp+cCaxXMJNLSSgNiVgAI2Ip0gRYpWAhVyvgRc7/dyh+AQAA//8DAFBLAQItABQABgAIAAAA&#10;IQC2gziS/gAAAOEBAAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0A&#10;FAAGAAgAAAAhADj9If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAALwEAAF9yZWxzLy5yZWxzUEsBAi0A&#10;FAAGAAgAAAAhAAdOkdIZAgAANAQAAA4AAAAAAAAAAAAAAAAALgIAAGRycy9lMm9Eb2MueG1sUEsB&#10;Ai0AFAAGAAgAAAAhAHdeiV3jAAAACwEAAA8AAAAAAAAAAAAAAAAAcwQAAGRycy9kb3ducmV2Lnht&#10;bFBLBQYAAAAABAAEAPMAAACDBQAAAAA=&#10;" filled="f" stroked="f" strokeweight=".5pt">
               <v:textbox>
                 <w:txbxContent>
-                  <w:p w14:paraId="2B0657B0" w14:textId="77777777" w:rsidR="00442C11" w:rsidRDefault="00442C11">
+                  <w:p w14:paraId="297142A0" w14:textId="77777777" w:rsidR="005A3381" w:rsidRDefault="005A3381">
                     <w:pPr>
                       <w:ind w:left="0"/>
                     </w:pPr>
                     <w:r w:rsidRPr="00762EE0">
                       <w:rPr>
                         <w:sz w:val="20"/>
                         <w:szCs w:val="20"/>
                       </w:rPr>
                       <w:t>OBS! Utskriven version kan vara ogiltig. Verifiera innehållet</w:t>
                     </w:r>
                     <w:r>
                       <w:rPr>
                         <w:sz w:val="20"/>
                         <w:szCs w:val="20"/>
                       </w:rPr>
                       <w:t>.</w:t>
                     </w:r>
                   </w:p>
                 </w:txbxContent>
               </v:textbox>
-            </v:shape>
-[...413 lines deleted...]
-              </v:textbox>
               <w10:wrap type="topAndBottom"/>
             </v:shape>
           </w:pict>
         </mc:Fallback>
       </mc:AlternateContent>
     </w:r>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="FFFFFF1D"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="FBCC56FC"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="0"/>
         </w:tabs>
         <w:ind w:left="0" w:firstLine="0"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
@@ -2561,166 +1793,202 @@
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6117" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6837" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="4" w15:restartNumberingAfterBreak="0">
-    <w:nsid w:val="0BE2184D"/>
-[...107 lines deleted...]
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+    <w:nsid w:val="0E354442"/>
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="BC163D6C"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="720"/>
+        </w:tabs>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="1440"/>
+        </w:tabs>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2160"/>
+        </w:tabs>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2880"/>
+        </w:tabs>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="3600"/>
+        </w:tabs>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="4320"/>
+        </w:tabs>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5040"/>
+        </w:tabs>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5760"/>
+        </w:tabs>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="6480"/>
+        </w:tabs>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="5" w15:restartNumberingAfterBreak="0">
-    <w:nsid w:val="106D54B6"/>
+    <w:nsid w:val="0F6A7EF9"/>
     <w:multiLevelType w:val="multilevel"/>
-    <w:tmpl w:val="30C41FE6"/>
+    <w:tmpl w:val="DBD03B48"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="1440"/>
         </w:tabs>
@@ -2823,50 +2091,199 @@
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="6" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="113B2514"/>
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="5CAC8830"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="720"/>
+        </w:tabs>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="1440"/>
+        </w:tabs>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2160"/>
+        </w:tabs>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2880"/>
+        </w:tabs>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="3600"/>
+        </w:tabs>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="4320"/>
+        </w:tabs>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5040"/>
+        </w:tabs>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5760"/>
+        </w:tabs>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="6480"/>
+        </w:tabs>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="7" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="135A157B"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="65667058"/>
     <w:lvl w:ilvl="0" w:tplc="041D000F">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier" w:hAnsi="Courier" w:hint="default"/>
@@ -2935,51 +2352,51 @@
     <w:lvl w:ilvl="7" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier" w:hAnsi="Courier" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="7" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="8" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="1480309A"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="7B82C9A8"/>
     <w:lvl w:ilvl="0" w:tplc="041D0001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1712" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2432" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
@@ -3048,54 +2465,54 @@
     <w:lvl w:ilvl="7" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6752" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="7472" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="8" w15:restartNumberingAfterBreak="0">
-    <w:nsid w:val="181931D3"/>
+  <w:abstractNum w:abstractNumId="9" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="1C3140BD"/>
     <w:multiLevelType w:val="multilevel"/>
-    <w:tmpl w:val="51E6335C"/>
+    <w:tmpl w:val="BE2644CA"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="1440"/>
         </w:tabs>
@@ -3197,51 +2614,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="9" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="10" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="1D074A65"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="E104E4E6"/>
     <w:lvl w:ilvl="0" w:tplc="F49A5562">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:pStyle w:val="FaktarutaLista"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
@@ -3311,51 +2728,51 @@
     <w:lvl w:ilvl="7" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="10" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="11" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="1D520AB4"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="B9E412AC"/>
     <w:lvl w:ilvl="0" w:tplc="041D0001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1712" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2432" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
@@ -3424,203 +2841,54 @@
     <w:lvl w:ilvl="7" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6752" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="7472" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="11" w15:restartNumberingAfterBreak="0">
-    <w:nsid w:val="21C955BB"/>
+  <w:abstractNum w:abstractNumId="12" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="24CA02F7"/>
     <w:multiLevelType w:val="multilevel"/>
-    <w:tmpl w:val="78F499BA"/>
-[...148 lines deleted...]
-    <w:tmpl w:val="807C798E"/>
+    <w:tmpl w:val="FFF4FB40"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="1440"/>
         </w:tabs>
@@ -3723,53 +2991,53 @@
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="13" w15:restartNumberingAfterBreak="0">
-    <w:nsid w:val="263F066C"/>
+    <w:nsid w:val="2A054F1C"/>
     <w:multiLevelType w:val="multilevel"/>
-    <w:tmpl w:val="1F963A36"/>
+    <w:tmpl w:val="648EF6D0"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="1440"/>
         </w:tabs>
@@ -3872,53 +3140,53 @@
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="14" w15:restartNumberingAfterBreak="0">
-    <w:nsid w:val="2FFE6788"/>
+    <w:nsid w:val="36EB1B49"/>
     <w:multiLevelType w:val="multilevel"/>
-    <w:tmpl w:val="182EEAFA"/>
+    <w:tmpl w:val="E12020AC"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="1440"/>
         </w:tabs>
@@ -4021,53 +3289,53 @@
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="15" w15:restartNumberingAfterBreak="0">
-    <w:nsid w:val="308178DF"/>
+    <w:nsid w:val="37A32391"/>
     <w:multiLevelType w:val="multilevel"/>
-    <w:tmpl w:val="B70CD0F6"/>
+    <w:tmpl w:val="73C60EBC"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="1440"/>
         </w:tabs>
@@ -4170,312 +3438,50 @@
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="16" w15:restartNumberingAfterBreak="0">
-    <w:nsid w:val="30AE525B"/>
-[...260 lines deleted...]
-  <w:abstractNum w:abstractNumId="18" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="38A42FB9"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="09EA9066"/>
     <w:lvl w:ilvl="0" w:tplc="041D0001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -4571,51 +3577,51 @@
         <w:tabs>
           <w:tab w:val="num" w:pos="5760"/>
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="19" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="17" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="3B474E09"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="DDF0BC38"/>
     <w:lvl w:ilvl="0" w:tplc="34668BAA">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:pStyle w:val="Punktlista"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1077" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1797" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
@@ -4685,51 +3691,51 @@
     <w:lvl w:ilvl="7" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6117" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6837" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="20" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="18" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="40C928FF"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="0AE0B72A"/>
     <w:lvl w:ilvl="0" w:tplc="041D0001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1712" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2432" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
@@ -4798,51 +3804,51 @@
     <w:lvl w:ilvl="7" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6752" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="7472" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="21" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="19" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="42196C05"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="741857FC"/>
     <w:lvl w:ilvl="0" w:tplc="71B6B2F8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
         <w:color w:val="auto"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
@@ -4939,51 +3945,200 @@
         <w:tabs>
           <w:tab w:val="num" w:pos="5760"/>
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="22" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="20" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="49B56B28"/>
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="3FF0496C"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="720"/>
+        </w:tabs>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="1440"/>
+        </w:tabs>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2160"/>
+        </w:tabs>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2880"/>
+        </w:tabs>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="3600"/>
+        </w:tabs>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="4320"/>
+        </w:tabs>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5040"/>
+        </w:tabs>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5760"/>
+        </w:tabs>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="6480"/>
+        </w:tabs>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="21" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="51AB58F1"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="97200AA0"/>
     <w:lvl w:ilvl="0" w:tplc="041D0001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1712" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2432" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
@@ -5052,200 +4207,51 @@
     <w:lvl w:ilvl="7" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6752" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="7472" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="23" w15:restartNumberingAfterBreak="0">
-[...148 lines deleted...]
-  <w:abstractNum w:abstractNumId="24" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="22" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="54340635"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="1B6660C0"/>
     <w:lvl w:ilvl="0" w:tplc="05061E3A">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:pStyle w:val="Liststycke"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="717" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
@@ -5315,51 +4321,51 @@
     <w:lvl w:ilvl="7" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="7200" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="25" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="23" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="575E01E6"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="E154E454"/>
     <w:lvl w:ilvl="0" w:tplc="041D0001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
@@ -5428,837 +4434,498 @@
     <w:lvl w:ilvl="7" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
+  <w:abstractNum w:abstractNumId="24" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="61BF38A6"/>
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="04B4ABBE"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="720"/>
+        </w:tabs>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="1440"/>
+        </w:tabs>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2160"/>
+        </w:tabs>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2880"/>
+        </w:tabs>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="3600"/>
+        </w:tabs>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="4320"/>
+        </w:tabs>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5040"/>
+        </w:tabs>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5760"/>
+        </w:tabs>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="6480"/>
+        </w:tabs>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="25" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="62F643B1"/>
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="5D90F028"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="720"/>
+        </w:tabs>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="1440"/>
+        </w:tabs>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2160"/>
+        </w:tabs>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2880"/>
+        </w:tabs>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="3600"/>
+        </w:tabs>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="4320"/>
+        </w:tabs>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5040"/>
+        </w:tabs>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5760"/>
+        </w:tabs>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="6480"/>
+        </w:tabs>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
   <w:abstractNum w:abstractNumId="26" w15:restartNumberingAfterBreak="0">
-    <w:nsid w:val="5D042D13"/>
-[...7 lines deleted...]
-      <w:pPr>
+    <w:nsid w:val="68610F80"/>
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="99C0D47A"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="720"/>
+        </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
-      </w:rPr>
-[...6 lines deleted...]
-      <w:pPr>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="1440"/>
+        </w:tabs>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
-[...7 lines deleted...]
-      <w:pPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2160"/>
+        </w:tabs>
         <w:ind w:left="2160" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
-[...7 lines deleted...]
-      <w:pPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2880"/>
+        </w:tabs>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
-      </w:rPr>
-[...6 lines deleted...]
-      <w:pPr>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="3600"/>
+        </w:tabs>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
-[...7 lines deleted...]
-      <w:pPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="4320"/>
+        </w:tabs>
         <w:ind w:left="4320" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
-[...7 lines deleted...]
-      <w:pPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5040"/>
+        </w:tabs>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
-      </w:rPr>
-[...6 lines deleted...]
-      <w:pPr>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5760"/>
+        </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
-[...7 lines deleted...]
-      <w:pPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="6480"/>
+        </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="27" w15:restartNumberingAfterBreak="0">
-    <w:nsid w:val="5E396E67"/>
-[...671 lines deleted...]
-  <w:abstractNum w:abstractNumId="32" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="706B1852"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="4FB2CAB0"/>
     <w:lvl w:ilvl="0" w:tplc="041D0001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier" w:hAnsi="Courier" w:hint="default"/>
@@ -6327,54 +4994,54 @@
     <w:lvl w:ilvl="7" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier" w:hAnsi="Courier" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="33" w15:restartNumberingAfterBreak="0">
-    <w:nsid w:val="791E52C8"/>
+  <w:abstractNum w:abstractNumId="28" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="7471639F"/>
     <w:multiLevelType w:val="multilevel"/>
-    <w:tmpl w:val="05166052"/>
+    <w:tmpl w:val="4508984C"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="1440"/>
         </w:tabs>
@@ -6476,51 +5143,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="34" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="29" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="7C077AA9"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="DDC0C0DE"/>
     <w:lvl w:ilvl="0" w:tplc="041D0001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1712" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2432" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
@@ -6589,164 +5256,51 @@
     <w:lvl w:ilvl="7" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6752" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="7472" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="35" w15:restartNumberingAfterBreak="0">
-[...112 lines deleted...]
-  <w:abstractNum w:abstractNumId="36" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="30" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="7EA41BCB"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="CAEC6EFE"/>
     <w:lvl w:ilvl="0" w:tplc="041D0001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
@@ -6815,869 +5369,835 @@
     <w:lvl w:ilvl="7" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="37" w15:restartNumberingAfterBreak="0">
-[...113 lines deleted...]
-    <w:abstractNumId w:val="36"/>
+  <w:num w:numId="1" w16cid:durableId="1909921896">
+    <w:abstractNumId w:val="30"/>
   </w:num>
-  <w:num w:numId="2" w16cid:durableId="1039672768">
-    <w:abstractNumId w:val="25"/>
+  <w:num w:numId="2" w16cid:durableId="1367871050">
+    <w:abstractNumId w:val="23"/>
   </w:num>
-  <w:num w:numId="3" w16cid:durableId="1444416825">
+  <w:num w:numId="3" w16cid:durableId="164058872">
     <w:abstractNumId w:val="0"/>
   </w:num>
-  <w:num w:numId="4" w16cid:durableId="2098625908">
+  <w:num w:numId="4" w16cid:durableId="861477783">
+    <w:abstractNumId w:val="10"/>
+  </w:num>
+  <w:num w:numId="5" w16cid:durableId="1280868239">
+    <w:abstractNumId w:val="27"/>
+  </w:num>
+  <w:num w:numId="6" w16cid:durableId="444931515">
+    <w:abstractNumId w:val="2"/>
+  </w:num>
+  <w:num w:numId="7" w16cid:durableId="739910959">
+    <w:abstractNumId w:val="19"/>
+  </w:num>
+  <w:num w:numId="8" w16cid:durableId="391579451">
+    <w:abstractNumId w:val="16"/>
+  </w:num>
+  <w:num w:numId="9" w16cid:durableId="1296368398">
+    <w:abstractNumId w:val="1"/>
+  </w:num>
+  <w:num w:numId="10" w16cid:durableId="689646344">
+    <w:abstractNumId w:val="1"/>
+  </w:num>
+  <w:num w:numId="11" w16cid:durableId="1979215945">
+    <w:abstractNumId w:val="3"/>
+  </w:num>
+  <w:num w:numId="12" w16cid:durableId="830874331">
+    <w:abstractNumId w:val="7"/>
+  </w:num>
+  <w:num w:numId="13" w16cid:durableId="57095060">
+    <w:abstractNumId w:val="22"/>
+  </w:num>
+  <w:num w:numId="14" w16cid:durableId="36130748">
+    <w:abstractNumId w:val="17"/>
+  </w:num>
+  <w:num w:numId="15" w16cid:durableId="560679449">
+    <w:abstractNumId w:val="11"/>
+  </w:num>
+  <w:num w:numId="16" w16cid:durableId="1420566503">
+    <w:abstractNumId w:val="21"/>
+  </w:num>
+  <w:num w:numId="17" w16cid:durableId="256527698">
+    <w:abstractNumId w:val="8"/>
+  </w:num>
+  <w:num w:numId="18" w16cid:durableId="1090539201">
+    <w:abstractNumId w:val="18"/>
+  </w:num>
+  <w:num w:numId="19" w16cid:durableId="1846439597">
+    <w:abstractNumId w:val="29"/>
+  </w:num>
+  <w:num w:numId="20" w16cid:durableId="1718579899">
+    <w:abstractNumId w:val="5"/>
+  </w:num>
+  <w:num w:numId="21" w16cid:durableId="223420082">
+    <w:abstractNumId w:val="6"/>
+  </w:num>
+  <w:num w:numId="22" w16cid:durableId="1472092647">
+    <w:abstractNumId w:val="15"/>
+  </w:num>
+  <w:num w:numId="23" w16cid:durableId="1751657972">
+    <w:abstractNumId w:val="14"/>
+  </w:num>
+  <w:num w:numId="24" w16cid:durableId="532497742">
+    <w:abstractNumId w:val="24"/>
+  </w:num>
+  <w:num w:numId="25" w16cid:durableId="554003477">
+    <w:abstractNumId w:val="28"/>
+  </w:num>
+  <w:num w:numId="26" w16cid:durableId="296032787">
+    <w:abstractNumId w:val="20"/>
+  </w:num>
+  <w:num w:numId="27" w16cid:durableId="666059341">
+    <w:abstractNumId w:val="13"/>
+  </w:num>
+  <w:num w:numId="28" w16cid:durableId="662854495">
+    <w:abstractNumId w:val="12"/>
+  </w:num>
+  <w:num w:numId="29" w16cid:durableId="1643189813">
+    <w:abstractNumId w:val="4"/>
+  </w:num>
+  <w:num w:numId="30" w16cid:durableId="1999503745">
+    <w:abstractNumId w:val="26"/>
+  </w:num>
+  <w:num w:numId="31" w16cid:durableId="804086108">
     <w:abstractNumId w:val="9"/>
   </w:num>
-  <w:num w:numId="5" w16cid:durableId="762647865">
-[...102 lines deleted...]
-    <w:abstractNumId w:val="28"/>
+  <w:num w:numId="32" w16cid:durableId="2055736015">
+    <w:abstractNumId w:val="25"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
-  <w:zoom w:percent="140"/>
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
+  <w:zoom w:percent="120"/>
   <w:removePersonalInformation/>
   <w:removeDateAndTime/>
   <w:embedSystemFonts/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
+  <w:attachedTemplate r:id="rId1"/>
   <w:stylePaneFormatFilter w:val="D804" w:allStyles="0" w:customStyles="0" w:latentStyles="1" w:stylesInUse="0" w:headingStyles="0" w:numberingStyles="0" w:tableStyles="0" w:directFormattingOnRuns="0" w:directFormattingOnParagraphs="0" w:directFormattingOnNumbering="0" w:directFormattingOnTables="1" w:clearFormatting="1" w:top3HeadingStyles="0" w:visibleStyles="1" w:alternateStyleNames="1"/>
   <w:documentProtection w:formatting="1" w:enforcement="0"/>
   <w:styleLockTheme/>
   <w:styleLockQFSet/>
   <w:defaultTabStop w:val="1304"/>
   <w:hyphenationZone w:val="425"/>
   <w:displayHorizontalDrawingGridEvery w:val="0"/>
   <w:displayVerticalDrawingGridEvery w:val="0"/>
   <w:doNotUseMarginsForDrawingGridOrigin/>
   <w:noPunctuationKerning/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050" strokecolor="#4a773c">
       <v:stroke color="#4a773c" weight="1pt"/>
       <v:shadow opacity="24903f" origin=",.5" offset="0,.55556mm"/>
       <o:colormru v:ext="edit" colors="#4a773c"/>
     </o:shapedefaults>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
     <w:footnote w:id="1"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
     <w:endnote w:id="1"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
-    <w:rsidRoot w:val="00B75EDE"/>
-    <w:rsid w:val="000004DD"/>
+    <w:rsidRoot w:val="0056355F"/>
+    <w:rsid w:val="000003CD"/>
     <w:rsid w:val="000051D5"/>
     <w:rsid w:val="00006D2A"/>
     <w:rsid w:val="00010D47"/>
-    <w:rsid w:val="00014455"/>
     <w:rsid w:val="00016CF0"/>
+    <w:rsid w:val="000279FB"/>
     <w:rsid w:val="00030DDD"/>
     <w:rsid w:val="000313BB"/>
     <w:rsid w:val="00033ED5"/>
-    <w:rsid w:val="00040E82"/>
     <w:rsid w:val="00050500"/>
     <w:rsid w:val="0005691C"/>
-    <w:rsid w:val="00056B8C"/>
     <w:rsid w:val="00056ECB"/>
     <w:rsid w:val="00056ED5"/>
     <w:rsid w:val="00061969"/>
     <w:rsid w:val="000655CC"/>
+    <w:rsid w:val="00065D1B"/>
     <w:rsid w:val="000700AE"/>
-    <w:rsid w:val="00073CFF"/>
-    <w:rsid w:val="00077649"/>
+    <w:rsid w:val="00080AC3"/>
+    <w:rsid w:val="00080FB1"/>
     <w:rsid w:val="00084024"/>
     <w:rsid w:val="0009062C"/>
     <w:rsid w:val="00095368"/>
     <w:rsid w:val="000954C4"/>
-    <w:rsid w:val="000960E1"/>
-    <w:rsid w:val="000A52B8"/>
     <w:rsid w:val="000A611A"/>
     <w:rsid w:val="000B12D9"/>
     <w:rsid w:val="000B4536"/>
     <w:rsid w:val="000B7715"/>
-    <w:rsid w:val="000C29FF"/>
-    <w:rsid w:val="000E10E4"/>
+    <w:rsid w:val="000D3886"/>
     <w:rsid w:val="000E463B"/>
     <w:rsid w:val="000E5A7E"/>
-    <w:rsid w:val="000F14FB"/>
     <w:rsid w:val="000F43A3"/>
     <w:rsid w:val="000F7681"/>
+    <w:rsid w:val="000F7F7F"/>
     <w:rsid w:val="00103031"/>
     <w:rsid w:val="001044FE"/>
+    <w:rsid w:val="001108C0"/>
+    <w:rsid w:val="00111CB2"/>
     <w:rsid w:val="001139D4"/>
-    <w:rsid w:val="001230B0"/>
-[...1 lines deleted...]
-    <w:rsid w:val="001316E1"/>
+    <w:rsid w:val="00116981"/>
+    <w:rsid w:val="0012199A"/>
+    <w:rsid w:val="00123B9C"/>
     <w:rsid w:val="00131B08"/>
     <w:rsid w:val="00132A59"/>
     <w:rsid w:val="00133337"/>
     <w:rsid w:val="00133A0F"/>
     <w:rsid w:val="0013580F"/>
     <w:rsid w:val="00137B6D"/>
     <w:rsid w:val="0014070B"/>
     <w:rsid w:val="001422C1"/>
+    <w:rsid w:val="0014786C"/>
+    <w:rsid w:val="00151C42"/>
     <w:rsid w:val="001522AE"/>
+    <w:rsid w:val="00155699"/>
     <w:rsid w:val="00157D5B"/>
     <w:rsid w:val="00161FE6"/>
     <w:rsid w:val="00164C3D"/>
-    <w:rsid w:val="00165674"/>
+    <w:rsid w:val="00166D1C"/>
     <w:rsid w:val="00166D3A"/>
-    <w:rsid w:val="00173B3D"/>
     <w:rsid w:val="0017508E"/>
+    <w:rsid w:val="0017B648"/>
     <w:rsid w:val="00181FDC"/>
     <w:rsid w:val="00184167"/>
     <w:rsid w:val="001860B9"/>
     <w:rsid w:val="00186F2B"/>
     <w:rsid w:val="001874D6"/>
+    <w:rsid w:val="001914F0"/>
+    <w:rsid w:val="001924C7"/>
     <w:rsid w:val="0019632A"/>
     <w:rsid w:val="001A4E7C"/>
+    <w:rsid w:val="001A7A7F"/>
     <w:rsid w:val="001B762C"/>
     <w:rsid w:val="001C4D0A"/>
     <w:rsid w:val="001C5FEF"/>
+    <w:rsid w:val="001E2D3F"/>
     <w:rsid w:val="001E3789"/>
+    <w:rsid w:val="001E50F3"/>
+    <w:rsid w:val="00200D9B"/>
+    <w:rsid w:val="00203FED"/>
     <w:rsid w:val="00211487"/>
     <w:rsid w:val="00211D91"/>
     <w:rsid w:val="00217DEC"/>
     <w:rsid w:val="00235B57"/>
-    <w:rsid w:val="00245133"/>
+    <w:rsid w:val="0024241A"/>
     <w:rsid w:val="00250F24"/>
     <w:rsid w:val="002523C5"/>
     <w:rsid w:val="0025380B"/>
     <w:rsid w:val="0025703A"/>
     <w:rsid w:val="00262F3D"/>
     <w:rsid w:val="00263281"/>
     <w:rsid w:val="002651D6"/>
     <w:rsid w:val="0026551F"/>
     <w:rsid w:val="00270FA8"/>
     <w:rsid w:val="00280A85"/>
     <w:rsid w:val="00284119"/>
+    <w:rsid w:val="002865A1"/>
     <w:rsid w:val="00290B5C"/>
     <w:rsid w:val="00294791"/>
+    <w:rsid w:val="002970D1"/>
     <w:rsid w:val="002A1C4F"/>
     <w:rsid w:val="002A7450"/>
     <w:rsid w:val="002B0B30"/>
     <w:rsid w:val="002B0C78"/>
+    <w:rsid w:val="002B5F8E"/>
     <w:rsid w:val="002C0C02"/>
     <w:rsid w:val="002C1277"/>
     <w:rsid w:val="002C60AD"/>
+    <w:rsid w:val="002D00C2"/>
     <w:rsid w:val="002D0E0E"/>
     <w:rsid w:val="002D6023"/>
     <w:rsid w:val="002E263F"/>
+    <w:rsid w:val="002E3A5E"/>
     <w:rsid w:val="002E6F81"/>
     <w:rsid w:val="002F08BA"/>
     <w:rsid w:val="002F2CFF"/>
-    <w:rsid w:val="002F54DD"/>
+    <w:rsid w:val="002F4D97"/>
     <w:rsid w:val="002F568B"/>
     <w:rsid w:val="002F7818"/>
     <w:rsid w:val="003066D0"/>
-    <w:rsid w:val="00311329"/>
     <w:rsid w:val="00311401"/>
     <w:rsid w:val="003203D7"/>
-    <w:rsid w:val="0032085A"/>
     <w:rsid w:val="00320F86"/>
-    <w:rsid w:val="003238B4"/>
+    <w:rsid w:val="003216AC"/>
     <w:rsid w:val="00324171"/>
+    <w:rsid w:val="00325FDF"/>
     <w:rsid w:val="00326C24"/>
     <w:rsid w:val="00337F99"/>
     <w:rsid w:val="003410BD"/>
     <w:rsid w:val="0034307B"/>
-    <w:rsid w:val="00343BE5"/>
     <w:rsid w:val="00345EB1"/>
     <w:rsid w:val="00350CC4"/>
+    <w:rsid w:val="00356DA1"/>
     <w:rsid w:val="00360E0D"/>
     <w:rsid w:val="0036357D"/>
     <w:rsid w:val="0036594C"/>
     <w:rsid w:val="00367D19"/>
     <w:rsid w:val="00371BED"/>
     <w:rsid w:val="00384019"/>
     <w:rsid w:val="003854F1"/>
     <w:rsid w:val="0039118E"/>
     <w:rsid w:val="00397F54"/>
     <w:rsid w:val="003A0D43"/>
     <w:rsid w:val="003B2A4B"/>
+    <w:rsid w:val="003B2B06"/>
+    <w:rsid w:val="003C27B9"/>
     <w:rsid w:val="003D099E"/>
     <w:rsid w:val="003D21A2"/>
     <w:rsid w:val="003D29D2"/>
     <w:rsid w:val="003D6DF1"/>
     <w:rsid w:val="003E0705"/>
     <w:rsid w:val="003E2FF7"/>
-    <w:rsid w:val="003E71E9"/>
     <w:rsid w:val="003F1013"/>
     <w:rsid w:val="003F1ACF"/>
-    <w:rsid w:val="003F1B23"/>
     <w:rsid w:val="00404948"/>
     <w:rsid w:val="00406BEA"/>
-    <w:rsid w:val="004131F5"/>
     <w:rsid w:val="00413A60"/>
     <w:rsid w:val="004230F7"/>
-    <w:rsid w:val="0042738B"/>
     <w:rsid w:val="0043167E"/>
+    <w:rsid w:val="004338BB"/>
     <w:rsid w:val="0043409A"/>
-    <w:rsid w:val="00442C11"/>
+    <w:rsid w:val="00436354"/>
     <w:rsid w:val="00446255"/>
     <w:rsid w:val="00451935"/>
+    <w:rsid w:val="004538DE"/>
+    <w:rsid w:val="004577D6"/>
     <w:rsid w:val="00460ED0"/>
     <w:rsid w:val="00465651"/>
     <w:rsid w:val="00470CE7"/>
     <w:rsid w:val="00470F4F"/>
     <w:rsid w:val="00472482"/>
+    <w:rsid w:val="004735F1"/>
     <w:rsid w:val="00480DC7"/>
     <w:rsid w:val="004876F6"/>
+    <w:rsid w:val="004877C1"/>
     <w:rsid w:val="0049236A"/>
     <w:rsid w:val="00492718"/>
+    <w:rsid w:val="004A33FF"/>
     <w:rsid w:val="004A355D"/>
     <w:rsid w:val="004A4970"/>
+    <w:rsid w:val="004A5F0C"/>
     <w:rsid w:val="004B2183"/>
     <w:rsid w:val="004B2A01"/>
     <w:rsid w:val="004C3536"/>
+    <w:rsid w:val="004C6765"/>
     <w:rsid w:val="004D7BA3"/>
     <w:rsid w:val="004F4518"/>
     <w:rsid w:val="004F4C62"/>
     <w:rsid w:val="00501433"/>
+    <w:rsid w:val="005038D7"/>
+    <w:rsid w:val="005040ED"/>
+    <w:rsid w:val="00511494"/>
     <w:rsid w:val="00511CC4"/>
+    <w:rsid w:val="00515690"/>
+    <w:rsid w:val="005229AE"/>
     <w:rsid w:val="00531E60"/>
     <w:rsid w:val="00541D07"/>
     <w:rsid w:val="00544BAB"/>
     <w:rsid w:val="00545F31"/>
+    <w:rsid w:val="005553F3"/>
     <w:rsid w:val="005578FA"/>
+    <w:rsid w:val="0056355F"/>
     <w:rsid w:val="00565129"/>
     <w:rsid w:val="00565CD0"/>
     <w:rsid w:val="00567820"/>
+    <w:rsid w:val="0057014D"/>
+    <w:rsid w:val="0057277B"/>
     <w:rsid w:val="005770AD"/>
     <w:rsid w:val="00581414"/>
     <w:rsid w:val="00582490"/>
-    <w:rsid w:val="0059103D"/>
+    <w:rsid w:val="005938A7"/>
     <w:rsid w:val="00597E28"/>
+    <w:rsid w:val="005A3381"/>
     <w:rsid w:val="005A54ED"/>
     <w:rsid w:val="005A5D5B"/>
     <w:rsid w:val="005A6081"/>
     <w:rsid w:val="005A627D"/>
     <w:rsid w:val="005C0045"/>
     <w:rsid w:val="005C084E"/>
     <w:rsid w:val="005C4606"/>
-    <w:rsid w:val="005C7E2F"/>
     <w:rsid w:val="005D0B0C"/>
-    <w:rsid w:val="005D5DE2"/>
+    <w:rsid w:val="005D3C9A"/>
+    <w:rsid w:val="005D4D9B"/>
     <w:rsid w:val="005E02B3"/>
     <w:rsid w:val="005E1E24"/>
+    <w:rsid w:val="006020A2"/>
     <w:rsid w:val="0060596B"/>
     <w:rsid w:val="00606D97"/>
     <w:rsid w:val="00614E64"/>
     <w:rsid w:val="00617710"/>
     <w:rsid w:val="00617EE6"/>
     <w:rsid w:val="0062184C"/>
     <w:rsid w:val="00623724"/>
     <w:rsid w:val="00627BEA"/>
-    <w:rsid w:val="006304D8"/>
-    <w:rsid w:val="006305D6"/>
     <w:rsid w:val="006319DB"/>
-    <w:rsid w:val="00641210"/>
-    <w:rsid w:val="006446DE"/>
+    <w:rsid w:val="00640EE5"/>
     <w:rsid w:val="0065595B"/>
     <w:rsid w:val="00656DCD"/>
     <w:rsid w:val="00660269"/>
     <w:rsid w:val="00665F89"/>
-    <w:rsid w:val="00672817"/>
     <w:rsid w:val="00673C92"/>
     <w:rsid w:val="006753EC"/>
+    <w:rsid w:val="00675ABD"/>
+    <w:rsid w:val="00682D31"/>
     <w:rsid w:val="00685193"/>
-    <w:rsid w:val="006976E0"/>
-    <w:rsid w:val="006A23B4"/>
+    <w:rsid w:val="00687515"/>
+    <w:rsid w:val="00691F40"/>
     <w:rsid w:val="006A2789"/>
     <w:rsid w:val="006A4978"/>
+    <w:rsid w:val="006A5559"/>
     <w:rsid w:val="006A7261"/>
     <w:rsid w:val="006B0D29"/>
     <w:rsid w:val="006B1819"/>
     <w:rsid w:val="006C5048"/>
     <w:rsid w:val="006C6A4B"/>
     <w:rsid w:val="006C779F"/>
     <w:rsid w:val="006D01F5"/>
+    <w:rsid w:val="006D095C"/>
     <w:rsid w:val="006D0CFB"/>
+    <w:rsid w:val="006D286C"/>
     <w:rsid w:val="006D30C0"/>
     <w:rsid w:val="006D7535"/>
+    <w:rsid w:val="006E36E1"/>
     <w:rsid w:val="006E450B"/>
     <w:rsid w:val="006F0D7E"/>
-    <w:rsid w:val="006F1BE8"/>
     <w:rsid w:val="00710B77"/>
+    <w:rsid w:val="00712AEE"/>
+    <w:rsid w:val="00713B5A"/>
     <w:rsid w:val="007155D5"/>
     <w:rsid w:val="0072075B"/>
     <w:rsid w:val="007221C2"/>
-    <w:rsid w:val="00724665"/>
+    <w:rsid w:val="00722849"/>
+    <w:rsid w:val="007268AB"/>
     <w:rsid w:val="00730955"/>
     <w:rsid w:val="00733A9C"/>
     <w:rsid w:val="00736574"/>
     <w:rsid w:val="007367E0"/>
     <w:rsid w:val="00737215"/>
-    <w:rsid w:val="00740245"/>
+    <w:rsid w:val="0075383C"/>
     <w:rsid w:val="00754905"/>
     <w:rsid w:val="00760038"/>
     <w:rsid w:val="00762EE0"/>
     <w:rsid w:val="00765C41"/>
     <w:rsid w:val="00771100"/>
-    <w:rsid w:val="0077317A"/>
+    <w:rsid w:val="00771832"/>
+    <w:rsid w:val="00774944"/>
     <w:rsid w:val="007759DD"/>
+    <w:rsid w:val="00780A44"/>
     <w:rsid w:val="0078609F"/>
-    <w:rsid w:val="0078621A"/>
     <w:rsid w:val="007917BA"/>
-    <w:rsid w:val="00797BAD"/>
+    <w:rsid w:val="0079426E"/>
+    <w:rsid w:val="00794AA0"/>
     <w:rsid w:val="007A334E"/>
-    <w:rsid w:val="007A5306"/>
     <w:rsid w:val="007A5C6F"/>
     <w:rsid w:val="007D4241"/>
     <w:rsid w:val="007D4317"/>
     <w:rsid w:val="007D4EA3"/>
+    <w:rsid w:val="007E23FA"/>
+    <w:rsid w:val="007E353C"/>
     <w:rsid w:val="007F1CFF"/>
     <w:rsid w:val="007F5DD5"/>
-    <w:rsid w:val="007F615E"/>
+    <w:rsid w:val="008039D3"/>
+    <w:rsid w:val="008153AF"/>
     <w:rsid w:val="00821A1B"/>
     <w:rsid w:val="008262E9"/>
     <w:rsid w:val="00827E69"/>
-    <w:rsid w:val="00832593"/>
+    <w:rsid w:val="00831C35"/>
     <w:rsid w:val="00835C4D"/>
+    <w:rsid w:val="00835F05"/>
     <w:rsid w:val="00843F48"/>
     <w:rsid w:val="00851423"/>
     <w:rsid w:val="008569C6"/>
+    <w:rsid w:val="008569FA"/>
     <w:rsid w:val="00857848"/>
+    <w:rsid w:val="00864648"/>
     <w:rsid w:val="008654B6"/>
-    <w:rsid w:val="00865577"/>
-    <w:rsid w:val="00870B07"/>
     <w:rsid w:val="0087139C"/>
     <w:rsid w:val="00873419"/>
-    <w:rsid w:val="00874DB2"/>
     <w:rsid w:val="00880E83"/>
     <w:rsid w:val="00892F28"/>
     <w:rsid w:val="008A0C5F"/>
     <w:rsid w:val="008A3DEA"/>
     <w:rsid w:val="008A4EB9"/>
     <w:rsid w:val="008A74C0"/>
     <w:rsid w:val="008B1694"/>
+    <w:rsid w:val="008C0955"/>
     <w:rsid w:val="008C4B27"/>
     <w:rsid w:val="008C7F0C"/>
     <w:rsid w:val="008C7F2A"/>
+    <w:rsid w:val="008D124E"/>
     <w:rsid w:val="008D4B13"/>
-    <w:rsid w:val="008E0BB4"/>
     <w:rsid w:val="008E36F8"/>
     <w:rsid w:val="008E46B2"/>
     <w:rsid w:val="008E682C"/>
     <w:rsid w:val="008E78A1"/>
+    <w:rsid w:val="008F04DE"/>
     <w:rsid w:val="008F589F"/>
-    <w:rsid w:val="008F7764"/>
+    <w:rsid w:val="00902443"/>
     <w:rsid w:val="00906238"/>
-    <w:rsid w:val="009062E7"/>
     <w:rsid w:val="00907EF9"/>
     <w:rsid w:val="00911231"/>
     <w:rsid w:val="0091295C"/>
     <w:rsid w:val="00914D58"/>
     <w:rsid w:val="00921F47"/>
     <w:rsid w:val="009228AB"/>
-    <w:rsid w:val="00924D9F"/>
+    <w:rsid w:val="009276AC"/>
     <w:rsid w:val="0093085B"/>
     <w:rsid w:val="00931C57"/>
+    <w:rsid w:val="0093433D"/>
     <w:rsid w:val="009347A5"/>
+    <w:rsid w:val="00935C7C"/>
     <w:rsid w:val="00942257"/>
+    <w:rsid w:val="0094634E"/>
     <w:rsid w:val="009471BF"/>
     <w:rsid w:val="00950E4E"/>
     <w:rsid w:val="009529BD"/>
     <w:rsid w:val="009533B4"/>
     <w:rsid w:val="00957D35"/>
-    <w:rsid w:val="00963E8D"/>
+    <w:rsid w:val="009709D3"/>
     <w:rsid w:val="00971D93"/>
+    <w:rsid w:val="009921E0"/>
+    <w:rsid w:val="00993EE8"/>
     <w:rsid w:val="009A07DC"/>
+    <w:rsid w:val="009A32ED"/>
+    <w:rsid w:val="009A7887"/>
+    <w:rsid w:val="009B180C"/>
     <w:rsid w:val="009B1F6B"/>
-    <w:rsid w:val="009B2964"/>
     <w:rsid w:val="009C0D12"/>
+    <w:rsid w:val="009C0FF4"/>
     <w:rsid w:val="009C192E"/>
     <w:rsid w:val="009C2E3E"/>
     <w:rsid w:val="009C6C0C"/>
     <w:rsid w:val="009D6819"/>
     <w:rsid w:val="009D6D1C"/>
-    <w:rsid w:val="009E02C5"/>
     <w:rsid w:val="009E0CF9"/>
-    <w:rsid w:val="009E2F2D"/>
+    <w:rsid w:val="009E4E8C"/>
     <w:rsid w:val="009E531B"/>
     <w:rsid w:val="009E6C56"/>
     <w:rsid w:val="009E7DCF"/>
     <w:rsid w:val="009F4A56"/>
     <w:rsid w:val="009F4E65"/>
+    <w:rsid w:val="009F646A"/>
     <w:rsid w:val="00A006A5"/>
     <w:rsid w:val="00A05942"/>
     <w:rsid w:val="00A07BEC"/>
+    <w:rsid w:val="00A1605B"/>
     <w:rsid w:val="00A264BE"/>
     <w:rsid w:val="00A272CA"/>
+    <w:rsid w:val="00A27B1E"/>
     <w:rsid w:val="00A33051"/>
+    <w:rsid w:val="00A34B14"/>
     <w:rsid w:val="00A407AD"/>
     <w:rsid w:val="00A40923"/>
     <w:rsid w:val="00A41C05"/>
     <w:rsid w:val="00A42426"/>
     <w:rsid w:val="00A514B7"/>
     <w:rsid w:val="00A54A0B"/>
+    <w:rsid w:val="00A55086"/>
     <w:rsid w:val="00A65FD4"/>
     <w:rsid w:val="00A81198"/>
+    <w:rsid w:val="00A81600"/>
     <w:rsid w:val="00A81E48"/>
     <w:rsid w:val="00A82035"/>
+    <w:rsid w:val="00A90358"/>
     <w:rsid w:val="00A90D77"/>
     <w:rsid w:val="00A92E07"/>
+    <w:rsid w:val="00A96B25"/>
     <w:rsid w:val="00AA0B3A"/>
     <w:rsid w:val="00AA6EB4"/>
     <w:rsid w:val="00AA767D"/>
     <w:rsid w:val="00AB0CC9"/>
+    <w:rsid w:val="00AC2AD4"/>
     <w:rsid w:val="00AC3FF6"/>
+    <w:rsid w:val="00AC5396"/>
+    <w:rsid w:val="00AD5C86"/>
     <w:rsid w:val="00AD73EC"/>
     <w:rsid w:val="00AD7AD5"/>
-    <w:rsid w:val="00AE43CC"/>
+    <w:rsid w:val="00AE01B0"/>
     <w:rsid w:val="00AE5BC7"/>
+    <w:rsid w:val="00AE624E"/>
     <w:rsid w:val="00AF5AAF"/>
+    <w:rsid w:val="00AF6D05"/>
+    <w:rsid w:val="00AF7CA0"/>
     <w:rsid w:val="00B046D8"/>
     <w:rsid w:val="00B13F4C"/>
+    <w:rsid w:val="00B14487"/>
     <w:rsid w:val="00B16219"/>
     <w:rsid w:val="00B16C59"/>
     <w:rsid w:val="00B33FDD"/>
     <w:rsid w:val="00B359CC"/>
     <w:rsid w:val="00B36107"/>
+    <w:rsid w:val="00B405A1"/>
+    <w:rsid w:val="00B41571"/>
     <w:rsid w:val="00B41789"/>
     <w:rsid w:val="00B46C03"/>
     <w:rsid w:val="00B60C6C"/>
     <w:rsid w:val="00B619A9"/>
+    <w:rsid w:val="00B622C6"/>
+    <w:rsid w:val="00B642B4"/>
     <w:rsid w:val="00B65A9D"/>
     <w:rsid w:val="00B66D60"/>
-    <w:rsid w:val="00B72154"/>
     <w:rsid w:val="00B75EDE"/>
     <w:rsid w:val="00B77D88"/>
     <w:rsid w:val="00B77FAF"/>
-    <w:rsid w:val="00B81E28"/>
+    <w:rsid w:val="00B83715"/>
     <w:rsid w:val="00B84336"/>
     <w:rsid w:val="00B851B9"/>
     <w:rsid w:val="00B86453"/>
     <w:rsid w:val="00B90054"/>
+    <w:rsid w:val="00B910FF"/>
     <w:rsid w:val="00B92C14"/>
     <w:rsid w:val="00B96AFF"/>
+    <w:rsid w:val="00B97D4E"/>
     <w:rsid w:val="00BA0066"/>
     <w:rsid w:val="00BB69DB"/>
     <w:rsid w:val="00BC322E"/>
     <w:rsid w:val="00BC44CD"/>
     <w:rsid w:val="00BC48A6"/>
+    <w:rsid w:val="00BC6590"/>
+    <w:rsid w:val="00BD30C1"/>
+    <w:rsid w:val="00BE4593"/>
     <w:rsid w:val="00BE7978"/>
-    <w:rsid w:val="00C004B9"/>
     <w:rsid w:val="00C01F0D"/>
-    <w:rsid w:val="00C0255C"/>
-    <w:rsid w:val="00C0454B"/>
     <w:rsid w:val="00C07DDB"/>
+    <w:rsid w:val="00C247F4"/>
+    <w:rsid w:val="00C26A5D"/>
+    <w:rsid w:val="00C40954"/>
     <w:rsid w:val="00C4115D"/>
-    <w:rsid w:val="00C423C5"/>
     <w:rsid w:val="00C43BDD"/>
     <w:rsid w:val="00C47778"/>
     <w:rsid w:val="00C5011E"/>
     <w:rsid w:val="00C50EE5"/>
     <w:rsid w:val="00C5240A"/>
     <w:rsid w:val="00C5398F"/>
     <w:rsid w:val="00C556F5"/>
-    <w:rsid w:val="00C62C7E"/>
     <w:rsid w:val="00C70E19"/>
     <w:rsid w:val="00C72574"/>
     <w:rsid w:val="00C7430C"/>
+    <w:rsid w:val="00C7653D"/>
+    <w:rsid w:val="00C772C5"/>
     <w:rsid w:val="00C85DA1"/>
     <w:rsid w:val="00C9071C"/>
     <w:rsid w:val="00C908FF"/>
-    <w:rsid w:val="00C92AF4"/>
     <w:rsid w:val="00C97BD3"/>
     <w:rsid w:val="00CA39EF"/>
     <w:rsid w:val="00CA521F"/>
-    <w:rsid w:val="00CA5FCE"/>
     <w:rsid w:val="00CB0493"/>
     <w:rsid w:val="00CB17FF"/>
-    <w:rsid w:val="00CB1CE0"/>
     <w:rsid w:val="00CB1ED7"/>
     <w:rsid w:val="00CC167C"/>
     <w:rsid w:val="00CC52D9"/>
     <w:rsid w:val="00CD6647"/>
     <w:rsid w:val="00CE4B73"/>
+    <w:rsid w:val="00CF2F78"/>
     <w:rsid w:val="00CF70BB"/>
-    <w:rsid w:val="00D07185"/>
+    <w:rsid w:val="00D00BD7"/>
     <w:rsid w:val="00D074DB"/>
     <w:rsid w:val="00D139CF"/>
     <w:rsid w:val="00D20779"/>
+    <w:rsid w:val="00D259F1"/>
     <w:rsid w:val="00D37E7F"/>
+    <w:rsid w:val="00D442C2"/>
+    <w:rsid w:val="00D464D1"/>
     <w:rsid w:val="00D47AD7"/>
     <w:rsid w:val="00D51529"/>
+    <w:rsid w:val="00D51986"/>
+    <w:rsid w:val="00D565AD"/>
+    <w:rsid w:val="00D62468"/>
+    <w:rsid w:val="00D67C88"/>
+    <w:rsid w:val="00D73B4B"/>
+    <w:rsid w:val="00D7554E"/>
     <w:rsid w:val="00D85218"/>
-    <w:rsid w:val="00D9030E"/>
     <w:rsid w:val="00D915B1"/>
+    <w:rsid w:val="00D92DF6"/>
     <w:rsid w:val="00DA299D"/>
     <w:rsid w:val="00DA65C4"/>
+    <w:rsid w:val="00DA6C8C"/>
+    <w:rsid w:val="00DC260B"/>
+    <w:rsid w:val="00DC416F"/>
+    <w:rsid w:val="00DC7A04"/>
     <w:rsid w:val="00DE4447"/>
     <w:rsid w:val="00DE5DA2"/>
     <w:rsid w:val="00DE63C6"/>
     <w:rsid w:val="00DF0033"/>
     <w:rsid w:val="00E026BF"/>
     <w:rsid w:val="00E07B1B"/>
     <w:rsid w:val="00E11853"/>
-    <w:rsid w:val="00E13038"/>
+    <w:rsid w:val="00E21EBD"/>
+    <w:rsid w:val="00E23768"/>
+    <w:rsid w:val="00E36189"/>
+    <w:rsid w:val="00E411B6"/>
+    <w:rsid w:val="00E47B67"/>
     <w:rsid w:val="00E52A86"/>
     <w:rsid w:val="00E54B47"/>
     <w:rsid w:val="00E553BF"/>
+    <w:rsid w:val="00E55C01"/>
     <w:rsid w:val="00E55D93"/>
+    <w:rsid w:val="00E57EA4"/>
     <w:rsid w:val="00E61294"/>
-    <w:rsid w:val="00E71970"/>
     <w:rsid w:val="00E7237C"/>
+    <w:rsid w:val="00E73ED9"/>
+    <w:rsid w:val="00E745A3"/>
     <w:rsid w:val="00E77C46"/>
-    <w:rsid w:val="00E847A3"/>
     <w:rsid w:val="00E86CE8"/>
     <w:rsid w:val="00E90E82"/>
-    <w:rsid w:val="00E92FEB"/>
-[...1 lines deleted...]
-    <w:rsid w:val="00E9665A"/>
+    <w:rsid w:val="00E9536A"/>
     <w:rsid w:val="00EA00CB"/>
     <w:rsid w:val="00EA1BAA"/>
     <w:rsid w:val="00EA3FCD"/>
     <w:rsid w:val="00EA42A0"/>
     <w:rsid w:val="00EB6714"/>
-    <w:rsid w:val="00EB7D02"/>
     <w:rsid w:val="00EC0A68"/>
     <w:rsid w:val="00EC3C32"/>
     <w:rsid w:val="00EC5006"/>
     <w:rsid w:val="00ED49C3"/>
     <w:rsid w:val="00ED6CE8"/>
-    <w:rsid w:val="00ED6E91"/>
     <w:rsid w:val="00ED7AA6"/>
     <w:rsid w:val="00EE2A56"/>
     <w:rsid w:val="00EE3818"/>
-    <w:rsid w:val="00F00840"/>
+    <w:rsid w:val="00EF05D6"/>
+    <w:rsid w:val="00F209D1"/>
     <w:rsid w:val="00F22264"/>
     <w:rsid w:val="00F2564D"/>
+    <w:rsid w:val="00F2796E"/>
+    <w:rsid w:val="00F34D64"/>
     <w:rsid w:val="00F35B05"/>
     <w:rsid w:val="00F413D9"/>
     <w:rsid w:val="00F5135F"/>
     <w:rsid w:val="00F51F78"/>
-    <w:rsid w:val="00F5539F"/>
+    <w:rsid w:val="00F54A22"/>
+    <w:rsid w:val="00F600E1"/>
+    <w:rsid w:val="00F66441"/>
+    <w:rsid w:val="00F81A17"/>
+    <w:rsid w:val="00F84BA1"/>
     <w:rsid w:val="00F86F47"/>
     <w:rsid w:val="00F90B64"/>
-    <w:rsid w:val="00F94FA0"/>
-    <w:rsid w:val="00FA1C96"/>
+    <w:rsid w:val="00F95AB2"/>
+    <w:rsid w:val="00FA19AC"/>
+    <w:rsid w:val="00FA5E0B"/>
     <w:rsid w:val="00FB2F0F"/>
     <w:rsid w:val="00FB5086"/>
     <w:rsid w:val="00FB5411"/>
     <w:rsid w:val="00FB6392"/>
-    <w:rsid w:val="00FC0B18"/>
     <w:rsid w:val="00FC4F36"/>
-    <w:rsid w:val="00FC5D77"/>
     <w:rsid w:val="00FD3C70"/>
     <w:rsid w:val="00FD6820"/>
-    <w:rsid w:val="00FE0D3C"/>
     <w:rsid w:val="00FE12D8"/>
+    <w:rsid w:val="00FF319E"/>
+    <w:rsid w:val="00FF6B9F"/>
     <w:rsid w:val="00FF7C02"/>
     <w:rsid w:val="024801E3"/>
+    <w:rsid w:val="1577B872"/>
+    <w:rsid w:val="1E031ABC"/>
+    <w:rsid w:val="1FE87D38"/>
+    <w:rsid w:val="25259DB5"/>
+    <w:rsid w:val="26E98660"/>
+    <w:rsid w:val="3C461934"/>
+    <w:rsid w:val="605241EF"/>
     <w:rsid w:val="647B2B65"/>
+    <w:rsid w:val="691A7304"/>
+    <w:rsid w:val="691E2646"/>
     <w:rsid w:val="6B2CF8ED"/>
+    <w:rsid w:val="721FE4AD"/>
+    <w:rsid w:val="7D2D23F0"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="sv-SE" w:eastAsia="ja-JP"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:doNotIncludeSubdocsInStats/>
   <w:doNotAutoCompressPictures/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050" strokecolor="#4a773c">
       <v:stroke color="#4a773c" weight="1pt"/>
       <v:shadow opacity="24903f" origin=",.5" offset="0,.55556mm"/>
       <o:colormru v:ext="edit" colors="#4a773c"/>
     </o:shapedefaults>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="2"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:doNotEmbedSmartTags/>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
-  <w14:docId w14:val="1FE2B7EB"/>
+  <w14:docId w14:val="3E266498"/>
   <w14:defaultImageDpi w14:val="330"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         <w:lang w:val="sv-SE" w:eastAsia="sv-SE" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault/>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="3" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="3" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:locked="1" w:semiHidden="1" w:uiPriority="3" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="index 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
@@ -8015,180 +6535,207 @@
     <w:lsdException w:name="List Table 6 Colorful Accent 4" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 4" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 5" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 5" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 5" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 5" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 5" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 5" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 5" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 6" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
     <w:lsdException w:name="Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Hashtag" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Unresolved Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Link" w:semiHidden="1" w:unhideWhenUsed="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="Normal">
     <w:name w:val="Normal"/>
     <w:qFormat/>
-    <w:rsid w:val="008A0C5F"/>
+    <w:rsid w:val="00831C35"/>
     <w:pPr>
-      <w:spacing w:after="120" w:line="288" w:lineRule="auto"/>
-      <w:ind w:left="992" w:right="868"/>
+      <w:spacing w:after="120" w:line="360" w:lineRule="auto"/>
+      <w:ind w:left="567" w:right="868"/>
     </w:pPr>
     <w:rPr>
+      <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Rubrik1">
     <w:name w:val="heading 1"/>
     <w:aliases w:val="Rubrik VGR"/>
     <w:next w:val="Normal"/>
     <w:link w:val="Rubrik1Char"/>
     <w:qFormat/>
-    <w:rsid w:val="00FB6392"/>
+    <w:rsid w:val="001108C0"/>
     <w:pPr>
       <w:keepNext/>
       <w:spacing w:after="240" w:line="288" w:lineRule="auto"/>
-      <w:ind w:left="992"/>
+      <w:ind w:left="567"/>
       <w:contextualSpacing/>
       <w:outlineLvl w:val="0"/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:ascii="Calibri" w:eastAsia="MS Gothic" w:hAnsi="Calibri"/>
+      <w:rFonts w:ascii="Verdana" w:eastAsia="MS Gothic" w:hAnsi="Verdana"/>
+      <w:b/>
       <w:bCs/>
       <w:kern w:val="32"/>
-      <w:sz w:val="48"/>
+      <w:sz w:val="44"/>
       <w:szCs w:val="32"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Rubrik2">
     <w:name w:val="heading 2"/>
     <w:aliases w:val="Rubrik 2 VGR"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:link w:val="Rubrik2Char"/>
     <w:uiPriority w:val="3"/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
-    <w:rsid w:val="00627BEA"/>
+    <w:rsid w:val="008D124E"/>
     <w:pPr>
       <w:keepNext/>
       <w:keepLines/>
       <w:spacing w:before="240" w:after="40" w:line="240" w:lineRule="auto"/>
       <w:outlineLvl w:val="1"/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:rFonts w:ascii="Verdana" w:eastAsiaTheme="majorEastAsia" w:hAnsi="Verdana" w:cstheme="majorBidi"/>
       <w:bCs/>
       <w:color w:val="000000" w:themeColor="text1"/>
-      <w:sz w:val="40"/>
+      <w:sz w:val="36"/>
       <w:szCs w:val="26"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Rubrik3">
     <w:name w:val="heading 3"/>
     <w:aliases w:val="Rubrik 3 VGR"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:link w:val="Rubrik3Char"/>
     <w:uiPriority w:val="3"/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
-    <w:rsid w:val="00627BEA"/>
+    <w:rsid w:val="008D124E"/>
     <w:pPr>
       <w:keepNext/>
       <w:keepLines/>
       <w:spacing w:before="240" w:after="40" w:line="240" w:lineRule="auto"/>
       <w:outlineLvl w:val="2"/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:rFonts w:ascii="Verdana" w:eastAsiaTheme="majorEastAsia" w:hAnsi="Verdana" w:cstheme="majorBidi"/>
       <w:bCs/>
       <w:color w:val="000000" w:themeColor="text1"/>
-      <w:sz w:val="36"/>
+      <w:sz w:val="28"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Rubrik4">
     <w:name w:val="heading 4"/>
     <w:aliases w:val="mellanrubrik"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:link w:val="Rubrik4Char"/>
     <w:uiPriority w:val="3"/>
     <w:semiHidden/>
     <w:qFormat/>
     <w:locked/>
     <w:rsid w:val="00627BEA"/>
     <w:pPr>
       <w:keepNext/>
       <w:keepLines/>
       <w:spacing w:before="240" w:after="0" w:line="240" w:lineRule="auto"/>
       <w:outlineLvl w:val="3"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
       <w:b/>
       <w:bCs/>
       <w:iCs/>
       <w:color w:val="000000" w:themeColor="text1"/>
       <w:sz w:val="26"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Rubrik5">
     <w:name w:val="heading 5"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:link w:val="Rubrik5Char"/>
     <w:uiPriority w:val="9"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:rsid w:val="002F568B"/>
     <w:pPr>
       <w:keepNext/>
       <w:keepLines/>
       <w:spacing w:before="200"/>
       <w:outlineLvl w:val="4"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
       <w:color w:val="00304B" w:themeColor="accent1" w:themeShade="7F"/>
     </w:rPr>
   </w:style>
+  <w:style w:type="paragraph" w:styleId="Rubrik9">
+    <w:name w:val="heading 9"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:link w:val="Rubrik9Char"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:qFormat/>
+    <w:rsid w:val="009A32ED"/>
+    <w:pPr>
+      <w:keepNext/>
+      <w:keepLines/>
+      <w:spacing w:before="40" w:after="0"/>
+      <w:ind w:left="0"/>
+      <w:outlineLvl w:val="8"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:i/>
+      <w:iCs/>
+      <w:color w:val="272727" w:themeColor="text1" w:themeTint="D8"/>
+      <w:sz w:val="21"/>
+      <w:szCs w:val="21"/>
+    </w:rPr>
+  </w:style>
   <w:style w:type="character" w:default="1" w:styleId="Standardstycketeckensnitt">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
-    <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="Normaltabell">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="Ingenlista">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:styleId="Oformateradtabell1">
     <w:name w:val="Plain Table 1"/>
@@ -8345,70 +6892,71 @@
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Sidhuvud">
     <w:name w:val="header"/>
     <w:basedOn w:val="Normal"/>
     <w:link w:val="SidhuvudChar"/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="00AA0F08"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="center" w:pos="4703"/>
         <w:tab w:val="right" w:pos="9406"/>
       </w:tabs>
     </w:pPr>
   </w:style>
   <w:style w:type="character" w:styleId="Sidnummer">
     <w:name w:val="page number"/>
     <w:basedOn w:val="Standardstycketeckensnitt"/>
     <w:semiHidden/>
     <w:rsid w:val="00AA0F08"/>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Metadata">
     <w:name w:val="Metadata"/>
     <w:basedOn w:val="Normal"/>
     <w:qFormat/>
-    <w:rsid w:val="002651D6"/>
+    <w:rsid w:val="00831C35"/>
     <w:pPr>
       <w:spacing w:after="240"/>
       <w:contextualSpacing/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+      <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
       <w:sz w:val="20"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="Rubrik1Char">
     <w:name w:val="Rubrik 1 Char"/>
     <w:aliases w:val="Rubrik VGR Char"/>
     <w:link w:val="Rubrik1"/>
-    <w:rsid w:val="00FB6392"/>
+    <w:rsid w:val="001108C0"/>
     <w:rPr>
-      <w:rFonts w:ascii="Calibri" w:eastAsia="MS Gothic" w:hAnsi="Calibri"/>
+      <w:rFonts w:ascii="Verdana" w:eastAsia="MS Gothic" w:hAnsi="Verdana"/>
+      <w:b/>
       <w:bCs/>
       <w:kern w:val="32"/>
-      <w:sz w:val="48"/>
+      <w:sz w:val="44"/>
       <w:szCs w:val="32"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Allmntstyckeformat">
     <w:name w:val="[Allmänt styckeformat]"/>
     <w:basedOn w:val="Normal"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:rsid w:val="001C5FEF"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:autoSpaceDE w:val="0"/>
       <w:autoSpaceDN w:val="0"/>
       <w:adjustRightInd w:val="0"/>
       <w:textAlignment w:val="center"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="MinionPro-Regular" w:hAnsi="MinionPro-Regular" w:cs="MinionPro-Regular"/>
       <w:color w:val="000000"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="SidfotChar">
     <w:name w:val="Sidfot Char"/>
     <w:link w:val="Sidfot"/>
     <w:uiPriority w:val="99"/>
@@ -8520,214 +7068,216 @@
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Faktarutarubrik">
     <w:name w:val="Faktaruta rubrik"/>
     <w:basedOn w:val="Rubrik2"/>
     <w:next w:val="FaktarutaLista"/>
     <w:uiPriority w:val="3"/>
     <w:semiHidden/>
     <w:qFormat/>
     <w:locked/>
     <w:rsid w:val="0009062C"/>
     <w:pPr>
       <w:spacing w:before="0"/>
       <w:outlineLvl w:val="2"/>
     </w:pPr>
     <w:rPr>
       <w:bCs w:val="0"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="Rubrik2Char">
     <w:name w:val="Rubrik 2 Char"/>
     <w:aliases w:val="Rubrik 2 VGR Char"/>
     <w:basedOn w:val="Standardstycketeckensnitt"/>
     <w:link w:val="Rubrik2"/>
     <w:uiPriority w:val="3"/>
-    <w:rsid w:val="00627BEA"/>
+    <w:rsid w:val="008D124E"/>
     <w:rPr>
-      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:rFonts w:ascii="Verdana" w:eastAsiaTheme="majorEastAsia" w:hAnsi="Verdana" w:cstheme="majorBidi"/>
       <w:bCs/>
       <w:color w:val="000000" w:themeColor="text1"/>
-      <w:sz w:val="40"/>
+      <w:sz w:val="36"/>
       <w:szCs w:val="26"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="Rubrik3Char">
     <w:name w:val="Rubrik 3 Char"/>
     <w:aliases w:val="Rubrik 3 VGR Char"/>
     <w:basedOn w:val="Standardstycketeckensnitt"/>
     <w:link w:val="Rubrik3"/>
     <w:uiPriority w:val="3"/>
-    <w:rsid w:val="00627BEA"/>
+    <w:rsid w:val="008D124E"/>
     <w:rPr>
-      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:rFonts w:ascii="Verdana" w:eastAsiaTheme="majorEastAsia" w:hAnsi="Verdana" w:cstheme="majorBidi"/>
       <w:bCs/>
       <w:color w:val="000000" w:themeColor="text1"/>
-      <w:sz w:val="36"/>
+      <w:sz w:val="28"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="Rubrik4Char">
     <w:name w:val="Rubrik 4 Char"/>
     <w:aliases w:val="mellanrubrik Char"/>
     <w:basedOn w:val="Standardstycketeckensnitt"/>
     <w:link w:val="Rubrik4"/>
     <w:uiPriority w:val="3"/>
     <w:semiHidden/>
     <w:rsid w:val="00A272CA"/>
     <w:rPr>
       <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
       <w:b/>
       <w:bCs/>
       <w:iCs/>
       <w:color w:val="000000" w:themeColor="text1"/>
       <w:sz w:val="26"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="Rubrik5Char">
     <w:name w:val="Rubrik 5 Char"/>
     <w:basedOn w:val="Standardstycketeckensnitt"/>
     <w:link w:val="Rubrik5"/>
     <w:uiPriority w:val="9"/>
     <w:semiHidden/>
     <w:rsid w:val="002F568B"/>
     <w:rPr>
       <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
       <w:color w:val="00304B" w:themeColor="accent1" w:themeShade="7F"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Liststycke">
     <w:name w:val="List Paragraph"/>
     <w:basedOn w:val="Normal"/>
     <w:uiPriority w:val="34"/>
-    <w:qFormat/>
     <w:rsid w:val="00CB1ED7"/>
     <w:pPr>
       <w:numPr>
         <w:numId w:val="13"/>
       </w:numPr>
       <w:ind w:left="1712" w:hanging="357"/>
       <w:contextualSpacing/>
     </w:pPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Normalefterlista">
     <w:name w:val="Normal efter lista"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:uiPriority w:val="3"/>
     <w:qFormat/>
     <w:rsid w:val="0062184C"/>
     <w:pPr>
       <w:spacing w:before="200"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:eastAsia="MS Gothic"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Innehll1">
     <w:name w:val="toc 1"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:autoRedefine/>
     <w:uiPriority w:val="39"/>
     <w:unhideWhenUsed/>
-    <w:rsid w:val="00EA1BAA"/>
+    <w:rsid w:val="00B405A1"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="right" w:leader="dot" w:pos="8779"/>
       </w:tabs>
-      <w:spacing w:line="240" w:lineRule="auto"/>
+      <w:ind w:right="142"/>
     </w:pPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Omslagsrubrik">
     <w:name w:val="Omslagsrubrik"/>
     <w:basedOn w:val="Normal"/>
     <w:link w:val="OmslagsrubrikChar"/>
     <w:uiPriority w:val="3"/>
     <w:qFormat/>
-    <w:rsid w:val="005A627D"/>
+    <w:rsid w:val="00B14487"/>
     <w:pPr>
       <w:spacing w:after="6000" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
+      <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
       <w:sz w:val="72"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="OmslagsrubrikChar">
     <w:name w:val="Omslagsrubrik Char"/>
     <w:basedOn w:val="Standardstycketeckensnitt"/>
     <w:link w:val="Omslagsrubrik"/>
     <w:uiPriority w:val="3"/>
-    <w:rsid w:val="005A627D"/>
+    <w:rsid w:val="00B14487"/>
     <w:rPr>
-      <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
+      <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
       <w:sz w:val="72"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="Omslagsunderrubrik">
-    <w:name w:val="Omslagsunderrubrik"/>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="UnderrubrikVGR">
+    <w:name w:val="Underrubrik VGR"/>
     <w:basedOn w:val="Normal"/>
-    <w:link w:val="OmslagsunderrubrikChar"/>
+    <w:link w:val="UnderrubrikVGRChar"/>
     <w:uiPriority w:val="3"/>
     <w:qFormat/>
-    <w:rsid w:val="009533B4"/>
+    <w:rsid w:val="00B14487"/>
     <w:pPr>
       <w:contextualSpacing/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
+      <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
       <w:sz w:val="32"/>
       <w:szCs w:val="44"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="OmslagsunderrubrikChar">
-    <w:name w:val="Omslagsunderrubrik Char"/>
+  <w:style w:type="character" w:customStyle="1" w:styleId="UnderrubrikVGRChar">
+    <w:name w:val="Underrubrik VGR Char"/>
     <w:basedOn w:val="Standardstycketeckensnitt"/>
-    <w:link w:val="Omslagsunderrubrik"/>
+    <w:link w:val="UnderrubrikVGR"/>
     <w:uiPriority w:val="3"/>
-    <w:rsid w:val="009533B4"/>
+    <w:rsid w:val="00B14487"/>
     <w:rPr>
-      <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
+      <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
       <w:sz w:val="32"/>
       <w:szCs w:val="44"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Innehll2">
     <w:name w:val="toc 2"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:autoRedefine/>
     <w:uiPriority w:val="39"/>
     <w:unhideWhenUsed/>
-    <w:rsid w:val="00E61294"/>
+    <w:rsid w:val="00BC6590"/>
     <w:pPr>
-      <w:ind w:left="240"/>
+      <w:tabs>
+        <w:tab w:val="right" w:leader="dot" w:pos="8919"/>
+      </w:tabs>
+      <w:ind w:right="0"/>
     </w:pPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Innehll3">
     <w:name w:val="toc 3"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:autoRedefine/>
     <w:uiPriority w:val="39"/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00E61294"/>
     <w:pPr>
       <w:ind w:left="480"/>
     </w:pPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Innehll4">
     <w:name w:val="toc 4"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:autoRedefine/>
     <w:uiPriority w:val="39"/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00E61294"/>
     <w:pPr>
       <w:ind w:left="720"/>
     </w:pPr>
@@ -8776,118 +7326,118 @@
     <w:uiPriority w:val="39"/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00E61294"/>
     <w:pPr>
       <w:ind w:left="1680"/>
     </w:pPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Innehll9">
     <w:name w:val="toc 9"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:autoRedefine/>
     <w:uiPriority w:val="39"/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00E61294"/>
     <w:pPr>
       <w:ind w:left="1920"/>
     </w:pPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="MellanrubrikVGR">
     <w:name w:val="Mellanrubrik VGR"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:uiPriority w:val="2"/>
     <w:qFormat/>
-    <w:rsid w:val="00FB5086"/>
+    <w:rsid w:val="008D124E"/>
     <w:pPr>
       <w:keepNext/>
       <w:keepLines/>
       <w:widowControl w:val="0"/>
       <w:autoSpaceDE w:val="0"/>
       <w:autoSpaceDN w:val="0"/>
       <w:adjustRightInd w:val="0"/>
-      <w:spacing w:before="240"/>
+      <w:spacing w:before="240" w:after="0"/>
       <w:textAlignment w:val="center"/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+      <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
       <w:b/>
       <w:color w:val="000000"/>
-      <w:sz w:val="26"/>
       <w:szCs w:val="18"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="Fotnotsreferens">
     <w:name w:val="footnote reference"/>
     <w:basedOn w:val="Standardstycketeckensnitt"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00FB5086"/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Formatmall1">
     <w:name w:val="Formatmall1"/>
     <w:basedOn w:val="Normal"/>
     <w:link w:val="Formatmall1Char"/>
     <w:uiPriority w:val="3"/>
     <w:semiHidden/>
     <w:qFormat/>
     <w:locked/>
     <w:rsid w:val="00FB5086"/>
     <w:pPr>
       <w:spacing w:after="0"/>
     </w:pPr>
     <w:rPr>
       <w:sz w:val="20"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="Formatmall1Char">
     <w:name w:val="Formatmall1 Char"/>
     <w:basedOn w:val="Standardstycketeckensnitt"/>
     <w:link w:val="Formatmall1"/>
     <w:uiPriority w:val="3"/>
     <w:semiHidden/>
     <w:rsid w:val="00A272CA"/>
     <w:rPr>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="FotnotVGR">
     <w:name w:val="Fotnot VGR"/>
     <w:basedOn w:val="Normal"/>
     <w:uiPriority w:val="3"/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
-    <w:rsid w:val="00FB5086"/>
+    <w:rsid w:val="00B14487"/>
     <w:pPr>
       <w:spacing w:after="0"/>
     </w:pPr>
     <w:rPr>
-      <w:sz w:val="20"/>
+      <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+      <w:sz w:val="18"/>
     </w:rPr>
   </w:style>
   <w:style w:type="table" w:styleId="Oformateradtabell2">
     <w:name w:val="Plain Table 2"/>
     <w:basedOn w:val="Normaltabell"/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="002E263F"/>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblBorders>
         <w:top w:val="single" w:sz="4" w:space="0" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80"/>
         <w:bottom w:val="single" w:sz="4" w:space="0" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80"/>
       </w:tblBorders>
     </w:tblPr>
     <w:tblStylePr w:type="firstRow">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80"/>
         </w:tcBorders>
@@ -10044,1090 +8594,1585 @@
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:rsid w:val="00404948"/>
     <w:pPr>
       <w:spacing w:after="200" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:i/>
       <w:iCs/>
       <w:color w:val="000000" w:themeColor="text2"/>
       <w:sz w:val="18"/>
       <w:szCs w:val="18"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="SidhuvudChar">
     <w:name w:val="Sidhuvud Char"/>
     <w:basedOn w:val="Standardstycketeckensnitt"/>
     <w:link w:val="Sidhuvud"/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="00133A0F"/>
     <w:rPr>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="normaltextrun">
-    <w:name w:val="normaltextrun"/>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Rubrik9Char">
+    <w:name w:val="Rubrik 9 Char"/>
     <w:basedOn w:val="Standardstycketeckensnitt"/>
-    <w:rsid w:val="0077317A"/>
-[...23 lines deleted...]
-    <w:uiPriority w:val="99"/>
+    <w:link w:val="Rubrik9"/>
+    <w:uiPriority w:val="9"/>
     <w:semiHidden/>
-    <w:unhideWhenUsed/>
-    <w:rsid w:val="009E2F2D"/>
+    <w:rsid w:val="009A32ED"/>
     <w:rPr>
-      <w:color w:val="605E5C"/>
-      <w:shd w:val="clear" w:color="auto" w:fill="E1DFDD"/>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:i/>
+      <w:iCs/>
+      <w:color w:val="272727" w:themeColor="text1" w:themeTint="D8"/>
+      <w:sz w:val="21"/>
+      <w:szCs w:val="21"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Underrubrik">
-[...5 lines deleted...]
-    <w:rsid w:val="00740245"/>
+  <w:style w:type="paragraph" w:styleId="Brdtext">
+    <w:name w:val="Body Text"/>
+    <w:aliases w:val="(=Löpande text)"/>
+    <w:link w:val="BrdtextChar"/>
+    <w:rsid w:val="009A32ED"/>
     <w:pPr>
-      <w:numPr>
-[...1 lines deleted...]
-      </w:numPr>
       <w:spacing w:after="160"/>
-      <w:ind w:left="992"/>
+      <w:ind w:left="2676"/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
-[...3 lines deleted...]
-      <w:szCs w:val="22"/>
+      <w:sz w:val="24"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="UnderrubrikChar">
-    <w:name w:val="Underrubrik Char"/>
+  <w:style w:type="character" w:customStyle="1" w:styleId="BrdtextChar">
+    <w:name w:val="Brödtext Char"/>
+    <w:aliases w:val="(=Löpande text) Char"/>
     <w:basedOn w:val="Standardstycketeckensnitt"/>
-    <w:link w:val="Underrubrik"/>
-    <w:rsid w:val="00740245"/>
+    <w:link w:val="Brdtext"/>
+    <w:rsid w:val="009A32ED"/>
     <w:rPr>
-      <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
-[...3 lines deleted...]
-      <w:szCs w:val="22"/>
+      <w:sz w:val="24"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="Tabell">
+    <w:name w:val="Tabell"/>
+    <w:link w:val="TabellChar"/>
+    <w:qFormat/>
+    <w:rsid w:val="00831C35"/>
+    <w:pPr>
+      <w:spacing w:line="288" w:lineRule="auto"/>
+      <w:ind w:right="-142"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="TabellChar">
+    <w:name w:val="Tabell Char"/>
+    <w:basedOn w:val="Standardstycketeckensnitt"/>
+    <w:link w:val="Tabell"/>
+    <w:rsid w:val="00831C35"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="AnvndHyperlnk">
     <w:name w:val="FollowedHyperlink"/>
     <w:basedOn w:val="Standardstycketeckensnitt"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
-    <w:rsid w:val="00C423C5"/>
+    <w:rsid w:val="00B97D4E"/>
     <w:rPr>
       <w:color w:val="9EA2A2" w:themeColor="followedHyperlink"/>
       <w:u w:val="single"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Fotnotstext">
+    <w:name w:val="footnote text"/>
+    <w:basedOn w:val="Normal"/>
+    <w:link w:val="FotnotstextChar"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="005A3381"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      <w:ind w:left="0" w:right="0"/>
+    </w:pPr>
+    <w:rPr>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="20"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="FotnotstextChar">
+    <w:name w:val="Fotnotstext Char"/>
+    <w:basedOn w:val="Standardstycketeckensnitt"/>
+    <w:link w:val="Fotnotstext"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:rsid w:val="005A3381"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Litteraturfrteckning">
+    <w:name w:val="Bibliography"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:uiPriority w:val="37"/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00675ABD"/>
+    <w:pPr>
+      <w:tabs>
+        <w:tab w:val="left" w:pos="264"/>
+      </w:tabs>
+      <w:spacing w:after="240" w:line="240" w:lineRule="auto"/>
+      <w:ind w:left="264" w:hanging="264"/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="Olstomnmnande">
+    <w:name w:val="Unresolved Mention"/>
+    <w:basedOn w:val="Standardstycketeckensnitt"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="001A7A7F"/>
+    <w:rPr>
+      <w:color w:val="605E5C"/>
+      <w:shd w:val="clear" w:color="auto" w:fill="E1DFDD"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:divs>
+    <w:div w:id="133107427">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+      <w:divsChild>
+        <w:div w:id="2089378420">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="936601415">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="495192181">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+      </w:divsChild>
+    </w:div>
     <w:div w:id="198055238">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="218060363">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
-    <w:div w:id="233861304">
+    <w:div w:id="319115916">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
       <w:divsChild>
-        <w:div w:id="1707440537">
+        <w:div w:id="1085879984">
           <w:marLeft w:val="0"/>
           <w:marRight w:val="0"/>
           <w:marTop w:val="0"/>
           <w:marBottom w:val="0"/>
           <w:divBdr>
             <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           </w:divBdr>
         </w:div>
-        <w:div w:id="293366972">
+        <w:div w:id="689600343">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1736316022">
           <w:marLeft w:val="0"/>
           <w:marRight w:val="0"/>
           <w:marTop w:val="0"/>
           <w:marBottom w:val="0"/>
           <w:divBdr>
             <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           </w:divBdr>
         </w:div>
       </w:divsChild>
     </w:div>
-    <w:div w:id="237983144">
-[...12 lines deleted...]
-    <w:div w:id="275790541">
+    <w:div w:id="349257041">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
       <w:divsChild>
-        <w:div w:id="424083721">
+        <w:div w:id="454830813">
           <w:marLeft w:val="0"/>
           <w:marRight w:val="0"/>
           <w:marTop w:val="0"/>
           <w:marBottom w:val="0"/>
           <w:divBdr>
             <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           </w:divBdr>
         </w:div>
-        <w:div w:id="1248077033">
+        <w:div w:id="1700011747">
           <w:marLeft w:val="0"/>
           <w:marRight w:val="0"/>
           <w:marTop w:val="0"/>
           <w:marBottom w:val="0"/>
           <w:divBdr>
             <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           </w:divBdr>
         </w:div>
-        <w:div w:id="74010607">
+        <w:div w:id="2099406351">
           <w:marLeft w:val="0"/>
           <w:marRight w:val="0"/>
           <w:marTop w:val="0"/>
           <w:marBottom w:val="0"/>
           <w:divBdr>
             <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           </w:divBdr>
         </w:div>
-        <w:div w:id="420294880">
+        <w:div w:id="30423778">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="261955570">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="491022881">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1324433637">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="861894306">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1117331632">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="17897037">
           <w:marLeft w:val="0"/>
           <w:marRight w:val="0"/>
           <w:marTop w:val="0"/>
           <w:marBottom w:val="0"/>
           <w:divBdr>
             <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           </w:divBdr>
         </w:div>
       </w:divsChild>
     </w:div>
     <w:div w:id="380325300">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
-    <w:div w:id="403652317">
-[...12 lines deleted...]
-    <w:div w:id="705911036">
+    <w:div w:id="580720318">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
       <w:divsChild>
-        <w:div w:id="50538457">
+        <w:div w:id="806093875">
           <w:marLeft w:val="0"/>
           <w:marRight w:val="0"/>
           <w:marTop w:val="0"/>
           <w:marBottom w:val="0"/>
           <w:divBdr>
             <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           </w:divBdr>
         </w:div>
-        <w:div w:id="1429887367">
+        <w:div w:id="1382367261">
           <w:marLeft w:val="0"/>
           <w:marRight w:val="0"/>
           <w:marTop w:val="0"/>
           <w:marBottom w:val="0"/>
           <w:divBdr>
             <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           </w:divBdr>
         </w:div>
-        <w:div w:id="1057125645">
+        <w:div w:id="921639786">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="847209688">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1910386144">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="969240829">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="302085726">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+      </w:divsChild>
+    </w:div>
+    <w:div w:id="641539384">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+      <w:divsChild>
+        <w:div w:id="996685630">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1450396575">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+      </w:divsChild>
+    </w:div>
+    <w:div w:id="747774794">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+      <w:divsChild>
+        <w:div w:id="405961379">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="2008358425">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1845708711">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="601841184">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1316568672">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1185709029">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1019234310">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+      </w:divsChild>
+    </w:div>
+    <w:div w:id="806626697">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+      <w:divsChild>
+        <w:div w:id="627054683">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1467819171">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="643241213">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+      </w:divsChild>
+    </w:div>
+    <w:div w:id="867330132">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+      <w:divsChild>
+        <w:div w:id="1926500164">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="514467811">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1016077595">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+      </w:divsChild>
+    </w:div>
+    <w:div w:id="871964195">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+      <w:divsChild>
+        <w:div w:id="1977685943">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1180779532">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="377751190">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+      </w:divsChild>
+    </w:div>
+    <w:div w:id="1071275922">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+      <w:divsChild>
+        <w:div w:id="981541434">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="719549276">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="871384266">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="533661905">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+      </w:divsChild>
+    </w:div>
+    <w:div w:id="1165054808">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+      <w:divsChild>
+        <w:div w:id="356155097">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1479221799">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1397703626">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+      </w:divsChild>
+    </w:div>
+    <w:div w:id="1210609470">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+      <w:divsChild>
+        <w:div w:id="1181746923">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1867867810">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1977880088">
           <w:marLeft w:val="0"/>
           <w:marRight w:val="0"/>
           <w:marTop w:val="0"/>
           <w:marBottom w:val="0"/>
           <w:divBdr>
             <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           </w:divBdr>
         </w:div>
       </w:divsChild>
     </w:div>
     <w:div w:id="1230919038">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
-    <w:div w:id="1443914920">
+    <w:div w:id="1301573736">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
       <w:divsChild>
-        <w:div w:id="168716466">
+        <w:div w:id="1422949839">
           <w:marLeft w:val="0"/>
           <w:marRight w:val="0"/>
           <w:marTop w:val="0"/>
           <w:marBottom w:val="0"/>
           <w:divBdr>
             <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           </w:divBdr>
         </w:div>
-        <w:div w:id="1292444742">
+        <w:div w:id="690453259">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="113717773">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="871067519">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="351567420">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1845051400">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="284822101">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1341084106">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1703089902">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1032925923">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+      </w:divsChild>
+    </w:div>
+    <w:div w:id="1309672611">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+      <w:divsChild>
+        <w:div w:id="2122141211">
           <w:marLeft w:val="0"/>
           <w:marRight w:val="0"/>
           <w:marTop w:val="0"/>
           <w:marBottom w:val="0"/>
           <w:divBdr>
             <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           </w:divBdr>
           <w:divsChild>
-            <w:div w:id="608784100">
+            <w:div w:id="1800101043">
               <w:marLeft w:val="0"/>
               <w:marRight w:val="0"/>
               <w:marTop w:val="0"/>
               <w:marBottom w:val="0"/>
               <w:divBdr>
                 <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                 <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                 <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                 <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
               </w:divBdr>
             </w:div>
-            <w:div w:id="318120286">
+            <w:div w:id="1967153841">
               <w:marLeft w:val="0"/>
               <w:marRight w:val="0"/>
               <w:marTop w:val="0"/>
               <w:marBottom w:val="0"/>
               <w:divBdr>
                 <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                 <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                 <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                 <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
               </w:divBdr>
             </w:div>
-            <w:div w:id="1195117497">
+            <w:div w:id="2135319102">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+            </w:div>
+            <w:div w:id="1917089813">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+            </w:div>
+            <w:div w:id="1593006237">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+            </w:div>
+            <w:div w:id="504059363">
               <w:marLeft w:val="0"/>
               <w:marRight w:val="0"/>
               <w:marTop w:val="0"/>
               <w:marBottom w:val="0"/>
               <w:divBdr>
                 <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                 <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                 <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                 <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
               </w:divBdr>
             </w:div>
           </w:divsChild>
         </w:div>
-        <w:div w:id="2076511015">
+        <w:div w:id="1963413639">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1511291267">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+      </w:divsChild>
+    </w:div>
+    <w:div w:id="1430395881">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+      <w:divsChild>
+        <w:div w:id="348266012">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="642662673">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+      </w:divsChild>
+    </w:div>
+    <w:div w:id="1573462479">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+      <w:divsChild>
+        <w:div w:id="391463411">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="803698955">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1229264953">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+      </w:divsChild>
+    </w:div>
+    <w:div w:id="1666711811">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+      <w:divsChild>
+        <w:div w:id="1474374923">
           <w:marLeft w:val="0"/>
           <w:marRight w:val="0"/>
           <w:marTop w:val="0"/>
           <w:marBottom w:val="0"/>
           <w:divBdr>
             <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           </w:divBdr>
           <w:divsChild>
-            <w:div w:id="1430814101">
+            <w:div w:id="113407864">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+            </w:div>
+            <w:div w:id="1714501643">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+            </w:div>
+            <w:div w:id="1190141656">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+            </w:div>
+            <w:div w:id="1463960047">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+            </w:div>
+            <w:div w:id="93979773">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+            </w:div>
+            <w:div w:id="634532856">
               <w:marLeft w:val="0"/>
               <w:marRight w:val="0"/>
               <w:marTop w:val="0"/>
               <w:marBottom w:val="0"/>
               <w:divBdr>
                 <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                 <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                 <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                 <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
               </w:divBdr>
             </w:div>
           </w:divsChild>
         </w:div>
-      </w:divsChild>
-[...27 lines deleted...]
-        <w:div w:id="2033189957">
+        <w:div w:id="197011886">
           <w:marLeft w:val="0"/>
           <w:marRight w:val="0"/>
           <w:marTop w:val="0"/>
           <w:marBottom w:val="0"/>
           <w:divBdr>
             <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           </w:divBdr>
         </w:div>
-        <w:div w:id="1510679692">
-[...11 lines deleted...]
-        <w:div w:id="501900201">
+        <w:div w:id="124087469">
           <w:marLeft w:val="0"/>
           <w:marRight w:val="0"/>
           <w:marTop w:val="0"/>
           <w:marBottom w:val="0"/>
           <w:divBdr>
             <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           </w:divBdr>
         </w:div>
       </w:divsChild>
     </w:div>
-    <w:div w:id="1733312990">
-[...25 lines deleted...]
-    <w:div w:id="1870944969">
+    <w:div w:id="1758012098">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
       <w:divsChild>
-        <w:div w:id="1995834508">
+        <w:div w:id="2044746998">
           <w:marLeft w:val="0"/>
           <w:marRight w:val="0"/>
           <w:marTop w:val="0"/>
           <w:marBottom w:val="0"/>
           <w:divBdr>
             <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           </w:divBdr>
         </w:div>
-        <w:div w:id="1928075082">
+        <w:div w:id="1725327914">
           <w:marLeft w:val="0"/>
           <w:marRight w:val="0"/>
           <w:marTop w:val="0"/>
           <w:marBottom w:val="0"/>
           <w:divBdr>
             <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           </w:divBdr>
         </w:div>
-      </w:divsChild>
-[...353 lines deleted...]
-        <w:div w:id="1234854091">
+        <w:div w:id="2129931792">
           <w:marLeft w:val="0"/>
           <w:marRight w:val="0"/>
           <w:marTop w:val="0"/>
           <w:marBottom w:val="0"/>
           <w:divBdr>
             <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           </w:divBdr>
         </w:div>
-        <w:div w:id="1941788881">
-[...86 lines deleted...]
-        <w:div w:id="1886867114">
+        <w:div w:id="632060169">
           <w:marLeft w:val="0"/>
           <w:marRight w:val="0"/>
           <w:marTop w:val="0"/>
           <w:marBottom w:val="0"/>
           <w:divBdr>
             <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           </w:divBdr>
         </w:div>
       </w:divsChild>
     </w:div>
   </w:divs>
   <w:relyOnVML/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
-<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml" Id="rId8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml" Id="rId13" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vardhandboken.se/Uppsala-lan/vardhygien-infektioner-och-smittspridning/operationssjukvard/preoperativ-vard/" TargetMode="External" Id="rId18" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer5.xml" Id="rId21" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml" Id="rId7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml" Id="rId12" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fass.se/LIF/startpage" TargetMode="External" Id="rId17" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml" Id="rId25" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer3.xml" Id="rId16" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer4.xml" Id="rId20" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml" Id="rId6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml" Id="rId11" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml" Id="rId24" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml" Id="rId15" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer6.xml" Id="rId23" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml" Id="rId10" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header3.xml" Id="rId19" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml" Id="rId9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml" Id="rId14" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header4.xml" Id="rId22" /></Relationships>
+<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml" Id="rId8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vardhandboken.se/vardhygien-infektioner-och-smittspridning/operationssjukvard/preoperativ-vard/" TargetMode="External" Id="rId13" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml" Id="rId18" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml" Id="rId7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://fass.se/health/product/20220812000010/fass-text" TargetMode="External" Id="rId12" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml" Id="rId17" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml" Id="rId16" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml" Id="rId20" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml" Id="rId6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://fass.se/health/product/19850502000040/fass-text" TargetMode="External" Id="rId11" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml" Id="rId5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml" Id="rId15" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml" Id="rId10" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml" Id="rId19" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml" Id="rId9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.folkhalsomyndigheten.se/contentassets/3692c757601b40eda5e49f890c2d11ca/att-forebygga-vardrelaterade-infektioner-ett-kunskapsunderlag-2006-123-12.pdf" TargetMode="External" Id="rId14" /></Relationships>
 </file>
 
-<file path=word/_rels/footer3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.wmf"/></Relationships>
+<file path=word/_rels/footer2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.svg"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/></Relationships>
 </file>
 
-<file path=word/_rels/footer6.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-[...8 lines deleted...]
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/></Relationships>
+<file path=word/_rels/settings.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/attachedTemplate" Target="file:///\\vgregion.se\mallar$\VGR%20Office-mallar\SkaS\Styrdokument\Mall%20Styrdokument%20i%20SOFIA%20STYR.dotx" TargetMode="External"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office-tema">
   <a:themeElements>
     <a:clrScheme name="VG">
       <a:dk1>
         <a:srgbClr val="000000"/>
       </a:dk1>
       <a:lt1>
         <a:srgbClr val="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="000000"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="808080"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="006298"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="367B1E"/>
       </a:accent2>
       <a:accent3>
@@ -11408,73 +10453,73 @@
       <a:spPr/>
       <a:bodyPr/>
       <a:lstStyle/>
       <a:style>
         <a:lnRef idx="2">
           <a:schemeClr val="accent1"/>
         </a:lnRef>
         <a:fillRef idx="0">
           <a:schemeClr val="accent1"/>
         </a:fillRef>
         <a:effectRef idx="1">
           <a:schemeClr val="accent1"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="tx1"/>
         </a:fontRef>
       </a:style>
     </a:lnDef>
   </a:objectDefaults>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
-  <Template>Normal</Template>
+  <Template>Mall Styrdokument i SOFIA STYR</Template>
   <TotalTime></TotalTime>
   <Pages>4</Pages>
-  <Words>879</Words>
-  <Characters>4659</Characters>
+  <Words>951</Words>
+  <Characters>5043</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>38</Lines>
+  <Lines>42</Lines>
   <Paragraphs>11</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Rubrik</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Manager/>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>5527</CharactersWithSpaces>
+  <CharactersWithSpaces>5983</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <coreProperties xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns="http://schemas.openxmlformats.org/package/2006/metadata/core-properties">
   <dc:title>Preoperativ helkroppsdesinfektion och helkroppstvätt</dc:title>
   <dc:subject/>
   <dc:creator/>
   <keywords/>
   <lastModifiedBy/>
   <revision>1</revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </coreProperties>
 </file>