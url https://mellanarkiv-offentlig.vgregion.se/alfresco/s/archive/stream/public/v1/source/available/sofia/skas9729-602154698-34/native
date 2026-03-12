--- v0 (2025-10-31)
+++ v1 (2026-03-12)
@@ -1,3229 +1,3830 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="wmf" ContentType="image/x-wmf"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
+  <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
+  <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
+  <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
+  <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
+  <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
-  <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
-[...3 lines deleted...]
-  <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml" Id="rId2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml" Id="rId1" /></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
-    <w:p w14:paraId="2F5C4BEE" w14:textId="30A1F318" w:rsidR="00D130E9" w:rsidRDefault="00D130E9" w:rsidP="00D130E9">
+    <w:p w14:paraId="2F5C4BEE" w14:textId="648886FB" w:rsidR="00D130E9" w:rsidRPr="00F16D8A" w:rsidRDefault="00D130E9" w:rsidP="00D130E9">
       <w:pPr>
         <w:pStyle w:val="Rubrik1"/>
-      </w:pPr>
-[...2 lines deleted...]
-      <w:bookmarkStart w:id="2" w:name="_Toc175132287"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:sz w:val="44"/>
+          <w:szCs w:val="44"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="0" w:name="_Toc175127448"/>
+      <w:bookmarkStart w:id="1" w:name="_Toc175132287"/>
+      <w:bookmarkStart w:id="2" w:name="_Toc321146591"/>
       <w:proofErr w:type="spellStart"/>
-      <w:r>
+      <w:r w:rsidRPr="00F16D8A">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:sz w:val="44"/>
+          <w:szCs w:val="44"/>
+        </w:rPr>
         <w:t>Mpox</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r>
-[...9 lines deleted...]
-      </w:r>
+      <w:r w:rsidRPr="00F16D8A">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:sz w:val="44"/>
+          <w:szCs w:val="44"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> - vårdhygieniska rutiner</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="0"/>
       <w:bookmarkEnd w:id="1"/>
-      <w:bookmarkEnd w:id="2"/>
-[...1 lines deleted...]
-    <w:p w14:paraId="5824E174" w14:textId="77777777" w:rsidR="009A32ED" w:rsidRDefault="009A32ED" w:rsidP="009A32ED">
+    </w:p>
+    <w:p w14:paraId="5824E174" w14:textId="77777777" w:rsidR="009A32ED" w:rsidRPr="002236A9" w:rsidRDefault="009A32ED" w:rsidP="009A32ED">
       <w:pPr>
         <w:pStyle w:val="Rubrik2"/>
         <w:ind w:right="-143"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
       </w:pPr>
       <w:bookmarkStart w:id="3" w:name="_Toc100327184"/>
       <w:bookmarkStart w:id="4" w:name="_Toc175132288"/>
-      <w:bookmarkEnd w:id="0"/>
-      <w:r>
+      <w:bookmarkEnd w:id="2"/>
+      <w:r w:rsidRPr="002236A9">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
         <w:t>Förändringar sedan föregående version</w:t>
       </w:r>
       <w:bookmarkEnd w:id="3"/>
       <w:bookmarkEnd w:id="4"/>
     </w:p>
-    <w:p w14:paraId="78450C9C" w14:textId="77777777" w:rsidR="00D130E9" w:rsidRPr="007A334E" w:rsidRDefault="00D130E9" w:rsidP="00D130E9">
+    <w:p w14:paraId="78450C9C" w14:textId="04D3A75A" w:rsidR="00D130E9" w:rsidRPr="005839A1" w:rsidRDefault="005C79E5" w:rsidP="00D130E9">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005839A1">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:t>Indelningen i hög respektive låg smittrisk är borttagen. Skillnader på åtgärder baserat på klad och smittrisk är borttagna.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="46A6F81D" w14:textId="77777777" w:rsidR="00B405A1" w:rsidRPr="002236A9" w:rsidRDefault="00B405A1" w:rsidP="00B405A1">
+      <w:pPr>
+        <w:pStyle w:val="Rubrik1"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="5" w:name="_Toc175132289"/>
+      <w:bookmarkStart w:id="6" w:name="_Toc72840807"/>
+      <w:r w:rsidRPr="002236A9">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+        <w:t>Innehållsförteckning</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="5"/>
+    </w:p>
+    <w:p w14:paraId="37244D84" w14:textId="13781753" w:rsidR="00BA3FD9" w:rsidRPr="002236A9" w:rsidRDefault="00F236F8" w:rsidP="002236A9">
+      <w:pPr>
+        <w:pStyle w:val="Innehll1"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Georgia" w:cstheme="minorBidi"/>
+          <w:noProof/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+      </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">Uppdatering av bakgrund, smittväg och symtom enligt ny uppdatering från Folkhälsomyndigheten (version 8). Förtydligande angående </w:t>
-[...1 lines deleted...]
-      <w:proofErr w:type="spellStart"/>
+        <w:fldChar w:fldCharType="begin"/>
+      </w:r>
       <w:r>
-        <w:t>klad</w:t>
-[...1 lines deleted...]
-      <w:proofErr w:type="spellEnd"/>
+        <w:instrText xml:space="preserve"> TOC \o "1-4" \h \z \u </w:instrText>
+      </w:r>
       <w:r>
-        <w:t xml:space="preserve"> I och II.</w:t>
-[...15 lines deleted...]
-        <w:pStyle w:val="Innehll1"/>
+        <w:fldChar w:fldCharType="separate"/>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="06BE7FE6" w14:textId="62B829FB" w:rsidR="00BA3FD9" w:rsidRPr="002236A9" w:rsidRDefault="00BA3FD9">
+      <w:pPr>
+        <w:pStyle w:val="Innehll2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Georgia" w:cstheme="minorBidi"/>
+          <w:noProof/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+      </w:pPr>
+      <w:hyperlink w:anchor="_Toc175132290" w:history="1">
+        <w:r w:rsidRPr="002236A9">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlnk"/>
+            <w:rFonts w:ascii="Georgia" w:eastAsia="MS Gothic" w:hAnsi="Georgia"/>
+            <w:noProof/>
+          </w:rPr>
+          <w:t>Syfte</w:t>
+        </w:r>
+        <w:r w:rsidRPr="002236A9">
+          <w:rPr>
+            <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+          <w:tab/>
+        </w:r>
+        <w:r w:rsidRPr="002236A9">
+          <w:rPr>
+            <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+          <w:fldChar w:fldCharType="begin"/>
+        </w:r>
+        <w:r w:rsidRPr="002236A9">
+          <w:rPr>
+            <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+          <w:instrText xml:space="preserve"> PAGEREF _Toc175132290 \h </w:instrText>
+        </w:r>
+        <w:r w:rsidRPr="002236A9">
+          <w:rPr>
+            <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+        </w:r>
+        <w:r w:rsidRPr="002236A9">
+          <w:rPr>
+            <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+          <w:fldChar w:fldCharType="separate"/>
+        </w:r>
+        <w:r w:rsidR="00196186" w:rsidRPr="002236A9">
+          <w:rPr>
+            <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+          <w:t>1</w:t>
+        </w:r>
+        <w:r w:rsidRPr="002236A9">
+          <w:rPr>
+            <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+          <w:fldChar w:fldCharType="end"/>
+        </w:r>
+      </w:hyperlink>
+    </w:p>
+    <w:p w14:paraId="553D3DD8" w14:textId="09F5A356" w:rsidR="00BA3FD9" w:rsidRPr="002236A9" w:rsidRDefault="00BA3FD9">
+      <w:pPr>
+        <w:pStyle w:val="Innehll2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Georgia" w:cstheme="minorBidi"/>
+          <w:noProof/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+      </w:pPr>
+      <w:hyperlink w:anchor="_Toc175132291" w:history="1">
+        <w:r w:rsidRPr="002236A9">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlnk"/>
+            <w:rFonts w:ascii="Georgia" w:eastAsia="MS Gothic" w:hAnsi="Georgia"/>
+            <w:noProof/>
+          </w:rPr>
+          <w:t>Bakgrund</w:t>
+        </w:r>
+        <w:r w:rsidRPr="002236A9">
+          <w:rPr>
+            <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+          <w:tab/>
+        </w:r>
+        <w:r w:rsidRPr="002236A9">
+          <w:rPr>
+            <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+          <w:fldChar w:fldCharType="begin"/>
+        </w:r>
+        <w:r w:rsidRPr="002236A9">
+          <w:rPr>
+            <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+          <w:instrText xml:space="preserve"> PAGEREF _Toc175132291 \h </w:instrText>
+        </w:r>
+        <w:r w:rsidRPr="002236A9">
+          <w:rPr>
+            <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+        </w:r>
+        <w:r w:rsidRPr="002236A9">
+          <w:rPr>
+            <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+          <w:fldChar w:fldCharType="separate"/>
+        </w:r>
+        <w:r w:rsidR="00196186" w:rsidRPr="002236A9">
+          <w:rPr>
+            <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+          <w:t>2</w:t>
+        </w:r>
+        <w:r w:rsidRPr="002236A9">
+          <w:rPr>
+            <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+          <w:fldChar w:fldCharType="end"/>
+        </w:r>
+      </w:hyperlink>
+    </w:p>
+    <w:p w14:paraId="297A7684" w14:textId="0B21F888" w:rsidR="00BA3FD9" w:rsidRPr="002236A9" w:rsidRDefault="00BA3FD9">
+      <w:pPr>
+        <w:pStyle w:val="Innehll2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Georgia" w:cstheme="minorBidi"/>
+          <w:noProof/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+      </w:pPr>
+      <w:hyperlink w:anchor="_Toc175132292" w:history="1">
+        <w:r w:rsidRPr="002236A9">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlnk"/>
+            <w:rFonts w:ascii="Georgia" w:eastAsia="MS Gothic" w:hAnsi="Georgia"/>
+            <w:noProof/>
+          </w:rPr>
+          <w:t>Handläggning</w:t>
+        </w:r>
+        <w:r w:rsidRPr="002236A9">
+          <w:rPr>
+            <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+          <w:tab/>
+        </w:r>
+        <w:r w:rsidRPr="002236A9">
+          <w:rPr>
+            <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+          <w:fldChar w:fldCharType="begin"/>
+        </w:r>
+        <w:r w:rsidRPr="002236A9">
+          <w:rPr>
+            <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+          <w:instrText xml:space="preserve"> PAGEREF _Toc175132292 \h </w:instrText>
+        </w:r>
+        <w:r w:rsidRPr="002236A9">
+          <w:rPr>
+            <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+        </w:r>
+        <w:r w:rsidRPr="002236A9">
+          <w:rPr>
+            <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+          <w:fldChar w:fldCharType="separate"/>
+        </w:r>
+        <w:r w:rsidR="00196186" w:rsidRPr="002236A9">
+          <w:rPr>
+            <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+          <w:t>3</w:t>
+        </w:r>
+        <w:r w:rsidRPr="002236A9">
+          <w:rPr>
+            <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+          <w:fldChar w:fldCharType="end"/>
+        </w:r>
+      </w:hyperlink>
+    </w:p>
+    <w:p w14:paraId="5A2160C5" w14:textId="3A759A30" w:rsidR="00BA3FD9" w:rsidRPr="002236A9" w:rsidRDefault="00BA3FD9">
+      <w:pPr>
+        <w:pStyle w:val="Innehll2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Georgia" w:cstheme="minorBidi"/>
+          <w:noProof/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+      </w:pPr>
+      <w:hyperlink w:anchor="_Toc175132293" w:history="1">
+        <w:r w:rsidRPr="002236A9">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlnk"/>
+            <w:rFonts w:ascii="Georgia" w:eastAsia="MS Gothic" w:hAnsi="Georgia"/>
+            <w:noProof/>
+          </w:rPr>
+          <w:t>Smittspårning</w:t>
+        </w:r>
+        <w:r w:rsidRPr="002236A9">
+          <w:rPr>
+            <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+          <w:tab/>
+        </w:r>
+        <w:r w:rsidRPr="002236A9">
+          <w:rPr>
+            <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+          <w:fldChar w:fldCharType="begin"/>
+        </w:r>
+        <w:r w:rsidRPr="002236A9">
+          <w:rPr>
+            <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+          <w:instrText xml:space="preserve"> PAGEREF _Toc175132293 \h </w:instrText>
+        </w:r>
+        <w:r w:rsidRPr="002236A9">
+          <w:rPr>
+            <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+        </w:r>
+        <w:r w:rsidRPr="002236A9">
+          <w:rPr>
+            <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+          <w:fldChar w:fldCharType="separate"/>
+        </w:r>
+        <w:r w:rsidR="00196186" w:rsidRPr="002236A9">
+          <w:rPr>
+            <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+          <w:t>7</w:t>
+        </w:r>
+        <w:r w:rsidRPr="002236A9">
+          <w:rPr>
+            <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+          <w:fldChar w:fldCharType="end"/>
+        </w:r>
+      </w:hyperlink>
+    </w:p>
+    <w:p w14:paraId="4D8A55F5" w14:textId="06774798" w:rsidR="00BA3FD9" w:rsidRPr="002236A9" w:rsidRDefault="00BA3FD9">
+      <w:pPr>
+        <w:pStyle w:val="Innehll2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Georgia" w:cstheme="minorBidi"/>
+          <w:noProof/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+      </w:pPr>
+      <w:hyperlink w:anchor="_Toc175132294" w:history="1">
+        <w:r w:rsidRPr="002236A9">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlnk"/>
+            <w:rFonts w:ascii="Georgia" w:eastAsia="MS Gothic" w:hAnsi="Georgia"/>
+            <w:noProof/>
+          </w:rPr>
+          <w:t>Ansvar och avsteg</w:t>
+        </w:r>
+        <w:r w:rsidRPr="002236A9">
+          <w:rPr>
+            <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+          <w:tab/>
+        </w:r>
+        <w:r w:rsidRPr="002236A9">
+          <w:rPr>
+            <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+          <w:fldChar w:fldCharType="begin"/>
+        </w:r>
+        <w:r w:rsidRPr="002236A9">
+          <w:rPr>
+            <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+          <w:instrText xml:space="preserve"> PAGEREF _Toc175132294 \h </w:instrText>
+        </w:r>
+        <w:r w:rsidRPr="002236A9">
+          <w:rPr>
+            <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+        </w:r>
+        <w:r w:rsidRPr="002236A9">
+          <w:rPr>
+            <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+          <w:fldChar w:fldCharType="separate"/>
+        </w:r>
+        <w:r w:rsidR="00196186" w:rsidRPr="002236A9">
+          <w:rPr>
+            <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+          <w:t>8</w:t>
+        </w:r>
+        <w:r w:rsidRPr="002236A9">
+          <w:rPr>
+            <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+          <w:fldChar w:fldCharType="end"/>
+        </w:r>
+      </w:hyperlink>
+    </w:p>
+    <w:p w14:paraId="4F108387" w14:textId="58130582" w:rsidR="00BA3FD9" w:rsidRPr="002236A9" w:rsidRDefault="00BA3FD9">
+      <w:pPr>
+        <w:pStyle w:val="Innehll2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Georgia" w:cstheme="minorBidi"/>
+          <w:noProof/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+      </w:pPr>
+      <w:hyperlink w:anchor="_Toc175132295" w:history="1">
+        <w:r w:rsidRPr="002236A9">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlnk"/>
+            <w:rFonts w:ascii="Georgia" w:eastAsia="MS Gothic" w:hAnsi="Georgia"/>
+            <w:noProof/>
+          </w:rPr>
+          <w:t>Arbetsgrupp</w:t>
+        </w:r>
+        <w:r w:rsidRPr="002236A9">
+          <w:rPr>
+            <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+          <w:tab/>
+        </w:r>
+        <w:r w:rsidRPr="002236A9">
+          <w:rPr>
+            <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+          <w:fldChar w:fldCharType="begin"/>
+        </w:r>
+        <w:r w:rsidRPr="002236A9">
+          <w:rPr>
+            <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+          <w:instrText xml:space="preserve"> PAGEREF _Toc175132295 \h </w:instrText>
+        </w:r>
+        <w:r w:rsidRPr="002236A9">
+          <w:rPr>
+            <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+        </w:r>
+        <w:r w:rsidRPr="002236A9">
+          <w:rPr>
+            <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+          <w:fldChar w:fldCharType="separate"/>
+        </w:r>
+        <w:r w:rsidR="00196186" w:rsidRPr="002236A9">
+          <w:rPr>
+            <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+          <w:t>8</w:t>
+        </w:r>
+        <w:r w:rsidRPr="002236A9">
+          <w:rPr>
+            <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+          <w:fldChar w:fldCharType="end"/>
+        </w:r>
+      </w:hyperlink>
+    </w:p>
+    <w:p w14:paraId="47929E9F" w14:textId="2E09777D" w:rsidR="00BA3FD9" w:rsidRDefault="00BA3FD9">
+      <w:pPr>
+        <w:pStyle w:val="Innehll2"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:noProof/>
           <w:kern w:val="2"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
-[...9 lines deleted...]
-        <w:r w:rsidR="00BA3FD9" w:rsidRPr="00291D23">
+      <w:hyperlink w:anchor="_Toc175132296" w:history="1">
+        <w:r w:rsidRPr="002236A9">
           <w:rPr>
             <w:rStyle w:val="Hyperlnk"/>
-            <w:rFonts w:eastAsia="MS Gothic"/>
+            <w:rFonts w:ascii="Georgia" w:eastAsia="MS Gothic" w:hAnsi="Georgia"/>
             <w:noProof/>
           </w:rPr>
-          <w:t>Mpox (monkeypox) - vårdhygieniska rutiner</w:t>
+          <w:t>Källförteckning</w:t>
         </w:r>
-        <w:r w:rsidR="00BA3FD9">
+        <w:r w:rsidRPr="002236A9">
           <w:rPr>
+            <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
-        <w:r w:rsidR="00BA3FD9">
+        <w:r w:rsidRPr="002236A9">
           <w:rPr>
+            <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
-        <w:r w:rsidR="00BA3FD9">
+        <w:r w:rsidRPr="002236A9">
           <w:rPr>
+            <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
-          <w:instrText xml:space="preserve"> PAGEREF _Toc175132287 \h </w:instrText>
+          <w:instrText xml:space="preserve"> PAGEREF _Toc175132296 \h </w:instrText>
         </w:r>
-        <w:r w:rsidR="00BA3FD9">
+        <w:r w:rsidRPr="002236A9">
           <w:rPr>
+            <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
         </w:r>
-        <w:r w:rsidR="00BA3FD9">
+        <w:r w:rsidRPr="002236A9">
           <w:rPr>
+            <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
-        <w:r w:rsidR="00BA3FD9">
+        <w:r w:rsidR="00196186" w:rsidRPr="002236A9">
           <w:rPr>
+            <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
-          <w:t>1</w:t>
+          <w:t>8</w:t>
         </w:r>
-        <w:r w:rsidR="00BA3FD9">
+        <w:r w:rsidRPr="002236A9">
           <w:rPr>
+            <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="0C65C431" w14:textId="68D7DEAB" w:rsidR="00BA3FD9" w:rsidRDefault="00BA3FD9">
-[...638 lines deleted...]
-    <w:p w14:paraId="2DD91413" w14:textId="5EDC05AA" w:rsidR="00B405A1" w:rsidRDefault="00F236F8" w:rsidP="009A32ED">
+    <w:p w14:paraId="5809BCB0" w14:textId="480F181D" w:rsidR="00D130E9" w:rsidRPr="00BB6778" w:rsidRDefault="00F236F8" w:rsidP="002C1E13">
       <w:pPr>
         <w:ind w:right="-143"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
       </w:pPr>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
-    </w:p>
-    <w:p w14:paraId="5809BCB0" w14:textId="6854610A" w:rsidR="00D130E9" w:rsidRDefault="00D130E9" w:rsidP="009A32ED">
+      <w:bookmarkStart w:id="7" w:name="_Toc100327186"/>
+      <w:bookmarkStart w:id="8" w:name="_Toc175132290"/>
+      <w:bookmarkEnd w:id="6"/>
+      <w:r w:rsidR="00D130E9" w:rsidRPr="00BB6778">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+        <w:t>S</w:t>
+      </w:r>
+      <w:r w:rsidR="009A32ED" w:rsidRPr="00BB6778">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+        <w:t>yfte</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="7"/>
+      <w:bookmarkEnd w:id="8"/>
+    </w:p>
+    <w:p w14:paraId="2C177A79" w14:textId="77777777" w:rsidR="00D130E9" w:rsidRPr="00A330AC" w:rsidRDefault="00D130E9" w:rsidP="00D130E9">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A330AC">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Förhindra spridning av </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00A330AC">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:t>mpox</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00A330AC">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> inom vård och omsorg.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7BE3F371" w14:textId="5D35DC0D" w:rsidR="009A32ED" w:rsidRPr="00BB6778" w:rsidRDefault="00D130E9" w:rsidP="009A32ED">
       <w:pPr>
         <w:pStyle w:val="Rubrik2"/>
         <w:ind w:right="-143"/>
-      </w:pPr>
-[...15 lines deleted...]
-      </w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="9" w:name="_Toc175132291"/>
+      <w:r w:rsidRPr="00BB6778">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+        <w:t>Bakgrund</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="9"/>
+    </w:p>
+    <w:p w14:paraId="3785394B" w14:textId="77777777" w:rsidR="00D130E9" w:rsidRPr="00FA6603" w:rsidRDefault="00D130E9" w:rsidP="00D130E9">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+      </w:pPr>
       <w:proofErr w:type="spellStart"/>
-      <w:r>
+      <w:r w:rsidRPr="00FA6603">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:t>Mpox</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00FA6603">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> är en sällsynt sporadisk zoonos orsakat av ett </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00FA6603">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:t>orthopoxvirus</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00FA6603">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FA6603">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:br/>
+        <w:t xml:space="preserve">Sjukdomen kan spridas vid nära kontakt med djur men också vid nära kontakt mellan människor. Sjukdomen förekommer naturligt i Västafrika och Centralafrika i områden som angränsar till tropisk djungel. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0CF3CD70" w14:textId="77777777" w:rsidR="00D130E9" w:rsidRPr="00FA6603" w:rsidRDefault="00D130E9" w:rsidP="00D130E9">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FA6603">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Sedan 2022 ses en spridning i Europa och globalt av den västafrikanska typen av </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00FA6603">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
         <w:t>mpox</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="11D53A26">
-[...14 lines deleted...]
-    <w:p w14:paraId="3785394B" w14:textId="77777777" w:rsidR="00D130E9" w:rsidRDefault="00D130E9" w:rsidP="00D130E9">
+      <w:r w:rsidRPr="00FA6603">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:t xml:space="preserve">-virus </w:t>
+      </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r>
+      <w:r w:rsidRPr="00FA6603">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:t>klad</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00FA6603">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> II, som framför allt har spridits mellan män som har sex med män. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="001CF757" w14:textId="77777777" w:rsidR="00D130E9" w:rsidRPr="00FA6603" w:rsidRDefault="00D130E9" w:rsidP="00D130E9">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FA6603">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t xml:space="preserve">Samtidigt tillkom hösten 2023 en omfattande spridning av </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00FA6603">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:t>mpox</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00FA6603">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:t xml:space="preserve">-virus </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00FA6603">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:t>klad</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00FA6603">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> I </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00FA6603">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:t>i</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00FA6603">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Demokratiska republiken Kongo (DRC, benämns även som Kongo-Kinshasa) och utbrottet har spridd sig till de angränsade länder (Republiken Kongo, Central Afrikanska Republiken, Burundi, Rwanda, Uganda). </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00FA6603">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:t>Mpoxvirus</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00FA6603">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00FA6603">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:t>klad</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00FA6603">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> I orsakar allvarligare infektioner och smitta sker huvudsakligen mellan hushållskontakter. De flesta fallen har identifierats bland barn yngre än 15 år. Sexuell smitta (homo-och heterosexuell) förekommer likväl.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6A0B246E" w14:textId="77777777" w:rsidR="007077D1" w:rsidRDefault="00D130E9" w:rsidP="003D27C2">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00FA6603">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
         <w:t>Mpox</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r>
-[...169 lines deleted...]
-    <w:p w14:paraId="3C70D755" w14:textId="77777777" w:rsidR="00D130E9" w:rsidRPr="005218AA" w:rsidRDefault="00D130E9" w:rsidP="00D130E9">
+      <w:r w:rsidRPr="00FA6603">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> är en anmälnings- och smittspårningspliktig sjukdom enligt Smittskyddslagen. Infektionen klassas som allmänfarlig sjukdom.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3C70D755" w14:textId="04025F35" w:rsidR="00D130E9" w:rsidRPr="007077D1" w:rsidRDefault="00D130E9" w:rsidP="003D27C2">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007077D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>Smittväg</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5001B1B8" w14:textId="77777777" w:rsidR="00D130E9" w:rsidRPr="00C44DB8" w:rsidRDefault="00D130E9" w:rsidP="00D130E9">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C44DB8">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:t>Viruset smittar framför allt vid nära fysisk kontakt med en infekterad person. Fysiska sexuella kontaktar eller andra nära hudkontakter med en infekterad person utgör en särskild hög risk. Det finns också en mindre risk för indirekt spridning till exempel via hantering av tvätt och avfall från infekterad person. Viruset kan också finnas i luftvägarna varför smitta från luftvägarna inte kan uteslutas.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6C0BB183" w14:textId="77777777" w:rsidR="00D130E9" w:rsidRPr="004C49FD" w:rsidRDefault="00D130E9" w:rsidP="00D130E9">
       <w:pPr>
         <w:pStyle w:val="MellanrubrikVGR"/>
-      </w:pPr>
-[...9 lines deleted...]
-    <w:p w14:paraId="6C0BB183" w14:textId="77777777" w:rsidR="00D130E9" w:rsidRPr="005218AA" w:rsidRDefault="00D130E9" w:rsidP="00D130E9">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004C49FD">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Inkubationstid</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="17A5EE58" w14:textId="77777777" w:rsidR="00D130E9" w:rsidRPr="00C44DB8" w:rsidRDefault="00D130E9" w:rsidP="00D130E9">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C44DB8">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:t>Vanligtvis 6 till 13 dagar men kan vara kortare och sträcka sig upp till 21 dagar.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="53B57445" w14:textId="77777777" w:rsidR="00D130E9" w:rsidRPr="00C44DB8" w:rsidRDefault="00D130E9" w:rsidP="00D130E9">
       <w:pPr>
         <w:pStyle w:val="MellanrubrikVGR"/>
-      </w:pPr>
-[...13 lines deleted...]
-      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C44DB8">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
         <w:t>Symtom</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="733A4DC9" w14:textId="77777777" w:rsidR="00D130E9" w:rsidRDefault="00D130E9" w:rsidP="00D130E9">
-      <w:r>
+    <w:p w14:paraId="733A4DC9" w14:textId="77777777" w:rsidR="00D130E9" w:rsidRPr="001B35BA" w:rsidRDefault="00D130E9" w:rsidP="00D130E9">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001B35BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
         <w:t>Dessa symtom är vanliga vid icke-sexuell smitta:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1EC7063E" w14:textId="77777777" w:rsidR="00D130E9" w:rsidRDefault="00D130E9" w:rsidP="00D130E9">
+    <w:p w14:paraId="1EC7063E" w14:textId="77777777" w:rsidR="00D130E9" w:rsidRPr="001B35BA" w:rsidRDefault="00D130E9" w:rsidP="00D130E9">
       <w:pPr>
         <w:pStyle w:val="Liststycke"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="21"/>
         </w:numPr>
-      </w:pPr>
-      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001B35BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
         <w:t>blåsor eller sår, ofta på bålen, armar, ben, händer och fötter.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5447337E" w14:textId="77777777" w:rsidR="00D130E9" w:rsidRDefault="00D130E9" w:rsidP="00D130E9">
+    <w:p w14:paraId="5447337E" w14:textId="77777777" w:rsidR="00D130E9" w:rsidRPr="001B35BA" w:rsidRDefault="00D130E9" w:rsidP="00D130E9">
       <w:pPr>
         <w:ind w:left="0" w:firstLine="992"/>
-      </w:pPr>
-      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001B35BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
         <w:t>Man kan utöver detta få:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4A8F40BD" w14:textId="77777777" w:rsidR="00D130E9" w:rsidRDefault="00D130E9" w:rsidP="00D130E9">
+    <w:p w14:paraId="4A8F40BD" w14:textId="77777777" w:rsidR="00D130E9" w:rsidRPr="001B35BA" w:rsidRDefault="00D130E9" w:rsidP="00D130E9">
       <w:pPr>
         <w:pStyle w:val="Liststycke"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="21"/>
         </w:numPr>
-      </w:pPr>
-      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001B35BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
         <w:t>feber</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="74B375F0" w14:textId="77777777" w:rsidR="00D130E9" w:rsidRDefault="00D130E9" w:rsidP="00D130E9">
+    <w:p w14:paraId="74B375F0" w14:textId="77777777" w:rsidR="00D130E9" w:rsidRPr="001B35BA" w:rsidRDefault="00D130E9" w:rsidP="00D130E9">
       <w:pPr>
         <w:pStyle w:val="Liststycke"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="21"/>
         </w:numPr>
-      </w:pPr>
-      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001B35BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
         <w:t>ont i huvudet och i musklerna</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="23C06BE1" w14:textId="77777777" w:rsidR="00D130E9" w:rsidRDefault="00D130E9" w:rsidP="00D130E9">
+    <w:p w14:paraId="23C06BE1" w14:textId="77777777" w:rsidR="00D130E9" w:rsidRPr="001B35BA" w:rsidRDefault="00D130E9" w:rsidP="00D130E9">
       <w:pPr>
         <w:pStyle w:val="Liststycke"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="21"/>
         </w:numPr>
-      </w:pPr>
-      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001B35BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
         <w:t>svullna lymfkörtlar.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="27F75B99" w14:textId="77777777" w:rsidR="00D130E9" w:rsidRDefault="00D130E9" w:rsidP="00D130E9">
-      <w:r>
+    <w:p w14:paraId="27F75B99" w14:textId="77777777" w:rsidR="00D130E9" w:rsidRPr="001B35BA" w:rsidRDefault="00D130E9" w:rsidP="00D130E9">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001B35BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
         <w:t>Vid sexuell smitta är dessutom följande symtom vanliga:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5781D3A6" w14:textId="77777777" w:rsidR="00D130E9" w:rsidRDefault="00D130E9" w:rsidP="00D130E9">
+    <w:p w14:paraId="5781D3A6" w14:textId="77777777" w:rsidR="00D130E9" w:rsidRPr="001B35BA" w:rsidRDefault="00D130E9" w:rsidP="00D130E9">
       <w:pPr>
         <w:pStyle w:val="Liststycke"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="22"/>
         </w:numPr>
-      </w:pPr>
-      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001B35BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
         <w:t>blåsor eller sår i ansiktet eller i och runt munnen och halsen</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2AA163B1" w14:textId="77777777" w:rsidR="00D130E9" w:rsidRDefault="00D130E9" w:rsidP="00D130E9">
+    <w:p w14:paraId="2AA163B1" w14:textId="77777777" w:rsidR="00D130E9" w:rsidRPr="001B35BA" w:rsidRDefault="00D130E9" w:rsidP="00D130E9">
       <w:pPr>
         <w:pStyle w:val="Liststycke"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="20"/>
         </w:numPr>
-      </w:pPr>
-      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001B35BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
         <w:t>blåsor eller sår på och runt könsorganen och runt analöppningen</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0C7A55B8" w14:textId="77777777" w:rsidR="00D130E9" w:rsidRDefault="00D130E9" w:rsidP="00D130E9">
+    <w:p w14:paraId="0C7A55B8" w14:textId="77777777" w:rsidR="00D130E9" w:rsidRPr="001B35BA" w:rsidRDefault="00D130E9" w:rsidP="00D130E9">
       <w:pPr>
         <w:pStyle w:val="Liststycke"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="20"/>
         </w:numPr>
-      </w:pPr>
-[...1 lines deleted...]
-        <w:lastRenderedPageBreak/>
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001B35BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
         <w:t>problem med avföring, till exempel diarré, och svårigheter att kissa</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4C373435" w14:textId="77777777" w:rsidR="00D130E9" w:rsidRDefault="00D130E9" w:rsidP="00D130E9">
+    <w:p w14:paraId="4C373435" w14:textId="77777777" w:rsidR="00D130E9" w:rsidRPr="001B35BA" w:rsidRDefault="00D130E9" w:rsidP="00D130E9">
       <w:pPr>
         <w:pStyle w:val="Liststycke"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="20"/>
         </w:numPr>
-      </w:pPr>
-      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001B35BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
         <w:t>smärta runt analöppningen och i ändtarmen</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7CDAB037" w14:textId="77777777" w:rsidR="00D130E9" w:rsidRDefault="00D130E9" w:rsidP="00D130E9">
+    <w:p w14:paraId="7CDAB037" w14:textId="77777777" w:rsidR="00D130E9" w:rsidRPr="001B35BA" w:rsidRDefault="00D130E9" w:rsidP="00D130E9">
       <w:pPr>
         <w:pStyle w:val="Liststycke"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="20"/>
         </w:numPr>
-      </w:pPr>
-      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001B35BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
         <w:t>tyngdkänsla i nedre delen av magen och i bäckenet.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6CA71B73" w14:textId="77777777" w:rsidR="00D130E9" w:rsidRDefault="00D130E9" w:rsidP="00D130E9">
-      <w:r>
+    <w:p w14:paraId="6CA71B73" w14:textId="77777777" w:rsidR="00D130E9" w:rsidRPr="001B35BA" w:rsidRDefault="00D130E9" w:rsidP="00D130E9">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001B35BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">Sjukdomen läker i regel av sig själv inom två till fyra veckor. Personer med nedsatt immunförsvar kan ha en längre sjukdomsperiod. Vuxna, immunfriska personer blir sällan allvarligt sjuka. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="61D4F327" w14:textId="77777777" w:rsidR="00D130E9" w:rsidRDefault="00D130E9" w:rsidP="00D130E9">
-      <w:r>
+    <w:p w14:paraId="61D4F327" w14:textId="77777777" w:rsidR="00D130E9" w:rsidRPr="001B35BA" w:rsidRDefault="00D130E9" w:rsidP="00D130E9">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001B35BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
         <w:t xml:space="preserve">Yngre barn samt gravida och personer med nedsatt immunförsvar bedöms ha större risk att bli allvarligt sjuka om de smittas med </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r>
+      <w:r w:rsidRPr="001B35BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
         <w:t>mpox</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r>
+      <w:r w:rsidRPr="001B35BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4180FA0E" w14:textId="77777777" w:rsidR="00D130E9" w:rsidRPr="005218AA" w:rsidRDefault="00D130E9" w:rsidP="00D130E9">
+    <w:p w14:paraId="4180FA0E" w14:textId="77777777" w:rsidR="00D130E9" w:rsidRPr="001B35BA" w:rsidRDefault="00D130E9" w:rsidP="00D130E9">
       <w:pPr>
         <w:pStyle w:val="MellanrubrikVGR"/>
-      </w:pPr>
-      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001B35BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
         <w:t>Provtagning</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0C05D197" w14:textId="77777777" w:rsidR="00D130E9" w:rsidRPr="005218AA" w:rsidRDefault="00D130E9" w:rsidP="00D130E9">
-      <w:r>
+    <w:p w14:paraId="0C05D197" w14:textId="77777777" w:rsidR="00D130E9" w:rsidRPr="001B35BA" w:rsidRDefault="00D130E9" w:rsidP="00D130E9">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001B35BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
         <w:t xml:space="preserve">Folkhälsomyndigheten </w:t>
       </w:r>
-      <w:hyperlink r:id="rId8" w:history="1">
+      <w:hyperlink r:id="rId12" w:history="1">
         <w:proofErr w:type="spellStart"/>
-        <w:r w:rsidRPr="001A41D2">
+        <w:r w:rsidRPr="001B35BA">
           <w:rPr>
             <w:rStyle w:val="Hyperlnk"/>
+            <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
           </w:rPr>
           <w:t>Orthopoxvirus</w:t>
         </w:r>
         <w:proofErr w:type="spellEnd"/>
-        <w:r w:rsidRPr="001A41D2">
+        <w:r w:rsidRPr="001B35BA">
           <w:rPr>
             <w:rStyle w:val="Hyperlnk"/>
+            <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
           </w:rPr>
           <w:t xml:space="preserve"> (PCR)</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r>
+      <w:r w:rsidRPr="001B35BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
         <w:br/>
         <w:t>Provtagning utförs på Infektionskliniken eller efter kontakt med infektionskonsult/bakjour.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="564653EA" w14:textId="77777777" w:rsidR="00D130E9" w:rsidRDefault="00D130E9" w:rsidP="00D130E9">
+    <w:p w14:paraId="564653EA" w14:textId="77777777" w:rsidR="00D130E9" w:rsidRPr="00FE480F" w:rsidRDefault="00D130E9" w:rsidP="00D130E9">
       <w:pPr>
         <w:pStyle w:val="MellanrubrikVGR"/>
-      </w:pPr>
-      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FE480F">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
         <w:t>Smittbedömning</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="630E0B7A" w14:textId="77777777" w:rsidR="00D130E9" w:rsidRPr="0053108D" w:rsidRDefault="00D130E9" w:rsidP="00D130E9">
-      <w:r>
+    <w:p w14:paraId="630E0B7A" w14:textId="77777777" w:rsidR="00D130E9" w:rsidRPr="00FE480F" w:rsidRDefault="00D130E9" w:rsidP="00D130E9">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FE480F">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
         <w:t xml:space="preserve">Smittfribedömning sker efter individuell bedömning av infektionsläkare och smittskyddsläkare. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2CDB2E80" w14:textId="77777777" w:rsidR="00D130E9" w:rsidRDefault="00D130E9" w:rsidP="00D130E9">
+    <w:p w14:paraId="2CDB2E80" w14:textId="77777777" w:rsidR="00D130E9" w:rsidRPr="001A7950" w:rsidRDefault="00D130E9" w:rsidP="00D130E9">
       <w:pPr>
         <w:pStyle w:val="Rubrik2"/>
-      </w:pPr>
-[...1 lines deleted...]
-      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="10" w:name="_Toc175132292"/>
+      <w:r w:rsidRPr="001A7950">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
         <w:t>Handläggning</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="11"/>
-[...4 lines deleted...]
-          <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:bookmarkEnd w:id="10"/>
+    </w:p>
+    <w:p w14:paraId="025A2304" w14:textId="6D9CC63F" w:rsidR="00EC407B" w:rsidRPr="001A7950" w:rsidRDefault="00EC407B" w:rsidP="00D10C42">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsiaTheme="majorEastAsia" w:hAnsi="Georgia" w:cstheme="majorBidi"/>
           <w:sz w:val="26"/>
           <w:szCs w:val="26"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="2CE437AF">
-[...1 lines deleted...]
-          <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="001A7950">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:t>Mpoxvirus</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="001A7950">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> tillhör riskklass 3 enligt klassificeringen av smittämnen i Arbetsmiljöverkets föreskrifter om smittrisker (AFS 2023:10). Hänsyn behöver tas till särskilda skyddsåtgärder. Vård- och laboratoriepersonal har mycket låg risk att smittas med </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="001A7950">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:t>mpoxvirus</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="001A7950">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> i sin yrkesutövning. Utöver </w:t>
+      </w:r>
+      <w:r w:rsidR="00D10C42" w:rsidRPr="001A7950">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:t>tillämpning</w:t>
+      </w:r>
+      <w:r w:rsidRPr="001A7950">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> av basal hygien baseras val av skyddsutrustning på riskbedömning med hänsyn till faktorer som aktuella vårdmoment, patientens kliniska tillstånd och anamnes, i enlighet med Arbetsmiljöverkets föreskrifter om smittrisker.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="623BF544" w14:textId="72CBD259" w:rsidR="00D10C42" w:rsidRPr="008018F1" w:rsidRDefault="00D10C42" w:rsidP="00D10C42">
+      <w:pPr>
+        <w:pStyle w:val="MellanrubrikVGR"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008018F1">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Smittförebyggande åtgärder vid patientnära vårdkontakt</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="70601B3C" w14:textId="77777777" w:rsidR="00426DCE" w:rsidRPr="008018F1" w:rsidRDefault="00426DCE" w:rsidP="00426DCE">
+      <w:pPr>
+        <w:pStyle w:val="Liststycke"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="23"/>
+        </w:numPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008018F1">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Kirurgiskt munskydd IIR. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="43D4CA93" w14:textId="77777777" w:rsidR="00426DCE" w:rsidRPr="008018F1" w:rsidRDefault="00426DCE" w:rsidP="00426DCE">
+      <w:pPr>
+        <w:pStyle w:val="Liststycke"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="23"/>
+        </w:numPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008018F1">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:t>Vid allmänsymtom eller symtom från luftvägarna och utbredda utslag och vid aerosolgenererande procedurer rekommenderas andningsskydd av typen FFP3.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4652CC16" w14:textId="77777777" w:rsidR="00426DCE" w:rsidRPr="008018F1" w:rsidRDefault="00426DCE" w:rsidP="00426DCE">
+      <w:pPr>
+        <w:pStyle w:val="Liststycke"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="23"/>
+        </w:numPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008018F1">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:t>Visir eller skyddsglasögon enligt riskbedömning.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="357FF126" w14:textId="77777777" w:rsidR="00426DCE" w:rsidRPr="008018F1" w:rsidRDefault="00426DCE" w:rsidP="00426DCE">
+      <w:pPr>
+        <w:pStyle w:val="Liststycke"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="23"/>
+        </w:numPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008018F1">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Plastförkläde. Långärmat plastförkläde vid risk för kontakt med hudlesioner. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5D6628BF" w14:textId="534E8F3B" w:rsidR="00D10C42" w:rsidRPr="008018F1" w:rsidRDefault="00426DCE" w:rsidP="00A27B44">
+      <w:pPr>
+        <w:pStyle w:val="Liststycke"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="23"/>
+        </w:numPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008018F1">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:t>Skyddshandskar vid risk för kontakt med kroppsvätska eller hudlesioner</w:t>
+      </w:r>
+      <w:r w:rsidR="00283D99" w:rsidRPr="008018F1">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:t>. Observera att skyddshandskar byts mellan vårdmoment enligt vårdhygieniska hygienrutiner och att handdesinfektion utförs efter varje steg då skyddsutrustning tas av.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="215EA84F" w14:textId="2E679311" w:rsidR="00D10C42" w:rsidRPr="008018F1" w:rsidRDefault="00D10C42" w:rsidP="00D10C42">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008018F1">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+        </w:rPr>
+        <w:t xml:space="preserve">Val av </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="008018F1">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+        </w:rPr>
+        <w:t>vårdrum</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+    </w:p>
+    <w:p w14:paraId="6F985694" w14:textId="77777777" w:rsidR="00D130E9" w:rsidRPr="008018F1" w:rsidRDefault="00D130E9" w:rsidP="00EE3DFC">
+      <w:pPr>
+        <w:pStyle w:val="MellanrubrikVGR"/>
+        <w:ind w:firstLine="737"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="11" w:name="_Hlk219211163"/>
+      <w:r w:rsidRPr="008018F1">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t xml:space="preserve">Slutenvård </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="11"/>
+    <w:p w14:paraId="423E6CDE" w14:textId="0FA6DF54" w:rsidR="00D130E9" w:rsidRPr="008018F1" w:rsidRDefault="006464FB" w:rsidP="00D130E9">
+      <w:pPr>
+        <w:pStyle w:val="Punktlista"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008018F1">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:t xml:space="preserve">I första hand </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="008018F1">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:t>enpatientrum</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="008018F1">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> med luftsluss/isoleringsrum för luftburen smitta vid allmänsymtom eller symtom från luftvägarna och utbredda utslag. Välj även sådant rum vid aerosolgenererande procedurer.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1E7E625F" w14:textId="6B92390C" w:rsidR="00EE3DFC" w:rsidRPr="00EE3DFC" w:rsidRDefault="00D130E9" w:rsidP="00EE3DFC">
+      <w:pPr>
+        <w:pStyle w:val="Punktlista"/>
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008018F1">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:t xml:space="preserve">I andra hand </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="008018F1">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:t>enpatientrum</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="008018F1">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> med förrum och eget hygienutrymme</w:t>
+      </w:r>
+      <w:r w:rsidR="00EE3DFC" w:rsidRPr="008018F1">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="246A54B6" w14:textId="612CCAD8" w:rsidR="00EB184E" w:rsidRPr="008018F1" w:rsidRDefault="007C3E46" w:rsidP="00EB184E">
+      <w:pPr>
+        <w:pStyle w:val="MellanrubrikVGR"/>
+        <w:ind w:firstLine="737"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008018F1">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Öpp</w:t>
+      </w:r>
+      <w:r w:rsidR="00EB184E" w:rsidRPr="008018F1">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">envård </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3CC7E704" w14:textId="77777777" w:rsidR="00E20A29" w:rsidRPr="00483CB0" w:rsidRDefault="00D130E9" w:rsidP="00D130E9">
+      <w:pPr>
+        <w:pStyle w:val="Punktlista"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00483CB0">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:t>Behandlings- eller undersökningsrum med stängd dörr</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="41AE08DC" w14:textId="63A36DA1" w:rsidR="00DA6912" w:rsidRPr="00483CB0" w:rsidRDefault="00D130E9" w:rsidP="007A161F">
+      <w:pPr>
+        <w:pStyle w:val="MellanrubrikVGR"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00483CB0">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="MS Gothic" w:hAnsi="Verdana"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Hygienrutiner runt patient</w:t>
+      </w:r>
+      <w:r w:rsidR="00DA6912" w:rsidRPr="00483CB0">
+        <w:rPr>
+          <w:rStyle w:val="Rubrik1Char"/>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:bCs w:val="0"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="50BF6AEC" w14:textId="77777777" w:rsidR="00D130E9" w:rsidRPr="00F15A7F" w:rsidRDefault="00D130E9" w:rsidP="00D130E9">
+      <w:pPr>
+        <w:pStyle w:val="Punktlista"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F15A7F">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:t>Minimera utrustning och material inne på patientrummet</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5A75BB12" w14:textId="77777777" w:rsidR="00D130E9" w:rsidRPr="00F15A7F" w:rsidRDefault="00D130E9" w:rsidP="00D130E9">
+      <w:pPr>
+        <w:pStyle w:val="Punktlista"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F15A7F">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Daglig </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F15A7F">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:t>renbäddning</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F15A7F">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> av patientsäng samt vid behov. Hantera tvätten som smittförande.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="71968B7C" w14:textId="62D5D0FB" w:rsidR="00D130E9" w:rsidRPr="00F15A7F" w:rsidRDefault="00E50238" w:rsidP="00D130E9">
+      <w:pPr>
+        <w:pStyle w:val="Punktlista"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F15A7F">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Hostetikett. </w:t>
+      </w:r>
+      <w:r w:rsidR="00D130E9" w:rsidRPr="00F15A7F">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:t>Uppmana patienten att hosta och nysa i pappersnäsduk som läggs i kräkpåse. Kasseras i smittförande avfall (gul riskavfallslåda).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="37720E1B" w14:textId="77777777" w:rsidR="00D130E9" w:rsidRPr="00F15A7F" w:rsidRDefault="00D130E9" w:rsidP="00D130E9">
+      <w:pPr>
+        <w:pStyle w:val="Punktlista"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F15A7F">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:t>Hjälp patienten till god handhygien.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0B5B6850" w14:textId="77777777" w:rsidR="00E50238" w:rsidRPr="00F15A7F" w:rsidRDefault="00E50238" w:rsidP="00E50238">
+      <w:pPr>
+        <w:pStyle w:val="Punktlista"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F15A7F">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:t>Patient som kan bör använda munskydd (II eller IIR) när andra personer är i samma rum.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4CBD734B" w14:textId="77777777" w:rsidR="00E50238" w:rsidRPr="00F15A7F" w:rsidRDefault="00E50238" w:rsidP="00E50238">
+      <w:pPr>
+        <w:pStyle w:val="Punktlista"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F15A7F">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:t>Hudlesioner hos patienten täcks</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2D93F79A" w14:textId="77777777" w:rsidR="00D130E9" w:rsidRPr="002B28AF" w:rsidRDefault="00D130E9" w:rsidP="00D130E9">
+      <w:pPr>
+        <w:pStyle w:val="MellanrubrikVGR"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002B28AF">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Hantering av tvätt och avfall</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="208EA7F6" w14:textId="77777777" w:rsidR="00D130E9" w:rsidRPr="00B83E4D" w:rsidRDefault="00D130E9" w:rsidP="00D130E9">
+      <w:pPr>
+        <w:pStyle w:val="Punktlista"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B83E4D">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:t>Gäller vid både misstänkt och bekräftat fall</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1BCE5A1E" w14:textId="77777777" w:rsidR="00D130E9" w:rsidRPr="00B83E4D" w:rsidRDefault="00D130E9" w:rsidP="00D130E9">
+      <w:pPr>
+        <w:pStyle w:val="Punktlista"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B83E4D">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>Använd samma typ av personlig skyddsutrustning som vid patientnära vårdmoment vid omhändertagande av tvätt och avfall enligt ovan. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5663EAE4" w14:textId="78731ABF" w:rsidR="00D130E9" w:rsidRPr="00B83E4D" w:rsidRDefault="00CB1836" w:rsidP="00D130E9">
+      <w:pPr>
+        <w:pStyle w:val="Punktlista"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B83E4D">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Tvätt läggs i </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00B83E4D">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:t>tvättsäck</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00B83E4D">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> på vårdrummet. </w:t>
+      </w:r>
+      <w:r w:rsidR="00D130E9" w:rsidRPr="00B83E4D">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:t xml:space="preserve">All tvätt hanteras som smittförande. Det vill säga samma som vid kraftigt förorenad tvätt. Textilier ska läggas ett och ett i </w:t>
+      </w:r>
+      <w:r w:rsidR="004D6705" w:rsidRPr="00B83E4D">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:t xml:space="preserve">en </w:t>
+      </w:r>
+      <w:r w:rsidR="00F71D30" w:rsidRPr="00B83E4D">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:t>upplösbar</w:t>
+      </w:r>
+      <w:r w:rsidR="00D130E9" w:rsidRPr="00B83E4D">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> säck</w:t>
+      </w:r>
+      <w:r w:rsidR="006E0AD0" w:rsidRPr="00B83E4D">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> och förslutas</w:t>
+      </w:r>
+      <w:r w:rsidR="00F10609" w:rsidRPr="00B83E4D">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidR="00D130E9" w:rsidRPr="00B83E4D">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00F10609" w:rsidRPr="00B83E4D">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Den </w:t>
+      </w:r>
+      <w:r w:rsidR="00F71D30" w:rsidRPr="00B83E4D">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:t xml:space="preserve">upplösbara </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00D25944" w:rsidRPr="00B83E4D">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:t>säckn</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00D25944" w:rsidRPr="00B83E4D">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> placeras i en </w:t>
+      </w:r>
+      <w:r w:rsidR="00D130E9" w:rsidRPr="00B83E4D">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:t>i gul plastsäck</w:t>
+      </w:r>
+      <w:r w:rsidR="009E1AE7" w:rsidRPr="00B83E4D">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> som försluts och märks</w:t>
+      </w:r>
+      <w:r w:rsidR="001074DF" w:rsidRPr="00B83E4D">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> med tuschpenna: sjukhus och avdelning</w:t>
+      </w:r>
+      <w:r w:rsidR="00A409AA" w:rsidRPr="00B83E4D">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="52371D4B" w14:textId="7F3E2665" w:rsidR="00D130E9" w:rsidRPr="00B83E4D" w:rsidRDefault="009C4C20" w:rsidP="00D130E9">
+      <w:pPr>
+        <w:pStyle w:val="Punktlista"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B83E4D">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Avfall läggs i kärl på vårdrummet. </w:t>
+      </w:r>
+      <w:r w:rsidR="00D130E9" w:rsidRPr="00B83E4D">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Avfall hanteras enligt rutiner för smittförande avfall. Använd gula riskavfallslådor. </w:t>
+      </w:r>
+      <w:r w:rsidR="00D130E9" w:rsidRPr="00B83E4D">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
           <w:b/>
           <w:bCs/>
-          <w:sz w:val="26"/>
-[...32 lines deleted...]
-    <w:p w14:paraId="7437AD91" w14:textId="77777777" w:rsidR="00D130E9" w:rsidRPr="00930308" w:rsidRDefault="00D130E9" w:rsidP="00D130E9">
+        </w:rPr>
+        <w:t>Märk lådan med Smittförande avfall UN 3291.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="37CB0A4E" w14:textId="77777777" w:rsidR="003D5E6D" w:rsidRPr="00B83E4D" w:rsidRDefault="00D130E9" w:rsidP="00D130E9">
+      <w:pPr>
+        <w:pStyle w:val="Punktlista"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B83E4D">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Gul riskavfallslåda för smittförande avfall försluts och desinfekteras på utsidan med alkoholbaserat ytdesinfektionsmedel innan den hämtas av vaktmästare. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6A9AF31D" w14:textId="77777777" w:rsidR="00D130E9" w:rsidRPr="00CC2807" w:rsidRDefault="00D130E9" w:rsidP="00D130E9">
       <w:pPr>
         <w:pStyle w:val="MellanrubrikVGR"/>
-      </w:pPr>
-[...4 lines deleted...]
-    <w:p w14:paraId="170A7FBA" w14:textId="77777777" w:rsidR="00D130E9" w:rsidRDefault="00D130E9" w:rsidP="00D130E9">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00CC2807">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>Punktdesinfektion</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="556D922D" w14:textId="42EE302B" w:rsidR="00D130E9" w:rsidRPr="00CC2807" w:rsidRDefault="00D130E9" w:rsidP="00D130E9">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00CC2807">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Utförs med </w:t>
+      </w:r>
+      <w:r w:rsidR="004A35E0">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:t>a</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CC2807">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:t>lkoholbaserat ytdesinfektionsmedel med rengörande effekt. Ta rikligt med desinfektionsmedel och bearbeta den förorenade ytan väl.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="678D9EBD" w14:textId="77777777" w:rsidR="00D130E9" w:rsidRPr="00822D13" w:rsidRDefault="00D130E9" w:rsidP="00D130E9">
+      <w:pPr>
+        <w:pStyle w:val="MellanrubrikVGR"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00822D13">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Städning</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3F0FA30F" w14:textId="77777777" w:rsidR="00D130E9" w:rsidRPr="00F020B0" w:rsidRDefault="00D130E9" w:rsidP="00D130E9">
       <w:pPr>
         <w:pStyle w:val="Punktlista"/>
-      </w:pPr>
-[...1 lines deleted...]
-        <w:t xml:space="preserve">Misstänkta eller bekräftade fall av </w:t>
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F020B0">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:t>All städning inklusive slutstädning sker enligt rutin med skyddsutrustning, enligt ovan.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="55EF4D97" w14:textId="77777777" w:rsidR="00D130E9" w:rsidRPr="00F020B0" w:rsidRDefault="00D130E9" w:rsidP="00D130E9">
+      <w:pPr>
+        <w:pStyle w:val="Punktlista"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F020B0">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:t>Endast engångsdukar/engångsmoppar får användas och ska bytas ofta och alltid innan rengöringslösning/desinfektionsmedel appliceras. Kasseras som smittförande avfall.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="58807D36" w14:textId="77777777" w:rsidR="00D130E9" w:rsidRPr="00F020B0" w:rsidRDefault="00D130E9" w:rsidP="00D130E9">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F020B0">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:t>Vård-/behandlingsrum behöver inte stå tomt (vädras) utan kan användas direkt efter punktdesinfektion och städning.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="545054E9" w14:textId="77777777" w:rsidR="00D130E9" w:rsidRPr="00C246F2" w:rsidRDefault="00D130E9" w:rsidP="00D130E9">
+      <w:pPr>
+        <w:pStyle w:val="MellanrubrikVGR"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C246F2">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Dagligt städ</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="28D655BF" w14:textId="77777777" w:rsidR="00D130E9" w:rsidRPr="00C246F2" w:rsidRDefault="00D130E9" w:rsidP="00D130E9">
+      <w:pPr>
+        <w:pStyle w:val="Punktlista"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C246F2">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Mekanisk bearbetning (gnuggning) vid all rengöring och desinfektion  </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="41A457D4" w14:textId="77777777" w:rsidR="00D130E9" w:rsidRPr="00C246F2" w:rsidRDefault="00D130E9" w:rsidP="00D130E9">
+      <w:pPr>
+        <w:pStyle w:val="Punktlista"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C246F2">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Rengör dagligen, samt vid behov, </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r>
-        <w:t>klad</w:t>
+      <w:r w:rsidRPr="00C246F2">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:t>tagytor</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r>
-[...3 lines deleted...]
-    <w:p w14:paraId="08D2B35A" w14:textId="77777777" w:rsidR="00D130E9" w:rsidRDefault="00D130E9" w:rsidP="00D130E9">
+      <w:r w:rsidRPr="00C246F2">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> i patientens rum med alkoholbaserat ytdesinfektionsmedel med tensider. Glöm ej dörrhandtag och föremål/utrustning.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="58CA38E1" w14:textId="77777777" w:rsidR="00D130E9" w:rsidRPr="00C246F2" w:rsidRDefault="00D130E9" w:rsidP="00D130E9">
       <w:pPr>
         <w:pStyle w:val="Punktlista"/>
-      </w:pPr>
-[...2 lines deleted...]
-      </w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C246F2">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Dagligt städ av golv utförs med rengöringsmedel och vatten förutsatt att korrekt punktdesinfektion utförts. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="60F4F9E9" w14:textId="77777777" w:rsidR="00D130E9" w:rsidRPr="00C246F2" w:rsidRDefault="00D130E9" w:rsidP="00D130E9">
+      <w:pPr>
+        <w:pStyle w:val="Punktlista"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C246F2">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:t>Städutrustning desinfekteras efter användning, inklusive moppstativ.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3124483F" w14:textId="77777777" w:rsidR="00D130E9" w:rsidRPr="00C246F2" w:rsidRDefault="00D130E9" w:rsidP="00D130E9">
+      <w:pPr>
+        <w:pStyle w:val="MellanrubrikVGR"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C246F2">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Slutstädning</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="57F4623E" w14:textId="77777777" w:rsidR="00D130E9" w:rsidRPr="00C246F2" w:rsidRDefault="00D130E9" w:rsidP="00D130E9">
+      <w:pPr>
+        <w:pStyle w:val="Punktlista"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C246F2">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Utförs med alkoholbaserat ytdesinfektionsmedel med tensider. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5569B7B1" w14:textId="77777777" w:rsidR="00D130E9" w:rsidRPr="00C246F2" w:rsidRDefault="00D130E9" w:rsidP="00D130E9">
+      <w:pPr>
+        <w:pStyle w:val="Punktlista"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C246F2">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:t>Vid slutstädning efter inneliggande patient städas även golv och hygienutrymme</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="53B8F2F7" w14:textId="77777777" w:rsidR="00D130E9" w:rsidRPr="00C246F2" w:rsidRDefault="00D130E9" w:rsidP="0093506B">
+      <w:pPr>
+        <w:pStyle w:val="MellanrubrikVGR"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C246F2">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Transport</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="794DDC9F" w14:textId="77777777" w:rsidR="00D130E9" w:rsidRPr="00C246F2" w:rsidRDefault="00D130E9" w:rsidP="00D130E9">
+      <w:pPr>
+        <w:pStyle w:val="Punktlista"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C246F2">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:t>Säkerställ att andra personer inte utsätts för smitta.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3B15B95F" w14:textId="77777777" w:rsidR="00D130E9" w:rsidRPr="00C246F2" w:rsidRDefault="00D130E9" w:rsidP="00D130E9">
+      <w:pPr>
+        <w:pStyle w:val="Punktlista"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C246F2">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:t>Personal ska bära skyddsutrustning enligt ovan.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4B7543DC" w14:textId="77777777" w:rsidR="00D130E9" w:rsidRPr="00C246F2" w:rsidRDefault="00D130E9" w:rsidP="00D130E9">
+      <w:pPr>
+        <w:pStyle w:val="Punktlista"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C246F2">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:t>Vid transport förses patienten om möjligt med munskydd (II eller IIR). Om detta inte tolereras ska patienten ha tillgång till engångsnäsdukar att hosta i samt möjlighet att desinficera händerna. Använt papper läggs direkt i kräkpåse som kasseras i smittförande avfall (gul riskavfallslåda).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6CB91A4C" w14:textId="77777777" w:rsidR="00D130E9" w:rsidRPr="00C246F2" w:rsidRDefault="00D130E9" w:rsidP="00D130E9">
+      <w:pPr>
+        <w:pStyle w:val="Punktlista"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C246F2">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>Vid ambulanstransport ska luckan mellan förarhytt och vårdutrymme vara stängd och personer i vårdutrymme använder skyddsutrustning enligt ovan.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1432CB79" w14:textId="77777777" w:rsidR="00D130E9" w:rsidRPr="003721B6" w:rsidRDefault="00D130E9" w:rsidP="0093506B">
+      <w:pPr>
+        <w:pStyle w:val="MellanrubrikVGR"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003721B6">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Operation och undersökningar</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7BB4B027" w14:textId="77777777" w:rsidR="00D130E9" w:rsidRPr="00ED7A2A" w:rsidRDefault="00D130E9" w:rsidP="00D130E9">
+      <w:pPr>
+        <w:pStyle w:val="Punktlista"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00ED7A2A">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:t>Undersökning eller annan medicinsk åtgärd som t ex lungröntgen eller EKG bör om möjligt utföras på patientrummet.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5DD6C825" w14:textId="77777777" w:rsidR="00D130E9" w:rsidRPr="00ED7A2A" w:rsidRDefault="00D130E9" w:rsidP="00D130E9">
+      <w:pPr>
+        <w:pStyle w:val="Punktlista"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00ED7A2A">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Informera mottagande enhet om att patienten är smittsam. Patienten ska inte vistas i väntrum, förs direkt till undersöknings-eller behandlingsrum.  </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="13C91693" w14:textId="77777777" w:rsidR="00D130E9" w:rsidRPr="00ED7A2A" w:rsidRDefault="00D130E9" w:rsidP="00D130E9">
+      <w:pPr>
+        <w:pStyle w:val="Punktlista"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00ED7A2A">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Vid behov, samråd med Vårdhygien eller Infektion  </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2473C4CB" w14:textId="77777777" w:rsidR="00D130E9" w:rsidRPr="00ED7A2A" w:rsidRDefault="00D130E9" w:rsidP="00D130E9">
+      <w:pPr>
+        <w:pStyle w:val="Punktlista"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00ED7A2A">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:t>Förlossning kan ske på Kvinnokliniken i rum avsett för luftburen smitta.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="08516CDA" w14:textId="77777777" w:rsidR="00D130E9" w:rsidRPr="00ED7A2A" w:rsidRDefault="00D130E9" w:rsidP="00D130E9">
+      <w:pPr>
+        <w:pStyle w:val="Punktlista"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+      </w:pPr>
       <w:proofErr w:type="spellStart"/>
-      <w:r>
-        <w:t>klad</w:t>
+      <w:r w:rsidRPr="00ED7A2A">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:t>Uppvak</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r>
-[...3 lines deleted...]
-    <w:p w14:paraId="163740B1" w14:textId="77777777" w:rsidR="00D130E9" w:rsidRDefault="00D130E9" w:rsidP="00D130E9">
+      <w:r w:rsidRPr="00ED7A2A">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> sker på operationssalen och patienten transporteras så snart det är möjligt åter till vårdavdelning på Infektion.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="36C99726" w14:textId="77777777" w:rsidR="00D130E9" w:rsidRPr="00ED7A2A" w:rsidRDefault="00D130E9" w:rsidP="0093506B">
+      <w:pPr>
+        <w:pStyle w:val="MellanrubrikVGR"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00ED7A2A">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Besök</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6EB8703B" w14:textId="77777777" w:rsidR="00D130E9" w:rsidRPr="00ED7A2A" w:rsidRDefault="00D130E9" w:rsidP="00D130E9">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00ED7A2A">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:t>Besök ska undvikas, men kan beviljas under särskilda omständigheter. Vårdande enhet beslutar om eventuella åtgärder måste vidtas för att förhindra smittspridning till eller från besökare.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="34B68910" w14:textId="77777777" w:rsidR="00D130E9" w:rsidRPr="00ED7A2A" w:rsidRDefault="00D130E9" w:rsidP="0093506B">
+      <w:pPr>
+        <w:pStyle w:val="MellanrubrikVGR"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00ED7A2A">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Vårdpersonal</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="59B4E794" w14:textId="77777777" w:rsidR="00D130E9" w:rsidRPr="007B6ADF" w:rsidRDefault="00D130E9" w:rsidP="00D130E9">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007B6ADF">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Personal med nedsatt immunförsvar eller gravida bör inte delta i vården förrän kunskapen om </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007B6ADF">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:t>mpox</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007B6ADF">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> ökar.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0C24FE86" w14:textId="77777777" w:rsidR="00D130E9" w:rsidRPr="007B6ADF" w:rsidRDefault="00D130E9" w:rsidP="00D130E9">
+      <w:pPr>
+        <w:pStyle w:val="Rubrik2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="12" w:name="_Toc175132293"/>
+      <w:r w:rsidRPr="007B6ADF">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+        <w:t>Smittspårning</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="12"/>
+      <w:r w:rsidRPr="007B6ADF">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0245016C" w14:textId="77777777" w:rsidR="00D130E9" w:rsidRPr="007B6ADF" w:rsidRDefault="00D130E9" w:rsidP="00D130E9">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007B6ADF">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:t>Mpox</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007B6ADF">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> är anmälnings- och smittspårningspliktig sjukdom enligt Smittskyddslagen. Infektionen klassas som allmänfarlig sjukdom. Syftet med smittspårningen är att identifiera individer som exponerats och att motverka sekundärfall och fortsatt smittspridning inom vården. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2C543C31" w14:textId="77777777" w:rsidR="00D130E9" w:rsidRPr="007B6ADF" w:rsidRDefault="00D130E9" w:rsidP="00D130E9">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007B6ADF">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:t>Tillvägagångssätt</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3695E0DF" w14:textId="77777777" w:rsidR="00D130E9" w:rsidRPr="007B6ADF" w:rsidRDefault="00D130E9" w:rsidP="00D130E9">
       <w:pPr>
         <w:pStyle w:val="Punktlista"/>
-        <w:numPr>
-[...8 lines deleted...]
-    <w:p w14:paraId="60B9743B" w14:textId="77777777" w:rsidR="00D130E9" w:rsidRDefault="00D130E9" w:rsidP="00D130E9">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007B6ADF">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Om någon exponerats, utan skyddsutrustning enligt ovan, kontakta Vårdhygien (kontorstid) </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2EE096EA" w14:textId="77777777" w:rsidR="00D130E9" w:rsidRPr="007B6ADF" w:rsidRDefault="00D130E9" w:rsidP="00D130E9">
       <w:pPr>
         <w:pStyle w:val="Punktlista"/>
-        <w:numPr>
-[...16 lines deleted...]
-    <w:p w14:paraId="147B7937" w14:textId="77777777" w:rsidR="00D130E9" w:rsidRDefault="00D130E9" w:rsidP="00D130E9">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007B6ADF">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:t>Alternativt bakjour Infektion (jourtid).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="790A68EB" w14:textId="77777777" w:rsidR="00D130E9" w:rsidRPr="007B6ADF" w:rsidRDefault="00D130E9" w:rsidP="00D130E9">
       <w:pPr>
         <w:pStyle w:val="Punktlista"/>
-      </w:pPr>
-[...1 lines deleted...]
-        <w:t xml:space="preserve">Patienter som </w:t>
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007B6ADF">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:t>Enhetschef listar patienter och personal som bedöms vara exponerade. Dokumenterar även vilken typ av kontakt de har haft. Glöm inte inkludera servicepersonal, anhöriga, studenter, tolkar och liknande.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1F67FE60" w14:textId="77777777" w:rsidR="00D130E9" w:rsidRPr="007B6ADF" w:rsidRDefault="00D130E9" w:rsidP="00D130E9">
+      <w:pPr>
+        <w:pStyle w:val="Punktlista"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007B6ADF">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t xml:space="preserve">Tidpunkt för exposition noteras, samt om exponerade patienter är utskrivna till hemmet eller annan vårdenhet. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="73967E37" w14:textId="77777777" w:rsidR="00D130E9" w:rsidRPr="007B6ADF" w:rsidRDefault="00D130E9" w:rsidP="00D130E9">
+      <w:pPr>
+        <w:pStyle w:val="Punktlista"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007B6ADF">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:t>Enhetschef kartlägger vilka enheter på sjukhuset som den smittsamma patienten besökt och meddelar detta till drabbad enhet och till Vårdhygien.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6F74FFE9" w14:textId="77777777" w:rsidR="00D130E9" w:rsidRPr="00625B8C" w:rsidRDefault="00D130E9" w:rsidP="00D130E9">
+      <w:pPr>
+        <w:pStyle w:val="Rubrik2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="13" w:name="_Toc175132294"/>
+      <w:r w:rsidRPr="00625B8C">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+        <w:t>Ansvar och avsteg</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="13"/>
+    </w:p>
+    <w:p w14:paraId="768A7844" w14:textId="77777777" w:rsidR="00D130E9" w:rsidRPr="00625B8C" w:rsidRDefault="00D130E9" w:rsidP="00D130E9">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00625B8C">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:t>Linjechef ansvarar för att denna rutin är känd och följs av alla medarbetare.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3934B4D3" w14:textId="77777777" w:rsidR="00D130E9" w:rsidRPr="00625B8C" w:rsidRDefault="00D130E9" w:rsidP="00D130E9">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00625B8C">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Hälso- och sjukvårdspersonal är ansvariga för att rapportera </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r>
-        <w:t>provtas</w:t>
+      <w:r w:rsidRPr="00625B8C">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:t>vårdskador</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r>
-        <w:t xml:space="preserve"> med misstanke om </w:t>
+      <w:r w:rsidRPr="00625B8C">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> som en avvikelseanmälan. En vårdrelaterad infektion är en potentiell </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r>
-        <w:t>mpox</w:t>
+      <w:r w:rsidRPr="00625B8C">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:t>vårdskada</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r>
-[...860 lines deleted...]
-      <w:r w:rsidRPr="00801EE4">
+      <w:r w:rsidRPr="00625B8C">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
         <w:t xml:space="preserve"> och ska därför alltid anmälas så att vidare utredning kan ske. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3609E0B0" w14:textId="77777777" w:rsidR="00D130E9" w:rsidRPr="00801EE4" w:rsidRDefault="00D130E9" w:rsidP="00D130E9">
-[...1 lines deleted...]
-        <w:rPr>
+    <w:p w14:paraId="3609E0B0" w14:textId="07CF5881" w:rsidR="00D130E9" w:rsidRPr="00625B8C" w:rsidRDefault="00D130E9" w:rsidP="00D130E9">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00801EE4">
+      <w:r w:rsidRPr="00625B8C">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
         <w:t xml:space="preserve">Medvetet avsteg från denna rutin dokumenteras i patientjournal om avsteg är kopplat till patient. Annan orsak till avsteg rapporteras i </w:t>
       </w:r>
-      <w:hyperlink r:id="rId9" w:history="1">
+      <w:hyperlink r:id="rId13" w:history="1">
         <w:proofErr w:type="spellStart"/>
-        <w:r w:rsidRPr="00801EE4">
+        <w:r w:rsidRPr="00A90386">
           <w:rPr>
             <w:rStyle w:val="Hyperlnk"/>
+            <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
           </w:rPr>
           <w:t>MedControl</w:t>
         </w:r>
         <w:proofErr w:type="spellEnd"/>
-        <w:r w:rsidRPr="00801EE4">
+        <w:r w:rsidRPr="00A90386">
           <w:rPr>
             <w:rStyle w:val="Hyperlnk"/>
+            <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
           </w:rPr>
           <w:t xml:space="preserve"> PRO</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidRPr="00801EE4">
-        <w:rPr>
+      <w:r w:rsidRPr="00625B8C">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00801EE4">
+      <w:r w:rsidRPr="00625B8C">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
         <w:t>eller befintligt avvikelsehanteringssystem.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="33FD9834" w14:textId="77777777" w:rsidR="00D130E9" w:rsidRPr="000D04ED" w:rsidRDefault="00D130E9" w:rsidP="00D130E9">
+    <w:p w14:paraId="33FD9834" w14:textId="77777777" w:rsidR="00D130E9" w:rsidRPr="00625B8C" w:rsidRDefault="00D130E9" w:rsidP="00D130E9">
       <w:pPr>
         <w:pStyle w:val="Rubrik2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
       </w:pPr>
       <w:bookmarkStart w:id="14" w:name="_Toc175132295"/>
-      <w:r w:rsidRPr="000D04ED">
+      <w:r w:rsidRPr="00625B8C">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
         <w:t>Arbetsgrupp</w:t>
       </w:r>
       <w:bookmarkEnd w:id="14"/>
     </w:p>
-    <w:p w14:paraId="43CD6F91" w14:textId="77777777" w:rsidR="00BA3FD9" w:rsidRDefault="00D130E9" w:rsidP="00D130E9">
-      <w:r>
+    <w:p w14:paraId="43CD6F91" w14:textId="77777777" w:rsidR="00BA3FD9" w:rsidRPr="00625B8C" w:rsidRDefault="00D130E9" w:rsidP="00D130E9">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00625B8C">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
         <w:t>Julia Lenzen, Överläkare</w:t>
       </w:r>
-      <w:r w:rsidR="00F236F8">
+      <w:r w:rsidR="00F236F8" w:rsidRPr="00625B8C">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
         <w:t>,</w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00625B8C">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00BA3FD9">
+      <w:r w:rsidR="00BA3FD9" w:rsidRPr="00625B8C">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
         <w:t>Vårdhygien</w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00625B8C">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
         <w:t>, SkaS</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="22C4DBAF" w14:textId="4E022836" w:rsidR="00D130E9" w:rsidRPr="000D04ED" w:rsidRDefault="00D130E9" w:rsidP="00D130E9">
-      <w:r>
+    <w:p w14:paraId="22C4DBAF" w14:textId="4E022836" w:rsidR="00D130E9" w:rsidRPr="00625B8C" w:rsidRDefault="00D130E9" w:rsidP="00D130E9">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00625B8C">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
         <w:t>Therese Mård, Hygiensjuksköterska</w:t>
       </w:r>
-      <w:r w:rsidR="00F236F8">
+      <w:r w:rsidR="00F236F8" w:rsidRPr="00625B8C">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
         <w:t>,</w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00625B8C">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00BA3FD9">
+      <w:r w:rsidR="00BA3FD9" w:rsidRPr="00625B8C">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
         <w:t>Vårdhygien</w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00625B8C">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
         <w:t>, SkaS</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="752C856A" w14:textId="77777777" w:rsidR="00D130E9" w:rsidRDefault="00D130E9" w:rsidP="00D130E9">
+    <w:p w14:paraId="752C856A" w14:textId="77777777" w:rsidR="00D130E9" w:rsidRPr="001423A4" w:rsidRDefault="00D130E9" w:rsidP="00D130E9">
       <w:pPr>
         <w:pStyle w:val="Rubrik2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
       </w:pPr>
       <w:bookmarkStart w:id="15" w:name="_Toc175132296"/>
-      <w:r>
-        <w:lastRenderedPageBreak/>
+      <w:r w:rsidRPr="001423A4">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
         <w:t>Källförteckning</w:t>
       </w:r>
       <w:bookmarkEnd w:id="15"/>
     </w:p>
-    <w:p w14:paraId="14BB7CCA" w14:textId="3AC5DB70" w:rsidR="00E77E39" w:rsidRDefault="00E77E39" w:rsidP="00E77E39">
-[...20 lines deleted...]
-        <w:rPr>
+    <w:p w14:paraId="78643100" w14:textId="644EFC25" w:rsidR="00DD5614" w:rsidRPr="001423A4" w:rsidRDefault="00DD5614" w:rsidP="00DD5614">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="16" w:name="_Hlk142567165"/>
+      <w:r w:rsidRPr="001423A4">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Arbetsmiljöverket. (2025). </w:t>
+      </w:r>
+      <w:r w:rsidRPr="001423A4">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
           <w:i/>
           <w:iCs/>
         </w:rPr>
-        <w:t>Smittrisker</w:t>
-[...2 lines deleted...]
-      <w:r>
+        <w:t xml:space="preserve">Arbetsmiljöverkets föreskrifter och allmänna råd </w:t>
+      </w:r>
+      <w:r w:rsidR="00081A3D" w:rsidRPr="001423A4">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">(AFS 2023:10) </w:t>
+      </w:r>
+      <w:r w:rsidRPr="001423A4">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t>om risker i arbetsmiljön.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="001423A4">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:hyperlink r:id="rId10" w:history="1">
-        <w:r w:rsidRPr="00113921">
+      <w:hyperlink r:id="rId14" w:history="1">
+        <w:r w:rsidRPr="001423A4">
           <w:rPr>
             <w:rStyle w:val="Hyperlnk"/>
+            <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
           </w:rPr>
-          <w:t>https://www.av.se/arbetsmiljoarbete-och-inspektioner/publikationer/foreskrifter/smittrisker-afs-20184/</w:t>
+          <w:t>https://www.av.se/arbetsmiljoarbete-och-inspektioner/publikationer/foreskrifter/afs-202310/</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="4807203B" w14:textId="0DD861FE" w:rsidR="00D130E9" w:rsidRDefault="00B874F4" w:rsidP="00D130E9">
-[...5 lines deleted...]
-        <w:rPr>
+    <w:p w14:paraId="36B8D166" w14:textId="77777777" w:rsidR="00DD5614" w:rsidRPr="001423A4" w:rsidRDefault="00DD5614" w:rsidP="00DD5614">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001423A4">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Arbetsmiljöverket. (2025). </w:t>
+      </w:r>
+      <w:r w:rsidRPr="001423A4">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
           <w:i/>
           <w:iCs/>
         </w:rPr>
-        <w:t>Mpox</w:t>
-[...3 lines deleted...]
-        <w:rPr>
+        <w:t xml:space="preserve">Arbetsmiljöverkets föreskrifter och allmänna råd (AFS 2023:11) om arbetsutrustning och personlig skyddsutrustning – säker användning. </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId15" w:history="1">
+        <w:r w:rsidRPr="001423A4">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlnk"/>
+            <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+          </w:rPr>
+          <w:t>https://www.av.se/arbetsmiljoarbete-och-inspektioner/publikationer/foreskrifter/afs-202311/</w:t>
+        </w:r>
+      </w:hyperlink>
+    </w:p>
+    <w:bookmarkEnd w:id="16"/>
+    <w:p w14:paraId="1A7E6354" w14:textId="6BAC01CB" w:rsidR="00D130E9" w:rsidRPr="001423A4" w:rsidRDefault="00B874F4" w:rsidP="00D130E9">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001423A4">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:t>Folkhälsomyndigheten. (202</w:t>
+      </w:r>
+      <w:r w:rsidR="008428D4" w:rsidRPr="001423A4">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:t>5</w:t>
+      </w:r>
+      <w:r w:rsidRPr="001423A4">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:t xml:space="preserve">). </w:t>
+      </w:r>
+      <w:r w:rsidR="00D130E9" w:rsidRPr="001423A4">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
           <w:i/>
           <w:iCs/>
         </w:rPr>
-        <w:t xml:space="preserve"> (Centrala oc</w:t>
-[...2 lines deleted...]
-        <w:rPr>
+        <w:t xml:space="preserve">Sjukdomsinformation om </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00D130E9" w:rsidRPr="001423A4">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
           <w:i/>
           <w:iCs/>
         </w:rPr>
-        <w:t>h</w:t>
-[...2 lines deleted...]
-        <w:rPr>
+        <w:t>mpox</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="008428D4" w:rsidRPr="001423A4">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
           <w:i/>
           <w:iCs/>
         </w:rPr>
-        <w:t xml:space="preserve"> södra Afrika 2024–)</w:t>
-[...3 lines deleted...]
-          <w:rStyle w:val="Hyperlnk"/>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidR="00D130E9" w:rsidRPr="001423A4">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:hyperlink r:id="rId11" w:history="1">
-        <w:r w:rsidRPr="00CC2B45">
+      <w:hyperlink r:id="rId16" w:history="1">
+        <w:r w:rsidRPr="001423A4">
           <w:rPr>
             <w:rStyle w:val="Hyperlnk"/>
-          </w:rPr>
-[...103 lines deleted...]
-            <w:rStyle w:val="Hyperlnk"/>
+            <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
           </w:rPr>
           <w:t>https://www.folkhalsomyndigheten.se/smittskydd-beredskap/smittsamma-sjukdomar/mpox/</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="4F3291BB" w14:textId="77777777" w:rsidR="00E77E39" w:rsidRDefault="00E77E39" w:rsidP="00E77E39">
-[...10 lines deleted...]
-        <w:rPr>
+    <w:p w14:paraId="4F3291BB" w14:textId="3F4AC4F6" w:rsidR="00E77E39" w:rsidRPr="001423A4" w:rsidRDefault="00E77E39" w:rsidP="00E77E39">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001423A4">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:t>Folkhälsomyndigheten (202</w:t>
+      </w:r>
+      <w:r w:rsidR="00BC1D6B" w:rsidRPr="001423A4">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:t>6</w:t>
+      </w:r>
+      <w:r w:rsidRPr="001423A4">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:t xml:space="preserve">). </w:t>
+      </w:r>
+      <w:r w:rsidRPr="001423A4">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
           <w:i/>
           <w:iCs/>
         </w:rPr>
-        <w:t>Vägledn</w:t>
-[...2 lines deleted...]
-        <w:rPr>
+        <w:t xml:space="preserve">Vägledning för vårdhygieniska rutiner i sjukvården gällande </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="001423A4">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
           <w:i/>
           <w:iCs/>
         </w:rPr>
-        <w:t>i</w:t>
-[...2 lines deleted...]
-        <w:rPr>
+        <w:t>mpox</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="001423A4">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
           <w:i/>
           <w:iCs/>
         </w:rPr>
-        <w:t xml:space="preserve">ng för vårdhygieniska rutiner i sjukvården gällande </w:t>
-[...14 lines deleted...]
-        </w:rPr>
         <w:t>.</w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="001423A4">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:hyperlink r:id="rId14" w:history="1">
-        <w:r w:rsidRPr="0033264E">
+      <w:hyperlink r:id="rId17" w:history="1">
+        <w:r w:rsidRPr="001423A4">
           <w:rPr>
             <w:rStyle w:val="Hyperlnk"/>
+            <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
           </w:rPr>
           <w:t>https://www.folkhalsomyndigheten.se/publikationer-och-material/publikationsarkiv/v/vagledning-for-vardhygieniska-rutiner-i-sjukvarden-gallande-mpox/</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="6423DF18" w14:textId="620D8FFE" w:rsidR="00E77E39" w:rsidRDefault="00E77E39" w:rsidP="00E77E39">
-[...5 lines deleted...]
-        <w:rPr>
+    <w:p w14:paraId="6423DF18" w14:textId="16967261" w:rsidR="00E77E39" w:rsidRPr="007E6476" w:rsidRDefault="00E77E39" w:rsidP="00E77E39">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="17" w:name="_Hlk104386996"/>
+      <w:r w:rsidRPr="007E6476">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>Folkhälsomyndigheten. (202</w:t>
+      </w:r>
+      <w:r w:rsidR="00D248B7" w:rsidRPr="007E6476">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:t>5</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007E6476">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:t xml:space="preserve">). </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007E6476">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
           <w:i/>
           <w:iCs/>
         </w:rPr>
-        <w:t>Packa pro</w:t>
-[...2 lines deleted...]
-        <w:rPr>
+        <w:t>Packa provet rätt</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="17"/>
+      <w:r w:rsidR="00D248B7" w:rsidRPr="007E6476">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
           <w:i/>
           <w:iCs/>
         </w:rPr>
-        <w:t>v</w:t>
-[...2 lines deleted...]
-        <w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:r w:rsidR="00265B3F" w:rsidRPr="007E6476">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
           <w:i/>
           <w:iCs/>
         </w:rPr>
-        <w:t>et rätt</w:t>
-[...2 lines deleted...]
-      <w:r>
+        <w:t>Version 21.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007E6476">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:hyperlink r:id="rId15" w:history="1">
-        <w:r w:rsidRPr="00CC2B45">
+      <w:hyperlink r:id="rId18" w:history="1">
+        <w:r w:rsidR="00D248B7" w:rsidRPr="007E6476">
           <w:rPr>
             <w:rStyle w:val="Hyperlnk"/>
+            <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
           </w:rPr>
           <w:t>https://www.folkhalsomyndigheten.se/contentassets/53d7336b2e0b4137b728123d072c58b2/packa-provet-ratt.pdf</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="31A55470" w14:textId="2EA51B1A" w:rsidR="002A35F2" w:rsidRDefault="002A35F2" w:rsidP="00E77E39">
-[...4 lines deleted...]
-        <w:rPr>
+    <w:p w14:paraId="4DC2188E" w14:textId="6C23D191" w:rsidR="00891519" w:rsidRPr="007E6476" w:rsidRDefault="00891519" w:rsidP="00E77E39">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007E6476">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:t>Fol</w:t>
+      </w:r>
+      <w:r w:rsidR="007638AA" w:rsidRPr="007E6476">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:t xml:space="preserve">khälsomyndigheten (2025). </w:t>
+      </w:r>
+      <w:r w:rsidR="0091631F" w:rsidRPr="007E6476">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
           <w:i/>
           <w:iCs/>
         </w:rPr>
-        <w:t>Säkerhetsdatab</w:t>
-[...2 lines deleted...]
-        <w:rPr>
+        <w:t xml:space="preserve">Säkerhetsdatablad smittämnen – </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="0091631F" w:rsidRPr="007E6476">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
           <w:i/>
           <w:iCs/>
         </w:rPr>
-        <w:t>l</w:t>
-[...2 lines deleted...]
-        <w:rPr>
+        <w:t>Mpoxvirus</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="0091631F" w:rsidRPr="007E6476">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
           <w:i/>
           <w:iCs/>
-        </w:rPr>
-[...4 lines deleted...]
-        <w:rPr>
+          <w:color w:val="388600"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidR="0091631F" w:rsidRPr="007E6476">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
           <w:i/>
           <w:iCs/>
         </w:rPr>
-        <w:t xml:space="preserve">smittämnen- </w:t>
-[...3 lines deleted...]
-        <w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidR="0091631F" w:rsidRPr="007E6476">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:t>https://www.folkhalsomyndigheten.se/globalassets/laboratorieanalys/biosakerhet-bioskydd/sakerhetsdatablad-smittamnen-mpoxvirus.pdf</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="630CF471" w14:textId="1117A360" w:rsidR="00A94B8B" w:rsidRPr="007E6476" w:rsidRDefault="00A94B8B" w:rsidP="002A35F2">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007E6476">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:t>Myndigheten för civilt försvar</w:t>
+      </w:r>
+      <w:r w:rsidR="00CF6BF1" w:rsidRPr="007E6476">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:r w:rsidR="00711B62" w:rsidRPr="007E6476">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:t xml:space="preserve">(2025). </w:t>
+      </w:r>
+      <w:r w:rsidR="00CF6BF1" w:rsidRPr="007E6476">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
           <w:i/>
           <w:iCs/>
         </w:rPr>
-        <w:t>Apkoppsvirus</w:t>
-[...3 lines deleted...]
-      <w:r>
+        <w:t>Föreskrifter om transport av farligt gods på väg och i terräng (ADR-S)</w:t>
+      </w:r>
+      <w:r w:rsidR="00120B37" w:rsidRPr="007E6476">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidR="00711B62" w:rsidRPr="007E6476">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:hyperlink r:id="rId16" w:history="1">
-        <w:r w:rsidRPr="007435E8">
+      <w:r w:rsidR="00711B62" w:rsidRPr="007E6476">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:t>https://www.mcf.se/sv/amnesomraden/skydd-mot-olyckor-och-farliga-amnen/farligt-gods/reglering/adr-s/</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="20D7562C" w14:textId="29DDFFB2" w:rsidR="002A35F2" w:rsidRPr="007E6476" w:rsidRDefault="002A35F2" w:rsidP="002A35F2">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+          <w:color w:val="006298" w:themeColor="hyperlink"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007E6476">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t>Patientsäkerhetslag</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007E6476">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (2010:659) 1 kap. 4 § och </w:t>
+      </w:r>
+      <w:r w:rsidR="002F6426" w:rsidRPr="007E6476">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:t xml:space="preserve">3 </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007E6476">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:t xml:space="preserve">kap. 8§, lagändring SFS 2023:503. Socialdepartementet. </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId19" w:history="1">
+        <w:r w:rsidRPr="007E6476">
           <w:rPr>
             <w:rStyle w:val="Hyperlnk"/>
-          </w:rPr>
-[...50 lines deleted...]
-            <w:rStyle w:val="Hyperlnk"/>
+            <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
           </w:rPr>
           <w:t>https://www.riksdagen.se/sv/dokument-och-lagar/dokument/svensk-forfattningssamling/patientsakerhetslag-2010659_sfs-2010-659/</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="7DFBA8E4" w14:textId="77777777" w:rsidR="002A35F2" w:rsidRDefault="002A35F2" w:rsidP="002A35F2">
-[...1 lines deleted...]
-        <w:rPr>
+    <w:p w14:paraId="7DFBA8E4" w14:textId="77777777" w:rsidR="002A35F2" w:rsidRPr="007E6476" w:rsidRDefault="002A35F2" w:rsidP="002A35F2">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007E6476">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
           <w:i/>
           <w:iCs/>
         </w:rPr>
-        <w:t>Smittsky</w:t>
-[...15 lines deleted...]
-      <w:r>
+        <w:t>Smittskyddslag</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007E6476">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
         <w:t xml:space="preserve"> (2004:168). Socialdepartementet. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId19" w:history="1">
-        <w:r w:rsidRPr="0033264E">
+      <w:hyperlink r:id="rId20" w:history="1">
+        <w:r w:rsidRPr="007E6476">
           <w:rPr>
             <w:rStyle w:val="Hyperlnk"/>
+            <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
           </w:rPr>
           <w:t>https://www.riksdagen.se/sv/dokument-och-lagar/dokument/svensk-forfattningssamling/smittskyddslag-2004168_sfs-2004-168/</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="794FE615" w14:textId="21F3B385" w:rsidR="0033264E" w:rsidRDefault="00B874F4" w:rsidP="00D130E9">
-      <w:r>
+    <w:p w14:paraId="794FE615" w14:textId="21F3B385" w:rsidR="0033264E" w:rsidRPr="007E6476" w:rsidRDefault="00B874F4" w:rsidP="00D130E9">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007E6476">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
         <w:t>Smittskyddsläkarföreningen. (</w:t>
       </w:r>
-      <w:r w:rsidR="0033264E">
+      <w:r w:rsidR="0033264E" w:rsidRPr="007E6476">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
         <w:t xml:space="preserve">2022) </w:t>
       </w:r>
-      <w:r w:rsidR="00D130E9" w:rsidRPr="0033264E">
-        <w:rPr>
+      <w:r w:rsidR="00D130E9" w:rsidRPr="007E6476">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
           <w:i/>
           <w:iCs/>
         </w:rPr>
         <w:t>Smittskyddsblad</w:t>
       </w:r>
-      <w:r w:rsidR="002A35F2">
-        <w:rPr>
+      <w:r w:rsidR="002A35F2" w:rsidRPr="007E6476">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
           <w:i/>
           <w:iCs/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
-      <w:r w:rsidR="00D130E9">
+      <w:r w:rsidR="00D130E9" w:rsidRPr="007E6476">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:hyperlink r:id="rId20" w:history="1">
-        <w:r w:rsidR="0033264E" w:rsidRPr="0033264E">
+      <w:hyperlink r:id="rId21" w:history="1">
+        <w:r w:rsidR="0033264E" w:rsidRPr="007E6476">
           <w:rPr>
             <w:rStyle w:val="Hyperlnk"/>
+            <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
           </w:rPr>
           <w:t>https://slf.se/smittskyddslakarforeningen/smittskyddsblad/</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="0308E0B5" w14:textId="32528F16" w:rsidR="007E5EB6" w:rsidRDefault="007435E8" w:rsidP="00D130E9">
-[...22 lines deleted...]
-        <w:rPr>
+    <w:p w14:paraId="0308E0B5" w14:textId="32528F16" w:rsidR="007E5EB6" w:rsidRPr="007E6476" w:rsidRDefault="007435E8" w:rsidP="00D130E9">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007E6476">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Socialstyrelsen. (SOSFS 2005:26). </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007E6476">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
           <w:i/>
           <w:iCs/>
         </w:rPr>
-        <w:t>Socialstyrelsens föreskrifter och allmänna råd om hantering av smittförande avfall från hälso- och sjukvården</w:t>
-[...9 lines deleted...]
-        <w:r w:rsidRPr="00CC2B45">
+        <w:t xml:space="preserve">Socialstyrelsens föreskrifter och allmänna råd om hantering av smittförande avfall från hälso- och sjukvården </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId22" w:history="1">
+        <w:r w:rsidRPr="007E6476">
           <w:rPr>
             <w:rStyle w:val="Hyperlnk"/>
+            <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
           </w:rPr>
           <w:t>https://www.socialstyrelsen.se/kunskapsstod-och-regler/regler-och-riktlinjer/foreskrifter-och-allmanna-rad/konsoliderade-foreskrifter/200526-om-hantering-av-smittforande-avfall-fran-halso--och-sjukvarden/</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="30796031" w14:textId="3C02B890" w:rsidR="00D130E9" w:rsidRPr="005547C0" w:rsidRDefault="007E5EB6" w:rsidP="00D130E9">
-[...2 lines deleted...]
-          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+    <w:p w14:paraId="30796031" w14:textId="6D4E06C3" w:rsidR="00D130E9" w:rsidRPr="007E6476" w:rsidRDefault="007E5EB6" w:rsidP="00D130E9">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Georgia" w:cstheme="minorBidi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
+      <w:r w:rsidRPr="007E6476">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
         <w:t>Vårdhandboken</w:t>
       </w:r>
-      <w:r w:rsidR="000D21AD">
-[...3 lines deleted...]
-        <w:rPr>
+      <w:r w:rsidR="000D21AD" w:rsidRPr="007E6476">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:t>. (202</w:t>
+      </w:r>
+      <w:r w:rsidR="00336385" w:rsidRPr="007E6476">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:t>5</w:t>
+      </w:r>
+      <w:r w:rsidR="000D21AD" w:rsidRPr="007E6476">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
           <w:i/>
           <w:iCs/>
         </w:rPr>
         <w:t>).</w:t>
       </w:r>
-      <w:r w:rsidRPr="000D21AD">
-        <w:rPr>
+      <w:r w:rsidRPr="007E6476">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
           <w:i/>
           <w:iCs/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00D130E9" w:rsidRPr="000D21AD">
-        <w:rPr>
+      <w:r w:rsidR="00D130E9" w:rsidRPr="007E6476">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
           <w:i/>
           <w:iCs/>
         </w:rPr>
-        <w:t>Basala hygienr</w:t>
-[...2 lines deleted...]
-        <w:rPr>
+        <w:t>Basala hygienrutiner</w:t>
+      </w:r>
+      <w:r w:rsidR="00BA36FF" w:rsidRPr="007E6476">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
           <w:i/>
           <w:iCs/>
         </w:rPr>
-        <w:t>u</w:t>
-[...8 lines deleted...]
-      <w:r w:rsidR="00D130E9">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:hyperlink r:id="rId22" w:history="1">
-        <w:r w:rsidRPr="007E5EB6">
+      <w:hyperlink r:id="rId23" w:history="1">
+        <w:r w:rsidRPr="007E6476">
           <w:rPr>
             <w:rStyle w:val="Hyperlnk"/>
+            <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
           </w:rPr>
           <w:t>https://www.vardhandboken.se/vardhygien-infektioner-och-smittspridning/vardhygien/basala-hygienrutiner-och-kladregler/</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="4D90D4C9" w14:textId="7055FD4E" w:rsidR="002A35F2" w:rsidRDefault="00113921" w:rsidP="00D130E9">
+    <w:p w14:paraId="6155868B" w14:textId="0C9D00BE" w:rsidR="00C728FB" w:rsidRPr="007E6476" w:rsidRDefault="00113921" w:rsidP="00BD7B65">
       <w:pPr>
         <w:rPr>
           <w:rStyle w:val="Hyperlnk"/>
-          <w:lang w:eastAsia="en-US"/>
-[...15 lines deleted...]
-        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
           <w:i/>
           <w:iCs/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
-        <w:t>Regiongemensam</w:t>
-[...2 lines deleted...]
-        <w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007E6476">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Västra Götalandsregionen. (2024). </w:t>
+      </w:r>
+      <w:r w:rsidR="00D130E9" w:rsidRPr="007E6476">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
           <w:i/>
           <w:iCs/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
-        <w:t>m</w:t>
-[...2 lines deleted...]
-        <w:rPr>
+        <w:t xml:space="preserve">Regiongemensamma regler om transport av farligt gods/avfall i Västra Götalandsregionen </w:t>
+      </w:r>
+      <w:r w:rsidR="00BC1D6B" w:rsidRPr="007E6476">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
           <w:i/>
           <w:iCs/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
-        <w:t xml:space="preserve">a regler om transport av farligt gods/avfall i Västra Götalandsregionen </w:t>
-[...3 lines deleted...]
-        <w:rPr>
+        <w:t>2025–2026</w:t>
+      </w:r>
+      <w:r w:rsidR="00BD7B65" w:rsidRPr="007E6476">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
           <w:i/>
           <w:iCs/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
-        <w:t>2023-2024</w:t>
-[...2 lines deleted...]
-      <w:r w:rsidRPr="00113921">
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007E6476">
         <w:rPr>
           <w:rStyle w:val="Hyperlnk"/>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
           <w:i/>
           <w:iCs/>
+          <w:color w:val="auto"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:hyperlink r:id="rId23" w:history="1">
-        <w:r w:rsidR="002A35F2" w:rsidRPr="00CC2B45">
+      <w:hyperlink r:id="rId24" w:history="1">
+        <w:r w:rsidR="00C728FB" w:rsidRPr="007E6476">
           <w:rPr>
             <w:rStyle w:val="Hyperlnk"/>
+            <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+            <w:i/>
+            <w:iCs/>
             <w:lang w:eastAsia="en-US"/>
           </w:rPr>
-          <w:t>https://mellanarkivoffentlig.vgregion.se/alfresco/s/archive/stream/public/v1/source/available/sofia/sl1175412472411852/surrogate/Regiongemensamma%20regler%20om%20farligt%20gods%2c%20avfall.pdf</w:t>
+          <w:t>https://mellanarkiv-offentlig.vgregion.se/alfresco/s/archive/stream/public/v1/source/available/sofia/sl11754-124724118-59/surrogate/Regiongemensamma%20regler%20om%20farligt%20gods%20avfall%202025-2026.pdf</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="3B6C0FD8" w14:textId="2D603C26" w:rsidR="00D130E9" w:rsidRDefault="00113921" w:rsidP="00D130E9">
+    <w:p w14:paraId="3B6C0FD8" w14:textId="35EAB951" w:rsidR="00D130E9" w:rsidRPr="007E6476" w:rsidRDefault="00113921" w:rsidP="00D130E9">
       <w:pPr>
         <w:rPr>
           <w:rStyle w:val="Hyperlnk"/>
-        </w:rPr>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="00113921">
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007E6476">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">Västra </w:t>
       </w:r>
-      <w:r w:rsidR="002A35F2" w:rsidRPr="00113921">
+      <w:r w:rsidR="002A35F2" w:rsidRPr="007E6476">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
         <w:t>Götalandsregionen</w:t>
       </w:r>
-      <w:r w:rsidR="007E5EB6">
-        <w:rPr>
+      <w:r w:rsidR="007E5EB6" w:rsidRPr="007E6476">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
           <w:i/>
           <w:iCs/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
-      <w:r w:rsidR="007E5EB6">
-[...3 lines deleted...]
-        <w:rPr>
+      <w:r w:rsidR="007E5EB6" w:rsidRPr="007E6476">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:t>(202</w:t>
+      </w:r>
+      <w:r w:rsidR="00C728FB" w:rsidRPr="007E6476">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:t>5</w:t>
+      </w:r>
+      <w:r w:rsidR="007E5EB6" w:rsidRPr="007E6476">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:t xml:space="preserve">). </w:t>
+      </w:r>
+      <w:r w:rsidR="00D130E9" w:rsidRPr="007E6476">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
           <w:i/>
           <w:iCs/>
         </w:rPr>
-        <w:t>Kraftigt för</w:t>
-[...15 lines deleted...]
-      <w:r>
+        <w:t>Kraftigt förorenad tvätt (Smittförande tvätt)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007E6476">
         <w:rPr>
           <w:rStyle w:val="Hyperlnk"/>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:hyperlink r:id="rId24" w:history="1">
-        <w:r w:rsidRPr="00113921">
+      <w:hyperlink r:id="rId25" w:history="1">
+        <w:r w:rsidRPr="007E6476">
           <w:rPr>
             <w:rStyle w:val="Hyperlnk"/>
+            <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
           </w:rPr>
           <w:t>https://service.vgregion.se/RNS/prodnarservice/tvatt/instruktioner/</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:sectPr w:rsidR="00D130E9" w:rsidSect="0034374F">
-[...1 lines deleted...]
-      <w:footerReference w:type="first" r:id="rId26"/>
+    <w:sectPr w:rsidR="00D130E9" w:rsidRPr="007E6476" w:rsidSect="0034374F">
+      <w:headerReference w:type="first" r:id="rId26"/>
+      <w:footerReference w:type="first" r:id="rId27"/>
       <w:pgSz w:w="11900" w:h="16840"/>
       <w:pgMar w:top="1418" w:right="1979" w:bottom="1276" w:left="992" w:header="284" w:footer="737" w:gutter="0"/>
       <w:pgNumType w:start="1"/>
       <w:cols w:space="708"/>
       <w:noEndnote/>
       <w:titlePg/>
       <w:docGrid w:linePitch="326"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="2DFF6BB2" w14:textId="77777777" w:rsidR="00490A3F" w:rsidRDefault="00490A3F">
+    <w:p w14:paraId="562F6893" w14:textId="77777777" w:rsidR="00B61888" w:rsidRDefault="00B61888">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="57ED39EF" w14:textId="77777777" w:rsidR="00490A3F" w:rsidRDefault="00490A3F">
+    <w:p w14:paraId="6B4A519A" w14:textId="77777777" w:rsidR="00B61888" w:rsidRDefault="00B61888">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationNotice" w:id="1">
-    <w:p w14:paraId="6BA2A92E" w14:textId="77777777" w:rsidR="00490A3F" w:rsidRDefault="00490A3F">
+    <w:p w14:paraId="5933043F" w14:textId="77777777" w:rsidR="00B61888" w:rsidRDefault="00B61888">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier">
     <w:panose1 w:val="02070409020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="00000003" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="MS Gothic">
     <w:altName w:val="ＭＳ ゴシック"/>
     <w:panose1 w:val="020B0609070205080204"/>
     <w:charset w:val="80"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E00002FF" w:usb1="6AC7FDFB" w:usb2="08000012" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="MinionPro-Regular">
-    <w:altName w:val="Calibri"/>
+    <w:altName w:val="Geneva"/>
     <w:panose1 w:val="00000000000000000000"/>
     <w:charset w:val="4D"/>
     <w:family w:val="auto"/>
     <w:notTrueType/>
     <w:pitch w:val="default"/>
     <w:sig w:usb0="00000003" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Lucida Grande">
     <w:altName w:val="Times New Roman"/>
     <w:charset w:val="00"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E1000AEF" w:usb1="5000A1FF" w:usb2="00000000" w:usb3="00000000" w:csb0="000001BF" w:csb1="00000000"/>
   </w:font>
-  <w:font w:name="Cambria">
-    <w:panose1 w:val="02040503050406030204"/>
+  <w:font w:name="Verdana">
+    <w:panose1 w:val="020B0604030504040204"/>
+    <w:charset w:val="00"/>
+    <w:family w:val="swiss"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="A00006FF" w:usb1="4000205B" w:usb2="00000010" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Georgia">
+    <w:panose1 w:val="02040502050405020303"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
+    <w:sig w:usb0="00000287" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="0000009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="MS Mincho">
     <w:altName w:val="ＭＳ 明朝"/>
     <w:panose1 w:val="02020609040205080304"/>
     <w:charset w:val="80"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E00002FF" w:usb1="6AC7FDFB" w:usb2="08000012" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
   </w:font>
+  <w:font w:name="Cambria">
+    <w:panose1 w:val="02040503050406030204"/>
+    <w:charset w:val="00"/>
+    <w:family w:val="roman"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
+  </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="09D534DA" w14:textId="77777777" w:rsidR="0034374F" w:rsidRDefault="0034374F" w:rsidP="00FB2F0F">
     <w:pPr>
       <w:pStyle w:val="Sidfot"/>
       <w:ind w:left="6237" w:hanging="141"/>
       <w:jc w:val="left"/>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:noProof/>
       </w:rPr>
       <w:drawing>
         <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251677697" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="069C0BFD" wp14:editId="2B849C3D">
           <wp:simplePos x="0" y="0"/>
           <wp:positionH relativeFrom="column">
             <wp:posOffset>4388307</wp:posOffset>
           </wp:positionH>
           <wp:positionV relativeFrom="paragraph">
             <wp:posOffset>-27355</wp:posOffset>
           </wp:positionV>
           <wp:extent cx="1897920" cy="384860"/>
           <wp:effectExtent l="0" t="0" r="7620" b="0"/>
           <wp:wrapNone/>
           <wp:docPr id="3" name="Bildobjekt 3">
             <a:extLst xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:ext uri="{C183D7F6-B498-43B3-948B-1728B52AA6E4}">
@@ -3257,73 +3858,73 @@
                   <a:xfrm>
                     <a:off x="0" y="0"/>
                     <a:ext cx="1953671" cy="396165"/>
                   </a:xfrm>
                   <a:prstGeom prst="rect">
                     <a:avLst/>
                   </a:prstGeom>
                 </pic:spPr>
               </pic:pic>
             </a:graphicData>
           </a:graphic>
           <wp14:sizeRelH relativeFrom="margin">
             <wp14:pctWidth>0</wp14:pctWidth>
           </wp14:sizeRelH>
           <wp14:sizeRelV relativeFrom="margin">
             <wp14:pctHeight>0</wp14:pctHeight>
           </wp14:sizeRelV>
         </wp:anchor>
       </w:drawing>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="51E0BC08" w14:textId="77777777" w:rsidR="00490A3F" w:rsidRDefault="00490A3F"/>
+    <w:p w14:paraId="5C5413A1" w14:textId="77777777" w:rsidR="00B61888" w:rsidRDefault="00B61888"/>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="00CF2095" w14:textId="77777777" w:rsidR="00490A3F" w:rsidRDefault="00490A3F">
+    <w:p w14:paraId="3157E912" w14:textId="77777777" w:rsidR="00B61888" w:rsidRDefault="00B61888">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationNotice" w:id="1">
-    <w:p w14:paraId="19413ECD" w14:textId="77777777" w:rsidR="00490A3F" w:rsidRDefault="00490A3F">
+    <w:p w14:paraId="360ADC29" w14:textId="77777777" w:rsidR="00B61888" w:rsidRDefault="00B61888">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="0B00EFCC" w14:textId="77777777" w:rsidR="0034374F" w:rsidRDefault="0034374F" w:rsidP="00413A60">
     <w:pPr>
       <w:pStyle w:val="Sidhuvud"/>
       <w:ind w:left="0" w:right="567"/>
     </w:pPr>
     <w:r w:rsidRPr="00762EE0">
       <w:rPr>
         <w:noProof/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
       <w:drawing>
         <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251674625" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="268FE892" wp14:editId="79D9E919">
           <wp:simplePos x="0" y="0"/>
           <wp:positionH relativeFrom="page">
             <wp:posOffset>17145</wp:posOffset>
           </wp:positionH>
           <wp:positionV relativeFrom="paragraph">
             <wp:posOffset>198755</wp:posOffset>
           </wp:positionV>
           <wp:extent cx="7559040" cy="215900"/>
           <wp:effectExtent l="0" t="0" r="3810" b="0"/>
           <wp:wrapNone/>
           <wp:docPr id="2" name="Bild 1">
             <a:extLst xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
@@ -3486,51 +4087,51 @@
                         <w:szCs w:val="20"/>
                       </w:rPr>
                       <w:t>OBS! Utskriven version kan vara ogiltig. Verifiera innehållet</w:t>
                     </w:r>
                     <w:r>
                       <w:rPr>
                         <w:sz w:val="20"/>
                         <w:szCs w:val="20"/>
                       </w:rPr>
                       <w:t>.</w:t>
                     </w:r>
                   </w:p>
                 </w:txbxContent>
               </v:textbox>
               <w10:wrap type="topAndBottom"/>
             </v:shape>
           </w:pict>
         </mc:Fallback>
       </mc:AlternateContent>
     </w:r>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="FFFFFF1D"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="FBCC56FC"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="0"/>
         </w:tabs>
         <w:ind w:left="0" w:firstLine="0"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
@@ -3630,51 +4231,51 @@
         <w:ind w:left="5400" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="5760"/>
         </w:tabs>
         <w:ind w:left="6120" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="1" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="FFFFFF89"/>
     <w:multiLevelType w:val="singleLevel"/>
-    <w:tmpl w:val="3C063CDC"/>
+    <w:tmpl w:val="6C0ECADA"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="360"/>
         </w:tabs>
         <w:ind w:left="360" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="2" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="05DF67F4"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="75525A52"/>
     <w:lvl w:ilvl="0" w:tplc="A0D81926">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
@@ -5740,50 +6341,163 @@
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6752" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="7472" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="20" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="7DB55A2E"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="C95A1EC6"/>
+    <w:lvl w:ilvl="0" w:tplc="041D0001">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1287" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="041D0003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2007" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="041D0005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2727" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="041D0001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3447" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="041D0003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4167" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="041D0005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4887" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="041D0001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5607" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="041D0003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6327" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="041D0005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="7047" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="21" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="7EA41BCB"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="CAEC6EFE"/>
     <w:lvl w:ilvl="0" w:tplc="041D0001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
@@ -5853,51 +6567,51 @@
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1" w16cid:durableId="1575772347">
-    <w:abstractNumId w:val="20"/>
+    <w:abstractNumId w:val="21"/>
   </w:num>
   <w:num w:numId="2" w16cid:durableId="692069765">
     <w:abstractNumId w:val="17"/>
   </w:num>
   <w:num w:numId="3" w16cid:durableId="126777474">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="4" w16cid:durableId="11734611">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="5" w16cid:durableId="1856767104">
     <w:abstractNumId w:val="18"/>
   </w:num>
   <w:num w:numId="6" w16cid:durableId="665745768">
     <w:abstractNumId w:val="2"/>
   </w:num>
   <w:num w:numId="7" w16cid:durableId="208538411">
     <w:abstractNumId w:val="13"/>
   </w:num>
   <w:num w:numId="8" w16cid:durableId="1609586049">
     <w:abstractNumId w:val="10"/>
   </w:num>
   <w:num w:numId="9" w16cid:durableId="1869022568">
     <w:abstractNumId w:val="1"/>
   </w:num>
@@ -5918,584 +6632,720 @@
   </w:num>
   <w:num w:numId="15" w16cid:durableId="1799100606">
     <w:abstractNumId w:val="7"/>
   </w:num>
   <w:num w:numId="16" w16cid:durableId="2089228532">
     <w:abstractNumId w:val="14"/>
   </w:num>
   <w:num w:numId="17" w16cid:durableId="726801962">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="18" w16cid:durableId="1995840623">
     <w:abstractNumId w:val="12"/>
   </w:num>
   <w:num w:numId="19" w16cid:durableId="1571765398">
     <w:abstractNumId w:val="19"/>
   </w:num>
   <w:num w:numId="20" w16cid:durableId="713116740">
     <w:abstractNumId w:val="8"/>
   </w:num>
   <w:num w:numId="21" w16cid:durableId="764158131">
     <w:abstractNumId w:val="9"/>
   </w:num>
   <w:num w:numId="22" w16cid:durableId="541093954">
     <w:abstractNumId w:val="16"/>
   </w:num>
+  <w:num w:numId="23" w16cid:durableId="1326397066">
+    <w:abstractNumId w:val="20"/>
+  </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:zoom w:percent="120"/>
-  <w:removePersonalInformation/>
-  <w:removeDateAndTime/>
   <w:embedSystemFonts/>
-  <w:proofState w:spelling="clean" w:grammar="clean"/>
+  <w:proofState w:spelling="clean"/>
   <w:stylePaneFormatFilter w:val="D804" w:allStyles="0" w:customStyles="0" w:latentStyles="1" w:stylesInUse="0" w:headingStyles="0" w:numberingStyles="0" w:tableStyles="0" w:directFormattingOnRuns="0" w:directFormattingOnParagraphs="0" w:directFormattingOnNumbering="0" w:directFormattingOnTables="1" w:clearFormatting="1" w:top3HeadingStyles="0" w:visibleStyles="1" w:alternateStyleNames="1"/>
   <w:documentProtection w:formatting="1" w:enforcement="0"/>
   <w:styleLockTheme/>
   <w:styleLockQFSet/>
   <w:defaultTabStop w:val="1304"/>
   <w:hyphenationZone w:val="425"/>
   <w:displayHorizontalDrawingGridEvery w:val="0"/>
   <w:displayVerticalDrawingGridEvery w:val="0"/>
   <w:doNotUseMarginsForDrawingGridOrigin/>
   <w:noPunctuationKerning/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050" strokecolor="#4a773c">
       <v:stroke color="#4a773c" weight="1pt"/>
       <v:shadow opacity="24903f" origin=",.5" offset="0,.55556mm"/>
       <o:colormru v:ext="edit" colors="#4a773c"/>
     </o:shapedefaults>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
     <w:footnote w:id="1"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
     <w:endnote w:id="1"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00B75EDE"/>
     <w:rsid w:val="000051D5"/>
     <w:rsid w:val="00006D2A"/>
     <w:rsid w:val="00010D47"/>
     <w:rsid w:val="00016CF0"/>
     <w:rsid w:val="00030DDD"/>
     <w:rsid w:val="000313BB"/>
     <w:rsid w:val="00033ED5"/>
+    <w:rsid w:val="00035DE9"/>
+    <w:rsid w:val="00036053"/>
     <w:rsid w:val="00050500"/>
     <w:rsid w:val="0005691C"/>
     <w:rsid w:val="00056ECB"/>
     <w:rsid w:val="00056ED5"/>
     <w:rsid w:val="00061969"/>
     <w:rsid w:val="000655CC"/>
     <w:rsid w:val="000700AE"/>
+    <w:rsid w:val="00081A3D"/>
     <w:rsid w:val="00084024"/>
     <w:rsid w:val="0009062C"/>
     <w:rsid w:val="00095368"/>
     <w:rsid w:val="000954C4"/>
     <w:rsid w:val="000A611A"/>
     <w:rsid w:val="000B12D9"/>
     <w:rsid w:val="000B4536"/>
     <w:rsid w:val="000B7715"/>
     <w:rsid w:val="000D21AD"/>
     <w:rsid w:val="000E463B"/>
     <w:rsid w:val="000E5A7E"/>
+    <w:rsid w:val="000F354D"/>
+    <w:rsid w:val="000F42BF"/>
     <w:rsid w:val="000F43A3"/>
     <w:rsid w:val="000F7681"/>
     <w:rsid w:val="00103031"/>
     <w:rsid w:val="001044FE"/>
+    <w:rsid w:val="001074DF"/>
     <w:rsid w:val="00113921"/>
     <w:rsid w:val="001139D4"/>
+    <w:rsid w:val="00120B37"/>
     <w:rsid w:val="00131B08"/>
     <w:rsid w:val="00132A59"/>
     <w:rsid w:val="00133337"/>
     <w:rsid w:val="00133A0F"/>
     <w:rsid w:val="0013580F"/>
     <w:rsid w:val="00137B6D"/>
     <w:rsid w:val="0014070B"/>
     <w:rsid w:val="001422C1"/>
+    <w:rsid w:val="001423A4"/>
     <w:rsid w:val="001522AE"/>
     <w:rsid w:val="00157D5B"/>
     <w:rsid w:val="00161FE6"/>
     <w:rsid w:val="00164C3D"/>
     <w:rsid w:val="00166D3A"/>
     <w:rsid w:val="0017508E"/>
     <w:rsid w:val="00181982"/>
     <w:rsid w:val="00181FDC"/>
     <w:rsid w:val="00184167"/>
     <w:rsid w:val="001860B9"/>
     <w:rsid w:val="00186F2B"/>
     <w:rsid w:val="001874D6"/>
+    <w:rsid w:val="00196186"/>
     <w:rsid w:val="0019632A"/>
     <w:rsid w:val="001A4E7C"/>
+    <w:rsid w:val="001A7950"/>
+    <w:rsid w:val="001B35BA"/>
     <w:rsid w:val="001B762C"/>
     <w:rsid w:val="001C4D0A"/>
     <w:rsid w:val="001C5FEF"/>
+    <w:rsid w:val="001D353A"/>
     <w:rsid w:val="001E3789"/>
+    <w:rsid w:val="001F02FD"/>
+    <w:rsid w:val="001F6BF5"/>
     <w:rsid w:val="00211487"/>
     <w:rsid w:val="00211D91"/>
     <w:rsid w:val="00217DEC"/>
+    <w:rsid w:val="002236A9"/>
     <w:rsid w:val="00235B57"/>
+    <w:rsid w:val="00237899"/>
     <w:rsid w:val="00250F24"/>
     <w:rsid w:val="002523C5"/>
     <w:rsid w:val="0025380B"/>
     <w:rsid w:val="0025703A"/>
     <w:rsid w:val="00262F3D"/>
     <w:rsid w:val="00263281"/>
     <w:rsid w:val="002651D6"/>
     <w:rsid w:val="0026551F"/>
+    <w:rsid w:val="00265B3F"/>
+    <w:rsid w:val="002661A4"/>
     <w:rsid w:val="00270FA8"/>
     <w:rsid w:val="00280A85"/>
+    <w:rsid w:val="00283D99"/>
     <w:rsid w:val="00284119"/>
     <w:rsid w:val="00290B5C"/>
     <w:rsid w:val="00294791"/>
     <w:rsid w:val="002A1C4F"/>
     <w:rsid w:val="002A35F2"/>
     <w:rsid w:val="002A7450"/>
     <w:rsid w:val="002B0B30"/>
     <w:rsid w:val="002B0C78"/>
+    <w:rsid w:val="002B28AF"/>
     <w:rsid w:val="002C0C02"/>
     <w:rsid w:val="002C1277"/>
+    <w:rsid w:val="002C1E13"/>
     <w:rsid w:val="002C60AD"/>
+    <w:rsid w:val="002D039A"/>
     <w:rsid w:val="002D0E0E"/>
     <w:rsid w:val="002D6023"/>
     <w:rsid w:val="002E263F"/>
     <w:rsid w:val="002E6F81"/>
     <w:rsid w:val="002F08BA"/>
     <w:rsid w:val="002F2CFF"/>
     <w:rsid w:val="002F568B"/>
+    <w:rsid w:val="002F6426"/>
+    <w:rsid w:val="002F6C3C"/>
     <w:rsid w:val="002F7818"/>
     <w:rsid w:val="003066D0"/>
     <w:rsid w:val="00311401"/>
     <w:rsid w:val="003203D7"/>
     <w:rsid w:val="00320F86"/>
     <w:rsid w:val="00321AFC"/>
     <w:rsid w:val="00324171"/>
     <w:rsid w:val="00326C24"/>
     <w:rsid w:val="0033264E"/>
+    <w:rsid w:val="00336385"/>
     <w:rsid w:val="00337F99"/>
     <w:rsid w:val="003410BD"/>
     <w:rsid w:val="0034307B"/>
     <w:rsid w:val="0034374F"/>
     <w:rsid w:val="00345EB1"/>
+    <w:rsid w:val="00347A9B"/>
     <w:rsid w:val="00350CC4"/>
     <w:rsid w:val="00360E0D"/>
     <w:rsid w:val="0036357D"/>
     <w:rsid w:val="0036594C"/>
     <w:rsid w:val="00367D19"/>
     <w:rsid w:val="00371BED"/>
+    <w:rsid w:val="003721B6"/>
     <w:rsid w:val="00384019"/>
     <w:rsid w:val="003854F1"/>
     <w:rsid w:val="0039118E"/>
     <w:rsid w:val="00397F54"/>
     <w:rsid w:val="003A0D43"/>
+    <w:rsid w:val="003A21A0"/>
+    <w:rsid w:val="003B20BA"/>
     <w:rsid w:val="003B2A4B"/>
     <w:rsid w:val="003D099E"/>
     <w:rsid w:val="003D21A2"/>
+    <w:rsid w:val="003D27C2"/>
     <w:rsid w:val="003D29D2"/>
     <w:rsid w:val="003D5E6D"/>
     <w:rsid w:val="003D6DF1"/>
     <w:rsid w:val="003E0705"/>
     <w:rsid w:val="003E2FF7"/>
     <w:rsid w:val="003F1013"/>
     <w:rsid w:val="003F1ACF"/>
     <w:rsid w:val="00404948"/>
     <w:rsid w:val="00406BEA"/>
     <w:rsid w:val="00413A60"/>
     <w:rsid w:val="004230F7"/>
+    <w:rsid w:val="00426DCE"/>
     <w:rsid w:val="0043167E"/>
     <w:rsid w:val="0043409A"/>
     <w:rsid w:val="00436453"/>
+    <w:rsid w:val="00436683"/>
+    <w:rsid w:val="0044129B"/>
     <w:rsid w:val="00446255"/>
     <w:rsid w:val="00451935"/>
     <w:rsid w:val="00460ED0"/>
     <w:rsid w:val="00465651"/>
     <w:rsid w:val="00470CE7"/>
     <w:rsid w:val="00470F4F"/>
     <w:rsid w:val="00472482"/>
     <w:rsid w:val="00480DC7"/>
+    <w:rsid w:val="00483CB0"/>
     <w:rsid w:val="004876F6"/>
     <w:rsid w:val="00490A3F"/>
     <w:rsid w:val="0049236A"/>
     <w:rsid w:val="00492718"/>
+    <w:rsid w:val="00493753"/>
+    <w:rsid w:val="00497BDD"/>
     <w:rsid w:val="004A355D"/>
+    <w:rsid w:val="004A35E0"/>
     <w:rsid w:val="004A4970"/>
     <w:rsid w:val="004B2183"/>
     <w:rsid w:val="004B2A01"/>
     <w:rsid w:val="004C3536"/>
+    <w:rsid w:val="004C49FD"/>
+    <w:rsid w:val="004D6705"/>
     <w:rsid w:val="004D7BA3"/>
     <w:rsid w:val="004F4518"/>
     <w:rsid w:val="004F4C62"/>
     <w:rsid w:val="00501433"/>
     <w:rsid w:val="00511CC4"/>
+    <w:rsid w:val="0051362A"/>
     <w:rsid w:val="005137FC"/>
     <w:rsid w:val="00531E60"/>
     <w:rsid w:val="00541D07"/>
     <w:rsid w:val="00544BAB"/>
     <w:rsid w:val="00545F31"/>
     <w:rsid w:val="005578FA"/>
     <w:rsid w:val="00565129"/>
     <w:rsid w:val="00565CD0"/>
     <w:rsid w:val="00567820"/>
     <w:rsid w:val="005770AD"/>
     <w:rsid w:val="00581414"/>
     <w:rsid w:val="00582490"/>
+    <w:rsid w:val="005839A1"/>
     <w:rsid w:val="00597E28"/>
     <w:rsid w:val="005A54ED"/>
     <w:rsid w:val="005A5D5B"/>
     <w:rsid w:val="005A6081"/>
     <w:rsid w:val="005A627D"/>
+    <w:rsid w:val="005B75DB"/>
     <w:rsid w:val="005C0045"/>
     <w:rsid w:val="005C084E"/>
     <w:rsid w:val="005C4606"/>
+    <w:rsid w:val="005C79E5"/>
     <w:rsid w:val="005D0B0C"/>
     <w:rsid w:val="005E02B3"/>
+    <w:rsid w:val="005E0C50"/>
     <w:rsid w:val="005E1E24"/>
     <w:rsid w:val="0060596B"/>
     <w:rsid w:val="00606D97"/>
     <w:rsid w:val="00614E64"/>
     <w:rsid w:val="00617710"/>
     <w:rsid w:val="00617EE6"/>
     <w:rsid w:val="0062184C"/>
     <w:rsid w:val="00623724"/>
+    <w:rsid w:val="00625B8C"/>
     <w:rsid w:val="00627BEA"/>
     <w:rsid w:val="006319DB"/>
+    <w:rsid w:val="006339BE"/>
+    <w:rsid w:val="006464FB"/>
     <w:rsid w:val="0065595B"/>
     <w:rsid w:val="00656DCD"/>
     <w:rsid w:val="00660269"/>
     <w:rsid w:val="00665F89"/>
     <w:rsid w:val="00673C92"/>
     <w:rsid w:val="006753EC"/>
     <w:rsid w:val="00685193"/>
     <w:rsid w:val="006A2789"/>
     <w:rsid w:val="006A4978"/>
     <w:rsid w:val="006A7261"/>
     <w:rsid w:val="006B0D29"/>
     <w:rsid w:val="006B1819"/>
     <w:rsid w:val="006C5048"/>
     <w:rsid w:val="006C6A4B"/>
     <w:rsid w:val="006C779F"/>
     <w:rsid w:val="006D01F5"/>
     <w:rsid w:val="006D0CFB"/>
     <w:rsid w:val="006D30C0"/>
     <w:rsid w:val="006D7535"/>
+    <w:rsid w:val="006E0AD0"/>
     <w:rsid w:val="006E450B"/>
     <w:rsid w:val="006F0D7E"/>
+    <w:rsid w:val="007077D1"/>
     <w:rsid w:val="00710B77"/>
+    <w:rsid w:val="00711B62"/>
     <w:rsid w:val="007155D5"/>
     <w:rsid w:val="0072075B"/>
     <w:rsid w:val="007221C2"/>
     <w:rsid w:val="00730955"/>
     <w:rsid w:val="00733A9C"/>
     <w:rsid w:val="00736574"/>
     <w:rsid w:val="007367E0"/>
     <w:rsid w:val="00737215"/>
+    <w:rsid w:val="00737E07"/>
     <w:rsid w:val="007435E8"/>
     <w:rsid w:val="00754905"/>
     <w:rsid w:val="00760038"/>
     <w:rsid w:val="00762EE0"/>
+    <w:rsid w:val="007638AA"/>
     <w:rsid w:val="00765C41"/>
     <w:rsid w:val="00770B90"/>
     <w:rsid w:val="00771100"/>
     <w:rsid w:val="007759DD"/>
     <w:rsid w:val="0078609F"/>
     <w:rsid w:val="007917BA"/>
+    <w:rsid w:val="007A161F"/>
     <w:rsid w:val="007A334E"/>
     <w:rsid w:val="007A5C6F"/>
+    <w:rsid w:val="007B6ADF"/>
+    <w:rsid w:val="007C3E46"/>
     <w:rsid w:val="007D4241"/>
     <w:rsid w:val="007D4317"/>
     <w:rsid w:val="007D4EA3"/>
+    <w:rsid w:val="007E229F"/>
     <w:rsid w:val="007E5EB6"/>
+    <w:rsid w:val="007E6476"/>
     <w:rsid w:val="007F1CFF"/>
+    <w:rsid w:val="007F31E3"/>
     <w:rsid w:val="007F5DD5"/>
+    <w:rsid w:val="008018F1"/>
     <w:rsid w:val="00821A1B"/>
+    <w:rsid w:val="00822D13"/>
     <w:rsid w:val="008262E9"/>
     <w:rsid w:val="00827E69"/>
     <w:rsid w:val="00835C4D"/>
+    <w:rsid w:val="008428D4"/>
     <w:rsid w:val="00843F48"/>
+    <w:rsid w:val="00847995"/>
     <w:rsid w:val="00851423"/>
     <w:rsid w:val="008569C6"/>
     <w:rsid w:val="00857848"/>
     <w:rsid w:val="008654B6"/>
     <w:rsid w:val="0087139C"/>
     <w:rsid w:val="00873419"/>
     <w:rsid w:val="00880E83"/>
+    <w:rsid w:val="00891519"/>
     <w:rsid w:val="00892F28"/>
     <w:rsid w:val="008A0C5F"/>
     <w:rsid w:val="008A3DEA"/>
     <w:rsid w:val="008A4EB9"/>
     <w:rsid w:val="008A74C0"/>
     <w:rsid w:val="008B1694"/>
     <w:rsid w:val="008C4B27"/>
     <w:rsid w:val="008C7F0C"/>
     <w:rsid w:val="008C7F2A"/>
     <w:rsid w:val="008D4B13"/>
     <w:rsid w:val="008E36F8"/>
     <w:rsid w:val="008E46B2"/>
     <w:rsid w:val="008E682C"/>
     <w:rsid w:val="008E78A1"/>
     <w:rsid w:val="008F589F"/>
     <w:rsid w:val="009008BB"/>
+    <w:rsid w:val="0090211C"/>
     <w:rsid w:val="00906238"/>
     <w:rsid w:val="00907EF9"/>
     <w:rsid w:val="00911231"/>
     <w:rsid w:val="0091295C"/>
     <w:rsid w:val="00914D58"/>
+    <w:rsid w:val="0091631F"/>
     <w:rsid w:val="00921F47"/>
     <w:rsid w:val="009228AB"/>
     <w:rsid w:val="0093085B"/>
     <w:rsid w:val="00931C57"/>
     <w:rsid w:val="009347A5"/>
     <w:rsid w:val="0093506B"/>
     <w:rsid w:val="00942257"/>
+    <w:rsid w:val="0094372A"/>
     <w:rsid w:val="009471BF"/>
     <w:rsid w:val="00950E4E"/>
     <w:rsid w:val="009529BD"/>
     <w:rsid w:val="009533B4"/>
     <w:rsid w:val="00957D35"/>
+    <w:rsid w:val="00961210"/>
+    <w:rsid w:val="0096168D"/>
     <w:rsid w:val="00971D93"/>
+    <w:rsid w:val="00986846"/>
     <w:rsid w:val="009A07DC"/>
     <w:rsid w:val="009A32ED"/>
     <w:rsid w:val="009B1F6B"/>
     <w:rsid w:val="009C0D12"/>
     <w:rsid w:val="009C192E"/>
     <w:rsid w:val="009C2E3E"/>
+    <w:rsid w:val="009C4C20"/>
     <w:rsid w:val="009C6C0C"/>
+    <w:rsid w:val="009D3F10"/>
     <w:rsid w:val="009D6819"/>
     <w:rsid w:val="009D6D1C"/>
     <w:rsid w:val="009E0CF9"/>
+    <w:rsid w:val="009E1AE7"/>
     <w:rsid w:val="009E531B"/>
     <w:rsid w:val="009E6C56"/>
     <w:rsid w:val="009E7DCF"/>
     <w:rsid w:val="009F4A56"/>
     <w:rsid w:val="009F4E65"/>
     <w:rsid w:val="00A006A5"/>
     <w:rsid w:val="00A05942"/>
     <w:rsid w:val="00A07BEC"/>
+    <w:rsid w:val="00A25026"/>
     <w:rsid w:val="00A264BE"/>
     <w:rsid w:val="00A272CA"/>
+    <w:rsid w:val="00A27B44"/>
     <w:rsid w:val="00A33051"/>
+    <w:rsid w:val="00A330AC"/>
     <w:rsid w:val="00A407AD"/>
     <w:rsid w:val="00A40923"/>
+    <w:rsid w:val="00A409AA"/>
     <w:rsid w:val="00A41C05"/>
     <w:rsid w:val="00A42426"/>
     <w:rsid w:val="00A514B7"/>
     <w:rsid w:val="00A54A0B"/>
+    <w:rsid w:val="00A608E5"/>
     <w:rsid w:val="00A65FD4"/>
+    <w:rsid w:val="00A708C3"/>
+    <w:rsid w:val="00A7663F"/>
     <w:rsid w:val="00A81198"/>
     <w:rsid w:val="00A81E48"/>
     <w:rsid w:val="00A82035"/>
+    <w:rsid w:val="00A90386"/>
     <w:rsid w:val="00A90D77"/>
     <w:rsid w:val="00A92E07"/>
+    <w:rsid w:val="00A94B8B"/>
     <w:rsid w:val="00AA0B3A"/>
     <w:rsid w:val="00AA4156"/>
     <w:rsid w:val="00AA6EB4"/>
     <w:rsid w:val="00AA767D"/>
     <w:rsid w:val="00AB0CC9"/>
     <w:rsid w:val="00AC3FF6"/>
     <w:rsid w:val="00AD73EC"/>
     <w:rsid w:val="00AD7AD5"/>
     <w:rsid w:val="00AE5BC7"/>
     <w:rsid w:val="00AF5AAF"/>
+    <w:rsid w:val="00AF7332"/>
     <w:rsid w:val="00B046D8"/>
     <w:rsid w:val="00B13F4C"/>
     <w:rsid w:val="00B16219"/>
     <w:rsid w:val="00B16C59"/>
+    <w:rsid w:val="00B33224"/>
     <w:rsid w:val="00B33FDD"/>
     <w:rsid w:val="00B359CC"/>
     <w:rsid w:val="00B36107"/>
     <w:rsid w:val="00B405A1"/>
     <w:rsid w:val="00B41789"/>
     <w:rsid w:val="00B46C03"/>
+    <w:rsid w:val="00B5378C"/>
     <w:rsid w:val="00B60C6C"/>
+    <w:rsid w:val="00B61888"/>
     <w:rsid w:val="00B619A9"/>
     <w:rsid w:val="00B65A9D"/>
     <w:rsid w:val="00B66D60"/>
     <w:rsid w:val="00B75EDE"/>
     <w:rsid w:val="00B77D88"/>
     <w:rsid w:val="00B77FAF"/>
+    <w:rsid w:val="00B83E4D"/>
     <w:rsid w:val="00B84336"/>
     <w:rsid w:val="00B851B9"/>
     <w:rsid w:val="00B86453"/>
     <w:rsid w:val="00B874F4"/>
     <w:rsid w:val="00B90054"/>
     <w:rsid w:val="00B92C14"/>
     <w:rsid w:val="00B96AFF"/>
     <w:rsid w:val="00BA0066"/>
+    <w:rsid w:val="00BA36FF"/>
     <w:rsid w:val="00BA3FD9"/>
+    <w:rsid w:val="00BA411F"/>
+    <w:rsid w:val="00BB6778"/>
     <w:rsid w:val="00BB69DB"/>
+    <w:rsid w:val="00BC1D6B"/>
     <w:rsid w:val="00BC322E"/>
     <w:rsid w:val="00BC44CD"/>
     <w:rsid w:val="00BC48A6"/>
+    <w:rsid w:val="00BD7B65"/>
     <w:rsid w:val="00BE7978"/>
     <w:rsid w:val="00C01F0D"/>
     <w:rsid w:val="00C07DDB"/>
     <w:rsid w:val="00C13496"/>
+    <w:rsid w:val="00C246F2"/>
+    <w:rsid w:val="00C363FC"/>
     <w:rsid w:val="00C4115D"/>
     <w:rsid w:val="00C43BDD"/>
+    <w:rsid w:val="00C44DB8"/>
     <w:rsid w:val="00C47778"/>
     <w:rsid w:val="00C5011E"/>
     <w:rsid w:val="00C50EE5"/>
     <w:rsid w:val="00C5240A"/>
+    <w:rsid w:val="00C525F6"/>
     <w:rsid w:val="00C5398F"/>
     <w:rsid w:val="00C556F5"/>
     <w:rsid w:val="00C70E19"/>
     <w:rsid w:val="00C72574"/>
+    <w:rsid w:val="00C728FB"/>
     <w:rsid w:val="00C7430C"/>
+    <w:rsid w:val="00C75292"/>
     <w:rsid w:val="00C85DA1"/>
     <w:rsid w:val="00C9071C"/>
     <w:rsid w:val="00C908FF"/>
+    <w:rsid w:val="00C9239D"/>
+    <w:rsid w:val="00C92F41"/>
     <w:rsid w:val="00C97BD3"/>
     <w:rsid w:val="00CA39EF"/>
     <w:rsid w:val="00CA521F"/>
     <w:rsid w:val="00CA756F"/>
     <w:rsid w:val="00CB0493"/>
     <w:rsid w:val="00CB17FF"/>
+    <w:rsid w:val="00CB1836"/>
     <w:rsid w:val="00CB1ED7"/>
+    <w:rsid w:val="00CC033C"/>
     <w:rsid w:val="00CC167C"/>
+    <w:rsid w:val="00CC2807"/>
     <w:rsid w:val="00CC52D9"/>
     <w:rsid w:val="00CD6647"/>
     <w:rsid w:val="00CE4B73"/>
+    <w:rsid w:val="00CF4352"/>
+    <w:rsid w:val="00CF6BF1"/>
     <w:rsid w:val="00CF70BB"/>
     <w:rsid w:val="00D074DB"/>
+    <w:rsid w:val="00D10C42"/>
     <w:rsid w:val="00D130E9"/>
     <w:rsid w:val="00D139CF"/>
     <w:rsid w:val="00D20779"/>
+    <w:rsid w:val="00D248B7"/>
+    <w:rsid w:val="00D252B8"/>
+    <w:rsid w:val="00D25944"/>
     <w:rsid w:val="00D37E7F"/>
     <w:rsid w:val="00D47AD7"/>
+    <w:rsid w:val="00D507D8"/>
     <w:rsid w:val="00D51529"/>
     <w:rsid w:val="00D67C88"/>
     <w:rsid w:val="00D85218"/>
     <w:rsid w:val="00D915B1"/>
     <w:rsid w:val="00DA299D"/>
+    <w:rsid w:val="00DA6170"/>
     <w:rsid w:val="00DA65C4"/>
+    <w:rsid w:val="00DA6912"/>
+    <w:rsid w:val="00DD5614"/>
     <w:rsid w:val="00DE4447"/>
     <w:rsid w:val="00DE5DA2"/>
     <w:rsid w:val="00DE63C6"/>
     <w:rsid w:val="00DF0033"/>
     <w:rsid w:val="00E026BF"/>
     <w:rsid w:val="00E07B1B"/>
     <w:rsid w:val="00E11853"/>
     <w:rsid w:val="00E20A29"/>
+    <w:rsid w:val="00E50238"/>
     <w:rsid w:val="00E52A86"/>
     <w:rsid w:val="00E54B47"/>
     <w:rsid w:val="00E553BF"/>
     <w:rsid w:val="00E55D93"/>
     <w:rsid w:val="00E61294"/>
     <w:rsid w:val="00E7237C"/>
+    <w:rsid w:val="00E74A05"/>
     <w:rsid w:val="00E77C46"/>
     <w:rsid w:val="00E77E39"/>
     <w:rsid w:val="00E86CE8"/>
     <w:rsid w:val="00E90E82"/>
+    <w:rsid w:val="00E97383"/>
     <w:rsid w:val="00EA00CB"/>
     <w:rsid w:val="00EA1BAA"/>
     <w:rsid w:val="00EA3FCD"/>
     <w:rsid w:val="00EA42A0"/>
+    <w:rsid w:val="00EB184E"/>
     <w:rsid w:val="00EB6714"/>
     <w:rsid w:val="00EC0A68"/>
     <w:rsid w:val="00EC3C32"/>
+    <w:rsid w:val="00EC407B"/>
     <w:rsid w:val="00EC5006"/>
     <w:rsid w:val="00ED49C3"/>
     <w:rsid w:val="00ED6CE8"/>
+    <w:rsid w:val="00ED7A2A"/>
     <w:rsid w:val="00ED7AA6"/>
     <w:rsid w:val="00EE2A56"/>
     <w:rsid w:val="00EE3818"/>
+    <w:rsid w:val="00EE3DFC"/>
+    <w:rsid w:val="00EF179D"/>
+    <w:rsid w:val="00F020B0"/>
+    <w:rsid w:val="00F10609"/>
+    <w:rsid w:val="00F11239"/>
+    <w:rsid w:val="00F13492"/>
     <w:rsid w:val="00F147A7"/>
+    <w:rsid w:val="00F15A7F"/>
+    <w:rsid w:val="00F16D8A"/>
     <w:rsid w:val="00F22264"/>
     <w:rsid w:val="00F236F8"/>
     <w:rsid w:val="00F2564D"/>
     <w:rsid w:val="00F35B05"/>
     <w:rsid w:val="00F413D9"/>
     <w:rsid w:val="00F5135F"/>
     <w:rsid w:val="00F51F78"/>
+    <w:rsid w:val="00F55458"/>
+    <w:rsid w:val="00F7181E"/>
+    <w:rsid w:val="00F71D30"/>
     <w:rsid w:val="00F86F47"/>
     <w:rsid w:val="00F90B64"/>
     <w:rsid w:val="00F91867"/>
+    <w:rsid w:val="00FA3BCF"/>
+    <w:rsid w:val="00FA6603"/>
     <w:rsid w:val="00FB2F0F"/>
     <w:rsid w:val="00FB5086"/>
     <w:rsid w:val="00FB5411"/>
     <w:rsid w:val="00FB6392"/>
+    <w:rsid w:val="00FC02F4"/>
     <w:rsid w:val="00FC4F36"/>
     <w:rsid w:val="00FD3C70"/>
     <w:rsid w:val="00FD6820"/>
     <w:rsid w:val="00FE12D8"/>
+    <w:rsid w:val="00FE480F"/>
     <w:rsid w:val="00FF7C02"/>
     <w:rsid w:val="024801E3"/>
     <w:rsid w:val="647B2B65"/>
+    <w:rsid w:val="64FC96BA"/>
     <w:rsid w:val="6B2CF8ED"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="sv-SE" w:eastAsia="ja-JP"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:doNotIncludeSubdocsInStats/>
   <w:doNotAutoCompressPictures/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050" strokecolor="#4a773c">
       <v:stroke color="#4a773c" weight="1pt"/>
       <v:shadow opacity="24903f" origin=",.5" offset="0,.55556mm"/>
       <o:colormru v:ext="edit" colors="#4a773c"/>
     </o:shapedefaults>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="2"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:doNotEmbedSmartTags/>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
   <w14:docId w14:val="7082E010"/>
   <w14:defaultImageDpi w14:val="330"/>
+  <w15:docId w15:val="{E1AE56CA-76ED-43CE-816F-F6BB3BBF5C49}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         <w:lang w:val="sv-SE" w:eastAsia="sv-SE" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault/>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="3" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="3" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:locked="1" w:semiHidden="1" w:uiPriority="3" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="index 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
@@ -9005,55 +9855,88 @@
   </w:style>
   <w:style w:type="character" w:styleId="AnvndHyperlnk">
     <w:name w:val="FollowedHyperlink"/>
     <w:basedOn w:val="Standardstycketeckensnitt"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00436453"/>
     <w:rPr>
       <w:color w:val="9EA2A2" w:themeColor="followedHyperlink"/>
       <w:u w:val="single"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="Olstomnmnande">
     <w:name w:val="Unresolved Mention"/>
     <w:basedOn w:val="Standardstycketeckensnitt"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00B874F4"/>
     <w:rPr>
       <w:color w:val="605E5C"/>
       <w:shd w:val="clear" w:color="auto" w:fill="E1DFDD"/>
     </w:rPr>
   </w:style>
+  <w:style w:type="paragraph" w:styleId="Kommentarer">
+    <w:name w:val="annotation text"/>
+    <w:basedOn w:val="Normal"/>
+    <w:link w:val="KommentarerChar"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:pPr>
+      <w:spacing w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="20"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="KommentarerChar">
+    <w:name w:val="Kommentarer Char"/>
+    <w:basedOn w:val="Standardstycketeckensnitt"/>
+    <w:link w:val="Kommentarer"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+  </w:style>
+  <w:style w:type="character" w:styleId="Kommentarsreferens">
+    <w:name w:val="annotation reference"/>
+    <w:basedOn w:val="Standardstycketeckensnitt"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rPr>
+      <w:sz w:val="16"/>
+      <w:szCs w:val="16"/>
+    </w:rPr>
+  </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:divs>
     <w:div w:id="198055238">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="218060363">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
@@ -9068,51 +9951,51 @@
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="1230919038">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
   </w:divs>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
-<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.folkhalsomyndigheten.se/mikrobiologi-laboratorieanalyser/laboratorieanalyser-och-tjanster/analyskatalog/pcr/orthopoxvirus/" TargetMode="External" Id="rId8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.folkhalsomyndigheten.se/smittskydd-beredskap/smittsamma-sjukdomar/mpox/" TargetMode="External" Id="rId13" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.riksdagen.se/sv/dokument-och-lagar/dokument/svensk-forfattningssamling/patientsakerhetslag-2010659_sfs-2010-659/" TargetMode="External" Id="rId18" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml" Id="rId26" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.socialstyrelsen.se/kunskapsstod-och-regler/regler-och-riktlinjer/foreskrifter-och-allmanna-rad/konsoliderade-foreskrifter/200526-om-hantering-av-smittforande-avfall-fran-halso--och-sjukvarden/" TargetMode="External" Id="rId21" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml" Id="rId7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.folkhalsomyndigheten.se/smittskydd-beredskap/smittsamma-sjukdomar/mpox/for-personal-pa-laboratorier/" TargetMode="External" Id="rId12" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.msb.se/" TargetMode="External" Id="rId17" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml" Id="rId25" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml" Id="rId2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.folkhalsomyndigheten.se/globalassets/laboratorieanalys/biosakerhet-bioskydd/sakerhetsdatablad-smittamnen---apkoppsvirus.pdf" TargetMode="External" Id="rId16" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://slf.se/smittskyddslakarforeningen/smittskyddsblad/" TargetMode="External" Id="rId20" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml" Id="rId6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.folkhalsomyndigheten.se/smittskydd-beredskap/utbrott/aktuella-utbrott/mpox-centrala-och-sodra-afrika-2024/" TargetMode="External" Id="rId11" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://service.vgregion.se/RNS/prodnarservice/tvatt/instruktioner/" TargetMode="External" Id="rId24" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml" Id="rId5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.folkhalsomyndigheten.se/contentassets/53d7336b2e0b4137b728123d072c58b2/packa-provet-ratt.pdf" TargetMode="External" Id="rId15" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mellanarkivoffentlig.vgregion.se/alfresco/s/archive/stream/public/v1/source/available/sofia/sl1175412472411852/surrogate/Regiongemensamma%20regler%20om%20farligt%20gods%2c%20avfall.pdf" TargetMode="External" Id="rId23" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml" Id="rId28" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.av.se/arbetsmiljoarbete-och-inspektioner/publikationer/foreskrifter/smittrisker-afs-20184/" TargetMode="External" Id="rId10" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.riksdagen.se/sv/dokument-och-lagar/dokument/svensk-forfattningssamling/smittskyddslag-2004168_sfs-2004-168/" TargetMode="External" Id="rId19" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml" Id="rId4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://medcontrol.vgregion.se/siteminderagent/forms/VGR_loginval.1.2.sfcc?TYPE=33554433&amp;REALMOID=06-6bd126c9-fa3d-411f-877d-007416042f54&amp;GUID=&amp;SMAUTHREASON=0&amp;METHOD=GET&amp;SMAGENTNAME=-SM-MedControl%20PRO%3ap%3aw%3ax&amp;TARGET=-SM-https%3a%2f%2fmedcontrol%2evgregion%2ese%2f" TargetMode="External" Id="rId9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.folkhalsomyndigheten.se/publikationer-och-material/publikationsarkiv/v/vagledning-for-vardhygieniska-rutiner-i-sjukvarden-gallande-mpox/" TargetMode="External" Id="rId14" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vardhandboken.se/vardhygien-infektioner-och-smittspridning/vardhygien/basala-hygienrutiner-och-kladregler/" TargetMode="External" Id="rId22" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml" Id="rId27" /></Relationships>
+<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml" Id="rId8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://medcontrol.vgregion.se/" TargetMode="External" Id="rId13" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.folkhalsomyndigheten.se/contentassets/53d7336b2e0b4137b728123d072c58b2/packa-provet-ratt.pdf" TargetMode="External" Id="rId18" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml" Id="rId26" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://slf.se/smittskyddslakarforeningen/smittskyddsblad/" TargetMode="External" Id="rId21" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml" Id="rId7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.folkhalsomyndigheten.se/mikrobiologi-laboratorieanalyser/laboratorieanalyser-och-tjanster/analyskatalog/pcr/orthopoxvirus/" TargetMode="External" Id="rId12" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.folkhalsomyndigheten.se/publikationer-och-material/publikationsarkiv/v/vagledning-for-vardhygieniska-rutiner-i-sjukvarden-gallande-mpox/" TargetMode="External" Id="rId17" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://service.vgregion.se/RNS/prodnarservice/tvatt/instruktioner/" TargetMode="External" Id="rId25" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.folkhalsomyndigheten.se/smittskydd-beredskap/smittsamma-sjukdomar/mpox/" TargetMode="External" Id="rId16" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.riksdagen.se/sv/dokument-och-lagar/dokument/svensk-forfattningssamling/smittskyddslag-2004168_sfs-2004-168/" TargetMode="External" Id="rId20" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml" Id="rId29" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml" Id="rId6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml" Id="rId11" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mellanarkiv-offentlig.vgregion.se/alfresco/s/archive/stream/public/v1/source/available/sofia/sl11754-124724118-59/surrogate/Regiongemensamma%20regler%20om%20farligt%20gods%20avfall%202025-2026.pdf" TargetMode="External" Id="rId24" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.av.se/arbetsmiljoarbete-och-inspektioner/publikationer/foreskrifter/afs-202311/" TargetMode="External" Id="rId15" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vardhandboken.se/vardhygien-infektioner-och-smittspridning/vardhygien/basala-hygienrutiner-och-kladregler/" TargetMode="External" Id="rId23" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml" Id="rId28" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml" Id="rId10" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.riksdagen.se/sv/dokument-och-lagar/dokument/svensk-forfattningssamling/patientsakerhetslag-2010659_sfs-2010-659/" TargetMode="External" Id="rId19" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml" Id="rId9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.av.se/arbetsmiljoarbete-och-inspektioner/publikationer/foreskrifter/afs-202310/" TargetMode="External" Id="rId14" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.socialstyrelsen.se/kunskapsstod-och-regler/regler-och-riktlinjer/foreskrifter-och-allmanna-rad/konsoliderade-foreskrifter/200526-om-hantering-av-smittforande-avfall-fran-halso--och-sjukvarden/" TargetMode="External" Id="rId22" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml" Id="rId27" /></Relationships>
 </file>
 
 <file path=word/_rels/footer1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.wmf"/></Relationships>
 </file>
 
 <file path=word/_rels/header1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office-tema">
   <a:themeElements>
     <a:clrScheme name="VG">
       <a:dk1>
         <a:srgbClr val="000000"/>
       </a:dk1>
       <a:lt1>
         <a:srgbClr val="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="000000"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="808080"/>
@@ -9404,70 +10287,70 @@
       <a:style>
         <a:lnRef idx="2">
           <a:schemeClr val="accent1"/>
         </a:lnRef>
         <a:fillRef idx="0">
           <a:schemeClr val="accent1"/>
         </a:fillRef>
         <a:effectRef idx="1">
           <a:schemeClr val="accent1"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="tx1"/>
         </a:fontRef>
       </a:style>
     </a:lnDef>
   </a:objectDefaults>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>9</Pages>
-  <Words>2534</Words>
-  <Characters>13436</Characters>
+  <Words>2393</Words>
+  <Characters>12683</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>111</Lines>
-  <Paragraphs>31</Paragraphs>
+  <Lines>105</Lines>
+  <Paragraphs>30</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Rubrik</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
-      <vt:lpstr/>
+      <vt:lpstr>Mpox (Monkeypox) - vårdhygieniska rutiner</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Manager/>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>15939</CharactersWithSpaces>
+  <CharactersWithSpaces>15046</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <coreProperties xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns="http://schemas.openxmlformats.org/package/2006/metadata/core-properties">
   <dc:title>Mpox (Monkeypox) - vårdhygieniska rutiner</dc:title>
   <dc:subject/>
   <dc:creator/>
   <keywords/>
-  <lastModifiedBy/>
-  <revision>1</revision>
+  <lastModifiedBy>Sonja Lööv</lastModifiedBy>
+  <revision>43</revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </coreProperties>
 </file>