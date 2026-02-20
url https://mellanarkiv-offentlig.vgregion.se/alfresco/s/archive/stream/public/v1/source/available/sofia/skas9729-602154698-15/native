--- v0 (2025-10-31)
+++ v1 (2026-02-20)
@@ -1,824 +1,827 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
+  <Default Extension="jpg" ContentType="image/jpeg"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="wmf" ContentType="image/x-wmf"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/footer2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/header2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer3.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml" Id="rId2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml" Id="rId1" /></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
     <w:p w14:paraId="5EE49157" w14:textId="0B8A8FAB" w:rsidR="00022628" w:rsidRDefault="00022628" w:rsidP="00A853CB">
       <w:pPr>
         <w:pStyle w:val="Rubrik1"/>
         <w:sectPr w:rsidR="00022628" w:rsidSect="00022628">
           <w:headerReference w:type="default" r:id="rId11"/>
           <w:footerReference w:type="even" r:id="rId12"/>
           <w:footerReference w:type="default" r:id="rId13"/>
           <w:headerReference w:type="first" r:id="rId14"/>
           <w:footerReference w:type="first" r:id="rId15"/>
           <w:type w:val="continuous"/>
           <w:pgSz w:w="11900" w:h="16840"/>
           <w:pgMar w:top="3402" w:right="1979" w:bottom="1276" w:left="992" w:header="283" w:footer="737" w:gutter="0"/>
           <w:cols w:space="708"/>
           <w:noEndnote/>
           <w:titlePg/>
           <w:docGrid w:linePitch="326"/>
         </w:sectPr>
       </w:pPr>
       <w:bookmarkStart w:id="0" w:name="_Toc321146591"/>
     </w:p>
-    <w:p w14:paraId="372371B5" w14:textId="174F3AB3" w:rsidR="00FE207B" w:rsidRDefault="00FE207B" w:rsidP="00D93D84">
+    <w:bookmarkEnd w:id="0"/>
+    <w:p w14:paraId="030F74F9" w14:textId="77777777" w:rsidR="003F0D3F" w:rsidRDefault="003F0D3F" w:rsidP="0094328C">
       <w:pPr>
         <w:pStyle w:val="Rubrik1"/>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">Smitta </w:t>
+        <w:t xml:space="preserve">Smitta – dokumentation i </w:t>
       </w:r>
-      <w:r w:rsidR="00122E24">
-        <w:t xml:space="preserve">– dokumentation </w:t>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>Melior</w:t>
       </w:r>
-      <w:r w:rsidR="00D93D84">
-        <w:t>i Melior</w:t>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5F8EF999" w14:textId="5DB6568E" w:rsidR="00FE207B" w:rsidRPr="00FE207B" w:rsidRDefault="008D0553" w:rsidP="00FE207B">
+    <w:p w14:paraId="03072098" w14:textId="77777777" w:rsidR="003F0D3F" w:rsidRDefault="003F0D3F" w:rsidP="0094328C">
       <w:pPr>
         <w:pStyle w:val="Rubrik2"/>
       </w:pPr>
-      <w:r w:rsidRPr="00FE207B">
-[...3 lines deleted...]
-        <w:t>föregående version</w:t>
+      <w:r>
+        <w:t xml:space="preserve">Förändringar sedan föregående version </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2A0B56E8" w14:textId="62AD7183" w:rsidR="003B743C" w:rsidRPr="00A66805" w:rsidRDefault="00A66805" w:rsidP="00EB5C81">
+    <w:p w14:paraId="437A1A2C" w14:textId="77777777" w:rsidR="003F0D3F" w:rsidRPr="0028621F" w:rsidRDefault="003F0D3F" w:rsidP="0094328C">
+      <w:pPr>
+        <w:rPr>
+          <w:strike/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F3538B">
+        <w:t xml:space="preserve">Uppdaterad på grund av att från och med den 3 november ska blodsmitta inte längre finnas dokumenterad som uppmärksamhetsinformation i patientens journal i enlighet med verkställighetsbeslut SSN </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00F3538B">
+        <w:t>2024-00529</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00F3538B">
+        <w:t xml:space="preserve"> Beslut om borttagande av blodsmitta som uppmärksamhetsinformation i patientjournal.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3E4AE83D" w14:textId="77777777" w:rsidR="003F0D3F" w:rsidRDefault="003F0D3F" w:rsidP="0094328C">
       <w:pPr>
         <w:pStyle w:val="Rubrik2"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">Bakgrund, syfte och mål </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5ABC51B0" w14:textId="77777777" w:rsidR="003F0D3F" w:rsidRDefault="003F0D3F" w:rsidP="0094328C">
+      <w:r>
+        <w:t xml:space="preserve">Detta styrdokument beskriver hur vårddokumentation av smitta ska ske i </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>Melior</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> på SkaS.  </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0596AB80" w14:textId="77777777" w:rsidR="003F0D3F" w:rsidRDefault="003F0D3F" w:rsidP="0094328C">
+      <w:pPr>
+        <w:pStyle w:val="MellanrubrikVGR"/>
+      </w:pPr>
+      <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...2 lines deleted...]
-          <w:szCs w:val="24"/>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:noProof/>
+          <w:sz w:val="22"/>
         </w:rPr>
-      </w:pPr>
-[...7 lines deleted...]
-        <w:t>F</w:t>
+        <mc:AlternateContent>
+          <mc:Choice Requires="wpg">
+            <w:drawing>
+              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251659264" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="14D1AA46" wp14:editId="4A7DEFE8">
+                <wp:simplePos x="0" y="0"/>
+                <wp:positionH relativeFrom="page">
+                  <wp:posOffset>17146</wp:posOffset>
+                </wp:positionH>
+                <wp:positionV relativeFrom="page">
+                  <wp:posOffset>378460</wp:posOffset>
+                </wp:positionV>
+                <wp:extent cx="7538846" cy="215900"/>
+                <wp:effectExtent l="0" t="0" r="0" b="0"/>
+                <wp:wrapTopAndBottom/>
+                <wp:docPr id="2093" name="Group 2093"/>
+                <wp:cNvGraphicFramePr/>
+                <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+                  <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup">
+                    <wpg:wgp>
+                      <wpg:cNvGrpSpPr/>
+                      <wpg:grpSpPr>
+                        <a:xfrm>
+                          <a:off x="0" y="0"/>
+                          <a:ext cx="7538846" cy="215900"/>
+                          <a:chOff x="0" y="0"/>
+                          <a:chExt cx="7538846" cy="215900"/>
+                        </a:xfrm>
+                      </wpg:grpSpPr>
+                      <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                        <pic:nvPicPr>
+                          <pic:cNvPr id="2387" name="Picture 2387"/>
+                          <pic:cNvPicPr/>
+                        </pic:nvPicPr>
+                        <pic:blipFill>
+                          <a:blip r:embed="rId16"/>
+                          <a:stretch>
+                            <a:fillRect/>
+                          </a:stretch>
+                        </pic:blipFill>
+                        <pic:spPr>
+                          <a:xfrm>
+                            <a:off x="-1905" y="-4571"/>
+                            <a:ext cx="7528560" cy="219456"/>
+                          </a:xfrm>
+                          <a:prstGeom prst="rect">
+                            <a:avLst/>
+                          </a:prstGeom>
+                        </pic:spPr>
+                      </pic:pic>
+                      <wps:wsp>
+                        <wps:cNvPr id="101" name="Rectangle 101"/>
+                        <wps:cNvSpPr/>
+                        <wps:spPr>
+                          <a:xfrm>
+                            <a:off x="6507352" y="34290"/>
+                            <a:ext cx="527337" cy="236474"/>
+                          </a:xfrm>
+                          <a:prstGeom prst="rect">
+                            <a:avLst/>
+                          </a:prstGeom>
+                          <a:ln>
+                            <a:noFill/>
+                          </a:ln>
+                        </wps:spPr>
+                        <wps:txbx>
+                          <w:txbxContent>
+                            <w:p w14:paraId="576852AB" w14:textId="77777777" w:rsidR="003F0D3F" w:rsidRDefault="003F0D3F" w:rsidP="003F0D3F">
+                              <w:pPr>
+                                <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
+                                <w:ind w:left="0"/>
+                              </w:pPr>
+                              <w:r>
+                                <w:rPr>
+                                  <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                                  <w:b/>
+                                  <w:color w:val="4A4A4A"/>
+                                  <w:sz w:val="28"/>
+                                </w:rPr>
+                                <w:t>Rutin</w:t>
+                              </w:r>
+                            </w:p>
+                          </w:txbxContent>
+                        </wps:txbx>
+                        <wps:bodyPr horzOverflow="overflow" vert="horz" lIns="0" tIns="0" rIns="0" bIns="0" rtlCol="0">
+                          <a:noAutofit/>
+                        </wps:bodyPr>
+                      </wps:wsp>
+                    </wpg:wgp>
+                  </a:graphicData>
+                </a:graphic>
+              </wp:anchor>
+            </w:drawing>
+          </mc:Choice>
+          <mc:Fallback>
+            <w:pict>
+              <v:group w14:anchorId="14D1AA46" id="Group 2093" o:spid="_x0000_s1026" style="position:absolute;left:0;text-align:left;margin-left:1.35pt;margin-top:29.8pt;width:593.6pt;height:17pt;z-index:251659264;mso-position-horizontal-relative:page;mso-position-vertical-relative:page" coordsize="75388,2159" o:gfxdata="UEsDBBQABgAIAAAAIQCxgme2CgEAABMCAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRwU7DMAyG&#10;70i8Q5QralN2QAit3YGOIyA0HiBK3DaicaI4lO3tSbpNgokh7Rjb3+8vyXK1tSObIJBxWPPbsuIM&#10;UDltsK/5++apuOeMokQtR4dQ8x0QXzXXV8vNzgOxRCPVfIjRPwhBagArqXQeMHU6F6yM6Rh64aX6&#10;kD2IRVXdCeUwAsYi5gzeLFvo5OcY2XqbynsTjz1nj/u5vKrmxmY+18WfRICRThDp/WiUjOluYkJ9&#10;4lUcnMpEzjM0GE83SfzMhtz57fRzwYF7SY8ZjAb2KkN8ljaZCx1IwMK1TpX/Z2RJS4XrOqOgbAOt&#10;Z+rodC5buy8MMF0a3ibsDaZjupi/tPkGAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAAL&#10;AAAAX3JlbHMvLnJlbHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrb&#10;Ub/Q94l/f/hMi1qRJVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG&#10;5lrLq9biZkxWOiqY22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nT&#10;NEV3j6o9feQzro1iOWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMA&#10;UEsDBBQABgAIAAAAIQBQnS9YxAIAAJEGAAAOAAAAZHJzL2Uyb0RvYy54bWykVdtu2zAMfR+wfxD0&#10;ntqx41yMJsWwrkWBYQ3W7QNkWbaFyZIgKbd9/SjZTtaku3UPdakbeXh4yFzf7FuBtsxYruQSj69i&#10;jJikquSyXuKvX+5Gc4ysI7IkQkm2xAdm8c3q7Zvrnc5ZoholSmYQOJE23+klbpzTeRRZ2rCW2Cul&#10;mYTDSpmWOFiaOioN2YH3VkRJHE+jnTKlNooya2H3tjvEq+C/qhh1j1VlmUNiiQGbC18TvoX/Rqtr&#10;kteG6IbTHgZ5BYqWcAlBj65uiSNoY/iFq5ZTo6yq3BVVbaSqilMWcoBsxvFZNvdGbXTIpc53tT7S&#10;BNSe8fRqt/TT9t7oJ702wMRO18BFWPlc9pVp/X9AifaBssORMrZ3iMLmLEvn88kUIwpnyThbxD2n&#10;tAHiL57R5sPvH0ZD2OgZGM1pDn89A2BdMPBnpcArtzEM907av/LREvNto0dQLE0cL7jg7hCEB2Xx&#10;oOR2zenadAsgc20QL4GJdD7DSJIWJA8XfFwU9oBl/8zf9O9gGfn1MzeF4PqOC+G593YPGFR7VvUX&#10;cu4UdavopmXSdS1imADsStqGa4uRyVlbMABpHspx1wDWGeZo4wNWEPgztI1HRvLjQUB5AuYxWxDN&#10;CzIZjRdxhhHIYTTJZn2Ak1ySeTaFRuzksphkU4/gWHWSa2PdPVMt8gZgBChANcnJ9qPtQQ1Xeu46&#10;HAEgwPIqhlFiB9ZgdcHbP3XLU0M0Awje7anA43g81NezRWQtGPKbkE1/89hU9ldUTbN4lmZJICud&#10;JIu+dQaysmSWpiCjwFU6ncwm/8MVyYX0RErltdWR7neg0QaA3nL7Yt/nUKjyAHpulPn+CCO+Emq3&#10;xKq3sJ/6UCB/ipF4kECzH7CDYQajGAzjxHsVxnAH493GqYqHmvrAXbQeD9QvWGHugfVssP68DrdO&#10;vySrHwAAAP//AwBQSwMECgAAAAAAAAAhAOIp+qjiLgAA4i4AABQAAABkcnMvbWVkaWEvaW1hZ2Ux&#10;LnBuZ4lQTkcNChoKAAAADUlIRFIAAAmmAAAASAgGAAAAB4uwAAAAAAFzUkdCAK7OHOkAAAAEZ0FN&#10;QQAAsY8L/GEFAAAACXBIWXMAAC4jAAAuIwF4pT92AAAud0lEQVR4Xu3di1bbyragYWEMSdZl9z6n&#10;+4zu93+N3tkPdEavtYCEEMDYrb/saSpetiZQKGD7/zIqtnWXLFxTVaVSJ0mSJEmSJEmSJEmSJEnS&#10;azrhv//7+V+L8mmHk5My2U4ng3Mrsxg+vN1iMd4BPin/3s7Y+9567qbrnwwvP5t/0nj0s+Vn+79r&#10;/vheGH9+ft499K/X19fdly9fuvv7+/7zvJvP593pyXQ5oSTpaJxOiB9W709Pu99//7377bffSp5z&#10;d3fXTSZ97jaU/8zb8q551zb/W8etWeyTGTt2Gduhb3+m9fxNj0+idfnZ/qfLb/n6WPfA9jXvWzI/&#10;YhnxGvM8ad5kknT7Gq/bFuXfyz1lH8fU/P0leU+mdf9f4/xr0Xr+NV+3Nu5ea97x3r+/bPmtx69V&#10;6/615p2ZwePHpr/z7R+S/XZn303rtr/1+mcPywVwfVFjvSTKpeJz+OF9f+Hy/fa2lGXd3Nx0s9ls&#10;PS8p+9uTJEk/Iu+kLHA6nXZnZ2el7ojEZ4Yv7merKR/z5DrvpdyQ6SJvJy9nmXxm+Gx+X4a/WON1&#10;X6aOH+K13s/m2OKt6xvbZm/f/0at+9+CPW8pdWHL+7+S5YcdsuMb5+IY3nLdT9F63ZJJ9z/56rP1&#10;v3V9h2U2bys7/qPvX2N93XO2/8cre0mSJEmSJEmSJEmSJEmSGtkwTdKgh4eHclcpifdxF4sk6XhF&#10;XsDdkdzRCD6nvaVJkiRJ0hNMp6flWiOuL+IaJBIYR+I6hGG3t7fd1dVV98cff3T/r0+Xl5eltzTK&#10;s+rpY35JkvR05J9RX0TvZ+Sx8aQd8l/yWPLu6EEt8ueYPvJhEnhlGssTJUk6fDZMkzSIgr/Z/f3y&#10;EZ6rhmnwQkGSjlfdMI0u+6NgioIkSZIkSWp1cvJjJTXv6xTXHlyHfP/+fV0xvk5XX8owyrO4XolK&#10;b96TJEnS85CPotQZzWalQfi3b9/WefB1/57GajRCI38mv63z7m35cHyOeidJknSYrD2UtBOFdlxA&#10;3N3flwuNuGDgAsLGB5J0nKKwiHyAhmmkGEb+IEmSJEmt4mYYEtcZ0fMKKKsq5VV3d6UynJ7R6KmF&#10;ynHKr0rl92RZAR7z8T6WR5IkSc9DnkqK8j/yU/Jj8l7S5cXFOk/++vVrabhGfs48lB/W89X5fOTr&#10;kiTpcNmyRNJOFNxxYcBFRTQ4iGTDNEk6XlGgRNf85AlRkCRJkiRJry2uNyifit7RqPQm8Z6Kb8Yx&#10;DeVVXKdMTiY/VJ5HBTgs05Ik6eUib426ovhM4zLy5HjEJ43TeI1e1OppwftoPC5Jkg6bV+GSdopC&#10;v3iMJ8pFwmI5TpJ0nKjo4RGeFB5RwQPyB/MGSZIkSa+BKmquNSiXojKbBmlR0c3jwuoe0qIxWn3j&#10;zMPDrJRlsYxIDGd83WBNkiQ9zWaeWpcDkq9OVzexMpw6pW99vk2efdnn2X9dXJT8PNLDahnk4eTL&#10;NhqXJOmwmdNL2okLg2iYxsVGDJsvlhcfkqQj1OcD0TAN0XCZAqS6QEqSJEnS8VpwX2NDmj3MSq8r&#10;0eMKiYZpDKOcimuPXY3LGBcpGqLVFd4xTpIkPV2dv+7KR8vQPu/llWlmq17UaGB+RcPyPn1d9aJ2&#10;P5stG6it5pEkSYfLhmmS1uoLCgruKOib9RcH8/7ioR63mO++8JAkHTZ+/anUiYqdaKhMvmGjZWm3&#10;9x45Gds93WYluMdOkt6rfa/gPOwK2rqcibw18ldufKE8igprekTjlUSFdjRI41qEG2XOzs7KfMxD&#10;+RWvjC/L66ehQRo31fAajdMY73WLJEnPF/l1pBCfS0OzVV4cZYd1Hky+TorHe0b+TqLx2ioskPRM&#10;9d/jGMZevqTjUH5J/vXvz03Z/UljsBCFELtkP3it878ltnyRVFONuv0cu+HVD2rdNu6AHDL2d9t8&#10;7jZ+Na3rfw1xDCmUW/d6M11eLPz3f//3snFaPzy6Vi7TT1YXHwvbtkrSsTlZPHQfP37sfvvtt/JK&#10;fkD+sM4jEpOkgi3L+8fOe5+yD0Natz9d/3x4+dn8rbFXJlt/a+yzuo92p3T/G/dv7PN37O3PsPzY&#10;hnhdr5Nxyf6n2z88OjV0/rQem9GPPcsfWEW2fI59y+FrPfZjH99MenyS5Y993dV8fiSaz8/++m1I&#10;Nn/225dp/e3Ovr+sgQmVYENaz69WY39/Y2//IDbtrY9v4+Jb8p7WfRtz25+C8sqhRdT7t3kstu17&#10;TMM4/i4pg+LvNz6DMigqq0mL8qf98oMwbzx+kiTpeSZJ7FHHCxEr1DHD//qv/9mdnvZXH1VswPuY&#10;j2G8JzE85o1hrdctmdiOXep92SbiHtTbHq8n/b63aI79xj18zccvm3/s7z/TdPzYtcbj8561fveZ&#10;sc/dTPa3l+1/6/a3nvvNx6+xvuKtjf3blM2flZllmo9v4/f3nO23VYl0xPixJBiOgJg7TUl1gC9J&#10;0o8eA1HyDvKM5uBXkiTphYhDhpKkcUR5EmVHm393dXnSejo+rP4muflxcnpa3t98/95dXFx0f/z5&#10;Z3dxeVl6TZlbHiVJ0t4h9x5KqF8308XFX91lHwvQk9psNuuHPKrrqyLGj8+UTUZDNkmS9D6ZU2uv&#10;1QVder4oLIwUBYgE/QT/UcAY00bAL0k6XnUj5pp5hCRJegtxrborSRrH5t9YvI+GaA+LRUkLhlNh&#10;TEO0/v3t/X339fp6mb59K69fVp+/3dyU8aXX/rI0SZK0L+h1ZyjRm2l5Pzl5HNbn+PH+7u6uNFDn&#10;cZ9fv34tPajGo7yJLUC8EQ3RomyyrseSJEnvkw3TtPfqhlWbScMI3AnkI6gHj1Ig2P/y5cv60Z5x&#10;JDcLHSVJx+fXX3/pPn361E2n0/K5Lvwxj5AkST/bZjnAZpI0DsqUTk9P/1YpHBXG9ZVBXCfMVjdC&#10;0hvKX3/9VcqeKIOK8qeYzr9dSZIOD/n8trLDiNun07MyngZqNEy7uroqsQKxw+3tbWmgFjFD1G0h&#10;5pckSe+XDdOkIxYBe30xwGeCewoL64C+nmbbxYMk6Th8+uWX7uPHj6VhGnlEXQFl/iBJkn62uG7d&#10;lSSNZ/NvjeuBaLBGApXI0fMJicplhlHuRKpvlgTzc63RX12shkiSpGOwWCzLGCMRJ9BIjdiB3tMi&#10;jmBYxBBMF/GHJEl6v8yptdfqIHVX0m4cn2hIEHeY1Mds8xjGtJKk43U6WVYyRZ5Q5w3mu5IkSdJx&#10;4KZG0mbDMnBdcD+bld5NeDwnvZ1cXF6Wx3VSkXw6nZbE4z0pj+IqguXMF8tllcpli58kSToo6zLE&#10;Ko8nBoh6qOgRjWmikXsMp4fVaJzGK4mG78QaTGPDNEmS3jdzaunYrS4G+tC/FA7ez+7XFwAE9LVo&#10;eCBJOl4PDz/2bFA3bN5WKSVJkjQm4pChJGkcUWbE9UBcE3A9QAXx9bdv3eXFRXf55ar7dvOtu72/&#10;K+VNs/5aYt4tupNJP+1i1RCtfz857efvU7+QMp7leMuLJEn7ZdGH3k9J5Pfrz/xjWC8arIM4o66f&#10;Is6gzip6YqXROykapzFOkiS9XyW7/9e/Pzdd6580lhQQeAxbRSW7bDSeqb1mIeTjWn5c30nDLXws&#10;Kdv/UQtSOXbDqx9WNq1x+4ZmL9u2ewOXX/3u8ctj9/Lty+aMgLnF0N/PwKgi3b7V6y70enM/n3Ud&#10;5YCnk+7hftZ9uf5aChBns1k5fqxjwWu1MpZLOnmNAyBJ+qmyX25++5eFP8v3MT2FQ2fTaffPf/6j&#10;m1JxVPKGZSrhRP8fFUhUMg2vI9mCZea+U2vWk8Wt7M+QZPbm7c/W383THVi92SEZXRf6vUS2/a3X&#10;DVkVZXr8WvcvOYCDx6+fNVt7ev41bv9TLLeg/583ZXWrdSarTo99r3Xrh9ZQrqkaVvCk7W85/uny&#10;s2Xn2zd8fBLJ4l/j3HvKMd4lW3/52xxYfPbb03r0x/7bbP5t6PPmIU86vk2S7Uv2rzXvyKRlMs37&#10;P2zM7y/72xgdmza0fQ2/C0/VEjs+5dwbPP6vsH+D2/+E7cuw+MfF/Pju5GTZkxmf2M3NfT0t1wQT&#10;RnQP/XXAbLZ83BYVxjRCu7n53oeu9GDSryWORVlGf2b2H5cVyKtGaf2Asi39+FhPP6YMqzbrWVqv&#10;GyRJ0vOkZV7LnL1Yx+CrfJ+P0+lp+Uz5Ytz8WmKEkuhddfkEIES8QK9qHz986M7Oz7uzVS9rPBKc&#10;ui+mLVMRX/Cv/8DcZRmr5RSr8dWQrYbivqJe5hY8qnR9DGLa1TLL+qte39bxULLMWut109ixU3b8&#10;Bve1n5VjtMtyzuEdGHn32o5f2bWh41P/9fzd8JFdGnv/h5TvbnD3hvcvkx37ob8nxpW1N23A6nWn&#10;/BvKp9iN7R/z+KU4vgM78JzfsW1ajg2ytTf9NvVa52+9JSs9vtnif+L2lyV9/tzWMC2TfSGthaSr&#10;YooXe84fXGxLvPKnPmn9g0pmbz2hB7Hs4cUPav2xav6xTI5NJtv+sX9sMq3Lz+Y/nZ53t3d3pZL7&#10;9Gza3d/edX9e/FXuMCF4j+BfknQ4JknWSQFOFADFXYrkNx8/fux+/fXX7sP5tCl/GzvQzvK+1rix&#10;efuT2bP9G/1CJdEc+yQN69Lvtx8d2xCvMc9T9q25kK5x/9827ieNuPwnyPZvEJs2sH3psUtW/db7&#10;np475d9u6faz/oEFZPO3/vZk0u1/hd+OIdn301zm0Pr9j7z92fzZ+jOtx69V6/Znvx/N32/j8c+W&#10;P3YF1dD2M2tbqU++/kzr/r9nr/m3y3n0t+WVhmnLhTBuc3yUG9EQjXKkaJRGgzPLkyRJ0s827WOX&#10;Dx8+dJ8+ferOz89LGScxTsTLs+iMoRqGiHMmp6sBO/wtVnplbFOsI15jO+vt3eWt497WcoOxr1uf&#10;cgxbjH3dlcmOz9j7PyTdtuSqMZu/3zkWslM9fxyHGMYr7TyGt2BYc5ndG0u/n2T737LM4Smy7R97&#10;/7Plt/7tt/52th6f57Tzemx+rVR64KU9M3t4WD5u4XRSgvLvd7frwkO7Ppak40Q+QMxDQMornyNv&#10;KA3VkkBVkiRJ0vsXcX6UdxLrlzKiVbz/8PA4nmFU7tbjr6+vu6urqx8eoxUN0yxDlSRJPxtxCw3l&#10;iUu+fv1aYpXv37+Xui9EQzVEHFTHQpIkaTw2THuizcAkgpeGBrTSm5uvGqaRKDwkSCcQ5/w2GJek&#10;41T//vOefAHkFaUAp3ySJEmSdAiijJPYP1KUDdXjqNSlspeyo5ubmx8qfBnO+Lh2WJebSpIk/STE&#10;H8Qim43TiFuIVxgfDe3jNZKxiyRJ47Jh2hNQ+LINgYqhivZdBN00TCNxvjNMknScyAdKjNMn3ke+&#10;QIENqR+xmlKSJEnSvor4vo77IzEsKmyp4KU3NCp2qeClhzQSlb70jhY9pMV8kSRJkn6muoEZ8Ut0&#10;xhAxDI3VaKTG8LoRvrGLJEnjs/VJM4MV7S8CdQoOuas17mw1EJck1cgrzs7OSjJvkCRJkg5DXf5T&#10;JxqkTafTbj5/WPeQRkVupOghjTIkypQC84Z6uCRJ0s9QxyYRl0QDNWKXy8vL8hjy6PE1OmpgWso/&#10;JUnSeMxpEwQlkWpRWGO7NO2zyemk3NnKna80TKvPdQNxSTpO6xhnhUqp8/Pz8lpYxyRJkiTtvW2V&#10;t3yOR3Zerx6BRWM0yo2idxEMlRmxjJhOkiTpZ6GuazO+qWMc4htiGhqlxeM9GVY/jlySJI3DlifP&#10;EMGMdChOTiYl6I6GabAAUZIE8gMKb+gxgd7SaJhmLCRJkiQdBmL7Or6nLKg0SLu+7i4uLrqvX77+&#10;0Dsa1wY0SItHfEZFb1T6RophkiRJP1Mdi4SIdXilbJPxxDY0vOfR5PSgFo8plyRJ4yk59OfPnwdr&#10;GVsrIYcKI1jyIul6Y7Awoyxg9/yD864skknq/d+2vJPhzU9l688MfT/p/jNvsv3Z99fUa1y/gKbZ&#10;G8/N1mP/lPPrLXF8SGxnbGscMz7Pu0kJwKPrYsbZU5okHbZJknVS6RS9o3GnIY3S/vnPf3a//PLL&#10;Mg9ZPJRxQyKv2Yr8qCH7HFx2L8ubx47b0u1rXH83Gd6A1uOTzd8q2/9s++ZZ4JqYjNjdcX3s6v2o&#10;h48dew59f2XOhsOXrXtsbPrQdWO6fRybPd//odM3/dtP9j09t/ivYf1oOob94lu+Abau5fxp/u1O&#10;pMcv+e3PvHXel/32pudvdn42Hr/W7W+179//oH7drUevOe9M9n/o+L/Gb/+Yy4/5Yx2br/0EP/z2&#10;MX0kpqH8h1di/njEFYn3pceRftbFxjdYb/N6PZIkSe9AlHlGrANeI34h9qHck2ExnmGRfv/Hr2Va&#10;3lM2SuI90xIbMa6OhUIsb9u456jnj+17zjLHvm7NZGV2g/vSz9py9MqakwXEMd2m9btDy/Fn1qEy&#10;i9eQ7ePQ8cm0Lrv/y2r8/tuOXvbdpfvHf+2n0KCnnL/bphkaF7L9yzSXOSTfX+v2pedf9v0m87eW&#10;GbXWdzSfv8n+YdcymPc5ZTZv3gKl7avqJQt4ysHMcLAj7ZvW/U/3ufGQ7N8R3T/1+buZZlHYWPWQ&#10;FuMkSccpYodtecFT4op0miSLYf6hJL1X/M3EObrtXH3r87d17f79vbG3Ds8b1996fdG6+30Osnon&#10;6ad669+uRq1539h5J8uvU1iX61THP4aRYnrKg2arXvS5aZFHWvGe4au5Vq+Ptq1PkiTpPanjlBIT&#10;rUQ9GMOiMRoYTkzEI8xJ0ZFDNNZneTFPLK+Oh6Ih22tiPfW2H7zGXW09Usce2x77/jcb+U/1Kd9P&#10;TMPr5vTv/fv17NsfrXmTXSNJRyIynvjRIN31gTUBdx2QS5KOW9wJSN5AvkDBCo/rwXu/iJEkSZKO&#10;TV3OQ4qK1snGcBIxPpWsNECj4pXHVlH5Sk9pUT5kzC9Jko4RMVL0IkuDfWIkXhkGYqlNdZwlSZJ2&#10;s2GadMA2g2IKF+MzhY3xiIbNhmlMZ0GkJB0n8gLyAPIGGqSdn5//0DDtZ+QOkQ9tS5IkSZKWcfu6&#10;EdoqRbkOYjzqBmn0AEIPaVS28sqwKBuKeNu4W5IkHZu6/JG6M+Kk6EEtYiYa8hNjnZ2dlcR7elVj&#10;ekmStJsN06QDRgAdhZJRqMhn3hNA398v74itp5MkHbfIJ0BvaTRMo0Irho3dMm29HkmSJEk7ETfT&#10;mCwalEXic3ns1Goayn2iMRqJnj/4zHCmY/rwY9mQcbkkSToudUP/OoaicRqN1IijaIQWj/hExF+S&#10;JGk3G6ZJR2Cz0RlBMsHzbPZjASQimLahmiQdL/IC8gHu/KNxGiK/GDt7YL1DSZIkSdIyPifV5TiR&#10;qFR9mC1776B3DypRo0HasjxoVuZhuqiANdaWJEnHLBqYRbloxEjRIxoxFY3UeBT61dXV+nHoTPfh&#10;w4fVUiRJ0jY2TJMO2LZGZgwjkCaIjgA7Utj8LEk6HuQNJApVomFaPazPJZYTSpIkSXozxOYkHrtf&#10;l+EQt1Pu8/37zfrRU9EYjXGIcp+6/Cdi/phGkiTp2NQN/+s4i8/EVzz+PBqnRQ9q8Uh0SZK0mw3T&#10;pANGsBwFjPGKuMMDdSEkogCyHiZJOhyL5OedfCAKX2iUxiufKWDh/dgiX9qVJEmSJPWIjfs0Xywf&#10;3Xl7d9d9u7kplaRXX666L/0rDdO4MTF6SCOeJqYnRWwdFbBRCStJknSMKAclPtoWF8V7XqOclAZp&#10;9EZbYq+rqzJekiRtV0ogPn/+PGqpQ1aokVWQZpWQJ41bn61/bM3bv3rdbWiKbOezpZ+8ab8pfQj4&#10;hP3frWz7wPmVnbvsfcv+j33uERzHI9gopIwCSAom//zzz27OBqz2f3NfmTbbf0nSPlr+tm9mQevP&#10;/W//SZ9XfPr4sfvH7//oPn780OcXi27+wJ1//bzkG5sz15KsY2jWp8hypmz5aeQwEBe8hta8NYuL&#10;U9n60wPctv7s+Dfv38iyuD39frP9G5q/n3Uo8ixzNp5fmdbvZ+j4ZMt+0v4NLqIxbue/1gU0fD9P&#10;Oj4DWjYdrdctzb99yezp8Wk+AOkGrN7skMzfdnTy/e8z8tWbl2k9fun2ZYd39fpSad6frT87v7Lz&#10;Y9I2f3r8EsdeZvaWsk0vX23/Hy+cBlEByvDJ5LQMYxllfP8fx6Issx/Ba+nZuP83u591t3e33d3t&#10;XbkJ8WE26x6oUGWq5Qx96tfDuljYakixGv/Daci6+pd+S5afJUmS9kBr5EKcRCwWcVGJw0tQtBy2&#10;jMuroInYin+r6X7/5dfSw9r5+fny0Z798PnDQ4nxeF9u+F0tvL4GWMf7SeCbXjcMj86tNmOn2M5d&#10;kuvO9X7u0HpdlF23ZMsfkq37zSW7lm091xTZ0Rk6Bi3HFvwdpRs5hPW3bUKbZNvL/g14wtFfvW7H&#10;2MclxLvlPD+O22F48en3O8kWkGj9283Wn56fSZkNv+Fx/sdrLJPXtDOHbP2txy/5htPfr2TzWP7j&#10;EuLdav/7lOY91frtMe0A8HUOpXJW7ErYNtMqbZulTnsv+2NMtM09Pn5s+FGsfzRns9m6a+ESbPTj&#10;t/0obxsmSdp/iz5SLGnj3zp377OL6fS0Oz87605Pl6HipM9DJhGgZ5kf44dSo22LrFOm2tOt6eBt&#10;2+k6JbYd8+ekY7ftmNRpUPL9pPO/c1ns+aT9q8/ljdR8fJoXwIaMh80bSmqzcTr9LWW2zVOno7ft&#10;pK1Tq20HvU7SWLadz1UqpyBlMryu/tH7WXymgHzRx+HzfmLq+R76VG4VobezyWk3K72k3Xffb++W&#10;6e6uu5vNuhmN0lgIK6Es6KSP6Skf6ocwnES2W1JZV0y3Sv1nG6VJkqR9s4xrXp5KjFTFRWV4NWw5&#10;3TJOKqkfwM283BDw8DDvvn69Lunbt5vu+/fbcvMAw0/6WOxselZWso7BWFi/DMZFemts0lA6Zu++&#10;vpRTdPmyNbVKG7a0Gnnxo9v8Y9lMmW3zVKn+LrclPH6Of9vGbU8a15av9Ie07Tt5Tmq2baF16j1u&#10;b/xbfn6KelE2TJMOXLkbo0fgwHueec9jHCRJ2oW7+87OzsrdHqWybHXxzfBVLCpJkiSpATE25TTl&#10;xsEq5o738ZkAvFQGrQJxpn+YP6wf2/nt5tv6cZ2lDKif9mTSp7ErkCRJkrRGLEZMxhOLvnz5UuI0&#10;HvUZTzMCr3XCOuaTJOmA2TBNOnClULJH4wLeEwgTHC+DXgspJUl/RwO06dl0nXdEXmLeIUmSJL2O&#10;zYZom5WUdRxOXE6iYpNyHSo6qfTk5kM+0zM+4+plSZIk6ech/iIOiwZq3759+yER10WcVm7+XcVr&#10;MY8kSYfMhmnSASOwpeCyDojjMZ5l+Go6SZJq5BGnk9OSd5BnRCVXKUB5cie9kiRJknaJ8ppIJQY/&#10;PS2vxWo4MThlOTRAoyEaDdJomEaFJ3E640uc3sfrgff1Z0mSJI0r4ri6Po74LXpQ4/3d3V2J38C0&#10;EfcZt0mSDp0N06QDFgWboBCzDnoZZ8s0SdKmyDt4/A+o5IKVW5IkSdLrWcfd/WudQNw9Wb2nLIeG&#10;aJeXl6VSkwZpEaNjc14Yt0uSJP1cEX9FgzNiM2K26DCCOC56vI26uhLz9dPSqE2SpENmwzTpgEUg&#10;zCsFl9yREYFuGWc5pSRpAwUh5Q6/k2WYSCFKFKhEviJJkiSpzWZjskDMTUXl7d3d+lGdvFKuE73g&#10;o54/3m9bniRJksYXPdhG+elmbEZjtOhBjZsOeLxn9IArSdKhs2GadMCisJJXgl4KMEEwXILk8kmS&#10;pEfRMC0KTngtDdUmq7DRzEOSJElqVldcxnsSlZOkb6vHPlFhiel02p2dna1vGIkkSZKktxdlqbvi&#10;tKiXo66ORmk0ToubD+hVTZKkQ1Zyyc+fP79pKcYiuZlvqJCFWU+S5xFmhTTZ+ltFMLIVm5Zs35DB&#10;ZT9BWfPQ5iXbxrEf8/Bl6+8PwOD2j+0k2bx0+1ePSdslPf7J98/8FFwS6P75558lyOUz83FnxmR6&#10;3nwOSZL2y8npquHyfFHyAPIK0mn/ngZo//mf/9l9+PBh2WNalQ+tp02yjTTvSrLG1nwpW3+2/dn6&#10;0/1r3P5W2fZNGgOnbPmpkWOfTOvym2O/RmOfny3b/5TvZq+3j/mTRQzN33rd1HrsWrVeMzdvf59n&#10;Dcnmz27JGfv4tWo9ftlvF2Id8RrL5LU178+8xvYPaT7/Etny3zr2aD1+rX8/Y2//0PJbv9tWm999&#10;va28Z/t4JdHYjM/E6ZTdlErKu/utP39D+yxJkqS3MRkI0SLuqzGsTv/7//zXasyPGFe/ol7Wenhy&#10;3Zxpve5vve5o1br9YxuK4evvdpfB+fmv5fiz/oFNyK4/nrv9vH/KPE/VWuaWeY39HzL28jNv/bff&#10;2o1Otv7s+DWvP1l+9v0219c0fn+t599zymz2vse0tlNl/2UnS6rxZNX7N5vNtnYHzA+JX78kKSrB&#10;SDRMiwbMfZCxmmKpOeaQdND2/Teidfv9jZR0iPb9l+2tf5vrMpfNbSHejjic3u3pMePy8rIketDg&#10;BsPS030/32aSJEnSftkWwzGMeI+6O+rxLi4uSkxIfR7jiBVJTMP4mL6OEWM58V77qfX726dvf3Nf&#10;Sz2EpKPgozylA0aGThDLnbYErogglYYH/QRlmCTpeMznq8KKPguIAo46SZIkSWpHzB0VhyEapJEY&#10;RwM0erS/Xj22k8pIPkfloyRJko7D1dVViQfrx3sSLxI/krbFhgyLJEnSe2bto3TACFa585ZCzQhg&#10;eSXRK07/UZJ0bFYFFXWhRhRe8FmSJElSO24IiTIYRKxN7E3PGPSMRuUjZTZ8ZjwN1ozJJUmSjk/c&#10;uEDDNGJEEg3UcH5+vo4VI/HZuFGStC9smCYduCgEjaAV67snvIlCko7PyapRWv8vGqWRT9g4TZIk&#10;SXo9hNV1xSHxNjcPUtlID2n0jhY93DOeGwhJ9TySJEk6DmdnZyUGJDaMeJEbGXhPL7s14sSIF40Z&#10;JUn7wIZp0gEjWI27butAdd0IYTWdJOl4TE5WlVyrQotokEYlGAUgFmZIkiRJ7Yivp9NpKYuhDIYy&#10;GioWaZDGo5r4HGU0lN3QaC0e4VnH65IkSTp8xIMkEAsSP9KzLj2n/fnnn6X3NOJH4kWmY3xMa3mu&#10;JOm9s2GadMC4oyIKOklRuBmFopKk41UXV5Av0CX8p0+fLMiQJEmSXsXfe0mj1wsqFaPSMTAdibKa&#10;dXmNdxNKkiQdjbhBgXLa6EWXmJHGacSRNFDjBoeIJ5m+bpwmSdJ7ZsM06YARoFIAiijkjEZqS5Zy&#10;StIxOql+/skT6Mnh7Py8+/jxYyn0kCRJktTmYf5QbhakMpGGabxSRhPxd5nmYdnLPZ9JVELymfIb&#10;y2wkSZKORzRGe6y/W5bbMowUDdPi0Z42TJMk7ZOSU/3r35+bSjqWhSW7ZRliXTn6Eoskvx3aPmY9&#10;+aHPkOcpS27c/8Htq+atp1sP71+G1z6s+dg37ntm9OWXf+Np3b7Moj/5+UfwuVjM+8B12p2dTbv7&#10;++Uz6P+6+KubP+zuGW0+7uZJkt6lRTc9nXSTPo+iYmze57U0SPvH7793v/zyS8l7nxqbvEQWe2R5&#10;fybbvixuzLTGJmPHva2y/ZskcXPr8WmVrT87fm+9fe/6/GHdjds/uP5+0UORObO2XLftu+y6Zexz&#10;t3z3w1//oNbt6692Vu9epvW3q880V2+2G/u37y3LTJCtf+zzrzXve+95byuOf3yH8RrfST3urYx6&#10;/Ptlj5l3nExO+b/qvYKKQYY9Huv+TYmnOdZRmcj0VBaWisPb72UbmT5mAVu1/Mj/q+9r9UmSJEna&#10;ZhlTLuPSs7Pz7tPHj92nX37p3591Z30cOp8/9sBLfBqN2pieesMhJ5O2SHQdH79QXMPski0/mz/V&#10;H7sXY9WN62+9bjpkY3/32TV/tv6szGnfpX/bSZnZ2FrPjzcvM0p+e5p/2xKt5/9zts8uMRqNeyos&#10;xRe6/Yv9GVug96ouYI3fBQJPGhpwJ+6iJZCSJB2mxbxkGstGzX0+0SejCUlvzh+i983LCknv0ch5&#10;x2JVqRcVeoTO9HDGsDKemLpPjKNRGmiQRu/1NEr7fnfbPZRl/NgoDY8fq3Kd1askSZK0iTriqCeO&#10;esCb79+7q6ur7uLiopvNHuNU4lOmJV7lpgkapW2vY17KGh4cPANxNfD0kZ7GhmnSHqvjyAg0KSTl&#10;+fIUhB59MClJ+rs+ayB/iDyCvCPykHVjNUmSJOnIERuTiJPjEZsxDHwmgQo/ymGoGOQxS9wsSPmM&#10;JEmS9Bqi3JZyXBLv46YIYlBe49HxjKtj1W3xK5jOsmBJ0s9gwzRpz0XQGMEoASYFoiQDSknSprrw&#10;gffT6bQk8hBJkiRJS5SoRGUdidg5HtcZlXoMpwKQysDLy8vSUxoVhFH5J0mSJL2Gur6PODRi0vhM&#10;PFoeJX9zU+LRuEmCct/z8/N1/LopYl1JksZkDaS0x4gVI2CMgJLCT9K2AFOSpJPJYyEEBRgUTpyd&#10;ndk4TZIkSapEqUo8vpMYOmJmPtMbBY3SqAAsj+7s31NGY3mMJEmSXls0RCPejHpAcOMEiScpkWiY&#10;VveeFnHsrgZojDN+lSSNzdpHaY9tNkqjsDTuzKWw1GBSkrSpzht4Hw3TKMCQJEmStESsTKor8Xil&#10;7CUapPHYTir/KIchno64ulQWPthrmiRJkl4HMWaU6xJrEpNGijpB8DQlYlUap5GioVrEtBHXIuLd&#10;WK4kSWOxYZq05yJoJJikUVrcBWEgKUnahvyiVJT1CdxtF3fcSZIkSVrpw2Ni5KgEpNKPir3r6+t1&#10;JR/lL8TXjCemjlh7Ob/xtSRJkl4XcWediD9JEbPyvm6cFjdTRHkw4wPTR9mwJEljMqeR9hhBY7wS&#10;TNIwja56CTrr4FKSpLU+fyCPiBQ2P0uSJElHbRUaU8lHZV30lEYFH69U7DGc8aCRWvRiz7DTU4td&#10;JUmS9DqIRSm7pT6QWJOeeukljcTnutEZr3wmPqXOkNg1yn4jsZw6SZI0ppLT/Ovfn5tqIcnAhmQZ&#10;2kljHWif1a7ebde6/tb9GxNb1ocQyw9bjH3sW731sV0kix97+5qXv1jeyUCiMRp3PVxdXZX3BKUE&#10;nkPm4x5eSdI7NCFy6vMf8hjyil9//bUkCjAo4Mi05n1vHns05v2Z7Pi07n+2/ZnW/ZssLx9ebOzY&#10;KpNdN2Sy7SP2imniNfaZ19Y7UN/0/GHdLecP6275fvtVZ3MPnV9jn1uZ1nO/9berdf+bz73G7Wv+&#10;223c/m6SfD8tfxu99PuZN+5Av/2xjfEa63zKuTF23p0ev+T4Z7LtH3v9mdbzp1V2DmTbl83fcv4w&#10;61CZV4YtOxnIPdg3Evkz+xGfSXyeTPr4uP/7q3tHqyv8Mvx2N+y+JEmS9GSTJPCk3Pf8/LyUA3/6&#10;9KmUCxPzEt8y7nS6jJuz+H6XLEZ+ynJjGfEa8zxn3l2yZTSXe7zssK21Xre+9Ht7D7J9a5Udm9bv&#10;rt+BPq3eb7HP381TtJbZZcY+fmP/7ad/u8n6x97/1vP/Ob9N3rp34Mb+Mdfbms+Xz44naKSAdDab&#10;leFxt64kSbsQEJJfcFfdoV8cSToAjRf5kiRtihv9KFehTCVu0ojY+K4fRoM0ekGjvOU5jdIkSZKk&#10;94S4l3iXR3teXl6Wji7oTY3hNFQLxLsR8xIXk5hGkqQW5iTSHpuv7pyncJSueAkio6GBhaWSpF2i&#10;QCG6fOe9+YYkSZKOUcTBxMQRF1PGQqXd9fV1eR8N0yRJkqR9FHEuN10Q59IwjZ6BqVck1o1GaJHA&#10;9CTjYElSKxumSXvsZPLYCI1gkjt8y/A+aDRQlCQNid7S6h7TyE8kSZKkY0C5CSlu2CA+5jO9pF1d&#10;XXXXX7+Wijp6ljBOliRJ0r6jDJiYN+oVuQGD3tP++OOPdbwbN2uQQCwcT2uSJOmlbJgm7bFpHzwS&#10;SBIwEhzWjdF4b8GpJGmXKIiIQgbyjGigJkmSJB26Oh6mDIWKORqkxWONHqoyFqaJWJm42fIWSZIk&#10;7RNiWWLaujyYBmfEwPQSTO9pvKcDjCgnZro6DpYk6aVsmCbtsZM+IKRBGr2lRaAYBaQGi5KkTOQV&#10;kXeYb0iSJOlYRCxM5RuPM/rrr79KwzTKWBh32qd6uoibYdwsSZKkfRKxbPSARoq6RJ6oETdoEBfT&#10;g3A0UKMh2/n5+WopkiS9jA3TpD22mM/LXbzcxUAwGQWj8SgKSZL+ZkslGvlG3eumJEmSdOiojKNn&#10;CCrfSJSvEBNTtlLKVHY0PmN8JEmSJGkfxFOX6hst6piWmzOi97RooMbniI8lSWphyxVpj/FYCQpO&#10;o/CUgtMIKuOOXkmSNpFXRH7Ba10oIUmSJB0CotvFyTKVzxuvt3e33dWXq+7r9XV3P5t1E3qD+PCh&#10;m55Nu/liXirvNuPmYJmLJEmS9gk9oEU9Ij2gnZ2dlXiWmzWoY6RnNOJdGqhx8wYN1Og5jc9MI0lS&#10;i1KC8n8//2uwJrK1oGXsis6TlsWza8n+tW5/dvyatn9k2b5HYd5LZcfmvR/71v2nx7OT5Z/heltj&#10;n3mtG5oxnvcxfDI97YPIrvvzr4vu4vKijKe7XQJLUgSRkiTVHu7vuv/x++/db7/9VvINEvkFFW/x&#10;fsi8VPG93GSV7+2r1v3PjB27tMrOj2z7W2XHP13/vO0AZrFf6/f3lL+/WEe81vOMffwzrD+2J17X&#10;28vffrJ/Q5izj4SXH14gOzZjn9vv+ZrvNYx9/LK/vWz9rXnP2OvP5u8mbdvf+tuTaf1+M63X3Zmx&#10;9/+t//5b887s+Iz9/Q8dP7aN8g+2od6OUmZyOulmD/Pu/v6hX8hqWJ+Ieen54ebbspKNBmgF66l3&#10;pf889rknSZIkvRcRV4NXYueIs0n/8R//0X369KnUPdLIbcaNHatpFrOH7nTaT5fE7oOS6970uiRZ&#10;/NiyaweO05DW7W+5bmu97nnzY1/+vVz23aQ49gMbkC2/ubw70fq3k60/O3/GXn+rtz7/W+ubxq5v&#10;a/ltQT2/PaZJ79zmH3R8XswX3f3dffcwf3yEJ7IfCEnScZv0eUZUzJEkSZKkfURZCDdWUDkWlWKg&#10;Uo0GaHymJ4hTbuJbLLqb79+7Lzy28/q6u72/6x4WyyLgkvpZ1+9XnyVJkqRjEbE0ryTqGknRGQaN&#10;0bixgzgbEYODuPqtGydJkt43ayOlPRBBYLwHDdK+f78pwSDDCAAjUCTFdJIk1U4np8sKutPTklfU&#10;+UXkNZIkSdJ7V8eyf4tj+49RPkLlGZVoPI7oy5cvpce0aLgmSZIk6TG2rmPkiKdpmEYsTeIxnxFL&#10;r28Q8eZnSVLCnEJ6xwj4NgNB3kfBKnf7zlbPdo/hMY8kSdvwWKN4hGfkF7xGPiJJkiTtgygbIVFZ&#10;FuUh0Xva7H7Wfb3+2n2ll7Q+0SCN6RA3aUiSJEnqfuiBOOoao7c0Eg3SuMmDuJr3dJoRDdS4CVqS&#10;pCE2TJP2CAFeBIazPugj8JuvAj/YoECSlJmcLB/hSWUcogKvzmMkSZKkfRPxLPHt/ey+u/l+87dG&#10;acTA3KABy1AkSZKk7SJW5jXKj2mIRlxNwzRibHpQu729Na6WJKVsmCa9YxHMbTYUYPisDwAX8zlP&#10;p1gPA40NSAaCkqRdIl8hr6jzGvMOSZIk7QviVxqarR8h1H+m8RmP7fx2/a27ubnpHmaPPaoxPqaL&#10;ntYkSZIkPdYx7iofPj8/X9/oTKcZ8Zh8Yu54spMkSbvYME165ygwrcVnekrrP5XPBIoUsiIKWW1c&#10;IEnaZrFu0rwsaIj8YzO/kSRJkt4zYtlIxLIRz1Ixdnt3V3qaB+UkUYkWDdIsM5EkSZIe1bF1HSvX&#10;cfbfYu7bWxulSZKeoOv+P8B2VnviIJvHAAAAAElFTkSuQmCCUEsDBBQABgAIAAAAIQAN3i+Z3wAA&#10;AAgBAAAPAAAAZHJzL2Rvd25yZXYueG1sTI9BS8NAFITvgv9heYI3u0lLYxPzUkpRT0WwFcTbNvua&#10;hGbfhuw2Sf+925MehxlmvsnXk2nFQL1rLCPEswgEcWl1wxXC1+HtaQXCecVatZYJ4UoO1sX9Xa4y&#10;bUf+pGHvKxFK2GUKofa+y6R0ZU1GuZntiIN3sr1RPsi+krpXYyg3rZxHUSKNajgs1KqjbU3leX8x&#10;CO+jGjeL+HXYnU/b689h+fG9iwnx8WHavIDwNPm/MNzwAzoUgeloL6ydaBHmzyGIsEwTEDc7XqUp&#10;iCNCukhAFrn8f6D4BQAA//8DAFBLAwQUAAYACAAAACEAqiYOvrwAAAAhAQAAGQAAAGRycy9fcmVs&#10;cy9lMm9Eb2MueG1sLnJlbHOEj0FqwzAQRfeF3EHMPpadRSjFsjeh4G1IDjBIY1nEGglJLfXtI8gm&#10;gUCX8z//PaYf//wqfillF1hB17QgiHUwjq2C6+V7/wkiF2SDa2BSsFGGcdh99GdasdRRXlzMolI4&#10;K1hKiV9SZr2Qx9yESFybOSSPpZ7Jyoj6hpbkoW2PMj0zYHhhiskoSJPpQFy2WM3/s8M8O02noH88&#10;cXmjkM5XdwVislQUeDIOH2HXRLYgh16+PDbcAQAA//8DAFBLAQItABQABgAIAAAAIQCxgme2CgEA&#10;ABMCAAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAh&#10;ADj9If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAAOwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAh&#10;AFCdL1jEAgAAkQYAAA4AAAAAAAAAAAAAAAAAOgIAAGRycy9lMm9Eb2MueG1sUEsBAi0ACgAAAAAA&#10;AAAhAOIp+qjiLgAA4i4AABQAAAAAAAAAAAAAAAAAKgUAAGRycy9tZWRpYS9pbWFnZTEucG5nUEsB&#10;Ai0AFAAGAAgAAAAhAA3eL5nfAAAACAEAAA8AAAAAAAAAAAAAAAAAPjQAAGRycy9kb3ducmV2Lnht&#10;bFBLAQItABQABgAIAAAAIQCqJg6+vAAAACEBAAAZAAAAAAAAAAAAAAAAAEo1AABkcnMvX3JlbHMv&#10;ZTJvRG9jLnhtbC5yZWxzUEsFBgAAAAAGAAYAfAEAAD02AAAAAA==&#10;">
+                <v:shapetype id="_x0000_t75" coordsize="21600,21600" o:spt="75" o:preferrelative="t" path="m@4@5l@4@11@9@11@9@5xe" filled="f" stroked="f">
+                  <v:stroke joinstyle="miter"/>
+                  <v:formulas>
+                    <v:f eqn="if lineDrawn pixelLineWidth 0"/>
+                    <v:f eqn="sum @0 1 0"/>
+                    <v:f eqn="sum 0 0 @1"/>
+                    <v:f eqn="prod @2 1 2"/>
+                    <v:f eqn="prod @3 21600 pixelWidth"/>
+                    <v:f eqn="prod @3 21600 pixelHeight"/>
+                    <v:f eqn="sum @0 0 1"/>
+                    <v:f eqn="prod @6 1 2"/>
+                    <v:f eqn="prod @7 21600 pixelWidth"/>
+                    <v:f eqn="sum @8 21600 0"/>
+                    <v:f eqn="prod @7 21600 pixelHeight"/>
+                    <v:f eqn="sum @10 21600 0"/>
+                  </v:formulas>
+                  <v:path o:extrusionok="f" gradientshapeok="t" o:connecttype="rect"/>
+                  <o:lock v:ext="edit" aspectratio="t"/>
+                </v:shapetype>
+                <v:shape id="Picture 2387" o:spid="_x0000_s1027" type="#_x0000_t75" style="position:absolute;left:-19;top:-45;width:75285;height:2193;visibility:visible;mso-wrap-style:square" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQBocGeBxQAAAN0AAAAPAAAAZHJzL2Rvd25yZXYueG1sRI9ba8JA&#10;FITfhf6H5RT6pptasRpdxQQKea0XsG+H7DEJzZ4N2c2l/94tCD4OM/MNs92PphY9ta6yrOB9FoEg&#10;zq2uuFBwPn1NVyCcR9ZYWyYFf+Rgv3uZbDHWduBv6o++EAHCLkYFpfdNLKXLSzLoZrYhDt7NtgZ9&#10;kG0hdYtDgJtazqNoKQ1WHBZKbCgtKf89dkbB0K3T5Cfxl0N2HRp309nysrgq9fY6HjYgPI3+GX60&#10;M61g/rH6hP834QnI3R0AAP//AwBQSwECLQAUAAYACAAAACEA2+H2y+4AAACFAQAAEwAAAAAAAAAA&#10;AAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQBa9CxbvwAAABUBAAAL&#10;AAAAAAAAAAAAAAAAAB8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAAIQBocGeBxQAAAN0AAAAP&#10;AAAAAAAAAAAAAAAAAAcCAABkcnMvZG93bnJldi54bWxQSwUGAAAAAAMAAwC3AAAA+QIAAAAA&#10;">
+                  <v:imagedata r:id="rId17" o:title=""/>
+                </v:shape>
+                <v:rect id="Rectangle 101" o:spid="_x0000_s1028" style="position:absolute;left:65073;top:342;width:5273;height:2365;visibility:visible;mso-wrap-style:square;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQCgd0nRwwAAANwAAAAPAAAAZHJzL2Rvd25yZXYueG1sRE9Na8JA&#10;EL0L/Q/LFLzpRg8lSV1DqIoebVKwvQ3ZaRKanQ3ZrYn++m6h0Ns83udsssl04kqDay0rWC0jEMSV&#10;1S3XCt7KwyIG4Tyyxs4yKbiRg2z7MNtgqu3Ir3QtfC1CCLsUFTTe96mUrmrIoFvanjhwn3Yw6AMc&#10;aqkHHEO46eQ6ip6kwZZDQ4M9vTRUfRXfRsEx7vP3k72Pdbf/OF7Ol2RXJl6p+eOUP4PwNPl/8Z/7&#10;pMP8aAW/z4QL5PYHAAD//wMAUEsBAi0AFAAGAAgAAAAhANvh9svuAAAAhQEAABMAAAAAAAAAAAAA&#10;AAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAWvQsW78AAAAVAQAACwAA&#10;AAAAAAAAAAAAAAAfAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEAoHdJ0cMAAADcAAAADwAA&#10;AAAAAAAAAAAAAAAHAgAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAADAAMAtwAAAPcCAAAAAA==&#10;" filled="f" stroked="f">
+                  <v:textbox inset="0,0,0,0">
+                    <w:txbxContent>
+                      <w:p w14:paraId="576852AB" w14:textId="77777777" w:rsidR="003F0D3F" w:rsidRDefault="003F0D3F" w:rsidP="003F0D3F">
+                        <w:pPr>
+                          <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
+                          <w:ind w:left="0"/>
+                        </w:pPr>
+                        <w:r>
+                          <w:rPr>
+                            <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                            <w:b/>
+                            <w:color w:val="4A4A4A"/>
+                            <w:sz w:val="28"/>
+                          </w:rPr>
+                          <w:t>Rutin</w:t>
+                        </w:r>
+                      </w:p>
+                    </w:txbxContent>
+                  </v:textbox>
+                </v:rect>
+                <w10:wrap type="topAndBottom" anchorx="page" anchory="page"/>
+              </v:group>
+            </w:pict>
+          </mc:Fallback>
+        </mc:AlternateContent>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...2 lines deleted...]
-          <w:szCs w:val="24"/>
+          <w:rFonts w:eastAsia="Calibri"/>
         </w:rPr>
-        <w:t>ör</w:t>
-[...17 lines deleted...]
-        <w:t>.</w:t>
+        <w:t xml:space="preserve">Ansvar </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="76CF24E7" w14:textId="77777777" w:rsidR="00D93D84" w:rsidRDefault="00022628" w:rsidP="00EB5C81">
-[...59 lines deleted...]
-        </w:rPr>
+    <w:p w14:paraId="003E09D2" w14:textId="77777777" w:rsidR="003F0D3F" w:rsidRDefault="003F0D3F" w:rsidP="0094328C">
+      <w:r>
         <w:t>Behandlande läkare ansvarar för att dokumentation sker och att den kontinuerligt uppdateras, även när smittorisk upphör. Sekreterare kan dokumentera på uppdrag av läkare.</w:t>
       </w:r>
-    </w:p>
-[...5 lines deleted...]
-        <w:outlineLvl w:val="0"/>
+      <w:r>
         <w:rPr>
-          <w:rStyle w:val="Rubrik2Char"/>
-[...16 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
-          <w:color w:val="000000"/>
-[...16 lines deleted...]
-          <w:szCs w:val="20"/>
+          <w:sz w:val="26"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="65DECF6D" w14:textId="0B4AF68F" w:rsidR="00022628" w:rsidRPr="00022628" w:rsidRDefault="00022628" w:rsidP="00D820C7">
-[...4 lines deleted...]
-        <w:outlineLvl w:val="0"/>
+    <w:p w14:paraId="670B793B" w14:textId="77777777" w:rsidR="003F0D3F" w:rsidRDefault="003F0D3F" w:rsidP="0094328C">
+      <w:pPr>
+        <w:pStyle w:val="Rubrik2"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">Arbetsbeskrivning </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3E36B243" w14:textId="77777777" w:rsidR="003F0D3F" w:rsidRDefault="003F0D3F" w:rsidP="0094328C">
+      <w:r>
+        <w:t>Med smitta avses här smittsamma sjukdomar där det är av extra stor vikt för patient och sjukvård att detta beaktas, och där det har betydelse för den vårdhygieniska handläggningen. Sjukdomarna faller under Smittskyddslagen.</w:t>
+      </w:r>
+      <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="536196CB" w14:textId="77777777" w:rsidR="003F0D3F" w:rsidRDefault="003F0D3F" w:rsidP="0094328C">
+      <w:pPr>
+        <w:pStyle w:val="MellanrubrikVGR"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve">När ska dokumentationen ske i relation till vårdprocessen?  </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="61E2DD82" w14:textId="77777777" w:rsidR="003F0D3F" w:rsidRDefault="003F0D3F" w:rsidP="0094328C">
+      <w:pPr>
+        <w:pStyle w:val="Punktlista"/>
+      </w:pPr>
+      <w:r>
+        <w:lastRenderedPageBreak/>
+        <w:t xml:space="preserve">Registreringen av smittorisk ska ske så snart möjligt efter det att informationen kommer till en vårdgivares kännedom.  </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5758B66B" w14:textId="77777777" w:rsidR="003F0D3F" w:rsidRDefault="003F0D3F" w:rsidP="0094328C">
+      <w:pPr>
+        <w:pStyle w:val="Punktlista"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">Endast en registrering ska göras för varje unik smitta. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6417A800" w14:textId="7EE3A1CB" w:rsidR="003F0D3F" w:rsidRDefault="003F0D3F" w:rsidP="003F0D3F">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="center" w:pos="3187"/>
+          <w:tab w:val="center" w:pos="5665"/>
+        </w:tabs>
+        <w:spacing w:after="792" w:line="324" w:lineRule="auto"/>
+        <w:ind w:left="0"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7A94F37B" w14:textId="77777777" w:rsidR="003F0D3F" w:rsidRDefault="003F0D3F" w:rsidP="0094328C">
+      <w:pPr>
+        <w:pStyle w:val="MellanrubrikVGR"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Vad ska dokumenteras?  </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3F4DB85C" w14:textId="77777777" w:rsidR="003F0D3F" w:rsidRPr="00C97745" w:rsidRDefault="003F0D3F" w:rsidP="0094328C">
+      <w:pPr>
+        <w:pStyle w:val="Punktlista"/>
+        <w:rPr>
+          <w:strike/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">MRSA, ESBL och VRE ska anges. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="23A672DF" w14:textId="77777777" w:rsidR="003F0D3F" w:rsidRDefault="003F0D3F" w:rsidP="0094328C">
+      <w:pPr>
+        <w:pStyle w:val="Punktlista"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">Ej längre smittsam: </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F3538B">
+        <w:t>Eftersom bärarskap av smittämnen ibland kan avskrivas, ska även</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> upphörande av smitta dokumenteras, se nedan. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4391997F" w14:textId="77777777" w:rsidR="003F0D3F" w:rsidRDefault="003F0D3F" w:rsidP="0094328C">
+      <w:pPr>
+        <w:pStyle w:val="MellanrubrikVGR"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Var och hur dokumenterar man? </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="43BA77BA" w14:textId="77777777" w:rsidR="003F0D3F" w:rsidRDefault="003F0D3F" w:rsidP="0094328C">
+      <w:r>
+        <w:t xml:space="preserve">Dokumentationen sker under sökordet </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
           <w:b/>
         </w:rPr>
-      </w:pPr>
-      <w:r w:rsidRPr="00022628">
+        <w:t>Smitta</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">, som finns i mallen </w:t>
+      </w:r>
+      <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
-          <w:bCs/>
-          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>Allmänna uppgifter</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">.  </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="638FE532" w14:textId="77777777" w:rsidR="003F0D3F" w:rsidRDefault="003F0D3F" w:rsidP="003F0D3F">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="259" w:lineRule="auto"/>
+        <w:ind w:left="0" w:right="1062"/>
+        <w:jc w:val="right"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
-          <w:szCs w:val="20"/>
-[...9 lines deleted...]
-          <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2FC88581" w14:textId="77777777" w:rsidR="00022628" w:rsidRPr="00022628" w:rsidRDefault="00022628" w:rsidP="000B4310">
-[...4 lines deleted...]
-        <w:t xml:space="preserve">Registreringen av smittorisk ska ske så snart möjligt efter det att informationen kommer till en vårdgivares kännedom. </w:t>
+    <w:p w14:paraId="2258AC12" w14:textId="77777777" w:rsidR="003F0D3F" w:rsidRDefault="003F0D3F" w:rsidP="0094328C">
+      <w:r>
+        <w:t xml:space="preserve">Via sökordet </w:t>
       </w:r>
-    </w:p>
-[...24 lines deleted...]
-      <w:r w:rsidRPr="00CC40ED">
+      <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-[...63 lines deleted...]
-          <w:szCs w:val="24"/>
+          <w:b/>
         </w:rPr>
         <w:t>Smitta</w:t>
       </w:r>
-      <w:r w:rsidRPr="0042476F">
+      <w:r>
+        <w:t xml:space="preserve"> får man </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F3538B">
+        <w:t>fyra</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> valmöjligheter:  </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3ECE0083" w14:textId="77777777" w:rsidR="003F0D3F" w:rsidRDefault="003F0D3F" w:rsidP="0094328C">
+      <w:pPr>
+        <w:pStyle w:val="Punktlista"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">Ingen känd  </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7FF6707C" w14:textId="77777777" w:rsidR="003F0D3F" w:rsidRDefault="003F0D3F" w:rsidP="0094328C">
+      <w:pPr>
+        <w:pStyle w:val="Punktlista"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">MRSA </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2C464F84" w14:textId="77777777" w:rsidR="003F0D3F" w:rsidRDefault="003F0D3F" w:rsidP="0094328C">
+      <w:pPr>
+        <w:pStyle w:val="Punktlista"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">ESBL </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="20654835" w14:textId="77777777" w:rsidR="003F0D3F" w:rsidRDefault="003F0D3F" w:rsidP="0094328C">
+      <w:pPr>
+        <w:pStyle w:val="Punktlista"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">VRE  </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="688FD724" w14:textId="77777777" w:rsidR="003F0D3F" w:rsidRDefault="003F0D3F" w:rsidP="0094328C">
+      <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-[...3 lines deleted...]
-          <w:szCs w:val="24"/>
+          <w:noProof/>
         </w:rPr>
-        <w:t xml:space="preserve">, som finns i mallen </w:t>
+        <w:drawing>
+          <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251660288" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="0" wp14:anchorId="41B3B205" wp14:editId="25C14F59">
+            <wp:simplePos x="0" y="0"/>
+            <wp:positionH relativeFrom="column">
+              <wp:posOffset>5413375</wp:posOffset>
+            </wp:positionH>
+            <wp:positionV relativeFrom="paragraph">
+              <wp:posOffset>136372</wp:posOffset>
+            </wp:positionV>
+            <wp:extent cx="378460" cy="371145"/>
+            <wp:effectExtent l="0" t="0" r="0" b="0"/>
+            <wp:wrapSquare wrapText="bothSides"/>
+            <wp:docPr id="210" name="Picture 210"/>
+            <wp:cNvGraphicFramePr/>
+            <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+              <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                  <pic:nvPicPr>
+                    <pic:cNvPr id="210" name="Picture 210"/>
+                    <pic:cNvPicPr/>
+                  </pic:nvPicPr>
+                  <pic:blipFill>
+                    <a:blip r:embed="rId18"/>
+                    <a:stretch>
+                      <a:fillRect/>
+                    </a:stretch>
+                  </pic:blipFill>
+                  <pic:spPr>
+                    <a:xfrm>
+                      <a:off x="0" y="0"/>
+                      <a:ext cx="378460" cy="371145"/>
+                    </a:xfrm>
+                    <a:prstGeom prst="rect">
+                      <a:avLst/>
+                    </a:prstGeom>
+                  </pic:spPr>
+                </pic:pic>
+              </a:graphicData>
+            </a:graphic>
+          </wp:anchor>
+        </w:drawing>
       </w:r>
-      <w:r w:rsidRPr="00FC5C5D">
+      <w:r>
+        <w:t xml:space="preserve">De </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F3538B">
+        <w:t>tre</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> sistnämnda alternativen tänder knappen med utropstecknet, som sedan är aktivt i </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>Meliors</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> alla delar. Om patienten har fler av ovanstående alternativ, välj en dubblett av sökordet </w:t>
+      </w:r>
+      <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-[...1 lines deleted...]
-          <w:szCs w:val="24"/>
+          <w:b/>
         </w:rPr>
-        <w:t>Allmänna uppgifter</w:t>
+        <w:t>Smitta</w:t>
       </w:r>
-      <w:r w:rsidRPr="0042476F">
-[...6 lines deleted...]
-        </w:rPr>
+      <w:r>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
     </w:p>
-    <w:tbl>
-[...194 lines deleted...]
-        <w:t xml:space="preserve">När patienten inte längre bär på smitta ska man gå in via den tidigare registreringen och skriva i fritext: ”Ej längre smittsam gällande smitta X, se anteckning [datum och anteckningstyp]”. </w:t>
+    <w:p w14:paraId="713D81A0" w14:textId="77777777" w:rsidR="003F0D3F" w:rsidRDefault="003F0D3F" w:rsidP="0094328C">
+      <w:pPr>
+        <w:pStyle w:val="MellanrubrikVGR"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Avskrivning </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="77166201" w14:textId="77777777" w:rsidR="00022628" w:rsidRDefault="00022628" w:rsidP="00976077">
-[...1 lines deleted...]
-        <w:t>Utropstecknet skall vara kvar.</w:t>
+    <w:p w14:paraId="5FA2D980" w14:textId="77777777" w:rsidR="003F0D3F" w:rsidRDefault="003F0D3F" w:rsidP="0094328C">
+      <w:r>
+        <w:t xml:space="preserve">När patienten inte längre bär på smitta ska man gå in via den tidigare registreringen och skriva i fritext: ”Ej längre </w:t>
       </w:r>
-      <w:bookmarkEnd w:id="0"/>
-[...4 lines deleted...]
-      </w:pPr>
       <w:r>
-        <w:t>Arbetsgrupp</w:t>
+        <w:lastRenderedPageBreak/>
+        <w:t xml:space="preserve">smittsam gällande smitta X, se anteckning [datum och anteckningstyp]”.  </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="53F21E4A" w14:textId="4605B7F5" w:rsidR="00E435A7" w:rsidRDefault="00E435A7" w:rsidP="00E435A7">
+    <w:p w14:paraId="057EDF71" w14:textId="77777777" w:rsidR="003F0D3F" w:rsidRDefault="003F0D3F" w:rsidP="0094328C">
       <w:r>
-        <w:t>Julia Lenzen</w:t>
+        <w:t xml:space="preserve">Utropstecknet skall vara kvar. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="120F5BB0" w14:textId="116C18DF" w:rsidR="00E435A7" w:rsidRDefault="00E435A7" w:rsidP="00E435A7">
+    <w:p w14:paraId="6F4EA0A7" w14:textId="77777777" w:rsidR="003F0D3F" w:rsidRDefault="003F0D3F" w:rsidP="0094328C">
+      <w:pPr>
+        <w:pStyle w:val="Rubrik2"/>
+      </w:pPr>
       <w:r>
-        <w:t>Anna Johansson</w:t>
+        <w:t xml:space="preserve">Arbetsgrupp </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3A9740CB" w14:textId="690CE207" w:rsidR="00E435A7" w:rsidRPr="00E435A7" w:rsidRDefault="00E435A7" w:rsidP="00E435A7">
+    <w:p w14:paraId="3676261F" w14:textId="77777777" w:rsidR="003F0D3F" w:rsidRDefault="003F0D3F" w:rsidP="0094328C">
+      <w:r>
+        <w:t xml:space="preserve">Julia Lenzen </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6DA14C0D" w14:textId="77777777" w:rsidR="003F0D3F" w:rsidRDefault="003F0D3F" w:rsidP="0094328C">
+      <w:r w:rsidRPr="00F3538B">
+        <w:t>Pernilla Eriksson</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5FEF71ED" w14:textId="77777777" w:rsidR="003F0D3F" w:rsidRDefault="003F0D3F" w:rsidP="0094328C">
+      <w:r>
+        <w:t xml:space="preserve">Anna Johansson </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3A9740CB" w14:textId="7FF27DD1" w:rsidR="00E435A7" w:rsidRPr="00E435A7" w:rsidRDefault="003F0D3F" w:rsidP="0094328C">
       <w:r>
         <w:t>Kristina Andersson</w:t>
       </w:r>
     </w:p>
     <w:sectPr w:rsidR="00E435A7" w:rsidRPr="00E435A7" w:rsidSect="00022628">
       <w:type w:val="continuous"/>
       <w:pgSz w:w="11900" w:h="16840"/>
       <w:pgMar w:top="1418" w:right="1979" w:bottom="1276" w:left="992" w:header="283" w:footer="743" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:noEndnote/>
       <w:titlePg/>
       <w:docGrid w:linePitch="326"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
     <w:p w14:paraId="6702D60A" w14:textId="77777777" w:rsidR="003B7C13" w:rsidRDefault="003B7C13">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
     <w:p w14:paraId="364CF167" w14:textId="77777777" w:rsidR="003B7C13" w:rsidRDefault="003B7C13">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationNotice" w:id="1">
     <w:p w14:paraId="64E006C9" w14:textId="77777777" w:rsidR="003B7C13" w:rsidRDefault="003B7C13">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier">
     <w:panose1 w:val="02070409020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000003" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
   </w:font>
+  <w:font w:name="Arial">
+    <w:panose1 w:val="020B0604020202020204"/>
+    <w:charset w:val="00"/>
+    <w:family w:val="swiss"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Segoe UI Symbol">
+    <w:panose1 w:val="020B0502040204020203"/>
+    <w:charset w:val="00"/>
+    <w:family w:val="roman"/>
+    <w:notTrueType/>
+    <w:pitch w:val="default"/>
+  </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="MS Gothic">
     <w:altName w:val="ＭＳ ゴシック"/>
     <w:panose1 w:val="020B0609070205080204"/>
     <w:charset w:val="80"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E00002FF" w:usb1="6AC7FDFB" w:usb2="08000012" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
-  </w:font>
-[...5 lines deleted...]
-    <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="MinionPro-Regular">
     <w:altName w:val="Calibri"/>
     <w:panose1 w:val="00000000000000000000"/>
     <w:charset w:val="4D"/>
     <w:family w:val="auto"/>
     <w:notTrueType/>
     <w:pitch w:val="default"/>
     <w:sig w:usb0="00000003" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Lucida Grande">
     <w:altName w:val="Times New Roman"/>
     <w:charset w:val="00"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E1000AEF" w:usb1="5000A1FF" w:usb2="00000000" w:usb3="00000000" w:csb0="000001BF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="MS Mincho">
     <w:altName w:val="ＭＳ 明朝"/>
     <w:panose1 w:val="02020609040205080304"/>
     <w:charset w:val="80"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E00002FF" w:usb1="6AC7FDFB" w:usb2="08000012" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="1FE2B820" w14:textId="77777777" w:rsidR="00660269" w:rsidRDefault="00660269" w:rsidP="00C43BDD">
     <w:pPr>
       <w:pStyle w:val="Sidfot"/>
       <w:framePr w:wrap="around" w:vAnchor="text" w:hAnchor="margin" w:y="1"/>
       <w:rPr>
         <w:rStyle w:val="Sidnummer"/>
       </w:rPr>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:rStyle w:val="Sidnummer"/>
       </w:rPr>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:rPr>
         <w:rStyle w:val="Sidnummer"/>
       </w:rPr>
       <w:instrText xml:space="preserve">PAGE  </w:instrText>
     </w:r>
     <w:r>
       <w:rPr>
         <w:rStyle w:val="Sidnummer"/>
       </w:rPr>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
   <w:p w14:paraId="1FE2B821" w14:textId="77777777" w:rsidR="00660269" w:rsidRDefault="00660269" w:rsidP="00C43BDD">
     <w:pPr>
       <w:pStyle w:val="Sidfot"/>
       <w:ind w:firstLine="360"/>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footer2.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:sdt>
     <w:sdtPr>
       <w:id w:val="-2070031421"/>
       <w:docPartObj>
         <w:docPartGallery w:val="Page Numbers (Bottom of Page)"/>
         <w:docPartUnique/>
       </w:docPartObj>
     </w:sdtPr>
     <w:sdtEndPr>
       <w:rPr>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
     </w:sdtEndPr>
     <w:sdtContent>
       <w:p w14:paraId="47BD2091" w14:textId="4558F808" w:rsidR="00C50EE5" w:rsidRPr="00EC0A68" w:rsidRDefault="00A65FD4" w:rsidP="00EC0A68">
         <w:pPr>
           <w:pStyle w:val="Sidfot"/>
           <w:rPr>
             <w:sz w:val="16"/>
             <w:szCs w:val="16"/>
           </w:rPr>
         </w:pPr>
         <w:r w:rsidRPr="00EC0A68">
           <w:rPr>
@@ -847,51 +850,51 @@
             <w:szCs w:val="16"/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
         <w:r w:rsidR="00EC0A68" w:rsidRPr="00EC0A68">
           <w:rPr>
             <w:sz w:val="16"/>
             <w:szCs w:val="16"/>
           </w:rPr>
           <w:t>2</w:t>
         </w:r>
         <w:r w:rsidR="00EC0A68" w:rsidRPr="00EC0A68">
           <w:rPr>
             <w:sz w:val="16"/>
             <w:szCs w:val="16"/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:p>
     </w:sdtContent>
   </w:sdt>
 </w:ftr>
 </file>
 
 <file path=word/footer3.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="1FE2B822" w14:textId="063AE373" w:rsidR="00660269" w:rsidRDefault="009228AB" w:rsidP="00FB2F0F">
     <w:pPr>
       <w:pStyle w:val="Sidfot"/>
       <w:ind w:left="6237" w:hanging="141"/>
       <w:jc w:val="left"/>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:noProof/>
       </w:rPr>
       <w:drawing>
         <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658241" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="1FE2B825" wp14:editId="1C346EBA">
           <wp:simplePos x="0" y="0"/>
           <wp:positionH relativeFrom="column">
             <wp:posOffset>4388307</wp:posOffset>
           </wp:positionH>
           <wp:positionV relativeFrom="paragraph">
             <wp:posOffset>-27355</wp:posOffset>
           </wp:positionV>
           <wp:extent cx="1897920" cy="384860"/>
           <wp:effectExtent l="0" t="0" r="7620" b="0"/>
           <wp:wrapNone/>
           <wp:docPr id="9" name="Bildobjekt 9">
             <a:extLst xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:ext uri="{C183D7F6-B498-43B3-948B-1728B52AA6E4}">
@@ -925,73 +928,73 @@
                   <a:xfrm>
                     <a:off x="0" y="0"/>
                     <a:ext cx="1953671" cy="396165"/>
                   </a:xfrm>
                   <a:prstGeom prst="rect">
                     <a:avLst/>
                   </a:prstGeom>
                 </pic:spPr>
               </pic:pic>
             </a:graphicData>
           </a:graphic>
           <wp14:sizeRelH relativeFrom="margin">
             <wp14:pctWidth>0</wp14:pctWidth>
           </wp14:sizeRelH>
           <wp14:sizeRelV relativeFrom="margin">
             <wp14:pctHeight>0</wp14:pctHeight>
           </wp14:sizeRelV>
         </wp:anchor>
       </w:drawing>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
     <w:p w14:paraId="2694CCD1" w14:textId="77777777" w:rsidR="003B7C13" w:rsidRDefault="003B7C13"/>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w14:paraId="5F8F9853" w14:textId="77777777" w:rsidR="003B7C13" w:rsidRDefault="003B7C13">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationNotice" w:id="1">
     <w:p w14:paraId="2AC0D5D2" w14:textId="77777777" w:rsidR="003B7C13" w:rsidRDefault="003B7C13">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="68F18EE5" w14:textId="39C06E14" w:rsidR="00294791" w:rsidRPr="00DA65C4" w:rsidRDefault="00DA65C4" w:rsidP="00DA65C4">
     <w:pPr>
       <w:pStyle w:val="Sidhuvud"/>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:noProof/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
       <mc:AlternateContent>
         <mc:Choice Requires="wps">
           <w:drawing>
             <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251672577" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="264BC60A" wp14:editId="43F94021">
               <wp:simplePos x="0" y="0"/>
               <wp:positionH relativeFrom="column">
                 <wp:posOffset>0</wp:posOffset>
               </wp:positionH>
               <wp:positionV relativeFrom="paragraph">
                 <wp:posOffset>-635</wp:posOffset>
               </wp:positionV>
               <wp:extent cx="4667250" cy="323850"/>
               <wp:effectExtent l="0" t="0" r="0" b="0"/>
               <wp:wrapNone/>
               <wp:docPr id="10" name="Textruta 10"/>
@@ -1035,85 +1038,85 @@
                           </w:r>
                         </w:p>
                       </w:txbxContent>
                     </wps:txbx>
                     <wps:bodyPr rot="0" spcFirstLastPara="0" vertOverflow="overflow" horzOverflow="overflow" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" numCol="1" spcCol="0" rtlCol="0" fromWordArt="0" anchor="t" anchorCtr="0" forceAA="0" compatLnSpc="1">
                       <a:prstTxWarp prst="textNoShape">
                         <a:avLst/>
                       </a:prstTxWarp>
                       <a:noAutofit/>
                     </wps:bodyPr>
                   </wps:wsp>
                 </a:graphicData>
               </a:graphic>
               <wp14:sizeRelH relativeFrom="margin">
                 <wp14:pctWidth>0</wp14:pctWidth>
               </wp14:sizeRelH>
             </wp:anchor>
           </w:drawing>
         </mc:Choice>
         <mc:Fallback>
           <w:pict>
             <v:shapetype w14:anchorId="264BC60A" id="_x0000_t202" coordsize="21600,21600" o:spt="202" path="m,l,21600r21600,l21600,xe">
               <v:stroke joinstyle="miter"/>
               <v:path gradientshapeok="t" o:connecttype="rect"/>
             </v:shapetype>
-            <v:shape id="Textruta 10" o:spid="_x0000_s1026" type="#_x0000_t202" style="position:absolute;left:0;text-align:left;margin-left:0;margin-top:-.05pt;width:367.5pt;height:25.5pt;z-index:251672577;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-width-relative:margin;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQCzkv6OFQIAACwEAAAOAAAAZHJzL2Uyb0RvYy54bWysU01v2zAMvQ/YfxB0X5yvpp0Rp8haZBgQ&#10;tAXSoWdFlmIDkqhJSuzs14+SnY91Ow27yKRIP5LvUfP7VityEM7XYAo6GgwpEYZDWZtdQb+/rj7d&#10;UeIDMyVTYERBj8LT+8XHD/PG5mIMFahSOIIgxueNLWgVgs2zzPNKaOYHYIXBoASnWUDX7bLSsQbR&#10;tcrGw+Esa8CV1gEX3uPtYxeki4QvpeDhWUovAlEFxd5COl06t/HMFnOW7xyzVc37Ntg/dKFZbbDo&#10;GeqRBUb2rv4DStfcgQcZBhx0BlLWXKQZcJrR8N00m4pZkWZBcrw90+T/Hyx/OmzsiyOh/QItChgJ&#10;aazPPV7GeVrpdPxipwTjSOHxTJtoA+F4OZ3Nbsc3GOIYm4wnd2gjTHb52zofvgrQJBoFdShLYosd&#10;1j50qaeUWMzAqlYqSaMMaQo6myDkbxEEVwZrXHqNVmi3bT/AFsojzuWgk9xbvqqx+Jr58MIcaoz9&#10;4t6GZzykAiwCvUVJBe7n3+5jPlKPUUoa3JmC+h975gQl6ptBUT6PptO4ZMmZ3tyO0XHXke11xOz1&#10;A+BajvCFWJ7MmB/UyZQO9Buu9zJWxRAzHGsXNJzMh9BtMj4PLpbLlIRrZVlYm43lETqSFql9bd+Y&#10;sz3/AZV7gtN2sfydDF1uR/dyH0DWSaNIcMdqzzuuZFK5fz5x56/9lHV55ItfAAAA//8DAFBLAwQU&#10;AAYACAAAACEAJkWNkN0AAAAFAQAADwAAAGRycy9kb3ducmV2LnhtbEyPQU/CQBSE7yb+h80z8QZb&#10;MFUofSWkCTExegC5eNt2l7Zx923tLlD99T5PeJzMZOabfD06K85mCJ0nhNk0AWGo9rqjBuHwvp0s&#10;QISoSCvrySB8mwDr4vYmV5n2F9qZ8z42gksoZAqhjbHPpAx1a5wKU98bYu/oB6ciy6GRelAXLndW&#10;zpPkUTrVES+0qjdla+rP/ckhvJTbN7Wr5m7xY8vn1+Om/zp8pIj3d+NmBSKaMV7D8IfP6FAwU+VP&#10;pIOwCHwkIkxmINh8ekhZVwhpsgRZ5PI/ffELAAD//wMAUEsBAi0AFAAGAAgAAAAhALaDOJL+AAAA&#10;4QEAABMAAAAAAAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEA&#10;OP0h/9YAAACUAQAACwAAAAAAAAAAAAAAAAAvAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEA&#10;s5L+jhUCAAAsBAAADgAAAAAAAAAAAAAAAAAuAgAAZHJzL2Uyb0RvYy54bWxQSwECLQAUAAYACAAA&#10;ACEAJkWNkN0AAAAFAQAADwAAAAAAAAAAAAAAAABvBAAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAAE&#10;AAQA8wAAAHkFAAAAAA==&#10;" filled="f" stroked="f" strokeweight=".5pt">
+            <v:shape id="Textruta 10" o:spid="_x0000_s1029" type="#_x0000_t202" style="position:absolute;left:0;text-align:left;margin-left:0;margin-top:-.05pt;width:367.5pt;height:25.5pt;z-index:251672577;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-width-relative:margin;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQCzkv6OFQIAACwEAAAOAAAAZHJzL2Uyb0RvYy54bWysU01v2zAMvQ/YfxB0X5yvpp0Rp8haZBgQ&#10;tAXSoWdFlmIDkqhJSuzs14+SnY91Ow27yKRIP5LvUfP7VityEM7XYAo6GgwpEYZDWZtdQb+/rj7d&#10;UeIDMyVTYERBj8LT+8XHD/PG5mIMFahSOIIgxueNLWgVgs2zzPNKaOYHYIXBoASnWUDX7bLSsQbR&#10;tcrGw+Esa8CV1gEX3uPtYxeki4QvpeDhWUovAlEFxd5COl06t/HMFnOW7xyzVc37Ntg/dKFZbbDo&#10;GeqRBUb2rv4DStfcgQcZBhx0BlLWXKQZcJrR8N00m4pZkWZBcrw90+T/Hyx/OmzsiyOh/QItChgJ&#10;aazPPV7GeVrpdPxipwTjSOHxTJtoA+F4OZ3Nbsc3GOIYm4wnd2gjTHb52zofvgrQJBoFdShLYosd&#10;1j50qaeUWMzAqlYqSaMMaQo6myDkbxEEVwZrXHqNVmi3bT/AFsojzuWgk9xbvqqx+Jr58MIcaoz9&#10;4t6GZzykAiwCvUVJBe7n3+5jPlKPUUoa3JmC+h975gQl6ptBUT6PptO4ZMmZ3tyO0XHXke11xOz1&#10;A+BajvCFWJ7MmB/UyZQO9Buu9zJWxRAzHGsXNJzMh9BtMj4PLpbLlIRrZVlYm43lETqSFql9bd+Y&#10;sz3/AZV7gtN2sfydDF1uR/dyH0DWSaNIcMdqzzuuZFK5fz5x56/9lHV55ItfAAAA//8DAFBLAwQU&#10;AAYACAAAACEAJkWNkN0AAAAFAQAADwAAAGRycy9kb3ducmV2LnhtbEyPQU/CQBSE7yb+h80z8QZb&#10;MFUofSWkCTExegC5eNt2l7Zx923tLlD99T5PeJzMZOabfD06K85mCJ0nhNk0AWGo9rqjBuHwvp0s&#10;QISoSCvrySB8mwDr4vYmV5n2F9qZ8z42gksoZAqhjbHPpAx1a5wKU98bYu/oB6ciy6GRelAXLndW&#10;zpPkUTrVES+0qjdla+rP/ckhvJTbN7Wr5m7xY8vn1+Om/zp8pIj3d+NmBSKaMV7D8IfP6FAwU+VP&#10;pIOwCHwkIkxmINh8ekhZVwhpsgRZ5PI/ffELAAD//wMAUEsBAi0AFAAGAAgAAAAhALaDOJL+AAAA&#10;4QEAABMAAAAAAAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEA&#10;OP0h/9YAAACUAQAACwAAAAAAAAAAAAAAAAAvAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEA&#10;s5L+jhUCAAAsBAAADgAAAAAAAAAAAAAAAAAuAgAAZHJzL2Uyb0RvYy54bWxQSwECLQAUAAYACAAA&#10;ACEAJkWNkN0AAAAFAQAADwAAAAAAAAAAAAAAAABvBAAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAAE&#10;AAQA8wAAAHkFAAAAAA==&#10;" filled="f" stroked="f" strokeweight=".5pt">
               <v:textbox>
                 <w:txbxContent>
                   <w:p w14:paraId="70464969" w14:textId="1B285E8B" w:rsidR="00DA65C4" w:rsidRDefault="00DA65C4" w:rsidP="00DA65C4">
                     <w:pPr>
                       <w:ind w:left="0"/>
                     </w:pPr>
                     <w:r w:rsidRPr="00762EE0">
                       <w:rPr>
                         <w:sz w:val="20"/>
                         <w:szCs w:val="20"/>
                       </w:rPr>
                       <w:t>OBS! Utskriven version kan vara ogiltig. Verifiera innehållet</w:t>
                     </w:r>
                     <w:r w:rsidR="00367D19">
                       <w:rPr>
                         <w:sz w:val="20"/>
                         <w:szCs w:val="20"/>
                       </w:rPr>
                       <w:t>.</w:t>
                     </w:r>
                   </w:p>
                 </w:txbxContent>
               </v:textbox>
             </v:shape>
           </w:pict>
         </mc:Fallback>
       </mc:AlternateContent>
     </w:r>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/header2.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="058CDD4D" w14:textId="4A49575C" w:rsidR="008A4EB9" w:rsidRDefault="00413A60" w:rsidP="00413A60">
     <w:pPr>
       <w:pStyle w:val="Sidhuvud"/>
       <w:ind w:left="0" w:right="567"/>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:noProof/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
       <mc:AlternateContent>
         <mc:Choice Requires="wps">
           <w:drawing>
             <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251670529" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="5B7982AB" wp14:editId="73171272">
               <wp:simplePos x="0" y="0"/>
               <wp:positionH relativeFrom="column">
                 <wp:posOffset>-172720</wp:posOffset>
               </wp:positionH>
               <wp:positionV relativeFrom="paragraph">
                 <wp:posOffset>-65405</wp:posOffset>
               </wp:positionV>
               <wp:extent cx="4667250" cy="323850"/>
               <wp:effectExtent l="0" t="0" r="0" b="0"/>
               <wp:wrapNone/>
@@ -1158,51 +1161,51 @@
                           </w:r>
                         </w:p>
                       </w:txbxContent>
                     </wps:txbx>
                     <wps:bodyPr rot="0" spcFirstLastPara="0" vertOverflow="overflow" horzOverflow="overflow" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" numCol="1" spcCol="0" rtlCol="0" fromWordArt="0" anchor="t" anchorCtr="0" forceAA="0" compatLnSpc="1">
                       <a:prstTxWarp prst="textNoShape">
                         <a:avLst/>
                       </a:prstTxWarp>
                       <a:noAutofit/>
                     </wps:bodyPr>
                   </wps:wsp>
                 </a:graphicData>
               </a:graphic>
               <wp14:sizeRelH relativeFrom="margin">
                 <wp14:pctWidth>0</wp14:pctWidth>
               </wp14:sizeRelH>
             </wp:anchor>
           </w:drawing>
         </mc:Choice>
         <mc:Fallback>
           <w:pict>
             <v:shapetype w14:anchorId="5B7982AB" id="_x0000_t202" coordsize="21600,21600" o:spt="202" path="m,l,21600r21600,l21600,xe">
               <v:stroke joinstyle="miter"/>
               <v:path gradientshapeok="t" o:connecttype="rect"/>
             </v:shapetype>
-            <v:shape id="Textruta 6" o:spid="_x0000_s1027" type="#_x0000_t202" style="position:absolute;margin-left:-13.6pt;margin-top:-5.15pt;width:367.5pt;height:25.5pt;z-index:251670529;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-width-relative:margin;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQC/kQENFwIAADMEAAAOAAAAZHJzL2Uyb0RvYy54bWysU01v2zAMvQ/YfxB0X5w4adoZcYqsRYYB&#10;QVsgHXpWZCkWIIuapMTOfv0oOV/rdhp2kUmRfiTfo2b3XaPJXjivwJR0NBhSIgyHSpltSb+/Lj/d&#10;UeIDMxXTYERJD8LT+/nHD7PWFiKHGnQlHEEQ44vWlrQOwRZZ5nktGuYHYIXBoATXsICu22aVYy2i&#10;NzrLh8Np1oKrrAMuvMfbxz5I5wlfSsHDs5ReBKJLir2FdLp0buKZzWes2Dpma8WPbbB/6KJhymDR&#10;M9QjC4zsnPoDqlHcgQcZBhyaDKRUXKQZcJrR8N0065pZkWZBcrw90+T/Hyx/2q/tiyOh+wIdChgJ&#10;aa0vPF7GeTrpmvjFTgnGkcLDmTbRBcLxcjKd3uY3GOIYG+fjO7QRJrv8bZ0PXwU0JBoldShLYovt&#10;Vz70qaeUWMzAUmmdpNGGtCWdjhHytwiCa4M1Lr1GK3Sbjqjqao4NVAccz0GvvLd8qbCHFfPhhTmU&#10;GtvG9Q3PeEgNWAuOFiU1uJ9/u4/5qABGKWlxdUrqf+yYE5Tobwa1+TyaTOKuJWdyc5uj464jm+uI&#10;2TUPgNs5wodieTJjftAnUzpo3nDLF7EqhpjhWLuk4WQ+hH6h8ZVwsVikJNwuy8LKrC2P0JG7yPBr&#10;98acPcoQUMAnOC0ZK96p0ef2rC92AaRKUkWee1aP9ONmJrGPryiu/rWfsi5vff4LAAD//wMAUEsD&#10;BBQABgAIAAAAIQDyqA9j4gAAAAoBAAAPAAAAZHJzL2Rvd25yZXYueG1sTI9NT8MwDIbvSPyHyEjc&#10;tmTlo1NpOk2VJiQEh41duLlN1lY0TmmyrfDrMadxs+VHr583X02uFyc7hs6ThsVcgbBUe9NRo2H/&#10;vpktQYSIZLD3ZDV82wCr4voqx8z4M23taRcbwSEUMtTQxjhkUoa6tQ7D3A+W+Hbwo8PI69hIM+KZ&#10;w10vE6UepcOO+EOLgy1bW3/ujk7DS7l5w22VuOVPXz6/HtbD1/7jQevbm2n9BCLaKV5g+NNndSjY&#10;qfJHMkH0GmZJmjDKw0LdgWAiVSmXqTTcqxRkkcv/FYpfAAAA//8DAFBLAQItABQABgAIAAAAIQC2&#10;gziS/gAAAOEBAAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAG&#10;AAgAAAAhADj9If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAALwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAG&#10;AAgAAAAhAL+RAQ0XAgAAMwQAAA4AAAAAAAAAAAAAAAAALgIAAGRycy9lMm9Eb2MueG1sUEsBAi0A&#10;FAAGAAgAAAAhAPKoD2PiAAAACgEAAA8AAAAAAAAAAAAAAAAAcQQAAGRycy9kb3ducmV2LnhtbFBL&#10;BQYAAAAABAAEAPMAAACABQAAAAA=&#10;" filled="f" stroked="f" strokeweight=".5pt">
+            <v:shape id="Textruta 6" o:spid="_x0000_s1030" type="#_x0000_t202" style="position:absolute;margin-left:-13.6pt;margin-top:-5.15pt;width:367.5pt;height:25.5pt;z-index:251670529;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-width-relative:margin;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQC/kQENFwIAADMEAAAOAAAAZHJzL2Uyb0RvYy54bWysU01v2zAMvQ/YfxB0X5w4adoZcYqsRYYB&#10;QVsgHXpWZCkWIIuapMTOfv0oOV/rdhp2kUmRfiTfo2b3XaPJXjivwJR0NBhSIgyHSpltSb+/Lj/d&#10;UeIDMxXTYERJD8LT+/nHD7PWFiKHGnQlHEEQ44vWlrQOwRZZ5nktGuYHYIXBoATXsICu22aVYy2i&#10;NzrLh8Np1oKrrAMuvMfbxz5I5wlfSsHDs5ReBKJLir2FdLp0buKZzWes2Dpma8WPbbB/6KJhymDR&#10;M9QjC4zsnPoDqlHcgQcZBhyaDKRUXKQZcJrR8N0065pZkWZBcrw90+T/Hyx/2q/tiyOh+wIdChgJ&#10;aa0vPF7GeTrpmvjFTgnGkcLDmTbRBcLxcjKd3uY3GOIYG+fjO7QRJrv8bZ0PXwU0JBoldShLYovt&#10;Vz70qaeUWMzAUmmdpNGGtCWdjhHytwiCa4M1Lr1GK3Sbjqjqao4NVAccz0GvvLd8qbCHFfPhhTmU&#10;GtvG9Q3PeEgNWAuOFiU1uJ9/u4/5qABGKWlxdUrqf+yYE5Tobwa1+TyaTOKuJWdyc5uj464jm+uI&#10;2TUPgNs5wodieTJjftAnUzpo3nDLF7EqhpjhWLuk4WQ+hH6h8ZVwsVikJNwuy8LKrC2P0JG7yPBr&#10;98acPcoQUMAnOC0ZK96p0ef2rC92AaRKUkWee1aP9ONmJrGPryiu/rWfsi5vff4LAAD//wMAUEsD&#10;BBQABgAIAAAAIQDyqA9j4gAAAAoBAAAPAAAAZHJzL2Rvd25yZXYueG1sTI9NT8MwDIbvSPyHyEjc&#10;tmTlo1NpOk2VJiQEh41duLlN1lY0TmmyrfDrMadxs+VHr583X02uFyc7hs6ThsVcgbBUe9NRo2H/&#10;vpktQYSIZLD3ZDV82wCr4voqx8z4M23taRcbwSEUMtTQxjhkUoa6tQ7D3A+W+Hbwo8PI69hIM+KZ&#10;w10vE6UepcOO+EOLgy1bW3/ujk7DS7l5w22VuOVPXz6/HtbD1/7jQevbm2n9BCLaKV5g+NNndSjY&#10;qfJHMkH0GmZJmjDKw0LdgWAiVSmXqTTcqxRkkcv/FYpfAAAA//8DAFBLAQItABQABgAIAAAAIQC2&#10;gziS/gAAAOEBAAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAG&#10;AAgAAAAhADj9If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAALwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAG&#10;AAgAAAAhAL+RAQ0XAgAAMwQAAA4AAAAAAAAAAAAAAAAALgIAAGRycy9lMm9Eb2MueG1sUEsBAi0A&#10;FAAGAAgAAAAhAPKoD2PiAAAACgEAAA8AAAAAAAAAAAAAAAAAcQQAAGRycy9kb3ducmV2LnhtbFBL&#10;BQYAAAAABAAEAPMAAACABQAAAAA=&#10;" filled="f" stroked="f" strokeweight=".5pt">
               <v:textbox>
                 <w:txbxContent>
                   <w:p w14:paraId="72D45401" w14:textId="0A2CCBAA" w:rsidR="00413A60" w:rsidRDefault="00413A60">
                     <w:pPr>
                       <w:ind w:left="0"/>
                     </w:pPr>
                     <w:r w:rsidRPr="00762EE0">
                       <w:rPr>
                         <w:sz w:val="20"/>
                         <w:szCs w:val="20"/>
                       </w:rPr>
                       <w:t>OBS! Utskriven version kan vara ogiltig. Verifiera innehållet</w:t>
                     </w:r>
                     <w:r w:rsidR="00367D19">
                       <w:rPr>
                         <w:sz w:val="20"/>
                         <w:szCs w:val="20"/>
                       </w:rPr>
                       <w:t>.</w:t>
                     </w:r>
                   </w:p>
                 </w:txbxContent>
               </v:textbox>
             </v:shape>
           </w:pict>
@@ -1279,51 +1282,51 @@
                 </pic:spPr>
               </pic:pic>
             </a:graphicData>
           </a:graphic>
           <wp14:sizeRelH relativeFrom="margin">
             <wp14:pctWidth>0</wp14:pctWidth>
           </wp14:sizeRelH>
           <wp14:sizeRelV relativeFrom="margin">
             <wp14:pctHeight>0</wp14:pctHeight>
           </wp14:sizeRelV>
         </wp:anchor>
       </w:drawing>
     </w:r>
     <w:r w:rsidR="00BC48A6" w:rsidRPr="00762EE0">
       <w:rPr>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
       <w:t>.</w:t>
     </w:r>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="FFFFFF1D"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="FBCC56FC"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="0"/>
         </w:tabs>
         <w:ind w:left="0" w:firstLine="0"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
@@ -2926,50 +2929,262 @@
           <w:tab w:val="num" w:pos="5760"/>
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="14" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="4A36338E"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="FE76AD18"/>
+    <w:lvl w:ilvl="0" w:tplc="1B8A063E">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2303"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        <w:b w:val="0"/>
+        <w:i w:val="0"/>
+        <w:strike w:val="0"/>
+        <w:dstrike w:val="0"/>
+        <w:color w:val="000000"/>
+        <w:sz w:val="24"/>
+        <w:szCs w:val="24"/>
+        <w:u w:val="none" w:color="000000"/>
+        <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+        <w:vertAlign w:val="baseline"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="B2AE4F16">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3028"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Segoe UI Symbol" w:eastAsia="Segoe UI Symbol" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
+        <w:b w:val="0"/>
+        <w:i w:val="0"/>
+        <w:strike w:val="0"/>
+        <w:dstrike w:val="0"/>
+        <w:color w:val="000000"/>
+        <w:sz w:val="24"/>
+        <w:szCs w:val="24"/>
+        <w:u w:val="none" w:color="000000"/>
+        <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+        <w:vertAlign w:val="baseline"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="9580F062">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="▪"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3748"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Segoe UI Symbol" w:eastAsia="Segoe UI Symbol" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
+        <w:b w:val="0"/>
+        <w:i w:val="0"/>
+        <w:strike w:val="0"/>
+        <w:dstrike w:val="0"/>
+        <w:color w:val="000000"/>
+        <w:sz w:val="24"/>
+        <w:szCs w:val="24"/>
+        <w:u w:val="none" w:color="000000"/>
+        <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+        <w:vertAlign w:val="baseline"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="79B247BA">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4468"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        <w:b w:val="0"/>
+        <w:i w:val="0"/>
+        <w:strike w:val="0"/>
+        <w:dstrike w:val="0"/>
+        <w:color w:val="000000"/>
+        <w:sz w:val="24"/>
+        <w:szCs w:val="24"/>
+        <w:u w:val="none" w:color="000000"/>
+        <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+        <w:vertAlign w:val="baseline"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="16D091FC">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5188"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Segoe UI Symbol" w:eastAsia="Segoe UI Symbol" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
+        <w:b w:val="0"/>
+        <w:i w:val="0"/>
+        <w:strike w:val="0"/>
+        <w:dstrike w:val="0"/>
+        <w:color w:val="000000"/>
+        <w:sz w:val="24"/>
+        <w:szCs w:val="24"/>
+        <w:u w:val="none" w:color="000000"/>
+        <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+        <w:vertAlign w:val="baseline"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="168658EA">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="▪"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5908"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Segoe UI Symbol" w:eastAsia="Segoe UI Symbol" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
+        <w:b w:val="0"/>
+        <w:i w:val="0"/>
+        <w:strike w:val="0"/>
+        <w:dstrike w:val="0"/>
+        <w:color w:val="000000"/>
+        <w:sz w:val="24"/>
+        <w:szCs w:val="24"/>
+        <w:u w:val="none" w:color="000000"/>
+        <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+        <w:vertAlign w:val="baseline"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="8200B744">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6628"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        <w:b w:val="0"/>
+        <w:i w:val="0"/>
+        <w:strike w:val="0"/>
+        <w:dstrike w:val="0"/>
+        <w:color w:val="000000"/>
+        <w:sz w:val="24"/>
+        <w:szCs w:val="24"/>
+        <w:u w:val="none" w:color="000000"/>
+        <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+        <w:vertAlign w:val="baseline"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="618A3FC6">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="7348"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Segoe UI Symbol" w:eastAsia="Segoe UI Symbol" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
+        <w:b w:val="0"/>
+        <w:i w:val="0"/>
+        <w:strike w:val="0"/>
+        <w:dstrike w:val="0"/>
+        <w:color w:val="000000"/>
+        <w:sz w:val="24"/>
+        <w:szCs w:val="24"/>
+        <w:u w:val="none" w:color="000000"/>
+        <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+        <w:vertAlign w:val="baseline"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="DA4E9C46">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="▪"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="8068"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Segoe UI Symbol" w:eastAsia="Segoe UI Symbol" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
+        <w:b w:val="0"/>
+        <w:i w:val="0"/>
+        <w:strike w:val="0"/>
+        <w:dstrike w:val="0"/>
+        <w:color w:val="000000"/>
+        <w:sz w:val="24"/>
+        <w:szCs w:val="24"/>
+        <w:u w:val="none" w:color="000000"/>
+        <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+        <w:vertAlign w:val="baseline"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="15" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="51AB58F1"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="97200AA0"/>
     <w:lvl w:ilvl="0" w:tplc="041D0001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1712" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2432" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
@@ -3038,51 +3253,51 @@
     <w:lvl w:ilvl="7" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6752" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="7472" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="15" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="16" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="54340635"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="1B6660C0"/>
     <w:lvl w:ilvl="0" w:tplc="05061E3A">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:pStyle w:val="Liststycke"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="717" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
@@ -3152,51 +3367,51 @@
     <w:lvl w:ilvl="7" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="7200" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="16" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="17" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="575E01E6"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="E154E454"/>
     <w:lvl w:ilvl="0" w:tplc="041D0001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
@@ -3265,51 +3480,51 @@
     <w:lvl w:ilvl="7" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="17" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="18" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="706B1852"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="4FB2CAB0"/>
     <w:lvl w:ilvl="0" w:tplc="041D0001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier" w:hAnsi="Courier" w:hint="default"/>
@@ -3378,51 +3593,51 @@
     <w:lvl w:ilvl="7" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier" w:hAnsi="Courier" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="18" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="19" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="7C077AA9"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="DDC0C0DE"/>
     <w:lvl w:ilvl="0" w:tplc="041D0001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1712" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2432" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
@@ -3491,51 +3706,51 @@
     <w:lvl w:ilvl="7" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6752" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="7472" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="19" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="20" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="7EA41BCB"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="CAEC6EFE"/>
     <w:lvl w:ilvl="0" w:tplc="041D0001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
@@ -3604,51 +3819,51 @@
     <w:lvl w:ilvl="7" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="20" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="21" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="7FBB0749"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="73585258"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
@@ -3754,122 +3969,126 @@
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1" w16cid:durableId="39019792">
-    <w:abstractNumId w:val="19"/>
+    <w:abstractNumId w:val="20"/>
   </w:num>
   <w:num w:numId="2" w16cid:durableId="1143886406">
-    <w:abstractNumId w:val="16"/>
+    <w:abstractNumId w:val="17"/>
   </w:num>
   <w:num w:numId="3" w16cid:durableId="1316495721">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="4" w16cid:durableId="254215823">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="5" w16cid:durableId="790787246">
-    <w:abstractNumId w:val="17"/>
+    <w:abstractNumId w:val="18"/>
   </w:num>
   <w:num w:numId="6" w16cid:durableId="1395933640">
     <w:abstractNumId w:val="2"/>
   </w:num>
   <w:num w:numId="7" w16cid:durableId="537082944">
     <w:abstractNumId w:val="13"/>
   </w:num>
   <w:num w:numId="8" w16cid:durableId="1657878010">
     <w:abstractNumId w:val="10"/>
   </w:num>
   <w:num w:numId="9" w16cid:durableId="6106511">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="10" w16cid:durableId="1746993208">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="11" w16cid:durableId="1046639343">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="12" w16cid:durableId="1849101150">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="13" w16cid:durableId="217011052">
-    <w:abstractNumId w:val="15"/>
+    <w:abstractNumId w:val="16"/>
   </w:num>
   <w:num w:numId="14" w16cid:durableId="856889501">
     <w:abstractNumId w:val="11"/>
   </w:num>
   <w:num w:numId="15" w16cid:durableId="1202936813">
     <w:abstractNumId w:val="7"/>
   </w:num>
   <w:num w:numId="16" w16cid:durableId="1316295794">
-    <w:abstractNumId w:val="14"/>
+    <w:abstractNumId w:val="15"/>
   </w:num>
   <w:num w:numId="17" w16cid:durableId="857349954">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="18" w16cid:durableId="66653230">
     <w:abstractNumId w:val="12"/>
   </w:num>
   <w:num w:numId="19" w16cid:durableId="1902523174">
-    <w:abstractNumId w:val="18"/>
+    <w:abstractNumId w:val="19"/>
   </w:num>
   <w:num w:numId="20" w16cid:durableId="662587738">
-    <w:abstractNumId w:val="20"/>
+    <w:abstractNumId w:val="21"/>
   </w:num>
   <w:num w:numId="21" w16cid:durableId="1380589294">
     <w:abstractNumId w:val="9"/>
   </w:num>
   <w:num w:numId="22" w16cid:durableId="149757959">
     <w:abstractNumId w:val="8"/>
   </w:num>
+  <w:num w:numId="23" w16cid:durableId="1511677684">
+    <w:abstractNumId w:val="14"/>
+  </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:zoom w:percent="100"/>
   <w:embedSystemFonts/>
+  <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:attachedTemplate r:id="rId1"/>
   <w:stylePaneFormatFilter w:val="D804" w:allStyles="0" w:customStyles="0" w:latentStyles="1" w:stylesInUse="0" w:headingStyles="0" w:numberingStyles="0" w:tableStyles="0" w:directFormattingOnRuns="0" w:directFormattingOnParagraphs="0" w:directFormattingOnNumbering="0" w:directFormattingOnTables="1" w:clearFormatting="1" w:top3HeadingStyles="0" w:visibleStyles="1" w:alternateStyleNames="1"/>
   <w:documentProtection w:formatting="1" w:enforcement="0"/>
   <w:styleLockTheme/>
   <w:styleLockQFSet/>
   <w:defaultTabStop w:val="1304"/>
   <w:hyphenationZone w:val="425"/>
   <w:displayHorizontalDrawingGridEvery w:val="0"/>
   <w:displayVerticalDrawingGridEvery w:val="0"/>
   <w:doNotUseMarginsForDrawingGridOrigin/>
   <w:noPunctuationKerning/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050" strokecolor="#4a773c">
       <v:stroke color="#4a773c" weight="1pt"/>
       <v:shadow opacity="24903f" origin=",.5" offset="0,.55556mm"/>
       <o:colormru v:ext="edit" colors="#4a773c"/>
     </o:shapedefaults>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
     <w:footnote w:id="1"/>
   </w:footnotePr>
   <w:endnotePr>
@@ -3997,50 +4216,51 @@
     <w:rsid w:val="00345EB1"/>
     <w:rsid w:val="00350CC4"/>
     <w:rsid w:val="00360E0D"/>
     <w:rsid w:val="0036357D"/>
     <w:rsid w:val="00363B23"/>
     <w:rsid w:val="0036594C"/>
     <w:rsid w:val="00367D19"/>
     <w:rsid w:val="00371BED"/>
     <w:rsid w:val="00372A8B"/>
     <w:rsid w:val="003810E4"/>
     <w:rsid w:val="00384019"/>
     <w:rsid w:val="003854F1"/>
     <w:rsid w:val="0039118E"/>
     <w:rsid w:val="00397F54"/>
     <w:rsid w:val="003A0674"/>
     <w:rsid w:val="003A0D43"/>
     <w:rsid w:val="003A74A3"/>
     <w:rsid w:val="003B2A4B"/>
     <w:rsid w:val="003B743C"/>
     <w:rsid w:val="003B7C13"/>
     <w:rsid w:val="003D099E"/>
     <w:rsid w:val="003D21A2"/>
     <w:rsid w:val="003D29D2"/>
     <w:rsid w:val="003E0705"/>
     <w:rsid w:val="003E2FF7"/>
+    <w:rsid w:val="003F0D3F"/>
     <w:rsid w:val="003F1013"/>
     <w:rsid w:val="003F1ACF"/>
     <w:rsid w:val="00404948"/>
     <w:rsid w:val="00406BEA"/>
     <w:rsid w:val="00413A60"/>
     <w:rsid w:val="004230F7"/>
     <w:rsid w:val="0042476F"/>
     <w:rsid w:val="0043167E"/>
     <w:rsid w:val="0043409A"/>
     <w:rsid w:val="00443C1E"/>
     <w:rsid w:val="00446255"/>
     <w:rsid w:val="00451935"/>
     <w:rsid w:val="00460ED0"/>
     <w:rsid w:val="00465651"/>
     <w:rsid w:val="00470CE7"/>
     <w:rsid w:val="00470F4F"/>
     <w:rsid w:val="00472482"/>
     <w:rsid w:val="00480DC7"/>
     <w:rsid w:val="004876F6"/>
     <w:rsid w:val="0049236A"/>
     <w:rsid w:val="00492718"/>
     <w:rsid w:val="00495232"/>
     <w:rsid w:val="004A355D"/>
     <w:rsid w:val="004A4970"/>
     <w:rsid w:val="004B2183"/>
@@ -4138,61 +4358,63 @@
     <w:rsid w:val="007F5DD5"/>
     <w:rsid w:val="00821A1B"/>
     <w:rsid w:val="008262E9"/>
     <w:rsid w:val="00827E69"/>
     <w:rsid w:val="00835C4D"/>
     <w:rsid w:val="00843F48"/>
     <w:rsid w:val="00851423"/>
     <w:rsid w:val="00857848"/>
     <w:rsid w:val="008654B6"/>
     <w:rsid w:val="0087139C"/>
     <w:rsid w:val="00880E83"/>
     <w:rsid w:val="00892F28"/>
     <w:rsid w:val="008A0C5F"/>
     <w:rsid w:val="008A3DEA"/>
     <w:rsid w:val="008A4EB9"/>
     <w:rsid w:val="008A74C0"/>
     <w:rsid w:val="008B1694"/>
     <w:rsid w:val="008C4B27"/>
     <w:rsid w:val="008C7F2A"/>
     <w:rsid w:val="008D0553"/>
     <w:rsid w:val="008E36F8"/>
     <w:rsid w:val="008E46B2"/>
     <w:rsid w:val="008E5584"/>
     <w:rsid w:val="008E682C"/>
     <w:rsid w:val="008E78A1"/>
+    <w:rsid w:val="008F26DB"/>
     <w:rsid w:val="008F589F"/>
     <w:rsid w:val="00906238"/>
     <w:rsid w:val="00907EF9"/>
     <w:rsid w:val="0091295C"/>
     <w:rsid w:val="00914D58"/>
     <w:rsid w:val="00921F47"/>
     <w:rsid w:val="009228AB"/>
     <w:rsid w:val="0093085B"/>
     <w:rsid w:val="00931C57"/>
     <w:rsid w:val="009347A5"/>
     <w:rsid w:val="00942257"/>
+    <w:rsid w:val="0094328C"/>
     <w:rsid w:val="009471BF"/>
     <w:rsid w:val="00950E4E"/>
     <w:rsid w:val="009529BD"/>
     <w:rsid w:val="009533B4"/>
     <w:rsid w:val="00971D93"/>
     <w:rsid w:val="00976077"/>
     <w:rsid w:val="009B1F6B"/>
     <w:rsid w:val="009C0D12"/>
     <w:rsid w:val="009C192E"/>
     <w:rsid w:val="009D6819"/>
     <w:rsid w:val="009D6D1C"/>
     <w:rsid w:val="009E0CF9"/>
     <w:rsid w:val="009E531B"/>
     <w:rsid w:val="009E6C56"/>
     <w:rsid w:val="009E7DCF"/>
     <w:rsid w:val="009F4A56"/>
     <w:rsid w:val="009F4E65"/>
     <w:rsid w:val="00A006A5"/>
     <w:rsid w:val="00A05942"/>
     <w:rsid w:val="00A07BEC"/>
     <w:rsid w:val="00A264BE"/>
     <w:rsid w:val="00A272CA"/>
     <w:rsid w:val="00A33051"/>
     <w:rsid w:val="00A407AD"/>
     <w:rsid w:val="00A40923"/>
@@ -4273,50 +4495,51 @@
     <w:rsid w:val="00CC40ED"/>
     <w:rsid w:val="00CC52D9"/>
     <w:rsid w:val="00CD6647"/>
     <w:rsid w:val="00CE4B73"/>
     <w:rsid w:val="00CF70BB"/>
     <w:rsid w:val="00D074DB"/>
     <w:rsid w:val="00D139CF"/>
     <w:rsid w:val="00D37E7F"/>
     <w:rsid w:val="00D47AD7"/>
     <w:rsid w:val="00D51529"/>
     <w:rsid w:val="00D5617C"/>
     <w:rsid w:val="00D820C7"/>
     <w:rsid w:val="00D85218"/>
     <w:rsid w:val="00D915B1"/>
     <w:rsid w:val="00D93D84"/>
     <w:rsid w:val="00DA299D"/>
     <w:rsid w:val="00DA65C4"/>
     <w:rsid w:val="00DD2BE0"/>
     <w:rsid w:val="00DE4447"/>
     <w:rsid w:val="00DE5DA2"/>
     <w:rsid w:val="00DF0033"/>
     <w:rsid w:val="00E026BF"/>
     <w:rsid w:val="00E07B1B"/>
     <w:rsid w:val="00E11669"/>
     <w:rsid w:val="00E11853"/>
+    <w:rsid w:val="00E23D7F"/>
     <w:rsid w:val="00E435A7"/>
     <w:rsid w:val="00E52A86"/>
     <w:rsid w:val="00E54B47"/>
     <w:rsid w:val="00E553BF"/>
     <w:rsid w:val="00E55D93"/>
     <w:rsid w:val="00E61294"/>
     <w:rsid w:val="00E7237C"/>
     <w:rsid w:val="00E77C46"/>
     <w:rsid w:val="00E86CE8"/>
     <w:rsid w:val="00E90E82"/>
     <w:rsid w:val="00EA00CB"/>
     <w:rsid w:val="00EA1BAA"/>
     <w:rsid w:val="00EA3FCD"/>
     <w:rsid w:val="00EA42A0"/>
     <w:rsid w:val="00EB5C81"/>
     <w:rsid w:val="00EB6714"/>
     <w:rsid w:val="00EC0A68"/>
     <w:rsid w:val="00EC5006"/>
     <w:rsid w:val="00ED49C3"/>
     <w:rsid w:val="00ED6CE8"/>
     <w:rsid w:val="00ED7AA6"/>
     <w:rsid w:val="00EE2A56"/>
     <w:rsid w:val="00EE3818"/>
     <w:rsid w:val="00F22264"/>
     <w:rsid w:val="00F2564D"/>
@@ -4357,51 +4580,51 @@
   </m:mathPr>
   <w:themeFontLang w:val="sv-SE" w:eastAsia="ja-JP"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:doNotIncludeSubdocsInStats/>
   <w:doNotAutoCompressPictures/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050" strokecolor="#4a773c">
       <v:stroke color="#4a773c" weight="1pt"/>
       <v:shadow opacity="24903f" origin=",.5" offset="0,.55556mm"/>
       <o:colormru v:ext="edit" colors="#4a773c"/>
     </o:shapedefaults>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="2"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:doNotEmbedSmartTags/>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
   <w14:docId w14:val="1FE2B7EB"/>
   <w14:defaultImageDpi w14:val="330"/>
   <w15:docId w15:val="{05325872-151F-41A7-9AD9-8EFA6E16BB53}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         <w:lang w:val="sv-SE" w:eastAsia="sv-SE" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault/>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="3" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="3" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:locked="1" w:semiHidden="1" w:uiPriority="3" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="index 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
@@ -4868,50 +5091,51 @@
   </w:style>
   <w:style w:type="paragraph" w:styleId="Rubrik5">
     <w:name w:val="heading 5"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:link w:val="Rubrik5Char"/>
     <w:uiPriority w:val="9"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:rsid w:val="002F568B"/>
     <w:pPr>
       <w:keepNext/>
       <w:keepLines/>
       <w:spacing w:before="200"/>
       <w:outlineLvl w:val="4"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
       <w:color w:val="00304B" w:themeColor="accent1" w:themeShade="7F"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="Standardstycketeckensnitt">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
+    <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="Normaltabell">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="Ingenlista">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:styleId="Oformateradtabell1">
     <w:name w:val="Plain Table 1"/>
@@ -6770,51 +6994,51 @@
       <w:spacing w:after="200" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:i/>
       <w:iCs/>
       <w:color w:val="000000" w:themeColor="text2"/>
       <w:sz w:val="18"/>
       <w:szCs w:val="18"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="SidhuvudChar">
     <w:name w:val="Sidhuvud Char"/>
     <w:basedOn w:val="Standardstycketeckensnitt"/>
     <w:link w:val="Sidhuvud"/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="00133A0F"/>
     <w:rPr>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:divs>
     <w:div w:id="121657028">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="218060363">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
@@ -6842,51 +7066,51 @@
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="1304851724">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
   </w:divs>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
-<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml" Id="rId8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml" Id="rId13" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml" Id="rId18" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml" Id="rId7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml" Id="rId12" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml" Id="rId17" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image3.png" Id="rId16" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml" Id="rId6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml" Id="rId11" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml" Id="rId5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer3.xml" Id="rId15" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml" Id="rId10" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml" Id="rId9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml" Id="rId14" /></Relationships>
+<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml" Id="rId8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml" Id="rId13" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image5.jpg" Id="rId18" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml" Id="rId7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml" Id="rId12" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image4.png" Id="rId17" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image3.png" Id="rId16" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml" Id="rId20" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml" Id="rId6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml" Id="rId11" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml" Id="rId5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer3.xml" Id="rId15" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml" Id="rId10" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml" Id="rId19" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml" Id="rId9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml" Id="rId14" /></Relationships>
 </file>
 
 <file path=word/_rels/footer3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.wmf"/></Relationships>
 </file>
 
 <file path=word/_rels/header2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/></Relationships>
 </file>
 
 <file path=word/_rels/settings.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/attachedTemplate" Target="file:///C:\Users\regan2\Downloads\Dok_med_omslag_sd_red.dotx" TargetMode="External"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office-tema">
   <a:themeElements>
     <a:clrScheme name="VG">
       <a:dk1>
         <a:srgbClr val="000000"/>
       </a:dk1>
       <a:lt1>
         <a:srgbClr val="FFFFFF"/>
       </a:lt1>
       <a:dk2>
@@ -7182,71 +7406,71 @@
       <a:style>
         <a:lnRef idx="2">
           <a:schemeClr val="accent1"/>
         </a:lnRef>
         <a:fillRef idx="0">
           <a:schemeClr val="accent1"/>
         </a:fillRef>
         <a:effectRef idx="1">
           <a:schemeClr val="accent1"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="tx1"/>
         </a:fontRef>
       </a:style>
     </a:lnDef>
   </a:objectDefaults>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Dok_med_omslag_sd_red</Template>
   <TotalTime></TotalTime>
   <Pages>2</Pages>
-  <Words>331</Words>
-  <Characters>1937</Characters>
+  <Words>283</Words>
+  <Characters>1758</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>16</Lines>
+  <Lines>14</Lines>
   <Paragraphs>4</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Rubrik</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Smitta - dokumentation i Melior</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Manager/>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>2264</CharactersWithSpaces>
+  <CharactersWithSpaces>2037</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <coreProperties xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns="http://schemas.openxmlformats.org/package/2006/metadata/core-properties">
   <dc:title>Smitta - dokumentation i Melior</dc:title>
   <dc:subject/>
   <dc:creator>patrik.jens.johansson@vgregion.se</dc:creator>
   <keywords/>
   <lastModifiedBy>Therezia Fröjdh</lastModifiedBy>
-  <revision>52</revision>
+  <revision>54</revision>
   <lastPrinted>2016-03-31T10:56:00.0000000Z</lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </coreProperties>
 </file>