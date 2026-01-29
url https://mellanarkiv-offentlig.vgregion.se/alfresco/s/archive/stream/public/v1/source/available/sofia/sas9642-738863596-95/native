--- v0 (2025-11-26)
+++ v1 (2026-01-29)
@@ -1,5616 +1,4717 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
-  <Default Extension="wmf" ContentType="image/x-wmf"/>
+  <Default Extension="svg" ContentType="image/svg+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
+  <Override PartName="/word/footer2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/header2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
-  <Override PartName="/word/footer2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
+  <Override PartName="/word/footer3.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml" Id="rId2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml" Id="rId1" /></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
-    <w:p w14:paraId="240CBD4F" w14:textId="380A309D" w:rsidR="009A23CD" w:rsidRDefault="009A23CD" w:rsidP="009A23CD">
+    <w:p w14:paraId="7ABD3DAE" w14:textId="4F57E03A" w:rsidR="00982290" w:rsidRDefault="00982290" w:rsidP="00703353">
       <w:pPr>
         <w:pStyle w:val="Rubrik1"/>
       </w:pPr>
-      <w:r w:rsidRPr="009A23CD">
-[...7 lines deleted...]
-      </w:r>
+      <w:bookmarkStart w:id="0" w:name="_Toc210997263"/>
+      <w:bookmarkStart w:id="1" w:name="_Toc210998118"/>
+      <w:bookmarkStart w:id="2" w:name="_Toc100327184"/>
+      <w:r w:rsidRPr="00982290">
+        <w:t>Huvudvärk, akut hos vuxna. Utredning vid SÄS</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="0"/>
+      <w:bookmarkEnd w:id="1"/>
     </w:p>
-    <w:p w14:paraId="09CD7423" w14:textId="4AE73C9A" w:rsidR="004B5C86" w:rsidRDefault="004B5C86" w:rsidP="0017508E">
+    <w:p w14:paraId="11BC1DCA" w14:textId="4364527C" w:rsidR="009A32ED" w:rsidRDefault="009A32ED" w:rsidP="009A32ED">
       <w:pPr>
         <w:pStyle w:val="Rubrik2"/>
-      </w:pPr>
-      <w:bookmarkStart w:id="0" w:name="_Toc159591474"/>
+        <w:ind w:right="-143"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="3" w:name="_Toc210997264"/>
+      <w:bookmarkStart w:id="4" w:name="_Toc210998119"/>
+      <w:bookmarkStart w:id="5" w:name="_Toc210998183"/>
+      <w:r>
+        <w:t>Förändringar sedan föregående version</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="2"/>
+      <w:bookmarkEnd w:id="3"/>
+      <w:bookmarkEnd w:id="4"/>
+      <w:bookmarkEnd w:id="5"/>
+    </w:p>
+    <w:p w14:paraId="5AF5A03A" w14:textId="18F64EE4" w:rsidR="7BBE87F4" w:rsidRDefault="7BBE87F4" w:rsidP="007E634B">
+      <w:pPr>
+        <w:pStyle w:val="Rubrik2"/>
+        <w:ind w:right="-143"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Georgia" w:hAnsi="Georgia" w:cs="Georgia"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="11CA910C">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Georgia" w:hAnsi="Georgia" w:cs="Georgia"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Förtydligande kring utredning av sinustrombos</w:t>
+      </w:r>
+      <w:r w:rsidR="0D0E4A4C" w:rsidRPr="11CA910C">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Georgia" w:hAnsi="Georgia" w:cs="Georgia"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> samt subaraknoidalblödning</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="69BCFD87" w14:textId="77777777" w:rsidR="009A32ED" w:rsidRDefault="009A32ED" w:rsidP="009A32ED">
+      <w:pPr>
+        <w:pStyle w:val="Rubrik2"/>
+        <w:ind w:right="-143"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="6" w:name="_Toc100327185"/>
+      <w:bookmarkStart w:id="7" w:name="_Toc210997265"/>
+      <w:bookmarkStart w:id="8" w:name="_Toc210998120"/>
+      <w:bookmarkStart w:id="9" w:name="_Toc210998184"/>
+      <w:bookmarkStart w:id="10" w:name="_Toc72840807"/>
       <w:r>
         <w:t>Sammanfattning</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="0"/>
+      <w:bookmarkEnd w:id="6"/>
+      <w:bookmarkEnd w:id="7"/>
+      <w:bookmarkEnd w:id="8"/>
+      <w:bookmarkEnd w:id="9"/>
     </w:p>
-    <w:p w14:paraId="0D06766D" w14:textId="3D6F2999" w:rsidR="004B5C86" w:rsidRPr="004B5C86" w:rsidRDefault="00B318C3" w:rsidP="00443A8D">
-[...7 lines deleted...]
-        <w:t xml:space="preserve"> bakomliggande tillstånd.</w:t>
+    <w:p w14:paraId="305361E2" w14:textId="647F2A95" w:rsidR="009A32ED" w:rsidRDefault="00982290" w:rsidP="00982290">
+      <w:pPr>
+        <w:ind w:right="-143"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00982290">
+        <w:t>Rutinen beskriver utredning och handläggning av huvudvärk vid framför allt akutmottagningen på Södra Älvsborgs Sjukhus, med korta beskrivningar kring bakomliggande tillstånd. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6A742307" w14:textId="77777777" w:rsidR="004B5C86" w:rsidRDefault="004B5C86" w:rsidP="004B5C86">
-[...3 lines deleted...]
-      <w:bookmarkStart w:id="1" w:name="_Toc159591475"/>
+    <w:p w14:paraId="6660DA9D" w14:textId="2A8EC736" w:rsidR="00B405A1" w:rsidRDefault="00B405A1" w:rsidP="00767C3B">
+      <w:pPr>
+        <w:pStyle w:val="UnderrubrikVGR"/>
+      </w:pPr>
       <w:r>
-        <w:t>Förändringar sedan föregående version</w:t>
-[...1 lines deleted...]
-      <w:bookmarkEnd w:id="1"/>
+        <w:t>Innehållsförteckning</w:t>
+      </w:r>
     </w:p>
-    <w:p w14:paraId="0470B237" w14:textId="141100FD" w:rsidR="004B5C86" w:rsidRDefault="00E7514F" w:rsidP="004B5C86">
-[...28 lines deleted...]
-    <w:p w14:paraId="0BF858C1" w14:textId="5D838F48" w:rsidR="0085689E" w:rsidRDefault="00C64000">
+    <w:p w14:paraId="351B4EF9" w14:textId="2AFBB125" w:rsidR="00703353" w:rsidRDefault="00703353">
       <w:pPr>
         <w:pStyle w:val="Innehll1"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:noProof/>
           <w:kern w:val="2"/>
-          <w:sz w:val="22"/>
-          <w:szCs w:val="22"/>
           <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:fldChar w:fldCharType="begin"/>
       </w:r>
       <w:r>
-        <w:instrText xml:space="preserve"> TOC \h \z \t "Rubrik 2;1;Rubrik 3;2;Mellanrubrik VGR;3" </w:instrText>
+        <w:instrText xml:space="preserve"> TOC \h \z \t "Rubrik 2;1;Rubrik 3;2;Rubrik 4;3;Faktaruta rubrik;3" </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:hyperlink w:anchor="_Toc159591474" w:history="1">
-[...71 lines deleted...]
-        <w:r w:rsidRPr="00B33C7A">
+      <w:hyperlink w:anchor="_Toc210998183" w:history="1">
+        <w:r w:rsidRPr="0041290E">
           <w:rPr>
             <w:rStyle w:val="Hyperlnk"/>
             <w:rFonts w:eastAsia="MS Gothic"/>
             <w:noProof/>
           </w:rPr>
           <w:t>Förändringar sedan föregående version</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
-          <w:instrText xml:space="preserve"> PAGEREF _Toc159591475 \h </w:instrText>
+          <w:instrText xml:space="preserve"> PAGEREF _Toc210998183 \h </w:instrText>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:t>1</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="0F18FECA" w14:textId="4EBC9420" w:rsidR="0085689E" w:rsidRDefault="0085689E">
+    <w:p w14:paraId="73B17880" w14:textId="79B87678" w:rsidR="00703353" w:rsidRDefault="00703353">
       <w:pPr>
         <w:pStyle w:val="Innehll1"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:noProof/>
           <w:kern w:val="2"/>
-          <w:sz w:val="22"/>
-          <w:szCs w:val="22"/>
           <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink w:anchor="_Toc159591476" w:history="1">
-        <w:r w:rsidRPr="00B33C7A">
+      <w:hyperlink w:anchor="_Toc210998184" w:history="1">
+        <w:r w:rsidRPr="0041290E">
           <w:rPr>
             <w:rStyle w:val="Hyperlnk"/>
             <w:rFonts w:eastAsia="MS Gothic"/>
             <w:noProof/>
           </w:rPr>
-          <w:t>Förutsättningar</w:t>
+          <w:t>Sammanfattning</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
-          <w:instrText xml:space="preserve"> PAGEREF _Toc159591476 \h </w:instrText>
+          <w:instrText xml:space="preserve"> PAGEREF _Toc210998184 \h </w:instrText>
+        </w:r>
+        <w:r>
+          <w:rPr>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+        </w:r>
+        <w:r>
+          <w:rPr>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+          <w:fldChar w:fldCharType="separate"/>
+        </w:r>
+        <w:r>
+          <w:rPr>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+          <w:t>1</w:t>
+        </w:r>
+        <w:r>
+          <w:rPr>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+          <w:fldChar w:fldCharType="end"/>
+        </w:r>
+      </w:hyperlink>
+    </w:p>
+    <w:p w14:paraId="7A68C2BA" w14:textId="56B1283F" w:rsidR="00703353" w:rsidRDefault="00703353">
+      <w:pPr>
+        <w:pStyle w:val="Innehll1"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:noProof/>
+          <w:kern w:val="2"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+      </w:pPr>
+      <w:hyperlink w:anchor="_Toc210998185" w:history="1">
+        <w:r w:rsidRPr="0041290E">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlnk"/>
+            <w:rFonts w:eastAsia="MS Gothic"/>
+            <w:noProof/>
+          </w:rPr>
+          <w:t>Bakgrund och syfte</w:t>
+        </w:r>
+        <w:r>
+          <w:rPr>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+          <w:tab/>
+        </w:r>
+        <w:r>
+          <w:rPr>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+          <w:fldChar w:fldCharType="begin"/>
+        </w:r>
+        <w:r>
+          <w:rPr>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+          <w:instrText xml:space="preserve"> PAGEREF _Toc210998185 \h </w:instrText>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:t>2</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="4CF334F8" w14:textId="4F6B9234" w:rsidR="0085689E" w:rsidRDefault="0085689E">
-[...1 lines deleted...]
-        <w:pStyle w:val="Innehll2"/>
+    <w:p w14:paraId="20036012" w14:textId="74B32D9C" w:rsidR="00703353" w:rsidRDefault="00703353">
+      <w:pPr>
+        <w:pStyle w:val="Innehll1"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:noProof/>
           <w:kern w:val="2"/>
-          <w:sz w:val="22"/>
-          <w:szCs w:val="22"/>
           <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink w:anchor="_Toc159591477" w:history="1">
-        <w:r w:rsidRPr="00B33C7A">
+      <w:hyperlink w:anchor="_Toc210998186" w:history="1">
+        <w:r w:rsidRPr="0041290E">
           <w:rPr>
             <w:rStyle w:val="Hyperlnk"/>
             <w:rFonts w:eastAsia="MS Gothic"/>
             <w:noProof/>
           </w:rPr>
-          <w:t>”Varningsklockor”</w:t>
+          <w:t>Förutsättningar</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
-          <w:instrText xml:space="preserve"> PAGEREF _Toc159591477 \h </w:instrText>
+          <w:instrText xml:space="preserve"> PAGEREF _Toc210998186 \h </w:instrText>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:t>2</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="2943E0AB" w14:textId="5849B31A" w:rsidR="0085689E" w:rsidRDefault="0085689E">
-[...1 lines deleted...]
-        <w:pStyle w:val="Innehll1"/>
+    <w:p w14:paraId="3C8947D0" w14:textId="3D6FF7E3" w:rsidR="00703353" w:rsidRDefault="00703353" w:rsidP="00703353">
+      <w:pPr>
+        <w:pStyle w:val="Innehll2"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:noProof/>
           <w:kern w:val="2"/>
-          <w:sz w:val="22"/>
-          <w:szCs w:val="22"/>
           <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink w:anchor="_Toc159591478" w:history="1">
-        <w:r w:rsidRPr="00B33C7A">
+      <w:hyperlink w:anchor="_Toc210998187" w:history="1">
+        <w:r w:rsidRPr="0041290E">
           <w:rPr>
             <w:rStyle w:val="Hyperlnk"/>
             <w:rFonts w:eastAsia="MS Gothic"/>
             <w:noProof/>
           </w:rPr>
-          <w:t>Genomförande</w:t>
+          <w:t>”Varningsklockor”</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
-          <w:instrText xml:space="preserve"> PAGEREF _Toc159591478 \h </w:instrText>
+          <w:instrText xml:space="preserve"> PAGEREF _Toc210998187 \h </w:instrText>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:t>2</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="2C0EBA0B" w14:textId="53E34C2F" w:rsidR="0085689E" w:rsidRDefault="0085689E">
-[...1 lines deleted...]
-        <w:pStyle w:val="Innehll2"/>
+    <w:p w14:paraId="7994D605" w14:textId="534EE77E" w:rsidR="00703353" w:rsidRDefault="00703353">
+      <w:pPr>
+        <w:pStyle w:val="Innehll1"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:noProof/>
           <w:kern w:val="2"/>
-          <w:sz w:val="22"/>
-          <w:szCs w:val="22"/>
           <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink w:anchor="_Toc159591479" w:history="1">
-        <w:r w:rsidRPr="00B33C7A">
+      <w:hyperlink w:anchor="_Toc210998188" w:history="1">
+        <w:r w:rsidRPr="0041290E">
           <w:rPr>
             <w:rStyle w:val="Hyperlnk"/>
             <w:rFonts w:eastAsia="MS Gothic"/>
             <w:noProof/>
           </w:rPr>
-          <w:t>Bakomliggande orsaker till huvudvärk samt handläggning</w:t>
+          <w:t>Utförande</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
-          <w:instrText xml:space="preserve"> PAGEREF _Toc159591479 \h </w:instrText>
+          <w:instrText xml:space="preserve"> PAGEREF _Toc210998188 \h </w:instrText>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:t>2</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="4C03FB22" w14:textId="1F41B07B" w:rsidR="0085689E" w:rsidRDefault="0085689E">
-[...1 lines deleted...]
-        <w:pStyle w:val="Innehll3"/>
+    <w:p w14:paraId="5DE36764" w14:textId="08CB29FC" w:rsidR="00703353" w:rsidRDefault="00703353" w:rsidP="00703353">
+      <w:pPr>
+        <w:pStyle w:val="Innehll2"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:noProof/>
           <w:kern w:val="2"/>
-          <w:sz w:val="22"/>
-          <w:szCs w:val="22"/>
           <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink w:anchor="_Toc159591480" w:history="1">
-        <w:r w:rsidRPr="00B33C7A">
+      <w:hyperlink w:anchor="_Toc210998189" w:history="1">
+        <w:r w:rsidRPr="0041290E">
           <w:rPr>
             <w:rStyle w:val="Hyperlnk"/>
             <w:rFonts w:eastAsia="MS Gothic"/>
             <w:noProof/>
           </w:rPr>
-          <w:t xml:space="preserve">Subaraknoidalblödning </w:t>
-[...8 lines deleted...]
-          <w:t>[2]</w:t>
+          <w:t>Bakomliggande orsaker till huvudvärk samt handläggning</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
-          <w:instrText xml:space="preserve"> PAGEREF _Toc159591480 \h </w:instrText>
+          <w:instrText xml:space="preserve"> PAGEREF _Toc210998189 \h </w:instrText>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:t>2</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="4FC61799" w14:textId="3D3FC866" w:rsidR="0085689E" w:rsidRDefault="0085689E">
-[...1 lines deleted...]
-        <w:pStyle w:val="Innehll3"/>
+    <w:p w14:paraId="78023E9E" w14:textId="0476FCB1" w:rsidR="00703353" w:rsidRDefault="00703353">
+      <w:pPr>
+        <w:pStyle w:val="Innehll1"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:noProof/>
           <w:kern w:val="2"/>
-          <w:sz w:val="22"/>
-          <w:szCs w:val="22"/>
           <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink w:anchor="_Toc159591481" w:history="1">
-        <w:r w:rsidRPr="00B33C7A">
+      <w:hyperlink w:anchor="_Toc210998190" w:history="1">
+        <w:r w:rsidRPr="0041290E">
           <w:rPr>
             <w:rStyle w:val="Hyperlnk"/>
             <w:rFonts w:eastAsia="MS Gothic"/>
             <w:noProof/>
           </w:rPr>
-          <w:t>Sinustrombos [4]</w:t>
+          <w:t>Arbetsgrupp</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
-          <w:instrText xml:space="preserve"> PAGEREF _Toc159591481 \h </w:instrText>
+          <w:instrText xml:space="preserve"> PAGEREF _Toc210998190 \h </w:instrText>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
-          <w:t>3</w:t>
+          <w:t>11</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="7D843706" w14:textId="0A08600D" w:rsidR="0085689E" w:rsidRDefault="0085689E">
-[...1 lines deleted...]
-        <w:pStyle w:val="Innehll3"/>
+    <w:p w14:paraId="092924B2" w14:textId="4142436F" w:rsidR="00703353" w:rsidRDefault="00703353">
+      <w:pPr>
+        <w:pStyle w:val="Innehll1"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:noProof/>
           <w:kern w:val="2"/>
-          <w:sz w:val="22"/>
-          <w:szCs w:val="22"/>
           <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink w:anchor="_Toc159591482" w:history="1">
-        <w:r w:rsidRPr="00B33C7A">
+      <w:hyperlink w:anchor="_Toc210998191" w:history="1">
+        <w:r w:rsidRPr="0041290E">
           <w:rPr>
             <w:rStyle w:val="Hyperlnk"/>
             <w:rFonts w:eastAsia="MS Gothic"/>
             <w:noProof/>
           </w:rPr>
-          <w:t>Bakteriell meningit (meningit)</w:t>
+          <w:t>Källförteckning</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
-          <w:instrText xml:space="preserve"> PAGEREF _Toc159591482 \h </w:instrText>
+          <w:instrText xml:space="preserve"> PAGEREF _Toc210998191 \h </w:instrText>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
-          <w:t>4</w:t>
+          <w:t>11</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="543FD757" w14:textId="626E82D3" w:rsidR="0085689E" w:rsidRDefault="0085689E">
-[...68 lines deleted...]
-      </w:hyperlink>
+    <w:p w14:paraId="1FC6584C" w14:textId="0A71665B" w:rsidR="00B405A1" w:rsidRDefault="00703353" w:rsidP="009A32ED">
+      <w:pPr>
+        <w:ind w:right="-143"/>
+      </w:pPr>
+      <w:r>
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
     </w:p>
-    <w:p w14:paraId="30350FAE" w14:textId="2877FEBC" w:rsidR="0085689E" w:rsidRDefault="0085689E">
-[...851 lines deleted...]
-    <w:p w14:paraId="4DCE8B8D" w14:textId="157827CD" w:rsidR="00B318C3" w:rsidRDefault="00C64000" w:rsidP="007D57FD">
+    <w:p w14:paraId="29B03EF5" w14:textId="77777777" w:rsidR="009A32ED" w:rsidRDefault="009A32ED" w:rsidP="009A32ED">
       <w:pPr>
         <w:pStyle w:val="Rubrik2"/>
-      </w:pPr>
+        <w:ind w:right="-143"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="11" w:name="_Toc100327186"/>
+      <w:bookmarkStart w:id="12" w:name="_Toc210997266"/>
+      <w:bookmarkStart w:id="13" w:name="_Toc210998121"/>
+      <w:bookmarkStart w:id="14" w:name="_Toc210998185"/>
+      <w:bookmarkEnd w:id="10"/>
       <w:r>
         <w:lastRenderedPageBreak/>
-        <w:fldChar w:fldCharType="end"/>
-[...2 lines deleted...]
-      <w:r w:rsidR="00B318C3">
+        <w:t>Bakgrund och syfte</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="11"/>
+      <w:bookmarkEnd w:id="12"/>
+      <w:bookmarkEnd w:id="13"/>
+      <w:bookmarkEnd w:id="14"/>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="696C096E" w14:textId="460D163D" w:rsidR="009A32ED" w:rsidRPr="00023FF4" w:rsidRDefault="154B91A1" w:rsidP="009A32ED">
+      <w:pPr>
+        <w:ind w:right="-143"/>
+      </w:pPr>
+      <w:r>
+        <w:t>Syftet med detta styrdokument är att bidra till en god handläggning av huvudvärk vid akutmottagning.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="70B2A54A" w14:textId="77777777" w:rsidR="009A32ED" w:rsidRDefault="009A32ED" w:rsidP="009A32ED">
+      <w:pPr>
+        <w:pStyle w:val="Rubrik2"/>
+        <w:ind w:right="-143"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="15" w:name="_Toc100327187"/>
+      <w:bookmarkStart w:id="16" w:name="_Toc210997267"/>
+      <w:bookmarkStart w:id="17" w:name="_Toc210998122"/>
+      <w:bookmarkStart w:id="18" w:name="_Toc210998186"/>
+      <w:r>
         <w:t>Förutsättningar</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="2"/>
+      <w:bookmarkEnd w:id="15"/>
+      <w:bookmarkEnd w:id="16"/>
+      <w:bookmarkEnd w:id="17"/>
+      <w:bookmarkEnd w:id="18"/>
     </w:p>
-    <w:p w14:paraId="07CC73D9" w14:textId="77777777" w:rsidR="00B318C3" w:rsidRDefault="00B318C3" w:rsidP="008C1615">
+    <w:p w14:paraId="5B9E5694" w14:textId="77777777" w:rsidR="00982290" w:rsidRPr="00982290" w:rsidRDefault="00982290" w:rsidP="00767C3B">
       <w:pPr>
         <w:pStyle w:val="Rubrik3"/>
-        <w:spacing w:before="120"/>
-[...2 lines deleted...]
-      <w:r>
+      </w:pPr>
+      <w:bookmarkStart w:id="19" w:name="_Toc210998187"/>
+      <w:r w:rsidRPr="00982290">
         <w:t>”Varningsklockor”</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="3"/>
+      <w:bookmarkEnd w:id="19"/>
+      <w:r w:rsidRPr="00982290">
+        <w:t> </w:t>
+      </w:r>
     </w:p>
-    <w:p w14:paraId="4984F438" w14:textId="1F09F0D7" w:rsidR="00B318C3" w:rsidRDefault="00B318C3" w:rsidP="00B318C3">
-[...10 lines deleted...]
-        <w:t>:</w:t>
+    <w:p w14:paraId="646C48E6" w14:textId="77777777" w:rsidR="00982290" w:rsidRPr="00982290" w:rsidRDefault="00982290" w:rsidP="00982290">
+      <w:pPr>
+        <w:ind w:right="-143"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00982290">
+        <w:t>Följande typer av huvudvärk måste alltid utredas akut/subakut [1]: </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0C99DE84" w14:textId="69151197" w:rsidR="00B318C3" w:rsidRDefault="00B318C3" w:rsidP="00B318C3">
-[...1 lines deleted...]
-        <w:pStyle w:val="Punktlista"/>
+    <w:p w14:paraId="2935974B" w14:textId="77777777" w:rsidR="00982290" w:rsidRPr="00982290" w:rsidRDefault="00982290" w:rsidP="00767C3B">
+      <w:pPr>
+        <w:pStyle w:val="Liststycke"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="62"/>
+        </w:numPr>
       </w:pPr>
       <w:proofErr w:type="spellStart"/>
-      <w:r>
+      <w:r w:rsidRPr="00982290">
         <w:t>Urakut</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r>
-        <w:t xml:space="preserve"> debut av huvudvärk</w:t>
+      <w:r w:rsidRPr="00982290">
+        <w:t xml:space="preserve"> debut av huvudvärk </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="05FA1D16" w14:textId="67AB7406" w:rsidR="00B318C3" w:rsidRDefault="00B318C3" w:rsidP="00B318C3">
-[...4 lines deleted...]
-        <w:t>Medvetandepåverkan i samband med huvudvärk.</w:t>
+    <w:p w14:paraId="07F9D5C4" w14:textId="77777777" w:rsidR="00982290" w:rsidRPr="00982290" w:rsidRDefault="00982290" w:rsidP="00767C3B">
+      <w:pPr>
+        <w:pStyle w:val="Liststycke"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="62"/>
+        </w:numPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00982290">
+        <w:t>Medvetandepåverkan i samband med huvudvärk. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="673A9222" w14:textId="03BC783A" w:rsidR="00B318C3" w:rsidRDefault="00B318C3" w:rsidP="00B318C3">
-[...4 lines deleted...]
-        <w:t>Neurologiska bortfall och/eller synpåverkan i samband med huvudvärk.</w:t>
+    <w:p w14:paraId="168A788D" w14:textId="77777777" w:rsidR="00982290" w:rsidRPr="00982290" w:rsidRDefault="00982290" w:rsidP="00767C3B">
+      <w:pPr>
+        <w:pStyle w:val="Liststycke"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="62"/>
+        </w:numPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00982290">
+        <w:t>Neurologiska bortfall och/eller synpåverkan i samband med huvudvärk. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4D050495" w14:textId="3C903EAB" w:rsidR="00B318C3" w:rsidRDefault="00B318C3" w:rsidP="00B318C3">
-[...4 lines deleted...]
-        <w:t>Infektionstecken associerat med huvudvärk.</w:t>
+    <w:p w14:paraId="593F837A" w14:textId="77777777" w:rsidR="00982290" w:rsidRPr="00982290" w:rsidRDefault="00982290" w:rsidP="00767C3B">
+      <w:pPr>
+        <w:pStyle w:val="Liststycke"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="62"/>
+        </w:numPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00982290">
+        <w:t>Infektionstecken associerat med huvudvärk. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="548DA6FD" w14:textId="7853F2A0" w:rsidR="00B318C3" w:rsidRDefault="00B318C3" w:rsidP="00B318C3">
-[...4 lines deleted...]
-        <w:t>Krampanfall, förstagångs i samband med huvudvärk.</w:t>
+    <w:p w14:paraId="74A3B962" w14:textId="77777777" w:rsidR="00982290" w:rsidRPr="00982290" w:rsidRDefault="00982290" w:rsidP="00767C3B">
+      <w:pPr>
+        <w:pStyle w:val="Liststycke"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="62"/>
+        </w:numPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00982290">
+        <w:t>Krampanfall, förstagångs i samband med huvudvärk. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="594C1019" w14:textId="768D7861" w:rsidR="00B318C3" w:rsidRDefault="00B318C3" w:rsidP="00B318C3">
-[...4 lines deleted...]
-        <w:t>Personlighetsförändring i samband med huvudvärk.</w:t>
+    <w:p w14:paraId="480BCB2E" w14:textId="77777777" w:rsidR="00982290" w:rsidRPr="00982290" w:rsidRDefault="00982290" w:rsidP="00767C3B">
+      <w:pPr>
+        <w:pStyle w:val="Liststycke"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="62"/>
+        </w:numPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00982290">
+        <w:t>Personlighetsförändring i samband med huvudvärk. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="56128744" w14:textId="5B682E33" w:rsidR="00B318C3" w:rsidRDefault="00B318C3" w:rsidP="00B318C3">
-[...4 lines deleted...]
-        <w:t>Nytillkommen eller förändrad huvudvärk hos patient redan diagnosticerad med primär huvudvärk.</w:t>
+    <w:p w14:paraId="077E70D1" w14:textId="77777777" w:rsidR="00982290" w:rsidRPr="00982290" w:rsidRDefault="00982290" w:rsidP="00767C3B">
+      <w:pPr>
+        <w:pStyle w:val="Liststycke"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="62"/>
+        </w:numPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00982290">
+        <w:t>Nytillkommen eller förändrad huvudvärk hos patient redan diagnosticerad med primär huvudvärk. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1FDC2308" w14:textId="5E443C2B" w:rsidR="00B318C3" w:rsidRDefault="00B318C3" w:rsidP="00B318C3">
-[...4 lines deleted...]
-        <w:t>Nydebuterad huvudvärk som ej viker efter ett par dagar, utan successivt förvärras.</w:t>
+    <w:p w14:paraId="18BAB1E2" w14:textId="77777777" w:rsidR="00982290" w:rsidRPr="00982290" w:rsidRDefault="00982290" w:rsidP="00767C3B">
+      <w:pPr>
+        <w:pStyle w:val="Liststycke"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="62"/>
+        </w:numPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00982290">
+        <w:t>Nydebuterad huvudvärk som ej viker efter ett par dagar, utan successivt förvärras. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5B38AFE3" w14:textId="78947F58" w:rsidR="00B318C3" w:rsidRDefault="00B318C3" w:rsidP="00B318C3">
-[...4 lines deleted...]
-        <w:t>Huvudvärk som förvärras vid valsalvamanöver.</w:t>
+    <w:p w14:paraId="4D46E82B" w14:textId="77777777" w:rsidR="00982290" w:rsidRPr="00982290" w:rsidRDefault="00982290" w:rsidP="00767C3B">
+      <w:pPr>
+        <w:pStyle w:val="Liststycke"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="62"/>
+        </w:numPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00982290">
+        <w:t>Huvudvärk som förvärras vid valsalvamanöver. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="353AD72D" w14:textId="0497717A" w:rsidR="00B318C3" w:rsidRPr="007D57FD" w:rsidRDefault="00B318C3" w:rsidP="00BB17BB">
-      <w:r w:rsidRPr="00BB17BB">
+    <w:p w14:paraId="344594E3" w14:textId="77777777" w:rsidR="00982290" w:rsidRPr="00982290" w:rsidRDefault="00982290" w:rsidP="00982290">
+      <w:pPr>
+        <w:ind w:right="-143"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00982290">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>CT-undersökning kan ej alltid utesluta allvarlig genes till huvudvärk. Anamnes samt status är avgörande för vidare handläggning</w:t>
       </w:r>
-      <w:r w:rsidRPr="007D57FD">
-        <w:t>.</w:t>
+      <w:r w:rsidRPr="00982290">
+        <w:t>. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="36728330" w14:textId="77777777" w:rsidR="00B318C3" w:rsidRDefault="00B318C3" w:rsidP="00B318C3">
+    <w:p w14:paraId="37C7076C" w14:textId="77777777" w:rsidR="009A32ED" w:rsidRPr="00065A6B" w:rsidRDefault="009A32ED" w:rsidP="009A32ED">
       <w:pPr>
         <w:pStyle w:val="Rubrik2"/>
-      </w:pPr>
-[...4 lines deleted...]
-      <w:bookmarkEnd w:id="4"/>
+        <w:ind w:right="-143"/>
+        <w:rPr>
+          <w:color w:val="auto"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="20" w:name="_Toc100327192"/>
+      <w:bookmarkStart w:id="21" w:name="_Toc210997268"/>
+      <w:bookmarkStart w:id="22" w:name="_Toc210998123"/>
+      <w:bookmarkStart w:id="23" w:name="_Toc210998188"/>
+      <w:r w:rsidRPr="00065A6B">
+        <w:rPr>
+          <w:color w:val="auto"/>
+        </w:rPr>
+        <w:t>Utförande</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="20"/>
+      <w:bookmarkEnd w:id="21"/>
+      <w:bookmarkEnd w:id="22"/>
+      <w:bookmarkEnd w:id="23"/>
     </w:p>
-    <w:p w14:paraId="621F94F0" w14:textId="77777777" w:rsidR="00B318C3" w:rsidRDefault="00B318C3" w:rsidP="00E90753">
+    <w:p w14:paraId="1F0BF8A8" w14:textId="77777777" w:rsidR="00767C3B" w:rsidRPr="00767C3B" w:rsidRDefault="00767C3B" w:rsidP="00767C3B">
       <w:pPr>
         <w:pStyle w:val="Rubrik3"/>
-        <w:spacing w:before="120"/>
-[...2 lines deleted...]
-      <w:r>
+      </w:pPr>
+      <w:bookmarkStart w:id="24" w:name="_Toc210998189"/>
+      <w:r w:rsidRPr="00767C3B">
         <w:t>Bakomliggande orsaker till huvudvärk samt handläggning</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="5"/>
+      <w:bookmarkEnd w:id="24"/>
+      <w:r w:rsidRPr="00767C3B">
+        <w:t> </w:t>
+      </w:r>
     </w:p>
-    <w:p w14:paraId="70A1A67B" w14:textId="282FFADF" w:rsidR="00B318C3" w:rsidRDefault="00B318C3" w:rsidP="00E90753">
+    <w:p w14:paraId="294F089E" w14:textId="77777777" w:rsidR="00767C3B" w:rsidRPr="00767C3B" w:rsidRDefault="00767C3B" w:rsidP="00767C3B">
       <w:pPr>
         <w:pStyle w:val="MellanrubrikVGR"/>
-        <w:spacing w:before="120"/>
-[...1 lines deleted...]
-      <w:bookmarkStart w:id="6" w:name="_Toc159591480"/>
+      </w:pPr>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="0010432C">
-[...6 lines deleted...]
-        <w:t>noidalblödning</w:t>
+      <w:r w:rsidRPr="00767C3B">
+        <w:t>Subaraknoidalblödning</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidR="00BB17BB" w:rsidRPr="0010432C">
-[...2 lines deleted...]
-      <w:r w:rsidR="00BB17BB" w:rsidRPr="0010432C">
+      <w:r w:rsidRPr="00767C3B">
+        <w:t xml:space="preserve"> [2] </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="580A6918" w14:textId="77777777" w:rsidR="00767C3B" w:rsidRPr="00767C3B" w:rsidRDefault="00767C3B" w:rsidP="00767C3B">
+      <w:pPr>
+        <w:ind w:right="-143"/>
         <w:rPr>
-          <w:b w:val="0"/>
+          <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t>[2]</w:t>
-[...1 lines deleted...]
-      <w:bookmarkEnd w:id="6"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00767C3B">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>Orsak </w:t>
+      </w:r>
     </w:p>
-    <w:p w14:paraId="047CC116" w14:textId="77777777" w:rsidR="00B318C3" w:rsidRDefault="00B318C3" w:rsidP="00E90753">
-[...4 lines deleted...]
-        <w:t>Orsak</w:t>
+    <w:p w14:paraId="226E9370" w14:textId="77777777" w:rsidR="00767C3B" w:rsidRPr="00767C3B" w:rsidRDefault="00767C3B" w:rsidP="00767C3B">
+      <w:pPr>
+        <w:ind w:right="-143"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00767C3B">
+        <w:t xml:space="preserve">Brustet blodkärl i </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00767C3B">
+        <w:t>subaraknoidalrummet</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00767C3B">
+        <w:t>. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="41081AF8" w14:textId="5A99FA8D" w:rsidR="00B318C3" w:rsidRDefault="00B318C3" w:rsidP="00E90753">
-[...15 lines deleted...]
-        <w:t>.</w:t>
+    <w:p w14:paraId="071B01BD" w14:textId="77777777" w:rsidR="00767C3B" w:rsidRPr="00767C3B" w:rsidRDefault="00767C3B" w:rsidP="00767C3B">
+      <w:pPr>
+        <w:ind w:right="-143"/>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00767C3B">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>Riskfaktorer </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6EFF7BD9" w14:textId="77777777" w:rsidR="00B318C3" w:rsidRDefault="00B318C3" w:rsidP="00E90753">
-[...4 lines deleted...]
-        <w:t>Riskfaktorer</w:t>
+    <w:p w14:paraId="321E5F2A" w14:textId="77777777" w:rsidR="00767C3B" w:rsidRPr="00767C3B" w:rsidRDefault="00767C3B" w:rsidP="00767C3B">
+      <w:pPr>
+        <w:ind w:right="-143"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00767C3B">
+        <w:t>Hypertoni, Rökning, Hereditet. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5A3F3947" w14:textId="77777777" w:rsidR="00B318C3" w:rsidRDefault="00B318C3" w:rsidP="00E90753">
-[...1 lines deleted...]
-        <w:t>Hypertoni, Rökning, Hereditet.</w:t>
+    <w:p w14:paraId="5235AE3D" w14:textId="77777777" w:rsidR="00767C3B" w:rsidRPr="00767C3B" w:rsidRDefault="00767C3B" w:rsidP="00767C3B">
+      <w:pPr>
+        <w:ind w:right="-143"/>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00767C3B">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>Symtom </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="468545F7" w14:textId="77777777" w:rsidR="00B318C3" w:rsidRDefault="00B318C3" w:rsidP="00B318C3">
-[...26 lines deleted...]
-      <w:r w:rsidR="00822A62" w:rsidRPr="00B61683">
+    <w:p w14:paraId="50B0DE9F" w14:textId="5D35E859" w:rsidR="00767C3B" w:rsidRPr="00767C3B" w:rsidRDefault="00767C3B" w:rsidP="00767C3B">
+      <w:pPr>
+        <w:ind w:right="-143"/>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00767C3B">
+        <w:lastRenderedPageBreak/>
+        <w:t xml:space="preserve">Ofta plötsligt debuterande, kraftig huvudvärk. Beskrivs ofta som värsta tänkbara huvudvärk, men man bör även vara vaksam på denna diagnos vid mindre uttalad huvudvärk med akut debut. Sådant insjuknande </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00767C3B">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>ska</w:t>
       </w:r>
-      <w:r w:rsidR="0062794A">
-[...26 lines deleted...]
-    <w:p w14:paraId="1E9F9FDD" w14:textId="5309B3E7" w:rsidR="00B318C3" w:rsidRDefault="00B318C3" w:rsidP="00E90753">
       <w:r>
-        <w:t xml:space="preserve">I samband med </w:t>
-[...38 lines deleted...]
-        <w:spacing w:after="20"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-      </w:pPr>
-      <w:r w:rsidRPr="00E90753">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00767C3B">
+        <w:t xml:space="preserve">handläggas som </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00767C3B">
+        <w:t>subaraknoidalblödning</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00767C3B">
+        <w:t xml:space="preserve"> med utredning enligt sådan, tills diagnos är utesluten eller bekräftad. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2C596164" w14:textId="77777777" w:rsidR="00767C3B" w:rsidRPr="00767C3B" w:rsidRDefault="00767C3B" w:rsidP="00767C3B">
+      <w:pPr>
+        <w:ind w:right="-143"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00767C3B">
+        <w:t>I samband med insjuknande kan det även förekomma medvetandeförlust, kräkning, fokala neurologiska bortfall. Efter några timmar senare kan även meningitretning tillkomma. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7BF9F4D1" w14:textId="77777777" w:rsidR="00767C3B" w:rsidRPr="00767C3B" w:rsidRDefault="00767C3B" w:rsidP="009A7B02">
+      <w:pPr>
+        <w:pStyle w:val="MellanrubrikVGR"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00767C3B">
+        <w:t>Diagnostik </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3F31FEAC" w14:textId="77777777" w:rsidR="00767C3B" w:rsidRPr="00767C3B" w:rsidRDefault="00767C3B" w:rsidP="00767C3B">
+      <w:pPr>
+        <w:pStyle w:val="Liststycke"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="63"/>
+        </w:numPr>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t>Akut CT hjärna</w:t>
-[...9 lines deleted...]
-      <w:r w:rsidRPr="0062794A">
+      </w:pPr>
+      <w:r w:rsidRPr="00767C3B">
         <w:rPr>
           <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>Akut CT hjärna </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7C03D2FD" w14:textId="77777777" w:rsidR="00767C3B" w:rsidRPr="00767C3B" w:rsidRDefault="00767C3B" w:rsidP="00767C3B">
+      <w:pPr>
+        <w:ind w:right="-143"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00767C3B">
+        <w:t xml:space="preserve">Om CT hjärna utförd </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00767C3B">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
         </w:rPr>
         <w:t>upp till sex timmar</w:t>
       </w:r>
-      <w:r w:rsidRPr="0062794A">
-[...5 lines deleted...]
-      <w:r w:rsidR="0002559E" w:rsidRPr="0002559E">
+      <w:r w:rsidRPr="00767C3B">
+        <w:t xml:space="preserve"> efter </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00767C3B">
         <w:rPr>
           <w:b/>
+          <w:bCs/>
         </w:rPr>
         <w:t>säker</w:t>
       </w:r>
-      <w:r w:rsidRPr="0062794A">
-[...21 lines deleted...]
-        <w:t xml:space="preserve">inga radiologiska hållpunkter för </w:t>
+      <w:r w:rsidRPr="00767C3B">
+        <w:t xml:space="preserve"> symtomdebut, samt granskad av radiolog med god vana att bedöma sådan undersökning. Finns enligt utlåtande då inga radiologiska hållpunkter för </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidR="00CD0377">
+      <w:r w:rsidRPr="00767C3B">
         <w:t>subaraknoidalblödning</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidR="00A963DA">
-[...8 lines deleted...]
-      <w:r w:rsidR="00611688" w:rsidRPr="0076572E">
+      <w:r w:rsidRPr="00767C3B">
+        <w:t xml:space="preserve"> kan diagnosen avskrivas. Detta under förutsättningar att patienten </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00767C3B">
         <w:rPr>
           <w:b/>
+          <w:bCs/>
         </w:rPr>
         <w:t>inte</w:t>
       </w:r>
-      <w:r w:rsidR="00611688">
-[...12 lines deleted...]
-        <w:t>.</w:t>
+      <w:r w:rsidRPr="00767C3B">
+        <w:t xml:space="preserve"> har några fokalneurologiska bortfall eller medvetandesänkning [3]. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="777D3E59" w14:textId="55C66C63" w:rsidR="00B318C3" w:rsidRDefault="00B318C3" w:rsidP="00E90753">
-[...10 lines deleted...]
-        <w:t xml:space="preserve"> ska lumbalpunktion genomföras på akutmottagningen, för att säkert utesluta/bekräfta </w:t>
+    <w:p w14:paraId="39C23131" w14:textId="77777777" w:rsidR="00767C3B" w:rsidRPr="00767C3B" w:rsidRDefault="00767C3B" w:rsidP="00767C3B">
+      <w:pPr>
+        <w:ind w:right="-143"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00767C3B">
+        <w:t xml:space="preserve">Om CT utförts senare än sex timmar efter insjuknandet, eller av annan orsak inte kan utesluta förekomst av färsk blödning, ska lumbalpunktion genomföras på akutmottagningen, för att säkert utesluta/bekräfta </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidR="00604BA8">
+      <w:r w:rsidRPr="00767C3B">
         <w:t>subaraknoidalblödning</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r>
-[...12 lines deleted...]
-        <w:t xml:space="preserve">. </w:t>
+      <w:r w:rsidRPr="00767C3B">
+        <w:t>. Vid stabil patient ska minst sex timmar ha förflutit från symtomdebut till lumbalpunktion.  </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1ACDC742" w14:textId="1DE70372" w:rsidR="00B318C3" w:rsidRDefault="00944CFF" w:rsidP="00E90753">
-[...7 lines deleted...]
-        <w:t xml:space="preserve"> CT angiografi för att bedöma förekomst av </w:t>
+    <w:p w14:paraId="69E5F340" w14:textId="77777777" w:rsidR="00767C3B" w:rsidRPr="00767C3B" w:rsidRDefault="00767C3B" w:rsidP="00767C3B">
+      <w:pPr>
+        <w:ind w:right="-143"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00767C3B">
+        <w:t xml:space="preserve">Genomför CT angiografi för att bedöma förekomst av </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidR="00B318C3">
+      <w:r w:rsidRPr="00767C3B">
         <w:t>aneurysm</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidR="00B318C3">
-[...5 lines deleted...]
-      <w:r w:rsidRPr="00C61875">
+      <w:r w:rsidRPr="00767C3B">
+        <w:t xml:space="preserve"> eller annan blödningskälla vid </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00767C3B">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>initial</w:t>
       </w:r>
-      <w:r>
-[...8 lines deleted...]
-      <w:r w:rsidR="001801C3">
+      <w:r w:rsidRPr="00767C3B">
+        <w:t xml:space="preserve"> radiologisk undersökning – om inga klara hinder för detta finns. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00767C3B">
         <w:br/>
-      </w:r>
-[...13 lines deleted...]
-        <w:t xml:space="preserve"> </w:t>
+        <w:t xml:space="preserve">Normal CT-angiografi utesluter i de flesta fall behandlingskrävande blödningskälla, men inte </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidR="00B318C3" w:rsidRPr="00D02508">
-[...9 lines deleted...]
-        <w:t>blödning</w:t>
+      <w:r w:rsidRPr="00767C3B">
+        <w:t>subaraknoidalblödning</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidR="00B318C3">
-        <w:t xml:space="preserve"> i sig.</w:t>
+      <w:r w:rsidRPr="00767C3B">
+        <w:t xml:space="preserve"> i sig. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6361EA3E" w14:textId="3F23C2DD" w:rsidR="00B318C3" w:rsidRPr="00E90753" w:rsidRDefault="00B318C3" w:rsidP="008C1615">
-[...2 lines deleted...]
-        <w:spacing w:after="20"/>
+    <w:p w14:paraId="35B1BEE9" w14:textId="77777777" w:rsidR="00767C3B" w:rsidRPr="00767C3B" w:rsidRDefault="00767C3B" w:rsidP="11CA910C">
+      <w:pPr>
+        <w:pStyle w:val="Liststycke"/>
+        <w:ind w:right="424"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00E90753">
+      <w:r w:rsidRPr="11CA910C">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t>L</w:t>
-[...13 lines deleted...]
-        <w:t xml:space="preserve"> vid misstänkt </w:t>
+        <w:t xml:space="preserve">Lumbalpunktion vid misstänkt </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidR="00604BA8">
+      <w:r w:rsidRPr="11CA910C">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>subaraknoidalblödning</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="11CA910C">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
     </w:p>
-    <w:p w14:paraId="3E64405D" w14:textId="3838F2C6" w:rsidR="00B318C3" w:rsidRDefault="00B318C3" w:rsidP="00E90753">
-[...1 lines deleted...]
-        <w:pStyle w:val="Normalmedindrag"/>
+    <w:p w14:paraId="6EAACE32" w14:textId="3BBB2FBC" w:rsidR="1E59C1B9" w:rsidRDefault="1E59C1B9" w:rsidP="11CA910C">
+      <w:pPr>
+        <w:ind w:right="-143"/>
       </w:pPr>
       <w:r>
-        <w:t>Klassiskt fynd vid denna undersökning, är att man noterar ökat öppningstryck (&lt;20 cm/H2O</w:t>
-[...5 lines deleted...]
-        <w:t xml:space="preserve"> vanligen som</w:t>
+        <w:t>Vid diagnostisk osäkerhet och man behöver kompl</w:t>
+      </w:r>
+      <w:r w:rsidR="452AC65D">
+        <w:t>e</w:t>
       </w:r>
       <w:r>
-        <w:t xml:space="preserve"> normalt öppningstryck</w:t>
-[...5 lines deleted...]
-        <w:t>ppningstryck tas i liggande position).</w:t>
+        <w:t>ttera med lumbalpunktion i diagnostiken, ska denna genomföras minst sex timmar, men helst nio timmar från symtomdebut.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="27060295" w14:textId="7BC6637A" w:rsidR="00B318C3" w:rsidRDefault="00B318C3" w:rsidP="00E90753">
-[...3 lines deleted...]
-      <w:r>
+    <w:p w14:paraId="7EF5B041" w14:textId="77777777" w:rsidR="00767C3B" w:rsidRPr="00767C3B" w:rsidRDefault="00767C3B" w:rsidP="00767C3B">
+      <w:pPr>
+        <w:ind w:right="-143"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00767C3B">
+        <w:t>Klassiskt fynd vid denna undersökning, är att man noterar ökat öppningstryck (&lt;20 cm/H2O definieras vanligen som normalt öppningstryck. Öppningstryck tas i liggande position). </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3277B5FC" w14:textId="77777777" w:rsidR="00767C3B" w:rsidRPr="00767C3B" w:rsidRDefault="00767C3B" w:rsidP="00767C3B">
+      <w:pPr>
+        <w:ind w:right="-143"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00767C3B">
+        <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">Man kan även notera rödtonad (hallonfärgad) </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r>
+      <w:r w:rsidRPr="00767C3B">
         <w:t>likvor</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r>
+      <w:r w:rsidRPr="00767C3B">
         <w:t xml:space="preserve">, som </w:t>
       </w:r>
-      <w:r w:rsidR="00586BED">
+      <w:r w:rsidRPr="00767C3B">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>inte</w:t>
       </w:r>
+      <w:r w:rsidRPr="00767C3B">
+        <w:t xml:space="preserve"> klarnar upp längre fram i undersökningen. Vid stickblödning minskar denna rödaktiga ton successivt. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="358D4E81" w14:textId="21F3A897" w:rsidR="00767C3B" w:rsidRPr="00767C3B" w:rsidRDefault="00767C3B" w:rsidP="00767C3B">
+      <w:pPr>
+        <w:ind w:right="-143"/>
+      </w:pPr>
       <w:r>
-        <w:t xml:space="preserve"> klarnar</w:t>
-[...60 lines deleted...]
-        <w:t xml:space="preserve"> </w:t>
+        <w:t xml:space="preserve">Vid lumbalpunktion, ska minst cellräkning, albumin och spektrofotometri - Csv-csv (abs 415 nm) analyseras. Om möjligt bör även </w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
       <w:r>
         <w:t>1-2</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
       <w:r>
-        <w:t xml:space="preserve"> extra rör med 3-4</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="00E90753">
+        <w:t xml:space="preserve"> extra rör med </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:t>3-4</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="11CA910C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r>
-        <w:t xml:space="preserve">ml </w:t>
+        <w:t>ml likvor vardera s</w:t>
+      </w:r>
+      <w:r w:rsidRPr="11CA910C">
+        <w:rPr>
+          <w:rFonts w:cs="Georgia"/>
+        </w:rPr>
+        <w:t>ä</w:t>
+      </w:r>
+      <w:r>
+        <w:t>kras f</w:t>
+      </w:r>
+      <w:r w:rsidRPr="11CA910C">
+        <w:rPr>
+          <w:rFonts w:cs="Georgia"/>
+        </w:rPr>
+        <w:t>ö</w:t>
+      </w:r>
+      <w:r>
+        <w:t>r eventuella tillkommande fr</w:t>
+      </w:r>
+      <w:r w:rsidRPr="11CA910C">
+        <w:rPr>
+          <w:rFonts w:cs="Georgia"/>
+        </w:rPr>
+        <w:t>å</w:t>
+      </w:r>
+      <w:r>
+        <w:t>gest</w:t>
+      </w:r>
+      <w:r w:rsidRPr="11CA910C">
+        <w:rPr>
+          <w:rFonts w:cs="Georgia"/>
+        </w:rPr>
+        <w:t>ä</w:t>
+      </w:r>
+      <w:r>
+        <w:t>llningar och analyser. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0909690F" w14:textId="77777777" w:rsidR="00767C3B" w:rsidRPr="00767C3B" w:rsidRDefault="00767C3B" w:rsidP="00767C3B">
+      <w:pPr>
+        <w:ind w:right="-143"/>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00767C3B">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>Fortsatt handläggning </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="49100EC9" w14:textId="77777777" w:rsidR="00767C3B" w:rsidRPr="00767C3B" w:rsidRDefault="00767C3B" w:rsidP="00767C3B">
+      <w:pPr>
+        <w:ind w:right="-143"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00767C3B">
+        <w:t xml:space="preserve">Vid bekräftad </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r>
-        <w:t>likvor</w:t>
+      <w:r w:rsidRPr="00767C3B">
+        <w:t>subaraknoidalblödning</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r>
-        <w:t xml:space="preserve"> vardera säkras för eventuella tillkommande frågeställningar och analyser.</w:t>
+      <w:r w:rsidRPr="00767C3B">
+        <w:t>: </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3F3259C7" w14:textId="77777777" w:rsidR="00B318C3" w:rsidRDefault="00B318C3" w:rsidP="00E90753">
-[...20 lines deleted...]
-    <w:p w14:paraId="538486F1" w14:textId="77777777" w:rsidR="00410128" w:rsidRDefault="00410128" w:rsidP="00410128">
+    <w:p w14:paraId="0814008D" w14:textId="77777777" w:rsidR="00767C3B" w:rsidRPr="00767C3B" w:rsidRDefault="00767C3B" w:rsidP="00767C3B">
       <w:pPr>
         <w:pStyle w:val="Liststycke"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="25"/>
+          <w:numId w:val="65"/>
         </w:numPr>
       </w:pPr>
-      <w:r>
-[...9 lines deleted...]
-        <w:t xml:space="preserve"> länkning av CT-bilder.</w:t>
+      <w:r w:rsidRPr="00767C3B">
+        <w:t>Kontakta röntgen för länkning av CT-bilder. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="47A9ADC5" w14:textId="11B5F499" w:rsidR="00410128" w:rsidRDefault="00410128" w:rsidP="00410128">
+    <w:p w14:paraId="0265D84D" w14:textId="77777777" w:rsidR="00767C3B" w:rsidRPr="00767C3B" w:rsidRDefault="00767C3B" w:rsidP="00767C3B">
       <w:pPr>
         <w:pStyle w:val="Liststycke"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="25"/>
+          <w:numId w:val="65"/>
         </w:numPr>
       </w:pPr>
-      <w:r>
-        <w:t>Kontakta neurokirurgjour, Sahlgrenska Universitetssjukhuset (SU).</w:t>
+      <w:r w:rsidRPr="00767C3B">
+        <w:t>Kontakta neurokirurgjour, Sahlgrenska Universitetssjukhuset (SU). </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="74F0ACCB" w14:textId="77777777" w:rsidR="00BB17BB" w:rsidRDefault="00B318C3" w:rsidP="00410128">
+    <w:p w14:paraId="1827A27F" w14:textId="77777777" w:rsidR="00767C3B" w:rsidRPr="00767C3B" w:rsidRDefault="00767C3B" w:rsidP="00767C3B">
       <w:pPr>
         <w:pStyle w:val="Liststycke"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="25"/>
+          <w:numId w:val="65"/>
         </w:numPr>
       </w:pPr>
+      <w:r w:rsidRPr="00767C3B">
+        <w:t>Om ej gjort, genomför CT angiografi. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="43918F2C" w14:textId="77777777" w:rsidR="00767C3B" w:rsidRPr="00767C3B" w:rsidRDefault="00767C3B" w:rsidP="00767C3B">
+      <w:pPr>
+        <w:pStyle w:val="MellanrubrikVGR"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00767C3B">
+        <w:t>Sinustrombos [4] </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="422E5BD5" w14:textId="77777777" w:rsidR="00767C3B" w:rsidRPr="00767C3B" w:rsidRDefault="00767C3B" w:rsidP="00767C3B">
+      <w:pPr>
+        <w:ind w:right="-143"/>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00767C3B">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>Orsak </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0785D3D9" w14:textId="77777777" w:rsidR="00767C3B" w:rsidRPr="00767C3B" w:rsidRDefault="00767C3B" w:rsidP="00767C3B">
+      <w:pPr>
+        <w:ind w:right="-143"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00767C3B">
+        <w:t xml:space="preserve">Venös trombos </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00767C3B">
+        <w:t>intrakraniellt</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00767C3B">
+        <w:t>. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="341CDAAA" w14:textId="77777777" w:rsidR="00767C3B" w:rsidRPr="00767C3B" w:rsidRDefault="00767C3B" w:rsidP="00767C3B">
+      <w:pPr>
+        <w:ind w:right="-143"/>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00767C3B">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>Riskfaktorer </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="51FD7363" w14:textId="77777777" w:rsidR="00767C3B" w:rsidRPr="00767C3B" w:rsidRDefault="00767C3B" w:rsidP="00767C3B">
+      <w:pPr>
+        <w:ind w:right="-143"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00767C3B">
+        <w:t xml:space="preserve">Känd koagulationsrubbning, graviditet, post </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00767C3B">
+        <w:t>partum</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00767C3B">
+        <w:t>, Östrogen-innehållande p-piller, malignitet, systemiskt inflammatoriska tillstånd. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="03408FAF" w14:textId="77777777" w:rsidR="00767C3B" w:rsidRPr="00767C3B" w:rsidRDefault="00767C3B" w:rsidP="00767C3B">
+      <w:pPr>
+        <w:ind w:right="-143"/>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00767C3B">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>Symtom </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5ED4E392" w14:textId="77777777" w:rsidR="00767C3B" w:rsidRPr="00767C3B" w:rsidRDefault="00767C3B" w:rsidP="00767C3B">
+      <w:pPr>
+        <w:ind w:right="-143"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00767C3B">
+        <w:t xml:space="preserve">Huvudvärk (&gt;90 %) är vanligaste debutsymtom, oftast succesivt ökande över timmar till dagar, men kan i vissa fall vara </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00767C3B">
+        <w:t>urakut</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00767C3B">
+        <w:t xml:space="preserve"> som vid </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00767C3B">
+        <w:t>subaraknoidalblödning</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00767C3B">
+        <w:t>. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="282B3E52" w14:textId="77777777" w:rsidR="00767C3B" w:rsidRPr="00767C3B" w:rsidRDefault="00767C3B" w:rsidP="00767C3B">
+      <w:pPr>
+        <w:ind w:right="-143"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00767C3B">
+        <w:t>Även fokalneurologiska bortfall samt krampanfall är vanliga symtom i akutskedet. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1E0297F3" w14:textId="77777777" w:rsidR="00767C3B" w:rsidRPr="00767C3B" w:rsidRDefault="00767C3B" w:rsidP="00767C3B">
+      <w:pPr>
+        <w:ind w:right="-143"/>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00767C3B">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>Diagnostik </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5B484F37" w14:textId="1E4163AA" w:rsidR="00767C3B" w:rsidRPr="00767C3B" w:rsidRDefault="00767C3B" w:rsidP="00767C3B">
+      <w:pPr>
+        <w:ind w:right="-143"/>
+      </w:pPr>
       <w:r>
-        <w:t>Om ej gjort, genomför CT angiografi</w:t>
-[...222 lines deleted...]
-      <w:r w:rsidR="000816BF" w:rsidRPr="000816BF">
+        <w:t xml:space="preserve">CT hjärna venografi ska göras med frågeställning sinustrombos. Observera att en normal CT hjärna utan kontrast, eller kontrastförstärkt CT utan venografi, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="11CA910C">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>inte</w:t>
       </w:r>
-      <w:r w:rsidR="000816BF">
-[...3 lines deleted...]
-        <w:t>.</w:t>
+      <w:r>
+        <w:t xml:space="preserve"> kan utesluta sinustrombos. </w:t>
+      </w:r>
+      <w:r w:rsidR="221921C1">
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="23206E46" w14:textId="77777777" w:rsidR="00E90753" w:rsidRDefault="00E90753" w:rsidP="00E90753">
-[...1 lines deleted...]
-        <w:pStyle w:val="Underrubrik"/>
+    <w:p w14:paraId="648BF5AE" w14:textId="2273D59E" w:rsidR="00767C3B" w:rsidRPr="00767C3B" w:rsidRDefault="221921C1" w:rsidP="00767C3B">
+      <w:pPr>
+        <w:ind w:right="-143"/>
       </w:pPr>
       <w:r>
-        <w:t>Fortsatt handläggning</w:t>
+        <w:lastRenderedPageBreak/>
+        <w:t xml:space="preserve">OBS: D-dimer ska inte vara del i diagnostiken för att vare sig bekräfta eller utesluta tillståndet </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2E333345" w14:textId="6715ADBA" w:rsidR="00E90753" w:rsidRDefault="00E90753" w:rsidP="00E90753">
-[...28 lines deleted...]
-        <w:t>för vidare handläggning.</w:t>
+    <w:p w14:paraId="685CFB16" w14:textId="77777777" w:rsidR="00767C3B" w:rsidRPr="00767C3B" w:rsidRDefault="00767C3B" w:rsidP="00767C3B">
+      <w:pPr>
+        <w:ind w:right="-143"/>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00767C3B">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>Fortsatt handläggning </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7937A414" w14:textId="77777777" w:rsidR="008A1B3B" w:rsidRDefault="00E90753" w:rsidP="006463EA">
-[...4 lines deleted...]
-        <w:t>Vid stabil patient:</w:t>
+    <w:p w14:paraId="521963E4" w14:textId="77777777" w:rsidR="00767C3B" w:rsidRPr="00767C3B" w:rsidRDefault="00767C3B" w:rsidP="00767C3B">
+      <w:pPr>
+        <w:ind w:right="-143"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00767C3B">
+        <w:t>Vid icke-stabil patient med tilltagande neurologiska bortfall: Kontakt med strokebakjour, Sahlgrenska Universitetssjukhuset, för vidare handläggning. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4BAE081C" w14:textId="0B6A6C0F" w:rsidR="00E90753" w:rsidRDefault="008A1B3B" w:rsidP="008A1B3B">
+    <w:p w14:paraId="331A070F" w14:textId="77777777" w:rsidR="00767C3B" w:rsidRPr="00767C3B" w:rsidRDefault="00767C3B" w:rsidP="00767C3B">
+      <w:pPr>
+        <w:ind w:right="-143"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00767C3B">
+        <w:t>Vid stabil patient: </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="088D8D24" w14:textId="77777777" w:rsidR="00767C3B" w:rsidRPr="00767C3B" w:rsidRDefault="00767C3B" w:rsidP="00767C3B">
       <w:pPr>
         <w:pStyle w:val="Liststycke"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="26"/>
+          <w:numId w:val="66"/>
         </w:numPr>
       </w:pPr>
-      <w:r>
-[...3 lines deleted...]
-        <w:t xml:space="preserve">ga kontraindikationer föreligger; ge </w:t>
+      <w:r w:rsidRPr="00767C3B">
+        <w:t xml:space="preserve">Om inga kontraindikationer föreligger; ge </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidR="00E90753">
+      <w:r w:rsidRPr="00767C3B">
         <w:t>fulldos</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidR="00E90753">
+      <w:r w:rsidRPr="00767C3B">
         <w:t xml:space="preserve"> lågmolekylärt heparin (</w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidR="00E90753">
+      <w:r w:rsidRPr="00767C3B">
         <w:t>fragmin</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidR="00E90753">
-        <w:t>) enligt trombosriktlinjer. 200 E/kg/dygn (upp till 180 kg).</w:t>
+      <w:r w:rsidRPr="00767C3B">
+        <w:t>) enligt trombosriktlinjer. 200 E/kg/dygn (upp till 180 kg). </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="640565C0" w14:textId="61EA9281" w:rsidR="008A1B3B" w:rsidRDefault="008A1B3B" w:rsidP="008A1B3B">
+    <w:p w14:paraId="396C4484" w14:textId="77777777" w:rsidR="00767C3B" w:rsidRPr="00767C3B" w:rsidRDefault="00767C3B" w:rsidP="00767C3B">
       <w:pPr>
         <w:pStyle w:val="Liststycke"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="26"/>
+          <w:numId w:val="66"/>
         </w:numPr>
       </w:pPr>
-      <w:r>
-[...3 lines deleted...]
-        <w:t>.</w:t>
+      <w:r w:rsidRPr="00767C3B">
+        <w:t>Inläggning på strokeavdelning. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7F3526F1" w14:textId="77777777" w:rsidR="007E2C0C" w:rsidRDefault="007E2C0C" w:rsidP="007E2C0C">
-[...7 lines deleted...]
-      <w:bookmarkEnd w:id="8"/>
+    <w:p w14:paraId="098D5CC4" w14:textId="77777777" w:rsidR="00767C3B" w:rsidRPr="00767C3B" w:rsidRDefault="00767C3B" w:rsidP="00767C3B">
+      <w:pPr>
+        <w:ind w:right="-143"/>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00767C3B">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>Bakteriell meningit (meningit) </w:t>
+      </w:r>
     </w:p>
-    <w:p w14:paraId="3523F20C" w14:textId="5BFC7C02" w:rsidR="007E2C0C" w:rsidRDefault="007E2C0C" w:rsidP="007E2C0C">
-      <w:r>
+    <w:p w14:paraId="0F2C7265" w14:textId="77777777" w:rsidR="00767C3B" w:rsidRPr="00767C3B" w:rsidRDefault="00767C3B" w:rsidP="00767C3B">
+      <w:pPr>
+        <w:ind w:right="-143"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00767C3B">
         <w:t xml:space="preserve">För info avseende denna del, hänvisas till sjukhusövergripande riktlinje </w:t>
       </w:r>
-      <w:hyperlink r:id="rId12" w:history="1">
-        <w:r w:rsidRPr="007E2C0C">
+      <w:hyperlink r:id="rId12" w:tgtFrame="_blank" w:history="1">
+        <w:r w:rsidRPr="00767C3B">
           <w:rPr>
             <w:rStyle w:val="Hyperlnk"/>
           </w:rPr>
           <w:t>Bakteriell meningit - akut handläggning och behandling av vuxna vid SÄS</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r>
-        <w:t>.</w:t>
+      <w:r w:rsidRPr="00767C3B">
+        <w:t>. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3F0991FF" w14:textId="77777777" w:rsidR="007E2C0C" w:rsidRDefault="007E2C0C" w:rsidP="007E2C0C">
-[...7 lines deleted...]
-      <w:bookmarkEnd w:id="9"/>
+    <w:p w14:paraId="372D4018" w14:textId="77777777" w:rsidR="00767C3B" w:rsidRPr="00767C3B" w:rsidRDefault="00767C3B" w:rsidP="00767C3B">
+      <w:pPr>
+        <w:ind w:right="-143"/>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00767C3B">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>Virusencefalit (encefalit) </w:t>
+      </w:r>
     </w:p>
-    <w:p w14:paraId="07C30EA7" w14:textId="5D4CE72F" w:rsidR="00A76FAC" w:rsidRDefault="007E2C0C" w:rsidP="007E2C0C">
-      <w:r>
+    <w:p w14:paraId="5E00A36C" w14:textId="77777777" w:rsidR="00767C3B" w:rsidRPr="00767C3B" w:rsidRDefault="00767C3B" w:rsidP="00767C3B">
+      <w:pPr>
+        <w:ind w:right="-143"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00767C3B">
         <w:t xml:space="preserve">För info avseende denna del, hänvisas till sjukhusövergripande rutin </w:t>
       </w:r>
-      <w:hyperlink r:id="rId13" w:history="1">
-        <w:r w:rsidRPr="007E2C0C">
+      <w:hyperlink r:id="rId13" w:tgtFrame="_blank" w:history="1">
+        <w:r w:rsidRPr="00767C3B">
           <w:rPr>
             <w:rStyle w:val="Hyperlnk"/>
           </w:rPr>
-          <w:t>Encefalit, infektiös</w:t>
-[...23 lines deleted...]
-          <w:t xml:space="preserve"> SÄS</w:t>
+          <w:t>Encefalit, infektiös. Akut utredning av vuxna, SÄS</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r>
-        <w:t>.</w:t>
+      <w:r w:rsidRPr="00767C3B">
+        <w:t>. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="457E2793" w14:textId="1D56CAA6" w:rsidR="0030182C" w:rsidRDefault="0030182C" w:rsidP="0030182C">
+    <w:p w14:paraId="598A43BE" w14:textId="77777777" w:rsidR="00767C3B" w:rsidRPr="00767C3B" w:rsidRDefault="00767C3B" w:rsidP="00703353">
       <w:pPr>
         <w:pStyle w:val="MellanrubrikVGR"/>
       </w:pPr>
-      <w:bookmarkStart w:id="10" w:name="_Toc159591484"/>
-[...6 lines deleted...]
-      <w:bookmarkEnd w:id="10"/>
+      <w:r w:rsidRPr="00767C3B">
+        <w:t>Tumör [5] </w:t>
+      </w:r>
     </w:p>
-    <w:p w14:paraId="13C103B4" w14:textId="77777777" w:rsidR="0030182C" w:rsidRDefault="0030182C" w:rsidP="0030182C">
-[...4 lines deleted...]
-        <w:t>Symtom</w:t>
+    <w:p w14:paraId="2855C43D" w14:textId="77777777" w:rsidR="00767C3B" w:rsidRPr="00767C3B" w:rsidRDefault="00767C3B" w:rsidP="00767C3B">
+      <w:pPr>
+        <w:ind w:right="-143"/>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00767C3B">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>Symtom </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6EB7C6F0" w14:textId="61FB3244" w:rsidR="0030182C" w:rsidRDefault="0030182C" w:rsidP="0030182C">
-[...13 lines deleted...]
-        <w:t>. Kommer oftast tillsammans med andra neurologiska bortfall eller personlighetsförändring.</w:t>
+    <w:p w14:paraId="7D56276E" w14:textId="77777777" w:rsidR="00767C3B" w:rsidRPr="00767C3B" w:rsidRDefault="00767C3B" w:rsidP="00767C3B">
+      <w:pPr>
+        <w:ind w:right="-143"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00767C3B">
+        <w:t>Ofta konstant molande huvudvärk. Huvudvärken tenderar att förvärras över tid. Förvärras ofta i samband med hostning eller krystning. Isolerad huvudvärk som symtom är ovanligt. Kommer oftast tillsammans med andra neurologiska bortfall eller personlighetsförändring. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1B57C805" w14:textId="28FA4A63" w:rsidR="0030182C" w:rsidRDefault="0030182C" w:rsidP="0030182C">
-[...7 lines deleted...]
-        <w:t>debutsymtom.</w:t>
+    <w:p w14:paraId="6D33ADE8" w14:textId="77777777" w:rsidR="00767C3B" w:rsidRPr="00767C3B" w:rsidRDefault="00767C3B" w:rsidP="00767C3B">
+      <w:pPr>
+        <w:ind w:right="-143"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00767C3B">
+        <w:t>Krampanfall är ofta debutsymtom. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="11A131C6" w14:textId="77777777" w:rsidR="0030182C" w:rsidRDefault="0030182C" w:rsidP="0030182C">
-[...3 lines deleted...]
-      <w:r>
+    <w:p w14:paraId="72A37C5D" w14:textId="77777777" w:rsidR="00767C3B" w:rsidRPr="00767C3B" w:rsidRDefault="00767C3B" w:rsidP="00767C3B">
+      <w:pPr>
+        <w:ind w:right="-143"/>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00767C3B">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>Diagnostik </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="04E6E8F6" w14:textId="77777777" w:rsidR="00767C3B" w:rsidRPr="00767C3B" w:rsidRDefault="00767C3B" w:rsidP="00767C3B">
+      <w:pPr>
+        <w:ind w:right="-143"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00767C3B">
+        <w:t>Indikation för akut utredning bedöms vara huvudvärk och avvikande neurologiskt status, alternativt kramper eller personlighetsförändring. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2983CB82" w14:textId="77777777" w:rsidR="00767C3B" w:rsidRPr="00767C3B" w:rsidRDefault="00767C3B" w:rsidP="00767C3B">
+      <w:pPr>
+        <w:ind w:right="-143"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00767C3B">
+        <w:t>Radiologisk undersökning för diagnos. Vid stark misstanke och inga kontraindikationer, gör CT hjärna med kontrast som initial undersökning. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4022FF29" w14:textId="77777777" w:rsidR="00767C3B" w:rsidRPr="00767C3B" w:rsidRDefault="00767C3B" w:rsidP="00767C3B">
+      <w:pPr>
+        <w:ind w:right="-143"/>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00767C3B">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>Vidare handläggning </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="19A3A5EF" w14:textId="77777777" w:rsidR="00767C3B" w:rsidRPr="00767C3B" w:rsidRDefault="00767C3B" w:rsidP="00767C3B">
+      <w:pPr>
+        <w:ind w:right="-143"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00767C3B">
         <w:lastRenderedPageBreak/>
-        <w:t>Diagnostik</w:t>
+        <w:t>Kortisonbehandling med Betametason 0,5 mg. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6FFF371E" w14:textId="03F663DD" w:rsidR="0030182C" w:rsidRDefault="0030182C" w:rsidP="0030182C">
-[...1 lines deleted...]
-        <w:t>Indikation för akut utredning bedöms vara huvudvärk och avvikande neurologiskt status, alternativt kramper eller personlighetsförändring.</w:t>
+    <w:p w14:paraId="362173BA" w14:textId="77777777" w:rsidR="00767C3B" w:rsidRPr="00767C3B" w:rsidRDefault="00767C3B" w:rsidP="00767C3B">
+      <w:pPr>
+        <w:ind w:right="-143"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00767C3B">
+        <w:t>Dag 1-2 16 tabletter 2 gånger dagligen </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2CF270F6" w14:textId="1D9BB854" w:rsidR="0030182C" w:rsidRDefault="0030182C" w:rsidP="0030182C">
-[...7 lines deleted...]
-        <w:t>hjärna med kontrast som initial undersökning.</w:t>
+    <w:p w14:paraId="3C617F5C" w14:textId="77777777" w:rsidR="00767C3B" w:rsidRPr="00767C3B" w:rsidRDefault="00767C3B" w:rsidP="00767C3B">
+      <w:pPr>
+        <w:ind w:right="-143"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00767C3B">
+        <w:t>Därefter fortsatt nedtrappning från avdelning. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00767C3B">
+        <w:br/>
+        <w:t xml:space="preserve">I tillägg kan man överväga PPI-behandling samt </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00767C3B">
+        <w:t>Zopiklon</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00767C3B">
+        <w:t xml:space="preserve"> för att kupera biverkningar av den höga Betametasondosen. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6BE458F8" w14:textId="77777777" w:rsidR="0030182C" w:rsidRDefault="0030182C" w:rsidP="0030182C">
-[...67 lines deleted...]
-      <w:r>
+    <w:p w14:paraId="035FCFA2" w14:textId="77777777" w:rsidR="00767C3B" w:rsidRPr="00767C3B" w:rsidRDefault="00767C3B" w:rsidP="00767C3B">
+      <w:pPr>
+        <w:ind w:right="-143"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00767C3B">
         <w:t xml:space="preserve">Om misstanke om nyupptäckt </w:t>
       </w:r>
-      <w:r w:rsidRPr="00C102B1">
+      <w:r w:rsidRPr="00767C3B">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>primär</w:t>
       </w:r>
-      <w:r>
-[...12 lines deleted...]
-        <w:t>.</w:t>
+      <w:r w:rsidRPr="00767C3B">
+        <w:t xml:space="preserve"> hjärntumör, inläggning på neurologiavdelning. Om radiologisk misstanke om inklämning, akut kontakt med neurokirurg, Sahlgrenska Universitetssjukhuset. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="58A60E04" w14:textId="68FF0F74" w:rsidR="0030182C" w:rsidRDefault="0030182C" w:rsidP="0030182C">
+    <w:p w14:paraId="0DAD19D9" w14:textId="77777777" w:rsidR="00767C3B" w:rsidRPr="00767C3B" w:rsidRDefault="00767C3B" w:rsidP="00703353">
       <w:pPr>
         <w:pStyle w:val="MellanrubrikVGR"/>
       </w:pPr>
-      <w:bookmarkStart w:id="11" w:name="_Toc159591485"/>
       <w:proofErr w:type="spellStart"/>
-      <w:r>
+      <w:r w:rsidRPr="00767C3B">
         <w:t>Karotis</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r>
+      <w:r w:rsidRPr="00767C3B">
         <w:t xml:space="preserve"> / </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="0010432C">
-[...3 lines deleted...]
-        <w:t>n</w:t>
+      <w:r w:rsidRPr="00767C3B">
+        <w:t>vertebralisdissektion</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidR="002E66C5" w:rsidRPr="0010432C">
-[...2 lines deleted...]
-      <w:bookmarkEnd w:id="11"/>
+      <w:r w:rsidRPr="00767C3B">
+        <w:t xml:space="preserve"> [6] </w:t>
+      </w:r>
     </w:p>
-    <w:p w14:paraId="757486D1" w14:textId="77777777" w:rsidR="0030182C" w:rsidRDefault="0030182C" w:rsidP="0030182C">
-[...4 lines deleted...]
-        <w:t>Orsak</w:t>
+    <w:p w14:paraId="44C562D0" w14:textId="77777777" w:rsidR="00767C3B" w:rsidRPr="00767C3B" w:rsidRDefault="00767C3B" w:rsidP="00767C3B">
+      <w:pPr>
+        <w:ind w:right="-143"/>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00767C3B">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>Orsak </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1264F830" w14:textId="77777777" w:rsidR="0030182C" w:rsidRDefault="0030182C" w:rsidP="0030182C">
-      <w:r>
+    <w:p w14:paraId="636C9C41" w14:textId="77777777" w:rsidR="00767C3B" w:rsidRPr="00767C3B" w:rsidRDefault="00767C3B" w:rsidP="00767C3B">
+      <w:pPr>
+        <w:ind w:right="-143"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00767C3B">
         <w:t xml:space="preserve">Ruptur av </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r>
+      <w:r w:rsidRPr="00767C3B">
         <w:t>tunica</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r>
-        <w:t xml:space="preserve"> intima i artären, skapar falsk lumen. Ofta sekundärt till manipulation av nacken.</w:t>
+      <w:r w:rsidRPr="00767C3B">
+        <w:t xml:space="preserve"> intima i artären, skapar falsk lumen. Ofta sekundärt till manipulation av nacken. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="46921172" w14:textId="77777777" w:rsidR="0030182C" w:rsidRDefault="0030182C" w:rsidP="0030182C">
-[...4 lines deleted...]
-        <w:t>Symtom</w:t>
+    <w:p w14:paraId="58B34985" w14:textId="77777777" w:rsidR="00767C3B" w:rsidRPr="00767C3B" w:rsidRDefault="00767C3B" w:rsidP="00767C3B">
+      <w:pPr>
+        <w:ind w:right="-143"/>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00767C3B">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>Symtom </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6CB40B3E" w14:textId="413426A2" w:rsidR="0030182C" w:rsidRDefault="0030182C" w:rsidP="0030182C">
-[...13 lines deleted...]
-        <w:t>.</w:t>
+    <w:p w14:paraId="71186056" w14:textId="77777777" w:rsidR="00767C3B" w:rsidRPr="00767C3B" w:rsidRDefault="00767C3B" w:rsidP="00767C3B">
+      <w:pPr>
+        <w:ind w:right="-143"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00767C3B">
+        <w:t>Kraftig huvudvärk/nackvärk, svår och ihållande lokaliserad till samma sida som dissektionen. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="522038A4" w14:textId="2AE538D7" w:rsidR="0030182C" w:rsidRDefault="0030182C" w:rsidP="0030182C">
-[...1 lines deleted...]
-        <w:t>Kan även ge symtom av stroke/TIA i området för vilken denna artär försörjer.</w:t>
+    <w:p w14:paraId="4F34A818" w14:textId="77777777" w:rsidR="00767C3B" w:rsidRPr="00767C3B" w:rsidRDefault="00767C3B" w:rsidP="00767C3B">
+      <w:pPr>
+        <w:ind w:right="-143"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00767C3B">
+        <w:t>Kan även ge symtom av stroke/TIA i området för vilken denna artär försörjer. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3929D3CE" w14:textId="36FBEA25" w:rsidR="0030182C" w:rsidRDefault="0030182C" w:rsidP="0030182C">
-      <w:r>
+    <w:p w14:paraId="32218D71" w14:textId="77777777" w:rsidR="00767C3B" w:rsidRPr="00767C3B" w:rsidRDefault="00767C3B" w:rsidP="00767C3B">
+      <w:pPr>
+        <w:ind w:right="-143"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00767C3B">
         <w:t xml:space="preserve">Ibland kan även </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r>
+      <w:r w:rsidRPr="00767C3B">
         <w:t>Horners</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r>
+      <w:r w:rsidRPr="00767C3B">
         <w:t xml:space="preserve"> syndrom (</w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r>
+      <w:r w:rsidRPr="00767C3B">
         <w:t>ptos</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r>
+      <w:r w:rsidRPr="00767C3B">
         <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r>
+      <w:r w:rsidRPr="00767C3B">
         <w:t>mios</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r>
+      <w:r w:rsidRPr="00767C3B">
         <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r>
+      <w:r w:rsidRPr="00767C3B">
         <w:t>enoftalmus</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r>
+      <w:r w:rsidRPr="00767C3B">
         <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r>
+      <w:r w:rsidRPr="00767C3B">
         <w:t>anhidros</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r>
-[...3 lines deleted...]
-        <w:t>.</w:t>
+      <w:r w:rsidRPr="00767C3B">
+        <w:t>) ses. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="14AF52B7" w14:textId="77777777" w:rsidR="0030182C" w:rsidRDefault="0030182C" w:rsidP="0030182C">
-[...4 lines deleted...]
-        <w:t>Diagnostik</w:t>
+    <w:p w14:paraId="4C3BF108" w14:textId="77777777" w:rsidR="00767C3B" w:rsidRPr="00767C3B" w:rsidRDefault="00767C3B" w:rsidP="00767C3B">
+      <w:pPr>
+        <w:ind w:right="-143"/>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00767C3B">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>Diagnostik </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2504F7E5" w14:textId="16E4D38D" w:rsidR="0030182C" w:rsidRDefault="0030182C" w:rsidP="0030182C">
-[...7 lines deleted...]
-        <w:t xml:space="preserve"> för att se om tecken till halskärlsdissektion föreligger.</w:t>
+    <w:p w14:paraId="329A9699" w14:textId="77777777" w:rsidR="00767C3B" w:rsidRPr="00767C3B" w:rsidRDefault="00767C3B" w:rsidP="00767C3B">
+      <w:pPr>
+        <w:ind w:right="-143"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00767C3B">
+        <w:t>CT angiografi i artärfas för att se om tecken till halskärlsdissektion föreligger. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4AA6D59F" w14:textId="77777777" w:rsidR="0030182C" w:rsidRDefault="0030182C" w:rsidP="0030182C">
-[...4 lines deleted...]
-        <w:t>Vidare handläggning</w:t>
+    <w:p w14:paraId="6F904B7D" w14:textId="77777777" w:rsidR="00767C3B" w:rsidRPr="00767C3B" w:rsidRDefault="00767C3B" w:rsidP="00767C3B">
+      <w:pPr>
+        <w:ind w:right="-143"/>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00767C3B">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>Vidare handläggning </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="30C6B6CC" w14:textId="21CDF3EF" w:rsidR="0030182C" w:rsidRDefault="0030182C" w:rsidP="0030182C">
-[...4 lines deleted...]
-        <w:t>.</w:t>
+    <w:p w14:paraId="0DACE76F" w14:textId="77777777" w:rsidR="00767C3B" w:rsidRPr="00767C3B" w:rsidRDefault="00767C3B" w:rsidP="00767C3B">
+      <w:pPr>
+        <w:ind w:right="-143"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00767C3B">
+        <w:t>Kontakt med neurolog. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="749D2BBE" w14:textId="6E5884A7" w:rsidR="0030182C" w:rsidRDefault="0030182C" w:rsidP="0030182C">
+    <w:p w14:paraId="3D374BE4" w14:textId="77777777" w:rsidR="00767C3B" w:rsidRPr="00767C3B" w:rsidRDefault="00767C3B" w:rsidP="00703353">
       <w:pPr>
         <w:pStyle w:val="MellanrubrikVGR"/>
       </w:pPr>
-      <w:bookmarkStart w:id="12" w:name="_Toc159591486"/>
-      <w:r>
+      <w:r w:rsidRPr="00767C3B">
         <w:t xml:space="preserve">Akut obstruktiv </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="0010432C">
-[...3 lines deleted...]
-        <w:t>s</w:t>
+      <w:r w:rsidRPr="00767C3B">
+        <w:t>hydrocefalus</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidR="002E66C5" w:rsidRPr="0010432C">
-[...2 lines deleted...]
-      <w:bookmarkEnd w:id="12"/>
+      <w:r w:rsidRPr="00767C3B">
+        <w:t xml:space="preserve"> [7] </w:t>
+      </w:r>
     </w:p>
-    <w:p w14:paraId="4CA41C75" w14:textId="77777777" w:rsidR="0030182C" w:rsidRDefault="0030182C" w:rsidP="002E66C5">
-[...4 lines deleted...]
-        <w:t>Orsak</w:t>
+    <w:p w14:paraId="0D673702" w14:textId="77777777" w:rsidR="00767C3B" w:rsidRPr="00767C3B" w:rsidRDefault="00767C3B" w:rsidP="00767C3B">
+      <w:pPr>
+        <w:ind w:right="-143"/>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00767C3B">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>Orsak </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4EE4A379" w14:textId="536C3034" w:rsidR="0030182C" w:rsidRDefault="0030182C" w:rsidP="0030182C">
-      <w:r>
+    <w:p w14:paraId="4BB5FEA6" w14:textId="77777777" w:rsidR="00767C3B" w:rsidRPr="00767C3B" w:rsidRDefault="00767C3B" w:rsidP="00767C3B">
+      <w:pPr>
+        <w:ind w:right="-143"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00767C3B">
         <w:t xml:space="preserve">Hinder som obstruerar flöde av </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidR="001F16D2">
+      <w:r w:rsidRPr="00767C3B">
         <w:t>likvor</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r>
-        <w:t>.</w:t>
+      <w:r w:rsidRPr="00767C3B">
+        <w:t>. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3460332C" w14:textId="77777777" w:rsidR="0030182C" w:rsidRDefault="0030182C" w:rsidP="0030182C">
-[...4 lines deleted...]
-        <w:t>Symtom</w:t>
+    <w:p w14:paraId="1FF7059E" w14:textId="77777777" w:rsidR="00767C3B" w:rsidRPr="00767C3B" w:rsidRDefault="00767C3B" w:rsidP="00767C3B">
+      <w:pPr>
+        <w:ind w:right="-143"/>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00767C3B">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>Symtom </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6997ED22" w14:textId="49D3EA1F" w:rsidR="0030182C" w:rsidRDefault="001D7734" w:rsidP="0030182C">
-[...25 lines deleted...]
-        <w:t>.</w:t>
+    <w:p w14:paraId="629F33AC" w14:textId="77777777" w:rsidR="00767C3B" w:rsidRPr="00767C3B" w:rsidRDefault="00767C3B" w:rsidP="00767C3B">
+      <w:pPr>
+        <w:ind w:right="-143"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00767C3B">
+        <w:t>Huvudvärksattacker. Värken kan triggas av kroppsändringar, samt valsalvamanöver. Kräkningar, medvetande- samt synpåverkan är vanliga i tillägg till huvudvärk. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="04711C81" w14:textId="77777777" w:rsidR="0030182C" w:rsidRDefault="0030182C" w:rsidP="008C1615">
-[...5 lines deleted...]
-      <w:r>
+    <w:p w14:paraId="108E2CF2" w14:textId="77777777" w:rsidR="00767C3B" w:rsidRPr="00767C3B" w:rsidRDefault="00767C3B" w:rsidP="00767C3B">
+      <w:pPr>
+        <w:ind w:right="-143"/>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00767C3B">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
         <w:lastRenderedPageBreak/>
-        <w:t>Diagnostik</w:t>
+        <w:t>Diagnostik </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="025F2A9A" w14:textId="77777777" w:rsidR="0030182C" w:rsidRDefault="0030182C" w:rsidP="0030182C">
-[...1 lines deleted...]
-        <w:t>Erhålls oftast med CT hjärna.</w:t>
+    <w:p w14:paraId="395F0320" w14:textId="77777777" w:rsidR="00767C3B" w:rsidRPr="00767C3B" w:rsidRDefault="00767C3B" w:rsidP="00767C3B">
+      <w:pPr>
+        <w:ind w:right="-143"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00767C3B">
+        <w:t>Erhålls oftast med CT hjärna. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="17F21018" w14:textId="77777777" w:rsidR="0030182C" w:rsidRDefault="0030182C" w:rsidP="0030182C">
-[...4 lines deleted...]
-        <w:t>Vidare handläggning</w:t>
+    <w:p w14:paraId="0D07B9D8" w14:textId="77777777" w:rsidR="00767C3B" w:rsidRPr="00767C3B" w:rsidRDefault="00767C3B" w:rsidP="00767C3B">
+      <w:pPr>
+        <w:ind w:right="-143"/>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00767C3B">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>Vidare handläggning </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="577EE797" w14:textId="5D5F3603" w:rsidR="0030182C" w:rsidRDefault="0059767D" w:rsidP="0030182C">
-[...13 lines deleted...]
-        <w:t>.</w:t>
+    <w:p w14:paraId="7C71576D" w14:textId="77777777" w:rsidR="00767C3B" w:rsidRPr="00767C3B" w:rsidRDefault="00767C3B" w:rsidP="00767C3B">
+      <w:pPr>
+        <w:ind w:right="-143"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00767C3B">
+        <w:t>Kontakt med neurokirurg, Sahlgrenska Universitetssjukhuset. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="21A011FC" w14:textId="0BD88058" w:rsidR="0030182C" w:rsidRDefault="00312F06" w:rsidP="0030182C">
+    <w:p w14:paraId="2333E723" w14:textId="77777777" w:rsidR="00767C3B" w:rsidRPr="00767C3B" w:rsidRDefault="00767C3B" w:rsidP="00703353">
       <w:pPr>
         <w:pStyle w:val="MellanrubrikVGR"/>
       </w:pPr>
-      <w:bookmarkStart w:id="13" w:name="_Toc159591487"/>
       <w:proofErr w:type="spellStart"/>
-      <w:r>
+      <w:r w:rsidRPr="00767C3B">
         <w:t>Jättecellsarterit</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r>
+      <w:r w:rsidRPr="00767C3B">
         <w:t xml:space="preserve"> (</w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidR="00821EA0" w:rsidRPr="0010432C">
+      <w:r w:rsidRPr="00767C3B">
         <w:t>Temporalisarterit</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidR="002E66C5" w:rsidRPr="0010432C">
-[...2 lines deleted...]
-      <w:bookmarkEnd w:id="13"/>
+      <w:r w:rsidRPr="00767C3B">
+        <w:t>) [8] </w:t>
+      </w:r>
     </w:p>
-    <w:p w14:paraId="14DEBBA1" w14:textId="77777777" w:rsidR="0030182C" w:rsidRDefault="0030182C" w:rsidP="0030182C">
-[...4 lines deleted...]
-        <w:t>Orsak</w:t>
+    <w:p w14:paraId="1936EAFB" w14:textId="77777777" w:rsidR="00767C3B" w:rsidRPr="00767C3B" w:rsidRDefault="00767C3B" w:rsidP="00767C3B">
+      <w:pPr>
+        <w:ind w:right="-143"/>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00767C3B">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>Orsak </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3FD0C31D" w14:textId="1E3CF7CF" w:rsidR="0030182C" w:rsidRDefault="0030182C" w:rsidP="0030182C">
-      <w:r>
+    <w:p w14:paraId="6AE15AAD" w14:textId="77777777" w:rsidR="00767C3B" w:rsidRPr="00767C3B" w:rsidRDefault="00767C3B" w:rsidP="00767C3B">
+      <w:pPr>
+        <w:ind w:right="-143"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00767C3B">
         <w:t xml:space="preserve">Inflammation i </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidR="00821EA0">
+      <w:r w:rsidRPr="00767C3B">
         <w:t>extrakraniella</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r>
-        <w:t xml:space="preserve"> artärer, ibland också i aortabågen och dess avgående grenar. Tillståndet förekommer inte hos patienter under 50 år och frekvensen ökar med stigande ålder.</w:t>
+      <w:r w:rsidRPr="00767C3B">
+        <w:t xml:space="preserve"> artärer, ibland också i aortabågen och dess avgående grenar. Tillståndet förekommer inte hos patienter under 50 år och frekvensen ökar med stigande ålder. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="46DA0F25" w14:textId="77777777" w:rsidR="0030182C" w:rsidRDefault="0030182C" w:rsidP="0030182C">
-[...6 lines deleted...]
-        <w:t>Symtom</w:t>
+    <w:p w14:paraId="6260813A" w14:textId="77777777" w:rsidR="00767C3B" w:rsidRPr="00767C3B" w:rsidRDefault="00767C3B" w:rsidP="00767C3B">
+      <w:pPr>
+        <w:ind w:right="-143"/>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00767C3B">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>Symtom </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1C89C7D7" w14:textId="04F462BE" w:rsidR="008613B9" w:rsidRDefault="0030182C" w:rsidP="002E66C5">
-[...4 lines deleted...]
-        <w:t>Subakut debuterande huvudvärk, ofta en ytlig smärta med skalpömhet.</w:t>
+    <w:p w14:paraId="2B4A7AF1" w14:textId="77777777" w:rsidR="00767C3B" w:rsidRPr="00767C3B" w:rsidRDefault="00767C3B" w:rsidP="00703353">
+      <w:pPr>
+        <w:pStyle w:val="Liststycke"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="68"/>
+        </w:numPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00767C3B">
+        <w:t>Subakut debuterande huvudvärk, ofta en ytlig smärta med skalpömhet. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="013D5270" w14:textId="2E7CB591" w:rsidR="003C787F" w:rsidRDefault="0030182C" w:rsidP="002E66C5">
-[...1 lines deleted...]
-        <w:pStyle w:val="Punktlista"/>
+    <w:p w14:paraId="635B4677" w14:textId="77777777" w:rsidR="00767C3B" w:rsidRPr="00767C3B" w:rsidRDefault="00767C3B" w:rsidP="00703353">
+      <w:pPr>
+        <w:pStyle w:val="Liststycke"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="68"/>
+        </w:numPr>
       </w:pPr>
       <w:proofErr w:type="spellStart"/>
-      <w:r>
+      <w:r w:rsidRPr="00767C3B">
         <w:t>Tuggclaudicatio</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r>
-        <w:t>.</w:t>
+      <w:r w:rsidRPr="00767C3B">
+        <w:t>. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3683CF97" w14:textId="20E4F72D" w:rsidR="0030182C" w:rsidRDefault="003C787F" w:rsidP="002E66C5">
-[...7 lines deleted...]
-        <w:t>ömhet över engagerat kärl.</w:t>
+    <w:p w14:paraId="3FAB380B" w14:textId="77777777" w:rsidR="00767C3B" w:rsidRPr="00767C3B" w:rsidRDefault="00767C3B" w:rsidP="00703353">
+      <w:pPr>
+        <w:pStyle w:val="Liststycke"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="68"/>
+        </w:numPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00767C3B">
+        <w:t>Ofta ömhet över engagerat kärl. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="47D68A17" w14:textId="77777777" w:rsidR="0030182C" w:rsidRDefault="0030182C" w:rsidP="002E66C5">
-[...4 lines deleted...]
-        <w:t>Allmänna inflammationssymtom som matleda, feber, trötthet, viktnedgång är vanligt.</w:t>
+    <w:p w14:paraId="2691DEA8" w14:textId="77777777" w:rsidR="00767C3B" w:rsidRPr="00767C3B" w:rsidRDefault="00767C3B" w:rsidP="00703353">
+      <w:pPr>
+        <w:pStyle w:val="Liststycke"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="68"/>
+        </w:numPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00767C3B">
+        <w:t>Allmänna inflammationssymtom som matleda, feber, trötthet, viktnedgång är vanligt. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0C7C5D90" w14:textId="77777777" w:rsidR="0030182C" w:rsidRDefault="0030182C" w:rsidP="0030182C">
-      <w:r>
+    <w:p w14:paraId="451792A5" w14:textId="77777777" w:rsidR="00767C3B" w:rsidRPr="00767C3B" w:rsidRDefault="00767C3B" w:rsidP="00767C3B">
+      <w:pPr>
+        <w:ind w:right="-143"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00767C3B">
         <w:t xml:space="preserve">Viktigt att notera eventuella synengagemang. Dimsyn, synfältsbortfall eller </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r>
+      <w:r w:rsidRPr="00767C3B">
         <w:t>amaurosis</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r>
+      <w:r w:rsidRPr="00767C3B">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r>
+      <w:r w:rsidRPr="00767C3B">
         <w:t>fugax</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r>
-        <w:t>.</w:t>
+      <w:r w:rsidRPr="00767C3B">
+        <w:t>. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1A1E228D" w14:textId="77777777" w:rsidR="0030182C" w:rsidRDefault="0030182C" w:rsidP="0030182C">
-[...4 lines deleted...]
-        <w:t>Diagnostik</w:t>
+    <w:p w14:paraId="3461A5F3" w14:textId="77777777" w:rsidR="00767C3B" w:rsidRPr="00767C3B" w:rsidRDefault="00767C3B" w:rsidP="00767C3B">
+      <w:pPr>
+        <w:ind w:right="-143"/>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00767C3B">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>Diagnostik </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4B7D51A0" w14:textId="44E0114D" w:rsidR="0030182C" w:rsidRDefault="0030182C" w:rsidP="0030182C">
-[...34 lines deleted...]
-        <w:t xml:space="preserve"> med </w:t>
+    <w:p w14:paraId="2128253C" w14:textId="77777777" w:rsidR="00767C3B" w:rsidRPr="00767C3B" w:rsidRDefault="00767C3B" w:rsidP="00767C3B">
+      <w:pPr>
+        <w:ind w:right="-143"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00767C3B">
+        <w:t xml:space="preserve">Anamnes, kliniska fynd. SR samt CRP – Dock observation för att enstaka procent av individerna med </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidR="003B141A">
+      <w:r w:rsidRPr="00767C3B">
         <w:t>jättecellsarterit</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidR="005779A2">
-[...15 lines deleted...]
-        <w:t xml:space="preserve"> SR.</w:t>
+      <w:r w:rsidRPr="00767C3B">
+        <w:t xml:space="preserve"> har ett normalt SR. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="58CA3A22" w14:textId="77777777" w:rsidR="00F4320A" w:rsidRDefault="00F4320A" w:rsidP="00F4320A">
-[...4 lines deleted...]
-        <w:t>Fortsatt handläggning</w:t>
+    <w:p w14:paraId="1C292CFD" w14:textId="77777777" w:rsidR="00767C3B" w:rsidRPr="00767C3B" w:rsidRDefault="00767C3B" w:rsidP="00767C3B">
+      <w:pPr>
+        <w:ind w:right="-143"/>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00767C3B">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>Fortsatt handläggning </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3090D8E9" w14:textId="5E6EBBFB" w:rsidR="00F4320A" w:rsidRDefault="002E66C5" w:rsidP="002E66C5">
-      <w:r>
+    <w:p w14:paraId="72AFB69B" w14:textId="77777777" w:rsidR="00767C3B" w:rsidRPr="00767C3B" w:rsidRDefault="00767C3B" w:rsidP="00767C3B">
+      <w:pPr>
+        <w:ind w:right="-143"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00767C3B">
         <w:t xml:space="preserve">Handläggning enligt intern rutin </w:t>
       </w:r>
-      <w:hyperlink r:id="rId14" w:history="1">
-        <w:r w:rsidR="00F4320A" w:rsidRPr="00642571">
+      <w:hyperlink r:id="rId14" w:tgtFrame="_blank" w:history="1">
+        <w:r w:rsidRPr="00767C3B">
           <w:rPr>
             <w:rStyle w:val="Hyperlnk"/>
           </w:rPr>
           <w:t xml:space="preserve">Kortisonbehandling vid </w:t>
         </w:r>
         <w:proofErr w:type="spellStart"/>
-        <w:r w:rsidR="00F4320A" w:rsidRPr="00642571">
+        <w:r w:rsidRPr="00767C3B">
           <w:rPr>
             <w:rStyle w:val="Hyperlnk"/>
           </w:rPr>
           <w:t>jättecellsarterit</w:t>
         </w:r>
         <w:proofErr w:type="spellEnd"/>
-        <w:r w:rsidR="00F4320A" w:rsidRPr="00642571">
+        <w:r w:rsidRPr="00767C3B">
           <w:rPr>
             <w:rStyle w:val="Hyperlnk"/>
           </w:rPr>
           <w:t xml:space="preserve"> och </w:t>
         </w:r>
         <w:proofErr w:type="spellStart"/>
-        <w:r w:rsidR="00F4320A" w:rsidRPr="00642571">
+        <w:r w:rsidRPr="00767C3B">
           <w:rPr>
             <w:rStyle w:val="Hyperlnk"/>
           </w:rPr>
           <w:t>polymyalgia</w:t>
         </w:r>
         <w:proofErr w:type="spellEnd"/>
-        <w:r w:rsidR="00F4320A" w:rsidRPr="00642571">
+        <w:r w:rsidRPr="00767C3B">
           <w:rPr>
             <w:rStyle w:val="Hyperlnk"/>
           </w:rPr>
           <w:t xml:space="preserve"> </w:t>
         </w:r>
         <w:proofErr w:type="spellStart"/>
-        <w:r w:rsidR="00F4320A" w:rsidRPr="00642571">
+        <w:r w:rsidRPr="00767C3B">
           <w:rPr>
             <w:rStyle w:val="Hyperlnk"/>
           </w:rPr>
           <w:t>reumatika</w:t>
         </w:r>
         <w:proofErr w:type="spellEnd"/>
       </w:hyperlink>
-      <w:r w:rsidR="00F4320A">
-[...9 lines deleted...]
-        <w:t>.</w:t>
+      <w:r w:rsidRPr="00767C3B">
+        <w:t xml:space="preserve"> inom VO neurologi, rehabilitering och nära vård. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0E2CDC64" w14:textId="1F4C8349" w:rsidR="008F4BA2" w:rsidRDefault="008F4BA2" w:rsidP="008F4BA2">
+    <w:p w14:paraId="59FD4A33" w14:textId="77777777" w:rsidR="00767C3B" w:rsidRPr="00767C3B" w:rsidRDefault="00767C3B" w:rsidP="00703353">
       <w:pPr>
         <w:pStyle w:val="MellanrubrikVGR"/>
       </w:pPr>
-      <w:bookmarkStart w:id="14" w:name="_Toc159591488"/>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="0010432C">
-[...3 lines deleted...]
-        <w:t>i</w:t>
+      <w:r w:rsidRPr="00767C3B">
+        <w:t>Trigeminusneuralgi</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidR="002E66C5" w:rsidRPr="0010432C">
-[...2 lines deleted...]
-      <w:bookmarkEnd w:id="14"/>
+      <w:r w:rsidRPr="00767C3B">
+        <w:t xml:space="preserve"> [9] </w:t>
+      </w:r>
     </w:p>
-    <w:p w14:paraId="6A0FAC10" w14:textId="77777777" w:rsidR="008F4BA2" w:rsidRDefault="008F4BA2" w:rsidP="008F4BA2">
-[...352 lines deleted...]
-      <w:pPr>
+    <w:p w14:paraId="651463F6" w14:textId="77777777" w:rsidR="00767C3B" w:rsidRPr="00767C3B" w:rsidRDefault="00767C3B" w:rsidP="00767C3B">
+      <w:pPr>
+        <w:ind w:right="-143"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00695B7B">
+      <w:r w:rsidRPr="00767C3B">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>Symtom </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5A4BC19D" w14:textId="77777777" w:rsidR="00767C3B" w:rsidRPr="00767C3B" w:rsidRDefault="00767C3B" w:rsidP="00767C3B">
+      <w:pPr>
+        <w:ind w:right="-143"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00767C3B">
+        <w:t xml:space="preserve">Återkommande skarp huggande smärta, attackvis i </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00767C3B">
+        <w:t>nervus</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00767C3B">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00767C3B">
+        <w:t>trigeminus</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00767C3B">
+        <w:t xml:space="preserve"> utbredningsområde. Denna smärta intensifieras vid beröring området under smärtperiod. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="274F776F" w14:textId="77777777" w:rsidR="00767C3B" w:rsidRPr="00767C3B" w:rsidRDefault="00767C3B" w:rsidP="00767C3B">
+      <w:pPr>
+        <w:ind w:right="-143"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00767C3B">
+        <w:lastRenderedPageBreak/>
+        <w:t>Smärtan framkallar ofta en reflexmässig muskelspasm i samma ansiktshalva som smärtan föreligger. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2EA5972C" w14:textId="77777777" w:rsidR="00767C3B" w:rsidRPr="00767C3B" w:rsidRDefault="00767C3B" w:rsidP="00767C3B">
+      <w:pPr>
+        <w:ind w:right="-143"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00767C3B">
+        <w:t>Smärtan återkommer ofta i samband med födointag, tal, tvätt av ansikte, tandborstning, exponering värme/kyla. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="21A52F27" w14:textId="77777777" w:rsidR="00767C3B" w:rsidRPr="00767C3B" w:rsidRDefault="00767C3B" w:rsidP="00767C3B">
+      <w:pPr>
+        <w:ind w:right="-143"/>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00767C3B">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>Diagnostik </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="590EBF89" w14:textId="77777777" w:rsidR="00767C3B" w:rsidRPr="00767C3B" w:rsidRDefault="00767C3B" w:rsidP="00767C3B">
+      <w:pPr>
+        <w:ind w:right="-143"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00767C3B">
+        <w:t xml:space="preserve">Diagnosen är baserad på symtom, ovan nämnda, över </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00767C3B">
+        <w:t>nervus</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00767C3B">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00767C3B">
+        <w:t>trigeminus</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00767C3B">
+        <w:t xml:space="preserve"> utbredningsområde. Vid klassisk </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00767C3B">
+        <w:t>trigeminusneuralgi</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00767C3B">
+        <w:t xml:space="preserve"> ska man inte finna något neurologiskt avvikande. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="25D6D8D7" w14:textId="77777777" w:rsidR="00767C3B" w:rsidRPr="00767C3B" w:rsidRDefault="00767C3B" w:rsidP="00767C3B">
+      <w:pPr>
+        <w:ind w:right="-143"/>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00767C3B">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>Behandling </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3E49836D" w14:textId="77777777" w:rsidR="00767C3B" w:rsidRPr="00767C3B" w:rsidRDefault="00767C3B" w:rsidP="00767C3B">
+      <w:pPr>
+        <w:ind w:right="-143"/>
+      </w:pPr>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00767C3B">
+        <w:t>Karbamazepin</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00767C3B">
+        <w:t xml:space="preserve"> hjälper effektivt i de flesta fall. Effekt ses inom </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00767C3B">
+        <w:t>2-3</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00767C3B">
+        <w:t xml:space="preserve"> dygn. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2543C5D7" w14:textId="77777777" w:rsidR="00767C3B" w:rsidRPr="00767C3B" w:rsidRDefault="00767C3B" w:rsidP="00767C3B">
+      <w:pPr>
+        <w:ind w:right="-143"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00767C3B">
+        <w:t>Riktlinjer för blodkoncentration ligger inom samma intervall som vid epilepsi. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="34098965" w14:textId="77777777" w:rsidR="00767C3B" w:rsidRPr="00767C3B" w:rsidRDefault="00767C3B" w:rsidP="00767C3B">
+      <w:pPr>
+        <w:ind w:right="-143"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00767C3B">
+        <w:t xml:space="preserve">Äldre patienter är känsliga för biverkningar av medicinen, varför en </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00767C3B">
+        <w:t>startdos</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00767C3B">
+        <w:t xml:space="preserve"> på </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00767C3B">
+        <w:t>100-200</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00767C3B">
+        <w:t xml:space="preserve"> mg av </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00767C3B">
+        <w:t>Karbamazepin</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00767C3B">
+        <w:t xml:space="preserve"> i depotberedning rekommenderas. Ökningstakten kan vara 100 mg med </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00767C3B">
+        <w:t>2-3</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00767C3B">
+        <w:t xml:space="preserve"> dagars mellanrum. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6CE8BBAF" w14:textId="77777777" w:rsidR="00767C3B" w:rsidRPr="00767C3B" w:rsidRDefault="00767C3B" w:rsidP="00767C3B">
+      <w:pPr>
+        <w:ind w:right="-143"/>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00767C3B">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>Fortsatt utredning </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="37751A2B" w14:textId="77777777" w:rsidR="00767C3B" w:rsidRPr="00767C3B" w:rsidRDefault="00767C3B" w:rsidP="00767C3B">
+      <w:pPr>
+        <w:ind w:right="-143"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00767C3B">
+        <w:t xml:space="preserve">Vidare utredning enbart aktuellt vid neurologiska bortfall i </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00767C3B">
+        <w:t>nervus</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00767C3B">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00767C3B">
+        <w:t>trigeminus</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00767C3B">
+        <w:t>, eller annan kranialnerv. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2279A52F" w14:textId="77777777" w:rsidR="00767C3B" w:rsidRPr="00767C3B" w:rsidRDefault="00767C3B" w:rsidP="00767C3B">
+      <w:pPr>
+        <w:ind w:right="-143"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00767C3B">
+        <w:t xml:space="preserve">Vid nydebuterad typisk </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00767C3B">
+        <w:t>trigeminusneuralgi</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00767C3B">
+        <w:t>, kontakt med neurolog för diskussion om vidare handläggning samt remiss till vårdcentralen för uppföljning. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2FC2D371" w14:textId="77777777" w:rsidR="00767C3B" w:rsidRPr="00767C3B" w:rsidRDefault="00767C3B" w:rsidP="00767C3B">
+      <w:pPr>
+        <w:ind w:right="-143"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00767C3B">
+        <w:t>Vid atypisk debut/ung ålder (under 40 år), Remiss till neurologimottagningen. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="603667F2" w14:textId="466273F8" w:rsidR="00767C3B" w:rsidRPr="00767C3B" w:rsidRDefault="00767C3B" w:rsidP="00703353">
+      <w:pPr>
+        <w:pStyle w:val="MellanrubrikVGR"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00767C3B">
+        <w:t>Klusterhuvudvärk (Hortons huvudvärk) [10</w:t>
+      </w:r>
+      <w:r w:rsidR="00703353">
+        <w:t>]</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00767C3B">
+        <w:t> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="223E9D36" w14:textId="77777777" w:rsidR="00767C3B" w:rsidRPr="00767C3B" w:rsidRDefault="00767C3B" w:rsidP="00767C3B">
+      <w:pPr>
+        <w:ind w:right="-143"/>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00767C3B">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>Riskfaktorer </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5721E27A" w14:textId="77777777" w:rsidR="00767C3B" w:rsidRPr="00767C3B" w:rsidRDefault="00767C3B" w:rsidP="00703353">
+      <w:pPr>
+        <w:pStyle w:val="Liststycke"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="69"/>
+        </w:numPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00767C3B">
+        <w:t>Manligt kön </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="49FA558F" w14:textId="77777777" w:rsidR="00767C3B" w:rsidRPr="00767C3B" w:rsidRDefault="00767C3B" w:rsidP="00703353">
+      <w:pPr>
+        <w:pStyle w:val="Liststycke"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="69"/>
+        </w:numPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00767C3B">
+        <w:t xml:space="preserve">Vid debut, ålder </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00767C3B">
+        <w:t>20-40</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00767C3B">
+        <w:t xml:space="preserve"> år </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="23B136BA" w14:textId="77777777" w:rsidR="00767C3B" w:rsidRPr="00767C3B" w:rsidRDefault="00767C3B" w:rsidP="00767C3B">
+      <w:pPr>
+        <w:ind w:right="-143"/>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00767C3B">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>Symtom </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="608D4700" w14:textId="77777777" w:rsidR="00767C3B" w:rsidRPr="00767C3B" w:rsidRDefault="00767C3B" w:rsidP="00767C3B">
+      <w:pPr>
+        <w:ind w:right="-143"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00767C3B">
+        <w:t xml:space="preserve">Plötsligt debuterande smärta, främst lokaliserat bakom ögat. Känsla av att någon ”satt en kniv i ögat”. Sitter i mellan </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00767C3B">
+        <w:t>15-180</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00767C3B">
+        <w:t xml:space="preserve"> minuter. Ofta upp till 8 gånger dagligen (vanligast </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00767C3B">
+        <w:t>2-3</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00767C3B">
+        <w:t xml:space="preserve"> episoder). Detta återkommer ofta med regelbundenhet. Smärtepisoderna kommer i kluster. I samband med detta noteras autonoma </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00767C3B">
+        <w:lastRenderedPageBreak/>
+        <w:t xml:space="preserve">symtom </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00767C3B">
+        <w:t>ipsilaeralt</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00767C3B">
+        <w:t xml:space="preserve"> som smärtan, såsom </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00767C3B">
+        <w:t>ptos</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00767C3B">
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00767C3B">
+        <w:t>mios</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00767C3B">
+        <w:t>, nästäppa och rinnande näsa. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="26E9A524" w14:textId="77777777" w:rsidR="00767C3B" w:rsidRPr="00767C3B" w:rsidRDefault="00767C3B" w:rsidP="00767C3B">
+      <w:pPr>
+        <w:ind w:right="-143"/>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00767C3B">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>Diagnos </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6C711D42" w14:textId="77777777" w:rsidR="00767C3B" w:rsidRPr="00767C3B" w:rsidRDefault="00767C3B" w:rsidP="00767C3B">
+      <w:pPr>
+        <w:ind w:right="-143"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00767C3B">
+        <w:t>Baserad på diagnoskriterier. Vid förstagångsinsjuknande rekommenderas radiologisk undersökning för att utesluta bakomliggande neurologisk orsak. Genomför CT-hjärna akut samt ställningstagande till MR-hjärna subakut. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4A7C5C3F" w14:textId="77777777" w:rsidR="00767C3B" w:rsidRPr="00767C3B" w:rsidRDefault="00767C3B" w:rsidP="00767C3B">
+      <w:pPr>
+        <w:ind w:right="-143"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00767C3B">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>Viktigt att utesluta annan allvarlig genes till patientens huvudvärk.</w:t>
       </w:r>
+      <w:r w:rsidRPr="00767C3B">
+        <w:t> </w:t>
+      </w:r>
     </w:p>
-    <w:p w14:paraId="3CC6A617" w14:textId="77777777" w:rsidR="008F4BA2" w:rsidRDefault="008F4BA2" w:rsidP="008F4BA2">
-[...169 lines deleted...]
-      <w:pPr>
+    <w:p w14:paraId="1FEBACB0" w14:textId="77777777" w:rsidR="00767C3B" w:rsidRPr="00767C3B" w:rsidRDefault="00767C3B" w:rsidP="00767C3B">
+      <w:pPr>
+        <w:ind w:right="-143"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
-      <w:r>
+      <w:r w:rsidRPr="00767C3B">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t>V</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="008F4BA2" w:rsidRPr="00695B7B">
+        <w:t>Vidare handläggning </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2F4CA093" w14:textId="77777777" w:rsidR="00767C3B" w:rsidRPr="00767C3B" w:rsidRDefault="00767C3B" w:rsidP="00767C3B">
+      <w:pPr>
+        <w:ind w:right="-143"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00767C3B">
+        <w:t>Kring akut behandling var god se rekommendationer från svenska huvudvärkssällskapet: </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="29B8E991" w14:textId="77777777" w:rsidR="00767C3B" w:rsidRPr="00767C3B" w:rsidRDefault="00767C3B" w:rsidP="00767C3B">
+      <w:pPr>
+        <w:ind w:right="-143"/>
+      </w:pPr>
+      <w:hyperlink r:id="rId15" w:tgtFrame="_blank" w:history="1">
+        <w:r w:rsidRPr="00767C3B">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlnk"/>
+          </w:rPr>
+          <w:t>https://huvudvarkssallskapet.se/trigeminoautonoma-cefalalgier-1-klusterhuvudvark/</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="00767C3B">
+        <w:t> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="35E52210" w14:textId="77777777" w:rsidR="00767C3B" w:rsidRPr="00767C3B" w:rsidRDefault="00767C3B" w:rsidP="00703353">
+      <w:pPr>
+        <w:pStyle w:val="MellanrubrikVGR"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00767C3B">
+        <w:t>Migrän [11] </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3258971B" w14:textId="77777777" w:rsidR="00767C3B" w:rsidRPr="00767C3B" w:rsidRDefault="00767C3B" w:rsidP="00767C3B">
+      <w:pPr>
+        <w:ind w:right="-143"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t>iktigt att utesluta annan allvarlig genes till patientens huvudvärk.</w:t>
+      </w:pPr>
+      <w:r w:rsidRPr="00767C3B">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>Riskfaktorer </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0366F975" w14:textId="6646791A" w:rsidR="00416DE5" w:rsidRDefault="008F4BA2" w:rsidP="00561DD0">
-[...4 lines deleted...]
-        <w:t>Vidare handläggning</w:t>
+    <w:p w14:paraId="0BA9B1BE" w14:textId="77777777" w:rsidR="00767C3B" w:rsidRPr="00767C3B" w:rsidRDefault="00767C3B" w:rsidP="00703353">
+      <w:pPr>
+        <w:pStyle w:val="Liststycke"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="70"/>
+        </w:numPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00767C3B">
+        <w:t>Hereditet </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="17D3784E" w14:textId="063AACDF" w:rsidR="00416DE5" w:rsidRDefault="00416DE5" w:rsidP="00067C8C">
-[...10 lines deleted...]
-        <w:t xml:space="preserve"> var god se rekommendationer från svenska huvudvärkssällskapet.</w:t>
+    <w:p w14:paraId="08146BB7" w14:textId="77777777" w:rsidR="00767C3B" w:rsidRPr="00767C3B" w:rsidRDefault="00767C3B" w:rsidP="00703353">
+      <w:pPr>
+        <w:pStyle w:val="Liststycke"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="70"/>
+        </w:numPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00767C3B">
+        <w:t>Vid debut – ung patient </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="53C4D46D" w14:textId="2BAD91DA" w:rsidR="00416DE5" w:rsidRDefault="00104A5C" w:rsidP="00416DE5">
-[...1 lines deleted...]
-        <w:r w:rsidR="00067C8C" w:rsidRPr="00116762">
+    <w:p w14:paraId="12750CF9" w14:textId="77777777" w:rsidR="00767C3B" w:rsidRPr="00767C3B" w:rsidRDefault="00767C3B" w:rsidP="00767C3B">
+      <w:pPr>
+        <w:ind w:right="-143"/>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00767C3B">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>Symtom </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2F7F567E" w14:textId="77777777" w:rsidR="00767C3B" w:rsidRPr="00767C3B" w:rsidRDefault="00767C3B" w:rsidP="00767C3B">
+      <w:pPr>
+        <w:ind w:right="-143"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00767C3B">
+        <w:t>Ofta ensidig huvudvärk, dock kan den även vara dubbelsidig. Karaktären av huvudvärken är oftast huggande, pulserande värk. Smärtan ökar ofta i intensitet inom några timmar. När smärtan nått maximal intensitet är det även vanligt med illamående och kräkningar. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4325F5CB" w14:textId="77777777" w:rsidR="00767C3B" w:rsidRPr="00767C3B" w:rsidRDefault="00767C3B" w:rsidP="00767C3B">
+      <w:pPr>
+        <w:ind w:right="-143"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00767C3B">
+        <w:t>Symtomen sitter i mellan 4 timmar upp till 72 timmar. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2253344E" w14:textId="77777777" w:rsidR="00767C3B" w:rsidRPr="00767C3B" w:rsidRDefault="00767C3B" w:rsidP="00767C3B">
+      <w:pPr>
+        <w:ind w:right="-143"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00767C3B">
+        <w:t>15 % av patienterna med migrän upplever aura i samband med huvudvärk, oftast inför huvudvärkens debut. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6D0A59B8" w14:textId="77777777" w:rsidR="00767C3B" w:rsidRPr="00767C3B" w:rsidRDefault="00767C3B" w:rsidP="00767C3B">
+      <w:pPr>
+        <w:ind w:right="-143"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00767C3B">
+        <w:t xml:space="preserve">Auran är oftast synpåverkan i form av </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00767C3B">
+        <w:t>flimmerskotom</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00767C3B">
+        <w:t xml:space="preserve"> och andra enklare synhallucinationer. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4120C953" w14:textId="77777777" w:rsidR="00767C3B" w:rsidRPr="00767C3B" w:rsidRDefault="00767C3B" w:rsidP="00767C3B">
+      <w:pPr>
+        <w:ind w:right="-143"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00767C3B">
+        <w:t xml:space="preserve">Aura i ovanligare former kan uttrycka sig som domningskänsla, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00767C3B">
+        <w:t>dysartri</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00767C3B">
+        <w:t xml:space="preserve"> samt spridande pareser, kommer successivt. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="21D85B22" w14:textId="77777777" w:rsidR="00767C3B" w:rsidRPr="00767C3B" w:rsidRDefault="00767C3B" w:rsidP="00767C3B">
+      <w:pPr>
+        <w:ind w:right="-143"/>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00767C3B">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>Diagnos </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="042CE300" w14:textId="77777777" w:rsidR="00767C3B" w:rsidRPr="00767C3B" w:rsidRDefault="00767C3B" w:rsidP="00767C3B">
+      <w:pPr>
+        <w:ind w:right="-143"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00767C3B">
+        <w:lastRenderedPageBreak/>
+        <w:t>Oftast är migränen känd sedan tidigare. I de fallen behövs ingen vidare diagnosticering om patienten känner igen sina symtom. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="490D1A97" w14:textId="77777777" w:rsidR="00767C3B" w:rsidRPr="00767C3B" w:rsidRDefault="00767C3B" w:rsidP="00767C3B">
+      <w:pPr>
+        <w:ind w:right="-143"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00767C3B">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>Viktigt att utesluta annan allvarlig genes till patientens huvudvärk.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00767C3B">
+        <w:t> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="16C1F769" w14:textId="77777777" w:rsidR="00767C3B" w:rsidRPr="00767C3B" w:rsidRDefault="00767C3B" w:rsidP="00767C3B">
+      <w:pPr>
+        <w:ind w:right="-143"/>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00767C3B">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>Vidare handläggning </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2A3D47D8" w14:textId="77777777" w:rsidR="00767C3B" w:rsidRPr="00767C3B" w:rsidRDefault="00767C3B" w:rsidP="00767C3B">
+      <w:pPr>
+        <w:ind w:right="-143"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00767C3B">
+        <w:t>Kring akut behandling, var god se rekommendationer från svenska huvudvärkssällskapet. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0BF9F500" w14:textId="77777777" w:rsidR="00767C3B" w:rsidRPr="00767C3B" w:rsidRDefault="00767C3B" w:rsidP="00767C3B">
+      <w:pPr>
+        <w:ind w:right="-143"/>
+      </w:pPr>
+      <w:hyperlink r:id="rId16" w:tgtFrame="_blank" w:history="1">
+        <w:r w:rsidRPr="00767C3B">
           <w:rPr>
             <w:rStyle w:val="Hyperlnk"/>
           </w:rPr>
           <w:t>https://huvudvarkssallskapet.se/migran/</w:t>
         </w:r>
       </w:hyperlink>
+      <w:r w:rsidRPr="00767C3B">
+        <w:t> </w:t>
+      </w:r>
     </w:p>
-    <w:p w14:paraId="2AC22C46" w14:textId="432FB07A" w:rsidR="00B1799D" w:rsidRDefault="00B1799D" w:rsidP="00B1799D">
+    <w:p w14:paraId="0F38B813" w14:textId="77777777" w:rsidR="00767C3B" w:rsidRPr="00767C3B" w:rsidRDefault="00767C3B" w:rsidP="00703353">
       <w:pPr>
         <w:pStyle w:val="MellanrubrikVGR"/>
       </w:pPr>
-      <w:bookmarkStart w:id="17" w:name="_Toc159591491"/>
-[...9 lines deleted...]
-      <w:bookmarkEnd w:id="17"/>
+      <w:r w:rsidRPr="00767C3B">
+        <w:t>Huvudvärk av spänningstyp [12] </w:t>
+      </w:r>
     </w:p>
-    <w:p w14:paraId="76293BE3" w14:textId="77777777" w:rsidR="00B1799D" w:rsidRDefault="00B1799D" w:rsidP="00B1799D">
-[...297 lines deleted...]
-        <w:spacing w:after="0"/>
+    <w:p w14:paraId="0DFA77CA" w14:textId="77777777" w:rsidR="00767C3B" w:rsidRPr="00767C3B" w:rsidRDefault="00767C3B" w:rsidP="00767C3B">
+      <w:pPr>
+        <w:ind w:right="-143"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00B1799D">
+      <w:r w:rsidRPr="00767C3B">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>Riskfaktorer </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5CD22D6A" w14:textId="77777777" w:rsidR="00767C3B" w:rsidRPr="00767C3B" w:rsidRDefault="00767C3B" w:rsidP="00767C3B">
+      <w:pPr>
+        <w:ind w:right="-143"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00767C3B">
+        <w:t>Fysisk och psykosocial stress. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="06251BB8" w14:textId="77777777" w:rsidR="00767C3B" w:rsidRPr="00767C3B" w:rsidRDefault="00767C3B" w:rsidP="00767C3B">
+      <w:pPr>
+        <w:ind w:right="-143"/>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00767C3B">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>Symtom </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="58A51E03" w14:textId="77777777" w:rsidR="00767C3B" w:rsidRPr="00767C3B" w:rsidRDefault="00767C3B" w:rsidP="00767C3B">
+      <w:pPr>
+        <w:ind w:right="-143"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00767C3B">
+        <w:t xml:space="preserve">Pressande, tryckande eller </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00767C3B">
+        <w:t>bandformad</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00767C3B">
+        <w:t xml:space="preserve"> i karaktär med mild till måttlig intensitet, i de flesta fallen lokaliserat till båda halvor av huvudet och ofta långdragen. Vaknar vanligen inte av huvudvärk. Inget avvikande vid neurologiskt status. Startar ofta på förmiddagen för att därefter successivt öka under dagen. Oftast är patienten inte ljus- eller ljudkänslig. Huvudvärken kan ofta vara associerad med yrsel, främst av gungande karaktär, blir inte värre av fysisk ansträngning. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="517D2D75" w14:textId="77777777" w:rsidR="00767C3B" w:rsidRPr="00767C3B" w:rsidRDefault="00767C3B" w:rsidP="00767C3B">
+      <w:pPr>
+        <w:ind w:right="-143"/>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00767C3B">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>Diagnos </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4A45CF93" w14:textId="77777777" w:rsidR="00767C3B" w:rsidRPr="00767C3B" w:rsidRDefault="00767C3B" w:rsidP="00767C3B">
+      <w:pPr>
+        <w:ind w:right="-143"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00767C3B">
+        <w:t>Baseras på symtom. På akutmottagning ska mer allvarlig genes till patientens besvär uteslutas. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="73390DB8" w14:textId="77777777" w:rsidR="00767C3B" w:rsidRPr="00767C3B" w:rsidRDefault="00767C3B" w:rsidP="00767C3B">
+      <w:pPr>
+        <w:ind w:right="-143"/>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00767C3B">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>Vidare handläggning </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6ED04B72" w14:textId="77777777" w:rsidR="00767C3B" w:rsidRPr="00767C3B" w:rsidRDefault="00767C3B" w:rsidP="00767C3B">
+      <w:pPr>
+        <w:ind w:right="-143"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00767C3B">
+        <w:t>Fortsatt uppföljning inom primärvård. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="47EB3B24" w14:textId="77777777" w:rsidR="00767C3B" w:rsidRPr="00767C3B" w:rsidRDefault="00767C3B" w:rsidP="00703353">
+      <w:pPr>
+        <w:pStyle w:val="MellanrubrikVGR"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00767C3B">
+        <w:t>Läkemedelsinducerad huvudvärk [13] </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2648AF1E" w14:textId="77777777" w:rsidR="00767C3B" w:rsidRPr="00767C3B" w:rsidRDefault="00767C3B" w:rsidP="00767C3B">
+      <w:pPr>
+        <w:ind w:right="-143"/>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00767C3B">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>Orsak </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4D72DFF9" w14:textId="77777777" w:rsidR="00767C3B" w:rsidRPr="00767C3B" w:rsidRDefault="00767C3B" w:rsidP="00767C3B">
+      <w:pPr>
+        <w:ind w:right="-143"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00767C3B">
+        <w:t>Huvudvärk hos personer med tidigare huvudvärksdiagnos, med överanvändning av analgetika. Läkemedelsöveranvändning definieras som</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00767C3B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00767C3B">
+        <w:rPr>
+          <w:rFonts w:cs="Georgia"/>
+        </w:rPr>
+        <w:t>≥</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00767C3B">
+        <w:t>10 dagar/m</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00767C3B">
+        <w:rPr>
+          <w:rFonts w:cs="Georgia"/>
+        </w:rPr>
+        <w:t>å</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00767C3B">
+        <w:t xml:space="preserve">nad med </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00767C3B">
+        <w:t>ergotaminpreparat</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00767C3B">
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00767C3B">
+        <w:t>triptaner</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00767C3B">
+        <w:t xml:space="preserve"> eller </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00767C3B">
+        <w:t>opioider</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00767C3B">
+        <w:t xml:space="preserve">, alt </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00767C3B">
+        <w:rPr>
+          <w:rFonts w:cs="Georgia"/>
+        </w:rPr>
+        <w:t>≥</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00767C3B">
+        <w:t>15 dagar/m</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00767C3B">
+        <w:rPr>
+          <w:rFonts w:cs="Georgia"/>
+        </w:rPr>
+        <w:t>å</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00767C3B">
+        <w:t>n av enklare analgetika (</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00767C3B">
+        <w:t>paracetamol</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00767C3B">
+        <w:t>, ASA, NSAID) under minst 3 m</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00767C3B">
+        <w:rPr>
+          <w:rFonts w:cs="Georgia"/>
+        </w:rPr>
+        <w:t>å</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00767C3B">
+        <w:t>nader. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4B0737A3" w14:textId="77777777" w:rsidR="00767C3B" w:rsidRPr="00767C3B" w:rsidRDefault="00767C3B" w:rsidP="00767C3B">
+      <w:pPr>
+        <w:ind w:right="-143"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00767C3B">
+        <w:lastRenderedPageBreak/>
+        <w:t>Patofysiologi ej klarlagd. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6EEE3C6F" w14:textId="77777777" w:rsidR="00767C3B" w:rsidRPr="00767C3B" w:rsidRDefault="00767C3B" w:rsidP="00767C3B">
+      <w:pPr>
+        <w:ind w:right="-143"/>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00767C3B">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>Symtom </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="44914E75" w14:textId="77777777" w:rsidR="00767C3B" w:rsidRPr="00767C3B" w:rsidRDefault="00767C3B" w:rsidP="00767C3B">
+      <w:pPr>
+        <w:ind w:right="-143"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00767C3B">
+        <w:t>Huvudvärken liknar ofta den primära huvudvärken patienten har. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="157BBA25" w14:textId="77777777" w:rsidR="00767C3B" w:rsidRPr="00767C3B" w:rsidRDefault="00767C3B" w:rsidP="00767C3B">
+      <w:pPr>
+        <w:ind w:right="-143"/>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00767C3B">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>Diagnos </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="46A0D689" w14:textId="77777777" w:rsidR="00767C3B" w:rsidRPr="00767C3B" w:rsidRDefault="00767C3B" w:rsidP="00767C3B">
+      <w:pPr>
+        <w:ind w:right="-143"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00767C3B">
+        <w:t>Baserad på typisk anamnes samt symtom. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="23532F58" w14:textId="77777777" w:rsidR="00767C3B" w:rsidRPr="00767C3B" w:rsidRDefault="00767C3B" w:rsidP="00767C3B">
+      <w:pPr>
+        <w:ind w:right="-143"/>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00767C3B">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>Vidare handläggning </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="494C1A2F" w14:textId="77777777" w:rsidR="00767C3B" w:rsidRPr="00767C3B" w:rsidRDefault="00767C3B" w:rsidP="00767C3B">
+      <w:pPr>
+        <w:ind w:right="-143"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00767C3B">
+        <w:t>Utsättning av läkemedel akut och/eller successivt via vårdcentral. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="46F80C1F" w14:textId="77777777" w:rsidR="009A32ED" w:rsidRPr="000D04ED" w:rsidRDefault="009A32ED" w:rsidP="009A32ED">
+      <w:pPr>
+        <w:pStyle w:val="Rubrik2"/>
+        <w:ind w:right="-143"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="25" w:name="_Toc100327194"/>
+      <w:bookmarkStart w:id="26" w:name="_Toc210997269"/>
+      <w:bookmarkStart w:id="27" w:name="_Toc210998124"/>
+      <w:bookmarkStart w:id="28" w:name="_Toc210998190"/>
+      <w:r w:rsidRPr="000D04ED">
+        <w:t>Arbetsgrupp</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="25"/>
+      <w:bookmarkEnd w:id="26"/>
+      <w:bookmarkEnd w:id="27"/>
+      <w:bookmarkEnd w:id="28"/>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="32AB2EF9" w14:textId="77777777" w:rsidR="00767C3B" w:rsidRPr="00767C3B" w:rsidRDefault="00767C3B" w:rsidP="00767C3B">
+      <w:pPr>
+        <w:ind w:right="-143"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00767C3B">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>För innehållet svarar</w:t>
       </w:r>
+      <w:r w:rsidRPr="00767C3B">
+        <w:t> </w:t>
+      </w:r>
     </w:p>
-    <w:p w14:paraId="17E82843" w14:textId="4B0EC31C" w:rsidR="00B1799D" w:rsidRDefault="00B1799D" w:rsidP="00B1799D">
-[...13 lines deleted...]
-        <w:t xml:space="preserve"> neurologi, </w:t>
+    <w:p w14:paraId="6C35DC53" w14:textId="77777777" w:rsidR="00767C3B" w:rsidRPr="00767C3B" w:rsidRDefault="00767C3B" w:rsidP="00767C3B">
+      <w:pPr>
+        <w:ind w:right="-143"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00767C3B">
+        <w:t xml:space="preserve">Markus Karlander, specialistläkare, neurologi, </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r>
+      <w:r w:rsidRPr="00767C3B">
         <w:t>neuro</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r>
-[...12 lines deleted...]
-        <w:t>, SÄS</w:t>
+      <w:r w:rsidRPr="00767C3B">
+        <w:t>- och rehabiliteringsenheten/VO neurologi, rehabilitering och nära vård, SÄS </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="553DD53E" w14:textId="122CB0C5" w:rsidR="00B1799D" w:rsidRPr="00B1799D" w:rsidRDefault="00B1799D" w:rsidP="00B1799D">
-[...1 lines deleted...]
-        <w:spacing w:after="0"/>
+    <w:p w14:paraId="69523C22" w14:textId="77777777" w:rsidR="00767C3B" w:rsidRPr="00767C3B" w:rsidRDefault="00767C3B" w:rsidP="00767C3B">
+      <w:pPr>
+        <w:ind w:right="-143"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00767C3B">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-      </w:pPr>
-[...12 lines deleted...]
-        <w:t xml:space="preserve"> (utgåva 1)</w:t>
+        <w:t>Remissinstanser (utgåva 1)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00767C3B">
+        <w:t> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="402A9985" w14:textId="77777777" w:rsidR="00B1799D" w:rsidRDefault="00B1799D" w:rsidP="00B1799D">
-[...1 lines deleted...]
-        <w:t>Verksamhetschefer SÄS</w:t>
+    <w:p w14:paraId="12D9D86B" w14:textId="77777777" w:rsidR="00767C3B" w:rsidRPr="00767C3B" w:rsidRDefault="00767C3B" w:rsidP="00767C3B">
+      <w:pPr>
+        <w:ind w:right="-143"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00767C3B">
+        <w:t>Verksamhetschefer SÄS </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3D504FAB" w14:textId="77777777" w:rsidR="00B1799D" w:rsidRPr="00B1799D" w:rsidRDefault="00B1799D" w:rsidP="00B1799D">
-[...7 lines deleted...]
-      <w:r w:rsidRPr="00B1799D">
+    <w:p w14:paraId="4A504235" w14:textId="77777777" w:rsidR="00767C3B" w:rsidRPr="00767C3B" w:rsidRDefault="00767C3B" w:rsidP="00767C3B">
+      <w:pPr>
+        <w:ind w:right="-143"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00767C3B">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>Fastställt av</w:t>
       </w:r>
+      <w:r w:rsidRPr="00767C3B">
+        <w:t> </w:t>
+      </w:r>
     </w:p>
-    <w:p w14:paraId="4D0D307B" w14:textId="77777777" w:rsidR="00B1799D" w:rsidRDefault="00B1799D" w:rsidP="00B1799D">
-[...1 lines deleted...]
-        <w:t>Jerker Nilson, chefläkare, SÄS</w:t>
+    <w:p w14:paraId="0408D415" w14:textId="77777777" w:rsidR="00767C3B" w:rsidRPr="00767C3B" w:rsidRDefault="00767C3B" w:rsidP="00767C3B">
+      <w:pPr>
+        <w:ind w:right="-143"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00767C3B">
+        <w:t>Jerker Nilson, chefläkare, SÄS </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0E09C4F7" w14:textId="4F302DC8" w:rsidR="00B1799D" w:rsidRPr="00B1799D" w:rsidRDefault="00B1799D" w:rsidP="00B1799D">
-[...7 lines deleted...]
-      <w:r w:rsidRPr="00B1799D">
+    <w:p w14:paraId="61BCE186" w14:textId="77777777" w:rsidR="00767C3B" w:rsidRPr="00767C3B" w:rsidRDefault="00767C3B" w:rsidP="00767C3B">
+      <w:pPr>
+        <w:ind w:right="-143"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00767C3B">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>Nyckelord</w:t>
       </w:r>
+      <w:r w:rsidRPr="00767C3B">
+        <w:t> </w:t>
+      </w:r>
     </w:p>
-    <w:p w14:paraId="0A53FB7A" w14:textId="44F0B0D4" w:rsidR="00B1799D" w:rsidRDefault="00B1799D" w:rsidP="00B1799D">
-[...7 lines deleted...]
-        <w:t>, neurologi, smärta, smärtutredning, smärtbehandling, läkemedelsbehandling</w:t>
+    <w:p w14:paraId="2624BEDA" w14:textId="77777777" w:rsidR="00767C3B" w:rsidRPr="00767C3B" w:rsidRDefault="00767C3B" w:rsidP="00767C3B">
+      <w:pPr>
+        <w:ind w:right="-143"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00767C3B">
+        <w:t>Huvudvärk, migrän, klusterhuvudvärk, neurologi, smärta, smärtutredning, smärtbehandling, läkemedelsbehandling </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3A14877A" w14:textId="77777777" w:rsidR="00B1799D" w:rsidRDefault="00B1799D" w:rsidP="00BA5B4B">
+    <w:p w14:paraId="188AE2C8" w14:textId="77777777" w:rsidR="009A32ED" w:rsidRPr="000D04ED" w:rsidRDefault="009A32ED" w:rsidP="009A32ED">
       <w:pPr>
         <w:pStyle w:val="Rubrik2"/>
-      </w:pPr>
-[...5 lines deleted...]
-      <w:bookmarkEnd w:id="20"/>
+        <w:ind w:right="-143"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="29" w:name="_Toc100327195"/>
+      <w:bookmarkStart w:id="30" w:name="_Toc210997270"/>
+      <w:bookmarkStart w:id="31" w:name="_Toc210998125"/>
+      <w:bookmarkStart w:id="32" w:name="_Toc210998191"/>
+      <w:r w:rsidRPr="000D04ED">
+        <w:t>Källförteckning</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="29"/>
+      <w:bookmarkEnd w:id="30"/>
+      <w:bookmarkEnd w:id="31"/>
+      <w:bookmarkEnd w:id="32"/>
     </w:p>
-    <w:p w14:paraId="37C75EB2" w14:textId="4813F5FC" w:rsidR="00BA5B4B" w:rsidRPr="001A6CFA" w:rsidRDefault="00BA5B4B" w:rsidP="00BA5B4B">
-[...19 lines deleted...]
-        <w:t xml:space="preserve">Linde M. Internetmedicin - Huvudvärk, primär utredning. </w:t>
+    <w:p w14:paraId="1F8BC94D" w14:textId="77777777" w:rsidR="00767C3B" w:rsidRPr="00767C3B" w:rsidRDefault="00767C3B" w:rsidP="00767C3B">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="46"/>
+        </w:numPr>
+        <w:ind w:right="-143"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00767C3B">
+        <w:t>Linde M. Internetmedicin - Huvudvärk, primär utredning.  </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="76889C2A" w14:textId="37F9CABE" w:rsidR="00BA5B4B" w:rsidRPr="001A6CFA" w:rsidRDefault="00BA5B4B" w:rsidP="00BA5B4B">
-[...4 lines deleted...]
-        <w:t xml:space="preserve">Andersson T. Internetmedicin - Subaraknoidalblödning. </w:t>
+    <w:p w14:paraId="50B6448C" w14:textId="77777777" w:rsidR="00767C3B" w:rsidRPr="00767C3B" w:rsidRDefault="00767C3B" w:rsidP="00767C3B">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="47"/>
+        </w:numPr>
+        <w:ind w:right="-143"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00767C3B">
+        <w:t xml:space="preserve">Andersson T. Internetmedicin - </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00767C3B">
+        <w:t>Subaraknoidalblödning</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00767C3B">
+        <w:t>.  </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="71DBFEBA" w14:textId="24BA3515" w:rsidR="00BA5B4B" w:rsidRPr="001A6CFA" w:rsidRDefault="00BA5B4B" w:rsidP="00BA5B4B">
-[...6 lines deleted...]
-      <w:r w:rsidRPr="009F7286">
+    <w:p w14:paraId="7B7083D3" w14:textId="77777777" w:rsidR="00767C3B" w:rsidRPr="00767C3B" w:rsidRDefault="00767C3B" w:rsidP="00767C3B">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="48"/>
+        </w:numPr>
+        <w:ind w:right="-143"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00767C3B">
+        <w:t xml:space="preserve">Perry JJ, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00767C3B">
+        <w:t>Sivilotti</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00767C3B">
+        <w:t xml:space="preserve"> MLA, Emond M, et al. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00767C3B">
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve">Prospective Implementation of the Ottawa Subarachnoid Hemorrhage Rule and 6-Hour Computed Tomography Rule. </w:t>
       </w:r>
-      <w:r w:rsidRPr="001A6CFA">
-        <w:t>Stroke 2020;51(2):424-430, doi:10.1161/STROKEAHA.119.026969</w:t>
+      <w:r w:rsidRPr="00767C3B">
+        <w:t>Stroke 2020;51(2):</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00767C3B">
+        <w:t>424-430</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00767C3B">
+        <w:t>, doi:</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00767C3B">
+        <w:t>10.1161</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00767C3B">
+        <w:t>/STROKEAHA.</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00767C3B">
+        <w:t>119.026969</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00767C3B">
+        <w:t> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1FC80EFF" w14:textId="736D1A77" w:rsidR="00BA5B4B" w:rsidRPr="001A6CFA" w:rsidRDefault="00BA5B4B" w:rsidP="00BA5B4B">
-[...4 lines deleted...]
-        <w:t xml:space="preserve">Lindgren ET, Turgut Jood, Katarina Internetmedicin - Sinustrombos (Central ventrombos). </w:t>
+    <w:p w14:paraId="267E351B" w14:textId="77777777" w:rsidR="00767C3B" w:rsidRPr="00767C3B" w:rsidRDefault="00767C3B" w:rsidP="00767C3B">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="49"/>
+        </w:numPr>
+        <w:ind w:right="-143"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00767C3B">
+        <w:t xml:space="preserve">Lindgren ET, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00767C3B">
+        <w:t>Turgut</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00767C3B">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00767C3B">
+        <w:t>Jood</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00767C3B">
+        <w:t xml:space="preserve">, Katarina Internetmedicin - Sinustrombos (Central </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00767C3B">
+        <w:t>ventrombos</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00767C3B">
+        <w:t>).  </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="58F415FE" w14:textId="52D32DCC" w:rsidR="00BA5B4B" w:rsidRPr="001A6CFA" w:rsidRDefault="00BA5B4B" w:rsidP="00BA5B4B">
-[...3 lines deleted...]
-      <w:r w:rsidRPr="009F7286">
+    <w:p w14:paraId="52C82599" w14:textId="77777777" w:rsidR="00767C3B" w:rsidRPr="00767C3B" w:rsidRDefault="00767C3B" w:rsidP="00767C3B">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="50"/>
+        </w:numPr>
+        <w:ind w:right="-143"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00767C3B">
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve">Mathiesen TS, Mikael Peredo, Inti Harvey. </w:t>
       </w:r>
-      <w:r w:rsidRPr="001A6CFA">
-        <w:t xml:space="preserve">Internetmedicin - Hjärntumörer. </w:t>
+      <w:r w:rsidRPr="00767C3B">
+        <w:t>Internetmedicin - Hjärntumörer.  </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="26FC8472" w14:textId="58CBE129" w:rsidR="00BA5B4B" w:rsidRPr="001A6CFA" w:rsidRDefault="00BA5B4B" w:rsidP="00BA5B4B">
-[...4 lines deleted...]
-        <w:t xml:space="preserve">Andsberg GKO, Evelina Ramgren, Birgitta. Internetmedicin - Cervikal dissektion, spontan. </w:t>
+    <w:p w14:paraId="635741C9" w14:textId="77777777" w:rsidR="00767C3B" w:rsidRPr="00767C3B" w:rsidRDefault="00767C3B" w:rsidP="00767C3B">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="51"/>
+        </w:numPr>
+        <w:ind w:right="-143"/>
+      </w:pPr>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00767C3B">
+        <w:lastRenderedPageBreak/>
+        <w:t>Andsberg</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00767C3B">
+        <w:t xml:space="preserve"> GKO, Evelina </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00767C3B">
+        <w:t>Ramgren</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00767C3B">
+        <w:t xml:space="preserve">, Birgitta. Internetmedicin - </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00767C3B">
+        <w:t>Cervikal</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00767C3B">
+        <w:t xml:space="preserve"> dissektion, spontan.  </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4071D4B8" w14:textId="4E1C10D7" w:rsidR="00BA5B4B" w:rsidRPr="001A6CFA" w:rsidRDefault="00BA5B4B" w:rsidP="00BA5B4B">
-[...4 lines deleted...]
-        <w:t xml:space="preserve">Vedung FV, Johan Fahlström, Andreas. Internetmedicin - Hydrocefalus, icke-kommunicerande. </w:t>
+    <w:p w14:paraId="2583A8BE" w14:textId="77777777" w:rsidR="00767C3B" w:rsidRPr="00767C3B" w:rsidRDefault="00767C3B" w:rsidP="00767C3B">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="52"/>
+        </w:numPr>
+        <w:ind w:right="-143"/>
+      </w:pPr>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00767C3B">
+        <w:t>Vedung</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00767C3B">
+        <w:t xml:space="preserve"> FV, Johan Fahlström, Andreas. Internetmedicin - </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00767C3B">
+        <w:t>Hydrocefalus</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00767C3B">
+        <w:t>, icke-kommunicerande.  </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="69FA5F5F" w14:textId="444EBF90" w:rsidR="00BA5B4B" w:rsidRPr="001A6CFA" w:rsidRDefault="00BA5B4B" w:rsidP="00BA5B4B">
-[...4 lines deleted...]
-        <w:t xml:space="preserve">Knight A. Internetmedicin - Jättecellsarterit (GCA). </w:t>
+    <w:p w14:paraId="46ED4A01" w14:textId="77777777" w:rsidR="00767C3B" w:rsidRPr="00767C3B" w:rsidRDefault="00767C3B" w:rsidP="00767C3B">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="53"/>
+        </w:numPr>
+        <w:ind w:right="-143"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00767C3B">
+        <w:t xml:space="preserve">Knight A. Internetmedicin - </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00767C3B">
+        <w:t>Jättecellsarterit</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00767C3B">
+        <w:t xml:space="preserve"> (GCA).  </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4529B91F" w14:textId="46C036F9" w:rsidR="00BA5B4B" w:rsidRPr="001A6CFA" w:rsidRDefault="00BA5B4B" w:rsidP="00BA5B4B">
-[...4 lines deleted...]
-        <w:t xml:space="preserve">Linde M. Internetmedicin - Trigeminusneuralgi. </w:t>
+    <w:p w14:paraId="183CDF0F" w14:textId="77777777" w:rsidR="00767C3B" w:rsidRPr="00767C3B" w:rsidRDefault="00767C3B" w:rsidP="00767C3B">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="54"/>
+        </w:numPr>
+        <w:ind w:right="-143"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00767C3B">
+        <w:t xml:space="preserve">Linde M. Internetmedicin - </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00767C3B">
+        <w:t>Trigeminusneuralgi</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00767C3B">
+        <w:t>.  </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6CAFAC88" w14:textId="33C420E2" w:rsidR="00BA5B4B" w:rsidRPr="001A6CFA" w:rsidRDefault="00BA5B4B" w:rsidP="00BA5B4B">
-[...4 lines deleted...]
-        <w:t xml:space="preserve">Steinberg AT, Melissa. Svenska Huvudvärkssällskapet - Klusterhuvudvärk. </w:t>
+    <w:p w14:paraId="7245FBFE" w14:textId="77777777" w:rsidR="00767C3B" w:rsidRPr="00767C3B" w:rsidRDefault="00767C3B" w:rsidP="00767C3B">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="55"/>
+        </w:numPr>
+        <w:ind w:right="-143"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00767C3B">
+        <w:t>Steinberg AT, Melissa. Svenska Huvudvärkssällskapet - Klusterhuvudvärk.  </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2A7AC82E" w14:textId="515C6D8B" w:rsidR="00BA5B4B" w:rsidRPr="001A6CFA" w:rsidRDefault="00BA5B4B" w:rsidP="00BA5B4B">
-[...4 lines deleted...]
-        <w:t xml:space="preserve">Linde M. Svenska Huvudvärkssällskapet - Migrän. </w:t>
+    <w:p w14:paraId="01E12C4C" w14:textId="77777777" w:rsidR="00767C3B" w:rsidRPr="00767C3B" w:rsidRDefault="00767C3B" w:rsidP="00767C3B">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="56"/>
+        </w:numPr>
+        <w:ind w:right="-143"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00767C3B">
+        <w:t>Linde M. Svenska Huvudvärkssällskapet - Migrän.  </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="435E6068" w14:textId="279C57A3" w:rsidR="00BA5B4B" w:rsidRPr="001A6CFA" w:rsidRDefault="00BA5B4B" w:rsidP="00BA5B4B">
-[...4 lines deleted...]
-        <w:t xml:space="preserve">Waldenlind E. Svenska Huvudvärksällskapet - Spänningshuvudvärk. </w:t>
+    <w:p w14:paraId="366D1E2D" w14:textId="77777777" w:rsidR="00767C3B" w:rsidRPr="00767C3B" w:rsidRDefault="00767C3B" w:rsidP="00767C3B">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="57"/>
+        </w:numPr>
+        <w:ind w:right="-143"/>
+      </w:pPr>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00767C3B">
+        <w:t>Waldenlind</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00767C3B">
+        <w:t xml:space="preserve"> E. Svenska Huvudvärksällskapet - Spänningshuvudvärk.  </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="01A9339A" w14:textId="7A9046D4" w:rsidR="00BA5B4B" w:rsidRPr="00BA5B4B" w:rsidRDefault="00BA5B4B" w:rsidP="00C406F1">
-[...7 lines deleted...]
-        <w:fldChar w:fldCharType="end"/>
+    <w:p w14:paraId="132B7187" w14:textId="77777777" w:rsidR="00767C3B" w:rsidRPr="00767C3B" w:rsidRDefault="00767C3B" w:rsidP="00767C3B">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="58"/>
+        </w:numPr>
+        <w:ind w:right="-143"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00767C3B">
+        <w:t>Steinberg A. Svenska Huvudvärkssällskapet - Läkemedelöveranvändnings huvudvärk. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="321FFDE4" w14:textId="77777777" w:rsidR="00B1799D" w:rsidRPr="0013614D" w:rsidRDefault="00B1799D" w:rsidP="00B1799D">
-[...7 lines deleted...]
-      <w:bookmarkEnd w:id="21"/>
+    <w:p w14:paraId="04AF15F9" w14:textId="77777777" w:rsidR="00767C3B" w:rsidRPr="00767C3B" w:rsidRDefault="00767C3B" w:rsidP="00767C3B">
+      <w:pPr>
+        <w:ind w:right="-143"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00767C3B">
+        <w:t>Länkförteckning </w:t>
+      </w:r>
     </w:p>
-    <w:p w14:paraId="2EB16DB6" w14:textId="146DEBA9" w:rsidR="00B1799D" w:rsidRPr="0013614D" w:rsidRDefault="00B1799D" w:rsidP="00EE7FA7">
-[...6 lines deleted...]
-      <w:r w:rsidR="008526EE" w:rsidRPr="0013614D">
+    <w:p w14:paraId="4BEAA156" w14:textId="77777777" w:rsidR="00767C3B" w:rsidRPr="00767C3B" w:rsidRDefault="00767C3B" w:rsidP="00767C3B">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="59"/>
+        </w:numPr>
+        <w:ind w:right="-143"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00767C3B">
+        <w:t>Bakteriell meningit - akut handläggning och behandling av vuxna vid SÄS. Sjukhusövergripande riktlinje, SÄS </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00767C3B">
         <w:br/>
       </w:r>
-      <w:hyperlink r:id="rId16" w:history="1">
-        <w:r w:rsidR="008526EE" w:rsidRPr="0013614D">
+      <w:hyperlink r:id="rId17" w:tgtFrame="_blank" w:history="1">
+        <w:r w:rsidRPr="00767C3B">
           <w:rPr>
             <w:rStyle w:val="Hyperlnk"/>
           </w:rPr>
           <w:t>https://hittadokument.vgregion.se/sas</w:t>
         </w:r>
       </w:hyperlink>
+      <w:r w:rsidRPr="00767C3B">
+        <w:t> </w:t>
+      </w:r>
     </w:p>
-    <w:p w14:paraId="671AE131" w14:textId="46C41843" w:rsidR="00B1799D" w:rsidRPr="00DA16E3" w:rsidRDefault="00B1799D" w:rsidP="00267799">
-[...25 lines deleted...]
-      <w:r w:rsidR="008526EE" w:rsidRPr="00DA16E3">
+    <w:p w14:paraId="033C3CB5" w14:textId="77777777" w:rsidR="00767C3B" w:rsidRPr="00767C3B" w:rsidRDefault="00767C3B" w:rsidP="00767C3B">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="60"/>
+        </w:numPr>
+        <w:ind w:right="-143"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00767C3B">
+        <w:t>Encefalit, infektiös. Akut utredning av vuxna, SÄS. Sjukhusövergripande rutin, SÄS </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00767C3B">
         <w:br/>
       </w:r>
-      <w:hyperlink r:id="rId17" w:history="1">
-        <w:r w:rsidR="00DA16E3" w:rsidRPr="00116762">
+      <w:hyperlink r:id="rId18" w:tgtFrame="_blank" w:history="1">
+        <w:r w:rsidRPr="00767C3B">
           <w:rPr>
             <w:rStyle w:val="Hyperlnk"/>
           </w:rPr>
           <w:t>https://hittadokument.vgregion.se/sas</w:t>
         </w:r>
       </w:hyperlink>
+      <w:r w:rsidRPr="00767C3B">
+        <w:t> </w:t>
+      </w:r>
     </w:p>
-    <w:p w14:paraId="522DD408" w14:textId="6418BDAE" w:rsidR="00B43F85" w:rsidRPr="00DA16E3" w:rsidRDefault="00B1799D" w:rsidP="005648D3">
-[...7 lines deleted...]
-      <w:r w:rsidRPr="00DA16E3">
+    <w:p w14:paraId="38F1A4C6" w14:textId="77777777" w:rsidR="00767C3B" w:rsidRPr="00767C3B" w:rsidRDefault="00767C3B" w:rsidP="00767C3B">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="61"/>
+        </w:numPr>
+        <w:ind w:right="-143"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00767C3B">
         <w:t xml:space="preserve">Kortisonbehandling vid </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="00DA16E3">
+      <w:r w:rsidRPr="00767C3B">
         <w:t>jättecellsarterit</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="00DA16E3">
+      <w:r w:rsidRPr="00767C3B">
         <w:t xml:space="preserve"> och </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="00DA16E3">
+      <w:r w:rsidRPr="00767C3B">
         <w:t>polymyalgia</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="00DA16E3">
+      <w:r w:rsidRPr="00767C3B">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="00DA16E3">
+      <w:r w:rsidRPr="00767C3B">
         <w:t>reumatika</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="00DA16E3">
-[...6 lines deleted...]
-        <w:t xml:space="preserve"> </w:t>
+      <w:r w:rsidRPr="00767C3B">
+        <w:t xml:space="preserve">. Intern rutin inom enheten </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="00DA16E3">
+      <w:r w:rsidRPr="00767C3B">
         <w:t>neuro</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="00DA16E3">
-[...5 lines deleted...]
-      <w:r w:rsidR="008526EE" w:rsidRPr="00DA16E3">
+      <w:r w:rsidRPr="00767C3B">
+        <w:t>- och rehabilitering, VO neurologi, rehabilitering och nära vård, SÄS </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00767C3B">
         <w:br/>
       </w:r>
-      <w:hyperlink r:id="rId18" w:history="1">
-        <w:r w:rsidR="00DA16E3" w:rsidRPr="00116762">
+      <w:hyperlink r:id="rId19" w:tgtFrame="_blank" w:history="1">
+        <w:r w:rsidRPr="00767C3B">
           <w:rPr>
             <w:rStyle w:val="Hyperlnk"/>
           </w:rPr>
           <w:t>https://hittadokument.vgregion.se/sas</w:t>
         </w:r>
       </w:hyperlink>
+      <w:r w:rsidRPr="00767C3B">
+        <w:t> </w:t>
+      </w:r>
     </w:p>
-    <w:sectPr w:rsidR="00B43F85" w:rsidRPr="00DA16E3" w:rsidSect="00136D67">
-[...3 lines deleted...]
-      <w:footerReference w:type="first" r:id="rId22"/>
+    <w:p w14:paraId="40AA233F" w14:textId="3F0781DA" w:rsidR="009C6C0C" w:rsidRDefault="009C6C0C" w:rsidP="009A32ED">
+      <w:pPr>
+        <w:ind w:right="-143"/>
+      </w:pPr>
+    </w:p>
+    <w:sectPr w:rsidR="009C6C0C" w:rsidSect="00B96AFF">
+      <w:headerReference w:type="default" r:id="rId20"/>
+      <w:footerReference w:type="even" r:id="rId21"/>
+      <w:footerReference w:type="default" r:id="rId22"/>
+      <w:headerReference w:type="first" r:id="rId23"/>
+      <w:footerReference w:type="first" r:id="rId24"/>
       <w:type w:val="continuous"/>
       <w:pgSz w:w="11900" w:h="16840"/>
       <w:pgMar w:top="1418" w:right="1979" w:bottom="1276" w:left="992" w:header="284" w:footer="737" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:noEndnote/>
       <w:titlePg/>
       <w:docGrid w:linePitch="326"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="6429BA83" w14:textId="77777777" w:rsidR="00CB2795" w:rsidRDefault="00CB2795">
+    <w:p w14:paraId="612B106B" w14:textId="77777777" w:rsidR="00A10756" w:rsidRDefault="00A10756">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="035A8E74" w14:textId="77777777" w:rsidR="00CB2795" w:rsidRDefault="00CB2795">
+    <w:p w14:paraId="44B1F7B4" w14:textId="77777777" w:rsidR="00A10756" w:rsidRDefault="00A10756">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationNotice" w:id="1">
-    <w:p w14:paraId="5A8D04AA" w14:textId="77777777" w:rsidR="00CB2795" w:rsidRDefault="00CB2795">
+    <w:p w14:paraId="7BB658F8" w14:textId="77777777" w:rsidR="00A10756" w:rsidRDefault="00A10756">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier">
     <w:panose1 w:val="02070409020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="00000003" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
   </w:font>
-  <w:font w:name="Agency FB">
-    <w:panose1 w:val="020B0503020202020204"/>
+  <w:font w:name="Aptos">
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="00000003" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
+    <w:sig w:usb0="20000287" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
-  <w:font w:name="Calibri">
-    <w:panose1 w:val="020F0502020204030204"/>
+  <w:font w:name="Georgia">
+    <w:panose1 w:val="02040502050405020303"/>
+    <w:charset w:val="00"/>
+    <w:family w:val="roman"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="00000287" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="0000009F" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Verdana">
+    <w:panose1 w:val="020B0604030504040204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="A00006FF" w:usb1="4000205B" w:usb2="00000010" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="MS Gothic">
     <w:altName w:val="ＭＳ ゴシック"/>
     <w:panose1 w:val="020B0609070205080204"/>
     <w:charset w:val="80"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E00002FF" w:usb1="6AC7FDFB" w:usb2="08000012" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Calibri">
+    <w:panose1 w:val="020F0502020204030204"/>
+    <w:charset w:val="00"/>
+    <w:family w:val="swiss"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="MinionPro-Regular">
     <w:altName w:val="Geneva"/>
     <w:panose1 w:val="00000000000000000000"/>
     <w:charset w:val="4D"/>
     <w:family w:val="auto"/>
     <w:notTrueType/>
     <w:pitch w:val="default"/>
     <w:sig w:usb0="00000003" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Lucida Grande">
     <w:altName w:val="Segoe UI"/>
     <w:charset w:val="00"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E1000AEF" w:usb1="5000A1FF" w:usb2="00000000" w:usb3="00000000" w:csb0="000001BF" w:csb1="00000000"/>
   </w:font>
+  <w:font w:name="Cambria">
+    <w:panose1 w:val="02040503050406030204"/>
+    <w:charset w:val="00"/>
+    <w:family w:val="roman"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
+  </w:font>
   <w:font w:name="MS Mincho">
     <w:altName w:val="ＭＳ 明朝"/>
     <w:panose1 w:val="02020609040205080304"/>
     <w:charset w:val="80"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E00002FF" w:usb1="6AC7FDFB" w:usb2="08000012" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
   </w:font>
-  <w:font w:name="Cambria">
-[...5 lines deleted...]
-  </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
-  <w:p w14:paraId="3FC6B21C" w14:textId="052E4292" w:rsidR="008250CC" w:rsidRDefault="008250CC" w:rsidP="008250CC">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="1FE2B820" w14:textId="77777777" w:rsidR="00660269" w:rsidRDefault="00660269" w:rsidP="00C43BDD">
     <w:pPr>
       <w:pStyle w:val="Sidfot"/>
-      <w:jc w:val="center"/>
+      <w:framePr w:wrap="around" w:vAnchor="text" w:hAnchor="margin" w:y="1"/>
+      <w:rPr>
+        <w:rStyle w:val="Sidnummer"/>
+      </w:rPr>
     </w:pPr>
-    <w:r w:rsidRPr="001510D8">
+    <w:r>
       <w:rPr>
         <w:rStyle w:val="Sidnummer"/>
-        <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
-[...1 lines deleted...]
-        <w:szCs w:val="20"/>
       </w:rPr>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
-    <w:r w:rsidRPr="001510D8">
+    <w:r>
       <w:rPr>
         <w:rStyle w:val="Sidnummer"/>
-        <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
-[...3 lines deleted...]
-      <w:instrText xml:space="preserve"> PAGE </w:instrText>
+      </w:rPr>
+      <w:instrText xml:space="preserve">PAGE  </w:instrText>
     </w:r>
-    <w:r w:rsidRPr="001510D8">
+    <w:r>
       <w:rPr>
         <w:rStyle w:val="Sidnummer"/>
-        <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
-[...1 lines deleted...]
-        <w:szCs w:val="20"/>
+      </w:rPr>
+      <w:fldChar w:fldCharType="end"/>
+    </w:r>
+  </w:p>
+  <w:p w14:paraId="1FE2B821" w14:textId="77777777" w:rsidR="00660269" w:rsidRDefault="00660269" w:rsidP="00C43BDD">
+    <w:pPr>
+      <w:pStyle w:val="Sidfot"/>
+      <w:ind w:firstLine="360"/>
+    </w:pPr>
+  </w:p>
+</w:ftr>
+</file>
+
+<file path=word/footer2.xml><?xml version="1.0" encoding="utf-8"?>
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="47BD2091" w14:textId="66F4EBFA" w:rsidR="00C50EE5" w:rsidRPr="00831C35" w:rsidRDefault="00000000" w:rsidP="00EC0A68">
+    <w:pPr>
+      <w:pStyle w:val="Sidfot"/>
+      <w:rPr>
+        <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        <w:sz w:val="24"/>
+        <w:szCs w:val="24"/>
+      </w:rPr>
+    </w:pPr>
+    <w:sdt>
+      <w:sdtPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:id w:val="-2070031421"/>
+        <w:docPartObj>
+          <w:docPartGallery w:val="Page Numbers (Bottom of Page)"/>
+          <w:docPartUnique/>
+        </w:docPartObj>
+      </w:sdtPr>
+      <w:sdtContent>
+        <w:r w:rsidR="00A65FD4" w:rsidRPr="00831C35">
+          <w:rPr>
+            <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+            <w:sz w:val="24"/>
+            <w:szCs w:val="24"/>
+          </w:rPr>
+          <w:t xml:space="preserve"> </w:t>
+        </w:r>
+        <w:r w:rsidR="00EC0A68" w:rsidRPr="00831C35">
+          <w:rPr>
+            <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+            <w:sz w:val="24"/>
+            <w:szCs w:val="24"/>
+          </w:rPr>
+          <w:fldChar w:fldCharType="begin"/>
+        </w:r>
+        <w:r w:rsidR="00EC0A68" w:rsidRPr="00831C35">
+          <w:rPr>
+            <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+            <w:sz w:val="24"/>
+            <w:szCs w:val="24"/>
+          </w:rPr>
+          <w:instrText>PAGE   \* MERGEFORMAT</w:instrText>
+        </w:r>
+        <w:r w:rsidR="00EC0A68" w:rsidRPr="00831C35">
+          <w:rPr>
+            <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+            <w:sz w:val="24"/>
+            <w:szCs w:val="24"/>
+          </w:rPr>
+          <w:fldChar w:fldCharType="separate"/>
+        </w:r>
+        <w:r w:rsidR="00EC0A68" w:rsidRPr="00831C35">
+          <w:rPr>
+            <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+            <w:sz w:val="24"/>
+            <w:szCs w:val="24"/>
+          </w:rPr>
+          <w:t>2</w:t>
+        </w:r>
+        <w:r w:rsidR="00EC0A68" w:rsidRPr="00831C35">
+          <w:rPr>
+            <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+            <w:sz w:val="24"/>
+            <w:szCs w:val="24"/>
+          </w:rPr>
+          <w:fldChar w:fldCharType="end"/>
+        </w:r>
+      </w:sdtContent>
+    </w:sdt>
+    <w:r w:rsidR="00111CB2" w:rsidRPr="00831C35">
+      <w:rPr>
+        <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        <w:sz w:val="24"/>
+        <w:szCs w:val="24"/>
+      </w:rPr>
+      <w:t xml:space="preserve"> (</w:t>
+    </w:r>
+    <w:r w:rsidR="00111CB2" w:rsidRPr="00831C35">
+      <w:rPr>
+        <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        <w:sz w:val="24"/>
+        <w:szCs w:val="24"/>
+      </w:rPr>
+      <w:fldChar w:fldCharType="begin"/>
+    </w:r>
+    <w:r w:rsidR="00111CB2" w:rsidRPr="00831C35">
+      <w:rPr>
+        <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        <w:sz w:val="24"/>
+        <w:szCs w:val="24"/>
+      </w:rPr>
+      <w:instrText xml:space="preserve"> NUMPAGES   \* MERGEFORMAT </w:instrText>
+    </w:r>
+    <w:r w:rsidR="00111CB2" w:rsidRPr="00831C35">
+      <w:rPr>
+        <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        <w:sz w:val="24"/>
+        <w:szCs w:val="24"/>
       </w:rPr>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
-    <w:r>
-[...6 lines deleted...]
-      <w:t>2</w:t>
+    <w:r w:rsidR="00111CB2" w:rsidRPr="00831C35">
+      <w:rPr>
+        <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        <w:noProof/>
+        <w:sz w:val="24"/>
+        <w:szCs w:val="24"/>
+      </w:rPr>
+      <w:t>4</w:t>
     </w:r>
-    <w:r w:rsidRPr="001510D8">
-[...4 lines deleted...]
-        <w:szCs w:val="20"/>
+    <w:r w:rsidR="00111CB2" w:rsidRPr="00831C35">
+      <w:rPr>
+        <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        <w:sz w:val="24"/>
+        <w:szCs w:val="24"/>
       </w:rPr>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
-    <w:r w:rsidRPr="001510D8">
-[...66 lines deleted...]
-        <w:szCs w:val="20"/>
+    <w:r w:rsidR="00111CB2" w:rsidRPr="00831C35">
+      <w:rPr>
+        <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        <w:sz w:val="24"/>
+        <w:szCs w:val="24"/>
       </w:rPr>
       <w:t>)</w:t>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
-<file path=word/footer2.xml><?xml version="1.0" encoding="utf-8"?>
-[...1 lines deleted...]
-  <w:p w14:paraId="1FE2B822" w14:textId="08658379" w:rsidR="00660269" w:rsidRDefault="008250CC" w:rsidP="00FB2F0F">
+<file path=word/footer3.xml><?xml version="1.0" encoding="utf-8"?>
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="1FE2B822" w14:textId="76DF6159" w:rsidR="00660269" w:rsidRDefault="009228AB" w:rsidP="00FB2F0F">
     <w:pPr>
       <w:pStyle w:val="Sidfot"/>
       <w:ind w:left="6237" w:hanging="141"/>
       <w:jc w:val="left"/>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:noProof/>
       </w:rPr>
       <w:drawing>
-        <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251662336" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="39716D08" wp14:editId="19B0CF05">
+        <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658241" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="1FE2B825" wp14:editId="5971BB2D">
           <wp:simplePos x="0" y="0"/>
           <wp:positionH relativeFrom="column">
-            <wp:posOffset>4552950</wp:posOffset>
+            <wp:posOffset>4391660</wp:posOffset>
           </wp:positionH>
           <wp:positionV relativeFrom="paragraph">
-            <wp:posOffset>-114300</wp:posOffset>
+            <wp:posOffset>-3947</wp:posOffset>
           </wp:positionV>
-          <wp:extent cx="1897920" cy="384860"/>
-          <wp:effectExtent l="0" t="0" r="7620" b="0"/>
+          <wp:extent cx="1953671" cy="348178"/>
+          <wp:effectExtent l="0" t="0" r="0" b="0"/>
           <wp:wrapNone/>
           <wp:docPr id="12" name="Bildobjekt 12">
             <a:extLst xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:ext uri="{C183D7F6-B498-43B3-948B-1728B52AA6E4}">
                 <adec:decorative xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" val="1"/>
               </a:ext>
             </a:extLst>
           </wp:docPr>
           <wp:cNvGraphicFramePr>
             <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
           </wp:cNvGraphicFramePr>
           <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
             <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
               <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:nvPicPr>
-                  <pic:cNvPr id="0" name="VG_Ne.wmf"/>
+                  <pic:cNvPr id="12" name="Bildobjekt 12">
+                    <a:extLst>
+                      <a:ext uri="{C183D7F6-B498-43B3-948B-1728B52AA6E4}">
+                        <adec:decorative xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" val="1"/>
+                      </a:ext>
+                    </a:extLst>
+                  </pic:cNvPr>
                   <pic:cNvPicPr/>
                 </pic:nvPicPr>
                 <pic:blipFill>
                   <a:blip r:embed="rId1">
                     <a:extLst>
-                      <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
-                        <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+                      <a:ext uri="{96DAC541-7B7A-43D3-8B79-37D633B846F1}">
+                        <asvg:svgBlip xmlns:asvg="http://schemas.microsoft.com/office/drawing/2016/SVG/main" r:embed="rId2"/>
                       </a:ext>
                     </a:extLst>
                   </a:blip>
                   <a:stretch>
                     <a:fillRect/>
                   </a:stretch>
                 </pic:blipFill>
                 <pic:spPr>
                   <a:xfrm>
                     <a:off x="0" y="0"/>
-                    <a:ext cx="1897920" cy="384860"/>
+                    <a:ext cx="1953671" cy="348178"/>
                   </a:xfrm>
                   <a:prstGeom prst="rect">
                     <a:avLst/>
                   </a:prstGeom>
                 </pic:spPr>
               </pic:pic>
             </a:graphicData>
           </a:graphic>
           <wp14:sizeRelH relativeFrom="margin">
             <wp14:pctWidth>0</wp14:pctWidth>
           </wp14:sizeRelH>
           <wp14:sizeRelV relativeFrom="margin">
             <wp14:pctHeight>0</wp14:pctHeight>
           </wp14:sizeRelV>
         </wp:anchor>
       </w:drawing>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="4365EA56" w14:textId="77777777" w:rsidR="00CB2795" w:rsidRDefault="00CB2795"/>
+    <w:p w14:paraId="20B2B255" w14:textId="77777777" w:rsidR="00A10756" w:rsidRDefault="00A10756"/>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="01C03704" w14:textId="77777777" w:rsidR="00CB2795" w:rsidRDefault="00CB2795">
+    <w:p w14:paraId="264791D7" w14:textId="77777777" w:rsidR="00A10756" w:rsidRDefault="00A10756">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationNotice" w:id="1">
-    <w:p w14:paraId="38E1D200" w14:textId="77777777" w:rsidR="00CB2795" w:rsidRDefault="00CB2795">
+    <w:p w14:paraId="38E21150" w14:textId="77777777" w:rsidR="00A10756" w:rsidRDefault="00A10756">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
-  <w:p w14:paraId="227101F6" w14:textId="5EF6644D" w:rsidR="004B5C86" w:rsidRDefault="004B5C86" w:rsidP="004B5C86">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="68F18EE5" w14:textId="39C06E14" w:rsidR="00294791" w:rsidRPr="00DA65C4" w:rsidRDefault="00DA65C4" w:rsidP="00DA65C4">
     <w:pPr>
       <w:pStyle w:val="Sidhuvud"/>
-      <w:tabs>
-[...3 lines deleted...]
-      </w:tabs>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:noProof/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
       <mc:AlternateContent>
         <mc:Choice Requires="wps">
           <w:drawing>
-            <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251664384" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="2D72D6C2" wp14:editId="29A5A2D3">
+            <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251672577" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="264BC60A" wp14:editId="43F94021">
               <wp:simplePos x="0" y="0"/>
               <wp:positionH relativeFrom="column">
                 <wp:posOffset>0</wp:posOffset>
               </wp:positionH>
               <wp:positionV relativeFrom="paragraph">
                 <wp:posOffset>-635</wp:posOffset>
               </wp:positionV>
               <wp:extent cx="4667250" cy="323850"/>
               <wp:effectExtent l="0" t="0" r="0" b="0"/>
               <wp:wrapNone/>
               <wp:docPr id="10" name="Textruta 10"/>
               <wp:cNvGraphicFramePr/>
               <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                 <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                   <wps:wsp>
                     <wps:cNvSpPr txBox="1"/>
                     <wps:spPr>
                       <a:xfrm>
                         <a:off x="0" y="0"/>
                         <a:ext cx="4667250" cy="323850"/>
                       </a:xfrm>
                       <a:prstGeom prst="rect">
                         <a:avLst/>
                       </a:prstGeom>
                       <a:noFill/>
                       <a:ln w="6350">
                         <a:noFill/>
                       </a:ln>
                     </wps:spPr>
                     <wps:txbx>
                       <w:txbxContent>
-                        <w:p w14:paraId="3C8B2CDB" w14:textId="77777777" w:rsidR="004B5C86" w:rsidRDefault="004B5C86" w:rsidP="004B5C86">
+                        <w:p w14:paraId="70464969" w14:textId="1B285E8B" w:rsidR="00DA65C4" w:rsidRDefault="00DA65C4" w:rsidP="00DA65C4">
                           <w:pPr>
                             <w:ind w:left="0"/>
                           </w:pPr>
                           <w:r w:rsidRPr="00762EE0">
                             <w:rPr>
                               <w:sz w:val="20"/>
                               <w:szCs w:val="20"/>
                             </w:rPr>
                             <w:t>OBS! Utskriven version kan vara ogiltig. Verifiera innehållet</w:t>
                           </w:r>
-                          <w:r>
+                          <w:r w:rsidR="00367D19">
                             <w:rPr>
                               <w:sz w:val="20"/>
                               <w:szCs w:val="20"/>
                             </w:rPr>
                             <w:t>.</w:t>
                           </w:r>
                         </w:p>
                       </w:txbxContent>
                     </wps:txbx>
                     <wps:bodyPr rot="0" spcFirstLastPara="0" vertOverflow="overflow" horzOverflow="overflow" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" numCol="1" spcCol="0" rtlCol="0" fromWordArt="0" anchor="t" anchorCtr="0" forceAA="0" compatLnSpc="1">
                       <a:prstTxWarp prst="textNoShape">
                         <a:avLst/>
                       </a:prstTxWarp>
                       <a:noAutofit/>
                     </wps:bodyPr>
                   </wps:wsp>
                 </a:graphicData>
               </a:graphic>
               <wp14:sizeRelH relativeFrom="margin">
                 <wp14:pctWidth>0</wp14:pctWidth>
               </wp14:sizeRelH>
             </wp:anchor>
           </w:drawing>
         </mc:Choice>
         <mc:Fallback>
           <w:pict>
-            <v:shapetype w14:anchorId="2D72D6C2" id="_x0000_t202" coordsize="21600,21600" o:spt="202" path="m,l,21600r21600,l21600,xe">
+            <v:shapetype w14:anchorId="264BC60A" id="_x0000_t202" coordsize="21600,21600" o:spt="202" path="m,l,21600r21600,l21600,xe">
               <v:stroke joinstyle="miter"/>
               <v:path gradientshapeok="t" o:connecttype="rect"/>
             </v:shapetype>
-            <v:shape id="Textruta 10" o:spid="_x0000_s1026" type="#_x0000_t202" style="position:absolute;left:0;text-align:left;margin-left:0;margin-top:-.05pt;width:367.5pt;height:25.5pt;z-index:251664384;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-width-relative:margin;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQCzkv6OFQIAACwEAAAOAAAAZHJzL2Uyb0RvYy54bWysU01v2zAMvQ/YfxB0X5yvpp0Rp8haZBgQ&#10;tAXSoWdFlmIDkqhJSuzs14+SnY91Ow27yKRIP5LvUfP7VityEM7XYAo6GgwpEYZDWZtdQb+/rj7d&#10;UeIDMyVTYERBj8LT+8XHD/PG5mIMFahSOIIgxueNLWgVgs2zzPNKaOYHYIXBoASnWUDX7bLSsQbR&#10;tcrGw+Esa8CV1gEX3uPtYxeki4QvpeDhWUovAlEFxd5COl06t/HMFnOW7xyzVc37Ntg/dKFZbbDo&#10;GeqRBUb2rv4DStfcgQcZBhx0BlLWXKQZcJrR8N00m4pZkWZBcrw90+T/Hyx/OmzsiyOh/QItChgJ&#10;aazPPV7GeVrpdPxipwTjSOHxTJtoA+F4OZ3Nbsc3GOIYm4wnd2gjTHb52zofvgrQJBoFdShLYosd&#10;1j50qaeUWMzAqlYqSaMMaQo6myDkbxEEVwZrXHqNVmi3bT/AFsojzuWgk9xbvqqx+Jr58MIcaoz9&#10;4t6GZzykAiwCvUVJBe7n3+5jPlKPUUoa3JmC+h975gQl6ptBUT6PptO4ZMmZ3tyO0XHXke11xOz1&#10;A+BajvCFWJ7MmB/UyZQO9Buu9zJWxRAzHGsXNJzMh9BtMj4PLpbLlIRrZVlYm43lETqSFql9bd+Y&#10;sz3/AZV7gtN2sfydDF1uR/dyH0DWSaNIcMdqzzuuZFK5fz5x56/9lHV55ItfAAAA//8DAFBLAwQU&#10;AAYACAAAACEAJkWNkN0AAAAFAQAADwAAAGRycy9kb3ducmV2LnhtbEyPQU/CQBSE7yb+h80z8QZb&#10;MFUofSWkCTExegC5eNt2l7Zx923tLlD99T5PeJzMZOabfD06K85mCJ0nhNk0AWGo9rqjBuHwvp0s&#10;QISoSCvrySB8mwDr4vYmV5n2F9qZ8z42gksoZAqhjbHPpAx1a5wKU98bYu/oB6ciy6GRelAXLndW&#10;zpPkUTrVES+0qjdla+rP/ckhvJTbN7Wr5m7xY8vn1+Om/zp8pIj3d+NmBSKaMV7D8IfP6FAwU+VP&#10;pIOwCHwkIkxmINh8ekhZVwhpsgRZ5PI/ffELAAD//wMAUEsBAi0AFAAGAAgAAAAhALaDOJL+AAAA&#10;4QEAABMAAAAAAAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEA&#10;OP0h/9YAAACUAQAACwAAAAAAAAAAAAAAAAAvAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEA&#10;s5L+jhUCAAAsBAAADgAAAAAAAAAAAAAAAAAuAgAAZHJzL2Uyb0RvYy54bWxQSwECLQAUAAYACAAA&#10;ACEAJkWNkN0AAAAFAQAADwAAAAAAAAAAAAAAAABvBAAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAAE&#10;AAQA8wAAAHkFAAAAAA==&#10;" filled="f" stroked="f" strokeweight=".5pt">
+            <v:shape id="Textruta 10" o:spid="_x0000_s1026" type="#_x0000_t202" style="position:absolute;left:0;text-align:left;margin-left:0;margin-top:-.05pt;width:367.5pt;height:25.5pt;z-index:251672577;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-width-relative:margin;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQCzkv6OFQIAACwEAAAOAAAAZHJzL2Uyb0RvYy54bWysU01v2zAMvQ/YfxB0X5yvpp0Rp8haZBgQ&#10;tAXSoWdFlmIDkqhJSuzs14+SnY91Ow27yKRIP5LvUfP7VityEM7XYAo6GgwpEYZDWZtdQb+/rj7d&#10;UeIDMyVTYERBj8LT+8XHD/PG5mIMFahSOIIgxueNLWgVgs2zzPNKaOYHYIXBoASnWUDX7bLSsQbR&#10;tcrGw+Esa8CV1gEX3uPtYxeki4QvpeDhWUovAlEFxd5COl06t/HMFnOW7xyzVc37Ntg/dKFZbbDo&#10;GeqRBUb2rv4DStfcgQcZBhx0BlLWXKQZcJrR8N00m4pZkWZBcrw90+T/Hyx/OmzsiyOh/QItChgJ&#10;aazPPV7GeVrpdPxipwTjSOHxTJtoA+F4OZ3Nbsc3GOIYm4wnd2gjTHb52zofvgrQJBoFdShLYosd&#10;1j50qaeUWMzAqlYqSaMMaQo6myDkbxEEVwZrXHqNVmi3bT/AFsojzuWgk9xbvqqx+Jr58MIcaoz9&#10;4t6GZzykAiwCvUVJBe7n3+5jPlKPUUoa3JmC+h975gQl6ptBUT6PptO4ZMmZ3tyO0XHXke11xOz1&#10;A+BajvCFWJ7MmB/UyZQO9Buu9zJWxRAzHGsXNJzMh9BtMj4PLpbLlIRrZVlYm43lETqSFql9bd+Y&#10;sz3/AZV7gtN2sfydDF1uR/dyH0DWSaNIcMdqzzuuZFK5fz5x56/9lHV55ItfAAAA//8DAFBLAwQU&#10;AAYACAAAACEAJkWNkN0AAAAFAQAADwAAAGRycy9kb3ducmV2LnhtbEyPQU/CQBSE7yb+h80z8QZb&#10;MFUofSWkCTExegC5eNt2l7Zx923tLlD99T5PeJzMZOabfD06K85mCJ0nhNk0AWGo9rqjBuHwvp0s&#10;QISoSCvrySB8mwDr4vYmV5n2F9qZ8z42gksoZAqhjbHPpAx1a5wKU98bYu/oB6ciy6GRelAXLndW&#10;zpPkUTrVES+0qjdla+rP/ckhvJTbN7Wr5m7xY8vn1+Om/zp8pIj3d+NmBSKaMV7D8IfP6FAwU+VP&#10;pIOwCHwkIkxmINh8ekhZVwhpsgRZ5PI/ffELAAD//wMAUEsBAi0AFAAGAAgAAAAhALaDOJL+AAAA&#10;4QEAABMAAAAAAAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEA&#10;OP0h/9YAAACUAQAACwAAAAAAAAAAAAAAAAAvAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEA&#10;s5L+jhUCAAAsBAAADgAAAAAAAAAAAAAAAAAuAgAAZHJzL2Uyb0RvYy54bWxQSwECLQAUAAYACAAA&#10;ACEAJkWNkN0AAAAFAQAADwAAAAAAAAAAAAAAAABvBAAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAAE&#10;AAQA8wAAAHkFAAAAAA==&#10;" filled="f" stroked="f" strokeweight=".5pt">
               <v:textbox>
                 <w:txbxContent>
-                  <w:p w14:paraId="3C8B2CDB" w14:textId="77777777" w:rsidR="004B5C86" w:rsidRDefault="004B5C86" w:rsidP="004B5C86">
+                  <w:p w14:paraId="70464969" w14:textId="1B285E8B" w:rsidR="00DA65C4" w:rsidRDefault="00DA65C4" w:rsidP="00DA65C4">
                     <w:pPr>
                       <w:ind w:left="0"/>
                     </w:pPr>
                     <w:r w:rsidRPr="00762EE0">
                       <w:rPr>
                         <w:sz w:val="20"/>
                         <w:szCs w:val="20"/>
                       </w:rPr>
                       <w:t>OBS! Utskriven version kan vara ogiltig. Verifiera innehållet</w:t>
                     </w:r>
-                    <w:r>
+                    <w:r w:rsidR="00367D19">
                       <w:rPr>
                         <w:sz w:val="20"/>
                         <w:szCs w:val="20"/>
                       </w:rPr>
                       <w:t>.</w:t>
                     </w:r>
                   </w:p>
                 </w:txbxContent>
               </v:textbox>
             </v:shape>
           </w:pict>
         </mc:Fallback>
       </mc:AlternateContent>
     </w:r>
-    <w:r>
-[...1 lines deleted...]
-    </w:r>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/header2.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
-  <w:p w14:paraId="058CDD4D" w14:textId="5FFC52A1" w:rsidR="008A4EB9" w:rsidRDefault="00A5066F" w:rsidP="00413A60">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="058CDD4D" w14:textId="448A65ED" w:rsidR="008A4EB9" w:rsidRDefault="00413A60" w:rsidP="00413A60">
     <w:pPr>
       <w:pStyle w:val="Sidhuvud"/>
       <w:ind w:left="0" w:right="567"/>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:noProof/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
       <mc:AlternateContent>
         <mc:Choice Requires="wps">
           <w:drawing>
-            <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251660288" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="0DFFA9B8" wp14:editId="245B2178">
+            <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251670529" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="5B7982AB" wp14:editId="0C751635">
               <wp:simplePos x="0" y="0"/>
               <wp:positionH relativeFrom="column">
-                <wp:posOffset>-1270</wp:posOffset>
+                <wp:posOffset>-172720</wp:posOffset>
               </wp:positionH>
               <wp:positionV relativeFrom="paragraph">
-                <wp:posOffset>-5080</wp:posOffset>
+                <wp:posOffset>-65405</wp:posOffset>
               </wp:positionV>
-              <wp:extent cx="4669155" cy="270510"/>
+              <wp:extent cx="4669200" cy="2160000"/>
               <wp:effectExtent l="0" t="0" r="0" b="0"/>
               <wp:wrapTopAndBottom/>
               <wp:docPr id="6" name="Textruta 6"/>
               <wp:cNvGraphicFramePr/>
               <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                 <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                   <wps:wsp>
                     <wps:cNvSpPr txBox="1"/>
                     <wps:spPr>
                       <a:xfrm>
                         <a:off x="0" y="0"/>
-                        <a:ext cx="4669155" cy="270510"/>
+                        <a:ext cx="4669200" cy="2160000"/>
                       </a:xfrm>
                       <a:prstGeom prst="rect">
                         <a:avLst/>
                       </a:prstGeom>
                       <a:noFill/>
                       <a:ln w="6350">
                         <a:noFill/>
                       </a:ln>
                     </wps:spPr>
                     <wps:txbx>
                       <w:txbxContent>
-                        <w:p w14:paraId="18075F67" w14:textId="77777777" w:rsidR="00A5066F" w:rsidRDefault="00A5066F" w:rsidP="00A5066F">
+                        <w:p w14:paraId="72D45401" w14:textId="0A2CCBAA" w:rsidR="00413A60" w:rsidRDefault="00413A60">
                           <w:pPr>
                             <w:ind w:left="0"/>
                           </w:pPr>
                           <w:r w:rsidRPr="00762EE0">
                             <w:rPr>
                               <w:sz w:val="20"/>
                               <w:szCs w:val="20"/>
                             </w:rPr>
                             <w:t>OBS! Utskriven version kan vara ogiltig. Verifiera innehållet</w:t>
                           </w:r>
-                          <w:r>
+                          <w:r w:rsidR="00367D19">
                             <w:rPr>
                               <w:sz w:val="20"/>
                               <w:szCs w:val="20"/>
                             </w:rPr>
                             <w:t>.</w:t>
                           </w:r>
                         </w:p>
                       </w:txbxContent>
                     </wps:txbx>
                     <wps:bodyPr rot="0" spcFirstLastPara="0" vertOverflow="overflow" horzOverflow="overflow" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" numCol="1" spcCol="0" rtlCol="0" fromWordArt="0" anchor="t" anchorCtr="0" forceAA="0" compatLnSpc="1">
                       <a:prstTxWarp prst="textNoShape">
                         <a:avLst/>
                       </a:prstTxWarp>
                       <a:noAutofit/>
                     </wps:bodyPr>
                   </wps:wsp>
                 </a:graphicData>
               </a:graphic>
               <wp14:sizeRelH relativeFrom="margin">
                 <wp14:pctWidth>0</wp14:pctWidth>
               </wp14:sizeRelH>
               <wp14:sizeRelV relativeFrom="margin">
                 <wp14:pctHeight>0</wp14:pctHeight>
               </wp14:sizeRelV>
             </wp:anchor>
           </w:drawing>
         </mc:Choice>
         <mc:Fallback>
           <w:pict>
-            <v:shapetype w14:anchorId="0DFFA9B8" id="_x0000_t202" coordsize="21600,21600" o:spt="202" path="m,l,21600r21600,l21600,xe">
+            <v:shapetype w14:anchorId="5B7982AB" id="_x0000_t202" coordsize="21600,21600" o:spt="202" path="m,l,21600r21600,l21600,xe">
               <v:stroke joinstyle="miter"/>
               <v:path gradientshapeok="t" o:connecttype="rect"/>
             </v:shapetype>
-            <v:shape id="Textruta 6" o:spid="_x0000_s1027" type="#_x0000_t202" style="position:absolute;margin-left:-.1pt;margin-top:-.4pt;width:367.65pt;height:21.3pt;z-index:251660288;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:margin;mso-height-relative:margin;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQCnfMVBGgIAADMEAAAOAAAAZHJzL2Uyb0RvYy54bWysU01vGyEQvVfqf0Dc6911badZeR25iVxV&#10;ipJITpUzZsG7EjAUsHfdX9+B9ZfSnqpeYGCG+XjvMb/rtSJ74XwLpqLFKKdEGA51a7YV/fG6+vSF&#10;Eh+YqZkCIyp6EJ7eLT5+mHe2FGNoQNXCEUxifNnZijYh2DLLPG+EZn4EVhh0SnCaBTy6bVY71mF2&#10;rbJxns+yDlxtHXDhPd4+DE66SPmlFDw8S+lFIKqi2FtIq0vrJq7ZYs7KrWO2afmxDfYPXWjWGix6&#10;TvXAAiM71/6RSrfcgQcZRhx0BlK2XKQZcJoifzfNumFWpFkQHG/PMPn/l5Y/7df2xZHQf4UeCYyA&#10;dNaXHi/jPL10Ou7YKUE/Qng4wyb6QDheTmaz22I6pYSjb3yTT4uEa3Z5bZ0P3wRoEo2KOqQlocX2&#10;jz5gRQw9hcRiBlatUokaZUhX0dnnaZ4enD34Qhl8eOk1WqHf9KStr+bYQH3A8RwMzHvLVy328Mh8&#10;eGEOqcaJUL7hGRepAGvB0aKkAffrb/cxHhlALyUdSqei/ueOOUGJ+m6Qm9tiMolaS4fJ9GaMB3ft&#10;2Vx7zE7fA6qzwI9ieTJjfFAnUzrQb6jyZayKLmY41q5oOJn3YRA0/hIulssUhOqyLDyateUxdUQ1&#10;IvzavzFnjzQEJPAJTiJj5Ts2htiBj+UugGwTVRHnAdUj/KjMxODxF0XpX59T1OWvL34DAAD//wMA&#10;UEsDBBQABgAIAAAAIQCYyfFW3gAAAAYBAAAPAAAAZHJzL2Rvd25yZXYueG1sTI5BS8NAFITvgv9h&#10;eYK3dpNoNaTZlBIoguihtZfeXrKvSTC7G7PbNvrrfZ7qaRhmmPny1WR6cabRd84qiOcRCLK1051t&#10;FOw/NrMUhA9oNfbOkoJv8rAqbm9yzLS72C2dd6ERPGJ9hgraEIZMSl+3ZNDP3UCWs6MbDQa2YyP1&#10;iBceN71MouhJGuwsP7Q4UNlS/bk7GQWv5eYdt1Vi0p++fHk7roev/WGh1P3dtF6CCDSFaxn+8Bkd&#10;Cmaq3MlqL3oFs4SLLMzP6fPDIgZRKXiMU5BFLv/jF78AAAD//wMAUEsBAi0AFAAGAAgAAAAhALaD&#10;OJL+AAAA4QEAABMAAAAAAAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYA&#10;CAAAACEAOP0h/9YAAACUAQAACwAAAAAAAAAAAAAAAAAvAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYA&#10;CAAAACEAp3zFQRoCAAAzBAAADgAAAAAAAAAAAAAAAAAuAgAAZHJzL2Uyb0RvYy54bWxQSwECLQAU&#10;AAYACAAAACEAmMnxVt4AAAAGAQAADwAAAAAAAAAAAAAAAAB0BAAAZHJzL2Rvd25yZXYueG1sUEsF&#10;BgAAAAAEAAQA8wAAAH8FAAAAAA==&#10;" filled="f" stroked="f" strokeweight=".5pt">
+            <v:shape id="Textruta 6" o:spid="_x0000_s1027" type="#_x0000_t202" style="position:absolute;margin-left:-13.6pt;margin-top:-5.15pt;width:367.65pt;height:170.1pt;z-index:251670529;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:margin;mso-height-relative:margin;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQAHTpHSGQIAADQEAAAOAAAAZHJzL2Uyb0RvYy54bWysU11v2yAUfZ+0/4B4X+xkadZacaqsVaZJ&#10;UVspnfpMMMSWgMuAxM5+/S7Y+VC3p2l+wBfu5X6cc5jfd1qRg3C+AVPS8SinRBgOVWN2Jf3xuvp0&#10;S4kPzFRMgRElPQpP7xcfP8xbW4gJ1KAq4QgmMb5obUnrEGyRZZ7XQjM/AisMOiU4zQJu3S6rHGsx&#10;u1bZJM9nWQuusg648B5PH3snXaT8UgoenqX0IhBVUuwtpNWldRvXbDFnxc4xWzd8aIP9QxeaNQaL&#10;nlM9ssDI3jV/pNINd+BBhhEHnYGUDRdpBpxmnL+bZlMzK9IsCI63Z5j8/0vLnw4b++JI6L5ChwRG&#10;QFrrC4+HcZ5OOh3/2ClBP0J4PMMmukA4Hk5nszvkghKOvsl4luMX82SX69b58E2AJtEoqUNeElzs&#10;sPahDz2FxGoGVo1SiRtlSFvS2eebPF04ezC5Mljj0my0QrftSFNdDbKF6ojzOeip95avGuxhzXx4&#10;YQ65xr5Rv+EZF6kAa8FgUVKD+/W38xiPFKCXkha1U1L/c8+coER9N0jO3Xg6jWJLm+nNlwlu3LVn&#10;e+0xe/0AKM8xvhTLkxnjgzqZ0oF+Q5kvY1V0McOxdknDyXwIvaLxmXCxXKYglJdlYW02lsfUEdWI&#10;8Gv3xpwdaAjI4BOcVMaKd2z0sT0fy30A2SSqIs49qgP8KM1E9vCMovav9ynq8tgXvwEAAP//AwBQ&#10;SwMEFAAGAAgAAAAhAHdeiV3jAAAACwEAAA8AAABkcnMvZG93bnJldi54bWxMj8FOwzAMhu9IvENk&#10;JG5b0kywrjSdpkoTEoLDxi7c0sZrK5qkNNlWeHrMadxs+dPv78/Xk+3ZGcfQeacgmQtg6GpvOtco&#10;OLxvZymwELUzuvcOFXxjgHVxe5PrzPiL2+F5HxtGIS5kWkEb45BxHuoWrQ5zP6Cj29GPVkdax4ab&#10;UV8o3PZcCvHIre4cfWj1gGWL9ef+ZBW8lNs3vaukTX/68vn1uBm+Dh8PSt3fTZsnYBGneIXhT5/U&#10;oSCnyp+cCaxXMJNLSSgNiVgAI2Ip0gRYpWAhVyvgRc7/dyh+AQAA//8DAFBLAQItABQABgAIAAAA&#10;IQC2gziS/gAAAOEBAAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0A&#10;FAAGAAgAAAAhADj9If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAALwEAAF9yZWxzLy5yZWxzUEsBAi0A&#10;FAAGAAgAAAAhAAdOkdIZAgAANAQAAA4AAAAAAAAAAAAAAAAALgIAAGRycy9lMm9Eb2MueG1sUEsB&#10;Ai0AFAAGAAgAAAAhAHdeiV3jAAAACwEAAA8AAAAAAAAAAAAAAAAAcwQAAGRycy9kb3ducmV2Lnht&#10;bFBLBQYAAAAABAAEAPMAAACDBQAAAAA=&#10;" filled="f" stroked="f" strokeweight=".5pt">
               <v:textbox>
                 <w:txbxContent>
-                  <w:p w14:paraId="18075F67" w14:textId="77777777" w:rsidR="00A5066F" w:rsidRDefault="00A5066F" w:rsidP="00A5066F">
+                  <w:p w14:paraId="72D45401" w14:textId="0A2CCBAA" w:rsidR="00413A60" w:rsidRDefault="00413A60">
                     <w:pPr>
                       <w:ind w:left="0"/>
                     </w:pPr>
                     <w:r w:rsidRPr="00762EE0">
                       <w:rPr>
                         <w:sz w:val="20"/>
                         <w:szCs w:val="20"/>
                       </w:rPr>
                       <w:t>OBS! Utskriven version kan vara ogiltig. Verifiera innehållet</w:t>
                     </w:r>
-                    <w:r>
+                    <w:r w:rsidR="00367D19">
                       <w:rPr>
                         <w:sz w:val="20"/>
                         <w:szCs w:val="20"/>
                       </w:rPr>
                       <w:t>.</w:t>
                     </w:r>
                   </w:p>
                 </w:txbxContent>
               </v:textbox>
               <w10:wrap type="topAndBottom"/>
             </v:shape>
           </w:pict>
         </mc:Fallback>
       </mc:AlternateContent>
     </w:r>
-    <w:r w:rsidRPr="00762EE0">
-[...78 lines deleted...]
-    </w:r>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="FFFFFF1D"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="FBCC56FC"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="0"/>
         </w:tabs>
         <w:ind w:left="0" w:firstLine="0"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
@@ -5728,50 +4829,348 @@
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="1" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="FFFFFF89"/>
     <w:multiLevelType w:val="singleLevel"/>
     <w:tmpl w:val="3C063CDC"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="360"/>
         </w:tabs>
         <w:ind w:left="360" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="2" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="017F139F"/>
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="C1A4667A"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="720"/>
+        </w:tabs>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="1440"/>
+        </w:tabs>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2160"/>
+        </w:tabs>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2880"/>
+        </w:tabs>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="3600"/>
+        </w:tabs>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="4320"/>
+        </w:tabs>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5040"/>
+        </w:tabs>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5760"/>
+        </w:tabs>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="6480"/>
+        </w:tabs>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="3" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="026E70A5"/>
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="5D2E3A98"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="720"/>
+        </w:tabs>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="1440"/>
+        </w:tabs>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2160"/>
+        </w:tabs>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2880"/>
+        </w:tabs>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="3600"/>
+        </w:tabs>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="4320"/>
+        </w:tabs>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5040"/>
+        </w:tabs>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5760"/>
+        </w:tabs>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="6480"/>
+        </w:tabs>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="4" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="05DF67F4"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="75525A52"/>
     <w:lvl w:ilvl="0" w:tplc="A0D81926">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier" w:hAnsi="Courier" w:hint="default"/>
@@ -5840,138 +5239,51 @@
     <w:lvl w:ilvl="7" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier" w:hAnsi="Courier" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="7200" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="3" w15:restartNumberingAfterBreak="0">
-[...86 lines deleted...]
-  <w:abstractNum w:abstractNumId="4" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="5" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="07F0337A"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="1E54CEB4"/>
     <w:lvl w:ilvl="0" w:tplc="041D0001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1077" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1797" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
@@ -6040,51 +5352,313 @@
     <w:lvl w:ilvl="7" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6117" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6837" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="5" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="6" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="0FDC2A7D"/>
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="89F87BEA"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="720"/>
+        </w:tabs>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="1440"/>
+        </w:tabs>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2160"/>
+        </w:tabs>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2880"/>
+        </w:tabs>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="3600"/>
+        </w:tabs>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="4320"/>
+        </w:tabs>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5040"/>
+        </w:tabs>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5760"/>
+        </w:tabs>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="6480"/>
+        </w:tabs>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="7" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="105B2A07"/>
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="103E8478"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="12"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="720"/>
+        </w:tabs>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="1440"/>
+        </w:tabs>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2160"/>
+        </w:tabs>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2880"/>
+        </w:tabs>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="3600"/>
+        </w:tabs>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="4320"/>
+        </w:tabs>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5040"/>
+        </w:tabs>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5760"/>
+        </w:tabs>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="6480"/>
+        </w:tabs>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="8" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="135A157B"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="65667058"/>
     <w:lvl w:ilvl="0" w:tplc="041D000F">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier" w:hAnsi="Courier" w:hint="default"/>
@@ -6153,51 +5727,277 @@
     <w:lvl w:ilvl="7" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier" w:hAnsi="Courier" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="6" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="9" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="14220618"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="46BAAEAA"/>
+    <w:lvl w:ilvl="0" w:tplc="358225A4">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="-"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="927" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="65BC647C">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1647" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="7B7A74CC">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2367" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="5170B040">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3087" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="1B70FBC4">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3807" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="143ECAEC">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4527" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="660065A8">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5247" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="56BCFD94">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5967" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="AF2E1D70">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6687" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="10" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="1467682B"/>
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="27A8D6DE"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="4"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="720"/>
+        </w:tabs>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="1440"/>
+        </w:tabs>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2160"/>
+        </w:tabs>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2880"/>
+        </w:tabs>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="3600"/>
+        </w:tabs>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="4320"/>
+        </w:tabs>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5040"/>
+        </w:tabs>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5760"/>
+        </w:tabs>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="6480"/>
+        </w:tabs>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="11" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="1480309A"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="7B82C9A8"/>
     <w:lvl w:ilvl="0" w:tplc="041D0001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1712" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2432" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
@@ -6266,51 +6066,426 @@
     <w:lvl w:ilvl="7" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6752" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="7472" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="7" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="12" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="18DD185E"/>
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="10388D1C"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="720"/>
+        </w:tabs>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="1440"/>
+        </w:tabs>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2160"/>
+        </w:tabs>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2880"/>
+        </w:tabs>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="3600"/>
+        </w:tabs>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="4320"/>
+        </w:tabs>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5040"/>
+        </w:tabs>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5760"/>
+        </w:tabs>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="6480"/>
+        </w:tabs>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="13" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="1AB718FA"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="5812211A"/>
+    <w:lvl w:ilvl="0" w:tplc="041D0001">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1287" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="FFFFFFFF" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2007" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="FFFFFFFF" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2727" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="FFFFFFFF" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3447" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="FFFFFFFF" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4167" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="FFFFFFFF" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4887" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="FFFFFFFF" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5607" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="FFFFFFFF" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6327" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="FFFFFFFF" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="7047" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="14" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="1C6053D1"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="8448214C"/>
+    <w:lvl w:ilvl="0" w:tplc="7562969C">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1287" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="041D0003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2007" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="041D0005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2727" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="041D0001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3447" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="041D0003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4167" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="041D0005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4887" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="041D0001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5607" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="041D0003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6327" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="041D0005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="7047" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="15" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="1D074A65"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="E104E4E6"/>
     <w:lvl w:ilvl="0" w:tplc="F49A5562">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:pStyle w:val="FaktarutaLista"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
@@ -6380,51 +6555,51 @@
     <w:lvl w:ilvl="7" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="8" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="16" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="1D520AB4"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="B9E412AC"/>
     <w:lvl w:ilvl="0" w:tplc="041D0001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1712" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2432" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
@@ -6493,140 +6668,1673 @@
     <w:lvl w:ilvl="7" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6752" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="7472" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="9" w15:restartNumberingAfterBreak="0">
-[...3 lines deleted...]
-    <w:lvl w:ilvl="0" w:tplc="5438547E">
+  <w:abstractNum w:abstractNumId="17" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="20965A2A"/>
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="9F203B50"/>
+    <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="1352" w:hanging="360"/>
-[...3 lines deleted...]
-      </w:rPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="720"/>
+        </w:tabs>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="1440"/>
+        </w:tabs>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2160"/>
+        </w:tabs>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2880"/>
+        </w:tabs>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="3600"/>
+        </w:tabs>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="4320"/>
+        </w:tabs>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5040"/>
+        </w:tabs>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5760"/>
+        </w:tabs>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="6480"/>
+        </w:tabs>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="18" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="22B6480F"/>
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="39D4C46E"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="7"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="720"/>
+        </w:tabs>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="1440"/>
+        </w:tabs>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2160"/>
+        </w:tabs>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2880"/>
+        </w:tabs>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="3600"/>
+        </w:tabs>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="4320"/>
+        </w:tabs>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5040"/>
+        </w:tabs>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5760"/>
+        </w:tabs>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="6480"/>
+        </w:tabs>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="19" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="24B57CAE"/>
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="ED4400E4"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="720"/>
+        </w:tabs>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="1440"/>
+        </w:tabs>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2160"/>
+        </w:tabs>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2880"/>
+        </w:tabs>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="3600"/>
+        </w:tabs>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="4320"/>
+        </w:tabs>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5040"/>
+        </w:tabs>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5760"/>
+        </w:tabs>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="6480"/>
+        </w:tabs>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="20" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="2A0F4134"/>
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="39D06C66"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="720"/>
+        </w:tabs>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="1440"/>
+        </w:tabs>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2160"/>
+        </w:tabs>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2880"/>
+        </w:tabs>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="3600"/>
+        </w:tabs>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="4320"/>
+        </w:tabs>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5040"/>
+        </w:tabs>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5760"/>
+        </w:tabs>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="6480"/>
+        </w:tabs>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="21" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="2C3C303B"/>
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="F59AD47C"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="3"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="720"/>
+        </w:tabs>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="1440"/>
+        </w:tabs>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2160"/>
+        </w:tabs>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2880"/>
+        </w:tabs>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="3600"/>
+        </w:tabs>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="4320"/>
+        </w:tabs>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5040"/>
+        </w:tabs>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5760"/>
+        </w:tabs>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="6480"/>
+        </w:tabs>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="22" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="2D666B50"/>
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="34AC188E"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="5"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="720"/>
+        </w:tabs>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="1440"/>
+        </w:tabs>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2160"/>
+        </w:tabs>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2880"/>
+        </w:tabs>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="3600"/>
+        </w:tabs>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="4320"/>
+        </w:tabs>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5040"/>
+        </w:tabs>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5760"/>
+        </w:tabs>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="6480"/>
+        </w:tabs>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="23" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="2D915942"/>
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="1092F0B4"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="2"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="720"/>
+        </w:tabs>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="1440"/>
+        </w:tabs>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2160"/>
+        </w:tabs>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2880"/>
+        </w:tabs>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="3600"/>
+        </w:tabs>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="4320"/>
+        </w:tabs>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5040"/>
+        </w:tabs>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5760"/>
+        </w:tabs>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="6480"/>
+        </w:tabs>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="24" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="2DE200DA"/>
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="A8E8380E"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="720"/>
+        </w:tabs>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="1440"/>
+        </w:tabs>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2160"/>
+        </w:tabs>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2880"/>
+        </w:tabs>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="3600"/>
+        </w:tabs>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="4320"/>
+        </w:tabs>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5040"/>
+        </w:tabs>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5760"/>
+        </w:tabs>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="6480"/>
+        </w:tabs>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="25" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="2DE27B53"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="ED265996"/>
+    <w:lvl w:ilvl="0" w:tplc="041D000F">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1287" w:hanging="360"/>
+      </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="041D0019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="2072" w:hanging="360"/>
+        <w:ind w:left="2007" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="041D001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
-        <w:ind w:left="2792" w:hanging="180"/>
+        <w:ind w:left="2727" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="041D000F" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="3512" w:hanging="360"/>
+        <w:ind w:left="3447" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="4" w:tplc="041D0019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="4232" w:hanging="360"/>
+        <w:ind w:left="4167" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="5" w:tplc="041D001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
-        <w:ind w:left="4952" w:hanging="180"/>
+        <w:ind w:left="4887" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="6" w:tplc="041D000F" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="5672" w:hanging="360"/>
+        <w:ind w:left="5607" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="041D0019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="6392" w:hanging="360"/>
+        <w:ind w:left="6327" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="041D001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
-        <w:ind w:left="7112" w:hanging="180"/>
+        <w:ind w:left="7047" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="10" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="26" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="2E497114"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="A43C2856"/>
+    <w:lvl w:ilvl="0" w:tplc="041D0001">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1287" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="041D0003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2007" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="041D0005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2727" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="041D0001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3447" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="041D0003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4167" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="041D0005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4887" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="041D0001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5607" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="041D0003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6327" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="041D0005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="7047" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="27" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="30B37CAF"/>
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="3CEA4590"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="11"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="720"/>
+        </w:tabs>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="1440"/>
+        </w:tabs>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2160"/>
+        </w:tabs>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2880"/>
+        </w:tabs>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="3600"/>
+        </w:tabs>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="4320"/>
+        </w:tabs>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5040"/>
+        </w:tabs>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5760"/>
+        </w:tabs>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="6480"/>
+        </w:tabs>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="28" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="32B74F85"/>
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="E6D4D94A"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="720"/>
+        </w:tabs>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="1440"/>
+        </w:tabs>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2160"/>
+        </w:tabs>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2880"/>
+        </w:tabs>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="3600"/>
+        </w:tabs>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="4320"/>
+        </w:tabs>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5040"/>
+        </w:tabs>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5760"/>
+        </w:tabs>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="6480"/>
+        </w:tabs>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="29" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="36F91AE8"/>
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="DF7C2740"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="720"/>
+        </w:tabs>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="1440"/>
+        </w:tabs>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2160"/>
+        </w:tabs>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2880"/>
+        </w:tabs>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="3600"/>
+        </w:tabs>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="4320"/>
+        </w:tabs>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5040"/>
+        </w:tabs>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5760"/>
+        </w:tabs>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="6480"/>
+        </w:tabs>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="30" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="38A42FB9"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="09EA9066"/>
     <w:lvl w:ilvl="0" w:tplc="041D0001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -6722,55 +8430,204 @@
         <w:tabs>
           <w:tab w:val="num" w:pos="5760"/>
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="11" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="31" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="3A2D1A4F"/>
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="E7508B0C"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="720"/>
+        </w:tabs>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="1440"/>
+        </w:tabs>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2160"/>
+        </w:tabs>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2880"/>
+        </w:tabs>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="3600"/>
+        </w:tabs>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="4320"/>
+        </w:tabs>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5040"/>
+        </w:tabs>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5760"/>
+        </w:tabs>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="6480"/>
+        </w:tabs>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="32" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="3B474E09"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:tmpl w:val="1F845E6C"/>
-    <w:lvl w:ilvl="0" w:tplc="ED88FE2C">
+    <w:tmpl w:val="DDF0BC38"/>
+    <w:lvl w:ilvl="0" w:tplc="34668BAA">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:pStyle w:val="Punktlista"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1077" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1797" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="041D0005" w:tentative="1">
@@ -6836,51 +8693,611 @@
     <w:lvl w:ilvl="7" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6117" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6837" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="12" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="33" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="3BB72B7C"/>
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="E932E5E4"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="720"/>
+        </w:tabs>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="1440"/>
+        </w:tabs>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2160"/>
+        </w:tabs>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2880"/>
+        </w:tabs>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="3600"/>
+        </w:tabs>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="4320"/>
+        </w:tabs>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5040"/>
+        </w:tabs>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5760"/>
+        </w:tabs>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="6480"/>
+        </w:tabs>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="34" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="3DBA37D4"/>
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="159EAC16"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="8"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="720"/>
+        </w:tabs>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="1440"/>
+        </w:tabs>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2160"/>
+        </w:tabs>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2880"/>
+        </w:tabs>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="3600"/>
+        </w:tabs>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="4320"/>
+        </w:tabs>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5040"/>
+        </w:tabs>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5760"/>
+        </w:tabs>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="6480"/>
+        </w:tabs>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="35" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="3F2E1AE0"/>
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="963849E6"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="720"/>
+        </w:tabs>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="1440"/>
+        </w:tabs>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2160"/>
+        </w:tabs>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2880"/>
+        </w:tabs>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="3600"/>
+        </w:tabs>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="4320"/>
+        </w:tabs>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5040"/>
+        </w:tabs>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5760"/>
+        </w:tabs>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="6480"/>
+        </w:tabs>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="36" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="3F957306"/>
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="0D7A418A"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="720"/>
+        </w:tabs>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="1440"/>
+        </w:tabs>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2160"/>
+        </w:tabs>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2880"/>
+        </w:tabs>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="3600"/>
+        </w:tabs>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="4320"/>
+        </w:tabs>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5040"/>
+        </w:tabs>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5760"/>
+        </w:tabs>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="6480"/>
+        </w:tabs>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="37" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="40C928FF"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="0AE0B72A"/>
     <w:lvl w:ilvl="0" w:tplc="041D0001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1712" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2432" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
@@ -6949,51 +9366,51 @@
     <w:lvl w:ilvl="7" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6752" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="7472" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="13" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="38" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="42196C05"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="741857FC"/>
     <w:lvl w:ilvl="0" w:tplc="71B6B2F8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
         <w:color w:val="auto"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
@@ -7090,51 +9507,1063 @@
         <w:tabs>
           <w:tab w:val="num" w:pos="5760"/>
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="14" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="39" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="4625484C"/>
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="BCCED08E"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="2"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="720"/>
+        </w:tabs>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="1440"/>
+        </w:tabs>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2160"/>
+        </w:tabs>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2880"/>
+        </w:tabs>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="3600"/>
+        </w:tabs>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="4320"/>
+        </w:tabs>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5040"/>
+        </w:tabs>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5760"/>
+        </w:tabs>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="6480"/>
+        </w:tabs>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="40" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="462E1529"/>
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="F3580BF0"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="13"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="720"/>
+        </w:tabs>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="1440"/>
+        </w:tabs>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2160"/>
+        </w:tabs>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2880"/>
+        </w:tabs>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="3600"/>
+        </w:tabs>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="4320"/>
+        </w:tabs>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5040"/>
+        </w:tabs>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5760"/>
+        </w:tabs>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="6480"/>
+        </w:tabs>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="41" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="49C26992"/>
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="953E0114"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="720"/>
+        </w:tabs>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="1440"/>
+        </w:tabs>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2160"/>
+        </w:tabs>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2880"/>
+        </w:tabs>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="3600"/>
+        </w:tabs>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="4320"/>
+        </w:tabs>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5040"/>
+        </w:tabs>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5760"/>
+        </w:tabs>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="6480"/>
+        </w:tabs>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="42" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="4A4A4A88"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="27C05E50"/>
+    <w:lvl w:ilvl="0" w:tplc="7562969C">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1287" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="041D0003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2007" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="041D0005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2727" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="041D0001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3447" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="041D0003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4167" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="041D0005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4887" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="041D0001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5607" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="041D0003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6327" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="041D0005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="7047" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="43" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="4CC02638"/>
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="E196F70C"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="720"/>
+        </w:tabs>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="1440"/>
+        </w:tabs>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2160"/>
+        </w:tabs>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2880"/>
+        </w:tabs>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="3600"/>
+        </w:tabs>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="4320"/>
+        </w:tabs>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5040"/>
+        </w:tabs>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5760"/>
+        </w:tabs>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="6480"/>
+        </w:tabs>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="44" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="4F1F10F1"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="4AEA50A0"/>
+    <w:lvl w:ilvl="0" w:tplc="041D0001">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1287" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="041D0003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2007" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="041D0005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2727" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="041D0001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3447" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="041D0003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4167" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="041D0005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4887" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="041D0001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5607" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="041D0003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6327" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="041D0005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="7047" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="45" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="4FEB3C42"/>
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="BA5CE010"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="720"/>
+        </w:tabs>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="1440"/>
+        </w:tabs>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2160"/>
+        </w:tabs>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2880"/>
+        </w:tabs>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="3600"/>
+        </w:tabs>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="4320"/>
+        </w:tabs>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5040"/>
+        </w:tabs>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5760"/>
+        </w:tabs>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="6480"/>
+        </w:tabs>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="46" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="50A91949"/>
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="735C29D0"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="720"/>
+        </w:tabs>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="1440"/>
+        </w:tabs>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2160"/>
+        </w:tabs>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2880"/>
+        </w:tabs>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="3600"/>
+        </w:tabs>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="4320"/>
+        </w:tabs>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5040"/>
+        </w:tabs>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5760"/>
+        </w:tabs>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="6480"/>
+        </w:tabs>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="47" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="51AB58F1"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="97200AA0"/>
     <w:lvl w:ilvl="0" w:tplc="041D0001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1712" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2432" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
@@ -7203,51 +10632,200 @@
     <w:lvl w:ilvl="7" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6752" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="7472" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="15" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="48" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="521E071A"/>
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="1DEE9794"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="720"/>
+        </w:tabs>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="1440"/>
+        </w:tabs>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2160"/>
+        </w:tabs>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2880"/>
+        </w:tabs>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="3600"/>
+        </w:tabs>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="4320"/>
+        </w:tabs>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5040"/>
+        </w:tabs>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5760"/>
+        </w:tabs>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="6480"/>
+        </w:tabs>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="49" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="54340635"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="1B6660C0"/>
     <w:lvl w:ilvl="0" w:tplc="05061E3A">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:pStyle w:val="Liststycke"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="717" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
@@ -7317,51 +10895,164 @@
     <w:lvl w:ilvl="7" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="7200" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="16" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="50" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="555C0354"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="C3AE6A56"/>
+    <w:lvl w:ilvl="0" w:tplc="041D0001">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1287" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="041D0003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2007" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="041D0005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2727" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="041D0001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3447" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="041D0003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4167" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="041D0005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4887" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="041D0001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5607" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="041D0003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6327" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="041D0005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="7047" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="51" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="575E01E6"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="E154E454"/>
     <w:lvl w:ilvl="0" w:tplc="041D0001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
@@ -7430,395 +11121,1099 @@
     <w:lvl w:ilvl="7" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="17" w15:restartNumberingAfterBreak="0">
-    <w:nsid w:val="59710DB3"/>
+  <w:abstractNum w:abstractNumId="52" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="62F52E27"/>
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="7BC8036E"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="720"/>
+        </w:tabs>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="1440"/>
+        </w:tabs>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2160"/>
+        </w:tabs>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2880"/>
+        </w:tabs>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="3600"/>
+        </w:tabs>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="4320"/>
+        </w:tabs>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5040"/>
+        </w:tabs>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5760"/>
+        </w:tabs>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="6480"/>
+        </w:tabs>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="53" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="677953C5"/>
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="D270AAA2"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="720"/>
+        </w:tabs>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="1440"/>
+        </w:tabs>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2160"/>
+        </w:tabs>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2880"/>
+        </w:tabs>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="3600"/>
+        </w:tabs>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="4320"/>
+        </w:tabs>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5040"/>
+        </w:tabs>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5760"/>
+        </w:tabs>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="6480"/>
+        </w:tabs>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="54" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="6793AB00"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:tmpl w:val="66122A8E"/>
-[...15 lines deleted...]
-        <w:color w:val="auto"/>
+    <w:tmpl w:val="B3B84B48"/>
+    <w:lvl w:ilvl="0" w:tplc="86B07B1C">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="-"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="927" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="7528EC16">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1647" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="AF68C878">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2367" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="4ED842DA">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3087" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="245677F6">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3807" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="99921AC6">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4527" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="67AEE26C">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5247" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="F7F4D436">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5967" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="D750C154">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6687" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="55" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="69094DF6"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="2E802F88"/>
+    <w:lvl w:ilvl="0" w:tplc="041D0001">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1287" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="2789" w:hanging="360"/>
+        <w:ind w:left="2007" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="3509" w:hanging="360"/>
+        <w:ind w:left="2727" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="041D0001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="4229" w:hanging="360"/>
+        <w:ind w:left="3447" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="4" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="4949" w:hanging="360"/>
+        <w:ind w:left="4167" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="5" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="5669" w:hanging="360"/>
+        <w:ind w:left="4887" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="6" w:tplc="041D0001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="6389" w:hanging="360"/>
+        <w:ind w:left="5607" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="7109" w:hanging="360"/>
+        <w:ind w:left="6327" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="7829" w:hanging="360"/>
+        <w:ind w:left="7047" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="18" w15:restartNumberingAfterBreak="0">
-[...109 lines deleted...]
-      </w:rPr>
+  <w:abstractNum w:abstractNumId="56" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="6B404288"/>
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="3660797A"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="9"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="720"/>
+        </w:tabs>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="1440"/>
+        </w:tabs>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2160"/>
+        </w:tabs>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2880"/>
+        </w:tabs>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="3600"/>
+        </w:tabs>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="4320"/>
+        </w:tabs>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5040"/>
+        </w:tabs>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5760"/>
+        </w:tabs>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="6480"/>
+        </w:tabs>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="19" w15:restartNumberingAfterBreak="0">
-[...108 lines deleted...]
-      </w:rPr>
+  <w:abstractNum w:abstractNumId="57" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="6C041510"/>
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="506E0DCC"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="3"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="720"/>
+        </w:tabs>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="1440"/>
+        </w:tabs>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2160"/>
+        </w:tabs>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2880"/>
+        </w:tabs>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="3600"/>
+        </w:tabs>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="4320"/>
+        </w:tabs>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5040"/>
+        </w:tabs>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5760"/>
+        </w:tabs>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="6480"/>
+        </w:tabs>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="20" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="58" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="6D6F1D56"/>
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="5C0CD34A"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="720"/>
+        </w:tabs>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="1440"/>
+        </w:tabs>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2160"/>
+        </w:tabs>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2880"/>
+        </w:tabs>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="3600"/>
+        </w:tabs>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="4320"/>
+        </w:tabs>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5040"/>
+        </w:tabs>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5760"/>
+        </w:tabs>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="6480"/>
+        </w:tabs>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="59" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="6EF90FE4"/>
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="83A61652"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="720"/>
+        </w:tabs>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="1440"/>
+        </w:tabs>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2160"/>
+        </w:tabs>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2880"/>
+        </w:tabs>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="3600"/>
+        </w:tabs>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="4320"/>
+        </w:tabs>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5040"/>
+        </w:tabs>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5760"/>
+        </w:tabs>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="6480"/>
+        </w:tabs>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="60" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="706B1852"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="4FB2CAB0"/>
     <w:lvl w:ilvl="0" w:tplc="041D0001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier" w:hAnsi="Courier" w:hint="default"/>
@@ -7887,51 +12282,611 @@
     <w:lvl w:ilvl="7" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier" w:hAnsi="Courier" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="21" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="61" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="72A15C1B"/>
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="91FCFCDA"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="10"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="720"/>
+        </w:tabs>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="1440"/>
+        </w:tabs>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2160"/>
+        </w:tabs>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2880"/>
+        </w:tabs>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="3600"/>
+        </w:tabs>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="4320"/>
+        </w:tabs>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5040"/>
+        </w:tabs>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5760"/>
+        </w:tabs>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="6480"/>
+        </w:tabs>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="62" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="75383392"/>
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="4BA46B54"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="720"/>
+        </w:tabs>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="1440"/>
+        </w:tabs>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2160"/>
+        </w:tabs>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2880"/>
+        </w:tabs>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="3600"/>
+        </w:tabs>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="4320"/>
+        </w:tabs>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5040"/>
+        </w:tabs>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5760"/>
+        </w:tabs>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="6480"/>
+        </w:tabs>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="63" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="787B613E"/>
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="C3C26ED4"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="720"/>
+        </w:tabs>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="1440"/>
+        </w:tabs>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2160"/>
+        </w:tabs>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2880"/>
+        </w:tabs>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="3600"/>
+        </w:tabs>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="4320"/>
+        </w:tabs>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5040"/>
+        </w:tabs>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5760"/>
+        </w:tabs>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="6480"/>
+        </w:tabs>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="64" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="7B780EF7"/>
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="92CAD278"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="720"/>
+        </w:tabs>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="1440"/>
+        </w:tabs>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2160"/>
+        </w:tabs>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2880"/>
+        </w:tabs>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="3600"/>
+        </w:tabs>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="4320"/>
+        </w:tabs>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5040"/>
+        </w:tabs>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5760"/>
+        </w:tabs>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="6480"/>
+        </w:tabs>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="65" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="7C077AA9"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="DDC0C0DE"/>
     <w:lvl w:ilvl="0" w:tplc="041D0001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1712" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2432" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
@@ -8000,51 +12955,164 @@
     <w:lvl w:ilvl="7" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6752" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="7472" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="22" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="66" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="7C243AA0"/>
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="77465B7C"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="6"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="720"/>
+        </w:tabs>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="1440"/>
+        </w:tabs>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2160"/>
+        </w:tabs>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2880"/>
+        </w:tabs>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="3600"/>
+        </w:tabs>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="4320"/>
+        </w:tabs>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5040"/>
+        </w:tabs>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5760"/>
+        </w:tabs>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="6480"/>
+        </w:tabs>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="67" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="7EA41BCB"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="CAEC6EFE"/>
     <w:lvl w:ilvl="0" w:tplc="041D0001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
@@ -8113,846 +13181,828 @@
     <w:lvl w:ilvl="7" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:num w:numId="1" w16cid:durableId="378750199">
+  <w:num w:numId="1" w16cid:durableId="588731338">
+    <w:abstractNumId w:val="9"/>
+  </w:num>
+  <w:num w:numId="2" w16cid:durableId="316081833">
+    <w:abstractNumId w:val="54"/>
+  </w:num>
+  <w:num w:numId="3" w16cid:durableId="1909921896">
+    <w:abstractNumId w:val="67"/>
+  </w:num>
+  <w:num w:numId="4" w16cid:durableId="1367871050">
+    <w:abstractNumId w:val="51"/>
+  </w:num>
+  <w:num w:numId="5" w16cid:durableId="164058872">
+    <w:abstractNumId w:val="0"/>
+  </w:num>
+  <w:num w:numId="6" w16cid:durableId="861477783">
+    <w:abstractNumId w:val="15"/>
+  </w:num>
+  <w:num w:numId="7" w16cid:durableId="1280868239">
+    <w:abstractNumId w:val="60"/>
+  </w:num>
+  <w:num w:numId="8" w16cid:durableId="444931515">
+    <w:abstractNumId w:val="4"/>
+  </w:num>
+  <w:num w:numId="9" w16cid:durableId="739910959">
+    <w:abstractNumId w:val="38"/>
+  </w:num>
+  <w:num w:numId="10" w16cid:durableId="391579451">
+    <w:abstractNumId w:val="30"/>
+  </w:num>
+  <w:num w:numId="11" w16cid:durableId="1296368398">
+    <w:abstractNumId w:val="1"/>
+  </w:num>
+  <w:num w:numId="12" w16cid:durableId="689646344">
+    <w:abstractNumId w:val="1"/>
+  </w:num>
+  <w:num w:numId="13" w16cid:durableId="1979215945">
+    <w:abstractNumId w:val="5"/>
+  </w:num>
+  <w:num w:numId="14" w16cid:durableId="830874331">
+    <w:abstractNumId w:val="8"/>
+  </w:num>
+  <w:num w:numId="15" w16cid:durableId="57095060">
+    <w:abstractNumId w:val="49"/>
+  </w:num>
+  <w:num w:numId="16" w16cid:durableId="36130748">
+    <w:abstractNumId w:val="32"/>
+  </w:num>
+  <w:num w:numId="17" w16cid:durableId="560679449">
+    <w:abstractNumId w:val="16"/>
+  </w:num>
+  <w:num w:numId="18" w16cid:durableId="1420566503">
+    <w:abstractNumId w:val="47"/>
+  </w:num>
+  <w:num w:numId="19" w16cid:durableId="256527698">
+    <w:abstractNumId w:val="11"/>
+  </w:num>
+  <w:num w:numId="20" w16cid:durableId="1090539201">
+    <w:abstractNumId w:val="37"/>
+  </w:num>
+  <w:num w:numId="21" w16cid:durableId="1846439597">
+    <w:abstractNumId w:val="65"/>
+  </w:num>
+  <w:num w:numId="22" w16cid:durableId="1813673405">
+    <w:abstractNumId w:val="36"/>
+  </w:num>
+  <w:num w:numId="23" w16cid:durableId="1509515702">
+    <w:abstractNumId w:val="53"/>
+  </w:num>
+  <w:num w:numId="24" w16cid:durableId="1805999786">
+    <w:abstractNumId w:val="62"/>
+  </w:num>
+  <w:num w:numId="25" w16cid:durableId="607811775">
+    <w:abstractNumId w:val="58"/>
+  </w:num>
+  <w:num w:numId="26" w16cid:durableId="743911538">
+    <w:abstractNumId w:val="63"/>
+  </w:num>
+  <w:num w:numId="27" w16cid:durableId="724108722">
+    <w:abstractNumId w:val="35"/>
+  </w:num>
+  <w:num w:numId="28" w16cid:durableId="2074115673">
+    <w:abstractNumId w:val="31"/>
+  </w:num>
+  <w:num w:numId="29" w16cid:durableId="1199854302">
+    <w:abstractNumId w:val="59"/>
+  </w:num>
+  <w:num w:numId="30" w16cid:durableId="1878469202">
+    <w:abstractNumId w:val="52"/>
+  </w:num>
+  <w:num w:numId="31" w16cid:durableId="1424301835">
+    <w:abstractNumId w:val="48"/>
+  </w:num>
+  <w:num w:numId="32" w16cid:durableId="1880120946">
+    <w:abstractNumId w:val="33"/>
+  </w:num>
+  <w:num w:numId="33" w16cid:durableId="1676569785">
+    <w:abstractNumId w:val="17"/>
+  </w:num>
+  <w:num w:numId="34" w16cid:durableId="934485405">
+    <w:abstractNumId w:val="39"/>
+  </w:num>
+  <w:num w:numId="35" w16cid:durableId="443040785">
+    <w:abstractNumId w:val="21"/>
+  </w:num>
+  <w:num w:numId="36" w16cid:durableId="1453404752">
+    <w:abstractNumId w:val="2"/>
+  </w:num>
+  <w:num w:numId="37" w16cid:durableId="489248866">
+    <w:abstractNumId w:val="29"/>
+  </w:num>
+  <w:num w:numId="38" w16cid:durableId="1303997839">
+    <w:abstractNumId w:val="28"/>
+  </w:num>
+  <w:num w:numId="39" w16cid:durableId="1747993781">
+    <w:abstractNumId w:val="41"/>
+  </w:num>
+  <w:num w:numId="40" w16cid:durableId="1103763657">
+    <w:abstractNumId w:val="19"/>
+  </w:num>
+  <w:num w:numId="41" w16cid:durableId="520512322">
+    <w:abstractNumId w:val="43"/>
+  </w:num>
+  <w:num w:numId="42" w16cid:durableId="571744700">
+    <w:abstractNumId w:val="6"/>
+  </w:num>
+  <w:num w:numId="43" w16cid:durableId="222639477">
+    <w:abstractNumId w:val="20"/>
+  </w:num>
+  <w:num w:numId="44" w16cid:durableId="2037461718">
+    <w:abstractNumId w:val="64"/>
+  </w:num>
+  <w:num w:numId="45" w16cid:durableId="1192111462">
+    <w:abstractNumId w:val="46"/>
+  </w:num>
+  <w:num w:numId="46" w16cid:durableId="944386687">
+    <w:abstractNumId w:val="45"/>
+  </w:num>
+  <w:num w:numId="47" w16cid:durableId="1545827740">
+    <w:abstractNumId w:val="23"/>
+  </w:num>
+  <w:num w:numId="48" w16cid:durableId="1206674630">
+    <w:abstractNumId w:val="57"/>
+  </w:num>
+  <w:num w:numId="49" w16cid:durableId="1254314757">
+    <w:abstractNumId w:val="10"/>
+  </w:num>
+  <w:num w:numId="50" w16cid:durableId="565989067">
     <w:abstractNumId w:val="22"/>
   </w:num>
-  <w:num w:numId="2" w16cid:durableId="915092585">
-    <w:abstractNumId w:val="16"/>
+  <w:num w:numId="51" w16cid:durableId="421529148">
+    <w:abstractNumId w:val="66"/>
   </w:num>
-  <w:num w:numId="3" w16cid:durableId="1310554619">
-    <w:abstractNumId w:val="0"/>
+  <w:num w:numId="52" w16cid:durableId="892883094">
+    <w:abstractNumId w:val="18"/>
   </w:num>
-  <w:num w:numId="4" w16cid:durableId="1779762354">
+  <w:num w:numId="53" w16cid:durableId="857622614">
+    <w:abstractNumId w:val="34"/>
+  </w:num>
+  <w:num w:numId="54" w16cid:durableId="1665085657">
+    <w:abstractNumId w:val="56"/>
+  </w:num>
+  <w:num w:numId="55" w16cid:durableId="1773017260">
+    <w:abstractNumId w:val="61"/>
+  </w:num>
+  <w:num w:numId="56" w16cid:durableId="2048791872">
+    <w:abstractNumId w:val="27"/>
+  </w:num>
+  <w:num w:numId="57" w16cid:durableId="987515562">
     <w:abstractNumId w:val="7"/>
   </w:num>
-  <w:num w:numId="5" w16cid:durableId="1190946001">
-    <w:abstractNumId w:val="20"/>
+  <w:num w:numId="58" w16cid:durableId="486359302">
+    <w:abstractNumId w:val="40"/>
   </w:num>
-  <w:num w:numId="6" w16cid:durableId="829096820">
-    <w:abstractNumId w:val="2"/>
+  <w:num w:numId="59" w16cid:durableId="612248587">
+    <w:abstractNumId w:val="3"/>
   </w:num>
-  <w:num w:numId="7" w16cid:durableId="1469662030">
+  <w:num w:numId="60" w16cid:durableId="1779183314">
+    <w:abstractNumId w:val="24"/>
+  </w:num>
+  <w:num w:numId="61" w16cid:durableId="191310381">
+    <w:abstractNumId w:val="12"/>
+  </w:num>
+  <w:num w:numId="62" w16cid:durableId="1777209949">
+    <w:abstractNumId w:val="26"/>
+  </w:num>
+  <w:num w:numId="63" w16cid:durableId="1789078906">
+    <w:abstractNumId w:val="44"/>
+  </w:num>
+  <w:num w:numId="64" w16cid:durableId="1679774692">
+    <w:abstractNumId w:val="49"/>
+  </w:num>
+  <w:num w:numId="65" w16cid:durableId="1652053705">
+    <w:abstractNumId w:val="25"/>
+  </w:num>
+  <w:num w:numId="66" w16cid:durableId="1619022698">
+    <w:abstractNumId w:val="42"/>
+  </w:num>
+  <w:num w:numId="67" w16cid:durableId="89863461">
+    <w:abstractNumId w:val="14"/>
+  </w:num>
+  <w:num w:numId="68" w16cid:durableId="1698189765">
     <w:abstractNumId w:val="13"/>
   </w:num>
-  <w:num w:numId="8" w16cid:durableId="1550149483">
-    <w:abstractNumId w:val="10"/>
+  <w:num w:numId="69" w16cid:durableId="2134396541">
+    <w:abstractNumId w:val="50"/>
   </w:num>
-  <w:num w:numId="9" w16cid:durableId="2087990656">
-[...57 lines deleted...]
-    <w:abstractNumId w:val="18"/>
+  <w:num w:numId="70" w16cid:durableId="1979529665">
+    <w:abstractNumId w:val="55"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
-  <w:zoom w:percent="100"/>
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
+  <w:zoom w:percent="150"/>
   <w:removePersonalInformation/>
   <w:removeDateAndTime/>
   <w:embedSystemFonts/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:stylePaneFormatFilter w:val="D804" w:allStyles="0" w:customStyles="0" w:latentStyles="1" w:stylesInUse="0" w:headingStyles="0" w:numberingStyles="0" w:tableStyles="0" w:directFormattingOnRuns="0" w:directFormattingOnParagraphs="0" w:directFormattingOnNumbering="0" w:directFormattingOnTables="1" w:clearFormatting="1" w:top3HeadingStyles="0" w:visibleStyles="1" w:alternateStyleNames="1"/>
   <w:documentProtection w:formatting="1" w:enforcement="0"/>
   <w:styleLockTheme/>
   <w:styleLockQFSet/>
   <w:defaultTabStop w:val="1304"/>
   <w:hyphenationZone w:val="425"/>
   <w:displayHorizontalDrawingGridEvery w:val="0"/>
   <w:displayVerticalDrawingGridEvery w:val="0"/>
   <w:doNotUseMarginsForDrawingGridOrigin/>
   <w:noPunctuationKerning/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050" strokecolor="#4a773c">
       <v:stroke color="#4a773c" weight="1pt"/>
       <v:shadow opacity="24903f" origin=",.5" offset="0,.55556mm"/>
       <o:colormru v:ext="edit" colors="#4a773c"/>
     </o:shapedefaults>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
     <w:footnote w:id="1"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
     <w:endnote w:id="1"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
-  <w:docVars>
-[...3 lines deleted...]
-  </w:docVars>
   <w:rsids>
     <w:rsidRoot w:val="00B75EDE"/>
     <w:rsid w:val="000051D5"/>
+    <w:rsid w:val="00005548"/>
     <w:rsid w:val="00006D2A"/>
-    <w:rsid w:val="000079A6"/>
     <w:rsid w:val="00010D47"/>
     <w:rsid w:val="00016CF0"/>
-    <w:rsid w:val="0002559E"/>
-[...1 lines deleted...]
-    <w:rsid w:val="00027BC1"/>
     <w:rsid w:val="00030DDD"/>
     <w:rsid w:val="000313BB"/>
     <w:rsid w:val="00033ED5"/>
-    <w:rsid w:val="00040238"/>
     <w:rsid w:val="00050500"/>
     <w:rsid w:val="0005691C"/>
     <w:rsid w:val="00056ECB"/>
     <w:rsid w:val="00056ED5"/>
     <w:rsid w:val="00061969"/>
     <w:rsid w:val="000655CC"/>
-    <w:rsid w:val="00067C8C"/>
     <w:rsid w:val="000700AE"/>
-    <w:rsid w:val="000816BF"/>
     <w:rsid w:val="00084024"/>
-    <w:rsid w:val="000900C5"/>
     <w:rsid w:val="0009062C"/>
     <w:rsid w:val="00095368"/>
     <w:rsid w:val="000954C4"/>
     <w:rsid w:val="000A611A"/>
     <w:rsid w:val="000B12D9"/>
     <w:rsid w:val="000B4536"/>
     <w:rsid w:val="000B7715"/>
-    <w:rsid w:val="000E2059"/>
     <w:rsid w:val="000E463B"/>
     <w:rsid w:val="000E5A7E"/>
-    <w:rsid w:val="000E65B8"/>
     <w:rsid w:val="000F43A3"/>
-    <w:rsid w:val="000F5D7F"/>
+    <w:rsid w:val="000F7197"/>
     <w:rsid w:val="000F7681"/>
     <w:rsid w:val="00103031"/>
-    <w:rsid w:val="0010432C"/>
     <w:rsid w:val="001044FE"/>
-    <w:rsid w:val="00111C98"/>
+    <w:rsid w:val="001108C0"/>
+    <w:rsid w:val="00111CB2"/>
     <w:rsid w:val="001139D4"/>
     <w:rsid w:val="00131B08"/>
     <w:rsid w:val="00132A59"/>
     <w:rsid w:val="00133337"/>
     <w:rsid w:val="00133A0F"/>
     <w:rsid w:val="0013580F"/>
-    <w:rsid w:val="0013614D"/>
-    <w:rsid w:val="00136D67"/>
     <w:rsid w:val="00137B6D"/>
     <w:rsid w:val="0014070B"/>
-    <w:rsid w:val="00142215"/>
     <w:rsid w:val="001422C1"/>
-    <w:rsid w:val="0014543A"/>
     <w:rsid w:val="001522AE"/>
-    <w:rsid w:val="0015707E"/>
     <w:rsid w:val="00157D5B"/>
     <w:rsid w:val="00161FE6"/>
+    <w:rsid w:val="001648EF"/>
     <w:rsid w:val="00164C3D"/>
     <w:rsid w:val="00166D3A"/>
-    <w:rsid w:val="00170F03"/>
     <w:rsid w:val="0017508E"/>
-    <w:rsid w:val="001801C3"/>
-    <w:rsid w:val="0018050A"/>
     <w:rsid w:val="00181FDC"/>
     <w:rsid w:val="00184167"/>
     <w:rsid w:val="001860B9"/>
     <w:rsid w:val="00186F2B"/>
     <w:rsid w:val="001874D6"/>
     <w:rsid w:val="0019632A"/>
-    <w:rsid w:val="001A451F"/>
     <w:rsid w:val="001A4E7C"/>
-    <w:rsid w:val="001A6CFA"/>
     <w:rsid w:val="001B762C"/>
     <w:rsid w:val="001C4D0A"/>
-    <w:rsid w:val="001C5BEA"/>
     <w:rsid w:val="001C5FEF"/>
-    <w:rsid w:val="001D7734"/>
     <w:rsid w:val="001E3789"/>
-    <w:rsid w:val="001E5C0D"/>
-[...4 lines deleted...]
-    <w:rsid w:val="00204D62"/>
     <w:rsid w:val="00211487"/>
     <w:rsid w:val="00211D91"/>
     <w:rsid w:val="00217DEC"/>
-    <w:rsid w:val="00227F3B"/>
+    <w:rsid w:val="002273C9"/>
     <w:rsid w:val="00235B57"/>
-    <w:rsid w:val="0024330A"/>
-    <w:rsid w:val="002478BE"/>
+    <w:rsid w:val="00245096"/>
     <w:rsid w:val="00250F24"/>
     <w:rsid w:val="002523C5"/>
     <w:rsid w:val="0025380B"/>
     <w:rsid w:val="0025703A"/>
     <w:rsid w:val="00262F3D"/>
     <w:rsid w:val="00263281"/>
+    <w:rsid w:val="002637F1"/>
     <w:rsid w:val="002651D6"/>
     <w:rsid w:val="0026551F"/>
     <w:rsid w:val="00270FA8"/>
     <w:rsid w:val="00280A85"/>
     <w:rsid w:val="00284119"/>
+    <w:rsid w:val="0028543C"/>
     <w:rsid w:val="00290B5C"/>
     <w:rsid w:val="00294791"/>
     <w:rsid w:val="002A1C4F"/>
     <w:rsid w:val="002A7450"/>
     <w:rsid w:val="002B0B30"/>
     <w:rsid w:val="002B0C78"/>
-    <w:rsid w:val="002B56B4"/>
     <w:rsid w:val="002C0C02"/>
     <w:rsid w:val="002C1277"/>
     <w:rsid w:val="002C60AD"/>
     <w:rsid w:val="002D0E0E"/>
     <w:rsid w:val="002D6023"/>
     <w:rsid w:val="002E263F"/>
-    <w:rsid w:val="002E530D"/>
-    <w:rsid w:val="002E66C5"/>
     <w:rsid w:val="002E6F81"/>
     <w:rsid w:val="002F08BA"/>
     <w:rsid w:val="002F2CFF"/>
     <w:rsid w:val="002F568B"/>
-    <w:rsid w:val="002F77FC"/>
     <w:rsid w:val="002F7818"/>
-    <w:rsid w:val="0030182C"/>
     <w:rsid w:val="003066D0"/>
     <w:rsid w:val="00311401"/>
-    <w:rsid w:val="00312F06"/>
     <w:rsid w:val="003203D7"/>
     <w:rsid w:val="00320F86"/>
     <w:rsid w:val="00324171"/>
     <w:rsid w:val="00326C24"/>
+    <w:rsid w:val="00327A0A"/>
     <w:rsid w:val="00337F99"/>
     <w:rsid w:val="003410BD"/>
     <w:rsid w:val="0034307B"/>
-    <w:rsid w:val="00344D54"/>
     <w:rsid w:val="00345EB1"/>
     <w:rsid w:val="00350CC4"/>
     <w:rsid w:val="00360E0D"/>
     <w:rsid w:val="0036357D"/>
     <w:rsid w:val="0036594C"/>
     <w:rsid w:val="00367D19"/>
     <w:rsid w:val="00371BED"/>
     <w:rsid w:val="00384019"/>
     <w:rsid w:val="003854F1"/>
-    <w:rsid w:val="0038568F"/>
     <w:rsid w:val="0039118E"/>
-    <w:rsid w:val="00391821"/>
-    <w:rsid w:val="003926E0"/>
     <w:rsid w:val="00397F54"/>
     <w:rsid w:val="003A0D43"/>
-    <w:rsid w:val="003A4264"/>
-    <w:rsid w:val="003B141A"/>
     <w:rsid w:val="003B2A4B"/>
-    <w:rsid w:val="003C787F"/>
     <w:rsid w:val="003D099E"/>
     <w:rsid w:val="003D21A2"/>
     <w:rsid w:val="003D29D2"/>
     <w:rsid w:val="003D6DF1"/>
     <w:rsid w:val="003E0705"/>
     <w:rsid w:val="003E2FF7"/>
     <w:rsid w:val="003F1013"/>
     <w:rsid w:val="003F1ACF"/>
-    <w:rsid w:val="003F7A99"/>
     <w:rsid w:val="00404948"/>
     <w:rsid w:val="00406BEA"/>
-    <w:rsid w:val="00410128"/>
     <w:rsid w:val="00413A60"/>
-    <w:rsid w:val="00416DE5"/>
     <w:rsid w:val="004230F7"/>
     <w:rsid w:val="0043167E"/>
-    <w:rsid w:val="00432EFE"/>
     <w:rsid w:val="0043409A"/>
-    <w:rsid w:val="00443A8D"/>
     <w:rsid w:val="00446255"/>
-    <w:rsid w:val="0045174B"/>
     <w:rsid w:val="00451935"/>
-    <w:rsid w:val="00456EFE"/>
     <w:rsid w:val="00460ED0"/>
-    <w:rsid w:val="004613C3"/>
     <w:rsid w:val="00465651"/>
-    <w:rsid w:val="0046662D"/>
     <w:rsid w:val="00470CE7"/>
     <w:rsid w:val="00470F4F"/>
     <w:rsid w:val="00472482"/>
+    <w:rsid w:val="004735F1"/>
     <w:rsid w:val="00480DC7"/>
     <w:rsid w:val="004876F6"/>
     <w:rsid w:val="0049236A"/>
     <w:rsid w:val="00492718"/>
     <w:rsid w:val="004A355D"/>
-    <w:rsid w:val="004A4548"/>
     <w:rsid w:val="004A4970"/>
     <w:rsid w:val="004B2183"/>
     <w:rsid w:val="004B2A01"/>
-    <w:rsid w:val="004B5C86"/>
     <w:rsid w:val="004C3536"/>
     <w:rsid w:val="004D7BA3"/>
-    <w:rsid w:val="004E12A9"/>
-[...2 lines deleted...]
-    <w:rsid w:val="004F40BA"/>
     <w:rsid w:val="004F4518"/>
     <w:rsid w:val="004F4C62"/>
     <w:rsid w:val="00501433"/>
-    <w:rsid w:val="005016B5"/>
-    <w:rsid w:val="005113D5"/>
     <w:rsid w:val="00511CC4"/>
-    <w:rsid w:val="00525122"/>
     <w:rsid w:val="00531E60"/>
     <w:rsid w:val="00541D07"/>
-    <w:rsid w:val="00542C5B"/>
     <w:rsid w:val="00544BAB"/>
     <w:rsid w:val="00545F31"/>
     <w:rsid w:val="005578FA"/>
-    <w:rsid w:val="00561DD0"/>
     <w:rsid w:val="00565129"/>
     <w:rsid w:val="00565CD0"/>
     <w:rsid w:val="00567820"/>
+    <w:rsid w:val="0057277B"/>
     <w:rsid w:val="005770AD"/>
-    <w:rsid w:val="005779A2"/>
     <w:rsid w:val="00581414"/>
     <w:rsid w:val="00582490"/>
-    <w:rsid w:val="00586BED"/>
-    <w:rsid w:val="0059767D"/>
     <w:rsid w:val="00597E28"/>
-    <w:rsid w:val="005A161D"/>
     <w:rsid w:val="005A54ED"/>
     <w:rsid w:val="005A5D5B"/>
     <w:rsid w:val="005A6081"/>
     <w:rsid w:val="005A627D"/>
     <w:rsid w:val="005C0045"/>
     <w:rsid w:val="005C084E"/>
     <w:rsid w:val="005C4606"/>
-    <w:rsid w:val="005C7586"/>
     <w:rsid w:val="005D0B0C"/>
     <w:rsid w:val="005E02B3"/>
     <w:rsid w:val="005E1E24"/>
-    <w:rsid w:val="005E474B"/>
-[...1 lines deleted...]
-    <w:rsid w:val="00604BA8"/>
     <w:rsid w:val="0060596B"/>
     <w:rsid w:val="00606D97"/>
-    <w:rsid w:val="00611688"/>
-    <w:rsid w:val="00614137"/>
     <w:rsid w:val="00614E64"/>
     <w:rsid w:val="00617710"/>
     <w:rsid w:val="00617EE6"/>
     <w:rsid w:val="0062184C"/>
     <w:rsid w:val="00623724"/>
-    <w:rsid w:val="00623CFA"/>
-    <w:rsid w:val="0062794A"/>
     <w:rsid w:val="00627BEA"/>
     <w:rsid w:val="006319DB"/>
-    <w:rsid w:val="00642571"/>
-    <w:rsid w:val="006463EA"/>
     <w:rsid w:val="0065595B"/>
     <w:rsid w:val="00656DCD"/>
     <w:rsid w:val="00660269"/>
     <w:rsid w:val="00665F89"/>
+    <w:rsid w:val="00672EC3"/>
     <w:rsid w:val="00673C92"/>
     <w:rsid w:val="006753EC"/>
-    <w:rsid w:val="00681E6B"/>
+    <w:rsid w:val="00684582"/>
     <w:rsid w:val="00685193"/>
-    <w:rsid w:val="00685332"/>
-    <w:rsid w:val="00695B7B"/>
     <w:rsid w:val="006A2789"/>
     <w:rsid w:val="006A4978"/>
     <w:rsid w:val="006A7261"/>
     <w:rsid w:val="006B0D29"/>
     <w:rsid w:val="006B1819"/>
     <w:rsid w:val="006C5048"/>
     <w:rsid w:val="006C6A4B"/>
     <w:rsid w:val="006C779F"/>
     <w:rsid w:val="006D01F5"/>
     <w:rsid w:val="006D0CFB"/>
     <w:rsid w:val="006D30C0"/>
     <w:rsid w:val="006D7535"/>
     <w:rsid w:val="006E450B"/>
-    <w:rsid w:val="006F0B8B"/>
     <w:rsid w:val="006F0D7E"/>
-    <w:rsid w:val="006F1E60"/>
-[...3 lines deleted...]
-    <w:rsid w:val="0071027E"/>
+    <w:rsid w:val="00703353"/>
     <w:rsid w:val="00710B77"/>
     <w:rsid w:val="007155D5"/>
     <w:rsid w:val="0072075B"/>
     <w:rsid w:val="007221C2"/>
-    <w:rsid w:val="0072486D"/>
+    <w:rsid w:val="007268AB"/>
     <w:rsid w:val="00730955"/>
+    <w:rsid w:val="0073357E"/>
     <w:rsid w:val="00733A9C"/>
     <w:rsid w:val="00736574"/>
     <w:rsid w:val="007367E0"/>
     <w:rsid w:val="00737215"/>
-    <w:rsid w:val="007405D7"/>
     <w:rsid w:val="00754905"/>
+    <w:rsid w:val="00755358"/>
     <w:rsid w:val="00760038"/>
     <w:rsid w:val="00762EE0"/>
-    <w:rsid w:val="0076572E"/>
     <w:rsid w:val="00765C41"/>
+    <w:rsid w:val="00767C3B"/>
     <w:rsid w:val="00771100"/>
+    <w:rsid w:val="00774944"/>
     <w:rsid w:val="007759DD"/>
     <w:rsid w:val="0078609F"/>
-    <w:rsid w:val="007877C2"/>
     <w:rsid w:val="007917BA"/>
     <w:rsid w:val="007A334E"/>
     <w:rsid w:val="007A5C6F"/>
-    <w:rsid w:val="007B29F2"/>
-[...1 lines deleted...]
-    <w:rsid w:val="007C62B4"/>
+    <w:rsid w:val="007C25BB"/>
     <w:rsid w:val="007D4241"/>
     <w:rsid w:val="007D4317"/>
     <w:rsid w:val="007D4EA3"/>
-    <w:rsid w:val="007D57FD"/>
-    <w:rsid w:val="007E2C0C"/>
+    <w:rsid w:val="007E4E5C"/>
+    <w:rsid w:val="007E634B"/>
     <w:rsid w:val="007F1CFF"/>
     <w:rsid w:val="007F5DD5"/>
-    <w:rsid w:val="007F7F46"/>
-[...1 lines deleted...]
-    <w:rsid w:val="0081214A"/>
     <w:rsid w:val="00821A1B"/>
-    <w:rsid w:val="00821EA0"/>
-[...1 lines deleted...]
-    <w:rsid w:val="008250CC"/>
     <w:rsid w:val="008262E9"/>
     <w:rsid w:val="00827E69"/>
+    <w:rsid w:val="00831C35"/>
     <w:rsid w:val="00835C4D"/>
     <w:rsid w:val="00843F48"/>
-    <w:rsid w:val="00843F7C"/>
     <w:rsid w:val="00851423"/>
-    <w:rsid w:val="008526EE"/>
-    <w:rsid w:val="0085689E"/>
     <w:rsid w:val="008569C6"/>
     <w:rsid w:val="00857848"/>
-    <w:rsid w:val="00860BB6"/>
-    <w:rsid w:val="008613B9"/>
     <w:rsid w:val="008654B6"/>
-    <w:rsid w:val="00866007"/>
     <w:rsid w:val="0087139C"/>
     <w:rsid w:val="00873419"/>
     <w:rsid w:val="00880E83"/>
-    <w:rsid w:val="00887C2F"/>
     <w:rsid w:val="00892F28"/>
-    <w:rsid w:val="00896AA0"/>
     <w:rsid w:val="008A0C5F"/>
-    <w:rsid w:val="008A1B3B"/>
     <w:rsid w:val="008A3DEA"/>
     <w:rsid w:val="008A4EB9"/>
     <w:rsid w:val="008A74C0"/>
     <w:rsid w:val="008B1694"/>
-    <w:rsid w:val="008C1615"/>
     <w:rsid w:val="008C4B27"/>
     <w:rsid w:val="008C7F0C"/>
     <w:rsid w:val="008C7F2A"/>
+    <w:rsid w:val="008D124E"/>
     <w:rsid w:val="008D4B13"/>
     <w:rsid w:val="008E36F8"/>
     <w:rsid w:val="008E46B2"/>
     <w:rsid w:val="008E682C"/>
     <w:rsid w:val="008E78A1"/>
-    <w:rsid w:val="008F4BA2"/>
     <w:rsid w:val="008F589F"/>
-    <w:rsid w:val="008F76AA"/>
     <w:rsid w:val="00906238"/>
     <w:rsid w:val="00907EF9"/>
     <w:rsid w:val="00911231"/>
     <w:rsid w:val="0091295C"/>
     <w:rsid w:val="00914D58"/>
-    <w:rsid w:val="00916A03"/>
     <w:rsid w:val="00921F47"/>
     <w:rsid w:val="009228AB"/>
-    <w:rsid w:val="00930103"/>
     <w:rsid w:val="0093085B"/>
     <w:rsid w:val="00931C57"/>
     <w:rsid w:val="009347A5"/>
     <w:rsid w:val="00942257"/>
-    <w:rsid w:val="00944CFF"/>
     <w:rsid w:val="009471BF"/>
     <w:rsid w:val="00950E4E"/>
     <w:rsid w:val="009529BD"/>
-    <w:rsid w:val="00952C3D"/>
     <w:rsid w:val="009533B4"/>
-    <w:rsid w:val="00955C5B"/>
     <w:rsid w:val="00957D35"/>
     <w:rsid w:val="00971D93"/>
-    <w:rsid w:val="00981AD4"/>
+    <w:rsid w:val="00982290"/>
     <w:rsid w:val="009A07DC"/>
-    <w:rsid w:val="009A23CD"/>
-    <w:rsid w:val="009A7523"/>
+    <w:rsid w:val="009A32ED"/>
+    <w:rsid w:val="009A7B02"/>
     <w:rsid w:val="009B1F6B"/>
     <w:rsid w:val="009C0D12"/>
     <w:rsid w:val="009C192E"/>
+    <w:rsid w:val="009C1961"/>
     <w:rsid w:val="009C2E3E"/>
     <w:rsid w:val="009C6C0C"/>
-    <w:rsid w:val="009D271F"/>
     <w:rsid w:val="009D6819"/>
     <w:rsid w:val="009D6D1C"/>
     <w:rsid w:val="009E0CF9"/>
     <w:rsid w:val="009E531B"/>
     <w:rsid w:val="009E6C56"/>
     <w:rsid w:val="009E7DCF"/>
     <w:rsid w:val="009F4A56"/>
     <w:rsid w:val="009F4E65"/>
-    <w:rsid w:val="009F7286"/>
     <w:rsid w:val="00A006A5"/>
     <w:rsid w:val="00A05942"/>
     <w:rsid w:val="00A07BEC"/>
+    <w:rsid w:val="00A10756"/>
     <w:rsid w:val="00A264BE"/>
     <w:rsid w:val="00A272CA"/>
     <w:rsid w:val="00A33051"/>
-    <w:rsid w:val="00A37B58"/>
     <w:rsid w:val="00A407AD"/>
     <w:rsid w:val="00A40923"/>
     <w:rsid w:val="00A41C05"/>
     <w:rsid w:val="00A42426"/>
-    <w:rsid w:val="00A5066F"/>
     <w:rsid w:val="00A514B7"/>
-    <w:rsid w:val="00A54921"/>
     <w:rsid w:val="00A54A0B"/>
+    <w:rsid w:val="00A55086"/>
     <w:rsid w:val="00A65FD4"/>
-    <w:rsid w:val="00A67004"/>
-[...2 lines deleted...]
-    <w:rsid w:val="00A76FAC"/>
     <w:rsid w:val="00A81198"/>
     <w:rsid w:val="00A81E48"/>
     <w:rsid w:val="00A82035"/>
     <w:rsid w:val="00A90D77"/>
     <w:rsid w:val="00A92E07"/>
-    <w:rsid w:val="00A963DA"/>
     <w:rsid w:val="00AA0B3A"/>
     <w:rsid w:val="00AA6EB4"/>
     <w:rsid w:val="00AA767D"/>
-    <w:rsid w:val="00AB0B44"/>
     <w:rsid w:val="00AB0CC9"/>
-    <w:rsid w:val="00AB3DAA"/>
-    <w:rsid w:val="00AB6A51"/>
     <w:rsid w:val="00AC3FF6"/>
-    <w:rsid w:val="00AD51D4"/>
     <w:rsid w:val="00AD73EC"/>
     <w:rsid w:val="00AD7AD5"/>
     <w:rsid w:val="00AE5BC7"/>
-    <w:rsid w:val="00AF0DC4"/>
-    <w:rsid w:val="00AF5312"/>
     <w:rsid w:val="00AF5AAF"/>
+    <w:rsid w:val="00AF7CA0"/>
     <w:rsid w:val="00B046D8"/>
     <w:rsid w:val="00B13F4C"/>
+    <w:rsid w:val="00B14487"/>
     <w:rsid w:val="00B16219"/>
     <w:rsid w:val="00B16C59"/>
-    <w:rsid w:val="00B1799D"/>
-[...2 lines deleted...]
-    <w:rsid w:val="00B33076"/>
     <w:rsid w:val="00B33FDD"/>
     <w:rsid w:val="00B359CC"/>
     <w:rsid w:val="00B36107"/>
+    <w:rsid w:val="00B405A1"/>
+    <w:rsid w:val="00B41571"/>
     <w:rsid w:val="00B41789"/>
-    <w:rsid w:val="00B43F85"/>
-    <w:rsid w:val="00B4641B"/>
     <w:rsid w:val="00B46C03"/>
     <w:rsid w:val="00B60C6C"/>
-    <w:rsid w:val="00B61683"/>
     <w:rsid w:val="00B619A9"/>
     <w:rsid w:val="00B65A9D"/>
     <w:rsid w:val="00B66D60"/>
-    <w:rsid w:val="00B748D0"/>
     <w:rsid w:val="00B75EDE"/>
+    <w:rsid w:val="00B7675E"/>
     <w:rsid w:val="00B77D88"/>
     <w:rsid w:val="00B77FAF"/>
+    <w:rsid w:val="00B83715"/>
     <w:rsid w:val="00B84336"/>
     <w:rsid w:val="00B851B9"/>
+    <w:rsid w:val="00B852A4"/>
     <w:rsid w:val="00B86453"/>
     <w:rsid w:val="00B90054"/>
-    <w:rsid w:val="00B90429"/>
     <w:rsid w:val="00B92C14"/>
     <w:rsid w:val="00B96AFF"/>
+    <w:rsid w:val="00B97D4E"/>
     <w:rsid w:val="00BA0066"/>
-    <w:rsid w:val="00BA5B4B"/>
-[...3 lines deleted...]
-    <w:rsid w:val="00BB5BDB"/>
     <w:rsid w:val="00BB69DB"/>
     <w:rsid w:val="00BC322E"/>
     <w:rsid w:val="00BC44CD"/>
     <w:rsid w:val="00BC48A6"/>
-    <w:rsid w:val="00BD2B95"/>
+    <w:rsid w:val="00BC6590"/>
     <w:rsid w:val="00BE7978"/>
     <w:rsid w:val="00C01F0D"/>
-    <w:rsid w:val="00C050E9"/>
     <w:rsid w:val="00C07DDB"/>
-    <w:rsid w:val="00C102B1"/>
-[...2 lines deleted...]
-    <w:rsid w:val="00C37F2B"/>
     <w:rsid w:val="00C4115D"/>
     <w:rsid w:val="00C43BDD"/>
-    <w:rsid w:val="00C459EA"/>
     <w:rsid w:val="00C47778"/>
     <w:rsid w:val="00C5011E"/>
     <w:rsid w:val="00C50EE5"/>
     <w:rsid w:val="00C5240A"/>
     <w:rsid w:val="00C5398F"/>
     <w:rsid w:val="00C556F5"/>
-    <w:rsid w:val="00C575BE"/>
-[...3 lines deleted...]
-    <w:rsid w:val="00C70B9D"/>
     <w:rsid w:val="00C70E19"/>
-    <w:rsid w:val="00C71997"/>
-    <w:rsid w:val="00C71F8C"/>
     <w:rsid w:val="00C72574"/>
     <w:rsid w:val="00C7430C"/>
     <w:rsid w:val="00C85DA1"/>
     <w:rsid w:val="00C9071C"/>
     <w:rsid w:val="00C908FF"/>
     <w:rsid w:val="00C97BD3"/>
     <w:rsid w:val="00CA39EF"/>
     <w:rsid w:val="00CA521F"/>
-    <w:rsid w:val="00CA5562"/>
+    <w:rsid w:val="00CB0485"/>
     <w:rsid w:val="00CB0493"/>
     <w:rsid w:val="00CB17FF"/>
     <w:rsid w:val="00CB1ED7"/>
-    <w:rsid w:val="00CB2795"/>
     <w:rsid w:val="00CC167C"/>
     <w:rsid w:val="00CC52D9"/>
-    <w:rsid w:val="00CD0377"/>
-    <w:rsid w:val="00CD1C7D"/>
     <w:rsid w:val="00CD6647"/>
     <w:rsid w:val="00CE4B73"/>
     <w:rsid w:val="00CF70BB"/>
-    <w:rsid w:val="00D02508"/>
-    <w:rsid w:val="00D03EE0"/>
+    <w:rsid w:val="00D00BD7"/>
     <w:rsid w:val="00D074DB"/>
     <w:rsid w:val="00D139CF"/>
     <w:rsid w:val="00D20779"/>
     <w:rsid w:val="00D37E7F"/>
     <w:rsid w:val="00D47AD7"/>
     <w:rsid w:val="00D51529"/>
-    <w:rsid w:val="00D6400C"/>
-[...1 lines deleted...]
-    <w:rsid w:val="00D81CA6"/>
+    <w:rsid w:val="00D62468"/>
+    <w:rsid w:val="00D67C88"/>
     <w:rsid w:val="00D85218"/>
     <w:rsid w:val="00D915B1"/>
-    <w:rsid w:val="00DA16E3"/>
     <w:rsid w:val="00DA299D"/>
     <w:rsid w:val="00DA65C4"/>
-    <w:rsid w:val="00DC2CC1"/>
-[...1 lines deleted...]
-    <w:rsid w:val="00DD6B6E"/>
     <w:rsid w:val="00DE4447"/>
     <w:rsid w:val="00DE5DA2"/>
     <w:rsid w:val="00DE63C6"/>
     <w:rsid w:val="00DF0033"/>
     <w:rsid w:val="00E026BF"/>
     <w:rsid w:val="00E07B1B"/>
     <w:rsid w:val="00E11853"/>
-    <w:rsid w:val="00E1728D"/>
-    <w:rsid w:val="00E3609D"/>
+    <w:rsid w:val="00E411B6"/>
     <w:rsid w:val="00E52A86"/>
     <w:rsid w:val="00E54B47"/>
     <w:rsid w:val="00E553BF"/>
     <w:rsid w:val="00E55D93"/>
     <w:rsid w:val="00E61294"/>
     <w:rsid w:val="00E7237C"/>
-    <w:rsid w:val="00E7514F"/>
-    <w:rsid w:val="00E75F2D"/>
     <w:rsid w:val="00E77C46"/>
     <w:rsid w:val="00E86CE8"/>
-    <w:rsid w:val="00E90753"/>
     <w:rsid w:val="00E90E82"/>
     <w:rsid w:val="00EA00CB"/>
     <w:rsid w:val="00EA1BAA"/>
-    <w:rsid w:val="00EA3055"/>
     <w:rsid w:val="00EA3FCD"/>
     <w:rsid w:val="00EA42A0"/>
-    <w:rsid w:val="00EB110E"/>
     <w:rsid w:val="00EB6714"/>
     <w:rsid w:val="00EC0A68"/>
     <w:rsid w:val="00EC3C32"/>
     <w:rsid w:val="00EC5006"/>
     <w:rsid w:val="00ED49C3"/>
     <w:rsid w:val="00ED6CE8"/>
     <w:rsid w:val="00ED7AA6"/>
-    <w:rsid w:val="00EE022F"/>
     <w:rsid w:val="00EE2A56"/>
     <w:rsid w:val="00EE3818"/>
-    <w:rsid w:val="00EE7046"/>
     <w:rsid w:val="00F22264"/>
     <w:rsid w:val="00F2564D"/>
-    <w:rsid w:val="00F3327E"/>
-    <w:rsid w:val="00F35672"/>
     <w:rsid w:val="00F35B05"/>
     <w:rsid w:val="00F413D9"/>
-    <w:rsid w:val="00F4320A"/>
     <w:rsid w:val="00F5135F"/>
     <w:rsid w:val="00F51F78"/>
-    <w:rsid w:val="00F52D0D"/>
-[...3 lines deleted...]
-    <w:rsid w:val="00F84C4C"/>
     <w:rsid w:val="00F86F47"/>
     <w:rsid w:val="00F90B64"/>
-    <w:rsid w:val="00FA6767"/>
-    <w:rsid w:val="00FB28BE"/>
     <w:rsid w:val="00FB2F0F"/>
     <w:rsid w:val="00FB5086"/>
     <w:rsid w:val="00FB5411"/>
     <w:rsid w:val="00FB6392"/>
     <w:rsid w:val="00FC4F36"/>
-    <w:rsid w:val="00FC78A5"/>
     <w:rsid w:val="00FD3C70"/>
     <w:rsid w:val="00FD6820"/>
     <w:rsid w:val="00FE12D8"/>
-    <w:rsid w:val="00FE454C"/>
+    <w:rsid w:val="00FE649B"/>
     <w:rsid w:val="00FF7C02"/>
     <w:rsid w:val="024801E3"/>
+    <w:rsid w:val="0D0E4A4C"/>
+    <w:rsid w:val="0E2CAB5C"/>
+    <w:rsid w:val="11CA910C"/>
+    <w:rsid w:val="154B91A1"/>
+    <w:rsid w:val="173858CC"/>
+    <w:rsid w:val="17E6309F"/>
+    <w:rsid w:val="194A6AA9"/>
+    <w:rsid w:val="1BC8B224"/>
+    <w:rsid w:val="1E59C1B9"/>
+    <w:rsid w:val="221921C1"/>
+    <w:rsid w:val="421F9156"/>
+    <w:rsid w:val="452AC65D"/>
+    <w:rsid w:val="49CB6487"/>
+    <w:rsid w:val="5A85F59C"/>
+    <w:rsid w:val="5CD45B4C"/>
     <w:rsid w:val="647B2B65"/>
+    <w:rsid w:val="681BD7AD"/>
     <w:rsid w:val="6B2CF8ED"/>
+    <w:rsid w:val="6FF0487E"/>
+    <w:rsid w:val="7BBE87F4"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="sv-SE" w:eastAsia="ja-JP"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:doNotIncludeSubdocsInStats/>
   <w:doNotAutoCompressPictures/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050" strokecolor="#4a773c">
       <v:stroke color="#4a773c" weight="1pt"/>
       <v:shadow opacity="24903f" origin=",.5" offset="0,.55556mm"/>
       <o:colormru v:ext="edit" colors="#4a773c"/>
     </o:shapedefaults>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="2"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:doNotEmbedSmartTags/>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
   <w14:docId w14:val="1FE2B7EB"/>
   <w14:defaultImageDpi w14:val="330"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         <w:lang w:val="sv-SE" w:eastAsia="sv-SE" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault/>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="3" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="3" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:locked="1" w:semiHidden="1" w:uiPriority="3" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="index 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
@@ -9290,174 +14340,202 @@
     <w:lsdException w:name="List Table 6 Colorful Accent 4" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 4" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 5" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 5" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 5" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 5" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 5" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 5" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 5" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 6" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
     <w:lsdException w:name="Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Hashtag" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Unresolved Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Link" w:semiHidden="1" w:unhideWhenUsed="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="Normal">
     <w:name w:val="Normal"/>
     <w:qFormat/>
-    <w:rsid w:val="008A0C5F"/>
+    <w:rsid w:val="00831C35"/>
     <w:pPr>
-      <w:spacing w:after="120" w:line="288" w:lineRule="auto"/>
-      <w:ind w:left="992" w:right="868"/>
+      <w:spacing w:after="120" w:line="360" w:lineRule="auto"/>
+      <w:ind w:left="567" w:right="868"/>
     </w:pPr>
     <w:rPr>
+      <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Rubrik1">
     <w:name w:val="heading 1"/>
     <w:aliases w:val="Rubrik VGR"/>
     <w:next w:val="Normal"/>
     <w:link w:val="Rubrik1Char"/>
     <w:qFormat/>
-    <w:rsid w:val="00CA5562"/>
+    <w:rsid w:val="001108C0"/>
     <w:pPr>
       <w:keepNext/>
-      <w:spacing w:before="1600" w:after="240"/>
-      <w:ind w:left="992"/>
+      <w:spacing w:after="240" w:line="288" w:lineRule="auto"/>
+      <w:ind w:left="567"/>
       <w:contextualSpacing/>
       <w:outlineLvl w:val="0"/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:ascii="Calibri" w:eastAsia="MS Gothic" w:hAnsi="Calibri"/>
+      <w:rFonts w:ascii="Verdana" w:eastAsia="MS Gothic" w:hAnsi="Verdana"/>
+      <w:b/>
       <w:bCs/>
       <w:kern w:val="32"/>
-      <w:sz w:val="48"/>
+      <w:sz w:val="44"/>
       <w:szCs w:val="32"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Rubrik2">
     <w:name w:val="heading 2"/>
     <w:aliases w:val="Rubrik 2 VGR"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:link w:val="Rubrik2Char"/>
     <w:uiPriority w:val="3"/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
-    <w:rsid w:val="00627BEA"/>
+    <w:rsid w:val="008D124E"/>
     <w:pPr>
       <w:keepNext/>
       <w:keepLines/>
       <w:spacing w:before="240" w:after="40" w:line="240" w:lineRule="auto"/>
       <w:outlineLvl w:val="1"/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:rFonts w:ascii="Verdana" w:eastAsiaTheme="majorEastAsia" w:hAnsi="Verdana" w:cstheme="majorBidi"/>
       <w:bCs/>
       <w:color w:val="000000" w:themeColor="text1"/>
-      <w:sz w:val="40"/>
+      <w:sz w:val="36"/>
       <w:szCs w:val="26"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Rubrik3">
     <w:name w:val="heading 3"/>
     <w:aliases w:val="Rubrik 3 VGR"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:link w:val="Rubrik3Char"/>
     <w:uiPriority w:val="3"/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
-    <w:rsid w:val="00627BEA"/>
+    <w:rsid w:val="008D124E"/>
     <w:pPr>
       <w:keepNext/>
       <w:keepLines/>
       <w:spacing w:before="240" w:after="40" w:line="240" w:lineRule="auto"/>
       <w:outlineLvl w:val="2"/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:rFonts w:ascii="Verdana" w:eastAsiaTheme="majorEastAsia" w:hAnsi="Verdana" w:cstheme="majorBidi"/>
       <w:bCs/>
       <w:color w:val="000000" w:themeColor="text1"/>
-      <w:sz w:val="36"/>
+      <w:sz w:val="28"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Rubrik4">
     <w:name w:val="heading 4"/>
     <w:aliases w:val="mellanrubrik"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:link w:val="Rubrik4Char"/>
     <w:uiPriority w:val="3"/>
     <w:semiHidden/>
     <w:qFormat/>
     <w:locked/>
     <w:rsid w:val="00627BEA"/>
     <w:pPr>
       <w:keepNext/>
       <w:keepLines/>
       <w:spacing w:before="240" w:after="0" w:line="240" w:lineRule="auto"/>
       <w:outlineLvl w:val="3"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
       <w:b/>
       <w:bCs/>
       <w:iCs/>
       <w:color w:val="000000" w:themeColor="text1"/>
       <w:sz w:val="26"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Rubrik5">
     <w:name w:val="heading 5"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:link w:val="Rubrik5Char"/>
     <w:uiPriority w:val="9"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:rsid w:val="002F568B"/>
     <w:pPr>
       <w:keepNext/>
       <w:keepLines/>
       <w:spacing w:before="200"/>
       <w:outlineLvl w:val="4"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
       <w:color w:val="00304B" w:themeColor="accent1" w:themeShade="7F"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Rubrik9">
+    <w:name w:val="heading 9"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:link w:val="Rubrik9Char"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:qFormat/>
+    <w:rsid w:val="009A32ED"/>
+    <w:pPr>
+      <w:keepNext/>
+      <w:keepLines/>
+      <w:spacing w:before="40" w:after="0"/>
+      <w:ind w:left="0"/>
+      <w:outlineLvl w:val="8"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:i/>
+      <w:iCs/>
+      <w:color w:val="272727" w:themeColor="text1" w:themeTint="D8"/>
+      <w:sz w:val="21"/>
+      <w:szCs w:val="21"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="Standardstycketeckensnitt">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="Normaltabell">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="Ingenlista">
     <w:name w:val="No List"/>
@@ -9620,70 +14698,71 @@
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Sidhuvud">
     <w:name w:val="header"/>
     <w:basedOn w:val="Normal"/>
     <w:link w:val="SidhuvudChar"/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="00AA0F08"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="center" w:pos="4703"/>
         <w:tab w:val="right" w:pos="9406"/>
       </w:tabs>
     </w:pPr>
   </w:style>
   <w:style w:type="character" w:styleId="Sidnummer">
     <w:name w:val="page number"/>
     <w:basedOn w:val="Standardstycketeckensnitt"/>
     <w:semiHidden/>
     <w:rsid w:val="00AA0F08"/>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Metadata">
     <w:name w:val="Metadata"/>
     <w:basedOn w:val="Normal"/>
     <w:qFormat/>
-    <w:rsid w:val="002651D6"/>
+    <w:rsid w:val="00831C35"/>
     <w:pPr>
       <w:spacing w:after="240"/>
       <w:contextualSpacing/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+      <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
       <w:sz w:val="20"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="Rubrik1Char">
     <w:name w:val="Rubrik 1 Char"/>
     <w:aliases w:val="Rubrik VGR Char"/>
     <w:link w:val="Rubrik1"/>
-    <w:rsid w:val="00CA5562"/>
+    <w:rsid w:val="001108C0"/>
     <w:rPr>
-      <w:rFonts w:ascii="Calibri" w:eastAsia="MS Gothic" w:hAnsi="Calibri"/>
+      <w:rFonts w:ascii="Verdana" w:eastAsia="MS Gothic" w:hAnsi="Verdana"/>
+      <w:b/>
       <w:bCs/>
       <w:kern w:val="32"/>
-      <w:sz w:val="48"/>
+      <w:sz w:val="44"/>
       <w:szCs w:val="32"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Allmntstyckeformat">
     <w:name w:val="[Allmänt styckeformat]"/>
     <w:basedOn w:val="Normal"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:rsid w:val="001C5FEF"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:autoSpaceDE w:val="0"/>
       <w:autoSpaceDN w:val="0"/>
       <w:adjustRightInd w:val="0"/>
       <w:textAlignment w:val="center"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="MinionPro-Regular" w:hAnsi="MinionPro-Regular" w:cs="MinionPro-Regular"/>
       <w:color w:val="000000"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="SidfotChar">
     <w:name w:val="Sidfot Char"/>
     <w:link w:val="Sidfot"/>
     <w:uiPriority w:val="99"/>
@@ -9705,51 +14784,51 @@
     <w:qFormat/>
     <w:rsid w:val="00AC3FF6"/>
     <w:pPr>
       <w:spacing w:before="240" w:after="60"/>
       <w:jc w:val="center"/>
       <w:outlineLvl w:val="0"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Calibri" w:eastAsia="MS Gothic" w:hAnsi="Calibri"/>
       <w:b/>
       <w:bCs/>
       <w:kern w:val="28"/>
       <w:sz w:val="32"/>
       <w:szCs w:val="32"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="FaktarutaLista">
     <w:name w:val="Faktaruta Lista"/>
     <w:uiPriority w:val="5"/>
     <w:semiHidden/>
     <w:qFormat/>
     <w:locked/>
     <w:rsid w:val="00617710"/>
     <w:pPr>
       <w:numPr>
-        <w:numId w:val="4"/>
+        <w:numId w:val="6"/>
       </w:numPr>
       <w:spacing w:after="40"/>
       <w:ind w:left="357" w:hanging="357"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
       <w:color w:val="000000"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="RubrikChar">
     <w:name w:val="Rubrik Char"/>
     <w:link w:val="Rubrik"/>
     <w:uiPriority w:val="10"/>
     <w:semiHidden/>
     <w:rsid w:val="00F86F47"/>
     <w:rPr>
       <w:rFonts w:ascii="Calibri" w:eastAsia="MS Gothic" w:hAnsi="Calibri"/>
       <w:b/>
       <w:bCs/>
       <w:kern w:val="28"/>
       <w:sz w:val="32"/>
       <w:szCs w:val="32"/>
     </w:rPr>
@@ -9795,233 +14874,227 @@
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Faktarutarubrik">
     <w:name w:val="Faktaruta rubrik"/>
     <w:basedOn w:val="Rubrik2"/>
     <w:next w:val="FaktarutaLista"/>
     <w:uiPriority w:val="3"/>
     <w:semiHidden/>
     <w:qFormat/>
     <w:locked/>
     <w:rsid w:val="0009062C"/>
     <w:pPr>
       <w:spacing w:before="0"/>
       <w:outlineLvl w:val="2"/>
     </w:pPr>
     <w:rPr>
       <w:bCs w:val="0"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="Rubrik2Char">
     <w:name w:val="Rubrik 2 Char"/>
     <w:aliases w:val="Rubrik 2 VGR Char"/>
     <w:basedOn w:val="Standardstycketeckensnitt"/>
     <w:link w:val="Rubrik2"/>
     <w:uiPriority w:val="3"/>
-    <w:rsid w:val="00627BEA"/>
+    <w:rsid w:val="008D124E"/>
     <w:rPr>
-      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:rFonts w:ascii="Verdana" w:eastAsiaTheme="majorEastAsia" w:hAnsi="Verdana" w:cstheme="majorBidi"/>
       <w:bCs/>
       <w:color w:val="000000" w:themeColor="text1"/>
-      <w:sz w:val="40"/>
+      <w:sz w:val="36"/>
       <w:szCs w:val="26"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="Rubrik3Char">
     <w:name w:val="Rubrik 3 Char"/>
     <w:aliases w:val="Rubrik 3 VGR Char"/>
     <w:basedOn w:val="Standardstycketeckensnitt"/>
     <w:link w:val="Rubrik3"/>
     <w:uiPriority w:val="3"/>
-    <w:rsid w:val="00627BEA"/>
+    <w:rsid w:val="008D124E"/>
     <w:rPr>
-      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:rFonts w:ascii="Verdana" w:eastAsiaTheme="majorEastAsia" w:hAnsi="Verdana" w:cstheme="majorBidi"/>
       <w:bCs/>
       <w:color w:val="000000" w:themeColor="text1"/>
-      <w:sz w:val="36"/>
+      <w:sz w:val="28"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="Rubrik4Char">
     <w:name w:val="Rubrik 4 Char"/>
     <w:aliases w:val="mellanrubrik Char"/>
     <w:basedOn w:val="Standardstycketeckensnitt"/>
     <w:link w:val="Rubrik4"/>
     <w:uiPriority w:val="3"/>
     <w:semiHidden/>
     <w:rsid w:val="00A272CA"/>
     <w:rPr>
       <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
       <w:b/>
       <w:bCs/>
       <w:iCs/>
       <w:color w:val="000000" w:themeColor="text1"/>
       <w:sz w:val="26"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="Rubrik5Char">
     <w:name w:val="Rubrik 5 Char"/>
     <w:basedOn w:val="Standardstycketeckensnitt"/>
     <w:link w:val="Rubrik5"/>
     <w:uiPriority w:val="9"/>
     <w:semiHidden/>
     <w:rsid w:val="002F568B"/>
     <w:rPr>
       <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
       <w:color w:val="00304B" w:themeColor="accent1" w:themeShade="7F"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Liststycke">
     <w:name w:val="List Paragraph"/>
     <w:basedOn w:val="Normal"/>
     <w:uiPriority w:val="34"/>
-    <w:rsid w:val="004B5C86"/>
+    <w:rsid w:val="00CB1ED7"/>
     <w:pPr>
       <w:numPr>
-        <w:numId w:val="13"/>
+        <w:numId w:val="15"/>
       </w:numPr>
-      <w:ind w:left="1349" w:hanging="357"/>
       <w:contextualSpacing/>
     </w:pPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Normalefterlista">
     <w:name w:val="Normal efter lista"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:uiPriority w:val="3"/>
     <w:qFormat/>
     <w:rsid w:val="0062184C"/>
     <w:pPr>
       <w:spacing w:before="200"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:eastAsia="MS Gothic"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Innehll1">
     <w:name w:val="toc 1"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:autoRedefine/>
     <w:uiPriority w:val="39"/>
     <w:unhideWhenUsed/>
-    <w:rsid w:val="00C64000"/>
+    <w:rsid w:val="00B405A1"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="right" w:leader="dot" w:pos="8779"/>
       </w:tabs>
-      <w:spacing w:after="0"/>
+      <w:ind w:right="142"/>
     </w:pPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Omslagsrubrik">
     <w:name w:val="Omslagsrubrik"/>
     <w:basedOn w:val="Normal"/>
     <w:link w:val="OmslagsrubrikChar"/>
     <w:uiPriority w:val="3"/>
     <w:qFormat/>
-    <w:rsid w:val="005A627D"/>
+    <w:rsid w:val="00B14487"/>
     <w:pPr>
       <w:spacing w:after="6000" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
+      <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
       <w:sz w:val="72"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="OmslagsrubrikChar">
     <w:name w:val="Omslagsrubrik Char"/>
     <w:basedOn w:val="Standardstycketeckensnitt"/>
     <w:link w:val="Omslagsrubrik"/>
     <w:uiPriority w:val="3"/>
-    <w:rsid w:val="005A627D"/>
+    <w:rsid w:val="00B14487"/>
     <w:rPr>
-      <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
+      <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
       <w:sz w:val="72"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="Omslagsunderrubrik">
-    <w:name w:val="Omslagsunderrubrik"/>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="UnderrubrikVGR">
+    <w:name w:val="Underrubrik VGR"/>
     <w:basedOn w:val="Normal"/>
-    <w:link w:val="OmslagsunderrubrikChar"/>
+    <w:link w:val="UnderrubrikVGRChar"/>
     <w:uiPriority w:val="3"/>
     <w:qFormat/>
-    <w:rsid w:val="009533B4"/>
+    <w:rsid w:val="00B14487"/>
     <w:pPr>
       <w:contextualSpacing/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
+      <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
       <w:sz w:val="32"/>
       <w:szCs w:val="44"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="OmslagsunderrubrikChar">
-    <w:name w:val="Omslagsunderrubrik Char"/>
+  <w:style w:type="character" w:customStyle="1" w:styleId="UnderrubrikVGRChar">
+    <w:name w:val="Underrubrik VGR Char"/>
     <w:basedOn w:val="Standardstycketeckensnitt"/>
-    <w:link w:val="Omslagsunderrubrik"/>
+    <w:link w:val="UnderrubrikVGR"/>
     <w:uiPriority w:val="3"/>
-    <w:rsid w:val="009533B4"/>
+    <w:rsid w:val="00B14487"/>
     <w:rPr>
-      <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
+      <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
       <w:sz w:val="32"/>
       <w:szCs w:val="44"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Innehll2">
     <w:name w:val="toc 2"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:autoRedefine/>
     <w:uiPriority w:val="39"/>
     <w:unhideWhenUsed/>
-    <w:rsid w:val="00C64000"/>
+    <w:rsid w:val="00703353"/>
     <w:pPr>
       <w:tabs>
-        <w:tab w:val="right" w:leader="dot" w:pos="8777"/>
+        <w:tab w:val="right" w:leader="dot" w:pos="8919"/>
       </w:tabs>
-      <w:spacing w:after="0"/>
-      <w:ind w:left="1349"/>
+      <w:ind w:left="851" w:right="0"/>
     </w:pPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Innehll3">
     <w:name w:val="toc 3"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:autoRedefine/>
     <w:uiPriority w:val="39"/>
     <w:unhideWhenUsed/>
-    <w:rsid w:val="00C64000"/>
+    <w:rsid w:val="00E61294"/>
     <w:pPr>
-      <w:tabs>
-[...3 lines deleted...]
-      <w:ind w:left="1707"/>
+      <w:ind w:left="480"/>
     </w:pPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Innehll4">
     <w:name w:val="toc 4"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:autoRedefine/>
     <w:uiPriority w:val="39"/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00E61294"/>
     <w:pPr>
       <w:ind w:left="720"/>
     </w:pPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Innehll5">
     <w:name w:val="toc 5"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:autoRedefine/>
     <w:uiPriority w:val="39"/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00E61294"/>
     <w:pPr>
       <w:ind w:left="960"/>
     </w:pPr>
@@ -10058,118 +15131,118 @@
     <w:uiPriority w:val="39"/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00E61294"/>
     <w:pPr>
       <w:ind w:left="1680"/>
     </w:pPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Innehll9">
     <w:name w:val="toc 9"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:autoRedefine/>
     <w:uiPriority w:val="39"/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00E61294"/>
     <w:pPr>
       <w:ind w:left="1920"/>
     </w:pPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="MellanrubrikVGR">
     <w:name w:val="Mellanrubrik VGR"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:uiPriority w:val="2"/>
     <w:qFormat/>
-    <w:rsid w:val="00E90753"/>
+    <w:rsid w:val="008D124E"/>
     <w:pPr>
       <w:keepNext/>
       <w:keepLines/>
       <w:widowControl w:val="0"/>
       <w:autoSpaceDE w:val="0"/>
       <w:autoSpaceDN w:val="0"/>
       <w:adjustRightInd w:val="0"/>
       <w:spacing w:before="240" w:after="0"/>
       <w:textAlignment w:val="center"/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+      <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
       <w:b/>
       <w:color w:val="000000"/>
-      <w:sz w:val="26"/>
       <w:szCs w:val="18"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="Fotnotsreferens">
     <w:name w:val="footnote reference"/>
     <w:basedOn w:val="Standardstycketeckensnitt"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00FB5086"/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Formatmall1">
     <w:name w:val="Formatmall1"/>
     <w:basedOn w:val="Normal"/>
     <w:link w:val="Formatmall1Char"/>
     <w:uiPriority w:val="3"/>
     <w:semiHidden/>
     <w:qFormat/>
     <w:locked/>
     <w:rsid w:val="00FB5086"/>
     <w:pPr>
       <w:spacing w:after="0"/>
     </w:pPr>
     <w:rPr>
       <w:sz w:val="20"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="Formatmall1Char">
     <w:name w:val="Formatmall1 Char"/>
     <w:basedOn w:val="Standardstycketeckensnitt"/>
     <w:link w:val="Formatmall1"/>
     <w:uiPriority w:val="3"/>
     <w:semiHidden/>
     <w:rsid w:val="00A272CA"/>
     <w:rPr>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="FotnotVGR">
     <w:name w:val="Fotnot VGR"/>
     <w:basedOn w:val="Normal"/>
     <w:uiPriority w:val="3"/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
-    <w:rsid w:val="00FB5086"/>
+    <w:rsid w:val="00B14487"/>
     <w:pPr>
       <w:spacing w:after="0"/>
     </w:pPr>
     <w:rPr>
-      <w:sz w:val="20"/>
+      <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+      <w:sz w:val="18"/>
     </w:rPr>
   </w:style>
   <w:style w:type="table" w:styleId="Oformateradtabell2">
     <w:name w:val="Plain Table 2"/>
     <w:basedOn w:val="Normaltabell"/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="002E263F"/>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblBorders>
         <w:top w:val="single" w:sz="4" w:space="0" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80"/>
         <w:bottom w:val="single" w:sz="4" w:space="0" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80"/>
       </w:tblBorders>
     </w:tblPr>
     <w:tblStylePr w:type="firstRow">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80"/>
         </w:tcBorders>
@@ -11133,72 +16206,74 @@
         <w:tcBorders>
           <w:right w:val="nil"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="seCell">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:left w:val="nil"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="swCell">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:right w:val="nil"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Tabellrubrik">
     <w:name w:val="Tabellrubrik"/>
     <w:basedOn w:val="Normal"/>
+    <w:uiPriority w:val="3"/>
+    <w:semiHidden/>
     <w:qFormat/>
-    <w:rsid w:val="00F52D0D"/>
+    <w:rsid w:val="00B33FDD"/>
     <w:pPr>
-      <w:spacing w:before="40" w:after="40" w:line="240" w:lineRule="auto"/>
+      <w:spacing w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
       <w:bCs/>
       <w:color w:val="000000" w:themeColor="text1"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Punktlista">
     <w:name w:val="List Bullet"/>
     <w:basedOn w:val="Normal"/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
-    <w:rsid w:val="004B5C86"/>
+    <w:rsid w:val="00CB1ED7"/>
     <w:pPr>
       <w:numPr>
-        <w:numId w:val="14"/>
+        <w:numId w:val="16"/>
       </w:numPr>
-      <w:ind w:left="1349" w:hanging="357"/>
+      <w:ind w:left="1712" w:hanging="357"/>
       <w:contextualSpacing/>
     </w:pPr>
   </w:style>
   <w:style w:type="table" w:styleId="Oformateradtabell3">
     <w:name w:val="Plain Table 3"/>
     <w:basedOn w:val="Normaltabell"/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="002E263F"/>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
     </w:tblPr>
     <w:tblStylePr w:type="firstRow">
       <w:rPr>
         <w:b/>
         <w:bCs/>
         <w:caps/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
@@ -11301,407 +16376,8594 @@
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Vert">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Beskrivning">
     <w:name w:val="caption"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:uiPriority w:val="35"/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
-    <w:rsid w:val="00F4320A"/>
+    <w:rsid w:val="00404948"/>
     <w:pPr>
-      <w:spacing w:before="60" w:after="200" w:line="240" w:lineRule="auto"/>
+      <w:spacing w:after="200" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
+      <w:i/>
       <w:iCs/>
       <w:color w:val="000000" w:themeColor="text2"/>
-      <w:sz w:val="20"/>
+      <w:sz w:val="18"/>
       <w:szCs w:val="18"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="SidhuvudChar">
     <w:name w:val="Sidhuvud Char"/>
     <w:basedOn w:val="Standardstycketeckensnitt"/>
     <w:link w:val="Sidhuvud"/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="00133A0F"/>
     <w:rPr>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="Punktlistanumrerad">
-[...12 lines deleted...]
-    </w:pPr>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Rubrik9Char">
+    <w:name w:val="Rubrik 9 Char"/>
+    <w:basedOn w:val="Standardstycketeckensnitt"/>
+    <w:link w:val="Rubrik9"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:rsid w:val="009A32ED"/>
     <w:rPr>
-      <w:sz w:val="24"/>
-[...76 lines deleted...]
-      <w:shd w:val="clear" w:color="auto" w:fill="E1DFDD"/>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:i/>
+      <w:iCs/>
+      <w:color w:val="272727" w:themeColor="text1" w:themeTint="D8"/>
+      <w:sz w:val="21"/>
+      <w:szCs w:val="21"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Brdtext">
     <w:name w:val="Body Text"/>
     <w:aliases w:val="(=Löpande text)"/>
     <w:link w:val="BrdtextChar"/>
-    <w:rsid w:val="00F52D0D"/>
+    <w:rsid w:val="009A32ED"/>
     <w:pPr>
       <w:spacing w:after="160"/>
       <w:ind w:left="2676"/>
     </w:pPr>
     <w:rPr>
       <w:sz w:val="24"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="BrdtextChar">
     <w:name w:val="Brödtext Char"/>
     <w:aliases w:val="(=Löpande text) Char"/>
     <w:basedOn w:val="Standardstycketeckensnitt"/>
     <w:link w:val="Brdtext"/>
-    <w:rsid w:val="00F52D0D"/>
+    <w:rsid w:val="009A32ED"/>
     <w:rPr>
       <w:sz w:val="24"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="Tabell">
+    <w:name w:val="Tabell"/>
+    <w:link w:val="TabellChar"/>
+    <w:qFormat/>
+    <w:rsid w:val="00831C35"/>
+    <w:pPr>
+      <w:spacing w:line="288" w:lineRule="auto"/>
+      <w:ind w:right="-142"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="TabellChar">
+    <w:name w:val="Tabell Char"/>
+    <w:basedOn w:val="Standardstycketeckensnitt"/>
+    <w:link w:val="Tabell"/>
+    <w:rsid w:val="00831C35"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="AnvndHyperlnk">
     <w:name w:val="FollowedHyperlink"/>
     <w:basedOn w:val="Standardstycketeckensnitt"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
-    <w:rsid w:val="00A67004"/>
+    <w:rsid w:val="00B97D4E"/>
     <w:rPr>
       <w:color w:val="9EA2A2" w:themeColor="followedHyperlink"/>
       <w:u w:val="single"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:styleId="Kommentarsreferens">
-    <w:name w:val="annotation reference"/>
+  <w:style w:type="character" w:styleId="Olstomnmnande">
+    <w:name w:val="Unresolved Mention"/>
     <w:basedOn w:val="Standardstycketeckensnitt"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
-    <w:rsid w:val="00A67004"/>
+    <w:rsid w:val="00672EC3"/>
     <w:rPr>
-      <w:sz w:val="16"/>
-      <w:szCs w:val="16"/>
+      <w:color w:val="605E5C"/>
+      <w:shd w:val="clear" w:color="auto" w:fill="E1DFDD"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Kommentarer">
-    <w:name w:val="annotation text"/>
+  <w:style w:type="paragraph" w:styleId="Underrubrik">
+    <w:name w:val="Subtitle"/>
     <w:basedOn w:val="Normal"/>
-    <w:link w:val="KommentarerChar"/>
-[...2 lines deleted...]
-    <w:rsid w:val="00A67004"/>
+    <w:next w:val="Normal"/>
+    <w:link w:val="UnderrubrikChar"/>
+    <w:qFormat/>
+    <w:rsid w:val="00767C3B"/>
     <w:pPr>
-      <w:spacing w:line="240" w:lineRule="auto"/>
+      <w:numPr>
+        <w:ilvl w:val="1"/>
+      </w:numPr>
+      <w:spacing w:after="160"/>
+      <w:ind w:left="567"/>
     </w:pPr>
     <w:rPr>
-      <w:sz w:val="20"/>
-      <w:szCs w:val="20"/>
+      <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+      <w:color w:val="5A5A5A" w:themeColor="text1" w:themeTint="A5"/>
+      <w:spacing w:val="15"/>
+      <w:sz w:val="22"/>
+      <w:szCs w:val="22"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="KommentarerChar">
-    <w:name w:val="Kommentarer Char"/>
+  <w:style w:type="character" w:customStyle="1" w:styleId="UnderrubrikChar">
+    <w:name w:val="Underrubrik Char"/>
     <w:basedOn w:val="Standardstycketeckensnitt"/>
-    <w:link w:val="Kommentarer"/>
-[...11 lines deleted...]
-    <w:rsid w:val="00A67004"/>
+    <w:link w:val="Underrubrik"/>
+    <w:rsid w:val="00767C3B"/>
     <w:rPr>
-      <w:b/>
-[...59 lines deleted...]
-      <w:szCs w:val="24"/>
+      <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+      <w:color w:val="5A5A5A" w:themeColor="text1" w:themeTint="A5"/>
+      <w:spacing w:val="15"/>
+      <w:sz w:val="22"/>
+      <w:szCs w:val="22"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:divs>
-    <w:div w:id="27533923">
+    <w:div w:id="60107877">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
+      <w:divsChild>
+        <w:div w:id="1608196378">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+          <w:divsChild>
+            <w:div w:id="1041518377">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+            </w:div>
+            <w:div w:id="2004161592">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+            </w:div>
+            <w:div w:id="1081679709">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+            </w:div>
+            <w:div w:id="573246559">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+            </w:div>
+            <w:div w:id="715010839">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+            </w:div>
+            <w:div w:id="383333829">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+            </w:div>
+            <w:div w:id="1825008999">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+            </w:div>
+            <w:div w:id="1981617825">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+            </w:div>
+            <w:div w:id="477915308">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+            </w:div>
+            <w:div w:id="1018774173">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+            </w:div>
+            <w:div w:id="618030546">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+            </w:div>
+          </w:divsChild>
+        </w:div>
+        <w:div w:id="328099707">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+          <w:divsChild>
+            <w:div w:id="102918798">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+            </w:div>
+            <w:div w:id="2026444812">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+            </w:div>
+            <w:div w:id="926842197">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+            </w:div>
+            <w:div w:id="1431269765">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+            </w:div>
+            <w:div w:id="342245617">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+            </w:div>
+            <w:div w:id="86966883">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+            </w:div>
+            <w:div w:id="673606351">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+            </w:div>
+            <w:div w:id="900024887">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+            </w:div>
+            <w:div w:id="1036393575">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+            </w:div>
+            <w:div w:id="972097533">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+            </w:div>
+            <w:div w:id="197550321">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+            </w:div>
+            <w:div w:id="600532397">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+            </w:div>
+            <w:div w:id="1094282013">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+            </w:div>
+            <w:div w:id="1917202362">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+            </w:div>
+            <w:div w:id="343174006">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+            </w:div>
+            <w:div w:id="973024270">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+            </w:div>
+            <w:div w:id="891505498">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+            </w:div>
+            <w:div w:id="1795055135">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+            </w:div>
+            <w:div w:id="1479374828">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+            </w:div>
+            <w:div w:id="1995837438">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+            </w:div>
+          </w:divsChild>
+        </w:div>
+        <w:div w:id="1855024813">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="52968188">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="34698357">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1722634220">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1112633022">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="172498260">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="509874997">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1844322653">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="99107873">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1325281761">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="483819292">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="2038113887">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="289748530">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1164585014">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="640498801">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1436514549">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="2139033013">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1722174163">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="509564899">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1350907579">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="741484904">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="521939247">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="2012947140">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1141579157">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="2125422427">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1084910746">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1991864940">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="901907830">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="214238095">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="363486095">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="739249613">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="2044741932">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="844367472">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1874346717">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="757092189">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1191607118">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="358822103">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="899294580">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1872181078">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="56441134">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1868372346">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+          <w:divsChild>
+            <w:div w:id="1285189398">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+            </w:div>
+            <w:div w:id="415253092">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+            </w:div>
+            <w:div w:id="147944755">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+            </w:div>
+            <w:div w:id="354118083">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+            </w:div>
+            <w:div w:id="1991984103">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+            </w:div>
+            <w:div w:id="18625943">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+            </w:div>
+            <w:div w:id="2119718188">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+            </w:div>
+            <w:div w:id="609705135">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+            </w:div>
+            <w:div w:id="1526598459">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+            </w:div>
+            <w:div w:id="1793939023">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+            </w:div>
+            <w:div w:id="1230463959">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+            </w:div>
+            <w:div w:id="1243956094">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+            </w:div>
+            <w:div w:id="1333215252">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+            </w:div>
+            <w:div w:id="1533230948">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+            </w:div>
+            <w:div w:id="2110275902">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+            </w:div>
+            <w:div w:id="163859405">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+            </w:div>
+            <w:div w:id="304940097">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+            </w:div>
+            <w:div w:id="1285040683">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+            </w:div>
+            <w:div w:id="1130514537">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+            </w:div>
+            <w:div w:id="1970235552">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+            </w:div>
+          </w:divsChild>
+        </w:div>
+        <w:div w:id="1689791917">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+          <w:divsChild>
+            <w:div w:id="1823424833">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+            </w:div>
+            <w:div w:id="2040278997">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+            </w:div>
+            <w:div w:id="116610419">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+            </w:div>
+            <w:div w:id="1104956286">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+            </w:div>
+            <w:div w:id="1176580160">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+            </w:div>
+            <w:div w:id="603267632">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+            </w:div>
+            <w:div w:id="1710496060">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+            </w:div>
+            <w:div w:id="1989942155">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+            </w:div>
+            <w:div w:id="953562044">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+            </w:div>
+            <w:div w:id="932274951">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+            </w:div>
+            <w:div w:id="541677228">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+            </w:div>
+            <w:div w:id="733508980">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+            </w:div>
+            <w:div w:id="71781856">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+            </w:div>
+            <w:div w:id="496774664">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+            </w:div>
+            <w:div w:id="128135637">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+            </w:div>
+            <w:div w:id="1222785794">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+            </w:div>
+            <w:div w:id="1302687981">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+            </w:div>
+            <w:div w:id="1516504091">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+            </w:div>
+            <w:div w:id="2100061710">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+            </w:div>
+            <w:div w:id="1864510900">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+            </w:div>
+          </w:divsChild>
+        </w:div>
+        <w:div w:id="1812672047">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1151410044">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1491797465">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1449667757">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="146942736">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="377435202">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1462922306">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="913860601">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1477333285">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="377634892">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="754591607">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="565264148">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1881748890">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="2043817382">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1612200269">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1708721253">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="485367926">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1843625571">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="992493358">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1400597688">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1862009994">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="614019798">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1152675477">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1846243190">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="994604953">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1687632533">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1907186274">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="321660744">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="210043954">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="2089497219">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1360281601">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+      </w:divsChild>
     </w:div>
     <w:div w:id="198055238">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="218060363">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
+    <w:div w:id="333382776">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+      <w:divsChild>
+        <w:div w:id="249586954">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+          <w:divsChild>
+            <w:div w:id="791363503">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+            </w:div>
+            <w:div w:id="1028260921">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+            </w:div>
+            <w:div w:id="391586852">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+            </w:div>
+            <w:div w:id="758406080">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+            </w:div>
+            <w:div w:id="75053401">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+            </w:div>
+            <w:div w:id="415786882">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+            </w:div>
+            <w:div w:id="280646800">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+            </w:div>
+            <w:div w:id="497623455">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+            </w:div>
+            <w:div w:id="1624967031">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+            </w:div>
+            <w:div w:id="2072581657">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+            </w:div>
+            <w:div w:id="1302494704">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+            </w:div>
+          </w:divsChild>
+        </w:div>
+        <w:div w:id="612249168">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+          <w:divsChild>
+            <w:div w:id="1416054060">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+            </w:div>
+            <w:div w:id="887372637">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+            </w:div>
+            <w:div w:id="849099512">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+            </w:div>
+            <w:div w:id="2059356615">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+            </w:div>
+            <w:div w:id="946929744">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+            </w:div>
+            <w:div w:id="181944674">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+            </w:div>
+            <w:div w:id="1652367011">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+            </w:div>
+            <w:div w:id="1490634324">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+            </w:div>
+            <w:div w:id="468791428">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+            </w:div>
+            <w:div w:id="1389835998">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+            </w:div>
+            <w:div w:id="88742831">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+            </w:div>
+            <w:div w:id="527180098">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+            </w:div>
+            <w:div w:id="1846018423">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+            </w:div>
+            <w:div w:id="1030644649">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+            </w:div>
+            <w:div w:id="1764959498">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+            </w:div>
+            <w:div w:id="2122219389">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+            </w:div>
+            <w:div w:id="498232952">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+            </w:div>
+            <w:div w:id="174805424">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+            </w:div>
+            <w:div w:id="1737820656">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+            </w:div>
+            <w:div w:id="1404641430">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+            </w:div>
+          </w:divsChild>
+        </w:div>
+        <w:div w:id="1233735510">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="876236615">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1983072475">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="381825985">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="2028098623">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="310331178">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="774012169">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="2024866402">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="2082754739">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="2096901615">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="905842886">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="73550498">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1002471133">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="405685341">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1354068245">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1520194610">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="788088661">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="368144881">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1378241399">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="776868537">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1231767778">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="707341484">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1678845608">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="479663640">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="932520227">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1284653085">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1048802662">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1757555175">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="230233313">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="2085444778">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="12728544">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1925869917">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="737748197">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1939214262">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1032802654">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="353844724">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1539515500">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1332761711">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1158115416">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="430591591">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="816190453">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+          <w:divsChild>
+            <w:div w:id="473833755">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+            </w:div>
+            <w:div w:id="629633298">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+            </w:div>
+            <w:div w:id="1442729028">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+            </w:div>
+            <w:div w:id="1409888242">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+            </w:div>
+            <w:div w:id="1565675302">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+            </w:div>
+            <w:div w:id="77748530">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+            </w:div>
+            <w:div w:id="2136948900">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+            </w:div>
+            <w:div w:id="1543009439">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+            </w:div>
+            <w:div w:id="625354130">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+            </w:div>
+            <w:div w:id="1376848880">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+            </w:div>
+            <w:div w:id="271014025">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+            </w:div>
+            <w:div w:id="678704351">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+            </w:div>
+            <w:div w:id="2016878620">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+            </w:div>
+            <w:div w:id="1567761590">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+            </w:div>
+            <w:div w:id="1941378029">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+            </w:div>
+            <w:div w:id="1807232582">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+            </w:div>
+            <w:div w:id="1120681852">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+            </w:div>
+            <w:div w:id="301424531">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+            </w:div>
+            <w:div w:id="635448032">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+            </w:div>
+            <w:div w:id="1917124879">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+            </w:div>
+          </w:divsChild>
+        </w:div>
+        <w:div w:id="619267184">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+          <w:divsChild>
+            <w:div w:id="430782392">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+            </w:div>
+            <w:div w:id="936444581">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+            </w:div>
+            <w:div w:id="2028019472">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+            </w:div>
+            <w:div w:id="733502476">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+            </w:div>
+            <w:div w:id="1275940241">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+            </w:div>
+            <w:div w:id="1338579199">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+            </w:div>
+            <w:div w:id="1096052486">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+            </w:div>
+            <w:div w:id="1534197962">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+            </w:div>
+            <w:div w:id="1135024350">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+            </w:div>
+            <w:div w:id="188419916">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+            </w:div>
+            <w:div w:id="1680767990">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+            </w:div>
+            <w:div w:id="1281688623">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+            </w:div>
+            <w:div w:id="394550362">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+            </w:div>
+            <w:div w:id="2105609749">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+            </w:div>
+            <w:div w:id="1284535165">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+            </w:div>
+            <w:div w:id="581449815">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+            </w:div>
+            <w:div w:id="1954899762">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+            </w:div>
+            <w:div w:id="157160152">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+            </w:div>
+            <w:div w:id="1396777797">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+            </w:div>
+            <w:div w:id="319625659">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+            </w:div>
+          </w:divsChild>
+        </w:div>
+        <w:div w:id="729888147">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1402869441">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="105657646">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="726758102">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="939794359">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="869878497">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1029256321">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1347905088">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1427731044">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="378820916">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1107306902">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="2017535665">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1540166280">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1972318454">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1601059142">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1120756656">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="2064788930">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="84811789">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="833688305">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="823476873">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="370152922">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1603760815">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1201356221">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="366952838">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1535921495">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="316498407">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="177737392">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="293948863">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="670334687">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1827163416">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1124613675">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+      </w:divsChild>
+    </w:div>
     <w:div w:id="380325300">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
-    <w:div w:id="850216651">
+    <w:div w:id="488325956">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
+      <w:divsChild>
+        <w:div w:id="909078022">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1396972576">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="714474142">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="445274647">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="52044794">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="705176912">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1227837719">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1868372048">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1813668650">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="119038102">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1546982594">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="470902796">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="455871504">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1440487265">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1279919438">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="400098301">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1809129852">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+      </w:divsChild>
+    </w:div>
+    <w:div w:id="566457518">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+      <w:divsChild>
+        <w:div w:id="880945356">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1027678990">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1780250997">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="749430525">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="277757599">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="77293567">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="960497014">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="295139124">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+      </w:divsChild>
+    </w:div>
+    <w:div w:id="832335578">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+      <w:divsChild>
+        <w:div w:id="1868063614">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+          <w:divsChild>
+            <w:div w:id="1367752255">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+            </w:div>
+            <w:div w:id="326128779">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+            </w:div>
+            <w:div w:id="1786998629">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+            </w:div>
+            <w:div w:id="746420443">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+            </w:div>
+            <w:div w:id="157891680">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+            </w:div>
+            <w:div w:id="1106271781">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+            </w:div>
+            <w:div w:id="1146820504">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+            </w:div>
+            <w:div w:id="387844929">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+            </w:div>
+            <w:div w:id="1131363885">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+            </w:div>
+            <w:div w:id="1785148036">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+            </w:div>
+            <w:div w:id="312952116">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+            </w:div>
+          </w:divsChild>
+        </w:div>
+        <w:div w:id="1397432951">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+          <w:divsChild>
+            <w:div w:id="68037196">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+            </w:div>
+            <w:div w:id="766315451">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+            </w:div>
+            <w:div w:id="264581389">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+            </w:div>
+            <w:div w:id="1287156282">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+            </w:div>
+            <w:div w:id="228655897">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+            </w:div>
+            <w:div w:id="1336105806">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+            </w:div>
+            <w:div w:id="1970891005">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+            </w:div>
+            <w:div w:id="1373268131">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+            </w:div>
+            <w:div w:id="1516917046">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+            </w:div>
+            <w:div w:id="346567611">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+            </w:div>
+            <w:div w:id="612789162">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+            </w:div>
+            <w:div w:id="2134707535">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+            </w:div>
+            <w:div w:id="338771804">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+            </w:div>
+            <w:div w:id="1104499786">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+            </w:div>
+            <w:div w:id="1227766121">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+            </w:div>
+            <w:div w:id="53547183">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+            </w:div>
+            <w:div w:id="598177304">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+            </w:div>
+            <w:div w:id="397174581">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+            </w:div>
+            <w:div w:id="854461940">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+            </w:div>
+            <w:div w:id="1884294704">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+            </w:div>
+          </w:divsChild>
+        </w:div>
+        <w:div w:id="1183397880">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="806582401">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="572278720">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="493642369">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="450708279">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1011643135">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1514762671">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1587641877">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="300422735">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1410884725">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="356473008">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="2076581639">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1548684694">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1108895657">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1986665511">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="186218789">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="637879544">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="2059086797">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1713842734">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1101418549">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="413016557">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="437649754">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1556352364">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="2032604574">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1400515166">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="2027248656">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1797217089">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1874264077">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="4868929">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="467477302">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1879779776">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1082487231">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1579360381">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1589775795">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="308286045">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="216665158">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1546674930">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="2056806954">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="2109497517">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="2141654475">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="214590583">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+          <w:divsChild>
+            <w:div w:id="1498033357">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+            </w:div>
+            <w:div w:id="1365911755">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+            </w:div>
+            <w:div w:id="1240822913">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+            </w:div>
+            <w:div w:id="484472013">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+            </w:div>
+            <w:div w:id="1990088526">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+            </w:div>
+            <w:div w:id="1538005414">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+            </w:div>
+            <w:div w:id="60948722">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+            </w:div>
+            <w:div w:id="993265088">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+            </w:div>
+            <w:div w:id="773749646">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+            </w:div>
+            <w:div w:id="868370769">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+            </w:div>
+            <w:div w:id="1443114306">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+            </w:div>
+            <w:div w:id="1168401863">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+            </w:div>
+            <w:div w:id="529338881">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+            </w:div>
+            <w:div w:id="1305504279">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+            </w:div>
+            <w:div w:id="461583782">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+            </w:div>
+            <w:div w:id="1005127936">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+            </w:div>
+            <w:div w:id="1185288434">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+            </w:div>
+            <w:div w:id="533200965">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+            </w:div>
+            <w:div w:id="1310746747">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+            </w:div>
+            <w:div w:id="1427773785">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+            </w:div>
+          </w:divsChild>
+        </w:div>
+        <w:div w:id="2112164174">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+          <w:divsChild>
+            <w:div w:id="1019771537">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+            </w:div>
+            <w:div w:id="1110780879">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+            </w:div>
+            <w:div w:id="757947985">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+            </w:div>
+            <w:div w:id="1970279447">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+            </w:div>
+            <w:div w:id="1099182685">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+            </w:div>
+            <w:div w:id="690843036">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+            </w:div>
+            <w:div w:id="48694872">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+            </w:div>
+            <w:div w:id="215705893">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+            </w:div>
+            <w:div w:id="1703943857">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+            </w:div>
+            <w:div w:id="214044374">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+            </w:div>
+            <w:div w:id="1102258068">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+            </w:div>
+            <w:div w:id="258876410">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+            </w:div>
+            <w:div w:id="1077096937">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+            </w:div>
+            <w:div w:id="1183326842">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+            </w:div>
+            <w:div w:id="1169177484">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+            </w:div>
+            <w:div w:id="52824132">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+            </w:div>
+            <w:div w:id="400835078">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+            </w:div>
+            <w:div w:id="152306481">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+            </w:div>
+            <w:div w:id="1924411397">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+            </w:div>
+            <w:div w:id="1836846031">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+            </w:div>
+          </w:divsChild>
+        </w:div>
+        <w:div w:id="1816755318">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1677422009">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="147985240">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="540286916">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="925110653">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1989629715">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="662974573">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1785926986">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="986208824">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="718896584">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="347487273">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="2082368907">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="464979173">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1015035751">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="138110100">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="969289551">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="160316783">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1738742198">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1668246622">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="226575718">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1948999320">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="81294801">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="140005690">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1142191258">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1455824979">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="544755394">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="2005862984">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="2123844229">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="2053265297">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="2043241370">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="744424486">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+      </w:divsChild>
     </w:div>
     <w:div w:id="1230919038">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
+    <w:div w:id="1281688392">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+      <w:divsChild>
+        <w:div w:id="1697458437">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="668676546">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="992835760">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="663825816">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="125121439">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1567377237">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1350378013">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1172183845">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1096050465">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="645623190">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1650132883">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="841353141">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1116144237">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="168452927">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1791124018">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1693067217">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="792867348">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+      </w:divsChild>
+    </w:div>
+    <w:div w:id="1354768980">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+      <w:divsChild>
+        <w:div w:id="1359894001">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="401610195">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1239099260">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1307470524">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1200555735">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1897400561">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="5449242">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="867722346">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+      </w:divsChild>
+    </w:div>
+    <w:div w:id="1355227799">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+      <w:divsChild>
+        <w:div w:id="1777097869">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+          <w:divsChild>
+            <w:div w:id="356781576">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+            </w:div>
+            <w:div w:id="1294211863">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+            </w:div>
+            <w:div w:id="921380179">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+            </w:div>
+            <w:div w:id="1287397144">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+            </w:div>
+            <w:div w:id="1713264776">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+            </w:div>
+            <w:div w:id="389839927">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+            </w:div>
+            <w:div w:id="1097138785">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+            </w:div>
+            <w:div w:id="463431765">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+            </w:div>
+            <w:div w:id="1839229101">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+            </w:div>
+            <w:div w:id="1581595348">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+            </w:div>
+            <w:div w:id="864485779">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+            </w:div>
+          </w:divsChild>
+        </w:div>
+        <w:div w:id="498812258">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+      </w:divsChild>
+    </w:div>
+    <w:div w:id="1615483136">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+      <w:divsChild>
+        <w:div w:id="832330433">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+          <w:divsChild>
+            <w:div w:id="1371879562">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+            </w:div>
+            <w:div w:id="433549334">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+            </w:div>
+            <w:div w:id="548955929">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+            </w:div>
+            <w:div w:id="1409116991">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+            </w:div>
+            <w:div w:id="1724057179">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+            </w:div>
+            <w:div w:id="1612205264">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+            </w:div>
+            <w:div w:id="1868716597">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+            </w:div>
+            <w:div w:id="1854567442">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+            </w:div>
+            <w:div w:id="34089328">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+            </w:div>
+            <w:div w:id="1312056976">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+            </w:div>
+            <w:div w:id="1024789709">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+            </w:div>
+          </w:divsChild>
+        </w:div>
+        <w:div w:id="1409574098">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+          <w:divsChild>
+            <w:div w:id="1358047101">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+            </w:div>
+            <w:div w:id="1824660001">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+            </w:div>
+            <w:div w:id="1962304508">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+            </w:div>
+            <w:div w:id="1161699099">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+            </w:div>
+            <w:div w:id="1874415351">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+            </w:div>
+            <w:div w:id="1825660141">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+            </w:div>
+            <w:div w:id="560294339">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+            </w:div>
+            <w:div w:id="172956020">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+            </w:div>
+            <w:div w:id="2062095458">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+            </w:div>
+            <w:div w:id="126510894">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+            </w:div>
+            <w:div w:id="1981381075">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+            </w:div>
+            <w:div w:id="827869724">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+            </w:div>
+            <w:div w:id="526330227">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+            </w:div>
+            <w:div w:id="1104806616">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+            </w:div>
+            <w:div w:id="595018854">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+            </w:div>
+            <w:div w:id="255553622">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+            </w:div>
+            <w:div w:id="1153721448">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+            </w:div>
+            <w:div w:id="258492133">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+            </w:div>
+            <w:div w:id="598608525">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+            </w:div>
+            <w:div w:id="1292248245">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+            </w:div>
+          </w:divsChild>
+        </w:div>
+        <w:div w:id="1744179257">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1839691418">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="690372310">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="711154100">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1987271668">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1089692307">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1498494585">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1468206945">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="307705756">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1860582584">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="2004354356">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="365982659">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="922565392">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1680084387">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="523861382">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="963657499">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="167259130">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="426000996">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="262878741">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1825195558">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1190725161">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1243762383">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="2115830459">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1457870526">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1523587835">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="637877218">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1574395048">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1332951464">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="120225199">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1122118078">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1769153379">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="632294189">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1340153525">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="236676681">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="727343664">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1753351116">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="796148822">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1096637572">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1150288493">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="667754530">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1764914733">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+          <w:divsChild>
+            <w:div w:id="141436040">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+            </w:div>
+            <w:div w:id="1498573532">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+            </w:div>
+            <w:div w:id="121852177">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+            </w:div>
+            <w:div w:id="1690374094">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+            </w:div>
+            <w:div w:id="1644657083">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+            </w:div>
+            <w:div w:id="596787312">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+            </w:div>
+            <w:div w:id="439299549">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+            </w:div>
+            <w:div w:id="497041989">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+            </w:div>
+            <w:div w:id="2127576944">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+            </w:div>
+            <w:div w:id="1243177960">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+            </w:div>
+            <w:div w:id="1749187250">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+            </w:div>
+            <w:div w:id="718281465">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+            </w:div>
+            <w:div w:id="1314989332">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+            </w:div>
+            <w:div w:id="249433766">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+            </w:div>
+            <w:div w:id="249774262">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+            </w:div>
+            <w:div w:id="597105468">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+            </w:div>
+            <w:div w:id="1456753717">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+            </w:div>
+            <w:div w:id="884373727">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+            </w:div>
+            <w:div w:id="1083842633">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+            </w:div>
+            <w:div w:id="261450822">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+            </w:div>
+          </w:divsChild>
+        </w:div>
+        <w:div w:id="1148942468">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+          <w:divsChild>
+            <w:div w:id="1262101144">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+            </w:div>
+            <w:div w:id="708800805">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+            </w:div>
+            <w:div w:id="1118840376">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+            </w:div>
+            <w:div w:id="1073968216">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+            </w:div>
+            <w:div w:id="2042121959">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+            </w:div>
+            <w:div w:id="255480773">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+            </w:div>
+            <w:div w:id="349337414">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+            </w:div>
+            <w:div w:id="605387318">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+            </w:div>
+            <w:div w:id="266742722">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+            </w:div>
+            <w:div w:id="984579682">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+            </w:div>
+            <w:div w:id="611133912">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+            </w:div>
+            <w:div w:id="1795563131">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+            </w:div>
+            <w:div w:id="1891380068">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+            </w:div>
+            <w:div w:id="1019508421">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+            </w:div>
+            <w:div w:id="573852285">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+            </w:div>
+            <w:div w:id="1314872115">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+            </w:div>
+            <w:div w:id="1206940818">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+            </w:div>
+            <w:div w:id="1104765502">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+            </w:div>
+            <w:div w:id="1425759378">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+            </w:div>
+            <w:div w:id="121270181">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+            </w:div>
+          </w:divsChild>
+        </w:div>
+        <w:div w:id="501745070">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1909732010">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="927925601">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1752659999">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1599556930">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1760055807">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="984964832">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1520586482">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="898438879">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="2014136945">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1989744011">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1944265210">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="2117140807">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="373426418">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="707948775">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="35199890">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="785732359">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1422289587">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1984041441">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="2118408274">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1928341484">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="723911407">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="39136030">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="994721249">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="176889336">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1050156511">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="100610696">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="683869936">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="571888707">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="907421533">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="876814331">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+      </w:divsChild>
+    </w:div>
+    <w:div w:id="1618028546">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+      <w:divsChild>
+        <w:div w:id="244850181">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+          <w:divsChild>
+            <w:div w:id="877399420">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+            </w:div>
+            <w:div w:id="1276407346">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+            </w:div>
+            <w:div w:id="1029136585">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+            </w:div>
+            <w:div w:id="875889397">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+            </w:div>
+            <w:div w:id="357202184">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+            </w:div>
+            <w:div w:id="149715239">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+            </w:div>
+            <w:div w:id="900360937">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+            </w:div>
+            <w:div w:id="1513108799">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+            </w:div>
+            <w:div w:id="363481618">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+            </w:div>
+            <w:div w:id="1247763629">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+            </w:div>
+            <w:div w:id="385880299">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+            </w:div>
+          </w:divsChild>
+        </w:div>
+        <w:div w:id="1131170724">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+      </w:divsChild>
+    </w:div>
+    <w:div w:id="1755204794">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+      <w:divsChild>
+        <w:div w:id="591207179">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="366026493">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1586845383">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="866018947">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1601137798">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="82299">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="533884074">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1548302126">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+      </w:divsChild>
+    </w:div>
+    <w:div w:id="1917665182">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+      <w:divsChild>
+        <w:div w:id="1226455564">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="2036883766">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1900702823">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1361857784">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1542546260">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="690960879">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="663901566">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1763408914">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+      </w:divsChild>
+    </w:div>
   </w:divs>
+  <w:relyOnVML/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
-<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml" Id="rId8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mellanarkiv-offentlig.vgregion.se/alfresco/s/archive/stream/public/v1/source/available/sofia/sas9642-738863596-251/surrogate/Encefalit%2c%20infekti%c3%b6s.%20Akut%20utredning%20av%20vuxna%2c%20S%c3%84S.pdf" TargetMode="External" Id="rId13" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hittadokument.vgregion.se/sas" TargetMode="External" Id="rId18" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml" Id="rId21" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml" Id="rId7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mellanarkiv-offentlig.vgregion.se/alfresco/s/archive/stream/public/v1/source/available/SOFIA/SAS9642-738863596-53/SURROGATE/Bakteriell%20meningit%20%e2%80%93%20akut%20handl%c3%a4ggning%20och%20behandling%20av%20vuxna%20vid%20S%c3%84S.pdf" TargetMode="External" Id="rId12" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hittadokument.vgregion.se/sas" TargetMode="External" Id="rId17" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mellanarkiv-offentlig.vgregion.se/alfresco/s/archive/stream/public/v1/source/available/sofia/sas9642-738863596-53/surrogate/Bakteriell%20meningit%20%e2%80%93%20akut%20handl%c3%a4ggning%20och%20behandling%20av%20vuxna%20vid%20S%c3%84S.pdf" TargetMode="External" Id="rId16" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml" Id="rId20" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml" Id="rId6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml" Id="rId11" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml" Id="rId24" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://huvudvarkssallskapet.se/migran/" TargetMode="External" Id="rId15" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml" Id="rId23" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml" Id="rId10" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml" Id="rId19" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml" Id="rId9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mellanarkiv-offentlig.vgregion.se/alfresco/s/archive/stream/public/v1/source/available/SOFIA/SAS9663-236895260-7/SURROGATE/Kortisonbehandling%20vid%20j%c3%a4ttecellsarterit%20(GCA)%20och%20polymyalgia%20reumatika.pdf" TargetMode="External" Id="rId14" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml" Id="rId22" /></Relationships>
+<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml" Id="rId8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mellanarkiv-offentlig.vgregion.se/alfresco/s/archive/stream/public/v1/source/available/sofia/sas9642-738863596-251/surrogate/Encefalit%2c%20infekti%c3%b6s.%20Akut%20utredning%20av%20vuxna%2c%20S%c3%84S.pdf" TargetMode="External" Id="rId13" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hittadokument.vgregion.se/sas" TargetMode="External" Id="rId18" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml" Id="rId26" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml" Id="rId21" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml" Id="rId7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mellanarkiv-offentlig.vgregion.se/alfresco/s/archive/stream/public/v1/source/available/SOFIA/SAS9642-738863596-53/SURROGATE/Bakteriell%20meningit%20%e2%80%93%20akut%20handl%c3%a4ggning%20och%20behandling%20av%20vuxna%20vid%20S%c3%84S.pdf" TargetMode="External" Id="rId12" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mellanarkiv-offentlig.vgregion.se/alfresco/s/archive/stream/public/v1/source/available/sofia/sas9642-738863596-53/surrogate/Bakteriell%20meningit%20%e2%80%93%20akut%20handl%c3%a4ggning%20och%20behandling%20av%20vuxna%20vid%20S%c3%84S.pdf" TargetMode="External" Id="rId17" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml" Id="rId25" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://huvudvarkssallskapet.se/migran/" TargetMode="External" Id="rId16" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml" Id="rId20" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml" Id="rId6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml" Id="rId11" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer3.xml" Id="rId24" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://huvudvarkssallskapet.se/trigeminoautonoma-cefalalgier-1-klusterhuvudvark/" TargetMode="External" Id="rId15" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml" Id="rId23" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml" Id="rId10" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hittadokument.vgregion.se/sas" TargetMode="External" Id="rId19" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml" Id="rId9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mellanarkiv-offentlig.vgregion.se/alfresco/s/archive/stream/public/v1/source/available/SOFIA/SAS9663-236895260-7/SURROGATE/Kortisonbehandling%20vid%20j%c3%a4ttecellsarterit%20(GCA)%20och%20polymyalgia%20reumatika.pdf" TargetMode="External" Id="rId14" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml" Id="rId22" /></Relationships>
 </file>
 
-<file path=word/_rels/footer2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-[...4 lines deleted...]
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/></Relationships>
+<file path=word/_rels/footer3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.svg"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office-tema">
   <a:themeElements>
     <a:clrScheme name="VG">
       <a:dk1>
         <a:srgbClr val="000000"/>
       </a:dk1>
       <a:lt1>
         <a:srgbClr val="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="000000"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="808080"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="006298"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="367B1E"/>
       </a:accent2>
       <a:accent3>
@@ -11984,71 +25246,56 @@
       <a:lstStyle/>
       <a:style>
         <a:lnRef idx="2">
           <a:schemeClr val="accent1"/>
         </a:lnRef>
         <a:fillRef idx="0">
           <a:schemeClr val="accent1"/>
         </a:fillRef>
         <a:effectRef idx="1">
           <a:schemeClr val="accent1"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="tx1"/>
         </a:fontRef>
       </a:style>
     </a:lnDef>
   </a:objectDefaults>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
-  <Pages>10</Pages>
-[...1 lines deleted...]
-  <Characters>15746</Characters>
+  <Pages>12</Pages>
+  <Words>2100</Words>
+  <Characters>14871</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>131</Lines>
-  <Paragraphs>35</Paragraphs>
+  <Lines>381</Lines>
+  <Paragraphs>269</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
-  <HeadingPairs>
-[...13 lines deleted...]
-  </TitlesOfParts>
   <Manager/>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>17543</CharactersWithSpaces>
+  <CharactersWithSpaces>16702</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <coreProperties xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns="http://schemas.openxmlformats.org/package/2006/metadata/core-properties">
-  <dc:title>Huvudvärk, akut. Utredning vid SÄS</dc:title>
+  <dc:title>Huvudvärk, akut hos vuxna. Utredning vid SÄS</dc:title>
   <dc:subject/>
   <dc:creator/>
   <keywords/>
   <lastModifiedBy/>
-  <revision>1</revision>
+  <revision>2</revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </coreProperties>
 </file>