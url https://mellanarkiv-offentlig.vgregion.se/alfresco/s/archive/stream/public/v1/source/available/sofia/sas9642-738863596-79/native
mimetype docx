--- v0 (2025-11-26)
+++ v1 (2025-12-17)
@@ -1,3559 +1,3165 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
-  <Default Extension="wmf" ContentType="image/x-wmf"/>
+  <Default Extension="svg" ContentType="image/svg+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/footer2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/header2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer3.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml" Id="rId2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml" Id="rId1" /></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
-    <w:p w14:paraId="20EC12CD" w14:textId="77777777" w:rsidR="00FE7C50" w:rsidRPr="00FE7C50" w:rsidRDefault="00FE7C50" w:rsidP="006945AF">
-[...19 lines deleted...]
-      <w:bookmarkStart w:id="8" w:name="_Toc185582028"/>
+    <w:p w14:paraId="061914D4" w14:textId="382A79F7" w:rsidR="00184167" w:rsidRDefault="002549B1" w:rsidP="00F37829">
+      <w:pPr>
+        <w:pStyle w:val="Rubrik1"/>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="0" w:name="_Toc321146591"/>
+      <w:r>
+        <w:t>Dödsfall – Transport av avlidna inom SÄS och avsked i avskedsrum-kapell</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="11BC1DCA" w14:textId="77777777" w:rsidR="009A32ED" w:rsidRDefault="009A32ED" w:rsidP="00013B6F">
+      <w:pPr>
+        <w:pStyle w:val="Rubrik2"/>
+        <w:ind w:right="-143"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="1" w:name="_Toc100327184"/>
+      <w:bookmarkStart w:id="2" w:name="_Toc216686226"/>
       <w:bookmarkEnd w:id="0"/>
-      <w:r w:rsidRPr="00FE7C50">
+      <w:r>
+        <w:t>Förändringar sedan föregående version</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="1"/>
+      <w:bookmarkEnd w:id="2"/>
+    </w:p>
+    <w:p w14:paraId="4EA6C4B6" w14:textId="18B35FB5" w:rsidR="009A32ED" w:rsidRPr="007A334E" w:rsidRDefault="00AE144D" w:rsidP="00013B6F">
+      <w:pPr>
+        <w:spacing w:line="240" w:lineRule="auto"/>
+        <w:ind w:right="-143"/>
+      </w:pPr>
+      <w:r>
+        <w:t>T</w:t>
+      </w:r>
+      <w:r w:rsidR="00DA772C">
+        <w:t xml:space="preserve">illägg av information under rubriken </w:t>
+      </w:r>
+      <w:r w:rsidR="00DA772C" w:rsidRPr="00DA772C">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t>Förberedelser</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> och redaktionella förändringar för anpassning till ny mall.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="12570B26" w14:textId="079C7940" w:rsidR="009A32ED" w:rsidRDefault="009A32ED" w:rsidP="00013B6F">
+      <w:pPr>
+        <w:pStyle w:val="Rubrik2"/>
+        <w:ind w:right="-143"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="3" w:name="_Toc100327185"/>
+      <w:bookmarkStart w:id="4" w:name="_Toc216686227"/>
+      <w:bookmarkStart w:id="5" w:name="_Toc72840807"/>
+      <w:r>
         <w:t>Sammanfattning</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="2"/>
       <w:bookmarkEnd w:id="3"/>
       <w:bookmarkEnd w:id="4"/>
-      <w:bookmarkEnd w:id="5"/>
-[...61 lines deleted...]
-        </w:rPr>
+    </w:p>
+    <w:p w14:paraId="305361E2" w14:textId="627E3A39" w:rsidR="009A32ED" w:rsidRDefault="00DA772C" w:rsidP="00013B6F">
+      <w:pPr>
+        <w:spacing w:line="240" w:lineRule="auto"/>
+        <w:ind w:right="-143"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00DA772C">
+        <w:t>R</w:t>
+      </w:r>
+      <w:r w:rsidR="00AE144D">
+        <w:t>utinen</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DA772C">
+        <w:t xml:space="preserve"> tydliggör ansvarsfördelning mellan olika funktioner och verksamheter, dels vid omhändertagande och transport av avliden patient inom SÄS, dels vid avsked i avskedsrummet vid SÄS Borås och kapellet vid SÄS Skene. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6660DA9D" w14:textId="2A8EC736" w:rsidR="00B405A1" w:rsidRDefault="00B405A1" w:rsidP="00441685">
+      <w:pPr>
+        <w:pStyle w:val="UnderrubrikVGR"/>
+        <w:spacing w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
         <w:t>Innehållsförteckning</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:id="10" w:name="_Toc434232838"/>
-[...19 lines deleted...]
-        <w:pStyle w:val="TOC1"/>
+    <w:p w14:paraId="71D9E44C" w14:textId="71CCE211" w:rsidR="00D46D0D" w:rsidRDefault="00DF4E6A" w:rsidP="00441685">
+      <w:pPr>
+        <w:pStyle w:val="Innehll1"/>
+        <w:spacing w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:noProof/>
           <w:kern w:val="2"/>
-          <w:sz w:val="22"/>
-          <w:szCs w:val="22"/>
           <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
       </w:pPr>
       <w:r>
-        <w:rPr>
-[...6 lines deleted...]
-        </w:rPr>
         <w:fldChar w:fldCharType="begin"/>
       </w:r>
       <w:r>
-        <w:rPr>
-[...6 lines deleted...]
-        </w:rPr>
         <w:instrText xml:space="preserve"> TOC \h \z \t "Rubrik 2;1;Rubrik 3;2;Rubrik 4;3" </w:instrText>
       </w:r>
       <w:r>
-        <w:rPr>
-[...6 lines deleted...]
-        </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:hyperlink w:anchor="_Toc185582028" w:history="1">
-[...2 lines deleted...]
-            <w:rStyle w:val="Hyperlink"/>
+      <w:hyperlink w:anchor="_Toc216686226" w:history="1">
+        <w:r w:rsidR="00D46D0D" w:rsidRPr="001C0886">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlnk"/>
             <w:rFonts w:eastAsia="MS Gothic"/>
             <w:noProof/>
           </w:rPr>
-          <w:t>Sammanfattning</w:t>
-[...1 lines deleted...]
-        <w:r w:rsidR="00D52C67">
+          <w:t>Förändringar sedan föregående version</w:t>
+        </w:r>
+        <w:r w:rsidR="00D46D0D">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
-        <w:r w:rsidR="00D52C67">
+        <w:r w:rsidR="00D46D0D">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
-        <w:r w:rsidR="00D52C67">
-[...12 lines deleted...]
-        <w:r w:rsidR="00D52C67">
+        <w:r w:rsidR="00D46D0D">
+          <w:rPr>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+          <w:instrText xml:space="preserve"> PAGEREF _Toc216686226 \h </w:instrText>
+        </w:r>
+        <w:r w:rsidR="00D46D0D">
+          <w:rPr>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+        </w:r>
+        <w:r w:rsidR="00D46D0D">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
-        <w:r w:rsidR="00D52C67">
+        <w:r w:rsidR="00D46D0D">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:t>1</w:t>
         </w:r>
-        <w:r w:rsidR="00D52C67">
+        <w:r w:rsidR="00D46D0D">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="4621BE7C" w14:textId="423BE3E9" w:rsidR="00D52C67" w:rsidRDefault="00D52C67">
-[...1 lines deleted...]
-        <w:pStyle w:val="TOC1"/>
+    <w:p w14:paraId="4F183770" w14:textId="78777209" w:rsidR="00D46D0D" w:rsidRDefault="00D46D0D" w:rsidP="00441685">
+      <w:pPr>
+        <w:pStyle w:val="Innehll1"/>
+        <w:spacing w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:noProof/>
           <w:kern w:val="2"/>
-          <w:sz w:val="22"/>
-          <w:szCs w:val="22"/>
           <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink w:anchor="_Toc185582029" w:history="1">
-[...2 lines deleted...]
-            <w:rStyle w:val="Hyperlink"/>
+      <w:hyperlink w:anchor="_Toc216686227" w:history="1">
+        <w:r w:rsidRPr="001C0886">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlnk"/>
             <w:rFonts w:eastAsia="MS Gothic"/>
             <w:noProof/>
           </w:rPr>
-          <w:t>Förändringar sedan föregående version</w:t>
+          <w:t>Sammanfattning</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
-          <w:instrText xml:space="preserve"> PAGEREF _Toc185582029 \h </w:instrText>
+          <w:instrText xml:space="preserve"> PAGEREF _Toc216686227 \h </w:instrText>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:t>1</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="179562E8" w14:textId="20FC5C6E" w:rsidR="00D52C67" w:rsidRDefault="00D52C67">
-[...1 lines deleted...]
-        <w:pStyle w:val="TOC1"/>
+    <w:p w14:paraId="6F139907" w14:textId="61B4BF31" w:rsidR="00D46D0D" w:rsidRDefault="00D46D0D" w:rsidP="00441685">
+      <w:pPr>
+        <w:pStyle w:val="Innehll1"/>
+        <w:spacing w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:noProof/>
           <w:kern w:val="2"/>
-          <w:sz w:val="22"/>
-          <w:szCs w:val="22"/>
           <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink w:anchor="_Toc185582030" w:history="1">
-[...2 lines deleted...]
-            <w:rStyle w:val="Hyperlink"/>
+      <w:hyperlink w:anchor="_Toc216686228" w:history="1">
+        <w:r w:rsidRPr="001C0886">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlnk"/>
             <w:rFonts w:eastAsia="MS Gothic"/>
             <w:noProof/>
           </w:rPr>
-          <w:t>Inledning</w:t>
+          <w:t>Bakgrund och syfte</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
-          <w:instrText xml:space="preserve"> PAGEREF _Toc185582030 \h </w:instrText>
+          <w:instrText xml:space="preserve"> PAGEREF _Toc216686228 \h </w:instrText>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:t>2</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="5900192C" w14:textId="31C94EC8" w:rsidR="00D52C67" w:rsidRDefault="00D52C67">
-[...1 lines deleted...]
-        <w:pStyle w:val="TOC1"/>
+    <w:p w14:paraId="5DE29D79" w14:textId="1A12C4BA" w:rsidR="00D46D0D" w:rsidRDefault="00D46D0D" w:rsidP="00441685">
+      <w:pPr>
+        <w:pStyle w:val="Innehll1"/>
+        <w:spacing w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:noProof/>
           <w:kern w:val="2"/>
-          <w:sz w:val="22"/>
-          <w:szCs w:val="22"/>
           <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink w:anchor="_Toc185582031" w:history="1">
-[...2 lines deleted...]
-            <w:rStyle w:val="Hyperlink"/>
+      <w:hyperlink w:anchor="_Toc216686229" w:history="1">
+        <w:r w:rsidRPr="001C0886">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlnk"/>
             <w:rFonts w:eastAsia="MS Gothic"/>
             <w:noProof/>
           </w:rPr>
           <w:t>Förutsättningar</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
-          <w:instrText xml:space="preserve"> PAGEREF _Toc185582031 \h </w:instrText>
+          <w:instrText xml:space="preserve"> PAGEREF _Toc216686229 \h </w:instrText>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:t>2</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="73D2A458" w14:textId="261C2164" w:rsidR="00D52C67" w:rsidRDefault="00D52C67">
-[...1 lines deleted...]
-        <w:pStyle w:val="TOC2"/>
+    <w:p w14:paraId="59C01594" w14:textId="0F6119C6" w:rsidR="00D46D0D" w:rsidRDefault="00D46D0D" w:rsidP="00441685">
+      <w:pPr>
+        <w:pStyle w:val="Innehll2"/>
+        <w:spacing w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:noProof/>
           <w:kern w:val="2"/>
-          <w:sz w:val="22"/>
-          <w:szCs w:val="22"/>
           <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink w:anchor="_Toc185582032" w:history="1">
-[...2 lines deleted...]
-            <w:rStyle w:val="Hyperlink"/>
+      <w:hyperlink w:anchor="_Toc216686230" w:history="1">
+        <w:r w:rsidRPr="001C0886">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlnk"/>
             <w:rFonts w:eastAsia="MS Gothic"/>
             <w:noProof/>
           </w:rPr>
           <w:t>Avgränsningar</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
-          <w:instrText xml:space="preserve"> PAGEREF _Toc185582032 \h </w:instrText>
+          <w:instrText xml:space="preserve"> PAGEREF _Toc216686230 \h </w:instrText>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:t>2</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="72F7AB5E" w14:textId="6FE6508F" w:rsidR="00D52C67" w:rsidRDefault="00D52C67">
-[...1 lines deleted...]
-        <w:pStyle w:val="TOC1"/>
+    <w:p w14:paraId="3908BAD0" w14:textId="2F1876C3" w:rsidR="00D46D0D" w:rsidRDefault="00D46D0D" w:rsidP="00441685">
+      <w:pPr>
+        <w:pStyle w:val="Innehll1"/>
+        <w:spacing w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:noProof/>
           <w:kern w:val="2"/>
-          <w:sz w:val="22"/>
-          <w:szCs w:val="22"/>
           <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink w:anchor="_Toc185582033" w:history="1">
-[...2 lines deleted...]
-            <w:rStyle w:val="Hyperlink"/>
+      <w:hyperlink w:anchor="_Toc216686231" w:history="1">
+        <w:r w:rsidRPr="001C0886">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlnk"/>
             <w:rFonts w:eastAsia="MS Gothic"/>
             <w:noProof/>
           </w:rPr>
-          <w:t>Ansvar och genomförande</w:t>
+          <w:t>Utförande</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
-          <w:instrText xml:space="preserve"> PAGEREF _Toc185582033 \h </w:instrText>
+          <w:instrText xml:space="preserve"> PAGEREF _Toc216686231 \h </w:instrText>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:t>2</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="22762877" w14:textId="078DB736" w:rsidR="00D52C67" w:rsidRDefault="00D52C67">
-[...1 lines deleted...]
-        <w:pStyle w:val="TOC2"/>
+    <w:p w14:paraId="1EF3948E" w14:textId="4A48E213" w:rsidR="00D46D0D" w:rsidRDefault="00D46D0D" w:rsidP="00441685">
+      <w:pPr>
+        <w:pStyle w:val="Innehll2"/>
+        <w:spacing w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:noProof/>
           <w:kern w:val="2"/>
-          <w:sz w:val="22"/>
-          <w:szCs w:val="22"/>
           <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink w:anchor="_Toc185582034" w:history="1">
-[...2 lines deleted...]
-            <w:rStyle w:val="Hyperlink"/>
+      <w:hyperlink w:anchor="_Toc216686232" w:history="1">
+        <w:r w:rsidRPr="001C0886">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlnk"/>
             <w:rFonts w:eastAsia="MS Gothic"/>
             <w:noProof/>
           </w:rPr>
-          <w:t>Transport av avlidna till obduktion/bårhus/kylrum</w:t>
+          <w:t>Förberedelser</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
-          <w:instrText xml:space="preserve"> PAGEREF _Toc185582034 \h </w:instrText>
+          <w:instrText xml:space="preserve"> PAGEREF _Toc216686232 \h </w:instrText>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:t>2</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="29FB25B0" w14:textId="54DE0DB4" w:rsidR="00D52C67" w:rsidRDefault="00D52C67">
-[...1 lines deleted...]
-        <w:pStyle w:val="TOC2"/>
+    <w:p w14:paraId="0196E102" w14:textId="040BEA52" w:rsidR="00D46D0D" w:rsidRDefault="00D46D0D" w:rsidP="00441685">
+      <w:pPr>
+        <w:pStyle w:val="Innehll2"/>
+        <w:spacing w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:noProof/>
           <w:kern w:val="2"/>
-          <w:sz w:val="22"/>
-          <w:szCs w:val="22"/>
           <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink w:anchor="_Toc185582035" w:history="1">
-[...2 lines deleted...]
-            <w:rStyle w:val="Hyperlink"/>
+      <w:hyperlink w:anchor="_Toc216686233" w:history="1">
+        <w:r w:rsidRPr="001C0886">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlnk"/>
             <w:rFonts w:eastAsia="MS Gothic"/>
-            <w:noProof/>
-[...1 lines deleted...]
-          <w:t>Visningar och avsked, SÄS Borås</w:t>
+            <w:b/>
+            <w:noProof/>
+          </w:rPr>
+          <w:t>Vid rättsmedicinska fall</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
-          <w:instrText xml:space="preserve"> PAGEREF _Toc185582035 \h </w:instrText>
+          <w:instrText xml:space="preserve"> PAGEREF _Toc216686233 \h </w:instrText>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
-          <w:t>4</w:t>
+          <w:t>3</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="22E19D37" w14:textId="5990D914" w:rsidR="00D52C67" w:rsidRDefault="00D52C67">
-[...1 lines deleted...]
-        <w:pStyle w:val="TOC2"/>
+    <w:p w14:paraId="1442BFE7" w14:textId="37CFE5A2" w:rsidR="00D46D0D" w:rsidRDefault="00D46D0D" w:rsidP="00441685">
+      <w:pPr>
+        <w:pStyle w:val="Innehll2"/>
+        <w:spacing w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:noProof/>
           <w:kern w:val="2"/>
-          <w:sz w:val="22"/>
-          <w:szCs w:val="22"/>
           <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink w:anchor="_Toc185582036" w:history="1">
-[...2 lines deleted...]
-            <w:rStyle w:val="Hyperlink"/>
+      <w:hyperlink w:anchor="_Toc216686234" w:history="1">
+        <w:r w:rsidRPr="001C0886">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlnk"/>
             <w:rFonts w:eastAsia="MS Gothic"/>
             <w:noProof/>
           </w:rPr>
-          <w:t>Visningar och avsked – SÄS Skene</w:t>
+          <w:t>Transport av avlidna till obduktion/bårhus/kylrum, SÄS Borås</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
-          <w:instrText xml:space="preserve"> PAGEREF _Toc185582036 \h </w:instrText>
+          <w:instrText xml:space="preserve"> PAGEREF _Toc216686234 \h </w:instrText>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
-          <w:t>6</w:t>
+          <w:t>3</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="44591D5F" w14:textId="32A27866" w:rsidR="00D52C67" w:rsidRDefault="00D52C67">
-[...1 lines deleted...]
-        <w:pStyle w:val="TOC2"/>
+    <w:p w14:paraId="5FC8C0E8" w14:textId="24DAB786" w:rsidR="00D46D0D" w:rsidRDefault="00D46D0D" w:rsidP="00441685">
+      <w:pPr>
+        <w:pStyle w:val="Innehll2"/>
+        <w:spacing w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:noProof/>
           <w:kern w:val="2"/>
-          <w:sz w:val="22"/>
-          <w:szCs w:val="22"/>
           <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink w:anchor="_Toc185582037" w:history="1">
-[...2 lines deleted...]
-            <w:rStyle w:val="Hyperlink"/>
+      <w:hyperlink w:anchor="_Toc216686235" w:history="1">
+        <w:r w:rsidRPr="001C0886">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlnk"/>
             <w:rFonts w:eastAsia="MS Gothic"/>
             <w:noProof/>
           </w:rPr>
-          <w:t>Hämtning/utlämning av avliden från bårhus/kylrum</w:t>
+          <w:t>Transport av avlidna till obduktion/bårhus/kylrum, SÄS Skene</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
-          <w:instrText xml:space="preserve"> PAGEREF _Toc185582037 \h </w:instrText>
+          <w:instrText xml:space="preserve"> PAGEREF _Toc216686235 \h </w:instrText>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
-          <w:t>6</w:t>
+          <w:t>5</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="29C8AFE9" w14:textId="1010490E" w:rsidR="00D52C67" w:rsidRDefault="00D52C67">
-[...1 lines deleted...]
-        <w:pStyle w:val="TOC1"/>
+    <w:p w14:paraId="339D6E45" w14:textId="4A31B125" w:rsidR="00D46D0D" w:rsidRDefault="00D46D0D" w:rsidP="00441685">
+      <w:pPr>
+        <w:pStyle w:val="Innehll2"/>
+        <w:spacing w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:noProof/>
           <w:kern w:val="2"/>
-          <w:sz w:val="22"/>
-          <w:szCs w:val="22"/>
           <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink w:anchor="_Toc185582038" w:history="1">
-[...2 lines deleted...]
-            <w:rStyle w:val="Hyperlink"/>
+      <w:hyperlink w:anchor="_Toc216686236" w:history="1">
+        <w:r w:rsidRPr="001C0886">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlnk"/>
             <w:rFonts w:eastAsia="MS Gothic"/>
             <w:noProof/>
           </w:rPr>
-          <w:t>Dokumentinformation</w:t>
+          <w:t>Visningar och avsked, SÄS Borås</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
-          <w:instrText xml:space="preserve"> PAGEREF _Toc185582038 \h </w:instrText>
+          <w:instrText xml:space="preserve"> PAGEREF _Toc216686236 \h </w:instrText>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
-          <w:t>7</w:t>
+          <w:t>5</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="131154CA" w14:textId="11A26CC4" w:rsidR="00D52C67" w:rsidRDefault="00D52C67">
-[...1 lines deleted...]
-        <w:pStyle w:val="TOC1"/>
+    <w:p w14:paraId="399C111A" w14:textId="2BF3C024" w:rsidR="00D46D0D" w:rsidRDefault="00D46D0D" w:rsidP="00441685">
+      <w:pPr>
+        <w:pStyle w:val="Innehll2"/>
+        <w:spacing w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:noProof/>
           <w:kern w:val="2"/>
-          <w:sz w:val="22"/>
-          <w:szCs w:val="22"/>
           <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink w:anchor="_Toc185582039" w:history="1">
-[...2 lines deleted...]
-            <w:rStyle w:val="Hyperlink"/>
+      <w:hyperlink w:anchor="_Toc216686237" w:history="1">
+        <w:r w:rsidRPr="001C0886">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlnk"/>
             <w:rFonts w:eastAsia="MS Gothic"/>
             <w:noProof/>
           </w:rPr>
-          <w:t>Referens- och länkförteckning</w:t>
+          <w:t>Visningar och avsked- SÄS Skene</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
-          <w:instrText xml:space="preserve"> PAGEREF _Toc185582039 \h </w:instrText>
+          <w:instrText xml:space="preserve"> PAGEREF _Toc216686237 \h </w:instrText>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:t>7</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="02BD5684" w14:textId="1AEE8661" w:rsidR="00FE7C50" w:rsidRPr="00185345" w:rsidRDefault="009A4A33" w:rsidP="00A32E2A">
-[...1 lines deleted...]
-        <w:pStyle w:val="Heading2"/>
+    <w:p w14:paraId="3348E997" w14:textId="58ED7FAB" w:rsidR="00D46D0D" w:rsidRDefault="00D46D0D" w:rsidP="00441685">
+      <w:pPr>
+        <w:pStyle w:val="Innehll2"/>
+        <w:spacing w:line="240" w:lineRule="auto"/>
         <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:noProof/>
-          <w:color w:val="auto"/>
-[...2 lines deleted...]
-          <w:u w:val="single"/>
+          <w:kern w:val="2"/>
+          <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
+      <w:hyperlink w:anchor="_Toc216686238" w:history="1">
+        <w:r w:rsidRPr="001C0886">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlnk"/>
+            <w:rFonts w:eastAsia="MS Gothic"/>
+            <w:noProof/>
+          </w:rPr>
+          <w:t>Hämtning/utlämning av avliden från bårhus/kylrum</w:t>
+        </w:r>
+        <w:r>
+          <w:rPr>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+          <w:tab/>
+        </w:r>
+        <w:r>
+          <w:rPr>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+          <w:fldChar w:fldCharType="begin"/>
+        </w:r>
+        <w:r>
+          <w:rPr>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+          <w:instrText xml:space="preserve"> PAGEREF _Toc216686238 \h </w:instrText>
+        </w:r>
+        <w:r>
+          <w:rPr>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+        </w:r>
+        <w:r>
+          <w:rPr>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+          <w:fldChar w:fldCharType="separate"/>
+        </w:r>
+        <w:r>
+          <w:rPr>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+          <w:t>7</w:t>
+        </w:r>
+        <w:r>
+          <w:rPr>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+          <w:fldChar w:fldCharType="end"/>
+        </w:r>
+      </w:hyperlink>
+    </w:p>
+    <w:p w14:paraId="0F3602DA" w14:textId="1A8B01F4" w:rsidR="00D46D0D" w:rsidRDefault="00D46D0D" w:rsidP="00441685">
+      <w:pPr>
+        <w:pStyle w:val="Innehll1"/>
+        <w:spacing w:line="240" w:lineRule="auto"/>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Times New Roman"/>
-          <w:bCs w:val="0"/>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:noProof/>
-          <w:color w:val="0000FF"/>
-[...2 lines deleted...]
-          <w:u w:val="single"/>
+          <w:kern w:val="2"/>
+          <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
+      </w:pPr>
+      <w:hyperlink w:anchor="_Toc216686239" w:history="1">
+        <w:r w:rsidRPr="001C0886">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlnk"/>
+            <w:rFonts w:eastAsia="MS Gothic"/>
+            <w:noProof/>
+          </w:rPr>
+          <w:t>Dokumentinformation</w:t>
+        </w:r>
+        <w:r>
+          <w:rPr>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+          <w:tab/>
+        </w:r>
+        <w:r>
+          <w:rPr>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+          <w:fldChar w:fldCharType="begin"/>
+        </w:r>
+        <w:r>
+          <w:rPr>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+          <w:instrText xml:space="preserve"> PAGEREF _Toc216686239 \h </w:instrText>
+        </w:r>
+        <w:r>
+          <w:rPr>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+        </w:r>
+        <w:r>
+          <w:rPr>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+          <w:fldChar w:fldCharType="separate"/>
+        </w:r>
+        <w:r>
+          <w:rPr>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+          <w:t>8</w:t>
+        </w:r>
+        <w:r>
+          <w:rPr>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+          <w:fldChar w:fldCharType="end"/>
+        </w:r>
+      </w:hyperlink>
+    </w:p>
+    <w:p w14:paraId="26181321" w14:textId="02CA43BF" w:rsidR="00D46D0D" w:rsidRDefault="00D46D0D" w:rsidP="00441685">
+      <w:pPr>
+        <w:pStyle w:val="Innehll1"/>
+        <w:spacing w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:noProof/>
+          <w:kern w:val="2"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+      </w:pPr>
+      <w:hyperlink w:anchor="_Toc216686240" w:history="1">
+        <w:r w:rsidRPr="001C0886">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlnk"/>
+            <w:rFonts w:eastAsia="MS Gothic"/>
+            <w:noProof/>
+          </w:rPr>
+          <w:t>Källförteckning</w:t>
+        </w:r>
+        <w:r>
+          <w:rPr>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+          <w:tab/>
+        </w:r>
+        <w:r>
+          <w:rPr>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+          <w:fldChar w:fldCharType="begin"/>
+        </w:r>
+        <w:r>
+          <w:rPr>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+          <w:instrText xml:space="preserve"> PAGEREF _Toc216686240 \h </w:instrText>
+        </w:r>
+        <w:r>
+          <w:rPr>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+        </w:r>
+        <w:r>
+          <w:rPr>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+          <w:fldChar w:fldCharType="separate"/>
+        </w:r>
+        <w:r>
+          <w:rPr>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+          <w:t>8</w:t>
+        </w:r>
+        <w:r>
+          <w:rPr>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+          <w:fldChar w:fldCharType="end"/>
+        </w:r>
+      </w:hyperlink>
+    </w:p>
+    <w:p w14:paraId="1FC6584C" w14:textId="04A299BB" w:rsidR="00B405A1" w:rsidRDefault="00DF4E6A" w:rsidP="00441685">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="right" w:leader="dot" w:pos="8647"/>
+        </w:tabs>
+        <w:spacing w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="0" w:right="-143"/>
+      </w:pPr>
+      <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
-      <w:r w:rsidR="00FE7C50" w:rsidRPr="00FE7C50">
-        <w:t>Inledning</w:t>
+    </w:p>
+    <w:p w14:paraId="29B03EF5" w14:textId="77777777" w:rsidR="009A32ED" w:rsidRDefault="009A32ED" w:rsidP="00013B6F">
+      <w:pPr>
+        <w:pStyle w:val="Rubrik2"/>
+        <w:ind w:right="-143"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="6" w:name="_Toc100327186"/>
+      <w:bookmarkStart w:id="7" w:name="_Toc216686228"/>
+      <w:bookmarkEnd w:id="5"/>
+      <w:r>
+        <w:lastRenderedPageBreak/>
+        <w:t>Bakgrund och syfte</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="6"/>
+      <w:bookmarkEnd w:id="7"/>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4BC35E0F" w14:textId="77777777" w:rsidR="00DA772C" w:rsidRDefault="00DA772C" w:rsidP="00013B6F">
+      <w:pPr>
+        <w:spacing w:line="240" w:lineRule="auto"/>
+        <w:ind w:right="-143"/>
+      </w:pPr>
+      <w:r>
+        <w:t>När någon avlidit, ska hälso- och sjukvårdspersonalen fullgöra sina uppgifter med respekt för den avlidne. De närstående ska visas hänsyn och omtanke enligt Hälso- och sjukvårdslagen (SFS 3017:30) [1] och Patientsäkerhetslagen (SFS 2010:659) [2].</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="20FC407D" w14:textId="6B26FDB6" w:rsidR="00DA772C" w:rsidRDefault="00DA772C" w:rsidP="00013B6F">
+      <w:pPr>
+        <w:spacing w:line="240" w:lineRule="auto"/>
+        <w:ind w:right="-143"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">I vårdhandboken, avsnitt </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId12" w:history="1">
+        <w:r w:rsidRPr="00DA772C">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlnk"/>
+          </w:rPr>
+          <w:t>Dödsfall, åtgärder inom hälso- och sjukvård</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r>
+        <w:t xml:space="preserve"> [3], betonas vikten av ett värdigt omhändertagande, att den döde tas om hand på ett så naturligt sätt som möjligt samt att omhändertagandet anpassas till den dödes och de närståendes önskemål. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="696C096E" w14:textId="2212051F" w:rsidR="009A32ED" w:rsidRPr="00023FF4" w:rsidRDefault="00DA772C" w:rsidP="00013B6F">
+      <w:pPr>
+        <w:spacing w:line="240" w:lineRule="auto"/>
+        <w:ind w:right="-143"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">För information om stöd till närstående, se även rutinen </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId13" w:history="1">
+        <w:r w:rsidRPr="00DA772C">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlnk"/>
+          </w:rPr>
+          <w:t>Efterlevandesamtal, SÄS</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r>
+        <w:t xml:space="preserve"> [4]. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="70B2A54A" w14:textId="77777777" w:rsidR="009A32ED" w:rsidRDefault="009A32ED" w:rsidP="00013B6F">
+      <w:pPr>
+        <w:pStyle w:val="Rubrik2"/>
+        <w:ind w:right="-143"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="8" w:name="_Toc100327187"/>
+      <w:bookmarkStart w:id="9" w:name="_Toc216686229"/>
+      <w:r>
+        <w:t>Förutsättningar</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="8"/>
+      <w:bookmarkEnd w:id="9"/>
+    </w:p>
+    <w:p w14:paraId="7CCE59AC" w14:textId="77777777" w:rsidR="009A32ED" w:rsidRDefault="009A32ED" w:rsidP="00013B6F">
+      <w:pPr>
+        <w:pStyle w:val="Rubrik3"/>
+        <w:ind w:right="-143"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="10" w:name="_Toc100327188"/>
+      <w:bookmarkStart w:id="11" w:name="_Toc216686230"/>
+      <w:r>
+        <w:t>Avgränsningar</w:t>
       </w:r>
       <w:bookmarkEnd w:id="10"/>
       <w:bookmarkEnd w:id="11"/>
+    </w:p>
+    <w:p w14:paraId="135305BC" w14:textId="131A8D0A" w:rsidR="009A32ED" w:rsidRDefault="00DA772C" w:rsidP="00013B6F">
+      <w:pPr>
+        <w:spacing w:line="240" w:lineRule="auto"/>
+        <w:ind w:right="-143"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00DA772C">
+        <w:t xml:space="preserve">Riktlinjen tydliggör ansvarsförhållanden vid transport av inskriven patient som avlider på vårdavdelning inom SÄS och vid avsked i avskedsrum/kapell. För inskriven patient som avlider i hemmet under permission hänvisas till den regiongemensamma riktlinjen </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId14" w:history="1">
+        <w:r w:rsidRPr="00DA772C">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlnk"/>
+          </w:rPr>
+          <w:t>Förvaring och transport av avlidna för Västra Götalandsregionen och länets kommuner</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="00DA772C">
+        <w:t xml:space="preserve"> [5]. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6A465E0C" w14:textId="77777777" w:rsidR="00E52734" w:rsidRDefault="00E52734" w:rsidP="009A32ED">
+      <w:pPr>
+        <w:ind w:right="-143"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="57D9FE8D" w14:textId="397EF35D" w:rsidR="00DA772C" w:rsidRDefault="00DA772C" w:rsidP="00013B6F">
+      <w:pPr>
+        <w:pStyle w:val="Rubrik2"/>
+        <w:ind w:right="-143"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="12" w:name="_Toc216686231"/>
+      <w:bookmarkStart w:id="13" w:name="_Toc100327189"/>
+      <w:r>
+        <w:t>Utförande</w:t>
+      </w:r>
       <w:bookmarkEnd w:id="12"/>
+    </w:p>
+    <w:p w14:paraId="730FC6A6" w14:textId="7CA16CDB" w:rsidR="009A32ED" w:rsidRPr="005218AA" w:rsidRDefault="009A32ED" w:rsidP="00013B6F">
+      <w:pPr>
+        <w:pStyle w:val="Rubrik3"/>
+        <w:ind w:right="-143"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="14" w:name="_Toc216686232"/>
+      <w:r w:rsidRPr="005218AA">
+        <w:t>Förberedelser</w:t>
+      </w:r>
       <w:bookmarkEnd w:id="13"/>
       <w:bookmarkEnd w:id="14"/>
+    </w:p>
+    <w:p w14:paraId="05AB46AA" w14:textId="6F992E37" w:rsidR="00DA772C" w:rsidRDefault="00DA772C" w:rsidP="00013B6F">
+      <w:pPr>
+        <w:pStyle w:val="Punktlista"/>
+        <w:spacing w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">Läkare ska ha fastställt döden innan den avlidne flyttas från vårdenheten. Se sjukhusövergripande riktlinje </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId15" w:history="1">
+        <w:r w:rsidRPr="00DA772C">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlnk"/>
+          </w:rPr>
+          <w:t>Dödsfall-fastställa inom SÄS</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DA772C">
+        <w:t xml:space="preserve">[6]. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="24732A0B" w14:textId="2F6D4A94" w:rsidR="00DA772C" w:rsidRDefault="00DA772C" w:rsidP="00013B6F">
+      <w:pPr>
+        <w:pStyle w:val="Punktlista"/>
+        <w:spacing w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:hyperlink r:id="rId16" w:history="1">
+        <w:r w:rsidRPr="00DA772C">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlnk"/>
+          </w:rPr>
+          <w:t>Bårhusremiss vid dödsfall</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r>
+        <w:t xml:space="preserve"> ska fyllas i, undertecknas av den som konstaterat dödsfallet samt medfölja transporten till obduktion/bårhuset. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="19E6D394" w14:textId="77777777" w:rsidR="00DA772C" w:rsidRDefault="00DA772C" w:rsidP="00013B6F">
+      <w:pPr>
+        <w:pStyle w:val="Punktlista"/>
+        <w:spacing w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">Samtliga infarter ska vara kvar, inklusive artärnål, CVK, CDK och PVK. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2B638D6D" w14:textId="77777777" w:rsidR="00DA772C" w:rsidRDefault="00DA772C" w:rsidP="00013B6F">
+      <w:pPr>
+        <w:pStyle w:val="Punktlista"/>
+        <w:spacing w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t>KAD och dränageslangar ska klippas av och proppas.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="15A86CBB" w14:textId="77777777" w:rsidR="00DA772C" w:rsidRDefault="00DA772C" w:rsidP="00013B6F">
+      <w:pPr>
+        <w:pStyle w:val="Punktlista"/>
+        <w:spacing w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">Om </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>trachealtub</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> avlägsnas ska området sutureras.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6AD8F967" w14:textId="77777777" w:rsidR="00DA772C" w:rsidRDefault="00DA772C" w:rsidP="00013B6F">
+      <w:pPr>
+        <w:pStyle w:val="Punktlista"/>
+        <w:spacing w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t>Sårförband ska förstärkas med tätsittande sårförband om det vätskar.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7898734D" w14:textId="0310D384" w:rsidR="00DA772C" w:rsidRDefault="00DA772C" w:rsidP="00013B6F">
+      <w:pPr>
+        <w:pStyle w:val="Punktlista"/>
+        <w:spacing w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t>Patienten ska ligga på dubbla underlakan och ha ett lakan över kroppen och täcka ansiktet. Filtar, kuddar och liknande ska tas bort vid överflyttning till bår.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0485E328" w14:textId="013A4591" w:rsidR="00DA772C" w:rsidRDefault="00DA772C" w:rsidP="00013B6F">
+      <w:pPr>
+        <w:pStyle w:val="Punktlista"/>
+        <w:spacing w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">Det är önskvärt att patientens armar placeras längs med kroppen. Om armarna ligger knäppta över bröstkorgen kan det försvåra eventuell obduktion. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7BA11C83" w14:textId="5A97D04C" w:rsidR="005E1B42" w:rsidRPr="00AE144D" w:rsidRDefault="005E1B42" w:rsidP="00013B6F">
+      <w:pPr>
+        <w:pStyle w:val="MellanrubrikVGR"/>
+        <w:spacing w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="15" w:name="_Toc216686233"/>
+      <w:r w:rsidRPr="00AE144D">
+        <w:rPr>
+          <w:rStyle w:val="Rubrik3Char"/>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:bCs w:val="0"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>Vid rättsmedicinska fall</w:t>
+      </w:r>
       <w:bookmarkEnd w:id="15"/>
+    </w:p>
+    <w:p w14:paraId="792E7087" w14:textId="389D0A4E" w:rsidR="005E1B42" w:rsidRPr="005E1B42" w:rsidRDefault="005E1B42" w:rsidP="00013B6F">
+      <w:pPr>
+        <w:pStyle w:val="Punktlista"/>
+        <w:spacing w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r w:rsidRPr="005E1B42">
+        <w:t xml:space="preserve">Kroppen ska vara orörd. Det innebär att alla infarter, dränageslangar, tuber med mera ska vara kvar. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4CB34E8F" w14:textId="3CAB5881" w:rsidR="009A32ED" w:rsidRPr="005218AA" w:rsidRDefault="005E1B42" w:rsidP="00013B6F">
+      <w:pPr>
+        <w:pStyle w:val="Rubrik3"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="16" w:name="_Toc216686234"/>
+      <w:r>
+        <w:lastRenderedPageBreak/>
+        <w:t>Transport av avlidna till obduktion/bårhus/kylrum, SÄS Borås</w:t>
+      </w:r>
       <w:bookmarkEnd w:id="16"/>
-      <w:bookmarkEnd w:id="17"/>
-[...14 lines deleted...]
-        <w:keepLines/>
+    </w:p>
+    <w:p w14:paraId="15D99A6B" w14:textId="0BE94E75" w:rsidR="009A32ED" w:rsidRDefault="009A32ED" w:rsidP="00013B6F">
+      <w:pPr>
+        <w:spacing w:line="240" w:lineRule="auto"/>
+        <w:ind w:right="-143"/>
+      </w:pPr>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidR="005E1B42" w:rsidRPr="005E1B42">
+        <w:t>Den avlidne bör, om möjlig, transporteras i säng till obduktion/bårhuset. Transport utförs av personal från aktuell vårdavdelning eller väktare. Vem av dessa som utför transporten, avgörs i varje enskilt fall av tjänstgörande sjuksköterska i samråd med berörda.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="55F99D87" w14:textId="77777777" w:rsidR="00FA240C" w:rsidRPr="005218AA" w:rsidRDefault="00FA240C" w:rsidP="00013B6F">
+      <w:pPr>
+        <w:spacing w:line="240" w:lineRule="auto"/>
+        <w:ind w:right="-143"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="5805C5E0" w14:textId="76CB377F" w:rsidR="009A32ED" w:rsidRPr="005218AA" w:rsidRDefault="005E1B42" w:rsidP="00013B6F">
+      <w:pPr>
+        <w:pStyle w:val="MellanrubrikVGR"/>
+        <w:spacing w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t>Vardagar klockan 07:30-15:30</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="28EA42A7" w14:textId="656EDA0E" w:rsidR="005E1B42" w:rsidRPr="008461D2" w:rsidRDefault="005E1B42" w:rsidP="00013B6F">
+      <w:pPr>
+        <w:spacing w:line="240" w:lineRule="auto"/>
+        <w:ind w:right="-143"/>
         <w:rPr>
-          <w:szCs w:val="20"/>
+          <w:b/>
+          <w:bCs/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00FE7C50">
+      <w:r w:rsidRPr="008461D2">
         <w:rPr>
-          <w:szCs w:val="20"/>
+          <w:b/>
+          <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">I vårdhandboken, avsnitt </w:t>
-[...391 lines deleted...]
-      <w:r w:rsidRPr="00FE7C50">
         <w:t>Avdelningspersonal</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0B364763" w14:textId="191C6B73" w:rsidR="00FE7C50" w:rsidRPr="00FE7C50" w:rsidRDefault="00FE7C50" w:rsidP="00AA427C">
-[...103 lines deleted...]
-      <w:r w:rsidR="00526920" w:rsidRPr="00526920">
+    <w:p w14:paraId="07516260" w14:textId="21A8ABDC" w:rsidR="005E1B42" w:rsidRDefault="005E1B42" w:rsidP="00013B6F">
+      <w:pPr>
+        <w:pStyle w:val="Punktlista"/>
+        <w:spacing w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">Avtala tid med obduktionspersonalen på anknytning </w:t>
+      </w:r>
+      <w:r w:rsidRPr="005E1B42">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>1897</w:t>
       </w:r>
-      <w:r w:rsidRPr="00FE7C50">
-[...23 lines deleted...]
-    <w:p w14:paraId="73C2FE5B" w14:textId="77777777" w:rsidR="00FE7C50" w:rsidRPr="00FE7C50" w:rsidRDefault="00FE7C50" w:rsidP="005019C4">
+      <w:r>
+        <w:t xml:space="preserve"> för transport/hämtning till obduktion/bårhus.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7F5165C4" w14:textId="77777777" w:rsidR="005E1B42" w:rsidRDefault="005E1B42" w:rsidP="00013B6F">
+      <w:pPr>
+        <w:pStyle w:val="Punktlista"/>
+        <w:spacing w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">Ring på dörrsignalen vid ankomst till obduktion/bårhuset, där obduktionspersonal tar emot den avlidne. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7084F565" w14:textId="18F16236" w:rsidR="009A32ED" w:rsidRPr="005218AA" w:rsidRDefault="009A32ED" w:rsidP="00013B6F">
       <w:pPr>
         <w:pStyle w:val="MellanrubrikVGR"/>
-      </w:pPr>
-[...20 lines deleted...]
-      <w:r w:rsidRPr="00FE7C50">
+        <w:spacing w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidR="005E1B42">
+        <w:t>Lördag, söndag och helgdagar klockan 07:00-18:00</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4568E372" w14:textId="77777777" w:rsidR="005E1B42" w:rsidRPr="00326556" w:rsidRDefault="005E1B42" w:rsidP="00013B6F">
+      <w:pPr>
+        <w:spacing w:line="240" w:lineRule="auto"/>
+        <w:ind w:right="-143"/>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00326556">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
         <w:t>Avdelningspersonal</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7D376FC7" w14:textId="408F53B4" w:rsidR="00FE7C50" w:rsidRPr="00FE7C50" w:rsidRDefault="00FE7C50" w:rsidP="005019C4">
-[...9 lines deleted...]
-      <w:r w:rsidR="00526920" w:rsidRPr="00FE7C50">
+    <w:p w14:paraId="27533CCF" w14:textId="4BCE6B2D" w:rsidR="00326556" w:rsidRDefault="005E1B42" w:rsidP="00013B6F">
+      <w:pPr>
+        <w:pStyle w:val="Punktlista"/>
+        <w:spacing w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">Avtala tid med väktare på anknytning </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00326556">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>1275</w:t>
       </w:r>
-      <w:r w:rsidR="00526920">
+      <w:r>
+        <w:t xml:space="preserve"> för avlämning</w:t>
+      </w:r>
+      <w:r w:rsidR="00326556">
+        <w:t xml:space="preserve"> på obduktion/bårhuset där väktare möter upp.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="17FE87AF" w14:textId="17EDCC93" w:rsidR="00326556" w:rsidRPr="00326556" w:rsidRDefault="00326556" w:rsidP="00013B6F">
+      <w:pPr>
+        <w:spacing w:line="240" w:lineRule="auto"/>
+        <w:ind w:right="-143"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve"> </w:t>
-[...55 lines deleted...]
-      <w:r w:rsidRPr="00FE7C50">
+      </w:pPr>
+      <w:r w:rsidRPr="00326556">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t>1275</w:t>
-[...11 lines deleted...]
-      <w:r w:rsidRPr="00FE7C50">
         <w:t>Väktare</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4BA7068A" w14:textId="77777777" w:rsidR="00FE7C50" w:rsidRPr="00FE7C50" w:rsidRDefault="00FE7C50" w:rsidP="006D2C81">
-[...61 lines deleted...]
-      <w:r w:rsidRPr="00FE7C50">
+    <w:p w14:paraId="14D28F67" w14:textId="4412D8EE" w:rsidR="00326556" w:rsidRDefault="00326556" w:rsidP="00013B6F">
+      <w:pPr>
+        <w:pStyle w:val="Punktlista"/>
+        <w:spacing w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t>Väktaren ansvarar för öppning och låsning av obduktion/bårhuset</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="513ECAA5" w14:textId="77777777" w:rsidR="00D46D0D" w:rsidRDefault="00D46D0D" w:rsidP="00D46D0D">
+      <w:pPr>
+        <w:pStyle w:val="Punktlista"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="0"/>
+        </w:numPr>
+        <w:spacing w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="1077"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="69748B14" w14:textId="16B22372" w:rsidR="009A32ED" w:rsidRDefault="00326556" w:rsidP="00013B6F">
+      <w:pPr>
+        <w:pStyle w:val="MellanrubrikVGR"/>
+        <w:spacing w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t>Alla dagar klockan 18:00-07:00</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="523FECB1" w14:textId="2757021A" w:rsidR="00326556" w:rsidRPr="00326556" w:rsidRDefault="00326556" w:rsidP="00013B6F">
+      <w:pPr>
+        <w:spacing w:line="240" w:lineRule="auto"/>
+        <w:ind w:right="-143"/>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00326556">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>Avdelningspersonal</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7E49FD21" w14:textId="379A800B" w:rsidR="00326556" w:rsidRDefault="00326556" w:rsidP="00013B6F">
+      <w:pPr>
+        <w:pStyle w:val="Punktlista"/>
+        <w:spacing w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">Kontakta väktare, anknytning 1275, och avtala tid för hämtning på vårdavdelningen. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3517F630" w14:textId="3A952294" w:rsidR="00326556" w:rsidRPr="00326556" w:rsidRDefault="00326556" w:rsidP="00013B6F">
+      <w:pPr>
+        <w:spacing w:line="240" w:lineRule="auto"/>
+        <w:ind w:right="-143"/>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00326556">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>Väktare</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="20D44C16" w14:textId="50F2B1D5" w:rsidR="00326556" w:rsidRDefault="00326556" w:rsidP="00013B6F">
+      <w:pPr>
+        <w:pStyle w:val="Punktlista"/>
+        <w:spacing w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t>Möter upp på vårdavdelningen</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2D69C48C" w14:textId="404F8EB9" w:rsidR="00326556" w:rsidRDefault="00326556" w:rsidP="00013B6F">
+      <w:pPr>
+        <w:pStyle w:val="Punktlista"/>
+        <w:spacing w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t>Transporterar, tillsammans med avdelningspersonal, den avlidne i säng till obduktion/bårhuset.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2BAB1A5E" w14:textId="22CA37F6" w:rsidR="00326556" w:rsidRDefault="00326556" w:rsidP="00013B6F">
+      <w:pPr>
+        <w:pStyle w:val="Punktlista"/>
+        <w:spacing w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">Om avdelningspersonal inte har möjlighet att följa med till obduktion/bårhus, ta med </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>bårvagn</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> till vårdavdelningen/mottagningen. Överflyttning till </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>bårvagn</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> sker med hjälp av avdelningspersonal.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5E42F0E0" w14:textId="43E6623D" w:rsidR="00013B6F" w:rsidRDefault="00326556" w:rsidP="00013B6F">
+      <w:pPr>
+        <w:pStyle w:val="Punktlista"/>
+        <w:spacing w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">Ansvarar för öppning och låsning av obduktion/bårhuset. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="457F68DB" w14:textId="09C5E77A" w:rsidR="00FF1B00" w:rsidRDefault="00013B6F" w:rsidP="00013B6F">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="0" w:right="0"/>
+      </w:pPr>
+      <w:r>
+        <w:br w:type="page"/>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="27594826" w14:textId="0E01C611" w:rsidR="00FF1B00" w:rsidRDefault="00FF1B00" w:rsidP="00013B6F">
+      <w:pPr>
+        <w:pStyle w:val="Rubrik3"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="17" w:name="_Toc216686235"/>
+      <w:r>
+        <w:lastRenderedPageBreak/>
+        <w:t>Transport av avlidna till obduktion/bårhus/kylrum,</w:t>
+      </w:r>
+      <w:r w:rsidR="008461D2">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
         <w:t>SÄS Skene</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="133"/>
-[...20 lines deleted...]
-      <w:r w:rsidRPr="00FE7C50">
+      <w:bookmarkEnd w:id="17"/>
+    </w:p>
+    <w:p w14:paraId="2731ABDB" w14:textId="77777777" w:rsidR="00FF1B00" w:rsidRDefault="00FF1B00" w:rsidP="00013B6F">
+      <w:pPr>
+        <w:spacing w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
         <w:t>Bårhuset/kylrummet vid SÄS Skene används för avlidna i närområdet även om dödsfallet inträffat utanför sjukhuset. Begravningsentreprenörer har åtkomst till kylrummet endast för avlämning av kroppar. För kistläggning och utlämning inför gravsättning, har Regionservice och bårhuset vid SÄS Borås särskilda rutiner för att säkerställa hanteringen.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7FA37F91" w14:textId="77777777" w:rsidR="00FE7C50" w:rsidRPr="00FE7C50" w:rsidRDefault="00FE7C50" w:rsidP="00C8491D">
+    <w:p w14:paraId="379AAB91" w14:textId="77777777" w:rsidR="00FF1B00" w:rsidRDefault="00FF1B00" w:rsidP="00013B6F">
       <w:pPr>
         <w:pStyle w:val="MellanrubrikVGR"/>
-      </w:pPr>
-[...6 lines deleted...]
-      <w:r w:rsidRPr="00FE7C50">
+        <w:spacing w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
         <w:t>Under öppettider vid operationscentrum</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="152"/>
-[...7 lines deleted...]
-      <w:r w:rsidRPr="00FE7C50">
+    </w:p>
+    <w:p w14:paraId="43B4A1F2" w14:textId="77777777" w:rsidR="00FF1B00" w:rsidRDefault="00FF1B00" w:rsidP="00013B6F">
+      <w:pPr>
+        <w:spacing w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
         <w:t xml:space="preserve">Om patient avlider i samband med vård vid SÄS Skene, tar tjänstgörande sjuksköterska kontakt med vaktmästare vid Regionservice, anknytning </w:t>
       </w:r>
-      <w:r w:rsidRPr="00FE7C50">
+      <w:r w:rsidRPr="00FF1B00">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>9099</w:t>
       </w:r>
-      <w:r w:rsidRPr="00FE7C50">
+      <w:r>
         <w:t xml:space="preserve"> för hjälp med transport till bårhus/kylrum. Tjänstgörande sjuksköterska ansvarar för att </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4D755C72" w14:textId="309E72B4" w:rsidR="00FE7C50" w:rsidRPr="00FE7C50" w:rsidRDefault="00800169" w:rsidP="00C8491D">
-[...55 lines deleted...]
-        <w:pStyle w:val="ListBullet"/>
+    <w:p w14:paraId="03B58EFE" w14:textId="77777777" w:rsidR="00FF1B00" w:rsidRPr="00277D90" w:rsidRDefault="00FF1B00" w:rsidP="00013B6F">
+      <w:pPr>
+        <w:spacing w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:b/>
-          <w:szCs w:val="20"/>
+          <w:bCs/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00FE7C50">
+      <w:r w:rsidRPr="00277D90">
         <w:rPr>
-          <w:szCs w:val="20"/>
+          <w:b/>
+          <w:bCs/>
         </w:rPr>
-        <w:t>att en person från avdelningen/mottagningen följer med till kylrummet och hjälper till med överflyttning.</w:t>
-[...18 lines deleted...]
-      <w:r w:rsidRPr="00FE7C50">
+        <w:t>Avdelningspersonal</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="673B6416" w14:textId="3EA44DC7" w:rsidR="00FF1B00" w:rsidRDefault="00FF1B00" w:rsidP="00013B6F">
+      <w:pPr>
+        <w:pStyle w:val="Punktlista"/>
+        <w:spacing w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t>följer med till kylrummet och hjälper till med överflyttning.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3CE82C3F" w14:textId="258201BC" w:rsidR="00FF1B00" w:rsidRPr="00FF1B00" w:rsidRDefault="00FF1B00" w:rsidP="00013B6F">
+      <w:pPr>
+        <w:pStyle w:val="Punktlista"/>
+        <w:spacing w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t>kör tillbaka säng/</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>bårvagn</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="11767B3C" w14:textId="39968396" w:rsidR="00FF1B00" w:rsidRPr="005218AA" w:rsidRDefault="00FF1B00" w:rsidP="00013B6F">
+      <w:pPr>
+        <w:pStyle w:val="Rubrik3"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="18" w:name="_Toc216686236"/>
+      <w:r>
         <w:t>Visningar och avsked, SÄS Borås</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="158"/>
-[...8 lines deleted...]
-      <w:r w:rsidRPr="00FE7C50">
+      <w:bookmarkEnd w:id="18"/>
+    </w:p>
+    <w:p w14:paraId="69AD91EC" w14:textId="77777777" w:rsidR="00FF1B00" w:rsidRDefault="00FF1B00" w:rsidP="00013B6F">
+      <w:pPr>
+        <w:spacing w:line="240" w:lineRule="auto"/>
+        <w:ind w:right="-143"/>
+      </w:pPr>
+      <w:r>
         <w:t>Tjänstgörande sjuksköterska på den avdelning där den avlidne vårdats, ansvarar för samordning och kontakter med berörda gällande önskemål om avsked. I vissa fall är det av värde eller finns behov av att vårdpersonal är med vid avskedet. Tjänstgörande sjuksköterska utser då lämplig person.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="40B9B931" w14:textId="77777777" w:rsidR="00FE7C50" w:rsidRPr="00FE7C50" w:rsidRDefault="00FE7C50" w:rsidP="00F67E3B">
-[...3 lines deleted...]
-      <w:r w:rsidRPr="00FE7C50">
+    <w:p w14:paraId="1DD150CE" w14:textId="77777777" w:rsidR="00FF1B00" w:rsidRDefault="00FF1B00" w:rsidP="00013B6F">
+      <w:pPr>
+        <w:spacing w:line="240" w:lineRule="auto"/>
+        <w:ind w:right="-143"/>
+      </w:pPr>
+      <w:r>
+        <w:t>Personal från sjukhuskyrkan finns behjälpliga vid avsked om så önskas, och nås via telefonväxeln, anknytning 09. Personal från sjukhuskyrkan kan också hjälpa till att förmedla kontakt med andra trossamfund, om närstående önskar hjälp med sådan kontakt.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="15E087A1" w14:textId="53864912" w:rsidR="00FF1B00" w:rsidRDefault="00FF1B00" w:rsidP="00013B6F">
+      <w:pPr>
+        <w:pStyle w:val="MellanrubrikVGR"/>
+        <w:spacing w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t>På vårdavdelning</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6FA97337" w14:textId="71CC459C" w:rsidR="00FF1B00" w:rsidRDefault="00FF1B00" w:rsidP="00013B6F">
+      <w:pPr>
+        <w:spacing w:line="240" w:lineRule="auto"/>
+        <w:ind w:right="-143"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00FF1B00">
+        <w:t>Vid avsked på vårdavdelning ansvarar personal på plats för i</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FF1B00">
+        <w:t>iordningställande och genomförande. Närstående avgör vilka som ska närvara.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="65D4FFB3" w14:textId="163C508C" w:rsidR="00FF1B00" w:rsidRDefault="00FF1B00" w:rsidP="00013B6F">
+      <w:pPr>
+        <w:pStyle w:val="MellanrubrikVGR"/>
+        <w:spacing w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t>I avskedsrum</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4AFFF684" w14:textId="4C206345" w:rsidR="00FF1B00" w:rsidRDefault="00FF1B00" w:rsidP="00013B6F">
+      <w:pPr>
+        <w:spacing w:line="240" w:lineRule="auto"/>
+        <w:ind w:right="-143"/>
+      </w:pPr>
+      <w:r>
+        <w:t>I avskedsrummet finns bl</w:t>
+      </w:r>
+      <w:r w:rsidR="00277D90">
+        <w:t>and annat</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> näsdukar, vattenkaraff, blommor, ljus, cd-skivor med musik, leksaker, psalmböcker samt en röd pärm med förslag på dikter, böner och sånger att använda fritt vid avskedet.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5FD3F83B" w14:textId="3A5A97AE" w:rsidR="00E52734" w:rsidRDefault="00FF1B00" w:rsidP="00013B6F">
+      <w:pPr>
+        <w:spacing w:line="240" w:lineRule="auto"/>
+        <w:ind w:right="-143"/>
+      </w:pPr>
+      <w:r>
+        <w:t>Närstående avgör vilka som ska närvara vid avskedsstunden men av säkerhetsskäl får det vistas max 24 personer i avskedsrummet</w:t>
+      </w:r>
+      <w:r w:rsidR="00E52734">
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="23F92AE1" w14:textId="7C320C6E" w:rsidR="00FF1B00" w:rsidRDefault="00FF1B00" w:rsidP="00013B6F">
+      <w:pPr>
+        <w:pStyle w:val="MellanrubrikVGR"/>
+        <w:spacing w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t>Bokning</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3C043C55" w14:textId="77777777" w:rsidR="00FF1B00" w:rsidRPr="00FF1B00" w:rsidRDefault="00FF1B00" w:rsidP="00013B6F">
+      <w:pPr>
+        <w:spacing w:line="240" w:lineRule="auto"/>
+        <w:ind w:right="-143"/>
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FF1B00">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t>Bokning av avsked måste göras för att förhindra dubbelbokning i avskedsrummet!</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="098B4A38" w14:textId="4DEEB3C9" w:rsidR="00FF1B00" w:rsidRDefault="00FF1B00" w:rsidP="00013B6F">
+      <w:pPr>
+        <w:spacing w:line="240" w:lineRule="auto"/>
+        <w:ind w:right="-143"/>
+      </w:pPr>
+      <w:r>
+        <w:t>För att tillmötesgå önskemål om dag och tid för avsked samt möjliggöra planering och iordningställande i avskedsrummet, bör bokning göras senast klockan 14:00 dagen innan.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3FAB08CE" w14:textId="77777777" w:rsidR="00FF1B00" w:rsidRDefault="00FF1B00" w:rsidP="00013B6F">
+      <w:pPr>
+        <w:spacing w:line="240" w:lineRule="auto"/>
+        <w:ind w:right="-143"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">Tjänstgörande sjuksköterska på vårdavdelningen kontaktar i första hand sjukhuskyrkan via telefonväxeln, anknytning </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FF1B00">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>09</w:t>
       </w:r>
-      <w:r w:rsidRPr="00FE7C50">
-[...148 lines deleted...]
-      <w:r w:rsidRPr="00FE7C50">
+      <w:r>
+        <w:t xml:space="preserve">, som bokar och samordnar tid för avsked med obduktion/bårhuset. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1F7DA519" w14:textId="2E3F849D" w:rsidR="00FF1B00" w:rsidRDefault="00FF1B00" w:rsidP="00013B6F">
+      <w:pPr>
+        <w:spacing w:line="240" w:lineRule="auto"/>
+        <w:ind w:right="-143"/>
+      </w:pPr>
+      <w:r>
+        <w:lastRenderedPageBreak/>
+        <w:t xml:space="preserve">Personal från sjukhuskyrkan finns tillgängliga för bokning av tider samt avsked mellan klockan 08:30-16:30 veckans alla dagar (nås via telefonväxeln, anknytning </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FF1B00">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>09</w:t>
       </w:r>
-      <w:r w:rsidRPr="00FE7C50">
-[...8 lines deleted...]
-      <w:r w:rsidR="00771362">
+      <w:r>
+        <w:t>).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3F1F1797" w14:textId="323376E4" w:rsidR="00FF1B00" w:rsidRDefault="00FF1B00" w:rsidP="00013B6F">
+      <w:pPr>
+        <w:spacing w:line="240" w:lineRule="auto"/>
+        <w:ind w:right="-143"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">Om personal från sjukhuskyrkan inte har möjlighet att medverka vid önskad tidpunkt, kan obduktionspersonalen vara behjälpliga vid avsked, anknytning </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FF1B00">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>1897</w:t>
+      </w:r>
+      <w:r>
         <w:t>.</w:t>
       </w:r>
-      <w:r w:rsidRPr="00FE7C50">
-[...8 lines deleted...]
-      <w:r w:rsidRPr="00FE7C50">
+    </w:p>
+    <w:p w14:paraId="695F6A41" w14:textId="50A7B797" w:rsidR="00FF1B00" w:rsidRPr="007A10DE" w:rsidRDefault="007A10DE" w:rsidP="00013B6F">
+      <w:pPr>
+        <w:pStyle w:val="MellanrubrikVGR"/>
+        <w:spacing w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r w:rsidRPr="007A10DE">
+        <w:t>Iordningsställande</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="42894D5D" w14:textId="77777777" w:rsidR="007A10DE" w:rsidRDefault="007A10DE" w:rsidP="00013B6F">
+      <w:pPr>
+        <w:spacing w:line="240" w:lineRule="auto"/>
+        <w:ind w:right="-143"/>
+      </w:pPr>
+      <w:r>
+        <w:t>Obduktionspersonalen ansvarar för praktiska detaljer vid avsked under dagtid.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2869BFEE" w14:textId="77777777" w:rsidR="007A10DE" w:rsidRDefault="007A10DE" w:rsidP="00013B6F">
+      <w:pPr>
+        <w:spacing w:line="240" w:lineRule="auto"/>
+        <w:ind w:right="-143"/>
+      </w:pPr>
+      <w:r>
+        <w:t>Vid akuta och speciella tillfällen där det krävs förstärkning av någon anledning, kan överlämnande avdelning finnas behjälplig för iordningställande av den avlidne. Om dödsfallet inträffat på sjukhuset är det den avdelning där den avlidne var inskriven som är behjälplig. I övriga fall finns möjlighet att be akutmottagningen om hjälp med iordningställande, se även rubrik När en person avlidit utanför sjukhuset.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7BF4CA73" w14:textId="77777777" w:rsidR="007A10DE" w:rsidRDefault="007A10DE" w:rsidP="00013B6F">
+      <w:pPr>
+        <w:spacing w:line="240" w:lineRule="auto"/>
+        <w:ind w:right="-143"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">Trygghetscentralen/väktare är vid behov behjälplig med öppning och låsning av lokal vid avsked, att ta fram och lyfta tillbaka den avlidne från kylförvaring samt överflyttning till </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>bårvagn</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6B8E6CB6" w14:textId="7907986F" w:rsidR="007A10DE" w:rsidRDefault="007A10DE" w:rsidP="00013B6F">
+      <w:pPr>
+        <w:spacing w:line="240" w:lineRule="auto"/>
+        <w:ind w:right="-143"/>
+      </w:pPr>
+      <w:r>
+        <w:t>Avdelningspersonalen/sjukhuskyrkan ansvarar för iordningställande i avskedsrummet - både före och efter avsked.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="12A98921" w14:textId="509B7FA4" w:rsidR="00FF1B00" w:rsidRDefault="007A10DE" w:rsidP="00013B6F">
+      <w:pPr>
+        <w:pStyle w:val="MellanrubrikVGR"/>
+        <w:spacing w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t>När en person avlidit utanför sjukhuset</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="64F8D810" w14:textId="77777777" w:rsidR="00AE5984" w:rsidRDefault="00AE5984" w:rsidP="00013B6F">
+      <w:pPr>
+        <w:spacing w:line="240" w:lineRule="auto"/>
+        <w:ind w:right="-143"/>
+      </w:pPr>
+      <w:r>
+        <w:t>Den avlidne förs direkt till obduktion/bårhuset. Anhöriga kan ta kontakt med sjukhuskyrkan via telefonväxeln, anknytning 09, för att boka tid för avsked om så önskas.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="21C0CA58" w14:textId="77777777" w:rsidR="00AE5984" w:rsidRDefault="00AE5984" w:rsidP="00013B6F">
+      <w:pPr>
+        <w:spacing w:line="240" w:lineRule="auto"/>
+        <w:ind w:right="-143"/>
+      </w:pPr>
+      <w:r>
+        <w:t>Vid polisärende krävs godkännande av polis för avsked före rättsmedicinsk undersökning; personal från sjukhuskyrkan tar denna kontakt. Vid akuta händelser kan personal från akutmottagningen vara behjälplig med att göra i ordning den avlidne tillsammans med ansvarig för avskedet.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="64E98889" w14:textId="3CCFF321" w:rsidR="00FF1B00" w:rsidRDefault="00AE5984" w:rsidP="00013B6F">
+      <w:pPr>
+        <w:pStyle w:val="MellanrubrikVGR"/>
+        <w:spacing w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t>Önskemål om tvagning</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="681CBD77" w14:textId="00C9FEFD" w:rsidR="00AE5984" w:rsidRDefault="00AE5984" w:rsidP="00013B6F">
+      <w:pPr>
+        <w:spacing w:line="240" w:lineRule="auto"/>
+        <w:ind w:right="-143"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00AE5984">
+        <w:t xml:space="preserve">Vid önskan om tvagning kontaktas obduktion/bårhuset dagtid </w:t>
+      </w:r>
+      <w:r w:rsidR="00277D90">
+        <w:t xml:space="preserve">på </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AE5984">
+        <w:t xml:space="preserve">vardagar på anknytning </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AE5984">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>1897</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AE5984">
+        <w:t>, för bokning av tid. En ceremoniell tvagning sker oftast i direkt anslutning till begravningen.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2727640D" w14:textId="09521428" w:rsidR="00AE5984" w:rsidRDefault="00AE5984" w:rsidP="00013B6F">
+      <w:pPr>
+        <w:pStyle w:val="MellanrubrikVGR"/>
+        <w:spacing w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t>Semesterperiod</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0B5754F9" w14:textId="1CB8E33D" w:rsidR="00AE5984" w:rsidRPr="00AE5984" w:rsidRDefault="00AE5984" w:rsidP="00013B6F">
+      <w:pPr>
+        <w:spacing w:line="240" w:lineRule="auto"/>
+        <w:ind w:right="-143"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00AE5984">
+        <w:t xml:space="preserve">Under semesterperioden gäller särskilt schema för sjukhuskyrkan som påverkar möjlighet till avsked i avskedsrummet. Under denna period kontaktas telefonväxeln, anknytning </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00277D90">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>09</w:t>
       </w:r>
-      <w:r w:rsidRPr="00FE7C50">
-[...19 lines deleted...]
-    <w:p w14:paraId="4F98C170" w14:textId="77777777" w:rsidR="00FE7C50" w:rsidRPr="00FE7C50" w:rsidRDefault="00FE7C50" w:rsidP="00631E2A">
+      <w:r w:rsidRPr="00AE5984">
+        <w:t>, för information.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="35C00020" w14:textId="101429A6" w:rsidR="00AE5984" w:rsidRDefault="00AE5984" w:rsidP="00013B6F">
       <w:pPr>
         <w:pStyle w:val="MellanrubrikVGR"/>
-      </w:pPr>
-[...73 lines deleted...]
-      <w:r w:rsidRPr="00FE7C50">
+        <w:spacing w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t>Nattetid</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2817DBA9" w14:textId="6B2B27C1" w:rsidR="0016142E" w:rsidRDefault="00AE5984" w:rsidP="00013B6F">
+      <w:pPr>
+        <w:spacing w:line="240" w:lineRule="auto"/>
+        <w:ind w:right="-143"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00AE5984">
+        <w:t xml:space="preserve">Alla avsked ska ske via sjukhuskyrkan eller obduktionspersonal enligt ovan. Trygghetscentralen/väktare kan i särskilda fall vara polisen behjälplig nattetid, om det finns behov för </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00AE5984">
+        <w:t>t.ex.</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00AE5984">
+        <w:t xml:space="preserve"> identifiering av avliden som förts till bårhus/kylrum. Inga avsked genomförs nattetid.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="71A10DA6" w14:textId="77777777" w:rsidR="0016142E" w:rsidRDefault="0016142E">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="0" w:right="0"/>
+      </w:pPr>
+      <w:r>
+        <w:br w:type="page"/>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="43889E3B" w14:textId="77777777" w:rsidR="00AE5984" w:rsidRDefault="00AE5984" w:rsidP="00013B6F">
+      <w:pPr>
+        <w:spacing w:line="240" w:lineRule="auto"/>
+        <w:ind w:right="-143"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="4B40DB66" w14:textId="1022CA3F" w:rsidR="00AE5984" w:rsidRDefault="00AE5984" w:rsidP="00013B6F">
+      <w:pPr>
+        <w:pStyle w:val="Rubrik3"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="19" w:name="_Toc216686237"/>
+      <w:r>
+        <w:t>Visningar och avsked- SÄS Skene</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="19"/>
+    </w:p>
+    <w:p w14:paraId="4AD99C00" w14:textId="632E55F6" w:rsidR="00AE5984" w:rsidRDefault="00AE5984" w:rsidP="00013B6F">
+      <w:pPr>
+        <w:spacing w:line="240" w:lineRule="auto"/>
+        <w:ind w:right="-143"/>
+      </w:pPr>
+      <w:r>
+        <w:t>Närstående avgör vilka som ska närvara.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6873A5F5" w14:textId="77777777" w:rsidR="00AE5984" w:rsidRDefault="00AE5984" w:rsidP="00013B6F">
+      <w:pPr>
+        <w:spacing w:line="240" w:lineRule="auto"/>
+        <w:ind w:right="-143"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">Personal från sjukhuskyrkan Skene hjälper gärna till och finns tillgängliga under begränsade tider (kontakt kan tas via sjukhuskyrkan SÄS Borås via telefonväxeln, anknytning </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00277D90">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>09</w:t>
       </w:r>
-      <w:r w:rsidRPr="00FE7C50">
-[...32 lines deleted...]
-      <w:r w:rsidRPr="00FE7C50">
+      <w:r>
+        <w:t>). Sjukhuskyrkans personal har kontaktuppgifter till företrädare för andra trossamfund, om närstående önskar hjälp med sådan kontakt.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="37B28AD6" w14:textId="77777777" w:rsidR="00AE5984" w:rsidRDefault="00AE5984" w:rsidP="00013B6F">
+      <w:pPr>
+        <w:spacing w:line="240" w:lineRule="auto"/>
+        <w:ind w:right="-143"/>
+      </w:pPr>
+      <w:r>
+        <w:t>När en person avlidit utanför sjukhuset, och förs direkt till bårhus/kylrum, kan sjukhuskyrkans personal ansvara för visning om närstående önskar ta avsked. Personal från sjukhuskyrkan har möjlighet att be om hjälp från jourcentralen eller från vårdavdelning vid iordningsställande, om behov finns.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5784FD9F" w14:textId="77777777" w:rsidR="00AE5984" w:rsidRDefault="00AE5984" w:rsidP="00013B6F">
+      <w:pPr>
+        <w:spacing w:line="240" w:lineRule="auto"/>
+        <w:ind w:right="-143"/>
+      </w:pPr>
+      <w:r>
+        <w:t>Nattetid bör avsked i kapellet ske endast i undantagsfall.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5F9A9674" w14:textId="24029A59" w:rsidR="00AE5984" w:rsidRDefault="00AE5984" w:rsidP="00013B6F">
+      <w:pPr>
+        <w:spacing w:line="240" w:lineRule="auto"/>
+        <w:ind w:right="-143"/>
+      </w:pPr>
+      <w:r>
+        <w:t>Sjukhuskyrkan ansvarar för iordningsställande i kapellet, både före och efter avsked.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="002AD78E" w14:textId="49B7D0F1" w:rsidR="00AE5984" w:rsidRDefault="00543CAE" w:rsidP="00013B6F">
+      <w:pPr>
+        <w:pStyle w:val="Rubrik3"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="20" w:name="_Toc216686238"/>
+      <w:r>
+        <w:t>Hämtning/utlämning av avliden från bårhus/kylrum</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="20"/>
+    </w:p>
+    <w:p w14:paraId="7D05BFB0" w14:textId="77777777" w:rsidR="00543CAE" w:rsidRDefault="00543CAE" w:rsidP="00013B6F">
+      <w:pPr>
+        <w:spacing w:line="240" w:lineRule="auto"/>
+        <w:ind w:right="-143"/>
+      </w:pPr>
+      <w:r>
+        <w:t>Vid utlämning av avlidna, ska ID-kontroll göras för att säkerställa att rätt kropp lämnas ut. Utlämningskvittot ska signeras av den entreprenör som hämtar, och registreras därefter in i laboratoriets datasystem.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6097B1AE" w14:textId="77777777" w:rsidR="00543CAE" w:rsidRDefault="00543CAE" w:rsidP="00013B6F">
+      <w:pPr>
+        <w:spacing w:line="240" w:lineRule="auto"/>
+        <w:ind w:right="-143"/>
+      </w:pPr>
+      <w:r>
+        <w:t>Om ingen efter cirka 3 veckor gjort anspråk på att hämta ut den avlidne för kremering eller gravsättning, skickar bårhuset ett meddelande till Skatteverket via</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="36884C09" w14:textId="54557270" w:rsidR="00543CAE" w:rsidRDefault="00543CAE" w:rsidP="00013B6F">
+      <w:pPr>
+        <w:pStyle w:val="Punktlista"/>
+        <w:spacing w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">Epost: </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId17" w:history="1">
+        <w:r w:rsidRPr="00543CAE">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlnk"/>
+          </w:rPr>
+          <w:t>skatteverket@skatteverket.se</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r>
+        <w:t xml:space="preserve"> (i ärendemeningen skrivs ”meddelande från bårhus”)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="25D9B75C" w14:textId="5C03FDCE" w:rsidR="00543CAE" w:rsidRDefault="00543CAE" w:rsidP="00013B6F">
+      <w:pPr>
+        <w:pStyle w:val="Punktlista"/>
+        <w:spacing w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t>Brev: Skatteverket, Folkbokförings- och fastighetsavdelningen 171 94 Solna</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2C5BFFD7" w14:textId="6B0C9DF9" w:rsidR="00543CAE" w:rsidRDefault="00543CAE" w:rsidP="00013B6F">
+      <w:pPr>
+        <w:pStyle w:val="Punktlista"/>
+        <w:spacing w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t>Telefon: 0771-567 567, ange folkbokföring i talsvar</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3F7D6C7D" w14:textId="6525A0D7" w:rsidR="00D46D0D" w:rsidRDefault="00543CAE" w:rsidP="00013B6F">
+      <w:pPr>
+        <w:spacing w:line="240" w:lineRule="auto"/>
+        <w:ind w:right="-143"/>
+      </w:pPr>
+      <w:r>
+        <w:t>Skatteverket startar då en utredning om orsaken till fördröjning, varefter återkoppling görs till bårhuset på det sätt som önskats i samband med rapporteringen [7].</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6F9836AA" w14:textId="77777777" w:rsidR="00D46D0D" w:rsidRDefault="00D46D0D">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="0" w:right="0"/>
+      </w:pPr>
+      <w:r>
+        <w:br w:type="page"/>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="54AF5390" w14:textId="77777777" w:rsidR="00543CAE" w:rsidRDefault="00543CAE" w:rsidP="00013B6F">
+      <w:pPr>
+        <w:spacing w:line="240" w:lineRule="auto"/>
+        <w:ind w:right="-143"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="4D2BE428" w14:textId="77777777" w:rsidR="00543CAE" w:rsidRDefault="00543CAE" w:rsidP="00013B6F">
+      <w:pPr>
+        <w:pStyle w:val="Rubrik2"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="21" w:name="_Toc216686239"/>
+      <w:r>
+        <w:t>Dokumentinformation</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="21"/>
+    </w:p>
+    <w:p w14:paraId="27DCC40D" w14:textId="77777777" w:rsidR="00543CAE" w:rsidRPr="00543CAE" w:rsidRDefault="00543CAE" w:rsidP="00013B6F">
+      <w:pPr>
+        <w:spacing w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t>1897</w:t>
-[...376 lines deleted...]
-      <w:r w:rsidRPr="00BE072B">
+      </w:pPr>
+      <w:r w:rsidRPr="00543CAE">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>För innehållet svarar</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="775FDE71" w14:textId="3779DF9D" w:rsidR="00FE7C50" w:rsidRPr="00FE7C50" w:rsidRDefault="00FE7C50" w:rsidP="00BE072B">
-[...27 lines deleted...]
-      <w:r w:rsidRPr="00FE7C50">
+    <w:p w14:paraId="5B59E151" w14:textId="7D0F0263" w:rsidR="00543CAE" w:rsidRDefault="00543CAE" w:rsidP="00013B6F">
+      <w:pPr>
+        <w:pStyle w:val="Punktlista"/>
+        <w:spacing w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">Karin Scharl, chefsjuksköterska, sammankallande </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2225BBEA" w14:textId="596D30FC" w:rsidR="00543CAE" w:rsidRDefault="00543CAE" w:rsidP="00013B6F">
+      <w:pPr>
+        <w:pStyle w:val="Punktlista"/>
+        <w:spacing w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
         <w:t>Peter Ljungblad, säkerhetssamordnare, säkerhetsenheten, SÄS</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5ADE58B4" w14:textId="5F825DEF" w:rsidR="00FE7C50" w:rsidRPr="00FE7C50" w:rsidRDefault="000262E6" w:rsidP="000262E6">
-[...20 lines deleted...]
-      <w:r w:rsidRPr="00FE7C50">
+    <w:p w14:paraId="1CA6D188" w14:textId="24C06C13" w:rsidR="00543CAE" w:rsidRDefault="00543CAE" w:rsidP="00013B6F">
+      <w:pPr>
+        <w:pStyle w:val="Punktlista"/>
+        <w:spacing w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">Ronny Augustsson, sjukhuspastor, sjukhuskyrkan, SÄS Borås </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="46C119DC" w14:textId="4292A6C6" w:rsidR="00543CAE" w:rsidRDefault="00543CAE" w:rsidP="00013B6F">
+      <w:pPr>
+        <w:pStyle w:val="Punktlista"/>
+        <w:spacing w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
         <w:t>Vivianne Johansson, enhetschef, klinisk patologi, regional laboratoriemedicin, Sahlgrenska Universitetssjukhuset, område 4</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0A11209C" w14:textId="77777777" w:rsidR="00FE7C50" w:rsidRPr="00FE7C50" w:rsidRDefault="00FE7C50" w:rsidP="00BE072B">
-[...3 lines deleted...]
-      <w:r w:rsidRPr="00FE7C50">
+    <w:p w14:paraId="7909E363" w14:textId="2D439BC8" w:rsidR="00543CAE" w:rsidRDefault="00543CAE" w:rsidP="00013B6F">
+      <w:pPr>
+        <w:pStyle w:val="Punktlista"/>
+        <w:spacing w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
         <w:t>Ronny Ekberg, obduktionstekniker, klinisk patologi, regional laboratoriemedicin, Sahlgrenska Universitetssjukhuset, område 4 (bårhusrutiner)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4E1CAADB" w14:textId="7A3D2FD7" w:rsidR="00FE7C50" w:rsidRPr="00FE7C50" w:rsidRDefault="00FE7C50" w:rsidP="00EE0D03">
-[...34 lines deleted...]
-        <w:pStyle w:val="ListBullet"/>
+    <w:p w14:paraId="0B653E56" w14:textId="69128324" w:rsidR="00543CAE" w:rsidRDefault="006E0412" w:rsidP="00013B6F">
+      <w:pPr>
+        <w:pStyle w:val="Punktlista"/>
+        <w:spacing w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r w:rsidRPr="006E0412">
+        <w:t xml:space="preserve">Carolina </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="006E0412">
+        <w:t>Mönell</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00543CAE">
+        <w:t>, enhetschef, Fastighet stöd och service /Södra Älvsborg</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="461515F9" w14:textId="73A5A5C1" w:rsidR="00543CAE" w:rsidRDefault="00543CAE" w:rsidP="00013B6F">
+      <w:pPr>
+        <w:pStyle w:val="Punktlista"/>
+        <w:spacing w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:t>Alisa Zekan, sjuksköterska, VE1 operationscentrum, SÄS Skene</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="73D59732" w14:textId="77777777" w:rsidR="00FE7C50" w:rsidRPr="00FE7C50" w:rsidRDefault="00FE7C50" w:rsidP="00BE072B">
-[...3 lines deleted...]
-      <w:r w:rsidRPr="00FE7C50">
+    <w:p w14:paraId="6B669F5A" w14:textId="62360109" w:rsidR="00543CAE" w:rsidRDefault="00543CAE" w:rsidP="00013B6F">
+      <w:pPr>
+        <w:pStyle w:val="Punktlista"/>
+        <w:spacing w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
         <w:t>Lisa Wiklund, diakon, sjukhuskyrkan, SÄS Skene</w:t>
       </w:r>
-      <w:bookmarkStart w:id="250" w:name="_Toc149035757"/>
-[...149 lines deleted...]
-      <w:r w:rsidRPr="00275BFE">
+    </w:p>
+    <w:p w14:paraId="154CA46F" w14:textId="4C4F3076" w:rsidR="00543CAE" w:rsidRDefault="00543CAE" w:rsidP="00013B6F">
+      <w:pPr>
+        <w:pStyle w:val="Rubrik2"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="22" w:name="_Toc216686240"/>
+      <w:r>
+        <w:t>Källförteckning</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="22"/>
+    </w:p>
+    <w:p w14:paraId="2E57229F" w14:textId="4B2E3800" w:rsidR="00543CAE" w:rsidRDefault="00543CAE" w:rsidP="00013B6F">
+      <w:pPr>
+        <w:pStyle w:val="Punktlista"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="24"/>
+        </w:numPr>
+        <w:spacing w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">Hälso- och sjukvårdslag (SFS 2017:30). Svensk författningssamling. </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId18" w:history="1">
+        <w:r w:rsidRPr="00543CAE">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlnk"/>
+          </w:rPr>
+          <w:t>www.riksdagen.se under rubrik Dokument &amp; lagar</w:t>
+        </w:r>
+      </w:hyperlink>
+    </w:p>
+    <w:p w14:paraId="5FD7E74E" w14:textId="37EC9639" w:rsidR="00543CAE" w:rsidRDefault="00543CAE" w:rsidP="00013B6F">
+      <w:pPr>
+        <w:pStyle w:val="Punktlista"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="24"/>
+        </w:numPr>
+        <w:spacing w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t>Patientsäkerhetslag (SFS 2010:659). Svensk författningssamling.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1968EFEA" w14:textId="4E42C509" w:rsidR="00543CAE" w:rsidRDefault="00543CAE" w:rsidP="00013B6F">
+      <w:pPr>
+        <w:pStyle w:val="Punktlista"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="0"/>
+        </w:numPr>
+        <w:spacing w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="1077"/>
+      </w:pPr>
+      <w:hyperlink r:id="rId19" w:history="1">
+        <w:r w:rsidRPr="00543CAE">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlnk"/>
+          </w:rPr>
+          <w:t>www.riksdagen.se</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r>
+        <w:t xml:space="preserve"> under rubrik Dokument &amp; lagar</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="69C8AA5D" w14:textId="59B7134A" w:rsidR="00543CAE" w:rsidRDefault="00543CAE" w:rsidP="00013B6F">
+      <w:pPr>
+        <w:pStyle w:val="Punktlista"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="24"/>
+        </w:numPr>
+        <w:spacing w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
         <w:t xml:space="preserve">Vårdhandboken.se, avsnitt ”Dödsfall, åtgärder inom hälso- och sjukvård” </w:t>
       </w:r>
-      <w:r w:rsidRPr="00275BFE">
-[...5 lines deleted...]
-            <w:rStyle w:val="Hyperlink"/>
+    </w:p>
+    <w:p w14:paraId="523CA121" w14:textId="5409D1A4" w:rsidR="00543CAE" w:rsidRDefault="00543CAE" w:rsidP="00013B6F">
+      <w:pPr>
+        <w:pStyle w:val="Punktlista"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="0"/>
+        </w:numPr>
+        <w:spacing w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="1077"/>
+      </w:pPr>
+      <w:hyperlink r:id="rId20" w:history="1">
+        <w:r w:rsidRPr="00543CAE">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlnk"/>
           </w:rPr>
           <w:t>www.vardhandboken.se/vard-och-behandling/dodsfall-och-vard-i-livets-slutskede</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="54DD112D" w14:textId="0F4B1FA5" w:rsidR="00FE7C50" w:rsidRPr="00275BFE" w:rsidRDefault="00FE7C50" w:rsidP="00275BFE">
-[...3 lines deleted...]
-      <w:r w:rsidRPr="00275BFE">
+    <w:p w14:paraId="7AFE45AD" w14:textId="7041D916" w:rsidR="00543CAE" w:rsidRDefault="00543CAE" w:rsidP="00013B6F">
+      <w:pPr>
+        <w:pStyle w:val="Punktlista"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="24"/>
+        </w:numPr>
+        <w:spacing w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
         <w:t>Efterlevandesamtal, SÄS. Sjukhusövergripande rutin, SÄS.</w:t>
       </w:r>
-      <w:r w:rsidRPr="00275BFE">
-[...5 lines deleted...]
-            <w:rStyle w:val="Hyperlink"/>
+    </w:p>
+    <w:p w14:paraId="07C4041F" w14:textId="7CF9AB85" w:rsidR="00543CAE" w:rsidRDefault="00543CAE" w:rsidP="00013B6F">
+      <w:pPr>
+        <w:pStyle w:val="Punktlista"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="0"/>
+        </w:numPr>
+        <w:spacing w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="1077"/>
+      </w:pPr>
+      <w:hyperlink r:id="rId21" w:history="1">
+        <w:r w:rsidRPr="00543CAE">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlnk"/>
           </w:rPr>
           <w:t>https://insidan.vgregion.se/forvaltningar/sodra-alvsborgs-sjukhus/styrdokument</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="3FE8C0EB" w14:textId="1A1827A1" w:rsidR="00FE7C50" w:rsidRPr="00CC1D76" w:rsidRDefault="00FE7C50" w:rsidP="00275BFE">
-[...18 lines deleted...]
-          <w:t>www.riksdagen.se</w:t>
+    <w:p w14:paraId="05DEDFEC" w14:textId="2401117B" w:rsidR="00543CAE" w:rsidRDefault="00543CAE" w:rsidP="00013B6F">
+      <w:pPr>
+        <w:pStyle w:val="Punktlista"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="24"/>
+        </w:numPr>
+        <w:spacing w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">Förvaring och transport av avlidna för Västra Götalandsregionen och länets kommuner. Regiongemensam riktlinje fastställd av Västra Götalandsregionen och </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>VästKom</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="52411F39" w14:textId="38AE6B60" w:rsidR="00543CAE" w:rsidRDefault="00543CAE" w:rsidP="00013B6F">
+      <w:pPr>
+        <w:pStyle w:val="Punktlista"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="0"/>
+        </w:numPr>
+        <w:spacing w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="1077"/>
+      </w:pPr>
+      <w:hyperlink r:id="rId22" w:history="1">
+        <w:r w:rsidRPr="00543CAE">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlnk"/>
+          </w:rPr>
+          <w:t>www.vardsamverkan.se/dokument</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidRPr="00CC1D76">
-[...21 lines deleted...]
-          <w:t>www.riksdagen.se</w:t>
+    </w:p>
+    <w:p w14:paraId="2757BA48" w14:textId="0BC13E11" w:rsidR="00543CAE" w:rsidRDefault="00543CAE" w:rsidP="00013B6F">
+      <w:pPr>
+        <w:pStyle w:val="Punktlista"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="24"/>
+        </w:numPr>
+        <w:spacing w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t>Dödsfall-fastställa inom SÄS. Sjukhusövergripande riktlinje, SÄS</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6B921733" w14:textId="566C54AB" w:rsidR="00543CAE" w:rsidRDefault="00543CAE" w:rsidP="00013B6F">
+      <w:pPr>
+        <w:pStyle w:val="Punktlista"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="0"/>
+        </w:numPr>
+        <w:spacing w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="1077"/>
+      </w:pPr>
+      <w:hyperlink r:id="rId23" w:history="1">
+        <w:r w:rsidRPr="00543CAE">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlnk"/>
+          </w:rPr>
+          <w:t>https://insidan.vgregion.se/forvaltningar/sodra-alvsborgs-sjukhus/styrdokument</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidRPr="00275BFE">
-[...27 lines deleted...]
-          <w:t>www.socialstyrelsen.se/regler-och-riktlinjer/foreskrifter-och-allmanna-rad/konsoliderade-foreskrifter/20119-om-ledningssystem-for-systematiskt-kvalitetsarbete</w:t>
+    </w:p>
+    <w:p w14:paraId="618EA2A4" w14:textId="027A291B" w:rsidR="00543CAE" w:rsidRPr="00AE5984" w:rsidRDefault="00543CAE" w:rsidP="00013B6F">
+      <w:pPr>
+        <w:pStyle w:val="Punktlista"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="24"/>
+        </w:numPr>
+        <w:spacing w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">Socialstyrelsen senaste version av HSLF-FS 2015:15 Socialstyrelsens föreskrifter och allmänna råd om vissa åtgärder i hälso- och sjukvården vid dödsfall </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId24" w:history="1">
+        <w:r w:rsidRPr="00543CAE">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlnk"/>
+          </w:rPr>
+          <w:t>Senaste version av HSLF-FS 2015:15 Socialstyrelsens föreskrifter och allmänna råd om vissa åtgärder i hälso- och sjukvården vid dödsfall - Socialstyrelsen</w:t>
         </w:r>
       </w:hyperlink>
-      <w:bookmarkEnd w:id="274"/>
-[...101 lines deleted...]
-      <w:footerReference w:type="first" r:id="rId31"/>
+    </w:p>
+    <w:p w14:paraId="40AA233F" w14:textId="1427E8CE" w:rsidR="009C6C0C" w:rsidRDefault="009C6C0C" w:rsidP="00013B6F">
+      <w:pPr>
+        <w:spacing w:line="240" w:lineRule="auto"/>
+        <w:ind w:right="-143"/>
+      </w:pPr>
+    </w:p>
+    <w:sectPr w:rsidR="009C6C0C" w:rsidSect="00B96AFF">
+      <w:headerReference w:type="default" r:id="rId25"/>
+      <w:footerReference w:type="even" r:id="rId26"/>
+      <w:footerReference w:type="default" r:id="rId27"/>
+      <w:headerReference w:type="first" r:id="rId28"/>
+      <w:footerReference w:type="first" r:id="rId29"/>
       <w:type w:val="continuous"/>
       <w:pgSz w:w="11900" w:h="16840"/>
-      <w:pgMar w:top="1418" w:right="1979" w:bottom="1276" w:left="992" w:header="283" w:footer="743" w:gutter="0"/>
+      <w:pgMar w:top="1418" w:right="1979" w:bottom="1276" w:left="992" w:header="284" w:footer="737" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:noEndnote/>
       <w:titlePg/>
       <w:docGrid w:linePitch="326"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="61684196" w14:textId="77777777" w:rsidR="00AF2D43" w:rsidRDefault="00AF2D43">
+    <w:p w14:paraId="1AC189D6" w14:textId="77777777" w:rsidR="00562F1E" w:rsidRDefault="00562F1E">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="28BA8A7B" w14:textId="77777777" w:rsidR="00AF2D43" w:rsidRDefault="00AF2D43">
+    <w:p w14:paraId="3AB05804" w14:textId="77777777" w:rsidR="00562F1E" w:rsidRDefault="00562F1E">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationNotice" w:id="1">
-    <w:p w14:paraId="417274C4" w14:textId="77777777" w:rsidR="00AF2D43" w:rsidRDefault="00AF2D43">
+    <w:p w14:paraId="5B68AEB1" w14:textId="77777777" w:rsidR="00562F1E" w:rsidRDefault="00562F1E">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier">
     <w:panose1 w:val="02070409020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="00000003" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
   </w:font>
-  <w:font w:name="Agency FB">
+  <w:font w:name="Georgia">
+    <w:panose1 w:val="02040502050405020303"/>
+    <w:charset w:val="00"/>
+    <w:family w:val="roman"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="00000287" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="0000009F" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Verdana">
+    <w:panose1 w:val="020B0604030504040204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="00000003" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
-[...6 lines deleted...]
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="A00006FF" w:usb1="4000205B" w:usb2="00000010" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="MS Gothic">
     <w:altName w:val="ＭＳ ゴシック"/>
     <w:panose1 w:val="020B0609070205080204"/>
     <w:charset w:val="80"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E00002FF" w:usb1="6AC7FDFB" w:usb2="08000012" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Calibri">
+    <w:panose1 w:val="020F0502020204030204"/>
+    <w:charset w:val="00"/>
+    <w:family w:val="swiss"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="MinionPro-Regular">
     <w:altName w:val="Calibri"/>
     <w:panose1 w:val="00000000000000000000"/>
     <w:charset w:val="4D"/>
     <w:family w:val="auto"/>
     <w:notTrueType/>
     <w:pitch w:val="default"/>
     <w:sig w:usb0="00000003" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Lucida Grande">
     <w:altName w:val="Times New Roman"/>
     <w:charset w:val="00"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E1000AEF" w:usb1="5000A1FF" w:usb2="00000000" w:usb3="00000000" w:csb0="000001BF" w:csb1="00000000"/>
   </w:font>
-  <w:font w:name="MS Mincho">
-[...6 lines deleted...]
-  </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
+  <w:font w:name="MS Mincho">
+    <w:altName w:val="ＭＳ 明朝"/>
+    <w:panose1 w:val="02020609040205080304"/>
+    <w:charset w:val="80"/>
+    <w:family w:val="modern"/>
+    <w:pitch w:val="fixed"/>
+    <w:sig w:usb0="E00002FF" w:usb1="6AC7FDFB" w:usb2="08000012" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
+  </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="1FE2B820" w14:textId="77777777" w:rsidR="00660269" w:rsidRDefault="00660269" w:rsidP="00C43BDD">
     <w:pPr>
-      <w:pStyle w:val="Footer"/>
+      <w:pStyle w:val="Sidfot"/>
       <w:framePr w:wrap="around" w:vAnchor="text" w:hAnchor="margin" w:y="1"/>
       <w:rPr>
-        <w:rStyle w:val="PageNumber"/>
+        <w:rStyle w:val="Sidnummer"/>
       </w:rPr>
     </w:pPr>
     <w:r>
       <w:rPr>
-        <w:rStyle w:val="PageNumber"/>
+        <w:rStyle w:val="Sidnummer"/>
       </w:rPr>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:rPr>
-        <w:rStyle w:val="PageNumber"/>
+        <w:rStyle w:val="Sidnummer"/>
       </w:rPr>
       <w:instrText xml:space="preserve">PAGE  </w:instrText>
     </w:r>
     <w:r>
       <w:rPr>
-        <w:rStyle w:val="PageNumber"/>
+        <w:rStyle w:val="Sidnummer"/>
       </w:rPr>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
   <w:p w14:paraId="1FE2B821" w14:textId="77777777" w:rsidR="00660269" w:rsidRDefault="00660269" w:rsidP="00C43BDD">
     <w:pPr>
-      <w:pStyle w:val="Footer"/>
+      <w:pStyle w:val="Sidfot"/>
       <w:ind w:firstLine="360"/>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footer2.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
-[...26 lines deleted...]
-            <w:szCs w:val="16"/>
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="47BD2091" w14:textId="66F4EBFA" w:rsidR="00C50EE5" w:rsidRPr="00831C35" w:rsidRDefault="00B423E5" w:rsidP="00EC0A68">
+    <w:pPr>
+      <w:pStyle w:val="Sidfot"/>
+      <w:rPr>
+        <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        <w:sz w:val="24"/>
+        <w:szCs w:val="24"/>
+      </w:rPr>
+    </w:pPr>
+    <w:sdt>
+      <w:sdtPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:id w:val="-2070031421"/>
+        <w:docPartObj>
+          <w:docPartGallery w:val="Page Numbers (Bottom of Page)"/>
+          <w:docPartUnique/>
+        </w:docPartObj>
+      </w:sdtPr>
+      <w:sdtEndPr/>
+      <w:sdtContent>
+        <w:r w:rsidR="00A65FD4" w:rsidRPr="00831C35">
+          <w:rPr>
+            <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+            <w:sz w:val="24"/>
+            <w:szCs w:val="24"/>
           </w:rPr>
           <w:t xml:space="preserve"> </w:t>
         </w:r>
-        <w:r w:rsidR="00EC0A68" w:rsidRPr="00EC0A68">
-[...2 lines deleted...]
-            <w:szCs w:val="16"/>
+        <w:r w:rsidR="00EC0A68" w:rsidRPr="00831C35">
+          <w:rPr>
+            <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+            <w:sz w:val="24"/>
+            <w:szCs w:val="24"/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
-        <w:r w:rsidR="00EC0A68" w:rsidRPr="00EC0A68">
-[...2 lines deleted...]
-            <w:szCs w:val="16"/>
+        <w:r w:rsidR="00EC0A68" w:rsidRPr="00831C35">
+          <w:rPr>
+            <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+            <w:sz w:val="24"/>
+            <w:szCs w:val="24"/>
           </w:rPr>
           <w:instrText>PAGE   \* MERGEFORMAT</w:instrText>
         </w:r>
-        <w:r w:rsidR="00EC0A68" w:rsidRPr="00EC0A68">
-[...2 lines deleted...]
-            <w:szCs w:val="16"/>
+        <w:r w:rsidR="00EC0A68" w:rsidRPr="00831C35">
+          <w:rPr>
+            <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+            <w:sz w:val="24"/>
+            <w:szCs w:val="24"/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
-        <w:r w:rsidR="00EC0A68" w:rsidRPr="00EC0A68">
-[...2 lines deleted...]
-            <w:szCs w:val="16"/>
+        <w:r w:rsidR="00EC0A68" w:rsidRPr="00831C35">
+          <w:rPr>
+            <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+            <w:sz w:val="24"/>
+            <w:szCs w:val="24"/>
           </w:rPr>
           <w:t>2</w:t>
         </w:r>
-        <w:r w:rsidR="00EC0A68" w:rsidRPr="00EC0A68">
-[...2 lines deleted...]
-            <w:szCs w:val="16"/>
+        <w:r w:rsidR="00EC0A68" w:rsidRPr="00831C35">
+          <w:rPr>
+            <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+            <w:sz w:val="24"/>
+            <w:szCs w:val="24"/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
-      </w:p>
-[...1 lines deleted...]
-  </w:sdt>
+      </w:sdtContent>
+    </w:sdt>
+    <w:r w:rsidR="00111CB2" w:rsidRPr="00831C35">
+      <w:rPr>
+        <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        <w:sz w:val="24"/>
+        <w:szCs w:val="24"/>
+      </w:rPr>
+      <w:t xml:space="preserve"> (</w:t>
+    </w:r>
+    <w:r w:rsidR="00111CB2" w:rsidRPr="00831C35">
+      <w:rPr>
+        <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        <w:sz w:val="24"/>
+        <w:szCs w:val="24"/>
+      </w:rPr>
+      <w:fldChar w:fldCharType="begin"/>
+    </w:r>
+    <w:r w:rsidR="00111CB2" w:rsidRPr="00831C35">
+      <w:rPr>
+        <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        <w:sz w:val="24"/>
+        <w:szCs w:val="24"/>
+      </w:rPr>
+      <w:instrText xml:space="preserve"> NUMPAGES   \* MERGEFORMAT </w:instrText>
+    </w:r>
+    <w:r w:rsidR="00111CB2" w:rsidRPr="00831C35">
+      <w:rPr>
+        <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        <w:sz w:val="24"/>
+        <w:szCs w:val="24"/>
+      </w:rPr>
+      <w:fldChar w:fldCharType="separate"/>
+    </w:r>
+    <w:r w:rsidR="00111CB2" w:rsidRPr="00831C35">
+      <w:rPr>
+        <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        <w:noProof/>
+        <w:sz w:val="24"/>
+        <w:szCs w:val="24"/>
+      </w:rPr>
+      <w:t>4</w:t>
+    </w:r>
+    <w:r w:rsidR="00111CB2" w:rsidRPr="00831C35">
+      <w:rPr>
+        <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        <w:sz w:val="24"/>
+        <w:szCs w:val="24"/>
+      </w:rPr>
+      <w:fldChar w:fldCharType="end"/>
+    </w:r>
+    <w:r w:rsidR="00111CB2" w:rsidRPr="00831C35">
+      <w:rPr>
+        <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        <w:sz w:val="24"/>
+        <w:szCs w:val="24"/>
+      </w:rPr>
+      <w:t>)</w:t>
+    </w:r>
+  </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footer3.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
-  <w:p w14:paraId="1FE2B822" w14:textId="063AE373" w:rsidR="00660269" w:rsidRDefault="009228AB" w:rsidP="00FB2F0F">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="1FE2B822" w14:textId="76DF6159" w:rsidR="00660269" w:rsidRDefault="009228AB" w:rsidP="00FB2F0F">
     <w:pPr>
-      <w:pStyle w:val="Footer"/>
+      <w:pStyle w:val="Sidfot"/>
       <w:ind w:left="6237" w:hanging="141"/>
       <w:jc w:val="left"/>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:noProof/>
       </w:rPr>
       <w:drawing>
-        <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658241" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="1FE2B825" wp14:editId="1C346EBA">
+        <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658240" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="1FE2B825" wp14:editId="5971BB2D">
           <wp:simplePos x="0" y="0"/>
           <wp:positionH relativeFrom="column">
-            <wp:posOffset>4388307</wp:posOffset>
+            <wp:posOffset>4391660</wp:posOffset>
           </wp:positionH>
           <wp:positionV relativeFrom="paragraph">
-            <wp:posOffset>-27355</wp:posOffset>
+            <wp:posOffset>-3947</wp:posOffset>
           </wp:positionV>
-          <wp:extent cx="1897920" cy="384860"/>
-          <wp:effectExtent l="0" t="0" r="7620" b="0"/>
+          <wp:extent cx="1953671" cy="348178"/>
+          <wp:effectExtent l="0" t="0" r="0" b="0"/>
           <wp:wrapNone/>
-          <wp:docPr id="9" name="Bildobjekt 9">
+          <wp:docPr id="875596251" name="Bildobjekt 12">
             <a:extLst xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:ext uri="{C183D7F6-B498-43B3-948B-1728B52AA6E4}">
                 <adec:decorative xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" val="1"/>
               </a:ext>
             </a:extLst>
           </wp:docPr>
           <wp:cNvGraphicFramePr>
             <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
           </wp:cNvGraphicFramePr>
           <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
             <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
               <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:nvPicPr>
-                  <pic:cNvPr id="0" name="VG_Ne.wmf"/>
+                  <pic:cNvPr id="12" name="Bildobjekt 12">
+                    <a:extLst>
+                      <a:ext uri="{C183D7F6-B498-43B3-948B-1728B52AA6E4}">
+                        <adec:decorative xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" val="1"/>
+                      </a:ext>
+                    </a:extLst>
+                  </pic:cNvPr>
                   <pic:cNvPicPr/>
                 </pic:nvPicPr>
                 <pic:blipFill>
                   <a:blip r:embed="rId1">
                     <a:extLst>
-                      <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
-                        <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+                      <a:ext uri="{96DAC541-7B7A-43D3-8B79-37D633B846F1}">
+                        <asvg:svgBlip xmlns:asvg="http://schemas.microsoft.com/office/drawing/2016/SVG/main" r:embed="rId2"/>
                       </a:ext>
                     </a:extLst>
                   </a:blip>
                   <a:stretch>
                     <a:fillRect/>
                   </a:stretch>
                 </pic:blipFill>
                 <pic:spPr>
                   <a:xfrm>
                     <a:off x="0" y="0"/>
-                    <a:ext cx="1953671" cy="396165"/>
+                    <a:ext cx="1953671" cy="348178"/>
                   </a:xfrm>
                   <a:prstGeom prst="rect">
                     <a:avLst/>
                   </a:prstGeom>
                 </pic:spPr>
               </pic:pic>
             </a:graphicData>
           </a:graphic>
           <wp14:sizeRelH relativeFrom="margin">
             <wp14:pctWidth>0</wp14:pctWidth>
           </wp14:sizeRelH>
           <wp14:sizeRelV relativeFrom="margin">
             <wp14:pctHeight>0</wp14:pctHeight>
           </wp14:sizeRelV>
         </wp:anchor>
       </w:drawing>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="18502082" w14:textId="77777777" w:rsidR="00AF2D43" w:rsidRDefault="00AF2D43"/>
+    <w:p w14:paraId="5143D5E9" w14:textId="77777777" w:rsidR="00562F1E" w:rsidRDefault="00562F1E"/>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="5B74DE37" w14:textId="77777777" w:rsidR="00AF2D43" w:rsidRDefault="00AF2D43">
+    <w:p w14:paraId="61E0C306" w14:textId="77777777" w:rsidR="00562F1E" w:rsidRDefault="00562F1E">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationNotice" w:id="1">
-    <w:p w14:paraId="4F7FC993" w14:textId="77777777" w:rsidR="00AF2D43" w:rsidRDefault="00AF2D43">
+    <w:p w14:paraId="4496F777" w14:textId="77777777" w:rsidR="00562F1E" w:rsidRDefault="00562F1E">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="68F18EE5" w14:textId="39C06E14" w:rsidR="00294791" w:rsidRPr="00DA65C4" w:rsidRDefault="00DA65C4" w:rsidP="00DA65C4">
     <w:pPr>
-      <w:pStyle w:val="Header"/>
+      <w:pStyle w:val="Sidhuvud"/>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:noProof/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
       <mc:AlternateContent>
         <mc:Choice Requires="wps">
           <w:drawing>
-            <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658243" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="264BC60A" wp14:editId="43F94021">
+            <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658242" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="264BC60A" wp14:editId="43F94021">
               <wp:simplePos x="0" y="0"/>
               <wp:positionH relativeFrom="column">
                 <wp:posOffset>0</wp:posOffset>
               </wp:positionH>
               <wp:positionV relativeFrom="paragraph">
                 <wp:posOffset>-635</wp:posOffset>
               </wp:positionV>
               <wp:extent cx="4667250" cy="323850"/>
               <wp:effectExtent l="0" t="0" r="0" b="0"/>
               <wp:wrapNone/>
               <wp:docPr id="10" name="Textruta 10"/>
               <wp:cNvGraphicFramePr/>
               <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                 <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                   <wps:wsp>
                     <wps:cNvSpPr txBox="1"/>
                     <wps:spPr>
                       <a:xfrm>
                         <a:off x="0" y="0"/>
                         <a:ext cx="4667250" cy="323850"/>
                       </a:xfrm>
                       <a:prstGeom prst="rect">
                         <a:avLst/>
                       </a:prstGeom>
                       <a:noFill/>
@@ -3583,300 +3189,212 @@
                           </w:r>
                         </w:p>
                       </w:txbxContent>
                     </wps:txbx>
                     <wps:bodyPr rot="0" spcFirstLastPara="0" vertOverflow="overflow" horzOverflow="overflow" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" numCol="1" spcCol="0" rtlCol="0" fromWordArt="0" anchor="t" anchorCtr="0" forceAA="0" compatLnSpc="1">
                       <a:prstTxWarp prst="textNoShape">
                         <a:avLst/>
                       </a:prstTxWarp>
                       <a:noAutofit/>
                     </wps:bodyPr>
                   </wps:wsp>
                 </a:graphicData>
               </a:graphic>
               <wp14:sizeRelH relativeFrom="margin">
                 <wp14:pctWidth>0</wp14:pctWidth>
               </wp14:sizeRelH>
             </wp:anchor>
           </w:drawing>
         </mc:Choice>
         <mc:Fallback>
           <w:pict>
             <v:shapetype w14:anchorId="264BC60A" id="_x0000_t202" coordsize="21600,21600" o:spt="202" path="m,l,21600r21600,l21600,xe">
               <v:stroke joinstyle="miter"/>
               <v:path gradientshapeok="t" o:connecttype="rect"/>
             </v:shapetype>
-            <v:shape id="Textruta 10" o:spid="_x0000_s1026" type="#_x0000_t202" style="position:absolute;left:0;text-align:left;margin-left:0;margin-top:-.05pt;width:367.5pt;height:25.5pt;z-index:251658243;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-width-relative:margin;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQCzkv6OFQIAACwEAAAOAAAAZHJzL2Uyb0RvYy54bWysU01v2zAMvQ/YfxB0X5yvpp0Rp8haZBgQ&#10;tAXSoWdFlmIDkqhJSuzs14+SnY91Ow27yKRIP5LvUfP7VityEM7XYAo6GgwpEYZDWZtdQb+/rj7d&#10;UeIDMyVTYERBj8LT+8XHD/PG5mIMFahSOIIgxueNLWgVgs2zzPNKaOYHYIXBoASnWUDX7bLSsQbR&#10;tcrGw+Esa8CV1gEX3uPtYxeki4QvpeDhWUovAlEFxd5COl06t/HMFnOW7xyzVc37Ntg/dKFZbbDo&#10;GeqRBUb2rv4DStfcgQcZBhx0BlLWXKQZcJrR8N00m4pZkWZBcrw90+T/Hyx/OmzsiyOh/QItChgJ&#10;aazPPV7GeVrpdPxipwTjSOHxTJtoA+F4OZ3Nbsc3GOIYm4wnd2gjTHb52zofvgrQJBoFdShLYosd&#10;1j50qaeUWMzAqlYqSaMMaQo6myDkbxEEVwZrXHqNVmi3bT/AFsojzuWgk9xbvqqx+Jr58MIcaoz9&#10;4t6GZzykAiwCvUVJBe7n3+5jPlKPUUoa3JmC+h975gQl6ptBUT6PptO4ZMmZ3tyO0XHXke11xOz1&#10;A+BajvCFWJ7MmB/UyZQO9Buu9zJWxRAzHGsXNJzMh9BtMj4PLpbLlIRrZVlYm43lETqSFql9bd+Y&#10;sz3/AZV7gtN2sfydDF1uR/dyH0DWSaNIcMdqzzuuZFK5fz5x56/9lHV55ItfAAAA//8DAFBLAwQU&#10;AAYACAAAACEAJkWNkN0AAAAFAQAADwAAAGRycy9kb3ducmV2LnhtbEyPQU/CQBSE7yb+h80z8QZb&#10;MFUofSWkCTExegC5eNt2l7Zx923tLlD99T5PeJzMZOabfD06K85mCJ0nhNk0AWGo9rqjBuHwvp0s&#10;QISoSCvrySB8mwDr4vYmV5n2F9qZ8z42gksoZAqhjbHPpAx1a5wKU98bYu/oB6ciy6GRelAXLndW&#10;zpPkUTrVES+0qjdla+rP/ckhvJTbN7Wr5m7xY8vn1+Om/zp8pIj3d+NmBSKaMV7D8IfP6FAwU+VP&#10;pIOwCHwkIkxmINh8ekhZVwhpsgRZ5PI/ffELAAD//wMAUEsBAi0AFAAGAAgAAAAhALaDOJL+AAAA&#10;4QEAABMAAAAAAAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEA&#10;OP0h/9YAAACUAQAACwAAAAAAAAAAAAAAAAAvAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEA&#10;s5L+jhUCAAAsBAAADgAAAAAAAAAAAAAAAAAuAgAAZHJzL2Uyb0RvYy54bWxQSwECLQAUAAYACAAA&#10;ACEAJkWNkN0AAAAFAQAADwAAAAAAAAAAAAAAAABvBAAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAAE&#10;AAQA8wAAAHkFAAAAAA==&#10;" filled="f" stroked="f" strokeweight=".5pt">
+            <v:shape id="Textruta 10" o:spid="_x0000_s1026" type="#_x0000_t202" style="position:absolute;left:0;text-align:left;margin-left:0;margin-top:-.05pt;width:367.5pt;height:25.5pt;z-index:251658242;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-width-relative:margin;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQCzkv6OFQIAACwEAAAOAAAAZHJzL2Uyb0RvYy54bWysU01v2zAMvQ/YfxB0X5yvpp0Rp8haZBgQ&#10;tAXSoWdFlmIDkqhJSuzs14+SnY91Ow27yKRIP5LvUfP7VityEM7XYAo6GgwpEYZDWZtdQb+/rj7d&#10;UeIDMyVTYERBj8LT+8XHD/PG5mIMFahSOIIgxueNLWgVgs2zzPNKaOYHYIXBoASnWUDX7bLSsQbR&#10;tcrGw+Esa8CV1gEX3uPtYxeki4QvpeDhWUovAlEFxd5COl06t/HMFnOW7xyzVc37Ntg/dKFZbbDo&#10;GeqRBUb2rv4DStfcgQcZBhx0BlLWXKQZcJrR8N00m4pZkWZBcrw90+T/Hyx/OmzsiyOh/QItChgJ&#10;aazPPV7GeVrpdPxipwTjSOHxTJtoA+F4OZ3Nbsc3GOIYm4wnd2gjTHb52zofvgrQJBoFdShLYosd&#10;1j50qaeUWMzAqlYqSaMMaQo6myDkbxEEVwZrXHqNVmi3bT/AFsojzuWgk9xbvqqx+Jr58MIcaoz9&#10;4t6GZzykAiwCvUVJBe7n3+5jPlKPUUoa3JmC+h975gQl6ptBUT6PptO4ZMmZ3tyO0XHXke11xOz1&#10;A+BajvCFWJ7MmB/UyZQO9Buu9zJWxRAzHGsXNJzMh9BtMj4PLpbLlIRrZVlYm43lETqSFql9bd+Y&#10;sz3/AZV7gtN2sfydDF1uR/dyH0DWSaNIcMdqzzuuZFK5fz5x56/9lHV55ItfAAAA//8DAFBLAwQU&#10;AAYACAAAACEAJkWNkN0AAAAFAQAADwAAAGRycy9kb3ducmV2LnhtbEyPQU/CQBSE7yb+h80z8QZb&#10;MFUofSWkCTExegC5eNt2l7Zx923tLlD99T5PeJzMZOabfD06K85mCJ0nhNk0AWGo9rqjBuHwvp0s&#10;QISoSCvrySB8mwDr4vYmV5n2F9qZ8z42gksoZAqhjbHPpAx1a5wKU98bYu/oB6ciy6GRelAXLndW&#10;zpPkUTrVES+0qjdla+rP/ckhvJTbN7Wr5m7xY8vn1+Om/zp8pIj3d+NmBSKaMV7D8IfP6FAwU+VP&#10;pIOwCHwkIkxmINh8ekhZVwhpsgRZ5PI/ffELAAD//wMAUEsBAi0AFAAGAAgAAAAhALaDOJL+AAAA&#10;4QEAABMAAAAAAAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEA&#10;OP0h/9YAAACUAQAACwAAAAAAAAAAAAAAAAAvAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEA&#10;s5L+jhUCAAAsBAAADgAAAAAAAAAAAAAAAAAuAgAAZHJzL2Uyb0RvYy54bWxQSwECLQAUAAYACAAA&#10;ACEAJkWNkN0AAAAFAQAADwAAAAAAAAAAAAAAAABvBAAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAAE&#10;AAQA8wAAAHkFAAAAAA==&#10;" filled="f" stroked="f" strokeweight=".5pt">
               <v:textbox>
                 <w:txbxContent>
                   <w:p w14:paraId="70464969" w14:textId="1B285E8B" w:rsidR="00DA65C4" w:rsidRDefault="00DA65C4" w:rsidP="00DA65C4">
                     <w:pPr>
                       <w:ind w:left="0"/>
                     </w:pPr>
                     <w:r w:rsidRPr="00762EE0">
                       <w:rPr>
                         <w:sz w:val="20"/>
                         <w:szCs w:val="20"/>
                       </w:rPr>
                       <w:t>OBS! Utskriven version kan vara ogiltig. Verifiera innehållet</w:t>
                     </w:r>
                     <w:r w:rsidR="00367D19">
                       <w:rPr>
                         <w:sz w:val="20"/>
                         <w:szCs w:val="20"/>
                       </w:rPr>
                       <w:t>.</w:t>
                     </w:r>
                   </w:p>
                 </w:txbxContent>
               </v:textbox>
             </v:shape>
           </w:pict>
         </mc:Fallback>
       </mc:AlternateContent>
     </w:r>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/header2.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
-  <w:p w14:paraId="058CDD4D" w14:textId="4A49575C" w:rsidR="008A4EB9" w:rsidRDefault="00413A60" w:rsidP="00413A60">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="058CDD4D" w14:textId="448A65ED" w:rsidR="008A4EB9" w:rsidRDefault="00413A60" w:rsidP="00413A60">
     <w:pPr>
-      <w:pStyle w:val="Header"/>
+      <w:pStyle w:val="Sidhuvud"/>
       <w:ind w:left="0" w:right="567"/>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:noProof/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
       <mc:AlternateContent>
         <mc:Choice Requires="wps">
           <w:drawing>
-            <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658242" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="5B7982AB" wp14:editId="6BA6BDC9">
+            <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658241" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="5B7982AB" wp14:editId="0C751635">
               <wp:simplePos x="0" y="0"/>
               <wp:positionH relativeFrom="column">
                 <wp:posOffset>-172720</wp:posOffset>
               </wp:positionH>
               <wp:positionV relativeFrom="paragraph">
-                <wp:posOffset>-78105</wp:posOffset>
+                <wp:posOffset>-65405</wp:posOffset>
               </wp:positionV>
-              <wp:extent cx="4667250" cy="266700"/>
+              <wp:extent cx="4669200" cy="2160000"/>
               <wp:effectExtent l="0" t="0" r="0" b="0"/>
-              <wp:wrapNone/>
+              <wp:wrapTopAndBottom/>
               <wp:docPr id="6" name="Textruta 6"/>
               <wp:cNvGraphicFramePr/>
               <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                 <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                   <wps:wsp>
                     <wps:cNvSpPr txBox="1"/>
                     <wps:spPr>
                       <a:xfrm>
                         <a:off x="0" y="0"/>
-                        <a:ext cx="4667250" cy="266700"/>
+                        <a:ext cx="4669200" cy="2160000"/>
                       </a:xfrm>
                       <a:prstGeom prst="rect">
                         <a:avLst/>
                       </a:prstGeom>
                       <a:noFill/>
                       <a:ln w="6350">
                         <a:noFill/>
                       </a:ln>
                     </wps:spPr>
                     <wps:txbx>
                       <w:txbxContent>
-                        <w:p w14:paraId="72D45401" w14:textId="0A2CCBAA" w:rsidR="00413A60" w:rsidRDefault="00413A60" w:rsidP="00707FF0">
+                        <w:p w14:paraId="72D45401" w14:textId="0A2CCBAA" w:rsidR="00413A60" w:rsidRDefault="00413A60">
                           <w:pPr>
-                            <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
                             <w:ind w:left="0"/>
                           </w:pPr>
                           <w:r w:rsidRPr="00762EE0">
                             <w:rPr>
                               <w:sz w:val="20"/>
                               <w:szCs w:val="20"/>
                             </w:rPr>
                             <w:t>OBS! Utskriven version kan vara ogiltig. Verifiera innehållet</w:t>
                           </w:r>
                           <w:r w:rsidR="00367D19">
                             <w:rPr>
                               <w:sz w:val="20"/>
                               <w:szCs w:val="20"/>
                             </w:rPr>
                             <w:t>.</w:t>
                           </w:r>
                         </w:p>
                       </w:txbxContent>
                     </wps:txbx>
                     <wps:bodyPr rot="0" spcFirstLastPara="0" vertOverflow="overflow" horzOverflow="overflow" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" numCol="1" spcCol="0" rtlCol="0" fromWordArt="0" anchor="t" anchorCtr="0" forceAA="0" compatLnSpc="1">
                       <a:prstTxWarp prst="textNoShape">
                         <a:avLst/>
                       </a:prstTxWarp>
                       <a:noAutofit/>
                     </wps:bodyPr>
                   </wps:wsp>
                 </a:graphicData>
               </a:graphic>
               <wp14:sizeRelH relativeFrom="margin">
                 <wp14:pctWidth>0</wp14:pctWidth>
               </wp14:sizeRelH>
               <wp14:sizeRelV relativeFrom="margin">
                 <wp14:pctHeight>0</wp14:pctHeight>
               </wp14:sizeRelV>
             </wp:anchor>
           </w:drawing>
         </mc:Choice>
         <mc:Fallback>
           <w:pict>
             <v:shapetype w14:anchorId="5B7982AB" id="_x0000_t202" coordsize="21600,21600" o:spt="202" path="m,l,21600r21600,l21600,xe">
               <v:stroke joinstyle="miter"/>
               <v:path gradientshapeok="t" o:connecttype="rect"/>
             </v:shapetype>
-            <v:shape id="Textruta 6" o:spid="_x0000_s1027" type="#_x0000_t202" style="position:absolute;margin-left:-13.6pt;margin-top:-6.15pt;width:367.5pt;height:21pt;z-index:251658242;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:margin;mso-height-relative:margin;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQBTqNQcFwIAADMEAAAOAAAAZHJzL2Uyb0RvYy54bWysU01vGyEQvVfqf0Dc67Vdx2lXXkduIleV&#10;rCSSU+WMWfAiAUMBe9f99R1YfzXtqeqFnWFm5+O9x+yuM5rshQ8KbEVHgyElwnKold1W9PvL8sMn&#10;SkJktmYarKjoQQR6N3//bta6UoyhAV0LT7CIDWXrKtrE6MqiCLwRhoUBOGExKMEbFtH126L2rMXq&#10;Rhfj4XBatOBr54GLEPD2oQ/Sea4vpeDxScogItEVxdliPn0+N+ks5jNWbj1zjeLHMdg/TGGYstj0&#10;XOqBRUZ2Xv1RyijuIYCMAw6mACkVF3kH3GY0fLPNumFO5F0QnODOMIX/V5Y/7tfu2ZPYfYEOCUyA&#10;tC6UAS/TPp30Jn1xUoJxhPBwhk10kXC8nEynt+MbDHGMjdEZZlyLy9/Oh/hVgCHJqKhHWjJabL8K&#10;ETti6iklNbOwVFpnarQlbUWnH7H8bxH8Q1v88TJrsmK36Yiqr/bYQH3A9Tz0zAfHlwpnWLEQn5lH&#10;qnFslG98wkNqwF5wtChpwP/8233KRwYwSkmL0qlo+LFjXlCiv1nk5vNoMklay87k5naMjr+ObK4j&#10;dmfuAdU5wofieDZTftQnU3owr6jyReqKIWY59q5oPJn3sRc0vhIuFouchOpyLK7s2vFUOmGXEH7p&#10;Xpl3RxoiEvgIJ5Gx8g0bfW6P+mIXQapMVcK5R/UIPyozM3h8RUn6137Ourz1+S8AAAD//wMAUEsD&#10;BBQABgAIAAAAIQC/aB+34QAAAAoBAAAPAAAAZHJzL2Rvd25yZXYueG1sTI/BTsMwDIbvSLxDZCRu&#10;W7og6ChNp6nShITgsLELt7Tx2orGKU22FZ4ecxo3W/70+/vz1eR6ccIxdJ40LOYJCKTa244aDfv3&#10;zWwJIkRD1vSeUMM3BlgV11e5yaw/0xZPu9gIDqGQGQ1tjEMmZahbdCbM/YDEt4MfnYm8jo20ozlz&#10;uOulSpIH6UxH/KE1A5Yt1p+7o9PwUm7ezLZSbvnTl8+vh/Xwtf+41/r2Zlo/gYg4xQsMf/qsDgU7&#10;Vf5INohew0ylilEeFuoOBBNpknKZSoN6TEEWufxfofgFAAD//wMAUEsBAi0AFAAGAAgAAAAhALaD&#10;OJL+AAAA4QEAABMAAAAAAAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYA&#10;CAAAACEAOP0h/9YAAACUAQAACwAAAAAAAAAAAAAAAAAvAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYA&#10;CAAAACEAU6jUHBcCAAAzBAAADgAAAAAAAAAAAAAAAAAuAgAAZHJzL2Uyb0RvYy54bWxQSwECLQAU&#10;AAYACAAAACEAv2gft+EAAAAKAQAADwAAAAAAAAAAAAAAAABxBAAAZHJzL2Rvd25yZXYueG1sUEsF&#10;BgAAAAAEAAQA8wAAAH8FAAAAAA==&#10;" filled="f" stroked="f" strokeweight=".5pt">
+            <v:shape id="Textruta 6" o:spid="_x0000_s1027" type="#_x0000_t202" style="position:absolute;margin-left:-13.6pt;margin-top:-5.15pt;width:367.65pt;height:170.1pt;z-index:251658241;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:margin;mso-height-relative:margin;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQAHTpHSGQIAADQEAAAOAAAAZHJzL2Uyb0RvYy54bWysU11v2yAUfZ+0/4B4X+xkadZacaqsVaZJ&#10;UVspnfpMMMSWgMuAxM5+/S7Y+VC3p2l+wBfu5X6cc5jfd1qRg3C+AVPS8SinRBgOVWN2Jf3xuvp0&#10;S4kPzFRMgRElPQpP7xcfP8xbW4gJ1KAq4QgmMb5obUnrEGyRZZ7XQjM/AisMOiU4zQJu3S6rHGsx&#10;u1bZJM9nWQuusg648B5PH3snXaT8UgoenqX0IhBVUuwtpNWldRvXbDFnxc4xWzd8aIP9QxeaNQaL&#10;nlM9ssDI3jV/pNINd+BBhhEHnYGUDRdpBpxmnL+bZlMzK9IsCI63Z5j8/0vLnw4b++JI6L5ChwRG&#10;QFrrC4+HcZ5OOh3/2ClBP0J4PMMmukA4Hk5nszvkghKOvsl4luMX82SX69b58E2AJtEoqUNeElzs&#10;sPahDz2FxGoGVo1SiRtlSFvS2eebPF04ezC5Mljj0my0QrftSFNdDbKF6ojzOeip95avGuxhzXx4&#10;YQ65xr5Rv+EZF6kAa8FgUVKD+/W38xiPFKCXkha1U1L/c8+coER9N0jO3Xg6jWJLm+nNlwlu3LVn&#10;e+0xe/0AKM8xvhTLkxnjgzqZ0oF+Q5kvY1V0McOxdknDyXwIvaLxmXCxXKYglJdlYW02lsfUEdWI&#10;8Gv3xpwdaAjI4BOcVMaKd2z0sT0fy30A2SSqIs49qgP8KM1E9vCMovav9ynq8tgXvwEAAP//AwBQ&#10;SwMEFAAGAAgAAAAhAHdeiV3jAAAACwEAAA8AAABkcnMvZG93bnJldi54bWxMj8FOwzAMhu9IvENk&#10;JG5b0kywrjSdpkoTEoLDxi7c0sZrK5qkNNlWeHrMadxs+dPv78/Xk+3ZGcfQeacgmQtg6GpvOtco&#10;OLxvZymwELUzuvcOFXxjgHVxe5PrzPiL2+F5HxtGIS5kWkEb45BxHuoWrQ5zP6Cj29GPVkdax4ab&#10;UV8o3PZcCvHIre4cfWj1gGWL9ef+ZBW8lNs3vaukTX/68vn1uBm+Dh8PSt3fTZsnYBGneIXhT5/U&#10;oSCnyp+cCaxXMJNLSSgNiVgAI2Ip0gRYpWAhVyvgRc7/dyh+AQAA//8DAFBLAQItABQABgAIAAAA&#10;IQC2gziS/gAAAOEBAAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0A&#10;FAAGAAgAAAAhADj9If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAALwEAAF9yZWxzLy5yZWxzUEsBAi0A&#10;FAAGAAgAAAAhAAdOkdIZAgAANAQAAA4AAAAAAAAAAAAAAAAALgIAAGRycy9lMm9Eb2MueG1sUEsB&#10;Ai0AFAAGAAgAAAAhAHdeiV3jAAAACwEAAA8AAAAAAAAAAAAAAAAAcwQAAGRycy9kb3ducmV2Lnht&#10;bFBLBQYAAAAABAAEAPMAAACDBQAAAAA=&#10;" filled="f" stroked="f" strokeweight=".5pt">
               <v:textbox>
                 <w:txbxContent>
-                  <w:p w14:paraId="72D45401" w14:textId="0A2CCBAA" w:rsidR="00413A60" w:rsidRDefault="00413A60" w:rsidP="00707FF0">
+                  <w:p w14:paraId="72D45401" w14:textId="0A2CCBAA" w:rsidR="00413A60" w:rsidRDefault="00413A60">
                     <w:pPr>
-                      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
                       <w:ind w:left="0"/>
                     </w:pPr>
                     <w:r w:rsidRPr="00762EE0">
                       <w:rPr>
                         <w:sz w:val="20"/>
                         <w:szCs w:val="20"/>
                       </w:rPr>
                       <w:t>OBS! Utskriven version kan vara ogiltig. Verifiera innehållet</w:t>
                     </w:r>
                     <w:r w:rsidR="00367D19">
                       <w:rPr>
                         <w:sz w:val="20"/>
                         <w:szCs w:val="20"/>
                       </w:rPr>
                       <w:t>.</w:t>
                     </w:r>
                   </w:p>
                 </w:txbxContent>
               </v:textbox>
+              <w10:wrap type="topAndBottom"/>
             </v:shape>
           </w:pict>
         </mc:Fallback>
       </mc:AlternateContent>
-    </w:r>
-[...85 lines deleted...]
-      <w:t>.</w:t>
     </w:r>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="FFFFFF1D"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="FBCC56FC"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="0"/>
         </w:tabs>
         <w:ind w:left="0" w:firstLine="0"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
@@ -3974,239 +3492,70 @@
           <w:tab w:val="num" w:pos="5040"/>
         </w:tabs>
         <w:ind w:left="5400" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="5760"/>
         </w:tabs>
         <w:ind w:left="6120" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="1" w15:restartNumberingAfterBreak="0">
-    <w:nsid w:val="FFFFFF7C"/>
-[...167 lines deleted...]
-  <w:abstractNum w:abstractNumId="10" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="FFFFFF89"/>
     <w:multiLevelType w:val="singleLevel"/>
     <w:tmpl w:val="3C063CDC"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="360"/>
         </w:tabs>
         <w:ind w:left="360" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="11" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="2" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="05DF67F4"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="75525A52"/>
     <w:lvl w:ilvl="0" w:tplc="A0D81926">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier" w:hAnsi="Courier" w:hint="default"/>
@@ -4275,51 +3624,51 @@
     <w:lvl w:ilvl="7" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier" w:hAnsi="Courier" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="7200" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="12" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="3" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="07F0337A"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="1E54CEB4"/>
     <w:lvl w:ilvl="0" w:tplc="041D0001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1077" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1797" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
@@ -4388,51 +3737,164 @@
     <w:lvl w:ilvl="7" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6117" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6837" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="13" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="4" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="08721F9D"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="470E57F0"/>
+    <w:lvl w:ilvl="0" w:tplc="041D000F">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1077" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="FFFFFFFF" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1797" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="FFFFFFFF" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2517" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="FFFFFFFF" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3237" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="FFFFFFFF" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3957" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="FFFFFFFF" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4677" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="FFFFFFFF" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5397" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="FFFFFFFF" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6117" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="FFFFFFFF" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6837" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="5" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="135A157B"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="65667058"/>
     <w:lvl w:ilvl="0" w:tplc="041D000F">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier" w:hAnsi="Courier" w:hint="default"/>
@@ -4501,51 +3963,51 @@
     <w:lvl w:ilvl="7" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier" w:hAnsi="Courier" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="14" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="6" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="1480309A"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="7B82C9A8"/>
     <w:lvl w:ilvl="0" w:tplc="041D0001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1712" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2432" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
@@ -4614,57 +4076,58 @@
     <w:lvl w:ilvl="7" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6752" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="7472" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="15" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="7" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="1D074A65"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="E104E4E6"/>
     <w:lvl w:ilvl="0" w:tplc="F49A5562">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
+      <w:pStyle w:val="FaktarutaLista"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
@@ -4727,51 +4190,51 @@
     <w:lvl w:ilvl="7" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="16" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="8" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="1D520AB4"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="B9E412AC"/>
     <w:lvl w:ilvl="0" w:tplc="041D0001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1712" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2432" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
@@ -4840,189 +4303,548 @@
     <w:lvl w:ilvl="7" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6752" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="7472" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="17" w15:restartNumberingAfterBreak="0">
-    <w:nsid w:val="301B32AB"/>
+  <w:abstractNum w:abstractNumId="9" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="36BA465B"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:tmpl w:val="AA3A067E"/>
-[...21 lines deleted...]
-      <w:lvlText w:val="%2."/>
+    <w:tmpl w:val="89E215FE"/>
+    <w:lvl w:ilvl="0" w:tplc="041D000D">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1287" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="041D0003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2007" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="041D0005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2727" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="041D0001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3447" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="041D0003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4167" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="041D0005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4887" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="041D0001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5607" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="041D0003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6327" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="041D0005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="7047" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="10" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="38A42FB9"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="09EA9066"/>
+    <w:lvl w:ilvl="0" w:tplc="041D0001">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="720"/>
+        </w:tabs>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="041D0003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="1440"/>
         </w:tabs>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default"/>
-[...6 lines deleted...]
-      <w:lvlJc w:val="right"/>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="041D0005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="2160"/>
         </w:tabs>
-        <w:ind w:left="2160" w:hanging="180"/>
-[...5 lines deleted...]
-      <w:lvlText w:val="%4."/>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="041D0001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="2880"/>
         </w:tabs>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
-    </w:lvl>
-[...3 lines deleted...]
-      <w:lvlText w:val="%5."/>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="041D0003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="3600"/>
         </w:tabs>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
-    </w:lvl>
-[...4 lines deleted...]
-      <w:lvlJc w:val="right"/>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="041D0005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="4320"/>
         </w:tabs>
-        <w:ind w:left="4320" w:hanging="180"/>
-[...5 lines deleted...]
-      <w:lvlText w:val="%7."/>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="041D0001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="5040"/>
         </w:tabs>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
-    </w:lvl>
-[...3 lines deleted...]
-      <w:lvlText w:val="%8."/>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="041D0003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="5760"/>
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
-    </w:lvl>
-[...4 lines deleted...]
-      <w:lvlJc w:val="right"/>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="041D0005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
-        <w:ind w:left="6480" w:hanging="180"/>
-      </w:pPr>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="18" w15:restartNumberingAfterBreak="0">
-    <w:nsid w:val="38A42FB9"/>
+  <w:abstractNum w:abstractNumId="11" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="3B474E09"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:tmpl w:val="09EA9066"/>
+    <w:tmpl w:val="DDF0BC38"/>
+    <w:lvl w:ilvl="0" w:tplc="34668BAA">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:pStyle w:val="Punktlista"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1077" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="041D0003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1797" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="041D0005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2517" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="041D0001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3237" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="041D0003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3957" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="041D0005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4677" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="041D0001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5397" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="041D0003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6117" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="041D0005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6837" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="12" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="40C928FF"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="0AE0B72A"/>
     <w:lvl w:ilvl="0" w:tplc="041D0001">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1712" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="041D0003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2432" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="041D0005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3152" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="041D0001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3872" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="041D0003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4592" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="041D0005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5312" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="041D0001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6032" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="041D0003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6752" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="041D0005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="7472" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="13" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="42196C05"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="741857FC"/>
+    <w:lvl w:ilvl="0" w:tplc="71B6B2F8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:color w:val="auto"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="1440"/>
         </w:tabs>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="2160"/>
@@ -5102,418 +4924,51 @@
         <w:tabs>
           <w:tab w:val="num" w:pos="5760"/>
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="19" w15:restartNumberingAfterBreak="0">
-[...366 lines deleted...]
-  <w:abstractNum w:abstractNumId="22" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="14" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="51AB58F1"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="97200AA0"/>
     <w:lvl w:ilvl="0" w:tplc="041D0001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1712" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2432" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
@@ -5582,57 +5037,58 @@
     <w:lvl w:ilvl="7" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6752" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="7472" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="23" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="15" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="54340635"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="1B6660C0"/>
     <w:lvl w:ilvl="0" w:tplc="05061E3A">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
+      <w:pStyle w:val="Liststycke"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="717" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
@@ -5695,51 +5151,51 @@
     <w:lvl w:ilvl="7" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="7200" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="24" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="16" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="575E01E6"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="E154E454"/>
     <w:lvl w:ilvl="0" w:tplc="041D0001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
@@ -5808,165 +5264,51 @@
     <w:lvl w:ilvl="7" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="25" w15:restartNumberingAfterBreak="0">
-[...113 lines deleted...]
-  <w:abstractNum w:abstractNumId="26" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="17" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="706B1852"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="4FB2CAB0"/>
     <w:lvl w:ilvl="0" w:tplc="041D0001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier" w:hAnsi="Courier" w:hint="default"/>
@@ -6035,252 +5377,51 @@
     <w:lvl w:ilvl="7" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier" w:hAnsi="Courier" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="27" w15:restartNumberingAfterBreak="0">
-[...200 lines deleted...]
-  <w:abstractNum w:abstractNumId="29" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="18" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="7C077AA9"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="DDC0C0DE"/>
     <w:lvl w:ilvl="0" w:tplc="041D0001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1712" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2432" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
@@ -6349,51 +5490,51 @@
     <w:lvl w:ilvl="7" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6752" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="7472" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="30" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="19" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="7EA41BCB"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="CAEC6EFE"/>
     <w:lvl w:ilvl="0" w:tplc="041D0001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
@@ -6462,854 +5603,719 @@
     <w:lvl w:ilvl="7" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:num w:numId="1" w16cid:durableId="1154443833">
+  <w:num w:numId="1" w16cid:durableId="1909921896">
+    <w:abstractNumId w:val="19"/>
+  </w:num>
+  <w:num w:numId="2" w16cid:durableId="1367871050">
+    <w:abstractNumId w:val="16"/>
+  </w:num>
+  <w:num w:numId="3" w16cid:durableId="164058872">
+    <w:abstractNumId w:val="0"/>
+  </w:num>
+  <w:num w:numId="4" w16cid:durableId="861477783">
+    <w:abstractNumId w:val="7"/>
+  </w:num>
+  <w:num w:numId="5" w16cid:durableId="1280868239">
     <w:abstractNumId w:val="17"/>
   </w:num>
-  <w:num w:numId="2" w16cid:durableId="2104757427">
+  <w:num w:numId="6" w16cid:durableId="444931515">
+    <w:abstractNumId w:val="2"/>
+  </w:num>
+  <w:num w:numId="7" w16cid:durableId="739910959">
+    <w:abstractNumId w:val="13"/>
+  </w:num>
+  <w:num w:numId="8" w16cid:durableId="391579451">
+    <w:abstractNumId w:val="10"/>
+  </w:num>
+  <w:num w:numId="9" w16cid:durableId="1296368398">
+    <w:abstractNumId w:val="1"/>
+  </w:num>
+  <w:num w:numId="10" w16cid:durableId="689646344">
+    <w:abstractNumId w:val="1"/>
+  </w:num>
+  <w:num w:numId="11" w16cid:durableId="1979215945">
+    <w:abstractNumId w:val="3"/>
+  </w:num>
+  <w:num w:numId="12" w16cid:durableId="830874331">
+    <w:abstractNumId w:val="5"/>
+  </w:num>
+  <w:num w:numId="13" w16cid:durableId="57095060">
+    <w:abstractNumId w:val="15"/>
+  </w:num>
+  <w:num w:numId="14" w16cid:durableId="36130748">
+    <w:abstractNumId w:val="11"/>
+  </w:num>
+  <w:num w:numId="15" w16cid:durableId="560679449">
+    <w:abstractNumId w:val="8"/>
+  </w:num>
+  <w:num w:numId="16" w16cid:durableId="1420566503">
+    <w:abstractNumId w:val="14"/>
+  </w:num>
+  <w:num w:numId="17" w16cid:durableId="256527698">
+    <w:abstractNumId w:val="6"/>
+  </w:num>
+  <w:num w:numId="18" w16cid:durableId="1090539201">
+    <w:abstractNumId w:val="12"/>
+  </w:num>
+  <w:num w:numId="19" w16cid:durableId="1846439597">
+    <w:abstractNumId w:val="18"/>
+  </w:num>
+  <w:num w:numId="20" w16cid:durableId="714237506">
+    <w:abstractNumId w:val="11"/>
+  </w:num>
+  <w:num w:numId="21" w16cid:durableId="1864901179">
+    <w:abstractNumId w:val="11"/>
+  </w:num>
+  <w:num w:numId="22" w16cid:durableId="1193229200">
     <w:abstractNumId w:val="9"/>
   </w:num>
-  <w:num w:numId="3" w16cid:durableId="1938555794">
-    <w:abstractNumId w:val="25"/>
+  <w:num w:numId="23" w16cid:durableId="339552541">
+    <w:abstractNumId w:val="11"/>
   </w:num>
-  <w:num w:numId="4" w16cid:durableId="1012224619">
-[...122 lines deleted...]
-  <w:num w:numId="9" w16cid:durableId="41247184">
+  <w:num w:numId="24" w16cid:durableId="267154677">
     <w:abstractNumId w:val="4"/>
   </w:num>
-  <w:num w:numId="10" w16cid:durableId="617562388">
-[...17 lines deleted...]
-  <w:num w:numId="16" w16cid:durableId="2130735280">
+  <w:num w:numId="25" w16cid:durableId="240719284">
     <w:abstractNumId w:val="11"/>
-  </w:num>
-[...4 lines deleted...]
-    <w:abstractNumId w:val="28"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:zoom w:percent="100"/>
-  <w:removePersonalInformation/>
-  <w:removeDateAndTime/>
   <w:embedSystemFonts/>
+  <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:stylePaneFormatFilter w:val="D804" w:allStyles="0" w:customStyles="0" w:latentStyles="1" w:stylesInUse="0" w:headingStyles="0" w:numberingStyles="0" w:tableStyles="0" w:directFormattingOnRuns="0" w:directFormattingOnParagraphs="0" w:directFormattingOnNumbering="0" w:directFormattingOnTables="1" w:clearFormatting="1" w:top3HeadingStyles="0" w:visibleStyles="1" w:alternateStyleNames="1"/>
   <w:documentProtection w:formatting="1" w:enforcement="0"/>
   <w:styleLockTheme/>
   <w:styleLockQFSet/>
   <w:defaultTabStop w:val="1304"/>
   <w:hyphenationZone w:val="425"/>
   <w:displayHorizontalDrawingGridEvery w:val="0"/>
   <w:displayVerticalDrawingGridEvery w:val="0"/>
   <w:doNotUseMarginsForDrawingGridOrigin/>
   <w:noPunctuationKerning/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050" strokecolor="#4a773c">
       <v:stroke color="#4a773c" weight="1pt"/>
       <v:shadow opacity="24903f" origin=",.5" offset="0,.55556mm"/>
       <o:colormru v:ext="edit" colors="#4a773c"/>
     </o:shapedefaults>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
     <w:footnote w:id="1"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
     <w:endnote w:id="1"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00B75EDE"/>
     <w:rsid w:val="000051D5"/>
     <w:rsid w:val="00006D2A"/>
     <w:rsid w:val="00010D47"/>
-    <w:rsid w:val="00012971"/>
+    <w:rsid w:val="00013B6F"/>
     <w:rsid w:val="00016CF0"/>
-    <w:rsid w:val="0002373C"/>
-[...2 lines deleted...]
-    <w:rsid w:val="000307BE"/>
+    <w:rsid w:val="00023BB6"/>
     <w:rsid w:val="00030DDD"/>
     <w:rsid w:val="000313BB"/>
+    <w:rsid w:val="00033336"/>
     <w:rsid w:val="00033ED5"/>
-    <w:rsid w:val="00043841"/>
-    <w:rsid w:val="000472F3"/>
     <w:rsid w:val="00050500"/>
-    <w:rsid w:val="00054CAF"/>
     <w:rsid w:val="0005691C"/>
     <w:rsid w:val="00056ECB"/>
     <w:rsid w:val="00056ED5"/>
-    <w:rsid w:val="00062646"/>
+    <w:rsid w:val="00061969"/>
     <w:rsid w:val="000655CC"/>
     <w:rsid w:val="000700AE"/>
     <w:rsid w:val="00084024"/>
     <w:rsid w:val="0009062C"/>
-    <w:rsid w:val="00093AD2"/>
     <w:rsid w:val="00095368"/>
     <w:rsid w:val="000954C4"/>
-    <w:rsid w:val="000A32E2"/>
-    <w:rsid w:val="000A4C35"/>
     <w:rsid w:val="000A611A"/>
-    <w:rsid w:val="000A6AB5"/>
-    <w:rsid w:val="000B0100"/>
     <w:rsid w:val="000B12D9"/>
-    <w:rsid w:val="000B1BA5"/>
     <w:rsid w:val="000B4536"/>
     <w:rsid w:val="000B7715"/>
-    <w:rsid w:val="000C6B6B"/>
-    <w:rsid w:val="000E3111"/>
     <w:rsid w:val="000E463B"/>
     <w:rsid w:val="000E5A7E"/>
-    <w:rsid w:val="000F2BFC"/>
     <w:rsid w:val="000F43A3"/>
     <w:rsid w:val="000F7681"/>
+    <w:rsid w:val="0010285B"/>
     <w:rsid w:val="00103031"/>
     <w:rsid w:val="001044FE"/>
+    <w:rsid w:val="001108C0"/>
+    <w:rsid w:val="00111CB2"/>
     <w:rsid w:val="001139D4"/>
     <w:rsid w:val="00131B08"/>
     <w:rsid w:val="00132A59"/>
     <w:rsid w:val="00133337"/>
     <w:rsid w:val="00133A0F"/>
     <w:rsid w:val="0013580F"/>
     <w:rsid w:val="00137B6D"/>
     <w:rsid w:val="0014070B"/>
     <w:rsid w:val="001422C1"/>
-    <w:rsid w:val="00147719"/>
+    <w:rsid w:val="00147A90"/>
     <w:rsid w:val="001522AE"/>
     <w:rsid w:val="00157D5B"/>
+    <w:rsid w:val="0016142E"/>
     <w:rsid w:val="00161FE6"/>
-    <w:rsid w:val="0016267C"/>
-    <w:rsid w:val="001647EA"/>
     <w:rsid w:val="00164C3D"/>
     <w:rsid w:val="00166D3A"/>
+    <w:rsid w:val="0017508E"/>
+    <w:rsid w:val="00180AB4"/>
     <w:rsid w:val="00181FDC"/>
-    <w:rsid w:val="00185345"/>
+    <w:rsid w:val="00184167"/>
     <w:rsid w:val="001860B9"/>
     <w:rsid w:val="00186F2B"/>
     <w:rsid w:val="001874D6"/>
     <w:rsid w:val="0019632A"/>
     <w:rsid w:val="001A4E7C"/>
     <w:rsid w:val="001B762C"/>
     <w:rsid w:val="001C4D0A"/>
     <w:rsid w:val="001C5FEF"/>
-    <w:rsid w:val="00201D42"/>
-    <w:rsid w:val="002039EA"/>
+    <w:rsid w:val="001E3789"/>
     <w:rsid w:val="00211487"/>
     <w:rsid w:val="00211D91"/>
-    <w:rsid w:val="002125F6"/>
     <w:rsid w:val="00217DEC"/>
-    <w:rsid w:val="002256CD"/>
-[...1 lines deleted...]
-    <w:rsid w:val="002346C7"/>
+    <w:rsid w:val="002273C9"/>
     <w:rsid w:val="00235B57"/>
     <w:rsid w:val="00250F24"/>
     <w:rsid w:val="002523C5"/>
     <w:rsid w:val="0025380B"/>
-    <w:rsid w:val="00256FD5"/>
+    <w:rsid w:val="002549B1"/>
     <w:rsid w:val="0025703A"/>
     <w:rsid w:val="00262F3D"/>
     <w:rsid w:val="00263281"/>
     <w:rsid w:val="002651D6"/>
     <w:rsid w:val="0026551F"/>
-    <w:rsid w:val="00275BFE"/>
+    <w:rsid w:val="00270FA8"/>
+    <w:rsid w:val="00277D90"/>
     <w:rsid w:val="00280A85"/>
     <w:rsid w:val="00284119"/>
     <w:rsid w:val="00290B5C"/>
-    <w:rsid w:val="00291D36"/>
+    <w:rsid w:val="002930FB"/>
     <w:rsid w:val="00294791"/>
-    <w:rsid w:val="00297F02"/>
-    <w:rsid w:val="002A0134"/>
+    <w:rsid w:val="002A1C4F"/>
+    <w:rsid w:val="002A7450"/>
     <w:rsid w:val="002B0B30"/>
     <w:rsid w:val="002B0C78"/>
     <w:rsid w:val="002C0C02"/>
     <w:rsid w:val="002C1277"/>
-    <w:rsid w:val="002C1A3C"/>
     <w:rsid w:val="002C60AD"/>
     <w:rsid w:val="002D0E0E"/>
     <w:rsid w:val="002D6023"/>
     <w:rsid w:val="002E263F"/>
     <w:rsid w:val="002E6F81"/>
     <w:rsid w:val="002F08BA"/>
     <w:rsid w:val="002F2CFF"/>
     <w:rsid w:val="002F568B"/>
     <w:rsid w:val="002F7818"/>
     <w:rsid w:val="003066D0"/>
     <w:rsid w:val="00311401"/>
-    <w:rsid w:val="00317E9D"/>
     <w:rsid w:val="003203D7"/>
     <w:rsid w:val="00320F86"/>
     <w:rsid w:val="00324171"/>
-    <w:rsid w:val="003243F5"/>
+    <w:rsid w:val="00326556"/>
     <w:rsid w:val="00326C24"/>
-    <w:rsid w:val="00333804"/>
-    <w:rsid w:val="00333D7A"/>
     <w:rsid w:val="00337F99"/>
-    <w:rsid w:val="00337FBA"/>
+    <w:rsid w:val="003410BD"/>
     <w:rsid w:val="0034307B"/>
     <w:rsid w:val="00345EB1"/>
     <w:rsid w:val="00350CC4"/>
-    <w:rsid w:val="0035325D"/>
     <w:rsid w:val="00360E0D"/>
     <w:rsid w:val="0036357D"/>
-    <w:rsid w:val="00363B23"/>
     <w:rsid w:val="0036594C"/>
     <w:rsid w:val="00367D19"/>
     <w:rsid w:val="00371BED"/>
     <w:rsid w:val="00384019"/>
     <w:rsid w:val="003854F1"/>
-    <w:rsid w:val="00385D4E"/>
     <w:rsid w:val="0039118E"/>
     <w:rsid w:val="00397F54"/>
     <w:rsid w:val="003A0D43"/>
-    <w:rsid w:val="003A4F8C"/>
     <w:rsid w:val="003B2A4B"/>
+    <w:rsid w:val="003B58F5"/>
     <w:rsid w:val="003D099E"/>
     <w:rsid w:val="003D21A2"/>
+    <w:rsid w:val="003D2553"/>
     <w:rsid w:val="003D29D2"/>
+    <w:rsid w:val="003D6DF1"/>
     <w:rsid w:val="003E0705"/>
     <w:rsid w:val="003E2FF7"/>
     <w:rsid w:val="003F1013"/>
     <w:rsid w:val="003F1ACF"/>
-    <w:rsid w:val="003F3F89"/>
     <w:rsid w:val="00404948"/>
     <w:rsid w:val="00406BEA"/>
     <w:rsid w:val="00413A60"/>
-    <w:rsid w:val="00416764"/>
     <w:rsid w:val="004230F7"/>
     <w:rsid w:val="0043167E"/>
     <w:rsid w:val="0043409A"/>
-    <w:rsid w:val="00441B19"/>
-    <w:rsid w:val="00443C1E"/>
+    <w:rsid w:val="00441685"/>
     <w:rsid w:val="00446255"/>
     <w:rsid w:val="00451935"/>
     <w:rsid w:val="00460ED0"/>
     <w:rsid w:val="00465651"/>
     <w:rsid w:val="00470CE7"/>
     <w:rsid w:val="00470F4F"/>
     <w:rsid w:val="00472482"/>
+    <w:rsid w:val="004735F1"/>
+    <w:rsid w:val="004755E6"/>
     <w:rsid w:val="00480DC7"/>
-    <w:rsid w:val="00481787"/>
     <w:rsid w:val="004876F6"/>
+    <w:rsid w:val="004907A8"/>
     <w:rsid w:val="0049236A"/>
     <w:rsid w:val="00492718"/>
     <w:rsid w:val="004A355D"/>
     <w:rsid w:val="004A4970"/>
     <w:rsid w:val="004B2183"/>
     <w:rsid w:val="004B2A01"/>
-    <w:rsid w:val="004C2559"/>
+    <w:rsid w:val="004C3536"/>
     <w:rsid w:val="004D7BA3"/>
     <w:rsid w:val="004F4518"/>
     <w:rsid w:val="004F4C62"/>
     <w:rsid w:val="00501433"/>
-    <w:rsid w:val="005019C4"/>
     <w:rsid w:val="00511CC4"/>
-    <w:rsid w:val="00517167"/>
-    <w:rsid w:val="00526920"/>
     <w:rsid w:val="00531E60"/>
-    <w:rsid w:val="00536A5A"/>
     <w:rsid w:val="00541D07"/>
-    <w:rsid w:val="005435B4"/>
+    <w:rsid w:val="00543CAE"/>
     <w:rsid w:val="00544BAB"/>
     <w:rsid w:val="00545F31"/>
+    <w:rsid w:val="00552828"/>
     <w:rsid w:val="005578FA"/>
-    <w:rsid w:val="00560B50"/>
-    <w:rsid w:val="005611C0"/>
+    <w:rsid w:val="00562F1E"/>
     <w:rsid w:val="00565129"/>
     <w:rsid w:val="00565CD0"/>
     <w:rsid w:val="00567820"/>
+    <w:rsid w:val="0057277B"/>
     <w:rsid w:val="005770AD"/>
     <w:rsid w:val="00581414"/>
     <w:rsid w:val="00582490"/>
-    <w:rsid w:val="005826FA"/>
-[...1 lines deleted...]
-    <w:rsid w:val="005900E9"/>
     <w:rsid w:val="00597E28"/>
-    <w:rsid w:val="005A1346"/>
-    <w:rsid w:val="005A2E3B"/>
     <w:rsid w:val="005A54ED"/>
     <w:rsid w:val="005A5D5B"/>
     <w:rsid w:val="005A6081"/>
     <w:rsid w:val="005A627D"/>
-    <w:rsid w:val="005B3985"/>
+    <w:rsid w:val="005B30AE"/>
     <w:rsid w:val="005C0045"/>
     <w:rsid w:val="005C084E"/>
     <w:rsid w:val="005C4606"/>
     <w:rsid w:val="005D0B0C"/>
-    <w:rsid w:val="005D3A83"/>
     <w:rsid w:val="005E02B3"/>
+    <w:rsid w:val="005E1B42"/>
     <w:rsid w:val="005E1E24"/>
-    <w:rsid w:val="006048A3"/>
+    <w:rsid w:val="005E6966"/>
     <w:rsid w:val="0060596B"/>
     <w:rsid w:val="00606D97"/>
     <w:rsid w:val="00614E64"/>
     <w:rsid w:val="00617710"/>
     <w:rsid w:val="00617EE6"/>
     <w:rsid w:val="0062184C"/>
     <w:rsid w:val="00623724"/>
     <w:rsid w:val="00627BEA"/>
     <w:rsid w:val="006319DB"/>
-    <w:rsid w:val="00631E2A"/>
-[...2 lines deleted...]
-    <w:rsid w:val="0065403E"/>
     <w:rsid w:val="0065595B"/>
+    <w:rsid w:val="00656DCD"/>
     <w:rsid w:val="00660269"/>
-    <w:rsid w:val="00660BED"/>
     <w:rsid w:val="00665F89"/>
+    <w:rsid w:val="00672EC3"/>
     <w:rsid w:val="00673C92"/>
     <w:rsid w:val="006753EC"/>
-    <w:rsid w:val="00682A3C"/>
-[...1 lines deleted...]
-    <w:rsid w:val="006945AF"/>
+    <w:rsid w:val="00685193"/>
     <w:rsid w:val="006A2789"/>
     <w:rsid w:val="006A4978"/>
     <w:rsid w:val="006A7261"/>
-    <w:rsid w:val="006B0AC8"/>
     <w:rsid w:val="006B0D29"/>
     <w:rsid w:val="006B1819"/>
-    <w:rsid w:val="006B5DE7"/>
     <w:rsid w:val="006C5048"/>
+    <w:rsid w:val="006C640C"/>
     <w:rsid w:val="006C6A4B"/>
     <w:rsid w:val="006C779F"/>
     <w:rsid w:val="006D01F5"/>
     <w:rsid w:val="006D0CFB"/>
-    <w:rsid w:val="006D2C81"/>
     <w:rsid w:val="006D30C0"/>
     <w:rsid w:val="006D7535"/>
-    <w:rsid w:val="006E1318"/>
+    <w:rsid w:val="006E0412"/>
     <w:rsid w:val="006E450B"/>
     <w:rsid w:val="006F0D7E"/>
-    <w:rsid w:val="00703588"/>
-    <w:rsid w:val="00707FF0"/>
+    <w:rsid w:val="007040FF"/>
     <w:rsid w:val="00710B77"/>
-    <w:rsid w:val="00715E36"/>
+    <w:rsid w:val="007155D5"/>
     <w:rsid w:val="0072075B"/>
     <w:rsid w:val="007221C2"/>
-    <w:rsid w:val="00722C15"/>
-[...1 lines deleted...]
-    <w:rsid w:val="00727617"/>
+    <w:rsid w:val="007268AB"/>
     <w:rsid w:val="00730955"/>
     <w:rsid w:val="00733A9C"/>
     <w:rsid w:val="00736574"/>
     <w:rsid w:val="007367E0"/>
     <w:rsid w:val="00737215"/>
-    <w:rsid w:val="00746CE0"/>
     <w:rsid w:val="00754905"/>
-    <w:rsid w:val="00757508"/>
     <w:rsid w:val="00760038"/>
     <w:rsid w:val="00762EE0"/>
     <w:rsid w:val="00765C41"/>
     <w:rsid w:val="00771100"/>
-    <w:rsid w:val="00771362"/>
+    <w:rsid w:val="00774944"/>
     <w:rsid w:val="007759DD"/>
     <w:rsid w:val="0078609F"/>
     <w:rsid w:val="007917BA"/>
+    <w:rsid w:val="007A10DE"/>
+    <w:rsid w:val="007A334E"/>
     <w:rsid w:val="007A5C6F"/>
-    <w:rsid w:val="007C745E"/>
     <w:rsid w:val="007D4241"/>
     <w:rsid w:val="007D4317"/>
     <w:rsid w:val="007D4EA3"/>
-    <w:rsid w:val="007F15D3"/>
+    <w:rsid w:val="007E4E5C"/>
     <w:rsid w:val="007F1CFF"/>
     <w:rsid w:val="007F5DD5"/>
-    <w:rsid w:val="00811662"/>
+    <w:rsid w:val="008159E5"/>
     <w:rsid w:val="00821A1B"/>
     <w:rsid w:val="008262E9"/>
     <w:rsid w:val="00827E69"/>
+    <w:rsid w:val="00831C35"/>
     <w:rsid w:val="00835C4D"/>
     <w:rsid w:val="00843F48"/>
+    <w:rsid w:val="008461D2"/>
     <w:rsid w:val="00851423"/>
-    <w:rsid w:val="008562D5"/>
+    <w:rsid w:val="008569C6"/>
     <w:rsid w:val="00857848"/>
-    <w:rsid w:val="00860794"/>
     <w:rsid w:val="008654B6"/>
     <w:rsid w:val="0087139C"/>
-    <w:rsid w:val="00877B71"/>
+    <w:rsid w:val="00873419"/>
     <w:rsid w:val="00880E83"/>
-    <w:rsid w:val="00887690"/>
-    <w:rsid w:val="00887EF1"/>
+    <w:rsid w:val="008822FC"/>
     <w:rsid w:val="00892F28"/>
+    <w:rsid w:val="008A0ACB"/>
     <w:rsid w:val="008A0C5F"/>
     <w:rsid w:val="008A3DEA"/>
     <w:rsid w:val="008A4EB9"/>
     <w:rsid w:val="008A74C0"/>
     <w:rsid w:val="008B1694"/>
-    <w:rsid w:val="008B4AAE"/>
-    <w:rsid w:val="008B4F62"/>
     <w:rsid w:val="008C4B27"/>
+    <w:rsid w:val="008C7F0C"/>
     <w:rsid w:val="008C7F2A"/>
-    <w:rsid w:val="008D2508"/>
+    <w:rsid w:val="008D124E"/>
+    <w:rsid w:val="008D4B13"/>
     <w:rsid w:val="008E36F8"/>
     <w:rsid w:val="008E46B2"/>
-    <w:rsid w:val="008E4B03"/>
+    <w:rsid w:val="008E4710"/>
     <w:rsid w:val="008E682C"/>
     <w:rsid w:val="008E78A1"/>
-    <w:rsid w:val="008F1E5A"/>
     <w:rsid w:val="008F589F"/>
     <w:rsid w:val="00906238"/>
     <w:rsid w:val="00907EF9"/>
+    <w:rsid w:val="00911231"/>
     <w:rsid w:val="0091295C"/>
     <w:rsid w:val="00914D58"/>
     <w:rsid w:val="00921F47"/>
     <w:rsid w:val="009228AB"/>
     <w:rsid w:val="0093085B"/>
     <w:rsid w:val="00931C57"/>
     <w:rsid w:val="009347A5"/>
     <w:rsid w:val="00942257"/>
-    <w:rsid w:val="00943558"/>
+    <w:rsid w:val="0094275F"/>
     <w:rsid w:val="009471BF"/>
     <w:rsid w:val="00950E4E"/>
     <w:rsid w:val="009529BD"/>
     <w:rsid w:val="009533B4"/>
-    <w:rsid w:val="00954964"/>
-    <w:rsid w:val="009665E9"/>
+    <w:rsid w:val="00957D35"/>
     <w:rsid w:val="00971D93"/>
-    <w:rsid w:val="00996559"/>
-[...1 lines deleted...]
-    <w:rsid w:val="009A4A33"/>
+    <w:rsid w:val="009A07DC"/>
+    <w:rsid w:val="009A32ED"/>
+    <w:rsid w:val="009A6AC9"/>
     <w:rsid w:val="009B1F6B"/>
     <w:rsid w:val="009C0D12"/>
     <w:rsid w:val="009C192E"/>
-    <w:rsid w:val="009D5551"/>
+    <w:rsid w:val="009C2E3E"/>
+    <w:rsid w:val="009C6C0C"/>
     <w:rsid w:val="009D6819"/>
     <w:rsid w:val="009D6D1C"/>
     <w:rsid w:val="009E0CF9"/>
     <w:rsid w:val="009E531B"/>
     <w:rsid w:val="009E6C56"/>
     <w:rsid w:val="009E7DCF"/>
+    <w:rsid w:val="009F18FA"/>
     <w:rsid w:val="009F4A56"/>
     <w:rsid w:val="009F4E65"/>
     <w:rsid w:val="00A006A5"/>
     <w:rsid w:val="00A05942"/>
     <w:rsid w:val="00A07BEC"/>
+    <w:rsid w:val="00A15208"/>
     <w:rsid w:val="00A264BE"/>
     <w:rsid w:val="00A272CA"/>
-    <w:rsid w:val="00A31A6F"/>
-    <w:rsid w:val="00A32E2A"/>
     <w:rsid w:val="00A33051"/>
-    <w:rsid w:val="00A33EE6"/>
-    <w:rsid w:val="00A37CBE"/>
     <w:rsid w:val="00A407AD"/>
     <w:rsid w:val="00A40923"/>
     <w:rsid w:val="00A41C05"/>
-    <w:rsid w:val="00A4216D"/>
     <w:rsid w:val="00A42426"/>
     <w:rsid w:val="00A514B7"/>
     <w:rsid w:val="00A54A0B"/>
+    <w:rsid w:val="00A55086"/>
     <w:rsid w:val="00A65FD4"/>
-    <w:rsid w:val="00A660A4"/>
     <w:rsid w:val="00A81198"/>
     <w:rsid w:val="00A81E48"/>
     <w:rsid w:val="00A82035"/>
     <w:rsid w:val="00A90D77"/>
     <w:rsid w:val="00A92E07"/>
-    <w:rsid w:val="00A94424"/>
     <w:rsid w:val="00AA0B3A"/>
-    <w:rsid w:val="00AA427C"/>
     <w:rsid w:val="00AA6EB4"/>
     <w:rsid w:val="00AA767D"/>
     <w:rsid w:val="00AB0CC9"/>
-    <w:rsid w:val="00AB2876"/>
-[...1 lines deleted...]
-    <w:rsid w:val="00AB714E"/>
+    <w:rsid w:val="00AB0F08"/>
     <w:rsid w:val="00AC3FF6"/>
-    <w:rsid w:val="00AC5182"/>
     <w:rsid w:val="00AD73EC"/>
+    <w:rsid w:val="00AD7AD5"/>
+    <w:rsid w:val="00AE144D"/>
+    <w:rsid w:val="00AE5984"/>
     <w:rsid w:val="00AE5BC7"/>
-    <w:rsid w:val="00AF2D43"/>
     <w:rsid w:val="00AF5AAF"/>
-    <w:rsid w:val="00B0469C"/>
+    <w:rsid w:val="00AF7CA0"/>
     <w:rsid w:val="00B046D8"/>
+    <w:rsid w:val="00B047BC"/>
     <w:rsid w:val="00B13F4C"/>
+    <w:rsid w:val="00B14487"/>
     <w:rsid w:val="00B16219"/>
     <w:rsid w:val="00B16C59"/>
-    <w:rsid w:val="00B2005A"/>
     <w:rsid w:val="00B33FDD"/>
-    <w:rsid w:val="00B34559"/>
     <w:rsid w:val="00B359CC"/>
     <w:rsid w:val="00B36107"/>
-    <w:rsid w:val="00B368D5"/>
+    <w:rsid w:val="00B405A1"/>
+    <w:rsid w:val="00B41571"/>
     <w:rsid w:val="00B41789"/>
+    <w:rsid w:val="00B423E5"/>
+    <w:rsid w:val="00B45817"/>
     <w:rsid w:val="00B46C03"/>
     <w:rsid w:val="00B60C6C"/>
     <w:rsid w:val="00B619A9"/>
     <w:rsid w:val="00B65A9D"/>
     <w:rsid w:val="00B66D60"/>
-    <w:rsid w:val="00B74235"/>
     <w:rsid w:val="00B75EDE"/>
+    <w:rsid w:val="00B7675E"/>
     <w:rsid w:val="00B77D88"/>
     <w:rsid w:val="00B77FAF"/>
-    <w:rsid w:val="00B80A53"/>
+    <w:rsid w:val="00B83715"/>
     <w:rsid w:val="00B84336"/>
     <w:rsid w:val="00B851B9"/>
     <w:rsid w:val="00B86453"/>
     <w:rsid w:val="00B90054"/>
-    <w:rsid w:val="00B90A54"/>
-    <w:rsid w:val="00B912C4"/>
     <w:rsid w:val="00B92C14"/>
-    <w:rsid w:val="00B95E54"/>
+    <w:rsid w:val="00B96AFF"/>
+    <w:rsid w:val="00B97D4E"/>
     <w:rsid w:val="00BA0066"/>
-    <w:rsid w:val="00BB3EDA"/>
     <w:rsid w:val="00BB69DB"/>
+    <w:rsid w:val="00BC1943"/>
     <w:rsid w:val="00BC322E"/>
     <w:rsid w:val="00BC44CD"/>
     <w:rsid w:val="00BC48A6"/>
-    <w:rsid w:val="00BE072B"/>
+    <w:rsid w:val="00BC6590"/>
+    <w:rsid w:val="00BD6B13"/>
     <w:rsid w:val="00BE7978"/>
-    <w:rsid w:val="00C013E2"/>
+    <w:rsid w:val="00C01F0D"/>
     <w:rsid w:val="00C07DDB"/>
-    <w:rsid w:val="00C20FA0"/>
     <w:rsid w:val="00C4115D"/>
+    <w:rsid w:val="00C41380"/>
     <w:rsid w:val="00C43BDD"/>
     <w:rsid w:val="00C47778"/>
     <w:rsid w:val="00C5011E"/>
     <w:rsid w:val="00C50EE5"/>
     <w:rsid w:val="00C5240A"/>
     <w:rsid w:val="00C5398F"/>
     <w:rsid w:val="00C556F5"/>
-    <w:rsid w:val="00C6168C"/>
     <w:rsid w:val="00C70E19"/>
+    <w:rsid w:val="00C7158D"/>
     <w:rsid w:val="00C72574"/>
     <w:rsid w:val="00C7430C"/>
-    <w:rsid w:val="00C8491D"/>
+    <w:rsid w:val="00C856D6"/>
     <w:rsid w:val="00C85DA1"/>
     <w:rsid w:val="00C9071C"/>
     <w:rsid w:val="00C908FF"/>
-    <w:rsid w:val="00C9472B"/>
     <w:rsid w:val="00C97BD3"/>
-    <w:rsid w:val="00CA1F6E"/>
     <w:rsid w:val="00CA39EF"/>
     <w:rsid w:val="00CA521F"/>
     <w:rsid w:val="00CB0493"/>
     <w:rsid w:val="00CB17FF"/>
     <w:rsid w:val="00CB1ED7"/>
-    <w:rsid w:val="00CB7B60"/>
+    <w:rsid w:val="00CB4385"/>
     <w:rsid w:val="00CC167C"/>
-    <w:rsid w:val="00CC1D76"/>
     <w:rsid w:val="00CC52D9"/>
     <w:rsid w:val="00CD6647"/>
     <w:rsid w:val="00CE4B73"/>
-    <w:rsid w:val="00CE7C71"/>
     <w:rsid w:val="00CF70BB"/>
-    <w:rsid w:val="00D04324"/>
+    <w:rsid w:val="00D00BD7"/>
     <w:rsid w:val="00D074DB"/>
+    <w:rsid w:val="00D12851"/>
     <w:rsid w:val="00D139CF"/>
+    <w:rsid w:val="00D20779"/>
     <w:rsid w:val="00D37E7F"/>
+    <w:rsid w:val="00D46D0D"/>
     <w:rsid w:val="00D47AD7"/>
     <w:rsid w:val="00D51529"/>
-    <w:rsid w:val="00D52C67"/>
-[...1 lines deleted...]
-    <w:rsid w:val="00D60E53"/>
+    <w:rsid w:val="00D62468"/>
+    <w:rsid w:val="00D67C88"/>
     <w:rsid w:val="00D85218"/>
     <w:rsid w:val="00D915B1"/>
     <w:rsid w:val="00DA299D"/>
-    <w:rsid w:val="00DA4ED0"/>
     <w:rsid w:val="00DA65C4"/>
-    <w:rsid w:val="00DB70B1"/>
-    <w:rsid w:val="00DD2BE0"/>
+    <w:rsid w:val="00DA772C"/>
     <w:rsid w:val="00DE4447"/>
     <w:rsid w:val="00DE5DA2"/>
+    <w:rsid w:val="00DE63C6"/>
     <w:rsid w:val="00DF0033"/>
-    <w:rsid w:val="00DF5058"/>
+    <w:rsid w:val="00DF040E"/>
+    <w:rsid w:val="00DF4E6A"/>
     <w:rsid w:val="00E026BF"/>
     <w:rsid w:val="00E07B1B"/>
+    <w:rsid w:val="00E10888"/>
     <w:rsid w:val="00E11853"/>
-    <w:rsid w:val="00E21BA4"/>
-[...2 lines deleted...]
-    <w:rsid w:val="00E440AA"/>
+    <w:rsid w:val="00E33CB5"/>
+    <w:rsid w:val="00E411B6"/>
+    <w:rsid w:val="00E524E4"/>
+    <w:rsid w:val="00E52734"/>
     <w:rsid w:val="00E52A86"/>
     <w:rsid w:val="00E54B47"/>
     <w:rsid w:val="00E553BF"/>
     <w:rsid w:val="00E55D93"/>
-    <w:rsid w:val="00E6025C"/>
     <w:rsid w:val="00E61294"/>
-    <w:rsid w:val="00E70551"/>
     <w:rsid w:val="00E7237C"/>
     <w:rsid w:val="00E77C46"/>
+    <w:rsid w:val="00E83271"/>
     <w:rsid w:val="00E86CE8"/>
     <w:rsid w:val="00E90E82"/>
     <w:rsid w:val="00EA00CB"/>
     <w:rsid w:val="00EA1BAA"/>
     <w:rsid w:val="00EA3FCD"/>
     <w:rsid w:val="00EA42A0"/>
-    <w:rsid w:val="00EB640E"/>
+    <w:rsid w:val="00EA6AC8"/>
     <w:rsid w:val="00EB6714"/>
     <w:rsid w:val="00EC0A68"/>
+    <w:rsid w:val="00EC115D"/>
+    <w:rsid w:val="00EC3C32"/>
     <w:rsid w:val="00EC5006"/>
     <w:rsid w:val="00ED49C3"/>
     <w:rsid w:val="00ED6CE8"/>
     <w:rsid w:val="00ED7AA6"/>
-    <w:rsid w:val="00EE0D03"/>
     <w:rsid w:val="00EE2A56"/>
     <w:rsid w:val="00EE3818"/>
     <w:rsid w:val="00F22264"/>
     <w:rsid w:val="00F2564D"/>
-    <w:rsid w:val="00F26DBC"/>
     <w:rsid w:val="00F35B05"/>
+    <w:rsid w:val="00F37829"/>
+    <w:rsid w:val="00F401EA"/>
     <w:rsid w:val="00F413D9"/>
-    <w:rsid w:val="00F46001"/>
-    <w:rsid w:val="00F461EB"/>
     <w:rsid w:val="00F5135F"/>
     <w:rsid w:val="00F51F78"/>
-    <w:rsid w:val="00F52F99"/>
-[...2 lines deleted...]
-    <w:rsid w:val="00F67E3B"/>
+    <w:rsid w:val="00F52332"/>
     <w:rsid w:val="00F86F47"/>
     <w:rsid w:val="00F90B64"/>
-    <w:rsid w:val="00F96FAE"/>
+    <w:rsid w:val="00FA240C"/>
     <w:rsid w:val="00FB2F0F"/>
     <w:rsid w:val="00FB5086"/>
     <w:rsid w:val="00FB5411"/>
     <w:rsid w:val="00FB6392"/>
-    <w:rsid w:val="00FB63BB"/>
-    <w:rsid w:val="00FC33D8"/>
+    <w:rsid w:val="00FC4F36"/>
     <w:rsid w:val="00FD3C70"/>
-    <w:rsid w:val="00FD4B0A"/>
+    <w:rsid w:val="00FD5B0C"/>
     <w:rsid w:val="00FD6820"/>
     <w:rsid w:val="00FE12D8"/>
-    <w:rsid w:val="00FE1A8A"/>
-[...1 lines deleted...]
-    <w:rsid w:val="00FF25AA"/>
+    <w:rsid w:val="00FF1B00"/>
     <w:rsid w:val="00FF7C02"/>
     <w:rsid w:val="024801E3"/>
+    <w:rsid w:val="3196245B"/>
     <w:rsid w:val="647B2B65"/>
-    <w:rsid w:val="6872ABD8"/>
     <w:rsid w:val="6B2CF8ED"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="sv-SE" w:eastAsia="ja-JP"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:doNotIncludeSubdocsInStats/>
   <w:doNotAutoCompressPictures/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050" strokecolor="#4a773c">
       <v:stroke color="#4a773c" weight="1pt"/>
       <v:shadow opacity="24903f" origin=",.5" offset="0,.55556mm"/>
       <o:colormru v:ext="edit" colors="#4a773c"/>
     </o:shapedefaults>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="2"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:doNotEmbedSmartTags/>
-  <w:decimalSymbol w:val="."/>
-  <w:listSeparator w:val=","/>
+  <w:decimalSymbol w:val=","/>
+  <w:listSeparator w:val=";"/>
   <w14:docId w14:val="1FE2B7EB"/>
   <w14:defaultImageDpi w14:val="330"/>
+  <w15:docId w15:val="{939F0457-F524-475E-B732-3AF3E04B2005}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         <w:lang w:val="sv-SE" w:eastAsia="sv-SE" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault/>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="3" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="3" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:locked="1" w:semiHidden="1" w:uiPriority="3" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="index 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
@@ -7646,275 +6652,235 @@
     <w:lsdException w:name="List Table 5 Dark Accent 4" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 4" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 4" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 5" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 5" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 5" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 5" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 5" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 5" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 5" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 6" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
     <w:lsdException w:name="Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Hashtag" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Unresolved Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Link" w:semiHidden="1" w:unhideWhenUsed="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="Normal">
     <w:name w:val="Normal"/>
-    <w:rsid w:val="00FE7C50"/>
+    <w:qFormat/>
+    <w:rsid w:val="00831C35"/>
     <w:pPr>
-      <w:spacing w:after="120" w:line="288" w:lineRule="auto"/>
-      <w:ind w:left="992" w:right="868"/>
+      <w:spacing w:after="120" w:line="360" w:lineRule="auto"/>
+      <w:ind w:left="567" w:right="868"/>
     </w:pPr>
     <w:rPr>
+      <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Heading1">
+  <w:style w:type="paragraph" w:styleId="Rubrik1">
     <w:name w:val="heading 1"/>
     <w:aliases w:val="Rubrik VGR"/>
     <w:next w:val="Normal"/>
-    <w:link w:val="Heading1Char"/>
+    <w:link w:val="Rubrik1Char"/>
     <w:qFormat/>
-    <w:rsid w:val="00FE1A8A"/>
+    <w:rsid w:val="001108C0"/>
     <w:pPr>
       <w:keepNext/>
-      <w:spacing w:before="1500" w:after="240"/>
-      <w:ind w:left="992"/>
+      <w:spacing w:after="240" w:line="288" w:lineRule="auto"/>
+      <w:ind w:left="567"/>
       <w:contextualSpacing/>
       <w:outlineLvl w:val="0"/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:ascii="Calibri" w:eastAsia="MS Gothic" w:hAnsi="Calibri"/>
+      <w:rFonts w:ascii="Verdana" w:eastAsia="MS Gothic" w:hAnsi="Verdana"/>
+      <w:b/>
       <w:bCs/>
       <w:kern w:val="32"/>
-      <w:sz w:val="48"/>
+      <w:sz w:val="44"/>
       <w:szCs w:val="32"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Heading2">
+  <w:style w:type="paragraph" w:styleId="Rubrik2">
     <w:name w:val="heading 2"/>
     <w:aliases w:val="Rubrik 2 VGR"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
-    <w:link w:val="Heading2Char"/>
+    <w:link w:val="Rubrik2Char"/>
     <w:uiPriority w:val="3"/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
-    <w:rsid w:val="00627BEA"/>
+    <w:rsid w:val="008D124E"/>
     <w:pPr>
       <w:keepNext/>
       <w:keepLines/>
       <w:spacing w:before="240" w:after="40" w:line="240" w:lineRule="auto"/>
       <w:outlineLvl w:val="1"/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:rFonts w:ascii="Verdana" w:eastAsiaTheme="majorEastAsia" w:hAnsi="Verdana" w:cstheme="majorBidi"/>
       <w:bCs/>
       <w:color w:val="000000" w:themeColor="text1"/>
-      <w:sz w:val="40"/>
+      <w:sz w:val="36"/>
       <w:szCs w:val="26"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Heading3">
+  <w:style w:type="paragraph" w:styleId="Rubrik3">
     <w:name w:val="heading 3"/>
     <w:aliases w:val="Rubrik 3 VGR"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
-    <w:link w:val="Heading3Char"/>
+    <w:link w:val="Rubrik3Char"/>
     <w:uiPriority w:val="3"/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
-    <w:rsid w:val="00627BEA"/>
+    <w:rsid w:val="008D124E"/>
     <w:pPr>
       <w:keepNext/>
       <w:keepLines/>
       <w:spacing w:before="240" w:after="40" w:line="240" w:lineRule="auto"/>
       <w:outlineLvl w:val="2"/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:rFonts w:ascii="Verdana" w:eastAsiaTheme="majorEastAsia" w:hAnsi="Verdana" w:cstheme="majorBidi"/>
       <w:bCs/>
       <w:color w:val="000000" w:themeColor="text1"/>
-      <w:sz w:val="36"/>
+      <w:sz w:val="28"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Heading4">
+  <w:style w:type="paragraph" w:styleId="Rubrik4">
     <w:name w:val="heading 4"/>
     <w:aliases w:val="mellanrubrik"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
-    <w:link w:val="Heading4Char"/>
+    <w:link w:val="Rubrik4Char"/>
     <w:uiPriority w:val="3"/>
     <w:semiHidden/>
     <w:qFormat/>
     <w:locked/>
     <w:rsid w:val="00627BEA"/>
     <w:pPr>
       <w:keepNext/>
       <w:keepLines/>
       <w:spacing w:before="240" w:after="0" w:line="240" w:lineRule="auto"/>
       <w:outlineLvl w:val="3"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
       <w:b/>
       <w:bCs/>
       <w:iCs/>
       <w:color w:val="000000" w:themeColor="text1"/>
       <w:sz w:val="26"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Heading5">
+  <w:style w:type="paragraph" w:styleId="Rubrik5">
     <w:name w:val="heading 5"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
-    <w:link w:val="Heading5Char"/>
+    <w:link w:val="Rubrik5Char"/>
     <w:uiPriority w:val="9"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:rsid w:val="002F568B"/>
     <w:pPr>
       <w:keepNext/>
       <w:keepLines/>
       <w:spacing w:before="200"/>
       <w:outlineLvl w:val="4"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
       <w:color w:val="00304B" w:themeColor="accent1" w:themeShade="7F"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Heading6">
-    <w:name w:val="heading 6"/>
+  <w:style w:type="paragraph" w:styleId="Rubrik9">
+    <w:name w:val="heading 9"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
-    <w:link w:val="Heading6Char"/>
+    <w:link w:val="Rubrik9Char"/>
     <w:uiPriority w:val="9"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
-    <w:rsid w:val="00FE7C50"/>
+    <w:rsid w:val="009A32ED"/>
     <w:pPr>
       <w:keepNext/>
       <w:keepLines/>
       <w:spacing w:before="40" w:after="0"/>
-      <w:outlineLvl w:val="5"/>
-[...42 lines deleted...]
-      <w:spacing w:before="40" w:after="0"/>
+      <w:ind w:left="0"/>
       <w:outlineLvl w:val="8"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
       <w:i/>
       <w:iCs/>
       <w:color w:val="272727" w:themeColor="text1" w:themeTint="D8"/>
       <w:sz w:val="21"/>
       <w:szCs w:val="21"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:default="1" w:styleId="DefaultParagraphFont">
+  <w:style w:type="character" w:default="1" w:styleId="Standardstycketeckensnitt">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
-  <w:style w:type="table" w:default="1" w:styleId="TableNormal">
+  <w:style w:type="table" w:default="1" w:styleId="Normaltabell">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
-  <w:style w:type="numbering" w:default="1" w:styleId="NoList">
+  <w:style w:type="numbering" w:default="1" w:styleId="Ingenlista">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
-  <w:style w:type="table" w:styleId="PlainTable1">
+  <w:style w:type="table" w:styleId="Oformateradtabell1">
     <w:name w:val="Plain Table 1"/>
-    <w:basedOn w:val="TableNormal"/>
+    <w:basedOn w:val="Normaltabell"/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="002E263F"/>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblBorders>
         <w:top w:val="single" w:sz="4" w:space="0" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
         <w:left w:val="single" w:sz="4" w:space="0" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
         <w:bottom w:val="single" w:sz="4" w:space="0" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
         <w:right w:val="single" w:sz="4" w:space="0" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
         <w:insideH w:val="single" w:sz="4" w:space="0" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
         <w:insideV w:val="single" w:sz="4" w:space="0" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
       </w:tblBorders>
     </w:tblPr>
     <w:tblStylePr w:type="firstRow">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastRow">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
@@ -7992,610 +6958,610 @@
       <w:sz w:val="20"/>
       <w:szCs w:val="20"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Sidrubrikstor">
     <w:name w:val="Sidrubrik stor"/>
     <w:basedOn w:val="Normal"/>
     <w:semiHidden/>
     <w:rsid w:val="00880FEE"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:autoSpaceDE w:val="0"/>
       <w:autoSpaceDN w:val="0"/>
       <w:adjustRightInd w:val="0"/>
       <w:spacing w:line="840" w:lineRule="atLeast"/>
       <w:textAlignment w:val="center"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
       <w:color w:val="FFFFFF"/>
       <w:spacing w:val="-17"/>
       <w:sz w:val="84"/>
       <w:szCs w:val="84"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Footer">
+  <w:style w:type="paragraph" w:styleId="Sidfot">
     <w:name w:val="footer"/>
     <w:basedOn w:val="Normal"/>
-    <w:link w:val="FooterChar"/>
+    <w:link w:val="SidfotChar"/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="00880FEE"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:autoSpaceDE w:val="0"/>
       <w:autoSpaceDN w:val="0"/>
       <w:adjustRightInd w:val="0"/>
       <w:jc w:val="right"/>
       <w:textAlignment w:val="center"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
       <w:color w:val="000000"/>
       <w:sz w:val="12"/>
       <w:szCs w:val="12"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="Avdelaresidfot">
     <w:name w:val="Avdelare sidfot"/>
     <w:semiHidden/>
     <w:rsid w:val="00880FEE"/>
     <w:rPr>
       <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
       <w:position w:val="1"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Header">
+  <w:style w:type="paragraph" w:styleId="Sidhuvud">
     <w:name w:val="header"/>
     <w:basedOn w:val="Normal"/>
-    <w:link w:val="HeaderChar"/>
+    <w:link w:val="SidhuvudChar"/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="00AA0F08"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="center" w:pos="4703"/>
         <w:tab w:val="right" w:pos="9406"/>
       </w:tabs>
     </w:pPr>
   </w:style>
-  <w:style w:type="character" w:styleId="PageNumber">
+  <w:style w:type="character" w:styleId="Sidnummer">
     <w:name w:val="page number"/>
-    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:basedOn w:val="Standardstycketeckensnitt"/>
     <w:semiHidden/>
     <w:rsid w:val="00AA0F08"/>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Metadata">
     <w:name w:val="Metadata"/>
     <w:basedOn w:val="Normal"/>
     <w:qFormat/>
-    <w:rsid w:val="002651D6"/>
+    <w:rsid w:val="00831C35"/>
     <w:pPr>
       <w:spacing w:after="240"/>
       <w:contextualSpacing/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+      <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
       <w:sz w:val="20"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="Heading1Char">
-    <w:name w:val="Heading 1 Char"/>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Rubrik1Char">
+    <w:name w:val="Rubrik 1 Char"/>
     <w:aliases w:val="Rubrik VGR Char"/>
-    <w:link w:val="Heading1"/>
-    <w:rsid w:val="00FE1A8A"/>
+    <w:link w:val="Rubrik1"/>
+    <w:rsid w:val="001108C0"/>
     <w:rPr>
-      <w:rFonts w:ascii="Calibri" w:eastAsia="MS Gothic" w:hAnsi="Calibri"/>
+      <w:rFonts w:ascii="Verdana" w:eastAsia="MS Gothic" w:hAnsi="Verdana"/>
+      <w:b/>
       <w:bCs/>
       <w:kern w:val="32"/>
-      <w:sz w:val="48"/>
+      <w:sz w:val="44"/>
       <w:szCs w:val="32"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Allmntstyckeformat">
     <w:name w:val="[Allmänt styckeformat]"/>
     <w:basedOn w:val="Normal"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:rsid w:val="001C5FEF"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:autoSpaceDE w:val="0"/>
       <w:autoSpaceDN w:val="0"/>
       <w:adjustRightInd w:val="0"/>
       <w:textAlignment w:val="center"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="MinionPro-Regular" w:hAnsi="MinionPro-Regular" w:cs="MinionPro-Regular"/>
       <w:color w:val="000000"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="FooterChar">
-[...1 lines deleted...]
-    <w:link w:val="Footer"/>
+  <w:style w:type="character" w:customStyle="1" w:styleId="SidfotChar">
+    <w:name w:val="Sidfot Char"/>
+    <w:link w:val="Sidfot"/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="00EE2A56"/>
     <w:rPr>
       <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
       <w:color w:val="000000"/>
       <w:sz w:val="12"/>
       <w:szCs w:val="12"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Title">
+  <w:style w:type="paragraph" w:styleId="Rubrik">
     <w:name w:val="Title"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
-    <w:link w:val="TitleChar"/>
+    <w:link w:val="RubrikChar"/>
     <w:uiPriority w:val="10"/>
     <w:semiHidden/>
     <w:qFormat/>
     <w:rsid w:val="00AC3FF6"/>
     <w:pPr>
       <w:spacing w:before="240" w:after="60"/>
       <w:jc w:val="center"/>
       <w:outlineLvl w:val="0"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Calibri" w:eastAsia="MS Gothic" w:hAnsi="Calibri"/>
       <w:b/>
       <w:bCs/>
       <w:kern w:val="28"/>
       <w:sz w:val="32"/>
       <w:szCs w:val="32"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="FaktarutaLista">
     <w:name w:val="Faktaruta Lista"/>
     <w:uiPriority w:val="5"/>
     <w:semiHidden/>
     <w:qFormat/>
     <w:locked/>
     <w:rsid w:val="00617710"/>
     <w:pPr>
       <w:numPr>
-        <w:numId w:val="3"/>
+        <w:numId w:val="4"/>
       </w:numPr>
       <w:spacing w:after="40"/>
       <w:ind w:left="357" w:hanging="357"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
       <w:color w:val="000000"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="TitleChar">
-[...1 lines deleted...]
-    <w:link w:val="Title"/>
+  <w:style w:type="character" w:customStyle="1" w:styleId="RubrikChar">
+    <w:name w:val="Rubrik Char"/>
+    <w:link w:val="Rubrik"/>
     <w:uiPriority w:val="10"/>
     <w:semiHidden/>
     <w:rsid w:val="00F86F47"/>
     <w:rPr>
       <w:rFonts w:ascii="Calibri" w:eastAsia="MS Gothic" w:hAnsi="Calibri"/>
       <w:b/>
       <w:bCs/>
       <w:kern w:val="28"/>
       <w:sz w:val="32"/>
       <w:szCs w:val="32"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="BalloonText">
+  <w:style w:type="paragraph" w:styleId="Ballongtext">
     <w:name w:val="Balloon Text"/>
     <w:basedOn w:val="Normal"/>
-    <w:link w:val="BalloonTextChar"/>
+    <w:link w:val="BallongtextChar"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00CB0493"/>
     <w:pPr>
       <w:spacing w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Lucida Grande" w:hAnsi="Lucida Grande" w:cs="Lucida Grande"/>
       <w:sz w:val="18"/>
       <w:szCs w:val="18"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="BalloonTextChar">
-[...2 lines deleted...]
-    <w:link w:val="BalloonText"/>
+  <w:style w:type="character" w:customStyle="1" w:styleId="BallongtextChar">
+    <w:name w:val="Ballongtext Char"/>
+    <w:basedOn w:val="Standardstycketeckensnitt"/>
+    <w:link w:val="Ballongtext"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:rsid w:val="00CB0493"/>
     <w:rPr>
       <w:rFonts w:ascii="Lucida Grande" w:hAnsi="Lucida Grande" w:cs="Lucida Grande"/>
       <w:sz w:val="18"/>
       <w:szCs w:val="18"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:styleId="PlaceholderText">
+  <w:style w:type="character" w:styleId="Platshllartext">
     <w:name w:val="Placeholder Text"/>
-    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:basedOn w:val="Standardstycketeckensnitt"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:rsid w:val="00C9071C"/>
     <w:rPr>
       <w:color w:val="808080"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Faktarutarubrik">
     <w:name w:val="Faktaruta rubrik"/>
-    <w:basedOn w:val="Heading2"/>
+    <w:basedOn w:val="Rubrik2"/>
     <w:next w:val="FaktarutaLista"/>
     <w:uiPriority w:val="3"/>
     <w:semiHidden/>
     <w:qFormat/>
     <w:locked/>
     <w:rsid w:val="0009062C"/>
     <w:pPr>
       <w:spacing w:before="0"/>
       <w:outlineLvl w:val="2"/>
     </w:pPr>
     <w:rPr>
       <w:bCs w:val="0"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="Heading2Char">
-    <w:name w:val="Heading 2 Char"/>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Rubrik2Char">
+    <w:name w:val="Rubrik 2 Char"/>
     <w:aliases w:val="Rubrik 2 VGR Char"/>
-    <w:basedOn w:val="DefaultParagraphFont"/>
-    <w:link w:val="Heading2"/>
+    <w:basedOn w:val="Standardstycketeckensnitt"/>
+    <w:link w:val="Rubrik2"/>
     <w:uiPriority w:val="3"/>
-    <w:rsid w:val="00627BEA"/>
+    <w:rsid w:val="008D124E"/>
     <w:rPr>
-      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:rFonts w:ascii="Verdana" w:eastAsiaTheme="majorEastAsia" w:hAnsi="Verdana" w:cstheme="majorBidi"/>
       <w:bCs/>
       <w:color w:val="000000" w:themeColor="text1"/>
-      <w:sz w:val="40"/>
+      <w:sz w:val="36"/>
       <w:szCs w:val="26"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="Heading3Char">
-    <w:name w:val="Heading 3 Char"/>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Rubrik3Char">
+    <w:name w:val="Rubrik 3 Char"/>
     <w:aliases w:val="Rubrik 3 VGR Char"/>
-    <w:basedOn w:val="DefaultParagraphFont"/>
-    <w:link w:val="Heading3"/>
+    <w:basedOn w:val="Standardstycketeckensnitt"/>
+    <w:link w:val="Rubrik3"/>
     <w:uiPriority w:val="3"/>
-    <w:rsid w:val="00627BEA"/>
+    <w:rsid w:val="008D124E"/>
     <w:rPr>
-      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:rFonts w:ascii="Verdana" w:eastAsiaTheme="majorEastAsia" w:hAnsi="Verdana" w:cstheme="majorBidi"/>
       <w:bCs/>
       <w:color w:val="000000" w:themeColor="text1"/>
-      <w:sz w:val="36"/>
+      <w:sz w:val="28"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="Heading4Char">
-    <w:name w:val="Heading 4 Char"/>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Rubrik4Char">
+    <w:name w:val="Rubrik 4 Char"/>
     <w:aliases w:val="mellanrubrik Char"/>
-    <w:basedOn w:val="DefaultParagraphFont"/>
-    <w:link w:val="Heading4"/>
+    <w:basedOn w:val="Standardstycketeckensnitt"/>
+    <w:link w:val="Rubrik4"/>
     <w:uiPriority w:val="3"/>
     <w:semiHidden/>
     <w:rsid w:val="00A272CA"/>
     <w:rPr>
       <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
       <w:b/>
       <w:bCs/>
       <w:iCs/>
       <w:color w:val="000000" w:themeColor="text1"/>
       <w:sz w:val="26"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="Heading5Char">
-[...2 lines deleted...]
-    <w:link w:val="Heading5"/>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Rubrik5Char">
+    <w:name w:val="Rubrik 5 Char"/>
+    <w:basedOn w:val="Standardstycketeckensnitt"/>
+    <w:link w:val="Rubrik5"/>
     <w:uiPriority w:val="9"/>
     <w:semiHidden/>
     <w:rsid w:val="002F568B"/>
     <w:rPr>
       <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
       <w:color w:val="00304B" w:themeColor="accent1" w:themeShade="7F"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="ListParagraph">
+  <w:style w:type="paragraph" w:styleId="Liststycke">
     <w:name w:val="List Paragraph"/>
     <w:basedOn w:val="Normal"/>
     <w:uiPriority w:val="34"/>
     <w:rsid w:val="00CB1ED7"/>
     <w:pPr>
-      <w:tabs>
-[...1 lines deleted...]
-      </w:tabs>
+      <w:numPr>
+        <w:numId w:val="13"/>
+      </w:numPr>
       <w:ind w:left="1712" w:hanging="357"/>
       <w:contextualSpacing/>
     </w:pPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Normalefterlista">
     <w:name w:val="Normal efter lista"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:uiPriority w:val="3"/>
     <w:qFormat/>
     <w:rsid w:val="0062184C"/>
     <w:pPr>
       <w:spacing w:before="200"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:eastAsia="MS Gothic"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="TOC1">
+  <w:style w:type="paragraph" w:styleId="Innehll1">
     <w:name w:val="toc 1"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:autoRedefine/>
     <w:uiPriority w:val="39"/>
     <w:unhideWhenUsed/>
-    <w:rsid w:val="00FE1A8A"/>
+    <w:rsid w:val="00B405A1"/>
     <w:pPr>
       <w:tabs>
-        <w:tab w:val="right" w:leader="dot" w:pos="9072"/>
+        <w:tab w:val="right" w:leader="dot" w:pos="8779"/>
       </w:tabs>
-      <w:spacing w:after="40" w:line="240" w:lineRule="auto"/>
+      <w:ind w:right="142"/>
     </w:pPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Omslagsrubrik">
     <w:name w:val="Omslagsrubrik"/>
     <w:basedOn w:val="Normal"/>
     <w:link w:val="OmslagsrubrikChar"/>
     <w:uiPriority w:val="3"/>
     <w:qFormat/>
-    <w:rsid w:val="005A627D"/>
+    <w:rsid w:val="00B14487"/>
     <w:pPr>
       <w:spacing w:after="6000" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
+      <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
       <w:sz w:val="72"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="OmslagsrubrikChar">
     <w:name w:val="Omslagsrubrik Char"/>
-    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:basedOn w:val="Standardstycketeckensnitt"/>
     <w:link w:val="Omslagsrubrik"/>
     <w:uiPriority w:val="3"/>
-    <w:rsid w:val="005A627D"/>
+    <w:rsid w:val="00B14487"/>
     <w:rPr>
-      <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
+      <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
       <w:sz w:val="72"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="Omslagsunderrubrik">
-    <w:name w:val="Omslagsunderrubrik"/>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="UnderrubrikVGR">
+    <w:name w:val="Underrubrik VGR"/>
     <w:basedOn w:val="Normal"/>
-    <w:link w:val="OmslagsunderrubrikChar"/>
+    <w:link w:val="UnderrubrikVGRChar"/>
     <w:uiPriority w:val="3"/>
     <w:qFormat/>
-    <w:rsid w:val="009533B4"/>
+    <w:rsid w:val="00B14487"/>
     <w:pPr>
       <w:contextualSpacing/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
+      <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
       <w:sz w:val="32"/>
       <w:szCs w:val="44"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="OmslagsunderrubrikChar">
-[...2 lines deleted...]
-    <w:link w:val="Omslagsunderrubrik"/>
+  <w:style w:type="character" w:customStyle="1" w:styleId="UnderrubrikVGRChar">
+    <w:name w:val="Underrubrik VGR Char"/>
+    <w:basedOn w:val="Standardstycketeckensnitt"/>
+    <w:link w:val="UnderrubrikVGR"/>
     <w:uiPriority w:val="3"/>
-    <w:rsid w:val="009533B4"/>
+    <w:rsid w:val="00B14487"/>
     <w:rPr>
-      <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
+      <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
       <w:sz w:val="32"/>
       <w:szCs w:val="44"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="TOC2">
+  <w:style w:type="paragraph" w:styleId="Innehll2">
     <w:name w:val="toc 2"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:autoRedefine/>
     <w:uiPriority w:val="39"/>
     <w:unhideWhenUsed/>
-    <w:rsid w:val="00A32E2A"/>
+    <w:rsid w:val="00DF4E6A"/>
     <w:pPr>
       <w:tabs>
-        <w:tab w:val="right" w:leader="dot" w:pos="9072"/>
+        <w:tab w:val="right" w:leader="dot" w:pos="8647"/>
       </w:tabs>
-      <w:spacing w:after="0"/>
-      <w:ind w:left="1276"/>
+      <w:ind w:left="993" w:right="0"/>
     </w:pPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="TOC3">
+  <w:style w:type="paragraph" w:styleId="Innehll3">
     <w:name w:val="toc 3"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:autoRedefine/>
     <w:uiPriority w:val="39"/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00E61294"/>
     <w:pPr>
       <w:ind w:left="480"/>
     </w:pPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="TOC4">
+  <w:style w:type="paragraph" w:styleId="Innehll4">
     <w:name w:val="toc 4"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:autoRedefine/>
     <w:uiPriority w:val="39"/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00E61294"/>
     <w:pPr>
       <w:ind w:left="720"/>
     </w:pPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="TOC5">
+  <w:style w:type="paragraph" w:styleId="Innehll5">
     <w:name w:val="toc 5"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:autoRedefine/>
     <w:uiPriority w:val="39"/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00E61294"/>
     <w:pPr>
       <w:ind w:left="960"/>
     </w:pPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="TOC6">
+  <w:style w:type="paragraph" w:styleId="Innehll6">
     <w:name w:val="toc 6"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:autoRedefine/>
     <w:uiPriority w:val="39"/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00E61294"/>
     <w:pPr>
       <w:ind w:left="1200"/>
     </w:pPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="TOC7">
+  <w:style w:type="paragraph" w:styleId="Innehll7">
     <w:name w:val="toc 7"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:autoRedefine/>
     <w:uiPriority w:val="39"/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00E61294"/>
     <w:pPr>
       <w:ind w:left="1440"/>
     </w:pPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="TOC8">
+  <w:style w:type="paragraph" w:styleId="Innehll8">
     <w:name w:val="toc 8"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:autoRedefine/>
     <w:uiPriority w:val="39"/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00E61294"/>
     <w:pPr>
       <w:ind w:left="1680"/>
     </w:pPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="TOC9">
+  <w:style w:type="paragraph" w:styleId="Innehll9">
     <w:name w:val="toc 9"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:autoRedefine/>
     <w:uiPriority w:val="39"/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00E61294"/>
     <w:pPr>
       <w:ind w:left="1920"/>
     </w:pPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="MellanrubrikVGR">
     <w:name w:val="Mellanrubrik VGR"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:uiPriority w:val="2"/>
     <w:qFormat/>
-    <w:rsid w:val="00A4216D"/>
+    <w:rsid w:val="008D124E"/>
     <w:pPr>
       <w:keepNext/>
       <w:keepLines/>
       <w:widowControl w:val="0"/>
       <w:autoSpaceDE w:val="0"/>
       <w:autoSpaceDN w:val="0"/>
       <w:adjustRightInd w:val="0"/>
       <w:spacing w:before="240" w:after="0"/>
       <w:textAlignment w:val="center"/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+      <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
       <w:b/>
       <w:color w:val="000000"/>
-      <w:sz w:val="26"/>
       <w:szCs w:val="18"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:styleId="FootnoteReference">
+  <w:style w:type="character" w:styleId="Fotnotsreferens">
     <w:name w:val="footnote reference"/>
-    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:basedOn w:val="Standardstycketeckensnitt"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00FB5086"/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Formatmall1">
     <w:name w:val="Formatmall1"/>
     <w:basedOn w:val="Normal"/>
     <w:link w:val="Formatmall1Char"/>
     <w:uiPriority w:val="3"/>
     <w:semiHidden/>
     <w:qFormat/>
     <w:locked/>
     <w:rsid w:val="00FB5086"/>
     <w:pPr>
       <w:spacing w:after="0"/>
     </w:pPr>
     <w:rPr>
       <w:sz w:val="20"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="Formatmall1Char">
     <w:name w:val="Formatmall1 Char"/>
-    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:basedOn w:val="Standardstycketeckensnitt"/>
     <w:link w:val="Formatmall1"/>
     <w:uiPriority w:val="3"/>
     <w:semiHidden/>
     <w:rsid w:val="00A272CA"/>
     <w:rPr>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="FotnotVGR">
     <w:name w:val="Fotnot VGR"/>
     <w:basedOn w:val="Normal"/>
     <w:uiPriority w:val="3"/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
-    <w:rsid w:val="00FB5086"/>
+    <w:rsid w:val="00B14487"/>
     <w:pPr>
       <w:spacing w:after="0"/>
     </w:pPr>
     <w:rPr>
-      <w:sz w:val="20"/>
+      <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+      <w:sz w:val="18"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="table" w:styleId="PlainTable2">
+  <w:style w:type="table" w:styleId="Oformateradtabell2">
     <w:name w:val="Plain Table 2"/>
-    <w:basedOn w:val="TableNormal"/>
+    <w:basedOn w:val="Normaltabell"/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="002E263F"/>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblBorders>
         <w:top w:val="single" w:sz="4" w:space="0" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80"/>
         <w:bottom w:val="single" w:sz="4" w:space="0" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80"/>
       </w:tblBorders>
     </w:tblPr>
     <w:tblStylePr w:type="firstRow">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastRow">
       <w:rPr>
         <w:b/>
@@ -8626,81 +7592,81 @@
         <w:tcBorders>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band2Vert">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="character" w:styleId="Hyperlink">
+  <w:style w:type="character" w:styleId="Hyperlnk">
     <w:name w:val="Hyperlink"/>
-    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:basedOn w:val="Standardstycketeckensnitt"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00A514B7"/>
     <w:rPr>
       <w:color w:val="006298" w:themeColor="hyperlink"/>
       <w:u w:val="single"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="table" w:styleId="TableGrid">
+  <w:style w:type="table" w:styleId="Tabellrutnt">
     <w:name w:val="Table Grid"/>
-    <w:basedOn w:val="TableNormal"/>
+    <w:basedOn w:val="Normaltabell"/>
     <w:uiPriority w:val="59"/>
     <w:rsid w:val="00F413D9"/>
     <w:tblPr>
       <w:tblBorders>
         <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
       </w:tblBorders>
     </w:tblPr>
   </w:style>
-  <w:style w:type="table" w:styleId="LightList-Accent1">
+  <w:style w:type="table" w:styleId="Ljuslista-dekorfrg1">
     <w:name w:val="Light List Accent 1"/>
     <w:aliases w:val="VGR tabell blue"/>
-    <w:basedOn w:val="TableNormal"/>
+    <w:basedOn w:val="Normaltabell"/>
     <w:uiPriority w:val="61"/>
     <w:rsid w:val="00827E69"/>
     <w:rPr>
       <w:sz w:val="24"/>
     </w:rPr>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblBorders>
         <w:top w:val="single" w:sz="4" w:space="0" w:color="006298" w:themeColor="accent1"/>
         <w:left w:val="single" w:sz="4" w:space="0" w:color="006298" w:themeColor="accent1"/>
         <w:bottom w:val="single" w:sz="4" w:space="0" w:color="006298" w:themeColor="accent1"/>
         <w:right w:val="single" w:sz="4" w:space="0" w:color="006298" w:themeColor="accent1"/>
       </w:tblBorders>
     </w:tblPr>
     <w:tblStylePr w:type="firstRow">
       <w:pPr>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:rPr>
         <w:b/>
         <w:bCs/>
         <w:color w:val="FFFFFF" w:themeColor="background1"/>
       </w:rPr>
       <w:tblPr/>
@@ -8739,53 +7705,53 @@
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Vert">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:top w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
           <w:left w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
           <w:bottom w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
           <w:right w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:top w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
           <w:left w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
           <w:bottom w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
           <w:right w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="table" w:styleId="LightGrid-Accent6">
+  <w:style w:type="table" w:styleId="Ljustrutnt-dekorfrg6">
     <w:name w:val="Light Grid Accent 6"/>
-    <w:basedOn w:val="TableNormal"/>
+    <w:basedOn w:val="Normaltabell"/>
     <w:uiPriority w:val="62"/>
     <w:rsid w:val="00397F54"/>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblBorders>
         <w:top w:val="single" w:sz="8" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
         <w:left w:val="single" w:sz="8" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
         <w:bottom w:val="single" w:sz="8" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
         <w:right w:val="single" w:sz="8" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
         <w:insideH w:val="single" w:sz="8" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
         <w:insideV w:val="single" w:sz="8" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
       </w:tblBorders>
     </w:tblPr>
     <w:tblStylePr w:type="firstRow">
       <w:pPr>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
         <w:b/>
         <w:bCs/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
@@ -8859,53 +7825,53 @@
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:top w:val="single" w:sz="8" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
           <w:left w:val="single" w:sz="8" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
           <w:bottom w:val="single" w:sz="8" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
           <w:right w:val="single" w:sz="8" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
           <w:insideV w:val="single" w:sz="8" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
         </w:tcBorders>
         <w:shd w:val="clear" w:color="auto" w:fill="DBEBF1" w:themeFill="accent6" w:themeFillTint="3F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band2Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:top w:val="single" w:sz="8" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
           <w:left w:val="single" w:sz="8" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
           <w:bottom w:val="single" w:sz="8" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
           <w:right w:val="single" w:sz="8" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
           <w:insideV w:val="single" w:sz="8" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="table" w:styleId="LightGrid-Accent1">
+  <w:style w:type="table" w:styleId="Ljustrutnt-dekorfrg1">
     <w:name w:val="Light Grid Accent 1"/>
-    <w:basedOn w:val="TableNormal"/>
+    <w:basedOn w:val="Normaltabell"/>
     <w:uiPriority w:val="62"/>
     <w:rsid w:val="00397F54"/>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblBorders>
         <w:top w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
         <w:left w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
         <w:bottom w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
         <w:right w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
         <w:insideH w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
         <w:insideV w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
       </w:tblBorders>
     </w:tblPr>
     <w:tblStylePr w:type="firstRow">
       <w:pPr>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
         <w:b/>
         <w:bCs/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
@@ -8979,53 +7945,53 @@
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:top w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
           <w:left w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
           <w:bottom w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
           <w:right w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
           <w:insideV w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
         </w:tcBorders>
         <w:shd w:val="clear" w:color="auto" w:fill="A6DFFF" w:themeFill="accent1" w:themeFillTint="3F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band2Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:top w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
           <w:left w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
           <w:bottom w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
           <w:right w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
           <w:insideV w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="table" w:styleId="MediumShading1-Accent1">
+  <w:style w:type="table" w:styleId="Mellanmrkskuggning1-dekorfrg1">
     <w:name w:val="Medium Shading 1 Accent 1"/>
-    <w:basedOn w:val="TableNormal"/>
+    <w:basedOn w:val="Normaltabell"/>
     <w:uiPriority w:val="63"/>
     <w:rsid w:val="00397F54"/>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblBorders>
         <w:top w:val="single" w:sz="8" w:space="0" w:color="009BF1" w:themeColor="accent1" w:themeTint="BF"/>
         <w:left w:val="single" w:sz="8" w:space="0" w:color="009BF1" w:themeColor="accent1" w:themeTint="BF"/>
         <w:bottom w:val="single" w:sz="8" w:space="0" w:color="009BF1" w:themeColor="accent1" w:themeTint="BF"/>
         <w:right w:val="single" w:sz="8" w:space="0" w:color="009BF1" w:themeColor="accent1" w:themeTint="BF"/>
         <w:insideH w:val="single" w:sz="8" w:space="0" w:color="009BF1" w:themeColor="accent1" w:themeTint="BF"/>
       </w:tblBorders>
     </w:tblPr>
     <w:tblStylePr w:type="firstRow">
       <w:pPr>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:rPr>
         <w:b/>
         <w:bCs/>
         <w:color w:val="FFFFFF" w:themeColor="background1"/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
@@ -9075,53 +8041,53 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="A6DFFF" w:themeFill="accent1" w:themeFillTint="3F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:insideH w:val="nil"/>
           <w:insideV w:val="nil"/>
         </w:tcBorders>
         <w:shd w:val="clear" w:color="auto" w:fill="A6DFFF" w:themeFill="accent1" w:themeFillTint="3F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band2Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:insideH w:val="nil"/>
           <w:insideV w:val="nil"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="table" w:styleId="MediumShading1-Accent6">
+  <w:style w:type="table" w:styleId="Mellanmrkskuggning1-dekorfrg6">
     <w:name w:val="Medium Shading 1 Accent 6"/>
-    <w:basedOn w:val="TableNormal"/>
+    <w:basedOn w:val="Normaltabell"/>
     <w:uiPriority w:val="63"/>
     <w:rsid w:val="00397F54"/>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblBorders>
         <w:top w:val="single" w:sz="8" w:space="0" w:color="94C5D6" w:themeColor="accent6" w:themeTint="BF"/>
         <w:left w:val="single" w:sz="8" w:space="0" w:color="94C5D6" w:themeColor="accent6" w:themeTint="BF"/>
         <w:bottom w:val="single" w:sz="8" w:space="0" w:color="94C5D6" w:themeColor="accent6" w:themeTint="BF"/>
         <w:right w:val="single" w:sz="8" w:space="0" w:color="94C5D6" w:themeColor="accent6" w:themeTint="BF"/>
         <w:insideH w:val="single" w:sz="8" w:space="0" w:color="94C5D6" w:themeColor="accent6" w:themeTint="BF"/>
       </w:tblBorders>
     </w:tblPr>
     <w:tblStylePr w:type="firstRow">
       <w:pPr>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:rPr>
         <w:b/>
         <w:bCs/>
         <w:color w:val="FFFFFF" w:themeColor="background1"/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
@@ -9171,53 +8137,53 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="DBEBF1" w:themeFill="accent6" w:themeFillTint="3F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:insideH w:val="nil"/>
           <w:insideV w:val="nil"/>
         </w:tcBorders>
         <w:shd w:val="clear" w:color="auto" w:fill="DBEBF1" w:themeFill="accent6" w:themeFillTint="3F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band2Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:insideH w:val="nil"/>
           <w:insideV w:val="nil"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="table" w:styleId="LightList-Accent6">
+  <w:style w:type="table" w:styleId="Ljuslista-dekorfrg6">
     <w:name w:val="Light List Accent 6"/>
-    <w:basedOn w:val="TableNormal"/>
+    <w:basedOn w:val="Normaltabell"/>
     <w:uiPriority w:val="61"/>
     <w:rsid w:val="00397F54"/>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblBorders>
         <w:top w:val="single" w:sz="8" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
         <w:left w:val="single" w:sz="8" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
         <w:bottom w:val="single" w:sz="8" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
         <w:right w:val="single" w:sz="8" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
       </w:tblBorders>
     </w:tblPr>
     <w:tblStylePr w:type="firstRow">
       <w:pPr>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:rPr>
         <w:b/>
         <w:bCs/>
         <w:color w:val="FFFFFF" w:themeColor="background1"/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="71B2C9" w:themeFill="accent6"/>
       </w:tcPr>
@@ -9253,53 +8219,53 @@
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Vert">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:top w:val="single" w:sz="8" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
           <w:left w:val="single" w:sz="8" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
           <w:bottom w:val="single" w:sz="8" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
           <w:right w:val="single" w:sz="8" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:top w:val="single" w:sz="8" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
           <w:left w:val="single" w:sz="8" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
           <w:bottom w:val="single" w:sz="8" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
           <w:right w:val="single" w:sz="8" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="table" w:styleId="LightShading-Accent1">
+  <w:style w:type="table" w:styleId="Ljusskuggning-dekorfrg1">
     <w:name w:val="Light Shading Accent 1"/>
-    <w:basedOn w:val="TableNormal"/>
+    <w:basedOn w:val="Normaltabell"/>
     <w:uiPriority w:val="60"/>
     <w:rsid w:val="00C4115D"/>
     <w:rPr>
       <w:color w:val="004971" w:themeColor="accent1" w:themeShade="BF"/>
     </w:rPr>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblBorders>
         <w:top w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
         <w:bottom w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
       </w:tblBorders>
     </w:tblPr>
     <w:tblStylePr w:type="firstRow">
       <w:pPr>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:top w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
@@ -9348,51 +8314,51 @@
       <w:tcPr>
         <w:tcBorders>
           <w:left w:val="nil"/>
           <w:right w:val="nil"/>
           <w:insideH w:val="nil"/>
           <w:insideV w:val="nil"/>
         </w:tcBorders>
         <w:shd w:val="clear" w:color="auto" w:fill="A6DFFF" w:themeFill="accent1" w:themeFillTint="3F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:left w:val="nil"/>
           <w:right w:val="nil"/>
           <w:insideH w:val="nil"/>
           <w:insideV w:val="nil"/>
         </w:tcBorders>
         <w:shd w:val="clear" w:color="auto" w:fill="A6DFFF" w:themeFill="accent1" w:themeFillTint="3F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
   <w:style w:type="table" w:customStyle="1" w:styleId="VGRtabell">
     <w:name w:val="VGR tabell"/>
-    <w:basedOn w:val="TableNormal"/>
+    <w:basedOn w:val="Normaltabell"/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="00016CF0"/>
     <w:pPr>
       <w:contextualSpacing/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
       <w:sz w:val="24"/>
     </w:rPr>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblBorders>
         <w:top w:val="single" w:sz="4" w:space="0" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
         <w:left w:val="single" w:sz="4" w:space="0" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
         <w:bottom w:val="single" w:sz="4" w:space="0" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
         <w:right w:val="single" w:sz="4" w:space="0" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
         <w:insideH w:val="single" w:sz="4" w:space="0" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
         <w:insideV w:val="single" w:sz="4" w:space="0" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
       </w:tblBorders>
     </w:tblPr>
     <w:trPr>
       <w:cantSplit/>
     </w:trPr>
     <w:tcPr>
@@ -9436,51 +8402,51 @@
         <w:b/>
         <w:bCs/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastCol">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Vert">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
   <w:style w:type="table" w:customStyle="1" w:styleId="Oformateradtabell51">
     <w:name w:val="Oformaterad tabell 51"/>
-    <w:basedOn w:val="TableNormal"/>
+    <w:basedOn w:val="Normaltabell"/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="008E682C"/>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
     </w:tblPr>
     <w:tblStylePr w:type="firstRow">
       <w:rPr>
         <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
         <w:i/>
         <w:iCs/>
         <w:sz w:val="26"/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80"/>
         </w:tcBorders>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastRow">
       <w:rPr>
         <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
         <w:i/>
@@ -9567,70 +8533,66 @@
     <w:tblStylePr w:type="swCell">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:right w:val="nil"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Tabellrubrik">
     <w:name w:val="Tabellrubrik"/>
     <w:basedOn w:val="Normal"/>
     <w:uiPriority w:val="3"/>
     <w:semiHidden/>
     <w:qFormat/>
     <w:rsid w:val="00B33FDD"/>
     <w:pPr>
       <w:spacing w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
       <w:bCs/>
       <w:color w:val="000000" w:themeColor="text1"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="ListBullet">
+  <w:style w:type="paragraph" w:styleId="Punktlista">
     <w:name w:val="List Bullet"/>
     <w:basedOn w:val="Normal"/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
-    <w:rsid w:val="00AA427C"/>
+    <w:rsid w:val="00CB1ED7"/>
     <w:pPr>
       <w:numPr>
-        <w:numId w:val="8"/>
+        <w:numId w:val="14"/>
       </w:numPr>
-      <w:tabs>
-[...2 lines deleted...]
-      <w:ind w:left="1349" w:hanging="357"/>
       <w:contextualSpacing/>
     </w:pPr>
   </w:style>
-  <w:style w:type="table" w:styleId="PlainTable3">
+  <w:style w:type="table" w:styleId="Oformateradtabell3">
     <w:name w:val="Plain Table 3"/>
-    <w:basedOn w:val="TableNormal"/>
+    <w:basedOn w:val="Normaltabell"/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="002E263F"/>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
     </w:tblPr>
     <w:tblStylePr w:type="firstRow">
       <w:rPr>
         <w:b/>
         <w:bCs/>
         <w:caps/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastRow">
       <w:rPr>
         <w:b/>
         <w:bCs/>
         <w:caps/>
       </w:rPr>
@@ -9674,416 +8636,296 @@
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="neCell">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:left w:val="nil"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="nwCell">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:right w:val="nil"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="table" w:styleId="PlainTable4">
+  <w:style w:type="table" w:styleId="Oformateradtabell4">
     <w:name w:val="Plain Table 4"/>
-    <w:basedOn w:val="TableNormal"/>
+    <w:basedOn w:val="Normaltabell"/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="002E263F"/>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
     </w:tblPr>
     <w:tblStylePr w:type="firstRow">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastRow">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="firstCol">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastCol">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Vert">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Caption">
+  <w:style w:type="paragraph" w:styleId="Beskrivning">
     <w:name w:val="caption"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:uiPriority w:val="35"/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:rsid w:val="00404948"/>
     <w:pPr>
       <w:spacing w:after="200" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:i/>
       <w:iCs/>
       <w:color w:val="000000" w:themeColor="text2"/>
       <w:sz w:val="18"/>
       <w:szCs w:val="18"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="HeaderChar">
-[...2 lines deleted...]
-    <w:link w:val="Header"/>
+  <w:style w:type="character" w:customStyle="1" w:styleId="SidhuvudChar">
+    <w:name w:val="Sidhuvud Char"/>
+    <w:basedOn w:val="Standardstycketeckensnitt"/>
+    <w:link w:val="Sidhuvud"/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="00133A0F"/>
     <w:rPr>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="Heading6Char">
-[...2 lines deleted...]
-    <w:link w:val="Heading6"/>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Rubrik9Char">
+    <w:name w:val="Rubrik 9 Char"/>
+    <w:basedOn w:val="Standardstycketeckensnitt"/>
+    <w:link w:val="Rubrik9"/>
     <w:uiPriority w:val="9"/>
     <w:semiHidden/>
-    <w:rsid w:val="00FE7C50"/>
-[...29 lines deleted...]
-    <w:rsid w:val="00FE7C50"/>
+    <w:rsid w:val="009A32ED"/>
     <w:rPr>
       <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
       <w:i/>
       <w:iCs/>
       <w:color w:val="272727" w:themeColor="text1" w:themeTint="D8"/>
       <w:sz w:val="21"/>
       <w:szCs w:val="21"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="ListBullet2">
-[...5 lines deleted...]
-    <w:rsid w:val="00FE7C50"/>
+  <w:style w:type="paragraph" w:styleId="Brdtext">
+    <w:name w:val="Body Text"/>
+    <w:aliases w:val="(=Löpande text)"/>
+    <w:link w:val="BrdtextChar"/>
+    <w:rsid w:val="009A32ED"/>
     <w:pPr>
-      <w:tabs>
-[...14 lines deleted...]
-      <w:ind w:left="3033" w:hanging="357"/>
+      <w:spacing w:after="160"/>
+      <w:ind w:left="2676"/>
     </w:pPr>
     <w:rPr>
       <w:sz w:val="24"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="ListNumber">
-[...1 lines deleted...]
-    <w:basedOn w:val="Normal"/>
+  <w:style w:type="character" w:customStyle="1" w:styleId="BrdtextChar">
+    <w:name w:val="Brödtext Char"/>
+    <w:aliases w:val="(=Löpande text) Char"/>
+    <w:basedOn w:val="Standardstycketeckensnitt"/>
+    <w:link w:val="Brdtext"/>
+    <w:rsid w:val="009A32ED"/>
+    <w:rPr>
+      <w:sz w:val="24"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="Tabell">
+    <w:name w:val="Tabell"/>
+    <w:link w:val="TabellChar"/>
+    <w:qFormat/>
+    <w:rsid w:val="00831C35"/>
+    <w:pPr>
+      <w:spacing w:line="288" w:lineRule="auto"/>
+      <w:ind w:right="-142"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="TabellChar">
+    <w:name w:val="Tabell Char"/>
+    <w:basedOn w:val="Standardstycketeckensnitt"/>
+    <w:link w:val="Tabell"/>
+    <w:rsid w:val="00831C35"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="AnvndHyperlnk">
+    <w:name w:val="FollowedHyperlink"/>
+    <w:basedOn w:val="Standardstycketeckensnitt"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
-    <w:rsid w:val="00FE7C50"/>
-[...6 lines deleted...]
-    </w:pPr>
+    <w:rsid w:val="00B97D4E"/>
+    <w:rPr>
+      <w:color w:val="9EA2A2" w:themeColor="followedHyperlink"/>
+      <w:u w:val="single"/>
+    </w:rPr>
   </w:style>
-  <w:style w:type="character" w:styleId="UnresolvedMention">
+  <w:style w:type="character" w:styleId="Olstomnmnande">
     <w:name w:val="Unresolved Mention"/>
-    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:basedOn w:val="Standardstycketeckensnitt"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
-    <w:rsid w:val="008E4B03"/>
+    <w:rsid w:val="00672EC3"/>
     <w:rPr>
       <w:color w:val="605E5C"/>
       <w:shd w:val="clear" w:color="auto" w:fill="E1DFDD"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:styleId="FollowedHyperlink">
-[...30 lines deleted...]
-  <w:style w:type="paragraph" w:styleId="Subtitle">
+  <w:style w:type="paragraph" w:styleId="Underrubrik">
     <w:name w:val="Subtitle"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
-    <w:link w:val="SubtitleChar"/>
+    <w:link w:val="UnderrubrikChar"/>
     <w:qFormat/>
-    <w:rsid w:val="00FE1A8A"/>
+    <w:rsid w:val="00AE144D"/>
     <w:pPr>
       <w:numPr>
         <w:ilvl w:val="1"/>
       </w:numPr>
-      <w:spacing w:after="20"/>
-      <w:ind w:left="992"/>
+      <w:spacing w:after="160"/>
+      <w:ind w:left="567"/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:ascii="Calibri" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Calibri" w:cstheme="minorBidi"/>
-[...1 lines deleted...]
-      <w:color w:val="000000" w:themeColor="text1"/>
+      <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+      <w:color w:val="5A5A5A" w:themeColor="text1" w:themeTint="A5"/>
       <w:spacing w:val="15"/>
+      <w:sz w:val="22"/>
       <w:szCs w:val="22"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="SubtitleChar">
-[...3 lines deleted...]
-    <w:rsid w:val="00FE1A8A"/>
+  <w:style w:type="character" w:customStyle="1" w:styleId="UnderrubrikChar">
+    <w:name w:val="Underrubrik Char"/>
+    <w:basedOn w:val="Standardstycketeckensnitt"/>
+    <w:link w:val="Underrubrik"/>
+    <w:rsid w:val="00AE144D"/>
     <w:rPr>
-      <w:rFonts w:ascii="Calibri" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Calibri" w:cstheme="minorBidi"/>
-[...1 lines deleted...]
-      <w:color w:val="000000" w:themeColor="text1"/>
+      <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+      <w:color w:val="5A5A5A" w:themeColor="text1" w:themeTint="A5"/>
       <w:spacing w:val="15"/>
-      <w:sz w:val="24"/>
+      <w:sz w:val="22"/>
       <w:szCs w:val="22"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="Pnktlistaunderliggande">
-[...42 lines deleted...]
-    <w:basedOn w:val="DefaultParagraphFont"/>
+  <w:style w:type="paragraph" w:styleId="Kommentarer">
+    <w:name w:val="annotation text"/>
+    <w:basedOn w:val="Normal"/>
+    <w:link w:val="KommentarerChar"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
-    <w:rsid w:val="003A4F8C"/>
-[...12 lines deleted...]
-    <w:rsid w:val="003A4F8C"/>
+    <w:rsid w:val="00C7158D"/>
     <w:pPr>
       <w:spacing w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:sz w:val="20"/>
       <w:szCs w:val="20"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="CommentTextChar">
-[...2 lines deleted...]
-    <w:link w:val="CommentText"/>
+  <w:style w:type="character" w:customStyle="1" w:styleId="KommentarerChar">
+    <w:name w:val="Kommentarer Char"/>
+    <w:basedOn w:val="Standardstycketeckensnitt"/>
+    <w:link w:val="Kommentarer"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
-    <w:rsid w:val="003A4F8C"/>
+    <w:rsid w:val="00C7158D"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+    </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="CommentSubject">
-[...3 lines deleted...]
-    <w:link w:val="CommentSubjectChar"/>
+  <w:style w:type="character" w:styleId="Kommentarsreferens">
+    <w:name w:val="annotation reference"/>
+    <w:basedOn w:val="Standardstycketeckensnitt"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
-    <w:rsid w:val="003A4F8C"/>
+    <w:rsid w:val="00C7158D"/>
     <w:rPr>
-      <w:b/>
-[...23 lines deleted...]
-      <w:szCs w:val="24"/>
+      <w:sz w:val="16"/>
+      <w:szCs w:val="16"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:divs>
-    <w:div w:id="121657028">
+    <w:div w:id="198055238">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="218060363">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
@@ -10091,77 +8933,61 @@
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="1230919038">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
-    <w:div w:id="1304851724">
-[...11 lines deleted...]
-    </w:div>
   </w:divs>
+  <w:relyOnVML/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
-<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mellanarkiv-offentlig.vgregion.se/alfresco/s/archive/stream/public/v1/source/available/sofia/sas9642-738863596-248/surrogate" TargetMode="External" Id="rId13" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:skatteverket@skatteverket.se" TargetMode="External" Id="rId18" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://skr.se/download/18.1c1463c417f1b32c7ab423cd/1646038476777/Rutin%20att%20snabbare%20hantering%20av%20avlidna%20som%20f%C3%B6rvarats%20l%C3%A4nge%20p%C3%A5%20b%C3%A5rhusen%20v1.1%20210316_ta.pdf" TargetMode="External" Id="rId26" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.riksdagen.se/sv/dokument-lagar/dokument/svensk-forfattningssamling/halso--och-sjukvardslag_sfs-2017-30" TargetMode="External" Id="rId21" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml" Id="rId7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vardhandboken.se/vard-och-behandling/dodsfall-och-vard-i-livets-slutskede/dodsfall-atgarder-inom-halso--och-sjukvard/" TargetMode="External" Id="rId12" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mellanarkiv-offentlig.vgregion.se/alfresco/s/archive/stream/public/v1/source/available/SOFIA/RS6895-621728397-980/SURROGATE/B%c3%a5rhusremiss%20f%c3%b6r%20avliden%202021-12-21%20(version%20002).pdf" TargetMode="External" Id="rId17" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mellanarkiv-offentlig.vgregion.se/alfresco/s/archive/stream/public/v1/source/available/sofia/sas9642-738863596-78/surrogate" TargetMode="External" Id="rId25" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml" Id="rId33" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mellanarkiv-offentlig.vgregion.se/alfresco/s/archive/stream/public/v1/source/available/SOFIA/RS6895-621728397-980/SURROGATE/B%c3%a5rhusremiss%20f%c3%b6r%20avliden%202021-12-21%20(version%20002).pdf" TargetMode="External" Id="rId16" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mellanarkiv-offentlig.vgregion.se/alfresco/s/archive/stream/public/v1/source/available/sofia/sas9642-738863596-248/surrogate" TargetMode="External" Id="rId20" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml" Id="rId29" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml" Id="rId6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml" Id="rId11" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mellanarkiv-offentlig.vgregion.se/alfresco/s/archive/stream/public/v1/source/available/SOFIA/RS6895-621728397-982/SURROGATE/Riktlinje%20F%c3%b6rvaring%20och%20transport%20av%20avlidna%20f%c3%b6r%20V%c3%a4stra%20G%c3%b6talandsregionen%20och%20l%c3%a4nets%20kommuner-1.pdf" TargetMode="External" Id="rId24" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml" Id="rId32" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mellanarkiv-offentlig.vgregion.se/alfresco/s/archive/stream/public/v1/source/available/sofia/sas9642-738863596-78/surrogate" TargetMode="External" Id="rId15" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.socialstyrelsen.se/regler-och-riktlinjer/foreskrifter-och-allmanna-rad/konsoliderade-foreskrifter/20119-om-ledningssystem-for-systematiskt-kvalitetsarbete" TargetMode="External" Id="rId23" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml" Id="rId28" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml" Id="rId10" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vardhandboken.se/vard-och-behandling/dodsfall-och-vard-i-livets-slutskede/dodsfall-atgarder-inom-halso--och-sjukvard/" TargetMode="External" Id="rId19" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer3.xml" Id="rId31" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml" Id="rId9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mellanarkiv-offentlig.vgregion.se/alfresco/s/archive/stream/public/v1/source/available/SOFIA/RS6895-621728397-982/SURROGATE/Riktlinje%20F%c3%b6rvaring%20och%20transport%20av%20avlidna%20f%c3%b6r%20V%c3%a4stra%20G%c3%b6talandsregionen%20och%20l%c3%a4nets%20kommuner-1.pdf" TargetMode="External" Id="rId14" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.riksdagen.se/sv/dokument-lagar/dokument/svensk-forfattningssamling/patientsakerhetslag-2010659_sfs-2010-659" TargetMode="External" Id="rId22" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml" Id="rId27" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml" Id="rId30" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml" Id="rId8" /></Relationships>
+<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml" Id="rId8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mellanarkiv-offentlig.vgregion.se/alfresco/s/archive/stream/public/v1/source/available/sofia/sas9642-738863596-248/surrogate" TargetMode="External" Id="rId13" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\monjo90\AppData\Local\Microsoft\Windows\INetCache\Content.Outlook\YWGEZ9NA\www.riksdagen.se%20under%20rubrik%20Dokument%20&amp;%20lagar" TargetMode="External" Id="rId18" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml" Id="rId26" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insidan.vgregion.se/forvaltningar/sodra-alvsborgs-sjukhus/styrdokument" TargetMode="External" Id="rId21" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml" Id="rId7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vardhandboken.se/vard-och-behandling/dodsfall-och-vard-i-livets-slutskede/dodsfall-atgarder-inom-halso--och-sjukvard/" TargetMode="External" Id="rId12" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\monjo90\AppData\Local\Microsoft\Windows\INetCache\Content.Outlook\YWGEZ9NA\skatteverket@skatteverket.se" TargetMode="External" Id="rId17" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml" Id="rId25" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mellanarkiv-offentlig.vgregion.se/alfresco/s/archive/stream/public/v1/source/available/SOFIA/RS6895-621728397-980/SURROGATE/B%c3%a5rhusremiss%20f%c3%b6r%20avliden%202021-12-21%20(version%20002).pdf" TargetMode="External" Id="rId16" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\monjo90\AppData\Local\Microsoft\Windows\INetCache\Content.Outlook\YWGEZ9NA\www.vardhandboken.se\vard-och-behandling\dodsfall-och-vard-i-livets-slutskede" TargetMode="External" Id="rId20" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer3.xml" Id="rId29" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml" Id="rId6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml" Id="rId11" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.socialstyrelsen.se/kunskapsstod-och-regler/regler-och-riktlinjer/foreskrifter-och-allmanna-rad/konsoliderade-foreskrifter/201515-om-vissa-atgarder-i-halso--och-sjukvarden-vid-dodsfall/" TargetMode="External" Id="rId24" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mellanarkiv-offentlig.vgregion.se/alfresco/s/archive/stream/public/v1/source/available/sofia/sas9642-738863596-78/surrogate" TargetMode="External" Id="rId15" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insidan.vgregion.se/forvaltningar/sodra-alvsborgs-sjukhus/styrdokument" TargetMode="External" Id="rId23" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml" Id="rId28" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml" Id="rId10" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\monjo90\AppData\Local\Microsoft\Windows\INetCache\Content.Outlook\YWGEZ9NA\www.riksdagen.se" TargetMode="External" Id="rId19" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml" Id="rId31" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml" Id="rId9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mellanarkiv-offentlig.vgregion.se/alfresco/s/archive/stream/public/v1/source/available/SOFIA/RS6895-621728397-982/SURROGATE/Riktlinje%20F%c3%b6rvaring%20och%20transport%20av%20avlidna%20f%c3%b6r%20V%c3%a4stra%20G%c3%b6talandsregionen%20och%20l%c3%a4nets%20kommuner-1.pdf" TargetMode="External" Id="rId14" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\monjo90\AppData\Local\Microsoft\Windows\INetCache\Content.Outlook\YWGEZ9NA\www.vardsamverkan.se\dokument" TargetMode="External" Id="rId22" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml" Id="rId27" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml" Id="rId30" /></Relationships>
 </file>
 
 <file path=word/_rels/footer3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.wmf"/></Relationships>
-[...3 lines deleted...]
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.svg"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office-tema">
   <a:themeElements>
     <a:clrScheme name="VG">
       <a:dk1>
         <a:srgbClr val="000000"/>
       </a:dk1>
       <a:lt1>
         <a:srgbClr val="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="000000"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="808080"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="006298"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="367B1E"/>
       </a:accent2>
       <a:accent3>
@@ -10442,566 +9268,73 @@
       <a:spPr/>
       <a:bodyPr/>
       <a:lstStyle/>
       <a:style>
         <a:lnRef idx="2">
           <a:schemeClr val="accent1"/>
         </a:lnRef>
         <a:fillRef idx="0">
           <a:schemeClr val="accent1"/>
         </a:fillRef>
         <a:effectRef idx="1">
           <a:schemeClr val="accent1"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="tx1"/>
         </a:fontRef>
       </a:style>
     </a:lnDef>
   </a:objectDefaults>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
-  <Template>Normal.dotm</Template>
+  <Template>normal</Template>
   <TotalTime></TotalTime>
-  <Pages>1</Pages>
-[...1 lines deleted...]
-  <Characters>13783</Characters>
+  <Pages>7</Pages>
+  <Words>1581</Words>
+  <Characters>10763</Characters>
   <Application>Microsoft Office Word</Application>
-  <DocSecurity>4</DocSecurity>
-[...1 lines deleted...]
-  <Paragraphs>32</Paragraphs>
+  <DocSecurity>0</DocSecurity>
+  <Lines>261</Lines>
+  <Paragraphs>130</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
+  <HeadingPairs>
+    <vt:vector size="2" baseType="variant">
+      <vt:variant>
+        <vt:lpstr>Rubrik</vt:lpstr>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>1</vt:i4>
+      </vt:variant>
+    </vt:vector>
+  </HeadingPairs>
+  <TitlesOfParts>
+    <vt:vector size="1" baseType="lpstr">
+      <vt:lpstr>Dödsfall - Transport av avlidna inom SÄS och avsked i avskedsrum-kapell</vt:lpstr>
+    </vt:vector>
+  </TitlesOfParts>
   <Manager/>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>16168</CharactersWithSpaces>
+  <CharactersWithSpaces>12266</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinkBase/>
-  <HLinks>
-[...506 lines deleted...]
-  </HLinks>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <coreProperties xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns="http://schemas.openxmlformats.org/package/2006/metadata/core-properties">
   <dc:title>Dödsfall - Transport av avlidna inom SÄS och avsked i avskedsrum-kapell</dc:title>
   <dc:subject/>
-  <dc:creator/>
+  <dc:creator>Karin Scharl</dc:creator>
   <keywords/>
-  <lastModifiedBy/>
-  <revision>2</revision>
+  <lastModifiedBy>Madeleine Wahlgren</lastModifiedBy>
+  <revision>9</revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </coreProperties>
 </file>