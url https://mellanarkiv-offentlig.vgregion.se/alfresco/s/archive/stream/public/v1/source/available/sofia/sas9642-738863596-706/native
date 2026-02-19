--- v0 (2025-11-26)
+++ v1 (2026-02-19)
@@ -5,51 +5,51 @@
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="wmf" ContentType="image/x-wmf"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/header2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml" Id="rId2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml" Id="rId1" /></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
     <w:p w14:paraId="1AD1587D" w14:textId="77777777" w:rsidR="00AC66A6" w:rsidRDefault="00AC66A6" w:rsidP="00AC66A6">
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
       </w:pPr>
       <w:bookmarkStart w:id="0" w:name="_Toc321146591"/>
       <w:r>
         <w:t>Vårdhygien – Kikhosta, SÄS</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="6C3C6323" w14:textId="77777777" w:rsidR="00AC66A6" w:rsidRPr="002C483F" w:rsidRDefault="00AC66A6" w:rsidP="00AC66A6">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:bookmarkStart w:id="1" w:name="_Toc100327185"/>
       <w:bookmarkStart w:id="2" w:name="_Toc173330870"/>
       <w:bookmarkStart w:id="3" w:name="_Toc177031298"/>
       <w:bookmarkStart w:id="4" w:name="_Toc100327184"/>
       <w:bookmarkEnd w:id="0"/>
       <w:r w:rsidRPr="002C483F">
         <w:t>Sammanfattning</w:t>
       </w:r>
       <w:bookmarkEnd w:id="1"/>
       <w:bookmarkEnd w:id="2"/>
       <w:bookmarkEnd w:id="3"/>
@@ -60,79 +60,60 @@
       </w:r>
       <w:r w:rsidRPr="00415AE0">
         <w:t xml:space="preserve">utin </w:t>
       </w:r>
       <w:r>
         <w:t>framtagen gemensamt av vårdhygienverksamheter i Västra Götalandsregionen i syfte att f</w:t>
       </w:r>
       <w:r w:rsidRPr="00315DEC">
         <w:t>örhindra spridning av kikhosta i vård och omsorg.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="11D33D93" w14:textId="77777777" w:rsidR="00AC66A6" w:rsidRDefault="00AC66A6" w:rsidP="00AC66A6">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
         <w:ind w:right="-143"/>
       </w:pPr>
       <w:bookmarkStart w:id="5" w:name="_Toc173330871"/>
       <w:bookmarkStart w:id="6" w:name="_Toc177031299"/>
       <w:r>
         <w:t>Förändringar sedan föregående version</w:t>
       </w:r>
       <w:bookmarkEnd w:id="4"/>
       <w:bookmarkEnd w:id="5"/>
       <w:bookmarkEnd w:id="6"/>
     </w:p>
-    <w:p w14:paraId="7B233A9A" w14:textId="6B2627F6" w:rsidR="06B34A10" w:rsidRDefault="06B34A10" w:rsidP="6D1965B4">
+    <w:p w14:paraId="7B233A9A" w14:textId="5AC7D8EE" w:rsidR="06B34A10" w:rsidRDefault="0083062F" w:rsidP="6D1965B4">
       <w:pPr>
         <w:spacing w:after="80" w:line="276" w:lineRule="auto"/>
         <w:ind w:right="0"/>
       </w:pPr>
       <w:r>
-        <w:t>Justerat felaktig länk.</w:t>
-[...21 lines deleted...]
-        <w:t>. Nytt dokument skapat p.g.a. tekniska problem.</w:t>
+        <w:t>Bifogat smittspårningshandling som bilaga</w:t>
+      </w:r>
+      <w:r w:rsidR="06B34A10">
+        <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="157F9293" w14:textId="77777777" w:rsidR="00AC66A6" w:rsidRPr="00AB6ECA" w:rsidRDefault="00AC66A6" w:rsidP="00AC66A6">
       <w:pPr>
         <w:spacing w:before="360" w:after="40" w:line="276" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:bookmarkStart w:id="7" w:name="_Toc72840807"/>
       <w:r w:rsidRPr="00AB6ECA">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>Innehållsförteckning</w:t>
       </w:r>
     </w:p>
     <w:bookmarkStart w:id="8" w:name="_Toc173330872"/>
     <w:p w14:paraId="7263E270" w14:textId="411B5373" w:rsidR="00F910B8" w:rsidRDefault="00AC66A6">
       <w:pPr>
         <w:pStyle w:val="TOC1"/>
@@ -200,1357 +181,1361 @@
           </w:rPr>
         </w:r>
         <w:r w:rsidR="00F910B8">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
         <w:r w:rsidR="00F910B8">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:t>1</w:t>
         </w:r>
         <w:r w:rsidR="00F910B8">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="7CF2E18A" w14:textId="1B1B25C4" w:rsidR="00F910B8" w:rsidRDefault="003F5210">
+    <w:p w14:paraId="7CF2E18A" w14:textId="1B1B25C4" w:rsidR="00F910B8" w:rsidRDefault="00F910B8">
       <w:pPr>
         <w:pStyle w:val="TOC1"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:noProof/>
           <w:kern w:val="2"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
       </w:pPr>
       <w:hyperlink w:anchor="_Toc177031299" w:history="1">
-        <w:r w:rsidR="00F910B8" w:rsidRPr="009E3278">
+        <w:r w:rsidRPr="009E3278">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:eastAsia="MS Gothic"/>
             <w:noProof/>
           </w:rPr>
           <w:t>Förändringar sedan föregående version</w:t>
         </w:r>
-        <w:r w:rsidR="00F910B8">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
-        <w:r w:rsidR="00F910B8">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
-        <w:r w:rsidR="00F910B8">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:instrText xml:space="preserve"> PAGEREF _Toc177031299 \h </w:instrText>
         </w:r>
-        <w:r w:rsidR="00F910B8">
-[...5 lines deleted...]
-        <w:r w:rsidR="00F910B8">
+        <w:r>
+          <w:rPr>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+        </w:r>
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
-        <w:r w:rsidR="00F910B8">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:t>1</w:t>
         </w:r>
-        <w:r w:rsidR="00F910B8">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="0CC358E8" w14:textId="4CEF67BC" w:rsidR="00F910B8" w:rsidRDefault="003F5210">
+    <w:p w14:paraId="0CC358E8" w14:textId="4CEF67BC" w:rsidR="00F910B8" w:rsidRDefault="00F910B8">
       <w:pPr>
         <w:pStyle w:val="TOC1"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:noProof/>
           <w:kern w:val="2"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
       </w:pPr>
       <w:hyperlink w:anchor="_Toc177031300" w:history="1">
-        <w:r w:rsidR="00F910B8" w:rsidRPr="009E3278">
+        <w:r w:rsidRPr="009E3278">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:eastAsia="MS Gothic"/>
             <w:noProof/>
           </w:rPr>
           <w:t>Syfte</w:t>
         </w:r>
-        <w:r w:rsidR="00F910B8">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
-        <w:r w:rsidR="00F910B8">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
-        <w:r w:rsidR="00F910B8">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:instrText xml:space="preserve"> PAGEREF _Toc177031300 \h </w:instrText>
         </w:r>
-        <w:r w:rsidR="00F910B8">
-[...5 lines deleted...]
-        <w:r w:rsidR="00F910B8">
+        <w:r>
+          <w:rPr>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+        </w:r>
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
-        <w:r w:rsidR="00F910B8">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:t>2</w:t>
         </w:r>
-        <w:r w:rsidR="00F910B8">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="3D3673CE" w14:textId="05B86103" w:rsidR="00F910B8" w:rsidRDefault="003F5210">
+    <w:p w14:paraId="3D3673CE" w14:textId="05B86103" w:rsidR="00F910B8" w:rsidRDefault="00F910B8">
       <w:pPr>
         <w:pStyle w:val="TOC1"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:noProof/>
           <w:kern w:val="2"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
       </w:pPr>
       <w:hyperlink w:anchor="_Toc177031301" w:history="1">
-        <w:r w:rsidR="00F910B8" w:rsidRPr="009E3278">
+        <w:r w:rsidRPr="009E3278">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:eastAsia="MS Gothic"/>
             <w:noProof/>
           </w:rPr>
           <w:t>Bakgrund</w:t>
         </w:r>
-        <w:r w:rsidR="00F910B8">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
-        <w:r w:rsidR="00F910B8">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
-        <w:r w:rsidR="00F910B8">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:instrText xml:space="preserve"> PAGEREF _Toc177031301 \h </w:instrText>
         </w:r>
-        <w:r w:rsidR="00F910B8">
-[...5 lines deleted...]
-        <w:r w:rsidR="00F910B8">
+        <w:r>
+          <w:rPr>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+        </w:r>
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
-        <w:r w:rsidR="00F910B8">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:t>2</w:t>
         </w:r>
-        <w:r w:rsidR="00F910B8">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="6D05702A" w14:textId="7D891CDE" w:rsidR="00F910B8" w:rsidRDefault="003F5210">
+    <w:p w14:paraId="6D05702A" w14:textId="7D891CDE" w:rsidR="00F910B8" w:rsidRDefault="00F910B8">
       <w:pPr>
         <w:pStyle w:val="TOC1"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:noProof/>
           <w:kern w:val="2"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
       </w:pPr>
       <w:hyperlink w:anchor="_Toc177031302" w:history="1">
-        <w:r w:rsidR="00F910B8" w:rsidRPr="009E3278">
+        <w:r w:rsidRPr="009E3278">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:eastAsia="MS Gothic"/>
             <w:noProof/>
           </w:rPr>
           <w:t>Förutsättningar</w:t>
         </w:r>
-        <w:r w:rsidR="00F910B8">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
-        <w:r w:rsidR="00F910B8">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
-        <w:r w:rsidR="00F910B8">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:instrText xml:space="preserve"> PAGEREF _Toc177031302 \h </w:instrText>
         </w:r>
-        <w:r w:rsidR="00F910B8">
-[...5 lines deleted...]
-        <w:r w:rsidR="00F910B8">
+        <w:r>
+          <w:rPr>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+        </w:r>
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
-        <w:r w:rsidR="00F910B8">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:t>2</w:t>
         </w:r>
-        <w:r w:rsidR="00F910B8">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="04ACDC4B" w14:textId="68F0FB83" w:rsidR="00F910B8" w:rsidRDefault="003F5210">
+    <w:p w14:paraId="04ACDC4B" w14:textId="68F0FB83" w:rsidR="00F910B8" w:rsidRDefault="00F910B8">
       <w:pPr>
         <w:pStyle w:val="TOC2"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:noProof/>
           <w:kern w:val="2"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
       </w:pPr>
       <w:hyperlink w:anchor="_Toc177031303" w:history="1">
-        <w:r w:rsidR="00F910B8" w:rsidRPr="009E3278">
+        <w:r w:rsidRPr="009E3278">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:eastAsia="MS Gothic"/>
             <w:noProof/>
           </w:rPr>
           <w:t>Smittsamhet/Smittväg</w:t>
         </w:r>
-        <w:r w:rsidR="00F910B8">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
-        <w:r w:rsidR="00F910B8">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
-        <w:r w:rsidR="00F910B8">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:instrText xml:space="preserve"> PAGEREF _Toc177031303 \h </w:instrText>
         </w:r>
-        <w:r w:rsidR="00F910B8">
-[...5 lines deleted...]
-        <w:r w:rsidR="00F910B8">
+        <w:r>
+          <w:rPr>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+        </w:r>
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
-        <w:r w:rsidR="00F910B8">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:t>2</w:t>
         </w:r>
-        <w:r w:rsidR="00F910B8">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="768BE569" w14:textId="71E766E9" w:rsidR="00F910B8" w:rsidRDefault="003F5210">
+    <w:p w14:paraId="768BE569" w14:textId="71E766E9" w:rsidR="00F910B8" w:rsidRDefault="00F910B8">
       <w:pPr>
         <w:pStyle w:val="TOC2"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:noProof/>
           <w:kern w:val="2"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
       </w:pPr>
       <w:hyperlink w:anchor="_Toc177031304" w:history="1">
-        <w:r w:rsidR="00F910B8" w:rsidRPr="009E3278">
+        <w:r w:rsidRPr="009E3278">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:eastAsia="MS Gothic"/>
             <w:noProof/>
           </w:rPr>
           <w:t>Immunitet/Vaccination</w:t>
         </w:r>
-        <w:r w:rsidR="00F910B8">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
-        <w:r w:rsidR="00F910B8">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
-        <w:r w:rsidR="00F910B8">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:instrText xml:space="preserve"> PAGEREF _Toc177031304 \h </w:instrText>
         </w:r>
-        <w:r w:rsidR="00F910B8">
-[...5 lines deleted...]
-        <w:r w:rsidR="00F910B8">
+        <w:r>
+          <w:rPr>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+        </w:r>
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
-        <w:r w:rsidR="00F910B8">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:t>2</w:t>
         </w:r>
-        <w:r w:rsidR="00F910B8">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="6FECE7E0" w14:textId="1AE4C93B" w:rsidR="00F910B8" w:rsidRDefault="003F5210">
+    <w:p w14:paraId="6FECE7E0" w14:textId="1AE4C93B" w:rsidR="00F910B8" w:rsidRDefault="00F910B8">
       <w:pPr>
         <w:pStyle w:val="TOC1"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:noProof/>
           <w:kern w:val="2"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
       </w:pPr>
       <w:hyperlink w:anchor="_Toc177031305" w:history="1">
-        <w:r w:rsidR="00F910B8" w:rsidRPr="009E3278">
+        <w:r w:rsidRPr="009E3278">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:eastAsia="MS Gothic"/>
             <w:noProof/>
           </w:rPr>
           <w:t>Genomförande</w:t>
         </w:r>
-        <w:r w:rsidR="00F910B8">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
-        <w:r w:rsidR="00F910B8">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
-        <w:r w:rsidR="00F910B8">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:instrText xml:space="preserve"> PAGEREF _Toc177031305 \h </w:instrText>
         </w:r>
-        <w:r w:rsidR="00F910B8">
-[...5 lines deleted...]
-        <w:r w:rsidR="00F910B8">
+        <w:r>
+          <w:rPr>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+        </w:r>
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
-        <w:r w:rsidR="00F910B8">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:t>3</w:t>
         </w:r>
-        <w:r w:rsidR="00F910B8">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="6E886A98" w14:textId="76C108C3" w:rsidR="00F910B8" w:rsidRDefault="003F5210">
+    <w:p w14:paraId="6E886A98" w14:textId="76C108C3" w:rsidR="00F910B8" w:rsidRDefault="00F910B8">
       <w:pPr>
         <w:pStyle w:val="TOC2"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:noProof/>
           <w:kern w:val="2"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
       </w:pPr>
       <w:hyperlink w:anchor="_Toc177031306" w:history="1">
-        <w:r w:rsidR="00F910B8" w:rsidRPr="009E3278">
+        <w:r w:rsidRPr="009E3278">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:eastAsia="MS Gothic"/>
             <w:noProof/>
           </w:rPr>
           <w:t>Misstänkt och bekräftat fall av kikhosta på vårdenhet (avdelning och mottagning)</w:t>
         </w:r>
-        <w:r w:rsidR="00F910B8">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
-        <w:r w:rsidR="00F910B8">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
-        <w:r w:rsidR="00F910B8">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:instrText xml:space="preserve"> PAGEREF _Toc177031306 \h </w:instrText>
         </w:r>
-        <w:r w:rsidR="00F910B8">
-[...5 lines deleted...]
-        <w:r w:rsidR="00F910B8">
+        <w:r>
+          <w:rPr>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+        </w:r>
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
-        <w:r w:rsidR="00F910B8">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:t>3</w:t>
         </w:r>
-        <w:r w:rsidR="00F910B8">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="026E2A8E" w14:textId="17C88525" w:rsidR="00F910B8" w:rsidRDefault="003F5210">
+    <w:p w14:paraId="026E2A8E" w14:textId="17C88525" w:rsidR="00F910B8" w:rsidRDefault="00F910B8">
       <w:pPr>
         <w:pStyle w:val="TOC2"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:noProof/>
           <w:kern w:val="2"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
       </w:pPr>
       <w:hyperlink w:anchor="_Toc177031307" w:history="1">
-        <w:r w:rsidR="00F910B8" w:rsidRPr="009E3278">
+        <w:r w:rsidRPr="009E3278">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:eastAsia="MS Gothic"/>
             <w:noProof/>
           </w:rPr>
           <w:t>Skyddsutrustning</w:t>
         </w:r>
-        <w:r w:rsidR="00F910B8">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
-        <w:r w:rsidR="00F910B8">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
-        <w:r w:rsidR="00F910B8">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:instrText xml:space="preserve"> PAGEREF _Toc177031307 \h </w:instrText>
         </w:r>
-        <w:r w:rsidR="00F910B8">
-[...5 lines deleted...]
-        <w:r w:rsidR="00F910B8">
+        <w:r>
+          <w:rPr>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+        </w:r>
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
-        <w:r w:rsidR="00F910B8">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:t>3</w:t>
         </w:r>
-        <w:r w:rsidR="00F910B8">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="57633B43" w14:textId="6576A053" w:rsidR="00F910B8" w:rsidRDefault="003F5210">
+    <w:p w14:paraId="57633B43" w14:textId="6576A053" w:rsidR="00F910B8" w:rsidRDefault="00F910B8">
       <w:pPr>
         <w:pStyle w:val="TOC2"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:noProof/>
           <w:kern w:val="2"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
       </w:pPr>
       <w:hyperlink w:anchor="_Toc177031308" w:history="1">
-        <w:r w:rsidR="00F910B8" w:rsidRPr="009E3278">
+        <w:r w:rsidRPr="009E3278">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:eastAsia="MS Gothic"/>
             <w:noProof/>
           </w:rPr>
           <w:t>Transport</w:t>
         </w:r>
-        <w:r w:rsidR="00F910B8">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
-        <w:r w:rsidR="00F910B8">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
-        <w:r w:rsidR="00F910B8">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:instrText xml:space="preserve"> PAGEREF _Toc177031308 \h </w:instrText>
         </w:r>
-        <w:r w:rsidR="00F910B8">
-[...5 lines deleted...]
-        <w:r w:rsidR="00F910B8">
+        <w:r>
+          <w:rPr>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+        </w:r>
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
-        <w:r w:rsidR="00F910B8">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:t>3</w:t>
         </w:r>
-        <w:r w:rsidR="00F910B8">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="14E56398" w14:textId="43741361" w:rsidR="00F910B8" w:rsidRDefault="003F5210">
+    <w:p w14:paraId="14E56398" w14:textId="43741361" w:rsidR="00F910B8" w:rsidRDefault="00F910B8">
       <w:pPr>
         <w:pStyle w:val="TOC2"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:noProof/>
           <w:kern w:val="2"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
       </w:pPr>
       <w:hyperlink w:anchor="_Toc177031309" w:history="1">
-        <w:r w:rsidR="00F910B8" w:rsidRPr="009E3278">
+        <w:r w:rsidRPr="009E3278">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:eastAsia="MS Gothic"/>
             <w:noProof/>
           </w:rPr>
           <w:t>Smittspårning</w:t>
         </w:r>
-        <w:r w:rsidR="00F910B8">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
-        <w:r w:rsidR="00F910B8">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
-        <w:r w:rsidR="00F910B8">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:instrText xml:space="preserve"> PAGEREF _Toc177031309 \h </w:instrText>
         </w:r>
-        <w:r w:rsidR="00F910B8">
-[...5 lines deleted...]
-        <w:r w:rsidR="00F910B8">
+        <w:r>
+          <w:rPr>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+        </w:r>
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
-        <w:r w:rsidR="00F910B8">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:t>4</w:t>
         </w:r>
-        <w:r w:rsidR="00F910B8">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="3F2A7810" w14:textId="4DF9EDD5" w:rsidR="00F910B8" w:rsidRDefault="003F5210">
+    <w:p w14:paraId="3F2A7810" w14:textId="4DF9EDD5" w:rsidR="00F910B8" w:rsidRDefault="00F910B8">
       <w:pPr>
         <w:pStyle w:val="TOC3"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:noProof/>
           <w:kern w:val="2"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
       </w:pPr>
       <w:hyperlink w:anchor="_Toc177031310" w:history="1">
-        <w:r w:rsidR="00F910B8" w:rsidRPr="009E3278">
+        <w:r w:rsidRPr="009E3278">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:eastAsia="MS Gothic"/>
             <w:noProof/>
           </w:rPr>
           <w:t>Definition av exponering</w:t>
         </w:r>
-        <w:r w:rsidR="00F910B8">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
-        <w:r w:rsidR="00F910B8">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
-        <w:r w:rsidR="00F910B8">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:instrText xml:space="preserve"> PAGEREF _Toc177031310 \h </w:instrText>
         </w:r>
-        <w:r w:rsidR="00F910B8">
-[...5 lines deleted...]
-        <w:r w:rsidR="00F910B8">
+        <w:r>
+          <w:rPr>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+        </w:r>
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
-        <w:r w:rsidR="00F910B8">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:t>4</w:t>
         </w:r>
-        <w:r w:rsidR="00F910B8">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="5B4CE058" w14:textId="6E90DA21" w:rsidR="00F910B8" w:rsidRDefault="003F5210">
+    <w:p w14:paraId="5B4CE058" w14:textId="6E90DA21" w:rsidR="00F910B8" w:rsidRDefault="00F910B8">
       <w:pPr>
         <w:pStyle w:val="TOC3"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:noProof/>
           <w:kern w:val="2"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
       </w:pPr>
       <w:hyperlink w:anchor="_Toc177031311" w:history="1">
-        <w:r w:rsidR="00F910B8" w:rsidRPr="009E3278">
+        <w:r w:rsidRPr="009E3278">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:eastAsia="MS Gothic"/>
             <w:noProof/>
           </w:rPr>
           <w:t>Handläggning av exponerade</w:t>
         </w:r>
-        <w:r w:rsidR="00F910B8">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
-        <w:r w:rsidR="00F910B8">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
-        <w:r w:rsidR="00F910B8">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:instrText xml:space="preserve"> PAGEREF _Toc177031311 \h </w:instrText>
         </w:r>
-        <w:r w:rsidR="00F910B8">
-[...5 lines deleted...]
-        <w:r w:rsidR="00F910B8">
+        <w:r>
+          <w:rPr>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+        </w:r>
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
-        <w:r w:rsidR="00F910B8">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:t>4</w:t>
         </w:r>
-        <w:r w:rsidR="00F910B8">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="2F476457" w14:textId="63F89F72" w:rsidR="00F910B8" w:rsidRDefault="003F5210">
+    <w:p w14:paraId="2F476457" w14:textId="63F89F72" w:rsidR="00F910B8" w:rsidRDefault="00F910B8">
       <w:pPr>
         <w:pStyle w:val="TOC2"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:noProof/>
           <w:kern w:val="2"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
       </w:pPr>
       <w:hyperlink w:anchor="_Toc177031312" w:history="1">
-        <w:r w:rsidR="00F910B8" w:rsidRPr="009E3278">
+        <w:r w:rsidRPr="009E3278">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:eastAsia="MS Gothic"/>
             <w:noProof/>
           </w:rPr>
           <w:t>Ansvar och uppföljning</w:t>
         </w:r>
-        <w:r w:rsidR="00F910B8">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
-        <w:r w:rsidR="00F910B8">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
-        <w:r w:rsidR="00F910B8">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:instrText xml:space="preserve"> PAGEREF _Toc177031312 \h </w:instrText>
         </w:r>
-        <w:r w:rsidR="00F910B8">
-[...5 lines deleted...]
-        <w:r w:rsidR="00F910B8">
+        <w:r>
+          <w:rPr>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+        </w:r>
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
-        <w:r w:rsidR="00F910B8">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:t>5</w:t>
         </w:r>
-        <w:r w:rsidR="00F910B8">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="60E1254F" w14:textId="1BCF1EE8" w:rsidR="00F910B8" w:rsidRDefault="003F5210">
+    <w:p w14:paraId="60E1254F" w14:textId="1BCF1EE8" w:rsidR="00F910B8" w:rsidRDefault="00F910B8">
       <w:pPr>
         <w:pStyle w:val="TOC1"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:noProof/>
           <w:kern w:val="2"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
       </w:pPr>
       <w:hyperlink w:anchor="_Toc177031313" w:history="1">
-        <w:r w:rsidR="00F910B8" w:rsidRPr="009E3278">
+        <w:r w:rsidRPr="009E3278">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:eastAsia="MS Gothic"/>
             <w:noProof/>
           </w:rPr>
           <w:t>Dokumentinformation</w:t>
         </w:r>
-        <w:r w:rsidR="00F910B8">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
-        <w:r w:rsidR="00F910B8">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
-        <w:r w:rsidR="00F910B8">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:instrText xml:space="preserve"> PAGEREF _Toc177031313 \h </w:instrText>
         </w:r>
-        <w:r w:rsidR="00F910B8">
-[...5 lines deleted...]
-        <w:r w:rsidR="00F910B8">
+        <w:r>
+          <w:rPr>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+        </w:r>
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
-        <w:r w:rsidR="00F910B8">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:t>6</w:t>
         </w:r>
-        <w:r w:rsidR="00F910B8">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="38614162" w14:textId="7958F499" w:rsidR="00F910B8" w:rsidRDefault="003F5210">
+    <w:p w14:paraId="38614162" w14:textId="7958F499" w:rsidR="00F910B8" w:rsidRDefault="00F910B8">
       <w:pPr>
         <w:pStyle w:val="TOC1"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:noProof/>
           <w:kern w:val="2"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
       </w:pPr>
       <w:hyperlink w:anchor="_Toc177031314" w:history="1">
-        <w:r w:rsidR="00F910B8" w:rsidRPr="009E3278">
+        <w:r w:rsidRPr="009E3278">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:eastAsia="MS Gothic"/>
             <w:noProof/>
           </w:rPr>
           <w:t>Länkförteckning</w:t>
         </w:r>
-        <w:r w:rsidR="00F910B8">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
-        <w:r w:rsidR="00F910B8">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
-        <w:r w:rsidR="00F910B8">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:instrText xml:space="preserve"> PAGEREF _Toc177031314 \h </w:instrText>
         </w:r>
-        <w:r w:rsidR="00F910B8">
-[...5 lines deleted...]
-        <w:r w:rsidR="00F910B8">
+        <w:r>
+          <w:rPr>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+        </w:r>
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
-        <w:r w:rsidR="00F910B8">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:t>6</w:t>
         </w:r>
-        <w:r w:rsidR="00F910B8">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="061625D8" w14:textId="61DA3C47" w:rsidR="00F910B8" w:rsidRDefault="003F5210">
+    <w:p w14:paraId="061625D8" w14:textId="61DA3C47" w:rsidR="00F910B8" w:rsidRDefault="00F910B8">
       <w:pPr>
         <w:pStyle w:val="TOC1"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:noProof/>
           <w:kern w:val="2"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
       </w:pPr>
       <w:hyperlink w:anchor="_Toc177031315" w:history="1">
-        <w:r w:rsidR="00F910B8" w:rsidRPr="009E3278">
+        <w:r w:rsidRPr="009E3278">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:eastAsia="MS Gothic"/>
             <w:noProof/>
             <w:lang w:eastAsia="en-US"/>
           </w:rPr>
           <w:t>Kunskapsöversikt</w:t>
         </w:r>
-        <w:r w:rsidR="00F910B8">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
-        <w:r w:rsidR="00F910B8">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
-        <w:r w:rsidR="00F910B8">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:instrText xml:space="preserve"> PAGEREF _Toc177031315 \h </w:instrText>
         </w:r>
-        <w:r w:rsidR="00F910B8">
-[...5 lines deleted...]
-        <w:r w:rsidR="00F910B8">
+        <w:r>
+          <w:rPr>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+        </w:r>
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
-        <w:r w:rsidR="00F910B8">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:t>6</w:t>
         </w:r>
-        <w:r w:rsidR="00F910B8">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="26E95BC2" w14:textId="1AB68FC3" w:rsidR="00AC66A6" w:rsidRPr="00832E9A" w:rsidRDefault="00AC66A6" w:rsidP="00AC66A6">
+    <w:p w14:paraId="14EB325C" w14:textId="77777777" w:rsidR="00E573DA" w:rsidRDefault="00AC66A6" w:rsidP="00AC66A6">
+      <w:pPr>
+        <w:spacing w:before="240" w:after="20"/>
+      </w:pPr>
+      <w:r>
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4026BE99" w14:textId="77777777" w:rsidR="00E573DA" w:rsidRDefault="00E573DA" w:rsidP="00AC66A6">
+      <w:pPr>
+        <w:spacing w:before="240" w:after="20"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="26E95BC2" w14:textId="1DF7A2A1" w:rsidR="00AC66A6" w:rsidRPr="00832E9A" w:rsidRDefault="00AC66A6" w:rsidP="00AC66A6">
       <w:pPr>
         <w:spacing w:before="240" w:after="20"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
       <w:r w:rsidRPr="00832E9A">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>Bilaga</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6171E0A4" w14:textId="77777777" w:rsidR="00AC66A6" w:rsidRPr="00204574" w:rsidRDefault="003F5210" w:rsidP="00AC66A6">
+    <w:p w14:paraId="6171E0A4" w14:textId="77777777" w:rsidR="00AC66A6" w:rsidRDefault="00AC66A6" w:rsidP="00AC66A6">
       <w:hyperlink r:id="rId12" w:history="1">
-        <w:r w:rsidR="00AC66A6" w:rsidRPr="002A57FA">
+        <w:r w:rsidRPr="002A57FA">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>Brevmall</w:t>
         </w:r>
-        <w:r w:rsidR="00AC66A6">
+        <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t xml:space="preserve"> att använda</w:t>
         </w:r>
-        <w:r w:rsidR="00AC66A6" w:rsidRPr="002A57FA">
+        <w:r w:rsidRPr="002A57FA">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t xml:space="preserve"> till patient som kan ha utsatts för smitta</w:t>
+        </w:r>
+      </w:hyperlink>
+    </w:p>
+    <w:p w14:paraId="2951E067" w14:textId="78DC557C" w:rsidR="0083062F" w:rsidRPr="00204574" w:rsidRDefault="0083062F" w:rsidP="00AC66A6">
+      <w:hyperlink r:id="rId13" w:history="1">
+        <w:r w:rsidRPr="0083062F">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+          </w:rPr>
+          <w:t>MALL Smittspårningshandling allmän.docx</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p w14:paraId="68C3D223" w14:textId="77777777" w:rsidR="00AC66A6" w:rsidRPr="00EA09C8" w:rsidRDefault="00AC66A6" w:rsidP="00AC66A6">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:bookmarkStart w:id="9" w:name="_Toc177031300"/>
       <w:r w:rsidRPr="00EA09C8">
         <w:t>Syfte</w:t>
       </w:r>
       <w:bookmarkEnd w:id="8"/>
       <w:bookmarkEnd w:id="9"/>
     </w:p>
     <w:p w14:paraId="3B616B65" w14:textId="77777777" w:rsidR="00AC66A6" w:rsidRPr="00AB6ECA" w:rsidRDefault="00AC66A6" w:rsidP="00AC66A6">
       <w:pPr>
         <w:spacing w:after="80" w:line="276" w:lineRule="auto"/>
         <w:ind w:right="0"/>
       </w:pPr>
       <w:r w:rsidRPr="00AB6ECA">
         <w:t xml:space="preserve">Förhindra spridning av kikhosta i vård och omsorg. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="2361E400" w14:textId="77777777" w:rsidR="00AC66A6" w:rsidRDefault="00AC66A6" w:rsidP="00AC66A6">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:bookmarkStart w:id="10" w:name="_Toc173330873"/>
       <w:bookmarkStart w:id="11" w:name="_Toc177031301"/>
       <w:r w:rsidRPr="00AB6ECA">
         <w:t>Bakgrund</w:t>
       </w:r>
       <w:bookmarkEnd w:id="10"/>
       <w:bookmarkEnd w:id="11"/>
     </w:p>
     <w:p w14:paraId="7D749376" w14:textId="77777777" w:rsidR="00AC66A6" w:rsidRPr="00AB6ECA" w:rsidRDefault="00AC66A6" w:rsidP="00AC66A6">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="9072"/>
         </w:tabs>
         <w:spacing w:after="80" w:line="276" w:lineRule="auto"/>
         <w:ind w:right="1"/>
       </w:pPr>
       <w:r w:rsidRPr="00AB6ECA">
-        <w:t xml:space="preserve">Kikhosta orsakas av bakterien </w:t>
-[...15 lines deleted...]
-        <w:t>.</w:t>
+        <w:t>Kikhosta orsakas av bakterien Bordetella pertussis.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="7C4A104C" w14:textId="77777777" w:rsidR="00AC66A6" w:rsidRPr="00AB6ECA" w:rsidRDefault="00AC66A6" w:rsidP="00AC66A6">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="9072"/>
         </w:tabs>
         <w:spacing w:after="80" w:line="276" w:lineRule="auto"/>
         <w:ind w:right="1"/>
       </w:pPr>
       <w:r w:rsidRPr="00AB6ECA">
         <w:t>Kikhosta är en allvarlig sjukdom särskilt för barn i nyföddhetsperioden. Sjukdomen kan vara livshotande för barn &lt;6 månader, i synnerhet de för tidigt födda.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="40602C52" w14:textId="77777777" w:rsidR="00AC66A6" w:rsidRPr="00AB6ECA" w:rsidRDefault="00AC66A6" w:rsidP="00AC66A6">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="9072"/>
         </w:tabs>
         <w:spacing w:after="80" w:line="276" w:lineRule="auto"/>
         <w:ind w:right="1"/>
       </w:pPr>
       <w:r w:rsidRPr="00AB6ECA">
         <w:t>Gravida kvinnor med kikhosta utgör en särskild riskgrupp p.g.a. risk att överföra smitta till det nyfödda barnet. Graviditeten påverkas inte, även om det kan vara mer påfrestande att få kikhosta i slutet av graviditeten.</w:t>
       </w:r>
@@ -1619,67 +1604,51 @@
     <w:p w14:paraId="6287614A" w14:textId="77777777" w:rsidR="00AC66A6" w:rsidRPr="00711F76" w:rsidRDefault="00AC66A6" w:rsidP="00AC66A6">
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
         <w:spacing w:before="120"/>
       </w:pPr>
       <w:bookmarkStart w:id="14" w:name="_Toc173330875"/>
       <w:bookmarkStart w:id="15" w:name="_Toc177031303"/>
       <w:r w:rsidRPr="00711F76">
         <w:t>Smittsamhet/Smittväg</w:t>
       </w:r>
       <w:bookmarkEnd w:id="14"/>
       <w:bookmarkEnd w:id="15"/>
       <w:r w:rsidRPr="00711F76">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="7EAC4B04" w14:textId="77777777" w:rsidR="00AC66A6" w:rsidRPr="00711F76" w:rsidRDefault="00AC66A6" w:rsidP="00AC66A6">
       <w:pPr>
         <w:pStyle w:val="ListBullet"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="924"/>
         </w:tabs>
         <w:ind w:left="927" w:hanging="360"/>
       </w:pPr>
       <w:r w:rsidRPr="00711F76">
-        <w:t xml:space="preserve">Kikhosta smittar genom kontakt med droppar av olika storlek som sprids </w:t>
-[...15 lines deleted...]
-        <w:t xml:space="preserve"> mellan förälder och spädbarn kan överföring ske utan hosta. </w:t>
+        <w:t xml:space="preserve">Kikhosta smittar genom kontakt med droppar av olika storlek som sprids t.ex. genom hosta eller nysning från den sjukes luftvägar. Vid nära kontakt t.ex. mellan förälder och spädbarn kan överföring ske utan hosta. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="32C6D150" w14:textId="77777777" w:rsidR="00AC66A6" w:rsidRPr="00711F76" w:rsidRDefault="00AC66A6" w:rsidP="00AC66A6">
       <w:pPr>
         <w:pStyle w:val="ListBullet"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="924"/>
         </w:tabs>
         <w:ind w:left="927" w:hanging="360"/>
       </w:pPr>
       <w:r w:rsidRPr="00711F76">
         <w:t xml:space="preserve">Smittar från första symtom (förkylningsfasen) och 4 veckor framåt eller 3 veckor från att kikningar/hostattacker börjar. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="1058C375" w14:textId="77777777" w:rsidR="00AC66A6" w:rsidRPr="00711F76" w:rsidRDefault="00AC66A6" w:rsidP="00AC66A6">
       <w:pPr>
         <w:pStyle w:val="ListBullet"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="924"/>
         </w:tabs>
         <w:ind w:left="927" w:hanging="360"/>
       </w:pPr>
       <w:r w:rsidRPr="00711F76">
         <w:t>En patient anses smittfri 5 dagar efter insatt antibiotikabehandling.</w:t>
       </w:r>
@@ -1737,51 +1706,51 @@
         <w:spacing w:after="80" w:line="276" w:lineRule="auto"/>
         <w:ind w:left="992" w:right="0" w:hanging="425"/>
         <w:contextualSpacing/>
       </w:pPr>
       <w:r w:rsidRPr="00DF10E5">
         <w:t xml:space="preserve">En vaccinerad person kan få kikhosta och även smitta andra med kikhosta. Det går att få sjukdomen flera gånger. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="20392313" w14:textId="77777777" w:rsidR="00AC66A6" w:rsidRDefault="00AC66A6" w:rsidP="00AC66A6">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="24"/>
         </w:numPr>
         <w:spacing w:after="80" w:line="276" w:lineRule="auto"/>
         <w:ind w:left="992" w:right="0" w:hanging="425"/>
         <w:contextualSpacing/>
       </w:pPr>
       <w:r w:rsidRPr="00DF10E5">
         <w:t xml:space="preserve">Överföring av antikroppar från mor till barn sker i slutet av graviditeten. Om det gått lång tid sedan vaccination eller genomgången kikhosta är dock halten av antikroppar för låg för att skydda barnet. Gravida efter v 16 rekommenderas därför vaccination mot kikhosta vid varje graviditet oavsett tidsintervall sedan genomgången infektion eller påfyllnadsdos, se </w:t>
       </w:r>
       <w:bookmarkStart w:id="18" w:name="_Hlk173326034"/>
       <w:r w:rsidRPr="00DF10E5">
         <w:t xml:space="preserve">Folkhälsomyndigheten </w:t>
       </w:r>
-      <w:hyperlink r:id="rId13" w:history="1">
+      <w:hyperlink r:id="rId14" w:history="1">
         <w:r w:rsidRPr="00DF10E5">
           <w:rPr>
             <w:color w:val="006298" w:themeColor="hyperlink"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t>Rekommendation om vaccination mot kikhosta för gravida</w:t>
         </w:r>
       </w:hyperlink>
       <w:bookmarkEnd w:id="18"/>
       <w:r>
         <w:t>.</w:t>
       </w:r>
       <w:r w:rsidRPr="00DF10E5">
         <w:t xml:space="preserve"> Amning utgör inget skydd.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="4B03646C" w14:textId="77777777" w:rsidR="00AC66A6" w:rsidRDefault="00AC66A6" w:rsidP="00AC66A6">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:bookmarkStart w:id="19" w:name="_Toc173330877"/>
       <w:bookmarkStart w:id="20" w:name="_Toc177031305"/>
       <w:r>
         <w:t>Genomförande</w:t>
       </w:r>
@@ -1970,245 +1939,209 @@
       </w:pPr>
       <w:r w:rsidRPr="0000000D">
         <w:t xml:space="preserve">Andningsskydd (FFP2 eller FFP3) med heltäckande visir används: </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5D2B587D" w14:textId="77777777" w:rsidR="00AC66A6" w:rsidRPr="0000000D" w:rsidRDefault="00AC66A6" w:rsidP="00AC66A6">
       <w:pPr>
         <w:pStyle w:val="Punktlistaniv2"/>
         <w:rPr>
           <w:color w:val="006298" w:themeColor="hyperlink"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="0000000D">
         <w:t>utifrån riskbedömning som ersättning till munskydd. Exempelvis vid längre vård</w:t>
       </w:r>
       <w:r w:rsidRPr="0000000D">
         <w:softHyphen/>
         <w:t xml:space="preserve">insats, kraftig hosta, nyinsjuknad patient särskilt i trångt utrymme eller när flera smittsamma vårdas på samma rum. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="62EE8DB2" w14:textId="77777777" w:rsidR="00AC66A6" w:rsidRPr="0000000D" w:rsidRDefault="00AC66A6" w:rsidP="00AC66A6">
       <w:pPr>
         <w:pStyle w:val="Punktlistaniv2"/>
       </w:pPr>
       <w:r w:rsidRPr="0000000D">
-        <w:t xml:space="preserve">vid arbetsmoment med ökad risk för aerosolbildning </w:t>
-[...23 lines deleted...]
-        <w:t xml:space="preserve">, bronkoskopi, sugning från nedre luftvägar. </w:t>
+        <w:t xml:space="preserve">vid arbetsmoment med ökad risk för aerosolbildning t.ex. trakeotomering, intubering, extubering, bronkoskopi, sugning från nedre luftvägar. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="74BEE125" w14:textId="6B848DE8" w:rsidR="00AC66A6" w:rsidRPr="0000000D" w:rsidRDefault="00AC66A6" w:rsidP="00AC66A6">
       <w:pPr>
         <w:pStyle w:val="ListBullet"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="924"/>
         </w:tabs>
         <w:ind w:left="927" w:hanging="360"/>
       </w:pPr>
       <w:r>
         <w:t>Andningsskydd sätts på och tas av utanför rum respektive bostad,</w:t>
       </w:r>
       <w:r w:rsidRPr="533C570C">
         <w:rPr>
           <w:color w:val="0070C0"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">se </w:t>
       </w:r>
-      <w:hyperlink r:id="rId14">
+      <w:hyperlink r:id="rId15">
         <w:r w:rsidRPr="533C570C">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>Instruktion för användning av andningsskydd</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="533C570C">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text2"/>
         </w:rPr>
         <w:t>. Efter avslutad procedur behöver vård-/behandlingsrum inte stå tomt eller vädras utan kan användas direkt.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="59D02F77" w14:textId="77777777" w:rsidR="00AC66A6" w:rsidRPr="00353678" w:rsidRDefault="00AC66A6" w:rsidP="00AC66A6">
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="27" w:name="_Toc173330880"/>
       <w:bookmarkStart w:id="28" w:name="_Toc177031308"/>
       <w:r w:rsidRPr="00363E7E">
         <w:t>Transport</w:t>
       </w:r>
       <w:bookmarkEnd w:id="27"/>
       <w:bookmarkEnd w:id="28"/>
       <w:r w:rsidRPr="00363E7E">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="22B9DF25" w14:textId="77777777" w:rsidR="00AC66A6" w:rsidRPr="003E4A6C" w:rsidRDefault="00AC66A6" w:rsidP="00AC66A6">
       <w:pPr>
         <w:pStyle w:val="ListBullet"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="924"/>
         </w:tabs>
         <w:ind w:left="927" w:hanging="360"/>
       </w:pPr>
       <w:r w:rsidRPr="003E4A6C">
-        <w:t xml:space="preserve">Vid transport av patient använder </w:t>
-[...15 lines deleted...]
-        <w:t xml:space="preserve"> ambulanspersonal, vid sjuktransport och interna transporter. </w:t>
+        <w:t xml:space="preserve">Vid transport av patient använder personal skyddsutrustning enligt ovan. Gäller personal anställd av vårdgivaren, t.ex. ambulanspersonal, vid sjuktransport och interna transporter. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="4FB24C08" w14:textId="77777777" w:rsidR="00AC66A6" w:rsidRPr="003E4A6C" w:rsidRDefault="00AC66A6" w:rsidP="00AC66A6">
       <w:pPr>
         <w:pStyle w:val="ListBullet"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="924"/>
         </w:tabs>
         <w:ind w:left="927" w:hanging="360"/>
       </w:pPr>
       <w:r w:rsidRPr="003E4A6C">
-        <w:t xml:space="preserve">Minimera risk att exponera andra personer för smitta, </w:t>
-[...7 lines deleted...]
-        <w:t xml:space="preserve"> ska väntetider undvikas.</w:t>
+        <w:t>Minimera risk att exponera andra personer för smitta, t.ex. ska väntetider undvikas.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="061BB496" w14:textId="77777777" w:rsidR="00AC66A6" w:rsidRPr="003E4A6C" w:rsidRDefault="00AC66A6" w:rsidP="00AC66A6">
       <w:pPr>
         <w:pStyle w:val="ListBullet"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="924"/>
         </w:tabs>
         <w:ind w:left="927" w:hanging="360"/>
       </w:pPr>
       <w:r w:rsidRPr="003E4A6C">
         <w:t>Patient som tolererar munskydd kan förses med detta. Patienten instrueras även i host- och handhygien och förses med engångsnäsdukar och plastpåse för uppsamling.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="6FEBA49F" w14:textId="77777777" w:rsidR="00AC66A6" w:rsidRPr="00131B43" w:rsidRDefault="00AC66A6" w:rsidP="00AC66A6">
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="29" w:name="_Toc173330881"/>
       <w:bookmarkStart w:id="30" w:name="_Toc177031309"/>
       <w:r w:rsidRPr="00131B43">
         <w:t>Smittspårning</w:t>
       </w:r>
       <w:bookmarkEnd w:id="29"/>
       <w:bookmarkEnd w:id="30"/>
     </w:p>
-    <w:p w14:paraId="3E176890" w14:textId="77777777" w:rsidR="00AC66A6" w:rsidRDefault="00AC66A6" w:rsidP="00AC66A6">
+    <w:p w14:paraId="3E176890" w14:textId="655DBFD8" w:rsidR="00AC66A6" w:rsidRDefault="00AC66A6" w:rsidP="00AC66A6">
       <w:r>
         <w:t xml:space="preserve">Smittspårning ska starta så snart diagnos är bekräftad för att eventuell profylax ska kunna ges i tid. </w:t>
       </w:r>
       <w:r w:rsidRPr="00DE0538">
-        <w:t xml:space="preserve">Syftet med smittspårningen är i första hand att identifiera barn &lt;6 mån samt gravida i tredje </w:t>
-[...7 lines deleted...]
-        <w:t>. I andra hand syftar smittspårningen till att motverka sekundär</w:t>
+        <w:t>Syftet med smittspårningen är i första hand att identifiera barn &lt;6 mån samt gravida i tredje trimestern. I andra hand syftar smittspårningen till att motverka sekundär</w:t>
       </w:r>
       <w:r>
         <w:softHyphen/>
       </w:r>
       <w:r w:rsidRPr="00DE0538">
         <w:t>fall och fort</w:t>
       </w:r>
       <w:r>
         <w:softHyphen/>
       </w:r>
       <w:r w:rsidRPr="00DE0538">
         <w:t>satt smittspridning inom vården. Behandlande läkare är ansvarig för smitt</w:t>
       </w:r>
       <w:r>
         <w:softHyphen/>
       </w:r>
       <w:r w:rsidRPr="00DE0538">
         <w:t xml:space="preserve">spårning, samråd med Vårdhygien. </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">Som </w:t>
       </w:r>
-      <w:hyperlink r:id="rId15" w:history="1">
+      <w:hyperlink r:id="rId16" w:history="1">
         <w:r w:rsidRPr="00110A68">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>bilaga har brevmall</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:t xml:space="preserve"> tagits fram att skicka till misstänkt smittade personer, där de informeras om kontakt med smittan och uppmanas till vaksamhet på symtom. </w:t>
+      </w:r>
+      <w:r w:rsidR="00E573DA">
+        <w:t xml:space="preserve">Som bilaga finns även en </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId17" w:history="1">
+        <w:r w:rsidR="00E573DA" w:rsidRPr="00E148AA">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+          </w:rPr>
+          <w:t xml:space="preserve">mall för </w:t>
+        </w:r>
+        <w:r w:rsidR="00E148AA" w:rsidRPr="00E148AA">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+          </w:rPr>
+          <w:t>smittspårningshandling</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidR="00E148AA">
+        <w:t xml:space="preserve"> att dokumentera i.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="23133F72" w14:textId="77777777" w:rsidR="00AC66A6" w:rsidRPr="00DE0538" w:rsidRDefault="00AC66A6" w:rsidP="00AC66A6">
       <w:r w:rsidRPr="00DE0538">
         <w:t xml:space="preserve">Vid smittspårning på sjukhus kartlägg vilka andra enheter index har besökt. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="3475B7CE" w14:textId="77777777" w:rsidR="00AC66A6" w:rsidRPr="003E37E2" w:rsidRDefault="00AC66A6" w:rsidP="00AC66A6">
       <w:pPr>
         <w:pStyle w:val="MellanrubrikVGR"/>
       </w:pPr>
       <w:bookmarkStart w:id="31" w:name="_Toc173330882"/>
       <w:bookmarkStart w:id="32" w:name="_Toc177031310"/>
       <w:r w:rsidRPr="003E37E2">
         <w:t>Definition av exponering</w:t>
       </w:r>
       <w:bookmarkEnd w:id="31"/>
       <w:bookmarkEnd w:id="32"/>
     </w:p>
     <w:p w14:paraId="231926F0" w14:textId="77777777" w:rsidR="00AC66A6" w:rsidRPr="003E37E2" w:rsidRDefault="00AC66A6" w:rsidP="00AC66A6">
       <w:r w:rsidRPr="003E37E2">
         <w:t xml:space="preserve">Patient och personal som vistats i samma rum som indexfallet. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="16F79B82" w14:textId="77777777" w:rsidR="00AC66A6" w:rsidRPr="003E37E2" w:rsidRDefault="00AC66A6" w:rsidP="00AC66A6">
@@ -2383,122 +2316,104 @@
               <w:t>Vid stark klinisk misstanke sätts behandling in direkt.</w:t>
             </w:r>
             <w:r>
               <w:t xml:space="preserve"> Kontakta vid behov Infektion.  </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00AC66A6" w:rsidRPr="00DC0CED" w14:paraId="4827BBE9" w14:textId="77777777" w:rsidTr="003F5210">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3544" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
           </w:tcPr>
           <w:p w14:paraId="19A4BFE7" w14:textId="77777777" w:rsidR="00AC66A6" w:rsidRPr="00A30937" w:rsidRDefault="00AC66A6" w:rsidP="003F5210">
             <w:pPr>
               <w:pStyle w:val="Tabelltext"/>
             </w:pPr>
             <w:r w:rsidRPr="00DD26F0">
               <w:t>Gravid p</w:t>
             </w:r>
             <w:r>
               <w:t>erson</w:t>
             </w:r>
             <w:r w:rsidRPr="00DD26F0">
-              <w:t xml:space="preserve"> i sista </w:t>
+              <w:t xml:space="preserve"> i sista trimestern</w:t>
             </w:r>
-            <w:proofErr w:type="spellStart"/>
-[...3 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5528" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
           </w:tcPr>
           <w:p w14:paraId="6062C4E0" w14:textId="77777777" w:rsidR="00AC66A6" w:rsidRPr="00DD26F0" w:rsidRDefault="00AC66A6" w:rsidP="003F5210">
             <w:pPr>
               <w:pStyle w:val="Tabelltext"/>
             </w:pPr>
             <w:r w:rsidRPr="004D0E56">
               <w:t>Erbjud antibiotikaprofylax, bedömning görs oberoende av den gravid</w:t>
             </w:r>
             <w:r>
               <w:t>a</w:t>
             </w:r>
             <w:r w:rsidRPr="004D0E56">
               <w:t xml:space="preserve">s vaccinationsstatus. Vid behov sker bedömning i samråd med </w:t>
             </w:r>
             <w:r>
               <w:t>I</w:t>
             </w:r>
             <w:r w:rsidRPr="004D0E56">
               <w:t>nfektion.</w:t>
             </w:r>
             <w:r w:rsidRPr="00DD26F0">
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00AC66A6" w14:paraId="0EBEA1EE" w14:textId="77777777" w:rsidTr="003F5210">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3544" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="3760C11F" w14:textId="77777777" w:rsidR="00AC66A6" w:rsidRPr="00A30937" w:rsidRDefault="00AC66A6" w:rsidP="003F5210">
             <w:pPr>
               <w:pStyle w:val="Tabelltext"/>
             </w:pPr>
             <w:r>
               <w:t>P</w:t>
             </w:r>
             <w:r w:rsidRPr="00DD26F0">
-              <w:t xml:space="preserve">atient som riskerar att få svår sjukdom, </w:t>
+              <w:t xml:space="preserve">atient som riskerar att få svår sjukdom, t.ex. </w:t>
             </w:r>
-            <w:proofErr w:type="gramStart"/>
-[...7 lines deleted...]
-            <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:t>i</w:t>
             </w:r>
             <w:r w:rsidRPr="00DD26F0">
-              <w:t>mmunsupprimerad</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve"> </w:t>
+              <w:t xml:space="preserve">mmunsupprimerad </w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="15DD962F" w14:textId="77777777" w:rsidR="00AC66A6" w:rsidRPr="00A30937" w:rsidRDefault="00AC66A6" w:rsidP="003F5210">
             <w:pPr>
               <w:pStyle w:val="Tabelltext"/>
             </w:pPr>
             <w:r w:rsidRPr="00DD26F0">
               <w:t>(gäller framför allt för smittspårning i sjukhusmiljö)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5528" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="70D74D55" w14:textId="77777777" w:rsidR="00AC66A6" w:rsidRPr="00A30937" w:rsidRDefault="00AC66A6" w:rsidP="003F5210">
             <w:pPr>
               <w:pStyle w:val="Tabelltext"/>
             </w:pPr>
             <w:r w:rsidRPr="00DC0CED">
               <w:t xml:space="preserve">Antibiotikaprofylax kan vara indicerat. Individuell bedömning görs i samråd med patientansvarig läkare och vid behov </w:t>
             </w:r>
             <w:r>
               <w:t>Infektion.</w:t>
             </w:r>
@@ -2542,65 +2457,63 @@
             </w:r>
             <w:r>
               <w:t xml:space="preserve">person </w:t>
             </w:r>
             <w:r w:rsidRPr="00DC0CED">
               <w:t xml:space="preserve">med kikhosta, att de inte ska ha närkontakt med spädbarn eller gravida vid förkylningssymtom under de närmaste tre veckorna. </w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="39FFBAFD" w14:textId="77777777" w:rsidR="00AC66A6" w:rsidRDefault="00AC66A6" w:rsidP="003F5210">
             <w:pPr>
               <w:pStyle w:val="Tabelltext"/>
             </w:pPr>
             <w:r w:rsidRPr="00DC0CED">
               <w:t>Vid symtom bör de söka läkare för diagnostik och klinisk bedömning</w:t>
             </w:r>
             <w:r>
               <w:t>.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00AC66A6" w:rsidRPr="00221A57" w14:paraId="726BE1DC" w14:textId="77777777" w:rsidTr="003F5210">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3544" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="214B7C90" w14:textId="77777777" w:rsidR="00AC66A6" w:rsidRPr="00A30937" w:rsidRDefault="00AC66A6" w:rsidP="003F5210">
             <w:pPr>
               <w:pStyle w:val="Tabelltext"/>
             </w:pPr>
             <w:r w:rsidRPr="00221A57">
               <w:t>Exponerad patient som vårdas kvar inom slutenvård</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5528" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="67F6641F" w14:textId="77777777" w:rsidR="00AC66A6" w:rsidRPr="00A30937" w:rsidRDefault="00AC66A6" w:rsidP="003F5210">
             <w:pPr>
               <w:pStyle w:val="Tabelltext"/>
             </w:pPr>
             <w:r w:rsidRPr="005007C6">
               <w:t>Vid förkylningssymtom inom inkubationsperiod (1–3 veckor), klinisk bedömning av ansvarig läkare samt flytt till eget rum med stängd dörr.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00AC66A6" w:rsidRPr="00BD58F6" w14:paraId="25ECFAD3" w14:textId="77777777" w:rsidTr="003F5210">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9072" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:shd w:val="clear" w:color="auto" w:fill="A6A6A6" w:themeFill="background1" w:themeFillShade="A6"/>
           </w:tcPr>
           <w:p w14:paraId="2FC4A4A4" w14:textId="77777777" w:rsidR="00AC66A6" w:rsidRPr="00386976" w:rsidRDefault="00AC66A6" w:rsidP="00F910B8">
             <w:pPr>
               <w:pStyle w:val="Tabelltext"/>
               <w:keepNext/>
               <w:keepLines/>
               <w:tabs>
                 <w:tab w:val="left" w:pos="3515"/>
@@ -2717,79 +2630,72 @@
             </w:pPr>
             <w:r>
               <w:t xml:space="preserve">Undvik helt </w:t>
             </w:r>
             <w:r w:rsidRPr="00DC0CED">
               <w:t xml:space="preserve">närkontakt med spädbarn eller gravida vid förkylningssymtom under de närmaste tre veckorna. </w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="4563D94C" w14:textId="77777777" w:rsidR="00AC66A6" w:rsidRDefault="00AC66A6" w:rsidP="003F5210">
             <w:pPr>
               <w:pStyle w:val="Tabelltext"/>
               <w:rPr>
                 <w:b/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:t xml:space="preserve">Ta prov för kikhosta vid debut av lätta luftvägssymtom. </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00AC66A6" w14:paraId="0AFA4417" w14:textId="77777777" w:rsidTr="003F5210">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3544" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="24EDDEF4" w14:textId="77777777" w:rsidR="00AC66A6" w:rsidRPr="00144C9F" w:rsidRDefault="00AC66A6" w:rsidP="003F5210">
             <w:pPr>
               <w:pStyle w:val="Tabelltext"/>
               <w:rPr>
                 <w:b/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00DD26F0">
               <w:t>Gravid p</w:t>
             </w:r>
             <w:r>
               <w:t>ersonal</w:t>
             </w:r>
             <w:r w:rsidRPr="00DD26F0">
-              <w:t xml:space="preserve"> i sista </w:t>
+              <w:t xml:space="preserve"> i sista trimestern</w:t>
             </w:r>
-            <w:proofErr w:type="spellStart"/>
-[...3 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5528" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="548EF282" w14:textId="77777777" w:rsidR="00AC66A6" w:rsidRDefault="00AC66A6" w:rsidP="003F5210">
             <w:pPr>
               <w:pStyle w:val="Tabelltext"/>
               <w:rPr>
                 <w:b/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004D0E56">
               <w:t>Erbjud antibiotikaprofylax, bedömning görs oberoende av den gravid</w:t>
             </w:r>
             <w:r>
               <w:t>a</w:t>
             </w:r>
             <w:r w:rsidRPr="004D0E56">
               <w:t xml:space="preserve">s vaccinationsstatus. Vid behov sker bedömning i samråd med </w:t>
             </w:r>
             <w:r>
               <w:t>I</w:t>
             </w:r>
             <w:r w:rsidRPr="004D0E56">
               <w:t>nfektion.</w:t>
             </w:r>
           </w:p>
         </w:tc>
@@ -2842,59 +2748,51 @@
         <w:ind w:left="927" w:hanging="360"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Enhetens </w:t>
       </w:r>
       <w:r w:rsidRPr="4B94738D">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <w:t>linjechef (vårdenhetschef eller motsvarande) ansvarar</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> för att kringpersonal (lokalvård, receptarie med flera) får information om eventuell skyddsutrustning.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="6EAD3658" w14:textId="3EB811AC" w:rsidR="00AC66A6" w:rsidRPr="008309B2" w:rsidRDefault="00AC66A6" w:rsidP="4B94738D">
       <w:pPr>
         <w:pStyle w:val="ListBullet"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="924"/>
         </w:tabs>
         <w:ind w:left="927" w:hanging="360"/>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">Medvetet avsteg från denna rutin dokumenteras i patientjournal om avsteg är kopplat till patient. Annan orsak till avsteg rapporteras i </w:t>
-[...7 lines deleted...]
-        <w:t xml:space="preserve"> PRO eller i befintligt avvikelsehanteringssystem.</w:t>
+        <w:t>Medvetet avsteg från denna rutin dokumenteras i patientjournal om avsteg är kopplat till patient. Annan orsak till avsteg rapporteras i MedControl PRO eller i befintligt avvikelsehanteringssystem.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="63D42AED" w14:textId="77777777" w:rsidR="00AC66A6" w:rsidRDefault="00AC66A6" w:rsidP="79C15731">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:bookmarkStart w:id="38" w:name="_Toc173330885"/>
       <w:bookmarkStart w:id="39" w:name="_Toc177031313"/>
       <w:r>
         <w:t>Dokumentinformation</w:t>
       </w:r>
       <w:bookmarkEnd w:id="38"/>
       <w:bookmarkEnd w:id="39"/>
     </w:p>
     <w:p w14:paraId="5D7FA1CF" w14:textId="06CE3100" w:rsidR="00AC66A6" w:rsidRPr="00F910B8" w:rsidRDefault="00AC66A6" w:rsidP="79C15731">
       <w:pPr>
         <w:keepNext/>
         <w:keepLines/>
         <w:spacing w:after="0"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="79C15731">
@@ -2936,86 +2834,65 @@
     <w:p w14:paraId="43E2B05B" w14:textId="77777777" w:rsidR="00AC66A6" w:rsidRPr="00F910B8" w:rsidRDefault="00AC66A6" w:rsidP="79C15731">
       <w:pPr>
         <w:pStyle w:val="ListBullet"/>
         <w:keepNext/>
         <w:keepLines/>
         <w:tabs>
           <w:tab w:val="left" w:pos="924"/>
         </w:tabs>
         <w:ind w:left="927" w:hanging="360"/>
       </w:pPr>
       <w:r>
         <w:t>Pernilla Eriksson, hygienläkare, vårdhygien, Skaraborgs Sjukhus</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="6A9479DC" w14:textId="77777777" w:rsidR="00AC66A6" w:rsidRPr="00F910B8" w:rsidRDefault="00AC66A6" w:rsidP="79C15731">
       <w:pPr>
         <w:pStyle w:val="ListBullet"/>
         <w:keepNext/>
         <w:keepLines/>
         <w:tabs>
           <w:tab w:val="left" w:pos="924"/>
         </w:tabs>
         <w:ind w:left="927" w:hanging="360"/>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">Elisabeth </w:t>
-[...7 lines deleted...]
-        <w:t>, utvecklingsledare, vårdhygien, NU- sjukvården</w:t>
+        <w:t>Elisabeth Pamryd, utvecklingsledare, vårdhygien, NU- sjukvården</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5D13CEDA" w14:textId="77777777" w:rsidR="00AC66A6" w:rsidRPr="00F910B8" w:rsidRDefault="00AC66A6" w:rsidP="79C15731">
       <w:pPr>
         <w:pStyle w:val="ListBullet"/>
         <w:keepNext/>
         <w:keepLines/>
         <w:tabs>
           <w:tab w:val="left" w:pos="924"/>
         </w:tabs>
         <w:ind w:left="927" w:hanging="360"/>
       </w:pPr>
-      <w:proofErr w:type="spellStart"/>
       <w:r>
-        <w:t>Roseli</w:t>
-[...11 lines deleted...]
-        <w:t xml:space="preserve">, hygiensjuksköterska, vårdhygien, Sahlgrenska universitetssjukhuset (SU)  </w:t>
+        <w:t xml:space="preserve">Roseli Sandbreck, hygiensjuksköterska, vårdhygien, Sahlgrenska universitetssjukhuset (SU)  </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5BF36A8B" w14:textId="77777777" w:rsidR="00AC66A6" w:rsidRPr="00F910B8" w:rsidRDefault="00AC66A6" w:rsidP="79C15731">
       <w:pPr>
         <w:keepNext/>
         <w:keepLines/>
         <w:spacing w:after="0"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="79C15731">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>Granskare</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="244B3F2C" w14:textId="77777777" w:rsidR="00AC66A6" w:rsidRPr="00F910B8" w:rsidRDefault="00AC66A6" w:rsidP="79C15731">
       <w:pPr>
         <w:keepNext/>
         <w:keepLines/>
       </w:pPr>
@@ -3082,181 +2959,150 @@
     </w:p>
     <w:p w14:paraId="4C4905FD" w14:textId="77777777" w:rsidR="00AC66A6" w:rsidRPr="00F910B8" w:rsidRDefault="00AC66A6" w:rsidP="79C15731">
       <w:pPr>
         <w:keepNext/>
         <w:keepLines/>
         <w:spacing w:after="0"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="79C15731">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>Nyckelord</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="28778F6E" w14:textId="77777777" w:rsidR="00AC66A6" w:rsidRPr="00F910B8" w:rsidRDefault="00AC66A6" w:rsidP="79C15731">
       <w:pPr>
         <w:keepNext/>
         <w:keepLines/>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">Droppsmitta, </w:t>
-[...39 lines deleted...]
-        <w:t>, vaccin</w:t>
+        <w:t>Droppsmitta, Pertussisvaccin, pertussis, luftvägssmitta, luftvägsinfektioner, Kikhostevaccin, kikhosta, bordetella pertussis, bordatellainfektioner, vaccin</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="0DC6449B" w14:textId="77777777" w:rsidR="00AC66A6" w:rsidRDefault="00AC66A6" w:rsidP="00AC66A6">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
         <w:spacing w:before="220" w:after="20"/>
       </w:pPr>
       <w:bookmarkStart w:id="40" w:name="_Toc173330886"/>
       <w:bookmarkStart w:id="41" w:name="_Toc177031314"/>
       <w:r>
         <w:t>Länkförteckning</w:t>
       </w:r>
       <w:bookmarkEnd w:id="40"/>
       <w:bookmarkEnd w:id="41"/>
     </w:p>
-    <w:p w14:paraId="0A42B964" w14:textId="77777777" w:rsidR="00AC66A6" w:rsidRPr="00F910B8" w:rsidRDefault="00AC66A6" w:rsidP="00AC66A6">
+    <w:p w14:paraId="0A42B964" w14:textId="77777777" w:rsidR="00AC66A6" w:rsidRDefault="00AC66A6" w:rsidP="00AC66A6">
       <w:pPr>
         <w:pStyle w:val="ListBullet"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="924"/>
         </w:tabs>
         <w:ind w:left="927" w:hanging="360"/>
       </w:pPr>
       <w:r w:rsidRPr="00F910B8">
         <w:t>Brevmall till patient som kan ha utsatts för smitta. Vårdhygien, SÄS</w:t>
       </w:r>
       <w:r w:rsidRPr="00F910B8">
         <w:br/>
       </w:r>
-      <w:hyperlink r:id="rId16" w:history="1">
+      <w:hyperlink r:id="rId18" w:history="1">
         <w:r w:rsidRPr="00F910B8">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
-          <w:t xml:space="preserve">(original sparat/publicerat via </w:t>
-[...13 lines deleted...]
-          <w:t>, vårdhygien, SÄS)</w:t>
+          <w:t>(original sparat/publicerat via sharepoint, vårdhygien, SÄS)</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="3CCEE4F4" w14:textId="77777777" w:rsidR="00AC66A6" w:rsidRPr="00F910B8" w:rsidRDefault="00AC66A6" w:rsidP="00AC66A6">
+    <w:p w14:paraId="7F798B99" w14:textId="26CD64F5" w:rsidR="00E148AA" w:rsidRPr="00F910B8" w:rsidRDefault="00E148AA" w:rsidP="00AC66A6">
       <w:pPr>
         <w:pStyle w:val="ListBullet"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="924"/>
         </w:tabs>
         <w:ind w:left="927" w:hanging="360"/>
       </w:pPr>
-      <w:r w:rsidRPr="00F910B8">
-[...6 lines deleted...]
-        <w:r w:rsidRPr="00F910B8">
+      <w:r>
+        <w:t>Mall smittspårningshandling</w:t>
+      </w:r>
+      <w:r w:rsidR="00180C72">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId19" w:history="1">
+        <w:r w:rsidR="00180C72" w:rsidRPr="00180C72">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
-          <w:t>www.folkhalsomyndigheten.se/publikationer-och-material/publikationsarkiv/r/rekommendation-om-vaccination-mot-kikhosta-for-gravida</w:t>
+          <w:t>MALL Smittspårningshandling allmän.docx</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="6832443F" w14:textId="0EE14801" w:rsidR="00AC66A6" w:rsidRPr="00F910B8" w:rsidRDefault="00AC66A6" w:rsidP="00AC66A6">
+    <w:p w14:paraId="3CCEE4F4" w14:textId="77777777" w:rsidR="00AC66A6" w:rsidRPr="00F910B8" w:rsidRDefault="00AC66A6" w:rsidP="00AC66A6">
       <w:pPr>
         <w:pStyle w:val="ListBullet"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="924"/>
         </w:tabs>
         <w:ind w:left="927" w:hanging="360"/>
       </w:pPr>
+      <w:r w:rsidRPr="00F910B8">
+        <w:t>Rekommendation om vaccination mot kikhosta för gravida. Folkhälsomyndigheten</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F910B8">
+        <w:br/>
+      </w:r>
+      <w:hyperlink r:id="rId20" w:history="1">
+        <w:r w:rsidRPr="00F910B8">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+          </w:rPr>
+          <w:t>www.folkhalsomyndigheten.se/publikationer-och-material/publikationsarkiv/r/rekommendation-om-vaccination-mot-kikhosta-for-gravida</w:t>
+        </w:r>
+      </w:hyperlink>
+    </w:p>
+    <w:p w14:paraId="6832443F" w14:textId="0EE14801" w:rsidR="00AC66A6" w:rsidRPr="00F910B8" w:rsidRDefault="00AC66A6" w:rsidP="00AC66A6">
+      <w:pPr>
+        <w:pStyle w:val="ListBullet"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="924"/>
+        </w:tabs>
+        <w:ind w:left="927" w:hanging="360"/>
+      </w:pPr>
       <w:r>
         <w:t>Instruktion för användning av andningsskydd. Regional instruktion utarbetad av Vårdhygien i Västra Götalandsregionen</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
-      <w:hyperlink r:id="rId18">
+      <w:hyperlink r:id="rId21">
         <w:r w:rsidRPr="79C15731">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>https://</w:t>
         </w:r>
         <w:r w:rsidR="6C963D15" w:rsidRPr="79C15731">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>insidan.vgregion.se/forvaltningar/sodra-alvsborgs-sjukhus/styrdokument</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidR="6C963D15">
         <w:t xml:space="preserve"> (ändra filtreringen)</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="6B711C65" w14:textId="77777777" w:rsidR="00AC66A6" w:rsidRPr="006741B6" w:rsidRDefault="00AC66A6" w:rsidP="00AC66A6">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
         <w:spacing w:before="220" w:after="20"/>
         <w:rPr>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
       </w:pPr>
@@ -3265,234 +3111,224 @@
       <w:r w:rsidRPr="006741B6">
         <w:rPr>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <w:t>Kunskapsöversikt</w:t>
       </w:r>
       <w:bookmarkEnd w:id="42"/>
       <w:bookmarkEnd w:id="43"/>
     </w:p>
     <w:p w14:paraId="6D5B4407" w14:textId="77777777" w:rsidR="00AC66A6" w:rsidRPr="00F910B8" w:rsidRDefault="00AC66A6" w:rsidP="00AC66A6">
       <w:pPr>
         <w:pStyle w:val="Punktlistanumrerad"/>
         <w:tabs>
           <w:tab w:val="clear" w:pos="1349"/>
         </w:tabs>
         <w:spacing w:after="80" w:line="276" w:lineRule="auto"/>
         <w:ind w:left="924" w:right="0"/>
         <w:contextualSpacing/>
       </w:pPr>
       <w:r w:rsidRPr="00F910B8">
         <w:t xml:space="preserve">Kikhosta. Smittskydd Västra Götaland </w:t>
       </w:r>
       <w:r w:rsidRPr="00F910B8">
         <w:br/>
       </w:r>
-      <w:hyperlink r:id="rId19" w:history="1">
+      <w:hyperlink r:id="rId22" w:history="1">
         <w:r w:rsidRPr="00F910B8">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>www.vgregion.se/halsa-och-vard/vardgivarwebben/vardriktlinjer/smittskydd-vastra-gotaland/anmalningspliktiga-sjukdomar---information-och-handlaggning-av-sjukdomsfall/kikhosta</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p w14:paraId="614DABC3" w14:textId="77777777" w:rsidR="00AC66A6" w:rsidRPr="00F910B8" w:rsidRDefault="00AC66A6" w:rsidP="00AC66A6">
       <w:pPr>
         <w:pStyle w:val="Punktlistanumrerad"/>
         <w:tabs>
           <w:tab w:val="clear" w:pos="1349"/>
         </w:tabs>
         <w:spacing w:after="80" w:line="276" w:lineRule="auto"/>
         <w:ind w:left="924" w:right="0"/>
         <w:contextualSpacing/>
       </w:pPr>
-      <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00F910B8">
-        <w:t>Pertussis</w:t>
-[...3 lines deleted...]
-        <w:t xml:space="preserve"> (kikhosta)</w:t>
+        <w:t>Pertussis (kikhosta)</w:t>
       </w:r>
       <w:r w:rsidRPr="00F910B8">
         <w:rPr>
           <w:rStyle w:val="Hyperlink"/>
           <w:color w:val="auto"/>
           <w:u w:val="none"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00F910B8">
-        <w:t>InfPreg</w:t>
-[...3 lines deleted...]
-        <w:t>, kunskapscentrum för infektioner under graviditet.</w:t>
+        <w:t>InfPreg, kunskapscentrum för infektioner under graviditet.</w:t>
       </w:r>
       <w:r w:rsidRPr="00F910B8">
         <w:br/>
       </w:r>
-      <w:hyperlink r:id="rId20" w:history="1">
+      <w:hyperlink r:id="rId23" w:history="1">
         <w:r w:rsidRPr="00F910B8">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>www.medscinet.se/infpreg/healthcareinfoMore.aspx?topic=35</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p w14:paraId="36374503" w14:textId="2AD97FB8" w:rsidR="00CF32C5" w:rsidRPr="00F910B8" w:rsidRDefault="00AC66A6" w:rsidP="003F5210">
       <w:pPr>
         <w:pStyle w:val="Punktlistanumrerad"/>
         <w:tabs>
           <w:tab w:val="clear" w:pos="1349"/>
         </w:tabs>
         <w:spacing w:after="80" w:line="276" w:lineRule="auto"/>
         <w:ind w:left="924" w:right="0"/>
         <w:contextualSpacing/>
       </w:pPr>
       <w:r w:rsidRPr="00F910B8">
         <w:t>Sjukdomsinformation om kikhosta</w:t>
       </w:r>
       <w:r w:rsidRPr="00F910B8">
         <w:rPr>
           <w:rStyle w:val="Hyperlink"/>
           <w:color w:val="auto"/>
           <w:u w:val="none"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
       <w:r w:rsidRPr="00F910B8">
         <w:t xml:space="preserve"> Folkhälsomyndigheten</w:t>
       </w:r>
       <w:r w:rsidRPr="00F910B8">
         <w:br/>
       </w:r>
-      <w:hyperlink r:id="rId21" w:history="1">
+      <w:hyperlink r:id="rId24" w:history="1">
         <w:r w:rsidRPr="00F910B8">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>www.folkhalsomyndigheten.se/smittskydd-beredskap/smittsamma-sjukdomar/kikhosta-/</w:t>
         </w:r>
       </w:hyperlink>
       <w:bookmarkEnd w:id="7"/>
     </w:p>
     <w:sectPr w:rsidR="00CF32C5" w:rsidRPr="00F910B8" w:rsidSect="000B1584">
-      <w:headerReference w:type="default" r:id="rId22"/>
-[...2 lines deleted...]
-      <w:footerReference w:type="first" r:id="rId25"/>
+      <w:headerReference w:type="default" r:id="rId25"/>
+      <w:footerReference w:type="default" r:id="rId26"/>
+      <w:headerReference w:type="first" r:id="rId27"/>
+      <w:footerReference w:type="first" r:id="rId28"/>
       <w:type w:val="continuous"/>
       <w:pgSz w:w="11900" w:h="16840"/>
       <w:pgMar w:top="1418" w:right="1979" w:bottom="1276" w:left="992" w:header="284" w:footer="737" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:noEndnote/>
       <w:titlePg/>
       <w:docGrid w:linePitch="326"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="4F108037" w14:textId="77777777" w:rsidR="00873419" w:rsidRDefault="00873419">
+    <w:p w14:paraId="78CEC752" w14:textId="77777777" w:rsidR="00ED0334" w:rsidRDefault="00ED0334">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="5477F330" w14:textId="77777777" w:rsidR="00873419" w:rsidRDefault="00873419">
+    <w:p w14:paraId="2F52B379" w14:textId="77777777" w:rsidR="00ED0334" w:rsidRDefault="00ED0334">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationNotice" w:id="1">
-    <w:p w14:paraId="1776CC66" w14:textId="77777777" w:rsidR="00873419" w:rsidRDefault="00873419">
+    <w:p w14:paraId="4DFB695D" w14:textId="77777777" w:rsidR="00ED0334" w:rsidRDefault="00ED0334">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier">
     <w:panose1 w:val="02070409020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="00000003" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Agency FB">
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000003" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="MS Gothic">
     <w:altName w:val="ＭＳ ゴシック"/>
     <w:panose1 w:val="020B0609070205080204"/>
     <w:charset w:val="80"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E00002FF" w:usb1="6AC7FDFB" w:usb2="08000012" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="MinionPro-Regular">
     <w:altName w:val="Calibri"/>
     <w:panose1 w:val="00000000000000000000"/>
     <w:charset w:val="4D"/>
     <w:family w:val="auto"/>
     <w:notTrueType/>
     <w:pitch w:val="default"/>
     <w:sig w:usb0="00000003" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
   </w:font>
@@ -3500,51 +3336,51 @@
     <w:altName w:val="Times New Roman"/>
     <w:charset w:val="00"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E1000AEF" w:usb1="5000A1FF" w:usb2="00000000" w:usb3="00000000" w:csb0="000001BF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="MS Mincho">
     <w:altName w:val="ＭＳ 明朝"/>
     <w:panose1 w:val="02020609040205080304"/>
     <w:charset w:val="80"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="00000001" w:usb1="08070000" w:usb2="00000010" w:usb3="00000000" w:csb0="00020000" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="3FC6B21C" w14:textId="052E4292" w:rsidR="008250CC" w:rsidRDefault="008250CC" w:rsidP="008250CC">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:r w:rsidRPr="001510D8">
       <w:rPr>
         <w:rStyle w:val="PageNumber"/>
         <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r w:rsidRPr="001510D8">
       <w:rPr>
         <w:rStyle w:val="PageNumber"/>
         <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
       <w:instrText xml:space="preserve"> PAGE </w:instrText>
     </w:r>
     <w:r w:rsidRPr="001510D8">
       <w:rPr>
@@ -3627,51 +3463,51 @@
       <w:t>5</w:t>
     </w:r>
     <w:r w:rsidRPr="001510D8">
       <w:rPr>
         <w:rStyle w:val="PageNumber"/>
         <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
     <w:r>
       <w:rPr>
         <w:rStyle w:val="PageNumber"/>
         <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
       <w:t>)</w:t>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footer2.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="1FE2B822" w14:textId="08658379" w:rsidR="00660269" w:rsidRDefault="008250CC" w:rsidP="00FB2F0F">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
       <w:ind w:left="6237" w:hanging="141"/>
       <w:jc w:val="left"/>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:noProof/>
       </w:rPr>
       <w:drawing>
         <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658242" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="39716D08" wp14:editId="19B0CF05">
           <wp:simplePos x="0" y="0"/>
           <wp:positionH relativeFrom="column">
             <wp:posOffset>4552950</wp:posOffset>
           </wp:positionH>
           <wp:positionV relativeFrom="paragraph">
             <wp:posOffset>-114300</wp:posOffset>
           </wp:positionV>
           <wp:extent cx="1897920" cy="384860"/>
           <wp:effectExtent l="0" t="0" r="7620" b="0"/>
           <wp:wrapNone/>
           <wp:docPr id="2" name="Bildobjekt 2">
             <a:extLst xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:ext uri="{C183D7F6-B498-43B3-948B-1728B52AA6E4}">
@@ -3705,73 +3541,73 @@
                   <a:xfrm>
                     <a:off x="0" y="0"/>
                     <a:ext cx="1897920" cy="384860"/>
                   </a:xfrm>
                   <a:prstGeom prst="rect">
                     <a:avLst/>
                   </a:prstGeom>
                 </pic:spPr>
               </pic:pic>
             </a:graphicData>
           </a:graphic>
           <wp14:sizeRelH relativeFrom="margin">
             <wp14:pctWidth>0</wp14:pctWidth>
           </wp14:sizeRelH>
           <wp14:sizeRelV relativeFrom="margin">
             <wp14:pctHeight>0</wp14:pctHeight>
           </wp14:sizeRelV>
         </wp:anchor>
       </w:drawing>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="536C2094" w14:textId="77777777" w:rsidR="00873419" w:rsidRDefault="00873419"/>
+    <w:p w14:paraId="156EA095" w14:textId="77777777" w:rsidR="00ED0334" w:rsidRDefault="00ED0334"/>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="5FE23AA8" w14:textId="77777777" w:rsidR="00873419" w:rsidRDefault="00873419">
+    <w:p w14:paraId="0E24BCF9" w14:textId="77777777" w:rsidR="00ED0334" w:rsidRDefault="00ED0334">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationNotice" w:id="1">
-    <w:p w14:paraId="330015E8" w14:textId="77777777" w:rsidR="00873419" w:rsidRDefault="00873419">
+    <w:p w14:paraId="66AAD2E8" w14:textId="77777777" w:rsidR="00ED0334" w:rsidRDefault="00ED0334">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="227101F6" w14:textId="5EF6644D" w:rsidR="004B5C86" w:rsidRDefault="004B5C86" w:rsidP="004B5C86">
     <w:pPr>
       <w:pStyle w:val="Header"/>
       <w:tabs>
         <w:tab w:val="clear" w:pos="4703"/>
         <w:tab w:val="clear" w:pos="9406"/>
         <w:tab w:val="left" w:pos="1670"/>
       </w:tabs>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:noProof/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
       <mc:AlternateContent>
         <mc:Choice Requires="wps">
           <w:drawing>
             <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658243" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="2D72D6C2" wp14:editId="29A5A2D3">
               <wp:simplePos x="0" y="0"/>
               <wp:positionH relativeFrom="column">
                 <wp:posOffset>0</wp:posOffset>
               </wp:positionH>
               <wp:positionV relativeFrom="paragraph">
                 <wp:posOffset>-635</wp:posOffset>
@@ -3814,94 +3650,94 @@
                           <w:r>
                             <w:rPr>
                               <w:sz w:val="20"/>
                               <w:szCs w:val="20"/>
                             </w:rPr>
                             <w:t>.</w:t>
                           </w:r>
                         </w:p>
                       </w:txbxContent>
                     </wps:txbx>
                     <wps:bodyPr rot="0" spcFirstLastPara="0" vertOverflow="overflow" horzOverflow="overflow" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" numCol="1" spcCol="0" rtlCol="0" fromWordArt="0" anchor="t" anchorCtr="0" forceAA="0" compatLnSpc="1">
                       <a:prstTxWarp prst="textNoShape">
                         <a:avLst/>
                       </a:prstTxWarp>
                       <a:noAutofit/>
                     </wps:bodyPr>
                   </wps:wsp>
                 </a:graphicData>
               </a:graphic>
               <wp14:sizeRelH relativeFrom="margin">
                 <wp14:pctWidth>0</wp14:pctWidth>
               </wp14:sizeRelH>
             </wp:anchor>
           </w:drawing>
         </mc:Choice>
-        <mc:Fallback>
+        <mc:Fallback xmlns:arto="http://schemas.microsoft.com/office/word/2006/arto">
           <w:pict>
             <v:shapetype w14:anchorId="2D72D6C2" id="_x0000_t202" coordsize="21600,21600" o:spt="202" path="m,l,21600r21600,l21600,xe">
               <v:stroke joinstyle="miter"/>
               <v:path gradientshapeok="t" o:connecttype="rect"/>
             </v:shapetype>
             <v:shape id="Textruta 10" o:spid="_x0000_s1026" type="#_x0000_t202" style="position:absolute;left:0;text-align:left;margin-left:0;margin-top:-.05pt;width:367.5pt;height:25.5pt;z-index:251658243;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-width-relative:margin;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQCzkv6OFQIAACwEAAAOAAAAZHJzL2Uyb0RvYy54bWysU01v2zAMvQ/YfxB0X5yvpp0Rp8haZBgQ&#10;tAXSoWdFlmIDkqhJSuzs14+SnY91Ow27yKRIP5LvUfP7VityEM7XYAo6GgwpEYZDWZtdQb+/rj7d&#10;UeIDMyVTYERBj8LT+8XHD/PG5mIMFahSOIIgxueNLWgVgs2zzPNKaOYHYIXBoASnWUDX7bLSsQbR&#10;tcrGw+Esa8CV1gEX3uPtYxeki4QvpeDhWUovAlEFxd5COl06t/HMFnOW7xyzVc37Ntg/dKFZbbDo&#10;GeqRBUb2rv4DStfcgQcZBhx0BlLWXKQZcJrR8N00m4pZkWZBcrw90+T/Hyx/OmzsiyOh/QItChgJ&#10;aazPPV7GeVrpdPxipwTjSOHxTJtoA+F4OZ3Nbsc3GOIYm4wnd2gjTHb52zofvgrQJBoFdShLYosd&#10;1j50qaeUWMzAqlYqSaMMaQo6myDkbxEEVwZrXHqNVmi3bT/AFsojzuWgk9xbvqqx+Jr58MIcaoz9&#10;4t6GZzykAiwCvUVJBe7n3+5jPlKPUUoa3JmC+h975gQl6ptBUT6PptO4ZMmZ3tyO0XHXke11xOz1&#10;A+BajvCFWJ7MmB/UyZQO9Buu9zJWxRAzHGsXNJzMh9BtMj4PLpbLlIRrZVlYm43lETqSFql9bd+Y&#10;sz3/AZV7gtN2sfydDF1uR/dyH0DWSaNIcMdqzzuuZFK5fz5x56/9lHV55ItfAAAA//8DAFBLAwQU&#10;AAYACAAAACEAJkWNkN0AAAAFAQAADwAAAGRycy9kb3ducmV2LnhtbEyPQU/CQBSE7yb+h80z8QZb&#10;MFUofSWkCTExegC5eNt2l7Zx923tLlD99T5PeJzMZOabfD06K85mCJ0nhNk0AWGo9rqjBuHwvp0s&#10;QISoSCvrySB8mwDr4vYmV5n2F9qZ8z42gksoZAqhjbHPpAx1a5wKU98bYu/oB6ciy6GRelAXLndW&#10;zpPkUTrVES+0qjdla+rP/ckhvJTbN7Wr5m7xY8vn1+Om/zp8pIj3d+NmBSKaMV7D8IfP6FAwU+VP&#10;pIOwCHwkIkxmINh8ekhZVwhpsgRZ5PI/ffELAAD//wMAUEsBAi0AFAAGAAgAAAAhALaDOJL+AAAA&#10;4QEAABMAAAAAAAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEA&#10;OP0h/9YAAACUAQAACwAAAAAAAAAAAAAAAAAvAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEA&#10;s5L+jhUCAAAsBAAADgAAAAAAAAAAAAAAAAAuAgAAZHJzL2Uyb0RvYy54bWxQSwECLQAUAAYACAAA&#10;ACEAJkWNkN0AAAAFAQAADwAAAAAAAAAAAAAAAABvBAAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAAE&#10;AAQA8wAAAHkFAAAAAA==&#10;" filled="f" stroked="f" strokeweight=".5pt">
               <v:textbox>
                 <w:txbxContent>
                   <w:p w14:paraId="3C8B2CDB" w14:textId="77777777" w:rsidR="004B5C86" w:rsidRDefault="004B5C86" w:rsidP="004B5C86">
                     <w:pPr>
                       <w:ind w:left="0"/>
                     </w:pPr>
                     <w:r w:rsidRPr="00762EE0">
                       <w:rPr>
                         <w:sz w:val="20"/>
                         <w:szCs w:val="20"/>
                       </w:rPr>
                       <w:t>OBS! Utskriven version kan vara ogiltig. Verifiera innehållet</w:t>
                     </w:r>
                     <w:r>
                       <w:rPr>
                         <w:sz w:val="20"/>
                         <w:szCs w:val="20"/>
                       </w:rPr>
                       <w:t>.</w:t>
                     </w:r>
                   </w:p>
                 </w:txbxContent>
               </v:textbox>
             </v:shape>
           </w:pict>
         </mc:Fallback>
       </mc:AlternateContent>
     </w:r>
     <w:r>
       <w:tab/>
     </w:r>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/header2.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="058CDD4D" w14:textId="52CA54A2" w:rsidR="008A4EB9" w:rsidRDefault="007B6AB7" w:rsidP="00413A60">
     <w:pPr>
       <w:pStyle w:val="Header"/>
       <w:ind w:left="0" w:right="567"/>
     </w:pPr>
     <w:r w:rsidRPr="00762EE0">
       <w:rPr>
         <w:noProof/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
       <w:drawing>
         <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658240" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="1EE881B5" wp14:editId="3089E478">
           <wp:simplePos x="0" y="0"/>
           <wp:positionH relativeFrom="page">
             <wp:posOffset>-5715</wp:posOffset>
           </wp:positionH>
           <wp:positionV relativeFrom="paragraph">
             <wp:posOffset>241251</wp:posOffset>
           </wp:positionV>
           <wp:extent cx="7559040" cy="215900"/>
           <wp:effectExtent l="0" t="0" r="3810" b="0"/>
           <wp:wrapNone/>
           <wp:docPr id="1" name="Bildobjekt 1">
             <a:extLst xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
@@ -4023,92 +3859,92 @@
                               <w:szCs w:val="20"/>
                             </w:rPr>
                             <w:t>.</w:t>
                           </w:r>
                         </w:p>
                       </w:txbxContent>
                     </wps:txbx>
                     <wps:bodyPr rot="0" spcFirstLastPara="0" vertOverflow="overflow" horzOverflow="overflow" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" numCol="1" spcCol="0" rtlCol="0" fromWordArt="0" anchor="t" anchorCtr="0" forceAA="0" compatLnSpc="1">
                       <a:prstTxWarp prst="textNoShape">
                         <a:avLst/>
                       </a:prstTxWarp>
                       <a:noAutofit/>
                     </wps:bodyPr>
                   </wps:wsp>
                 </a:graphicData>
               </a:graphic>
               <wp14:sizeRelH relativeFrom="margin">
                 <wp14:pctWidth>0</wp14:pctWidth>
               </wp14:sizeRelH>
               <wp14:sizeRelV relativeFrom="margin">
                 <wp14:pctHeight>0</wp14:pctHeight>
               </wp14:sizeRelV>
             </wp:anchor>
           </w:drawing>
         </mc:Choice>
-        <mc:Fallback>
+        <mc:Fallback xmlns:arto="http://schemas.microsoft.com/office/word/2006/arto">
           <w:pict>
             <v:shapetype w14:anchorId="0DFFA9B8" id="_x0000_t202" coordsize="21600,21600" o:spt="202" path="m,l,21600r21600,l21600,xe">
               <v:stroke joinstyle="miter"/>
               <v:path gradientshapeok="t" o:connecttype="rect"/>
             </v:shapetype>
             <v:shape id="Textruta 6" o:spid="_x0000_s1027" type="#_x0000_t202" style="position:absolute;margin-left:-.1pt;margin-top:-.4pt;width:367.65pt;height:21.3pt;z-index:251658241;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:margin;mso-height-relative:margin;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQCnfMVBGgIAADMEAAAOAAAAZHJzL2Uyb0RvYy54bWysU01vGyEQvVfqf0Dc6911badZeR25iVxV&#10;ipJITpUzZsG7EjAUsHfdX9+B9ZfSnqpeYGCG+XjvMb/rtSJ74XwLpqLFKKdEGA51a7YV/fG6+vSF&#10;Eh+YqZkCIyp6EJ7eLT5+mHe2FGNoQNXCEUxifNnZijYh2DLLPG+EZn4EVhh0SnCaBTy6bVY71mF2&#10;rbJxns+yDlxtHXDhPd4+DE66SPmlFDw8S+lFIKqi2FtIq0vrJq7ZYs7KrWO2afmxDfYPXWjWGix6&#10;TvXAAiM71/6RSrfcgQcZRhx0BlK2XKQZcJoifzfNumFWpFkQHG/PMPn/l5Y/7df2xZHQf4UeCYyA&#10;dNaXHi/jPL10Ou7YKUE/Qng4wyb6QDheTmaz22I6pYSjb3yTT4uEa3Z5bZ0P3wRoEo2KOqQlocX2&#10;jz5gRQw9hcRiBlatUokaZUhX0dnnaZ4enD34Qhl8eOk1WqHf9KStr+bYQH3A8RwMzHvLVy328Mh8&#10;eGEOqcaJUL7hGRepAGvB0aKkAffrb/cxHhlALyUdSqei/ueOOUGJ+m6Qm9tiMolaS4fJ9GaMB3ft&#10;2Vx7zE7fA6qzwI9ieTJjfFAnUzrQb6jyZayKLmY41q5oOJn3YRA0/hIulssUhOqyLDyateUxdUQ1&#10;IvzavzFnjzQEJPAJTiJj5Ts2htiBj+UugGwTVRHnAdUj/KjMxODxF0XpX59T1OWvL34DAAD//wMA&#10;UEsDBBQABgAIAAAAIQCYyfFW3gAAAAYBAAAPAAAAZHJzL2Rvd25yZXYueG1sTI5BS8NAFITvgv9h&#10;eYK3dpNoNaTZlBIoguihtZfeXrKvSTC7G7PbNvrrfZ7qaRhmmPny1WR6cabRd84qiOcRCLK1051t&#10;FOw/NrMUhA9oNfbOkoJv8rAqbm9yzLS72C2dd6ERPGJ9hgraEIZMSl+3ZNDP3UCWs6MbDQa2YyP1&#10;iBceN71MouhJGuwsP7Q4UNlS/bk7GQWv5eYdt1Vi0p++fHk7roev/WGh1P3dtF6CCDSFaxn+8Bkd&#10;Cmaq3MlqL3oFs4SLLMzP6fPDIgZRKXiMU5BFLv/jF78AAAD//wMAUEsBAi0AFAAGAAgAAAAhALaD&#10;OJL+AAAA4QEAABMAAAAAAAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYA&#10;CAAAACEAOP0h/9YAAACUAQAACwAAAAAAAAAAAAAAAAAvAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYA&#10;CAAAACEAp3zFQRoCAAAzBAAADgAAAAAAAAAAAAAAAAAuAgAAZHJzL2Uyb0RvYy54bWxQSwECLQAU&#10;AAYACAAAACEAmMnxVt4AAAAGAQAADwAAAAAAAAAAAAAAAAB0BAAAZHJzL2Rvd25yZXYueG1sUEsF&#10;BgAAAAAEAAQA8wAAAH8FAAAAAA==&#10;" filled="f" stroked="f" strokeweight=".5pt">
               <v:textbox>
                 <w:txbxContent>
                   <w:p w14:paraId="18075F67" w14:textId="77777777" w:rsidR="00A5066F" w:rsidRDefault="00A5066F" w:rsidP="00A5066F">
                     <w:pPr>
                       <w:ind w:left="0"/>
                     </w:pPr>
                     <w:r w:rsidRPr="00762EE0">
                       <w:rPr>
                         <w:sz w:val="20"/>
                         <w:szCs w:val="20"/>
                       </w:rPr>
                       <w:t>OBS! Utskriven version kan vara ogiltig. Verifiera innehållet</w:t>
                     </w:r>
                     <w:r>
                       <w:rPr>
                         <w:sz w:val="20"/>
                         <w:szCs w:val="20"/>
                       </w:rPr>
                       <w:t>.</w:t>
                     </w:r>
                   </w:p>
                 </w:txbxContent>
               </v:textbox>
               <w10:wrap type="topAndBottom"/>
             </v:shape>
           </w:pict>
         </mc:Fallback>
       </mc:AlternateContent>
     </w:r>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="FFFFFF1D"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="FBCC56FC"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="0"/>
         </w:tabs>
         <w:ind w:left="0" w:firstLine="0"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
@@ -6614,155 +6450,159 @@
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
   </w:num>
   <w:num w:numId="21" w16cid:durableId="484665927">
     <w:abstractNumId w:val="16"/>
     <w:lvlOverride w:ilvl="0">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
   </w:num>
   <w:num w:numId="22" w16cid:durableId="1603606806">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="23" w16cid:durableId="1456681652">
     <w:abstractNumId w:val="18"/>
   </w:num>
   <w:num w:numId="24" w16cid:durableId="142891651">
     <w:abstractNumId w:val="10"/>
   </w:num>
   <w:num w:numId="25" w16cid:durableId="1044672650">
     <w:abstractNumId w:val="9"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
-  <w:zoom w:percent="100"/>
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:removePersonalInformation/>
   <w:removeDateAndTime/>
   <w:embedSystemFonts/>
-  <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:stylePaneFormatFilter w:val="D804" w:allStyles="0" w:customStyles="0" w:latentStyles="1" w:stylesInUse="0" w:headingStyles="0" w:numberingStyles="0" w:tableStyles="0" w:directFormattingOnRuns="0" w:directFormattingOnParagraphs="0" w:directFormattingOnNumbering="0" w:directFormattingOnTables="1" w:clearFormatting="1" w:top3HeadingStyles="0" w:visibleStyles="1" w:alternateStyleNames="1"/>
   <w:documentProtection w:formatting="1" w:enforcement="0"/>
   <w:styleLockTheme/>
   <w:styleLockQFSet/>
   <w:defaultTabStop w:val="1304"/>
   <w:hyphenationZone w:val="425"/>
   <w:displayHorizontalDrawingGridEvery w:val="0"/>
   <w:displayVerticalDrawingGridEvery w:val="0"/>
   <w:doNotUseMarginsForDrawingGridOrigin/>
   <w:noPunctuationKerning/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="38913" strokecolor="#4a773c">
+    <o:shapedefaults v:ext="edit" spidmax="2050" strokecolor="#4a773c">
       <v:stroke color="#4a773c" weight="1pt"/>
       <v:shadow opacity="24903f" origin=",.5" offset="0,.55556mm"/>
       <o:colormru v:ext="edit" colors="#4a773c"/>
     </o:shapedefaults>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
     <w:footnote w:id="1"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
     <w:endnote w:id="1"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00B75EDE"/>
     <w:rsid w:val="000051D5"/>
     <w:rsid w:val="00006D2A"/>
+    <w:rsid w:val="0001064B"/>
     <w:rsid w:val="00010D47"/>
     <w:rsid w:val="00016CF0"/>
     <w:rsid w:val="00030DDD"/>
     <w:rsid w:val="000313BB"/>
     <w:rsid w:val="000338C9"/>
     <w:rsid w:val="00033ED5"/>
     <w:rsid w:val="00050500"/>
     <w:rsid w:val="0005691C"/>
     <w:rsid w:val="00056ECB"/>
     <w:rsid w:val="00056ED5"/>
     <w:rsid w:val="00061969"/>
     <w:rsid w:val="000655CC"/>
     <w:rsid w:val="000700AE"/>
+    <w:rsid w:val="00070644"/>
     <w:rsid w:val="00084024"/>
     <w:rsid w:val="0009062C"/>
     <w:rsid w:val="00095368"/>
     <w:rsid w:val="000954C4"/>
     <w:rsid w:val="000A611A"/>
     <w:rsid w:val="000B12D9"/>
     <w:rsid w:val="000B1584"/>
     <w:rsid w:val="000B4536"/>
     <w:rsid w:val="000B7715"/>
+    <w:rsid w:val="000C7C04"/>
     <w:rsid w:val="000E463B"/>
     <w:rsid w:val="000E5A7E"/>
     <w:rsid w:val="000F43A3"/>
     <w:rsid w:val="000F7681"/>
     <w:rsid w:val="00103031"/>
     <w:rsid w:val="001044FE"/>
     <w:rsid w:val="001139D4"/>
     <w:rsid w:val="00131B08"/>
     <w:rsid w:val="00132A59"/>
     <w:rsid w:val="00133337"/>
     <w:rsid w:val="00133A0F"/>
     <w:rsid w:val="0013580F"/>
     <w:rsid w:val="00136D67"/>
     <w:rsid w:val="00137B6D"/>
     <w:rsid w:val="0014070B"/>
     <w:rsid w:val="001422C1"/>
     <w:rsid w:val="001522AE"/>
     <w:rsid w:val="00157D5B"/>
     <w:rsid w:val="00161FE6"/>
     <w:rsid w:val="00164C3D"/>
     <w:rsid w:val="00166D3A"/>
+    <w:rsid w:val="00171675"/>
     <w:rsid w:val="0017508E"/>
+    <w:rsid w:val="00180C72"/>
     <w:rsid w:val="00181FDC"/>
     <w:rsid w:val="00184167"/>
     <w:rsid w:val="001860B9"/>
     <w:rsid w:val="00186F2B"/>
     <w:rsid w:val="001874D6"/>
     <w:rsid w:val="0019632A"/>
     <w:rsid w:val="001A4E7C"/>
     <w:rsid w:val="001B762C"/>
     <w:rsid w:val="001C4D0A"/>
     <w:rsid w:val="001C5FEF"/>
     <w:rsid w:val="001E3789"/>
     <w:rsid w:val="001F3711"/>
     <w:rsid w:val="00211487"/>
     <w:rsid w:val="00211D91"/>
     <w:rsid w:val="00217DEC"/>
+    <w:rsid w:val="00226958"/>
     <w:rsid w:val="00235B57"/>
     <w:rsid w:val="00250F24"/>
     <w:rsid w:val="002523C5"/>
     <w:rsid w:val="0025380B"/>
     <w:rsid w:val="0025703A"/>
     <w:rsid w:val="00262F3D"/>
     <w:rsid w:val="00263281"/>
     <w:rsid w:val="002651D6"/>
     <w:rsid w:val="0026551F"/>
     <w:rsid w:val="00270FA8"/>
     <w:rsid w:val="00273B72"/>
     <w:rsid w:val="00280A85"/>
     <w:rsid w:val="00284119"/>
     <w:rsid w:val="00290B5C"/>
     <w:rsid w:val="00294791"/>
     <w:rsid w:val="002A1C4F"/>
     <w:rsid w:val="002A7450"/>
     <w:rsid w:val="002B0B30"/>
     <w:rsid w:val="002B0C78"/>
     <w:rsid w:val="002C0C02"/>
     <w:rsid w:val="002C1277"/>
     <w:rsid w:val="002C60AD"/>
     <w:rsid w:val="002D0E0E"/>
     <w:rsid w:val="002D6023"/>
     <w:rsid w:val="002E263F"/>
@@ -6895,301 +6735,314 @@
     <w:rsid w:val="00730955"/>
     <w:rsid w:val="00733A9C"/>
     <w:rsid w:val="00736574"/>
     <w:rsid w:val="007367E0"/>
     <w:rsid w:val="00737215"/>
     <w:rsid w:val="00754905"/>
     <w:rsid w:val="00760038"/>
     <w:rsid w:val="00762EE0"/>
     <w:rsid w:val="00765C41"/>
     <w:rsid w:val="00771100"/>
     <w:rsid w:val="007759DD"/>
     <w:rsid w:val="0078609F"/>
     <w:rsid w:val="007917BA"/>
     <w:rsid w:val="007A334E"/>
     <w:rsid w:val="007A5C6F"/>
     <w:rsid w:val="007B6AB7"/>
     <w:rsid w:val="007D4241"/>
     <w:rsid w:val="007D4317"/>
     <w:rsid w:val="007D4EA3"/>
     <w:rsid w:val="007F1CFF"/>
     <w:rsid w:val="007F5DD5"/>
     <w:rsid w:val="00821A1B"/>
     <w:rsid w:val="008250CC"/>
     <w:rsid w:val="008262E9"/>
     <w:rsid w:val="00827E69"/>
+    <w:rsid w:val="0083062F"/>
     <w:rsid w:val="00835C4D"/>
     <w:rsid w:val="00843F48"/>
     <w:rsid w:val="00851423"/>
     <w:rsid w:val="008569C6"/>
     <w:rsid w:val="00857848"/>
     <w:rsid w:val="008654B6"/>
     <w:rsid w:val="0087139C"/>
     <w:rsid w:val="00873419"/>
     <w:rsid w:val="00880E83"/>
     <w:rsid w:val="00892F28"/>
     <w:rsid w:val="008A0C5F"/>
     <w:rsid w:val="008A3DEA"/>
     <w:rsid w:val="008A4EB9"/>
     <w:rsid w:val="008A74C0"/>
     <w:rsid w:val="008B1694"/>
     <w:rsid w:val="008C4B27"/>
     <w:rsid w:val="008C7F0C"/>
     <w:rsid w:val="008C7F2A"/>
     <w:rsid w:val="008D4B13"/>
     <w:rsid w:val="008E36F8"/>
     <w:rsid w:val="008E46B2"/>
     <w:rsid w:val="008E682C"/>
     <w:rsid w:val="008E78A1"/>
     <w:rsid w:val="008F589F"/>
     <w:rsid w:val="00906238"/>
     <w:rsid w:val="00907EF9"/>
     <w:rsid w:val="00911231"/>
     <w:rsid w:val="0091295C"/>
     <w:rsid w:val="00914D58"/>
     <w:rsid w:val="00921F47"/>
     <w:rsid w:val="009228AB"/>
     <w:rsid w:val="0093085B"/>
     <w:rsid w:val="00931C57"/>
+    <w:rsid w:val="00932BA2"/>
     <w:rsid w:val="009347A5"/>
     <w:rsid w:val="00942257"/>
     <w:rsid w:val="009471BF"/>
     <w:rsid w:val="00950E4E"/>
     <w:rsid w:val="009529BD"/>
     <w:rsid w:val="009533B4"/>
     <w:rsid w:val="00957D35"/>
     <w:rsid w:val="00971D93"/>
     <w:rsid w:val="009A07DC"/>
     <w:rsid w:val="009B1F6B"/>
     <w:rsid w:val="009C0D12"/>
     <w:rsid w:val="009C192E"/>
     <w:rsid w:val="009C2E3E"/>
     <w:rsid w:val="009C6C0C"/>
     <w:rsid w:val="009D6819"/>
     <w:rsid w:val="009D6D1C"/>
     <w:rsid w:val="009E0CF9"/>
     <w:rsid w:val="009E531B"/>
     <w:rsid w:val="009E6C56"/>
     <w:rsid w:val="009E7DCF"/>
     <w:rsid w:val="009F4A56"/>
     <w:rsid w:val="009F4E65"/>
     <w:rsid w:val="00A006A5"/>
     <w:rsid w:val="00A04E09"/>
     <w:rsid w:val="00A05942"/>
     <w:rsid w:val="00A07BEC"/>
     <w:rsid w:val="00A264BE"/>
     <w:rsid w:val="00A272CA"/>
     <w:rsid w:val="00A33051"/>
     <w:rsid w:val="00A407AD"/>
     <w:rsid w:val="00A40923"/>
     <w:rsid w:val="00A41C05"/>
     <w:rsid w:val="00A42426"/>
     <w:rsid w:val="00A5066F"/>
     <w:rsid w:val="00A514B7"/>
+    <w:rsid w:val="00A546D2"/>
     <w:rsid w:val="00A54A0B"/>
     <w:rsid w:val="00A65FD4"/>
     <w:rsid w:val="00A81198"/>
     <w:rsid w:val="00A81E48"/>
     <w:rsid w:val="00A82035"/>
     <w:rsid w:val="00A90D77"/>
     <w:rsid w:val="00A92E07"/>
     <w:rsid w:val="00AA0B3A"/>
     <w:rsid w:val="00AA6EB4"/>
     <w:rsid w:val="00AA767D"/>
     <w:rsid w:val="00AB0CC9"/>
     <w:rsid w:val="00AC3FF6"/>
     <w:rsid w:val="00AC66A6"/>
     <w:rsid w:val="00AD73EC"/>
     <w:rsid w:val="00AD7AD5"/>
     <w:rsid w:val="00AE5BC7"/>
     <w:rsid w:val="00AF5AAF"/>
     <w:rsid w:val="00B046D8"/>
     <w:rsid w:val="00B13F4C"/>
     <w:rsid w:val="00B16219"/>
     <w:rsid w:val="00B16C59"/>
     <w:rsid w:val="00B33FDD"/>
     <w:rsid w:val="00B359CC"/>
     <w:rsid w:val="00B36107"/>
     <w:rsid w:val="00B41789"/>
+    <w:rsid w:val="00B43242"/>
     <w:rsid w:val="00B46C03"/>
     <w:rsid w:val="00B60C6C"/>
     <w:rsid w:val="00B619A9"/>
     <w:rsid w:val="00B65A9D"/>
     <w:rsid w:val="00B66D60"/>
     <w:rsid w:val="00B75EDE"/>
     <w:rsid w:val="00B77D88"/>
     <w:rsid w:val="00B77F32"/>
     <w:rsid w:val="00B77FAF"/>
     <w:rsid w:val="00B84336"/>
     <w:rsid w:val="00B851B9"/>
     <w:rsid w:val="00B86453"/>
     <w:rsid w:val="00B90054"/>
     <w:rsid w:val="00B92C14"/>
     <w:rsid w:val="00B96AFF"/>
     <w:rsid w:val="00BA0066"/>
     <w:rsid w:val="00BB69DB"/>
     <w:rsid w:val="00BC322E"/>
     <w:rsid w:val="00BC44CD"/>
     <w:rsid w:val="00BC48A6"/>
     <w:rsid w:val="00BE7978"/>
+    <w:rsid w:val="00BF2D3D"/>
     <w:rsid w:val="00C01F0D"/>
     <w:rsid w:val="00C07DDB"/>
     <w:rsid w:val="00C4115D"/>
     <w:rsid w:val="00C43BDD"/>
     <w:rsid w:val="00C47778"/>
     <w:rsid w:val="00C5011E"/>
     <w:rsid w:val="00C50EE5"/>
     <w:rsid w:val="00C5240A"/>
     <w:rsid w:val="00C5398F"/>
     <w:rsid w:val="00C556F5"/>
     <w:rsid w:val="00C64000"/>
     <w:rsid w:val="00C70E19"/>
     <w:rsid w:val="00C72574"/>
     <w:rsid w:val="00C7430C"/>
     <w:rsid w:val="00C85DA1"/>
     <w:rsid w:val="00C9071C"/>
     <w:rsid w:val="00C908FF"/>
     <w:rsid w:val="00C97BD3"/>
     <w:rsid w:val="00CA39EF"/>
     <w:rsid w:val="00CA521F"/>
     <w:rsid w:val="00CA5562"/>
+    <w:rsid w:val="00CB0193"/>
     <w:rsid w:val="00CB0493"/>
     <w:rsid w:val="00CB17FF"/>
     <w:rsid w:val="00CB1ED7"/>
     <w:rsid w:val="00CC167C"/>
     <w:rsid w:val="00CC52D9"/>
     <w:rsid w:val="00CD6647"/>
     <w:rsid w:val="00CE4B73"/>
     <w:rsid w:val="00CF32C5"/>
     <w:rsid w:val="00CF70BB"/>
     <w:rsid w:val="00D074DB"/>
     <w:rsid w:val="00D139CF"/>
     <w:rsid w:val="00D20779"/>
     <w:rsid w:val="00D35AAA"/>
     <w:rsid w:val="00D37E7F"/>
     <w:rsid w:val="00D47AD7"/>
     <w:rsid w:val="00D51529"/>
+    <w:rsid w:val="00D70522"/>
     <w:rsid w:val="00D85218"/>
     <w:rsid w:val="00D915B1"/>
     <w:rsid w:val="00DA299D"/>
     <w:rsid w:val="00DA65C4"/>
     <w:rsid w:val="00DE4447"/>
     <w:rsid w:val="00DE5DA2"/>
     <w:rsid w:val="00DE63C6"/>
     <w:rsid w:val="00DF0033"/>
     <w:rsid w:val="00E026BF"/>
     <w:rsid w:val="00E07B1B"/>
     <w:rsid w:val="00E11853"/>
+    <w:rsid w:val="00E148AA"/>
+    <w:rsid w:val="00E41397"/>
+    <w:rsid w:val="00E4428E"/>
     <w:rsid w:val="00E52A86"/>
     <w:rsid w:val="00E54B47"/>
     <w:rsid w:val="00E553BF"/>
     <w:rsid w:val="00E55D93"/>
+    <w:rsid w:val="00E573DA"/>
     <w:rsid w:val="00E61294"/>
     <w:rsid w:val="00E7237C"/>
     <w:rsid w:val="00E77C46"/>
     <w:rsid w:val="00E86CE8"/>
     <w:rsid w:val="00E90E82"/>
     <w:rsid w:val="00EA00CB"/>
     <w:rsid w:val="00EA1BAA"/>
     <w:rsid w:val="00EA3FCD"/>
     <w:rsid w:val="00EA42A0"/>
     <w:rsid w:val="00EB6714"/>
     <w:rsid w:val="00EC0A68"/>
     <w:rsid w:val="00EC3C32"/>
     <w:rsid w:val="00EC5006"/>
+    <w:rsid w:val="00ED0334"/>
     <w:rsid w:val="00ED49C3"/>
     <w:rsid w:val="00ED6CE8"/>
     <w:rsid w:val="00ED7AA6"/>
     <w:rsid w:val="00EE2A56"/>
     <w:rsid w:val="00EE3818"/>
     <w:rsid w:val="00EF461D"/>
     <w:rsid w:val="00F22264"/>
     <w:rsid w:val="00F2564D"/>
     <w:rsid w:val="00F35B05"/>
     <w:rsid w:val="00F413D9"/>
     <w:rsid w:val="00F5135F"/>
     <w:rsid w:val="00F51F78"/>
+    <w:rsid w:val="00F8277D"/>
     <w:rsid w:val="00F86F47"/>
     <w:rsid w:val="00F90B64"/>
     <w:rsid w:val="00F910B8"/>
     <w:rsid w:val="00FB2F0F"/>
     <w:rsid w:val="00FB5086"/>
     <w:rsid w:val="00FB5411"/>
     <w:rsid w:val="00FB6392"/>
     <w:rsid w:val="00FC09B3"/>
     <w:rsid w:val="00FC4F36"/>
     <w:rsid w:val="00FD3C70"/>
     <w:rsid w:val="00FD6820"/>
     <w:rsid w:val="00FE12D8"/>
     <w:rsid w:val="00FF7C02"/>
     <w:rsid w:val="024801E3"/>
     <w:rsid w:val="06B34A10"/>
     <w:rsid w:val="4B94738D"/>
     <w:rsid w:val="533C570C"/>
     <w:rsid w:val="647B2B65"/>
     <w:rsid w:val="6B2CF8ED"/>
     <w:rsid w:val="6C963D15"/>
     <w:rsid w:val="6D1965B4"/>
     <w:rsid w:val="79C15731"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
-  <w:themeFontLang w:val="sv-SE" w:eastAsia="ja-JP"/>
+  <w:themeFontLang w:val="sv-SE" w:eastAsia="ja-JP" w:bidi="ar-SA"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:doNotIncludeSubdocsInStats/>
   <w:doNotAutoCompressPictures/>
   <w:shapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="38913" strokecolor="#4a773c">
+    <o:shapedefaults v:ext="edit" spidmax="2050" strokecolor="#4a773c">
       <v:stroke color="#4a773c" weight="1pt"/>
       <v:shadow opacity="24903f" origin=",.5" offset="0,.55556mm"/>
       <o:colormru v:ext="edit" colors="#4a773c"/>
     </o:shapedefaults>
     <o:shapelayout v:ext="edit">
-      <o:idmap v:ext="edit" data="1"/>
+      <o:idmap v:ext="edit" data="2"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:doNotEmbedSmartTags/>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=","/>
   <w14:docId w14:val="1FE2B7EB"/>
   <w14:defaultImageDpi w14:val="330"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         <w:lang w:val="sv-SE" w:eastAsia="sv-SE" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault/>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="3" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="3" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:locked="1" w:semiHidden="1" w:uiPriority="3" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="index 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
@@ -9634,55 +9487,67 @@
       <w:tabs>
         <w:tab w:val="left" w:pos="1293"/>
       </w:tabs>
       <w:spacing w:after="40" w:line="276" w:lineRule="auto"/>
       <w:ind w:left="1281" w:right="868" w:hanging="357"/>
     </w:pPr>
     <w:rPr>
       <w:color w:val="000000" w:themeColor="text1"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Tabelltext">
     <w:name w:val="Tabelltext"/>
     <w:qFormat/>
     <w:rsid w:val="00AC66A6"/>
     <w:pPr>
       <w:spacing w:before="20" w:after="20" w:line="276" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
       <w:sz w:val="22"/>
       <w:szCs w:val="22"/>
     </w:rPr>
   </w:style>
+  <w:style w:type="character" w:styleId="UnresolvedMention">
+    <w:name w:val="Unresolved Mention"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="0083062F"/>
+    <w:rPr>
+      <w:color w:val="605E5C"/>
+      <w:shd w:val="clear" w:color="auto" w:fill="E1DFDD"/>
+    </w:rPr>
+  </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:divs>
     <w:div w:id="198055238">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="218060363">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
@@ -9697,51 +9562,51 @@
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="1230919038">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
   </w:divs>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
-<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml" Id="rId8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.folkhalsomyndigheten.se/publikationer-och-material/publikationsarkiv/r/rekommendation-om-vaccination-mot-kikhosta-for-gravida/" TargetMode="External" Id="rId13" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mellanarkiv-offentlig.vgregion.se/alfresco/s/archive/stream/public/v1/source/available/sofia/skas8540-1125353190-1077/surrogate/Instruktion%20f%c3%b6r%20anv%c3%a4ndning%20av%20andningsskydd.pdf" TargetMode="External" Id="rId18" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml" Id="rId26" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.folkhalsomyndigheten.se/smittskydd-beredskap/smittsamma-sjukdomar/kikhosta-/" TargetMode="External" Id="rId21" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml" Id="rId7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mellanarkiv.vgregion.se/share/page/dp/ws/archive/stream/auth/v1/source/available/sofia/sas198-1710599037-550/surrogate" TargetMode="External" Id="rId12" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.folkhalsomyndigheten.se/publikationer-och-material/publikationsarkiv/r/rekommendation-om-vaccination-mot-kikhosta-for-gravida/" TargetMode="External" Id="rId17" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml" Id="rId25" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mellanarkiv.vgregion.se/share/page/dp/ws/archive/stream/auth/v1/source/available/sofia/sas198-1710599037-550/surrogate" TargetMode="External" Id="rId16" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.medscinet.se/infpreg/healthcareinfoMore.aspx?topic=35" TargetMode="External" Id="rId20" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml" Id="rId6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml" Id="rId11" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml" Id="rId24" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mellanarkiv.vgregion.se/share/page/dp/ws/archive/stream/auth/v1/source/available/sofia/sas198-1710599037-550/surrogate" TargetMode="External" Id="rId15" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml" Id="rId23" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml" Id="rId10" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vgregion.se/halsa-och-vard/vardgivarwebben/vardriktlinjer/smittskydd-vastra-gotaland/anmalningspliktiga-sjukdomar---information-och-handlaggning-av-sjukdomsfall/kikhosta/" TargetMode="External" Id="rId19" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml" Id="rId9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mellanarkiv-offentlig.vgregion.se/alfresco/s/archive/stream/public/v1/source/available/sofia/skas8540-1125353190-1077/surrogate/Instruktion%20f%c3%b6r%20anv%c3%a4ndning%20av%20andningsskydd.pdf" TargetMode="External" Id="rId14" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml" Id="rId22" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml" Id="rId27" /></Relationships>
+<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml" Id="rId8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://samarbete-skyddad.vgregion.se/sites/sy-sas-sas-smittsparning/_layouts/15/WopiFrame.aspx?sourcedoc=%7B3732A784-38F6-4BDF-A951-71ACA9F86731%7D&amp;file=MALL%20Smittsp%C3%A5rningshandling%20allm%C3%A4n.docx&amp;action=default&amp;IsList=1&amp;ListId=%7BCAF13E70-200B-4235-A6B4-949647201583%7D&amp;ListItemId=2008" TargetMode="External" Id="rId13" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mellanarkiv.vgregion.se/share/page/dp/ws/archive/stream/auth/v1/source/available/sofia/sas198-1710599037-550/surrogate" TargetMode="External" Id="rId18" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml" Id="rId26" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mellanarkiv-offentlig.vgregion.se/alfresco/s/archive/stream/public/v1/source/available/sofia/skas8540-1125353190-1077/surrogate/Instruktion%20f%c3%b6r%20anv%c3%a4ndning%20av%20andningsskydd.pdf" TargetMode="External" Id="rId21" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml" Id="rId7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mellanarkiv.vgregion.se/share/page/dp/ws/archive/stream/auth/v1/source/available/sofia/sas198-1710599037-550/surrogate" TargetMode="External" Id="rId12" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://samarbete-skyddad.vgregion.se/sites/sy-sas-sas-smittsparning/_layouts/15/WopiFrame.aspx?sourcedoc=%7B3732A784-38F6-4BDF-A951-71ACA9F86731%7D&amp;file=MALL%20Smittsp%C3%A5rningshandling%20allm%C3%A4n.docx&amp;action=default&amp;IsList=1&amp;ListId=%7BCAF13E70-200B-4235-A6B4-949647201583%7D&amp;ListItemId=2008" TargetMode="External" Id="rId17" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml" Id="rId25" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mellanarkiv.vgregion.se/share/page/dp/ws/archive/stream/auth/v1/source/available/sofia/sas198-1710599037-550/surrogate" TargetMode="External" Id="rId16" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.folkhalsomyndigheten.se/publikationer-och-material/publikationsarkiv/r/rekommendation-om-vaccination-mot-kikhosta-for-gravida/" TargetMode="External" Id="rId20" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml" Id="rId29" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml" Id="rId6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml" Id="rId11" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.folkhalsomyndigheten.se/smittskydd-beredskap/smittsamma-sjukdomar/kikhosta-/" TargetMode="External" Id="rId24" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mellanarkiv-offentlig.vgregion.se/alfresco/s/archive/stream/public/v1/source/available/sofia/skas8540-1125353190-1077/surrogate/Instruktion%20f%c3%b6r%20anv%c3%a4ndning%20av%20andningsskydd.pdf" TargetMode="External" Id="rId15" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.medscinet.se/infpreg/healthcareinfoMore.aspx?topic=35" TargetMode="External" Id="rId23" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml" Id="rId28" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml" Id="rId10" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://samarbete-skyddad.vgregion.se/sites/sy-sas-sas-smittsparning/_layouts/15/WopiFrame.aspx?sourcedoc=%7B3732A784-38F6-4BDF-A951-71ACA9F86731%7D&amp;file=MALL%20Smittsp%C3%A5rningshandling%20allm%C3%A4n.docx&amp;action=default&amp;IsList=1&amp;ListId=%7BCAF13E70-200B-4235-A6B4-949647201583%7D&amp;ListItemId=2008" TargetMode="External" Id="rId19" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml" Id="rId9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.folkhalsomyndigheten.se/publikationer-och-material/publikationsarkiv/r/rekommendation-om-vaccination-mot-kikhosta-for-gravida/" TargetMode="External" Id="rId14" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vgregion.se/halsa-och-vard/vardgivarwebben/vardriktlinjer/smittskydd-vastra-gotaland/anmalningspliktiga-sjukdomar---information-och-handlaggning-av-sjukdomsfall/kikhosta/" TargetMode="External" Id="rId22" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml" Id="rId27" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml" Id="rId30" /></Relationships>
 </file>
 
 <file path=word/_rels/footer2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.wmf"/></Relationships>
 </file>
 
 <file path=word/_rels/header2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office-tema">
   <a:themeElements>
     <a:clrScheme name="VG">
       <a:dk1>
         <a:srgbClr val="000000"/>
       </a:dk1>
       <a:lt1>
         <a:srgbClr val="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="000000"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="808080"/>
@@ -10033,55 +9898,55 @@
       <a:style>
         <a:lnRef idx="2">
           <a:schemeClr val="accent1"/>
         </a:lnRef>
         <a:fillRef idx="0">
           <a:schemeClr val="accent1"/>
         </a:fillRef>
         <a:effectRef idx="1">
           <a:schemeClr val="accent1"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="tx1"/>
         </a:fontRef>
       </a:style>
     </a:lnDef>
   </a:objectDefaults>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal.dotm</Template>
   <TotalTime></TotalTime>
   <Pages>1</Pages>
-  <Words>1869</Words>
-  <Characters>10656</Characters>
+  <Words>2018</Words>
+  <Characters>11507</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>4</DocSecurity>
-  <Lines>88</Lines>
-  <Paragraphs>24</Paragraphs>
+  <Lines>95</Lines>
+  <Paragraphs>26</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <Manager/>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>12501</CharactersWithSpaces>
+  <CharactersWithSpaces>13499</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <coreProperties xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns="http://schemas.openxmlformats.org/package/2006/metadata/core-properties">
   <dc:title>Vårdhygien - Kikhosta, SÄS</dc:title>
   <dc:subject/>
   <dc:creator/>
   <keywords/>
   <lastModifiedBy/>
   <revision>5</revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </coreProperties>
 </file>