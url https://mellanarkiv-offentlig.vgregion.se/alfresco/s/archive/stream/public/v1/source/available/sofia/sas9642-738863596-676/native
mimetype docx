--- v0 (2025-11-26)
+++ v1 (2026-01-10)
@@ -7,51 +7,51 @@
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/header2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/footer2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/header3.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer3.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml" Id="rId2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml" Id="rId1" /></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
     <w:p w14:paraId="061914D4" w14:textId="749F01DF" w:rsidR="00184167" w:rsidRDefault="6634252D" w:rsidP="009A32ED">
       <w:pPr>
         <w:pStyle w:val="Rubrik1"/>
       </w:pPr>
       <w:bookmarkStart w:id="0" w:name="_Toc292145334"/>
       <w:r>
         <w:t>Direktinskrivning och öppen retur till somatisk vårdavdelning, SÄS</w:t>
       </w:r>
       <w:bookmarkEnd w:id="0"/>
     </w:p>
     <w:p w14:paraId="4E58E826" w14:textId="77777777" w:rsidR="00003EB5" w:rsidRDefault="00003EB5" w:rsidP="00003EB5">
       <w:pPr>
         <w:pStyle w:val="Rubrik2"/>
         <w:ind w:right="-143"/>
       </w:pPr>
       <w:bookmarkStart w:id="1" w:name="_Toc182834842"/>
       <w:r>
         <w:t>Sammanfattning</w:t>
       </w:r>
       <w:bookmarkEnd w:id="1"/>
     </w:p>
     <w:p w14:paraId="15FC8474" w14:textId="6748417E" w:rsidR="000B6F63" w:rsidRDefault="00003EB5" w:rsidP="00003EB5">
       <w:r w:rsidRPr="2D90F3F1">
         <w:t xml:space="preserve">Rutinen </w:t>
@@ -100,65 +100,65 @@
       </w:r>
       <w:r w:rsidR="000B6F63">
         <w:t>samt</w:t>
       </w:r>
       <w:r w:rsidRPr="2D90F3F1">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="000B6F63">
         <w:t>m</w:t>
       </w:r>
       <w:r w:rsidRPr="2D90F3F1">
         <w:t>ottagningar på SÄS.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="11BC1DCA" w14:textId="68741F89" w:rsidR="009A32ED" w:rsidRDefault="7BC014D5" w:rsidP="009A32ED">
       <w:pPr>
         <w:pStyle w:val="Rubrik2"/>
         <w:ind w:right="-143"/>
       </w:pPr>
       <w:bookmarkStart w:id="2" w:name="_Toc182834843"/>
       <w:r>
         <w:t>Förändringar sedan föregående version</w:t>
       </w:r>
       <w:bookmarkEnd w:id="2"/>
     </w:p>
-    <w:p w14:paraId="2B85BB73" w14:textId="58DBF5E8" w:rsidR="2D90F3F1" w:rsidRDefault="00337E9D" w:rsidP="16999920">
+    <w:p w14:paraId="2B85BB73" w14:textId="7A6E4CDA" w:rsidR="2D90F3F1" w:rsidRDefault="00563E8B" w:rsidP="16999920">
       <w:pPr>
         <w:ind w:right="-143"/>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text2"/>
         </w:rPr>
       </w:pPr>
       <w:r>
-        <w:t>Återaktivering av tidigare Meliorrutin</w:t>
-[...5 lines deleted...]
-        <w:t>.</w:t>
+        <w:t>Revidering med att ta bort</w:t>
+      </w:r>
+      <w:r w:rsidR="00A8103F">
+        <w:t xml:space="preserve"> hänvisning av stycke till</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> tidigare vårdavdelning NÄVA.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="03D248D9" w14:textId="77777777" w:rsidR="00B405A1" w:rsidRPr="00003EB5" w:rsidRDefault="00003EB5" w:rsidP="271CCF4C">
       <w:pPr>
         <w:spacing w:before="360" w:after="40"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:bookmarkStart w:id="3" w:name="_Toc321146591"/>
       <w:bookmarkStart w:id="4" w:name="_Toc100327184"/>
       <w:bookmarkStart w:id="5" w:name="_Toc72840807"/>
       <w:bookmarkEnd w:id="3"/>
       <w:bookmarkEnd w:id="4"/>
       <w:r w:rsidRPr="00003EB5">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>I</w:t>
       </w:r>
       <w:r w:rsidR="00B405A1" w:rsidRPr="00003EB5">
@@ -2183,172 +2183,81 @@
       <w:r w:rsidR="00816EF4">
         <w:t>värdera</w:t>
       </w:r>
       <w:r w:rsidR="0116F68C" w:rsidRPr="1E693645">
         <w:t xml:space="preserve"> möjlighet</w:t>
       </w:r>
       <w:r w:rsidRPr="1E693645">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="41DCE651">
         <w:t>för</w:t>
       </w:r>
       <w:r w:rsidRPr="1E693645">
         <w:t xml:space="preserve"> direktinskrivning</w:t>
       </w:r>
       <w:r w:rsidR="644D8211" w:rsidRPr="1E693645">
         <w:t xml:space="preserve"> till specialiserad vårdavdelning</w:t>
       </w:r>
       <w:r w:rsidR="00816EF4">
         <w:t xml:space="preserve"> för akut sjuka patienter med en klar diagnos och sjukdomsbild.</w:t>
       </w:r>
       <w:r w:rsidR="008436D3">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="31C504CB" w14:textId="623A60BF" w:rsidR="00DA0AAF" w:rsidRDefault="00A51C90" w:rsidP="00D9112F">
-[...89 lines deleted...]
-    </w:p>
     <w:p w14:paraId="6EBBA71E" w14:textId="16F8D141" w:rsidR="74AA3050" w:rsidRDefault="11955595" w:rsidP="00084A8C">
       <w:pPr>
         <w:pStyle w:val="Rubrik3"/>
         <w:spacing w:before="120"/>
       </w:pPr>
       <w:bookmarkStart w:id="8" w:name="_Toc182834845"/>
       <w:r>
         <w:t>Avgränsningar</w:t>
       </w:r>
       <w:bookmarkEnd w:id="8"/>
     </w:p>
     <w:p w14:paraId="3128B782" w14:textId="7E3E64C9" w:rsidR="4A274D41" w:rsidRDefault="006037AB" w:rsidP="00BE3238">
       <w:r>
         <w:t xml:space="preserve">Rutinen gäller </w:t>
       </w:r>
       <w:r w:rsidR="007E6AE2">
         <w:t xml:space="preserve">inte patienter som </w:t>
       </w:r>
       <w:r w:rsidR="007E6AE2" w:rsidRPr="5ED8400D">
         <w:t>ingår i raka spåret</w:t>
       </w:r>
       <w:r w:rsidR="00E97B6C">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="007E6AE2">
         <w:t>(</w:t>
       </w:r>
       <w:r w:rsidR="007E6AE2" w:rsidRPr="5ED8400D">
         <w:t xml:space="preserve">t.ex. hjärtpatienter till HIA eller strokepatienter till strokeavdelning, se även rutinen </w:t>
       </w:r>
-      <w:hyperlink r:id="rId13">
+      <w:hyperlink r:id="rId12">
         <w:r w:rsidR="007E6AE2" w:rsidRPr="5ED8400D">
           <w:rPr>
             <w:rStyle w:val="Hyperlnk"/>
           </w:rPr>
           <w:t>Hjärnvägen</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidR="004D750B" w:rsidRPr="0034578D">
         <w:rPr>
           <w:rStyle w:val="Hyperlnk"/>
           <w:color w:val="auto"/>
           <w:u w:val="none"/>
         </w:rPr>
         <w:t>)</w:t>
       </w:r>
       <w:r w:rsidR="0034578D">
         <w:rPr>
           <w:rStyle w:val="Hyperlnk"/>
           <w:u w:val="none"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="007E6AE2" w:rsidRPr="008F3B50">
         <w:t>[</w:t>
       </w:r>
@@ -2488,51 +2397,50 @@
         <w:t xml:space="preserve">Se </w:t>
       </w:r>
       <w:r w:rsidR="00860D2C">
         <w:t xml:space="preserve">även </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">rubrik </w:t>
       </w:r>
       <w:r w:rsidRPr="004C7B65">
         <w:rPr>
           <w:i/>
           <w:iCs/>
         </w:rPr>
         <w:t>Genomförande</w:t>
       </w:r>
       <w:r>
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="6FBEAB75" w14:textId="67FBE1AD" w:rsidR="00B174F4" w:rsidRDefault="3CAF8719" w:rsidP="00B174F4">
       <w:pPr>
         <w:pStyle w:val="MellanrubrikVGR"/>
       </w:pPr>
       <w:bookmarkStart w:id="13" w:name="_Toc182834850"/>
       <w:r>
-        <w:lastRenderedPageBreak/>
         <w:t>Medicinskt ansvarig läkare</w:t>
       </w:r>
       <w:r w:rsidR="7242FCAF">
         <w:t xml:space="preserve"> som tar beslut om inskrivning</w:t>
       </w:r>
       <w:bookmarkEnd w:id="13"/>
     </w:p>
     <w:p w14:paraId="79BDEB9F" w14:textId="7AE29559" w:rsidR="00B174F4" w:rsidRPr="00B876C0" w:rsidRDefault="00073DD8" w:rsidP="00C768C5">
       <w:pPr>
         <w:pStyle w:val="Underrubrik"/>
         <w:spacing w:before="80"/>
         <w:rPr>
           <w:color w:val="auto"/>
         </w:rPr>
       </w:pPr>
       <w:bookmarkStart w:id="14" w:name="_Toc182834851"/>
       <w:r w:rsidRPr="00B876C0">
         <w:rPr>
           <w:color w:val="auto"/>
         </w:rPr>
         <w:t>D</w:t>
       </w:r>
       <w:r w:rsidR="00B174F4" w:rsidRPr="00B876C0">
         <w:rPr>
           <w:color w:val="auto"/>
@@ -2541,95 +2449,96 @@
       </w:r>
       <w:r w:rsidRPr="00B876C0">
         <w:rPr>
           <w:color w:val="auto"/>
         </w:rPr>
         <w:t>vardagar</w:t>
       </w:r>
       <w:bookmarkEnd w:id="14"/>
     </w:p>
     <w:p w14:paraId="286F0CAE" w14:textId="4C0C9A0B" w:rsidR="00262EFC" w:rsidRPr="0030652E" w:rsidRDefault="7D5299FF" w:rsidP="0030652E">
       <w:pPr>
         <w:pStyle w:val="Punktlista"/>
       </w:pPr>
       <w:r w:rsidRPr="0030652E">
         <w:t xml:space="preserve">Läkare dagtid </w:t>
       </w:r>
       <w:r w:rsidR="000011D8" w:rsidRPr="0030652E">
         <w:t>ansvarar för beslut om direktinskrivning och inskrivning av patient samt medicinska insatser.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="0605319F" w14:textId="36A9BAC6" w:rsidR="00B174F4" w:rsidRDefault="00B174F4" w:rsidP="0030652E">
       <w:pPr>
         <w:pStyle w:val="Punktlista"/>
       </w:pPr>
       <w:r w:rsidRPr="0030652E">
+        <w:lastRenderedPageBreak/>
         <w:t>Ansvarig avdelningsläkare övertar patientansvar då patient anlänt till vårdavdelning.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="104D41CF" w14:textId="5053EAE5" w:rsidR="00B174F4" w:rsidRPr="00B876C0" w:rsidRDefault="00B86CB5" w:rsidP="00B876C0">
       <w:pPr>
         <w:pStyle w:val="Underrubrik"/>
         <w:rPr>
           <w:color w:val="auto"/>
         </w:rPr>
       </w:pPr>
       <w:bookmarkStart w:id="15" w:name="_Toc182834852"/>
       <w:r w:rsidRPr="00B876C0">
         <w:rPr>
           <w:color w:val="auto"/>
         </w:rPr>
         <w:t>J</w:t>
       </w:r>
       <w:r w:rsidR="00B174F4" w:rsidRPr="00B876C0">
         <w:rPr>
           <w:color w:val="auto"/>
         </w:rPr>
         <w:t>ourtid</w:t>
       </w:r>
       <w:bookmarkEnd w:id="15"/>
     </w:p>
     <w:p w14:paraId="77D0D689" w14:textId="460B8E95" w:rsidR="000011D8" w:rsidRPr="0030652E" w:rsidRDefault="000011D8" w:rsidP="0030652E">
       <w:pPr>
         <w:pStyle w:val="Punktlista"/>
       </w:pPr>
       <w:r w:rsidRPr="0030652E">
         <w:t>Läkare som konsulteras under jourtid ansvarar för beslut om direktinskrivning</w:t>
       </w:r>
       <w:r w:rsidR="00C52AE2">
         <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:r w:rsidRPr="0030652E">
         <w:t xml:space="preserve">inskrivning av patient </w:t>
       </w:r>
       <w:r w:rsidR="00DD44AB">
         <w:t>och</w:t>
       </w:r>
       <w:r w:rsidRPr="0030652E">
         <w:t xml:space="preserve"> medicinska insatser samt rapporterar till aktuell vårdavdelning enligt </w:t>
       </w:r>
-      <w:hyperlink r:id="rId14" w:history="1">
+      <w:hyperlink r:id="rId13" w:history="1">
         <w:r w:rsidR="00456AD9" w:rsidRPr="0030652E">
           <w:rPr>
             <w:rStyle w:val="Hyperlnk"/>
           </w:rPr>
           <w:t>SBAR vid SÄS</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidR="00456AD9" w:rsidRPr="0030652E">
         <w:t xml:space="preserve"> [3]</w:t>
       </w:r>
       <w:r w:rsidRPr="0030652E">
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="48622F50" w14:textId="4469BF06" w:rsidR="00B174F4" w:rsidRDefault="00B174F4" w:rsidP="0030652E">
       <w:pPr>
         <w:pStyle w:val="Punktlista"/>
       </w:pPr>
       <w:r w:rsidRPr="0030652E">
         <w:t>Om personal på vårdavdelningen påkallar jourhavande läkare för bedömning av patient</w:t>
       </w:r>
       <w:r w:rsidR="00DD44AB">
         <w:t>,</w:t>
       </w:r>
       <w:r w:rsidRPr="0030652E">
@@ -2844,51 +2753,51 @@
       </w:r>
       <w:bookmarkEnd w:id="19"/>
     </w:p>
     <w:p w14:paraId="17117D52" w14:textId="5DB42B90" w:rsidR="009A32ED" w:rsidRPr="00993615" w:rsidRDefault="2D6463BA" w:rsidP="00993615">
       <w:pPr>
         <w:pStyle w:val="Punktlista"/>
       </w:pPr>
       <w:r w:rsidRPr="00993615">
         <w:t>Initierande l</w:t>
       </w:r>
       <w:r w:rsidR="054A5CC7" w:rsidRPr="00993615">
         <w:t xml:space="preserve">äkare samråder vid behov med avdelningsläkare alternativ jourläkare </w:t>
       </w:r>
       <w:r w:rsidR="0D1BC085" w:rsidRPr="00993615">
         <w:t>innan</w:t>
       </w:r>
       <w:r w:rsidR="054A5CC7" w:rsidRPr="00993615">
         <w:t xml:space="preserve"> en inskrivning sker</w:t>
       </w:r>
       <w:r w:rsidR="007C2982">
         <w:t>, se</w:t>
       </w:r>
       <w:r w:rsidR="0077776B" w:rsidRPr="00993615">
         <w:t xml:space="preserve"> intranätet för </w:t>
       </w:r>
-      <w:hyperlink r:id="rId15" w:history="1">
+      <w:hyperlink r:id="rId14" w:history="1">
         <w:r w:rsidR="0077776B" w:rsidRPr="002706AE">
           <w:rPr>
             <w:rStyle w:val="Hyperlnk"/>
           </w:rPr>
           <w:t>kontaktuppgifter</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidR="0077776B" w:rsidRPr="00993615">
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="7F8375EA" w14:textId="1C313CB2" w:rsidR="009A32ED" w:rsidRPr="00993615" w:rsidRDefault="52C7E812" w:rsidP="00993615">
       <w:pPr>
         <w:pStyle w:val="Punktlista"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Före direktinskrivning på </w:t>
       </w:r>
       <w:r w:rsidR="054A5CC7">
         <w:t xml:space="preserve">HIA, </w:t>
       </w:r>
       <w:r w:rsidR="00267A69">
         <w:t>i</w:t>
       </w:r>
       <w:r w:rsidR="054A5CC7">
@@ -2947,176 +2856,176 @@
       </w:r>
       <w:r w:rsidR="009408D1">
         <w:t xml:space="preserve">att det finns </w:t>
       </w:r>
       <w:r w:rsidR="5C457544">
         <w:t xml:space="preserve">en </w:t>
       </w:r>
       <w:r w:rsidR="009408D1">
         <w:t xml:space="preserve">ledig vårdplats. </w:t>
       </w:r>
       <w:r w:rsidR="6C1E6ECD">
         <w:t>V</w:t>
       </w:r>
       <w:r w:rsidR="221B288D">
         <w:t>årdavdelningens personal informerar VPSO om bokad plats.</w:t>
       </w:r>
       <w:r w:rsidR="2FACB5F6">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="1DA42588" w14:textId="486BDD6A" w:rsidR="2FACB5F6" w:rsidRDefault="2FACB5F6" w:rsidP="0C71C0C6">
       <w:pPr>
         <w:pStyle w:val="Punktlista"/>
       </w:pPr>
       <w:r>
-        <w:lastRenderedPageBreak/>
         <w:t>Om inte vårdplats kan ges på aktuell vårdavdelning tas kontakt med VPSO för samordning om annan lämplig vårdplats.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="3BAFB4AA" w14:textId="5D1BC47A" w:rsidR="0059488F" w:rsidRPr="00993615" w:rsidRDefault="0059488F" w:rsidP="00993615">
       <w:pPr>
         <w:pStyle w:val="Punktlista"/>
       </w:pPr>
       <w:r w:rsidRPr="00993615">
         <w:t>Vid förekomst av smitta, se rutin</w:t>
       </w:r>
       <w:r w:rsidR="001D18ED">
         <w:t xml:space="preserve">en </w:t>
       </w:r>
-      <w:hyperlink r:id="rId16">
+      <w:hyperlink r:id="rId15">
         <w:r w:rsidRPr="00993615">
           <w:rPr>
             <w:rStyle w:val="Hyperlnk"/>
           </w:rPr>
           <w:t>Vårdhygienisk bedömning av riskfaktorer för smittspridning, SÄS</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="00993615">
         <w:t xml:space="preserve"> [</w:t>
       </w:r>
       <w:r w:rsidR="00456AD9" w:rsidRPr="00993615">
         <w:t>4</w:t>
       </w:r>
       <w:r w:rsidRPr="00993615">
         <w:t>].</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="2BE5E29F" w14:textId="49F13A81" w:rsidR="00FD1332" w:rsidRPr="00F94327" w:rsidRDefault="00A14128" w:rsidP="00E133C7">
       <w:pPr>
         <w:pStyle w:val="Underrubrik"/>
         <w:keepNext/>
         <w:keepLines/>
         <w:rPr>
           <w:color w:val="auto"/>
         </w:rPr>
       </w:pPr>
       <w:bookmarkStart w:id="20" w:name="_Toc182834857"/>
       <w:r w:rsidRPr="00960ED5">
         <w:rPr>
           <w:color w:val="auto"/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">Förberedelser </w:t>
       </w:r>
       <w:r w:rsidR="00C009EE" w:rsidRPr="00960ED5">
         <w:rPr>
           <w:color w:val="auto"/>
         </w:rPr>
         <w:t>inför inskrivning</w:t>
       </w:r>
       <w:r w:rsidR="00C009EE" w:rsidRPr="00F94327">
         <w:rPr>
           <w:color w:val="auto"/>
         </w:rPr>
         <w:t xml:space="preserve"> på vårdavdelning</w:t>
       </w:r>
       <w:bookmarkEnd w:id="20"/>
     </w:p>
     <w:p w14:paraId="03B0D8F5" w14:textId="387482C5" w:rsidR="00240D03" w:rsidRDefault="009C51AD" w:rsidP="00E133C7">
       <w:pPr>
         <w:pStyle w:val="Punktlista"/>
         <w:keepNext/>
         <w:keepLines/>
       </w:pPr>
       <w:r w:rsidRPr="0030652E">
         <w:t>Se</w:t>
       </w:r>
       <w:r w:rsidR="6BF73E0C" w:rsidRPr="0030652E">
         <w:t xml:space="preserve"> riktlinje</w:t>
       </w:r>
       <w:r w:rsidR="229A754F" w:rsidRPr="0030652E">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:hyperlink r:id="rId17">
+      <w:hyperlink r:id="rId16">
         <w:r w:rsidR="229A754F" w:rsidRPr="0030652E">
           <w:rPr>
             <w:rStyle w:val="Hyperlnk"/>
           </w:rPr>
           <w:t>Patient klar för vårdavdelning från akutmottagningen</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidR="6BF73E0C" w:rsidRPr="0030652E">
         <w:t xml:space="preserve"> [</w:t>
       </w:r>
       <w:r w:rsidR="00456AD9" w:rsidRPr="0030652E">
         <w:t>5</w:t>
       </w:r>
       <w:r w:rsidR="6BF73E0C" w:rsidRPr="0030652E">
         <w:t>]</w:t>
       </w:r>
       <w:r w:rsidR="00240D03">
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="1A9D7F58" w14:textId="40F7A2CD" w:rsidR="007E230C" w:rsidRPr="0030652E" w:rsidRDefault="007E230C" w:rsidP="00F014D6">
       <w:pPr>
         <w:pStyle w:val="Punktlista"/>
       </w:pPr>
       <w:r w:rsidRPr="0030652E">
         <w:t>Utför</w:t>
       </w:r>
       <w:r w:rsidR="6030F060" w:rsidRPr="0030652E">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="6BF73E0C" w:rsidRPr="0030652E">
         <w:t xml:space="preserve">skattning av </w:t>
       </w:r>
-      <w:hyperlink r:id="rId18" w:history="1">
+      <w:hyperlink r:id="rId17" w:history="1">
         <w:r w:rsidR="6BF73E0C" w:rsidRPr="0030652E">
           <w:rPr>
             <w:rStyle w:val="Hyperlnk"/>
           </w:rPr>
           <w:t>CFS</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidR="00456AD9" w:rsidRPr="0030652E">
         <w:t xml:space="preserve"> [6]</w:t>
       </w:r>
       <w:r w:rsidR="6BF73E0C" w:rsidRPr="0030652E">
         <w:t xml:space="preserve"> och </w:t>
       </w:r>
-      <w:hyperlink r:id="rId19" w:history="1">
+      <w:hyperlink r:id="rId18" w:history="1">
         <w:r w:rsidR="6BF73E0C" w:rsidRPr="0030652E">
           <w:rPr>
             <w:rStyle w:val="Hyperlnk"/>
           </w:rPr>
           <w:t>NEWS2</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidR="00456AD9" w:rsidRPr="0030652E">
         <w:t xml:space="preserve"> [7]</w:t>
       </w:r>
       <w:r w:rsidR="00DA6E55" w:rsidRPr="0030652E">
         <w:t>, s</w:t>
       </w:r>
       <w:r w:rsidR="229A754F" w:rsidRPr="0030652E">
         <w:t>e äve</w:t>
       </w:r>
       <w:r w:rsidR="00F45630">
         <w:t xml:space="preserve">n bilaga </w:t>
       </w:r>
       <w:hyperlink w:anchor="_Bilaga_–_Exempel">
         <w:r w:rsidR="00372554" w:rsidRPr="0030652E">
           <w:rPr>
             <w:rStyle w:val="Hyperlnk"/>
           </w:rPr>
           <w:t>Planering vid direktinskrivning på SÄS</w:t>
@@ -3170,51 +3079,51 @@
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="616C0299" w14:textId="506C59D6" w:rsidR="5474FD50" w:rsidRPr="00A77785" w:rsidRDefault="00794C60" w:rsidP="00A77785">
       <w:pPr>
         <w:pStyle w:val="Punktlista"/>
       </w:pPr>
       <w:r>
         <w:t>I</w:t>
       </w:r>
       <w:r w:rsidRPr="00A77785">
         <w:t xml:space="preserve">nitierande läkare </w:t>
       </w:r>
       <w:r>
         <w:t>tar m</w:t>
       </w:r>
       <w:r w:rsidR="003651EA" w:rsidRPr="00A77785">
         <w:t xml:space="preserve">untlig kontakt </w:t>
       </w:r>
       <w:r w:rsidRPr="00A77785">
         <w:t xml:space="preserve">med mottagande ansvarig läkare </w:t>
       </w:r>
       <w:r w:rsidR="003651EA" w:rsidRPr="00A77785">
         <w:t xml:space="preserve">för överrapportering. Omvårdnadsrapport bör ingå. Rapportering ska ske strukturerat enligt SBAR eller motsvarande, se riktlinje </w:t>
       </w:r>
-      <w:hyperlink r:id="rId20" w:history="1">
+      <w:hyperlink r:id="rId19" w:history="1">
         <w:r w:rsidR="003651EA" w:rsidRPr="00A77785">
           <w:rPr>
             <w:rStyle w:val="Hyperlnk"/>
           </w:rPr>
           <w:t>SBA</w:t>
         </w:r>
         <w:r w:rsidR="00F433CE" w:rsidRPr="00A77785">
           <w:rPr>
             <w:rStyle w:val="Hyperlnk"/>
           </w:rPr>
           <w:t>R</w:t>
         </w:r>
         <w:r w:rsidR="00920A36" w:rsidRPr="00A77785">
           <w:rPr>
             <w:rStyle w:val="Hyperlnk"/>
           </w:rPr>
           <w:t xml:space="preserve"> vid SÄS</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidR="003651EA" w:rsidRPr="00A77785">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00F433CE" w:rsidRPr="00A77785">
         <w:t>[</w:t>
       </w:r>
@@ -3282,63 +3191,51 @@
         <w:t xml:space="preserve"> finns</w:t>
       </w:r>
       <w:r w:rsidRPr="00955728">
         <w:t xml:space="preserve"> och genomför enkel </w:t>
       </w:r>
       <w:r w:rsidR="091C2FCF" w:rsidRPr="00955728">
         <w:t>läkemedelsgenomgång</w:t>
       </w:r>
       <w:r w:rsidR="00B16AB7" w:rsidRPr="00955728">
         <w:t>, se</w:t>
       </w:r>
       <w:r w:rsidR="00BB7ADE" w:rsidRPr="00955728">
         <w:t xml:space="preserve"> rubrik </w:t>
       </w:r>
       <w:hyperlink w:anchor="_Dokumentation_i_patientjournal">
         <w:r w:rsidR="00955728">
           <w:rPr>
             <w:rStyle w:val="Hyperlnk"/>
           </w:rPr>
           <w:t>D</w:t>
         </w:r>
         <w:r w:rsidR="00BB7ADE" w:rsidRPr="00955728">
           <w:rPr>
             <w:rStyle w:val="Hyperlnk"/>
           </w:rPr>
-          <w:t>okumentation i patientjour</w:t>
-[...11 lines deleted...]
-          <w:t>al</w:t>
+          <w:t>okumentation i patientjournal</w:t>
         </w:r>
         <w:r w:rsidR="00BB7ADE" w:rsidRPr="00955728">
           <w:rPr>
             <w:rStyle w:val="Hyperlnk"/>
             <w:color w:val="auto"/>
             <w:u w:val="none"/>
           </w:rPr>
           <w:t>.</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p w14:paraId="08C64827" w14:textId="6FFCFA9D" w:rsidR="009A32ED" w:rsidRPr="00955728" w:rsidRDefault="5294E3E9" w:rsidP="00955728">
       <w:pPr>
         <w:pStyle w:val="Punktlista"/>
       </w:pPr>
       <w:r w:rsidRPr="00955728">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>F</w:t>
       </w:r>
       <w:r w:rsidR="1ED8CFE0" w:rsidRPr="00955728">
         <w:rPr>
           <w:b/>
@@ -3561,51 +3458,51 @@
       </w:r>
       <w:r w:rsidR="00511EB3" w:rsidRPr="00955728">
         <w:t>ersoncentrerad rapport</w:t>
       </w:r>
       <w:r w:rsidR="37F62097" w:rsidRPr="00955728">
         <w:t xml:space="preserve"> ges </w:t>
       </w:r>
       <w:r w:rsidR="00511EB3" w:rsidRPr="00955728">
         <w:t xml:space="preserve">till sjuksköterska på </w:t>
       </w:r>
       <w:r w:rsidR="68A91EE1" w:rsidRPr="00955728">
         <w:t>aktuell</w:t>
       </w:r>
       <w:r w:rsidR="00511EB3" w:rsidRPr="00955728">
         <w:t xml:space="preserve"> vårdavdelning </w:t>
       </w:r>
       <w:r w:rsidR="299B256C" w:rsidRPr="00955728">
         <w:t>enligt</w:t>
       </w:r>
       <w:r w:rsidR="00511EB3" w:rsidRPr="00955728">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="007871B0" w:rsidRPr="00955728">
         <w:t xml:space="preserve">mall </w:t>
       </w:r>
-      <w:hyperlink r:id="rId21">
+      <w:hyperlink r:id="rId20">
         <w:r w:rsidR="40818088" w:rsidRPr="00955728">
           <w:rPr>
             <w:rStyle w:val="Hyperlnk"/>
           </w:rPr>
           <w:t>SBAR</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidR="00511EB3" w:rsidRPr="00955728">
         <w:t xml:space="preserve"> [</w:t>
       </w:r>
       <w:r w:rsidR="006C2484" w:rsidRPr="00955728">
         <w:t>8</w:t>
       </w:r>
       <w:r w:rsidR="00511EB3" w:rsidRPr="00955728">
         <w:t>] (innehållande bland annat eventuella sår, KAD, patient</w:t>
       </w:r>
       <w:r w:rsidR="004C0C4B">
         <w:t>ens</w:t>
       </w:r>
       <w:r w:rsidR="00511EB3" w:rsidRPr="00955728">
         <w:t xml:space="preserve"> och närståendes förväntningar på vården</w:t>
       </w:r>
       <w:r w:rsidR="409775E4" w:rsidRPr="00955728">
         <w:t>,</w:t>
       </w:r>
@@ -3685,51 +3582,51 @@
       <w:bookmarkStart w:id="23" w:name="_Toc182834860"/>
       <w:r>
         <w:t>För mottagande av patient vid ö</w:t>
       </w:r>
       <w:r w:rsidRPr="6D93E0C1">
         <w:t xml:space="preserve">verflyttning </w:t>
       </w:r>
       <w:r>
         <w:t>från annat</w:t>
       </w:r>
       <w:r w:rsidRPr="6D93E0C1">
         <w:t xml:space="preserve"> sjukhus</w:t>
       </w:r>
       <w:bookmarkEnd w:id="23"/>
       <w:r w:rsidRPr="6D93E0C1">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="065CBE05" w14:textId="3DA5B169" w:rsidR="00E9154B" w:rsidRPr="00FD2ADB" w:rsidRDefault="00E9154B" w:rsidP="00FD2ADB">
       <w:r>
         <w:t>S</w:t>
       </w:r>
       <w:r w:rsidRPr="6D93E0C1">
         <w:t xml:space="preserve">e rutinen </w:t>
       </w:r>
-      <w:hyperlink r:id="rId22">
+      <w:hyperlink r:id="rId21">
         <w:r w:rsidRPr="6D93E0C1">
           <w:rPr>
             <w:rStyle w:val="Hyperlnk"/>
           </w:rPr>
           <w:t>Vårdansvar och överflyttning av patient mellan sjukhus, SÄS</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="6D93E0C1">
         <w:t xml:space="preserve"> [</w:t>
       </w:r>
       <w:r w:rsidR="006C2484">
         <w:t>9</w:t>
       </w:r>
       <w:r w:rsidRPr="6D93E0C1">
         <w:t>]</w:t>
       </w:r>
       <w:r>
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="7EECD924" w14:textId="5FBAC20E" w:rsidR="00AE27DB" w:rsidRDefault="00AE27DB" w:rsidP="00AE27DB">
       <w:pPr>
         <w:pStyle w:val="Rubrik3"/>
       </w:pPr>
       <w:bookmarkStart w:id="24" w:name="_Dokumentation_i_patientjournal"/>
@@ -3763,51 +3660,51 @@
       </w:r>
       <w:r w:rsidR="00D242BA" w:rsidRPr="008A2CDB">
         <w:t>läkemedelsordination</w:t>
       </w:r>
       <w:r w:rsidR="000F54A5" w:rsidRPr="008A2CDB">
         <w:t>er</w:t>
       </w:r>
       <w:r w:rsidRPr="008A2CDB">
         <w:t xml:space="preserve"> och genomför enkel läkemedelsgenomgång.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="4027CECE" w14:textId="32D9242E" w:rsidR="00AE27DB" w:rsidRPr="008A2CDB" w:rsidRDefault="00AE27DB" w:rsidP="008A2CDB">
       <w:pPr>
         <w:pStyle w:val="Punktlista"/>
       </w:pPr>
       <w:r w:rsidRPr="008A2CDB">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>Begränsning av vårdinsatser</w:t>
       </w:r>
       <w:r w:rsidRPr="008A2CDB">
         <w:t xml:space="preserve">: Det är viktigt att tydliggöra innehållet av vårdbegränsningar. Behov ska bedömas och dokumenteras för alla patienter före beslut om direktinskrivning eller som har en öppen retur, oavsett vilken verksamhet som tar beslut om inskrivning. Beslut om begränsning av vårdinsats/livsuppehållande behandling dokumenteras enligt rutin </w:t>
       </w:r>
-      <w:hyperlink r:id="rId23">
+      <w:hyperlink r:id="rId22">
         <w:r w:rsidRPr="008A2CDB">
           <w:rPr>
             <w:rStyle w:val="Hyperlnk"/>
           </w:rPr>
           <w:t>Varningar och begränsning av vårdinsats i Melior</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="008A2CDB">
         <w:t xml:space="preserve"> [</w:t>
       </w:r>
       <w:r w:rsidR="005C3FE2" w:rsidRPr="008A2CDB">
         <w:t>10</w:t>
       </w:r>
       <w:r w:rsidRPr="008A2CDB">
         <w:t>].</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="10C534C6" w14:textId="02872052" w:rsidR="1AE85A5E" w:rsidRDefault="007B2630" w:rsidP="007B2630">
       <w:pPr>
         <w:pStyle w:val="Rubrik3"/>
       </w:pPr>
       <w:bookmarkStart w:id="26" w:name="_Toc182834862"/>
       <w:r>
         <w:t>M</w:t>
       </w:r>
@@ -3824,51 +3721,51 @@
         <w:spacing w:after="60"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Detta </w:t>
       </w:r>
       <w:r w:rsidR="00F941CD">
         <w:t>avsnitt</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> gäller både vid direktinskrivning och öppen retur.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="2BCB9A2F" w14:textId="74C8C171" w:rsidR="000B5068" w:rsidRPr="00D25912" w:rsidRDefault="00E36D54" w:rsidP="00D25912">
       <w:pPr>
         <w:pStyle w:val="Punktlista"/>
       </w:pPr>
       <w:r w:rsidRPr="00D25912">
         <w:t>Mottagande</w:t>
       </w:r>
       <w:r w:rsidR="009017B0" w:rsidRPr="00D25912">
         <w:t xml:space="preserve"> sjuksköterska erhåller personcentrerad rapport</w:t>
       </w:r>
       <w:r w:rsidRPr="00D25912">
         <w:t xml:space="preserve"> enligt </w:t>
       </w:r>
-      <w:hyperlink r:id="rId24">
+      <w:hyperlink r:id="rId23">
         <w:r w:rsidR="00536AEF" w:rsidRPr="00D25912">
           <w:rPr>
             <w:rStyle w:val="Hyperlnk"/>
           </w:rPr>
           <w:t>SBAR</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidR="005C3FE2" w:rsidRPr="00D25912">
         <w:rPr>
           <w:rStyle w:val="Hyperlnk"/>
           <w:color w:val="auto"/>
           <w:u w:val="none"/>
         </w:rPr>
         <w:t xml:space="preserve"> [</w:t>
       </w:r>
       <w:r w:rsidR="0077277D">
         <w:rPr>
           <w:rStyle w:val="Hyperlnk"/>
           <w:color w:val="auto"/>
           <w:u w:val="none"/>
         </w:rPr>
         <w:t xml:space="preserve">3, </w:t>
       </w:r>
       <w:r w:rsidR="005C3FE2" w:rsidRPr="00D25912">
         <w:rPr>
@@ -4274,51 +4171,51 @@
       <w:pPr>
         <w:pStyle w:val="Punktlista"/>
       </w:pPr>
       <w:r w:rsidRPr="00D25912">
         <w:t xml:space="preserve">Om patienten, i ambulans eller på akutmottagningen, triageras röd ska patienten bedömas av läkare på akutmottagningen innan transport till vårdavdelningen. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="2213D54A" w14:textId="3F836E70" w:rsidR="0037341F" w:rsidRPr="00D25912" w:rsidRDefault="008030D8" w:rsidP="00D25912">
       <w:pPr>
         <w:pStyle w:val="Punktlista"/>
       </w:pPr>
       <w:r w:rsidRPr="00D25912">
         <w:t>Om patienten söker på akutmottagningen ska jourläkare göra en bedömning om patienten kan läggas in som öppen retur på vårdavdelning eller handläggas på akut</w:t>
       </w:r>
       <w:r w:rsidR="000B3423">
         <w:t>mottagningen.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="361874D5" w14:textId="716E69DC" w:rsidR="00037243" w:rsidRPr="00D25912" w:rsidRDefault="008030D8" w:rsidP="00D25912">
       <w:pPr>
         <w:pStyle w:val="Punktlista"/>
       </w:pPr>
       <w:r w:rsidRPr="00D25912">
         <w:t xml:space="preserve">Vid platsbrist på den vårdavdelning där patienten har öppen retur, ska patienten bedömas av läkare på akutmottagningen innan inskrivning. Vid behov av inskrivning kontaktas vårdplatssamordnare, se rutinen </w:t>
       </w:r>
-      <w:hyperlink r:id="rId25" w:history="1">
+      <w:hyperlink r:id="rId24" w:history="1">
         <w:r w:rsidRPr="00D25912">
           <w:rPr>
             <w:rStyle w:val="Hyperlnk"/>
           </w:rPr>
           <w:t>Vårdplatssamordnares (VPSO) uppdrag och mandat vid SÄS</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="00D25912">
         <w:rPr>
           <w:rStyle w:val="Hyperlnk"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00D25912">
         <w:t>[</w:t>
       </w:r>
       <w:r w:rsidR="00792AA7" w:rsidRPr="00D25912">
         <w:t>11</w:t>
       </w:r>
       <w:r w:rsidRPr="00D25912">
         <w:t>]</w:t>
       </w:r>
       <w:r w:rsidR="00027234" w:rsidRPr="00D25912">
         <w:t>.</w:t>
       </w:r>
@@ -4947,380 +4844,380 @@
       </w:r>
       <w:bookmarkEnd w:id="31"/>
       <w:bookmarkEnd w:id="32"/>
     </w:p>
     <w:p w14:paraId="5BDA70FA" w14:textId="694ADEAD" w:rsidR="005C714A" w:rsidRPr="007F1C3F" w:rsidRDefault="005C714A" w:rsidP="00093708">
       <w:pPr>
         <w:pStyle w:val="Punktlistanumrerad"/>
         <w:keepNext/>
         <w:keepLines/>
         <w:rPr>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="002D7F47">
         <w:t xml:space="preserve">Nära äldrevårdsavdelning, vårduppdrag, inskrivningskriterier och </w:t>
       </w:r>
       <w:r w:rsidRPr="007F1C3F">
         <w:t>rondrutiner, SÄS</w:t>
       </w:r>
       <w:r w:rsidR="0070778B" w:rsidRPr="007F1C3F">
         <w:t>. Sjukhusövergripande rutin, SÄS</w:t>
       </w:r>
       <w:r w:rsidR="0070778B" w:rsidRPr="007F1C3F">
         <w:br/>
       </w:r>
-      <w:hyperlink r:id="rId26" w:history="1">
+      <w:hyperlink r:id="rId25" w:history="1">
         <w:r w:rsidR="00620B1A">
           <w:rPr>
             <w:rStyle w:val="Hyperlnk"/>
           </w:rPr>
           <w:t>https://insidan.vgregion.se/forvaltningar/sodra-alvsborgs-sjukhus/styrdokument</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p w14:paraId="66B43D80" w14:textId="25BAF90F" w:rsidR="16D01793" w:rsidRPr="009051BE" w:rsidRDefault="009051BE" w:rsidP="00CD098A">
       <w:pPr>
         <w:pStyle w:val="Punktlistanumrerad"/>
         <w:rPr>
           <w:rStyle w:val="Hyperlnk"/>
           <w:color w:val="auto"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:t>Hjärnvägen – snabbspår till strokeenhet för patienter med misstänkt TIA och stroke</w:t>
       </w:r>
       <w:r w:rsidR="16D01793">
         <w:t>. Sjukhusövergripande riktlinje, stroke</w:t>
       </w:r>
       <w:r w:rsidR="00372554">
         <w:t>-/TIA-</w:t>
       </w:r>
       <w:r w:rsidR="16D01793">
         <w:t>processen, SÄS</w:t>
       </w:r>
       <w:r w:rsidR="16D01793">
         <w:br/>
       </w:r>
-      <w:hyperlink r:id="rId27">
+      <w:hyperlink r:id="rId26">
         <w:r w:rsidR="00620B1A">
           <w:rPr>
             <w:rStyle w:val="Hyperlnk"/>
           </w:rPr>
           <w:t>https://insidan.vgregion.se/forvaltningar/sodra-alvsborgs-sjukhus/styrdokument</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p w14:paraId="2F19B61E" w14:textId="129F22BB" w:rsidR="00456AD9" w:rsidRPr="000B6F63" w:rsidRDefault="00456AD9" w:rsidP="00FC35AC">
       <w:pPr>
         <w:pStyle w:val="Punktlistanumrerad"/>
         <w:tabs>
           <w:tab w:val="clear" w:pos="1349"/>
           <w:tab w:val="left" w:pos="924"/>
         </w:tabs>
         <w:ind w:left="1281" w:hanging="357"/>
       </w:pPr>
       <w:r>
         <w:t>SBAR vid SÄS</w:t>
       </w:r>
       <w:r w:rsidR="00E43AF8">
         <w:t xml:space="preserve">. </w:t>
       </w:r>
       <w:r w:rsidR="00297366">
         <w:t>Sjukhusövergripande rutin, SÄS</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
-      <w:hyperlink r:id="rId28">
+      <w:hyperlink r:id="rId27">
         <w:r w:rsidR="00620B1A">
           <w:rPr>
             <w:rStyle w:val="Hyperlnk"/>
           </w:rPr>
           <w:t>https://insidan.vgregion.se/forvaltningar/sodra-alvsborgs-sjukhus/styrdokument</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Hyperlnk"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="1B41A025" w14:textId="529920A1" w:rsidR="006309DE" w:rsidRDefault="006309DE" w:rsidP="00FC35AC">
       <w:pPr>
         <w:pStyle w:val="Punktlistanumrerad"/>
         <w:tabs>
           <w:tab w:val="clear" w:pos="1349"/>
           <w:tab w:val="left" w:pos="924"/>
         </w:tabs>
         <w:ind w:left="1281" w:hanging="357"/>
         <w:rPr>
           <w:rStyle w:val="Hyperlnk"/>
           <w:color w:val="auto"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="000B6F63">
         <w:t xml:space="preserve">Vårdhygiensk bedömning av riskfaktorer för smittspridning SÄS. </w:t>
       </w:r>
       <w:r w:rsidR="009A7EDB">
         <w:t>Sjukhusövergripande rutin, SÄS</w:t>
       </w:r>
       <w:r w:rsidR="009A7EDB">
         <w:br/>
       </w:r>
-      <w:hyperlink r:id="rId29" w:history="1">
+      <w:hyperlink r:id="rId28" w:history="1">
         <w:r w:rsidR="00620B1A">
           <w:rPr>
             <w:rStyle w:val="Hyperlnk"/>
           </w:rPr>
           <w:t>https://insidan.vgregion.se/forvaltningar/sodra-alvsborgs-sjukhus/styrdokument</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="4C0E4D46" w14:textId="6C390E39" w:rsidR="009A7EDB" w:rsidRPr="009A7EDB" w:rsidRDefault="007A7787" w:rsidP="00FC35AC">
+    <w:p w14:paraId="4C0E4D46" w14:textId="6C390E39" w:rsidR="009A7EDB" w:rsidRPr="009A7EDB" w:rsidRDefault="005C714A" w:rsidP="00FC35AC">
       <w:pPr>
         <w:pStyle w:val="Punktlistanumrerad"/>
         <w:ind w:left="1281" w:hanging="357"/>
         <w:rPr>
           <w:rStyle w:val="Hyperlnk"/>
           <w:color w:val="auto"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink r:id="rId30">
-        <w:r w:rsidR="005C714A" w:rsidRPr="5A53C513">
+      <w:hyperlink r:id="rId29">
+        <w:r w:rsidRPr="5A53C513">
           <w:rPr>
             <w:rStyle w:val="Hyperlnk"/>
             <w:color w:val="auto"/>
             <w:u w:val="none"/>
           </w:rPr>
           <w:t>Patient klar för vårdavdelning från akutmottagningen</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidR="009A7EDB">
         <w:rPr>
           <w:rStyle w:val="Hyperlnk"/>
           <w:color w:val="auto"/>
           <w:u w:val="none"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
       <w:r w:rsidR="00B552BF">
         <w:rPr>
           <w:rStyle w:val="Hyperlnk"/>
           <w:color w:val="auto"/>
           <w:u w:val="none"/>
         </w:rPr>
         <w:t>Sjukhusövergripande riktlinje, SÄS</w:t>
       </w:r>
-      <w:r w:rsidR="005C714A">
+      <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:hyperlink r:id="rId31">
+      <w:hyperlink r:id="rId30">
         <w:r w:rsidR="00620B1A">
           <w:rPr>
             <w:rStyle w:val="Hyperlnk"/>
           </w:rPr>
           <w:t>https://insidan.vgregion.se/forvaltningar/sodra-alvsborgs-sjukhus/styrdokument</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p w14:paraId="5D9A72B6" w14:textId="573459F0" w:rsidR="006D6D14" w:rsidRPr="002C1912" w:rsidRDefault="006D6D14" w:rsidP="00FC35AC">
       <w:pPr>
         <w:pStyle w:val="Punktlistanumrerad"/>
         <w:tabs>
           <w:tab w:val="clear" w:pos="1349"/>
           <w:tab w:val="left" w:pos="924"/>
         </w:tabs>
         <w:ind w:left="1281" w:hanging="357"/>
         <w:rPr>
           <w:rStyle w:val="Hyperlnk"/>
           <w:color w:val="auto"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:t>Sköra Äldre och Clinical Frailty Scale (CFS), SÄS. Sjukhusövergripande riktlinje, SÄS</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
-      <w:hyperlink r:id="rId32">
+      <w:hyperlink r:id="rId31">
         <w:r w:rsidR="00620B1A">
           <w:rPr>
             <w:rStyle w:val="Hyperlnk"/>
           </w:rPr>
           <w:t>https://insidan.vgregion.se/forvaltningar/sodra-alvsborgs-sjukhus/styrdokument</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p w14:paraId="7F58ED3E" w14:textId="23039A7D" w:rsidR="16D01793" w:rsidRDefault="00456AD9" w:rsidP="00FC35AC">
       <w:pPr>
         <w:pStyle w:val="Punktlistanumrerad"/>
         <w:tabs>
           <w:tab w:val="clear" w:pos="1349"/>
           <w:tab w:val="left" w:pos="924"/>
         </w:tabs>
         <w:ind w:left="1281" w:hanging="357"/>
         <w:rPr>
           <w:rStyle w:val="Hyperlnk"/>
           <w:color w:val="auto"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Bedömning enligt NEWS – Vårdhandboken </w:t>
       </w:r>
       <w:r w:rsidRPr="003D14D1">
         <w:t>Bedömningsskala</w:t>
       </w:r>
       <w:r w:rsidR="000C38D3">
         <w:t>.</w:t>
       </w:r>
       <w:r w:rsidRPr="003D14D1">
         <w:t xml:space="preserve"> Vårdhandboken</w:t>
       </w:r>
       <w:r w:rsidR="003D14D1">
         <w:br/>
       </w:r>
-      <w:hyperlink r:id="rId33" w:history="1">
+      <w:hyperlink r:id="rId32" w:history="1">
         <w:r w:rsidR="00BD6B3B" w:rsidRPr="00287896">
           <w:rPr>
             <w:rStyle w:val="Hyperlnk"/>
           </w:rPr>
           <w:t>www.vardhandboken.se/vard-och-behandling/akut-bedomning-och-skattning/bedomning-enligt-news/bedomningsskala/</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p w14:paraId="218FF9B0" w14:textId="7DDE27C7" w:rsidR="00665207" w:rsidRPr="00E811A1" w:rsidRDefault="00665207" w:rsidP="00FC35AC">
       <w:pPr>
         <w:pStyle w:val="Punktlistanumrerad"/>
         <w:tabs>
           <w:tab w:val="clear" w:pos="1349"/>
           <w:tab w:val="left" w:pos="924"/>
         </w:tabs>
         <w:ind w:left="1281" w:hanging="357"/>
       </w:pPr>
       <w:r>
         <w:t>SBAR arbetsblad</w:t>
       </w:r>
       <w:r w:rsidR="003D14D1">
         <w:t>. Löf</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
-      <w:hyperlink r:id="rId34">
+      <w:hyperlink r:id="rId33">
         <w:r w:rsidRPr="00E811A1">
           <w:rPr>
             <w:rStyle w:val="Hyperlnk"/>
           </w:rPr>
           <w:t>https://wp.lof.se/wp-content/uploads/SBAR-arbetsblad-akut-och-icke-akut.pdf</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidR="004153A7" w:rsidRPr="00E811A1">
         <w:rPr>
           <w:rStyle w:val="Hyperlnk"/>
         </w:rPr>
         <w:t xml:space="preserve"> []</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="35DFAF0B" w14:textId="15D7E4FE" w:rsidR="00385E83" w:rsidRPr="00E811A1" w:rsidRDefault="00064CB1" w:rsidP="00FC35AC">
       <w:pPr>
         <w:pStyle w:val="Punktlistanumrerad"/>
         <w:ind w:left="1281" w:hanging="357"/>
         <w:rPr>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00E811A1">
         <w:t>Vårdansvar och överflyttning av patient mellan sjukhus, SÄS</w:t>
       </w:r>
       <w:r w:rsidR="0099679F" w:rsidRPr="00E811A1">
         <w:t>. Sjukhusövergripande rutin, SÄS</w:t>
       </w:r>
       <w:r w:rsidR="0099679F" w:rsidRPr="00E811A1">
         <w:br/>
       </w:r>
-      <w:hyperlink r:id="rId35" w:history="1">
+      <w:hyperlink r:id="rId34" w:history="1">
         <w:r w:rsidR="00620B1A">
           <w:rPr>
             <w:rStyle w:val="Hyperlnk"/>
           </w:rPr>
           <w:t>https://insidan.vgregion.se/forvaltningar/sodra-alvsborgs-sjukhus/styrdokument</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p w14:paraId="19AB2940" w14:textId="49509B3D" w:rsidR="16D01793" w:rsidRPr="000B6F63" w:rsidRDefault="16D01793" w:rsidP="00FC35AC">
       <w:pPr>
         <w:pStyle w:val="Punktlistanumrerad"/>
         <w:ind w:left="1281" w:hanging="357"/>
         <w:rPr>
           <w:rStyle w:val="Hyperlnk"/>
           <w:color w:val="auto"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00E811A1">
         <w:t>Varningar och begränsning</w:t>
       </w:r>
       <w:r w:rsidRPr="000B6F63">
         <w:t xml:space="preserve"> av vårdinsats i Melior. </w:t>
       </w:r>
       <w:r>
         <w:t>Sjukhusövergripande rutin, SÄS</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
-      <w:hyperlink r:id="rId36" w:history="1">
+      <w:hyperlink r:id="rId35" w:history="1">
         <w:r w:rsidR="00620B1A">
           <w:rPr>
             <w:rStyle w:val="Hyperlnk"/>
           </w:rPr>
           <w:t>https://insidan.vgregion.se/forvaltningar/sodra-alvsborgs-sjukhus/styrdokument</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p w14:paraId="47AF504C" w14:textId="3B611867" w:rsidR="006D6D14" w:rsidRPr="000B6F63" w:rsidRDefault="006D6D14" w:rsidP="00FC35AC">
       <w:pPr>
         <w:pStyle w:val="Punktlistanumrerad"/>
         <w:tabs>
           <w:tab w:val="clear" w:pos="1349"/>
           <w:tab w:val="left" w:pos="924"/>
         </w:tabs>
         <w:ind w:left="1281" w:hanging="357"/>
         <w:rPr>
           <w:rStyle w:val="Hyperlnk"/>
           <w:color w:val="auto"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:lastRenderedPageBreak/>
         <w:t>Vårdplatssamordnares (VPSO) uppdrag och mandat vid SÄS. Sjukhusövergripande rutin, SÄS</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
-      <w:hyperlink r:id="rId37">
+      <w:hyperlink r:id="rId36">
         <w:r w:rsidR="00620B1A">
           <w:rPr>
             <w:rStyle w:val="Hyperlnk"/>
           </w:rPr>
           <w:t>https://insidan.vgregion.se/forvaltningar/sodra-alvsborgs-sjukhus/styrdokument</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p w14:paraId="1E3EE3A1" w14:textId="157F0F85" w:rsidR="00AB69D3" w:rsidRPr="0033043A" w:rsidRDefault="0033043A" w:rsidP="00093708">
       <w:pPr>
         <w:keepNext/>
         <w:keepLines/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Hyperlnk"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:u w:val="none"/>
         </w:rPr>
         <w:br w:type="page"/>
@@ -5387,170 +5284,170 @@
       </w:r>
     </w:p>
     <w:p w14:paraId="4015F16B" w14:textId="414D451F" w:rsidR="006C4B5D" w:rsidRPr="006C4B5D" w:rsidRDefault="006C4B5D" w:rsidP="00E87C9B">
       <w:r>
         <w:rPr>
           <w:noProof/>
         </w:rPr>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="56BCAAEB" wp14:editId="5ECB88D5">
             <wp:extent cx="5669915" cy="5274310"/>
             <wp:effectExtent l="0" t="0" r="6985" b="2540"/>
             <wp:docPr id="1" name="Bildobjekt 1"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="Picture 1"/>
                     <pic:cNvPicPr>
                       <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                     </pic:cNvPicPr>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId38">
+                    <a:blip r:embed="rId37">
                       <a:extLst>
                         <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                           <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                         </a:ext>
                       </a:extLst>
                     </a:blip>
                     <a:srcRect/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr bwMode="auto">
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="5669915" cy="5274310"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:noFill/>
                     <a:ln>
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
         <w:br/>
       </w:r>
     </w:p>
     <w:sectPr w:rsidR="006C4B5D" w:rsidRPr="006C4B5D" w:rsidSect="00B96AFF">
-      <w:headerReference w:type="even" r:id="rId39"/>
-[...4 lines deleted...]
-      <w:footerReference w:type="first" r:id="rId44"/>
+      <w:headerReference w:type="even" r:id="rId38"/>
+      <w:headerReference w:type="default" r:id="rId39"/>
+      <w:footerReference w:type="even" r:id="rId40"/>
+      <w:footerReference w:type="default" r:id="rId41"/>
+      <w:headerReference w:type="first" r:id="rId42"/>
+      <w:footerReference w:type="first" r:id="rId43"/>
       <w:type w:val="continuous"/>
       <w:pgSz w:w="11900" w:h="16840"/>
       <w:pgMar w:top="1418" w:right="1979" w:bottom="1276" w:left="992" w:header="284" w:footer="737" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:noEndnote/>
       <w:titlePg/>
       <w:docGrid w:linePitch="326"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
     <w:p w14:paraId="0FED244B" w14:textId="77777777" w:rsidR="005150B1" w:rsidRDefault="005150B1">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
     <w:p w14:paraId="71AA5A17" w14:textId="77777777" w:rsidR="005150B1" w:rsidRDefault="005150B1">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationNotice" w:id="1">
     <w:p w14:paraId="0A4E72DF" w14:textId="77777777" w:rsidR="005150B1" w:rsidRDefault="005150B1">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="MS Gothic">
     <w:altName w:val="ＭＳ ゴシック"/>
     <w:panose1 w:val="020B0609070205080204"/>
     <w:charset w:val="80"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E00002FF" w:usb1="6AC7FDFB" w:usb2="08000012" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="MinionPro-Regular">
     <w:altName w:val="Calibri"/>
     <w:panose1 w:val="00000000000000000000"/>
     <w:charset w:val="4D"/>
     <w:family w:val="auto"/>
     <w:notTrueType/>
     <w:pitch w:val="default"/>
     <w:sig w:usb0="00000003" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
   </w:font>
@@ -5558,90 +5455,90 @@
     <w:altName w:val="Times New Roman"/>
     <w:charset w:val="00"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E1000AEF" w:usb1="5000A1FF" w:usb2="00000000" w:usb3="00000000" w:csb0="000001BF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="MS Mincho">
     <w:altName w:val="ＭＳ 明朝"/>
     <w:panose1 w:val="02020609040205080304"/>
     <w:charset w:val="80"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E00002FF" w:usb1="6AC7FDFB" w:usb2="08000012" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="1FE2B820" w14:textId="77777777" w:rsidR="00660269" w:rsidRDefault="00660269" w:rsidP="00C43BDD">
     <w:pPr>
       <w:pStyle w:val="Sidfot"/>
       <w:framePr w:wrap="around" w:vAnchor="text" w:hAnchor="margin" w:y="1"/>
       <w:rPr>
         <w:rStyle w:val="Sidnummer"/>
       </w:rPr>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:rStyle w:val="Sidnummer"/>
       </w:rPr>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:rPr>
         <w:rStyle w:val="Sidnummer"/>
       </w:rPr>
       <w:instrText xml:space="preserve">PAGE  </w:instrText>
     </w:r>
     <w:r>
       <w:rPr>
         <w:rStyle w:val="Sidnummer"/>
       </w:rPr>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
   <w:p w14:paraId="1FE2B821" w14:textId="77777777" w:rsidR="00660269" w:rsidRDefault="00660269" w:rsidP="00C43BDD">
     <w:pPr>
       <w:pStyle w:val="Sidfot"/>
       <w:ind w:firstLine="360"/>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footer2.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
-  <w:p w14:paraId="47BD2091" w14:textId="66F4EBFA" w:rsidR="00C50EE5" w:rsidRPr="00EC0A68" w:rsidRDefault="007A7787" w:rsidP="00EC0A68">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="47BD2091" w14:textId="66F4EBFA" w:rsidR="00C50EE5" w:rsidRPr="00EC0A68" w:rsidRDefault="00A8103F" w:rsidP="00EC0A68">
     <w:pPr>
       <w:pStyle w:val="Sidfot"/>
       <w:rPr>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
     </w:pPr>
     <w:sdt>
       <w:sdtPr>
         <w:id w:val="-2070031421"/>
         <w:docPartObj>
           <w:docPartGallery w:val="Page Numbers (Bottom of Page)"/>
           <w:docPartUnique/>
         </w:docPartObj>
       </w:sdtPr>
       <w:sdtEndPr>
         <w:rPr>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
       </w:sdtEndPr>
       <w:sdtContent>
         <w:r w:rsidR="00A65FD4" w:rsidRPr="00EC0A68">
           <w:rPr>
             <w:sz w:val="16"/>
@@ -5719,51 +5616,51 @@
         <w:noProof/>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
       <w:t>4</w:t>
     </w:r>
     <w:r w:rsidR="00111CB2">
       <w:rPr>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
     <w:r w:rsidR="00111CB2">
       <w:rPr>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
       <w:t>)</w:t>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footer3.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="1FE2B822" w14:textId="113FF3D3" w:rsidR="00660269" w:rsidRDefault="009228AB" w:rsidP="00FB2F0F">
     <w:pPr>
       <w:pStyle w:val="Sidfot"/>
       <w:ind w:left="6237" w:hanging="141"/>
       <w:jc w:val="left"/>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:noProof/>
       </w:rPr>
       <w:drawing>
         <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658240" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="1FE2B825" wp14:editId="25147E04">
           <wp:simplePos x="0" y="0"/>
           <wp:positionH relativeFrom="column">
             <wp:posOffset>4388307</wp:posOffset>
           </wp:positionH>
           <wp:positionV relativeFrom="paragraph">
             <wp:posOffset>-27355</wp:posOffset>
           </wp:positionV>
           <wp:extent cx="1897920" cy="384860"/>
           <wp:effectExtent l="0" t="0" r="7620" b="0"/>
           <wp:wrapNone/>
           <wp:docPr id="12" name="Bildobjekt 12">
             <a:extLst xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:ext uri="{C183D7F6-B498-43B3-948B-1728B52AA6E4}">
@@ -5797,83 +5694,83 @@
                   <a:xfrm>
                     <a:off x="0" y="0"/>
                     <a:ext cx="1953671" cy="396165"/>
                   </a:xfrm>
                   <a:prstGeom prst="rect">
                     <a:avLst/>
                   </a:prstGeom>
                 </pic:spPr>
               </pic:pic>
             </a:graphicData>
           </a:graphic>
           <wp14:sizeRelH relativeFrom="margin">
             <wp14:pctWidth>0</wp14:pctWidth>
           </wp14:sizeRelH>
           <wp14:sizeRelV relativeFrom="margin">
             <wp14:pctHeight>0</wp14:pctHeight>
           </wp14:sizeRelV>
         </wp:anchor>
       </w:drawing>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
     <w:p w14:paraId="69EFB753" w14:textId="77777777" w:rsidR="005150B1" w:rsidRDefault="005150B1"/>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w14:paraId="670B191B" w14:textId="77777777" w:rsidR="005150B1" w:rsidRDefault="005150B1">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationNotice" w:id="1">
     <w:p w14:paraId="32A361C7" w14:textId="77777777" w:rsidR="005150B1" w:rsidRDefault="005150B1">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="34DA8191" w14:textId="4AE87D9C" w:rsidR="00402028" w:rsidRDefault="00402028">
     <w:pPr>
       <w:pStyle w:val="Sidhuvud"/>
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/header2.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="68F18EE5" w14:textId="5427A037" w:rsidR="00294791" w:rsidRPr="00DA65C4" w:rsidRDefault="00DA65C4" w:rsidP="00DA65C4">
     <w:pPr>
       <w:pStyle w:val="Sidhuvud"/>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:noProof/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
       <mc:AlternateContent>
         <mc:Choice Requires="wps">
           <w:drawing>
             <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658243" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="264BC60A" wp14:editId="43F94021">
               <wp:simplePos x="0" y="0"/>
               <wp:positionH relativeFrom="column">
                 <wp:posOffset>0</wp:posOffset>
               </wp:positionH>
               <wp:positionV relativeFrom="paragraph">
                 <wp:posOffset>-635</wp:posOffset>
               </wp:positionV>
               <wp:extent cx="4667250" cy="323850"/>
               <wp:effectExtent l="0" t="0" r="0" b="0"/>
               <wp:wrapNone/>
               <wp:docPr id="10" name="Textruta 10"/>
@@ -5951,51 +5848,51 @@
                         <w:sz w:val="20"/>
                         <w:szCs w:val="20"/>
                       </w:rPr>
                       <w:t>OBS! Utskriven version kan vara ogiltig. Verifiera innehållet</w:t>
                     </w:r>
                     <w:r w:rsidR="00367D19">
                       <w:rPr>
                         <w:sz w:val="20"/>
                         <w:szCs w:val="20"/>
                       </w:rPr>
                       <w:t>.</w:t>
                     </w:r>
                   </w:p>
                 </w:txbxContent>
               </v:textbox>
             </v:shape>
           </w:pict>
         </mc:Fallback>
       </mc:AlternateContent>
     </w:r>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/header3.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="058CDD4D" w14:textId="5F7B1BDA" w:rsidR="008A4EB9" w:rsidRDefault="00003EB5" w:rsidP="00413A60">
     <w:pPr>
       <w:pStyle w:val="Sidhuvud"/>
       <w:ind w:left="0" w:right="567"/>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:noProof/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
       <mc:AlternateContent>
         <mc:Choice Requires="wps">
           <w:drawing>
             <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658242" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="5B7982AB" wp14:editId="1B043A96">
               <wp:simplePos x="0" y="0"/>
               <wp:positionH relativeFrom="column">
                 <wp:posOffset>-168910</wp:posOffset>
               </wp:positionH>
               <wp:positionV relativeFrom="paragraph">
                 <wp:posOffset>-84786</wp:posOffset>
               </wp:positionV>
               <wp:extent cx="4669155" cy="269875"/>
               <wp:effectExtent l="0" t="0" r="0" b="0"/>
               <wp:wrapTopAndBottom/>
@@ -6037,51 +5934,51 @@
                               <w:szCs w:val="20"/>
                             </w:rPr>
                             <w:t>.</w:t>
                           </w:r>
                         </w:p>
                       </w:txbxContent>
                     </wps:txbx>
                     <wps:bodyPr rot="0" spcFirstLastPara="0" vertOverflow="overflow" horzOverflow="overflow" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" numCol="1" spcCol="0" rtlCol="0" fromWordArt="0" anchor="t" anchorCtr="0" forceAA="0" compatLnSpc="1">
                       <a:prstTxWarp prst="textNoShape">
                         <a:avLst/>
                       </a:prstTxWarp>
                       <a:noAutofit/>
                     </wps:bodyPr>
                   </wps:wsp>
                 </a:graphicData>
               </a:graphic>
               <wp14:sizeRelH relativeFrom="margin">
                 <wp14:pctWidth>0</wp14:pctWidth>
               </wp14:sizeRelH>
               <wp14:sizeRelV relativeFrom="margin">
                 <wp14:pctHeight>0</wp14:pctHeight>
               </wp14:sizeRelV>
             </wp:anchor>
           </w:drawing>
         </mc:Choice>
-        <mc:Fallback xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
+        <mc:Fallback xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
           <w:pict>
             <v:shapetype id="_x0000_t202" coordsize="21600,21600" o:spt="202" path="m,l,21600r21600,l21600,xe" w14:anchorId="5B7982AB">
               <v:stroke joinstyle="miter"/>
               <v:path gradientshapeok="t" o:connecttype="rect"/>
             </v:shapetype>
             <v:shape id="Textruta 6" style="position:absolute;margin-left:-13.3pt;margin-top:-6.7pt;width:367.65pt;height:21.25pt;z-index:251658242;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:margin;mso-height-relative:margin;v-text-anchor:top" o:spid="_x0000_s1027" filled="f" stroked="f" strokeweight=".5pt" type="#_x0000_t202" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQCnhodZGgIAADMEAAAOAAAAZHJzL2Uyb0RvYy54bWysU01vGjEQvVfKf7B8DwsUSFixRDQRVSWU&#10;RCJRzsZrsyvZHtc27NJf37GXL6U9Vb14Zzyz8/He8+yh1YrshfM1mIIOen1KhOFQ1mZb0Pe35e09&#10;JT4wUzIFRhT0IDx9mN98mTU2F0OoQJXCESxifN7YglYh2DzLPK+EZr4HVhgMSnCaBXTdNisda7C6&#10;Vtmw359kDbjSOuDCe7x96oJ0nupLKXh4kdKLQFRBcbaQTpfOTTyz+YzlW8dsVfPjGOwfptCsNtj0&#10;XOqJBUZ2rv6jlK65Aw8y9DjoDKSsuUg74DaD/qdt1hWzIu2C4Hh7hsn/v7L8eb+2r46E9hu0SGAE&#10;pLE+93gZ92ml0/GLkxKMI4SHM2yiDYTj5WgymQ7GY0o4xoaT6f3dOJbJLn9b58N3AZpEo6AOaUlo&#10;sf3Khy71lBKbGVjWSiVqlCFNQSdfx/30wzmCxZXBHpdZoxXaTUvq8mqPDZQHXM9Bx7y3fFnjDCvm&#10;wytzSDVuhPINL3hIBdgLjhYlFbhff7uP+cgARilpUDoF9T93zAlK1A+D3EwHo1HUWnJG47shOu46&#10;srmOmJ1+BFTnAB+K5cmM+UGdTOlAf6DKF7Erhpjh2Lug4WQ+hk7Q+Eq4WCxSEqrLsrAya8tj6Yhq&#10;RPit/WDOHmkISOAznETG8k9sdLkdH4tdAFknqiLOHapH+FGZiezjK4rSv/ZT1uWtz38DAAD//wMA&#10;UEsDBBQABgAIAAAAIQAN7HBz4wAAAAoBAAAPAAAAZHJzL2Rvd25yZXYueG1sTI/BTsMwDIbvSLxD&#10;ZCRuW9oCXdc1naZKExJih41duKVN1lYkTmmyrfD0mBPcbPnT7+8v1pM17KJH3zsUEM8jYBobp3ps&#10;BRzftrMMmA8SlTQOtYAv7WFd3t4UMlfuint9OYSWUQj6XAroQhhyzn3TaSv93A0a6XZyo5WB1rHl&#10;apRXCreGJ1GUcit7pA+dHHTV6ebjcLYCXqrtTu7rxGbfpnp+PW2Gz+P7kxD3d9NmBSzoKfzB8KtP&#10;6lCSU+3OqDwzAmZJmhJKQ/zwCIyIRZQtgNUCkmUMvCz4/wrlDwAAAP//AwBQSwECLQAUAAYACAAA&#10;ACEAtoM4kv4AAADhAQAAEwAAAAAAAAAAAAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQIt&#10;ABQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAAAAAAAAAAAAAAC8BAABfcmVscy8ucmVsc1BLAQIt&#10;ABQABgAIAAAAIQCnhodZGgIAADMEAAAOAAAAAAAAAAAAAAAAAC4CAABkcnMvZTJvRG9jLnhtbFBL&#10;AQItABQABgAIAAAAIQAN7HBz4wAAAAoBAAAPAAAAAAAAAAAAAAAAAHQEAABkcnMvZG93bnJldi54&#10;bWxQSwUGAAAAAAQABADzAAAAhAUAAAAA&#10;">
               <v:textbox>
                 <w:txbxContent>
                   <w:p w:rsidR="00413A60" w:rsidRDefault="00413A60" w14:paraId="72D45401" w14:textId="0A2CCBAA">
                     <w:pPr>
                       <w:ind w:left="0"/>
                     </w:pPr>
                     <w:r w:rsidRPr="00762EE0">
                       <w:rPr>
                         <w:sz w:val="20"/>
                         <w:szCs w:val="20"/>
                       </w:rPr>
                       <w:t>OBS! Utskriven version kan vara ogiltig. Verifiera innehållet</w:t>
                     </w:r>
                     <w:r w:rsidR="00367D19">
                       <w:rPr>
                         <w:sz w:val="20"/>
                         <w:szCs w:val="20"/>
                       </w:rPr>
                       <w:t>.</w:t>
@@ -6158,51 +6055,51 @@
                   <a:prstGeom prst="rect">
                     <a:avLst/>
                   </a:prstGeom>
                   <a:noFill/>
                   <a:ln>
                     <a:noFill/>
                   </a:ln>
                 </pic:spPr>
               </pic:pic>
             </a:graphicData>
           </a:graphic>
           <wp14:sizeRelH relativeFrom="margin">
             <wp14:pctWidth>0</wp14:pctWidth>
           </wp14:sizeRelH>
           <wp14:sizeRelV relativeFrom="margin">
             <wp14:pctHeight>0</wp14:pctHeight>
           </wp14:sizeRelV>
         </wp:anchor>
       </w:drawing>
     </w:r>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="FFFFFF83"/>
     <w:multiLevelType w:val="singleLevel"/>
     <w:tmpl w:val="6876E84C"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:pStyle w:val="Punktlista2"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1709" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="1" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="FFFFFF88"/>
     <w:multiLevelType w:val="singleLevel"/>
     <w:tmpl w:val="4148F206"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
@@ -8790,52 +8687,52 @@
     <w:abstractNumId w:val="23"/>
   </w:num>
   <w:num w:numId="21" w16cid:durableId="387190644">
     <w:abstractNumId w:val="24"/>
   </w:num>
   <w:num w:numId="22" w16cid:durableId="18750471">
     <w:abstractNumId w:val="20"/>
   </w:num>
   <w:num w:numId="23" w16cid:durableId="1776973291">
     <w:abstractNumId w:val="18"/>
   </w:num>
   <w:num w:numId="24" w16cid:durableId="402218368">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="25" w16cid:durableId="1251742398">
     <w:abstractNumId w:val="25"/>
   </w:num>
   <w:num w:numId="26" w16cid:durableId="1489206274">
     <w:abstractNumId w:val="7"/>
   </w:num>
   <w:numIdMacAtCleanup w:val="8"/>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
-  <w:zoom w:percent="100"/>
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
+  <w:zoom w:percent="110"/>
   <w:removePersonalInformation/>
   <w:removeDateAndTime/>
   <w:embedSystemFonts/>
   <w:stylePaneFormatFilter w:val="D804" w:allStyles="0" w:customStyles="0" w:latentStyles="1" w:stylesInUse="0" w:headingStyles="0" w:numberingStyles="0" w:tableStyles="0" w:directFormattingOnRuns="0" w:directFormattingOnParagraphs="0" w:directFormattingOnNumbering="0" w:directFormattingOnTables="1" w:clearFormatting="1" w:top3HeadingStyles="0" w:visibleStyles="1" w:alternateStyleNames="1"/>
   <w:documentProtection w:formatting="1" w:enforcement="0"/>
   <w:styleLockTheme/>
   <w:styleLockQFSet/>
   <w:defaultTabStop w:val="1304"/>
   <w:hyphenationZone w:val="425"/>
   <w:displayHorizontalDrawingGridEvery w:val="0"/>
   <w:displayVerticalDrawingGridEvery w:val="0"/>
   <w:doNotUseMarginsForDrawingGridOrigin/>
   <w:noPunctuationKerning/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050" strokecolor="#4a773c">
       <v:stroke color="#4a773c" weight="1pt"/>
       <v:shadow opacity="24903f" origin=",.5" offset="0,.55556mm"/>
       <o:colormru v:ext="edit" colors="#4a773c"/>
     </o:shapedefaults>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
     <w:footnote w:id="1"/>
@@ -9324,50 +9221,51 @@
     <w:rsid w:val="005150B1"/>
     <w:rsid w:val="005161FF"/>
     <w:rsid w:val="00516511"/>
     <w:rsid w:val="00520247"/>
     <w:rsid w:val="0052030B"/>
     <w:rsid w:val="00524A18"/>
     <w:rsid w:val="00525071"/>
     <w:rsid w:val="00530C96"/>
     <w:rsid w:val="00530D33"/>
     <w:rsid w:val="00531E60"/>
     <w:rsid w:val="00531EC5"/>
     <w:rsid w:val="00532B2F"/>
     <w:rsid w:val="00536AEF"/>
     <w:rsid w:val="00536EE2"/>
     <w:rsid w:val="00540BDB"/>
     <w:rsid w:val="00540D06"/>
     <w:rsid w:val="00541D07"/>
     <w:rsid w:val="00542819"/>
     <w:rsid w:val="00544BAB"/>
     <w:rsid w:val="00545F31"/>
     <w:rsid w:val="005560F6"/>
     <w:rsid w:val="005578FA"/>
     <w:rsid w:val="00557D6A"/>
     <w:rsid w:val="0055D6BC"/>
     <w:rsid w:val="0056202C"/>
+    <w:rsid w:val="00563E8B"/>
     <w:rsid w:val="00564D78"/>
     <w:rsid w:val="00565129"/>
     <w:rsid w:val="00565C03"/>
     <w:rsid w:val="00565CD0"/>
     <w:rsid w:val="00567820"/>
     <w:rsid w:val="0057277B"/>
     <w:rsid w:val="00573BD4"/>
     <w:rsid w:val="005770AD"/>
     <w:rsid w:val="0057722E"/>
     <w:rsid w:val="00577F70"/>
     <w:rsid w:val="0058026D"/>
     <w:rsid w:val="005807A0"/>
     <w:rsid w:val="00581414"/>
     <w:rsid w:val="00581C32"/>
     <w:rsid w:val="00582490"/>
     <w:rsid w:val="00582D3B"/>
     <w:rsid w:val="00584E19"/>
     <w:rsid w:val="00585022"/>
     <w:rsid w:val="005853C7"/>
     <w:rsid w:val="0058734C"/>
     <w:rsid w:val="005876DD"/>
     <w:rsid w:val="00592239"/>
     <w:rsid w:val="005931DF"/>
     <w:rsid w:val="005936D0"/>
     <w:rsid w:val="0059488F"/>
@@ -9806,98 +9704,100 @@
     <w:rsid w:val="00A26098"/>
     <w:rsid w:val="00A264BE"/>
     <w:rsid w:val="00A272CA"/>
     <w:rsid w:val="00A27916"/>
     <w:rsid w:val="00A30520"/>
     <w:rsid w:val="00A33051"/>
     <w:rsid w:val="00A35B94"/>
     <w:rsid w:val="00A407AD"/>
     <w:rsid w:val="00A40923"/>
     <w:rsid w:val="00A41C05"/>
     <w:rsid w:val="00A42426"/>
     <w:rsid w:val="00A42F7D"/>
     <w:rsid w:val="00A42FF0"/>
     <w:rsid w:val="00A50A92"/>
     <w:rsid w:val="00A514B7"/>
     <w:rsid w:val="00A51C90"/>
     <w:rsid w:val="00A54A0B"/>
     <w:rsid w:val="00A54C81"/>
     <w:rsid w:val="00A61934"/>
     <w:rsid w:val="00A65FD4"/>
     <w:rsid w:val="00A6759F"/>
     <w:rsid w:val="00A71C88"/>
     <w:rsid w:val="00A75648"/>
     <w:rsid w:val="00A77785"/>
     <w:rsid w:val="00A77AD2"/>
+    <w:rsid w:val="00A8103F"/>
     <w:rsid w:val="00A81198"/>
     <w:rsid w:val="00A81E48"/>
     <w:rsid w:val="00A82035"/>
     <w:rsid w:val="00A82EC6"/>
     <w:rsid w:val="00A83CB1"/>
     <w:rsid w:val="00A866AF"/>
     <w:rsid w:val="00A868DB"/>
     <w:rsid w:val="00A90D77"/>
     <w:rsid w:val="00A92E07"/>
     <w:rsid w:val="00A94EBB"/>
     <w:rsid w:val="00A96FCA"/>
     <w:rsid w:val="00A970DD"/>
     <w:rsid w:val="00A97D7E"/>
     <w:rsid w:val="00AA0B3A"/>
     <w:rsid w:val="00AA0F7E"/>
     <w:rsid w:val="00AA1F38"/>
     <w:rsid w:val="00AA40D2"/>
     <w:rsid w:val="00AA6EB4"/>
     <w:rsid w:val="00AA767D"/>
     <w:rsid w:val="00AB0C78"/>
     <w:rsid w:val="00AB0CC9"/>
     <w:rsid w:val="00AB1FFA"/>
     <w:rsid w:val="00AB3841"/>
     <w:rsid w:val="00AB3B58"/>
     <w:rsid w:val="00AB545E"/>
     <w:rsid w:val="00AB6527"/>
     <w:rsid w:val="00AB69D3"/>
     <w:rsid w:val="00AB6DDC"/>
     <w:rsid w:val="00AC2144"/>
     <w:rsid w:val="00AC3FF6"/>
     <w:rsid w:val="00AC4FEA"/>
     <w:rsid w:val="00AC500F"/>
     <w:rsid w:val="00AD012B"/>
     <w:rsid w:val="00AD1B5D"/>
     <w:rsid w:val="00AD28DE"/>
     <w:rsid w:val="00AD4318"/>
     <w:rsid w:val="00AD57D3"/>
     <w:rsid w:val="00AD73EC"/>
     <w:rsid w:val="00AD7AD5"/>
     <w:rsid w:val="00AE27DB"/>
     <w:rsid w:val="00AE4B75"/>
     <w:rsid w:val="00AE5BC7"/>
     <w:rsid w:val="00AE6052"/>
     <w:rsid w:val="00AE669A"/>
     <w:rsid w:val="00AE74ED"/>
     <w:rsid w:val="00AF337C"/>
     <w:rsid w:val="00AF5AAF"/>
     <w:rsid w:val="00AF683F"/>
+    <w:rsid w:val="00AF6BEB"/>
     <w:rsid w:val="00B001EC"/>
     <w:rsid w:val="00B00249"/>
     <w:rsid w:val="00B020B8"/>
     <w:rsid w:val="00B021DF"/>
     <w:rsid w:val="00B02DBA"/>
     <w:rsid w:val="00B046D8"/>
     <w:rsid w:val="00B05C1F"/>
     <w:rsid w:val="00B130AE"/>
     <w:rsid w:val="00B13D65"/>
     <w:rsid w:val="00B13F4C"/>
     <w:rsid w:val="00B14205"/>
     <w:rsid w:val="00B1435A"/>
     <w:rsid w:val="00B151C2"/>
     <w:rsid w:val="00B16219"/>
     <w:rsid w:val="00B16AB7"/>
     <w:rsid w:val="00B16C59"/>
     <w:rsid w:val="00B174F4"/>
     <w:rsid w:val="00B23A0E"/>
     <w:rsid w:val="00B272B4"/>
     <w:rsid w:val="00B2759E"/>
     <w:rsid w:val="00B33FDD"/>
     <w:rsid w:val="00B359CC"/>
     <w:rsid w:val="00B36107"/>
     <w:rsid w:val="00B405A1"/>
     <w:rsid w:val="00B40DFF"/>
@@ -11479,51 +11379,51 @@
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="sv-SE" w:eastAsia="ja-JP" w:bidi="ar-SA"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:doNotIncludeSubdocsInStats/>
   <w:doNotAutoCompressPictures/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050" strokecolor="#4a773c">
       <v:stroke color="#4a773c" weight="1pt"/>
       <v:shadow opacity="24903f" origin=",.5" offset="0,.55556mm"/>
       <o:colormru v:ext="edit" colors="#4a773c"/>
     </o:shapedefaults>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="2"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:doNotEmbedSmartTags/>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
   <w14:docId w14:val="1FE2B7EB"/>
   <w14:defaultImageDpi w14:val="330"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         <w:lang w:val="sv-SE" w:eastAsia="sv-SE" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault/>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="3" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="3" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:locked="1" w:semiHidden="1" w:uiPriority="3" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="index 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
@@ -14177,51 +14077,51 @@
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Calibri" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Calibri" w:cstheme="minorBidi"/>
       <w:b/>
       <w:color w:val="000000" w:themeColor="text1"/>
       <w:szCs w:val="22"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="UnderrubrikChar">
     <w:name w:val="Underrubrik Char"/>
     <w:basedOn w:val="Standardstycketeckensnitt"/>
     <w:link w:val="Underrubrik"/>
     <w:rsid w:val="00E63892"/>
     <w:rPr>
       <w:rFonts w:ascii="Calibri" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Calibri" w:cstheme="minorBidi"/>
       <w:b/>
       <w:color w:val="000000" w:themeColor="text1"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="22"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:divs>
     <w:div w:id="198055238">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="218060363">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
@@ -14263,51 +14163,51 @@
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="1823425837">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
   </w:divs>
   <w:relyOnVML/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
-<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml" Id="rId8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mellanarkiv-offentlig.vgregion.se/alfresco/s/archive/stream/public/v1/source/available/SOFIA/SAS9614-1097948292-80/SURROGATE/Hj%c3%a4rnv%c3%a4gen%20-%20snabbsp%c3%a5r%20till%20strokeenhet%20f%c3%b6r%20patienter%20med%20misst%c3%a4nkt%20stroke.pdf" TargetMode="External" Id="rId13" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mellanarkiv-offentlig.vgregion.se/alfresco/s/archive/stream/public/v1/source/available/sofia/sas9642-738863596-665/surrogate/Sk%c3%b6ra%20%c3%84ldre%20och%20Clinical%20Frailty%20Scale%20(CFS)%2c%20S%c3%84S.pdf" TargetMode="External" Id="rId18" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mellanarkiv-offentlig.vgregion.se/alfresco/s/archive/stream/public/v1/source/available/sofia/sas9642-738863596-548/surrogate/N%c3%a4ra%20%c3%84ldrev%c3%a5rdsavdelning%20-%20v%c3%a5rduppdrag%2c%20inskrivningskriterier%20och%20rondrutiner%2c%20S%c3%84S.pdf" TargetMode="External" Id="rId26" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml" Id="rId39" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://wp.lof.se/wp-content/uploads/SBAR-arbetsblad-akut-och-icke-akut.pdf" TargetMode="External" Id="rId21" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://wp.lof.se/wp-content/uploads/SBAR-arbetsblad-akut-och-icke-akut.pdf" TargetMode="External" Id="rId34" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml" Id="rId42" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml" Id="rId7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mellanarkiv-offentlig.vgregion.se/alfresco/s/archive/stream/public/v1/source/available/sofia/sas9642-738863596-548/surrogate/N%c3%a4ra%20%c3%84ldrev%c3%a5rdsavdelning%20-%20v%c3%a5rduppdrag%2c%20inskrivningskriterier%20och%20rondrutiner%2c%20S%c3%84S.pdf" TargetMode="External" Id="rId12" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mellanarkiv-offentlig.vgregion.se/alfresco/s/archive/stream/public/v1/source/available/sofia/sas9642-738863596-138/surrogate/Patient%20klar%20f%c3%b6r%20v%c3%a5rdavdelning%20fr%c3%a5n%20akutmottagningen.pdf" TargetMode="External" Id="rId17" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mellanarkiv-offentlig.vgregion.se/alfresco/s/archive/stream/public/v1/source/available/sofia/sas9642-738863596-373/surrogate/V%c3%a5rdplatssamordnares%20(VPSO)%20uppdrag%20och%20mandat%20vid%20S%c3%84S.pdf" TargetMode="External" Id="rId25" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.vardhandboken.se/vard-och-behandling/akut-bedomning-och-skattning/bedomning-enligt-news/bedomningsskala/" TargetMode="External" Id="rId33" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png" Id="rId38" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml" Id="rId46" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mellanarkiv-offentlig.vgregion.se/alfresco/s/archive/stream/public/v1/source/available/sofia/sas9642-738863596-371/surrogate/V%c3%a5rdhygienisk%20bed%c3%b6mning%20av%20riskfaktorer%20f%c3%b6r%20smittspridning%2c%20S%c3%84S.pdf" TargetMode="External" Id="rId16" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mellanarkiv-offentlig.vgregion.se/alfresco/s/archive/stream/public/v1/source/available/sofia/sas9642-738863596-327/surrogate/SBAR%20vid%20S%c3%84S.pdf" TargetMode="External" Id="rId20" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mellanarkiv-offentlig.vgregion.se/alfresco/s/archive/stream/public/v1/source/available/sofia/sas9642-738863596-371/surrogate/V%c3%a5rdhygienisk%20bed%c3%b6mning%20av%20riskfaktorer%20f%c3%b6r%20smittspridning%2c%20S%c3%84S.pdf" TargetMode="External" Id="rId29" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml" Id="rId41" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml" Id="rId6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml" Id="rId11" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://wp.lof.se/wp-content/uploads/SBAR-arbetsblad-akut-och-icke-akut.pdf" TargetMode="External" Id="rId24" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mellanarkiv-offentlig.vgregion.se/alfresco/s/archive/stream/public/v1/source/available/sofia/sas9642-738863596-665/surrogate/Sk%c3%b6ra%20%c3%84ldre%20och%20Clinical%20Frailty%20Scale%20(CFS)%2c%20S%c3%84S.pdf" TargetMode="External" Id="rId32" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mellanarkiv-offentlig.vgregion.se/alfresco/s/archive/stream/public/v1/source/available/sofia/sas9642-738863596-373/surrogate/V%c3%a5rdplatssamordnares%20(VPSO)%20uppdrag%20och%20mandat%20vid%20S%c3%84S.pdf" TargetMode="External" Id="rId37" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml" Id="rId40" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml" Id="rId45" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insidan.vgregion.se/forvaltningar/sodra-alvsborgs-sjukhus/kontakt-och-organisation/konsulter/direktinskrivning-kontakt-somatisk-vard/" TargetMode="External" Id="rId15" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mellanarkiv-offentlig.vgregion.se/alfresco/s/archive/stream/public/v1/source/available/SOFIA/SAS9642-738863596-362/SURROGATE/Varningar%20och%20begr%c3%a4nsning%20av%20v%c3%a5rdinsats%20i%20Melior.pdf" TargetMode="External" Id="rId23" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mellanarkiv-offentlig.vgregion.se/alfresco/s/archive/stream/public/v1/source/available/sofia/sas9642-738863596-327/surrogate/SBAR%20vid%20S%c3%84S.pdf" TargetMode="External" Id="rId28" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mellanarkiv-offentlig.vgregion.se/alfresco/s/archive/stream/public/v1/source/available/sofia/sas9642-738863596-362/surrogate/Varningar%20och%20begr%c3%a4nsning%20av%20v%c3%a5rdinsats%20i%20Melior.pdf" TargetMode="External" Id="rId36" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml" Id="rId10" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mellanarkiv-offentlig.vgregion.se/alfresco/s/archive/stream/public/v1/source/available/sofia/sas9642-738863596-575/surrogate/NEWS2%20f%c3%b6r%20vuxna%20patienter%20p%c3%a5%20S%c3%84S%20.pdf" TargetMode="External" Id="rId19" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mellanarkiv-offentlig.vgregion.se/alfresco/s/archive/stream/public/v1/source/available/sofia/sas9642-738863596-138/surrogate/Patient%20klar%20f%c3%b6r%20v%c3%a5rdavdelning%20fr%c3%a5n%20akutmottagningen.pdf" TargetMode="External" Id="rId31" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer3.xml" Id="rId44" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml" Id="rId9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mellanarkiv-offentlig.vgregion.se/alfresco/s/archive/stream/public/v1/source/available/sofia/sas9642-738863596-327/surrogate/SBAR%20vid%20S%c3%84S.pdf" TargetMode="External" Id="rId14" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mellanarkiv-offentlig.vgregion.se/alfresco/s/archive/stream/public/v1/source/available/SOFIA/SAS9642-738863596-370/SURROGATE/V%c3%a5rdansvar%20och%20%c3%b6verflyttning%20av%20patient%20mellan%20sjukhus%2c%20S%c3%84S.pdf" TargetMode="External" Id="rId22" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mellanarkiv-offentlig.vgregion.se/alfresco/s/archive/stream/public/v1/source/available/sofia/sas9614-1097948292-80/surrogate/Hj%c3%a4rnv%c3%a4gen.pdf" TargetMode="External" Id="rId27" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mellanarkiv-offentlig.vgregion.se/alfresco/s/archive/stream/public/v1/source/available/sofia/sas9642-738863596-138/surrogate/Patient%20klar%20f%c3%b6r%20v%c3%a5rdavdelning%20fr%c3%a5n%20akutmottagningen.pdf" TargetMode="External" Id="rId30" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mellanarkiv-offentlig.vgregion.se/alfresco/s/archive/stream/public/v1/source/available/sofia/sas9642-738863596-370/surrogate/V%c3%a5rdansvar%20och%20%c3%b6verflyttning%20av%20patient%20mellan%20sjukhus%2c%20S%c3%84S.pdf" TargetMode="External" Id="rId35" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header3.xml" Id="rId43" /></Relationships>
+<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mellanarkiv-offentlig.vgregion.se/alfresco/s/archive/stream/public/v1/source/available/sofia/sas9642-738863596-327/surrogate/SBAR%20vid%20S%c3%84S.pdf" TargetMode="External" Id="rId13" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mellanarkiv-offentlig.vgregion.se/alfresco/s/archive/stream/public/v1/source/available/sofia/sas9642-738863596-575/surrogate/NEWS2%20f%c3%b6r%20vuxna%20patienter%20p%c3%a5%20S%c3%84S%20.pdf" TargetMode="External" Id="rId18" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mellanarkiv-offentlig.vgregion.se/alfresco/s/archive/stream/public/v1/source/available/sofia/sas9614-1097948292-80/surrogate/Hj%c3%a4rnv%c3%a4gen.pdf" TargetMode="External" Id="rId26" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml" Id="rId39" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mellanarkiv-offentlig.vgregion.se/alfresco/s/archive/stream/public/v1/source/available/SOFIA/SAS9642-738863596-370/SURROGATE/V%c3%a5rdansvar%20och%20%c3%b6verflyttning%20av%20patient%20mellan%20sjukhus%2c%20S%c3%84S.pdf" TargetMode="External" Id="rId21" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mellanarkiv-offentlig.vgregion.se/alfresco/s/archive/stream/public/v1/source/available/sofia/sas9642-738863596-370/surrogate/V%c3%a5rdansvar%20och%20%c3%b6verflyttning%20av%20patient%20mellan%20sjukhus%2c%20S%c3%84S.pdf" TargetMode="External" Id="rId34" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header3.xml" Id="rId42" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml" Id="rId7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mellanarkiv-offentlig.vgregion.se/alfresco/s/archive/stream/public/v1/source/available/sofia/sas9642-738863596-138/surrogate/Patient%20klar%20f%c3%b6r%20v%c3%a5rdavdelning%20fr%c3%a5n%20akutmottagningen.pdf" TargetMode="External" Id="rId16" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mellanarkiv-offentlig.vgregion.se/alfresco/s/archive/stream/public/v1/source/available/sofia/sas9642-738863596-138/surrogate/Patient%20klar%20f%c3%b6r%20v%c3%a5rdavdelning%20fr%c3%a5n%20akutmottagningen.pdf" TargetMode="External" Id="rId29" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml" Id="rId6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml" Id="rId11" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mellanarkiv-offentlig.vgregion.se/alfresco/s/archive/stream/public/v1/source/available/sofia/sas9642-738863596-373/surrogate/V%c3%a5rdplatssamordnares%20(VPSO)%20uppdrag%20och%20mandat%20vid%20S%c3%84S.pdf" TargetMode="External" Id="rId24" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.vardhandboken.se/vard-och-behandling/akut-bedomning-och-skattning/bedomning-enligt-news/bedomningsskala/" TargetMode="External" Id="rId32" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png" Id="rId37" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml" Id="rId40" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml" Id="rId45" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mellanarkiv-offentlig.vgregion.se/alfresco/s/archive/stream/public/v1/source/available/sofia/sas9642-738863596-371/surrogate/V%c3%a5rdhygienisk%20bed%c3%b6mning%20av%20riskfaktorer%20f%c3%b6r%20smittspridning%2c%20S%c3%84S.pdf" TargetMode="External" Id="rId15" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://wp.lof.se/wp-content/uploads/SBAR-arbetsblad-akut-och-icke-akut.pdf" TargetMode="External" Id="rId23" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mellanarkiv-offentlig.vgregion.se/alfresco/s/archive/stream/public/v1/source/available/sofia/sas9642-738863596-371/surrogate/V%c3%a5rdhygienisk%20bed%c3%b6mning%20av%20riskfaktorer%20f%c3%b6r%20smittspridning%2c%20S%c3%84S.pdf" TargetMode="External" Id="rId28" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mellanarkiv-offentlig.vgregion.se/alfresco/s/archive/stream/public/v1/source/available/sofia/sas9642-738863596-373/surrogate/V%c3%a5rdplatssamordnares%20(VPSO)%20uppdrag%20och%20mandat%20vid%20S%c3%84S.pdf" TargetMode="External" Id="rId36" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml" Id="rId10" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mellanarkiv-offentlig.vgregion.se/alfresco/s/archive/stream/public/v1/source/available/sofia/sas9642-738863596-327/surrogate/SBAR%20vid%20S%c3%84S.pdf" TargetMode="External" Id="rId19" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mellanarkiv-offentlig.vgregion.se/alfresco/s/archive/stream/public/v1/source/available/sofia/sas9642-738863596-665/surrogate/Sk%c3%b6ra%20%c3%84ldre%20och%20Clinical%20Frailty%20Scale%20(CFS)%2c%20S%c3%84S.pdf" TargetMode="External" Id="rId31" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml" Id="rId44" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml" Id="rId9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insidan.vgregion.se/forvaltningar/sodra-alvsborgs-sjukhus/kontakt-och-organisation/konsulter/direktinskrivning-kontakt-somatisk-vard/" TargetMode="External" Id="rId14" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mellanarkiv-offentlig.vgregion.se/alfresco/s/archive/stream/public/v1/source/available/SOFIA/SAS9642-738863596-362/SURROGATE/Varningar%20och%20begr%c3%a4nsning%20av%20v%c3%a5rdinsats%20i%20Melior.pdf" TargetMode="External" Id="rId22" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mellanarkiv-offentlig.vgregion.se/alfresco/s/archive/stream/public/v1/source/available/sofia/sas9642-738863596-327/surrogate/SBAR%20vid%20S%c3%84S.pdf" TargetMode="External" Id="rId27" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mellanarkiv-offentlig.vgregion.se/alfresco/s/archive/stream/public/v1/source/available/sofia/sas9642-738863596-138/surrogate/Patient%20klar%20f%c3%b6r%20v%c3%a5rdavdelning%20fr%c3%a5n%20akutmottagningen.pdf" TargetMode="External" Id="rId30" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mellanarkiv-offentlig.vgregion.se/alfresco/s/archive/stream/public/v1/source/available/sofia/sas9642-738863596-362/surrogate/Varningar%20och%20begr%c3%a4nsning%20av%20v%c3%a5rdinsats%20i%20Melior.pdf" TargetMode="External" Id="rId35" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer3.xml" Id="rId43" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml" Id="rId8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mellanarkiv-offentlig.vgregion.se/alfresco/s/archive/stream/public/v1/source/available/SOFIA/SAS9614-1097948292-80/SURROGATE/Hj%c3%a4rnv%c3%a4gen%20-%20snabbsp%c3%a5r%20till%20strokeenhet%20f%c3%b6r%20patienter%20med%20misst%c3%a4nkt%20stroke.pdf" TargetMode="External" Id="rId12" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mellanarkiv-offentlig.vgregion.se/alfresco/s/archive/stream/public/v1/source/available/sofia/sas9642-738863596-665/surrogate/Sk%c3%b6ra%20%c3%84ldre%20och%20Clinical%20Frailty%20Scale%20(CFS)%2c%20S%c3%84S.pdf" TargetMode="External" Id="rId17" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mellanarkiv-offentlig.vgregion.se/alfresco/s/archive/stream/public/v1/source/available/sofia/sas9642-738863596-548/surrogate/N%c3%a4ra%20%c3%84ldrev%c3%a5rdsavdelning%20-%20v%c3%a5rduppdrag%2c%20inskrivningskriterier%20och%20rondrutiner%2c%20S%c3%84S.pdf" TargetMode="External" Id="rId25" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://wp.lof.se/wp-content/uploads/SBAR-arbetsblad-akut-och-icke-akut.pdf" TargetMode="External" Id="rId33" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml" Id="rId38" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://wp.lof.se/wp-content/uploads/SBAR-arbetsblad-akut-och-icke-akut.pdf" TargetMode="External" Id="rId20" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml" Id="rId41" /></Relationships>
 </file>
 
 <file path=word/_rels/footer3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image3.wmf"/></Relationships>
 </file>
 
 <file path=word/_rels/header3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.png"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office-tema">
   <a:themeElements>
     <a:clrScheme name="VG">
       <a:dk1>
         <a:srgbClr val="000000"/>
       </a:dk1>
       <a:lt1>
         <a:srgbClr val="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="000000"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="808080"/>
@@ -14599,55 +14499,55 @@
       <a:style>
         <a:lnRef idx="2">
           <a:schemeClr val="accent1"/>
         </a:lnRef>
         <a:fillRef idx="0">
           <a:schemeClr val="accent1"/>
         </a:fillRef>
         <a:effectRef idx="1">
           <a:schemeClr val="accent1"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="tx1"/>
         </a:fontRef>
       </a:style>
     </a:lnDef>
   </a:objectDefaults>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>10</Pages>
-  <Words>1657</Words>
-  <Characters>19414</Characters>
+  <Words>1642</Words>
+  <Characters>18945</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>161</Lines>
-  <Paragraphs>42</Paragraphs>
+  <Lines>451</Lines>
+  <Paragraphs>254</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <Manager/>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>21029</CharactersWithSpaces>
+  <CharactersWithSpaces>20333</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <coreProperties xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns="http://schemas.openxmlformats.org/package/2006/metadata/core-properties">
   <dc:title>Direktinskrivning och Öppen retur till somatisk vårdavdelning SÄS</dc:title>
   <dc:subject/>
   <dc:creator/>
   <keywords/>
   <lastModifiedBy/>
   <revision>17</revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </coreProperties>
 </file>