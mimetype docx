--- v0 (2025-11-26)
+++ v1 (2026-03-12)
@@ -1,4227 +1,3023 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
-  <Default Extension="wmf" ContentType="image/x-wmf"/>
+  <Default Extension="svg" ContentType="image/svg+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
+  <Override PartName="/word/footer2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/header2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
-  <Override PartName="/word/footer2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
+  <Override PartName="/word/footer3.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml" Id="rId2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml" Id="rId1" /></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
-    <w:p w14:paraId="061914D4" w14:textId="12CF902D" w:rsidR="00184167" w:rsidRDefault="50AABF28" w:rsidP="00CF4BCF">
+    <w:p w14:paraId="061914D4" w14:textId="61A83292" w:rsidR="00184167" w:rsidRDefault="00A264BE" w:rsidP="009A32ED">
       <w:pPr>
         <w:pStyle w:val="Rubrik1"/>
-        <w:ind w:right="1558"/>
-      </w:pPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005A627D">
+        <w:t>R</w:t>
+      </w:r>
+      <w:r w:rsidR="00255DD2">
+        <w:t xml:space="preserve">eversering av </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00255DD2">
+        <w:t>antikoagulantia</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00255DD2">
+        <w:t xml:space="preserve"> vid akut stor blödning, SÄS</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005A627D">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
       <w:bookmarkStart w:id="0" w:name="_Toc321146591"/>
-      <w:r>
-        <w:t xml:space="preserve">Reversering av </w:t>
+    </w:p>
+    <w:p w14:paraId="11BC1DCA" w14:textId="77777777" w:rsidR="009A32ED" w:rsidRDefault="009A32ED" w:rsidP="009A32ED">
+      <w:pPr>
+        <w:pStyle w:val="Rubrik2"/>
+        <w:ind w:right="-143"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="1" w:name="_Toc100327184"/>
+      <w:bookmarkStart w:id="2" w:name="_Toc181866756"/>
+      <w:bookmarkEnd w:id="0"/>
+      <w:r w:rsidRPr="00000E57">
+        <w:t>Förändringar sedan föregående version</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="1"/>
+      <w:bookmarkEnd w:id="2"/>
+    </w:p>
+    <w:p w14:paraId="78CF957D" w14:textId="7358FE6A" w:rsidR="009A32ED" w:rsidRDefault="00955D34" w:rsidP="009A32ED">
+      <w:pPr>
+        <w:ind w:right="-143"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">Redaktionella förändringar under rubriken </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r>
+        <w:t>Waran</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> samt tillägg av bakgrund och syfte. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="69BCFD87" w14:textId="77777777" w:rsidR="009A32ED" w:rsidRDefault="009A32ED" w:rsidP="009A32ED">
+      <w:pPr>
+        <w:pStyle w:val="Rubrik2"/>
+        <w:ind w:right="-143"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="3" w:name="_Toc100327185"/>
+      <w:bookmarkStart w:id="4" w:name="_Toc181866757"/>
+      <w:bookmarkStart w:id="5" w:name="_Toc72840807"/>
+      <w:r>
+        <w:t>Sammanfattning</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="3"/>
+      <w:bookmarkEnd w:id="4"/>
+    </w:p>
+    <w:p w14:paraId="043B343A" w14:textId="12334134" w:rsidR="00255DD2" w:rsidRDefault="00255DD2" w:rsidP="00255DD2">
+      <w:pPr>
+        <w:ind w:right="-143"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">Vid akut stor blödning hos vuxna patienter med känt intag av nedanstående </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
         <w:t>antikoagulantia</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r>
-        <w:t xml:space="preserve"> vid akut</w:t>
-[...35 lines deleted...]
-      <w:r>
         <w:t xml:space="preserve"> ges följande antidoter.  För vidare handläggning vid akut, stor blödning, se riktlinje </w:t>
       </w:r>
-      <w:hyperlink r:id="rId12">
-        <w:r w:rsidRPr="3C695F17">
+      <w:hyperlink r:id="rId11" w:history="1">
+        <w:r w:rsidRPr="00255DD2">
           <w:rPr>
             <w:rStyle w:val="Hyperlnk"/>
           </w:rPr>
-          <w:t>Allvarlig blödning</w:t>
+          <w:t xml:space="preserve">Allvarlig </w:t>
         </w:r>
-      </w:hyperlink>
-[...17 lines deleted...]
-        <w:r w:rsidRPr="00E53EC3">
+        <w:proofErr w:type="gramStart"/>
+        <w:r w:rsidRPr="00255DD2">
           <w:rPr>
             <w:rStyle w:val="Hyperlnk"/>
           </w:rPr>
-          <w:t>se bilaga</w:t>
+          <w:t>blödning.[</w:t>
         </w:r>
+        <w:proofErr w:type="gramEnd"/>
       </w:hyperlink>
-      <w:r w:rsidRPr="00E53EC3">
-        <w:t>.</w:t>
+      <w:r>
+        <w:t xml:space="preserve">1] </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6A742307" w14:textId="77777777" w:rsidR="004B5C86" w:rsidRDefault="004B5C86" w:rsidP="004B5C86">
+    <w:p w14:paraId="1FC6584C" w14:textId="3CD2E586" w:rsidR="00B405A1" w:rsidRDefault="00255DD2" w:rsidP="00C52240">
+      <w:pPr>
+        <w:ind w:right="-143"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">För spädning och administrering av läkemedel, se bilaga. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="29B03EF5" w14:textId="77777777" w:rsidR="009A32ED" w:rsidRDefault="009A32ED" w:rsidP="009A32ED">
       <w:pPr>
         <w:pStyle w:val="Rubrik2"/>
-      </w:pPr>
-[...4 lines deleted...]
-      <w:bookmarkEnd w:id="2"/>
+        <w:ind w:right="-143"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="6" w:name="_Toc100327186"/>
+      <w:bookmarkStart w:id="7" w:name="_Toc181866759"/>
+      <w:bookmarkEnd w:id="5"/>
+      <w:r w:rsidRPr="00255DD2">
+        <w:rPr>
+          <w:highlight w:val="yellow"/>
+        </w:rPr>
+        <w:t>Bakgrund och syfte</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="6"/>
+      <w:bookmarkEnd w:id="7"/>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
     </w:p>
-    <w:p w14:paraId="0470B237" w14:textId="67240A92" w:rsidR="004B5C86" w:rsidRDefault="00EB7ABA" w:rsidP="004B5C86">
-[...1 lines deleted...]
-        <w:t xml:space="preserve">Förtydligat styrka för </w:t>
+    <w:p w14:paraId="696C096E" w14:textId="43316B02" w:rsidR="009A32ED" w:rsidRPr="00023FF4" w:rsidRDefault="005935FA" w:rsidP="009A32ED">
+      <w:pPr>
+        <w:ind w:right="-143"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">En stor andel av dagens befolkning står på blodförtunnande läkemedel. Vid akut stor blödning hos vuxna patienter med känt intag av nedanstående perorala </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r>
-        <w:t>Octostim</w:t>
+        <w:t>antikoagulantia</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r>
-        <w:t>, innehållet i övrigt oförändrat</w:t>
-[...2 lines deleted...]
-        <w:t>.</w:t>
+        <w:t xml:space="preserve">, kan dessa läkemedel vid behov reserveras i enlighet med detta styrdokument. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5D08C81B" w14:textId="1C17251A" w:rsidR="00C64000" w:rsidRPr="00C64000" w:rsidRDefault="00C64000" w:rsidP="00C64000">
-[...15 lines deleted...]
-      </w:r>
+    <w:p w14:paraId="70B2A54A" w14:textId="77777777" w:rsidR="009A32ED" w:rsidRDefault="009A32ED" w:rsidP="009A32ED">
+      <w:pPr>
+        <w:pStyle w:val="Rubrik2"/>
+        <w:ind w:right="-143"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="8" w:name="_Toc100327187"/>
+      <w:bookmarkStart w:id="9" w:name="_Toc181866760"/>
+      <w:r>
+        <w:t>Förutsättningar</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="8"/>
+      <w:bookmarkEnd w:id="9"/>
     </w:p>
-    <w:p w14:paraId="62699D97" w14:textId="07D6D99A" w:rsidR="005B759A" w:rsidRDefault="00C64000">
-[...739 lines deleted...]
-      <w:r>
+    <w:p w14:paraId="107BEA0B" w14:textId="3FFA5A4B" w:rsidR="009A32ED" w:rsidRDefault="00255DD2" w:rsidP="009A32ED">
+      <w:pPr>
+        <w:ind w:right="-143"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00255DD2">
         <w:t xml:space="preserve">Rutinen är en lokal anpassning av rutinen </w:t>
       </w:r>
-      <w:hyperlink r:id="rId13" w:history="1">
-        <w:r w:rsidRPr="003D41B5">
+      <w:hyperlink r:id="rId12" w:history="1">
+        <w:r w:rsidRPr="001E24BD">
           <w:rPr>
             <w:rStyle w:val="Hyperlnk"/>
           </w:rPr>
           <w:t xml:space="preserve">Reversering av </w:t>
         </w:r>
         <w:proofErr w:type="spellStart"/>
-        <w:r w:rsidRPr="003D41B5">
+        <w:r w:rsidRPr="001E24BD">
           <w:rPr>
             <w:rStyle w:val="Hyperlnk"/>
           </w:rPr>
           <w:t>Antikoagulantia</w:t>
         </w:r>
         <w:proofErr w:type="spellEnd"/>
-        <w:r w:rsidRPr="003D41B5">
+        <w:r w:rsidRPr="001E24BD">
           <w:rPr>
             <w:rStyle w:val="Hyperlnk"/>
           </w:rPr>
           <w:t xml:space="preserve"> vid akut stor blödning</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r>
-[...6 lines deleted...]
-        <w:t>].</w:t>
+      <w:r w:rsidRPr="00255DD2">
+        <w:t xml:space="preserve"> inom operationsverksamheten vid Sahlgrenska Universitetssjukhuset [2].</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="365C90CF" w14:textId="7AAF76F8" w:rsidR="001F3711" w:rsidRPr="001F3711" w:rsidRDefault="001F3711" w:rsidP="00FB494D">
+    <w:p w14:paraId="417B645F" w14:textId="77777777" w:rsidR="00255DD2" w:rsidRPr="00065A6B" w:rsidRDefault="00255DD2" w:rsidP="00255DD2">
       <w:pPr>
         <w:pStyle w:val="Rubrik2"/>
-      </w:pPr>
-      <w:bookmarkStart w:id="4" w:name="_Toc161659584"/>
+        <w:ind w:right="-143"/>
+        <w:rPr>
+          <w:color w:val="auto"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="10" w:name="_Toc100327192"/>
+      <w:bookmarkStart w:id="11" w:name="_Toc181866761"/>
+      <w:r w:rsidRPr="00065A6B">
+        <w:rPr>
+          <w:color w:val="auto"/>
+        </w:rPr>
+        <w:t>Utförande</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="10"/>
+      <w:bookmarkEnd w:id="11"/>
+    </w:p>
+    <w:p w14:paraId="0A42069E" w14:textId="358B8B61" w:rsidR="00255DD2" w:rsidRDefault="00255DD2" w:rsidP="00255DD2">
+      <w:pPr>
+        <w:pStyle w:val="Rubrik3"/>
+      </w:pPr>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>Waran</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="26231F71" w14:textId="456EC7F7" w:rsidR="00255DD2" w:rsidRDefault="00255DD2" w:rsidP="00255DD2">
+      <w:pPr>
+        <w:ind w:right="-143"/>
+      </w:pPr>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>Warfarin</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> (</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>Waran</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve">®): Dosberoende PK förlängning. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="72E47578" w14:textId="2C7A011A" w:rsidR="00255DD2" w:rsidRDefault="00255DD2" w:rsidP="00255DD2">
+      <w:pPr>
+        <w:ind w:right="-143"/>
+      </w:pPr>
       <w:r>
         <w:lastRenderedPageBreak/>
-        <w:t>Genomförande</w:t>
-[...1 lines deleted...]
-      <w:bookmarkEnd w:id="4"/>
+        <w:t xml:space="preserve">Ring </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>klin</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> kem </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>lab</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> på 1864 för akut provkörning; svar kan fås på cirka 30</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>minuter. Nytt prov ska tas 10</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>minuter efter reversering.</w:t>
+      </w:r>
     </w:p>
-    <w:p w14:paraId="48246F11" w14:textId="5CF93BFB" w:rsidR="00027AD8" w:rsidRDefault="00027AD8" w:rsidP="00FB494D">
-[...14 lines deleted...]
-        <w:pStyle w:val="Punktlista"/>
+    <w:p w14:paraId="6AB0A749" w14:textId="77777777" w:rsidR="00514CC5" w:rsidRDefault="00514CC5" w:rsidP="00514CC5">
+      <w:pPr>
+        <w:pStyle w:val="Beskrivning"/>
         <w:keepNext/>
-        <w:keepLines/>
-[...7 lines deleted...]
-      <w:r w:rsidRPr="009B7C1E">
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">Tabell </w:t>
+      </w:r>
+      <w:r>
+        <w:fldChar w:fldCharType="begin"/>
+      </w:r>
+      <w:r>
+        <w:instrText xml:space="preserve"> SEQ Tabell \* ARABIC </w:instrText>
+      </w:r>
+      <w:r>
+        <w:fldChar w:fldCharType="separate"/>
+      </w:r>
+      <w:r>
         <w:rPr>
-          <w:b/>
-          <w:bCs/>
+          <w:noProof/>
         </w:rPr>
-        <w:t>Warfarin</w:t>
-[...2 lines deleted...]
-      <w:r w:rsidRPr="009B7C1E">
+        <w:t>1</w:t>
+      </w:r>
+      <w:r>
         <w:rPr>
-          <w:b/>
-          <w:bCs/>
+          <w:noProof/>
         </w:rPr>
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
+      <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r>
-[...7 lines deleted...]
-      <w:r w:rsidRPr="00DB7BEA">
+      <w:r w:rsidRPr="009A32ED">
         <w:rPr>
-          <w:vertAlign w:val="superscript"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
         </w:rPr>
-        <w:t>®</w:t>
-[...25 lines deleted...]
-      <w:r w:rsidRPr="00037A2F">
+        <w:t>Här skriver du</w:t>
+      </w:r>
+      <w:r>
         <w:rPr>
-          <w:b/>
-          <w:bCs/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
         </w:rPr>
-        <w:t>1864</w:t>
-[...2 lines deleted...]
-        <w:t xml:space="preserve"> för akut provkörning; svar kan fås på cirka 30 minuter. Nytt prov ska tas 10 minuter efter reversering.</w:t>
+        <w:t xml:space="preserve"> beskrivning av tabellen</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="Tabellrutnt"/>
         <w:tblW w:w="0" w:type="auto"/>
-        <w:tblInd w:w="992" w:type="dxa"/>
+        <w:tblInd w:w="567" w:type="dxa"/>
+        <w:tblCellMar>
+          <w:top w:w="57" w:type="dxa"/>
+          <w:bottom w:w="57" w:type="dxa"/>
+        </w:tblCellMar>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
-        <w:tblCaption w:val="Doseringstabell"/>
-        <w:tblDescription w:val="Tabellen ger översiktlig information om dosering utifrån patientens vikt och INR/PK-värde  "/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="1539"/>
-[...3 lines deleted...]
-        <w:gridCol w:w="1678"/>
+        <w:gridCol w:w="1671"/>
+        <w:gridCol w:w="1671"/>
+        <w:gridCol w:w="1670"/>
+        <w:gridCol w:w="1670"/>
+        <w:gridCol w:w="1670"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00027AD8" w14:paraId="6CAD4229" w14:textId="77777777" w:rsidTr="00027AD8">
+      <w:tr w:rsidR="00514CC5" w14:paraId="59D93381" w14:textId="77777777" w:rsidTr="2654CDAA">
+        <w:trPr>
+          <w:tblHeader/>
+        </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1783" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="E5E5E5" w:themeFill="background2" w:themeFillTint="33"/>
+            <w:tcW w:w="1671" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="2695E129" w14:textId="01B3F91D" w:rsidR="00027AD8" w:rsidRPr="00027AD8" w:rsidRDefault="00027AD8" w:rsidP="00027AD8">
+          <w:p w14:paraId="160E7DD4" w14:textId="38C7CCC2" w:rsidR="00514CC5" w:rsidRDefault="00514CC5" w:rsidP="00653A48">
             <w:pPr>
-              <w:pStyle w:val="Tabelltext"/>
-[...3 lines deleted...]
-              </w:rPr>
+              <w:pStyle w:val="Tabell"/>
             </w:pPr>
-            <w:r w:rsidRPr="00027AD8">
-[...3 lines deleted...]
-              </w:rPr>
+            <w:r>
               <w:t>Vikt</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1784" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="E5E5E5" w:themeFill="background2" w:themeFillTint="33"/>
+            <w:tcW w:w="1671" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="5EEBA494" w14:textId="139137FC" w:rsidR="00027AD8" w:rsidRPr="00027AD8" w:rsidRDefault="00027AD8" w:rsidP="00027AD8">
+          <w:p w14:paraId="2C062EAF" w14:textId="3165B0A7" w:rsidR="00514CC5" w:rsidRDefault="00514CC5" w:rsidP="00653A48">
             <w:pPr>
-              <w:pStyle w:val="Tabelltext"/>
+              <w:pStyle w:val="Tabell"/>
+            </w:pPr>
+            <w:r>
+              <w:t>PK (INR)</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="226A0A3A" w14:textId="3D39320D" w:rsidR="00514CC5" w:rsidRDefault="00514CC5" w:rsidP="00653A48">
+            <w:pPr>
+              <w:pStyle w:val="Tabell"/>
+            </w:pPr>
+            <w:proofErr w:type="gramStart"/>
+            <w:r>
+              <w:t>1,5-2</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1670" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="44FDED7B" w14:textId="23B46077" w:rsidR="00514CC5" w:rsidRDefault="00514CC5" w:rsidP="00653A48">
+            <w:pPr>
+              <w:pStyle w:val="Tabell"/>
+            </w:pPr>
+            <w:r>
+              <w:t xml:space="preserve">PK (INR) </w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r>
+              <w:t>2-3</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1670" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="5C8C5BC0" w14:textId="5CEFBDA9" w:rsidR="00514CC5" w:rsidRPr="00514CC5" w:rsidRDefault="00514CC5" w:rsidP="00653A48">
+            <w:pPr>
+              <w:pStyle w:val="Tabell"/>
               <w:rPr>
-                <w:b/>
-                <w:bCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00027AD8">
+            <w:r>
+              <w:t xml:space="preserve">PK (INR) </w:t>
+            </w:r>
+            <w:r>
               <w:rPr>
-                <w:b/>
-                <w:bCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
               </w:rPr>
-              <w:t>PK (INR) 1,5-2</w:t>
+              <w:t>&gt;3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1784" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="E5E5E5" w:themeFill="background2" w:themeFillTint="33"/>
+            <w:tcW w:w="1670" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="1115B4EF" w14:textId="49C4AF08" w:rsidR="00027AD8" w:rsidRPr="00027AD8" w:rsidRDefault="00027AD8" w:rsidP="00027AD8">
+          <w:p w14:paraId="0FA8CD50" w14:textId="0AD9A099" w:rsidR="00514CC5" w:rsidRDefault="00514CC5" w:rsidP="00653A48">
             <w:pPr>
-              <w:pStyle w:val="Tabelltext"/>
-[...3 lines deleted...]
-              </w:rPr>
+              <w:pStyle w:val="Tabell"/>
             </w:pPr>
-            <w:r w:rsidRPr="00027AD8">
-[...47 lines deleted...]
-              </w:rPr>
+            <w:r>
               <w:t>Ge ytterligare om otillräcklig effekt</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00027AD8" w14:paraId="3099AD3B" w14:textId="77777777" w:rsidTr="00027AD8">
+      <w:tr w:rsidR="00514CC5" w14:paraId="4562581A" w14:textId="77777777" w:rsidTr="2654CDAA">
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1783" w:type="dxa"/>
+            <w:tcW w:w="1671" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="4DD0101C" w14:textId="729C53E7" w:rsidR="00027AD8" w:rsidRDefault="00027AD8" w:rsidP="00027AD8">
+          <w:p w14:paraId="7C99B39A" w14:textId="1EE2C405" w:rsidR="00514CC5" w:rsidRDefault="00514CC5" w:rsidP="00653A48">
             <w:pPr>
-              <w:pStyle w:val="Tabelltext"/>
+              <w:pStyle w:val="Tabell"/>
             </w:pPr>
+            <w:proofErr w:type="gramStart"/>
             <w:r>
-              <w:t>40-60</w:t>
+              <w:t>40-50</w:t>
             </w:r>
+            <w:proofErr w:type="gramEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1784" w:type="dxa"/>
+            <w:tcW w:w="1671" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="4206EDB2" w14:textId="304CEEB6" w:rsidR="00027AD8" w:rsidRDefault="00027AD8" w:rsidP="00027AD8">
+          <w:p w14:paraId="67652C5C" w14:textId="5DC0E8EC" w:rsidR="00514CC5" w:rsidRDefault="00514CC5" w:rsidP="00653A48">
             <w:pPr>
-              <w:pStyle w:val="Tabelltext"/>
+              <w:pStyle w:val="Tabell"/>
             </w:pPr>
             <w:r>
               <w:t>500 IE</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1784" w:type="dxa"/>
+            <w:tcW w:w="1670" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="1ED9923E" w14:textId="45F45145" w:rsidR="00027AD8" w:rsidRDefault="00027AD8" w:rsidP="00027AD8">
+          <w:p w14:paraId="2F8C0FAF" w14:textId="496F9785" w:rsidR="00514CC5" w:rsidRDefault="00514CC5" w:rsidP="00653A48">
             <w:pPr>
-              <w:pStyle w:val="Tabelltext"/>
+              <w:pStyle w:val="Tabell"/>
             </w:pPr>
             <w:r>
               <w:t>1 000 IE</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1784" w:type="dxa"/>
+            <w:tcW w:w="1670" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="1BCC206E" w14:textId="12744C9A" w:rsidR="00027AD8" w:rsidRDefault="00027AD8" w:rsidP="00027AD8">
+          <w:p w14:paraId="2B42866A" w14:textId="5940A407" w:rsidR="00514CC5" w:rsidRDefault="00514CC5" w:rsidP="00653A48">
             <w:pPr>
-              <w:pStyle w:val="Tabelltext"/>
+              <w:pStyle w:val="Tabell"/>
             </w:pPr>
             <w:r>
               <w:t>1 500 IE</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1784" w:type="dxa"/>
+            <w:tcW w:w="1670" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="0104CF84" w14:textId="29322607" w:rsidR="00027AD8" w:rsidRDefault="00027AD8" w:rsidP="00027AD8">
+          <w:p w14:paraId="322B622E" w14:textId="246F3A0B" w:rsidR="00514CC5" w:rsidRDefault="00514CC5" w:rsidP="00653A48">
             <w:pPr>
-              <w:pStyle w:val="Tabelltext"/>
+              <w:pStyle w:val="Tabell"/>
             </w:pPr>
             <w:r>
               <w:t>500 IE</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00027AD8" w14:paraId="20B65CB7" w14:textId="77777777" w:rsidTr="00027AD8">
+      <w:tr w:rsidR="00514CC5" w14:paraId="395F7EBF" w14:textId="77777777" w:rsidTr="2654CDAA">
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1783" w:type="dxa"/>
+            <w:tcW w:w="1671" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="129785B5" w14:textId="6B0FC943" w:rsidR="00027AD8" w:rsidRDefault="00027AD8" w:rsidP="00027AD8">
+          <w:p w14:paraId="1CDFEA1B" w14:textId="7E392D65" w:rsidR="00514CC5" w:rsidRDefault="00514CC5" w:rsidP="00653A48">
             <w:pPr>
-              <w:pStyle w:val="Tabelltext"/>
+              <w:pStyle w:val="Tabell"/>
             </w:pPr>
+            <w:proofErr w:type="gramStart"/>
             <w:r>
               <w:t>60-90</w:t>
             </w:r>
+            <w:proofErr w:type="gramEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1784" w:type="dxa"/>
+            <w:tcW w:w="1671" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="59F1247E" w14:textId="5B1A4F18" w:rsidR="00027AD8" w:rsidRDefault="00027AD8" w:rsidP="00027AD8">
+          <w:p w14:paraId="1F8D94B9" w14:textId="60A0491E" w:rsidR="00514CC5" w:rsidRDefault="00514CC5" w:rsidP="00653A48">
             <w:pPr>
-              <w:pStyle w:val="Tabelltext"/>
+              <w:pStyle w:val="Tabell"/>
             </w:pPr>
             <w:r>
               <w:t>1 000 IE</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1784" w:type="dxa"/>
+            <w:tcW w:w="1670" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="1311CCA8" w14:textId="48DE8BB3" w:rsidR="00027AD8" w:rsidRDefault="00027AD8" w:rsidP="00027AD8">
+          <w:p w14:paraId="5524BD16" w14:textId="49050B9A" w:rsidR="00514CC5" w:rsidRDefault="00514CC5" w:rsidP="00653A48">
             <w:pPr>
-              <w:pStyle w:val="Tabelltext"/>
+              <w:pStyle w:val="Tabell"/>
             </w:pPr>
             <w:r>
               <w:t>1 500 IE</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1784" w:type="dxa"/>
+            <w:tcW w:w="1670" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="2CE500C8" w14:textId="12AB6FDD" w:rsidR="00027AD8" w:rsidRDefault="00027AD8" w:rsidP="00027AD8">
+          <w:p w14:paraId="7D76E66E" w14:textId="5F6D58B6" w:rsidR="00514CC5" w:rsidRDefault="00514CC5" w:rsidP="00653A48">
             <w:pPr>
-              <w:pStyle w:val="Tabelltext"/>
+              <w:pStyle w:val="Tabell"/>
             </w:pPr>
             <w:r>
               <w:t>2 000 IE</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1784" w:type="dxa"/>
+            <w:tcW w:w="1670" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="685BB186" w14:textId="52090285" w:rsidR="00027AD8" w:rsidRDefault="00027AD8" w:rsidP="00027AD8">
+          <w:p w14:paraId="55730A50" w14:textId="21A54A4B" w:rsidR="00514CC5" w:rsidRDefault="00514CC5" w:rsidP="00653A48">
             <w:pPr>
-              <w:pStyle w:val="Tabelltext"/>
+              <w:pStyle w:val="Tabell"/>
             </w:pPr>
             <w:r>
               <w:t>1 000 IE</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00027AD8" w14:paraId="52FC6CA8" w14:textId="77777777" w:rsidTr="00027AD8">
+      <w:tr w:rsidR="00514CC5" w14:paraId="0AF13C72" w14:textId="77777777" w:rsidTr="2654CDAA">
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1783" w:type="dxa"/>
+            <w:tcW w:w="1671" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="0F0F95B3" w14:textId="57AD12A1" w:rsidR="00027AD8" w:rsidRDefault="00027AD8" w:rsidP="00027AD8">
+          <w:p w14:paraId="7AB2E98F" w14:textId="788B551C" w:rsidR="00514CC5" w:rsidRDefault="00514CC5" w:rsidP="00653A48">
             <w:pPr>
-              <w:pStyle w:val="Tabelltext"/>
+              <w:pStyle w:val="Tabell"/>
             </w:pPr>
             <w:r>
               <w:t>&gt;90</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1784" w:type="dxa"/>
+            <w:tcW w:w="1671" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="63EEB6DD" w14:textId="1B592530" w:rsidR="00027AD8" w:rsidRDefault="00027AD8" w:rsidP="00027AD8">
+          <w:p w14:paraId="363F2237" w14:textId="793C59E8" w:rsidR="00514CC5" w:rsidRDefault="00514CC5" w:rsidP="00653A48">
             <w:pPr>
-              <w:pStyle w:val="Tabelltext"/>
+              <w:pStyle w:val="Tabell"/>
             </w:pPr>
             <w:r>
               <w:t>1 500 IE</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1784" w:type="dxa"/>
+            <w:tcW w:w="1670" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="57EA1706" w14:textId="1CA21E62" w:rsidR="00027AD8" w:rsidRDefault="00027AD8" w:rsidP="00027AD8">
+          <w:p w14:paraId="3CB712DA" w14:textId="7F7FFB5E" w:rsidR="00514CC5" w:rsidRDefault="00514CC5" w:rsidP="00653A48">
             <w:pPr>
-              <w:pStyle w:val="Tabelltext"/>
+              <w:pStyle w:val="Tabell"/>
             </w:pPr>
             <w:r>
               <w:t>2 000 IE</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1784" w:type="dxa"/>
+            <w:tcW w:w="1670" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="4A8219BF" w14:textId="55EF2270" w:rsidR="00027AD8" w:rsidRDefault="00027AD8" w:rsidP="00027AD8">
+          <w:p w14:paraId="565B116E" w14:textId="5156BAF5" w:rsidR="00514CC5" w:rsidRDefault="00514CC5" w:rsidP="00653A48">
             <w:pPr>
-              <w:pStyle w:val="Tabelltext"/>
+              <w:pStyle w:val="Tabell"/>
             </w:pPr>
             <w:r>
               <w:t>2 500 IE</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1784" w:type="dxa"/>
+            <w:tcW w:w="1670" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="7C2282AF" w14:textId="3EB28E5F" w:rsidR="00027AD8" w:rsidRDefault="00027AD8" w:rsidP="00027AD8">
+          <w:p w14:paraId="7EB899CD" w14:textId="7DDB95CD" w:rsidR="00514CC5" w:rsidRDefault="00514CC5" w:rsidP="00653A48">
             <w:pPr>
-              <w:pStyle w:val="Tabelltext"/>
+              <w:pStyle w:val="Tabell"/>
             </w:pPr>
             <w:r>
-              <w:t>1 000 IE</w:t>
+              <w:t>100 IE</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="18A8FF92" w14:textId="44B73E26" w:rsidR="0079685B" w:rsidRDefault="0079685B" w:rsidP="0079685B">
-[...4 lines deleted...]
-        <w:t xml:space="preserve">Ge </w:t>
+    <w:p w14:paraId="1CCE365F" w14:textId="0246F403" w:rsidR="010E2618" w:rsidRDefault="010E2618" w:rsidP="2654CDAA">
+      <w:pPr>
+        <w:pStyle w:val="Liststycke"/>
+        <w:ind w:right="-143"/>
+      </w:pPr>
+      <w:r>
+        <w:t>Samt ge 10 mg Vit K1 (Konakion ®)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7DFAE52B" w14:textId="77777777" w:rsidR="0037547C" w:rsidRDefault="0082082C" w:rsidP="00F04140">
+      <w:pPr>
+        <w:ind w:right="-143"/>
+      </w:pPr>
+      <w:r w:rsidRPr="0082082C">
+        <w:t>Ge </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidR="005E7811">
+      <w:r w:rsidRPr="0082082C">
         <w:t>protrombinkomplexkoncentrat</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidR="005E7811">
-        <w:t xml:space="preserve"> (</w:t>
+      <w:r w:rsidRPr="0082082C">
+        <w:t> (</w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidR="005E7811">
+      <w:r w:rsidRPr="0082082C">
         <w:t>Confidex</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidR="005E7811">
-        <w:t xml:space="preserve">, </w:t>
+      <w:r w:rsidRPr="0082082C">
+        <w:t> ®), </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r>
+      <w:r w:rsidRPr="0082082C">
         <w:t>Ocplex</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidR="005E7811">
-[...3 lines deleted...]
-        <w:t xml:space="preserve"> enligt ovan och samtidig intravenös injektion av 10 mg Vitamin K1 (</w:t>
+      <w:r w:rsidRPr="0082082C">
+        <w:t xml:space="preserve"> ®)) enligt ovan för omedelbar effekt och duration ca </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="0082082C">
+        <w:t>6-8</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="0082082C">
+        <w:t xml:space="preserve"> timmar. Eftersom detta är koncentrat av faktor II och IX ska det därför kompletteras med samtidig intravenös injektion av 10 mg Vitamin K1 (</w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r>
+      <w:r w:rsidRPr="0082082C">
         <w:t>Konakion</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="0079685B">
-[...6 lines deleted...]
-        <w:t>).</w:t>
+      <w:r w:rsidRPr="0082082C">
+        <w:t xml:space="preserve">®) med effekt efter 6+ timmar. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="266142AE" w14:textId="2ED7FA57" w:rsidR="0079685B" w:rsidRDefault="0079685B" w:rsidP="0079685B">
-[...13 lines deleted...]
-        <w:t> </w:t>
+    <w:p w14:paraId="77968A06" w14:textId="7A03945E" w:rsidR="00F04140" w:rsidRDefault="00F04140" w:rsidP="00F04140">
+      <w:pPr>
+        <w:ind w:right="-143"/>
+      </w:pPr>
+      <w:r>
+        <w:t>Målvärde PK-INR ≤1,5. Vid otillräcklig effekt, ge</w:t>
+      </w:r>
+      <w:r w:rsidR="007032E9">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="0091232B">
+        <w:t>500–1 000</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="0079685B">
+      <w:r>
         <w:t>enh</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r>
-        <w:t xml:space="preserve"> (</w:t>
-[...5 lines deleted...]
-        <w:t xml:space="preserve">) </w:t>
+        <w:t xml:space="preserve"> (IE) </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidR="004E7D0F">
+      <w:r>
         <w:t>protrombinkomplexkoncentrat</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidR="009B55F8">
+      <w:r>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7BDFBBA0" w14:textId="50144555" w:rsidR="001F3711" w:rsidRDefault="0079685B" w:rsidP="0079685B">
-[...4 lines deleted...]
-        <w:t xml:space="preserve"> </w:t>
+    <w:p w14:paraId="6FD2DB96" w14:textId="0266BDED" w:rsidR="00F04140" w:rsidRDefault="00F04140" w:rsidP="001E24BD">
+      <w:pPr>
+        <w:ind w:right="-143"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">Engångsdosen </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidR="004E7D0F">
+      <w:r>
         <w:t>protrombinkomplexkoncentrat</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r>
-        <w:t xml:space="preserve"> bör ej överstiga 3 000 IE (motsvarande 120 ml löst blandning).</w:t>
+        <w:t xml:space="preserve"> bör ej överstiga 3 000 IE (motsvarande 120 ml löst blandning).</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0C063076" w14:textId="77777777" w:rsidR="007875F5" w:rsidRDefault="007875F5" w:rsidP="007875F5">
+    <w:p w14:paraId="0875A22F" w14:textId="769FC122" w:rsidR="00F04140" w:rsidRDefault="00CF46B7" w:rsidP="00CF46B7">
       <w:pPr>
         <w:pStyle w:val="Rubrik3"/>
       </w:pPr>
-      <w:bookmarkStart w:id="6" w:name="_Toc161659586"/>
       <w:r>
         <w:t>NOAK</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="6"/>
     </w:p>
-    <w:p w14:paraId="647DE85F" w14:textId="2B9B4B67" w:rsidR="007875F5" w:rsidRDefault="007875F5" w:rsidP="007875F5">
+    <w:p w14:paraId="407C16C3" w14:textId="77777777" w:rsidR="00CF46B7" w:rsidRDefault="00CF46B7" w:rsidP="00CF46B7">
+      <w:pPr>
+        <w:ind w:right="-143"/>
+      </w:pPr>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="007875F5">
+      <w:r w:rsidRPr="00CF46B7">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>Dabigatran</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="007875F5">
+      <w:r w:rsidRPr="00CF46B7">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve"> (</w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="007875F5">
+      <w:r w:rsidRPr="00CF46B7">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>Pradaxa</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidR="00F153CA" w:rsidRPr="0079685B">
-[...5 lines deleted...]
-      <w:r w:rsidRPr="007875F5">
+      <w:r w:rsidRPr="00CF46B7">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t>)</w:t>
-[...1 lines deleted...]
-      <w:r>
+        <w:t>®)</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> Dosberoende APTT förlängning.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="73820A9B" w14:textId="545C33C1" w:rsidR="00CF46B7" w:rsidRDefault="00CF46B7" w:rsidP="00CF46B7">
+      <w:pPr>
+        <w:pStyle w:val="Punktlista"/>
+      </w:pPr>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>Idarucizumab</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> (</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>Praxbind</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t>®) 5 g, specifik antidot (finns bland annat i antidotlagret på akutmottagningen, SÄS Borås).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5EDDDF5B" w14:textId="0A435036" w:rsidR="00CF46B7" w:rsidRDefault="00CF46B7" w:rsidP="00CF46B7">
+      <w:pPr>
+        <w:pStyle w:val="Punktlista"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">Om </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>Idarucizumab</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> ej är tillgänglig: använd </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>protrombinkomplexkoncentrat</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> (om &lt;15 h sedan senaste dos av </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>dabigatran</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> ges 2 000 E, om </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:t>15-24</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> h sedan sista dos ges 1 500 E).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2B15F8CB" w14:textId="7836FE8F" w:rsidR="00CF46B7" w:rsidRDefault="00CF46B7" w:rsidP="00CF46B7">
+      <w:pPr>
+        <w:pStyle w:val="Punktlista"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">Eventuellt ges </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>desmopressin</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> (</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>Octostim</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t>® 15 µg/ml) 0,3μg/kg (</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CF46B7">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve"> </w:t>
-[...2 lines deleted...]
-        <w:t>Dosberoende APTT förlängning.</w:t>
+        <w:t>OBS</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">! Risk för vätskeretention och </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>hyponatremi</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> vilket kan ge högre </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>intrakraniellt</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> tryck (ICP)). Överväg </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>hemodialys</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4D48659E" w14:textId="106B8379" w:rsidR="007875F5" w:rsidRDefault="007875F5" w:rsidP="007875F5">
+    <w:p w14:paraId="0988E81A" w14:textId="77777777" w:rsidR="00CF46B7" w:rsidRDefault="00CF46B7" w:rsidP="009A32ED">
+      <w:pPr>
+        <w:ind w:right="-143"/>
+      </w:pPr>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00CF46B7">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>Rivaroxaban</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00CF46B7">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00CF46B7">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>Xarelto</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00CF46B7">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>®)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CF46B7">
+        <w:t xml:space="preserve"> (kan förlänga PK), </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00CF46B7">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>Apixaban</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00CF46B7">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00CF46B7">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>Eliquis</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00CF46B7">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>®)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CF46B7">
+        <w:t xml:space="preserve"> (kan förlänga PK och APTT), </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00CF46B7">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>Edoxaban</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00CF46B7">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00CF46B7">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>Lixiana</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00CF46B7">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>®)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CF46B7">
+        <w:t xml:space="preserve"> (Variabel effekt på </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00CF46B7">
+        <w:t>lab</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00CF46B7">
+        <w:t>-prover):</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="57BE3941" w14:textId="1F3F3D4D" w:rsidR="00CF46B7" w:rsidRDefault="00CF46B7" w:rsidP="00CF46B7">
       <w:pPr>
         <w:pStyle w:val="Punktlista"/>
       </w:pPr>
       <w:proofErr w:type="spellStart"/>
       <w:r>
-        <w:t>Idarucizumab</w:t>
+        <w:t>protrombinkomplexkoncentrat</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r>
+        <w:t xml:space="preserve"> (om &lt;15 h sedan senaste dos av ovanstående NOAK ges 2 000 E, om </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:t>15-24</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> h sedan sista dos ges 1500 E).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="37A750E0" w14:textId="4ADA76B8" w:rsidR="00CF46B7" w:rsidRDefault="00CF46B7" w:rsidP="00CF46B7">
+      <w:pPr>
+        <w:pStyle w:val="Punktlista"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">Eventuellt ges </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>desmopressin</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
         <w:t xml:space="preserve"> (</w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r>
-        <w:t>Praxbind</w:t>
+        <w:t>Octostim</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidR="00F153CA" w:rsidRPr="0079685B">
-[...153 lines deleted...]
-      <w:r w:rsidR="00F153CA" w:rsidRPr="00F153CA">
+      <w:r>
+        <w:t>® 15 µg/ml) 0,3μg/kg (</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CF46B7">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>OBS!</w:t>
       </w:r>
-      <w:r w:rsidR="00A975FF">
+      <w:r>
+        <w:t xml:space="preserve"> Risk för vätskeretention och </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>hyponatremi</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> vilket kan ge högre ICP!).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4CAE9E28" w14:textId="77777777" w:rsidR="00CF46B7" w:rsidRDefault="00CF46B7" w:rsidP="00CF46B7">
+      <w:pPr>
+        <w:pStyle w:val="Punktlista"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">För akut stor blödning vid NOAK-behandling ska sedvanliga åtgärder (kirurgi, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>fibrinogen</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> ex </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>Fibryga</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>tranexamsyra</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> ex </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>Statraxen</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t>, blodkomponenter) övervägas.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3FC088CE" w14:textId="0FF4D048" w:rsidR="00CF46B7" w:rsidRDefault="00CF46B7" w:rsidP="00CF46B7">
+      <w:pPr>
+        <w:pStyle w:val="Rubrik3"/>
+      </w:pPr>
+      <w:r>
+        <w:t>Trombocythämmare</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="63DA9355" w14:textId="04447E7D" w:rsidR="00CF46B7" w:rsidRDefault="00CF46B7" w:rsidP="00CF46B7">
+      <w:pPr>
+        <w:ind w:right="-143"/>
+      </w:pPr>
+      <w:r w:rsidRPr="001E24BD">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t> </w:t>
-[...6 lines deleted...]
-      </w:r>
+        <w:t>ASA ((=acetylsalicylsyra):</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CF46B7">
+        <w:t xml:space="preserve"> Tidig trombocyttransfusion, starta med 2 enheter.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="484BE381" w14:textId="6A183889" w:rsidR="00CF46B7" w:rsidRDefault="00CF46B7" w:rsidP="00CF46B7">
+      <w:pPr>
+        <w:ind w:right="-143"/>
+      </w:pPr>
       <w:proofErr w:type="spellStart"/>
-      <w:r>
-[...347 lines deleted...]
-      <w:r w:rsidRPr="00FA7270">
+      <w:r w:rsidRPr="00CF46B7">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>Fosfodiesterashämmare</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r>
         <w:t xml:space="preserve"> inklusive </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="002F0337">
+      <w:r w:rsidRPr="00CF46B7">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>Dipyramidol</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r>
         <w:t xml:space="preserve"> (</w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:t>Persantin</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidR="00674501" w:rsidRPr="0079685B">
-[...6 lines deleted...]
-        <w:t>): Behöver ej reverseras.</w:t>
+      <w:r>
+        <w:t>®): Behöver ej reverseras.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5F1901F1" w14:textId="4087C99B" w:rsidR="00FA7270" w:rsidRDefault="00FA7270" w:rsidP="00FA7270">
-      <w:r w:rsidRPr="002F0337">
+    <w:p w14:paraId="18753356" w14:textId="77777777" w:rsidR="00CF46B7" w:rsidRDefault="00CF46B7" w:rsidP="00CF46B7">
+      <w:pPr>
+        <w:ind w:right="-143"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00CF46B7">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>P2Y12 receptorantagonister</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:t>inkl</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="002F0337">
+      <w:r w:rsidRPr="00CF46B7">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>Klopidogrel</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r>
         <w:t xml:space="preserve"> (</w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:t>Plavix</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidR="00674501" w:rsidRPr="0079685B">
-[...6 lines deleted...]
-        <w:t xml:space="preserve">), </w:t>
+      <w:r>
+        <w:t xml:space="preserve">®), </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="002F0337">
+      <w:r w:rsidRPr="00CF46B7">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>Tikagrelor</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r>
         <w:t xml:space="preserve"> (</w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:t>Brilique</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidR="00674501" w:rsidRPr="0079685B">
-[...6 lines deleted...]
-        <w:t xml:space="preserve">), </w:t>
+      <w:r>
+        <w:t xml:space="preserve">®), </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="002F0337">
+      <w:r w:rsidRPr="00CF46B7">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>Prasugrel</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r>
         <w:t xml:space="preserve"> (</w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:t>Efient</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidR="00674501" w:rsidRPr="0079685B">
-[...6 lines deleted...]
-        <w:t>):</w:t>
+      <w:r>
+        <w:t>®):</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5D6C768E" w14:textId="5BDA9A51" w:rsidR="00FA7270" w:rsidRDefault="00FA7270" w:rsidP="002F0337">
+    <w:p w14:paraId="2377F452" w14:textId="065DB352" w:rsidR="00CF46B7" w:rsidRDefault="00CF46B7" w:rsidP="00CF46B7">
       <w:pPr>
         <w:pStyle w:val="Punktlista"/>
       </w:pPr>
       <w:r>
-        <w:t>Tidig trombocyttransfusion, starta med 3-4 enheter</w:t>
-[...2 lines deleted...]
-        <w:t>.</w:t>
+        <w:t xml:space="preserve">Tidig trombocyttransfusion, starta med </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:t>3-4</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> enheter.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="250D1708" w14:textId="19901F4E" w:rsidR="00FA7270" w:rsidRDefault="00FA7270" w:rsidP="002F0337">
+    <w:p w14:paraId="135305BC" w14:textId="529D3AA1" w:rsidR="009A32ED" w:rsidRDefault="00CF46B7" w:rsidP="00CF46B7">
       <w:pPr>
         <w:pStyle w:val="Punktlista"/>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">Överväg </w:t>
-[...2 lines deleted...]
-        <w:t xml:space="preserve">att ge </w:t>
+        <w:t xml:space="preserve">Överväg att ge </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidR="00486A55">
-[...3 lines deleted...]
-        <w:t>esmopressin</w:t>
+      <w:r>
+        <w:t>desmopressin</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r>
         <w:t xml:space="preserve"> (</w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidR="00252D82" w:rsidRPr="00252D82">
+      <w:r>
         <w:t>Octostim</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidR="00252D82" w:rsidRPr="0063022D">
-[...18 lines deleted...]
-        <w:t> </w:t>
+      <w:r>
+        <w:t xml:space="preserve">® 15 µg/ml) 0,3 </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:t>μg</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r>
-        <w:t>/kg vid dual- eller trippelbehandling (</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="002F0337" w:rsidRPr="002F0337">
+        <w:t xml:space="preserve">/kg vid dual- eller trippelbehandling (OBS! Risk för vätskeretention och </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>hyponatremi</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> vilket kan ge högre ICP!). Ges efter trombocyttransfusion.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5C42F244" w14:textId="77777777" w:rsidR="00CF46B7" w:rsidRDefault="00CF46B7" w:rsidP="003B7D1B">
+      <w:pPr>
+        <w:ind w:right="-143"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">Överväg kontakt med Sahlgrenskas koagulationsjour, telefon: </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="42A02852" w14:textId="3AAB9659" w:rsidR="00CF46B7" w:rsidRDefault="00CF46B7" w:rsidP="00CF46B7">
+      <w:pPr>
+        <w:pStyle w:val="Punktlista"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">dagtid </w:t>
+      </w:r>
+      <w:r w:rsidRPr="001E24BD">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t>OBS!</w:t>
-[...1 lines deleted...]
-      <w:r>
+        <w:t>031-342 83 77</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="24EC97F9" w14:textId="77777777" w:rsidR="00CF46B7" w:rsidRDefault="00CF46B7" w:rsidP="00CF46B7">
+      <w:pPr>
+        <w:pStyle w:val="Punktlista"/>
+      </w:pPr>
+      <w:r>
+        <w:t>jourtid via växeln.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="77DFC90B" w14:textId="6085575B" w:rsidR="00CF46B7" w:rsidRDefault="009A32ED" w:rsidP="003B7D1B">
+      <w:pPr>
+        <w:ind w:right="-143"/>
+      </w:pPr>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidR="00CF46B7" w:rsidRPr="00CF46B7">
+        <w:t xml:space="preserve">Se även Sällskapet för Trombos och </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00CF46B7" w:rsidRPr="00CF46B7">
+        <w:t>Hemostas</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00CF46B7" w:rsidRPr="00CF46B7">
+        <w:t xml:space="preserve"> (SSTH) råd och riktlinjer.</w:t>
+      </w:r>
+      <w:r w:rsidR="00CF46B7">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="002F0337">
-[...86 lines deleted...]
-        <w:r w:rsidR="00FB494D" w:rsidRPr="008816F4">
+      <w:hyperlink r:id="rId13" w:history="1">
+        <w:r w:rsidR="001E24BD" w:rsidRPr="007643F2">
           <w:rPr>
             <w:rStyle w:val="Hyperlnk"/>
           </w:rPr>
-          <w:t>www.ssth.se/lankar</w:t>
+          <w:t>http://www.ssth.se/lankar [3</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidR="00F40B5A">
-[...3 lines deleted...]
-        <w:t>.</w:t>
+      <w:r w:rsidR="00CF46B7">
+        <w:t>]</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="790DB9DD" w14:textId="77777777" w:rsidR="00F85200" w:rsidRDefault="00F85200">
-[...13 lines deleted...]
-      </w:r>
+    <w:p w14:paraId="6E350831" w14:textId="77777777" w:rsidR="001E24BD" w:rsidRDefault="001E24BD" w:rsidP="001E24BD">
+      <w:pPr>
+        <w:pStyle w:val="Rubrik2"/>
+        <w:ind w:right="-143"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="12" w:name="_Toc100327194"/>
+      <w:bookmarkStart w:id="13" w:name="_Toc181866763"/>
     </w:p>
-    <w:p w14:paraId="3A548170" w14:textId="678BCB93" w:rsidR="003D41B5" w:rsidRDefault="003D41B5" w:rsidP="003D41B5">
+    <w:p w14:paraId="46F80C1F" w14:textId="08B3A106" w:rsidR="009A32ED" w:rsidRPr="000D04ED" w:rsidRDefault="001E24BD" w:rsidP="001E24BD">
       <w:pPr>
         <w:pStyle w:val="Rubrik2"/>
-      </w:pPr>
-[...5 lines deleted...]
-      <w:bookmarkEnd w:id="9"/>
+        <w:ind w:right="-143"/>
+      </w:pPr>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidR="009A32ED" w:rsidRPr="000D04ED">
+        <w:t>Arbetsgrupp</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="12"/>
+      <w:bookmarkEnd w:id="13"/>
+      <w:r w:rsidR="009A32ED">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
     </w:p>
-    <w:p w14:paraId="56F6660D" w14:textId="77777777" w:rsidR="003D41B5" w:rsidRPr="004B5C86" w:rsidRDefault="003D41B5" w:rsidP="00F85200">
-[...13 lines deleted...]
-        </w:rPr>
+    <w:p w14:paraId="34F5D02A" w14:textId="2EDFC805" w:rsidR="009A32ED" w:rsidRDefault="003B7D1B" w:rsidP="009A32ED">
+      <w:pPr>
+        <w:ind w:right="-143"/>
+      </w:pPr>
+      <w:r>
         <w:t>För innehållet svarar</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="45B5DBB0" w14:textId="77777777" w:rsidR="003D41B5" w:rsidRDefault="003D41B5" w:rsidP="00F85200">
-[...10 lines deleted...]
-        <w:t>Joakim Linde, överläkare, VO AnOpIVA, SÄS</w:t>
+    <w:p w14:paraId="2D571C2A" w14:textId="0F5321BA" w:rsidR="003B7D1B" w:rsidRDefault="003B7D1B" w:rsidP="009A32ED">
+      <w:pPr>
+        <w:ind w:right="-143"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">Elin Ekdahl, ST-läkare, VO </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>AnOpIVA</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t>, SÄS</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6CB9B60B" w14:textId="77777777" w:rsidR="003D41B5" w:rsidRPr="004B5C86" w:rsidRDefault="003D41B5" w:rsidP="00F85200">
-[...14 lines deleted...]
-        <w:t>Remissinstanser</w:t>
+    <w:p w14:paraId="08E34422" w14:textId="0B7B32D5" w:rsidR="003B7D1B" w:rsidRDefault="003B7D1B" w:rsidP="009A32ED">
+      <w:pPr>
+        <w:ind w:right="-143"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">Joacim Linde, överläkare, VO </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>AnOpIVA</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t>, SÄS</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2B89AC4C" w14:textId="77777777" w:rsidR="003D41B5" w:rsidRDefault="003D41B5" w:rsidP="00F85200">
-[...7 lines deleted...]
-      </w:r>
+    <w:p w14:paraId="188AE2C8" w14:textId="77777777" w:rsidR="009A32ED" w:rsidRPr="000D04ED" w:rsidRDefault="009A32ED" w:rsidP="009A32ED">
+      <w:pPr>
+        <w:pStyle w:val="Rubrik2"/>
+        <w:ind w:right="-143"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="14" w:name="_Toc100327195"/>
+      <w:bookmarkStart w:id="15" w:name="_Toc181866764"/>
+      <w:r w:rsidRPr="000D04ED">
+        <w:t>Källförteckning</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="14"/>
+      <w:bookmarkEnd w:id="15"/>
     </w:p>
-    <w:p w14:paraId="5BA3B374" w14:textId="77777777" w:rsidR="003D41B5" w:rsidRPr="004B5C86" w:rsidRDefault="003D41B5" w:rsidP="00F85200">
-[...84 lines deleted...]
-        <w:pStyle w:val="Punktlistanumrerad"/>
+    <w:p w14:paraId="67B2ECE2" w14:textId="54B920B2" w:rsidR="003B7D1B" w:rsidRDefault="003B7D1B" w:rsidP="003B7D1B">
+      <w:pPr>
+        <w:pStyle w:val="Punktlista"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="24"/>
+          <w:numId w:val="21"/>
         </w:numPr>
-        <w:ind w:left="1349" w:hanging="357"/>
-[...12 lines deleted...]
-      <w:r w:rsidRPr="00003678">
+      </w:pPr>
+      <w:r>
+        <w:t>Allvarlig blödning. Sjukhusövergripande riktlinje, SÄS</w:t>
+      </w:r>
+      <w:r>
         <w:br/>
       </w:r>
-      <w:hyperlink r:id="rId15" w:history="1">
-        <w:r w:rsidRPr="00003678">
+      <w:hyperlink r:id="rId14" w:history="1">
+        <w:r w:rsidRPr="007643F2">
           <w:rPr>
             <w:rStyle w:val="Hyperlnk"/>
           </w:rPr>
           <w:t>https://hittadokument.vgregion.se/sas</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="0F542FF5" w14:textId="6DC0F89F" w:rsidR="003D41B5" w:rsidRPr="00AF6E03" w:rsidRDefault="003D41B5" w:rsidP="003D41B5">
-[...1 lines deleted...]
-        <w:pStyle w:val="Punktlistanumrerad"/>
+    <w:p w14:paraId="6AFB35BF" w14:textId="77777777" w:rsidR="003B7D1B" w:rsidRDefault="003B7D1B" w:rsidP="003B7D1B">
+      <w:pPr>
+        <w:pStyle w:val="Punktlista"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="24"/>
+          <w:numId w:val="0"/>
         </w:numPr>
-        <w:ind w:left="1349" w:hanging="357"/>
+        <w:ind w:left="720"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="56368386" w14:textId="14035FBA" w:rsidR="003B7D1B" w:rsidRDefault="003B7D1B" w:rsidP="003B7D1B">
+      <w:pPr>
+        <w:pStyle w:val="Punktlista"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="21"/>
+        </w:numPr>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Reversering av </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:t>antikoagulantia</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r>
         <w:t xml:space="preserve"> vid akut stor blödning. Sahlgrenska Universitetssjukhuset. </w:t>
       </w:r>
-      <w:r>
-[...3 lines deleted...]
-        <w:r>
+    </w:p>
+    <w:p w14:paraId="04609B54" w14:textId="6B01F361" w:rsidR="003B7D1B" w:rsidRDefault="003B7D1B" w:rsidP="003B7D1B">
+      <w:pPr>
+        <w:pStyle w:val="Punktlista"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="0"/>
+        </w:numPr>
+        <w:ind w:firstLine="720"/>
+      </w:pPr>
+      <w:hyperlink r:id="rId15" w:history="1">
+        <w:r w:rsidRPr="007643F2">
           <w:rPr>
             <w:rStyle w:val="Hyperlnk"/>
           </w:rPr>
           <w:t>https://hittadokument.vgregion.se/su</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="2BC08845" w14:textId="35780086" w:rsidR="003D41B5" w:rsidRDefault="003D41B5" w:rsidP="003D41B5">
-[...7 lines deleted...]
-        <w:t xml:space="preserve">venska sällskapet för trombos och </w:t>
+    <w:p w14:paraId="230538FE" w14:textId="77777777" w:rsidR="003B7D1B" w:rsidRDefault="003B7D1B" w:rsidP="003B7D1B">
+      <w:pPr>
+        <w:pStyle w:val="Punktlista"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="0"/>
+        </w:numPr>
+        <w:ind w:firstLine="720"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="09338B5C" w14:textId="77E4F96C" w:rsidR="003B7D1B" w:rsidRDefault="003B7D1B" w:rsidP="003B7D1B">
+      <w:pPr>
+        <w:pStyle w:val="Punktlista"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="21"/>
+        </w:numPr>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">Svenska sällskapet för trombos och </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:t>hemostas</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r>
         <w:t xml:space="preserve"> (SSTH)</w:t>
       </w:r>
-      <w:r>
-[...3 lines deleted...]
-        <w:r w:rsidR="00CF4BCF" w:rsidRPr="00CF4BCF">
+    </w:p>
+    <w:p w14:paraId="16B8BF08" w14:textId="45C3692C" w:rsidR="003B7D1B" w:rsidRDefault="003B7D1B" w:rsidP="003B7D1B">
+      <w:pPr>
+        <w:pStyle w:val="Punktlista"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="0"/>
+        </w:numPr>
+        <w:ind w:firstLine="720"/>
+      </w:pPr>
+      <w:hyperlink r:id="rId16" w:history="1">
+        <w:r w:rsidRPr="007643F2">
           <w:rPr>
             <w:rStyle w:val="Hyperlnk"/>
           </w:rPr>
           <w:t>www.ssth.se/lankar</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="7C134555" w14:textId="3C37D096" w:rsidR="009714EF" w:rsidRDefault="003D41B5" w:rsidP="0045411D">
+    <w:p w14:paraId="351DFEBB" w14:textId="5AC21DFB" w:rsidR="003B7D1B" w:rsidRDefault="003B7D1B">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="0" w:right="0"/>
+      </w:pPr>
+      <w:r>
+        <w:br w:type="page"/>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6404FC0D" w14:textId="61D01FA4" w:rsidR="003B7D1B" w:rsidRDefault="003B7D1B" w:rsidP="003B7D1B">
       <w:pPr>
         <w:pStyle w:val="Rubrik2"/>
       </w:pPr>
-      <w:bookmarkStart w:id="11" w:name="_Bilaga_-_Spädning"/>
-[...3 lines deleted...]
-      <w:bookmarkEnd w:id="12"/>
       <w:r>
         <w:lastRenderedPageBreak/>
-        <w:t xml:space="preserve">Bilaga - </w:t>
-[...4 lines deleted...]
-      <w:bookmarkEnd w:id="13"/>
+        <w:t>Bilaga – Spädning och administrering av läkemedel</w:t>
+      </w:r>
     </w:p>
-    <w:p w14:paraId="0A57C58B" w14:textId="7BB99A0A" w:rsidR="009714EF" w:rsidRDefault="009714EF" w:rsidP="003D41B5">
-[...2 lines deleted...]
-        <w:keepLines/>
+    <w:p w14:paraId="1D53A656" w14:textId="77777777" w:rsidR="003B7D1B" w:rsidRDefault="003B7D1B" w:rsidP="003B7D1B">
+      <w:pPr>
+        <w:pStyle w:val="Punktlista"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="0"/>
+        </w:numPr>
+        <w:ind w:firstLine="720"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="1E952D2D" w14:textId="77777777" w:rsidR="003B7D1B" w:rsidRDefault="003B7D1B" w:rsidP="003B7D1B">
+      <w:pPr>
+        <w:ind w:right="-143"/>
       </w:pPr>
       <w:r>
         <w:t>Läkemedlen späds och administreras i första hand av sjuksköterska på akutmottagningen.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="64421C1E" w14:textId="3AEADC66" w:rsidR="009714EF" w:rsidRDefault="00B859FA" w:rsidP="003D41B5">
-[...4 lines deleted...]
-      <w:r>
+    <w:p w14:paraId="5BF2DDDB" w14:textId="77777777" w:rsidR="003B7D1B" w:rsidRDefault="003B7D1B" w:rsidP="003B7D1B">
+      <w:pPr>
+        <w:ind w:right="-143"/>
+      </w:pPr>
+      <w:r w:rsidRPr="003B7D1B">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t>Vitamin-</w:t>
-[...6 lines deleted...]
-        <w:t>K1 (</w:t>
+        <w:t>Vitamin-K1 (</w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidR="009714EF" w:rsidRPr="00480B1E">
+      <w:r w:rsidRPr="003B7D1B">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>Konakion</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidR="00EF201B">
+      <w:r w:rsidRPr="003B7D1B">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t>)</w:t>
-[...8 lines deleted...]
-        <w:t xml:space="preserve">mg (en ampull) ges långsamt under 30 sekunder. Ges utan spädning. </w:t>
+        <w:t>):</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> Administreras som intravenös injektion. 10 mg (en ampull) ges långsamt under 30 sekunder. Ges utan spädning. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2B91957B" w14:textId="074CD055" w:rsidR="007875F5" w:rsidRDefault="009714EF" w:rsidP="003D41B5">
-[...2 lines deleted...]
-        <w:keepLines/>
+    <w:p w14:paraId="40AA233F" w14:textId="0F35F17B" w:rsidR="009C6C0C" w:rsidRDefault="003B7D1B" w:rsidP="003B7D1B">
+      <w:pPr>
+        <w:ind w:right="-143"/>
       </w:pPr>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="00480B1E">
+      <w:r w:rsidRPr="003B7D1B">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>Desmopressin</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="00480B1E">
+      <w:r w:rsidRPr="003B7D1B">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve"> (</w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidR="00054EA2" w:rsidRPr="00054EA2">
+      <w:r w:rsidRPr="003B7D1B">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>Octostim</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidR="00054EA2" w:rsidRPr="00E96F61">
-[...7 lines deleted...]
-      <w:r w:rsidR="00054EA2" w:rsidRPr="00054EA2">
+      <w:r w:rsidRPr="003B7D1B">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve"> 15 µg/ml</w:t>
-[...9 lines deleted...]
-        <w:t xml:space="preserve">: 0,3 </w:t>
+        <w:t>® 15 µg/ml</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">): 0,3 </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:t>μg</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r>
         <w:t xml:space="preserve">/kg utspätt i fysiologisk koksaltlösning till 10 ml som intravenös injektion under 10 minuter eller 0,3 </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:t>μg</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r>
         <w:t>/kg som subkutan injektion. Som ledning vid dosberäkning kan följande tabell användas (dos 0,3 µg/kg):</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="Tabellrutnt"/>
-        <w:tblW w:w="8727" w:type="dxa"/>
-        <w:tblInd w:w="907" w:type="dxa"/>
+        <w:tblW w:w="9072" w:type="dxa"/>
+        <w:tblInd w:w="562" w:type="dxa"/>
         <w:tblLayout w:type="fixed"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
         <w:tblCaption w:val="Doseringstabell Desmopressin"/>
         <w:tblDescription w:val="Tabellen visar rekommenderad dosering i ml utifrån patientens vikt i kilo."/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="1072"/>
+        <w:gridCol w:w="1417"/>
         <w:gridCol w:w="536"/>
         <w:gridCol w:w="537"/>
         <w:gridCol w:w="537"/>
         <w:gridCol w:w="536"/>
         <w:gridCol w:w="537"/>
         <w:gridCol w:w="537"/>
         <w:gridCol w:w="537"/>
         <w:gridCol w:w="536"/>
         <w:gridCol w:w="537"/>
         <w:gridCol w:w="537"/>
         <w:gridCol w:w="536"/>
         <w:gridCol w:w="537"/>
         <w:gridCol w:w="537"/>
         <w:gridCol w:w="678"/>
       </w:tblGrid>
-      <w:tr w:rsidR="007552AD" w14:paraId="147D01DF" w14:textId="77777777" w:rsidTr="00003678">
+      <w:tr w:rsidR="003B7D1B" w14:paraId="46C09CD7" w14:textId="77777777" w:rsidTr="003B7D1B">
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1072" w:type="dxa"/>
+            <w:tcW w:w="1417" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="E5E5E5" w:themeFill="background2" w:themeFillTint="33"/>
           </w:tcPr>
-          <w:p w14:paraId="4B0A0567" w14:textId="77777777" w:rsidR="009714EF" w:rsidRPr="008A02C8" w:rsidRDefault="009714EF" w:rsidP="003D41B5">
+          <w:p w14:paraId="7F4D754D" w14:textId="77777777" w:rsidR="003B7D1B" w:rsidRPr="008A02C8" w:rsidRDefault="003B7D1B" w:rsidP="003B7D1B">
             <w:pPr>
               <w:pStyle w:val="Tabelltext"/>
-              <w:keepNext/>
-              <w:keepLines/>
             </w:pPr>
             <w:r w:rsidRPr="008A02C8">
               <w:t>Vikt (kg)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="536" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="5A7E2A84" w14:textId="77777777" w:rsidR="009714EF" w:rsidRPr="008A02C8" w:rsidRDefault="009714EF" w:rsidP="00FB494D">
+          <w:p w14:paraId="599A03FB" w14:textId="77777777" w:rsidR="003B7D1B" w:rsidRPr="008A02C8" w:rsidRDefault="003B7D1B" w:rsidP="003B7D1B">
             <w:pPr>
               <w:pStyle w:val="Tabelltext"/>
-              <w:keepNext/>
-              <w:keepLines/>
             </w:pPr>
             <w:r w:rsidRPr="008A02C8">
               <w:t>35</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="537" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="3531EB96" w14:textId="77777777" w:rsidR="009714EF" w:rsidRPr="008A02C8" w:rsidRDefault="009714EF" w:rsidP="00FB494D">
+          <w:p w14:paraId="04979B83" w14:textId="77777777" w:rsidR="003B7D1B" w:rsidRPr="008A02C8" w:rsidRDefault="003B7D1B" w:rsidP="003B7D1B">
             <w:pPr>
               <w:pStyle w:val="Tabelltext"/>
-              <w:keepNext/>
-              <w:keepLines/>
             </w:pPr>
             <w:r w:rsidRPr="008A02C8">
               <w:t>40</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="537" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="5727A6F8" w14:textId="77777777" w:rsidR="009714EF" w:rsidRPr="008A02C8" w:rsidRDefault="009714EF" w:rsidP="00FB494D">
+          <w:p w14:paraId="4735B693" w14:textId="77777777" w:rsidR="003B7D1B" w:rsidRPr="008A02C8" w:rsidRDefault="003B7D1B" w:rsidP="003B7D1B">
             <w:pPr>
               <w:pStyle w:val="Tabelltext"/>
-              <w:keepNext/>
-              <w:keepLines/>
             </w:pPr>
             <w:r w:rsidRPr="008A02C8">
               <w:t>45</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="536" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="273D4AE4" w14:textId="77777777" w:rsidR="009714EF" w:rsidRPr="008A02C8" w:rsidRDefault="009714EF" w:rsidP="00FB494D">
+          <w:p w14:paraId="72A9F1E7" w14:textId="77777777" w:rsidR="003B7D1B" w:rsidRPr="008A02C8" w:rsidRDefault="003B7D1B" w:rsidP="003B7D1B">
             <w:pPr>
               <w:pStyle w:val="Tabelltext"/>
-              <w:keepNext/>
-              <w:keepLines/>
             </w:pPr>
             <w:r w:rsidRPr="008A02C8">
               <w:t>50</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="537" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="756EDBA6" w14:textId="77777777" w:rsidR="009714EF" w:rsidRPr="008A02C8" w:rsidRDefault="009714EF" w:rsidP="00FB494D">
+          <w:p w14:paraId="7CB21636" w14:textId="77777777" w:rsidR="003B7D1B" w:rsidRPr="008A02C8" w:rsidRDefault="003B7D1B" w:rsidP="003B7D1B">
             <w:pPr>
               <w:pStyle w:val="Tabelltext"/>
-              <w:keepNext/>
-              <w:keepLines/>
             </w:pPr>
             <w:r w:rsidRPr="008A02C8">
               <w:t>55</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="537" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="38ED72CE" w14:textId="77777777" w:rsidR="009714EF" w:rsidRPr="008A02C8" w:rsidRDefault="009714EF" w:rsidP="00FB494D">
+          <w:p w14:paraId="570B1A04" w14:textId="77777777" w:rsidR="003B7D1B" w:rsidRPr="008A02C8" w:rsidRDefault="003B7D1B" w:rsidP="003B7D1B">
             <w:pPr>
               <w:pStyle w:val="Tabelltext"/>
-              <w:keepNext/>
-              <w:keepLines/>
             </w:pPr>
             <w:r w:rsidRPr="008A02C8">
               <w:t>60</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="537" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="085A1A49" w14:textId="77777777" w:rsidR="009714EF" w:rsidRPr="008A02C8" w:rsidRDefault="009714EF" w:rsidP="00FB494D">
+          <w:p w14:paraId="5FF1E3CB" w14:textId="77777777" w:rsidR="003B7D1B" w:rsidRPr="008A02C8" w:rsidRDefault="003B7D1B" w:rsidP="003B7D1B">
             <w:pPr>
               <w:pStyle w:val="Tabelltext"/>
-              <w:keepNext/>
-              <w:keepLines/>
             </w:pPr>
             <w:r w:rsidRPr="008A02C8">
               <w:t>65</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="536" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="03AF2702" w14:textId="77777777" w:rsidR="009714EF" w:rsidRPr="008A02C8" w:rsidRDefault="009714EF" w:rsidP="00FB494D">
+          <w:p w14:paraId="5DBCC281" w14:textId="77777777" w:rsidR="003B7D1B" w:rsidRPr="008A02C8" w:rsidRDefault="003B7D1B" w:rsidP="003B7D1B">
             <w:pPr>
               <w:pStyle w:val="Tabelltext"/>
-              <w:keepNext/>
-              <w:keepLines/>
             </w:pPr>
             <w:r w:rsidRPr="008A02C8">
               <w:t>70</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="537" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="71782BF3" w14:textId="77777777" w:rsidR="009714EF" w:rsidRPr="008A02C8" w:rsidRDefault="009714EF" w:rsidP="00FB494D">
+          <w:p w14:paraId="2D7EADF3" w14:textId="77777777" w:rsidR="003B7D1B" w:rsidRPr="008A02C8" w:rsidRDefault="003B7D1B" w:rsidP="003B7D1B">
             <w:pPr>
               <w:pStyle w:val="Tabelltext"/>
-              <w:keepNext/>
-              <w:keepLines/>
             </w:pPr>
             <w:r w:rsidRPr="008A02C8">
               <w:t>75</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="537" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="2A3AFA45" w14:textId="77777777" w:rsidR="009714EF" w:rsidRPr="008A02C8" w:rsidRDefault="009714EF" w:rsidP="00FB494D">
+          <w:p w14:paraId="6FE40A02" w14:textId="77777777" w:rsidR="003B7D1B" w:rsidRPr="008A02C8" w:rsidRDefault="003B7D1B" w:rsidP="003B7D1B">
             <w:pPr>
               <w:pStyle w:val="Tabelltext"/>
-              <w:keepNext/>
-              <w:keepLines/>
             </w:pPr>
             <w:r w:rsidRPr="008A02C8">
               <w:t>80</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="536" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="339FFF9C" w14:textId="77777777" w:rsidR="009714EF" w:rsidRPr="008A02C8" w:rsidRDefault="009714EF" w:rsidP="00FB494D">
+          <w:p w14:paraId="1A60DA8D" w14:textId="77777777" w:rsidR="003B7D1B" w:rsidRPr="008A02C8" w:rsidRDefault="003B7D1B" w:rsidP="003B7D1B">
             <w:pPr>
               <w:pStyle w:val="Tabelltext"/>
-              <w:keepNext/>
-              <w:keepLines/>
             </w:pPr>
             <w:r w:rsidRPr="008A02C8">
               <w:t>85</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="537" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="1C1DD5A5" w14:textId="77777777" w:rsidR="009714EF" w:rsidRPr="008A02C8" w:rsidRDefault="009714EF" w:rsidP="00FB494D">
+          <w:p w14:paraId="10AD1563" w14:textId="77777777" w:rsidR="003B7D1B" w:rsidRPr="008A02C8" w:rsidRDefault="003B7D1B" w:rsidP="003B7D1B">
             <w:pPr>
               <w:pStyle w:val="Tabelltext"/>
-              <w:keepNext/>
-              <w:keepLines/>
             </w:pPr>
             <w:r w:rsidRPr="008A02C8">
               <w:t>90</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="537" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="3F99E9D7" w14:textId="77777777" w:rsidR="009714EF" w:rsidRPr="008A02C8" w:rsidRDefault="009714EF" w:rsidP="00FB494D">
+          <w:p w14:paraId="5B1A395A" w14:textId="77777777" w:rsidR="003B7D1B" w:rsidRPr="008A02C8" w:rsidRDefault="003B7D1B" w:rsidP="003B7D1B">
             <w:pPr>
               <w:pStyle w:val="Tabelltext"/>
-              <w:keepNext/>
-              <w:keepLines/>
             </w:pPr>
             <w:r w:rsidRPr="008A02C8">
               <w:t>95</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="678" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="0EACC137" w14:textId="77777777" w:rsidR="009714EF" w:rsidRPr="008A02C8" w:rsidRDefault="009714EF" w:rsidP="00FB494D">
+          <w:p w14:paraId="181708FD" w14:textId="77777777" w:rsidR="003B7D1B" w:rsidRPr="008A02C8" w:rsidRDefault="003B7D1B" w:rsidP="003B7D1B">
             <w:pPr>
               <w:pStyle w:val="Tabelltext"/>
-              <w:keepNext/>
-[...1 lines deleted...]
-              <w:ind w:right="36"/>
             </w:pPr>
             <w:r w:rsidRPr="008A02C8">
               <w:t>100</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="007552AD" w14:paraId="5A819FAE" w14:textId="77777777" w:rsidTr="00003678">
+      <w:tr w:rsidR="003B7D1B" w14:paraId="538D650E" w14:textId="77777777" w:rsidTr="003B7D1B">
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1072" w:type="dxa"/>
+            <w:tcW w:w="1417" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="E5E5E5" w:themeFill="background2" w:themeFillTint="33"/>
           </w:tcPr>
-          <w:p w14:paraId="1ABD85E8" w14:textId="77777777" w:rsidR="009714EF" w:rsidRPr="008A02C8" w:rsidRDefault="009714EF" w:rsidP="003D41B5">
+          <w:p w14:paraId="664DB028" w14:textId="77777777" w:rsidR="003B7D1B" w:rsidRPr="008A02C8" w:rsidRDefault="003B7D1B" w:rsidP="003B7D1B">
             <w:pPr>
               <w:pStyle w:val="Tabelltext"/>
-              <w:keepNext/>
-              <w:keepLines/>
             </w:pPr>
             <w:r w:rsidRPr="008A02C8">
               <w:t>Dos (ml)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="536" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="73C6CA1A" w14:textId="77777777" w:rsidR="009714EF" w:rsidRPr="008A02C8" w:rsidRDefault="009714EF" w:rsidP="00FB494D">
+          <w:p w14:paraId="4D6BD662" w14:textId="77777777" w:rsidR="003B7D1B" w:rsidRPr="008A02C8" w:rsidRDefault="003B7D1B" w:rsidP="003B7D1B">
             <w:pPr>
               <w:pStyle w:val="Tabelltext"/>
-              <w:keepNext/>
-              <w:keepLines/>
             </w:pPr>
             <w:r w:rsidRPr="008A02C8">
               <w:t>0,7</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="537" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="2C4449D2" w14:textId="77777777" w:rsidR="009714EF" w:rsidRPr="008A02C8" w:rsidRDefault="009714EF" w:rsidP="00FB494D">
+          <w:p w14:paraId="3D0C3E00" w14:textId="77777777" w:rsidR="003B7D1B" w:rsidRPr="008A02C8" w:rsidRDefault="003B7D1B" w:rsidP="003B7D1B">
             <w:pPr>
               <w:pStyle w:val="Tabelltext"/>
-              <w:keepNext/>
-              <w:keepLines/>
             </w:pPr>
             <w:r w:rsidRPr="008A02C8">
               <w:t>0,8</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="537" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="52D0D93A" w14:textId="77777777" w:rsidR="009714EF" w:rsidRPr="008A02C8" w:rsidRDefault="009714EF" w:rsidP="00FB494D">
+          <w:p w14:paraId="19B35C05" w14:textId="77777777" w:rsidR="003B7D1B" w:rsidRPr="008A02C8" w:rsidRDefault="003B7D1B" w:rsidP="003B7D1B">
             <w:pPr>
               <w:pStyle w:val="Tabelltext"/>
-              <w:keepNext/>
-              <w:keepLines/>
             </w:pPr>
             <w:r w:rsidRPr="008A02C8">
               <w:t>0,9</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="536" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="312A5B0A" w14:textId="77777777" w:rsidR="009714EF" w:rsidRPr="008A02C8" w:rsidRDefault="009714EF" w:rsidP="00FB494D">
+          <w:p w14:paraId="10DDF360" w14:textId="77777777" w:rsidR="003B7D1B" w:rsidRPr="008A02C8" w:rsidRDefault="003B7D1B" w:rsidP="003B7D1B">
             <w:pPr>
               <w:pStyle w:val="Tabelltext"/>
-              <w:keepNext/>
-              <w:keepLines/>
             </w:pPr>
             <w:r w:rsidRPr="008A02C8">
               <w:t>1,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="537" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="40F367B9" w14:textId="77777777" w:rsidR="009714EF" w:rsidRPr="008A02C8" w:rsidRDefault="009714EF" w:rsidP="00FB494D">
+          <w:p w14:paraId="2DCE6F43" w14:textId="77777777" w:rsidR="003B7D1B" w:rsidRPr="008A02C8" w:rsidRDefault="003B7D1B" w:rsidP="003B7D1B">
             <w:pPr>
               <w:pStyle w:val="Tabelltext"/>
-              <w:keepNext/>
-              <w:keepLines/>
             </w:pPr>
             <w:r w:rsidRPr="008A02C8">
               <w:t>1,1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="537" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="54DEFCEC" w14:textId="77777777" w:rsidR="009714EF" w:rsidRPr="008A02C8" w:rsidRDefault="009714EF" w:rsidP="00FB494D">
+          <w:p w14:paraId="638F1875" w14:textId="77777777" w:rsidR="003B7D1B" w:rsidRPr="008A02C8" w:rsidRDefault="003B7D1B" w:rsidP="003B7D1B">
             <w:pPr>
               <w:pStyle w:val="Tabelltext"/>
-              <w:keepNext/>
-              <w:keepLines/>
             </w:pPr>
             <w:r w:rsidRPr="008A02C8">
               <w:t>1,2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="537" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="0999C5FA" w14:textId="77777777" w:rsidR="009714EF" w:rsidRPr="008A02C8" w:rsidRDefault="009714EF" w:rsidP="00FB494D">
+          <w:p w14:paraId="03AA2669" w14:textId="77777777" w:rsidR="003B7D1B" w:rsidRPr="008A02C8" w:rsidRDefault="003B7D1B" w:rsidP="003B7D1B">
             <w:pPr>
               <w:pStyle w:val="Tabelltext"/>
-              <w:keepNext/>
-              <w:keepLines/>
             </w:pPr>
             <w:r w:rsidRPr="008A02C8">
               <w:t>1,3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="536" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="6B4CABEF" w14:textId="77777777" w:rsidR="009714EF" w:rsidRPr="008A02C8" w:rsidRDefault="009714EF" w:rsidP="00FB494D">
+          <w:p w14:paraId="31903ED2" w14:textId="77777777" w:rsidR="003B7D1B" w:rsidRPr="008A02C8" w:rsidRDefault="003B7D1B" w:rsidP="003B7D1B">
             <w:pPr>
               <w:pStyle w:val="Tabelltext"/>
-              <w:keepNext/>
-              <w:keepLines/>
             </w:pPr>
             <w:r w:rsidRPr="008A02C8">
               <w:t>1,4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="537" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="776CDECA" w14:textId="77777777" w:rsidR="009714EF" w:rsidRPr="008A02C8" w:rsidRDefault="009714EF" w:rsidP="00FB494D">
+          <w:p w14:paraId="05C6CC5E" w14:textId="77777777" w:rsidR="003B7D1B" w:rsidRPr="008A02C8" w:rsidRDefault="003B7D1B" w:rsidP="003B7D1B">
             <w:pPr>
               <w:pStyle w:val="Tabelltext"/>
-              <w:keepNext/>
-              <w:keepLines/>
             </w:pPr>
             <w:r w:rsidRPr="008A02C8">
               <w:t>1,5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="537" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="26ABEC09" w14:textId="77777777" w:rsidR="009714EF" w:rsidRPr="008A02C8" w:rsidRDefault="009714EF" w:rsidP="00FB494D">
+          <w:p w14:paraId="369AEFF7" w14:textId="77777777" w:rsidR="003B7D1B" w:rsidRPr="008A02C8" w:rsidRDefault="003B7D1B" w:rsidP="003B7D1B">
             <w:pPr>
               <w:pStyle w:val="Tabelltext"/>
-              <w:keepNext/>
-              <w:keepLines/>
             </w:pPr>
             <w:r w:rsidRPr="008A02C8">
               <w:t>1,6</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="536" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="2C8AEA77" w14:textId="77777777" w:rsidR="009714EF" w:rsidRPr="008A02C8" w:rsidRDefault="009714EF" w:rsidP="00FB494D">
+          <w:p w14:paraId="70F4AAF2" w14:textId="77777777" w:rsidR="003B7D1B" w:rsidRPr="008A02C8" w:rsidRDefault="003B7D1B" w:rsidP="003B7D1B">
             <w:pPr>
               <w:pStyle w:val="Tabelltext"/>
-              <w:keepNext/>
-              <w:keepLines/>
             </w:pPr>
             <w:r w:rsidRPr="008A02C8">
               <w:t>1,7</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="537" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="68519EDC" w14:textId="77777777" w:rsidR="009714EF" w:rsidRPr="008A02C8" w:rsidRDefault="009714EF" w:rsidP="00FB494D">
+          <w:p w14:paraId="754F0C68" w14:textId="77777777" w:rsidR="003B7D1B" w:rsidRPr="008A02C8" w:rsidRDefault="003B7D1B" w:rsidP="003B7D1B">
             <w:pPr>
               <w:pStyle w:val="Tabelltext"/>
-              <w:keepNext/>
-              <w:keepLines/>
             </w:pPr>
             <w:r w:rsidRPr="008A02C8">
               <w:t>1,8</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="537" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="1E4850A4" w14:textId="77777777" w:rsidR="009714EF" w:rsidRPr="008A02C8" w:rsidRDefault="009714EF" w:rsidP="00FB494D">
+          <w:p w14:paraId="749BF3C7" w14:textId="77777777" w:rsidR="003B7D1B" w:rsidRPr="008A02C8" w:rsidRDefault="003B7D1B" w:rsidP="003B7D1B">
             <w:pPr>
               <w:pStyle w:val="Tabelltext"/>
-              <w:keepNext/>
-              <w:keepLines/>
             </w:pPr>
             <w:r w:rsidRPr="008A02C8">
               <w:t>1,9</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="678" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="574A5A93" w14:textId="77777777" w:rsidR="009714EF" w:rsidRPr="008A02C8" w:rsidRDefault="009714EF" w:rsidP="00FB494D">
+          <w:p w14:paraId="1DE41F31" w14:textId="77777777" w:rsidR="003B7D1B" w:rsidRPr="008A02C8" w:rsidRDefault="003B7D1B" w:rsidP="003B7D1B">
             <w:pPr>
               <w:pStyle w:val="Tabelltext"/>
-              <w:keepNext/>
-              <w:keepLines/>
             </w:pPr>
             <w:r w:rsidRPr="008A02C8">
               <w:t>2,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="5FCB4233" w14:textId="0695E815" w:rsidR="0034572A" w:rsidRDefault="009A510E" w:rsidP="003D41B5">
-[...4 lines deleted...]
-      </w:pPr>
+    <w:p w14:paraId="26009D3A" w14:textId="77777777" w:rsidR="003B7D1B" w:rsidRDefault="003B7D1B" w:rsidP="003B7D1B">
+      <w:pPr>
+        <w:pStyle w:val="Tabell"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="0AFFAF4B" w14:textId="57D6C015" w:rsidR="00DA2560" w:rsidRDefault="00C52240" w:rsidP="00C52240">
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="00F44D7A">
+      <w:r w:rsidRPr="00C52240">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>Idarucizumab</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="0034572A">
+      <w:r w:rsidRPr="00C52240">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve"> </w:t>
-[...6 lines deleted...]
-        <w:t>(</w:t>
+        <w:t xml:space="preserve"> (</w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidR="0034572A" w:rsidRPr="0034572A">
+      <w:r w:rsidRPr="00C52240">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>Praxbind</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r>
+      <w:r w:rsidRPr="00C52240">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t>)</w:t>
-[...2 lines deleted...]
-        <w:t>: (2 injektionsflaskor med 2,5 g/50 ml) administreras intravenöst som två efterföljande infusioner, under 5 till 10 minuter vardera, eller som en bolusinjektion.</w:t>
+        <w:t>):</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C52240">
+        <w:t xml:space="preserve"> (2 injektionsflaskor med 2,5 g/50 ml) administreras intravenöst som två efterföljande infusioner, under 5 till 10 minuter vardera, eller som en bolusinjektion.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="13B78C4D" w14:textId="6ECC66D3" w:rsidR="0034572A" w:rsidRDefault="00F672A1" w:rsidP="0045411D">
-[...4 lines deleted...]
-      </w:pPr>
+    <w:p w14:paraId="7978127C" w14:textId="6DAEA58E" w:rsidR="00C52240" w:rsidRDefault="00C52240" w:rsidP="00C52240">
       <w:proofErr w:type="spellStart"/>
-      <w:r>
+      <w:r w:rsidRPr="00C52240">
         <w:t>Protrombinkomplexkoncentrat</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="0034572A">
-[...11 lines deleted...]
-        <w:t>(</w:t>
+      <w:r w:rsidRPr="00C52240">
+        <w:t xml:space="preserve"> (</w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r>
+      <w:r w:rsidRPr="00C52240">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>Confidex</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r>
+      <w:r w:rsidRPr="00C52240">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidR="0034572A" w:rsidRPr="0034572A">
+      <w:r w:rsidRPr="00C52240">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>Ocplex</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r>
-[...14 lines deleted...]
-        <w:t xml:space="preserve">: </w:t>
+      <w:r w:rsidRPr="00C52240">
+        <w:t>) 500 IE/flaska:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="038E1D6C" w14:textId="5DDA0690" w:rsidR="0034572A" w:rsidRDefault="00F672A1" w:rsidP="0045411D">
-[...3 lines deleted...]
-        <w:keepLines/>
+    <w:p w14:paraId="14B8CEFF" w14:textId="71EE90D6" w:rsidR="00C52240" w:rsidRPr="00C52240" w:rsidRDefault="00C52240" w:rsidP="00C52240">
+      <w:pPr>
+        <w:pStyle w:val="Punktlista"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="25"/>
+          <w:numId w:val="22"/>
         </w:numPr>
-        <w:ind w:left="1349" w:hanging="357"/>
-[...11 lines deleted...]
-        <w:t xml:space="preserve"> enligt </w:t>
+      </w:pPr>
+      <w:r w:rsidRPr="00C52240">
+        <w:t xml:space="preserve">Följ spädningsinstruktion enligt </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidR="00F33154">
-[...6 lines deleted...]
-        <w:t>sedel</w:t>
+      <w:r w:rsidRPr="00C52240">
+        <w:t>bipackssedel</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r>
-[...9 lines deleted...]
-        <w:t xml:space="preserve">. </w:t>
+      <w:r w:rsidRPr="00C52240">
+        <w:t xml:space="preserve"> och använd de medföljande hjälpmedlen för aktuellt preparat. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="580A1CCF" w14:textId="058D2B68" w:rsidR="0034572A" w:rsidRDefault="0034572A" w:rsidP="0045411D">
-[...3 lines deleted...]
-        <w:keepLines/>
+    <w:p w14:paraId="36A928AA" w14:textId="39212A07" w:rsidR="00C52240" w:rsidRDefault="00C52240" w:rsidP="00C52240">
+      <w:pPr>
+        <w:pStyle w:val="Punktlista"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="25"/>
+          <w:numId w:val="22"/>
         </w:numPr>
-        <w:ind w:left="1349" w:hanging="357"/>
-[...26 lines deleted...]
-        <w:t xml:space="preserve"> ska injektionshastigheten minskas eller administreringen helt avbrytas.</w:t>
+      </w:pPr>
+      <w:r w:rsidRPr="00C52240">
+        <w:t xml:space="preserve">Injicera lösningen långsamt intravenöst, initialt 1 ml/min och inte fortare än </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00C52240">
+        <w:t>2-3</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00C52240">
+        <w:t xml:space="preserve"> ml/minut. Inget blod får sugas upp i sprutan p.g.a. risken för fibrinkoagel. Patientens pulsfrekvens ska mätas före och under injektionen. Om en markant ökning av pulsfrekvensen inträffar, ska injektionshastigheten minskas eller administreringen helt avbrytas.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1BAD341E" w14:textId="17001049" w:rsidR="0034572A" w:rsidRDefault="0034572A" w:rsidP="003D41B5">
-[...5 lines deleted...]
-      <w:r>
+    <w:p w14:paraId="0CAE0492" w14:textId="7B131F44" w:rsidR="00C52240" w:rsidRPr="00C52240" w:rsidRDefault="00C52240" w:rsidP="00C52240">
+      <w:r w:rsidRPr="00C52240">
         <w:t>Färdigberedd lösning måste användas omedelbart.</w:t>
       </w:r>
     </w:p>
-    <w:sectPr w:rsidR="0034572A" w:rsidSect="00831A37">
-      <w:headerReference w:type="default" r:id="rId18"/>
+    <w:sectPr w:rsidR="00C52240" w:rsidRPr="00C52240" w:rsidSect="00B96AFF">
+      <w:headerReference w:type="default" r:id="rId17"/>
+      <w:footerReference w:type="even" r:id="rId18"/>
       <w:footerReference w:type="default" r:id="rId19"/>
       <w:headerReference w:type="first" r:id="rId20"/>
       <w:footerReference w:type="first" r:id="rId21"/>
       <w:type w:val="continuous"/>
       <w:pgSz w:w="11900" w:h="16840"/>
       <w:pgMar w:top="1418" w:right="1979" w:bottom="1276" w:left="992" w:header="284" w:footer="737" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:noEndnote/>
       <w:titlePg/>
       <w:docGrid w:linePitch="326"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="69FC92BF" w14:textId="77777777" w:rsidR="000502B4" w:rsidRDefault="000502B4">
+    <w:p w14:paraId="18BF7A56" w14:textId="77777777" w:rsidR="002F29DE" w:rsidRDefault="002F29DE">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="4034C2B9" w14:textId="77777777" w:rsidR="000502B4" w:rsidRDefault="000502B4">
+    <w:p w14:paraId="146526E2" w14:textId="77777777" w:rsidR="002F29DE" w:rsidRDefault="002F29DE">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationNotice" w:id="1">
-    <w:p w14:paraId="1880DFD4" w14:textId="77777777" w:rsidR="000502B4" w:rsidRDefault="000502B4">
+    <w:p w14:paraId="733CB232" w14:textId="77777777" w:rsidR="002F29DE" w:rsidRDefault="002F29DE">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier">
     <w:panose1 w:val="02070409020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="00000003" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
   </w:font>
-  <w:font w:name="Agency FB">
-    <w:panose1 w:val="020B0503020202020204"/>
+  <w:font w:name="Georgia">
+    <w:panose1 w:val="02040502050405020303"/>
+    <w:charset w:val="00"/>
+    <w:family w:val="roman"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="00000287" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="0000009F" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Verdana">
+    <w:panose1 w:val="020B0604030504040204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="00000003" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
-[...6 lines deleted...]
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="A00006FF" w:usb1="4000205B" w:usb2="00000010" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="MS Gothic">
     <w:altName w:val="ＭＳ ゴシック"/>
     <w:panose1 w:val="020B0609070205080204"/>
     <w:charset w:val="80"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E00002FF" w:usb1="6AC7FDFB" w:usb2="08000012" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Calibri">
+    <w:panose1 w:val="020F0502020204030204"/>
+    <w:charset w:val="00"/>
+    <w:family w:val="swiss"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="MinionPro-Regular">
     <w:altName w:val="Calibri"/>
     <w:panose1 w:val="00000000000000000000"/>
     <w:charset w:val="4D"/>
     <w:family w:val="auto"/>
     <w:notTrueType/>
     <w:pitch w:val="default"/>
     <w:sig w:usb0="00000003" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Lucida Grande">
     <w:altName w:val="Times New Roman"/>
     <w:charset w:val="00"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E1000AEF" w:usb1="5000A1FF" w:usb2="00000000" w:usb3="00000000" w:csb0="000001BF" w:csb1="00000000"/>
   </w:font>
-  <w:font w:name="Cambria">
-[...5 lines deleted...]
-  </w:font>
   <w:font w:name="MS Mincho">
     <w:altName w:val="ＭＳ 明朝"/>
     <w:panose1 w:val="02020609040205080304"/>
     <w:charset w:val="80"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E00002FF" w:usb1="6AC7FDFB" w:usb2="08000012" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
   </w:font>
+  <w:font w:name="Cambria">
+    <w:panose1 w:val="02040503050406030204"/>
+    <w:charset w:val="00"/>
+    <w:family w:val="roman"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
+  </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
-  <w:p w14:paraId="3FC6B21C" w14:textId="052E4292" w:rsidR="008250CC" w:rsidRDefault="008250CC" w:rsidP="008250CC">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="1FE2B820" w14:textId="77777777" w:rsidR="00660269" w:rsidRDefault="00660269" w:rsidP="00C43BDD">
     <w:pPr>
       <w:pStyle w:val="Sidfot"/>
-      <w:jc w:val="center"/>
+      <w:framePr w:wrap="around" w:vAnchor="text" w:hAnchor="margin" w:y="1"/>
+      <w:rPr>
+        <w:rStyle w:val="Sidnummer"/>
+      </w:rPr>
     </w:pPr>
-    <w:r w:rsidRPr="001510D8">
+    <w:r>
       <w:rPr>
         <w:rStyle w:val="Sidnummer"/>
-        <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
-[...1 lines deleted...]
-        <w:szCs w:val="20"/>
       </w:rPr>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
-    <w:r w:rsidRPr="001510D8">
+    <w:r>
       <w:rPr>
         <w:rStyle w:val="Sidnummer"/>
-        <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
-[...3 lines deleted...]
-      <w:instrText xml:space="preserve"> PAGE </w:instrText>
+      </w:rPr>
+      <w:instrText xml:space="preserve">PAGE  </w:instrText>
     </w:r>
-    <w:r w:rsidRPr="001510D8">
+    <w:r>
       <w:rPr>
         <w:rStyle w:val="Sidnummer"/>
-        <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
-[...1 lines deleted...]
-        <w:szCs w:val="20"/>
+      </w:rPr>
+      <w:fldChar w:fldCharType="end"/>
+    </w:r>
+  </w:p>
+  <w:p w14:paraId="1FE2B821" w14:textId="77777777" w:rsidR="00660269" w:rsidRDefault="00660269" w:rsidP="00C43BDD">
+    <w:pPr>
+      <w:pStyle w:val="Sidfot"/>
+      <w:ind w:firstLine="360"/>
+    </w:pPr>
+  </w:p>
+</w:ftr>
+</file>
+
+<file path=word/footer2.xml><?xml version="1.0" encoding="utf-8"?>
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="47BD2091" w14:textId="66F4EBFA" w:rsidR="00C50EE5" w:rsidRPr="00831C35" w:rsidRDefault="00000E57" w:rsidP="00EC0A68">
+    <w:pPr>
+      <w:pStyle w:val="Sidfot"/>
+      <w:rPr>
+        <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        <w:sz w:val="24"/>
+        <w:szCs w:val="24"/>
+      </w:rPr>
+    </w:pPr>
+    <w:sdt>
+      <w:sdtPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:id w:val="-2070031421"/>
+        <w:docPartObj>
+          <w:docPartGallery w:val="Page Numbers (Bottom of Page)"/>
+          <w:docPartUnique/>
+        </w:docPartObj>
+      </w:sdtPr>
+      <w:sdtEndPr/>
+      <w:sdtContent>
+        <w:r w:rsidR="00A65FD4" w:rsidRPr="00831C35">
+          <w:rPr>
+            <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+            <w:sz w:val="24"/>
+            <w:szCs w:val="24"/>
+          </w:rPr>
+          <w:t xml:space="preserve"> </w:t>
+        </w:r>
+        <w:r w:rsidR="00EC0A68" w:rsidRPr="00831C35">
+          <w:rPr>
+            <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+            <w:sz w:val="24"/>
+            <w:szCs w:val="24"/>
+          </w:rPr>
+          <w:fldChar w:fldCharType="begin"/>
+        </w:r>
+        <w:r w:rsidR="00EC0A68" w:rsidRPr="00831C35">
+          <w:rPr>
+            <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+            <w:sz w:val="24"/>
+            <w:szCs w:val="24"/>
+          </w:rPr>
+          <w:instrText>PAGE   \* MERGEFORMAT</w:instrText>
+        </w:r>
+        <w:r w:rsidR="00EC0A68" w:rsidRPr="00831C35">
+          <w:rPr>
+            <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+            <w:sz w:val="24"/>
+            <w:szCs w:val="24"/>
+          </w:rPr>
+          <w:fldChar w:fldCharType="separate"/>
+        </w:r>
+        <w:r w:rsidR="00EC0A68" w:rsidRPr="00831C35">
+          <w:rPr>
+            <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+            <w:sz w:val="24"/>
+            <w:szCs w:val="24"/>
+          </w:rPr>
+          <w:t>2</w:t>
+        </w:r>
+        <w:r w:rsidR="00EC0A68" w:rsidRPr="00831C35">
+          <w:rPr>
+            <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+            <w:sz w:val="24"/>
+            <w:szCs w:val="24"/>
+          </w:rPr>
+          <w:fldChar w:fldCharType="end"/>
+        </w:r>
+      </w:sdtContent>
+    </w:sdt>
+    <w:r w:rsidR="00111CB2" w:rsidRPr="00831C35">
+      <w:rPr>
+        <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        <w:sz w:val="24"/>
+        <w:szCs w:val="24"/>
+      </w:rPr>
+      <w:t xml:space="preserve"> (</w:t>
+    </w:r>
+    <w:r w:rsidR="00111CB2" w:rsidRPr="00831C35">
+      <w:rPr>
+        <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        <w:sz w:val="24"/>
+        <w:szCs w:val="24"/>
+      </w:rPr>
+      <w:fldChar w:fldCharType="begin"/>
+    </w:r>
+    <w:r w:rsidR="00111CB2" w:rsidRPr="00831C35">
+      <w:rPr>
+        <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        <w:sz w:val="24"/>
+        <w:szCs w:val="24"/>
+      </w:rPr>
+      <w:instrText xml:space="preserve"> NUMPAGES   \* MERGEFORMAT </w:instrText>
+    </w:r>
+    <w:r w:rsidR="00111CB2" w:rsidRPr="00831C35">
+      <w:rPr>
+        <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        <w:sz w:val="24"/>
+        <w:szCs w:val="24"/>
       </w:rPr>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
-    <w:r>
-[...6 lines deleted...]
-      <w:t>2</w:t>
+    <w:r w:rsidR="00111CB2" w:rsidRPr="00831C35">
+      <w:rPr>
+        <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        <w:noProof/>
+        <w:sz w:val="24"/>
+        <w:szCs w:val="24"/>
+      </w:rPr>
+      <w:t>4</w:t>
     </w:r>
-    <w:r w:rsidRPr="001510D8">
-[...4 lines deleted...]
-        <w:szCs w:val="20"/>
+    <w:r w:rsidR="00111CB2" w:rsidRPr="00831C35">
+      <w:rPr>
+        <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        <w:sz w:val="24"/>
+        <w:szCs w:val="24"/>
       </w:rPr>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
-    <w:r w:rsidRPr="001510D8">
-[...66 lines deleted...]
-        <w:szCs w:val="20"/>
+    <w:r w:rsidR="00111CB2" w:rsidRPr="00831C35">
+      <w:rPr>
+        <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        <w:sz w:val="24"/>
+        <w:szCs w:val="24"/>
       </w:rPr>
       <w:t>)</w:t>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
-<file path=word/footer2.xml><?xml version="1.0" encoding="utf-8"?>
-[...1 lines deleted...]
-  <w:p w14:paraId="1FE2B822" w14:textId="08658379" w:rsidR="00660269" w:rsidRDefault="008250CC" w:rsidP="00FB2F0F">
+<file path=word/footer3.xml><?xml version="1.0" encoding="utf-8"?>
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="1FE2B822" w14:textId="76DF6159" w:rsidR="00660269" w:rsidRDefault="009228AB" w:rsidP="00FB2F0F">
     <w:pPr>
       <w:pStyle w:val="Sidfot"/>
       <w:ind w:left="6237" w:hanging="141"/>
       <w:jc w:val="left"/>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:noProof/>
       </w:rPr>
       <w:drawing>
-        <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251662336" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="39716D08" wp14:editId="19B0CF05">
+        <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658241" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="1FE2B825" wp14:editId="5971BB2D">
           <wp:simplePos x="0" y="0"/>
           <wp:positionH relativeFrom="column">
-            <wp:posOffset>4552950</wp:posOffset>
+            <wp:posOffset>4391660</wp:posOffset>
           </wp:positionH>
           <wp:positionV relativeFrom="paragraph">
-            <wp:posOffset>-114300</wp:posOffset>
+            <wp:posOffset>-3947</wp:posOffset>
           </wp:positionV>
-          <wp:extent cx="1897920" cy="384860"/>
-          <wp:effectExtent l="0" t="0" r="7620" b="0"/>
+          <wp:extent cx="1953671" cy="348178"/>
+          <wp:effectExtent l="0" t="0" r="0" b="0"/>
           <wp:wrapNone/>
           <wp:docPr id="12" name="Bildobjekt 12">
             <a:extLst xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:ext uri="{C183D7F6-B498-43B3-948B-1728B52AA6E4}">
                 <adec:decorative xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" val="1"/>
               </a:ext>
             </a:extLst>
           </wp:docPr>
           <wp:cNvGraphicFramePr>
             <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
           </wp:cNvGraphicFramePr>
           <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
             <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
               <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:nvPicPr>
-                  <pic:cNvPr id="0" name="VG_Ne.wmf"/>
+                  <pic:cNvPr id="12" name="Bildobjekt 12">
+                    <a:extLst>
+                      <a:ext uri="{C183D7F6-B498-43B3-948B-1728B52AA6E4}">
+                        <adec:decorative xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" val="1"/>
+                      </a:ext>
+                    </a:extLst>
+                  </pic:cNvPr>
                   <pic:cNvPicPr/>
                 </pic:nvPicPr>
                 <pic:blipFill>
                   <a:blip r:embed="rId1">
                     <a:extLst>
-                      <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
-                        <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+                      <a:ext uri="{96DAC541-7B7A-43D3-8B79-37D633B846F1}">
+                        <asvg:svgBlip xmlns:asvg="http://schemas.microsoft.com/office/drawing/2016/SVG/main" r:embed="rId2"/>
                       </a:ext>
                     </a:extLst>
                   </a:blip>
                   <a:stretch>
                     <a:fillRect/>
                   </a:stretch>
                 </pic:blipFill>
                 <pic:spPr>
                   <a:xfrm>
                     <a:off x="0" y="0"/>
-                    <a:ext cx="1897920" cy="384860"/>
+                    <a:ext cx="1953671" cy="348178"/>
                   </a:xfrm>
                   <a:prstGeom prst="rect">
                     <a:avLst/>
                   </a:prstGeom>
                 </pic:spPr>
               </pic:pic>
             </a:graphicData>
           </a:graphic>
           <wp14:sizeRelH relativeFrom="margin">
             <wp14:pctWidth>0</wp14:pctWidth>
           </wp14:sizeRelH>
           <wp14:sizeRelV relativeFrom="margin">
             <wp14:pctHeight>0</wp14:pctHeight>
           </wp14:sizeRelV>
         </wp:anchor>
       </w:drawing>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="74DA189C" w14:textId="77777777" w:rsidR="000502B4" w:rsidRDefault="000502B4"/>
+    <w:p w14:paraId="55599A94" w14:textId="77777777" w:rsidR="002F29DE" w:rsidRDefault="002F29DE"/>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="0918AC5D" w14:textId="77777777" w:rsidR="000502B4" w:rsidRDefault="000502B4">
+    <w:p w14:paraId="3B0D344F" w14:textId="77777777" w:rsidR="002F29DE" w:rsidRDefault="002F29DE">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationNotice" w:id="1">
-    <w:p w14:paraId="17795D34" w14:textId="77777777" w:rsidR="000502B4" w:rsidRDefault="000502B4">
+    <w:p w14:paraId="02E1E781" w14:textId="77777777" w:rsidR="002F29DE" w:rsidRDefault="002F29DE">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
-  <w:p w14:paraId="227101F6" w14:textId="32D98964" w:rsidR="004B5C86" w:rsidRDefault="004B5C86" w:rsidP="004B5C86">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="68F18EE5" w14:textId="39C06E14" w:rsidR="00294791" w:rsidRPr="00DA65C4" w:rsidRDefault="00DA65C4" w:rsidP="00DA65C4">
     <w:pPr>
       <w:pStyle w:val="Sidhuvud"/>
-      <w:tabs>
-[...3 lines deleted...]
-      </w:tabs>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:noProof/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
       <mc:AlternateContent>
         <mc:Choice Requires="wps">
           <w:drawing>
-            <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251664384" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="2D72D6C2" wp14:editId="29A5A2D3">
+            <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251672577" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="264BC60A" wp14:editId="43F94021">
               <wp:simplePos x="0" y="0"/>
               <wp:positionH relativeFrom="column">
                 <wp:posOffset>0</wp:posOffset>
               </wp:positionH>
               <wp:positionV relativeFrom="paragraph">
                 <wp:posOffset>-635</wp:posOffset>
               </wp:positionV>
               <wp:extent cx="4667250" cy="323850"/>
               <wp:effectExtent l="0" t="0" r="0" b="0"/>
               <wp:wrapNone/>
               <wp:docPr id="10" name="Textruta 10"/>
               <wp:cNvGraphicFramePr/>
               <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                 <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                   <wps:wsp>
                     <wps:cNvSpPr txBox="1"/>
                     <wps:spPr>
                       <a:xfrm>
                         <a:off x="0" y="0"/>
                         <a:ext cx="4667250" cy="323850"/>
                       </a:xfrm>
                       <a:prstGeom prst="rect">
                         <a:avLst/>
                       </a:prstGeom>
                       <a:noFill/>
                       <a:ln w="6350">
                         <a:noFill/>
                       </a:ln>
                     </wps:spPr>
                     <wps:txbx>
                       <w:txbxContent>
-                        <w:p w14:paraId="3C8B2CDB" w14:textId="77777777" w:rsidR="004B5C86" w:rsidRDefault="004B5C86" w:rsidP="004B5C86">
+                        <w:p w14:paraId="70464969" w14:textId="1B285E8B" w:rsidR="00DA65C4" w:rsidRDefault="00DA65C4" w:rsidP="00DA65C4">
                           <w:pPr>
                             <w:ind w:left="0"/>
                           </w:pPr>
                           <w:r w:rsidRPr="00762EE0">
                             <w:rPr>
                               <w:sz w:val="20"/>
                               <w:szCs w:val="20"/>
                             </w:rPr>
                             <w:t>OBS! Utskriven version kan vara ogiltig. Verifiera innehållet</w:t>
                           </w:r>
-                          <w:r>
+                          <w:r w:rsidR="00367D19">
                             <w:rPr>
                               <w:sz w:val="20"/>
                               <w:szCs w:val="20"/>
                             </w:rPr>
                             <w:t>.</w:t>
                           </w:r>
                         </w:p>
                       </w:txbxContent>
                     </wps:txbx>
                     <wps:bodyPr rot="0" spcFirstLastPara="0" vertOverflow="overflow" horzOverflow="overflow" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" numCol="1" spcCol="0" rtlCol="0" fromWordArt="0" anchor="t" anchorCtr="0" forceAA="0" compatLnSpc="1">
                       <a:prstTxWarp prst="textNoShape">
                         <a:avLst/>
                       </a:prstTxWarp>
                       <a:noAutofit/>
                     </wps:bodyPr>
                   </wps:wsp>
                 </a:graphicData>
               </a:graphic>
               <wp14:sizeRelH relativeFrom="margin">
                 <wp14:pctWidth>0</wp14:pctWidth>
               </wp14:sizeRelH>
             </wp:anchor>
           </w:drawing>
         </mc:Choice>
         <mc:Fallback>
           <w:pict>
-            <v:shapetype w14:anchorId="2D72D6C2" id="_x0000_t202" coordsize="21600,21600" o:spt="202" path="m,l,21600r21600,l21600,xe">
+            <v:shapetype w14:anchorId="264BC60A" id="_x0000_t202" coordsize="21600,21600" o:spt="202" path="m,l,21600r21600,l21600,xe">
               <v:stroke joinstyle="miter"/>
               <v:path gradientshapeok="t" o:connecttype="rect"/>
             </v:shapetype>
-            <v:shape id="Textruta 10" o:spid="_x0000_s1026" type="#_x0000_t202" style="position:absolute;left:0;text-align:left;margin-left:0;margin-top:-.05pt;width:367.5pt;height:25.5pt;z-index:251664384;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-width-relative:margin;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQCzkv6OFQIAACwEAAAOAAAAZHJzL2Uyb0RvYy54bWysU01v2zAMvQ/YfxB0X5yvpp0Rp8haZBgQ&#10;tAXSoWdFlmIDkqhJSuzs14+SnY91Ow27yKRIP5LvUfP7VityEM7XYAo6GgwpEYZDWZtdQb+/rj7d&#10;UeIDMyVTYERBj8LT+8XHD/PG5mIMFahSOIIgxueNLWgVgs2zzPNKaOYHYIXBoASnWUDX7bLSsQbR&#10;tcrGw+Esa8CV1gEX3uPtYxeki4QvpeDhWUovAlEFxd5COl06t/HMFnOW7xyzVc37Ntg/dKFZbbDo&#10;GeqRBUb2rv4DStfcgQcZBhx0BlLWXKQZcJrR8N00m4pZkWZBcrw90+T/Hyx/OmzsiyOh/QItChgJ&#10;aazPPV7GeVrpdPxipwTjSOHxTJtoA+F4OZ3Nbsc3GOIYm4wnd2gjTHb52zofvgrQJBoFdShLYosd&#10;1j50qaeUWMzAqlYqSaMMaQo6myDkbxEEVwZrXHqNVmi3bT/AFsojzuWgk9xbvqqx+Jr58MIcaoz9&#10;4t6GZzykAiwCvUVJBe7n3+5jPlKPUUoa3JmC+h975gQl6ptBUT6PptO4ZMmZ3tyO0XHXke11xOz1&#10;A+BajvCFWJ7MmB/UyZQO9Buu9zJWxRAzHGsXNJzMh9BtMj4PLpbLlIRrZVlYm43lETqSFql9bd+Y&#10;sz3/AZV7gtN2sfydDF1uR/dyH0DWSaNIcMdqzzuuZFK5fz5x56/9lHV55ItfAAAA//8DAFBLAwQU&#10;AAYACAAAACEAJkWNkN0AAAAFAQAADwAAAGRycy9kb3ducmV2LnhtbEyPQU/CQBSE7yb+h80z8QZb&#10;MFUofSWkCTExegC5eNt2l7Zx923tLlD99T5PeJzMZOabfD06K85mCJ0nhNk0AWGo9rqjBuHwvp0s&#10;QISoSCvrySB8mwDr4vYmV5n2F9qZ8z42gksoZAqhjbHPpAx1a5wKU98bYu/oB6ciy6GRelAXLndW&#10;zpPkUTrVES+0qjdla+rP/ckhvJTbN7Wr5m7xY8vn1+Om/zp8pIj3d+NmBSKaMV7D8IfP6FAwU+VP&#10;pIOwCHwkIkxmINh8ekhZVwhpsgRZ5PI/ffELAAD//wMAUEsBAi0AFAAGAAgAAAAhALaDOJL+AAAA&#10;4QEAABMAAAAAAAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEA&#10;OP0h/9YAAACUAQAACwAAAAAAAAAAAAAAAAAvAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEA&#10;s5L+jhUCAAAsBAAADgAAAAAAAAAAAAAAAAAuAgAAZHJzL2Uyb0RvYy54bWxQSwECLQAUAAYACAAA&#10;ACEAJkWNkN0AAAAFAQAADwAAAAAAAAAAAAAAAABvBAAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAAE&#10;AAQA8wAAAHkFAAAAAA==&#10;" filled="f" stroked="f" strokeweight=".5pt">
+            <v:shape id="Textruta 10" o:spid="_x0000_s1026" type="#_x0000_t202" style="position:absolute;left:0;text-align:left;margin-left:0;margin-top:-.05pt;width:367.5pt;height:25.5pt;z-index:251672577;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-width-relative:margin;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQCzkv6OFQIAACwEAAAOAAAAZHJzL2Uyb0RvYy54bWysU01v2zAMvQ/YfxB0X5yvpp0Rp8haZBgQ&#10;tAXSoWdFlmIDkqhJSuzs14+SnY91Ow27yKRIP5LvUfP7VityEM7XYAo6GgwpEYZDWZtdQb+/rj7d&#10;UeIDMyVTYERBj8LT+8XHD/PG5mIMFahSOIIgxueNLWgVgs2zzPNKaOYHYIXBoASnWUDX7bLSsQbR&#10;tcrGw+Esa8CV1gEX3uPtYxeki4QvpeDhWUovAlEFxd5COl06t/HMFnOW7xyzVc37Ntg/dKFZbbDo&#10;GeqRBUb2rv4DStfcgQcZBhx0BlLWXKQZcJrR8N00m4pZkWZBcrw90+T/Hyx/OmzsiyOh/QItChgJ&#10;aazPPV7GeVrpdPxipwTjSOHxTJtoA+F4OZ3Nbsc3GOIYm4wnd2gjTHb52zofvgrQJBoFdShLYosd&#10;1j50qaeUWMzAqlYqSaMMaQo6myDkbxEEVwZrXHqNVmi3bT/AFsojzuWgk9xbvqqx+Jr58MIcaoz9&#10;4t6GZzykAiwCvUVJBe7n3+5jPlKPUUoa3JmC+h975gQl6ptBUT6PptO4ZMmZ3tyO0XHXke11xOz1&#10;A+BajvCFWJ7MmB/UyZQO9Buu9zJWxRAzHGsXNJzMh9BtMj4PLpbLlIRrZVlYm43lETqSFql9bd+Y&#10;sz3/AZV7gtN2sfydDF1uR/dyH0DWSaNIcMdqzzuuZFK5fz5x56/9lHV55ItfAAAA//8DAFBLAwQU&#10;AAYACAAAACEAJkWNkN0AAAAFAQAADwAAAGRycy9kb3ducmV2LnhtbEyPQU/CQBSE7yb+h80z8QZb&#10;MFUofSWkCTExegC5eNt2l7Zx923tLlD99T5PeJzMZOabfD06K85mCJ0nhNk0AWGo9rqjBuHwvp0s&#10;QISoSCvrySB8mwDr4vYmV5n2F9qZ8z42gksoZAqhjbHPpAx1a5wKU98bYu/oB6ciy6GRelAXLndW&#10;zpPkUTrVES+0qjdla+rP/ckhvJTbN7Wr5m7xY8vn1+Om/zp8pIj3d+NmBSKaMV7D8IfP6FAwU+VP&#10;pIOwCHwkIkxmINh8ekhZVwhpsgRZ5PI/ffELAAD//wMAUEsBAi0AFAAGAAgAAAAhALaDOJL+AAAA&#10;4QEAABMAAAAAAAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEA&#10;OP0h/9YAAACUAQAACwAAAAAAAAAAAAAAAAAvAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEA&#10;s5L+jhUCAAAsBAAADgAAAAAAAAAAAAAAAAAuAgAAZHJzL2Uyb0RvYy54bWxQSwECLQAUAAYACAAA&#10;ACEAJkWNkN0AAAAFAQAADwAAAAAAAAAAAAAAAABvBAAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAAE&#10;AAQA8wAAAHkFAAAAAA==&#10;" filled="f" stroked="f" strokeweight=".5pt">
               <v:textbox>
                 <w:txbxContent>
-                  <w:p w14:paraId="3C8B2CDB" w14:textId="77777777" w:rsidR="004B5C86" w:rsidRDefault="004B5C86" w:rsidP="004B5C86">
+                  <w:p w14:paraId="70464969" w14:textId="1B285E8B" w:rsidR="00DA65C4" w:rsidRDefault="00DA65C4" w:rsidP="00DA65C4">
                     <w:pPr>
                       <w:ind w:left="0"/>
                     </w:pPr>
                     <w:r w:rsidRPr="00762EE0">
                       <w:rPr>
                         <w:sz w:val="20"/>
                         <w:szCs w:val="20"/>
                       </w:rPr>
                       <w:t>OBS! Utskriven version kan vara ogiltig. Verifiera innehållet</w:t>
                     </w:r>
-                    <w:r>
+                    <w:r w:rsidR="00367D19">
                       <w:rPr>
                         <w:sz w:val="20"/>
                         <w:szCs w:val="20"/>
                       </w:rPr>
                       <w:t>.</w:t>
                     </w:r>
                   </w:p>
                 </w:txbxContent>
               </v:textbox>
             </v:shape>
           </w:pict>
         </mc:Fallback>
       </mc:AlternateContent>
     </w:r>
-    <w:r>
-[...1 lines deleted...]
-    </w:r>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/header2.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
-  <w:p w14:paraId="058CDD4D" w14:textId="57C5E1C7" w:rsidR="008A4EB9" w:rsidRDefault="00A5066F" w:rsidP="00413A60">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="058CDD4D" w14:textId="448A65ED" w:rsidR="008A4EB9" w:rsidRDefault="00413A60" w:rsidP="00413A60">
     <w:pPr>
       <w:pStyle w:val="Sidhuvud"/>
       <w:ind w:left="0" w:right="567"/>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:noProof/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
       <mc:AlternateContent>
         <mc:Choice Requires="wps">
           <w:drawing>
-            <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251660288" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="0DFFA9B8" wp14:editId="245B2178">
+            <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251670529" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="5B7982AB" wp14:editId="0C751635">
               <wp:simplePos x="0" y="0"/>
               <wp:positionH relativeFrom="column">
-                <wp:posOffset>-1270</wp:posOffset>
+                <wp:posOffset>-172720</wp:posOffset>
               </wp:positionH>
               <wp:positionV relativeFrom="paragraph">
-                <wp:posOffset>-5080</wp:posOffset>
+                <wp:posOffset>-65405</wp:posOffset>
               </wp:positionV>
-              <wp:extent cx="4669155" cy="270510"/>
+              <wp:extent cx="4669200" cy="2160000"/>
               <wp:effectExtent l="0" t="0" r="0" b="0"/>
               <wp:wrapTopAndBottom/>
               <wp:docPr id="6" name="Textruta 6"/>
               <wp:cNvGraphicFramePr/>
               <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                 <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                   <wps:wsp>
                     <wps:cNvSpPr txBox="1"/>
                     <wps:spPr>
                       <a:xfrm>
                         <a:off x="0" y="0"/>
-                        <a:ext cx="4669155" cy="270510"/>
+                        <a:ext cx="4669200" cy="2160000"/>
                       </a:xfrm>
                       <a:prstGeom prst="rect">
                         <a:avLst/>
                       </a:prstGeom>
                       <a:noFill/>
                       <a:ln w="6350">
                         <a:noFill/>
                       </a:ln>
                     </wps:spPr>
                     <wps:txbx>
                       <w:txbxContent>
-                        <w:p w14:paraId="18075F67" w14:textId="77777777" w:rsidR="00A5066F" w:rsidRDefault="00A5066F" w:rsidP="00A5066F">
+                        <w:p w14:paraId="72D45401" w14:textId="0A2CCBAA" w:rsidR="00413A60" w:rsidRDefault="00413A60">
                           <w:pPr>
                             <w:ind w:left="0"/>
                           </w:pPr>
                           <w:r w:rsidRPr="00762EE0">
                             <w:rPr>
                               <w:sz w:val="20"/>
                               <w:szCs w:val="20"/>
                             </w:rPr>
                             <w:t>OBS! Utskriven version kan vara ogiltig. Verifiera innehållet</w:t>
                           </w:r>
-                          <w:r>
+                          <w:r w:rsidR="00367D19">
                             <w:rPr>
                               <w:sz w:val="20"/>
                               <w:szCs w:val="20"/>
                             </w:rPr>
                             <w:t>.</w:t>
                           </w:r>
                         </w:p>
                       </w:txbxContent>
                     </wps:txbx>
                     <wps:bodyPr rot="0" spcFirstLastPara="0" vertOverflow="overflow" horzOverflow="overflow" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" numCol="1" spcCol="0" rtlCol="0" fromWordArt="0" anchor="t" anchorCtr="0" forceAA="0" compatLnSpc="1">
                       <a:prstTxWarp prst="textNoShape">
                         <a:avLst/>
                       </a:prstTxWarp>
                       <a:noAutofit/>
                     </wps:bodyPr>
                   </wps:wsp>
                 </a:graphicData>
               </a:graphic>
               <wp14:sizeRelH relativeFrom="margin">
                 <wp14:pctWidth>0</wp14:pctWidth>
               </wp14:sizeRelH>
               <wp14:sizeRelV relativeFrom="margin">
                 <wp14:pctHeight>0</wp14:pctHeight>
               </wp14:sizeRelV>
             </wp:anchor>
           </w:drawing>
         </mc:Choice>
         <mc:Fallback>
           <w:pict>
-            <v:shapetype w14:anchorId="0DFFA9B8" id="_x0000_t202" coordsize="21600,21600" o:spt="202" path="m,l,21600r21600,l21600,xe">
+            <v:shapetype w14:anchorId="5B7982AB" id="_x0000_t202" coordsize="21600,21600" o:spt="202" path="m,l,21600r21600,l21600,xe">
               <v:stroke joinstyle="miter"/>
               <v:path gradientshapeok="t" o:connecttype="rect"/>
             </v:shapetype>
-            <v:shape id="Textruta 6" o:spid="_x0000_s1027" type="#_x0000_t202" style="position:absolute;margin-left:-.1pt;margin-top:-.4pt;width:367.65pt;height:21.3pt;z-index:251660288;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:margin;mso-height-relative:margin;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQCnfMVBGgIAADMEAAAOAAAAZHJzL2Uyb0RvYy54bWysU01vGyEQvVfqf0Dc6911badZeR25iVxV&#10;ipJITpUzZsG7EjAUsHfdX9+B9ZfSnqpeYGCG+XjvMb/rtSJ74XwLpqLFKKdEGA51a7YV/fG6+vSF&#10;Eh+YqZkCIyp6EJ7eLT5+mHe2FGNoQNXCEUxifNnZijYh2DLLPG+EZn4EVhh0SnCaBTy6bVY71mF2&#10;rbJxns+yDlxtHXDhPd4+DE66SPmlFDw8S+lFIKqi2FtIq0vrJq7ZYs7KrWO2afmxDfYPXWjWGix6&#10;TvXAAiM71/6RSrfcgQcZRhx0BlK2XKQZcJoifzfNumFWpFkQHG/PMPn/l5Y/7df2xZHQf4UeCYyA&#10;dNaXHi/jPL10Ou7YKUE/Qng4wyb6QDheTmaz22I6pYSjb3yTT4uEa3Z5bZ0P3wRoEo2KOqQlocX2&#10;jz5gRQw9hcRiBlatUokaZUhX0dnnaZ4enD34Qhl8eOk1WqHf9KStr+bYQH3A8RwMzHvLVy328Mh8&#10;eGEOqcaJUL7hGRepAGvB0aKkAffrb/cxHhlALyUdSqei/ueOOUGJ+m6Qm9tiMolaS4fJ9GaMB3ft&#10;2Vx7zE7fA6qzwI9ieTJjfFAnUzrQb6jyZayKLmY41q5oOJn3YRA0/hIulssUhOqyLDyateUxdUQ1&#10;IvzavzFnjzQEJPAJTiJj5Ts2htiBj+UugGwTVRHnAdUj/KjMxODxF0XpX59T1OWvL34DAAD//wMA&#10;UEsDBBQABgAIAAAAIQCYyfFW3gAAAAYBAAAPAAAAZHJzL2Rvd25yZXYueG1sTI5BS8NAFITvgv9h&#10;eYK3dpNoNaTZlBIoguihtZfeXrKvSTC7G7PbNvrrfZ7qaRhmmPny1WR6cabRd84qiOcRCLK1051t&#10;FOw/NrMUhA9oNfbOkoJv8rAqbm9yzLS72C2dd6ERPGJ9hgraEIZMSl+3ZNDP3UCWs6MbDQa2YyP1&#10;iBceN71MouhJGuwsP7Q4UNlS/bk7GQWv5eYdt1Vi0p++fHk7roev/WGh1P3dtF6CCDSFaxn+8Bkd&#10;Cmaq3MlqL3oFs4SLLMzP6fPDIgZRKXiMU5BFLv/jF78AAAD//wMAUEsBAi0AFAAGAAgAAAAhALaD&#10;OJL+AAAA4QEAABMAAAAAAAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYA&#10;CAAAACEAOP0h/9YAAACUAQAACwAAAAAAAAAAAAAAAAAvAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYA&#10;CAAAACEAp3zFQRoCAAAzBAAADgAAAAAAAAAAAAAAAAAuAgAAZHJzL2Uyb0RvYy54bWxQSwECLQAU&#10;AAYACAAAACEAmMnxVt4AAAAGAQAADwAAAAAAAAAAAAAAAAB0BAAAZHJzL2Rvd25yZXYueG1sUEsF&#10;BgAAAAAEAAQA8wAAAH8FAAAAAA==&#10;" filled="f" stroked="f" strokeweight=".5pt">
+            <v:shape id="Textruta 6" o:spid="_x0000_s1027" type="#_x0000_t202" style="position:absolute;margin-left:-13.6pt;margin-top:-5.15pt;width:367.65pt;height:170.1pt;z-index:251670529;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:margin;mso-height-relative:margin;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQAHTpHSGQIAADQEAAAOAAAAZHJzL2Uyb0RvYy54bWysU11v2yAUfZ+0/4B4X+xkadZacaqsVaZJ&#10;UVspnfpMMMSWgMuAxM5+/S7Y+VC3p2l+wBfu5X6cc5jfd1qRg3C+AVPS8SinRBgOVWN2Jf3xuvp0&#10;S4kPzFRMgRElPQpP7xcfP8xbW4gJ1KAq4QgmMb5obUnrEGyRZZ7XQjM/AisMOiU4zQJu3S6rHGsx&#10;u1bZJM9nWQuusg648B5PH3snXaT8UgoenqX0IhBVUuwtpNWldRvXbDFnxc4xWzd8aIP9QxeaNQaL&#10;nlM9ssDI3jV/pNINd+BBhhEHnYGUDRdpBpxmnL+bZlMzK9IsCI63Z5j8/0vLnw4b++JI6L5ChwRG&#10;QFrrC4+HcZ5OOh3/2ClBP0J4PMMmukA4Hk5nszvkghKOvsl4luMX82SX69b58E2AJtEoqUNeElzs&#10;sPahDz2FxGoGVo1SiRtlSFvS2eebPF04ezC5Mljj0my0QrftSFNdDbKF6ojzOeip95avGuxhzXx4&#10;YQ65xr5Rv+EZF6kAa8FgUVKD+/W38xiPFKCXkha1U1L/c8+coER9N0jO3Xg6jWJLm+nNlwlu3LVn&#10;e+0xe/0AKM8xvhTLkxnjgzqZ0oF+Q5kvY1V0McOxdknDyXwIvaLxmXCxXKYglJdlYW02lsfUEdWI&#10;8Gv3xpwdaAjI4BOcVMaKd2z0sT0fy30A2SSqIs49qgP8KM1E9vCMovav9ynq8tgXvwEAAP//AwBQ&#10;SwMEFAAGAAgAAAAhAHdeiV3jAAAACwEAAA8AAABkcnMvZG93bnJldi54bWxMj8FOwzAMhu9IvENk&#10;JG5b0kywrjSdpkoTEoLDxi7c0sZrK5qkNNlWeHrMadxs+dPv78/Xk+3ZGcfQeacgmQtg6GpvOtco&#10;OLxvZymwELUzuvcOFXxjgHVxe5PrzPiL2+F5HxtGIS5kWkEb45BxHuoWrQ5zP6Cj29GPVkdax4ab&#10;UV8o3PZcCvHIre4cfWj1gGWL9ef+ZBW8lNs3vaukTX/68vn1uBm+Dh8PSt3fTZsnYBGneIXhT5/U&#10;oSCnyp+cCaxXMJNLSSgNiVgAI2Ip0gRYpWAhVyvgRc7/dyh+AQAA//8DAFBLAQItABQABgAIAAAA&#10;IQC2gziS/gAAAOEBAAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0A&#10;FAAGAAgAAAAhADj9If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAALwEAAF9yZWxzLy5yZWxzUEsBAi0A&#10;FAAGAAgAAAAhAAdOkdIZAgAANAQAAA4AAAAAAAAAAAAAAAAALgIAAGRycy9lMm9Eb2MueG1sUEsB&#10;Ai0AFAAGAAgAAAAhAHdeiV3jAAAACwEAAA8AAAAAAAAAAAAAAAAAcwQAAGRycy9kb3ducmV2Lnht&#10;bFBLBQYAAAAABAAEAPMAAACDBQAAAAA=&#10;" filled="f" stroked="f" strokeweight=".5pt">
               <v:textbox>
                 <w:txbxContent>
-                  <w:p w14:paraId="18075F67" w14:textId="77777777" w:rsidR="00A5066F" w:rsidRDefault="00A5066F" w:rsidP="00A5066F">
+                  <w:p w14:paraId="72D45401" w14:textId="0A2CCBAA" w:rsidR="00413A60" w:rsidRDefault="00413A60">
                     <w:pPr>
                       <w:ind w:left="0"/>
                     </w:pPr>
                     <w:r w:rsidRPr="00762EE0">
                       <w:rPr>
                         <w:sz w:val="20"/>
                         <w:szCs w:val="20"/>
                       </w:rPr>
                       <w:t>OBS! Utskriven version kan vara ogiltig. Verifiera innehållet</w:t>
                     </w:r>
-                    <w:r>
+                    <w:r w:rsidR="00367D19">
                       <w:rPr>
                         <w:sz w:val="20"/>
                         <w:szCs w:val="20"/>
                       </w:rPr>
                       <w:t>.</w:t>
                     </w:r>
                   </w:p>
                 </w:txbxContent>
               </v:textbox>
               <w10:wrap type="topAndBottom"/>
             </v:shape>
           </w:pict>
         </mc:Fallback>
       </mc:AlternateContent>
     </w:r>
-    <w:r w:rsidRPr="00762EE0">
-[...78 lines deleted...]
-    </w:r>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="FFFFFF1D"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="FBCC56FC"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="0"/>
         </w:tabs>
         <w:ind w:left="0" w:firstLine="0"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
@@ -4339,50 +3135,163 @@
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="1" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="FFFFFF89"/>
     <w:multiLevelType w:val="singleLevel"/>
     <w:tmpl w:val="3C063CDC"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="360"/>
         </w:tabs>
         <w:ind w:left="360" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="2" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="050D7374"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="DA9E8486"/>
+    <w:lvl w:ilvl="0" w:tplc="041D000F">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1077" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="FFFFFFFF" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1797" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="FFFFFFFF" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2517" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="FFFFFFFF" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3237" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="FFFFFFFF" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3957" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="FFFFFFFF" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4677" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="FFFFFFFF" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5397" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="FFFFFFFF" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6117" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="FFFFFFFF" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6837" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="3" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="05DF67F4"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="75525A52"/>
     <w:lvl w:ilvl="0" w:tplc="A0D81926">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier" w:hAnsi="Courier" w:hint="default"/>
@@ -4449,137 +3358,50 @@
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier" w:hAnsi="Courier" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="7200" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
-    </w:lvl>
-[...85 lines deleted...]
-      </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="4" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="07F0337A"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="1E54CEB4"/>
     <w:lvl w:ilvl="0" w:tplc="041D0001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1077" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1797" w:hanging="360"/>
@@ -5726,50 +4548,163 @@
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6752" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="7472" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="14" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="5233FBCF"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="D0029B7E"/>
+    <w:lvl w:ilvl="0" w:tplc="D930AC2C">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="927" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="A726CE2A">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1647" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="DB944668">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2367" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="98EAE176">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3087" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="0CDC9F5E">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3807" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="4DC62A98">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4527" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="6A165996">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5247" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="62E67D22">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5967" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="1542E664">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6687" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="15" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="54340635"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="1B6660C0"/>
     <w:lvl w:ilvl="0" w:tplc="05061E3A">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:pStyle w:val="Liststycke"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="717" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
@@ -5839,51 +4774,51 @@
     <w:lvl w:ilvl="7" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="7200" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="15" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="16" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="575E01E6"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="E154E454"/>
     <w:lvl w:ilvl="0" w:tplc="041D0001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
@@ -5952,170 +4887,137 @@
     <w:lvl w:ilvl="7" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="16" w15:restartNumberingAfterBreak="0">
-    <w:nsid w:val="59710DB3"/>
+  <w:abstractNum w:abstractNumId="17" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="59B129EB"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:tmpl w:val="66122A8E"/>
-[...112 lines deleted...]
-      </w:rPr>
+    <w:tmpl w:val="8A4ABC2C"/>
+    <w:lvl w:ilvl="0" w:tplc="041D000F">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="041D0019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="041D001B">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="041D000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="041D0019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="041D001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="041D000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="041D0019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="041D001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="180"/>
+      </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="17" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="18" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="706B1852"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="4FB2CAB0"/>
     <w:lvl w:ilvl="0" w:tplc="041D0001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier" w:hAnsi="Courier" w:hint="default"/>
@@ -6184,51 +5086,51 @@
     <w:lvl w:ilvl="7" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier" w:hAnsi="Courier" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="18" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="19" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="7C077AA9"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="DDC0C0DE"/>
     <w:lvl w:ilvl="0" w:tplc="041D0001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1712" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2432" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
@@ -6297,51 +5199,51 @@
     <w:lvl w:ilvl="7" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6752" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="7472" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="19" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="20" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="7EA41BCB"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="CAEC6EFE"/>
     <w:lvl w:ilvl="0" w:tplc="041D0001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
@@ -6410,767 +5312,685 @@
     <w:lvl w:ilvl="7" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:num w:numId="1" w16cid:durableId="378750199">
+  <w:num w:numId="1" w16cid:durableId="1635871188">
+    <w:abstractNumId w:val="14"/>
+  </w:num>
+  <w:num w:numId="2" w16cid:durableId="1909921896">
+    <w:abstractNumId w:val="20"/>
+  </w:num>
+  <w:num w:numId="3" w16cid:durableId="1367871050">
+    <w:abstractNumId w:val="16"/>
+  </w:num>
+  <w:num w:numId="4" w16cid:durableId="164058872">
+    <w:abstractNumId w:val="0"/>
+  </w:num>
+  <w:num w:numId="5" w16cid:durableId="861477783">
+    <w:abstractNumId w:val="7"/>
+  </w:num>
+  <w:num w:numId="6" w16cid:durableId="1280868239">
+    <w:abstractNumId w:val="18"/>
+  </w:num>
+  <w:num w:numId="7" w16cid:durableId="444931515">
+    <w:abstractNumId w:val="3"/>
+  </w:num>
+  <w:num w:numId="8" w16cid:durableId="739910959">
+    <w:abstractNumId w:val="12"/>
+  </w:num>
+  <w:num w:numId="9" w16cid:durableId="391579451">
+    <w:abstractNumId w:val="9"/>
+  </w:num>
+  <w:num w:numId="10" w16cid:durableId="1296368398">
+    <w:abstractNumId w:val="1"/>
+  </w:num>
+  <w:num w:numId="11" w16cid:durableId="689646344">
+    <w:abstractNumId w:val="1"/>
+  </w:num>
+  <w:num w:numId="12" w16cid:durableId="1979215945">
+    <w:abstractNumId w:val="4"/>
+  </w:num>
+  <w:num w:numId="13" w16cid:durableId="830874331">
+    <w:abstractNumId w:val="5"/>
+  </w:num>
+  <w:num w:numId="14" w16cid:durableId="57095060">
+    <w:abstractNumId w:val="15"/>
+  </w:num>
+  <w:num w:numId="15" w16cid:durableId="36130748">
+    <w:abstractNumId w:val="10"/>
+  </w:num>
+  <w:num w:numId="16" w16cid:durableId="560679449">
+    <w:abstractNumId w:val="8"/>
+  </w:num>
+  <w:num w:numId="17" w16cid:durableId="1420566503">
+    <w:abstractNumId w:val="13"/>
+  </w:num>
+  <w:num w:numId="18" w16cid:durableId="256527698">
+    <w:abstractNumId w:val="6"/>
+  </w:num>
+  <w:num w:numId="19" w16cid:durableId="1090539201">
+    <w:abstractNumId w:val="11"/>
+  </w:num>
+  <w:num w:numId="20" w16cid:durableId="1846439597">
     <w:abstractNumId w:val="19"/>
   </w:num>
-  <w:num w:numId="2" w16cid:durableId="915092585">
-[...8 lines deleted...]
-  <w:num w:numId="5" w16cid:durableId="1190946001">
+  <w:num w:numId="21" w16cid:durableId="908539752">
     <w:abstractNumId w:val="17"/>
   </w:num>
-  <w:num w:numId="6" w16cid:durableId="829096820">
+  <w:num w:numId="22" w16cid:durableId="1894996223">
     <w:abstractNumId w:val="2"/>
-  </w:num>
-[...67 lines deleted...]
-    </w:lvlOverride>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
-  <w:zoom w:percent="90"/>
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
+  <w:zoom w:percent="120"/>
   <w:removePersonalInformation/>
   <w:removeDateAndTime/>
   <w:embedSystemFonts/>
-  <w:proofState w:spelling="clean"/>
+  <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:stylePaneFormatFilter w:val="D804" w:allStyles="0" w:customStyles="0" w:latentStyles="1" w:stylesInUse="0" w:headingStyles="0" w:numberingStyles="0" w:tableStyles="0" w:directFormattingOnRuns="0" w:directFormattingOnParagraphs="0" w:directFormattingOnNumbering="0" w:directFormattingOnTables="1" w:clearFormatting="1" w:top3HeadingStyles="0" w:visibleStyles="1" w:alternateStyleNames="1"/>
-  <w:trackRevisions/>
   <w:documentProtection w:formatting="1" w:enforcement="0"/>
   <w:styleLockTheme/>
   <w:styleLockQFSet/>
   <w:defaultTabStop w:val="1304"/>
   <w:hyphenationZone w:val="425"/>
   <w:displayHorizontalDrawingGridEvery w:val="0"/>
   <w:displayVerticalDrawingGridEvery w:val="0"/>
   <w:doNotUseMarginsForDrawingGridOrigin/>
   <w:noPunctuationKerning/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050" strokecolor="#4a773c">
       <v:stroke color="#4a773c" weight="1pt"/>
       <v:shadow opacity="24903f" origin=",.5" offset="0,.55556mm"/>
       <o:colormru v:ext="edit" colors="#4a773c"/>
     </o:shapedefaults>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
     <w:footnote w:id="1"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
     <w:endnote w:id="1"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00B75EDE"/>
-    <w:rsid w:val="000033D3"/>
-    <w:rsid w:val="00003678"/>
+    <w:rsid w:val="00000E57"/>
     <w:rsid w:val="000051D5"/>
     <w:rsid w:val="00006D2A"/>
     <w:rsid w:val="00010D47"/>
     <w:rsid w:val="00016CF0"/>
-    <w:rsid w:val="00020A95"/>
-    <w:rsid w:val="00027AD8"/>
     <w:rsid w:val="00030DDD"/>
     <w:rsid w:val="000313BB"/>
     <w:rsid w:val="00033ED5"/>
-    <w:rsid w:val="00035BE1"/>
-[...2 lines deleted...]
-    <w:rsid w:val="000502B4"/>
     <w:rsid w:val="00050500"/>
-    <w:rsid w:val="00054EA2"/>
     <w:rsid w:val="0005691C"/>
     <w:rsid w:val="00056ECB"/>
     <w:rsid w:val="00056ED5"/>
     <w:rsid w:val="00061969"/>
     <w:rsid w:val="000655CC"/>
     <w:rsid w:val="000700AE"/>
     <w:rsid w:val="00084024"/>
     <w:rsid w:val="0009062C"/>
-    <w:rsid w:val="00094A95"/>
     <w:rsid w:val="00095368"/>
     <w:rsid w:val="000954C4"/>
     <w:rsid w:val="000A611A"/>
-    <w:rsid w:val="000A6CB0"/>
     <w:rsid w:val="000B12D9"/>
     <w:rsid w:val="000B4536"/>
-    <w:rsid w:val="000B7376"/>
     <w:rsid w:val="000B7715"/>
-    <w:rsid w:val="000E159E"/>
     <w:rsid w:val="000E463B"/>
     <w:rsid w:val="000E5A7E"/>
-    <w:rsid w:val="000F06CF"/>
     <w:rsid w:val="000F43A3"/>
     <w:rsid w:val="000F7681"/>
     <w:rsid w:val="00103031"/>
     <w:rsid w:val="001044FE"/>
-    <w:rsid w:val="0010795C"/>
+    <w:rsid w:val="001108C0"/>
+    <w:rsid w:val="00111CB2"/>
     <w:rsid w:val="001139D4"/>
     <w:rsid w:val="00131B08"/>
     <w:rsid w:val="00132A59"/>
     <w:rsid w:val="00133337"/>
     <w:rsid w:val="00133A0F"/>
     <w:rsid w:val="0013580F"/>
-    <w:rsid w:val="00136D67"/>
     <w:rsid w:val="00137B6D"/>
     <w:rsid w:val="0014070B"/>
     <w:rsid w:val="001422C1"/>
-    <w:rsid w:val="00150791"/>
     <w:rsid w:val="001522AE"/>
     <w:rsid w:val="00157D5B"/>
     <w:rsid w:val="00161FE6"/>
     <w:rsid w:val="00164C3D"/>
     <w:rsid w:val="00166D3A"/>
     <w:rsid w:val="0017508E"/>
     <w:rsid w:val="00181FDC"/>
-    <w:rsid w:val="00182253"/>
     <w:rsid w:val="00184167"/>
     <w:rsid w:val="001860B9"/>
     <w:rsid w:val="00186F2B"/>
     <w:rsid w:val="001874D6"/>
-    <w:rsid w:val="001912D1"/>
-    <w:rsid w:val="001936BB"/>
     <w:rsid w:val="0019632A"/>
+    <w:rsid w:val="001A1449"/>
     <w:rsid w:val="001A4E7C"/>
     <w:rsid w:val="001B762C"/>
-    <w:rsid w:val="001B79D7"/>
     <w:rsid w:val="001C4D0A"/>
     <w:rsid w:val="001C5FEF"/>
+    <w:rsid w:val="001E24BD"/>
     <w:rsid w:val="001E3789"/>
-    <w:rsid w:val="001F3711"/>
     <w:rsid w:val="00211487"/>
     <w:rsid w:val="00211D91"/>
     <w:rsid w:val="00217DEC"/>
+    <w:rsid w:val="002273C9"/>
     <w:rsid w:val="00235B57"/>
     <w:rsid w:val="00250F24"/>
     <w:rsid w:val="002523C5"/>
-    <w:rsid w:val="00252D82"/>
     <w:rsid w:val="0025380B"/>
+    <w:rsid w:val="00255DD2"/>
     <w:rsid w:val="0025703A"/>
     <w:rsid w:val="00262F3D"/>
     <w:rsid w:val="00263281"/>
     <w:rsid w:val="002651D6"/>
     <w:rsid w:val="0026551F"/>
     <w:rsid w:val="00270FA8"/>
     <w:rsid w:val="00280A85"/>
     <w:rsid w:val="00284119"/>
     <w:rsid w:val="00290B5C"/>
     <w:rsid w:val="00294791"/>
-    <w:rsid w:val="00294DD1"/>
     <w:rsid w:val="002A1C4F"/>
     <w:rsid w:val="002A7450"/>
     <w:rsid w:val="002B0B30"/>
     <w:rsid w:val="002B0C78"/>
     <w:rsid w:val="002C0C02"/>
     <w:rsid w:val="002C1277"/>
     <w:rsid w:val="002C60AD"/>
     <w:rsid w:val="002D0E0E"/>
     <w:rsid w:val="002D6023"/>
     <w:rsid w:val="002E263F"/>
     <w:rsid w:val="002E6F81"/>
-    <w:rsid w:val="002F0337"/>
     <w:rsid w:val="002F08BA"/>
+    <w:rsid w:val="002F29DE"/>
     <w:rsid w:val="002F2CFF"/>
     <w:rsid w:val="002F568B"/>
     <w:rsid w:val="002F7818"/>
+    <w:rsid w:val="002F7C56"/>
     <w:rsid w:val="003066D0"/>
     <w:rsid w:val="00311401"/>
     <w:rsid w:val="003203D7"/>
     <w:rsid w:val="00320F86"/>
     <w:rsid w:val="00324171"/>
     <w:rsid w:val="00326C24"/>
     <w:rsid w:val="00337F99"/>
     <w:rsid w:val="003410BD"/>
     <w:rsid w:val="0034307B"/>
-    <w:rsid w:val="0034572A"/>
     <w:rsid w:val="00345EB1"/>
     <w:rsid w:val="00350CC4"/>
     <w:rsid w:val="00360E0D"/>
     <w:rsid w:val="0036357D"/>
     <w:rsid w:val="0036594C"/>
     <w:rsid w:val="00367D19"/>
-    <w:rsid w:val="0037197E"/>
     <w:rsid w:val="00371BED"/>
-    <w:rsid w:val="0038025B"/>
+    <w:rsid w:val="0037547C"/>
     <w:rsid w:val="00384019"/>
     <w:rsid w:val="003854F1"/>
     <w:rsid w:val="0039118E"/>
     <w:rsid w:val="00397F54"/>
     <w:rsid w:val="003A0D43"/>
     <w:rsid w:val="003B2A4B"/>
-    <w:rsid w:val="003B5B0A"/>
+    <w:rsid w:val="003B7D1B"/>
     <w:rsid w:val="003D099E"/>
     <w:rsid w:val="003D21A2"/>
     <w:rsid w:val="003D29D2"/>
-    <w:rsid w:val="003D38E2"/>
-    <w:rsid w:val="003D41B5"/>
     <w:rsid w:val="003D6DF1"/>
     <w:rsid w:val="003E0705"/>
     <w:rsid w:val="003E2FF7"/>
     <w:rsid w:val="003F1013"/>
     <w:rsid w:val="003F1ACF"/>
     <w:rsid w:val="00404948"/>
     <w:rsid w:val="00406BEA"/>
+    <w:rsid w:val="0041172F"/>
     <w:rsid w:val="00413A60"/>
     <w:rsid w:val="004230F7"/>
     <w:rsid w:val="0043167E"/>
     <w:rsid w:val="0043409A"/>
-    <w:rsid w:val="00435542"/>
-[...1 lines deleted...]
-    <w:rsid w:val="00443A8D"/>
     <w:rsid w:val="00446255"/>
     <w:rsid w:val="00451935"/>
-    <w:rsid w:val="0045411D"/>
+    <w:rsid w:val="004532B0"/>
     <w:rsid w:val="00460ED0"/>
     <w:rsid w:val="00465651"/>
     <w:rsid w:val="00470CE7"/>
     <w:rsid w:val="00470F4F"/>
     <w:rsid w:val="00472482"/>
-    <w:rsid w:val="00480B1E"/>
+    <w:rsid w:val="004735F1"/>
     <w:rsid w:val="00480DC7"/>
-    <w:rsid w:val="00486A55"/>
     <w:rsid w:val="004876F6"/>
     <w:rsid w:val="0049236A"/>
     <w:rsid w:val="00492718"/>
-    <w:rsid w:val="004A1F32"/>
     <w:rsid w:val="004A355D"/>
     <w:rsid w:val="004A4970"/>
     <w:rsid w:val="004B2183"/>
     <w:rsid w:val="004B2A01"/>
-    <w:rsid w:val="004B5C86"/>
     <w:rsid w:val="004C3536"/>
+    <w:rsid w:val="004D2C31"/>
     <w:rsid w:val="004D7BA3"/>
-    <w:rsid w:val="004E7D0F"/>
     <w:rsid w:val="004F4518"/>
     <w:rsid w:val="004F4C62"/>
     <w:rsid w:val="00501433"/>
-    <w:rsid w:val="005113D5"/>
     <w:rsid w:val="00511CC4"/>
-    <w:rsid w:val="00513259"/>
+    <w:rsid w:val="00514CC5"/>
+    <w:rsid w:val="00521E64"/>
     <w:rsid w:val="00531E60"/>
-    <w:rsid w:val="00533092"/>
     <w:rsid w:val="00541D07"/>
     <w:rsid w:val="00544BAB"/>
     <w:rsid w:val="00545F31"/>
-    <w:rsid w:val="00553C40"/>
     <w:rsid w:val="005578FA"/>
-    <w:rsid w:val="00557DA0"/>
     <w:rsid w:val="00565129"/>
     <w:rsid w:val="00565CD0"/>
     <w:rsid w:val="00567820"/>
+    <w:rsid w:val="0057277B"/>
     <w:rsid w:val="005770AD"/>
     <w:rsid w:val="00581414"/>
     <w:rsid w:val="00582490"/>
+    <w:rsid w:val="005935FA"/>
     <w:rsid w:val="00597E28"/>
     <w:rsid w:val="005A54ED"/>
     <w:rsid w:val="005A5D5B"/>
     <w:rsid w:val="005A6081"/>
     <w:rsid w:val="005A627D"/>
-    <w:rsid w:val="005B759A"/>
     <w:rsid w:val="005C0045"/>
     <w:rsid w:val="005C084E"/>
     <w:rsid w:val="005C4606"/>
     <w:rsid w:val="005D0B0C"/>
-    <w:rsid w:val="005D59F0"/>
     <w:rsid w:val="005E02B3"/>
     <w:rsid w:val="005E1E24"/>
-    <w:rsid w:val="005E7811"/>
     <w:rsid w:val="0060596B"/>
     <w:rsid w:val="00606D97"/>
     <w:rsid w:val="00614E64"/>
     <w:rsid w:val="00617710"/>
     <w:rsid w:val="00617EE6"/>
     <w:rsid w:val="0062184C"/>
     <w:rsid w:val="00623724"/>
-    <w:rsid w:val="00623CFA"/>
     <w:rsid w:val="00627BEA"/>
-    <w:rsid w:val="0063022D"/>
     <w:rsid w:val="006319DB"/>
     <w:rsid w:val="0065595B"/>
     <w:rsid w:val="00656DCD"/>
     <w:rsid w:val="00660269"/>
     <w:rsid w:val="00665F89"/>
+    <w:rsid w:val="00672EC3"/>
     <w:rsid w:val="00673C92"/>
-    <w:rsid w:val="00674501"/>
     <w:rsid w:val="006753EC"/>
     <w:rsid w:val="00685193"/>
-    <w:rsid w:val="00685332"/>
     <w:rsid w:val="006A2789"/>
     <w:rsid w:val="006A4978"/>
     <w:rsid w:val="006A7261"/>
     <w:rsid w:val="006B0D29"/>
     <w:rsid w:val="006B1819"/>
-    <w:rsid w:val="006B28A3"/>
-    <w:rsid w:val="006B52B2"/>
     <w:rsid w:val="006C5048"/>
     <w:rsid w:val="006C6A4B"/>
     <w:rsid w:val="006C779F"/>
     <w:rsid w:val="006D01F5"/>
     <w:rsid w:val="006D0CFB"/>
     <w:rsid w:val="006D30C0"/>
-    <w:rsid w:val="006D6D67"/>
     <w:rsid w:val="006D7535"/>
     <w:rsid w:val="006E450B"/>
-    <w:rsid w:val="006E647E"/>
     <w:rsid w:val="006F0D7E"/>
+    <w:rsid w:val="007032E9"/>
     <w:rsid w:val="00710B77"/>
     <w:rsid w:val="007155D5"/>
     <w:rsid w:val="0072075B"/>
     <w:rsid w:val="007221C2"/>
-    <w:rsid w:val="00727BFF"/>
+    <w:rsid w:val="007268AB"/>
     <w:rsid w:val="00730955"/>
     <w:rsid w:val="00733A9C"/>
     <w:rsid w:val="00736574"/>
     <w:rsid w:val="007367E0"/>
     <w:rsid w:val="00737215"/>
-    <w:rsid w:val="00753970"/>
     <w:rsid w:val="00754905"/>
-    <w:rsid w:val="007552AD"/>
     <w:rsid w:val="00760038"/>
     <w:rsid w:val="00762EE0"/>
     <w:rsid w:val="00765C41"/>
     <w:rsid w:val="00771100"/>
+    <w:rsid w:val="00774944"/>
     <w:rsid w:val="007759DD"/>
     <w:rsid w:val="0078609F"/>
-    <w:rsid w:val="007875F5"/>
     <w:rsid w:val="007917BA"/>
-    <w:rsid w:val="0079685B"/>
     <w:rsid w:val="007A334E"/>
     <w:rsid w:val="007A5C6F"/>
     <w:rsid w:val="007D4241"/>
     <w:rsid w:val="007D4317"/>
     <w:rsid w:val="007D4EA3"/>
+    <w:rsid w:val="007E4E5C"/>
     <w:rsid w:val="007F1CFF"/>
-    <w:rsid w:val="007F1D1B"/>
     <w:rsid w:val="007F5DD5"/>
-    <w:rsid w:val="007F6519"/>
+    <w:rsid w:val="0082082C"/>
     <w:rsid w:val="00821A1B"/>
-    <w:rsid w:val="008250CC"/>
     <w:rsid w:val="008262E9"/>
     <w:rsid w:val="00827E69"/>
-    <w:rsid w:val="00831A37"/>
+    <w:rsid w:val="00831C35"/>
     <w:rsid w:val="00835C4D"/>
     <w:rsid w:val="00843F48"/>
     <w:rsid w:val="00851423"/>
     <w:rsid w:val="008569C6"/>
     <w:rsid w:val="00857848"/>
     <w:rsid w:val="008654B6"/>
     <w:rsid w:val="0087139C"/>
-    <w:rsid w:val="008733A8"/>
     <w:rsid w:val="00873419"/>
     <w:rsid w:val="00880E83"/>
     <w:rsid w:val="00892F28"/>
-    <w:rsid w:val="008A02C8"/>
     <w:rsid w:val="008A0C5F"/>
     <w:rsid w:val="008A3DEA"/>
     <w:rsid w:val="008A4EB9"/>
     <w:rsid w:val="008A74C0"/>
     <w:rsid w:val="008B1694"/>
     <w:rsid w:val="008C4B27"/>
-    <w:rsid w:val="008C75D7"/>
     <w:rsid w:val="008C7F0C"/>
     <w:rsid w:val="008C7F2A"/>
-    <w:rsid w:val="008D126D"/>
+    <w:rsid w:val="008D124E"/>
     <w:rsid w:val="008D4B13"/>
     <w:rsid w:val="008E36F8"/>
     <w:rsid w:val="008E46B2"/>
     <w:rsid w:val="008E682C"/>
     <w:rsid w:val="008E78A1"/>
     <w:rsid w:val="008F589F"/>
     <w:rsid w:val="00906238"/>
     <w:rsid w:val="00907EF9"/>
     <w:rsid w:val="00911231"/>
+    <w:rsid w:val="0091232B"/>
     <w:rsid w:val="0091295C"/>
     <w:rsid w:val="00914D58"/>
-    <w:rsid w:val="00920379"/>
     <w:rsid w:val="00921F47"/>
     <w:rsid w:val="009228AB"/>
     <w:rsid w:val="0093085B"/>
-    <w:rsid w:val="0093124B"/>
     <w:rsid w:val="00931C57"/>
     <w:rsid w:val="009347A5"/>
     <w:rsid w:val="00942257"/>
-    <w:rsid w:val="00942442"/>
     <w:rsid w:val="009471BF"/>
     <w:rsid w:val="00950E4E"/>
     <w:rsid w:val="009529BD"/>
     <w:rsid w:val="009533B4"/>
-    <w:rsid w:val="00957703"/>
+    <w:rsid w:val="00955D34"/>
     <w:rsid w:val="00957D35"/>
-    <w:rsid w:val="00967D90"/>
-    <w:rsid w:val="009714EF"/>
     <w:rsid w:val="00971D93"/>
-    <w:rsid w:val="00997D93"/>
     <w:rsid w:val="009A07DC"/>
-    <w:rsid w:val="009A510E"/>
+    <w:rsid w:val="009A32ED"/>
     <w:rsid w:val="009B1F6B"/>
-    <w:rsid w:val="009B55F8"/>
-    <w:rsid w:val="009B7C1E"/>
     <w:rsid w:val="009C0D12"/>
     <w:rsid w:val="009C192E"/>
     <w:rsid w:val="009C2E3E"/>
     <w:rsid w:val="009C6C0C"/>
-    <w:rsid w:val="009D1DA2"/>
     <w:rsid w:val="009D6819"/>
     <w:rsid w:val="009D6D1C"/>
     <w:rsid w:val="009E0CF9"/>
     <w:rsid w:val="009E531B"/>
     <w:rsid w:val="009E6C56"/>
     <w:rsid w:val="009E7DCF"/>
     <w:rsid w:val="009F4A56"/>
     <w:rsid w:val="009F4E65"/>
     <w:rsid w:val="00A006A5"/>
     <w:rsid w:val="00A05942"/>
     <w:rsid w:val="00A07BEC"/>
     <w:rsid w:val="00A264BE"/>
     <w:rsid w:val="00A272CA"/>
     <w:rsid w:val="00A33051"/>
     <w:rsid w:val="00A407AD"/>
     <w:rsid w:val="00A40923"/>
     <w:rsid w:val="00A41C05"/>
     <w:rsid w:val="00A42426"/>
-    <w:rsid w:val="00A5066F"/>
     <w:rsid w:val="00A514B7"/>
     <w:rsid w:val="00A54A0B"/>
+    <w:rsid w:val="00A55086"/>
     <w:rsid w:val="00A65FD4"/>
     <w:rsid w:val="00A81198"/>
     <w:rsid w:val="00A81E48"/>
     <w:rsid w:val="00A82035"/>
     <w:rsid w:val="00A90D77"/>
-    <w:rsid w:val="00A918AD"/>
     <w:rsid w:val="00A92E07"/>
-    <w:rsid w:val="00A975FF"/>
     <w:rsid w:val="00AA0B3A"/>
     <w:rsid w:val="00AA6EB4"/>
     <w:rsid w:val="00AA767D"/>
     <w:rsid w:val="00AB0CC9"/>
-    <w:rsid w:val="00AB7055"/>
     <w:rsid w:val="00AC3FF6"/>
-    <w:rsid w:val="00AD1565"/>
     <w:rsid w:val="00AD73EC"/>
     <w:rsid w:val="00AD7AD5"/>
-    <w:rsid w:val="00AE58D7"/>
     <w:rsid w:val="00AE5BC7"/>
     <w:rsid w:val="00AF5AAF"/>
+    <w:rsid w:val="00AF7CA0"/>
     <w:rsid w:val="00B046D8"/>
     <w:rsid w:val="00B13F4C"/>
+    <w:rsid w:val="00B14487"/>
     <w:rsid w:val="00B16219"/>
     <w:rsid w:val="00B16C59"/>
-    <w:rsid w:val="00B230C7"/>
     <w:rsid w:val="00B33FDD"/>
     <w:rsid w:val="00B359CC"/>
     <w:rsid w:val="00B36107"/>
+    <w:rsid w:val="00B405A1"/>
+    <w:rsid w:val="00B41571"/>
     <w:rsid w:val="00B41789"/>
     <w:rsid w:val="00B46C03"/>
     <w:rsid w:val="00B60C6C"/>
     <w:rsid w:val="00B619A9"/>
-    <w:rsid w:val="00B62215"/>
-    <w:rsid w:val="00B623F4"/>
     <w:rsid w:val="00B65A9D"/>
     <w:rsid w:val="00B66D60"/>
-    <w:rsid w:val="00B72881"/>
     <w:rsid w:val="00B75EDE"/>
+    <w:rsid w:val="00B7675E"/>
     <w:rsid w:val="00B77D88"/>
     <w:rsid w:val="00B77FAF"/>
+    <w:rsid w:val="00B83715"/>
     <w:rsid w:val="00B84336"/>
     <w:rsid w:val="00B851B9"/>
-    <w:rsid w:val="00B859FA"/>
     <w:rsid w:val="00B86453"/>
     <w:rsid w:val="00B90054"/>
     <w:rsid w:val="00B92C14"/>
     <w:rsid w:val="00B96AFF"/>
+    <w:rsid w:val="00B97D4E"/>
     <w:rsid w:val="00BA0066"/>
     <w:rsid w:val="00BB69DB"/>
     <w:rsid w:val="00BC322E"/>
     <w:rsid w:val="00BC44CD"/>
     <w:rsid w:val="00BC48A6"/>
+    <w:rsid w:val="00BC6590"/>
     <w:rsid w:val="00BE7978"/>
     <w:rsid w:val="00C01F0D"/>
     <w:rsid w:val="00C07DDB"/>
-    <w:rsid w:val="00C1202C"/>
     <w:rsid w:val="00C4115D"/>
     <w:rsid w:val="00C43BDD"/>
     <w:rsid w:val="00C47778"/>
     <w:rsid w:val="00C5011E"/>
     <w:rsid w:val="00C50EE5"/>
-    <w:rsid w:val="00C522D4"/>
+    <w:rsid w:val="00C52240"/>
     <w:rsid w:val="00C5240A"/>
     <w:rsid w:val="00C5398F"/>
     <w:rsid w:val="00C556F5"/>
-    <w:rsid w:val="00C64000"/>
     <w:rsid w:val="00C70E19"/>
     <w:rsid w:val="00C72574"/>
     <w:rsid w:val="00C7430C"/>
     <w:rsid w:val="00C85DA1"/>
     <w:rsid w:val="00C9071C"/>
     <w:rsid w:val="00C908FF"/>
     <w:rsid w:val="00C97BD3"/>
     <w:rsid w:val="00CA39EF"/>
     <w:rsid w:val="00CA521F"/>
-    <w:rsid w:val="00CA5562"/>
     <w:rsid w:val="00CB0493"/>
     <w:rsid w:val="00CB17FF"/>
     <w:rsid w:val="00CB1ED7"/>
     <w:rsid w:val="00CC167C"/>
     <w:rsid w:val="00CC52D9"/>
     <w:rsid w:val="00CD6647"/>
     <w:rsid w:val="00CE4B73"/>
-    <w:rsid w:val="00CF4BCF"/>
+    <w:rsid w:val="00CF46B7"/>
     <w:rsid w:val="00CF70BB"/>
+    <w:rsid w:val="00D00BD7"/>
     <w:rsid w:val="00D074DB"/>
     <w:rsid w:val="00D139CF"/>
     <w:rsid w:val="00D20779"/>
-    <w:rsid w:val="00D27564"/>
     <w:rsid w:val="00D37E7F"/>
     <w:rsid w:val="00D47AD7"/>
     <w:rsid w:val="00D51529"/>
-    <w:rsid w:val="00D56FA2"/>
+    <w:rsid w:val="00D62468"/>
+    <w:rsid w:val="00D67C88"/>
     <w:rsid w:val="00D85218"/>
     <w:rsid w:val="00D915B1"/>
+    <w:rsid w:val="00DA2560"/>
     <w:rsid w:val="00DA299D"/>
-    <w:rsid w:val="00DA3B00"/>
     <w:rsid w:val="00DA65C4"/>
-    <w:rsid w:val="00DB29E3"/>
-    <w:rsid w:val="00DB7BEA"/>
     <w:rsid w:val="00DE4447"/>
     <w:rsid w:val="00DE5DA2"/>
     <w:rsid w:val="00DE63C6"/>
     <w:rsid w:val="00DF0033"/>
     <w:rsid w:val="00E026BF"/>
     <w:rsid w:val="00E07B1B"/>
     <w:rsid w:val="00E11853"/>
+    <w:rsid w:val="00E411B6"/>
     <w:rsid w:val="00E52A86"/>
-    <w:rsid w:val="00E53EC3"/>
     <w:rsid w:val="00E54B47"/>
     <w:rsid w:val="00E553BF"/>
     <w:rsid w:val="00E55D93"/>
     <w:rsid w:val="00E61294"/>
-    <w:rsid w:val="00E65BEE"/>
     <w:rsid w:val="00E7237C"/>
     <w:rsid w:val="00E77C46"/>
     <w:rsid w:val="00E86CE8"/>
     <w:rsid w:val="00E90E82"/>
-    <w:rsid w:val="00E96F61"/>
     <w:rsid w:val="00EA00CB"/>
     <w:rsid w:val="00EA1BAA"/>
     <w:rsid w:val="00EA3FCD"/>
     <w:rsid w:val="00EA42A0"/>
     <w:rsid w:val="00EB6714"/>
-    <w:rsid w:val="00EB7ABA"/>
     <w:rsid w:val="00EC0A68"/>
     <w:rsid w:val="00EC3C32"/>
     <w:rsid w:val="00EC5006"/>
     <w:rsid w:val="00ED49C3"/>
     <w:rsid w:val="00ED6CE8"/>
     <w:rsid w:val="00ED7AA6"/>
     <w:rsid w:val="00EE2A56"/>
     <w:rsid w:val="00EE3818"/>
-    <w:rsid w:val="00EF201B"/>
-[...1 lines deleted...]
-    <w:rsid w:val="00F157A8"/>
+    <w:rsid w:val="00EE5481"/>
+    <w:rsid w:val="00F04140"/>
     <w:rsid w:val="00F22264"/>
     <w:rsid w:val="00F2564D"/>
-    <w:rsid w:val="00F33154"/>
     <w:rsid w:val="00F35B05"/>
-    <w:rsid w:val="00F40B5A"/>
     <w:rsid w:val="00F413D9"/>
-    <w:rsid w:val="00F44D7A"/>
     <w:rsid w:val="00F5135F"/>
     <w:rsid w:val="00F51F78"/>
-    <w:rsid w:val="00F562A1"/>
-[...1 lines deleted...]
-    <w:rsid w:val="00F85200"/>
+    <w:rsid w:val="00F703F2"/>
     <w:rsid w:val="00F86F47"/>
     <w:rsid w:val="00F90B64"/>
-    <w:rsid w:val="00F97D14"/>
-    <w:rsid w:val="00FA7270"/>
     <w:rsid w:val="00FB2F0F"/>
-    <w:rsid w:val="00FB494D"/>
     <w:rsid w:val="00FB5086"/>
     <w:rsid w:val="00FB5411"/>
     <w:rsid w:val="00FB6392"/>
-    <w:rsid w:val="00FC4D1B"/>
     <w:rsid w:val="00FC4F36"/>
     <w:rsid w:val="00FD3C70"/>
     <w:rsid w:val="00FD6820"/>
     <w:rsid w:val="00FE12D8"/>
-    <w:rsid w:val="00FF1BCA"/>
     <w:rsid w:val="00FF7C02"/>
-    <w:rsid w:val="01C91971"/>
+    <w:rsid w:val="010E2618"/>
+    <w:rsid w:val="015173C5"/>
     <w:rsid w:val="024801E3"/>
-    <w:rsid w:val="03E1B229"/>
-[...3 lines deleted...]
-    <w:rsid w:val="537EBC64"/>
+    <w:rsid w:val="09B9685B"/>
+    <w:rsid w:val="10788DD0"/>
+    <w:rsid w:val="1FFD2C3F"/>
+    <w:rsid w:val="214ABB45"/>
+    <w:rsid w:val="2654CDAA"/>
+    <w:rsid w:val="2C1F7352"/>
+    <w:rsid w:val="2DE65BA7"/>
+    <w:rsid w:val="3A6E3EE3"/>
+    <w:rsid w:val="41FF773B"/>
+    <w:rsid w:val="4C89E4A7"/>
+    <w:rsid w:val="4C8FDB28"/>
+    <w:rsid w:val="5A4F088E"/>
     <w:rsid w:val="647B2B65"/>
     <w:rsid w:val="6B2CF8ED"/>
+    <w:rsid w:val="7E39F8D5"/>
+    <w:rsid w:val="7EB0877A"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="sv-SE" w:eastAsia="ja-JP"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:doNotIncludeSubdocsInStats/>
   <w:doNotAutoCompressPictures/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050" strokecolor="#4a773c">
       <v:stroke color="#4a773c" weight="1pt"/>
       <v:shadow opacity="24903f" origin=",.5" offset="0,.55556mm"/>
       <o:colormru v:ext="edit" colors="#4a773c"/>
     </o:shapedefaults>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="2"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:doNotEmbedSmartTags/>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
   <w14:docId w14:val="1FE2B7EB"/>
   <w14:defaultImageDpi w14:val="330"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         <w:lang w:val="sv-SE" w:eastAsia="sv-SE" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault/>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="3" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="3" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:locked="1" w:semiHidden="1" w:uiPriority="3" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="index 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
@@ -7508,174 +6328,202 @@
     <w:lsdException w:name="List Table 6 Colorful Accent 4" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 4" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 5" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 5" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 5" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 5" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 5" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 5" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 5" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 6" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
     <w:lsdException w:name="Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Hashtag" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Unresolved Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Link" w:semiHidden="1" w:unhideWhenUsed="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="Normal">
     <w:name w:val="Normal"/>
     <w:qFormat/>
-    <w:rsid w:val="008A0C5F"/>
+    <w:rsid w:val="00831C35"/>
     <w:pPr>
-      <w:spacing w:after="120" w:line="288" w:lineRule="auto"/>
-      <w:ind w:left="992" w:right="868"/>
+      <w:spacing w:after="120" w:line="360" w:lineRule="auto"/>
+      <w:ind w:left="567" w:right="868"/>
     </w:pPr>
     <w:rPr>
+      <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Rubrik1">
     <w:name w:val="heading 1"/>
     <w:aliases w:val="Rubrik VGR"/>
     <w:next w:val="Normal"/>
     <w:link w:val="Rubrik1Char"/>
     <w:qFormat/>
-    <w:rsid w:val="00CA5562"/>
+    <w:rsid w:val="001108C0"/>
     <w:pPr>
       <w:keepNext/>
-      <w:spacing w:before="1600" w:after="240"/>
-      <w:ind w:left="992"/>
+      <w:spacing w:after="240" w:line="288" w:lineRule="auto"/>
+      <w:ind w:left="567"/>
       <w:contextualSpacing/>
       <w:outlineLvl w:val="0"/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:ascii="Calibri" w:eastAsia="MS Gothic" w:hAnsi="Calibri"/>
+      <w:rFonts w:ascii="Verdana" w:eastAsia="MS Gothic" w:hAnsi="Verdana"/>
+      <w:b/>
       <w:bCs/>
       <w:kern w:val="32"/>
-      <w:sz w:val="48"/>
+      <w:sz w:val="44"/>
       <w:szCs w:val="32"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Rubrik2">
     <w:name w:val="heading 2"/>
     <w:aliases w:val="Rubrik 2 VGR"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:link w:val="Rubrik2Char"/>
     <w:uiPriority w:val="3"/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
-    <w:rsid w:val="00627BEA"/>
+    <w:rsid w:val="008D124E"/>
     <w:pPr>
       <w:keepNext/>
       <w:keepLines/>
       <w:spacing w:before="240" w:after="40" w:line="240" w:lineRule="auto"/>
       <w:outlineLvl w:val="1"/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:rFonts w:ascii="Verdana" w:eastAsiaTheme="majorEastAsia" w:hAnsi="Verdana" w:cstheme="majorBidi"/>
       <w:bCs/>
       <w:color w:val="000000" w:themeColor="text1"/>
-      <w:sz w:val="40"/>
+      <w:sz w:val="36"/>
       <w:szCs w:val="26"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Rubrik3">
     <w:name w:val="heading 3"/>
     <w:aliases w:val="Rubrik 3 VGR"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:link w:val="Rubrik3Char"/>
     <w:uiPriority w:val="3"/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
-    <w:rsid w:val="00627BEA"/>
+    <w:rsid w:val="008D124E"/>
     <w:pPr>
       <w:keepNext/>
       <w:keepLines/>
       <w:spacing w:before="240" w:after="40" w:line="240" w:lineRule="auto"/>
       <w:outlineLvl w:val="2"/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:rFonts w:ascii="Verdana" w:eastAsiaTheme="majorEastAsia" w:hAnsi="Verdana" w:cstheme="majorBidi"/>
       <w:bCs/>
       <w:color w:val="000000" w:themeColor="text1"/>
-      <w:sz w:val="36"/>
+      <w:sz w:val="28"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Rubrik4">
     <w:name w:val="heading 4"/>
     <w:aliases w:val="mellanrubrik"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:link w:val="Rubrik4Char"/>
     <w:uiPriority w:val="3"/>
     <w:semiHidden/>
     <w:qFormat/>
     <w:locked/>
     <w:rsid w:val="00627BEA"/>
     <w:pPr>
       <w:keepNext/>
       <w:keepLines/>
       <w:spacing w:before="240" w:after="0" w:line="240" w:lineRule="auto"/>
       <w:outlineLvl w:val="3"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
       <w:b/>
       <w:bCs/>
       <w:iCs/>
       <w:color w:val="000000" w:themeColor="text1"/>
       <w:sz w:val="26"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Rubrik5">
     <w:name w:val="heading 5"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:link w:val="Rubrik5Char"/>
     <w:uiPriority w:val="9"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:rsid w:val="002F568B"/>
     <w:pPr>
       <w:keepNext/>
       <w:keepLines/>
       <w:spacing w:before="200"/>
       <w:outlineLvl w:val="4"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
       <w:color w:val="00304B" w:themeColor="accent1" w:themeShade="7F"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Rubrik9">
+    <w:name w:val="heading 9"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:link w:val="Rubrik9Char"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:qFormat/>
+    <w:rsid w:val="009A32ED"/>
+    <w:pPr>
+      <w:keepNext/>
+      <w:keepLines/>
+      <w:spacing w:before="40" w:after="0"/>
+      <w:ind w:left="0"/>
+      <w:outlineLvl w:val="8"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:i/>
+      <w:iCs/>
+      <w:color w:val="272727" w:themeColor="text1" w:themeTint="D8"/>
+      <w:sz w:val="21"/>
+      <w:szCs w:val="21"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="Standardstycketeckensnitt">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="Normaltabell">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="Ingenlista">
     <w:name w:val="No List"/>
@@ -7838,70 +6686,71 @@
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Sidhuvud">
     <w:name w:val="header"/>
     <w:basedOn w:val="Normal"/>
     <w:link w:val="SidhuvudChar"/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="00AA0F08"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="center" w:pos="4703"/>
         <w:tab w:val="right" w:pos="9406"/>
       </w:tabs>
     </w:pPr>
   </w:style>
   <w:style w:type="character" w:styleId="Sidnummer">
     <w:name w:val="page number"/>
     <w:basedOn w:val="Standardstycketeckensnitt"/>
     <w:semiHidden/>
     <w:rsid w:val="00AA0F08"/>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Metadata">
     <w:name w:val="Metadata"/>
     <w:basedOn w:val="Normal"/>
     <w:qFormat/>
-    <w:rsid w:val="002651D6"/>
+    <w:rsid w:val="00831C35"/>
     <w:pPr>
       <w:spacing w:after="240"/>
       <w:contextualSpacing/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+      <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
       <w:sz w:val="20"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="Rubrik1Char">
     <w:name w:val="Rubrik 1 Char"/>
     <w:aliases w:val="Rubrik VGR Char"/>
     <w:link w:val="Rubrik1"/>
-    <w:rsid w:val="00CA5562"/>
+    <w:rsid w:val="001108C0"/>
     <w:rPr>
-      <w:rFonts w:ascii="Calibri" w:eastAsia="MS Gothic" w:hAnsi="Calibri"/>
+      <w:rFonts w:ascii="Verdana" w:eastAsia="MS Gothic" w:hAnsi="Verdana"/>
+      <w:b/>
       <w:bCs/>
       <w:kern w:val="32"/>
-      <w:sz w:val="48"/>
+      <w:sz w:val="44"/>
       <w:szCs w:val="32"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Allmntstyckeformat">
     <w:name w:val="[Allmänt styckeformat]"/>
     <w:basedOn w:val="Normal"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:rsid w:val="001C5FEF"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:autoSpaceDE w:val="0"/>
       <w:autoSpaceDN w:val="0"/>
       <w:adjustRightInd w:val="0"/>
       <w:textAlignment w:val="center"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="MinionPro-Regular" w:hAnsi="MinionPro-Regular" w:cs="MinionPro-Regular"/>
       <w:color w:val="000000"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="SidfotChar">
     <w:name w:val="Sidfot Char"/>
     <w:link w:val="Sidfot"/>
     <w:uiPriority w:val="99"/>
@@ -7923,51 +6772,51 @@
     <w:qFormat/>
     <w:rsid w:val="00AC3FF6"/>
     <w:pPr>
       <w:spacing w:before="240" w:after="60"/>
       <w:jc w:val="center"/>
       <w:outlineLvl w:val="0"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Calibri" w:eastAsia="MS Gothic" w:hAnsi="Calibri"/>
       <w:b/>
       <w:bCs/>
       <w:kern w:val="28"/>
       <w:sz w:val="32"/>
       <w:szCs w:val="32"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="FaktarutaLista">
     <w:name w:val="Faktaruta Lista"/>
     <w:uiPriority w:val="5"/>
     <w:semiHidden/>
     <w:qFormat/>
     <w:locked/>
     <w:rsid w:val="00617710"/>
     <w:pPr>
       <w:numPr>
-        <w:numId w:val="4"/>
+        <w:numId w:val="5"/>
       </w:numPr>
       <w:spacing w:after="40"/>
       <w:ind w:left="357" w:hanging="357"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
       <w:color w:val="000000"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="RubrikChar">
     <w:name w:val="Rubrik Char"/>
     <w:link w:val="Rubrik"/>
     <w:uiPriority w:val="10"/>
     <w:semiHidden/>
     <w:rsid w:val="00F86F47"/>
     <w:rPr>
       <w:rFonts w:ascii="Calibri" w:eastAsia="MS Gothic" w:hAnsi="Calibri"/>
       <w:b/>
       <w:bCs/>
       <w:kern w:val="28"/>
       <w:sz w:val="32"/>
       <w:szCs w:val="32"/>
     </w:rPr>
@@ -8013,233 +6862,228 @@
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Faktarutarubrik">
     <w:name w:val="Faktaruta rubrik"/>
     <w:basedOn w:val="Rubrik2"/>
     <w:next w:val="FaktarutaLista"/>
     <w:uiPriority w:val="3"/>
     <w:semiHidden/>
     <w:qFormat/>
     <w:locked/>
     <w:rsid w:val="0009062C"/>
     <w:pPr>
       <w:spacing w:before="0"/>
       <w:outlineLvl w:val="2"/>
     </w:pPr>
     <w:rPr>
       <w:bCs w:val="0"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="Rubrik2Char">
     <w:name w:val="Rubrik 2 Char"/>
     <w:aliases w:val="Rubrik 2 VGR Char"/>
     <w:basedOn w:val="Standardstycketeckensnitt"/>
     <w:link w:val="Rubrik2"/>
     <w:uiPriority w:val="3"/>
-    <w:rsid w:val="00627BEA"/>
+    <w:rsid w:val="008D124E"/>
     <w:rPr>
-      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:rFonts w:ascii="Verdana" w:eastAsiaTheme="majorEastAsia" w:hAnsi="Verdana" w:cstheme="majorBidi"/>
       <w:bCs/>
       <w:color w:val="000000" w:themeColor="text1"/>
-      <w:sz w:val="40"/>
+      <w:sz w:val="36"/>
       <w:szCs w:val="26"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="Rubrik3Char">
     <w:name w:val="Rubrik 3 Char"/>
     <w:aliases w:val="Rubrik 3 VGR Char"/>
     <w:basedOn w:val="Standardstycketeckensnitt"/>
     <w:link w:val="Rubrik3"/>
     <w:uiPriority w:val="3"/>
-    <w:rsid w:val="00627BEA"/>
+    <w:rsid w:val="008D124E"/>
     <w:rPr>
-      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:rFonts w:ascii="Verdana" w:eastAsiaTheme="majorEastAsia" w:hAnsi="Verdana" w:cstheme="majorBidi"/>
       <w:bCs/>
       <w:color w:val="000000" w:themeColor="text1"/>
-      <w:sz w:val="36"/>
+      <w:sz w:val="28"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="Rubrik4Char">
     <w:name w:val="Rubrik 4 Char"/>
     <w:aliases w:val="mellanrubrik Char"/>
     <w:basedOn w:val="Standardstycketeckensnitt"/>
     <w:link w:val="Rubrik4"/>
     <w:uiPriority w:val="3"/>
     <w:semiHidden/>
     <w:rsid w:val="00A272CA"/>
     <w:rPr>
       <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
       <w:b/>
       <w:bCs/>
       <w:iCs/>
       <w:color w:val="000000" w:themeColor="text1"/>
       <w:sz w:val="26"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="Rubrik5Char">
     <w:name w:val="Rubrik 5 Char"/>
     <w:basedOn w:val="Standardstycketeckensnitt"/>
     <w:link w:val="Rubrik5"/>
     <w:uiPriority w:val="9"/>
     <w:semiHidden/>
     <w:rsid w:val="002F568B"/>
     <w:rPr>
       <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
       <w:color w:val="00304B" w:themeColor="accent1" w:themeShade="7F"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Liststycke">
     <w:name w:val="List Paragraph"/>
     <w:basedOn w:val="Normal"/>
     <w:uiPriority w:val="34"/>
-    <w:rsid w:val="004B5C86"/>
+    <w:rsid w:val="00CB1ED7"/>
     <w:pPr>
       <w:numPr>
-        <w:numId w:val="13"/>
+        <w:numId w:val="14"/>
       </w:numPr>
-      <w:ind w:left="1349" w:hanging="357"/>
+      <w:ind w:left="1712" w:hanging="357"/>
       <w:contextualSpacing/>
     </w:pPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Normalefterlista">
     <w:name w:val="Normal efter lista"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:uiPriority w:val="3"/>
     <w:qFormat/>
     <w:rsid w:val="0062184C"/>
     <w:pPr>
       <w:spacing w:before="200"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:eastAsia="MS Gothic"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Innehll1">
     <w:name w:val="toc 1"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:autoRedefine/>
     <w:uiPriority w:val="39"/>
     <w:unhideWhenUsed/>
-    <w:rsid w:val="00CF4BCF"/>
+    <w:rsid w:val="00B405A1"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="right" w:leader="dot" w:pos="8779"/>
       </w:tabs>
-      <w:spacing w:after="0"/>
+      <w:ind w:right="142"/>
     </w:pPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Omslagsrubrik">
     <w:name w:val="Omslagsrubrik"/>
     <w:basedOn w:val="Normal"/>
     <w:link w:val="OmslagsrubrikChar"/>
     <w:uiPriority w:val="3"/>
     <w:qFormat/>
-    <w:rsid w:val="005A627D"/>
+    <w:rsid w:val="00B14487"/>
     <w:pPr>
       <w:spacing w:after="6000" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
+      <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
       <w:sz w:val="72"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="OmslagsrubrikChar">
     <w:name w:val="Omslagsrubrik Char"/>
     <w:basedOn w:val="Standardstycketeckensnitt"/>
     <w:link w:val="Omslagsrubrik"/>
     <w:uiPriority w:val="3"/>
-    <w:rsid w:val="005A627D"/>
+    <w:rsid w:val="00B14487"/>
     <w:rPr>
-      <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
+      <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
       <w:sz w:val="72"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="Omslagsunderrubrik">
-    <w:name w:val="Omslagsunderrubrik"/>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="UnderrubrikVGR">
+    <w:name w:val="Underrubrik VGR"/>
     <w:basedOn w:val="Normal"/>
-    <w:link w:val="OmslagsunderrubrikChar"/>
+    <w:link w:val="UnderrubrikVGRChar"/>
     <w:uiPriority w:val="3"/>
     <w:qFormat/>
-    <w:rsid w:val="009533B4"/>
+    <w:rsid w:val="00B14487"/>
     <w:pPr>
       <w:contextualSpacing/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
+      <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
       <w:sz w:val="32"/>
       <w:szCs w:val="44"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="OmslagsunderrubrikChar">
-    <w:name w:val="Omslagsunderrubrik Char"/>
+  <w:style w:type="character" w:customStyle="1" w:styleId="UnderrubrikVGRChar">
+    <w:name w:val="Underrubrik VGR Char"/>
     <w:basedOn w:val="Standardstycketeckensnitt"/>
-    <w:link w:val="Omslagsunderrubrik"/>
+    <w:link w:val="UnderrubrikVGR"/>
     <w:uiPriority w:val="3"/>
-    <w:rsid w:val="009533B4"/>
+    <w:rsid w:val="00B14487"/>
     <w:rPr>
-      <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
+      <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
       <w:sz w:val="32"/>
       <w:szCs w:val="44"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Innehll2">
     <w:name w:val="toc 2"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:autoRedefine/>
     <w:uiPriority w:val="39"/>
     <w:unhideWhenUsed/>
-    <w:rsid w:val="00C64000"/>
+    <w:rsid w:val="00BC6590"/>
     <w:pPr>
       <w:tabs>
-        <w:tab w:val="right" w:leader="dot" w:pos="8777"/>
+        <w:tab w:val="right" w:leader="dot" w:pos="8919"/>
       </w:tabs>
-      <w:spacing w:after="0"/>
-      <w:ind w:left="1349"/>
+      <w:ind w:right="0"/>
     </w:pPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Innehll3">
     <w:name w:val="toc 3"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:autoRedefine/>
     <w:uiPriority w:val="39"/>
     <w:unhideWhenUsed/>
-    <w:rsid w:val="00C64000"/>
+    <w:rsid w:val="00E61294"/>
     <w:pPr>
-      <w:tabs>
-[...3 lines deleted...]
-      <w:ind w:left="1707"/>
+      <w:ind w:left="480"/>
     </w:pPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Innehll4">
     <w:name w:val="toc 4"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:autoRedefine/>
     <w:uiPriority w:val="39"/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00E61294"/>
     <w:pPr>
       <w:ind w:left="720"/>
     </w:pPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Innehll5">
     <w:name w:val="toc 5"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:autoRedefine/>
     <w:uiPriority w:val="39"/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00E61294"/>
     <w:pPr>
       <w:ind w:left="960"/>
     </w:pPr>
@@ -8276,118 +7120,118 @@
     <w:uiPriority w:val="39"/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00E61294"/>
     <w:pPr>
       <w:ind w:left="1680"/>
     </w:pPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Innehll9">
     <w:name w:val="toc 9"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:autoRedefine/>
     <w:uiPriority w:val="39"/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00E61294"/>
     <w:pPr>
       <w:ind w:left="1920"/>
     </w:pPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="MellanrubrikVGR">
     <w:name w:val="Mellanrubrik VGR"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:uiPriority w:val="2"/>
     <w:qFormat/>
-    <w:rsid w:val="004B5C86"/>
+    <w:rsid w:val="008D124E"/>
     <w:pPr>
       <w:keepNext/>
       <w:keepLines/>
       <w:widowControl w:val="0"/>
       <w:autoSpaceDE w:val="0"/>
       <w:autoSpaceDN w:val="0"/>
       <w:adjustRightInd w:val="0"/>
       <w:spacing w:before="240" w:after="0"/>
       <w:textAlignment w:val="center"/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+      <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
       <w:b/>
       <w:color w:val="000000"/>
-      <w:sz w:val="26"/>
       <w:szCs w:val="18"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="Fotnotsreferens">
     <w:name w:val="footnote reference"/>
     <w:basedOn w:val="Standardstycketeckensnitt"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00FB5086"/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Formatmall1">
     <w:name w:val="Formatmall1"/>
     <w:basedOn w:val="Normal"/>
     <w:link w:val="Formatmall1Char"/>
     <w:uiPriority w:val="3"/>
     <w:semiHidden/>
     <w:qFormat/>
     <w:locked/>
     <w:rsid w:val="00FB5086"/>
     <w:pPr>
       <w:spacing w:after="0"/>
     </w:pPr>
     <w:rPr>
       <w:sz w:val="20"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="Formatmall1Char">
     <w:name w:val="Formatmall1 Char"/>
     <w:basedOn w:val="Standardstycketeckensnitt"/>
     <w:link w:val="Formatmall1"/>
     <w:uiPriority w:val="3"/>
     <w:semiHidden/>
     <w:rsid w:val="00A272CA"/>
     <w:rPr>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="FotnotVGR">
     <w:name w:val="Fotnot VGR"/>
     <w:basedOn w:val="Normal"/>
     <w:uiPriority w:val="3"/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
-    <w:rsid w:val="00FB5086"/>
+    <w:rsid w:val="00B14487"/>
     <w:pPr>
       <w:spacing w:after="0"/>
     </w:pPr>
     <w:rPr>
-      <w:sz w:val="20"/>
+      <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+      <w:sz w:val="18"/>
     </w:rPr>
   </w:style>
   <w:style w:type="table" w:styleId="Oformateradtabell2">
     <w:name w:val="Plain Table 2"/>
     <w:basedOn w:val="Normaltabell"/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="002E263F"/>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblBorders>
         <w:top w:val="single" w:sz="4" w:space="0" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80"/>
         <w:bottom w:val="single" w:sz="4" w:space="0" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80"/>
       </w:tblBorders>
     </w:tblPr>
     <w:tblStylePr w:type="firstRow">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80"/>
         </w:tcBorders>
@@ -9369,56 +8213,56 @@
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Tabellrubrik">
     <w:name w:val="Tabellrubrik"/>
     <w:basedOn w:val="Normal"/>
     <w:uiPriority w:val="3"/>
     <w:semiHidden/>
     <w:qFormat/>
     <w:rsid w:val="00B33FDD"/>
     <w:pPr>
       <w:spacing w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
       <w:bCs/>
       <w:color w:val="000000" w:themeColor="text1"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Punktlista">
     <w:name w:val="List Bullet"/>
     <w:basedOn w:val="Normal"/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
-    <w:rsid w:val="004B5C86"/>
+    <w:rsid w:val="00CB1ED7"/>
     <w:pPr>
       <w:numPr>
-        <w:numId w:val="14"/>
+        <w:numId w:val="15"/>
       </w:numPr>
-      <w:ind w:left="1349" w:hanging="357"/>
+      <w:ind w:left="1712" w:hanging="357"/>
       <w:contextualSpacing/>
     </w:pPr>
   </w:style>
   <w:style w:type="table" w:styleId="Oformateradtabell3">
     <w:name w:val="Plain Table 3"/>
     <w:basedOn w:val="Normaltabell"/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="002E263F"/>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
     </w:tblPr>
     <w:tblStylePr w:type="firstRow">
       <w:rPr>
         <w:b/>
         <w:bCs/>
         <w:caps/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
@@ -9544,200 +8388,192 @@
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:rsid w:val="00404948"/>
     <w:pPr>
       <w:spacing w:after="200" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:i/>
       <w:iCs/>
       <w:color w:val="000000" w:themeColor="text2"/>
       <w:sz w:val="18"/>
       <w:szCs w:val="18"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="SidhuvudChar">
     <w:name w:val="Sidhuvud Char"/>
     <w:basedOn w:val="Standardstycketeckensnitt"/>
     <w:link w:val="Sidhuvud"/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="00133A0F"/>
     <w:rPr>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="Punktlistanumrerad">
-[...2 lines deleted...]
-    <w:rsid w:val="0034572A"/>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Rubrik9Char">
+    <w:name w:val="Rubrik 9 Char"/>
+    <w:basedOn w:val="Standardstycketeckensnitt"/>
+    <w:link w:val="Rubrik9"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:rsid w:val="009A32ED"/>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:i/>
+      <w:iCs/>
+      <w:color w:val="272727" w:themeColor="text1" w:themeTint="D8"/>
+      <w:sz w:val="21"/>
+      <w:szCs w:val="21"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Brdtext">
+    <w:name w:val="Body Text"/>
+    <w:aliases w:val="(=Löpande text)"/>
+    <w:link w:val="BrdtextChar"/>
+    <w:rsid w:val="009A32ED"/>
     <w:pPr>
-      <w:numPr>
-[...6 lines deleted...]
-      <w:ind w:left="1349" w:right="868" w:hanging="357"/>
+      <w:spacing w:after="160"/>
+      <w:ind w:left="2676"/>
     </w:pPr>
     <w:rPr>
+      <w:sz w:val="24"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="BrdtextChar">
+    <w:name w:val="Brödtext Char"/>
+    <w:aliases w:val="(=Löpande text) Char"/>
+    <w:basedOn w:val="Standardstycketeckensnitt"/>
+    <w:link w:val="Brdtext"/>
+    <w:rsid w:val="009A32ED"/>
+    <w:rPr>
+      <w:sz w:val="24"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="Tabell">
+    <w:name w:val="Tabell"/>
+    <w:link w:val="TabellChar"/>
+    <w:qFormat/>
+    <w:rsid w:val="00831C35"/>
+    <w:pPr>
+      <w:spacing w:line="288" w:lineRule="auto"/>
+      <w:ind w:right="-142"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="Punktlistaniv2">
-[...12 lines deleted...]
-    </w:pPr>
+  <w:style w:type="character" w:customStyle="1" w:styleId="TabellChar">
+    <w:name w:val="Tabell Char"/>
+    <w:basedOn w:val="Standardstycketeckensnitt"/>
+    <w:link w:val="Tabell"/>
+    <w:rsid w:val="00831C35"/>
     <w:rPr>
+      <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="AnvndHyperlnk">
+    <w:name w:val="FollowedHyperlink"/>
+    <w:basedOn w:val="Standardstycketeckensnitt"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00B97D4E"/>
+    <w:rPr>
+      <w:color w:val="9EA2A2" w:themeColor="followedHyperlink"/>
+      <w:u w:val="single"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="Olstomnmnande">
+    <w:name w:val="Unresolved Mention"/>
+    <w:basedOn w:val="Standardstycketeckensnitt"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00672EC3"/>
+    <w:rPr>
+      <w:color w:val="605E5C"/>
+      <w:shd w:val="clear" w:color="auto" w:fill="E1DFDD"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Tabelltext">
     <w:name w:val="Tabelltext"/>
     <w:qFormat/>
-    <w:rsid w:val="00027AD8"/>
+    <w:rsid w:val="003B7D1B"/>
     <w:pPr>
       <w:spacing w:before="30" w:after="30" w:line="288" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:sz w:val="23"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:styleId="Olstomnmnande">
-[...22 lines deleted...]
-  </w:style>
   <w:style w:type="paragraph" w:styleId="Kommentarer">
     <w:name w:val="annotation text"/>
     <w:basedOn w:val="Normal"/>
     <w:link w:val="KommentarerChar"/>
     <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
     <w:unhideWhenUsed/>
-    <w:rsid w:val="008A02C8"/>
     <w:pPr>
       <w:spacing w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:sz w:val="20"/>
       <w:szCs w:val="20"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="KommentarerChar">
     <w:name w:val="Kommentarer Char"/>
     <w:basedOn w:val="Standardstycketeckensnitt"/>
     <w:link w:val="Kommentarer"/>
     <w:uiPriority w:val="99"/>
-    <w:rsid w:val="008A02C8"/>
-[...6 lines deleted...]
-    <w:uiPriority w:val="99"/>
     <w:semiHidden/>
-    <w:unhideWhenUsed/>
-    <w:rsid w:val="008A02C8"/>
     <w:rPr>
-      <w:b/>
-      <w:bCs/>
+      <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="KommentarsmneChar">
-[...12 lines deleted...]
-    <w:name w:val="FollowedHyperlink"/>
+  <w:style w:type="character" w:styleId="Kommentarsreferens">
+    <w:name w:val="annotation reference"/>
     <w:basedOn w:val="Standardstycketeckensnitt"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
-    <w:rsid w:val="00F97D14"/>
     <w:rPr>
-      <w:color w:val="9EA2A2" w:themeColor="followedHyperlink"/>
-[...11 lines deleted...]
-      <w:szCs w:val="24"/>
+      <w:sz w:val="16"/>
+      <w:szCs w:val="16"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:divs>
     <w:div w:id="198055238">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="218060363">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
@@ -9748,63 +8584,60 @@
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="1230919038">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
   </w:divs>
+  <w:relyOnVML/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
-<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml" Id="rId8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mellanarkiv-offentlig.vgregion.se/alfresco/s/archive/stream/public/v1/source/available/SOFIA/SU9805-1593997-1427/SURROGATE/Reversering%20av%20Antikoagulantia%20vid%20akut%20stor%20bl%c3%b6dning.pdf" TargetMode="External" Id="rId13" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml" Id="rId18" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml" Id="rId21" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml" Id="rId7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mellanarkiv-offentlig.vgregion.se/alfresco/s/archive/stream/public/v1/source/available/sofia/sas9642-738863596-508/surrogate/Allvarlig%20bl%c3%b6dning.pdf" TargetMode="External" Id="rId12" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file://vgregion.se/Gem/S&#196;S.MEDICINSK_BEREDNINGSGRUPP/&#214;%20Medicinska%20styrdokument/Styrdokument/Reversering%20av%20antikoagulantia/www.ssth.se/lankar" TargetMode="External" Id="rId17" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mellanarkiv-offentlig.vgregion.se/alfresco/s/archive/stream/public/v1/source/available/SOFIA/SU9805-1593997-1427/SURROGATE/Reversering%20av%20Antikoagulantia%20vid%20akut%20stor%20bl%c3%b6dning.pdf" TargetMode="External" Id="rId16" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml" Id="rId20" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml" Id="rId6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml" Id="rId11" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mellanarkiv-offentlig.vgregion.se/alfresco/s/archive/stream/public/v1/source/available/sofia/sas9642-738863596-508/surrogate/Allvarlig%20bl%c3%b6dning.pdf" TargetMode="External" Id="rId15" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml" Id="rId23" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml" Id="rId10" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml" Id="rId19" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml" Id="rId9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.ssth.se/lankar" TargetMode="External" Id="rId14" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml" Id="rId22" /></Relationships>
+<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml" Id="rId8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.ssth.se/lankar%20%5b3" TargetMode="External" Id="rId13" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml" Id="rId18" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer3.xml" Id="rId21" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml" Id="rId7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mellanarkiv-offentlig.vgregion.se/alfresco/s/archive/stream/public/v1/source/available/SOFIA/SU9805-1593997-1427/SURROGATE/Reversering%20av%20Antikoagulantia%20vid%20akut%20stor%20bl%c3%b6dning.pdf" TargetMode="External" Id="rId12" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml" Id="rId17" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.ssth.se/lankar" TargetMode="External" Id="rId16" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml" Id="rId20" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml" Id="rId6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mellanarkiv-offentlig.vgregion.se/alfresco/s/archive/stream/public/v1/source/available/sofia/sas9642-738863596-508/surrogate/Allvarlig%20bl%C3%B6dning.pdf" TargetMode="External" Id="rId11" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml" Id="rId5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hittadokument.vgregion.se/su" TargetMode="External" Id="rId15" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml" Id="rId23" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml" Id="rId10" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml" Id="rId19" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml" Id="rId9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hittadokument.vgregion.se/sas" TargetMode="External" Id="rId14" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml" Id="rId22" /></Relationships>
 </file>
 
-<file path=word/_rels/footer2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-[...4 lines deleted...]
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/></Relationships>
+<file path=word/_rels/footer3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.svg"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office-tema">
   <a:themeElements>
     <a:clrScheme name="VG">
       <a:dk1>
         <a:srgbClr val="000000"/>
       </a:dk1>
       <a:lt1>
         <a:srgbClr val="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="000000"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="808080"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="006298"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="367B1E"/>
       </a:accent2>
       <a:accent3>
@@ -10085,73 +8918,58 @@
       <a:spPr/>
       <a:bodyPr/>
       <a:lstStyle/>
       <a:style>
         <a:lnRef idx="2">
           <a:schemeClr val="accent1"/>
         </a:lnRef>
         <a:fillRef idx="0">
           <a:schemeClr val="accent1"/>
         </a:fillRef>
         <a:effectRef idx="1">
           <a:schemeClr val="accent1"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="tx1"/>
         </a:fontRef>
       </a:style>
     </a:lnDef>
   </a:objectDefaults>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
-  <Template>Normal</Template>
+  <Template>normal</Template>
   <TotalTime></TotalTime>
   <Pages>5</Pages>
-  <Words>726</Words>
-  <Characters>6406</Characters>
+  <Words>759</Words>
+  <Characters>5359</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>53</Lines>
-  <Paragraphs>14</Paragraphs>
+  <Lines>198</Lines>
+  <Paragraphs>139</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
-  <HeadingPairs>
-[...13 lines deleted...]
-  </TitlesOfParts>
   <Manager/>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>7118</CharactersWithSpaces>
+  <CharactersWithSpaces>5979</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <coreProperties xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns="http://schemas.openxmlformats.org/package/2006/metadata/core-properties">
   <dc:title>Reversering av antikoagulantia vid akut stor blödning, SÄS</dc:title>
   <dc:subject/>
   <dc:creator/>
   <keywords/>
   <lastModifiedBy/>
-  <revision>1</revision>
+  <revision>2</revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </coreProperties>
 </file>