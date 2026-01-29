--- v0 (2025-11-26)
+++ v1 (2026-01-29)
@@ -1,3793 +1,3099 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
-  <Default Extension="wmf" ContentType="image/x-wmf"/>
+  <Default Extension="svg" ContentType="image/svg+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/footer2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/header2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer3.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml" Id="rId2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml" Id="rId1" /></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
-    <w:p w14:paraId="129DAF18" w14:textId="54DF390A" w:rsidR="0070714D" w:rsidRPr="000D4960" w:rsidRDefault="2A1A2502" w:rsidP="000D4960">
+    <w:p w14:paraId="061914D4" w14:textId="66BBAE87" w:rsidR="00184167" w:rsidRDefault="00D03A38" w:rsidP="009A32ED">
       <w:pPr>
         <w:pStyle w:val="Rubrik1"/>
-        <w:rPr>
-[...6 lines deleted...]
-      <w:r w:rsidRPr="000D4960">
+      </w:pPr>
+      <w:r w:rsidRPr="00D03A38">
         <w:t xml:space="preserve">Sköra Äldre och Clinical </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="000D4960">
+      <w:r w:rsidRPr="00D03A38">
         <w:t>Frailty</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="000D4960">
+      <w:r w:rsidRPr="00D03A38">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="000D4960">
+      <w:r w:rsidRPr="00D03A38">
         <w:t>Scale</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="000D4960">
+      <w:r w:rsidRPr="00D03A38">
         <w:t xml:space="preserve"> (CFS), SÄS</w:t>
       </w:r>
+      <w:r w:rsidR="00A264BE" w:rsidRPr="005A627D">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:bookmarkStart w:id="0" w:name="_Toc321146591"/>
     </w:p>
-    <w:p w14:paraId="774030B1" w14:textId="336E6F9A" w:rsidR="0070714D" w:rsidRDefault="0070714D" w:rsidP="00B67C30">
+    <w:p w14:paraId="11BC1DCA" w14:textId="77777777" w:rsidR="009A32ED" w:rsidRDefault="009A32ED" w:rsidP="009A32ED">
       <w:pPr>
         <w:pStyle w:val="Rubrik2"/>
-      </w:pPr>
-      <w:bookmarkStart w:id="1" w:name="_Toc156567972"/>
+        <w:ind w:right="-143"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="1" w:name="_Toc100327184"/>
+      <w:bookmarkStart w:id="2" w:name="_Toc203056632"/>
+      <w:bookmarkStart w:id="3" w:name="_Toc203056652"/>
       <w:bookmarkEnd w:id="0"/>
-      <w:r w:rsidRPr="0070714D">
-[...19 lines deleted...]
-      <w:bookmarkStart w:id="2" w:name="_Toc156567973"/>
       <w:r>
         <w:t>Förändringar sedan föregående version</w:t>
       </w:r>
+      <w:bookmarkEnd w:id="1"/>
       <w:bookmarkEnd w:id="2"/>
+      <w:bookmarkEnd w:id="3"/>
     </w:p>
-    <w:p w14:paraId="42BD2682" w14:textId="6C88F93A" w:rsidR="00B67C30" w:rsidRDefault="00B67C30" w:rsidP="00B67C30">
+    <w:p w14:paraId="78D66B5D" w14:textId="1DB484F2" w:rsidR="5AA6B8C7" w:rsidRDefault="00E25B22" w:rsidP="17411D5A">
+      <w:pPr>
+        <w:ind w:right="-143"/>
+      </w:pPr>
       <w:r>
-        <w:t>Ny r</w:t>
-[...3 lines deleted...]
-      </w:r>
+        <w:t xml:space="preserve">Redaktionella förändringar. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="69BCFD87" w14:textId="77777777" w:rsidR="009A32ED" w:rsidRDefault="009A32ED" w:rsidP="009A32ED">
+      <w:pPr>
+        <w:pStyle w:val="Rubrik2"/>
+        <w:ind w:right="-143"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="4" w:name="_Toc100327185"/>
+      <w:bookmarkStart w:id="5" w:name="_Toc203056633"/>
+      <w:bookmarkStart w:id="6" w:name="_Toc203056653"/>
+      <w:bookmarkStart w:id="7" w:name="_Toc72840807"/>
       <w:r>
-        <w:t>.</w:t>
-      </w:r>
+        <w:t>Sammanfattning</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="4"/>
+      <w:bookmarkEnd w:id="5"/>
+      <w:bookmarkEnd w:id="6"/>
     </w:p>
-    <w:p w14:paraId="2584B14D" w14:textId="7980D70D" w:rsidR="00B67C30" w:rsidRPr="00B67C30" w:rsidRDefault="00B67C30" w:rsidP="00B67C30">
-[...13 lines deleted...]
-        </w:rPr>
+    <w:p w14:paraId="305361E2" w14:textId="3A030EC4" w:rsidR="009A32ED" w:rsidRDefault="00D03A38" w:rsidP="00D03A38">
+      <w:pPr>
+        <w:ind w:right="-143"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00D03A38">
+        <w:t xml:space="preserve">Riktlinjen beskriver sjukhuset arbetssätt kring att identifiera och omhänderta sköra äldre med indikation för inskrivning i slutenvård. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6660DA9D" w14:textId="2A8EC736" w:rsidR="00B405A1" w:rsidRDefault="00B405A1" w:rsidP="00E967D0">
+      <w:pPr>
+        <w:pStyle w:val="UnderrubrikVGR"/>
+      </w:pPr>
+      <w:r>
         <w:t>Innehållsförteckning</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3BB07571" w14:textId="755CB712" w:rsidR="00F96CA3" w:rsidRDefault="00B67C30">
+    <w:p w14:paraId="718065AF" w14:textId="0E51904C" w:rsidR="00E967D0" w:rsidRDefault="00E967D0">
       <w:pPr>
         <w:pStyle w:val="Innehll1"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:noProof/>
           <w:kern w:val="2"/>
-          <w:sz w:val="22"/>
-          <w:szCs w:val="22"/>
           <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:fldChar w:fldCharType="begin"/>
       </w:r>
       <w:r>
-        <w:instrText xml:space="preserve"> TOC \h \z \t "Rubrik 2;1;Rubrik 3;2;Mellanrubrik VGR;3" </w:instrText>
+        <w:instrText xml:space="preserve"> TOC \h \z \t "Rubrik 2;1;Rubrik 3;2;Rubrik 4;3" </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:hyperlink w:anchor="_Toc156567972" w:history="1">
-        <w:r w:rsidR="00F96CA3" w:rsidRPr="00B95D43">
+      <w:hyperlink w:anchor="_Toc203056652" w:history="1">
+        <w:r w:rsidRPr="003D2E30">
           <w:rPr>
             <w:rStyle w:val="Hyperlnk"/>
             <w:rFonts w:eastAsia="MS Gothic"/>
             <w:noProof/>
           </w:rPr>
-          <w:t>Sammanfattning</w:t>
+          <w:t>Förändringar sedan föregående version</w:t>
         </w:r>
-        <w:r w:rsidR="00F96CA3">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
-        <w:r w:rsidR="00F96CA3">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
-        <w:r w:rsidR="00F96CA3">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
-          <w:instrText xml:space="preserve"> PAGEREF _Toc156567972 \h </w:instrText>
+          <w:instrText xml:space="preserve"> PAGEREF _Toc203056652 \h </w:instrText>
         </w:r>
-        <w:r w:rsidR="00F96CA3">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
         </w:r>
-        <w:r w:rsidR="00F96CA3">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
-        <w:r w:rsidR="00F96CA3">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:t>1</w:t>
         </w:r>
-        <w:r w:rsidR="00F96CA3">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="7B964F6E" w14:textId="318DAF9B" w:rsidR="00F96CA3" w:rsidRDefault="00000000">
+    <w:p w14:paraId="65C9D8DE" w14:textId="43C82E4C" w:rsidR="00E967D0" w:rsidRDefault="00E967D0">
       <w:pPr>
         <w:pStyle w:val="Innehll1"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:noProof/>
           <w:kern w:val="2"/>
-          <w:sz w:val="22"/>
-          <w:szCs w:val="22"/>
           <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink w:anchor="_Toc156567973" w:history="1">
-        <w:r w:rsidR="00F96CA3" w:rsidRPr="00B95D43">
+      <w:hyperlink w:anchor="_Toc203056653" w:history="1">
+        <w:r w:rsidRPr="003D2E30">
           <w:rPr>
             <w:rStyle w:val="Hyperlnk"/>
             <w:rFonts w:eastAsia="MS Gothic"/>
             <w:noProof/>
           </w:rPr>
-          <w:t>Förändringar sedan föregående version</w:t>
+          <w:t>Sammanfattning</w:t>
         </w:r>
-        <w:r w:rsidR="00F96CA3">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
-        <w:r w:rsidR="00F96CA3">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
-        <w:r w:rsidR="00F96CA3">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
-          <w:instrText xml:space="preserve"> PAGEREF _Toc156567973 \h </w:instrText>
+          <w:instrText xml:space="preserve"> PAGEREF _Toc203056653 \h </w:instrText>
         </w:r>
-        <w:r w:rsidR="00F96CA3">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
         </w:r>
-        <w:r w:rsidR="00F96CA3">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
-        <w:r w:rsidR="00F96CA3">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:t>1</w:t>
         </w:r>
-        <w:r w:rsidR="00F96CA3">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="507237EE" w14:textId="7848315E" w:rsidR="00F96CA3" w:rsidRDefault="00000000">
+    <w:p w14:paraId="0B91A4E1" w14:textId="5D91FFBF" w:rsidR="00E967D0" w:rsidRDefault="00E967D0">
       <w:pPr>
         <w:pStyle w:val="Innehll1"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:noProof/>
           <w:kern w:val="2"/>
-          <w:sz w:val="22"/>
-          <w:szCs w:val="22"/>
           <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink w:anchor="_Toc156567974" w:history="1">
-        <w:r w:rsidR="00F96CA3" w:rsidRPr="00B95D43">
+      <w:hyperlink w:anchor="_Toc203056654" w:history="1">
+        <w:r w:rsidRPr="003D2E30">
           <w:rPr>
             <w:rStyle w:val="Hyperlnk"/>
             <w:rFonts w:eastAsia="MS Gothic"/>
             <w:noProof/>
           </w:rPr>
-          <w:t>Bakgrund</w:t>
+          <w:t>Bakgrund och syfte</w:t>
         </w:r>
-        <w:r w:rsidR="00F96CA3">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
-        <w:r w:rsidR="00F96CA3">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
-        <w:r w:rsidR="00F96CA3">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
-          <w:instrText xml:space="preserve"> PAGEREF _Toc156567974 \h </w:instrText>
+          <w:instrText xml:space="preserve"> PAGEREF _Toc203056654 \h </w:instrText>
         </w:r>
-        <w:r w:rsidR="00F96CA3">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
         </w:r>
-        <w:r w:rsidR="00F96CA3">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
-        <w:r w:rsidR="00F96CA3">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
-          <w:t>1</w:t>
+          <w:t>2</w:t>
         </w:r>
-        <w:r w:rsidR="00F96CA3">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="48D880CC" w14:textId="275B5BBA" w:rsidR="00F96CA3" w:rsidRDefault="00000000">
+    <w:p w14:paraId="6D6EF240" w14:textId="12E1EB3A" w:rsidR="00E967D0" w:rsidRDefault="00E967D0">
       <w:pPr>
         <w:pStyle w:val="Innehll1"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:noProof/>
           <w:kern w:val="2"/>
-          <w:sz w:val="22"/>
-          <w:szCs w:val="22"/>
           <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink w:anchor="_Toc156567975" w:history="1">
-        <w:r w:rsidR="00F96CA3" w:rsidRPr="00B95D43">
+      <w:hyperlink w:anchor="_Toc203056655" w:history="1">
+        <w:r w:rsidRPr="003D2E30">
           <w:rPr>
             <w:rStyle w:val="Hyperlnk"/>
             <w:rFonts w:eastAsia="MS Gothic"/>
             <w:noProof/>
           </w:rPr>
           <w:t>Förutsättningar</w:t>
         </w:r>
-        <w:r w:rsidR="00F96CA3">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
-        <w:r w:rsidR="00F96CA3">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
-        <w:r w:rsidR="00F96CA3">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
-          <w:instrText xml:space="preserve"> PAGEREF _Toc156567975 \h </w:instrText>
+          <w:instrText xml:space="preserve"> PAGEREF _Toc203056655 \h </w:instrText>
         </w:r>
-        <w:r w:rsidR="00F96CA3">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
         </w:r>
-        <w:r w:rsidR="00F96CA3">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
-        <w:r w:rsidR="00F96CA3">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:t>2</w:t>
         </w:r>
-        <w:r w:rsidR="00F96CA3">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="34D1FC0F" w14:textId="15D9AFD8" w:rsidR="00F96CA3" w:rsidRDefault="00000000">
+    <w:p w14:paraId="54506906" w14:textId="0A6EEAC0" w:rsidR="00E967D0" w:rsidRDefault="00E967D0">
       <w:pPr>
         <w:pStyle w:val="Innehll1"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:noProof/>
           <w:kern w:val="2"/>
-          <w:sz w:val="22"/>
-          <w:szCs w:val="22"/>
           <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink w:anchor="_Toc156567976" w:history="1">
-        <w:r w:rsidR="00F96CA3" w:rsidRPr="00B95D43">
+      <w:hyperlink w:anchor="_Toc203056656" w:history="1">
+        <w:r w:rsidRPr="003D2E30">
           <w:rPr>
             <w:rStyle w:val="Hyperlnk"/>
             <w:rFonts w:eastAsia="MS Gothic"/>
             <w:noProof/>
           </w:rPr>
-          <w:t>Genomförande</w:t>
+          <w:t>Utförande</w:t>
         </w:r>
-        <w:r w:rsidR="00F96CA3">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
-        <w:r w:rsidR="00F96CA3">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
-        <w:r w:rsidR="00F96CA3">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
-          <w:instrText xml:space="preserve"> PAGEREF _Toc156567976 \h </w:instrText>
+          <w:instrText xml:space="preserve"> PAGEREF _Toc203056656 \h </w:instrText>
         </w:r>
-        <w:r w:rsidR="00F96CA3">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
         </w:r>
-        <w:r w:rsidR="00F96CA3">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
-        <w:r w:rsidR="00F96CA3">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:t>2</w:t>
         </w:r>
-        <w:r w:rsidR="00F96CA3">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="76BF9F24" w14:textId="48B97D7F" w:rsidR="00F96CA3" w:rsidRDefault="00000000">
+    <w:p w14:paraId="2BD9FB0D" w14:textId="5A3BE999" w:rsidR="00E967D0" w:rsidRDefault="00E967D0">
       <w:pPr>
         <w:pStyle w:val="Innehll2"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:noProof/>
           <w:kern w:val="2"/>
-          <w:sz w:val="22"/>
-          <w:szCs w:val="22"/>
           <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink w:anchor="_Toc156567977" w:history="1">
-        <w:r w:rsidR="00F96CA3" w:rsidRPr="00B95D43">
+      <w:hyperlink w:anchor="_Toc203056657" w:history="1">
+        <w:r w:rsidRPr="003D2E30">
           <w:rPr>
             <w:rStyle w:val="Hyperlnk"/>
             <w:rFonts w:eastAsia="MS Gothic"/>
             <w:noProof/>
           </w:rPr>
-          <w:t>Genomföra skattning</w:t>
+          <w:t>Vägledning för vårdens inriktning</w:t>
         </w:r>
-        <w:r w:rsidR="00F96CA3">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
-        <w:r w:rsidR="00F96CA3">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
-        <w:r w:rsidR="00F96CA3">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
-          <w:instrText xml:space="preserve"> PAGEREF _Toc156567977 \h </w:instrText>
+          <w:instrText xml:space="preserve"> PAGEREF _Toc203056657 \h </w:instrText>
         </w:r>
-        <w:r w:rsidR="00F96CA3">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
         </w:r>
-        <w:r w:rsidR="00F96CA3">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
-        <w:r w:rsidR="00F96CA3">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
-          <w:t>2</w:t>
+          <w:t>4</w:t>
         </w:r>
-        <w:r w:rsidR="00F96CA3">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="30492429" w14:textId="26B4EF2B" w:rsidR="00F96CA3" w:rsidRDefault="00000000">
-[...1 lines deleted...]
-        <w:pStyle w:val="Innehll3"/>
+    <w:p w14:paraId="6480DC77" w14:textId="51E1DBB4" w:rsidR="00E967D0" w:rsidRDefault="00E967D0">
+      <w:pPr>
+        <w:pStyle w:val="Innehll1"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:noProof/>
           <w:kern w:val="2"/>
-          <w:sz w:val="22"/>
-          <w:szCs w:val="22"/>
           <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink w:anchor="_Toc156567978" w:history="1">
-        <w:r w:rsidR="00F96CA3" w:rsidRPr="00B95D43">
+      <w:hyperlink w:anchor="_Toc203056658" w:history="1">
+        <w:r w:rsidRPr="003D2E30">
           <w:rPr>
             <w:rStyle w:val="Hyperlnk"/>
             <w:rFonts w:eastAsia="MS Gothic"/>
             <w:noProof/>
           </w:rPr>
-          <w:t>Dokumentation</w:t>
+          <w:t>Arbetsgrupp</w:t>
         </w:r>
-        <w:r w:rsidR="00F96CA3">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
-        <w:r w:rsidR="00F96CA3">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
-        <w:r w:rsidR="00F96CA3">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
-          <w:instrText xml:space="preserve"> PAGEREF _Toc156567978 \h </w:instrText>
+          <w:instrText xml:space="preserve"> PAGEREF _Toc203056658 \h </w:instrText>
         </w:r>
-        <w:r w:rsidR="00F96CA3">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
         </w:r>
-        <w:r w:rsidR="00F96CA3">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
-        <w:r w:rsidR="00F96CA3">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
-          <w:t>3</w:t>
+          <w:t>6</w:t>
         </w:r>
-        <w:r w:rsidR="00F96CA3">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="00FD0AF2" w14:textId="6B47A69F" w:rsidR="00F96CA3" w:rsidRDefault="00000000">
-[...1 lines deleted...]
-        <w:pStyle w:val="Innehll2"/>
+    <w:p w14:paraId="3E96AAA8" w14:textId="5CB1594E" w:rsidR="00E967D0" w:rsidRDefault="00E967D0">
+      <w:pPr>
+        <w:pStyle w:val="Innehll1"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:noProof/>
           <w:kern w:val="2"/>
-          <w:sz w:val="22"/>
-          <w:szCs w:val="22"/>
           <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink w:anchor="_Toc156567979" w:history="1">
-        <w:r w:rsidR="00F96CA3" w:rsidRPr="00B95D43">
+      <w:hyperlink w:anchor="_Toc203056659" w:history="1">
+        <w:r w:rsidRPr="003D2E30">
           <w:rPr>
             <w:rStyle w:val="Hyperlnk"/>
             <w:rFonts w:eastAsia="MS Gothic"/>
             <w:noProof/>
           </w:rPr>
-          <w:t>Vägledning för vårdens inriktning</w:t>
+          <w:t>Källförteckning</w:t>
         </w:r>
-        <w:r w:rsidR="00F96CA3">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
-        <w:r w:rsidR="00F96CA3">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
-        <w:r w:rsidR="00F96CA3">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
-          <w:instrText xml:space="preserve"> PAGEREF _Toc156567979 \h </w:instrText>
+          <w:instrText xml:space="preserve"> PAGEREF _Toc203056659 \h </w:instrText>
         </w:r>
-        <w:r w:rsidR="00F96CA3">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
         </w:r>
-        <w:r w:rsidR="00F96CA3">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
-        <w:r w:rsidR="00F96CA3">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
-          <w:t>3</w:t>
+          <w:t>7</w:t>
         </w:r>
-        <w:r w:rsidR="00F96CA3">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="0699956C" w14:textId="255F34B9" w:rsidR="00F96CA3" w:rsidRDefault="00000000">
-[...1 lines deleted...]
-        <w:pStyle w:val="Innehll3"/>
+    <w:p w14:paraId="351DB850" w14:textId="337B3CB5" w:rsidR="00E967D0" w:rsidRDefault="00E967D0">
+      <w:pPr>
+        <w:pStyle w:val="Innehll2"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:noProof/>
           <w:kern w:val="2"/>
-          <w:sz w:val="22"/>
-          <w:szCs w:val="22"/>
           <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink w:anchor="_Toc156567980" w:history="1">
-        <w:r w:rsidR="00F96CA3" w:rsidRPr="00B95D43">
+      <w:hyperlink w:anchor="_Toc203056660" w:history="1">
+        <w:r w:rsidRPr="003D2E30">
           <w:rPr>
             <w:rStyle w:val="Hyperlnk"/>
             <w:rFonts w:eastAsia="MS Gothic"/>
             <w:noProof/>
           </w:rPr>
-          <w:t>CFS som prioriteringsgrund</w:t>
+          <w:t>Bilaga 1 – Råd till användare av Clinical Frailty Scale</w:t>
         </w:r>
-        <w:r w:rsidR="00F96CA3">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
-        <w:r w:rsidR="00F96CA3">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
-        <w:r w:rsidR="00F96CA3">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
-          <w:instrText xml:space="preserve"> PAGEREF _Toc156567980 \h </w:instrText>
+          <w:instrText xml:space="preserve"> PAGEREF _Toc203056660 \h </w:instrText>
         </w:r>
-        <w:r w:rsidR="00F96CA3">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
         </w:r>
-        <w:r w:rsidR="00F96CA3">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
-        <w:r w:rsidR="00F96CA3">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
-          <w:t>4</w:t>
+          <w:t>8</w:t>
         </w:r>
-        <w:r w:rsidR="00F96CA3">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="4D0609DB" w14:textId="562AB2D8" w:rsidR="00F96CA3" w:rsidRDefault="00000000">
-[...1 lines deleted...]
-        <w:pStyle w:val="Innehll3"/>
+    <w:p w14:paraId="5034A144" w14:textId="3F8CFAAC" w:rsidR="00E967D0" w:rsidRDefault="00E967D0">
+      <w:pPr>
+        <w:pStyle w:val="Innehll1"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:noProof/>
           <w:kern w:val="2"/>
-          <w:sz w:val="22"/>
-          <w:szCs w:val="22"/>
           <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink w:anchor="_Toc156567981" w:history="1">
-        <w:r w:rsidR="00F96CA3" w:rsidRPr="00B95D43">
+      <w:hyperlink w:anchor="_Toc203056661" w:history="1">
+        <w:r w:rsidRPr="003D2E30">
           <w:rPr>
             <w:rStyle w:val="Hyperlnk"/>
             <w:rFonts w:eastAsia="MS Gothic"/>
             <w:noProof/>
           </w:rPr>
-          <w:t>Handläggning innan inskrivning</w:t>
+          <w:t>Bilaga 2 - Vad ska särskilt värderas när?</w:t>
         </w:r>
-        <w:r w:rsidR="00F96CA3">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
-        <w:r w:rsidR="00F96CA3">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
-        <w:r w:rsidR="00F96CA3">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
-          <w:instrText xml:space="preserve"> PAGEREF _Toc156567981 \h </w:instrText>
+          <w:instrText xml:space="preserve"> PAGEREF _Toc203056661 \h </w:instrText>
         </w:r>
-        <w:r w:rsidR="00F96CA3">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
         </w:r>
-        <w:r w:rsidR="00F96CA3">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
-        <w:r w:rsidR="00F96CA3">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
-          <w:t>4</w:t>
+          <w:t>9</w:t>
         </w:r>
-        <w:r w:rsidR="00F96CA3">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="7BB4EFAE" w14:textId="58D1AAAA" w:rsidR="00F96CA3" w:rsidRDefault="00000000">
-[...499 lines deleted...]
-        <w:spacing w:before="360"/>
+    <w:p w14:paraId="1FC6584C" w14:textId="0E1B7D21" w:rsidR="00B405A1" w:rsidRDefault="00E967D0" w:rsidP="009A32ED">
+      <w:pPr>
+        <w:ind w:right="-143"/>
       </w:pPr>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
-      <w:bookmarkStart w:id="3" w:name="_Toc156567974"/>
-[...3 lines deleted...]
-      <w:bookmarkEnd w:id="3"/>
     </w:p>
-    <w:p w14:paraId="4686D2D7" w14:textId="12B9E4EA" w:rsidR="00077D0C" w:rsidRDefault="00077D0C" w:rsidP="00077D0C">
-[...15 lines deleted...]
-    <w:p w14:paraId="3D536696" w14:textId="707130F4" w:rsidR="00077D0C" w:rsidRDefault="00123053" w:rsidP="00077D0C">
+    <w:p w14:paraId="29B03EF5" w14:textId="77777777" w:rsidR="009A32ED" w:rsidRDefault="009A32ED" w:rsidP="009A32ED">
+      <w:pPr>
+        <w:pStyle w:val="Rubrik2"/>
+        <w:ind w:right="-143"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="8" w:name="_Toc100327186"/>
+      <w:bookmarkStart w:id="9" w:name="_Toc203056634"/>
+      <w:bookmarkStart w:id="10" w:name="_Toc203056654"/>
+      <w:bookmarkEnd w:id="7"/>
       <w:r>
         <w:lastRenderedPageBreak/>
-        <w:t xml:space="preserve">Clinical </w:t>
-[...5 lines deleted...]
-      <w:proofErr w:type="spellEnd"/>
+        <w:t>Bakgrund och syfte</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="8"/>
+      <w:bookmarkEnd w:id="9"/>
+      <w:bookmarkEnd w:id="10"/>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
+    </w:p>
+    <w:p w14:paraId="061E1BBF" w14:textId="77777777" w:rsidR="00D03A38" w:rsidRPr="00D03A38" w:rsidRDefault="00D03A38" w:rsidP="00D03A38">
+      <w:pPr>
+        <w:ind w:right="-143"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00D03A38">
+        <w:t xml:space="preserve">Skörhet är ett tillstånd som tillkommer i samband med ökande biologisk ålder, där patientens reservkapacitet minskar kopplat till försämrad fysiologisk och kognitiv funktion. Skörhet är en tydligare </w:t>
+      </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r>
+      <w:r w:rsidRPr="00D03A38">
+        <w:t>prediktor</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00D03A38">
+        <w:t xml:space="preserve"> till ökad mortalitet och komplikationer än ren kronologisk ålder. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4C1B2EE6" w14:textId="77777777" w:rsidR="00D03A38" w:rsidRPr="00D03A38" w:rsidRDefault="00D03A38" w:rsidP="00D03A38">
+      <w:pPr>
+        <w:ind w:right="-143"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00D03A38">
+        <w:t xml:space="preserve">Clinical </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00D03A38">
+        <w:t>frailty</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00D03A38">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00D03A38">
         <w:t>scale</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r>
-[...15 lines deleted...]
-        <w:r w:rsidR="003A6D19" w:rsidRPr="003A6D19">
+      <w:r w:rsidRPr="00D03A38">
+        <w:t xml:space="preserve"> (CFS) är ett validerat skattningsinstrument för att identifiera skörhet hos personer som är 65 år eller äldre, </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId12" w:tgtFrame="_blank" w:history="1">
+        <w:r w:rsidRPr="00D03A38">
           <w:rPr>
             <w:rStyle w:val="Hyperlnk"/>
           </w:rPr>
           <w:t>se bilaga 1</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidR="00077D0C">
+      <w:r w:rsidRPr="00D03A38">
         <w:t>. Skattningen kan användas som vägledning i det kliniska arbetet för att bättre</w:t>
       </w:r>
-      <w:r w:rsidR="003A6D19">
-[...15 lines deleted...]
-        <w:t>riskläge.</w:t>
+      <w:r w:rsidRPr="00D03A38">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D03A38">
+        <w:t>v</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D03A38">
+        <w:rPr>
+          <w:rFonts w:cs="Georgia"/>
+        </w:rPr>
+        <w:t>ä</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D03A38">
+        <w:t>rdera l</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D03A38">
+        <w:rPr>
+          <w:rFonts w:cs="Georgia"/>
+        </w:rPr>
+        <w:t>ä</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D03A38">
+        <w:t>mpliga interventioner utifr</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D03A38">
+        <w:rPr>
+          <w:rFonts w:cs="Georgia"/>
+        </w:rPr>
+        <w:t>å</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D03A38">
+        <w:t>n patientens f</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D03A38">
+        <w:rPr>
+          <w:rFonts w:cs="Georgia"/>
+        </w:rPr>
+        <w:t>ö</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D03A38">
+        <w:t>ruts</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D03A38">
+        <w:rPr>
+          <w:rFonts w:cs="Georgia"/>
+        </w:rPr>
+        <w:t>ä</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D03A38">
+        <w:t>ttningar och</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D03A38">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D03A38">
+        <w:t>riskl</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D03A38">
+        <w:rPr>
+          <w:rFonts w:cs="Georgia"/>
+        </w:rPr>
+        <w:t>ä</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D03A38">
+        <w:t>ge. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="43935239" w14:textId="3A40F5AC" w:rsidR="00077D0C" w:rsidRDefault="00077D0C" w:rsidP="00077D0C">
-[...25 lines deleted...]
-        <w:t>med stigande CFS-grad för följande:</w:t>
+    <w:p w14:paraId="49E31674" w14:textId="77777777" w:rsidR="00D03A38" w:rsidRPr="00D03A38" w:rsidRDefault="00D03A38" w:rsidP="00D03A38">
+      <w:pPr>
+        <w:ind w:right="-143"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00D03A38">
+        <w:t>Vid akut sjukdom och inskrivning på sjukhus av skör patient, ökar särskilt risken med stigande CFS-grad för följande: </w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
-        <w:tblStyle w:val="Tabellrutnt"/>
-[...1 lines deleted...]
-        <w:tblInd w:w="983" w:type="dxa"/>
+        <w:tblW w:w="0" w:type="dxa"/>
+        <w:tblInd w:w="975" w:type="dxa"/>
         <w:tblBorders>
-          <w:top w:val="single" w:sz="8" w:space="0" w:color="FFFFFF"/>
-[...4 lines deleted...]
-          <w:insideV w:val="single" w:sz="8" w:space="0" w:color="FFFFFF"/>
+          <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+          <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+          <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+          <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
         </w:tblBorders>
-        <w:shd w:val="clear" w:color="auto" w:fill="BFBFBF" w:themeFill="background1" w:themeFillShade="BF"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="BFBFBF"/>
+        <w:tblCellMar>
+          <w:left w:w="0" w:type="dxa"/>
+          <w:right w:w="0" w:type="dxa"/>
+        </w:tblCellMar>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
         <w:tblCaption w:val="Riskfaktorer för CFS"/>
-        <w:tblDescription w:val="Tabellen visar olika riskfaktorer för utveckling av skörhet hos äldre patient."/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="2551"/>
-[...2 lines deleted...]
-        <w:gridCol w:w="2170"/>
+        <w:gridCol w:w="2550"/>
+        <w:gridCol w:w="990"/>
+        <w:gridCol w:w="1275"/>
+        <w:gridCol w:w="2160"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00AA2224" w14:paraId="7442E8C1" w14:textId="77777777" w:rsidTr="008A528C">
+      <w:tr w:rsidR="00D03A38" w:rsidRPr="00D03A38" w14:paraId="16101453" w14:textId="77777777" w:rsidTr="00E967D0">
         <w:trPr>
-          <w:trHeight w:val="883"/>
+          <w:trHeight w:val="300"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2551" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="DD6174" w:themeFill="accent5" w:themeFillTint="99"/>
+            <w:tcW w:w="2550" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="FFFFFF"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="FFFFFF"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="FFFFFF"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="FFFFFF"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="DD6174"/>
             <w:vAlign w:val="center"/>
-          </w:tcPr>
-[...15 lines deleted...]
-                <w:color w:val="FFFFFF" w:themeColor="background1"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="27E1455F" w14:textId="085BE21F" w:rsidR="00D03A38" w:rsidRPr="00D03A38" w:rsidRDefault="00D03A38" w:rsidP="00E967D0">
+            <w:pPr>
+              <w:ind w:left="0" w:right="112"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00D03A38">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
               </w:rPr>
               <w:t>Akut Delirium</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2268" w:type="dxa"/>
+            <w:tcW w:w="2265" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="DD6174" w:themeFill="accent5" w:themeFillTint="99"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="FFFFFF"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="FFFFFF"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="FFFFFF"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="FFFFFF"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="DD6174"/>
             <w:vAlign w:val="center"/>
-          </w:tcPr>
-[...14 lines deleted...]
-                <w:color w:val="FFFFFF" w:themeColor="background1"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="082F1034" w14:textId="47FE876B" w:rsidR="00D03A38" w:rsidRPr="00D03A38" w:rsidRDefault="00D03A38" w:rsidP="00E967D0">
+            <w:pPr>
+              <w:ind w:left="0" w:right="112"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00D03A38">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
               </w:rPr>
               <w:t>Undernäring</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2170" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="DD6174" w:themeFill="accent5" w:themeFillTint="99"/>
+            <w:tcW w:w="2160" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="FFFFFF"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="FFFFFF"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="FFFFFF"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="FFFFFF"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="DD6174"/>
             <w:vAlign w:val="center"/>
-          </w:tcPr>
-[...14 lines deleted...]
-                <w:color w:val="FFFFFF" w:themeColor="background1"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="108D4155" w14:textId="0A9DEAA4" w:rsidR="00D03A38" w:rsidRPr="00D03A38" w:rsidRDefault="00D03A38" w:rsidP="00E967D0">
+            <w:pPr>
+              <w:ind w:right="-143"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00D03A38">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
               </w:rPr>
               <w:t>Fall</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00AA2224" w14:paraId="3B81BF64" w14:textId="77777777" w:rsidTr="008A528C">
+      <w:tr w:rsidR="00D03A38" w:rsidRPr="00D03A38" w14:paraId="621D274F" w14:textId="77777777" w:rsidTr="00E967D0">
         <w:trPr>
-          <w:trHeight w:val="962"/>
+          <w:trHeight w:val="300"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2551" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="DD6174" w:themeFill="accent5" w:themeFillTint="99"/>
+            <w:tcW w:w="2550" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="FFFFFF"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="FFFFFF"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="FFFFFF"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="FFFFFF"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="DD6174"/>
             <w:vAlign w:val="center"/>
-          </w:tcPr>
-[...16 lines deleted...]
-              <w:t>Vårdrelaterad</w:t>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="01E881B5" w14:textId="673F5617" w:rsidR="00D03A38" w:rsidRPr="00D03A38" w:rsidRDefault="00D03A38" w:rsidP="00E967D0">
+            <w:pPr>
+              <w:ind w:left="0" w:right="112"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00D03A38">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>Vårdrelaterade infektioner</w:t>
             </w:r>
-            <w:r w:rsidR="005E71E0">
-[...19 lines deleted...]
-            <w:tcW w:w="2268" w:type="dxa"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2265" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="DD6174" w:themeFill="accent5" w:themeFillTint="99"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="FFFFFF"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="FFFFFF"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="FFFFFF"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="FFFFFF"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="DD6174"/>
             <w:vAlign w:val="center"/>
-          </w:tcPr>
-[...14 lines deleted...]
-                <w:color w:val="FFFFFF" w:themeColor="background1"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="4FC4B027" w14:textId="03D69942" w:rsidR="00D03A38" w:rsidRPr="00D03A38" w:rsidRDefault="00D03A38" w:rsidP="00E967D0">
+            <w:pPr>
+              <w:ind w:left="0" w:right="112"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00D03A38">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
               </w:rPr>
               <w:t>Trombos</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2170" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="DD6174" w:themeFill="accent5" w:themeFillTint="99"/>
+            <w:tcW w:w="2160" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="FFFFFF"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="FFFFFF"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="FFFFFF"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="FFFFFF"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="DD6174"/>
             <w:vAlign w:val="center"/>
-          </w:tcPr>
-[...14 lines deleted...]
-                <w:color w:val="FFFFFF" w:themeColor="background1"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="47A6B93D" w14:textId="5AC237D7" w:rsidR="00D03A38" w:rsidRPr="00D03A38" w:rsidRDefault="00D03A38" w:rsidP="00E967D0">
+            <w:pPr>
+              <w:ind w:right="-143"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00D03A38">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
               </w:rPr>
               <w:t>Trycksår</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00AA2224" w14:paraId="7FA74D32" w14:textId="77777777" w:rsidTr="008B5227">
+      <w:tr w:rsidR="00D03A38" w:rsidRPr="00D03A38" w14:paraId="17165AF9" w14:textId="77777777" w:rsidTr="00E967D0">
         <w:trPr>
-          <w:trHeight w:val="982"/>
+          <w:trHeight w:val="300"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3543" w:type="dxa"/>
+            <w:tcW w:w="3540" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="DD6174" w:themeFill="accent5" w:themeFillTint="99"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="FFFFFF"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="FFFFFF"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="FFFFFF"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="FFFFFF"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="DD6174"/>
             <w:vAlign w:val="center"/>
-          </w:tcPr>
-[...14 lines deleted...]
-                <w:color w:val="FFFFFF" w:themeColor="background1"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="1379ECDA" w14:textId="67E51C27" w:rsidR="00D03A38" w:rsidRPr="00D03A38" w:rsidRDefault="00D03A38" w:rsidP="00E967D0">
+            <w:pPr>
+              <w:ind w:left="0" w:right="112"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00D03A38">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
               </w:rPr>
               <w:t>Fysisk och kognitiv funktionsnedsättning</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3446" w:type="dxa"/>
+            <w:tcW w:w="3435" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="DD6174" w:themeFill="accent5" w:themeFillTint="99"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="FFFFFF"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="FFFFFF"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="FFFFFF"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="FFFFFF"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="DD6174"/>
             <w:vAlign w:val="center"/>
-          </w:tcPr>
-[...14 lines deleted...]
-                <w:color w:val="FFFFFF" w:themeColor="background1"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="478010EE" w14:textId="5B75F755" w:rsidR="00D03A38" w:rsidRPr="00D03A38" w:rsidRDefault="00D03A38" w:rsidP="00E967D0">
+            <w:pPr>
+              <w:ind w:left="0" w:right="112"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00D03A38">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
               </w:rPr>
               <w:t>Försämrad ADL</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkEnd w:id="4"/>
-[...5 lines deleted...]
-        <w:t>Tabell 1</w:t>
+    <w:p w14:paraId="4FACB422" w14:textId="77777777" w:rsidR="00D03A38" w:rsidRPr="00D03A38" w:rsidRDefault="00D03A38" w:rsidP="00D03A38">
+      <w:pPr>
+        <w:ind w:right="-143"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00D03A38">
+        <w:t>Tabell 1 </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="68DF94BA" w14:textId="03DF2866" w:rsidR="00C21BE6" w:rsidRDefault="00C21BE6" w:rsidP="00C21BE6">
+    <w:p w14:paraId="70B2A54A" w14:textId="77777777" w:rsidR="009A32ED" w:rsidRDefault="009A32ED" w:rsidP="009A32ED">
       <w:pPr>
         <w:pStyle w:val="Rubrik2"/>
-      </w:pPr>
-      <w:bookmarkStart w:id="5" w:name="_Toc156567975"/>
+        <w:ind w:right="-143"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="11" w:name="_Toc100327187"/>
+      <w:bookmarkStart w:id="12" w:name="_Toc203056635"/>
+      <w:bookmarkStart w:id="13" w:name="_Toc203056655"/>
       <w:r>
         <w:t>Förutsättningar</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="5"/>
+      <w:bookmarkEnd w:id="11"/>
+      <w:bookmarkEnd w:id="12"/>
+      <w:bookmarkEnd w:id="13"/>
     </w:p>
-    <w:p w14:paraId="231D8D73" w14:textId="5B042A47" w:rsidR="00C21BE6" w:rsidRDefault="006E5038" w:rsidP="00C21BE6">
-[...7 lines deleted...]
-        <w:t>gande till inskrivning på vårdavdelning.</w:t>
+    <w:p w14:paraId="107BEA0B" w14:textId="38B9A2EC" w:rsidR="009A32ED" w:rsidRDefault="00D03A38" w:rsidP="009A32ED">
+      <w:pPr>
+        <w:ind w:right="-143"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00D03A38">
+        <w:t>Läkare eller sjuksköterska ansvarar för att skattning sker i samband med triagering och ställningstagande till inskrivning på vårdavdelning. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="558456B7" w14:textId="3649E566" w:rsidR="00C21BE6" w:rsidRPr="00C21BE6" w:rsidRDefault="00C21BE6" w:rsidP="00C21BE6">
+    <w:p w14:paraId="37C7076C" w14:textId="77777777" w:rsidR="009A32ED" w:rsidRPr="00065A6B" w:rsidRDefault="009A32ED" w:rsidP="009A32ED">
       <w:pPr>
         <w:pStyle w:val="Rubrik2"/>
-      </w:pPr>
-[...4 lines deleted...]
-      <w:bookmarkEnd w:id="6"/>
+        <w:ind w:right="-143"/>
+        <w:rPr>
+          <w:color w:val="auto"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="14" w:name="_Toc100327192"/>
+      <w:bookmarkStart w:id="15" w:name="_Toc203056636"/>
+      <w:bookmarkStart w:id="16" w:name="_Toc203056656"/>
+      <w:r w:rsidRPr="00065A6B">
+        <w:rPr>
+          <w:color w:val="auto"/>
+        </w:rPr>
+        <w:t>Utförande</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="14"/>
+      <w:bookmarkEnd w:id="15"/>
+      <w:bookmarkEnd w:id="16"/>
     </w:p>
-    <w:p w14:paraId="5FD83720" w14:textId="4DC425B3" w:rsidR="00EC65ED" w:rsidRPr="000E1F73" w:rsidRDefault="00077D0C" w:rsidP="006E5038">
-[...12 lines deleted...]
-      <w:bookmarkEnd w:id="7"/>
+    <w:p w14:paraId="7F12AEC5" w14:textId="77777777" w:rsidR="00D03A38" w:rsidRPr="00D03A38" w:rsidRDefault="00D03A38" w:rsidP="00D03A38">
+      <w:pPr>
+        <w:ind w:right="-143"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00D03A38">
+        <w:t>Genomföra skattning </w:t>
+      </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
-        <w:tblStyle w:val="Tabellrutnt"/>
-[...1 lines deleted...]
-        <w:tblInd w:w="992" w:type="dxa"/>
+        <w:tblW w:w="0" w:type="dxa"/>
+        <w:tblInd w:w="990" w:type="dxa"/>
         <w:tblBorders>
-          <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
-[...4 lines deleted...]
-          <w:insideV w:val="dotDotDash" w:sz="4" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+          <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+          <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+          <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+          <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
         </w:tblBorders>
-        <w:shd w:val="clear" w:color="auto" w:fill="EBECEC" w:themeFill="accent4" w:themeFillTint="33"/>
-        <w:tblLayout w:type="fixed"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="EBECEC"/>
+        <w:tblCellMar>
+          <w:left w:w="0" w:type="dxa"/>
+          <w:right w:w="0" w:type="dxa"/>
+        </w:tblCellMar>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
         <w:tblCaption w:val="Vem utför CFS-skattning"/>
-        <w:tblDescription w:val="Tabellen visar vilken yrkeskategori som ska utföra CFS-skattning och när detta ska ske."/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="3544"/>
-        <w:gridCol w:w="3402"/>
+        <w:gridCol w:w="3540"/>
+        <w:gridCol w:w="3390"/>
       </w:tblGrid>
-      <w:tr w:rsidR="002217EF" w:rsidRPr="002217EF" w14:paraId="2111D0B4" w14:textId="77777777" w:rsidTr="002217EF">
+      <w:tr w:rsidR="00D03A38" w:rsidRPr="00D03A38" w14:paraId="003AC781" w14:textId="77777777" w:rsidTr="00D03A38">
         <w:trPr>
-          <w:trHeight w:val="247"/>
+          <w:trHeight w:val="300"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3544" w:type="dxa"/>
-[...10 lines deleted...]
-            <w:r w:rsidRPr="002217EF">
+            <w:tcW w:w="3540" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="dashed" w:sz="6" w:space="0" w:color="FFFFFF"/>
+              <w:right w:val="dashed" w:sz="6" w:space="0" w:color="FFFFFF"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="C6E0E9" w:themeFill="accent6" w:themeFillTint="66"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="0AC7B4F4" w14:textId="01377F59" w:rsidR="00D03A38" w:rsidRPr="00D03A38" w:rsidRDefault="00D03A38" w:rsidP="00E967D0">
+            <w:pPr>
+              <w:ind w:left="143" w:right="273"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00D03A38">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t>Vem utför:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3402" w:type="dxa"/>
-[...10 lines deleted...]
-            <w:r w:rsidRPr="002217EF">
+            <w:tcW w:w="3390" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="dashed" w:sz="6" w:space="0" w:color="FFFFFF"/>
+              <w:bottom w:val="dashed" w:sz="6" w:space="0" w:color="FFFFFF"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="C6E0E9" w:themeFill="accent6" w:themeFillTint="66"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="2A75B202" w14:textId="491D30EE" w:rsidR="00D03A38" w:rsidRPr="00D03A38" w:rsidRDefault="00D03A38" w:rsidP="00E967D0">
+            <w:pPr>
+              <w:ind w:left="143" w:right="273"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00D03A38">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t>När:</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="002217EF" w14:paraId="3B823575" w14:textId="77777777" w:rsidTr="002217EF">
-[...9 lines deleted...]
-            <w:r>
+      <w:tr w:rsidR="00D03A38" w:rsidRPr="00D03A38" w14:paraId="6EB5BC48" w14:textId="77777777" w:rsidTr="00D03A38">
+        <w:trPr>
+          <w:trHeight w:val="300"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3540" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="dashed" w:sz="6" w:space="0" w:color="FFFFFF"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="dashed" w:sz="6" w:space="0" w:color="FFFFFF"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="C6E0E9" w:themeFill="accent6" w:themeFillTint="66"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="6A044BFE" w14:textId="7FEAEBC1" w:rsidR="00D03A38" w:rsidRPr="00D03A38" w:rsidRDefault="00D03A38" w:rsidP="00E967D0">
+            <w:pPr>
+              <w:ind w:left="143" w:right="273"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00D03A38">
               <w:t>Läkare eller Sjuksköterska</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3402" w:type="dxa"/>
-[...13 lines deleted...]
-              <w:t xml:space="preserve"> ställningstagande till.</w:t>
+            <w:tcW w:w="3390" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="dashed" w:sz="6" w:space="0" w:color="FFFFFF"/>
+              <w:left w:val="dashed" w:sz="6" w:space="0" w:color="FFFFFF"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="C6E0E9" w:themeFill="accent6" w:themeFillTint="66"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="41E44EF4" w14:textId="726359D9" w:rsidR="00D03A38" w:rsidRPr="00D03A38" w:rsidRDefault="00D03A38" w:rsidP="00E967D0">
+            <w:pPr>
+              <w:ind w:left="143" w:right="273"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00D03A38">
+              <w:t>Vid triagering eller ställningstagande till.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="3C2861FC" w14:textId="77777777" w:rsidR="001E3281" w:rsidRDefault="001E3281" w:rsidP="00C21BE6"/>
-[...20 lines deleted...]
-      <w:r w:rsidRPr="00FD03AB">
+    <w:p w14:paraId="550152B8" w14:textId="6B3D865A" w:rsidR="00D03A38" w:rsidRPr="00D03A38" w:rsidRDefault="00D03A38" w:rsidP="00D03A38">
+      <w:r w:rsidRPr="00D03A38">
+        <w:t xml:space="preserve"> CFS skattas på alla patienter över 70 år i samband med att behov av inskrivning värderas. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D03A38">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Skattningen bygger på patientens </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="00FD03AB">
+      <w:r w:rsidRPr="00D03A38">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>habitualtillstånd</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidR="004B314F" w:rsidRPr="00FD03AB">
+      <w:r w:rsidRPr="00D03A38">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve"> och inte det aktuella tillståndet vid akut försämring</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="8"/>
+      <w:r w:rsidRPr="00D03A38">
+        <w:t>. Värdera därför CFS utifrån patientens tillstånd 2 veckor tillbaka i tiden. Om det är ett bristfälligt</w:t>
+      </w:r>
       <w:r>
-        <w:t xml:space="preserve">. </w:t>
-[...23 lines deleted...]
-        <w:r w:rsidR="001230E8" w:rsidRPr="00C21BE6">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D03A38">
+        <w:t xml:space="preserve">informationsunderlag i det </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D03A38">
+        <w:lastRenderedPageBreak/>
+        <w:t xml:space="preserve">akuta skedet, får skattningen revideras så snart ytterligare information framkommer. Skörhet skattas utifrån 9 kategorier </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId13" w:tgtFrame="_blank" w:history="1">
+        <w:r w:rsidRPr="00D03A38">
           <w:rPr>
             <w:rStyle w:val="Hyperlnk"/>
           </w:rPr>
           <w:t>enligt bild 1</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidR="001230E8">
-[...9 lines deleted...]
-        <w:t>en förväntad livslängd under 6 månader.</w:t>
+      <w:r w:rsidRPr="00D03A38">
+        <w:t>. Notera särskilt att CFS 9 innefattar annars vitala personer med en förväntad livslängd under 6 månader. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3024DFE1" w14:textId="41AA6EF5" w:rsidR="00077D0C" w:rsidRDefault="00036E5B" w:rsidP="00C04F0B">
-[...2 lines deleted...]
-      </w:pPr>
+    <w:p w14:paraId="481669C2" w14:textId="446988DB" w:rsidR="00D03A38" w:rsidRDefault="00D03A38" w:rsidP="009A32ED">
+      <w:pPr>
+        <w:pStyle w:val="MellanrubrikVGR"/>
+        <w:ind w:right="-143"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="17" w:name="Bild1"/>
       <w:r>
         <w:rPr>
           <w:noProof/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <mc:AlternateContent>
-          <mc:Choice Requires="wps">
+          <mc:Choice Requires="wpg">
             <w:drawing>
-              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658250" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="72167862" wp14:editId="426F8618">
+              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251680768" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="1FB41A12" wp14:editId="2A71AD22">
                 <wp:simplePos x="0" y="0"/>
                 <wp:positionH relativeFrom="column">
-                  <wp:posOffset>579755</wp:posOffset>
+                  <wp:posOffset>333384</wp:posOffset>
                 </wp:positionH>
                 <wp:positionV relativeFrom="paragraph">
-                  <wp:posOffset>5146040</wp:posOffset>
+                  <wp:posOffset>86265</wp:posOffset>
                 </wp:positionV>
-                <wp:extent cx="4448175" cy="642620"/>
-                <wp:effectExtent l="57150" t="19050" r="85725" b="100330"/>
+                <wp:extent cx="4448175" cy="5838825"/>
+                <wp:effectExtent l="76200" t="0" r="66675" b="47625"/>
                 <wp:wrapNone/>
-                <wp:docPr id="4" name="Rektangel: rundade hörn 4"/>
+                <wp:docPr id="923329371" name="Grupp 4"/>
                 <wp:cNvGraphicFramePr/>
                 <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
-                  <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
-[...2 lines deleted...]
-                      <wps:spPr>
+                  <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup">
+                    <wpg:wgp>
+                      <wpg:cNvGrpSpPr/>
+                      <wpg:grpSpPr>
                         <a:xfrm>
                           <a:off x="0" y="0"/>
-                          <a:ext cx="4448175" cy="642620"/>
+                          <a:ext cx="4448175" cy="5838825"/>
+                          <a:chOff x="0" y="0"/>
+                          <a:chExt cx="4448175" cy="5838825"/>
                         </a:xfrm>
-                        <a:prstGeom prst="roundRect">
-[...29 lines deleted...]
-                    </wps:wsp>
+                      </wpg:grpSpPr>
+                      <wpg:grpSp>
+                        <wpg:cNvPr id="1125706504" name="Grupp 3"/>
+                        <wpg:cNvGrpSpPr/>
+                        <wpg:grpSpPr>
+                          <a:xfrm>
+                            <a:off x="32983" y="0"/>
+                            <a:ext cx="4391025" cy="5838825"/>
+                            <a:chOff x="0" y="0"/>
+                            <a:chExt cx="4391025" cy="5838825"/>
+                          </a:xfrm>
+                        </wpg:grpSpPr>
+                        <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                          <pic:nvPicPr>
+                            <pic:cNvPr id="2" name="Bildobjekt 2" descr="Bilden visar olika gradering för patienter utifrån hälsotillstånd och hur de klarar ADL i vardagen."/>
+                            <pic:cNvPicPr>
+                              <a:picLocks noChangeAspect="1"/>
+                            </pic:cNvPicPr>
+                          </pic:nvPicPr>
+                          <pic:blipFill>
+                            <a:blip r:embed="rId14"/>
+                            <a:stretch>
+                              <a:fillRect/>
+                            </a:stretch>
+                          </pic:blipFill>
+                          <pic:spPr>
+                            <a:xfrm>
+                              <a:off x="0" y="0"/>
+                              <a:ext cx="4391025" cy="5838825"/>
+                            </a:xfrm>
+                            <a:prstGeom prst="rect">
+                              <a:avLst/>
+                            </a:prstGeom>
+                          </pic:spPr>
+                        </pic:pic>
+                        <wps:wsp>
+                          <wps:cNvPr id="22" name="Rektangel 22"/>
+                          <wps:cNvSpPr/>
+                          <wps:spPr>
+                            <a:xfrm>
+                              <a:off x="609884" y="2516591"/>
+                              <a:ext cx="304165" cy="678815"/>
+                            </a:xfrm>
+                            <a:prstGeom prst="rect">
+                              <a:avLst/>
+                            </a:prstGeom>
+                            <a:solidFill>
+                              <a:schemeClr val="accent3">
+                                <a:lumMod val="60000"/>
+                                <a:lumOff val="40000"/>
+                              </a:schemeClr>
+                            </a:solidFill>
+                            <a:ln>
+                              <a:noFill/>
+                            </a:ln>
+                          </wps:spPr>
+                          <wps:style>
+                            <a:lnRef idx="1">
+                              <a:schemeClr val="accent1"/>
+                            </a:lnRef>
+                            <a:fillRef idx="3">
+                              <a:schemeClr val="accent1"/>
+                            </a:fillRef>
+                            <a:effectRef idx="2">
+                              <a:schemeClr val="accent1"/>
+                            </a:effectRef>
+                            <a:fontRef idx="minor">
+                              <a:schemeClr val="lt1"/>
+                            </a:fontRef>
+                          </wps:style>
+                          <wps:txbx>
+                            <w:txbxContent>
+                              <w:p w14:paraId="34937F87" w14:textId="77777777" w:rsidR="00D03A38" w:rsidRPr="004F1033" w:rsidRDefault="00D03A38" w:rsidP="00D03A38">
+                                <w:pPr>
+                                  <w:shd w:val="clear" w:color="auto" w:fill="B57E00" w:themeFill="accent3" w:themeFillShade="BF"/>
+                                  <w:ind w:left="0"/>
+                                  <w:jc w:val="center"/>
+                                  <w:rPr>
+                                    <w:color w:val="FFFFFF" w:themeColor="background1"/>
+                                    <w:sz w:val="56"/>
+                                    <w:szCs w:val="56"/>
+                                  </w:rPr>
+                                </w:pPr>
+                                <w:r>
+                                  <w:rPr>
+                                    <w:color w:val="FFFFFF" w:themeColor="background1"/>
+                                    <w:sz w:val="56"/>
+                                    <w:szCs w:val="56"/>
+                                  </w:rPr>
+                                  <w:t>5</w:t>
+                                </w:r>
+                                <w:r w:rsidRPr="004F1033">
+                                  <w:rPr>
+                                    <w:color w:val="FFFFFF" w:themeColor="background1"/>
+                                    <w:sz w:val="56"/>
+                                    <w:szCs w:val="56"/>
+                                  </w:rPr>
+                                  <w:t>-55252</w:t>
+                                </w:r>
+                              </w:p>
+                            </w:txbxContent>
+                          </wps:txbx>
+                          <wps:bodyPr rot="0" spcFirstLastPara="0" vertOverflow="overflow" horzOverflow="overflow" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" numCol="1" spcCol="0" rtlCol="0" fromWordArt="0" anchor="ctr" anchorCtr="0" forceAA="0" compatLnSpc="1">
+                            <a:prstTxWarp prst="textNoShape">
+                              <a:avLst/>
+                            </a:prstTxWarp>
+                            <a:noAutofit/>
+                          </wps:bodyPr>
+                        </wps:wsp>
+                        <wps:wsp>
+                          <wps:cNvPr id="23" name="Rektangel 23"/>
+                          <wps:cNvSpPr/>
+                          <wps:spPr>
+                            <a:xfrm>
+                              <a:off x="609884" y="3205802"/>
+                              <a:ext cx="304165" cy="603885"/>
+                            </a:xfrm>
+                            <a:prstGeom prst="rect">
+                              <a:avLst/>
+                            </a:prstGeom>
+                            <a:solidFill>
+                              <a:schemeClr val="accent3">
+                                <a:lumMod val="75000"/>
+                              </a:schemeClr>
+                            </a:solidFill>
+                            <a:ln>
+                              <a:noFill/>
+                            </a:ln>
+                          </wps:spPr>
+                          <wps:style>
+                            <a:lnRef idx="1">
+                              <a:schemeClr val="accent1"/>
+                            </a:lnRef>
+                            <a:fillRef idx="3">
+                              <a:schemeClr val="accent1"/>
+                            </a:fillRef>
+                            <a:effectRef idx="2">
+                              <a:schemeClr val="accent1"/>
+                            </a:effectRef>
+                            <a:fontRef idx="minor">
+                              <a:schemeClr val="lt1"/>
+                            </a:fontRef>
+                          </wps:style>
+                          <wps:txbx>
+                            <w:txbxContent>
+                              <w:p w14:paraId="19901BC9" w14:textId="77777777" w:rsidR="00D03A38" w:rsidRPr="004F1033" w:rsidRDefault="00D03A38" w:rsidP="00D03A38">
+                                <w:pPr>
+                                  <w:shd w:val="clear" w:color="auto" w:fill="B57E00" w:themeFill="accent3" w:themeFillShade="BF"/>
+                                  <w:ind w:left="0"/>
+                                  <w:jc w:val="center"/>
+                                  <w:rPr>
+                                    <w:color w:val="FFFFFF" w:themeColor="background1"/>
+                                    <w:sz w:val="56"/>
+                                    <w:szCs w:val="56"/>
+                                  </w:rPr>
+                                </w:pPr>
+                                <w:r>
+                                  <w:rPr>
+                                    <w:color w:val="FFFFFF" w:themeColor="background1"/>
+                                    <w:sz w:val="56"/>
+                                    <w:szCs w:val="56"/>
+                                  </w:rPr>
+                                  <w:t>6</w:t>
+                                </w:r>
+                                <w:r w:rsidRPr="004F1033">
+                                  <w:rPr>
+                                    <w:color w:val="FFFFFF" w:themeColor="background1"/>
+                                    <w:sz w:val="56"/>
+                                    <w:szCs w:val="56"/>
+                                  </w:rPr>
+                                  <w:t>-55252</w:t>
+                                </w:r>
+                              </w:p>
+                            </w:txbxContent>
+                          </wps:txbx>
+                          <wps:bodyPr rot="0" spcFirstLastPara="0" vertOverflow="overflow" horzOverflow="overflow" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" numCol="1" spcCol="0" rtlCol="0" fromWordArt="0" anchor="ctr" anchorCtr="0" forceAA="0" compatLnSpc="1">
+                            <a:prstTxWarp prst="textNoShape">
+                              <a:avLst/>
+                            </a:prstTxWarp>
+                            <a:noAutofit/>
+                          </wps:bodyPr>
+                        </wps:wsp>
+                        <wps:wsp>
+                          <wps:cNvPr id="24" name="Rektangel 24"/>
+                          <wps:cNvSpPr/>
+                          <wps:spPr>
+                            <a:xfrm>
+                              <a:off x="609884" y="3833599"/>
+                              <a:ext cx="304165" cy="568325"/>
+                            </a:xfrm>
+                            <a:prstGeom prst="rect">
+                              <a:avLst/>
+                            </a:prstGeom>
+                            <a:solidFill>
+                              <a:schemeClr val="accent5">
+                                <a:lumMod val="40000"/>
+                                <a:lumOff val="60000"/>
+                              </a:schemeClr>
+                            </a:solidFill>
+                            <a:ln>
+                              <a:noFill/>
+                            </a:ln>
+                          </wps:spPr>
+                          <wps:style>
+                            <a:lnRef idx="1">
+                              <a:schemeClr val="accent1"/>
+                            </a:lnRef>
+                            <a:fillRef idx="3">
+                              <a:schemeClr val="accent1"/>
+                            </a:fillRef>
+                            <a:effectRef idx="2">
+                              <a:schemeClr val="accent1"/>
+                            </a:effectRef>
+                            <a:fontRef idx="minor">
+                              <a:schemeClr val="lt1"/>
+                            </a:fontRef>
+                          </wps:style>
+                          <wps:txbx>
+                            <w:txbxContent>
+                              <w:p w14:paraId="4886BB45" w14:textId="77777777" w:rsidR="00D03A38" w:rsidRPr="004F1033" w:rsidRDefault="00D03A38" w:rsidP="00D03A38">
+                                <w:pPr>
+                                  <w:shd w:val="clear" w:color="auto" w:fill="E896A2" w:themeFill="accent5" w:themeFillTint="66"/>
+                                  <w:ind w:left="0"/>
+                                  <w:jc w:val="center"/>
+                                  <w:rPr>
+                                    <w:color w:val="FFFFFF" w:themeColor="background1"/>
+                                    <w:sz w:val="56"/>
+                                    <w:szCs w:val="56"/>
+                                  </w:rPr>
+                                </w:pPr>
+                                <w:r>
+                                  <w:rPr>
+                                    <w:color w:val="FFFFFF" w:themeColor="background1"/>
+                                    <w:sz w:val="56"/>
+                                    <w:szCs w:val="56"/>
+                                  </w:rPr>
+                                  <w:t>7</w:t>
+                                </w:r>
+                                <w:r w:rsidRPr="004F1033">
+                                  <w:rPr>
+                                    <w:color w:val="FFFFFF" w:themeColor="background1"/>
+                                    <w:sz w:val="56"/>
+                                    <w:szCs w:val="56"/>
+                                  </w:rPr>
+                                  <w:t>-55252</w:t>
+                                </w:r>
+                              </w:p>
+                            </w:txbxContent>
+                          </wps:txbx>
+                          <wps:bodyPr rot="0" spcFirstLastPara="0" vertOverflow="overflow" horzOverflow="overflow" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" numCol="1" spcCol="0" rtlCol="0" fromWordArt="0" anchor="ctr" anchorCtr="0" forceAA="0" compatLnSpc="1">
+                            <a:prstTxWarp prst="textNoShape">
+                              <a:avLst/>
+                            </a:prstTxWarp>
+                            <a:noAutofit/>
+                          </wps:bodyPr>
+                        </wps:wsp>
+                        <wps:wsp>
+                          <wps:cNvPr id="25" name="Rektangel 25"/>
+                          <wps:cNvSpPr/>
+                          <wps:spPr>
+                            <a:xfrm>
+                              <a:off x="609884" y="4420453"/>
+                              <a:ext cx="304165" cy="719455"/>
+                            </a:xfrm>
+                            <a:prstGeom prst="rect">
+                              <a:avLst/>
+                            </a:prstGeom>
+                            <a:solidFill>
+                              <a:schemeClr val="accent5">
+                                <a:lumMod val="60000"/>
+                                <a:lumOff val="40000"/>
+                              </a:schemeClr>
+                            </a:solidFill>
+                            <a:ln>
+                              <a:noFill/>
+                            </a:ln>
+                          </wps:spPr>
+                          <wps:style>
+                            <a:lnRef idx="1">
+                              <a:schemeClr val="accent1"/>
+                            </a:lnRef>
+                            <a:fillRef idx="3">
+                              <a:schemeClr val="accent1"/>
+                            </a:fillRef>
+                            <a:effectRef idx="2">
+                              <a:schemeClr val="accent1"/>
+                            </a:effectRef>
+                            <a:fontRef idx="minor">
+                              <a:schemeClr val="lt1"/>
+                            </a:fontRef>
+                          </wps:style>
+                          <wps:txbx>
+                            <w:txbxContent>
+                              <w:p w14:paraId="73CB2A51" w14:textId="77777777" w:rsidR="00D03A38" w:rsidRPr="004F1033" w:rsidRDefault="00D03A38" w:rsidP="00D03A38">
+                                <w:pPr>
+                                  <w:shd w:val="clear" w:color="auto" w:fill="E896A2" w:themeFill="accent5" w:themeFillTint="66"/>
+                                  <w:ind w:left="0"/>
+                                  <w:jc w:val="center"/>
+                                  <w:rPr>
+                                    <w:color w:val="FFFFFF" w:themeColor="background1"/>
+                                    <w:sz w:val="56"/>
+                                    <w:szCs w:val="56"/>
+                                  </w:rPr>
+                                </w:pPr>
+                                <w:r>
+                                  <w:rPr>
+                                    <w:color w:val="FFFFFF" w:themeColor="background1"/>
+                                    <w:sz w:val="56"/>
+                                    <w:szCs w:val="56"/>
+                                  </w:rPr>
+                                  <w:t>8</w:t>
+                                </w:r>
+                                <w:r w:rsidRPr="004F1033">
+                                  <w:rPr>
+                                    <w:color w:val="FFFFFF" w:themeColor="background1"/>
+                                    <w:sz w:val="56"/>
+                                    <w:szCs w:val="56"/>
+                                  </w:rPr>
+                                  <w:t>-55252</w:t>
+                                </w:r>
+                              </w:p>
+                            </w:txbxContent>
+                          </wps:txbx>
+                          <wps:bodyPr rot="0" spcFirstLastPara="0" vertOverflow="overflow" horzOverflow="overflow" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" numCol="1" spcCol="0" rtlCol="0" fromWordArt="0" anchor="ctr" anchorCtr="0" forceAA="0" compatLnSpc="1">
+                            <a:prstTxWarp prst="textNoShape">
+                              <a:avLst/>
+                            </a:prstTxWarp>
+                            <a:noAutofit/>
+                          </wps:bodyPr>
+                        </wps:wsp>
+                        <wps:wsp>
+                          <wps:cNvPr id="26" name="Rektangel 26"/>
+                          <wps:cNvSpPr/>
+                          <wps:spPr>
+                            <a:xfrm>
+                              <a:off x="609884" y="5150608"/>
+                              <a:ext cx="304165" cy="608965"/>
+                            </a:xfrm>
+                            <a:prstGeom prst="rect">
+                              <a:avLst/>
+                            </a:prstGeom>
+                            <a:solidFill>
+                              <a:schemeClr val="accent5">
+                                <a:lumMod val="75000"/>
+                              </a:schemeClr>
+                            </a:solidFill>
+                            <a:ln>
+                              <a:noFill/>
+                            </a:ln>
+                          </wps:spPr>
+                          <wps:style>
+                            <a:lnRef idx="1">
+                              <a:schemeClr val="accent1"/>
+                            </a:lnRef>
+                            <a:fillRef idx="3">
+                              <a:schemeClr val="accent1"/>
+                            </a:fillRef>
+                            <a:effectRef idx="2">
+                              <a:schemeClr val="accent1"/>
+                            </a:effectRef>
+                            <a:fontRef idx="minor">
+                              <a:schemeClr val="lt1"/>
+                            </a:fontRef>
+                          </wps:style>
+                          <wps:txbx>
+                            <w:txbxContent>
+                              <w:p w14:paraId="542366FA" w14:textId="77777777" w:rsidR="00D03A38" w:rsidRPr="004F1033" w:rsidRDefault="00D03A38" w:rsidP="00D03A38">
+                                <w:pPr>
+                                  <w:shd w:val="clear" w:color="auto" w:fill="DD6174" w:themeFill="accent5" w:themeFillTint="99"/>
+                                  <w:ind w:left="0"/>
+                                  <w:jc w:val="center"/>
+                                  <w:rPr>
+                                    <w:color w:val="FFFFFF" w:themeColor="background1"/>
+                                    <w:sz w:val="56"/>
+                                    <w:szCs w:val="56"/>
+                                  </w:rPr>
+                                </w:pPr>
+                                <w:r>
+                                  <w:rPr>
+                                    <w:color w:val="FFFFFF" w:themeColor="background1"/>
+                                    <w:sz w:val="56"/>
+                                    <w:szCs w:val="56"/>
+                                  </w:rPr>
+                                  <w:t>9</w:t>
+                                </w:r>
+                                <w:r w:rsidRPr="004F1033">
+                                  <w:rPr>
+                                    <w:color w:val="FFFFFF" w:themeColor="background1"/>
+                                    <w:sz w:val="56"/>
+                                    <w:szCs w:val="56"/>
+                                  </w:rPr>
+                                  <w:t>-55252</w:t>
+                                </w:r>
+                              </w:p>
+                            </w:txbxContent>
+                          </wps:txbx>
+                          <wps:bodyPr rot="0" spcFirstLastPara="0" vertOverflow="overflow" horzOverflow="overflow" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" numCol="1" spcCol="0" rtlCol="0" fromWordArt="0" anchor="ctr" anchorCtr="0" forceAA="0" compatLnSpc="1">
+                            <a:prstTxWarp prst="textNoShape">
+                              <a:avLst/>
+                            </a:prstTxWarp>
+                            <a:noAutofit/>
+                          </wps:bodyPr>
+                        </wps:wsp>
+                        <wps:wsp>
+                          <wps:cNvPr id="5" name="Rektangel 5"/>
+                          <wps:cNvSpPr/>
+                          <wps:spPr>
+                            <a:xfrm>
+                              <a:off x="609884" y="19050"/>
+                              <a:ext cx="309245" cy="583565"/>
+                            </a:xfrm>
+                            <a:prstGeom prst="rect">
+                              <a:avLst/>
+                            </a:prstGeom>
+                            <a:solidFill>
+                              <a:schemeClr val="accent2">
+                                <a:lumMod val="40000"/>
+                                <a:lumOff val="60000"/>
+                              </a:schemeClr>
+                            </a:solidFill>
+                            <a:ln>
+                              <a:noFill/>
+                            </a:ln>
+                          </wps:spPr>
+                          <wps:style>
+                            <a:lnRef idx="1">
+                              <a:schemeClr val="accent1"/>
+                            </a:lnRef>
+                            <a:fillRef idx="3">
+                              <a:schemeClr val="accent1"/>
+                            </a:fillRef>
+                            <a:effectRef idx="2">
+                              <a:schemeClr val="accent1"/>
+                            </a:effectRef>
+                            <a:fontRef idx="minor">
+                              <a:schemeClr val="lt1"/>
+                            </a:fontRef>
+                          </wps:style>
+                          <wps:txbx>
+                            <w:txbxContent>
+                              <w:p w14:paraId="6D3260E8" w14:textId="77777777" w:rsidR="00D03A38" w:rsidRPr="00B265FD" w:rsidRDefault="00D03A38" w:rsidP="00D03A38">
+                                <w:pPr>
+                                  <w:ind w:left="0"/>
+                                  <w:jc w:val="center"/>
+                                  <w:rPr>
+                                    <w:sz w:val="56"/>
+                                    <w:szCs w:val="56"/>
+                                  </w:rPr>
+                                </w:pPr>
+                                <w:r>
+                                  <w:rPr>
+                                    <w:sz w:val="56"/>
+                                    <w:szCs w:val="56"/>
+                                  </w:rPr>
+                                  <w:t>1</w:t>
+                                </w:r>
+                                <w:r w:rsidRPr="00B265FD">
+                                  <w:rPr>
+                                    <w:sz w:val="56"/>
+                                    <w:szCs w:val="56"/>
+                                  </w:rPr>
+                                  <w:t>350426-5525</w:t>
+                                </w:r>
+                              </w:p>
+                            </w:txbxContent>
+                          </wps:txbx>
+                          <wps:bodyPr rot="0" spcFirstLastPara="0" vertOverflow="overflow" horzOverflow="overflow" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" numCol="1" spcCol="0" rtlCol="0" fromWordArt="0" anchor="ctr" anchorCtr="0" forceAA="0" compatLnSpc="1">
+                            <a:prstTxWarp prst="textNoShape">
+                              <a:avLst/>
+                            </a:prstTxWarp>
+                            <a:noAutofit/>
+                          </wps:bodyPr>
+                        </wps:wsp>
+                        <wps:wsp>
+                          <wps:cNvPr id="7" name="Rektangel 7"/>
+                          <wps:cNvSpPr/>
+                          <wps:spPr>
+                            <a:xfrm>
+                              <a:off x="603060" y="612728"/>
+                              <a:ext cx="304165" cy="561975"/>
+                            </a:xfrm>
+                            <a:prstGeom prst="rect">
+                              <a:avLst/>
+                            </a:prstGeom>
+                            <a:solidFill>
+                              <a:schemeClr val="accent2">
+                                <a:lumMod val="60000"/>
+                                <a:lumOff val="40000"/>
+                              </a:schemeClr>
+                            </a:solidFill>
+                            <a:ln>
+                              <a:noFill/>
+                            </a:ln>
+                          </wps:spPr>
+                          <wps:style>
+                            <a:lnRef idx="1">
+                              <a:schemeClr val="accent1"/>
+                            </a:lnRef>
+                            <a:fillRef idx="3">
+                              <a:schemeClr val="accent1"/>
+                            </a:fillRef>
+                            <a:effectRef idx="2">
+                              <a:schemeClr val="accent1"/>
+                            </a:effectRef>
+                            <a:fontRef idx="minor">
+                              <a:schemeClr val="lt1"/>
+                            </a:fontRef>
+                          </wps:style>
+                          <wps:txbx>
+                            <w:txbxContent>
+                              <w:p w14:paraId="40BC8730" w14:textId="77777777" w:rsidR="00D03A38" w:rsidRPr="00B265FD" w:rsidRDefault="00D03A38" w:rsidP="00D03A38">
+                                <w:pPr>
+                                  <w:shd w:val="clear" w:color="auto" w:fill="FFDE93" w:themeFill="accent3" w:themeFillTint="66"/>
+                                  <w:ind w:left="0"/>
+                                  <w:jc w:val="center"/>
+                                  <w:rPr>
+                                    <w:sz w:val="56"/>
+                                    <w:szCs w:val="56"/>
+                                  </w:rPr>
+                                </w:pPr>
+                                <w:r>
+                                  <w:rPr>
+                                    <w:color w:val="FFFFFF" w:themeColor="background1"/>
+                                    <w:sz w:val="56"/>
+                                    <w:szCs w:val="56"/>
+                                  </w:rPr>
+                                  <w:t>2</w:t>
+                                </w:r>
+                                <w:r w:rsidRPr="00B265FD">
+                                  <w:rPr>
+                                    <w:sz w:val="56"/>
+                                    <w:szCs w:val="56"/>
+                                  </w:rPr>
+                                  <w:t>-5525</w:t>
+                                </w:r>
+                                <w:r>
+                                  <w:rPr>
+                                    <w:sz w:val="56"/>
+                                    <w:szCs w:val="56"/>
+                                  </w:rPr>
+                                  <w:t>2</w:t>
+                                </w:r>
+                              </w:p>
+                            </w:txbxContent>
+                          </wps:txbx>
+                          <wps:bodyPr rot="0" spcFirstLastPara="0" vertOverflow="overflow" horzOverflow="overflow" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" numCol="1" spcCol="0" rtlCol="0" fromWordArt="0" anchor="ctr" anchorCtr="0" forceAA="0" compatLnSpc="1">
+                            <a:prstTxWarp prst="textNoShape">
+                              <a:avLst/>
+                            </a:prstTxWarp>
+                            <a:noAutofit/>
+                          </wps:bodyPr>
+                        </wps:wsp>
+                        <wps:wsp>
+                          <wps:cNvPr id="19" name="Rektangel 19"/>
+                          <wps:cNvSpPr/>
+                          <wps:spPr>
+                            <a:xfrm>
+                              <a:off x="609884" y="1185934"/>
+                              <a:ext cx="304165" cy="568325"/>
+                            </a:xfrm>
+                            <a:prstGeom prst="rect">
+                              <a:avLst/>
+                            </a:prstGeom>
+                            <a:solidFill>
+                              <a:schemeClr val="accent2">
+                                <a:lumMod val="75000"/>
+                              </a:schemeClr>
+                            </a:solidFill>
+                            <a:ln>
+                              <a:noFill/>
+                            </a:ln>
+                          </wps:spPr>
+                          <wps:style>
+                            <a:lnRef idx="1">
+                              <a:schemeClr val="accent1"/>
+                            </a:lnRef>
+                            <a:fillRef idx="3">
+                              <a:schemeClr val="accent1"/>
+                            </a:fillRef>
+                            <a:effectRef idx="2">
+                              <a:schemeClr val="accent1"/>
+                            </a:effectRef>
+                            <a:fontRef idx="minor">
+                              <a:schemeClr val="lt1"/>
+                            </a:fontRef>
+                          </wps:style>
+                          <wps:txbx>
+                            <w:txbxContent>
+                              <w:p w14:paraId="1B9B0D4A" w14:textId="77777777" w:rsidR="00D03A38" w:rsidRPr="004F1033" w:rsidRDefault="00D03A38" w:rsidP="00D03A38">
+                                <w:pPr>
+                                  <w:shd w:val="clear" w:color="auto" w:fill="FFCE5E" w:themeFill="accent3" w:themeFillTint="99"/>
+                                  <w:ind w:left="0"/>
+                                  <w:jc w:val="center"/>
+                                  <w:rPr>
+                                    <w:color w:val="FFFFFF" w:themeColor="background1"/>
+                                    <w:sz w:val="56"/>
+                                    <w:szCs w:val="56"/>
+                                  </w:rPr>
+                                </w:pPr>
+                                <w:r>
+                                  <w:rPr>
+                                    <w:color w:val="FFFFFF" w:themeColor="background1"/>
+                                    <w:sz w:val="56"/>
+                                    <w:szCs w:val="56"/>
+                                  </w:rPr>
+                                  <w:t>3</w:t>
+                                </w:r>
+                                <w:r w:rsidRPr="004F1033">
+                                  <w:rPr>
+                                    <w:color w:val="FFFFFF" w:themeColor="background1"/>
+                                    <w:sz w:val="56"/>
+                                    <w:szCs w:val="56"/>
+                                  </w:rPr>
+                                  <w:t>-55252</w:t>
+                                </w:r>
+                              </w:p>
+                            </w:txbxContent>
+                          </wps:txbx>
+                          <wps:bodyPr rot="0" spcFirstLastPara="0" vertOverflow="overflow" horzOverflow="overflow" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" numCol="1" spcCol="0" rtlCol="0" fromWordArt="0" anchor="ctr" anchorCtr="0" forceAA="0" compatLnSpc="1">
+                            <a:prstTxWarp prst="textNoShape">
+                              <a:avLst/>
+                            </a:prstTxWarp>
+                            <a:noAutofit/>
+                          </wps:bodyPr>
+                        </wps:wsp>
+                        <wps:wsp>
+                          <wps:cNvPr id="20" name="Rektangel 20"/>
+                          <wps:cNvSpPr/>
+                          <wps:spPr>
+                            <a:xfrm>
+                              <a:off x="609884" y="1772788"/>
+                              <a:ext cx="304165" cy="728980"/>
+                            </a:xfrm>
+                            <a:prstGeom prst="rect">
+                              <a:avLst/>
+                            </a:prstGeom>
+                            <a:solidFill>
+                              <a:schemeClr val="accent2">
+                                <a:lumMod val="50000"/>
+                              </a:schemeClr>
+                            </a:solidFill>
+                            <a:ln>
+                              <a:noFill/>
+                            </a:ln>
+                          </wps:spPr>
+                          <wps:style>
+                            <a:lnRef idx="1">
+                              <a:schemeClr val="accent1"/>
+                            </a:lnRef>
+                            <a:fillRef idx="3">
+                              <a:schemeClr val="accent1"/>
+                            </a:fillRef>
+                            <a:effectRef idx="2">
+                              <a:schemeClr val="accent1"/>
+                            </a:effectRef>
+                            <a:fontRef idx="minor">
+                              <a:schemeClr val="lt1"/>
+                            </a:fontRef>
+                          </wps:style>
+                          <wps:txbx>
+                            <w:txbxContent>
+                              <w:p w14:paraId="265982FC" w14:textId="77777777" w:rsidR="00D03A38" w:rsidRDefault="00D03A38" w:rsidP="00D03A38">
+                                <w:pPr>
+                                  <w:shd w:val="clear" w:color="auto" w:fill="B57E00" w:themeFill="accent3" w:themeFillShade="BF"/>
+                                  <w:ind w:left="0"/>
+                                  <w:jc w:val="center"/>
+                                  <w:rPr>
+                                    <w:color w:val="FFFFFF" w:themeColor="background1"/>
+                                    <w:sz w:val="56"/>
+                                    <w:szCs w:val="56"/>
+                                  </w:rPr>
+                                </w:pPr>
+                                <w:r>
+                                  <w:rPr>
+                                    <w:color w:val="FFFFFF" w:themeColor="background1"/>
+                                    <w:sz w:val="56"/>
+                                    <w:szCs w:val="56"/>
+                                  </w:rPr>
+                                  <w:t>4</w:t>
+                                </w:r>
+                              </w:p>
+                              <w:p w14:paraId="5302D2BD" w14:textId="77777777" w:rsidR="00D03A38" w:rsidRPr="004F1033" w:rsidRDefault="00D03A38" w:rsidP="00D03A38">
+                                <w:pPr>
+                                  <w:shd w:val="clear" w:color="auto" w:fill="B57E00" w:themeFill="accent3" w:themeFillShade="BF"/>
+                                  <w:ind w:left="0"/>
+                                  <w:jc w:val="center"/>
+                                  <w:rPr>
+                                    <w:color w:val="FFFFFF" w:themeColor="background1"/>
+                                    <w:sz w:val="56"/>
+                                    <w:szCs w:val="56"/>
+                                  </w:rPr>
+                                </w:pPr>
+                                <w:r w:rsidRPr="004F1033">
+                                  <w:rPr>
+                                    <w:color w:val="FFFFFF" w:themeColor="background1"/>
+                                    <w:sz w:val="56"/>
+                                    <w:szCs w:val="56"/>
+                                  </w:rPr>
+                                  <w:t>-55252</w:t>
+                                </w:r>
+                              </w:p>
+                            </w:txbxContent>
+                          </wps:txbx>
+                          <wps:bodyPr rot="0" spcFirstLastPara="0" vertOverflow="overflow" horzOverflow="overflow" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" numCol="1" spcCol="0" rtlCol="0" fromWordArt="0" anchor="ctr" anchorCtr="0" forceAA="0" compatLnSpc="1">
+                            <a:prstTxWarp prst="textNoShape">
+                              <a:avLst/>
+                            </a:prstTxWarp>
+                            <a:noAutofit/>
+                          </wps:bodyPr>
+                        </wps:wsp>
+                      </wpg:grpSp>
+                      <wps:wsp>
+                        <wps:cNvPr id="4" name="Rektangel: rundade hörn 4"/>
+                        <wps:cNvSpPr/>
+                        <wps:spPr>
+                          <a:xfrm>
+                            <a:off x="0" y="5142363"/>
+                            <a:ext cx="4448175" cy="642620"/>
+                          </a:xfrm>
+                          <a:prstGeom prst="roundRect">
+                            <a:avLst/>
+                          </a:prstGeom>
+                          <a:noFill/>
+                          <a:ln w="38100">
+                            <a:solidFill>
+                              <a:schemeClr val="accent5"/>
+                            </a:solidFill>
+                          </a:ln>
+                        </wps:spPr>
+                        <wps:style>
+                          <a:lnRef idx="1">
+                            <a:schemeClr val="accent1"/>
+                          </a:lnRef>
+                          <a:fillRef idx="3">
+                            <a:schemeClr val="accent1"/>
+                          </a:fillRef>
+                          <a:effectRef idx="2">
+                            <a:schemeClr val="accent1"/>
+                          </a:effectRef>
+                          <a:fontRef idx="minor">
+                            <a:schemeClr val="lt1"/>
+                          </a:fontRef>
+                        </wps:style>
+                        <wps:bodyPr rot="0" spcFirstLastPara="0" vertOverflow="overflow" horzOverflow="overflow" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" numCol="1" spcCol="0" rtlCol="0" fromWordArt="0" anchor="ctr" anchorCtr="0" forceAA="0" compatLnSpc="1">
+                          <a:prstTxWarp prst="textNoShape">
+                            <a:avLst/>
+                          </a:prstTxWarp>
+                          <a:noAutofit/>
+                        </wps:bodyPr>
+                      </wps:wsp>
+                    </wpg:wgp>
                   </a:graphicData>
                 </a:graphic>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
           <mc:Fallback>
             <w:pict>
-              <v:roundrect w14:anchorId="5687858D" id="Rektangel: rundade hörn 4" o:spid="_x0000_s1026" style="position:absolute;margin-left:45.65pt;margin-top:405.2pt;width:350.25pt;height:50.6pt;z-index:251658252;visibility:visible;mso-wrap-style:square;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;v-text-anchor:middle" arcsize="10923f" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQCmb69iaQIAAEQFAAAOAAAAZHJzL2Uyb0RvYy54bWysVN1r2zAQfx/sfxB6Xx1n7sdCnRJaOgal&#10;LW1Hn1VZagSyTjspcbK/fifFdkJXKIy9SHe677vf6fxi01q2VhgMuJqXRxPOlJPQGPda859P11/O&#10;OAtRuEZYcKrmWxX4xfzzp/POz9QUlmAbhYycuDDrfM2XMfpZUQS5VK0IR+CVI6EGbEUkFl+LBkVH&#10;3ltbTCeTk6IDbDyCVCHQ69VOyOfZv9ZKxjutg4rM1pxyi/nEfL6ks5ifi9krCr80sk9D/EMWrTCO&#10;go6urkQUbIXmL1etkQgBdDyS0BagtZEq10DVlJM31TwuhVe5FmpO8GObwv9zK2/Xj/4eqQ2dD7NA&#10;ZKpio7FNN+XHNrlZ27FZahOZpMeqqs7K02POJMlOqunJNHez2Ft7DPG7gpYlouYIK9c80ERyo8T6&#10;JkQKS/qDXoro4NpYm6diXXoIYE2T3jKTYKEuLbK1oIEKKZWLx2mI5OZAk7hkXexrylTcWpXcWPeg&#10;NDMNVVHmZDLc3vote79ZO5lpymI0/PqxYa+fTFWG4mg8/dh4tMiRwcXRuDUO8D0HNg4p653+0IFd&#10;3akFL9Bs75Eh7BYheHltaDg3IsR7gYR82hHa5nhHh7bQ1Rx6irMl4O/33pM+AZKknHW0STUPv1YC&#10;FWf2hyOofiurKq1eZqrjU8IJw0PJy6HErdpLoNmW9G94mcmkH+1AaoT2mZZ+kaKSSDhJsWsuIw7M&#10;ZdxtOH0bUi0WWY3WzYt44x69HKaecPe0eRboe4RGwvYtDFsnZm8wutNN83CwWEXQJgN439e+37Sq&#10;GZD9t5L+gkM+a+0/v/kfAAAA//8DAFBLAwQUAAYACAAAACEArIb0Wt0AAAAKAQAADwAAAGRycy9k&#10;b3ducmV2LnhtbEyPwU7DMBBE70j8g7VI3KgdikIT4lRQqeKImnLh5sbbOCJeR7Hbhr9ne4Ljap5m&#10;31Tr2Q/ijFPsA2nIFgoEUhtsT52Gz/32YQUiJkPWDIFQww9GWNe3N5UpbbjQDs9N6gSXUCyNBpfS&#10;WEoZW4fexEUYkTg7hsmbxOfUSTuZC5f7QT4qlUtveuIPzoy4cdh+NyevYXTuQx2LfPn23jdb+tql&#10;tIlW6/u7+fUFRMI5/cFw1Wd1qNnpEE5koxg0FNmSSQ2rTD2BYOC5yHjL4ZpkOci6kv8n1L8AAAD/&#10;/wMAUEsBAi0AFAAGAAgAAAAhALaDOJL+AAAA4QEAABMAAAAAAAAAAAAAAAAAAAAAAFtDb250ZW50&#10;X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAOP0h/9YAAACUAQAACwAAAAAAAAAAAAAAAAAvAQAA&#10;X3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEApm+vYmkCAABEBQAADgAAAAAAAAAAAAAAAAAuAgAA&#10;ZHJzL2Uyb0RvYy54bWxQSwECLQAUAAYACAAAACEArIb0Wt0AAAAKAQAADwAAAAAAAAAAAAAAAADD&#10;BAAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAAEAAQA8wAAAM0FAAAAAA==&#10;" filled="f" strokecolor="#9d2235 [3208]">
-[...1 lines deleted...]
-              </v:roundrect>
+              <v:group w14:anchorId="1FB41A12" id="Grupp 4" o:spid="_x0000_s1026" style="position:absolute;left:0;text-align:left;margin-left:26.25pt;margin-top:6.8pt;width:350.25pt;height:459.75pt;z-index:251680768" coordsize="44481,58388" o:gfxdata="UEsDBBQABgAIAAAAIQCxgme2CgEAABMCAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRwU7DMAyG&#10;70i8Q5QralN2QAit3YGOIyA0HiBK3DaicaI4lO3tSbpNgokh7Rjb3+8vyXK1tSObIJBxWPPbsuIM&#10;UDltsK/5++apuOeMokQtR4dQ8x0QXzXXV8vNzgOxRCPVfIjRPwhBagArqXQeMHU6F6yM6Rh64aX6&#10;kD2IRVXdCeUwAsYi5gzeLFvo5OcY2XqbynsTjz1nj/u5vKrmxmY+18WfRICRThDp/WiUjOluYkJ9&#10;4lUcnMpEzjM0GE83SfzMhtz57fRzwYF7SY8ZjAb2KkN8ljaZCx1IwMK1TpX/Z2RJS4XrOqOgbAOt&#10;Z+rodC5buy8MMF0a3ibsDaZjupi/tPkGAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAAL&#10;AAAAX3JlbHMvLnJlbHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrb&#10;Ub/Q94l/f/hMi1qRJVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG&#10;5lrLq9biZkxWOiqY22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nT&#10;NEV3j6o9feQzro1iOWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMA&#10;UEsDBBQABgAIAAAAIQC13EZTZwYAAH4vAAAOAAAAZHJzL2Uyb0RvYy54bWzsWt1u2zYUvh+wdyB0&#10;31j/low6RZasQYGsDdoOvaYlytIikRpJx86eZ3uFvUBfbIekJNuR08RpnQGGCtQR/w8Pz/n4kTyv&#10;36yqEt0SLgpGp5ZzYluI0ISlBZ1Prd8/v30VWUhITFNcMkqm1h0R1pvTn396vawnxGU5K1PCEXRC&#10;xWRZT61cynoyGokkJxUWJ6wmFAozxissIcnno5TjJfRelSPXtsPRkvG05iwhQkDuhSm0TnX/WUYS&#10;+SHLBJGonFogm9S/XP/O1O/o9DWezDmu8yJpxMDPkKLCBYVBu64usMRowYteV1WRcCZYJk8SVo1Y&#10;lhUJ0XOA2Tj2vdlccrao9Vzmk+W87tQEqr2np2d3m7y/veT1p/qagyaW9Rx0oVNqLquMV+ovSIlW&#10;WmV3ncrISqIEMn3fj5xxYKEEyoLIiyI3MEpNctB8r12S//pIy1E78GhLnC5hxAS5rzkqUrA5xw3G&#10;dhjYvoUorsDGLvmirpGnxFCt9pii58aRZ6Ed0/Rix4aZPWOaD7R8YJp1kUzgf7PU8NVb6sddAlrJ&#10;BSdW00n1pD4qzG8W9SuwyhrLYlaUhbzTHgb2p4Sit9dFcs1NYq19t1X6L0WZstkf5EYiyEuJSMDL&#10;VCah6LYQmCNWFjcYga+Bx4OrouzrvxypwQiVgAELWWT86z8U5V//LgWTRVkKCekUsSRH+YJDp+im&#10;xBy6Oru4QgW6xTzFc0JP1EorGZVYRkislHjFkhuBKDvPMZ2TM1EDGoC9qNqj7eo6uTXDWVnUb0EE&#10;Zf/qu9ElzOme5+1YDuPVFyxZVDA1A1OclDBTRkVe1MJCfEKqGQHr5e9SLRCeCMmJTHI1YAYDfwRh&#10;laAbBVrKtWBqCgIc98mu+pglgtK4kJeEVUh9gHAgAyw/nuDbK9FI01ZpdGgE0JKBPMrhAMdFqy5I&#10;9RS2F1R9ynFNQATV7YbRdVb3EexNLW6JXNf4u67X4Zl4SEOhHUcRIAa4uhs4YRA3q9Dimmf7kGv8&#10;PRxHkaNRrXPaPVUFiwjWn7YGpXc3cl5yMGHYl3CSgJ14WtPlovqNpSY/tOGfmhWeQLZCU13db7OV&#10;bah9UvVkLGVzkJKqhpSpQY0hqRwA1VYn+kvelUQPQD+SDPAUIN3RgnQ9b8pofAfEUbVVM2OpTUMz&#10;g282bOqrpkTvzt2o7uOjdi30yIzKrnFVUMZ3dVDKVuTM1G81YOatVCBXsxXoR33OWHoHuwpnYPtA&#10;FkSdvC3AEa6wkNeAOzoTuI78AD9ZyZZTizVfFsoZ/2tXvqoPPgClFloCz5ha4s8FVuhcvqPgHbHj&#10;+4qY6IQfjF1I8M2S2WYJXVTnDEzG0dLpT1Vflu1nxln1BSjRmRoVijBNYOyplUjeJs4lpKEISFVC&#10;zs70t4H9K/qphs3CGIBy9M+rL5jXDRpI8I33rPXIHiiYumppKDtbSJYVGjHWem1UD+jwUjABW7lh&#10;BBsw0dCC/WHCc+0gsjXKgPE2JGYLJmxgP/8DTIyDBiYGPGgh7HvxwBDLdkMZYOG4YKE7KGzAgt8u&#10;NrCMvdiDF3leEMdmm94FC0EYeeZMdEj2EOjdb5M9dDRhmz10pGJAix+KFh39HNDiuNACDgE9EqF3&#10;ecVs9kUL33dtP9AcZDeJGDuxHxycRPTRooOFbbToQGRAix+KFh0LHdDiuNAi3IEW4XO5ReAEdmhH&#10;D3MLKIzhlsIc79vr2vaG5kmXOE+5meijxXDk+OFXEPrI0bHQARaOChZ2cIhnUwgntoPmVnB93Ihd&#10;v7mshDeY4PCQYG7rhuOGuXzddUV6uMtKjRSd+QxIcVRIMe7zh/Ge9MEDzqAfNkLHHbvfYA9B6MTw&#10;dHtg9tCHiuGsYV582qeJA0NFRz8HqDgqqHDiPlZAXvOWte/NhONEQexpArr7ZuJl7jH7aDGcNQ5z&#10;1ui2lQEWjgoW1ANy78JSHxiec2HpjMcuhD8oVNkNC8Aw4kh3f8jnjT4sqEfPdtgu5GCIguDfEQWh&#10;DxZ6qdeP9kMwhFboQYMh1oGOLxQY0X8AnSC+gBhdiLDLISqPou4i6kk0whw3Asd3vfDe28ZWfGjo&#10;uyHA07cPHAwEUcFvWu87A882oppUKBKCOBwvcgANFEY9HmjVnng2agJ0DcFRKqLLhIetg6MGbvBS&#10;3ECDAAR56y2sCUhXUeSbab0+67D50/8AAAD//wMAUEsDBAoAAAAAAAAAIQC8D5HkrbEEAK2xBAAU&#10;AAAAZHJzL21lZGlhL2ltYWdlMS5wbmeJUE5HDQoaCgAAAA1JSERSAAACHwAAAtIIBgAAAH0rs7sA&#10;AAABc1JHQgCuzhzpAAAABGdBTUEAALGPC/xhBQAAAAlwSFlzAAAOwwAADsMBx2+oZAAA/6VJREFU&#10;eF7snQd8U1X/h5+kTdo03XvvXfbeezpAEVFxDxTBvV9x494TfRVBQUC27L33pqWs7r130zZt09z/&#10;uSHKEBVfFevf+/DJh+bcm3vPPt/fmSpJgIKCgoKCgoLCZUJt/V9BQUFBQUFB4bKgiA8FBQUFBQWF&#10;y4oy7PI7aG42UVpaSlNTo9WldeDgoMfd3Q1bW1uri4KCgoKCQutFER+/g6KiYp6d8iynTp60urQO&#10;Bg0axKOPPoqHh4fVRUFBQUFBofWiiI/fQW5uLuNuGMfBgwetLq2DsdeN5cMPP8THx8fqoqCgoKCg&#10;0HpR5nwoKCgoKCgoXFYU8aGgoKCgoKBwWVHEh4KCgoKCgsJlRREfCgoKCgoKCpcVRXwoKCgoKCgo&#10;XFYU8aGgoKCgoKBwWVHEh4KCgoKCgsJl5W8XH/I2I80mE1u2bGHlypWcOHGCqqoq61UFBQUFBQWF&#10;/2/87ZuMNTY2cvjwESbeP5GSkhKGDxtKr959uHn8ePR6vfWu1oGyydifg2Rupr4il8MHU6gxt6DC&#10;Fid3f+LbR6KuzCEpKQOD2YxKpcXdx58gbx2lqWnk40JgeDTxgTpq8rJIO51NrVsAUVFRBOqaqSjI&#10;IDW7kCqjBu/gCCJC/XDRaWipyibxZAal1TaEtUkg1M8FY/5xjqUX0WDrS3ysh3h+BiXVdZg4Wxwk&#10;r2jaupZwKqMaU8v5xUStssW3Q186+jlYXS4BUdRMDZXkpR3leF6DxUmFDXo3X8JjY/F3tcNGpbK4&#10;/2uQ46SulPTCSoyS2mIN2Tr6EOXrhK360uNCaiono1jCx9MFvb2tyDu/8lvxTmNxMlsK3ejfxg+d&#10;rfrX7/8dSC0NVOQXUlShIiA+BFftGftOMtVRVllHs1mFVF0l8rcDARF+OGr+GZ3PUksj1cUF5Oa3&#10;ENguDDc7G+sVgYjPlvpyMgvLqNeK8hToLNLuzw+X1FjKiaPV+MYF4uZkJ8rgn1dWJKmFRoNBhLEO&#10;B18d1aWFFJh96Bjqhsbmr0kjyVxH/qFkyl2DiQjxxlF7Tpz+BuaqdDbuPk2ztb6ytbHDJ7ozccEu&#10;2P1F/v3TkcXH30VTU5O0dt06aejQoZKtxvanj6eXp7R3717rXa2HnJwcqUfPHuf59fd/NJLeJ0bq&#10;NWCgNGjwoJ8+Awf0kTrHeF/k/t/+3HjjjVJRUZHVl60fc1O1lLr5PamTk6PF/xqti9Rh4N3S+rR0&#10;acesp6RIB53FXWvvLQ0e95i0YMHn0v1d/CVNWH/pro+3SuW1WdKGjx+X+rq7S3HXPyHNOZIjZR9a&#10;I33yyCipfaiTpHXwl/rf9IT0/a6TUnl9k1S5d5p0bb9wSaePl6bM3Cjll2dJy14ZKyX4O0khQx6T&#10;ftg8W7q1R1vJRas5L141496VZkztJbm72p3nLn8c9J7SvStzrSG6RMwmqSZrh/T5A+0lv7Y9LOk+&#10;eNAg6dobJkofzT8oldSbrDf+izC3SPU5e6Xps76W3pz5rfTeN99KX2xKleqbf0dciGcYUr6Xnv1i&#10;tXQsu0oym83WC7+ASIfCHyZK+ptnSVnV9b99/+/AXJ8rbZv+nvTIrR9KB8oarY5myVh8QFqwZI40&#10;c/V2aaMI59dfbpCya5vPXP8HYG4sl05tWSx9MOU7KbnSGq4fEfFfl7ZJev3NKdI9X+2Tapr+mnCZ&#10;i9dJDw1/XdqSmCc1Cmvgz8TcXCNl7F0vffX8HOlk5jFp7aJp0tNzj0i1jX9dGpmaUqTZo4dJd762&#10;WDpd2mB1vTSaD74l+btESN37D7DUIyOHDJImTv1G2pZdbb2j9WPzksCqQy47tUJp3n777ezbt9fq&#10;cgZZ0YaEhNK7d2+rS+ugpqaGhYsWUlBQYHX5/ahtHWl/41ss+uYNHrjnLm6/7XZuv/U2br5uBPG2&#10;SczakGq989KJj49nxIgRODo6Wl1aOeZGKnMOs+j7rRSbTBar08U3gC4D+qBN38w3axItil6l1hES&#10;250RI9vTXHKUPUcqiI1KoGtbF47v3MDy3UV0GDSCqzpp2fjle7w3ew/1jn4EuLWQk7SbVJM38W3b&#10;4lN/jOUb95BWaEvPkcNI0Jzgk2nLOFqoYdCEB7mxiwN7l2/ieEE59gGRxESEEhTgT+SV4xjjVUpK&#10;sS3OmiZKq+pBpScsIYGo8DiuuXU87b3srIG6FCSaqvM4nZ0Boz5kyVuPcfsNwwg3FbF3dTL6Hl3x&#10;p5LcjDQyhF+MkgadTkNzdSnlZaWUlhtoaGimpamK/KwMMnOKqG0Grb09GoRlWpJLekYmeaW1tNja&#10;Ya9VUV+US5mhluLcHHLzymjS6nCw04B4RtbpVDJz8yhrssNZb4dtSzVZp0qEdV5BaokZd2d7bNTC&#10;UheWrVncn5NyirScQvG8Fuwc9dipW6ivLCTtVCq5JRUYsEevMVNbkUdKQQW1hdnkl1XT2GKipjCL&#10;jMJKmtQOONrb/mS1yhZni8oOT2cX/Fw9iAiLoVO0H3rJQEFFBeWlZdQam1Fp7LGzVYv7TTRU5JMh&#10;wpmdW0S92RY7VTX7Fn7EzJNNBIbHEO6mpjIvg7TMHPILSmnUOuIokqk2N4PSxkbKMkqpzt/O9JQQ&#10;Jl8Zi7Ymn5QKNW6OtiKu8zl5Ip3cwkLK68w4ODsKS/IiFrYcJ3JvQEkOp09nkF9cjqFZjc7OROHx&#10;E5zKUtN2SFv09VUi7SrISVzL/A3bKXRqQ/9u7WiTEISDqYaqmnokOx1adROVucVU1beI8tBAYXYm&#10;GVk5FFbUgQi7vUizi/aKSWYaq0SeSskgt6BEpK+TJX5bqnM5XtqAVJZFalY+dehxdNCIeBdpVpJJ&#10;8ulMikoqMetd0atFeRR5slTEc2V+NSpHLc0iDU+n5Ii0bqCpqYYykx5/Xz9CYkLwcdNgKM0lNSVL&#10;+K9GpKk92oZ8DpzMotIhisHROqoqazC02IocUS/yXjZpGdkUltVgUmvR2Wst+crifZGejdXFZKZn&#10;kpVbSL0k0tNe5EW1GWNFAWnpGeTkFWMU79CZc9mwNJfgrl4i35VQXNmEvajz7GxVP/VcSU2VpCfl&#10;YWgqJjU9h6JG4QdTGWmnsygR+VZOT1tzA1UFmZxMy6ZE+B87PTa12exZMpsZBxro0LsjcXHxxPk7&#10;ITIEZUYNLjobmuvKKSkrwyAJ/9eXkSPKaZbI042i9NnrbGkSfiqvKKNUlD9jk4RahL0oR+R7kQ8L&#10;RdmVNHKZVItHFlnKaX5VEcdXbKEgpDv9ukTg2FhMSuqZ8J7JsyLNf6H3z1y4i5lbwpi19kuemHAn&#10;1w2KonDTh3xV3JlxXXyEvw0UZZwiJbuIqgYJnSiv2ovl47+Rv1V8qOSuOVF4du3aJTJ4k9UVbDUa&#10;evboRb9+fa0urYM/Kj5UKjVe4X15/L0pDAg4v7ve3GQg98iqf534KDWb0WhscPIOpefg/jjk7mLp&#10;ltOotbaYzVpC4royclRv1MVZbN98FHVQGAnRbpzesZJ1GVq6D+xPmPEwPyxYygldDyY//xpTrg0k&#10;91QiG7Od6NC+DTF2mazetNciPnoM7UJz4kqWbTlEc9wtPDPhatp7VLFmwXpOFxvo9p8ZfP/hKzw2&#10;+T5u7x5JSIdR3Hb7HYwOzuTLFUmobNvz0aYNvPvo7XT4XcJD5oz4OJG8n0y3AVyb4CmPu9AgGoii&#10;whxUYeE0H5nPe2+8yeeLtpNp0BEQ7kPtzvnMnz2D2YuOigq6nKr8HXz1/rtMm72UI3kS3qFheDen&#10;sGr2h7zxwed8t/Yo5XZ+RATakfLVVL7dtp0Zn37F7DmryHaMoF2EO4YjP/DS01P5cs5cVmfbEx0f&#10;SWDzDh4ZNY20qh94bJk9Nw6LwVVrIxqIZqqOz2fKI1P4bO4PbEwqxi62M/H6SvbM/ZgpU95l3vrN&#10;HDG4E+arInnlm9z++SZyV3/NzBWbOCkq7OTl/+Wd77ZToA6naxt5uOFMF7NkLCFp6/e8+9bbfPr1&#10;bJbtTMPgGEyw6SCfLPieOXMXkZjXgEtIHOHu9qKcFLHv+0955a0PmDFnGUkVeoL1ecz+biU7t+zk&#10;hEMM3VxyWPLp27z7xTd8P2cRpxzb0T1aw4FXHmB68mkWPr+KCs9qdlTGMnmoK4nfvsvLib6M7GDP&#10;6YXv88B/PmT+D4tYfbCU4F59iHHTWvx6LnKjWV+cwvrp7/KfV6cxf+UaDhdIhLWJQMo6zclMM5Ed&#10;9KJxWcWmHSc5nb6XBfM3czLvFLvXHKEkr4a6nO2s23kKc0hbwrSZLHz9W3blNKJuOM7sDz7goy+/&#10;ZuG6QzR4CUEc5o+zdQjnXMwNhexf9BGPT/2Yed8vJ9M2kvYx/jTteIVB049gWPY+b345jyOlwXTp&#10;EYVLUw7r//sS97/8X9as3UqZR0cSPMpY++wkpiflsOm/B9B3CyB34ds8MvVrNu5P5GT6LlZUehOd&#10;v5lP39mNY5wDh795h/+8+V+W7zhKgY0vEV4tpIjGvkIbSHzLMb5fuZ8s3PGtOcy3H77P2598yYI1&#10;eyix8yU6KhQP0ZjLtBgLObJiJlPf/IjpsxeTXGpPUGQYXtpy9i+cxnNvfMJskedO13kQFWJm/7LD&#10;lNVsEPn8SxZvOI1Lp1608RWC4sdGung1d/Z4lWPN2/ng3c/5+qgRN8Nu3n/pA5YcLCawezd86xJZ&#10;8MFrPP3ODDZuO4zBKRRPKYMlb3/BxowcqiuqySzazafrUqnL3cqCFE+GtHOl5MAPfDt/Oac0XqgT&#10;F/Dum2/zxdKd5DY6EhTqQcXGWcyb/x1z5h0mt0aFtvEEcz/6gPe/mMGCdQcwuIcT6Qepq2bw4mvv&#10;MmfPcVKEYLPtMJjBCc5krPmcp6Z+JH6/jHR1GO1igoToOSvUz0UWH5//0MD1d/bHx0GINb03gS4G&#10;ln9dTPcrImhOW8enLz7HG98uY09qHT6xIo956FrVsO7fOjhkp9Vy//2TuPKKq6wuZ5CPho+JibZ+&#10;+/+CClefSMa88AHjo1vXXJa/C5VKiA4nF0JC7DHU1ZCSU0JVeQl6b2/ato8Xtpo1e+qc8PH2JFLf&#10;QEVtCWnZeVRVlCJFxuKT4Ee5sKpS0g3YRkTiHxVDsK8PDk6OuJTmY6qsEJb3mcfIVnZ93n5hLZwi&#10;p9qJIdcOJCHc97KPkUqmRurLiyxziHJSj5N4UFhQFd7Y5u9j/c4MgifOZM1XDxNjSGLJor1UNBo4&#10;fvAgh4UVaDBmsfZwE+HXvsG6FZ8yzBVhVR9j36rv2VQZx/2f/MDyl/pRtHUre49kUddSw5al6ylu&#10;fxsvTelPypYDwurdyrQnNuA/4VPW7/iBJx0X88LyJCqbWqis3sJXc9Jo66KmxWz1sKme0+u+5dTQ&#10;j9myeQ0fXFnPzM0nyE/fwcLPSxj99Vo2znqW7oWz+HBLjrAQTbjZRHLPx7OYcmUg+zefJPju95l2&#10;R29shL9OVP34YPHoyhwOFdsTfut/2btzKc93cady517Sq02YkvawI1FYxEZ77CTrnJuCIyxN1DHg&#10;/mlsXPEO7Q3l5BhjmDiuPV0ffI3PJgzALnknDUP+w8LNu1j9zigyNuwTjUkVzVI1K6YvoSTYgZZG&#10;kf+ERZ+5Zx4vb2zH2/d2xrn5NKvn6nhx7S72b/ia29x38t9deSLfnD/fx4JUT6nc+5TdiY83bmXN&#10;Fw/STtrPD8klQmKaaWwo4OjWHZwqEIbUxHu494YruP2hW5j4+LM8MCAaGxtngtqFUq5pJjGzhNqc&#10;kyTbi3AGq8neXUXbq55nxQ7RgIxz43jqCdLL6n/uD/G95vBsXtigYeKnP7B12fPovxWN8tEiGlok&#10;GpfNYIlxKO9//TwO385gc34j5ds+5PHd0czYvJvV026l+OXXWZJdi6G2kJVzV1MTZEfJiT2s/UHN&#10;xA9e4Rb/bH5Yc9z6QoEId2GSSPvT/jy5YBVzn7mG2OzdHC8REdrSRE3eEVZuy8Pk2JkxXXRk7C/F&#10;u829zN++kW8mt6W6MIkj+bWWsEjC8Gw4uZ7pu2ro8dCnrF3xLh0zDrB55wky9y/lo90qbnh9DptW&#10;vEb4oT3sP1ZEYcVOvl2cw5UvvMOLbVOYtTuNBpFvz42bOikHU78POLj5E64++gUfpvfl2xVfMdFz&#10;F9M2J5O6fQHfVvZjljAivn5iIHlCnJ3SteOGx++g/8AJPP/UGCJt1ehdA4l18sX94FFyK8vIS6mh&#10;sciPgPKDrBfCNOGR2SIO78W/6AjLlx+mShiQSbv2cTQvF6N9BYc2VhA79GmWiXT84mZfUtOTObRt&#10;CZ/vNjL4vse4NUhFfWMFdSK/1Bydy9SNau54fyFblr+I2/yZLD2UR13z2bLyq9jYoA+MIqHomBC4&#10;6WyZ/l9OijjYtGY2j3coZtq7K8irO2vgtwb+VvHxI+7u7ta/zqBWq/H397d++/+ADa5uAYx6dSFv&#10;jo3CwfbSJxb9/8YGO3s3AgIcRSFrosBgFA2e3O2sEnngHIVu60pIdCxtOzhTWFXG8YxMaioa6BgR&#10;SA8fLWXltRQ32xPq6Yq/m07uTEBlq0Urd9+eIywkcxn7Nq8lKSsLm7hRXNUlFl9HW+vVy0dT7nHW&#10;TrmOrl260H3gON7fXUbn+64kuMaEbVkoPWK90XkHE+3phXN+PsVG8Og4mknvfswrj42hl4OJksSj&#10;HCx24arH7+e2awNFm2xHbGB7OkQGEdJjAH2aqikuKBMVoorAq5/hg0dv4IqOMbgYDBiyktgZ2o6e&#10;YQ4iTjzoOqQ3WYlZFDa3YN8UyS2fr2DVxzcS7mp/xsMqW/Se/mSl7Gf74RKCrnyD9fe0oSEticTO&#10;gxkd742bb1t692hDyfYD5Ok9cWzfl3g/kR5hvRke2o9+Cb64ujjjg7D4G01nnivQ+HXhrltu55Gh&#10;ATSb1TiIV9qb62gwmrAP6s6Epz9g+pQ76RslVJZApXPBs6aS7ENCjFUHcefrDzF2aBtcrL0CKrUj&#10;7e54g2dGtMVJiE29tx+66mpLA4WkIvS2D/luwXs80M8X+5Nf8MiNm7jh7Ztp42aP1r0vU1Y/Qzdd&#10;I4ZmJwKCNZRVN4im4SKonQnpfgUPfnQL0VozZls9zh5qqusaaZKqSNy9kJk7DmMePpr+AdZ4PAdZ&#10;eLv5hRIkaZEKCiksLMDo7YJXZHfGP38PY0fFoZfscPPS0Sz+GZvPxtmPSJJRiICjOHTpRKybqFNc&#10;2zFsZDVHhYhvEo2WU8db+eiTZxjYKZ52dlVUGKrJOLYfr+FDhZ+bkHw6MXR4ATtPl6Jx9KbH49OZ&#10;8fEEOpozON5uACO692HMU1N5/qpI6xvP+FvnbIONLp1jB09SEzaMW6Y8xRXhwlQoT2L79Dkcz9Ew&#10;dGxXfFxCGTDhVm6+qwce2OLg4oBK0yLS/8w0SUmqIys5EcLC6ZAQhl9IF4ZdqRLiNIUDhw7h0LUr&#10;naP88Q4fzkurPuXeYdEi/4Rzwxtf8vTI/iQkOFFZJ+qMC0SZs7YDIzt4Y6OPYFD3CMZf0w1fF298&#10;w23IKErjVOJxgq+4ks6+Hvi360r33rmsTS6y+OlcVPYu+Dl7EdJcQX5ZDeUi3xo93NAWiHxVG0aX&#10;KC8cfCOIdXFBJ9Kv1Cjh2WMcj37wEc9PvIOHX7+X68e0E/lQi6unA41qAxkpyWjatKFz76t44IUX&#10;mTg0AS9dE/kpidh3bEu0uxaVa1uGjDBwLL8Y4wXC6lfROuEuQmGsKSFzVzCj+oWiFfnSP6EzcVmn&#10;yai9RCFzmWgV4iMsLNT61xlaWlrIzMzEZDJhNreuCPu9qNQ22Lt15+nlu5l+m7DmFeHxE/JKD0e9&#10;FxERETQ015NXmkdZSR6url6Eh/pa75Lv0+LmHYhfaCBVxlpySquFpabD3dkTD3uJuoZaGiQb/N1d&#10;8XIWFb1Kg1/f67nrsckM6hxhWc0g09JSzYH96VRVwoBrB9MuJvCnazJyITebmi1DgPLHZJats0ss&#10;+L8Du7BOjPliF0XFxRQX5bB7+efc0k5UpIaTzPrhDa7rHEZQeHdunvoO2+uyqGjQ0SY2iu5tA3ES&#10;Dcb4R2/l9pEalr96P8NvfpavNp0Q1r8kgm2D3AZLNnrcbOpobmzA1OLK4D4JRPu7opEFnRB3pUW5&#10;5B/6gHGDOhIaHETs2A/QHD1ARWMLutBBXN/Og580mxCCKlGBxd/8HktH+JC3bBKdugzn1TUnKaiv&#10;pczVDbkHXc7nOq1oXMqqMJwbZWoNGjtnLqbxLPFtKODg4le5eUg8QSGdGPfWV2yqrbUIFNtoURm3&#10;icXf4WwaqX16MOml27imm4GvHxrPkLvfZNGRfOpMZ+oJeTik5NgiHhzejajgQEKE5XmyqMRyTYU3&#10;147sQICzEKgiXNqSKiFCU5i9MwOz8IupIYet79xGeFAQobFdufWzdMvvLoYkNVGds5eZT1xLaFAI&#10;8X3HM3VJvvWqCZPwsiHPQMG+46JR+rlwkFF5BBAj8n1LxlF2bM3Cp96GcHczmRumcYfwf3BQGL0m&#10;zGB3Sq31F+djlmrJT63h+Ft30rNNBEHBCYz9aA+bU0upF/Wm3cCr6OnvcE5Xe4UQmZUcfGoQQSKM&#10;4XG9mPB9BocKq7B3COCa4Qm4iXSqNRood5HTVYhOJx+CY84xBFWOBHa/kvHPTCQkfwWv3jmK8a/M&#10;4VBJA+r6RjSaAk6ZUjmUWSGEbS25e+bw+PX9CQkKpdv4N1l26NxtFEzUVzfjLAsTUS+q0ODorKW8&#10;WTSeIgzOonm6cL6NLrgPo9r54nzuaptfRJ4L4izqibPDo2apAWOlGX8n2U280dYOOycRM7VC4V+I&#10;StQxwXZI4Wms2rmf43XFVMf70mA+yczvX2RURyEeI3py53sfstOQK+omvRBRMXSJ88NOZSBz03+Z&#10;cGUPSzr2uOsLNp/KpzSnAkehgy31jnMQ0cHeONnXUZhew4l376N/+0iRjvGMeW87m1NKaLDm699E&#10;5F/JWEWJKN8NtdmsylzKpN4iT4TE0H30w6yqO0Zh9cXz4d/F2VL9N3LHnXfh7X12mahBWGf3T7qf&#10;8TffzOHDh62u/zy0ohG44unZ7Di2mkfkSUAKv4gkrO76amHxigpIY+eIs6PGeuUM9m6+BATG4FyW&#10;T9JeURE0BRAZ2w5vcxkV1aU0Wu+TcW43jpcee4aXJgwjIcJbVATWC79Bi9nIlhfHkhDijZdPNC+K&#10;BtbQ/OeLj4tiK6wj+zCuu+ZFVp8sEQJJWKoirMs/eZ4+fudazmqcAuPpfvUD/HfRfD7r54jpxAnq&#10;DCZLHDaJukrVUkdFi17Eo04IDuvPfkKFzskV786PsWzvKUrLKy3vSjn0Cf2FdfZLFYKtnT/dxt7E&#10;A++t5dCs2zj+yRpKhKXlVVlBg9ypIFd6TfVIXm44XmJ8I1It7+ga1hw30HvqdopKTrDs+XvpaZ0P&#10;cnFscA3rQL8xTzB3w2LeCiun8FSKxeq0YDzGvCfXEzRpFkdzyynb9SEJfhcve/XDXuX7mS9g/8EM&#10;dhUZqNw+jUf3dGJ9mrBic4+z8JEo650/x1xTSOKWlaxW3cSerAKyDy1h6rhAyzVblRc9+9/Fi3f3&#10;Jyx/E7uyziyr/hkaX2K7aIWteoCNybY4u0TiXbadLzZU0P2Rb0gtLOTo7PvoGytax4uixdnTloT/&#10;zCExo8iSjvIn66WRQrCdX37OoMMtwJ5uH+396d6KnEwO3NVFNP9WbDSiMXTEs0pOVxN1NUVknfxR&#10;VFmxcyEwYTD3PPUu33z5IgMDMliYWExTSE+GPPwad0X6Urh6JynHd7FgYxquo94mOb+Q5CUvcF1X&#10;N+tDZITocNVQLYsQk7DwacZQ3YSnxoeIGG/hbqbxgiXufxS1EBT27mrya+UaQ95jqpFGoe08ZKPl&#10;Z9ji7h+Bq48nu7fspUncN7hdGAF2kYy76XU2nC49E4dleSx++3G6+ZwVOc1p25i+oYS2933F6YJC&#10;kuY+yND4QLxDPTCI7G0RFdXZnMoqps5oi5OHhrgnZ3IgtfCntEl/9RqCXS5xXplIq8rknWyLSiAh&#10;wJ8ewWOZceRMnqisKOPYzqXcFNu65gT+7eLD2NjEDz8spbT0jHXyIw0NDaxcuYKrR13NXXffzdGj&#10;R61X/jk4truNB28bRII80ecXZi3/uxGWh70zfv7BODQ1UJ6dTma2Ca3GCQf9OZWnbLkJCyw+Jp7+&#10;5mIKjiZT6htCUIc4y4TI8xHWjrDCbW3kj9oyWevCPRyaTXWsPphOekmNEBznV26SKMTNzc2Wz59c&#10;7/06tq4Exrmh8TzFpgNZVOYfZO5rr/DaG8tERXl2rNaYuZG3XnmVt+fto6qqkPScBmrUUXQdZOZE&#10;7hEOpeSQtWsj27Uu+AZ64aa9IN+p1bhGdmdg+iE2JZVS11zBoY9vp/2Lq8mub7bedBa5d8LUVMz6&#10;5wcy6vNEUWk2UZp9kkI/PyLCO9LhwAYWJxdTUZDI9l1J+AzoTtAl1iqWlQ7C4qyvMaMWlq+pOIPD&#10;WSkc/xUDreHUEp586nW+Wnuc+qo8TmUIwdVid6ZXx4K8CkVCJax2tW0Nx7Zup9pYY712AWpbtIFX&#10;8OTInbywLlekt1l81MIaVtNccoTV20qtN14cOW4klchnUj0lmcfZc6Ta4n5m2NCVsM6dcQ9yYPv6&#10;A5QbLzLerhKC09uDvCP72ZyeSaOXM442wv8i36mF/20bstgn8kJB8bnS+ixqtTNxPXpTt2cXB3Nr&#10;aKw4yKfjR/Hi6tPUXlQ0u9Nx0EAKlyxmf4UJY/Y6Xr32at4/VC5KjYzwtxAevuEJxB9YK8TdGua9&#10;9jQvLj87CV5qqSB5xbe8ePPrrM6ppaZMNHC5lTg5iEZSpcbGOYKeHZ1F0BLZkFKFSXhDJeLZtlGI&#10;j6Q00nLqrU+S48mRsLadUKWncehYOvlZ+1izXCLBNYZuXbpSv28f+08XUF2whReG3sdna05R3fhH&#10;esJtcHYIJL5DW3KWL2N/QZkQv/vYvT2YK9r6W+PgLHI62jg44yVUR+n6DezJscXXO5CQBGfMjqfY&#10;eiSHypzdzHjhFd75cA2FdeeWn3PS0ZjNgUMZFBRBQFg8zUlJ7N/+Ax88/zyfrk+mqN6J2O49MR7Y&#10;z+GcKowVh/ni9jG8siyJKqO839GFPjsfWfjX5+1h8dIDdLlpBLH+kXQZmM6clceoqi3myII3uOvG&#10;TzhWcfF89Hfxt4qP5OPHueuuO3nqySctBflC5AagrKyMRYsWctNNN/H222/T2PTzCrK1Un96GetT&#10;ay2Z57cy0L8SOV6EpWXv7I6zKKSSWTRCQnh4BoTj7Xp+P71KpccnxJeQGC0qUf/4u7kQ5qG/yExw&#10;iZrkRTw14VYmvjCD/RmlGK0CQ63SEODngoOwClX7tpORWYDhnAldNmo7+jzzDbsTT5Nyaj/PDI5C&#10;r7lM6aayxze+H8O6B5I67Qa6D76PhQV2dLuuD37nCDFNYAeGxduQOP0+evQcy7xKO2L79GTQ6FsY&#10;6XGSzyaOYNjzOwgcPJheHcPQXTDMJ+dDjX0Ct741kPzP76F3u+5csyeU/4zpgq/dxee/2Gjc6XL9&#10;nfgsGE/btt24+cM8xj14Ne3i+3LDY/4su7U/vW94hf3BE3hyYKCw/K0//A1UKgcCO/Yi3rWKuROG&#10;MPDBL0gyOxMb8svWnja8F2Nia1j+6k106XULG1zC6Ngxljad++Oy6XPu/foEvle5sOnd2+jT8Uq+&#10;rfEi2KSlqalFNAY/r2NUtl4Muv02zB/O4lToFdxiP4+rundm8H+24Nu9A1UVVZTnH2L+kzcwdVuh&#10;9VciL+k9CG/TjvDUtxk6aDSPz0nBJTqMmpqGM71wIp61ftF0DnfHK3sXJ82h+FTlMOvtqby/8dSZ&#10;Rlk0hu6hcQT5Roq0jyEoNhTPqO4MC61kzevj6XndVA416DHb2VNbupd37n6Jb1YmCiFzZga1vHpO&#10;3/lGXhrYyCd3D6NL79vYHnIDYzv6c7GOD/l+9/6TeLfbKW7t0Yaeo5+joP8j3BDjbL1D3KPW4RXd&#10;iytvseO7p6YytzSWm6/tYL0qEIIntGNbITxP8Myg7vR+7DuSvYYwJs7d0nirVDpCRJ6KlLQUnzAQ&#10;EiBx6tuJ9Bn1GMvSW7BxdcVQ12iZpyHnRV3cMO4f6MbeD+5lwJBHOBrXg8H94wntNoanBqiZ9+R1&#10;dO77MJl9B9O/cyD6C8X070DUNtjauxLe70YmeO/gpt59uPXNTYQ9ei+DIz3wDvHBLXU2z01dQIpF&#10;AItfOHgQERHLwLgI/KK6EOWqI6DDIIa1d+HIe9fRffjDrDW40O3q7vjozka6NqgDQ8Jq2PLurfS6&#10;7iV2V9mLIu4AIYOY3N+BTdPe45uKEHr3jMLfRYO+w/U8N9DEV5OuFOl4C5t8R3NVp2D0NVt4fNBj&#10;LE0uESL7/PxbkTGdkZ3iCY8UxsfVL1Le81meHhyEo1sYA2++k6idk+naRbxvehq9Hxkjytkl9qJc&#10;Jv62HU7l5bX3TLjHsmy1vv6sGv4l5EmowcHBTJ78AJPun4RWe7Fuxb+W37vDqbAjCB71Lmu/uocI&#10;y+Q9ifrsJLIc40nwPGf5nkgCk6GQ3TMmMfjJVVbHS+cft8Npcw3pO6dz07VCTMb05s572wrr4TsM&#10;8R3oaZNLvecA+rct5NWXNtDpmgm88elzdHG3oTZ1Ix+/OYWp8woYcedjvPjKg8RVbeW1V17h/YUn&#10;GTzpeZ57ciIxhQt59Ll32ZgZydNTn+RK70M89twHrDmo5s7JQ0jZtosjJ0rpP2Uab04YSZR5N/dd&#10;+yhLDmfR9dWFTL9nAAHO56ZPC0XLxbtum0kznZhxeC3XhztaKs/fhUjnFlMDtdWV1Gk98XcSQuqc&#10;Z0hmE411VUJwV2BoEhWzsxueHi7CcqqlXlSGdk6uQkxINBkqKS2rxCCsQHtHN9w93HDUmKmrLqOs&#10;0kCTaNTdvDxxE6KlubIMo9YZJ70OW1MN+SWNuHi6YE8DJYVl4j0mzKIhDfR2x1FdT2FeI26BbtgL&#10;6/9Hv1ks/GYDxfmFFstTrdHjFeCHq4gio6GC4sIKGtUaHNx98XG2pdEgGmyTI0HuotGvr6PWoBIW&#10;vh6prpbammbsvD1xsk4QlXfOrKkQ/q6opcVOj95OWM+2dujsbCyrlDT2Trja25zjlxYaa8opLq+i&#10;oUlC5+KJp7scnnqK5B02RePiY9dEeUUNjSYVzu7OSAZw9hX/V5XT7OyNm2iZzYYi0mscCPd1ssRL&#10;Tq4Rz2AXGkvyLftB2OicRfxJVEsuBOsMpG+fzSz1Dbw+IsjqDzOmRgMVxcVUNqqwd3DAXvjZZKvH&#10;VdVIXb14t7cz6oYa0dia0DjraRHpVmZoEiJYK9LDCRcPZ7SSkfLScmrMdnh6uot4MVMv0qxU9r9o&#10;yF30NjSoHfDQmzk9Zx75CULodY7HS8TJGX/I+2SUU1BaTbNonBzc/fB212PTUEpOkxMhbg7ifY1U&#10;pBUhBQbhYW+mobyY3DKDpUfC0dMfLyc19cLIM7v54SbiX86H9TVlFJbUYqzJZM/GmWwInsLMq/yp&#10;rZVw8tJjEmlQUm4Q4bUXjZ0nInmprWug2cYRb0cVBpEPG4W4stc0Uy0EXJ1ZDrOWFhs7HPUibh3O&#10;7EIrp2ezyC/FIj/Xi/TUu3vj6Srv3QFN4h2FZdXIU2acPH2FP0WDW9SIk7cwIOT8UZlHgdmdYDm8&#10;IntYnifqlvzMWlzC/NDbmDAUFWFyD8BNLh+VBZTZeBPkpKKuooTCigbUWh3uPr7CPyLtGmopL66g&#10;yVaHzkEt/O8ojBx7TPU1VJTXIjyHl/wuTCLfi3JaLspxkxoHF3dRTp1Qi/saWkSYnZ2xtxHxXCWn&#10;o/C/yJ3OelEuRDq6OYl8IvxYJMLVbOco3tCIWed+ZtinrsKSjk1CmerksuTuiFbk68LsWvQB3pZ5&#10;Lj+Vg4ZyUrNLf5oMrVJrcfPxw93JXsSFqGeaRN4sKaGirgVb8R5Pfx9cf8G4+NuQxcffwZ133SVp&#10;LthR8rc+dvZ2UoeOHaSlS5dan3J5+V92OHXyipde2pYrlSRvkRa+fZvUt/cw6ctjVdYnWjGbRZnJ&#10;l7Z9OPqiz/itzz91h9MuLj5S2543SF8v/Ewa6+8h6dw8JM/ITtKwxz6Vpr99q+Ru7ysNufH5MztF&#10;yrtYpm2U3pjQQ7LTBUpjH/xQOlbZJDXnbpNemzBYcrZ3loZMel3allUjVR3+VrpzZJzkETRUeve7&#10;bVLG9k9+2uH02c+/kN6780op2s1RChz8pLTycI7UULhBmtC7neShc5ZGvLdOyqu+cAdHeUfM+yVX&#10;Z3tJ79xLmp9W86fuiqnQejGLtK8rzZS2ffSOtCi1xup6+THXn5Lmvb9A2nEwS6oTrdNfhbmxWsre&#10;OUd67J7PpH3FlVL+wQXSG7eMld7cWaTkeYU/lb9l2KW0rJSNGzfIwsfqcmnIq2BSUlL4+uvpll6I&#10;fwLG6nS+fuQGxtz1CM9/tpykU1m/MB7770TuCra11eKAbAFVUyksBxthAerOdgj8KmpXb0J9fQnQ&#10;mMitrKW41kiTUVhgTRcf35S0fnTqE4WHtz0VSZs5ml1MbeuaBK7QqlBj5+xDm9HjGBj0N+7Pow2g&#10;33UDaBfta+mV+suw0aIXFnQgm3h47BgmvjKfmk63cE2cy09Wt4LCn8HfIj6OHz9ORUWF9dvvQ14C&#10;eeToURYuWkTzRda+tzbkbsXC5P3sPXKctAKD1VXhLDbYOTjhE3hmtrlGK8/612N/qfWcvQfh4UGE&#10;+mgpyC0hOz+f3Ox8qstqqQ8MQefjjf05y/XkMeng9p0I8fJBXZvBxuQcylrZ5jsKrQe5wbWRu+ZD&#10;gnG3+/umyKlsHPEP9sL5Tz5Q7WeotbgEdWLco0/x4jNP8tAjj3Lr9QMIczlnGFJB4U/gbylNBw8c&#10;/EP7d5SXl7Ni+XKOHUuyuij8Y1HZoLXX4+4nz+FR4aJzIMzL8ezSv99AZeNCZMcutGkfhSplK7Nf&#10;f4pnPlrE0Txo3ymBWHkH03NWGsk9LXbB7ekfGYintpHTe46SXVGLLD9azE0cm/smD9xzG+NvHs/N&#10;X+ygsKbRMmtdQeHfgKUn0s6FgPjujLhiJEMG9iYu0AXtP+WkVAULstFbV36aNR/+h+c/W0veeStx&#10;Wgd/S45ycfnfuvDks2Dk38m/lzemSkpSxMc/H1HZae1xdrO1zEa308iHOGktf18K8rH7bhE9ue6O&#10;u7i1hwfVyTvYmlhu2WTsvuuH0N7v5ytiVA7B9OwVgaeHHTWJ2zieUUR9k9lSYIuTdrDyh8UsXLiQ&#10;lSv3UFTTcNFVEgoKCgqtFmFIGUpS2XbEhFPzSRJLW1/v7t9ysNzxE8dZtWqVZQ7HpaLVagkPC0dn&#10;r8PJyYm77ryLgIAAwsLCrHf89fwZp9pq7dzof9sEep63cZScV/5FB8sJbDR6vENi6TWwH507xOLv&#10;F0RMp4EMHTyInh3bEOLrS1h8ZwYM6EWbqCAc5dUXag1690DiO/ViUP+exIT54iDcLasv/IOJjo4m&#10;oUN3+g25gmuvu5YBnaLx1AlRY2uHi1803Xr1p1/vzoR4e+Dq5YFPRHt6detMly6diYmMpVvf/gwd&#10;Ppzh1s/IPj3oHBeIk50GtVa8I6wjQ4YMEr9pg8c5KzB+D5KplqK8FA5lSAT76s97htRUzuldu9mx&#10;PZnsvGxOHCvBKdQfp5/vFPa3Iws1Y00uh5Z8xz6TFzZZG5lxREWHcPc/xUo2t1Rxes1ythwtQO0d&#10;gJf+531h5rpMdiSVWsSrk07z+9NDMlOdNI83jznSL9z1Z7+XxPXG2nyOLl1MlkccQU5n/SCvMqkt&#10;SiVx41pOlNWQsWYftSGR+F7EnzJms5GSUxnkZ1WIv3PZuOcoKRU1lBw6wsnMcgx5BziQWiwsM188&#10;HS4S1pZSDn3zHVuLbfDy8cDxknb4/JuQ463kOKt3HuJoWjpJqenk1DkQ4qU/ewDcX4i8Wqfy6Br2&#10;mwIJdfnlVZFyHq4vS+fAysUc04TiayonbW8man+Pnx+BIcLUVJHG1t172FukJcrPSYTll/O5ZKom&#10;Y/cK5s3+nsPVWpyaMlhzupDylC1syjDg4OSJh3XFzyUh3l+TvJDn19XTKdrLskPqr/5WhK2hOpfD&#10;W/dTqfcloUsXgtSVHN+/lnnH1bQLc0Mj+188t77kJNs2r2RLobOll8vifhn4W2q1tNS03z3sIk9O&#10;lcWKs8uZNenOzs5ERf3yDoQKrReVjR2uQZ24ceIEbr5+CGE+gbQZdAcPPPAAd914DV3C/AnvNIz7&#10;Jt/DtSN74mPZv1uFxjWILoPH8cDku7liQAc8f6yA5aEUJx9ie17BTXdP4oH77+CKnvF4yZsdiN/Z&#10;+bbjqrF3MHnSLfSKD0KvsRWNei+uv2WCcLuD3u27ctVNtzBRvP/BBx786XPv2F74uegsy7z1EQOZ&#10;eP9kJt0/jmjX85fIXjJypVyVS+LupaxKqeRn/SnyEJSDHicXRyEkxf9OukveM+PyI9FUV8KJTUvY&#10;nlpE7vFtzNudTeNPp9H9QaQ6cvduZeuWg2RXX8RqE41/xcl1LNmXSHbV/7p5kkR9+iZmHvz5uR5n&#10;kGiuLyNl81qSy3/uBxsbLTonF/Q6HXo3p/PmFv2MugKO7trB5j1pNEi2OOr1OKqqObVzLwf2nyAt&#10;cSd7DiaSe7GwCiRzNSlCjG06kEqFvKVsq0bev8cOJzkPi3C6yGG1k3s2Lw8tpnx2fPAdh0t+29qX&#10;9xnSObuix0DesR0sXp1ITfPF49dUk8/hw3vYmFxM82+NxTYWc3TrYU5n1GJrZy+MTgdcHHQ46F1E&#10;fOiw+x8KttrOGW8XeSntJfxWLQSPTzxXjelLu469aeuhxWysIiN5O4v25Z5TTkU5rsrm0O61rD5a&#10;SNNlHGO+7D0fDUYjr732qmW1yu9Z7SKLldraWst5L/K+IK5urvTu3fuyWvtKz4fCH0Fqqibr0Eo+&#10;mjaHg7Wi0nMQFdrpAxzNKCX7ZCk2rjaUZZ3k8PETZFXU4RAYjK9dFYmnk9h/NIkT29ezN60arbMn&#10;ro4SlSl7WbVsGSvWb+VIfrNoAN1xqD7GymMZ5BzdR1qNWoh1UbHKx+LXZ7Ft6WGKSpNYfaIBL3cH&#10;TJk7mP39MjZvP0SNWygh7vKhfHVkb1vA9AXrOGbU0HRkK/luUfjalHJw2Sxmr9zOMfEun9AA7EUF&#10;e3LLRoojBxNTf5BlyQ0ENh5jx8EccA/Aw0Y0rkl72ZxtQ4SvRvg3maM7TmJwkMhKO8S2o6dI37mW&#10;7SdKUDl54S7vN5F/gs1rVrDu8HFOik+xxp92PeLRZu9iuQjrhkM5tDi44U4+y775knnbjlPjEkZC&#10;iA8u9mcsSXN9Mce2L2PBsrXsOFGKxtMHL0d7VA2FHN64gLk/bGBPajVO/n7octbxeY4P/aq2MmfV&#10;DlKa/YkOcLL23sgCq5hTG9aT5+5L5tpl7EjOQeUbhp/OTHVRKoePJHI4qxxTVHs6BLvSXJzKiT07&#10;OJJeTE5qJboAbxxtGsg/uJm5M+axJbMOLz8XWux12GvMVJ7IwqB1xcu+lMJmF8ISOhLufmYzKPng&#10;uMrUfSz7YSU70jI5te0gFWHd6NclAk3+XuYvWMb6rQeo0PsR4K6nOWsrX+0+TeHetazZsJN8Wyda&#10;hECbvXg9SQ1CnP84d0Pet8XcJKzwrXwzczFb9h0mw+RJsK8zNo2lnNqxklkL13D4pKijPQLxtK0h&#10;NWkL83cdI2vXOraJ/FXdWEf67lUs25NOnZ03AR5CKFt7NSSzkariLPGbIxw/kUGt2YmgYG9UOUmc&#10;On2CIwezKa9T4eTlYhFsUkM+e1fu4VjyHjZs28yGVNFgN+axe80aNh3JRyvSz12kn1R9mlXz5lvy&#10;+9EaZ0L8XLFvymP74rksXLOJvak1uAT6YDryBS+8uIIC0eiHt+tAgN4Gc3M9uUdXMTddT/tAR0wi&#10;j5zavYJdtXpcxd8lRgNJc2Yw93AxHn4B+DkZOLp+MfOWb2T/yTxqtV742JSIOMmkzD6awWEtJO9Y&#10;x8Ilq9lxNI0alSNeXsI/cnjMNaRtE+/6bhsFaj+69WmDm1RJ5uEDHE9rxD8shqgADyjcz6LEbEqO&#10;7uJUnQOebs7o5F5Oeb5G3kEWzFnC2s3bSazR4+/nhl1tJofKnOkYVMXamQepJ5m5c1ayq9yOcJHP&#10;fto7R/y+qTZflIH1bBL1irGumkqNLyEuTWSdOsju2ijGdXWj8Nh2lixZz4GUdNLzCqjz7MnVbXVk&#10;H9nG4u9/YMfpIpp0Xvjp60k7cIykQ0c5XFBMuVGHn6gr/uiu3ZddfKSnp/PGG6/T2Pj7rRVZgMjb&#10;rstbZ0eEh3P11aMswzGXC0V8KPwhTPWUpB9i1eZ9lOqDCHJsIGvJV8zemkJ+vhGtQwPH1uzkVFWl&#10;ZQvzE0UGVKLiPyAazBlL91Cak0pKSgVmOx8CPWvZsWkL245kUl2WzuF9BWi8gvBt2M27sxazbvUG&#10;0tUhdIyNxMdJlJHqI3wy5Us2iIbph1RHuoQa2LJqHfszKzCWnuZYYiMB7WNwq9rNp58s5kRpDocP&#10;HuLA8pWY+ozG7+Rspq04QaWoyEoy08hq9iPet5n07ZvPiI+qbXy7+jDF1RVU5hdQUqzFPwiOblvK&#10;rDRvrunmRtGuTayff5DmKBdObPyGDxfspjzrNKkZ5TS0eBAcYCJ52xqWbdhN0unjHDuWgtE/ljif&#10;Bo7v3s6+lEIqCrNIL1Pj6dRC+pGd7Ms24hHTjb7xwbhbtvVsomj/fL5euZ/Mkkoqsk+RXOFCQqQH&#10;hgOz+WxlIiXV1ZRnnCCx0oNY+yS+WH6I6mOJQvDls3+XkQ5DOosGSx76kGisKyJx2fdCWKVz4EgW&#10;NeVpZEgRdPCs4sCCWaw6Xkp1TQnpBSXU2QuRU3mEFV9+zHdbUiks0xLRqz3+Di1UpAlRJoRCrsmF&#10;SJ96tolGudCkw7GsjIZfEB/NZcmsWLKCjfuOkJicxLHjGdi0H8zAYCNbV61m+6lCDCVpnDpWj0d0&#10;OLqUb5nw2T6cbJuoPL2NJfsyaGpupDTzEOvWVtNueFeR5zQiVHKPjmi03/mMxTkNCMVHamIOTvEJ&#10;OOZv4avZG0mrqKU2L43MHA0BoRpOrJ/Om8uz8KGEY4d3syu1BGOtEJ9HTpNf7khsxwjcrT2RLdWZ&#10;bNu6kZW7UzFU5XPiUCqVZjshPnayaulCfliXRqNbMDEJoWdWEBlO8O0b37BVXvZuzGeXiKfTRTXU&#10;luWTsn83ua4xtAuUODFnPgv2pmEQgjD1VCpVXuH45C7hwx+SqTPWU54uGlZ1HF2l/SxelIQ5Io4e&#10;/XoT5qzBbBL1657ZvLKomZGDI6H4KEs/+IZjrp40bpjNbm0kjqcOcLDUlvi4YGwbTrNkfSLllUVk&#10;nkglt9yJqHBb0tKzKNUGEtucKdJgD6crSilITSLdYINPZCwhzlohPhooOn6I7TtPUqV2ItSvQRgP&#10;Rzl0upC60mxOpxmE8A3AsWAVL3wtBO369aRpY+kVHybysK1o58o5/MXXzE8qxNhYQsq+k9jEdMQn&#10;9UtuWKzl9j4VvHHnxxzM28ueHFEeU0/SENqDHoF6i7A0N9WSfWAhHy9JpLq2StQ5SRxIaiKqYxD1&#10;2YeF4AphqH8lm2YuFOIkhdTjhzlSJOEZ3Y2u9vlsmL+Og/nFVBZnk1MLbp5qTq9awjczvmdTZjUa&#10;j0jL0I/9Hxxe/WO//h+QxYO9vT06nY7hw4bTrWs365VLQ7ZswsLCueWWW5XGVuEfhUo+kCuuK9de&#10;IazkEeO5rZ0XNQb5bBY3EvpE42YnGsMe1/Psm2/y/J39cDNlcTC7GlNFBSbbQHrfdBdD/ewoP5FC&#10;kXzUu28Xrpk4hbffeJLRzo2UZeRTLp99kS8qLa8E4iNCcJOHrKw01eWRWe/PcFEJ2WauZlFxMLc/&#10;8RJvvDKJ8JPLWXUij+yt81iuGshzrzzH7RFN5BSK9zQXsmf6Whr6Psxbb77MA0Nc2DNzHdnnnDkj&#10;D2+pXIJoc8X9TLy+G+aj69mb9wsHqskIAdDS4kqH6+5iVKwXtYnHSE1JZF9mOZ79xzP52kG09dOg&#10;1lSTvnUX6XWhXD35RaZOHoI25QTJ+Xr6dA8n7orruX1YNyKF5S3XDVJzCQeWbKXEZyQPP/86r9zZ&#10;nqKVW0jKTmXvnE1UxdzMC6+9xct39sGpsR7LeXSiIWvucifPPXsHsfs2crTs/DM6jMJqzhECZtj9&#10;D3P7kGBObt7LKeHXnXsb6Hn3C7zz9D0Mdy5k4/L9FDU0UlnbQK3GnfheMZbGVa12JLRNGzr2G0iv&#10;fsMZ1jsW99+qeYX1WpO6g02FdvS6YQL3DmpPsGgEVDZCyBxfxbI8N0ZN/A9vTH2A+IJtbD6eh0E+&#10;fr3BmR43P8lLj4+hZfcxmjrexmtT76fdoU0cKv4xXBImuddqYwbx4+7l0ScfY3y0FmNNKal71nHI&#10;bSgvvvEqj97SB/ORlWzIMGBuscXNuwPXPfAYN/aMxJBtpu11E7l/YCx2x5PIrjk7VCHJZ+t4tmHY&#10;bc/wzttTuDlST/3pUxTUNZBXbEQXHkZ0nD+O5ww9mDHhGDOM+x9/nHsCayhp8OHKCQ9xXy+Jo1m5&#10;lOUd5PulecRd9wCvvDWV+6Ky+XrjMU4c2cpBz0Hc9eAUptzaDU2LDb79buIKfQgjJj3GwEAHS95U&#10;a3T4RnWh3bEjpFU1CBEghE1OJP3C3LFR2eHpF0ufUQOJbzOEa0Z1wdXFj7hRD/P22y9z/6A4dCKM&#10;mTVnhipE7NEkuRLf5waee/N1nrmpg+UcnhOFtZbefLWNKwkD+9Kz19Vcf90YElTFZBp8GHb3s7zx&#10;0j3E1iSz+/BpSuRti3NyMQZ0on1EAE7WpdySuYLTG0/g0+ca7n9mCpO6eiKb2OeOExhr0klpbMcj&#10;zz/DPW77mJ9Y9NPEeHmuUrPJFp+BE4X/hf/uGILPoe1ChJ9JI3neWV7acY7kBzDugXu5qWcYdiLe&#10;zI1lnEg8TmptDHc9/ypTxndFXZLIuhNl1DdXUmRQExQQSedQV2xFnP5RLrv4kOdpjB59DTfdNJ43&#10;3niDSZMmWa9cGi4urlx51VUiYXtZXRQU/pnI2++7B7djlKgk77vlSgaIxio0wsjBtavYsC+ZrHID&#10;dQYjBLRjyLhbuG5ED6LctNi3NCK5RDAg1hlV7h5WbdxHuqhMDc3yEfpgHzuQu+9/gkdGdyfI7WwP&#10;m51tDFdPeIJnJg7EuTRPVFZVnN61jtU70mh2zWZHxmmO70/Eu0dnwv3aMu6RxxgT5oa5JoeDe804&#10;VYuKaNVG9ucbsc9LIvWcBkfl5EnEyLt55vreJMTHkNDWQE7ZLx+boPGOptc1tzB+VF+iPBzQS9UU&#10;5+XSYqcjskN3Bl91HdeP6EWErpLMUzUYcgtIO7iNLUm54u90iuUtyZt+PmyrMuaRdNSJjrER+Lu6&#10;4t2xJ12qssjISePQfg8GdI3CQ++MX+87eP3RkQRrVTj2up3nHh5LfLA/QbYizuV93X9Chb2TLwNv&#10;f5RHR8QT4OKCurKUoooSsmwS6B7tgbNXEDFhcYRmZVAikssjtAPXTH6Me2/oQ5TLxSeg/hbykEtJ&#10;ViZ2AQFEJ3TjivG3c70QLV4ORgrS0mgwlZN+YDNrt5/GoBPpk11MnXx+TXgHwkSa6/1CiHXvw+Ao&#10;N2xdvAjR1Ilw/bgvkgobO2/iR4TQlCks9B3HaOg8jLZuBvLScwnu3pUId2e8wqOIaVPO3swKzHoX&#10;HORzaNwc8fRNoItvO9oGu+Po4IALDTSec/S7rRCh3aJ98ao+yIpVW0jMzqJCWOP1jRDS/UrufHQy&#10;NwyIw8fhrDC2s/Ehxs9LNPrehAYGMLBnFMHe8unS9jS0NFOXc5qjts1Upe5i7eqdZNTbUHokDVNw&#10;FyJtSkjasY6tRcHc3TMQ6+jD+ag12HmH08EjX8RVOeWFWeSExxPpdNYPP6J28CA6MoZOmlOsWbOJ&#10;/aezqJNqMMoH8sjXLQfiheHvW83etevYfjSd/FojRln8We44izwEk5tULtLEl4RgT5xE3PXpoMbQ&#10;WElNgwldmxFMevBJHrqyA95yD6VAJYyR6KER2NWksmv9LgrjBtM1xOW8yboO2g7cOWUK18WH4uWv&#10;obqu6cy7hSiw0ToT3uVKxvpls3blarYcyaJZc3ZPrJYGA8W1FZTEdqFv554MG3crY3sG01JXSX6V&#10;EGX1hZzeuZmdx3IpLBJCMLuQRrUvnQfczCOP3sGIriHof/Xk6UvjsosPeaLV1Kmv8PHHH9NGWAPd&#10;une3Xvlt5CGWnj17cN+996Kx/d8KtYJC60GLl7sP7YUVaG+qIv3wBr6bMZOvZ81h8Zo9HM+oocko&#10;hIZvIL5hIXjbWy0jWqjLPcyG5d8x49tZfDf3B7anZ1EtrGUZ27AYQgJERXfBoXhazxi6hHjiqG2m&#10;usxI5ZEtLF0wj7ni94ebwkWjrBbvM5+tWOxd8XRWI9VUkGbMZ8/y78W98/lh4ynsu8ubt52tPtQ2&#10;Nji4OKGXVx/Jp5hqzy+fkqkZY4NoAK2HY6nleRiRUfjpfnxGi3h3E8KkPDMvwVaHXtQVDi1GyhpK&#10;SDy6jRUL5zJ34Tby9RIO3g4Xt77k90iiAhYVtXxZEo2OTtWIqbaG8haVqMDlpvd8tEKgxF9wkOGP&#10;yALRwd6T7p1CRHxa40Xu2hbvMYk6yLIQSYRXo3XA2RIfWrw9fWkXI6/E+t8raNm6NhqasDXLfhY+&#10;1uhxcbRHa9tEbXk9lUd3smrxfJEeSzlQ62uZxPizMXiNk0jrny9al/fy0DqEMPjJZ7gqxomKA0uZ&#10;MWsG85OLaDaKuLWEU4RcbSOfsE/jhZs5WtJXh/1FosyygqT4BDvXzOHrb78VeXMJm46dItsoBEqz&#10;lsiwQCIC3YTY+DHdL4YQTzo7y6nUMvIwUV1NFYbSJDauXCLCPIclB+sZHKAnrMfdvHNNVwKlkyyf&#10;PY1PZu+nQuThn6PGztGXsP71LN9+iBMnT6Dq3RYv3YWBMNNUnUfilnl89e03zJ6zgNW7DpNrPtsb&#10;1tJYxsn965g14xsRb3NZsuEgab9w8rD8vOYGUSYkWxGfcp60Redkj611BZttVAJhfm4ir5xNJbWN&#10;N93ve4Rre0dik76Z77/5nOn7czGec7CcnW9H+oX9fBsBy8KMpmoy98zny5my/+exZO0O0sxneynN&#10;8tk9TUYatRps5Lxg54CDsz3NzY0YKuS5OptYNH8u89ceoqHOhrbuNkKQ+RIRFEKIMH7+LH4tB/xl&#10;eHp4YieEhNxNGhkRYXX9bTw9Pbn1llsIDAy0urR+JI8YuvfuQ79+/SyfPr27Eej481KrstHiEtDm&#10;p/v69etDtw4xeP8JCvP/G3IFV1eWy8mDu9ixL5GMwiqazS00VuZw8qhw259MTlEhGaePsWf7Dg6n&#10;5VNVVcypxINs37aNbRd8tiYKy8xgoDw9ib27tlvcdh3JoLpBWBOiMEtSI6WnDrJju7j3eJHFyvs9&#10;k6V/G1FhVGRz8GAyJcHX8fl3s/n85bsZFOdkvX4hjRQkbWFftRdXPjGN72e9z719u+AlGoVLQaWy&#10;x1tYYQEjJ/H+jO9ZsuBbPnr5BV4b3p2oWD/ys3KpqCkjfbewJtPrUbv4CssrjrEvTmfh4oXM/ep9&#10;npw4md6+Z3tVWuoN5BzYweaT+ZaTqEuKbHDVay2rddTGaoqyT4vwHSH1F06lVokGx9XHC5XWTJFI&#10;u/zURA4mniSvSS8s4FCGXDeZN76cx8I5X/GuMF5u6NUOb4efV1+SsFpDvBotB3cZhHAzFmeToRFW&#10;eGgknQIayCqspsFkorEslf1JORhEhf67U9JWg95JCLPGYnIqjDTJh+sVZ5Ghc0D3aytefgdqlQPe&#10;oT40GA2UlBaRc2wve07kUlWvxTNQpN3wu5n6+WwWL5jFp6+9zNRR7S2ruy7l7XLeNTdXkZNuIrz7&#10;1Ux6+XUmROey+GQDzv5O5OUUUNPYSF1lGWWF9oR7OV/Sc2UkqYnik3vZm2Wi04QPmT/nEx4d3Zcg&#10;IU7/VywC0MufsKBhPPLaF8xftIBZH7/K5MfHiDQow+Abz4A7XmfW1CtIXbaP4oaf73xtEVz27oQl&#10;JJCxeTW7j9UzvGOwEEEX+quF2sJTHE48hf7q15k/bzpT7xtDjPrsibDNVZnsOpaNqc2tfDlHxP+z&#10;N9M78hemAKh0eIZqqBTxXVpVb5lDlHK6FqnZVojsi8eq1FJDXlodHuG9uO3Fj3ixbx0rkwtFvr2Y&#10;qLoQM42GAg6tWUZB7xdZKAT7Zy9NoKONznpdaFI7Pb7ygYyFueQU55OSdIDDxwqE3pe3LOjI8Ksf&#10;4eNvv2f+t1/w2ssPMLhf298eJvwf+FvEx4XYXmIvhjzHo0PHTtZv/wzMfZ7k+2Wr2bhhI5s2bmLl&#10;stmMi7ogo8pdZQ6etB/7quUe+bNx/UrmfPIMQ13PZhqFM8hd0vn7F/PmpDFcedNjTF9+RFSWDRTu&#10;n8vUydcy8q6XmbtxHTPe+Q83jLyKBz9dyrGjG3nrqQmMGDqEIRd8hk2Zx6HsdLZ98Dg3XD3c4jbq&#10;vo85lFOJySwqanMFO9+5jytGDGXQi2spFaLkf0UtRKZWVHi1haJRrGz4qeEzi8pRY2umpSqL5MP7&#10;2HfkNOmF53b/n4uoSPXOaJtryTuVxME9orKvyKVY1Sz8+ttNqdxtHNlrMJ7p+1i7dTd7ty5i2guv&#10;sCipjvB+I3E5sIIFy2bx5jszOShEmco1lkHjVGxetoqtQpytm/MRr7+1gjzDOdaesYrifd/z1qff&#10;snzTQTLqu9Ivzg8fFxdccrcz67tvmb5iL1WOP28YzqDG2TcKHyEsUzfOZ9r0b1m0PZlifEno60V9&#10;QzJbNm9h66rZfCL8tWF/Jk0aPbY1JWQWllPbaDojCLUh9LrKkdPHdrBlx1Y2LN1AWtuOtAuKout1&#10;WvZv3cC23bvZsvBDnv5kI/n/w8aPKhsHfHxC6eiVxrq1W9m2Yzs7s4rR9OtBqOMvNLI2Guw1khDI&#10;xRSUVNP4W8mk0uAR1hGvshz2rf2ej6Z9w5pjeVSb9IR26Y9P/gm2btvFrq1L+Grqa8zbn4Wh6VIa&#10;Jxlh3VclM//xqXy2chf7Du5lf4pE98hY4jp2w7xnFUs372Dnlr2klbRjZJwHly4dRMBs7LER4qUk&#10;9ZjIm/s4UFBA4R9YMy43UrqIbgy3LWD71j3s2r2FhV+8yjMLtrFn8VT+8/likaZ72Lr1MKaEIFyF&#10;Je/kDQUpJymqO5vfVDa2OHv4E3JsExuyXYn0OaduVdtga6fBtqGU/OI6kY9sqck6waF9+9mXepJU&#10;TSMt1uWpKvkkX3s1zeWZHDssROGRNDKLmi3XLzRK1GoXwnu1obYuj83bRD7ZsIrNWV5EBof9NMzy&#10;M5qyWPPqu3zy/QZ27t3GhiO1xPg4o7mwZ+sXEe2JrYswaDJEXXKIo8eOkqQ1YGw6Excqeyf8PIWY&#10;K9zL/O/n8t03c1mXWo3GyY8YXz/csuVJ8TvYsHwW7309h0XHSvhptpDcs1WeT35BIVXyccN/gFYh&#10;PsLDL633QxYpbm6u1m8K/1bUKjtcPJ1x89aiMtTQWFONscVIRZGBmnJh1Tq6YKPXc972QhpH/IJC&#10;iY4Mxl0vKkdRQHWiIgqLjKZr1yh8nYxkigJoNKkt3dymvBQKakSF89tt+aWjssHeNZAI0RDWbZvH&#10;9BM1OHp546hRY+cdRc/unfDPW8pzL3/GpjwH2vbsLCoJT7xc3Syz4EUJwEF89/TyJbzrENpqKlj3&#10;wX94YUkKXnFtiQtyRaNzxc/NGf2FA9+iwfQKcEcvb8YlvtonXMsLo9zZ9OlzPPTMl9QMfpCbu/jh&#10;0nk8rw5uEJblXIoG3c+dbX1FufOg+y3PcE3jXB578AneX9fINS/fSoKXGy6+wfg46XAMbcvAW27h&#10;mpZdrDlUTpcHxtI5LIx2PfrRz+E0W5Lr6XT7vVzXIwonBz2uLh546eUUEnHi5o6HrzuuQe0ZNaQz&#10;3hXJ7K5wp/voaxjSNpz4ftczOk7N4e+m8uQ7G9D27kPffu2I7jCY2JLDzFu7l1OlZya3ypM7466e&#10;xI3eJ5n5+rO8tk3LTXdfQWxgMJ1ueJpbnLby2hMP8uIWNx558hriPP0sk1VlVGp7PCKCLcfK/4ja&#10;xk6IIn9c5fgU6Wfn5EFQoC9+kZ0ZNH4QxtWv89h7i0nxu5qnxrQX4RJx4ukl0vT8hkLl4k9CjBtk&#10;7mLtnmxs3EW6ujjh5uWJh6cLTm7eeHm44XDOhnJ2Ef2ZMDKC0gPbSXbpxjVjhtIlzA3n+Ct5/Go/&#10;Eue8yWPPTKOg0y1c3z0cd3dfIvxcsJPHlmxEfg/xOHMInSgv7pEheFiH7eSeBDv3Lox/qROH3n6c&#10;SU9/zOagW3l4QAxhPcdwX5tiPvnPf5i2qZhuj91GTz/RmLt6E+zhYBlSs3dywdPSGIr4cHbFw98T&#10;vTW8arUDgZ360TXUjkP/fYFnv91Nc0A8fdsHinB64erqjN2FFr+Id3d/b9xc5H1tbES59LEcPS+X&#10;Q62zv3ivE/b6BMa8ejW6fV/xzINP8n5lb1644QquuvMZRpTO56kHJ/LsfCN3PzSCILcI+twfzo6P&#10;p7I2+5x5R7ZanMN7cOewHnQcNIr27vKwkgOuvoF4unvgFxVFnOoYq3aV45kQT+WCV3ny/XmctItl&#10;cNcQYRzoRBx7ERyeQO+2IdifmsOUV6azv9qdyIQY7FXCePixvlDb4SrKh6urI94drmJSNz1ZS9/m&#10;iTfW4TxsGCP6xohy7UmAm5Nlw7BzUdnHcf0L/Slb/iGP3v800zWjeKBfBC5u/kT7i3i3dSIgzNMa&#10;j2oRX6GEu5/phVTJ8ecSSs/rR+O4+BUee+5dDpjjGD0wmEajhKOrD6FePoS078ngcYGkrd9DafAI&#10;Jo7vT5CHH/H9+9Czt8TGN5/ime+T0bcdzm0ib3m6u+LmrhdvM5K7ZymLhSFytOhXJpRfCkKp/a3I&#10;xzRPfXXqRY+KP/cjH78vH2f/d/K/HKmvGvuNlFtd/7uPoza3GKTMvbOl2/1dL/rccz//tCP1/zBm&#10;k1SRuFB6alyCZKcLlm5++r9Scnm+tPPjx6XBAa6S5zVPSN9sWSO9efeVUpCDs9Tr4U+kndm1Z35a&#10;vlN66ureko/OWRr00vfSiZIGi3tL4Rrptq5xkmNUGyk+wF1ycY6WXt+UJtU2tkgmU4G05K5OkqNO&#10;I6mumynl1jT8/zxeXISpyVAq5ZUZpOaWFqmpdpf0vG9f6aPDldYbFBQUFP4czpdcfxMdL2EoRadz&#10;oFOnztZvCv9qhLp3cBFWlJsXtjRS3yzPNG+kqrqOhgYVYcLi8HOyt1j4l0pLeQHZdXUYI/sxok8w&#10;jnYNVBj+bee6NJP7w6PC2p1Hck4hxQe2sNWzO138/rxJZgoKCgoyrUJ8hAQHW//6ZZydnej9T1xe&#10;azbR1NT0P32am020/Ksav0tH6+SGh6svzuoW6huF6KgqI7u8nIImDYGe8iqNsxPEfhMRx0ZDDcaW&#10;Zuy83HG2tUVlruFEXhXNf9Z24f8EVFpCBk/maZtP6Nc2moSb1nHN14/Ty9fBeoOCgoLCn0OrEB+X&#10;gp2dHTExMdZv/xzUKyfTJsQPN3c3y5bwl/px8wig3bCJLCirsz5J4Tw0WnT2djjIO1pWVFGUV0BJ&#10;dTkVZg0OdvLZCb8na5uoKMikrsmIxi2EuARn1DZNHMkuw3hJM8z//6D26cbkLw9SVl5Jac4mHu7i&#10;Y72ioKCg8OfRKsSHg/63LSt5V9Sw8HDrt38OKqmF5ubm/+ljMrXw72r6Lh1J50KghxeBdmayK6rJ&#10;KCqzbLGMTl5h4YHz7xgpMEsNFOXkYW5S0UmeTOgZiLzHQfGpPMoMxn/V0Iu8JNHGVmPZU0cr7wNw&#10;yTPsFRQUFC6dViE+fH19rX9dHDs7e8u8EFcXF6uLwr8elQOefh54+9lRb2iwWOo1xgZw98Hdy+u8&#10;rZt/C/nE0MKTBkyNNvi6OuLi5o68aZZnxnEqLeLDeqOCgoKCwp/C3y4+5I3GNMLS+rXJpPLx4n16&#10;9xbW6D9mlEjhr0alsewU6OBsg8lQQ2FeGuU1ZdTphUDVO/2ONfECqYHSknqaTFo8HHV4BIThqrHD&#10;VF1GZaNJ6X1SUFBQ+JNpFa25LEB69uhh/fZz5CGXhIQE6zcFBTnPaHB2d8fZwwm7+hohFCqoN5lw&#10;8HbHXT6q+3f0fKhqizlebqDGWMHiF+9h1H0fkVZSg7EmldxaE/+mOacKCgoKl4NWIT7kHo3rxl5n&#10;/XYWefw5JDiEyZMm0759e6urgoLIG9ji6OaNq5snqoo8slMyKK4wE+Tlip+8Gc4FZx78GuaKAtJr&#10;DZYDrEoyT5F0Kod6+TyL5iIyiwxCfCjjLgoKCgp/Jq2m56Nd23bccsstVpcz6PUOjB8/3uLu5PRL&#10;51wo/CsReUZr7yjyiBPqZiP1hnoaTVrLMluv37PHh9SCoTiHUmMdOp++/Oed/zJ/wUfcGRuEnVTP&#10;0bxKmlp+aZtzBQUFBYX/hVYjPuRzW+6fOAln57OTSs1mM/UNDfj5+VldFBTOonZwxtXZHSdTNbnZ&#10;hRSVgqveEceLHbf5i7RQWZhOQ2M99SHd6TtkBCNHDqVHmAe2qmayymoxKeMuCgoKCn8qrWYGpzz0&#10;kpAQz0033Wh1AaPRyLZtW0lOTra6KCicg94Ff3dP/DXN1FQbqGt2xt3RFSft7xhykZqoKq3E1GTC&#10;5OuL3sEeG7UON2971DYSxdnF1BpNPx0Apzr6DU8/NIl777uPBxac+NftA6KgoKDwZ9BqxIfc+yFP&#10;LL3j9jusLmd6PjIyMlixYoXVRUHhHGyd8PHxxNf9zKYeti6+lsOrHM87Ue7XkaQ6SnMaaDaa0bs7&#10;4WAn720hnhsmRIhGhTYlhYq6s3t9qHN2sWDObL755hsWrjhoWQ2joKCgoPD7sHlJYP37b0fu/ZAF&#10;yLRpn1s22ZIxmUyWv6+++mp0ur/3ePmamhoWLlpIQUGB1aV1EB8fz4gRIyxDV/8qVGq09g54hETS&#10;vkc/Bg0dysDeHQnzccZW5CUbOzfCEzrQq18fOkT442IvHwyuwkbnQXSHLvQW7u1CPJD3SfWJ7Ujf&#10;gf3pHeWDXmuHvaMOt9CODOzahS6dInFzcsU/oTsDBgxi0ED5M5Ch3bvSKd7/Z6dSKigoKCj8Oir5&#10;dDnr362C6upqITRGsWfvbqsL+Pv78/X0rxkyZIjV5e8hNzeXcTeM4+DBg1aX1sHY68by4Ycf4uOj&#10;bIWtoKCgoND6aXUmm62tLbGxsdZvZ6iqqmLhwoWWngcFBQUFBQWFfzatTnzIcz9cXV2t385QX1/P&#10;uvXr2L17Ny3KygMFBQUFBYV/NK1OfNjY2BAScuaIfXkOiIeHB1qtHRUVFZZJfolJSYoAUVBQUFBQ&#10;+AfT6sSHLDh8fM/MXZCP0e/Xrz/t2rWloaGBtevW8uGHH3Dy5EkaGxst9ygoKCgoKCj8s2iVPR/y&#10;6g0ZeeXLoEEDGTNmjOV7XV0dK1eu4JNPPqagsHWtOFFQUFBQUFC4NFrlnI8ft1L/cdjFy8vL8l2m&#10;traWnbt2trrlrgoKCgoKCgqXRqsTH/LGYj8Ki5aWFmpravHxPruEVKPREBQURIB/gNVFQUFBQUFB&#10;4Z9EqxMf8qZiKadTLH/L26vLK1wMBoPlu0xoaBjPPfec+D/U6qKgoKCgoKDwT6JViQ95vzO5t+PU&#10;qVOW77L4WLR4ETNnzrR812q1lvkgXbt2t3xXUFBQUFBQ+OfR6sRHZVU1b7/zttXlzCTTzVs2WzYf&#10;i4qK4r1338VO+zsO71BQUFBQUFBoVbQ68ZGSctr67Qzu7u68/977bN26jdmzvyM4+MweIAoKCgoK&#10;Cgr/TFqV+JBXunTo0JGZM7/h7rvuYfKkB/j66xnccuutdO7Uifi4OMs9CgoKCgoKCv9cWtXBcrJX&#10;5I+xsZFGo/GnY/blzcZag+hQDpZTUFBQUFD447S6ng95bw8HnQ43NzfLGS+y+FB6OxQUFBQUFP7/&#10;0KrEh4KCgoKCgsL/fxTxoaCgoKCgoHBZUcSHgoKCgoKCwmVFER8KCgoKCgoKlxVFfCgoKCgoKChc&#10;VhTxoaCgoKCgoHBZUaWnp7eafT5aOzU1NSxdupTCwkKrS+sgNjaWoUOHotfrrS4KCgoKCgp/H/K+&#10;U7/WJqm2bN6siA8FBQUFBQWFP402bdvi6elp/fZzVCkpKYr4uEQMtbWsXrOGkpJiq0vrIDIikn79&#10;++Pg4GB1UVBQUFBQ+Pvw8/PD0dHR+u3ntKrt1Vs7yvbqCgoKCgoKfxxlwqmCgoKCgoLCZUURHwoK&#10;CgoKCgqXFUV8KCgoKCgoKFxWFPGhoKCgoKCgcFlRxIeCgoKCgoLCZaVVig95AU5jYyMmk8nqoqCg&#10;8P8RydxMXXUlFRW1NLb88xbeSZKZZqOB8pISSmsaMV+mxYOSuYma4iJKqutp/gfGm4JCqxIfsuho&#10;aWmhvLyczZs3k5SUhMFgsF5VUPiHI/K31NKMsa5KNLYVZz6VlVTX1tFoMlvy/7+O6hSWvPsyT0yZ&#10;QVLFLxgbIl7MIt4aG5tovoR4kgWBSQiC6moDjc0tf228mg1k753D4zeO567/7qe6qcV64S/GmMS0&#10;60Zy/btryKpqtDqej0UY1ddQVdtAi1nkvYvEg+xmbmnCUF1FdUPzXxtXfyayv01NNBibLYLvH+Pv&#10;vwg5/JK5hca6GgyinMj/1zebrVdbJ61KfJjNZk6ePMnIkSMZNXoUffv15d5777W4Kyj8yI8FzdTc&#10;RFNzM6aWMw3SWTeTRcSaTM00NckNVovIQ/K1M99/9hENlJzHzNb7z7iZfqrU5M9P18SzfnT7/Zgx&#10;5O1j5iNd8A0IIDAokKDgCPpdO4nZe/MwinD8G1GrbbCxUaOyfr8QSWqhOns3381bzd5jhZh+I+4l&#10;qZaD025lQL87mL8/k4a/umdApcbG1hZb9S+F4K9Ahfo33ilJ1ex8dTDtx35ISmWD1fUCpCaqMpZy&#10;T5eO9HhvH/VC3P0TkKRmipMW8epnWy09TgoSDdWnWPTgcB5YsJr5j1zD85vyrddaJ61KfMhDLVOm&#10;TCExKdHyXa7sd+3exd59+yzfFRRkJKmOU6s+4e5eYfi1G80r3+6iqtFIwfYPmTAyHP/ON/H+97N5&#10;ZfL1xHn7M+Tp/7J7xwImXtMLLzdXXC/4OI16gw3HT7D2uTG0CfGyuIUOe4k96WXI7ZbZXMTySX3w&#10;9XLD6eY55Bv+WGWnDe/E2On7Ka+opCLvEB9fH8+xT+dxoPQyWc2tCdd4bnzhLT7/cBKdPG2tjucj&#10;SRUcW7yIOZuOcNrYyixctRMRfe/iv6tWsOCRXrhqbawX/mJ0HXl8w27WvnANke52Vsd/D2ZzHpte&#10;+5DpmdU0trIs8fegQieXpS+3M338KG7+fB1vDQu0XmudtCrxIc/xWL9hvahszuYm+TC31atWWb/9&#10;M9Ha6Lny6Y/4esZ6jmcXUFxUbP0UUZiTzsEVX/Peq/fTQX/xylfhfFTY4eqpx9lToqWqiqZqUQG1&#10;1FOWX01FYQOVGgdatPaoWkw0/9QzYqZF5C/5+4Ufp2AfXB2NZB8vp7bGaHGrzzhJgfi7xZoXJeuz&#10;mv+E3gmVsJTVthq0Wi1aJ2+CYwOJCi4mv6SQ0xs/Z+LgaAISBnD/B8tJq6nm1IovmfbiZB6490Xe&#10;eWce6xe8wx2D4/Hxj+LaJz5jZ0YlTZUprP34PgZ0CCGo+zheXXJQ+L+E3e88ypsfvMhNA7oRHdmP&#10;/yzYS7GhibrM5Uzs354QX386PbqQkyUGWopWM6nPU0z/bAJRExeTV3tGZMk9D3VZq3hscKR4ZxAd&#10;bniZdVm1mBrKOfLDVIaE+RMU350bP95GRu4pVs14gDY338nNvSLpOPAq/vPZxzw3vjvhvcbw9Pxk&#10;aprOGV6RrbU3n+eRp79i/5FNvPXQjVw97nquHzOcqNDu3PPWHHZtWMDMDevYs+R9nnj7SxYeziZv&#10;33fcf1UfIsJ68/D0DeRcxPptqs8jeevHXNWpDT43fcz27GqRfs0UHZ7Bje3C8fHxxuP2j9lX0EBz&#10;5SaeCGjHbU8JERTblTd2lVqeIZkbKDkuhGtcWwY8+jT39IskvttwXl6ZQYNJ5JPCROY+P4awoBC6&#10;Db+Zj7bkYmysJkf47+nruxLRbxij77mNUbfcxzNLt7Dm/SlMHn4Vw6+6iuseeZvluzbw8UNjaBfo&#10;g+egO3hleSKl9eeIUEmI6n2zuW9EL0J9A2h3h/jN8WIaao/yyaghXPvmStLyd/Pqld2IemgeJ4or&#10;yVh4P20T+vHF4QKarNlVMuXxw/3daTv6DZLK60V+SWLOE4OIjOnIQ9/uI69JzucSJmM5yWs+4O6+&#10;EQS16c3N03aQZzBSnrqZD564mm53ThLx3oZOw2/g1bmLmPbszcR0u4Y7v9pDUW05aVu/ZNKoDvj4&#10;hTP8nqmsOVFKk7GU4yvf4WY5z/qJPPv4J+xIE2mz8Dmuf/Z9vj9cSFNzARtfmsCtr81h85ppjB55&#10;Mw89cgvdOsXiNWYq89Yu4tVb+xIVN4x3tyRzYtFbvLznFJXf3EPnl9dTZKij6Oh8nh4Zg69vIL1e&#10;WCXKTiN1+Wt5PKwTt778LCMiQ4ntdSuztq7hi8n9ie00kOeWp4t0PBPfktRI0bE1fDVxKGNvG0d8&#10;SDsG3/gIH3/yLGO7xTHg5qf54XQ1UnMlJ1Z9wJ0DoghsN4RHpq0ls6aK44s+5pOpD3PXzaPpGNmZ&#10;O16fS3JpveXZMmZzFclzn+WKblH4+sdx2xuLOF5US3N5MgteHkP76ABC+t3FtO3pVDcUseHpUUx+&#10;eiK9oqLwiRrN58tn8fRVCQQFd+Q/G/POaycxN1N6ZA4PDYnF39+fuC5X8/7646SKfDh58MO89uET&#10;XP3aFsqNrWceZaubcHrhJFOVSoWtRmP99s+jZdiTzN5+gK+euI2xY3oT4euJu7v7mY+bOx4+gSQM&#10;GMudE19g4Y5VfPbwaHxs/rnhvRzIeUKrc8LewZnGmiKKyoqpamqiodpIg8GMk687nm7iuvV+GVWw&#10;qLRmr+H0oQVM6N8BVxt7uj34Eev3nyTxjZvo4FBNYnktDZ4B+DvpkKpTyKkVwuUv7oVuqSsn50QW&#10;qbmOSHk7Wb75CPobP2XxB3fiU7ib7+bvpcJQxv61q1i+aSunsw7x/c5aAke/xtolb9GpvphDW/ez&#10;b803LMn156bX5zDvkTacWLuB3UczqakrZNkXX7PXawQPTurAwdW7SEzZxhcTFmB3/Vss3/Ad9zT8&#10;l/8sP0aV0Uhu7iJeeW01dtVVolIWgRcVnNRs4PiyT0kc+DFbNy3n5W6neHbBYfKzdjL/tZP0+WAp&#10;K754gKgTn/D2tnwaSyugyoMb3vyCh/ras3LpLpzHvcq713egfvUGkivPiVQhCpuMDdTXNwqRaKKh&#10;roTjNR70vH0yD18TwtG9h0i06cA1PXvTYfjdPHvfTYz0yubLz1bT0nMCn79zDcVrVrJu92mqGi/o&#10;OWquojF8DO+8MBrnQ1+y+EA2dcZctr85G9/HZ7Fz+VS6bnqP59dnYpZMVEg57EsLY9oP33FnG2fr&#10;Q2QvNlFVX4mxzIPxr7zJbZHlbPluEanFRaTu3cWO9G58+u0HjI8sYdmML9iSeJCVi5aRqL+Cd6aI&#10;xlGdzY7UchqaTRilSk4WNxE/+C5eeexqXBJ3UevcjZdmfsGjoZVsX7uRQ/m11jeLdxsz2Tg9idCR&#10;z7Dghw+5orKA1JMFQsA1Y6ytoVae82AWzxV/V9U3WYYKzU11VFfXnJ3AKxrV7F3i+YtrGfXQLUTr&#10;TZxa8gbPrffg+W+/58Hoek4IwSMJAZ9/fAVvv7wO9we+YfG7t+C57j3eWZuGsbkJY0ER5hoXhj/0&#10;PDcE57Jo7ipaetzKIyO9yNm8hF1HjrLtUBHans/ywzfPEednYlNSHmVZR1h5sIGo697ihy8fRK+p&#10;ZXdqJTZOjmhLi6guqaDRWEZ2mr2lp9LXQQjHquOkuQzjvTcfpXvBMp6ZmUOnSS/wcGwdX604Dl1v&#10;48EOoTiNfYuVD/fFw7CdF8a/Rd6109m1ZRoDtj7LI98do15qoqSlgN0lbXn523e5xnSIt15dje/N&#10;U5ky3IEtIvwp1c1n4kkgzy3KrbahPvIm/vvZg3Rq3s+qow7cNvVlrowwsW3NXo7v/oElO9Pwu2Ma&#10;C9+6AYf0HcxfdpCK2jJ2LfuBDcWeDL1jOOqiVHbuTafWOg9IytnLtwe0DH7oCzYunILr0aMcPpLM&#10;3gUfML+2Ly/OWMrs211Z9vVyjmWVUF9XzdqCeF6Z+x0fX1XGm88tJ+rpuSx8rj3Lpq0k6yfjQBJl&#10;qEQYAgtpuWcue7ev4YNb/Vg3fQXpIt8ePrqAL7/YgbahrlUN7bY68XEhsnUYEx1t/fZPwpaAG95n&#10;w3sPMrx9OJ7OehwctNiIhvMnxN+yFWxr54Cjk4ewgHtzw0Mv8dmr4/BSBMivYIODsyfObp6ohWVo&#10;aGwQFXsTNTX1GIWhEeLthq+z7rzMrbLV4eHtS2CAN046O5EOauydPfANCCTA3RGbqkIyag3UR/Rl&#10;WK8gHEQFWW6QVy9YH/An0pRzjNVPjaJ9u7Z07HU1r6zJJHr8CIKrGlGVhjNkUE869exJFz8vtOnZ&#10;FBvN2EcN4KZnX+bp+4YS3VxHaUo+FY5tueU/k7n5Cl9y9zYT6NuB3l070XXoEDrXlJCbXSJEmRnH&#10;Hnfz0kO3Mq5fGxzKK6nKPMIG53iG9GpDTGwvrrm6M4mHsihubsG23otBz3/LkrfGEOz8Y3e+GrWN&#10;msSsLHKqnOl721t8Pz6KupTDHAjtxdg+bYlr04t+HQJJ23KQfJ0HTm360iUhiri4XvT27EK/rnFE&#10;+Hvi3SD81HC2sv85Knx9PImJiaNNqD/eNWXUVRiw0dhhJ8Smm4uO+uwjpJabCAwOpU2baLSGE+w/&#10;nUNl/fmGi8Yxknh/PyLi4/DHyMHsCkz4MPzdGfxnTDfCYyIItKlm/4kC6oTVb7aBypAEYsPC8HbS&#10;Wp8iEEW2xc6exshOxEdEERHsRHnBCQpa3IkZciMvvHMfvaMCcLaTMBqKKUhP4XRiNV6h7enaqQNd&#10;2iQQobWWe5Ep61290IfFEu4XTtcbJ3Hfw/cyvFsMga4aSgqLySs30Gyd5yZVFXGoOJn9KRlUCZEy&#10;+aOnuWNYLB72l151l1cfY/4Xi3B98AMe6eUnLLx89i5OQhXUlR6xIYR16EYvJ/G8hkpS9m7kpF0M&#10;I3u1E2najc4xJpKWrxGWfRMaeyf8QuJpExGOv28QelsXosL98dSrKS8vITE9k7zTBzidmY0xaBBP&#10;PjCJJ0ZEY2soIv/Ufk5mFaKOHc3rj97D3X2iCI3tQHiLDY1lNTSI32e3OODmLOpCjRxXzsSEhRLe&#10;LkGINxO+If7C4g/AQyeunTxNtUmLs1aD2lGUYRcbCnYuYpMxjGv6JRAW2Y+rhSBKmjWX5GoTmkY1&#10;we3iiImKIaatDo1nJFF+HrjZN1ORf4K8ujPx9CPubi507dGRDgnxhPfqjnPnQfROiCTASY+xKIes&#10;4/XYG6IYPKAnnXv1obO7C+pMIbKE+NXFDeeuCROZNKobPkIU1ldW0/xjD4WtyGA5ZSJ/FFDr04fH&#10;3nqAq7poOLZRTaf2PenWrj3drxpJp4yTHC8Q4tEk0blHO9rGtKFnzzgaeo5mgChT7dpGI2XkYBDl&#10;9Uc0Oh96Tf6El0Z3IjQkjKiIIAwFJVTXq3F36cgtr03jo4f7461rPe1KqxEfco/HjJkzrN/OUl1d&#10;zbTPp5GYlGR1+WfgEjeWVx4YTa8Ib9GQqS3W+q8hX1fb2uHsH03/Mffy/L3dhXxRuChyz4eTO+6u&#10;PjiqhLXcVE9DTSW5FZUUN9kS5OmKl2g4fz3Gz6extgqDqRlbX2F5CeFiI9WSWlhtGbL5s7H1DqfH&#10;xNdFfp/JzG9m8tE7U7i+hy/1tWksWzuDJ28YQj/RqD0z7WsOVGZQ1mBHbHxbBvbvSHhsT8bdeTVX&#10;dGli+Ycv8cibs9h0MoecahU6nSPOOi22zl74qw0Y6+poMjnRV1SSPeODcHOwQy1EWllBJhkp83jm&#10;rtH07zuA0U/Po+ngAUobTej8+3LjwPZEBLpiJwTHGQ/riLpmCu92tSN1+bOMvX0K608UUlwtKlKf&#10;ALz0tmjs9CI9XDHnCUtWZYONTo+9xka4O+Oq9xYNlAYbGxuRp82/LujktNXYio8Gra34XzILi1xY&#10;5dbL8gTJ8jxR0efv4+upkxl10zOsP3iEwwXlVF/QpayysUcnKnxbjRaNeK68osiMeK66ihMHVvLB&#10;4y+xprwBowi35fniHrMQGbZqG9QXTuRUq5HsdBY/2Ypwmc3NQsiIe8T/lRk7WTp/LjOWpYuKrIHy&#10;kgJS68R7g4NxdxB+sNdhf87zJPEMlQifjVoj/NVISc5BFkz7lLkbdpNZ30zLORNkJbcorhwQRNme&#10;r3h4/PVM/nwx+3LlYcZfi8QLSN3Gyn3FVCYLUdAi4siYy5HTpRajx95WGD8irZxsRDw3l5GfmkGz&#10;RoezvUaE016kYROVcgPdIIn4FOmptcdOxKmNrchnwkCyE3Ehh0wuJhqPcNrHBVC/90seuPU2nn9n&#10;LsfzarDzj6dLtDO5a97jnpvu4M0vlpNSbEDyjqaLTw1V5TmcOHqI5CA/3MP8cJLFh8oWe62tEJ1a&#10;7EW62NuLNBR+letJG5GHzedmIqmB3OOnqVPb4+og4lb87+SqxZCzn/SyJmGgqIRwtRP+FflJJ9JF&#10;pKOdZWqOEJzmJkQb/xNyWGxF+BzE/RrxbgdXF9x8hJi2kyf3ih+ZasmtS2fJss95ZOxg+g0bz/Mz&#10;vuFgRRblDfa0EQKivxCS/i4OIqcJzvGn2qsLdz5wBb2CC5k+5XEe/XwlhzLzyarWWESXTogpW1c/&#10;gsxlVBqMFn/p9fYi3LbY6UTYggJwF+miEQa5+pwyYclZIh+WpW9gyugB9Oo/lBufnUtVrSxQ7PGP&#10;6Mc1vWMJ9HJCc1knRf86rUJ8yCsN9u3fz0cffWR1OYssSo4cOcLUqVMtKxD+CWhsHBh0550MT/DF&#10;Xp7FLwqMjDzvoFZkkHcnjmbwsJHc+NR/2VNw/ix0laiQnPzjGHj1KIYH/vJxxP921KICcXRwRK9q&#10;orSqmrLCQoqqyimTLSK9Hr2ouC4ZyURVcS71TUa07oFEhDuKhtJIYm45Rut48J+J2l401OFt6Ny5&#10;C106d6JNTJgQS3JD6UpC2xFMnPIab739AZ99/SUvPDKeBDd7HETl4ygqRBuNk7DiujLgquu5b/Ld&#10;XOUoBEDiCarrRAMqWgB5pEQlKtQ6s3yv3MDZ4mKp2GxRW/KhqLxFpeoYNIAJjz3H62++ybufzWbh&#10;Z/fRVvjB1s4FDyEUrFlW3C73ztmIPNmZa6+9klG3Pcxj14ax46stFIvG3bG+TljpIgpFGW42NSE5&#10;OmB3bv0mz2+RV7P8aXWeLXoXJ/Tu0Yy48X5eePsz5i9ZwucThhHhfu5A28UxV+zhrclP8uGmYsKv&#10;uJYuTtozlff/QIuw6I+s+pznPl1JuVsMfbr5isTViAbDGW/RmFNZhfFXlJZUl8n6WZ/x9rTVFHnG&#10;0SE2Ci9hqJyL2k5YtDc9zqtTHmHC6PbU7JjHCzM2kizP0bHe81uobKOZOPVxYnasZ11Oo6igXAlw&#10;11uv/oh4r1qPs4er9fsZVDai8dd54vKbBrMKjUso/cY9yAvPP82tfYIoP7qQGd//wClTGCPufoLn&#10;nn6EG7t5kLZFiO4fNpJhcCOhmx9V2mpOncwjOkKUPX930UD+3mZJg6u3m/DB+SmpcfDH/Q/Oo1ML&#10;v9gK0XOm7FhcRP52p33nq5j8/OuinH7I5zO/5Nn7xxLjpkPvIOolYQCc18NtRaV1JapHHwZdeQMP&#10;PnEPA6oSOSnC3dwohKxQGnJWUbUYMZhFGRIC/MJYkEWvLIovfLIkckJj+WEWvLAV39uf483XXubJ&#10;W/tBk8jv2KC1FwaAEF2tjb9dfBw5epRnn32Wxx9/nDxh0VwMeRXM8ePHKSwssLq0btS2wfTuFiUS&#10;XKhwayaUx+VMTbmsf+ttPlu0nu1bN7Nq3jTe/+8GSoS18xPifrXGEZ/wjkJBu1gdFS5EsnfCx80N&#10;X00LORVVZBWWUltfi8nOEw8nNxzP6TX/LcySkZLcXJqbJGL8hOXh52sp5DkpBVRax9H/cmyd8Avz&#10;wjdC5HfHMNpFe1CfdorDe3NpOqf3panwIPO/X8TKI9X4BXvjIKx2g9GdqPYtZBWncCq3mKKk/Ryy&#10;ccbD2x1nSxf2OYjK1Dm4Ld1q6jA6R9GxW1s8C7fyeWKZaCjPvudH5HzbYqrk4IwneWNXDZ4hcYS7&#10;CktTtGFeAbHEJe9ha3olNWWpHElKxa1rW/z+ylpFWMRuQZF4CDFm5xNKTLCaxHVbOZ1dgWXO5K8g&#10;h64hcz9LD55AH9KenrE+VLeIVvXn7cQlYKapvoL81GSKjK7Ex4QQ5CoaOrUDHkFhhIfaUJqVSpbI&#10;V6lpp0k3Xhi3Es3CWj507AhZJj2x0RE4OzvS2HK+Z5qLDjH986/YWePLgHG3cl24jsryCmrOmd9i&#10;FqI1xMsF5+J8ag0lZJ8soOWcLnnHiN5ceeVYxvXK5LO1KTTbBtJ9SAjV2SfJqKwT+WUP+w1mVDoP&#10;Ijr3wLvsFLvSyqguzeDU6UaC+w0i3Om3GvFmajL3smLufPaXuDPipnF0DPegtCiPjMSNLJy9jLSW&#10;UEbdch0xHnaUFJdT36wloE0btNnp7N7ZQoiHP/6udj/VmZeMyo6Q3iNIqD/F+hOVNBsz2LMxB78r&#10;rqON+5/bf6xSOxESIspWiJoWlwjaRbpQdfIUSYeEiGj5dTlozBbl7Otl7Mk2CwPHE8oaqJN8ad+1&#10;joPiGTllwpA4sJ297iGEe+mtvTOXgNy2VOdxOKkCr/Y96N4lCqe6Uszq1m2s/23iQ+7F+OSTT3ji&#10;iSf49ttvOXTooPXKxZGFxzPPPM0Py5YJC6t1R6pOWDHRnvK8gvMLUUvBAWauOkxejex/M8aSdA6v&#10;XUNa7fkVk2xp6hy9CIoMsroo/AwbPd4+nvh4aaiuraeotIJaYwO4+uDp4Ymj7aVXYJK5lsKUKlqa&#10;1KICdMHN3ctiretEo1FhMP76MMGfhWi0/OI60bWtA0mz/sM9k1/k+wO52AX5oD8nLCpHd7zMOWye&#10;8SL33vcfVpTa4N+2C/2vGkKC9jizX3uYBz/YiqZLVzq1CRa/Pb+IyxW7vUs7xt0STsqc15h05z08&#10;tKaMcD93dL9gcapE5e4p/JEz5xnuuPM+Xvwui143DqRNTC+uHq5m6XOTuP+5z9lr159bB0ai/51t&#10;x2+iciS4TQRe1fv4Rgj3wy1xXH9tF2p2fsezT7zD7gpbXOUJxr/RvSJftQ3syviBQRxf8BYPL8gg&#10;Ms4RfV42VcJK/H2osNW5ERAZhUfFPhbMWU5Ks7NQjkYk92j6DuqEU8pCPvxwOtvSamg2/9xvKtcQ&#10;unWKx7V4F5/OWUtKgwkfdS1N1TVCcJ7JdDaOPsQG2XF81WxeffE9FhqCGS2eHemu+0kzqWz96HH9&#10;cKKK1vDWhws4adKJ9kg0utZ8q3V2x9U5jJF3DqZu1gz2VjjS/vo7uSHkBG+LOnXO8Qbs5O54IYBD&#10;O17N7dcFk/T5kzz91jyq4q/jjlGdcf3NnkQ1dq7e+LiaOL1lBi+99RWJ1d707jOQDtEh+DnUsHfF&#10;57z0zmyytXH069GFIBctdt5B+FSkkVrahJ3eCccLen5+CZXanTYD47Hb8wWPfp9Ic9AIHn1iMNXf&#10;i7Iz4VkO+t/A43f0w0f75zZxKpWOwHZd6BwF+6c/xT0PTmVpcjH2AV44XFDWLsTGxRs/YyJz3nuK&#10;Cfe9xC5dMNEx7Rhww1VE16zjracm8ch/jxE2ajDtQjzRXnJ3oRqtezzDRmmYP2Uikx5/mwOSH1F2&#10;rdt4tXlJYP37srJ7z26ef+EFjh49Qn3D2eVIv4S8zDE9PZ2srGw0Gg0JCQnY/O7uuT+GvOx34aKF&#10;FBT8eg+Ms28vxt86mGBXh3O660QY0lcz5dP11FlsMBk1DvZ+DL9tLJHO5xduc2M1WUmbmb81w+ry&#10;y8THxzNixAgcHf89wzSSiENDXhL79u0m0ehPpK9ETdZRjjVFMWj4EHqFmjm4aRv7k3Nw6TyYoT07&#10;ECwqOxpy2fjDRhIzSvDuczVXdJUn75Wz59tFbE6tot01tzDEv4olK/ZR1+DF8OuHECaMlLSV80Ql&#10;U0Jz1NU8ek0bnEVl/LstNIFKntfjEUJUWBShbvY/PUOeeKzRueDh5YePhzs+oQl079eXnl1i8HH3&#10;EI1/GP6+Xjg7OgtxJb57euETHEO3gQPp2SmWoIBA/L088PDwJSyhJ0MGdiM20BMXd1HhhUXi6+aI&#10;1l4vnhNOm4RootqE4unigk9gBAnCahzbMwYvRyc8A4OIivdHr7Wx+O3MxxYn71ACnPW4B4j7uwzg&#10;iqGi8XAX/ozwt/Q0BcV2oNeAYfSL8RbizY/oiAhi/d2EiHbDLzyI4FAv9I6u+ERGEhoVgMuPZp08&#10;TCHulyeFRkUE4y/8065DZ9qGB4pwehMS346O7eOJiAglOCiI8MgY2kRHkxAdho+IA38RT/1GDqNb&#10;bABO4pln4lM0hE4+RLQTAqx9tAinK76h8fTp0Yk24eHERoTj6yee1aYnVw/sTrf2HWgbFUJASBw9&#10;e3ejfYDTOYaDPEzliE9YPD27dyTB3xVHz2BiO/SgS7tYAv0ChSUcTGh0Ozr36k+PTp1o3yaBSOEW&#10;HBRIoL8HpqpS0qr19Bw2kuHCPzEJ7enWNpIALyGefUXcBIl7I9vRp2dPBnTrTMfYcLxcdaJ+U6HW&#10;OuEXGIyfl4/4P4y2/YdxTZ+2hDhWsW/OCtLC+jG6ZwJhIn5CRfwERybQtVdPOnXuKfJOW4L9Q4ht&#10;35UOMSI+/UUcCmEd1T6WAOEeFSbSzjuEtt0HMKB7d/r37kLHMPGMiBAhIkScRXWiz5ChdA33wMHO&#10;ATf/COLbtiMq2BtXzyBi2ranTVQo3iLPxrbpRK8uHWgTKfKpv8jDQTF07zuIQb07ExHoj39AAD4+&#10;fviJOO41cKgIZwJ+LnaobJoo2rGJZMdoBg7vQ5yfIzZaEd+hcXTqmECQKAse/uG07dqReJGf3XyC&#10;ie/ahQ5x4j1hoYSJfB8Rk0D7sGDCYiPwE3nU1T+O3ldey4B4Xxy0DniKZ3Xu0ZEoTyFuRNrFte9M&#10;mwg/XEQYYtt3p3NCuBBXclsi0lrc7ybeFyHyr4+LHidXkTcDA0Ved8TBzYfw6EiiosS7RVi8PT1F&#10;vmpDz/796N4xCm+5nAaHE+Aj4sveARfvQCEuQvHzdLRsBqe2d8HXSwhBDx+Rb+PpNWww3UU59PUP&#10;JtDLTbgHENmhL1cM6kyopzOO4ntoTBtR/4iyq3cnKCiSBB8nbO2dRZmKpn1CgGVOkzwQoxZCI1CU&#10;RTchACPFb7oMGEzPDu2J7xgrylUIYVFelikArQrpb6Curk4aNXqUpNFqJFuN7e/66Bx0Up++faUN&#10;Gzdan3b5yMnJkXr07HFRf5378Qi/WVp7ulhqbjFbfylJZrNZakj+XEoQ/v/pXntnKeSqN6VjFY3W&#10;u6yYW6SG4hPSoucHnPfcX/rceOONUlFRkfXH/w7M5kapYPd0adLwUMkuZph048SbpCv7+0i6AfdJ&#10;H23JkBrLD0hv3X2lFOTgLPV6+BNpZ3btmd+V75Seurq35KNzlga99L10oqRBaqnaKz07uLPkJe7t&#10;fOVN0r3jB0t+bo6So3tP6b97syWDMV9aclcnyVGnkVTXzZRyaxos6amgcCFmc7NUlXNYWvX1B9L0&#10;BTukwoJj0qypd0s9R0+Wvj1aZr3rj2OuOyC92bO3NP7tNVJWpdHq+s+jqWSf9MEdN0j3vTlfSixu&#10;sLoq/Bv4W6TQrl27LWe3iPdbXS4duQckKSmR2bNnUVZWZnVtXTRWJbP7cDLHkpNJTj5Jbs2ZOR0q&#10;rzA6OP24fFGFvZMvfa67gjDH8wf3JEzU15aSnVxkdVG4EBW2OLp5C8veHZvqIkqy8yivNeMnL7P1&#10;ENaB3I18iUiVBZyuNlDXXE/i+oXMWLiNUnm4xZhLZmk9pssy7qLw/wNhh0omDIXJrJ3zIVPf/Iyt&#10;ac107tmHjn4O1nv+GFJTPtvm/cDhFj86R/taenz+cUgt1GbuYP7Mmew0eNG+TTT+zq1nGajCX89l&#10;Fx8NRiNffPG5RUT8r9TX13PgwAEOHzlidWldNNelsHj6J7z91lu8+dabP33e+WI5+db5Klp7JzqO&#10;votJw6PQay4QH6IRLMk8yuYDxVYXhZ8h79Ohd8HJyRVVfRXlJWXU1tsS7OmKj7O9aAIuEclMQ2ku&#10;RfUGNC7xjLltIo8/fhcDAzzRSDUk51cJ8fHziZgKChdDnq/l6BdPvzG3ct3wTng4e9O29xWMv3YI&#10;0R5/4jbo8jyP229iSKdgHP/keQ2XExu3KIZeP4ZBnSNw+XEvFIV/BZc91+7bt49NmzdZDv76IxQX&#10;F7N27do//Jy/ghZzM6e3r2TRwvnMnz+XL995hRdeeIGXX/2SnTVGbLVudL7yViY+eA+9/M5fHigf&#10;mFRXmsaelavZc87WvAo/x0be18LRBYeWesrLqqiutRGVvRPODr9jqQstVBZmYmisRwodwJ0PPc2L&#10;Lz3KmFh/NIh0LK6xnKSqoHCpqDV6fOP6c+P9z/LK1Jd5ZMIN9Iz2PLtvyh9EpQ1gwO2TeXTSGNoF&#10;uaNtbWP5l4K8fDusLzdNeIz7xg0kxlfeg+KfK6IUfj+XPbW//PK/lqWzfxR58qfc+1FeXmF1+Wdg&#10;o3Gm/ZW38fBTz3BdgpvV9QySvNW0oZjkzYuYvXgPNebWJ6xaFQ6u+Lh54aOqo6iglLJqO1z0Luh/&#10;hwUli72qkkLLabgG/xAcHXWo5eWSPvaobcyUFFRQ32TdhEqgyt7J/O9mMfObb5i1v+CnnSgVFBQU&#10;FC6dyyo+amtr2bRp08/Ob/lfMYjnpaWlWr+1ftRaTzoOv5FHXpjCdR19z7OEZOHR3FBOyo6lzJj+&#10;PTuKlV6P38TOCX9vDwKsOyDZOPni5ebJ7xk6Nkv1lBcYaW6U0Hk44WAnb8wlrwqxF0JRRVNKGhV1&#10;jT/NT1InfsszD0/mvvvu47Hpe6i+8DwRBQUFBYXf5LIutZU3Cps1a9af0vMh4+DgQPv27WnXrp3V&#10;5a/lUpfaXhRbNzoOvY1n3n6RsbE/7/EwNVaRuXcZX7zzNtN3XnyztV/i37jUVkZChWSsxWBqQecd&#10;SlznPgwa2Js2YZ5opQaKCspp1jgT27MfPdtE4qUXqsRkIC+nDJWjJwl9B9Mr1p36tHwqVPLR6CO4&#10;umMobjp71I3Z5DY4ExcQS98B8WjKCyjTeBEREUVU1JlP++hODOodjeMFc3b+CJKpntLsbHLyDNi5&#10;OQmB+uu9OFJ9CceT0igzqnB0cvjD2ydLxiKObEtF8vZE31JCco4J73OWBP/ImTxbTcHxI+TbeJ6J&#10;219D3qzMWEVObhapRTXU1pSQZxkm+/l+OP9k5BOAGyoKyM3Kplrjiqu9vN+GhKm+jLTsPArrbXF3&#10;0p63BP9nyD2gVYUU1zVblmZf+n4Pv40sos3megoT95Kp8sLX8fx0k8zNwv/5nEwsxMbL7eJ7V4hn&#10;NNWVkHl8H3uOnCQ1NVUYgTmU1pmwd3b+2Ry2iyKHsbqQEsPPwyhJTVSkJpJeK/ySe4pcoxYnB3s0&#10;f+Hwkpxu8iGVKUf3czynlCa0tJTXonLS/U/DQXKPanXuaTJL60S+r+B0XiXNahEOnebX0/5CRFw3&#10;lpxgc5oRl5YstqWbCPDUWybUX1gm/2mo5CUv1r//cmbOnMmjjz5KXf0FJ/n8j3h5ejF58mSmTJli&#10;dflryc3NZdwN4zh48Nc3RPsZNs5E9R3PO9Pf4srg82e8y5V4iyw8jqxl+qsv8v6GLOuVS2fsdWP5&#10;8MMP8fHxsboo/FORGgrZv2oLR3OdGXzPcCKdfr1Rb8ley6NPzEfbeywPTRhO8B/cTloq38kr92+j&#10;33sP0rHkKyZs6sX3T/b4mUCQJBM1hUdY/PzTHB83i/eGB1qv/ALWSnT1tp3sr3Im0rmOUodePDgy&#10;5tIaq38I8rHsxce2sW1XMnYD7+KaWFfhaKYubQPvLNxNWcAo3hzfXgjWX04nyVxH1oo57FBF061P&#10;L2Ldf88cpl9Hru6bGwvY8e6LHBrwKk/18bVekd9rwliRwZ5ls/jy2wbuW/AaA30vsmW9aKgrT6/l&#10;q/ef47MDOiI9dOK3tvhEdOeaW25hZM9InH9jEqwljCvnsUMKp2ufPsR5nA1jS0s1x777iM0unYjI&#10;3E56xHXcNLAjfuce9vcnI5lqyT6wnE9e+pzMoHb07TUA9yI1Ax68mpCfViheOvLx+Ue+fpWFFaH0&#10;CG/iuwMSQ6+4htv7hv2+/TZEXFfsncZd28J5vssJntvXnpkP98NH/z/sBNvKuKw9H/I4+cFDB/+0&#10;SaLyvvsRkZGMHDnS6vLX8j/1fKg0eLW9lne+fY/Roef3TMgVQYuwHrMPreTLt6bywbpM65Xfx7+1&#10;5+OfhqW3oKGa8twM8ssrycvKo6LWSEtzLQVZmRRVN2Lr6IaXnz8hUUF4OZgpqyylqKycyvwcCqsa&#10;UWvlQ7FMGMryyczMobwwhS070tCFxtImUEdzQy2lBdU0qWyExVZPQUY6mVm5lBht0OnsLNajXGnJ&#10;jWSluFaOzjLUpDIbyD+eR6NLADHtowlxr2f9p0/wVXUcQztG4KWtJyfllLDeCygurcLs4Iy2sZiT&#10;WzZSGn8Ng4NtKMtO5WR6jvBvFfUqHc7nWHnypnAt2OD8f+ydBZxUZduHr5nt7u5edtldursUlBKx&#10;xcTu7k5QDFRA6e5O6YZdYru7u2dnd6e+5wyrhKDi+8qLfnP5G9mZc+bMOU/d//uJ+7FyENe2x8sr&#10;lN4RPtjKlVTVSs9Ye/EzSvtY6O9TTUt1OTX1tVSUl1FcVke78CAtxD3LhX/aWF5ATm4+xdUK/X4/&#10;5sI+NZcUUC0cnKrCOtQireqKc8kpKKKsTqSvhRUWxjJUiipy0jLILymlRm2OnWjM5ao6ctMqaNdW&#10;k5lVQEWbMTZWwvOVaWkVXnFWWiZFlbUosBTPJhOeci0l+VU0tTdS1SwXzyb1aMgxtbLHzTcIX3cn&#10;fbA26elVwqgfSy2ixTaEwYHm1NU1odAaYaZTUF6UL56hgDLhaWuMRF60pLPt65WcKZfhHRGCm6WG&#10;8vxckY+FVCjl+nw0NRKCprKAzJx8ypUacf0KFEaWSJuWKquLSMsUZaxMePAm1libG6Ouzyexqh15&#10;jSgzRs74hUYS7OuFg8U5EaQf9lVUkrJ5BT8tWkOKFGDvTikMwOVEko7WmmySKxpwve1Lln/0DLff&#10;3AvrwkROnCjBPCYGf0sV1WWF5GbnUdbQDibmWIi00JcH8VttdUls+XYlp0t1eIZ6Im9ooUVRTXG9&#10;uEdxjoWbH27m5lj7dqFLeCCutiYopHxVKinPy6OwtBathbV+DyeZEA4l2elkST1L5dVoLB2wMRX5&#10;nptFlUpNTUEtMntbfQRcfc+PWkl9aR5p2QVU1jaCmRVGrWUk7N7H4TQ3JkwZgDp5H5tS1MR0D8HR&#10;rJ3Kghwy84qpqG8ReWSBldkveyVJj6OipbaMAlGfCsob9D0c5mZaquIPk6q0x9tBQ6IwGUEhYUR7&#10;GFFRkEuuqLsVSmkzSHNMRYkqya1E0VpDQa0aC1GIpUnE5+ppO+1GLsS4m6I1CxDCLgIPB1Oa87Op&#10;Umuozq3WP5tUpv9pXFPxsXDRIjIyMvQbyf2CnZ09bW2tHe+ujvb2duzt7Lj77ruviQq8WvEhRZ6z&#10;8+rO0z/M4pEuzhfd47lK0Exp0nZmvv4q3+y7uqGWCzGIj38K7VSlH2DlRy8x80AS62cvYOeJJCqr&#10;U9gw6xtWHivE1MuV6j1bWLs5HwfPWtZvXMR3y7ZwdPlsVh0pxcw1EC/zMg6v/Y5Pp//Arthk0gtb&#10;Cegainn8Rjbt2cmKn45Tb+OIdVM8cz75nO/nLWRrphq3wIBz0RJFw6bVlLPn1SdY2NqJPiHumDUf&#10;5K2x39MUruT7O+djHNHIVzO2UZR2hnTPIdxodJAPX3uHbxevZvPmPVT7D6avu5KMA3up7DSGbrJE&#10;5n/yNu99v4jNOw+R0hpI/26+wgic69XQtdeRE7eJrz7/hBk/LmXTvnjKjLwJMs9l5foFfLN0C8dX&#10;zGbloRJMXIII9nMUDapc1JNGkld+x7IN61i8Yi3L1x+gSO5CkL87li0ZbPvpCz7+ahYr9qTQ7hhA&#10;oJechK/fYMGJWFZPF/dpVsr2ud/w/fxlbDySQZtfF7p6ysndNZfXXv6YhWvX8nOJJaExnfCo38Hj&#10;N/1ATuMWXv94PtsKRd2KjsbXpI6z62fxyiufsmLXQRJb3ekcYktt7AY+fO4njpTGsSXLkZE9vbE0&#10;VlESu5lVi1eQ5dqPnl7SBm6/iI9CFJZeBLeeZcX2M5QaOeFce5J5X81g+vdzWb3zBDWWrtjXHWPd&#10;9i3sOJ6CkV8ILuI5F02fxrc/LmBLRivOfgH4WNdyZO4nvP75d6xOKSVv/UKyPfvQ2ameYwu/4IWP&#10;f2Dd2i3k6oLpGuVF297X6T0nGd3m6aw3C4Ifn2Sx9VjGSz0zelQ0laWx56tTWA0Noj7RhH73jPhd&#10;8ZGQnk6dywBGhzlhammHo00zmQ0llAgj2UmbyZrvZ/DpFz+w4VQR7fY+hPo6Y60vDyoq4lazYP16&#10;totnlFu1cnDhfuJOrOWbo1WYa/I5vOJ7vp29kBUr1pGo9KBzmA3JX73KgjPxzJ/2LYvX/Ey5Wwx9&#10;gp1Q527n87feYcb8Faxdto483xEMD2hh+7NT+CmrlG2fHcJh7DDC7Ez0QqGpJI5VX33Mq9Pns+fg&#10;GZpt/HHWZrPm42/ZlBbPyeOHOBKXQEFpJToj8VyyTBZ9+Qmfz1nMpgOp1JkH0a2TKH8mUvnU0t6Y&#10;z7ENc5g27Uvmbo6lXCcEtr8L7ZnHSWt1OC8+pOivdXF8//Hn5/IyvRUnv0D8TJKZ8cQ8TiSt4eM9&#10;bXSPDsLL4VyEW60QaSu+/YA3v5zHhjUrWJ9uRY9eTiS88QA/5pWy8e3d2E0cSYT9Hwx7Xof8fYNo&#10;l0HqqbiU+++/v+Ovv4ZGq6H1vzSH5L+NmaUbN785k6f7uF0Ud0ISHjpNC9WZ+5j9xsvMPFrZccTA&#10;vx5REOpE42TW9SEWL3qT4Q7SOK47T3w5g3u6WnDyQCK1uvOlRZVxlsTEWnzGP8p4X0vyDhziwK5N&#10;7C5yYNhjTxDjZolCeHvCRxLXbuH4zoNktNTTps1i1Se7MR38sjDMm3k/VDTaP8eSU3tu8qyRkRtd&#10;bwpib6Lw/ppbaEo8wuHw7nQVRlUaTzaLvIM5TwuP86klbL3Hm9TtO7B7bgNnT+5l9iPh7Fu6j3LF&#10;uQ1RtK0NlGQmcqrT2xw6uofFL96Eza4dnK0+38OpaaokraQF49EzOHZ0G19PiES1dx+pNWo0mQkk&#10;JVThefMjTAiwoeBAHHnNF64iUpJwJJaW4OE8/1hfGk8d48jJBOJWzmarojsv/bSVja914fS6HcQm&#10;F9OqbWD3yu0UWdawT4i2I4GPsHDrAdY/5sCGE9lUVx9lzvNHif54A7En1/NE6xxeW59BuzAklVV7&#10;WLK1hce//oKXWMc3h3OoyT4ojE8hE+bvZM/iV+heNJdP9xXRpqknPfswBw6WCyMt5w93ude0UV94&#10;hk0HyzC2787YriZkHq/Bu8dTrD20m3lTw6gszqAycAy3RtzEk0+/zyOjPTg15wD0eoalu7fwcecM&#10;lu49Rtye5fyQ5s+z0z/jXrMU9p3JpaFVRePJpbx7zIl3V+zm0MbXYM53rElrFPemQ7luNvPr3HH8&#10;dXuH88hkpjj492Xq2ne5vU8ELle1XF0gvm/rKNo5mRkFGfHsWb2PrKZefLhhGz/e7U7Oqe3syqw7&#10;t0mjONej/61MihrLk0++y6N3jMLVNIXNPydi3FBBWcJRFP2fZr4QYwfm3EvziTgyCippE0J055It&#10;NAx/iW/e6cmhlfvJqigjafMGNFPmE3sqls3v9mbvTzsoaW5Dpalm3U/raQhyFKKjo9ejtZ6cQ6tZ&#10;VDeIxXtFmr80lOIfV5Bu14sHP3qd+8Z8yPbdG/nxnScYOXoqzz7QjapqBdoxX3Hk0EY+uyEU1aFj&#10;ZDScK9s6nZKCw5vZkapl4Fsr2TrjdkwzT7BzTxJN7RcvrNC0ZbFuxl503YXwE3n5SXQWK0ReplUr&#10;aWg+yapNqbhoNEh7Qf5SlJSifC1V3yFE7zHO7v+K7luXsDu/WeRgA2tmrqI+xEmcfKF1+edwTcWH&#10;m6vrRQJEmjB62223dbz7a0iTV2uu00intn2f5JXxoRfvAyIJD50aRekJ5rz8DNMPGAKJ/X/DxdGG&#10;Pr3C8XbzwXvgYDwGjRDeuCMOFtbQ0MSFUtrMPYYJDz/L0w9PpKe7JTZtxaIhNyLUviujR9/N668+&#10;IYxFV2y0pshEI+Qx/DE+mD2DZ3vZUuYfTJhoeC3lDnTu24vqwhrKqptQ6ffuNsEzrBve+SXUNDZQ&#10;mpuNvFcU3tKeLh2/rUe8MTZzZfBri3mrlzVNCg127h6YVlWh7LBhRsJb7zL6aZY8HoNco0Vu44iH&#10;rI6mtvONr7FTGONuncpHk4LRqIX4MTPBVt6EQhhMU/fOjH/oWZ55ZBI9PcUzapppk/bp70DqQew0&#10;9lFeePQhbp14E0OEx9lems2ZI1Z08QrC284S28jedFfUUVPViFItw/eW9/h+yTxmvXAzmrpMDh5L&#10;R9f7Dfa9NAyH7JPsiRrGbV2chccextg7b6Ry6yEKdHLs5FFMnb2MFwd0xivIjKqaehpLc0iK7MNg&#10;d+FdmvsS3rUTmfF5NOgs8Q8ey+s/zeeLpwbjJo15/A7y6rPsm72cnCorhk/shptdICOevI+77u2J&#10;A8ZYCW9XZ6xB2bGCSjJAmrI84p18CQ6SNku0p1PvHtQWZbFr717oFk3nyOE8+8lHPNIzEluTZlKP&#10;HsFhxCj6+NhhGzice26vYM2ZIn2e2/V6mJWr1vPFxAjxa/99jEzNMDezQN5QTq7cGHloIP7WVngE&#10;R2BqZEZ+XqXIm8sPuZupPBn55BfM//5T3v34R94Z1wtXI1ETzO3QKYU4bm1HKwSE7+2fMO+FsQzq&#10;FIxNXT2tGit6vjCfDwa7omxux97HF7PKSkQxxcjYgugn57Fi6VuM95fmrghHVVFBZmIKvmNuoru7&#10;E57RPendv4hdyeWXseEyUW7DmTD5YT64JUi8N8HS2hJ7IYKU7R3PIYRuaZoWF20gMX4OWPmGEWlu&#10;hqysgpq2C9WoDk2FlJfeBAa5YGNkR3ivHjSUiu83KjFq92X8O3NZ8f1j9Atx0fdOSlj1eIId74zA&#10;zURFvcyeINtGqhpb9YIj7LH5rF37AZMCLjMv5x/ANRUf3bt3x8T4fAX95utvsLaSuiX/OvpeBElN&#10;X2eYmdoz6bFJBDlY/na4pa2K4z++xYd7rmLuiIF/JWZmxtgJ42l6hVUqxgGhBHSJxu+XEPxN9RQ3&#10;KWiSyTEzlmPj7oWHu2vHqgR7+veKoLO/I221pZTF/8gTk/sT7O9D6Nh3KT9wBEVz068eutwvgoH5&#10;Z0koyuTI2gJGhbhjeelkOKm8apRk7/uKm8P98BH30+v+72kTRrLjBP0KnbIzq3htchd8ROPbd/Jz&#10;rFU1dhzvqKPKatJ+/pZHx3TGxy+KMS9/zpamJppaVBj7heDfNUYYqis1RzZ4e3noN+iSAnjZ6mpo&#10;zM/gRHUcX7w+md7hvviEjuazw+tJFOnTpnbkhmFRBLg54j/uLZbf2h37pE8Z1nsQzy88Sq60dbm9&#10;IxYdO6ha2DpgXi4MljQnJXgkkzrb/jqe365RUZl3hriNz4vfCcC3U0/ueXUVjiVZNJg44Bfal6GB&#10;f64NkyvaMDEvIUV4wPEFdSJdmyg8sohnbhmAr08Afe6dwfaEho6zpZQV2V1dRnnCXJ65axAhUj7e&#10;9BbJG9aTnF4q8twYE2mViH0AEQHWojy001SlxsPKXN+wyzDDztmEioZzW1maj7yF/q5/T/e8lMfq&#10;NiUKZbPQzw2Up23iu7cm0TnIj6BB97N28S7kNeUor9A9ZObehaGRAXjaQHXKJl6dMIhwPx/8hj3H&#10;4fhY6traRXo4c9NIURecrH+dAC3NiSiNm8edXUPx8fHG76bPaJGrJM0s0saDyeO64HKBKNRq2mit&#10;1YnfkSaRyoQ9MpNW7FPT1KpP7wvRl9vWalJ3fsvU0ZGi3EZz82vT2Kdu7jhDXEHZSEFTEj/+9CI3&#10;RPvjEzSIp36czYmmMpraL7yijsbaCsoSF/DcPYMJDfAVefkmuXsPiTrZjNyrNzd2lubgnJ98rU/T&#10;ilghtoYTEuSDb+AoPq0opbi+WTgabtwuBKzrHwje65kr1fa/haHDhmJienFipaSmdPz115Dmj7S1&#10;X/V+2H87Ft0e574ervx2pZoGReo6nvvmP3tuA/9PEYbS11YywKLcq7U0lRVRKryslouisAqzY2mL&#10;c/RDzNtyhrKqWuqFl5iTuJAJvYLPbz1vEc6wCTWcObmHPcU9GBjqeJnyCur6w8x+8Bhjt+RQV1lC&#10;8srnMVP/0khqaa5JZd/aFVTduo7SykIStsziDpMLt/MWBjzzKD8fS8Xr+V2UVWax/9vXGfWH27T/&#10;gjDSRaWUVjWjVSlokDlj4xdAJ7uuvPDlZpKKavTPV12Zw5d3DsbD8nwDLpM7ETliDHe9t5GMPW9R&#10;s2Q/+VjiVleDsqN3RdlQS6uHG9YdyXIhcrkR1q7BdL/1O/E7lfrfqSrLZNPcxwiRXd6QXgl1wCDG&#10;PP8R93jZU7LrBNkpB1m2Ox/PyV+TWlJG4prXGNf1lzkYUi4Ko2xpg3PnB5i1Pk48/7l8rMrfz3sT&#10;uqJRq1FJxrwuh+ScZlEeTLFxNaZU0aoXGzraqK9S4W5vdQ0a+jYqCtJpba4iQogI35AbeW76VnLL&#10;q/X3XJS5kzceGo6TENu/S1sK697djcPkrziaV0X1iVn0Cg4SD3OZzBGo2xKZde9Oes6No7y6jup9&#10;72CpvbJBlhuZYe4ko6RJ6l/UoVK30dYEzjaX25JBRVX6YXadSMfvxd2UV2ay96u3GGl8wdw6EzNc&#10;zMOY8uhMDmVX6Z+1prqQ5e9OJfqCFTwSZhZWIi+n8P26WEoqz5XZ3KSl3NnNn8vJV52ugdj577LW&#10;+11iM0qprjjM2+6OQiL/O7im4qNVKU0slSrsuUq7f/9+vbr7T1AqlVRUXG8bsBnjNWYYQY6i0l/Q&#10;66FH2p48ZirHCwuoKK+44qu8KIP9S9+gk+nft7zMwD8Pndwery4q0upPsWXLQt7/6FuWHTtNo/wC&#10;AS7KnEVwF/pU5XM2sYjKljqSF73A8HdXcrKw4dcRf5nMEq8gNw7OnstRBztcba4Ug0Dq/dAhNzFG&#10;q67k7O79F/R8nEOaeCdtjy9rbSQ39Qi7VaJF/xUN7aLuN9VqkBmJa9SVkpydRNyfjDUo/E/SNn3H&#10;59/PZuWaTexTaTDzjmTYiFbO5CSRXlJLbfJKXrzjHdbtT6e5Q1TotI3EfXs7t365g/x6JbV5KRQ6&#10;WOMeNZQbE3ez7HQV7Yo0NizZhtv4IfhfIiaklDA2tcA1pAtdz+xnS3YTLZVnWfLBw4yfmyA87HPn&#10;/WlkcozsQhnY3ZJ2WQL7sxv0vVBSmpi0lZAQn0NuibLj5HO/bxEURe+6IlISCyhrriNl2SuM+WAz&#10;FW6RNJ88zrHjm/nsxVeYFZtEo8qGzgMHU79rB0dFPjdm/8zCZe7c0cP3P47/8vtoRbpkcvJQIW31&#10;kYwc0IVIIzlt8ckkVjZQeGAOT70/ne+PnBv++V2UzZQ2NtOqE2ll1Eza0aPUN1eIxLjS9zrKprEJ&#10;xkZ1xG3dg9LoSvuGGWFh7U54TBSFmzcRW1pNcfxJjh3yZXS0xxV+QupZl/LICE1tKYk5p4hVXxAq&#10;wtSV4C5mNJDKseRS6nL3MfOl95n50wEqlRcWcBmW/tH01sdQyRcCsZ7U5a8x+t2l7C8SdfIy2aPT&#10;tdJQ1opGK8fERE7j2T2sUague+4/kWsqPi6lU6dOHX/9eYyNjXFwOB+ky8zMDGdnl4531wfGJvaM&#10;jPHWd4tfugpHei83NsdOPIOjo+OVXw722FlbYHxZY2Dg/y0yCwL6T+Am3wb2z/qBTBM3esf0wEV+&#10;cSwCmWUEE14bSvveDxnfqw9jNsGk4T0Jc7X+tdJLkwx9ug3BS3hyriMH4u9ofYFXJX6n3zhMZ97D&#10;wJVaxj1lzoxx3ek5eCpH3XoTrtTQrB/3lmNu50dEr+7kfziOXjdOYWaWHf2jbGhs/kUQmeEW2o2Y&#10;UGv2Pn8jA+57n131tnQL+7Nj1Rb0GDEYB+HxfzU7Dt/BI4SB60bPCQ9zk9UJPp4yhH63/4B6cH+6&#10;d/HFSpqxJyGzpvO4+4k8/Sk3941hwNOHGXrfcDr5DuTJOcNIeXU0kVFj+N72eWbcEnrZeRAymTkO&#10;gQO57XkvNt7dn+gbH+NH5UDeGB2GxR/Y0cshCb7Arn0JEI53eWYbwV7txP84lQETXmVXiUhNG1uU&#10;rdaEDLXj9PZpzNxSTMTDA9Ecm8atffowek07owf3ps8N9/FSlwpmv/EmK2W9uKlPqD6gmXWvKXw2&#10;tI53Jvanx+iPMX3hOSaH2/7lQG7ttdnsWPwet351mPq2i416a/phljw6lKCgYJEuT7Gq0YsRD44h&#10;xj2AnpMGEWB5hNdv6Mvgjw5gHNiXMZ3dfhVBMrkzYUMciN/1JTOXbCe7tuPadtHcOTWUxMXPMLzn&#10;aGYXmxFgHYi17PK9GUYmIUx+wY3FDw4iKmo825x7E6PUCiF2sTiWkNpembk9gYPvZKrrYe7sP4B7&#10;P9tLwPOPMNzL9HzPh4U9Hj72mCauYObaHIyczdj93I0MfOBD9jY4EOFngaK1Q1iI+ujf+yZuCNOw&#10;5/1x9LnpDU6aedJrVFecL+rlkWFkGszNzw1Gd3IGt/UVebm6hRsG9iTG5XydvBC53IXeD92H06aX&#10;GNqtC5M2ahjZz044CB0n/MO5pkHGikuK6datG3V1dfr3hw4e0n9211136d//GVxdXRk6eCir1qzS&#10;Ly29+667mTFjBqbXoIfgzwYZMzWP5pv9W5nSxZ2/Gp1Q115L8p4fue/2j0j6g9U8hiBj/wyk3gFN&#10;m4LG+ka0tm44mqhoUjTTYmSHu7BkTY2NKFTCmIt2VtUux9rOWBgiFTpTG5wsZbTU1KHUGGNpb4mu&#10;pZbqOoVoTC0wUovvWFthom1FbWKBlagXZqI1U7c3UV1RTWNLOxqpQXVxwtbifHwCCV17I4VFlWjt&#10;PfB1sESuFZ5nfiM2Pu5YaevJL6xG6+SFl7yeospm4QFKqxps0DbpsHO3QlVXTZu1G3Y0UVZaQ7uR&#10;ibgXG6xkGoxsXX8dw9Zp2lE01FJZVS/u0bwjVoXw6MzNxTG1eEZb/TMqa+toURth6WSvn8ciBWuK&#10;n/8dR1WeRPQdgL+tBbbOzjhYm2Oka6eprkqfDu1aE+xd3XCyNaW9poo2CwdsrcQ5WiU15eXUKtqF&#10;x2iGk6cnTlYm+mirZcVVtAiv2cTBE29nG0w04hlK2nH2dcRU3H+L8HSr5G742hvT1lxLRVktSpkx&#10;ZnYueDlaIT6kvgEc3G1/nSAo5bFa2URjUwtyW5dzcTREEysNF9U0KtEIoSdsjbjvZlTCoJoZtVFf&#10;24BSZ4qNlSkqI3NsRV5aaRqpqGkUYkRcw1KcX1VDQ0ubPh/dXRyxNZfTXl9JaU0zGrNafr7nI5pe&#10;+ozHRoVgoayluKoRtc4IOzcvXG3N0DVXkN9uT5CTSG+dtKy2mBZbHzwuCWInRfpUtYhyU9WOnbcz&#10;ltIS3KZ66tTWeDtZ6pd/Ss+jaVdQV11OdVOHERblwsrOEScHG32+adStNNZWU1OvQGVihYOTs35o&#10;Q1pJpUekU7tClIfqBmG/rZCrTMT3xXOLNNCKsl1aKcq60CM24noodFi52CJvrkdl7YS9pRny9noK&#10;y1U4e9hjrKyhsKJRH0fG3sUOdZ0WBx87NFWVqEXZdTQ/L6n18zg0bTTXVlJWq9THlHF0cxf5JBfP&#10;LfKzUeSnmzW61kZqKxvQmFtjaaahXl9uLfTl1tzYCHNbR2zMfinbKpRNoj6KfGwR9dfawUmkg8hk&#10;UWaaRLm0MNHR0Ip4NmusjdvFdatpUEh5aYebsxN2pipqKlqxFPXK0uLi3ketqJ+lRRWiXdBgbO+M&#10;rSgXbdau2DbXoHL0xumCOSL/NK6p+JDicrz62qvMmTNHv6X+6VOnyczK5M477+w444+RegV69OjJ&#10;zz/v0v/96COP8sEHH3Qc/Xv5s+LD0e8Olu34kiGBLucr21ViEB8GDEhzuiTx8T0nCKL/+InCS/wv&#10;bkv/T0WnpvzQTF455sWTdwwnUr2HZ+/bz5Bpr3BLb79/VcRYA/9erumwi9Q78fxzz7N06VLWr19P&#10;QEAAAf4BHUf/GAsLC7y9vPXb8l/PGJta6vfk+Guyw4ABAwZ+Dzm23hF0qtrA24/eyvhHlmA5+Wb6&#10;hbkJr/yaNukGDPxlrmnPxy+0trbq432YmJjQ3NyMo5Njx5FzczpGjBjJgw88oN8Bd86Pc/SfS2GL&#10;pc28Jk2axCeffqL/TPL0JTHz4osv6t//3fzpYRdLb7r1CsPBQhpH/Is9H1KXcnUhCWeyafqDbdsN&#10;PR8G/q1IQwSNRfnUYanvHrft6Or+/440XFaSk0pGUR3tOiv8oqIJdjs//GPAwPXO/0R8XIj085LR&#10;rKs/Nw9E6h154IEHmT5tGosWLeLpZ57Wfy71ekwYP0G/Md37H7zPtm3bCAsLY8aXMxg1apT+nL+b&#10;v7yx3N+MQXwYMGDg34Q03Ja2YT6r0my54bax9AhywewSYaXV1HJm4ZcsKYngsccnEOZseYXVWgau&#10;R64LmSztTfILarWaM2dO62cmX7hXibm5OeHh4fj7+9O/X3+cnZ2ZdMsk/QRWAwYM/HfQtuWzc9pr&#10;PPHjCWpbr7Rk8d+LNGG0rTmf3V+8x9fHr7cl/P+PEHlwKL4V46Zs0qrqaW6/TO9vYzrbT4KLOpmT&#10;ZS1ofr+D2MB1xnUhPgYMHNjxl6R4tRQUFOjFhyQ4fkHqEfHx9cHKykq/idrnn33OlClT9CLEgIH/&#10;t+g0NGbvZ9mKDRxOLqQybScLlm3iZEY5bX+lNVbXkLRjDUsO5KBQafU9kxp1PXknfuZg1vnom38H&#10;0lBjVdo+Vi1eLIxKLi1XCMV9IVpFBWmHT5CSX3lJoLXL05q9g/fe/pKDBU3CWJ3r9NU/o6aB/BM7&#10;OZBVj7q9mtQdG9md8196XiFoWitzyEhLILvuvxsQUdeczroZKzmRVf3X8vu/iSiLTYUn2bBhBWtj&#10;pb1v/jj/roTOyAwreQNVDWr9MuHL9WjojC2wlVVRXKvD0kQmbEbHgd9BWunSUJ7A9uMFNFdncWzV&#10;bLZmXBBVVtsq6tAxNs+cx77c81F6Dfz3uT7ER//+HX+dQxIgLS0tKBTng7noxYe3j/7fqKgovfAI&#10;CpLi7Rsw8P8ZHS2l8ezed4SkvEoaCuLYsecoacV1qP8ooNNlkJl4MvChF3n3thjsftkOvjyOmTNm&#10;c7S45dxJfxsacf9n2bfrZ06mldEuReD6PfTC6wArV2zidFaFMHZ//Lyq0lgWzltFQqXy12BrEpqK&#10;U3z7pfSMrZhYeNHvwaeY0uW/49hotQpKTp3kuHDTi5v/ukG+LMoiDq7ZR2pJAxdsh/M/QoeyMo3D&#10;R/ZyML3yjwOK/Q4yC18GjexFj0HD6eXrgrXpb02VzCqYMRP7Ed1nFH08rYVA6ThwJaRl0K11ZB5d&#10;zoqkGmH9TLCwccBaWpf+K+00FCZzdP12zpSdD/hm4L/PNd1S/0pIvRnSnIVfkCaidunSRRTiI5w+&#10;fW5+hZOTEw899BAuLv+7gGJXu6X+tcKwpf4/ByneQ2XWSXasX8/B+HzaLNxwtdNSmRzHwR2HiM/P&#10;4MjOA2RWK9C1lxG3ZysHM2oxtXfH2VJFdVYsO7ZuYtOZItrNHHCzt6C9OI49iY14hUURZJTNvpR2&#10;QqK7EuGqJfvEDtZt3s6+I6k0WzvjZt1E3LLV7C6upjRuNzt2H6YAd3xdbTA1UlObeowdCSVoq3Op&#10;sQ4myKmFMz9N5435+1CZW+MT0QV/e1OkzRFbqtLYM28j8Y2VxG7eyvHMSkysNeQc2sTmI+m02njh&#10;oCkh7thB4pocCXExpj4vgeNHzlJq7oxjaz7Hdm1hzbYjFDRosXV1QFN8hmOJ5VgHRhEoy+fI4Xiq&#10;dNY428mpTj/K5k2b2JZcidzaEWdZGTuW/cSPG45R2WpJUHgQbg5W+uXtOm0LVUkHWL56M/sPHqOo&#10;3QF3V1uMSo8wa10Wfe68g/Am8feifWiFcatc/hWvzduL2txKpGMwZqUF1DoH4lZzgpU7RAqFeGOF&#10;ktK0o2w9pcDbw4SKlMOsW76WXadTyWu3wlvcv7TN+kUIg6cQnvbPKxawcmcqeHjh5+eDvTRxVogn&#10;RWkKe7dvYuP2wxQqjXFwdkRecZYD6VWoTW2waU5nyymRH8aWOFqb/bYHoCWXbYtOoPPQEn/iCAm1&#10;Zri7O2IjhKOqNoV185eybf9hklrdCPe2QZmxnVnx9Rgn7SVB5ouPrJgj21awUvx+cpkKB09PHMyE&#10;oK3J5tjG5azaHUtunRxXL9Hu1uSRengfp/PyOLR5J4klCqzc3bHR1pJ2Yg8bth0iMSuNtDIFlr69&#10;GRokI+3objas38qx3EaMbJxFWTc7vy+LspRTe86Sm5vAAXHdI9nie46OIm1aKYk/yO7TOVRWlVOm&#10;tsfTzRFr8/MxanSqOnKO7WDb2VJa6ksp0roT6m2LOnsH30nPl7CLM3jhXHuChQvWsf/EabLbRHo2&#10;CCH95SwOV8ux9vbCU1yn3TkYd3k1SQe2sHLXUVILisjPqsF1+M308zW0qX8X/3PxIQ2vSFFKly1b&#10;RkPDue4vqedDCjEed+qU+Kxe/5k0vPLA/Q9gb39+74NrjUF8GPhPkAx2c2kq+1csYUN8EY1lRRTm&#10;qXANd6HuxAZ++G4jKZjRknSUI8eSqdVoaMqPZc/RNJTW/gTblHNo2yZ2xmaQX5JPTpMxrsKY2Tck&#10;sC+x6WLxERWNr+o087YeIbOolNyj+zgrRWcMVrHt7fdZkN6Ks0k9KXtWsiPbhl59InDVZLNixjKO&#10;VzTQkLCJtYk6eg3oRPORLaw+kYdjYAS9+g8kxMlMPEw7dXn7+fqpz9hj6o5V8WkObjtInkqOvCGL&#10;Q3v2kdbiSWe3eg5tWsGOan9u7GpH8eGf2bj+DO0B7rSe2c76n89SUl5MVnYxzWZOOKnzOZtSjpGD&#10;DTXxO9gSW4VLpxh8ZZns2LiJA4m5FBRmkdVqg5+TMQWnDnE4oRQL11B6943Bx8VWH0VT15DGuu9X&#10;c6SgkvrsQ2w9WUtgz254NMXx4/oset/ck6LFn/L5EQ3DxvRAHreDlcdzcQgIJzrGldQvPmKd6zBG&#10;yI/z9SdxBE0Yipe2lNhNs1hY6MMwfwUnVy3m54wqygsSOZhUi1ukEHwul0Zt1dJWn0f84QOczm3B&#10;PaYbMRHB+sBX6oY8juzeztajKVRUlVCYWQ027jiZ5LN/exzVamhL2M/mdBU+QQHieS1+G6lUiI+N&#10;i7ZwKjeDosY6ynKzqXPpRBdXBcdnLWRlfDHqtnLSkjNp8o7CM/1bbvt6PxWnD5Lr2pOQorXM+jmL&#10;xqZ6yvNzRP55EOWpJmP/MpbszaKusZqywlJq5S64tmewfdaXLDiRTXJqLtX1tSgsXHGoz2Dnii0c&#10;TkslPTmBxDprgqNiCGpMZ+fmQ6RUVFApxFypyhx3b29crToCmwlhtfzrRazbsZfkCiEghKipFtdz&#10;bU9l3fYjJBdUoahI5fCBYhzDIwjysNeHMJBEW0PaJmasPE5JTQOKsgR27SoncFBP7BK/YdJX+6gU&#10;wjrDqRO221axrqAFWWspWaezkTmbknrkEAXG3gT6WtG0awmnHPsQ1HCM+St2k5ibTmJCCmUqSyJG&#10;jjWIj7+R62LYRVp2e8OoGzreoQ9Atv/AfgoK8vXvL53/YcDAPxK1gtKMWLYfLiJg8rM8Oi6GphO7&#10;2J5Wg0qmRmFsgVuPMTx83wjclCXkNLgw5KYbiTCrIDUhlsTYo+wWIsN75FTeHBuIIuUIRxPzablM&#10;KGnRQqNWy7DtNomn33ibJ29wo+DYcTJKG2gz1dHc7kTfO5/mifFhVBzbSUp5szBSzSjsBvLqBx/x&#10;0q3BZG5dRkKjOO+2EThZODHg/ucZE2LTcX2BTEe7sRa1W18efuEhBjhWc+JsM5Gj7+DmCDlpR45Q&#10;KXfE28UV88Ji6pubaKhvB2MPPBUZ/LwvEUX4Lbz73gvc2j8E09YW/dCJSt1ITvwB9ua24j1gFINi&#10;3Kg/e4idaTK63PIUr49wpPDkIU6XWzKofxhBQTHcdPtYeoR5dezuK1CrUTv34bFX3uXdR4dSc3Y7&#10;x/KElysNBejaKItbw5y9aiY++QTD/QPpe/tInMwdGPDAi4wJttMvkJcbm+IQ2I1+ruWcLm6gubaI&#10;9DNNRAtBZmtiiqNnDx54611evq0HZsmH2ZVaifrSZfEyI6y8hBjoNITRPUcyavRIgu1NxT1oaS48&#10;xaHsGjyGP8xHH73MKKcG0uITqXXszkCnNtJ2L2fevhqiIsKI8LEXouryzbXMTBhz5+488uLLPBJS&#10;xsr96VQWH2fBynL6Pfom06Z/yEPuZ/hsSwYKnQ5dVh5tMTfSy76CQ8KAmwx5js8/eZtHBtoQv2wH&#10;8dkZnN6chO2YF/n0veeZ0ElH7LrDlLa00dispNEkiImP3M/gICMSDhzjZHw6BaoI7n3sXm7u4o2p&#10;Ro5WWUpcbCY1Vn144r2PeGWsPxV5SRzLrr0ojTSqBqp13tx456M83teMM4mppOZVoQscyeOvfMi0&#10;T55lcF0G2YXVKNW/DOOIMqJQIu98G29/9DnTPnqMLon7iCttE0cEGVkoY26mn3szqT9n0+m2R3nh&#10;5Ze4J9IG64C+3D0mmIAbH+KZXt56A6hqriA76Tg5Hjfw0hP3McLPApO/EjvfwFVx3YiPoUOHdrz7&#10;LUZGRtjZXrhLpgED/zy0rU1UFKRyVHjj1SknOHwmlZyWChLTilCowNrcCjcvNxwcrXH0c8ZZGG17&#10;U+HFq5poaioiLTWf3OwislLPciIhl6rUZMry86m9aOvuDmTGOETcyMP9grGpzSaxuIrGynKalG36&#10;zcyUnv44ijrl7OaMrr2C6lZhEJx78dDTQ7BX5HI0vhLtH4zZSxtxmWlN8AzwwN7aBmd/G+zd/XAz&#10;F6Zb24ayRRgMCw/8fYNxrRP3XlJFmaKBBk9H5FWFZFUJwxwYgqdfDOPum8ojk/vjYWlCe2MhcceO&#10;kd/mSEREOJ4WTeSk5FMoBExqfBwnUkqoTzpDUXEJjarL36PcKZrbH5T2rankTFIxyrYaKuqV6B9J&#10;W8vBDZvItAhjfB9fzIyvEDtEpKG5vT9dBqk5dDiBoqJMkso7MSLUFTuvSPrfNh5fdQlpaSIv2lqp&#10;qlX86XkOOiGAasuKqastpSwnngMHTlOgKCS7sZTyZuF1Dw6lOTORTCtfwiODcP2dMNqWFl2Y8tQj&#10;jOzSlX6De1JTXCOumUSs8NcUKfvYuOUoxVpLKk8mUKYT5WLgA3zy+svcGa4mKcGLUf2CsLdxxCeq&#10;G+GFCZzNKSYlvg3KTrN77zFSixsRqpnCZrD3jmTsvVN5UNyfq5kF6opiclVttIZ3pW/f4YyffCuj&#10;urijbqgkX1FBfl0eCQf3E5dVSbkQEFXFF+/AbG4Wys2338O4IYPo37cbJtUiDZ17ckuUKWVn97Jl&#10;XzwVrQq0F+76JvLFKWY8j3ZuIW7vNjYfTEMhbazYcY5N//v59K03eWhQD6LH+KHOP8XBgwm0dB9D&#10;T/dLnViNKKc1VFfU4N93AH16D+O2eybT39MQSffv5roQH1LPRkxMTMe736LfNv8PQowbMHC9o9Nq&#10;UCmbaagpJnbnZnafKcYyMJzuDtIeJpd0p1+KVkVLaystpZkk7NvKtrhKrNx98fOUNpq6TDWWjFvW&#10;MbZu2szOnVvZl1hMg/L3Jzuqa9LYsHQZ2w7sZ/epcmEgOw78J5jZCnHhib9TEcdScqhoa8aqRzi2&#10;Ru0om1rQKZW/mRgrb2oS/7NAU1RNcXIOVYoWFOLZlcUpxP68iR2Jzbj5+eLhYiMcl8ukm7Rctjqd&#10;nWtXsW3ndjbsTxVpd8GyYZ2CknY3gpqO8nO6NDH38jM1ZaJ5NLV0JCi6O+qdOzmUlE5d715E2Gpp&#10;Kktj3/oVrN6xj6PHEyi/ggi6EjrUtDQpqUtL5tj2tSxfvpYDOe3oLJyxNBa/bWqJu5OHEE+myDWa&#10;iybHXorM1BoHMyOkEQkjE1PRnur0++g0V51l+/rV+iHt9Qk6bgkw1gtP86596WRnhE4t8gAj9POK&#10;pXCIciG2tC0011eTWZPFwY0rWL5iI/sSijCPdsJUboKzgxtdIjw7epjEU6jaUahVqExMxO8bY2Zp&#10;hbmVGe1t4jo1OSTF7WLNiuWs3puGpRA+Qbbid6Wf60BmYomtman+HqSdaS0VdVRm7mPN2iUsWLKE&#10;ZSu2EFtVSesFhVEKPFebtJVFSxeySDpn5XbiW5t/TSNT8XwR9saYmPsw/OXXubmTLXWnNjB/0XxW&#10;plaL8y68Ax1adSvtzWrMpbD0Ig1MLW2xlTLBwN/KdSM+vLy8sBHe0+WQxEdDY4Nh6MXAPxojUwvs&#10;3f2JiujOvR/+xLIFP/DZa49x640xOPxRW2dig6eXO949R3Hna1+xaO5MPvv4TSYP6Y6HxW+rsU5T&#10;w8kVc/hmfRyNYWO4b1hnPG0v3kTsQnQyUcfOLOHNL9dQ7DSY56ZEYPQXN0W8GDMcvP1w62RHanwe&#10;Rip7BkcG4O3hR6itDE1pCQ1NtRRmppCcVUSTSovcJohRdzzE/f08qcjJIq3ODG9vN9x7jeWR979n&#10;8Y9f8dFHbzChVyeczH57j5JxKju6iM++WUGKpjOPPjwEezuLjqMCIztuePVT3pvgzLZNJy/Z+vxi&#10;jIQIcA7qSq+60+yObaH/6O44yRXknVzDZ1+uIt86ihsnjyPkgs3L/gzSjsJ2TvZ4DRzD1A9msWr1&#10;cuZ+PY2P7hpJN5d2ko4l0ejtgaY8h/iEHKp/5x5VTZnsP5lAfpUQa3nFWNta4ujhS7DvaF77ZhHr&#10;hABZOOM9Hn7uNkJ/KQKizTW2cSXAqZ7M4kbaVK00VZZSbBtAoK8vfaP68eAnC1izZgULvp/G0/fc&#10;TTfnizfvlAnRa25jj6+5FdblJRSX5ZF85jSpWVWYWNnj7tWLiXe/waxlq1gxbybvvP0o/XuHY3PB&#10;3jPqlgJOJSSQWlBGSVExte7mlJ/dSZzJAF78YhGrF37MrcHSrrbny7hW20Ty5oUccZ/CD4tXsXre&#10;W4ywcbjYmEnDS+p6CrLVBPS8mSc++JxHwwtYnVguZN+F4sNICCZnHL1tKS0ooqJUPEPcCRJLDStd&#10;/m6uC/EhIQ29/F7AMGmJrbu7e8c7Awb+gZha4REYwSB/E1JO7GP7unl8NWMWmzPOTar+XWRWeHYK&#10;I9qtndrkw+xYO4cvvlvIrjOFl42noNW1Ut2kpU00rNaqZuor1LQp22lXqcWxCxvfc0jBtaSeFWcn&#10;T9yopa5Jh5Ew4kpp23wzWzyEX1CZk0ZJ41UGHhNGw8LeDVdza8p3x5PXFES4qz2e4dF07xOApiSN&#10;Y7vX8cMXn/DNir0Ut6gxc3THK6Abw0d409qey5nUWpwiw4m2q6ck4RDbV8zk45nLOZpejs7cBkt5&#10;G+UFxdQ0tuh7UXSoaGxoxtbWBTfrNuqEUTYXadTS1vHsMhdiAjvT59axWO5Zw978pnM9NLbSM6ZS&#10;0nQ+FockEmw8ohjxoD/VLQHcEGYnjJpIF6UCjZMVjqY66mrrqRNGTCQwysZqyovyqWi+MJ2MhDdt&#10;glpVS2lhHgVCIJSWiPsLiMHHSE36kX3sPbCDVd9/xeJNB0g+e4gdSdbEDHyIN2+zpqowjZxikScl&#10;ORRUSLu9XtwP0qor5OefvuLHVctZtrOAmwaGExwznAlks2nXUU7G7mfFt+/w3PoMzptUI0zsQhkw&#10;XsO+zds4cPgg+w+cpn7QUAZGhhA9UMHerTs5cPBnNsz7ge/m7Ke85bd5L7dwIsDWFpu8I6xauojF&#10;KzZxtKAJU0d/Ypxs0KbHseuAeJ61P/HJwvXszaq5aDivTVfBCSEkFiyZx6LtiXj5uBLm7oVlaw0F&#10;GYkknogltr2CGnX7Bd8TAtXEEWNFKRlJ8SQcP8lJk3oUIn/PB+wWpaAhldUvvM/3W0QanDrOiQwN&#10;MV5OWJpZ0l6WQ7q0ogwZ5lYuwvkNQnF4PQtWLObHFbvJVIjraKUtLsopzC1H8SdiyBi4Oq4r8dG3&#10;b9+OdwYM/PuQGVnh3mkot94zDPMD3/OFMAZ2NzzEXV09sLBzxsvXC2dhpIwt7HDx8NIvGzUxt8XF&#10;0w9vVze8Y27g9pu60n52FV9uLMS73xhG9g3XG1kPd1fsrc2Fx+mEl4cLjrYhTJh6N6PNU1gyfTF5&#10;7v54B9qg0Zjg5B1IiIedfq6Dia0HQUH+OFuY49X/bu7toWDRx19yyroXXUNcUDa1Yuw7gOfHB5K4&#10;8BPWpf8SeEmGkSRKggLxtDFFbmyOvbsvvm62mJiYY+vii7+0Lb+xTBh2C2ytjLGjjFonB5zMjTH3&#10;jGb0xBuJkMXyyacLybPswu23jSNSPIe7pyfO9o74dR/KAFsz1IVlyKMmMGV0MMX7FjDj5ya63ngz&#10;A7oE4dNlGP3DTIndsIWTKUX6+QRyuTWR4x7lzgGm7J41jXXVfvQOCkElCS9zJ4KC/XEwN8Ky6yRe&#10;7NXA9pQaZL4DeemWEJIWfMSGrDYcfAPwthWevtRDYG5H0ICJ9B8zkiAbE+TWznQacgeP9rZm64JZ&#10;LC+wYtwA8eyqakpSD7B+7lesSTm3XYSEdD8+3QOFkctiz5q5LJ67hnVrjlPtEM0tI7tglbmed179&#10;lEOqEPoP7oFpST52EV507hZOl1HjCKxVUJ2byZl137NkT5wQgBcEKjOyJKTTRF59sjdJG9dy1PNu&#10;HhwQiI1dDHd/OwHNhk944pGX+Y6JzHugGw42HgQ6muufy8TCjb53PMcNTUt5+ZVPWFsVydNP3Yi/&#10;dycGjr+TmKJ5vPjyp2zItuSm5yYQ6uqInYsrNiYiT+WmWDs4i3LnS9Sw/vTpZ0bS4UxMom9iyoTe&#10;eDr60H3CEKL8Slnz3iu8s6uWiD7DuamzG8YXhEm3tujCHeJ8ZeZJDqn7cNuwcUx+6H6iK4/w/Rsv&#10;Mee0lkGDOwnBINP3gEsYGTnT476HiDy7gNefeo4lBV7cPS4clVKUVfF8QU4dz2ffnbs/6sWZ6S/y&#10;+Msz2O19Hy8NiSKk82CsD8/n89gqbNx9cHf1oFP/m7k9sJpNe7NxHPMA9wwJxtG4kczDO1k6eyd5&#10;zVfueTLw1/if7+3yCxrhmRw4cIAbR9/Y8cnFREZGEn82vuPd/wbD3i4GDFw9WnUDmbuX8+PiEzg9&#10;/ilvDvLsOPLvQmpK1dXpnIxPIMthOA/0+N/FJPonoKuLY+a7R3HuP5AxE2OwNzXMs/j/xHXV8xEV&#10;HYOpqWGWsQED/wqEMdZp1Circkk4m0yB1peBIf/m7RBU1FY0oizRER1gWJ1nwMDvcd2ID2nSqa2N&#10;NQ888EDHJxcjHTdgwMA/CR0tJadYOe0Z3t1cTM877yTG6bppcv7rSPND3Dr3ZuT9d9Ld6eLJmQYu&#10;hwy5kfyy+7YY+PdzXbUExsbGTJw4sePdeaTt9Lt1697xzoABA/8MZFj69OL+6ftIPLyWl8dJwbmu&#10;blWIgX8x9t14fPqTTL61C3aGcvH/jutKfEi9G1aWlh3vziN9Lg3LGDBg4B+EqLfSckwjYxNMpTgQ&#10;cum9wcs1cI5zZcNIlAu5oVz8P+S6sujSbObsnOyOd+eRhIejg0PHOwMGDBgwYMDAP5nrrjtBrf7t&#10;kiZpl1sXV8PMcQMGDBgwYODfwHUlPqQ9XEbfOJo5c368aO6HNBfE3c0QYMyAAQMGDBj4N3BdiQ9p&#10;eMXV1ZXx48Zxww3nd7k1zPkwYMCAAQMG/j1cdxZdEhqWlpa0t52P4tfa2kpGRkbHOwMGDBgwYMDA&#10;P5nrsjtBGn4JCwtj+PARjBs3jrvuvIshQ4Z0HDVgwIABAwYM/JO5LsWHNMdD2mTunXfe4fXXX+ep&#10;p5+id5/eHUcNGDBgwIABA/9krkvxIc3vsLe3p1/fvvTo3oOw0DAsLX4b/8OAAQMGDBgw8M/DMIvT&#10;gAEDBgwYMHBNMYgPAwYMGDBgwMA1xSA+DBgwYMCAAQPXFIP4MGDAgAEDBgxcUwziw4ABAwYMGDBw&#10;TZFVV1XpOv428AdUVVfz2eefkZ2V1fHJ9UH//gOYOnUqDvb2HZ8YMGDAgAED/ztsbG0xNTXtePdb&#10;ZPv37TOIDwMGDBgwYMDAf43OUVE4Ozt3vPstslNxcQbx8Sdpb28nJycHRYui45PrAwcHR3x9fPS7&#10;/xowYMCAAQP/a4KCg/Xxuq6ETCfo+NvAH1BUVMRtt9/GqVOnOj65Prh10q18/fXXuLm5dXxiwIAB&#10;AwYMXL8YJpwaMGDAgAEDBq4pBvFhwIABAwYMGLimGMSHAQMGDBgwYOCaYhAfBgwYMGDAgIFrikF8&#10;GDBgwIABAwauKQbxYcCAAQMGDBi4phjEhwEDBgwYMGDgmnLdiQ+1Ws3p06dZvGgxBw8epLi4uOOI&#10;AQMGDPwJdGrK9k/noVd/5GROFSqNtuPABehUFG5+hZueXkxBY2vHhwYMGLhWGL0n6Pj7f4oU66yp&#10;WcF7773Lt99+w+49e9i7by8HDh7Aw8ODgICAjjP/dzQ2NrJm7RpKS0s7Prk+iIiI4MYbb8Ta2rrj&#10;EwPXJToNLRUpbJ/1PE+++wOLFy9mydJV7D9TiKlPOH5OFhjJZR0nG7halBmbePnNT4lVe+JWc5Cl&#10;J7T0G9AVP2fry6SrhsrjPzHtkD1339ILJ4s/Hx1Y01xB/LZZvP3DYVx69MLHyqjjyDVACKvK4z/y&#10;2jtfcFbnRydfN6xMO3xIIahK903nmXl5hEUG4Ghpilz2n5Unna6N6syjrPn2B7ZWNVO0fR7r0syJ&#10;ifDCwvjqfFdtXSorZi5kf0oWSVtWszK2AmtfXyyy1/HFkmO0WDjj7WqDiVyOVqsgY+PnvL8sFXsv&#10;X9wcLP9y3dBp1ChLk9i7Po52P39cLIw7jvwOOi0t5YnsWLOQtQk6Aq1L2bVuBTuzjIkIccf8Kp/9&#10;SuhaM1nx7ht8cEJFeLA3ztZ/Ps90GhXlB6YzeXkzEe0beGydmtE9vMS9XcPy+B9w3fR8qFQqZsz4&#10;ksVLFpOQmEhefh4pKSkcOHCAb4QYUanUHWf+8zALGs6jL73Eq9MXsHHjxvOvDRtYt2oJX7/1Ao/d&#10;NQwnoz9RKf4l6NTNFJ9dz7OTb2PKU6+xLLEWTWMJJ9Z8yq0Tb+OZd79g04Ht/PjyvYyd+hrTt6bR&#10;otJ0fFs0ZNoWCo+tY9rTdzF+/HgmP/oey/em0SzO0Sly2PDdh0yZOFF/THrd+uhbzN4US3GdAo32&#10;XFBfXUMis994jjsmThDnTOTJpccobWqXajX1p+bz4L23/fr98eNv4bFZW4graEL7HwQF1rQ1UNlY&#10;i67HbTz3/As8/8Rd9LJv4djiHaTVn38+A1ePtrmUhNNxZJQ0YNtrKtNeu4sYX0eML2u0jPEc8ToL&#10;3p+Ep9WVN7+6LJo26ksyOBWfTm3btQ4QraOtJpezp06SXlpHm+bC39fRWinuK7mAprb/VntpjLVb&#10;KP3GTeKmHl3pPWoy4waEYGly9aZDZulBrxtGMWxQPwaMncikG3oR6GBKe30hqRm5lNe1iLrVcbIQ&#10;h00lacQn51LT3Cae7C8i6qpW1UzOwXl8s/YEjarL9IJdAU1rA2X56aQXVKNU1FCcl0FmUS2q8zf5&#10;n6MVgi75DMfTS2hovco8kxthFz6aZ8dE4ttpFE+OChWC8J8hPCSum54Pad+Uhx9+iIqKio5PzqHV&#10;avVDMRMn3oK9nV3Hp/8brrbnQ27kyFBh9N54agq3jhlG35496BEdQWhIaMcrhBDxb1h4J6K7dadb&#10;dCjumnLOZlfy56vIP7TnQ9NCeepevvpkPkkNavwHj6GzJo21X3zB3JPlWHQazFAvYZSXz2NZshKn&#10;Tv0Z080LM6NzjZ5O20D6nk0smr2UXfGp5BW34R0WRfeYQKzVRexYvpxl63YSn5lJVnYWWVmZZKcm&#10;UWvlQ4i/Dw7C+9GWHePLGT+x9eAJ0qVzHPtya98wXK1NaEpcyRtfr+FMYuq570uvzAySkmoJHdAb&#10;H2tjZFftVepobygmLSOR6k7388qEvqIM+GHdWkZ+WgbyiBhsSg6x+NvpfLf2KKVqG7x9HWg4s4/D&#10;B3ez92AmhcV1tNacZuWcmXy3cBNpdXKcPD1xpIqzOxfx7XezWbInnTYbNzydjMjfvIQDmelsW7iA&#10;RSv3Uevgg7+bPVTHMfvDz5i1aAX7a1zpHOSKjfIss97ZRW37YT7/WU2/KA+9d6tuK2LfR59wyqUn&#10;kc7GtFScZsU7m2mOCKDt7Aree/trlm3ZyekS8Pa2pODUWr7Zl0FTwkFSVBY0nFzJJ5/MYsPRJCrN&#10;PAn0dMDC6FzaqavT2bJ6FSu37ufEkc3M3hxPjajvNWc2M/enNaQoLPDy9cKyJZ8j6+byw6z5HMrX&#10;4ODmgZOtKZraDHYv/Y6Z87ZTVFvAkdM5uPQcTU+TNLbFNeAX6IOTlZqifUt459OZrBACVOXfiWBn&#10;c+oTVjPnkIbe3VzIXvk2b63PRZW7gQ+/XsrOSmd6Rnhioaknbe8SPvzgW1btPEi6zotQdxOqUg+z&#10;K0XDwBFdqDuwgJnrErEODcO+MY2dS77n028XcPBsPmp7P7xdrIQ3L55XeNPNBcdZs2A26w6e5OSh&#10;3Sxbe5gaE0dxjor4pUvYvHMP67ftIKEa3D0dacs+zILvZvHjog1kq+zw8nBCV3iQ9XuTxQkuFO1c&#10;y9rD+dgEBOJha0ZT6lZWJjsyfnRPPCwaOL3mK96Y9iOr8k2JDgvATp3Mgkc+Yn97Lbu+nsHSvZlY&#10;+1qSveEbPl+wk2qHzkR4Wv0q2KT/a5Q1ZBzbyKy5a4gvVuAYFoN7awpb1i5g3p4TxB2LJR1vor1t&#10;hDerEmmzl+U7DpGpcSPczYTK+K1sPJlKg4ULFqXHWbt8GesOZ2PqFURogDuy4hPsSmolOKoLkf7O&#10;mIo6LvW4lMVtZVeuLf0GhtFycD4zN2dj5+uLi7Wa4hOb+eKTb1i0Zpe4Z9GWelqjSVvNY6/OpU5b&#10;ysLPvmXF7lQcunbFuXIfb7zxPftS86mt1WApSxKO7mYK8g+yYU85gZG+6EriWL/oW6bN20y8MEHu&#10;/r7YtpWQFH+WQnk4g8ONyExJp9oigmHd3WjI2M/iOd/w1ZazVBm7EOBmTUPSNuZv2sz2XbvYebaY&#10;dlNjGs+u4/vvfmDBqgOUye3x9nLFWibarn1L+WbmXI4UVpJ2/DRZDj25bWhn3FRZbP5xBjPnriRZ&#10;4Yq/jwvWZkaXbWt04v5iNy5k3tK1/Lw/njr7EMKdm4id+T0JLt0Id9RRlxcn2tQ9tHbypT1lC9Pe&#10;/pxle09TZOxPpIeOolNH2LBoN2fTtvLV4t1kqh0J8Ra/+Utv2t/IddPzIeHi4tLx18W0tbWRIxr/&#10;fxJGxk6Mfv593nzqQW4f1ZtgHx+8HS06jnYgCpTc2Ax7Dz+CInoz/s77eOLFV3nhrv7YCVX7/wlt&#10;Sw3Zp/eyLrYcr8DO3Dx2GP42v+ORtjdRVlVNSbsZVkJ0mSkrqaqrFp5Nx3GBTGaM3+DJvPjB20zt&#10;54Mi4zgbNuwnNb+KNmHgWqqKqVYqsXKyx8zECE1+AfVNyl97RiSMjX2Z8sY0vnrjVuzK0jm6fRFz&#10;Y/97w25aVStNdU00KeQoS8+yb+9e0uUBdPE3Iz9uP9sPJFOan8guIcLmLlrNwaMHWbcnkQKV8CK7&#10;eFJ1+ixxJ1NIP7GJTbGFyLwiibKtYM/WA5zNLKI4+RBLvpvJ0sQmzIyL2bT5GOmFSWybvpYUrQ89&#10;+kZgfHo+PxzJobmpmL0bfuLzafM4cCyLhg7vWYYJWsVpvt+fR2u7ktr0g6xOqkBZk8buxaKB79aP&#10;Pp3sqTq1ntVnCig8u4v5333Dd9v3c3j/EWK3ZmIZ1Z0IOyWFe7YSX6bUX1dCq6wm8/Qetp/MQGXl&#10;gKzouHjO7ZyqMxViqJA9e49wLLuAjN2b2XqyBBMfT1qP7xGfn6WkoZrULatYcKAccx8/rFprRWOh&#10;RCfT0VJylr3HUqhoaKYybhnT5x3BLDCaGPs8fpy+mJMljTTkHmXLoXSaxTOVn9nOumVryDAPp5tD&#10;GRvnzWRPTh2KyhR2z43DvHNPYjy0JK7cS1p9u/7edaomihP2sXTpz+TqHHGU1ZNzJo4jp1oICvOi&#10;Lecw6zbuJr/plx4tIT7rizh7dBur9qdQb+WMozKTzeu2sycph/TEw2zcFkezmStBwuhQdIxFIi2y&#10;VM50DrXk1IblbBbpVNsmHDKtmtJGM7wjfdAlbmbGxtMiPVrP9xDohAg4uYSvNhXg17ULXpkLeH1D&#10;Kor2Uo7tWM2CI40ExPjRdmgVX369mRqHQFwVp1i+eDuFzecrkU7VSEnSCbbvqcY/zBtd3l5WLF9L&#10;QkE+yXs3cTQ2G0v/cEKdLYQxkQykHGNtC8VC7CemlKBsrSHzaDKZ8ZXUF8ay4WwudU4BeClz2L16&#10;GyeTi2lV/46rpVNTl7OXH8R95WnMsRCGuCl5C5/N3E2rTzS9g9pZ8+VXbMuqp7U8gfVrV7I63YSu&#10;vV3J27KQ6Ttz0FhI4loIXmsPOkf5iTIWy9qtWznW6kuPzt5CwGayZ/UyNhbY0SXMGWXSFpZuOkHV&#10;5XoipOGYsiQO7N5DQo0FARZVxB3Zxa7UcupLUjm5ZQPxRa14SuJFOAkb40todQvFT5fHns0/czqj&#10;hIrkHcxbtodSUy8CLFVUKFtpEW2OVlPL2eUL2JBtTFC0OwUL57P1jEjDK/TWKNK3M+2YMb0GDqZf&#10;JzPiZy7iWHk7LQ2nmXckn9bWJirSjrBJureCs2ybcwiFfxe6+EDugaWsSRL3IsTJygU/sWLnaZEP&#10;tRSe3Mbe3IaOX/h7uW7Eh1wux9fXr+PdxRgbG+Pq6trx7p+AHNdh9/PEQ7fTL9hJr+T/yEuWyeSY&#10;WDgS1GcMD099gMn9PDqO/PuRvJy60jRObN1LqtwJ/0FjubmLO6a/N67aUk9FbRWlNl74R4bh59BG&#10;o6JBGJLzFVUuM8IlvBdjJt/HvWNj8HI2oj4rl6qqOlSi8a4rz0XZ1opPj+4EODpiU1GGoqUVzQWd&#10;vEbGzgwYdzv3Tb2LIc7Cs2sv5mhW9X809KKuLuDMks948YXnefGV91i4Pwerbj1xri6jLNucXhPu&#10;5+EpY+kiPPbi2AyqW9tRGDkTPHgkIwf5oakURsYsgH433crkicOJ8tGScTCHVvNobr7jQR66eyhu&#10;+ZlkZJUKMdZGvUkQN95+L49M7kFrVgGl2SdZJxznnmMmMeXBR5jSQ8bmw1lUqTSom5sx7nwbb9/T&#10;A0dzk3PmxNie8AGRlJ7OpLalmeqCdCp79hSekwfRoyfx0MP3M+X2sXR3qyC2oF64yjLs7QIZNP52&#10;+rtpaKxpwKPLIEZPuI0JQ7viaXXx8KLwc7F28qHPiBsYHWgNtY2Yh/Skn2RYi/LJzzjDz0diKZD7&#10;M/SWyfRxbubomWTSs5PYsfc4mZadGDFxIkO6hmJtfrFg1WrrSNm8lR2tIYy//R4efuIx7hoejYul&#10;sf7ZziPDWG1JcM8x3Du+L1aFp9mXWU1zWRq7zhZgHzGYifc+zEMTu+NlKTkGGpR1BZw6dpg8i57c&#10;O2koQQ62OAV0Y/TdIv/uGkeUp5bMtHgK6trO/UQHMpkJTu7BDLxhIneO6YxpRTIJyXk0SL0GQnh0&#10;GnADw7t70nDqELvz5YQOm8B9D99OLyEedx5JIqdWElhynN1DGTbxbu4YZEvG3v1kltcJUXKuXGq1&#10;tcSv38Z+o57cfe993BlUx94V28ht1or6pkbmHiXKymSGhrSRka8hsOdQhoRZUHDmMLlNFxg7uQk2&#10;nmEMu02Un3tvFe2ZLUWpQtS1akVdkOFkG8jgIUMZKIy71FsiCX5b7yDCrawxzS+ipDSf1Eotpvb+&#10;hPkE0mPQOO697z4mDw1EW1dCaUU96t+pS4rWUo5u20Cy60Amjxso6mk7KZs2sqPZlzG33Snq5e1E&#10;lB9m9u5smjTi2UQa2vj04tZ7JjLIsYXEIym0WPszqIe7KGOhDBnZE3dTnXgsHZ5Roxg/MgJ1URxr&#10;9+fi1X8SU++dRD9fNcd3budM+W8nIut0rVRmJnMssRbzLmOZMjwC6+J4Tp9Ko75Ng3GLDA8/UQYG&#10;96JrpygGDL+F+6ZMYeJAH9rzUsnJyyJp3yHi8s3oNnQsYwb3INTRElNRGLUNmazdfpL2wEHccuet&#10;RKqTWXE0mzql+rLtjYlDJ8ZOvpepDz7APXfeSFh+HLmN1gT1CKX0bDa1TU1UledR2zkEu9p0jtX7&#10;Mun+B7l/8hgibKvZcaoYhUYt2hInIkZM4cnxvfCSF5Fc9p8NLf9ZrgvxodFo2CKUaFpaWscnF6MT&#10;FUopPNR/ClKvx/A77qS3lw0dvctSqRXPoaIu9xA/ffQu73zwCT/sTqdGFNhfEQLFyNQar8iBTLy5&#10;D7b/L3o/hDeoqCUj7gA7jxXh4tuJYaOH4Wv9+8+uUSpobG5Aae+CZ4AvbjZaakRla2i5oOujA5mR&#10;Da4eNliJa8rb24SHoUaja6e+ugaNSodXaAgeNtboqgqpVgjxcamjIfLQ2MmbYCtT8adWNIiiwnYc&#10;+ksYmWBu54Srmxvu3sF0GTqK0WMiMW0qJ/7UWfYt+5ZpMxez62gsxVX5VCmN8e/cj4n3TGbU8GHc&#10;PCSaMLtK9mzazqGCatqMWykuFkLLwQMvJ1tsfUMJ1TXRWNdAi8qcriOFkRvZjVAPJ8yE2KotziS5&#10;OZMDq7/n04+/YtmRXOpPJ1HZpsbcpgd3PvAAd90YiYO5EAmiTMqEAXIM6Upk8ilSKsvJEY1Wp25h&#10;OFnbYG+TyYLPP+LTrxezJ6MRZbsauZ0rITfcwyMTxzFqUG96jApHlXGY7bsOkNhmhaXZJc2OzBQb&#10;S2vs7W2wNTXDzdYCO3tL/VCFcUsTrWXZJJWVkBK3m+WzfmJDQiJJmTkUZiRwqrQKlbUlNlY2uHh6&#10;YWpu3nHRc2g11cSfEY2sqx/ONuI80bA/+MAYOjlbXjyxT/xtbOGGp7UJptb2WIqPKhQqTKxd8POt&#10;ZMOs6Xy7dBclrk7YSKJY8sgr8jl64DQtJhb4uNtiLOqui18AwZ5KEo8f5tCpPNpULbRcWMcFMrk5&#10;7s6OeDq74Obhgj2VVJcV0SgMulqkqbFIC1NdPVnJ2VSa2OPiYo+1oyehLmZUpmVRVNeMWm5DmJ8z&#10;dlYu+Ae7YCrEUnZNM79ob62mktOxRTRl72f2F18w/3AZupT9ZNSoMFIJ4eLphJWZJXZuZlg6ueNk&#10;JqWFEJ9tdTSrzqeLzMgCe69AIgJ1ZJw+xp6TpfqeJQm5kTnm5rb6LnrjC+YaGNl4EOoj8qFdGLy4&#10;M5SIYmTXKRBfH1HWPe0xyj3B3vgUCqT5VX9Ae1k8e/YlCGHmgq9UJjTlnD6WQYtnAN525pg5+9PF&#10;VUf6iUQq1UJ8yI3xdrPFxNhGlCNxvK4G5UXzYgRSXguH1s3GHJlGOD4FaaTUQmiAG7Y2jjg42VFX&#10;ksmZEsVvhr912hbKSkrIjk8kbsdyZi/dwZlTyVQV5VDdJokaK326WpoYY+UeQjcPW7RZh9hxMoX8&#10;khoUinJSU4po0VjiaGWBpbM7vjYWWIgi1VaZxanyGrIPruTbL+ayt7KYtPg0appbL5gLcx4Te29C&#10;qjfy6Qfv89G3a0ilnpoWHc7+EYSmnSWlrIyipAqCOnmgKkvhVHEs62dN4/Pvl7P/dCFNwhFrMnIk&#10;JGIEt44bSZSXPWaWMlFmr83cs/+5+MjMzNTP+v/ii+lkX2Fopa6ujoULF1JdXd3xyfWN3NiV3uGu&#10;mJucH6uTyo666gxzpn/BZ59/zueffcb0r75jdbIo9Rci9YBYOuIX1Ycoy6ucCPcPRFrl1FJTSdL+&#10;/Zxqt8W/9w1MjHE9N0Z+JXRaWqVejmbhZVvZ4uzmgK2FmqLqesobhFd4SUXVaRopL26kuUmD1sxc&#10;5I/k9SqpKW5F1WYsvFB3vIXB0yryhZfawm96OcX11FUFpOsnvsmxtjjXI/BXMXbwJGLcVF599TVe&#10;e/UlHrl7LDGelnpxKuzPOYxs8evegz7DonA2t8DNxUk0qnaYWXvR44YR3HRTb4JcTKiMPURsbCpV&#10;LVdqMCwI9HMVhtdCCGFx1yJx2oUA0+jO9++Y+vTn6Zs742JmjKlDIJ3dJcPccVBCfM/EvTNDHBNE&#10;o5XA2QQHRgRbUpO+j8Ub46i61LhaiAbY1x83SzPsfDrT79bbGd7ZD3tViWio97Mnq06f738FmcwK&#10;/4E3c//YfkS6Wv3pBsysthplm+o3ZeN3EaLLzq83Dz92D31cFGTHbuOH735iYWwp+imQQiQ4+QXj&#10;3ZbKUfFMysYyEvavYe6STZwtqKX1Sr8lhG+LUoiSq51g+JcxwjH6Vp57fCx+kpW7CrStDeTFbWXO&#10;vDXE5og0/DMJaGSHbydPtEZF7NiVgs7ClfBQZxQ5R9m4bg3b4jKoVrb/Wv5+D3kL+Pfog3NKMol5&#10;4vd/b4jmmiPDwi2CoWNv4YZ+EUI4n09bnVZJWcJeVq9cw87T2dQqRdnrOPZnkMntiJx4H8/eEIHD&#10;ZdobnU5J7t4fWXiiVLRX59JESFcUahmWbqH0tj4r6moK6ekODAmxF6JSGpI7d57cwoGQ6AHc1ddX&#10;iCQrnJy98bMXjlWHrbpW/E/FR3Z2Nl/O+JKPPvpIH9vjSjQrmlm3fh0/zf1JJGZ6x6fXL3KZuX42&#10;+KX2U11ylFkL9lAoGmutWknpsXUs2JctKtQlhsPYFAsHVwIt/z+sftGhUiqoLhBK3NoBm4heBNj8&#10;fq+HTlSy5roqGmrq9J5KgK8ntnamlFcJ8VHThPqXyii804qkw6xbNJv5m85QXKPBMSwYN1dHTLX1&#10;FObVCyNgiauHD53cbDCX1ZFb2UTbBQ2cWl3J3lXzhdFZwiFxba2pH4PDXC72mv8bGFvh4uZBdI+u&#10;DLv7WV5/8XFuGzWUUDffDq/0HOqGQuJTcigjgDGTxzHESY6ySoWju4aqujJKahppLMwkU2aDrYMd&#10;VsaX3KcQtzbuwpO1DmXIbU/w+tuv8fjYXjh3i8LJVIjljtMuRo6RhQ/RvVvYtWIDp02jiHbRUZdz&#10;hiMNYTzx2uu8/NgkenhdMqdJ20ptYTaJxytw6DKc8TcPxE9eQnply1U0xEKM27oT7OpGWM8R3PXE&#10;k9x/Y3+6dg3HJzSaHp4umDS30CSEaGleEW0tF3eVy41c6N43FLvSAqqaWmktOcmCuSs5W9EiBNjv&#10;34W0RFNRmU9yoxM3P/wcT907EofMQ6w/W0Y7xjh4RzLp4QcZEmTEyX2nKCxM4+SOtexNbiG4a0/6&#10;dbn8ULFkOEql+UrVVVSUVVFn4ombEGsO5hc0x8ZOhEUF46qqp0qU6+baUjKr2nDtFIKPgzXG2iYy&#10;CqppUFSRn11Fu293gp2s+cX+yeXORMe4Yx00lMdefpWnJ3TFJ6o/QY5X4dCI9FEpKkk7upl1J8pw&#10;6dSNQV1dkel+v+xLw0r2fpEEWZpQXqLCzK0zkS5QfPoQ2/cnUe0YQZ/IELys/3h5s6lbN25/+BFu&#10;Caxld2IB1SpnuvcLw7I0j+KGVtqq84mvlBHeJxpX43OzTq4GuZmVvqcg0lE4wnkVNDbVUlfTgINX&#10;KN28fitupV4rqccyoHMkPUffw1NTb2fUYNFm+Yp6Ko2ddKBT15K8dyurD6TR7N2DoVFh+ueVy+0J&#10;i/DG0qiFWlFuG8oKyW9QoBRNjpmrP1Gu9gQOvoNnXn6S23pFEtajk3AczH6zzFgr8j9t5ybSvO/g&#10;7Xff5oUpQ3GRSz2VRpjZeBIa3cCudTtJMYsgxtsWJ+8Ienj35pYnXuONF6YybkgUNkF+2P4PFcD/&#10;7KcrKyv5dua3LFiwgMKiwo5Pr0xNTQ1ffvkls2fPJj3j+hYg0jLQitIi8vPyyJNeVQrxqQ5dm/B2&#10;tOeFhkajoiSvkpZLxcf/U2TCG9SUldB4wbyNy6ETnmNDdS0NlUo87Gzxc3HDXHjb2opKmsqFd9Qx&#10;bqIT3n3Rsc388NmXLDooPDDfHowdP5QIP2dMldVkVNajwBl3IWDc3SxEw6AktaSOlnapV+CcYdKo&#10;i1n11fu89dUmytS29Jr4EA/2dNcf+69iZI1nRAgBQU0c37iIuT/NZenqHZyRDMsFfa7athoyT+5i&#10;xcK5zJ+3jMOlWiy9ohkwOgzz1kS2rpzPvGX7qfAPJSxEiLJLlkTK5HKs3LsxLlRD3LZ1LJz/EzOX&#10;rmdXaiWtlwvGJZCaPSMjK7zCQyk4coK6Lp3wspG6jL3wbk9i48oVrNtzivwmM9rbVEIadiDEn6Iy&#10;h+MbVjD7pwUs3HKMPKUzUZ42VyXeZOYeDOjbHV9NPnvWzmP2ojX8nJBPvZkfo4b3JbQljd0b1rNX&#10;eNRNwqO+ELncgagJExju28zejatZOOtb5m46RnHTn/C8pcmFtbkc3rqSlbtOk16ixCm8KwOCHTER&#10;4sNSmp8REUNk51Bkifs5XqbCxs4BR2rJy0yjsl6NiVpNY+vFQ4E6nZw2RTVJR7ezdmcS7R5RdIkO&#10;vMhzlstthBEaxkh/LZn7NrJ4/gbi8WPMwGghICyEgbdEVZHI5jWLmB+rJmLkcMLc7X9dpaJ/7vGj&#10;GaaNY9mS+fy0YCnb4ktp+/2qdQk6UV6MsbCxx9m4gdz0BAqr27HQqmj+g14bI8cA+oQH07O7H64h&#10;AbiaG2Fq6YiFTEdFajI5xY20KNS0Kdt+d+mqhYs3nu6RjL4tkILjR0T9lBE2bjyjrQvZvnqFSJfN&#10;5PoM5vGRwdh0rIS7FGnY0NZDePlN2RzYHUf5hYlgbIl7SG9uHRpIydF1zFm+kcOV1gy6cTTd3C8e&#10;wpOQCcfSNSSSvp0daI3fxLz5C1ix/QjpZY0XiVmZMK1mduJ5TcTzpqRSUCYERlsbCrU5vgMG0dO/&#10;jTMHtrB1XywZtS20i6/KbUO4ZXQvTHIPsmbJj8xaspljeXW0NxdycM1B/VyfX+ZiSALPMSACo8Tt&#10;LF2yjPVHs6l3kcScDGMzG1z9/CiMO0tDTBie9vbiGbvSyyqPtQsX8NPChczbcoj4sparWlX53+Z/&#10;ttR23rx5fPb5Z8JQ//nHl1a9ZGVl6ZfeSstL7a7x0ts/v9RWI/5royD5LHGnYolNL6a+LJdkofy3&#10;HEzjl6ZIbioa9GF38ehg/1+XkOpRK6nOPcXaFT+TIxrzP+IfudRWeMU1+WdYt+oA0uJqIwtLLFrb&#10;sbOwJ2boQPyFJG8oTuPE7t3EKpzo3Hc4N3c/t9RWJ1R/3okj7Nl+Cm1Yb4b38qM8+QxJ6a1069mT&#10;buGWJB08xImEPEx9fXA1MxLCT4P3uKd59q4b6exuBRVnWbByDzkKT266dRjujbHsPJNDsfcI7hkY&#10;imX5QeZuPkNTqyVRUZ7UVzehMwvhxTkzGB90dcbzQrQqJQrR4Jp6isbAx0Y0IueuI5M8FmsHHCx0&#10;VKbFciq7BY9ugxgzrj+e8nY0FkIgBQTi4uSEq2kLJRkJnE6rxEmcM3zkAGLCA3FUlZESn0iO2o8b&#10;JoxhQKQH8sYG5N5h+Hs4Y6FporTBguie3enR35WK08c5nZJDTehYXr11AIHWKsrLTYkaFIaD8Fp/&#10;7YaV/pXJsbAyo67BnB633cEoYYDNrG0wqzzLocQiWq2D6dc/Egt7f7p7C+PoEEofPycs7YQ3blrJ&#10;qYNx5KntCBk0gUnCIP2ylE+naqG+sRVLjxC6RQVg0tyExtaHyK7huKOk1cSZ8G696Nu7E/ZtpaQl&#10;ZqEIGsakMUPp4u2Km58H9sp80jNrcY0Mw8bRi6jeA4l2BoWxD726heET1El4tg0cPhJLdr0d4x5/&#10;hpsjXTFSlFMuD2NE30Bk9eU020QxbHg3IR6aKK6REzlkJCOF0Ap1haTDJ8ms0+A68m6eH9UJi/Ym&#10;mk086Te0HwEO5pgom0RZ7M+gcGcUoq6XtlngERyDn6s3AdHRhLtIvUI6lBWpHD1yGoWNN/52JkJo&#10;OzL4ppsZFeOOpl48u0OguOdOBDhZYubgSYinOeXpSSTma+k96U7GDYjAQddAtdqLgZ2tyU7KpSls&#10;DM9PHky4qxDgzRVUyAIY2CsC/7DO+Oty2H0oiQb3kTz92ATCbdqoyG/EZcgNDPIxR1FbSbtrd4Z0&#10;90HWUkuTWQADhvTFWwqcJvJdbmKKpbUFmqpCyhRGeEb2IczZDZ+IYJyMZNj6d9Evb7c1vbi3Uloh&#10;ZWYmx9Hbh+CgYDxtLLGyN0enqKI4vwG3sBC8vAMJCQ/Bz9kIhU7kc0QYvi62egElOQ5tdZU0mgfQ&#10;o3s0nYI9aUktxqFzDOGRUXTzgcTDx0mttmfSM09xU2c3TNpqya03o++I0US7Su1HNTIhLEb0DcXJ&#10;yYbG/HwqWiwJifEWN+hM38GDxbNYCFHkgKeXM8YVCRzKasGl7yQevKk3HuZqmltUmLuF0yXIlnah&#10;a208I+jVvTPezqIuFKSSVGUl2qux3DQwAhtNM00qS3wjuxIZFoSftyPGTRUU5tTiLNLL2dOD4Oju&#10;dOnWnXDHdvLTM1G6hAox6Yx35z6M6B5FdJdATIoTiE0owWzgFB4d0wUPeT4r3l5OW9/+4n4t9cOn&#10;MpkFzv5OVBzZT3x+KZqwYYyNsMYhYjA9vES9NDelqU04S7dMYqi/qKs2om1xayXtwGFS6uV49pvE&#10;Y0NCsFCLtsXIkdAu3phrlOL+5dh7dybaw/p8/f+70P0PqKqu1vn7++uMTYz/0svD00M3bfo0XbtK&#10;1XHFa0NhYaGuT98+l72nq32ZWdrrIgdO0L2+p7Dj6h1otTpVY6Hu0JypOjcz88t+99LXHXfcoSsv&#10;L++4wD8DbXudLv3n6bqu1lY6C1d3XdDwEboezvY6n26jdB/uyte1qhS6/KNLdc/289DJgwbr7vzu&#10;qK6h7Vx+a9qKdT9/84JugJOzrtuYe3Wff/2R7t4buups7aN0T3y2WpdTFKv78tFxOh9LW13vh5/U&#10;PX3nKF2Us5XO9/YPdNuTK3QqjUanTJivG9MzWOfsOUj3ymff6r55dqDO18VcZ3HLDN2JvCpd6bYX&#10;dH4edjozm266r+a9oYt2tdNZWvnrXttbJL4v/A8DBq4WrVpXc3al7uXbBuhueeFr3Znq9o4DBgxc&#10;GW17qW7nJzN0e3LrdO3/orbn8v1UfzNSZM/KqsqOd1dPVVUV69atE15aeccn/wzkcjMCuvVj0KDB&#10;jBh1C8+9/RmvDvTsOCrQSdH4FJRnxrFr10FqtNdqQtr/Dsnjt3f1Yfj4W7gxwo7ykiIOHoijTPk7&#10;Q1HKBspqq8hXNJO4ewVvvvweK/Yl0dZaQWV9DQ2/ztoUmHvRtXeE8LKsqD97iuzcEppVauorCmkU&#10;3mp91TFmvP0CL/5wnNJ6NeZ5WdQ0SVFQz33dWPxnE96fcSF2yNQV+p4rKdKqqDvnTjBgwICBvxN1&#10;NWWWXenkYHZ+9eS/gGsuPqQhk6+//lof0fQ/obamlpMnTnS8+2dgauHGIz9sYu+ePWzdMI+HR4Zh&#10;J3VXCkMmvCJaG6soSDnEqtlfMmNLbse3/v3IZGY4uAUROTAYk/oSKuO2E1fednkDLwm05gZqhPho&#10;wAxXryCiu3QmxNMFK3kL5XU11DSfH8+XYYF3ZDf8PD2RlZzmdE4hVYpWakoLaVO2YOTkS3hUF7pF&#10;+GFtZoK6NJuyhlZUF/y03NSfG24KxdhYS/munWRcErfBgIE/i5GFA96BYQR5u2L5b7IkBv42ZBZR&#10;3P/sEDztLf77E93/h1xz8VFXX09ZeVnHu79OXX0dp06d6nj3z0fT3kJZ8j5Wz/6AdxfH/jov5P8H&#10;csxtXAno3JcAMx3FFfkcSS7+NWDSxWhRNtZQW1uOzimSO5+ZwbZ9m/j2qcl0tjCioLaJiqaL94Iw&#10;9Y2gX5A3HiZ1HE7MpqCqlOKcJpQKHS63vM6CzXs5uuIduvm7CWGTR1GTSvx2x5cl5PZEDB6GmxAn&#10;Lclb2Ff4z4k5849ACEpNWzNVQhAWltXQchX7b/yjkBlhFzaKZz6dy7Tn7yTM/v/DajYDBi7PNRcf&#10;1VVVVzXJ9EooFApyc/8lvQNCzRqbWeMZM4j+g0YzyM8Zi0uXSP7bMbfBKziaG0NsaKkoo+jYaSqV&#10;HRJM3UZLXSUlxUUUl4t/K0poEu9bHIRYcPPEysQMGxtLLK1lNEjLLpVtF8/iNvWme59g3D3NqIk7&#10;TV52JhmZdbS1GNHJwwFbM1PkVrbYm5pjrFNQ3SQFGrtAvoissOw8iJs9LEFVzMrDWVcQRgb+ClLE&#10;zcbM/cx6+yme+nwxsWVSrBZD+howcDXodFoh4oXzVVpNi/r6rz/XXHxkZGboI5r+p0i74Eq9H/8k&#10;pBncLY11wmuvpa6uHkWr6vzyLJkcM2tP+t/2ArOXfMwtnR0lm/f/CHMcPAKIHOyPtkGIj7TDJNdL&#10;kUR1yEtPse2DyUSHhxIy5h5eXXeWyiYNRlbmWNhaYWJkhoWd+NvaCEVZLVW1jRcFeJJjIYRNKHaO&#10;DrTlHuVsWhJZdY2odHJcrM3PhXG3tNHHuTDSNet3rrw0yp/OIpBBfbxENqkp2bKb7MbrY+hFKlPt&#10;LQp9WHjVpZEc/2YkgaDVqmlTNNHSrkLVpqCxRXXVoZl1tFGR10ZIWA+69QiiobhW35Cq29tRtV8Q&#10;Wlr6PXWrqDdttEuhtK/yd/4u9OmgVqNqbf/D2CFXjbie1Cva2HCu3TjXdjSgaLuKdJbur11BbXOb&#10;SFMFdc3tV51HElKeqNqUNDcpUCpbaG5sRinqiaa9lRbhDEp/q9uVwjFs+f39Wv5HnCuvKlqbGmlu&#10;U4v7VlJf30CjFLH4L6THldCv1GlppqFJpMMV5ofphYKqjTapfP8JR0af9i2Nv+49pb+meEn/aoRz&#10;phS2RCfqRnXcfG7t/zBbCq//oeFrLj4qKypFonW8+Q+REv6/WWj+btpaSvhwVChu7m4EBkfxxA/7&#10;yGqQoi6efwaZiQ1enW/i8WfuwMvkXx7hVAguYxMTTIyNkfb2sbSXlqL1x8dMTmlNMUezq5Ebi+PS&#10;OR0vXXUJGXFnSC9rxdbWEntbIR6MLHHytMPR0wKn+gqoq6Vdbqw/31i/r44cW+8wAl18sJE3sm/7&#10;Hg7k1tJiZIODnYX4fTk6Oy+6uTpgZaolubwOhVbW8Zvi3oQKNJI5EjkoBFMzU9qSNnC84voodzpN&#10;Cbtee4IX35rLiWIpnsy1RENjSRxLn7uFNzfGsnfRawz/eB/1okG9GuQyIQ5DLUlPO8mpE1k4+bsg&#10;7VqcuO5njmw/Te2v28PraDyziGfmrmZHxiWRgf+HSNEsSxNOseuHbRQLw/7fpZ38ra8xXpQ9L29v&#10;vH288QsZxKtLDlIixSr5U+2floptz+P9+BpObXqWgKc3UX1J7JE/hWi/ji/9nPtve4bvvv+MqePu&#10;57PDGWTs+JG3nnyRr49nkLL+W1577k3mnq7q+NL1hFqU12PMnHwjD645S8bP0+geM5gbfzj9a2yg&#10;/wptOax7/yEG3PUW80+WXHbvGp2mTvz+QhbsPE1xwx+XGZ2ugSMfj6TL5K9IrzlXz6Wr6jStFJ5Y&#10;xgc/HKdFegZ9m3qlYIHXF9dcfPw3kfZ7KS4u7nj3z6K5qZyVH97H2G9P0nKJlyCzcCSk3y08ffPl&#10;d/n9V2BsR+iwZzlSVkrmyZ28OdAdLD3pf88npFaVk3doB/NefZXpe7Kpr6v/9dWYk0ji4aOcTKmk&#10;dNtsXhjgrY8p4DngaWZvy6EoYztvPPIY781cRVplKfu+eJJ+vlbIPIYwbdVuimsqSNr1M2dSUiiq&#10;yOLrKUPwtDISIieMqWv3kV1ZS/6nk+kz+QtSskqoKDvAPdEemBiZEnT3MirE8aqyWO4LuySap4H/&#10;ADnWYTfyzk8b2fD1c/TzMIPyJHafjuNE2bUWVH+B5nIy4vewKv3v64m1m/wBG87kCV1dTdruVzGd&#10;v4DVe6S9of6M+JDjPv4H6hfcSa9Js6n8aRIu5n8cXfQ3WHoz4P63Wbl5Di88/w5Ldq/krUFeHQcN&#10;XBXlp5j27QqOZ1f+R/P7VO05bH1nOgurNCKbzXHt+wQ/J6/i1gBRh65z/tHiw8JCeExe11/hN7KK&#10;5pkvZjLnx5/46ae5rDqUqV8WnLb0YS4sElqlAu2ujaR2bNH9C/qdIR186Ny7tzCr/06kADYyuREm&#10;pqaYmpjowwdLn8mNjDHt+MzYyEioePG39P7Cl9Qjof/X+NfvSdc6d664lvQ943PXMTEWwkI63tHL&#10;ov/sl++L17mekXPXMOo4Lg3D/Hof0vV++Y0LPxPvrxqdlraGAvbOe5nB/p749xzNEwtPUlpbyNGF&#10;3/LokFuYNLEbzr3GcvdH3/D+M5OI6nIDT8/cTl7T+d4EKbRy4cH5PDq2H10nPc23J7OolPSrro2S&#10;gz9w1/Cuol504r5vNpNVe8nOnDol+ZvfY1BMCJ7eUTyz+gzVzSXseu4GHn/tcfoEBuIaMpG5O5fx&#10;yo2hePn14L1DZcLz0tBaHcd3d3fBzcufXnd/zsmqyzSbwstT1eWx+/vH6ezpiUdINya9vpCUskJO&#10;rvyJV297imcevwGPHqOZMnsfhY1K6nIO8vXTkwj38SWg+xhenrWIpQvWsnPZd8yc8QUL1xyn9gJP&#10;va0xl93fPsawLkFETfmSHckVKFU1nJ33DAOjA3Bz86Dr4/M4WVBD+Z73GfTht0x/eAxPrDhNvfJc&#10;Omo0FRz+cByeHm54+nTjjU0Z1Fbt4dXOD7IqR4m2rYncTW8xZOSr/LjwSYLufZyHBgcT0WMQL8yZ&#10;L67XH78uw3j4p0OcObmfJR9/x9ZNX/PeB4uJP7WVGY+OwtsjgMG3v8SaM7mk7ZzNjKfGMXbcaEIC&#10;enOXMN7T3pvKyC6RjH/lO44VN+vv60pIZc9EX77N8Ygaw30POnCqolQfMl6Rv4XHh3TFz92Tbs+t&#10;IrWi6aLhH50yhy3vjcXHywMPr0CGf7ST7LoG0tc9ReRrX/P94+N59efzTpy2rYHsvd/xwACRloGR&#10;jHhyJkeKW8QBBSWnVvH6+Cg8fCIZ89g0jle26uvGpeikXrHik/z46h109XbDefDdvLb2FOW16ax9&#10;+X7G3noP99w1hoERQdz4wiwO59RfsCNvk8jLxxj02KPcc3NvIp+dL/KyjLy93zK+e2d8A4fy4Y4U&#10;mqRIxC25bP9oAv4+PnR/5SNeukGU2Tf30dzeSl3yap4bHkxgcDRP/RRHzWWisupUzZTELeON23rQ&#10;beQU5seXU5n2M18/PIrJj39PanEGO2e/TP+xU5l24AxH577DHcNGM/GhexjXLYgBd73CylPltLdW&#10;kbr9Sx64oRvD7n+TVWeLadSP3OpoKz/Dkjdvp3+nIEY/8Q17kxPZ/t0i4hPOsvGjx/h4xQEKL+j9&#10;0FTHs/jV0YQGeOApnvWjn9P0z/oLOnUJmx7vQ+jNb7Lk+1d583guNT/eQ49PD5Ab+xPje01hxdkz&#10;LH/jZgZ+fRKFqp2GopMs/fBuntmeRX3Bcea/IMqDKC9dB09i+qZUGq6yt/K/wT9WfFhZWRESHKLv&#10;rr/eaO9zF3eNn8htkyfrX2O6++Fob4upTsFFI3HS+GNVMvlNHe87kCqzFFnQys4BaR9VA/8OdJom&#10;/f4WP69UMP6Hdax4ZzQ2CQtYEFeKor2CEhNHBjwyne9vD6B412Eqwu9j2tN9MS4/wYHs+o6riPKV&#10;f0J4nRlY9x7PRH9jasqyqJCWamds48v1+YRN+YwNK9/Ge+8Otu1OpvyCmCmK+KW8vKaJ2z5Zyo5l&#10;T9P6xXdsSCihXtHAtpIopq9fybc3FPPOSxvp/P5G1r4ezrrvtpJfVcDBma+x3vcttu9YwWtRWbz7&#10;/jrKmy8eW9bpminMSOTEIS8+3LKLDTPuJ7DxIGviy2hW5LBn32ZOlDpy/6RuuOXtYNOJOPZvPEaB&#10;yY3M3rmFnx6Lpiw7i4bArgwcP4UpD0/l1jHdsDM7vzKk9eA61h5X0nfKgwyozCQ5Po/Ss1v4PDOM&#10;x2asZf+6j+gdf5jY1AqalC1ULPuST44WUVqp+HWYQpe2kTePdWbWloMcW3IPse8vIK3ZkYiwLNJL&#10;hPFWCfGRcZziyBg8lY2052gY8+kSPrvDh63zV9E0+mPmPTcK2aY9VLt1Z+KTUxg68kGeujuc7JNH&#10;OW07gfnr5zG1kwmx8zdwtqqJ9FpbvEc/zQ/vj8ZImtOk6cGL7z9JoLqCkyeyaLzAwFwZSaDb4i+M&#10;dn5mOcXlwsA/ugbTWz5m489Lmdo+lzc3J1F/gaFtPruSVwpvYcuh4xxb9xpOs79mR54QWI01ZM39&#10;lI/PNqOsP7eCSxKZitpcTh3eh/qhBeyY/xY3aGI5mFxOfWk6++PiyB35CcunPYx/3lGWrzgsjPpv&#10;RahW20DugYPUyjrx6ryfeC1SxakdOzhWUI9S00xVbhNhwx/ipYcHIz+7m5Nn0qi/4Pk1bQqUR+Pw&#10;mPg2C58bR2fNKd7/YAf+T8xgzWf92PX5XA5mFpO99XOeXaHi+YWbmd2ljJUniqlrUaNS5rLxjekk&#10;DJnBuqUvoJ3+NosSztehXzASyeRjHsBEIQanBFWw5pulIp+aaVU00dzSJp5DmufSQmOTgla1hnYh&#10;3msqGnDyH85jz91LeEM8R/YcJv3MThauPoq6xyO8O/VmvKzbqVFpRZ2v5vTypeyu78wjX33OiKo4&#10;du/IwXvszYSHdWLk0x/z1Li+eNp0uJk6FaXHlzJTO4nv16zi46HtrP1xC7mVjei1ma6dgmNzeH59&#10;I7c++wgTp7zGizHe2N75NVse64qluo2mBgUyU2dCO4WgTckWZaGZhtJ8Ug86McDXhPyzpzle3Icf&#10;ls3moe46di5fRkLttZ+jc80tt6WltFn1f46DgwO9e/XqeHedYW6NlYWl/lmll7l+f412KgvSzh2/&#10;ACm+h+YyGzXpBYgQVsLf7vjEwD8djaKeoqIccoN7c3PfGGK69iPax5as2HTqscPPLYwe0dFEh4Uy&#10;qncA/fr0ICrMHTPLNmqEh6ufJCgap7qSDJocHIkecRtPPfM0D93UEx9rDRUFibT4BNCjV3dieg7n&#10;hoFqShpLqf1lHoKujdL0k7RH92Vw90g69R7D+MHlxBWV0SYa/h79utI5tDN9+3eiue8EhgoDF9U5&#10;BE1OAdVNpaRscWDCrUOJ7hRF75FDCEpIIKv5EoMps8Q7eiiPffk4N0SHERoSKjwsNaWScdOY4dvp&#10;BqY8+yYPDg7D1qaVSp0bw+57mNdeu4P+EZFEhnvh7CBDJzx8CysbbG3tsLaSgiudrwfmrl248/En&#10;mXLHzfSxVaNubkLmfxPTX7ib8QOiCenWg2jTZpqaW/U7FFt4D+HN6XP58q7u2JqfEzEyExN0yflk&#10;FVSgjrqXeaufJcbNj9D+9qw4lEFDUwl5x9q4aXAE9maWmHUeSq9OgYRH9aO3bU+G9QwnwM8Hb2UF&#10;DWojrO1ssLAwR6csp6S6Bu9BwxnYvSe9+wdgbZ9JbF4dbt7udO8WQ/eYSNz6DcK7S1/6dA7GSTxa&#10;a20D7X92FaBMjoXkmGhlaEqS2W8TzrB+UYSH92X8TT1IPFtARWNHeRFYdnmELZ/cTpfgALwjooim&#10;hDKpt9XIBPfOk/jiuzm8caOv/lxpXkRbczUZJ0tIyipD5z+Ch9/7jEf6e2PjFsHYO1/l6/uGERbm&#10;i7unjhaFMNDnfuYi5DJbwm5+kIdfeFKU9TB8HE2pq6ikoKYZlWgOFSKtnYI601mkqZmmguKaOuGh&#10;d3y5AxNjD3w9vAl2t6ZeiLWMFhuiQvwJjwxFV3aYfelJHFl7mjbnGPqEBRA1dBQDbaT81dFeGsus&#10;U3V06R5DUGAo3s5lLD2Yg/KSfaO0Im+1oV2JjuxKl56R1Oac4FTp7yylF3nVZueCRVC0KKvBOFgp&#10;Ka9M5WxcOoXFxvgGdiIiWuSxnzdepjK09Xn8nJyH0taNMFFvQv10HM0sIL9VpJGpKZZ2TthZmf+6&#10;J48U1tBt8IusfPk2+kdFEOBtSlNGMiVN51bw1TYksXrOOmyf/EI/5GwthU0XwtzIxhkPO7MOgy5s&#10;h5k1HmHd6JJ6mjMljVTkpZHsK+7L25WwYXfy/ozHGBIZiKujEVU1eSL9r334gGsuPnr07IGR8e/v&#10;WvpncHJ0onefPh3v/gkY6yN5XoS0n4dtIB6Wl6m9Bv5dCEMg7etS39JErYs7ThYmQlTYYC9Eqqa8&#10;mhadMWbGZliYSZNcrXAR4trFwUr8bSQVk18NiVbXSk1JNUbtxsJIO+DoG0FMmD9utm1C3FaRs/YH&#10;Xr57NIOG3MxTc7awJamUemk7b/F9jbaJ4kxxztIPmDJ2GAOHTOTV1SfYmVFGi0aDlbU5JkbiPiws&#10;sPf1wUkYamkoS65R064qYU/BSWY+PJqBA4cx/uFPOFxzmtzGi7trhWxA3ZjH4aVvCvEziBvufIEf&#10;9lTo79/YQjTAEX0ZFuOHvaW4rrATGmkoquIMKz5/guEDhzLx6W/ZntDQcbXLY9K5L716xuDvbI2F&#10;3tbo0LVWk7ruPe6ZMIwBw+7jm7R4qjXnrJl5vzHc0CMCfydL/RCahNx3DJ9NH417/QGeGXc7L29N&#10;p0ZjQXCPATjt+JnTmYnsK4thVLit+I4cuaX4LZEXxuYiz6w8cLeWhveMMZVpLzC+GmG4FUIMaXFz&#10;shNOhzl2jtborNoobmrBxNQIC3Mz/dCdlbMjjs72WElDh5JFu8rwA+pWJa3CcakrLyAvcyWvPzyB&#10;IYOGMP7V5bTGxVLTLG1C1nGysozYHx5gUP9+DBr1BCva6qisbxECzBS74bdwU3QA7ra/DAgbY+Xo&#10;T9dBQdQv+4AH7r6Hp3/4mUxhnIykoGitNeTsX8OCuXNYduZ3Jv2KQmuEEM0l8az7cRZLth0gq0UI&#10;xY6b0onfNtIPI0l7CGnE51pRcn4xwOeQGZmK8ihSR95GWW6eEC9H+fzJ2xl5z8eklmRzMvkMx5NL&#10;aAqKEPlhhomVLbb6EAU6movTyaotZ+3LtzDipkf5KVsI7NQ06n6dvCydJcqSKOt+AR7YmpmJcm+G&#10;UlFLanmjyMkrozMW92wq8lHKO1E31a11QniUUSEEnX5IWFzLQhqeFda1Tb/TdCmHlk1j6i138Mqq&#10;3WSlZtLQ2KjfTO43CJEtkoXmrNPs+elt3lidQr0oO7+mW9ZBtp0spzapkNbfWTUqk5li7RlCTEw6&#10;64+fISszBZvBkpMiLi4cmPrco6xe/CPfLDwhyolI/2u8Uk7imouPAP8AfHx+Udl/DWmuh7SZWkBA&#10;QMcn1xd2jdX6ZWcXZ6cJrp164Skq1K8I747+NxJud75LWY9okNuVTVQUZSOakI4PDfzTkXbXNBcN&#10;l4UwHNIcY61WIzxzUU4sLTC5qN0Vxk4uGu/L7NIpTa61srcQHpuwA9JF2hqoqWugpVUnGi05zn3H&#10;MPWV95n2+RfMnLeKeU/cTITrL72NRpiayXAffg+vvPux/pzvF29gyd39cL5kAqI0Y/7C3gYpCq27&#10;eSduf/kjPv98Ol9+PZs5Cz5jpNfFPZlqZRXJp/awqdCXx9/5gPdfnsrN3ez1xyRjYmFhjY3Zudn4&#10;Uv1QVWew9+ApCqz78eL7H/DmY+PoFWSlP/9KyK2ssRSGwqRDSAj/m+y9C9lQ4cm4R97gk49fZKKv&#10;PzaSahPIbe2xFt7hr86lQGbuSs+bbuKGMXfz1kdTCdv1I/uKVFiF9mWU+iTrNm4joedwurpcMnFP&#10;pIm00+tlskYgFwZV1GXxFYV+CEGLSqXGSC3DRhilC5HyVnpdbr7EH6HVKshLOouTly0ettbY+Qxi&#10;6vNv8vGnn/HF94tZ8/1jRHnY60NxS/Mn4ld+zHLdaN79+BM+/uBJhoj0V0srI4SoMrJzwPqCnY+F&#10;z4yZnS8D73qV2Z88zk29vKjfv4BZ36/mbMoJNv00jTnHqnCWes9CbTq+9Vt0LYUcWPUjn32zkXzr&#10;YGIiO+F+cSH/00hl3tbRHgv7SG5//BU+/HIOG7dtZsZdw4gQz2lVXSHS+2IRbGbvgq25PUOmvs30&#10;L75j4br1LHxlFI56tXoetUpFZa2iY2ddaYWbGa62FldnGIXTYGdrg41wKC7FxNJWlFU7IoZM4tm3&#10;Pmf20jWs/eYZRoa5XTT/7xc0mhriFnzMO7M2k+3Yh1v6eGF1waZ9MuNQHnn/BTod2cPOgkvmc12I&#10;zBgLW29CY9w5uGYnZ/MDuamPsLvNxZxY+xVvfr2RWttODB4W1vGFa881Fx9mQhU+8sgjIpN/m1F/&#10;FmmS6f3334+5+W+3PL4eUGfsI6mq7df9QfSIRsYybBLT3r+LTqICyE2tCRr/Ah89PFDvYV6IDhWN&#10;NUWkHM75XQX+T0Zak16ffYQl059k/ISJ3P/4Syzcn0F1q4b2mmx2L3iDCROFYZi2lKzGcx6sTttK&#10;XUEcK798i7snTmTs428wfVs8pR3Hf0GnyGHDdx8yRZwzfvx48ZrIA+//wPpTBdQL7wuh9BuT1/La&#10;0/d1HD93ztQvl7EvrUq/Nv/chTTUxc7hnjtv1Z9zy+TH2Zbb/NdiOYj8N7K0wcPFE8+U0xwvrKZa&#10;eGcZReU4RwXhJPtz15Q8GidPP2l/AdJPHWTjsgUs2RlLXqM53qHhWIomzdwlkOgoT1oTjpCWXUqL&#10;SviU4vflcmsCY6IwalJj5RdNzygnKvZtJa1MPJNofK9sGmRCJ/syYFAr2QoXortH4yvLZeeaFFrU&#10;FzT64gI6TTtNDbXUyNzp0asroR4WKOp/OydAQnri9uZqiivrkTmH0r9nOG7WJrQqLjYkf4yG5qoi&#10;quWudOrai24eppTTSqsQ8VeiJWkZz362g2pTL3pFOlCdUke7EGcmtsH0G6zmwJ4s+g2LwUkY6j+P&#10;MJIuXjjZWpJ7D3JPawAA//RJREFUOp68ylKyE4ppLHMn2kuIgd9J4T+PKLuFJ9m1W0ffoACCYnrQ&#10;u1lJm00wXXpF41x+iDkJVSg7VtDpdApKEjKotAyj/4B+RNkryRJi6ErodO00FIs6Nnsh27TduOeu&#10;SYyIMKYot4CKUtEmnS6h1tqPYC8XTJWXL7PSp6q6YhKSTpPTakpYWAhODja0av+auZHEh7SNvYNM&#10;g6lvJF28lexasp2SNnd6jghGlXOWjDol1fGHOaIvazLMvSK40ceURqsAIXzsKN66nO0VOkwvUI1S&#10;KsiUQnhkpFBQWUJRRhaWLhH0DXTDzt6U5uZyyoWwrxbHmn4vNpXcDt9waQijnbLKCkpzs0gpLKKs&#10;XYeRvSfdvJ2wt3fHJ8wbedZR9qfkUyOchctF15e1F3N011FOqT2JiumMl/Ay5BcUY+ugftx0063c&#10;PiCP73amn2+rLkXUd2NLBwK6DWVASzbxXgMZ7G2OsqGUjLgTlLU6EhEZiL/dlevI3801Fx8SUkMe&#10;FBTU8e7qcHZ25r4p99G7d++OT64/2qsTWHcsj2ahxn+Z4CaVMyPbQG6+/wW+XriEpYsWMPPVBxgf&#10;4XzBeJ9AnK9uriHr5DZWn5U2m//3odMJcVWezMbpnzJt1gq2b9/GulVL+GL6dL7emkZjcx3F6SfY&#10;sXMPJ89m0iBttCJFwRTCY+O8L/hs1nw2iu/sWLWAeTPnsOlgMnVtF1RCdSN5yafYu3MH23dsF69t&#10;rJ33DR+/M531xzOoaxceaW0uxw/v7Th+7pzVP3zOW298ye6Myo4gSWqqUnbx865t+nN27djM8byG&#10;c63rX0BmYodP5170jaxh6WtP8uwXG8hzHMCE3n6X9YIuizTe79+TEeH25O1axPf789A4OOFsY4Z9&#10;p2GMD5NzYv6HPP7IiyxLUmBhY/trtFyZzASnHhO4O6CKxR89z9RHX2NruR2edhYXl8HfIIkPb4bc&#10;dzN2xz7loQcf5fVv96ITDa7DhcZZpIvczBYvX388ilfz0nOv8vWWNNptXVC0tAnjfjHSL5o6+RHl&#10;Z0XNgZk8/u5MNmRKXcym1Gut8bJrJGPvVvYckWb7/54gscCrSz8c0rcy7cUneGVVCibupiL3NPoJ&#10;g5fDyNWfoOpNvPjo/Tz4xAxqRkyil5sJRsbCkET70VhnRc8Qlz+3qsnMCicXa0zz97Bhbzn+kZ1x&#10;Tl/B80JQzz1Wic+AEfRws9A/75WQgum15B3iuxWb2Z5Qqg+idiGKI8v45IWp3H33vTz28QaqOo/g&#10;ph5BuHr35NZ7gsla+SlPPvgwz26vxM/dUT9EJCGTCa979Bisdn7G1Psf4r0DLQR3/p2eJWko2NoZ&#10;HzcdeWum8+5nczla48XI20bTyV+InSA7ynatZNWmU7RY2whHoZbmS0IFSMhtvejWNRLXhtPMWbqF&#10;eCEKPEwUqOsbubCq/ilEmbcOG83jd3UmYcGnPP3it+RY+eBhJwzoxPu50z+XH15/nh8PFqBQnzNp&#10;pvYxPPjsZMx3vsfUJ99lTYM3kZ7WF+WBJLel3kLrtni+eu0jViSYcOO9t9EnLJTovn3EvR9l/o/L&#10;Sak3wsnodyq9zAzXzgO4aVgg9ccW8u2yHaTXqPRlRybVm/Fj6UoC8997lWn7S5DbOGLrEcLQzg4U&#10;7/iRVQcTqewQ3DJjd3rdOACPon18/9E8ciztUSvLqVCeG94ztXXE3taf0Q+OoGXJfI7XOhE9LJi2&#10;nV/y3Np0WvRXOYfMyBwn7y6MHxpAZK9I3CxMMLdzJ7xbV/6PvbMAjOLo+/BzuXgu7u4eAsHdvZQW&#10;alSh7kJb6u5GlTotUEMKxd01QWIQd3f3y+Vuv9lwUEqhyov0u6fvvuTm9nZ3/PefnfmPc8MB0Qct&#10;JrHeGpvOTkobz/+cD+VLAv3f5w15pYq8HHLr1q1nbRzOhPy6ZeLEicx+ZDbOzuffB0ZTUxM/L/+Z&#10;srIyfciZka2H+ooqrCKH0NdbfmcsirxcEEUlMrVyxj88gsiIMAJdrYUS/22TJO9qW3J0A/Pe+Ypt&#10;ubV/qZ+TX0HJ6aJSqfQhFzldrZQd28gbb3xPrpEbV9z5IJMCtezdLBo0pRMD+3lSmbyddQer8Q3r&#10;y9jJw3HRlhG37kc++nIV5TaRTLv1JobatZFzMJFOF2Hp9+6Bq6V+BEldQdy2XcQdLcRp2HRuvWoQ&#10;yrJsjiamQVBv+kUFYlV9iKUbD1JWb8sVdz/IbRMCKIpPJCUlnbaIUYwJ98DSuIWjy7/hl8O12DkZ&#10;09bSidmwG5kR7XJy7sDfQd7B11Rlh4ufG052Tvj16M+wYSPo6+eIta0j3iGB+PsLq0tlg4OXH56e&#10;btiJvx3dggjz8cZVZSquoegeNZPLv7OwskP7DGPC6OEM7N2LkIAggrxcsXdwxMMnlH6jxzM42h8H&#10;K9Pu5cYyRhYO+Lg7dd/PJyCSQRMvY7CwyBzdfAgI74G/oyUmVuIc72Ci3FTdYsIjIJToKF+cPQLw&#10;dlRh6+JPlLjv+MkD8bUTjZeb6MhDI8W9vQgJjqCPECV+7s44eQbTo1d/hg7qR3RAIGG+HngFeOPl&#10;7YC5uRUOrgFECIs2ys8TN1cXXP3C6dNnAAN7RtMjOIiIQE88vH3xDfTD1dG6WyApzETcXX0JFXGw&#10;tTDH0tEd36hwAkNC8HZyxM3Lh2AhRMYM6SvqWDh+Hp74egcS4WbbbfWeeM1hZCnqoYcd5nbu4tl7&#10;M3r6JGK8bDBRSLQWHmBZRgD3iQbeS2WGmbUzQYEh9PC2x8zSFldfH/wCXUQ7ZoOTv8izyCA8XZzx&#10;9PLAU8S/R4+w7vg7uPoRM2QYQ4bE4OfqjItI0wBfbxxtrLF38iTYwx0XWzk9xd+h/rg7mKNTWuMu&#10;ruVsIyze7meVLVgHPNxFGvsHdRttoVH9GDF2EBHiecxNrHDyc8fRVjyXt0jPIRO4elAoznKey+kl&#10;BKe1uy+edra4+QUS3m8kE8XzRET0IMjTQ6SNKFvOlifTpXtJupk1bj6++Dk7iLIq8mTIWMaN6ouP&#10;SF8XeTm0j+jMYvoxeORQeou0Dw0Lwi8ojPCQALycXfAMDCVCtHHh/v74iut4B0UxeOAgRg3oQ0xE&#10;KIEBcrmIoV+4r8hXJ9wDe9C7d09xP1vMuttDIXatXfCL6kPvnqHdr0FMzO3x8RNpZ+eIV3AM46+Y&#10;SIyPA9aOXgT5euLsJsqEtzE71hzCavLtPDIsGFeRN172Io98xP0nThWC3RkLUwvsPER5iI4iRKR/&#10;QERvRgzrI/LHi6gh40Q8+wjRa9M9P8/PX5TjwAhi+g9lSN8+9I0Kxdfdg8CIaPr3DMHXxQEnr1B6&#10;9hJlTQgWf1FHPeXyFhLDAPGbUYNFWRZlI8DfB083UR9Eue2+x4AIvIQR7enhhbcQ6kFhEfg622Bm&#10;LMqnkSXOIixAPJtvQBj9x46kX9++9ImJwsfDj9CefekV6o2Th0hbkXbBvUQ+BvkSIMp9UFgU0f6e&#10;eAeH06tnIA7CMFCaWuLk7UdYUCBuov1QmlhiL67jK8qhT7BI94GjGCriFh0RiIfNeXZqKSzzC0Jp&#10;WblkaWUpGZsY/+XDydlJeuGFF/RXOP8UFRVJAwcNPOOznX6YmZpLEZNvl77YkCbVd2gkIbL0Vzkz&#10;Ol2XpG4plxLXfy3dP22o5G5hcsbrnumYMWOGVFFRob/SxY+urUY6tvwJyd3cRgruN1X6PjlfSlrz&#10;mjTQwU0aNPkRaXvSAenbJ0ZJpuYu0tgZz0uHq9ulxuwt0rt39pPsrL2lCXe+Je3Oy5S2fPiwNNzZ&#10;RZr4wJvS/rJ2/dXF9RsSpLl3T5W8LW2kgQ98IO2I3yy9dv0IydPCXAq+52Px23qpevfb0vCenpKl&#10;qqf01uojUkXJdmnO8GjJwdxM8ntyhZRX1y51dWZLX03pKbnYBkk33DBAsrA0l4Le2i91aLr+ND8N&#10;XHrodFqps7VE2vbK5dKQF7dKjWqN/hsDFyNabauUvf4D6YVXF0oplS2SJuMbKczWXZrxc67+DAMX&#10;MxfktYuMi7Dc7rrrbqG09QF/AXmeyIUY8fgnaKUucrf9xIfvvsYrr8xl/aGjpOTU/HY4VZL9+7dR&#10;nnWMI3Gb+PL1V3n9vU/4cf0hqi+BjYH+Md3GjbDKxD9arYbmjq7uyYi2dm749+yB3WkT0yRJTV1J&#10;EQWpxbTaeuIe1INgJ0vMMcPTO1RYjSHYyVPLz4LSyhYneR8YJd1Oxc40aKEU9/ZTWWJqJNHeqd9P&#10;RNNAcXkTWlMvIiN95Pl5VBRU0nK296wGLllEW0iXpo6kZZ/zw1FbrpoUhY3paRPBDVxUyKM18kaQ&#10;Obu/481XX+SVTzbgNPw6ruvhoD/DwMXMBRMfxsZK5jz++Mnhvr+CLD7kOR+XClpJQ86+ZXz6/ru8&#10;/fbbvPX2W8ePt/SHHCb+fVuEda8g+Hg+q/al0fIHE+X+EyhNsHLyIsJBSX15NltXbqTQLIprH36Y&#10;W64Zi6flaZP8pA4aa+qpLFajs3XE3MMDGzNrfPqM4vqHH+S68YPwUp19YqC2pYGqlnY6FDZEejnj&#10;qDLrFj6noq0rI7e5FbVOgaWZSfeQt6K5itxWDcbWHnj7uGKhMEKRkUnNid12DfynkOWw0syJHlNu&#10;Y0YPR32ogYsVhcICn+E388A9VxDkYIGRY0/uefQBxvhfIq+f/59zwcSHjIfoROR3jH+VbqVrfOlZ&#10;IzptI3Hrfmbpoo949aUXef6F5/XHC7z06pt8+v0yVm/YT+lpDnD+syjNsfeO5rKRIehEp793yQJW&#10;JzbRb8Z1TOjlje3poxhdQnw0NVDe3ImJhRlWlp3kJx5i59FcCpuqKMzLPTlh61R0UheVx/ay4rsl&#10;7CrR4T1sKpf1D8dV9WsZ0nbVcmD9Ur7+dBFb8ytoU3rQP8ile3mbprKIzBYNna4B+Pv64Whiinl+&#10;EqVt/0/y6f8R3W2LqSO9r3+ER2eOwt3yn6/GM3D+MLL2YdBVD/HSy6+K43luHBmItWHE6pLggoqP&#10;v8ul9NrFwNmRJ8Gp3CIZd/MMxvVwpak0nXVfvs9XK7aT23iGUQV5+WZrM9VCnHU7ajJqJHnbUl6d&#10;M4fHHnucd75by9HK38/Wll1FFx9Yw5ef/8CB3HosI/vh6+WG1SmTfLXaCjYs+ICX319Ceq2CqPHX&#10;cfOgQGzMFDSW5VGraafJx7/bqZ2jKH/tdRnkNvzdpaAGDBgwYOBULinxIfv18PXz038ycMkiW5nm&#10;9gQPuopHHryBET29aCtOZc1Xn/FzbP5JHwVnRanCJ6wH/XoG46xfUngmZIdJ9oE9GTluFL3sGzm0&#10;eSnfbk0kv/5X19MYqQgJ9UVlaYaRqRtTbr+RIYHOmCu1NFQWou7SYOFsh5WtK/6ygyJdFUV1v93P&#10;xIABAwYM/D0uuPiwsbHR//XnyK9cDCMflz6Stou2uhJyMvOR/CbzzCMz6OttQWVBKttWbiK3+bTR&#10;D1msKI26J4N2Y+7O4Cuu494bJxJuefblYUZGJgSOvYnn3nmHOdcNwq/mIL8s30xSfvVJd8VKY0+u&#10;vPFyor2dMOuqp6KhFY1W6l4u3VBZi06rw7Q6hX0HsjBSCFGka6ew+hxv8y6EkLatgdqqUqrbtEhd&#10;rVQVFJKdkk1mZibp2ZV0nOb34YIgnlN2ItZYcpRtx8ppa62jODmWtOrz7yPgQiFp1TSUZLBvfyq1&#10;f9thhQEDBk5wwcVHZGSk/q8/Rt5kzc5OWKDnaGM6AxcI0YHpOpspiv2Rl594gGe/ScK1/xTumN4D&#10;4/ZaSjP3kVB+mjsqY1NUVpY4CZ0hi4GuLu2vIxd/BSt3QgPdcLQ1waowl5aaOtT6vlypMEYV2Iex&#10;IS5YG9Wy42AGNc0ddGnrKUhroUsj0fTLq8y86XEWl9TS0dXO4fyabo+g5wrZ6VpDTiKx69YTX6nu&#10;XmWTl5TMwR2x7N9/gD0Hc2m7SFbY6Dpbyds5j1s/P0CNEJDHNi9jV/4fbwf/n0LdQPbO75j9+Fek&#10;GF6/GTDwj7ng4sPP96+9RpEdjIWGhuk/GbiU0XW2UJYVy4rUFtpdvXFy8iQoZiBuSiXtHa1UN5y2&#10;Z4GRGVYqexytzdG0ddDS0ELn39gISYESM3MlyrPMQzMy8WLYqBBsbY2p2bOX7PJ6NB1VpGc2ChGi&#10;xC04ipjeMYR7WYpraSnMLKHpH4gBSaehrb6KgqwymjVCRHU0UlmeJ+5XQOqBnWxaepCSkmLqNCr8&#10;eoXRY0gU/YeMZPrU3lh1NVJUVkZZo/zKSEtHfSlF5RXUtbXTVFVA+rEEEo5lUSbvUyHEXXleKWVF&#10;eaQVVlLf2tkt1uQly/X52ZTUNKMRIk7StlCamkdVsxp1UzlpSUnEHzlCYnohjcKqlzrryD1aQGVF&#10;Lgnx4vr5VbTK28R2I+8B4k2/a+7h8lAbukSeVuWlkpCcQkZhKeVFhdS2qWlvKCc7JYEj4vcpWQXU&#10;tv/aYctzcjoaqqksziMvL4eUY+nkibRv14h0qi2noqSA/JxiyivqaKqvIDf9GPHxSWQVV9Gi7kLT&#10;XElWUQFZGakcS0oks7icqhJxneREjuZV0SzO6b5HXVH39/EJyRTUtQnhqENTX0hScQUVucdISEgk&#10;t+J4mmg7ZNGZyJEj8SQmp1HWLG/KJ85vq6M46yjJKZlUNLZ3eyQVCUhnay1FGcnEJx4Tz1JNmxDG&#10;6uY6qopyKRDpUFxYTeufvUY0YOD/IRdcfNg7nHlNtuwB1cB/F4WREcaikzGrraCpSxKfhUAwUmBh&#10;ZoHDyR029RhZ4errRUAPe0zqqugUHVuD6Fi6tKID+gsjEJK2jbraNjraRYcrO+tQnLbQ1siaoH5D&#10;8bCzoTNnB/sL6uioKSaxXnQyxq7c8ckKdu/dxfcPR2NqrMA6O52ajn9g9WoaydmznLdmz+dovZqW&#10;4oMsXfQCTy/ZypGEdayM38bqxYvYum8b3775LHfOuo3ZT73Bku1HyT+2mU++mc/8XXm0dzaRteEr&#10;Pli4mO3J8ez88V3m3Hcbsx54hs/WHKSw+DDfPD+X9198nJtf+4ndGdXdr5J02hpi5z7BOyuPUNGi&#10;QVsfxwe3vsHq5HxS13/No3fdzayZN3DDPS+xOqcRbfV25kx5mk8/eZQrZtzAjJfns6dY7nhldLRV&#10;p7H2tXv5YH8xtXn7WfDiPdxw113c/8pbfPzGG2xILyBl63yef+h2Zt58E/c98QYrEit/3aFTaqdw&#10;/y8seuNx5jzzBHfd+RAvf7ueRCEiMjcs5Ku3n+aJh9/kq29XsnnVAl587H5m3nIbz777I3FZVVQn&#10;/cRDb77GU0/P5uHbruOBtz7m28/fYPZ9t3DzM99xML8edUs5h5d/yL133cGtt9zOGz/FCkGhpmb3&#10;m0x86SM+mTOTG2+8nqc/3EFhcyu1KSt587E7mTnrZm6ddTcf7SxELURiyeFlvPXUXdx276N8szUV&#10;rbKrW6jkxi3nnTl3csud9/Hsh0uIEwKtJGEzP736ME89+w5z311NumGExICB33HBxUdY6O931ZNf&#10;sbi5uuk/HUdeCmdu9pd3wDBwsSLy0cjYDJW9Gza6DsozD3IoNYfM1GQKdcYi3As/x99uGNi9mZpn&#10;CKHR0Vg2F5J9dB9HUrLIECKkpFOHsdL4jHuTyI6jOmUfHzkJ7EvIpby+CxM3N1Q2VuJ8/Ul6LEL6&#10;MsbLAZVUwbqDOVQX5VHQ1oZO6YGvvTlKhRKVnXv38xvLG02dHAH4dygxxtGvH2NG38n9Y2/grjum&#10;oUhOIsdkEvM2r+PNaV7k71jJoTZXwjpEHFOyqW4sJSNZgavkhCJxDRvKPLnxvRWseWU05bt3sjOx&#10;kMqWRFZuPoa56GjlebJyd69UuhA9IYB9mSWUNbTSnBrL/qAowp3K2PS9hnsWrOfIoXU8GxzPPCFy&#10;5C6ztmELXy+r457PPuN54+W8u6/ktM0OJbpaq8mJ3cg2y+v49I07CMzezOb0Kpqr8sgvaWPUWxuJ&#10;Xf8VN/e0IG5zArUdp87p6ST3WAplRj7c/OB0vGqPsmVTMg2dLSTviyO5pJCqklgW7qokdOY7bFj3&#10;McPqMtizK4mSFvEkBW1EX/8KCz5/HIvErRyyncanC9/jsqJEkoVAKY/7lme2WfDoN+vZtepZTD/7&#10;hGXHZGd/Eh0rv2ZZ52TmCQFo8vWX7CipJmXjJmwfWUniwe18dkcoO77fSm6xuN+ynykc+DSvPDyS&#10;4iPZIt/UNBUmsn3VFjRXfc7WZe9wuWMu383fTlV7KwWZ6ew7lEibi+p44hswYOA3XHDx4eT8e6dh&#10;8sRSbx9v/afjyMts3T089J8MXMoYWcgOwiZwc4QVlYnfc8v48dz29hYUHiF4jbiGGIffj3oZu4Yw&#10;auwUruttyaGVH3P1qEnM/nQDFZZBRIdFE+r++7lAOqmToz++zg2XX8MTiw5Qq/Bk6o2X0b+HHxan&#10;7G4pI5l70zfGGwsLqNyxi6SCEpq0WoxtPLA3lfcEEeLD3rHb+VhDSRJ5/5NpDjoaKwvJMerEcsRA&#10;erq4EzawLxZuFiSWanG3Mse6o5maqhpKFRaYORjTmmZKoG0gQa42WAf3pKdWTVtJHR3N7kx45AMW&#10;fPoIE3p6Yi6rLYUJbuIcr9JKGusbKCvMg5gwfNwGMmfFk4z0UNKqVuHjbyYETlt3n2nZFcEd85fx&#10;xLAe+ASbUyXCf4uW9tZycjIy8JwwidHDpvPEC08wyd0Fe//BXHnvc8wINkODKSqVNYrGBjpPGa2S&#10;HXv5DprKXQ8+yW3TJzDE1RVVRQXVHRJOg65j9gdvc/swZ/wjfInuGYqXby9GTTSnqKOYgrp2tGED&#10;CPH1wM0/hBj3SVwdHYCzhzdB5h2oOxrIT0vEakA/Qm0USPa9mHRZLfF5ld0jQTZ9buWzz55meHQY&#10;kSZ1NHbYM+KpRTzXX0VzqxZbd3dMaiqora+l9HAot10znglXPsQHz12Fu9pU5FUjjRl+jOnj2b3/&#10;i79vMJ7F+RS3iWsHD+b6Vz/jvaeupq/zed4zw4CBS4ALLj58T5vzIY9wuLi40NzcrA85jrwVv7eX&#10;l/6TgUsZhZEFLqHjefLz95g9PQJTU3O8Q/rz0Msf8sndA7EzM8ZIadwtOOVVLvKYhrwdvP/Qa5jz&#10;5mvcNakXluI3bn0nM3vel7z68FWicznVKZTi5O9PHMb9r+Kuj7/j+RljCLAxlh9CiFz5O3EveTRG&#10;YUdIv0BUdio0mWv4aeVuGtVd2No54WB+XHw4eofibGaBibJKdHyn79H6N+meg3H8OBWdRqgaqQ1r&#10;a/Pu0RwLa0dsbZ0wM7LBM0pLqUUWO/btJ0U2qL0tKes6xidv3sbwSF+8g8fx7OofSaosQ2cbzZhI&#10;P9x/ky4iHb3DGFySSrqw5vf9UshIH2cslfUkffsIvUID8fIOYsJryZzYRNY6cBzX9rAVDcXvR5aO&#10;I6HtakNTD27WZkIlWqBy8yPYU0lbQyGbv3yMkUE+eEeN4N53VqI5dX/wbixwdnLD19MWYxMLrGil&#10;s6Wahg4rYqJC6R3uDG1aVBijMpU3pTfBytqE1q5O2k+fd2Nqg42ZyOuTrVojpVlNpL15M/0i/IVB&#10;E8k1n8WzO6eGDpHuZmOmMsTdXB7MEkhodGpydrzPlDCRlkLMDJj5KWplJx3aWjJ0JsjRU5qrcA0I&#10;EuVAor45l+UHv2bmwAC8/aKZeO/zbGvNoqrVBH9vf0b2DzC4aDdg4CxccPFhKZuapyC/cvH3D9B/&#10;+hV5DsiZRkkMXKIYW+LcczovLjhEfV0t6fHbefm6vt2u1c3ce3HTK+upq8ljzcLniXHQd6DGNnj3&#10;n8E7S/ZSLX6Ts2MJL07vjYfVaSMlNtE8+NESsmpqaRAWvnw0bVvAG9f2x8NOfnVnhMOQ2WyKzaSq&#10;IpZHL+uFvZkpPlfMJSGthOqqbJb/fJDysmqy4j9hSIC8tboogz0fJL28kqrKdB6NsTt+r3+Krp3G&#10;6jJy83/rM8TIRKgKhSVN8oobnUR7Uw0NDdVoMMMrRF4Z1sXunUm4WaroE+yNr0kE9z7/I0cKxHki&#10;nrXV+Xz16DSC7M/S6ZmHMHxKE6lHd7CtMIr+AaJOJS7kwY3ufLUnlZqacva8EsNf7zMVKEVemjhA&#10;ebOIS1c7LeV5ZOTXULx3B3vWq3hibyF1eYdZ8Nw1mOhOb3LaqaouJ7+kgS5Nu5AeVpiqXLA3PyF2&#10;jDG3NaFFxLulUytLBFqbNFgZm57cNv7smGHjbEzE80tJLaw6WRbyXxiDo9kZfluxmy9uj+PytbnU&#10;V5VybOlszLSmmCudiDDS0CSip+1ooSJHCIwOSbRdnozrfw9Lj1Z2X7e+toK9P3/GZb6GFXkGDPwZ&#10;F1x8nL63i/xZFiDW1tb6kOPIDsYCAwL1nwxc6sj5LE86VRqbYGpqiumJUQ45XPFruImxsntk4tff&#10;KIWFfOI38lyP4785lVN/f/KQz9VfX/xf93VMTOTvTFDqr6EwMsZEf748WnLid937vOh/c+J6/2RL&#10;feRJtWZmWDWVcGjbMj555TUWHanRfyljhK2bHyE6U9q27yexspS02EN0VLTTN8oHWwdX3CoySd4S&#10;T1GzOfYOfkQNgryaFBJzq6jPXMPLd77INxtSqNWe+fkUQti4+7sQu/A79lmKa9iYYiRvcCgpRLqK&#10;eDUmsmZbBX/drYgSS5UnwWFh5K9cwi/rf+C1599gY3mtfnRHnuMj0VCZQ1ZC4u9GPuRVI4X7V/L5&#10;B6/x5bIN7KmooNnDDRez402T/Lw+4b0wKS8lKTGd4oJ4tm7owNfcp3v7/z/OBVsiBw2lZfdujpS1&#10;oqk7xIdXT+bFzfl0nLZa6vh15Em5khCAxug0VSRu3YVaiDArWwc8BqTz1eKNrF/+Hve99DNlFl24&#10;eLniHZnNml1ZNNRks/WL13n84e/IkVWKAQMG/pALLj7ORHdDf9qeL3KYYQWMgUsapTVePfszcFw7&#10;37w+n3jzAVx9WQ/xhSUuIa5IRnuY9+kyumL6ECpt4K7hY3l8RRmBE65nbIgtRvY+9Avyo1dEDIF+&#10;IXiqrAkdcy2TXAtY8NAEBk57m9LgHgzo64/dWaqK7Nres9dQPM3scRk5CD8XO2x7Xs5tbru4a3xf&#10;et32M3b9etFY38rpszvOjKiXlk4ED5nCVGktj764kKIe07k8xh+36AgCQ47y+LghzHjqWwptQnHv&#10;0PHbbXjMCOndB3/jCn74ZBUNngO46sq+2JodH3qR671F0AhuHelO5oLZjB5zL/tcIhg5NgYvq7O/&#10;DJIRrQiqvjfy2qgW3r5hJL2HzCQubCbXxTij1zYnkaWIkUsvpt9vzvtT+9Bv1J0ccOlPeDtorAMY&#10;OeNGQg+9xgufHWHgTdMIVzpj692LMZNGoFgxi35Dr+bd3Y0MvG0CfqoTE+N1tBfu59PP3uGJxUm0&#10;aAyrXgwYOIFCOv2l83mmo6MDa5vfjnLIXk8jI6OIjT2gD4HQ0FD27NmLg729PuT8U1xczLXXXcuR&#10;I0f0IRcHV191NR9++CGurq76EAMXJaKq6bSdtDbWUlnXjrGFJRbmSnSmtjibdtJQW0MLFtjbqehq&#10;qqOuqR2lhTX2jk7YWpqIrlT2i1FHbZMGczsH7G3MMdJpxPVqqKlvpqPLGBsnZxytlTTXdmBqrcLK&#10;yhSl6MBPRepsoqSkmi4bV7zsrTBWdNJUWUaFbLGb2uBsraNaa0egg46KYjVOvo6YKXTdXmkrFM54&#10;GIvft1vh62BMW201amt3nMy6aKquoLKllbrsRHZ/ugffd99kslMblfUdmJibYyHiq9SZYOtig5nS&#10;CJ2uhZyNS9mVXIHzhOvoaWeMhb0jjraW6FoaaNcpMbe2wVwpoWltpKqmnlYhXiztnXC0t8G0q5Gy&#10;ZrAV7Ye1SSe1lR0iXVRYWkBzsYifuJadykSkZQ2l1bLPFiHzHD1wdbDEqK2KQrUt/o4WohFUU5tb&#10;gcLLA8v2KoqqWlAoTbFxsEYnrm/v5YBJVyu11VU0dyq7V0vphDKz9RDhmmYRXkNju4SZlS1OLg6Y&#10;adtpa1VjbOsoZGU7dc1taJQqXGzlVVN/PFZjwMD/Fy64+JBvP2rUKPYf2K8POW7tWFpa0tr6qxvr&#10;iIgI4uMTML6Aox8G8WHAwGmI+tvZWELshq/4tuEyPrjei7zNP/LZT13c9fWjDHT97ZyuUzkuPpax&#10;J7WewOvvY5T32c81YMDAf4uL4rXLmDFj9H8dRxYkpwoPGVmQXEjhYcCAgTOjNLPCzcUZxY5nmTZ9&#10;Fq+tLKL33dOIcjD45TFgwMCZuSjER8+ePfV/HUee2xEWZnClbsDARY8wCozMbPDtexVz5jzNk0/M&#10;4ZGH72La8CBUJn/cvCgU5nj0Hcf4q6bRQ964x4ABA/9vuCjEh8dpzsPk1S729md2u27AgIGLC3mV&#10;kLmdJ5EDxjJ50gRGDu6Jp/WfiwmFvKmfqzc+gQE4WRhGNQ0Y+P/ERSE+5GW0Jqa/OkOSxYeTk8Gn&#10;hwEDBgwYMPBf5KIQH87Ozuh0v67/l92rn77ni1qtpqCgQP/JgAEDBgwYMHCpcsHFhzyR1N7eHq28&#10;Dk6PPOfD1++3bterqqr46KOPSEtLo+uUcw0YMGDAgAEDlxYXXHzIK1vaOzr0n85OU1MT3//wPfM+&#10;nUdScpI+1IABAwYMGDBwqXFRvHaRHY0pjY9POJNHQuTXMD4+PowdO5bo6GgcHR27v5PPy8nOobGx&#10;ofuzAQMGDBgwYODS46JwMtbU3MwTTz5BfW0dGo2GPn37MHv2oxw9mtw9zyM7K5vikmKsrKwYPmw4&#10;Y8eNxcbaRn+F84fByZgBAwYMGDDw77ng4kNGfoROITqqq6q6nYs5uzjjcBEutTWIDwMGDBgwYODf&#10;c1G8dpFftZiZmuLl5dW9h8vFKDwMGDBgwIABA+eGi0J8GDBgwIABAwb+/2AQHwYMGDBgwICB84pB&#10;fBgwYMCAAQMGzisG8WHAgAEDBgwYOK8YxIcBAwYMGDBg4Lyi0Gq1F3yp7aVCSUkJN9x4A/Hx8fqQ&#10;i4Pp06Yzd+5cXFxc9CEGDBgwYMDAhUNexSofZ0Oxa+dOg/j4i8j+SLq6urr/vZiQdwGW98P5o4w2&#10;YMCAAQMGzheRUVF/uDu9YueOHQbxYcCAAQMGDBg4Z0T16PHH4qO9vd0gPv4i5WVl3Hv/fRw9elQf&#10;cnEwedJkXnrppT/MaAMGDBgwYOB8YWJi0j0ifzYuCvfqlwoG9+oGDBgwYMDAv8ew2sWAAQMGDBgw&#10;cF4xiA8DBgwYMGDAwHnFID4MGDBgwIABA+cVg/gwYMCAAQMGDJxXDOLDgAEDBgwYMHBeMYgPAwYM&#10;GDDw75B0qKsz2brkC+b9uImshk79F/8bdE2p/PDaS7y3LpXGjovP8aOBP+eiEB9ywens1HAs5RiJ&#10;iYk0NTXpvzFgwIABAxc7OklDbV4ueUlJHC0uIbOgQYT9jwSBEDqt2bvZXl5H0bYEKpraxb303xm4&#10;ZLjgfj66hYdGw5rVa1i1emW3+/KIiAhuuOEGgoOC9WddHBj8fPw5kq6TsthFfH+gEfvhN3JnfzcU&#10;6OhoKmTv96tIaNFbRApjHJz9iOnnzrEtIj3dQxl7xWgc24pI2r2ZpFYbfHw96UxOJLtdc/wnRpYE&#10;REYR6KAgMy6eQnWXHIqlRzC9Bgymt78LKtPjelqSOihP3MvOuKMUN2mQ3HszaWQP7EqPsDM+k8rW&#10;LnTeg7h6TDR2VbtZvTeH2mb5ekKRi2fzGTOdgdpY1uwvpa1TJ4fiEDOWSYOi8LI2+Weu7GXrsKmU&#10;lP1r2XpUL7CNzHH178HQMUMIdjA/Hva/Rm6883fzXbodU4eG4W5jLuJ8lviI+ilJXTRmxpJj35++&#10;buf2GSWpk7qcJNLL2rAPH0Cki4X+m3OD1JrHpqXpeI4fSriHDSZGF+EWBCI/OipzKOowxdbGmKLY&#10;LLRu/kT08MVGX551dems3JCJS7g7zen1uPXvTXiAMxbGfxwfna6Z7HXrqO01AFbuQXHtDAa5n/ty&#10;ptOpqTi8nbUr1xBv15fLJ07lsp7OZy9Xf4LU1UD2/q3sPlqG6+CpjIzywcZM77BKpFdzwhc89G0G&#10;1ib9uP+ZKwlyUqH8o7wV5Vjb2Uxx/GaWH6rCtv9UZg3wxET5q/0tdbVSlZNOwtEW/Hs70pxfgBQ+&#10;mv5eVvoz9Mj1uK6EssZ2lE4BeJs1kBabQY1oPnQaLSY27kT0DcbB7I9te522jrRfNlPgEUMvhwo2&#10;F9gwpl8oPo6Wv083SUtzViwZqhh6e1ii/A9spaF8SXaNeYHZvmMnr776ivh3O+np6Rw8eBCNECQ+&#10;Pj4X1WZp8ojMz8t/pqysTB/yD1EYYePdn2nXXM7IwQPp37//yaOfaFQiAxxR5xWJwix3en+OLNYm&#10;TpyISqXSh1xAdB2k/XAnt7y6mqyg6dw3yEPIA1FxKuP56s5HeGftJnbu3Mmu3QfJq1AQGKRj6TNv&#10;s7NES5/Jo7Epj+On119kQUKJ0CcaDrz/Hl9s2Nz9m937Uum0sEXVnMVPb73Ht5u2dIcfSMqkSGOD&#10;p5cv3o4W3Y2QJLWQsXY+7839mIWrNrO32JyevbxR71jIWx99xZINW9le68GYwWGYJX/Ck298xbI1&#10;W7uvt2dPLJ29xhOS8wmPvvE96zZvF+G7OFJQh8bIhchwT1QmRv9AgOhor0xhy9L3+DIBXM26aKqv&#10;pDS3iIY2FZ7BXic7m/8tOhqPfM0dK9oZOyAYDxuLs3YSsmXSpS5l75sfkRQ4lgHnuOOShU1LRT7F&#10;1c2YuvrhYW2q/+Yc0XCI9x9egfGQAYRdpOJDEgIhd+Ma9ue1Yu3uQEtOKWoLe9w8HYS40IuPkl28&#10;+PIK2t1Eh16vwcbHEzdnFaZ/Eh9ZhJcdPkSDpzea/UfR9O5LgK2J/ttzh0KIc1Mziab2DoytfRjQ&#10;PxwnC2P9t/+AlixWfvQDB4oacYrsQ7inI+b6tBAVDxOVJa1p+SgHj2VEuFv3d39UHyVR5tXNxcR+&#10;8w7f5ZnjERbDIH+73woWTQM5Bzbz06KjWPt3kbp5PUXeIxjk/dt2VZLaKIkV7U5cLjq/SHwt2ynK&#10;FHW4vRN1WydapRVuvs5YnXjes6DTlrDt+TfY0OVDpHsnqdUmBPm44mBp8rv6qNNWE/v2B8S6D2aA&#10;lxBaf7vtufi44OJDrVbzwAMPCMERpw8BrVZLSkpK97/jx4/v3jjtYuBciQ8TcydG3vUa77/8INdO&#10;ndwtHE4cE8aPonegBdkrNpHc+tfem15U4kPSULpvPgv2NuAwepZefAjLrjGfXQt+IVVhQ79J0xgn&#10;OoOBQ4bTL0RF6eZt5Fq60H/ieFzqUtn6404aXEMZ0tOL4r1x1Dj5MWTcZEYNHsyQYb1x7izjyJ5E&#10;2r3DGTy4J1ZNhRxOrsDeL4w+kd5YCWHQ3egm7GZHXCrVnTqsrHwZPiwEXcphdidlUyvCJJ+hzJgQ&#10;g0PlDlbsyqLJcxCXjx3O4P79GDV+NB4Vm1m6uwht6GiuGR5Aa/J2diVUEzZ+Ej2cLf6B+JDobCwh&#10;Iy+LjhHP8fmj1zNueG9c1cUkxGXQHtqbCJsOClMPsX3LThIL6+gyt8fRQjRuKdnkZGSSlhnPnhTR&#10;OZlYC8uqjdyELAoLskhKPsy+rBoUlrbYWSpozDnM9p27OXAogawGJfb2NliZGesbNYm2vB18k2rP&#10;9OHBqGqOsSNPh6uDBbrqY6xbvZ24+HhSSzpwEo1+69GFvPHMampc3QkODcayOYPNqzYSdyyLCskR&#10;LydhqQmrsTzrIBu3xJFdUU9LSxmZrZa4KxvIOLybjTuF2CxrRGnjhEpXS2ZuGgmiwW6sLqcJC6yt&#10;rLF1dsdB7rDk0dD6fA6mpZJ8NJm0I4fJrmujo7aAhNj9HClRY2lji42yiazDe9ixex+HE9OpN7bF&#10;wcaYuqRYsmpqyIzLF+lUy96V2fhOHkGITS1HdheAkwMqZQs5+zawdlccKcUinl7uWHTks3ttGq06&#10;UVazwddRS9GhLazeHsvR9BwqRVw9rbVU5sezLbMKdXEmFcauuFkf78x1nS2UZh1h28btxOdW0mbq&#10;gItVp0iXHNKTM8jJT2JXUgFNRiqcbCwxVYq8EFZ0S1kcq77+kW1JlVj7+eBoJeIhRIaTtY7y9Dh2&#10;7TlMcUkG2/aW4DegL6Hurnj4eoi4KqhL28/G7ftIaeikPTeFalNHHKzMTnaqXU2VQtjVkJtWQGPM&#10;cIYHu2LWnMnmjXniXm5YGQkBXJTA5sRmPFyUVKXuZfXmfaTnVYh08sRB2UpxbgK7siroKMmhXGtK&#10;e8ERtuxMpKiqmurmako7LXE2aiA7PZP8KiE+TE0wMVVhr9JRmirKbaYotxnHy22nKLeO1uboRJ09&#10;sm8PexILaG4sJqWuC3NzVffohiQ1kb11FQuWpmEdNYAhoSak1LbSkZVATqe4rqKOlMPJVBtZYNFe&#10;j87JB3eRVsV7tpIpxM/RzZuIFfdSunmL9Bd5I8qTTtNC4aGlLPxxF2Z9JnNZhA3lSaWYeAvh0llL&#10;fnosiQ1mmNfmkpDUQkBfJ5ry8tGFDiVIm8febVvZdzSXarUQWUI0xP78Eyu3ZmPi74u7nQUdzVUU&#10;V1bRamqBW6C/ENGdFCTp6+ZRUTcz5bppI+qmEa3For7t2EtSaTHp2w5QGzCIYVHuGJk5EOBuh0lT&#10;Nts27eBgdi205rK7Wol1+Rref+5nCkXZCIqMxE1l/A/an4uLfyFNzw1l5eXs3r1L/+lXOjo6WL1m&#10;NU8+9RSeHh760EsfhZEJLjFTuH3WeLxV594CuZhRKJSigwnk5hc/5s4oG9EmqKnK2ImzuzHtbQ2U&#10;1zTR1iL+bTHB1sYTV0vRWRqZ4tdrBA++8S6T/S2PWwALEjFSmhM25HIevW80qQvn8s63SZTnZ1Hd&#10;PgiXUywuhakNHh4mdNFKe2sj7Y2tqDVa/be/RTXyVl56bjoRzpZCMKlJSToueq0nPsTcB5z5ec6N&#10;PL1SCJWkKq4LF1bTv678oiFTuRI+oBdJNds4nF7IEHU1G3/8hV055Ui2zqRUtmM82p2UNctZtyOe&#10;BkeJao0TAy+7HsvRjuz9cRlx2elUyFanwo0RV9/GbYOsid+4ni1H8mhrrqSSXBRP3c7kvj6oTH77&#10;zJrmHDasXss+pyn0DJDIWfwzSw8Wi7yqp6LOkmrX95hYlEpuZyOqhIPkTo6hdNOPLNiXLZ5diUlq&#10;NYrbr2OQaRE7v13A9+n1WJpIKJythFV6v2iIc/nxhy2kVrVjq3Ihr0rBFf01bF21SAjUOnqGeOPt&#10;aIOZxojgawMIdDATTyXRUXpY/G4jedUK/LpKKVC6EuzjIsRRPul1QbTcdRNjnLPZsH4bifm1tFRW&#10;YJSt4enbB1G34nN+rNJRFm/FlU/1p6NLQtI2kLlxMz8fcuWGSD+Ms9fwrXiu7CY1SuODlHRZc3v0&#10;MT54dBHO4+GgciZh1pYs/WGFuF+baJDa0Xmr8Xi8L2Xbv2L22nZGOSoJmhlML3dLoSHU1BccY+sP&#10;S1ifWoKRjT1epS0oJ4VQtXUl3y/dT7uXRFm7PTFjpmN+zRT6e8rD+cIir6+gvLGMvIJm8jNiSdlX&#10;jdvIsUzop2bHho3sFR20pG0hv9KY4e3Z/LJwK30euRt7YzXrFv/ExrRC6lWeuBRlEvH0fPydbbqF&#10;jfzKJXeDSOf1qdR1aWm0E0JcfQ93Bhxj6WtraOnxKVd6qcnc8jnvpU0kxM6StSK+ewpasROdaHqV&#10;GTMnuXB065c8uqGV4U5KXAZMwS9rG2tyW7A2VdPm5kvw2Fuxdcjjl6VbSalpoKNTg0PMZGZe04uy&#10;1SvZsDuBOnuJ2i653N6A5dS+KA9uYfnKnaTWanGyrCM94BpeufVavGxNRZK0UZaZR0V9GVXHjpFm&#10;e4RPU4SRVZOF6ZVPca9VKqsOpFPZrKa1tAjTYivm3h9B/PxX+c4yhIqEUpydLDioduXtm2JQGQtj&#10;RKumoSiFtPJmUWYPEGtVQe7PDdzSNxpbXSFxGz9jpcvDPGPfXS266R4taSggPnsjCzfmoDUxQxVS&#10;yLDebjTWFJJb3oFbzjGSO3I5um03x+pF3NVdOA2azm1TfEn+cSVxmWlUWEg04spIUTdvHWRLxsaV&#10;LN+VSJWRCC8ow1Un0ZK5jpd3ePPOA8Ox2LGE73en06A2ZpeqhK3hT7IkLJU8UQc7Eg+R3zCD3q4W&#10;8nDTJc0FH1Joa23FwcFB/+m3tIrv1q5dKzK0Qx9y6WPhHM7E+x5lgu95er9/UaPETFgDzn7GtIo8&#10;Lq2pp6mhikLJElsXb9EA/nnxNDI2xdTEVKhojRAVnXSKjuZUjIQl6OHhiJmyjaaWesrbNJgKq9nC&#10;1PRv1V0jm1BGD/VFJ7WzK7kItfavvRL7UxTGWFg7YGZuTVluOocOJJBZG8q9c+fx5i296Cw8wIa0&#10;GtrVlWSXteA5YDqPTfREU36MoxUtQqSXkFqiIXLSLTw+xJSSgnSy8gsoshvC7c9/yLdfPM/E1kLy&#10;86po1pw2vau5gMNrV7GuNJLbL+uBq0ULeXle3Df3c35Y+An3BqTw3eE6/CbezbV2wUx/8jmGKxP5&#10;4ftaprzyGV+/9zgjtVv5YHMqRVmH2JXgwG3PPcb10abkZZTQVl9A0uE48r2n8/4XH3D/+AAqdm8m&#10;rqwDqbqC2qoWtK6heFqdxQZqURI48Doef/4hommmgghumfM411q1UpmVKzrrKuyH3MhLH8/ni2ev&#10;RCvCCktq6NS1khRfjFW0H862opGWmslLXs+SdZX0vXk8PVzaOfz5QtLD7+Pzb7/l3evtWfneCrI6&#10;tKL8pXCkwJ5JkfaoRXmpj3mA+Qvm896j03A/sJ2kWh1SazMtOXnUuvUkSP8KQ+qsIzfhMIez3Ljt&#10;nU95775RqCr2CqFaSZtGWNYV9ViHTWb2tEisaxM5XNIkxLfID3nuU/hQhoeM5OqpNzNt8nB8bY2F&#10;mGkia9sO0nU9mXH/nfT2dsJSoxMNtr7UShrqjqxhZW0Idz7zHLcGqkXc61Gf8qpWaklnxafbUE19&#10;gW8XLeCTITV88clGSlThjAvKYndOI50d1eQk5BMwyI/G5LWs04zgnS8+56U7R9C67id2FLUjEoXm&#10;vGLq7T1Q5CWTUh7I3XPuZLyfghJRruhqo7a2C8foa3jz6y945+6hmIl7xxU0oBblNrOsFe9BV/PY&#10;BHfU5SkkZyexa2s+tr2u4vE7RmKnrqexrlX/1HKddmfkrOkM7X0ts594jKl9fLHMSCJPFUqgEEC1&#10;OVV4T3+Gz75ZwLxHh5G9ehdF9UIcKlrZvzufkLte5Y17Atn+w67u+i6UNEpzB8ImP8z9I/ox48lX&#10;mdnPXX+3syMkK621RWRX1GE75QneefYexkfa0mYbSt8ek7hm+JVMv3ICnkbWRA6/lfe++Zq3bulJ&#10;Z202R8uaaT9RNyeKujnUjOLCVBJjN7Ayx5iRM+/nNmEM2Fpp0AkRcuKOnQ1JLF1exeDbn+CFa4Oo&#10;yC4WZUuJrxB4V9kGc9VTr3FlqJ0wyi5x5SG44OIjMjKSsWPH6T/9lqamZj755BO2bdvWPdlTfu0h&#10;T0i9VDFSWhF12X2i8wjA/A92+/uv0j25uF00qkf2sXt/HEfyGkRDY46NgxWN7W3klNXR1tZCg4k5&#10;kpMLlsby3A0tzTVlHDu4l10Hk8koE2VAWApyeENFIYkHDnAsp5gWCzdcnD1wsPxtupqY2uPh6YiF&#10;cTNNtVWUNBvhGxGJm4Mdp8/V05RlcCR2H3v3xlPa0IZW7hxOYoK9mz8KIyNasouo757sem4wMlJi&#10;IgQULXWUtNZQYtpFU046BbUaWlo0lBVX0Klwpf/4W7j1hhkMDXPGyExHhzy5TeHFiKvu4bZpl9M3&#10;1AGdUovCtR+3j/TGvC6TI2mlwhKtpa1TNM6nLQkwzl3D13N34jupHyGu1hhbhHDN06NQFiSw72A2&#10;jUZd1AnrUv5V96HT0lKUxhFHB1RC/BxJqUCnsqcwLlE0srlkhfVjaI/ejJv1IHeP9aG+oZiKqnr8&#10;BvYl0MUVvx5+uPpXEl/YgNIllDE3Ps4bD85iTIjTGRsiyT0QV29v3NzcCHAdyOiAYLzdXYRIEmnW&#10;pcBt4BUM8zSnIjWRtFLRkTY00anWiLJhTOgVD/PCG7OZHuOGkaKQ1V/MY7v/UEYG2mHaVcKRPeaE&#10;2DSQcjiRPKULPoWJomx1YWPRlzve/Ih3HhxPTM8pPD5Yx9HD8RwtqkepqKdFrUOpciLysgd477nH&#10;mdHPVS7Y6FobqagrJ8/CiM6CNLLK2mnvVAhBWUq7wpGeQ67l1ttmMircFRMrYXSJ8vPb3PgtkqaO&#10;vBRzorzC6T9oKg89eAMjgwKxkE5Mumwm/+hRLKPCCAroxw0PP8oNvYKwMj6l/Is82tEQw+R+Hlia&#10;qggYfxXDkg6R2+5E6AhnktMKRZtaQV62C0N8lJRmZ6J0NKEqNZms2k4sPUpJKKgXwtudXlc8yBsP&#10;38rAQFOqQ3szuN9Qrph1B9cP8REWlRt9x49l0nBHSpNEHS2uRq3vUE1EuR0wYSa33XAtg0W5lcxE&#10;vS3MJsXCGruAMPpNupEHbr6MaB/b7vPPhmX0FTz7whs8O30ylz3xJOPt60k+dISsmk5RruUzJBSS&#10;KT1ve4MPb+5LkKsbpvVC/Bz/8h+hEP+ZW7vg4ORKW+FRErLb8AsewlU9XTk5ncPYkR5jBxDVw4SC&#10;+HjSiyupaWmjpb1TaB5PUTfvFnVzCv1E3exUtlCQnYVZYCCRvYZy7d33c9OwMFws9RdTCLFTcJSD&#10;XmFE+fsRM+NRXrppELYW/80R8gsuPnSicPTq1VP/6bdIko6srExmzZrF++/PZdWqVRwRGdzW1qY/&#10;41JCgY3/EO54+BqCbU1F3CS0ajWa/1drxLTUlafx4V1XMOaKG7jjq0O0G1ni6BEg1L1olGqEpdlc&#10;T4O5GXh6ojJVig6vk6zYdTx3yxTG3DyHd9dl0N49jN5O0qbvefKBJ/hyu6jQMcOIiInG2fz0Iq0Q&#10;HbuZ6OA7aa6upqKtA5WDNWZmv6/QzWve4Y5rpjBpyr2sOVaK+sxvZ7AXnUzLaSMs/xS5jKvbhSUt&#10;rGytoouWsmMc2DSfV59/hufe/4ms9Ep8jTuRVF6E+QcS5CBEyimiydQ+gJ4BPnjJFrgI1yGuUXyY&#10;1d+9xwvPPclTz7zLsqwsGsR9TkepVeE3oIs9B1Opbe5A05jJ5gXvM2fOUzzx1HN8sqlCf+ZxtKKs&#10;NlUVUZK2nDdffIanX3yDBVuK6WPaRF1HJ60WlpgIcWZmbiOEmg06rbA61WBtKo9sGGFsLP4V/2sT&#10;AsHIxQO38Ai8rP5iE2Rs0T1aJYpEN5K2jYK4TXz5xis8/aSI59zFZJfXIHWnjS2D+gXhKURt99wH&#10;8UwOPuGYH9xPalkjuqZq0tS5rPzkJZ5+6imefmUplUE6pDYtKu8BjA6yQqdppSx+BR+99axIi2d4&#10;9YPviBP3lFGobLDr1Y8gm187+i4h7poqUknYtfB43r37DYeSygkyVaOzcCXIP5RwZzPRIZ2meM+C&#10;JO5frRG5KZ5dKQ4LO0dsVVai0zuRXl2oW3RYizTtjqOlEx6Opr92igJJ3U6rELXmJwaWLB3xMjVB&#10;obTEK3IAms27Sc6MZwc96GHbTmVmOSk/vctTTz/DK+8vZHuFtbiIEEk2dtj37I2/pUS7TkOHubnI&#10;Z2MsrGyxdbQWadVIXvwmvnj7ZR5/4mle/XQF+7Naum9pbONNhH8AAaLcnoi5RqOmVRhfOvEsSiNz&#10;7JzsMbeSX7edHdPo/oS722JGE5lbFvP2c8/y1JNP8PTHa2nqPD4yrsCBcSPDcDgZ4T9Hrn/ark7a&#10;O35fP+RJtJbukVx2+Uzui5BI3fYlr73zJevjirrbIBmduoaMA6v45I2XuuP++tcbiU+tFSK4E+XJ&#10;uinHvXvmG811rQj91V1PMLfHRW6LTmaahEYtzhHpayTCjBRWuAjDyeiUFTn/JS54rGpqapk79339&#10;pzPT2NjIvE8/5fY7bmfmzFs4dOiQ/ptLBxPRAA166HWuC7bqFh66rnYq0vJoPIcW9KWA0sQcV79g&#10;woID8Zdn65tbYu/qg22XhrbSQoqry4R1ZIyTvSXH37oI60Nlh1dACGEBwgq2ExWz+0oK0fhZYS0a&#10;ZKXvAKbNuIarBvphearlJzA2NsdFXN/K0kR0nFXUt+pQ2YkK390h/hYjO3f8g0IICfHDTlgbZ+sm&#10;jJsa6Dwnr11EORAdWkVBDnUV9UKEB+Pr3Z/pt77B8i272LNtIz999w43Xd4Px7/WZ6Ghlcw9S9ip&#10;G8Djn61h19aFPNwnBifFb9NFRt3nNp59aQ6hB7awO7uKhoRlvLLPg3d+3siBPRv56GZf/Zlyaou8&#10;Uxhh7RpAj/73sWj9Tvbv3cWG5Qt46YVb6Gdvh0tVKZWNDZQVpJCcXNb9KsnU1pjy6no6NB20NLTQ&#10;2WyKu508p+bfYdSWy+4vDmAx+EG+2biLHd88SZ8AD9l4/B0q4yhmPf0Kj3ocZe1BYe0b29HDIZI7&#10;PlrF7n372bttLYu+/oJpEb8uqdS0V3J4zSKyBr/Hzt3bWT3/BcYan2VCtzysb2aFvWcMk655iWWb&#10;d7F3x2Z+/uFD7pgxDJd/0MoamTsSZKcQz9FCQ0M12UePkltRRYdWr4gV5uJ+NtQ0NNDY0kh15mEO&#10;Zot0PkUUK2xd8dbWUFLfKYSjFnVRCkeUJkLEKbEJG8jgvIOs3nyI0lEjCHVywC0igCFzvmHnXpEm&#10;2zfxyzwhYEf56CcGijiaWuIg4mlbU0FVfQ2F2amkC8GiqclmX1wKjeF38Mu2raycN5vLY848knF8&#10;NMEedyEYtPV11FcXcDQpnerqZv0Zf0JbCsteOkDIw1+yafdets67U4gNS/2XfwORZ0ZCSLW31lGa&#10;nUxC+u8NWvm1i1aIAXn1SuCEmTzz8qvc2s+N7L1pNMoT1sU5mrIUNh3Ix2L4I6zavpVl797ByHCb&#10;4xc4DSXWou1zobWrg3rRhtTkJhGfVdrtJK0bSYhMe2d86qtFnjfTWJXOgdhM1J3/zT7igooPrU7H&#10;Dz98T21tjT7kz6msrOSnn36is/N/60Hv3KLEa8T9vH5t2PHOUdLSWp/K8l9yRVU8Nxb0pYBCYYyz&#10;dy9e/CWOlNitrHp8OHZCQKicRKcvxJgi5xjFooNyUlkT4mojlL8ooEpzIkddy6cbD5O66RuRhtFY&#10;CVViZGxFv1FjmDJxFD4aLVYd7cLA/X1aKkSHaW4lxIaJksa6GmHh2ODi4oDFGYYy7Wa8zspdh0g4&#10;vIzr+/qd1YdCh7Pb70TO30HqUtNWW0FxcRF5GYnExebS0tqHywZFESY6Acu0I2xPSOXI5oW8NPcT&#10;vogr5a+XdgXGZhYoO1uorSgh+0gsO5qKqZUt2N+8RjqO0mkId00u4bvdmdRrzVAZtVFdXkpx5j42&#10;HGhCK0SWJMqvqZVEs+gsjIMGMqLoAEv2ppOVsptFbz/KnauKsPWPIjpnNz+s+oWfPnyP+QeqcXQM&#10;JMDbm4pdW9iVkMjhfRlUVwQzPMj+Xzc8kihL5lZKOkXnUV6SyaH9h6hvrBXh8is5/UmnovRi9L0T&#10;OLZqC+kN7oy9ro01q3dyLCebo2vf5vbrP+Fou/5cGSHWTMwt0DVWUpyfy9Ej+9ijaPndq6sTGNs4&#10;4e/ujWvWITYeSiVx11Lefu8d3tlV+BfyzkjkmRGajiaamluFsJXE7e0JGKIgtfgQ61d+ycvv/cS+&#10;ggI6lSfEhw3B/UdgejSOHduW8fbL7/JLZj5tQmScxLMfV4dmsmpzAll56ez6ZSW5l02hl4MQ1pZu&#10;BPik8v33R4gOccfG2o2w3v1o2r6WrclpJG1ZxDtznmOFfgRDxtjaAT93HzwydvPTzz+y4NPPWZJQ&#10;SZdox3WI+3a1UF2SQUJyFhl5otMWZed0iS7XKDPPMPqLclZ8ZBfLv/6A977fxLGyX+/zh6iFkWKu&#10;RNEmRENpJrE7Y0V6tdIlMv2M+X4mjIwxkwWQsppD21bw1dvv80v6mRxbaqjL3cWP817g7V8Okp6e&#10;QZ5oQ7Su9lhZGAvDoZW6+no0mnbULTWU5R/jUGIOBWVnznGlZIZ7QDQWeRnEiTz74O0PWRKXR51a&#10;f4JIHavAgYxvzGCrEPar33+BF1ck0dQtTpSYqRQ011TSpNaesS5falxQ8SELiWeefUb/6a8hT0KN&#10;jYslKSlJH3LxY2Ybxp0v3iWsLfPuQiOJjrZ890+8U/X/a9TjjChFJyLEhod5F+2yldfcgo3KDj+X&#10;0xz7nAEjR0969wghWneUA0f2klze/rtKKYsPSwur7uH67PR00UHVyG5W/gHyKMXxDrze0eN3q0b+&#10;MqLhU1QXsu/la+nfrz/Dpj3MT9XuTHpkGr1cPIiYOJq+PSv4cuZlTH17J4RP4PaBflibm2FmJn4r&#10;LqEwNsfS3BxTY9GIWphhKiInhxuZWGBv4SzE2nQCCzfxwvWTuWlRHkGRAdhbicbylI5TYWyBjaUp&#10;xia29L3qVtw37CDPfRz3+Mfx4JWjGPHodkImj0bR3o7WxJfBt1rz3cN3sqKpJze/25/4xy9n+LQH&#10;+dZkGvNuGIBf6CAuu8OZzXO/YhuDuOvaGExsvek/cjxj2MKdV97MBwfq6HvvNfRxMcfM1PykDwsj&#10;EzPMRUffvfT0BMJCl+NobiLOEULg13gaYWJpiblTKGNnhpG3+Q2unzCDRRUq/GzcMdMZoRSWsCw2&#10;u68mRIqltaVIKyFCe0/nAcu9bMvS0mvmq9zc8SlTRw5n6nPHmPbFQwywNcXK+rjDNVPROcdMngbz&#10;b2fM5TfxQZ4X04d7oRYNv7GpxUlndidQKO3wHzqC4eM1LL5zCpOfXUaZ7yQeGRmEykyO3/GRNIXS&#10;FAsRV7NThK2R0oGQUZ6Upi1mweJNFKnlfLUjbPytXOtewsZv12DebygT+g7C1cymOz5mIi0sek7j&#10;yaFtLH7nA3Z7XMaMweHYijJyAqWxH1Peehb/PY8xeugYZuZfzrJnxuNqboqpuQ+Dru2Np2cPruvn&#10;KdLMFr9hM3goJJX7J4/jlldWYXHFo1wjrHgTEV9Z8GMs6uWAQQwao2P1F6vJtBvMjMkRWLlHMLy3&#10;P+x8iXGzXmJxsZW4rjttje3oRL6dXm7NLAIYfcdQzCu288WGWiKHD6dH6Gn+nLrFpRkm8usH8TuV&#10;mez7QgQ7DeD+pwNY9fz1jB37MIe9B9NHSJyaDgUmVirMT5QhYbTYdDvPO/6xG1GOTC2tRNmwwCFg&#10;IJff7cra97/liMNkHrp1uIijsSh2ZliqzLvnYJmLPPAKGczQmEAKP7lZCNbn2FXlwOQrRtBzsC+d&#10;7bv4edMxHD3sqV7zPFNveZntFRZ4RQRiIX5/et2U67B12EQemeRK/NLv2KTszZTJ/Ql2FcaC+N7G&#10;UpQTswhufGM4JT99wJvxHtwzayS21mYiObwZJp735zm38m1y7X/Do6toTC8Yr776imRiaiIZmxj/&#10;rcPewV566OGHJa1Wq7/S+aGoqEgaOGjgGZ/pbIeJMBl7v7ZHalJrJEm0/lqtRmot3yo9OSBQcrlr&#10;pVTTptZf/Tg6bZtUnLhUut3T/ozXO9MxY8YMqaKiQn+FC4uuq0WKfS1KMrFUSWFzD0vCKhLR7pRq&#10;CzZJD/m6SF6hQ6WvjjXqz5aTpE0qSVghPd7LV/LyDZKGjwiXhl7+uLRfxCd59QfS1R5u0oDp90nr&#10;81q7z9d2VUn7vn5OmujmLo2981lp6bL3pLvHu0kmQ2ZJr23Kljo0wgaSz9PWSwe/eESaNuxq6Z0v&#10;3pFmXjlMsjM1k5z8r5DmffGiNG5wuGQ6+jlpVUKudGzh9VIPP5Xk8uB3Ukpli3gmnXiwdunYZ+Ml&#10;dwdzye2ZDVJVc5105L0BkpWFieT52j5Jc57L3sWMnF5CmEmazi6R7l1SU8F+6dvXr5Gu/ymtO/8N&#10;/A/oTnON1CnKu1b8rek4Jn3ab7L0xto0qVH9vymbcj5ru0Q+y/cU965JWSm9+8Zd0uy1Od3P8FfR&#10;6bRSl0YjdXVpRRw6pJxfHpWueeNTaX1G7fG69/8YOW00nSJttHL+tknJ88ZJ0W9slCqa1f+5tPlH&#10;NuC5oqHhn+3h0tzczL59e0lNTdWHXLw49LmHj2b2/NXbXVcb6T+/x/uptcc//79HWKqyZWWvpaKs&#10;gEMJLZhbO6P6S281jLFzC8HFTVgaGSlUHRPHmSaOmVthY2qKPFihtbUXlpgpf/elia72CMs3lqE0&#10;smF6L+8LO2R4sdFZT9bGecIKfoXd5Q3UleZSnKhgWLCLIZ3+Z3RRvPZJhjw8n93Z1bRlHmS7IpAQ&#10;NxXyYNH/hLYSYn+Yyx03f8yhyhoqsgtpyTGhr5/j8VGmv4hUFcvc+5/n9S93UlhfSEpsDQEm9njZ&#10;nVvX+pciUuFqbhv9MAv2FdDcksn+9S2MDfI4OUr4X+KSjZG89HbxkiX6TxcnxqZezHrxfvqKBkGe&#10;5S5PYOoo2cRL7+z/z2+EJEwx8l4ej5urB1G9b2S77NtB6qKy4DCPjwzE1dWXweMfYF+VDitrWzwC&#10;9W61LVSovHxxNDvenOm6V7Us5MZ+vrh5RHDT7I9Jqz++14uQFZi6+xMdFESQlEtaQQYFdb9/36ow&#10;siPMxhonUwWNKnuU5ua/W2YrU7/gAYZH+uHh7sPV8/dT3Xb8tVjtxzcQ2edaPjlQgUXUzVzd0747&#10;Pw3oMbHGPXoAk0IPckNMJJMeXEjH5NlMj7AxpNP/DGPc+1/L7ea/cM+EnoROmY//Q9czPNz111cP&#10;5xoLJ0L69STSfC3TesVw4wd7sJh4O+MDrf5ePjuGM/UyZ1KXPsqQyJF8VBHI4NFDCZRXxPx/Ly+e&#10;g3jgRiWf3TGKiNDL2Rx1PzOH+GFp+k+2c7i4uWTFR0NDA3v37CEjI0MfcrFhjP9db3P3ALeT+y9o&#10;NbXs+/o9dlb9d5ym/RG69maRT3VU12aTW398VpWk09LW1EB9Qy21DVXUi6QwNbfD3sOv+/suKxVa&#10;X39s5UkaerSaTlrk39RXU9tc/xtnWQozNyKjQwjyVxKbXkh8fs3vV6IozHAQVpWFuRKlnY3414wz&#10;tc+Suo2mxgZq62rJrmmmQzyrfCdJ3UJjUwee177Ml1/MoZ/bP5hd/19GYYzKozczXv2Ow/GH2bbu&#10;J564tjfO/2ZvDwN/jOiIjF1iuOn579m57zCHD6zkuWl9cLT8h5se/hUU5jgEj+CeuYs5fOQwG5d9&#10;wb1Tov7W0lYZeX5M0Lg7+XTZJg4ePsTiDx5hXJQHlv9B6/7vojB2ptdNL7N+537iDsfy9TPTCHf9&#10;b+zlcjoXdFfbxx+fw8effPS7SYJ/FXnjueefe4FZs2bqQ/63/J1dbe0ib+bTha9zZZTryc2smpI+&#10;Z/Jlz3CophXJVIXjjQtI+3AyjhZ6q18g6dopPbqWl6bcw6Kqv7b87KLa1VbSde/BUVjz6wiE7IXU&#10;wdWJrsoKGk56YFRgYmaFi5cHKoWG5vpKymrbhBVtjpWDG552JnS2NFJTUU2L9kT5MMLSxqZ78ltr&#10;fSOo7HB0csBE3UB1TS3NCmucnRy7N2aSPV50NNRQ26TBQggOE3WzEDstqC0c8LAzpqm2jhaFDZ6u&#10;tph2VFNa0/Ib76imTp64KOoor23nhJYxtXPFzdG2exWMwaI/C6Iud9bnCcPgF36s9mQsCRzzvp/X&#10;Jvj9JxtQAwYM/DMumPhQd2oICwuhpKREH/L3MTEx4YqpV7B48WJ9yP+Wvyo+lCau3PL5Ct64urcQ&#10;Fsc3ANK2pvDVLTfx+Lo0OkWS/1fFh4H/54iyrevqoLGxhiqNGfa00GrmgZ/9WRxsSVqacnaxZN0h&#10;2r3HMevyXr9ZsWHAgIH/JhdsnCsjI717qe2/Qd52v0JY09XV1fqQiwElXlc9zh2jw7E31+88KHVR&#10;HbeUT3ZmdwsPAwZORVJXkbRuKZ++tYLMxhPzWS4gkprspXcz5pWt1Kn/5vOI8q4w0tKcG8ey599k&#10;WZEl/g7mfzhSpG2vp6ykkJLqZk4Ocp2OECkt5UfZsOkAKbm13b4l/gittoJdb83mlhtfYGta+bnb&#10;i+cc0Fkez4J3H+ORdxcSX36qc5GLB9mDbNmx1Tx72108siJDpN8p/kP+BVJLNmu/WsHGjak0df56&#10;TakplR9enMfyranUiPKQtOgV3l+1jtUfPMH7aw5SVhzLx/e9x4akUtpP2b/mTGi7qtjxyize2PNb&#10;D73nAl2DeP6vP+KluSvJaza4Svg3XDDx8e2333Zvmf9vaW9vp6Li3Beyf4oqcBIPzrqMSBfLk2vM&#10;O3JW88QLy8ht+euuogz8P0KnpqG8hNyM0nPmtv3foaOlJIE9aZX/yP2/trWe3LR9fHconaM7sqg7&#10;4cHxjBhh5TeEG26/n1sn9UB1lqUaOl0jmVtW8f3mg6TXd3TPxflDhICqzkjm0KFUqpo7LqoJ3lJH&#10;PQWZySRlFdDQcW469XOPlo6mMlKOxJNc2nzu0k/bQnleqWizm7odg53E3IMBU0fRJ0L2oWOJ96Ap&#10;jOsVTc+xVzGupz+2Rk3kJGZR0dhxdoGqR2FkTdiUW5kcfGZPo/8KjXj+/BzSskppvSjq6qWL8iWB&#10;/u/zRmFhIc8+92z3pNF/i42NDX369CU0NFQf8r9D3tju5+U/U1ZWpg/5PbpeN/PCrOF42wnxcUJ9&#10;KIywcI9myrRpXDX9quOH+PvK0f2I9LQ5Zb8GGQUm5rZ49+jL6Mlj6eNvTtaRLJr+wNKLiIhg4sSJ&#10;qFRncf9s4OJA0qFpqyZl1xI+eO0DftqVRJmxB4GuSiqOJhC7N4m86kSWb0qg3sIDPzdbjNuK2PPL&#10;Qj5471NWJVehsPfApT2ZJXsPsHfHdjJLmzAyU1Cy/yc+mfc5329Jo13liqeLHea6WhJXfsl7H3/B&#10;kj2FWHr64q7MZ8ncLRRX7mHevK/4LrUDX18fXFVKGvO388kLb/Dl/kLaS+PY0jGcx64IRyrdyZuP&#10;vcQ3KzeSoAmkb7ADZmfZb0Le8K+1KpPDe9eTYRlJv/Y2bAf1xtOkkaz9e1i7eCuHy7I4UmZBhK99&#10;97LQ9so09sUlUKJWYdNwiGVLf2Fn3AG2r/2RL7blobVxwb4+lu++XcTKnUfIlJwI9bOjLekXPvz4&#10;M76Oq0Tl7ImHvSUm+pnEkhAr6WtWszW7FR+vJpYt/IltlQ70CHJBZaZEXXGEn95/jQ8XrCRXEUSE&#10;uF7H0R+497mV1FbtZMHPeQT2DsOyNoX1P37Iq58uJTa/E9egAFwtdDSXJbH227m8unATSW12hPo4&#10;oatIZN2PX/LTzkSO7VvCRz8fpFjhSpiPIybtFSRvW8KXn37P/tQMsgoKabYKZMSgKIxyNvHVZ/OY&#10;tz0bjcoNH2dbzE9ZjqVrKeHQmq95f96X/LB8P/U2bri0HWbe57vQOrvh5qCiK2ctr36XibufO/ZW&#10;pt2O0uQR17rcrXz47Ot8sXgZy4vN6RXqh0qdzPx7n2NJXQt5yz7mi+U7qLTrQZSHOZ01GWxZOJf3&#10;v99AbmMzaYn5KHqPZqRZBsvfns/m9EQ2bztCl5MjNQeW8sFbH7FwZwIFkiNBHg5ItWls/Gk+H3z0&#10;DWsSi1DbeIr4WIvyoo+PuoKEXRnUNGSze+9KflibjMbWDU+bFhHHQ6LcO+BkXsPBjStYvGQ5G/em&#10;0+kQQKBzM3tWiPiNikSz40f2V5az9uOP+G5/CdbyhoO2ZsfjLNBpG0ld/g2HrPvT30vezkJHR2MO&#10;O9//mGSnPoQ5Qn3BYZa/u4XWYHca4n7klZc/ZvH6bRyrNsZXlIW6pH2sXLSVpKp09uZ0YdN0iJ++&#10;/EyUv8NkFtWgtvBm+FBfKg8s57MPP2T+4vWk1Opw8vbFSVHFwbWLRP1axJGifJL3FtGhM8PRuYv0&#10;jQu6y+yPO3MwdvbGTTxLzooF7MrJEeVpPouW7qLRyY8AV7sz1jGp/hAfPrKErKoNvDP3G36psMa3&#10;Yx9vv/QJG9I78O8RhqNxJ5Wp63nrmddZtGEvWfgT5dJJxsFlzN2eQcX6L/h6bTwtKn983VSYXqC9&#10;Yy6I+Fi/fr0oWIvPyciHvFlVUGAQQ4YM0Yf87/gr4kMTfiUPXdELF9krnb4yGFk4ESwEgryD78kj&#10;Ipyw3wkPedTaCBMLWzxDw4kM9UHVWczmlfup+oO0MoiPSwNJ10ZFygFWfb2bhqAIQmyayRWNTouj&#10;D5YVCfyyai/VphY4qjTdex7h4oz28G4278jHJNgfR3UBGdXtKDTl7F63lMUbYqk0ccKxNZ24Y6V0&#10;Ofjjb1zB4cxWHFwd0KWt4PsD1ai8AvDU5rMnVYO3ZzO/fLyADQcO0uQRgEPRQdJU0Qz2qmfDs98S&#10;b+eCQ+k+Vu3LpNJ1Mo9MUrL2sW845t2LIWEWFB/cToZjX4b6WOtjdRq6dqoyE9izroywK0bjqckk&#10;0z6GQS5qUvas4bOPfySuuAFTp0iG9JRXOChoLTrE2s37KcaTQEUqKxcvJ1UrOm0vY44KEVKic6JH&#10;iAvNaUkktTjRZ+RoBpimsmpDAq1CaNm3pLKv2pIQXy8hoo4v1zwpPjKq8R03kSjzEpav2Itl5ECi&#10;3dUc/PAN5ld6MbKPBUmfb6V90HD8S5dx72u/oO07iQkRQfh4QtJPn/BFlj2DI53R5B3gQKk1PfyN&#10;yd75Iz/EthHgb0tt/lGyjYOINM5l8w9fsTFPSViUN7VpBzhUpCGiVxhGmbv4YclO8sz9iHJqIy/1&#10;KM0OUcR46URnvJdc2e2/opSk8k7sXH3xczzuaVUWEPWpa/h4dxkqV3esCg+yt8BItHlGHFoQi1FU&#10;DGG+lpRs/IAvS3yYPDAUJ30a6HSV7H/3LfZY9GZoYDsbvl1NdeRYRjnn8eWjr7NDG8jYvq5Uxa1k&#10;W44dgwe6U75rPu8uyyVgYH9c27NZc7gCxwFjGG6Zxg8fr6DAPpxhA4Ox7agkbec+GtwCUAkhcfBY&#10;NXYhvhgdjWPf/jJswz3RFZVT22ZDQJTokM31q9eE+IjdvIkNO/ZSYWmDdUsxpUYO+LpoiPt+Dy0u&#10;7lhU7GJnsREegWF463LZcaSNwHALjm3Mx2t0JOqd3/LV2gOUWvoTYprLphQTBvb2x0b/mlunrSXu&#10;k5fY6X0t08LtxE3lPVoaSN+2gK9b+nBVhBmlR0RZ3NREVLQZCT8ewahnFP6qZvIyUml0D8O2aBef&#10;vL+I2KIyaluaaK5KFcIEuqoziTtUglNQGD08Okg7mkqDXQghVk1k5NUJa9gNh7r9rI7NpL6rk9Jj&#10;cezYU4ZHZAC2dbtZvr8YI1d/vBUlxAqx4OahonbbIr76ZQv76xwIcagmNs+MnpF+OOm97f4GIc7f&#10;ePhLqvqLPPFTs3fhcg4TwKAQcZ1DG0n1GMoAi1x+fmUZeb496O0tUZh8kDxhzJik/MAr3+6hVa3E&#10;1kJBWUorXgN74H7aTuDni/MueeQdaRd9t+icbY0vj56kpKbSdY7eSRq4gEgSmsYSDq/9lNmzZ/Po&#10;Y8/y6aL15BRnsuvnD7vDHnv8Bb5Ztp7Dezay4NXn+ejHdaRXt1CVupXvP3yRT5dvI7eug/baPGKF&#10;1f/Gc4/zyPvfszm1nNbOTmqSfubjN5/imZ92k1PbQt2x1bz32tM8vmgb+zZ/xqsvzOm+T/e9HpvD&#10;F3v3svatl5nz2PGwE8eTT33M0TP4FPkjdB2NFGencLQrmKtn3cbMq8YRZlrFgYM5tBpZ4Ozfl/HX&#10;3c69Vw3FTivCDydzJKecZqe+zLj1dmZOiEJdX8oh0chpOo3x6TWOKSNC0aSU0G4SyWUzbuWOm8bg&#10;UZRDZloKB9dkoHAZwLQbb+P264dinpxKTlED7c1tGAVP5I7b7+CGkHoOF1TSXhzPLxlWjL1uFvfe&#10;eS0jA5xEQw6dFYdZnGbDlbNmcevMmUwNamTxdiGYNGepv52t1FWVk6vsxZhegbj42JEfl9/9fl+S&#10;67y5uxAPl3PNUHnvnDM3PwqtMQ5ukYwdP57+zhJ5uQVUmXoQ7umJS0Avhvb0gvR49lfZ0Wv8ddzU&#10;V0XpgT2kyvE4bW6H0twJ75DBXDvzesYp0lm8N5e68kQWrIjFou+V3HTLVQTW7eXLnfm0SbL4b8Mh&#10;bALXXTEAVXUCC1fFY9dvOnfOvJFJPa04uHoJ25JSObQ9iTKf8cyaPppoKYf924QQbO9CoTPC2saX&#10;gSMmMC7Sifr8DFLyC0hNOMi+UiNCxk3j8lH98XQQ4k1qoTT5MPtytXgMns7NQ73pTDtEcmq+SN8T&#10;8VBg6hjK6EnXMktO/4FO1KUkU9zpxsCIFlIrq2lqLiBucws9e4b8tsNSWOA54Apm3XW7yLvLiKiJ&#10;Z2V8CWqFhM7MiHbbUIZOuYZJve0pPLKd1NJC4tcLEWjZl2uuuZKhUT64nthGwEii1cwUI79BXD5p&#10;DDGhofSffD2333EDU3p70JGXxpHMXNIzU0mpgeBhV3DLzGuZ3N8f+9Nc0evUHaID7sVlV9/KLSNc&#10;qG+qorK54/iOxML4Uvn0YfyV1zNT1JFbrx6EtriEsvo2Tkz1UEidKNz6M+O2O7hzRn8kkfaZos6f&#10;7dWQvJmdibxRX99QyhNzqGtuoqYij7revYn09qbPZVdz2+2zuFnUxwiHShKFONZqRVk1FaJ32AQm&#10;eJjQnGvJoOm3M+u6Kxjo74aVzhRTO196DRdlaObt3HbDJALMJMpzM0gQZaxdEcaUW+5mxti+eNqZ&#10;if6piayt2Wite3H59XJ9HIFtVhZ5+VW0aTupNwliyg23cNfVMbSk51HV0Ir2LPMDjYysCe0/RaTP&#10;TUyxKKTLczAzbprBGL8K9maK9qI4kU0lrkyfdSuzrr+KwW71rNxfQKtWiY3Kl2E33MnVwyOxEG1R&#10;SdO56Yf/CeddfOTl53P48OHurfRP4Ot73MfDP0GtVlNRLhK86Z95SzVwcaFtqyEjdiXzPp0nji/5&#10;ecMecktEmdn6Y3fYp599y/qdiZRX5BC39Se+XrNTWIs1lCftY/W337P1YDp1jaXErV8sLJe5fPTJ&#10;J8z78D3eXrSZxMJaarJ3suLHL/l6ezKltQXs+/k75n/+A0dLa4SA2ch3336uv/c8Pv/sa3ZmZhC3&#10;eBFffPrpyXD5WLgsjoa/s9ukaEi0HS3UNNZQ7RdMiJMKG0dPPB3tac0rodXYibDI4UweM5iowADs&#10;HRyoLiwktyqD2Ph1LPjgPeYt2c7RI9nUllfSKQuVaTdy/SAfdM0WONm64+Vki423uLbUSktxFocy&#10;Ksnau4ZvP3qXuSL+WVkHRVrWojCLZNp11zE6PABXFzPahIXWVJRBsncoUV7u+A25itunRHVv1NdU&#10;kEpiayZbvn6bl9/4jNXxZbQdS6HmTPM4ul8rNVKWe4S4HGHpf/4VS1bHUhS/n/wWLUoTR8KiJ3DT&#10;jZczLNrzrJvzGZlYYyesYltrKyxNzWhXdwnh+KtxodPVkZVRTEVaHGu++5L5axMpSzpEYWWdiIv+&#10;JD0mrqEEOVph4SQ6Cmczio+mU5qXxP6KRgq3zuf117/hgLqO7MPHqBG9l0JpjLuNPEFWR1vxUWJL&#10;u4gIcsdaPI+juzsdpUlsi08m6XAm+QdX8fnnQtjG5dGaKwRBq0783hwrS3scVbJfGSu6NFpqqyso&#10;KC2gVDLGzt5W5K0zKjs7JE0DRTmFFB1LYOeKBXy1bA+ZCULUlJXSeELXKpRYeYYzwM2U5qNbWXso&#10;m4qKGjq6bOk53I38tGxxHGB7nR8D/ZyP78Gix8jIjqARA3Foy2TD4tVkqDXUik68ewqx6OQ7nT2w&#10;s7BAZWuFpr2KqppijiZXY+XgioOVOdbie28hUk4gibzQ2dphYWKJnbsvPiGu1KfFsnt/PIVtHTR3&#10;CNHobkVn3QEWfPIpK0RH32arwvzE62c9phb+DB09lcmDe+PnZoVkpBPCQt/RKkywcnWmPm4tn7/1&#10;Km9+s4W8onwaWjrQ6s9RYEWfKdcxKSYIz4jeRDfkCoOjU65iZ0aIMSNjM5z8IghJTyRV9BfFRysJ&#10;6xksxJoF5sYpzH/7dd75bAm7s5voEHmmNLYnKGI8N82YQC83e4yF2OsZEU7fwSMYN6QX9kaWmIm0&#10;0FRksnbem7z52VIOphSiUddQWAGWJi74B0QycuIY+gb5Yd7VRHqxaNv2b+SHee8xd8EGUtMPkVtb&#10;T7vGnN4Tr+aGsb0IdnXETBhJ8qZ8Z8NU6UqQSDeFiQN+nm4M6OWDyswKa3tjmlrbqCtMIaEmiXVf&#10;vM0b7y9g05FimtMzqFU54T/2GmaM74OXvThfoT5Hu3P/M867+JBfXZy6unfq1Kn0Fgr03yBPOq26&#10;qFa8GPh3KDAXVpa1tRHqrhbR8DSjbj1FXCrMcfH3wzPQVQjPOtGwl1JSXkt9lxu+Hu4oS2NZu2I5&#10;m6uc6Hvl1Yx3aSN17Sriui3K42VPK/5rzN3Nyh1HqXYdynXDe+CjEpad+M6iz1Tufugx5jzxGNf1&#10;6cPIO+7jsfum4WdpjrGxB1Pvms1js28kxOZ/tyRU9oYrW19dQhjIf8sY2wcwZlA/RgQ7Yu7khpOL&#10;E9ZnctUqo9XQ3qXl5Jw4E3cGXDOWnv4OWNn7EOpqrd+0Tf/9GZFEY9rOyb1JRcdsFzSKhyaGnFE4&#10;iCemtV6Iq5wOeg0IwtrCBldPV7wdizlU3CpEjzVOcodm+/sdhf85wlIOGMGMG6+krygPf9e7p5HC&#10;gZib7uWx0f5Y/L2fCoRFbe1Oj1FXc/0VA399tfCPMMLSqw9TrprGiF7+WOlHHHS6VooPruOHn35h&#10;Z0oBzScEr6gD7jGD8EpNZu+GfdTExBDmYXPSoaGM1JLFyk8+Yv7mREpPqplzQFczxck7+fGbH9mY&#10;VESjftKswsyRnkMmibQYgqeugL1rfuSjH9azL6/hpHCQUVq54CPKroPl8Q3nTkXqqiZ++Ub2yNft&#10;PF7uutStdAgB+usV/gFGJli4hTBAlcjO+FTSM+wZ6WdCeepOFq9PpFb9207YyNQKB2cvfM9SViVt&#10;sxCfsezceITClr9ihHTRrtNy0j+iiSt9rhxFz1A3LJRWBPm5CsF6htcsf4q8Wd+v7ZDcVmjUHaLG&#10;Hr+RQsTDK3w4d4wUZcrMAitff1wtznu3f0bO+1O4ubkJRf7rbR999FEiwiP0n/4Z6k71OZm8ei5Q&#10;FOzmp2+/ZN68eXwy75OzH599Iazv3O4O4lRkF+TN1Vls+0Zc47P5LFkfR805ekV1qSDPe7G1scHT&#10;3VbkbQt1DU20t7Tqvz3+vYWTJz4e3thUV1Kbl0lmdS21TkF4B7rTnpFMZnYpdn0mcOvsR7l1fG+8&#10;m/OpranlxOKCTnUVx7ZtJ6Gsg5BJV9I/SDQC+o7cctB1zH7mRV566Tmmx/Rm3IOP8+KcGwiyssTE&#10;1JvrZj/PnAcm42b5q3+WP0U0KkpzFU62TjgXZJNV00JTbSmlwvKxCvDCqktYRal72LBdXkpaQFtD&#10;C94BfgQ4hzKo7xRuffQpHr99OgOHRuPk5oylvgpJZg74eEvUNpZTUtNIU7G4tsIKlVcQfcNcCB42&#10;ldsefoqn77+OIdGDCPSw797h9VSUcgfuE0p0cSYpJeUU7F/BN+tSRMcnh4fTyyqM8Xc+yUvPPcYt&#10;43qgigrD/hQPtCfpaqeuopSC9oE88uxLvPbqq7z89P2M7+lCekIRrf+q9/gV2aIPEPnsEjqAqTPv&#10;5cEbx9J7gIibi7DKTxNjmspMcmpbaa8pJKlajXd0OJ6+EfR1tsZ33B0889z9XBkVgH/fSBxP6bgV&#10;ShOsfXsyyNOYNPnVV1sTtcJiNvfsyZiYSKJ6BuI/4EoeeOgurhOWpE9QJJ5naNTlKxpbO+Lr6Yun&#10;oouG+nqqZWd71fXCchVl3M8Dr4hejLr6Nh689QqGDhlAgLBmbfTio7szXvcLS2KLUAQPZVyEP476&#10;zsbUow8T/eqJPVhHr/5heDhYoTwlDp1Fu/j4i8Vkan0YN20i7iZ/IPqMjDG39SG6pzOtdZXUNAsL&#10;uqyQ4tM6Zbl707VVkRa7jiVbjqL07UX/ftHYKJVo5deKwgjo8ujHzfffz9XRDhQnxXOkUIiPsw5L&#10;/BZJXUrcujRMo6Zy/9NP8cCV/XG2MRff/BoviVaRJkvZmJhDaVoCR+0C9a7Z9SecCXlnZGtPQqIb&#10;2fzLRlLMIgm311CVm0KSJooHnnqS2bdPpaf7afvLGFvi4GKDlXkFyWnpHDmwm637k6gT9bXkaB4N&#10;miCmPfIUj916OTF+9qJs2uDtKozstjIys46yfdN2juQU0KG0IdTbiVAhzm564AmefuB6RsQMIdjx&#10;92X236BUmmLnE0Fvp15Muecpnn/yAa4dE41daDCOF2Zqx1k57+JDdoQVHhYuCoqC4cOHExXVAz8/&#10;X/23/wz51UvjRSI+jNJ/4d2Xn+Gxxx7tFlZnO2Y/8TTPLTtGm+a0uSqShsbSJJa8+DSPPvE8cxds&#10;ouL/2XwWWVyobOzxEFazWlg9VbXNtGotMXd0PNkoY+VEgK8v4YpamnKOkVHVgM7DEw83M6pK6qip&#10;N6VXgAcBrm642bsRHBGOq7Nd9+ZyMl2Z+9i4JZFqm97cNDoaH3t5afS5awTOhJG8iik4imjjbJYv&#10;/JZFK7aS0enCYHmUwEhHixCd+1Yv4PNfYmkz9WTckH70D/HGquIQSxZ+w+ff/cSSPccoaFDr7RqB&#10;sTORI4Kx0KSyfskC5v+wnTKfIEKj+zDqilCoPMCKH79l/pfzWbYpQVjA6hPjGL9B4RrD9LBWti1d&#10;yFffrCKpQds9jK3yG8G1QbWsWrSQbxbM59OlG9iX34i6vYasPeuJK9GLQvm1UnsjleU5FPjHEGIr&#10;WjqRj2Y2DjhbOsKRFIpb/0U5ll3kezqjasslNrkYKTSGIc51JG5ewvxvF/HLnhQqmuT3/r/t5Dpt&#10;FBQlbule7XLILIobhwXh4BbNzdMH0H5kFYsWfMFnP2wgvqJN/ws9wlJWefdn1pV9aDj8C199v5g1&#10;mTqGXjGDMT2FeBkVjUfRFnFvkY8/b+Bgbu3ZlyWbizyKGcBQTx1ZW35hzfaDQig2izhZ4RHdl8H+&#10;Ckr3LxfXWsiybYfJq247OX/BSPxnbu+EuVEnJcnHKKrVijrRTqu6C62JN8Oui6DTsRfDA0XanPKK&#10;REZrpBKiyAFd2TF2JJaCkxDP9XXC4NGf8BuUmNv40OeyIXi3HWHZsl/YczSfylO2MjiBhBAqNrY4&#10;2nZSmpNBWmULxibC5m6sojAzjo1r17FhXwZVOlvCI0IJcbESdUv/4z9FhVuIJeVpO1n+009sSszH&#10;RKcQ9fbXC0gKUyS5Tnw7n6+XHMF84lBCHeRRA/0JZ0Ce92Fsao2rvy9FhxJpig7F3cYKa0dXnFqS&#10;WLl0Kat3JVHUbCrSV8PJJDKywCnQB7egNmJ/+YbvVm4mpbINpak5Dh42ovPJYsuyn1i18zCVdW2Y&#10;YkPwQH/MtWmsWfQFi7ceoVTUV2NjB3qNCcKkKYE1i0U9levjxkMU17T+rszKyM4mS2I3sCerCvWf&#10;+DU5FSMhPuwDBzLOtYxfFor7LPiWL1dt41BJyxnr/YXkvK92MRXqOyEhERsba55//nmCg4LJyc1l&#10;xYoV+jP+PtbW1vTt05fo6Gh9yP+Gv7La5S8jColl9JXcPzEYS5NTJKk88lGZxa6f1pHc+teGSv9L&#10;q126WipJP7yTQ4U6fHxdRGPbgZu7E+qKciqtHHFtbMYuYiAjxg7Cua2QxHhRuVs7aGhux9G3N1cM&#10;8SRt5za2xdfRY/xkRg0IxkRcwyl6oLCOI7Eo28N60VEVpeVRKkSNcvwDPDptsLCcTKhNXsmSnTk0&#10;mbrgpWigOK8Sc1f347PoWzP58au1FGscmXr3TUTa//1NsBQKYyxs7bGxbyZtbxx5XU5Ej5/B9BgX&#10;jNTGODj7CIvemPI2Z/qPm8rYSE+cPGyROkpJOZhAnqk/I8ZNYlKoDZ3CwvLx9MFfWLvWTu7YaipI&#10;S04mt9ObcVMnMzw6AA8vX2xbc4mPP0purQ0jbr6G0eH2tDeYENQ7EGd7c7oay6m1FZZ3eBghvVUU&#10;7hUdo+to7rk6Go1tFNMHRRPS05ysrduIL6xB6nM9z02LwUZXR8aODeQ69qFX9143El3qFmrrK1FG&#10;Df51NYzoD3Vt7eiEMLASDb+LvQvBp8330KqbaVQrcfIJJdjFBLUQmvJoQGSAA21N7Zh5hDKoVw9C&#10;Pc1pqymhoNOJ3kOGM8BNTcaxVAoVYVx+9VQGh3lgdaIuCRHfXFFDW+RQ+hrnk5DdTr+r7mOGEB92&#10;Kid8I3xACNA9yVU4XP4wj00IwbKzhsJmKwaPHU+Ui4WootZ4+Plg25DE1sRyTHtfy31XDyfQxQFH&#10;NxdRrtI4kNGES8xl3HDlYNxMOmlp0WDt24u+0d4o2ttQW7jRp19/+oZ64mjZQXVuAZ3WbngGB+Eb&#10;1Ithw0cS7Qal2WlktroxbPLljOkbiJ3Z8XgohIBw97JDqioiP78Znz5h2Dk4E963PyGeTthZm9Fk&#10;G8GIaB/sTtvXRengTYSqneSkVHKtY7i+nz1WNmEM6+dBa1kLdv3GMDnCHk1TDY3GfowcN5qoAF+c&#10;uopJzq7BPqwfIY5OBPcbxAB3E1rbTfHrO5jBIi5ODg5CCFZwtKwda58Qhoa44x/UhzFDIrFV13As&#10;PoVy60BGXT6Vqb2EgD4xUqYTdbVewtHHE28fe2ivpcHUiwh3Y3J35WAeNZAJo1wpz0ohLbMCpz4D&#10;CbcLIlLUY/MuC4IHBKA5EovZpBl4V+dSYd2fe++ZSqgQVidGfSQ578srUEaM6l5q241IF4U8+mEu&#10;0qvDRpSFqxgd6IC5pQVGZUnsS6tAZxdMP9FG2Dj5iTJtIcquA6G9fLG3dxR5p6CxsACtcwQjRwwn&#10;wjdClEF/aM0jKTFXiHc/ggN7EhoQSET/HjiKslSUV49PVCBmnQ74hkbQf3hfXDWlHE1MIqvaikHX&#10;TmNUH39Mmxsx9onA3008j7aJkkYrevb1pnXH5yxqCGN4iCsWJ/zfdDVTWqIgclxfPEXUWsprsOw1&#10;hGBbI9rrK2h1HcLEHgG4+evI3LGb5MoOrAdcyyMTQrHQdtBlF8JgXxWaNlE21WZ49O+Fl/UF8igs&#10;u1c/3wwbPlzatWuX1N7RIel0Omnrtm2SsYnxPz4CgwKlr7+er7/6/46ioiJp4KCBZ3yGv3sorewk&#10;l7tWSjVtav3Vj6PTtknFiUul2z3tz/i7Mx0zZsyQKioq9Fe4hBFlob0sUfrh2clSz35DpJm3Xyf5&#10;DxghTXnwAen6ycOk6Csuk0a4+0rT75srHa1rl5rS10jP3zJSiomOkHr0Hyfd9/YyKb/0sPThfVdK&#10;frbh0oPvr5AKmjX6iwt0HVLO8vul4ZF2+rQzlQJu+1g6kF8ndYl0T/v2ainE0+pkulpZ95fmHyqS&#10;2rt0kq5slTTRw0Wyth0iLc1p6i63BgwYODdoq/ZIL1/3hPTZkoNSVVuXPvT3dHVVSBseuEZ6d1uG&#10;1KjW6kMvHnSijanNTZVS03OlqpYOqfnoYun++1+SPl2VKDWpT2mL/gSdrlOq3jpPenVjhtTQ9td/&#10;dylx3l+7aLq6SEtLxcXFpXsURMbtX+5JIu/xYvBx8d/CyMIKB1FGbKU2CqpqaNEosbUTlpvihEpX&#10;onLzx9fTnZrsPEo0tvgEBuFo+tvRCEkS1mZWGskpeZTL3hFPjGdb22AprMvGgwfILq7+zVC0sWc4&#10;/QcPZejQ3rgJy/K8VxIDBv4fIanryUnJpNTcAScnUS8vkCF+LpB9+RTtX8X3X89n8ZpNrNt3lAZP&#10;LzwDPc+6tPxMSJKaiiobhoc4YX6m+VX/Ac57uypPuLKzs8Pb2/vkxFMzM7Puf/8u8hCjSmVNVFQU&#10;PXv11IdeIui0dNXkkpQQ371R3ckjPoGjaXnUnD4X5P8bxiZYqixx6WqhrbwGpdaCYHvb7smRJ5As&#10;bfFyccBHZYJdoB9eQd6o9MPuwnYQQkMcXZXs+eAVZs9+j1XxhSf9Jyh6DaJPqBfm5XHE5VbQ1D2z&#10;/rgwsZ32HN/9soGN6z/jsjAhkv/mCgoDBgz8daSmHFavO0Sjn7cwINzO6j33OMbY+ATgKhsFF2G1&#10;lCecBo0eT4h1PVs+e4v3DyoYMmgYI4IcfudQ8o8wMlIRdcPNDA9w/NU77H+M8y4+qmtqGD9uXLdn&#10;UhlZQPj6/v0Jp0qlEjdXt+6luk899RThYWH6by4NFF3tNK19iomjhjNo8KCTx+AhI7li1vOsrz9t&#10;Atz/N0T5sLCywaalmcq8HArFZ5PTGyVjOzy9vPD2UGFnborKzBhJoRTnKTFWdNDaqUatlR0qQWPy&#10;AYryC2nTazpzv4FccVkv3Gyb2Z6QTUWDPMnv9xO/DBgw8L/FyLkfc+Z+xZKXbmCAn53opM/e2SqV&#10;jgyZ8xY39/c76z5AFxTR/qg8+3LrS5+zbm8shxa+zr0jQ0T79N8cvfg3nPfck7fQl8XG6ZP1TE3/&#10;xrJFgZOTEw8++GD3ktY+vfvoQw38V5AUxphZWWFvrEZTXYu5tU23Y5w/xdIRfxcH3Cw6aWhtpa2j&#10;ky6dFp083/2UMifPSg/tMwhXR1vq98WRX1olhIr+SwMGDFw8CKOgq62eyprGbgdg0pmMBBGmaamh&#10;rLrpH22GaOD8c97FR2trC4FBQRidYsXKr18GDhyk//TXkOeMTJo0CWvDXI//JkJ8mFhaYuVgLP42&#10;xczUsnuOxp8i+4Do4YWrl0RybhGZaelkVFfRYOmErbjeCQeQsgyxCO7NKB8nLPJ3cqioVr+jrISu&#10;o4XGhnrq6+tp7ug6ZyMicqOp69Kgbmuj88+25vyHyK+bNO0tNDU00NLeIe6lpqvrLA32/xpxT0l2&#10;rKTpRN3ZdWGe4R8gP6ek66K9qZHGJtmt97l9bvnaHW2toi1so120h80tojz8jeWU54LuOEpaOlv/&#10;N3H8q8jPoG5pprm1A82pdUI8n07bSUeHBq34t2Tj80y79wP2Z1f96jjvN2go+Pku+t/8BQVNHUja&#10;LlH2xTXPEq/jeSzKplrUkX+b9vKzajpobW6grq7u5FFf39ht/GhFfqs7NXRpdcfzXl7KK/8tfncu&#10;OJGX6pYmWkU9k52yNbR2nrnd0se7q7Pjf9YG/VXOu/jIyc7GzMy8e931CWSLNDw8XP/pr2FjY0tI&#10;yP9+J1sDFwpTbOxscPGRR8RMsDC2+kvDrEZGlvjFDCEiLJzmVXOZNWUGb/wSR0X0IHxCA7A9dZ8J&#10;0wCGjwrEzqaW1Qm5VDa3y3WT+vl3MyDMFw93H25YeISmc7bteSdVabtY+uJTrMr91WnaOUVdwvaP&#10;72Vivx7c9uF8Fr72E4cT8mg7z52bjCyEOhoLObB5Od+tSet+BXZpoKO1Np5PJvaj/4RnOFLToQ8/&#10;R9Sn8N2LT/P4M6/zzqP3cPM9b7Iyo17/5flCEp1VEavnDKPP2KfOfRz/Kh0ZfH/3tVw15yv2Fzfr&#10;A+Wy00VtxmY++WYrWSWN6BRKjIXBevYXMgIjJSb6SZ2dxbF898qXxFW1d3/+HeL6LdXp7Fz8JUvj&#10;a/SB/5QuKuK+4pHpkXh4eeHlffzw9R/Es1+up6j4IItW7uJIRg3a2ji+Xr6HY3nn0i+VREdzNsvv&#10;Hc0jq1JI/nkO/Z7dTJ0QOafTXSersknYsIA1/6s26C9y3sVHQ0MTPt7ev3vtcvmUKfq//hxXF1eu&#10;vOJKTEwu4WnRBv4UhbEKM0t7FCZWWFg58le9Apt6DeaeObO5a1IMrsbGuIy+lw/mzGJyhCu/mbul&#10;sCa8/yDsba3J//pz1hwrp/GUVS86UVFLmtrFv/qAS4G2UlIyArn15WV8ONmBuJwc8pvOoWvtv0UH&#10;lamxLP/qZ7Y0nn/xc9HiEM3tb77PJ3Nf5rlPF/Lzwhe5JsJB/6UBGZ1UQewXQjwnF1KtNcbnivfY&#10;/sOzjAx348wOQU0IumkxmStnE6iC7E3v8PKaFP13Z0DTQvGRVTzz0Vrqz1E3aDXyVt7alEZdXT0N&#10;9Q3UVCXz7v2TIHUDe/PSKEdD4f7l7C7K4d/KnbOhMLcn5vqPSX3vMhzNzuTRtp2KjCR2fJF84Z2O&#10;SeeZPn37SqlpqZJW++sabdlnQnt7u7Rs2bKTPhb+6AgLD5O2btuq//X541z6+TiXx3/Jz4dOq5E6&#10;2pqkhqYWqaNTLbW3NEh1dQ1Sc0ub1NHeJjXVy3+3SxqtOFec36Vuk5ob6qWG5lZJ3aUvUyJc26WW&#10;2pobpfq6Oqm+qVXq0HTpz2+RGhvqpDpxjU5xvk7TLj7Xi3s0Ss3NDVJ9fZ1UW1urP+qkhrZOSdv9&#10;XGpx7+PnqWW/HyLs7yL7AChP3iR9ffeV0t1PPSQN9/OTBl5xn7Q4pU7StpVJh35+VZrW20dycfWT&#10;Rs96XlqbWSplrJsvffb8vdIDd78ovfnWaimjsbP7Wlptk1S48yvpjkl9JQ/3EOnqJ7+SDmQflZbN&#10;vkGKcbSXbOzsJUcHW8nSUiX59rhZWrprv7R33t3SgAhxfRc3Keb+RVJ8cWN3Op5A15orrXvlcsnL&#10;w0Vy8+wpPbE8VWqo2y7N8RokvbK7UtJ1dUg1B7+QJvS4Tvo+IUH66YlRUtCsJ6QnromWwnqPkB7/&#10;fr20/IN7pKioodLY1zdKGZlx0oLHhkpWFhaSRfQEadb3h6XSjJ3SvEeulcI9g6QRM+ZIyxPLRb4W&#10;Sjvef1a69/JrpGuvmyrFBPaRbnn2fWnJgpelm8b2kkbf/Za0MbVG6jylzWgvOyh9M+cKKSbITfIe&#10;OEN6a22SVNWqEfleJ6Vv+Ei6qn9PycczSrrns21SYb3I89j3pJ4xV0svvHiLFOznJTnc+Jm0O3a5&#10;9MSkUMkl6HJpUWaT/spyPnVJzVVx0tsD/CU3/5HSE09dI/mG9pOu+ShOqm3vkNpqs6X1H9wtRXuF&#10;SAMvf0T6JbNO/EgjNZUmSt+/eLMUFT5AGj/jFumum6ZJMx9/S1o49yXp/lETpElXTJWuvPslaUtG&#10;vpSw/DVpxuBAydkrRrr1jcVSSm2DlLHqVemWG66T7rjzKmnU4GDJccJs6bPduVJjc7EUu2C2NCIm&#10;QHL1CJdmvrNSSq9sljSaWil18bPS0KggycvdV7r6xRVSWkWj1LD/Haln1FTp0YfGScG975S25td3&#10;l2G5Xui6GqVjy56SYnwDJM+Zz0jPTA+VAvs9KO0vqZKK9n8t3TU8UArtOVx66odEqba1Vsrb9a30&#10;cM8h0lW33iiNmnSTtPBQnpS1/TPpnoki3dyDpXEzX5a25NVI9Xn7pE8fvVoKdfOUgsbcIr2yOkWq&#10;bj/FX4dI08bCPdIH902VokT5chx9m/TaumNSdW2y9PUNE6Vx934kbY/fIr15/URpzEPzpCVfPyIN&#10;7eEmmVpZS663ic9f3iONmfmmtC15s/Rq3wnSM0uTpQZxfV3zAemFmFnSN0nlUsZ3N0oRV30kpaR+&#10;K/UWdcDE3FoKGfCQtK+wQDq06HEpxtNfCh94o7TgaKlUlbNNemWwv2RmbiWFDZ4ifXmoRKpKWy+9&#10;PnOA5BQxSJr09lopq65F1NdV0iuzL5f6XXudNPX6W6SHl6dJHSfamRPoOqXSPR9Jj7zxgvTJgdLj&#10;aa2nq3CL9Oi1QyRbaxvJ1tFRcrCzkizE3773zJP25DV0tyPa4o3S7KueE3U0U2rq1ErNBz+WLpv1&#10;kbQ/PVXa+/YMKcTPXdRZd6nPE6ulvJo8ac2dl0nPfvORdHmgh+QdOkX6NL5cam1Ik364qY90x9Ik&#10;KWHxI1L0nPVSZW2xFPfdbFGfoqTB1zwkvfbBbGnyBwulLx+IkKwt7aR+U26XVuU065/0/HPeRz7K&#10;y8twcXb5zciH/Le83Hbs2LFMnDBRH3p2LCwsCPAP0H8y8J9BlAOFkTFmFtbdO5qamZhibmWLvb0t&#10;KisLzMwtsLaT/zbvnhEvlxulqbwrpx22KktMT8wjEuGym2ELlQ129vbYWVtiZqzUn2+Fja099uIa&#10;8uoZhbG5+Gwn7mGDSmWLnZ09Dg4O+sMeWwuTbrfrCiNTce/j58lLb08fufvraCjNO8qq9UnYX3sf&#10;l8eYsH31PjKSY0nObWTY6yvZ9uMrDLFvZt+2JOpaajm0ZSOrt+wgr0tDh34ktbNgPws3Z+Mw+Rl+&#10;/vl1ehUdZfe2CiJvvYmpEx/k7blL2LXsNSaPmsWc5+5moHEyc/OjefTTVexc/goxcduJy6xBtN/H&#10;LyhoTf6Z1xMGsGDtNla/2JOv18VTprbB07OGvQX16LSy990CqvwG0MNGR2d9DR0Z9fR76AOeGq1j&#10;5byPSfG9njfv70/jlu840OzKwPE3cPXgoYyaNYdn+6rZvGQJWxt68+4PHzHdp5alXy4irqKdDqme&#10;ozU63EffyjO3DaZm/Wp2lPlw453X4F2bRGysSIuO47aavNla3u6fiXMcw7PfLeeDcWaUZGZRUtdC&#10;ddx3zHnvMDGPfMjK+beSv/AdFhzIp6lN3KM2nnSXm1n5zaN4732fm+a3csP7nzLbOZ1nfkik9XfL&#10;28X9jLS4TXya+XMGkvn9KyxNKCY/djWfrmpk1qfzeGSIlu/fWUx6WRHxW5czf38n1778CncOtCZp&#10;bxatbR20Sw1kVavxHXQjrz1zB6HNh1me04X/fR/y2V2DaNi9lS07j9LY2kJTbgoNrqN5Ys59DJPi&#10;2Ln/ENkJ21l4xJ7rn/uG1e9fRW5xMcfKmlCXxvHlj+3c9Mp8lrw5lezln7Elq5Z2dTuNNUfY7/Ew&#10;q358jr5uxydqyzmtzl7JnU+uIvy579nyaA9KEmQbvIu2qmOsnvsjVZfPZf7r19Ly0dssT22kS2ql&#10;uKWONtVI5n7yCqNtytmXkkXtxHdZ9vG9hDUnsHLlZvZtT6KqqT/vLP+e54b403wgiaJTNlzT6RrI&#10;2LiNFsehvLbocx70rGLXpu0klLd0P5dCqiZ+2SL21Dpz2egBDL/iNu7s1wPvqU8x7/5JRNspaG3t&#10;EOe60XdMJ4nVspt4La3HdrHBOZgoB1H3O1tpbOnAxHkccx/rjZ3XZbz9xWwCKzbz1DuJTPviJz6b&#10;ac83T39LkUkQk+67hiD/Xtz43DtMc6vjwIafOWhxFd+8fRe9K37mjQ2ZCAMIdX4+prgz66lXeWqM&#10;72827/szjNwHMHN6f0bf9yjvLhX1+J1rGXnf07x1xxX09To+X1ESz99PlUZqUQWN7SKdDuxEExmA&#10;VdE6ni4Yybyft4q6/DT+Kxazs6iJttYivnzmTbLGvcqHDzox/711lLWou68l57K2s43Gtmaqi46w&#10;5vMqpr3yJFcY7+fjb/ZiZBPIYNE+3NfnMu589gXG+cjeiS8M51V8VFVV0aNHj+6VLac33vJnc3Nz&#10;3Nzc9SFnRxYfsp8QAwYuOUSxN3EKYPD1c3j9tjFEOtnSWV6PRdAwrrr9cWaNiCYsPAxfBxXqqjo6&#10;dDrx3VCue/plnrh9DKG2xqIhb6c0PZFaKweiBw2gd5+RjBlhTGFzIRVdSiwtbXF0csPTzRErSxvs&#10;HYSA63E1H865gcsG9SC4Tz96mTTS1HzKREOpk5qCNIqO7SOpyoig6a+x/9Up+NsHMWC6PynZFbSK&#10;Rq26ooD68HBcLUy7tyl39utBDz/fbmNAqVERGuSFi50ZbY3VHKvqwNRShUqIRnOVOZrSLOJTGlAN&#10;HMHgfn0Y1DMIo+ocNh8to1OIKjt7R/wjIgiPcMPZ3xUXN298nawxaiultKaak2+PpBbKs8T1E3PI&#10;bbRhwJ2v8Oys8YQ4tZC4ei+5HjH0jxHXGTqBad7tLNuRSok8AQ97eoQG4tsjigGdTTgEB+Dr44G9&#10;iRZt8jFqOk7b9ETe3t0+gl6BfkQNGsMYVR1LdsRz7NhB6iz8GBAVgIebBeU5+9mdkkdeSjxqc0f6&#10;9OndvVP3wHC9i3mR5+1C8Jr5heHv7opH5Hgeuv0+Hr58MBEiriprISqFqpRzQmnmKs7xIyI8FG9L&#10;E/LKqsjJzaAoLZaUkmZsB9/JoqdvYHyoMxbuw3hq3hPMmDCQyEB3utoLyShrOD5xU9wz3NcXX38P&#10;bMz0u8eKPC6KW09WiwVDB0bh59OTEUOdEb0VNWVJLE5vIzqmJ0EBfkKIl/PzoULaFBKdlpZo/MMJ&#10;8vbCXXTWV974JHNvGU6ArxvW1FGZfoykklQhUDMoaXNm5N338fjsywi3+3XYX2FkS9Q193PPg7cz&#10;tn8I3nZKKssqKGkQZVB8r8mK5ZcNpYROuJJJgyNwFAaHrbkZJlb2ONsKQ0Q/30OhtKPnSCHY4lIo&#10;rS7l2K4dmI0dSICDlWxzdKNQWuIkyqDS2EoYCyaUJ26nUOnP4Ch/fAPcacjdwYEiDZa2KkxMzFAJ&#10;g6KrvoDD+8tpDx5An1B/fJSNVO7dK4RXpzBkVDjY+hLk5YKLrcVZDY/W2GW8efNooqN7ECXK2MBR&#10;t/HNumP8H3tnAd/GkfbhR7ZlS7ZlZsaYwszYpEkpZcYrM8OVm5S5DTXUMDMzx+E4tmNmZrZMsqT9&#10;ZmUH2ia99q6XtvfpyU+ttbvaHZ7/OzvzjmQt6qQwcNy8fPAW5VneYsHVwQ6VlYiTuJeF0ovogbZk&#10;yRNvW6opSFAwMMQX7z4PsOCdOxnWI5KwPgPoJZVRIcIji2Knaz5g/usTGdE1iPasAhp+tgePUddC&#10;We4ZTgQM4qarxnHHS2/w9DA/08ZzatE+OKrscBQGlu2fuFz5ij5Zq9USGRFp8tFxKeTjPXr++v4s&#10;tqIiREZGmryamjHzt0NS4uERwvixAwh3t8dalHmFEBjtLZWc2DCNx8YPZ+gND/PtisOiURbNsqSi&#10;S2Q3Ro7oRbCHo2iw5IavHa2w8tWWNqZGzMbaHncva7T6ZhrlTuwXbaMCqa2a5JVvc+d1oxg6+gGm&#10;ZCZRa7y4s7XCQ1hDE7yymfbSXVwz8Sk2nyigyagiYuhoAnftJVkIj5QdRVw7NAI70WgpLCywslGb&#10;RpWsRCNuKW9bbt3R0UmSRJvhwltliRaqaorJLmvEyk40vMIAUYvORVVbRUN+KU1CfMi+f2TDRCka&#10;a6XK2uQB2TR/UNJjMC2X7kChcCBi2ACCqk8x58X7uO3FL1l1PA9tUxmpWUVoLWxQ24jf2tjhpFJg&#10;SE2jqqUVgxATtqIjtlBaI9t7Klub8z4lLIWF+4v5sJZW2AZG4mdvJcJjh4OhmYq4WOJSk0k5uYQn&#10;bruVJz9aSkF9MWeycygvbUDj5I+Pg41plM7+IledkriXQjzXUqSZpWi62qsLSNw4m+8Xr+VA9oWJ&#10;lvIIm42V0tS+WVlYIm96rQkbyPAgHYdmvc7dtz3KrDWxlNS3YBQ3MjbmkbBnLi++v5ry6voLq2bk&#10;nZ+VlqaVhKaRO/ExSk0UpGaIdBDxktPBUoVGo6S9vZX64kxSC9KZ/8LNXHf3KyzNKKYtI5taua+T&#10;nWNZy2klwm4pypLoILP3rGTurJksOVEp0kkIi5hwgqWTfPHcvTz0xiesiC+m4aIdceV9jWTfO+X5&#10;J1kxZQpL9xwnt1nOV2Gp20iUnT1FUnYiR8sb0IqO1PIyHby8Cs6p5zD6pSeQIK7fsdaea/qGYy/K&#10;zC9Fgby6rJHCtFRK8rbw/C3XcvOLsyhpKud0ccOFOQ9GnRDLxaSdPs2paU8z8Y6n+WLFaerLsyht&#10;kcNuKeIt8kSUlV/bfFIVM4p73vqGefPmMX/efGZ8+7qoK5HYXbSP0aVQKNQERMdQF59NQeYJdhR6&#10;i7bBAZWhkjPzn+Paq4YxdMwjzKspEMaIKKSSKxNvG0dvP9EeiPpiYTCYhOsFRLyN7dQ31FDq4YuH&#10;xgGPwBh69QzoPP/X4IqKj9Kysp94Nv05cuH5V27S5VGPsNDwzm9mzPzdsBCdqg1ODurzHZ/RUE/m&#10;0eMcP9TO0Gfe59N3nuPG4TFYGOXzwmpSi07CTu7czzV8FqIztETen7ZVdDaiqUHXajA5V5M/P0cy&#10;NJG5Yw7rqoK59em3+Pijl7jR1x+7i6u/3FkFjeX1Kd/x1n23McK/lNmTXmDJ2UbUXYZxrUU26aWl&#10;ZBZ1Z3xXl4vC8ltRYqfS4Govb49+Ab0QIgonB362IeuvolCo8Ox3M++8+yovPTaRqLZ4Vn47g32J&#10;VdiL+1n/zI11m5uHEEvK39/YyaKwuoLGc1alyDelTwj+nl74R4zhufc/Z9rsxayc9RWP9w/EXnTk&#10;rS214vqOyy+FJOkoidvCvNkz2VBgQ3SvHnT1/dk27hchujvUnn259/X3eeuZR7g+Bg4s/YIf9yaQ&#10;EbuYt9/5nA0pNoy+ti8aIXp+DQU2OHv8cmKr3LGqnNxwcfZlwpPv8dW3P7Bo+UK+e2IYrhfN7pTD&#10;XpkZy/JvP2PWsSo8ug9iWLgGhaU9If1v4vm33+fNh8bg1ZjMnLkiXeJKaO8UoEZtNtvnTeGzmTuo&#10;9OhKz4gw3M5tMS2KbGvwWO55eAIOlXlk5JbR3OmJ+JeIFHHuypiBhWzdvJFYr2GMDnUwCYNLoRAC&#10;y8nDDSevgTz1zsd8O30B61fM45XBXiaRbEJe1q9yxMM/mNAbnuXjL6cwZ/Eyvv/gCbo6/3b/U5YO&#10;7gRE9qBPn7707duXXj0iTCMd/9Kzqah7msh+dC/MI2nfAWJDehDsrSR743esbO7Hk69/wCcfv8B4&#10;jaswEeQUUOLmYv9Lp4sXIQsmlRCMdi1N6EQ51rU1UlP219j5/Ry/uz7+J9TX1+Pp5fmr4sPPz6/z&#10;26UxzfcICe78ZuZ/BslAc9lZNn//CLc89QbfHS4Wlqis4FspS9zJjFcf4bXPZ3M6M5mtP37IbRMn&#10;MvHlL5h/PIusA8v45s0PWLz5NLXFp5n/xevcIp8Xn1see5PpW09T2tgmntFOaewM3njqDtM5+XPr&#10;0x+y6HAG9a16pLozfPPCkzzy5Leczqs0NZxSWxmJG77lvttv5dab7+DDFfHCim43WfZ/HHqaauuF&#10;5W5LiGi0YgKcUbUJy8zi0s+QLSWvkDAs6qpJT8ulvCydE0da8LDyxs9JheIXPzOgrSig0tKLrvLw&#10;rZeSYlqRX0ScR2ohd8cUPpwRR/D4O3j8oetozU2nsEGPlSZMWF7NrNm4j4QeI+jj8VMB8VtQKGzx&#10;CupC12AVtfEJ5JaWkJGdj9bei/7Rfr95JZOMsb2ME6t+ZFpsLT5DbuYf10ehaKykUmtPj9E9cc5L&#10;Ir2omvr8eHbmtDN4SAw+dsJC7Pz9b0ZYxNrysySVN1KdE8/hWiWjhvcnKrQL9uJmziIPnFuy2Lnu&#10;OO2OfviHhtJaV0ZmQTEF2emcTq3vvNFFSM1UZeeQlNGEhUcQfo6OWJ17XX9JWik5uZpZP+6hzX8g&#10;d91/I64GLSXV5WSf3s/Z7Ca8u0TRzVfJv3KDo1DYENR3OI76epLyqmitSGRrbKVpfpSjdzgjhAhq&#10;dQwmItCS7J0b2Fcl/VQUGkTYC1LYf1zkm1cMPQL9cRBhb20oZN/W5Szan4ffmDu5a3hXXFuqKKmT&#10;52h00F6dx6nEeIoMGqIiQnDQ2NFm6Li5RSt4R/Zm3K03MaQ2m9TEHKqaLr+8XWHlweBbR1Fy8Awe&#10;4wYQ5mp7mREJee6XHT6RPXE0tGAb1p0wVREbFuyiTrK8SHwo0bj4ENnVHVcbBwIDHNBmHmZnfKWo&#10;S1fG86DCMYAopxw2rNyD3sMVVwcl2rJcKm2C6DtwED3cjGSLtvC3hUZ+laPC3bcLUWdj2XHqBHvm&#10;f8OUHVmd5/8a/O76+J9QVFSIq4vrZcWHfNzH26fz26WRh2adXZw7v5n5X0LfUkN+4j62HzxKYtm5&#10;NehGmmuKSD6yj6NnUqmsryU/7RQ7tm1j17b9pKbmUlGQTuKxU2TkV6JrriIt/ijbxfmt27ayeeU8&#10;pnw4mfk7TlKk1QmBk8zRgztN5+TPpuWz+HzSFHYkFdHUXEFC7AH2HUikslHehK6G0ws/463PprNu&#10;0yY2bdnIvC/eYVXSH+yTQXTMPiHeOKjj+e6lZ/lwwU5KDA44COtPd4l1vrJVowkbzPgYB7LWfcXT&#10;T09iX6sP/fp3J0A0WucaVYVrAN00uWxdso0C1whszq7loxee4PVVGdj6WpssIuP5+4t6FRxFQGss&#10;n01+i/emHyBs4rNc10UjGnAHArq6cGrTXpq7h+P2m11FK3H09CPUX0fC5qUszncSFvpIIur28v6L&#10;k1mfZsmomycyMlgjG7+/GYWlBu9gb1S5u5j/+SS+XpNLwKir6BsVTuS4O3jmKgcOTp/Es68tRRp6&#10;Bw+PjBCdykWdzW9EEm1Ni68LmYvf5p0pO3EZ8yD3Do4gesgNTOzRxtw3XuWTefvQ+YXi7e5DjyFj&#10;Ge5ZxqyvP2PK3jRaL+nXRHQKwWH4axo5sWwp+xKL0YmOs6muQVx/KWvfCo13EL6Wuaz98Qve+2Yd&#10;hrBxXN0rmugBoxgY0MLeeV+zPE2P6J8oqNKik0Vz569/gig3jt1v5vUHunP481d5cnECVvJoieh8&#10;nbz7cvd9I2hZ9y5Pv/EtO5t86OL508mICgs1bv6R9O7qTMHGRSzZcIJ6RyEi9O3YuzpjLDjK1Emf&#10;CFFYile/oYyN9jj/+sTCOYgBfaLQlBzk+yW7yNYZ8aARXUMT7XoFdnZ2OPn0ZvxoZ7KSEsgobCeo&#10;Xxc0GWv5fOVh0mtazktlhQivc4/RjHPqxdi+/tjLeXtx5orzXj2G4Nd4hO8/XUFd2PU8eb0zy//5&#10;HK98tpomEQcvBzWOfpEMca1g25wpxGq9GX7dVYQWLeOl1z9hWXwzngFepnkZF5BoFQbS+vUrmLU3&#10;2zTh9WJaz+5mwftPc88993D3PXdz732P8M3qQzQ4hqLJOsL89QfJsQzALnk3M8XfyeXN540YhZUn&#10;3YY4U9NoybAuPjjbOhI8eAya2Nm88sSjvLmlDN8uKrRtsuFj+smvorBQ4RHUj/HDmln68dcsPNVK&#10;aJSvOKPEzt1VfER5mjOLY6V/kn8XgeX7gs6//+tsEx1CTEwMvr6+lxUgcrquX7/B5F3yUsieTe+9&#10;5168vf/1xNQ/moaGBlatXkVJSUnnkb8G0dHRjB8//m++s69EW10BiYc2sKvIga4jb+D6aFfRYeip&#10;y0/i6N5DlDtGMnxwFHXJR9h9LBODXkl4RBiBdg2kni3DMbo//UMVHNt/iLNFdky443aujbYmO/4k&#10;p4yB9OneBaeyg2w6cJaqLjfy/CPXE67NJT4+BSlmOEMC2ti7ehcF7X5ce9soAqUUvnjnW9anqrjz&#10;tde4M7KJLbuP0zbwbu7u7iYavN/bnXWsznH0DsAvMABntTUqRw+Cu3Shqzx5UTR2Hh5+RPXoy4CB&#10;g+nVVcQtPAifwBB8vT2wv8hBmoWNPR7uwlJzdcM7IJJBV42if/cgXOxscXD3Evf0w1XUFW8vdzz8&#10;w+g6YADRvt74+gXQpdcQrhrSh+ioKPxdbDte/8jDtC7+hAZ64SiswJDIPlx7800MCnVGHh2X6lJZ&#10;PD+Ta194ktEB9qL+KrF3CySyR29igj2xd/IkLKYXvWPCcHd2JySqB4N7RxPq6YaHnz8hIg5R0V3p&#10;FRVKgI8nrp6B9B46glGDe+DjYIva0ZPgmO50jwrCW45TcDRdYyLw8/YSf4vf9epJqLeLac6LaeWR&#10;uzdBXh54ePkS0nUw4yaMpoccDpGegYHeODs64xvei3HXjaN3sDu2dk7ie3cGiDB5aTS4+Heh96A+&#10;RHo44uAVTLfBA+gZ7nl+UzMLCxuc/MLpNWoMgwJFGoYNYMK1V9MjwBmNiGtQoB9uIp2iRCd71VWD&#10;CXa1R+PsKZ7tj5ePN57W7TTkVmIdM4aJE4bSq0cv+vcIx9/ZDltHV3z8RZoEhdFT5PPAQQNEXnch&#10;KCiIIGGl9+wZg5+nu7BcQ+nTpw/9uncjKlTkpxA4/qHdGD3hWoZ1E4LHN4AA8Twf/xAi+45keP8B&#10;9Onbi+hAX4JF/g3r14sAZ9X5UQH5vwobF0LDgvF0dSeoa3/GjxhIn0FD6NsjiuDQYHyFYecV0pOh&#10;465meJhIN1uRbmExDOzbjXAPB9QaV/xEOIN9/Yns1ZdBI4fSt29/BvXrQ1SQH54evkT0GczYUUPp&#10;F+R6vvO2sBbl1cufAH8RZpEPwwYNYmT/3vSMEvEODadr757EhAQSEOyDm08gYUEB+AeL9PDzI6RL&#10;ND0juxAZ2Z0eolw7qIXAttbg7x9ORPdAnOTv4p+VnTvBET3oKTpvRzc/AgICxW+j6N6nN90jgnB2&#10;cCOspxDt140mwl2UOXs3U5oHCDHYJVrELygQP1Ff3PyiGDB8NCN6h+GqcRDfI+jWuzddRDmwsZBE&#10;i2Qt6ogH/m62neJKIeqjBnePAEJFnoaGhhIa0vGJiBJ1IKQLAe6eIj5hdIuOoYvou/xDhFD2d0Nj&#10;Ek7ynBwlGg8vkSci7Yb2FvVSI8q4L95OzngHBhHRezhXi+NdIsTvg4MJ6BKBp52VSAcHYbh0oXtM&#10;EG7ewYRFdSPU14ewUCESw/zwCfXFzS2A6J5ReJFNtsMI7hkQgmuAD55C1IaFinT5s/adkdfbXilu&#10;vvkWKTklRdLrL1r//TMaGxule++775L+LORP9x7dpaysrM6rryxmPx//RWQ/ADn7pakPh0i2McOl&#10;f6xKl/TyGnhDk5S9b6709OAQaeidL0rbTh6Spr86UdIolZK1ykO64Zl3pHlT3pIeHHWd9M7UbVJZ&#10;xnbp9buHSd7+Y6VP5++Q0vdOl+4cHiE59X5Qmr0zTkpY9oQ0PMZJcvvHd9K+9ERp3UvXSl3cNFL0&#10;68uk5OT10v19o6SQqIekrfG5UtHOt6UobxfJesy7UmxBjVS09jFJ4xotPb0979/y8/G3RM4DXb2U&#10;suhRqeuAF6XDZS2dJ8xcjL6xVIrb8aP08dT50rHCMil16zTp4fE3SY/MPCrVt7V3XmXGzJVB9l9U&#10;lbZPmvnVBim1plGqTN0mfffYROnV7fk/8UPyZ3Lp4Yf/EknJZ9EIq+Nyox4y8muVbt26dn77JfJv&#10;Verf/87ZzP8WktoWpa0FZbVVFNS1XHKYWX7H7RosrE0PD+yKM6kor6T5J6sp5TklHb9U/tx3h9RK&#10;UUoCta3NqLv1IthJjUP0RN59900e6uXRedH/PgZ9Bcdmf8PXK7Poedf1xDiZvQpfElF0jC2VpO5Z&#10;zmeTPubbjXE0dhnIiD5B2P6L1Q5mzPzxdK70ObGaTz+YxDdzNlPuMprro11+dcXOleSKiQ/5NYqP&#10;jw92tra/OlwtiwtXV9fOb79EFieOjo6d38z8f0Xh6YlrgAetNdXkVNSjv6T8ENep7XBQqVG0VFHV&#10;1My51X/y+9llM2ey/EgmNUYv+od646jq9IcgI7VQVVSHJFkS6u2EIXc3szadRd9cSGxG1WWe9r+I&#10;EGWWagKG3MOTt/TFycYsPi6Fha0bUUNu4tG7b6SbpwOuob259taJXBPtfn5VkxkzVwx5EnFQP25/&#10;YBRBGhUa7yiG3HYrfbwvv7LqSnPFxEd5RQU9uvcwiYf/BCtLK+zt/s5zG8z8EVi4euIb7I9jcx2l&#10;5VU0/otZWJLUTKNOd34CZ2v8Nn6cMov1Z+vwG3oj1/YJEeLjYgtV3iXSKCqIEn9nW1rTN/Hh5Pd5&#10;5913+Gx/waV3jPwfxFLpwaDHX+Od1x9msF+n0ywzv0D2Y2HrFs6wWx/ng8mT+eiVp7h/WAQuavOo&#10;h5krjzwp3drOi24THuL9yZN44+Wnuaa3z19qFO6Kjnx4eXld1sHYOeRREfPIhpl/hcLaEU9fbzyN&#10;VZTm5VHe8q8WoXWs7DinGRShkUT6ueOkdmfUbTcwIMwL219ZN68KGMgtw8P+Df8Wf11kN+WFx7aw&#10;ZutximSnVf9PBJUZM2b+fK6Y+CguLjKtcvlX4uPXltvK3g//lR8QM/8/sFCocfFwx8W2kdrSYmp+&#10;OpnjlyhssbexNu3LImM18DpuGdsbb/sW8isaaGrTX7LzlSQjTe1GND3u4cOHB5/fsvt/Aaklnx1L&#10;17Bu9RqOFNSj+9tseW/GjJm/O1esJS0rLUPj4PCr8z1+DQsLS0JCQrjhhomdR8z8f8YCa5xdvXF1&#10;dUbf1o7uMh4RJV0bLe06FNZOuKhVnFutam3hTszAaBw0rWzbdoSMklr0PxEfVqg1FsgL64rqWkxu&#10;oP9TJMlAa0M5eUlxZFV3rq8XzzS01JKXk0pcbg3txkvH47+Boq2WYmM4/UKsqNcZTOJL9mOw/UwR&#10;ze0GEbSOOMv/NzQVc3rPGYoqC4nbf5aK1t/vfEkytFBbU05heROSvomqqgqKK8XfP0n3C0gtss+W&#10;BJIyS2k65zb8MkgGLcUZRZQVZZNX2UDrZT1k/hKptYSTu85QdtHomZxXuqZSUvPleT9XTpRJzRUk&#10;nYonJSePvLhEMhLOcCgxj+LaZpPTvd+L1FrGmUOyE72fOsaT/9br6sg7FktG9S+9nEmyg7XKfBKO&#10;plBaWSrK7Gkyz5XZ34Gkb6QoLYP0lAxSE9PIzCr71byUdDXkFFXR2PxLR35SWyXJx7OoKMsk9kgq&#10;VdpWUWaNosxmklvbhlHUnZbSdHLqzm0C9N9BktqozUsnOS6F4vMbDv0biDKmLU7gUEI25Q1yXK5c&#10;OfsrcMXER3pGBm5ubr+60kUubI2NjSQnJ3ceuYC9vR1jx45jxIjhnUfM/H/GUvxzcvPFw92Ttrpm&#10;Ghp+6dNakvRoSwsoqq6m1SMEbzdXzm23oRTiwj0khgAnR+zO7ifJ5NL5QuVXWNgTGO2JUlxfW1RC&#10;oxA4+vb/1LOp7LPkJFtmfsaqlAuujnVVaWxZv4DPNqXS/C862T8SyTGCqyNF51TtS08POyHIJOqO&#10;T+e2r/ZR2Xxxo2qkvTaVjbO3kpyfzOYfd5Hb+DvFh0i39vpcjh/dzrqTxbTVZnI4dgdbz5RfdvKu&#10;sSqRBV9P4YdVRyhv+fV0MdQms3XTAQ5sWMeexHwa2v7FSNhFSNWxfHTflxyv6oyzCKvU3kxJwkq+&#10;3Zp9sR/Y/zrGijh++ORb5q7fw4GFC1i/ZB4fzt7NybTKC5sA/h5qj/Hl88vJFgL6pwghXJfCmtfe&#10;Z0u2tvPYRQhxWBy3nSlvzeNIwhG2/CDKbPK/4Z5bV0XqwSMcOXCUgzsPc+xENnW6y8RDCInm/H0s&#10;2H6CbCFQf0FzHnvXHCcn8xjLlh2isEYIMkMDaUtnsD5NGA+GelLmf8/azEvE5w9EMjaQvnUJsz+f&#10;w4G8/+RZekoOfscL36/hVH7tvyUu/85cEfEhK9LY2FjTpkqXG/mQG/WysjI2btzIm2+91Xn0AvKG&#10;cgP69ycg4K+1OY6ZPx5jq5aqnCROn44nI6fY9Nrjktg54enmidclVmDo2xsozk1g19bdZOSXY9Gt&#10;Gx4BPqgvmteh8AxncJArGl0S+1OKqWm5aM2MhTU+XYcJcWKP8chWdhyK5XhSviioFtj/ESs+hNXT&#10;1lgjLPViqprPPVfCqNNSUZhJ/OnTnE5IIbe01uT50tDaQEluOgln08jJyyGrtJzKJh361npKctJI&#10;ENcnZBRSqW3D0N5ISVY+eVlpJCae4VR6AWUVxWQkJxKfnNNxjaENbUUd6iH388w9A1GJOqq/lGdM&#10;U4MoYVB14dZXJ+Cq8ODGt28nQqNA11RFbnIeJaV5pBbV097ZOUpGPa31ZWQliWefjiMpXTyzUYQ/&#10;7QS7t2/gaOZZDu3aws7dmzleUkxJQ9t5USeJcDVWFpAuwpqeW0xDq048XZwTlri8nX/q2TjizmZQ&#10;Utt0/nlyGFtz40lxM1KcVIudaGKspGZKs1OIjztNXEoOFY0iziKO7Y2lpMSf4fSpU5xJzae+7cKm&#10;XHIY2psqyUkvprIsg+3LFnKkMJuUsnoaq/JJlPMkTjxHCNUmXTstdZXkpeVRWFIg8qOxQxyIexjb&#10;RB5WFJCWl0dOagJJaTmU17eKNG+nuaaErOQzxCWmkl9eT5tBxE7EuaEij7SkRFFWS01CV1Jo8Bkc&#10;gffgbgz39cBXlLnzLacczuZq8lLPckaEKTGnXKSTXrSz4v6VIpxn4kQ4E8mr1NIup6s4rq3JI05c&#10;G59WSINcn+Rwypuptfakh78NrQ2lpJ4RaRV/loyyzrj8AlEO5Ljlp4l7xZGckUe1qDOGtgbKywvJ&#10;yMunqKiI6nOvQIWY0CuciR4zkJ79u9Jv3FCGXdUVV8sWKgpKKM7LJb2gjEqR/7LVL7VWcmrnevbH&#10;H+NUaZko71kUlxaJNMynsr6JFoUf4+7rirVtV557/VYivTW0lh1myZSDZJ8VZe3kViFWD1KYnkyp&#10;tpm6ghROiXyW8yy1pOHCqKIcd72OBpFWyYX1Iq56U10sTc8V5VRLjTiekl9AfloCZ1MyKa1tEdcY&#10;RJrXUpydSkJKBgW1WtrkMEvtNNUUk2nK0zQKKuQ81dNUWUJpcT65mQWUVjSY8vncs/UttRRkJIu6&#10;mElRjSjHchkQ99GW53A2Pk6EWeRpbqUoY/Kr4HYaSzJEOY7jbEGpqNfpIm6yEWSgpSLHlKdxZ5Io&#10;ahD1RMSjuTqPBJG2JZmirickkV/ZJMJ+JeXzb+eKeDhtFxbjylUrufnmm3F3c7/k6IfBYGD58uVM&#10;mjzp/O6WMrJYcXJ0wlVYrV27dqNfv76m438GZg+n/00ueDjdejCDzL2rmTdvFWeLWgkIcaLg+NGf&#10;eDg9UKyi/+gxDLAoIVlUwPx2D/oPG37ew+nhUyc5fmgXW45l06oO5s777uYG0Zhb5O1hw/6zVPqN&#10;4vaRgwgnkW3HUzjZHsk1A+2J27yPonZ/k4fTsC5+qFPjOZm4n6ULFrA6thwP33BuuO9hJnRx/jde&#10;IRpoEg1GyukEWsL641l0gJXrj1Lv5ExLeT4FihCGuZSyfsZXTP5qJiu27ienVUNoVDCW2fuZ89Vn&#10;fDJnC0mJe4V1V4eFsx8e5UeZ9fkXfDfjRzYklgtBFUyIOoc5L05l48ENLFo1nym78tA3prF2xnTm&#10;rDuJRXgPQm0K2DT7U979ajYrly1mXZoDAwZ2QVOyh6kpATx1bTSOJpElC6IKjsz9nBffm8KKDWvY&#10;cqIYTdee+JRt47X7fiCh9iAzTzgxcajs08ICQ0sFKXvm8+H7n/DDopXsOZEFnr7okrfy7ewdpJ6O&#10;5cCh46JxzCS/UYFLl97083cwPautMo19a6bz6edT2RwrxGdhC37iWX3CFJxaOZVPv5rCgm1naFT7&#10;EBJ4bnm0sJhL4ll5ugr79iRKnGPoYpnKvM8/5KuZC1l3MI0m32708lNSsHUGL775NYtWLmHVnmzc&#10;B4+kmyqXlbNS6fHgaKxPL+aTb1NwcEjm0282k5+bSY5zGJ5x83j13SksF8bRobRmAnqGoz+zjskv&#10;zOZwyUk2Zbowtp+fKf6tJadZLsL6/sKdJKycxsJdGegdQgn2bOHs1nl8+dmXzFx3hGK9A4HB/mia&#10;0tm1fAoffzGdnSeTSStoJbiHnygufvgZG2mSPWVGBuGl6WgTJWMTuQdX8ul7n/LDwiVsydLhFhZB&#10;oLqCQ/O/4pWPprF69WZyjMF0D21h94LjNBp28sb709l2tBifYaOIFsldfWYtXxVF8sQ1nuRum8sr&#10;r3zE0u17OdPkRfcoTxTlGRyJrSF8mB/atGRaI0YR0RbPou8/5t2vF3A4sRBL32gCpTSWrprJJwu3&#10;ki066xafXnT3thUdZDMlcXuY9dVXfDX9R1ZtP0ye5Eaop5bt3yxm46alzDxZgdrFnyg/RyzLjvDN&#10;9FXs2X2IRJUzlrvmsyPhNCuEoNAFutMUt5YPJ3/HklWrSCi3xS/Cj7aDnzN5w0kh1mOFsN3H6fIi&#10;IQTScO0bQeqst3n1m/lsXL+OvWVBjBkahlPnBjh6bSlH137GY9vV3DnMk5r4XSx8eR4lUQEU7vuO&#10;F+bvJ3PVFGZvSaBJHUpkqJrqhB1M//wTvlixnbisElpsPYnqHYT2yCK++OwrZm88SqnBmYAgJ8o2&#10;z2LJulUsWXiKcsmJYHFfJxsLkXfNFBzbwHeTP+LrlfuEwM4iXRHNdf1dyNkwjfe+nMHSpYtZn2pP&#10;nz5dcLcqYttXb/Ly5zPZmFdH4bJpZEVezwCnKvbNeZ/H35vBtq17KHftS99gNblb3uTa2aJ+rP+S&#10;r5buorA9lB49A3C0/uuturoiIx+ykFixYsWvbqcv4+fvx/Tp05kyZQovv/QS48ZdTf/+A3j++RdE&#10;ofuQq8Ze1Xmlmf9FFJY22Dt7myYVd3xcsdUgLB5bnDy88XBxQqW0xk52T+3ugoPKHtcAb4K7BuLr&#10;44GDvQoLK5XJ9bFv5z2C+0zgkQ++5sU7RhPqqMRS7YS7ly8+zvbiXhrC+42gS5cowkpSqKjXY+/u&#10;hbeXszhniYUqkns++ZJPn7+GsOBAgsJH8eL05Uwe598Z4n8Po75FWFnH2H/yLE39buaacEeTVSsZ&#10;68lKKsFodyPz9u1l5XvjsWs4w4HkRI5uPkOL4xj++fw47MuE9ZVcirElm70LDtEceBfTtm7k61Ft&#10;HIvdz5mSRpqlCpqj7mXaglm86ZTE2hP2PPTldD4f1cjO+GSS9i1jfvO1/LD+AMe2fkb//UvZmiaP&#10;XnSE8WIM2gwObNDw3vZYTuxfztMex5m6Pxed6Fzyi/exfnMRkY5CdJisZQPaygKys6sY9PEWjm2f&#10;x6MDNBw7VEbo4Kt4+rmbuPv7TRxY+RnPPHcn9z71Ek8P8jU5PpKkFvKP72RPlpL+Dz3DICE664sr&#10;UEiNZG5bwtYyX+75ag0bJ42m5MB+9h/P6RgVU1ji1O9Rlr7zKu9/s4KP7xiIMWEtJ0IeYsb6fax7&#10;xosdcTmU151lw3wdT87byqkTm3kz/LQpHvJcH6OxjerCgyz6Op4B7/yDq6/5B18915Oop79l9kgF&#10;cYcC+XTXIQ6s+Ihx6iMsOS3v2FpHWtYh9h8oI9hexP+iwQJDQQYZJ7OwGf4w9/QPomznDvbt2sz2&#10;+AZ6v7KIrVMexLnwFJs2H+HMnvXsLnblqieeopuHCm1pNZbWQULkXsP4+x/n2QkDifa4sM+KUZvI&#10;qs9icbn1YyGkN/C27zFmbz9J2v75fHDEmX8u2snB9W9iu3oth7Maqardw/QlJTwyaz5v+R3ku31C&#10;jBqahGWfiPXACGwrjjJncrrotEQYl73H0JKZfLCzAMNF2loefdLV5nB0/3aO2N/Gip1reGu0D0lz&#10;lnG0TIchJ5mEY6c402KP7bkXVe3VZMZV49f7SZYfFgL+uX5oixM5WVCPtiWF7fviaStvxkEp8l5c&#10;bhkwkufu7svgZz9g+iM30cdbwd5V28m3MdBcuJ8vphYz5v0F7Dm4hAlFC5i6Ixf3G17ncdeePPfj&#10;Hk6fWskLQng+OW8tdxgPMtvmOQ6cOMHuH58jYN1yDpf9tleFxrIC8mLj0PZ5gCeu7U3V5p3Ep6ew&#10;L/YUZcE38vpdI/BszKUcLQVHNrEjScegN5ay5Zt7sMs5wbYdidS3a4nbf4SkynJ0DhecYkrN6Wye&#10;Eov1kId5/45wmspqqW3Q05x/mAXNY/h48S6ObvuaUWcPcjKnhsrYxXyZ2ZtvFn3PzXU7WXOyyDTi&#10;V3f4G57aE8ycvSfYNe8RKt+bxOqcZtFYNlOzZRVHXe9g8tv3olu6nBMVv39+1pXgDxg//m14enh2&#10;/nVp5NGOa6+5tvObwDyx9P8XogPRBAzkgS8Oi0/nsYu57cHOP0QF7tab21vbRKchbzh+Dx8uvp8v&#10;1DbnnTn9c8oI8TH9+QuCrvmQ1eJznoAHWLnzgc4vcPeYuzv/6sSjOze9tlR8Or//AWgL0tl6YjmV&#10;o57g65EB2NRWmY4rLFzpc8NYhlynp1XXRqWtHdb2FVTlZdIkWmfL6L6MuSmang562k9Ba2EmKWoX&#10;gntGEu4VhHL4MDQzciksrkKyDGFQeADubkH0iArhzpDeRPgF0hpqh7ZEwmvs+2y/WdxDZ6RN6U24&#10;Rsmld4JXoHQZxlvb+ogOoxVtkwKNtxW1NVpaUeLpMpzb507nxQGdXl9FR+4Y0Jcbnu5Kc4sOXb2y&#10;Y6J5SR1tRqeOay6HEF+laQoCbHoy6rpbCRnkjkXNGlp0QpScsSY0IJQwDwc01j3oYcijuULevl4S&#10;3zt/fx5LbF29qTyWyqEjvlw/7BW2j3PBzsaKV9bK8dDR1GZPYLCNEJzNpo6voSWBKS8fx/GxreyL&#10;1mBs7nyXL3vJDbuKVxcNoalVRzP2QrxaUtvYJk6pCQq7nidmfcLDPTsdI4r4yyhdwhl990hefX4U&#10;2tXLaCjIITfRF8fWYHqFuglRHUa0fRoFRenE1ymJ8IxhrGj/fHu7QNUG1MbLbOUu7t+SEccR32ge&#10;Fxath7OfSKsxfP75MXbUHMH+qg8YGOCEk/1NfHfyJqTS9axvD+ehWYt5c4QLp0+qqKhrQtdaTvaR&#10;aiY86kFr8W7iYgbztLclRgt/Yvp1Y8GZHGpF538BA02N5dRoa/Dt2wNvYRVYRvkRUC5ET3Ejao8o&#10;Jj76LO89cyPhjp3dirU/Ix+9jwGtreja2yi2s8Jg0W56lWah92TkQ7fx+PM309urU1hJP52noxD1&#10;2//Gt3jjyevxjv+A+eNGMizS07Qj7rUPDeHNlZmUXRfRefUF5AFJl2Gvc7BPE81tLTQ5+BKirKbe&#10;NI/pXzvZsnL0Z+Att/P26zdgsW8dZcfSKCstQGspETXuJu7qY8CfFhafLqAktZ0QTTA9g0X5so8g&#10;RpVBaWkZNWoJ96H3c+vdD3PHAD/U8io5WeSW5hLvFcHo3gMYN2Q8QdZtPBhrjybyTpZco0EvxLSu&#10;3ZMgG61po8uzJw7hMGoyPboMZvj3X9N283tYWbaSE38MtwnfEmndgt69D9dMmMGW1CoGKtUEjhTt&#10;yhfPE1p9iBTL3aJsyzX7r+Nc7BxXZOTDjJk/EqnyDLPeeY1Hn3+Xya+/wUuv/sCJ8l/dl/wvRYtk&#10;QWN1He1nT5NUaxRtUkeHJUmtVJ7dzEcPjyPQP4ie178iLJsKdG3CmhHndXZ22Fja4envh5PohHWt&#10;WqqVokG3VWMlGlyl2g5VcwvtonH/qa1jh6NGfX6ZsGzFGirjWfDGdcR0CSQgZCwfCiHT0Q3/DBE2&#10;fWshB768nxB/f4Ii+3HvlEzaq+rQKe3xDBvONZEXnI/JS5Pb6gvY++MbjBbixz9mCA99tIZ2y9/w&#10;3rmlnjKtljoLS1SWCuw9fPDx9sLW0EhqkxAHnzzE8JhA/MPH8taGJZypraDpoknC51Eo8ZvwOvNv&#10;HYhn2ldMGDqSZ+ceori2iLg5z9OzSyh+/mFc/VEi7Z0JZVRoacOZqk37yW24UJbkd+vN1Umse/8O&#10;gv0DCO9zNc8tLDCds1A7E9hlEKNC7EzfL8bSJwC/fv0Jd+gc6W1qpKAmiR8XvcV1PYPwDx3CY99P&#10;5WhxIskVjTRaWGBtaYHGyw8fT3fT65tLI9K3qYFyO3ssbDp2MLaxd6AxM5Vjp4twtlbSuZr8PLYh&#10;V3FHd6cLPmpEHhmacjl53J9gTxuqcuNJ2PwKA4RIDYjoxa0vL8NViKLqnxQiPS2NNWRt38us+wfi&#10;7x9Mn+ueYvKOIrJrGsEvGP8+fQg9F1+BZGyk8OgSXr5thKk897/7U9buK6atpQ1L964MiQ4n2Pky&#10;IkugwIWxI7oS6q2hXVuFRghkW9PrAwVOPiFoLC5tO8v1qbVgH18+1FeEM5DIPrczUyfXoEsjX3/u&#10;I2MhzyMbMIRox3NxaUNbK8p7hR5nWyWonPDw8cdP2SbyNIHZ815nQg85T4fy5A/TOdpYQoMQt/2E&#10;UdCzi2eH8DAhiXpfTLEcbLVSGEuOIr0DhRBV0d6QwrIPbqN3tLzR3WjeTTtLHU00imd6yyO6cta5&#10;htMzVCVuU0N+UiMJ/xwj4ifyMLw//1iaQ1xxLQaVWoiVa+jndsXGFf5tzOLDjJkrjEdIVx6Z9BZX&#10;j9Uyd1cabZ2T+3TVqWw9dIaKrq9yprCEjN1TeHKsJ9Y2tsh2tXVTE22GJsryC6gtr8daZY9bux5L&#10;ITj04hbtLU20CiGiVFn/6hb1rULKHFs0ibXuz7MzMZ+q8lgmBUZga+rKfo5E7YFpPB/bm51ZJVQW&#10;JrP6xfDOc5dA0lIUd4BdqxS8cCCfmtwzolG9A6XhNzQ1aifR0NrjbDSYtqPXlouGuqRUNMHW+FjH&#10;8OS7SzmVV0Wd6AiqK3OZ+eyNhJ2zsn+GwsKFmFHjufPd1STtfI/W1Qc5tnMqj2/zZtahFKqqSjn4&#10;QU+UnQnlrB7JB/N+4GntQhbFN3QcFBh0jeQeWMbUonHszykRlu5BZj4c1Hn2d6C0wVUdzl33f8Ge&#10;jMqOOFQVsmLau9wU7ozGKCxeg5FGYWEXl1X8yqonC2zsHPFq0mKUJ6aKI23aejQRMQzpF0CNrv0n&#10;r38uh6GimJSIMQz2ssTOLZjuN37H2YJyU7iqyrLZtvBZIhQX38hCREGNz5BhPL0y0XSd/Kk4uJIv&#10;rg66ZEfSXnCSlbuzcLrhc5KKS0la+y639nfuPPt7UKB28KCxoZ1mnayIRJkszqLReOkVTUbROR+c&#10;+jrb+y2kuKKCwtSNPGN9+S070DVTXZBBcvPlXk/YYO/ijLWnFTXN7aIC1VJenE9hE7irI7n34W/Y&#10;n3khT5d/8CQ93Ww6f3sxCjRufvjJwW5pR2+sIy81l+bGIk6s/JQ19vez/Gg2leXH+DS6h5DCdmjE&#10;M0tMS4rFb6rSictsFbFX4STyrdfXR8/nQ21JIaee7PGr9f6vhll8mDFzhVEoLHDwDaN/UAyhO3Zw&#10;XFg35zBZX8Lyt2qvJjstnaT0Rmy8g4gWlqf2xH7WL5rCx1/PZktCBeqACHo3V1NwOoX00lyO79tP&#10;g4czAX7uotm6PJKihfoK0YjZa7BXW6NN3M+qxjIhSi7Ra8mWf30lrSJc8siJvvIMW/ZXdp68DLIV&#10;aVRgYSUsvaoc0k7F/baRDwsHfKIlcttOs379Ij757Hvm7TlOoxAl3QcayKlMIj67gtr0jXzwyHvM&#10;Wx9HTdsvOwyjsYHT0+/jzq82kF7VTG1eCoUO1qhFGIySAiulEGf1Z9iwp0xcK/9C3lTQAmv7aK59&#10;digbZmykoPGipamS+J3c+VroaSxJYO+x2s4Tvx1J5UZILztabVI5lFBIbb4QMW9+wNczTmPRpZnU&#10;2lNs2jif9z/8nqVH42iwuIz/CIUC28i+DC1K4sDpfMprMtm1fhfWAwZy9eChaHdsJza/jpaSbTzT&#10;/V7mnpKX6Hb+tpN2YztlmXGk9gjAU6PBLaof/eP2sj5TS2v1WZZPeoirZ8bRfFHvoECJo2sQfl6e&#10;5OyPJbOmkpRN05j08rtsyND+UraKNNO1NNLUIkSShQVWbUJ8JGaRWdDcecHvQYlfj+FE79vL/pQy&#10;GhqS2Tj7MCMHROBz0XyKi5GEgJUsrESeGag8s4tVup8uE1ZYKNGo1GiK4ti5dS4vvfY9iVaNnWd/&#10;ivxy18HZD41eQcq2VSycP43PpyzjeIMbYX3tabJMJfZsMbW5+5n++gd8N3MvFbJI+Tki7yx8guld&#10;mkr8ySNsm/Y2L36/kZRSrQivUdRLS1HHLGlKPsT6xhIa0dB16Ahqt2/lwMnNfPD4s8xOy8dgdKb3&#10;2LGUrV7JsRoj+pI9TL5+Ap8dr/1lPvyFMYsPM387FG7deejtD5n6+du8PnkSn3z4MH08LmVp/DUR&#10;XR0KpQsh3aPw7VHGwgM5yF2d0imQXuGutO54g5ETHmZGbDUqHy+adO70m9gfZ30sX00/iD6wF/17&#10;+qFQhTD60VHYFy7m0dFjeW6fHUOHjaa3j8b03vty2ODFwHvvw3XNG1zTvx+v7NIzor81BeV1GH5u&#10;Nius8Bz+IP9Qr+S6Ab0Z/cY+fAb3lk90nP85Cls8u8QQ3SODN8YN5uYXp5PtGI1fm2hsnILwllrZ&#10;NfUzvku1wb25kg1TvuCbw0WmpZYKhZrAgdcwoYuRUz9OJb5VQ/++A/G0dKfLmDuZ4JnL3OeuZuBN&#10;n1ES0c20Oufc6oWLUSjsibnuPqITv+O24T0Z8tQe+t8xhr7Db+cxr308Nq4PPf+xCud+vaiv1Xa+&#10;bpI30FPiPuw27qlawooMSwKj+tMw40UeOWHH4PpZjB86inu+jsOlRyR1dU1CrP0ORNz8e4/j6q42&#10;HP30ZgaMf4X97W4MvG4Yg8fdxjUBteyZMZ0say8GdO+Du+Ly5Vlh243b3xtF3apXuHrAeCaVjeDp&#10;Cf3oMuoffDKqgQ9vG0q34f9E99ADjI12+MVrmFZjFTlnUhnRJxg7pQqHgKHc/WYIW+4fQtcxD/Gt&#10;dhjvXReF+idFQcgP5yAGjhzDgNql3DBoGE9MP4LdkFsYGnApASBEUlBfxsTYk7HgKYbe8BIbsg1o&#10;fL07z18Ka7yiB+N0YC5PzVzN8dLGjqmrojBbBo7lny8Hs+etOxnU71a2hT7BC9dE4WQfxOAHbJn9&#10;2E1MS1Qz+GEV0+65lf2BE7Gaehs9eg7hqVgHrhvkTO2512myCLB1ImTgBG6y2MQbH6/DOO4+buzh&#10;3nH+F4i4e0QwZvgA/PLX8/HKRJR9RjIkVAj9vhMYF6lg/4cTGXjN68RaeNL/6l64qy8zIqeO5PpX&#10;RqE/MpvJqyroPWog/r5BRI29Fc8D33DnsH5MXFBCt66uGPUG7Prdx7vdU3njHy+wwedm7h8cIASV&#10;EEPDnmLq8BweGBhNX1GWCka9zD0irS+F1N5A7sElvHLbZxyr/Ou8nlYIS+sS5o6ZS1FYWMjtd9xu&#10;Wjv+V+LWW27l22+/xdPz1yf1/qUQxU7XXEHCznl8+skysixciB77AC89fQd9bCs4sGYG78xKYvAN&#10;D/PCwzGc3biIz+cm0uvG+3jm8VFYZR9g7qxFbDjVQJ/r7uaRh26ml78dNScW8NW0BWxL6LB0lL59&#10;ufGBR3hoQl986w/xz/encbzYnxfefZpxEXV889qXHCoP5sXJD+OfM41XpsVSWN1hdVpZ2ND/9ZeJ&#10;WjGPxXll51+PyKhte/PJullc5XNpy+tSyPMhDG1NNNQ1YHTwwMWqnfrGBrSSDbaKdtOqHhfrNuoq&#10;q2nQW2Fnq0JhbY21SoOLTTt1VdXUCouqMWkpP6Ra0f+qh3igu8Z0vE4r5IutM+6uLmis26kta8RC&#10;44CDRklbdSVtKkc04n7GxlJK9Ro87SRqymRfAgbUzm6oRAOls/cSnV4duY22hHhpLuzGamyjtrSI&#10;Cq0BS7UDzuK3de32+DlL1FYYcPF1wuac/xSRr0bZV0d1BWW1LVjZqEw+eiyNVji4qtE11Ij7GLF3&#10;dkSlq6eqWYGjmztutkrRJyiQDCIdGmuokucR2KixMlpibWuHg4M1usZqKmsbaRNp4yB+4+pkf+G5&#10;P0PSN1NTXk61tk10YDa4+HjjaqtAW1FCmdwJWTvgrjFSaXAi1MVIWV4jjkHe2FnoqC8qRe/mi6NU&#10;T2FpHZLGCcf2eqqbjSjVGpGOCpqFwPG00dNQD85eDqb5Gh0Pln1ItNAg76Bs6YCHvQWtIr+bWo2o&#10;XRywaK2jqrqOpnYL7JxccJNXcFnoaW6opqq2CQuVLRbCwlbZi7xzshUdzSVEnniGvq2ByrIqGlvb&#10;sRBlydvNEbVS1Km6SooqG9BLljh6+uJu1055URuu/i4irRS0VudTiCvehhq0tr5421uZymVbUw1l&#10;pdVCBIv0dvTA18UORVsjNaIu2Lmp0YtyatR44qwU6VNVSWVDK1YqO5xcPXC01tPY0kq7lUY8ryMf&#10;O4Kpp7WhVsS3liajNRo7a/QKa1GurVG06MXv1dhrVD/ZL8moaxDhqEJrrcFZ0oky7IyDnRqlQsSt&#10;qZbS8hpa9UZR1OXVb/Yi3SXaaksoqGrD2c8f+5Yy8bcOJ3dnWquqTPOrrB1dcTA2ITn54N7pZVDu&#10;9kz5VFlGRbNkSm87hQErjSMWOi1aCwe8NVaizDWYXvfYeLigNrZQWy3qms4CtcoKpaWV6XdKuRzX&#10;1NNsylNXkaf2KJrqxbOVqDUaVBfP35HzTty/urySRr21iJuCRqMaN40FTaIea0356YKDEOloRBsh&#10;8kdXXUpRTbOo31VsGPsG+rmreXWgi8jrcgortaIXt0Tj7ouHo0jfpkpRv50JcrbGoGumrqQOK29P&#10;bA3imVXtOPi6YXfZ+URXGFl8mPltFBQUSAMHDZSslFZ/qc+dd94plZWVdYby74FRr5WKziyTHu3l&#10;L2lsRDxs1JJL2EDp4Y/WSfmFKdLGL++XPF2jpXuenymdil0uvXdrjOQ94Cbp3Q2JUlH8BumTR4ZK&#10;Xq72ktJaLbn5dZUe/HCBFF/RKBXu/kS6e5jH+bRR2jlJXjHXSx+vPCoVn10l3Tu6u+QTcpM0b3u8&#10;1FC6R3pmdB8pLOJuaeWheOn0rJukLr52539rq3aS7ps3V3qze7Bkb6M8f1z++EY9Lp2oaOqMzX8X&#10;Y22atGHqdOnr6buk7JpC6fCUV6XX3/1a2pVVLxmNxs6rzJgx8z+FUScVbn9Puu6DDVJmZaOkTZ4r&#10;TQx/SFqbVi3pDX//ev8XkUBm/r8hezEtSTrMjgIjEde8yJTPX2asspqMuNOUCSvxHAZdFWcSTrLl&#10;lIFuXQcxrocd+fEn2L83l5CR9/Dxx88zIqiJrYdPEZtRed6LoXrg7bz2/RTev7U/TpWnOZiYRkn9&#10;Zd6j/wyHm95i4dotbNu+ibcmXMMjc5eyZdn79HHUYG0TxVsLNrJqwStEOV2hVz1qF4L8FWTv/ZaH&#10;br6Xb4+3E9Z3BN281OetTDNmzPyvYYlzUA+6Fs7hkTuuZ+LT6wh5+QGG+Gk6Vr/8zTGLDzNXHnnI&#10;s72VBnkI3EKNdVh/hvTvSUiIB8aALjh27v6mN7RRVpTKyVPHKHEOodfYq+iu1pKZnU2m1oWuXYdw&#10;3dhhdA31xZCVSUVGLtrOtZNWrv5E9BnCkO7BuKmbSCmqoLLxklMqf4HSN5r+g4cxbNgQIjy9CO47&#10;kGEDYzqWMVo6EN1/KAP7hmJ/bqnEfxtrZ8KHXsvjr7zKP197neeee4QJQ6JEvP76y+nMmDHzb6Kw&#10;wDZoFI8/K+r9q6/y8huv8+QtfXGztfqfMDrM4sPMn4KF0gYHd1+c27TUpMSSbhXNXW9+yAcPX4Wv&#10;bUenbmitIvnUAXYfqiQsZgBjB4SgbK6hvLKEGhsn7J09cHHzwMPVE/uaEqpKi6m/2O+D1E5Lqw69&#10;XoGj2hobq7/TQrQLKBRWJhfU3QaMYPyECQzrF4Ovi/on78rNmDHzv4dCtHNB3Ydx9fhrmHD1UMLd&#10;7EzegP8XMIsPM1ceUXksbOzxjBjA+BAoPbWZxUu2Ue3bhzEx3ucdLJm2YK8qpbReRUBQBBFuKgx6&#10;HTpdK01qOwz2Dljb2KCyUWGpb6SupZFmITRkWhN2MP+TSXyzNpacVnd6BPvj5WhjWqOhrYln/veT&#10;ePbVr9mfUUjrzzZe0u6ZxVsvPs1Tz3zEIdM29+Y52WbMmDHzR2IWH2b+HCzVuIUP4v7H7qC/cy0H&#10;V81h+sxFHCn65VbaRl0jjQ2V1F00ZcNgpcQo+2s4ZwRIQpAIUdLS6dSgvSiJQ1u2sC+ljsCRN3LD&#10;8J742CtN53RNhcTu2siSFTtIKxfi4mfaoi31AGuWLWLRok1kVDX9JqdNZsyYMWPmt2MWH2b+FBQK&#10;S9ROAfS/6RGefuQWuqsr2L9mCau2n6G6tcPplsLCGicXV7wctWRlJ3GmpOlX5mzIjqI6PqZvXbrS&#10;LaYL/hpHYgb0o0cXPzTKjuKudozkpvue4u3XHqR/oBfWPxvGlCervvDPd3nvnSfo4+tocl1uxowZ&#10;M2b+OMziw8yfgrzGviLjGJs3ncRy0F08cscIXGtyObVnJ2m1Hd4BLeWJllF9GNDXh/LCfM6ezTvv&#10;dtqqXYeFru3CqITCxuQwSd4TRMYyrB8jxgwgzMNAamE5JXWyi+KOi9UO4Vxz+z946Zm76B3gic3P&#10;5k7Y9p3IE8+/wiuvPEhPH4cL/i7MmDFjxswfgll8mLnyCBHQ3lRB8s4f+Or7eRxv8mHwNdcxyN1I&#10;fXkWpU0dK1Yslfb4hvakX68eOFUVkJ9whvJ2JSqVLXatTVg2NtDW2kJzazN6pSPOdg7YWXUIDGuF&#10;IyHRkXh4WXM29iTJGcW/sl+GGTNmzJi5kpjFh5k/AQljm5aq/GTydW1o5X0QlDaoVUoU8n4MnaMX&#10;8isUpa07XUKi6OlQS1bWWTJa7fDy8MGtrYb6mjIqK8opryqj0c0XVx8/HK07Rz7EP0ffUII9PHDO&#10;P01GZjbVLZfbOMqMGTNmzFxJzOLDzJ+AAitrO1x8wqChhrgda1m9aScnigxoXAPxsrvgv8LCwg7/&#10;oFC6dnelsCCfhAIdgaFhRDg3kHB6F8vWbicuvRS7Ll3wjQjC/qLltAonf3qF+eBlXczRtDzya1s7&#10;9or4F7RlHmXr+jWsXrWGQ1nVpt1GzZgxY8bMH4dZfJi58iiE+LB1IbTfBIb4Kzn74yTe/GodBQF9&#10;GTL6Kro4XCQgFFY4eocQHhONuiSbrDNZ2IT1Yez4GKrjt/HlFws4U+PJxFEDGRzmipXFRUXaypPu&#10;faPw9lGTGJ9KenEVLb9h2ax2x1ReeuIh7rvvQSZtT6dZZxYfZsyYMfNHYvm+oPNvM/+ChoYGVq1e&#10;RUlJSeeRvwbR0dGMHz8ee/tL72r4V0ReyWLv7k9MiB1NVW04RPZhyN1P8/IdQ0wbdtWUF1NYbyPE&#10;wyAGDuqCnaGd1pJSrHz8iR46nmFdA7EVOkNSBzH29ge5//bxRLmr0NcVk1/eiIV/f8YM6EVXL2tK&#10;qpuxarOle1cf9O0S9i6hDB/Vj2B3BXkZIi+dQxk2ujeuhhKyq5W4ePoRGBgoPkEEDZnA+CgvbIzV&#10;QsAUofKJYOxN4wjSXNhAy4wZM2bM/D7Mu9r+Dsy72poxY8aMGTP/OebXLmbMmDFjxoyZK4pZfJgx&#10;Y8aMGTNmrihm8WHGjBkzZsyYuaKYxYcZM2bMmDFj5opiFh9mzJgxY8aMmSuKWXyYMWPGjBkzZq4o&#10;ZvFhxowZM2bMmLmiKI4fO2b28/EbaW9vp7i4mNbW1s4jfw00Go3Jx4eV1QW35GbMmDFjxsyfRXiX&#10;Ljg7O3d++yWKfXv3msWHGTNmzJgxY+YPo2u3bri5uXV++yWK2poas/j4jVRUVvL+B++Tnp7eeeSv&#10;wYjhI3jmmWdw+RWVacaMGTNmzFwp7OztUSqVnd9+idm9+u/A7F7djBkzZsyY+c8xTzg1Y8aMGTNm&#10;zFxRzOLDjBkzZsyYMXNFMYsPM2bMmDFjxswVxSw+zJgxY8aMGTNXFLP4MGPGjBkzZsxcUcziw4wZ&#10;M2bMmDFzRflLiQ951a+uvd20pDU/P5+GhobOM2bMmDFjxoyZ/xX+MuLDaDRSVlbGunXrmT5jOlOn&#10;TWXJkiUkJyd3XmHGzN8bSTLQUlfC2b0bWblypemzduteTuRU0aI3dl5l5o9Ary3ixK7NrD6YRpW2&#10;DeNf1J2RJOmozU3k4JE4Uksa0It28I9Aainm0MatxObWYTBK6GvS2LpmHbtSq/+wZ/wvIbU3U5WX&#10;TOyxLLTths6jF5CMbSKfMkg5lkRZk77z6KWRjM2UJsSTkpRHbesv7/VHIhvsel0VKZv2klGr6zwq&#10;h6Gd5uo8Th3IpFH3s/CK3xha6ijMPcvxwoY/rW78JZyMyUGorqlhxowZfPfdd9TX15mOq1Vq7rjj&#10;Dj7++GPc3d1Nx/5Mfq+TMQsLR7oN7Y+PnRUK8e+3Ihl1NFbkcio+l1bpXzcUfyUnY5Kkpy4rlqNZ&#10;LdhGDGREsKN8lPaWajKOxpHf1lERFFhip3EjQJwvSs4DRy+ie0Vhr6uhID2JgjYVrq7O6AsLKG/v&#10;/I3CBncfXzzsoSw7nyq9XLEV2Dh5EhASRoCbBpVVh56WpHbqCzJIyy6iulX83jGIbpG+2NbmkZZX&#10;Rr3OgOQcRt9oP2wb0jmTWYG2s6GwEGFzie5DqDGb+Mxa2gxG8RQL7AKi6Rbqi7PKUoTlt+fnOSSp&#10;jfKkXcx5602W1foQ6qLEws4V3/7XcNN14xgV4oilxe+/7/8aUnsDJbnVNOu01FqpcXH2JNjd/ren&#10;jagztQk/8sR7G6iLuYePbuuOb1gIHnY2f7n0NRrrSVj8BW9vbWDYvU/y3Pgu2FpZdp7910gGudMs&#10;Q+/mjbtGhVVn/KSyTUzs/yo2k1ex6J4YDAnf0HvkJzi+vYV9L/fF7nc84/8DUmMRx9bP46ud7nw+&#10;/UFCRFpejNFQLfJpKdv3VNNn8muMC7TtPPNLjPoidr31PXHqbkx4+nZ6utt0nhHPaSojKb0WlX07&#10;1VbuhHu54aIW/cO/0Z7ISKKst9Yd49teb2G7fj3P95TbW7lctFCddYwVS7VMfGUUzm215GQ1ovKU&#10;qNS5011TwvZda9hsey9zb+2C5b/5/P8IWXz82egNBmnR4sWSldLqFx9PL09p4cKFnVf+uRQUFEgD&#10;Bw28ZDgv9bF3GSmtTKuRhKXReYffhqGpXDq19BXJR6W+5H1//rnzzjulsrKyzl//uRj1Wunoh10l&#10;pa29FPnVSVPcjUadVJ23XXo2wOV8mJXWjlLXAXdJM5d+IQ138ZJ6jX5c2ltSL5UmrJfeGx8ohQ4d&#10;JT3+7hvSzZ6O539jY+sv3fjYP6WZn78ujXPTdB5XSm7dRkoPfr1eOpVfL8pSR1obDLXS8R9ekEaH&#10;OnU8b8CT0qzdR6TtH9wr9faxNx1TjHpbWh+XLZ2df5fULajjmPxR2Wik62fslPZ+OVrydlF1HreR&#10;gm96SZq5PUmqbW0Xcfp9eSpjNLZKpYmbpKnP3C59fLBUfG+TqjJ2S9+995L02PeHpRpxXzMinbQ5&#10;0s55q6SF334jvTFrsbQ4Nldq0es7z/4GRLpmr3xcGvrpWimptEA69vVUaf3ZUqmp3dB5wV8Hg6FO&#10;ilvwlnTNHc9Kn2xKEWH8HfEUGKrjpJkvviMtOZ4rNeouxM9YulG63j9CunV+otQi4t2ctly6d/wN&#10;0uNLkqXm35OW/08wNhRKRxZOkm65d4aU3dDSefQCBn2VFDf/e+nj+96TduQ1dR69NIb2Qmn7a69K&#10;H7+3UDpT0dp5tAN90UHpq0kzpYXzPpdeXLlfii9p/LfaknMYjSJva2KljwNHSt+eqes8+lOM7Y1S&#10;Udw26asXp0sL1kyRnvnxpFRVECetmv+29MDKtN/dP/1RWL4v6NQhfwoiDDQ1NfHkk09SXl7WefQC&#10;8nmNgwM3XH9955E/D3kOyqrVqygpKek88uuofYbxwEMTCHZS/XZlK+Krb64m7fAqftyZzG8ZII2O&#10;jmb8+PHY29t3HvkTkdopPjyHeYfqcBn9IE8N8kEhYtFan8v+eWuI11nhFxFDeHAo0b2GM6qvBxU7&#10;9pJv783Aa8fhWp3ErsV7qXYPY0iPIIoPHaHQ2oHA8AjCQqPpN6g/gVa1nDl0mip7NwIDvVBU5XAi&#10;pRrHgGj6RHqhtrIQydhKSdwB9hxNpKRZj71DMKOHRSAlneBAfCZVbQakgKHceXUvXMr3smZ/BrUq&#10;P6LCggkKCGLodRMJr93NqoOF6JxD6BrsQkP8bnaf1tJn/GjCnW3+DWvFQFNFDqmnE2mLmcCwQEfU&#10;DhpUDVrqjxXhMjgGF2EJF+Vlk1VQRqMOVHZqLHSNlBXmk51bRF2rEaXKRhyrp7ggj5y8YnGdAmuV&#10;NTRXkZeTQ25+IWU1TSis1aisrbCQwykspJbqfErqm6kvzSevqBqj2h5bcV5qq6ckJ5OsvEKKmy1x&#10;1KhFYS8gvqQefXk9BnsrmkqySMkuoFJrEGGyx1qhp7GqkPS0HEqratApNdha6mioKKCkronaolyK&#10;q5uwsHVAbamnqbaUvOwscsvraMZGXNtGZVUpBaXi/iIvLNUqlMJqNw0Xa1uwcLDBwcef6NAudAv2&#10;xM7YQEF5JRVl9RgVlihtrE2jGPIoobaykKzsXApKajDY2KI21nB6xxK2FtnTRVPDvm/30RwWQXiA&#10;NeVZWSLuRZSWVdGudsTBpmMUS25npLYa0pOyabRxwkHZTlWuSJNGK5xVeqrzMsgoqqCyuJiyqlra&#10;LdXYSM2U54lristNx8trGjEoxfOtFei0VRSKNM0uKBf5I2EjrNumihLyCsR1lZWUFJWjNViI4wpq&#10;ko6yJ6UGe08PPCy1NDRLIn7CWm4R+Zl7Lj+bRX6qUFm0UJQl0ra0mELxzMLTG3h/eiz2oRHEhPui&#10;UXXmtzaD5bN3YTn6NiZ2saCwQkmvkcPp626BwtYRO6WIU24aaSI9tSLPCkqrTXmoEY9taygnMzWD&#10;EpHedfX1VFSJHBNlQi+O52dnkltYRl2THitblQhjNUU5WWTni3jVNWO0UqOmibLiAhG+EiorSimp&#10;0dLaLO4jH6vRYWGjwrq9lgI5XuJ8aWkJZQ1t6JuqKSwooFQroRLlwcrYSKHIr9x8UaZKK2lT2mFn&#10;1UJ+WjYl4ndFxVUoNBosGopJlo+VlNNk5YCjWtmRBgLR9Zra04KsdLILRT7prHESkbQQ5aahopCM&#10;jDyRto1ICiPVOQkcSoVefZypKqulzUKNfee9JKmF8sR4UlPLsOziL9K3kRaFjTgv6k9rPaWFoi7m&#10;FFDTIsqydTtFB09QbLQTeWpHa52oR1Y2oi5aYDCq8PRzxtE1hGFR4QS52dBUlE91uxU2NkoUzeWk&#10;lLaiVkm0VOSTlpVHkcgjC41oK6wM1OelUdoo0rdawlHUEUsRTX1rEUd/2IXx2jG41Yr0azRiq7FF&#10;0VJLYV6DyCcFbS1GXCO8cHcNZXC3IJwtGsjOSSFd0YXh3kbyympoqiqisLIRrOV2QZSTzjT8b/Gn&#10;iw+ZzMxMPpj0Qee3n6JWqxk3diwjR47sPPLn8XvFh03323juzkF42Fn/5oyUREfd1lBC/I6FrD5e&#10;2nn01/m7iI8D8zeQ7xLNW8t3MP2NR7npmt7YtZSSvHsr8Xp7okeMJaAxmS2rjmEM7s2Qrs5k7T+F&#10;9ZCb+XjuUj554R5GDfCnIeUkhw4k4XX9o3w0+WmCdUXEHUrGPSyS3v264aayPC8+9p3KxWBriY2l&#10;J70HhtOceIojyTnUGURn8zPxob/xczbO/IzXn3mEkeGy2FjBor35qB7+kUNf34xl0m4OnIqHwfdx&#10;Q6TTv1E5fy4+RH6JRk9bnCEa9SyIjMCQvJ5vv/yCb37cRHKZhE94MFb5h/nxqy/5cvoSjuU04ezr&#10;g0XefmZ+8TXfzVpOnCiOXkH+qAp38/XnX/Hd7AWs2x2PzqsLEUKcaURDAjqy1/6TyZtOsGfhHGYu&#10;3E61d3d6BjvTFL+J7z/7kK/nLGFpugVRPaLQHHuHHh/voGLRAQy9nTj6/Tu8OXUpe89WoezSiyib&#10;EnbO/pK3PpzO5r0HKVZFEuFSw7GFr/Ph5gR2z/yGxQfSMYQPpIe6khPrZvH5l18zY+tJMgwehKqK&#10;WLfyO978bq/QTHo8enXFS20pWtI60vcu47vPP2PK/KUs3p+J3jmIwOYDvD9nHgun70Pn4CXEqD+O&#10;SgXtdalsXzyFyV9OY/5yIVodwuhilcI309ZzMvYIxw8cIi4/lcwSJdE9dSx8632mLV7O+pXryfQY&#10;ythoD5PokWteW8F67h75NIndJzLOq5wVL9/PU3F+3Nq1idUv382D0zZxfMsqVq3fRq5FEH7WOSz7&#10;5+M8N3MjhzesYN2OWCrVYUQFWJC7bxGfvP0uXy8SZbuwGXeR12dXTuGNyTPZeGAvK2Yt5lilFUFd&#10;w7DOO8m+I6dJSz7CnuVz2HC6BqfAEBzK9vPNF1/x/ey5LNl4mjavCCKdc/nisVf4cvEyVq9fz8ad&#10;R8kVYjInpYKwEcPp4unYEZ+LxMc1zvG8/8SrTFuxkpULV1DgOoiBwc1seuFWbp1znLJjC5kxcwVp&#10;alHnwq1I3fAtjz30T9bv38uRfTtZvDGL6GGRVOyZwbtvfcSsZRs4nFSOY0wMDsX7mfPZJD79YQGr&#10;9yZSaRtMlHUaP37xAZ/+uIJ9O5fx4+bjQhwmsHPJVL7fko3KNxz/hl3iXp+wZKuIw6p5LDiQSUXW&#10;IRbP+IaZsU0ER0XgJyUzc9Jkvp41j6ULlpEiylhfr1zeuu0Zpm/ewMZNx3Hp05Xa9R9y/1sz2LFh&#10;FUeaRWfaNwhHGyEKhKA0tjeRt/dHPp78EVOWbWJroS09e4Th3JbL1plf8s7HM9l2KJ4W+0Ac9Nls&#10;2Z1AWe5mvpi9m2KLUAZ298FeKbcnLZSdPU7s9i1sO3WQuasPUWDlRbcQZ7RpB5jzzbd8J9LgUFYj&#10;Gh9PjCmJpOYms2f3ehYu30O9SzDhPhZkbJ/HpE+/Z96SdSRX2+EXbEfm1PdYWu1OVKgf0ump3DS/&#10;gh6+jRxb9i3vfjmbFRuOoQ/sR/cAHftfvY1P9p1i/k5LbrgmCgdrS9pbCzk8bQ0ZdtUs/egz1sbX&#10;EDKgD5r87Xz8xjG8ehvY9fVbvCvaj1Vb9xBb6cKAaGdqitPIaHHAOnsDL0wR9WH3POZuSUbvEkVM&#10;iOv5V9j/Lf4SE07lyaaXw9bWliFDhnR++3vR4OojLInfm8RGdEKxluZXdH7/X0aofTsnPEOtaW5r&#10;o6KmjrqaUnIMtrh6BuP6G9LOSljvGjuNsKWbqG9ppLHtZ2VJ6Yy3t4sQHy00NtVR3iqsM6WVsJp/&#10;X75YOvfg+jF+wnLRsjW+kHbRsP0xdFjxKg3UF8Sz53gGjHqHFfPfZ6ybnpNr93BodxoWztcydd0c&#10;Hoz0oDLuGHs3ZuAc9QA/rp/BDc5KyoVFZtP9ZiZPXcSWLWv54gYVZzJSyKtpMTXCHTRzduNGzoY+&#10;yEf/HMTxZbs4m3OG9ZOX0jD6HZauWc2cXol8uC2TFiHOOLKbI00FlMduYHbh9azbuZPZd9kwb9dZ&#10;8hO38cNWNz7cupe1Xz+G/fa5bMipF9ZkDvv3nEE78hHuHO3Fjt0nST59lMP7ahn8xo+s+eBuurWf&#10;YkV8BYayIkozTpGja5AHZjqwcibq6kf5ZO46tm6cz8cDHFDkplCsNSJlJZNRlEJFuxwn2arVURq7&#10;grmFXXj2+w1C3D5A3dajxGm788q9MXR99ishwlbwZs97efOT5xndayKfL13N5q3bWDFpJIcX7SKv&#10;vqXzwb+OJNng6juK9xfN4/UxKnYvncruYq0Ity1B3Sby0dzveECIlJ1r5rD10AE2r95Kns9NfPzx&#10;43RXJLF27QFK2vQ02gQz/OGXefvxgZSdOcnuE3kdc4palPS5/mnefukO3Ip2s/voWQxd7+TrBaKj&#10;3zWXh0OqWbv3BBmVzcJKb6Gi++PMXH+AM+sm0TNoNK9M+5IbewZg+7MOQ55rpg66nhk7DnH04Abe&#10;Hgt756ylqKld1ltoDJ7c8/kC3h1jQ6wQjPvOnmLd1M00dL2DD76fxEj7WiSLNiGa0zl55BT6/qLj&#10;//IFxoa3kFpowLff7by/YAcH1kzj/qhm4vZuIkGISTlDPUV6v/jqC0xwLiRD68V1993LMOtk4k6d&#10;Es8XDzca8B/1JB+9/gDRdSdIUQ/juSduJLB4J8dTcmhxG8qbs1ax7+BWvn4ojCwhGM9WNtCuaKak&#10;72us3r6CW6328/I3h4h+8juWT3uEnG/eYG6SsN5lRBjaGlPY+PlKnF5Yy8ldC3nbZRcfrjxN9pld&#10;LDrgy6eiLCx89xaadxwTZaGanMwzpNaG8Pjtw3GIPUaOKHfnMFpBSUUVrZog7p0Yib0Q++sPH2Hr&#10;jkRqfG7h68WzeSLGmpL446SLNjzh6HGaQwZw+2gn6ioySDu22SSshr34A3t3TqFX5nEOnKjBc1gI&#10;qVV1VNaXkXg4jpAIZ9qOLGRO9VAmz1zOmm/GkzRlGzlljcJ8kTiy87j4fyPtxnP1Gpqsyti16gDR&#10;L77NAx7H2Xi2Us5eUQCUuPr359EvV7Bt0xoWvn0Xg7L3EFd5YRKqdU0hVfHp6KLu4JGREZRt2MKZ&#10;SlE+/sv8qeJDbhRbW1spr7h8R2tlZYWnl1fnt78X3tH+OMvD4Z2YhnaNeprraqmpqbn0p7aa8tJi&#10;8tN+W6P4d8JkiRj0NNWL+NfW0dBsQKlUoXG2orZZS2pRFS0t8iRDFZKLUN6WHcPhel0bjfJv6htp&#10;Eg24KR3Fp72thdqyYkqrqmi2cMbN0RVn2Xq+CBuVB0HBXtgpG2ioqaCwwZrQnr3xc3dFGM4/wdgq&#10;BIzIm9raBlrbRTUXz7iADR4BUSiEaKlMyaOm9Q+qnJJeiM1WmupaaawoJnvnBpa9ezdXjb+Xd6Yv&#10;EA1hETZOamwMhaQVSPR84G7uemgCfcI1KLTZpJaqGf7cA9xyYzeMuXv47InbGT1gOPd8spHYzDpT&#10;PC5ghdfEd5j2wk1cfc11jK4uoyg/nc05maz6550MHzyC2z/dTsbpdColkfbXfsKWY9t5ekI/AlvL&#10;OX62FKdhL7Pj8W40lWRSePV4Bng5CCu9GwMHt5FTLsqsUyBd736fH1+YSD93R5zyUkXDmsW67auZ&#10;fM84Rt3+LF8sO0FxYQWNgYO4YdJcvn7vKXq5dWy9LekbyItdyj8fnEj/gdfx/Oy1pDR11oXut/HK&#10;7KW8ef/VBGqsMEpaCpMrGBgjrO0AD9y6DWaEEFjtTa3oLs46GdER6YqPMffNWxg0oC/Dn5xHS1mB&#10;EFmXWo0gly8jBv1FNxEiV91rDL28PfANDRbltJq88mZwdEPTfRg9/LzxCvShvqGExKRsCuMzOLNl&#10;Ks888RZzNybRKtK6UWeBq5cHwaHhxAQHEOh70UhlcDcCwrvRPTIcRycFaUUlFGYkELtvM/O//obV&#10;p1OobO8Mj2RNsJ8bzvYqOueXXhZ5JLW9OZ/YdevYOHsyr60q6jwj+iVLJS6R/Yhydyeke5SoAO3U&#10;V+exr1yBqvc4+gcHEz0gUlxpibWdK+4uRo4teZt7X5/NSftRjAq0QVuew8m9y5k2e76w0OM6OjyB&#10;QmEr6qIwLJwcUao9CPDyJsTPA7k5bBKGRptIWwuFBg97R1ydnLBUeREZ4IOflztKq3YaRJ1obSol&#10;fu8Ots77gveXxVNW31nnhBDsEuyBRqWgKj2O8rYaDky+i6F3fEGtuoEi0Ul3XoixOoe4hpHc0ssd&#10;W40f3Ub0Jze9gCJtNYW9B9DV3ZmQ4UJozXqErg6uBPW5mze/fo/rIwPw1LfQdFFBstQrCOx6NQ89&#10;/wEv33k1Hu5uJJ1JJClrOwumPcvEMRN49PMZrE/Joqayjejxj/PiE09zy5BA9FY6iksLaQuLJDLM&#10;F2fPGMaMg6q2WmyD++CfWkVFQYIQJW6MDnKkOi2fkjXvcs+E4Yy4fTKHMraRqW0TeWTB1R9s4ODC&#10;xwiS35EJ5CJgb3TkmvcW8/GtQwgNVlHc0IpRnJAn3jeUxLH8/Yfo32841z06iS1C6FyMpWMQA29+&#10;ktdeeYwJI4IJ6lJOVrm28+x/jz9VfDSLAjZ9+nSuuWZC55FfIo+K1NX9NLH+DlhZqEXlFRXJ8uJ3&#10;Z0JsNRzn/Z7hQlB5XvLj5eVP1xH3MjWtuvM3/0sYqMg/xaujwvAI783wSXtoEo2Ui0+oEBgGamuE&#10;QGhqoEatxhAQaHofLxlbSdixgHv7B+He7xaeWxCHVjTCkqGJ2GVfcfv4W/lg4X4awvoQ0LUXXurL&#10;FekWGqsqKW1uQePigMrmgig8R938ZxnRNRj/oKuYd0xYXpdZJedWW2oKw3+KSUQZmmloEBaaIYxw&#10;B2siR93BrP0ZlJeViQ46njkfv8aN99zCtTcFc2rGiwy65nE+2FhE8E23cPVVTmz/6BH6THyJb4QF&#10;t+rTPVgNeI1NovM7NusB+ofadT7pHB3iVy86XLlenbPpXB2vZc7uRIpKyigrKaZs7t0ECSvPOyaK&#10;UNHJ23S5nemTe9G4SYiEHv14ekWKsLtEmZbvYRKC4v+dN7O2tcUvPBBf2wsi0Ebpx9iJk9mfViiE&#10;dRnlx9fyw3298XFxwj/QGzfVhTxrLzzBir15uN34GWdy0tj++TOM8NOYzjmKDj7Q2xnNxarRFAzR&#10;ycjhuChOP0dhrOPkvPdZ5/cOx1LzKNr5Hq5Wl1qxIO4l7qNvrSD97AU/Q5aGdhzqy9GKTvNiUaps&#10;b8O+QYhfg/H8cTl0aocwbnvye+Ky8ykSncr8Tx4nxkGJo0olOmUhtH7+yk6kYUc6dt6/JZut333A&#10;89N2UTPgLlH++xNoIzJFoECJl0YIUtG2yIhfmH5zcbjOYaCBpBlPcNNLMyjo9jQ/vhreeUb8Tgjp&#10;Wicv7H8xWiLu1Zm3cnhMoyc+0Ux4+ntWfzuZf/RXse/zN/nwvQ/5cuqHPP/RNqxjruaWu0ddskNR&#10;KFRC/KuEMdF54BLIYkVjrUTZeQNJiMistR/xzBtfctBmJG892Rdf93N1Vomfg1oYDx0XWys9eHF1&#10;HMXFwmgryGbWjUGm4+eQX/vKy43l9PnJKHtnHCWjAX27HqW1miAfPyIc5fu20a6robHtQiMgrjSl&#10;i0EYUIbO/JbbdsueN/PCoqMUivpTWlLInm/e4KrgQPz9/PBxd8BKIVEjBHSTvORVfp7pc6HOKFy9&#10;iSiPJ+3YaU659yLG2xF70X/c9s1W0vJKRZ0pJVcInFuiPbFUeNCjm5/Is4tX3ClEfyOEVVcf00op&#10;eUSwsnNETxIiOeHUNpY0XM/e9CzO7l3C8708TOfOYUoX0SZ0tAty2DpP/Je5VFm5YiyYP4+333m7&#10;89svsba2ZsiQocTExHQe+ftgYSGszE5l+hN0dZS1CYvJjAlLa1thDQZipzegLS2mqKKIdtG5OAlr&#10;3/pn7fPlkCJGc99Tj/PQmC7Y/awhtbRU4e0Tgp2dkvqycqq1Omwd7ESD9e8vNVRWlgphcrlu7vfQ&#10;RkXqCQ7Gn6Zq7Ei6R/jTYNnEuoNnycmIZc6nXzLp21WsnrOObfvteGzaItbcF4N38mq+e385h5OD&#10;eGPRclaMd8EmI5kivSNero6oWzM4cDiLkooL6/47MFCy6i0e+GQlm9evZYe7L4EhMYzyPMLqA+ki&#10;bYo4OOkWRv+YSItohEyIlqhq7yRGL7Dg1slbSVz5EnVLDtLmE0HQpo0cKW2gNjeBwweFNepzqc7c&#10;Fg9bBZrWw2yPyyPv1Gq++vQ9PjlSJpryy6CwwdrKGkVtBidi00nPvfQok2w5B3X34vDZLJLzyqlM&#10;OMhu7FDaX67s2BEa5I7KooZj67fTJNL/YhT2TvipathxKpu66nzONl2op8a2VsrTTpMiylBhRha2&#10;tu6Eeduhb6qnJCOBlKISSnOLcHL0IybaDwf3KtLzTrBj2zzefewuXpp9gKrOe12SrATy0hKIT0mj&#10;vhai3dVU1RtQB3Snr4clZS211F2mzBnJJb9WS/slTzeQl1SGfcRQRndzoC7lV0ZULZQ4u4dxtTe0&#10;ntzC0awskmJlP0t66jMOsnjSi0w9a8+tz73FB/fHoGuqM43W2gcGER3qCDV/5KviZkqzKlD49mdk&#10;Dw+aC1tpb/t5ibHC3T8MC6mRDQfTKdj7HgG+Q1iQfi7fFFi4d6G/4y6Wn6qgubGAhN1HCY8JJlDj&#10;TtDJWBIrasjYOZtnxr7O1uxfb5fl1y65iZv54dPX+HDhJsorKunRrxfdy6upOnCSlMJUtn7+Md9O&#10;XUdq3YXXGjIWIqwuHv7YpCeTnF5ITdlZtm8BTxsvHF2jGTKhjgXTvmO/qCtqFx+iBvmwavtREkpr&#10;KTn0JdfeOIuU4obL15lfRRjAVnbYypPZzx5j99GfxtNYn8PhFd8wafL3bNiTRXaqN5E+HYL/v8mf&#10;Jj5KSkt497130et/mkkX4+DgwEMPPSQqdMfa5b8TkkItLEqVKP4XIxRmaQGnGv79ju/vjSUegX35&#10;Yl8WFZlxHHxvLM4ae+xFJxjS3oxF2hny6xpx0zgQ4elgGlJWWKjocfUDLD6RR+XJNXz/QG/shThR&#10;WNox6KqxXD9hDL56KzyEFWAnepyfTwJVCOtIZeeASogNbUMdrToXvLzdRefRMcx/MU4PTuFAUi6F&#10;ebt5aGAIP3uDc552Ny9x7t+vOuUpx/l4Ylc8PQMY8PBUUgNv4YkxYbiHDuDmYTHYb3ma/iMfY2OJ&#10;kjG3XcWosSE05c3jpu79eXBTEYoBt3P//SEUHPmcCV0H8tQJIy4DbuKB+505sOAphkz8gBP1RlPX&#10;qm1pR56+ISOnjHHwWHrlzODteRXc/PiN9AzpzY0fv4r37ufoF9WbG5JH8uH4UNFBn0tHIQT73sYb&#10;1t/SvUskAx9aTM+37mdY7+t5/p5GXhnYg1GPTUF3+3PcGvLLCc8KC1v8eo9g5NV+HHjtKno/8gMn&#10;7EZxbw+3n9WNDpS+XRkV1kbctHsZ8eRUTkjNGDUN1DS2dl5xAYVCifewB3g1PIMv/zGCbrf8iM/N&#10;wxncy//C3AeFA/49zzLp6c/I63UVlZ/dQc/I8ay1CMKlUU/dRbdVOvXn8WeGoZ1xH/2fXoe174Uy&#10;IomOp7otkxlP3cH7e+C65z/gxiAH+Q0IxaXH+Pr5x5mZ6saNj7/O3WPGc8uDd+NXtIFXnv6Gkxa9&#10;uOm6frh23utSKAIsObT8K1795wIqo2/jxtue4M2nrsIrYTr/uONFNqbKKylaaWw3CAl5AUVAL+6K&#10;VrHupXv5ZncK9RdZ6jIW+DL6haeJyJ7DDX3H8W1qs6gH1TToLjGsp7DGwbc3N792K07Jy3junqdY&#10;lisnkBUan64MGj0Q/c63GDv+MZYXhvHMJ+/z1I1XEZC3kvv/8QLfHynBqGujqeXybfpvx42+d91N&#10;95Y9vHTTHXy+M4XimlrqhfFwfvBCrvMDHmHJa+OomHYPI+6dS7/XvxL50jlCItd9TTQ3TXqcls9G&#10;EdR7Im9pb+aje/oT1u8aHr6unOcGiTr33lZCX3uM4cGX990hY2HwoHePcXR3b2bb7mJse97OrcOH&#10;ct2dg3ArXcAdg8fzydlm/AcPIkTTMUp1DtH9o4q4mhfHOnHgk3vo2fcfJPYaxtgREUKcOxA9cBD2&#10;jp7cNCgcP2dHgq55ic8C9/H4mB70uG8rI18aR7Cn5pJ15tdQqJwJi+pLv8IPGTLyRt4+1ohfjyby&#10;yi6M6hnoeD3WnrORBUeL6f7oLfR2+2n4/xv8aU7GJk2azMeffIThEu9cg4KCkRfhBAcF0bt3b1Sq&#10;nzp8+bP4PU7GrFU9mXZ4C/fEyK9eOoqMPLzXeOQTwkdPpuayA8S/n7+UkzFDE8c/Hcjwj/MInbyP&#10;pBf7iIqnp7ZgLx+MuJ+1qi68u3oLj3Z16LheX0fGoQW8fN/XlAT3pXeosHaLuvPWlE+JylzD5Cc/&#10;o3Dgzbz75RdcIxoHo6GSo/O+58N35tI+4Uau8rfh8JK16Cc8xVuvPs2wgI4O0Gis49TsD/hkcSED&#10;bowkdtdusvKKqWv04oF/DCB22x5OON7Kyi8fIjTxbe5+X1gy109n79s3C6vTVlTyNpJ+mMi4tw8i&#10;PbGWs2+OQr/recLvXUDL1T9QsPBOfOx+X7k0DW+2t6Ktq6Whs5NQWNlgq3HE0dZaiC0JQ5v8GqaB&#10;Jh3Y2GpwdLTDytgmOoxGtM2mg0KUa1BbtNMojjULcYHKHicHO2ykVurqG2kVJpq4HToLNY72tqZZ&#10;6wp0pC/+B4/kjuXjm4cS4uaEg5MTdjZCYRlaaaitQyvPp1GJhsjZDsu2Osr1dnhrxI2kdprra6jR&#10;tov2XInG1R0Ha4k2+RVZfTOShXiek6s4ZqS1uZEWS0dc1SIFm5vQ6ixFHFQYW7UiXlpaJSVqEV8n&#10;eZVmmw6DlS2OnctdZSTJgE7co6GhCZ2ljQi7aLhFGslvHFoNogG3UaNWXniVKTu104lw1DY0C8tf&#10;dJIuzmhUSowtIrwGW1zsrNE31FDbaiHia0NLXQNt4j62GhXtzQoc3R2xEfVTvps8rN6uraGivlWI&#10;DWtUCnFvpUjr5hQWvPw8M9yeZ9NropOwVmPrYE9r7n5mTPqGvWFP8ePjQhSr7EQH4izOK9C3NYk4&#10;iLRoV4gss8fRQY2hWSvyVTxb/FapF/ncrEdpa4fK2EJDq04YYgZRHwxYis7IQWOL0tDSkZ/tEvL8&#10;aMlGg4u9Fa31WgwqUTZE+bMSYWyqrRG/N2Dr7IbDuaWh4rdV5XUo5HlQ1jqqK+rQiSbHSqSdQVLh&#10;6maPXuRpvYUDXo426FvqqG7UoWhOZ9GTr7BCN5B33ptA9dZp/JjRnylzXqWrnZ56OTwi/ZQ2djg6&#10;2WMlntNQ34CIisgTC6ytVdjZyfdrQi8MB3uh4Fu0TaYluPYqBdpGLUalSCdRrJrkJdWi7MrLfhsa&#10;WrES5d3OSifi3IylnRMaG4lGUS5bhFCyEHlklGxwclHRUqsFjTPOpjpjFHkmT9ZsMY0KqBw9RBpd&#10;vNRWrnNN1NfUIzsmtbRzxt1RLeSUgVa53IhnIcqXvaMD1kZRN1stcXJWI7W1inDrsBJCQBaycrls&#10;b24R5buNdgsjOr1ClGMHNPIrNL34nVw/W3RYivg4OIj2o1mURyGOVfbyUvkG6tstTU4z5XyvE/VA&#10;nvOi0og6KM6blpjrtFSKeFnZO+NkayPaTBG+xlpR59pET6HE0c3VlGatQoDp7V1MK9jkOiDHT37N&#10;oi2rR+Hmhr2VqIOiDNeLcqc9Npenp1rx7aJ/4CPi1ijCbK1WI2oEChtRBiUhFOuLObF+BUtOe/Da&#10;O9fjJcqqRhj7V2Kp7Z8y8lFeUc7cH+dcUnjIr1omTJjAxIkT6du3719GePxeHLy6EqSRM7DzgKzx&#10;REPZWNHGDe9/z4q9pzmbeNb0SYg7yf7VU3n31fuIvuhd+f8LLKxFR+BFiLOC2rJ0CkqMopHywNux&#10;03r5FRRWjviHe+Hlr+NoSg4nc6rR/WxoWq5AFqJCOdkoqSysxqD0wMvTCfH1d6Kjsijd9M7XNSoQ&#10;l99/A1NYLEXH5ejhg7+/v+nj5y03lh2eN+XG20o0Xi7yeT8fPFw0pvf6lkrxG1cPfP398PUQDY/o&#10;XK2sbXF28+w45i6LCHFMdEhunj4d9xTXezmLjlP5U2+spnu5eeHj6Sru0+ETwkJ0DE7u3vj5iTC5&#10;abCWn2nrgo9Dhy8ThcgjO2evjvD6euEoe3gVgkOlEdf4ief7eImOQImlaMTtHNxws1N2nLd3xM1F&#10;NHKWHaua3L398PfxxE32xClPNLZ3ECLkp94dFQrLzmt9RVzdcHVxw1mILVvRMbloZP8DP42PQiHu&#10;LRpjLx9xbz8vU8Mtr2RS2rnhKToB+dlqZw98vEXDrNaY7usn0tbF0QVPb+cOYSbfT46n3Hlq3MR5&#10;cS8vD9xFWvqIjsjk/dGUNw4ifUW4vD3FczrDbWGJUu2Iu5evSFMhyuQ0Fces1R3XduSjgxBPSiE6&#10;RMcnRJ+dtRXWQmC4ubkI0SmElb2Ir5so817epvT0FNerlVYX8tNP3NtHPNdVHBfi09nDAzd5zoMs&#10;moQYtHf1xMfXR4RJ7ow70kZhqcbdx1vkhbXIc3s8fP3wE2XFy8tHhN8FldIae1EOfF1ssbQUaW7v&#10;Kp7vibN7ML0n9scifS2vPPEKs04oufbJe4gW6WBtK+Ip56EIj5coc3IYlSKMrnI8fUW6iud5uDlj&#10;pxaC0sUdVydRfkV4nYRYdXG0x1oIFhdRZt3E3yq1Pa7u7jhrxH3leHq442SvEvdzEOnuJeqE+FuU&#10;VRcPb3xFmnjL5cHHDTtRP9y8vXA7X2dEWmtcTdfI+eYmxPK5NJCR88jSWtQpkT9yuH2cRZmQfyfK&#10;p7qz/Pp4iXxTC6FrJ8qrqxBUpjy1w8Hd+fwImuk5dkJYuLviKuLj7elmSm+5bJyvn+JeXiJ/bUUf&#10;phbC3kEYDnJdslI74SqXYZHvSpHv7iIP5Dx16zwvh9FCCEtPkf+uIt6meMnhc3THV+Sbv68nDkJ9&#10;W4iybisL/4vEuum3FrJPHI8OQSLXO1FXFIU7eXPSVlRXDcLXwcHU5pjyx9lJiCs3Ue5U2Ir4uop6&#10;ayqvcrsj8sZLtC+yQXLu/v9N/hTxkZiYSHX1pSdUypF2EIrS3k5kjMjEvytGd19RGOQGqvOAjGgo&#10;3Ec+wbuP3cHVA7oSGRlp+kRFd6f/VXfw+DNvMXvxNzw19qcTpv6nkR1GiYLv5GKgvCSX0wlNQozI&#10;lnXn+V/F2jRZ1UM0iMb0FIqTUqm+xF4KFqKhc7CxRiGEid7BVVhmHdbG78FQd5atewtFw2DH1T39&#10;sf6dv//zURI4YTI/PDiWMFd15zEz/xpL7Nyjueujuax8YQiOQvx0oMQ1ZDCPfzSFGQ/3Q/MfzCH6&#10;qyC6PNHB+jDwzn+yYOsmli9dzOwZX/LIsKD/us8HM38gltY4h41l0uwZfHV/L5OfksuhsPdn8M2P&#10;8N5r1+Ipj+JcQf6UEnXq5Cku59tDp9OxbfvWzm9/XxpDw3ERyvh8FyVUiMmychEKXLZ+zk3rFsjL&#10;N5W2wvrxCqbX6Ft49MVXeKj3r70h/usj6XUUz3qKcWOv5rZ73uJEpc40dFlTksI3j97AVWOv5aGn&#10;PiO+xohaKHDPQCXt7TqajcJ69vLHpXPGoNHQRvqRTbx137WMu/pW3v5qOTkN594pW6DyDiEqJIzA&#10;liwyc9IoqPvl5ESFpSOh9nY4KxVoNc7CopSHqztPXkTDxs945LbruHrcNby2Lv78plD1y9/ktjue&#10;5YdDZdiE3cCt8nyFK2AZ/KGIsqdyCyFSWL22PxsNMXN55HSyEpazV2gUXf2dhFV8zhIWdVZYtL6h&#10;XYj0cTh//G+NiKuFpTyS4k90rz707dOH7tHheNhd2U7JzH+GaZTG3oPI7jGEudv+ZCTo5yisVKZR&#10;keBAt/Orp64Uf0qN2bVr9yVfucjI77DkJVPVNX/vpaa2Xm4dIx+d338LpmF3tRvh/a7mrgduIvSi&#10;JYh/OyQjLTlnOHjwAIdi95NaLU9/lNC1NpB5OtZ0/OipM5Q0g43aEVc/X9PPDHYaCAy6yMI0oq0u&#10;JenEYQ4cPEhcaibVFzkSs7DzJqZrF8J82jmRnktCQS3tP18VoFDj6WiHvbx018HBtMy2cxrOT9CX&#10;pHPq6GH2HzjA3qxymvV603vk9sIkjp5IQRr4EG9/8CJD/f88T7JGYxM5e9awdeseMms7hJbRqCV9&#10;8w+8/tl8tieW/uLV0x+F7Pq8MW8nbz74LDNO/nErG4zGFgqPbmX7uk0kV/10BcrfDtF+tVWksnPn&#10;CmYdjuf0ju2sXHCMqn/DL4ykTWPt1HUcOpJD86V2Wq2P58fJqzmTXv6LPDcYajj+3fusTq4S9eGP&#10;n9Zn2iQx+TA7lyzhZNkvJwPL9b+54ChLt21iQ0qVaUnr78VgqCdh0fesP57+23eHFQZO1eFveHh1&#10;Gs1lB/nihVXkay8Rvn+BpKsm7dBOFk3bSfLJfexcepl4/k6MDalsWH2YhNQcziyZwYbYJCqbRdwk&#10;PRVHZvLyy1+wJ7mYVjk/RVzqTs7mgXtuM01DkD93vPw9+/IbRJ0xUCniedOXB6lr6yhbsnHXXJvD&#10;ro9Wklb3169HV3zCaU1tDd26daPiVxyLOTk5icZ1G/369u088tfgt044tVAoGfDlHjY/2g/NTybT&#10;GWmvSmbTolmsTtBiN+Qe3rpjBMGOP7Us5Mlipcnb+fK5J5ly5F+LsL/UhFOjnuq03exNOjebWt53&#10;REOXvtG0nj5NljxB0nTYAnsnb3oMHoiXZROl2Wc4klwuVJsz3lF9GBRkh7YsT1T8ZIo7t4SWVze4&#10;BwTgpbGiPDMPySeU6JguqOtzSE5Oo8DCl24xUXRxtxN50E5NdjKp+c24hwZiW19Eam4x9a6RDAix&#10;piAti1ILPwb3DMau7izHkkpoOO/YwwJN14H0tMjgRGo1bSafHuJYaE/6RgXhpv7zRg7kXVDPLp7F&#10;kSYP+t18J309bcSxWk7OeJdXD9lx7xOPcv+wYFT/BStG3kelNnkxt177PVEzNjLt2oDOM/8ZsiOk&#10;xuJ8KpuMOPiH4G7722ba66qTOVVkQ0igH17yDNYrhFHXQEVRGpmtoQyL/tkIpWhOWwpFp7t7H2c1&#10;A5lQn01cjif3vzUBX7vf9xpZqj3GV/88QsDVoxl/bTeTK20ZXWUCR4sc6OZvRUGqFq/oANydbU1z&#10;Bc4hC7rSUydpCO5LYFscu0tCuK6f9y+sYLnDamso4sSxBnqOkt11/7a0lyf6NleVUl5ejyooEh/7&#10;n/1OtHWNqRv5+lARjl1v5LnBvr94dntNOmeKwcc7AD+3X74KNBgqOfDeP0kY8Bh3je6Nl91vCJuI&#10;T/GaRxiW/QSpT3kRd7SZ6JHhwpj5bfE6h9RawvGN29iy35q7XxmETXPrpeN5KUR5rstIoxh73AMD&#10;8Djn4ETSURa7iKWZXgwfHknjkq9JjLmDm8cNxte2hoPvPst7O0oY8uZ3vDyhO64qBRXbXqXnd+28&#10;fEtf/EQ/0VSawMH4IF7+4j6c9j9Dlw0TyJ99Ex5q647+RVvG6YVz2RL5IB+O8e947l+UK25ap6Wl&#10;mTaS+zX07e2kJCd1fvv7IReCgqxk4s7EcTougZw6+ZWDJOJVwr5vPuXT6QtZtWIZS6d9wUerztLQ&#10;2bmex8IGZ68IBg/pyt/tTbI84cktejy333575+c2brxhPNE+AfS+/qYLx2+7lWvGDhENsiWWKgf8&#10;YkZ0HL9uLMNCXbCytMHJN4IhN958/je33XYTIwf0ITK6ByOEFTCyX1c8bK3ReEcy8KobuX10P6I8&#10;O7ZeVyiscQ3rxdAxQ4gI8sO/x0DG3XgLtw2LIcA3XByfwG2juuHrbI9T8CDGX3/LhbDdfisTov3w&#10;jhzNxJtuu3CsT5ipYzS/svhjkUWlg18YoRFdfrPwkC3F6uR9xKZnUXU5b3D/DUTd1jWUkXF8CyfK&#10;/3NL+HcjOraKhO0cyiygXuFOz2FReLna/UR4yFhYqPHtP5woNytKjyxjZ/5lPFYadNTlxDL9YAG6&#10;y7wKvxTyRF87d39Cunb9bR3yzxH5V5N+mGMpaZTKS2X+aEQdtbIPYNC4qN8tPH6CHE+P3xdP2UDI&#10;2BdH8qkCmi7ykiu1l3J6XxUOdk54uP5ULEpCiO1PdaJ7V2tOFVfR0Nox6mrCuzdX33CTaP/u4I7b&#10;rqNr82525Yj8/NmwQcfIuRNBgwKp3xxPsfb3j7ZdSa74xnIzZ80kNjb2sq9dZOQ0tVZac8stt3Qc&#10;+Ivw2zeWk6ivKqMk+SSHDx4k9ugxDu/byY4dm1m7fBMnSprlISeMtcJyqLdm2DWjCbioYMudm6Vo&#10;ZOrL0li3NZ5W0eD9Gn+pjeXMXBZJr6Xk7BFWTl9HbOJ2dsSepUJbTdLmxaw/nofBJRAfVSPZJ7az&#10;dP58lh3OokbpTpCnHe0lCWxetZhlsemUFhaht/cgMLqjQTRtondqH7sKrIkIVZG5fwvbM3S4e7pi&#10;Le9tMX8ei1euZVNWMy4eXrgr8ljx/SKOnT3J2tVr2XmmFMv2bFbOWcTW+Go8w0NxbU9i+vtT2XH6&#10;CJvXbmDvkUyUoeG4t6Wzaulx3K+7k6v9DaTvXczn05dy6EQSDY7+ODQlsmz2Ko4aXPBoSWD5/E2c&#10;wQ0fXRpbF85k7orNHEjIQ6v2IcjDDivRABuNbZSfPUZiSjaVdUWkJh/nyJGj7F63gbhqBdfjDWsA&#10;AP/0SURBVK5e7lhWJbFp2RIWr9hGdpM1LlZlbFi8gDV7klE725C5M5601COcaZVoPLKbbFxMfnZq&#10;T85nZpqSLpoy1n+5iZNpW1mxajv5Sge0BxYwY8kW8m0jifG1RVcWx5pZU5izdhcHqp3pHuJIS+4B&#10;Pt6UjC51AzNX7ie33Ql15UG+/nYpmVprwqPDkHIOsPzHOSzaIwwNvSvBDk1k5udTYeNHeFstpTUq&#10;wsJ0HNu8lJkLVrH7WAq1OODt5YZt5+QjfUMe+9cuZf6CZWzeeZA8nR0eTjqSD5egCfHD1ZjKprgq&#10;FK3ZrJo3n02ibDh5qUjZmY+lXQmblp7GQl6topHI3zGLLfVq2nevI7E8lx+nzOFQeh1hg4bj23KW&#10;taY47mB/lROR7nXs/vxLZp3KxTqiL701lRxeM5vvF8ppVY1LiA/GnJOsmbODjMYiyix9CHGxEWVO&#10;R01OIonHz1Avyq1H5yo9fZPoYMVzF6zYTVZJIbltIq98u9DVsoDtq5azeOk6zpQb0Chr2Sviu2Jb&#10;HFY+4YQHeGEvb4Ao2r2alD3M+XEx23PqaMxIQhc+iCjHKjbPmc3iNevZvvsoNS5hhLjZUBe3lk+n&#10;LOJovYKWo1vJcYnGvXg782r78ERkJcumJ+Ea7UilEGCfzVpPYoOepjOHKXUKxKrwADO/nsGqrbs4&#10;frYAS78uBJ5bZadvpFgI28xcieCQdvLOnCRTtPvZp4Sx6BKEmy5f5OMZ4iv02NadYd3SBSxcc5iS&#10;dktstIlsXrqU7Qn1eIUFE+DjhLWFBcbKeObtrcM3JobuYXaUHzlAmXsMUXIap67ju3QPJl7lRny8&#10;ikG9gvF0tKElexc/JHty31UiXvYqrO1dURcs5/vGgUy0Oca09HBevCEKu/OTSmUjt5G8JYewHDOU&#10;EIf/QHj9l7miIx/ya4utW7fS3v7rikw+f+r0KRoaLzhC+bthkXeavbt2sH37FlbN/4Fp06Yx44dl&#10;HK64yLucsDrac4+df3d/MQora9O6fVfLv9vYh5nLYmilKusMO0QjlS+sveq0w6xatVv83UZl2hn2&#10;7YojO/E0x/eepESyw15fRlLSaU5mZgmL6TCHYpNIizvIrkPHyKr9pdUtNRZwaucy5m49RWGdDoU2&#10;k/ULfuTbDYlUtlRyfO08ps7bTnpRGtuWL2XJUSGi24uEOJnFF+tT0enyWDVzBnNPlNDemCU6qR+Y&#10;urcEpW0ziavnMHPpQco797ow6kVc0vYwTZTpuBohpCuF6JizijOlorNN3MHCWaKDlDdwE+K53tix&#10;XFjj7I6brZ6C01tZtm4HmecnB7dTm5NE0pl4MrNOs2vFND4Xnd+BM6fZGnuSI+kZxG07QHxSJQpl&#10;C6l7jwuhUiH+VmKrcUBNFbEblzLlm++Yd/AkZ/Zs40xeBS16YV0nb2bFqRzq67LZ+eM6TlUqsGvP&#10;YtF3szlSq8ShPYMVsw9QUl/CqR+XcaxOhbuzmrb0nSwToqw+55DooL5h2vytpOelsX/pAQp1Shw1&#10;KlR24rrSTI5v3EemzhZHSy35KUfYm9PwMy8+8nJm2ZeEKx6eLljVpXL0xCGRVheNAFuIuDg64+Yp&#10;BARlHDpwjLjcanRGPY1VZ9l8IJVSkadWcjra2qB2cMDOWM7RLafJLysnd8dGTuRW0dpcwP65O0kt&#10;ryRz9wZOVyGuV2Lj4IzaokbEcQlH5Di62KNL38Gysw3YOggr3EaDRqEl5+QmViVqsXdQo6/MYM9G&#10;kSfZJ1g09Xu+n7eC/Xnn2mQDjSVZpBw/Tl7nBHD5VU+5ENeH9+4jKSOBQ7t3cyy1HKm5mOMHT3Ai&#10;rR6lgw2NoqwnphXQLMdZ9lmj6lg2a7pHfSbbV+4jOTuXxF3r2BqXRW2rHoWlDY4ubnh4eOLUkszS&#10;tccoKDzJohk7yCrPZNOMr/lS5Onx0gtzHfQNmexYfpyCIhH+GbuFeEhi1XdfMvXHFSRXt2NlY4er&#10;uyceopNvzDvO6h3JvxyF7oxnsohnZnEeZ5KOcSCnitr8Mxw9foATZ09z6NgJEkW50qhbhDhJJim1&#10;Tpj1tmjsbFHZKEUnK+ImDMjWigKK3UV8PYSAvWjGuzxSkn4oEaeoEKL7jmZIVRYFlVou6QdOYYOr&#10;jyOZFY2X9hSlsMRK5YSHu/xK69ffMPzZXFHxER8fT15enukVxL+iqqqajRs3dX77X0XC0N5AYfUl&#10;XB4LpWxpLRqZK/5izMx/FdEJOQf24tpb7uPGQd2waXBl8C33cI2wdNoyMkgUjdn23QkUiQZdUZtH&#10;4olY9h49xsHMaiyjr+Xxm0cQ5WSD/heupgWlcezbspdipxjGDuuOV9NZNm3eR3XAUO59+knu8q0T&#10;AmQdcYXVtBkNWIYO55GHbiBYV0qqIYK7HpiAtzad7WdL6RgttsR76F289MpTXB/eROzqLcLa73iu&#10;Qael8PRmVh3OFtcaaa4vJ+ngDlL0oVxz43ACs7ay/mAegWNv5rZe/jh7hNJ35BiG9YvEvr6IYtE5&#10;FTf9snVViMa+WjxDFTqM2+66lgBFK4VZeZRkVqJ2i+K6+x/kxlG98AuIZnjvEPqOH0/fmCCc1EIQ&#10;RAxjVHQwLpdZMmjh4EO/sffz/GPXYp3cgO/o+3nhiWtQnM6gsjGDlYu2k1guOi/R4bem7GTx3izT&#10;pGOrihZchtzFk3eOxj8rhXqHaK4bFUX00GG41SexefMxcoQBodCWCwv5oLB4S/iJNFTIflM0OArB&#10;oLEUMdSWkZKVQUaF9nxbaGllKzoMRxzkkSzRiRcnpVFYWkN9axZ7Nq/nWL0bw/vH0KVLT8b1D6bX&#10;hOvpF+GDnbW4tzqYEX0NIuz1ohM9yZ5ykS6+Tqbl5FZB/bl1uB9drrubgfa5rFyw7Xwcdam7WH6s&#10;mZjrBuIcNZaJwQbO7tjM/pRq0whEfUkqhzbtoaBFQunkSXiv4Qz0//l+QRfRXkt2QiZVbcFMfOAO&#10;RsV4YdPeRpvoTA8fOsiJzBJaDO2Upx4lNqMen6AABlx9FX1iwk3zqEwddNFpNuVY0+e6+3jsqigc&#10;RRdlFIXRytoBfz8N1krx3aAl89BJ0s7uYlF5KA889RyPDvISgtn4szcR4puhjbK8Y2xo68tzzz7B&#10;7d0caW0wmHxb2Nq74OejFnlgoKmmnKyTydT9zEPseRTWuPgH4ewupGFaFumpJRjqFHgbizh54Dhp&#10;JVrxrHqyjh8jo9IKP8+BjB4wkKhIfyE0Ohpx2Xmewk6JWvZFc9GrW6kxh31H86g5voUlS7aSkb6b&#10;7WmlaIX6+Gl8fgsiz5V2oo0RZajm193F/9lc0a5NHsm43BLbn9PUpGXu3LnU19d3Hvn7YKmwIqjP&#10;CMaOG296HTJ+/G3844knefL+cXj9ZCRD9qnYsenR/3tEw9MmOqWE3fOZvng1uzNrOzZ9khvBomT2&#10;r5zPqm0HySsvIfHwJmZMncrUFduJzSmnPP04u9Zs5GhCHs11+cRuX810cX7K1ClMX7CGfYn51Anr&#10;SX7PXJe1n9WLfzCdkz8zFm/iaGa5aTWBJKzGncsXMV/ear2qsWMzKn09RfG7mPPDdGZM+4HNJwpE&#10;o6D/TQL6UlgohYXs5kegs0pYwr7i/8H4C0tbrRYWkYhrnU5HY5uwXlrr0SpcCAuOIEzdSqXSEkv/&#10;CAYMHcHIvj3wVv9y3yArbaOpIbXS1goLuIlG0aDWt7XiG+iOu1sAMQGu2NQXUlXXIuJmibOTnXiu&#10;GjsLG0LCvHG2sxOdo2Ty1GiKnaTEN9gTB5XsxMmatvIC0Th3xNtobKehokh0shI2Ity4RHHTnVcT&#10;5eWKT2gkQZbVpObX4durGz6WDWSf3sXCRas4kFRITfOvtwHKoN6Mv/Y6bugfjq94jqJJSeiAaJFO&#10;NcTuPMgZnahjrhrRuV5ovmzUUdxw75M8PqYXXnadS9z1jVRVt6HvfO+udAmmi4sKtYMz3k5diXSx&#10;MY0IOApxIBn+j72zgG/yXPvwlbRp2tTdnUIFihR3GRuwMXd33zlzdzlz941tsA023F2L05a6u7tL&#10;0vj3vGnZgDHG5DD2nVz7dbTJmzfvo/f/sftuobjLBW+Z+ExrD3ah4zgnwhmzyBvP4Ilcf8ulDA/2&#10;wt3Y9lMeSFFgNd0dNGqUqPQddOjs8Q8bwmh/YdD6rrBgNvVQmXaIbat2kV5aT0e3hh6DEa1U56T3&#10;paWG4n1s3rGNA3nlNHWoMYhrjHo9el0XbU1taHp7MUrtoe+WxyCzcSNqTIAwxoUUZCRTkTCSGB8n&#10;bI/bmyTrqaew07UvjS3d2IaOZ1akc/8IWooe3U1HTSfeLqIOiGeQuYcyelIgTjJnIqJnc/ut13Pu&#10;QHfL1SdCZvHeKXo0m2BiRkxg2rRJDAt2QdvdTrNcj1ZhECJVg0PYQCIignD5xXl3M73tjdR7eOIe&#10;NIip585hYmQojgoj9YdXsXi7EBwV1bT2CGHe2UlzfRW1sYOJjRrDDfdcxTgfd47b+mIpo/aWBlqG&#10;jWTU4Alcd8vFDBX1XtfTQO7OH1iyL5+6pma61Abkos0YfqVdy4SpdHD3JdDWEXl6Mkml4npZKGEi&#10;TXJRNg5CJHep7QgS4neAyKOjPCmcFOnbjPWFHHAYgLezrRBGetyi7Ug7XEBDp/oXp4SkU0YttR1E&#10;+Tj/qvGWlu3/CfvSTqv40GmPD3R1YhQKhai403B3d2Pr1q39r/5zsLX14dzbHuSZZ5/j+eeeFz+v&#10;8MZbb/PWM9cRfozjNLlQqa6EeP0ypoDZIDq2zlbaT7I35v8XZrStJez98SUeee1DfshosjRMqWNu&#10;KT7Esvdf4oNvV5FfVcq+NV/x2IMP8vCrn7P2UAHlKZtY9PGXbNybT1dTPmu/+4BHxPsPSj+PP8Mr&#10;73zBlrQSy5G0loxlfPjaE33vST9PPM+rHy8lrbIVbWc+i95+lZde/YH8unb0YoRVuW85n78tnunh&#10;h3jwoYd58c3P2VP53wo3rcDN3oPhCdO48SFRdx65g+tmjyI+KhgfvRip1paRnZFGRkEJLf3H647B&#10;ZwjT50zFtymLg2mFtMudRcdtZ3Gz3d7RKIRbJ2qPEDyc7Y85aizDBg8HO/F/yc3U0WgpLmukWys6&#10;+iY9CncfnPonFSRfApJHSAdXP8Zecz8P33EJw+OGE+NhoLY4hxKtL+H+CvLFSLCgpoKMxJXCeBTi&#10;FjWc0SPDT9rx2Ls44+nhfFR8FmEenX3x9vdG1lXOnuUr2Xm4iNajj1w7eODv1Bc5VZgwaptqLP5h&#10;Vu+ppEvz2wMemdyVaJ8gzrr1KV577TkeuHwak0aE4Gpji4e7F4GOJ3hiMchwcPQiPmYkl9/3LC89&#10;fT+3zh3P0AE+HN2izaYuKrMq6dTHcf2Tz/Cvq6cxyOfnfkCq402FqRQbAph56+M8fftcBgdJRl6G&#10;vf1AZl8wh8COAg5nFdOi/mW5y0VZuIXH4Jq6mSUbU/GOH4CXs8MvDbHIo2ifQGZIaXz9eR64bBqT&#10;E0JxthgqyVOnCs+wEAbOvYfnX36BR++4nFEJY/B3tUfl5Imv6uTmwmyjxEkl7qWrpzQ/k8PpWZQ0&#10;qlHYO+LmPYRpF9zJ0y88zX1XX8nZg6PwkVz3H4MMOyc33NvbaBV1PfXAQbJrG9AIUVOZtI1in7O5&#10;/+nneOyKsbir7HF088KjooyK6jy2rN5BbpskvvtvdQSRN45CYLqUFJJfls3WjXso6VajVTdSlJGO&#10;eeK9vPLsA1w9MQKZ+fgMOw6lK36iWAxlO9hY1Iw+bAARPi54Dh7H7Fsf48VnHuS6yy9kcEQELidQ&#10;Hwp7FWaNAW2vziIkJczoaBTPZpNwHg+88CrvvPMubz13MwOK8iiu7zp26UWaYaxLY2umF5fE+/3K&#10;YQRJRPbQXq3AR5TbmczJa9NfTFlZ+Uk3mh5Bcql+yy23csftd7Jw0SKh+k8SifFMxNafEQkJjByZ&#10;QIL4NyEhXFRGW/G6AkebozpCuQLbgKG/OGortSBDbzfNFYXUniTw3v86Nk219FRXihHnL42Lwt6b&#10;ISPHMylcRsGGr/hoeSK5oiM8MpJQhA5j6jnTGe5QR+J3n7M8qeQXQbnM3UUsef99PlhbRsyU2Zwj&#10;Rpd5Gz7h+/STxif9w8jkToSEeOPtUMLm5T8wf+EiftiRQqU8gAR/V0xZm5m3cA2JhVVoZL9sR8ag&#10;YYw99xpmDbGnICuHWnkEE8aNgMJk1i1eyJJSOeHnXMgwi0Oh3+hoJYTRb887wOqly9iSb0/CebOJ&#10;dOrrMmwUjvjHjSfex8SWH+bzzRcf8MmyXeQWpbNx4z4aYs7n5vMG07VrOWtS6iwu7r0dNFSWZpNT&#10;Uo9Z9AN6w2+LAgmzqZsKkZ40IUidggYw0leIDCHOZXb2tJdkkVta81PocyncvFugE3l71/HZ/DWk&#10;N+nQ/5ZREdgqw5k5xcDeVYtZ9ON3fL5wFburfikyLdVHLtqyQUd5ThZtjv4MDGxg24of+Xbh93y7&#10;IZHMJmk+6Chkdrj5SZsOa0natpHtyUVUtxjQ64399VEYSM9APIwd5O/ZxJY9aTS2dGCSYr2IwYnf&#10;wIlcM8ae0uwCCqu7kSkdaMk/THZ5A+p+62QXlsBUVSYbtrWKMnHGThJuItkmkXaloxO1ydtJ04Qx&#10;a5qJfSuOpHEliZU9oiwVKGvT2VtjQ/CoGGr2rWD+9wv5/vvFbEo5bgnpZNh5EB4bjLd9MZsWfcfy&#10;nWlU9hhx8I5kpKsNHclb+FG8vlDU4f05NWiFWOmsyCevpLLPj4dMjip4GGd5aMjduoRPf9xGrhTL&#10;RIg818ABuLfkkbhxLdtTCtHrdLiEjuECcz4rvvuM/3yTSK3peN8WIgNs7QkIH8VZHQf5et7nfLA8&#10;mRa5QaTZGQ9ff0z5iazfsIW0olpR3UWZnKxK2roQGOWL3K6CzPIqnAYEETwoGldnHUlblrHg2/l8&#10;v2KneK8bG0c1NSJtJaKMNFI9F2lz8BZ509RNT2MHvUd8r+ibyNxbQYyvG95iUCAdR7YTfdMEijlU&#10;1opa+mxdKpvXrGTp0sUsXrqODNfzmDVAWv4yY6o8yOrly1iyZAkr12ymqE2K/ttBU2MMY0Kd+77j&#10;DOW0io9TRdpwujtxNzW1tTQ0NJCXm0dFRQXt7e39V5zhmHpo69H9YspM7hTMxHGRuNvKMEvHokKH&#10;Mvay6xnhdayGlUZCPe015GcW80sTY+UIhtYq6mrKaOr9ZY+hcovjitsf441HryUhzJ7U5GyKKhrF&#10;SKKvTBwnX8dTb73Kv88eiq+skv0FNXRo9D8ZDem4tKZoD0uS6+kNPocn3/ucj/49DZnCCfUfnY0S&#10;YtPZO4iYoUGopBgvfkEMGhyAg50Kj8BgBsZFEDFiMpNmDMVckMi2EggeMpmpQwYz/rzJjIx1x9Zn&#10;KLOuuoFZIwfiKp0OsCAMbmgc44ZHEybq1KUXnc0YPwUGhyiuvecO7hyloDy1BOW4K3j85rOI8Q8h&#10;YeIEkS8eKFW+jJg6mREhrtg6+DJq+lnMiPLsG1WZlQzwamP/pgwMwy/ivrsvYIDoQMdOn0R8oCcB&#10;oy/nudvOI6g9l4KuQK6+7RoG2WvosI9jyuWXcs7UOVw+NhJzrz2xUy9gTpyzEEVFdItR8FjxrO4/&#10;xb23wck3hJDwcPz9w4mJHEiYuxKZvScDYgcSFTaIsXPi8bCtZNeqzRT4xDN4aJzIr5H49jZQWa/F&#10;NyYUXy9HFDYuRJ11PqMczGgGnc89/7qd86Uot45+DBknDJi0JKP0ZeiEAbhKUeuUfoyYHCVeD2bK&#10;A/9ipPqg6MT3UBZxOXePCxIGYwDjxkTiKBloZx8GTBhBuI83viExKCqyaXaNZfIlZ+FRvYdNaU0o&#10;Y87h4mERhAqRFOvviVdwCFExAxkyKprQ0E4OJKbS4hDB2NFDCXJWWMSMFJvDL34CMW5QkriTIqMf&#10;8aNHE+YXTNTgcAL9A4mbeR4xzi6YxMjZJWIUvp3lFDeaCB0ajperA3IhnqZfcR5zLr6es2N9sBdG&#10;1zd+FJHuTuLeZ+FTsVcIMXcmP3g/o3tFGlftoiTiCu6dEIyTXzTnuFexu0LGwMlXcFtEEzs27aRQ&#10;G8TFV48hTKqzw0SdPcZ3jDCmHv4ERQ3Ep39jmlzuKMTLVCZPGY6H0oOhZ1/FzedPIELk1dQLJhPv&#10;2y7E1wFagmIYMXoIgwaJtmfspLa6mrb+49JyjyFcdutkfIRAUI24kOuvv4JR4SFEn3UR0eoCtq9N&#10;pCV4PNPHDMHLZxz3PDQRY7WauKuvZnpwIPYKuSjSeKZFumGj8mfYxEEEBk/gjvtGoqszMuLKK5ng&#10;44uTm0jThOm45m9n68EynEbMZEJcyM9LeaJM3PxFmxwchId3oEhnlEinEvfgOMbOupxrZ09ierQf&#10;bmGjuHDSCCJ7Mti6txLPONEOx8cyaKzkU6WJ2kpJfPT1KnKvCCYpu9C2tdCptcFjQBwRnqLsHEYx&#10;NiLUEudIwmwXxNiLooTGNaPwimGmVz27169g0aLFbK4K5LaHzyFSlLmDfzyz3EtZJ0TJwoULWbp8&#10;HfktGrTCdlQEj2OIx4nnRs4YzKeRZ5551uzk7GS2Vdie0o/SXmkeNnyY+b777jM/9OCD5gULFpiF&#10;AOm/2+mnsrLSPHbc2BM+69E/DvYu5os+OWBuVevNJpOQIBLiX5NBa65LW2T+9/lnm6fPmmM+/801&#10;5oJWbd/7RxDX6dUN5tQVT5vHuytPeP/jf6688kpzfX19/w3+oZgM5o7SXeaPbokwq+Imm29eWmA2&#10;iLwwGnvMJTu/Mt8zPsI88coHzBuT95g/eeQCs5ODymzv7GWefPP95rfeeMx8w7TzzM98tNFcX7jJ&#10;/NjVk8z+wTPNry/YZW4qWm/+14XjzAGBZ5nf/nGHOWnhnebJcW5mr5vfN+8szDWvf+x88yBvJ3PE&#10;g9+ZM7NXma8fGWOOiLnJvCGt0Jz+xeVmf0+VWXXPMnN1R4+5efdb5tkX329eWdr5c7n+P8VUs8w8&#10;3S3EfOXS0v5XrFg5szBp28ylGQfNuxN3mXeueMN83bh7zSuKu45pmyaT0azvaTTnp+w179y+2bzm&#10;65fNt8993ry9prf/itOIqddcvf1T89sLNpjTKjrMxr+4D5HSreuuNyd/9aL5gQ3l/a+euZzWmQ9p&#10;L8epIm2YUSqV5Obm8ulnn/LBRx/y6muvsXv37v4rzlz0RjWbVmwitbIdvbRpURreSJuAbOzwG3YV&#10;763ezPaN61n98FwGuh+17imuMxnUNBUlse7HZSR1W+c9fhUvL1z8PGhpaqKooZ3j97kfQe7sjreT&#10;M/KuGuo7OsUopO91Q3MVhZmHSC6oR210YnioN67Ko9zhm9XUl9djMprw93bGpruWCtUUXnziGsJ/&#10;udfz/x8KNwYOiyfi6PppxcoZhKmrhI3zXuWpJx7nqXf2EPv0vcwMOW6fg3SCpjGTpe8/x+NPPc+H&#10;K0sY+dgtjPf5G/xfyJT4jxiHn1mBoUuN4S8/aGBE19tObV4QN435+71d/xanVXyEhoZYwjefDGn3&#10;fVhYGLExccw+ZxZD4gZbotyGhoYSJj6/cuXKU9o38rez9x1eW7CNrOo2tMZ+AXISpPeNeiE8Sg+z&#10;4rM3eXVlcf87Vk6EjRSWekAwjt1t1DS1of7N/NXQKZ0e6L+ue+N73HPVbby8IRuNz1hmxIfh6nB0&#10;h6Snp9UoGog9gwPc6N73JjOmT2Lc+HHM+Trzpw1j/1+Rec/g051reWVGX8wdK1bONGw8E7j7g1Xs&#10;3neAfXvW8PicQTgpjvVALHlcdgqbwdPfbuPggf1sWfM1t00Iwt7271mSkLsN5eobzmJknJ8lnP5f&#10;icXrrOcgzn/zJoZ4nNmbTSVOq/gYPHgwtra/rjjlcjljx45l9eo1HDx0iB8XL2bN2rXMmTOHl196&#10;meuvv57MrEyLp9EzHb1Rw663buLS5xexL7+c5s4e1OqfdzlbEL+bTUKtanro7migNGMr8998jkfn&#10;7Remz8pJcXDHLzAIP307DdU1NB/lxvjEaNHohPg4oltVTjja26FUhXPV4/dz4cgT71A/gtzeDT+P&#10;X55KsmLlaKSjznpNJ82NTbR0aX+x78uKFSt9nFbxERs3GCenX9+BK82KjBk9ltiYGEvk0SPoDUZc&#10;3dzw8fXHYDBQV1fX/86ZjoHqhQ9y/qgR3PbWtyxbsY+S+mZaW1v7ftpaaaovJ2ntIr58+2HOmnK1&#10;UOh7ObUDyf/b2MhUeEkb+uzqqC0qoLb9N3JN5oCTvRK7ft8CNhfdyE1njyRUZUAhBLE0WjrR7JRl&#10;Rsosw2vmS+x891Lsf4q2+8eQ7mcy6IXg7LUsyR2PxXj1CqGk+eWG5f8mUtC4nk4NBqPphPnw/w2z&#10;oZcOyZ/GkWXR34HZbMKg1dDd3ed74xgM7eTvmMe/rruTR749TIfWgFFytKXR0Nvbi1b8nKjcfxPx&#10;PUZdD10arRDQf66MpM+aDVq61PpfvY+URqO+l54uzc/PK33OZEAr0t4jOcA62TNI1xp1Fv8kvfqf&#10;n/dI3vVqdX9o2UGKrGx5plPNA+k5xHdKgtASL+VUPnMCLIPE3h5RZ7roEWX6R+9zupCezyTKuKdL&#10;1NE/Ut9OA6dVfEiC4qknn8TB/pcRDCUk8ZEwckT/X33Y2dlZ/H08+9yz3H3XnQyIHEBpaWn/u/8M&#10;dMYe1r/+b265+WziQgPw9fPt//EjMCyaadfezWOvL6ZWGCUrp4a0HOLq7oubu4v4XTSuX6nJUiOU&#10;fmRCrLgoFBw5YKGUBzFiWhxOLi18tDqZwvrOEy6lSNE7qzqEUf6LGrDZ1Et9zgFWvbuA5OYTCCZ1&#10;JTsWLOCDVzZRfwKfDv81Grdw/7nvklol7Z/5e7F0nCaT+Okruz+LxZAedy9j1qdMnfoC6Y1d/a/8&#10;DtQNpK94m2tv+4ryruOOdxqEYXYNIHjYLC6mjS59N6Xbf+Db91/l628+59uPPmN/7R8JSKejbNWD&#10;XPneDyRV//YzS2k19hvoX+ShqNNdud9z2cu76D5BqH4L+g6Kdyzg3xe8woGmn+uptj6LVYvf5OH1&#10;Jb+yy+oIZroLNvDGgnl8llR71CmyTjK/f4f5i1aR1/oHhlnN23nsonc5kN/w0xKqhCQO9Hoh9IwG&#10;0d8eK0yMorx2v38uM+Zl/Xbd7s8vS/07cg/xr76jhHUf/Zux067i/u8O0yX56hADYYMYGB/J59/C&#10;cl/xfNK2AYP0rOI7TuVzfwhhc+pSl/PYNV9TIgTImchpFR8SU6ZMweZX1tukgqivq+//qw/J58fc&#10;uXN56403LWHjpUphxYpc/OftG4qvrx9tQjg0Nx9/xr8Pc3sTNZ3CoLqFEuTuiuTFWUKBLUEDBuPt&#10;5IZq/1YKyus55sSuzJnQOAdkNkYa2nv+slkIc08TBZU5bHcfzlD3v2fd+YT4zuHTHY8xMtT99HcK&#10;x6NvImXnfg4cKEItOvY/i6Z0LV9uyKHryG7j/ya2DjhKRx1T17EED5yOOEo73WgKWfTxZmo61CcQ&#10;CTYoI87m3+Y1rK38fQJX6T+US695ig8viPp5c/bvQCZzZdiNj3Pb9ZcS5/nXbWY2Zn7ImNFPsOyH&#10;O4h9O/lPCGgTPdWFHF63jpSWI3ljorepjEo7H8594R0+ui6MvAUf8dYNd/PoIx/yyTvbaJQ8KP8G&#10;ZnMbh95/mk8/fonbZz/IZ8tSaTrKUd5fio0jASOv4L3ldxDlcmbu/zjtLSMyMvJXN51KSyrbd+yw&#10;/JuXl8fGTZv4+uuv2SFeq66uZuLEiTzwwAP9V1v5X0byxSlzdsXT3RuPX9m4ZTZ1UpB8iPKKKppj&#10;BuMaHIRj/7KL5fNBAxnj54JLVxL7i+roPCo0u0xuT0jsOJyU9pj37CSvqYPO9tY/NVKxuIpvqKAx&#10;O49hCeGo/qZNbyfCEo5bYWNxcvR3u2Y2NReyJTuXvY1/wQKkuZfyxBVkdPacnuVMW3diz76HeSu+&#10;55NbRuHyJ5fp/ijG4h38J7MNzRFnVkcjyleh9CR2vAtLt+SiFqP3U8JSN+SW/luKRvxH6on0Gbn4&#10;vI1os1Jd+6uwGXwnO3e9wIWXfUDKfQl/2LCZzT3UF+VzaFnpUTOhZvTabrTqDuS2tqKdeJFw4z38&#10;6/N3efmVO7nt3ml49/voOBkymRuj7n6WW29/jA9XvMotFw7DS/nfMcFSPsvkopxEm/672/OvcdrF&#10;h1Rxfy0zpOmonTt38M47b1NSWkJ4WBg33ngjd9x+OzU1tZaQ8UFBQZbgdFb+/6IrTWHZvTOIihrB&#10;tfe+RVbriWc1sPcmOiSEGO9fKvvOxgO88dhtXPbwpxwogznjBjMkzNPSaR5BpoxgyuRwnJx7WXmw&#10;mIqe3p+duok66jhsFjcM9qM3Yx5XTB7FjMc2iX7IntGhHn+s4Zi1Qny005DhR0yQk2U6OG3lG1w3&#10;JZbQiRdxy7wDNPSPoKSQ5W15W/jkk0/4cHMe1blbeOvey0gYGMuce15nQ04dFYmf8f4nz/PwPddw&#10;zugx3PTmErIaNfTWp7DgySuYEB9FyOUvsSStmto973Peo3eLfBhB7LBLeGfRx9xy1lhi4i/g4wPl&#10;9NRt4aELPiCtqv0Xy0/SPhRN2SpuG34zz75wD09sKqIm+Tv+PXsIYUNGMfnFDVQI495WtosP7z2L&#10;AUNGc/7DX3CwrpuehmyWvXEnYwbGMOmi2/lidzEle37g0wcv5fon3+W9HzPoOsqHtMnYwP5V60l8&#10;90U+/HEh85d8yXPf/sDSrCYMlTt4+bE3+XrFWn584A0+euEprpp7Fgkz7+DLxALauyrY/MZNTBst&#10;BilvPc/dl77D1vWfc+8Hu1ku6sIX+0U6j/KG26tpJW31E8SKPD3rP4nUt5Ww9l/XMi+7A31PPbs/&#10;vpS589Nprz3IVw+dQ2TsMGbe8wF7atRIsW1aajL49s2bGTL5Yh5alEFjYyGbv3iUc4YNJn74GC65&#10;9WlWZzZY9iccQcpZXXsxmz95kPPHxjLi0of4ZGcRjTXJfP7otYweGMmAqOHc+MZiMurrSBH3e+HJ&#10;W7n84a/ZkNlIXdlePn3gAkaPmcvrGzNo6e2hKvFzrpo8mriBg7n+o0SqmjP54tF51K14kEu+SaOp&#10;cAPPXZJARGQEkfctoaTLIKq35NgtEPX2fJpPYdRuQdSL3vosVi55g1s+/oYfP76P+55+hOumjmTO&#10;bc+zvqgDbVs+K96+jxlTLuChTzdS2q7F3F3A0pdf56Erb+KhLz/no9deYv6Pa0nP28N7917KhLOu&#10;45ln7+HKj5aTWNYuvqav/pl7a9g3719MHRVL7Dl38+XeUlFX+vLSZOyhfOXzXPKfzZQ1V5H57eNM&#10;Hj2UwfFn8+62UrrVFay+exp3vvAkVz21nnKtkabSHXxw80QSJl/KJynNGHrbKUn8gjtnDiZsxFTm&#10;vrmFwoJ0dq18gVe3zefLd5ZR3a3F1F5C4uZ1fPz2YrZ88x7zd+1j+Xv3M2vUMMZf9SAf7S6hvbWA&#10;5f95g4cuv4mHv1jAknU/8NxNcxk6aCTXPvcNSeUN1OyZxx2XzSQuNpbB4y7i9dVJFO76kIseu4dZ&#10;40cSN+wi3vzuQ249ZwKx8efzwR6R3rqtPDTlHp55+EbuXZVC5sKHxD2jCI8IZ9ilL7K/vrevbQ7r&#10;a5tPba2x5I/ZIERU2gqevH4+pZ3WZZdTQhIgw4ePEEZhChGSj3wXF8vSS0FBPtu2b2fpsmUkp6T0&#10;X23l/yUGHerWeqqrSyitLaPm1/ydyFR4+rvh5ffL6VuzSUtnWwvtDoM498H/8Ni1Z1sCiR0jfOVu&#10;xI0Zg4ebK+Z92ymqa//Z7TEybJyHcccbb/DM1dF0tTTQrI3g5rcX8trs0D82mtBLG8DaqLP1IUCl&#10;oS4rhYPbmxj92Fcsff4qhhhSWJ4puW7X09WUzerkMjrsh3DeQDV7VydT73gWL3/5Fpd6dJC6I5Hs&#10;uhpSVn/P1xkGwifEU11bS2pBDvu++oZMh0k8+tGXvDOqkfU7DpJRVUdPlZLzHnqRly9TsH51OVMe&#10;eJFXLpGz+FAJHZpu2ho7LevlJ8Jk6KKgbAPz5m8ktTCZze9twfWWz1j99evc7r6fd7ZkU5Syhx36&#10;8/n0g2c5N6SSD9ce4PCeXWzNCOThzz/l0bPDqVq7hF2VjeQlJ7NxtTBODU1oj9pPI5N7MnTqBIZe&#10;fRtXnDObGSEKOrp7UEt+r429dLR1CsOiob3zMEvmL6TGN45pwXVkFuSRvvlr3qkMZNL0cPYtWsiW&#10;3Bx6Pcbw4KVDmHb/c1wyNBAHxc/l1tu0gRfeyeeyh67AeeEyDjer0bQ2060XzyMEl7aridrWNqoP&#10;b2Fp89l89tmbXB9TzZsbCujWtVKUtYWNB3XMnBiDbvMeKvFnghATX6xcx+pvXmZ2mJbd6w/Rqj3a&#10;uGupz9rJwTYlkx5/jxemOdOTe4BSQwSXPvAfFq5dz7L3bsSuroz0zDLa2prZJcTYrr2HqOnpQZe0&#10;iTXtAzh7hg87lu0kNXk1r37TwOQH3mXhj+8wvmA9u6tcOfe+uThPfYi3zlWx67kFdF/0DmvWLOHd&#10;iESe2ywGb3I5dl4BDChPo7DrxGV+QoToUqs7ae5qpezwVr5bc4jGqPEEeerYtD+DnB1byKnoJWHa&#10;ILS5u9kmhK20x6S1I5uNW9ez+WBuXyC3rkqSf1xGpV2AEPNd7Fqxkj3pFWiPOrWmKdzOF0meXPfU&#10;h3xyrQvfJ2ZRJgyptG+qpmA5LyQGc/cFQ3ApXMz9q8zc98liVn15DYWPvcq66m46GqtY/PkCUotK&#10;add0Ub/sM77QT+Wyaa58u+YwlaUZJC44TMi9n7P8o0e5QJXMwgpn8ey3c2PCXC65bia+DgpkzkEk&#10;jJ/MFdefzdhzZxJYkEJqjg/XvDOP/5zvS92hVWwuaOxL4/b1bNy2ibXf7Mcm6EJe//Rx4kXfkXuo&#10;Atu4C3n+wwWsX7+ST++IILW8jKLaetTVCuaI+vnSFSohliuYcN+zlja6IqWYtp4uKuq289WC9aRU&#10;6gia+QBL16xlvRA3//ZZzxs7yzFIbbN8A1/O30xW05Ew+tIGZTVtzd2/Gizv7+Zv8LRyciTxUVFe&#10;jru7OzU1NXR3d4sRRYPlPTdXV2aedZYlYFK3aIhOjicJ72zlH4Ycx4ARXPb0Ssbc2T9BLsV6cHHD&#10;092Rc0dNRmPnhr+fOyPue4txPTb4BPjjYb6OlxbM5CGdPT7+4m8XuPelL7jsgW7LKFOmdMbL1w9f&#10;D2eUNhA4/RE+H3QLGkfR8Qa4oPK9gS8Xn43G4EBQqDsTvhuN2uxIaIQvClsFXoOnc+NTA5l2m7if&#10;EDv+4WH4/uE1VGkzmwmD3BZbQze1leksXr2U6j07cJf30uIYxdRrAnDXlbFjyyY8bC/n9nti8dIn&#10;kW9jg33CWCaMDqOuI49lNc3Ud2jpDRjH5eNv4N7BDXz8dRFdtbkcLHMhbMpQRg0fibOqiHlLO6l3&#10;0iGLHcmwEaMJsU/kHV0CQ4eNxEMfRE+htLlOPN5J9ZQcd5ex3PXu/cz0KOLFV3eQk5HLJgcTXVoz&#10;TufGc9E4B3QtBkxuMZx/eTwTRKebs7+epuEzmTZmJHrndmq7d1DSGIDXoPHcMvFObjl7KK5HLU1Y&#10;fBW4uuDo5YvSzc3iclp2goPntjodgeOv5YKbLycs911ebCshOTub6LjruPisazkn/lv+85kUw8MV&#10;X08Vrq5BeDraHTPV30s017/0H+6YquWzlz+gXqTj+LN4NsJIKx2cMDRr0TpGcs5lUSR062nZnYh7&#10;+HRueuIuErry2T6/jNbODsoLV/PFV0tJqmihp9dVGKtYjl75MIsuV2nvIOqSiQ6jOzGzb2KUykGI&#10;om7ytn3HF4u3k11aQ5tZjOLHDcNH6IKImbdz3ZzzGFj9ETtqI3noypu5fkgz5n9tIW1bNtsP7GPb&#10;4VV8I5VFTTsjR13BrEFu2Lp6E+JQw1eHDrEvs4i9LrZoWmqoP/sc2uYGYycdVxdC/wShkU4JvWs4&#10;Q+dczTMXB5K3Y7cw8tlkeAihSDznXTMTWbgduoy+/LaTBzDxskeYdcdMnPesoKCjluxiB8ImTGTG&#10;DD+mLn+f97uOPYhgJ/p3WaeBTo0jEVNv4yOZG+Gyg3S2b+L1F0xMfvILhoW707Umi5q4i5kzZjA+&#10;th7MHbmAbXlNzLBRMv6OV3nygnCa1mzDaey1vPHQBQSVLxFCrIrqJj0/bt4gRHMKK+30dOJK2OUj&#10;uCDOCx8nNR7eriikJV2zEidnF7y83cBeIQSqCduAOKaOHYlvXSf7VueSU95MkNyfiZc8xNm3TkK2&#10;dgM52i7MXlO49P5xOLs6Iu/MZOmH81ibVEBjUzUtMwaj8zVjEy3aomiXkU77+UA7hPih4r7GjWgK&#10;TJa6o7KN4brX7+DKc2LQN2zhw0c/Ibmth86aQowRnZhH9bfN9x/jygkh/bl35nPGzXxI+z327tsn&#10;7I6cYcOHM3nyZGbOnMmEiRMsgkRadgkLD6e5qan/E1b+XyCMgo0QCj5h8YwcObLvJ2EEsVER+ApD&#10;FBoTT3RkCK6OQkw4GijZsZp5n3/Dt/MXs2JTMYqgCAJ9RGdh70pQRDQJ/fdIGDKIUPG6vSXQlhx7&#10;91CiBw9neLgvzkpbbBx9hMEayvChA/F282ZA3GDiB4fjquozVDKFI55BgxgxIoGE4TEEuDkIg/QX&#10;7IsQIgSTE5Hxl/LMK6/z1nuf8PXbz/PQWQNwkrkyICQSZ1stOZmlovPtRasQz+rkiL2dPY7OdtjY&#10;ChEjFINj6EAS4qMZ4COElMmIWToeaRDXKB1QKuyEeHNG2qNtOW7n5Iy9Uomd+JFLM4p2dpbfTyUt&#10;UkhxR694Zo6NZ4CrHU7eZ/P4K6/y5lvv8dknn/HJzZOJGzGbO2crOLzwGe578h12FzXTbTZiksSE&#10;+C6lyh57lQmdwRafwAGMEcY10l+U2VFLYb+KWUdrQx3dXZ2WzYRykxtRQ4YxZEAoniI/tCYtPd06&#10;3JyccPcOYVBEAM52Im0nUVTuvrGcM3YQPi5OOBjFyFXdP8MmCUR1PcVlvchsHfEdci4PXupG/rJn&#10;uePBV9lV1CEso4qQsDgmxIfiIcU20TVSXZJFZkYBzjPu5aVnHuCKGcOwMR3bxUr56B49mXMnjMYr&#10;YxEvPfEsn2/cR/q+lWwo1BJz0f385/GbGTMgEJkl8J4Tg+JHMHb4QHydlNg4+xIe5IePjxduRj3q&#10;ji7UY67ikede5vU33uPzH77jUVGHHI/4rDFrMdmO46HnX+H1197kw3k/suzesX3vG3rp/hNbM+08&#10;fBgo+ugRIR442YiU6TRo9CK/5U64iTYbEOCHp1PfrKSNgx9x0cMYLdLlIc0miGfv1dvh4OCGd1AY&#10;YYHeOB23b8ImYCJ335CAR9VCHv73QyzYmkub1oi9PIypkyLITEwXArwHnbYXXN1EecuR2bng7SWE&#10;RK8eGxtvxsyYzMioAJxE/QtImMjUgT44i7Zk19xAj0mBd8h5PPnya7z19od88cE7vHpprBCCx5bZ&#10;MYjGZBBlaCsEpJNSIeqzo2iLtmh1BmQijTGDhjE2dijTr57LuOFytnz0Ene98wNbCzPZ+vlWMQgY&#10;y81PvMxL913IgEBXyy1los5K7VKpFH3O0e2yP86MnUss08cOJ861nB8fWoP9hQ/x6quv8O9z/fqW&#10;9ES/5ugZz9mibQ70PPOdix3hJLn89yCJj8LCQqIGDCAoMIjg4GAiIiOJiY6hobHB4gE1ICCAuvp/&#10;iq8PK385+i5qSorIKyihrKiYwqJqOv/o8O10YqMQo14nPHvbaTE5WI4JB7lqMHlFEe0no7k0lcxW&#10;HXYKDyLip3NunDO6kgNkdqnwE52sJq+E2tY6SnJb6e1U4uJgi63opBxEJ3hkL4tM7kaEYxUl9VU0&#10;dLRQmpkj2owcZ9GxW44k/1GEQJErVKKDt0HhFsgQjwZaHaIYFueHqSSR7RXN1BYmsaUjmLPOv5SZ&#10;USqythWKNKuwT02npKWVhvJqqsuVeLuoUCjEc4tR5KlsOtRXlVG4+wfe/moJ+3KrLbMG0nklBwd7&#10;kVd9e8hkJhf8Iz1Jyitg/6YvefKtH8hpakRIn76bnAClUoWLZLCkRxDiRvJxojc2szdlD2vef5lP&#10;E8XnDRoaCveyotGXKeddwQXD3UlZdoAGk0zkuxB5lmUc6cikhu52IWBaNHgPHsXQCG8ctB2Y5Md/&#10;v56W4nQKRX75jT+fy6YFiRF4ATszy9A7+BCTkECEqw22RjXiKwS2Ip1CMB5JZ85q3p2/gg0bt5Gk&#10;cidy5BAG1Xch94slIc6T+m3JVHXo+Wn1wi6Akd4i3+URjBoXi1PxJtZX9SJJAkO7EFii7gU7/HYZ&#10;nAgbYcTtpTI4EiFZpsLXWQg4dQ57Ni7jux9XsLOgpe8tG7s+o3rkWidPQjyaqKpKYtP8D/lg4Rby&#10;6o6NIqytTmZZvgavhAu47ZLhVG8+THGLGpnjIKZfdBWzdVtYklqPnbs/stRD5DTrMLdmsGmbB8NC&#10;3EV+2eEsCTYp38SP0lGFg+X7zcj0JvE8bgx0b6PbJUqIWFc0oq0dbNIfsy/sFwhR7yLX0VNdQUFj&#10;O7WlhWi6uwgQ4t9e3p9GUxPZ+wpp6Anm7CsuYoZNDTXph8nJa8fJdyCjxsbhZaMXVeHUThrJLO1O&#10;1FNTJ1VlNsSMm8jEIR50NPbthZMEtqVtHrWk+E/gjBMfluO2DfWWvR7SjmgJuVB20uuFBQWWeC+u&#10;QuUWFhZZ3rNi5R+DXImzpyu+wbWUtCrwjxnGiGG27HzvQW578Ws2VtsT7CZGLnJhWF2DGDVmGP42&#10;OrLzYOiwYGzzl/LEXQ/yVaaWoNgRDPT45V4XuY0vY84fj1PFOv7zwF3cu7ab0SPiiPZyOKXGLi0L&#10;tSd/yX2rCo7ZKPkTMhscvGKZedUQir95hJvue5b3s5QM8nfByVGMaPOX8cZHP7C3oI3gcaMYNyyB&#10;EYqDvHTPfby6JAVZzAzG+vd7ipU2MNZlsG77OpZnN/18nNneEa/2bHZt28quNlcGyGtIXrmeYq0T&#10;wT6BOJp/eYJEmGhCJl3AWQ45/PDVMuodffBWOmMrU4g89yb3h3f5Ibmyb+/IryH3IHJcNHlfv8d7&#10;Re6MHzNAGC05Ds5OOJWu5LX3v2N7eiOBCRG4/yIzFbj4hePnY8Outx7jpS/XUml0xU1835FIyn2I&#10;/HN2xVSfw8bvP+e73VU4OIYyeswYXOrTmP/sE3yxLYt2tcgeMZo+2r+MGSVR8VF4lW7k62W5BJ41&#10;kTGTL+Tes+3Z8eEz3HXXk6zrcsJDlIPC3ZuIggU8saqHSXdMp2vls9x0wx08ul/B4AAncTMTmpZa&#10;NNNHEmTTTtqqF3l2a/kxR8pNZjWlJRt46e4buPqaq7nuwWf58EDtr0balsldiBo1kpjADnat2EBu&#10;pz0+AR797x6HFE149jg8OlNYviENtbMnzu7HLqPbOHsRok7m+6+/4pvlh7GPDsbH0U6IHiHc/Ydy&#10;5SWxZC5PpSV4NveEFfHSfbdw410f0DXrZs6PdOm/y4mRiXrh4R/NpNlBZHz+MLc88gbzC5VEeDkJ&#10;kWKiU72fZd9tpqr7OIFg582gsYMJUGXyyYN38/h36diGjGTaQK+f9zDIVbh5G8g7uI75XyzkULsC&#10;t+AhTJzpTfGeL3niuU/YVd5FW1M3Hb1CKPZ/7DdRRjD9YjsWP3c3t/xnPd2OLnR1qjkzt5P+NjJh&#10;1I9uGacFbx/vk4bH9/Dw4MCBg5a9Ho0NjaKiYPEOmJmZyYsvvkSRGO2uWrWSRx99tP8Tp4eqqiou&#10;v+JyUs6wDa+XXnKpxQeKr++ZH0zor8CsaSI3s4hGnQ1ONia0OBM1LBpf1Rm3hekYJMOuachj16ZV&#10;7HW6lGfPC6SzOp+09FxqTO4Ex45k/AAVbeV1tHY7EBnjSF1pAx1mF8L9TZRlZ1NQ2YIqJJah8TF4&#10;agrJaLHBPyiKCLsmktObcAkKIczLSFlmKtlljXR5xDBpZBwB+iL2tnkwMtwfx/ZMdrT6MmGAH8rm&#10;VLa0BXFWmJ7Die1ET41GVfoFV2wawYqHxqO0lYS/CWNXGXt3dTP0nDjcFGJw21RMyoEUSrptcI4a&#10;yznDg7DTNJCfmkSa6FgdvYIYMm48kQ5qKvLSOZxTg41HINEjEgimmQbR8TpGxuGryWTZ3gI63cZx&#10;27Qwy0yIWdrMmZEu0mbPwNgQHFuKyC5qwzXYD0WvgxBvbpira9B4i7QOEKPemiQOdnkTH+aFqSqL&#10;gzn1KPSZfLrYgQdfuoGR7nVsO1iK38iZjA5zt8TUMLVks2aPhglnD8VT2Unm4v3IZs4kXJ3Fpt1F&#10;aIPiGOXRQaEilnNCDBSnHiSppEOIQj8Gjx0tnruC9EolYyaEQ2MNZTmNOI2MQdmYR1JKKTIPT7yF&#10;AFDJHPHxldHd1YPZzh6ZsDTOgX4YqnPIyC2jTe7FoPihxAbYUpGZTm5pqzBU3sh6HQmIDMRZXUe3&#10;cxDBQb6Ya1LJE/ltrK+hTuvMwGHDhehzQlefz94DOTSr9fgMm8aEGD9Uhhp2rd9LVeAELow2k7v/&#10;APlNYqQcLv4eF4mTqY20L//DpoQneHKUPXV5e8iwG8OcaI++MjBqaa8rIHFHGm39IlQmxEBwTCwh&#10;ijbKNUp8aafHbShjfPSUFVWI9ujOkBg3UX9zyCptR+nqjI2rB16e7iibOjHauxMa5U5PcR6NMle8&#10;vR1pLcogp76bnozVrLCdyr+vvJgp4S6WmQqzoZu6/BT2Z1XSrbMjYuxUEgJ0ZOxtFb8PxFtey7Z9&#10;GoZOCMGmOp0tKWXoUTFo0kwSgm2o3rcf9ZBpxLoYqc/dQbJiHHMHOtFdm8fePDnjJw+AlhIOJ6VT&#10;IeqV56AxzBjih6yzmvzDmTTbRzB6bCzudjJ62yoorKqj12Mwwzx0lOdmkJlXhdY9hOj4YcT5QE1B&#10;PTqFG2GDvKGjmozDWRTXtmETEMuooQPx0VdyKDWPOr0rUYFKag1exHr2UGH0ZUSYP86dOexs8WKc&#10;aJf2LRlsbfNnmqh7GXvaiZo8CG8nWzqLD7L+QAlG9wjifTrIlA3n0hgtSTtF25wVh7uyrw+UPMGq&#10;m0UdTdMxeNpAXO3OvL7xtIsPtVpNSGgIHR0d/a/8Ejc3N9asWWuZ+TAL5S/9q9PpLX4/nnzySWpr&#10;alixYqXF54ftafSVYBUffyGi2hm0HZRn7GTlir3Uy50Iip/K3NkThCHtIPfgZn7cWsmgUTM4d0YI&#10;lcm7WLW9gvDRU5h99mBsxMhx+7bdJBeriRg5ibOmjSHcy57uop2s2bRLGEAxdBTYeEYyeuoMpg+P&#10;xEOdx8LFmyhs9eK8y2YxNLCHdd+uIa/Dh7lXzyLGroTP5m+iornzpwUK04AYIptLqeiQ4nT0vyiw&#10;U4ZzzaN3En+C2YeTYeptJS9lN5sOmZh763kMdP19n/+vYzbQsPND3m0/l5cuGNC34e6/hRA1PZWH&#10;2ZVVhSl0MucN9rQYnT+E2UhP1SEWL9lBXm0zvTphaAfM5b6rJhHp7WTZp2OlD8lFurpqJy99XsbV&#10;D91I/F/o7OtUMZnUNKTvYOWWAxTVtwlxoSB4+uVcN2Mk4e7/C2Gjrdg8L+j//bTQ2Nho8V2g0/26&#10;yx9HR0ceefjhvv0eEREEBAQiheMvLCxg0KBB2NrY0NTcREhwCCrViV21/zeQAtotXbaU2tra/lfO&#10;DGJjY5k1a5bFD8o/BekobFvlIRa88goffLeSXcmp5Fa2Y+ceJkaBZrK3LOCF9zdjdo1gaLiG7Qve&#10;4+NtVXgNHU+CZzM7F3/GW58uYt22veSV1CLzDCQ8PABj/io++/QTvlmZSFJyEsnpuZRUq/EOixAj&#10;7gI+fucjViQ2Ez9xNIM8G/j6lXdZvredETPGEmFM4aln32fV5h0cEp+VPn9YoYKtS1gqvudgUt9r&#10;0k9BlSvn33geoU6K/hSdIjYKVA7O+KrscAzwEyOSM23l04y2uxevgTGEuNj9cTFwSkjHAQ0oVK74&#10;BwXgbv/nBhIGTQtVta3oZArcIkZbhOwgP5e/PHroPx8zZl03bS5xTB7k/jcJMyOatkbqWrow2DgR&#10;PGIGs8YPI8JTZRWK/yOc9lZZWVX5my7SJUdk0qmWo42pvb3SEla/prracvxW8uEv+f6w8s/ErO+m&#10;LmcnS3cU4jD4HK67ZBpBdans3JhIzZFTBwKToYP87GS2H6wlIG4kk8aH0pGzj9XLE+lyj+XiSybh&#10;0Z3Bj+t2cLC84ycHWXaRozn3uuu4MNaZur2rWbsvk9quU9vgpXKL47Kb7uLhRx7liasu49p7HuSR&#10;uy8mTGWPrW0A59/+AA89cA0DXX7/VKZ0lNTJJ5iYCSMIdjwDl4lkNnjGT2d8gOMpbQb9U0j7KXzC&#10;iBoUS5jL7xRxxyPupfIfziWi3B557HEevvVixoR79p1ysnIMkoMxpc8wrpoa9rcJM5nMHp+4qVx1&#10;2/08/vhj3HfZNOIDJaFoFR7/K5z2mid5Jz3V+CySz4/m5maKS0rIysoSoqOHJDH6lF6TNqFWV1X1&#10;X2nlH4UQCCathpaKQgpxJXDildx3+1VMCHWhVzoe2W/0jCYD7c0lJB0+RLomgFETpzHeW0NBXh45&#10;1UpGT7+MB++7gWlDfajJK6Qov/InV9HK6ElcfMd93DJ7JCEOrWRW1FAvOSiyvHtyHD2Gc/29j/DC&#10;iy/x/GUXc+UDT/P8o1czwFGFwi6YKx54hkfunYOf6gxbMvkHYVQ3kXNgE4vX7iKvSdP/qpX/NtIq&#10;u0FTw4El85m3vQT1rwWW+xOYjT3UZu9j1aot7Cts/lXHdVb+tznt4qOutu43xYderyctLZWMjAxL&#10;BFsprktLSys6rZaKigp8fHyIiYmxOBqz8g9FLsdWKYy5UU97Sx2tymDGXnE1cy+cQaCqb/rdoGun&#10;MOsgu/cX4xk7nAlTh+OubaO6TggJO2+8vYII8g/A1zsQ1/pKOior6Dj6yK0Y4SlsbaSvQmuJInla&#10;tzedGpIx6G6goDCN3bmF5BZkkFzVaTESfwlmIx0lu9mUUUxTj+4P3deyUbY5l3WLvmfh3nI0pxoL&#10;5NeQ0txWKcTHWhZt3ktKyc8utf8uLEZZ10jGj+vJbvnzUWCkaMidtSUUpKdTVltJdkEWqTXdf006&#10;RZm2FyeyIaOElpOExT8xJgwdWSxdto71Sw/SdKqu1X8P+mbys/axYvE2DqeW0WPxV3L6MBmayFi0&#10;lqxfCTb5e5DKsau+lMLUVKq6TpBXoix6m0s5uG01qxJTqGg/yXeKazvLD7I9I5+aDu1fUxf6kUIg&#10;6NpK2L0ui/ZjPOqeuZx28ZGVlW2Z0TgZ0vslJaVUVlZi7+BArBAaF154Ieeeey7e3j4MGDDAchRX&#10;mgGRhIqVfxgyyaGYE34DExjtoqFx/zJWH25nyOX38vjcIXhIrkgFZiE+KoqyyCiSEztwOONCndD3&#10;9tDT00GPgyNmZxeUKidcnJyxE6KkubONbkPfrIm+Np/krevYeCifBo0TccF++DhLTqeEEFHXkLx7&#10;CyvW7KK4qQ39caKkt7uc3VvWsXzZcvYUt/zXR276tlL27l3H/B372bl3I8uym39zhkaK/dJamktR&#10;XjpJe9LIK6r/lU7eQEPSfN7ZcJDytt/ujM2GTkrza9EIsWbpHMWPWQjExrQfePGLFezIqhFGNYct&#10;W1MpLktle3HbMcczTw0ptLjJcoTV3dsDmU58V/87/1UkQ1JeQm23DqP+uHSKJzBoStnw6Btsq/zz&#10;MzFS+TTnHWLPunWk5meydc9m1uS1/EXpFGV6cB5vbZB8evwBA2vUofUewCC0ou7/dt22bFDtbKW6&#10;4hRnMcT1entnXJ3c8BB5fnysoP82Rn0FGx56lS1/QTmK1klLYQp7164RYuaXotRs7qUhI5E1Qpiv&#10;Ty6gobmW3NRM0lKT2V9YKtpcb3/9kjDSnPYjn2xIJLexb0P8X4YQH5q6JL5+fTN1mn+GTTyt4kM6&#10;Lrv/wH6LI7GTYWdnZ9lAOX36dAIDAiwzHRJyMYSV4rxIJ2akDajS751dXZb3rPzDUKjwHjSe6y8a&#10;gWt3Psvee5Uv1u2nouMEo04pEq1l7f7n9WCdnT1Ge1XfyxKiE+gxaH+KzdKbtp7Pnn+Od9emow0e&#10;y7SEWAJc+pZJelpS+eLNJ7n13lfZll9J73GdY1fjXt584l/cfMPNvLm9WBio09t5ngoW8VGcRWF2&#10;Kgd3pZCTXyfS/+ef09yazueLkmg5ugMzaWnKT6Hngif5/NYR2LbksUEYvsLSZLYUtf1+gyqTo3D1&#10;RGnvhadcRkCQ639/f4nAbGoj47tVJNd0oW9J47Pj0/k/gRSzKIKxDs3UDI7BU3kKe20MXVQWpLBi&#10;S76oY6cw62XnTrDKAY8ABwyBfqj+H++7kZzL1Rc24hk4hZuuuYQEty6yUtJJST7E7oJiylo1p0dY&#10;/wM5raddyivK+fjjjywi5GRIG07Dw8PJyckhMyvLcsJFci4mfU5adpFEh7OzM3V1dfj5+lrcrp8O&#10;rKdd/josm94cPQkeGIZDcz5JhzPIyq1EOXAsCf5QlrGHlTvysLFXYi/XInP2IWbCFMLMVRzcu5Nd&#10;1U6MnjiVGQNtyN2/jz1JJXgljGWon47c5GRy1E54O9pjJ/Ni5h33cfOFkwjWl7Bq3S4KG0xExMQS&#10;HeGNsasb7KOYfdE0BthVsHBZIo0aR2KGDiY6KorhM+YyJcoLO00hC79YS5Xek/PvuJY4999/EsQy&#10;NdrdTHmeSGtBKdWNbWjkjjgaG8kpKxP3diVA0U27KoLh9j2UiZFTVV05tS1daHraqC0poLJNh62D&#10;CoW2g1aDHIONM77hQUREh+Gt1FBY3Ux7UzXlJcVUtJtQOdjRU7CRdS2+xLuaaRV1t8vGyeIdVd9e&#10;TXZGDiWlFXTInHFTGaha/wX3rW9ixLihDPRSSZNUGNuLWf/jPPb0DGBmQiROtvZ4+zvh4BDO9Phw&#10;XBRGOhqLSatoQ9/cjlrfQ2VWCbXN5ZTXNou/tbSU5VFc14FZ6YS9sYPaqnp6FN4ij8Vzu6hQqeyR&#10;qZspK8onv7aVrvY21FodBl0nleK1XNGRVzZ0YFI4oJJ1U1DdZElnWbFIZ4dIp6MKe4XkrVQ8sDQK&#10;FN+dkZVLUUkZ1c29KJ0dMdTv4LMn19MW7IYxfx3PbG1j5PhhP6dTW82BTzZhmD0Fp9pCKjuMOLu7&#10;YKvroDIvnYx8UR61TXQhntfUQ11eBU3qJoryy2jpleHk4ohcXFtblk9WaTX11VU0t6pxCvGjo60Z&#10;jWMY0TZN5GbnUVJRTVuvGXvRZh2OGGezSdSPJkoKRB6I+tEs7mmvUqGUG+isLyU7V3xO5CFKOzQF&#10;m1jXGiiMnZGm6lqRl864qJQ/nxQReaBuKCI5PZ86nQxDrRSk0AP7XjEyz6oTVT6eUUH2KJw9LHXB&#10;4tvDbEDb2URpUQcOng6YulupyS2jXdvCoXXLmF9sw6gRAwlwlkS8gZ7mZupKRDrb64QQrRf5Yo+T&#10;Qieep5qmXiXBol6GervgKLkP/6ls+tJY+os06mmrLiQ3r0Tki5rmqi5kIp0Kcdeaolwhrosp6TCL&#10;ft8RpbaBpNIWTO3lIk+KqNOq8HSxt3gmlb7DZKhl33vrMJw3HWdRjhXtBpzcRN/YXUtmSgaFZRXU&#10;irZndnLDXt9BTXa5eI5mCnP7nsfRxQkbfSd1ohwzpfTVVNPc2InrsAlEuR8l1kRatB1lHN6whaTi&#10;XnyGDCLQzRknZyUOLj4MDhvAoEAX9I3l1NTVUtmsob1kNzubHAi0l6NtaUVrJ9q/gxKZrp3qwmPT&#10;aW9qpzC1nLauehqMjrjKOijLzSRb5FtZjx3eHo7YmrpFGaWRWVSNRlPPge1qxl8ej0Lyw5ORT3lV&#10;Dc09iPRLsa3668YZwmkVH7v37GHFihUnPWYrIb2/evVq1q5dS25uDmfPPBs/Pz+6u7s4cOCAZeZE&#10;MrjSv9Kyi+Ru/XRgFR9/HdJUrqZDdF4tRgKFoXdrymBvWgUasxcJo0LpzN/PmsRqQgZFERVmpKBF&#10;SUDcOEa7t5G8bye7Kx0YPX4yUwcpyDsgxEdyLeHjp5AQ2EvmoSTyo2ZZopgqGuuwjZ3IhIRYfHqL&#10;WL0ukVr9UJ559y1eum8i1fsOU9HtzVkXTP1JfPQ6n8UH333M0w/cydkxPn0nAroL/rT4kGYQWssO&#10;sfTjN3j/+1Vs2Z1GpS6IoeFy0UmU/yQ+OhQuyBJX8+EbC9iesZ4NezMpLc5m/8r5LDvUinNAJL7q&#10;NBZ++RmffbuUdeu2UmLjS6SqnNfmrWDb6kWsWLqIpUk6wgZF4NKUyJrsemr3rGXxwiUk2cQwJlLk&#10;24ZFvPXe16zduJ6cHn9iB8nZ/cbHrD+cTE3ETK4e7i+MmRlt4Woe+M8qIRhqsAnxpW7VZ7z8xXL2&#10;70uhSR7OoBDIXv0il765jfZ9mTQaq5n/wGfsrd7OmrU7yamuJ3/TfL7bnEW3y0AG2Few+bsveefL&#10;H9iwYy+5Hbb4hwdgztnCR2+/wXvr95O2J5HKTiG0zM1sXfilJZ2bEg/T5iSElm0Bz3+xjO0incuX&#10;LmRZkp7w6IGE+Tj1+yXR0Zi0mJff+pwlq9awMTEbm0HxuGV/w7ur9pCafZgDhzKpLsmlLvJsrh4h&#10;0mkRHzXs+XgpuQ4trPjwUzZkNBI0ZjxB+gLWfPQKb8xfydad+8hocSdEUc6yf7/F6rLdfPX5cjIb&#10;DIQOjcG+cj8L3n2dN5bvEiKqDYXKhaDIAIv46LZ1Qp4hyvWDeUIEbySpWodneCwDvFV9xl/fRr4o&#10;988++oKFS1aQVK7HMyQcH3kFW5d8yXuff8ea3dk0Ogfi03mITfnNNOxZxaLvlpJsN5hJsYG4KPvc&#10;sJt769j9+X+4/41PWVXQTM2SzygddjExHdt488nXWbhhM9s3baPcYSgThvgJAWQjMqCH+owNvPVc&#10;BrHnDUSfn8jCBz4mL8CNwgXfsruhE5VoS1Mj3ZCZOynYtJZvn/uEldk7mL90N6UmV8J9TORuXMjH&#10;H33NSpHGg0LIOAUNJDLABYVcbkljwf6NfPHRlyxcuorU6p/TuPar93jr/a/YV5zJ5u+L8YgKQNV4&#10;iIXzPmXejytYkduDZ4S4V9saZj+/muZ9C3j/mx/ZkO/BlEkx+KgUP4mPPR/8SJ5TOyve/4i1h+sI&#10;HDMOz/ptvCbSvkikPXF3Ek3+wxjQm8X8215jTeUe5n26lLRaLWFD43CsS+I7UY6vLdlGbm0HdkoV&#10;YaMmHys+MNJelChs1Q+sOlSLk5cT5qZ0Fnw+j++WrServBfXAA9at3zCvIXf8sWuVugtJUMMNDK2&#10;bGDdqm1UKEOIjfBBn7OVBV+I6/rT6RU5kCh5Ck9d8jpbUlew1SaOYaIdf/HJx3yzbC2rS2VExcfi&#10;17GHt55+lk9+3ES5EJldYlA26cJIGrZ/yWOvfc2m7Ts4WNCCz/AxDBJ91pnEaZ0Py8zI/M0llyOo&#10;VI74+ojRWvxQAgL7xIWDGPHFxsXh7e390+zHmSYErJwCZml9vYXs9W9z17X3s6xtABfddjOTHLpp&#10;KEmisK2vjtiKkVrU4ImMHzsUWU0VFamZNGslp3M2OGh6sO3uRCfqk8FowCyX4h844CCMpYRC5kX0&#10;iBi8A42s35XC4cIGdH/3hlO5PZ6Rk7jpuc+YP+8DnrgoAcXuXWS3/XIq2yw6Ua8hs7n/+de4OMyR&#10;Vm0E177wMhcGO1GfWYlN5FTueuotFsz/krfuGkVHZx3FDd04FB5gX5qeSVdfz0xNI7WltXQZzPQe&#10;3M4Om8ncdts08rLKKMpex+vf1jPh7ud4/6Nnic9aypYyD6566nKcZ77A11fFCUNuiRqBfdwVvHVH&#10;FB43vMxNdrv5sHoUX67fxI+vX077N1+yrbIX1FLsmVRK5N3IjGZUQYO5/JEPeOqiIdRldjP+kXd4&#10;eHYcTXvzMfoO59J/v8TX33zB63dMwr4zgx3Jh9iWWIwhcCZXjvCiOT1NpEeHe/QM7hbpnP/N5zwz&#10;14vyihzypXQW7BdiVc+Ua24Q6WygprTOks4+lPiOu4433vuUb77+hAfiK1l+uAbPWfdyY9AFvPzd&#10;RnZ98y/cz36Bb66KPSawnca2iT3rUxh6/5Nc75vMupx2HH2HcsVTHzP/q8949Z5ZuG9bR2prmxDO&#10;aaQXmzn3tksYo0xnZ1oO6QfTyNON5+EbpuJekURa5c/LwgrnUGZc/W8+nL+AL169kyjbDjJSCunS&#10;ifoutYnGDJavLcVr+kN8v+prrvOoJzUlheRti/m+OoJbXxdG7rlpNDY1UdGpRX1wG9vtZnDvHVPJ&#10;Si2lqrm7L4KuuJe+dAOv/Kjk368+yqjiTaxOb8BGlKVP3AW8MO8bvpn3OS/fMJB932+iXn2SPlmm&#10;IiBqFOc9cjsJs+/i4SlBllgpEia5GIlX59NsG8U9N04gqGE3m6tdmHHtA7z79Xy+eO0u4hTtZCXl&#10;0S25tbekMZMVa3ORxV7GC++/zHlODeRkppGyfTkrugZw7g0XoqwqpKCpim4hYrd9upqa0Et49p2P&#10;eGtkHYt259LQrcMxZR3LMr351ysPkHBwJ+kNmmOiB/cqW9i1cj+DH36OWwKSWZvbhe/gC3ltwQK+&#10;/uxd7p8byJ7le6nr7aShXXx/np45d1wl+qA0tqflkX0omfTO0Txy6zn4VBwiuaKz/85HIbPFI24K&#10;Z4+8lFsvvppZY7xIyWnA+/ynWLXmU+Y6NJOyK4nyHj2l+VV0drSITs2MuTSPUq9p3HTbZOr3JpOW&#10;lcS6j1aIdF7an85aFiaKdKr1aCjlUE4baAtY+fIPtE19hM/mfcZrYft5dnUaGSs/ZIHvv/nolQso&#10;X72ZMhutELw+DL30cb5d8DUfv/YA0xwO8ENKncj+v7n/O47TKj6cnZ1+c7To4e5h8edxwQUX8Mwz&#10;T/PuO+/g7eVteU/aZDpn9hymTp1q2RdiZ6ekstJ63Pafh+gcuxsoTdlIrk6HwWSLo3sgUWFSlEdp&#10;6rTvKqmuKF39iIkcTLypmvL8w1Qa3fD09MeltwtdZys97S00tTbR4+wvxKo/RxyGKrDFJyiKQC9f&#10;nHMOUV5QYomI+XdiNmloKd3HNy/cxZzzruLeVz8jRVdDt+6XnYKtSwARYVFEi1Gnv98IRgXGEuXv&#10;jpujGyqzgeb83Xz+zL1cdt5F3PziIpJK+zwGGxSxXPHQU9xy9fmMdlHT3aVGOtAgG3cb7z52M5dM&#10;GEKYuoO6wmxyazbw9gPXcdGld/N5ajrZVa0nPRGkN/XS0lSH3cTpDPN2xClkKNOmNpFRLr5blNOA&#10;W95h3levc9YAH/xC40kIdMbDN5bhgaMYFuiCi5sXLiYjraWH+PalB7j43Iu56fGP2JDbjrqtgUp3&#10;Z9xmXsYjjz3KE7dexEAnBY0Fu/ns6Xu5Yu7F3P3mCnYXttOrN2JUxP2UzlFSOju6xOt9zy7lc9XB&#10;JTx981VcOPcyHl2YQXF9l6hnlrdPiqPRhXOe/IYXLhxHZJg91eK+nfXpLH/938wRz3vjw+9wQFeJ&#10;Wm3Ex2cwlz78JvefE4+rp5mcciGQtZ10D5/M3AtE+d52PaM8+mKMmDGh6yjn4Mp3+NfNF3H+rc+w&#10;fONh9D3d/UHgzKgbKykPCRQCQYoRM4DhY10x2LVSWd7IoCh/wgM88R1zK9/ceyGTglywHX8nHz52&#10;ExeOjyNU3WWJrNq3+ddEW2kW+TPPYeaEK/hi2ftcLc0smU20pC/m2ZsvYPbcC7np1Y0YLUH6fonF&#10;pb5Bf1LBbmtwZODQi7jlwSe5YeZ4PPy9yU3Zy6oFL3HHFedx/i1Ps3hXnrjyyD1EGoWoKKvczref&#10;PMoNV97MS0vWsq+8iIL0GkYNjGbWZQ/x8Sv3MjUqAoWhmf11lWz6+Eluuvxy7nh/C/kZFbTq9GiV&#10;43jk47e5evoYBstqqDluM7VKq2Lm09/y8kUTiIpwoKKllfqMVbz+4OWce/FVPPDuFsztTYhb4e0Z&#10;zcUPv82Ds4fhIUxNdkU1Fep2OkZM5txzr+C+u25inGdfBNpfQ0gK1J0taMSAOSQ6UvRFkYwc74jZ&#10;sYmmDh3xlzzEJx88xzWjw3AafhXP3X8r1119EVP1ajoqi9heXiHS+UR/OreSn1lBm6jnjiKdjy5Y&#10;z/fneXGorpot/7mdC8+/lHu/PkxTwUH2pVRwzoxRjJl2D5+8djleBnt06kZSlr3NLefP5dLr/837&#10;O+tp6+49SYjFv4fTJj6k47XffvcdGs2v7/eQZjMkN+EpKYeFalvAHXfcaREiv4bkaEyjUZ9xis7K&#10;byHDxsYBlZsfWlF+pUVFFJflkprfhZ2DK24OP09tyuXOhIdHMnyYPflVZRxqgvCQUCIQI/2KXDHS&#10;KKCyppKuiAicoiJxOSqGgcwnhKGBwhAaCjhcUkZtp/6nbvBkmIxaujrbaWtro7Wr12KQpf/+LKau&#10;BjL3bmOn3ZVsSjskOptnOdvWuf/dU8dkrGP3d/tR+13FV/uzOLzsRWaPDLa85+YhxJqPMOLKY0W+&#10;R1gIYZ5O2NvIsG1pQS0sns25L7FmfybFRQVkpqXw8aWDUZ0snLhACrRm1kuCUToFY0CnE2Upl6EQ&#10;bdd/QNhPx6R/DbO5nYKUUlq00/l0bxoHl73KjZNFjy+Eplz0ESadGNGr1ag1WkzqcvZ/tYfewGv4&#10;al86Oz+/gykxffklpTPW1wXX49JpoTeHpU8nEnbXl+zNyGDtcxPxdT0VJ2YiLbIABsf2LUOYzXoa&#10;mhop37+cL+tnsO5wKnuXv8fFCklQKHFyDGBghJfI0yNpluaJBCJ/erW9lr7uyGkSI71UZG5mW4mR&#10;Kc9vIHf399wrBI5NX+jaPkTeyo1GTAbxI0SawTJbIO4p8leKuGsUPya9hq5uDVqhpDzCQkWZOlrW&#10;8m2FANcetZwtk9tgI/7W6XtFXe6mV9zXTBuHF31Dz/VLycnL5sC8O1Aajy0vqS81SeHuu9qoLswh&#10;R/PrsyJSmzBIm7xFefUKK24yddNUeJCCLg+u/GiXSOMi/n3JeGxEGn5CpNF21DU8+/0u8gsLyMlK&#10;54dHr2N4gBN6qT5phZDs0aCzPK8MD+eJvPjVJtLzCynMzSLni5sY7u2Mn18YQ72V/JqDYDkBDInz&#10;x0GUjdmspaQun92LP6dwxlfkZB5i/TvXY2dJux0qB1GOkd7HlaN4ZlGO2uPK8aRIoyZxnbG//PSS&#10;GBZpl8lcCAkWgyNpj4Z0jaGXHo2G3l4tUolJZeXpMokXvz4qnZ/fxDBPBxRu4QzxUmJrI8fHbTaf&#10;bk6hsLiYwuxMUt+8ikhbhWWbgk4r6kWPaDPo6ahPY/kbVVyx7DA5B9fz1tUhfc93hnHaxIe0X6Kp&#10;SViOk3Ti0nT6yJEjcXM9uco8grTHQfKEKt3byj8I0QDtnDyIGD4Fr5ZSVj54PjMuf449cm9Chkwj&#10;zu3naimFxfYKGkBkXBx6MTqoTG8gYHA8o8c4sWPBK1x15f18u7uL6SMGMznWX3RGR1VpRRAJY6Pw&#10;D5CxLb2U3IYO9KcgVFsqlnL1tBEEBfjhdc088bnOY+K6/BmMShUmbz/sO2rIzNnHLsMf8/0ghSh3&#10;lELp64WgSUmnpqrJcp9TupWNLX4DhzJ0xya2ZdXSWpXI6xfdzYLURjHSFfeWjkoKQ3f8cyltVPj4&#10;h2DauYH91UKYFSexeXsgo6N+JXLpCTHQKxPGWXSmit468rJyyMjrxskrkMj2btrWLeCZp5/l6Y9+&#10;JKdTjUzljqebMw7qEg4mFVFe03d08beSKXP1J9BViak5jfU7aoRBE8ZM+pAY6UtLv1J5/lo6j8es&#10;UKLzC8ZJ20Lh4R2s1//SD4u0QKVy8STc3gWHxDV8/fUnvP7BlxxoOapvkinxcHHFy8lAZXa6EN2F&#10;GOXS90vvyS17eQZVVlOfnk9FtRAHuzuwM/gQOTCI/PxqCirqqNz1Plff/TpLs+v4VS9HMhu8Bo1k&#10;2KY1rNn2NZfNuJlvSmrEG8KwN3WjcLTDqK7kwPrt6Gyko8Z9H7MgDGNb4Q4W/vAFDzzyIVl2R8Lc&#10;izyXBNFR+WW07Sbv8A98+OITfLxmJ821dQwIckOlM4gq1ktVrkhjQYFlduWnNPpHMLCskrIDWRSW&#10;p7Pk6Rf4bHG6GFH4clAIopXzn+faf73B1vwiDApfRnllsyM5m7L6cva9fydXz9tDTdfJ9wyeGNHn&#10;KFwJ9Xekt72c5G27+9N+fDmCg7M74Y7uOIty/GbBZ7z6zqfsae4Q10oCUOSBJLyP+5yQjTi7+eLc&#10;UEdZVi6V1TnsT+zGRu1PgNvPIUCkT9kcXsBjr7zPp/MWsVXpjEdkHFMCRTqTcii3pPMOrhKiu+ao&#10;iLpmzxgm++/l+62FtHSUs/25C5n7QzNREyNZt3Yda5f8h2vv/Y5mG7V4GBshWgIJdOilqVS00X0t&#10;luc9/pn/bk6b+JAYPXo0tra/7lLax8cXh98Rq0VSjjk5uSQnJ/e/YuUfg507UVNv4vN3byLOQVRD&#10;z3Dibn6WFx+ai6/DsXXE1jOQ6Og4Bvfkkp68nUK3qdz54KPcMD0OO7sAJgkBcv/tVzLM+7jRrUxF&#10;xOAR+AcG4pB2gPKictpPsrx9Ijw6Gug9WRj234HcyZu4mIEM3Hk7I2bfxGf5CoZ4yOlW/77jnnK5&#10;H+PPC6Bk74tMP+s2FuX00N5jpqGth1P1+qBwn8wLzw9kw73nEDv0Kg7PvJ7zot1Q+oeRsP8hRryw&#10;iw7dsctUcrkSv8m38NLQdC4eHMW4m78j8qWHmRV0KrMKfchk3gwfEYGH7nvmTLuStxNbcQ4Lokce&#10;ytmXjsFHm872MlsSLjyfUTFxjD3Xk+zNjzNh9kNsKOvBaGdDh9Zw8jDkDnFcfJMNn947g9hLP6HT&#10;y5UutRaN0ZnwkWk8dfWjbDF6Mmzfgwx7IZHOk5SvjcKR4PhJnJf3IPFjZvFUqoKxfja0dp9gBlcV&#10;SMKsGUyJqeLbpRnYTLyMWTF9wsxGCvkfOwbPzlxemTWROz/dQqPMC5naiLb/62Xew7nmlqE0b36O&#10;qcPmMK83jAlTxjNuzi08HlvMuzdNZMTDBxl96VzOGejDsQHoj0UWcQFvvRrKgn+9Rc0lj/Pw9Ahh&#10;WIOZ/shdlN87SrSLy0kMm84QtYn2I9VPbo/rgHjOmljND19tJubOx7h2hJ+oLPa40UHzihe5bWEu&#10;vUKASAjbTXiQP27GOr5dmI42/k4ev+UyQuRVvDp7Ird9uRuNUyRuveaj0jiMq28fhX7/q8xKmMPn&#10;XV4MGTOCkaL+PRXXzNbFO/Gfdg6TI+JwlYdw1uP3EZX7FnNHDOfsxChunT4Y398bT0mk3FkVzJCz&#10;p5B22xiGTbmTg84xuHfqT3w83cGP+JkzOXt4PQsWHsI88QrOjfWip2IfX3z7Di9sKz+h+LULH88N&#10;5wykZenDjIi/hBWyQCZfMFEImaNnl1QMu/wmbnDLZun6WsZfMpsJQ8dw7lMPiHS+yXmWdA7idimd&#10;qp/TKbOJ4KJ3niVw1TVEBQ/h/IrL+OzSwcRe9jwfuC3hzqe3MvvZu4gzueHiMYizzivgutHDOOe5&#10;3bhF+9PWqv7797wdx2mLaistu0jTqVXVVTQ2NlFeXkZXZxd79u6hoaGRSRMncO99/8bby9Piz+NU&#10;qK+vZ/OWzbi5uln2iPy3sUa1/QuRlLj4z6DrRSMMg0GajlU6WEbzcmnyULyu1hjEa/Y42Nti0gvj&#10;Ia5DYYe9gz02YtQqHb3Wic7D1s4ee3s7y1E7sxi5SVP2erkdKnvpqK1B1DtpGleGvdIWg16P0SRM&#10;gXQM18aMukcjRjJy8bcDCmHSusTf0vT2kUYhs3XA2VGJjbhPtxiJG8xyHF2ckVYnfmv/0vFYRh/S&#10;lLZoB1qztPRkiySz5HZ2oiEKgyrubSNGiSaZeF2MMk3ibzulXOSRNFK3Eb/L0AvDaxYjW1sbYbSk&#10;aVuTGNHZyjEK82ZnK8Mo5YdCgUIhw9DTi1Hkl62QJL0mBQ5KO2zMOiF2jCgdRJpMOnpEnkpOoGwd&#10;nETe24rnEB1yZw96YXRdRecntURLOfV2oxZizkV6hl41Pb0GkX7puLQjUjw4gyifXmkpwk46baBH&#10;K4pKqbIV5WGwrKsrhaA06aXNwVIRSunotezRkAYjMhsxbrRRiPuY0Iqy6+3IZ9XbSyh2HM7l917A&#10;AJW4h0intAHWJLdFKdJpkD57XDrt7Gz7NkOK9Bj1GpFOnSUvlbYmdDJ7nMWDGjU9qA1yVI4KtN2i&#10;PO1EOh0UlhGvdDy1V5ptcXJC8nMnpVkj0uykEMZT3SOMriRGRH6KshFfjEyIM7moN3Yi97U6kY82&#10;DjiIOtWXNhNykTapTtrY2lj6P5Oo4zZGnai3elGvpOOt4m+RbqW9yOf+55aWPCzT/CKj5NIGaku9&#10;Fs+i1aDR6sQ32VocLyrMot2Y7ESZKn4qU6ld2EqbhH/Kg166pan4tq3cO34+k3cs5raBtnR3iTou&#10;SlbpYIdJJx33dehrO+IzUh7oRB5Jqy0KUS+lpTC5aINSXVFrxHMrRX5ImWNuJ2fZj6xeUkL0849w&#10;VogjCnGdSEpf+qU0ijySNrlK9Vwh3jhSNr+aRp1Io3i99fDXPDC/l+vuuobZCYHSDdHqRXuwtcdJ&#10;pRRp1wkxabK0YVu5qDOizMwqJ+xFvZDSLh0Z7u04thzVMgecRJvp6dZYykEh6orJILPUS6NGJ8pR&#10;ZSlHnShHvbQkbCvKUfQvR5ejXF/DnqRcKo1x3Hh2RP/xZJO4v+i/RHu2FemQS+37mH5J1BNpmVLy&#10;tizyA4MGaeuZtGQp9Tt2oo9SKmwss3C9GvHe0emU+q5uI3ai/5G+XzQgND2i75D6J0v7FN8n7SWS&#10;6rRoD0rx/aKYsHe0w6xT0y21UVuF6OfE1wph6dx/EupM4bSH1JemrSxTV9LUp6jYq1atEsbAyEUX&#10;XmQ5vfJ7Mke6j1TQklhxEA3yv41VfFix8t/B1FPJnqWf8550bLVRxqApV3D73bdy9jB/YQhE72nl&#10;d2Fs2s/bDzzCvEN1Qri6MvOBD3j+prHHjKb/DJLDtpxli1m7vIL4157h3HBV/zt/ACEW2vPW8vIL&#10;n7IhpRhjQAKX3fUAd8wZQZDrz7Ge/laEKOssTmJfdimmIeczJ/K3D09YOTmnXXwcz1NPPc2IhOFc&#10;cvEl/a+cuVjFhxUr/x3M0ixMeyvNrR30ihGpg4s7np7uOIphm7WT//2YDT001dbRppZmymxx8wvC&#10;20Wawftr8tLiMK+rk64uPfbeXjj92s7PU0GapdF20tjQQqdGDN3tHPHw9sb9yIj/TEB6RmlmRquX&#10;NoXg9Bsbs638Nn+7+JCOykpHcE+Xl9I/g1V8WLFixYoVK3+ev12+hYQE/yOEhxUrpwtDWzHr5r3I&#10;3U9/yNZi60kuK1b+X2LupWr7+9xx+2N8v7+YzqMjcv8PYJ07smLlTMIsOaOSop+q0TooaartwKiu&#10;Yu+y9axdkf5TuGxzTymb569hy5Y8uo6cShGf7c5fy9trdnG4potTmdQ0GttI/vgVlmfW0XuaQ5+f&#10;DJOph9Lty1i/YTvphzfz+bot7Cxt5/gIuubOHH58ZwUHDlf+sVD/ZiMt+97l5mUF/9XoqyZjO/lr&#10;l7Hk4+UnDvVu1tOY+gPvL1nOrhOk82RIZXj4yzdZkVpJt/7U8kDa+NyRuYQHHvmBqu5TPSP1NyLK&#10;qSN1AY+sOExt518bjv5kmE3dlO/ewJLX55Ncf/KYZCfCZGzk0Kefs2TZXiq7jj3VZjSpqck2E+6h&#10;pqFXg0aUXUfadzy+Ipmqqv18+tQSsitaMZh+X7s069XUJy/m8WeWUd1z5patVXxYsXJGIUOusKGr&#10;rZ3GmkbM0m55Yzd1JRWUlzWhbislIyeXkhYlA4ZHM2CAN3Y2P6+L69srSC+vpannVI/vamnMPkxp&#10;i/oY99QmQxmr73iKlfu38f6jK4SB6sWk66Zi93YyWv+In4Xfi4HOmlIqKmvQOIUxatAAwt3t+06l&#10;HI3ShyETYgkOcP2D+wNkqELGc1Gc1y/v/Zeio728hJLsUlp7T2RMzPQ2F5FZUiqM67H5azLUc+D9&#10;T1m1dAmfvr6KlKyaY4SiTOZAwMiJxIo8sDvVPBBCVd9SzL4DRX2uz/8CzL31pG7azOJPvuHDZctY&#10;sKfsLxW0uuYCDpSKNiCe19yRxpfPLmH3tk+58aNE6rt66a3Zy5pDtUKYmFBX7WZdcn3/J/8Merrq&#10;KilJK6BJ8wfSYtaI9iUFb6wX+XysYJLJbHFwbCWnWAgMnRm5zCzSWMgB0c57uhvIPlRMqxCGv1tm&#10;SXGzmoo5mFRKz2/lvxB16sYqig6nUtL1O/0Q/Ems4sOKlTMJmQw7j3BGTLuC2y+ewZhI95+NonQq&#10;oCyFw9npVPQ6Ejl0IBERXigtwdT+YmQuhE8ZQ7hvEPHjInC0laFVV7Dn893Uav7ADMMfREq7nXsY&#10;I6IiCJPEx3EbJmVKb+LGRBPk72oJXPa7kclxCB7D3BjPvuOuZyJyFb7xcYRHRhI3PBxvT0eOLnK5&#10;3B7/4eOI9hPi479RF04VGxXewcFEDo5mSEQEg/xdjnnOvxQ7L2JHDyAgKI7pQwJQKYzU7F3E5spu&#10;oau0VO5ZxLZqdf/FZyZymYqwabO59NrrOUcKCvhnNu3+QcySOCrMJ2VtJq1HnLGcJk5rVNt/Otao&#10;tlb+DGZDN7VZ+1nyyUr2ZW5i874sGrtbyF73PasOlWN0D8RdU8yONStYsS2ZioZWNHJnfDxkVGVU&#10;0qHporJyH8tW70dnZ0NLYStdajPODs0kLlvIoo2pNLeUkNbry6jogQzwdDjWWJt14jO7WfD5Apau&#10;3UWD0p9gbxuqtm6iKe5shtqXsOLbTGwjAlA0p7N+0zZ2HUijPWwYQ0JU1G1/ixc+TqRFGPwgn3p+&#10;eOsjlmzYwr7DxRAcQ7ibsu9rpHRm9qVz7wnSafIIJdDVRGtJEmt+/Iavl+6ivEsmDJcfto2ZrF3y&#10;PT/uL6C+qhq9ky8+LhpSimtRC+Omastm5UKR1qWbKO1V4eXSyYE1WXT1FLIwqZjmnG0sXbKCndV2&#10;hAR542LbQf72RXwwbxFrt+egCB9EoIuOvB8+ZHNxBduSe/E3JPJ2joKQ0h9ZUdxF0eqvWLgpDX3I&#10;YCJczDQX7uSL979hR0Ej6vYctjV5MiKw76ilZOg6a7PZuvQrPlu0mZxqDZ7hYbibOyhN2cQP8xew&#10;UoxAu5Xi+rJCystrqVFXs2fLfupwwc/PE5UQdmCko3Qvm/NqaC4pIG33QWrlbvj5uiMyiv17d7E1&#10;8RCVSh/CIkPwllWw7rMtZBbs53CvnJ7dGyhUeGFbuoUPPvmWVes2sCunA9+oSLwMucx/aR2lrUK4&#10;6sMY6qeS1gPoKd/LR4uL8PcqZeXK3bS4DCTK1w5tazGJy+fx4bfrSBF1zD0qCi95N6WHN/LVvOUk&#10;l1RT01LG4ZoO2kp2s2hLPpraJtq6K0javpatSenk1+tw8QvEU51LSvpB9u/bz9ZVa0hrleHp641N&#10;UxZrFi3i+yUbKVEr8fJ2w1ixh2+/+ZZFy1azI70WpXcA3m6q/sB/ZtSlO1ncEMoFQ1SUb13BmgP7&#10;2J+UR61NIPGOhbz1yifsLmgnzKOHee99zsEyDZGxwVSu+ZgPvlvNtsQDFJiCifGFqtQVvL2pAHVW&#10;FQZfe+oOrOKzTxeyK60QjbsQul72/X5JemmU3J2nFFJvK+raxu2UaFT4e8soO5hObmE3HoE2VO/Y&#10;ZZmRUtPKwdWL+e6HdeS3g5unPY2i3KpNOioKktm+Jxedq6jT9t3k7ljC9+v2kldUTHmvE37+3tjX&#10;i/bdGMzcKCNJG5uJmRlKZ+pyPvjqR7ZltuASGo6fspVDC9/jnQUr2bptJxm6ENE+HWhNX8pLIk09&#10;B/JoMtWwZnMJHs7FrF1/iE7XAUR42aJpzGf70nl8snAjGWXtqFy15Kz7gq/WFmDjE0S4p4a0zcv5&#10;6uulHChuwsYzGH9Xu/+KMLeKj9+BVXxY+VPoO0WHtZlvPtkLMR50F6VzKLcZR1Fs9SVV1Hd7MTjK&#10;mZ7WVsveDl1bGQUNHdj6eGOuaKDbaIeTqonyRgMhA/xpTq1FI7NFXrePLQezqKgotsTKKFBGc86o&#10;Ib8QH2ZdFds/WExShw1u9m3kHOohZIgPnft30hQUReeOfRTL/BkSa2LPf75ih9aFEB85dal7KfUa&#10;Rhx5bF9XR9BZ0xgd7UJbVQtSeAxNXS5JrYFMGRaAveQtSi8MryWd+5CJdHYVp5NkSaeZOimdPd4M&#10;8uvksPje3aV6XJQGOpp6MRuN1OUcZOfuDErrSinIzMMUGMcg1xZhlJuxU4rP79rNoZIOHFQaKrM7&#10;cXLrZs+KQhSqShYsX8eBHQdpN3VTlNxN6PBoXBu28tW2CkwKFY6mBgoKHImJU5L92TO8vnY/B8q9&#10;mBSwj6fyQji7+l2eXJhGekU39r2l7NLEcE6EmqSvPmJ5YQtNGbvYlpZFieckrhrmg1wYRH1nNSmJ&#10;K1mU1ImnSgiq2noa1G546YvYv2EzuXpHlOomWtqFUGxrJn/fbtLb28R1FXTJ7fGNjCHYRfK90Sc+&#10;Nm7eLkRDK6aeBspbFfj42VO9fiPbcoQhEOJOU55JsY0/A13r+f7Vz1i1aws5nhF4HVhPRcgYop20&#10;1DarsRU6sDVjKzle45jslssLt7/Ftrz9lISfzzXxnhbxoa5I5J15G6ltaUAnM1CdpiY4IZiutBV8&#10;d6gLN2c7TF2tNLa4EKCqYd+P37Epv1Zct4Mt+TW027kiz1nG21/tQme0J3hIBHY9nWjMelpLy2nT&#10;2OJKEVtXfMuC3UI8t1RT0KXEzdeVnr2J7M9pRK4Sz5vXicpbGGRnA43NnUgRmLqKD4l6HEZcWADu&#10;9pIrvp/Fx4VD/ZG11Yp6BEpFBxmbMnCNH0CHeK5K15GcNzaMykPbqBVpnzt1KEpxbaNWhq2ugfRt&#10;LYSOC6Njzyf8+/1NtJTU4RDkQPKWHHQuTtgbu2hv0uMpRJu3g+RMrZf6/FR2rt1Esii/poZ6unV6&#10;3IWwbdyfRl4FDBzpRvmqdRzKKqeurp7ivFoMjiaai9uxdbSnpzCNfSlJ5HR001mRR4dbKFEhPsi6&#10;m2jq0mMrbyd7cz7yiGiC9BmsaQ6xiI/kDY2EDO1gyYosZC5uOHTmsrYrjFnRznSJ+lPXa4ODvIFD&#10;K2sJnxEPSR9y61vraciqwHWASrTVXdS3NaEx6qjP0xM42Ium1DUsTe3B1ckGfXs7zc02KHurKS6T&#10;MWhcNIrWIrbtLsfsokTW1Y5ap8Q7LBg35V8/K/M3ztFZsfI/iLAK7qHDOfeS67hw3BCUnZ6Mv+Qa&#10;5gwPR1tcT6/cThhWFXZCNJh6migpL6FYGBNp/cFG5c+w2Cgmnj2ZYcOH4C86ELOxibT9ZcgDJ3D1&#10;DRcwzN8Zxa9svDSbe6jPbsB38BSuvONW5iSE4awUHbush0PL5rEox4Fpl44n3FzM+o0apt/2Lx59&#10;9EGuCq1m/o4qXIfOYopnPNPPn0SYkzshQWIEbTah6WykSIif1qOiBsts7XEPG855UjrHHEnntcwZ&#10;JtJZVEltSQ4Hd+whq7JTGMJuKtIPkLhmOauzhJGNO5c7Lp5CtKsSvbZvxVv6v6GliB1FWvzGX8x9&#10;D97LZdOGijxQIu9fFLepa4XgKVx727VM7CqnsrZGjC43sOFQKT3Ss2nr2LNkFflN3Uieps0eI7jy&#10;3Bhc+3tBM72Utzkx+sq7uGPuIEp2pVDZWMyBvQbOuuVObpwzFOdeTd/FArMQDD1NlZRkluA+8QYe&#10;e/gOzhviS9Ou/aRmFVNZ58H0G/7NAzddxoxYP1S2RmHkVYSPOocr5sSiMjdQ2fbz/STMOBM+Zi43&#10;3HI+gU11lKQcEKPlRvwT5nLXQw9z+3hHUjKKKBOfk7y3usVMZWZsiBBwoi5gi52nL77CWEuTBbr6&#10;DDZm1yFt6ZDJbfFKOJ/zB7n1f5OEDJlCCMzx13DPLRcT1riFTVkFpG/eQKIQe9JMWUd1LntXryM1&#10;r5DCElfOu+UmLp4UhaOubyOjGXs8I2KInziUcG8PXF1cLEZF3l5NW00ZLb16WrrNOAyYxOVXnUuw&#10;WUOVECa1RY1CcMRy7vU3ccG0YQS4ijrv6oGXowOSndO3FrJXWPbWHiFFjt9camOPl48Pyv5AcLZl&#10;Bymzi+OSiUEMPO8aJo+fyuVTghk450rGhHoIAecjckaGUddDS+ZO8lqleioMt1sY8dNioTiRlXvy&#10;6DLpLeWZsWczyTVHLdnIjOhldvjFifteNBp/u3qKmtQi7cejpb1SiGTnSM655gYumjmaEHd7URZa&#10;NHiQMPsyrpjkTluHEKM6OY6OKmylwHeY6ClKoqS+zeL99GjMvXWkVvswae713H3NLIb4qJDbOuDr&#10;72dJk1k8c3v6ZrKapQ/KsXUIYvgFkxngaoeN0pPIyddwh/icX/02tmTmkrplM3uFkMbUS3N5Dimi&#10;bTiETGFqVALDhrhTmbZHCGzRXowGkZYckg/uI08MDP4bWMWHFSunEbkYgbt6BREqOiUn10DxbzjB&#10;7g44ODhjLzrm6px0dqzeTWZ5A+2S+2/ZL7u4YzCrqe9yxMUxWIxcZnLelBGEev6Kt1+FP6PmDsOt&#10;N5fVK/ZQ5uMpOkBhvGVqapob6OzR9RnlrjYaXMMYHuAgOkd3IocNoq68b6OfZG6Mva0U7vqehYm5&#10;1DU2i88ZkVtCw//8rHI7FW4nTKcTKmG0NZ2dGLs0ONrq6OqR4xMZRmSwDR2iM7YJGcSYiaJDHCnE&#10;hb2d5X5mYUwNmm6a3Txw9HLDySWESZdOJyHaF1X/hluFYzQXXnmZ+FwcoQrJBXw79eVteDsJYybS&#10;1GH0Y8KsSFwd7YRgUTHp+od47KYp+B1xoCoMtNvUG3ny4lFEeLvj1lhHe28X9YZoxgwbwaRLruL8&#10;oT79F0uYLG7XTcK4xkX54yyMp6+nD/6aVlrUQgDIAwjydMFr4CjGTZvOYDdh6GMmMue88xk/yAeT&#10;3ESn5ljjag4YzlnTpzFtQgLR4rmMjY3UizII8nXH3cGFoIGRqLu0lvg2dg6DueTmf3HHlDg8pUjQ&#10;2loOfLOMLYeLqBVCTG020qXRWYykymk0tz3yBHeOOvr5RV47xXHujVcyOnogsTEdlNTW0VnTIfLM&#10;THeHBrlHKKMm+AgjKAyzjciH0eOZcf4FTB3UH7PGN5KRl9/BtefE0pGVyJrtKeIebfQYDML4WS7B&#10;NiyB2eeex9xRUQQKYynvURA5LpZgt1b2bdlNul7cx1VH/vrNbN2VTnFVs2V2oVt85/EnPaS06OqS&#10;WbR0K4cLK6ht7kUuBbn5eYLvJ6RAeF2liXz9w3ZyK+tobleLy7rQiHoscxTiec6tQnRdRJCinVZX&#10;e+jqQKNwJ1zUuwAp3lQ/cqMC/5ARnHPBZUyLCRDpMtGm0VrqpISpt4cOUf+75W4MGDuYcL8eUnbs&#10;JqVLh8zbBQeTA9ET5nLBWdMYGuFGl0GIupo0lmzew57sUqqbujCapXAFffc7glkmBIpfAheNcqM+&#10;dT2L99QSLwYXhrr9zPtuMzkVtTS0SGnqRC0d01XY4z3zFh564CbifZyw94hnzjWXi7KNZEBUO6U1&#10;dfQ0dOHpaKK7U4e9Tygjxvlb3NJLSG7o2/RddKnk6Du7wCOQ8MFReJ0ocvRfgFV8WLFypmDqobqk&#10;ji5zPLc/8zQPXnc2sX6iUzwZMns8HHrp7pKiaSazP7OIhs4TH6+Tic4Yt1CCAt3Q1GSx7psf2F/W&#10;gt6gZPw1tzPXJpOFu0roUDji3lNPcYsWo6mb2pIqPPzcxEhT6oT6xEdR0l56xtzDqy8+yk3To5Ad&#10;6YlPCRvsVI54xiYw7YaHeeG5R7j56ksYPSKBAQozutoysjPSyCgsoVUKDCMhrI6NnQOu3V30dnSj&#10;UTeQuX0f6fmiQ7WIIoQg8SDIRWmJ5yFhRombtyue46/k/mf/w8uP3sS0abOIdHMQgksY8iD3vs26&#10;/Y8uLVG5BfjiJQWr6XsFG7k97jaV5JUUkbVnB/tL2vrfk5BZ4pnIHGSUV7eg7umirbONVjtnXOyN&#10;wvi10NQpDFN1LinJB8hpNODsJEXpFSNe8bVavd4Sy+Nn6SFoKeZwWjrp2YVUimTJ3d3xEGXQ1CqM&#10;m7aHpupalCoFjgohHFQeBDrb/XTaSa6pYN/iCqKveohXXnqIixN8LPFwLO85+RHmfHx3b8KkKefg&#10;5p3kV1VTUeFIgKcnHuGhDDr/Xp5/+QUeueNyRo4YT5ibAnuTyIf8HFL37ye9qs//jJ1KhYcQg46a&#10;erILatBHnMczLzzOrbMmEGzXJxztXZzx9HBGJSXagkixsy/e/t7IOsvZvXwlOw/sJXFtKe4Jl/LI&#10;c49x/YxoYSR/GYRUqma6ioMsyfXg2gef4bVnb2eSeOYTeW6VvLB2F+1lafNQHn/lJZ64bTaBsr57&#10;2thKXl+98VTZ4+gZzqChF/Kv517iuQfv4PxRo4n2Ozpsn50Q6e74eDpayk0vhFWvzohJ2017UwWH&#10;9+5hR2om1TqtaI6eePr7YKuuZv/q1ew4kEuLxt7irdfVSfIwa6ZHq6OzIp3NzYGcfdOjvPTYDYwO&#10;9LHMdh6DdCJJK8M1OoQgp25Kk9fxxVe7KcndwZdlA3nslVd54d8XEtKfJinMiJu/L55S/RViRtdV&#10;yqFtieRX1lJTI8rWSzxb5ADiL/4Xz7/0DPffehkJ8SPwtu8rFxs7e5w9BzFy8rU8+sLzPHr7jcwZ&#10;Fk+ox38ndMnxtdGKFSt/F6ITcfIQYsNUwd7NG9lxuJSadhk6g5G+2VgZtnZKeurKKSgothynldl4&#10;MWyEtzBah1j+7fesP1xCs9Yk+i0tTbmpFFY1/GScMbaRtzeVtAINoaJTGe2oQyt1ojjjHzyKix4Y&#10;TaUYfWYYQpg2WM3GJctZsmQhKzLgkhkDcXGwR+ncQOrBQozeodgW72bduo0k59f0hac/dpD668gU&#10;uIdE4uWjIH3bcr799lu+X7aVzA43hgS4YMrczJcL17C7sAq1rO+mUkelEEZivIeBhsM7WPbD93z/&#10;7QYOF0lr2seY76NwIWLSWAxl+1iy7Ee++3oeC7fk066WdhWcAlJ5OIcwdlgXO5d+w7z5q0hr+fkI&#10;sygNnLwDCRwUQOmeVXy/aDk7cmuQJyQQH+WHl0cte9YsYeEPi1i27QCFrZrf+F4b3A11ZGxfztff&#10;baTEw5egYSOZFGtHefouli3+wTL6jRPGKFQIqONNs1nhRmi8Ow1pO1izcRuHSzWWYHC/llrJkOud&#10;u8n44QM+W7SRYiYyMz6asIRBVO9byfzvv+e775ewOb0D54AQooJq2LRoPt8t20Z++7HrAzKlM17i&#10;mQzVqWzbtp39eRVUtWnQ6H55fNMkxFR5Zg5pmU04hwxgpK899gZbvCLc6alOY9uWLeLzzbR26ftD&#10;+Pd/UEL8buseSJRTCynb17Nh32Hy6jos10qCti5pG2kNOiHQVNQkC1Fl8CbEoY7d69ew4WA25Yq+&#10;4G1HsHVwJSQklrjafSxc+CM/LlzImi2ZNP7GiS6zjT2uql7qCzexYPFGUuuakTmKwUNuLqlp9Sj9&#10;whgZ6ISTQYv2uGiyMpEImaMnAxVNFO/fxPrtyRTIuugRrdx01LWSFNF2FLD5QDal+mDGj4rDob0b&#10;o0coA91a2bN+JWv2pFOiFGk6LgK1WegPrV0rh3/4kC+X7aLaZgIzhsYQPDiEsj0rWPCdaD8LV7A9&#10;rQmTrVHUkwqKK9QEenjhWrCLRdKm7oVL2XagkLq6IjLyMshrVP9yCexPYN1w+juwbji18qcw69F0&#10;SSNYF2JHBSJTa+g1uRE9wg9Tdy8GaVlkXCCG1ky2HqpEFTCAiNhoAv0DCBKjSEdhjCIjXaktyKdO&#10;LcPFNZSoQQMZPjkGRWs5RdK+iskjCY0ZxohwT3q2fUdij7sY4QfiJkW0tHHCx79HjIa2sy8pD+Ok&#10;a7lmygDsWpqwjRlD/JBogrNTaYs7i9lnuZKzciW7Msqwm/EAj8yJxtnWhLo9lb1FCkafN4qGjWtJ&#10;q+4ldOw4/OwCGDoxFo/+UZeUzq7+dIqeDa1ZpHN4XzqNCk8GTxhCuLOM9pzdbEttJjBhInMvnM6w&#10;UBVdDeXU2IQyZuwoEgaLZ/JxRmfjSnhkPBNilJRnHGRPUiWB55zPudMGIOuyIXCAK3rxHYOHDyLI&#10;2472kmYch49kxMgRxGqz2bh5D9mNXlx5/1UkBDvSU1mN7ZAJxHjaY2gvp1ARy1kebTR6TOK8aDcM&#10;3U2Ut3syY/ZYIgd4UJ+eQYuvEAKRJuq9J3NFvDeWqLRKJzxdVRiLdglDUIZD2GiuuH42Q0L9cLDp&#10;IHvXdjI0olzPvpCpfipshNEJGTYQdyEEmwxOBIVGM9BLZTFI2s4WCIxlsIdCGEg3Rs+aw1kjBxMV&#10;40RjzgH27kujbcB5XHvuJKI9jNTXQPjwSHw8dOQt3UTz8LnMGallx8btpLd6MGl0IBqPEZw7WEVd&#10;uS3DZ8biLoWdtdRFM3pNM7lOo7g1wURmqZyZ993JzGhvvH18ca7aw+odueg94rn69rnEiZG5i6uc&#10;2uIqzAExRIc6YPQZwtggJ5SeA0iI8MGJTuqy97G/1oR3RDDhUf54eXqgcvToS6eLgboWI95h0YwZ&#10;5UZVThKJial0DpjCObNmMG6gjtRDezhYDtExASgDRHkLoeXjLC0NmjF01lIuC2eatKzWdZgNO5Op&#10;dBvO1FgzxrCJTAwwsnvzPuyHn8NI9y52C6PuMfFipvQksnxvAZrwsczwF+U1dCzhdp20OsUwbaC3&#10;aFeeeNhVsXPdbqrxZPQVVzM1wgkb6ei22YimrR2NwYHAkUPwkXfSopXjEZLA2DBbWluq0Il8OGv6&#10;ROLjBhM/KgxNVRo7dyTTEjSaqTPHEWLUogiOIGJgIPbqOhptQxmZMJqh+nz27TlAsUMMU6J98YtO&#10;EHmkpVERxoRwB9rrFQw+eyKjzOksX59IepmZmQ/cwaz4KAKrNvPDljTaIyYxy1uJ28ipRCtbqLaP&#10;Y9ZAV7S9nZS7DueqwSYK6x2ZedfNTB/oh4+XG3Zlu1m7pwSbgOFcfsNMQlVd1NYVUq3zZfz0eFy1&#10;xSRuS6bLexCT585mkCmX3dlFdDiEE+Mj6uoJZpn+CH97bJd/EtbYLlb+KZhNGio2/MhB1wQmDY8h&#10;0OmviWb6v4TUNZqkAG2l+eSL0XVPawkpiUmYLnqeF6YG9V/192I262gu3MxHt3yLxzMvcdO0KFyk&#10;GOp/IZLTLr2mnfqyYkqb2mktz+RwUQuBF97P3aOsfY6VP4Z12cWKlf+HmMxiNNPsywBnN1z/C8fk&#10;/jcwoeup5fCSd3n8iad47YvNtCTcxp2j/frf//uRljCKNm2heMhohkV4Yn+Ut9u/DgM9jQXs+PZN&#10;kQ/P8eG6ApSjruKyIV7971ux8vuxznz8DqwzH1asWLFixcqfxzoksmLFihUrVqycVqziw4oVK1as&#10;WLFyWrGKDytWrFixYsXKacUqPqxYsWLFihUrpxWr+LBixYoVK1asnFZk+/fts552OUUMRiMtzc3o&#10;dLr+V84MVCoVbm5u2PQHWrJixYoVK1b+TgZFR+Ph0RcD6ETIdu7YYRUfVqxYsWLFipW/jMFDhuDl&#10;9eu+YGQdHR1W8XGKNDQ08MSTT5CXm9f/ypnBjOnTefChh06qMq1YsWLFipXThYODAwrFr3tWtjoZ&#10;+x1YnYxZsWLFihUrfx7rhlMrVqxYsWLFymnFKj6sWLFixYoVK6cVq/iwYsWKFStWrJxWrOLDihUr&#10;VqxYsXJasYoPK1asWLFixcpp5R8hPqQDOVqtjtbWVnp6evpftWLFihUrVv7LmE1oW0pJ2rWeDQdL&#10;6NEb+984CnGNujaDrZs3sy+7hl6Dqf8NK7+GzfOC/t/PSLRaLckpKSxdtpTduxNJS0ujqakJb29v&#10;i2fP00lnZ6flOWpra/tfOTOIjY1l1qxZODk59b9i5YxEdFC6rjpy9i5nyYY9JCUlkZyUSmFVGzbu&#10;vng4KpDLZP0X/w8gBhX6jkpSsvIo7rAjwEOFjfzX028299KQkURJmw47Z1ccbH8eO5lMGmoO7aFE&#10;o6F6+yFqbV1wd1WhsPlz+Wk26VE3FrFnWzXu4V4/fafZqKGlPI8DieUoQ7yRt5aTk3qQwtYuWotz&#10;abAT17YXkZOdS6vSFx+nX/d38Fejq0ni26WbaHcJI9jVHvmv5anIf5NBQ13WZtamawn2taMhZydb&#10;cvSEBHmgtPljY1OzWU9PcxUVtS1obRxxtrftf+f3Y9Y3kLx2DRsrIcDHDUc7G2R/YRsxm7R01uSS&#10;uCaRSqcgwt3t+98wY9B2UltVSXWLCWV3NmtXLGdfoy+TRobjqDjem7SRjvxNfL1sN42KUIZHONJW&#10;WkmT2oidowq7E9RDs6mXtop8ilvNOKrssTuqPv+liLQYtR1UFaWwp9mRKC+HvzQP/yhntPgwGgwU&#10;FhXx4ksv8tlnn7J3714hQHaTkZ6Bq6srCQkJ/VeeHqzi47eROuumjNUs2ZxMiU0A0T6SQDSj66kh&#10;eeUatiUfJj09XfxkUVrZhNmmk/0bdlBQ24VbkB823bXk7NtEYk4FLV3tlOzaQWJKquUzGRn5NHVp&#10;0HXUcnjbdvYc7ns9v6YNvZ0zro72Pxkbs1lLc0EKiTt2slcY+LTqXlQu9uhKU9ixazcHklNJrTPh&#10;6eGEqWY/G7ft4aB4re97sqi380RVv5d1W/eRcjhNvJ5BmUaJh7voABXyP9h4xeioIYuN373Ce4kd&#10;2Os6aKyrpLK4kha1K2HRwbja/SMmI/8izPRWC0O5dgcpXQFMHex7UoNnNneRt+xbDrQo8AmPxNvh&#10;ZwMgCZO61CTq7OzpSimgxz+MIF837G3/ZCdr7KWlYCcfv1lA/EXD8LLvFxHCcLRXFZOR1obv0Ajs&#10;u6opzhOiwyyMV1MNaq8w7Mt2sH7jLlqCxzMi4PQNlNQZX3PlPW+jG3ExZw30PKkAM/a2kbXyZZ7a&#10;aMd5k3woXvcOr+1SMXfmYFEX/2C4ht5GUrevYV1yFY4h0YR5KPvf+AP05jP/0cd4vcyXOeNiCHBV&#10;/rWG06SmNmM97z/5BUXxczhvkLvlZUlAtZens37VZpJ7/BkV5YzBpMAjKJohkd4nqKfCwOvUqHEm&#10;JGIgQRSzYekWSnXOhEYG4iz6jOMxdxWz+pv57Ov0Ijo8ANc/IdJ+C0OX6DMTF/FF7QAujxdi2So+&#10;To66p4cff/yRT4XwOIK0BNPS0kJzSzOXXXYZSuWfqNi/kz8jPiRPbrKgwYyNG0j08FEkDB1MXFwc&#10;cbFxxEYPJMzPDSeVDR3NXRgsV586Z9TMh+iUs7+5lkseX0R66IXcPS4AmRgVdNYn8dHVt/HcD8tY&#10;u24t64TgyClVExTay1f/eo5NJRqGz5mOc+1+vn3uYT7cXUivoZudr7zAW0tXWD6zYfMhOmT2KFtz&#10;+PqZF/hg2Urx+jq2p+RTiyfBwUEEuCmxEQ3LbO4md8XHvPTSq3y0cDkbiuTEDQlGs+VznvvPO8xb&#10;spLV1V5MHTsIRcpb3Pf0u3yzSLrfWjZu2Ep77AwG5L3BHU99xuLlq8XrG9hXpUbpFMCgSF9UYpTy&#10;+ztBIcI6qskvK0I34wW+evwmzp81gUB9PWk7c7AfNRLf3grSDu7loBBfnUalENkO9NaVUFFaTGlZ&#10;M+2dGgzqWjKTD3AoTYgxtQyVszP2oturK07jwIFDZJQ0YVA646yS05afRllzE/lpQoBllqJ2cMVN&#10;iDSZpoaknbvFPYQIVKvw9XTETjxH0vYiNMYK9hSbCPF1FoZLLvLShFGIx9TE7exNy6W0WY+zpyeO&#10;cgNtYtS4d/se0gvLacYFDwcjTZWZ7BLP35ibQlZZHd0GLfV5SRzIFUZZ4YqXsygjy2jcjL61lANC&#10;VFa1G3HV1lDZrEPp7CpGuDJ0LSIvkg5yICWHJp0tjs52tKUfoMKgQN3eTEl2Li2ocHV2RKHvok2t&#10;pqG6CfXAoQyLCRM1Qoya95ZidnXBUYgGY3Mu21Jb8fBSoa9JY+OOA2TnlqJ1D8LXUU5PVTIbSrqR&#10;VWRQLvMlwMVO1Gc93XW5bN9YT9AwM+lJWdR0gpu3B0qRBrnSBb9AN+S9XbR2aFF3aVF4RzIgxBNT&#10;fR75JY0oQqNx1NWSW1pBTU46hQ0akUYhYpU2PxkBY2c1qYezKaksp6ggm5SydtFh6GkpSSfpcCFd&#10;CifcnFTItE0UpR4QQjmdGiGGXVwcsReGzdhTT+6hvexPK0fTlsXiTdkMmnM95wzy+kl8mDSN5CXv&#10;ZOeBDApEHbHx9sPNVktN6no21ERy+cxw2nJ2sKs5isvOjkHRVUNm0h72JudQ2diDUpS5q7LPQEqj&#10;9tbKfA6Jttcod8GLVgoyksmr68DQUsjKr+az6nAdPgMGEe7jjLaxgOTkQ6TkVaOWq3BxckDeXc2h&#10;pGyqaivIy8nkcEU3NjY6GgsOczC1GI29qxBArRxYtpZDtgOYEqT7P/bOAkCqqu3jv9mY7e7uZZeF&#10;JZalu0tQVFBRMbAA8xW7O1BEERUVpLu7loYllw22uztne2bud+7skIL1ifG+/OW6M2fOvff083/O&#10;ec5zyDifSLHWBifRLxQVSWzfG43Kwg1nyxayRfs8lKPGw92Kxvx49u09SmxSCgVqG5ztRRuhherC&#10;JI7uPcTp5HSyRfk52ZnSVJjA/u1xGA8aQx+LEqKjEygRbbboxDq+WbCDFDMPQgO9cXMQfUcoH4bV&#10;hWSklKC1s8fKqIli8azcogaMbC2FPLLEwc6InOiNfLt8N3nN1gQFe2MtVRB/8iQnY9KoE/m3sjKg&#10;/Pg63pu9goxGJb7tQvC0NaAy/Qz7j5zkXIkaG1u5H2gpP3+A3RkV1Apl6kSVFf7OFroxToa2oa1O&#10;D5yIJ6OsBUtHB5EmxDhTQMLJgxw+naTrW+ZmCsoyT3Kgwp4OjUlifMmn1tAWZ0Hmfmm28UbiH0s+&#10;ZJIh23h88P4H5OXn6UMvwc7Ojn79++Pm6qoPufH4o+RDYWhDcM8+9Jj8NK8/eCcTH57GI5Mncvvt&#10;t3P7hAncNn4sg7u3JzjIHXVNPa1CG6lQ/fbD6/5R5ENoDAVHfmDh4WrsBz+gJx9ammqyOLBwPfFa&#10;M0J79CeyYwc6d+9P7452FO/eR5alKz1GDcOxMoE9S/dT6RxMn3Av8g8fp9jKlY6RPenasSs9+3TD&#10;nTLOHj5LjaM3HTsEoqzK4lRCGbY+oUSEeuiIgawJF549yD55IGlSY2nlx8B+7ZASTnLwXBrlLRok&#10;777cNaIL9iVRrDuQSo1de/p060R4+w70HzkC3/LdrD6YR6tnVwZ1cqcudh9RZ6oIHzGMUAchwP8g&#10;+UgUaciyG8htYY4iSC006FRy8opR+rlRc3oji1du5dDpBLIrtVi7ONASs4U1S39ixVYx8FbUUFpw&#10;li3rt3D4xEnOZzdh4+aJXUMsW9auZM2Og2KASyS3yQYfTzOyV3zOwj37WbV+HyeOHSNVcqdDgDXF&#10;+9Yzb9FGjp8RJCa9BgvfYAIVp3h58tfEF+5k9hFbJg0PwVYISHk2q+T0Qt6Zs5YT5+KIS8mk0jWc&#10;zlZlHPhhPvPX7+VcUhwJpRqs7U3Ji5rLc0vOok0/yq4DBzmTV0ph3CE27zlLfoMLnTr76LXqNvIR&#10;fXgvu4+eJjXhFOfOV6K09cTToZXkw5v5aeUm9h0+RkpuI1YuQmPLPcup+DNs3XWUo/t3E9tgT3CA&#10;G9L5HSwTxHbn4WgOp+RQrXQn2DyTH19ZTG1QOO08LKnY9zGPr25hYGgrB1cv4octR0g8fZTUatG+&#10;Onuh2vcmo+edoO7QWs46DWdsqNCCRd7rCmNZt2Qv6eWHWbntOOmZ5ViGtEOZtItvPz+JYw93Sg4t&#10;ZYEoh+jjxzkTl06DlS/eRsVkZJehsDYl4fBy5qw5TMrxA5w4X46RjSc+3o66tiqjJTuKDz+cy5Yz&#10;SWQmHmXxljPkqZqoSz3IuoVrOYMHYcGutJ7bwo+LVrPnqCB852qx9g/Ay9GIokPL+eTrpRyKKxCc&#10;JZujZwoJHTvlEvkQBLI2YQ1vzl3OEZHGA5v2UOQeSZ8Ac0rPbb+KfAQyYYAnxWfW8vmCdRw6JMjw&#10;8URavDrRxdceI1lYqYUw3b2INz5aQ7prN/qZJ7Lsyw9ZIdLkZAUJe/cSk1eBtacvnhYNxOzbINrv&#10;Xo6eOEtmjQGO7p7YVxzkrXe+Jio5g7RzB1i47RxlTYIgJO5j5Y9riTcNpFOAIec3b+dMvTXtzDLZ&#10;tGAeO3Id6R4RiEXqT4x/6B3qw29jcEA9W5+YwvOHzZlwiwex875i7pZjJJzdz95Ec7r2bY+TtpQT&#10;y75g7vIook8fZLNIq194B5wbUjmwLQa6dcEmZjmzfjxOq1BkDDP3sm5/EtVG8qxqE5lHNrM3yxC7&#10;khNCGTlDa/tIQs3y2Sn60aGkRmxNk1i5ajfZDRI12bFEHY6jvMmMoCBHqhL2s0z064NiPEusMMLd&#10;x4aaY7vYfPAMhdUNuIX3JMgog02LF7B81yEOJGRSbxtIuKcxiT9M477FsUgF8RxuDWGsGItMdWNc&#10;C8XHF/P5j2vEOHeW+KRcaiwDCPdQkHt0KV+JdO2PjuF8RrEgcnaY1Jxm9b44SkS/2nwsiexqJ7pG&#10;+GMn+vjfgX/sHK9MPqpraoiLi9OHXImG+gays7P13/65MLR0I7zfnbw2bzmbZt5Jv96RBNpdtv4r&#10;BJih0hzX9v0YPfFJ5i2YxUtTBhPo9Nfas/wVUChEx3UNYdqXK9i4fjlfvPsAoS72OLka0thYRWFZ&#10;HY31tZSqjIQ2646LpREGhiYE9hjJ69+tZv3q73j+4eG4mcvhZoQPvYt3Zn/I1DHdsSlKpjA9idLG&#10;Kw29DJTWuLvbYq2tF88Wglt09GZBPK4Fq9HPiA67mrVrV/DsoHZY6aedbW5/g0U/fcZj/V1pztzB&#10;2thyXfv8o9A2ijwmneLQwYMc2LuHQyfSqTT0xawoTgyKpQQ9OIsFHz9C+9YsoradpbK5gaz0XIpF&#10;uq0s6ziT2IJrnyf4au7bjAl0oqk4m5hdO4lpDOOBd75j/vMDaTgZzem4XFRqFWejUzDucz8vPd2X&#10;vONxpKYe4sc5Mfjf+zYLV8znKdfjzN5xnkrxfFVtDLvPKhjWzu6SRqRpIuf4FpK6PMu8b77lzXH2&#10;nEsrpDjjKJs2NXPbJwv5adZT9FTtYsGBTBqbwdYilHve/IQZQqBlny0haPKrvH17BCYiXWk1V5a/&#10;1FJPnVkQve6azjgfSDlyTAjWg0IQF+I6+j/88OMHDDcs5PRhQdrqakmIyRAD/xiefO42jPJzSRWa&#10;8q6lu6kNuIsPvlvCwtutObghith6V/r55xFbUEF9SxVJxxLw7BeGScoqPk3w5a35y1nx3QyMF81m&#10;TapKVIyW5mP7ibHtTLCsPuqh1TZTWn6e85V+zHhlOsNt4tgcLzRfXfFoaKmvptnQmTGvLWDNgg+Z&#10;GG5B/IFzot7UuvtlaIoKKaizof3d07hVCNS0Q0dJqWrV/9oGI6katUsEDz/9JPe4lrH/aAEOQ6bw&#10;cD8PUs+eJzkzjh2L13LeaSwvz36bXoWHhXAUhLQ8hU3fLuOA7R28P+cNBrsaoVRc3T411BSkUtTz&#10;dVau+IYnOlWyedEu8uuvpeRIaFrrqaxvxea29/hx9n8YaJPDvi3RlDReytM1obDEN6IHnft1J3zA&#10;bdx560BBDHexNkZDz4c+5Lvnh2KQHMV2UT7ys4ykKlrcevPkzCe53TKb7UfL8Bn3CFN7OBAjFIfM&#10;MhVqkRVzjSmhI59g5h2hlO7fIuq0htbr2HS21iex/Lt0hr0xl4XzXmNYaxVVzRrULbXUFiq589Mf&#10;+OHNSXic3cCS04WiZMQL1PWUJB5jX1Q6fqPv5qHRfenVdyzDRV563z6V6f28ka1BDAys8G0viJO/&#10;RG5BOTV56WQIgmoU7IuHWVt/MTT3Z9SgCHpF9mD8vXczNLiFPZvPYNrrPj55dyJaQcT3nyzHXyhb&#10;/r4B9J0yk3sHBlF3dBWL032Y/t4cZnXN56e1UWSWq9CIsUaZmEf7x79gyUPddMszsuIjtRSy//ul&#10;5Ea8xvLlC3hnlDHb5m7kfF4G0Wv20jjwLZYsnMNzg+xIPZcp5Gk1tYkZKHo+wPP3DMTm+CGSqn6l&#10;Pm8g/hbyoRWdvLS0lDNnzujOScnNzfvZMfXy4C7PNKgaxKBwDdSKQSgp6Z91wNvPYGhF6IjH+XLR&#10;59zV/tcPfVMYKLF068L4J17llYndsP57COlfCENMLGxw9jOmobmJoooqaiuLydKYY+fsjd1vsH8w&#10;UJpiZmqGMU3UCyHdeNWIpDC2w83NAROjBmrrqyhuaEJhZobSSHRgfZzfAkObMEYM8EYjSMyec3k0&#10;izb8R6GuyOPcis946aWXePXduewvNaH3/YNwqW1AlWuKg6KSvKpmjNVaFEV5YpBW4Nx5JA+9/hbP&#10;TL2FAe4WqPOSOJ5cj/+IIQzsbUfBeSX+bu1o7+2Ke+eeRLbWUF5SQW2rIf5jZvDW1LEMbO+HVYMo&#10;h5zznLB3wlFbJAR3GebePuSfS6e4VYOJFMrkD+fz3atj8LLSL2kqjLH16YCi7DzHT5yn0ecOPhnt&#10;jSorifMd+zA00B4bp2ChOLajMjqWQjM7zEMiBIG2xtkzgn6e3ekuSJKVpSUOqGi8ivwpfLoz7r5H&#10;mDFhGP37umHlVEJCYjL1tIgWoqKoUIWpi4pidRFFNa14DbqPmVPvZEznQOxa1TSVpXC00puOIX64&#10;29vi02cEvQtyBWEwxrunC2mFZdTU5pOcYEt/P0uKk+IwCXBHykskscyS0G75HEwsQzIwxKnfI8z7&#10;fDbPDfPWp06kDyUuTn15+I13uLuzP/aCLNdcFNpGWHqG02vUBDq0ZpOQkk1JdRNNqhoaZamph8In&#10;krH3PsKTch77uGHuUEa2EKxXklhrvJ0ccXJ3wdvEjHbeTuK9VjpjRbPSIupyz7Ets0xwwUoKMktp&#10;sarjcFwauakn2ZRWiY2/O45WjrSLiMDw6gO9RB16jXqTlZN8qSsRxFGMt62F2VQ0X01SZBigtPam&#10;zy1P8s4AB2rKyyhXiXorK6Km5be3e/nJ2pocomMzaDJzJDzYG6/gcBwMq4lLShGadyuSwgY/F0fs&#10;3VzxU5oQ7OfctkQiiK9ZcQH1qmYhfKHeOxgnO0dcPV2RmgtEP9YI0nAdNIo2Y53J7jUbOVxgz4QP&#10;HqKviznm9u0Z+/bbDHdroaikUvThZnKLa8TIIdtElJO2P4qTFa4MHjcAD4vr2F+IMdreKxgXYwsq&#10;YmKIjUuhXjLCJ8wPy58ZoQpIrZRlxFNYV4e2toTCkhpUVcmczSqgQpC7C5A0JZw7lEGJYLTl+XmU&#10;tRhicGIfycVVyBtnjK38RJqMxVinvDjjKqmSORzlxcRRHbG3tMevzyC6ZZzipHh2Vowv4we3x8nR&#10;T5D6mXz23DA8rZ0IGz2VmTPupLOXAy4KFQ3XUcT+Cvzl5EOrFYwxL5+5c7+mT98+9OrdizfeeIPT&#10;Z07rfrsAuYDlZQRraxt9yJUoLy9n7969PyMt/xQoxH+WAWN55/3p9HC9NEUvDzZaoelVFmWRnJxC&#10;el4pqss6tEIhBjPnYPrdNZlhLn+dPctfATnv6pZGirNSSUpNJ6u0AUMjU6ztTahurCdVaKgNYuCo&#10;MjZFcnDC3Ei23dDSWFdFXkYKSRm5FFU16jQBOby+upyspEQy8otoMBaDtr0LdpcZIcpQmjjiJQZx&#10;c6M6aitKyaszwj+8E+6Odlxti6ipKiQzLYWUlCyqGlrQXiEYlDh6BAmCaEC1EDBVl2m1vxdKzzCG&#10;v7OSY8ePc/zYQVZ9+zbj2llS15jL3ug1fPjMVB585EXm7YyiwLKRFo0Zwf6+dGrnioVjGOMfuZO7&#10;RzuSsOEbXnrtC1YfTKSgUUJhZIg8iy8ZmmJp2IS6tQWNxppeEUH4Olu3TZdrNVRVllCevpGPX32a&#10;qQ89yLQvDhHYUCzeo8XUsyej2tly0Z5OtFuFkRmB41/nx9G+NMbO5+knnuGLTXEUNTdSK/qoPEGk&#10;EIJbaWSColZF0+XFZmCEkdJSlL/++zVgamWJo6MtVsZCYzc1xdhULUhoHfn7tvDd6zN48KEneHvZ&#10;Cc6UaGhqNadzx0CCPe0uGf2JdNSL9xuJwV+ufcncDk9BSJUGpri374Z0PI60uMNsrg8m1EFNRW49&#10;Ocvf5bGpD4lnP8W8WEFxGkW7MjTErPcQOjtcmVgDkX9H3+4MEMTlwmTQBUiSBlVJKrt/+IQnH3yA&#10;B2e8wtzVB6gRBKGxbWpEB5Mr8ijep2mmQgjWy4vqlyHRUluBqqma6FWzefHpV1mUXoebuo6myiIq&#10;W5quL4wFZAPKmqxjbFi9gY0LP+XL/aX6X64B0e51uyMSDrJx5QpWLV/I6rNV+h9/H9SiP6saa2nm&#10;0hhnIFJaWtdAddOVMz9/FkwceguyHUH2tlk8O+VOHvhgCfsyqmmuLyVx/wZWrFvN4m+WcbZeX2Ki&#10;0dRLDRRlZ1NGIQfP5Yq+cL2aUWDk4EmwjQVmGcfZFd2IWUsAnTytr6PMtKKqrkZVnsCGHz7i6Ve/&#10;I626hRYx+LRqLqsxdQ2FFYIIHfmJd59/mteWp2Fp1iKIkYEYh/RxrkaTkCNiXLJQ6r+Ldmqjraam&#10;uIw8rRHmV/NPK1vsInrQzuYXOuNfiL+cfFSJinjttVf55NOPxcDYVvjLli/l3nvvQ3WZDw9ZWNva&#10;2DBs2DB9yM9RU1NDfEICavXfN3V0PZiYOXHb6y8yzNvqonGQLHzlLXplcTv4auatdOwSweCH3mVT&#10;SvWVgk4MmrauIfTt76YP+G+BRrD6WN65vRcdew/nts+P0KAwF1pPABrBwKsqq6lWiUsIIK2nF5ZC&#10;qslb4RIPrGHG6O50GDWV19bE09Aql2MDpzZ+y2P3PMJnG8+gDutJYHhnXEyvbtIKDIRQUSiaxABQ&#10;ppv5sLSzwkR5ocdeQs2q15gwqAcR3Sex8kwOTdcZze0ri1GJNPypMDYR2osPo0ZO49sdJ4mNOc2x&#10;A7v4/LmpdHG8REIltSAUom3597yL9+bN4c0IM1rSs4V21CpkcCMqQYq09RWUaCwxNbfA9OqdDgoD&#10;zG2d8Ai9n7mr9nA65hxnjuxn+ZKX6GZr9rMBoU0z16JukHDvN4r7X1vExk/GkbT0CDVCyLuWFlPZ&#10;KE9pN1JdV4PC3Rnr3zmqNJSWkJYsyGiFqHtBOlpUxtjZW+Ez5n7eXR7FuXMxnDx8iL1vPcoIf7uf&#10;pVFhYYszIu+qJlFnQiMuzSZBCONWkXfzkO70L0vn8Nb9xPfoQYCrKy5elgTNmM/hUzHEnzvNkd27&#10;WX9ve/7QZlhtLblnT3D8gDmPrz1GzIF1vP/IMAzUVz6tsUzkMaUtj5UVTVgrLPESGv5v33VggJmj&#10;J67WLox45ku2HTpB9IEoNs1/liHdIgiyskLRKupBo6apoVFfb5egbc1l88uP8dzaZOxve41PbvXU&#10;//JzCJpDdd5Jlr79Kl+ebaXDhMeZ0d9Z/+sFCFIq2pKRbsmiVTcGq6/yfyHnTGnliIuDC+YiPc0t&#10;rbS2NNMqmeDv4oCblSCrbVF/P8RrZcIrk81mtUaMBy00ivfrlDssCJj8KRsWf8Onr9xB0/pZTFty&#10;kqzza3j2kXfYXePH7c89RV8rfR3Jz7Lzo8MDr/PSne0piTpMas0vKLXG9viF24kqOUdUaQtWXTri&#10;Z3mdRq8Q/drNHQePXjz29g9EHTvGwX17Wf7UeDrodgLqoXSmnY8LVre8wpIdhzl97AA7dq7g3s6e&#10;XKVPXYTC0hFfcxUFlc1ohFLRWltGgakXHgE+tDcXZKpahMvtQVVFaWW9bvnqn4TfOUz8/7F0yWI2&#10;bdx4kXhcQElJMfFxsbrPcgNSqVRs3baNdevW6sKuhYyMdD7//DPS09NpFR3gnwTLzvfxcC+PK7e5&#10;CW29ueIYsx6ZznurE4Usbqbo1GreXn1O57hG0qpF52wRl0Zoiza4B/jpb/zvgTxgmFsLBm5rg7WZ&#10;sZC5gny4emPVqqa+MJ/80kLUSgPs7cwx0bdOQ2MllvI91kKDvmz7n5GxuF9okgT0566HpjB5QMDP&#10;9t8bGZni6uqLhVAPaopLqFS1YmFjKcjHz9m/QqTF2sYWW1tBTvSGgNeCcWWpEHJ/fNnlmjCyFYTA&#10;ETPnVHYdPCc09SgWvvc+n87ZSdFlxsfNeYf5+tNPmLUkisyMJJ3BaYNJCD2GKsksjOFEbCJx+/cS&#10;LQYmDy9nbJVXDu/yzI2tf3eGFsez+0Q6uYWp7J39CAM+3kNe47X7kLqljIOfTmDS10cpKC4iPek8&#10;1QHeBPlH0C35IGtPppOdfpJDpzLwGRSJ5+8cVQzyT7BhwRze/34lWw/VCEHZkcH9emHTIJSL6NMk&#10;pZ5i/Ycv8NH8dZyvaNbfdQlGlkEM8S4k5lwsiRmZnN65mTOhHfH3tMfUzJWggAyWLD2Et7Pc5uzp&#10;OGg4zXs2sze5mLLU7bx723hmnajWP+13QrYTEcSrUt1IfU0pWanxJJ2LF43kyrI0yD/J5oVf8K6c&#10;x70FQhv21O1a+D1QWPkyIsSB6oJ8MrOjWfTMZB76Lopss1Du6eqBKimF9NxEDm45SGvzlcLToLmA&#10;k3HVqEP70sNRTWFyqxhvBFG7pkBSU6sqI6FAkLfgTgQr1ZTltMW/qIUbmmHn4EmIuRZNxnlS03Mo&#10;yq3SCXKZ4BoZGqAQ41ujiSv9uodi3VLCsVPnOHfqGKUKFyI7C4Ft+4fo3kWYuwfib2HC2Yx8KvMS&#10;icqrEK/XUJ2+mBG9hvBDiR+9ho7hzjAXLIyETMnLIMvciq4dgrBtriCtWYwBQg6JbAnCbEGn3j3o&#10;GdwOr8TDHE6v1eXD0EBQsaYG6sWYfCHrCkxwb98Db5dg3AQzCOnig+VVW2l1xEgh7hV9ylTEc7Vs&#10;FX0tj/TT63lpyhPMXnuCkhYDlEYKNE31NLdaEdwnAJ+KJDKy04he8CTjp8/jXF7l9We0LDswfGIJ&#10;S1cdJE3k7ez2HZzr2p9+vu74Dshj9YajpGXGs++n13no3a0U/K+Tj48+/oimZnmV7edoEJqbTDxa&#10;W1t1Pj1mzJiu/+XakL2drl69mvun3M+JEyf0oX8/FEKH8rj1FsJdrpr1EOSj6sQmvjlfqQuToRBl&#10;YRl9kOyqaqoK49i5fj0bNq5nnSBouw6f18f674C8pOTiG8msAxmUpcdw+K1h2FlZYunkgb+6AYPk&#10;GHKq63Cysqadi7Vuils2LO088gGWncqhXHTcrx6IwEqQEwMjS3oPG874MUPxalVgLwYREzHAXA1Z&#10;OzO1sMZUkBJVTRVNLfa4ujlifvWcpIDdg3M5dD6b/Jx9PNQrQLfscy20OLmJ366jjvwqFBjoBib9&#10;Vz0UQkNybT+Q0eK9ed9NpNvgaWypdWTYg8PwspYdRYnBXMRT+vbk9p62pC2ZRmT3O1hVb0nHgb0Z&#10;PP5BJril883jwxn25gmCRwynb4SfIGvKy7RrMZiKdBubtOf+uaOpmP8wPdt3Y0JsF+Y80A9PM6Ug&#10;a23vuQB5BtJI6US/qS/SfvNkQkK7cs+XpUx59lbC2/fj7teD2HF/X3re+R7n2j3NKwM9xIAtL/+0&#10;PUUuf8MLyyPis24Wqu2bHgqUnfoxqrcrjZu/YZfKhB6TBtM+vD/3Dw+iatMrDOgxlm9y3ek9aChh&#10;TuaXOc1S6J5tbOzGgKceJ7TwJx4YHMmgDTbMeGA03XztMDH2IHJsGLZCAEzq4YuliTGWPacy/5Ya&#10;nh3SgZCej5M3YRZP97AWj7uU7isg5+EiGRUav7yUJH8VzU1hbEtIZHcGdEnjuUE9uPPlnyj36kNH&#10;Mydd3uX8yo806tCToT3dad0yj50NNgycOo5w+8vboJwXI1F28oPl2TrxDlmAy9/EM4zkelP6cMtz&#10;zzCsbiVPjJ7IF4qRTL+lJz4OQYx89T/cr1nEA7c8zWkrdwTruqKNKSx78fLcJ/BcNpXu/V+jakBn&#10;pLpMchvEO+T60teR/NlY9C1PQegfnxpB6azHuO+FJajCfWiqK6S0se2hCoUFHp160neIGwmrvuCT&#10;jedpcfdFKcpGIduLdA/DJW0NX89dQlm7CTw90o6zcx8UJPcslkPv565hXXAQdWFoJOdZl8tr5llu&#10;fwYijrzlW/dmuY6EwqG7xXsQnzw3hIov7mfUvGy69XZHKdq7fci9rPx8Atsf6EVgpwl86f8Yy6cN&#10;pP3gqbw/xIRPH76F8asqGN3dAsvcLGpaRX+U02FkjWfHSCJHGLF/6xkMPIKJCGlk/7fv8OLmNJpE&#10;mi4aYVu70639KKaEdyfY+YJtlNzWRX0bKnEI7UlH91a2f/kFK04bcO8Tt2J88CvuvP0tKrqNZfzQ&#10;Lrj4deXBwZ6k/fAfPlp3BvOhz/Bi31LeuW80dywzZspTd9PBS/bTIpQsuSza3nIRBoYO9H/iI8Zn&#10;zSQivA+PR7nx6lsTCfRsx6B7p9Hl9JN06zmW16Pdee65W/AVz9BXsy6tBtd45l8KIRT/Uri6uUqi&#10;8fzssrSylDQaje5KTkmRTM1Mrxnv6svZxUWa+sgj0sGDB/VvuHHIzc2Vevbqec10XH6ZWoZIs44V&#10;SI2tGv2dgnZotVJrc7G05cmQn8U3ViolU3MzyczcVDI1NZFMdJdSUiqvjHe966677pKKi4v1b/p7&#10;oVWrpOPvdZCMzS2lkM9OSWqRb622RarI3ik95eMsebbrK82Pr9HHFvFbq6SU/XOkWzy8pc59b5Me&#10;uj9MCh86WVqTnCfFbpot3eHuKvWYME3allmvi69Rl0pHvn9NGunqJg15eIY0653npfEB7tLgx96R&#10;orLqdHFkaDRV0olvn5Fu7Xu79NFnr0ljR/SQAgNcJWfXrtKLr02X+kaESMrBr0kbz2ZI8T/dLXX0&#10;tZScn1wsJZSodHUlaRul+HnDJTd7U8n1le1SmapRKtrwqGRpYSIp7lgkFYrvvxu6stBIanWr1KqR&#10;P4v3XAb5u0ajllpbmqXm5mappVUtaeR7RJharf+s/34pTqu4py1cI57bIsKaW1rE8zUXw9T6z1qt&#10;fJ8+/mXPaG658GyNCLv0ngtou1f+7UL8FvHMtjgajf6dzS1Si/rSOy9+lt8j8qF7hpwPOb3is/7B&#10;4l9becj5kJ9/Mc/6+K3iXZfnU5cf/bN1aRLx2/InntPaFrdZ5PFC+sT/xHPkNF5Ks3zJz9HFFVfr&#10;hefJ8fSfL6AtXE6HPg/iPRq1eE9DqRS3+Wvp0RFvSoeKGy6+u0Uuezkvcj7k/Io81aTskj6b/4n0&#10;+q4MfV7a8ng52vIi7hX1fCEvF+JpxPNaLubpsnxeXlYXw9ver8vXhTJoe4G+HNrqSi5z3V/5+bry&#10;b8vf1Z8v5UmkR247lz/vQny57nV5vpTmC+1L911fby1y+5GfdXn9Xfx+7TzL8kAtt4GLz21738X2&#10;dyGN4ndd/i/Uky5dbfV7qZwuL7vL0qtvZ23lJeKIe1vF2H0xvi6NbW33Utrld8ttQd9e5DD5OSJO&#10;W/vU50dX1rJcu7wtX0jPhfK71AYv5OfyNqxrb/qy171LD/lz23v0+bwsjhx+aYyQ8yinVU6//ndd&#10;27ysPv8GXOBBfwmKiot0O12uBWdnF512JxuQbt++7VftODw8PPjoo4/YvHkTTz/1JA72dmRmZuh/&#10;/Xth69mLrs6CxV+1nqtpySV6Z4X+2yWIZoRo2IgBCzGQ6pakRIe9vqHRfxMMlJgLLSLQQUFlQSLZ&#10;+RJWpi64Wv/6lKzCwBqPIGecfbUcT8rlZEaZzmjycsiak8LcCjtTYyryq5FMPfBwt8f05yYfv4Jm&#10;SnLOI3ouLmG+OFzwdPl7IKdFpx3JmrP8+cr2odPyZC3UWKnT4GRtR5610E3h6jTotnt0murFOEIL&#10;1D9L1hwFkUVpbCyeLzRFfZisTevuu6A1yvEve4bS+MKzDUTYpfdcQNu98m8X4guN9cI7haare6dS&#10;aGeydiqHyem48Fl+j16D1eVDTq/4rH+w+NdWHnI+5OdfzLM+vry0dnk+dfnRP1uXJp02J3+XZyfa&#10;4ipFHi+kT/xPPEdO46U0y5f8HF1ccem07Qvx9J8voC1cToc+D+I9BrImKtvBtIp+au+Bm6ni4ruN&#10;5bKX8yLnQ5/fS2XVlp8LebwcbXkR94p6vpCXC/F0mv/FPF2Wz8vL6mJ42/t1+bpQBm0v0JdDW13J&#10;Za77Kz9fV/5t+bv686U8ifToZhwurzt9fLnudXm+lOYL7Uv3XaRDF09uP/KzLq+/i9+vnWdZJsg7&#10;dy7m9aq6vJhG8bsu/xfqSZeutvq9VE6Xl91l6dXXS1t5iTjiXt0M4IX4ujS21eWltMvvltuCvr3I&#10;YfJzRJy29qnPj66sRTz9Oy6ktS09F8rvUhu8kJ/L27Dc3uTvF+65APlz23v0+bwsjhx+aYyQ8yin&#10;VU6//neRHsPL6/NvwF9GPrZs2cLQoUOprr722qpcODJk0iFvwf0lKEWhBgcF0z2yO3Y2NtSIZ27Z&#10;spWtW7fpY/y9KAvogrPsRfLqeq3K5mSlMaFTP+D7TSfIzMhsu9LTSYk/yeZ57/HkuEB95P8RyALR&#10;xBwrOw3FRdmcOqfC1MqJC7Zgvwxj7NwCcXbzwSglgeL485Rdw0rUwNQCGxMTnXGc2sYOMzPTnxHD&#10;X4OmMoaNuwvEgGDFLV28fvf9N/HfA6mpgvg9C3nyk60wOELnd+YmbuImfh/+EvIhn8/y5ltv6gxD&#10;rzXzIWt1n3/+ue6zTD5Onjip+3w9yDYh8qFcz898nnfee5/7p0zhiy/nsGPHDhISEvSx/j7YtfPG&#10;3kLej60P0MPQyJ27v13Lprce4fZB4Xh5eekvb/yCOjJo4iPM/GgRS96fQuj1TJz/JZBam8n57C46&#10;hXdh0PDpHClpRpLUlOWd4+0JPekYHsktd73KyXIt5hY2uPoLXVKjodXQDEt3UX56Q0mtponz+1cz&#10;fVQknboMYMabP5JafcGYT4GJqz8d/APxa00nOSuZnKqfW6krDG0JsrTQPbPW0h5DmYhcgztUr3yV&#10;2wZ2p0vnbjyy/BQVeodKVT9OY+CwB5l3pAjTkDu5o5ODTnu4if9RKG0IGvgwi5bN5907wzATmuX1&#10;ocDMuzdT7niQ6TpvvzdxEzch4y8hH/PnzycjI+OaxKNLl6489NBDDB48WGeU2dTUfE136pdDEv/V&#10;N9TrvJ/KSzS5eXm6816ORx/n+x9+oPVv3XpriIujvFvC8GcDjaFjZ24d2Q0/Z9srT3oUgkyeTjS1&#10;ssPFrwuj7n6S116YgKPhv1mjkmgtyyElJYmk1DOk6HcpaFqbKMlO04WnZaZT2ijGcjMbHATh0P1u&#10;YYXWx++yQ61Em1BVk5+ZSnJyEhkFBVS3XFqPUpi5EdYxmCBviRPJ2cRkV9J69U4UhQlOtua6szQU&#10;NtaYmsrnv+h/uwza6iKy0lNJTEridF4ljYIMyW/SVOaTnlmE1chn+WTWf+j1Fx4SdhP/PMh91cza&#10;iYAAH9xsTH556lr8ZqAUxNfWAScL45uk9SZuQg+FbPih/3xDcC42lnvvnUxqaqqOXFyOW8aO4/XX&#10;X8Pe3g4fH1+drUN8fDyR3SP1MX4/ZBIz96u5BAUF6UP+POQJkjNx0kSdV9brwVAIuoFf7GPVgxF/&#10;+JRCSd1EWco+vn79OT7YmqkPvT7uuP0OvvjiC1xcXPQhfx9kp0t1uWcFCWjQh4CR0hzPYB9aRBso&#10;vOhRzwBTS3sCwkKxN2iiojCdxJwq2eMU9l5BtHc1pbGyhOzUbCou+A9QGGHr7IS9mSFVBSVIDu74&#10;+HpgoioiOyePUoUjfr7eeNqaCuIn0lGUTW5JMzbuziJOOXnF5aisvQh1M6Y0r4AKhRNhAa6Y1WeR&#10;mF1BQ/MF0qLA3DcUf0UBKbm1gszI7VaEuQcS7OWCtYl+nfcmbuImbuIm/hBuOPmY9803vPnmG9e0&#10;9Xjs0cf58ss5F+09ZGPTVatW8dDDD+m+Xw/29va6g9Ssra2JE+RG9hR5AYGBgbzy8ivcd999+pA/&#10;D7+FfBgZmDJi7n4W39dFCKmrpmNFUWs19WQeWsbHX+9BZWpDr7tfYMqIQGyML4sr4qlrczm8/D3u&#10;fnYpFdpfnsn5J5GPGw1tUykJBzaxfOMZTLuO4Z5JIwm2+QPGn//tkJooOLqUL9bl0eWOyYyJDPjj&#10;R6TfxE3cxE38ybjhyy5bNm/WOQy7FvLz86+YDZGXZWRbjl+DjY0NowT5mDRxEtOmTee+e+/VWSTL&#10;qK2to6i4WPf574CchzJV01Wuudsg72pRpW7lnbfmsnrrFjZuXMtPX33I9tQ6fQw9hFZtaGGHd4ee&#10;unM8buIy1JeSVNlIg4MzanU5JzKrrlnW/0TINi91hfFs/epV3p2ziVzVH3eMp9U2kX9iFbPf+YCV&#10;e2Opbr7a0FZLQ1ESx46eJK24BtmDv7bsFF++/AkbT+eKdBxn1nMfsjW+mCb58Ig/Apkkq0qJWfsO&#10;M55/g21ptfoffgGyo73aAmJPRXMspoDWayzFXhfi3vr0vXy2dCv7EktEnv5guq8BeRxqbS7h+Fcf&#10;sD3r0qzdH4V8GF1J/BGi1q8ntuznjtH+KLTqIg598h7fbDxFUd0fO1pCdmZYnbGTt6Y+yJMvfsfJ&#10;jOOs2JN1Y/uRqLuGnCN8t2ojm87m06xfGtVqVaRt/54l2w6SUXlt/09/B7T1xZzeuoT3Z60lvfaS&#10;8ic1FZOQEMPR+NJ/zbjzT8UNJR9lZWVkZGZcd9vs6TOnaGm9NADLhqQ7d+3Uf7s+zM3NCQoKxtXF&#10;mc6dOgnycR/PPvMsE26boJsRaRccrI/510NLK0XVDajFwHg5sZI/azV1JO1cwpYTqTTottc2kBqz&#10;n8XHcmm+WgAYmmLl5EWHIDN9wE3oYGiMWWsdFaJdlVW3Yisb9up/+udDokVVQsqJvRyITv5dh3T9&#10;HBrq8hM4fuAQ8RklNP3MVaUS524TeenVZ7ilqy+WsoVtQyHRe46QVCjISF0eR3YcIqXk/+d2Wdta&#10;T3HifrbujCK18teFoVZqoiTpBJvWbGZ3Vo34rv/hN6K1MoNjsSlkltX/7nt/DfKsZN6JQ5cZNP9/&#10;oBE8OZesxETdIWh/FiRJRfbhg5xMLrjiTKjfDDEOSdpWqpKjWFHlTtdwF8qOLmJ1WpXOvulGQl2d&#10;w6n4JJKL6nTnM7WhhYrUM5xLzda56f/HoFVFYeo5Dh5NpPJCOctLygXxHI3eQ3TxpaNAbuKPwfAt&#10;Af3nPx2ynceKFSt0p9NeC7KH0vvvf0Bn8yHPGJSWlfLOO+/of70+3N3dmXz3Pej2jxsY6JZfAoOC&#10;CA4OomOHDvj4+WFlZYW89/zPhJyPNWvXUFhYqA+5NlrDxvP4wECsTNqOPr4AjdDUo3/4nJXxlw5p&#10;0koKlJYduG14GNZXufzWNJSSdnoTO+N/WaNs3769jnTJB/H918PQBAulEmsrJ9p1jKBHqKfuDJh/&#10;B7Q0VuZwNmon5ypMsTcvY/Omw6Sq7Qh0M6IwZi9L1hwkW+mKtzaTfZtWsT9Vhb2jKfnRm1m6eAnr&#10;D56nAiucnaxpyjjGvmOpSDZmFCWeYOOJQozsnHCzM0Nbk8bezXuJPhvDqTJDXN3dcNRmC6Efg8uA&#10;IUQ4lrN55Tl8Ro8mwl1D2t7FzP5hJTt2H6fGNgA/F0sMZUEXtYwP5i5h3/4jFBv5iXAlNQlb+ODr&#10;PZQUH2fVlgQaG5M4mlCLs5cdyVs3cbIYPPy9sDZqpVYM1rtXL+CbzdFktFrjZlzGiY0/Mm/VAVJb&#10;THH09sNbUcihzatYuHQHqTXgINJqd017KYmmwrNsTmwhINAb6/QjnElPYf+WzWzYfIRycyc8nGxR&#10;NhVyavti5i9ezc4zRZi4eOJs1Urqum/ZnZzG1iUrWb8/BXNnLadWfMuC9Udo9OlMkHUDSZs3kO3s&#10;SvzSH9l8JJ5Wz2Aca+NY88NJTMMCsG4pIvbQSrZUuNDOuIgjq+fz5ZLNnE4qwMDJFzdb2ZhZPhCx&#10;lersRNJkI+nyMg6vWcvpwkas3H1wNKom8cgWlv60iDVb9pNWa4CdvZaUvaeIOxfNnrQyWgyscbUz&#10;1fl60GobKI3dy8KflrM7JYvkw2dQtevHoG4+kLabud8tZsO2Q5Tb+uGvOwX3kk6prc3i4Opv+Grx&#10;evYn1eLg749dSRRvvjufoyXgqM7hyM5dnMyrw8CzPSGKFNZ+O5ef1u8kOjZLhIXgY9vmFEd3OF1u&#10;Imd2b+VIUhI71mwlvtoIJ0djis+e5tDuYyKPuWRUGmLfnM6uNUtZuHI7SSUtWIkytaxLZd/pFMoK&#10;Ukk9eZiEMgPsnSypiztIEkLRCmuPkyaTzYsWsnTlBg4XGePu5oBR/j7m7Ishbd961m/cQbrWnBbR&#10;Br/7aS1HKx0I9XXAzFhvhyWUuupzy3l5ZzKVUUtZtuUgRaY21B1bxpfLdpOi9SLMy0KQWNE/Fs/l&#10;m7VRnC9ViPYq2pNse5Z5gs3Lf2Jj1Cmy8ovIV9kx9JZ+eJgboq0v4PiOlcxdtIXzTaKM68uoTj3N&#10;8VPZ5BdU0VIjymTlYhat3srRDBWm9s7Y1J5j7al4zkdHsWfzdlFeShydRJ4KD7PwRAq50dvZsH4X&#10;GWpb3FzsMDNsovjkFr76bgmbdsht2hMvR4m0tT8RXVXFscUnkUICcbG4Urb8G3FDyce+fft0218b&#10;Gq4/jSkbiLZr105nbHrq9CmWL1+u/+X6cHRwZPjwYZiatp0WK1/yQWGyLYitra34Lgt1rY6A/Jn4&#10;reTD2KU3940Mx0Fo5Zdbwqtbctk7+yf2Fl1izQYKI9ztwxh7e28cL3NcJd+lVhWTfGwD22LEiPwL&#10;+DeTD3kpQlWWzpGVP7Bgw06iTiWSrbbBXcrj0OpFLNq0k30xGZQbOBLoaoVUm0fsmWiOnc+mqMkQ&#10;pZ0rDqpz7Fi/jGUbdhG1P+oXrwMHDpLa3ELJ4Si2bd1DqYUrbg42mBoZIKnSWPf9ErYfK8DR1x0b&#10;cyUKdRVZYoD49qfV7Is6TD4e+LhbY6J31vP70EY+YqK2cbrakuAwN3KP7WRvRjPhnf2pP7uZr5cc&#10;oS6gJ30t0tm4ZCEHikyEQGki5uQxUuuVGJZlkl9niJOvL6aFJ9l/OJZmj3Z4GBazffdhaq19CA+0&#10;o2TXSrbHlaCQykW+z1Bq40cXp1r2bYz7GfnoIJ3ki5/EoGZji0nxCVYUeTMi0lcMnKeY8/Ymql2d&#10;MMs/xOojVXQaEIHhuYU88eEm1MHh+JsLYdt4nv2xKpw6ROLZkMyRI+cpc+tEhG0VMftWs+pQLgqj&#10;RvLy8qlSOmJblcTx8+WYtOvJsHBnqs7uYd3eBJqFFlyUU4jKyIkAX2fMLro0v4BL5CMw0BPj02tY&#10;tGEbO1MaULbkCSFiRqC/C63xq/lxfw5qE1OMypM5lm1KWLA5aYs+YHaKDQGORpSf3sKu8zVYC7Ki&#10;zjzE1jxvRnazIn3TElYKARknuridJo0TZa50cshm8acn8btzMB7qPCGAvmNtbRg9tLEs3pSI0t4S&#10;TVkhWUXmhHYWQkw+EFEI6qrsOCHYt7AtoYSK6mqq6lSoLTzwbEnk8LGTZDeaYlafS3yWChNrBclC&#10;qK9dt5HDeQp8AtvR3sdORyRaisS4uHoP8fkF5CTFEpuYibLbSAa7lrJ+3X4ym0ywVRQTf7gE27BQ&#10;PARpkR1mabWNZG2fzeyDNYLAWqLNj+FArj29ghQknDjCeaN2DA62pak0mRyrrgzp6odB7Fq255rg&#10;ZNZKSVo8ic1+9Al3w1RHaFqpSDvBlu++ZE18EbWNzdRVVVCtNkCVdoiF85ZzOLcKrVD6motiORRf&#10;htJUQ0VyHnWSLU5WFURH7SYqsRwDQUwrksrA2gaFiJtt5CPqyI68DZvZkVCOsRi6qzLjyTR2w7Vy&#10;D+8uPImlvQNWNXGCOJ6j1tgWK00+Bzfl4dM/Ej89UZP7WPmRz7nvqxQiO3igzT3K8gPJGFg7YlyT&#10;Id5fhV8PN0oP/MSys03YWSmozcsgXWVPkF01p3euYG1sOXVFoo2eysXEKYChYwfoyAetDRRlxBCd&#10;lI+BbyeC1dmCSAsieyCDOlWtIF2lZMsG7iZ1pJ/JpcVMjC0GCSxctooNx/NF81VRFF+KoZMntjUH&#10;mLVgLXtjyzA2qCP7VCkWAUG4NJ/lx6VR5AmCZS/q9FxUEbad3Chc+jFf7T7F6UNleI4dRicnk389&#10;+bhhyy6ygen27dtRiQ73Sziv98shL0scPXpU9/nXUFJSwoaNG2lqunKNUH7GhevvrBbDpJPk1sh+&#10;LfQBvwgxSJiZ/8zvhHw2Y2tzE3WVf+e24b8CWhrKMzmyfC4ff/wxn8yZz7qoePLTBaGYP0cX9tE3&#10;y9h0poAWrZqGogSi1rbFnfXNcvbHZFGWdYIdK77Uhf3a9cknc9h26iSH1y7nu9lz2Rmbc+mE2oZs&#10;tv40n2/mbyOzrA61po60XYuYPUuk4eOPxP0fMevT2YIs/Abbhl+CgRHmtj507TGIsWIgrEs9y5kC&#10;1bWnvaVGytITic1pxr73nTzyoGw8Goi9adtsj8LIHDu3joweM5jOlpXEJ2dSVNuCkbUfQyY+xDOP&#10;3yHIRQ4nhQCo0vstuRySQiO0tyPsim+h6+j7ePKZxxnZ0UWQMUMUBhZ49pzA8zNn8ugtIaQf28yp&#10;Itl+QSvy0Ixdp9uZMWU4fmayt0QLvDsMZPKDd9LNMps92w+TnpnM8UPxVASM56m7hxDcIITxuRIc&#10;fDrSIbA94b0G0MehUhCrGCotOnLf1FvxNyzi6GEhmKt/iz1DC8UqKzqNvIsn7utNS0YOufmpHF1/&#10;hmavYUydMZPn7oukad8hEvKraZXXaVy78cCTTzFjtJ0QlBb0u2s6z03uTPqe05Q1qdEIClTQ5MXt&#10;05/k4dFBZB6Oo1y6xmiibqSmuIicakFaJk7mnnvG08XLWudZ9iJE2da0GGIZ0I8HHplIZ0dD8hJz&#10;qFdYExA5iinTn2fm4xPwFdpuXk4pdU21qJTeDOgZQVdfOyGUxHsFOa8R9RMtNPABkx7hsdG9CHEX&#10;gtZIQ3n8DvbVe3HbQzOY+Z+pdKo9wv7kIhovtOfWXKIWncCo+/3MnPkSz05qR+6SrSSbRzBlXEcc&#10;Bk/h+eemMWmAJ6797uS+CE+sXTsx7uHneEmE39HLg8zoxKvsibSoFcY4BPVjymN3099VEmUUT0Fd&#10;PfVY065jNyJtSknIrcCh392i7cxgTKgR2akxJJY1ibHOHo8uo7nnoakM9agjQ7SRwrq2ZS6pKoVd&#10;x8pw73Ub05+fySPdDTlwJpXM6mbUuBAxegrTHx2PTUYl5u3HMO3J++iWE0NySePPluAUht4MnDxD&#10;tM8hSDElOPWfzJMPjcUv8SjnMjKJ3ZyOy6jHeeHZxxjfxZKUzQdISM0gJbqWdrc8ytTJ4wh3scFC&#10;e2kGTmHuRFBICD0FAe/RZzADvC2paVJi174T3ft0ICCsN7c+8CQvzHyCsa5GNOTkU9EkoW42xD5s&#10;CHc98jD9HUpJzsigtF4tmpARzt1u4YEnHqKHURKn0tJJPryZAy3+THr0KZ7/z8OENxxm6/l8GjUN&#10;ok84MOjBEbR3+N3umf+RuGHkIzExkegT0dc9RO4CzsbEUFVVpZv5kMnKb0F5RTnLly1n7959uh0y&#10;8pJNc7PQm8RnpYkJjo6O2NnZ62P/9WgtOEVcUT2aq3qEgaEtXsFX2nBIspbg4YPV5btdZAjNqaGu&#10;UgjhRn3AfzkUBqLuTLFTajCpKaNG1UDtVQ7DZG1Sp2lVNGNrLzQpbQ2NxSVITuEMvvU+Jg3thq+t&#10;KY6hPRh376PMmD6D6dMf4fa+YbhZmuDaeSB3PPAoE8VA4WTx6ztkpJpkVnzzI4v2V9Dr9ilMHh5I&#10;xsHlrIov18f4YzAwNMXSwhlXGzPMLKxFVQtB0nA9YWuAiaUDBhX5HFqxmDWnS9DaeeBio0SWc4Ym&#10;drqD+GxtbbBSmlBT30KD2hz//gMJcVMIDewMBeWVqK/DhOVgQysXfFpOs/zH+Sw5UEa/EDfRHhUo&#10;HDtz+6T2tOScZIvQ7jRSLeWC2IjK0rmm9rIVpFl24WxgiIWFHWF+riId7gR4GtKYeJjYjCzOn84g&#10;6/xhNmzaR0x8FnVpcRRetIFQU1uaR2FeqhBOp9i+cQcnEuJJLcolp+rXjTTl00VDB9/OQ+P6E+Hr&#10;irl8REFzsSBgloQFeONsbY1D+wghlMXzKhsEmYTgYHdszaxw8fLAokc/Qu3NsLZzwFgoSfLSvrGR&#10;EPL3PcW0IcG42dhipKoX+v41yIexJU7eHejtqyHx1BGi4kuwDPXG4rLZGoVkhGtgNybceTtju/hg&#10;L8pMalZj6uKNjaaaU+sWsXDDflKyStCIscvQ2Je+Iyfz6ANj6BbkhImhgRCqjRRn5mDm5kFAYEcG&#10;3noX4yP9sTNrpCAtk7qyFA5vXMqClfvJbE7neGYJTfqj5RX1OZyJdaR/N1+sTcxx6tybroK8J1Ze&#10;y1bEAEMzaxz9fKmJWsZ3C1awJyYXGlVXtB0Fhjh4hTFswiSGRrQn0NkZO1Ff5XW2dIwcz9RHJtDN&#10;1RClICi+AT442bkRGGZDi2klORUNGAf2ZPwtIxjarStdu4i2b1KPSpSJ3BCbinNIbioi8fQOVixa&#10;yd6EIopiUyiubRBjZDDusq8eJzd87brR288eE2t7XI2baW69mlSL+vILx9vKCDNnb4LtIunpZ4WR&#10;hQ3O1FIl0ns2poKyM1tYvGQNe89kUp8fQ0JGORVlHvSJ6EhknxFMHNMbJ65vcyd6AZ4d+3CHIBWT&#10;bh3GUB+ojNnIj4s3ciwtlUq1bPsnmkq7/tw5bhgDOnchMkJJcVMF5Sohq8JH8tCtg4gM60LPnpBc&#10;mcn5mGRsg9vh72CJuWMovXo3cyJfrlNTetw1gyenTyDSxfRvdYv+Z+GGkY/U1JSfzUxcC2fOnNYt&#10;zdTV1XHu3DldmOzx1M/vl4+TLywq5Pvvv2f1mjUckWdMhPCysLTC3t5BkA8n3ZLM3wWNuoA9J7Ko&#10;FZ1KHgQuwMDACi8xQF2iGQqUZrYERrbH9uoj3jXN1FUUCA3in2MBfiOhMFBiYeuIp9AOW2oqqKxX&#10;USUE6ZVoRVVVT02DLW6+vniYC4JSWYmhzwAmTXuV5+8ZRgdnSzy7j+KxVz9k9uzZfP7Z+zx9W2/8&#10;7c3xHTiRp19/k7v7Ca1PP3NwPeh2JqUcZGNsKc1Bo3nuzQ9464GeKISwNxKC+S+Dwhz3Tv0YN7wH&#10;fs2p7FrzI/O+Xcahc9k0tF5LiIi0qys5v3M9Kzfu41hCligveRbu2uRDiBwcOo3nsXsHYlUUy84l&#10;X/DJF99zKEdo4VmH+P7rH9gdHUt8TuW1RLAe8hKUMUq94JXLTqOWhUIrzQ111BZkkFbYgK0QPAN7&#10;BGJ+8fhxCa1gBK0tDVSV5ZOSXYWdfxf69+qI02/w8KvAnOAAd9wcLC7NOMiG3Lr0iNSKf5IYF4zR&#10;CAVFdk14JSwsTa+wj5BvMDK0oVsnLyyvVgZkSCKtzaJdVos3GFvhIcjslMeH4G/ZQvrxKHZu3k/6&#10;FcaqSpzFWBTk66hftpCTV0/OmePsXLeDAyfPEZ+USVm1SqRTwsjKjQB3V5wtLxsL5Py0aEQ9KYTA&#10;Ed8NlZiIscJQIUhmbTMNRdmkJMYTn5BGnWsvOnnKSzX6mtKK9Mo1rP8qKQwxVqiFUtT2/QpIahor&#10;0ti/cBVbj5wl7nwSGfIR9fp7L6Ht9F0Tpf78F1GqCk0LkrEtHm5e+NiKtMvERya1ugTLdnkKEUvU&#10;tQg30J2VIqdfhIsyUejiiFvE1SofLV9fQm5mMucFCU2utmZEmDvusn2DLpYeRuaYi7amv/VXINqC&#10;sYWIr/8qFFW1aJNFjYIMpcQTl5BKQb2SwMHB2BrI815t5Sw7kjNStp2Pc32Y4OHigr+HNU2CvOzf&#10;s4Udh04SG59EtiD8jfIMoYB8hop8loxMGAxEZTQLRVst2qOheP6Fc2eEyKNR00qL6NPyjFdb8xXh&#10;Rgrdri5JsqZrJ29sTf97HNVd3vP+VNQJTUI+HO3XINspLF+xgoTzl9yiy4fhDB8+XP/t2pAH09T0&#10;NN57/30WLvxJd6CPj4/Pn27n8Ueg1jRxdPNWzsqzH/oRT9dRDa0IGTqJ4ZFiAJYPGjKxJbzvLTw6&#10;0BeTyzQmefBuUVWQHRtNjGDI/xOQd/cIrdndxZD62jLKGuqpNzTBzs72ElnTNqOqE5qL1gobD0/s&#10;lPXU1Vejuo4Q/n9BvCsv7iTFQvNT9hxEByehdXlGMGHiAzwQ6aaP9OdBFgxKpSmWCqGe1wvBLzTu&#10;BpUgnjIJrW3C3K8ndz09k6fGhaJJOszxk0nX3y1Tn8GWJavYeb6FkAED8Xd3xkgI4WtBEuKptrQc&#10;4+ARzHj+VV59OJKEzd+zPa2UnN1f8+GPB2n1HMTjkzvpBMQ1IQuuxgpShLBqaKiirMoAy4BIwrw9&#10;Ce4cRqdx0/nggzd57rF7GNCvD94WF2rUCEsHZ5w9Q+gqiOHL773D8489xJ19utHe9Y9tMVcY2hHg&#10;1kBuUZkgXY3U56WRYuqum2X6mQnJb4Ss7SvVjVSW5pJwZC9RcXVoWxuoLMokvd6V/uMnM+OOXjgk&#10;x5Kn+uUdG5K2hvToFKqlTjz8/mw+e+kB+oa6C2F9bYFiYGCOi58bDdUVFBbmknhsL/vjc6lpMsXF&#10;1w2XHhN4+u3PmTfnA5679y7u6+GHpezJV4w3koU77b2riUsvo7FV9J3M8yTZBOFve62CUFNfmsLJ&#10;rdX0e+kz5s56i0dHhulIxOWQRLzKonSO7T9IXEYeBTV11Dl742zXthSgEFTPysFBCG+1SG8ptfWV&#10;FGSLPtRqhau1Kc3Z8Rw6coqz6RmkZzZhqDZtI6MivaYOHvg5R3DbAy/y8Zwv+GjmI4yeOJxAR2v0&#10;py38vyHJnqTtPejRIYzhT7zHV1/O5r2ZjzNm0Fi6hbjhZl1BYnoeaedPceBIDGViLP91qClPP01s&#10;hSndp7zFnE9e5M5eHbDTj1yNGefYd/QMcZkZQilvxdPCHkcLJQ1Jx9l2JJbU3EwSEyHM3od2Qjmt&#10;yM+nWPT5pro8EuMN6eTiIMjrfwfhuBx/sDv+Ohobm3QE4dcwfdo0HJ0cWbJ4iT4E5FMUwzuG67/9&#10;OlRCS/41I9C/Gtqzy1m+N57KxkuzH/JJgzad7+Hzd59h4thbuPW2u3nixecZ4nXlLI0kGnxp5hl2&#10;bIkSgva/3eajDQYGSqxtXXB2MqCxtpjSykY01m60C/HH9EIzbVFRVl5CXqslzn4+uDlqKautorzu&#10;BpSR1EBpbqmseOLpYo2iIpkTlZ7cOS4Cgyah6emj/WkQQsbRI4AOzgZUnjnE0dhMyquEFq1tpCTx&#10;ECtWrGFzdAYthpa4Bgfi5u6gM3q9JuRZbEdLob3XUlxeI7R5QWZbWnS+FX6e7laqk3Yy//PviUrP&#10;p97IGY+AbgTaG9CkMcTb2RZtdSoZhSrEJ6oarpV3A1qa1eQmHGLDzj0cKXOi07BBhAYG0jXSC8u0&#10;faxZvYyfFi9l2+kCkVVLrE0aKchIJUvjrKtj4+pkdq5fwY/fLWTTgQQqVNXkJaaQll5M/e/wQ2Jo&#10;6Ervca4UJx9k65b1rF1zgLLISDoK7dTkt6nKV8EQM3Mn2nmqOLhOzsMWElUKQT5qBTndzQ/fLmDV&#10;hi0cOJVEuYU/rheJ1fWgxMbRHG1TDtH7d7JHCKXi0moMhHZ79TKtDjr7iu741udzeMsSvlq0mVP5&#10;1TRLFvh0H0pAVSI7tm1ly/olLJj3EwdSSmm+sHfaJIBh9zqTtG8j67dsYM2aozSOHUGEw6U0KgyM&#10;MbeypyU9hhOl4ODWQuLh3ezcG8W5tGLR97Rcye2FJl5dxLk9S/l2wXqO5ddi3S0Udwt9H1Uosffp&#10;QJC9BXlHtrF67Tr2nmnA2b49HQShNFRlcmLvOhYvWszOFHN8XdvhaWMinipKxrMjA121pB8/wJbN&#10;60Wc7/lGjKEFQgH70/qbbG/lFki3YUac3LaWdRvWsuqnhazckojG3gmPLo0c2riYRctXsuNcARqj&#10;yzOvwMjUEhN1E3npyaRUNOjnNgwwtXHAXF1L+on97N57lDOVxVQay7NMEka1aRzZsUYn43YlW+Hn&#10;6oOzlTFG1efZtWEFS5YsYV+2F5192hE+YBSB5XFs3bqVzWtWcSC/A2Pae+tmenQQsqSpOJbtZwtE&#10;//xlovtPxw0jH7Jvj99CPkzNzBg9chRLli7WfZcZu5ubG05OTrrvvwWyfxB52eafBI26jK1ff8uW&#10;uCLRSPQ+P+TZDyNLAgc/xvdr17Bi8Rzu6+4uWO2lwUDeg68qTubgpjWsir60Jfe/H/KUt3zktBEt&#10;DZWUllbRZKLEzvbSDh6poY7SigpKjSxwcHTF2lRJcVUNxdWNcp/8k6EW2qZWdBAT2gnyUX/6W+6e&#10;dDu33norU1Yl6aaQfz9EHs3s8AztSqdQLyxMzLBzDySySxj+dra4dejBkFu6Y1mdyXmhRfn3HUx4&#10;SBcih97G/UP94ex6luzKwaX7aEYPjcTTM5D2ncLxc7NDaWpLQPtORAR5iGd24K4JQ/CsiWN3ajOh&#10;3bvRwc0aQzNHQiI64C0vU5g50SGyI1529viPmMZL9/pzeuNPfLM2kWEzXmdyuC9d7nqBqQOVHFix&#10;nAS7IUzoEynaquizTkH07tkNbxtjFEam2Pt3Y2j/fnRVxLF2byZWw6fw3NAgbF1D6XfLnfR3zGOL&#10;ECItASO4Z1wfgjtG0L+nJ+rsGI6V2TJg3ASGBxtyYvtRGrwiGTN+AD4mlSQcOEL0ifQrzvKRlybC&#10;/D1xs7XC1jsAD2e7Nq3QzJnQMD+chABpN2IqdwVUc2jdUtZluTB5yjAC3Z1wateVEBcr3XKA0iGI&#10;7t42bVPsVl5EdpNnDMxxCg3H01JkUigKSjtvunQW7/DsxNjpEVTFpaLudDfPP3YrnQT5bddtCGM8&#10;81m9cBn7c1rpfNcIQuVlBx2EQLJ1xtXHBzsTMcwaC83fx5dA/0C6DOqMj2sZ+5Ys5UixkqCuvWjn&#10;7I6nrweurtY/OzFZ6dOPh0aH0pqbRV3QcCbfcyv9gl2wCx3BM+MCKDy4hu8XR6EY9CC3RnhdXNYy&#10;MLAk7I6ZPOh2nqXzf2BzZSdefGYkruammDkFE+lphbHSFv9uYwnNP8zWMmcGTfYjZcMClm45g1HE&#10;KAYEuWN42ayZPLPhFtCRAQMjIbcQQ79+ok574OfuhrefA0pRoMZO7Rg6uDeh2mTWr9hDuVd7+o8V&#10;cVzcaD/qHh4fEYhZYT5m3SLo2a8T/oGhBHi6YG3lz6BpownQnmfTgkVsbujAw6N7Ei5+7xHshq2Z&#10;aG9Ke4I6eet2ohkYWOAR2QlvW3nnhz6BAiZOIfQPdcLYQLZjcSakiygTI0NBHOzwEfH9XX3pOW4K&#10;A7SHWbhwDSeqXBk3/Rbxnk70GzGeSG0GRWpvJk97iCEdQnX2TzooDLFyk0mUKw3p54hpFIqApwe2&#10;JqY4t+9LhKc1eXuWsfR4CW6detGjvQdmouiUEcOZ2NMFTXY+diOGMXhAKE6iI5n2mcDD3cwoScjH&#10;+/47GNrVC6ewUTw33p+cfatYsC6J4On3MijIDbf2oq/KJE0hoUpZx7OfHaRatpX5N0MIxRuC119/&#10;XbJ3sJeMjI1+9Zo0adLFzxaWFtLzM2dKn3322RVxfukKbR8qrV27Vv/mG4fc3FypZ6+e10zDtS8T&#10;yefuz6StcblSbZNa/5TrQKuVNOpmqTIvXto4+1GpvZXJNZ537euuu+6SiouL9Q/6d0GrbZaKz++Q&#10;3h/bXRo49nHpjVfHSR3CI6RJk++Qukf2l+67b6xkFTBIumfuEak0fb80+8khkvPAe6VXf/hBev2B&#10;HpJ1/ynSh3szpebWKilmyevSrWGuUrep70m70mt0z9doKqVjXz4hDQhwkvrOnC+dzFdJ6pY0aeF9&#10;I6R2dh7S4z/slfLrWnVxtSW7pSndQiX/0Ael7WdPSese7yO52dpK4+efkLJ2vSf1CfeQjJVGkvu7&#10;R6RWjUZ3z03cxP8KtNpGKf/kZmnhyzOl9ekqfehNXBdajVR16gfpsa8WSqvjSiWNGOPbwtVSxeFZ&#10;0oQvVksHM6tFuerDfyOay6Okt57ZLJU1NOtD/p24YTMflpZCw/iNp7Ju33HlLhdDwVizs7L1334d&#10;8hKPvP32nwcNBWtf5JYX5rL95HkKKmqorW+5QmsWdYCmpYGa6jJyEo+zceFnvPHWIlKb/t1Tar8f&#10;CoyMTTG3sKS1QUVlZQOmFi44OrYtScnlJBukNdbXYWWgxlI2/tOYoKmopbKkUje7dCOge694tH3/&#10;max9ewwm1zJEvImbuImb+IvQmpZEy/BwHC7zC/VvxA0jH7LRqLyEcj3Iv8sHoclGoiOGj8DBwUFn&#10;fCrvUvn2u285ffaMPuavQ17PrrvO+TH/BBju+5yHR/Rn2mc/sXJLNGk5ObpD6nRXThapp3ey6PtZ&#10;PHfXeB59dymJf6I75n8L5JZibKzEwtycmopS0pLTMDBuszzXQdLSUFtGVVkBOYfX8vq06cxaeQxF&#10;Qw0GdbU0/8y9+P8XbZbmshO0vJpGnXX6TdzE/zoMlUJBsLHB7L/QAPJGQN5pY2dprvPAejkMlFY4&#10;WJpd327rF2DRcxrvj/L5Rfn6b8ANIx89evbAwsJc/+3n6NGjJ7t37SYtNU13ku03877h3sn38tab&#10;b9GtW+TvmsmQ7UtkV+3/ZDSr69k+63mm3z+EDsFB+Af4666A4HaED5zEf16bzda0/+3zAhRGxpha&#10;WKFsaqG0WoGTpz+O+jV0SWqmpqyW8gI1xkozrMQAaGlmgkGNICSirdT+GcdxXAaFgRU+YVYYGGko&#10;La+hVSNv17zyvJ6buIn/JSgUprh2GsbEF19lpO/1x/ab0EPeYNDpLj58YCJjQxx0W2rbwg2x7f4o&#10;8x8eSw9v6389ifijuGHkQ3b5bWFxfXffoSEhBAUF6Qpevjy9vMjMyiJEhHfqFE5ubo4+5q9DFgiS&#10;vC3hJv7VUBjK5MMaa0NRp6amSNZ2l7n4aaKytJKyYmtGTXmL/Unn2PjBdHooaymrKaW6+feTAt2S&#10;l7pVN3PW0irIhdyO9L9hYIp3WG+sTc2QDu0jvqicyooKcZNIpz7K/xLa+pjsl6OVVnWbE6ub+Htw&#10;sR4uGLLfxE38C3HDyIe1lRV3TZqEjbWNPuRKtG8fdgXj6xAWpjufZd269cydO1cf+ttQVVXJ+fOJ&#10;+m838e+FEjsTR8IsDWkxMqXRyg7Tiy1UTYOmHpVCiZmFfACTEZaW5lhZtFBZU0HFHzheXKOuZNEz&#10;txHm5YjV+E+IyquRd6lehFmnUTwa7k5z/Hfc0jmEyKe2yqH09ne8cR3nH4yW+hw2zuxD5P0/kPu/&#10;4n/mHwitJp8tT93BHZ9sIqX8f8MJ4U389+GGjaEysRgyZAiWVtee/UhOTrqCtReXFGNlbc3777/H&#10;yy+9rA/9PbipAfzroTDEzNQcezsTMFViYmuFiZ6fSo11lFRWkq+1wNpC9lhojKmVGaaiedU0NFHX&#10;9Me2nWk1at1WbZvMRKpVDZcdL6/AwLwjj82dxyeP98TYQCN4RzhP/rCdOeN8/9BUqbx0VJK4ix9e&#10;fIjZx399WVGrVZG67Sd+mvsdxwqvdLOv1dYQu+Qzflw4h9mPPM/s2RtI+g1H2v8WSHVH+E8XP9xe&#10;2ouq9Ur7I0mUl1rWuNUq8g/MZVzk3Xy77geeiBjAE1syaShJZOPnjzDxlXUU/cxD7Y1F/bkFjBvU&#10;k8e+30f+b1iH02rKiFn+KV9G5Yt8NZN/egXvfn3sijxLkoaGavngw3kslR1hXAuSFlXeCZZ89AT3&#10;zvyEL95/jHEPvM3R4iYaylLYs20TG/al0dSqoihhLxs3biM66/93PpCuHv5sOyQxHqtr8zm+5hVu&#10;X5p42bH3lyBJTaKc1jPv1Sf59lSZPvT/AVF21ad+4O7X5rH8RK7OF80vQaMpZc+LD/LVwTRqr3Ky&#10;p9EUsXnqOGZHRzE7ZARzY3/5QM7/D3R9c/vXzPrgPdYnVutDL4PIV23sch5750u+jUqnUfbt/3sh&#10;2l7ZnlcJnbaMxJLaixsVpKItPNTnY85XXlqml7Qt1CSu5uHuz7KnUEVt0VmWPjma6YvXsfiZ23l7&#10;fy7lqftZ+Py9fHykWH/X3wxBAG4Y0tLSJP8A/2tuD7WxtZGWLl0q/fDDD7prx86d0vPPPy9V19RK&#10;H3380TXv+aVr1OhRUmVlpf7NNwa/f6vtX3P9u7faaiV1S4NUU1oslZbXSI0NdVJlYb6UW1gsldXW&#10;S6qacimvsEQqq1FJdTUVUmF+sVRZXS+1atRSS32NVF6ULxWVV0n1La1Ss6paKhP3FlWI57S2bYXV&#10;ajVSU22FVCLCi6vqpCYRrtW2SKryUqkwL1dXp/KVX1gu1TeqpLKiQqmgsEJqaG7VpU2rbpZUVSVS&#10;noibJ95d3dCi2zL3e7fHydBqm6SiuC3S3BkTpQ8OFelDrw+Npk5K2vCt9N2sOdLB/AZ9aBvkfDXX&#10;1Ui14qopr5BqauqlFiGN/gxoa/dLj/vZSqZP7ZDqWtq2iOvKQtMq1VcWSYVldbryb22sEeVaKtXW&#10;10rlhUVSuapZqi+Kk1a/f7c06pnlUoH4/ldCdXqeNDAiVJr81U4pt6ZFH3p9aNKXS738Q6T/7MiT&#10;mhuTpflju0reL++7mGcZ2pY6KfvAHKlftyHSrKOl+tCrIMpG09ok1VWXS2WV1VKN+FtSViU1tFRL&#10;Sdu+kR6d/Kj03NpEqbEsXlr4zuPShMfevrgV/I9AqxX1UFEqlerq/E/c8i3y0VqdKx1a+ow0/Mc4&#10;SX2NNi5vt82NXil9/uxD0hfHS/Sh/w+Idlx5fK409rnPpYVHsqSmX8mPWl0sbZ9xp/Tp3mSppvnK&#10;uFqtWqovL5FqmhqlGtFXr/79z4Tc/1oaaqXq6mox9lzjPXKbaFZJ5VWijza2jRm/GyI/Jdueldym&#10;LJDii2ouPkNbsE6a2OEtKbb80nZnuX9qWsT4JY9dYozTqEV7rCiWyuvEuFlRIlU2NEilSbulb564&#10;VXprf6H+rr8XN/RI/ZqaGpYsXaL7ezVkbXPGk0/Sv39/QkND8fLyorauDiMjQ3bu2EFsXKw+5m9D&#10;QEAAt916G+bmN84Q6rceqf9X4998pL48g2BgaIyJhSUW5ia6g8rMrKyxsbLE3MQYpYk51lYW4rNS&#10;fDbDytoSE1Uyy+fOZ+m+c2TGnuHIiSKcOoThaSfiiXtlQ9QLZzLIzzcS91nI4aZtZzUoZFfm5hbi&#10;WTbY2LRd1lbmGBspMbe0wsrKDGP53Alxr8JAxDW1wFrEtRbvNjVuc139R2Y+5K3X9aWZnI7awa6E&#10;82z5Yh478gzwCQnC1aSB7ONr+OT5acycu4WMJhuCQjzQZMWRnBrPwf07+fKtj9hToMUtKATnlkz2&#10;LPqU1197m08O5mPkFkiIMo3vP1hLRrMZnj6OkLqOF+YcQ2OlJW31ezw583W+2pKOXUgY3vbNnPj4&#10;ZdZlZLD6jW00h4fh52DeVm4t2Wz7dhUn7YIITfuKh/8zh3SHfvTyauTY10/y+i4jBvULwLAqnpVv&#10;TePxt79n55kKAvr3wcegitSYI8TU+9DdIY9FL73GnF3RnNnxFa99G0WJRTu6+NvqDk2T0VJ0hgVf&#10;zeGLBevYtfVHXvvxMMVibCg+8ANvv/kVJ+os8Qv2w96gkoTt83jxhRd5dXMKhk6+BLrZoiiPYeUn&#10;LzLznSVkVBdyJiEXt+5jGNrJDxuTtm3RWk0VyWs/YfKjL/DF3O+JbQ2iY1CL0KBf4fsTSSQe2syS&#10;hcvZGZdJafJR9hlGcnc3N1EWGupK41n1wpssPZ1E5sn9nD13gtWbcgnp1wn7liKOb1nIp1tr6Rpm&#10;SsqehbzwxPN8uvkk2aYBhJvlsH35XOatP0hCYSbxSedJ3LmV/SfOUqoxwdZWw5Hv3+U/z73GJ7uT&#10;aLD2pp2Hw6Wzb+SZstjNvPf8i7zy9icsT2rFxdcPd5s6jn/6JnOzrQgLcKQhZhlPP/ofPlwfS13y&#10;Ul799CjukV3wsjPXnaEiQ1N6hoWvP8D9Mz9leXQVXl274m+toD77MPNee4hHXp/HloQGvEK8kfKP&#10;sjqhjIbVr/P0l5tJNgqhZ8iF82nU1BakkHg+A0VID1zzD7NO5K/YwRvzrJ3MefVppr8+i2WHs1A7&#10;+OPTfJJvtm5mzZrVrJ/zAYuPl2Pt7o+Ho0Xbqb1INBWcZsuROPLOrGPhNws4UW2Hv58ntoYl7J/7&#10;Io8//zpzt2TiENIebwcFubs3k2bQzJrXXuC9Ocso9u9LpLcN6rwovpg5jWfe+4qFZa4MiQjCIns9&#10;0x7ZjtewrrgYNpKx7yumzS+gS1Aj+z6exqRn32fBmj0kGoVezKNuhjJhH+s/F/1l405mvfUVe+Kz&#10;qBR5nfva6yw7U4ZdUBAG8ZvZuDuawpoidh3dzso1a9n45fssOlqGpYcfdhX7+WTdGcpbyjn53Ro2&#10;rf+eWV9/yvt78lHUx/PTe+/w4bLTmPgE4+0skbLsTR586mU+/nweGwuciAjzxKTwAPMTXbhvaHuc&#10;LPXH6NclsfbH81g4H+CRB15m+UkVHXp3xrp4H+9O24DV4K6YpG3h4+ef5tVZ37MxKgGjgAj8TcpJ&#10;PXWKKtcQNOcX89La4yQteIdZ6+Mx9utIoLO+//9F+FuXrsvLy3QCPSkpiW3bthEfLwazlSt1J93+&#10;dkh4eHgwatQonRC5if8BaJqoKi2hsLiUspISikuqaPzTt9reODSWFpOXmIXTgAH4NZ5h6crDpMXu&#10;Z8feozT0nsF7M4ZjlnOUlRvPUN1Sz/ljB9iZUIvPgJ6Y1ORy/PgpTm1YQ3SOFSOfep/3hpkQvW8X&#10;u7I0gpQkkZGdRYkg8llnD1Fi3kTh/h9YVejNpJnv88pgLSu+30J8VglVxYks+nQOewQByVfJBrf6&#10;BOrhUFKH96jHuD+4jE1f/0RipYq6kmyyCqtoUpWTsH8ly+3v5aPXphCSf4jvf9hLaeOFpRYJdVMd&#10;xUlxpOdW4TfyAe4MFQJ/+QJ2pFy25CAfTV+USGIVdBwynpFOxaxatodUmx6M6epM0ukzHE4upjRu&#10;O8v3ZuM5aApPh9ewKyqKo2mpRC/5iUXJLox89GG626sxabnGKdBF0XyzqIKxT77F2/e1I2r+5+zP&#10;s6D3/WNxNLVl2LOz+WH++9wT6IjZsGf5bEKInhwZYmbjQ++Jw3Bz9mPUU68yZVhHrFOyyFG1oqrM&#10;ITVJPr7fkaaMGGIPZdHriReY2t2MExuWsaXMnq4R/enVuReDxk3lxfvG061HV0J6jWTc2P5YJByj&#10;sMmNyS8+w3irfPbv2MPZoksuA6TmXA4uPoN52B28+f40OhVkk5RYQG1LC6rifPIr6oTgPsJ7Hy6j&#10;IuJe3nksnEQhDJMSc1G1XJrml5fozix+i0Wa2/ls7mc8GZzKxx9vJrc8j+Mrv2CX1b18+skr3OF0&#10;ni/n7SW3qozsDUvZWRvM+IGh1KzdyrmKq5bfZLf8OWc5JOon17kzHY1y2B+bQ2n7qXwx6yXG27eQ&#10;ue8UGRU1FB3cyOqtcRDSHY+KQmIOxlHUcOWSiTbnJNuzbQkf3g/Nnj1EHTvH0VWzWVzgxz0vvM/L&#10;g1pZMn8L57PLxZtr2PzVNxx1HsmDE9zYtjSKnPI0dr75EQmhM5j37Rc8a7aeqV8eocrCBf+qXezP&#10;qKO5sZTE6P3UuttTdT6KRc1j+PzLT5l5SzuqVm0mpvxCHuW2W0tqXg1lzoN4bvpQ7PIOsCPWkBEP&#10;3EOosoxD++MoryilQsiwmjqRx8OCYG09hzYoEi9BRmIOxJJbWU1hWSVVqjoKCoQSYdiBe598gjFN&#10;J/hpSzFhdzzIvX757Dx7nozoDXyS4M7E/3zEV+/eg9PeHRxLr+R6q8lVNTv46JP9hD38KCMaN/LF&#10;oTzULbUUZhZSXVVA3J5tNI5+m++/eo/7u2rZsWQPxY36pUhNC9UpJ9m1ZitHbfrQ18eAE99tILbi&#10;r/WY+reSj7WCKco7XCwsLHQzIHfddbdu5mOgGJQjI7szfvytPPjAg3To0EF/BzqC0adPH/03odka&#10;GOhOwB08aLDucLmbuIl/NISAt3IOYNjk53j6gfH0b+eNcdw5YoWmWZ/nyoARIxg8dCDdXGxRJwpN&#10;XIw+Bu6dGHnngzw5aQA+xgox6MdzNLUZpXMXBg4cwIjhAwgWhKYosxHnUFNKJBVlqgoKk5oIdjKm&#10;OlpDUEhvBvYfxLBbh+AvyEZOSS0tGg2GHe/hlc+e4ZYQe5RX+U9r9O1Au6Au9OjiQUVaNOmqS+zE&#10;wMSOkEGP8/nj4+ktBGqov4bS4ipar2Iwhub2eAT1ZkDP3gzu2Qm3+jyOpJaJd18SPrLLbkdHT8K7&#10;RRDpao2rkQEOgcEEuNliWJhHeV4GicdjOVdphUenvgzs6IqUcJLEM/tZfSyBcqFhd+neg57dOuuM&#10;kK+GwiGCx955irvHDKZ3J1/qy+NJKGjG3stVkAwlLkHhRHQNw1tolkYugXT0aHPBLp/FZGRsjoOn&#10;C2YmFrgGdSIsPEyMR7nsT8qnsqCAnFgH+ncJwDW4F2Nn/Icp4/vTPcAd1ypB7jTywYiO2Ns64Ozm&#10;Szsfd+zs7bC2d8VdaP+dht/J5Mce4bZhPQh1MqI4TzyvTIVa21Y2Um0xZ3MSSCiqxcRvMI+/8Rh3&#10;9A3ARj8zIhOAkoQDnMmsJjQigoieAxnezQlT5VXDemMKO5e2Mmj8WAb27s/Q8YNw3b+P43m5JG4z&#10;ZvC4MQzqP4wJDz7LK/f1wMnYDI92g3jo2emM7xmCR1UOJaorBZMq9zw7V2/jTG07xg9oj5tbMING&#10;3sFT946mX/++dPO2x1zehdakxcjck96j7+K+ByfRW+RTU1V+BTmSoQ0YxP1irH/wnnsYG1lPRulZ&#10;jq2vIjC0FwP66dttejo5pXVt7bbTZN586h5uH9ABdXou5aVnWH1GkNAxg0R77CfIXT8sNu8kWe1B&#10;596tgqhX0dJYRcl5BX0j2xPc/U7emX47A/r0JrJrB7xr5DxeaSdkbWdH5x49GdA7Av9uHTBt35dB&#10;PTrjY2NKXUHpFQqPkZkHvUZO4r6H7qaPixJNZTl1l9mkGBk6ERrUke49+jOknSORnUPp0asfvTuY&#10;USbIS6tLb55/dCK3DutP7yGD6KoVilV148/60wUYqszp+tgHvDppDJFBTZwvqEGrm7RQYGTpSsSk&#10;F3l6wkC6iz7VuZ0HVdkyab1U5pIgZX797ua5x+9n3JAOuNmkEF/41/rK+lvJh+xUKqx9ewIDA/H0&#10;9KRdcDBWllZMmzaNF198gaFDhug+9xQN4ALkpYUOYZfIiCQqx8jQCFtbW33ITfy3Q2EbxC0PP87M&#10;Jx9iyuOPMf2JcYTY/Vu8/Rlj4+BDZO9IgjyccbQRV3012WU57Dmwkc+fvZ9JU57m0yWria/IpKxB&#10;KQbgzgwf2I1gQUhMFQq0dZUUNRugtLHD3kKJqYsf7YRwtGg2wjEgkMa8UvJTznA4xwonU8gSA+v2&#10;799m2v2TuPuJT9iVEEVSZR2tGmsGjR3FoD7heFkrL07RX4DayhYzY2NMzU3Rqutp0lz4XV4qM8LM&#10;0gJFxnG2Lv2GBWfK9b9dCfnsFzMrB2wtzLC0ssZWaJS1OflXGrIqjITANMFMvMdUKBDWpsaYmbWl&#10;x1Bo+dqmctJziiiM3sz8t55ixodriDl5kvSzJ4nJE0TGRKRRPhHYRpAVkd6roTC1xt60hozjK3nj&#10;8500NNTT+EfOxVAYY2nvRVAHJ5L3HCEuJ5002w50czVDaWKKsUENZ/esZ/W67WTqCcT1oBDPMrM0&#10;o1WVxd6VS9l46BRZ9c26Ld8XxY2lF326O1F6cjGvPfkkH205QlpV00VDUAMaKM5Io8XAFX8Hc935&#10;Pm5O5hhe5bhKUV9CSokNIT62gmAaY+HmR4Aqg+yMLBLKrAn2tMZEaY6dVwhdQlyxsLTBbdB4Rnbx&#10;xVY+B0Z3DP+VQlAlz6zFpVKWUYFkbCLSoqEx6zCrPn6cOyc9ytsrNpGkUelm0+Qp/YgB/eji54KN&#10;iQGG0s9n2SwCw+nbJYQAVw+hTJqjqc3lVG4q2+e/xRNyu532CbvP7yepSqVrt4NvGc2QDp6i/Yv8&#10;trbSIrT9NIUbQS5mgjiKegrqSrcGlSghG/zCQ8jef5rswmSOFwXQzVO059o8zix+jjvvvIcn3prH&#10;MXX1z/JoojTG1toCUxPRdl2ccfBwxU60S2MDwdLl7eb6eDKM/DrQdUB/uvpfO4+GCjNszM0wkZeO&#10;Lezw93bCRijdpuZGbYak2hYqD33Ns1Pv4o7JL7IiL5UazfXbqLlLf+4b14cAOyvMLAxouXj4ouwY&#10;UaK2+BzfTLub2+56gOe/3E5NfdEVvpCMbBwI7NaLfsEeuLjYYWKjIqX4klHrX4G/lXxYW1vj7Oys&#10;IxRygclbZmV7Ctl+QyYcDQ2N+Pr6Ym9vr7+jzVakublZ5w/kArS/0tFv4h8IUd/qxkqSDizmpQfv&#10;5d6Hp/P6d9tIqmhGW1/Mma1f89jU/zB30QHKK/OI3vwdM6bO5MslURS3KLAwqODsjkV8+Om3bI1O&#10;oKiqXmiMrVTEb+Srtx7lnsn36K77n3mHH3fHUqwSQqz4JHPffYEnnvqMA7E5NFYnsPDdl3n62a+I&#10;TimkKSeKN5+bzmT9vfI16b1PeEuQnPsuC5OvBx9+m1Plf2Q3h1a04UZq6kQ+RbvVijTLZ3bKg5O7&#10;ZyeGTbibe++dylMvv8jjD99CoNCyrEX/sNcdCa8XKkLwG4tBRoyWQhCJ7+pmIcybaRZhVgEdCSiv&#10;IufwYQ7aeOPg5YK9sQMdeo/k9kmTufd+Uc5fvMG4LvJJmSa4udhgrjRqW0v+zdDSoirg2NKP+HT9&#10;GVROIXTzufYR+NqmBhrLSy/uTNAKhQMx6Lat9/9GyELfVJATzzB6DJ/Ag0+9wazZ7zNlZHfcLU0x&#10;lMviepDUVMeu5a13Pmd7spYOkQGCoPzRYU+BsYU9Xn7tsN67g6jEUpwHdcfbvIm8mF388MF3RBUY&#10;4OoXhPOvZE9qyOfouoXMmb+FVK09nm7u2FxNGszc6Xvn4zwrNOLhnWzJ3L2M95YK4lgkC3XZJ40g&#10;bYIAolVR3yra0vXkhmzLJMjBRcVXtLlGEWJqbYW9QtTllZMQOmd/SkdnbK+eQbkMNp7tGHb7cHyd&#10;C9kWk0tpejT7j52hyqM/k+6+jWFdwnARpFKGgaW1IIZCSBpdv1BaVPWomlqEpq+htUVISdFcTCU7&#10;OvQZpW+3M3hjzhvc0skTc0NTXbs1u6zdKpRKTNRqLk42NNVRKQiCwtgUp/Y98TtxlIOnY4gN602g&#10;UQmnty/hMBHceded3DpcCHED0S5/AYaGBkJZNrzkKOwqtOXR+hfzeAmGGBuJZ+n7QAsq0qIWsTbb&#10;nK5Db+Xuu8bSzdYe5S+0ayMLZzzlgx2vTo9o76rSOLZ+cQjDXrcxedIdjOodjFaQbbV0Ka62VU19&#10;rSBngrRoxDhiIBnqSP9vSf2fhb+VfMiGqEeOHGHPnj1s3bqF5ORknZv1srIynZt1tfrKaTAZsjfT&#10;pqYm3Fzd9CGCkIh4DQ0N+m838W+ApG2iMieapZ/OZsHK1axeuYSF879l8YbjlNZWU5hykk0bdxId&#10;k0Zh1jkObfiJDafPk68wpbXgLJsXf8XsbxeyctUS5n85h8WbD5BZ00JjaTLRUZtYs2aN7lq1eD6z&#10;P/maLceTqajI48SBXWzedpTs4mrUTaWcPbCH7Tuiya9Qoa7JJGrHFtbq75WvTediObtzI+vWXgqT&#10;r52HMsWg/UfWSDVUFSSxY+l3rD8aS2JhDrl+7ekU6IJfe1tsg3szYlAXXAw0lOU0iMHu5xLFwMyZ&#10;YJsGod1kklVSQ1nSac7KPdnZHhtHL9pZlXJ8135KTCxwcg+mR2dTFM7+dBs0guERDlSkibw2tv7h&#10;gUYSkqFZEMS4PSeIa3YhtEMIrrI2eA1om2upKE0T6SwnLzeTAkNLwkI8xSB97fjXgsLAEp9ANzzc&#10;3Qjt3J0e/kaUVTXQahdEP6FpGlZWU1FdQlpsEg1iQL0cWqmJ3BPbORhThl1AOL1DbYT2/8eHWNld&#10;tot4Tvd2dSRnmTGohw9m2gYKMuLYd74YE/cA/H0cUSuunz+5Rlurczh56ghx5RIBoWG4uzgIPn7l&#10;PeryRDZt2UO2SQhj73+QcZ6Qk1NERX3buChhikdoV2wN6kjMr6KpMpVDp0toar6STUgW/vTqWcy2&#10;A0KbFkK58NRhznh1prOfDyHhBew5lkmNqpKMw0v4cOFRStrm738R5jZOhA8eTA8/G6r3HyUhL5+i&#10;6mYcwocydnB3vJxNqP8djh/VCTv4fsU29p2K5sgZQ6GUdqJ/LyvRpgOIHDSS4V3tKU9VoZFnrK7R&#10;J4xsgxlgGceeGJH/VpUg39s43q4DflbGmLoGEqI+wZKVx7HsHIytopES0RYbPftx69jhdPO3oloI&#10;7b8LQh2hIieRfGN/+g0fx8huXjQLLnQVJ/xNkI+DaKzM5fSpanyH3MK4kYJsWajRCpJ5ObQiTty2&#10;RczZdJS4+CwxxtoT6v7Xelu9oeSjurpasKrrF2FjU6NuKtbR0RFXV1ed4ajscjwtPU2wQgOsrCxp&#10;bPy5AZlcQPLvFyB7qLzWjpqb+OdC26KiMOEgG08U4tD9Dp56ZAKhNTJxOEph46U2o1VXcT7hFLtP&#10;VODXIZJB3d0ojz/G9i2nMPTrxdSp4/AzSmft7iNEZ1ZdXC83aT+Iu596mik93VHF7mbniQQKf6Mj&#10;MguHbjzy/Bt8OuszZj/6EE+8/iGfvvkgwRbmQvvx4b5XPuT9tx+mndA8fj8MMDUROo3I68p5P3Gg&#10;wITuY/rRuXM4nToYE7fiQ1589SOW7YtDZWqmO6L8ahgqXYjoF45T6zkWf/IaLy4+jSKsC5GdvLEy&#10;dSaokyU1QkCFutjjbu9Nt3H9cauKYt4Hr/DSOz9ytqZVaP9G19Xifh0KjE1s8QrxRZMQxboVB6i2&#10;tEdTUUGtfArfZVAojcUYUM3pbUv4dmeaGPyHMjzE/ndZ1SsUFnj3GMyo9nBu/Ze8/fUGYkuaMbQL&#10;ZPito+gpxbBq7rfsPJ+P6motXmGMfVAEEe5NRK/7ke3Z4CaG+5zKetT2wYwJM+H4go/ZnGFCSG8/&#10;1Id+5N3t6Zf8TRgYY+4SQE/nWg6tmM/+nBasXPzoPLYHVh5d6OZuJirEFDs3T3wcaji8axu7c+ow&#10;dTCgskaDtVCS3C3Lid6zjc3pany9XbAqOsHeo3EIZoit6jxrtx8iraEVO4UgVII8tehtCRTG5lhR&#10;ycnt6/juu5UcbvVkWO+O+DqY6YijQmjQVkGDmTI6mJSN83h9yS6SCut+tnygUHoxZOoILE7O5cWZ&#10;L/HxxiK6iH7Tyd2XyIk9aT0wmxdffp3ZG+JoFW3cREePfg0KlNaedAr1x16bxuEyc+yUzZxc8BHv&#10;zFvDyaomQQgUNF/lJ+Z6MHK0xjA7imVff89pZSg9uvRhxD2Dca3YK9rty7z07gJiatUYGol2ew3a&#10;bGQWwh0PRlC08VOen/kCbx4x4dbHRuMvyIexuQcdexmQldHK4I4emFs64BEUSOWm2bz27uesPF+D&#10;pafhH1uK+xNgiBnuYmyzTt7B3Hdf4+NNSWidDUQblI90+C11cRkE6TW386Jzz1Y2z3qDtz79kXMN&#10;Vngrr7SFMjBVYmxUS+rG71i0Lx2r7iPo7v7Xusy/oVttY+PihPa6EVX9tQ1ZunXrxkMPPaSz9/Dw&#10;8MTOzk43s1FQUEC74Ha6v7Ixam5uLlH7o3T3mJmZ6X6Tp6xTU1N1Yd5e3kyYMAEnJyfd9xuFm1tt&#10;/yRIEpqGClIPr2Lu4SoCRz3By3e2o+LcWbLdejG+nx/VSUfZeDAHWxdrWmrPcyjLiqGTHuTuzsac&#10;2r2JtfvLiBz/ANPv7kZd5jkOJrQQ0j6MYJNMDh85SZb7aKY9cQ+9yOVMTAzZjl0ZEGjMuaPRZFfb&#10;M2TMQNq7NrJv/R7S6xwZOn4ggcoclq09SL1Jd2a+8ywTxwylZ1CAEObdiAzUsnXhDgo0Pjz39Wwm&#10;9w/C4g+ccKsQwszG2Yf2kZF4WtnSLnIAI3oE42hjh4O97E6+Ba2pGx169WNA/064Wppj6eyBu6e7&#10;buuooZk9PoFBtA8X94iBVatRYOYXyahBvenqY4+pPMVuZ4mtV3sG9O1FqKcT9s6euJhraVYbYOHU&#10;nqG3D6ezr5POiNIxKBRP26u32AmxZuZI+5596BNgJwYpU2y8O9Gzq6iXY2s5UB/BfRP64Ofrhq2J&#10;KQ7uQfQa2odgn0A6dPDB1soOV99AvEwqOXcwFpVfX4Z388bGPZzhI4cR4WNz6X2CABmZizwFdyAs&#10;yAtrMytcAkLo0D4AN3lZwCeIjp3bExAYgKeTtRA8BpgLoT9s+AC6BHji6uWBm42RIFN2BHeLJKRD&#10;V3p070GIux0mRvJ2aSNRfiL/diKPJmIQjhhEr3btRNzudPLzIsBFpMXUAp9OfYkIFcRAlJ+tf0ci&#10;RRplo1P5fA4jcxs8HawxtXLAN7QDXqK8zOzdRB5D6Ohtg4GhEguRZ3cHK0xs3AgO786AyA4EB4QS&#10;5uuCvZ0VVjbO+Imy7uzvhpONyJdfR3pERODvZIWxgx/dunahd3gY4SEBuDta6srHwMQGL083LOV8&#10;GJnjFjmEiUO7087FCqXSEpeQjnQQ5RLm74qxSKfSTdRH2mnipfZMnDgYX3sLnd2MXAby9lY3wzpq&#10;1Oa4dxTPuaUHnjYW2Lp642BQj0qyxjt8ELeOiMBDlLuDawAdXCx07dXc3lWUTzDO5m3tXX6euZ0b&#10;3kFhBLrbYuZsi61bCJ28nTAR47KFRxBdIkSfCW+Pr5cXLk6u+LuLNmxtIsiDOY4BAXj7OGN5YVlH&#10;KJLmvl0ZEuohysaVTsOG0ivMF1c3b1zMtDS1Goo6lNvtCLr4Ourbbfu2disvh9h6E9E1BF/RZixb&#10;amkQZNUt8lamDgvDwVSQFUEObVwdcA7sydhB3XCzMsPSXrT/5maMRd4CuvRlcNd2ePkH4S76lAxd&#10;Hm1d8Qpsh4eNiSAwdniI9PjbmwmuaY27rx8Bfm7Yu/rg6+ePu4t7Wx5FXDmPDkKJ9vFzx8HRg/b+&#10;3ng7u+Ib4o+nmy2mSjPsvAPwcBJlp1SKtHWgZ+eOuBlJGChFfwrtxbDuos2HdsTf2QYblyB6tHPF&#10;Qtm2zV/un0YWLrTv6q0bg2S7KgefcDooc9m+Jo9uj05iQJgNzY0SdmKs6dx/MBFBIbTrFICzvTOu&#10;Hk6C5OaQ5zKEx7q6YBcQweDR/Qiy++Wlpz8dOm8fNwjff/+95OLzBQXhAAD/9ElEQVTi8jOnWBeu&#10;Xr17S4Js6OLKTlJU9fXS+cRE6eVXXpEOHz4sfT1vnrRt2zZp1epVF+9xc3eTZs6cKT3+xOMXwwYP&#10;Hizl5+frnnMjcdPJ2J8EUdettQXS0e8fluxsPaWwu96Rdpw6Le1e8aP03b4UqbIkWdo8637J1txR&#10;8g5sL3Xu0k7qdvtMaV1ihdSUe0iaNX2IZO/ZR3r2s21ScV60NOfpWyUvx67SMx8tl45telu6p5+z&#10;ZHfri9KikzHS3o+nSr29bKXgqbOk3bsWSJMHh0vu/rdJC3eek2qL9kkzBkdIge3ukdYcTZHqYr+X&#10;+oZ4SR7tHpB2xOVKzZc5PNIWbpRGujtLVjZ9pFXptbr2+r8EOb9NdVnSmqe6SkFPrJZK6n/ZgZhW&#10;Uy9lH18uPde/v3T7y2ulovpfd/p1E78fzfknpB+/nSdtOZcr1TSkS0vv6CF53/mlFFdQLak1/1tt&#10;9H8ZWnWTVHn2R+m2Li9IR0uudEh4BeR+XJIgbVj0ijR5ZdI1Hcn9Vbihyy7p6ek0tzTrv/0cp06d&#10;JC0tjRihmZ482fa5srJSd6icvJRia2NDVlYWAf4BWJhfMmgzUZrg6eGp/wZCAOtmSG7iXwLB3g1N&#10;LXFtF0lfpxZKojew9kA6roPv5tHBwdjo93wKhkJhTirJeUYEBYbT1dMcdXMjjY111AttVTABlKbm&#10;WIq2YdxSTYWqGpW6TaNuyTrL3lVLWXUgloJGGzr4uOFsbaqbsG2qy2Tf5hV8t2Aj8QVltFw1tdlQ&#10;k8zmFT/pTlreEl9M80VL8v9NiHECjbqO7CMbico0pH3P9tiY3NzW/k+AtkWeQVzPvLlfM/frxexS&#10;e9NnSATOVqb8jpWtm/gXQz4CoFl2hrfuGI2dOuFtcUPF+p+GG5ZK2YI2MSlRtzPll1BYVEh5eTml&#10;pSVigFPrlk7kZQT5SH55KUGlUuHi4kL37t118eXnlVeU63bJyJBtP6zlLXw3t9r+u2BkjlNwL+6/&#10;awCemiy2fvc5367ZQ3LFtQ7KUqPWypbwl0bTVkFANSamGF1owVIT9a3NNOkPZ2lO3M+KL+fw0/40&#10;lKEDGd69A+5WbdOKDdXnWfn9Z7z81jcczSxE6PC68AuorzjN97Pe4aWZL/H9sZyLz/yfhlZNvein&#10;xiHjmT7I76KH0uvDEAsnf7qPHs3gCF/M/h9GnjdxfSh9+jHjiYeIsGkgO7UQ5cB7eOGWcBwslPop&#10;+pv4r4cYv7RN1eSpHBg6uTdOpr9si2Zgaot3YAQD/GyuYT3z1+GGkY/qmmrdzIe8NfZ6cHR0IjRU&#10;EI0ePRg+YiQRERH4+vgQGhIqyEiprvMYGhpirDTWEREZsgGrPCtiY9vmzVS2AZHJyU38u6Bbi3cK&#10;YejDzzJjYl8cGlLZ+N2XrDiYeskHhLzuamGJtWEFmemxxJc2/4IpnBaNvHX1ApFw88LL0xVHCyd6&#10;jR3NwG7B2Ju0NXelmTvd+g3jtlsGEOBoy9W740wsfOg3bAwTbp9A3wD737ct9L8Qcj80MrGn673v&#10;MefTVxnm9euGaQoDExwDejDpxReZdnvEzZmSGwZDDC3d6DvmAd785Eu+e3I8nd3bbEZu4n8DCgMx&#10;TvoN5f0vPuY/Q31/WTEQfdnY2oOuvSfwSHe3/4fR+f8fN4x8ZGZk/Oqshzx7cfz4cZ1LdXnLrQx5&#10;oLO2sSEtNV332UCQD3nrbVV1le532SBV/qxUtmmxZqZmF2dBbuLfA0nTQl1pNilZzbSfOJ3HxnTE&#10;oCiVI1t2klrdRlgNjW0IaNeRbp3tyc3L5mxiARc8Yxpo1CjUrZd8GyhMsVDKTqramrRhl4GMGNGP&#10;UEctZTUqaptkpz9tkS0dI3jshQ/58etXGBbqg9llO6dkWLv044WPvmLh4oW8MDQI81/wd3ATN/F3&#10;QmrKZd/SJSxcsIzDmeW/eirsTdzEPwU3bFSVz2uR/XH8EhITzzNp0kRmPDmDnxYu1Ie2bZ09evSo&#10;jmCEhoZw9mwMixcvvvhbfn6+bqlG97315jbbfx0ECVA3VpCwYw4zn3qT7TV+jL53Mn2sGinLOUdm&#10;TduWNyMTW/xDe9KrRydMinLJiYmlrMUAIyMlFo31GKnqRP236tqA1tASa1MLzA3bCIZS4UBQ51Cc&#10;3RXsP3SamNQimn/vtrUbAV3eaykvyKao7vqzgn8npOYyzh9LpOyyLc9/NiRNI1VVFZRUNooikZd0&#10;CinMzSQnTVzpBdQ0XylEpaZK0s4nk5FXRHFGHiWlNULQ/vn1KUlaWqqyiT5+noqr/GVcC/JR5vW1&#10;5eSX1euO5a+rqaCwvEE8py1tcj4r8nLJSCtCpd+GrMtvaQ7Z2TmUN6iR1CoK07LIzsohPSmD3PxK&#10;mn5j3hTNFWRrwujX3pSaVg2/tkKos99pLOG87PfmN+TvJm7iRuGGkY+UlJRfJR/yWSyyjYe/vz9j&#10;x47VhcnLLP5+fri7u+u+V1dVs1AQkwvbW2UbD0MDQ932Wxny9teU1BSdo7Gb+LdAorW+nNy4g6QI&#10;4tDcqkBp5YinqwXyeRoXpgLlmS+llQsh/mGEGxWTlRJDZqs1zk5u2DTX0lhdTk1lGaUVpahs3HB2&#10;EeH63WJGGOLoEYiXozM2ySfJSs2ksunvH2wlbTNV2THsXb2ao3n/UMd4dQksfncZcRW/PHP5hyET&#10;sOo0jhzZzdbTRWilZkoTjhN9YCdRm7YTteUoOVcRM23JSb588yO+WbOHI6s3sGXvOfJqWy4K+T8N&#10;2lZqYpZw153vcOLXPNjKgry+mPhTW1hyIIeWuhzOnNjOqqP5l5YHm4o4sXY58+dsI1PvhESSGsk6&#10;sIyfFi/lSK5KxCnkxKYd7N21jy0rtrP/SApVv5EYSFbBDPHL5FiuLSH2Fpj+qm2NltaKcyz+YBWJ&#10;+hnGm7iJvwM3hHzI09uyoegvORhzd/ege/cezJg+gy+//JJbb7tNFy6Tj3bt2vHYY4/qZjRmzZrF&#10;0aNHdLtZZD8gMlkxMTWhqfESsZFnQ+rq6vTfbuKfD4VuL7yVo6cgIXWknDvNaXGdSW/E1NIRB/NL&#10;9gEGsndLv0A6dbIgLS+LMyVafH18CTQuJTntDAeiz5KWm09rYAB2wQFYGl+6V+HoTScfV1zJ4GR6&#10;FgU1siPzX4e6pYa8rHRSkpNJyqukWXeOw58g5ES/0DZVCM0+g/MVnentpqGypJBKnfbbTK0gUkUl&#10;1UKTrhLhBRQU5pOZIdJdXkuT7Nm3toKK0iIK8oUmnZFDUZXskEpNY1UJpUV5ZGdmCiKeRbFswF2Y&#10;I7TtdN3Jp/JuHXVjFflZGbo8pWQVUN3YKuSsiuLsEirLC0gTBD4pv5x62de2TQRPfjmNSCdDaguy&#10;KaksJ0f8npqeS2WjSKskntdUQ2FWKmmiXOX3FeVVXVwSuxxtcesoy88gOTmFzNwiqlW15J+PZv+B&#10;bZwuL6OsTsIxvDddew+h54RxjHxwLKH2St3SXH1VETmZ6eQWldPQIt5t4ED4CDdyygpEPsov7VSS&#10;CY0gtNnFReTnZJCemkqefKJoaZ74nEJGUY0oQ1GPIj3NNUWkCeUoOSVd53ZfJjBSaz3l+aLOBUkt&#10;rW36WX3L97U2VlOQmarLR3pWHpX1DVTmxLFv+1qiRf5ijh8QBGIDp0pLKK67ihiJj5K6idoKUYcV&#10;lxyJyenWGLnS+67R9B/Ym9FTxjFiZDgOJnofMvLvDZXki3IqFnWamS7qVLQHuU7lWZemmmacRj7J&#10;60/fgqelsc4p1eXvldT1lOak6bxHp2YXI/vZUzr35MnZj9DZ3hiNIPFFoh5T0zMprhD1mCva+82l&#10;m5v4C3BDyIc843Hw0EHq6+v1IT/H7Nmzidq3j1deeYXhw4ZjorfhuBzy9tpxt4zT2XTcIv7OmPEk&#10;n836jPnfzadLly64ugjB4tp2WVpa6e+6iX885BkNC3sCug7GX1PGnrenMPGJ2Zyx8KFdtyGE2l5q&#10;lgqFEnuPAALDwiA3m+yYAhxCO9OnnzNnN37NE4+/zeZzEiN6dKZviDPKy+03jN3p0j0YV3cjjpxL&#10;J6lICMjLBcJ1UJW/hWl3DKdrl050nLaUlLK2A7L+v5DdkjdUFJKZk0Bjfz80aXtZ/NGrLIqtRKpJ&#10;Z8+iebz96TpO7V3FT+88zbMznxYa+IO8+M1mzhWUkLJtAd998DxPPfkYE+96jLcX7SO5pFjnFfWD&#10;N57ioYceYMzIybw+ew6z336Se28dx7Pzd5JWJojH0eXMfPBexowazqi7n2fZqVzqSg7x9t1v8tWs&#10;pxk1ZiT9n/qcHalVtJbu4ZmBM9kthPjOZyfx6rzPmDxsGGMnPMb8aEH0WuopjlnJS/eP57Y77uL1&#10;zz7l9enLyBGC/GpI2gaKzu/ii2fuZviosUyZ8Rar9hzhwOHDrF60jY1Lf2D+roPs+uEtHpk4hmFT&#10;nuat1UfJrGikuSKFqCXv8ug9t/PEO99xShAlyUCLiXcIQRnZlCfnUn1xhkBLzan53P3amzw//X7u&#10;vmU4Uz/9lsVfzOTuCaMZ/9JK4gpVgkCUcGbF29w6bixjR9/OexvOC4Gspi59F7Ofn8SYsZP4eMNZ&#10;1AaXvF3KwlzbUktu9BJefnA8o0aO5I77n+SHg+dJOrWH7xcdZf/HTzDp0Tf5TtTJ3mVf80104RX0&#10;Rd4O2VAcz5YfF7F41UlKLhxvLjVSFLOTz//zOONHj2LknY/y7orDZMlEWddWRb7OLWb655/y8vOP&#10;Mvn2O/jP5xtJKKihsTqF7fNfZtLttzBy+FDGzVzKWRGuvkjItDTl7uK9x+5g1OiRjHvkDVacr6Ax&#10;bzvPDHmF/SJuWdwaXp4yXih/d/HGbPGOxxaLerxBM143cROX4YaQj7LSUozl0zBNTa95zP31wq+G&#10;tY0106ZP59FHHuMLQVbeeP11Jk6cSHBwMOPHjycqKorDh4/w9dyvUV7jNMub+OdCIdtz9L2XLz+d&#10;Snc3B+z8OhI59RVemzECZ3MTjE3MsbG1xsLMBBMHD0LDutJDWUJ26mny7Pvz8FPP8/Do7ri4tGPY&#10;fU8z48E7CHdU6rz9WVjZ6E5RNTG2wLdDN/yD2uGWk0yZ0J41ZtbY2FiglM8WkXfTCNJqbW2BsWwh&#10;bqjEylrca2enm2WTLz+pDrWspcqHm9mI32yt+MPnkknNVBcVUHKyme5+diiuu9GtmbRzZ0lvdOTu&#10;pyfhW3WOrVvPCkFbR/yRYxTZdOKxGUMxSIlm34FEalvVJDeFMunNr1nxRlfS9p/CoP9/+OHLqWiF&#10;xhufdIx1C8oZ8+pCTp2LYlb/CjadSqa8oYWquii+XpjEuA+/4ksHIYAPpF9xVLiGSpZ9tpjWB75m&#10;/gu+LJ+zjYyiNA6vWEblxLl8PbMPpxatI93wOktIdSUkxqWQ6fUUuw9u5s1xoWQeLSOk31CeeP5e&#10;HpzxOKMbYzmTbs2Ub/Zx/KMxGCfvZtm+c8RHrWNbrg2Dn5hGe1tDQQqLRT2ItJm4EuxfSE5dAaVX&#10;HfVOShUR079h44JnqN++hENuj7Jh0xwGnd5LdFY15Ue+5vHNtny6/SRntr9I9QuvsiQ5m0Nfv8X2&#10;oLdZMmc88TvPYmB4+aytII1V+cQfPU3gm3tIOLGVN8e6cmh7Ki7dx/Da86MYP2cXZ/cu4I3nJ3D7&#10;M+/y9jDfi8uHulmTpgJO7zgk0mxB5K298LLUK1utxcTuL8G373/YGnOSNdPbU5QVy7m8mosG0jKa&#10;DmxkTVUnprz1NF7H97A7OoWkqKV8XTaQ2euPEnvgS/qdWMPuuBJRf/qbRDtK2fIVx/p8RvS5ODbd&#10;W8t76xNQ6ZIlzxTlc2jJjxTfMY/vXxvAyQWrSTP8+XEWN3ETNwI3hHy4urnz+edf8OwzzzJs2HCs&#10;rKx0ZEO3ZU/8fe211xg0aNAV57P8EuRllSQxiF4Oc3NzgoKCdFtz5effxL8MOnsOd3rf8z4Hsosp&#10;SzrFvldvJdhOiYGNPyNnfENK+nG+/eAePG296DX5TTan57D3p48Z294Tn56T+WzVQfLzYlk7+yn6&#10;BTigNDTBY8AzzN+WSubSN5kY7ox56O3MW3uE7JQtvPjM26zbdoTEs0u4Z0gHrFz68/Gm/Zw5OZ/x&#10;PQKxDLuf7SfiKSkppVR/pW19la6ethi5jWFNYiq52Tu4zc9K15Z/NzTNNNSpKKnzxN36+mRZJiVe&#10;PW7h8f+8wbSJI+nn4YFNQSGlTRA47AGeffpZHrjzFgZaWWJYXC5IiUR4uA/t/XwIDAnBdvSddA5r&#10;R6CnB1aNTWg1fjy24CUmDfTHwtSZwCBL6pqbaBUaslmjL3d9sYzXxwwkrKMlFXUNQtRegkJhSMgT&#10;i9k8czAdPb0wKRHpqMzmxN5A7hvTmz7jZ/LdR5Nw1Fx7+618QqqZWkHzuRiiMxoJmvg47398D4F6&#10;nyvUFpGSr0FyjKR3qBse4b3pZWqBQfxJTkcbEWrbjbG3PMCbrz3FPb0jsNKYiDRZ4uxrTl5LPZWC&#10;QF2+zKANH0SYlxNOge3p4TaeeyL8sHH3IdRUhaq+lqyEE9iPHk13Z1NMfAZz390l7Ik9TuyGIJ66&#10;bwg9R7zIqm8exKepbSu/DIUYJi1dwhj38o+83NcZI6Ulru5uGFbIhqH6SL+AVm0F0bsXsiAhB8vR&#10;4+jjZqr/RVAApR9jXprGI48PxMvUDFtnCzEqt1LX0Hzx6HwZUo9H+Py1aUweM4G7bjegsK4Cq4Fv&#10;su+T++jpbYPSOYAOtuYorzh0zRBLexfSkqPZfSQbpzsWkvl2f6zk50oaGmszOLojgPvH9KTHLTNZ&#10;MOsenK5Tjzfxf+ydB2BU1dLHf5tkk+ym996BQELovXdBQEGKgKKIiiIWLFhQrNixoaKI0m0ICIL0&#10;3jsJkN5775vdTdm937mbUAUE9fn0ffv37Qt795bT7sx/5pwzY8Zfjf8I+bBWWtGzR3defuUV1qxe&#10;TUF+AWdjYujVq7dpa+1TTz6F/Q1GJLWzUzN8+K1ERkQ0HTHDjH8pjAbq9DpqrFTYXzctjC0e7j6E&#10;+LtgpVRhh5Z6TSFlehV+Pj74eztiqVTjSCUaoYSq6i5VOGDvYIu9Snnh5ZaM5cSvfpV+UWG4uHrT&#10;9fGNpBc3TpHYBvXhjigv7JRXJ1MW+DBhdHs8bC8W2ChpKVLY4GQjfrdR4xUWjue1vDhqPzrdcTcv&#10;Px9B2uq5DOs/jie/O0nhea3doEcnNWCwtcb0CJUzPk4eeBm1ZAriVG1hacrR4uATiJ+3F2rTVmoL&#10;oaQDxHVKdFfmg78U1k44WsvZYM6jjMzYKs6+OIxAbzdc3UIZteAsOzds4FC9DS4yJ7CwxqtlJL72&#10;onKXoEFXzPHVL9PX3x0X/1bc8sRi6i7zjlwbEvXiP6hMKiHnVCLll5ZZqiFr3zdMG9YBN1dP2tz5&#10;Pr/szUFfoxfko+kcAZfgAEK9HLGzssHBBRKKK6jIO823Lw6nZZAHbl7deCHurBgRl1JHJSF3fsjW&#10;seHU7nyUsKD2zF6XxHnfhlFbRYEYa6Z+FOPJq1krvK7pjTPDjL8W/xHyYYrPYWGBlRwgTKk0bZlV&#10;CCGSmJhgSoV/3gtyI9ajHESsc+fOODldtETMMONfDdPYb/q3CQ1UlxeRn5OLwXRcT0lpAZm5FTTU&#10;C7KCGqW9p1COOvIKCsgtrMZQr6Va0A97B1ccrC9/j86/W6b3y2ikPHkTr2+35P75v5CYnsLu94cS&#10;5N7oeTDtLrJoOvfyQpkgH7cU77Lp9yZYKNR4SLVU1Yrb1woikp5M8WUrHC5Cvr/KxZ/WA+7muXc+&#10;Z/kLIwmN2UpMSdN0iZUtKoUVlvq6Ri+CrpKCqhKKLNQEqGxxEIRNXlxZXZBDXmERWlOo+/Oy47fl&#10;vQziHPm8i0W3xdHDklZz1hKfmkVOdg65eQWkfTmTrspaKuQ17MY6ipLiyb9k3YO8O6UseT9rPizg&#10;rvWxZCeeZN17k7E2XJdBXoC1hTd9hk5j9tjWOGcd4EROo/qXF7XWZhxkxfYs/Me9z8nkFI4se4Ih&#10;UY6m3y9FRVYuGUXV1DTUUl0BzdwVpK7/iHXqu1i+6xwZaTt5TZAmOfXeBYiKWyi96TT8dia/sZGk&#10;TY8Q/e5akg2N51ioHQTZ0Df2oxhPRWmJFF2jH80w46/Gf4R8XA1egnSs+nGVaR79UkH2e5DPlcnK&#10;jU7RmGHGPxaCgFvb2KIWhEIjFIDSxhrJRkfiya0s++J9Plh9CqOicWdN9rFNLPrkbRat3c6h/Hwq&#10;fXzwFJZ56s6VfPr5p3z782b2VWsxeLnjanP990ky1qNrUGBr54gTORw7WYim5sas9t/CCjvHQDr2&#10;TWHRqh3s3DCfx+b8RMk11grUl6ewbcU7PP7eZor1enTlFWQXWmFznjA5eNPczxJF6SmOJhaQd+4I&#10;R3Q1GCI70rFLA4kVp9my+VvefncBPx45jcZSJgUGKopzsVXUYduUB+jG4ExU7z5U79tPgtYau/pY&#10;vrpnPJ+ds6fdyFQW/LCXYzs+4p7Hl5Fpc3nsIMnYQL1ewtrRDktjOemno2/Y8yETMKW1F5G9O4k+&#10;aODw3rNU1tbLrIZ6bRVVNRoUNmocrSpJScoVJOsqW3yPLea5d79i1dZfWL3OiL+9E5JgS/UqJ9zd&#10;nVFkRbNVI8jZJeTBaKzgyHu3ccfCU+gsrKnNSyTDUS3InvhRYYmtQyjdBqXy1apd7N00n+kv/ECx&#10;ec2HGX8T/jaNrm7yYMieEDPM+H8JS2tU9vZ42udRWKXANaQdnds0o+DbD1l1ppZuA/vha5Td/daE&#10;RkYSYJnH95+uJt+tPaNu74SztT2tunTAVSjqrxbsRNm6O4MHtMbheqn9BXm3D+zBaJ84Pn3sdvpM&#10;XUSpmz+6OiM1BuPN27nifraCfPSdOA7PTS/ywod7iRxzK8ENVlRkHOHH1x7h06NFTSeLKjt4Ed4y&#10;BKeYeQzrO5wXV5/GfegQurRogae2hF+/Wc4OVWvahZSz4okRDJizidoWAxg/oD1t+t/OYP9ydn65&#10;gDijM21btsFVYSt0dg3FmRr8rdW4qG48h4lC/OfUfQpv9ijghdF96D5oOqejpjIuIpTe05+jf8Jr&#10;3D9rPa0nj6G1lVvTVTKscfSNEIq6jHfG9GfUA29zzrEVQYIHGex88bW34/RXb/LWSSOeVnBw4Tu8&#10;tTvrsgWjcmp+VVAUXXyVWGUcIrqo1lQedVBHBrWw5PSiGQyZ+DI78xSoPN2bLroIm+63MEx9iqWv&#10;zye7963c2qs7AyeNxX3nB0we1J/nN5XTJkpJXoWG+qZEiAqFA61H3kXglifo2bkjw+bEMX7mrQRa&#10;yOVSoLQPoO/kyfhtfYGn395J5LiRhIp+rMw5wU+vTOOjQ4Wm+5hhxn8CCunS1VpmXBfZ2dmMv3M8&#10;J06caDryz8DYMWP5+OOPzTlu/uGQI1tWZ55g09ofOdvuaeb280JbWUxebhF1Virs1A5YSUaqYrdz&#10;4EQGjoPH09reAjsPb7zdLEhZs5j9ueDXaxChdtY4e/ng6aqmoTSPMqMtzi5uqOpLyKqxws3JCUeq&#10;yMjV4uDmgEJYxXklVdQrnfByUlAquRDmrqAkS49roDt2thboi5JJNfrSyrWBjIQKXMN9IDeLOu8w&#10;vNQWGKoLScqVCGnuiVVdJTkZ2VRqtVQm7+L979S899kwaqI3s9VhAi8NaAwSaIrzoaukKC+Hgso6&#10;rNVOePj44a42UlFcQF61IGGebtjXlZNfVEaNhT3u3j74utijpI7qUnFOUSUWdvZY1VuicnbBRZC3&#10;tS/+hL5Tf4aN6oqPnTBohBhrqC4gqdwSX09nHK105GZocfJ1xU5loDQhB4NvIJ6OluhLckjOKRfk&#10;QCFIRRiBnuLeBg2F2RnkC1LoLq6pK6rHPTxQED5hn4l7Gw21VBVlk5ZfjaWN3NZOKHSWuAU4Y6gs&#10;IKO4FntPL1wM5WSXNYjnBhAoL6Yw1lFZXEZ1regTP2ckOTCevgELSwUGyQK1syvKmmJyC0vQSCpc&#10;HazRK8RfOaaRg42wDo2UHf6Uh4+4ML5zBC0dbVB5B+Ln5ojSUEl2Wo4pZotajBG7+kpqHcVzXeyw&#10;ago2JmeGzklNp6imXpiadvg1D8NDWU16QhXuLQOxN4p+TM+iXKtHl76DN76x4YPl9+KhraDWNRh/&#10;x9+GQDDDjL8CZvJxEzCTDzP+FGQFWZPDiR2b2HA2nKdm9cLN9vIt50ZjDWnbV7PnVAHBdz3OoEBV&#10;0/EqYlct5lCxHW3HTaab98UdE38n5HgVuvIEtrz1GXljX+H+8Gp2L32T10rGsfrBYNK27aZi4BRu&#10;D7NvuuKvhz5lA++sr6BT734M6uB3IZ/P/yREe8vk45ETPjw4fAgDQp1v2NNzPcj9qK9KYctr88gc&#10;9wYPR+jZv2QOz+VPZOdrg3H5ncyoZpjxZ2FeSGGGGX8XhNKwVLkRHNaclqrTHMz6h4ZXvy4UWCkd&#10;cQ6AX2dPYez9z/J5XgSPjumEh0cAEQOH08uvkTD9J2A0lBO7KxdvL3/CQt2xNqfq/4MQY1HpgFuo&#10;kq2iH8dMmcmHWa14fFwnHK1/PwaTGWb8WZg9HzcBs+fDjD8NOeBUTTlFBfnUurUg1OVyt7Y8NaMp&#10;yKaoXI9dUHO87RoVgSTVU5mVRkmtlVD8wbirbmah5V8IeQpCzn9SkMTJo/GUYY06uA29IgJxvmQ7&#10;7n8KklFHUXw2egdXPHxdm7be/g9DjJfa0mROlqkI8/XG0075l3g+GvuxgerCJI4fiRP9qMQ2qA29&#10;I4Nw+Rv60QwzzOTjJmAmH2aYYYYZZpjx52GedjHDDDPMMMMMM/5WmMmHGWaYYYYZZpjxt8JMPsww&#10;wwwzzDDDjL8ViuysLPOajxtEeUUFS5cuISsru+nIPwPt2rXjjtGjzQn2zDDDDDPM+EfAzd3dlB7l&#10;WlDs3rXLTD7MMMMMM8www4y/DK2jonAXBORaUJw7d85MPm4QWq2WQ4cOUV5W1nTknwH/gADat2+P&#10;re1/J/CUGWaYYYYZZlyKAKGXHB1/myTxPMxbbW8C5q22ZphhhhlmmPHnYV5waoYZZphhhhlm/K0w&#10;kw8zzDDDDDPMMONvhZl8mGGGGWaYYYYZfyvM5MMMM8wwwwwzzPhbYSYfZphhhhlmmGHG3woz+TDD&#10;jL8R8uYyyWigob6eBoMBQ0OD+Gs0HTfDDDPM+P8CM/kww4y/E4YK4jfP575et/Dg/AXMff5e7ll5&#10;jlqDmXyYYYYZ/3/wl5KPnJwcFi1axN2T72b6I4+watUqysorMJqtOjPMaISlE+GDp/PF9nV8Ov1B&#10;nn19IV9NiMDGUtF0ghlm/HkYGtL5fnwvhi06ga7e2HT03wdDQw4bHhvDuI82kVambzr618Kgyefw&#10;t8/Tq984PjxY0HTUjP80/jLyIRONO8bcwewXZ7N+/Xq+++5bHnvsMebNe4/Kyoqms8z4X4dk0HJq&#10;/iBCW7Sk/1cxGORpBqmeipy9vNwtipDQENMnNCyCgcMfZMnqT7k1siPDJ77I0eIaSpN28emDPeg+&#10;aixPvvsm0zpEXrimWfPO3D/rTVZ88TZ3t23VdDyMzndM58MtZymsaWgqBRiNlUSvfI0JvVqbzgsa&#10;/QrfH47hwGdPMqJL47WBd77P1nOZJPz0KIN7tGy6XwjNm7Xk7qV7OfjVBDpFNTcdCw1tzqCXVnA8&#10;T/unyLRCYYGFhY7s49/y6NDRPPXZfrRGSRy/NvmQJD0Ze7/i2bsnMufzTeTW1Df9cm0YDAXsev1h&#10;HvhwDdEFVZSl7OSr5XtIzas09YnpnIYs1k2/nZ69prM5voC6f5D3RZ+xizceG8ukOV9wLFfbdPSf&#10;BamhgqR9X3HPsNHct/Is+gZD0y83CMlAddpu3hf17Nx+FG8t2cq5vQuZef903vviY6ZPvYsZH60h&#10;oeSPKF0jdZoqqmtvskz/ABgM+Wyfcz9TP15PXFEN9VoNGn29eO+aTvjLIdFQp6OqWiP68PcfItXl&#10;sW/pK4wa/yhvbk2l1vDfIXeSZKQ2dyNzFp2mTl9NxqZPWBFb1fTrPx9/CfnIz89n6bKlnD17loqK&#10;CvR6vSkUeVl5mckTcuDAAWpra5vO/v8Bl/u/4MCxU5yJOcPZM2f/0OfMke0smTMGNf8mq1iirrqQ&#10;nNxcCjQXlaTRoKciP8/kHTN98ooo19vgYGuLS0U+OQW5lOnr0JQVknYqF62mFgdLA6V5uReuyS2q&#10;oEYMI4O2kuILx7M4u+MH5n2wkO8PpFNTf17YinLUVFAs7iufV56RgaaihOIs8azM7MZri6vQi/Mb&#10;tGUU5l/ynLxCQQaEQNIUk5fXeCw7J4PDX73A9Jmfc7ZE96fWaBiqy0g7c5DNJ09x7sReEit/714S&#10;Br2G8pJiKqp1gjw0Hb4uDOgrSimt0qKvK+T4kiUsPpZKof5SQWlAW1pEfkHpP886btBTWVZMcUX1&#10;P4oUXQ4xRmo1lBQWUSII4c2WUibISfv2cTLBgn73TuXOW7vSrONYnn31RaaMv4sXX3ub2XcPItjZ&#10;uvGCm4CFZQC3L1zHykltsLH6t3nVGsduSZUY6wpvBs1dxMIHBxDodPPtcCOwUHvQcfQLrFu9kGmd&#10;PJqOXg8GajUVFBWXUam/aPD87TDqiFs/n42VdaI8CWx8fScV9f/Ud+W3+EvIR2ZWpomANDT8tiNk&#10;MrJp0yZ0Ol3Tkf8fsHILoEV4S1q2/BOfFs0I8nYWnfS/4pK3xM2vNc+t2MHhA9tZsWAmbX3c8Ha1&#10;EIS1lLwSDbXaGspKFTioPfFxtEZhYUPL3qOZt3o3B3avZe5Towmwt0RhqaLDiKl88s2nTB8aSX30&#10;ARKioym+TLmKAa60w9PTHpcGce8aQVpKtdTqr24NOt4xh29/3cX+/Tt5fXhrnGwsTcedJn/Ar2s/&#10;YmxwA6l7FrM+7o978iSpgarSLJJyi3Ds24tQRRYHUkrF8TqKYjfz8VvTufOJx5n29EvM25kuFO/F&#10;+jTUV5KbtJ0PZ09jwL0vs2B3ClV1BupK4vjl4yeZMGwg97+ymEMpJRcUtlCPFB76js+3H+Dcmrd4&#10;6IstxBZoLng/ZNRp8zm7+X1uHTyIMe/vIrdabyJXuoydvDNlEP363cJL38VQqqkmZ+c8Bg95gLlv&#10;PMDY+z/iXHElFcm7+WrORLr3H8rdryzjeIG4XpDNkuSdLJg1lq4jJvLw4r1kVeoojt3K53Om8eBT&#10;s3h2xii6jH2UV38+Q6nok/qKdPYuf42pd4xl1kc/El9cYyqf1FBG3NbPmDHxFrpMmcOi/SlUXNGH&#10;hooUtorxNGpob3r2n8gHm06TfXwpD9w3l63n8oRFa6Tm9Dfc/fRK4guqL9Zf9Efhme94aGBPuvbs&#10;Re9XVhFXokWTs5PXBt/CxHc+4hVBAG65bRLztmcKsipIdOZBlrw4kZHjH+CzHYmUCGvZaKwgcddK&#10;3hg3melPP8H9M1/n55MxbPrqRcb27S7q+RAvrj4uCHmTjJQMVCbsZe22jew4uYdfNmxmX0wOOk0+&#10;J3/+kBmTRnPHK9+wNakUvTaZ1U/NZM5zTzNhzARe/m6/6KMmYi/pyTuygkfuGE7v7r0Z9cYaYgpq&#10;qDcUcWDebObuSEVffYL3+vdn7LwveVvuT9FPL/+Siu68p0a0RYOmgKOLZzBs5ATe+GgOowaPZMqr&#10;K4mraBDEt5yk3V/zzJ2DuH3SoyzamUK1rpjYjYt5Y8IUHp75GA/OeoufD+xlxZuPcUvP3gye8jxf&#10;iPFZUWfEKO59busCHr/3VnqPepB31hwhR5Rfn7qNV2c+zFNznmXa5DvpP2AS7/9ynELtJR5MQykn&#10;vn6PeRtOka+pQ597iIVPj2PwgNuY+/kbjL5lJO/tzEBXGMN3L4+lR/du9B78ACtjS5ruIKpnrKc6&#10;exfvDbufxafLxXc9xQnb+fje99idU01Z2gG+mT2VSXffx6PPf8LB3AKSd4q+HHs3jzw9k/sff40t&#10;iQXknP6Zdx8by/jpL/H98SwqrhAjRqOWgpNree3hcfTuNZgZb6/kZHYldQ1VpGwWcmr8YLp378mI&#10;WV+zOz6e3e++wBdrD5JTJYirLo7lD8/l+70nObj4OW4b0oeevUfw+uqTFNfUYdRnCHIxiT69ujPw&#10;vvc4LN6xurjveeS9oyR9/gADht7H+2cP8s3TD7MqWdNUon82/rJpl+sZgvI0TGFRoeicf5h1Zcbf&#10;CnlqQWljT1Bkezp2bE9EiyBcnVzwDlWir9VSXF5FVUUh6XUq3NyD8VAJkqGwwM7Zg+ZRHejYIYrQ&#10;AA9sLQUdU1ji6O5Lqw4daBnsh11tkSAWBZTprpAISie8vV2wtdCh0VZSJMhNreHq5MPKM4TIth3o&#10;0KE9IW72WFk0kj6ld3Pa97qdSUN8hZDOYO3pvMuU903BoKUsI43ss06MHj2StoEWJB+Lpay2gfqa&#10;MnJPHCG/2ILuI8Zwayu3C2UwoaEGvcqHTl3b4FV5mJ179pFSWsi5X35ic4qKLuNHE5h4iB1bTpgE&#10;WiMscG7Zk4Fhgbh1GsVDQ9sT4Gx72Ysv1ZVSEziEJ+9qS/yKN/n2VDF19Tlsm/sO29zH8+zTQyl+&#10;9w1+iBWCtDyDE4LonXa+jaceGISDNpVNixfyk6YnT04fQ+uqbXyxeDOp2Ukc3baO/dWtmHJ7R1QJ&#10;a1iwN42a6lJyzh4mLltLaI/BdFGnsm/rRs7kF5N6YDM/bM3CtssI+kV6oK4pxyjoU1n8TlZtT8C+&#10;3QjublbCtl27OJRWhuG8H14QiNKzG/km14fB9z7EHcGlbFq1neQGFarYVNKLdKLPNSTt30iWiytO&#10;ausL9Zdd/AfnLYbbnuaNRwdg+PEDPj6YS31dBSlx0cRFa2gvFH5X63g2LFtLQk4GJzcuY/lpFcMm&#10;TqCjfSXpJsJrQKPJ5dS5eEpowZ0TBuKRe5rk+Eq6Tr6f2/21nPxlPbvSKxsfLEqg9ougU6soIoLb&#10;MmDQALq2sBJ9+T2/JCjpMvEhJvvm8cuaTexNzCYz9yzbj5TRftgYRnRphrNNYw0kvWj/+Ufx7D+F&#10;F56+DfXO/ZzMqhAKT09pchwJRTVCgVeTnnyKY7tziLrrYW71SGftgpUkCov5PGQFXZUfz+HTZzin&#10;aMc9d3fHcHgV7/5wlPSEo2z5fielbccyuqMLCd8sZ29GJZqqLI6fTaDKNoLxo7tiee4cGVmejH3s&#10;QQa5CqP0wFmyq0X7HF7HN78mYt1+PA8PcCF11zo2H0qgoqqE9MST7Ei1ot3wQbRVZbNq01HicquF&#10;rjj/ftVRkZFMckEFurp89n/xOV9ntWDC9En4Ju3hxMnjpFXUkHNwMe+W9eGFV2YySHmUzz/fQp5Q&#10;2o2wwMLWBVfPRNH+5RhqayhMPMpOvQqX+lxOH9rEVteRPDa5H3bndrDix/1klueY+rJQasadk0YQ&#10;UpfE1p/Xcbg6lBHD+uJno6FAEKtLUZ8Xzc/bT1HuP4BHHh2DR3I0e7dFk5lwkOXR9QQMnsaLT44h&#10;IP40p8+UYOGqZdO5dNJLqtGmHmNzaQMWpUf4ap9E37ue5NVHuhG7bDPnskVZBCn/qrQzM154nvvD&#10;Enl17jqKXDoz9RYfXIfN4LU5D3OLcwiD7nuYnj7/jgSjfwn5sLWxxVIohGuhuLiY+PgE6ut/f67a&#10;jP9PsMDaRo2zhyUVuhqS84QSrK6gWGGLtasn9jfgLjbW6U1TevXYoLK2xUZ5+Ti0svEgKNgLO2W1&#10;IDbFwmJU4NM8HA9nRxr9GjcGhdKV8IhwJIWRxLOZVNb9MXerQVtOTnoKmbYtGdKuOZ72FmRHHyW1&#10;qpEQWRpscHcJpWObVoR722NxyVoQC2tB1DzD6NA+ihauVmRn55OTJQTqsbOU2PrRqXd/2vrUcjA2&#10;kaQm614h2tjG1Y8gF0dUgkS1DfHC0dbqsjUmVuoAwsMi6XP7WMbY57JsbwpVucdZsDWR4G4D6dun&#10;J0EWsSwW5EEjyICFlZHgFh3o2j4IY/ZxvpWVWp+hjBgiLLsId+J2rWbL8TMcP5hJVbN+DOvRhuCG&#10;XOL3CWKlrRdlUuHqGkanjp1pH+BCWV4OyZmpnDothHKNmvAe/ejTtQNenkKDSRVknjjFiUI1fh36&#10;c0s7bwyxx0lIzKT6whSbBQ4thjJz8iTGDR9C11b2VCScJb/Bh15dyzicWSDGVTJ7Nyjo17G5qL/y&#10;Qv0tLFzp9PAcnpg4lD59OhCoSWP3uXx0CgmDjRV6vzaC7PWiY7gT+UmCNGWlcWpHHPWeHRnUtztt&#10;I5oT2kQEsJCoUdlhFdaebu3b06ZzP0bc/wh3jepPx1BnavIyiM+poF72ZslE3MENbzcP3J08CQwO&#10;wKM+kx2H4qjzaMmAIbcxdmAUiqT9HItOorS+jhKnAFp26k6bIE/UTeNcKs9kT+IZMjVW+HUZy7Ov&#10;T6F/mAvWV4hjyQoqvSLo2LUvfTr6UBh/kJQrp/tkou/gQ88evRgwYCC9W9SRuGsbR+NOsjWxhlY9&#10;B9C9bRD6sng2nclHb2GkRu2ATbMOdAn3QVeWzLHcYpS+HRj1wH3cO6Yz/sY89h8UBEHnTPcBwxg5&#10;tDfOmlQOHo8hSybIop3dvANo17UHvZp7oMhIF/pCtNHVFngUx7Jq51n0oR3p238I/XtEoLCS/cIK&#10;XNrfzXuPTGDwANHWIQbSDx0n5/waMFEvazt/2vVpRea+U+SV5JIWG42yb1eae/kQ2ftuXrhvFL06&#10;hONmrCYvr4xaMc61KjWWoe3p2i4Mq+JUzp4swiG4M317daVdaAC+yovvkNGopyjlNOm1lrToPYQR&#10;I25jYAcFmSWJZEihjLnjDu6+41YGDZMJtx59uR6P8HCsiiooL62kJCuJ4pZhBLgpqU6qpEHhQGCv&#10;CTw1axThHjXE/FhB1IBbGTpwKCPH9cV590ESjF5EhdihEmXs1b0dIbbOBEW1w89edPa/ANdmDDcB&#10;BwcHrKyuX2FXVxfxov8ljzPjXwpJMlBRmMw3z9/PxAce47nvYqizUOEsBICutl5Y/BVotNWUCTJr&#10;8PPDXghYo7GOtJM7eH/mfUyc+SZf7khB12A0rSGJ3bOWt2a/zrKtJ6jyCsc3tCWetpePMUtLW+zs&#10;BDlW1FBdKshHjQF3f1+c7NRCsTed1ATN9i94droQmvfNZlt8/hXbXy2xVTualJZ1fg7VV1g9NwJ5&#10;ykVblkviyb0cPbOJD16dy5c/HyItK44jwpKUF7IqLK2xtlZhK4Sq5RXvi4WlCjsb8VEJkmVlbVqv&#10;Ul2ULSz7PE5sXcFbs2bz6c5DxCWkUHotAX4VWAsLPNTFFqWjJ6FOVpRGnyM74wzR5ZUc/XIW9097&#10;jbVFxZSI46XinhYWljirrYXeaKA6J574CgN+3s6obO2wd3ZAW5DInlMxnDtxmpif3ufpF97n+23n&#10;qMpJIF8v11EQRRs7HFRyXW0wiP6sLC0kuyCXEtHOdqJv7B2dRHurheFbTmZaDnnHt7Dy/Rd57uP1&#10;xBw/SW5RiSAfTRUQysXWxQOv+iLiNy/my22xFBRVivq70K5fGNnHY0k5s49tUkt6BDljfcnOIoWF&#10;HZ7BblSk7GPZR4s4XlNPdU0tJloj2t/g6IKdtbUoi7WwmMspKckhPrkMW3sn7G2tUYvf3S5RQpJS&#10;CWo78Qxb1E5O2FhriN62nvVb9pEs7q2vbeCqI0cyoilMJ6uoDKWov6OdHU7ubljXZpGWnUulIG0G&#10;cV8r0V5Kk+ev8ZmSQzD9uttz+uePePaJF1gal01Vrewv+i3qndwECbdGZa/CWF+NznD5CyB7GW2s&#10;7fDzcMTW1kmQYAlN6hGiz8RxOiGGNe88x7PvLWaPKE9xajbVQrdL4n4IwmWtciMs3BcH7RE+e/UF&#10;3l6xnujKWtF9BWTk5qEVfe7mZI+9KIPKQkdSTgG5VbUYxTMd7OTxoBLtaYttvWj7+obflF9uM31B&#10;MmfKtbQI9sBRZY+7r6d4JyyEErNA7emHX3UqB77/kI/2FGAUcuT8DKzcVpZyvaK6EnRsP0eSUjlz&#10;wJa+3ZqhtlXhKPrJNvMYWzcK0pxzccHmhb5U1FJenENmvk58tcdOjEtHewccLzOO6qkqLhN60FYY&#10;CK7Yq13xC1ZRI1VTrq2jIXEDC159lPumvciy0ycpbKjFxj+cqIIs8vPSOC2IfZifJ15h/Xhoale8&#10;ak/zyavv8118gTCacjiUmcHuL2eL3+7joTnLiS04TGL5zcugfxL+EjYgp3Jv0SIclUrVdOS38PX1&#10;/V2C8r+E6s2fMPPR6Ux7aBoPTnvw2p9Hn2T29zFUXWFJyztEqstySBAWgv7q4upfCAl9TSknt63j&#10;p3W/svWMEBJKNW4+wViL+lcVFVJYVojWRonKwxWVUMDy3Hi5eDkPbF7Lqk17OZ5WhtBV4ngDxRlx&#10;7Nu5l2itG11Gj2Voj1YX3NHnYWGhxMnZAxsbqCosorhGj52zvRCyQrBcgbrU42zb8DNr1u4gtURe&#10;F9H0wxWwKxGWtKkQNwlhHZXnpJGepGLwvVMYN/oOxt4xjC6uFcSdSkJzk94UWfRZKIUyEgLPI6gV&#10;Xfveyt1PvsRbT4yjS5gbVk0K6vdg1GmovaQ+DUKwqoVwt1YoCWzfh1uGjmXGmx/w/uTOOF96S3F/&#10;K6E0lEKBXIRCKARrnB0cTYrGvWU3htw2gYeemcNTD4wk6BpWmYWlEqVQZL9xdllYCcVkg41HMK06&#10;92H4pBnMefU5xvSOwLnJvDcaq0jcsoxPF6/haJkNgd6OqOXfFNZ4tu9F8zNH2Lr+MFKf7rT0Fgr8&#10;kuIay0+y4IVXWLgvB1VwC7ytr9Nmop6Wor3txPj8PUh1JcTvXcuCz77lUKERZw9vHH/H1SYTC0vR&#10;DpdCUF1sxVi9lmdZYRfCyGlP8djYXrRy17Jv2XzmrD5FqbwA9sa450UIAiSvKyqubNpdo7DEylb0&#10;o6Mddo7utOo6gFETH2TWS7OYPrA56kvHl9KFlj1vY9q0exje1oXSMztZsEQo8xShzAVRvrzqFqiU&#10;VtjIJKrpyO9BPs9SkHIbQQir9Q1cusHEaCzj9Mr3eX3xFlKV/rQJEKT1CigsrLHza01Xn2hWbz9K&#10;sksvBgSrhTGQzv4f57Nwyzn0Tr4E2l9tUaulGJuCICmv14Fi3IuBZRAyrsEokz+jiVRbUUdhzK9s&#10;jCnANqQTAwb0pLWnh2g70Z+OYXRtVkZm+lF2n7KjnSBTzm4h9BEyYWC//gwZGIVy91qOJBdjMDjS&#10;Qoz/gQMHMXjYXTzz4TP08v53TK9cC1cf0TcJmVTIO1wMV5lLHzhwIE899RTubu4X2Pr/B+jPbue7&#10;FctYunTpdT4rWLXxNEZh6Vw2ty+kRkNNCQmHNrBiexx/zMH/T4SwctyCGDfrLT5662WeHRkhLAQ7&#10;HD398RGWQENaAlllpajVtgS625sUkUIoQP/I7jzw4jt89OJ0JnYPNMXEkIVJWEQEbVu3FIrOn/at&#10;WhIV6IzySm+BTD6EVayysRJkrhSNTl5P4iIsu98qQXXPiTz72ju8985T9Az1EPdq+uEKSGK8X+k1&#10;uREY9VXkpyeTpuzAxClTuO++qUydPJ7eISqyTx8js+bmCI1cBCtnb1r5euAf1oZeQwfSzhVqZaEu&#10;rMjLxtR1UF8Ua1pkqc+NZVdOLe26ROAdGEE/HyHsWw3mzvF98CnPokAoIIdL3mGFID0uIe3pE6Dg&#10;xNlMyiqLKczOwSG0K4M7tqJVlD8Boe0ZMrgLoU71lNWpsb+K/JbvaOnkSXhgED6GOkqKishJT6cs&#10;vwSF0hn/Zr74id/adu/P4PbeolOFghbjwvr8veoLOb5lC1vTG/CI7EwnT3fUprorUHp14vauOg6c&#10;rKNP93Dc7W0um8qqTd/LonV7qHVvTd9ebYSyuA6xEM+0cw0msq0rlYXZ5JdVUJCeSMoVi5zFCMGg&#10;KeTcyd3sjivCo1kbwpv5i9F/HeUllJHKN5x2wW5oS4rJLSkiOzmFSodwwpuH4qq+OmlrKDrL6k1H&#10;UUQO475H7megVS4H4vKoqbv6uqbrQfZM1mjLOZtaQIWwthPT61B3GkS31uF0CPQmoMtgbunRDHtd&#10;OdV2jqguVEeo2poCzpw4wukyO3pPmMqdXYOoz0klWedEVPMgbGurSM0upCg7lQqDPZHNQghwtjb1&#10;/Y1APk/p04p+/g5kJOdRpikm6VRso5dEn872lWvZWuEqxkgfOtpdxQgWRErlHETnoWEk7IvGbWgv&#10;whxAV57NyZ3HOGcVSJu2UYQ6XKX/LdR4+AcRFGRDWYkwkAoLyMzJIrf2Yr8rFDa4+wdgodeQnppN&#10;SWk2sdFaHHDGTpNJZoM7HQaPYfyQjri62NIgM0MrN5q1UXNu96/sqbLD28MBy9x9LF53igpVM4YN&#10;7YhTZj5l+NCtow1Gv67cPmEid/TwojzDErXyZtnlPwt/CfnYv38/8fFx1NVdXMB0HpPvnszMJ2aa&#10;pmbMuBwW1naEDJjAlL5BqK0uCibJWCss5Gg2rFjL0X9ojIM/AtPiUScf+k98iMemTeGuXsGm9UJq&#10;ZzcCFLUYCnMoqtLgYu9EmJeDbFgLmWyFV2gUI++ZzuP3jmZQlLfJbS6TD/+IdvTr1Znw+nyKslIp&#10;ukr8C/mZKrUD1sIqycvKpFrTgJ29rbBkfqsIbKMGM+n+h3lk+gTa+MlE5uqisdrNB7tLzecbgCzY&#10;dZUFpCYkUB3QnFBXIXiFQLRz8ycsyA8yznFSXmjXdP4NQx1An8H9CJcSWbvgfT75+TCp5XVIlxRd&#10;Ic8ftw5EnbmLxdtjyK7QXxarpNbXlfx9S5n3/mIyQ4cxrU8I9m7teGDarbDnM14VhGzJ8aLL7mmC&#10;7OEI7sykMb1QnF7Oq/MWsjbfkxHjx9OnbRt6DOyEd/pa3p73Od/vTaDSaHlt0mbrSZvuvRkQqCd6&#10;zWJW7ThJgWnXgx3+nfowuKWCuI0LeeeLnziUWkKdKMz5WykU4pxW4bjps9i/ZgtJNRbU1lVRrq/H&#10;YOVD99HtUAR0p0+YKzZX9ptzM/p28iRzz498uScPj0A11kWFXLJL/CJEf6kF+egyYgDN6w6zaOES&#10;diaUcokOugCFtQM+gjD52RSxf/dejudrcbKtx1hZeY24EAqsXMMZfOsAgvXn+HH+23y+u4CwPkPp&#10;2zYEx2swYYWlGMflify6ahXLv99OklsHxguC4HQVcv37EM8Q46JaELIlC1ZwRBPKyFGDaN+6O8N7&#10;+pH688e8/dkKtiZVibFwsf1lKGTSX1dO4tGdrFy+jt2ZDYS2a0+X8HC69x1M/9B6Dv80n1e/O0xd&#10;WC+G9mqHr93ve5AuhcIpnDsmDMIr4Rc+/WARO+IyqDdISJauNOschWPeSdYu/oV8By8MNYVcGpNM&#10;NnytbJ0J7jKcnko/uncJQCWMCGuVE17+nmhij7DzcAp1TlbUVpShvWTruUJhjWtIFD37R6LM2MqS&#10;b9dxPKuSuktaQDaSnEM70T3IgcxtS5j7xsdsy7EjMrITndu3w6UkjvVfvM+HPx0iT1lPg5U8dazE&#10;u0UrGnLEeAsLxNNDyBxrIV/ObGT++3N5fe4XxPm2p1VQKwbe2xubmBW89forvP7+Cs5qJZSWStyC&#10;I2H3MuafqMGnbT27l3/Nkfz/TDC2vxqWrwo0/fsPQY7n8eGHH3L4yOGrLijt1r0b3bt3F5bmjbmI&#10;5C1+DQ0GNDXVaGt0JlfsP2WtSFVVFT+t/om8vLymI38GFjh6d+K+F2cxMtwFy/NSWTJSr8nn9K9f&#10;Me/rPaZtfL+HiIgIhg4dir29fdOR/yKkenIPfM2S/RW4DpjCI919xStqRF+Zzt6lPxMv2H7f8XfR&#10;0dOm6YIGakoyiNm0m5QGBWobDbWKltw+bhAOhbHs+/UgVf6t6DtkCM1dlGJ8aMmJPsq+3aeRWnej&#10;bxsPquL2cETvSYt2nWjtZWeybOXAXHmn9nLwbDVBbQMpSU/h3NlUai186NM7iIyEJLKtIxg3pD2u&#10;hbtYsyeJmvDh3NunFR5CKCowUHTiB1bsyoROd/JI7wCqTq3ky1+TUfR9kNm3tsD2EsL4+xDWcH0t&#10;+noLfKO60qmFd6Pb2Uop3g17nJ088BWCurmfH8ER7Yls7isI6cVxL4YFSkcfWrRpS/NAd6yV9vg1&#10;a03nyJa0kHeyWIt21BhwbjuIkf260MJDtINkiVNYJFEhQfj7OWFjNKDwaEbHMO/GRaeyxWq0wqXb&#10;QHq66iit96D/2CkMa+8j+sEJ3xaChFTnUVzrSKsR9zKpawBqQfysnEPp0bObaZ2IlSiHp78/nhYV&#10;5GvVBHcfyZ0DhGJxdcbV0wtHCy1lDa5EdB/CrX2jcLe1xErtRpCpjj7YKlW4B7SgU9vWtAzxw0sm&#10;ZUKMuAa3JLxte2GNdqZr58609LGjTsgag2skA28ZSOdwX+yaCKRCWKZe/uJZCtnp7UikIKQhoc1o&#10;26k9we4O2Dk6Y+0TQfeW3qit5R1UF5WGpSDDrbzsqdLosQzpypjuYYQERdIx0l+c60J4lx50D3EW&#10;MsgKJ39BqLp3Ee3vj7e9hNYgjIe23enYogUdOnegja8T9s7+RHVoT1SQF+7unqK+VujEfZpFtqVP&#10;m3AixLmhvi6mdRtCbYJREHLvYCLaRRDsI8739cXVpgGtpg678N7cNqQXbfydsFLY4t2yLd0ig3BX&#10;X1wwa6n2oHmwFw2C1GjrLfHoOYppwzrg5yTa0ajEPaoLHf2F4SfZE9qtN/2au5n8LzaekfTq2Qkf&#10;dWMbGgVZyzz+C5virBk+ZhDOtRaE9R3B+H5ReLm44+UjZFR1BXXOzel2y0gGtfLARrSJ2jWQNh3a&#10;EiEUuJe3D+4qC2oqddgEt2HgkMEMiPDDzcMbf3cVBm01OucIBgweTK9WfjgohWSwcaVFa9F2oYLQ&#10;C2XqKPq9XbsWeDra49o8iqhgT+wFyXVp0YZ2If74h/nhWK+hThBqH4c8dp2spufdTzJ5UEsca7XU&#10;W7nTbXhv/LwC6dSzM75N9TNBGCIyAQlwDiS8cyhOSius5AXvYoxY10k4+Lagc2fRDyHhRLYMEf0n&#10;92U7WvuI31WOeHh64GhlwGjnRYvIDrSPjBLEIoJmHvL6MUHGbB3xdlEj6TRU1amI6DeAvj3bEuLn&#10;hW19HXqtHuvANvQS17SMbE2IjzvOzk4oVYJ49x1Anwh/nIRhE2Snp6CsmgZLNzqPuoO+UYH4BjXD&#10;Uyoht7QWa7fWjHpgNG09HFA7ukJpBYpmXRjUwYnKaoUYkx3wd/gXLHEQyv5P4fjx41LHTh0lK6XV&#10;VT+RrSOlUydPSoKYNF1xbRiNRqm4uFia98GH0muvvya9/PLL0hdffiklJSdL9Q0NTWf995CVlSUJ&#10;MnXVet7sx1rtLLWbulBKq6xtunsjjA1aqeDseunpQYFXve5qnwkTJkgFBQVNd/jvwtigkQ7PbS0p&#10;1fZSyw+OSw2iT43GOqk0Y4v0eJCn5B/eS/rqbGXT2XKf66TcmPXSC10DJVd3Tyk8opnUd8wc6Vhh&#10;gRSz/iNprK+31PWOR6Rf02pM5xsaiqQDi16Shnr7SIMenCOt2/i1NHNUuKSKGCm9+O0RSVi7jecZ&#10;yqWjX86URvceK7236CPpwTH9JFdrG8ktfLz0xaLXpSE9WknWA16S1p1Klc4unShFBdtLno8tl84V&#10;akzjUBLlOrtgiOTjait5z94kFRYnSD881lqyV9tJfRZGSw0Gg+k5Zpjxr4cY73WVWdL2twZLIW1G&#10;SqvTdE0//LNgrMuTDq5aJi3cHiuVaKqllJV3S0EhA6TFp/Kl2gbxzprxr8KfdinIHg95K+21kJiY&#10;yDfffENZWZnJq3EtyL9VazR8ufBLnn/+Wd544w3eevstXnjheRYsWEBMTEzTmf8LUAgrNoT+E4cR&#10;4njJAifRBgZ9JRnR21l3JL/p4L8TgoVQdXwDS5cs5YdV203b3oT4QFtVxKF1K1myZDlrN+wjXyes&#10;MJU9Lj5QVVlGRp4RtWD/Tk0eWfk+JVkJbF+9nKVLv2fHgTOUXfBzW2Lv04zggDDcCxLITIgjV16C&#10;fwUsZBe4SoW81lHn6IK1rQ1Xswtq4/fx8/crxHOWsyUu37SrRob+zHa+W7qIZTvzsXZvy5i23pet&#10;GzDDDDP+Bhg0ZBzbwOfzv+Crr5ew5nAFLfoNJcpThTk10r8Pf5p8xMfHU1l5PnDO1bFo8decPHXy&#10;unE+5ABkR48e4bXXXms60giNICSLF3/DN19/3XTkfwAWSmwibmVCW8+mA42Qt2LWlKRyaNMuMmv/&#10;3YuJMDRQtOYtHn54Ok89/x5HC+Xw+kaqStJY+foTPPTwDF6au4hz5RIqtRNeQS6N19nZYx0QjGtT&#10;dFF5109mzD4+e/ExHpr+JJ8s+5XMSwiGlez2bdmcZvYlxKSmkFhQczH41HlYOBDsaIeztSV6B2eU&#10;NoJ8XGXk1+xdymuzHhNlfoS3tsVRUdu45U+z9VNmzZ7PEUMY/cY9xLAWTo0XmGHG/wgUViq8WvVl&#10;+C298Lf7Z0xzXwmFTQi3PjKDqS0aSDh2mLO6KB54fBJtvBwuTlub8a/Bn17z8cWXX5gIyPVgpbTC&#10;w92DXj17YSPvebwCstejRqtl9uzZJCUlNR29CDlsu8FoYPy48Te8duQ/gb9qzYeVyo2Oj8/l6Z4+&#10;Qgk2veiiDYz1VWScWMO77/xM7k3E6P9nrfkwUlOQSKbei+bNm5s+4S2b0aZnFxxLy8A/uOl4CyLb&#10;tKVb3574q0Gvq6Go1pFm7TrRcdAt9G/mRF11BaUlWtSBoU3XhNO2S3taBHlj1aDAt0NXOnfsQIBd&#10;PXrZ0+LSkjYRLQn3lNd9GASRK6TC4ESLDm0IUEvoLIWA7dSfW9v7UC/PqQe2Y2j3lrgZi8ittsXL&#10;L8z0nGbNxKfnQHq41lBc60JgcDNxvCU97n6K56eNoIXr5TsmzDDjXw0xli2Uarxa9uHWweJ9tLtk&#10;ncR/CZJUS2lKDKeTS7GUY2vYKJHjy9i6BNNtyAhGjxnDHbcPJNLb0Uw8/qVQyHMvTf/+QxgxcgRb&#10;t25t+nZtTJo0iU8++QRnJ+emIxchez1SUlOJjIxoOnI5LC0tiYpqwysvv8yIESOajv79yM7OZvyd&#10;4zlx4kTTkT8CC1xDhrJo2w/cFnRxS5i8G0Jfmsym9x9j8kd7uLaP6LcYO2YsH3/8sSneihlmmGHG&#10;vx0GfTrr33mXVYk23PrYY4zqFILjhb3VZvwv4G/zrzk5OQlr8dqPS76Kx+M8DIYGEhISWL1mjYmo&#10;/KthaYVrt9F0dL/iRZJzKxQmsGvD2ZsiHmb8P4awG+R4MGk5+RRWXr599jKYiG0u+eUaaut1lGUn&#10;cjY6mvQSjWmr4vUg2ybG2jJSYtJNScKuhEyaa6uLSY/PpuomMuNKhloqC/PJziygvCSfvNwcSi9J&#10;KHYjkKcpq/PTySq8fGvkn4VcZ0ODjpL0eDIrak3p1stzStDV6qksziQ2p9IUSOpSNLZDJSXZRWiu&#10;URZT4MCiHBJPnzIZMOc/J0+eJC4jj8prJDy8FFJ9NQUlVejrDKZy3iikmgKiTyVRfrV9wQJy+et1&#10;5eQW11x2X8lQj6Y0h7joGBJT89H+keB6NwBT24h+1MhZm40SCl0RqfVt6NfGEZ347UZS3Z+HUZMv&#10;6ppM+R+IQvyfhtSgoai0Cq1eXgP32zrJ7VCZnURGcXVjGP4myIkny9PjSJMTY5alcyK19LLf/ywk&#10;Yx3VJcXkZZVdlszyP4k/TT7kqKayZ+L3UF9Xb9qWe60X5vfWjdTV6UlNTTFtw/03w0rpQPiwXvjZ&#10;Xb7QVKrXUpp0lA3p1U0HzTDj9yBRk7CBOZ+t4MdjWdeIHyHOaqjg7Nqv+eFAPCWlKWx89xmm3T+N&#10;RfuS0fxuMCpBcIoOM3/mV5wu+20cHww1FJxez2v3z+dE6VV+vxb0uRz6fjmfvfMduzYtZ/GXC9iW&#10;ejG09Y1ATkkfs/xVPvhxByll8pqivwoStZpsDi58jWWnCqjMOcO6D9eTWpTHuT3LeenHM2iulEOS&#10;nsJzx9i8cDWH87RXJYKSKG/Cjh95Z8aDTJl8J7eNGMGIUeO4Z8r9vPL1es4W/k7mb8lIbd5uvlx3&#10;lPTCxoy/NwpDwgqG9HmCPaa1V1fAJH805Jxby4frki7GmhHHDbpiord8yn13TefNzzeQfdUAKH8e&#10;Rn0e+5f/yvHT6SaCIzmG0ccvkX3JVvjb2eNwZbKa66A+bhm39HuSfVer638Toj1r8w+wdOMh4rKv&#10;PtaNxnKOfvwYc385TeklSTLlrMmnvp7DF4eyKdg5lx4vbaG09i/si9pCTm9ez9cf76JQ9/eYv3+a&#10;fHTr1h0PD4+mb9fG1998zdqf11JeXm7yXlxKQuQ9623btr1OIDIFdmIAdhfPsr5KWOx/E2ydWjKh&#10;s1/Tt0bI+/3rtOUkHd9LvuEmBLgZ/y7IQt7YgK66nIKcHHLyCynVCMva0IC+ppry4jLKKisoqaym&#10;sryY3OwccgtLqNDWCWvQKCzTakoL80zTf7lF5WiE9XRByYm/Bn21uF6Dtu4Sq0r8rS88zvqYIDr4&#10;eGBTlsDhs4Hc99LHPNDFndp6eT2VXK5aKvKKqKypoVwoWfkZOcIS1TXIkSX78/K3z9DN3RqjIMll&#10;Bblki/Lnl1Re2BEkQzIaqBNlLC/TXEjpL0Ous17TWOfcgmLK5RTh58t3GUQd6rSiHQrIycmlqFxY&#10;+OL+xroayqoqKS0tobzq8lDw5yF7QXSV5aL8etGewoqvEc/LyxX3yaO0WhyT62iQPRf5pmPlspei&#10;QE53LoyikkLxvYqiXNEnog009RK2DsEMmvUx09sqyTn4M4uEUqyqsyVq2KMsuK8tlrXVFFXXmuph&#10;qNcJi12PKsAH97YG9hxMu6qHwMLSnc6TnmbJoZOc2bmMZ6Y8xPRZC9lz7Bg/vnwPES6GC3XU19Wh&#10;qyoVdZDHSTGVWtkDU8nZbT+xJyWWZDFGqitKyBdlzr5Qx8vlquxdqi5tqm+NnCpN/k3ua9nKFX0s&#10;+iOvuFK0pwF9eQb71i7lYEUZRZo6033k/tSX55KYV4n13S/z2nN34G0UY6y8knJhvet0NVSI9jSN&#10;x4KmcSraorKqjILiIgpF+xeUlIrv5ZSIcSuPWTk0utEg2ryyhAK5vfOLqNBoqI7fx09HThCdWYxW&#10;pxfyUEHQqFm8+9pU2gc4C0UlE6EKCiqqTHmASuX8O5csLL9qXeW+Ef1UKL9rYjzJ3sFLs1HLdTQ2&#10;yNcViDqIthBj01Q+Ue968S6VFopxnpsvxqEYc2JMNeg1VJUWUVRURG5OPsWlYrxVlprqWVjWOFbP&#10;Q97ZV6+tpNj0ruRSXF5Nrb6S+D3r2BMfTUqVVvSxnuqyIvJyshv7UNM0TsV/DXUaSvJFmxWWoqlt&#10;QGHhRo+nP+f5/kFciI8oyt8g2iRf1M9UfrkvL/VkNvVhbU1FYxvkFVDSNE6MDY3PzhHX5Rc1PkMu&#10;s6n/5OPi3NJK7Q3nh/oj+NMLTuvFS7Jn757rbrc9jy1btuDk6ERwSCgqla0peJhMPOSPs7MzFULw&#10;HjlypOnsyyEvNO3cqTODBg1qOvL3408vOFVY4tVvJi/d1Qlnm0s2e0r1VBXEsObNJRwsvvmIpv+o&#10;BadmXBPyy60rS2Pn0reYcf+TfLxuHylWIbQNVhC/7gc+ee0bfkkVROFwMqlbP2XmE6+xZFcsVc5h&#10;RATakLtnCXOefoJZb3zEysNF2Pm3IMw6k+0JOvyD/HFN38C761KQ9y2HeNqbwqvL7tqsXcv5xaEV&#10;/TvYsOfFN/nmwFa2bvmVHZu/YqW2HSPbBmBfe4iXOjzOSTcjG1+dzsy5H7NsTx6enXvSUreZqb0+&#10;x2HsADxy1jFr8t08M0+UNaYK37Zt8NGlsmd7Ca1HtKbywCo++yYV/56t8VZZmupcV5HGjqXvMG3q&#10;TD779SSFdi3oGGpN3pkEMkst8QswUlJWi0vL9rhlbeGt2U8zc858Dhco8A9vhXP2z7zw7c+sX7GM&#10;w9l1uAW2INDZRtxbR86hrcQqm9M2UMGxhfPZUOZMiI+C1NXvc8/0Z5k3fwUpyha0a+WHqmQvcx+e&#10;wszXvyFbUcjKZ48Tfrsfx2dO5Guh4D+b+gDzvjuEZcd+tLHP5eenx/NJhT0Z8+azMTmG2NhytPod&#10;PL4yDdv8H3n9mCdjO3pQmbSLlV98wFZ1F7pJ1eTuTMe9dxReqmsHepKqszhyNI06h0A6dwzCkLCa&#10;F1auZu2K5RzN1KJWNXB21VyemPUSH6w6TrVzCM2l07z14Sr2rF/Ppjo16iNf8+wLr/PxZ9+SJOrY&#10;vpW/KbKpvBhabvfarH18/uJUHnjha7IEgYs5V8/o6XcSqDvOghkTuHfOp6w/qaFF59bYxC7jnufW&#10;khl3nDjv/oxv62Ga+ojZ8iXTX1hOauIJdidkUrpnKav3JnBo3Vnq7LL48dXHeOileSzfeoZKYVhF&#10;WJ3hi6Wf8upny9n8+dssO5JIfvoJvp33MnPXpaP2C6eFQw6/zH+JJ555kY9+OkKp2kjKGlGnbb+w&#10;N7oCv2aizbd/yqNPvcR7H3zKD0n2tG0Tim30BwxfepyCb99mdW0UfcMbg8Y11nUvnz4/hfufX0ye&#10;QcfZuAZuf3AU6rOLmTziXt5e8gP79C3p1zHgouyVpzIyDrH4ufu4+7kPWL8zBmNgJ6K86kndu4xX&#10;Zz3Ksx+v4kShFUEtRR9Fr2apqMe87zfw0RtfsD8pnexzm/jk5Vf5KaEW31ZtCHO1Nekzo6GMsz9/&#10;wjMzn2LOe4s5UaomQJ3JN9+sY/Pq9Rxs8KODdxVbPnyOJ2a/IfpwBUkOrenUwoXS/evZmJ7Gr2+L&#10;vv01EesW7Yj01rHjiRF8UN+H/hZH+DQ+hCdHhJK/6U1uu+MJPvjqS346WkVE/96EOTYa6DK5qtPk&#10;cXjV+zw0+VE++HET0VKIGCdeKHIOseT1p5ny1DtsPJCElX8Y6sosTu/dz14xrp57Q4wpvROt2rTE&#10;82Ic/b8Uf9rzERYWhqOjY9O338ecl+fQo3s39uzebUqFLodkl7fgyjta8vOvHdvC09OT8ePHN337&#10;d8LS0oaAkQMIcrx8x49kqKOmMJ7tchKm/yGYrCd5Lln0cWM/N1rqJotDWMOmY8Lqkr+L/xP/k5Mx&#10;iXPl8SBbAPIxwdwb6huvNVnopnPqG88xyJae/L3xXnV15481ntcgn9f07PPPOv98+R5yuc6f31he&#10;ObGWfG/Z+ml6vvgYDefvf/H889fcDCRDFdnH97J9jYL71x1h72eT8Y1bzKIjeejqstl/dDN7ftlC&#10;8o61xJR24PMjx1k7rQOOp7dy/PgB1iRa0vzRn0iM/oXngy3IOxxDpkZYW6LcVdkHWLCxljaRnegb&#10;4YVtUyIyo7GIc9sKiBLvqLtTBPd9+gJj+jzPtxv3sOa1u9CUVVOpE+2WeoY1CldKjn/F0f4LiE1L&#10;Z8c9hcxceYrqps0EclbXM5sWkzl+FYln9vHhwGxeXxdnSrMvR57NTzzM9h+S6Pj4GNq6NgnAhlIS&#10;dm5l20YbHt9wmK1vDcXq9NcsPF50WSh5cQehQA6x4tdT0O9l9hz6gbFSLru+3U5ChWj/gxv4aV8M&#10;McUGFJdMeci9YDBWkfTrItaqunJLt0hcU9by0lYF07/ZScyet7BfvpRfTsWze+E7HO72Jmu+vouT&#10;85cJQVxuut6oKGfxK59Qcc8iVr4cwrJ5G8gVFqKc1M3dpxePfDCDLt0f54sFj9BGqcDW3ptW/q3w&#10;33uQlAph1WcUkH82hIGtQ3HzVOLofI6YnN+ZQrkK6g/9ypq9pzlVVEHi5kWsK47kySV72PtmL0FG&#10;t3O4qhWz7utMzxcEaRjtyoHctrywbC/J+9/CYtMeouWw802NKrvpD3/1Eis9nuPHRXdy7KfDQtrX&#10;CX1byK73HmN1xHzOxB3hy8F5zH7xFxpa38kXs7vT6fnlrJ0cgaVsFKq9aTf0IRbOf4SRry1l3RP9&#10;qEs6wzqhPFM0KWw6nEbxLV8QH7uHz29vhW77XuIqxPuRV01Q5FjeXb6QYU55bE+2Y+I7C5kToaZA&#10;jOkj+zZwzLYjT39/nMPzBpCZW4fniKF0HTqDl99+mm6IcmW14yVBBJOPfcPwhM3sOJFFRa2Efs3n&#10;fBCjobrqoodYruvBL19ghfccfl4ynoPfHxDCtg5d+T7mTdxGn5UnSDq8mBHpr4kxmHnx3dVXknPm&#10;MNusHmTf6SMsfaI35xav43jMIbZvP4z1pO84sUEQHnU8K5bvo1RfT3atL6GjXmTd0mkElpzibH03&#10;3vjyHfq4aDm6v3F7vgl5p1hzypJuj67gzOGv6VpTyLk8fx6c1JXBL7zHwpm34RL9K3mdRV8cjePo&#10;orso3H+cxIwi6kTx8jbtxGHquyy8TyUIz2oS8yqE7Gq89XnU6U/w5Rwtrx9NIvvsLzziuoMPd1+s&#10;n/xOliTuY/XHhYz96RjHf3yetkmf8+4vRziyW7Sp7Th+PbGHeWNbEPvZ9xzITBUyaAdx2pY8LYiO&#10;f/UxtsaX/CFZdyP40+RD3jp7s+HPCwoLuH30KFzdXHF2cea222/n2WefZdWqVU1nXI7AwEB++OFH&#10;09TMvxlW1m4Mj/Jp+nYJhMItTz5DXO3/2JSLVE9F3AoG+Prg4u5D+4HPc6JYL176UmJ/eo5Qn3BG&#10;3vMpqdWNMUCqMw7w1Yw2wtoeyiM/J4uXTUfGoe95dmBL2o16kCXRpdTnCNb/zEjcOk1g1vfRaMrj&#10;WPHa/UR6uOMZ1JsXPv2VXK0gD1k7eO6ugXi6uJjGmJtHGHc+8wWHUkrQ16Xw7YOjaR8Qzszle8ir&#10;aVJmxbt4qE9H2nSczva4nEaXoz6d/Qum09zPC28Pfya8t1uc/8f6yVhTQXZeBtmd+nJrK1/8mnei&#10;vbCoco7FUdbgQGTXKbz13S8sfWo0EVICx09moRo0g2feeJ6R/W/jxZmPMnt0BE6e/oS4qVAZtMiy&#10;ziJ7C4tn/4QqLJKBA1pdyPYqQ1FXQnqRGy5qB2wuSxmrwE1YVG32HSQpt4jU2ONIY8dxW9tAEuIO&#10;sWV/Ft4Tf6Dwzf44XpA9VtjYOxJz5hAHhGXZZerXHH+mKyqplvTkrcz/7AtSJjzOxPBLPHA1VRTo&#10;dFR06s2gFn4Et+pMWPNgkhLzBWm5FAbKCtKod3eidff2NAuKpNdgT2ydC8kt02Mr+vbpN77h+5en&#10;0C3s8jgrmas/4MWfbRnVqxOtfSHx2CFUPXrRrbk3bs0GcOf4KrYeWcPq790Y21tYkQNmsWbZI4RY&#10;NN5HbpVm079j8+yBtAkMwqagiPND4qqwUuHiFEhUbRl5FbVoNFoqPENo7miFvYsDeBhIKrm5NRky&#10;bAN78eRroo4vDMMux4OooPZ0CA8mtPcQ+tZWkJ9VTsX56XiVA05pqZzcf5RYmwEs2PwWozsFCtJ5&#10;ninmcGZ9ENPH9qXz4OfY8O10mtW6YqzPJXZ9Cx4WStDLyZOIYXfQJzWWhBtcaqYObMfo15ez/NvP&#10;+eq1V/jqoa64unri6+WBJ9XUyJrTPxyfiDY0C/SjZfAQxrTqRFS4P352ltjW65Cs7CgsyWbf0Vh0&#10;Le7j29kPcmeUpynwn5zvyG/IK2z5QBCeKF/sxL1auzqibhrSdhHj+WrlLyyb3utisj1DNjE/h/DY&#10;hH50HPQ8v377MKFaJ/RJMezrdDuT27mjdm3NkNv7cu5I0sW1EnK4dTmR4OnT7I8txG3odBYun4Jn&#10;RQXFqRGMGdwaP/FOdQhviVdSnGgjI0GBHnRuF05IYBg+g4cT2r0XUQFeOFlYIVVpuLAu1lqNfVEx&#10;qYePE6NrxiOfvMz0id1xb4pfpFDY0/b+j3jr3ltp5emCf/NmOGq16OWyCQLZ/emv+fD+EfQbO5Gh&#10;+emmfE2XknUZSnVP3j/7Cbf5q7C0CyYy0paicu2F8yS9jsKUc8R1GsQYYZC4B7SnR5eWJG7YyInK&#10;CpoNHUy7gDD6PPgCHwliMsDLnYiudzHzlTe5u3soKleo1ArC2nS/vxp/mnzk5uai1V6f5dvY2vDK&#10;y69w28jbUCobLSLZ0yF7POTPnj27OX7iuGCwVzZvI+QpHXmbrhxw7N8MlVsPOvlekbJZsMp6IViy&#10;hBUiz1T+T0Fep1CQTqJ4KetqtVSWxJLV1IUmj0iT9+IiZC+DGBNyXBdTUyhxcLLD2dtImUZHsfho&#10;qoopK85F4aTC1ccVW2G9FMqZJnV6YcjkkF9eTKNRJJl2SZ0fY3pdITuWvM5bK7cSX6QzeTNkL8fl&#10;Aclkj4i4xuSNETLNkM/Wl6cx+fUfyK8U1paunB3zpjL/8O9PMf4G4obGej1Voh0qnF1QCSUhp2dX&#10;W1qjKKug3k4IaqGYe4b4E3nLnUyaMQ6H6MU8PXkMD83fQHxOOse+n8OY3s3x9mvPpC+WE93Q+N5Z&#10;VVYi2SezvzCVrDKtye17Hgp5DYacll1peVm6etM5/p0Y6X2Go2kx7P8xldHdI+l61zw23NEC/e4n&#10;aBXendc2paJtGpeWti60vetdvu1nT8IP99Oh6+18sjsLPaItxVmVpUbyheVeqG0S7qLOdboqChN3&#10;sOaze2kT4od/21t49Z01KPMyqbzsdRftUlROwrdf8cwtrfH2CaHn1Hf4TJCgnCotlhEdiYgSSs2+&#10;cVrhUhTKebTOniQhq4zqujqqi+vwUtuash9bKGxx8bAS5EiOPWOFk8oCC0sbfFsJxWIhZ1UV/0le&#10;TBjTGR87a9O9L7/7byEnGnP0dMSpXTJrD0YTl59AbscIPFU22Nq5CMLkSYXmOruPrgGriPa0EnX0&#10;s6ylokGU3VppqoOktMfNolpYutoLu5MUfkN47dPJ9PJOZM5tA+j39FIOZldxPjyQojybU7VKnIXW&#10;trCwwS+yDf4OttRXZrO1fCdP9grG29uf5oLwrqk4SnrF9dhWEyRr/L1DGNynJS4WGpJ3fc70W1vh&#10;7duKW2a9zY6GJgYjt+H5KXVBNOxs7UzjXf4uSoNHlwm8PPY2+lT/zBOThnPv6ys5nd+YVFE+R6pM&#10;5Jd376JzZAA+/j159thRioS8kGHT6xa6Bbtjp2y8vwxFWdZv6uproyA7OZbE3c/TtXkA3oHN6ffQ&#10;MlxSzlJ6fleRjQth/e7inbe7U73/S0b1HcG0rw+SUVFDlbiPg414hng/VeJZakMFmlpjYx0sGuui&#10;srPB0UmNddP3S2Hh0Yn7nrub8X1qWTHrHgbf9wbfnshGc56dKIyUp2wSxkQvmvl649vncY6lZje9&#10;aW5ERgTiJmdgFu+cpyA2Vx2ThiJOfDaVIG9xfXAk4z5JbfpBQIw92aNepa2i2NUNtVLIG0ulKa5U&#10;9snTJKRV4CXGgzzeLSyFbLCyROngSyshg7oHNwZtu6JKfzn+NPk4F3uOCsEUrwd5eiWqTRs+//xz&#10;tm3dxvBbh1/mLZGJSFlZedO330InLKfVq39izNgxFJf8AcH/D4A8qKo7DKal0+XzwJIQ23pNPrEH&#10;rt+G/zqYBn89pblpGOyc6NunNQZ9IWk3s0pfjH6ljR229k6UV1aTVVAhiG6lUGg1+Lo4EeRqR21l&#10;KZXVVQQJCzEkSE1xeSnlmoueCQfPnrz44XJ++eQB2vtL7D54jsTs8ssWRF4TOUf4fGMKxVJH3t14&#10;lAOfjcdYW86B9LKmE24OCisb7K1tcRTllXc8Ghvqxd96JEcHbERdLS2FHWYprDFHX1p0HsYDT7/J&#10;h7PH4aqI5stvF/NrspE+z/3AkSO/Ml+QkkihRGXUhd8mBN1zdC8rJulYohCul29ZlWQFK+5/pTBR&#10;WPnR+bYgoret5rvkVvRqLoSUfRA9h49gwvMrObxiMife+5lUg/yuytcLIezUjH5jJjDt5W/47uVB&#10;nPpqOzlGe0JChvPssw/Qr3A9m5MuGgkWos4O3m0Yct8HbDtwjFOnYjgpyj9v5jB8LyuPFTYqa2H1&#10;juellds5dfIU0WfiOPXlbO5s7S4EpJVpV92VxENG+zFP8PpLkexNTCChQCeUvxUltXXIO14F/aG6&#10;ogH/oBB8lQZqauWh2UBpegqFUiNJklWijfVvSc01obDC3lVY8uGBHN69n7xcHYM7hggFKytE8RGy&#10;7QZG12+gOF9HWxWOsoFcLwi6qIPCoBNEzU68C7YXIvMqLGzxa9uLwWOeZNkvXzGtbA8nE/PRNW3z&#10;lRx9iFQ2CIUpf2ugJDWJAvFFoXKghaoHr649xEnRxqdOx3B4/zruaqE2XXc9iBEg5LasqAyUphxh&#10;58EzON39DYeP7mDF7Bn0srRrOvMSmMbdxbFnuofSjfBOvbjtkbdY+vlzhBUVERubi0ae6jRoiN3w&#10;Bb/U9+KVJds4dmQNs9u1x13R5DFQWmNlamfTVxMkJ9/f1DW/Vo+9izsBPZ9lw74jpvF06vQJfl02&#10;g9CmaW+5r2ycvIgcMJYHn3qDb966l8jj64kulLA31mHi0OL9rBWEQW/hiNr68vFhIiJN9bsSctZt&#10;j+bt6D3yIT78+lOeD62hJC6OAm0j8ZH0Cayfux3rAc/x/e6jHPvpNdoFnveKV5CcWkiVXhSgvpoy&#10;Y8NVxpNE6cnFPLEjiEXbD3Ls4Ha+mBrU9FsTLJTYC+LnUiUvRJVtQYMgeBI+kRGEBjhSor3cgyu3&#10;R6MMunqd/mr8afKRnJxCtRCm14VouZSUZNNuli5duphIyPp165kwYWLTCULO5+Q0/evqkAnIoUOH&#10;mDZt2r/UA6LAvXUY7rZX7NYRjL5Ok0tsxrXJ178VpjgMggygdCEgwIk6YfkXVN1MumcLkyXp7OYl&#10;BkAt2rJSSosqKRfCwUuQDx8XG2r11eiFJnd2dcHR0YryGj3V5+ddBSwsbcX1wsILDzN5UVRZqVSX&#10;CvJx5QTqFZCE0Mk7tZOzpWUYh0xiWIdmBHjYg10kw9t5N511ExAvs6UgYX5eAfhFH2Z3SiEFGTGc&#10;Tc3Fu0M4HuffxPoiTv2wlE/mfEeMVhwU9ZNKK7A21KITJEDt4omLVEWysGAzz++MsrbDMbA7IztU&#10;cTY/joSiSzyRNmpEy1MrFNmVoRIUCltCuvSkTnYNC2XQ2kfi1PxJ3LPsLA0qJ6yrMsiwUdIocwVN&#10;1uay8/1JTF+bgaXKDoUmh1yhtK1F3ZRKJwJbdaJDb2+2rj5IoSzYxHErR1fRbv74pqWT1iCsxIoz&#10;/LhiIR8cykMY9xegwBav4BY4C8VdlCOIuE0dyRsWs/LHzSSU1ovfrw75uK2dK+FDbqPv2dPEx1Xi&#10;GdWRmuPHOZVRRHnGQdavt2dAl5GMHFXOqu1HOb1/IQ88/g0ZhipRqz9EE7AUQt3N1gbdtl/YmmBB&#10;iLe9UEQStdoKQYiLcVTLXpU/Bsnaj6gu9STknuNsWg7Zx/ZyyNoZTz8XnERnyPSiJvZ7Hn1hIXtS&#10;NOKYhrQ0OaOv5cVnWvvTdnAuy389QvT+L7h3xmJSlWIcqZszYHgBm44Wo3KxpzbuJ+Y88R2pVTe3&#10;LVXeJaKvaxD964G7tZGC8jRiBUn6PUhoSds+n7lfLmdvdgPKukpK0FMr+l1+BUQLUpFfRo21Cz7+&#10;vjhVZ3FUW0RVk+fjqrAOoN0t2SxZf5gzBxZwz4wlZKlq8ezQm76JpzhUYY+bo54z377KlNXJF7xH&#10;Bm0xMRs+5KG5Gyk1ylNCsoFjj2+4N+6ByWzan0BBZpLog1SKQlrQ/CYiv9Zm7OSDeQtYvjtNKPQ6&#10;SgrqqBHvs+w1aUQ9ukq9kAmuePrYUyUIU01to+fIqDBw9Iunee37nRz+9Wd+DW9LM3f15flrxL+N&#10;dRrKaq3x8vXBw6qAkzGXhKsQ755MYj1DWtHy9D42JRVTlneOE9GpNL91KB1dnUkTxDm+KI/on79h&#10;7qMLOCrK+HfiT5OPPHnapeb3d2hoqhsJg7W1sG78/OjXrx9vzp0rLOK++Pj4mhYHhgSHmBawXgvy&#10;gr/o6Gg2btzYdOTfAxulPUPbBaC8MPiaYDBQW5zDpePmfwHy690gx4DIyBN97kWr1s1R1Os4l1t+&#10;2Xa360MoL2tb7ITSdqiqwDIvnaKyGmoqrEyuXHtbqBaEpLq8AR8/Ydl6OptSURcKgnP5Iinx4ldU&#10;UK+vRePqhbW93WVTEFeFpCNXEGt9fR2OQgi6CkXj3vd59mxdygNRrk0n3RwUVo4EtO9J335alj4w&#10;mjtfWkV24O1M6uZ/MdGdpRMBUQFYarfzzKhbGfvRPsq9+zFu6GACazNY/sRYxr/+E1kWQvm5WpoU&#10;gAyFlTPt+vXCMSGDhNOpFxa+GW3cCHStoEInb1G9ot2FgLL2DSVCX0dwywBcBdFrOWA4rptncUu/&#10;Ptz2yjluf/QWAi0ar7OUU8z36E3DygfpP+h2nlqWx7DJvfGRfxdWk9LZm2YdOtI6YwM70xplgkLp&#10;SljXHnTtUMyXU0Yw9MkvOWxswa2R3lw+AWmBKrATI7qHUrPjPcaOmMCHB8pxb96a4Cu8hVdCtqaV&#10;ru0ZNcKSjWcSKPIfwuOdalj8zN3ceuebFA0ay8iObRn0wP20Pvsxjz+9DLdbBtBM4XBRWV8LltbY&#10;BYTRsnI9r7z6HYlNvFZh64BXUASDBKlWB3WllegLSSgUTUUVxhIIcbEk98R6ln/6Puvib9KraeFA&#10;xJA76O1wji+fupPxb+7Do09vurZtRkhkd5z2L+fZ3aX4GY7w/mNjGTTyaeLb9aFLM1dsmwa2hYUr&#10;Xe+fQd+sT3j4yZX4jRpKlOgLhbUP/afNICp6NrcMHMp9bx0kbNJgWrh74hfUiuLFL/Lo+pTfeUet&#10;cPILJ8Tdhv2v3MXtj7/PrjJBZP1tTMGzrg8bfFp1xLfkIB9NH8mwh5eg9w8RpLUnfdzT+GXhWtJ9&#10;WqM+uYKnxt3GC2vT8A9VCqNCDpB3dQIi17X7g4/TN32eIJXfEjhmOJFW7qg8e3DfSy3Y9dhI+t56&#10;D69mNOfBPiHYNC3GVtjY4xXWipDMr7hj6Egem78Z21tH0a9jZ/r0i6T8x0e5beprbK0KYMT4nnie&#10;X2NyA7D0Cqerdxm7PnuUYSOmsbFevDvtWhHZuhNOJ9fy2ndnsOluz8nvX2TcsIksyVTgZrDBKOoo&#10;Ge3oObwnBSvmMmt5BZOnDiLMU5B98b5egOgeh4hhTLTfwL3DBzPqlZ04to6kquLiVnSFhQr3Fj25&#10;baKK1Q+PZtSj84n2Hsejt/Wka/f+dC5fw+ThY5m94giOA3vQzO3GydVfgT8dXn3GozP49ttvqam5&#10;vjv9xdkvMmvWLKFILnfNvffee7wx9w1hwdYK6zjAdCwrO8v092qQ14y0ahXBfVPu46GHHhLfb3xA&#10;/Fn8mfDq1qow3t13nEfbOjQdaYRRX0nShjn0uHsh1VLjoLlZ/BPDq8s7R3RVsSwZdwfv5XZh7qvh&#10;zHlkCaoHFnL4uTZkbXmHwdNWEzXsKb5c9AjNHJRUZRxgxZtTefaIPxNeXcRXYwRh0aTz65J5zJq7&#10;nw6T7uG2ZlX8+NFG1GMe4aXnb6d285e888E2HPp2R1Eay9rUAJ6d8zSPNk9h9nNzWbwlBZ9Qf5wV&#10;5WJcleEz4U0+mtmd1Ddm896vsfR/fxkv3dkXP3srpKLt3Df8CfbXdOOzb2dQt2QmD6+IodXrm1kc&#10;cZhHP9yGrtaAy70f8+NdkVheMnV4QxCvmtGgp6Iwm7T0AvRKB9wDQgnxEBZ0aTkVGiu8Q1xR1mso&#10;yMkiM6+cOlsnvP2DCHKxoDwvi6y8MowOrrjYWmJj74yTrVGQLQOOzu74qGvJSi/H2tUdTw8HE9GV&#10;jDXEr3yV+fUDeeK2vrR00pOaWI1bsCdO9jYoag4zp+tbWL33Ec8MDsOOStLiEsitFFaQpQPBbSLx&#10;U1YSH12Gd/tmOBvLSI1PpkBjEFa0K0Etw3AxVJApyIZXZBDq+gqKMwtRBLbAT/SpXGc5Wmh5QTbp&#10;GYXUKAVp8gummacKbbEcG0KBo6Owh3UN2Hr44izfKzObwgo9KlcfAgMa+y5TGIWOTm542ikvCGE5&#10;GmRVdgpFFm74eLpiVZ1JXKUdId5OKKtySUgvRFtvgUdoS9MxG2MVGQmJ5FZJuNfv474ny/l081ME&#10;luWgD4wiwN4CQ2U20alGwiPcqMlIocpTKCdVDVnxqZRbuoh2VVBU60bbYEeMNeXkpGSjdfSnRbA7&#10;1lIF57ZsZtvmUnrPmUqUTTXF5RqUHsH4yG1xCaTaSnJyyzBYO+Hr44yFroiMSgl7Rze87MW5Bh2l&#10;eRlk5JWis3DCPzgYXzcHrGqLSUzIpMzek2DLavIKy5H1vbNfC0L93bCztrzYPnWV5KYlkV5iwCfE&#10;G12GFu+O4bhRRVZKIpmldVjZOhMc0RJfOwu0ZVmcSy7BJjiCtt5C2Yl7GOW+Ky2gQOFBM3Ud5cXl&#10;WPqE4K6so0z0qTyOawURc3K0x95GicrBDr1GQ72NOyFuCsryK6lXqPHwVaHJzKNaocLVyx5doRjf&#10;+aJuQuF6BIUQ6KWmJjuDnAoFHoLQ1RQUUCaMCDtvXxwNVdQ6BuJnVU5KrSDIoi9trS6u+ZAh1zUn&#10;NZGMEiM+YXJddabxaqfPIzE2kypJkGPPUNqIdrBvWpBt2iknxwFJTyKlSCdktEwomxPgZk19dRFZ&#10;GVkUaS1x8gogJMADpbZY9KdW9GcgnpYacitqkFQeBIr3Llf0Zb3SCT9fZ6wFuZG9vtqSHNJEncu1&#10;Buw9AggK8MHJoorU5ExKbTwIcWigMK+IKh24+7tDpah7sAeI66pt1WjyCtBYudKsZQhuKonypLMU&#10;ubQkVJHD0RIXujZXU5oUS4roR6WDF/6uRvKMPnQOcmrMdyPLG2M91SXZpCTnorVU4RLQnGY+YhzV&#10;iXpnpZNWqMHGwV2MLz9s6zRUVStNMshCW0JeeRWSfQDBLkJOXEp8/irI5OPP4KWXXpI8PD0kK6XV&#10;dT+vvPKKpNFomq66iJOnTorfLSVnZ2fJzt7O9Lna9Zd+bFW2UqfOnaWff14nNRgMUl19fdPd/rPI&#10;ysqSunXvdtUy/d7H3qmb9GOatulOTTAapTpNvnTgo+GS9VWuudHPhAkTpIKCgqab/jNgNDZImvyt&#10;0owwL6lVj5nSr/s+kzq4+UvtxnwipRRmSzHfPyF5OvhJA8d/ICVX6sQFDVJl2h7ps/tDJXVkH2nq&#10;T4lSg2gfQ22hdGjla9IQ7xbSbffOlN5+bYbUNaCrNP3VH6Ss8lRp64ePSoNb9Jaemvuu9PyMsVJY&#10;ixHSG8v2S8WJG6UnxnSX1EqlqY1sbFRS68H3S59vOSMVVsZLSybfIoW7+EkPf71DyqluHD/Gwm3S&#10;vZ1aSaGt7pM2nTourXm4p+QjxuXtXx2VkldNk5wdbU338n3jgFQvxt2/AkaDpElaJc2atUI6cCZf&#10;qm24pNzGeqn0yIfSsEEvSlvjiqS6BmPTD/97aGjIl3a/PlP6cFuSVK2vllKWTZZ8Ji+TMiu0Yqz+&#10;NfWuL0uStv/0uTTny0NSqf7vkUlmmPFvxZ+edpEDXMkBwn4PcoCuq+1mCW8RTuvWbXB3dzctTJU/&#10;vwd5gWpCQjxz35zL3XffxeTJdzNz5ky2b9+OXn8zawr+Pti5tzBlVr0SphXJpbm/2Ub1r4fMujUl&#10;JFVLaALD8XH2opWNkdrsOPJ/f2r4ImS27uaBv1cDlaVZwhIsp0DlgsLDGztJT2mVhhwbN5TeITR3&#10;csRdk09pSRGaJu+vjWMLBg7sSLCwBgiKpGWYH862N+teVODUcQofPNLbtBjrXwV5kWhANwb5ZHMu&#10;t4AKfdNIE1ZfZcwPvDhvCx4j+xPhK69wb/zpfxEKxDgKsuHwpy9w/733MeOAO9Pv7omH+ordZ38Q&#10;klFPcUYexUkSbXuH43QhDKUZZphxNfxpcdO6dWtcXFyavl0bckhag+G3c3ZqtZrOnTpRXtG44FIO&#10;o+7m5o6rqxuhoaGmYzJkt4+dyu5CCHaZZMTERLN69WrWrFnD8uXLeP2N1/lq0Vfob4DA/N3QVp7m&#10;g2cf5cFpD178PDSN6U88zye/Zjad9T8EodwaSvJI0egoPbOad+Z+Q0xNDbqaAkpuhh8qrFA72uHk&#10;rqBWU055eQV6Z0cc/LxQy/lwKisoKoxl6/dL+GHbEXI1pVTUaDifo8xa5UOXPr1pGeRD5dmzZGYV&#10;orty7cN1IK8QL9HVo/TpyK1dQ7D8F2pohY1og5GD6drSB7XyYvmt3cMZOO4hZozuiKe8re8/4Vr9&#10;h8DCwoHmt05h2uTRDLvlVsaNv5f7uwf8xn3/h6GwxM47lI4DB9A7pMntbYYZZlwTf1qSBgcH31BY&#10;bzlx3LXieNwx5g6srKxwdXElMCAAla2tICBupkR05yHJc8eGBpOgkKOdyoRHXrwqnyejWqMxhWb/&#10;/PPP+Oabrykt+2PbIf9T0FXGs/77FSxduvSyz/Jvf2Lnuf+xZHKir+TIpFW5qRTW66hL3svan3eQ&#10;oNXT0FBK/k0kAVPI5MPBUZAPWzSCoBYWl2PvbI+/pxOSICOlFcVoytM5t287u2OSKK6rolxTbcp7&#10;IsPCwgpH7xa08/TCNu0wx2NTKLmR7KkKG1y9lSgsGsiv0CLnVvnXQrShc7NOtAv2ujDfLXtEVP6d&#10;GTv+DroEyPPU/+PKUvYAubdk0Li7mHLffdw/qC2+DtZ/2Vy2QqHE0SeAFl1b/cfCUf+vwKjNZu/3&#10;C/l42WZicqv+3e+WGX8Yf5p8yJ4IHx8fExG4Hmquk9FWnnpRKq2RE2xVVVdRIQdNEpZzQUGB6Xd5&#10;77v8DEdnJxzsHUweFPlecr6XK70paWlpzJ8/3xSU7I8sDDXjr4GcvKo4OxHJxoGOk57i1dlPcVdP&#10;F7T6CuLz5S2ONwY5BoOt2gF7JztT2vWU5Gyc7NV4CsWhrSykqqIEt8ieTHj0eWZNGUKUv4Ls0gqK&#10;TVFTG2Fh7Umb5h642hayNzaDzFKdIMJNP14DCgs7AiObYaO0pCY+jgKNDr3u2mPYDDPMuAEIuV6b&#10;H8eprFTOHUumIL0Q/WWBBs34/4K/xIfcoX2H3516kaNMXg0nT57k008/RSOsVXldiLzmw9bWhrLy&#10;xmkY2avi6+NLWGgYAwcOJDIy0uRFkcmOnVpNXW2d6dny9E0jFCYC8uWXX5iSwJX9wzwg/x8gq2dJ&#10;Xo+RV4CNyokeEx9j1pMzmNDHT5APLeeyy5B3lBsaashM3MXCj+bx6Tffsr8p/KmhNIez677ivfc+&#10;4bt1+ymR1Ng7CuIihz0ursbRzgFXewu0VZXoqnX4R/Xgzodm8tjkW4gMtCOzuIL8Sh3naamFhSPN&#10;2zfHzVNNxolo0rKKhMCTd55oid78A59/+B5vfX+QdDnrZdM1srfAPWoA3f1caDi2mvkfijKujREV&#10;syLAWW3aCfCXQRCa+sp8slLOkXYhfvZNQtxDl3uSjcfPkVxyBUkSAl+bcYBvj8Vy9tCPLDsUT3FN&#10;Y+bSG4Uckba25Bw/f7GJlOoryijuI2ccTT29lSV70tBdknvlAmSlU5bJsU3LeX/Rj2yMSSbx9CkO&#10;bD3Avv372HkgCc01tlJeD5Kwoo+fy6CoQhDKmkwOx2RSJojntepmLDzOF5+s4mxRDYbqBNZ9vZ/s&#10;rIMsXLSboitTiYt7NAiynHlsC/vTisiI3sKiXSlor1a/fwHkNtEVnWKl/L59tYmM0jzO/rKY9WcS&#10;ObNxOdtSrxOvSW4LXRnJxzfxzQfvs2DxKg4lFv8jiIOx4Biff/QjscKouO6YFr/Ju1tyYrax83p1&#10;NeNvwV9CPnr27Pm7afXlpHFXeil2797N+/Pe59PPPjV5UOSop/5+/qa/VUKxyC5ReTujvJ1W/rdO&#10;q71wXP7IcT/kc1UqFc7Ol5MfOXV/THQMWVnX3rZrxn8K8hSZvIWtDktLWzwdbZEj/qkd3QUJrSM/&#10;pxSdEATGBi0ZcVv5+M3XefXjL/gxtlgof3FtaRanV33CK6+8zpffbiSjXo2Lm7cpAJUcK8PFyRN3&#10;ewlNeQ3VgqPaq2yxt7UWRMcRpa0tFaVVQgHpqG/yr8jP9opoT7ifD44Zx4hLzaDclDpbx4lflvL+&#10;3Fd485M1xApic3E5iALrwF5MmzyWXl7ZLJ//Pp9tKqXD0ElM7eLzl66PkIlacfwpDq/fRWL5HyQf&#10;oq76nGOsORJNYslvV/Qa62tMqcZ1NRWmv5eHlb8BiNOlBj0VJVek7W6CUV8uFNNGFmxPRncVhSTH&#10;wKjMPseRLevYn1RAla6WWp2OmioNNRqNMD5Ema6nOK4GqYGKpG38uP80GWWifgm/snL/GUE8rz2t&#10;Zyw4wkdvryC6UGtKK15ZWkOdaJvSUo0pmeGlkLfyaovi2b7mhCk6aL2umlITsWk64d8GQQAr437h&#10;7Z9PkicIen1DPfrKMir1teJvOdVyGMxrQBKGQlHyaXas2WsKupVwZB+7thwjW3OTRExhgY1PBB0C&#10;w2jdpTneIReTIP5RGPMP8f6byzlTom96468NyVhLZe4ZdqyTw6zfwPSrGf8x/OmU+jKcnJxYs3aN&#10;KQ7GtVBZWcHMJ2ZeWDCanpbGrOeeZdfOXUIQGkyLS+VFqb5+fqSkJGFlpaRXz15YWlmRKQiETDAO&#10;HT4ohFSNid3KId3lqKd19UJoCWEnT8FUV1++dkL2hkRFRZl25PwV+NMp9f9D+Oel1JfXfGgpzajC&#10;tlk7BgzuT6iTlSm3iUbpR8cOXejWzIFayZnW7drSrl07Itt3IKJNW1q72aB0Czcday9+69ClI23a&#10;ReFuY4XSxpWWHbvTp09fOkV6o6iuEVaoA2Gde9I5qjmuSiM1Dda4+LWmd/tQ3OzUePi1pEfPDoSF&#10;+WLXYIGTmzNB7dsT7OiEi38QLcQz5Wd1j2xL927NsW5Q4teiHT3llOgunoREtiRE3hfvFEi7ToO4&#10;d+ZMRrf1MqWrv9n1ApJBT3l2MqeO5WDjK8cNyCMx8RTRBaVk71rF92vPIgUFEuBuTcG5w2zfsZ9T&#10;CZlUSypc7I3kxCaTmpRIbMJJ9p3Lo87aATd7VdMOHEE+ck/ya3otTrpics6d4kwhpqlKe+s6yoqK&#10;KU9LIbfKhfZtIghyd8BSUUthzB427DhEgkaiNimaIrU3HmplI7kSykqTsY9VidVYpRwhsd4BRws7&#10;vJt7Ysg5ycYNuzgRm0SB0RkPuwZyE46wu6IZE7s4UZQWx9lSa7xdVVjJkT8rsji5/Uc2Hc0jsOdQ&#10;Bkb5YanJJ7OwCEntSUs5dbdaR9a5ZFISEokvKqeq3gY3RxtThlWprpy06EPs2bOfoyfjKDYKg8Oi&#10;hB3fL2TlkQxqK4uI3fkjG+LLUXq3IMLf1ZSTQ+4jo2iPxOM72bYvhvLSRFZvymfAPcMJlCrJL88i&#10;NVNLRN/eNPdujI3S2FmCHAtSknNqHd+nduDB28OwFGRFZ+WMt1UJp/fEU1Qex3ZBdrLqVHi5OWLV&#10;UEVW/HF2bd3NydR8NFZOOFlUkJgcw8HoeNJOHSE2twxtdRGJJw5wOFkwZ7ULrvZKUx3lZ9aVJrMv&#10;Nhcdtjir68g+cJwMjbASazM5mCbvpjnNsSPHSK+yxsnZAVtjKecO7GDXwRgqxTuXfKwQtZcTKssa&#10;Ug9t4dfdhzmbrcNVEG+7ijMsXfAFa3RRTLxzBB28G8grqqQ0K5dKGz+aNwvCSVFJxtEDJJZWkxmT&#10;j5WvJw5WCgw1+Zw9socDJa2Z8cL99Al1RdIacW0hR20W5EGUvb46j7MJZzgcE0vqqaPE5ZWLuhYS&#10;d/wgR1IrsVA742Qp7hsfJ8iiFkVDrTjmJAxHFRrxHqTk53L2+HGOHY+nSoxtV0c7rOpLOHdwJzv3&#10;H+ZkdAJVag88ndRY1paQcHSH6NMzVJYlsurXAm65fyzhVllsW/srB06dIbPBnSAPNVJVGvs3xVFl&#10;yORQphXN/e3I/mUfde070czl8gzjZvx9+NNBxs7j1ltvZeeunddcVCojKzPLtHZD9oC88sorpnUZ&#10;spCTXfGREa2JE4MyIDBQnJdpCkb26IxHhVVUw5dffWlaZFpaWmqKgiqvH8nPzzNtuZUhrwmRp2Fk&#10;MnIpZKLz0EMPM+elly6Zlvnj+DNBxv6T+CcGGftPQtKXkhyfQWm9JWpLA3WSvSAJzXD/hy/0k4TA&#10;PLtlFQu+KmHykllEVu5nxZoVHLAfxOCM71jwczHt75vKqI4BpG7dzKHcUlOWS68uI5kyti1p369h&#10;y/5TlDlLlArB2n3EXTw4agCtPVXi5kbKjy3koRVHBWEoxMqgocS6N488PZVBvhl8/916DsQXY1Vn&#10;wLXNKB68bzjh1gksff8LtglFWS3IlXfaOSLmrmJWrwBTQjM59H/2T/cRuVzB2IZzaNv1p351OXet&#10;fwrV9x8z/0w1zvaSsGR7cc/UgdQd/IIXU/qzZLw1Ozaeob7zOGYMCcVeKC9N3ik2fPUGn67PxG/Q&#10;KPpGBlB8+BCxZdU4OLoR0XsUt/X35OSyn4TCPE5OcAeG3XY3M0a0Qo65VZm4gx9X/8rBhCJqioug&#10;7XhmDPfn4IoP+eakjmaBvqhKz3CyxoseU1/h/bt6E+xiK1q9nqIjK/nou53EpRagtNKx+4A1H258&#10;HYuNq1kbX4qjqgaVWy/GPPkgQ0IbM93K00z6igx2ffwyG7u+xSe9LDn409s8HteLL4eV8+ETv2DT&#10;3khCiYqQtn2Zev9ddGpIYN0337M9tQiFkD3eHYdyW0d7Tu5czbo4C7rYFpOut8UrKAQnbTax+W70&#10;HX0PU8d0xEuOnil7Jk4tZfpPpfQQbXRfLwu2Tn+P+PYjGRQWx6u/xGGdly9M/ToUToN44OlJRNXt&#10;Yv7SnaRlFWDj507R6WBeXjGD5tq9LPh6K4nlehRWHrQb/QjTI5J49OEX+FUXzm2TH2e6/yEWr0tE&#10;U9sgiEM1HkOeYdYwG3a+8hzrLZrjUBnK/V89z2BfJdq8GLZv/o4tlgOZ6F1LjY0X4W3aECTIZWNA&#10;K0H8U3fy0bJv2ZSooJNNEel1anzkDQnVWaKungwcN56hfgXs3baDY5kVaEtEP7YYwYNTb8F22xes&#10;ihfkJasOW6kB7wFTePqeQfgUbmXhD3tIKqiiJi8Xy0GzeGdaX+yTVzPv290kphVirdSxc581nx/4&#10;iuDdK/lwm2gnQYbrPHswefq99JW2MmX4d7gMsCLWfio/Pt2chO8/YHPLV/hoZJAp2ZoZfz/+klav&#10;ras1Kf8bTa2fmJRk2ulhaWFpIh4qldp0rTx1IxMPGTKR+PHHH8nMyjCRDNnb0FAvJ6ArM+2McXZ0&#10;NkU7lSGTmSuJhwzZE3L06FGiY2KajpjxvwCpMo0tKxcz/6uV/LBkKV8v3kzSH10r8V+GBZY4+bSi&#10;c6dRjOs8lDETbifUUolvxDjeWfQl7z7UA5UuiZM5VdTV5pOYW0Ngj7E8PcQbXf45YgsbPYHnYUiJ&#10;p0AZwbjHZnBLXQFZqSnEbF7LNk0kD7wyn0XzpmB/dDPbYlLJOLCKVZXteWbuq9zjU05CRsVvp2PE&#10;vRtOHCbZtwdR7rbImUXqq3I4+2sevZ58nXfnPssY52KKqg3i4Xqqs6KF5X+SHJtu3N1PKB453oXC&#10;AjvfSHoMnswDo0YyadwQnIrTyXYexCtffMqskc0pOrObnUllaGsLScqrxNHGjXCvxpDScrTIquIy&#10;7NuOZNa8r/jy1Yk4FuWRrvFh5MAWtBn/AC9+9AXzHulF5PjpPD+6u4l4mLwexnJO/bCO5IA7efGl&#10;qXgLJamS6ig9t5EPtiiZ8t4CFn/9Dj0Lv2PelnRqz08ZifPknEvxB410C3W5TFDK03WFpRkUWXdg&#10;5iPj6Gk4woaYZFJOnSA6K5Cp733OBzMG41ZwkI2nctBrLfFvPoiHX3yOIQE25Jc5M+ThWTzY0glt&#10;bAJ52htbN2FMOEeeqiN3P/kwkdnxxInvu7/bRHHkXcyeMw3f8gKKGmpoMJRybOFy4ps/wCeLvuGD&#10;u93Z+NFa0twG885jvfAc/zKLHmiHlXhn2s/4hJVLvuDliS2I/mU/BTo5B0kFsUnl+HZvjrNpa7YY&#10;A/U60bexJO9YycfzP+OrRUtZt+UMxeczxJ6H1oKAVrfwyIvPMsBbSX6FO8Omz2JqMzs0sTHEJxei&#10;Dr+Vp9/7ioWvTcajOEcYEtloDVriYnNRdR4r2rQfVfFJpGTkUZBViNctM5j3xWI+f26IIKxnyCzI&#10;4OiKtaQG380rL9+HR309dpICQ+lRPpuXSN85n7P863lMst7MGxtTkFdyVVTEcSbHhaERnqjUzrgG&#10;enDsRCqauv/+mpX/r/jT5EMmBvHx8eTk5lzwRFwNQUFBJg+FjBXLl6HT67CwsjB5JJycnDGKlz0s&#10;TI7rcVH4yYRi585dTd+EbDMaTAtR5Rgf1rY2qAVpuR5kQhN9+jTrfv75sm27ZpjxT4Vk6Uzz7p3p&#10;1MOZnOgYErOLqaivQycn8cKbrkOnMHXieHq0dEdhbUQvCPmldEHVoj/3PjyV4X070tJR/KLPI2F/&#10;AZ3DmxHh44xdYDdGdKkmRSj/s0dO4dShLc2DOjH52WeZGBmA9ZUGhCAOLj0fYP677/L48Fam6QGl&#10;2pXgbmpK445zLK4K79H30T9IhUJXStGBn9iwJZN2t3fCz+7ykOKNMKIpyyNH0qHq0o5wF3eC20Rh&#10;7+1AYlYJBgsvutwiyMTLMxjdM9REXiwUNvh0GkrPMA+qk6I5l1mCtqKaBiEHfnfpSm0usUfdGdql&#10;DZGdxvPGnEm0sFYSf3Q/mQMH08dfWO62zRh8VzcOH06isilXjkw+DNpSsqv88Lsit4yQWgQEDWTq&#10;U89we1QgDu4WlBUVkV1RSnlEOzoFuAuLP4JmHs6UxKZR4uyHS0hz/D3d8PfpTJ+gSMIDPHBTK1EL&#10;IlPXlIvj96ASSv2hR+9jSI+2hNs3CGWbzPGDjnRtFkazDmOYM3sirRzdhaAs4uRBG8LsKok/GU0a&#10;7vhnRhNXfv45CqxsXGk9aho96hM4cPgYCXk6aqtL0dRLqFwCGPDoG7zy7J109jzfhw1oSvPJKFTS&#10;/v4XeWRYMwq2b+Zk4RXJyNz9cQ1uhp+XOwGirn2DImghFL272gpbow2Bg8cyqHMQupRozqYXC+Uv&#10;51yWXfBWhAyawqwpIxkQGYKTnJW43orAgZPo515HSvRJEuR1OvJ0uxjTMUc8ubVHGyI63cmbr04i&#10;3NIVbXIMB7y8cS8+w8ETWSi8fMg+Hk+JuLerYzcefPtD3nioF94O9ri6+uKRnkvlH1jkbMZfgz9F&#10;PuQFS2fPnmXBggVkZGQ0Hb06Hpn+iGlNgkxQTp46JTrf1ZTLRZ5uKSjIJzY2Vrz8h03eEBny9E1h&#10;USFa3eWkQU5AJ59fVia7pBujVcnrPWSviewRkada5O8yrJVKE6k5HX3a5P0w/jUzTGb8t2GlxtM/&#10;kNAgf/wCAwkK9MRO2TRX/2+BZBDWZJ0pI++lMNZVkHZyM1+++yrPPPsCb3y+lkNNKeqVTgFEhIQS&#10;4nrt+BTK5q0JC/I2ZT81QZIXFVoKUqEUZFxOAW6Lk6cDFkpBXKqNOJ5PJa/2xN9dXuvReNkFiN9s&#10;u/Wjjet5BWyJrUtLhr/0IoP9aolZ9S5zPlrExpRKQYIsUdupUIeUc+CovCvk6krVaKgV5aoT72lj&#10;mZS2dsKQsDcl17Ny9KeVqGOoqON5yOuHck/tZMn7c5n93LM8/95yolPzMN5Alyt0FeQ1CGUrbi6n&#10;DLf39MZFKKOaqkph+FijNJEtC+xcPLh89l/CqK+hykqF/RWzeRbW9ngFtqNroLqx7QSMhnp0xgb0&#10;QvbIae8t5NTk4r6SVo/Q5xdhaYONtQqb350hlNec1KIT5PL8Qlhlq3Y0F6TF/nyguLpaquWcJVai&#10;X0U97Ny9cLJUojBWkVCXxvrP32D2C8/z/Os/kB/SIJR542XyvRv0xZz46Utefka05+xXeHfZLqq1&#10;hWgMQobaedG7S6gYQ5cUUmGJyr8N/e6eyRO3dSEqKozQFqWkF10np5eprrYX6ioZdORF72XZB28x&#10;W5Dd599bwvGkHNGPcv0c6BAlxra304WYM3JeotS9P/Pxqy/zvDj/hY/WkFdZLY5Xk2eQ693Ypw6i&#10;T53EcCktyKM8fQPvvfoiz78wm/fXZtLbXoNeUuIU0IV+oU1r4kTfqBw9CKysoc4cY+S/hj9MPmRX&#10;r7yl9bHHH2PJkiWm7a/XQ4cOHUxTM7LnIkYQAXn3S3JyMsOGDTMtNpUXlIqhhMpW/nstktB4XL6P&#10;vCvm/BqHZmHNGD9+vCkqalRUGwIDAk3H5W27svfk+PHjphT+2t9JfmfG3wgxfiQhsLUVhaQnJpCQ&#10;lEJGfhnaeqM4Xkd1aR7JSWnkFVYIoVlLlbC6UsT3XPG9wSmcOx56iEen3M7g20dz97230MzRUtzS&#10;SH1NCbmZSSQkiHuKT2JqJgXlGuoM4r51QmhlppGckkOFRm/a6luQmU5qai5V2lqhbCrISE25cK38&#10;ic/KJjMl8bJj8icxKZNqUdabhUwaFHK9q4rITIzlbMrl5NpQksrBo3FURTzI6h3bWfvZTEa2b1yH&#10;8EcgydlvQxSUaCqp1tVTry8kOa4SpdEOj0BHCkvKqKqpoij+CIeSq6n/HVeC/N4bDHo0eg+63nIP&#10;L340nxmtM1lxIp8Ge298Rj7DM2MHoti6iWMFV/M2ymRDKBgLNdWFZcLyraOqOJ8KYUxYCSJk0kNX&#10;oj6HI98dxRAykU9+2cPu5a8yoE0ITcl2rwtJkJko1zqKymuoqS7kzKHjZFCLT1AotdkFFOsaTEou&#10;MzYOS3tbLou1JhSbpewB+Z3nyFl1rWzUuNmocCopolwriEhNJZUNdVh7uWJ3IwU9D/mZRgOGWg0F&#10;CWc4lSsMrWsUQLJzIcCxluKKGqrFeDp39CRZtTUYLZxo7RzB1A9Xs2vfAQ7s2MDKJV9zZ4smT7G8&#10;bbrsON+/fo6BX27h4N4tLH9pFFYNV/NUyZCzS9vh6OkrCJtSkCqJWkGq9HorrGWmdYOw0GVx5NtD&#10;1PrcwUcbRD+ufIOhHcJEP16dRRoaMtj84RG8xs/lpx172bHwMcLcXQSx86SNs54COcO16NMY0aeZ&#10;Og1O3v4Et5zCol92cfjgfrat+4633rqXMMsr2k+MYZks1lpaiJqZ8d/CHyIfsgAqKS3ls08/Mwni&#10;m4G8dsPD3YNWrVqZUutPnTrVtP4jolXjjhSNttHKuxZk4S2TihShJORttDLjd3B0ICQkRNzPl5zs&#10;bNPCVNO5YnDZ29mbhMPJk8dN6fivtyDWjL8PMlHQV2aya+kcbuvclrZd+zL2mc/YlVxGvTi+Z+kL&#10;9O4xkmff/pmcvHNs+HwWA/uOY/anG8kSxCRhzzKenTKSDh37cc+sj9lxLpea+joKj3zNs5N7E9Um&#10;yvRpP3gSz375K3H5VdRlbOe5qaPpd8vjrDuYiLbkKG9OHcfQ4c+yLToTbdJqJo8YQNuma+VP5IOP&#10;MmVwN9q3vXhM/nTt+QB7Cm4yj5CwStX2Drga8jiw8TsWfrKQzcnyeBeWq5Wckl1HVZVGWIIKjNoy&#10;8tPjOBUtiE+GIEaCFNyECrsIC08ih0RwLuEs+07HknjoV35OCKNLWCs6DRiC5bFdbNu5irdeeodf&#10;MnJpEO/29dFAVd5hPhn/DAsPJJCaFk9sQhUhHo3p6RXWTgQ0j6Brq3hWHcoSpO/y+8lB4xw9gohQ&#10;OSEd3MeeszEc33+ChipLurXy5fKc1+dhiY3KyhRzoyA3mRNHjlNcXGjyfFgobbDQV1NapaXBwhqF&#10;rooS8W8T2RR1UVh603p4LVt372bb+k+Y+cYacuqgdZ/h9Dr8K6uPCzmSspefv0tlwsj2uNk2eVxk&#10;EmDnhJuxioorZhauBqWDOyE+wiBKOsbmY9GcOn6E+JJawjq2xP1Gpax4prWDG4HGSorObeCdt7/k&#10;l7hYqq2uMZ3tEErP24zsPbSHbT9/wjNv/UR6VRkKZRCDxunYtHkPZ4SBF7NxHvdP/JiY0kvGq5Ch&#10;VcoGKgtzhBF5jmMHToq+u8ZzRLlUTl74uwWj37WXfadOc+JgHBnZwbT2b9y9eCOQGgTpEUTAYNBS&#10;XpjO6eOnKCzMR1Cta3ilLVHZW6KrLCY3J4Eje48K0lst+tSDNreJ+m3fxY51H/P4q2vJVuhw7jiQ&#10;UfmHWLE3nvS0k6x5exqjv45BeynDEM+RBCmUp/7SPJ2xkerFv4upvHLtihn/cdw0+ZBf6KpqDe+9&#10;+y4//PjDbzwe8pTH+YWgV0NpaQlqO7XpvILCAkaNHkX//v2JORPTdJ1JhJnOvRIWFpYmMnEeMhFx&#10;c3Vj4IBBjB9/JzMemYGfv79pSsfGRs5VYWEiKnKZ9+3bx8pvv6WwqMjkDZGDnskfef2IHC/ETEr+&#10;XsjWZn7cFha8uZIUoy12Cg2p25ezYMHPpFdflPZyDIzcxFMc27cfY+so2g7rhW3aLr7+dD6rj2Vi&#10;bV3NqV++4rPFP3Gq8JLgUkIpqR0csC45zar33mbxxqPkaW9MwMhxQewd5C2AzviFBhPq4Yqrkx1W&#10;Jhe7JXaOzgRFdCXsJnc2Kywd8G/Xjd4jlaxbuJ6sgOE8cGc37Kwd8I4IwMbxNN+t/JU6Z1c48Caj&#10;Jj3LqngDns2CaWgworC1EePaqvENsbJFLd6hS8OiKyxFnW3kqQT5mAVK8Z6prW3w6zOFV6JyWPL0&#10;OIY8uIqQ6ZMY3iEA9y4TebVXCZ/PeZfDLe9iao8wbK6IuaBQqnE67zcX7WLn5ISrb2cmvhDIqim3&#10;0O/O51nlMoknuvtiY63GUW2Li08L2kf1gE17Sa66JNKslRJrWT44B9FjZD86uB5j9qjxvL6jkpa3&#10;TWZQMyfTWq7zdTwPhU0A3ce0pOzsQqbeOo4F5/R4uARhL6nwiOyP3+mfeXXpLgo9e+B3ZDmzlu4k&#10;sbhxAbocYK7DpBe4x2I9b7y1nW6P3MfggAicwm7l3fdasu7BEfQe+DgZ4xfwYn9v0zUmyORD7UmY&#10;j1DOpXIdZOtf1E9ljaWVNSo760bhaSGsf1s77GxdCenZjz5D6vl+2limfHwIyw53Mbm9t6mf1PIU&#10;hrinUsglG1u5fhZYieO2KnkrsXyjRtiE9eWu7nYkbfyRo6ooRo4eQqSvo+Ct4h2xUZq2eMt9a21v&#10;h8ramXbjH2O45hfef3czUXeNpo2DtxgTTnS691Xurl/MnUP6MXL2KYZ/+ihdvdSCrIk6CIJl69eP&#10;J5715Ot7BnPruNkkthhCP48QlJaiPmo7zkfhPw+FypOIbj0Z5H+Mp8fey7wDJXR8ZBwd3S9ZDyPa&#10;Qpbrl9XV1JdNdfWNZPjdbamOW8jkW+/hm7h6vJy9sao10qBUifEjTwHK91FiZ6dCZRvG8IfCOLXk&#10;SW4beDdrDSFEqF3FO+5C+7tfYoq0ijlzd9D7qQcY7BMu9EonHv5uFBlzbqdrr1HM1o/l2/s74aiw&#10;FrJA1gdCnoj/DHU6ikvz0YX7YVF0itVzH+fzY0WNdTDj74MQ1r8LoZglg8FgSl9fo9VJL774ouTp&#10;5Xkhpbv8UVorTanuX375ZWnCxEmSk7PzZb/v3r1bEspeOn78mDRi5EgpODjYdLxPnz5S9+7dpWHD&#10;hkljx4277Jrrfewd7KWQ0BApVHzk8rz//vume9jb20u9evWSnpj5hDRw0EDTdx9vH8nF1cV0XfPm&#10;zaXZs2ebyrNz507ps08/k37++WepuLj4d1Nr/5mU+v/Jzz8xpf51Idq5vjJH2r/gbsnRLVQaOGOR&#10;dHTPt9JT7VpI3Yc/JR1IOif9Mu8eydO1lXTnQ3Ok99+5Xwp0ay3dOXORlFiUIm2d/5jU3d1HGvnY&#10;O9LWbUukx25rISl73ifN3RIvpWydK03q7Sm5jHpOWnbkiLTu5bulzt4uUo8nP5cO7F4u3TWgjeQb&#10;OlpasiVaqsrfKT06oKPULHyS9NPBRKk6ZpHUq2WA5Bc+Rdp8Juuy9PPGvHXSUF9PycGpp/RjStVf&#10;lob9vwZRfqOhXqqrb5AMcn/oo6UPw/tLb+/KkvT/w6n1bxiiTeqq86UDi+6TRn8b/4/sb5Ncrq+T&#10;6sU4lf9dF71A6tfnBWlnfJ5UZzD34dUgj/mq/DPSmhcnSfMOFTcdNeO/gRvyfMgBvY6fOMHqn37i&#10;0RmP8M3ib34TtrxHj57s2LETodgZP26ssBqvPk8dGtbM5LFw93A3fT985DAnTp5gx84drF+/znTs&#10;RiBeNqyVcqAdF1OU1JfmvGS6h7wIVd55Eyae88LzL5gCcBWXFl8IQJaekc68D+Yx7NZhDB8xnKdn&#10;Pc2EiRP4+puvqdGa14T8XZCM9Wg1FdRYWFLt6ImDWo2qRQCWnQfir2oclg0GPRnJZzhx/Ah1oh+j&#10;bh9KmFRBanYW6Zb+wiptTkRIED7eQbilp1KbnEzVpavXLR3x9HBCpTKSWFBOSc21I1/+/0MDGWse&#10;pc2M5ZzOqUAXf5CtVhG09rFttOjNwNLWkWYdBuG7IZrsmn/eVm6jIZv1027j0UW7ya4sJ/HYfjI6&#10;tsHX1cHch9dEPbryLM4m9eeW8H9KUMb/n/jdMSoH9Jrz8hyGDbuFhx5+iB//j73zgI+qSvvwMy2Z&#10;tEmf9F4JSei9Kl1FRRF7W8vq2lZXXV11LWvbXV17byiCIB2k95oAgQBppPfey6RN+86dBAQEBVRE&#10;v/vo/ZG5/d5z7jn/95T3/XbBsTEVEu6i8v/Pq/9m7tdfM2zoUNtgUMmr6PFOvaQxHkd9gLi5utIo&#10;hItC/JZasR/722O88vIrXDXjqu+bzM8AaVaMNHMmMzPDJkQkXx/S8TqdDn9/f1t3y7DhI7jzrrts&#10;kW+lab7SbBgJaX/pWGmRjpOW1P0HKCwotG2X+fVR2TvjG55IYHsDdVu+ZodiGE99tpRVj08iwKkn&#10;ncztFRxMWs/qLV0M7Tuay+M96GxpEMK3ijYHJ5Q6V7Q6D7zdvXA0VFNRV03z8f3z5lZq61ro6FAS&#10;5eOGp5PszfB71ASMvIl7VV9w9chYoi+fy6B/3cXYMHfbbI3/94jCSaG0RxcyhMsHJrE4/cKLBaJU&#10;+jL0npl0fPUgI2OiGb0qmBdvHEuwuzQLp3cnme8R9YOxrZGCvZtou3ECfdzk8uC35CeLGY1aQ3e3&#10;0dZyYDAYbOMjjoqEsWPH2sZR/OnOO22eS6XKXWrVkFykSyLkKPUN9dhrexJaEiGSMHHSOhCfkMjA&#10;wYN49d+vsmbtGtv2UyNd70RhcrSFQxIOR5Gm1kq+P6T7lFyhS79HjxrFpImTbPtJYuNUBPgHMHXa&#10;JURGRfWukflVkQp2IT584kZy41AtFWkbef/pZ1hUaETnIE33PFpyWjGbjJi0rngEBOPtKI09sNry&#10;X4fWCaOTDjuVskfYWjswSO6ve+dftm36mEevnsHd7ywjvTOIgVHh+LlJTrKgqWIDj99+KQnDbmLO&#10;nkzajjqW6qW+eAm3XzKKuOg4/vR1Ki1/xMFo4h1rfIfyp5cWsisphX27F/P41Dic7VS2b1hGekVK&#10;tO5hjL3nOe4Y8OOBM38LpDD+vv2v439LNpCckkraJ08wI9EHB7X4vuQ0PCUaZz0Drn6GpyYH9Xhm&#10;lfnN+GnxoVEzeNAgQkJCe9f0cO2119paLMaOGYPOpSco3FGkQUdSmHxp0KeE1NIg+eE46mTsxhtv&#10;JD0zg9ycHP72t0ds3To/5QTM3l7L4MGDGT16tPglVUBSa4fJ9pGpxT1KgsbN3Z26ujrbFN4scf7K&#10;igpbxFsf36MDyXpEjLSv3lt/rHXm6quvZtq0qWh771fmPKCwxyNsOLc89RQ3JdqTs3sl7z77LN9m&#10;NvXu8D3m5nIqCtLoDXprwyrlt97Ws54VXRiEIO3s9Vho7WylsaaGxi4PJt7xZ26cNpQAm3iRmqs7&#10;aayrpryyFoMQ1ie3t0nRbuuqKykvL6dOiv7au/6PhkJlh7O7DwGBQQQG+uJ6gvCTkTKXQhpE6eKO&#10;7qcdc5x/xP2p7Jzw9PUnMCiIIG83HDWyeDwtvelp7+yOm8NxA2VlfhN+UnxIGXnIkCE2XxzHc9FF&#10;F9t8akhC4+TMLhVgw4cNt8VnOYokMCQRIjFy5Ehb14g000Qq4I8inSdQFIQuTi42oTJo4CA++/Qz&#10;LrnkUluLS35+PlVV1ShtXSgam2dUqftFcrUuOReTItlKo5klXwHJyXtYsmSxrctFund//wDb3/Z2&#10;9lgtVptLeEkwjR83niuuuMImjuSP9vwhvWu1vTthw67kvn88xswYBUf2bmP5os2UtfX0rytUjvgF&#10;BBEdaiGnJJfkwqYfEQIa7DV22AmrT0IxciKTLh5JXzc79P56vN2/Dxqm8xnDU//7ik0r3+Gq/lE4&#10;nmQBuQVM439zlrFl+xZen9EXp5OH/svIyMjI/CzOqFSNjIzEx+f7aWhSFNDY2BghPE7fUtBlPG7a&#10;o0Bycy4JCIm/PvLwD0LdS0Lg6quu5ovPPydGnFvqwklMTGT69OnceMONtnM1NTXaAsr56H1t0yDb&#10;De02l+tSF4skPKSps5LAMZpM1NbWkl9QYJu+GxYaiq+vL62tbehcXW3jQvol9uP11/9nWyQHaEdb&#10;ZWTOD+buFvJ3zuGZh14hyXkst997I/HdleTs20R6fU8+Udt7EttvNKNGxtBSWkJe6hGau3u6QOy7&#10;OlB3GDjm50uhxUltj7Z33qLGLZJBo/oR4Gdk/f4cMsqaj4VsV9u5ERoVx4B+0ehdHHsiih6HRlw3&#10;Ki6RgYMGEqV37p3eKCMjIyPzS3FG4kNqwQgNCbFV2hKjRo6yeRH9sZaC7du2nxDiXoq6+vkXn9u8&#10;ona0d9haGuzs7Y7N55dEw4HUA8ydN5eCwgLbGA3JE+qLL77Ihx99aNtHEgiOjk4Y2ttsrRiP/O0R&#10;Bg8aTLex+5iwkUSK5FJdEiVHx3gMGjSIxx57jPvvv98Wev7ee+/llVdeFWLnKuLj4y+gUPT/T5A8&#10;kbZWkbX5S5bvOUCFyZ3IfsMYHOpAl6HRFl9CQqmyw903in59EglpLqYofT+VZidcXNxxEsKD1ma6&#10;DS00iX+7tB7oXT1w0fQcq1E4EBQZI4SqjuZ9e8jLKaJVjuMgIyMjc0FwRuJDapXoGxdnG1QqIXkU&#10;PX5A6ck0NTfZulOOH+CZdeQI77zzDvc/cD/5+Xk2QSMJDKmqkLpRJKT9Fy1aZJvGK/0tBaybN2+e&#10;Le6Lu7uHuA+VrZtHp3Plvvvu454/32ObzeLn59/rnv17AgMDbS0nEl5eXkyZPNkWX+aRhx/h1ltv&#10;ZfDgQbi6uopzylbtb4FVpH1XRxu1XV3U1jfT1tFCQ5NRCEx7HKRIqIKjXTNR4dEMCO4ipyibQy32&#10;BPkF4m+spqqmhCKRz6pqymjyD8ElNAxdb9wLpfhP6xtGrI8er/pDZOQVUtMmiw8ZGRmZC4Ez7sxO&#10;EBW5FE9FQprGevwsk5NpbWnFZP5eeEgDQl2FYKivq+fQocM2F+teXt5cM/MaIUje48YbbhAVDbau&#10;lLa2nlGFUsUjdZlIM2W6u7ptg0Ol1hFPIUL+8cSTzLx6pk1gTJo4keuunWUbWOrl7W07VmrJmDBh&#10;IlOmTLH9lsSTNCZEiqwrtXRIxx0/QFbmfCPS1kGHf2Q/tA0VbPnweZ5+9XN2N9njGZJImO77LjCF&#10;QotvcCSxiUHUFRdzJLeFoJhYEsLMJK2dwwsvvc+6/bVE9I0hLjYQB/VxxzoHMjAhBF9dM9syCsmr&#10;N3AaB9In0FqbxNsv/J177/kzd76zmfLmDix/2GGnMjIyMucf1XOC3r9/FKmlQmpdcPdwZ9zY8bbY&#10;LEdns5yMuTeuQr9+/Zg+/XJGjBjBmNFjGDVqlG2ZNGkyl156KdOmTrUJhKjISAKEsJGCyhUVFtHZ&#10;1esaWaW0jeOQ/pXGmVw+fTrXXXcdl19xuc2FuoQkSoKDg9HrfQgJCiaxXyLTL5vOzJkzxT3G/aIt&#10;G9LYkoWLFtrE04WE5EhN6k763XQfCWGpUGqwd3KkuzaPAxs2sq+iE9cxs7j3tmsZFaKi6NAOVu6s&#10;IKLfaKZMjsNUVcDejSmY3YMYNHYk4a4dZBzYz679FbjHjufWW69nyqAwlBV72bgtmTzHAUwbP46h&#10;HvXs3HeQg8Vq+kc7kJOWQWWLBxMuHU+cbweblmwgr9WLiVeMJ9KumLmLtlFcVUJ+dqYQygc50hXN&#10;rGkD8FEU8c0n31Fq9OTyP99EX/fTR5aVkZGRkflxFEIknLFJJ7VKSNFopeixUkvD6Sp2k9lscyQm&#10;tY5I01872tuPzXSRcNHp0PT6BJGQbkGaapuenk5KSgr14tjm5ibbeBB7rRYPdw9iY2NtAkQKRncy&#10;FouV1tYW271JrSXSeBCpFeWXprS0lFnXzrLd44WE1Aokjak5GuX3d4FIc3N3G+XZe9i4YT/VGld8&#10;+41j+tBoPBXN5B3axerdlYTFD2fc6BCacw6wffN+TCEJjBg9HJ+uIpJ2p5Be2klQ3CCGD08kyM0O&#10;Q8letuzYS75DPyaPHkqMqoi1m3aTU+3A0CH+lOXnU9vqzvipY4jRd7B1+WYKWj0Zf9loIuxKmb90&#10;J5WNbcfaOewDRnDt5UPxVZbw7RdrKDN6cMmfrqWPuJYsPmRkZGTOjbMSH+cD6XaMRlOP+BCFuzQo&#10;VefSM9D1t0YWHzIyMjIyMj+fC27gg01w2Glss2GkgaIXivCQkZGRkZGR+WWQR13KyMjIyMjInFdk&#10;8SEjIyMjIyNzXpHFh4yMjIyMjMx5RRYfMjIyMjIyMucVWXzIyMjIyMjInFcUbW1tsuvGM6SqqoqH&#10;H3nY5o/kQmLK5Ck8+eSTNv8mMjIyMjIyvzWSE1IpQOzpUGzZvFkWHzIyMjIyMjK/GPEJCTZ3GadD&#10;sWP7dll8nCGSl1bJy+uPxbX5LdDY2eHo4CDHq5GRkZGRuSDoExf3o63xF5yH0wsZ2cOpjIyMjIzM&#10;z0c2lWVkZGRkZGTOK7L4kJGRkZGRkTmvyOJDRkZGRkZG5rwiiw8ZGRkZGRmZ84osPmRkZGRkZGTO&#10;K7L4kJGRkZGRkTmvyOJDRuZ8YbVibCpm16ZPePTLeSz9+HWWZDX2bpSRkZH5/4MsPmRkziOW7jaq&#10;yrPYnZ1LYeZBChu7e7fIyMjI/P9BdjJ2FshOxn4aq6WLgtUv8e9VdehnPM4Lk0JQYMZQf4QV//6Y&#10;Lc0dtv0UCnt8AvowfmIou+ZtgtCBXHfXTPwMOWxfOpdtze7ExETQuXMbBw1dtmOUKh3xw4aT4KPg&#10;wNotZHVIFbcSXVh/xk65hHFxgbhpVbZ9LZZ2iravYMm6XWTXd2INu5hbZozAK38Ti7ccoKSlG2vU&#10;Jdw3azT6sqV8vOIgFY1G27EqhYaYWX9hqmktn6zKo7XTLJ5Bjc+4a7ll2ggi3O1QKhS2fc8K8amZ&#10;O5soKcshvVlDqKkVwoaK53Ho3eGHWCydVKVuIaWsG/8hExns79S75dRYLG3kb1jIytZQpowZSpze&#10;UbzrH96rtSWdr99MIfz6yxgc7oG96re1QyzN+WxYvZsyVSjTLhuBv+PpY0KcV6wWjIZaDm/+kqUd&#10;U3jiqr44a8783qxmAxXpO1i1fD3ZLolMvXwacY3p5JZXUVpjj6tPKEMn9cfX4Sye12qkKnk2cxr6&#10;ce2oRIJc7U+ZxhcKFksHZXvWsbYYYoeNZ5RLGcvX5OISEc/IIeE4aXq+2V8CS+N+Zi8swVtpJGDG&#10;lQz0tOvdchIiXbtayknd8i3rzZN55PI+Z5WuP0Ccr6N8P4tTqtEFD2BKP7+z+6bE8a1ZK3i7zI1B&#10;pUlURl/FVUMicNX+Nt+BpaWY5B0HKTEFMnVqP9zsf/n7kFs+zgtK9KOv4tZb7+XJl1/jf//7X8/y&#10;+v947T+v8PSDt3P9NVPp72Pfu//vGKuJ2kNLmf3VHBan19GjbK10G8pJ/nYus2fP7lm+nMfKjalU&#10;VhWSsnA+S1dvpbiti+aKHHbMn893G7aSlZ3G5m++PnbMV18vZfu+DPIzUlg3b07v+s/55P03+c9H&#10;C9mYXkWX2WK7InRTl72HNQt7jp+3eBPZJSXk797E0rlf2tZ9vkaIkIZWGvO2svTbo+cT1/lqLklF&#10;NVRnrGF+775fiOt8+PqLvPr+dxRLwuVcNLuoIJRaHd46HdrDa1l/qBqNvaZ34+kw0lScxsHUVIqa&#10;zqSVpJvq9J2sSzlCRUs7NQe+4fVvNpBW3ozJcvTdCDrL2b1iJ3k1BswXgvnRUUt68m62782l2Xhh&#10;2UOW7haKU9ewZG+ZyF9neW+ddRxJ2seeA41CaPjj6WClqSiL7NQkkrankJpaRMtZP6+F5vztrDlc&#10;QEOHqXfdhYyRhvxUtu1JJbuuA6soC/YnHSAjv4Zuyy+c1u1F7Nh2gEPb91Fs+PEwGObORvJT17F8&#10;f/kvch/GxkKSDhziYEmT+KbO9nxWuipTWZmRTdr279iZU0WH6Rd+N2dDZwN5h1PZm1pM+7Ey9Zfl&#10;BPFhFhdJz8hg165dNDQ09K6V+TlY+kzijkf/ybNPPs6jf3uEhx54gAfuP7rcb/v3oYf/xmOP/p0n&#10;nvgbt00XVp/dH1UTKnF2D+Ly+57iXy88w4P3zKSPrxchbkq6uhqpaWqn09BKXZUCnaMXQW4Oor5W&#10;4x87hJsefobnn3ucG64YjY+DEoXSjrCB47n1z7cxNkhJxtoV7NyTTn3XiQWOQmWPTqfFTVQgRkMT&#10;9fUddHWe+mNyGHoV9//9GZ57/p/cMjRUWGQ96eA45mb+/shN9G09wPIvPmBDfott/TkhrMDagn0s&#10;eu9dPpi7hM0FTb0bfg3MNOduZsGm/RTUGUSVJXO+sXa2UFEhhJ9+MFdOu4gBfu7o+w5nyMXTufya&#10;KVx8cV887c/2e1fh1f8a7hiXgJ/LaSz7CxiFaySTLp/IyP7BaH/hFjeFri9Xz5rI+JlTiXP9bVoN&#10;zg0FjhETuGfUEMbMvJurBoXi/BvWAwonPwaMu5hLLo7D5RdsmToe1XOC3r9FwVzH3LlzWbBgPr4+&#10;vkRGRl7QzXnnm5aWFhYuWigKk4reNT+GEtcBV3L7/Q/y2J3XMyEuEG9vdxzVx71P8W4VSjVanRc+&#10;voFE9xtI3zA9qrZKcnJKMZxhbREXF8fUqVNxdnbuXfMbYjVSvvNTvtjRhMfFt/GXEf7is7LQ2VzI&#10;ttnLyHcJ445X3+XBGePpHx+EuqOG7J3fsdfgTNzYCQS2HGTp0oM4xA5nZKwjR7bsxdLvYv7yj+e4&#10;7ZIRxIS6UJe2jx1bD6MbexV/uecq3Orz2Lc7E4/YBAYN7Y+PoxqrtZOKA9vYvL8UXFQoFZ70GxaJ&#10;ISOFPVmFNAsL1ho8muumDMCjejOLt+bQNf5h3nrsDq6cNJYYvSONBxYwZ3MxmitfYPbDU3AuWsN3&#10;4jqtA6/jhv7e59T1Yu1qIHfvZr75rgDHUB0Wl75clOCHoq2cA8lrWfDdVvYeKqRe6UGI3gmVwkjd&#10;kRRScoooqRHWSNJOcoT2cfXW46rpoDR1CyuWL2d1Ri04eeDlAlV7N7Kl3ZtYR2Fhbl7LpoNVdDd2&#10;4hMehrerMxqluG9DPiu+2EWnRwup4pw7KjSEBnnjYqfC2JDOwk/nsHZ7ElWqQIJ9nKApk2/eX8Se&#10;zN3s3lOKe5gPLamr+Oyb1aSkF2L2CMJXp6KjLpedy75h/tZU8judCNTrMNXmsHfLGjYfPkLK2vUc&#10;LG9Gqw/ES2ukNi+FjSuWsX1fKvvTyrF4RDBmbDyODVlsWr2CZWv3UNVth6e3pyiMewpBa0cdufvW&#10;sXTFKjZs3Ue10g29XT1blm6jWu2Gl7uWlowVfJ1uxN/Ltec4awc1qRv4cv5ytmzfSZrBk6hAV+w7&#10;cvn2zZWUteexbNEq9pd04xsWjKvaTEtpCgs+n8+WfekUlWeRpRnNbaO8qDq8ls+XbeVAykEyWpSo&#10;Gw+xct5iNu5No6xNg95PL4SrAmt7DWm71vD5gjWkl1WjdBP3ptfj0FHBwdTD5DR24xIcQqC3Ay2Z&#10;u9i8cS1rtuwmu1mJu5cXblq10KrVHNr6nXjW1UL0dqDz9MRDWcO+7Y0ERUcS6FTHxq82kFuRyZo1&#10;a9mV1YhrQADuDppj+dPadoSFb68gu2o/y1ZsIKlBR2yIFw5KC61l4hk/m8vmfWk0afwJ8FTTVnqQ&#10;RV8sJ/lwMgczRFmnaWH3sgUsF3m/2ORGqK/IZC1lpG5ZzrylG8kqbcLOwxcPuzZyk/ewc9NuUjL2&#10;smFHGs0KZ7y8HGjOTGZ3JYT0jSegtYA6tY7AiHDczRXsFOm8ctVG9h/aw7bCLtzEe9J2FrB5yRJW&#10;rtvI7qw6HL3F+Z3tUYm8a23M5NsvNtLuE4zeWUXd/rl8nOVAX08Dh7asZ29WHuXCkHEJiyNQ20rG&#10;8i9ZvHMfO3el0OwWinvLIRbO/pZt+9MorMinwGE0t4wPx0H9w0rW0tVEvvjGFn2zlG2ZpbTaeeLr&#10;7oBZlDm71q9g4cqt5DeacPb2wak1R5Q3OdTVVVGfs4fdeQbsXb3wdBH3LaWF1UpHeQpLt+wnK20X&#10;WzdvZm+FEi9RL7jQSE7aIXJFnsqrseAdFUeYlzPGws18tGwzB7ZsZmOFlmDrAT5be4TWgk0sXrGV&#10;Ix12mHPXM2fpJg60eBIfosPckMfOVfNtZcmBjCKsfhH4agwUHFjN58ulfCvyXqcHUQEuaMR9mdpr&#10;yUpex4JvV5FaWINV1Ed2rSVUNrbjHivSS90s8vF6li1eRfKBPSTl1dOlccPfw6Hnuc6RE6RhdnY2&#10;W7duIWl3EiNGjGT8+ItwcnLs3SpzNmj1/bnmnsd4/rr+eIhC5CdFnEIUYvZuRAyeyp1/tdAihOB7&#10;G4/8wa1VFfYOLngGqmmt6qCktoE2UbGUWR2I9Q5AZ9fZu9+PIN6b9G5FkSS+bYv0fZ+AShQWgaIS&#10;r6g2CPHYQKvBbCsoXOqbOJv2C6VTKCOGhmOZk8eewyW0m2JERX2Wlom4OZOhicpq8fHGT2BSvCgY&#10;045Q29Ef36YSkld/yXtbuxgxaQbefY1id/EwUpklDm0Wgre61YHOtjwqc+pQ6rxFgVzEClGZ7y+s&#10;p82YTk2XGtfLErHYXoI0vqSV5rYuTB1tNDc00t4lzmk7W09e7DKXszcthzBdOznbclB5Pc0Dwx04&#10;9M1HzN/ZRbhHA3uSLbi/eQ9DO1L55OXX6Zh8MRNjVFTn7WLDB5+zhyAi1KlkVlhxuXs07XuX8sWa&#10;LBSOKtJL6tG63MLw7jQ2zP2UXQ4D6Gctpzw1k0aHIPwGmdizcRnLdpbi5m6lrr4Gt0gzZiHE9m9a&#10;z5ptWTR1tZNR3Y7KyY0pA4JwUCnorExlxXdrOVzVjbq5lG0tOryv9CH5y6/A5E1YkIbiFV+xUn0r&#10;YxMi8BF1Je0FrPngGzYZXQhQFLNrs0WI3/sYSgafvfAfXB66gQAhsHLW7KUzvC8PxHeSsuBTZm/p&#10;IiFCS22ByIt9RWXU2Ujujnn897Nyxk8W1rWdI10VG1mZYcXPvpvsnFp04ZFMC3fGajHS2WEQeU5q&#10;bRNp0dxEfWka6duWsSa1CqvWntzKZizKi/E+uJZvvtlJnUcsF/kkYJS6d6xmmvM2MW/tVqqajRi6&#10;S3Hy9MKvbx3rPl9JuGsgYQ7lLHnvfWqHDyXArpbCQ1up14fzxMRoXOx7K9PWTD5/8T9YbphKhKKa&#10;jF3FuAQ8x5+i2kj65hOW7LcQousgLR3c/jkDfeFuPn7tYxQXjWNCdBsWw05WbK9F7+pAUa2REL/L&#10;8chbx9fzVlOicMUjK5eKVjW3XR5MxraVfLa6EO8RoaLiLCGzugtH/WW4Hs13klGQspZ1DWFM9gnE&#10;kruGhcuThEgRX3DFATZq6ggM9sVUsZT5G/JQO1hp3riHdi8h0jwT8BKGhcVYwbZ3PiQ3dDB99K6k&#10;zfuAJUHhXKPL4J0v16Px9UVRvJTN9oPod70j+795izcrYxg/sh9e9cXs2fY5X+0y0jdERWWRSFf3&#10;ntd0MlZLJ/UFKaz99lvWFhrxds8mr7oT5VWjcE5fyfzle6g3q3Aoa6DLUc9l7hZUDYWUdTXj2ize&#10;Z1E2HUod/pcPRu8gpYWVztIk5ny2AcdgIdZNFexbWyLS1JOp7oeYu2gtVSYhVGqy2NgdQozfeFyy&#10;V/Haa5uIGzCCCJdhNGUs48VXi7nrlgE0CEHw0abD3HhRCHWZKWze0MHwfvfhc2Q1nyzYib2nK6bG&#10;7Rx0SiRusj052+fy2uxKkW8vY2R4ly1FJCOtPvcAW79ZzM42ezzyK2jpcGacPpPte0rwdY3F27KP&#10;1YtXsL/ejK6jgCRDNNfYhzA40pOf0zhzwqHSgEppkUKzd3V20tV1BoW/zClQ4D32Ru67NA7344SH&#10;VJlYTAYqDm7iqy++ZO6368mq7xmAeRSlxgm/uPHc/KcrSXDT9q79YyCJg/aWGmFFfc3nX3/Lsn0V&#10;WFVaXL3chOjooKiyEUN7G412Wix6YUmolaIAMFFXcoQNi77i84Vr2XGklm6p1UIU7JU5B1mzeCnb&#10;D+bS5hKEj18Ing4nfg1qjaiYRAFlr2oTgq5GWKYQGB2Ft5tOqPbenXrpytrO0m/m8OVXy8mqksZI&#10;SJ/nUdTC6gwQWkdJtyhUm7p/vD/5VAjpgaGhkpLiWnzHjKSfnyfmskJKRMUiobY6Ep04gfseuIMb&#10;RoagPc4Ss2q8GTDleh689wqCLHXkHTlCzu4tHGjwYNyfnuCflwRQf+QQmcV1tvtWYYdP/6u5aVp/&#10;Aodeyq1/vYfxfQNxFO/0KFKXlsegG3n2hX9yn/8h5mzKpL42lfkfpNDnzqd55aUHCc1YxKLMRltB&#10;pVY5Enflozzz+HXoCjawojCA+559jkduHoFh8wLWHEgT1vBeukb9hZf+eiOjlcIa351Du1G8K5WO&#10;sIGX8pdHbme4r5EsYXUWpO9nX2Y9+in3cP9tVxDvrxXXsQhxkc4mUTk7DriOZ/5+HaFtFRzen0e9&#10;rbtM7CFuRqOPZ8SQoQyIdKY0O5+KTlf6hSsorKyhvrGQ1L1WBof64+Fkb2sBUJgtdGtCmTJlDP36&#10;BGDct5nsBmOPuBcZwTFhFi++/CiT7dJZerCM9qqDLP82i/i7n+Kpv11L7HFdI0o0BPgP5PaHH+ah&#10;yTH4eAYyYOIEEgOcaS/P4FB5a89+zgEMGTuZGRNGkTD0Cm65/hKCGtPZk9tOxBUP8fy9U/GuySEl&#10;6YgtP5n1iVx621+5/6pxRHpK376ZtvJsMrv9GHbd/fxjxkAhFKVWPdvpv0epwD5yKo8+8yiz/KvZ&#10;mFZOh3jnx49LktLae9Q9vPbvZ7hFu5n31x2hsSqV5fPyGfbAczz10DW4p69iTW6LLa3tXXwZft3f&#10;+Osdk3BsLqct5goeuPd2bkhwoauhhEMpeynQDOWRfz7OrEHulO3aQlpNl61GUXnHcPF1d3Hf9D6Y&#10;6vLJqGz94T0LrO2l7F6djMF/DHc//Q9uuTgBHyfxfFKqWOwJHzmaYUMGEthVwL7cctvAbxvuEYyO&#10;MXIgr5K2tgL27NAwsV8wWoUKbfg4Lh87gHBvI3ullpdukyhj7LBPmMnTzzzGFF0xa1YWMuDP/+Dv&#10;D8wk2u6kQuB4upuEmNvH/jw1U/76T/5+7RDsypNYsXUH2/Zl0Op7MY//488MF8K5YH829V1CfFg1&#10;BMZP5o577mS8zkB5TgF1R++7F43VjvDh1/LIQ7eS0JJPXlE1rd3inQcO5qIRg+kbrBHfxxFqWjps&#10;ed3B6sNlDzzFa7eNwEfU9nZmLYlXPMZL94yjec9BlCPv4eVHZuCXtp3DdcLAEGWqR/Q4pg3vg7fW&#10;IL6FbFpEfhBHEhAwSOTbv/Lg1BhRFkjli5GW6lJqa2HIDffyp2suIcZRlFS9Vq+1q46M3SkUtgdw&#10;9aNPc+81FxHp/lPj1M6ME0pqk1l8AGLpFKKjq6tnhoHM2aMUarf/1LGECfFwQtO8VPmWJfHpv5/i&#10;nj//mb88/AyfrDksrLsTM6c0KNG/7ygujdH1rvmjYKGlroCvX3iIu//6BM8tTqdbVGgefmEoxMfR&#10;VFdPfUs9LVo7VH6+tjEXVquR4kPbefepB7jrqf8xe3uhbdCfNKsme/d3vPnKGyw6KCqw0RMZPFhY&#10;RketvV4UUoHk4IRabaK1toYaQydO7i7Yn2Kgp2HbbJ5/7AFR+b/E1lxpMFzvhpNwra/CYDzNxh9D&#10;3HNzTRkVWZ0kJMYS6ueDc3shKSWtttYKhSjwfYLjRAVz0jOIRRccSFCksOI93HEUlaWpo5HyglqM&#10;5QUUHEgmRfxdXVhGQ029TZydCVqCGZcYjKtzELH9XYUVWElTdR67K+3ozNrCkg1ZmLwqSM6rwyLy&#10;sZM6kDGJfqjFc9SJ65pixjLQT4dbSBz9fBvYfDiDUlHxWasOsX3XIQobOoTlXkirSFtHL0+CEuLw&#10;c3PF2cEeq6FeXK+C5mYtQbExBPn44+ohLFbxWg31ZVQaysgvPkRySiYVeaIAr66lRUoQhVJYdKGi&#10;crajqTCd/ZnlmKpqMXc7EDbCh/yyUkryDrGn1Z8AL3e0veN2cPRj4GBPmgv2sTUlF4OlmsbewZoO&#10;iggmDwnC3s4NLy87mlvb6RSV/q4aPeP7BeLs5Et45HEzkuxd0IUOIk7cg1bnTUCoH6b8w+xJzaGw&#10;s5s6g7AqT1nbdlBfIolnN1uXSUh4DIF2atoqqmkQwso5NAT/YD+cj96zkJBu4cMZpbeSt3MHB+3j&#10;iY8Jw8NmRX+PViHSJSEYN2dPcf9a2rq6fzDgUUu47RkdtIH06e9E8ZFS6msKSC6DlvStQiRmY3Cp&#10;ILVY8jtjh6djEENifXAUeTIydjDhjYdZn1KBOe4iElzaqTd04BTZn5gAX0LDg/DSNpFT1Sru2JUo&#10;31Dign3RuTgL8Q+dpxPqTeUcLDXj5etPoD5IvGMPdNI4DYU93rGx+JjrSUtKIbOxhWJREXeLukl6&#10;rwqVN3ETfUlNzxN56BA7DJHE+TrhHJhIf7dWDu/ZTUp+K7qGnu9UqVajHzKAAK1ViMNc9jXoRT4O&#10;xMVFT2jE6WeaWbsM1FY10aT0FyI3WKRNmPj+RFqk7iPfpMIzIo4Isa5/3/4MCPJALZX1+mhCQyMJ&#10;9HLFxc5e1O1mUa+elBcCB4j344+3+JZdhQAwivej8Yqij4eF0kwhyLPr0NRWi/cmxLE4VBkykkG+&#10;jhyzG2InCgHvKIw2H2EShTIwzBW11hFnazftJiW6gD5E2tVyMEW8u+IWnJpqxXpxIlGvuIYOFNc5&#10;vsPDHjdxvxGDvSgW5Uh6u5bYCf3xOjr7qq2OgrJmuh38iA0OIiDIC73vLzPO6ATxcTwmk8kmRGTO&#10;HpWdPxP6iIxx/GAq8dFYrSaqd33Bq4v3C71ppr0hk1VfLBIfV4/l+z0q7B116MP+ALNfTkBYaI5u&#10;xI+ezCWTLmJMrB6t1gl3n2A8jEY6SwooFR+dyt4OX08nespgJa76YAaPn8Il44eSGOza02IhRIWH&#10;tx5fH2/s/RKZMm0Kk/v7oz3OspdQCavHy1tY/OJjahHyvqldgau7TlQ0J/Q42tAEJzJmwmSmThlF&#10;iIejZFCeEmVnO6ZTVS4/gdXYTmNFEUcKGmjKPsihvAo6umrJyK2gU7LMHV0weooC/6RnkHAW9yst&#10;39+S2N9oouZIKpuWL2RZchWeHnoCPZxOe98/QNQMdraXaaZbWG0KOw1Kk5E2azk7V37LN9+spsB7&#10;MAN8tOK6otIXBZCPTiPysQWjsYtuO62twJXGLVntrFS1ttJYV0P6piV8+9128lvdbdN41UqlLV1c&#10;teL8PVcWWIVgMAvRKYo/sU1tZ4edRoh1scVi7sZan0f6jlXMX7abWhcH/CLc0Er3Kk1JzN7AF8tT&#10;MQ+6hX/89VoSvTXiflT4xcThVV1IRtJOMoOjCPN3Ecf0Xq0hhQ//NZ+yiNt477UH6S/u3dDZIz6U&#10;Wmfxbm1/HsNq6qZDFO124htWizzkdJwgNEvH+gTipDLTKATSuvlrKA29gqefvpsJoY7ivFL31qmw&#10;YBKWuEJcVjovShUqpQmjqcvWzeKrc8DD8bhp3CKPu0RN4K7rJxPTlc682V8wf08u9SfNcFHYOeJo&#10;rxRGT++KU6BQi/crHsFq7UlrpRDfCmMnjZ2FbF26gCWrkqj27icElShzFBrxvejxclajcfGj/4Tr&#10;uWu8B7nr5/HuNyvZWyEqI4sJk0YYCUIMKqUKVKjGVqlbT7qO1p5TfF4/xGyi0yLlH3GO4/Ks1dJM&#10;2sLZLMh05Mq/PcnDl8QL8STeXW9LpFLhQEhCPzzyD7Jv906yE4YQ762iMfkTnvqmmtGPvsVb941E&#10;3dJElzhEI84fqdf15C2Rv6V0ldapxb06upwo5E5A5DXJIDeKdJA+SaXI5xpxvKm5kRZxLxbx/Sg1&#10;roT2S6RfvxB0GgVdIi2sWofvhcIpaHdwRiny+/fPbKX58BLeWJSDz+WP8vJfLyVAI/KFEC4STULM&#10;OQuD7Oj+rc4ePyjnjiL5ESoURtTbOxRc8ujLPHN9P5StLUi2kpRv20W+/V7ciqRW2uMVOZxLZ13L&#10;EGU2K+fMZsnatO8H7lvE81sswvgQ7+tHnulcOO3p2gxtdHSc2CUgc2YohOWgVUvjEE7C2kVVwWEh&#10;PHoxG2ktPkCJofd3L1JBrxEfttOPfRi/Q6RWCHffWP7y9jes+OYz3r19MC6OjjiJCjfUIvJacTbl&#10;za14uuiIkgoL8QKVKnsih03lmY++ZeXHL/KQ1FwoPh6lyoH4kaOZOnEMYaJSp7lBWEY/bI1QiI9G&#10;Kyp1e1FANtRU094hCnhPVyF6flg6ulzyV9758lsWffsGl/QN6KnsTkG7lx9Ox3WJnAmSxdbdWk9h&#10;Tir7uuo5uOxL5ooCv6ilmaa0w1Se1DT7UygUdrgLoRE++Toef+ML5n32Jk88cRsD44NPKJiUKg1q&#10;UchbRQFysl4ydwurps4gREwLVWUdOPt44OLmQ6QyhtteFYXQ4jm8/fTjPDI2RMjh75HSxM3TH6fK&#10;HCrauuhsFpZ7vQPjo4QFldCHSX97hwXfiALwlb9x2eUj8DyVrwKFGich8KzOZmqbRFnTbqCr04BV&#10;VLz2Th7Yh47nivtf5auvP+eNF5/n2rGD8ReVoTCLaKkrpcPdHV+9k0iMNmE5igpdHOcc3IfgxizW&#10;C+FjEKLUw9XRNkBRwlJXxgGrOzEhrmBopkVYiT3jX06BOJfa1ZMgSxMVTV2YjAaafmAgSIiKrKlB&#10;WNMKIsM9hXDroLHtVPv1Iix6nd4VhbaL2rpGWhvraOrW4OLuhfupZryIyq+jvpQ6TTjXPP40Twys&#10;J+lQOsXNPf31Z4Oxu4rcmg5R+TaLtO7GLdAbnZsfcbrB/OWtr1k0/zPeePQ+7hzqf1xaSwLRQHNT&#10;M+4jbuCfj11NQvNmlucahZAU4rxG3FtrG03iWTA6EuntcvoK5VQ4uSMlh7mrg3Yh6FvFc3VLrVuW&#10;Vqoy2wjQ6/F2sdLU2inE2XHftihHdBEDCC1P4tvFO1DFhuPpqLB1z5pjE4h0NtJcd4oRXeI4e507&#10;AWbxDlpEuna309zYI+QsogypLc8jtajRVtlKKIQYdnV1RmcW+aChjdamehqtWvR9+xMtxIOqsUHk&#10;xRzWSVP05+2ksuPcjHWpO7axqoDugCCCPDR0N7eds+FvtnRSV12MMqoPgfbdIo+19W45NZJB3N7Y&#10;TGu7H5Pv/Cv3jgyiat0WjjT15mOtCz6uDjhZxDfQLtKprVN8q+d2bydz2rwiCY9Tdb10d3fT1NRE&#10;c3OzrXVE5odYrc3UikKoZ+Df8QjrUVSEx6o0UcipHHTHrLOjSH2eZsnyav1lEvmCRqXGwdmVAEez&#10;yNiNNDS3o3NyI8T7pwc6K0Xh2a9vBHHqbHbvT+ZgheEH71wSHw6OTkJ8KMjPzqW5rRWNMAGPGpdn&#10;jrD2u9ptIqLdxx+X46yHM8NIW0MZhfktDLvtZZauXs+6pbP556y+tOTs50j92X1LCoUT+uggzB2V&#10;7N+9hdVz/sczHyxke06dKICOvgMVjh5B6A2VFKZnUdXUfsI4lk5VBdtT9rA3eTO785wY3icAV98o&#10;Rkc1s23jTmFVLuO/Dz7MFwfre4/oQWnnhF/sEAJqtrFw/U6Stu0i3a4fFw/oI+7JlSM7N7NhzWI+&#10;fvvf/HdNLp2mH+ZjpaiI3QP9cdN1k79nO9t3JZFfUoxVvFYnrxDC1aKCTktiy7oFvPOvd5i/6nCv&#10;NabE0TOYIFMdJWm72L4zXRS2lVQ2G+jQhTIiBMrzOhkdHYivKDSPjsZXuPrTV99GWmoKW7YnU0Ad&#10;1RV1dBz3Po6hFJWUTzjD/DrYuWU7e/fsZs+hkywECSGgHNw80Pkpydmzix379tlmC7TX19B6im45&#10;hcIRn5hIApzayN22iu82bKdQo8G/bwgep5xuK4TZgfm8N/tLlmxNp8LiiNZeam3o3XwWdCpL2bBz&#10;Jyl7trC3xIvxiYG4iWccHFjD5vVb2b7hG15/6jkWneTuv7OhgN1LXuPVuZtJL23G6CyEkqcfwQF+&#10;mAt3sHL9FnYcLKZZF0Ufvx93gPcD3MMZPVCPpTZb5DVxnr0l1AsxoFCK9xSrp7kilwO7trAxs5zG&#10;8lIaDUIwHE0vfQwTQrtIP9TF5YPD0dkLoRAYR0T9fnYmb2fHzjyMHbWUNHV+L9SkssYnjIFeBnZt&#10;2cbevcnsT+9JV3NzCTtWvMtfvzpAW2+Lg1AqBEWFEOxSxfrVq9i4K5W6NndGjRzJAB9fLMUZbNqc&#10;RKaovDV+QrhrziFhbChx0kcQ0l5A5oEdbNuZJYRONaVNHbYWsVPk0NMitWR4+ITiU7mXHUm72bev&#10;QIiFBiok30S9+5yAtZ3K1G0sePk9FuzIpE4IKCdXLcqjOzv70lcYNL6qcvbt3MquPdkUl/8yXpnP&#10;qgRta2vj4MGDzJs3j0WLFrF//37KysooFUtdXd0FLUYkJdna2mpbfvXuJHMtaXk1dJska7M3FUUh&#10;qFBqCRkwhQivHgGisncjdPhU4txOTAZpPEOTUK+H9/24av1DoNQIce1DqIeC+vIscovMODv42KbQ&#10;/SQKZ3zD/fAO0XD4SBEHcytFRXeKQt/BGXetHc01bVgd/fHzcUf7YwPNToHV1EJBdpb4Q0FYQug5&#10;ePyTBKUoz5yjGDBuAF5aNWqdN9F9BzHMTS0KVgXuHt74uzuc9FEqsXPxwMvLyza7RmnvgrevL94e&#10;HoSPvJpbhjqRs+R1np9XSOLAwYyMC0Dn7U+QtxuOwjpzjx3NUOdylrzzPhsOF2M46rhI5URwcD8G&#10;Nqzkn0++xb4B9/Lk1FicXQdw+0d/Qbf6Ze6+779sHfE49w73EVagjoAIP5yFiFOqHfAfPJMnb4tm&#10;/X+f5Z11TVz+xCNM6hvPxBmzGN3wDU/+6zMOtsdy9xWJQmC44673w91BiD5xrJuXL756L1HpjuGy&#10;kdFYtn3I+wuTaHCIwN/bA6egAVx3zRh8azfwykufUxoUy4gJA9BrxZsRFb5nn4uZ3EdF6qIv2FKh&#10;RO3cws78Sqrb3Ui8OJ64gUNIDPXG4Xj/BH7Deei2eNJnv8jT+1UMj9FzaF0SVUpnAqL8bc+lUGjQ&#10;+YcR5uGMo34YNz47jeovX+Lp19diiY8iXO9s68ZzchP51VuaBm2PZ0gCwy6Kpnr5FyzYVEZEmD2m&#10;wzvJbuotY1T2uHr7EODrjr1KI+79IqZPHAAH5/Pawmw8Bk1j2rgEPL1FPvZ0t7XqHUPcj0+/Sxmp&#10;yGHhf5/m30dCuHLMcGJ8vNAH+eDmZCfSwgmfEF9cHaWptSqcfYIJ8xL3dnw/hkBr8Seq6Av+/Nf3&#10;KJzyT56bFIqD11Bu/u+1dM19jodeXEDmiPu4cYAejaMrfiHeOKqUaN1D6JswDOetr/P4299RHDiD&#10;+yYMZeSUK7kivot5r73LjiY9l90+k74eDjh7ePYM8FZK+dbT1i3q4WAn6nGR3iLN3cR3qHXT28Y7&#10;ONuJyn3YYOyLt/L+C++ytaRSiBsNGo2eAddcRmTjTj544zsIDSSwaDuHS4RY7H2tCrUfQ6b3IzZ+&#10;CP1DXMXz2hE49hZuCMzijSf/TaZ+MJ52R1ic0YyzXyi+ztLAfzt0QcOZ9fexlHzxMs+/uwlrfGRP&#10;WqpU2Nk54HCc8aJQuxIyaBJTJ8VQ/s2bvLe1npCpN3LN6OFcNH0UEfb7eOed5TQFDOGKq0bh7+aO&#10;j5cnXs52KFRa3H39xG+dSPfv00Lp4E6Q3h2dNBFB5Yh3cCA+ri4EDL6cK8Kb+e7990ju9kXnWM7K&#10;zFra7byI9HPt6aYTqIQYiPHXoRbpq9B6EiVEtrNalAviXQZGBqN3cSVy9NWM1+zhozdmU+gVg8qS&#10;w+rcdhxFvg0ReeP4rCEJYr+EvoQP6GTZv17gq8NNRM26kqEhPiJP6kV6OeEd0xd3RQVL//M6C3al&#10;0+EqBLBafMu95zhnROV4jK/mzLFGREZY1Rq19ZZbb7Hm5OT0brFau7q6rAsXLrT269/Ptt3D09Pq&#10;6ORonTJlqnXS5MnWJ554wpqRkWHt6OiwWizC/rzAqKystH711VfWTz/9xFpUXGQVQql3y5lTUlJi&#10;HT5iuO35f2pxuPQ1a3JRo9VoNh97H9K/3R0V1l1v3WWNCY+yJo661fplWp1t21EsFrNVWBvWDe/e&#10;YQ3QOpzy3Ccv1113nbWqqqr3DL8tFlObNenFeKvawcka8cx31sLiEmtZebm1LG+N9YFgb6tfxBDr&#10;qxsyxbsstVZU1VvbjZ3W6sy11n9NDrQ9i71LsHXyLa9b0+uqrIeWv2G92k9vHTDtFuvsXdnWktIy&#10;a3VNnnXzh09Zp/r6WSfe9Zx1/a7V1n/dMd7q6ZFovfflBdaCpi7bfZjNjdY9H/7VOmPMTOtrX35g&#10;feS6SVZfrb3VdeAd1k9nv2ydNrKP1e7ip63LDuRb02Zfb00IdbZ63v6mdWPqEWuJuOea5kbrwXcn&#10;Wf08tFbv+7+0Hkj62nrvKH+rm3uI9ckNZRdkHpeRORWWisXWq3yvty4qbOtdc2FgNpZYVz9yl/Wx&#10;J961rt23x7rk+Zusl/7zU+u2gsbz+32Ja5naq6wHN31lfeaVLdbGzu7eDTJmU41174cvWp++/e/W&#10;r7bts2746AnrrY8+Z/1kb6XV/DPT6EQj60dIT0/ngw8/RAgM2++WlmZbF8ymzRvZsmUzr73+Gg8+&#10;+CBbt269IMeKHDlyhE8//Yx77r2XF198icqqqt4tvw6KTS/wwry9lDZ22JrBxbsWKlOBRuvHyAc/&#10;5kh+Dod2zuaWeM+eA8R28RVg6qinIGUZH3ywmGrzj/QfX+iYuih+9UqiIqMYOvpPbKmUpm2bqS1J&#10;5elLEomIjGPiFX8jqdaCo7MbfuE9o84VjsLqDAw95vVRagVK2ziPO8f3JTJqCHc+8eH3/ZECO98w&#10;EqMiiVQWk16UTUH9KWYaKN2I0TkLS0hJi7iWSqs95eCp5q8fZerQeKKi+nDjl8nUdZhsTZWNH93B&#10;0LG38dnBNjyH3MZVCW49B8jI/B5QaHByPTqA+8JBqdIz4IYJdGZ+y58vnc6Dq7sZ0b8/MXpnW1l5&#10;/rDS1dJAXWUxbmNicfvJkAf/f1CKsjPy4hG4arN44drp3PpeCk6hQxkb6cG5OFk8njPKjlJhvmnz&#10;ZlGBZ/WuOTXbtm9j0eJFNDb+MEy4dA6hZm1dHkajUVTIJ85D/7XR6XS4u/dUGvl5uWLJs/39a9Ft&#10;bmfDs1cy5bnlHOn14/BTmDsayNr4Kc8/+gIrcn6/XS7S7AeNRmo+lRa1WFFDqXgHqmPrpEUlcl8H&#10;bd0K7LSueARE29Yr3NxRhIWhs43LUJ50jNA0ii46rSrU4oc0m0hh50Ncv1hiYp3Yn1dBalEdxt5+&#10;YYU0m0AtFpU9Hp4uuLhocfRyw8nBATu1uEehQGzfj9hPOt/R60jHSFNyjeL6R9fZaRzpc8d/+erT&#10;xxh4mmBtMjIXIgrf6Xx15BMuDz7LMRm/Ngp7fAddy9vLt1FUXU1p8gKemjHI5uvjvCK+c0efPky4&#10;8WkeGeXbu1LGhhCu7lEX8+j7y8mtrKT80Abeu28a0e6/wHRbIQCOcbpul+5uo/VPd9xxQlP/6Zah&#10;w4ZZs7OzbccdT0dnlzU5Odn6/vvvWy+97DLr/Pnzz6nr41w5kn3EetPNN9nusX///tZly5b1bjlz&#10;zqbbRVocta7WK55bbE2r7/zpZkSp6a+jxVq49WPr/ZMDTnm+0y0XVLeLeA6zqdvWTff90m01mc1W&#10;4wnrumz5Smq6O+GY7m5rt6mnq8psNv3wGKNR5Bujtdv2t6nneGm/bulYsc3cc76ecxrFeml/s9Us&#10;jpOO6eoWx9j2F9ez/S327T3fCdeRjjnpOY5dTywyMjIyMufOCSH153z9Nc8//xzFxcW2MO1P/uMf&#10;REVHY2hr46GHHuTbb7/t3fP0SAN3PvzwQ4YOGWob3Cmda/fu3SxZupS2tlbboFSp5cPe3p5Z18zi&#10;n//8J4GBgb1HnzmiMqCmpsYWb6W2tpbmlubeLacmPy+f+Qvmk5qaavPgKoW0efKJJ3u3nhlnE1Jf&#10;pfHj5o+X8Orl8bjZvCwKEfkT1rKUFGajgdr8XXz97CP8Y1lO75Yf50IKqS8jIyMjI/NTnFZ8jB49&#10;Gk8PT6KF+Lj55pttguKzzz87I8+n7u7u2NnZ9XSzmMy2Y9o7eqYpHo+Dg4MtiNCfbr9DHONKdEwM&#10;0VHRODk72QLbHY/k7EUSG6kHDtjEzKrVq6ivr++psMU26Vo/hiR6pLEokvCRuPPOO3nm6Wfw9/e3&#10;/T4TzlR82KkcGP/SIj6+Yxz+OrtjokO6V1PLEZb/5zEem5+Nzm8Uf/vw9e/HfQikfSzdTRQkzee5&#10;Pz/Nt4U/HYFEFh8yMjIyMr8nTis+hg8fbqusi4uKufLKK4mPj2feN/M4ICr/Xxp3N3dUKiV29va2&#10;FhGpZUKtVuPk6MQVV1wpBEM3WUeybNN8pXtqb2+3tXj8lOD4MUaPHsOjjz6Kn58vOp0boaEhqFU/&#10;Pr3zTMWHW9+b+PCrV5gepz82RUqoCizmZg58eAczXlhHVVMXSo0bkaNu58M5/2KMz/feTKWBp911&#10;Oax5/+/c8NLq752SnQZZfMjIyMjI/J44IaT+4cOH2bZtq82BmDSTRRo4KjkUKywqZOy48QT4B5Cb&#10;m4PBcAqHOz+Dzs5O2oWokLpppOtJ15VaNaprqm2zbFJS9pGVlWVr+ZD2kfY/TjOdE9L5d+3ayYoV&#10;K0gTzx0aEvKT3T9nGlLfacajPDujP+5azfetHmIxdWYz9+H/srK4p4tImskhOdYyDZjO5THfz6CQ&#10;jlFqFFi6a0hduZ0y448/6wUVUl/m9Ig8291YwI6F7/Huylr6DvShfvcGlr23hpa4/oTqzs8oe2tD&#10;Mi/f/jKZHtFE+7vZ3JufbyyWDkqTl7NkxXrKXWOJ9vr5QRTNRWt5+l/rQO+Dv7cLklv3U2I1U7f9&#10;39z8zD7ix8ajSHqV6/95kCETeiJQ/ygiDY3NZSRv/oSnNmTTtWU++xwGMMDv1E7xrB1l7F64hOVr&#10;ivBIiDw2i+tcMJtKWf/46+zo1OEfqMf554QUPRXC6OlqLmL7/Od4vcCXmIat/PupBRgHDsS9Zg9z&#10;P3ifFV1RjPZpZ+/yD3jsgedYn91MQL+B+Dn2Gm5WE/WZK5m9ej0Z5hAS/ZxO6G62tmWz5I0F7C0x&#10;oo84F2d9vx5Wcwc1WZv46JkHeXZBEo3+Axke+H2ZarG0U7ZvJ5u+mcva0jpaNH5E/gL59nSYzXXs&#10;eu1BHs30ZEIfP+zJZ96Mv7M/bhSJeocfnW1itXbTVLST2fc+T1LgSIYFnjjY2CJFjl7zLe8tKqXP&#10;oHBcJN/755nTprxUOUsiREL691BqKqNGjeKSSy61zRw5H0gtG7W1NTYHZlJrxy+JJKAKCgrIzs5m&#10;/Yb1bN22jabe5/05qBR2xMWE2OJYnJw3rE1F7CzoiXjZg6iMuhvIrmr+QSAohcoeBzdfgrR/tPgu&#10;/7+xmjppqiomv1gKMGais6mOqvwymk8Xxe4UmGtS+eSV//LWnG1UnIurY1MLxRk5VDR1iHzXu+5k&#10;rF3kzL+LCf/aTEPXKdreRH41t9eTtvhpJkyc0LNceS23vr+WzJozmWovKrqWWqrKy6g/R7fUP6Cr&#10;gYL8chrbusTZfxxTUwnpWaW2iLvGxiLSMsvoOIV7/lNhNXfR3FBKVkUVNSUFVLb9iHNFSzfN1VWU&#10;2Rxk/bTBZDFXs/utl3j9/aWkVZ/0HkWaNOQXUlXXZovVcSrMxkIW/+l2XlyVjeEnIi9LcV7aavfz&#10;xY2381ZSTc86W/7MJbe2jc6WGgqyCmnoFO+oo5nK4nwKGzvobCwlXdxHc8JV3HLtFMJPCgNhMtRR&#10;XlVGVesp8o25ndqScqpqWk4buPE3o7uFiswsDuUHM/O227gs+uQp9SLPtjZRV1pMWU0tDb9Uvj0t&#10;JppLssmobOnx7GrtoDotm6ofy2/HsApjt1k8zxHKWk6RDiJfttZVUlhcJ9Lhp/Plr8FpxcfJ4yik&#10;Cvqll16ktbWFa2ddy1VXXc0N19/AjBlX4enp1bvX7xPJc6vU4nJ0PMjPQZoeqnPoCQ518gBThfiw&#10;W456mOxFcp5rPIVXTsmTo4OTB4HBP+1m/A+D1DLQUMDmL5/iiiuu4MoZN/L0f+aQnneQ5R88Zls3&#10;46pbefm9OWxZOZdX77qZv7/xFfsrminft5DXH7uNpz9cREZNO4bqTNZ9+hz33nw10//2OvP3FdPa&#10;1UXlrg944i/XcsNbK0gXoq9mz+f89c/Xc9V/F7F6/jPcdetM23Vs15oxk2e/W8WX99/BzBk9644u&#10;s657giQphPjPQeFE4PBJXPOPOxh6XLfbT9LVROGRbHJLauk8gwrt3LDQVrqf7Vk1x6Yun4zVLAqw&#10;6iKqDMFcd/e93HvteELzV/HOm0spaPllXDCfDcqAcTz+1C2MivO3edj8tVC7+DF4/N28cdM1XH7P&#10;E8zq+wv6fRECoz7vCDn5FTSfHO1a5ce4px7hmknxeDqc5vmsBsqlluLK1tMLy2MIASnyUtHeFHIb&#10;pLysQKMLZMTM53h+YvBpKgdRXgkh0izqAYfQeBL6hON2QmuOErfoSdw883ZmJnj9fC+Y5xNTNy2N&#10;9VQqPUlITCDC48RWDYVCi1+/EUy5+wHuuGwqY8NcerecHxSqUGZ89m+u6eN2gpfSc0Hh4EPCpOt4&#10;9IFJ6I9GsD3PnLbb5WSklgLJlbrUIiIN3rx4wgRmzpzJ2LHjKBPWS1FRsVj/8yvv34qxY8YycuRI&#10;2yDY03Em3S5KIRoiL7mNGf38ftCcbTbXsOfTxRxq/75gVmt1RF96Gzf19z5RrEjNZuVZbJ63kv2N&#10;koOu0/NH6nYxNpeQvPoLXvtqI3n5pVh0/iTEe5O1+nM+WryT/IIanPxjSAxXkbJ+IWtqdfQZFI9j&#10;+jq+nr2Kep9+jEj04NCSz3n3wzms3Z1KhlRRG9yIiQrGvnAxH361nD2aAUwf7MKhL97l48UH8L/o&#10;Uvq1reWjrzew79ARcvNyKSwoQz9+FJZvv2Je8gGycoVFKNZLS31HBNfePo0g57PrKjG315J3MJlD&#10;Df5cNNSDI4f3sKlOg2NZEstWHcE1Ngr7qiSWbNjA/jZPgo1HWDL7XV7/cBnZzQq8nVvZvGQes5ds&#10;Jjf/CHUaNzyU1Wz4+mPe/+hrUurt0Pv74Wlzt63A0prPui/f5o33P2NOmpGAkED0qjLWzNmN80VT&#10;GKY9zLPPLkUT0wd/5xrWPvIsq5yi8Tr0Gn9/fyv5uQWUZVUSMmoE/keb1nuRImhWpm9lR2UMDz16&#10;I8P6BOPScoQtC3ejGHERcZoqti98l+de/5q9eU24hUfi79LjH8BqNdJYcIjM4kacYxJwylrHyvUH&#10;aXZwpjVjJZ+89w4fzfmOrBY13oGBOFbt5JNvV7Fp03KWfzuPZeldePj54etqjxS/xWJpIWuFeH6r&#10;P1Gh/jb31RKWlgK2zPsfL7/9OQuXbqLeN54+vs505a5h9nY1V90wHl3pOj7f4ci1N4q0Tv2MBz9J&#10;oubAHN78bAUHmiw0J33Ov8T739MWwLAoHe2lKayYK863eBOHK7rwietHoLWCXevm8da3m0jdNJcv&#10;VqfT5BhElLeZwn0p7N+XRnZJMvMXb6faqiMoyAf79iI2zv+Ud976hB35bTh4ailZt5g581ewMyeb&#10;VJGWgcGBBHg6ohKVviF7He8e6CQoWDxfxRpemrOZjN3f8vkX37ChQkdUkIldr/2PT7fuFe81mz3N&#10;foxN8BT3/wUP//NtFq8+iDpuADGiUpXGlXU2Z7HgiZeYvT+DnIpScow+9HEpZeVXhUSNjUVVmc6W&#10;LeXEXjWNcHMpKXtTKXbW45w2hw++3UNBdjGdbU3UVWQz/52PWLJ+A5lFFdSUNlBRAmFRjhRsXcB7&#10;b77NJ9uL6HLxJ8zNQNrWLDo9QogJamH956s53KTGuT2FTxauJ2nbEhbMnceqPCUBgX54SO918Xv8&#10;551PmL9oI9XukcT4uZ9QtnZW7OD1J17gswXLySeCuHB31A3J/OeeD8lq3C/E8KdsyekmLD4K5+5S&#10;dn3xCv94cy5bDlTiGZ9AoJMaa0c9WTsX8Nz/vuFQfjZVrQ20mdrIXfw+7y5Yycb9WRjMneSsn89H&#10;C1azL78FjXcI4a7N7Fm0jOULV7Jq83LmLEuiSeNJoL83jure8lzk9YbM9bz/9jt8OGcDVXaeBPl5&#10;Ys1fzb9FeZO6axFzvpzH2hIHwkN8ce/9dq3WNvLWLmSD0xhuHR6KKW0+/0h1Z/rQALpTP+XPHybT&#10;eOhrUTYsJqU7gsHRHqiNTWSteo9H//053+WWU3+kHNeJlxHfvofXn3mb5VtXsX1vGS4eVgqSttMY&#10;MpQ+zm0c3jyf/738FovXrGbN/iMUGfXEh7jZov/+Wpz1maurq20xXZYtW8oGUUDa29vZLEFf39+3&#10;cxY3dzecnH6+Ex6zxUiaqCAN3SaReU40PVRO4UyYcPzsGhVaVyEc4vW2zHYCwqo0NFVypObHhccf&#10;EwWODlrc3TV0GQ00t7XQ1d7Uu02gsMMrOBR/UcnUVNRTWFJKSVUdTYogwgL9xUe9jdWrv2M3fbn8&#10;/ge4vq8ztZu+40BWAa3dPWliEv/VZ2xkWVIWNZHTuGqEqHylj15sc7r4Ll7837t88ME73Dt2LDOe&#10;e5V3X71HfKROaOzCuOtfb/O/f/+ZGLef52jH0tlIYe4hUdFU01ZeSMHOJHLrmqjNzSBvXyatzeXs&#10;W7+dfdlWQkIcKD2cxKbUOrzFswf7+hEQEU98pI7qjaLQLzQSGutP8940MtPKMEitaaLQqzm4lK8z&#10;2/CIiSOgdAvJmcW0dH3f0mZtFuLku50UNnQIcdxE9qpVJBe34hw8hKGRQsz6JDByzAC8pbgqP4bk&#10;kM3Rg8A+8YR5N5KUXUjO3s2s3FCDX3Qg1soUlq05QG1vGPujWKwdVAkBs3pzMrlGF5wMOWxPOkyZ&#10;EBGJQVYOHT4gzlVNe30+ezd8x95yC/6BOsq2rWPn/jwapZjpAqmPuzYjif35FbQdbc8XFWxrzga+&#10;2FKLf9xA4h1z+OS7g9S2ncILroTYv61QiMAFyyjX9SFSlcP8zz5njzGERG8Du75ewsGKWvIPbGLV&#10;EQ2JiaEo6/fzzdZ82trqKDq4mY270zHrhQhryGTzik0UtppFTmujRBhvXTpfAigleesW9haXkrtt&#10;NbsOluIcGkj3oRS2bDpCl08IEX4+BATFMCQxigBbrB+pbLDSXZfN5tRcyps66KzJZNPSJRzuEpVE&#10;qJr9878hqaATn/7CYnd0wqfPMC5ODEBVtZ1330jGKX4Y/Z0z+eiTdRT3doeo7NwIH5pImIMTgQnD&#10;GB3thrG2gL0bD1HT+cPWWOkuNA4eBISJdxOixzsqkcQYHwxFqWxIyqHRNZq+Ee4052aRdjCPkpzd&#10;rD2QTpVbJFHWMgoO76ewNzqwpb2ErV+vZnd+K3auzqia8tm5Roi9BgfCgh3IWb2cnenFVGVvYd7W&#10;CiFcE4nXFfP1uoOUNrYLsdmTfpauYra89x4pmihG9deR/NpnbCgRedlQzPoVi1lRomPwQF/q1n/J&#10;V/tKaMjayufLKwhNjMPTlMGnkiiSutukWCw+YfSPDcZVCKOE/vHoTdUc2pVEVq29MFz86Mg6SPLe&#10;ZoLjo3GoymfPhlQhUpooSE9ixe5c2lz98G7PFgb8LtKqvh8XaaxLZ9W3Oynt9CLat4OkjdvEN11B&#10;c2UmW1cs42CrG9Eh9qQtWcSu7CraT2od78FKV8UBluwppt1oorNsH0u+XkCBaz+GBRpYK4yLAzUd&#10;tBZs570PN0F4f/q5dpIvnUuUAy3VR9i4YRdHFOEMHBAphG8luanJ4tmaqc3bz5bvtlOmCxXGVAeH&#10;xf3vza8/IQjlr8E5yZqu7i6Sk5P5+JOPbTNk9Hpv23gQF5fz2wz1S2ISCSp1vUjjPqSWnXPFipnq&#10;HTtEYS4+kOPSTvpwlRpfRt9xF9ePCJB+4eAew/S7/syM2JOabUXBaOpopSo/gyMdv9/WpHPF1nXl&#10;osPfz5Xu7lbqm1psoZyPIm239/QjNDAI34ZqWgqzOVLbQK13BAHhvnTl5VBcWE/QgDHMvOlWZo5N&#10;IMBYS0vz9/3Mxo4KDqzfSlaVhRGXTmNgqM+xEPrauPHMvOEWbrn1JsZERjF4xixuuXYCAQ72qNV6&#10;xs+8iWuvHIbHWQeXOw1qZ3wDvXF2a2Z/Tj7FRY20N7sTZFfLgeIaLDETuf2W6fRRtlOc3YZ/n0RR&#10;yEcRO2AcFw2JxdXcSJvWleiLrmbWjHHEBUsWS0+FZWprpLJNi//Aqfzp+ssZHu597DlPhxI1ngmX&#10;Mn2QhzBfxzHz2imE2MLZ/wQKtRAgOly8VFRUl5KVnUaux0huv3UmYyNcKd8hLOfWEys1Q2kmGxZ9&#10;R2qjJ8MuHkWfsDCi4/rTx1tDS00peVmF1FTViwrCKs7tQ2z/Ccy8+hLilS1UCyHQ+hMDBzReMQwb&#10;2h9/czUFZZUUHRKVZMfpQ9JLecvZK5YxE2dy3cR+GEs6CRs5nWsnD8CtOIsigwaP0H4M7RuMprGY&#10;nPwyyvNKbGJPCvLmFzqYqZdcwcS+PhgL8qg0mMX7tMPTN4Zx067kytGRKNqryS/O5/DeQgz2fZl+&#10;yy1MjFVTXl6GKSyOAZGhRPcdzqUXDSbGtyeI2Kmwcw5iwPDLuGHWFIKFaCiqUxE9ZTwDXV0JF/d8&#10;8/gITDkbmd8cxQ0338IdNwyncdE60hpMtufUOPgy8LKLhShxo8/4K5g1PJjTt/tKZZgos3QBxPQb&#10;yeAEUVENnsCEMf3w1qjRB/Rh0oxrmDQyHg87YbWL/c2dbTS0WLAPGcaVV8/gkiFReDgoMYr8enj3&#10;Mr7cU4XnkKGMTAiwBU20c/Sj76ApXDtzGtGd1VRUNmLUCYt+cH8CaaCkvJzCw7k0iLLgWIdUQwZL&#10;l9Qx4IrrufFPNzHQvJ0laXVYhTFnp3QnduQ0brpxBoOdK9iZV4dRGDE1BSqihl7CdTfMZGKYq60L&#10;Q2HnhG9EfyaMEKLDL4GLJk0kQe+EVQiK8Iuu4vrplzBqYD9RcQfjbK6lIDuDyvICIX6l78Ue78B4&#10;Jlx2FZcPDaSzpYoSW/kvVfxm2kpS2VwhDIhR0/nTzZPwKhHCXBgcraKasXMOIHHoNK6/ZgrhzZIR&#10;JQytM+xK1bpFMXrCTG65ZhwumfvJrGmh4tBGkjrjuO2W67luVBy+lp43pbAqRJnqz5jp13HFtJH4&#10;HO1q6WqmJCON9DJnJt18B9ddMZ6EoF9vEO3xnHObiuRMTHLuJbWAzP9mPo0NDSJD9xR4v0c2b9nM&#10;G2+8wUsvvsgrr7zC7qSkc45RY0n/jm92F5/Y+iHejRTV1n/49Tz25LP861//4vlnn+LBW6cQelLB&#10;bpUGA9XkCgtkD3XmX3tQ04WHVDC6uAoLK8Cfzi4D1fWtGKw6nP39bfFZbDh6CQspmEh1A/XZh8iu&#10;bsIuwJcgvYrS0jqqm+yJCxG/vd1x13oRN2gQIYF6USD1HG4UH+nKTYeo8h/LrDF9CXC1782/5x+F&#10;FF4+wA+dr0oUrofJFpZtm1sIehqprz7Enm0L+ODDuWxOPkB1QxUtx1W4CqUrUaKgHBDUxfaly9hn&#10;MOHg5SqeU3oWNe5x05iV6Ez2ynnMyREVq84F+6PNwb8aFro7m6mvSCMrfQ2fvPsRCzfso7aumLqT&#10;Bsg2l5aQdTCdWosSJycHW/q0N4jnbjVj7+aJp7Ubi8FgG2Bp8ooQgtQPD50Tjmo1VpP5BIH/A0Q+&#10;UiksNBRX0CTek7fIC7qmWtq7zKctpaxKFZbQYcR62OPo4o6dSk+o3hGVxg57q8kWqdrS1UFtRT1G&#10;Jy/0znbYNdXTISxMi6MHToF9CHF3QGvvgEZY1EaxqBTOBHj6E+brjqODgxTZne6WRsrqq9mXtIGv&#10;3v+IRXuSOSgNrm+VWmV6b+YnMAUkEK53w1kYfc4i7xrF+zjxUGFQlWVT15TCvDde5j9fJ9Ncm0Zx&#10;y7kbV6dCJUUG9ggk0s/F1gXWuxbnoEFcPDAGh+yNzN1eQK3GyxbZ2Git4+CRDPKqWtEKQW+v6Wnb&#10;MfnEEOzrhauLM06ifjGJd62wWmgsq6IJZzy8PHBtrRdlQvexctXSUE5qfSMpC97mhf/MYX97KYdK&#10;GkQOVOBgF8zgaC/sNM7CMFbTblTiGjGS66b7krvua77dVkN8mOePdi04urnaosXq7FUojG20NjbQ&#10;Lp7XXafB0m2wDVhWK3WE6P1skaSdHB1QqET5cmzwshAf9eXU1aWycelnvP3ZCg5lpFLW1EyHyNQm&#10;v76E+XgIYeCCk/hmTVIanmH6G8NG0NfDDo2TKBuFyGnvaqem9AitoQOI9XTA0cOf6N7ZRFIZ4+Ec&#10;TEKo+wmzwKxdbdTV1FNj9SRaGECS3y0v/S/gOv0MOOVbV4uvQxIXZ0JJSYktvP4OYe0bDL/feCS7&#10;du3ik08+4b333uO1117j1Vdfta07l1k2RkMOS7/4gg15jbagckeRKjeVVk/C1Nt54u+P8/BfZjHI&#10;98SuHqso4Nrr89ixbB5LduT/5Kj9PybCCtI6oRMfflen+KBqm+hQueEZHoK/trdwU7kQEBqMn6+F&#10;iqI8ymq6CfHxIVRnFsKjhYZOLe7OolC2dyJg8FRu/PPtXNQ/DGdNz/GW3Awyi2tRxo8mLvi4/llB&#10;e8pyPnzrNZEPZnOwonek+a+JKK2cPHwJcHGgIXkzSbXNWCPD8HX4/p4Udp7EX3wRF01I6Akt34tC&#10;4YDfgElcPlUIEK82Di5fy84DxbRI07NF5esUPIxrZ0xlbLQjZbsWs2BPDvWdPQHzfoC5kzabYO79&#10;fbZIlXNbA42VRnxctMcKF4XKmcB+w5l2zWhCTpoZ4egXybBxA/FS1nA4U4iTov1sTcmg0W+0sICn&#10;MjDIGWu30Xa/3XbCLhci4Ccabr5H3E/doWXMS+0geuot/PnKQbgIMfOj6Sm+0Q4HZyE6en+fgFVY&#10;znUc2buaLU1BTLnuJq4aHoSis2fWkEWlwWjv+IOghQpRnmrsRCVxuiJVinGSOJ5pY4cTcxZTNztF&#10;3pbiEJ2mYeQHKFximfnYtSR6/EItdr0oVVoctaLyPG7gqTC1sPeKYuzES5g+PBhz4U6+27qLzNpO&#10;W2UdM3A8E/XdlBUWUNwsxIQ4pku8O4W6Z7xDDxbqM1bzbWoTQeOv484Zw/BWmzGfZlaSQulC7BV3&#10;c6s0fk78Vkoh8o97VIVSg5N/P658YCbDQ9VUpKxl7pp0IeZPbeBJ53CyU+PlJNKko5aMfcnsyFEz&#10;7LJZXDk6EWeh4Ywi4RUi3W0xoM6kytQGMGrWJYzqH4iLKIukZ1YKIX2maXg87Q4uIp+e5kDxDpVq&#10;LU69N6VQqLG3d0MnxN+FwinFhyQ8fkp8HA0QJy2GdgMtrS29meIc3uIFgOSFVXoGo8lo88a6Zs1q&#10;Pv74I4qKinr3OBss1O6Yy3vC4vtub74o7M8siJ7V1E1reTpbl37K+58vYX/9/8fxHr2o7XBwchbW&#10;RjtFNXWigFDjJFS5S69qV4oCWxr3ERjiQUV+AaX1dgQHBItKr6e0USg0wsKXgse5EDFxKhOnjiLG&#10;xxX7o07fbAjryCDSXFRutibSXjqSv+XNV17g+X99yP7yZk7ZBfuLIs0y8MLHzZnOtD0cKW8jICJQ&#10;WFeeOHnGkjhuFg88fA9XjRtDmJseF0dhLUqPIb5Bk6mVol2HKTUEcsmNMxnQUUVhVjGN0rgOUfk2&#10;5u4gqcqe4dfezs2R1SRlFVLffpzlKypab7Ffa0c3hqJ0UjqPNmmLexKVm0Nnm62ANXU3kb3uGzYV&#10;nMbjrrBQu9tqKDqcRmGLHxfFBOHqHU1Q3yn8+ZG/8qcrJhLhHoTHSYWfR3hfJl13PSPdhSGTtI8j&#10;VfWYRIHqorPD2NRAW9PP8SlkxtBUh8LDAw9tN7UlVTaPy+eKlA3Mpi7aDcJi93LHwdRCXUV9z8az&#10;RXrvjl4kCuF4y4MPcdflFzE6TC8qOkfsndR0K3paTc4eNVqdilYhIi1WFa76YNSuA7jhkad55v4r&#10;ifHsg//x/mSUauxclLR2/bKtIbZ3X5FJWlE1bkMv55Yx3rRXZpFZbRDiw4cRwy/lpqv60FaSRUZ2&#10;JR2nmPEndWEbWupRuLri7miiobxafKsn3qfSXU+U0o1Bsx7kn0/fz4y+4ST6u3Kq2kuaIt1Wdoj1&#10;GSqGXnk71w7RsmdtijBUzuDZjaJ+6OgUFb4DTopOmlpqESVH78YfQxgWrt44uMczdsYdPPrQbVzc&#10;b6gwklzR/qL+daTZlXa4efijKiugqq2b9oYK8n6i8FLYO+Pl7UmgpomKhhZam5qoE4bc+eCUT28y&#10;m2zL/3fWr99gC8V/LmNAJG+mSbP/zYv/fZuPvljAniMFFBXX/eAjs1pMdDSUkZ+bzh5RuH/03lu8&#10;+d5XbM473h/I/z+UWgfcvDxxs7ZTXlNPl1GDt7sHDlKbZs8eOHoHE+zng6GsnDq1J8FRkXic5HjJ&#10;amkTlfMW1m5MIada8o/Q+zF66XFzsqNt/06OlNRyfG+AfZ9xXH39zdx883SivYR1eT70tL0rAcG+&#10;BDia0Zh19A/zxtk7jMQAd8yZG5j9yUd88tUSdqZXCovXnVA/O1rydrNxzz5Sd21l6Zyv+HLhFirs&#10;RGGi16G1vSYr7eX7Wb14Dp/PWcy2JndC9B44HufYSeEVzcXRFnav+pbPVu4iR1R4PTlUhXtoPwKK&#10;N7NwwToKRUG2f85/mZ9+YsRqiyjQa0r3s3juV3w25xuWZXQSdunVTIwPJSI8kqCancz+7BM++3wO&#10;q3YX0PoDBxUiHX1j6BfqRVdpBoeaXQkSJmVF8nKWb9hHQWkx2ZVVVLT0WMdnh3iGsAH07TzM2sXz&#10;WJdSSmtDDknFzXSfYb/6yajtdfgHheFauJ6Fi79jX3YV1XVFpFd3nN39OXoTmxiIXUsay7/6hLc/&#10;mcuK5BwauuzRR/nSUZfOd5v3kV11di1vUjdcyBB/yveu4qst+ajCxzDdIYt5X81h9odv8tHiVHGN&#10;o5ldCEytB0EJrmRuXs63ySWcW0fzqbDS1ZDPno0L+eLL+aw+0orG3Q+9U6/wUeqIGD2MIMnfyv5M&#10;Ktt6WrdORIVbcCKxxhy2Lp/PmqRCGuvy2FfSSGdvOarwiGHKJFdSl33Dl5+/x6sfL+PQ6fzMiLLW&#10;UJ3Giq8/45O5K9hXaiUyxheHMxEBWh0BQeKbbE9n0bLv2JZbQHldOSVltfyoiSi1agbEM8LbSP6O&#10;Fcz++F0+nruetNImjOfcxHhqVGot+j4jiDcfZM7ceczbdoDcn7KcRH4O6hNHX/8Wti6Yw5I1yeTV&#10;np9xhqecait5GD0TS/2PjtSqc9FFF9mmskqxas7Uw+lRLFYz1TkpbN+wg/L2dgrScqioE0LjiFD7&#10;GRk9S9phUnasZeXatayY8x4fLdtLUd3Z+Y/4I021NbVVk7VvM0mVKuJjg2g6fIjyDgXeagdROfvQ&#10;kVGAKnYw4y8eJixHC43ZBzm0Lw1jwkVcfvlUBni0smfTNpIOVxM+5iKG93PjwFv/4fVvD2AXFY2P&#10;4QDrd6RTHj2OizyMNJQUo+w/gVF9/OnOWsb8LXlYp7/A3Jcf5qarLybE3bGnH7stm7kfr6TU6Mnl&#10;f76Jvu7fx+w5GyTrq93QjkUXzqAEPyyiMtZ4RjI8Si8KQStWtQqvmOGMHpqAt5sbvl4OdNXksF+I&#10;Dvf+Y5h66TjbIEQndTu1wsKptQuk/7BILHW5pKWV4jZiClMmDiHEU4tKWLVaFw8U5ZkcOJhFhd9E&#10;7rh0DH08ldRVdhM8fCixoYEEuDaQejCdUi9hnen9iBk/ieEhbmidHWk5cojcChNxYwbh0tqEJm4c&#10;g/17ugptwrm5itzKGiFASiiuN+I8bAb3XDuecG9XIR49cOsqYVdKLgq/OCZddyWDAiUxJ00jFJZ9&#10;eytdSmd8owcQrYcmcb+60ET6+aqoK8inQ6vHw1+Pxi+M6GAv7Bw8iQ4PI8JTRWNtJ54xfYmN8LMN&#10;VpTGN7TX1WLxi6dvqC8u9kJ9KaRB3Z5o6vPJOFKJW58BuEpuc6JGMMrHSI0pkPHjEnAx1lFhDObi&#10;8fE4dNVRqY7h0oF+KDtbqDS4MWbiQDxpp7HFnoRJ4v35OtNReoSiegv62DgcdE54RMYRoVOj9pDS&#10;0hVjWwcme2/iBkXjYjKKutaX6MRgcf5WDCo3wvoMEnkzEIWhnMzUTGp8hjBx6mRGROhxcVJQX1ZI&#10;TpMDkZFhBHn15EFzewOVZj2DYkPQawxUWvwY0Vf8LQRrdUU3ISOG0cffGzdXC0Vp6WRbw5g8YRSj&#10;RcWyeVMyxU32XPTgQ1waK/X7Sx0jCpRKDfb27eSk5VLtFM2oWB0dbY4ivfviZmmnpdPJlvb+dt20&#10;tVtwix7EQL2Stg6zqFQTGRaho9sgyitHPTEDwnFTm2ht7sTOI5C+Q/ri2VVP/uFUcpRRjJ8wlYnR&#10;bnQ1m3ANDSVKCFSXxga63QMJCXDGaKcnMTqUIFeor+7Cr19/BiTG4Goo4Uh2OU4R8bi5qFCGD2Fk&#10;pPhepLEi4l2G9POkcvc29uXWwkX38LdL49BhoEKUIQmTB+FrLzlTa0ARM4bJCQHo2jLYtDcfk1si&#10;1955JX3F+7VhMdLe1kaHxpdhI8U5rB1C5Kjxiu5PpN4VnbMGixBLaaJydvUPJ8zVG9+QYHzddLjq&#10;A4kUZYhdRwvtIt/GxEQT6q61lRFKZy/CPa2U5qSTXthC5JQruUTkO726lSopPfuE4u9sobayi4DB&#10;g+kTKE0llsoWE23V1XQEDmZCrA/qjlqKCefSwUHYddZQpIjmiiFCwJqlZ7XQd+pFxIcLg4wCtkoz&#10;wTxEegYGEjtqFLE6C62dzsSN6ou3VoGpy0CHSDZ38e2FalooOHSYQ9kVIl2bMDg44Bk7lksSfNGc&#10;0FL8y3La2C4yPbz99tvcfNPNtor9bKLank/+MLFdRFbsrDrE4vee4vV9dsy8bBiH332Xla1KYvsN&#10;ZERCCCVz16C58h6ee/EB+rp2krnkPV568W2yE27n2aceY3pgOZ89/TyvfbmHYY+9xN/vGk7mS0/z&#10;6rwjTH75X1xqv5qn/j2fg8Me49+RR/j887U0jH+OeU9dhePm+7j6n+tonvU5u56eTnhv4WG7tcrl&#10;XDL4bnYZovh0/xquCXc+J/EhIyMjc6FgtbRStG0FCz5aR8uYyUR1ZZJcbKLPrId4cKT/ceNvfnl+&#10;PVnzB0Bq7ZCmD0uDiWTOL1ZpgJSjI652RkwNzcIKd8HP7Qy8vWo9CfP3wtfZSG1zK62GdjqE5WkS&#10;51Mpe0bVS2hwJmzAcEK83GhN3k1eeS0nOZSUkZGR+UOjUDjiEz+YhPHBZC+fwzc7y/HoexHT+nj/&#10;qsJD4rTiQ7bqwMfHF38/f1ukXZnzjBALdk5OuHipxd922GuccJKa0n8KpRthiaH4B2vIzExn19bt&#10;7Csuo8HVD3dXHUdPIeVubWh/xkfocazYxa7Cmt4prFZM1QWkHTzA/v0HyK1p+/Vnu8jIyMj8FihU&#10;OHrHcOk9L7J4/TrWL/mSV+6eRozHrz/d9rTi40xmvPzRkebky60evxUanHU6vAIk4afBQeOM0xkM&#10;DFMqtQQljmLQoEGok+by1N0P88mOQhgxjqiY0BOjaGpCGDU+GjddC2uT0ihubLNNmWxe+AzXTB3P&#10;6FHjeHBRGm1yk4iMjIzML8oPSnPbABmlEqtk7Yn/e1pATrT8pHUqpRAnv+Plhy071h88V3ZOts2R&#10;mjz49jyi1OAoTTv18sTZ2RPPgBiCwyIIDAzG01WIEX9fPN2c6XHXoUDt4IKHjz8+HtLUtZ40tfMb&#10;zC333c89V19MYmgoCVc8wH8euI6Lo72xd3LH2zcAf3dntBoXooYIURIVBds3cKBGiYs+QFwr0Lb4&#10;B/hhVfSmvRA1Xv7+BATocTgv019kZGRk/ricMOB0yZIlvPb6a9TU1KC173F2U19fR0NjAxqNnc23&#10;h7T4+fnh4vz7daUuIQXIq2+ot7VsSK/AYjHjo/fBxUXXuwe2537jf28wY8YM2/gPecCpzK+BVeQ9&#10;Y3c3RosSh96IyCcg8qfVYqRDcoakklqBTiGexT5mYwftRoUtr9qplacQ2DIyMjIXBieID2kqaV1d&#10;3Qmh5aXgce9/8D4TJkwkPz+PtPR0nnv2OUaPGtW7x++TxYsX257rkksuFc9cawuY99CDD9GvX7/e&#10;PXrw9tbj6uqKSqWUxYfMr4KlIYsVX3/L6qIonnnhaoKcTxpjJAVIy1rOswvT0cZdwVNX9j3mufAY&#10;1m4Kv3uae1ZpufbG27lhZAjaX3GanIyMjMzP4QTxcdyfx5Dinbz++us888wz7E7aTWVlFS+//DKD&#10;Bw3q3eP3yYoVK3jhX/9i1qxZlJWV8d13K21u1a+acVXvHiciWZGy+JD5NZDFh4yMzP83TiidpAr2&#10;5KWktITu7m6b+3GDwUBoSAge7u6n3Pf3tAQEBOArKuvmpiZbM3dTYxM1NbWYLZZT7i8j82uhcIvm&#10;krsf540XrybA6fwEdZKRkZH5LflR00jqgmlsaCQmJgYXnY7Ozk6CgoNtke9+70itBN56b9ra2mwD&#10;DkNCQ2hoqKddCCwZmV8Fq4WuxgI2fPgQw6P7MOqy23h3ay5F+5Yy+7/Ps/BIKRmL3uOFO59kQVot&#10;dYe+5fkXHufZJWm0H41JYu2icvdnPPDMv/jP2ixqyvbw7iPXMSJxHA++t47cRqnL1EpnxXZevO1S&#10;Boi8Pfzet1lzpJb27jq2v3IbNz75V2aOHkxCn+E8+u7bPH39aPrHJXD3/MMYThNkS0ZGRuaX5EfF&#10;h9QdUVdfR2xsrC2+iSRE3Nxc/xB+L5ylsM1OTraovA5aB3x9fSkuKrbNbpH5ZbBaumnOXcx1Q0RF&#10;138wl1z/CofqO7F2NpK96mVGDx7P7Q/PpritS+xspq1sH/OensyA6Tfz1LoizJYOylKW8fL1FzHt&#10;zr/zbUYj3ZUHmP3i7fS77D5eWpaBoSmHxW88zoQB/RkwYiavzt5MVbsRc/lOXn7oegYkJBCfEE+/&#10;AaP5y4tzSClqoLO7iKV/v4tLho3n+UVJ1tJFVwAAsZFJREFUVBt6YvdY63fx5DWXMfmyp9iRU0m3&#10;2SLutZS9Xz3F2KEDGTRgGPd/uFvs/31I77PBau2g5kgK+7+r4vJ/vc5jl8ZTtWQbhfVNtDY32iLK&#10;Si7Hm+obMRgttpDdTU2NNInn6bmaiZbCbcxel4XKux+T+ztTsGIp+w0R3PjcY0yPDcOhw4LZWMaW&#10;z74gxWEkj7z1Etd0bear1UkUNhrobK4jN7WLaY/9g3uHq1jx2Ra8b3iBl28LJ3n5Fts+xwfZk5GR&#10;kfk1+FHxIUV0raysxN/fn6bGRmrranF3c8fBwaF3j98vkudSyWW6JLCkbhV3d3eOZB+xPa/ML4TF&#10;QndFJjsOp3MkK5OMtGQKW0XFJoRGV2sNuTl5lFY0HAv2ZjG201iVT05hCVWtUmRFFXYasW9XIYfz&#10;SigSFWN7UwVF2akUiPxodNCi6ainMC+D/RmZZKWlkFVcSpN0qMlATXkxOdnZZIslMyOFxR+9xJuL&#10;t5JX10pzZSkFuXlUNbd/H7XW3E5lUQH5BZUYukyYzbXsePPv3P/S5+wTz5CWcZAl//0rnx84x0im&#10;4nNTadVYda1CcDkQM+0G/vzXyfifYVeLou4QG76eS0q1I8NGDiZWVUXywVqc/eMYNWok/fsG4K5T&#10;YW0rYefBDsLjBjJi+CSmXhREUUEp5bWtQtBZcRsymiGDRzKsvyvtoUMY0LcvCVEBWMtKae06VYAv&#10;GRkZmV+WHxUfBw8eJD8/H71eb6ukpWm2UpfLH8H5mFqltj2X1LXU0dlhe660tDTboFKZXwBhPVvN&#10;JhrLC+nUOjN0cCTGjgoKa88ibqZCib041tHVhcbWNsqqmzEYmuhqb7X59QjycsHY2kBTazO+YQEE&#10;+qmpbaqn0fD9bC0nj4Hc88S/ef+pqwl1qGP1loNklzXZwsT/JFUpfLxwL+l1wTz8wQLm/nMKbdXZ&#10;bMw7R/GhsMczYhiX3TYD/eEv+ceLb7O91kyve5KfRNlYTVtDBbk1rVQ3dmAW76JCiDm1oxNuTi64&#10;ezng4CjEh6GRMoMKnc4ZJ60T3v56dBXFNDe1YBbp4ufvjaujA1oHFQoXN5zt1KjVapQmKQx778Vk&#10;ZGRkfkVOKz7aDG1U11Tbuiak8R6tra22rgkPD4/ePX7/+PsH4OTshKG9ncCAQFt3kiRGpLEtMj8f&#10;q9VES30t2LkRHuGF0dhOZdPZBO0W4sPJFVd3PRZDJy0NQljUN9NUa8HXzZUAN3shRFqEeDThqffC&#10;3c2OxrZ2WsXvo6jt3YnoM5ixI/rh5eGIpSCPhromun+ilpUittYc3sye8nrMo2dxzdSLGdnXDxwj&#10;GBru3rvX2aEQYsrOxZeYkVdw8w1Xc7GPkZQ535HR9MMQ1lbMIh9209nx/RgMi98gLr7hVsa7d1J6&#10;KIOqbnVP6HyLBbNFKQSEEqVSKBmNHQ5KKxYpPL54TmN3JwYhMuxE/pY+eHtpP2kQtTyOWkZG5jfi&#10;tOJDmv0hCY7oqGjsRWHW0tpCUGDQH2Kw6VEkMeXt7U1Dfb1tAKoUx6W8opympqbePWTOFalqN1va&#10;qSmtFHWhD9F9QrEaO8mqbD6LMQUKIR4ccRIVp1NrM4rKEmrq2zA0qnB2dEbnqKCtqUEsZnz8gvH1&#10;1lHd2EZta+dJYzLMdHe2YxaWfaejC2o7yZFX76bTYe2g/EgWbaLidoqKws/FHvchd/LFJ6/zp37e&#10;vTudHVZLJ7WZe1n91hqqfRIZEReAJT+H8rajAkODg7szGjcrDbWlZGXnkZ7X1rtNHO/sQ2C/SVw1&#10;zJ3a6gyShQjzszdhqK2nrrGColxpgLgRhbMfif7d5BeVUF5XRFpyHnYib3t76myh1H8MKdR9075P&#10;uPntHTQI8SMjIyPza3Ba8VFYWEhFRQWRUZG2ZfLkKUy/fLqtq+KPQnhYGDNnzmTosGG2QbXSs0nj&#10;AySHYzI/F8njZiOlmS3Y6QIJCgvC0WShMK8Kg/HMZ1QohfjQuXnhIYSLsamauqZ2DB1OuDl74mrX&#10;RVN1I60NGtx9g9F7uNFa00xVbQtGixQkDtqbMvn2s9d49p3lZJe1E5YYQ5C/O3Y/pT6sndSXt4p/&#10;1cT6u9GdNp/HX/mMtavm8eGO4nMclKlApTZTW76NN5/8Jx9vyEQ3ajgRLr3dmAot3uER6F2bWPPO&#10;m3y1ai+NyhM/UYWdBwkDYnBoKuNQVjtR4xPRVGzljWdeZf6uLBqMVlQOIUy8aiwOuat5/cl/8FGe&#10;NxNH9SPUy+mMIlV2lqewKLmYDpFeMjIyMr8GpxUf0hiP6qoqW8uANL32issvFwJk8h+u5UNyKjZu&#10;3DghsKLw8PSgvFxu+fhlsGLprCZbWO6Obj54+nriYTWjzM2h4Wymc9o74+npS5Cym7bmKkobm6g2&#10;anFzccdFZaC2Wlj7bWp0Xno8dU4411XRUVMrKs4ecWDsqGTf9vWs2n4ETfgEbr50FLF+Lqh+sunD&#10;grHTKrW9oHfR0l2WxNyvv2T27NnMP1RzToMyFQoNuqBYxt16DZeOGc7IyZdx2awxhDhAl0HyL6PB&#10;NWQgk6++iRsvnci0mXfy5IN/4qrBQbj49+PKqVO4bIAQWbHjuPGaK5naP47ESVdw7fWXM2HUKCZc&#10;ew//uGs6IyJDiRk3g1vF+omjL2b6jbcwa0QM3k5uRE+/m2tHROPmYI/viLt47qbRBLoKgdf3Kh5/&#10;eAbhHk64Jl7La7cMFuJO3XvnMjIyMr8spxUfcXFx3Hff/UybOg1Xnc5WUeu99X+oKK/SGA9pJo+n&#10;h4dtLMsNN9zA3XffTUhISO8eMueMVYgPQy3ZTSa6/CPwddcTZWfGWpJJVcdZVN1qRyEKhQD2NNJa&#10;X0JhZQOVdq6oPbxxsnZQ19RChdoVe99gwl1d8GqpoLmuhrbeYR8ap2CGDIklwN8Fx7hRDEuIRO90&#10;tpWqAufYy/jrzAGof05QOYUSjaMX0cOm8ae/3Mut100hxFzApsXbyO7wINBdi8bFl4Qx07nj3ju4&#10;6cabhQiZzLg+Pjh5RTF22FBGRnmj9Yhg7ORJXDw4Ar2vWD/9Wu6+5zZmzbqVP10yirgA8T50IYy5&#10;/Hruuu8+sW4okV6OaFSOBI8SQiU+GBeR9z3jL+eOyYlCXDngFD6eG2eNw1/niHPEBO6bGmsbiCoj&#10;IyPza3Ba8SHFOPnLX/7C2LFj0Wp7gsz9kbETouqySy/jzjvuJDQ0tHetzDkjxIe5oYo8Qzf15XtZ&#10;8NVaKrs7MLSUUXM243kVGpyEqPDwgY6WeurqmjC4uaEN8MPR1E59SwuVLeXs2bqZXfuzaTTUUd/a&#10;gqG3ccXeOZTxU8bTJ9yXxsJCqmsb6T6TmS69SGMgmrtMOERN4c/TE4T4OO0nc04oFPa4hw1g9KWX&#10;MMjfsXetjIyMzB+bX7YklZGREMLDKjkNqyigoqudjgPf8tY7c9nT0o7R2EBN85kPZFQoVDg4u6Dz&#10;0Arh0kRdfSMObs4E+LqiMDRR31RLa1UaOxd9xfytKZR1NtNsaMPQ2aM+VEoN7gFxJPj4ok7bTkp6&#10;HvXHzSA5PXa4eKqxYqK8qR3TrzAHVaF0wCd2BDc8/jB3XTOOwLNukZGRkZH5fSKLD5lfBcm7aV3J&#10;EUwaB6IuvoZbbpjJxHhnOrsayK5sPeMxEwok8aHDxd2J6opy8gsrcHdxxE9nT0dzLc1NdTiHxnPR&#10;ldcxa8ogwr0tlNcLkSJ5Te1FpfWhf6gXnpoydmQWUdrY+ZP+LBRKJ0LigrDTKGjJL6ShvZPurpNn&#10;0cjIyMjInAuy+JD5xZGqZ9u00vIytE4eTHro33zw1r958NIgDJ3tpJU1Ig3JsJg7qSk7xJqli1mx&#10;bgvpNT0+QMytdRQmrWHRomVsTcqgVeGIo4uOpro6KsqE2HB0wt1JhaGlgY6WNkKHTeX+F97ktceu&#10;Y2ikM4V1TVS2dHK0fUOpdCV6YBgeejsy9qeTJ84hdb1YLF3kp2xj5ZKFLNiaSZWhm2PzO5QafBLG&#10;Ee/tijl5OXMXLGDJthzxYCq8nOyFKJKRkZGROVdk8SHzKyA5uDJQW9qNSmWHXqdFISpzR523LUJy&#10;SUkd7dKYEGMrWfvm8chdt3PnY8/yxcEaUfmL9ZU57HjnUW6++S6ee3Mu+d3SoFM/dAqRXVUuuLt6&#10;4+UChuZ2IUDAxUGLs1aDnYMOtVZLQ10zdWLbUUfhCqWWgL6DCPf3xTk7mZy8Ipq6zOIe29jy2Ss8&#10;cOct3Pr0VxyobsV4rGFDgX3EeO6+4iJilPt45W/38fgXuYQPGM+s/r5nNGVVRkZGRubUqJ4T9P4t&#10;8xO0tLSwcNFCm/+TCwlpZtLUqVNtsWouDIT4MDWQtz2LRo9IJl45nT5uKjoaS8mstSc6YThjw6Gg&#10;tBP/kGDb7CL/yGiC4xPpY9dErcnLti40NFjsm8iAoQNwMxlobOjGOyKRkWMnMGpgAKbyMopLO9AP&#10;GMnIwfF4K1spqWqkyymSMf2DsTd2gDZI7D+MPnEBKKvr6bZ04dGvP75mMyZ7RzyDeq6fEBjDaHFT&#10;hvIGtD59uGjSYPw9A4gdFE+Im5GaDkdCosZw9/MvcceIQDRKBVJMIBkZGRmZs0dhlTuxzxgp7sus&#10;a2eRkpLSu+bCYObVM3nzzTdtXlr/P2A1GqipqqPNrMReYcGEFi8/b5zt5IY8GRkZmd8Dcmkt87vD&#10;2pDJgjf/w9MvvsV7/32NV/79DYfrZVfgMjIyMr8XZPEhIyMjIyMjc16RxYfM7w+FCnsHR5wcpRDy&#10;jjg62vNzHI/KyMjIyJxf5DEfZ4E85uMXRHJEJv1jMWM2S3NcpFkpKlQqpW0aq7TeZLaiVCpt607+&#10;LVbYjpMCvB1/XM968/d+PBQKcYzYbovlYsVskrZJAd6ksPLYfksRXI4/5/EfhEKlQiGu/UO/IArU&#10;GrU860VGRkbmHJBbPmR+M4xtFeya+ySjAzzxDO7DhPvfZVd5B9bmfFa/fTcRIYO584m5lFZmsPSN&#10;++kbMozb//EVeQ21FCV9zV9njsTHty8zHnyT7Xn1GC3dlG99nT9NCcfN3c226PtdysOfbqRAciyW&#10;v4I7LxtOdOL1zN2YTlv1Nh69bAyJA/7EkqR0Ds2+nv4xPseO9fL05aqPP+H5YQn4erofWy8t/kHT&#10;WFl6Nn7iZWRkZGSOIosPmd8Eq6WNyqx1vPPMJxxq7qSzoZTUFR/z1ttLKGzpFtvNGI0mTKYOKnMO&#10;sG/retqioomdMgbnos18/OZ/+WLDYdraitk6703e+nQBB2u7e1ovTEZxbM9iKNjB58+/wKcr9lDe&#10;bhLbTGK91JJha3ex/TZJrR9SS4zUutJ7nLSYzeDtpMVi/n7d0cXRpy8hTj9oDpGRkZGROQNk8SHz&#10;m2DpEOIjbTfbDG4MueEllsx9nRs8jVRlp1HT9X2lbu6qZt/BvSzf78DQ+FFcGqcke/9+knc3MvK6&#10;v/HF7FeZNUzLxn2H2ZFVRbelx0ep08V38dqixXx47yVEWXLYk5VLZdOZtVS43fo2W/ZnciT7MK9d&#10;fQ2Pr9tJ5q4PGO3hir22P29vPkzSuueIc/vjB1yUkZGR+TWQxYfM+ccqOSHrorWplgalHSbfKMJD&#10;AvGK9EfRdwh6bU+2NJo6KStKZ9++ZJpDoul/yRRiVc3kFRWSb/YhJiyRkQPiCQsKxKEgn5bcAlq7&#10;e2LpKx10uPtHEBPqg86hmyMVddS2dZ0wnuN0qFw88QsIJDAwAA8nJ1x9/Qn090KrUqFU2uPpF4i/&#10;rxt20jgRGRkZGZmzRi49ZX4TVHaOeAZE4dPZTP2+VRxQ9ucvr33EJ/dPIsCxJ7qrubOaw3s2s25b&#10;Cwl9RzBtoD+WtgZq66po1rpg7+aJi7s3eg89Ti2VVFdX0Gy0HdqDuYPmlna6u5X4uTnjotX0bpCR&#10;kZGR+S2RxYfM+UehQGHvjG+f4VzVV01l6lo+e+tj9pt9ifV3xe7ovFmLkfa2ZlrMTvgGRxDsqrGN&#10;yzCbxXqtMyZnHXYaNRq1BqW5nRYpfL+559j2pAX854G/8NSXG8ju9GNAZAh+rlrbjJiWmt3898k/&#10;M33WY6w4nEe7+Vg4ORvNS1/klqsuYdqlf2HVkRpbEDoZGRkZmV8OWXzI/DYotXiGj+CWh+9lakg3&#10;B9Z+w7uvvcXa/JbeHb7HYqinrqqQ6p6gtzYsKhVWlTTVtXeFtZP27k46jD1CwtxQRvbBVLIqFQyY&#10;cSPXTBiEv3NPi4qpq56c9P3sSj5MRbPhWPTbo5jKs9i7eyc7dx6gqrXr+0i3MjIyMjK/CLL4kPlN&#10;UCiU2Dn70Hfi9dz30J1c5NvO/g0rWbIiiar2nnEbUjRabx9fQny7yC3MIqWk5UfGbKhQC0HS489D&#10;HNt/OCOG9idC50hYbDRhgd449LaoOHkO5O7HXubTd59kYmww2pN8dThPuZ//ffgFsz//FxeFe6I5&#10;cbOMjIyMzM9EFh8yvwkWYxtlqav58K0FlEdcxp9um06IoYS0nRvIbOiJ06K29yC67zCGDwulobSE&#10;rMP5tBp72insujtRdXZgOtosobDHUa1Fq+5RCmr/BIaPG0Sor4nk7GIKatow26bXgr1jAEPGTuaq&#10;y8cT6e1ui1B7PPZRI7jkyqu5+upJhHs6HhM0MjIyMjK/DLL4kDn/WC0Y22rI3PgpXyxZw5EuPf3H&#10;XMxQfzWGxgoaOnsUhVLtgD64LwMTEvFtKKb48AGqTQ44Oupw7DCgaGumW/zbamjDaO+Ol4sbLuoe&#10;gaFROBMaG4OPjyMlyXs5kl2C4ZhSkZGRkZH5LZHFh8xvgsXYSUtdORVdXTQ2G+gyS86+RIZU2WGv&#10;7smWCoUCjYMn0eGx9PcxkFuQSYbBgQDfAHy666ivq6C8qpLq2gqa9UG4BQWj6w2rrxJZ29kvnEgf&#10;PZ4VqRzJK6TW0NOdIyMjIyPz2yKLD5nfAAVqexf0IXGom2pImv8h736+iOQaJW6+0QS6qHr3kwSI&#10;EBshkcQl+FJZXERGYTvBUVH09esgZfsS3vvoG3akV+HTJ4aI2BAcj/O9odAFMSA2CF/HWnZmFVLY&#10;0PGDwaWnoj1lOR++9Rr/+c9rLDxQTqfcYiIjIyPziyKLD5nzj0KID0d3IoZdzhWDfSlf9RnvL9hN&#10;c/wELrlsMhEuPbNSJBQKNS6+oUTFxeFenUf2/gwsoUO5bMYoNJWpzJ27ngp1HLOmjWN4mBtq5XFZ&#10;WuVF/KA4/AJcKEhNJ6e0mvYzmDbbkfwtb77yAv/853O8v7Pw2AwaGRkZGZlfBtVzgt6/ZX6ClpYW&#10;Fi5aSEVFRe+aC4M4UTFPnToVZ2fn3jUXPgqlBkdPf2IjvXHUuBE+ZAwTrrmF26YOwNPeSmdnF2YH&#10;PwYPH0b//mHo7LQ4Cq2sj44iTuw7uE8YencPvIMTmTbzeq6eNppwD3ssXQbaLU74xA5n3IA4onxd&#10;6FQ44efqz6B+4bi4eBISkcDo0f0J9LSntcWMV1g8I0Yn4m1vpF3jT3SfRHHN/mIZQMKoixkT7okd&#10;ndQ2WAjqO4CLJo/C30lt6xaSkZGRkTl75JD6Z4EcUl9GRkZGRubnI3e7yMjIyMjIyJxXZPEhIyMj&#10;IyMjc16RxYeMjIyMjIzMeUUWHzIyMjIyMjLnFVl8yMjIyMjIyJxXZPEhIyMjIyMjc15RmM1n4HVJ&#10;xkZZWRk33HgD+/fv711zYXDVjKt4/fXX0ev1vWtkZGRkZGR+OyQ/SD/mC0mxdcsWWXycIZJLFJPJ&#10;ZPv3QkKpVKJSqWSnVzIyMjIyFwR94+Px8vLq/fVDFFs2b5bFh4yMjIyMjMwvRnxCwo+Lj46ODll8&#10;nCGVFRXce99fOHz4cO+aC4NLpl2C5CX/xxJaRkZGRkbmfKHRaGwt8qdDdq9+Fsju1WVkZGRkZH4+&#10;8mwXGRkZGRkZmfOKLD5kZGRkZGRkziuy+JCRkZGRkZE5r8jiQ0ZGRkZGRua8IosPGRkZGRkZmfOK&#10;LD5kZGRkZH4fWM00Z67kpWf/zYqMGrrMlt4NMr83fnPxUVtbS3p6Ojm5ubR3dPSulZGRkZGRORGL&#10;pY289UlUNBezKaWEji7zBedxWubMUD0neaf6jZD8ZXz00UesXbeW5ORkmwgxGAw25yRaBwc0anXv&#10;nhcGLS0tLFy0kIqKit41FwZxcXFMnToVZ2fn3jUyFyRWC10tZaTvXs2OQjUhgR7YCfnfUZ9H6sE9&#10;ZHR6EebSScGBg6Sm5lFeUU5hbhOOAV44qc+/nWBtzWLRB7tQx0XgZX96Z0FWYY12NJWSvmUdWUYX&#10;ukv2sTpPSXSADo3yzO7b2lVHfkklta0qPHX2Zx0qwNpezLbFe6i3c8Hd1Ulc94fHW9ty2XyoHX9v&#10;Z1Ri+/HXkCows6mJrO/msk8ZQbSntnfLcYh9jIYaMpNWsrrIidjAM3++Y4hzdNfnsvtIAdUmF/x1&#10;dt/fh9jWWXWY71IKqa3JIym7BpPaCS8XLcpTvA+roYiN85No1XngrnNAfYpnPh5LSxZrU7uJCHD5&#10;ZUMxSO+lqZg9Bw+SVm9HsLfTj96LtbOK/ev3UdxkReftilZ15vditXZRtXcXqU2dKP0GcFFfX7Qa&#10;pRxa4jispi6a8nbz1aI0PGPDcZcKmQuQ30x8SC0ez/zzGb6Y/QUZGRkcOnSIXbt2kpefR0lJKUaj&#10;kbg+fXr3vjA4V/GhUDqTOHY8A/oNZ8KEsYwYOoyhQ4cyZOhgBiVG4uvphbumhfL6c2v5OS/iw2qi&#10;PmMVC5ZvZGfSHvbu3XtsSdl7gGqdN+xbyfx129lzbNs+0jIq0QW6UrZ5Md9u2NG7PoX0rBJMTu64&#10;uDhhZ+2ktjCVZQuWs21PMvv2HqKkphN3Px2NuftYsWgV26X1+9KpbrXi4W1P2aHdrFq+joy6TrTu&#10;HlhKD7Jl7WrWbd/NvrIO7Fzc0NYfYMP6NWwtNeHu4Ym7g4quyoN8t2oNG7buFOI3C6NOj5ebqKwU&#10;VtpLk1mwdI14vlzsAwLxcFTTmLaMr5dtYnfyic+8PyWVBvdoIj3se1/QmWChozqd9bNf5KNdXcQM&#10;GUSYm4a2kiRWrl8uKr1BTImwo7qglKradiwKsX+HGr8If1xEAXve6SwnaUMxviPi8RHv7vSYaa1I&#10;Y+Pn75PiNZI4TTWZbZ4MivA4s8pZiLL2smRW7kylnED6hbiefWXSfIhP/7mU1tAYYiL0OKhPOl7k&#10;37p9H/H8bmemDAzEQfPDWEimrgq2vvooq3xmcEWsW+/a47HS1ZjPlm9f4928GK4bGyqu82Pv5VRY&#10;6SjZxTdJGVTbhTMsWHfcffRU4geKhQGmMFDVpsTL0xt/dwdUp3ofzft59+9LMCX2JzbEA/sfq8TF&#10;81ft+h//SPbnhlGBpxQz544QboZackuraFR4EStEp/rH0r27kYK0Ejq0bvgGeIh3eOZ5W6HQ4OTa&#10;SVaekeGTxhPr6/zj1/r/iLGdij1zeejFPQy7fhoRLheWEX+U3+yu9uzZw/Lly3t/9WCxWEQFs48D&#10;Bw6QlnaYq6+6qnfL7xUFzjFjmDx0IFfePJNofQjxMXpRSPR8LJLFaDRUkZ2WR1HGeuYt30pKcipF&#10;zUbb9gsLUXglfcILz2ykrOHE+1OrdFz/TSyTFrzMI4vzRFF0FDX+UVcTOFRP4Scv8Mja0t71SnSe&#10;oYy77namz7yB6wZoKU9bz38ef5XMri4h1lwYNPlm3KP/TMfmb3jq719QaTahUuuZevNfCY6+hKwN&#10;83nplYU4XHoXTwWFEJO2ls9eeYfvcptRD7qJl5/1YJrxOz7738fsCHsQfXAE4R5CTGSs4J3/fMj2&#10;9DrUGj13vBNCaIA3jk5KDNmrefWFDyisC+O1hCFECJFTufN9nn56J40Gc++992Bn58EdEZczJVLX&#10;u+bMMRubKczZw/ptBQy6Lq53rUBUwt2dRix2ZgzGenFNN4JjIrE3N1F4sJy6piaaHF3Q2YkKzNRO&#10;W20jpuZmVP5RhDgbKS0qpdUlmqH9Ywl27iA3VYi/gmrazfaEDB5tEwOtafuo1DrTmt9FwPBEwvTO&#10;tlYCS0clB7btIKPKgNIjihGjhxBu70pIXDCuQviYTS2U7t3C1vw23KITCOuqxS5+DH087HpvvgeF&#10;yh5XTz9CFZ3kHUmmShXDxTFuor4pI7+4lG59XyKo5NCBgxQZnAjp04/+YVqydm/huxWpOI72JsGv&#10;A2VFPlmFtSj0EST0SyDaV3escrV2NZB7MIXDeRW0a/3pO3AAfRx6+/4tHVSkbCDLsy+JYX44GfJY&#10;n9xCH/Gal81ZSnJDI4tGhHHrkCDsRaX3kyJHWPUWcyf1JRkkJWfTSBflzSYQOt8q0qC6NIckISRa&#10;HbwJTRBGRZg9jcUlFBbUY9I2k1+jIChuAEOj/HA5zgI1m4S4yNnL+up2GhzC6d8/nii9mrZuFXpz&#10;DVXF3bgF+ODpYk9XdSZbq4w4t9Ri8Y4hLixACOkTi25TSyFJB1rwGxhLgEMTh3fsJKOyTQhYR2Iu&#10;msYQbQ6zP1nIfquWRWnhXBUNR3ZsIaW8C+eAeMaO7ofeXojA+kJSdqVQaRJp83/snQV8VEfXxv8b&#10;2427u7tASJDi7lC8LaXu7kJb6kIdWqSFQnF3dw0SIBCSQNzdfSO7+81dQpFCC23p2/bjeX/7lty9&#10;e+/ImTPPmTlzjrcbVBoSEO1AfW6SIOsp1CqscQuNpoOnMbU52RfqaWNIq0b0u60DCiG7eUlJlAvZ&#10;rFNVkFtnhG+I6GMPW4wvEmhdQ6ydHWi11Kf6/AlyVGrKCksorWzFpV0U4T6OGNRkEBNzlkK1JQEu&#10;MvIMvOnma4deRSqHEupw9rCjJi2FAkF03ATZPbQ9Hzu/Jk6VuzGyiwdGom/VrbVkHTpIiY0j5fFJ&#10;NNgG0LlTOC6mOjTXFpIYc4gzpRqs3UOEQRiAcUMxuUnnKDOwRqdeByc/U8qT4jiT34CFgxchke3w&#10;NIeq/GTi4s+R3yjaKCCMcG9zqtLyKa8W41NZRp7SjKCwcMJcrdFvKSEh9hTnskqQOYW2jc1aEo7m&#10;gVE92Spb2vl74CwIpgwlhScOkqnSpySriBq1Ge06etGYdpY0UU6vbgOIdjNHV11FykFhEGXVIrcP&#10;plfPSBwMZbTU5HP2+BHOFTahqC7XGi+XQ93aqJXjw4cTqJWLfgzrRCcvQ6pzc0hLFfcbVZNWpME5&#10;sB2d/IXBc4tXTP5n5GPDxg2oVFcq9MuhVv/b9/FkmAX2ZOzTb/HmhM64muj9StHJZLoYmDgT2tmZ&#10;4CihuDp2Zt43X/LDuqPk1goF94+CIAxeXRk63IyCtFPsOJ5Bs8qMyN5d8bJ2YKC/LZq2+slcOzIs&#10;ygWFngEO3gPxNNEnU1zX6Bpg7NGB3gFGlCafYOO878ius6Sz7zDt7y6hmaaWGqprGlHVVVP9G3Jy&#10;LegVF1JfUkqj2ZUyJC3ZlhcU0tzQjLGxPq0ttaQXV9HQJJ4vyMevoYO5T09G3GlPecYJth7LRI0l&#10;0f174GlpR19foYn+CMws0LOzpf70Po50cyNKTHASNOoGis4ls23xBo6XVtPc3IxpSB/uHtOByg0b&#10;2Lwnllz3cDr6GZNbkkNNObi35pOl64Cfux2q4gzOVfhS//hEelmdZ/Pm3ZzJEpOAaA+ddDWTH4ym&#10;dOX3LC7XEUrOmFHT3mGilTH6+mqqEtfxw+K9VAleqdHdyyns+TjyNN+/uJb774jCUnOEn3/4iZiq&#10;JlSmTrhVFBH9adSvyIeqvoS4fav58Jw3jwTksqOsHxEvdaI+KYZNa46g238sFSV7WLkrkfJWOfbn&#10;RV/1DqauoJic9GwMHBM5ulso8lPHOV1Rh47CnrwaDWaDO+Fupi8Kp6Iu+7AwXDZwIr1KlFUhCAU8&#10;1V0t+kZAU8P5tdPZ5fcMrzvYYlhwkK++SOfZNwM4nVFDQ1kcRzIruDvShRtZs9JuKVVksG/efBbH&#10;ZVCvaqFRWQOdW6gpTObowqWsPp2DjpkJtpmCCI5sR/Phjcz4fh+t3mpyas0I7lqGwd1j6OZ+aWWy&#10;ufA8B88cIV1M0EW64YyceD/3dDPg4K4tbD6cjLKhktJmL4oeeohBJnuZtuosqowMLPs9x+SJtleQ&#10;D42qmpSdh1hz3JwRXs7oJq1n6boYCqqV1OeJNi13YObAYk6l1YnpLZaD6UVEVR1k7qL95Cg1GJrG&#10;U6wy5t7OpmQcWMSMxXE0tyrRNXPBpDmCJ6zbc27JUjYlF6FjYoxVRgXqkR2RxYh6zthDXYgH1o5e&#10;2Jk2UG0eTNf6JLZvOEatvZriZis69B+H4eiBtHc0ulDgxhz2LlxDXVAYXg1HOJCczek8FQpVMw69&#10;Gnj6ni7I9q9lyY6TFAgSYG9cwDG/Z1l+nz/pa1ay9lS20D2VlFQrSDX8mFcCz/L96/Ox7FrH1qYH&#10;6dreRUzwBrQ2l3B01rssNwuiWRBZE3d/MhsMeby3NbmHVzJv2RHym4Res02mXD2BnubpbJvxGdub&#10;RF10XOh6pwvntuwkrVEMWTM3sqvljInScGr7albHpFPbIsfGr5C6/n6U7tjF7oOnqLDSUN5iQ6eh&#10;d2M0LBrDhL2sWbmL5HJB0izPkq+cwPiwOtbNWEJ2SwanzAbx4fN3YW+uQE9WS+LKb/iu2htr0f8F&#10;GfkcOHsHLi2FwkA9j7rYlhmPR6FKWsOchTtJr29FX36S/FZTHuvjQHHMEmYuPUZRcYXQJS2odD0v&#10;tLeA9HddUYpo9yWsEO2nayr6MbMK3VHRyI5v5puvdqP2UwvD15TgLiXo3zuOnu6mbb++Nbi11OY3&#10;sGPHDjGwr00wDAwM6NmjZ9tf/07o2Icz/PlP+OzeaxOPq6Gjp8AuqA8Pvfwyk/qFYn6zq7m3GjID&#10;XPu8yvTZPzPz5YFYiMGtb+DFY5/MZN787xntZ4V2m1fUU6fzM8yct4DFixbwxbvjcRH3aiE3w6bf&#10;i3z//Ze8Pj4CvcYq6s/uJLHyIrmQaf18DBU6tLQ0U1evFBOwEn1DQzH4TW9YWFXCyi4uLaGm+Sry&#10;oa4TA7qWJmFxBwY4Y2yiQ2pJtbA2Wy9brbkMMn3cBrzFj3MXMOOFPsKq0xV19uGZr+by87zpDPcy&#10;brvx5qBr4UhA9zuEMk5n597zVDZfrH8z9XW6wrIcy8c//shXT/XGrDGVY4JAKJuKScmvxkxYngF2&#10;hujU6uLTZQKvvPUMwaoqinRCuP+1lxljWENhagaZ2aVYdZvEe9PnMPPN4bScSyU7v5xmTT1xJ3Mw&#10;ifDATrucL723hcKTWzjhOprJn07ni0l+5BUL8qMtkzS5NVJwYCnrdYbyxdQ3GGSQRXx2bdu314IO&#10;cmNbvG2ERXf2LNmVVZTmCauwxBH3hjRhQZfhe+/HzPjgYcJkeRyMqcC3fQQDxw1l1J39CRWsSmMY&#10;ykMffMbk4e1wpZaGX9pIRUXqceL1/Rjy9EdMfboPFgoVtU3X6cM2GNh14ZkR7jiNe42pI0MwEX35&#10;u6seEtRNVGfFsnmHiqGvvMZTXW2pEfKqEVZ1zrmT7D1uzD2ffs+3L9+Ja8U+Fh4vpLG1mpziYnRc&#10;evHCXWL815ziUJYgSpfpO40gBeX1lnS65zHGuyioTUqloKyScrP2jH3+c+bP+ZhxhtXkJ2VQ3iiI&#10;VXIi2bpOONrairJfGgkqIdPZZ7exYnM+wWP6EO5iSE1OMa7jpvCjIEzfPd+ZsxsOU2jTg9fGOmM9&#10;dgqf9zUSk/IyCrq8zpwfp/Fybz02zdjAuexkjmyKw2rcW7zxSF80mamClFSQde4Uh89atdVzFJ4V&#10;B1l7NJv6lipyi4tQtlgT6SqNzwv1a20uJa2wCpuI4bw01Af9kjPEFdReW9/Lmjh/rgADce/TT/al&#10;KT2dhNP7Wbk+n8CRj/PGPeEoBTFtrG9G01BEcoEdd731BT8JnfNsWD7Lj2XQ0KqhvjaBQ6mmDA+3&#10;vcLfp1VdQ2pKA71fmsILfeTsnbeV89kpHFm+h5Z+b/HD9Pe5N7SJ7fN3C6KjpLKqnLSCehwCLSjL&#10;KCDfqD9vf/I+j4/sgmFZnnY18cS5ViIf+JSZ791HUHMOR/YlkF8rCIL4nWunMbzU35GmggQS0s+w&#10;a/0ZVF4jmfL9d7zZTcaRk6c4U1RPQ0MGcdkaQp1ssNP6/Vwor0b8t1jRnqc//pSP77Jk56FSwh/4&#10;gG9e6kHytqPkVORxeNpczoU9z5z5c/h4lDHrv1pDcnE2Rxdvparz87z7ymiMautQSA+7CCGvhUnH&#10;2HHIgAmffM+0N8biVbWPn4/ma+U1r6QQtUN3Xri3O571JziQcaW83gr8z8iH5FT6X4VMxxCfsZN5&#10;985gTOWXiIfUmerWOopSTrL/wEGOxqcLxXLJqpfpGmLj24MHnnuC3t7X2nP+D0Cmg4GhJW7+wRiJ&#10;ZlGJiU278iCgI9PD3NwCF2c51fW1pBeUUVtTiamdHd4+7ih+V1xlgrjqodNaSGZJEaVXbZWgqqVA&#10;TIL1TVaERwRhYWFIeXkN9cqWWz7QLoegMNg4BtM+uB2K43s4lFuHSnq9jjk+HTsQ1c2KgrgTxAvL&#10;p6yhkdr6JlE1e6IHPMSbbz/NmI7umDp74+DqioODA172Xejt5YOLox0OCvGYVhmOXe6ku6MBhQmn&#10;OFcgiERVjSByUj318R/5AlM+fp6RIXYYaZfCdbHwao+FMpcThw5zXr8XHw3zp81OFeSjguQTZ3Do&#10;3Z0Q78489OpLDHezavv22pDpG2NjaY+HQQnJ+aWU1NVQ7WSPYWUt5RkyFPXZYrIro6lOiaYwl6Jf&#10;kmsrsPW2wsSkjHOxwiK3jyCyWyc8LC6usOhi7OiLpV4zGfGxnK1xZ3yXdgTbGP31ykzIhEaQ4Oqi&#10;bM4Hd2NgZBS973+B5wb5CE5ST1l5DudN5KhzEkjKrqFJEPSClBzqsSCo/UgefPwx+gc7oTBHyNyV&#10;5Eju2o6h9z7IXcO7E2htIKz+RjQ24Yzv5otTSyZHT6VQ0VBGnXhPc4saw4B+PPvK+7xzV1fcrC45&#10;wypbs9k0dxa7HSPp7GODsYExvsMfoY9RESePxpJa0YpuVQVNrReX4DWoGnM5dcgQX9HG8acSydeY&#10;Y5N9mjOZuZw748aAzmG07zmRV54YgKXon7yqAgqCxfPdrLFxCSDA3ZHys6lUaSwIjBzDy+++xsP9&#10;A7HSuVBDPZkNkT3v4cF776F7oB26hhoar0PwZRo9PHpN5IX7R9I/zBNzpSAAGfHE2rrh6elN5Kgn&#10;eP3eHrhYCcJtG82TrwzAqjqF48eTqWgVhKRtfjWSBTPxg+l883J/nIwvrcbp61vQ55lPeKZfGIFR&#10;XYnISeRsVj7JJw1w1i8mISGN0hY5ZvnJZNVpMHMMYsjz7zH55bvpF+iKozKPE6fTqLbxpdewAFqK&#10;mtAovegY4oatZyAhVmYYZmRRXmVFxwH38+Dd4+gSaCM6WPKDyuI8rYIclZKdmEqZWkFFTilFFTVi&#10;kHoy6KHJfPTG3XT0scWgbSte+v+wMHcczG1w9fHGqOcQIhwtsLF3QFFdI3RlPsf3GxFoWUn8sdNk&#10;6tjinH2KxLxczse6MXZAFO263sOUl0fiompbaZPmnaYGykuyOGeqQJabQGJGNU06CvLPZwtqb45/&#10;+AgefPIJBgY7Y2guu6ATL/z6luEvH683ij69+6DzG45C/2ZyYmARygsTO+FgKv/FsUua3KSlr4rk&#10;ncx+axJ9+w9g1JMfsup4thDOS3tzMl0jHPy788Ckzpj901Y//gpIA0Fauq6r1U64MkFGpJMHWgjy&#10;YWRsiaOTKbXNTRTV1mtXQPT09LSk4vegq6OHvZ0llua6ZJcJa1ua2Nq+06KphpKGeprkNljaWKLQ&#10;16UhM5+Kqjpa/u5tPgNz3IICCAyoZO/+cxQ3iXZpqSbr1DZmT32Pl199gw++X8WB02U0NwryYeZC&#10;gFDGPlbCSmp7xC/QM8TQwEBYfBf+VKsayIrZwsyP3uWNV1/j9S+XkV5Urm0LmVA0XaJ8cLYyvqzd&#10;9XHs/Twz74zEtnwbn771Op8tOkl5W5toNC0oa9VYKsSYFP2lY2qHk/XvCKeYiM0dzTEKKGbzwROk&#10;lhWgEkpVV1NEzJltzPpoMq8LC3ZZzCmqrSWZaPuZrlCEA8YwcvwA7IsOseT7z/h67UGSy0VfSgRR&#10;potVxCheGTmAOxTnWTnrEz6dvZmEolp+5SklnS5qbNT6kv3R3lVLy9U1FdQaGWqdZw3kplg7WKCS&#10;ThQUpZAUs5CP357M5E9msOtoAYFyJa1ya9w9gggVTPB6qyu6Lp64+Hrh0ObIKygBysIzbF8+jffe&#10;eZ3X3/iURSfjSa9rpLlVhV5AOD5utpjqX/U80YeWrv4YnjxOcm45Tc1VnN+2mE/efJPXXnuVN6Zv&#10;1m4VXQ5pBeFMXRIrvnhLvOctPvxuA2VurbSIcVAvxqBCDDUdfTmmVrYYiY5pbGmhQSHVX1zXEdRZ&#10;fGSCFKsNbUU9A7X1vFyT65k44efpg5/tjZxaMiE82BMfJ4tfJuCWJiU1+kLOxfjUEYactYM1umL8&#10;t9RlsG/pDN584w1efX0y32xIF6TuguAonKLp52t+YfX1MujomOLkZK7tO3T1MW4qprAon5NFJ1j0&#10;mZDBN9/n20W7KHdR06oSRoGVA53auWFq6kBI3+E89VQU6rS9fPfRF8xeHUNmVRMtUhtI3Sb0jYEg&#10;XDqtStRGzgR5euKlHZ8yrbzV11VRlRvD+kXf8M6brzPlh13ollVgJmtFzzqQaG8HrI1+exyZmhtp&#10;9dQv1VJVkdicxtqv3+H111/nrU9WUeytormijHyVHtJunExHH1Nbe8wu05kqLYlO4fzRJXwk5PXN&#10;j79je0w+wQolKgMr3NyDCHc0/GUF5u/A5TLzt0Hy9TA2vv6StSSwpqb/3mOjZpHDiRYdebUTt6q5&#10;kO1TX+bDdSlCq7VQemo133z6E2fLxeRyEdLKgLk9gT1G0s/+Zk5S/EMgkayafFKTkzkvPhkVbZOG&#10;BLVQcJW5JJ09weGDx6iXBq+ZM7bGFweJnrB4bXBxdkbZ3EhhaT5VVeVYCiXo6mjdds9vQUytNvaY&#10;m5lTICbbvKp6Wi+bddSVxaRXNaI0tsPTywd7EzGR5KVQXS0mrit9s245ZELJm7r40843BLO9BziY&#10;LohWWRqHjsZT7vcAK3ftZN33LzGi/c2vgOk2prN3ZgzGPV5g3rZ97Jn7KhEeDpcU2FWQ/BqUFdXI&#10;A6MY/PQsts2+m7Ql+8hpvfALHR1jrN1Myc0vprauksKEo8RmKbXfXRdS/aydsXey5/SeA6I/VPQS&#10;lq2jqRt9+97P58t3cWj/HrauW8Z7j99DuPUFY0Ojaaa+QYaZfQRjXviIT5/sho4yi7PSsr32ezXN&#10;tXXoOnjReeIU5nz1NPYFRWTmSa6gUnlliLmBllZBcGtyOXHsDLVN0imyP0A/hB7S1ZNj4+COc3EB&#10;xdXVFGcncDIuRzs5WziF0HPomyzZtpdD+3aydul3PPVAX5z+kFZVknlkA/sqXbnnk5Xs27WYN/p3&#10;wrltQr4ejPWCuOfFt3nBM51dJzIor4hn5VuH8X91PrsOHGTntAcw07vSL0fH2J5Ixyie/nErhw4d&#10;Yt/29cz+9nMha86CDNWSW1pLVUkOCacTqDDQFxOkGCelRZQ1tAgyJ75rbBDtL4hJ20rHXwrR5kYW&#10;NriJibu+soaq0lRij5/Xrv41nt3A54fNeOG75ezft40Zj4ZhpvjtyVvVWsLJQyfJKq+hoaqUQgt/&#10;/Hw86RzQh9fmb+fQwQPs2rKGb997kx5Ol1aUNIKwNatkGHr24MGX32HqIz1wPH+C4mYZck0d5TVN&#10;tDZUU96kpsXUCtOrSIREQBSmljh49efpKXPYKsb4vm3rmfPjW/QPd+ePbdgK6FgSbhnCI99t4uDh&#10;wxzcuYH5s2YwqlMAYeZ1ZJXUUVeZz5ljcRQq28aoJMeSvDqG0HXQa23yuou1y2bwzCMD/qC8/nn8&#10;T15bUFioPa56vaVu6fq58+fb/vp3QYbkG9EFN0thWV5FIzXVZ9iw7bJjuoIxV5zbyrH8y8iHBB0F&#10;Fg6BdO/h3Hbh3wX1ttfoGd2esA4dGbkwCXVbP8uUVRQuf55+A8bz6rI09Ox9cOt3N5GXW9GSZS1m&#10;D3VzM7WSJSasEYXcRJCSG1kJE+8xs8LK3ArjjAwKcoup+mXnRYOyvJBSMXkWO7pj4uCMndyQ5vIM&#10;cgRJadLue/zN0LPAs304kQMtyE6poVWy0NVCqTWWU5h5jlOnz3Mu6yrZuAFoJOvVWJemugoK85M5&#10;dug4VcJ6F7RQjK22my6DRijT+PlP8fC0TcSnphIfe4oqL0Hi2rpFpmdNaPc+NG5dxqptS/n4vW/Y&#10;U1Z14cvrQpAAhQk20pHXIwc4UmCEs60dTv7iuU4Z7Nh9lPgT2/n58y+YNnsPRUKp6wiFX1uewo5Z&#10;M/nm44XsPJPEmcRsVI3Cujcy0K4iajSNZO6YxnvT5rA+5iyJp89SKBS/gbGBoK6icjIxdlystasS&#10;h5d+yoszdlBS3aAtj66BsOzqyimqUdLSUEFeuSCnUptfRw9pISxwUycfIrP2s3jzBpZ9/SnfHchD&#10;19ACN2c/vNOOsvFYEvEx6/jm8w+Ysi1dkKA/glZaW0QN6hupFEQnPe44B0uLKWr79jeh50z3h/uS&#10;uusA8UVK9E11qCsvIjcviYO7j9AiCJ1aI0NPbgQ1ZZSqvek9uoo1q/ZyNjmBw8un8vyTC8nVdyai&#10;ZyHLlq1h1bJpfDh7P40mxnjYe4t6HmOTIMZnTsVwOrsan46B2La9/q+E5IRv4hJBz/ocYo/sZd20&#10;D/lwxRHyKqUVoFYMDNQohRGRl3GcXcfKaWxoRSX673o92NKi5NjsF3nn5+3s27mXtIhIIj08adej&#10;hPUbDnA2MZYd86by5hvLyaq96OUkeqM6iwOrpvP6Z0s5mZhEcloBBWofwjo6ILdKY9e+I5yMOcyJ&#10;ynp0wv1xtbxSP0maX+EcSJRuI3mn4jieeJb9iz/l8a+XsyezSvT2H4OegRcD765j9erdJKSlcmrd&#10;Zzw6aSYpSmsCBpezfMUGNq78mje+2UG5QpL7C9AxMsPZI4CA9KOsP5rE2aMbmP75e0zekkbTldPU&#10;34a/nXxIHvw/zZ3DuvXrrjnopVWPwMAgPv3007Yr/y7o6yuIdLW45tnz1sx49lRebmJraGmuIbWo&#10;ru3vC9BaxRbOBHaIRq4V438Z9I0xt7DAUnzMLgtOpRF1kYn2UUgOcyb2+Ix5k++f6oylvG3lQxAP&#10;hbEFDg6uKJrqKc/JJi9fg1xhhpHRpSXE34LMxh4PBwvMKzLJyymkWnlRxlqpLsujtqFWGA8mGFla&#10;Yq3QR09Tql0habp8ieRWQlrtURi3HTsU9bXzJLrHYEb6O2DjFkzXqADkR6Zy510vsSShBY+IQIwM&#10;DMRv5Mgl/yHpGboGGClEO0rPEMpabigXSllamtVB38gIhXUA/R7wJ33LB4zvfxcLSwXJMXXAQK2D&#10;rni3/PJlXAEdHXOi7nuDnklTGd6rOyM+ymLSi8PwEhOvsRSwS18Piy4PMCXsLJNfnU5W9yd5MNKx&#10;7dcXIJPqZWSCobhXX5A6U4Uoq6El7v6R3HlHe/wiehBgocAuoBsDu4ZQveIpBo2dzK56e/rfP4Cw&#10;wPbC2i1k/ZIdpPh5Y9q8k5eGDmbSylLsQroR7XLhSLO0CuPf7x66c4pvHh3C4Bc24hAdSQdvRyxN&#10;jUQbWRI2+kl6Fm/m67kn6fLAJHq6+mCsJybRTiNx2vA+4+YeI237+3R6cxOFdZdTBR1BYoSsXdy/&#10;EpBJZMazC2PfDCXuy69Y39SVlx7uibmQU7ewLgyYaMbGJ4Yy4JlZnLYfypsDAzAV/aUw1Ne2sUxX&#10;kGeFIYrLl0F1JEIt+lMbi0SQAvG9ocKOoP7DCG45y/SHhzH+u2MYubkS6GaCnhgzxnIhq1fvKQg9&#10;YSjqbCCebRQ+nEeMT3A025Khz3uyY8oEene/j70O3egk+qNRbYR3t/FYL3yG0ctL6PzgWwzK+4AB&#10;vQbx5A/5DJ/6GJ19Auk26h58j37N9JXZ9H90HF4aG9wiOjHgHlM2PDmau97bTG3EgzwU7SR42aV6&#10;SnKtEDJpJMppINVN6n9tEeWiboorY5BIMmsk2kRugL6ou9xA/8J2iWgXI2PxDGNfRr/RjZq9P/Pl&#10;YUPuHNUDVwczrDtO4EnPM7x132A6vn8Ep05dkJXVUCXawdhUcY1YKDLxDgfGPDeJqh+m8E28Lx+8&#10;Nw5v10B6jnuAkDOTGTjgbj7a3sDQyXcRaG2CgaGRdntJz8qdDl06ElQ0l1EDx/LpznS8Rg+j9x39&#10;GNzRg7wFTzH65YXCkIlmzIAIbMUYvDg+ZXqiDqLOBkZe9H6yP7bl63hp5BDu2dDEgD696Olph6mR&#10;HP2rl8YlWTAUuslAPEc8SKYnxtEvY16OqakhenqWdHr0UybVfcWA7t0Z+2EKI797hs5uXnS7/zWG&#10;5H/Pu7MSGfbqY3SxcOViuBuZGDcOoV0Z8qA1W58cSv8npnHUZijvDArERE/0o5HoA+k+rbwa3VTs&#10;lT8MQQD+FqjVak1ra6tm9ZrVGlMzU42evt4VHwO5gUaukGusrK00GzdtbPvVPws5OTmaTp07/ars&#10;l38MjZ01k7elauqbBR+/DFL962M+0NjoG1xxv6Wjj+bpzbltd12CuqFYc2L5mxp3Q6Mr7r/WZ8KE&#10;CZqioqK2X95iqFs1xZtf0LjYm2qMzTpq5p8p0jSrpL7N16y4O1Cjb6Cvkd+zTFPc0HThdnF/XdkZ&#10;zYxhnhpdc1uN/d1va96730cjN3fWdH34J012jVKjVpZqTq39QBNh7qTp2GOs5r2Pn9K4eEZoQsZO&#10;0tw/sKvmnkde17w3eYzG0tBFM+LRqZrTOQmapR8+pPE1NtOEjXtJs/xstub0knc1o0McNBH3P655&#10;44l7NX09vDQdO/lovLzNNVbj39OsPpurSV39jKZXiIXG+t6pmi1nYzSzx/fW+Jlba+76dosmq6JB&#10;U7LjLU2wp7XGyLSDZsbBNE1dS1sfijoUrntCY2GmEHXuolmeVqPtz/8XEPWU6qpqbdY0ifZQqZo0&#10;FVk7NR8GDtHMiq9uu+k2/u2Q+litVmlam5s1LWI8q2oLNCeXvq8ZMm66Jq26se2uvwdSOVqaWzSt&#10;KpVGrWrUJP40XtP94xWahKI6bTlvBNJ9yro0zbKJAzXfxFW1Xb2NfxL+BnpzAU3NLbz//gc8+OCD&#10;NF6Vw0Va7Xj8sSeYP38+P/zwA71792375v8xpOVeOweCjf5mZ4RbCmHpG7nT7o4u6ClrKInfyumK&#10;q1YcdIUFbWyCWauSlooKqq86sPJ7kGGKjbsFZtbNglkbiisXzmxoNA0UZdbTUKMWVvfbjIruzbNr&#10;D5LZUE98YRW1LTf5ov9H0LSKNpozAe9nNlBSV09NciwHjUMJtbux1ajb+DeglarsA3w/ZiBv78ql&#10;vraIxNQkqjt2wOGqgGa3Gpq8Hbw8+mW+35BAWU0asbuqiXaww9Lw33sI4TZ+jb+NfMz7aQ6zf5il&#10;zd1yNSTy0a9/P0bdOYphQ4dhqPgXOlq2QaZppKKmkWsdntB18MRPcbnzlw5yQ2eifa5xbFGmh77C&#10;HGuDf29b/BoX/ACcQu6gt6mKkooMNp0pbPvuAmT6htiY2xHYUkRmzC62ZIDSyQ3zG5RUmcwIR3cf&#10;zGxMOH0mmby8sgtfqGvIS6+iRoqipVbR2npxr7iV9OwyquqU/PEzEf9x6Crw6XUfE0veIMQ3kD6v&#10;HmXw108QbSuRu9v4b0AXE9sAOoxpz4EHo/Dseg/f1Azgy/FhGN10CPk/CYdI7htjxNp3x9AucCAr&#10;rIZzZ7dgrI2l7Yirt1Zu49+Kv4V8ZGdnM336dCqEJXs95OflaYOLSZ9/s4BJDk4nc6u0jmxXQ2bX&#10;jnt72bT9JaCnwDJ8GB3trtENog2kY6h/bQ6G/z1kMgMsrcUE1tOWxspyMvcep6jxkqOX1PfSEWxd&#10;QQTUEkHQN0BuYYbiBptB8jI3sXLAwswCHZX6UqTchlLOV1RqQxaPfns2++IS2PXVKIKcFSiyMqiq&#10;/h8ct/03QCuHuhh59ef12buJOxHL/q1zeDDa+dc+CLfxr4U0bvQMbYkcPZk1R08Qd2AXmyaPpZ2D&#10;dPzy7+1nycE5ZMxrLNu6l6OxR5n3/r108JCSMN5cOQwM3Rn2zQIeDLq1kTpv44/hbyEfUsbasvLy&#10;63qVq8VE/dnUz8QEUN125d8LDc3k7o4hp7Jea1lfDj2FF6Peep8netmj0VdgMuwVpr47EU/TK4/C&#10;XYB0YsESF6+LoZ7+K9DB2NyZ8K7R6NVXUnR6J/GVl7eTnvjeHEf3C1a1gUIfc1ND5DesAAV5sXMh&#10;yMEeZ4PLfiN5yAv5qsMSTzd3vDzc8XB11Tr+GZSXomxsuuZq1W1I/EO0qSDK5jZOuIo2c3aUomz+&#10;zdbwbdxaSCRTR3IEtcDexRVXZyccpYSLN5Fx9q+CZHTpG5lj7+iMi4sLdpYmWqfamyFB0r2SE7SR&#10;te0tz1FyG38Mf0uvLFmyhNra3wrHDEVFRWzburXtr383ak6sYnt6Da2XuRFcGAxybMJG8Pr3Wzh6&#10;cD97PnuMXoG2YoBfa+VDWO2qVpob/mU+H4JwqXa+zaCe3ejUuSvD7vmUhMuz9UoTmcIEe78w3HXV&#10;FBcnsyOp9EJeDgnCyjYwMsTMWtpn1sHG1ARP2xsPra6F3AoPQT5sTS5sWUmcoqmhlrpmJRqFLRZG&#10;kke7Doam5ujq6dFQkk5+TSPNbYVoaUrm88fH0KtrZ3oNfY19GWW0Xoc4/7+GFMSrKpOd3z7OyIc/&#10;53jZHztkelPQKMnfP4tnHnmGaRtPUqr83/nqaJRlJGz5kRef+JwjxZdW7/7NUCurSN75LePGPsLM&#10;YyVtV28OmupUNkz/nA8+X8H5qn9ajqpbi5bik8x67zke/+hnjuVdeYrxNq7E30I+pDT50h77b0H6&#10;furnU6mt+/d3WHPVORbPWElSqRQ2+9KkpbUg5WY4+YTRoX172l2e6fFqCMXe0lRPZfm/UKlVZhIf&#10;d4qTJ2M5cXQ/KbWXEyhBwiQr2jmQ7q6G1JcXk3z4DKVt30p7zwZyBSYW0nFQmSBmuij0246b3Sh0&#10;TLBzNcfM6oKDmkpypisr1B6z1Tcyw0JhoCV85rYumCmM0TQXkFPV8EusDymWRG5KAnGnTnE8ZhdJ&#10;5U2iH7Vf/WlommvIPr6cdx4Ywf3PT2Hr2VRi1k7nmdemMG/ZAj596yO+3JNJs+rGSKdaVcHpRV/x&#10;0ayfWTL/Y96c8jWbYzNpvJz5Xg6NiqrMQyxec5yiioZfYrBcDxopqFfVUT4ZP5xRP8b96rmaViWV&#10;eckkJOdQ2yLFEWmhriyV2J0b2Jv851cy1XVFJOzczeHjyZRriYaG5uoCUpNTySv/a4LDqetP8tnY&#10;wQyddfL67dYGTXM1GQcW8+qTgnAU1Qv5LSQtJZcaUfcbhuiD6uQdzJr+LfO3naW29CxLP/+caT/M&#10;Z+57b/Lq1MUcyf3zelDTeIZvJ41g0LcxVEvh3W+EQIuyNVTmkZiYTEHtr2LG3hhUjZTl55KdU6rN&#10;u3IjUKZv550XHmHKoj3kVN+8zlOp8tnywr08tT6WI989wNjXVlBQf2PP0aiaqMqOYf5799NnzCSe&#10;mrefnJo/Rpo0LbUUZKWSnF1ETdOfF061uo4z859lwqT3icmpQvUfWp6VSUde2v59y+Dn70dmppTX&#10;9LdhaGjI7t17iOrQoe3KPwu5ubmMGz+OEydOtF25PvTNPYh47D1mPXMnIXaKa/tuCMXe2txAYVoZ&#10;ln4umIhJ9iI06nqyY9fy7qhnWCxIzG9hzOgxfPPNN9jb27dduYUQ4tJUeo6DZ3JoUZkQ0iUKZ1Mp&#10;pHAThaePcrqw/jK3TUEe5OYERAahTo0jsUKFoUsYXQOshWKsIDMunswGHSydPPGwbSXlTDa6lo74&#10;+thQl5PI+QIlCksHPL3d0K/KJjG9EitnT/x97ajNyyAlrRBdezd8fDwxqc0lNS2bBgt3/MX9hjVZ&#10;nBN/l9a1ouvgg7+lipL8AqqbRXlC/HCyMUO3oYATp1Mor23FOTQSd70S4pJyqFNeUrrauBIdO+LQ&#10;lMbB03moMSO8W0ccjQQ5ulaf/hZEfytLz7P9p/f5YmsDo15+kzF3BGJQk0d6iRJrazMaK+vQcfQh&#10;2MnkGnELfg0pU29FWgo5rXJMdRuorNXF3s0DJ2uTa/pkqFqL2Pfxm7xX048ZLw4hyNH0N/2KtOSj&#10;bBuPdriX7fesIv297oIwt225CFlQtdRRnJYgLFxTwtoHYi2rJnH/Ej776TS9XvmMByNvJDLtdSAm&#10;wsqza5k+ez/yqJFMGtcDR0MZDcVpnM2owszVB08nKxR/cmtAXbObh4PuZM3da8n7qKcYh9ffUrq4&#10;2vHq1AyeXPoFXfWLSctrxiM8ENu2UOm/C1Gv8lOijRYcw6j9XTx3px8VmQU0yg3Ra6imWtcSD293&#10;7G8osN71oak7wLMdRjOv309kTx2IlRR743dkSqNqpka07+mUKhyC2+Nveynq541CIth56TlUCP3g&#10;4eeG+Q1sezTEL+De579B1vc1Pnx0JAE2N+doL+nLvGPHyXEMwac+ibP1rnRu535JVq8H0ReN5ans&#10;WTuXeXmu9LEsZM/RMrzufpX3h3ghF8bPzUDdWE5qSjoVMit8RB/aGv+5PlSrqzj0/nAmLXNm+rpp&#10;DPKz+c/4Wv0t5GPCXRPYuHGjNsDYb0HK5zL5zclMnjy57co/CzdDPiSonULo26EjEx69l8jgdoQ5&#10;Xzz2qUbVkE/8iThidmzjuNlovn6uG9aXnYTRtFRxfv/PPDn2LQ7V/3Yo67+VfNzGH4amqVL06WJe&#10;eXkqxyrNGf7gMzz3zF04VcaxefVqdiQp8e7Qh1HjB+BUEcvGg8dJKVdjaGCCta0RrRpD3CL6MTzE&#10;gtKTG9leoCAwsit+tbEsXLGFU+lVuPcYx/jB0SjOrWbR8TqcLBpITMqiyL4vz9zTB4+iFbz43Fds&#10;rban26PvM+P+cNSn1vPV8hhhqckIGfEM9w8Oxlq3jOMrZjJrVwHBfYPY89rHxN1/JflQtwrinLid&#10;Gd+uIUPXAueed/FoRDNbP3iTj/cV0HHMwzz3wuO0kyWzZfVKNucYEtZvLA/0DkKv4Bib9x0koUIH&#10;Iz0zPDp0JqD2BJu3xZCjIyaOASMZ1s6IQz9/zSc/7kbHozfPvf40g8N12b98NbtOpFLt1ZcHJwym&#10;u68Fdan7+XnBFhJLDOg26QFGdPTFKHcb7804iFukB5mHT1PYbMfYV55loK81+q3FxK6ezawduQT1&#10;D2XvC29z+L515LwXSemxtUybdxClZQBjnnuMfp7m2vpKuIJ8LPqAgIJDrN1fRefhIZScPkKO2508&#10;1d2JuqxYDsSdp9njDgIqYliz6QDprQ506DucO/u0xzht5SXyMcafkmObWbFhP+eqzOk2ZgIjegXT&#10;cnIli2PKsTRVkp6aRZ5ldx67ezCdPU2pS97DT/O3kixzp6dPLSdSLRj72N1EuahJ2DifOdvT8ewe&#10;wJG3PmT78AXkfn6BfEhZenN2fc27K4vp2j+Q+K0nkAX244nHRuFnqqG+JJEtP/3IuqQGbH06M/Gp&#10;SUS1ERCNqpbcE/vZsuoYNR5WlMSlYhTckd7RtmQc2EmC2o/Bo8fTw6mWQ5v2kNLkRK/utsRt30Gy&#10;sJ/0murIyGwgfPgY7uwXjX1zNgc3rWTLsTKcHetZtf4A9iPfYUp/UzZvOIuxZR2ZxVYMu3sYfqok&#10;FizYTlqNKX0fe4w727lhdDmx0G7HzeOduYdp1ZHT/r53eaybLfWnl/H67Hg69vMjfkssTXZh3PfS&#10;Y3SRMjBKP1PVUxi3lVnvLqflqU94PVLG+XN5NLuEina+ECxS01pF2oFd7NqdRI2NgqLEXGw63EHX&#10;QLkg2vvJMopg+J0j6eQKmTGbWLlhr5BrU7qMHMfIvmFoTq9laUwRxkYtZKdnkmPehYcmDKGrtyHl&#10;sZv5YcU+ssub8O0zibuGRuNhpUd5/DZmzN1GqnMEHdJm8+UBP2ZumM5AjxZOrf6B6VtTUUXdwweT&#10;+uJGAgtemEd11wBy4zLp9vTbjA68JLMSNJpWaguSOLZmGSfVFuTEZWHiE0q3SHOSdu6n1KY9Iybe&#10;Q2frGk7u3sDyNYepdWpH3xHjGB4M8btOkZadT5Eyk1PlNvQddicjo7yw/J3w9r+FW77tUlpaKixZ&#10;nxtKFCdtvUiRT+sbLoWF/TdDpyCBvZuW8tWH7/DGi0/yyKOPaD+PPvYojz31IpPf+5jvlmzkUJUG&#10;vastkpYm6krzSGv8g0uft/HPg44Bplb2eLuai/864B3ki6IqhYNb17IvW5/gAHtqkvaxZOVeUrKS&#10;ObVtLceTirH08MfXXEXe+WQSzwsLWVnC+QMJZCRWoKrLYs/GExQ1WuFr28jxDQvZejyejHPH2b1m&#10;JcdK5Xjaqjmz5Wc2xmagNHXFy9IUuXMw0T52GNeeZeH805h4RxBuVcSi6TM5XFBLUcw8psw+ikV4&#10;Z3xUBZy7yvdIUmYNFekcW7yWCkGygy0q2PrzT6xJb8XO0xkTU2vcA4Kwbc3nxJ4N7EoFLzsNWUfX&#10;s/RELrWlGZzesZ6jZ/Ixd/fAUhCwIwnJNLiE4C8vI/VULOfLdXBwtMHe1hZXby9c7HXJ3iUIRmEr&#10;nr62lB5Zz0/bYknPOMWyuWtIbLYm0LGObYs3EJtSRF3xObZvXsPyOCWeofaUH1zFVxvPUtGgpPjo&#10;At7/4QjGYvL0UxeQKNVPraIh/zBff7mWes9wAuTJ/DhtPek11zGaVEoqspM4tO80pY3NVBdkcPx4&#10;OrXKagoSkjizJ4OKvHiOxJ2m3D6YIPN6sk/FEJ93IZS+FsLyrs08ytpTmVRae+KszGCnIJJHz2ZR&#10;nH6SfetXcKRQB1cbOLdrCRuPJlGef5r5sxdysMqUYE8Zx4TOXLv2ADnlVRQfX8pncw8iE+X3kZWR&#10;3Ki65E8lQbyvShC1FatWsjFDQWiELYXb5vPZ6niqass4f2Qti4ttaedvTemeNSxcE0tlU9sWhKaZ&#10;ysJEtm/fw+F8XRwtVCSuXcbSbUlgakh14n627TpBaU05mfFxxMalUV5RSPzRHazcn0y9qQUGFWdZ&#10;tXEfxzKyObdjLYt2pNNs64q5RrCThnppsRRVVQb7d6xiZYoaV18fbDVpzJ8piK+BG2EOFaz8YQ2n&#10;cytpuexEobr4KLO+O419RDSBevHMnvqV1g+nIf8kK9esYUumnKBgY85vWsx3ezMuZfltbaKyKIOj&#10;aXlUnFzHB18sZm+NFcEu5lrioYUgNqU5Z9iy/SBxFQbYKwTZW76UNQezMTDRIf/kHnYdiCMn5Qgb&#10;TqVRbOGOa0sOe1dtJuZMBsVCPvdvWEVMngonGx1S9y5nY8xZSvIS2LAyjmYzT0Ic6tmxZAH7zhVS&#10;X3SKmdPmcbzZUYxROfmpVaik/UVNCyVHf+ar9bnCSGmHY9IcJq8/T50yn5itK1m5twR/cd3V5Fpx&#10;WdQoa4s5HXOInVn6+PuaU3FiDYs2JaFwdYKis2zZdYzThw6xZ1MqBn5CfuQFHN+/ib1p+WSc3cu8&#10;2XPZfiYHTeV5Thw7qF3l/jO4peRDWin45NNP2LN37++uekiQFmHS09O1n/8KNOoGzh89wI61i7VB&#10;1C58fmbBknXskhIe1WhwEprlirP0GjUtylpKclIov5ju8zb+9ZDCJVs5ehEZZHfhv51C0MkWE8ze&#10;TEw6jeWxh8fTzV1STrs4kluLjlKGnX0QvXv2pFeXaELlcmTC+ijMzyS+VAcTazc8bKzx6NCLsffe&#10;z4NjemJWX0hWQQkNKg2yVn0cfDoxalgfMcEWCuu4iBa7ANo7WmPs15XhHTyxtHAhctg4Hn74QSYO&#10;DqP03F5iszOEchUTeEMQEybeRZ9IH5x/dSBLCgtuiXfXO3no4Ync2c0PTU4SyfUmeIb7Y23jQnCn&#10;ztg35nD0cBq1foO4f0hnPOvPcezAKcqUKnRF/Wxt/OjVMxpvdRmJqdXo+nVn9D33MbZvB9ztnfD3&#10;c8XDzY3g9u0J8nHDwTeKQeMm8sBdgwiUV5CclSsU4wH2nCzBM7ovd4/uREPSfg4k5VMnFLZG1oqx&#10;YwhDxo2kn9S2xxLE5FhA3OpNxNb5MeauCfSL9sfVQIaOpon801vYcd6AgXeNZ1QvN5J2rOFwzu8Z&#10;QzooLJ3wcfHAJjWVrOJi0QdlVCjccG0u4uy5Mlo9ujDyrvuYMKgLXlaXZ7sV7WjiTIfuw5h4n6h3&#10;by/UlfkUFEnH9aU+FJOdZxTDh/YjSK+MuNQc0k7vYXtMKs6d+jN21ADauZqgPXykriRh43ZiK90Y&#10;OnocAzoF426oe00lr6tnRkD7XoyfeDdD/Gs5JKz1AqUeNl5dxLX7uPvOnnhTQVLClVm3hXLSntSz&#10;D+nC0KGdcTdtpKLZloioDngZVpB+PpHiX1IaXIBGpsbAwokOvfozOMpDTAxZZCfHsePAEc5q3Okq&#10;rOg+0cFYmly+xVOPoXN7Bg/pgUNtPHvjagjuNYSJoztQfnwbe86XorzMn0SmsKPdsLt4/JGHmTgo&#10;lPzjB7Up8rUQDWDj05lR4wbTwaiaREHgqi8GFZS2FZtqyW5pJKNOB0uDMo6tEbr6aN6VflfiPrWB&#10;Ca7tujN0UCR28kZqEXWKjsCZItJS06jSc6RdV1HGSXczuL0LzQV55BcKkiTmNVmrHnbukQwb0pcQ&#10;eSXxqXmUt5gT1HsYkx54kEnDo2kVpONkVjH58TvZfDgTvz7Dmdj/DkLcTNGVthbV5ZxetYk9+p24&#10;T8jKeM9Sdi3dTKYgzq3yVorMQxkzfpQY39ePv6NnaIpnhz7cc9dQOoTZUW4RztARw+joaU6B5KeX&#10;lk2+IpRxokz3D43GqKmQQ+dLaGwR87elL92H388jvd0EUcwjs1yKZ/XHN05uKfnIy89n9erVwho4&#10;TkvLjVnwSqWSWbNnUV5e3nbl3wddHcEsuw9lzNjxjB8vPpOe5a133+Xth3sj1E7bXRJkGBvZ0SvE&#10;8YoTL1Lgq7rKApKPpfw6Tfht/HfQUkdhTiZnSmRYuDpjZWmFra0xTRXZnM2poFXPCCO5iXabw8DS&#10;jQBXPZobUjh6PJY8Q32s/NywtnTAL9QFM1Umu/adITP/0qkyXbklNsZGGJuaYaynR0V9s1CoVyoL&#10;mbC6OnVyoCn7MIvWxtHUUk1laSrHj+Qit3bCVqGD3MEdH8MrVYUU+8PAyB6vqGBkBafZuzOGGvVV&#10;TnpqpXhWDkknz3HuwEpmzlnB/uMpVGcmUSAUpo4gY4YKU0z0DTC3dcakoYgD875nxoYT5DQrMDHU&#10;u8IfRcpP4RgUgoOZkrOHDpKaWyAUeyPF6ecpqcokZt1PfD13E2k5CRzLLqNGSrcuyulgY4pCboqt&#10;mRGG1ZU0KAuIPZaLvrmDqJ+uqJ8HvqJ+upoass6epKQui00zP+frZYeoqEnlaHZNWwmuDx1BxJxd&#10;HXHQT2LvyQRyqkrQiwjDz8URU1UNxxbO4LtVB0lpMMTs8nrJdDC08yLcyQLdjKPsPp1I9mUJznQN&#10;LLAWfWhiair6UJ/qBlHG5ARqVWZ425tjZOZEkLclhnJd1KpS4k7mIjO2wUa8Q27vio+R9K62h12E&#10;eLe+eG6wp61of1s8vUxoyTpFbrMhjt5htNfJJ/bADg4WXyMgpJiPFXpyLG0sMDExxNTOFDMLS0z1&#10;hd5SKVE21/OrA0iijuamRlgIObQwMsastZHGwlTOFBRTr1BgJq7bODgiN7osrIDoNxtjOXIDNSUp&#10;SZTXZnNg2Uy+mLud/OJEYjLLhaxeIgcycx+6dbWjJnkvCzamtV0VEHWVTrQ52ZqJZwkZMDZAv6pS&#10;lPEy4iI+GjHWLIK6C9LVFd+qI+zcdoySxkvyLNXbUK7AwlrU21Qh6m2Gubm56BOZqHcDjc1KZFae&#10;hDlbY5B1nH1nEq5IVKej7UfjC/0o5L26sQWlwpHw9k7oVp5h7aYTlFaUU9NYRU7SWSG7YG9lhJ7c&#10;Bi9vc/T0dET/FhN7NJf69D3MmPoF8w8Vo0ncR3K5mCV0dGixEkaseLZ077Ug1dNQYYCrsw2mRqZY&#10;enhg7R+Ai5khCn19msuKyC4WxkHiThZN+4JvFmzhxMkMavIKUeoLgtx5MMN7d8FX8hMT/d1yg07x&#10;18MtJR9SQiEpYNTNQCIpy5ctY9q0adrMt/9G6Bv7MfrhZ3j1tdd4/bXXL3xefY1XnxtL8OVKXFeO&#10;UaCwBvyvTJuuaWmgJPM0e2KL267cxv976FrgKUiqsjWTrTuSxcTpiJ+PvVBcKWxdtYQVW44IS6Re&#10;0NabgZq69L3M+u5HthxPo0JaKbhBQ0a77VKawMbpM1kak0nVxXPK14VMECgPOvQbw6gB7bG6LOGg&#10;lLzNPuQORt05gC4OLaQc3sCCHxewU5Dv2uZLM5mmtYz4TStYuHI3p/Oqf0WkJMjMfBlz3/0Mbe/+&#10;5+I7CO1q4tqRR598gDtcbyDWjo4hNoJA2rjWsHXLcYrrzGkX6YdbcEdGjB5CH2EsZhzfyuIf57Hl&#10;YCJVEjGSoGmhIuUQ6yWfmNhkyhuaL3PYvlXQCEO+Tkzolx+NFtZzfTHx2+YxZ+0hsqTZ758IiwDu&#10;efQRBgXbX5Gsryl7P99+NZsdcbnU3ow1LuYnA0MTXPR1sLIQJN3YXJBUDTpVVTeZ6Vr0Y3oMG9es&#10;YNvJtEtbVdeBRrR3Q+4xlv40j3XCaCioa+Jqzvbb0MU6YhzPPT4Et6sMgxuFrjB4DQ0NhLF8gZ2q&#10;VK20tEryd6HeumYudI7uRP9gOzGXW+Joa4+9yV8XZfZPjM7fhxSQ6EZ8Pa5GTU0N3377LTNmzCAp&#10;KYlW1c11y/8cukKYvf0JDg4hJER8fG0x0NVFz6kDEwaEYaqjKywPIwK6jWDs/XcTYnnZKReNCmVV&#10;Pgn7dnCk9L/h+3IroD3SWZpOzJbV/PDdd0xbvI5dCXnUKK8a9EIRNRXFs2nVfL6fsYiYJClvRR4H&#10;16/gx+9nsuZ4KpXCwlGXJ7F60Twhc3M5mFaCsjaTLQvnM1PcszGhmOZWNU25MfwwcwYzZv5MbPFv&#10;OwHfEPRNcHTzJNxOQ1VuPhWVFZSW1iO3cifUzYrLR45Mpo+lZzjewhLMLZRh7hCIv42c+tyTbN26&#10;m4QaCzp2DMTN3rjtFzcATRN5h5fx89rjNNlEMnaQHwaSE5+hO9GdXWkqL9Baf7U5KaQ1XkUuVE1U&#10;5xxj4eJdlJsFckePSK1cXwEdOebWTviF+RLUfSzPPHk/I6XtFC9/7A0vKTCNupHywkIq9Fzpds/j&#10;PHlnOPK8M5w6k0bNZdatpj6b3Vu2cjC1Gc8OUXg620uh+LB298bK3JXOIx/ghafvpnNwe7p42Qvy&#10;ca29b1EsXTuiOrrSUl1EqVS/7GRSRf1UMjNcA0KwMnFj6JOv8spDwwh09CPK/Urj4FqQVoKMbT3w&#10;dnGjJSOPUrNIurjoU10s3qGyJXrCYzwztiNW5QnEnjgvyNoFnSZty+adPMDmvfGUWgXRMcQPl984&#10;5aIR9XX0CcJUt4b04moaagpISq+kUZAZHV1bQXhcRTuVUSZITG1uGmkNQravnkPF363NFcQLOW9U&#10;lpKZWY9+QEecNfkcWb2WHZXmhHbpcQvD54sJ39yFEAc7jJVKamqrKMrJo6H2Wqk35Nh7+WJp4ky3&#10;CU/wytPjae8Txh3edsgvkg+hMyvPrGPGyqMonTsyrq9gejcKXQWWTj5EextRUVJJfX2DGOvGWPn6&#10;YKm4ielR00BB3CG2HkigzDaYTiEBv9mP0unA4rjNrFx/kGJ9Hwb3CcLaQi6eo8BJyKCZ+GdxRQOt&#10;tfmcTa0SpEAt+teGiHYOGHv35ilh2D49IgKX0C54W14rSOXNQhgHxhY42wYIGezLxOeEsfz4XXTv&#10;Goq5s3jnLWAKt5R8WFtbY2dnd9OrHxLqG+qZ/t10vvr6K9avX09ZWVuOjn8BWmrPsflMAQ0tKjH3&#10;XRj5kqrVlVZEXnyBxx54kIceepQXX3mT10cFCyXZprTFvermGnLO7mHlxmPU3Pb3uDY0ggiUC+Kx&#10;eR6fvPcWL7/0Ii+8+Q4ffLuQXacyqL7CCtfQmH2Yn6Z/wCuvfiIs/BRqqtNZN/tr3nrldWZsP0Np&#10;vVDQxcf57tP3ePWVd1gfn09DZSLzP3mf119+nblHc1G2VHN+9fe89vJLvDR9i7AM//yGmEzXGMfA&#10;KHr28qTu6Epm/7yWIyUKgnr1pbPrrwOr6Vl70y3Ag4gOnth7u2OjkCETJNbO0pDWsmQSMgpQNTbT&#10;2tSiJUvXgpT7xt7bHoP842w8kUmVngVegsRUpB3ldH4j1sIiK603I2LsMKKMkli6aAk7jyWT/yuX&#10;LRk6gjxZuhvSkHeWs4WNWBqpqW5QY2hhi6t+BYlHj1AkdxVExhuTlC3MmTePRWt3EpdVqfVn+AWa&#10;VuoKz3Ng1xY27jxKRnETFj4BeHm5YGVjj6VhK1mnT3MutRw9W3MUrfmczyoUJVXR0tyK3KUDPSJs&#10;yTy+i8U/zuLn1ftILa7heiEmZLrWRIwaQpRJCiuXLmX7kXPkNouxJzPAMXQA/QKa2LZ4IfN+/JHl&#10;O+O1/ik3Al0TOwL8wxkgymIWHISLkYb60jSO7N7C2m2HSSmox8TDD28/V0x+ie8jlL6RFRIXK0lM&#10;IC2vWkyArTQpm65sozbIhMVr4duNfh1cST+8hcVbd3FQkGOlFFNCx5KQYQOIssxh0+oVbD18lmyJ&#10;fLT99nKo1DIq8+LYsHQRm1PM6HpnP9zMjDEys0VVWag98aE00aWlrobGG4zVcTPQMXSmR9dOhMqy&#10;ObRhNTtiEqisuwahF6TOXNS3b3szEvZuYtEPMwVZPkRWZeNlsXfEP0QbetvoUph4gJM5zdjSQtUN&#10;xPmQ6Qjy4RZO3zs7oJuwhaXSqpVFJN06+2P6e8d0r4AMfUNLbSr6oowcCgSRahbkXtmovGbaBpko&#10;s8zQAhdrQxrz40nIrRRyraauvgUzv94MvsOTlN0bWLTtAHHZUsBK8QzRv2EjB9Or+Qjz5//Ej/MW&#10;s/VMIU1XPV7d0khJymFWHMlBeR09cDWk1Qx9Y3uCPT20PjYrxPNn/7yQxbtPklqulFr4L4fuuwJt&#10;/74liI2N1ZIQiTw0Nd3cUp60BRMfH8+JE7Ho6eqhq6uLpaWlNv/L/wLSiszKVSt/dztIir2Q0WhL&#10;v54dcDVvi/EhPpL1au4SSt+hQxg8qD/tvG0x/oW9C+XXKoQm+RCLZ37PnL0Z11Qa10JQUBADBw7E&#10;xMSk7cp/G1L7Fp3YzJzpM1iRosanXSSh8mpSj8ZSZupGaEQwjsYXrV4NyvyTrN8ZQ1qhHp0HDyLa&#10;S4eYjbuIzyrFvtsIhkT5YVmfwMKV+yioUtNh1N10c6pl06KtpFc14jn4PoY6pPHtW99zvFRNxBOf&#10;89YgL6FobkY5SZD6uIn62lrUFn506hSJi40VtjZmtBQkcDyjCdfoQYwfcQeu8ibqlLrY+UUQHuim&#10;naxkMmHnK3SxdvPAz8sLexMDDEzMMBZWV2lOLi2OAfjau+MRFIKXtRgjCkdCo9rjZatPaVkTdsHR&#10;dA/yxs1Bl/LMVDLlQQwb0Bl7lZhsknORh/YkRGGIafueDOnagQCjYg4fOY9RRE+CjBQ4d+zL4GDb&#10;C3EGxKSgb2yGvaychLQi8Iigo5sFpj4d6RvsiGljEfnVKlw79CLa1w5VcRKxWS24dxzKmEEdsNFR&#10;UtcoDBSfCNqF+uPs7Ii9fi35iXEklRgQ3HsYw/t3xMPeAnVDDUWF9Vj7hdIxwIb6gmzy9B0IdrcX&#10;bRFEpw4d6R5qTVFiPIk5rUSNm8SQjt6YU0NelR7BnXoS4WZCU1EZrc7h9OwchLNXIH6ifkeOnkMe&#10;1oNgQ0E8Og9gTNf2hLvJiNt7lHyVAyOeeoJeXmaXYiuoBTGor6Om1ZyIrmFYqBtokFkR0SUcByN9&#10;7UqvhYMVnqKsnlammFrb4WDcTEnSSUHQZHh3GcTIoV1xNlAKkizH0TOUyHBn9JRl5GVVY+/vi7OL&#10;F34BPrhY6NCsa0tAZHvRrwoqKpRY+0fSNbIdHT0U5Kec41yrIJ/F50lv9mTQ6P6Eh4fjb1LJqZPn&#10;0Q3oTKCxIQ4d+jA8wgEDya9M00LxyZUsONTCiHGdKT+aiH7UaJ6f0A0nUxPMLTWirGlU6jvRrp0L&#10;puYeREYHYCltk2lUNNXVUt9ijGfHaALNxWSplGHlGUaYh2jfRhUmLiFEhnqi29iEwtadoAB7VMpm&#10;zFyCiQoVJLSpDqXclsDIDnSI8sdGU0xGaglmXj5Y2rsS2L4z7V2NqW3QwStC/NvbETMrZwI8jcg6&#10;cZKkAhndH3iUIaJsUoh/7RaATEcbRt24Ppfk5ALMuwwhXE+OU9fuBBgKGWgwo0vvvgRYQHVJNXK/&#10;aHoIAm8k6V7xe125Cba21sgLTnE0X4+g4fcyobPHJYIoyHFjTS2Nupb4ivHkbdxCXYsB9j5hBDor&#10;aGjUYOUVRbcuIZg3lZJXoMTG3RknJ2d8AgJws9KjWcca/3aiHx0NqaoU5No3msG9O+FmUENmWjYa&#10;j0j8za2wDO5I5/Awov3MKIw/zVmZB/3CbDGxD6FH7874B4fioUlj24EE6p0H8vSjw/EzUVKcV4dl&#10;VB8GBdmio5JOVa3l8w1qhvT2bjvMoEHV3EhDgyA3/lEEWsmob2oWfMaXDk4GgvA2ITP1pGvvICzk&#10;YkzHHCdVbU97MQ7HtndEI/rW0NpeyLUdek3V1Agi5OHuJ2T8cufpm4QU5+NW4ttvp2k2b96sad++&#10;vcZAbqDR09e7oY+hkeEVfxubGGv69uurWbZsmaaoqKjt6X8vcnJyNJ06d7qiXNf7yA0dNXd9tkxz&#10;KrtS0yxoq1qtbnvKryF919pUo8mL362Z/txgjb1ccc1nXu8zYcKE/1mb/C+gai3THJ//rma4q6XG&#10;uPv9mg+3x2mOzn1TM8LfThP5wHuaLSlVbXcKqFWayqMzNHd299IYGgdpJs/bpSnI3ad5cVAnjZ2h&#10;mabP+ys1yaWNmpbEeZqewe4aYyMnzUurT2nKszdqxgZ6aswUZpphP+zRnJjxoMbWxFCjCBitWZ9e&#10;+5v9eRu3cSvRUpmpiTmwV3Mqs0RT25ihWTGpp8Z/2IeaQ6klmmbVb8ilkFl1S53m9HcDNVaOnTQL&#10;UhravriN/xJULQ2awqTNms8/2a+pamppu/rPw8W1v1sGDw937ZFbGxsb7crFjUBXRxdvL2+io6MJ&#10;CgzSbt1Iqyb79u3jpZdfYtmypdr4IdLJGFGHtl/9s6BqLWXNuy/w3g+r2HE2k5LScmqvcsqTgo21&#10;1FdQWJDG8d3r+Xn6F3w0ew/lV58auI2rINqtuYVm0Z7GcgOMhbVuYmmIwsEGE3MLjK4Xsv4PQJKv&#10;utJTrJy/j4ZWfTwnPktPYe3cxm38r9BSdIKfvnibD2YtYcuuIyQ2m+IYGYqtuRH/gzxwt/FPg1qF&#10;prYa054BmF/H7+mfgFtOPrSEQyYjIDAAPb0bawgdXR0CgwJ59dVXueeeibSLaK9d2pG2W6QEdUuX&#10;LmXXrp0knz9PcXExjY2N/0gSIhGQzVOfYNjLXzBn/iLW7T2mjY76y+f4MQ5sWsys7z7i8QkPM2X+&#10;TspUt4nH70JmgJmlGebWBlRkZZAQd478BlMcOt5J/17d8LO6udDMvwWVpoWcHWtZdq4UtUMn3h4d&#10;jvHF5d7buI3/AeS+/XjjiXGYnt/M1x9NY7NNX16f0AU3QcB/K1T+BehgaOtLRHgA1vLbMvxfhI6B&#10;CY7Rd/FYJ7u2K/9M3HLyIZ2F3r9/nyAe+jfseCpFOpVWOZ544gm++eZrYk8cx8zMDFtbW9zd3Ylo&#10;146UlFS2bN3KmjVrOHPmDHX1fy7a2q2E7oE5vPvWKzw4rDudu3T+5dOlW3cG3vsin3y5mKTG286l&#10;NwodmSH23h54BTugyDvA+kWL2KvpyMtvTOb1YRE4mv2VPkEqsmOOka9sRDX4Sfq6CgXf9s1t3Mb/&#10;Ajq65ngNfIaf1+3gyJGjxE5/lgH+NlccPb0mBDGRAt35jZvG7q3zGOx2ewXvNv53uOV61N7BATc3&#10;d6ytLG/YWpTL5dxz9z28+MKLPP/88zzy8CP06N4DZZNSm6Bu2bJl7N23l9TUVG3G3B07dxAXd6rt&#10;17fxn4fMAGu/TgwYOIjO7mbUndnInO+nM2/3ecobWm7ZKpissUEb9fCfudF3G7dxG38UUoiD5oZq&#10;SopKqLiFOuQ2LuGWkw8pr8vJkyeZcNc9GBndeAwCKRz7RQGQVj06duzIk48/SZ/efaivr+fw4cMs&#10;XLSQ6dOns2LFCirKK7T33sb/D+gYu9F5xL3cO34QPmYG1J1azezZP7LmZAFNfzLy3tXQ6Ogg0WbF&#10;ztWcKmkQcnnh+j8JWv+hxnrqGpS03FRwpN+GNu5MTfWFaKF/FUQDqlXNNDbUU69s+VMhmm/jj0PS&#10;rxp1K8raGmr/yv79t0Fqh6ZyErdN495hE3l37Xka/22xpf6F+FtWkMPDwgRhkMI+37iSkfxDWlpb&#10;KK8op7CoUHu8NSMjg/PJ59vuuATJ56O0tEw7mG7jv48LSlOFjpk/4557i8/eupsIBwPKDq5j345d&#10;pFarUKvVqFov/PfPyoXMzx8XhTGq8r1sT6y68P5/mKxp1CUc+PQZHv5gHgdzLoVYvxoX2051g+3S&#10;2pTMT0OjGL4kpe3KBVx8jnQcXgoCqBL/lcIt31i7qKlN2cn095/n1Zl7qbjexCe9Q5AqlXiuWn1Z&#10;m7e9W9qeVV1+/R+Oi23Wqm2z328r6Xu1qGOrJMcX/y3a+s+QNW0ZpDbV9peK2tITzBzVi4mr/3g+&#10;rV/qpS3flfXS1kEbOVP6TqrLr++RoC2T0PfNbXW9+vtr4YJs/Pp+6d8X6tjWbirJOb0FVds9l74X&#10;bdB6oSyttVXUivu87nuS/rnJFF8WWv2vgvQe9dWy/CdwsR6tzVIguRt/nvZ3Wv3YNn7Ev6Vy/RVl&#10;uhn8LeQjKipKVFBDZPvIGzrxcjG/y/vvvadNFS9FOp05ayZLly29ZtK51pZWbQwOScBv4/8BWqvI&#10;OrKI58f1Y8xbq5B3GcPwAZ0w1lSwPT6Ro2fOcPrIWr5+YQbr1sZTdVmUzJuFrkxBn8df5NkOjmLO&#10;rOWn5TEU1P97M+5o1BUkbpjFD9uTqGj4E+OltY7sfV/RMaIr7yxfxvsj+tFrWqywGP/KVSc1NbnH&#10;Wb58Ewfj8mj9RTmqKNw7lXsff4cl+5KvSnz2T4aSrH2zeH7MEJ77dBXZdb/d/hp1Ebvff5iJ78/n&#10;YMZ5tr1+D+M/Ws7pwj8X+bipPpHZgyIZvjS57cqfRTN5xxbxzqN38fL3eyi/jExqxJg88dO7jL//&#10;VSZ/+R6PTZzIO7O3U3i1j5syidmPDCFs0udsTiy9LIDY9aEuPsPKD2ezL7PyV/e3VB3nm0EfcDA7&#10;i/0fdsQ7dDCrMi7GmRJGbfoe3h/ci07v7KCiWYWeqSVmuvqkzfmWLe6BOBj+9adENOpyjv24lmMx&#10;56n9EzrpEjQ0Z63k7oBH2ZJ3MxGXmyk6u4lZrz7AVzFZ5J2KZeesLeTeQFC2vxJ/C/kICAwkMTGR&#10;kSNHYqi4sZC9WstVYmRXfa4FaWXkhx9nM3fOHJoFEbmN/ziayjhx6Ah7DxZgYmSOnVcQXcPCaW+r&#10;oLqggsL0E/w8+3umiXvy9TQ3d/xQZoy5kfyXZFySn5K+vi93jAlER1+GZvs37Mz75+W9kOnY0f31&#10;6cx5+wG6uZm2Xb0G8mJ49/OFnCmsvqFcEnpyfx7cFMuGu/3arrRBzwTXbk+zN2Ynb40ew+vLN7Dl&#10;iUgML0uQeH3oYOrXj2fe+YapT/S6Is/L5VCrK0nauIbF24+T2HDV7PKL1dv2978FUrnbLM4bgUZa&#10;VZKs0ov/Fjrwz1e5bRVFLfrBtgNPrNnLotHebd/9QbT1x9X1ksksaX/vm/w860OmPPMG04SOfuvB&#10;PmJyv7rP21ZI2ur6u9A0k7t/Bh+uO0adsPyvgPiuYO8ydo4eSZSNoWi3ZioqUlkem3vh+5ZGqtJj&#10;WZ5UgTZyqIBMbk3I0JdZs389n48OQHGDYSFuBpqcY6w8Fs/5isa2K38WMgzc7uSnU9Ppf7PH/wWR&#10;V0v9VV1AUtxuVp3/+90W/hbyIcXsOHXqFB6enujedFTI34e0XJSdnc3PC35m547tbVdv478LjVaB&#10;twgl0tTaTLNGjomlMcYmuugay1E1VlFeXkyhnjEaQXb1r07rqTDC3kgHhc6vyaxMZoK5QveKI4s6&#10;MgO8O/XFU2GKpi6FhUey2765OWiEUqzIOMDMJ/rg5RNAz1FPseh4Acr6Us7vmslTI9rh26EvD01d&#10;RXxJJek75zLtpQmMHXcn4SG9eejNj/jmw6cY2iWKu975keMFl054adRlHJvxDq9NW8FRoVh/fmQ8&#10;Ix59nqcmDqJbRCgTPl5LQn4KW77+idPnk1j91gN8vDmeguSdTL2/OxFBoTzw5U6yq5RXLOG2NqWz&#10;4sFhPLQ+o+1KG6Soj2XxrHp/LCHBEfS9azLbMwrIjlnK2wMfY8GZKnFLJed3LOWzh6aydu96pr4x&#10;lh73P8A9Dz3MU9PnMvPb9/h4YQxV9eWk7f+RZ8fcQcSddzHpsXsZ+eQbfDjrB+bt2Mz+dTN495sf&#10;WXayiJZrGSBNRRz9+WX6dQnBbcIUcV8+9dVxTB80jveWnqSsoRVNfSyf932aBbFFNNZlsv2z8fj7&#10;eeP22CxOFClpbSlj17t98X38DV4a1Zmoz4+0pUdQUV92juVvDyXyicm8dW8nonoO5Z3l21gz7Rmi&#10;Ow1i1Dd7yW9ooq4onuUfP0p0YBTDH/+UPVk1op1aqMo6wuzXJ9Ku70ReWBRDQe1VtE+8ozrnMNOf&#10;H0e0KJP7sKf5csc5Kq4R1l3qmbr4Bdw34TWWHkyhTljQ9ad+YOyTsziaWkTBmaU81rM9vt6euD00&#10;TVj+NVQf+pSQ0DFMmTyCdt1f4kTJxclPTV15PAsfm8DzW7NFX9eREzOPpwe2I7rrQF545xkGDpnI&#10;z2cq2+4X8lBfxOl1U5nUMwjf9j2594OlnC65ZHVLCesydv3A6w8+yLs/7aO4sYnqrEN8/8q9dA3v&#10;wPgXv2XPuTJqkjfy0kOPcN+kkQy682GmbThJebOGlqoMDoq+HNojivEfrSaxqI5WZS4HZj3JHZGB&#10;uE36lM3i98rMzbz4yT4yk9fywj1vsz+r6hfio2rN4cCPRQzr6t029jU0Kes5dSSZcmWz4B5VZMbt&#10;JbPpQrk1ykpSxPh7YnAU4e2jGHz3cyyLS+bk+p+ZPPFl3nhpFL5dR/DgD/vIqW6iIT+Wee/cR3SX&#10;YTzywvM8990sZh/LpyZzH18+O4YwHx8Cuo7n4xVHKWpb4VG35rJ59gr2b5nJx+9+w4b9cSQLQ2Zc&#10;3yh8/aJ4Zv5+8mqUlB/4nKFTZ/DV02N4ccVGVrw4ghemPE+f8DC8Iu7ip+3LeXt0B/wC7uDDg0U0&#10;FWzlxf6T2ZWawPpnxvD2rC+5MyyIqL4PsySpXIhfPQUnl/B0/1C8vP24Y+hDLIiv0M6ZanU1KYJ4&#10;LPtiBuvXfsfUL9ZTUP/3GVZ/C/kwMjLSHpPdvGnTTYdYv1FIrLu0pFQb0Ow2/uPQN8DUyABL3Vry&#10;SkrIKyogNyefgtIm7Gwt8XBzxsbIDOOCdCoLs0hNTae2sgpDS1cczU2RG1rj7WCDsYEOhcVVVNfX&#10;U5iRSGVjHTITe21gnstXS2Tif7peXbg3yEr8S0nqpv3k1P2BJcr6MtLPnOCgZggzf5rOk90dOL5o&#10;K3FnDrJz/wlkfabww7t3414ey8q1xymrqeRsoT423Sbx4bOdUMbtI745hEefuxubmjyOx4p6/ZL1&#10;VU2TuL+8ul5LyKobSsiOL8N/6KM8OdSD3G1rOZnWTLvxQ/BwcqXXU+/zwB3GHP/mW3bbTuLrH17B&#10;fO7nLDhacFW22FbqSoq0+W9+gbBym+sKOL70W5YUduKrH77lsQ61fD9lPuc0ptj7l3Iqv5qWmnKy&#10;c1JIMHPAWa+BupRkWupNGP7kqzwRbU1zdSVVtfVUph1m5cqdFDoN481JvbCsTGG/mGBkLh0ZFNmJ&#10;sO5jeOye0QwMtEbvVyfmmik+tpiZe5sY9NS7vB+Uwsz1+0msNCMgsp7T5eXUN7VSn3SYLXIH3M3V&#10;FO74kvcPOvLerNlMUSxm4o/HBdFoQVlRQOmOGLyfm83c8cL6bTu6qlG3UF+YR3liJaH3TebB8GpW&#10;zZjNeZfhvDjOh4KtC9mfkMHp3ZtYFavDxCkv09e6gGVzNpMhZHDv+lWsSTXmnmcfZpSPKZV5V4YF&#10;UKurSNm2kyrTSF756n3uNs1i57a9nCkS913eFW1QuHrhXV5JabmSxpZakmN2U+fuiKVpDce/W4zR&#10;+PdZ8sNLhB6czSe70mhoqCI/8wD77J5iycyn8TG7lPBMo26mrrSY0oZGakviWf31Yo57P8FHb92D&#10;ZfweMoqKqWsLjiiR56q8sxxPSMbywa+Y+epIvCtiOZ5a0SYzKmoLTrN2+x7OqJ2I7ByCWU0iK35e&#10;SYJee96Y9h7dSGH18s2cyC6jsvgsJ2RhTHj6WUZ3lXKpgFllI+6dxvJAb2fyt68n9lwmGXvm8M1+&#10;PSZO/pT3XWN4f/khcuSRvHB/KDbOPXnlk6eIdDL9ZbWSnGOsKfIi2r4tHo+uMEqcnXASBrCU5r65&#10;qZaqwkrCO0WgEHUqzzrB7qX7sH1oBivnfsRI1zq2Ld7BeUGEdu5czd5kXYYNCMEqfTPrRd3P7jhC&#10;eq4jo0e3R3V2O6t3xFNbl8OxDQmorYbwxcK5TBlqQVryCU7n1WmLJNO1p9voPoR1Gc2Dj99DR+ME&#10;vt2QT/h97/PT9EfQXbacTTEZVNRWkb3kGz7dk0xGfiW1FYVszPTkle+n8U6XLD58cx3uT3/P7Kc8&#10;WDljC9nCACsvrKBRjPmy/LP8+MVc8rs+ysP9dVg4eycZuYJE7diBYtJ3rPr5C+4OhW0rYyhrbNEa&#10;Wu7+0fSfOJquvcZz/309sTW8fjK8vxp/C/nQEVLRoUMkSeeStA5HNwspuJgU7fThhx/Bz8+/7eqv&#10;IcUUkeKA3MZ/HHq2BIaFEBpqxvmdC3h14j28MmsD51sc6RgYSLuIQAId7LCti2PORy/w+AfLOJnZ&#10;gGlkFC4ezhjL7Wnfrz22jibkrPmEB+8cwPCXF5Ne1IBdvyEEuVhxMdffRcgUnvQe7ouUuLX66EqO&#10;ltzIpsVVEHpQIyzk2uRiqnTtiBzzIC883QWd/FJKs13oO6AnXbp1I8rJCnXCOTLrVDg4O9A+KprO&#10;UaHYRnXEMbwLXdsFYiMTFm9pFc3X2YqURnadgzcufuG0D/eGmlSyKpToW1kiN5Bj7uCKXX0yi47m&#10;4BgQSnBYJAEOxfx8IEWbGfi3nM+06fRLzrBx4VmMug+lX+cOdLojHOtze9maZ4RXgDu5MXFk56WT&#10;U5CFeedw7I30tPFZrMw8CPBwxdXCSKt8NFI20HPJpKY04egVzh1dOtLBxxNHPRl6ClMsTUwxNrPG&#10;3tYKCyP9C5PJZVCrKknae5pEXPEJiaKTvyA1R/eRkt+C3x2R1JxOIb+0gKRDe6FrezyshQW8NpYU&#10;B1Hmdu2J9jWhZO0azlVdsIIN9V3x8/Em2Nn8ytUvQXhtXQIJ8wvA38tTWMsGwpL0xNXOiPryAo6d&#10;P09aUjx1xu506RCIo6WajPPHOHL2HKnnzqIxdaBDu0g6hPng6X5lin6ZjiBKwx/ioSceYGBXYaFa&#10;ysjPLaSwvOEXJ8mLkEokMxUWbLc6ThTkUVGZzOGtBnT198bG3IVur33Bi+N7E9E+GA+dcmITC6gV&#10;xECjo8bP05+AQHfMrrXN1dpEdeYJVp2twCmqM50F6YuM9hfU87L3i36vLy/hXGwuKSWt2Hccy+Mv&#10;PMeIUBsknqZsKud07H4S6k3pMmYCPbyMKUuOJVGQLZegaO7o3J1eXexR5sZxOiWXOvFsJztHAv29&#10;RHsZoy/au8nRCwePYCJCvaA2jazydGK3nOScwpeQsA5E+1tSt0cQg/JWbK2N0Jeb4eTmcCnPi0B9&#10;3nkOewbgdDEVq74ck75D6W9whMMZ1TSWZRJ/xJEuHf2FDOpj7hbFqDc/5ukhguiGhRPk6yKIaB2t&#10;LfrYu9/B6Cdf55E+gUIW68hKTyWxrJIGn06MGj+RhyaNobu3udBJ0ngezb2P3Un3DlFEhTiIfq2n&#10;or5Ju5IokwIjWpljbGotDHFzlAVnqXULoEvnaKK7DWZgdBXJxYXUNLaisO3AU1O+4b3R0Vgr9AmJ&#10;ihBjuAM97vCjKrw/PSNCiW7vT1NKJtXqy2VUjkP/l/n6uRF09XOkPi2fFjN37rj3bZ4f1pmw0HDC&#10;fJ1pzCmgvlUqk64wxEywsLXGzMxGGG7m6P+BJLB/FH/bm8LC2yGXK3jppZfYunUru3bu+t3Pzh07&#10;WbRosVBIdzBwwEBefeUV3nzzTUxNzdqeeiUsLC3w8PBo++s2/quQ6RjiHDmYh597lhEhdpScTyFN&#10;35PuT7zKMxP64ecUxOBJj/DUxGhMlAVk5FXj0mU8Tz54J5HeNoJYiN93n8jk1x+nl3Ur2UlnSMpu&#10;pfP41/joqSH425mie9UkJ2WD9evRGxe5ES2VCSw78dvJBa8JuRXenQcJK96VnL0LeO2Nz1l2No/i&#10;qgbqVeY4WgllamyOtZEcw4YyqpRqFEL5GBsptGPHVBAqKzEJm4pretI0dD3i0Qa1tOUkiIZcYSDu&#10;brkiRon0y6aiNNKrytjz7bOMHfEI3yVmURWfSHlj87UM7ktQt9JYnElMuRq5GHNGwjhQmJkg01SQ&#10;WKLB1s0Px9MxHIzPIz/JhjvCXbVJzWQ6eujpycW/Zb9M7FJK+UJheWe1GGLo7CIUvDEmRkYY3qCj&#10;jnbVIKuIiv0/MeUJMRl8son0+BNkC6JlFNKFiLQkzqfHs3O9Pj3DfbDQLeP0uUIad33OvaNG8djM&#10;U7TkHCe1VqqxKJeeEQrxbt2rfFdkgnXqGxoLcqKLnoECPV0prL+2F8Tk0kJlZTH5GfGc3DefZx54&#10;jA/nbCKjIo/TqemUFpagq6+PQvShoZEhRoKIXQ4p4aRcDlXFZ1n34w+sPiiIW8OFEzHXgkzKXtsl&#10;iMqEVJJP7GOngTehrlJaAYWQlVZyk/byw7tT2VFcQ52y+YJvj0wHU7kor5hcro6CKtVcOmlSXZBG&#10;rkqHMA9bUVZDTCyu9h3Sx8LJmwBB2FJ+fIfHnn6FqevjKKpvFu0gQ1OdL9r+NKdOF2snb7UgluU5&#10;xVSUqEW9RduJZ5qaKVCV5pCXX4Lkb6sQ7amvd2GbU9uWF2VWfkFmm+qKSEgppHrfLF66/y4e+XIP&#10;ReePk1HdzDX9jKVtssoSlC62mFzMSivkztwxgg49Ddkan0OJ6KdY+3ZE+lloCYv0nsLk7Uy5eygD&#10;R9/PlJ/20irImp6hLX5B3RgQ5YetqUL0ITTW1VCiEuTbxl5M1q4Ehofi42kj2lBNc+lJFn7xPMMH&#10;DeX+KYs5mFx7xRbmRUiEuyijlKz1M3ntgdEMHj6Rd1bsY5uQy5qmVuSdBjH4jg4EOgkyIOTQ3NwI&#10;uZ4BhmJsWHh6aFcnDIQs6bS0iLde7EuZMCocGDa6P1FultoxqSP5FrUqKTy/kw/uGcqAkRN5bcZ2&#10;WjS/M77/Jvxt5MPSwkKb8dHWxpaud3SlR48eN/SR4npIp2XOn0/WCmXs8ViUyl877JiamhIcHIKz&#10;UGC38R+HUKQGwsqL6CMIxOczWL52LRt++paPnhwlLFkHMfCMcQrrzl0vfsqPC1axdu1qZn36Bvf2&#10;CMLBRCg16fcWHnQb9iAfzvqZlWvXs3bNEj57/REGhbtgIixDmUUHMVDnsHzNcib398FQTw+jwHH8&#10;uGyFuHcRL/2B0MUyXTkWroH0GDmSESNHMSbaidYDwoorU6EvHVuVZgnpv0KpqmRyoXiunCSkCVFP&#10;msSvmjz+CKQn6BuZo9AzJnTgRJ5+7g0+m7eEJZOH4SwmiN98g3i/nrEpjpe7rIoy66t1sbKywcHV&#10;TVjvJ1lzOJkKt050dJSed50nionXWExKFmICUNfW0nyTHqQy0U6WxkI5+/dg1H1P8vqH3/Pz/C8Z&#10;E+WJqV0IPdsVsHvnZg6YRNPD20pMambYmRmhGzZcTJ7PM3nqTyxf9Al32P+ZaJ+CrOhLk7U97kE9&#10;mPTMa3z81Qxmf/AKY0IdtYTjt6Cuz2Dngpl8NWcHBWZe+Lm7CJJ0/R6QshtbhXYkJPU0e9YdQSe6&#10;PX4uQr/WnGTGG+8wbVsGllHdCRL9eKMedlL0abkgvnJBaItrr51CXXqviWMwQx94ng+fG017x1aS&#10;1s5l0ZLdFAiyJMOMoOje9PNzoSYuibRqwbdNBJEwuXKa0TUywdhYkIwbKZy+EdaivwwC+3LXw8/w&#10;xsezWLTgC4YG2mNwtS9XG9SCSMkM9H8xICTZM9S3wsnbkYw9O9kbdxKDHh3xNtEV5FcpyMgpdiw4&#10;j8vIx3jhqYcZ1TMYXbX4lSCYRsZmWCiEPhD/k6Crq4ckzfrNEvlpoUHIbH1tIy0lCWzZc5pis0ju&#10;f+oZHhnVBT/H66V5kORFzInt+3L3o8/w4ouvMOWrH/n2nq64mgvSYGGNmTAwrjaAJOhLW8Ki3r/+&#10;SjxTR46djekvqxfSllpFbjxbZsZhP+IxXnz6Ecb3DdPW7Z+Av418SIrT2cmZwsIiYa1cm9FfDem+&#10;RmUDHoLtmQjWN3vWTFatXqmNLXA1vLy8tKdpjMV9t/Hfhza9vLkDAZGd6T94MEO6dyTczVoQjwsa&#10;TVdMMvbe7ejaewCDBg2kSzt/HM2FxXpRYcl0MbRwJuyOngwYNJjBg/rSzs9JO+i1VpjcjsievRko&#10;fhvlZiEmfXHN2JXuA/ozePAgurpfe/Xtt6BqKCXp4CpmbkzD1MVLWDYm1Be0YOZijrFlFkeEVVae&#10;n0FycQk1Tu64Gt264Sm1gq69Dz1cjMAmkC7d/ZGd2s2hatmFVYprKL5fIAiDkX0IA3rYUBp7kuzy&#10;SgpSk8k3DRXkzRVbJx/8I90pTsvFpWc7nH+jHtKKkrOXGy7WzZTkZpObk0VKTjZ5TTemI3R0zPEN&#10;ccTe3BLfsAiCTPI5llRMfWOLMHht6TSyM4XHzmLevT2+DiZCedsT1skJc10zQu7oQqDqFBtOViOX&#10;3dj7rg1d5Ka22Lt6YC4mcM/QIKyaCkmIzcLQwQtnd3caaqqE7sslNVX0b9aVPh+tZZkcPSmseaWC&#10;wAA/rCzMUGmu3/5S3+hZhTOkjx4JadAxzAN7QTRaciTCd4pWG386iWutMinNwO9PNNIdMj055u5h&#10;dLfWISkxi5IyUdZT5674tbRKVZxyRJD5A2Q49uaBCQNpZ6ckK7NAe9xZ39yJ4E6DGd3fk5bmVA6l&#10;1GLrG4CzhZq87AzyS/M4d7YIlbUf/t6umF6HPFwOmb4NAe2csDa2EGM9kkCDdPadLdOGV7i2iMqQ&#10;G5miqqq7LNigaC99OTY+QbidWsnK/Q307OSDViw1zdRVFJCWDaG9+tOtgx+2sgbUsmvSL/Qt7fAU&#10;xEbv3CkO7d/C8iUr2HW2GHVjJXllDSicQunVvR2ulkbi0dcm0tLKrWuAP4Y6Jtj5RtK9sx+6qfEU&#10;ltVp+/33W+VGoaapoZLCjBbcu/QW7wnG7rp1+/vxt5EPCa2CkSoU8t9WbJdB8g+REsdZW1mjUrVq&#10;I5pKf18Na2tr+vXtr10h0f0b96xu4zZuCnr6GOi1ULR3Fi88+zLfrjuBLLIXXTq2JzLClKRl7/Hi&#10;+z9ytNGGqP6ROBjdAucvCy/6BpmRvPZ7VqcYMez+UTgkzGfyS5OZlQS25lJysrZ7rwNpr1hh6Uuf&#10;+8YTVryKl195hx+Oaej5yH0M9BbWs7k93sF96GfjS/tgOy2ZuR6klQvbgCh6dPagIXYxM+es4Hi2&#10;tAIiCiEzxsnfHduGM6zcuJOD6ZXC2rySJEhOc969RzLap4INM9/nzR/2UapjhKGhgbAcDbAK700P&#10;0xD6dnDHXLSnriAroWMfZKJ1LB+8+iKTlyRh6GSP4e/lRflNCMJm5kJEt35E2xTw45R3mbn2GHWm&#10;Nljae9G5V19C5Tn8NGMuq04XoL7qXTJzF9qH+2BcdJQ5a/aT3aLGWl1LU20dLddZCZLp2RDevz0m&#10;Qd3p6GmrdZ7WEYRwSBcXcnfO4d11qdh6GGFUkkeN6gb8k3QMMHdpz6jR7Wlc/w3vTl3A6Yp6UbPL&#10;hEEi/MamGKsFwVvyLd/O3UqOgQ939IvGTiEscu1WjTMhUeF4GNWRdjiOapv2DBwQjUHGDj55/RO2&#10;ZJvQpV8/ojyt0b+hacAMv0HjGeeWzc+fv8Xkn47SYGyGkVyBbWAU7uok5n+9mISSOmGsiraS6WBs&#10;74anYBOVbfFGpNfoiPqZOofT27OBwhoXwh2NLtRNyIilvSt+/iXMe/dVPpy5gWyVMaZ1dVRfFQdH&#10;eo6ukSNhHQKxaTnJ7JmriC3WYG5rhp6lK0GOarJ2fs8b781gd2odDUK2lU2XRfC1cMLfrJCYDbtI&#10;1wuiv3Mt22Z/wPPPT2ZFQh0Gcjl/YUJuAT1MLMU7w6tZ+v7LvDV1HglNpti2qC4RM7mJmD8NkWXs&#10;Zc26Y1Qo/74YRrrvCrT9+5Zj1qxZdOnShdDQ0N/McCs5uzU1NwtGncmePXu02zULFy0iJyen7Y4r&#10;ERwczMsvv4LnLfb3kAKZrVy1Uhtt9Z+EoKAgBg4ciImJSduV2/gnQlrGNTa3wdFCjo6RrbDUo+je&#10;tytB7o7Y2tljaSS+t/cnumt3ukZ4YmVqioWjp5BrN2xMjDC2cMTHyREHczG5WogJ3tcTZ3uztmVW&#10;YZUZWeDkG0ighzN2NpLSaU+UvwvW5ubYuAcT2T4CdwdH3J3ssLaxwyMoSlwLwtlUD31TZ8L6j2JE&#10;BzfMrsjaq4OhuQM+7doTZNu2fSC+k+piZueKq7WRqIs9AVG9GdavA+7mcvETQU5MbPBy98YrwAEj&#10;MdnqCMvazM5dW6ZAL3FNKFoTK2e8/fzx9XTDUZTLzsZKu2xcJcZXAU707iustRA37GxtsHf2JMjT&#10;BTtT0XbStKFviKWTD8EB3ri6eeFqb4GBwgzHwK4M6d8FfwfzC6THwBRnWw8CRHtaGovfirIZ2ojJ&#10;yd5IkAALPCMHMHZwNE4mcgyMbfAI70R0uBeml3kcS74qUht4Bbcj1McBYxMrnH1CiAzzw8bcAhev&#10;IDp1iCBUWsFxsBbEx1q0R1d69+6Eh7UZlrYOONtZY2YtJuaISLp2jqZdZATeLtbIRRl15KbY2zth&#10;by3Iimsgd3TswB3tIogI8MLZyQlX/2AChYxYW9ng4h9CoKstJnI9UV4rrN0CiPC21/6tY2yLj4sT&#10;ZuaW2PpFM7R7e9oFh9EuxBc3zzC6dRaTtbm07SjqYyH6NLwdgfaCTFg54RseISZPa2zdnHEwNRZl&#10;tkLRnM6ZIksGjh9DqI1kNOohN7bEydkBO2PJB8mXyG596NOtHU7mppg7iHYODsXfW/SZpS0uouxu&#10;3l64izLZWkiOww6Ed+9Nry5hQm7MMLfzICxCyJWbvSBP+ihM7fBrk1kbrcyG0KF9e/x8/PAW/akr&#10;N8c5tCcjBnTCS8iJkRgDdjbW2Dl5ERTqhYXkgyPJpl4jWT/vx2zEAHwtDMS4sBJ9FE6EqwMObm74&#10;tu9Op3BplcoMBydPIgPdcHKxFHOSKW4+Ypx07kyor7cg0L54ebjg7mmD3EAh5NUFb48AAj0dRPtY&#10;YOHgTainIU16ulh7d2NwmDPmZqaY2XvTLkr0cXgYoe5OF2RWKpeBMVbmJpjaCLkPi6Cdr6PWD8ZC&#10;yGP7PkPoLspkZWaGlSCsoU4WKMQcKfWxs38YPrYm6AuiYOPoQ7iTGbp64neOXrSP8MZBkK3gDn44&#10;2Njj5BcgjBYhC3JjbF19aRfhi4uHFQb6JqINAmh/R0/a+YtxGeiOnYM7Hn5BeDvaYGNtiY2rJx6u&#10;oq6/YSz8lZCJif5vWYPJz8vjueef58EHHxSD84ISk47FmorOklBZUYmdUMCSzjM2MhaKRK49ljvj&#10;++9paGxgx44d2vuuhnTC5b5J9/HxJ58IAfkrs5n+GlJ5x40fp02H/0/CmNFjtJFg7e3t267cxm38&#10;O6CR4mBknuLQwbO0OHegR2CLsHC/YF1lIC+98TwjAiza7ryNWwnpOHFdaQIbl+ylvP0o7vOvZ9fM&#10;l/kwxpdvFkylu+O/JwOuqrWY/W+8xvp+H/Ftf+e2q38NNI0lJB4/S0atBVE9PajcMZdFcXUEjn6W&#10;ieHWWvJzGzeGv4fiCOw/cAAXFxeKiopITk6mrKzswrHby6iPxIOk1YWSkhJiYmJYunQJcafjrks8&#10;JNjY2GiP4d5q4nEbt3Ebtwaa5lryE/eyYu43TJ2+kLMVxnTs0A5/m9sp3/8+aFC3SMee9zH/q8/5&#10;8rv57M0ypcug/viY36jb6j8DOjpWhI6NpmHrEXLq/uJtBEGW6wrPs3f1T3wx9SuWHijE0imC9s4m&#10;t4nHTeJv2XaRVjC+/vpr3N3dtI6hUrj1kOAQOnbqRHBQEIFSbIZ27fD19cHVzVVLKPbv38/MmTOp&#10;rq5ue8qVkGJ/eHt706tXL+2JGCcnp7Zvbh1ub7vcxm38tdDGGjC1wtbWTBuZtrRWhke7ngwZ0IMA&#10;R5NLDsK3cUshE3aovqEVru5W6BbnUdqki41fd8bcNYgAq38bCdRBbmWLaWY1ZuFe1w3f/4egq8Dc&#10;QoGspYLcgmrMfaPo3q83wU63ZfVm8bdsu5w+c4YPP3ifhx5+RBCF3lri8FtoaGhg9uzZvDPlHW2S&#10;uWvB2dmZZ555lv79+2lP0VhZWbV9c+twe9vlNm7jNm7jNm4l1OoG8k/sI7bMiqjOYTiZG2qP1/7X&#10;cMu3XaSw53v37NE6mXp4eKJzAwl7JHLSu08fhg4del2iIvl6dOvWjdCQ0L+FeNzGbdzGbdzGbdxq&#10;aBqz2blsDWtXrSYmp/KqdAf/Hdxy8lFRWUljYyMuLq6Ul5fdUIwP6SRMaEgIH7z/AcFBwbi5ubV9&#10;cwnl5eXs37dP++zbuI1/K6TEZQ0VeWQkxZNVdY28RxoNrbVFnEtJ4Vx+Da03GoRL/K65PJ0jCZkU&#10;VjdeM9LiTUH8XqNqoiLjBNu272RPSvnvlkWjUlJTVUxWYZ3Wn6Ak6ywHdu7jxNks6rQR1W4NpORm&#10;OUdiOJ1RSuMNpC7XKAs5m16p9Tm7HFLfNFXlErf/DDmF2Zw+lETZNZK93SikoE/VhamcPLiLmDPJ&#10;V+bL+SugUaMsTierspHWxiLi9pwmv6aGwrj9nMqvo7HgNFvi8i+Lf/HXQQq5X1+SRdr5JPJqfj/v&#10;kTZPTG4RFaU12ky2vwvRN02l59kbn01R7ll2ncmlWtnyqz67WWhEmzXVlZJ9NpaU8t9OS6+tY2m2&#10;to651Tef20mbWDKrkIry2useoZYga66kQOVDpJc+NUJ+b3TIS5Dq06KsIudkMiV/Qlb/Dtxy8nE2&#10;Pp47unZlxMiR2jgc+r9xxPZySBH3HBwceOzxx5g06T78/Py0Ph6Wlpba76V4HwsWLmDnrp3/OB+M&#10;27iNG0crNfnniN2/k7jCaxFpDcq848xbtoz5BzNvYuJQU5e0ljd+2MSR9N8nCr8HQT1obSojbtH7&#10;vPjhNObG5F07w+xFiEmhta6A+GObWHo4j+baXGI2zeGNKdNYt+s0FW0xGG4F1Ko8dk5+la/Xx2kz&#10;2v4mBMGoSVrCB2uSpSCtV0ItJpviRDbP3058ajxbF+8ju/5PlLulnKRdK/j+gw/5efNBsqv/WmdI&#10;jbqWlJVz2JBQjLImjS1zt3C+JI/DXz7N5wfyKDv8DXd+cZCqq1PQ/wXQaJooOLWZlQvnsSeztu3q&#10;9aFuyOfw6p0ci02j/ppx0q+Gmsasg8zdcYbUxJ3M2naWktqmX/fZTUNFY0UOZ3atJyb3yuBvV0Oq&#10;Y2HcVlYtmMvuG6jj1VA35LJ/2XZOnsmm8TfqrDHzp19ACfEVToTZGGvTEdw4BEmryef4/MVsTq76&#10;VW6gfxJuucPpwoUL6d69u5ZISMTjZjyCpS2XwIBA9PT1CQ8Lo3fv3igUhqSnp9PU3KQ9MSM5pioU&#10;Cjp37qwlLLcStx1Ob+PPQLJKWptqKMlOIzkzj/LqBmQKU8wtrHFw88HVUk5ddTmlDTqYGkJDaQnl&#10;ZXU0NeRxNLkYmbUfXdz1KKuoQ6nRw0BMNgXZWWRk5lBYXodaX46h/GJYZg2NOUdZnqRHx3B/3BV1&#10;5Fa2oG+gj0xZRnqKsJBzpLwyTciNTZBrask6X0yzuoLUlAzy60UZTIyQS4pPKDCNmIgrsw6zft4G&#10;rO95j3dGhmLULJ5zPpXc4nJqNYaYGOrQWltBXmYptQ1FxB/dy/ZtazihcsGzOYODiRlUhE/g5bu7&#10;YkM12elpZOcVCQtWhZ6hQgywMlHfUkpFXRobW1A1V5GflUFGdj6ldeIeAwX6LRVkl1dRXVZEYW4u&#10;5Q1CTyikUPSCpFUWkJaWSWFNMWfX7KQosDd927khbyjgXHIGeQUlNMvNtDlOfsktU5/Duq9e4sfq&#10;IHpHOGNQkktZSwvl2RXIzI3R11FgL8UqkZsT1LsDntZGomNEHTNEHRuLScsS5VfpYWJkAMpqikTf&#10;pmSIdq2so0VXtIniwrukI8W1+YnsXneKKuOOjLu7BzaGKqqkrLuNTahUSsrys6/oS4VuMyXCUi4v&#10;LyK3IJfcqhZk6joKs7PJLalDx9BImxtFWxchW/VF+/nhuYUUuPoRHBhCSEQA7m5ycjcvIcl3HP10&#10;DjHtvA8vDA/U5j2R5FHVWE5GUj7VjUWkZxVQ2iRDT1lKWqpoW6Uaub6aGkFgytTGSCFcGqvKKMoV&#10;ZFa0obI8n/RUIStCHpt1dGnKSyQ5txqzwE74yBsor6rX1kNXWUleVqb2+bWtMuQKXerP7mDWsv0U&#10;SxFMA1wxM5LitwgqXifatLyG+tJ88oR8VjbpojCUoydT0axrRbC9uE/hTu/oQNxsFDTmZlImzQWZ&#10;5WBmjK6Qu6SkNNFeoi61KoylLNZtk7e0SqJubaQiJ4WkjFxKK2rRKMwwNzPHxs0PdzszVHVFZJbV&#10;0FCURU5JDSo9IzGmLvVhZUY88Sl5KC3dMG+uoVYlyifkT49m6soLyMrMIKeomiaZlMtHtImQ0/Kq&#10;SooLCsmJ3cSsdSdoMnPE39ceXVHX9IwsCuubaaos1QYlU+hJCSNLqLP0JzLYBUMjCyxMDdAI8p5Q&#10;qoSyLFKz8qnHGFMp0aJ4b3VuConpoq1E26rKS2gxtsPKNJF5+3TpFe2Ckd4/87TSLScfn372GcOH&#10;D9fmdvkjkE7KxJ+N16bkl3xAQkJCBOko1RIPKZ+LtEVjYmpC//79f9eR9c/iNvm4jT8FdSNF5/fy&#10;w/tv8t6s5Rw8nkartReW5YdYu3AJ8U16JBxYz/IMS/qGGnBu0ULWrIlH5WFGTm4pGnNH3KqOs2Br&#10;AlUKK8yLDjH7i6/4atZcVmw/To25B/5eLlhovfsvkg9dOgTZ0nhkOV8fUuIpnlV/dClvT/mKuYsX&#10;smLXeUzCOhKsd4xXRs0kpWw9b380i8UJdfhHRBFoe+Gkg7qlhoRlr/L6krNkp6XQ7BWOQcxc3pz8&#10;OUu27eZUrRV+PjY0xK3j/ad/4ND5lbzzxXLOJOeSE3eEfXv3c/xkIlkFVSjlxuikr+fLj79izsIV&#10;HEytwszLB91Tq1m+6CcWrYojI0cQkYIY5n77FTPmLWTd8XJMnb1wrNjCm4s2snPlIlYv+IltCSoc&#10;fXxwMqnkxMqZvPnBVyw/lUJ6YhYGHQczIFDOuXXTeOG96axYsYFMeQCRgc6/ZEFVpaziobdWk3Pu&#10;FCftvbH46XXmpOSzZep+jHt4UrjiW1754HuWb1jHrvhyLAP9MUrdxLtP/sjx9NW8991aYquNCPRz&#10;QZ2xm1mfvM8nsxawfs8ZivW86BDiiLE00aurSNy+noU/LmZXUirVRWfYmHCKDavXkpBZSE15Ljt+&#10;msFXM+do+7LazA0/mxIWvzaDNbvXsHj1AqZvTxf8JpkNc2YzZ9VRNF6hBLpaa4O4ISah7K2f8dG6&#10;w5w6fQ4rQVLnPbwIw4HtkR1ewzm/X5MPKbR41fm1PD14Kier9vDNtPmsTKxHr2gv334yix3nKrF0&#10;1OHs6q9Y3NiBoV5qkrYs5ftPttHgY0nK8ml8+Ol0Vh6MJ1/XEhtNKUWltRi5e9B8YjMbj+Wh72hH&#10;c+Imvv78C775YSmni9TYupmTu30Da9Zv5mS2EndhYPp42AqSAFWxP/LI/O2cWP0TC+b9zJ5UAzyD&#10;fHDQzWL9D1OZ8sVsVixbyppEPYLCrUj55Fl+Op/Gqik7UfSLRHffDJ589SuWrV3KukMFuHTtSZBV&#10;27ygaaWm8AQLprzM698tYe++k1Sb++Ohl8Lmbz5hl9oF5cmZPDN/P+krp/HDpjjq5N4EC/J5gay1&#10;UCHIx+EDu9iy7yBbVm4hvtYQZw93bFsy2bvqez79chrzNh4lp8UcV1czCtfNYPHG9cyZuZAfhNye&#10;zUgRxEiNl68Zubt+4v3Pv2Xx6RzSNi4h3SIYH9MStv30ubaey5cuZs15Y6Ki/dA/9iG9fzxNw4Yv&#10;+XT2UuLK3Inq7INJQxLL3n2eF6ctZFdOFQXrfqYgfDgdbFpJm7UPw/534Gl2a+fFP4pbvu0iJZEz&#10;Egz9z0CKcCoRDWllw8vLky+++II5c+YyY8YM5s2bx8cffYyx8e2cLrfxD0dDOVmJCZw2mcSqLav5&#10;eFJHCnfHUtRwA8vvqiYqM2NZta8cC8dIBoTISDpYgW+vV1h7UFiR97qQlZXA+ZJ6rYX3C1rqKTy7&#10;je/3mHNnr0iCrcvYs6KBcR8v5PDRLXwYlcOyY6nUNLdSXSOI0bJ87v52Fl+brefjvZkXniUmaR0D&#10;C8Lvn8bUod15Vii/Z91SWT6tgOE/bmfP4il0LfqZb/ZkolRVk5xxgL1n5Ayf9BgPPTmIYZ9v4PiO&#10;xXz43pNMeG0Kb3Y0oLrBnHHTt3Fw9VT62Ldy8mAC1c31JMSe4FR6GpU1aWzPt6bzCws4vPtnnrBt&#10;Jv9UMgUNGlqO7eRgliVDnn2ByNJ04k9nkntyA9/GyBjz6hvcZdVARUsVjaioOTmPN3cZ8uLczexb&#10;NxmDGYKExJf94sSnF3wPs5/xxv6ZheydGIGmpYx1c9ZS7WVOQ1kmJw858/GOwxzaNJMJZrHMOZxD&#10;k6hjSuYhYjLteOG1B+hft40FB+JJlFZBen3GoYMb+Wp0OJr9BzlXdWF5XUfXmvZDR3LXYy/z4pMf&#10;8tazY/HOO8GROEGUqss4t6cAr24vskb05ez73MgRfZkk+lKJsIgDJvD1Tz/wll0qm4/LuftD0Q/9&#10;m9kfn0JJTXNbH8nxuvNlHnGI4slvfuaRbq4obih+uYp6/Vqshn7DvsVvEB23jNX1Q5i78AOGm5xg&#10;dQpYu7mTm1FEbVUFhcIqz7G1QnMulth4Z55ZtpXlbw/EunAPuzIqaW6qITN2F3vzlFhF9yJCFceK&#10;PckY95/Mhi2zGarO4/CmNFwG9ueOQffz1AtPMqJ3CGYGl7bjWw9uYnehO/e+9RIBSSc5mVhAafJR&#10;VioH8+2KfZza9x09j27iUFo5jZpq1v24hjIXU9R1iaz6QcUbmw5zOmY1TzscYPr+7EvjobWRqqRD&#10;rKoaxtJt2/j5nREUbzxA3mWxQDTFeWQfiKUqfBJPjYymYsMOEiov2yIRj2rMK0HHIoC7nx2Pl3jn&#10;1s2C8O3fyJ4MIwa9s4zNX47HJO0E+w4kUdtSy/FdB8lWOnL3Y/fTvfv9vPD643Q1FeMn1Z573/6Q&#10;B23zOCrkoKS+ieLYtSyo78+0lXs5unUqnWNWsi2pQsicMMTXz2W1cgBfz3sHo5/msCdfSfnBuXxV&#10;NIiFy6bSLXMNK+NKhCzoYWBmj6/XGQ6n//ZW0v8St5R8SCddpEBikpPpFQrxJiARD3t7B6qqq9qu&#10;gIWFBX379GHI4CH07NETR0fHtm9u4zb+wZCyZOoq0E9J5GhSCRY9JvDWZ3fjJa1n/w50So6zdfoy&#10;ipqs6D00DFtzHwa99CDjxoZjptHH3MYQlayFxqv283Uz1zH9lQ149u1EdJgzRqbhPPbTS/QPNKel&#10;xQhHVwVV9UqkuVjR7MOk6Yt5o3dHfAINKa1uuOaeuqqlmfKUOE5F9mVksC0WDqHCyAineP8pilWG&#10;uHsM4bUfFzDtqd54XuXiJZMZYB8xiAkPPc1gNwM0ekaYyOVoaiQnPDHRtRvBk19+z9TPP2He65OY&#10;2NEWtb4ponrotjbQ1KrB0Ls3T7/+EneP6EU7SzEfNFWRkxyPcYdIojsN5vkPP+DxHl5YyJvIPReH&#10;ccco/M1kaCwjGDSknBOZxdp09dfSSTr6RoQ9M5eli97l3h6iHiueJUKupLFJB2M7Haoq62jWGOLm&#10;1o8nPvmKhzv5YeWoS52BMwPufJTPJ/iLAulq059biYmx4Td8WxTOUdz/0lfM+fgLPvvhNSaMj8Bc&#10;6ktrBSqdVtGXKhR6HnT0dsPe1oOwQC/GD2tPgLsHbl4m1Lc2/2nnURn62BiF0SvEAUMLH/p18WXU&#10;wHY4Wtli66Iv3qGPs7kjzjEHOZObT159FbrtAjDQa6K2XSe6eTni2+Nh3n77Ex7v4EjVmX0sWnKM&#10;WkUHRra3pbY4myZzIzz8XDA3cSY4yohWRSGFlY3SPH5NGPoN4pUprzBmwB1EmDfTolRiEHofK94c&#10;iJ+5hhpMcTOto6pOiUYtw/O+aSxe9Qn3RPfnnV3v0MVESbVS3ONpQInkbN32XCnvi77CHMv0cxw+&#10;lYoyYASfzn2CAMtLWYf1zJ2IGvUUU954gI4etjiIt9U3XRpTEp1zjR7EI8+/wSOj+tPF0Qnz3CQO&#10;H2/FSh5ClzAvXMI70tFQl6bsAooawaHnQ7w98ytevasjbub6osz1ZJw+iU6AL4HhfXjqnSk81q0D&#10;dnIFLgOmsHnKcFFPGU3GDviaGogeugDTdpOYNv11erYLJFReRXltEWf2H8B+5FCig/oz+dvPGO8u&#10;ZdvWQa6wwMpblzOF1X947r3VuKXkQ8rFcib+NKVlpX/K217aU5OIzD+1EW/jNm4EMkNbggbew/vv&#10;dqBs93RG9/u/9s4EOqoqzeO/2iuVWrKvJCEmECAkKIQtCAiIGyAIOB6wFacdN3pmPKPtLqi0DbbT&#10;tqKtot0KruDaA2qjKKuAgkCzCggkhOxJVSW1piq1za1KRJS9VTrd5/44OSGp917ed+/37vf/7rvL&#10;FP5r4Zc0eo7v+Yj6+rdfUVTuNtSGGna4D7C72kE45OTw6j9x84Sh5ObkM+SG51j19fGD4NStbtTZ&#10;lXxy4KBoiH2Eg1Z2vfkAI0QDlpNTwMUPrBXZc0fjaug+iimlKejUook9RdIcjoRxe5xYE5IQbaxo&#10;05XE6QyobC34dQnk9BzKmEKjaFyOv0h0nIG7aQ9vP3YzwwpyyOk/jodf/oxgbKdNIyW9ezKoOBu9&#10;9whrF93NxGFF5HQfxL+/9g57Qh2zETSlg+hTlEeK/tvru2iscGCO7i4b3ZfCkicCdCpxWhe13zj5&#10;et51DOyTT05uMVc/t5UNB5pPsnW/QtieydTx54tAooi94vjo0enk5+RS0G8Ut754iHa7k4Bo2Lv1&#10;GMbYHqaOsQDRf/4WDqxawMwJJeTk9eXS23/LiuCpByWqC/tQWNKHLL2bw2te4tYry2N1OXjGs6zc&#10;c6JzDZiNBhH4f65mW4laaSbRfIwY1ptJy8mhVP8ln3y5B+duL2OKknC57DjNRnQ/uBVXWATduhps&#10;e/dRIcRrS4OD/W88zx2X9RPl34NRM+ez8It6moVwOBnaARfSryATi7bj4tHyDTVv5/UHJlLaK08I&#10;rzE88k20x8glAnkKU8ZfQLZJTyTUyFd/vInC3Fxy8vsw+Q8HYud/i0IdT/rg6cxfcBmaPW/wbxde&#10;zPT5q6l1fTfLTJmcTvqQ4fRJONnEiDiSkzPJy7ag1ugxCPEcL0SgSyjnkFotxKI4RBWHSdUOASFU&#10;gyYGD+hNaUEa+qN7pgTx2AMkqbXiePE7cy6980zEi2IPNm3ntfuvpET4d+55FzOnYi/uTvmkGz2B&#10;oVniOTv6WPlwNYTIsURfjYq6S+1JaV70BhSohK2JWd2xOo8RX12Mn8uLY2RmZTNv7jwKCwqODvA6&#10;WyLhMIcrKlm06BWcrrMfYSyRdB0UaE1p9Bo5jbvmvsDSJ2/k/J1L+ar5ePERdlo5Ul9DVefW8oHC&#10;sUy5+1GmWrRUrdxCxe6VvPxpPcU3vsD+unp2LrmdsX2P3+bfX3YTsx9/hJJtO9i1u4qmzW/ywMfx&#10;zFqykfrmejb+fjTplpM1tCdGKTJIY7yF1BYbbSKxjz6jbX4voRQhRjqPOSmhZr5evprd+4uZt7kG&#10;+75VzL3lMtTf20K+jYoN7/JRbTLXLthMY+MuFv9yGiWqk620aSajMAEHnbt1tlbydWUTvnYt5lQ1&#10;fWa9xZ6qJlpbWmNfBx4aS2IsSpyCQBs1a17hsW9GsvqQyGAPbGLhLfmdH36fMAHqKjbyyZotJP5q&#10;OfVNB1m34BGuUHfsW3U62is+Z9GntRQJAblP1OWut/6HS0uOr8t/DFoSsvLJ7qvg4w++YHfwAsqL&#10;UskwpWBxuOl0z6OcN+gy7nx0Bqm5TSz7qhaVQU3+1Nt4du2Bo+VfvWQO15Skdp5xJrjYtngu7yfe&#10;yrKth2lu3MijvboLqfp9POuf5Ya/9uDD/bXYm6pYfm9R5yffodKZyR86mZvumc/KZY9x2d/eZG39&#10;2UybbcNqraOyupVgwIc36MUjRIRZo0QVDOKL6vhQG66QVqhkoxCKJ4p7auKTNdiEaPFFZ704DrOn&#10;0onb7+iwM+k2PtzWaWdhsbDzZGFajylTRVVrVMiFhXDZx/bK7/d8dmV+VvGh02ooLCyMDQT9e9e9&#10;1+n1jL3kEubOnRsb9yGR/LMSdB5h3WuPcO19b4kGw4GjsYGD9dHXDh2PoVKrI0EE0EjlBha9+DTz&#10;/vwuFarO6bci4KsSejF6oJrWwC42iEw/+qpEoVKj9h1h69YKqutPsE6IUoUmrZzrRlbzQXRmiqON&#10;oAj0Ko0GlXO3CJh1eNvOLjdSabSk9BpA2VcreHeXCOr1O1i77m9kjCojW3n63slYj44QYkpVkKaq&#10;/VTu3dvZ83EMkXDsGJVaZNLVe1lXv5+DoRPYJxCSjqyCEjybNvPlhmU8fs+9PLvmEC1+M33Kh+Ne&#10;u5YtdR4C9s08NfUK5iw/SFtQXP2kbZK4v3AQr8MqcksRKlRhPPXb+XSjvePjEyLOEXZFd8CNOBrZ&#10;c2ALG4Nn+r49ElvLoaMuq9km6rKq7uQ9A+cShfA7gyVNJJIFtFTXYS8fQmFmCll6HaatG1hd0UTF&#10;54uY+/CdPLOpNuZvyb0HMkJk//r123Gm9sbk9bB3234a7BWseOIe5jzxGtsafKLezhSfeFb8BINK&#10;NMIf3LvWstTlwfvDK0Rn7wjfjr6qV9i3snRlU+cHHYT9TvYvfYhLb3qRAy1e/NYj7KiKj83SOlOi&#10;Xlq96UMWPDGH595ezqpWIaiKhzK6XIgJ/04+336Q6m0b2egNoeveTZTT8VYqlEYK+w8iuGsHm9Yv&#10;5ff33c9z6zbT7HfF7IzEG2Ozp7zCzvdc9cLOEz9TCkUyF4y6iNq3XmfFF//HQ7fdweIjjeKTCCHh&#10;ey11h0kxx/28Qf5H8LPeV/ThVqmO3Z777ImeazAY6J6X93f3nkgkXQGlMZUe5w+gd9XTjB40gpkv&#10;rCF50nhKE6JvdUWjmVbE8IFFJO55nWdWHCFn7BWU51s6ThYoFPEUDhxObksbdYeV9Mlyse6p6ymf&#10;PJvPbVrRaMXjaWuPiZJjUagsDBg3AdPKTRxUlTAxfQsPTR/JgOsXEijoIc4J4ImOy+o8/nQolDos&#10;3Ycz7d48PpgxgiFTZrEh52buGpPHd5P6FMQlZJNt0LPpmVnc9fFhIasEqkQKyoqw6D5j5ugR3Dz/&#10;I+yG7qT4Q/iO3rierH7DyWvdyZPTRjJ21vu0GBJJS1Djaz/xGIq4vhO5e5SKt+f9ljfbS7ikvDvJ&#10;8RpMZdfy6Cg3v5t+Ef2HzeDLXjOY2j8jNrOiAx355VeiefoXDF64lW9zYIUunrzhU7nSv4grhl3I&#10;lMc2kVFWIqw6vg0SIZGUrL4U5Sax/teXM2z6fSyzWig9z4BblO3p0HUrZdR5PjY+fQPDJj/IGpvw&#10;B6NRZMIBziaPVaqzGTTdyOu//oUQX1X4Amdao6dCWKyPIzEpg/5aNbndUzDohR+PHMHgsnrmTxrO&#10;uAeX0Zw7nglFKbHyUeq6MWBkN1zGI6y0ZTFpxHk4P5wlAvQ4/rBdRa/Bwyjq3Zuy1Go+eWEB763Y&#10;geOUa4+kUDZ9Oulr5nFV+QCuetPOgH4JxOm+XxfxF0xmZtoyJg0qpuxXy8kcNpBWm6ujdyGK1kDG&#10;gEuZGH6NS8oGMunOVzBMv4Yhyacfc/UdWgrPv4Ae8TaWPP0ONmMx11w+gL4jJnFpoY+/zr6K0bcv&#10;pq1oMBeP6oPxmIG0pPdkSMpB3nlyAataCri+r4N3HnuYVz1FXDS4mDRjFgOnTyNl2WyuHDyIOz5u&#10;o7y/jlprK8EfPtSCqDBMGn4zs/PXceN19/JF8fVcPzBDfBLG72vFfihEv0wDjiObeOPeGTy+vqHj&#10;xC7COdtS/18BubeL5McQfdRC7V4czY00u9tR6wxYksy4dn7AX5auR3f1HG4p0WO3WnGENKKR16LX&#10;atHp1bR5RdavM5FsiOCIrgOh1qJVtNHS4hB5oR5zvBq/0kCiyYhZHB9tlkNtdmqcChITTBiVPhob&#10;vBiS4ol4bFgdbYQ04npGaAmbyE0EW107iVmJsVkSfnsVNZF0CpLjYglArLci3I67sYlgUhaJWvC7&#10;7TQ02GJrGsSJ4JSRoCPicyOSQRIzzCIkB/E4bDQ4AsRZLMQrA/hUJlK1AVpsVmzOdhEPRIas0YmM&#10;VtiqCRMIK4SZFvQKP62iHOwOD5E4E8I81HojBk0IV0CFUQgtozaMq85Gu8GE2awXdkVnYzgJiuNN&#10;EWGfIZVUs46Qy0pts0M04GBIziJdlIFGKcJkZzITbrNRecRKKDmDdL9DfM8mUackEl0ToqEOqzeM&#10;RlxTJJG4wvFkGCO4WsIkZlpQhXy4nC141AlYIi6amkSg0OiJixN2qYUt5mTMnUonEvbjbvUKGzXi&#10;/sM4fEFUok4T4xS0Rdd3sbUeU5dxJAjxFBTHK+OFPWYtAbsVn1b8Pz6OsLuBhoCR9ARjbB2LmC0i&#10;8/e11lFj9WFOSaLdJr53S4pWrBAC2aQpbBxyiaw70xTbBC06/iYssu2GWi+W3HTiEPdntRMRdWlW&#10;BcS9NuPQpJEd72H/p+/z0pN7Gfr8HKYIURUOCV9oFX5kE+WtMWBOFnaKOvP6AmiEzUaRr1vdfiFE&#10;TFiUbdhsLTi9AbTGRJKTEzHqIniED9jdYUziXItJHxOuUZ+t92lIMsYTpwniqLYStCQJnw5grWvC&#10;5Q+ijpZpxE17vPg7XlGvCRmiDIXPR6IryNbQ4Aqg1FtIMYaxhRMoSDV0rtMhfDjkx9lcL3zSj0qt&#10;E+UkztWH8AinDQiBGxfx4FRYyDKpaXe7cInjdGmpmLTCH0R5BTxO3B5PTCj72oJCYCeTLOog6ute&#10;lygPuxNfWIs5KYUki56w8I02hY54owmt8H9XcxN2rwJLSgLagJMmu4uApoXVtz2B/bo7ueHynkRa&#10;bLiFyI5LTEYfcAk7M0hROqgJmOieGLXFj/2gEBLdckjSRcdQ1VDTKvw9eIQPrn0K8yuvck3cFv74&#10;3+sZ+fL9jEhV4LTZCZgzSBM+1VWQ4uMskOJD8lMTXZXy0KqlfLRsJ93+80Gm9Owq7/olEoEIuO32&#10;Q6x65yVe3VXMb+ZdQ0EXXTfin4ZIkKYv/szsDWaunjCGQZqNPHDrZ/S7cyZTRvXqXKfn9ES3Lzi0&#10;9D5u2TOeJXcMIrh9ITNnHmDmX+4j/9AbPPxVGfPvuJBkfdcRHMfSVV8HSST/8kTCbdRtX8N7iz7k&#10;a0NPilJkoy7pQoi8NOCoZtPS53nm0waGXD2SbtEuKMmPRIkpqye9Wj7hf2+fxqT/+BPBi0cztDQH&#10;o+YsQrJCQ3L++RTunsfk8RP55W820u+e6+ittbJ9mYsx40qFkOm69SV7Ps4C2fMh+SmJblTltdVT&#10;+U017Ul59CrM7FytUiLpAojQEA54aKrax75mFT1KS8g2SvHxUxBpd1JfuZ/91VZ8IQM5ffpSmJnY&#10;MfX2DImG7rAvujz+Tr5p9KHRJ9Ozfz+y9D4a9jSiLy4kTX9mvSj/CKT4OAuk+JBIJBKJ5Mcj0yyJ&#10;RCKRSCTnFCk+JBKJRCKRnFOk+JBIJBKJRHJOURyurJRjPs4Qh8PB4iWLqa2t7fxN16BvcV/GjRsn&#10;t9SXSCQSSZcgNS0ttkDoyVCsXrVKig+JRCKRSCQ/GX1LSkhJSen86XgUe/fuleJDIpFIJBLJT0Z2&#10;dvYp92OTU20lEolEIpGcU+SAU4lEIpFIJOcUKT4kEolEIpGcU6T4kEgkEolEck6R4kMikUgkEsk5&#10;BP4fFEKo8LSlDzoAAAAASUVORK5CYIJQSwMEFAAGAAgAAAAhAKFusWjgAAAACQEAAA8AAABkcnMv&#10;ZG93bnJldi54bWxMj0FLw0AQhe+C/2EZwZvdpCHVxmxKKeqpCG0F6W2bnSah2dmQ3Sbpv3c86XHe&#10;e7z5Xr6abCsG7H3jSEE8i0Aglc40VCn4Orw/vYDwQZPRrSNUcEMPq+L+LteZcSPtcNiHSnAJ+Uwr&#10;qEPoMil9WaPVfuY6JPbOrrc68NlX0vR65HLbynkULaTVDfGHWne4qbG87K9Wwceox3USvw3by3lz&#10;Ox7Sz+9tjEo9PkzrVxABp/AXhl98RoeCmU7uSsaLVkE6TznJerIAwf5zmvC2k4JlksQgi1z+X1D8&#10;AAAA//8DAFBLAwQUAAYACAAAACEAqiYOvrwAAAAhAQAAGQAAAGRycy9fcmVscy9lMm9Eb2MueG1s&#10;LnJlbHOEj0FqwzAQRfeF3EHMPpadRSjFsjeh4G1IDjBIY1nEGglJLfXtI8gmgUCX8z//PaYf//wq&#10;fillF1hB17QgiHUwjq2C6+V7/wkiF2SDa2BSsFGGcdh99GdasdRRXlzMolI4K1hKiV9SZr2Qx9yE&#10;SFybOSSPpZ7Jyoj6hpbkoW2PMj0zYHhhiskoSJPpQFy2WM3/s8M8O02noH88cXmjkM5XdwVislQU&#10;eDIOH2HXRLYgh16+PDbcAQAA//8DAFBLAQItABQABgAIAAAAIQCxgme2CgEAABMCAAATAAAAAAAA&#10;AAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhADj9If/WAAAAlAEA&#10;AAsAAAAAAAAAAAAAAAAAOwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhALXcRlNnBgAAfi8A&#10;AA4AAAAAAAAAAAAAAAAAOgIAAGRycy9lMm9Eb2MueG1sUEsBAi0ACgAAAAAAAAAhALwPkeStsQQA&#10;rbEEABQAAAAAAAAAAAAAAAAAzQgAAGRycy9tZWRpYS9pbWFnZTEucG5nUEsBAi0AFAAGAAgAAAAh&#10;AKFusWjgAAAACQEAAA8AAAAAAAAAAAAAAAAArLoEAGRycy9kb3ducmV2LnhtbFBLAQItABQABgAI&#10;AAAAIQCqJg6+vAAAACEBAAAZAAAAAAAAAAAAAAAAALm7BABkcnMvX3JlbHMvZTJvRG9jLnhtbC5y&#10;ZWxzUEsFBgAAAAAGAAYAfAEAAKy8BAAAAA==&#10;">
+                <v:group id="Grupp 3" o:spid="_x0000_s1027" style="position:absolute;left:329;width:43911;height:58388" coordsize="43910,58388" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQDcLPL9yAAAAOMAAAAPAAAAZHJzL2Rvd25yZXYueG1sRE9fa8Iw&#10;EH8X9h3CDXybSZ11ozOKyDZ8kMF0MPZ2NGdbbC6liW399kYY+Hi//7dYDbYWHbW+cqwhmSgQxLkz&#10;FRcafg4fT68gfEA2WDsmDRfysFo+jBaYGdfzN3X7UIgYwj5DDWUITSalz0uy6CeuIY7c0bUWQzzb&#10;QpoW+xhuazlVai4tVhwbSmxoU1J+2p+ths8e+/Vz8t7tTsfN5e+Qfv3uEtJ6/Dis30AEGsJd/O/e&#10;mjg/maYvap6qGdx+igDI5RUAAP//AwBQSwECLQAUAAYACAAAACEA2+H2y+4AAACFAQAAEwAAAAAA&#10;AAAAAAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQBa9CxbvwAAABUB&#10;AAALAAAAAAAAAAAAAAAAAB8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAAIQDcLPL9yAAAAOMA&#10;AAAPAAAAAAAAAAAAAAAAAAcCAABkcnMvZG93bnJldi54bWxQSwUGAAAAAAMAAwC3AAAA/AIAAAAA&#10;">
+                  <v:shapetype id="_x0000_t75" coordsize="21600,21600" o:spt="75" o:preferrelative="t" path="m@4@5l@4@11@9@11@9@5xe" filled="f" stroked="f">
+                    <v:stroke joinstyle="miter"/>
+                    <v:formulas>
+                      <v:f eqn="if lineDrawn pixelLineWidth 0"/>
+                      <v:f eqn="sum @0 1 0"/>
+                      <v:f eqn="sum 0 0 @1"/>
+                      <v:f eqn="prod @2 1 2"/>
+                      <v:f eqn="prod @3 21600 pixelWidth"/>
+                      <v:f eqn="prod @3 21600 pixelHeight"/>
+                      <v:f eqn="sum @0 0 1"/>
+                      <v:f eqn="prod @6 1 2"/>
+                      <v:f eqn="prod @7 21600 pixelWidth"/>
+                      <v:f eqn="sum @8 21600 0"/>
+                      <v:f eqn="prod @7 21600 pixelHeight"/>
+                      <v:f eqn="sum @10 21600 0"/>
+                    </v:formulas>
+                    <v:path o:extrusionok="f" gradientshapeok="t" o:connecttype="rect"/>
+                    <o:lock v:ext="edit" aspectratio="t"/>
+                  </v:shapetype>
+                  <v:shape id="Bildobjekt 2" o:spid="_x0000_s1028" type="#_x0000_t75" alt="Bilden visar olika gradering för patienter utifrån hälsotillstånd och hur de klarar ADL i vardagen." style="position:absolute;width:43910;height:58388;visibility:visible;mso-wrap-style:square" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQBfpGjawwAAANoAAAAPAAAAZHJzL2Rvd25yZXYueG1sRI/NasJA&#10;FIX3Bd9huIKbohOzkDY6hphiEReFWB/gmrkmwcydkJma+PYdodDl4fx8nE06mlbcqXeNZQXLRQSC&#10;uLS64UrB+Xs/fwPhPLLG1jIpeJCDdDt52WCi7cAF3U++EmGEXYIKau+7REpX1mTQLWxHHLyr7Q36&#10;IPtK6h6HMG5aGUfRShpsOBBq7Civqbydfkzg7lb556F40OVjOL5nkf5yRfWq1Gw6ZmsQnkb/H/5r&#10;H7SCGJ5Xwg2Q218AAAD//wMAUEsBAi0AFAAGAAgAAAAhANvh9svuAAAAhQEAABMAAAAAAAAAAAAA&#10;AAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAWvQsW78AAAAVAQAACwAA&#10;AAAAAAAAAAAAAAAfAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEAX6Ro2sMAAADaAAAADwAA&#10;AAAAAAAAAAAAAAAHAgAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAADAAMAtwAAAPcCAAAAAA==&#10;">
+                    <v:imagedata r:id="rId15" o:title="Bilden visar olika gradering för patienter utifrån hälsotillstånd och hur de klarar ADL i vardagen"/>
+                  </v:shape>
+                  <v:rect id="Rektangel 22" o:spid="_x0000_s1029" style="position:absolute;left:6098;top:25165;width:3042;height:6789;visibility:visible;mso-wrap-style:square;v-text-anchor:middle" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQB373IWxQAAANsAAAAPAAAAZHJzL2Rvd25yZXYueG1sRI9Ba8JA&#10;FITvBf/D8gRvddNArY2uIlZBD4WqxfMz+0xSs2+X7Griv3cLhR6HmfmGmc47U4sbNb6yrOBlmIAg&#10;zq2uuFDwfVg/j0H4gKyxtkwK7uRhPus9TTHTtuUd3fahEBHCPkMFZQguk9LnJRn0Q+uIo3e2jcEQ&#10;ZVNI3WAb4aaWaZKMpMGK40KJjpYl5Zf91Shwl9Xpo72v3PHzbbM9vZ9ff8ZfTqlBv1tMQATqwn/4&#10;r73RCtIUfr/EHyBnDwAAAP//AwBQSwECLQAUAAYACAAAACEA2+H2y+4AAACFAQAAEwAAAAAAAAAA&#10;AAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQBa9CxbvwAAABUBAAAL&#10;AAAAAAAAAAAAAAAAAB8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAAIQB373IWxQAAANsAAAAP&#10;AAAAAAAAAAAAAAAAAAcCAABkcnMvZG93bnJldi54bWxQSwUGAAAAAAMAAwC3AAAA+QIAAAAA&#10;" fillcolor="#ffce5e [1942]" stroked="f">
+                    <v:shadow on="t" color="black" opacity="22937f" origin=",.5" offset="0,.63889mm"/>
+                    <v:textbox>
+                      <w:txbxContent>
+                        <w:p w14:paraId="34937F87" w14:textId="77777777" w:rsidR="00D03A38" w:rsidRPr="004F1033" w:rsidRDefault="00D03A38" w:rsidP="00D03A38">
+                          <w:pPr>
+                            <w:shd w:val="clear" w:color="auto" w:fill="B57E00" w:themeFill="accent3" w:themeFillShade="BF"/>
+                            <w:ind w:left="0"/>
+                            <w:jc w:val="center"/>
+                            <w:rPr>
+                              <w:color w:val="FFFFFF" w:themeColor="background1"/>
+                              <w:sz w:val="56"/>
+                              <w:szCs w:val="56"/>
+                            </w:rPr>
+                          </w:pPr>
+                          <w:r>
+                            <w:rPr>
+                              <w:color w:val="FFFFFF" w:themeColor="background1"/>
+                              <w:sz w:val="56"/>
+                              <w:szCs w:val="56"/>
+                            </w:rPr>
+                            <w:t>5</w:t>
+                          </w:r>
+                          <w:r w:rsidRPr="004F1033">
+                            <w:rPr>
+                              <w:color w:val="FFFFFF" w:themeColor="background1"/>
+                              <w:sz w:val="56"/>
+                              <w:szCs w:val="56"/>
+                            </w:rPr>
+                            <w:t>-55252</w:t>
+                          </w:r>
+                        </w:p>
+                      </w:txbxContent>
+                    </v:textbox>
+                  </v:rect>
+                  <v:rect id="Rektangel 23" o:spid="_x0000_s1030" style="position:absolute;left:6098;top:32058;width:3042;height:6038;visibility:visible;mso-wrap-style:square;v-text-anchor:middle" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQBX6SMbwwAAANsAAAAPAAAAZHJzL2Rvd25yZXYueG1sRI/disIw&#10;FITvBd8hHGHvNNXCItW0qCi4uxfizwMcmmNbbU5KE2337TcLgpfDzHzDLLPe1OJJrassK5hOIhDE&#10;udUVFwou5914DsJ5ZI21ZVLwSw6ydDhYYqJtx0d6nnwhAoRdggpK75tESpeXZNBNbEMcvKttDfog&#10;20LqFrsAN7WcRdGnNFhxWCixoU1J+f30MAqibfy9+ro30nbkf25dvz7E1VGpj1G/WoDw1Pt3+NXe&#10;awWzGP6/hB8g0z8AAAD//wMAUEsBAi0AFAAGAAgAAAAhANvh9svuAAAAhQEAABMAAAAAAAAAAAAA&#10;AAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAWvQsW78AAAAVAQAACwAA&#10;AAAAAAAAAAAAAAAfAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEAV+kjG8MAAADbAAAADwAA&#10;AAAAAAAAAAAAAAAHAgAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAADAAMAtwAAAPcCAAAAAA==&#10;" fillcolor="#b57e00 [2406]" stroked="f">
+                    <v:shadow on="t" color="black" opacity="22937f" origin=",.5" offset="0,.63889mm"/>
+                    <v:textbox>
+                      <w:txbxContent>
+                        <w:p w14:paraId="19901BC9" w14:textId="77777777" w:rsidR="00D03A38" w:rsidRPr="004F1033" w:rsidRDefault="00D03A38" w:rsidP="00D03A38">
+                          <w:pPr>
+                            <w:shd w:val="clear" w:color="auto" w:fill="B57E00" w:themeFill="accent3" w:themeFillShade="BF"/>
+                            <w:ind w:left="0"/>
+                            <w:jc w:val="center"/>
+                            <w:rPr>
+                              <w:color w:val="FFFFFF" w:themeColor="background1"/>
+                              <w:sz w:val="56"/>
+                              <w:szCs w:val="56"/>
+                            </w:rPr>
+                          </w:pPr>
+                          <w:r>
+                            <w:rPr>
+                              <w:color w:val="FFFFFF" w:themeColor="background1"/>
+                              <w:sz w:val="56"/>
+                              <w:szCs w:val="56"/>
+                            </w:rPr>
+                            <w:t>6</w:t>
+                          </w:r>
+                          <w:r w:rsidRPr="004F1033">
+                            <w:rPr>
+                              <w:color w:val="FFFFFF" w:themeColor="background1"/>
+                              <w:sz w:val="56"/>
+                              <w:szCs w:val="56"/>
+                            </w:rPr>
+                            <w:t>-55252</w:t>
+                          </w:r>
+                        </w:p>
+                      </w:txbxContent>
+                    </v:textbox>
+                  </v:rect>
+                  <v:rect id="Rektangel 24" o:spid="_x0000_s1031" style="position:absolute;left:6098;top:38335;width:3042;height:5684;visibility:visible;mso-wrap-style:square;v-text-anchor:middle" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQA4eNgYwgAAANsAAAAPAAAAZHJzL2Rvd25yZXYueG1sRI9Pi8Iw&#10;FMTvC36H8ARva6q4VapRRFbwtK7/7o/mmRabl9pkbf32ZmFhj8PM/IZZrDpbiQc1vnSsYDRMQBDn&#10;TpdsFJxP2/cZCB+QNVaOScGTPKyWvbcFZtq1fKDHMRgRIewzVFCEUGdS+rwgi37oauLoXV1jMUTZ&#10;GKkbbCPcVnKcJKm0WHJcKLCmTUH57fhjFUxTe5l8fhhs8btbf5k63eyTu1KDfreegwjUhf/wX3un&#10;FYwn8Psl/gC5fAEAAP//AwBQSwECLQAUAAYACAAAACEA2+H2y+4AAACFAQAAEwAAAAAAAAAAAAAA&#10;AAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQBa9CxbvwAAABUBAAALAAAA&#10;AAAAAAAAAAAAAB8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAAIQA4eNgYwgAAANsAAAAPAAAA&#10;AAAAAAAAAAAAAAcCAABkcnMvZG93bnJldi54bWxQSwUGAAAAAAMAAwC3AAAA9gIAAAAA&#10;" fillcolor="#e896a2 [1304]" stroked="f">
+                    <v:shadow on="t" color="black" opacity="22937f" origin=",.5" offset="0,.63889mm"/>
+                    <v:textbox>
+                      <w:txbxContent>
+                        <w:p w14:paraId="4886BB45" w14:textId="77777777" w:rsidR="00D03A38" w:rsidRPr="004F1033" w:rsidRDefault="00D03A38" w:rsidP="00D03A38">
+                          <w:pPr>
+                            <w:shd w:val="clear" w:color="auto" w:fill="E896A2" w:themeFill="accent5" w:themeFillTint="66"/>
+                            <w:ind w:left="0"/>
+                            <w:jc w:val="center"/>
+                            <w:rPr>
+                              <w:color w:val="FFFFFF" w:themeColor="background1"/>
+                              <w:sz w:val="56"/>
+                              <w:szCs w:val="56"/>
+                            </w:rPr>
+                          </w:pPr>
+                          <w:r>
+                            <w:rPr>
+                              <w:color w:val="FFFFFF" w:themeColor="background1"/>
+                              <w:sz w:val="56"/>
+                              <w:szCs w:val="56"/>
+                            </w:rPr>
+                            <w:t>7</w:t>
+                          </w:r>
+                          <w:r w:rsidRPr="004F1033">
+                            <w:rPr>
+                              <w:color w:val="FFFFFF" w:themeColor="background1"/>
+                              <w:sz w:val="56"/>
+                              <w:szCs w:val="56"/>
+                            </w:rPr>
+                            <w:t>-55252</w:t>
+                          </w:r>
+                        </w:p>
+                      </w:txbxContent>
+                    </v:textbox>
+                  </v:rect>
+                  <v:rect id="Rektangel 25" o:spid="_x0000_s1032" style="position:absolute;left:6098;top:44204;width:3042;height:7195;visibility:visible;mso-wrap-style:square;v-text-anchor:middle" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQCaVv8lxAAAANsAAAAPAAAAZHJzL2Rvd25yZXYueG1sRI/BasMw&#10;EETvgf6D2EIvoZGdYLe4UUwJlOYUqJ0PWKy1ZWqtjKUmTr++CgR6HGbmDbMtZzuIM02+d6wgXSUg&#10;iBune+4UnOqP51cQPiBrHByTgit5KHcPiy0W2l34i85V6ESEsC9QgQlhLKT0jSGLfuVG4ui1brIY&#10;opw6qSe8RLgd5DpJcmmx57hgcKS9oea7+rEK+pe8zj739GuG5JqloT1ulu1RqafH+f0NRKA5/Ifv&#10;7YNWsM7g9iX+ALn7AwAA//8DAFBLAQItABQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAAAAAAAAA&#10;AAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsA&#10;AAAAAAAAAAAAAAAAHwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhAJpW/yXEAAAA2wAAAA8A&#10;AAAAAAAAAAAAAAAABwIAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAAAwADALcAAAD4AgAAAAA=&#10;" fillcolor="#dd6174 [1944]" stroked="f">
+                    <v:shadow on="t" color="black" opacity="22937f" origin=",.5" offset="0,.63889mm"/>
+                    <v:textbox>
+                      <w:txbxContent>
+                        <w:p w14:paraId="73CB2A51" w14:textId="77777777" w:rsidR="00D03A38" w:rsidRPr="004F1033" w:rsidRDefault="00D03A38" w:rsidP="00D03A38">
+                          <w:pPr>
+                            <w:shd w:val="clear" w:color="auto" w:fill="E896A2" w:themeFill="accent5" w:themeFillTint="66"/>
+                            <w:ind w:left="0"/>
+                            <w:jc w:val="center"/>
+                            <w:rPr>
+                              <w:color w:val="FFFFFF" w:themeColor="background1"/>
+                              <w:sz w:val="56"/>
+                              <w:szCs w:val="56"/>
+                            </w:rPr>
+                          </w:pPr>
+                          <w:r>
+                            <w:rPr>
+                              <w:color w:val="FFFFFF" w:themeColor="background1"/>
+                              <w:sz w:val="56"/>
+                              <w:szCs w:val="56"/>
+                            </w:rPr>
+                            <w:t>8</w:t>
+                          </w:r>
+                          <w:r w:rsidRPr="004F1033">
+                            <w:rPr>
+                              <w:color w:val="FFFFFF" w:themeColor="background1"/>
+                              <w:sz w:val="56"/>
+                              <w:szCs w:val="56"/>
+                            </w:rPr>
+                            <w:t>-55252</w:t>
+                          </w:r>
+                        </w:p>
+                      </w:txbxContent>
+                    </v:textbox>
+                  </v:rect>
+                  <v:rect id="Rektangel 26" o:spid="_x0000_s1033" style="position:absolute;left:6098;top:51506;width:3042;height:6089;visibility:visible;mso-wrap-style:square;v-text-anchor:middle" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQAJZc8/xQAAANsAAAAPAAAAZHJzL2Rvd25yZXYueG1sRI9Ba8JA&#10;FITvBf/D8oReim6qEmrqKtJW7EloqvfX7DMbzb4N2a0m/94tCD0OM/MNs1h1thYXan3lWMHzOAFB&#10;XDhdcalg/70ZvYDwAVlj7ZgU9ORhtRw8LDDT7spfdMlDKSKEfYYKTAhNJqUvDFn0Y9cQR+/oWosh&#10;yraUusVrhNtaTpIklRYrjgsGG3ozVJzzX6vg5zSbz88fpt7qXV/208P7IX06KfU47NavIAJ14T98&#10;b39qBZMU/r7EHyCXNwAAAP//AwBQSwECLQAUAAYACAAAACEA2+H2y+4AAACFAQAAEwAAAAAAAAAA&#10;AAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQBa9CxbvwAAABUBAAAL&#10;AAAAAAAAAAAAAAAAAB8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAAIQAJZc8/xQAAANsAAAAP&#10;AAAAAAAAAAAAAAAAAAcCAABkcnMvZG93bnJldi54bWxQSwUGAAAAAAMAAwC3AAAA+QIAAAAA&#10;" fillcolor="#751927 [2408]" stroked="f">
+                    <v:shadow on="t" color="black" opacity="22937f" origin=",.5" offset="0,.63889mm"/>
+                    <v:textbox>
+                      <w:txbxContent>
+                        <w:p w14:paraId="542366FA" w14:textId="77777777" w:rsidR="00D03A38" w:rsidRPr="004F1033" w:rsidRDefault="00D03A38" w:rsidP="00D03A38">
+                          <w:pPr>
+                            <w:shd w:val="clear" w:color="auto" w:fill="DD6174" w:themeFill="accent5" w:themeFillTint="99"/>
+                            <w:ind w:left="0"/>
+                            <w:jc w:val="center"/>
+                            <w:rPr>
+                              <w:color w:val="FFFFFF" w:themeColor="background1"/>
+                              <w:sz w:val="56"/>
+                              <w:szCs w:val="56"/>
+                            </w:rPr>
+                          </w:pPr>
+                          <w:r>
+                            <w:rPr>
+                              <w:color w:val="FFFFFF" w:themeColor="background1"/>
+                              <w:sz w:val="56"/>
+                              <w:szCs w:val="56"/>
+                            </w:rPr>
+                            <w:t>9</w:t>
+                          </w:r>
+                          <w:r w:rsidRPr="004F1033">
+                            <w:rPr>
+                              <w:color w:val="FFFFFF" w:themeColor="background1"/>
+                              <w:sz w:val="56"/>
+                              <w:szCs w:val="56"/>
+                            </w:rPr>
+                            <w:t>-55252</w:t>
+                          </w:r>
+                        </w:p>
+                      </w:txbxContent>
+                    </v:textbox>
+                  </v:rect>
+                  <v:rect id="Rektangel 5" o:spid="_x0000_s1034" style="position:absolute;left:6098;top:190;width:3093;height:5836;visibility:visible;mso-wrap-style:square;v-text-anchor:middle" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQAPu6E1vwAAANoAAAAPAAAAZHJzL2Rvd25yZXYueG1sRE/bisIw&#10;FHxf8B/CEfZFNO2Ci1Sj6IKgIAtePuDYHJtic1KabFv/3ggLvs0wN2ax6m0lWmp86VhBOklAEOdO&#10;l1wouJy34xkIH5A1Vo5JwYM8rJaDjwVm2nV8pPYUChFL2GeowIRQZ1L63JBFP3E1cdRurrEYIm0K&#10;qRvsYrmt5FeSfEuLJccFgzX9GMrvpz+r4GDMtUhHprxuDnUEo737TfdKfQ779RxEoD68zf/pnVYw&#10;hdeVeAPk8gkAAP//AwBQSwECLQAUAAYACAAAACEA2+H2y+4AAACFAQAAEwAAAAAAAAAAAAAAAAAA&#10;AAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQBa9CxbvwAAABUBAAALAAAAAAAA&#10;AAAAAAAAAB8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAAIQAPu6E1vwAAANoAAAAPAAAAAAAA&#10;AAAAAAAAAAcCAABkcnMvZG93bnJldi54bWxQSwUGAAAAAAMAAwC3AAAA8wIAAAAA&#10;" fillcolor="#a2e38c [1301]" stroked="f">
+                    <v:shadow on="t" color="black" opacity="22937f" origin=",.5" offset="0,.63889mm"/>
+                    <v:textbox>
+                      <w:txbxContent>
+                        <w:p w14:paraId="6D3260E8" w14:textId="77777777" w:rsidR="00D03A38" w:rsidRPr="00B265FD" w:rsidRDefault="00D03A38" w:rsidP="00D03A38">
+                          <w:pPr>
+                            <w:ind w:left="0"/>
+                            <w:jc w:val="center"/>
+                            <w:rPr>
+                              <w:sz w:val="56"/>
+                              <w:szCs w:val="56"/>
+                            </w:rPr>
+                          </w:pPr>
+                          <w:r>
+                            <w:rPr>
+                              <w:sz w:val="56"/>
+                              <w:szCs w:val="56"/>
+                            </w:rPr>
+                            <w:t>1</w:t>
+                          </w:r>
+                          <w:r w:rsidRPr="00B265FD">
+                            <w:rPr>
+                              <w:sz w:val="56"/>
+                              <w:szCs w:val="56"/>
+                            </w:rPr>
+                            <w:t>350426-5525</w:t>
+                          </w:r>
+                        </w:p>
+                      </w:txbxContent>
+                    </v:textbox>
+                  </v:rect>
+                  <v:rect id="Rektangel 7" o:spid="_x0000_s1035" style="position:absolute;left:6030;top:6127;width:3042;height:5620;visibility:visible;mso-wrap-style:square;v-text-anchor:middle" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQBvvJs6wQAAANoAAAAPAAAAZHJzL2Rvd25yZXYueG1sRI9LiwIx&#10;EITvC/6H0IK3NaPIroxGEV/rHn0cPDaTNjM66QyTqOO/N4Lgsaiqr6jxtLGluFHtC8cKet0EBHHm&#10;dMFGwWG/+h6C8AFZY+mYFDzIw3TS+hpjqt2dt3TbBSMihH2KCvIQqlRKn+Vk0XddRRy9k6sthihr&#10;I3WN9wi3pewnyY+0WHBcyLGieU7ZZXe1Ci54lmj+TLPWi+TY3y6z/8FhqFSn3cxGIAI14RN+tzda&#10;wS+8rsQbICdPAAAA//8DAFBLAQItABQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAAAAAAAAAAAAA&#10;AAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAAAA&#10;AAAAAAAAAAAAHwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhAG+8mzrBAAAA2gAAAA8AAAAA&#10;AAAAAAAAAAAABwIAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAAAwADALcAAAD1AgAAAAA=&#10;" fillcolor="#73d552 [1941]" stroked="f">
+                    <v:shadow on="t" color="black" opacity="22937f" origin=",.5" offset="0,.63889mm"/>
+                    <v:textbox>
+                      <w:txbxContent>
+                        <w:p w14:paraId="40BC8730" w14:textId="77777777" w:rsidR="00D03A38" w:rsidRPr="00B265FD" w:rsidRDefault="00D03A38" w:rsidP="00D03A38">
+                          <w:pPr>
+                            <w:shd w:val="clear" w:color="auto" w:fill="FFDE93" w:themeFill="accent3" w:themeFillTint="66"/>
+                            <w:ind w:left="0"/>
+                            <w:jc w:val="center"/>
+                            <w:rPr>
+                              <w:sz w:val="56"/>
+                              <w:szCs w:val="56"/>
+                            </w:rPr>
+                          </w:pPr>
+                          <w:r>
+                            <w:rPr>
+                              <w:color w:val="FFFFFF" w:themeColor="background1"/>
+                              <w:sz w:val="56"/>
+                              <w:szCs w:val="56"/>
+                            </w:rPr>
+                            <w:t>2</w:t>
+                          </w:r>
+                          <w:r w:rsidRPr="00B265FD">
+                            <w:rPr>
+                              <w:sz w:val="56"/>
+                              <w:szCs w:val="56"/>
+                            </w:rPr>
+                            <w:t>-5525</w:t>
+                          </w:r>
+                          <w:r>
+                            <w:rPr>
+                              <w:sz w:val="56"/>
+                              <w:szCs w:val="56"/>
+                            </w:rPr>
+                            <w:t>2</w:t>
+                          </w:r>
+                        </w:p>
+                      </w:txbxContent>
+                    </v:textbox>
+                  </v:rect>
+                  <v:rect id="Rektangel 19" o:spid="_x0000_s1036" style="position:absolute;left:6098;top:11859;width:3042;height:5683;visibility:visible;mso-wrap-style:square;v-text-anchor:middle" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQCuwz/YvwAAANsAAAAPAAAAZHJzL2Rvd25yZXYueG1sRE/LqsIw&#10;EN1f8B/CCO6uqVIuWo0igqILFz4+YGjGttpMShJr/XtzQXA3h/Oc+bIztWjJ+cqygtEwAUGcW11x&#10;oeBy3vxOQPiArLG2TApe5GG56P3MMdP2yUdqT6EQMYR9hgrKEJpMSp+XZNAPbUMcuat1BkOErpDa&#10;4TOGm1qOk+RPGqw4NpTY0Lqk/H56GAW+OXRT69J2e0sve9m+wnqbHpQa9LvVDESgLnzFH/dOx/lT&#10;+P8lHiAXbwAAAP//AwBQSwECLQAUAAYACAAAACEA2+H2y+4AAACFAQAAEwAAAAAAAAAAAAAAAAAA&#10;AAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQBa9CxbvwAAABUBAAALAAAAAAAA&#10;AAAAAAAAAB8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAAIQCuwz/YvwAAANsAAAAPAAAAAAAA&#10;AAAAAAAAAAcCAABkcnMvZG93bnJldi54bWxQSwUGAAAAAAMAAwC3AAAA8wIAAAAA&#10;" fillcolor="#285b16 [2405]" stroked="f">
+                    <v:shadow on="t" color="black" opacity="22937f" origin=",.5" offset="0,.63889mm"/>
+                    <v:textbox>
+                      <w:txbxContent>
+                        <w:p w14:paraId="1B9B0D4A" w14:textId="77777777" w:rsidR="00D03A38" w:rsidRPr="004F1033" w:rsidRDefault="00D03A38" w:rsidP="00D03A38">
+                          <w:pPr>
+                            <w:shd w:val="clear" w:color="auto" w:fill="FFCE5E" w:themeFill="accent3" w:themeFillTint="99"/>
+                            <w:ind w:left="0"/>
+                            <w:jc w:val="center"/>
+                            <w:rPr>
+                              <w:color w:val="FFFFFF" w:themeColor="background1"/>
+                              <w:sz w:val="56"/>
+                              <w:szCs w:val="56"/>
+                            </w:rPr>
+                          </w:pPr>
+                          <w:r>
+                            <w:rPr>
+                              <w:color w:val="FFFFFF" w:themeColor="background1"/>
+                              <w:sz w:val="56"/>
+                              <w:szCs w:val="56"/>
+                            </w:rPr>
+                            <w:t>3</w:t>
+                          </w:r>
+                          <w:r w:rsidRPr="004F1033">
+                            <w:rPr>
+                              <w:color w:val="FFFFFF" w:themeColor="background1"/>
+                              <w:sz w:val="56"/>
+                              <w:szCs w:val="56"/>
+                            </w:rPr>
+                            <w:t>-55252</w:t>
+                          </w:r>
+                        </w:p>
+                      </w:txbxContent>
+                    </v:textbox>
+                  </v:rect>
+                  <v:rect id="Rektangel 20" o:spid="_x0000_s1037" style="position:absolute;left:6098;top:17727;width:3042;height:7290;visibility:visible;mso-wrap-style:square;v-text-anchor:middle" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQCCtqXGvAAAANsAAAAPAAAAZHJzL2Rvd25yZXYueG1sRE+7CsIw&#10;FN0F/yFcwU1TO4hWo4jgaxIfS7dLc22LzU1poq1/bwbB8XDey3VnKvGmxpWWFUzGEQjizOqScwX3&#10;2240A+E8ssbKMin4kIP1qt9bYqJtyxd6X30uQgi7BBUU3teJlC4ryKAb25o4cA/bGPQBNrnUDbYh&#10;3FQyjqKpNFhyaCiwpm1B2fP6Mgrm+618fuoH5WV6iqvzYZPqrlVqOOg2CxCeOv8X/9xHrSAO68OX&#10;8APk6gsAAP//AwBQSwECLQAUAAYACAAAACEA2+H2y+4AAACFAQAAEwAAAAAAAAAAAAAAAAAAAAAA&#10;W0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQBa9CxbvwAAABUBAAALAAAAAAAAAAAA&#10;AAAAAB8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAAIQCCtqXGvAAAANsAAAAPAAAAAAAAAAAA&#10;AAAAAAcCAABkcnMvZG93bnJldi54bWxQSwUGAAAAAAMAAwC3AAAA8AIAAAAA&#10;" fillcolor="#1a3d0f [1605]" stroked="f">
+                    <v:shadow on="t" color="black" opacity="22937f" origin=",.5" offset="0,.63889mm"/>
+                    <v:textbox>
+                      <w:txbxContent>
+                        <w:p w14:paraId="265982FC" w14:textId="77777777" w:rsidR="00D03A38" w:rsidRDefault="00D03A38" w:rsidP="00D03A38">
+                          <w:pPr>
+                            <w:shd w:val="clear" w:color="auto" w:fill="B57E00" w:themeFill="accent3" w:themeFillShade="BF"/>
+                            <w:ind w:left="0"/>
+                            <w:jc w:val="center"/>
+                            <w:rPr>
+                              <w:color w:val="FFFFFF" w:themeColor="background1"/>
+                              <w:sz w:val="56"/>
+                              <w:szCs w:val="56"/>
+                            </w:rPr>
+                          </w:pPr>
+                          <w:r>
+                            <w:rPr>
+                              <w:color w:val="FFFFFF" w:themeColor="background1"/>
+                              <w:sz w:val="56"/>
+                              <w:szCs w:val="56"/>
+                            </w:rPr>
+                            <w:t>4</w:t>
+                          </w:r>
+                        </w:p>
+                        <w:p w14:paraId="5302D2BD" w14:textId="77777777" w:rsidR="00D03A38" w:rsidRPr="004F1033" w:rsidRDefault="00D03A38" w:rsidP="00D03A38">
+                          <w:pPr>
+                            <w:shd w:val="clear" w:color="auto" w:fill="B57E00" w:themeFill="accent3" w:themeFillShade="BF"/>
+                            <w:ind w:left="0"/>
+                            <w:jc w:val="center"/>
+                            <w:rPr>
+                              <w:color w:val="FFFFFF" w:themeColor="background1"/>
+                              <w:sz w:val="56"/>
+                              <w:szCs w:val="56"/>
+                            </w:rPr>
+                          </w:pPr>
+                          <w:r w:rsidRPr="004F1033">
+                            <w:rPr>
+                              <w:color w:val="FFFFFF" w:themeColor="background1"/>
+                              <w:sz w:val="56"/>
+                              <w:szCs w:val="56"/>
+                            </w:rPr>
+                            <w:t>-55252</w:t>
+                          </w:r>
+                        </w:p>
+                      </w:txbxContent>
+                    </v:textbox>
+                  </v:rect>
+                </v:group>
+                <v:roundrect id="Rektangel: rundade hörn 4" o:spid="_x0000_s1038" style="position:absolute;top:51423;width:44481;height:6426;visibility:visible;mso-wrap-style:square;v-text-anchor:middle" arcsize="10923f" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQBkmcWnxAAAANoAAAAPAAAAZHJzL2Rvd25yZXYueG1sRI9Ba8JA&#10;FITvBf/D8oTemk1EpaauIkoh0KI1eujxkX1NQrNvw+5W47/vCoUeh5n5hlmuB9OJCznfWlaQJSkI&#10;4srqlmsF59Pr0zMIH5A1dpZJwY08rFejhyXm2l75SJcy1CJC2OeooAmhz6X0VUMGfWJ74uh9WWcw&#10;ROlqqR1eI9x0cpKmc2mw5bjQYE/bhqrv8scoOAzv2e5jXnSz6VumP/fbRbGxWqnH8bB5ARFoCP/h&#10;v3ahFUzhfiXeALn6BQAA//8DAFBLAQItABQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAAAAAAAAA&#10;AAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsA&#10;AAAAAAAAAAAAAAAAHwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhAGSZxafEAAAA2gAAAA8A&#10;AAAAAAAAAAAAAAAABwIAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAAAwADALcAAAD4AgAAAAA=&#10;" filled="f" strokecolor="#9d2235 [3208]" strokeweight="3pt">
+                  <v:shadow on="t" color="black" opacity="22937f" origin=",.5" offset="0,.63889mm"/>
+                </v:roundrect>
+              </v:group>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
-      <w:r w:rsidR="00637128">
+    </w:p>
+    <w:p w14:paraId="2BE11FF9" w14:textId="1C181536" w:rsidR="00D03A38" w:rsidRDefault="00D03A38" w:rsidP="009A32ED">
+      <w:pPr>
+        <w:pStyle w:val="MellanrubrikVGR"/>
+        <w:ind w:right="-143"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="360F7B58" w14:textId="1BA4D466" w:rsidR="00D03A38" w:rsidRDefault="00D03A38" w:rsidP="009A32ED">
+      <w:pPr>
+        <w:pStyle w:val="MellanrubrikVGR"/>
+        <w:ind w:right="-143"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="7501F979" w14:textId="034F443D" w:rsidR="00D03A38" w:rsidRDefault="00D03A38" w:rsidP="009A32ED">
+      <w:pPr>
+        <w:pStyle w:val="MellanrubrikVGR"/>
+        <w:ind w:right="-143"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="2DA4DF18" w14:textId="77777777" w:rsidR="00D03A38" w:rsidRDefault="00D03A38" w:rsidP="009A32ED">
+      <w:pPr>
+        <w:pStyle w:val="MellanrubrikVGR"/>
+        <w:ind w:right="-143"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="4D550C34" w14:textId="16E2F6F1" w:rsidR="00D03A38" w:rsidRDefault="00D03A38" w:rsidP="009A32ED">
+      <w:pPr>
+        <w:pStyle w:val="MellanrubrikVGR"/>
+        <w:ind w:right="-143"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="78B9AB0F" w14:textId="4BB9117F" w:rsidR="00D03A38" w:rsidRDefault="00D03A38" w:rsidP="009A32ED">
+      <w:pPr>
+        <w:pStyle w:val="MellanrubrikVGR"/>
+        <w:ind w:right="-143"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="2294BB13" w14:textId="5A7641DF" w:rsidR="00D03A38" w:rsidRDefault="00D03A38" w:rsidP="009A32ED">
+      <w:pPr>
+        <w:pStyle w:val="MellanrubrikVGR"/>
+        <w:ind w:right="-143"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="38E623D5" w14:textId="56D60390" w:rsidR="00D03A38" w:rsidRDefault="00D03A38" w:rsidP="009A32ED">
+      <w:pPr>
+        <w:pStyle w:val="MellanrubrikVGR"/>
+        <w:ind w:right="-143"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="50C62606" w14:textId="7423F25C" w:rsidR="00D03A38" w:rsidRDefault="00D03A38" w:rsidP="009A32ED">
+      <w:pPr>
+        <w:pStyle w:val="MellanrubrikVGR"/>
+        <w:ind w:right="-143"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="0B059248" w14:textId="2298C9A3" w:rsidR="00D03A38" w:rsidRDefault="00D03A38" w:rsidP="009A32ED">
+      <w:pPr>
+        <w:pStyle w:val="MellanrubrikVGR"/>
+        <w:ind w:right="-143"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="23874AF4" w14:textId="1EFEAD30" w:rsidR="00D03A38" w:rsidRDefault="00D03A38" w:rsidP="009A32ED">
+      <w:pPr>
+        <w:pStyle w:val="MellanrubrikVGR"/>
+        <w:ind w:right="-143"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="4C3CF84A" w14:textId="667A18F9" w:rsidR="00D03A38" w:rsidRDefault="00D03A38" w:rsidP="009A32ED">
+      <w:pPr>
+        <w:pStyle w:val="MellanrubrikVGR"/>
+        <w:ind w:right="-143"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="688B2634" w14:textId="4510EE6B" w:rsidR="00D03A38" w:rsidRDefault="00D03A38" w:rsidP="009A32ED">
+      <w:pPr>
+        <w:pStyle w:val="MellanrubrikVGR"/>
+        <w:ind w:right="-143"/>
+      </w:pPr>
+    </w:p>
+    <w:bookmarkEnd w:id="17"/>
+    <w:p w14:paraId="6508FC52" w14:textId="7799CA77" w:rsidR="007F4CA4" w:rsidRDefault="007F4CA4" w:rsidP="007F4CA4">
+      <w:pPr>
+        <w:pStyle w:val="Beskrivning"/>
+      </w:pPr>
+      <w:r>
+        <w:t>Bild 1. Observera att CFS 9 särskiljer sig.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1E89B03A" w14:textId="77777777" w:rsidR="007F4CA4" w:rsidRPr="00C04F0B" w:rsidRDefault="007F4CA4" w:rsidP="007F4CA4">
+      <w:pPr>
+        <w:pStyle w:val="MellanrubrikVGR"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="18" w:name="_Toc156567978"/>
+      <w:r w:rsidRPr="00C04F0B">
+        <w:t>Dokumentation</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="18"/>
+    </w:p>
+    <w:p w14:paraId="233A7119" w14:textId="77777777" w:rsidR="007F4CA4" w:rsidRDefault="007F4CA4" w:rsidP="007F4CA4">
+      <w:r>
+        <w:t xml:space="preserve">CFS dokumenteras i patientjournalen under sökord </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C04F0B">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Clinical </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00C04F0B">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t>Frailty</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00C04F0B">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00C04F0B">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t>Scale</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> och med datum för genomförd bedömning.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="14117F43" w14:textId="77777777" w:rsidR="007F4CA4" w:rsidRPr="00077D0C" w:rsidRDefault="007F4CA4" w:rsidP="007F4CA4">
+      <w:r>
+        <w:t>Vid handläggning på akutmottagning noteras CFS-grad i kommentarsfältet i Elvis för att vägleda i handläggning och prioritering både på akutmottagning och för vårdavdelning.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="16F6E824" w14:textId="77777777" w:rsidR="007F4CA4" w:rsidRDefault="007F4CA4" w:rsidP="007F4CA4">
+      <w:pPr>
+        <w:pStyle w:val="Rubrik3"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="19" w:name="_Toc156567979"/>
+      <w:bookmarkStart w:id="20" w:name="_Toc203056657"/>
+      <w:r w:rsidRPr="00843B59">
+        <w:lastRenderedPageBreak/>
+        <w:t>Vägledning för vårdens inriktning</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="19"/>
+      <w:bookmarkEnd w:id="20"/>
+    </w:p>
+    <w:p w14:paraId="19347084" w14:textId="77777777" w:rsidR="007F4CA4" w:rsidRPr="00843B59" w:rsidRDefault="007F4CA4" w:rsidP="007F4CA4">
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Följande stycken är en vägledning för </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006E5038">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">hur </w:t>
+      </w:r>
+      <w:hyperlink w:anchor="Bilaga2" w:history="1">
+        <w:r w:rsidRPr="006E5038">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlnk"/>
+            <w:b/>
+            <w:bCs/>
+          </w:rPr>
+          <w:t>bilaga 2</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="006E5038">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> ska användas</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> i klinisk praxis.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2E7F33AD" w14:textId="14B2AD78" w:rsidR="007F4CA4" w:rsidRDefault="007F4CA4" w:rsidP="00E967D0">
+      <w:pPr>
+        <w:ind w:right="707"/>
+      </w:pPr>
+      <w:r>
+        <w:t>Det är av vikt att säkerställa att sköra individer i så stor utsträckning som möjligt erbjuds anpassade vårdinsatser i hemmet, då vård i sjukhusmiljö</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007F4CA4">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">ofta innebär en mental påfrestning med påföljande risk för delirium/kognitiv svikt eller andra negativa händelser enligt </w:t>
+      </w:r>
+      <w:hyperlink w:anchor="Tabell1" w:history="1">
+        <w:r w:rsidRPr="00843B59">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlnk"/>
+          </w:rPr>
+          <w:t>tabell 1</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="60EE2EAA" w14:textId="77777777" w:rsidR="007F4CA4" w:rsidRDefault="007F4CA4" w:rsidP="00E967D0">
+      <w:pPr>
+        <w:ind w:right="707"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">Vården behöver alltså ha som inriktning att anpassa vistelsen på sjukhus till kortast nödvändiga för sköra äldre, och samtidigt säkerställa ett lugnt och tryggt omhändertagande genom hela vårdkedjan, som tillgodoser de faktiska vårdbehov som patienten </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006E5038">
+        <w:t xml:space="preserve">har. </w:t>
+      </w:r>
+      <w:hyperlink w:anchor="Bilaga2" w:history="1">
+        <w:r w:rsidRPr="006E5038">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlnk"/>
+          </w:rPr>
+          <w:t>Se bilaga 2</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="006E5038">
+        <w:t xml:space="preserve"> för vägledning</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> i vad som behöver värderas kopplat till de olika CFS-nivåerna.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2C812027" w14:textId="77777777" w:rsidR="007F4CA4" w:rsidRDefault="007F4CA4" w:rsidP="007F4CA4">
+      <w:r>
+        <w:t>All bedömning och planering för interventioner är individuell och behöver ske i dialog med patienten. CFS-skattningen är en vägledning i den bedömningen, och kan inte ensamt användas för beslut om vårdens inriktning.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7C3EB507" w14:textId="77777777" w:rsidR="007F4CA4" w:rsidRPr="00F863A6" w:rsidRDefault="007F4CA4" w:rsidP="007F4CA4">
+      <w:pPr>
+        <w:pStyle w:val="MellanrubrikVGR"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="21" w:name="_Toc156567980"/>
+      <w:r w:rsidRPr="00F863A6">
+        <w:t>CFS som prioriteringsgrund</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="21"/>
+    </w:p>
+    <w:p w14:paraId="0CB3C8BB" w14:textId="059A4F8C" w:rsidR="007F4CA4" w:rsidRDefault="00350AE8" w:rsidP="007F4CA4">
+      <w:r>
         <w:rPr>
           <w:noProof/>
         </w:rPr>
         <mc:AlternateContent>
           <mc:Choice Requires="wps">
             <w:drawing>
-              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658244" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="2FE3811F" wp14:editId="41DEB948">
+              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251683840" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="053B788A" wp14:editId="755DC986">
                 <wp:simplePos x="0" y="0"/>
                 <wp:positionH relativeFrom="column">
-                  <wp:posOffset>1245982</wp:posOffset>
+                  <wp:posOffset>1076050</wp:posOffset>
                 </wp:positionH>
                 <wp:positionV relativeFrom="paragraph">
-                  <wp:posOffset>5162698</wp:posOffset>
+                  <wp:posOffset>1098550</wp:posOffset>
                 </wp:positionV>
-                <wp:extent cx="304220" cy="608972"/>
-                <wp:effectExtent l="57150" t="19050" r="57785" b="76835"/>
+                <wp:extent cx="3985146" cy="839337"/>
+                <wp:effectExtent l="0" t="0" r="15875" b="18415"/>
                 <wp:wrapNone/>
-                <wp:docPr id="26" name="Rektangel 26"/>
+                <wp:docPr id="1749039419" name="Textruta 5"/>
                 <wp:cNvGraphicFramePr/>
                 <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                   <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                     <wps:wsp>
-                      <wps:cNvSpPr/>
+                      <wps:cNvSpPr txBox="1"/>
                       <wps:spPr>
                         <a:xfrm>
                           <a:off x="0" y="0"/>
-                          <a:ext cx="304220" cy="608972"/>
+                          <a:ext cx="3985146" cy="839337"/>
                         </a:xfrm>
                         <a:prstGeom prst="rect">
                           <a:avLst/>
                         </a:prstGeom>
                         <a:solidFill>
-                          <a:schemeClr val="accent5">
-                            <a:lumMod val="75000"/>
+                          <a:schemeClr val="bg1">
+                            <a:lumMod val="85000"/>
                           </a:schemeClr>
                         </a:solidFill>
-                        <a:ln>
-                          <a:noFill/>
+                        <a:ln w="6350">
+                          <a:solidFill>
+                            <a:prstClr val="black"/>
+                          </a:solidFill>
                         </a:ln>
                       </wps:spPr>
-                      <wps:style>
-[...12 lines deleted...]
-                      </wps:style>
                       <wps:txbx>
                         <w:txbxContent>
-                          <w:p w14:paraId="31B2CF6C" w14:textId="5435DA16" w:rsidR="00637128" w:rsidRPr="004F1033" w:rsidRDefault="00637128" w:rsidP="00637128">
+                          <w:p w14:paraId="2F97BDBA" w14:textId="37D754D9" w:rsidR="00350AE8" w:rsidRDefault="00350AE8" w:rsidP="00350AE8">
                             <w:pPr>
-                              <w:shd w:val="clear" w:color="auto" w:fill="DD6174" w:themeFill="accent5" w:themeFillTint="99"/>
-[...6 lines deleted...]
-                              </w:rPr>
+                              <w:ind w:left="0" w:right="126"/>
                             </w:pPr>
+                            <w:r w:rsidRPr="792C50A4">
+                              <w:t>Patienter med CFS ≥7 ska beredas ordinarie vårdplats</w:t>
+                            </w:r>
                             <w:r>
-                              <w:rPr>
-[...4 lines deleted...]
-                              <w:t>9</w:t>
+                              <w:t>,</w:t>
                             </w:r>
-                            <w:r w:rsidRPr="004F1033">
-[...5 lines deleted...]
-                              <w:t>-55252</w:t>
+                            <w:r w:rsidRPr="792C50A4">
+                              <w:t xml:space="preserve"> utan väntetid, i en lugn och trygg miljö och ej </w:t>
+                            </w:r>
+                            <w:r>
+                              <w:t>placeras</w:t>
+                            </w:r>
+                            <w:r w:rsidRPr="792C50A4">
+                              <w:t xml:space="preserve"> i korridor</w:t>
+                            </w:r>
+                            <w:r>
+                              <w:t>,</w:t>
+                            </w:r>
+                            <w:r w:rsidRPr="792C50A4">
+                              <w:t xml:space="preserve"> då det ökar risken för akut konfusion.</w:t>
                             </w:r>
                           </w:p>
                         </w:txbxContent>
                       </wps:txbx>
-                      <wps:bodyPr rot="0" spcFirstLastPara="0" vertOverflow="overflow" horzOverflow="overflow" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" numCol="1" spcCol="0" rtlCol="0" fromWordArt="0" anchor="ctr" anchorCtr="0" forceAA="0" compatLnSpc="1">
+                      <wps:bodyPr rot="0" spcFirstLastPara="0" vertOverflow="overflow" horzOverflow="overflow" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" numCol="1" spcCol="0" rtlCol="0" fromWordArt="0" anchor="t" anchorCtr="0" forceAA="0" compatLnSpc="1">
                         <a:prstTxWarp prst="textNoShape">
                           <a:avLst/>
                         </a:prstTxWarp>
                         <a:noAutofit/>
                       </wps:bodyPr>
                     </wps:wsp>
                   </a:graphicData>
                 </a:graphic>
                 <wp14:sizeRelH relativeFrom="margin">
                   <wp14:pctWidth>0</wp14:pctWidth>
                 </wp14:sizeRelH>
                 <wp14:sizeRelV relativeFrom="margin">
                   <wp14:pctHeight>0</wp14:pctHeight>
                 </wp14:sizeRelV>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
           <mc:Fallback>
             <w:pict>
-              <v:rect w14:anchorId="2FE3811F" id="Rektangel 26" o:spid="_x0000_s1026" style="position:absolute;left:0;text-align:left;margin-left:98.1pt;margin-top:406.5pt;width:23.95pt;height:47.95pt;z-index:251658244;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:margin;mso-height-relative:margin;v-text-anchor:middle" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQC44u6MegIAAG0FAAAOAAAAZHJzL2Uyb0RvYy54bWysVNtOGzEQfa/Uf7D8XnYTwi1igyIQVSUK&#10;CKh4drw2sWR7XNvJbvr1HXsvpBQJqerLru25nzkz5xet0WQrfFBgKzo5KCkRlkOt7EtFfzxdfzml&#10;JERma6bBioruRKAXi8+fzhs3F1NYg66FJ+jEhnnjKrqO0c2LIvC1MCwcgBMWhRK8YRGv/qWoPWvQ&#10;u9HFtCyPiwZ87TxwEQK+XnVCusj+pRQ83kkZRCS6ophbzF+fv6v0LRbnbP7imVsr3qfB/iELw5TF&#10;oKOrKxYZ2Xj1lyujuIcAMh5wMAVIqbjINWA1k/JNNY9r5kSuBcEJboQp/D+3/Hb76O49wtC4MA94&#10;TFW00pv0x/xIm8HajWCJNhKOj4flbDpFSDmKjsvTs5NpArN4NXY+xK8CDEmHinrsRYaIbW9C7FQH&#10;lRQrgFb1tdI6X1L/xaX2ZMuwc4xzYeNRNtcb8x3q7v3kqCxzDzFspkwyyUn84U3b5NNC8t4FTi/F&#10;a8X5FHdaJD1tH4QkqsYaJzni6Hk/mUlfbdZOZhKdj4aHHxv2+slUZKKOxtOPjUeLHBlsHI2NsuDf&#10;c6DjkLLs9AcEuroTBLFdtT0TVlDv7j3x0E1McPxaYRtvWIj3zOOIYOdx7OMdfqSGpqLQnyhZg//1&#10;3nvSR+ailJIGR66i4eeGeUGJ/maR02eT2SzNaL7Mjk4Su/y+ZLUvsRtzCciNCS4Yx/Mx6Uc9HKUH&#10;84zbYZmioohZjrEryqMfLpexWwW4X7hYLrMazqVj8cY+Oj4QINH0qX1m3vVcjjgEtzCMJ5u/oXSn&#10;m1pjYbmJIFXme4K4w7WHHmc6k7XfP2lp7N+z1uuWXPwGAAD//wMAUEsDBBQABgAIAAAAIQDOI1wz&#10;4AAAAAsBAAAPAAAAZHJzL2Rvd25yZXYueG1sTI/LTsMwEEX3SPyDNUhsUOskjaI4jVMhHmKHRKF7&#10;JzZxWj+i2G2Tv2dYwfJqju6cW+9ma8hFTWHwjkO6ToAo13k5uJ7D1+frqgQSonBSGO8Uh0UF2DW3&#10;N7WopL+6D3XZx55giQuV4KBjHCtKQ6eVFWHtR+Xw9u0nKyLGqadyElcst4ZmSVJQKwaHH7QY1ZNW&#10;3Wl/thzaY87Y6UWbN/m+9Mvm8HwoHo6c39/Nj1sgUc3xD4ZffVSHBp1af3YyEIOZFRmiHMp0g6OQ&#10;yPI8BdJyYEnJgDY1/b+h+QEAAP//AwBQSwECLQAUAAYACAAAACEAtoM4kv4AAADhAQAAEwAAAAAA&#10;AAAAAAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQA4/SH/1gAAAJQB&#10;AAALAAAAAAAAAAAAAAAAAC8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAAIQC44u6MegIAAG0F&#10;AAAOAAAAAAAAAAAAAAAAAC4CAABkcnMvZTJvRG9jLnhtbFBLAQItABQABgAIAAAAIQDOI1wz4AAA&#10;AAsBAAAPAAAAAAAAAAAAAAAAANQEAABkcnMvZG93bnJldi54bWxQSwUGAAAAAAQABADzAAAA4QUA&#10;AAAA&#10;" fillcolor="#751927 [2408]" stroked="f">
-                <v:shadow on="t" color="black" opacity="22937f" origin=",.5" offset="0,.63889mm"/>
+              <v:shapetype w14:anchorId="053B788A" id="_x0000_t202" coordsize="21600,21600" o:spt="202" path="m,l,21600r21600,l21600,xe">
+                <v:stroke joinstyle="miter"/>
+                <v:path gradientshapeok="t" o:connecttype="rect"/>
+              </v:shapetype>
+              <v:shape id="Textruta 5" o:spid="_x0000_s1039" type="#_x0000_t202" style="position:absolute;left:0;text-align:left;margin-left:84.75pt;margin-top:86.5pt;width:313.8pt;height:66.1pt;z-index:251683840;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:margin;mso-height-relative:margin;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQDWbhEvTwIAAKcEAAAOAAAAZHJzL2Uyb0RvYy54bWysVE1v2zAMvQ/YfxB0X+x8NjHiFFmKDAOy&#10;tkA69KzIcmxMFjVJiZ39+lGy89Fup2EXhRLpR/LxMfP7ppLkKIwtQaW034spEYpDVqp9Sr+/rD9N&#10;KbGOqYxJUCKlJ2Hp/eLjh3mtEzGAAmQmDEEQZZNap7RwTidRZHkhKmZ7oIVCZw6mYg6vZh9lhtWI&#10;XsloEMeTqAaTaQNcWIuvD62TLgJ+ngvunvLcCkdkSrE2F04Tzp0/o8WcJXvDdFHyrgz2D1VUrFSY&#10;9AL1wBwjB1P+AVWV3ICF3PU4VBHkeclF6AG76cfvutkWTIvQC5Jj9YUm+/9g+eNxq58Ncc1naHCA&#10;npBa28Tio++nyU3lf7FSgn6k8HShTTSOcHwczqbj/mhCCUffdDgbDu88THT9WhvrvgioiDdSanAs&#10;gS123FjXhp5DfDILsszWpZTh4qUgVtKQI8Mh7vb98Kk8VN8ga9+m4zgOo8SUQTk+PBTwBkkqUqd0&#10;MhzHAeGNz6e/5pCM/+hauIlCdKkQ9sqPt1yza0iZpXR25m4H2QkpNdCqzWq+LhF+w6x7ZgblhSzi&#10;yrgnPHIJWBN0FiUFmF9/e/fxOHX0UlKjXFNqfx6YEZTIrwr1MOuPRl7f4TIa3w3wYm49u1uPOlQr&#10;QDL7uJyaB9PHO3k2cwPVK27W0mdFF1Mcc6fUnc2Va5cIN5OL5TIEoaI1cxu11dxD++F5Wl+aV2Z0&#10;N3qHonmEs7BZ8k4Bbaz/UsHy4CAvgzw8zy2rHf24DWG+3eb6dbu9h6jr/8viNwAAAP//AwBQSwME&#10;FAAGAAgAAAAhAK1p3HzgAAAACwEAAA8AAABkcnMvZG93bnJldi54bWxMj11LwzAUhu8F/0M4gjdj&#10;S7qydatNhwheTQSnMC+z5tiGNUlJsrX+e49XendezsP7Ue0m27Mrhmi8k5AtBDB0jdfGtRI+3p/n&#10;G2AxKadV7x1K+MYIu/r2plKl9qN7w+shtYxMXCyVhC6loeQ8Nh1aFRd+QEe/Lx+sSiRDy3VQI5nb&#10;ni+FWHOrjKOETg341GFzPlysBIPibMbwYo+z12yTz/w+fO6DlPd30+MDsIRT+oPhtz5Vh5o6nfzF&#10;6ch60uvtilA6ipxGEVFsiwzYSUIuVkvgdcX/b6h/AAAA//8DAFBLAQItABQABgAIAAAAIQC2gziS&#10;/gAAAOEBAAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgA&#10;AAAhADj9If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAALwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgA&#10;AAAhANZuES9PAgAApwQAAA4AAAAAAAAAAAAAAAAALgIAAGRycy9lMm9Eb2MueG1sUEsBAi0AFAAG&#10;AAgAAAAhAK1p3HzgAAAACwEAAA8AAAAAAAAAAAAAAAAAqQQAAGRycy9kb3ducmV2LnhtbFBLBQYA&#10;AAAABAAEAPMAAAC2BQAAAAA=&#10;" fillcolor="#d8d8d8 [2732]" strokeweight=".5pt">
                 <v:textbox>
                   <w:txbxContent>
-                    <w:p w14:paraId="31B2CF6C" w14:textId="5435DA16" w:rsidR="00637128" w:rsidRPr="004F1033" w:rsidRDefault="00637128" w:rsidP="00637128">
+                    <w:p w14:paraId="2F97BDBA" w14:textId="37D754D9" w:rsidR="00350AE8" w:rsidRDefault="00350AE8" w:rsidP="00350AE8">
                       <w:pPr>
-                        <w:shd w:val="clear" w:color="auto" w:fill="DD6174" w:themeFill="accent5" w:themeFillTint="99"/>
-[...6 lines deleted...]
-                        </w:rPr>
+                        <w:ind w:left="0" w:right="126"/>
                       </w:pPr>
+                      <w:r w:rsidRPr="792C50A4">
+                        <w:t>Patienter med CFS ≥7 ska beredas ordinarie vårdplats</w:t>
+                      </w:r>
                       <w:r>
-                        <w:rPr>
-[...4 lines deleted...]
-                        <w:t>9</w:t>
+                        <w:t>,</w:t>
                       </w:r>
-                      <w:r w:rsidRPr="004F1033">
-[...5 lines deleted...]
-                        <w:t>-55252</w:t>
+                      <w:r w:rsidRPr="792C50A4">
+                        <w:t xml:space="preserve"> utan väntetid, i en lugn och trygg miljö och ej </w:t>
+                      </w:r>
+                      <w:r>
+                        <w:t>placeras</w:t>
+                      </w:r>
+                      <w:r w:rsidRPr="792C50A4">
+                        <w:t xml:space="preserve"> i korridor</w:t>
+                      </w:r>
+                      <w:r>
+                        <w:t>,</w:t>
+                      </w:r>
+                      <w:r w:rsidRPr="792C50A4">
+                        <w:t xml:space="preserve"> då det ökar risken för akut konfusion.</w:t>
                       </w:r>
                     </w:p>
                   </w:txbxContent>
                 </v:textbox>
-              </v:rect>
+              </v:shape>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
-      <w:r w:rsidR="00637128">
+      <w:r w:rsidR="007F4CA4" w:rsidRPr="00C26613">
         <w:rPr>
           <w:noProof/>
         </w:rPr>
-        <mc:AlternateContent>
-[...142 lines deleted...]
-      <w:r w:rsidR="00637128">
+        <w:t>Om</w:t>
+      </w:r>
+      <w:r w:rsidR="007F4CA4" w:rsidRPr="00C26613">
+        <w:t xml:space="preserve"> väl beslut om inskrivning fattats behöver det akuta omhändertagandet påskyndas för att minimera patientens tid på akutmottagningen. </w:t>
+      </w:r>
+      <w:r w:rsidR="007F4CA4" w:rsidRPr="00C26613">
         <w:rPr>
-          <w:noProof/>
+          <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
-        <mc:AlternateContent>
-[...1208 lines deleted...]
-      <w:r>
+        <w:t xml:space="preserve">Det innebär att patienter med CFS </w:t>
+      </w:r>
+      <w:r w:rsidR="007F4CA4" w:rsidRPr="00C26613">
         <w:rPr>
           <w:b/>
           <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
-        <w:t xml:space="preserve">Följande stycken är en vägledning för </w:t>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="006E5038">
+        <w:t>≥7</w:t>
+      </w:r>
+      <w:r w:rsidR="007F4CA4" w:rsidRPr="00C26613">
         <w:rPr>
-          <w:b/>
-          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
-        <w:t xml:space="preserve">hur </w:t>
-[...23 lines deleted...]
-        <w:t xml:space="preserve"> i klinisk praxis.</w:t>
+        <w:t xml:space="preserve"> ska prioriteras i samma medicinska </w:t>
+      </w:r>
+      <w:r w:rsidR="007F4CA4" w:rsidRPr="00C26613">
+        <w:t>prioriteringsgrupp.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2A8EAA07" w14:textId="4B103A5D" w:rsidR="00C516DA" w:rsidRDefault="00674C2D" w:rsidP="00674C2D">
-[...140 lines deleted...]
-    <w:p w14:paraId="549383FE" w14:textId="458446D6" w:rsidR="00AF273E" w:rsidRDefault="002C0140" w:rsidP="00674C2D">
+    <w:p w14:paraId="68F39848" w14:textId="0BEA6B61" w:rsidR="00350AE8" w:rsidRDefault="00350AE8" w:rsidP="007F4CA4">
       <w:r w:rsidRPr="00C26613">
         <w:rPr>
           <w:noProof/>
         </w:rPr>
         <mc:AlternateContent>
           <mc:Choice Requires="wps">
             <w:drawing>
-              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658249" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="708226DA" wp14:editId="6444F667">
+              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251682816" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="682852B9" wp14:editId="385DDE35">
                 <wp:simplePos x="0" y="0"/>
                 <wp:positionH relativeFrom="column">
-                  <wp:posOffset>697865</wp:posOffset>
+                  <wp:posOffset>436254</wp:posOffset>
                 </wp:positionH>
                 <wp:positionV relativeFrom="paragraph">
-                  <wp:posOffset>940435</wp:posOffset>
+                  <wp:posOffset>268018</wp:posOffset>
                 </wp:positionV>
                 <wp:extent cx="523875" cy="542925"/>
                 <wp:effectExtent l="57150" t="19050" r="66675" b="85725"/>
-                <wp:wrapNone/>
+                <wp:wrapSquare wrapText="bothSides"/>
                 <wp:docPr id="29" name="Pil: höger 29">
                   <a:extLst xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:ext uri="{C183D7F6-B498-43B3-948B-1728B52AA6E4}">
                       <adec:decorative xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" val="1"/>
                     </a:ext>
                   </a:extLst>
                 </wp:docPr>
                 <wp:cNvGraphicFramePr/>
                 <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                   <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                     <wps:wsp>
                       <wps:cNvSpPr/>
                       <wps:spPr>
                         <a:xfrm>
                           <a:off x="0" y="0"/>
                           <a:ext cx="523875" cy="542925"/>
                         </a:xfrm>
                         <a:prstGeom prst="rightArrow">
                           <a:avLst/>
                         </a:prstGeom>
                         <a:solidFill>
                           <a:schemeClr val="accent5">
                             <a:lumMod val="40000"/>
                             <a:lumOff val="60000"/>
                           </a:schemeClr>
@@ -3800,8480 +3106,8327 @@
                         <a:lnRef idx="1">
                           <a:schemeClr val="accent1"/>
                         </a:lnRef>
                         <a:fillRef idx="3">
                           <a:schemeClr val="accent1"/>
                         </a:fillRef>
                         <a:effectRef idx="2">
                           <a:schemeClr val="accent1"/>
                         </a:effectRef>
                         <a:fontRef idx="minor">
                           <a:schemeClr val="lt1"/>
                         </a:fontRef>
                       </wps:style>
                       <wps:bodyPr rot="0" spcFirstLastPara="0" vertOverflow="overflow" horzOverflow="overflow" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" numCol="1" spcCol="0" rtlCol="0" fromWordArt="0" anchor="ctr" anchorCtr="0" forceAA="0" compatLnSpc="1">
                         <a:prstTxWarp prst="textNoShape">
                           <a:avLst/>
                         </a:prstTxWarp>
                         <a:noAutofit/>
                       </wps:bodyPr>
                     </wps:wsp>
                   </a:graphicData>
                 </a:graphic>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
-          <mc:Fallback>
-[...1 lines deleted...]
-              <v:shapetype w14:anchorId="51DA9E09" id="_x0000_t13" coordsize="21600,21600" o:spt="13" adj="16200,5400" path="m@0,l@0@1,0@1,0@2@0@2@0,21600,21600,10800xe">
+          <mc:Fallback xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+            <w:pict w14:anchorId="50BF3D36">
+              <v:shapetype id="_x0000_t13" coordsize="21600,21600" o:spt="13" adj="16200,5400" path="m@0,l@0@1,0@1,0@2@0@2@0,21600,21600,10800xe" w14:anchorId="02134EB1">
                 <v:stroke joinstyle="miter"/>
                 <v:formulas>
                   <v:f eqn="val #0"/>
                   <v:f eqn="val #1"/>
                   <v:f eqn="sum height 0 #1"/>
                   <v:f eqn="sum 10800 0 #1"/>
                   <v:f eqn="sum width 0 #0"/>
                   <v:f eqn="prod @4 @3 10800"/>
                   <v:f eqn="sum width 0 @5"/>
                 </v:formulas>
-                <v:path o:connecttype="custom" o:connectlocs="@0,0;0,10800;@0,21600;21600,10800" o:connectangles="270,180,90,0" textboxrect="0,@1,@6,@2"/>
+                <v:path textboxrect="0,@1,@6,@2" o:connecttype="custom" o:connectlocs="@0,0;0,10800;@0,21600;21600,10800" o:connectangles="270,180,90,0"/>
                 <v:handles>
                   <v:h position="#0,#1" xrange="0,21600" yrange="0,10800"/>
                 </v:handles>
               </v:shapetype>
-              <v:shape id="Pil: höger 29" o:spid="_x0000_s1026" type="#_x0000_t13" alt="&quot;&quot;" style="position:absolute;margin-left:54.95pt;margin-top:74.05pt;width:41.25pt;height:42.75pt;z-index:251658249;visibility:visible;mso-wrap-style:square;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;v-text-anchor:middle" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQARI/hfgQIAAH8FAAAOAAAAZHJzL2Uyb0RvYy54bWysVFlPGzEQfq/U/2D5vWyyJBwRGxSBqCpR&#10;QEDFs/HayUpejzt2skl/fcfeIylFQqq6D1577vnmuLjc1oZtFPoKbMHHRyPOlJVQVnZZ8B/PN1/O&#10;OPNB2FIYsKrgO+X55fzzp4vGzVQOKzClQkZGrJ81ruCrENwsy7xcqVr4I3DKElMD1iLQE5dZiaIh&#10;67XJ8tHoJGsAS4cglfdEvW6ZfJ7sa61kuNfaq8BMwSm2kE5M52s8s/mFmC1RuFUluzDEP0RRi8qS&#10;08HUtQiCrbH6y1RdSQQPOhxJqDPQupIq5UDZjEdvsnlaCadSLgSOdwNM/v+ZlXebJ/eABEPj/MzT&#10;NWax1VjHP8XHtgms3QCW2gYmiTjNj89Op5xJYk0n+Xk+jWBme2WHPnxVULN4KThWy1VYIEKTgBKb&#10;Wx9ahV4wevRgqvKmMiY9YheoK4NsI6h+QkplwzSpm3X9HcqWPhnR11aSyFTvlnzSkymm1E/RUorw&#10;DyfGRlcWotM2nkjJ9nCkW9gZFeWMfVSaVSUBME6BDJYPYxx3UCTpqKbJ+KB4/LFiJx9VVeriQTn/&#10;WHnQSJ7BhkG5rizgewZM6EPWrXyPQJt3hOAVyt0DMoR2hryTNxUV9lb48CCQhobGixZBuKdDG2gK&#10;Dt2NsxXgr/foUZ56mbicNTSEBfc/1wIVZ+abpS4/H08mcWrTYzI9zemBh5zXQ45d11dAfTKmleNk&#10;ukb5YPqrRqhfaF8soldiCSvJd8FlwP5xFdrlQBtHqsUiidGkOhFu7ZOTfdVjyz5vXwS6rrsDjcUd&#10;9AMrZm/au5WN9bCwWAfQVer9Pa4d3jTlqUO7jRTXyOE7Se335vw3AAAA//8DAFBLAwQUAAYACAAA&#10;ACEAOBZHB+AAAAALAQAADwAAAGRycy9kb3ducmV2LnhtbEyPwU6DQBCG7ya+w2ZMvNkF2jQFWRpj&#10;rEkPxki9eFvYKRDZWcIuFN/e6Ulv82e+/PNNvl9sL2YcfedIQbyKQCDVznTUKPg8HR52IHzQZHTv&#10;CBX8oId9cXuT68y4C33gXIZGcAn5TCtoQxgyKX3dotV+5QYk3p3daHXgODbSjPrC5baXSRRtpdUd&#10;8YVWD/jcYv1dTlbBMlXvYTp/vc5xeZiOp7chfSmPSt3fLU+PIAIu4Q+Gqz6rQ8FOlZvIeNFzjtKU&#10;UR42uxjElUiTDYhKQbJeb0EWufz/Q/ELAAD//wMAUEsBAi0AFAAGAAgAAAAhALaDOJL+AAAA4QEA&#10;ABMAAAAAAAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAOP0h&#10;/9YAAACUAQAACwAAAAAAAAAAAAAAAAAvAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEAESP4&#10;X4ECAAB/BQAADgAAAAAAAAAAAAAAAAAuAgAAZHJzL2Uyb0RvYy54bWxQSwECLQAUAAYACAAAACEA&#10;OBZHB+AAAAALAQAADwAAAAAAAAAAAAAAAADbBAAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAAEAAQA&#10;8wAAAOgFAAAAAA==&#10;" adj="10800" fillcolor="#e896a2 [1304]" stroked="f">
-                <v:shadow on="t" color="black" opacity="22937f" origin=",.5" offset="0,.63889mm"/>
+              <v:shape id="Pil: höger 29" style="position:absolute;margin-left:34.35pt;margin-top:21.1pt;width:41.25pt;height:42.75pt;z-index:251682816;visibility:visible;mso-wrap-style:square;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;v-text-anchor:middle" alt="&quot;&quot;" o:spid="_x0000_s1026" fillcolor="#e896a2 [1304]" stroked="f" type="#_x0000_t13" adj="10800" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQARI/hfgQIAAH8FAAAOAAAAZHJzL2Uyb0RvYy54bWysVFlPGzEQfq/U/2D5vWyyJBwRGxSBqCpR&#10;QEDFs/HayUpejzt2skl/fcfeIylFQqq6D1577vnmuLjc1oZtFPoKbMHHRyPOlJVQVnZZ8B/PN1/O&#10;OPNB2FIYsKrgO+X55fzzp4vGzVQOKzClQkZGrJ81ruCrENwsy7xcqVr4I3DKElMD1iLQE5dZiaIh&#10;67XJ8tHoJGsAS4cglfdEvW6ZfJ7sa61kuNfaq8BMwSm2kE5M52s8s/mFmC1RuFUluzDEP0RRi8qS&#10;08HUtQiCrbH6y1RdSQQPOhxJqDPQupIq5UDZjEdvsnlaCadSLgSOdwNM/v+ZlXebJ/eABEPj/MzT&#10;NWax1VjHP8XHtgms3QCW2gYmiTjNj89Op5xJYk0n+Xk+jWBme2WHPnxVULN4KThWy1VYIEKTgBKb&#10;Wx9ahV4wevRgqvKmMiY9YheoK4NsI6h+QkplwzSpm3X9HcqWPhnR11aSyFTvlnzSkymm1E/RUorw&#10;DyfGRlcWotM2nkjJ9nCkW9gZFeWMfVSaVSUBME6BDJYPYxx3UCTpqKbJ+KB4/LFiJx9VVeriQTn/&#10;WHnQSJ7BhkG5rizgewZM6EPWrXyPQJt3hOAVyt0DMoR2hryTNxUV9lb48CCQhobGixZBuKdDG2gK&#10;Dt2NsxXgr/foUZ56mbicNTSEBfc/1wIVZ+abpS4/H08mcWrTYzI9zemBh5zXQ45d11dAfTKmleNk&#10;ukb5YPqrRqhfaF8soldiCSvJd8FlwP5xFdrlQBtHqsUiidGkOhFu7ZOTfdVjyz5vXwS6rrsDjcUd&#10;9AMrZm/au5WN9bCwWAfQVer9Pa4d3jTlqUO7jRTXyOE7Se335vw3AAAA//8DAFBLAwQUAAYACAAA&#10;ACEAOoAb498AAAAJAQAADwAAAGRycy9kb3ducmV2LnhtbEyPQU+DQBCF7yb+h82YeLMLREtFlsYY&#10;a9KDMVIv3haYApGdJewuxX/v9GRvb/Je3nwv3y5mEDNOrrekIF5FIJBq2/TUKvg67O42IJzX1OjB&#10;Eir4RQfb4voq11ljT/SJc+lbwSXkMq2g837MpHR1h0a7lR2R2DvayWjP59TKZtInLjeDTKJoLY3u&#10;iT90esSXDuufMhgFS6g+fDh+v81xuQv7w/v4+Frulbq9WZ6fQHhc/H8YzviMDgUzVTZQ48SgYL1J&#10;OangPklAnP2HmEXFIklTkEUuLxcUfwAAAP//AwBQSwECLQAUAAYACAAAACEAtoM4kv4AAADhAQAA&#10;EwAAAAAAAAAAAAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQA4/SH/&#10;1gAAAJQBAAALAAAAAAAAAAAAAAAAAC8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAAIQARI/hf&#10;gQIAAH8FAAAOAAAAAAAAAAAAAAAAAC4CAABkcnMvZTJvRG9jLnhtbFBLAQItABQABgAIAAAAIQA6&#10;gBvj3wAAAAkBAAAPAAAAAAAAAAAAAAAAANsEAABkcnMvZG93bnJldi54bWxQSwUGAAAAAAQABADz&#10;AAAA5wUAAAAA&#10;">
+                <v:shadow on="t" color="black" opacity="22937f" offset="0,.63889mm" origin=",.5"/>
+                <w10:wrap type="square"/>
               </v:shape>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
-      <w:r w:rsidR="009408A1" w:rsidRPr="00C26613">
-[...54 lines deleted...]
-      </w:r>
     </w:p>
-    <w:tbl>
-[...115 lines deleted...]
-    <w:p w14:paraId="5DF20928" w14:textId="5C8B3488" w:rsidR="00492844" w:rsidRDefault="009F3DC6" w:rsidP="00861E3D">
+    <w:p w14:paraId="1F2A2CA2" w14:textId="77777777" w:rsidR="00350AE8" w:rsidRDefault="00350AE8" w:rsidP="007F4CA4"/>
+    <w:p w14:paraId="6A779F55" w14:textId="77777777" w:rsidR="00350AE8" w:rsidRDefault="00350AE8" w:rsidP="007F4CA4"/>
+    <w:p w14:paraId="2E0C0AC7" w14:textId="77777777" w:rsidR="00350AE8" w:rsidRDefault="00350AE8" w:rsidP="00350AE8">
       <w:pPr>
         <w:spacing w:before="240"/>
       </w:pPr>
       <w:r w:rsidRPr="005D419D">
-        <w:t xml:space="preserve">Se </w:t>
-[...5 lines deleted...]
-        <w:t xml:space="preserve"> 2</w:t>
+        <w:t>Se bilaga</w:t>
       </w:r>
       <w:r>
-        <w:t xml:space="preserve"> för rekommendation av åtgärder/ställningstaganden </w:t>
-[...3 lines deleted...]
-      </w:r>
+        <w:t xml:space="preserve"> 2 för rekommendation av åtgärder/ställningstaganden utifrån skattad CFS-nivå. Vägledning skrivs utifrån tre skeenden i patientens vård:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2A559772" w14:textId="77777777" w:rsidR="00350AE8" w:rsidRDefault="00350AE8" w:rsidP="00350AE8">
+      <w:pPr>
+        <w:pStyle w:val="MellanrubrikVGR"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="22" w:name="_Toc156567981"/>
       <w:r>
-        <w:t>skattad CFS-nivå.</w:t>
-[...9 lines deleted...]
-      </w:r>
+        <w:t>Handläggning innan inskrivning</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="22"/>
     </w:p>
-    <w:p w14:paraId="0627D2C0" w14:textId="3C832977" w:rsidR="009E7B3F" w:rsidRDefault="002E36E1" w:rsidP="009E7B3F">
+    <w:p w14:paraId="309FAD7B" w14:textId="77777777" w:rsidR="00350AE8" w:rsidRDefault="00350AE8" w:rsidP="00350AE8">
+      <w:r>
+        <w:t xml:space="preserve">Baserat på patientens skörhet och fysiska funktionsnivå kan man göra olika typer av överväganden för att undvika eventuell inskrivning. </w:t>
+      </w:r>
+      <w:r>
+        <w:lastRenderedPageBreak/>
+        <w:t>Vitala äldre kan med fördel, om indikation finns, planeras in för t.ex. ett subakut besök nästkommande dag. Skörare individer kräver ett mer robust och holistiskt tillvägagångssätt, där inkoppling av omsorgskoordinator och dialog med den primära vården för snabb uppföljning i hemmet, är viktiga delar i bedömning om patienten kan vårdas i hemmet.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="78CF22F1" w14:textId="77777777" w:rsidR="00350AE8" w:rsidRDefault="00350AE8" w:rsidP="00350AE8">
       <w:pPr>
         <w:pStyle w:val="MellanrubrikVGR"/>
       </w:pPr>
-      <w:bookmarkStart w:id="13" w:name="_Toc156567981"/>
+      <w:bookmarkStart w:id="23" w:name="_Toc156567982"/>
       <w:r>
-        <w:t>Handläggning innan</w:t>
-[...4 lines deleted...]
-      <w:bookmarkEnd w:id="13"/>
+        <w:t>Handläggning i slutenvården</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="23"/>
     </w:p>
-    <w:p w14:paraId="113514F2" w14:textId="1D97D184" w:rsidR="00492844" w:rsidRDefault="00071864" w:rsidP="792C50A4">
-[...109 lines deleted...]
-    <w:p w14:paraId="108F5275" w14:textId="06E71D1C" w:rsidR="11EC502E" w:rsidRDefault="11EC502E" w:rsidP="2459058F">
+    <w:p w14:paraId="3D7C80E5" w14:textId="77777777" w:rsidR="00350AE8" w:rsidRDefault="00350AE8" w:rsidP="00350AE8">
       <w:pPr>
         <w:rPr>
           <w:color w:val="333333"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="2459058F">
         <w:rPr>
           <w:color w:val="333333"/>
         </w:rPr>
         <w:t xml:space="preserve">Vård och omvårdnad under vårdtillfället behöver ges utifrån </w:t>
       </w:r>
-      <w:r w:rsidR="00B800EF">
+      <w:r>
         <w:rPr>
           <w:color w:val="333333"/>
         </w:rPr>
         <w:t xml:space="preserve">en </w:t>
       </w:r>
       <w:r w:rsidRPr="2459058F">
         <w:rPr>
           <w:color w:val="333333"/>
         </w:rPr>
-        <w:t>helhetssyn på patienten och dennes behov, med fokus att minimera de risker som skörheten medför.</w:t>
-[...5 lines deleted...]
-        <w:t xml:space="preserve"> Involvering av anhöriga är en viktig del i att fånga helheten av patientens vårdbehov.</w:t>
+        <w:t>helhetssyn på patienten och dennes behov, med fokus att minimera de risker som skörheten medför. Involvering av anhöriga är en viktig del i att fånga helheten av patientens vårdbehov.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="455E3634" w14:textId="12C4E7C2" w:rsidR="009F21E5" w:rsidRDefault="00163E63" w:rsidP="00840CE8">
+    <w:p w14:paraId="6C69A914" w14:textId="77777777" w:rsidR="00350AE8" w:rsidRDefault="00350AE8" w:rsidP="00350AE8">
       <w:pPr>
         <w:pStyle w:val="Punktlista"/>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">Riskbedömning </w:t>
-[...2 lines deleted...]
-        <w:t>för</w:t>
+        <w:t xml:space="preserve">Riskbedömning för trycksår, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C26613">
+        <w:t>fall, UVI och</w:t>
       </w:r>
       <w:r>
-        <w:t xml:space="preserve"> trycksår, </w:t>
-[...9 lines deleted...]
-      </w:r>
+        <w:t xml:space="preserve"> undernäring ska alltid ske.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2C8866F1" w14:textId="77777777" w:rsidR="00350AE8" w:rsidRDefault="00350AE8" w:rsidP="00350AE8">
+      <w:pPr>
+        <w:pStyle w:val="Punktlista"/>
+      </w:pPr>
       <w:r>
-        <w:t xml:space="preserve"> </w:t>
-[...2 lines deleted...]
-        <w:t>undernäring ska alltid ske.</w:t>
+        <w:t xml:space="preserve">Identifiera och behandla förekomst av </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>hypotension</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t>/</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>ortostatism</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2EE52916" w14:textId="21BD3B86" w:rsidR="00A84D48" w:rsidRDefault="00BE28AD" w:rsidP="00840CE8">
+    <w:p w14:paraId="2B88CB6A" w14:textId="77777777" w:rsidR="00350AE8" w:rsidRDefault="00350AE8" w:rsidP="00350AE8">
       <w:pPr>
         <w:pStyle w:val="Punktlista"/>
       </w:pPr>
       <w:r>
-        <w:t>Identifiera och behandla f</w:t>
-[...24 lines deleted...]
-      </w:pPr>
+        <w:t>Bedömning om förekomst av delirium (ta hjälp av i</w:t>
+      </w:r>
+      <w:bookmarkStart w:id="24" w:name="_Hlk153802328"/>
       <w:r>
-        <w:lastRenderedPageBreak/>
-[...22 lines deleted...]
-        <w:r w:rsidR="00B800EF" w:rsidRPr="003A6D19">
+        <w:t xml:space="preserve">nstrumentet 4AT, se riktlinje </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId16" w:history="1">
+        <w:r w:rsidRPr="003A6D19">
           <w:rPr>
             <w:rStyle w:val="Hyperlnk"/>
           </w:rPr>
-          <w:t>D</w:t>
-[...17 lines deleted...]
-          <w:t>hos sköra äldre</w:t>
+          <w:t>Delirium konfusion hos sköra äldre</w:t>
         </w:r>
       </w:hyperlink>
-      <w:bookmarkEnd w:id="15"/>
-[...4 lines deleted...]
-        <w:t>.</w:t>
+      <w:bookmarkEnd w:id="24"/>
+      <w:r>
+        <w:t>).</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="212AB314" w14:textId="2F9C8C3F" w:rsidR="000D368A" w:rsidRPr="00C26613" w:rsidRDefault="000D368A" w:rsidP="00840CE8">
+    <w:p w14:paraId="39F06911" w14:textId="77777777" w:rsidR="00350AE8" w:rsidRPr="00C26613" w:rsidRDefault="00350AE8" w:rsidP="00350AE8">
       <w:pPr>
         <w:pStyle w:val="Punktlista"/>
       </w:pPr>
       <w:r w:rsidRPr="00C26613">
         <w:t xml:space="preserve">Förebygg risk för pneumoni, genom regelbunden munvård, adekvat sängläge, mobilisering och andningsträning. Se riktlinje </w:t>
       </w:r>
-      <w:hyperlink r:id="rId14" w:history="1">
+      <w:hyperlink r:id="rId17" w:history="1">
         <w:r w:rsidRPr="00C26613">
           <w:rPr>
             <w:rStyle w:val="Hyperlnk"/>
           </w:rPr>
           <w:t>Pneumoni - förebyggande av vårdrelaterad infektion</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="00C26613">
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="784BAF91" w14:textId="3367BEE3" w:rsidR="00F96C79" w:rsidRDefault="00A3295F" w:rsidP="000F2D2A">
+    <w:p w14:paraId="56FB768F" w14:textId="77777777" w:rsidR="00350AE8" w:rsidRDefault="00350AE8" w:rsidP="00350AE8">
       <w:pPr>
         <w:pStyle w:val="Punktlista"/>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">Förenklad läkemedelsgenomgång behöver alltid genomföras. </w:t>
-[...5 lines deleted...]
-        <w:t xml:space="preserve">och </w:t>
+        <w:t xml:space="preserve">Förenklad läkemedelsgenomgång behöver alltid genomföras. Värdera och </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidR="00535586">
+      <w:r>
         <w:t>seponera</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidR="00535586">
-[...9 lines deleted...]
-        <w:t xml:space="preserve"> </w:t>
+      <w:r>
+        <w:t xml:space="preserve"> ogynnsamma läkemedel utifrån </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidR="00F96C79">
+      <w:r>
         <w:t>VGR:s</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidR="00F96C79">
-[...3 lines deleted...]
-        <w:t xml:space="preserve"> </w:t>
+      <w:r>
+        <w:t xml:space="preserve"> vägledning </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidR="00F96C79">
+      <w:r>
         <w:t>Äldrekompassen</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidR="00AD671B">
+      <w:r>
         <w:t xml:space="preserve">: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId15" w:history="1">
+      <w:hyperlink r:id="rId18" w:history="1">
         <w:proofErr w:type="spellStart"/>
-        <w:r w:rsidR="00F96C79">
+        <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlnk"/>
           </w:rPr>
           <w:t>Äldrekompassen</w:t>
         </w:r>
         <w:proofErr w:type="spellEnd"/>
-        <w:r w:rsidR="00F96C79">
+        <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlnk"/>
           </w:rPr>
           <w:t xml:space="preserve"> </w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="181D3AB4" w14:textId="382B82F4" w:rsidR="00C32851" w:rsidRDefault="004377A9" w:rsidP="000F2D2A">
+    <w:p w14:paraId="08002D6F" w14:textId="77777777" w:rsidR="00350AE8" w:rsidRDefault="00350AE8" w:rsidP="00350AE8">
       <w:pPr>
         <w:pStyle w:val="Punktlista"/>
       </w:pPr>
       <w:r>
-        <w:t>Säkerställ</w:t>
-[...5 lines deleted...]
-        <w:t xml:space="preserve"> stöd till mobilisering samt remiss till </w:t>
+        <w:t xml:space="preserve">Säkerställ snabbt stöd till mobilisering samt remiss till </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:t>fysio</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r>
-        <w:t xml:space="preserve">- och arbetsterapeut för </w:t>
-[...8 lines deleted...]
-        <w:t>ing av funktionsnivåer och hjälpmedel.</w:t>
+        <w:t>- och arbetsterapeut för tidig bedömning av funktionsnivåer och hjälpmedel.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2363CBBA" w14:textId="397CF5D4" w:rsidR="515B5473" w:rsidRDefault="515B5473" w:rsidP="2459058F">
+    <w:p w14:paraId="09DBBADE" w14:textId="77777777" w:rsidR="00350AE8" w:rsidRDefault="00350AE8" w:rsidP="00350AE8">
       <w:pPr>
         <w:pStyle w:val="Punktlista"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="2459058F">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t>Undvik</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="1D3900D0" w:rsidRPr="2459058F">
+        <w:t>Undvik om möjligt miljöombyten/byte av vårdavdelning vid CFS</w:t>
+      </w:r>
+      <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve"> om möjligt</w:t>
+        <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="2459058F">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve"> miljöombyte</w:t>
-[...43 lines deleted...]
-      <w:r w:rsidR="00394449">
+        <w:t>≥7</w:t>
+      </w:r>
+      <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
-      <w:r w:rsidR="72FBDCA6" w:rsidRPr="2459058F">
+      <w:r w:rsidRPr="2459058F">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>då detta ökar risken för konfusion</w:t>
       </w:r>
-      <w:r w:rsidR="72FBDCA6" w:rsidRPr="00394449">
+      <w:r w:rsidRPr="00394449">
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="72FC80BC" w14:textId="4DF1BD58" w:rsidR="0017460D" w:rsidRDefault="1AFAE315" w:rsidP="0017460D">
+    <w:p w14:paraId="4D9C8B53" w14:textId="77777777" w:rsidR="00350AE8" w:rsidRDefault="00350AE8" w:rsidP="00350AE8">
       <w:pPr>
         <w:pStyle w:val="Punktlista"/>
       </w:pPr>
       <w:r>
-        <w:t>Ö</w:t>
-[...11 lines deleted...]
-        <w:r w:rsidR="00394449">
+        <w:lastRenderedPageBreak/>
+        <w:t xml:space="preserve">Överväg remiss för inskrivning i närsjukvårdsteam, se riktlinje </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId19" w:history="1">
+        <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlnk"/>
           </w:rPr>
           <w:t>R</w:t>
         </w:r>
-        <w:r w:rsidR="00621085" w:rsidRPr="00621085">
+        <w:r w:rsidRPr="00621085">
           <w:rPr>
             <w:rStyle w:val="Hyperlnk"/>
           </w:rPr>
           <w:t>emiss till närsjukvårdsteam</w:t>
         </w:r>
-        <w:r w:rsidR="00621085" w:rsidRPr="003647D8">
+        <w:r w:rsidRPr="003647D8">
           <w:rPr>
             <w:rStyle w:val="Hyperlnk"/>
             <w:color w:val="auto"/>
             <w:u w:val="none"/>
           </w:rPr>
           <w:t>.</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="486634C8" w14:textId="5DDA34C4" w:rsidR="00303933" w:rsidRDefault="008E415C" w:rsidP="00303933">
+    <w:p w14:paraId="0999BD3B" w14:textId="77777777" w:rsidR="00350AE8" w:rsidRDefault="00350AE8" w:rsidP="00350AE8">
       <w:pPr>
         <w:pStyle w:val="Punktlista"/>
       </w:pPr>
       <w:r>
         <w:t>V</w:t>
       </w:r>
-      <w:r w:rsidR="00E11AF7" w:rsidRPr="2459058F">
-[...14 lines deleted...]
-      <w:r w:rsidR="2486BB98" w:rsidRPr="2459058F">
+      <w:r w:rsidRPr="2459058F">
+        <w:t>id hög CFS ≥7 föreligger en uttalad skörhet och låg reservkapacitet. Målet för vården ska vara att ge en optimal vård enligt principen ”allt som bör göras, men inte allt som kan göras”. Maximal vård är inte alltid optimal vård</w:t>
+      </w:r>
+      <w:r w:rsidRPr="2459058F">
         <w:rPr>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
-      <w:r w:rsidR="004946BD" w:rsidRPr="2459058F">
+      <w:r w:rsidRPr="2459058F">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="66D4D132">
-[...18 lines deleted...]
-        <w:t>Föreligger behov av brytpunktssamtal?</w:t>
+      <w:r>
+        <w:t>Värdera vårdens inriktning med symtomlindring kontra kurativt syftande åtgärder. Föreligger behov av brytpunktssamtal?</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="02C37D09" w14:textId="1CD1E64C" w:rsidR="002E36E1" w:rsidRDefault="002E36E1" w:rsidP="0017460D">
+    <w:p w14:paraId="69FD3E3F" w14:textId="77777777" w:rsidR="00350AE8" w:rsidRDefault="00350AE8" w:rsidP="00350AE8">
       <w:pPr>
         <w:pStyle w:val="MellanrubrikVGR"/>
       </w:pPr>
-      <w:bookmarkStart w:id="16" w:name="_Toc156567983"/>
+      <w:bookmarkStart w:id="25" w:name="_Toc156567983"/>
       <w:r>
         <w:t>Handläggning innan/i samband med utskrivning</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="16"/>
+      <w:bookmarkEnd w:id="25"/>
     </w:p>
-    <w:p w14:paraId="472160A1" w14:textId="71A351E5" w:rsidR="00393332" w:rsidRDefault="3D8B37CD" w:rsidP="00CA5E7E">
+    <w:p w14:paraId="3349F178" w14:textId="77777777" w:rsidR="00350AE8" w:rsidRDefault="00350AE8" w:rsidP="00350AE8">
       <w:r>
-        <w:t xml:space="preserve">Planering för hemgång behöver starta redan vid inskrivning för att säkerställa ett tryggt och ordnat </w:t>
-[...7 lines deleted...]
-      <w:r w:rsidR="4585AF6F">
+        <w:t>Planering för hemgång behöver starta redan vid inskrivning för att säkerställa ett tryggt och ordnat mottagande när behovet av sjukhusvård inte längre kvarstår. Här är tidig dialog med övriga involverade vård- och omsorgsgivare central. Fallpreventiva åtgärder i hemmet behöver särskilt värderas liksom måltidsstöd vid nedsatt aptit.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="36C168BA" w14:textId="77777777" w:rsidR="00350AE8" w:rsidRDefault="00350AE8" w:rsidP="00350AE8">
+      <w:r>
+        <w:t xml:space="preserve">Vid högre CFS-grader är det av stor vikt att säkerställa skyndsam uppföljning efter utskrivning för att motverka försämring. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="46F80C1F" w14:textId="77777777" w:rsidR="009A32ED" w:rsidRPr="000D04ED" w:rsidRDefault="009A32ED" w:rsidP="009A32ED">
+      <w:pPr>
+        <w:pStyle w:val="Rubrik2"/>
+        <w:ind w:right="-143"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="26" w:name="_Toc100327194"/>
+      <w:bookmarkStart w:id="27" w:name="_Toc203056637"/>
+      <w:bookmarkStart w:id="28" w:name="_Toc203056658"/>
+      <w:r w:rsidRPr="000D04ED">
+        <w:t>Arbetsgrupp</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="26"/>
+      <w:bookmarkEnd w:id="27"/>
+      <w:bookmarkEnd w:id="28"/>
+      <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="48345E97">
-[...19 lines deleted...]
-      </w:r>
     </w:p>
-    <w:p w14:paraId="37B3EFFB" w14:textId="77777777" w:rsidR="003E0750" w:rsidRDefault="00AE3EDF" w:rsidP="00FF796A">
-[...21 lines deleted...]
-    <w:p w14:paraId="7A24F321" w14:textId="08FF3AED" w:rsidR="0070714D" w:rsidRPr="003E0750" w:rsidRDefault="00905F5C" w:rsidP="00102F29">
+    <w:p w14:paraId="1D9029E2" w14:textId="77777777" w:rsidR="00350AE8" w:rsidRPr="003E0750" w:rsidRDefault="00350AE8" w:rsidP="00350AE8">
       <w:pPr>
         <w:keepNext/>
         <w:keepLines/>
         <w:spacing w:after="0"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="003E0750">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>F</w:t>
       </w:r>
-      <w:r w:rsidR="0070714D" w:rsidRPr="003E0750">
+      <w:r w:rsidRPr="003E0750">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>ör innehållet svarar</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="40BF13A6" w14:textId="5A8C594D" w:rsidR="00E5284A" w:rsidRDefault="003E0750" w:rsidP="00102F29">
-[...4 lines deleted...]
-      </w:pPr>
+    <w:p w14:paraId="3EA38B2F" w14:textId="77777777" w:rsidR="00350AE8" w:rsidRDefault="00350AE8" w:rsidP="00E967D0">
       <w:r>
-        <w:t xml:space="preserve">Johan Bergfors, </w:t>
-[...2 lines deleted...]
-        <w:t>v</w:t>
+        <w:t>Johan Bergfors, v</w:t>
       </w:r>
       <w:r w:rsidRPr="003E0750">
         <w:t>årdenhetschef</w:t>
       </w:r>
       <w:r>
         <w:t>, VO k</w:t>
       </w:r>
       <w:r w:rsidRPr="003E0750">
         <w:t>irurgi, ortopedi och öron-näsa-hals</w:t>
       </w:r>
-      <w:r w:rsidR="006C7638">
+      <w:r>
         <w:t>, SÄS</w:t>
       </w:r>
-      <w:r w:rsidR="00C41A89">
+      <w:r>
         <w:br/>
-      </w:r>
-[...12 lines deleted...]
-      <w:r w:rsidR="00C41A89">
+        <w:t>Mia Ädel, läkarchef, VO anestesi, operation, intensivvård, SÄS</w:t>
+      </w:r>
+      <w:r>
         <w:br/>
+        <w:t>Haval Mostafa, ST-läkare, VO medicin, SÄS</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+        <w:t>Josefin Blomberg, specialistläkare, VO kirurgi, ortopedi och öron-näsa-hals, SÄS</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+        <w:t>Sara Lundqvist, vårdenhetschef, VO neurologi, rehabilitering och nära vård, SÄS</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+        <w:t>Cecilia Johansson, sjuksköterska, VO neurologi, rehabilitering och nära vård, SÄS</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+        <w:t xml:space="preserve">Beata </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidR="005D419D">
-        <w:t>Haval</w:t>
+      <w:r>
+        <w:t>Krentz</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidR="005D419D">
-[...13 lines deleted...]
-      <w:r w:rsidR="00C41A89">
+      <w:r>
+        <w:t>, överläkare, VO neurologi, rehabilitering och nära vård, SÄS</w:t>
+      </w:r>
+      <w:r>
         <w:br/>
       </w:r>
-      <w:r w:rsidR="005D419D">
-[...20 lines deleted...]
-      <w:r w:rsidR="00C41A89">
+      <w:r>
+        <w:lastRenderedPageBreak/>
+        <w:t>Louise Andersson Weström, akutsjuksköterska, VO akutsjukvård, SÄS</w:t>
+      </w:r>
+      <w:r>
         <w:br/>
-      </w:r>
-[...90 lines deleted...]
-        <w:t>, SÄS</w:t>
+        <w:t>Susanne Svensson, överläkare, VO akutsjukvård, SÄS</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5A58563B" w14:textId="17F9AE1C" w:rsidR="0070714D" w:rsidRPr="003E0750" w:rsidRDefault="0070714D" w:rsidP="00102F29">
-[...3 lines deleted...]
-        <w:spacing w:after="0"/>
+    <w:p w14:paraId="231F59E0" w14:textId="77777777" w:rsidR="00350AE8" w:rsidRPr="00E967D0" w:rsidRDefault="00350AE8" w:rsidP="00E967D0">
+      <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="003E0750">
+      <w:r w:rsidRPr="00E967D0">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>Remissinstanser</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0A69C9E1" w14:textId="38CB91FE" w:rsidR="000B0EF6" w:rsidRDefault="003E0750" w:rsidP="00102F29">
-[...3 lines deleted...]
-      </w:pPr>
+    <w:p w14:paraId="04C7AB03" w14:textId="77777777" w:rsidR="00350AE8" w:rsidRDefault="00350AE8" w:rsidP="00E967D0">
       <w:r>
-        <w:t>Verksamhetschefer, SÄ</w:t>
-[...2 lines deleted...]
-        <w:t>S</w:t>
+        <w:t>Verksamhetschefer, SÄS</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7F6E783D" w14:textId="6738D5AA" w:rsidR="0070714D" w:rsidRPr="003E0750" w:rsidRDefault="0070714D" w:rsidP="00102F29">
-[...15 lines deleted...]
-      </w:r>
+    <w:p w14:paraId="188AE2C8" w14:textId="77777777" w:rsidR="009A32ED" w:rsidRPr="000D04ED" w:rsidRDefault="009A32ED" w:rsidP="009A32ED">
+      <w:pPr>
+        <w:pStyle w:val="Rubrik2"/>
+        <w:ind w:right="-143"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="29" w:name="_Toc100327195"/>
+      <w:bookmarkStart w:id="30" w:name="_Toc203056638"/>
+      <w:bookmarkStart w:id="31" w:name="_Toc203056659"/>
+      <w:r w:rsidRPr="000D04ED">
+        <w:t>Källförteckning</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="29"/>
+      <w:bookmarkEnd w:id="30"/>
+      <w:bookmarkEnd w:id="31"/>
     </w:p>
-    <w:p w14:paraId="175306CE" w14:textId="045D0B5A" w:rsidR="000B0EF6" w:rsidRPr="00786951" w:rsidRDefault="003E0750" w:rsidP="00102F29">
-[...3 lines deleted...]
-      </w:pPr>
+    <w:p w14:paraId="1865DF04" w14:textId="77777777" w:rsidR="00350AE8" w:rsidRDefault="00350AE8" w:rsidP="00350AE8">
+      <w:pPr>
+        <w:pStyle w:val="Punktlistanumrerad"/>
+      </w:pPr>
+      <w:proofErr w:type="spellStart"/>
       <w:r>
-        <w:t>Jerker Nilson, chefläkare, SÄS</w:t>
-[...27 lines deleted...]
-      </w:pPr>
+        <w:t>Acute</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
       <w:r>
-        <w:t xml:space="preserve">Clinical </w:t>
+        <w:t xml:space="preserve"> Care </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>toolkit</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> 3, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>Acute</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>care</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> for </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>older</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>people</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>living</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>with</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:t>frailty</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r>
+        <w:t xml:space="preserve">. (2020). Royal college </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>of</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>physicians</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1729691C" w14:textId="77777777" w:rsidR="00350AE8" w:rsidRDefault="00350AE8" w:rsidP="00350AE8">
+      <w:pPr>
+        <w:pStyle w:val="Punktlistanumrerad"/>
+      </w:pPr>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>Clegg</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> A, Young J, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>Iliffe</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> S, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>Rikkert</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> MO, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>Rockwood</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> K. </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>Frailty</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> in </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>elderly</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>people</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve">. Lancet. 2013 Mar 2;381(9868):752-62. </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>doi</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve">: 10.1016/S0140-6736(12)62167-9. </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>Epub</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> 2013 Feb 8. Erratum in: Lancet. 2013 </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>Oct</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> 19;382(9901):1328. PMID: 23395245; PMCID: PMC4098658.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2AB203AE" w14:textId="77777777" w:rsidR="00350AE8" w:rsidRDefault="00350AE8" w:rsidP="00350AE8">
+      <w:pPr>
+        <w:pStyle w:val="Punktlistanumrerad"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">Delregional rutin för skörhet och användning av </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>clinical</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>frailty</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:t>scale</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r>
-        <w:t xml:space="preserve">, CFS, </w:t>
-[...89 lines deleted...]
-      </w:pPr>
+        <w:t xml:space="preserve"> CFS-9, Närvårdssamverkan Södra </w:t>
+      </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r>
-        <w:t>Acute</w:t>
+        <w:t>älvsborg</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r>
-        <w:t xml:space="preserve"> Care </w:t>
+        <w:t xml:space="preserve"> (2023).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0A440002" w14:textId="77777777" w:rsidR="00350AE8" w:rsidRDefault="00350AE8" w:rsidP="00350AE8">
+      <w:pPr>
+        <w:pStyle w:val="Punktlistanumrerad"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">Ekdahl A, et al. Clinical </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r>
-        <w:t>toolkit</w:t>
-[...7 lines deleted...]
-        <w:t>Acute</w:t>
+        <w:t>frailty</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r>
-        <w:t>care</w:t>
+        <w:t>scale</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r>
-        <w:t xml:space="preserve"> for </w:t>
+        <w:t xml:space="preserve"> – Skörhet är ett sätt att skatta biologisk ålder. Läkartidningen. 2022;199:22040</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6DC0FF60" w14:textId="77777777" w:rsidR="00350AE8" w:rsidRDefault="00350AE8" w:rsidP="00350AE8">
+      <w:pPr>
+        <w:pStyle w:val="Punktlistanumrerad"/>
+      </w:pPr>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>Joining</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> the </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>dots</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve">: A </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>blueprint</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> for preventing and </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>managing</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>frailty</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> in </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:t>older</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:t>people</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r>
-        <w:t xml:space="preserve"> </w:t>
+        <w:t xml:space="preserve"> (2023), British </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r>
-        <w:t>living</w:t>
+        <w:t>Geriatrics</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r>
-        <w:t>with</w:t>
-[...287 lines deleted...]
-      <w:r>
         <w:t>Society</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1E2A2A07" w14:textId="720A7D42" w:rsidR="00AB013B" w:rsidRDefault="006B5A5C" w:rsidP="00F57476">
+    <w:p w14:paraId="042E42FB" w14:textId="77777777" w:rsidR="00350AE8" w:rsidRDefault="00350AE8" w:rsidP="00350AE8">
       <w:pPr>
         <w:pStyle w:val="Punktlistanumrerad"/>
       </w:pPr>
       <w:r>
-        <w:t>Skörhet och användning av CFS,</w:t>
-[...17 lines deleted...]
-        <w:br/>
+        <w:t xml:space="preserve">Skörhet och användning av CFS, Revisionsnummer 2, Regional riktlinje, Region Kronoberg. (2022). </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="16FD9FA9" w14:textId="126DE3F1" w:rsidR="001560EE" w:rsidRDefault="001109BB" w:rsidP="00102F29">
-[...17 lines deleted...]
-        <w:keepLines/>
+    <w:p w14:paraId="7DCC3FB7" w14:textId="6A80968A" w:rsidR="00350AE8" w:rsidRDefault="00350AE8" w:rsidP="00350AE8">
+      <w:pPr>
+        <w:pStyle w:val="Punktlistanumrerad"/>
       </w:pPr>
       <w:r w:rsidRPr="00BD70F2">
         <w:t>Delirium konfusion hos äldre</w:t>
       </w:r>
-      <w:r w:rsidR="00BD70F2">
-[...8 lines deleted...]
-      <w:r w:rsidR="00BD70F2">
+      <w:r>
+        <w:t>. Sjukhusövergripande rutin, Sahlgrenska universitetssjukhuset</w:t>
+      </w:r>
+      <w:r>
         <w:br/>
       </w:r>
-      <w:hyperlink r:id="rId17" w:history="1">
-        <w:r w:rsidR="00BD70F2" w:rsidRPr="00BD70F2">
+      <w:hyperlink r:id="rId20" w:history="1">
+        <w:r w:rsidR="00E967D0">
           <w:rPr>
             <w:rStyle w:val="Hyperlnk"/>
           </w:rPr>
-          <w:t>https://hittadokument.vgregion.se/su</w:t>
+          <w:t>https://insidan.vgregion.se/forvaltningar/su</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="07904787" w14:textId="1473098E" w:rsidR="00492844" w:rsidRDefault="00492844" w:rsidP="00102F29">
-[...3 lines deleted...]
-        <w:keepLines/>
+    <w:p w14:paraId="1FB559F3" w14:textId="2BC15A6C" w:rsidR="00350AE8" w:rsidRDefault="00350AE8" w:rsidP="00350AE8">
+      <w:pPr>
+        <w:pStyle w:val="Punktlistanumrerad"/>
       </w:pPr>
       <w:r w:rsidRPr="00E83D76">
         <w:t>Sköra äldre på vårdavdelningar inom Sahlgrenska Universitetssjukhuset</w:t>
       </w:r>
-      <w:r w:rsidR="00BD70F2" w:rsidRPr="00BD70F2">
+      <w:r w:rsidRPr="00BD70F2">
         <w:rPr>
           <w:rStyle w:val="Hyperlnk"/>
           <w:color w:val="auto"/>
           <w:u w:val="none"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
-      <w:r w:rsidR="00BD70F2">
+      <w:r>
         <w:rPr>
           <w:rStyle w:val="Hyperlnk"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00BD70F2">
+      <w:r>
         <w:t>Sjukhusövergripande rutin, Sahlgrenska universitetssjukhuset</w:t>
       </w:r>
-      <w:r w:rsidR="00BD70F2">
+      <w:r>
         <w:rPr>
           <w:rStyle w:val="Hyperlnk"/>
         </w:rPr>
         <w:br/>
       </w:r>
-      <w:hyperlink r:id="rId18" w:history="1">
-        <w:r w:rsidR="00BD70F2" w:rsidRPr="00BD70F2">
+      <w:hyperlink r:id="rId21" w:history="1">
+        <w:r w:rsidR="00E967D0">
           <w:rPr>
             <w:rStyle w:val="Hyperlnk"/>
           </w:rPr>
-          <w:t>https://hittadokument.vgregion.se/su</w:t>
+          <w:t>https://insidan.vgregion.se/forvaltningar/su</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="12F98F23" w14:textId="18E79763" w:rsidR="00BD70F2" w:rsidRDefault="008F090D" w:rsidP="00102F29">
-[...3 lines deleted...]
-        <w:keepLines/>
+    <w:p w14:paraId="0B488C88" w14:textId="77777777" w:rsidR="00350AE8" w:rsidRDefault="00350AE8" w:rsidP="00350AE8">
+      <w:pPr>
+        <w:pStyle w:val="Punktlistanumrerad"/>
       </w:pPr>
       <w:r w:rsidRPr="00BD70F2">
         <w:t>Läkemedel som bör undvikas till äldre.</w:t>
       </w:r>
-      <w:r w:rsidR="00BD70F2">
+      <w:r>
         <w:t xml:space="preserve"> Socialstyrelsen</w:t>
       </w:r>
-      <w:r w:rsidR="00BD70F2">
+      <w:r>
         <w:br/>
       </w:r>
-      <w:hyperlink r:id="rId19" w:history="1">
-        <w:r w:rsidR="006C7638" w:rsidRPr="000626C8">
+      <w:hyperlink r:id="rId22" w:history="1">
+        <w:r w:rsidRPr="000626C8">
           <w:rPr>
             <w:rStyle w:val="Hyperlnk"/>
           </w:rPr>
           <w:t>www.socialstyrelsen.se/globalassets/sharepoint-dokument/dokument-webb/ovrigt/aldre-olampliga-lakemedel-for-aldre-lista.pdf</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="7C2A0A99" w14:textId="73E588E3" w:rsidR="004B314F" w:rsidRDefault="004B314F">
+    <w:p w14:paraId="216A5D1D" w14:textId="77777777" w:rsidR="00350AE8" w:rsidRDefault="00350AE8">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
       </w:pPr>
       <w:r>
         <w:br w:type="page"/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="47C16FAA" w14:textId="5024DB61" w:rsidR="004B314F" w:rsidRDefault="004B314F" w:rsidP="003A6D19">
-[...71 lines deleted...]
-                      <wps:txbx>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblStyle w:val="Tabellrutnt"/>
+        <w:tblW w:w="10632" w:type="dxa"/>
+        <w:tblInd w:w="-572" w:type="dxa"/>
+        <w:tblBorders>
+          <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:insideH w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:insideV w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
+        <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="567"/>
+        <w:gridCol w:w="3970"/>
+        <w:gridCol w:w="622"/>
+        <w:gridCol w:w="5473"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="00E967D0" w:rsidRPr="00464BB1" w14:paraId="219E78DE" w14:textId="77777777" w:rsidTr="00E967D0">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="10632" w:type="dxa"/>
+            <w:gridSpan w:val="4"/>
+          </w:tcPr>
+          <w:p w14:paraId="5716D2B6" w14:textId="3F3E2120" w:rsidR="00E967D0" w:rsidRPr="00464BB1" w:rsidRDefault="00E967D0" w:rsidP="00E967D0">
+            <w:pPr>
+              <w:pStyle w:val="Rubrik3"/>
+              <w:rPr>
+                <w:color w:val="FFFFFF" w:themeColor="background1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:bookmarkStart w:id="32" w:name="_Toc156567987"/>
+            <w:bookmarkStart w:id="33" w:name="_Toc203056660"/>
+            <w:r>
+              <w:lastRenderedPageBreak/>
+              <w:t xml:space="preserve">Bilaga 1 – Råd till användare av Clinical </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:t>Frailty</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:t>Scal</w:t>
+            </w:r>
+            <w:bookmarkEnd w:id="32"/>
+            <w:r>
+              <w:t>e</w:t>
+            </w:r>
+            <w:bookmarkEnd w:id="33"/>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00464BB1" w:rsidRPr="00464BB1" w14:paraId="520305F8" w14:textId="77777777" w:rsidTr="005249B2">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="10632" w:type="dxa"/>
+            <w:gridSpan w:val="4"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="000000" w:themeFill="text1"/>
+          </w:tcPr>
+          <w:p w14:paraId="32BB2EE6" w14:textId="7B294D43" w:rsidR="00464BB1" w:rsidRPr="00464BB1" w:rsidRDefault="00464BB1" w:rsidP="00464BB1">
+            <w:pPr>
+              <w:pStyle w:val="MellanrubrikVGR"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:color w:val="FFFFFF" w:themeColor="background1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00464BB1">
+              <w:rPr>
+                <w:color w:val="FFFFFF" w:themeColor="background1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Goda råd till dig som använder </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00464BB1">
+              <w:rPr>
+                <w:color w:val="FFFFFF" w:themeColor="background1"/>
+              </w:rPr>
+              <w:br/>
+              <w:t xml:space="preserve">Clinical </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00464BB1">
+              <w:rPr>
+                <w:color w:val="FFFFFF" w:themeColor="background1"/>
+              </w:rPr>
+              <w:t>Frailty</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00464BB1">
+              <w:rPr>
+                <w:color w:val="FFFFFF" w:themeColor="background1"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00464BB1">
+              <w:rPr>
+                <w:color w:val="FFFFFF" w:themeColor="background1"/>
+              </w:rPr>
+              <w:t>Scale</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00464BB1" w14:paraId="639854B8" w14:textId="77777777" w:rsidTr="005249B2">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="10632" w:type="dxa"/>
+            <w:gridSpan w:val="4"/>
+          </w:tcPr>
+          <w:p w14:paraId="44CC1041" w14:textId="4638E92B" w:rsidR="00464BB1" w:rsidRDefault="00464BB1" w:rsidP="00464BB1">
+            <w:pPr>
+              <w:pStyle w:val="Punktlistanumrerad"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="0"/>
+              </w:numPr>
+              <w:ind w:right="230"/>
+            </w:pPr>
+            <w:r>
+              <w:t xml:space="preserve">Clinical </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:t>Frailty</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:t>Scale</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:t xml:space="preserve"> (CFS) skapades i syfte att snabbt kunna uppskatta resultatet av en fullständig bedömning. Skalan används idag världen över som ett triageverktyg och som stöd vid viktiga kliniska beslut, det är därför viktigt att den används på rätt sätt. </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="005249B2" w14:paraId="550F8E2C" w14:textId="77777777" w:rsidTr="005249B2">
+        <w:trPr>
+          <w:trHeight w:val="1433"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="567" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="65F6FF24" w14:textId="1B6F176B" w:rsidR="005249B2" w:rsidRDefault="005249B2" w:rsidP="00DE1148">
+            <w:pPr>
+              <w:pStyle w:val="Punktlistanumrerad"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="0"/>
+              </w:numPr>
+              <w:tabs>
+                <w:tab w:val="clear" w:pos="1349"/>
+              </w:tabs>
+              <w:ind w:right="0"/>
+              <w:jc w:val="right"/>
+            </w:pPr>
+            <w:r>
+              <w:t>#1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3970" w:type="dxa"/>
+            <w:tcBorders>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="1DA0D3C1" w14:textId="6D4BA683" w:rsidR="005249B2" w:rsidRDefault="005249B2" w:rsidP="00464BB1">
+            <w:pPr>
+              <w:pStyle w:val="Punktlistanumrerad"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="0"/>
+              </w:numPr>
+              <w:tabs>
+                <w:tab w:val="clear" w:pos="1349"/>
+              </w:tabs>
+              <w:ind w:right="138"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00464BB1">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>Det gäller att fånga grundnivån</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="4A26D638" w14:textId="5E60F4F7" w:rsidR="005249B2" w:rsidRPr="00464BB1" w:rsidRDefault="005249B2" w:rsidP="00464BB1">
+            <w:pPr>
+              <w:pStyle w:val="Punktlistanumrerad"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="0"/>
+              </w:numPr>
+              <w:tabs>
+                <w:tab w:val="clear" w:pos="1349"/>
+              </w:tabs>
+              <w:ind w:right="138"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00464BB1">
+              <w:t xml:space="preserve">Om personen du bedömer är akut sjuk, bedöm hur den mådde för 2 veckor sedan, inte hur hen mår idag. </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="622" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+          </w:tcPr>
+          <w:p w14:paraId="2BE241AC" w14:textId="0E66B4FB" w:rsidR="005249B2" w:rsidRDefault="005249B2" w:rsidP="00DE1148">
+            <w:pPr>
+              <w:pStyle w:val="Punktlistanumrerad"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="0"/>
+              </w:numPr>
+              <w:tabs>
+                <w:tab w:val="clear" w:pos="1349"/>
+              </w:tabs>
+              <w:ind w:right="0"/>
+              <w:jc w:val="right"/>
+            </w:pPr>
+            <w:r>
+              <w:t>#6</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5473" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="4DA56862" w14:textId="77777777" w:rsidR="005249B2" w:rsidRDefault="005249B2" w:rsidP="00464BB1">
+            <w:pPr>
+              <w:pStyle w:val="Punktlistanumrerad"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="0"/>
+              </w:numPr>
+              <w:tabs>
+                <w:tab w:val="clear" w:pos="1349"/>
+              </w:tabs>
+              <w:ind w:right="171"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00464BB1">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>Kroniska sjukdomar betyder inte att individen automatiskt är CFS 3</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="4FA70249" w14:textId="1E81458A" w:rsidR="005249B2" w:rsidRPr="00464BB1" w:rsidRDefault="005249B2" w:rsidP="00464BB1">
+            <w:pPr>
+              <w:pStyle w:val="Punktlistanumrerad"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="0"/>
+              </w:numPr>
+              <w:tabs>
+                <w:tab w:val="clear" w:pos="1349"/>
+              </w:tabs>
+              <w:ind w:right="171"/>
+            </w:pPr>
+            <w:r>
+              <w:t>Personer som inte besväras av sin sjukdom och där symtomen inte påverkar deras vardag, kan mycket väl vara CFS 1 eller 2 om hen är aktiv och självständig</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="005249B2" w14:paraId="033BB11F" w14:textId="77777777" w:rsidTr="005249B2">
+        <w:trPr>
+          <w:trHeight w:val="988"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="567" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+          </w:tcPr>
+          <w:p w14:paraId="7C089E29" w14:textId="5AD060E4" w:rsidR="005249B2" w:rsidRDefault="005249B2" w:rsidP="00DE1148">
+            <w:pPr>
+              <w:pStyle w:val="Punktlistanumrerad"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="0"/>
+              </w:numPr>
+              <w:tabs>
+                <w:tab w:val="clear" w:pos="1349"/>
+              </w:tabs>
+              <w:ind w:right="0"/>
+              <w:jc w:val="right"/>
+            </w:pPr>
+            <w:r>
+              <w:t>#2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3970" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="71A87A3C" w14:textId="6427FD6C" w:rsidR="005249B2" w:rsidRPr="00464BB1" w:rsidRDefault="005249B2" w:rsidP="00464BB1">
+            <w:pPr>
+              <w:pStyle w:val="Punktlistanumrerad"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="0"/>
+              </w:numPr>
+              <w:tabs>
+                <w:tab w:val="clear" w:pos="1349"/>
+              </w:tabs>
+              <w:ind w:right="138"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00464BB1">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>Ta en ordentlig sjukhistoria</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
+            <w:r w:rsidRPr="00464BB1">
+              <w:t xml:space="preserve">CFS </w:t>
+            </w:r>
+            <w:r>
+              <w:t>är ett objektivt kliniskt bedömningsverktyg. Skörhet måste observeras, beskrivas och mätas – det är ingen gissningslek.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="622" w:type="dxa"/>
+            <w:vMerge/>
+          </w:tcPr>
+          <w:p w14:paraId="67664D00" w14:textId="0F32EC51" w:rsidR="005249B2" w:rsidRDefault="005249B2" w:rsidP="00DE1148">
+            <w:pPr>
+              <w:pStyle w:val="Punktlistanumrerad"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="0"/>
+              </w:numPr>
+              <w:tabs>
+                <w:tab w:val="clear" w:pos="1349"/>
+              </w:tabs>
+              <w:ind w:right="0"/>
+              <w:jc w:val="right"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5473" w:type="dxa"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="5AA4E6EB" w14:textId="77777777" w:rsidR="005249B2" w:rsidRPr="00464BB1" w:rsidRDefault="005249B2" w:rsidP="00464BB1">
+            <w:pPr>
+              <w:pStyle w:val="Punktlistanumrerad"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="0"/>
+              </w:numPr>
+              <w:tabs>
+                <w:tab w:val="clear" w:pos="1349"/>
+              </w:tabs>
+              <w:ind w:right="171"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="005249B2" w14:paraId="35C53E33" w14:textId="77777777" w:rsidTr="005249B2">
+        <w:trPr>
+          <w:trHeight w:val="691"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="567" w:type="dxa"/>
+            <w:vMerge/>
+          </w:tcPr>
+          <w:p w14:paraId="543E4A21" w14:textId="77777777" w:rsidR="005249B2" w:rsidRDefault="005249B2" w:rsidP="00DE1148">
+            <w:pPr>
+              <w:pStyle w:val="Punktlistanumrerad"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="0"/>
+              </w:numPr>
+              <w:tabs>
+                <w:tab w:val="clear" w:pos="1349"/>
+              </w:tabs>
+              <w:ind w:right="0"/>
+              <w:jc w:val="right"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3970" w:type="dxa"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="74AEC49A" w14:textId="77777777" w:rsidR="005249B2" w:rsidRPr="00464BB1" w:rsidRDefault="005249B2" w:rsidP="00464BB1">
+            <w:pPr>
+              <w:pStyle w:val="Punktlistanumrerad"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="0"/>
+              </w:numPr>
+              <w:tabs>
+                <w:tab w:val="clear" w:pos="1349"/>
+              </w:tabs>
+              <w:ind w:right="138"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="622" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+          </w:tcPr>
+          <w:p w14:paraId="6FB9485F" w14:textId="6317F4AC" w:rsidR="005249B2" w:rsidRDefault="005249B2" w:rsidP="00DE1148">
+            <w:pPr>
+              <w:pStyle w:val="Punktlistanumrerad"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="0"/>
+              </w:numPr>
+              <w:tabs>
+                <w:tab w:val="clear" w:pos="1349"/>
+              </w:tabs>
+              <w:ind w:right="0"/>
+              <w:jc w:val="right"/>
+            </w:pPr>
+            <w:r>
+              <w:t>#7</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5473" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="68E58BE5" w14:textId="77777777" w:rsidR="005249B2" w:rsidRDefault="005249B2" w:rsidP="005249B2">
+            <w:pPr>
+              <w:pStyle w:val="Punktlistanumrerad"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="0"/>
+              </w:numPr>
+              <w:tabs>
+                <w:tab w:val="clear" w:pos="1349"/>
+              </w:tabs>
+              <w:ind w:right="171"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00511F1C">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>Glöm inte ”Sårbar” (CFS 4)</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="321A4B3D" w14:textId="4934BB57" w:rsidR="005249B2" w:rsidRPr="00464BB1" w:rsidRDefault="005249B2" w:rsidP="005249B2">
+            <w:pPr>
+              <w:pStyle w:val="Punktlistanumrerad"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="0"/>
+              </w:numPr>
+              <w:tabs>
+                <w:tab w:val="clear" w:pos="1349"/>
+              </w:tabs>
+              <w:ind w:right="171"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:t>Individer i denna kategori är självständiga (de kan behöva hjälp med tunga hushållssysslor), men klagar ofta över att de är långsamma och blir snabbt trötta. De blir alltmer stillasittande och har tilltagande sjukdomssymtom.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="005249B2" w14:paraId="68F618AE" w14:textId="77777777" w:rsidTr="005249B2">
+        <w:trPr>
+          <w:trHeight w:val="1697"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="567" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+          </w:tcPr>
+          <w:p w14:paraId="2861EE66" w14:textId="773642DC" w:rsidR="005249B2" w:rsidRDefault="005249B2" w:rsidP="00DE1148">
+            <w:pPr>
+              <w:pStyle w:val="Punktlistanumrerad"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="0"/>
+              </w:numPr>
+              <w:tabs>
+                <w:tab w:val="clear" w:pos="1349"/>
+              </w:tabs>
+              <w:ind w:right="0"/>
+              <w:jc w:val="right"/>
+            </w:pPr>
+            <w:r>
+              <w:t>#3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3970" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="50037899" w14:textId="4337E999" w:rsidR="005249B2" w:rsidRPr="00464BB1" w:rsidRDefault="005249B2" w:rsidP="00464BB1">
+            <w:pPr>
+              <w:pStyle w:val="Punktlistanumrerad"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="0"/>
+              </w:numPr>
+              <w:tabs>
+                <w:tab w:val="clear" w:pos="1349"/>
+              </w:tabs>
+              <w:ind w:right="138"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00511F1C">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>Lita på din patient, men dubbelkolla</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
+            <w:r w:rsidRPr="00511F1C">
+              <w:t>Va</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">d personen framför sig beskriver är alltid viktigt, men måste verifieras med anhöriga och/eller vårdare. </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>CFS baseras på din bedömning</w:t>
+            </w:r>
+            <w:r>
+              <w:t>, du måste således väga samman vad som berättas för dig, med vad du ser och med din kliniska erfarenhet från tidigare möten med äldre.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="622" w:type="dxa"/>
+            <w:vMerge/>
+          </w:tcPr>
+          <w:p w14:paraId="3036729B" w14:textId="77777777" w:rsidR="005249B2" w:rsidRDefault="005249B2" w:rsidP="00DE1148">
+            <w:pPr>
+              <w:pStyle w:val="Punktlistanumrerad"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="0"/>
+              </w:numPr>
+              <w:tabs>
+                <w:tab w:val="clear" w:pos="1349"/>
+              </w:tabs>
+              <w:ind w:right="0"/>
+              <w:jc w:val="right"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5473" w:type="dxa"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="33D762CD" w14:textId="77777777" w:rsidR="005249B2" w:rsidRPr="00464BB1" w:rsidRDefault="005249B2" w:rsidP="00464BB1">
+            <w:pPr>
+              <w:pStyle w:val="Punktlistanumrerad"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="0"/>
+              </w:numPr>
+              <w:tabs>
+                <w:tab w:val="clear" w:pos="1349"/>
+              </w:tabs>
+              <w:ind w:right="171"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="005249B2" w14:paraId="6DA97FD2" w14:textId="77777777" w:rsidTr="005249B2">
+        <w:trPr>
+          <w:trHeight w:val="1535"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="567" w:type="dxa"/>
+            <w:vMerge/>
+          </w:tcPr>
+          <w:p w14:paraId="33DC7991" w14:textId="52F2168A" w:rsidR="005249B2" w:rsidRDefault="005249B2" w:rsidP="005249B2">
+            <w:pPr>
+              <w:pStyle w:val="Punktlistanumrerad"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="0"/>
+              </w:numPr>
+              <w:tabs>
+                <w:tab w:val="clear" w:pos="1349"/>
+              </w:tabs>
+              <w:ind w:right="0"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3970" w:type="dxa"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="2C308552" w14:textId="77777777" w:rsidR="005249B2" w:rsidRPr="00511F1C" w:rsidRDefault="005249B2" w:rsidP="00464BB1">
+            <w:pPr>
+              <w:pStyle w:val="Punktlistanumrerad"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="0"/>
+              </w:numPr>
+              <w:tabs>
+                <w:tab w:val="clear" w:pos="1349"/>
+              </w:tabs>
+              <w:ind w:right="138"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="622" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="5C7765DE" w14:textId="559D6B0A" w:rsidR="005249B2" w:rsidRDefault="005249B2" w:rsidP="00DE1148">
+            <w:pPr>
+              <w:pStyle w:val="Punktlistanumrerad"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="0"/>
+              </w:numPr>
+              <w:tabs>
+                <w:tab w:val="clear" w:pos="1349"/>
+              </w:tabs>
+              <w:ind w:right="0"/>
+              <w:jc w:val="right"/>
+            </w:pPr>
+            <w:r>
+              <w:t>#8</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5473" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="6B8BCFA3" w14:textId="6D6CAB53" w:rsidR="005249B2" w:rsidRPr="00464BB1" w:rsidRDefault="005249B2" w:rsidP="00464BB1">
+            <w:pPr>
+              <w:pStyle w:val="Punktlistanumrerad"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="0"/>
+              </w:numPr>
+              <w:tabs>
+                <w:tab w:val="clear" w:pos="1349"/>
+              </w:tabs>
+              <w:ind w:right="171"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00511F1C">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>CFS fungerar även vid demens</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
+            <w:r w:rsidRPr="00511F1C">
+              <w:t>Funktionsbortfallet vid demens följer ett mönster liknande</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve"> det vid skörhet; mild, måttlig och svår demens motsvarar ofta CFS 5, 6 respektive 7. Om du inte vet hur uttalat demensen är, bedöm CFS precis som vanligt</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="005249B2" w14:paraId="2322D220" w14:textId="77777777" w:rsidTr="005249B2">
+        <w:trPr>
+          <w:trHeight w:val="1697"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="567" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="173A1CDD" w14:textId="0A4AACED" w:rsidR="005249B2" w:rsidRDefault="005249B2" w:rsidP="00DE1148">
+            <w:pPr>
+              <w:pStyle w:val="Punktlistanumrerad"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="0"/>
+              </w:numPr>
+              <w:tabs>
+                <w:tab w:val="clear" w:pos="1349"/>
+              </w:tabs>
+              <w:ind w:right="0"/>
+              <w:jc w:val="right"/>
+            </w:pPr>
+            <w:r>
+              <w:t>#4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3970" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="2B71FB71" w14:textId="7C542E55" w:rsidR="005249B2" w:rsidRPr="00511F1C" w:rsidRDefault="005249B2" w:rsidP="00464BB1">
+            <w:pPr>
+              <w:pStyle w:val="Punktlistanumrerad"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="0"/>
+              </w:numPr>
+              <w:tabs>
+                <w:tab w:val="clear" w:pos="1349"/>
+              </w:tabs>
+              <w:ind w:right="138"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00511F1C">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>Endast 65+ (På SÄS skattas 70+)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:t>CFS är inte validerat för personer under 65 års ålder eller för dem med enskilt handikapp. Det är oavsett viktigt att dokumentera hur en person rör sig, fungerar i vardagen samt hens upplevelse av sitt hälsotillstånd, det bidrar till en mer individualiserad bild och hjälper oss värdera just den personens sårbarhet.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="622" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="4EC7D785" w14:textId="00C623D6" w:rsidR="005249B2" w:rsidRDefault="005249B2" w:rsidP="00DE1148">
+            <w:pPr>
+              <w:pStyle w:val="Punktlistanumrerad"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="0"/>
+              </w:numPr>
+              <w:tabs>
+                <w:tab w:val="clear" w:pos="1349"/>
+              </w:tabs>
+              <w:ind w:right="0"/>
+              <w:jc w:val="right"/>
+            </w:pPr>
+            <w:r>
+              <w:t>#9</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5473" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="63A3EF5E" w14:textId="7989C042" w:rsidR="005249B2" w:rsidRPr="00511F1C" w:rsidRDefault="005249B2" w:rsidP="00464BB1">
+            <w:pPr>
+              <w:pStyle w:val="Punktlistanumrerad"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="0"/>
+              </w:numPr>
+              <w:tabs>
+                <w:tab w:val="clear" w:pos="1349"/>
+              </w:tabs>
+              <w:ind w:right="171"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00511F1C">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>Grotta ner dig ordentligt i hur funktionsförmågan förändras</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
+            <w:r w:rsidRPr="00511F1C">
+              <w:t xml:space="preserve">När </w:t>
+            </w:r>
+            <w:r>
+              <w:t>du bedömer mer komplexa vardagsaktiviteter (som matlagning, hur hen hanterar ekonomin och sköter hemmet), så bör du fokusera på om individens funktionsförmåga har förändrats. En person som aldrig själv utfört en viss uppgift utan låtit någon annan utföra den, kan inte anses osjälvständig bara för att hen inte kan utföra sagd uppgift och kanske inte ens vet hur man gör.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="005249B2" w14:paraId="73577A70" w14:textId="77777777" w:rsidTr="005249B2">
+        <w:trPr>
+          <w:trHeight w:val="565"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="10632" w:type="dxa"/>
+            <w:gridSpan w:val="4"/>
+          </w:tcPr>
+          <w:p w14:paraId="4C40F72E" w14:textId="429AB00B" w:rsidR="005249B2" w:rsidRPr="005249B2" w:rsidRDefault="00E967D0" w:rsidP="00E967D0">
+            <w:pPr>
+              <w:pStyle w:val="Punktlistanumrerad"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="0"/>
+              </w:numPr>
+              <w:tabs>
+                <w:tab w:val="clear" w:pos="1349"/>
+              </w:tabs>
+              <w:ind w:right="0"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <mc:AlternateContent>
+                <mc:Choice Requires="wps">
+                  <w:drawing>
+                    <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251684864" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="43607D66" wp14:editId="261A479F">
+                      <wp:simplePos x="0" y="0"/>
+                      <wp:positionH relativeFrom="column">
+                        <wp:posOffset>151608</wp:posOffset>
+                      </wp:positionH>
+                      <wp:positionV relativeFrom="paragraph">
+                        <wp:posOffset>85181</wp:posOffset>
+                      </wp:positionV>
+                      <wp:extent cx="5908675" cy="593725"/>
+                      <wp:effectExtent l="0" t="0" r="0" b="0"/>
+                      <wp:wrapNone/>
+                      <wp:docPr id="372882291" name="Textruta 8"/>
+                      <wp:cNvGraphicFramePr/>
+                      <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+                        <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
+                          <wps:wsp>
+                            <wps:cNvSpPr txBox="1"/>
+                            <wps:spPr>
+                              <a:xfrm>
+                                <a:off x="0" y="0"/>
+                                <a:ext cx="5908675" cy="593725"/>
+                              </a:xfrm>
+                              <a:prstGeom prst="rect">
+                                <a:avLst/>
+                              </a:prstGeom>
+                              <a:noFill/>
+                              <a:ln w="6350">
+                                <a:noFill/>
+                              </a:ln>
+                            </wps:spPr>
+                            <wps:txbx>
+                              <w:txbxContent>
+                                <w:p w14:paraId="0590381C" w14:textId="42F5B01A" w:rsidR="00E967D0" w:rsidRPr="00E967D0" w:rsidRDefault="00E967D0" w:rsidP="00E967D0">
+                                  <w:pPr>
+                                    <w:ind w:left="0" w:right="80"/>
+                                    <w:rPr>
+                                      <w:sz w:val="22"/>
+                                      <w:szCs w:val="22"/>
+                                    </w:rPr>
+                                  </w:pPr>
+                                  <w:r w:rsidRPr="00E967D0">
+                                    <w:rPr>
+                                      <w:sz w:val="20"/>
+                                      <w:szCs w:val="20"/>
+                                    </w:rPr>
+                                    <w:t xml:space="preserve">Kenneth </w:t>
+                                  </w:r>
+                                  <w:r w:rsidRPr="00E967D0">
+                                    <w:rPr>
+                                      <w:sz w:val="20"/>
+                                      <w:szCs w:val="20"/>
+                                    </w:rPr>
+                                    <w:t xml:space="preserve">Rockwood, Sherri Fax, Olga Theou &amp; Linda Dyles </w:t>
+                                  </w:r>
+                                  <w:r w:rsidRPr="00E967D0">
+                                    <w:rPr>
+                                      <w:rFonts w:ascii="Symbol" w:eastAsia="Symbol" w:hAnsi="Symbol" w:cs="Symbol"/>
+                                      <w:sz w:val="20"/>
+                                      <w:szCs w:val="20"/>
+                                    </w:rPr>
+                                    <w:t>·</w:t>
+                                  </w:r>
+                                  <w:r w:rsidRPr="00E967D0">
+                                    <w:rPr>
+                                      <w:sz w:val="20"/>
+                                      <w:szCs w:val="20"/>
+                                    </w:rPr>
+                                    <w:t xml:space="preserve"> v.2.0 5 june 2020 </w:t>
+                                  </w:r>
+                                  <w:r w:rsidRPr="00E967D0">
+                                    <w:rPr>
+                                      <w:rFonts w:ascii="Symbol" w:eastAsia="Symbol" w:hAnsi="Symbol" w:cs="Symbol"/>
+                                      <w:sz w:val="20"/>
+                                      <w:szCs w:val="20"/>
+                                    </w:rPr>
+                                    <w:t>·</w:t>
+                                  </w:r>
+                                  <w:r w:rsidRPr="00E967D0">
+                                    <w:rPr>
+                                      <w:sz w:val="20"/>
+                                      <w:szCs w:val="20"/>
+                                    </w:rPr>
+                                    <w:br/>
+                                    <w:t>Översatt av svenska Anna Alberg med tillstånd</w:t>
+                                  </w:r>
+                                </w:p>
+                              </w:txbxContent>
+                            </wps:txbx>
+                            <wps:bodyPr rot="0" spcFirstLastPara="0" vertOverflow="overflow" horzOverflow="overflow" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" numCol="1" spcCol="0" rtlCol="0" fromWordArt="0" anchor="t" anchorCtr="0" forceAA="0" compatLnSpc="1">
+                              <a:prstTxWarp prst="textNoShape">
+                                <a:avLst/>
+                              </a:prstTxWarp>
+                              <a:noAutofit/>
+                            </wps:bodyPr>
+                          </wps:wsp>
+                        </a:graphicData>
+                      </a:graphic>
+                      <wp14:sizeRelV relativeFrom="margin">
+                        <wp14:pctHeight>0</wp14:pctHeight>
+                      </wp14:sizeRelV>
+                    </wp:anchor>
+                  </w:drawing>
+                </mc:Choice>
+                <mc:Fallback>
+                  <w:pict>
+                    <v:shape w14:anchorId="43607D66" id="Textruta 8" o:spid="_x0000_s1040" type="#_x0000_t202" style="position:absolute;margin-left:11.95pt;margin-top:6.7pt;width:465.25pt;height:46.75pt;z-index:251684864;visibility:visible;mso-wrap-style:square;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-height-percent:0;mso-height-relative:margin;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQBfVOj6GwIAADQEAAAOAAAAZHJzL2Uyb0RvYy54bWysU02P2jAQvVfqf7B8LwksgSUirOiuqCqh&#10;3ZXYas/GsUkkx+PahoT++o4dvrTtqerFGc9M5uO95/lD1yhyENbVoAs6HKSUCM2hrPWuoD/eVl/u&#10;KXGe6ZIp0KKgR+How+Lzp3lrcjGCClQpLMEi2uWtKWjlvcmTxPFKNMwNwAiNQQm2YR6vdpeUlrVY&#10;vVHJKE0nSQu2NBa4cA69T32QLmJ9KQX3L1I64YkqKM7m42njuQ1nspizfGeZqWp+GoP9wxQNqzU2&#10;vZR6Yp6Rva3/KNXU3IID6QccmgSkrLmIO+A2w/TDNpuKGRF3QXCcucDk/l9Z/nzYmFdLfPcVOiQw&#10;ANIalzt0hn06aZvwxUkJxhHC4wU20XnC0ZnN0vvJNKOEYyyb3U1HWSiTXP821vlvAhoSjIJapCWi&#10;xQ5r5/vUc0popmFVKxWpUZq0BZ3cZWn84RLB4kpjj+uswfLdtiN1iXtEZoNrC+UR97PQU+8MX9U4&#10;xJo5/8osco0roX79Cx5SATaDk0VJBfbX3/whHynAKCUtaqeg7ueeWUGJ+q6RnNlwPA5ii5dxNh3h&#10;xd5GtrcRvW8eAeU5xJdieDRDvldnU1po3lHmy9AVQ0xz7F1QfzYffa9ofCZcLJcxCeVlmF/rjeGh&#10;dIA1QPzWvTNrTjx4ZPAZzipj+Qc6+tyekOXeg6wjV1dUT/ijNCPbp2cUtH97j1nXx774DQAA//8D&#10;AFBLAwQUAAYACAAAACEAPcC5ZeEAAAAJAQAADwAAAGRycy9kb3ducmV2LnhtbEyPzU7DMBCE70i8&#10;g7VI3KjT9EdNiFNVkSokBIeWXrg58TaJGq9D7LaBp2c5ldvuzGj222w92k5ccPCtIwXTSQQCqXKm&#10;pVrB4WP7tALhgyajO0eo4Bs9rPP7u0ynxl1ph5d9qAWXkE+1giaEPpXSVw1a7SeuR2Lv6AarA69D&#10;Lc2gr1xuOxlH0VJa3RJfaHSPRYPVaX+2Cl6L7bvelbFd/XTFy9tx038dPhdKPT6Mm2cQAcdwC8Mf&#10;PqNDzkylO5PxolMQzxJOsj6bg2A/Wcx5KFmIlgnIPJP/P8h/AQAA//8DAFBLAQItABQABgAIAAAA&#10;IQC2gziS/gAAAOEBAAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0A&#10;FAAGAAgAAAAhADj9If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAALwEAAF9yZWxzLy5yZWxzUEsBAi0A&#10;FAAGAAgAAAAhAF9U6PobAgAANAQAAA4AAAAAAAAAAAAAAAAALgIAAGRycy9lMm9Eb2MueG1sUEsB&#10;Ai0AFAAGAAgAAAAhAD3AuWXhAAAACQEAAA8AAAAAAAAAAAAAAAAAdQQAAGRycy9kb3ducmV2Lnht&#10;bFBLBQYAAAAABAAEAPMAAACDBQAAAAA=&#10;" filled="f" stroked="f" strokeweight=".5pt">
+                      <v:textbox>
                         <w:txbxContent>
-                          <w:p w14:paraId="5FBAC7B6" w14:textId="7848BE7E" w:rsidR="000D368A" w:rsidRPr="000D368A" w:rsidRDefault="000D368A">
+                          <w:p w14:paraId="0590381C" w14:textId="42F5B01A" w:rsidR="00E967D0" w:rsidRPr="00E967D0" w:rsidRDefault="00E967D0" w:rsidP="00E967D0">
                             <w:pPr>
-                              <w:ind w:left="0"/>
+                              <w:ind w:left="0" w:right="80"/>
                               <w:rPr>
-                                <w:color w:val="4E111A" w:themeColor="accent5" w:themeShade="80"/>
-[...1 lines deleted...]
-                                <w:szCs w:val="18"/>
+                                <w:sz w:val="22"/>
+                                <w:szCs w:val="22"/>
                               </w:rPr>
                             </w:pPr>
-                            <w:r w:rsidRPr="00F030C7">
+                            <w:r w:rsidRPr="00E967D0">
                               <w:rPr>
-                                <w:color w:val="4E111A" w:themeColor="accent5" w:themeShade="80"/>
-[...2 lines deleted...]
-                                <w:highlight w:val="yellow"/>
+                                <w:sz w:val="20"/>
+                                <w:szCs w:val="20"/>
                               </w:rPr>
-                              <w:t>(På SÄS skattas 70+)</w:t>
+                              <w:t xml:space="preserve">Kenneth </w:t>
+                            </w:r>
+                            <w:r w:rsidRPr="00E967D0">
+                              <w:rPr>
+                                <w:sz w:val="20"/>
+                                <w:szCs w:val="20"/>
+                              </w:rPr>
+                              <w:t xml:space="preserve">Rockwood, Sherri Fax, Olga Theou &amp; Linda Dyles </w:t>
+                            </w:r>
+                            <w:r w:rsidRPr="00E967D0">
+                              <w:rPr>
+                                <w:rFonts w:ascii="Symbol" w:eastAsia="Symbol" w:hAnsi="Symbol" w:cs="Symbol"/>
+                                <w:sz w:val="20"/>
+                                <w:szCs w:val="20"/>
+                              </w:rPr>
+                              <w:t>·</w:t>
+                            </w:r>
+                            <w:r w:rsidRPr="00E967D0">
+                              <w:rPr>
+                                <w:sz w:val="20"/>
+                                <w:szCs w:val="20"/>
+                              </w:rPr>
+                              <w:t xml:space="preserve"> v.2.0 5 june 2020 </w:t>
+                            </w:r>
+                            <w:r w:rsidRPr="00E967D0">
+                              <w:rPr>
+                                <w:rFonts w:ascii="Symbol" w:eastAsia="Symbol" w:hAnsi="Symbol" w:cs="Symbol"/>
+                                <w:sz w:val="20"/>
+                                <w:szCs w:val="20"/>
+                              </w:rPr>
+                              <w:t>·</w:t>
+                            </w:r>
+                            <w:r w:rsidRPr="00E967D0">
+                              <w:rPr>
+                                <w:sz w:val="20"/>
+                                <w:szCs w:val="20"/>
+                              </w:rPr>
+                              <w:br/>
+                              <w:t>Översatt av svenska Anna Alberg med tillstånd</w:t>
                             </w:r>
                           </w:p>
                         </w:txbxContent>
-                      </wps:txbx>
-[...115 lines deleted...]
-          <w:footerReference w:type="first" r:id="rId25"/>
+                      </v:textbox>
+                    </v:shape>
+                  </w:pict>
+                </mc:Fallback>
+              </mc:AlternateContent>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p w14:paraId="43EF7F90" w14:textId="77777777" w:rsidR="00E967D0" w:rsidRDefault="00E967D0" w:rsidP="00E967D0">
+      <w:pPr>
+        <w:pStyle w:val="Rubrik2"/>
+        <w:sectPr w:rsidR="00E967D0" w:rsidSect="005249B2">
+          <w:headerReference w:type="default" r:id="rId23"/>
+          <w:footerReference w:type="even" r:id="rId24"/>
+          <w:footerReference w:type="default" r:id="rId25"/>
+          <w:headerReference w:type="first" r:id="rId26"/>
+          <w:footerReference w:type="first" r:id="rId27"/>
           <w:type w:val="continuous"/>
           <w:pgSz w:w="11900" w:h="16840"/>
-          <w:pgMar w:top="1418" w:right="1694" w:bottom="1276" w:left="992" w:header="283" w:footer="743" w:gutter="0"/>
+          <w:pgMar w:top="1418" w:right="1979" w:bottom="1276" w:left="992" w:header="284" w:footer="737" w:gutter="0"/>
           <w:cols w:space="708"/>
           <w:noEndnote/>
           <w:titlePg/>
           <w:docGrid w:linePitch="326"/>
         </w:sectPr>
       </w:pPr>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+      <w:bookmarkStart w:id="34" w:name="_Toc156567988"/>
     </w:p>
-    <w:p w14:paraId="69DEB947" w14:textId="02128441" w:rsidR="003A6D19" w:rsidRDefault="003A6D19" w:rsidP="000E703C">
+    <w:p w14:paraId="40AA233F" w14:textId="1EBA3CC4" w:rsidR="009C6C0C" w:rsidRDefault="00E967D0" w:rsidP="00E967D0">
       <w:pPr>
         <w:pStyle w:val="Rubrik2"/>
-        <w:spacing w:before="0" w:after="60"/>
-[...2 lines deleted...]
-      <w:bookmarkStart w:id="22" w:name="_Toc156567988"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="35" w:name="_Toc203056639"/>
+      <w:bookmarkStart w:id="36" w:name="_Toc203056661"/>
       <w:r>
         <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">Bilaga 2 - </w:t>
       </w:r>
       <w:r w:rsidRPr="00466CC8">
         <w:t>Vad ska</w:t>
       </w:r>
-      <w:r w:rsidR="00C26613">
+      <w:r>
         <w:t xml:space="preserve"> särskilt</w:t>
       </w:r>
       <w:r w:rsidRPr="00466CC8">
         <w:t xml:space="preserve"> värderas</w:t>
       </w:r>
-      <w:r w:rsidR="00C26613">
+      <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00466CC8">
-        <w:t>när?</w:t>
-[...1 lines deleted...]
-      <w:bookmarkEnd w:id="22"/>
+        <w:t>nä</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="34"/>
+      <w:r>
+        <w:t>r?</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="35"/>
+      <w:bookmarkEnd w:id="36"/>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="14788" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
         <w:tblCellMar>
           <w:left w:w="70" w:type="dxa"/>
           <w:right w:w="70" w:type="dxa"/>
         </w:tblCellMar>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
         <w:tblCaption w:val="Vad ska värderas när?"/>
         <w:tblDescription w:val="Tabellen ger en översikt över vad som är viktigt att värdera vid inskrivning, under vårdtiden och vid utskrivning från sjukhuset."/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="1105"/>
         <w:gridCol w:w="6932"/>
         <w:gridCol w:w="703"/>
         <w:gridCol w:w="704"/>
         <w:gridCol w:w="703"/>
         <w:gridCol w:w="704"/>
         <w:gridCol w:w="704"/>
         <w:gridCol w:w="703"/>
         <w:gridCol w:w="704"/>
         <w:gridCol w:w="706"/>
         <w:gridCol w:w="402"/>
         <w:gridCol w:w="718"/>
       </w:tblGrid>
-      <w:tr w:rsidR="006E5038" w:rsidRPr="00F34377" w14:paraId="2FE93606" w14:textId="77777777" w:rsidTr="003A6D19">
+      <w:tr w:rsidR="00E967D0" w:rsidRPr="00E967D0" w14:paraId="54AC4622" w14:textId="77777777" w:rsidTr="00226D93">
         <w:trPr>
           <w:trHeight w:val="234"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8037" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="5F5F5F" w:themeColor="background2" w:themeShade="BF"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="E5E5E5" w:themeFill="background2" w:themeFillTint="33"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="0B0B5609" w14:textId="77777777" w:rsidR="006E5038" w:rsidRPr="006E5038" w:rsidRDefault="006E5038" w:rsidP="003A6D19">
+          <w:p w14:paraId="4312D312" w14:textId="77777777" w:rsidR="00E967D0" w:rsidRPr="00E967D0" w:rsidRDefault="00E967D0" w:rsidP="00E967D0">
             <w:pPr>
               <w:keepNext/>
               <w:keepLines/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:ind w:right="181" w:hanging="992"/>
+              <w:ind w:left="992" w:right="181" w:hanging="992"/>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
-            <w:bookmarkStart w:id="23" w:name="Bilaga2"/>
-            <w:bookmarkEnd w:id="23"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="703" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="5F5F5F" w:themeColor="background2" w:themeShade="BF"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="D0F1C5" w:themeFill="accent2" w:themeFillTint="33"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="4CF05F6D" w14:textId="77777777" w:rsidR="006E5038" w:rsidRPr="006E5038" w:rsidRDefault="006E5038" w:rsidP="003A6D19">
+          <w:p w14:paraId="44383613" w14:textId="77777777" w:rsidR="00E967D0" w:rsidRPr="00E967D0" w:rsidRDefault="00E967D0" w:rsidP="00E967D0">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="FFFFFF" w:themeColor="background1"/>
                 <w:sz w:val="36"/>
                 <w:szCs w:val="36"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="006E5038">
+            <w:r w:rsidRPr="00E967D0">
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="FFFFFF" w:themeColor="background1"/>
                 <w:sz w:val="36"/>
                 <w:szCs w:val="36"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="704" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="5F5F5F" w:themeColor="background2" w:themeShade="BF"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="A2E38C" w:themeFill="accent2" w:themeFillTint="66"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="3C89AF5D" w14:textId="77777777" w:rsidR="006E5038" w:rsidRPr="006E5038" w:rsidRDefault="006E5038" w:rsidP="003A6D19">
+          <w:p w14:paraId="3B7F5D41" w14:textId="77777777" w:rsidR="00E967D0" w:rsidRPr="00E967D0" w:rsidRDefault="00E967D0" w:rsidP="00E967D0">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="FFFFFF" w:themeColor="background1"/>
                 <w:sz w:val="36"/>
                 <w:szCs w:val="36"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="006E5038">
+            <w:r w:rsidRPr="00E967D0">
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="FFFFFF" w:themeColor="background1"/>
                 <w:sz w:val="36"/>
                 <w:szCs w:val="36"/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="703" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="5F5F5F" w:themeColor="background2" w:themeShade="BF"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="73D552" w:themeFill="accent2" w:themeFillTint="99"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="091969AA" w14:textId="77777777" w:rsidR="006E5038" w:rsidRPr="006E5038" w:rsidRDefault="006E5038" w:rsidP="003A6D19">
+          <w:p w14:paraId="2029651A" w14:textId="77777777" w:rsidR="00E967D0" w:rsidRPr="00E967D0" w:rsidRDefault="00E967D0" w:rsidP="00E967D0">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="FFFFFF" w:themeColor="background1"/>
                 <w:sz w:val="36"/>
                 <w:szCs w:val="36"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="006E5038">
+            <w:r w:rsidRPr="00E967D0">
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="FFFFFF" w:themeColor="background1"/>
                 <w:sz w:val="36"/>
                 <w:szCs w:val="36"/>
               </w:rPr>
               <w:t>3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="704" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="5F5F5F" w:themeColor="background2" w:themeShade="BF"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="285B16" w:themeFill="accent2" w:themeFillShade="BF"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="2EF7614C" w14:textId="77777777" w:rsidR="006E5038" w:rsidRPr="006E5038" w:rsidRDefault="006E5038" w:rsidP="003A6D19">
+          <w:p w14:paraId="6F184BCB" w14:textId="77777777" w:rsidR="00E967D0" w:rsidRPr="00E967D0" w:rsidRDefault="00E967D0" w:rsidP="00E967D0">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="FFFFFF" w:themeColor="background1"/>
                 <w:sz w:val="36"/>
                 <w:szCs w:val="36"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="006E5038">
+            <w:r w:rsidRPr="00E967D0">
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="FFFFFF" w:themeColor="background1"/>
                 <w:sz w:val="36"/>
                 <w:szCs w:val="36"/>
               </w:rPr>
               <w:t>4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="704" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="5F5F5F" w:themeColor="background2" w:themeShade="BF"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFCE5E" w:themeFill="accent3" w:themeFillTint="99"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="635C5F79" w14:textId="77777777" w:rsidR="006E5038" w:rsidRPr="006E5038" w:rsidRDefault="006E5038" w:rsidP="003A6D19">
+          <w:p w14:paraId="1220912D" w14:textId="77777777" w:rsidR="00E967D0" w:rsidRPr="00E967D0" w:rsidRDefault="00E967D0" w:rsidP="00E967D0">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="FFFFFF" w:themeColor="background1"/>
                 <w:sz w:val="36"/>
                 <w:szCs w:val="36"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="006E5038">
+            <w:r w:rsidRPr="00E967D0">
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="FFFFFF" w:themeColor="background1"/>
                 <w:sz w:val="36"/>
                 <w:szCs w:val="36"/>
               </w:rPr>
               <w:t>5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="703" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="5F5F5F" w:themeColor="background2" w:themeShade="BF"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="B57E00" w:themeFill="accent3" w:themeFillShade="BF"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="69C78E01" w14:textId="77777777" w:rsidR="006E5038" w:rsidRPr="006E5038" w:rsidRDefault="006E5038" w:rsidP="003A6D19">
+          <w:p w14:paraId="066E2A84" w14:textId="77777777" w:rsidR="00E967D0" w:rsidRPr="00E967D0" w:rsidRDefault="00E967D0" w:rsidP="00E967D0">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="FFFFFF" w:themeColor="background1"/>
                 <w:sz w:val="36"/>
                 <w:szCs w:val="36"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="006E5038">
+            <w:r w:rsidRPr="00E967D0">
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="FFFFFF" w:themeColor="background1"/>
                 <w:sz w:val="36"/>
                 <w:szCs w:val="36"/>
               </w:rPr>
               <w:t>6</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="704" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="5F5F5F" w:themeColor="background2" w:themeShade="BF"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="E896A2" w:themeFill="accent5" w:themeFillTint="66"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="279FAF88" w14:textId="77777777" w:rsidR="006E5038" w:rsidRPr="006E5038" w:rsidRDefault="006E5038" w:rsidP="003A6D19">
+          <w:p w14:paraId="4B61C226" w14:textId="77777777" w:rsidR="00E967D0" w:rsidRPr="00E967D0" w:rsidRDefault="00E967D0" w:rsidP="00E967D0">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="FFFFFF" w:themeColor="background1"/>
                 <w:sz w:val="36"/>
                 <w:szCs w:val="36"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="006E5038">
+            <w:r w:rsidRPr="00E967D0">
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="FFFFFF" w:themeColor="background1"/>
                 <w:sz w:val="36"/>
                 <w:szCs w:val="36"/>
               </w:rPr>
               <w:t>7</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="706" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="5F5F5F" w:themeColor="background2" w:themeShade="BF"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="DD6174" w:themeFill="accent5" w:themeFillTint="99"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="341DAEDA" w14:textId="77777777" w:rsidR="006E5038" w:rsidRPr="006E5038" w:rsidRDefault="006E5038" w:rsidP="003A6D19">
+          <w:p w14:paraId="00620E7D" w14:textId="77777777" w:rsidR="00E967D0" w:rsidRPr="00E967D0" w:rsidRDefault="00E967D0" w:rsidP="00E967D0">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="FFFFFF" w:themeColor="background1"/>
                 <w:sz w:val="36"/>
                 <w:szCs w:val="36"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="006E5038">
+            <w:r w:rsidRPr="00E967D0">
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="FFFFFF" w:themeColor="background1"/>
                 <w:sz w:val="36"/>
                 <w:szCs w:val="36"/>
               </w:rPr>
               <w:t>8</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="402" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:bottom w:val="nil"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...1 lines deleted...]
-          <w:p w14:paraId="71C9AEBE" w14:textId="77777777" w:rsidR="006E5038" w:rsidRPr="006E5038" w:rsidRDefault="006E5038" w:rsidP="003A6D19">
+          </w:tcPr>
+          <w:p w14:paraId="4CD28D5A" w14:textId="77777777" w:rsidR="00E967D0" w:rsidRPr="00E967D0" w:rsidRDefault="00E967D0" w:rsidP="00E967D0">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="FFFFFF" w:themeColor="background1"/>
                 <w:sz w:val="36"/>
                 <w:szCs w:val="36"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="718" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="5F5F5F" w:themeColor="background2" w:themeShade="BF"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="5F5F5F" w:themeColor="background2" w:themeShade="BF"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="751927" w:themeFill="accent5" w:themeFillShade="BF"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="6141AF26" w14:textId="77777777" w:rsidR="006E5038" w:rsidRPr="006E5038" w:rsidRDefault="006E5038" w:rsidP="003A6D19">
+          <w:p w14:paraId="44859B86" w14:textId="77777777" w:rsidR="00E967D0" w:rsidRPr="00E967D0" w:rsidRDefault="00E967D0" w:rsidP="00E967D0">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="FFFFFF" w:themeColor="background1"/>
                 <w:sz w:val="36"/>
                 <w:szCs w:val="36"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="006E5038">
+            <w:r w:rsidRPr="00E967D0">
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="FFFFFF" w:themeColor="background1"/>
                 <w:sz w:val="36"/>
                 <w:szCs w:val="36"/>
               </w:rPr>
               <w:t>9</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="0077422B" w:rsidRPr="00E87042" w14:paraId="2802C726" w14:textId="77777777" w:rsidTr="003A6D19">
+      <w:tr w:rsidR="00E967D0" w:rsidRPr="00E967D0" w14:paraId="30A609EF" w14:textId="77777777" w:rsidTr="00226D93">
         <w:trPr>
           <w:trHeight w:val="413"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1105" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="E5E5E5" w:themeFill="background2" w:themeFillTint="33"/>
             <w:tcMar>
               <w:left w:w="28" w:type="dxa"/>
               <w:right w:w="28" w:type="dxa"/>
             </w:tcMar>
             <w:textDirection w:val="btLr"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="20CA4944" w14:textId="77777777" w:rsidR="0077422B" w:rsidRPr="006E5038" w:rsidRDefault="0077422B" w:rsidP="003A6D19">
+          <w:p w14:paraId="700B7A1D" w14:textId="77777777" w:rsidR="00E967D0" w:rsidRPr="00E967D0" w:rsidRDefault="00E967D0" w:rsidP="00E967D0">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="113" w:right="113"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="006E5038">
+            <w:r w:rsidRPr="00E967D0">
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Inskrivning?</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6932" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="5F5F5F" w:themeColor="background2" w:themeShade="BF"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="E5E5E5" w:themeFill="background2" w:themeFillTint="33"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="0B697B51" w14:textId="77777777" w:rsidR="0077422B" w:rsidRPr="00DB7181" w:rsidRDefault="0077422B" w:rsidP="003A6D19">
+          <w:p w14:paraId="03589CBB" w14:textId="77777777" w:rsidR="00E967D0" w:rsidRPr="00E967D0" w:rsidRDefault="00E967D0" w:rsidP="00E967D0">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00DB7181">
+            <w:r w:rsidRPr="00E967D0">
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t xml:space="preserve">Kan vården </w:t>
-[...19 lines deleted...]
-              <w:t xml:space="preserve"> ges som subakut besök nästkommande dag eller annan typ av öppenvård/egenvård?</w:t>
+              <w:t>Kan vården istället ges som subakut besök nästkommande dag eller annan typ av öppenvård/egenvård?</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="703" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="5F5F5F" w:themeColor="background2" w:themeShade="BF"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="D0F1C5" w:themeFill="accent2" w:themeFillTint="33"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="68AC7C15" w14:textId="77777777" w:rsidR="0077422B" w:rsidRPr="00E87042" w:rsidRDefault="0077422B" w:rsidP="003A6D19">
+          <w:p w14:paraId="79815E83" w14:textId="77777777" w:rsidR="00E967D0" w:rsidRPr="00E967D0" w:rsidRDefault="00E967D0" w:rsidP="00E967D0">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="751927" w:themeColor="accent5" w:themeShade="BF"/>
                 <w:sz w:val="32"/>
                 <w:szCs w:val="32"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="704" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="5F5F5F" w:themeColor="background2" w:themeShade="BF"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="A2E38C" w:themeFill="accent2" w:themeFillTint="66"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="3C213188" w14:textId="77777777" w:rsidR="0077422B" w:rsidRPr="00E87042" w:rsidRDefault="0077422B" w:rsidP="003A6D19">
+          <w:p w14:paraId="7313CAB6" w14:textId="77777777" w:rsidR="00E967D0" w:rsidRPr="00E967D0" w:rsidRDefault="00E967D0" w:rsidP="00E967D0">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="751927" w:themeColor="accent5" w:themeShade="BF"/>
                 <w:sz w:val="32"/>
                 <w:szCs w:val="32"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="703" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="5F5F5F" w:themeColor="background2" w:themeShade="BF"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="73D552" w:themeFill="accent2" w:themeFillTint="99"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="60760A91" w14:textId="77777777" w:rsidR="0077422B" w:rsidRPr="00E87042" w:rsidRDefault="0077422B" w:rsidP="003A6D19">
+          <w:p w14:paraId="5954A386" w14:textId="77777777" w:rsidR="00E967D0" w:rsidRPr="00E967D0" w:rsidRDefault="00E967D0" w:rsidP="00E967D0">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="751927" w:themeColor="accent5" w:themeShade="BF"/>
                 <w:sz w:val="32"/>
                 <w:szCs w:val="32"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="704" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="5F5F5F" w:themeColor="background2" w:themeShade="BF"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="285B16" w:themeFill="accent2" w:themeFillShade="BF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="2B80468D" w14:textId="77777777" w:rsidR="0077422B" w:rsidRPr="00E87042" w:rsidRDefault="0077422B" w:rsidP="003A6D19">
+          <w:p w14:paraId="1F122BD1" w14:textId="77777777" w:rsidR="00E967D0" w:rsidRPr="00E967D0" w:rsidRDefault="00E967D0" w:rsidP="00E967D0">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="751927" w:themeColor="accent5" w:themeShade="BF"/>
                 <w:sz w:val="32"/>
                 <w:szCs w:val="32"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="704" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="5F5F5F" w:themeColor="background2" w:themeShade="BF"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="E5E5E5" w:themeFill="background2" w:themeFillTint="33"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="731F5BF2" w14:textId="77777777" w:rsidR="0077422B" w:rsidRPr="00E87042" w:rsidRDefault="0077422B" w:rsidP="003A6D19">
+          <w:p w14:paraId="1727A621" w14:textId="77777777" w:rsidR="00E967D0" w:rsidRPr="00E967D0" w:rsidRDefault="00E967D0" w:rsidP="00E967D0">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="751927" w:themeColor="accent5" w:themeShade="BF"/>
                 <w:sz w:val="32"/>
                 <w:szCs w:val="32"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="703" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="5F5F5F" w:themeColor="background2" w:themeShade="BF"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="E5E5E5" w:themeFill="background2" w:themeFillTint="33"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="1517531F" w14:textId="77777777" w:rsidR="0077422B" w:rsidRPr="00E87042" w:rsidRDefault="0077422B" w:rsidP="003A6D19">
+          <w:p w14:paraId="671CF21D" w14:textId="77777777" w:rsidR="00E967D0" w:rsidRPr="00E967D0" w:rsidRDefault="00E967D0" w:rsidP="00E967D0">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="751927" w:themeColor="accent5" w:themeShade="BF"/>
                 <w:sz w:val="32"/>
                 <w:szCs w:val="32"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="704" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="5F5F5F" w:themeColor="background2" w:themeShade="BF"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="E5E5E5" w:themeFill="background2" w:themeFillTint="33"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="3ADC77A5" w14:textId="77777777" w:rsidR="0077422B" w:rsidRPr="00E87042" w:rsidRDefault="0077422B" w:rsidP="003A6D19">
+          <w:p w14:paraId="5C81303B" w14:textId="77777777" w:rsidR="00E967D0" w:rsidRPr="00E967D0" w:rsidRDefault="00E967D0" w:rsidP="00E967D0">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="751927" w:themeColor="accent5" w:themeShade="BF"/>
                 <w:sz w:val="32"/>
                 <w:szCs w:val="32"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="706" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="5F5F5F" w:themeColor="background2" w:themeShade="BF"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="E5E5E5" w:themeFill="background2" w:themeFillTint="33"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="36E6D54D" w14:textId="77777777" w:rsidR="0077422B" w:rsidRPr="00E87042" w:rsidRDefault="0077422B" w:rsidP="003A6D19">
+          <w:p w14:paraId="63241E46" w14:textId="77777777" w:rsidR="00E967D0" w:rsidRPr="00E967D0" w:rsidRDefault="00E967D0" w:rsidP="00E967D0">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="751927" w:themeColor="accent5" w:themeShade="BF"/>
                 <w:sz w:val="32"/>
                 <w:szCs w:val="32"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="402" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:bottom w:val="nil"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...1 lines deleted...]
-          <w:p w14:paraId="5091B513" w14:textId="77777777" w:rsidR="0077422B" w:rsidRPr="00E87042" w:rsidRDefault="0077422B" w:rsidP="003A6D19">
+          </w:tcPr>
+          <w:p w14:paraId="7BAA5145" w14:textId="77777777" w:rsidR="00E967D0" w:rsidRPr="00E967D0" w:rsidRDefault="00E967D0" w:rsidP="00E967D0">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="751927" w:themeColor="accent5" w:themeShade="BF"/>
                 <w:sz w:val="32"/>
                 <w:szCs w:val="32"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="718" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="5F5F5F" w:themeColor="background2" w:themeShade="BF"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="5F5F5F" w:themeColor="background2" w:themeShade="BF"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="E5E5E5" w:themeFill="background2" w:themeFillTint="33"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="00DC8C66" w14:textId="77777777" w:rsidR="0077422B" w:rsidRPr="00E87042" w:rsidRDefault="0077422B" w:rsidP="003A6D19">
+          <w:p w14:paraId="4FFCCF35" w14:textId="77777777" w:rsidR="00E967D0" w:rsidRPr="00E967D0" w:rsidRDefault="00E967D0" w:rsidP="00E967D0">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="751927" w:themeColor="accent5" w:themeShade="BF"/>
                 <w:sz w:val="32"/>
                 <w:szCs w:val="32"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="0077422B" w:rsidRPr="00E87042" w14:paraId="4103EDF3" w14:textId="77777777" w:rsidTr="003A6D19">
+      <w:tr w:rsidR="00E967D0" w:rsidRPr="00E967D0" w14:paraId="1084D91E" w14:textId="77777777" w:rsidTr="00226D93">
         <w:trPr>
           <w:trHeight w:val="413"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1105" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:tcMar>
               <w:left w:w="28" w:type="dxa"/>
               <w:right w:w="28" w:type="dxa"/>
             </w:tcMar>
             <w:textDirection w:val="btLr"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="0D9EC916" w14:textId="77777777" w:rsidR="0077422B" w:rsidRPr="00E87042" w:rsidRDefault="0077422B" w:rsidP="003A6D19">
+          <w:p w14:paraId="6CD7DBF4" w14:textId="77777777" w:rsidR="00E967D0" w:rsidRPr="00E967D0" w:rsidRDefault="00E967D0" w:rsidP="00E967D0">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="113" w:right="113"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6932" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="E5E5E5" w:themeFill="background2" w:themeFillTint="33"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="1F950C86" w14:textId="77777777" w:rsidR="0077422B" w:rsidRPr="00DB7181" w:rsidRDefault="0077422B" w:rsidP="003A6D19">
+          <w:p w14:paraId="301E2072" w14:textId="77777777" w:rsidR="00E967D0" w:rsidRPr="00E967D0" w:rsidRDefault="00E967D0" w:rsidP="00E967D0">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00DB7181">
+            <w:r w:rsidRPr="00E967D0">
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t xml:space="preserve">Kan vården bedrivas med stöd av riktade insatser i hemmet </w:t>
-[...19 lines deleted...]
-              <w:t xml:space="preserve"> för inskrivning i slutenvården?</w:t>
+              <w:t>Kan vården bedrivas med stöd av riktade insatser i hemmet istället för inskrivning i slutenvården?</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="703" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="E5E5E5" w:themeFill="background2" w:themeFillTint="33"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="340E435D" w14:textId="77777777" w:rsidR="0077422B" w:rsidRPr="00E87042" w:rsidRDefault="0077422B" w:rsidP="003A6D19">
+          <w:p w14:paraId="0ECF722F" w14:textId="77777777" w:rsidR="00E967D0" w:rsidRPr="00E967D0" w:rsidRDefault="00E967D0" w:rsidP="00E967D0">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="751927" w:themeColor="accent5" w:themeShade="BF"/>
                 <w:sz w:val="32"/>
                 <w:szCs w:val="32"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="704" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="E5E5E5" w:themeFill="background2" w:themeFillTint="33"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="223B1E57" w14:textId="77777777" w:rsidR="0077422B" w:rsidRPr="00E87042" w:rsidRDefault="0077422B" w:rsidP="003A6D19">
+          <w:p w14:paraId="475C3477" w14:textId="77777777" w:rsidR="00E967D0" w:rsidRPr="00E967D0" w:rsidRDefault="00E967D0" w:rsidP="00E967D0">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="751927" w:themeColor="accent5" w:themeShade="BF"/>
                 <w:sz w:val="32"/>
                 <w:szCs w:val="32"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="703" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="E5E5E5" w:themeFill="background2" w:themeFillTint="33"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="5107BFBE" w14:textId="77777777" w:rsidR="0077422B" w:rsidRPr="00E87042" w:rsidRDefault="0077422B" w:rsidP="003A6D19">
+          <w:p w14:paraId="37558655" w14:textId="77777777" w:rsidR="00E967D0" w:rsidRPr="00E967D0" w:rsidRDefault="00E967D0" w:rsidP="00E967D0">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="751927" w:themeColor="accent5" w:themeShade="BF"/>
                 <w:sz w:val="32"/>
                 <w:szCs w:val="32"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="704" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="E5E5E5" w:themeFill="background2" w:themeFillTint="33"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="3153ACD6" w14:textId="77777777" w:rsidR="0077422B" w:rsidRPr="00E87042" w:rsidRDefault="0077422B" w:rsidP="003A6D19">
+          <w:p w14:paraId="670F4132" w14:textId="77777777" w:rsidR="00E967D0" w:rsidRPr="00E967D0" w:rsidRDefault="00E967D0" w:rsidP="00E967D0">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="751927" w:themeColor="accent5" w:themeShade="BF"/>
                 <w:sz w:val="32"/>
                 <w:szCs w:val="32"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="704" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFCE5E" w:themeFill="accent3" w:themeFillTint="99"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="721A5093" w14:textId="77777777" w:rsidR="0077422B" w:rsidRPr="00E87042" w:rsidRDefault="0077422B" w:rsidP="003A6D19">
+          <w:p w14:paraId="4F44FE98" w14:textId="77777777" w:rsidR="00E967D0" w:rsidRPr="00E967D0" w:rsidRDefault="00E967D0" w:rsidP="00E967D0">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="751927" w:themeColor="accent5" w:themeShade="BF"/>
                 <w:sz w:val="32"/>
                 <w:szCs w:val="32"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="703" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="B57E00" w:themeFill="accent3" w:themeFillShade="BF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="76921880" w14:textId="77777777" w:rsidR="0077422B" w:rsidRPr="00E87042" w:rsidRDefault="0077422B" w:rsidP="003A6D19">
+          <w:p w14:paraId="24E7E87C" w14:textId="77777777" w:rsidR="00E967D0" w:rsidRPr="00E967D0" w:rsidRDefault="00E967D0" w:rsidP="00E967D0">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="751927" w:themeColor="accent5" w:themeShade="BF"/>
                 <w:sz w:val="32"/>
                 <w:szCs w:val="32"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="704" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="E896A2" w:themeFill="accent5" w:themeFillTint="66"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="5DC2E581" w14:textId="77777777" w:rsidR="0077422B" w:rsidRPr="00E87042" w:rsidRDefault="0077422B" w:rsidP="003A6D19">
+          <w:p w14:paraId="6FCE99A9" w14:textId="77777777" w:rsidR="00E967D0" w:rsidRPr="00E967D0" w:rsidRDefault="00E967D0" w:rsidP="00E967D0">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="751927" w:themeColor="accent5" w:themeShade="BF"/>
                 <w:sz w:val="32"/>
                 <w:szCs w:val="32"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="706" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="DD6174" w:themeFill="accent5" w:themeFillTint="99"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="18EB5B36" w14:textId="77777777" w:rsidR="0077422B" w:rsidRPr="00E87042" w:rsidRDefault="0077422B" w:rsidP="003A6D19">
+          <w:p w14:paraId="63E9E692" w14:textId="77777777" w:rsidR="00E967D0" w:rsidRPr="00E967D0" w:rsidRDefault="00E967D0" w:rsidP="00E967D0">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="751927" w:themeColor="accent5" w:themeShade="BF"/>
                 <w:sz w:val="32"/>
                 <w:szCs w:val="32"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="402" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...1 lines deleted...]
-          <w:p w14:paraId="1816D5D3" w14:textId="77777777" w:rsidR="0077422B" w:rsidRPr="00E87042" w:rsidRDefault="0077422B" w:rsidP="003A6D19">
+          </w:tcPr>
+          <w:p w14:paraId="1F3F6ABF" w14:textId="77777777" w:rsidR="00E967D0" w:rsidRPr="00E967D0" w:rsidRDefault="00E967D0" w:rsidP="00E967D0">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="751927" w:themeColor="accent5" w:themeShade="BF"/>
                 <w:sz w:val="32"/>
                 <w:szCs w:val="32"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="718" w:type="dxa"/>
             <w:tcBorders>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="5F5F5F" w:themeColor="background2" w:themeShade="BF"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="E5E5E5" w:themeFill="background2" w:themeFillTint="33"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="3F15C3C3" w14:textId="77777777" w:rsidR="0077422B" w:rsidRPr="00E87042" w:rsidRDefault="0077422B" w:rsidP="003A6D19">
+          <w:p w14:paraId="5EEEF6F4" w14:textId="77777777" w:rsidR="00E967D0" w:rsidRPr="00E967D0" w:rsidRDefault="00E967D0" w:rsidP="00E967D0">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="751927" w:themeColor="accent5" w:themeShade="BF"/>
                 <w:sz w:val="32"/>
                 <w:szCs w:val="32"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="0077422B" w:rsidRPr="00E87042" w14:paraId="0D9E0B5C" w14:textId="77777777" w:rsidTr="003A6D19">
+      <w:tr w:rsidR="00E967D0" w:rsidRPr="00E967D0" w14:paraId="281CDD1D" w14:textId="77777777" w:rsidTr="00226D93">
         <w:trPr>
           <w:trHeight w:val="284"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1105" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:tcMar>
               <w:left w:w="28" w:type="dxa"/>
               <w:right w:w="28" w:type="dxa"/>
             </w:tcMar>
             <w:textDirection w:val="btLr"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="4ECC6283" w14:textId="77777777" w:rsidR="0077422B" w:rsidRPr="00E87042" w:rsidRDefault="0077422B" w:rsidP="003A6D19">
+          <w:p w14:paraId="538A0BA5" w14:textId="77777777" w:rsidR="00E967D0" w:rsidRPr="00E967D0" w:rsidRDefault="00E967D0" w:rsidP="00E967D0">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="113" w:right="113"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6932" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="E5E5E5" w:themeFill="background2" w:themeFillTint="33"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="11EC1043" w14:textId="77777777" w:rsidR="0077422B" w:rsidRPr="00DB7181" w:rsidRDefault="0077422B" w:rsidP="003A6D19">
+          <w:p w14:paraId="71ED982C" w14:textId="77777777" w:rsidR="00E967D0" w:rsidRPr="00E967D0" w:rsidRDefault="00E967D0" w:rsidP="00E967D0">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00DB7181">
+            <w:r w:rsidRPr="00E967D0">
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Kan omsorgskoordinering lösa hemgång utan inskrivning?</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="703" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="E5E5E5" w:themeFill="background2" w:themeFillTint="33"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="2838978F" w14:textId="77777777" w:rsidR="0077422B" w:rsidRPr="00E87042" w:rsidRDefault="0077422B" w:rsidP="003A6D19">
+          <w:p w14:paraId="42F3CB04" w14:textId="77777777" w:rsidR="00E967D0" w:rsidRPr="00E967D0" w:rsidRDefault="00E967D0" w:rsidP="00E967D0">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="751927" w:themeColor="accent5" w:themeShade="BF"/>
                 <w:sz w:val="32"/>
                 <w:szCs w:val="32"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="704" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="E5E5E5" w:themeFill="background2" w:themeFillTint="33"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="1E1B0BCA" w14:textId="77777777" w:rsidR="0077422B" w:rsidRPr="00E87042" w:rsidRDefault="0077422B" w:rsidP="003A6D19">
+          <w:p w14:paraId="1DC03C2F" w14:textId="77777777" w:rsidR="00E967D0" w:rsidRPr="00E967D0" w:rsidRDefault="00E967D0" w:rsidP="00E967D0">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="751927" w:themeColor="accent5" w:themeShade="BF"/>
                 <w:sz w:val="32"/>
                 <w:szCs w:val="32"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="703" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="E5E5E5" w:themeFill="background2" w:themeFillTint="33"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="0E9FF8C3" w14:textId="77777777" w:rsidR="0077422B" w:rsidRPr="00E87042" w:rsidRDefault="0077422B" w:rsidP="003A6D19">
+          <w:p w14:paraId="72D1A7D8" w14:textId="77777777" w:rsidR="00E967D0" w:rsidRPr="00E967D0" w:rsidRDefault="00E967D0" w:rsidP="00E967D0">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="751927" w:themeColor="accent5" w:themeShade="BF"/>
                 <w:sz w:val="32"/>
                 <w:szCs w:val="32"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="704" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="E5E5E5" w:themeFill="background2" w:themeFillTint="33"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="2A17030B" w14:textId="77777777" w:rsidR="0077422B" w:rsidRPr="00E87042" w:rsidRDefault="0077422B" w:rsidP="003A6D19">
+          <w:p w14:paraId="70210253" w14:textId="77777777" w:rsidR="00E967D0" w:rsidRPr="00E967D0" w:rsidRDefault="00E967D0" w:rsidP="00E967D0">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="751927" w:themeColor="accent5" w:themeShade="BF"/>
                 <w:sz w:val="32"/>
                 <w:szCs w:val="32"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="704" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFCE5E" w:themeFill="accent3" w:themeFillTint="99"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="4FDC8B4C" w14:textId="77777777" w:rsidR="0077422B" w:rsidRPr="00E87042" w:rsidRDefault="0077422B" w:rsidP="003A6D19">
+          <w:p w14:paraId="3D6329E8" w14:textId="77777777" w:rsidR="00E967D0" w:rsidRPr="00E967D0" w:rsidRDefault="00E967D0" w:rsidP="00E967D0">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="751927" w:themeColor="accent5" w:themeShade="BF"/>
                 <w:sz w:val="32"/>
                 <w:szCs w:val="32"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="703" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="B57E00" w:themeFill="accent3" w:themeFillShade="BF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="5AD8B554" w14:textId="77777777" w:rsidR="0077422B" w:rsidRPr="00E87042" w:rsidRDefault="0077422B" w:rsidP="003A6D19">
+          <w:p w14:paraId="204B7795" w14:textId="77777777" w:rsidR="00E967D0" w:rsidRPr="00E967D0" w:rsidRDefault="00E967D0" w:rsidP="00E967D0">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="751927" w:themeColor="accent5" w:themeShade="BF"/>
                 <w:sz w:val="32"/>
                 <w:szCs w:val="32"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="704" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="E896A2" w:themeFill="accent5" w:themeFillTint="66"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="46B145BC" w14:textId="77777777" w:rsidR="0077422B" w:rsidRPr="00E87042" w:rsidRDefault="0077422B" w:rsidP="003A6D19">
+          <w:p w14:paraId="0A3761DA" w14:textId="77777777" w:rsidR="00E967D0" w:rsidRPr="00E967D0" w:rsidRDefault="00E967D0" w:rsidP="00E967D0">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="751927" w:themeColor="accent5" w:themeShade="BF"/>
                 <w:sz w:val="32"/>
                 <w:szCs w:val="32"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="706" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="DD6174" w:themeFill="accent5" w:themeFillTint="99"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="19CD1E8E" w14:textId="77777777" w:rsidR="0077422B" w:rsidRPr="00E87042" w:rsidRDefault="0077422B" w:rsidP="003A6D19">
+          <w:p w14:paraId="09B1B00E" w14:textId="77777777" w:rsidR="00E967D0" w:rsidRPr="00E967D0" w:rsidRDefault="00E967D0" w:rsidP="00E967D0">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="751927" w:themeColor="accent5" w:themeShade="BF"/>
                 <w:sz w:val="32"/>
                 <w:szCs w:val="32"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="402" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...1 lines deleted...]
-          <w:p w14:paraId="6D19FE95" w14:textId="77777777" w:rsidR="0077422B" w:rsidRPr="00E87042" w:rsidRDefault="0077422B" w:rsidP="003A6D19">
+          </w:tcPr>
+          <w:p w14:paraId="00BBC3FC" w14:textId="77777777" w:rsidR="00E967D0" w:rsidRPr="00E967D0" w:rsidRDefault="00E967D0" w:rsidP="00E967D0">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="751927" w:themeColor="accent5" w:themeShade="BF"/>
                 <w:sz w:val="32"/>
                 <w:szCs w:val="32"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="718" w:type="dxa"/>
             <w:tcBorders>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="5F5F5F" w:themeColor="background2" w:themeShade="BF"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="E5E5E5" w:themeFill="background2" w:themeFillTint="33"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="19488188" w14:textId="77777777" w:rsidR="0077422B" w:rsidRPr="00E87042" w:rsidRDefault="0077422B" w:rsidP="003A6D19">
+          <w:p w14:paraId="3E5A452E" w14:textId="77777777" w:rsidR="00E967D0" w:rsidRPr="00E967D0" w:rsidRDefault="00E967D0" w:rsidP="00E967D0">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="751927" w:themeColor="accent5" w:themeShade="BF"/>
                 <w:sz w:val="32"/>
                 <w:szCs w:val="32"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="0077422B" w:rsidRPr="00E87042" w14:paraId="68C907C3" w14:textId="77777777" w:rsidTr="003A6D19">
+      <w:tr w:rsidR="00E967D0" w:rsidRPr="00E967D0" w14:paraId="59ABAD2B" w14:textId="77777777" w:rsidTr="00226D93">
         <w:trPr>
           <w:trHeight w:val="413"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1105" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:tcMar>
               <w:left w:w="28" w:type="dxa"/>
               <w:right w:w="28" w:type="dxa"/>
             </w:tcMar>
             <w:textDirection w:val="btLr"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="032690CF" w14:textId="77777777" w:rsidR="0077422B" w:rsidRPr="00E87042" w:rsidRDefault="0077422B" w:rsidP="003A6D19">
+          <w:p w14:paraId="765B79F3" w14:textId="77777777" w:rsidR="00E967D0" w:rsidRPr="00E967D0" w:rsidRDefault="00E967D0" w:rsidP="00E967D0">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="113" w:right="113"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6932" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="E5E5E5" w:themeFill="background2" w:themeFillTint="33"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="798DF424" w14:textId="77777777" w:rsidR="0077422B" w:rsidRPr="00DB7181" w:rsidRDefault="0077422B" w:rsidP="003A6D19">
+          <w:p w14:paraId="2E624601" w14:textId="77777777" w:rsidR="00E967D0" w:rsidRPr="00E967D0" w:rsidRDefault="00E967D0" w:rsidP="00E967D0">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00DB7181">
+            <w:r w:rsidRPr="00E967D0">
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="DD6174" w:themeColor="accent5" w:themeTint="99"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Prioriterad handläggning:</w:t>
             </w:r>
-            <w:r w:rsidRPr="00DB7181">
+            <w:r w:rsidRPr="00E967D0">
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
                 <w:color w:val="DD6174" w:themeColor="accent5" w:themeTint="99"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidRPr="00DB7181">
+            <w:r w:rsidRPr="00E967D0">
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Avklara skyndsamt nödvändiga bedömningar på akutmottagningen.</w:t>
             </w:r>
-            <w:r w:rsidRPr="00DB7181">
-              <w:rPr>
+            <w:r w:rsidRPr="00E967D0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="703" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="E5E5E5" w:themeFill="background2" w:themeFillTint="33"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="55DC09F5" w14:textId="77777777" w:rsidR="0077422B" w:rsidRPr="00E87042" w:rsidRDefault="0077422B" w:rsidP="003A6D19">
+          <w:p w14:paraId="0B246F68" w14:textId="77777777" w:rsidR="00E967D0" w:rsidRPr="00E967D0" w:rsidRDefault="00E967D0" w:rsidP="00E967D0">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="751927" w:themeColor="accent5" w:themeShade="BF"/>
                 <w:sz w:val="32"/>
                 <w:szCs w:val="32"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="704" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="E5E5E5" w:themeFill="background2" w:themeFillTint="33"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="7576D6BD" w14:textId="77777777" w:rsidR="0077422B" w:rsidRPr="00E87042" w:rsidRDefault="0077422B" w:rsidP="003A6D19">
+          <w:p w14:paraId="0FD2907F" w14:textId="77777777" w:rsidR="00E967D0" w:rsidRPr="00E967D0" w:rsidRDefault="00E967D0" w:rsidP="00E967D0">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="751927" w:themeColor="accent5" w:themeShade="BF"/>
                 <w:sz w:val="32"/>
                 <w:szCs w:val="32"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="703" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="E5E5E5" w:themeFill="background2" w:themeFillTint="33"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="6B190F96" w14:textId="77777777" w:rsidR="0077422B" w:rsidRPr="00E87042" w:rsidRDefault="0077422B" w:rsidP="003A6D19">
+          <w:p w14:paraId="1BFE15F5" w14:textId="77777777" w:rsidR="00E967D0" w:rsidRPr="00E967D0" w:rsidRDefault="00E967D0" w:rsidP="00E967D0">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="751927" w:themeColor="accent5" w:themeShade="BF"/>
                 <w:sz w:val="32"/>
                 <w:szCs w:val="32"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="704" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="E5E5E5" w:themeFill="background2" w:themeFillTint="33"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="3B77E24E" w14:textId="77777777" w:rsidR="0077422B" w:rsidRPr="00E87042" w:rsidRDefault="0077422B" w:rsidP="003A6D19">
+          <w:p w14:paraId="7D9D05DB" w14:textId="77777777" w:rsidR="00E967D0" w:rsidRPr="00E967D0" w:rsidRDefault="00E967D0" w:rsidP="00E967D0">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="751927" w:themeColor="accent5" w:themeShade="BF"/>
                 <w:sz w:val="32"/>
                 <w:szCs w:val="32"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="704" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="E5E5E5" w:themeFill="background2" w:themeFillTint="33"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="0131AB13" w14:textId="77777777" w:rsidR="0077422B" w:rsidRPr="00E87042" w:rsidRDefault="0077422B" w:rsidP="003A6D19">
+          <w:p w14:paraId="0BF6A90F" w14:textId="77777777" w:rsidR="00E967D0" w:rsidRPr="00E967D0" w:rsidRDefault="00E967D0" w:rsidP="00E967D0">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="751927" w:themeColor="accent5" w:themeShade="BF"/>
                 <w:sz w:val="32"/>
                 <w:szCs w:val="32"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="703" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="E5E5E5" w:themeFill="background2" w:themeFillTint="33"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="697C981F" w14:textId="77777777" w:rsidR="0077422B" w:rsidRPr="00E87042" w:rsidRDefault="0077422B" w:rsidP="003A6D19">
+          <w:p w14:paraId="10C059BA" w14:textId="77777777" w:rsidR="00E967D0" w:rsidRPr="00E967D0" w:rsidRDefault="00E967D0" w:rsidP="00E967D0">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="751927" w:themeColor="accent5" w:themeShade="BF"/>
                 <w:sz w:val="32"/>
                 <w:szCs w:val="32"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="704" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="E896A2" w:themeFill="accent5" w:themeFillTint="66"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="6BE4BB25" w14:textId="77777777" w:rsidR="0077422B" w:rsidRPr="00E87042" w:rsidRDefault="0077422B" w:rsidP="003A6D19">
+          <w:p w14:paraId="3E3EEDAB" w14:textId="77777777" w:rsidR="00E967D0" w:rsidRPr="00E967D0" w:rsidRDefault="00E967D0" w:rsidP="00E967D0">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="751927" w:themeColor="accent5" w:themeShade="BF"/>
                 <w:sz w:val="32"/>
                 <w:szCs w:val="32"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="706" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="DD6174" w:themeFill="accent5" w:themeFillTint="99"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="40EC7699" w14:textId="77777777" w:rsidR="0077422B" w:rsidRPr="00E87042" w:rsidRDefault="0077422B" w:rsidP="003A6D19">
+          <w:p w14:paraId="0F307C56" w14:textId="77777777" w:rsidR="00E967D0" w:rsidRPr="00E967D0" w:rsidRDefault="00E967D0" w:rsidP="00E967D0">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="751927" w:themeColor="accent5" w:themeShade="BF"/>
                 <w:sz w:val="32"/>
                 <w:szCs w:val="32"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="402" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="nil"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...1 lines deleted...]
-          <w:p w14:paraId="4A8EA4AC" w14:textId="77777777" w:rsidR="0077422B" w:rsidRPr="00E87042" w:rsidRDefault="0077422B" w:rsidP="003A6D19">
+          </w:tcPr>
+          <w:p w14:paraId="521EA018" w14:textId="77777777" w:rsidR="00E967D0" w:rsidRPr="00E967D0" w:rsidRDefault="00E967D0" w:rsidP="00E967D0">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="751927" w:themeColor="accent5" w:themeShade="BF"/>
                 <w:sz w:val="32"/>
                 <w:szCs w:val="32"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="718" w:type="dxa"/>
             <w:tcBorders>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="5F5F5F" w:themeColor="background2" w:themeShade="BF"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="4E111A" w:themeFill="accent5" w:themeFillShade="80"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="5D503333" w14:textId="77777777" w:rsidR="0077422B" w:rsidRPr="00E87042" w:rsidRDefault="0077422B" w:rsidP="003A6D19">
+          <w:p w14:paraId="7BF0A30A" w14:textId="77777777" w:rsidR="00E967D0" w:rsidRPr="00E967D0" w:rsidRDefault="00E967D0" w:rsidP="00E967D0">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="751927" w:themeColor="accent5" w:themeShade="BF"/>
                 <w:sz w:val="32"/>
                 <w:szCs w:val="32"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="0077422B" w:rsidRPr="00E87042" w14:paraId="4BD6FAA6" w14:textId="77777777" w:rsidTr="003A6D19">
+      <w:tr w:rsidR="00E967D0" w:rsidRPr="00E967D0" w14:paraId="771A2797" w14:textId="77777777" w:rsidTr="00226D93">
         <w:trPr>
           <w:trHeight w:val="355"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1105" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:tcMar>
               <w:left w:w="28" w:type="dxa"/>
               <w:right w:w="28" w:type="dxa"/>
             </w:tcMar>
             <w:textDirection w:val="btLr"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="033BB4B0" w14:textId="77777777" w:rsidR="0077422B" w:rsidRPr="00466CC8" w:rsidRDefault="0077422B" w:rsidP="003A6D19">
+          <w:p w14:paraId="2A1F3240" w14:textId="77777777" w:rsidR="00E967D0" w:rsidRPr="00E967D0" w:rsidRDefault="00E967D0" w:rsidP="00E967D0">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="113" w:right="113"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6932" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="5F5F5F" w:themeColor="background2" w:themeShade="BF"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="E5E5E5" w:themeFill="background2" w:themeFillTint="33"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="248F662F" w14:textId="77777777" w:rsidR="0077422B" w:rsidRPr="00DB7181" w:rsidRDefault="0077422B" w:rsidP="003A6D19">
+          <w:p w14:paraId="09D77CBF" w14:textId="77777777" w:rsidR="00E967D0" w:rsidRPr="00E967D0" w:rsidRDefault="00E967D0" w:rsidP="00E967D0">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
                 <w:color w:val="FF0000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00DB7181">
+            <w:r w:rsidRPr="00E967D0">
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="DD6174" w:themeColor="accent5" w:themeTint="99"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Vid inskrivning.</w:t>
             </w:r>
-            <w:r w:rsidRPr="00DB7181">
+            <w:r w:rsidRPr="00E967D0">
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
                 <w:color w:val="DD6174" w:themeColor="accent5" w:themeTint="99"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidRPr="00DB7181">
+            <w:r w:rsidRPr="00E967D0">
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">Bestäm vårdbehov och transportera omgående patienten till vårdplats. </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="703" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="5F5F5F" w:themeColor="background2" w:themeShade="BF"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="E5E5E5" w:themeFill="background2" w:themeFillTint="33"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="2C4FCCEE" w14:textId="77777777" w:rsidR="0077422B" w:rsidRPr="00E87042" w:rsidRDefault="0077422B" w:rsidP="003A6D19">
+          <w:p w14:paraId="2AD96768" w14:textId="77777777" w:rsidR="00E967D0" w:rsidRPr="00E967D0" w:rsidRDefault="00E967D0" w:rsidP="00E967D0">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="751927" w:themeColor="accent5" w:themeShade="BF"/>
                 <w:sz w:val="32"/>
                 <w:szCs w:val="32"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="704" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="5F5F5F" w:themeColor="background2" w:themeShade="BF"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="E5E5E5" w:themeFill="background2" w:themeFillTint="33"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="0C758541" w14:textId="77777777" w:rsidR="0077422B" w:rsidRPr="00E87042" w:rsidRDefault="0077422B" w:rsidP="003A6D19">
+          <w:p w14:paraId="7160C736" w14:textId="77777777" w:rsidR="00E967D0" w:rsidRPr="00E967D0" w:rsidRDefault="00E967D0" w:rsidP="00E967D0">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="751927" w:themeColor="accent5" w:themeShade="BF"/>
                 <w:sz w:val="32"/>
                 <w:szCs w:val="32"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="703" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="5F5F5F" w:themeColor="background2" w:themeShade="BF"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="E5E5E5" w:themeFill="background2" w:themeFillTint="33"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="1385CA56" w14:textId="77777777" w:rsidR="0077422B" w:rsidRPr="00E87042" w:rsidRDefault="0077422B" w:rsidP="003A6D19">
+          <w:p w14:paraId="28C758EE" w14:textId="77777777" w:rsidR="00E967D0" w:rsidRPr="00E967D0" w:rsidRDefault="00E967D0" w:rsidP="00E967D0">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="751927" w:themeColor="accent5" w:themeShade="BF"/>
                 <w:sz w:val="32"/>
                 <w:szCs w:val="32"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="704" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="5F5F5F" w:themeColor="background2" w:themeShade="BF"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="E5E5E5" w:themeFill="background2" w:themeFillTint="33"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="0EAFEFCE" w14:textId="77777777" w:rsidR="0077422B" w:rsidRPr="00E87042" w:rsidRDefault="0077422B" w:rsidP="003A6D19">
+          <w:p w14:paraId="02AB751C" w14:textId="77777777" w:rsidR="00E967D0" w:rsidRPr="00E967D0" w:rsidRDefault="00E967D0" w:rsidP="00E967D0">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="751927" w:themeColor="accent5" w:themeShade="BF"/>
                 <w:sz w:val="32"/>
                 <w:szCs w:val="32"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="704" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="5F5F5F" w:themeColor="background2" w:themeShade="BF"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="E5E5E5" w:themeFill="background2" w:themeFillTint="33"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="0E8F6BE9" w14:textId="77777777" w:rsidR="0077422B" w:rsidRPr="00E87042" w:rsidRDefault="0077422B" w:rsidP="003A6D19">
+          <w:p w14:paraId="06B87410" w14:textId="77777777" w:rsidR="00E967D0" w:rsidRPr="00E967D0" w:rsidRDefault="00E967D0" w:rsidP="00E967D0">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="751927" w:themeColor="accent5" w:themeShade="BF"/>
                 <w:sz w:val="32"/>
                 <w:szCs w:val="32"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="703" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="5F5F5F" w:themeColor="background2" w:themeShade="BF"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="E5E5E5" w:themeFill="background2" w:themeFillTint="33"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="2F2B745B" w14:textId="77777777" w:rsidR="0077422B" w:rsidRPr="00E87042" w:rsidRDefault="0077422B" w:rsidP="003A6D19">
+          <w:p w14:paraId="6D4948D4" w14:textId="77777777" w:rsidR="00E967D0" w:rsidRPr="00E967D0" w:rsidRDefault="00E967D0" w:rsidP="00E967D0">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="751927" w:themeColor="accent5" w:themeShade="BF"/>
                 <w:sz w:val="32"/>
                 <w:szCs w:val="32"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="704" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="5F5F5F" w:themeColor="background2" w:themeShade="BF"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="E896A2" w:themeFill="accent5" w:themeFillTint="66"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="311B8F11" w14:textId="77777777" w:rsidR="0077422B" w:rsidRPr="00E87042" w:rsidRDefault="0077422B" w:rsidP="003A6D19">
+          <w:p w14:paraId="2F7BD4A2" w14:textId="77777777" w:rsidR="00E967D0" w:rsidRPr="00E967D0" w:rsidRDefault="00E967D0" w:rsidP="00E967D0">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="751927" w:themeColor="accent5" w:themeShade="BF"/>
                 <w:sz w:val="32"/>
                 <w:szCs w:val="32"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="706" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="5F5F5F" w:themeColor="background2" w:themeShade="BF"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="DD6174" w:themeFill="accent5" w:themeFillTint="99"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="094C4802" w14:textId="77777777" w:rsidR="0077422B" w:rsidRPr="00E87042" w:rsidRDefault="0077422B" w:rsidP="003A6D19">
+          <w:p w14:paraId="3C991D7F" w14:textId="77777777" w:rsidR="00E967D0" w:rsidRPr="00E967D0" w:rsidRDefault="00E967D0" w:rsidP="00E967D0">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="751927" w:themeColor="accent5" w:themeShade="BF"/>
                 <w:sz w:val="32"/>
                 <w:szCs w:val="32"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="402" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:bottom w:val="nil"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...1 lines deleted...]
-          <w:p w14:paraId="4E733D7B" w14:textId="77777777" w:rsidR="0077422B" w:rsidRPr="00EA1299" w:rsidRDefault="0077422B" w:rsidP="003A6D19">
+          </w:tcPr>
+          <w:p w14:paraId="590D7863" w14:textId="77777777" w:rsidR="00E967D0" w:rsidRPr="00E967D0" w:rsidRDefault="00E967D0" w:rsidP="00E967D0">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="751927" w:themeColor="accent5" w:themeShade="BF"/>
                 <w:sz w:val="32"/>
                 <w:szCs w:val="32"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="718" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="5F5F5F" w:themeColor="background2" w:themeShade="BF"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="5F5F5F" w:themeColor="background2" w:themeShade="BF"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="4E111A" w:themeFill="accent5" w:themeFillShade="80"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="360A7FD6" w14:textId="77777777" w:rsidR="0077422B" w:rsidRPr="00EA1299" w:rsidRDefault="0077422B" w:rsidP="003A6D19">
+          <w:p w14:paraId="74D05357" w14:textId="77777777" w:rsidR="00E967D0" w:rsidRPr="00E967D0" w:rsidRDefault="00E967D0" w:rsidP="00E967D0">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="751927" w:themeColor="accent5" w:themeShade="BF"/>
                 <w:sz w:val="32"/>
                 <w:szCs w:val="32"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="0077422B" w:rsidRPr="00E87042" w14:paraId="1FCBCAD4" w14:textId="77777777" w:rsidTr="003A6D19">
+      <w:tr w:rsidR="00E967D0" w:rsidRPr="00E967D0" w14:paraId="0CCD20D6" w14:textId="77777777" w:rsidTr="00226D93">
         <w:trPr>
           <w:trHeight w:val="366"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1105" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="E5E5E5" w:themeFill="background2" w:themeFillTint="33"/>
             <w:tcMar>
               <w:left w:w="28" w:type="dxa"/>
               <w:right w:w="28" w:type="dxa"/>
             </w:tcMar>
             <w:textDirection w:val="btLr"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="115A9E34" w14:textId="77777777" w:rsidR="0077422B" w:rsidRPr="0077422B" w:rsidRDefault="0077422B" w:rsidP="003A6D19">
+          <w:p w14:paraId="416DB6C7" w14:textId="77777777" w:rsidR="00E967D0" w:rsidRPr="00E967D0" w:rsidRDefault="00E967D0" w:rsidP="00E967D0">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="113" w:right="113"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="5C73F9F2" w14:textId="77777777" w:rsidR="0077422B" w:rsidRPr="006E5038" w:rsidRDefault="0077422B" w:rsidP="003A6D19">
+          <w:p w14:paraId="2909D1ED" w14:textId="77777777" w:rsidR="00E967D0" w:rsidRPr="00E967D0" w:rsidRDefault="00E967D0" w:rsidP="00E967D0">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="113" w:right="113"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="006E5038">
+            <w:r w:rsidRPr="00E967D0">
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Slutenvård</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="68489693" w14:textId="77777777" w:rsidR="0077422B" w:rsidRPr="0077422B" w:rsidRDefault="0077422B" w:rsidP="003A6D19">
+          <w:p w14:paraId="78C73E92" w14:textId="77777777" w:rsidR="00E967D0" w:rsidRPr="00E967D0" w:rsidRDefault="00E967D0" w:rsidP="00E967D0">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="113" w:right="113"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="43C56131" w14:textId="77777777" w:rsidR="0077422B" w:rsidRPr="0077422B" w:rsidRDefault="0077422B" w:rsidP="003A6D19">
+          <w:p w14:paraId="0EB86034" w14:textId="77777777" w:rsidR="00E967D0" w:rsidRPr="00E967D0" w:rsidRDefault="00E967D0" w:rsidP="00E967D0">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="113" w:right="113"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="062E5BD6" w14:textId="77777777" w:rsidR="0077422B" w:rsidRPr="0077422B" w:rsidRDefault="0077422B" w:rsidP="003A6D19">
+          <w:p w14:paraId="524F536D" w14:textId="77777777" w:rsidR="00E967D0" w:rsidRPr="00E967D0" w:rsidRDefault="00E967D0" w:rsidP="00E967D0">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="113" w:right="113"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="3B85DBB6" w14:textId="77777777" w:rsidR="0077422B" w:rsidRPr="0077422B" w:rsidRDefault="0077422B" w:rsidP="003A6D19">
+          <w:p w14:paraId="484060B4" w14:textId="77777777" w:rsidR="00E967D0" w:rsidRPr="00E967D0" w:rsidRDefault="00E967D0" w:rsidP="00E967D0">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="113" w:right="113"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="194AAD16" w14:textId="77777777" w:rsidR="0077422B" w:rsidRPr="0077422B" w:rsidRDefault="0077422B" w:rsidP="003A6D19">
+          <w:p w14:paraId="68CAA6A4" w14:textId="77777777" w:rsidR="00E967D0" w:rsidRPr="00E967D0" w:rsidRDefault="00E967D0" w:rsidP="00E967D0">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="113" w:right="113"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6932" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="5F5F5F" w:themeColor="background2" w:themeShade="BF"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="E5E5E5" w:themeFill="background2" w:themeFillTint="33"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="60DEE1E8" w14:textId="77777777" w:rsidR="0077422B" w:rsidRPr="00DB7181" w:rsidRDefault="0077422B" w:rsidP="003A6D19">
+          <w:p w14:paraId="4167C5D5" w14:textId="77777777" w:rsidR="00E967D0" w:rsidRPr="00E967D0" w:rsidRDefault="00E967D0" w:rsidP="00E967D0">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00DB7181">
+            <w:r w:rsidRPr="00E967D0">
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t xml:space="preserve">Upptäck och behandla geriatriska tillstånd, </w:t>
+              <w:t xml:space="preserve">Upptäck och behandla geriatriska tillstånd, t.ex. delirium, </w:t>
             </w:r>
-            <w:proofErr w:type="gramStart"/>
-            <w:r w:rsidRPr="00DB7181">
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00E967D0">
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t>t.ex.</w:t>
+              <w:t>hypotension</w:t>
             </w:r>
-            <w:proofErr w:type="gramEnd"/>
-            <w:r w:rsidRPr="00DB7181">
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00E967D0">
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t xml:space="preserve"> delirium, </w:t>
+              <w:t>/</w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00DB7181">
+            <w:r w:rsidRPr="00E967D0">
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t>hypotension</w:t>
-[...18 lines deleted...]
-              </w:rPr>
               <w:t>ortostatism</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00DB7181">
+            <w:r w:rsidRPr="00E967D0">
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="703" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="5F5F5F" w:themeColor="background2" w:themeShade="BF"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="D0F1C5" w:themeFill="accent2" w:themeFillTint="33"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="618D74F8" w14:textId="77777777" w:rsidR="0077422B" w:rsidRPr="00E87042" w:rsidRDefault="0077422B" w:rsidP="003A6D19">
+          <w:p w14:paraId="451D5791" w14:textId="77777777" w:rsidR="00E967D0" w:rsidRPr="00E967D0" w:rsidRDefault="00E967D0" w:rsidP="00E967D0">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="751927" w:themeColor="accent5" w:themeShade="BF"/>
                 <w:sz w:val="32"/>
                 <w:szCs w:val="32"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="704" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="5F5F5F" w:themeColor="background2" w:themeShade="BF"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="A2E38C" w:themeFill="accent2" w:themeFillTint="66"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="0ACD3952" w14:textId="77777777" w:rsidR="0077422B" w:rsidRPr="00E87042" w:rsidRDefault="0077422B" w:rsidP="003A6D19">
+          <w:p w14:paraId="11B531B1" w14:textId="77777777" w:rsidR="00E967D0" w:rsidRPr="00E967D0" w:rsidRDefault="00E967D0" w:rsidP="00E967D0">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="751927" w:themeColor="accent5" w:themeShade="BF"/>
                 <w:sz w:val="32"/>
                 <w:szCs w:val="32"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="703" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="5F5F5F" w:themeColor="background2" w:themeShade="BF"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="73D552" w:themeFill="accent2" w:themeFillTint="99"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="7E1CAF7D" w14:textId="77777777" w:rsidR="0077422B" w:rsidRPr="00E87042" w:rsidRDefault="0077422B" w:rsidP="003A6D19">
+          <w:p w14:paraId="6F4008DF" w14:textId="77777777" w:rsidR="00E967D0" w:rsidRPr="00E967D0" w:rsidRDefault="00E967D0" w:rsidP="00E967D0">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="751927" w:themeColor="accent5" w:themeShade="BF"/>
                 <w:sz w:val="32"/>
                 <w:szCs w:val="32"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="704" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="5F5F5F" w:themeColor="background2" w:themeShade="BF"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="285B16" w:themeFill="accent2" w:themeFillShade="BF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="2D855129" w14:textId="77777777" w:rsidR="0077422B" w:rsidRPr="00E87042" w:rsidRDefault="0077422B" w:rsidP="003A6D19">
+          <w:p w14:paraId="06A14E59" w14:textId="77777777" w:rsidR="00E967D0" w:rsidRPr="00E967D0" w:rsidRDefault="00E967D0" w:rsidP="00E967D0">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="751927" w:themeColor="accent5" w:themeShade="BF"/>
                 <w:sz w:val="32"/>
                 <w:szCs w:val="32"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="704" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="5F5F5F" w:themeColor="background2" w:themeShade="BF"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFCE5E" w:themeFill="accent3" w:themeFillTint="99"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="6E876A62" w14:textId="77777777" w:rsidR="0077422B" w:rsidRPr="00E87042" w:rsidRDefault="0077422B" w:rsidP="003A6D19">
+          <w:p w14:paraId="75475F35" w14:textId="77777777" w:rsidR="00E967D0" w:rsidRPr="00E967D0" w:rsidRDefault="00E967D0" w:rsidP="00E967D0">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="751927" w:themeColor="accent5" w:themeShade="BF"/>
                 <w:sz w:val="32"/>
                 <w:szCs w:val="32"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="703" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="5F5F5F" w:themeColor="background2" w:themeShade="BF"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="B57E00" w:themeFill="accent3" w:themeFillShade="BF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="5C091F4C" w14:textId="77777777" w:rsidR="0077422B" w:rsidRPr="00E87042" w:rsidRDefault="0077422B" w:rsidP="003A6D19">
+          <w:p w14:paraId="4E1C5AE8" w14:textId="77777777" w:rsidR="00E967D0" w:rsidRPr="00E967D0" w:rsidRDefault="00E967D0" w:rsidP="00E967D0">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="751927" w:themeColor="accent5" w:themeShade="BF"/>
                 <w:sz w:val="32"/>
                 <w:szCs w:val="32"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="704" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="5F5F5F" w:themeColor="background2" w:themeShade="BF"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="E896A2" w:themeFill="accent5" w:themeFillTint="66"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="65027D73" w14:textId="77777777" w:rsidR="0077422B" w:rsidRPr="00E87042" w:rsidRDefault="0077422B" w:rsidP="003A6D19">
+          <w:p w14:paraId="30D84A6D" w14:textId="77777777" w:rsidR="00E967D0" w:rsidRPr="00E967D0" w:rsidRDefault="00E967D0" w:rsidP="00E967D0">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="751927" w:themeColor="accent5" w:themeShade="BF"/>
                 <w:sz w:val="32"/>
                 <w:szCs w:val="32"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="706" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="5F5F5F" w:themeColor="background2" w:themeShade="BF"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="DD6174" w:themeFill="accent5" w:themeFillTint="99"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="2B9392A0" w14:textId="77777777" w:rsidR="0077422B" w:rsidRPr="00E87042" w:rsidRDefault="0077422B" w:rsidP="003A6D19">
+          <w:p w14:paraId="74AC10C2" w14:textId="77777777" w:rsidR="00E967D0" w:rsidRPr="00E967D0" w:rsidRDefault="00E967D0" w:rsidP="00E967D0">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="751927" w:themeColor="accent5" w:themeShade="BF"/>
                 <w:sz w:val="32"/>
                 <w:szCs w:val="32"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="402" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:bottom w:val="nil"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...1 lines deleted...]
-          <w:p w14:paraId="576CC28A" w14:textId="77777777" w:rsidR="0077422B" w:rsidRPr="00E87042" w:rsidRDefault="0077422B" w:rsidP="003A6D19">
+          </w:tcPr>
+          <w:p w14:paraId="080BE887" w14:textId="77777777" w:rsidR="00E967D0" w:rsidRPr="00E967D0" w:rsidRDefault="00E967D0" w:rsidP="00E967D0">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="751927" w:themeColor="accent5" w:themeShade="BF"/>
                 <w:sz w:val="32"/>
                 <w:szCs w:val="32"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="718" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="5F5F5F" w:themeColor="background2" w:themeShade="BF"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="5F5F5F" w:themeColor="background2" w:themeShade="BF"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="4E111A" w:themeFill="accent5" w:themeFillShade="80"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="02700DBD" w14:textId="77777777" w:rsidR="0077422B" w:rsidRPr="00E87042" w:rsidRDefault="0077422B" w:rsidP="003A6D19">
+          <w:p w14:paraId="4BE434DF" w14:textId="77777777" w:rsidR="00E967D0" w:rsidRPr="00E967D0" w:rsidRDefault="00E967D0" w:rsidP="00E967D0">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="751927" w:themeColor="accent5" w:themeShade="BF"/>
                 <w:sz w:val="32"/>
                 <w:szCs w:val="32"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="0077422B" w:rsidRPr="00E87042" w14:paraId="7EDA48A3" w14:textId="77777777" w:rsidTr="003A6D19">
+      <w:tr w:rsidR="00E967D0" w:rsidRPr="00E967D0" w14:paraId="2534FF67" w14:textId="77777777" w:rsidTr="00226D93">
         <w:trPr>
           <w:trHeight w:val="413"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1105" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:tcMar>
               <w:left w:w="28" w:type="dxa"/>
               <w:right w:w="28" w:type="dxa"/>
             </w:tcMar>
             <w:textDirection w:val="btLr"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="6830DF36" w14:textId="77777777" w:rsidR="0077422B" w:rsidRPr="00E87042" w:rsidRDefault="0077422B" w:rsidP="003A6D19">
+          <w:p w14:paraId="347172B5" w14:textId="77777777" w:rsidR="00E967D0" w:rsidRPr="00E967D0" w:rsidRDefault="00E967D0" w:rsidP="00E967D0">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="113" w:right="113"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6932" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="E5E5E5" w:themeFill="background2" w:themeFillTint="33"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="35F0144D" w14:textId="79B771A8" w:rsidR="0077422B" w:rsidRPr="00DB7181" w:rsidRDefault="0077422B" w:rsidP="003A6D19">
+          <w:p w14:paraId="7F4A4FBC" w14:textId="77777777" w:rsidR="00E967D0" w:rsidRPr="00E967D0" w:rsidRDefault="00E967D0" w:rsidP="00E967D0">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00DB7181">
+            <w:r w:rsidRPr="00E967D0">
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t>Riskbedöm och förebygg: Trycksår, fall,</w:t>
+              <w:t>Riskbedöm och förebygg: Trycksår, fall, UVI, nutrition.</w:t>
             </w:r>
-            <w:r w:rsidR="00DB7181" w:rsidRPr="00DB7181">
+          </w:p>
+          <w:p w14:paraId="60E1D229" w14:textId="77777777" w:rsidR="00E967D0" w:rsidRPr="00E967D0" w:rsidRDefault="00E967D0" w:rsidP="00E967D0">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t xml:space="preserve"> UVI,</w:t>
-[...1 lines deleted...]
-            <w:r w:rsidRPr="00DB7181">
+            </w:pPr>
+            <w:r w:rsidRPr="00E967D0">
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t xml:space="preserve"> nutrition.</w:t>
-[...19 lines deleted...]
-              </w:rPr>
               <w:t>Vid misstanke om delirium utför bedömning enl. 4AT</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="703" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="D0F1C5" w:themeFill="accent2" w:themeFillTint="33"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="15E6A946" w14:textId="77777777" w:rsidR="0077422B" w:rsidRPr="00E87042" w:rsidRDefault="0077422B" w:rsidP="003A6D19">
+          <w:p w14:paraId="52485A44" w14:textId="77777777" w:rsidR="00E967D0" w:rsidRPr="00E967D0" w:rsidRDefault="00E967D0" w:rsidP="00E967D0">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="751927" w:themeColor="accent5" w:themeShade="BF"/>
                 <w:sz w:val="32"/>
                 <w:szCs w:val="32"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="704" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="A2E38C" w:themeFill="accent2" w:themeFillTint="66"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="4CF89010" w14:textId="77777777" w:rsidR="0077422B" w:rsidRPr="00E87042" w:rsidRDefault="0077422B" w:rsidP="003A6D19">
+          <w:p w14:paraId="3CBBC7B5" w14:textId="77777777" w:rsidR="00E967D0" w:rsidRPr="00E967D0" w:rsidRDefault="00E967D0" w:rsidP="00E967D0">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="751927" w:themeColor="accent5" w:themeShade="BF"/>
                 <w:sz w:val="32"/>
                 <w:szCs w:val="32"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="703" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="73D552" w:themeFill="accent2" w:themeFillTint="99"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="76BB810A" w14:textId="77777777" w:rsidR="0077422B" w:rsidRPr="00E87042" w:rsidRDefault="0077422B" w:rsidP="003A6D19">
+          <w:p w14:paraId="0AE93EE7" w14:textId="77777777" w:rsidR="00E967D0" w:rsidRPr="00E967D0" w:rsidRDefault="00E967D0" w:rsidP="00E967D0">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="751927" w:themeColor="accent5" w:themeShade="BF"/>
                 <w:sz w:val="32"/>
                 <w:szCs w:val="32"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="704" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="285B16" w:themeFill="accent2" w:themeFillShade="BF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="12524490" w14:textId="77777777" w:rsidR="0077422B" w:rsidRPr="00E87042" w:rsidRDefault="0077422B" w:rsidP="003A6D19">
+          <w:p w14:paraId="311ED6B8" w14:textId="77777777" w:rsidR="00E967D0" w:rsidRPr="00E967D0" w:rsidRDefault="00E967D0" w:rsidP="00E967D0">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="751927" w:themeColor="accent5" w:themeShade="BF"/>
                 <w:sz w:val="32"/>
                 <w:szCs w:val="32"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="704" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFCE5E" w:themeFill="accent3" w:themeFillTint="99"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="791CF963" w14:textId="77777777" w:rsidR="0077422B" w:rsidRPr="00E87042" w:rsidRDefault="0077422B" w:rsidP="003A6D19">
+          <w:p w14:paraId="07203088" w14:textId="77777777" w:rsidR="00E967D0" w:rsidRPr="00E967D0" w:rsidRDefault="00E967D0" w:rsidP="00E967D0">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="751927" w:themeColor="accent5" w:themeShade="BF"/>
                 <w:sz w:val="32"/>
                 <w:szCs w:val="32"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="703" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="B57E00" w:themeFill="accent3" w:themeFillShade="BF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="67984A31" w14:textId="77777777" w:rsidR="0077422B" w:rsidRPr="00E87042" w:rsidRDefault="0077422B" w:rsidP="003A6D19">
+          <w:p w14:paraId="78F28328" w14:textId="77777777" w:rsidR="00E967D0" w:rsidRPr="00E967D0" w:rsidRDefault="00E967D0" w:rsidP="00E967D0">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="751927" w:themeColor="accent5" w:themeShade="BF"/>
                 <w:sz w:val="32"/>
                 <w:szCs w:val="32"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="704" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="E896A2" w:themeFill="accent5" w:themeFillTint="66"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="5863241F" w14:textId="77777777" w:rsidR="0077422B" w:rsidRPr="00E87042" w:rsidRDefault="0077422B" w:rsidP="003A6D19">
+          <w:p w14:paraId="0A9E86C0" w14:textId="77777777" w:rsidR="00E967D0" w:rsidRPr="00E967D0" w:rsidRDefault="00E967D0" w:rsidP="00E967D0">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="751927" w:themeColor="accent5" w:themeShade="BF"/>
                 <w:sz w:val="32"/>
                 <w:szCs w:val="32"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="706" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="DD6174" w:themeFill="accent5" w:themeFillTint="99"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="6E6DAFCC" w14:textId="77777777" w:rsidR="0077422B" w:rsidRPr="00E87042" w:rsidRDefault="0077422B" w:rsidP="003A6D19">
+          <w:p w14:paraId="7EA438E8" w14:textId="77777777" w:rsidR="00E967D0" w:rsidRPr="00E967D0" w:rsidRDefault="00E967D0" w:rsidP="00E967D0">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="751927" w:themeColor="accent5" w:themeShade="BF"/>
                 <w:sz w:val="32"/>
                 <w:szCs w:val="32"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="402" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:bottom w:val="nil"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...1 lines deleted...]
-          <w:p w14:paraId="00FE0C97" w14:textId="77777777" w:rsidR="0077422B" w:rsidRPr="00E87042" w:rsidRDefault="0077422B" w:rsidP="003A6D19">
+          </w:tcPr>
+          <w:p w14:paraId="7D280F38" w14:textId="77777777" w:rsidR="00E967D0" w:rsidRPr="00E967D0" w:rsidRDefault="00E967D0" w:rsidP="00E967D0">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="751927" w:themeColor="accent5" w:themeShade="BF"/>
                 <w:sz w:val="32"/>
                 <w:szCs w:val="32"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="718" w:type="dxa"/>
             <w:tcBorders>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="5F5F5F" w:themeColor="background2" w:themeShade="BF"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="4E111A" w:themeFill="accent5" w:themeFillShade="80"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="2D35AA7D" w14:textId="77777777" w:rsidR="0077422B" w:rsidRPr="00E87042" w:rsidRDefault="0077422B" w:rsidP="003A6D19">
+          <w:p w14:paraId="04DCC9C3" w14:textId="77777777" w:rsidR="00E967D0" w:rsidRPr="00E967D0" w:rsidRDefault="00E967D0" w:rsidP="00E967D0">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="751927" w:themeColor="accent5" w:themeShade="BF"/>
                 <w:sz w:val="32"/>
                 <w:szCs w:val="32"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00DB7181" w:rsidRPr="00E87042" w14:paraId="029E862C" w14:textId="77777777" w:rsidTr="00DB7181">
+      <w:tr w:rsidR="00E967D0" w:rsidRPr="00E967D0" w14:paraId="2544394E" w14:textId="77777777" w:rsidTr="00226D93">
         <w:trPr>
           <w:trHeight w:val="413"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1105" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:tcMar>
               <w:left w:w="28" w:type="dxa"/>
               <w:right w:w="28" w:type="dxa"/>
             </w:tcMar>
             <w:textDirection w:val="btLr"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="6FB7A3B7" w14:textId="77777777" w:rsidR="00DB7181" w:rsidRPr="00E87042" w:rsidRDefault="00DB7181" w:rsidP="003A6D19">
+          <w:p w14:paraId="7D36E9C8" w14:textId="77777777" w:rsidR="00E967D0" w:rsidRPr="00E967D0" w:rsidRDefault="00E967D0" w:rsidP="00E967D0">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="113" w:right="113"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6932" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="E5E5E5" w:themeFill="background2" w:themeFillTint="33"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="7310A002" w14:textId="09A5813A" w:rsidR="00DB7181" w:rsidRPr="00C26613" w:rsidRDefault="00DB7181" w:rsidP="003A6D19">
+          <w:p w14:paraId="3EB395EB" w14:textId="77777777" w:rsidR="00E967D0" w:rsidRPr="00E967D0" w:rsidRDefault="00E967D0" w:rsidP="00E967D0">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00C26613">
+            <w:r w:rsidRPr="00E967D0">
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Förebygg pneumoni: Regelbunden munvård, adekvat sängläge, mobilisering och andningsträning.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="703" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="E5E5E5" w:themeFill="background2" w:themeFillTint="33"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="5FD768BB" w14:textId="77777777" w:rsidR="00DB7181" w:rsidRPr="00E87042" w:rsidRDefault="00DB7181" w:rsidP="003A6D19">
+          <w:p w14:paraId="0A8B2061" w14:textId="77777777" w:rsidR="00E967D0" w:rsidRPr="00E967D0" w:rsidRDefault="00E967D0" w:rsidP="00E967D0">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="751927" w:themeColor="accent5" w:themeShade="BF"/>
                 <w:sz w:val="32"/>
                 <w:szCs w:val="32"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="704" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="E5E5E5" w:themeFill="background2" w:themeFillTint="33"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="65D9BF73" w14:textId="77777777" w:rsidR="00DB7181" w:rsidRPr="00E87042" w:rsidRDefault="00DB7181" w:rsidP="003A6D19">
+          <w:p w14:paraId="1665F212" w14:textId="77777777" w:rsidR="00E967D0" w:rsidRPr="00E967D0" w:rsidRDefault="00E967D0" w:rsidP="00E967D0">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="751927" w:themeColor="accent5" w:themeShade="BF"/>
                 <w:sz w:val="32"/>
                 <w:szCs w:val="32"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="703" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="E5E5E5" w:themeFill="background2" w:themeFillTint="33"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="6D927FBB" w14:textId="77777777" w:rsidR="00DB7181" w:rsidRPr="00E87042" w:rsidRDefault="00DB7181" w:rsidP="003A6D19">
+          <w:p w14:paraId="6004654B" w14:textId="77777777" w:rsidR="00E967D0" w:rsidRPr="00E967D0" w:rsidRDefault="00E967D0" w:rsidP="00E967D0">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="751927" w:themeColor="accent5" w:themeShade="BF"/>
                 <w:sz w:val="32"/>
                 <w:szCs w:val="32"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="704" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="E5E5E5" w:themeFill="background2" w:themeFillTint="33"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="283B2AC9" w14:textId="77777777" w:rsidR="00DB7181" w:rsidRPr="00E87042" w:rsidRDefault="00DB7181" w:rsidP="003A6D19">
+          <w:p w14:paraId="23AED666" w14:textId="77777777" w:rsidR="00E967D0" w:rsidRPr="00E967D0" w:rsidRDefault="00E967D0" w:rsidP="00E967D0">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="751927" w:themeColor="accent5" w:themeShade="BF"/>
                 <w:sz w:val="32"/>
                 <w:szCs w:val="32"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="704" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFCE5E" w:themeFill="accent3" w:themeFillTint="99"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="00E5329F" w14:textId="77777777" w:rsidR="00DB7181" w:rsidRPr="00E87042" w:rsidRDefault="00DB7181" w:rsidP="003A6D19">
+          <w:p w14:paraId="0563CCF7" w14:textId="77777777" w:rsidR="00E967D0" w:rsidRPr="00E967D0" w:rsidRDefault="00E967D0" w:rsidP="00E967D0">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="751927" w:themeColor="accent5" w:themeShade="BF"/>
                 <w:sz w:val="32"/>
                 <w:szCs w:val="32"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="703" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="B57E00" w:themeFill="accent3" w:themeFillShade="BF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="73D3A9D1" w14:textId="77777777" w:rsidR="00DB7181" w:rsidRPr="00E87042" w:rsidRDefault="00DB7181" w:rsidP="003A6D19">
+          <w:p w14:paraId="60BAE543" w14:textId="77777777" w:rsidR="00E967D0" w:rsidRPr="00E967D0" w:rsidRDefault="00E967D0" w:rsidP="00E967D0">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="751927" w:themeColor="accent5" w:themeShade="BF"/>
                 <w:sz w:val="32"/>
                 <w:szCs w:val="32"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="704" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="E896A2" w:themeFill="accent5" w:themeFillTint="66"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="1A26AFA4" w14:textId="77777777" w:rsidR="00DB7181" w:rsidRPr="00E87042" w:rsidRDefault="00DB7181" w:rsidP="003A6D19">
+          <w:p w14:paraId="7CFA2AC1" w14:textId="77777777" w:rsidR="00E967D0" w:rsidRPr="00E967D0" w:rsidRDefault="00E967D0" w:rsidP="00E967D0">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="751927" w:themeColor="accent5" w:themeShade="BF"/>
                 <w:sz w:val="32"/>
                 <w:szCs w:val="32"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="706" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="DD6174" w:themeFill="accent5" w:themeFillTint="99"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="592CD735" w14:textId="77777777" w:rsidR="00DB7181" w:rsidRPr="00E87042" w:rsidRDefault="00DB7181" w:rsidP="003A6D19">
+          <w:p w14:paraId="24473224" w14:textId="77777777" w:rsidR="00E967D0" w:rsidRPr="00E967D0" w:rsidRDefault="00E967D0" w:rsidP="00E967D0">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="751927" w:themeColor="accent5" w:themeShade="BF"/>
                 <w:sz w:val="32"/>
                 <w:szCs w:val="32"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="402" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:bottom w:val="nil"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...1 lines deleted...]
-          <w:p w14:paraId="2848E1AD" w14:textId="77777777" w:rsidR="00DB7181" w:rsidRPr="00E87042" w:rsidRDefault="00DB7181" w:rsidP="003A6D19">
+          </w:tcPr>
+          <w:p w14:paraId="5A5B44A7" w14:textId="77777777" w:rsidR="00E967D0" w:rsidRPr="00E967D0" w:rsidRDefault="00E967D0" w:rsidP="00E967D0">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="751927" w:themeColor="accent5" w:themeShade="BF"/>
                 <w:sz w:val="32"/>
                 <w:szCs w:val="32"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="718" w:type="dxa"/>
             <w:tcBorders>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="5F5F5F" w:themeColor="background2" w:themeShade="BF"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="E5E5E5" w:themeFill="background2" w:themeFillTint="33"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="0F066006" w14:textId="77777777" w:rsidR="00DB7181" w:rsidRPr="00E87042" w:rsidRDefault="00DB7181" w:rsidP="003A6D19">
+          <w:p w14:paraId="7A658FA2" w14:textId="77777777" w:rsidR="00E967D0" w:rsidRPr="00E967D0" w:rsidRDefault="00E967D0" w:rsidP="00E967D0">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="751927" w:themeColor="accent5" w:themeShade="BF"/>
                 <w:sz w:val="32"/>
                 <w:szCs w:val="32"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="0077422B" w:rsidRPr="00E87042" w14:paraId="5CB03E34" w14:textId="77777777" w:rsidTr="003A6D19">
+      <w:tr w:rsidR="00E967D0" w:rsidRPr="00E967D0" w14:paraId="79A75513" w14:textId="77777777" w:rsidTr="00226D93">
         <w:trPr>
           <w:trHeight w:val="308"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1105" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:tcMar>
               <w:left w:w="28" w:type="dxa"/>
               <w:right w:w="28" w:type="dxa"/>
             </w:tcMar>
             <w:textDirection w:val="btLr"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="172188A5" w14:textId="77777777" w:rsidR="0077422B" w:rsidRPr="00E87042" w:rsidRDefault="0077422B" w:rsidP="003A6D19">
+          <w:p w14:paraId="45573E20" w14:textId="77777777" w:rsidR="00E967D0" w:rsidRPr="00E967D0" w:rsidRDefault="00E967D0" w:rsidP="00E967D0">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="113" w:right="113"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6932" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="E5E5E5" w:themeFill="background2" w:themeFillTint="33"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="7C83E1B4" w14:textId="5901B7AB" w:rsidR="0077422B" w:rsidRPr="00DB7181" w:rsidRDefault="0077422B" w:rsidP="003A6D19">
+          <w:p w14:paraId="3EF734D5" w14:textId="77777777" w:rsidR="00E967D0" w:rsidRPr="00E967D0" w:rsidRDefault="00E967D0" w:rsidP="00E967D0">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00DB7181">
+            <w:r w:rsidRPr="00E967D0">
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t>Värdera</w:t>
-[...17 lines deleted...]
-              <w:t>: Kommer planerad utredning verkligen att hjälpa patienten?</w:t>
+              <w:t>Värdera särskilt: Kommer planerad utredning verkligen att hjälpa patienten?</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="703" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="E5E5E5" w:themeFill="background2" w:themeFillTint="33"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="6A76A655" w14:textId="77777777" w:rsidR="0077422B" w:rsidRPr="00E87042" w:rsidRDefault="0077422B" w:rsidP="003A6D19">
+          <w:p w14:paraId="2CB295BD" w14:textId="77777777" w:rsidR="00E967D0" w:rsidRPr="00E967D0" w:rsidRDefault="00E967D0" w:rsidP="00E967D0">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="751927" w:themeColor="accent5" w:themeShade="BF"/>
                 <w:sz w:val="32"/>
                 <w:szCs w:val="32"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="704" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="E5E5E5" w:themeFill="background2" w:themeFillTint="33"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="64D7F31A" w14:textId="77777777" w:rsidR="0077422B" w:rsidRPr="00E87042" w:rsidRDefault="0077422B" w:rsidP="003A6D19">
+          <w:p w14:paraId="5A273CA4" w14:textId="77777777" w:rsidR="00E967D0" w:rsidRPr="00E967D0" w:rsidRDefault="00E967D0" w:rsidP="00E967D0">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="751927" w:themeColor="accent5" w:themeShade="BF"/>
                 <w:sz w:val="32"/>
                 <w:szCs w:val="32"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="703" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="E5E5E5" w:themeFill="background2" w:themeFillTint="33"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="4B961FAF" w14:textId="77777777" w:rsidR="0077422B" w:rsidRPr="00E87042" w:rsidRDefault="0077422B" w:rsidP="003A6D19">
+          <w:p w14:paraId="2E4E3646" w14:textId="77777777" w:rsidR="00E967D0" w:rsidRPr="00E967D0" w:rsidRDefault="00E967D0" w:rsidP="00E967D0">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="751927" w:themeColor="accent5" w:themeShade="BF"/>
                 <w:sz w:val="32"/>
                 <w:szCs w:val="32"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="704" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="E5E5E5" w:themeFill="background2" w:themeFillTint="33"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="594A6459" w14:textId="77777777" w:rsidR="0077422B" w:rsidRPr="00E87042" w:rsidRDefault="0077422B" w:rsidP="003A6D19">
+          <w:p w14:paraId="0984D4FA" w14:textId="77777777" w:rsidR="00E967D0" w:rsidRPr="00E967D0" w:rsidRDefault="00E967D0" w:rsidP="00E967D0">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="751927" w:themeColor="accent5" w:themeShade="BF"/>
                 <w:sz w:val="32"/>
                 <w:szCs w:val="32"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="704" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="E5E5E5" w:themeFill="background2" w:themeFillTint="33"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="15F89A21" w14:textId="77777777" w:rsidR="0077422B" w:rsidRPr="00E87042" w:rsidRDefault="0077422B" w:rsidP="003A6D19">
+          <w:p w14:paraId="47EB417A" w14:textId="77777777" w:rsidR="00E967D0" w:rsidRPr="00E967D0" w:rsidRDefault="00E967D0" w:rsidP="00E967D0">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="751927" w:themeColor="accent5" w:themeShade="BF"/>
                 <w:sz w:val="32"/>
                 <w:szCs w:val="32"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="703" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="E5E5E5" w:themeFill="background2" w:themeFillTint="33"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="7D3D97C3" w14:textId="77777777" w:rsidR="0077422B" w:rsidRPr="00E87042" w:rsidRDefault="0077422B" w:rsidP="003A6D19">
+          <w:p w14:paraId="273BCA2D" w14:textId="77777777" w:rsidR="00E967D0" w:rsidRPr="00E967D0" w:rsidRDefault="00E967D0" w:rsidP="00E967D0">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="751927" w:themeColor="accent5" w:themeShade="BF"/>
                 <w:sz w:val="32"/>
                 <w:szCs w:val="32"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="704" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="E896A2" w:themeFill="accent5" w:themeFillTint="66"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="3EF40163" w14:textId="77777777" w:rsidR="0077422B" w:rsidRPr="00E87042" w:rsidRDefault="0077422B" w:rsidP="003A6D19">
+          <w:p w14:paraId="3BC7E68E" w14:textId="77777777" w:rsidR="00E967D0" w:rsidRPr="00E967D0" w:rsidRDefault="00E967D0" w:rsidP="00E967D0">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="751927" w:themeColor="accent5" w:themeShade="BF"/>
                 <w:sz w:val="32"/>
                 <w:szCs w:val="32"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="706" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="DD6174" w:themeFill="accent5" w:themeFillTint="99"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="31E5FC05" w14:textId="77777777" w:rsidR="0077422B" w:rsidRPr="00E87042" w:rsidRDefault="0077422B" w:rsidP="003A6D19">
+          <w:p w14:paraId="7EE4B6FD" w14:textId="77777777" w:rsidR="00E967D0" w:rsidRPr="00E967D0" w:rsidRDefault="00E967D0" w:rsidP="00E967D0">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="751927" w:themeColor="accent5" w:themeShade="BF"/>
                 <w:sz w:val="32"/>
                 <w:szCs w:val="32"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="402" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:bottom w:val="nil"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...1 lines deleted...]
-          <w:p w14:paraId="5F02297A" w14:textId="77777777" w:rsidR="0077422B" w:rsidRPr="00E87042" w:rsidRDefault="0077422B" w:rsidP="003A6D19">
+          </w:tcPr>
+          <w:p w14:paraId="274D0D36" w14:textId="77777777" w:rsidR="00E967D0" w:rsidRPr="00E967D0" w:rsidRDefault="00E967D0" w:rsidP="00E967D0">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="751927" w:themeColor="accent5" w:themeShade="BF"/>
                 <w:sz w:val="32"/>
                 <w:szCs w:val="32"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="718" w:type="dxa"/>
             <w:tcBorders>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="5F5F5F" w:themeColor="background2" w:themeShade="BF"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="4E111A" w:themeFill="accent5" w:themeFillShade="80"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="70FE091B" w14:textId="77777777" w:rsidR="0077422B" w:rsidRPr="00E87042" w:rsidRDefault="0077422B" w:rsidP="003A6D19">
+          <w:p w14:paraId="5200897D" w14:textId="77777777" w:rsidR="00E967D0" w:rsidRPr="00E967D0" w:rsidRDefault="00E967D0" w:rsidP="00E967D0">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="751927" w:themeColor="accent5" w:themeShade="BF"/>
                 <w:sz w:val="32"/>
                 <w:szCs w:val="32"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="0077422B" w:rsidRPr="00E87042" w14:paraId="6C7492AA" w14:textId="77777777" w:rsidTr="003A6D19">
+      <w:tr w:rsidR="00E967D0" w:rsidRPr="00E967D0" w14:paraId="35AF4C62" w14:textId="77777777" w:rsidTr="00226D93">
         <w:trPr>
           <w:trHeight w:val="413"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1105" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:noWrap/>
             <w:tcMar>
               <w:left w:w="28" w:type="dxa"/>
               <w:right w:w="28" w:type="dxa"/>
             </w:tcMar>
             <w:textDirection w:val="btLr"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="704F3238" w14:textId="77777777" w:rsidR="0077422B" w:rsidRPr="00E87042" w:rsidRDefault="0077422B" w:rsidP="003A6D19">
+          <w:p w14:paraId="2377C3D9" w14:textId="77777777" w:rsidR="00E967D0" w:rsidRPr="00E967D0" w:rsidRDefault="00E967D0" w:rsidP="00E967D0">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="113" w:right="113"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6932" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="E5E5E5" w:themeFill="background2" w:themeFillTint="33"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="29468CAD" w14:textId="77777777" w:rsidR="0077422B" w:rsidRPr="00DB7181" w:rsidRDefault="0077422B" w:rsidP="003A6D19">
+          <w:p w14:paraId="44A11EBE" w14:textId="77777777" w:rsidR="00E967D0" w:rsidRPr="00E967D0" w:rsidRDefault="00E967D0" w:rsidP="00E967D0">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00DB7181">
+            <w:r w:rsidRPr="00E967D0">
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
                 <w:color w:val="000000" w:themeColor="text2"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Värdera vårdens inriktning: Palliativ vs kurativ. Ta ställning till behandlingsbegränsningar.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="703" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="E5E5E5" w:themeFill="background2" w:themeFillTint="33"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w14:paraId="128F85EB" w14:textId="77777777" w:rsidR="0077422B" w:rsidRPr="00E87042" w:rsidRDefault="0077422B" w:rsidP="003A6D19">
+          <w:p w14:paraId="742540BA" w14:textId="77777777" w:rsidR="00E967D0" w:rsidRPr="00E967D0" w:rsidRDefault="00E967D0" w:rsidP="00E967D0">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="751927" w:themeColor="accent5" w:themeShade="BF"/>
                 <w:sz w:val="32"/>
                 <w:szCs w:val="32"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="704" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="E5E5E5" w:themeFill="background2" w:themeFillTint="33"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w14:paraId="27113D46" w14:textId="77777777" w:rsidR="0077422B" w:rsidRPr="00E87042" w:rsidRDefault="0077422B" w:rsidP="003A6D19">
+          <w:p w14:paraId="54311A60" w14:textId="77777777" w:rsidR="00E967D0" w:rsidRPr="00E967D0" w:rsidRDefault="00E967D0" w:rsidP="00E967D0">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="751927" w:themeColor="accent5" w:themeShade="BF"/>
                 <w:sz w:val="32"/>
                 <w:szCs w:val="32"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="703" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="E5E5E5" w:themeFill="background2" w:themeFillTint="33"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w14:paraId="5B68630C" w14:textId="77777777" w:rsidR="0077422B" w:rsidRPr="00E87042" w:rsidRDefault="0077422B" w:rsidP="003A6D19">
+          <w:p w14:paraId="7ACDC9FC" w14:textId="77777777" w:rsidR="00E967D0" w:rsidRPr="00E967D0" w:rsidRDefault="00E967D0" w:rsidP="00E967D0">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="751927" w:themeColor="accent5" w:themeShade="BF"/>
                 <w:sz w:val="32"/>
                 <w:szCs w:val="32"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="704" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="E5E5E5" w:themeFill="background2" w:themeFillTint="33"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w14:paraId="4EAC9B2D" w14:textId="77777777" w:rsidR="0077422B" w:rsidRPr="00E87042" w:rsidRDefault="0077422B" w:rsidP="003A6D19">
+          <w:p w14:paraId="43CAC514" w14:textId="77777777" w:rsidR="00E967D0" w:rsidRPr="00E967D0" w:rsidRDefault="00E967D0" w:rsidP="00E967D0">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="751927" w:themeColor="accent5" w:themeShade="BF"/>
                 <w:sz w:val="32"/>
                 <w:szCs w:val="32"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="704" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFCE5E" w:themeFill="accent3" w:themeFillTint="99"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w14:paraId="4EC9E2B1" w14:textId="77777777" w:rsidR="0077422B" w:rsidRPr="00E87042" w:rsidRDefault="0077422B" w:rsidP="003A6D19">
+          <w:p w14:paraId="54F765E8" w14:textId="77777777" w:rsidR="00E967D0" w:rsidRPr="00E967D0" w:rsidRDefault="00E967D0" w:rsidP="00E967D0">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="751927" w:themeColor="accent5" w:themeShade="BF"/>
                 <w:sz w:val="32"/>
                 <w:szCs w:val="32"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="703" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="B57E00" w:themeFill="accent3" w:themeFillShade="BF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="320A75DF" w14:textId="77777777" w:rsidR="0077422B" w:rsidRPr="00E87042" w:rsidRDefault="0077422B" w:rsidP="003A6D19">
+          <w:p w14:paraId="320D66B9" w14:textId="77777777" w:rsidR="00E967D0" w:rsidRPr="00E967D0" w:rsidRDefault="00E967D0" w:rsidP="00E967D0">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="751927" w:themeColor="accent5" w:themeShade="BF"/>
                 <w:sz w:val="32"/>
                 <w:szCs w:val="32"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="704" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="E896A2" w:themeFill="accent5" w:themeFillTint="66"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="5658B01F" w14:textId="77777777" w:rsidR="0077422B" w:rsidRPr="00E87042" w:rsidRDefault="0077422B" w:rsidP="003A6D19">
+          <w:p w14:paraId="472AA132" w14:textId="77777777" w:rsidR="00E967D0" w:rsidRPr="00E967D0" w:rsidRDefault="00E967D0" w:rsidP="00E967D0">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="751927" w:themeColor="accent5" w:themeShade="BF"/>
                 <w:sz w:val="32"/>
                 <w:szCs w:val="32"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="706" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="DD6174" w:themeFill="accent5" w:themeFillTint="99"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="23697360" w14:textId="77777777" w:rsidR="0077422B" w:rsidRPr="00E87042" w:rsidRDefault="0077422B" w:rsidP="003A6D19">
+          <w:p w14:paraId="4976DAC6" w14:textId="77777777" w:rsidR="00E967D0" w:rsidRPr="00E967D0" w:rsidRDefault="00E967D0" w:rsidP="00E967D0">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="751927" w:themeColor="accent5" w:themeShade="BF"/>
                 <w:sz w:val="32"/>
                 <w:szCs w:val="32"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="402" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:bottom w:val="nil"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...1 lines deleted...]
-          <w:p w14:paraId="1F7BE2BF" w14:textId="77777777" w:rsidR="0077422B" w:rsidRPr="00E87042" w:rsidRDefault="0077422B" w:rsidP="003A6D19">
+          </w:tcPr>
+          <w:p w14:paraId="6FB3AF13" w14:textId="77777777" w:rsidR="00E967D0" w:rsidRPr="00E967D0" w:rsidRDefault="00E967D0" w:rsidP="00E967D0">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="751927" w:themeColor="accent5" w:themeShade="BF"/>
                 <w:sz w:val="32"/>
                 <w:szCs w:val="32"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="718" w:type="dxa"/>
             <w:tcBorders>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="5F5F5F" w:themeColor="background2" w:themeShade="BF"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="4E111A" w:themeFill="accent5" w:themeFillShade="80"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="6EB68E0E" w14:textId="77777777" w:rsidR="0077422B" w:rsidRPr="00E87042" w:rsidRDefault="0077422B" w:rsidP="003A6D19">
+          <w:p w14:paraId="5B50613D" w14:textId="77777777" w:rsidR="00E967D0" w:rsidRPr="00E967D0" w:rsidRDefault="00E967D0" w:rsidP="00E967D0">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="751927" w:themeColor="accent5" w:themeShade="BF"/>
                 <w:sz w:val="32"/>
                 <w:szCs w:val="32"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="0077422B" w:rsidRPr="00E87042" w14:paraId="58DE5ED6" w14:textId="77777777" w:rsidTr="003A6D19">
+      <w:tr w:rsidR="00E967D0" w:rsidRPr="00E967D0" w14:paraId="5FF1A7C0" w14:textId="77777777" w:rsidTr="00226D93">
         <w:trPr>
           <w:trHeight w:val="413"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1105" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:noWrap/>
             <w:tcMar>
               <w:left w:w="28" w:type="dxa"/>
               <w:right w:w="28" w:type="dxa"/>
             </w:tcMar>
             <w:textDirection w:val="btLr"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="4F2B6D08" w14:textId="77777777" w:rsidR="0077422B" w:rsidRPr="00E87042" w:rsidRDefault="0077422B" w:rsidP="003A6D19">
+          <w:p w14:paraId="211222AC" w14:textId="77777777" w:rsidR="00E967D0" w:rsidRPr="00E967D0" w:rsidRDefault="00E967D0" w:rsidP="00E967D0">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="113" w:right="113"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6932" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="E5E5E5" w:themeFill="background2" w:themeFillTint="33"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="5002ADB0" w14:textId="5D6B62F1" w:rsidR="0077422B" w:rsidRPr="00DB7181" w:rsidRDefault="0077422B" w:rsidP="003A6D19">
+          <w:p w14:paraId="4FC8D682" w14:textId="77777777" w:rsidR="00E967D0" w:rsidRPr="00E967D0" w:rsidRDefault="00E967D0" w:rsidP="00E967D0">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00DB7181">
+            <w:r w:rsidRPr="00E967D0">
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Enkel läkemedelsgenomgång</w:t>
             </w:r>
-            <w:r w:rsidRPr="00DB7181">
+            <w:r w:rsidRPr="00E967D0">
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Calibri"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t>: Finns behov av fördjupad läkemedelsgenomgång</w:t>
-[...37 lines deleted...]
-              <w:t>)?</w:t>
+              <w:t>: Finns behov av fördjupad läkemedelsgenomgång (CFS 5-8)?</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="703" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="D0F1C5" w:themeFill="accent2" w:themeFillTint="33"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w14:paraId="11CE145A" w14:textId="77777777" w:rsidR="0077422B" w:rsidRPr="00E87042" w:rsidRDefault="0077422B" w:rsidP="003A6D19">
+          <w:p w14:paraId="66DA11A4" w14:textId="77777777" w:rsidR="00E967D0" w:rsidRPr="00E967D0" w:rsidRDefault="00E967D0" w:rsidP="00E967D0">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="751927" w:themeColor="accent5" w:themeShade="BF"/>
                 <w:sz w:val="32"/>
                 <w:szCs w:val="32"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="704" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="A2E38C" w:themeFill="accent2" w:themeFillTint="66"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w14:paraId="29EF8B40" w14:textId="77777777" w:rsidR="0077422B" w:rsidRPr="00E87042" w:rsidRDefault="0077422B" w:rsidP="003A6D19">
+          <w:p w14:paraId="56E3A74E" w14:textId="77777777" w:rsidR="00E967D0" w:rsidRPr="00E967D0" w:rsidRDefault="00E967D0" w:rsidP="00E967D0">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="751927" w:themeColor="accent5" w:themeShade="BF"/>
                 <w:sz w:val="32"/>
                 <w:szCs w:val="32"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="703" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="73D552" w:themeFill="accent2" w:themeFillTint="99"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w14:paraId="65BDE5D2" w14:textId="77777777" w:rsidR="0077422B" w:rsidRPr="00E87042" w:rsidRDefault="0077422B" w:rsidP="003A6D19">
+          <w:p w14:paraId="7696364C" w14:textId="77777777" w:rsidR="00E967D0" w:rsidRPr="00E967D0" w:rsidRDefault="00E967D0" w:rsidP="00E967D0">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="751927" w:themeColor="accent5" w:themeShade="BF"/>
                 <w:sz w:val="32"/>
                 <w:szCs w:val="32"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="704" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="285B16" w:themeFill="accent2" w:themeFillShade="BF"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w14:paraId="4126A5BF" w14:textId="77777777" w:rsidR="0077422B" w:rsidRPr="00E87042" w:rsidRDefault="0077422B" w:rsidP="003A6D19">
+          <w:p w14:paraId="7BADEF14" w14:textId="77777777" w:rsidR="00E967D0" w:rsidRPr="00E967D0" w:rsidRDefault="00E967D0" w:rsidP="00E967D0">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="751927" w:themeColor="accent5" w:themeShade="BF"/>
                 <w:sz w:val="32"/>
                 <w:szCs w:val="32"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="704" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFCE5E" w:themeFill="accent3" w:themeFillTint="99"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="02B15EEA" w14:textId="77777777" w:rsidR="0077422B" w:rsidRPr="00E87042" w:rsidRDefault="0077422B" w:rsidP="003A6D19">
+          <w:p w14:paraId="5AB9BAA4" w14:textId="77777777" w:rsidR="00E967D0" w:rsidRPr="00E967D0" w:rsidRDefault="00E967D0" w:rsidP="00E967D0">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="751927" w:themeColor="accent5" w:themeShade="BF"/>
                 <w:sz w:val="32"/>
                 <w:szCs w:val="32"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="703" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="B57E00" w:themeFill="accent3" w:themeFillShade="BF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="6992F845" w14:textId="77777777" w:rsidR="0077422B" w:rsidRPr="00E87042" w:rsidRDefault="0077422B" w:rsidP="003A6D19">
+          <w:p w14:paraId="223A0078" w14:textId="77777777" w:rsidR="00E967D0" w:rsidRPr="00E967D0" w:rsidRDefault="00E967D0" w:rsidP="00E967D0">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="751927" w:themeColor="accent5" w:themeShade="BF"/>
                 <w:sz w:val="32"/>
                 <w:szCs w:val="32"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="704" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="E896A2" w:themeFill="accent5" w:themeFillTint="66"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="464B50ED" w14:textId="77777777" w:rsidR="0077422B" w:rsidRPr="00E87042" w:rsidRDefault="0077422B" w:rsidP="003A6D19">
+          <w:p w14:paraId="2630BBBC" w14:textId="77777777" w:rsidR="00E967D0" w:rsidRPr="00E967D0" w:rsidRDefault="00E967D0" w:rsidP="00E967D0">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="751927" w:themeColor="accent5" w:themeShade="BF"/>
                 <w:sz w:val="32"/>
                 <w:szCs w:val="32"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="706" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="DD6174" w:themeFill="accent5" w:themeFillTint="99"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="526C671E" w14:textId="77777777" w:rsidR="0077422B" w:rsidRPr="00E87042" w:rsidRDefault="0077422B" w:rsidP="003A6D19">
+          <w:p w14:paraId="369EE15B" w14:textId="77777777" w:rsidR="00E967D0" w:rsidRPr="00E967D0" w:rsidRDefault="00E967D0" w:rsidP="00E967D0">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="751927" w:themeColor="accent5" w:themeShade="BF"/>
                 <w:sz w:val="32"/>
                 <w:szCs w:val="32"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="402" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:bottom w:val="nil"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...1 lines deleted...]
-          <w:p w14:paraId="23BCCDA1" w14:textId="77777777" w:rsidR="0077422B" w:rsidRPr="00E87042" w:rsidRDefault="0077422B" w:rsidP="003A6D19">
+          </w:tcPr>
+          <w:p w14:paraId="08383388" w14:textId="77777777" w:rsidR="00E967D0" w:rsidRPr="00E967D0" w:rsidRDefault="00E967D0" w:rsidP="00E967D0">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="751927" w:themeColor="accent5" w:themeShade="BF"/>
                 <w:sz w:val="32"/>
                 <w:szCs w:val="32"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="718" w:type="dxa"/>
             <w:tcBorders>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="5F5F5F" w:themeColor="background2" w:themeShade="BF"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="4E111A" w:themeFill="accent5" w:themeFillShade="80"/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="1D296A43" w14:textId="77777777" w:rsidR="0077422B" w:rsidRPr="00E87042" w:rsidRDefault="0077422B" w:rsidP="003A6D19">
+          <w:p w14:paraId="6F1DA937" w14:textId="77777777" w:rsidR="00E967D0" w:rsidRPr="00E967D0" w:rsidRDefault="00E967D0" w:rsidP="00E967D0">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="751927" w:themeColor="accent5" w:themeShade="BF"/>
                 <w:sz w:val="32"/>
                 <w:szCs w:val="32"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="0077422B" w:rsidRPr="00E87042" w14:paraId="1105A7E7" w14:textId="77777777" w:rsidTr="003A6D19">
+      <w:tr w:rsidR="00E967D0" w:rsidRPr="00E967D0" w14:paraId="46250FB9" w14:textId="77777777" w:rsidTr="00226D93">
         <w:trPr>
           <w:trHeight w:val="158"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1105" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:noWrap/>
             <w:tcMar>
               <w:left w:w="28" w:type="dxa"/>
               <w:right w:w="28" w:type="dxa"/>
             </w:tcMar>
             <w:textDirection w:val="btLr"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="65E9110E" w14:textId="77777777" w:rsidR="0077422B" w:rsidRPr="00E87042" w:rsidRDefault="0077422B" w:rsidP="003A6D19">
+          <w:p w14:paraId="54BD6BDB" w14:textId="77777777" w:rsidR="00E967D0" w:rsidRPr="00E967D0" w:rsidRDefault="00E967D0" w:rsidP="00E967D0">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="113" w:right="113"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6932" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="E5E5E5" w:themeFill="background2" w:themeFillTint="33"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="394033B5" w14:textId="77777777" w:rsidR="0077422B" w:rsidRPr="00DB7181" w:rsidRDefault="0077422B" w:rsidP="003A6D19">
+          <w:p w14:paraId="01DF9B1C" w14:textId="77777777" w:rsidR="00E967D0" w:rsidRPr="00E967D0" w:rsidRDefault="00E967D0" w:rsidP="00E967D0">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Calibri"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00DB7181">
+            <w:r w:rsidRPr="00E967D0">
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Calibri"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">Tillse tidig bedömning av </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00DB7181">
+            <w:r w:rsidRPr="00E967D0">
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Calibri"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>fysio</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00DB7181">
+            <w:r w:rsidRPr="00E967D0">
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Calibri"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>- &amp; arbetsterapeut.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="703" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="E5E5E5" w:themeFill="background2" w:themeFillTint="33"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w14:paraId="6F0C76A0" w14:textId="77777777" w:rsidR="0077422B" w:rsidRPr="00E87042" w:rsidRDefault="0077422B" w:rsidP="003A6D19">
+          <w:p w14:paraId="7A4E3FE2" w14:textId="77777777" w:rsidR="00E967D0" w:rsidRPr="00E967D0" w:rsidRDefault="00E967D0" w:rsidP="00E967D0">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="751927" w:themeColor="accent5" w:themeShade="BF"/>
                 <w:sz w:val="32"/>
                 <w:szCs w:val="32"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="704" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="E5E5E5" w:themeFill="background2" w:themeFillTint="33"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w14:paraId="4C2FCA17" w14:textId="77777777" w:rsidR="0077422B" w:rsidRPr="00E87042" w:rsidRDefault="0077422B" w:rsidP="003A6D19">
+          <w:p w14:paraId="26F5C295" w14:textId="77777777" w:rsidR="00E967D0" w:rsidRPr="00E967D0" w:rsidRDefault="00E967D0" w:rsidP="00E967D0">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="751927" w:themeColor="accent5" w:themeShade="BF"/>
                 <w:sz w:val="32"/>
                 <w:szCs w:val="32"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="703" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="E5E5E5" w:themeFill="background2" w:themeFillTint="33"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w14:paraId="6068B8D5" w14:textId="77777777" w:rsidR="0077422B" w:rsidRPr="00E87042" w:rsidRDefault="0077422B" w:rsidP="003A6D19">
+          <w:p w14:paraId="3D3693E3" w14:textId="77777777" w:rsidR="00E967D0" w:rsidRPr="00E967D0" w:rsidRDefault="00E967D0" w:rsidP="00E967D0">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="751927" w:themeColor="accent5" w:themeShade="BF"/>
                 <w:sz w:val="32"/>
                 <w:szCs w:val="32"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="704" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="E5E5E5" w:themeFill="background2" w:themeFillTint="33"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w14:paraId="2C87B379" w14:textId="77777777" w:rsidR="0077422B" w:rsidRPr="00E87042" w:rsidRDefault="0077422B" w:rsidP="003A6D19">
+          <w:p w14:paraId="71D4496C" w14:textId="77777777" w:rsidR="00E967D0" w:rsidRPr="00E967D0" w:rsidRDefault="00E967D0" w:rsidP="00E967D0">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="751927" w:themeColor="accent5" w:themeShade="BF"/>
                 <w:sz w:val="32"/>
                 <w:szCs w:val="32"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="704" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFCE5E" w:themeFill="accent3" w:themeFillTint="99"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="6CFCF89A" w14:textId="77777777" w:rsidR="0077422B" w:rsidRPr="00E87042" w:rsidRDefault="0077422B" w:rsidP="003A6D19">
+          <w:p w14:paraId="7811ABE4" w14:textId="77777777" w:rsidR="00E967D0" w:rsidRPr="00E967D0" w:rsidRDefault="00E967D0" w:rsidP="00E967D0">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="751927" w:themeColor="accent5" w:themeShade="BF"/>
                 <w:sz w:val="32"/>
                 <w:szCs w:val="32"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="703" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="B57E00" w:themeFill="accent3" w:themeFillShade="BF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="3FDA2F5F" w14:textId="77777777" w:rsidR="0077422B" w:rsidRPr="00E87042" w:rsidRDefault="0077422B" w:rsidP="003A6D19">
+          <w:p w14:paraId="58FC4D2D" w14:textId="77777777" w:rsidR="00E967D0" w:rsidRPr="00E967D0" w:rsidRDefault="00E967D0" w:rsidP="00E967D0">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="751927" w:themeColor="accent5" w:themeShade="BF"/>
                 <w:sz w:val="32"/>
                 <w:szCs w:val="32"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="704" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="E896A2" w:themeFill="accent5" w:themeFillTint="66"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="30581A11" w14:textId="77777777" w:rsidR="0077422B" w:rsidRPr="00E87042" w:rsidRDefault="0077422B" w:rsidP="003A6D19">
+          <w:p w14:paraId="6229A138" w14:textId="77777777" w:rsidR="00E967D0" w:rsidRPr="00E967D0" w:rsidRDefault="00E967D0" w:rsidP="00E967D0">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="751927" w:themeColor="accent5" w:themeShade="BF"/>
                 <w:sz w:val="32"/>
                 <w:szCs w:val="32"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="706" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="DD6174" w:themeFill="accent5" w:themeFillTint="99"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="3EECCDC0" w14:textId="77777777" w:rsidR="0077422B" w:rsidRPr="00E87042" w:rsidRDefault="0077422B" w:rsidP="003A6D19">
+          <w:p w14:paraId="721AD46E" w14:textId="77777777" w:rsidR="00E967D0" w:rsidRPr="00E967D0" w:rsidRDefault="00E967D0" w:rsidP="00E967D0">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="751927" w:themeColor="accent5" w:themeShade="BF"/>
                 <w:sz w:val="32"/>
                 <w:szCs w:val="32"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="402" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:bottom w:val="nil"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...1 lines deleted...]
-          <w:p w14:paraId="1D9E14D8" w14:textId="77777777" w:rsidR="0077422B" w:rsidRPr="00E87042" w:rsidRDefault="0077422B" w:rsidP="003A6D19">
+          </w:tcPr>
+          <w:p w14:paraId="0A54802B" w14:textId="77777777" w:rsidR="00E967D0" w:rsidRPr="00E967D0" w:rsidRDefault="00E967D0" w:rsidP="00E967D0">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="751927" w:themeColor="accent5" w:themeShade="BF"/>
                 <w:sz w:val="32"/>
                 <w:szCs w:val="32"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="718" w:type="dxa"/>
             <w:tcBorders>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="5F5F5F" w:themeColor="background2" w:themeShade="BF"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="E5E5E5" w:themeFill="background2" w:themeFillTint="33"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="549270FE" w14:textId="77777777" w:rsidR="0077422B" w:rsidRPr="00E87042" w:rsidRDefault="0077422B" w:rsidP="003A6D19">
+          <w:p w14:paraId="66C59D01" w14:textId="77777777" w:rsidR="00E967D0" w:rsidRPr="00E967D0" w:rsidRDefault="00E967D0" w:rsidP="00E967D0">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="751927" w:themeColor="accent5" w:themeShade="BF"/>
                 <w:sz w:val="32"/>
                 <w:szCs w:val="32"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="0077422B" w:rsidRPr="00E87042" w14:paraId="5F7A8F6C" w14:textId="77777777" w:rsidTr="003A6D19">
+      <w:tr w:rsidR="00E967D0" w:rsidRPr="00E967D0" w14:paraId="4010CF32" w14:textId="77777777" w:rsidTr="00226D93">
         <w:trPr>
           <w:trHeight w:val="305"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1105" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:noWrap/>
             <w:tcMar>
               <w:left w:w="28" w:type="dxa"/>
               <w:right w:w="28" w:type="dxa"/>
             </w:tcMar>
             <w:textDirection w:val="btLr"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="2107046A" w14:textId="77777777" w:rsidR="0077422B" w:rsidRPr="00E87042" w:rsidRDefault="0077422B" w:rsidP="003A6D19">
+          <w:p w14:paraId="16D8F650" w14:textId="77777777" w:rsidR="00E967D0" w:rsidRPr="00E967D0" w:rsidRDefault="00E967D0" w:rsidP="00E967D0">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="113" w:right="113"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6932" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="E5E5E5" w:themeFill="background2" w:themeFillTint="33"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="25411287" w14:textId="77777777" w:rsidR="0077422B" w:rsidRPr="00DB7181" w:rsidRDefault="0077422B" w:rsidP="003A6D19">
+          <w:p w14:paraId="1C6E2731" w14:textId="77777777" w:rsidR="00E967D0" w:rsidRPr="00E967D0" w:rsidRDefault="00E967D0" w:rsidP="00E967D0">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Calibri"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00DB7181">
+            <w:r w:rsidRPr="00E967D0">
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Calibri"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Överväg kontakt med närsjukvårdsteam.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="703" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="D0F1C5" w:themeFill="accent2" w:themeFillTint="33"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w14:paraId="4C708B7A" w14:textId="77777777" w:rsidR="0077422B" w:rsidRDefault="0077422B" w:rsidP="003A6D19">
+          <w:p w14:paraId="48E24B42" w14:textId="77777777" w:rsidR="00E967D0" w:rsidRPr="00E967D0" w:rsidRDefault="00E967D0" w:rsidP="00E967D0">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="751927" w:themeColor="accent5" w:themeShade="BF"/>
                 <w:sz w:val="32"/>
                 <w:szCs w:val="32"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="704" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="A2E38C" w:themeFill="accent2" w:themeFillTint="66"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w14:paraId="14A39746" w14:textId="77777777" w:rsidR="0077422B" w:rsidRDefault="0077422B" w:rsidP="003A6D19">
+          <w:p w14:paraId="2C6DEF41" w14:textId="77777777" w:rsidR="00E967D0" w:rsidRPr="00E967D0" w:rsidRDefault="00E967D0" w:rsidP="00E967D0">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="751927" w:themeColor="accent5" w:themeShade="BF"/>
                 <w:sz w:val="32"/>
                 <w:szCs w:val="32"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="703" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="73D552" w:themeFill="accent2" w:themeFillTint="99"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w14:paraId="62EF04A3" w14:textId="77777777" w:rsidR="0077422B" w:rsidRDefault="0077422B" w:rsidP="003A6D19">
+          <w:p w14:paraId="10806702" w14:textId="77777777" w:rsidR="00E967D0" w:rsidRPr="00E967D0" w:rsidRDefault="00E967D0" w:rsidP="00E967D0">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="751927" w:themeColor="accent5" w:themeShade="BF"/>
                 <w:sz w:val="32"/>
                 <w:szCs w:val="32"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="704" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="285B16" w:themeFill="accent2" w:themeFillShade="BF"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w14:paraId="0691C180" w14:textId="77777777" w:rsidR="0077422B" w:rsidRDefault="0077422B" w:rsidP="003A6D19">
+          <w:p w14:paraId="28FC7BC3" w14:textId="77777777" w:rsidR="00E967D0" w:rsidRPr="00E967D0" w:rsidRDefault="00E967D0" w:rsidP="00E967D0">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="751927" w:themeColor="accent5" w:themeShade="BF"/>
                 <w:sz w:val="32"/>
                 <w:szCs w:val="32"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="704" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFCE5E" w:themeFill="accent3" w:themeFillTint="99"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="20B90EA3" w14:textId="77777777" w:rsidR="0077422B" w:rsidRPr="00E87042" w:rsidRDefault="0077422B" w:rsidP="003A6D19">
+          <w:p w14:paraId="7924BEFA" w14:textId="77777777" w:rsidR="00E967D0" w:rsidRPr="00E967D0" w:rsidRDefault="00E967D0" w:rsidP="00E967D0">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="751927" w:themeColor="accent5" w:themeShade="BF"/>
                 <w:sz w:val="32"/>
                 <w:szCs w:val="32"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="703" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="B57E00" w:themeFill="accent3" w:themeFillShade="BF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="76735376" w14:textId="77777777" w:rsidR="0077422B" w:rsidRPr="00E87042" w:rsidRDefault="0077422B" w:rsidP="003A6D19">
+          <w:p w14:paraId="11BF868B" w14:textId="77777777" w:rsidR="00E967D0" w:rsidRPr="00E967D0" w:rsidRDefault="00E967D0" w:rsidP="00E967D0">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="751927" w:themeColor="accent5" w:themeShade="BF"/>
                 <w:sz w:val="32"/>
                 <w:szCs w:val="32"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="704" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="E896A2" w:themeFill="accent5" w:themeFillTint="66"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="4155C450" w14:textId="77777777" w:rsidR="0077422B" w:rsidRPr="00E87042" w:rsidRDefault="0077422B" w:rsidP="003A6D19">
+          <w:p w14:paraId="7B993093" w14:textId="77777777" w:rsidR="00E967D0" w:rsidRPr="00E967D0" w:rsidRDefault="00E967D0" w:rsidP="00E967D0">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="751927" w:themeColor="accent5" w:themeShade="BF"/>
                 <w:sz w:val="32"/>
                 <w:szCs w:val="32"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="706" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="DD6174" w:themeFill="accent5" w:themeFillTint="99"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="12590104" w14:textId="77777777" w:rsidR="0077422B" w:rsidRPr="00E87042" w:rsidRDefault="0077422B" w:rsidP="003A6D19">
+          <w:p w14:paraId="3EE96C71" w14:textId="77777777" w:rsidR="00E967D0" w:rsidRPr="00E967D0" w:rsidRDefault="00E967D0" w:rsidP="00E967D0">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="751927" w:themeColor="accent5" w:themeShade="BF"/>
                 <w:sz w:val="32"/>
                 <w:szCs w:val="32"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="402" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...1 lines deleted...]
-          <w:p w14:paraId="7B88A2A8" w14:textId="77777777" w:rsidR="0077422B" w:rsidRPr="00E87042" w:rsidRDefault="0077422B" w:rsidP="003A6D19">
+          </w:tcPr>
+          <w:p w14:paraId="1BF1FA67" w14:textId="77777777" w:rsidR="00E967D0" w:rsidRPr="00E967D0" w:rsidRDefault="00E967D0" w:rsidP="00E967D0">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="751927" w:themeColor="accent5" w:themeShade="BF"/>
                 <w:sz w:val="32"/>
                 <w:szCs w:val="32"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="718" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="5F5F5F" w:themeColor="background2" w:themeShade="BF"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="4E111A" w:themeFill="accent5" w:themeFillShade="80"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="43D50DAD" w14:textId="77777777" w:rsidR="0077422B" w:rsidRPr="00E87042" w:rsidRDefault="0077422B" w:rsidP="003A6D19">
+          <w:p w14:paraId="2D20029B" w14:textId="77777777" w:rsidR="00E967D0" w:rsidRPr="00E967D0" w:rsidRDefault="00E967D0" w:rsidP="00E967D0">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="751927" w:themeColor="accent5" w:themeShade="BF"/>
                 <w:sz w:val="32"/>
                 <w:szCs w:val="32"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="0077422B" w:rsidRPr="00E87042" w14:paraId="1D4B2D46" w14:textId="77777777" w:rsidTr="00C26613">
+      <w:tr w:rsidR="00E967D0" w:rsidRPr="00E967D0" w14:paraId="09C56A6D" w14:textId="77777777" w:rsidTr="00226D93">
         <w:trPr>
           <w:trHeight w:val="288"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1105" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:noWrap/>
             <w:tcMar>
               <w:left w:w="28" w:type="dxa"/>
               <w:right w:w="28" w:type="dxa"/>
             </w:tcMar>
             <w:textDirection w:val="btLr"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="7BDCF973" w14:textId="77777777" w:rsidR="0077422B" w:rsidRPr="00E87042" w:rsidRDefault="0077422B" w:rsidP="003A6D19">
+          <w:p w14:paraId="5FE997AA" w14:textId="77777777" w:rsidR="00E967D0" w:rsidRPr="00E967D0" w:rsidRDefault="00E967D0" w:rsidP="00E967D0">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="113" w:right="113"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6932" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="5F5F5F" w:themeColor="background2" w:themeShade="BF"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="E5E5E5" w:themeFill="background2" w:themeFillTint="33"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="675A9B19" w14:textId="77777777" w:rsidR="0077422B" w:rsidRPr="00DB7181" w:rsidRDefault="0077422B" w:rsidP="003A6D19">
+          <w:p w14:paraId="1F6C412E" w14:textId="77777777" w:rsidR="00E967D0" w:rsidRPr="00E967D0" w:rsidRDefault="00E967D0" w:rsidP="00E967D0">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Calibri"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00DB7181">
+            <w:r w:rsidRPr="00E967D0">
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="DD6174" w:themeColor="accent5" w:themeTint="99"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Brytpunktssamtal</w:t>
             </w:r>
-            <w:r w:rsidRPr="00DB7181">
+            <w:r w:rsidRPr="00E967D0">
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
                 <w:color w:val="DD6174" w:themeColor="accent5" w:themeTint="99"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">: </w:t>
             </w:r>
-            <w:r w:rsidRPr="00DB7181">
+            <w:r w:rsidRPr="00E967D0">
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Vad</w:t>
             </w:r>
-            <w:r w:rsidRPr="00DB7181">
+            <w:r w:rsidRPr="00E967D0">
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
                 <w:color w:val="DD6174" w:themeColor="accent5" w:themeTint="99"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidRPr="00DB7181">
+            <w:r w:rsidRPr="00E967D0">
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>vill patienten med sin sista tid i livet? Säkerställ plan för god vård i livets slut.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="703" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="5F5F5F" w:themeColor="background2" w:themeShade="BF"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="E5E5E5" w:themeFill="background2" w:themeFillTint="33"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w14:paraId="19FD04B2" w14:textId="77777777" w:rsidR="0077422B" w:rsidRPr="00E87042" w:rsidRDefault="0077422B" w:rsidP="003A6D19">
+          <w:p w14:paraId="170D552F" w14:textId="77777777" w:rsidR="00E967D0" w:rsidRPr="00E967D0" w:rsidRDefault="00E967D0" w:rsidP="00E967D0">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="751927" w:themeColor="accent5" w:themeShade="BF"/>
                 <w:sz w:val="32"/>
                 <w:szCs w:val="32"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="704" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="5F5F5F" w:themeColor="background2" w:themeShade="BF"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="E5E5E5" w:themeFill="background2" w:themeFillTint="33"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w14:paraId="1AA9E8BF" w14:textId="77777777" w:rsidR="0077422B" w:rsidRPr="00E87042" w:rsidRDefault="0077422B" w:rsidP="003A6D19">
+          <w:p w14:paraId="7589ACE2" w14:textId="77777777" w:rsidR="00E967D0" w:rsidRPr="00E967D0" w:rsidRDefault="00E967D0" w:rsidP="00E967D0">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="751927" w:themeColor="accent5" w:themeShade="BF"/>
                 <w:sz w:val="32"/>
                 <w:szCs w:val="32"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="703" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="5F5F5F" w:themeColor="background2" w:themeShade="BF"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="E5E5E5" w:themeFill="background2" w:themeFillTint="33"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w14:paraId="0352B730" w14:textId="77777777" w:rsidR="0077422B" w:rsidRPr="00E87042" w:rsidRDefault="0077422B" w:rsidP="003A6D19">
+          <w:p w14:paraId="3DBA5EE0" w14:textId="77777777" w:rsidR="00E967D0" w:rsidRPr="00E967D0" w:rsidRDefault="00E967D0" w:rsidP="00E967D0">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="751927" w:themeColor="accent5" w:themeShade="BF"/>
                 <w:sz w:val="32"/>
                 <w:szCs w:val="32"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="704" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="5F5F5F" w:themeColor="background2" w:themeShade="BF"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="E5E5E5" w:themeFill="background2" w:themeFillTint="33"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w14:paraId="174A7113" w14:textId="77777777" w:rsidR="0077422B" w:rsidRPr="00E87042" w:rsidRDefault="0077422B" w:rsidP="003A6D19">
+          <w:p w14:paraId="31D68C1F" w14:textId="77777777" w:rsidR="00E967D0" w:rsidRPr="00E967D0" w:rsidRDefault="00E967D0" w:rsidP="00E967D0">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="751927" w:themeColor="accent5" w:themeShade="BF"/>
                 <w:sz w:val="32"/>
                 <w:szCs w:val="32"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="704" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="5F5F5F" w:themeColor="background2" w:themeShade="BF"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="E5E5E5" w:themeFill="background2" w:themeFillTint="33"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w14:paraId="1DE0A812" w14:textId="77777777" w:rsidR="0077422B" w:rsidRPr="00E87042" w:rsidRDefault="0077422B" w:rsidP="003A6D19">
+          <w:p w14:paraId="0ECA4573" w14:textId="77777777" w:rsidR="00E967D0" w:rsidRPr="00E967D0" w:rsidRDefault="00E967D0" w:rsidP="00E967D0">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="751927" w:themeColor="accent5" w:themeShade="BF"/>
                 <w:sz w:val="32"/>
                 <w:szCs w:val="32"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="703" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="5F5F5F" w:themeColor="background2" w:themeShade="BF"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="E5E5E5" w:themeFill="background2" w:themeFillTint="33"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w14:paraId="4E9C6D91" w14:textId="77777777" w:rsidR="0077422B" w:rsidRPr="00E87042" w:rsidRDefault="0077422B" w:rsidP="003A6D19">
+          <w:p w14:paraId="00D70B7F" w14:textId="77777777" w:rsidR="00E967D0" w:rsidRPr="00E967D0" w:rsidRDefault="00E967D0" w:rsidP="00E967D0">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="751927" w:themeColor="accent5" w:themeShade="BF"/>
                 <w:sz w:val="32"/>
                 <w:szCs w:val="32"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="704" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="5F5F5F" w:themeColor="background2" w:themeShade="BF"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="E896A2" w:themeFill="accent5" w:themeFillTint="66"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w14:paraId="622421E6" w14:textId="77777777" w:rsidR="0077422B" w:rsidRPr="00E87042" w:rsidRDefault="0077422B" w:rsidP="003A6D19">
+          <w:p w14:paraId="54E0BBE3" w14:textId="77777777" w:rsidR="00E967D0" w:rsidRPr="00E967D0" w:rsidRDefault="00E967D0" w:rsidP="00E967D0">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="751927" w:themeColor="accent5" w:themeShade="BF"/>
                 <w:sz w:val="32"/>
                 <w:szCs w:val="32"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="706" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="5F5F5F" w:themeColor="background2" w:themeShade="BF"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="DD6174" w:themeFill="accent5" w:themeFillTint="99"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="1F3566AC" w14:textId="77777777" w:rsidR="0077422B" w:rsidRPr="00E87042" w:rsidRDefault="0077422B" w:rsidP="003A6D19">
+          <w:p w14:paraId="4C94C882" w14:textId="77777777" w:rsidR="00E967D0" w:rsidRPr="00E967D0" w:rsidRDefault="00E967D0" w:rsidP="00E967D0">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="751927" w:themeColor="accent5" w:themeShade="BF"/>
                 <w:sz w:val="32"/>
                 <w:szCs w:val="32"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="402" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
               <w:bottom w:val="nil"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...1 lines deleted...]
-          <w:p w14:paraId="5EB0A076" w14:textId="77777777" w:rsidR="0077422B" w:rsidRPr="00E87042" w:rsidRDefault="0077422B" w:rsidP="003A6D19">
+          </w:tcPr>
+          <w:p w14:paraId="02DD0EC1" w14:textId="77777777" w:rsidR="00E967D0" w:rsidRPr="00E967D0" w:rsidRDefault="00E967D0" w:rsidP="00E967D0">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="751927" w:themeColor="accent5" w:themeShade="BF"/>
                 <w:sz w:val="32"/>
                 <w:szCs w:val="32"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="718" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="5F5F5F" w:themeColor="background2" w:themeShade="BF"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="5F5F5F" w:themeColor="background2" w:themeShade="BF"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="4E111A" w:themeFill="accent5" w:themeFillShade="80"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w14:paraId="3908AFC0" w14:textId="77777777" w:rsidR="0077422B" w:rsidRPr="00E87042" w:rsidRDefault="0077422B" w:rsidP="003A6D19">
+          <w:p w14:paraId="758BA853" w14:textId="77777777" w:rsidR="00E967D0" w:rsidRPr="00E967D0" w:rsidRDefault="00E967D0" w:rsidP="00E967D0">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="751927" w:themeColor="accent5" w:themeShade="BF"/>
                 <w:sz w:val="32"/>
                 <w:szCs w:val="32"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="0077422B" w:rsidRPr="00E87042" w14:paraId="7F94FECE" w14:textId="77777777" w:rsidTr="003A6D19">
+      <w:tr w:rsidR="00E967D0" w:rsidRPr="00E967D0" w14:paraId="6FD99E4C" w14:textId="77777777" w:rsidTr="00226D93">
         <w:trPr>
           <w:trHeight w:val="785"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1105" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="E5E5E5" w:themeFill="background2" w:themeFillTint="33"/>
             <w:noWrap/>
             <w:tcMar>
               <w:left w:w="28" w:type="dxa"/>
               <w:right w:w="28" w:type="dxa"/>
             </w:tcMar>
             <w:textDirection w:val="btLr"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="681485B5" w14:textId="77777777" w:rsidR="0077422B" w:rsidRPr="006E5038" w:rsidRDefault="0077422B" w:rsidP="003A6D19">
+          <w:p w14:paraId="75907BC9" w14:textId="77777777" w:rsidR="00E967D0" w:rsidRPr="00E967D0" w:rsidRDefault="00E967D0" w:rsidP="00E967D0">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="113" w:right="113"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="006E5038">
+            <w:r w:rsidRPr="00E967D0">
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Utskrivning</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6932" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="5F5F5F" w:themeColor="background2" w:themeShade="BF"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="E5E5E5" w:themeFill="background2" w:themeFillTint="33"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="765A6231" w14:textId="77777777" w:rsidR="0077422B" w:rsidRPr="00DB7181" w:rsidRDefault="0077422B" w:rsidP="003A6D19">
+          <w:p w14:paraId="42E9C3F5" w14:textId="77777777" w:rsidR="00E967D0" w:rsidRPr="00E967D0" w:rsidRDefault="00E967D0" w:rsidP="00E967D0">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00DB7181">
+            <w:r w:rsidRPr="00E967D0">
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Calibri"/>
                 <w:color w:val="000000" w:themeColor="text2"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t xml:space="preserve">Värdera och erbjud omsorgsplanering inkl. fallpreventiva åtgärder i hemmet. Aktualisera till primärvård för uppföljning </w:t>
-[...19 lines deleted...]
-              <w:t xml:space="preserve"> minnesutredning?</w:t>
+              <w:t>Värdera och erbjud omsorgsplanering inkl. fallpreventiva åtgärder i hemmet. Aktualisera till primärvård för uppföljning t.ex. minnesutredning?</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="703" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="5F5F5F" w:themeColor="background2" w:themeShade="BF"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="D0F1C5" w:themeFill="accent2" w:themeFillTint="33"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w14:paraId="0475F228" w14:textId="77777777" w:rsidR="0077422B" w:rsidRPr="00E87042" w:rsidRDefault="0077422B" w:rsidP="003A6D19">
+          <w:p w14:paraId="1D0F6440" w14:textId="77777777" w:rsidR="00E967D0" w:rsidRPr="00E967D0" w:rsidRDefault="00E967D0" w:rsidP="00E967D0">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="751927" w:themeColor="accent5" w:themeShade="BF"/>
                 <w:sz w:val="32"/>
                 <w:szCs w:val="32"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="704" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="5F5F5F" w:themeColor="background2" w:themeShade="BF"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="A2E38C" w:themeFill="accent2" w:themeFillTint="66"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w14:paraId="3BD7A1DA" w14:textId="77777777" w:rsidR="0077422B" w:rsidRPr="00E87042" w:rsidRDefault="0077422B" w:rsidP="003A6D19">
+          <w:p w14:paraId="7285A158" w14:textId="77777777" w:rsidR="00E967D0" w:rsidRPr="00E967D0" w:rsidRDefault="00E967D0" w:rsidP="00E967D0">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="751927" w:themeColor="accent5" w:themeShade="BF"/>
                 <w:sz w:val="32"/>
                 <w:szCs w:val="32"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="703" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="5F5F5F" w:themeColor="background2" w:themeShade="BF"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="73D552" w:themeFill="accent2" w:themeFillTint="99"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w14:paraId="5A69004F" w14:textId="77777777" w:rsidR="0077422B" w:rsidRPr="00E87042" w:rsidRDefault="0077422B" w:rsidP="003A6D19">
+          <w:p w14:paraId="0B8BB2B8" w14:textId="77777777" w:rsidR="00E967D0" w:rsidRPr="00E967D0" w:rsidRDefault="00E967D0" w:rsidP="00E967D0">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="751927" w:themeColor="accent5" w:themeShade="BF"/>
                 <w:sz w:val="32"/>
                 <w:szCs w:val="32"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="704" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="5F5F5F" w:themeColor="background2" w:themeShade="BF"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="285B16" w:themeFill="accent2" w:themeFillShade="BF"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w14:paraId="093DC7EB" w14:textId="77777777" w:rsidR="0077422B" w:rsidRPr="00E87042" w:rsidRDefault="0077422B" w:rsidP="003A6D19">
+          <w:p w14:paraId="0953F92A" w14:textId="77777777" w:rsidR="00E967D0" w:rsidRPr="00E967D0" w:rsidRDefault="00E967D0" w:rsidP="00E967D0">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="751927" w:themeColor="accent5" w:themeShade="BF"/>
                 <w:sz w:val="32"/>
                 <w:szCs w:val="32"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="704" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="5F5F5F" w:themeColor="background2" w:themeShade="BF"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFCE5E" w:themeFill="accent3" w:themeFillTint="99"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w14:paraId="222B4775" w14:textId="77777777" w:rsidR="0077422B" w:rsidRPr="00E87042" w:rsidRDefault="0077422B" w:rsidP="003A6D19">
+          <w:p w14:paraId="758A7C33" w14:textId="77777777" w:rsidR="00E967D0" w:rsidRPr="00E967D0" w:rsidRDefault="00E967D0" w:rsidP="00E967D0">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="751927" w:themeColor="accent5" w:themeShade="BF"/>
                 <w:sz w:val="32"/>
                 <w:szCs w:val="32"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="703" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="5F5F5F" w:themeColor="background2" w:themeShade="BF"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="B57E00" w:themeFill="accent3" w:themeFillShade="BF"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w14:paraId="7161191C" w14:textId="77777777" w:rsidR="0077422B" w:rsidRPr="00E87042" w:rsidRDefault="0077422B" w:rsidP="003A6D19">
+          <w:p w14:paraId="5CCB965A" w14:textId="77777777" w:rsidR="00E967D0" w:rsidRPr="00E967D0" w:rsidRDefault="00E967D0" w:rsidP="00E967D0">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="751927" w:themeColor="accent5" w:themeShade="BF"/>
                 <w:sz w:val="32"/>
                 <w:szCs w:val="32"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="704" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="5F5F5F" w:themeColor="background2" w:themeShade="BF"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="E896A2" w:themeFill="accent5" w:themeFillTint="66"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="350D3D8F" w14:textId="77777777" w:rsidR="0077422B" w:rsidRPr="00E87042" w:rsidRDefault="0077422B" w:rsidP="003A6D19">
+          <w:p w14:paraId="0953F535" w14:textId="77777777" w:rsidR="00E967D0" w:rsidRPr="00E967D0" w:rsidRDefault="00E967D0" w:rsidP="00E967D0">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="751927" w:themeColor="accent5" w:themeShade="BF"/>
                 <w:sz w:val="32"/>
                 <w:szCs w:val="32"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="706" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="5F5F5F" w:themeColor="background2" w:themeShade="BF"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="DD6174" w:themeFill="accent5" w:themeFillTint="99"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="57FF707D" w14:textId="77777777" w:rsidR="0077422B" w:rsidRPr="00E87042" w:rsidRDefault="0077422B" w:rsidP="003A6D19">
+          <w:p w14:paraId="74F2A50D" w14:textId="77777777" w:rsidR="00E967D0" w:rsidRPr="00E967D0" w:rsidRDefault="00E967D0" w:rsidP="00E967D0">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="751927" w:themeColor="accent5" w:themeShade="BF"/>
                 <w:sz w:val="32"/>
                 <w:szCs w:val="32"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="402" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:bottom w:val="nil"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...1 lines deleted...]
-          <w:p w14:paraId="7D8B4792" w14:textId="77777777" w:rsidR="0077422B" w:rsidRPr="00E87042" w:rsidRDefault="0077422B" w:rsidP="003A6D19">
+          </w:tcPr>
+          <w:p w14:paraId="1BB2E9C6" w14:textId="77777777" w:rsidR="00E967D0" w:rsidRPr="00E967D0" w:rsidRDefault="00E967D0" w:rsidP="00E967D0">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="751927" w:themeColor="accent5" w:themeShade="BF"/>
                 <w:sz w:val="32"/>
                 <w:szCs w:val="32"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="718" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="5F5F5F" w:themeColor="background2" w:themeShade="BF"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="5F5F5F" w:themeColor="background2" w:themeShade="BF"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="E5E5E5" w:themeFill="background2" w:themeFillTint="33"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w14:paraId="634595E9" w14:textId="77777777" w:rsidR="0077422B" w:rsidRPr="00E87042" w:rsidRDefault="0077422B" w:rsidP="003A6D19">
+          <w:p w14:paraId="39BF02C2" w14:textId="77777777" w:rsidR="00E967D0" w:rsidRPr="00E967D0" w:rsidRDefault="00E967D0" w:rsidP="00E967D0">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="751927" w:themeColor="accent5" w:themeShade="BF"/>
                 <w:sz w:val="32"/>
                 <w:szCs w:val="32"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="0077422B" w:rsidRPr="00E87042" w14:paraId="720DFFFE" w14:textId="77777777" w:rsidTr="003A6D19">
+      <w:tr w:rsidR="00E967D0" w:rsidRPr="00E967D0" w14:paraId="15BB8B8F" w14:textId="77777777" w:rsidTr="00226D93">
         <w:trPr>
           <w:trHeight w:val="851"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1105" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="12002C02" w14:textId="77777777" w:rsidR="0077422B" w:rsidRPr="00E87042" w:rsidRDefault="0077422B" w:rsidP="003A6D19">
+          <w:p w14:paraId="0A9AB0F0" w14:textId="77777777" w:rsidR="00E967D0" w:rsidRPr="00E967D0" w:rsidRDefault="00E967D0" w:rsidP="00E967D0">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Calibri"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6932" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="E5E5E5" w:themeFill="background2" w:themeFillTint="33"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="2BA51647" w14:textId="77777777" w:rsidR="0077422B" w:rsidRPr="00E87042" w:rsidRDefault="0077422B" w:rsidP="003A6D19">
+          <w:p w14:paraId="6B82AD3E" w14:textId="77777777" w:rsidR="00E967D0" w:rsidRPr="00E967D0" w:rsidRDefault="00E967D0" w:rsidP="00E967D0">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Calibri"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00DB7181">
+            <w:r w:rsidRPr="00E967D0">
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Säkerställ skyndsam uppföljning efter utskrivning för att motverka potentiell försämring av co-</w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00DB7181">
+            <w:r w:rsidRPr="00E967D0">
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>morbiditeter</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00DB7181">
+            <w:r w:rsidRPr="00E967D0">
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>. Finns behov av utökade omsorgsinsatser?</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="703" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="E5E5E5" w:themeFill="background2" w:themeFillTint="33"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="77547B8E" w14:textId="77777777" w:rsidR="0077422B" w:rsidRPr="00E87042" w:rsidRDefault="0077422B" w:rsidP="003A6D19">
+          <w:p w14:paraId="0F3D1D5C" w14:textId="77777777" w:rsidR="00E967D0" w:rsidRPr="00E967D0" w:rsidRDefault="00E967D0" w:rsidP="00E967D0">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="751927" w:themeColor="accent5" w:themeShade="BF"/>
                 <w:sz w:val="32"/>
                 <w:szCs w:val="32"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="704" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="E5E5E5" w:themeFill="background2" w:themeFillTint="33"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="7F14E7A6" w14:textId="77777777" w:rsidR="0077422B" w:rsidRPr="00E87042" w:rsidRDefault="0077422B" w:rsidP="003A6D19">
+          <w:p w14:paraId="369C1363" w14:textId="77777777" w:rsidR="00E967D0" w:rsidRPr="00E967D0" w:rsidRDefault="00E967D0" w:rsidP="00E967D0">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="751927" w:themeColor="accent5" w:themeShade="BF"/>
                 <w:sz w:val="32"/>
                 <w:szCs w:val="32"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="703" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="E5E5E5" w:themeFill="background2" w:themeFillTint="33"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="6007CF40" w14:textId="77777777" w:rsidR="0077422B" w:rsidRPr="00E87042" w:rsidRDefault="0077422B" w:rsidP="003A6D19">
+          <w:p w14:paraId="1CA082F3" w14:textId="77777777" w:rsidR="00E967D0" w:rsidRPr="00E967D0" w:rsidRDefault="00E967D0" w:rsidP="00E967D0">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="751927" w:themeColor="accent5" w:themeShade="BF"/>
                 <w:sz w:val="32"/>
                 <w:szCs w:val="32"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="704" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="E5E5E5" w:themeFill="background2" w:themeFillTint="33"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="26A6C582" w14:textId="77777777" w:rsidR="0077422B" w:rsidRPr="00E87042" w:rsidRDefault="0077422B" w:rsidP="003A6D19">
+          <w:p w14:paraId="54CC70C7" w14:textId="77777777" w:rsidR="00E967D0" w:rsidRPr="00E967D0" w:rsidRDefault="00E967D0" w:rsidP="00E967D0">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="751927" w:themeColor="accent5" w:themeShade="BF"/>
                 <w:sz w:val="32"/>
                 <w:szCs w:val="32"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="704" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="E5E5E5" w:themeFill="background2" w:themeFillTint="33"/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="66F3DE59" w14:textId="77777777" w:rsidR="0077422B" w:rsidRPr="00E87042" w:rsidRDefault="0077422B" w:rsidP="003A6D19">
+          <w:p w14:paraId="420F6D97" w14:textId="77777777" w:rsidR="00E967D0" w:rsidRPr="00E967D0" w:rsidRDefault="00E967D0" w:rsidP="00E967D0">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="751927" w:themeColor="accent5" w:themeShade="BF"/>
                 <w:sz w:val="32"/>
                 <w:szCs w:val="32"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="703" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="E5E5E5" w:themeFill="background2" w:themeFillTint="33"/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="34A5D92B" w14:textId="77777777" w:rsidR="0077422B" w:rsidRPr="00E87042" w:rsidRDefault="0077422B" w:rsidP="003A6D19">
+          <w:p w14:paraId="64EC17E3" w14:textId="77777777" w:rsidR="00E967D0" w:rsidRPr="00E967D0" w:rsidRDefault="00E967D0" w:rsidP="00E967D0">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="751927" w:themeColor="accent5" w:themeShade="BF"/>
                 <w:sz w:val="32"/>
                 <w:szCs w:val="32"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="704" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="E896A2" w:themeFill="accent5" w:themeFillTint="66"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="5989227B" w14:textId="77777777" w:rsidR="0077422B" w:rsidRPr="00E87042" w:rsidRDefault="0077422B" w:rsidP="003A6D19">
+          <w:p w14:paraId="505D5E18" w14:textId="77777777" w:rsidR="00E967D0" w:rsidRPr="00E967D0" w:rsidRDefault="00E967D0" w:rsidP="00E967D0">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="751927" w:themeColor="accent5" w:themeShade="BF"/>
                 <w:sz w:val="32"/>
                 <w:szCs w:val="32"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="706" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="DD6174" w:themeFill="accent5" w:themeFillTint="99"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="7CFCBD0B" w14:textId="77777777" w:rsidR="0077422B" w:rsidRPr="00E87042" w:rsidRDefault="0077422B" w:rsidP="003A6D19">
+          <w:p w14:paraId="28EF9783" w14:textId="77777777" w:rsidR="00E967D0" w:rsidRPr="00E967D0" w:rsidRDefault="00E967D0" w:rsidP="00E967D0">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="751927" w:themeColor="accent5" w:themeShade="BF"/>
                 <w:sz w:val="32"/>
                 <w:szCs w:val="32"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="402" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...1 lines deleted...]
-          <w:p w14:paraId="06ED5293" w14:textId="77777777" w:rsidR="0077422B" w:rsidRPr="00E87042" w:rsidRDefault="0077422B" w:rsidP="003A6D19">
+          </w:tcPr>
+          <w:p w14:paraId="0A94396F" w14:textId="77777777" w:rsidR="00E967D0" w:rsidRPr="00E967D0" w:rsidRDefault="00E967D0" w:rsidP="00E967D0">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="751927" w:themeColor="accent5" w:themeShade="BF"/>
                 <w:sz w:val="32"/>
                 <w:szCs w:val="32"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="718" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="5F5F5F" w:themeColor="background2" w:themeShade="BF"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="E5E5E5" w:themeFill="background2" w:themeFillTint="33"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="59858361" w14:textId="77777777" w:rsidR="0077422B" w:rsidRPr="00E87042" w:rsidRDefault="0077422B" w:rsidP="003A6D19">
+          <w:p w14:paraId="736C1DAE" w14:textId="77777777" w:rsidR="00E967D0" w:rsidRPr="00E967D0" w:rsidRDefault="00E967D0" w:rsidP="00E967D0">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="751927" w:themeColor="accent5" w:themeShade="BF"/>
                 <w:sz w:val="32"/>
                 <w:szCs w:val="32"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="3E011DF8" w14:textId="77777777" w:rsidR="0077422B" w:rsidRPr="003A6D19" w:rsidRDefault="0077422B" w:rsidP="00430D03">
-[...2 lines deleted...]
-        <w:keepLines/>
+    <w:p w14:paraId="6B51FAE3" w14:textId="77777777" w:rsidR="00E967D0" w:rsidRPr="00E967D0" w:rsidRDefault="00E967D0" w:rsidP="00E967D0">
+      <w:pPr>
         <w:ind w:left="0"/>
-        <w:rPr>
-[...2 lines deleted...]
-        </w:rPr>
       </w:pPr>
     </w:p>
-    <w:sectPr w:rsidR="0077422B" w:rsidRPr="003A6D19" w:rsidSect="00366B15">
+    <w:sectPr w:rsidR="00E967D0" w:rsidRPr="00E967D0" w:rsidSect="00E967D0">
       <w:pgSz w:w="16840" w:h="11900" w:orient="landscape"/>
-      <w:pgMar w:top="992" w:right="1418" w:bottom="1694" w:left="1276" w:header="283" w:footer="559" w:gutter="0"/>
+      <w:pgMar w:top="992" w:right="1418" w:bottom="1560" w:left="1276" w:header="284" w:footer="737" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:noEndnote/>
-      <w:titlePg/>
       <w:docGrid w:linePitch="326"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="781C4250" w14:textId="77777777" w:rsidR="00E700A6" w:rsidRDefault="00E700A6">
+    <w:p w14:paraId="5B88A8BC" w14:textId="77777777" w:rsidR="00FF3558" w:rsidRDefault="00FF3558">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="1011BF75" w14:textId="77777777" w:rsidR="00E700A6" w:rsidRDefault="00E700A6">
+    <w:p w14:paraId="2C1410A9" w14:textId="77777777" w:rsidR="00FF3558" w:rsidRDefault="00FF3558">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationNotice" w:id="1">
-    <w:p w14:paraId="2B439076" w14:textId="77777777" w:rsidR="00E700A6" w:rsidRDefault="00E700A6">
+    <w:p w14:paraId="7DDC7C58" w14:textId="77777777" w:rsidR="00FF3558" w:rsidRDefault="00FF3558">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier">
     <w:panose1 w:val="02070409020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
+    <w:notTrueType/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="00000003" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
   </w:font>
-  <w:font w:name="Calibri">
-    <w:panose1 w:val="020F0502020204030204"/>
+  <w:font w:name="Georgia">
+    <w:panose1 w:val="02040502050405020303"/>
+    <w:charset w:val="00"/>
+    <w:family w:val="roman"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="00000287" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="0000009F" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Verdana">
+    <w:panose1 w:val="020B0604030504040204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="A00006FF" w:usb1="4000205B" w:usb2="00000010" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="MS Gothic">
     <w:altName w:val="ＭＳ ゴシック"/>
     <w:panose1 w:val="020B0609070205080204"/>
     <w:charset w:val="80"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E00002FF" w:usb1="6AC7FDFB" w:usb2="08000012" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Calibri">
+    <w:panose1 w:val="020F0502020204030204"/>
+    <w:charset w:val="00"/>
+    <w:family w:val="swiss"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="MinionPro-Regular">
     <w:altName w:val="Calibri"/>
     <w:panose1 w:val="00000000000000000000"/>
     <w:charset w:val="4D"/>
     <w:family w:val="auto"/>
     <w:notTrueType/>
     <w:pitch w:val="default"/>
     <w:sig w:usb0="00000003" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Lucida Grande">
     <w:altName w:val="Times New Roman"/>
     <w:charset w:val="00"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E1000AEF" w:usb1="5000A1FF" w:usb2="00000000" w:usb3="00000000" w:csb0="000001BF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
+    <w:altName w:val="Cambria"/>
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="MS Mincho">
     <w:altName w:val="ＭＳ 明朝"/>
     <w:panose1 w:val="02020609040205080304"/>
     <w:charset w:val="80"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E00002FF" w:usb1="6AC7FDFB" w:usb2="08000012" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Segoe UI">
     <w:panose1 w:val="020B0502040204020203"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C000E47F" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
-  <w:font w:name="Verdana">
-[...5 lines deleted...]
-  </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
-  <w:p w14:paraId="1FE2B820" w14:textId="0269071D" w:rsidR="00660269" w:rsidRDefault="00660269" w:rsidP="00C43BDD">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="1FE2B820" w14:textId="77777777" w:rsidR="00660269" w:rsidRDefault="00660269" w:rsidP="00C43BDD">
     <w:pPr>
       <w:pStyle w:val="Sidfot"/>
       <w:framePr w:wrap="around" w:vAnchor="text" w:hAnchor="margin" w:y="1"/>
       <w:rPr>
         <w:rStyle w:val="Sidnummer"/>
       </w:rPr>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:rStyle w:val="Sidnummer"/>
       </w:rPr>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:rPr>
         <w:rStyle w:val="Sidnummer"/>
       </w:rPr>
       <w:instrText xml:space="preserve">PAGE  </w:instrText>
-    </w:r>
-[...11 lines deleted...]
-      <w:t>5</w:t>
     </w:r>
     <w:r>
       <w:rPr>
         <w:rStyle w:val="Sidnummer"/>
       </w:rPr>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
   <w:p w14:paraId="1FE2B821" w14:textId="77777777" w:rsidR="00660269" w:rsidRDefault="00660269" w:rsidP="00C43BDD">
     <w:pPr>
       <w:pStyle w:val="Sidfot"/>
       <w:ind w:firstLine="360"/>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footer2.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
-[...18 lines deleted...]
-          <w:jc w:val="center"/>
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="47BD2091" w14:textId="66F4EBFA" w:rsidR="00C50EE5" w:rsidRPr="00831C35" w:rsidRDefault="00E25B22" w:rsidP="00EC0A68">
+    <w:pPr>
+      <w:pStyle w:val="Sidfot"/>
+      <w:rPr>
+        <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        <w:sz w:val="24"/>
+        <w:szCs w:val="24"/>
+      </w:rPr>
+    </w:pPr>
+    <w:sdt>
+      <w:sdtPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:id w:val="-2070031421"/>
+        <w:docPartObj>
+          <w:docPartGallery w:val="Page Numbers (Bottom of Page)"/>
+          <w:docPartUnique/>
+        </w:docPartObj>
+      </w:sdtPr>
+      <w:sdtEndPr/>
+      <w:sdtContent>
+        <w:r w:rsidR="00A65FD4" w:rsidRPr="00831C35">
           <w:rPr>
-            <w:sz w:val="16"/>
-            <w:szCs w:val="16"/>
+            <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+            <w:sz w:val="24"/>
+            <w:szCs w:val="24"/>
           </w:rPr>
-        </w:pPr>
-        <w:r w:rsidRPr="00CE15F7">
+          <w:t xml:space="preserve"> </w:t>
+        </w:r>
+        <w:r w:rsidR="00EC0A68" w:rsidRPr="00831C35">
           <w:rPr>
-            <w:rStyle w:val="Sidnummer"/>
-[...2 lines deleted...]
-            <w:szCs w:val="18"/>
+            <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+            <w:sz w:val="24"/>
+            <w:szCs w:val="24"/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
-        <w:r w:rsidRPr="00CE15F7">
+        <w:r w:rsidR="00EC0A68" w:rsidRPr="00831C35">
           <w:rPr>
-            <w:rStyle w:val="Sidnummer"/>
-[...2 lines deleted...]
-            <w:szCs w:val="18"/>
+            <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+            <w:sz w:val="24"/>
+            <w:szCs w:val="24"/>
           </w:rPr>
-          <w:instrText xml:space="preserve"> PAGE </w:instrText>
+          <w:instrText>PAGE   \* MERGEFORMAT</w:instrText>
         </w:r>
-        <w:r w:rsidRPr="00CE15F7">
+        <w:r w:rsidR="00EC0A68" w:rsidRPr="00831C35">
           <w:rPr>
-            <w:rStyle w:val="Sidnummer"/>
-[...2 lines deleted...]
-            <w:szCs w:val="18"/>
+            <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+            <w:sz w:val="24"/>
+            <w:szCs w:val="24"/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
-        <w:r w:rsidRPr="00CE15F7">
+        <w:r w:rsidR="00EC0A68" w:rsidRPr="00831C35">
           <w:rPr>
-            <w:rStyle w:val="Sidnummer"/>
-[...2 lines deleted...]
-            <w:szCs w:val="18"/>
+            <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+            <w:sz w:val="24"/>
+            <w:szCs w:val="24"/>
           </w:rPr>
-          <w:t>4</w:t>
+          <w:t>2</w:t>
         </w:r>
-        <w:r w:rsidRPr="00CE15F7">
+        <w:r w:rsidR="00EC0A68" w:rsidRPr="00831C35">
           <w:rPr>
-            <w:rStyle w:val="Sidnummer"/>
-[...2 lines deleted...]
-            <w:szCs w:val="18"/>
+            <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+            <w:sz w:val="24"/>
+            <w:szCs w:val="24"/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
-        <w:r w:rsidRPr="00CE15F7">
-[...71 lines deleted...]
-  </w:sdt>
+      </w:sdtContent>
+    </w:sdt>
+    <w:r w:rsidR="00111CB2" w:rsidRPr="00831C35">
+      <w:rPr>
+        <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        <w:sz w:val="24"/>
+        <w:szCs w:val="24"/>
+      </w:rPr>
+      <w:t xml:space="preserve"> (</w:t>
+    </w:r>
+    <w:r w:rsidR="00111CB2" w:rsidRPr="00831C35">
+      <w:rPr>
+        <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        <w:sz w:val="24"/>
+        <w:szCs w:val="24"/>
+      </w:rPr>
+      <w:fldChar w:fldCharType="begin"/>
+    </w:r>
+    <w:r w:rsidR="00111CB2" w:rsidRPr="00831C35">
+      <w:rPr>
+        <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        <w:sz w:val="24"/>
+        <w:szCs w:val="24"/>
+      </w:rPr>
+      <w:instrText xml:space="preserve"> NUMPAGES   \* MERGEFORMAT </w:instrText>
+    </w:r>
+    <w:r w:rsidR="00111CB2" w:rsidRPr="00831C35">
+      <w:rPr>
+        <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        <w:sz w:val="24"/>
+        <w:szCs w:val="24"/>
+      </w:rPr>
+      <w:fldChar w:fldCharType="separate"/>
+    </w:r>
+    <w:r w:rsidR="00111CB2" w:rsidRPr="00831C35">
+      <w:rPr>
+        <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        <w:noProof/>
+        <w:sz w:val="24"/>
+        <w:szCs w:val="24"/>
+      </w:rPr>
+      <w:t>4</w:t>
+    </w:r>
+    <w:r w:rsidR="00111CB2" w:rsidRPr="00831C35">
+      <w:rPr>
+        <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        <w:sz w:val="24"/>
+        <w:szCs w:val="24"/>
+      </w:rPr>
+      <w:fldChar w:fldCharType="end"/>
+    </w:r>
+    <w:r w:rsidR="00111CB2" w:rsidRPr="00831C35">
+      <w:rPr>
+        <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        <w:sz w:val="24"/>
+        <w:szCs w:val="24"/>
+      </w:rPr>
+      <w:t>)</w:t>
+    </w:r>
+  </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footer3.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
-  <w:p w14:paraId="1FE2B822" w14:textId="5AD9EAC1" w:rsidR="00660269" w:rsidRDefault="00C73898" w:rsidP="00FB2F0F">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="1FE2B822" w14:textId="76DF6159" w:rsidR="00660269" w:rsidRDefault="009228AB" w:rsidP="00FB2F0F">
     <w:pPr>
       <w:pStyle w:val="Sidfot"/>
       <w:ind w:left="6237" w:hanging="141"/>
       <w:jc w:val="left"/>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:noProof/>
       </w:rPr>
       <w:drawing>
-        <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658244" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="3B617BF1" wp14:editId="3C4B84F0">
+        <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658241" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="1FE2B825" wp14:editId="5971BB2D">
           <wp:simplePos x="0" y="0"/>
           <wp:positionH relativeFrom="column">
-            <wp:posOffset>4622800</wp:posOffset>
+            <wp:posOffset>4391660</wp:posOffset>
           </wp:positionH>
           <wp:positionV relativeFrom="paragraph">
-            <wp:posOffset>-25400</wp:posOffset>
+            <wp:posOffset>-3947</wp:posOffset>
           </wp:positionV>
-          <wp:extent cx="1897920" cy="384860"/>
-          <wp:effectExtent l="0" t="0" r="7620" b="0"/>
+          <wp:extent cx="1953671" cy="348178"/>
+          <wp:effectExtent l="0" t="0" r="0" b="0"/>
           <wp:wrapNone/>
-          <wp:docPr id="6" name="Bildobjekt 6">
+          <wp:docPr id="881579553" name="Bildobjekt 12">
             <a:extLst xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:ext uri="{C183D7F6-B498-43B3-948B-1728B52AA6E4}">
                 <adec:decorative xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" val="1"/>
               </a:ext>
             </a:extLst>
           </wp:docPr>
           <wp:cNvGraphicFramePr>
             <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
           </wp:cNvGraphicFramePr>
           <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
             <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
               <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:nvPicPr>
-                  <pic:cNvPr id="0" name="VG_Ne.wmf"/>
+                  <pic:cNvPr id="12" name="Bildobjekt 12">
+                    <a:extLst>
+                      <a:ext uri="{C183D7F6-B498-43B3-948B-1728B52AA6E4}">
+                        <adec:decorative xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" val="1"/>
+                      </a:ext>
+                    </a:extLst>
+                  </pic:cNvPr>
                   <pic:cNvPicPr/>
                 </pic:nvPicPr>
                 <pic:blipFill>
                   <a:blip r:embed="rId1">
                     <a:extLst>
-                      <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
-                        <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+                      <a:ext uri="{96DAC541-7B7A-43D3-8B79-37D633B846F1}">
+                        <asvg:svgBlip xmlns:asvg="http://schemas.microsoft.com/office/drawing/2016/SVG/main" r:embed="rId2"/>
                       </a:ext>
                     </a:extLst>
                   </a:blip>
                   <a:stretch>
                     <a:fillRect/>
                   </a:stretch>
                 </pic:blipFill>
                 <pic:spPr>
                   <a:xfrm>
                     <a:off x="0" y="0"/>
-                    <a:ext cx="1897920" cy="384860"/>
-[...65 lines deleted...]
-                    <a:ext cx="1897920" cy="384860"/>
+                    <a:ext cx="1953671" cy="348178"/>
                   </a:xfrm>
                   <a:prstGeom prst="rect">
                     <a:avLst/>
                   </a:prstGeom>
                 </pic:spPr>
               </pic:pic>
             </a:graphicData>
           </a:graphic>
           <wp14:sizeRelH relativeFrom="margin">
             <wp14:pctWidth>0</wp14:pctWidth>
           </wp14:sizeRelH>
           <wp14:sizeRelV relativeFrom="margin">
             <wp14:pctHeight>0</wp14:pctHeight>
           </wp14:sizeRelV>
         </wp:anchor>
       </w:drawing>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="108A01CE" w14:textId="77777777" w:rsidR="00E700A6" w:rsidRDefault="00E700A6"/>
+    <w:p w14:paraId="36140322" w14:textId="77777777" w:rsidR="00FF3558" w:rsidRDefault="00FF3558"/>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="0E7A3B35" w14:textId="77777777" w:rsidR="00E700A6" w:rsidRDefault="00E700A6">
+    <w:p w14:paraId="0F33DF5C" w14:textId="77777777" w:rsidR="00FF3558" w:rsidRDefault="00FF3558">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationNotice" w:id="1">
-    <w:p w14:paraId="225E107C" w14:textId="77777777" w:rsidR="00E700A6" w:rsidRDefault="00E700A6">
+    <w:p w14:paraId="01FD44EA" w14:textId="77777777" w:rsidR="00FF3558" w:rsidRDefault="00FF3558">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
-  <w:p w14:paraId="68F18EE5" w14:textId="180D7C7C" w:rsidR="00294791" w:rsidRPr="00DA65C4" w:rsidRDefault="00DA65C4" w:rsidP="00DA65C4">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="68F18EE5" w14:textId="39C06E14" w:rsidR="00294791" w:rsidRPr="00DA65C4" w:rsidRDefault="00DA65C4" w:rsidP="00DA65C4">
     <w:pPr>
       <w:pStyle w:val="Sidhuvud"/>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:noProof/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
       <mc:AlternateContent>
         <mc:Choice Requires="wps">
           <w:drawing>
-            <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658241" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="264BC60A" wp14:editId="6A9BB12A">
+            <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251672577" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="264BC60A" wp14:editId="43F94021">
               <wp:simplePos x="0" y="0"/>
               <wp:positionH relativeFrom="column">
                 <wp:posOffset>0</wp:posOffset>
               </wp:positionH>
               <wp:positionV relativeFrom="paragraph">
                 <wp:posOffset>-635</wp:posOffset>
               </wp:positionV>
               <wp:extent cx="4667250" cy="323850"/>
               <wp:effectExtent l="0" t="0" r="0" b="0"/>
               <wp:wrapNone/>
               <wp:docPr id="10" name="Textruta 10"/>
               <wp:cNvGraphicFramePr/>
               <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                 <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                   <wps:wsp>
                     <wps:cNvSpPr txBox="1"/>
                     <wps:spPr>
                       <a:xfrm>
                         <a:off x="0" y="0"/>
                         <a:ext cx="4667250" cy="323850"/>
                       </a:xfrm>
                       <a:prstGeom prst="rect">
                         <a:avLst/>
                       </a:prstGeom>
                       <a:noFill/>
@@ -12303,291 +11456,212 @@
                           </w:r>
                         </w:p>
                       </w:txbxContent>
                     </wps:txbx>
                     <wps:bodyPr rot="0" spcFirstLastPara="0" vertOverflow="overflow" horzOverflow="overflow" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" numCol="1" spcCol="0" rtlCol="0" fromWordArt="0" anchor="t" anchorCtr="0" forceAA="0" compatLnSpc="1">
                       <a:prstTxWarp prst="textNoShape">
                         <a:avLst/>
                       </a:prstTxWarp>
                       <a:noAutofit/>
                     </wps:bodyPr>
                   </wps:wsp>
                 </a:graphicData>
               </a:graphic>
               <wp14:sizeRelH relativeFrom="margin">
                 <wp14:pctWidth>0</wp14:pctWidth>
               </wp14:sizeRelH>
             </wp:anchor>
           </w:drawing>
         </mc:Choice>
         <mc:Fallback>
           <w:pict>
             <v:shapetype w14:anchorId="264BC60A" id="_x0000_t202" coordsize="21600,21600" o:spt="202" path="m,l,21600r21600,l21600,xe">
               <v:stroke joinstyle="miter"/>
               <v:path gradientshapeok="t" o:connecttype="rect"/>
             </v:shapetype>
-            <v:shape id="Textruta 10" o:spid="_x0000_s1036" type="#_x0000_t202" style="position:absolute;left:0;text-align:left;margin-left:0;margin-top:-.05pt;width:367.5pt;height:25.5pt;z-index:251658241;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-width-relative:margin;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQCzkv6OFQIAACwEAAAOAAAAZHJzL2Uyb0RvYy54bWysU01v2zAMvQ/YfxB0X5yvpp0Rp8haZBgQ&#10;tAXSoWdFlmIDkqhJSuzs14+SnY91Ow27yKRIP5LvUfP7VityEM7XYAo6GgwpEYZDWZtdQb+/rj7d&#10;UeIDMyVTYERBj8LT+8XHD/PG5mIMFahSOIIgxueNLWgVgs2zzPNKaOYHYIXBoASnWUDX7bLSsQbR&#10;tcrGw+Esa8CV1gEX3uPtYxeki4QvpeDhWUovAlEFxd5COl06t/HMFnOW7xyzVc37Ntg/dKFZbbDo&#10;GeqRBUb2rv4DStfcgQcZBhx0BlLWXKQZcJrR8N00m4pZkWZBcrw90+T/Hyx/OmzsiyOh/QItChgJ&#10;aazPPV7GeVrpdPxipwTjSOHxTJtoA+F4OZ3Nbsc3GOIYm4wnd2gjTHb52zofvgrQJBoFdShLYosd&#10;1j50qaeUWMzAqlYqSaMMaQo6myDkbxEEVwZrXHqNVmi3bT/AFsojzuWgk9xbvqqx+Jr58MIcaoz9&#10;4t6GZzykAiwCvUVJBe7n3+5jPlKPUUoa3JmC+h975gQl6ptBUT6PptO4ZMmZ3tyO0XHXke11xOz1&#10;A+BajvCFWJ7MmB/UyZQO9Buu9zJWxRAzHGsXNJzMh9BtMj4PLpbLlIRrZVlYm43lETqSFql9bd+Y&#10;sz3/AZV7gtN2sfydDF1uR/dyH0DWSaNIcMdqzzuuZFK5fz5x56/9lHV55ItfAAAA//8DAFBLAwQU&#10;AAYACAAAACEAJkWNkN0AAAAFAQAADwAAAGRycy9kb3ducmV2LnhtbEyPQU/CQBSE7yb+h80z8QZb&#10;MFUofSWkCTExegC5eNt2l7Zx923tLlD99T5PeJzMZOabfD06K85mCJ0nhNk0AWGo9rqjBuHwvp0s&#10;QISoSCvrySB8mwDr4vYmV5n2F9qZ8z42gksoZAqhjbHPpAx1a5wKU98bYu/oB6ciy6GRelAXLndW&#10;zpPkUTrVES+0qjdla+rP/ckhvJTbN7Wr5m7xY8vn1+Om/zp8pIj3d+NmBSKaMV7D8IfP6FAwU+VP&#10;pIOwCHwkIkxmINh8ekhZVwhpsgRZ5PI/ffELAAD//wMAUEsBAi0AFAAGAAgAAAAhALaDOJL+AAAA&#10;4QEAABMAAAAAAAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEA&#10;OP0h/9YAAACUAQAACwAAAAAAAAAAAAAAAAAvAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEA&#10;s5L+jhUCAAAsBAAADgAAAAAAAAAAAAAAAAAuAgAAZHJzL2Uyb0RvYy54bWxQSwECLQAUAAYACAAA&#10;ACEAJkWNkN0AAAAFAQAADwAAAAAAAAAAAAAAAABvBAAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAAE&#10;AAQA8wAAAHkFAAAAAA==&#10;" filled="f" stroked="f" strokeweight=".5pt">
+            <v:shape id="Textruta 10" o:spid="_x0000_s1041" type="#_x0000_t202" style="position:absolute;left:0;text-align:left;margin-left:0;margin-top:-.05pt;width:367.5pt;height:25.5pt;z-index:251672577;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-width-relative:margin;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQCzkv6OFQIAACwEAAAOAAAAZHJzL2Uyb0RvYy54bWysU01v2zAMvQ/YfxB0X5yvpp0Rp8haZBgQ&#10;tAXSoWdFlmIDkqhJSuzs14+SnY91Ow27yKRIP5LvUfP7VityEM7XYAo6GgwpEYZDWZtdQb+/rj7d&#10;UeIDMyVTYERBj8LT+8XHD/PG5mIMFahSOIIgxueNLWgVgs2zzPNKaOYHYIXBoASnWUDX7bLSsQbR&#10;tcrGw+Esa8CV1gEX3uPtYxeki4QvpeDhWUovAlEFxd5COl06t/HMFnOW7xyzVc37Ntg/dKFZbbDo&#10;GeqRBUb2rv4DStfcgQcZBhx0BlLWXKQZcJrR8N00m4pZkWZBcrw90+T/Hyx/OmzsiyOh/QItChgJ&#10;aazPPV7GeVrpdPxipwTjSOHxTJtoA+F4OZ3Nbsc3GOIYm4wnd2gjTHb52zofvgrQJBoFdShLYosd&#10;1j50qaeUWMzAqlYqSaMMaQo6myDkbxEEVwZrXHqNVmi3bT/AFsojzuWgk9xbvqqx+Jr58MIcaoz9&#10;4t6GZzykAiwCvUVJBe7n3+5jPlKPUUoa3JmC+h975gQl6ptBUT6PptO4ZMmZ3tyO0XHXke11xOz1&#10;A+BajvCFWJ7MmB/UyZQO9Buu9zJWxRAzHGsXNJzMh9BtMj4PLpbLlIRrZVlYm43lETqSFql9bd+Y&#10;sz3/AZV7gtN2sfydDF1uR/dyH0DWSaNIcMdqzzuuZFK5fz5x56/9lHV55ItfAAAA//8DAFBLAwQU&#10;AAYACAAAACEAJkWNkN0AAAAFAQAADwAAAGRycy9kb3ducmV2LnhtbEyPQU/CQBSE7yb+h80z8QZb&#10;MFUofSWkCTExegC5eNt2l7Zx923tLlD99T5PeJzMZOabfD06K85mCJ0nhNk0AWGo9rqjBuHwvp0s&#10;QISoSCvrySB8mwDr4vYmV5n2F9qZ8z42gksoZAqhjbHPpAx1a5wKU98bYu/oB6ciy6GRelAXLndW&#10;zpPkUTrVES+0qjdla+rP/ckhvJTbN7Wr5m7xY8vn1+Om/zp8pIj3d+NmBSKaMV7D8IfP6FAwU+VP&#10;pIOwCHwkIkxmINh8ekhZVwhpsgRZ5PI/ffELAAD//wMAUEsBAi0AFAAGAAgAAAAhALaDOJL+AAAA&#10;4QEAABMAAAAAAAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEA&#10;OP0h/9YAAACUAQAACwAAAAAAAAAAAAAAAAAvAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEA&#10;s5L+jhUCAAAsBAAADgAAAAAAAAAAAAAAAAAuAgAAZHJzL2Uyb0RvYy54bWxQSwECLQAUAAYACAAA&#10;ACEAJkWNkN0AAAAFAQAADwAAAAAAAAAAAAAAAABvBAAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAAE&#10;AAQA8wAAAHkFAAAAAA==&#10;" filled="f" stroked="f" strokeweight=".5pt">
               <v:textbox>
                 <w:txbxContent>
                   <w:p w14:paraId="70464969" w14:textId="1B285E8B" w:rsidR="00DA65C4" w:rsidRDefault="00DA65C4" w:rsidP="00DA65C4">
                     <w:pPr>
                       <w:ind w:left="0"/>
                     </w:pPr>
                     <w:r w:rsidRPr="00762EE0">
                       <w:rPr>
                         <w:sz w:val="20"/>
                         <w:szCs w:val="20"/>
                       </w:rPr>
                       <w:t>OBS! Utskriven version kan vara ogiltig. Verifiera innehållet</w:t>
                     </w:r>
                     <w:r w:rsidR="00367D19">
                       <w:rPr>
                         <w:sz w:val="20"/>
                         <w:szCs w:val="20"/>
                       </w:rPr>
                       <w:t>.</w:t>
                     </w:r>
                   </w:p>
                 </w:txbxContent>
               </v:textbox>
             </v:shape>
           </w:pict>
         </mc:Fallback>
       </mc:AlternateContent>
     </w:r>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/header2.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
-  <w:p w14:paraId="59B998E5" w14:textId="18508D43" w:rsidR="00CE15F7" w:rsidRDefault="00CE15F7">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="058CDD4D" w14:textId="448A65ED" w:rsidR="008A4EB9" w:rsidRDefault="00413A60" w:rsidP="00413A60">
     <w:pPr>
       <w:pStyle w:val="Sidhuvud"/>
+      <w:ind w:left="0" w:right="567"/>
     </w:pPr>
-    <w:r w:rsidRPr="00CE15F7">
+    <w:r>
       <w:rPr>
         <w:noProof/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
       <mc:AlternateContent>
         <mc:Choice Requires="wps">
           <w:drawing>
-            <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658243" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="71FFE1FE" wp14:editId="7E991A17">
+            <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251670529" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="5B7982AB" wp14:editId="0C751635">
               <wp:simplePos x="0" y="0"/>
               <wp:positionH relativeFrom="column">
-                <wp:posOffset>27222</wp:posOffset>
+                <wp:posOffset>-172720</wp:posOffset>
               </wp:positionH>
               <wp:positionV relativeFrom="paragraph">
-                <wp:posOffset>-29210</wp:posOffset>
+                <wp:posOffset>-65405</wp:posOffset>
               </wp:positionV>
-              <wp:extent cx="4669155" cy="278130"/>
-              <wp:effectExtent l="0" t="0" r="0" b="7620"/>
+              <wp:extent cx="4669200" cy="2160000"/>
+              <wp:effectExtent l="0" t="0" r="0" b="0"/>
               <wp:wrapTopAndBottom/>
-              <wp:docPr id="8" name="Textruta 8"/>
+              <wp:docPr id="6" name="Textruta 6"/>
               <wp:cNvGraphicFramePr/>
               <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                 <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                   <wps:wsp>
                     <wps:cNvSpPr txBox="1"/>
                     <wps:spPr>
                       <a:xfrm>
                         <a:off x="0" y="0"/>
-                        <a:ext cx="4669155" cy="278130"/>
+                        <a:ext cx="4669200" cy="2160000"/>
                       </a:xfrm>
                       <a:prstGeom prst="rect">
                         <a:avLst/>
                       </a:prstGeom>
                       <a:noFill/>
                       <a:ln w="6350">
                         <a:noFill/>
                       </a:ln>
                     </wps:spPr>
                     <wps:txbx>
                       <w:txbxContent>
-                        <w:p w14:paraId="3885F168" w14:textId="77777777" w:rsidR="00CE15F7" w:rsidRDefault="00CE15F7" w:rsidP="00CE15F7">
+                        <w:p w14:paraId="72D45401" w14:textId="0A2CCBAA" w:rsidR="00413A60" w:rsidRDefault="00413A60">
                           <w:pPr>
                             <w:ind w:left="0"/>
                           </w:pPr>
                           <w:r w:rsidRPr="00762EE0">
                             <w:rPr>
                               <w:sz w:val="20"/>
                               <w:szCs w:val="20"/>
                             </w:rPr>
                             <w:t>OBS! Utskriven version kan vara ogiltig. Verifiera innehållet</w:t>
                           </w:r>
-                          <w:r>
+                          <w:r w:rsidR="00367D19">
                             <w:rPr>
                               <w:sz w:val="20"/>
                               <w:szCs w:val="20"/>
                             </w:rPr>
                             <w:t>.</w:t>
                           </w:r>
                         </w:p>
                       </w:txbxContent>
                     </wps:txbx>
                     <wps:bodyPr rot="0" spcFirstLastPara="0" vertOverflow="overflow" horzOverflow="overflow" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" numCol="1" spcCol="0" rtlCol="0" fromWordArt="0" anchor="t" anchorCtr="0" forceAA="0" compatLnSpc="1">
                       <a:prstTxWarp prst="textNoShape">
                         <a:avLst/>
                       </a:prstTxWarp>
                       <a:noAutofit/>
                     </wps:bodyPr>
                   </wps:wsp>
                 </a:graphicData>
               </a:graphic>
               <wp14:sizeRelH relativeFrom="margin">
                 <wp14:pctWidth>0</wp14:pctWidth>
               </wp14:sizeRelH>
               <wp14:sizeRelV relativeFrom="margin">
                 <wp14:pctHeight>0</wp14:pctHeight>
               </wp14:sizeRelV>
             </wp:anchor>
           </w:drawing>
         </mc:Choice>
         <mc:Fallback>
           <w:pict>
-            <v:shapetype w14:anchorId="71FFE1FE" id="_x0000_t202" coordsize="21600,21600" o:spt="202" path="m,l,21600r21600,l21600,xe">
+            <v:shapetype w14:anchorId="5B7982AB" id="_x0000_t202" coordsize="21600,21600" o:spt="202" path="m,l,21600r21600,l21600,xe">
               <v:stroke joinstyle="miter"/>
               <v:path gradientshapeok="t" o:connecttype="rect"/>
             </v:shapetype>
-            <v:shape id="Textruta 8" o:spid="_x0000_s1037" type="#_x0000_t202" style="position:absolute;left:0;text-align:left;margin-left:2.15pt;margin-top:-2.3pt;width:367.65pt;height:21.9pt;z-index:251661313;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:margin;mso-height-relative:margin;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQAPnVbOGgIAADMEAAAOAAAAZHJzL2Uyb0RvYy54bWysU01vGyEQvVfqf0Dc6/U6tpOsvI7cRK4q&#10;WUkkp8oZs+BFYhkK2Lvur+/A+ktpT1UvMDDDfLz3mD10jSZ74bwCU9J8MKREGA6VMtuS/nhbfrmj&#10;xAdmKqbBiJIehKcP88+fZq0txAhq0JVwBJMYX7S2pHUItsgyz2vRMD8AKww6JbiGBTy6bVY51mL2&#10;Rmej4XCateAq64AL7/H2qXfSecovpeDhRUovAtElxd5CWl1aN3HN5jNWbB2zteLHNtg/dNEwZbDo&#10;OdUTC4zsnPojVaO4Aw8yDDg0GUipuEgz4DT58MM065pZkWZBcLw9w+T/X1r+vF/bV0dC9xU6JDAC&#10;0lpfeLyM83TSNXHHTgn6EcLDGTbRBcLxcjyd3ueTCSUcfaPbu/wm4ZpdXlvnwzcBDYlGSR3SktBi&#10;+5UPWBFDTyGxmIGl0jpRow1pSzq9mQzTg7MHX2iDDy+9Rit0m46o6mqODVQHHM9Bz7y3fKmwhxXz&#10;4ZU5pBonQvmGF1ykBqwFR4uSGtyvv93HeGQAvZS0KJ2S+p875gQl+rtBbu7z8ThqLR3Gk9sRHty1&#10;Z3PtMbvmEVCdOX4Uy5MZ44M+mdJB844qX8Sq6GKGY+2ShpP5GHpB4y/hYrFIQaguy8LKrC2PqSOq&#10;EeG37p05e6QhIIHPcBIZKz6w0cf2fCx2AaRKVEWce1SP8KMyE4PHXxSlf31OUZe/Pv8NAAD//wMA&#10;UEsDBBQABgAIAAAAIQCBTRqw3wAAAAcBAAAPAAAAZHJzL2Rvd25yZXYueG1sTI5BT8JAFITvJv6H&#10;zTPxBltbRKjdEtKEmBg9gFy8vXYfbWP3be0uUPn1Lie9zWQmM1+2Gk0nTjS41rKCh2kEgriyuuVa&#10;wf5jM1mAcB5ZY2eZFPyQg1V+e5Nhqu2Zt3Ta+VqEEXYpKmi871MpXdWQQTe1PXHIDnYw6IMdaqkH&#10;PIdx08k4iubSYMvhocGeioaqr93RKHgtNu+4LWOzuHTFy9th3X/vPx+Vur8b188gPI3+rwxX/IAO&#10;eWAq7ZG1E52CWRKKCiazOYgQPyXLIEoFyTIGmWfyP3/+CwAA//8DAFBLAQItABQABgAIAAAAIQC2&#10;gziS/gAAAOEBAAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAG&#10;AAgAAAAhADj9If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAALwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAG&#10;AAgAAAAhAA+dVs4aAgAAMwQAAA4AAAAAAAAAAAAAAAAALgIAAGRycy9lMm9Eb2MueG1sUEsBAi0A&#10;FAAGAAgAAAAhAIFNGrDfAAAABwEAAA8AAAAAAAAAAAAAAAAAdAQAAGRycy9kb3ducmV2LnhtbFBL&#10;BQYAAAAABAAEAPMAAACABQAAAAA=&#10;" filled="f" stroked="f" strokeweight=".5pt">
+            <v:shape id="Textruta 6" o:spid="_x0000_s1042" type="#_x0000_t202" style="position:absolute;margin-left:-13.6pt;margin-top:-5.15pt;width:367.65pt;height:170.1pt;z-index:251670529;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:margin;mso-height-relative:margin;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQAHTpHSGQIAADQEAAAOAAAAZHJzL2Uyb0RvYy54bWysU11v2yAUfZ+0/4B4X+xkadZacaqsVaZJ&#10;UVspnfpMMMSWgMuAxM5+/S7Y+VC3p2l+wBfu5X6cc5jfd1qRg3C+AVPS8SinRBgOVWN2Jf3xuvp0&#10;S4kPzFRMgRElPQpP7xcfP8xbW4gJ1KAq4QgmMb5obUnrEGyRZZ7XQjM/AisMOiU4zQJu3S6rHGsx&#10;u1bZJM9nWQuusg648B5PH3snXaT8UgoenqX0IhBVUuwtpNWldRvXbDFnxc4xWzd8aIP9QxeaNQaL&#10;nlM9ssDI3jV/pNINd+BBhhEHnYGUDRdpBpxmnL+bZlMzK9IsCI63Z5j8/0vLnw4b++JI6L5ChwRG&#10;QFrrC4+HcZ5OOh3/2ClBP0J4PMMmukA4Hk5nszvkghKOvsl4luMX82SX69b58E2AJtEoqUNeElzs&#10;sPahDz2FxGoGVo1SiRtlSFvS2eebPF04ezC5Mljj0my0QrftSFNdDbKF6ojzOeip95avGuxhzXx4&#10;YQ65xr5Rv+EZF6kAa8FgUVKD+/W38xiPFKCXkha1U1L/c8+coER9N0jO3Xg6jWJLm+nNlwlu3LVn&#10;e+0xe/0AKM8xvhTLkxnjgzqZ0oF+Q5kvY1V0McOxdknDyXwIvaLxmXCxXKYglJdlYW02lsfUEdWI&#10;8Gv3xpwdaAjI4BOcVMaKd2z0sT0fy30A2SSqIs49qgP8KM1E9vCMovav9ynq8tgXvwEAAP//AwBQ&#10;SwMEFAAGAAgAAAAhAHdeiV3jAAAACwEAAA8AAABkcnMvZG93bnJldi54bWxMj8FOwzAMhu9IvENk&#10;JG5b0kywrjSdpkoTEoLDxi7c0sZrK5qkNNlWeHrMadxs+dPv78/Xk+3ZGcfQeacgmQtg6GpvOtco&#10;OLxvZymwELUzuvcOFXxjgHVxe5PrzPiL2+F5HxtGIS5kWkEb45BxHuoWrQ5zP6Cj29GPVkdax4ab&#10;UV8o3PZcCvHIre4cfWj1gGWL9ef+ZBW8lNs3vaukTX/68vn1uBm+Dh8PSt3fTZsnYBGneIXhT5/U&#10;oSCnyp+cCaxXMJNLSSgNiVgAI2Ip0gRYpWAhVyvgRc7/dyh+AQAA//8DAFBLAQItABQABgAIAAAA&#10;IQC2gziS/gAAAOEBAAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0A&#10;FAAGAAgAAAAhADj9If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAALwEAAF9yZWxzLy5yZWxzUEsBAi0A&#10;FAAGAAgAAAAhAAdOkdIZAgAANAQAAA4AAAAAAAAAAAAAAAAALgIAAGRycy9lMm9Eb2MueG1sUEsB&#10;Ai0AFAAGAAgAAAAhAHdeiV3jAAAACwEAAA8AAAAAAAAAAAAAAAAAcwQAAGRycy9kb3ducmV2Lnht&#10;bFBLBQYAAAAABAAEAPMAAACDBQAAAAA=&#10;" filled="f" stroked="f" strokeweight=".5pt">
               <v:textbox>
                 <w:txbxContent>
-                  <w:p w14:paraId="3885F168" w14:textId="77777777" w:rsidR="00CE15F7" w:rsidRDefault="00CE15F7" w:rsidP="00CE15F7">
+                  <w:p w14:paraId="72D45401" w14:textId="0A2CCBAA" w:rsidR="00413A60" w:rsidRDefault="00413A60">
                     <w:pPr>
                       <w:ind w:left="0"/>
                     </w:pPr>
                     <w:r w:rsidRPr="00762EE0">
                       <w:rPr>
                         <w:sz w:val="20"/>
                         <w:szCs w:val="20"/>
                       </w:rPr>
                       <w:t>OBS! Utskriven version kan vara ogiltig. Verifiera innehållet</w:t>
                     </w:r>
-                    <w:r>
+                    <w:r w:rsidR="00367D19">
                       <w:rPr>
                         <w:sz w:val="20"/>
                         <w:szCs w:val="20"/>
                       </w:rPr>
                       <w:t>.</w:t>
                     </w:r>
                   </w:p>
                 </w:txbxContent>
               </v:textbox>
               <w10:wrap type="topAndBottom"/>
             </v:shape>
           </w:pict>
         </mc:Fallback>
       </mc:AlternateContent>
     </w:r>
-    <w:r w:rsidRPr="00CE15F7">
-[...78 lines deleted...]
-    </w:r>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="FFFFFF1D"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="FBCC56FC"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="0"/>
         </w:tabs>
         <w:ind w:left="0" w:firstLine="0"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
@@ -13471,163 +12545,50 @@
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6752" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="7472" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="9" w15:restartNumberingAfterBreak="0">
-    <w:nsid w:val="2CCE274B"/>
-[...111 lines deleted...]
-  <w:abstractNum w:abstractNumId="10" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="38A42FB9"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="09EA9066"/>
     <w:lvl w:ilvl="0" w:tplc="041D0001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -13723,51 +12684,51 @@
         <w:tabs>
           <w:tab w:val="num" w:pos="5760"/>
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="11" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="10" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="3B474E09"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="DDF0BC38"/>
     <w:lvl w:ilvl="0" w:tplc="34668BAA">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:pStyle w:val="Punktlista"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1077" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1797" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
@@ -13837,51 +12798,51 @@
     <w:lvl w:ilvl="7" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6117" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6837" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="12" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="11" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="40C928FF"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="0AE0B72A"/>
     <w:lvl w:ilvl="0" w:tplc="041D0001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1712" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2432" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
@@ -13950,51 +12911,51 @@
     <w:lvl w:ilvl="7" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6752" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="7472" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="13" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="12" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="42196C05"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="741857FC"/>
     <w:lvl w:ilvl="0" w:tplc="71B6B2F8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
         <w:color w:val="auto"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
@@ -14091,164 +13052,51 @@
         <w:tabs>
           <w:tab w:val="num" w:pos="5760"/>
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="14" w15:restartNumberingAfterBreak="0">
-[...112 lines deleted...]
-  <w:abstractNum w:abstractNumId="15" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="13" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="51AB58F1"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="97200AA0"/>
     <w:lvl w:ilvl="0" w:tplc="041D0001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1712" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2432" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
@@ -14317,51 +13165,51 @@
     <w:lvl w:ilvl="7" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6752" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="7472" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="16" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="14" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="54340635"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="1B6660C0"/>
     <w:lvl w:ilvl="0" w:tplc="05061E3A">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:pStyle w:val="Liststycke"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="717" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
@@ -14431,51 +13279,51 @@
     <w:lvl w:ilvl="7" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="7200" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="17" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="15" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="575E01E6"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="E154E454"/>
     <w:lvl w:ilvl="0" w:tplc="041D0001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
@@ -14544,164 +13392,51 @@
     <w:lvl w:ilvl="7" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="18" w15:restartNumberingAfterBreak="0">
-[...112 lines deleted...]
-  <w:abstractNum w:abstractNumId="19" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="16" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="706B1852"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="4FB2CAB0"/>
     <w:lvl w:ilvl="0" w:tplc="041D0001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier" w:hAnsi="Courier" w:hint="default"/>
@@ -14770,163 +13505,51 @@
     <w:lvl w:ilvl="7" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier" w:hAnsi="Courier" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="20" w15:restartNumberingAfterBreak="0">
-[...111 lines deleted...]
-  <w:abstractNum w:abstractNumId="21" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="17" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="7C077AA9"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="DDC0C0DE"/>
     <w:lvl w:ilvl="0" w:tplc="041D0001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1712" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2432" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
@@ -14995,51 +13618,51 @@
     <w:lvl w:ilvl="7" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6752" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="7472" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="22" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="18" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="7EA41BCB"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="CAEC6EFE"/>
     <w:lvl w:ilvl="0" w:tplc="041D0001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
@@ -15108,1224 +13731,673 @@
     <w:lvl w:ilvl="7" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:num w:numId="1" w16cid:durableId="1584678850">
-    <w:abstractNumId w:val="22"/>
+  <w:num w:numId="1" w16cid:durableId="1909921896">
+    <w:abstractNumId w:val="18"/>
   </w:num>
-  <w:num w:numId="2" w16cid:durableId="644505337">
+  <w:num w:numId="2" w16cid:durableId="1367871050">
+    <w:abstractNumId w:val="15"/>
+  </w:num>
+  <w:num w:numId="3" w16cid:durableId="164058872">
+    <w:abstractNumId w:val="0"/>
+  </w:num>
+  <w:num w:numId="4" w16cid:durableId="861477783">
+    <w:abstractNumId w:val="7"/>
+  </w:num>
+  <w:num w:numId="5" w16cid:durableId="1280868239">
+    <w:abstractNumId w:val="16"/>
+  </w:num>
+  <w:num w:numId="6" w16cid:durableId="444931515">
+    <w:abstractNumId w:val="2"/>
+  </w:num>
+  <w:num w:numId="7" w16cid:durableId="739910959">
+    <w:abstractNumId w:val="12"/>
+  </w:num>
+  <w:num w:numId="8" w16cid:durableId="391579451">
+    <w:abstractNumId w:val="9"/>
+  </w:num>
+  <w:num w:numId="9" w16cid:durableId="1296368398">
+    <w:abstractNumId w:val="1"/>
+  </w:num>
+  <w:num w:numId="10" w16cid:durableId="689646344">
+    <w:abstractNumId w:val="1"/>
+  </w:num>
+  <w:num w:numId="11" w16cid:durableId="1979215945">
+    <w:abstractNumId w:val="3"/>
+  </w:num>
+  <w:num w:numId="12" w16cid:durableId="830874331">
+    <w:abstractNumId w:val="5"/>
+  </w:num>
+  <w:num w:numId="13" w16cid:durableId="57095060">
+    <w:abstractNumId w:val="14"/>
+  </w:num>
+  <w:num w:numId="14" w16cid:durableId="36130748">
+    <w:abstractNumId w:val="10"/>
+  </w:num>
+  <w:num w:numId="15" w16cid:durableId="560679449">
+    <w:abstractNumId w:val="8"/>
+  </w:num>
+  <w:num w:numId="16" w16cid:durableId="1420566503">
+    <w:abstractNumId w:val="13"/>
+  </w:num>
+  <w:num w:numId="17" w16cid:durableId="256527698">
+    <w:abstractNumId w:val="6"/>
+  </w:num>
+  <w:num w:numId="18" w16cid:durableId="1090539201">
+    <w:abstractNumId w:val="11"/>
+  </w:num>
+  <w:num w:numId="19" w16cid:durableId="1846439597">
     <w:abstractNumId w:val="17"/>
   </w:num>
-  <w:num w:numId="3" w16cid:durableId="999893104">
-    <w:abstractNumId w:val="0"/>
+  <w:num w:numId="20" w16cid:durableId="2132741854">
+    <w:abstractNumId w:val="4"/>
   </w:num>
-  <w:num w:numId="4" w16cid:durableId="427503805">
-    <w:abstractNumId w:val="7"/>
+  <w:num w:numId="21" w16cid:durableId="1091126671">
+    <w:abstractNumId w:val="4"/>
   </w:num>
-  <w:num w:numId="5" w16cid:durableId="1908497170">
-    <w:abstractNumId w:val="19"/>
+  <w:num w:numId="22" w16cid:durableId="753354029">
+    <w:abstractNumId w:val="4"/>
   </w:num>
-  <w:num w:numId="6" w16cid:durableId="188296774">
-    <w:abstractNumId w:val="2"/>
+  <w:num w:numId="23" w16cid:durableId="870604154">
+    <w:abstractNumId w:val="4"/>
   </w:num>
-  <w:num w:numId="7" w16cid:durableId="1801024373">
-    <w:abstractNumId w:val="13"/>
+  <w:num w:numId="24" w16cid:durableId="143089724">
+    <w:abstractNumId w:val="4"/>
   </w:num>
-  <w:num w:numId="8" w16cid:durableId="399212083">
-    <w:abstractNumId w:val="10"/>
+  <w:num w:numId="25" w16cid:durableId="1798790868">
+    <w:abstractNumId w:val="4"/>
   </w:num>
-  <w:num w:numId="9" w16cid:durableId="1112625691">
-[...44 lines deleted...]
-  <w:num w:numId="24" w16cid:durableId="2132741854">
+  <w:num w:numId="26" w16cid:durableId="1724598555">
     <w:abstractNumId w:val="4"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
-  <w:zoom w:percent="100"/>
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
+  <w:zoom w:percent="120"/>
   <w:removePersonalInformation/>
   <w:removeDateAndTime/>
-  <w:proofState w:spelling="clean" w:grammar="clean"/>
+  <w:embedSystemFonts/>
+  <w:proofState w:spelling="clean"/>
   <w:stylePaneFormatFilter w:val="D804" w:allStyles="0" w:customStyles="0" w:latentStyles="1" w:stylesInUse="0" w:headingStyles="0" w:numberingStyles="0" w:tableStyles="0" w:directFormattingOnRuns="0" w:directFormattingOnParagraphs="0" w:directFormattingOnNumbering="0" w:directFormattingOnTables="1" w:clearFormatting="1" w:top3HeadingStyles="0" w:visibleStyles="1" w:alternateStyleNames="1"/>
   <w:documentProtection w:formatting="1" w:enforcement="0"/>
   <w:styleLockTheme/>
   <w:styleLockQFSet/>
   <w:defaultTabStop w:val="1304"/>
   <w:hyphenationZone w:val="425"/>
+  <w:displayHorizontalDrawingGridEvery w:val="0"/>
+  <w:displayVerticalDrawingGridEvery w:val="0"/>
+  <w:doNotUseMarginsForDrawingGridOrigin/>
+  <w:noPunctuationKerning/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050" strokecolor="#4a773c">
       <v:stroke color="#4a773c" weight="1pt"/>
       <v:shadow opacity="24903f" origin=",.5" offset="0,.55556mm"/>
+      <o:colormru v:ext="edit" colors="#4a773c"/>
     </o:shapedefaults>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
     <w:footnote w:id="1"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
     <w:endnote w:id="1"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00B75EDE"/>
-    <w:rsid w:val="00003B78"/>
     <w:rsid w:val="000051D5"/>
-    <w:rsid w:val="000068E2"/>
     <w:rsid w:val="00006D2A"/>
-    <w:rsid w:val="00010593"/>
     <w:rsid w:val="00010D47"/>
-    <w:rsid w:val="00016686"/>
     <w:rsid w:val="00016CF0"/>
-    <w:rsid w:val="00021DFD"/>
-[...2 lines deleted...]
-    <w:rsid w:val="000266F5"/>
     <w:rsid w:val="00030DDD"/>
     <w:rsid w:val="000313BB"/>
     <w:rsid w:val="00033ED5"/>
-    <w:rsid w:val="000346CB"/>
-[...4 lines deleted...]
-    <w:rsid w:val="00042F70"/>
     <w:rsid w:val="00050500"/>
-    <w:rsid w:val="00052E90"/>
-    <w:rsid w:val="00055D52"/>
     <w:rsid w:val="0005691C"/>
     <w:rsid w:val="00056ECB"/>
     <w:rsid w:val="00056ED5"/>
-    <w:rsid w:val="00061B24"/>
-[...1 lines deleted...]
-    <w:rsid w:val="00064A90"/>
+    <w:rsid w:val="00061969"/>
     <w:rsid w:val="000655CC"/>
-    <w:rsid w:val="00067468"/>
     <w:rsid w:val="000700AE"/>
-    <w:rsid w:val="00070DEF"/>
-[...3 lines deleted...]
-    <w:rsid w:val="00077D0C"/>
     <w:rsid w:val="00084024"/>
     <w:rsid w:val="0009062C"/>
-    <w:rsid w:val="00091731"/>
     <w:rsid w:val="00095368"/>
     <w:rsid w:val="000954C4"/>
-    <w:rsid w:val="000965FC"/>
-[...1 lines deleted...]
-    <w:rsid w:val="000A4C35"/>
     <w:rsid w:val="000A611A"/>
-    <w:rsid w:val="000A796C"/>
-    <w:rsid w:val="000B0EF6"/>
     <w:rsid w:val="000B12D9"/>
     <w:rsid w:val="000B4536"/>
-    <w:rsid w:val="000B48D3"/>
-[...1 lines deleted...]
-    <w:rsid w:val="000B72E9"/>
     <w:rsid w:val="000B7715"/>
-    <w:rsid w:val="000C767D"/>
-[...5 lines deleted...]
-    <w:rsid w:val="000E41A6"/>
     <w:rsid w:val="000E463B"/>
     <w:rsid w:val="000E5A7E"/>
-    <w:rsid w:val="000E703C"/>
     <w:rsid w:val="000F43A3"/>
     <w:rsid w:val="000F7681"/>
-    <w:rsid w:val="00100649"/>
-    <w:rsid w:val="00102F29"/>
     <w:rsid w:val="00103031"/>
-    <w:rsid w:val="00103F8A"/>
     <w:rsid w:val="001044FE"/>
-    <w:rsid w:val="00105BFF"/>
-[...1 lines deleted...]
-    <w:rsid w:val="001109BB"/>
+    <w:rsid w:val="001108C0"/>
+    <w:rsid w:val="00111CB2"/>
     <w:rsid w:val="001139D4"/>
-    <w:rsid w:val="001168AD"/>
-[...4 lines deleted...]
-    <w:rsid w:val="00131631"/>
     <w:rsid w:val="00131B08"/>
     <w:rsid w:val="00132A59"/>
     <w:rsid w:val="00133337"/>
     <w:rsid w:val="00133A0F"/>
     <w:rsid w:val="0013580F"/>
-    <w:rsid w:val="001364C6"/>
     <w:rsid w:val="00137B6D"/>
     <w:rsid w:val="0014070B"/>
     <w:rsid w:val="001422C1"/>
-    <w:rsid w:val="00145406"/>
     <w:rsid w:val="001522AE"/>
-    <w:rsid w:val="001560EE"/>
     <w:rsid w:val="00157D5B"/>
-    <w:rsid w:val="00161FAF"/>
     <w:rsid w:val="00161FE6"/>
-    <w:rsid w:val="001622D3"/>
-[...1 lines deleted...]
-    <w:rsid w:val="001647EA"/>
     <w:rsid w:val="00164C3D"/>
     <w:rsid w:val="00166D3A"/>
-    <w:rsid w:val="001706C1"/>
-[...3 lines deleted...]
-    <w:rsid w:val="001813DE"/>
+    <w:rsid w:val="0017508E"/>
     <w:rsid w:val="00181FDC"/>
+    <w:rsid w:val="00184167"/>
     <w:rsid w:val="001860B9"/>
     <w:rsid w:val="00186F2B"/>
     <w:rsid w:val="001874D6"/>
-    <w:rsid w:val="00187ABE"/>
     <w:rsid w:val="0019632A"/>
-    <w:rsid w:val="001A0B69"/>
-[...1 lines deleted...]
-    <w:rsid w:val="001A1C94"/>
     <w:rsid w:val="001A4E7C"/>
-    <w:rsid w:val="001A5880"/>
-[...2 lines deleted...]
-    <w:rsid w:val="001B3EAC"/>
     <w:rsid w:val="001B762C"/>
-    <w:rsid w:val="001C00FA"/>
-[...1 lines deleted...]
-    <w:rsid w:val="001C4B26"/>
     <w:rsid w:val="001C4D0A"/>
     <w:rsid w:val="001C5FEF"/>
-    <w:rsid w:val="001C72FD"/>
-[...11 lines deleted...]
-    <w:rsid w:val="00205F36"/>
+    <w:rsid w:val="001E3789"/>
     <w:rsid w:val="00211487"/>
     <w:rsid w:val="00211D91"/>
-    <w:rsid w:val="002120B2"/>
-    <w:rsid w:val="0021616E"/>
     <w:rsid w:val="00217DEC"/>
-    <w:rsid w:val="002217EF"/>
-[...2 lines deleted...]
-    <w:rsid w:val="00233F22"/>
     <w:rsid w:val="00235B57"/>
-    <w:rsid w:val="00240EA7"/>
-[...1 lines deleted...]
-    <w:rsid w:val="002451F3"/>
     <w:rsid w:val="00250F24"/>
     <w:rsid w:val="002523C5"/>
     <w:rsid w:val="0025380B"/>
-    <w:rsid w:val="00253F75"/>
     <w:rsid w:val="0025703A"/>
-    <w:rsid w:val="002579B3"/>
-[...1 lines deleted...]
-    <w:rsid w:val="002629F9"/>
     <w:rsid w:val="00262F3D"/>
     <w:rsid w:val="00263281"/>
     <w:rsid w:val="002651D6"/>
     <w:rsid w:val="0026551F"/>
-    <w:rsid w:val="00265F51"/>
-[...1 lines deleted...]
-    <w:rsid w:val="002747F9"/>
+    <w:rsid w:val="00270FA8"/>
     <w:rsid w:val="00280A85"/>
-    <w:rsid w:val="00283D4B"/>
     <w:rsid w:val="00284119"/>
     <w:rsid w:val="00290B5C"/>
     <w:rsid w:val="00294791"/>
-    <w:rsid w:val="002A0AC4"/>
-[...4 lines deleted...]
-    <w:rsid w:val="002A5933"/>
+    <w:rsid w:val="002A1C4F"/>
+    <w:rsid w:val="002A7450"/>
     <w:rsid w:val="002B0B30"/>
     <w:rsid w:val="002B0C78"/>
-    <w:rsid w:val="002B40B9"/>
-    <w:rsid w:val="002C0140"/>
     <w:rsid w:val="002C0C02"/>
     <w:rsid w:val="002C1277"/>
-    <w:rsid w:val="002C1A9B"/>
-[...2 lines deleted...]
-    <w:rsid w:val="002C4E26"/>
     <w:rsid w:val="002C60AD"/>
     <w:rsid w:val="002D0E0E"/>
-    <w:rsid w:val="002D25F8"/>
     <w:rsid w:val="002D6023"/>
-    <w:rsid w:val="002E0D76"/>
-    <w:rsid w:val="002E0E9D"/>
     <w:rsid w:val="002E263F"/>
-    <w:rsid w:val="002E36E1"/>
-    <w:rsid w:val="002E67BE"/>
     <w:rsid w:val="002E6F81"/>
     <w:rsid w:val="002F08BA"/>
-    <w:rsid w:val="002F1651"/>
     <w:rsid w:val="002F2CFF"/>
     <w:rsid w:val="002F568B"/>
     <w:rsid w:val="002F7818"/>
-    <w:rsid w:val="002F7BEB"/>
-    <w:rsid w:val="00303933"/>
     <w:rsid w:val="003066D0"/>
     <w:rsid w:val="00311401"/>
-    <w:rsid w:val="00311CB4"/>
-[...2 lines deleted...]
-    <w:rsid w:val="003163CB"/>
     <w:rsid w:val="003203D7"/>
-    <w:rsid w:val="003203E7"/>
     <w:rsid w:val="00320F86"/>
-    <w:rsid w:val="00321C6B"/>
     <w:rsid w:val="00324171"/>
     <w:rsid w:val="00326C24"/>
-    <w:rsid w:val="00330955"/>
-    <w:rsid w:val="00335EB4"/>
     <w:rsid w:val="00337F99"/>
-    <w:rsid w:val="00342F39"/>
+    <w:rsid w:val="003410BD"/>
     <w:rsid w:val="0034307B"/>
     <w:rsid w:val="00345EB1"/>
+    <w:rsid w:val="00350AE8"/>
     <w:rsid w:val="00350CC4"/>
-    <w:rsid w:val="00353708"/>
-[...2 lines deleted...]
-    <w:rsid w:val="0035528F"/>
     <w:rsid w:val="00360E0D"/>
     <w:rsid w:val="0036357D"/>
-    <w:rsid w:val="00363B23"/>
-    <w:rsid w:val="003647D8"/>
     <w:rsid w:val="0036594C"/>
-    <w:rsid w:val="00366B15"/>
     <w:rsid w:val="00367D19"/>
     <w:rsid w:val="00371BED"/>
-    <w:rsid w:val="003736F6"/>
-[...2 lines deleted...]
-    <w:rsid w:val="00382232"/>
     <w:rsid w:val="00384019"/>
     <w:rsid w:val="003854F1"/>
     <w:rsid w:val="0039118E"/>
-    <w:rsid w:val="00393332"/>
-[...1 lines deleted...]
-    <w:rsid w:val="0039637F"/>
     <w:rsid w:val="00397F54"/>
     <w:rsid w:val="003A0D43"/>
-    <w:rsid w:val="003A6D19"/>
     <w:rsid w:val="003B2A4B"/>
-    <w:rsid w:val="003B75E7"/>
-[...1 lines deleted...]
-    <w:rsid w:val="003C7FA8"/>
     <w:rsid w:val="003D099E"/>
     <w:rsid w:val="003D21A2"/>
     <w:rsid w:val="003D29D2"/>
+    <w:rsid w:val="003D6DF1"/>
     <w:rsid w:val="003E0705"/>
-    <w:rsid w:val="003E0750"/>
-    <w:rsid w:val="003E25D3"/>
     <w:rsid w:val="003E2FF7"/>
     <w:rsid w:val="003F1013"/>
     <w:rsid w:val="003F1ACF"/>
-    <w:rsid w:val="003F2E3B"/>
-[...4 lines deleted...]
-    <w:rsid w:val="004045E4"/>
     <w:rsid w:val="00404948"/>
     <w:rsid w:val="00406BEA"/>
+    <w:rsid w:val="00407BCF"/>
     <w:rsid w:val="00413A60"/>
     <w:rsid w:val="004230F7"/>
-    <w:rsid w:val="00424CC5"/>
-[...1 lines deleted...]
-    <w:rsid w:val="00430D03"/>
     <w:rsid w:val="0043167E"/>
     <w:rsid w:val="0043409A"/>
-    <w:rsid w:val="004361A2"/>
-[...3 lines deleted...]
-    <w:rsid w:val="00443C1E"/>
     <w:rsid w:val="00446255"/>
     <w:rsid w:val="00451935"/>
-    <w:rsid w:val="00451C30"/>
     <w:rsid w:val="00460ED0"/>
-    <w:rsid w:val="004615A6"/>
+    <w:rsid w:val="00464BB1"/>
     <w:rsid w:val="00465651"/>
-    <w:rsid w:val="00466CC8"/>
-    <w:rsid w:val="00467721"/>
     <w:rsid w:val="00470CE7"/>
     <w:rsid w:val="00470F4F"/>
     <w:rsid w:val="00472482"/>
-    <w:rsid w:val="00474826"/>
-[...1 lines deleted...]
-    <w:rsid w:val="0047674B"/>
+    <w:rsid w:val="004735F1"/>
     <w:rsid w:val="00480DC7"/>
     <w:rsid w:val="004876F6"/>
     <w:rsid w:val="0049236A"/>
-    <w:rsid w:val="004926D8"/>
     <w:rsid w:val="00492718"/>
-    <w:rsid w:val="00492844"/>
-[...1 lines deleted...]
-    <w:rsid w:val="004958A9"/>
     <w:rsid w:val="004A355D"/>
     <w:rsid w:val="004A4970"/>
     <w:rsid w:val="004B2183"/>
     <w:rsid w:val="004B2A01"/>
-    <w:rsid w:val="004B314F"/>
-[...2 lines deleted...]
-    <w:rsid w:val="004D4465"/>
+    <w:rsid w:val="004C3536"/>
     <w:rsid w:val="004D7BA3"/>
-    <w:rsid w:val="004E07FC"/>
-[...1 lines deleted...]
-    <w:rsid w:val="004F1033"/>
     <w:rsid w:val="004F4518"/>
-    <w:rsid w:val="004F49B9"/>
     <w:rsid w:val="004F4C62"/>
-    <w:rsid w:val="004F54C0"/>
     <w:rsid w:val="00501433"/>
-    <w:rsid w:val="0050188F"/>
-[...1 lines deleted...]
-    <w:rsid w:val="005070B5"/>
     <w:rsid w:val="00511CC4"/>
-    <w:rsid w:val="005149C8"/>
-[...2 lines deleted...]
-    <w:rsid w:val="0053194C"/>
+    <w:rsid w:val="00511F1C"/>
+    <w:rsid w:val="005249B2"/>
     <w:rsid w:val="00531E60"/>
-    <w:rsid w:val="00535586"/>
-    <w:rsid w:val="00536A5A"/>
     <w:rsid w:val="00541D07"/>
     <w:rsid w:val="00544BAB"/>
     <w:rsid w:val="00545F31"/>
-    <w:rsid w:val="0055502A"/>
     <w:rsid w:val="005578FA"/>
-    <w:rsid w:val="00557F62"/>
-[...1 lines deleted...]
-    <w:rsid w:val="005631BF"/>
     <w:rsid w:val="00565129"/>
     <w:rsid w:val="00565CD0"/>
     <w:rsid w:val="00567820"/>
-    <w:rsid w:val="00571283"/>
-    <w:rsid w:val="0057619F"/>
+    <w:rsid w:val="0057277B"/>
     <w:rsid w:val="005770AD"/>
-    <w:rsid w:val="0057761F"/>
     <w:rsid w:val="00581414"/>
     <w:rsid w:val="00582490"/>
-    <w:rsid w:val="005826FA"/>
-    <w:rsid w:val="005972A6"/>
     <w:rsid w:val="00597E28"/>
-    <w:rsid w:val="00597F64"/>
-[...2 lines deleted...]
-    <w:rsid w:val="005A2E3B"/>
     <w:rsid w:val="005A54ED"/>
     <w:rsid w:val="005A5D5B"/>
     <w:rsid w:val="005A6081"/>
     <w:rsid w:val="005A627D"/>
-    <w:rsid w:val="005B37AA"/>
-[...1 lines deleted...]
-    <w:rsid w:val="005B4A76"/>
     <w:rsid w:val="005C0045"/>
     <w:rsid w:val="005C084E"/>
     <w:rsid w:val="005C4606"/>
     <w:rsid w:val="005D0B0C"/>
-    <w:rsid w:val="005D2030"/>
-[...3 lines deleted...]
-    <w:rsid w:val="005D7B6F"/>
     <w:rsid w:val="005E02B3"/>
     <w:rsid w:val="005E1E24"/>
-    <w:rsid w:val="005E47E7"/>
-[...3 lines deleted...]
-    <w:rsid w:val="005F3842"/>
     <w:rsid w:val="0060596B"/>
     <w:rsid w:val="00606D97"/>
-    <w:rsid w:val="00610A60"/>
-    <w:rsid w:val="00611038"/>
     <w:rsid w:val="00614E64"/>
     <w:rsid w:val="00617710"/>
     <w:rsid w:val="00617EE6"/>
-    <w:rsid w:val="00620B41"/>
-    <w:rsid w:val="00621085"/>
     <w:rsid w:val="0062184C"/>
     <w:rsid w:val="00623724"/>
-    <w:rsid w:val="00625AD6"/>
     <w:rsid w:val="00627BEA"/>
-    <w:rsid w:val="0063081E"/>
     <w:rsid w:val="006319DB"/>
-    <w:rsid w:val="0063699F"/>
-[...3 lines deleted...]
-    <w:rsid w:val="0065587A"/>
     <w:rsid w:val="0065595B"/>
+    <w:rsid w:val="00656DCD"/>
     <w:rsid w:val="00660269"/>
     <w:rsid w:val="00665F89"/>
-    <w:rsid w:val="0066794D"/>
-[...2 lines deleted...]
-    <w:rsid w:val="00672C87"/>
     <w:rsid w:val="00673C92"/>
-    <w:rsid w:val="00674C2D"/>
     <w:rsid w:val="006753EC"/>
-    <w:rsid w:val="00677B0E"/>
-[...3 lines deleted...]
-    <w:rsid w:val="006967C1"/>
+    <w:rsid w:val="00685193"/>
     <w:rsid w:val="006A2789"/>
     <w:rsid w:val="006A4978"/>
-    <w:rsid w:val="006A4FCF"/>
     <w:rsid w:val="006A7261"/>
-    <w:rsid w:val="006B098B"/>
     <w:rsid w:val="006B0D29"/>
     <w:rsid w:val="006B1819"/>
-    <w:rsid w:val="006B18A1"/>
-[...2 lines deleted...]
-    <w:rsid w:val="006C09FB"/>
     <w:rsid w:val="006C5048"/>
     <w:rsid w:val="006C6A4B"/>
-    <w:rsid w:val="006C7638"/>
     <w:rsid w:val="006C779F"/>
     <w:rsid w:val="006D01F5"/>
     <w:rsid w:val="006D0CFB"/>
-    <w:rsid w:val="006D14A2"/>
-    <w:rsid w:val="006D22C4"/>
     <w:rsid w:val="006D30C0"/>
     <w:rsid w:val="006D7535"/>
-    <w:rsid w:val="006E09FA"/>
     <w:rsid w:val="006E450B"/>
-    <w:rsid w:val="006E5038"/>
-    <w:rsid w:val="006E5A26"/>
     <w:rsid w:val="006F0D7E"/>
-    <w:rsid w:val="006F1093"/>
-[...4 lines deleted...]
-    <w:rsid w:val="0070714D"/>
     <w:rsid w:val="00710B77"/>
-    <w:rsid w:val="007148FE"/>
-    <w:rsid w:val="00714E47"/>
+    <w:rsid w:val="007155D5"/>
+    <w:rsid w:val="00717A17"/>
     <w:rsid w:val="0072075B"/>
     <w:rsid w:val="007221C2"/>
-    <w:rsid w:val="0072575C"/>
-    <w:rsid w:val="00725816"/>
+    <w:rsid w:val="007268AB"/>
     <w:rsid w:val="00730955"/>
-    <w:rsid w:val="0073098D"/>
-    <w:rsid w:val="0073253E"/>
     <w:rsid w:val="00733A9C"/>
-    <w:rsid w:val="00734DD3"/>
     <w:rsid w:val="00736574"/>
     <w:rsid w:val="007367E0"/>
     <w:rsid w:val="00737215"/>
-    <w:rsid w:val="00742D16"/>
     <w:rsid w:val="00754905"/>
-    <w:rsid w:val="007565B5"/>
     <w:rsid w:val="00760038"/>
-    <w:rsid w:val="00760B79"/>
-    <w:rsid w:val="007620BA"/>
     <w:rsid w:val="00762EE0"/>
+    <w:rsid w:val="00763C5D"/>
     <w:rsid w:val="00765C41"/>
     <w:rsid w:val="00771100"/>
-    <w:rsid w:val="0077422B"/>
-    <w:rsid w:val="0077458A"/>
+    <w:rsid w:val="00774944"/>
     <w:rsid w:val="007759DD"/>
-    <w:rsid w:val="007768ED"/>
+    <w:rsid w:val="0078159A"/>
     <w:rsid w:val="0078609F"/>
-    <w:rsid w:val="00786951"/>
-    <w:rsid w:val="007916A4"/>
     <w:rsid w:val="007917BA"/>
-    <w:rsid w:val="007A1524"/>
+    <w:rsid w:val="007A334E"/>
     <w:rsid w:val="007A5C6F"/>
-    <w:rsid w:val="007A68E3"/>
-[...1 lines deleted...]
-    <w:rsid w:val="007C3D5F"/>
     <w:rsid w:val="007D4241"/>
     <w:rsid w:val="007D4317"/>
     <w:rsid w:val="007D4EA3"/>
-    <w:rsid w:val="007E121A"/>
-[...1 lines deleted...]
-    <w:rsid w:val="007F055F"/>
     <w:rsid w:val="007F1CFF"/>
-    <w:rsid w:val="007F4EB1"/>
+    <w:rsid w:val="007F4CA4"/>
     <w:rsid w:val="007F5DD5"/>
-    <w:rsid w:val="007F6CC8"/>
-[...3 lines deleted...]
-    <w:rsid w:val="0081786E"/>
     <w:rsid w:val="00821A1B"/>
-    <w:rsid w:val="00825D9D"/>
     <w:rsid w:val="008262E9"/>
     <w:rsid w:val="00827E69"/>
-    <w:rsid w:val="008301FA"/>
+    <w:rsid w:val="00831C35"/>
     <w:rsid w:val="00835C4D"/>
-    <w:rsid w:val="00837D8F"/>
-[...2 lines deleted...]
-    <w:rsid w:val="00843B59"/>
     <w:rsid w:val="00843F48"/>
-    <w:rsid w:val="0084460F"/>
     <w:rsid w:val="00851423"/>
-    <w:rsid w:val="00855056"/>
+    <w:rsid w:val="008569C6"/>
     <w:rsid w:val="00857848"/>
-    <w:rsid w:val="00861E3D"/>
     <w:rsid w:val="008654B6"/>
     <w:rsid w:val="0087139C"/>
-    <w:rsid w:val="0087409D"/>
-[...1 lines deleted...]
-    <w:rsid w:val="00880DCB"/>
+    <w:rsid w:val="00873419"/>
     <w:rsid w:val="00880E83"/>
-    <w:rsid w:val="008820FB"/>
-    <w:rsid w:val="00887654"/>
     <w:rsid w:val="00892F28"/>
-    <w:rsid w:val="0089670E"/>
     <w:rsid w:val="008A0C5F"/>
     <w:rsid w:val="008A3DEA"/>
     <w:rsid w:val="008A4EB9"/>
-    <w:rsid w:val="008A528C"/>
-    <w:rsid w:val="008A73C9"/>
     <w:rsid w:val="008A74C0"/>
-    <w:rsid w:val="008B13F2"/>
     <w:rsid w:val="008B1694"/>
-    <w:rsid w:val="008B5227"/>
-[...1 lines deleted...]
-    <w:rsid w:val="008C48CE"/>
     <w:rsid w:val="008C4B27"/>
+    <w:rsid w:val="008C7F0C"/>
     <w:rsid w:val="008C7F2A"/>
-    <w:rsid w:val="008D4541"/>
+    <w:rsid w:val="008D124E"/>
+    <w:rsid w:val="008D4B13"/>
     <w:rsid w:val="008E36F8"/>
-    <w:rsid w:val="008E415C"/>
     <w:rsid w:val="008E46B2"/>
     <w:rsid w:val="008E682C"/>
-    <w:rsid w:val="008E783F"/>
     <w:rsid w:val="008E78A1"/>
-    <w:rsid w:val="008F090D"/>
     <w:rsid w:val="008F589F"/>
-    <w:rsid w:val="00902F55"/>
-[...1 lines deleted...]
-    <w:rsid w:val="00905F5C"/>
     <w:rsid w:val="00906238"/>
-    <w:rsid w:val="00907BB2"/>
     <w:rsid w:val="00907EF9"/>
+    <w:rsid w:val="00911231"/>
     <w:rsid w:val="0091295C"/>
-    <w:rsid w:val="00913A0C"/>
     <w:rsid w:val="00914D58"/>
     <w:rsid w:val="00921F47"/>
-    <w:rsid w:val="0092223B"/>
     <w:rsid w:val="009228AB"/>
-    <w:rsid w:val="00924E75"/>
     <w:rsid w:val="0093085B"/>
-    <w:rsid w:val="0093187C"/>
     <w:rsid w:val="00931C57"/>
-    <w:rsid w:val="00932745"/>
-    <w:rsid w:val="00933612"/>
     <w:rsid w:val="009347A5"/>
-    <w:rsid w:val="00937D3A"/>
-[...1 lines deleted...]
-    <w:rsid w:val="009408A1"/>
     <w:rsid w:val="00942257"/>
-    <w:rsid w:val="0094278B"/>
-    <w:rsid w:val="009443F5"/>
     <w:rsid w:val="009471BF"/>
     <w:rsid w:val="00950E4E"/>
     <w:rsid w:val="009529BD"/>
     <w:rsid w:val="009533B4"/>
-    <w:rsid w:val="00955FC5"/>
-    <w:rsid w:val="00966507"/>
+    <w:rsid w:val="00957D35"/>
     <w:rsid w:val="00971D93"/>
-    <w:rsid w:val="009726CE"/>
-[...6 lines deleted...]
-    <w:rsid w:val="009B076E"/>
+    <w:rsid w:val="009A07DC"/>
+    <w:rsid w:val="009A32ED"/>
     <w:rsid w:val="009B1F6B"/>
-    <w:rsid w:val="009B2996"/>
     <w:rsid w:val="009C0D12"/>
     <w:rsid w:val="009C192E"/>
-    <w:rsid w:val="009C4DDB"/>
-[...5 lines deleted...]
-    <w:rsid w:val="009D4A2D"/>
+    <w:rsid w:val="009C2E3E"/>
+    <w:rsid w:val="009C6C0C"/>
     <w:rsid w:val="009D6819"/>
     <w:rsid w:val="009D6D1C"/>
     <w:rsid w:val="009E0CF9"/>
-    <w:rsid w:val="009E1931"/>
-    <w:rsid w:val="009E466D"/>
     <w:rsid w:val="009E531B"/>
     <w:rsid w:val="009E6C56"/>
-    <w:rsid w:val="009E7B3F"/>
     <w:rsid w:val="009E7DCF"/>
-    <w:rsid w:val="009F139D"/>
-[...3 lines deleted...]
-    <w:rsid w:val="009F417B"/>
     <w:rsid w:val="009F4A56"/>
     <w:rsid w:val="009F4E65"/>
-    <w:rsid w:val="009F59ED"/>
-    <w:rsid w:val="009F79A6"/>
     <w:rsid w:val="00A006A5"/>
-    <w:rsid w:val="00A00F05"/>
-    <w:rsid w:val="00A036B8"/>
     <w:rsid w:val="00A05942"/>
-    <w:rsid w:val="00A06FE8"/>
-    <w:rsid w:val="00A073B3"/>
     <w:rsid w:val="00A07BEC"/>
-    <w:rsid w:val="00A132D3"/>
-[...2 lines deleted...]
-    <w:rsid w:val="00A24BC2"/>
     <w:rsid w:val="00A264BE"/>
-    <w:rsid w:val="00A26EDD"/>
     <w:rsid w:val="00A272CA"/>
-    <w:rsid w:val="00A302CB"/>
-[...1 lines deleted...]
-    <w:rsid w:val="00A3295F"/>
     <w:rsid w:val="00A33051"/>
-    <w:rsid w:val="00A3755A"/>
     <w:rsid w:val="00A407AD"/>
     <w:rsid w:val="00A40923"/>
     <w:rsid w:val="00A41C05"/>
     <w:rsid w:val="00A42426"/>
-    <w:rsid w:val="00A43A12"/>
-[...3 lines deleted...]
-    <w:rsid w:val="00A50E48"/>
+    <w:rsid w:val="00A433DE"/>
     <w:rsid w:val="00A514B7"/>
     <w:rsid w:val="00A54A0B"/>
-    <w:rsid w:val="00A62CF9"/>
-    <w:rsid w:val="00A641AE"/>
+    <w:rsid w:val="00A55086"/>
     <w:rsid w:val="00A65FD4"/>
     <w:rsid w:val="00A81198"/>
-    <w:rsid w:val="00A817BC"/>
     <w:rsid w:val="00A81E48"/>
     <w:rsid w:val="00A82035"/>
-    <w:rsid w:val="00A84D48"/>
     <w:rsid w:val="00A90D77"/>
     <w:rsid w:val="00A92E07"/>
     <w:rsid w:val="00AA0B3A"/>
-    <w:rsid w:val="00AA2224"/>
-[...2 lines deleted...]
-    <w:rsid w:val="00AA5F4A"/>
     <w:rsid w:val="00AA6EB4"/>
     <w:rsid w:val="00AA767D"/>
-    <w:rsid w:val="00AB013B"/>
     <w:rsid w:val="00AB0CC9"/>
     <w:rsid w:val="00AC3FF6"/>
-    <w:rsid w:val="00AC4CE2"/>
-[...2 lines deleted...]
-    <w:rsid w:val="00AD671B"/>
     <w:rsid w:val="00AD73EC"/>
-    <w:rsid w:val="00AE3EDF"/>
-    <w:rsid w:val="00AE40C6"/>
+    <w:rsid w:val="00AD7AD5"/>
     <w:rsid w:val="00AE5BC7"/>
-    <w:rsid w:val="00AF273E"/>
     <w:rsid w:val="00AF5AAF"/>
-    <w:rsid w:val="00AF678D"/>
-[...1 lines deleted...]
-    <w:rsid w:val="00B00A4F"/>
+    <w:rsid w:val="00AF7CA0"/>
     <w:rsid w:val="00B046D8"/>
-    <w:rsid w:val="00B12301"/>
-[...1 lines deleted...]
-    <w:rsid w:val="00B12CEB"/>
     <w:rsid w:val="00B13F4C"/>
-    <w:rsid w:val="00B14377"/>
+    <w:rsid w:val="00B14487"/>
     <w:rsid w:val="00B16219"/>
     <w:rsid w:val="00B16C59"/>
-    <w:rsid w:val="00B265FD"/>
-[...1 lines deleted...]
-    <w:rsid w:val="00B33166"/>
     <w:rsid w:val="00B33FDD"/>
     <w:rsid w:val="00B359CC"/>
     <w:rsid w:val="00B36107"/>
+    <w:rsid w:val="00B405A1"/>
+    <w:rsid w:val="00B41571"/>
     <w:rsid w:val="00B41789"/>
-    <w:rsid w:val="00B427E8"/>
     <w:rsid w:val="00B46C03"/>
-    <w:rsid w:val="00B47F7F"/>
     <w:rsid w:val="00B60C6C"/>
     <w:rsid w:val="00B619A9"/>
-    <w:rsid w:val="00B64E4F"/>
     <w:rsid w:val="00B65A9D"/>
-    <w:rsid w:val="00B65AD3"/>
-    <w:rsid w:val="00B66985"/>
     <w:rsid w:val="00B66D60"/>
-    <w:rsid w:val="00B67B7C"/>
-[...2 lines deleted...]
-    <w:rsid w:val="00B7263B"/>
     <w:rsid w:val="00B75EDE"/>
     <w:rsid w:val="00B77D88"/>
     <w:rsid w:val="00B77FAF"/>
-    <w:rsid w:val="00B800EF"/>
+    <w:rsid w:val="00B83715"/>
     <w:rsid w:val="00B84336"/>
     <w:rsid w:val="00B851B9"/>
     <w:rsid w:val="00B86453"/>
-    <w:rsid w:val="00B866E2"/>
     <w:rsid w:val="00B90054"/>
-    <w:rsid w:val="00B92578"/>
     <w:rsid w:val="00B92C14"/>
-    <w:rsid w:val="00B940E7"/>
-    <w:rsid w:val="00B95F9C"/>
+    <w:rsid w:val="00B96AFF"/>
+    <w:rsid w:val="00B97D4E"/>
     <w:rsid w:val="00BA0066"/>
-    <w:rsid w:val="00BA2E9A"/>
-[...1 lines deleted...]
-    <w:rsid w:val="00BB23C0"/>
     <w:rsid w:val="00BB69DB"/>
-    <w:rsid w:val="00BC05DE"/>
     <w:rsid w:val="00BC322E"/>
     <w:rsid w:val="00BC44CD"/>
     <w:rsid w:val="00BC48A6"/>
-    <w:rsid w:val="00BD29CC"/>
-[...4 lines deleted...]
-    <w:rsid w:val="00BE609B"/>
+    <w:rsid w:val="00BC6590"/>
     <w:rsid w:val="00BE7978"/>
-    <w:rsid w:val="00C01CF3"/>
-[...2 lines deleted...]
-    <w:rsid w:val="00C07BA9"/>
+    <w:rsid w:val="00BF05FF"/>
+    <w:rsid w:val="00C01F0D"/>
     <w:rsid w:val="00C07DDB"/>
-    <w:rsid w:val="00C1096E"/>
-[...3 lines deleted...]
-    <w:rsid w:val="00C32851"/>
     <w:rsid w:val="00C4115D"/>
-    <w:rsid w:val="00C41A89"/>
     <w:rsid w:val="00C43BDD"/>
-    <w:rsid w:val="00C45314"/>
     <w:rsid w:val="00C47778"/>
     <w:rsid w:val="00C5011E"/>
     <w:rsid w:val="00C50EE5"/>
-    <w:rsid w:val="00C516DA"/>
     <w:rsid w:val="00C5240A"/>
     <w:rsid w:val="00C5398F"/>
     <w:rsid w:val="00C556F5"/>
-    <w:rsid w:val="00C567AF"/>
-[...4 lines deleted...]
-    <w:rsid w:val="00C707A0"/>
     <w:rsid w:val="00C70E19"/>
     <w:rsid w:val="00C72574"/>
-    <w:rsid w:val="00C73898"/>
-    <w:rsid w:val="00C74129"/>
     <w:rsid w:val="00C7430C"/>
-    <w:rsid w:val="00C745B6"/>
-[...2 lines deleted...]
-    <w:rsid w:val="00C8491B"/>
     <w:rsid w:val="00C85DA1"/>
-    <w:rsid w:val="00C866C6"/>
-    <w:rsid w:val="00C87C13"/>
     <w:rsid w:val="00C9071C"/>
     <w:rsid w:val="00C908FF"/>
-    <w:rsid w:val="00C92B23"/>
     <w:rsid w:val="00C97BD3"/>
     <w:rsid w:val="00CA39EF"/>
     <w:rsid w:val="00CA521F"/>
-    <w:rsid w:val="00CA5E7E"/>
     <w:rsid w:val="00CB0493"/>
     <w:rsid w:val="00CB17FF"/>
     <w:rsid w:val="00CB1ED7"/>
-    <w:rsid w:val="00CB3408"/>
     <w:rsid w:val="00CC167C"/>
-    <w:rsid w:val="00CC4132"/>
-    <w:rsid w:val="00CC458E"/>
     <w:rsid w:val="00CC52D9"/>
-    <w:rsid w:val="00CC5786"/>
-[...3 lines deleted...]
-    <w:rsid w:val="00CD610B"/>
     <w:rsid w:val="00CD6647"/>
-    <w:rsid w:val="00CD7DBD"/>
-    <w:rsid w:val="00CE15F7"/>
     <w:rsid w:val="00CE4B73"/>
-    <w:rsid w:val="00CE6B57"/>
     <w:rsid w:val="00CF70BB"/>
+    <w:rsid w:val="00D00BD7"/>
+    <w:rsid w:val="00D03A38"/>
     <w:rsid w:val="00D074DB"/>
     <w:rsid w:val="00D139CF"/>
-    <w:rsid w:val="00D15EEB"/>
-[...3 lines deleted...]
-    <w:rsid w:val="00D35E17"/>
+    <w:rsid w:val="00D20779"/>
     <w:rsid w:val="00D37E7F"/>
-    <w:rsid w:val="00D4074A"/>
-    <w:rsid w:val="00D41CA7"/>
     <w:rsid w:val="00D47AD7"/>
     <w:rsid w:val="00D51529"/>
-    <w:rsid w:val="00D609E8"/>
-[...5 lines deleted...]
-    <w:rsid w:val="00D8341C"/>
+    <w:rsid w:val="00D62468"/>
+    <w:rsid w:val="00D67C88"/>
     <w:rsid w:val="00D85218"/>
     <w:rsid w:val="00D915B1"/>
-    <w:rsid w:val="00D94E69"/>
-    <w:rsid w:val="00DA0C90"/>
     <w:rsid w:val="00DA299D"/>
     <w:rsid w:val="00DA65C4"/>
-    <w:rsid w:val="00DB0AE1"/>
-[...8 lines deleted...]
-    <w:rsid w:val="00DE1259"/>
+    <w:rsid w:val="00DE1148"/>
     <w:rsid w:val="00DE4447"/>
     <w:rsid w:val="00DE5DA2"/>
+    <w:rsid w:val="00DE63C6"/>
     <w:rsid w:val="00DF0033"/>
-    <w:rsid w:val="00DF3952"/>
+    <w:rsid w:val="00DF2674"/>
     <w:rsid w:val="00E026BF"/>
-    <w:rsid w:val="00E037BC"/>
     <w:rsid w:val="00E07B1B"/>
     <w:rsid w:val="00E11853"/>
-    <w:rsid w:val="00E11AF7"/>
-[...4 lines deleted...]
-    <w:rsid w:val="00E5284A"/>
+    <w:rsid w:val="00E25B22"/>
+    <w:rsid w:val="00E411B6"/>
     <w:rsid w:val="00E52A86"/>
-    <w:rsid w:val="00E54551"/>
     <w:rsid w:val="00E54B47"/>
     <w:rsid w:val="00E553BF"/>
     <w:rsid w:val="00E55D93"/>
     <w:rsid w:val="00E61294"/>
-    <w:rsid w:val="00E700A6"/>
     <w:rsid w:val="00E7237C"/>
-    <w:rsid w:val="00E742AF"/>
-[...1 lines deleted...]
-    <w:rsid w:val="00E76F12"/>
     <w:rsid w:val="00E77C46"/>
-    <w:rsid w:val="00E80F47"/>
-[...3 lines deleted...]
-    <w:rsid w:val="00E848FE"/>
     <w:rsid w:val="00E86CE8"/>
-    <w:rsid w:val="00E87042"/>
     <w:rsid w:val="00E90E82"/>
-    <w:rsid w:val="00E941E1"/>
-[...1 lines deleted...]
-    <w:rsid w:val="00E970FB"/>
+    <w:rsid w:val="00E967D0"/>
     <w:rsid w:val="00EA00CB"/>
-    <w:rsid w:val="00EA0A60"/>
-    <w:rsid w:val="00EA1299"/>
     <w:rsid w:val="00EA1BAA"/>
-    <w:rsid w:val="00EA31BE"/>
     <w:rsid w:val="00EA3FCD"/>
     <w:rsid w:val="00EA42A0"/>
-    <w:rsid w:val="00EA755A"/>
-    <w:rsid w:val="00EB5959"/>
     <w:rsid w:val="00EB6714"/>
-    <w:rsid w:val="00EB6BD8"/>
     <w:rsid w:val="00EC0A68"/>
+    <w:rsid w:val="00EC3C32"/>
     <w:rsid w:val="00EC5006"/>
-    <w:rsid w:val="00EC65ED"/>
     <w:rsid w:val="00ED49C3"/>
     <w:rsid w:val="00ED6CE8"/>
     <w:rsid w:val="00ED7AA6"/>
     <w:rsid w:val="00EE2A56"/>
-    <w:rsid w:val="00EE2FDA"/>
     <w:rsid w:val="00EE3818"/>
-    <w:rsid w:val="00F030C7"/>
-[...1 lines deleted...]
-    <w:rsid w:val="00F10976"/>
+    <w:rsid w:val="00F01627"/>
     <w:rsid w:val="00F22264"/>
-    <w:rsid w:val="00F23FFB"/>
-    <w:rsid w:val="00F251A0"/>
     <w:rsid w:val="00F2564D"/>
-    <w:rsid w:val="00F34377"/>
-[...1 lines deleted...]
-    <w:rsid w:val="00F347AE"/>
     <w:rsid w:val="00F35B05"/>
-    <w:rsid w:val="00F3640F"/>
-    <w:rsid w:val="00F407B2"/>
     <w:rsid w:val="00F413D9"/>
-    <w:rsid w:val="00F4380C"/>
-    <w:rsid w:val="00F47A74"/>
     <w:rsid w:val="00F5135F"/>
     <w:rsid w:val="00F51F78"/>
-    <w:rsid w:val="00F57105"/>
-[...9 lines deleted...]
-    <w:rsid w:val="00F863A6"/>
     <w:rsid w:val="00F86F47"/>
     <w:rsid w:val="00F90B64"/>
-    <w:rsid w:val="00F91E19"/>
-[...5 lines deleted...]
-    <w:rsid w:val="00FB1765"/>
     <w:rsid w:val="00FB2F0F"/>
     <w:rsid w:val="00FB5086"/>
-    <w:rsid w:val="00FB540B"/>
     <w:rsid w:val="00FB5411"/>
     <w:rsid w:val="00FB6392"/>
-    <w:rsid w:val="00FC0E80"/>
-[...3 lines deleted...]
-    <w:rsid w:val="00FD03AB"/>
+    <w:rsid w:val="00FC4F36"/>
     <w:rsid w:val="00FD3C70"/>
-    <w:rsid w:val="00FD4F05"/>
     <w:rsid w:val="00FD6820"/>
     <w:rsid w:val="00FE12D8"/>
-    <w:rsid w:val="00FE1C14"/>
-[...2 lines deleted...]
-    <w:rsid w:val="00FF796A"/>
+    <w:rsid w:val="00FF3558"/>
     <w:rsid w:val="00FF7C02"/>
-    <w:rsid w:val="020ED5F2"/>
     <w:rsid w:val="024801E3"/>
-    <w:rsid w:val="054676B4"/>
-[...57 lines deleted...]
-    <w:rsid w:val="5F4F7AF1"/>
+    <w:rsid w:val="17411D5A"/>
+    <w:rsid w:val="5AA6B8C7"/>
     <w:rsid w:val="647B2B65"/>
-    <w:rsid w:val="64B3AA08"/>
-[...2 lines deleted...]
-    <w:rsid w:val="6A6963B8"/>
     <w:rsid w:val="6B2CF8ED"/>
-    <w:rsid w:val="72FBDCA6"/>
-[...6 lines deleted...]
-    <w:rsid w:val="7D548D2B"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
-  <w:themeFontLang w:val="sv-SE" w:eastAsia="ja-JP" w:bidi="ar-SA"/>
+  <w:themeFontLang w:val="sv-SE" w:eastAsia="ja-JP"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
+  <w:doNotIncludeSubdocsInStats/>
   <w:doNotAutoCompressPictures/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050" strokecolor="#4a773c">
       <v:stroke color="#4a773c" weight="1pt"/>
       <v:shadow opacity="24903f" origin=",.5" offset="0,.55556mm"/>
+      <o:colormru v:ext="edit" colors="#4a773c"/>
     </o:shapedefaults>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="2"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:doNotEmbedSmartTags/>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
   <w14:docId w14:val="1FE2B7EB"/>
+  <w14:defaultImageDpi w14:val="330"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         <w:lang w:val="sv-SE" w:eastAsia="sv-SE" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault/>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="3" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="3" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:locked="1" w:semiHidden="1" w:uiPriority="3" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="index 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
@@ -16446,51 +14518,51 @@
     <w:lsdException w:name="Table Grid 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table 3D effects 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table 3D effects 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table 3D effects 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Contemporary" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Elegant" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Professional" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Subtle 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Subtle 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Web 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Web 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Web 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Balloon Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="Table Grid" w:uiPriority="39"/>
+    <w:lsdException w:name="Table Grid" w:uiPriority="59"/>
     <w:lsdException w:name="Table Theme" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Placeholder Text" w:semiHidden="1"/>
     <w:lsdException w:name="No Spacing" w:semiHidden="1" w:uiPriority="1" w:qFormat="1"/>
     <w:lsdException w:name="Light Shading" w:uiPriority="60"/>
     <w:lsdException w:name="Light List" w:uiPriority="61"/>
     <w:lsdException w:name="Light Grid" w:uiPriority="62"/>
     <w:lsdException w:name="Medium Shading 1" w:uiPriority="63"/>
     <w:lsdException w:name="Medium Shading 2" w:uiPriority="64"/>
     <w:lsdException w:name="Medium List 1" w:uiPriority="65"/>
     <w:lsdException w:name="Medium List 2" w:uiPriority="66"/>
     <w:lsdException w:name="Medium Grid 1" w:uiPriority="67"/>
     <w:lsdException w:name="Medium Grid 2" w:uiPriority="68"/>
     <w:lsdException w:name="Medium Grid 3" w:uiPriority="69"/>
     <w:lsdException w:name="Dark List" w:uiPriority="70"/>
     <w:lsdException w:name="Colorful Shading" w:uiPriority="71"/>
     <w:lsdException w:name="Colorful List" w:uiPriority="72"/>
     <w:lsdException w:name="Colorful Grid" w:uiPriority="73"/>
     <w:lsdException w:name="Light Shading Accent 1" w:uiPriority="60"/>
     <w:lsdException w:name="Light List Accent 1" w:uiPriority="61"/>
     <w:lsdException w:name="Light Grid Accent 1" w:uiPriority="62"/>
     <w:lsdException w:name="Medium Shading 1 Accent 1" w:uiPriority="63"/>
     <w:lsdException w:name="Medium Shading 2 Accent 1" w:uiPriority="64"/>
     <w:lsdException w:name="Medium List 1 Accent 1" w:uiPriority="65"/>
     <w:lsdException w:name="Revision" w:semiHidden="1"/>
     <w:lsdException w:name="List Paragraph" w:uiPriority="34" w:qFormat="1"/>
@@ -16663,174 +14735,202 @@
     <w:lsdException w:name="List Table 6 Colorful Accent 4" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 4" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 5" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 5" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 5" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 5" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 5" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 5" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 5" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 6" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
     <w:lsdException w:name="Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Hashtag" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Unresolved Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Link" w:semiHidden="1" w:unhideWhenUsed="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="Normal">
     <w:name w:val="Normal"/>
     <w:qFormat/>
-    <w:rsid w:val="008A0C5F"/>
+    <w:rsid w:val="00831C35"/>
     <w:pPr>
-      <w:spacing w:after="120" w:line="288" w:lineRule="auto"/>
-      <w:ind w:left="992" w:right="868"/>
+      <w:spacing w:after="120" w:line="360" w:lineRule="auto"/>
+      <w:ind w:left="567" w:right="868"/>
     </w:pPr>
     <w:rPr>
+      <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Rubrik1">
     <w:name w:val="heading 1"/>
     <w:aliases w:val="Rubrik VGR"/>
     <w:next w:val="Normal"/>
     <w:link w:val="Rubrik1Char"/>
     <w:qFormat/>
-    <w:rsid w:val="006C7638"/>
+    <w:rsid w:val="001108C0"/>
     <w:pPr>
       <w:keepNext/>
-      <w:spacing w:before="1600" w:after="240"/>
-      <w:ind w:left="992"/>
+      <w:spacing w:after="240" w:line="288" w:lineRule="auto"/>
+      <w:ind w:left="567"/>
       <w:contextualSpacing/>
       <w:outlineLvl w:val="0"/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:ascii="Calibri" w:eastAsia="MS Gothic" w:hAnsi="Calibri"/>
+      <w:rFonts w:ascii="Verdana" w:eastAsia="MS Gothic" w:hAnsi="Verdana"/>
+      <w:b/>
       <w:bCs/>
       <w:kern w:val="32"/>
-      <w:sz w:val="48"/>
+      <w:sz w:val="44"/>
       <w:szCs w:val="32"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Rubrik2">
     <w:name w:val="heading 2"/>
     <w:aliases w:val="Rubrik 2 VGR"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:link w:val="Rubrik2Char"/>
     <w:uiPriority w:val="3"/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
-    <w:rsid w:val="00627BEA"/>
+    <w:rsid w:val="008D124E"/>
     <w:pPr>
       <w:keepNext/>
       <w:keepLines/>
       <w:spacing w:before="240" w:after="40" w:line="240" w:lineRule="auto"/>
       <w:outlineLvl w:val="1"/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:rFonts w:ascii="Verdana" w:eastAsiaTheme="majorEastAsia" w:hAnsi="Verdana" w:cstheme="majorBidi"/>
       <w:bCs/>
       <w:color w:val="000000" w:themeColor="text1"/>
-      <w:sz w:val="40"/>
+      <w:sz w:val="36"/>
       <w:szCs w:val="26"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Rubrik3">
     <w:name w:val="heading 3"/>
     <w:aliases w:val="Rubrik 3 VGR"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:link w:val="Rubrik3Char"/>
     <w:uiPriority w:val="3"/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
-    <w:rsid w:val="00627BEA"/>
+    <w:rsid w:val="008D124E"/>
     <w:pPr>
       <w:keepNext/>
       <w:keepLines/>
       <w:spacing w:before="240" w:after="40" w:line="240" w:lineRule="auto"/>
       <w:outlineLvl w:val="2"/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:rFonts w:ascii="Verdana" w:eastAsiaTheme="majorEastAsia" w:hAnsi="Verdana" w:cstheme="majorBidi"/>
       <w:bCs/>
       <w:color w:val="000000" w:themeColor="text1"/>
-      <w:sz w:val="36"/>
+      <w:sz w:val="28"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Rubrik4">
     <w:name w:val="heading 4"/>
     <w:aliases w:val="mellanrubrik"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:link w:val="Rubrik4Char"/>
     <w:uiPriority w:val="3"/>
     <w:semiHidden/>
     <w:qFormat/>
     <w:locked/>
     <w:rsid w:val="00627BEA"/>
     <w:pPr>
       <w:keepNext/>
       <w:keepLines/>
       <w:spacing w:before="240" w:after="0" w:line="240" w:lineRule="auto"/>
       <w:outlineLvl w:val="3"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
       <w:b/>
       <w:bCs/>
       <w:iCs/>
       <w:color w:val="000000" w:themeColor="text1"/>
       <w:sz w:val="26"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Rubrik5">
     <w:name w:val="heading 5"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:link w:val="Rubrik5Char"/>
     <w:uiPriority w:val="9"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:rsid w:val="002F568B"/>
     <w:pPr>
       <w:keepNext/>
       <w:keepLines/>
       <w:spacing w:before="200"/>
       <w:outlineLvl w:val="4"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
       <w:color w:val="00304B" w:themeColor="accent1" w:themeShade="7F"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Rubrik9">
+    <w:name w:val="heading 9"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:link w:val="Rubrik9Char"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:qFormat/>
+    <w:rsid w:val="009A32ED"/>
+    <w:pPr>
+      <w:keepNext/>
+      <w:keepLines/>
+      <w:spacing w:before="40" w:after="0"/>
+      <w:ind w:left="0"/>
+      <w:outlineLvl w:val="8"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:i/>
+      <w:iCs/>
+      <w:color w:val="272727" w:themeColor="text1" w:themeTint="D8"/>
+      <w:sz w:val="21"/>
+      <w:szCs w:val="21"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="Standardstycketeckensnitt">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="Normaltabell">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="Ingenlista">
     <w:name w:val="No List"/>
@@ -16993,70 +15093,71 @@
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Sidhuvud">
     <w:name w:val="header"/>
     <w:basedOn w:val="Normal"/>
     <w:link w:val="SidhuvudChar"/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="00AA0F08"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="center" w:pos="4703"/>
         <w:tab w:val="right" w:pos="9406"/>
       </w:tabs>
     </w:pPr>
   </w:style>
   <w:style w:type="character" w:styleId="Sidnummer">
     <w:name w:val="page number"/>
     <w:basedOn w:val="Standardstycketeckensnitt"/>
     <w:semiHidden/>
     <w:rsid w:val="00AA0F08"/>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Metadata">
     <w:name w:val="Metadata"/>
     <w:basedOn w:val="Normal"/>
     <w:qFormat/>
-    <w:rsid w:val="002651D6"/>
+    <w:rsid w:val="00831C35"/>
     <w:pPr>
       <w:spacing w:after="240"/>
       <w:contextualSpacing/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+      <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
       <w:sz w:val="20"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="Rubrik1Char">
     <w:name w:val="Rubrik 1 Char"/>
     <w:aliases w:val="Rubrik VGR Char"/>
     <w:link w:val="Rubrik1"/>
-    <w:rsid w:val="006C7638"/>
+    <w:rsid w:val="001108C0"/>
     <w:rPr>
-      <w:rFonts w:ascii="Calibri" w:eastAsia="MS Gothic" w:hAnsi="Calibri"/>
+      <w:rFonts w:ascii="Verdana" w:eastAsia="MS Gothic" w:hAnsi="Verdana"/>
+      <w:b/>
       <w:bCs/>
       <w:kern w:val="32"/>
-      <w:sz w:val="48"/>
+      <w:sz w:val="44"/>
       <w:szCs w:val="32"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Allmntstyckeformat">
     <w:name w:val="[Allmänt styckeformat]"/>
     <w:basedOn w:val="Normal"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:rsid w:val="001C5FEF"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:autoSpaceDE w:val="0"/>
       <w:autoSpaceDN w:val="0"/>
       <w:adjustRightInd w:val="0"/>
       <w:textAlignment w:val="center"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="MinionPro-Regular" w:hAnsi="MinionPro-Regular" w:cs="MinionPro-Regular"/>
       <w:color w:val="000000"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="SidfotChar">
     <w:name w:val="Sidfot Char"/>
     <w:link w:val="Sidfot"/>
     <w:uiPriority w:val="99"/>
@@ -17168,71 +15269,71 @@
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Faktarutarubrik">
     <w:name w:val="Faktaruta rubrik"/>
     <w:basedOn w:val="Rubrik2"/>
     <w:next w:val="FaktarutaLista"/>
     <w:uiPriority w:val="3"/>
     <w:semiHidden/>
     <w:qFormat/>
     <w:locked/>
     <w:rsid w:val="0009062C"/>
     <w:pPr>
       <w:spacing w:before="0"/>
       <w:outlineLvl w:val="2"/>
     </w:pPr>
     <w:rPr>
       <w:bCs w:val="0"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="Rubrik2Char">
     <w:name w:val="Rubrik 2 Char"/>
     <w:aliases w:val="Rubrik 2 VGR Char"/>
     <w:basedOn w:val="Standardstycketeckensnitt"/>
     <w:link w:val="Rubrik2"/>
     <w:uiPriority w:val="3"/>
-    <w:rsid w:val="00627BEA"/>
+    <w:rsid w:val="008D124E"/>
     <w:rPr>
-      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:rFonts w:ascii="Verdana" w:eastAsiaTheme="majorEastAsia" w:hAnsi="Verdana" w:cstheme="majorBidi"/>
       <w:bCs/>
       <w:color w:val="000000" w:themeColor="text1"/>
-      <w:sz w:val="40"/>
+      <w:sz w:val="36"/>
       <w:szCs w:val="26"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="Rubrik3Char">
     <w:name w:val="Rubrik 3 Char"/>
     <w:aliases w:val="Rubrik 3 VGR Char"/>
     <w:basedOn w:val="Standardstycketeckensnitt"/>
     <w:link w:val="Rubrik3"/>
     <w:uiPriority w:val="3"/>
-    <w:rsid w:val="00627BEA"/>
+    <w:rsid w:val="008D124E"/>
     <w:rPr>
-      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:rFonts w:ascii="Verdana" w:eastAsiaTheme="majorEastAsia" w:hAnsi="Verdana" w:cstheme="majorBidi"/>
       <w:bCs/>
       <w:color w:val="000000" w:themeColor="text1"/>
-      <w:sz w:val="36"/>
+      <w:sz w:val="28"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="Rubrik4Char">
     <w:name w:val="Rubrik 4 Char"/>
     <w:aliases w:val="mellanrubrik Char"/>
     <w:basedOn w:val="Standardstycketeckensnitt"/>
     <w:link w:val="Rubrik4"/>
     <w:uiPriority w:val="3"/>
     <w:semiHidden/>
     <w:rsid w:val="00A272CA"/>
     <w:rPr>
       <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
       <w:b/>
       <w:bCs/>
       <w:iCs/>
       <w:color w:val="000000" w:themeColor="text1"/>
       <w:sz w:val="26"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="Rubrik5Char">
     <w:name w:val="Rubrik 5 Char"/>
     <w:basedOn w:val="Standardstycketeckensnitt"/>
     <w:link w:val="Rubrik5"/>
@@ -17258,143 +15359,138 @@
       <w:ind w:left="1712" w:hanging="357"/>
       <w:contextualSpacing/>
     </w:pPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Normalefterlista">
     <w:name w:val="Normal efter lista"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:uiPriority w:val="3"/>
     <w:qFormat/>
     <w:rsid w:val="0062184C"/>
     <w:pPr>
       <w:spacing w:before="200"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:eastAsia="MS Gothic"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Innehll1">
     <w:name w:val="toc 1"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:autoRedefine/>
     <w:uiPriority w:val="39"/>
     <w:unhideWhenUsed/>
-    <w:rsid w:val="00B67C30"/>
+    <w:rsid w:val="00B405A1"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="right" w:leader="dot" w:pos="8779"/>
       </w:tabs>
-      <w:spacing w:after="0"/>
+      <w:ind w:right="142"/>
     </w:pPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Omslagsrubrik">
     <w:name w:val="Omslagsrubrik"/>
     <w:basedOn w:val="Normal"/>
     <w:link w:val="OmslagsrubrikChar"/>
     <w:uiPriority w:val="3"/>
     <w:qFormat/>
-    <w:rsid w:val="005A627D"/>
+    <w:rsid w:val="00B14487"/>
     <w:pPr>
       <w:spacing w:after="6000" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
+      <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
       <w:sz w:val="72"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="OmslagsrubrikChar">
     <w:name w:val="Omslagsrubrik Char"/>
     <w:basedOn w:val="Standardstycketeckensnitt"/>
     <w:link w:val="Omslagsrubrik"/>
     <w:uiPriority w:val="3"/>
-    <w:rsid w:val="005A627D"/>
+    <w:rsid w:val="00B14487"/>
     <w:rPr>
-      <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
+      <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
       <w:sz w:val="72"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="Omslagsunderrubrik">
-    <w:name w:val="Omslagsunderrubrik"/>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="UnderrubrikVGR">
+    <w:name w:val="Underrubrik VGR"/>
     <w:basedOn w:val="Normal"/>
-    <w:link w:val="OmslagsunderrubrikChar"/>
+    <w:link w:val="UnderrubrikVGRChar"/>
     <w:uiPriority w:val="3"/>
     <w:qFormat/>
-    <w:rsid w:val="009533B4"/>
+    <w:rsid w:val="00B14487"/>
     <w:pPr>
       <w:contextualSpacing/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
+      <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
       <w:sz w:val="32"/>
       <w:szCs w:val="44"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="OmslagsunderrubrikChar">
-    <w:name w:val="Omslagsunderrubrik Char"/>
+  <w:style w:type="character" w:customStyle="1" w:styleId="UnderrubrikVGRChar">
+    <w:name w:val="Underrubrik VGR Char"/>
     <w:basedOn w:val="Standardstycketeckensnitt"/>
-    <w:link w:val="Omslagsunderrubrik"/>
+    <w:link w:val="UnderrubrikVGR"/>
     <w:uiPriority w:val="3"/>
-    <w:rsid w:val="009533B4"/>
+    <w:rsid w:val="00B14487"/>
     <w:rPr>
-      <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
+      <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
       <w:sz w:val="32"/>
       <w:szCs w:val="44"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Innehll2">
     <w:name w:val="toc 2"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:autoRedefine/>
     <w:uiPriority w:val="39"/>
     <w:unhideWhenUsed/>
-    <w:rsid w:val="00B67C30"/>
+    <w:rsid w:val="00BC6590"/>
     <w:pPr>
       <w:tabs>
-        <w:tab w:val="right" w:leader="dot" w:pos="8777"/>
+        <w:tab w:val="right" w:leader="dot" w:pos="8919"/>
       </w:tabs>
-      <w:spacing w:after="0"/>
-      <w:ind w:left="1349"/>
+      <w:ind w:right="0"/>
     </w:pPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Innehll3">
     <w:name w:val="toc 3"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:autoRedefine/>
     <w:uiPriority w:val="39"/>
     <w:unhideWhenUsed/>
-    <w:rsid w:val="00B67C30"/>
+    <w:rsid w:val="00E61294"/>
     <w:pPr>
-      <w:tabs>
-[...3 lines deleted...]
-      <w:ind w:left="1707"/>
+      <w:ind w:left="480"/>
     </w:pPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Innehll4">
     <w:name w:val="toc 4"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:autoRedefine/>
     <w:uiPriority w:val="39"/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00E61294"/>
     <w:pPr>
       <w:ind w:left="720"/>
     </w:pPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Innehll5">
     <w:name w:val="toc 5"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:autoRedefine/>
     <w:uiPriority w:val="39"/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00E61294"/>
     <w:pPr>
       <w:ind w:left="960"/>
     </w:pPr>
@@ -17431,118 +15527,118 @@
     <w:uiPriority w:val="39"/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00E61294"/>
     <w:pPr>
       <w:ind w:left="1680"/>
     </w:pPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Innehll9">
     <w:name w:val="toc 9"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:autoRedefine/>
     <w:uiPriority w:val="39"/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00E61294"/>
     <w:pPr>
       <w:ind w:left="1920"/>
     </w:pPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="MellanrubrikVGR">
     <w:name w:val="Mellanrubrik VGR"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:uiPriority w:val="2"/>
     <w:qFormat/>
-    <w:rsid w:val="00C04F0B"/>
+    <w:rsid w:val="008D124E"/>
     <w:pPr>
       <w:keepNext/>
       <w:keepLines/>
       <w:widowControl w:val="0"/>
       <w:autoSpaceDE w:val="0"/>
       <w:autoSpaceDN w:val="0"/>
       <w:adjustRightInd w:val="0"/>
       <w:spacing w:before="240" w:after="0"/>
       <w:textAlignment w:val="center"/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+      <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
       <w:b/>
       <w:color w:val="000000"/>
-      <w:sz w:val="26"/>
       <w:szCs w:val="18"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="Fotnotsreferens">
     <w:name w:val="footnote reference"/>
     <w:basedOn w:val="Standardstycketeckensnitt"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00FB5086"/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Formatmall1">
     <w:name w:val="Formatmall1"/>
     <w:basedOn w:val="Normal"/>
     <w:link w:val="Formatmall1Char"/>
     <w:uiPriority w:val="3"/>
     <w:semiHidden/>
     <w:qFormat/>
     <w:locked/>
     <w:rsid w:val="00FB5086"/>
     <w:pPr>
       <w:spacing w:after="0"/>
     </w:pPr>
     <w:rPr>
       <w:sz w:val="20"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="Formatmall1Char">
     <w:name w:val="Formatmall1 Char"/>
     <w:basedOn w:val="Standardstycketeckensnitt"/>
     <w:link w:val="Formatmall1"/>
     <w:uiPriority w:val="3"/>
     <w:semiHidden/>
     <w:rsid w:val="00A272CA"/>
     <w:rPr>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="FotnotVGR">
     <w:name w:val="Fotnot VGR"/>
     <w:basedOn w:val="Normal"/>
     <w:uiPriority w:val="3"/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
-    <w:rsid w:val="00FB5086"/>
+    <w:rsid w:val="00B14487"/>
     <w:pPr>
       <w:spacing w:after="0"/>
     </w:pPr>
     <w:rPr>
-      <w:sz w:val="20"/>
+      <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+      <w:sz w:val="18"/>
     </w:rPr>
   </w:style>
   <w:style w:type="table" w:styleId="Oformateradtabell2">
     <w:name w:val="Plain Table 2"/>
     <w:basedOn w:val="Normaltabell"/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="002E263F"/>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblBorders>
         <w:top w:val="single" w:sz="4" w:space="0" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80"/>
         <w:bottom w:val="single" w:sz="4" w:space="0" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80"/>
       </w:tblBorders>
     </w:tblPr>
     <w:tblStylePr w:type="firstRow">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80"/>
         </w:tcBorders>
@@ -17592,51 +15688,51 @@
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
   <w:style w:type="character" w:styleId="Hyperlnk">
     <w:name w:val="Hyperlink"/>
     <w:basedOn w:val="Standardstycketeckensnitt"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00A514B7"/>
     <w:rPr>
       <w:color w:val="006298" w:themeColor="hyperlink"/>
       <w:u w:val="single"/>
     </w:rPr>
   </w:style>
   <w:style w:type="table" w:styleId="Tabellrutnt">
     <w:name w:val="Table Grid"/>
     <w:basedOn w:val="Normaltabell"/>
-    <w:uiPriority w:val="39"/>
+    <w:uiPriority w:val="59"/>
     <w:rsid w:val="00F413D9"/>
     <w:tblPr>
       <w:tblBorders>
         <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
       </w:tblBorders>
     </w:tblPr>
   </w:style>
   <w:style w:type="table" w:styleId="Ljuslista-dekorfrg1">
     <w:name w:val="Light List Accent 1"/>
     <w:aliases w:val="VGR tabell blue"/>
     <w:basedOn w:val="Normaltabell"/>
     <w:uiPriority w:val="61"/>
     <w:rsid w:val="00827E69"/>
     <w:rPr>
       <w:sz w:val="24"/>
     </w:rPr>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblBorders>
@@ -18524,56 +16620,56 @@
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Tabellrubrik">
     <w:name w:val="Tabellrubrik"/>
     <w:basedOn w:val="Normal"/>
     <w:uiPriority w:val="3"/>
     <w:semiHidden/>
     <w:qFormat/>
     <w:rsid w:val="00B33FDD"/>
     <w:pPr>
       <w:spacing w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
       <w:bCs/>
       <w:color w:val="000000" w:themeColor="text1"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Punktlista">
     <w:name w:val="List Bullet"/>
     <w:basedOn w:val="Normal"/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
-    <w:rsid w:val="00B800EF"/>
+    <w:rsid w:val="00CB1ED7"/>
     <w:pPr>
       <w:numPr>
         <w:numId w:val="14"/>
       </w:numPr>
-      <w:ind w:left="1349" w:hanging="357"/>
+      <w:ind w:left="1712" w:hanging="357"/>
       <w:contextualSpacing/>
     </w:pPr>
   </w:style>
   <w:style w:type="table" w:styleId="Oformateradtabell3">
     <w:name w:val="Plain Table 3"/>
     <w:basedOn w:val="Normaltabell"/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="002E263F"/>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
     </w:tblPr>
     <w:tblStylePr w:type="firstRow">
       <w:rPr>
         <w:b/>
         <w:bCs/>
         <w:caps/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
@@ -18676,2711 +16772,1216 @@
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Vert">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Beskrivning">
     <w:name w:val="caption"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:uiPriority w:val="35"/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
-    <w:rsid w:val="00D705E7"/>
+    <w:rsid w:val="00404948"/>
     <w:pPr>
       <w:spacing w:after="200" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
+      <w:i/>
       <w:iCs/>
       <w:color w:val="000000" w:themeColor="text2"/>
       <w:sz w:val="18"/>
       <w:szCs w:val="18"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="SidhuvudChar">
     <w:name w:val="Sidhuvud Char"/>
     <w:basedOn w:val="Standardstycketeckensnitt"/>
     <w:link w:val="Sidhuvud"/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="00133A0F"/>
     <w:rPr>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="table" w:customStyle="1" w:styleId="TableGrid1">
-[...4 lines deleted...]
-    <w:rsid w:val="00EA755A"/>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Rubrik9Char">
+    <w:name w:val="Rubrik 9 Char"/>
+    <w:basedOn w:val="Standardstycketeckensnitt"/>
+    <w:link w:val="Rubrik9"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:rsid w:val="009A32ED"/>
     <w:rPr>
-      <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
-[...48 lines deleted...]
-      <w:shd w:val="clear" w:color="auto" w:fill="E1DFDD"/>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:i/>
+      <w:iCs/>
+      <w:color w:val="272727" w:themeColor="text1" w:themeTint="D8"/>
+      <w:sz w:val="21"/>
+      <w:szCs w:val="21"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Brdtext">
     <w:name w:val="Body Text"/>
     <w:aliases w:val="(=Löpande text)"/>
     <w:link w:val="BrdtextChar"/>
-    <w:rsid w:val="00077D0C"/>
+    <w:rsid w:val="009A32ED"/>
     <w:pPr>
       <w:spacing w:after="160"/>
       <w:ind w:left="2676"/>
     </w:pPr>
     <w:rPr>
       <w:sz w:val="24"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="BrdtextChar">
     <w:name w:val="Brödtext Char"/>
     <w:aliases w:val="(=Löpande text) Char"/>
     <w:basedOn w:val="Standardstycketeckensnitt"/>
     <w:link w:val="Brdtext"/>
-    <w:rsid w:val="00077D0C"/>
+    <w:rsid w:val="009A32ED"/>
     <w:rPr>
       <w:sz w:val="24"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:styleId="Kommentarsreferens">
-[...5 lines deleted...]
-    <w:rsid w:val="00067468"/>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="Tabell">
+    <w:name w:val="Tabell"/>
+    <w:link w:val="TabellChar"/>
+    <w:qFormat/>
+    <w:rsid w:val="00831C35"/>
+    <w:pPr>
+      <w:spacing w:line="288" w:lineRule="auto"/>
+      <w:ind w:right="-142"/>
+    </w:pPr>
     <w:rPr>
-      <w:sz w:val="16"/>
-      <w:szCs w:val="16"/>
+      <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Kommentarer">
-[...8 lines deleted...]
-    </w:pPr>
+  <w:style w:type="character" w:customStyle="1" w:styleId="TabellChar">
+    <w:name w:val="Tabell Char"/>
+    <w:basedOn w:val="Standardstycketeckensnitt"/>
+    <w:link w:val="Tabell"/>
+    <w:rsid w:val="00831C35"/>
     <w:rPr>
-      <w:sz w:val="20"/>
-[...33 lines deleted...]
-      <w:bCs/>
+      <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="AnvndHyperlnk">
     <w:name w:val="FollowedHyperlink"/>
     <w:basedOn w:val="Standardstycketeckensnitt"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
-    <w:rsid w:val="002D25F8"/>
+    <w:rsid w:val="00B97D4E"/>
     <w:rPr>
       <w:color w:val="9EA2A2" w:themeColor="followedHyperlink"/>
       <w:u w:val="single"/>
     </w:rPr>
   </w:style>
+  <w:style w:type="character" w:styleId="Olstomnmnande">
+    <w:name w:val="Unresolved Mention"/>
+    <w:basedOn w:val="Standardstycketeckensnitt"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00D03A38"/>
+    <w:rPr>
+      <w:color w:val="605E5C"/>
+      <w:shd w:val="clear" w:color="auto" w:fill="E1DFDD"/>
+    </w:rPr>
+  </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Punktlistanumrerad">
     <w:name w:val="Punktlista numrerad"/>
     <w:qFormat/>
-    <w:rsid w:val="00F57476"/>
+    <w:rsid w:val="00350AE8"/>
     <w:pPr>
       <w:keepNext/>
       <w:keepLines/>
       <w:numPr>
-        <w:numId w:val="24"/>
+        <w:numId w:val="20"/>
       </w:numPr>
       <w:tabs>
         <w:tab w:val="left" w:pos="1349"/>
       </w:tabs>
       <w:spacing w:after="120" w:line="288" w:lineRule="auto"/>
-      <w:ind w:left="1349" w:right="868" w:hanging="357"/>
+      <w:ind w:right="868"/>
     </w:pPr>
     <w:rPr>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:divs>
-    <w:div w:id="7024517">
-[...2366 lines deleted...]
-    <w:div w:id="121657028">
+    <w:div w:id="198055238">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="218060363">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
+    <w:div w:id="259266595">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+      <w:divsChild>
+        <w:div w:id="1092581665">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="628053992">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="227346214">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="462844077">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+          <w:divsChild>
+            <w:div w:id="325131053">
+              <w:marLeft w:val="-75"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="30"/>
+              <w:marBottom w:val="30"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+              <w:divsChild>
+                <w:div w:id="453452276">
+                  <w:marLeft w:val="0"/>
+                  <w:marRight w:val="0"/>
+                  <w:marTop w:val="0"/>
+                  <w:marBottom w:val="0"/>
+                  <w:divBdr>
+                    <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                    <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                    <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                    <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                  </w:divBdr>
+                  <w:divsChild>
+                    <w:div w:id="1497502498">
+                      <w:marLeft w:val="0"/>
+                      <w:marRight w:val="0"/>
+                      <w:marTop w:val="0"/>
+                      <w:marBottom w:val="0"/>
+                      <w:divBdr>
+                        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                      </w:divBdr>
+                    </w:div>
+                  </w:divsChild>
+                </w:div>
+                <w:div w:id="1795368462">
+                  <w:marLeft w:val="0"/>
+                  <w:marRight w:val="0"/>
+                  <w:marTop w:val="0"/>
+                  <w:marBottom w:val="0"/>
+                  <w:divBdr>
+                    <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                    <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                    <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                    <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                  </w:divBdr>
+                  <w:divsChild>
+                    <w:div w:id="764957201">
+                      <w:marLeft w:val="0"/>
+                      <w:marRight w:val="0"/>
+                      <w:marTop w:val="0"/>
+                      <w:marBottom w:val="0"/>
+                      <w:divBdr>
+                        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                      </w:divBdr>
+                    </w:div>
+                  </w:divsChild>
+                </w:div>
+                <w:div w:id="1627590164">
+                  <w:marLeft w:val="0"/>
+                  <w:marRight w:val="0"/>
+                  <w:marTop w:val="0"/>
+                  <w:marBottom w:val="0"/>
+                  <w:divBdr>
+                    <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                    <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                    <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                    <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                  </w:divBdr>
+                  <w:divsChild>
+                    <w:div w:id="187570634">
+                      <w:marLeft w:val="0"/>
+                      <w:marRight w:val="0"/>
+                      <w:marTop w:val="0"/>
+                      <w:marBottom w:val="0"/>
+                      <w:divBdr>
+                        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                      </w:divBdr>
+                    </w:div>
+                  </w:divsChild>
+                </w:div>
+                <w:div w:id="2018266122">
+                  <w:marLeft w:val="0"/>
+                  <w:marRight w:val="0"/>
+                  <w:marTop w:val="0"/>
+                  <w:marBottom w:val="0"/>
+                  <w:divBdr>
+                    <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                    <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                    <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                    <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                  </w:divBdr>
+                  <w:divsChild>
+                    <w:div w:id="556282853">
+                      <w:marLeft w:val="0"/>
+                      <w:marRight w:val="0"/>
+                      <w:marTop w:val="0"/>
+                      <w:marBottom w:val="0"/>
+                      <w:divBdr>
+                        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                      </w:divBdr>
+                    </w:div>
+                  </w:divsChild>
+                </w:div>
+                <w:div w:id="109982635">
+                  <w:marLeft w:val="0"/>
+                  <w:marRight w:val="0"/>
+                  <w:marTop w:val="0"/>
+                  <w:marBottom w:val="0"/>
+                  <w:divBdr>
+                    <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                    <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                    <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                    <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                  </w:divBdr>
+                  <w:divsChild>
+                    <w:div w:id="771555488">
+                      <w:marLeft w:val="0"/>
+                      <w:marRight w:val="0"/>
+                      <w:marTop w:val="0"/>
+                      <w:marBottom w:val="0"/>
+                      <w:divBdr>
+                        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                      </w:divBdr>
+                    </w:div>
+                  </w:divsChild>
+                </w:div>
+                <w:div w:id="151727619">
+                  <w:marLeft w:val="0"/>
+                  <w:marRight w:val="0"/>
+                  <w:marTop w:val="0"/>
+                  <w:marBottom w:val="0"/>
+                  <w:divBdr>
+                    <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                    <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                    <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                    <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                  </w:divBdr>
+                  <w:divsChild>
+                    <w:div w:id="908854449">
+                      <w:marLeft w:val="0"/>
+                      <w:marRight w:val="0"/>
+                      <w:marTop w:val="0"/>
+                      <w:marBottom w:val="0"/>
+                      <w:divBdr>
+                        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                      </w:divBdr>
+                    </w:div>
+                  </w:divsChild>
+                </w:div>
+                <w:div w:id="1806434671">
+                  <w:marLeft w:val="0"/>
+                  <w:marRight w:val="0"/>
+                  <w:marTop w:val="0"/>
+                  <w:marBottom w:val="0"/>
+                  <w:divBdr>
+                    <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                    <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                    <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                    <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                  </w:divBdr>
+                  <w:divsChild>
+                    <w:div w:id="1336884911">
+                      <w:marLeft w:val="0"/>
+                      <w:marRight w:val="0"/>
+                      <w:marTop w:val="0"/>
+                      <w:marBottom w:val="0"/>
+                      <w:divBdr>
+                        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                      </w:divBdr>
+                    </w:div>
+                  </w:divsChild>
+                </w:div>
+                <w:div w:id="123351593">
+                  <w:marLeft w:val="0"/>
+                  <w:marRight w:val="0"/>
+                  <w:marTop w:val="0"/>
+                  <w:marBottom w:val="0"/>
+                  <w:divBdr>
+                    <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                    <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                    <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                    <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                  </w:divBdr>
+                  <w:divsChild>
+                    <w:div w:id="329527713">
+                      <w:marLeft w:val="0"/>
+                      <w:marRight w:val="0"/>
+                      <w:marTop w:val="0"/>
+                      <w:marBottom w:val="0"/>
+                      <w:divBdr>
+                        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                      </w:divBdr>
+                    </w:div>
+                  </w:divsChild>
+                </w:div>
+              </w:divsChild>
+            </w:div>
+          </w:divsChild>
+        </w:div>
+        <w:div w:id="1392535186">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+      </w:divsChild>
+    </w:div>
     <w:div w:id="380325300">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
+    </w:div>
+    <w:div w:id="849834250">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+      <w:divsChild>
+        <w:div w:id="734817407">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="2085448403">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+          <w:divsChild>
+            <w:div w:id="428893911">
+              <w:marLeft w:val="-75"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="30"/>
+              <w:marBottom w:val="30"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+              <w:divsChild>
+                <w:div w:id="101347116">
+                  <w:marLeft w:val="0"/>
+                  <w:marRight w:val="0"/>
+                  <w:marTop w:val="0"/>
+                  <w:marBottom w:val="0"/>
+                  <w:divBdr>
+                    <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                    <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                    <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                    <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                  </w:divBdr>
+                  <w:divsChild>
+                    <w:div w:id="1873296575">
+                      <w:marLeft w:val="0"/>
+                      <w:marRight w:val="0"/>
+                      <w:marTop w:val="0"/>
+                      <w:marBottom w:val="0"/>
+                      <w:divBdr>
+                        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                      </w:divBdr>
+                    </w:div>
+                  </w:divsChild>
+                </w:div>
+                <w:div w:id="148834433">
+                  <w:marLeft w:val="0"/>
+                  <w:marRight w:val="0"/>
+                  <w:marTop w:val="0"/>
+                  <w:marBottom w:val="0"/>
+                  <w:divBdr>
+                    <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                    <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                    <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                    <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                  </w:divBdr>
+                  <w:divsChild>
+                    <w:div w:id="379747590">
+                      <w:marLeft w:val="0"/>
+                      <w:marRight w:val="0"/>
+                      <w:marTop w:val="0"/>
+                      <w:marBottom w:val="0"/>
+                      <w:divBdr>
+                        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                      </w:divBdr>
+                    </w:div>
+                  </w:divsChild>
+                </w:div>
+                <w:div w:id="1582987193">
+                  <w:marLeft w:val="0"/>
+                  <w:marRight w:val="0"/>
+                  <w:marTop w:val="0"/>
+                  <w:marBottom w:val="0"/>
+                  <w:divBdr>
+                    <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                    <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                    <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                    <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                  </w:divBdr>
+                  <w:divsChild>
+                    <w:div w:id="889993342">
+                      <w:marLeft w:val="0"/>
+                      <w:marRight w:val="0"/>
+                      <w:marTop w:val="0"/>
+                      <w:marBottom w:val="0"/>
+                      <w:divBdr>
+                        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                      </w:divBdr>
+                    </w:div>
+                  </w:divsChild>
+                </w:div>
+                <w:div w:id="328103025">
+                  <w:marLeft w:val="0"/>
+                  <w:marRight w:val="0"/>
+                  <w:marTop w:val="0"/>
+                  <w:marBottom w:val="0"/>
+                  <w:divBdr>
+                    <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                    <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                    <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                    <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                  </w:divBdr>
+                  <w:divsChild>
+                    <w:div w:id="369771088">
+                      <w:marLeft w:val="0"/>
+                      <w:marRight w:val="0"/>
+                      <w:marTop w:val="0"/>
+                      <w:marBottom w:val="0"/>
+                      <w:divBdr>
+                        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                      </w:divBdr>
+                    </w:div>
+                  </w:divsChild>
+                </w:div>
+              </w:divsChild>
+            </w:div>
+          </w:divsChild>
+        </w:div>
+        <w:div w:id="1288582203">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1348287410">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+      </w:divsChild>
+    </w:div>
+    <w:div w:id="1124038927">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+      <w:divsChild>
+        <w:div w:id="989795867">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="710302451">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="891621013">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1720473903">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+          <w:divsChild>
+            <w:div w:id="135533779">
+              <w:marLeft w:val="-75"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="30"/>
+              <w:marBottom w:val="30"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+              <w:divsChild>
+                <w:div w:id="216669623">
+                  <w:marLeft w:val="0"/>
+                  <w:marRight w:val="0"/>
+                  <w:marTop w:val="0"/>
+                  <w:marBottom w:val="0"/>
+                  <w:divBdr>
+                    <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                    <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                    <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                    <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                  </w:divBdr>
+                  <w:divsChild>
+                    <w:div w:id="2112428798">
+                      <w:marLeft w:val="0"/>
+                      <w:marRight w:val="0"/>
+                      <w:marTop w:val="0"/>
+                      <w:marBottom w:val="0"/>
+                      <w:divBdr>
+                        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                      </w:divBdr>
+                    </w:div>
+                  </w:divsChild>
+                </w:div>
+                <w:div w:id="288753241">
+                  <w:marLeft w:val="0"/>
+                  <w:marRight w:val="0"/>
+                  <w:marTop w:val="0"/>
+                  <w:marBottom w:val="0"/>
+                  <w:divBdr>
+                    <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                    <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                    <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                    <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                  </w:divBdr>
+                  <w:divsChild>
+                    <w:div w:id="306206920">
+                      <w:marLeft w:val="0"/>
+                      <w:marRight w:val="0"/>
+                      <w:marTop w:val="0"/>
+                      <w:marBottom w:val="0"/>
+                      <w:divBdr>
+                        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                      </w:divBdr>
+                    </w:div>
+                  </w:divsChild>
+                </w:div>
+                <w:div w:id="957301543">
+                  <w:marLeft w:val="0"/>
+                  <w:marRight w:val="0"/>
+                  <w:marTop w:val="0"/>
+                  <w:marBottom w:val="0"/>
+                  <w:divBdr>
+                    <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                    <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                    <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                    <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                  </w:divBdr>
+                  <w:divsChild>
+                    <w:div w:id="491258475">
+                      <w:marLeft w:val="0"/>
+                      <w:marRight w:val="0"/>
+                      <w:marTop w:val="0"/>
+                      <w:marBottom w:val="0"/>
+                      <w:divBdr>
+                        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                      </w:divBdr>
+                    </w:div>
+                  </w:divsChild>
+                </w:div>
+                <w:div w:id="473258116">
+                  <w:marLeft w:val="0"/>
+                  <w:marRight w:val="0"/>
+                  <w:marTop w:val="0"/>
+                  <w:marBottom w:val="0"/>
+                  <w:divBdr>
+                    <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                    <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                    <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                    <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                  </w:divBdr>
+                  <w:divsChild>
+                    <w:div w:id="1249536759">
+                      <w:marLeft w:val="0"/>
+                      <w:marRight w:val="0"/>
+                      <w:marTop w:val="0"/>
+                      <w:marBottom w:val="0"/>
+                      <w:divBdr>
+                        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                      </w:divBdr>
+                    </w:div>
+                  </w:divsChild>
+                </w:div>
+                <w:div w:id="1698509651">
+                  <w:marLeft w:val="0"/>
+                  <w:marRight w:val="0"/>
+                  <w:marTop w:val="0"/>
+                  <w:marBottom w:val="0"/>
+                  <w:divBdr>
+                    <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                    <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                    <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                    <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                  </w:divBdr>
+                  <w:divsChild>
+                    <w:div w:id="1481507766">
+                      <w:marLeft w:val="0"/>
+                      <w:marRight w:val="0"/>
+                      <w:marTop w:val="0"/>
+                      <w:marBottom w:val="0"/>
+                      <w:divBdr>
+                        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                      </w:divBdr>
+                    </w:div>
+                  </w:divsChild>
+                </w:div>
+                <w:div w:id="570578951">
+                  <w:marLeft w:val="0"/>
+                  <w:marRight w:val="0"/>
+                  <w:marTop w:val="0"/>
+                  <w:marBottom w:val="0"/>
+                  <w:divBdr>
+                    <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                    <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                    <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                    <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                  </w:divBdr>
+                  <w:divsChild>
+                    <w:div w:id="74791500">
+                      <w:marLeft w:val="0"/>
+                      <w:marRight w:val="0"/>
+                      <w:marTop w:val="0"/>
+                      <w:marBottom w:val="0"/>
+                      <w:divBdr>
+                        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                      </w:divBdr>
+                    </w:div>
+                  </w:divsChild>
+                </w:div>
+                <w:div w:id="192766732">
+                  <w:marLeft w:val="0"/>
+                  <w:marRight w:val="0"/>
+                  <w:marTop w:val="0"/>
+                  <w:marBottom w:val="0"/>
+                  <w:divBdr>
+                    <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                    <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                    <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                    <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                  </w:divBdr>
+                  <w:divsChild>
+                    <w:div w:id="428090074">
+                      <w:marLeft w:val="0"/>
+                      <w:marRight w:val="0"/>
+                      <w:marTop w:val="0"/>
+                      <w:marBottom w:val="0"/>
+                      <w:divBdr>
+                        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                      </w:divBdr>
+                    </w:div>
+                  </w:divsChild>
+                </w:div>
+                <w:div w:id="1627812021">
+                  <w:marLeft w:val="0"/>
+                  <w:marRight w:val="0"/>
+                  <w:marTop w:val="0"/>
+                  <w:marBottom w:val="0"/>
+                  <w:divBdr>
+                    <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                    <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                    <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                    <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                  </w:divBdr>
+                  <w:divsChild>
+                    <w:div w:id="1465344746">
+                      <w:marLeft w:val="0"/>
+                      <w:marRight w:val="0"/>
+                      <w:marTop w:val="0"/>
+                      <w:marBottom w:val="0"/>
+                      <w:divBdr>
+                        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                      </w:divBdr>
+                    </w:div>
+                  </w:divsChild>
+                </w:div>
+              </w:divsChild>
+            </w:div>
+          </w:divsChild>
+        </w:div>
+        <w:div w:id="2092195945">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+      </w:divsChild>
     </w:div>
     <w:div w:id="1230919038">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
-    <w:div w:id="1304851724">
+    <w:div w:id="1657109182">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
-    </w:div>
-[...11 lines deleted...]
-      </w:divBdr>
+      <w:divsChild>
+        <w:div w:id="243338903">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="442304594">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+          <w:divsChild>
+            <w:div w:id="271599438">
+              <w:marLeft w:val="-75"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="30"/>
+              <w:marBottom w:val="30"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+              <w:divsChild>
+                <w:div w:id="379206901">
+                  <w:marLeft w:val="0"/>
+                  <w:marRight w:val="0"/>
+                  <w:marTop w:val="0"/>
+                  <w:marBottom w:val="0"/>
+                  <w:divBdr>
+                    <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                    <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                    <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                    <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                  </w:divBdr>
+                  <w:divsChild>
+                    <w:div w:id="1426341196">
+                      <w:marLeft w:val="0"/>
+                      <w:marRight w:val="0"/>
+                      <w:marTop w:val="0"/>
+                      <w:marBottom w:val="0"/>
+                      <w:divBdr>
+                        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                      </w:divBdr>
+                    </w:div>
+                  </w:divsChild>
+                </w:div>
+                <w:div w:id="1384989236">
+                  <w:marLeft w:val="0"/>
+                  <w:marRight w:val="0"/>
+                  <w:marTop w:val="0"/>
+                  <w:marBottom w:val="0"/>
+                  <w:divBdr>
+                    <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                    <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                    <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                    <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                  </w:divBdr>
+                  <w:divsChild>
+                    <w:div w:id="305621965">
+                      <w:marLeft w:val="0"/>
+                      <w:marRight w:val="0"/>
+                      <w:marTop w:val="0"/>
+                      <w:marBottom w:val="0"/>
+                      <w:divBdr>
+                        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                      </w:divBdr>
+                    </w:div>
+                  </w:divsChild>
+                </w:div>
+                <w:div w:id="919098640">
+                  <w:marLeft w:val="0"/>
+                  <w:marRight w:val="0"/>
+                  <w:marTop w:val="0"/>
+                  <w:marBottom w:val="0"/>
+                  <w:divBdr>
+                    <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                    <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                    <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                    <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                  </w:divBdr>
+                  <w:divsChild>
+                    <w:div w:id="1838618914">
+                      <w:marLeft w:val="0"/>
+                      <w:marRight w:val="0"/>
+                      <w:marTop w:val="0"/>
+                      <w:marBottom w:val="0"/>
+                      <w:divBdr>
+                        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                      </w:divBdr>
+                    </w:div>
+                  </w:divsChild>
+                </w:div>
+                <w:div w:id="1009328754">
+                  <w:marLeft w:val="0"/>
+                  <w:marRight w:val="0"/>
+                  <w:marTop w:val="0"/>
+                  <w:marBottom w:val="0"/>
+                  <w:divBdr>
+                    <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                    <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                    <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                    <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                  </w:divBdr>
+                  <w:divsChild>
+                    <w:div w:id="1794398132">
+                      <w:marLeft w:val="0"/>
+                      <w:marRight w:val="0"/>
+                      <w:marTop w:val="0"/>
+                      <w:marBottom w:val="0"/>
+                      <w:divBdr>
+                        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                      </w:divBdr>
+                    </w:div>
+                  </w:divsChild>
+                </w:div>
+              </w:divsChild>
+            </w:div>
+          </w:divsChild>
+        </w:div>
+        <w:div w:id="747267921">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="829365723">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+      </w:divsChild>
     </w:div>
   </w:divs>
+  <w:relyOnVML/>
+  <w:allowPNG/>
 </w:webSettings>
 </file>
 
-<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml" Id="rId8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mellanarkiv-offentlig.vgregion.se/alfresco/s/archive/stream/public/v1/source/available/sofia/su9771-677637494-313/surrogate/Delirium%20konfusion%20hos%20%c3%a4ldre.pdf" TargetMode="External" Id="rId13" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mellanarkiv-offentlig.vgregion.se/alfresco/s/archive/stream/public/v1/source/available/sofia/su9992-381335686-55/surrogate/Sk%c3%b6ra%20%c3%a4ldre%20p%c3%a5%20v%c3%a5rdavdelningar%20inom%20Sahlgrenska%20Universitetssjukhuset.pdf" TargetMode="External" Id="rId18" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml" Id="rId26" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml" Id="rId21" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml" Id="rId7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png" Id="rId12" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mellanarkiv-offentlig.vgregion.se/alfresco/s/archive/stream/public/v1/source/available/sofia/su9771-677637494-313/surrogate/Delirium%20konfusion%20hos%20%c3%a4ldre.pdf" TargetMode="External" Id="rId17" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer3.xml" Id="rId25" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mellanarkiv-offentlig.vgregion.se/alfresco/s/archive/stream/public/v1/source/available/sofia/sas9642-738863596-159/surrogate/Remiss%20till%20n%c3%a4rsjukv%c3%a5rdsteamet%2c%20S%c3%84S.pdf" TargetMode="External" Id="rId16" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.png" Id="rId20" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml" Id="rId6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml" Id="rId11" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml" Id="rId24" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://aldrekompassen.vgregion.se/" TargetMode="External" Id="rId15" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml" Id="rId23" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml" Id="rId10" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.socialstyrelsen.se/globalassets/sharepoint-dokument/dokument-webb/ovrigt/aldre-olampliga-lakemedel-for-aldre-lista.pdf" TargetMode="External" Id="rId19" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml" Id="rId9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mellanarkiv-offentlig.vgregion.se/alfresco/s/archive/stream/public/v1/source/available/SOFIA/SAS9614-1097948292-70/SURROGATE/Pneumoni%20-%20f%c3%b6rebyggande%20av%20v%c3%a5rdrelaterad%20infektion.pdf" TargetMode="External" Id="rId14" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml" Id="rId22" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml" Id="rId27" /></Relationships>
+<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml" Id="rId8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="bookmark://Bild1" TargetMode="External" Id="rId13" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://aldrekompassen.vgregion.se/" TargetMode="External" Id="rId18" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml" Id="rId26" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mellanarkiv-offentlig.vgregion.se/alfresco/s/archive/stream/public/v1/source/available/sofia/su9992-381335686-55/surrogate/Sk%c3%b6ra%20%c3%a4ldre%20p%c3%a5%20v%c3%a5rdavdelningar%20inom%20Sahlgrenska%20Universitetssjukhuset.pdf" TargetMode="External" Id="rId21" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml" Id="rId7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="bookmark://Bilaga1" TargetMode="External" Id="rId12" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mellanarkiv-offentlig.vgregion.se/alfresco/s/archive/stream/public/v1/source/available/SOFIA/SAS9614-1097948292-70/SURROGATE/Pneumoni%20-%20f%c3%b6rebyggande%20av%20v%c3%a5rdrelaterad%20infektion.pdf" TargetMode="External" Id="rId17" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml" Id="rId25" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mellanarkiv-offentlig.vgregion.se/alfresco/s/archive/stream/public/v1/source/available/sofia/su9771-677637494-313/surrogate/Delirium%20konfusion%20hos%20%c3%a4ldre.pdf" TargetMode="External" Id="rId16" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mellanarkiv-offentlig.vgregion.se/alfresco/s/archive/stream/public/v1/source/available/sofia/su9771-677637494-313/surrogate/Delirium%20konfusion%20hos%20%c3%a4ldre.pdf" TargetMode="External" Id="rId20" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml" Id="rId29" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml" Id="rId6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml" Id="rId11" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml" Id="rId24" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.png" Id="rId15" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml" Id="rId23" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml" Id="rId28" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml" Id="rId10" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mellanarkiv-offentlig.vgregion.se/alfresco/s/archive/stream/public/v1/source/available/sofia/sas9642-738863596-159/surrogate/Remiss%20till%20n%c3%a4rsjukv%c3%a5rdsteamet%2c%20S%c3%84S.pdf" TargetMode="External" Id="rId19" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml" Id="rId9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png" Id="rId14" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.socialstyrelsen.se/globalassets/sharepoint-dokument/dokument-webb/ovrigt/aldre-olampliga-lakemedel-for-aldre-lista.pdf" TargetMode="External" Id="rId22" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer3.xml" Id="rId27" /></Relationships>
 </file>
 
 <file path=word/_rels/footer3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image4.wmf"/></Relationships>
-[...3 lines deleted...]
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image3.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image4.svg"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image3.png"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office-tema">
   <a:themeElements>
     <a:clrScheme name="VG">
       <a:dk1>
         <a:srgbClr val="000000"/>
       </a:dk1>
       <a:lt1>
         <a:srgbClr val="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="000000"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="808080"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="006298"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="367B1E"/>
       </a:accent2>
       <a:accent3>
@@ -21661,74 +18262,58 @@
       <a:spPr/>
       <a:bodyPr/>
       <a:lstStyle/>
       <a:style>
         <a:lnRef idx="2">
           <a:schemeClr val="accent1"/>
         </a:lnRef>
         <a:fillRef idx="0">
           <a:schemeClr val="accent1"/>
         </a:fillRef>
         <a:effectRef idx="1">
           <a:schemeClr val="accent1"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="tx1"/>
         </a:fontRef>
       </a:style>
     </a:lnDef>
   </a:objectDefaults>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
-  <Template>Normal</Template>
+  <Template>normal</Template>
   <TotalTime></TotalTime>
   <Pages>9</Pages>
-  <Words>2147</Words>
-  <Characters>11385</Characters>
+  <Words>1729</Words>
+  <Characters>13209</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>94</Lines>
-  <Paragraphs>27</Paragraphs>
+  <Lines>110</Lines>
+  <Paragraphs>29</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
-  <HeadingPairs>
-[...13 lines deleted...]
-  </TitlesOfParts>
   <Manager/>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>13505</CharactersWithSpaces>
+  <CharactersWithSpaces>14909</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <coreProperties xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns="http://schemas.openxmlformats.org/package/2006/metadata/core-properties">
   <dc:title>Sköra Äldre och Clinical Frailty Scale (CFS), SÄS</dc:title>
   <dc:subject/>
   <dc:creator/>
   <keywords/>
-  <dc:description/>
   <lastModifiedBy/>
-  <revision>1</revision>
+  <revision>2</revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </coreProperties>
 </file>