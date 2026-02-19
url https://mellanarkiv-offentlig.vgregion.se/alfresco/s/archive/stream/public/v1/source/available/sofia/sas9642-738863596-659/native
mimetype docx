--- v0 (2025-11-26)
+++ v1 (2026-02-19)
@@ -1,5258 +1,3177 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
-  <Default Extension="wmf" ContentType="image/x-wmf"/>
+  <Default Extension="svg" ContentType="image/svg+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
+  <Override PartName="/word/footer2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/header2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
-  <Override PartName="/word/footer2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
+  <Override PartName="/word/footer3.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml" Id="rId2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml" Id="rId1" /></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
-    <w:p w14:paraId="6BAA1DE3" w14:textId="358506F4" w:rsidR="002A67F7" w:rsidRDefault="002A67F7" w:rsidP="002A67F7">
+    <w:p w14:paraId="061914D4" w14:textId="3AA50A81" w:rsidR="00184167" w:rsidRDefault="00097F52" w:rsidP="009A32ED">
       <w:pPr>
         <w:pStyle w:val="Rubrik1"/>
       </w:pPr>
-      <w:bookmarkStart w:id="0" w:name="_Hlk151994902"/>
-[...7 lines deleted...]
-    <w:p w14:paraId="3673E5F9" w14:textId="7BC8C46C" w:rsidR="002A67F7" w:rsidRDefault="002A67F7" w:rsidP="002A67F7">
+      <w:r w:rsidRPr="00097F52">
+        <w:t>Gynekologisk konsultation och triage, SÄS</w:t>
+      </w:r>
+      <w:r w:rsidR="00A264BE" w:rsidRPr="005A627D">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:bookmarkStart w:id="0" w:name="_Toc321146591"/>
+    </w:p>
+    <w:p w14:paraId="11BC1DCA" w14:textId="77777777" w:rsidR="009A32ED" w:rsidRDefault="009A32ED" w:rsidP="009A32ED">
       <w:pPr>
         <w:pStyle w:val="Rubrik2"/>
-      </w:pPr>
-      <w:bookmarkStart w:id="1" w:name="_Toc156208336"/>
+        <w:ind w:right="-143"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="1" w:name="_Toc100327184"/>
+      <w:bookmarkStart w:id="2" w:name="_Toc203026789"/>
       <w:bookmarkEnd w:id="0"/>
       <w:r>
+        <w:t>Förändringar sedan föregående version</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="1"/>
+      <w:bookmarkEnd w:id="2"/>
+    </w:p>
+    <w:p w14:paraId="4EA6C4B6" w14:textId="7529FF03" w:rsidR="009A32ED" w:rsidRPr="007A334E" w:rsidRDefault="00681ADE" w:rsidP="009A32ED">
+      <w:pPr>
+        <w:ind w:right="-143"/>
+      </w:pPr>
+      <w:r>
+        <w:t>Redaktionella förändringar</w:t>
+      </w:r>
+      <w:r w:rsidR="00481B99">
+        <w:t xml:space="preserve"> samt korrigering av telefonnummer. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="69BCFD87" w14:textId="77777777" w:rsidR="009A32ED" w:rsidRDefault="009A32ED" w:rsidP="009A32ED">
+      <w:pPr>
+        <w:pStyle w:val="Rubrik2"/>
+        <w:ind w:right="-143"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="3" w:name="_Toc100327185"/>
+      <w:bookmarkStart w:id="4" w:name="_Toc203026790"/>
+      <w:bookmarkStart w:id="5" w:name="_Toc72840807"/>
+      <w:r>
         <w:t>Sammanfattning</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="1"/>
-[...2 lines deleted...]
-      <w:bookmarkStart w:id="2" w:name="_Hlk151994347"/>
+      <w:bookmarkEnd w:id="3"/>
+      <w:bookmarkEnd w:id="4"/>
+    </w:p>
+    <w:p w14:paraId="4BD324B5" w14:textId="6345BCE7" w:rsidR="00097F52" w:rsidRDefault="00097F52" w:rsidP="00097F52">
+      <w:pPr>
+        <w:ind w:right="-143"/>
+      </w:pPr>
       <w:r>
-        <w:t>Riktlinje som tydliggör vilka akuta symtom som kräver bedömning av gynekolog både dagtid, under jourtid (klockan 16</w:t>
-[...3 lines deleted...]
-      </w:r>
+        <w:t xml:space="preserve">Riktlinje som tydliggör vilka akuta symtom som kräver bedömning av gynekolog både dagtid, under jourtid (klockan 16:00- 08:00) samt helger.  </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="305361E2" w14:textId="2F0B659B" w:rsidR="009A32ED" w:rsidRDefault="00097F52" w:rsidP="00097F52">
+      <w:pPr>
+        <w:ind w:right="-143"/>
+      </w:pPr>
       <w:r>
-        <w:t>00- 08</w:t>
-[...3 lines deleted...]
-      </w:r>
+        <w:t xml:space="preserve">Riktlinjerna som gäller både flickor och kvinnor riktar sig till medarbetare på enhet gynekologi inom VO kvinna barn respektive akutmottagningen inom VO akutsjukvård. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6660DA9D" w14:textId="2A8EC736" w:rsidR="00B405A1" w:rsidRDefault="00B405A1" w:rsidP="00381633">
+      <w:pPr>
+        <w:pStyle w:val="UnderrubrikVGR"/>
+      </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">00) samt helger. </w:t>
-[...58 lines deleted...]
-        </w:rPr>
         <w:t>Innehållsförteckning</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="28D8BCB3" w14:textId="0D930DF3" w:rsidR="00555373" w:rsidRDefault="00B2195C">
-[...1 lines deleted...]
-        <w:pStyle w:val="Innehll1"/>
+    <w:p w14:paraId="492A22C0" w14:textId="1D3F87A4" w:rsidR="00381633" w:rsidRDefault="00D67C88">
+      <w:pPr>
+        <w:pStyle w:val="Innehll2"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:noProof/>
-          <w:sz w:val="22"/>
-          <w:szCs w:val="22"/>
+          <w:kern w:val="2"/>
+          <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:fldChar w:fldCharType="begin"/>
       </w:r>
       <w:r>
-        <w:instrText xml:space="preserve"> TOC \h \z \t "Rubrik 2;1;Rubrik 3;2;Mellanrubrik VGR;3" </w:instrText>
+        <w:instrText xml:space="preserve"> TOC \o "2-2" \h \z \u \t "Rubrik;1" </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:hyperlink w:anchor="_Toc156208336" w:history="1">
-        <w:r w:rsidR="00555373" w:rsidRPr="00907491">
+      <w:hyperlink w:anchor="_Toc203026789" w:history="1">
+        <w:r w:rsidR="00381633" w:rsidRPr="003652BA">
           <w:rPr>
             <w:rStyle w:val="Hyperlnk"/>
             <w:rFonts w:eastAsia="MS Gothic"/>
             <w:noProof/>
           </w:rPr>
-          <w:t>Sammanfattning</w:t>
+          <w:t>Förändringar sedan föregående version</w:t>
         </w:r>
-        <w:r w:rsidR="00555373">
+        <w:r w:rsidR="00381633">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
-        <w:r w:rsidR="00555373">
+        <w:r w:rsidR="00381633">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
-        <w:r w:rsidR="00555373">
+        <w:r w:rsidR="00381633">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
-          <w:instrText xml:space="preserve"> PAGEREF _Toc156208336 \h </w:instrText>
+          <w:instrText xml:space="preserve"> PAGEREF _Toc203026789 \h </w:instrText>
         </w:r>
-        <w:r w:rsidR="00555373">
+        <w:r w:rsidR="00381633">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
         </w:r>
-        <w:r w:rsidR="00555373">
+        <w:r w:rsidR="00381633">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
-        <w:r w:rsidR="00555373">
+        <w:r w:rsidR="00381633">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:t>1</w:t>
         </w:r>
-        <w:r w:rsidR="00555373">
+        <w:r w:rsidR="00381633">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="1DCBE251" w14:textId="61344233" w:rsidR="00555373" w:rsidRDefault="00555373">
-[...1 lines deleted...]
-        <w:pStyle w:val="Innehll1"/>
+    <w:p w14:paraId="7083EECC" w14:textId="1AEA2A9F" w:rsidR="00381633" w:rsidRDefault="00381633">
+      <w:pPr>
+        <w:pStyle w:val="Innehll2"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:noProof/>
-          <w:sz w:val="22"/>
-          <w:szCs w:val="22"/>
+          <w:kern w:val="2"/>
+          <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink w:anchor="_Toc156208337" w:history="1">
-        <w:r w:rsidRPr="00907491">
+      <w:hyperlink w:anchor="_Toc203026790" w:history="1">
+        <w:r w:rsidRPr="003652BA">
           <w:rPr>
             <w:rStyle w:val="Hyperlnk"/>
             <w:rFonts w:eastAsia="MS Gothic"/>
             <w:noProof/>
           </w:rPr>
-          <w:t>Förändringar sedan föregående version</w:t>
+          <w:t>Sammanfattning</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
-          <w:instrText xml:space="preserve"> PAGEREF _Toc156208337 \h </w:instrText>
+          <w:instrText xml:space="preserve"> PAGEREF _Toc203026790 \h </w:instrText>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:t>1</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="31B5F540" w14:textId="4E0BEDA0" w:rsidR="00555373" w:rsidRDefault="00555373">
-[...1 lines deleted...]
-        <w:pStyle w:val="Innehll1"/>
+    <w:p w14:paraId="106CFA27" w14:textId="67A1BF79" w:rsidR="00381633" w:rsidRDefault="00381633">
+      <w:pPr>
+        <w:pStyle w:val="Innehll2"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:noProof/>
-          <w:sz w:val="22"/>
-          <w:szCs w:val="22"/>
+          <w:kern w:val="2"/>
+          <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink w:anchor="_Toc156208338" w:history="1">
-        <w:r w:rsidRPr="00907491">
+      <w:hyperlink w:anchor="_Toc203026791" w:history="1">
+        <w:r w:rsidRPr="003652BA">
           <w:rPr>
             <w:rStyle w:val="Hyperlnk"/>
             <w:rFonts w:eastAsia="MS Gothic"/>
             <w:noProof/>
           </w:rPr>
-          <w:t>Bakgrund</w:t>
+          <w:t>Bakgrund och syfte</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
-          <w:instrText xml:space="preserve"> PAGEREF _Toc156208338 \h </w:instrText>
+          <w:instrText xml:space="preserve"> PAGEREF _Toc203026791 \h </w:instrText>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:t>2</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="2C8E5817" w14:textId="4D32A575" w:rsidR="00555373" w:rsidRDefault="00555373">
-[...1 lines deleted...]
-        <w:pStyle w:val="Innehll1"/>
+    <w:p w14:paraId="3FC56F54" w14:textId="78E64586" w:rsidR="00381633" w:rsidRDefault="00381633">
+      <w:pPr>
+        <w:pStyle w:val="Innehll2"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:noProof/>
-          <w:sz w:val="22"/>
-          <w:szCs w:val="22"/>
+          <w:kern w:val="2"/>
+          <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink w:anchor="_Toc156208339" w:history="1">
-        <w:r w:rsidRPr="00907491">
+      <w:hyperlink w:anchor="_Toc203026792" w:history="1">
+        <w:r w:rsidRPr="003652BA">
           <w:rPr>
             <w:rStyle w:val="Hyperlnk"/>
             <w:rFonts w:eastAsia="MS Gothic"/>
             <w:noProof/>
           </w:rPr>
           <w:t>Förutsättningar</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
-          <w:instrText xml:space="preserve"> PAGEREF _Toc156208339 \h </w:instrText>
+          <w:instrText xml:space="preserve"> PAGEREF _Toc203026792 \h </w:instrText>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:t>2</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="6BD63AE7" w14:textId="6BFEB61F" w:rsidR="00555373" w:rsidRDefault="00555373">
+    <w:p w14:paraId="144CB618" w14:textId="4B78D858" w:rsidR="00381633" w:rsidRDefault="00381633">
       <w:pPr>
         <w:pStyle w:val="Innehll2"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:noProof/>
-          <w:sz w:val="22"/>
-          <w:szCs w:val="22"/>
+          <w:kern w:val="2"/>
+          <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink w:anchor="_Toc156208340" w:history="1">
-        <w:r w:rsidRPr="00907491">
+      <w:hyperlink w:anchor="_Toc203026793" w:history="1">
+        <w:r w:rsidRPr="003652BA">
           <w:rPr>
             <w:rStyle w:val="Hyperlnk"/>
             <w:rFonts w:eastAsia="MS Gothic"/>
             <w:noProof/>
           </w:rPr>
-          <w:t>Triagering</w:t>
+          <w:t>Utförande</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
-          <w:instrText xml:space="preserve"> PAGEREF _Toc156208340 \h </w:instrText>
+          <w:instrText xml:space="preserve"> PAGEREF _Toc203026793 \h </w:instrText>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:t>2</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="149E93E0" w14:textId="3BF048C8" w:rsidR="00555373" w:rsidRDefault="00555373">
-[...1 lines deleted...]
-        <w:pStyle w:val="Innehll1"/>
+    <w:p w14:paraId="5DF2829F" w14:textId="36858EE0" w:rsidR="00381633" w:rsidRDefault="00381633">
+      <w:pPr>
+        <w:pStyle w:val="Innehll2"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:noProof/>
-          <w:sz w:val="22"/>
-          <w:szCs w:val="22"/>
+          <w:kern w:val="2"/>
+          <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink w:anchor="_Toc156208341" w:history="1">
-        <w:r w:rsidRPr="00907491">
+      <w:hyperlink w:anchor="_Toc203026794" w:history="1">
+        <w:r w:rsidRPr="003652BA">
           <w:rPr>
             <w:rStyle w:val="Hyperlnk"/>
             <w:rFonts w:eastAsia="MS Gothic"/>
             <w:noProof/>
           </w:rPr>
-          <w:t>Genomförande</w:t>
+          <w:t>Arbetsgrupp</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
-          <w:instrText xml:space="preserve"> PAGEREF _Toc156208341 \h </w:instrText>
-[...620 lines deleted...]
-          <w:instrText xml:space="preserve"> PAGEREF _Toc156208350 \h </w:instrText>
+          <w:instrText xml:space="preserve"> PAGEREF _Toc203026794 \h </w:instrText>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:t>6</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="7037E544" w14:textId="39FC1489" w:rsidR="00555373" w:rsidRDefault="00555373">
-[...1 lines deleted...]
-        <w:pStyle w:val="Innehll1"/>
+    <w:p w14:paraId="3B89E7AD" w14:textId="1118F23D" w:rsidR="00381633" w:rsidRDefault="00381633">
+      <w:pPr>
+        <w:pStyle w:val="Innehll2"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:noProof/>
-          <w:sz w:val="22"/>
-          <w:szCs w:val="22"/>
+          <w:kern w:val="2"/>
+          <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink w:anchor="_Toc156208351" w:history="1">
-        <w:r w:rsidRPr="00907491">
+      <w:hyperlink w:anchor="_Toc203026795" w:history="1">
+        <w:r w:rsidRPr="003652BA">
           <w:rPr>
             <w:rStyle w:val="Hyperlnk"/>
             <w:rFonts w:eastAsia="MS Gothic"/>
             <w:noProof/>
           </w:rPr>
-          <w:t>Länkförteckning</w:t>
+          <w:t>Källförteckning</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
-          <w:instrText xml:space="preserve"> PAGEREF _Toc156208351 \h </w:instrText>
+          <w:instrText xml:space="preserve"> PAGEREF _Toc203026795 \h </w:instrText>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:t>6</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="2B635D1D" w14:textId="46E37393" w:rsidR="00555373" w:rsidRDefault="00555373">
-[...68 lines deleted...]
-    <w:p w14:paraId="563762D9" w14:textId="1DF7DB4F" w:rsidR="002A67F7" w:rsidRDefault="00B2195C" w:rsidP="005C5162">
+    <w:p w14:paraId="1FC6584C" w14:textId="3489B07D" w:rsidR="00B405A1" w:rsidRDefault="00D67C88" w:rsidP="009A32ED">
+      <w:pPr>
+        <w:ind w:right="-143"/>
+      </w:pPr>
+      <w:r>
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="29B03EF5" w14:textId="77777777" w:rsidR="009A32ED" w:rsidRDefault="009A32ED" w:rsidP="009A32ED">
       <w:pPr>
         <w:pStyle w:val="Rubrik2"/>
-      </w:pPr>
+        <w:ind w:right="-143"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="6" w:name="_Toc100327186"/>
+      <w:bookmarkStart w:id="7" w:name="_Toc203026791"/>
+      <w:bookmarkEnd w:id="5"/>
       <w:r>
         <w:lastRenderedPageBreak/>
-        <w:fldChar w:fldCharType="end"/>
-[...8 lines deleted...]
-      <w:r w:rsidRPr="00151D09">
+        <w:t>Bakgrund och syfte</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="6"/>
+      <w:bookmarkEnd w:id="7"/>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="696C096E" w14:textId="695DBCD5" w:rsidR="009A32ED" w:rsidRPr="00023FF4" w:rsidRDefault="00097F52" w:rsidP="009A32ED">
+      <w:pPr>
+        <w:ind w:right="-143"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00097F52">
         <w:t xml:space="preserve">Patienter </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="00151D09">
+      <w:r w:rsidRPr="00097F52">
         <w:t>triageras</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="00151D09">
-[...27 lines deleted...]
-    <w:p w14:paraId="380E82A4" w14:textId="32051241" w:rsidR="002A67F7" w:rsidRDefault="002A67F7" w:rsidP="002A67F7">
+      <w:r w:rsidRPr="00097F52">
+        <w:t xml:space="preserve"> dagligen via telefon, och mer än 120 patienter bedöms varje vecka av läkare. Under jourverksamheten ökar behovet av samarbete mellan gynekologiverksamheten (framför allt gynekologjouren) och VO akutsjukvård. Denna riktlinje syftar till att underlätta arbetet och generera en mer jämlik bedömning av patienten. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="70B2A54A" w14:textId="77777777" w:rsidR="009A32ED" w:rsidRDefault="009A32ED" w:rsidP="009A32ED">
       <w:pPr>
         <w:pStyle w:val="Rubrik2"/>
-      </w:pPr>
-      <w:bookmarkStart w:id="5" w:name="_Toc156208339"/>
+        <w:ind w:right="-143"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="8" w:name="_Toc100327187"/>
+      <w:bookmarkStart w:id="9" w:name="_Toc203026792"/>
       <w:r>
         <w:t>Förutsättningar</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="5"/>
-[...1 lines deleted...]
-    <w:p w14:paraId="3ACC01DE" w14:textId="3533F7B5" w:rsidR="002A67F7" w:rsidRDefault="002A67F7" w:rsidP="002A67F7">
+      <w:bookmarkEnd w:id="8"/>
+      <w:bookmarkEnd w:id="9"/>
+    </w:p>
+    <w:p w14:paraId="10C9BB63" w14:textId="0FBF458D" w:rsidR="00097F52" w:rsidRDefault="00097F52" w:rsidP="00097F52">
+      <w:pPr>
+        <w:ind w:right="-143"/>
+      </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">Akut bedömning av patienter är en av de mest belastande uppdragen för </w:t>
-[...3 lines deleted...]
-      </w:r>
+        <w:t xml:space="preserve">Akut bedömning av patienter är en av de mest belastande uppdragen för den gynekologiska verksamheten. Många patienter söker akut men långt ifrån alla är i behov av akut läkarbedömning. Under jourtid och helger är belastning ännu tyngre p.g.a. begränsad bemanning med en primärjour på plats och en bakjour med 20 minuters inställelsetid. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2CA25BD4" w14:textId="37DBF86E" w:rsidR="00097F52" w:rsidRDefault="00097F52" w:rsidP="00097F52">
+      <w:pPr>
+        <w:pStyle w:val="Rubrik3"/>
+      </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">. Många patienter söker akut men långt ifrån alla är i behov </w:t>
-[...18 lines deleted...]
-    <w:p w14:paraId="249BA547" w14:textId="2665EDA8" w:rsidR="001E7200" w:rsidRDefault="001E7200" w:rsidP="002A67F7">
+        <w:t xml:space="preserve">Triagering </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="54E3E185" w14:textId="7795C674" w:rsidR="00097F52" w:rsidRDefault="00097F52" w:rsidP="00097F52">
+      <w:pPr>
+        <w:ind w:right="-143"/>
+      </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Patienten </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:t>triageras</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r>
         <w:t xml:space="preserve"> enligt WEST (West Coast System for Triage). För beskrivning av triagesystemet hänvisas till rutinen </w:t>
       </w:r>
-      <w:hyperlink r:id="rId12" w:history="1">
-        <w:r w:rsidRPr="001E7200">
+      <w:hyperlink r:id="rId11" w:tgtFrame="_blank" w:history="1">
+        <w:r w:rsidRPr="00097F52">
           <w:rPr>
             <w:rStyle w:val="Hyperlnk"/>
           </w:rPr>
           <w:t>Optimal vårdnivå – Vårdinsats på plats av ambulanssjuksköterska</w:t>
         </w:r>
       </w:hyperlink>
+      <w:r w:rsidRPr="00097F52">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
       <w:r>
-        <w:t xml:space="preserve"> inom VO akutsjukvård.</w:t>
-[...2 lines deleted...]
-    <w:p w14:paraId="56727C48" w14:textId="1AB53461" w:rsidR="002A67F7" w:rsidRDefault="002A67F7" w:rsidP="00B74F22">
+        <w:t>inom VO akutsjukvård.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="37C7076C" w14:textId="77777777" w:rsidR="009A32ED" w:rsidRPr="00065A6B" w:rsidRDefault="009A32ED" w:rsidP="009A32ED">
       <w:pPr>
         <w:pStyle w:val="Rubrik2"/>
-      </w:pPr>
-[...17 lines deleted...]
-        <w:r w:rsidR="00E9508C" w:rsidRPr="002133F5">
+        <w:ind w:right="-143"/>
+        <w:rPr>
+          <w:color w:val="auto"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="10" w:name="_Toc100327192"/>
+      <w:bookmarkStart w:id="11" w:name="_Toc203026793"/>
+      <w:r w:rsidRPr="00065A6B">
+        <w:rPr>
+          <w:color w:val="auto"/>
+        </w:rPr>
+        <w:t>Utförande</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="10"/>
+      <w:bookmarkEnd w:id="11"/>
+    </w:p>
+    <w:p w14:paraId="0D822C86" w14:textId="5BB5B5A5" w:rsidR="009A32ED" w:rsidRDefault="00097F52" w:rsidP="00097F52">
+      <w:pPr>
+        <w:ind w:right="-143"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00097F52">
+        <w:t xml:space="preserve">Riktlinjen är sammanställd som en lathund för akut triage av patienter som är i behov av gynekologisk bedömning. Vid oklara eller svåra fall ska patienten diskuteras med gynekologkonsult/primärjour. För triagering, </w:t>
+      </w:r>
+      <w:hyperlink w:anchor="_Bilaga_–_Lathund" w:tgtFrame="_blank" w:history="1">
+        <w:r w:rsidRPr="00097F52">
           <w:rPr>
             <w:rStyle w:val="Hyperlnk"/>
           </w:rPr>
           <w:t>se bilaga</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidR="00E9508C">
-[...3 lines deleted...]
-    <w:p w14:paraId="162F95E4" w14:textId="0891414C" w:rsidR="002A67F7" w:rsidRDefault="002A67F7" w:rsidP="00AE6A2A">
+      <w:r w:rsidRPr="00097F52">
+        <w:t>. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="504683FA" w14:textId="77777777" w:rsidR="00097F52" w:rsidRPr="00097F52" w:rsidRDefault="00097F52" w:rsidP="00097F52">
       <w:pPr>
         <w:pStyle w:val="Rubrik3"/>
       </w:pPr>
-      <w:bookmarkStart w:id="8" w:name="_Toc156208342"/>
-[...23 lines deleted...]
-      <w:r w:rsidRPr="009F0BD3">
+      <w:r w:rsidRPr="00097F52">
+        <w:t>Riktlinjer för akutmottagningen </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3C41F8BE" w14:textId="77777777" w:rsidR="00097F52" w:rsidRPr="00097F52" w:rsidRDefault="00097F52" w:rsidP="00097F52">
+      <w:pPr>
+        <w:ind w:right="-143"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">röd patient </w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="00296216">
+      </w:pPr>
+      <w:r w:rsidRPr="00097F52">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t>WEST-A</w:t>
-[...16 lines deleted...]
-    <w:p w14:paraId="6B5750A2" w14:textId="374080C0" w:rsidR="009F0BD3" w:rsidRPr="00EB5DB3" w:rsidRDefault="009F0BD3" w:rsidP="00EB5DB3">
+        <w:t>Omgående gynekologisk bedömning på akutmottagningen </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="49F07294" w14:textId="77777777" w:rsidR="00097F52" w:rsidRPr="00097F52" w:rsidRDefault="00097F52" w:rsidP="00097F52">
+      <w:pPr>
+        <w:ind w:right="-143"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00097F52">
+        <w:t xml:space="preserve">Gäller </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00097F52">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>röd patient WEST-A</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00097F52">
+        <w:t>:  </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="286884A3" w14:textId="77777777" w:rsidR="00097F52" w:rsidRPr="00097F52" w:rsidRDefault="00097F52" w:rsidP="00097F52">
+      <w:pPr>
+        <w:ind w:right="-143"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00097F52">
+        <w:t>Överväg: </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4CB53822" w14:textId="77777777" w:rsidR="00097F52" w:rsidRPr="00097F52" w:rsidRDefault="00097F52" w:rsidP="00942E66">
       <w:pPr>
         <w:pStyle w:val="Punktlista"/>
       </w:pPr>
-      <w:r w:rsidRPr="00EB5DB3">
-[...6 lines deleted...]
-    <w:p w14:paraId="6A5D6CE3" w14:textId="32F0A769" w:rsidR="009F0BD3" w:rsidRPr="00EB5DB3" w:rsidRDefault="009F0BD3" w:rsidP="00EB5DB3">
+      <w:r w:rsidRPr="00097F52">
+        <w:t>X-graviditet. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5F373ECD" w14:textId="77777777" w:rsidR="00097F52" w:rsidRPr="00097F52" w:rsidRDefault="00097F52" w:rsidP="00942E66">
       <w:pPr>
         <w:pStyle w:val="Punktlista"/>
       </w:pPr>
-      <w:r w:rsidRPr="00EB5DB3">
-[...6 lines deleted...]
-    <w:p w14:paraId="03ACAB88" w14:textId="75559C33" w:rsidR="009F0BD3" w:rsidRPr="00EB5DB3" w:rsidRDefault="009F0BD3" w:rsidP="00EB5DB3">
+      <w:r w:rsidRPr="00097F52">
+        <w:t>Ovarial torsion. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="39EEA3A7" w14:textId="77777777" w:rsidR="00942E66" w:rsidRDefault="00097F52" w:rsidP="00942E66">
       <w:pPr>
         <w:pStyle w:val="Punktlista"/>
       </w:pPr>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="00EB5DB3">
+      <w:r w:rsidRPr="00097F52">
         <w:t>Endometrit</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="00EB5DB3">
-[...6 lines deleted...]
-    <w:p w14:paraId="5315BE97" w14:textId="705648A3" w:rsidR="009F0BD3" w:rsidRPr="00EB5DB3" w:rsidRDefault="009F0BD3" w:rsidP="00EB5DB3">
+      <w:r w:rsidRPr="00097F52">
+        <w:t>/salpingit med sepsis. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="28CDF1A4" w14:textId="6AD64A56" w:rsidR="00942E66" w:rsidRPr="005218AA" w:rsidRDefault="00942E66" w:rsidP="00942E66">
       <w:pPr>
         <w:pStyle w:val="Punktlista"/>
-      </w:pPr>
-[...11 lines deleted...]
-      <w:r w:rsidRPr="009F0BD3">
+        <w:ind w:left="1712"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00942E66">
+        <w:t>Trauma hos gravid kvinna. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="685E3A0B" w14:textId="77777777" w:rsidR="00942E66" w:rsidRPr="00942E66" w:rsidRDefault="00942E66" w:rsidP="00942E66">
+      <w:pPr>
+        <w:pStyle w:val="MellanrubrikVGR"/>
+        <w:ind w:right="-143"/>
         <w:rPr>
-          <w:rStyle w:val="UnderrubrikChar"/>
+          <w:bCs/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00942E66">
+        <w:rPr>
+          <w:bCs/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>Genomförande </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="01E5A4B9" w14:textId="77777777" w:rsidR="00942E66" w:rsidRPr="00942E66" w:rsidRDefault="00942E66" w:rsidP="00942E66">
+      <w:r w:rsidRPr="00942E66">
+        <w:t>Akutläkare/kirurgjour är ansvarig läkare tills gynekologjouren anländer. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="61ECEFD2" w14:textId="77777777" w:rsidR="00942E66" w:rsidRPr="00942E66" w:rsidRDefault="00942E66" w:rsidP="00942E66">
+      <w:r w:rsidRPr="00942E66">
+        <w:t>Akutsköterskan söker gynekologjouren enligt nedan: </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="59B94858" w14:textId="77777777" w:rsidR="00942E66" w:rsidRPr="00942E66" w:rsidRDefault="00942E66" w:rsidP="00942E66">
+      <w:pPr>
+        <w:pStyle w:val="Punktlista"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00942E66">
+        <w:t xml:space="preserve">Vardagar måndag - torsdag </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00942E66">
+        <w:t>kl</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00942E66">
+        <w:t xml:space="preserve"> 08–16 samt fredag </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00942E66">
+        <w:t>kl</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00942E66">
+        <w:t xml:space="preserve"> 08–13: </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00942E66">
+        <w:br/>
+        <w:t xml:space="preserve">Gynekologisk bakjour på telefon </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00942E66">
+        <w:rPr>
           <w:b/>
         </w:rPr>
-        <w:t>Genomförande</w:t>
-[...2 lines deleted...]
-    <w:p w14:paraId="3A6DD4BC" w14:textId="17CF0DDB" w:rsidR="009F0BD3" w:rsidRDefault="009F0BD3" w:rsidP="009F0BD3">
+        <w:t>1773</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00942E66">
+        <w:t>. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="517DED41" w14:textId="35B4CC6B" w:rsidR="00942E66" w:rsidRDefault="00942E66" w:rsidP="00942E66">
+      <w:pPr>
+        <w:pStyle w:val="Punktlista"/>
+        <w:ind w:left="1712" w:hanging="357"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00942E66">
+        <w:t xml:space="preserve">Kvällar/nätter och helger kontaktas gynekologisk primärjour på telefon </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00942E66">
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+        <w:t>1715</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00942E66">
+        <w:t>. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="033E1B77" w14:textId="77777777" w:rsidR="00942E66" w:rsidRPr="00942E66" w:rsidRDefault="00942E66" w:rsidP="00942E66">
+      <w:pPr>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00942E66">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>Akut gynekologisk bedömning på gynekologimottagning eller gynekologidagvård </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="00B04354" w14:textId="77777777" w:rsidR="00942E66" w:rsidRPr="00942E66" w:rsidRDefault="00942E66" w:rsidP="00942E66">
+      <w:r w:rsidRPr="00942E66">
+        <w:t xml:space="preserve">Gäller </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00942E66">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>orange/gul2-patient enligt WEST-A</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00942E66">
+        <w:t xml:space="preserve"> som är </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00942E66">
+        <w:t>cirkulatorisk</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00942E66">
+        <w:t xml:space="preserve"> stabil. Bra smärtlindringseffekt på akutmottagningen. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0513AF9C" w14:textId="77777777" w:rsidR="00942E66" w:rsidRPr="00942E66" w:rsidRDefault="00942E66" w:rsidP="00942E66">
+      <w:pPr>
+        <w:pStyle w:val="Punktlista"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00942E66">
+        <w:t>Större blödning under tidig graviditet. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5F449FB9" w14:textId="77777777" w:rsidR="00942E66" w:rsidRPr="00942E66" w:rsidRDefault="00942E66" w:rsidP="00942E66">
+      <w:pPr>
+        <w:pStyle w:val="Punktlista"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00942E66">
+        <w:t>Större blödning efter abort. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="66B061CA" w14:textId="77777777" w:rsidR="00942E66" w:rsidRPr="00942E66" w:rsidRDefault="00942E66" w:rsidP="00942E66">
+      <w:pPr>
+        <w:pStyle w:val="Punktlista"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00942E66">
+        <w:t>Smärtpåverkad gravid kvinna. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7814C0AE" w14:textId="77777777" w:rsidR="00942E66" w:rsidRPr="00942E66" w:rsidRDefault="00942E66" w:rsidP="00942E66">
+      <w:pPr>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00942E66">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>Genomförande </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4F30CF4B" w14:textId="77777777" w:rsidR="00942E66" w:rsidRPr="00942E66" w:rsidRDefault="00942E66" w:rsidP="00942E66">
+      <w:r w:rsidRPr="00942E66">
+        <w:t>Remitterande läkare meddelar per telefon enligt nedan samt faxar remissen till enheten gynekologi. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1E8D424C" w14:textId="77777777" w:rsidR="00942E66" w:rsidRPr="00942E66" w:rsidRDefault="00942E66" w:rsidP="00942E66">
+      <w:pPr>
+        <w:pStyle w:val="Punktlista"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00942E66">
+        <w:t xml:space="preserve">Vardagar dagtid: Utebarnmorska kontaktas på gynekologimottagning på telefon </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00942E66">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>4527</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00942E66">
+        <w:t xml:space="preserve"> (som i sin tur meddelar dagjouren/gynekologisk bakjour). </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2C350D1E" w14:textId="3D91B146" w:rsidR="00942E66" w:rsidRPr="00942E66" w:rsidRDefault="00942E66" w:rsidP="00942E66">
+      <w:pPr>
+        <w:pStyle w:val="Punktlista"/>
+      </w:pPr>
       <w:r>
-        <w:t>Akutläkare/</w:t>
-[...2 lines deleted...]
-        <w:t>kirurg</w:t>
+        <w:t>Kvällar/nätter och helger kontaktas gynekologidagvård på telefon</w:t>
+      </w:r>
+      <w:r w:rsidRPr="21706CD2">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 3668</w:t>
       </w:r>
       <w:r>
-        <w:t xml:space="preserve">jour </w:t>
-[...2 lines deleted...]
-        <w:t xml:space="preserve">är </w:t>
+        <w:t xml:space="preserve"> eller gynekologisk jour på telefon </w:t>
+      </w:r>
+      <w:r w:rsidRPr="21706CD2">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>1715</w:t>
       </w:r>
       <w:r>
-        <w:t>ansvarig läkare tills gynekologjouren anländer.</w:t>
-[...10 lines deleted...]
-    <w:p w14:paraId="149336EF" w14:textId="79795E21" w:rsidR="009F0BD3" w:rsidRDefault="009F0BD3" w:rsidP="00C75767">
+        <w:t>. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0A44F186" w14:textId="77777777" w:rsidR="00942E66" w:rsidRPr="00942E66" w:rsidRDefault="00942E66" w:rsidP="00942E66">
+      <w:r w:rsidRPr="00942E66">
+        <w:t>Om patienten har blödning ska Hb tas innan transport. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="11F248F2" w14:textId="77777777" w:rsidR="00942E66" w:rsidRPr="00942E66" w:rsidRDefault="00942E66" w:rsidP="00942E66">
+      <w:pPr>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00942E66">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>Ej akut gynekologisk bedömning </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="16E52649" w14:textId="77777777" w:rsidR="00942E66" w:rsidRPr="00942E66" w:rsidRDefault="00942E66" w:rsidP="00942E66">
+      <w:r w:rsidRPr="00942E66">
+        <w:t>Remiss kan skickas för gynekologisk undersökning. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6FFA8519" w14:textId="77777777" w:rsidR="00942E66" w:rsidRPr="00942E66" w:rsidRDefault="00942E66" w:rsidP="00942E66">
+      <w:r w:rsidRPr="00942E66">
+        <w:t>Diskutera gärna med gynekologkonsult vid oklara fall. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="78D11454" w14:textId="77777777" w:rsidR="00942E66" w:rsidRPr="00942E66" w:rsidRDefault="00942E66" w:rsidP="00942E66">
       <w:pPr>
         <w:pStyle w:val="Punktlista"/>
       </w:pPr>
-      <w:r>
-        <w:t xml:space="preserve">Vardagar måndag - torsdag </w:t>
+      <w:r w:rsidRPr="00942E66">
+        <w:t xml:space="preserve">Måndag - torsdag </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r>
+      <w:r w:rsidRPr="00942E66">
         <w:t>kl</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r>
+      <w:r w:rsidRPr="00942E66">
         <w:t xml:space="preserve"> 08–16 samt fredag </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r>
+      <w:r w:rsidRPr="00942E66">
         <w:t>kl</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r>
-[...12 lines deleted...]
-      <w:r w:rsidRPr="009F0BD3">
+      <w:r w:rsidRPr="00942E66">
+        <w:t xml:space="preserve"> 08–13, telefon </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00942E66">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>1773</w:t>
       </w:r>
-      <w:r>
-[...3 lines deleted...]
-    <w:p w14:paraId="4F159413" w14:textId="0C716CD5" w:rsidR="009F0BD3" w:rsidRDefault="009F0BD3" w:rsidP="009F0BD3">
+      <w:r w:rsidRPr="00942E66">
+        <w:t>. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0805CB49" w14:textId="77777777" w:rsidR="00942E66" w:rsidRPr="00942E66" w:rsidRDefault="00942E66" w:rsidP="00942E66">
       <w:pPr>
         <w:pStyle w:val="Punktlista"/>
       </w:pPr>
-      <w:r>
-[...9 lines deleted...]
-      <w:r w:rsidRPr="009F0BD3">
+      <w:r w:rsidRPr="00942E66">
+        <w:t xml:space="preserve">Kvällar/nätter och helger, telefon </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00942E66">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>1715</w:t>
       </w:r>
-      <w:r>
-[...23 lines deleted...]
-      <w:r w:rsidRPr="00941E53">
+      <w:r w:rsidRPr="00942E66">
+        <w:t>. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6154713B" w14:textId="77777777" w:rsidR="00942E66" w:rsidRPr="00942E66" w:rsidRDefault="00942E66" w:rsidP="00942E66">
+      <w:r w:rsidRPr="00942E66">
+        <w:t>Exempel: </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7F88C9BC" w14:textId="77777777" w:rsidR="00942E66" w:rsidRPr="00942E66" w:rsidRDefault="00942E66" w:rsidP="00942E66">
+      <w:pPr>
+        <w:pStyle w:val="Punktlista"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00942E66">
+        <w:lastRenderedPageBreak/>
+        <w:t>Låg sittande smärta som ej är morfinkrävande. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3DB02151" w14:textId="77777777" w:rsidR="00942E66" w:rsidRPr="00942E66" w:rsidRDefault="00942E66" w:rsidP="00942E66">
+      <w:pPr>
+        <w:pStyle w:val="Punktlista"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00942E66">
+        <w:t>Avvikande flytningar utan feber och/eller buksmärta. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="305E934B" w14:textId="77777777" w:rsidR="00942E66" w:rsidRPr="00942E66" w:rsidRDefault="00942E66" w:rsidP="00942E66">
+      <w:pPr>
+        <w:pStyle w:val="Punktlista"/>
+        <w:ind w:left="1712" w:hanging="357"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00942E66">
+        <w:t xml:space="preserve">Mindre postmenopausal blödning (ej </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00942E66">
+        <w:t>anemiserande</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00942E66">
+        <w:t>). </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="37457458" w14:textId="77777777" w:rsidR="00942E66" w:rsidRPr="00942E66" w:rsidRDefault="00942E66" w:rsidP="00942E66">
+      <w:pPr>
+        <w:pStyle w:val="Punktlista"/>
+        <w:ind w:left="1712" w:hanging="357"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00942E66">
+        <w:t>Klåda/sveda i underlivet. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7E8D3479" w14:textId="77777777" w:rsidR="00942E66" w:rsidRPr="00942E66" w:rsidRDefault="00942E66" w:rsidP="00942E66">
+      <w:pPr>
+        <w:pStyle w:val="Punktlista"/>
+        <w:ind w:left="1712" w:hanging="357"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00942E66">
+        <w:t>Mindre blödning under tidig graviditet utan buksmärta (&lt;vecka 12). </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0A23045D" w14:textId="77777777" w:rsidR="00942E66" w:rsidRPr="00942E66" w:rsidRDefault="00942E66" w:rsidP="00942E66">
+      <w:pPr>
+        <w:pStyle w:val="Punktlista"/>
+        <w:ind w:left="1712" w:hanging="357"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00942E66">
+        <w:t xml:space="preserve">Prolaps som inte påverkan </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00942E66">
+        <w:t>miktion</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00942E66">
+        <w:t>. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="106180E4" w14:textId="77777777" w:rsidR="00942E66" w:rsidRPr="00942E66" w:rsidRDefault="00942E66" w:rsidP="00942E66">
+      <w:pPr>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t>orange/gul2-patient</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="00B45437">
+      </w:pPr>
+      <w:r w:rsidRPr="00942E66">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve"> enligt WEST-A</w:t>
-[...5 lines deleted...]
-        <w:t xml:space="preserve">som är </w:t>
+        <w:t>Gravid patient oavsett graviditetslängd </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="079A51B8" w14:textId="77777777" w:rsidR="00942E66" w:rsidRPr="00942E66" w:rsidRDefault="00942E66" w:rsidP="00942E66">
+      <w:r w:rsidRPr="00942E66">
+        <w:t xml:space="preserve">Gäller </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r>
+      <w:r w:rsidRPr="00942E66">
         <w:t>cirkulatorisk</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidR="00E62AF6">
-[...15 lines deleted...]
-    <w:p w14:paraId="782A6D4A" w14:textId="4ABB8E0C" w:rsidR="001325C3" w:rsidRDefault="001325C3" w:rsidP="001325C3">
+      <w:r w:rsidRPr="00942E66">
+        <w:t xml:space="preserve"> och/eller respiratorisk instabil patient. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="463DBDBC" w14:textId="77777777" w:rsidR="00942E66" w:rsidRPr="00942E66" w:rsidRDefault="00942E66" w:rsidP="00942E66">
       <w:pPr>
         <w:pStyle w:val="Punktlista"/>
-      </w:pPr>
-[...7 lines deleted...]
-    <w:p w14:paraId="02F50556" w14:textId="48E4F58C" w:rsidR="001325C3" w:rsidRDefault="001325C3" w:rsidP="001325C3">
+        <w:ind w:left="1712" w:hanging="357"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00942E66">
+        <w:t>Akut central buksmärta. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="49A4B07C" w14:textId="77777777" w:rsidR="00942E66" w:rsidRPr="00942E66" w:rsidRDefault="00942E66" w:rsidP="00942E66">
       <w:pPr>
         <w:pStyle w:val="Punktlista"/>
-      </w:pPr>
-[...7 lines deleted...]
-    <w:p w14:paraId="2FC186ED" w14:textId="0D804F54" w:rsidR="001325C3" w:rsidRDefault="001325C3" w:rsidP="001325C3">
+        <w:ind w:left="1712" w:hanging="357"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00942E66">
+        <w:t>Diabetiker med kräkningar eller infektion. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4E13610F" w14:textId="77777777" w:rsidR="00942E66" w:rsidRPr="00942E66" w:rsidRDefault="00942E66" w:rsidP="00942E66">
       <w:pPr>
         <w:pStyle w:val="Punktlista"/>
-      </w:pPr>
-[...32 lines deleted...]
-    <w:p w14:paraId="1DA33B97" w14:textId="12ECE43D" w:rsidR="001325C3" w:rsidRDefault="001325C3" w:rsidP="001325C3">
+        <w:ind w:left="1712" w:hanging="357"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00942E66">
+        <w:t>Akuta neurologiska bortfall. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="587F5863" w14:textId="77777777" w:rsidR="00942E66" w:rsidRPr="00942E66" w:rsidRDefault="00942E66" w:rsidP="00942E66">
       <w:pPr>
         <w:pStyle w:val="Punktlista"/>
-      </w:pPr>
-[...18 lines deleted...]
-      <w:r w:rsidRPr="241CD5A6">
+        <w:ind w:left="1712" w:hanging="357"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00942E66">
+        <w:t>Misstanke om lungemboli hos respiratorisk/</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00942E66">
+        <w:t>cirkulatorisk</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00942E66">
+        <w:t xml:space="preserve"> instabil patient. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="286EA2EF" w14:textId="77777777" w:rsidR="00942E66" w:rsidRPr="00942E66" w:rsidRDefault="00942E66" w:rsidP="00942E66">
+      <w:pPr>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t>4527</w:t>
-[...39 lines deleted...]
-      <w:r w:rsidRPr="00BE1216">
+      </w:pPr>
+      <w:r w:rsidRPr="00942E66">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t>3666</w:t>
-[...26 lines deleted...]
-      <w:r w:rsidRPr="00BE1216">
+        <w:t>Genomförande </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="376D83EA" w14:textId="77777777" w:rsidR="00942E66" w:rsidRPr="00942E66" w:rsidRDefault="00942E66" w:rsidP="00942E66">
+      <w:r w:rsidRPr="00942E66">
+        <w:t>Handläggning primärt av akutläkare/kirurgjour i samråd med: </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7F6A80B8" w14:textId="77777777" w:rsidR="00942E66" w:rsidRPr="00942E66" w:rsidRDefault="00942E66" w:rsidP="00942E66">
+      <w:r w:rsidRPr="00942E66">
+        <w:t>Vardagar: </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="33D91572" w14:textId="77777777" w:rsidR="00942E66" w:rsidRPr="00942E66" w:rsidRDefault="00942E66" w:rsidP="00942E66">
+      <w:pPr>
+        <w:pStyle w:val="Punktlista"/>
+        <w:ind w:left="1712" w:hanging="357"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00942E66">
+        <w:t>Gynekologisk bakjour: vid graviditetslängd &lt;22+0 veckor. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00942E66">
+        <w:br/>
+        <w:t>Kontakt enligt ovan. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2A1880F8" w14:textId="77777777" w:rsidR="00942E66" w:rsidRPr="00942E66" w:rsidRDefault="00942E66" w:rsidP="00942E66">
+      <w:pPr>
+        <w:pStyle w:val="Punktlista"/>
+        <w:ind w:left="1712" w:hanging="357"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00942E66">
+        <w:t xml:space="preserve">Förlossningsjour vid graviditetslängd &gt;22+0 veckor, telefon </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00942E66">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>1715</w:t>
       </w:r>
-      <w:r w:rsidR="00BE1216">
-[...90 lines deleted...]
-      <w:r w:rsidRPr="007C5229">
+      <w:r w:rsidRPr="00942E66">
+        <w:t>. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="091879AC" w14:textId="77777777" w:rsidR="00942E66" w:rsidRPr="00942E66" w:rsidRDefault="00942E66" w:rsidP="00942E66">
+      <w:r w:rsidRPr="00942E66">
+        <w:t>Kvällar/nätter och helger: </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0B006B38" w14:textId="77777777" w:rsidR="00942E66" w:rsidRPr="00942E66" w:rsidRDefault="00942E66" w:rsidP="00942E66">
+      <w:r w:rsidRPr="00942E66">
+        <w:t xml:space="preserve">Gynekologisk jour oavsett graviditetslängd, telefon </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00942E66">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>1715</w:t>
       </w:r>
-      <w:r>
-[...215 lines deleted...]
-      <w:r w:rsidRPr="00E33687">
+      <w:r w:rsidRPr="00942E66">
+        <w:t>. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0E891EBB" w14:textId="77777777" w:rsidR="00381633" w:rsidRPr="00381633" w:rsidRDefault="00381633" w:rsidP="00381633">
+      <w:pPr>
+        <w:pStyle w:val="Rubrik3"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00381633">
+        <w:t>Riktlinjer för enheten gynekologi </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3D6CA208" w14:textId="77777777" w:rsidR="00381633" w:rsidRPr="00381633" w:rsidRDefault="00381633" w:rsidP="00381633">
+      <w:pPr>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t>1715</w:t>
-[...38 lines deleted...]
-      <w:r w:rsidRPr="00F05B73">
+      </w:pPr>
+      <w:r w:rsidRPr="00381633">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t>1715</w:t>
-[...9 lines deleted...]
-      <w:bookmarkStart w:id="13" w:name="_Toc156208347"/>
+        <w:t>Orange patient enligt WEST-A </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0B90EC4B" w14:textId="77777777" w:rsidR="00381633" w:rsidRPr="00381633" w:rsidRDefault="00381633" w:rsidP="00381633">
+      <w:pPr>
+        <w:pStyle w:val="Punktlista"/>
+        <w:ind w:left="1712" w:hanging="357"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00381633">
+        <w:t>Gravid t.o.m. v 21+6. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="51C5B57D" w14:textId="77777777" w:rsidR="00381633" w:rsidRPr="00381633" w:rsidRDefault="00381633" w:rsidP="00381633">
+      <w:pPr>
+        <w:pStyle w:val="Punktlista"/>
+        <w:ind w:left="1712" w:hanging="357"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00381633">
+        <w:t>Gynekologiskt besvär: </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="28D057C0" w14:textId="77777777" w:rsidR="00381633" w:rsidRPr="00381633" w:rsidRDefault="00381633" w:rsidP="00681ADE">
+      <w:pPr>
+        <w:pStyle w:val="Punktlista"/>
+        <w:numPr>
+          <w:ilvl w:val="2"/>
+          <w:numId w:val="4"/>
+        </w:numPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00381633">
+        <w:t>Snabbt påkommen LÅGT sittande smärta (inte kring naveln!). </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5BC32455" w14:textId="77777777" w:rsidR="00381633" w:rsidRPr="00381633" w:rsidRDefault="00381633" w:rsidP="00681ADE">
+      <w:pPr>
+        <w:pStyle w:val="Punktlista"/>
+        <w:numPr>
+          <w:ilvl w:val="2"/>
+          <w:numId w:val="4"/>
+        </w:numPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00381633">
+        <w:lastRenderedPageBreak/>
+        <w:t xml:space="preserve">Missfall med stor blödning eller svår smärta (har patienten testat </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00381633">
+        <w:t>paracetamol</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00381633">
+        <w:t>/ibuprofen? </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6855CAEF" w14:textId="77777777" w:rsidR="00381633" w:rsidRPr="00381633" w:rsidRDefault="00381633" w:rsidP="00681ADE">
+      <w:pPr>
+        <w:pStyle w:val="Punktlista"/>
+        <w:numPr>
+          <w:ilvl w:val="2"/>
+          <w:numId w:val="4"/>
+        </w:numPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00381633">
+        <w:t>Låg buksmärta med feber. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3E572EE8" w14:textId="77777777" w:rsidR="00381633" w:rsidRPr="00381633" w:rsidRDefault="00381633" w:rsidP="00681ADE">
+      <w:pPr>
+        <w:pStyle w:val="Punktlista"/>
+        <w:numPr>
+          <w:ilvl w:val="2"/>
+          <w:numId w:val="4"/>
+        </w:numPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00381633">
+        <w:t>Stor vaginal blödning. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="31AF4C54" w14:textId="77777777" w:rsidR="00381633" w:rsidRPr="00381633" w:rsidRDefault="00381633" w:rsidP="00681ADE">
+      <w:pPr>
+        <w:pStyle w:val="Punktlista"/>
+        <w:numPr>
+          <w:ilvl w:val="2"/>
+          <w:numId w:val="4"/>
+        </w:numPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00381633">
+        <w:t>Komplikation efter gynekologisk behandling. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2D100863" w14:textId="77777777" w:rsidR="00381633" w:rsidRPr="00381633" w:rsidRDefault="00381633" w:rsidP="00681ADE">
+      <w:pPr>
+        <w:pStyle w:val="Punktlista"/>
+        <w:numPr>
+          <w:ilvl w:val="2"/>
+          <w:numId w:val="4"/>
+        </w:numPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00381633">
+        <w:t xml:space="preserve">Svåra graviditetskräkningar (har patienten testat </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00381633">
+        <w:t>Postafen</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00381633">
+        <w:t>? Hänvisa patienten i första hand till vårdcentral). </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5B1E7795" w14:textId="77777777" w:rsidR="00381633" w:rsidRPr="00381633" w:rsidRDefault="00381633" w:rsidP="00681ADE">
+      <w:pPr>
+        <w:pStyle w:val="Punktlista"/>
+        <w:numPr>
+          <w:ilvl w:val="2"/>
+          <w:numId w:val="4"/>
+        </w:numPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00381633">
+        <w:t xml:space="preserve">Primär herpesinfektion (feber, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00381633">
+        <w:t>miktionsvårighet</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00381633">
+        <w:t>). </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3ADE831E" w14:textId="77777777" w:rsidR="00381633" w:rsidRPr="00381633" w:rsidRDefault="00381633" w:rsidP="00681ADE">
+      <w:pPr>
+        <w:pStyle w:val="Punktlista"/>
+        <w:numPr>
+          <w:ilvl w:val="2"/>
+          <w:numId w:val="4"/>
+        </w:numPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00381633">
+        <w:t xml:space="preserve">Svår </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00381633">
+        <w:t>bartolinit</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00381633">
+        <w:t>. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7F4A8FB7" w14:textId="64C145CA" w:rsidR="00381633" w:rsidRDefault="00381633" w:rsidP="00681ADE">
+      <w:pPr>
+        <w:pStyle w:val="Punktlista"/>
+        <w:numPr>
+          <w:ilvl w:val="2"/>
+          <w:numId w:val="4"/>
+        </w:numPr>
+      </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">Riktlinjer för </w:t>
-[...7 lines deleted...]
-      <w:r w:rsidRPr="00F05B73">
+        <w:t xml:space="preserve">Prolaps med svårighet att kissa. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4B963FBB" w14:textId="6A7850FF" w:rsidR="00942E66" w:rsidRDefault="00381633" w:rsidP="00681ADE">
+      <w:pPr>
+        <w:pStyle w:val="Punktlista"/>
+        <w:numPr>
+          <w:ilvl w:val="2"/>
+          <w:numId w:val="4"/>
+        </w:numPr>
+      </w:pPr>
+      <w:r>
+        <w:t>Sexuellt övergrepp, för handläggning se bilaga.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3101228F" w14:textId="77777777" w:rsidR="00381633" w:rsidRPr="00381633" w:rsidRDefault="00381633" w:rsidP="00381633">
+      <w:pPr>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Orange patient enligt </w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="00A36248">
+      </w:pPr>
+      <w:r w:rsidRPr="00381633">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t>WEST-A</w:t>
-[...2 lines deleted...]
-    <w:p w14:paraId="46859726" w14:textId="25B47B9E" w:rsidR="00F05B73" w:rsidRDefault="00F05B73" w:rsidP="00F05B73">
+        <w:t>Förberedelser inför akut bedömning </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="13978851" w14:textId="77777777" w:rsidR="00381633" w:rsidRPr="00381633" w:rsidRDefault="00381633" w:rsidP="00381633">
+      <w:r w:rsidRPr="00381633">
+        <w:t>Triage på gynekologimottagning: </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="37554007" w14:textId="77777777" w:rsidR="00381633" w:rsidRPr="00381633" w:rsidRDefault="00381633" w:rsidP="00381633">
       <w:pPr>
         <w:pStyle w:val="Punktlista"/>
-      </w:pPr>
-[...10 lines deleted...]
-    <w:p w14:paraId="586A0A8E" w14:textId="3627BDA0" w:rsidR="00F05B73" w:rsidRDefault="00F05B73" w:rsidP="00F05B73">
+        <w:ind w:left="1712" w:hanging="357"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00381633">
+        <w:t>Buksmärta med eller utan feber: </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5C8613A6" w14:textId="77777777" w:rsidR="00381633" w:rsidRPr="00381633" w:rsidRDefault="00381633" w:rsidP="00681ADE">
       <w:pPr>
         <w:pStyle w:val="Punktlista"/>
-      </w:pPr>
-[...27 lines deleted...]
-      </w:r>
+        <w:numPr>
+          <w:ilvl w:val="2"/>
+          <w:numId w:val="4"/>
+        </w:numPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00381633">
+        <w:t>Temp. BT. Puls. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1EACAF9B" w14:textId="77777777" w:rsidR="00381633" w:rsidRPr="00381633" w:rsidRDefault="00381633" w:rsidP="00681ADE">
+      <w:pPr>
+        <w:pStyle w:val="Punktlista"/>
+        <w:numPr>
+          <w:ilvl w:val="2"/>
+          <w:numId w:val="4"/>
+        </w:numPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00381633">
+        <w:t>Hb. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="61D9A127" w14:textId="77777777" w:rsidR="00381633" w:rsidRPr="00381633" w:rsidRDefault="00381633" w:rsidP="00681ADE">
+      <w:pPr>
+        <w:pStyle w:val="Punktlista"/>
+        <w:numPr>
+          <w:ilvl w:val="2"/>
+          <w:numId w:val="4"/>
+        </w:numPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00381633">
+        <w:t>CRP om &gt;50 kapillärt ---&gt; Venöst LPK och CRP. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="750838D2" w14:textId="77777777" w:rsidR="00381633" w:rsidRPr="00381633" w:rsidRDefault="00381633" w:rsidP="00681ADE">
+      <w:pPr>
+        <w:pStyle w:val="Punktlista"/>
+        <w:numPr>
+          <w:ilvl w:val="2"/>
+          <w:numId w:val="4"/>
+        </w:numPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00381633">
+        <w:t>U-sticka. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5778C075" w14:textId="77777777" w:rsidR="00381633" w:rsidRPr="00381633" w:rsidRDefault="00381633" w:rsidP="00681ADE">
+      <w:pPr>
+        <w:pStyle w:val="Punktlista"/>
+        <w:numPr>
+          <w:ilvl w:val="2"/>
+          <w:numId w:val="4"/>
+        </w:numPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00381633">
+        <w:t>Grav-test. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4E7C1F32" w14:textId="77777777" w:rsidR="00381633" w:rsidRPr="00381633" w:rsidRDefault="00381633" w:rsidP="00381633">
+      <w:pPr>
+        <w:pStyle w:val="Punktlista"/>
+        <w:ind w:left="1712" w:hanging="357"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00381633">
+        <w:t>Blödning: </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0AC5A113" w14:textId="77777777" w:rsidR="00381633" w:rsidRPr="00381633" w:rsidRDefault="00381633" w:rsidP="00681ADE">
+      <w:pPr>
+        <w:pStyle w:val="Punktlista"/>
+        <w:numPr>
+          <w:ilvl w:val="2"/>
+          <w:numId w:val="4"/>
+        </w:numPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00381633">
+        <w:t>BT. Puls. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5AC11C8F" w14:textId="77777777" w:rsidR="00381633" w:rsidRPr="00381633" w:rsidRDefault="00381633" w:rsidP="00681ADE">
+      <w:pPr>
+        <w:pStyle w:val="Punktlista"/>
+        <w:numPr>
+          <w:ilvl w:val="2"/>
+          <w:numId w:val="4"/>
+        </w:numPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00381633">
+        <w:t>Hb. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3D717ECE" w14:textId="77777777" w:rsidR="00381633" w:rsidRPr="00381633" w:rsidRDefault="00381633" w:rsidP="00681ADE">
+      <w:pPr>
+        <w:pStyle w:val="Punktlista"/>
+        <w:numPr>
+          <w:ilvl w:val="2"/>
+          <w:numId w:val="4"/>
+        </w:numPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00381633">
+        <w:t>Om &lt;50år – graviditetstest. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="461A6B0B" w14:textId="77777777" w:rsidR="00381633" w:rsidRPr="00381633" w:rsidRDefault="00381633" w:rsidP="00381633">
+      <w:pPr>
+        <w:pStyle w:val="Punktlista"/>
+        <w:ind w:left="1712" w:hanging="357"/>
+      </w:pPr>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidR="00D10801">
-        <w:t>paracetamol</w:t>
+      <w:r w:rsidRPr="00381633">
+        <w:t>Hyperemesis</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r>
-[...150 lines deleted...]
-    <w:p w14:paraId="6084A001" w14:textId="0BDBA605" w:rsidR="00F05B73" w:rsidRDefault="00F05B73" w:rsidP="00040D79">
+      <w:r w:rsidRPr="00381633">
+        <w:t>: </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7E896666" w14:textId="77777777" w:rsidR="00381633" w:rsidRPr="00381633" w:rsidRDefault="00381633" w:rsidP="00681ADE">
       <w:pPr>
         <w:pStyle w:val="Punktlista"/>
-        <w:spacing w:after="60"/>
-[...64 lines deleted...]
-    <w:p w14:paraId="0A909CBA" w14:textId="047CB48F" w:rsidR="00F05B73" w:rsidRDefault="00F05B73" w:rsidP="00040D79">
+        <w:numPr>
+          <w:ilvl w:val="2"/>
+          <w:numId w:val="4"/>
+        </w:numPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00381633">
+        <w:t>BT. Puls. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="782A5C59" w14:textId="77777777" w:rsidR="00381633" w:rsidRPr="00381633" w:rsidRDefault="00381633" w:rsidP="00681ADE">
       <w:pPr>
         <w:pStyle w:val="Punktlista"/>
-        <w:keepNext/>
-[...57 lines deleted...]
-    <w:p w14:paraId="58D0622B" w14:textId="3F2781E7" w:rsidR="00F05B73" w:rsidRDefault="00F05B73" w:rsidP="00040D79">
+        <w:numPr>
+          <w:ilvl w:val="2"/>
+          <w:numId w:val="4"/>
+        </w:numPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00381633">
+        <w:t>Vikt. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0C25C7EF" w14:textId="77777777" w:rsidR="00381633" w:rsidRPr="00381633" w:rsidRDefault="00381633" w:rsidP="00681ADE">
       <w:pPr>
         <w:pStyle w:val="Punktlista"/>
-        <w:spacing w:after="60"/>
-[...44 lines deleted...]
-    <w:p w14:paraId="2FBD5256" w14:textId="6C044532" w:rsidR="00F05B73" w:rsidRDefault="00F05B73" w:rsidP="00040D79">
+        <w:numPr>
+          <w:ilvl w:val="2"/>
+          <w:numId w:val="4"/>
+        </w:numPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00381633">
+        <w:t>U-sticka. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2073CA35" w14:textId="77777777" w:rsidR="00381633" w:rsidRPr="00381633" w:rsidRDefault="00381633" w:rsidP="00381633">
       <w:pPr>
         <w:pStyle w:val="Punktlista"/>
-        <w:spacing w:after="60"/>
-[...62 lines deleted...]
-      <w:r w:rsidRPr="00123ADB">
+        <w:ind w:left="1712" w:hanging="357"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00381633">
+        <w:t>Postoperativ smärta/ feber: </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="15211771" w14:textId="77777777" w:rsidR="00381633" w:rsidRPr="00381633" w:rsidRDefault="00381633" w:rsidP="00681ADE">
+      <w:pPr>
+        <w:pStyle w:val="Punktlista"/>
+        <w:numPr>
+          <w:ilvl w:val="2"/>
+          <w:numId w:val="4"/>
+        </w:numPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00381633">
+        <w:t>Temp. Puls. BT. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="318D08C4" w14:textId="77777777" w:rsidR="00381633" w:rsidRPr="00381633" w:rsidRDefault="00381633" w:rsidP="00681ADE">
+      <w:pPr>
+        <w:pStyle w:val="Punktlista"/>
+        <w:numPr>
+          <w:ilvl w:val="2"/>
+          <w:numId w:val="4"/>
+        </w:numPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00381633">
+        <w:t>Hb. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0A962252" w14:textId="77777777" w:rsidR="00381633" w:rsidRPr="00381633" w:rsidRDefault="00381633" w:rsidP="00681ADE">
+      <w:pPr>
+        <w:pStyle w:val="Punktlista"/>
+        <w:numPr>
+          <w:ilvl w:val="2"/>
+          <w:numId w:val="4"/>
+        </w:numPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00381633">
+        <w:t>CRP. Om &gt;50 kapillärt – venöst LPK och CRP. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="76B1FDE0" w14:textId="77777777" w:rsidR="00381633" w:rsidRPr="00381633" w:rsidRDefault="00381633" w:rsidP="00381633">
+      <w:pPr>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Röd enligt </w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="00A36248">
+      </w:pPr>
+      <w:r w:rsidRPr="00381633">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t>WEST-A</w:t>
-[...161 lines deleted...]
-      <w:r>
         <w:lastRenderedPageBreak/>
-        <w:t>Dokumentinformation</w:t>
-[...5 lines deleted...]
-        <w:spacing w:after="0"/>
+        <w:t>Akut dålig patient </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2565745C" w14:textId="77777777" w:rsidR="00381633" w:rsidRPr="00381633" w:rsidRDefault="00381633" w:rsidP="00381633">
+      <w:r w:rsidRPr="00381633">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-      </w:pPr>
-      <w:r w:rsidRPr="00477A72">
+        <w:t>Röd enligt WEST-A</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00381633">
+        <w:t xml:space="preserve"> på gynekologimottagning. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="402DBC2C" w14:textId="77777777" w:rsidR="00381633" w:rsidRPr="00381633" w:rsidRDefault="00381633" w:rsidP="00381633">
+      <w:r w:rsidRPr="00381633">
+        <w:t>Kontakta gynekologisk jour (DJ) och gynekologisk bakjour (GBJ) samt en barnmorska och en undersköterska. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3598BA27" w14:textId="77777777" w:rsidR="00381633" w:rsidRPr="00381633" w:rsidRDefault="00381633" w:rsidP="00381633">
+      <w:r w:rsidRPr="00381633">
+        <w:t>Arbetsfördelning:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00381633">
+        <w:tab/>
+        <w:t> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3F2A3FA9" w14:textId="77777777" w:rsidR="00381633" w:rsidRPr="00381633" w:rsidRDefault="00381633" w:rsidP="00381633">
+      <w:r w:rsidRPr="00381633">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>Barnmorska</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00381633">
+        <w:t> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="52D919E6" w14:textId="77777777" w:rsidR="00381633" w:rsidRPr="00381633" w:rsidRDefault="00381633" w:rsidP="00381633">
+      <w:pPr>
+        <w:pStyle w:val="Punktlista"/>
+        <w:ind w:left="1712" w:hanging="357"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00381633">
+        <w:t>Två (2) grova infarter; PVK grön 18 G (1,2 mm) eller vit 17 G (1,4</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00381633">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00381633">
+        <w:t>mm). </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6DC36EC9" w14:textId="77777777" w:rsidR="00381633" w:rsidRPr="00381633" w:rsidRDefault="00381633" w:rsidP="00381633">
+      <w:pPr>
+        <w:pStyle w:val="Punktlista"/>
+        <w:ind w:left="1712" w:hanging="357"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00381633">
+        <w:t>Ringer acetat iv. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7D7DF3E0" w14:textId="77777777" w:rsidR="00381633" w:rsidRPr="00381633" w:rsidRDefault="00381633" w:rsidP="00381633">
+      <w:pPr>
+        <w:pStyle w:val="Punktlista"/>
+        <w:ind w:left="1712" w:hanging="357"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00381633">
+        <w:t>Hb. CRP. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6401D714" w14:textId="77777777" w:rsidR="00381633" w:rsidRPr="00381633" w:rsidRDefault="00381633" w:rsidP="00381633">
+      <w:r w:rsidRPr="00381633">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>Undersköterska</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00381633">
+        <w:t> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="35A4FA1A" w14:textId="77777777" w:rsidR="00381633" w:rsidRPr="00381633" w:rsidRDefault="00381633" w:rsidP="00381633">
+      <w:pPr>
+        <w:pStyle w:val="Punktlista"/>
+        <w:ind w:left="1712" w:hanging="357"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00381633">
+        <w:t>Hämta brits. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="151B7723" w14:textId="77777777" w:rsidR="00381633" w:rsidRPr="00381633" w:rsidRDefault="00381633" w:rsidP="00381633">
+      <w:pPr>
+        <w:pStyle w:val="Punktlista"/>
+        <w:ind w:left="1712" w:hanging="357"/>
+      </w:pPr>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00381633">
+        <w:t>Trendelenburg</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00381633">
+        <w:t xml:space="preserve"> positionering. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="29F80AA0" w14:textId="07DF51F6" w:rsidR="00381633" w:rsidRPr="00942E66" w:rsidRDefault="00381633" w:rsidP="00381633">
+      <w:pPr>
+        <w:pStyle w:val="Punktlista"/>
+        <w:ind w:left="1712" w:hanging="357"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00381633">
+        <w:t xml:space="preserve">Koppla upp patienten och kontrollera BT, puls, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00381633">
+        <w:t>saturation</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00381633">
+        <w:t>, temp. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="46F80C1F" w14:textId="77777777" w:rsidR="009A32ED" w:rsidRPr="000D04ED" w:rsidRDefault="009A32ED" w:rsidP="009A32ED">
+      <w:pPr>
+        <w:pStyle w:val="Rubrik2"/>
+        <w:ind w:right="-143"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="12" w:name="_Toc100327194"/>
+      <w:bookmarkStart w:id="13" w:name="_Toc203026794"/>
+      <w:r w:rsidRPr="000D04ED">
+        <w:t>Arbetsgrupp</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="12"/>
+      <w:bookmarkEnd w:id="13"/>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2C1F6E73" w14:textId="77777777" w:rsidR="00381633" w:rsidRPr="00381633" w:rsidRDefault="00381633" w:rsidP="00381633">
+      <w:pPr>
+        <w:ind w:right="-143"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00381633">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>För innehållet svarar</w:t>
       </w:r>
-    </w:p>
-[...4 lines deleted...]
-      <w:r w:rsidR="00E82D08">
+      <w:r w:rsidRPr="00381633">
+        <w:t> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4CDCF7FC" w14:textId="77777777" w:rsidR="00381633" w:rsidRPr="00381633" w:rsidRDefault="00381633" w:rsidP="00381633">
+      <w:pPr>
+        <w:ind w:right="-143"/>
+      </w:pPr>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00381633">
+        <w:t>Asmaa</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00381633">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00381633">
+        <w:t>Soubhi</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00381633">
+        <w:t xml:space="preserve"> Said, överläkare, VO kvinna barn/KK, SÄS </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00381633">
         <w:br/>
       </w:r>
-      <w:r w:rsidR="00317284">
-[...14 lines deleted...]
-      <w:r w:rsidR="00E82D08">
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00381633">
+        <w:t>Shahed</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00381633">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00317284">
-[...14 lines deleted...]
-      <w:r w:rsidRPr="00477A72">
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00381633">
+        <w:t>Turménini</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00381633">
+        <w:t>, ST-läkare, VO Kvinna barn/KK, SÄS </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="54225FF4" w14:textId="77777777" w:rsidR="00381633" w:rsidRPr="00381633" w:rsidRDefault="00381633" w:rsidP="00381633">
+      <w:pPr>
+        <w:ind w:right="-143"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00381633">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>Remissinstanser</w:t>
       </w:r>
-    </w:p>
-[...28 lines deleted...]
-      <w:r w:rsidR="004049A0">
+      <w:r w:rsidRPr="00381633">
+        <w:t> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="45C7F293" w14:textId="77777777" w:rsidR="00381633" w:rsidRPr="00381633" w:rsidRDefault="00381633" w:rsidP="00381633">
+      <w:pPr>
+        <w:ind w:right="-143"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00381633">
+        <w:t>Katarina Zamac, verksamhetschef, VO akutsjukvård, SÄS </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00381633">
         <w:br/>
-      </w:r>
-[...12 lines deleted...]
-      <w:r w:rsidR="005E395D">
+        <w:t>Eija Hägg, verksamhetschef, VO kirurgi, ortopedi, öron-näsa-hals, SÄS </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00381633">
         <w:br/>
-        <w:t>Magnus Täreby, överläkare/läkarchef, VO kirurgi, ortopedi, öron-näsa-hals, SÄS</w:t>
-[...1 lines deleted...]
-      <w:r>
+        <w:t xml:space="preserve">Magnus </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00381633">
+        <w:t>Täreby</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00381633">
+        <w:t>, överläkare/läkarchef, VO kirurgi, ortopedi, öron-näsa-hals, SÄS </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00381633">
         <w:br/>
-      </w:r>
-[...55 lines deleted...]
-    <w:p w14:paraId="5790D5AE" w14:textId="6440129C" w:rsidR="00516216" w:rsidRDefault="00516216" w:rsidP="00516216">
+        <w:t>Erica Cedervret Nilsson, verksamhetschef, VO kvinna barn, SÄS </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="188AE2C8" w14:textId="77777777" w:rsidR="009A32ED" w:rsidRPr="000D04ED" w:rsidRDefault="009A32ED" w:rsidP="009A32ED">
       <w:pPr>
         <w:pStyle w:val="Rubrik2"/>
-      </w:pPr>
-[...6 lines deleted...]
-    <w:p w14:paraId="0916D7B2" w14:textId="74F27225" w:rsidR="00516216" w:rsidRDefault="00516216" w:rsidP="00516216">
+        <w:ind w:right="-143"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="14" w:name="_Toc100327195"/>
+      <w:bookmarkStart w:id="15" w:name="_Toc203026795"/>
+      <w:r w:rsidRPr="000D04ED">
+        <w:t>Källförteckning</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="14"/>
+      <w:bookmarkEnd w:id="15"/>
+    </w:p>
+    <w:p w14:paraId="40AA233F" w14:textId="0A09A530" w:rsidR="00381633" w:rsidRDefault="00381633" w:rsidP="00381633">
       <w:pPr>
         <w:pStyle w:val="Punktlista"/>
       </w:pPr>
-      <w:r w:rsidRPr="00516216">
-[...5 lines deleted...]
-      <w:r>
+      <w:r w:rsidRPr="00381633">
+        <w:t>Optimal vårdnivå – Vårdinsats på plats av ambulanssjuksköterska. Intern rutin inom VO akutsjukvård, SÄS </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00381633">
         <w:br/>
       </w:r>
-      <w:hyperlink r:id="rId13" w:history="1">
-        <w:r w:rsidRPr="00516216">
+      <w:hyperlink r:id="rId12" w:tgtFrame="_blank" w:history="1">
+        <w:r w:rsidRPr="00381633">
           <w:rPr>
             <w:rStyle w:val="Hyperlnk"/>
           </w:rPr>
           <w:t>https://hittadokument.vgregion.se/sas</w:t>
         </w:r>
       </w:hyperlink>
-    </w:p>
-[...4 lines deleted...]
-      </w:pPr>
+      <w:r w:rsidRPr="00381633">
+        <w:t> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5D7B0E6C" w14:textId="77777777" w:rsidR="00381633" w:rsidRPr="00381633" w:rsidRDefault="00381633" w:rsidP="00381633">
+      <w:pPr>
+        <w:pStyle w:val="Rubrik3"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="16" w:name="_Bilaga_–_Lathund"/>
+      <w:bookmarkEnd w:id="16"/>
       <w:r>
         <w:br w:type="page"/>
       </w:r>
-      <w:bookmarkStart w:id="18" w:name="_Bilaga_1_–"/>
-[...9 lines deleted...]
-      <w:r>
+      <w:r w:rsidRPr="00381633">
         <w:lastRenderedPageBreak/>
-        <w:t>Bilaga</w:t>
-[...7 lines deleted...]
-      <w:bookmarkEnd w:id="20"/>
+        <w:t>Bilaga – Lathund kontaktvägar </w:t>
+      </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
-        <w:tblW w:w="0" w:type="dxa"/>
-        <w:tblInd w:w="964" w:type="dxa"/>
+        <w:tblW w:w="7935" w:type="dxa"/>
+        <w:tblInd w:w="960" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
           <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
           <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
           <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblCellMar>
           <w:left w:w="0" w:type="dxa"/>
           <w:right w:w="0" w:type="dxa"/>
         </w:tblCellMar>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
         <w:tblCaption w:val="Bilaga 1"/>
-        <w:tblDescription w:val="Tabellen tydliggör kontaktväg vid triagerging som röd eller gul/orange alternativt vid sexuellt övergrepp."/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="1850"/>
-        <w:gridCol w:w="6099"/>
+        <w:gridCol w:w="2009"/>
+        <w:gridCol w:w="5926"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00E9508C" w:rsidRPr="00426A10" w14:paraId="6E5C5F3D" w14:textId="77777777" w:rsidTr="00861B46">
+      <w:tr w:rsidR="00381633" w:rsidRPr="00381633" w14:paraId="506957B6" w14:textId="77777777" w:rsidTr="21706CD2">
         <w:trPr>
-          <w:trHeight w:val="1035"/>
+          <w:trHeight w:val="300"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2190" w:type="dxa"/>
+            <w:tcW w:w="2009" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="000000" w:themeColor="text2"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="000000" w:themeColor="text2"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000" w:themeColor="text2"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="000000" w:themeColor="text2"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...3 lines deleted...]
-            </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="778826D2" w14:textId="6B1EA898" w:rsidR="00E9508C" w:rsidRPr="00426A10" w:rsidRDefault="00E9508C" w:rsidP="00861B46">
+          <w:p w14:paraId="54E5334E" w14:textId="77777777" w:rsidR="00381633" w:rsidRPr="00381633" w:rsidRDefault="00381633" w:rsidP="00381633">
             <w:pPr>
-              <w:pStyle w:val="Tabelltext"/>
+              <w:ind w:left="170" w:right="112"/>
             </w:pPr>
-            <w:r w:rsidRPr="00426A10">
-[...3 lines deleted...]
-              <w:t>WEST-A</w:t>
+            <w:r w:rsidRPr="00381633">
+              <w:t>Röd patient enligt WEST-A </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="8115" w:type="dxa"/>
+            <w:tcW w:w="5926" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="000000" w:themeColor="text2"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="000000" w:themeColor="text2"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000" w:themeColor="text2"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="000000" w:themeColor="text2"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...3 lines deleted...]
-            </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="3D463E1A" w14:textId="77777777" w:rsidR="00E9508C" w:rsidRPr="00426A10" w:rsidRDefault="00E9508C" w:rsidP="00861B46">
+          <w:p w14:paraId="77EE0AA7" w14:textId="77777777" w:rsidR="00381633" w:rsidRPr="00381633" w:rsidRDefault="00381633" w:rsidP="00381633">
             <w:pPr>
-              <w:pStyle w:val="Tabelltext"/>
+              <w:ind w:left="160" w:right="244"/>
             </w:pPr>
-            <w:r w:rsidRPr="00426A10">
+            <w:r w:rsidRPr="00381633">
               <w:t xml:space="preserve">Patienten bedöms på </w:t>
             </w:r>
-            <w:r w:rsidRPr="000C7610">
+            <w:r w:rsidRPr="00381633">
               <w:rPr>
                 <w:i/>
                 <w:iCs/>
               </w:rPr>
               <w:t>akutmottagningen</w:t>
             </w:r>
-            <w:r>
-[...18 lines deleted...]
-              <w:t>.</w:t>
+            <w:r w:rsidRPr="00381633">
+              <w:t xml:space="preserve"> dag- och nattetid. </w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="4AC93001" w14:textId="7EBC68B3" w:rsidR="00E9508C" w:rsidRPr="00426A10" w:rsidRDefault="00E9508C" w:rsidP="00861B46">
+          <w:p w14:paraId="021BA846" w14:textId="77777777" w:rsidR="00381633" w:rsidRPr="00381633" w:rsidRDefault="00381633" w:rsidP="00381633">
             <w:pPr>
-              <w:pStyle w:val="Tabelltext"/>
+              <w:ind w:left="160" w:right="244"/>
             </w:pPr>
-            <w:r w:rsidRPr="00F45ACE">
+            <w:r w:rsidRPr="00381633">
               <w:rPr>
-                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t>Dagtid</w:t>
             </w:r>
-            <w:r w:rsidRPr="00426A10">
-              <w:t xml:space="preserve">: </w:t>
+            <w:r w:rsidRPr="00381633">
+              <w:t>:  </w:t>
             </w:r>
-            <w:r>
+            <w:r w:rsidRPr="00381633">
               <w:br/>
+              <w:t xml:space="preserve">Utebarnmorska på gynekologimottagning kontaktas på telefon </w:t>
             </w:r>
-            <w:r w:rsidRPr="00426A10">
-[...11 lines deleted...]
-            <w:r w:rsidRPr="00426A10">
+            <w:r w:rsidRPr="00381633">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t>4527</w:t>
             </w:r>
-            <w:r>
-              <w:t xml:space="preserve">. I </w:t>
+            <w:r w:rsidRPr="00381633">
+              <w:t xml:space="preserve">. I första hand kontaktas </w:t>
             </w:r>
-            <w:r w:rsidRPr="00426A10">
-[...2 lines deleted...]
-            <w:r>
+            <w:r w:rsidRPr="00381633">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
-              <w:t>ba</w:t>
+              <w:t>bakjouren</w:t>
             </w:r>
-            <w:r w:rsidRPr="00426A10">
-[...6 lines deleted...]
-            <w:r w:rsidRPr="00426A10">
+            <w:r w:rsidRPr="00381633">
               <w:t xml:space="preserve">, annars </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00426A10">
+            <w:r w:rsidRPr="00381633">
               <w:t>dagjour</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00426A10">
-              <w:t>.</w:t>
+            <w:r w:rsidRPr="00381633">
+              <w:t>. </w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="234377EC" w14:textId="77777777" w:rsidR="00E9508C" w:rsidRPr="00426A10" w:rsidRDefault="00E9508C" w:rsidP="00861B46">
+          <w:p w14:paraId="7A1345CA" w14:textId="77777777" w:rsidR="00381633" w:rsidRPr="00381633" w:rsidRDefault="00381633" w:rsidP="00381633">
             <w:pPr>
-              <w:pStyle w:val="Tabelltext"/>
+              <w:ind w:left="160" w:right="244"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00381633">
               <w:rPr>
-                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
-[...6 lines deleted...]
-                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t>Kväll/nattetid och helger</w:t>
             </w:r>
-            <w:r w:rsidRPr="00426A10">
-              <w:t>:</w:t>
+            <w:r w:rsidRPr="00381633">
+              <w:t>: </w:t>
             </w:r>
-            <w:r>
+            <w:r w:rsidRPr="00381633">
               <w:br/>
+              <w:t xml:space="preserve">Primärjouren kontaktas på telefon </w:t>
             </w:r>
-            <w:r w:rsidRPr="00426A10">
-[...8 lines deleted...]
-            <w:r w:rsidRPr="00426A10">
+            <w:r w:rsidRPr="00381633">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t>1715</w:t>
             </w:r>
-            <w:r>
-              <w:t>.</w:t>
+            <w:r w:rsidRPr="00381633">
+              <w:t>. </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00E9508C" w:rsidRPr="00426A10" w14:paraId="0BF3D489" w14:textId="77777777" w:rsidTr="00861B46">
+      <w:tr w:rsidR="00381633" w:rsidRPr="00381633" w14:paraId="71A9DE22" w14:textId="77777777" w:rsidTr="21706CD2">
         <w:trPr>
-          <w:trHeight w:val="795"/>
+          <w:trHeight w:val="300"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2190" w:type="dxa"/>
+            <w:tcW w:w="2009" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="000000" w:themeColor="text2"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="000000" w:themeColor="text2"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000" w:themeColor="text2"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="000000" w:themeColor="text2"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...3 lines deleted...]
-            </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="68BEA470" w14:textId="59C7C652" w:rsidR="00E9508C" w:rsidRPr="00426A10" w:rsidRDefault="00E9508C" w:rsidP="00861B46">
+          <w:p w14:paraId="7456BF4D" w14:textId="77777777" w:rsidR="00381633" w:rsidRPr="00381633" w:rsidRDefault="00381633" w:rsidP="00381633">
             <w:pPr>
-              <w:pStyle w:val="Tabelltext"/>
+              <w:ind w:left="170" w:right="112"/>
             </w:pPr>
-            <w:r w:rsidRPr="00426A10">
-[...3 lines deleted...]
-              <w:t>WEST-A</w:t>
+            <w:r w:rsidRPr="00381633">
+              <w:t>Orange/gul patient enligt WEST-A </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="8115" w:type="dxa"/>
+            <w:tcW w:w="5926" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="000000" w:themeColor="text2"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="000000" w:themeColor="text2"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000" w:themeColor="text2"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="000000" w:themeColor="text2"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...3 lines deleted...]
-            </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="74B7517F" w14:textId="73C3DD08" w:rsidR="00E9508C" w:rsidRDefault="00E9508C" w:rsidP="00861B46">
+          <w:p w14:paraId="3EF5D32D" w14:textId="77777777" w:rsidR="00381633" w:rsidRPr="00381633" w:rsidRDefault="00381633" w:rsidP="00381633">
             <w:pPr>
-              <w:pStyle w:val="Tabelltext"/>
+              <w:ind w:left="160" w:right="244"/>
             </w:pPr>
-            <w:r w:rsidRPr="00426A10">
-              <w:t>Patienten bedöms på</w:t>
+            <w:r w:rsidRPr="00381633">
+              <w:t xml:space="preserve">Patienten bedöms på </w:t>
             </w:r>
-            <w:r>
-[...2 lines deleted...]
-            <w:r w:rsidRPr="00930034">
+            <w:r w:rsidRPr="00381633">
               <w:rPr>
                 <w:i/>
                 <w:iCs/>
               </w:rPr>
               <w:t>gynekologimottagning</w:t>
             </w:r>
-            <w:r w:rsidRPr="00426A10">
-              <w:t>:</w:t>
+            <w:r w:rsidRPr="00381633">
+              <w:t>: </w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="37BE7C29" w14:textId="2DF2DBF4" w:rsidR="00E9508C" w:rsidRPr="00426A10" w:rsidRDefault="00E9508C" w:rsidP="00861B46">
+          <w:p w14:paraId="77B335E4" w14:textId="77777777" w:rsidR="00381633" w:rsidRPr="00381633" w:rsidRDefault="00381633" w:rsidP="00381633">
             <w:pPr>
-              <w:pStyle w:val="Tabelltext"/>
+              <w:ind w:left="160" w:right="244"/>
             </w:pPr>
-            <w:r w:rsidRPr="00F45ACE">
+            <w:r w:rsidRPr="00381633">
               <w:rPr>
-                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t>Dagtid</w:t>
             </w:r>
-            <w:r>
-              <w:t>:</w:t>
+            <w:r w:rsidRPr="00381633">
+              <w:t>: </w:t>
             </w:r>
-            <w:r>
+            <w:r w:rsidRPr="00381633">
               <w:br/>
-              <w:t>U</w:t>
+              <w:t xml:space="preserve">Utebarnmorska på gynekologimottagning kontaktas på telefon </w:t>
             </w:r>
-            <w:r w:rsidRPr="00426A10">
-[...11 lines deleted...]
-            <w:r w:rsidRPr="00426A10">
+            <w:r w:rsidRPr="00381633">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t>4527</w:t>
             </w:r>
-            <w:r>
-              <w:t>.</w:t>
+            <w:r w:rsidRPr="00381633">
+              <w:t>. </w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="21ADF0A9" w14:textId="1215646F" w:rsidR="00E9508C" w:rsidRDefault="00E9508C" w:rsidP="00861B46">
+          <w:p w14:paraId="31277626" w14:textId="77777777" w:rsidR="00381633" w:rsidRPr="00381633" w:rsidRDefault="00381633" w:rsidP="00381633">
             <w:pPr>
-              <w:pStyle w:val="Tabelltext"/>
+              <w:ind w:left="160" w:right="244"/>
             </w:pPr>
-            <w:r>
+            <w:r w:rsidRPr="00381633">
               <w:t xml:space="preserve">Patienten bedöms på </w:t>
             </w:r>
-            <w:proofErr w:type="gramStart"/>
-            <w:r w:rsidRPr="00930034">
+            <w:r w:rsidRPr="00381633">
               <w:rPr>
                 <w:i/>
                 <w:iCs/>
               </w:rPr>
               <w:t>gynekologi dagvård</w:t>
             </w:r>
-            <w:proofErr w:type="gramEnd"/>
-[...1 lines deleted...]
-              <w:t>:</w:t>
+            <w:r w:rsidRPr="00381633">
+              <w:t>: </w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="28F64CFA" w14:textId="69952931" w:rsidR="00E9508C" w:rsidRPr="00426A10" w:rsidRDefault="00E9508C" w:rsidP="00861B46">
+          <w:p w14:paraId="51EC4F45" w14:textId="0C9EBB04" w:rsidR="00381633" w:rsidRPr="00381633" w:rsidRDefault="00381633" w:rsidP="00381633">
             <w:pPr>
-              <w:pStyle w:val="Tabelltext"/>
+              <w:ind w:left="160" w:right="244"/>
             </w:pPr>
-            <w:r w:rsidRPr="00F45ACE">
+            <w:r w:rsidRPr="21706CD2">
               <w:rPr>
-                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t>Kväll/nattetid och helger</w:t>
             </w:r>
-            <w:r w:rsidRPr="00F45ACE">
-[...2 lines deleted...]
-              </w:rPr>
+            <w:r>
+              <w:t xml:space="preserve"> - Akut barnmorska på gynekologi dagvård kontaktas på telefon</w:t>
+            </w:r>
+            <w:r w:rsidR="6E11F609">
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r>
-[...22 lines deleted...]
-            <w:r w:rsidRPr="00426A10">
+            <w:r w:rsidRPr="21706CD2">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
-              <w:t>366</w:t>
-[...6 lines deleted...]
-              <w:t>6</w:t>
+              <w:t>3668</w:t>
             </w:r>
             <w:r>
-              <w:t xml:space="preserve"> </w:t>
-[...23 lines deleted...]
-              <w:t>8</w:t>
+              <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00E9508C" w:rsidRPr="00426A10" w14:paraId="72019F00" w14:textId="77777777" w:rsidTr="00861B46">
+      <w:tr w:rsidR="00381633" w:rsidRPr="00381633" w14:paraId="679F5994" w14:textId="77777777" w:rsidTr="21706CD2">
         <w:trPr>
-          <w:trHeight w:val="495"/>
+          <w:trHeight w:val="300"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2190" w:type="dxa"/>
+            <w:tcW w:w="2009" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="000000" w:themeColor="text2"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="000000" w:themeColor="text2"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000" w:themeColor="text2"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="000000" w:themeColor="text2"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...3 lines deleted...]
-            </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="242D4AB6" w14:textId="77777777" w:rsidR="00E9508C" w:rsidRPr="00426A10" w:rsidRDefault="00E9508C" w:rsidP="00861B46">
+          <w:p w14:paraId="1CBBB6EA" w14:textId="77777777" w:rsidR="00381633" w:rsidRPr="00381633" w:rsidRDefault="00381633" w:rsidP="00381633">
             <w:pPr>
-              <w:pStyle w:val="Tabelltext"/>
+              <w:ind w:left="170" w:right="112"/>
             </w:pPr>
-            <w:r w:rsidRPr="00426A10">
-              <w:t>Sexuellt övergrepp </w:t>
+            <w:r w:rsidRPr="00381633">
+              <w:t>Sexuellt övergrepp</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00381633">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00381633">
+              <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="8115" w:type="dxa"/>
+            <w:tcW w:w="5926" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="000000" w:themeColor="text2"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="000000" w:themeColor="text2"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000" w:themeColor="text2"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="000000" w:themeColor="text2"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...3 lines deleted...]
-            </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="7897F1C5" w14:textId="05111D0A" w:rsidR="00E9508C" w:rsidRPr="00426A10" w:rsidRDefault="00E9508C" w:rsidP="00861B46">
+          <w:p w14:paraId="6864EC86" w14:textId="28AC46B1" w:rsidR="00381633" w:rsidRPr="00381633" w:rsidRDefault="00381633" w:rsidP="00381633">
             <w:pPr>
-              <w:pStyle w:val="Tabelltext"/>
+              <w:ind w:left="160" w:right="244"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00381633">
               <w:rPr>
-                <w:sz w:val="22"/>
-[...5 lines deleted...]
-                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t>Dagtid</w:t>
             </w:r>
-            <w:r w:rsidRPr="00426A10">
-              <w:t>:</w:t>
+            <w:r w:rsidRPr="00381633">
+              <w:t>: </w:t>
             </w:r>
-            <w:r>
+            <w:r w:rsidRPr="00381633">
               <w:br/>
-            </w:r>
-            <w:r w:rsidRPr="00426A10">
               <w:t xml:space="preserve">Dubbel tid till </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00426A10">
+            <w:r w:rsidRPr="00381633">
               <w:t>dagjour</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00426A10">
-              <w:t>.</w:t>
+            <w:r w:rsidRPr="00381633">
+              <w:t xml:space="preserve">. Utebarnmorska på gynekologimottagning kontaktas på telefon </w:t>
             </w:r>
-            <w:r>
-[...52 lines deleted...]
-            <w:r w:rsidRPr="00316EDB">
+            <w:r w:rsidRPr="00381633">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
-                <w:color w:val="000000"/>
               </w:rPr>
               <w:t>4527</w:t>
             </w:r>
-            <w:r>
-[...3 lines deleted...]
-              <w:t>.</w:t>
+            <w:r w:rsidRPr="00381633">
+              <w:t>. </w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="7823019B" w14:textId="77777777" w:rsidR="00E9508C" w:rsidRPr="00426A10" w:rsidRDefault="00E9508C" w:rsidP="00861B46">
+          <w:p w14:paraId="02D2AF65" w14:textId="77777777" w:rsidR="00381633" w:rsidRPr="00381633" w:rsidRDefault="00381633" w:rsidP="00381633">
             <w:pPr>
-              <w:pStyle w:val="Tabelltext"/>
+              <w:ind w:left="160" w:right="244"/>
             </w:pPr>
-            <w:r w:rsidRPr="00F45ACE">
+            <w:r w:rsidRPr="00381633">
               <w:rPr>
-                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t>Kväll/nattetid och helger</w:t>
             </w:r>
-            <w:r w:rsidRPr="00426A10">
-              <w:t>:</w:t>
+            <w:r w:rsidRPr="00381633">
+              <w:t>: </w:t>
             </w:r>
-            <w:r>
+            <w:r w:rsidRPr="00381633">
               <w:br/>
-              <w:t>Handläggning via akutmottagningen.</w:t>
+              <w:t>Handläggning via akutmottagningen. </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="22436763" w14:textId="6B8E77B6" w:rsidR="00477A72" w:rsidRPr="00123ADB" w:rsidRDefault="00477A72" w:rsidP="00123ADB"/>
-[...1 lines deleted...]
-      <w:headerReference w:type="default" r:id="rId14"/>
+    <w:p w14:paraId="673C8331" w14:textId="77777777" w:rsidR="00381633" w:rsidRPr="00381633" w:rsidRDefault="00381633" w:rsidP="00381633">
+      <w:r w:rsidRPr="00381633">
+        <w:t> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2F12E846" w14:textId="1781EC62" w:rsidR="00381633" w:rsidRDefault="00381633">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="0" w:right="0"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="53D0BDAE" w14:textId="77777777" w:rsidR="009C6C0C" w:rsidRDefault="009C6C0C" w:rsidP="00381633">
+      <w:pPr>
+        <w:pStyle w:val="Punktlista"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="0"/>
+        </w:numPr>
+        <w:ind w:left="1077"/>
+      </w:pPr>
+    </w:p>
+    <w:sectPr w:rsidR="009C6C0C" w:rsidSect="00B96AFF">
+      <w:headerReference w:type="default" r:id="rId13"/>
+      <w:footerReference w:type="even" r:id="rId14"/>
       <w:footerReference w:type="default" r:id="rId15"/>
       <w:headerReference w:type="first" r:id="rId16"/>
       <w:footerReference w:type="first" r:id="rId17"/>
       <w:type w:val="continuous"/>
       <w:pgSz w:w="11900" w:h="16840"/>
       <w:pgMar w:top="1418" w:right="1979" w:bottom="1276" w:left="992" w:header="284" w:footer="737" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:noEndnote/>
       <w:titlePg/>
       <w:docGrid w:linePitch="326"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="411D4D5E" w14:textId="77777777" w:rsidR="000A1522" w:rsidRDefault="000A1522">
+    <w:p w14:paraId="776C74B9" w14:textId="77777777" w:rsidR="0023480F" w:rsidRDefault="0023480F">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="270B3233" w14:textId="77777777" w:rsidR="000A1522" w:rsidRDefault="000A1522">
+    <w:p w14:paraId="63D2F1CA" w14:textId="77777777" w:rsidR="0023480F" w:rsidRDefault="0023480F">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationNotice" w:id="1">
-    <w:p w14:paraId="30F009A1" w14:textId="77777777" w:rsidR="000A1522" w:rsidRDefault="000A1522">
+    <w:p w14:paraId="4ED9D65E" w14:textId="77777777" w:rsidR="0023480F" w:rsidRDefault="0023480F">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
-  <w:font w:name="Courier">
-    <w:panose1 w:val="02070409020205020404"/>
+  <w:font w:name="Georgia">
+    <w:panose1 w:val="02040502050405020303"/>
     <w:charset w:val="00"/>
-    <w:family w:val="auto"/>
+    <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="00000003" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
+    <w:sig w:usb0="00000287" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="0000009F" w:csb1="00000000"/>
   </w:font>
-  <w:font w:name="Agency FB">
-    <w:panose1 w:val="020B0503020202020204"/>
+  <w:font w:name="Verdana">
+    <w:panose1 w:val="020B0604030504040204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="00000003" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
-[...6 lines deleted...]
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="A00006FF" w:usb1="4000205B" w:usb2="00000010" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="MS Gothic">
     <w:altName w:val="ＭＳ ゴシック"/>
     <w:panose1 w:val="020B0609070205080204"/>
     <w:charset w:val="80"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E00002FF" w:usb1="6AC7FDFB" w:usb2="08000012" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Calibri">
+    <w:panose1 w:val="020F0502020204030204"/>
+    <w:charset w:val="00"/>
+    <w:family w:val="swiss"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="MinionPro-Regular">
     <w:altName w:val="Calibri"/>
     <w:panose1 w:val="00000000000000000000"/>
     <w:charset w:val="4D"/>
     <w:family w:val="auto"/>
     <w:notTrueType/>
     <w:pitch w:val="default"/>
     <w:sig w:usb0="00000003" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Lucida Grande">
     <w:altName w:val="Times New Roman"/>
     <w:charset w:val="00"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E1000AEF" w:usb1="5000A1FF" w:usb2="00000000" w:usb3="00000000" w:csb0="000001BF" w:csb1="00000000"/>
   </w:font>
+  <w:font w:name="Cambria">
+    <w:altName w:val="Cambria"/>
+    <w:panose1 w:val="02040503050406030204"/>
+    <w:charset w:val="00"/>
+    <w:family w:val="roman"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
+  </w:font>
   <w:font w:name="MS Mincho">
     <w:altName w:val="ＭＳ 明朝"/>
     <w:panose1 w:val="02020609040205080304"/>
     <w:charset w:val="80"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E00002FF" w:usb1="6AC7FDFB" w:usb2="08000012" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
   </w:font>
-  <w:font w:name="Segoe UI">
-[...12 lines deleted...]
-  </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
-  <w:p w14:paraId="3FC6B21C" w14:textId="052E4292" w:rsidR="008250CC" w:rsidRDefault="008250CC" w:rsidP="008250CC">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="1FE2B820" w14:textId="77777777" w:rsidR="00660269" w:rsidRDefault="00660269" w:rsidP="00C43BDD">
     <w:pPr>
       <w:pStyle w:val="Sidfot"/>
-      <w:jc w:val="center"/>
+      <w:framePr w:wrap="around" w:vAnchor="text" w:hAnchor="margin" w:y="1"/>
+      <w:rPr>
+        <w:rStyle w:val="Sidnummer"/>
+      </w:rPr>
     </w:pPr>
-    <w:r w:rsidRPr="001510D8">
+    <w:r>
       <w:rPr>
         <w:rStyle w:val="Sidnummer"/>
-        <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
-[...1 lines deleted...]
-        <w:szCs w:val="20"/>
       </w:rPr>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
-    <w:r w:rsidRPr="001510D8">
+    <w:r>
       <w:rPr>
         <w:rStyle w:val="Sidnummer"/>
-        <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
-[...3 lines deleted...]
-      <w:instrText xml:space="preserve"> PAGE </w:instrText>
+      </w:rPr>
+      <w:instrText xml:space="preserve">PAGE  </w:instrText>
     </w:r>
-    <w:r w:rsidRPr="001510D8">
+    <w:r>
       <w:rPr>
         <w:rStyle w:val="Sidnummer"/>
-        <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
-[...1 lines deleted...]
-        <w:szCs w:val="20"/>
+      </w:rPr>
+      <w:fldChar w:fldCharType="end"/>
+    </w:r>
+  </w:p>
+  <w:p w14:paraId="1FE2B821" w14:textId="77777777" w:rsidR="00660269" w:rsidRDefault="00660269" w:rsidP="00C43BDD">
+    <w:pPr>
+      <w:pStyle w:val="Sidfot"/>
+      <w:ind w:firstLine="360"/>
+    </w:pPr>
+  </w:p>
+</w:ftr>
+</file>
+
+<file path=word/footer2.xml><?xml version="1.0" encoding="utf-8"?>
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="47BD2091" w14:textId="66F4EBFA" w:rsidR="00C50EE5" w:rsidRPr="00831C35" w:rsidRDefault="00481B99" w:rsidP="00EC0A68">
+    <w:pPr>
+      <w:pStyle w:val="Sidfot"/>
+      <w:rPr>
+        <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        <w:sz w:val="24"/>
+        <w:szCs w:val="24"/>
+      </w:rPr>
+    </w:pPr>
+    <w:sdt>
+      <w:sdtPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:id w:val="-2070031421"/>
+        <w:docPartObj>
+          <w:docPartGallery w:val="Page Numbers (Bottom of Page)"/>
+          <w:docPartUnique/>
+        </w:docPartObj>
+      </w:sdtPr>
+      <w:sdtEndPr/>
+      <w:sdtContent>
+        <w:r w:rsidR="00A65FD4" w:rsidRPr="00831C35">
+          <w:rPr>
+            <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+            <w:sz w:val="24"/>
+            <w:szCs w:val="24"/>
+          </w:rPr>
+          <w:t xml:space="preserve"> </w:t>
+        </w:r>
+        <w:r w:rsidR="00EC0A68" w:rsidRPr="00831C35">
+          <w:rPr>
+            <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+            <w:sz w:val="24"/>
+            <w:szCs w:val="24"/>
+          </w:rPr>
+          <w:fldChar w:fldCharType="begin"/>
+        </w:r>
+        <w:r w:rsidR="00EC0A68" w:rsidRPr="00831C35">
+          <w:rPr>
+            <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+            <w:sz w:val="24"/>
+            <w:szCs w:val="24"/>
+          </w:rPr>
+          <w:instrText>PAGE   \* MERGEFORMAT</w:instrText>
+        </w:r>
+        <w:r w:rsidR="00EC0A68" w:rsidRPr="00831C35">
+          <w:rPr>
+            <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+            <w:sz w:val="24"/>
+            <w:szCs w:val="24"/>
+          </w:rPr>
+          <w:fldChar w:fldCharType="separate"/>
+        </w:r>
+        <w:r w:rsidR="00EC0A68" w:rsidRPr="00831C35">
+          <w:rPr>
+            <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+            <w:sz w:val="24"/>
+            <w:szCs w:val="24"/>
+          </w:rPr>
+          <w:t>2</w:t>
+        </w:r>
+        <w:r w:rsidR="00EC0A68" w:rsidRPr="00831C35">
+          <w:rPr>
+            <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+            <w:sz w:val="24"/>
+            <w:szCs w:val="24"/>
+          </w:rPr>
+          <w:fldChar w:fldCharType="end"/>
+        </w:r>
+      </w:sdtContent>
+    </w:sdt>
+    <w:r w:rsidR="00111CB2" w:rsidRPr="00831C35">
+      <w:rPr>
+        <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        <w:sz w:val="24"/>
+        <w:szCs w:val="24"/>
+      </w:rPr>
+      <w:t xml:space="preserve"> (</w:t>
+    </w:r>
+    <w:r w:rsidR="00111CB2" w:rsidRPr="00831C35">
+      <w:rPr>
+        <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        <w:sz w:val="24"/>
+        <w:szCs w:val="24"/>
+      </w:rPr>
+      <w:fldChar w:fldCharType="begin"/>
+    </w:r>
+    <w:r w:rsidR="00111CB2" w:rsidRPr="00831C35">
+      <w:rPr>
+        <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        <w:sz w:val="24"/>
+        <w:szCs w:val="24"/>
+      </w:rPr>
+      <w:instrText xml:space="preserve"> NUMPAGES   \* MERGEFORMAT </w:instrText>
+    </w:r>
+    <w:r w:rsidR="00111CB2" w:rsidRPr="00831C35">
+      <w:rPr>
+        <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        <w:sz w:val="24"/>
+        <w:szCs w:val="24"/>
       </w:rPr>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
-    <w:r>
-[...6 lines deleted...]
-      <w:t>2</w:t>
+    <w:r w:rsidR="00111CB2" w:rsidRPr="00831C35">
+      <w:rPr>
+        <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        <w:noProof/>
+        <w:sz w:val="24"/>
+        <w:szCs w:val="24"/>
+      </w:rPr>
+      <w:t>4</w:t>
     </w:r>
-    <w:r w:rsidRPr="001510D8">
-[...4 lines deleted...]
-        <w:szCs w:val="20"/>
+    <w:r w:rsidR="00111CB2" w:rsidRPr="00831C35">
+      <w:rPr>
+        <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        <w:sz w:val="24"/>
+        <w:szCs w:val="24"/>
       </w:rPr>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
-    <w:r w:rsidRPr="001510D8">
-[...66 lines deleted...]
-        <w:szCs w:val="20"/>
+    <w:r w:rsidR="00111CB2" w:rsidRPr="00831C35">
+      <w:rPr>
+        <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        <w:sz w:val="24"/>
+        <w:szCs w:val="24"/>
       </w:rPr>
       <w:t>)</w:t>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
-<file path=word/footer2.xml><?xml version="1.0" encoding="utf-8"?>
-[...1 lines deleted...]
-  <w:p w14:paraId="1FE2B822" w14:textId="08658379" w:rsidR="00660269" w:rsidRDefault="008250CC" w:rsidP="00FB2F0F">
+<file path=word/footer3.xml><?xml version="1.0" encoding="utf-8"?>
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="1FE2B822" w14:textId="76DF6159" w:rsidR="00660269" w:rsidRDefault="009228AB" w:rsidP="00FB2F0F">
     <w:pPr>
       <w:pStyle w:val="Sidfot"/>
       <w:ind w:left="6237" w:hanging="141"/>
       <w:jc w:val="left"/>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:noProof/>
       </w:rPr>
       <w:drawing>
-        <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251662336" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="39716D08" wp14:editId="19B0CF05">
+        <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658241" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="1FE2B825" wp14:editId="5971BB2D">
           <wp:simplePos x="0" y="0"/>
           <wp:positionH relativeFrom="column">
-            <wp:posOffset>4552950</wp:posOffset>
+            <wp:posOffset>4391660</wp:posOffset>
           </wp:positionH>
           <wp:positionV relativeFrom="paragraph">
-            <wp:posOffset>-114300</wp:posOffset>
+            <wp:posOffset>-3947</wp:posOffset>
           </wp:positionV>
-          <wp:extent cx="1897920" cy="384860"/>
-          <wp:effectExtent l="0" t="0" r="7620" b="0"/>
+          <wp:extent cx="1953671" cy="348178"/>
+          <wp:effectExtent l="0" t="0" r="0" b="0"/>
           <wp:wrapNone/>
           <wp:docPr id="12" name="Bildobjekt 12">
             <a:extLst xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:ext uri="{C183D7F6-B498-43B3-948B-1728B52AA6E4}">
                 <adec:decorative xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" val="1"/>
               </a:ext>
             </a:extLst>
           </wp:docPr>
           <wp:cNvGraphicFramePr>
             <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
           </wp:cNvGraphicFramePr>
           <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
             <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
               <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:nvPicPr>
-                  <pic:cNvPr id="0" name="VG_Ne.wmf"/>
+                  <pic:cNvPr id="12" name="Bildobjekt 12">
+                    <a:extLst>
+                      <a:ext uri="{C183D7F6-B498-43B3-948B-1728B52AA6E4}">
+                        <adec:decorative xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" val="1"/>
+                      </a:ext>
+                    </a:extLst>
+                  </pic:cNvPr>
                   <pic:cNvPicPr/>
                 </pic:nvPicPr>
                 <pic:blipFill>
                   <a:blip r:embed="rId1">
                     <a:extLst>
-                      <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
-                        <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+                      <a:ext uri="{96DAC541-7B7A-43D3-8B79-37D633B846F1}">
+                        <asvg:svgBlip xmlns:asvg="http://schemas.microsoft.com/office/drawing/2016/SVG/main" r:embed="rId2"/>
                       </a:ext>
                     </a:extLst>
                   </a:blip>
                   <a:stretch>
                     <a:fillRect/>
                   </a:stretch>
                 </pic:blipFill>
                 <pic:spPr>
                   <a:xfrm>
                     <a:off x="0" y="0"/>
-                    <a:ext cx="1897920" cy="384860"/>
+                    <a:ext cx="1953671" cy="348178"/>
                   </a:xfrm>
                   <a:prstGeom prst="rect">
                     <a:avLst/>
                   </a:prstGeom>
                 </pic:spPr>
               </pic:pic>
             </a:graphicData>
           </a:graphic>
           <wp14:sizeRelH relativeFrom="margin">
             <wp14:pctWidth>0</wp14:pctWidth>
           </wp14:sizeRelH>
           <wp14:sizeRelV relativeFrom="margin">
             <wp14:pctHeight>0</wp14:pctHeight>
           </wp14:sizeRelV>
         </wp:anchor>
       </w:drawing>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="67785094" w14:textId="77777777" w:rsidR="000A1522" w:rsidRDefault="000A1522"/>
+    <w:p w14:paraId="3DE42145" w14:textId="77777777" w:rsidR="0023480F" w:rsidRDefault="0023480F"/>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="6B2C1E71" w14:textId="77777777" w:rsidR="000A1522" w:rsidRDefault="000A1522">
+    <w:p w14:paraId="0930D832" w14:textId="77777777" w:rsidR="0023480F" w:rsidRDefault="0023480F">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationNotice" w:id="1">
-    <w:p w14:paraId="7FA47715" w14:textId="77777777" w:rsidR="000A1522" w:rsidRDefault="000A1522">
+    <w:p w14:paraId="6011448F" w14:textId="77777777" w:rsidR="0023480F" w:rsidRDefault="0023480F">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
-  <w:p w14:paraId="227101F6" w14:textId="7AB52C29" w:rsidR="004B5C86" w:rsidRDefault="004B5C86" w:rsidP="004B5C86">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="68F18EE5" w14:textId="39C06E14" w:rsidR="00294791" w:rsidRPr="00DA65C4" w:rsidRDefault="00DA65C4" w:rsidP="00DA65C4">
     <w:pPr>
       <w:pStyle w:val="Sidhuvud"/>
-      <w:tabs>
-[...3 lines deleted...]
-      </w:tabs>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:noProof/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
       <mc:AlternateContent>
         <mc:Choice Requires="wps">
           <w:drawing>
-            <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251664384" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="2D72D6C2" wp14:editId="29A5A2D3">
+            <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251672577" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="264BC60A" wp14:editId="43F94021">
               <wp:simplePos x="0" y="0"/>
               <wp:positionH relativeFrom="column">
                 <wp:posOffset>0</wp:posOffset>
               </wp:positionH>
               <wp:positionV relativeFrom="paragraph">
                 <wp:posOffset>-635</wp:posOffset>
               </wp:positionV>
               <wp:extent cx="4667250" cy="323850"/>
               <wp:effectExtent l="0" t="0" r="0" b="0"/>
               <wp:wrapNone/>
               <wp:docPr id="10" name="Textruta 10"/>
               <wp:cNvGraphicFramePr/>
               <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                 <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                   <wps:wsp>
                     <wps:cNvSpPr txBox="1"/>
                     <wps:spPr>
                       <a:xfrm>
                         <a:off x="0" y="0"/>
                         <a:ext cx="4667250" cy="323850"/>
                       </a:xfrm>
                       <a:prstGeom prst="rect">
                         <a:avLst/>
                       </a:prstGeom>
                       <a:noFill/>
                       <a:ln w="6350">
                         <a:noFill/>
                       </a:ln>
                     </wps:spPr>
                     <wps:txbx>
                       <w:txbxContent>
-                        <w:p w14:paraId="3C8B2CDB" w14:textId="77777777" w:rsidR="004B5C86" w:rsidRDefault="004B5C86" w:rsidP="004B5C86">
+                        <w:p w14:paraId="70464969" w14:textId="1B285E8B" w:rsidR="00DA65C4" w:rsidRDefault="00DA65C4" w:rsidP="00DA65C4">
                           <w:pPr>
                             <w:ind w:left="0"/>
                           </w:pPr>
                           <w:r w:rsidRPr="00762EE0">
                             <w:rPr>
                               <w:sz w:val="20"/>
                               <w:szCs w:val="20"/>
                             </w:rPr>
                             <w:t>OBS! Utskriven version kan vara ogiltig. Verifiera innehållet</w:t>
                           </w:r>
-                          <w:r>
+                          <w:r w:rsidR="00367D19">
                             <w:rPr>
                               <w:sz w:val="20"/>
                               <w:szCs w:val="20"/>
                             </w:rPr>
                             <w:t>.</w:t>
                           </w:r>
                         </w:p>
                       </w:txbxContent>
                     </wps:txbx>
                     <wps:bodyPr rot="0" spcFirstLastPara="0" vertOverflow="overflow" horzOverflow="overflow" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" numCol="1" spcCol="0" rtlCol="0" fromWordArt="0" anchor="t" anchorCtr="0" forceAA="0" compatLnSpc="1">
                       <a:prstTxWarp prst="textNoShape">
                         <a:avLst/>
                       </a:prstTxWarp>
                       <a:noAutofit/>
                     </wps:bodyPr>
                   </wps:wsp>
                 </a:graphicData>
               </a:graphic>
               <wp14:sizeRelH relativeFrom="margin">
                 <wp14:pctWidth>0</wp14:pctWidth>
               </wp14:sizeRelH>
             </wp:anchor>
           </w:drawing>
         </mc:Choice>
-        <mc:Fallback>
-[...1 lines deleted...]
-            <v:shapetype w14:anchorId="2D72D6C2" id="_x0000_t202" coordsize="21600,21600" o:spt="202" path="m,l,21600r21600,l21600,xe">
+        <mc:Fallback xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+          <w:pict w14:anchorId="4D20978F">
+            <v:shapetype id="_x0000_t202" coordsize="21600,21600" o:spt="202" path="m,l,21600r21600,l21600,xe" w14:anchorId="264BC60A">
               <v:stroke joinstyle="miter"/>
               <v:path gradientshapeok="t" o:connecttype="rect"/>
             </v:shapetype>
-            <v:shape id="Textruta 10" o:spid="_x0000_s1026" type="#_x0000_t202" style="position:absolute;left:0;text-align:left;margin-left:0;margin-top:-.05pt;width:367.5pt;height:25.5pt;z-index:251664384;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-width-relative:margin;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQCzkv6OFQIAACwEAAAOAAAAZHJzL2Uyb0RvYy54bWysU01v2zAMvQ/YfxB0X5yvpp0Rp8haZBgQ&#10;tAXSoWdFlmIDkqhJSuzs14+SnY91Ow27yKRIP5LvUfP7VityEM7XYAo6GgwpEYZDWZtdQb+/rj7d&#10;UeIDMyVTYERBj8LT+8XHD/PG5mIMFahSOIIgxueNLWgVgs2zzPNKaOYHYIXBoASnWUDX7bLSsQbR&#10;tcrGw+Esa8CV1gEX3uPtYxeki4QvpeDhWUovAlEFxd5COl06t/HMFnOW7xyzVc37Ntg/dKFZbbDo&#10;GeqRBUb2rv4DStfcgQcZBhx0BlLWXKQZcJrR8N00m4pZkWZBcrw90+T/Hyx/OmzsiyOh/QItChgJ&#10;aazPPV7GeVrpdPxipwTjSOHxTJtoA+F4OZ3Nbsc3GOIYm4wnd2gjTHb52zofvgrQJBoFdShLYosd&#10;1j50qaeUWMzAqlYqSaMMaQo6myDkbxEEVwZrXHqNVmi3bT/AFsojzuWgk9xbvqqx+Jr58MIcaoz9&#10;4t6GZzykAiwCvUVJBe7n3+5jPlKPUUoa3JmC+h975gQl6ptBUT6PptO4ZMmZ3tyO0XHXke11xOz1&#10;A+BajvCFWJ7MmB/UyZQO9Buu9zJWxRAzHGsXNJzMh9BtMj4PLpbLlIRrZVlYm43lETqSFql9bd+Y&#10;sz3/AZV7gtN2sfydDF1uR/dyH0DWSaNIcMdqzzuuZFK5fz5x56/9lHV55ItfAAAA//8DAFBLAwQU&#10;AAYACAAAACEAJkWNkN0AAAAFAQAADwAAAGRycy9kb3ducmV2LnhtbEyPQU/CQBSE7yb+h80z8QZb&#10;MFUofSWkCTExegC5eNt2l7Zx923tLlD99T5PeJzMZOabfD06K85mCJ0nhNk0AWGo9rqjBuHwvp0s&#10;QISoSCvrySB8mwDr4vYmV5n2F9qZ8z42gksoZAqhjbHPpAx1a5wKU98bYu/oB6ciy6GRelAXLndW&#10;zpPkUTrVES+0qjdla+rP/ckhvJTbN7Wr5m7xY8vn1+Om/zp8pIj3d+NmBSKaMV7D8IfP6FAwU+VP&#10;pIOwCHwkIkxmINh8ekhZVwhpsgRZ5PI/ffELAAD//wMAUEsBAi0AFAAGAAgAAAAhALaDOJL+AAAA&#10;4QEAABMAAAAAAAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEA&#10;OP0h/9YAAACUAQAACwAAAAAAAAAAAAAAAAAvAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEA&#10;s5L+jhUCAAAsBAAADgAAAAAAAAAAAAAAAAAuAgAAZHJzL2Uyb0RvYy54bWxQSwECLQAUAAYACAAA&#10;ACEAJkWNkN0AAAAFAQAADwAAAAAAAAAAAAAAAABvBAAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAAE&#10;AAQA8wAAAHkFAAAAAA==&#10;" filled="f" stroked="f" strokeweight=".5pt">
+            <v:shape id="Textruta 10" style="position:absolute;left:0;text-align:left;margin-left:0;margin-top:-.05pt;width:367.5pt;height:25.5pt;z-index:251672577;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-width-relative:margin;v-text-anchor:top" o:spid="_x0000_s1026" filled="f" stroked="f" strokeweight=".5pt" type="#_x0000_t202" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQCzkv6OFQIAACwEAAAOAAAAZHJzL2Uyb0RvYy54bWysU01v2zAMvQ/YfxB0X5yvpp0Rp8haZBgQ&#10;tAXSoWdFlmIDkqhJSuzs14+SnY91Ow27yKRIP5LvUfP7VityEM7XYAo6GgwpEYZDWZtdQb+/rj7d&#10;UeIDMyVTYERBj8LT+8XHD/PG5mIMFahSOIIgxueNLWgVgs2zzPNKaOYHYIXBoASnWUDX7bLSsQbR&#10;tcrGw+Esa8CV1gEX3uPtYxeki4QvpeDhWUovAlEFxd5COl06t/HMFnOW7xyzVc37Ntg/dKFZbbDo&#10;GeqRBUb2rv4DStfcgQcZBhx0BlLWXKQZcJrR8N00m4pZkWZBcrw90+T/Hyx/OmzsiyOh/QItChgJ&#10;aazPPV7GeVrpdPxipwTjSOHxTJtoA+F4OZ3Nbsc3GOIYm4wnd2gjTHb52zofvgrQJBoFdShLYosd&#10;1j50qaeUWMzAqlYqSaMMaQo6myDkbxEEVwZrXHqNVmi3bT/AFsojzuWgk9xbvqqx+Jr58MIcaoz9&#10;4t6GZzykAiwCvUVJBe7n3+5jPlKPUUoa3JmC+h975gQl6ptBUT6PptO4ZMmZ3tyO0XHXke11xOz1&#10;A+BajvCFWJ7MmB/UyZQO9Buu9zJWxRAzHGsXNJzMh9BtMj4PLpbLlIRrZVlYm43lETqSFql9bd+Y&#10;sz3/AZV7gtN2sfydDF1uR/dyH0DWSaNIcMdqzzuuZFK5fz5x56/9lHV55ItfAAAA//8DAFBLAwQU&#10;AAYACAAAACEAJkWNkN0AAAAFAQAADwAAAGRycy9kb3ducmV2LnhtbEyPQU/CQBSE7yb+h80z8QZb&#10;MFUofSWkCTExegC5eNt2l7Zx923tLlD99T5PeJzMZOabfD06K85mCJ0nhNk0AWGo9rqjBuHwvp0s&#10;QISoSCvrySB8mwDr4vYmV5n2F9qZ8z42gksoZAqhjbHPpAx1a5wKU98bYu/oB6ciy6GRelAXLndW&#10;zpPkUTrVES+0qjdla+rP/ckhvJTbN7Wr5m7xY8vn1+Om/zp8pIj3d+NmBSKaMV7D8IfP6FAwU+VP&#10;pIOwCHwkIkxmINh8ekhZVwhpsgRZ5PI/ffELAAD//wMAUEsBAi0AFAAGAAgAAAAhALaDOJL+AAAA&#10;4QEAABMAAAAAAAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEA&#10;OP0h/9YAAACUAQAACwAAAAAAAAAAAAAAAAAvAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEA&#10;s5L+jhUCAAAsBAAADgAAAAAAAAAAAAAAAAAuAgAAZHJzL2Uyb0RvYy54bWxQSwECLQAUAAYACAAA&#10;ACEAJkWNkN0AAAAFAQAADwAAAAAAAAAAAAAAAABvBAAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAAE&#10;AAQA8wAAAHkFAAAAAA==&#10;">
               <v:textbox>
                 <w:txbxContent>
-                  <w:p w14:paraId="3C8B2CDB" w14:textId="77777777" w:rsidR="004B5C86" w:rsidRDefault="004B5C86" w:rsidP="004B5C86">
+                  <w:p w:rsidR="00DA65C4" w:rsidP="00DA65C4" w:rsidRDefault="00DA65C4" w14:paraId="685B7E76" w14:textId="1B285E8B">
                     <w:pPr>
                       <w:ind w:left="0"/>
                     </w:pPr>
                     <w:r w:rsidRPr="00762EE0">
                       <w:rPr>
                         <w:sz w:val="20"/>
                         <w:szCs w:val="20"/>
                       </w:rPr>
                       <w:t>OBS! Utskriven version kan vara ogiltig. Verifiera innehållet</w:t>
                     </w:r>
-                    <w:r>
+                    <w:r w:rsidR="00367D19">
                       <w:rPr>
                         <w:sz w:val="20"/>
                         <w:szCs w:val="20"/>
                       </w:rPr>
                       <w:t>.</w:t>
                     </w:r>
                   </w:p>
                 </w:txbxContent>
               </v:textbox>
             </v:shape>
           </w:pict>
         </mc:Fallback>
       </mc:AlternateContent>
     </w:r>
-    <w:r>
-[...1 lines deleted...]
-    </w:r>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/header2.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
-  <w:p w14:paraId="058CDD4D" w14:textId="1BCEBF1E" w:rsidR="008A4EB9" w:rsidRDefault="00A5066F" w:rsidP="00413A60">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="058CDD4D" w14:textId="448A65ED" w:rsidR="008A4EB9" w:rsidRDefault="00413A60" w:rsidP="00413A60">
     <w:pPr>
       <w:pStyle w:val="Sidhuvud"/>
       <w:ind w:left="0" w:right="567"/>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:noProof/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
       <mc:AlternateContent>
         <mc:Choice Requires="wps">
           <w:drawing>
-            <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251660288" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="0DFFA9B8" wp14:editId="245B2178">
+            <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251670529" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="5B7982AB" wp14:editId="0C751635">
               <wp:simplePos x="0" y="0"/>
               <wp:positionH relativeFrom="column">
-                <wp:posOffset>-1270</wp:posOffset>
+                <wp:posOffset>-172720</wp:posOffset>
               </wp:positionH>
               <wp:positionV relativeFrom="paragraph">
-                <wp:posOffset>-5080</wp:posOffset>
+                <wp:posOffset>-65405</wp:posOffset>
               </wp:positionV>
-              <wp:extent cx="4669155" cy="270510"/>
+              <wp:extent cx="4669200" cy="2160000"/>
               <wp:effectExtent l="0" t="0" r="0" b="0"/>
               <wp:wrapTopAndBottom/>
               <wp:docPr id="6" name="Textruta 6"/>
               <wp:cNvGraphicFramePr/>
               <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                 <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                   <wps:wsp>
                     <wps:cNvSpPr txBox="1"/>
                     <wps:spPr>
                       <a:xfrm>
                         <a:off x="0" y="0"/>
-                        <a:ext cx="4669155" cy="270510"/>
+                        <a:ext cx="4669200" cy="2160000"/>
                       </a:xfrm>
                       <a:prstGeom prst="rect">
                         <a:avLst/>
                       </a:prstGeom>
                       <a:noFill/>
                       <a:ln w="6350">
                         <a:noFill/>
                       </a:ln>
                     </wps:spPr>
                     <wps:txbx>
                       <w:txbxContent>
-                        <w:p w14:paraId="18075F67" w14:textId="77777777" w:rsidR="00A5066F" w:rsidRDefault="00A5066F" w:rsidP="00A5066F">
+                        <w:p w14:paraId="72D45401" w14:textId="0A2CCBAA" w:rsidR="00413A60" w:rsidRDefault="00413A60">
                           <w:pPr>
                             <w:ind w:left="0"/>
                           </w:pPr>
                           <w:r w:rsidRPr="00762EE0">
                             <w:rPr>
                               <w:sz w:val="20"/>
                               <w:szCs w:val="20"/>
                             </w:rPr>
                             <w:t>OBS! Utskriven version kan vara ogiltig. Verifiera innehållet</w:t>
                           </w:r>
-                          <w:r>
+                          <w:r w:rsidR="00367D19">
                             <w:rPr>
                               <w:sz w:val="20"/>
                               <w:szCs w:val="20"/>
                             </w:rPr>
                             <w:t>.</w:t>
                           </w:r>
                         </w:p>
                       </w:txbxContent>
                     </wps:txbx>
                     <wps:bodyPr rot="0" spcFirstLastPara="0" vertOverflow="overflow" horzOverflow="overflow" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" numCol="1" spcCol="0" rtlCol="0" fromWordArt="0" anchor="t" anchorCtr="0" forceAA="0" compatLnSpc="1">
                       <a:prstTxWarp prst="textNoShape">
                         <a:avLst/>
                       </a:prstTxWarp>
                       <a:noAutofit/>
                     </wps:bodyPr>
                   </wps:wsp>
                 </a:graphicData>
               </a:graphic>
               <wp14:sizeRelH relativeFrom="margin">
                 <wp14:pctWidth>0</wp14:pctWidth>
               </wp14:sizeRelH>
               <wp14:sizeRelV relativeFrom="margin">
                 <wp14:pctHeight>0</wp14:pctHeight>
               </wp14:sizeRelV>
             </wp:anchor>
           </w:drawing>
         </mc:Choice>
-        <mc:Fallback>
-[...1 lines deleted...]
-            <v:shapetype w14:anchorId="0DFFA9B8" id="_x0000_t202" coordsize="21600,21600" o:spt="202" path="m,l,21600r21600,l21600,xe">
+        <mc:Fallback xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+          <w:pict w14:anchorId="12A9D2C9">
+            <v:shapetype id="_x0000_t202" coordsize="21600,21600" o:spt="202" path="m,l,21600r21600,l21600,xe" w14:anchorId="5B7982AB">
               <v:stroke joinstyle="miter"/>
               <v:path gradientshapeok="t" o:connecttype="rect"/>
             </v:shapetype>
-            <v:shape id="Textruta 6" o:spid="_x0000_s1027" type="#_x0000_t202" style="position:absolute;margin-left:-.1pt;margin-top:-.4pt;width:367.65pt;height:21.3pt;z-index:251660288;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:margin;mso-height-relative:margin;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQCnfMVBGgIAADMEAAAOAAAAZHJzL2Uyb0RvYy54bWysU01vGyEQvVfqf0Dc6911badZeR25iVxV&#10;ipJITpUzZsG7EjAUsHfdX9+B9ZfSnqpeYGCG+XjvMb/rtSJ74XwLpqLFKKdEGA51a7YV/fG6+vSF&#10;Eh+YqZkCIyp6EJ7eLT5+mHe2FGNoQNXCEUxifNnZijYh2DLLPG+EZn4EVhh0SnCaBTy6bVY71mF2&#10;rbJxns+yDlxtHXDhPd4+DE66SPmlFDw8S+lFIKqi2FtIq0vrJq7ZYs7KrWO2afmxDfYPXWjWGix6&#10;TvXAAiM71/6RSrfcgQcZRhx0BlK2XKQZcJoifzfNumFWpFkQHG/PMPn/l5Y/7df2xZHQf4UeCYyA&#10;dNaXHi/jPL10Ou7YKUE/Qng4wyb6QDheTmaz22I6pYSjb3yTT4uEa3Z5bZ0P3wRoEo2KOqQlocX2&#10;jz5gRQw9hcRiBlatUokaZUhX0dnnaZ4enD34Qhl8eOk1WqHf9KStr+bYQH3A8RwMzHvLVy328Mh8&#10;eGEOqcaJUL7hGRepAGvB0aKkAffrb/cxHhlALyUdSqei/ueOOUGJ+m6Qm9tiMolaS4fJ9GaMB3ft&#10;2Vx7zE7fA6qzwI9ieTJjfFAnUzrQb6jyZayKLmY41q5oOJn3YRA0/hIulssUhOqyLDyateUxdUQ1&#10;IvzavzFnjzQEJPAJTiJj5Ts2htiBj+UugGwTVRHnAdUj/KjMxODxF0XpX59T1OWvL34DAAD//wMA&#10;UEsDBBQABgAIAAAAIQCYyfFW3gAAAAYBAAAPAAAAZHJzL2Rvd25yZXYueG1sTI5BS8NAFITvgv9h&#10;eYK3dpNoNaTZlBIoguihtZfeXrKvSTC7G7PbNvrrfZ7qaRhmmPny1WR6cabRd84qiOcRCLK1051t&#10;FOw/NrMUhA9oNfbOkoJv8rAqbm9yzLS72C2dd6ERPGJ9hgraEIZMSl+3ZNDP3UCWs6MbDQa2YyP1&#10;iBceN71MouhJGuwsP7Q4UNlS/bk7GQWv5eYdt1Vi0p++fHk7roev/WGh1P3dtF6CCDSFaxn+8Bkd&#10;Cmaq3MlqL3oFs4SLLMzP6fPDIgZRKXiMU5BFLv/jF78AAAD//wMAUEsBAi0AFAAGAAgAAAAhALaD&#10;OJL+AAAA4QEAABMAAAAAAAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYA&#10;CAAAACEAOP0h/9YAAACUAQAACwAAAAAAAAAAAAAAAAAvAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYA&#10;CAAAACEAp3zFQRoCAAAzBAAADgAAAAAAAAAAAAAAAAAuAgAAZHJzL2Uyb0RvYy54bWxQSwECLQAU&#10;AAYACAAAACEAmMnxVt4AAAAGAQAADwAAAAAAAAAAAAAAAAB0BAAAZHJzL2Rvd25yZXYueG1sUEsF&#10;BgAAAAAEAAQA8wAAAH8FAAAAAA==&#10;" filled="f" stroked="f" strokeweight=".5pt">
+            <v:shape id="Textruta 6" style="position:absolute;margin-left:-13.6pt;margin-top:-5.15pt;width:367.65pt;height:170.1pt;z-index:251670529;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:margin;mso-height-relative:margin;v-text-anchor:top" o:spid="_x0000_s1027" filled="f" stroked="f" strokeweight=".5pt" type="#_x0000_t202" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQAHTpHSGQIAADQEAAAOAAAAZHJzL2Uyb0RvYy54bWysU11v2yAUfZ+0/4B4X+xkadZacaqsVaZJ&#10;UVspnfpMMMSWgMuAxM5+/S7Y+VC3p2l+wBfu5X6cc5jfd1qRg3C+AVPS8SinRBgOVWN2Jf3xuvp0&#10;S4kPzFRMgRElPQpP7xcfP8xbW4gJ1KAq4QgmMb5obUnrEGyRZZ7XQjM/AisMOiU4zQJu3S6rHGsx&#10;u1bZJM9nWQuusg648B5PH3snXaT8UgoenqX0IhBVUuwtpNWldRvXbDFnxc4xWzd8aIP9QxeaNQaL&#10;nlM9ssDI3jV/pNINd+BBhhEHnYGUDRdpBpxmnL+bZlMzK9IsCI63Z5j8/0vLnw4b++JI6L5ChwRG&#10;QFrrC4+HcZ5OOh3/2ClBP0J4PMMmukA4Hk5nszvkghKOvsl4luMX82SX69b58E2AJtEoqUNeElzs&#10;sPahDz2FxGoGVo1SiRtlSFvS2eebPF04ezC5Mljj0my0QrftSFNdDbKF6ojzOeip95avGuxhzXx4&#10;YQ65xr5Rv+EZF6kAa8FgUVKD+/W38xiPFKCXkha1U1L/c8+coER9N0jO3Xg6jWJLm+nNlwlu3LVn&#10;e+0xe/0AKM8xvhTLkxnjgzqZ0oF+Q5kvY1V0McOxdknDyXwIvaLxmXCxXKYglJdlYW02lsfUEdWI&#10;8Gv3xpwdaAjI4BOcVMaKd2z0sT0fy30A2SSqIs49qgP8KM1E9vCMovav9ynq8tgXvwEAAP//AwBQ&#10;SwMEFAAGAAgAAAAhAHdeiV3jAAAACwEAAA8AAABkcnMvZG93bnJldi54bWxMj8FOwzAMhu9IvENk&#10;JG5b0kywrjSdpkoTEoLDxi7c0sZrK5qkNNlWeHrMadxs+dPv78/Xk+3ZGcfQeacgmQtg6GpvOtco&#10;OLxvZymwELUzuvcOFXxjgHVxe5PrzPiL2+F5HxtGIS5kWkEb45BxHuoWrQ5zP6Cj29GPVkdax4ab&#10;UV8o3PZcCvHIre4cfWj1gGWL9ef+ZBW8lNs3vaukTX/68vn1uBm+Dh8PSt3fTZsnYBGneIXhT5/U&#10;oSCnyp+cCaxXMJNLSSgNiVgAI2Ip0gRYpWAhVyvgRc7/dyh+AQAA//8DAFBLAQItABQABgAIAAAA&#10;IQC2gziS/gAAAOEBAAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0A&#10;FAAGAAgAAAAhADj9If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAALwEAAF9yZWxzLy5yZWxzUEsBAi0A&#10;FAAGAAgAAAAhAAdOkdIZAgAANAQAAA4AAAAAAAAAAAAAAAAALgIAAGRycy9lMm9Eb2MueG1sUEsB&#10;Ai0AFAAGAAgAAAAhAHdeiV3jAAAACwEAAA8AAAAAAAAAAAAAAAAAcwQAAGRycy9kb3ducmV2Lnht&#10;bFBLBQYAAAAABAAEAPMAAACDBQAAAAA=&#10;">
               <v:textbox>
                 <w:txbxContent>
-                  <w:p w14:paraId="18075F67" w14:textId="77777777" w:rsidR="00A5066F" w:rsidRDefault="00A5066F" w:rsidP="00A5066F">
+                  <w:p w:rsidR="00413A60" w:rsidRDefault="00413A60" w14:paraId="6D41DF98" w14:textId="0A2CCBAA">
                     <w:pPr>
                       <w:ind w:left="0"/>
                     </w:pPr>
                     <w:r w:rsidRPr="00762EE0">
                       <w:rPr>
                         <w:sz w:val="20"/>
                         <w:szCs w:val="20"/>
                       </w:rPr>
                       <w:t>OBS! Utskriven version kan vara ogiltig. Verifiera innehållet</w:t>
                     </w:r>
-                    <w:r>
+                    <w:r w:rsidR="00367D19">
                       <w:rPr>
                         <w:sz w:val="20"/>
                         <w:szCs w:val="20"/>
                       </w:rPr>
                       <w:t>.</w:t>
                     </w:r>
                   </w:p>
                 </w:txbxContent>
               </v:textbox>
               <w10:wrap type="topAndBottom"/>
             </v:shape>
           </w:pict>
         </mc:Fallback>
       </mc:AlternateContent>
     </w:r>
-    <w:r w:rsidRPr="00762EE0">
-[...78 lines deleted...]
-    </w:r>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
-    <w:nsid w:val="FFFFFF1D"/>
-[...759 lines deleted...]
-  <w:abstractNum w:abstractNumId="7" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="1D074A65"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="E104E4E6"/>
     <w:lvl w:ilvl="0" w:tplc="F49A5562">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:pStyle w:val="FaktarutaLista"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
@@ -5322,785 +3241,278 @@
     <w:lvl w:ilvl="7" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="8" w15:restartNumberingAfterBreak="0">
-    <w:nsid w:val="1D520AB4"/>
+  <w:abstractNum w:abstractNumId="1" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="3B474E09"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:tmpl w:val="B9E412AC"/>
-    <w:lvl w:ilvl="0" w:tplc="041D0001">
+    <w:tmpl w:val="DDF0BC38"/>
+    <w:lvl w:ilvl="0" w:tplc="34668BAA">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:pStyle w:val="Punktlista"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1077" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="041D0003">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1797" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="041D0005">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2517" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="041D0001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="1712" w:hanging="360"/>
-[...35 lines deleted...]
-        <w:ind w:left="3872" w:hanging="360"/>
+        <w:ind w:left="3237" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="4" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="4592" w:hanging="360"/>
+        <w:ind w:left="3957" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="5" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="5312" w:hanging="360"/>
+        <w:ind w:left="4677" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="6" w:tplc="041D0001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="6032" w:hanging="360"/>
+        <w:ind w:left="5397" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="6752" w:hanging="360"/>
+        <w:ind w:left="6117" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="7472" w:hanging="360"/>
+        <w:ind w:left="6837" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="9" w15:restartNumberingAfterBreak="0">
-    <w:nsid w:val="38A42FB9"/>
+  <w:abstractNum w:abstractNumId="2" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="46E0305E"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:tmpl w:val="09EA9066"/>
-    <w:lvl w:ilvl="0" w:tplc="041D0001">
+    <w:tmpl w:val="54E2EEC0"/>
+    <w:lvl w:ilvl="0" w:tplc="FFFFFFFF">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:tabs>
-[...2 lines deleted...]
-        <w:ind w:left="720" w:hanging="360"/>
+        <w:ind w:left="1077" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="041D0003" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="FFFFFFFF">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:tabs>
-[...2 lines deleted...]
-        <w:ind w:left="1440" w:hanging="360"/>
+        <w:ind w:left="1797" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="041D0005" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="7562969C">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2517" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="FFFFFFFF">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3237" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="FFFFFFFF" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3957" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="FFFFFFFF" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:tabs>
-[...2 lines deleted...]
-        <w:ind w:left="2160" w:hanging="360"/>
+        <w:ind w:left="4677" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="041D0001" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="FFFFFFFF" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:tabs>
-[...2 lines deleted...]
-        <w:ind w:left="2880" w:hanging="360"/>
+        <w:ind w:left="5397" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="041D0003" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="FFFFFFFF" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:tabs>
-[...2 lines deleted...]
-        <w:ind w:left="3600" w:hanging="360"/>
+        <w:ind w:left="6117" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="041D0005" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="FFFFFFFF" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:tabs>
-[...47 lines deleted...]
-        <w:ind w:left="6480" w:hanging="360"/>
+        <w:ind w:left="6837" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="10" w15:restartNumberingAfterBreak="0">
-[...480 lines deleted...]
-  <w:abstractNum w:abstractNumId="14" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="3" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="54340635"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="1B6660C0"/>
     <w:lvl w:ilvl="0" w:tplc="05061E3A">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:pStyle w:val="Liststycke"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="717" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
@@ -6170,1621 +3582,606 @@
     <w:lvl w:ilvl="7" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="7200" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="15" w15:restartNumberingAfterBreak="0">
-[...874 lines deleted...]
-  <w:num w:numId="3" w16cid:durableId="1310554619">
+  <w:num w:numId="1" w16cid:durableId="861477783">
     <w:abstractNumId w:val="0"/>
   </w:num>
-  <w:num w:numId="4" w16cid:durableId="1779762354">
-[...5 lines deleted...]
-  <w:num w:numId="6" w16cid:durableId="829096820">
+  <w:num w:numId="2" w16cid:durableId="57095060">
     <w:abstractNumId w:val="3"/>
   </w:num>
-  <w:num w:numId="7" w16cid:durableId="1469662030">
-[...5 lines deleted...]
-  <w:num w:numId="9" w16cid:durableId="2087990656">
+  <w:num w:numId="3" w16cid:durableId="36130748">
     <w:abstractNumId w:val="1"/>
   </w:num>
-  <w:num w:numId="10" w16cid:durableId="542602259">
-[...44 lines deleted...]
-  <w:num w:numId="23" w16cid:durableId="214969544">
+  <w:num w:numId="4" w16cid:durableId="974456219">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="24" w16cid:durableId="505940974">
-[...10 lines deleted...]
-  </w:num>
+  <w:numIdMacAtCleanup w:val="4"/>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
-  <w:zoom w:percent="80"/>
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
+  <w:zoom w:percent="120"/>
   <w:removePersonalInformation/>
   <w:removeDateAndTime/>
   <w:embedSystemFonts/>
-  <w:proofState w:spelling="clean" w:grammar="clean"/>
+  <w:proofState w:spelling="clean"/>
   <w:stylePaneFormatFilter w:val="D804" w:allStyles="0" w:customStyles="0" w:latentStyles="1" w:stylesInUse="0" w:headingStyles="0" w:numberingStyles="0" w:tableStyles="0" w:directFormattingOnRuns="0" w:directFormattingOnParagraphs="0" w:directFormattingOnNumbering="0" w:directFormattingOnTables="1" w:clearFormatting="1" w:top3HeadingStyles="0" w:visibleStyles="1" w:alternateStyleNames="1"/>
   <w:documentProtection w:formatting="1" w:enforcement="0"/>
   <w:styleLockTheme/>
   <w:styleLockQFSet/>
   <w:defaultTabStop w:val="1304"/>
   <w:hyphenationZone w:val="425"/>
   <w:displayHorizontalDrawingGridEvery w:val="0"/>
   <w:displayVerticalDrawingGridEvery w:val="0"/>
   <w:doNotUseMarginsForDrawingGridOrigin/>
   <w:noPunctuationKerning/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050" strokecolor="#4a773c">
       <v:stroke color="#4a773c" weight="1pt"/>
       <v:shadow opacity="24903f" origin=",.5" offset="0,.55556mm"/>
       <o:colormru v:ext="edit" colors="#4a773c"/>
     </o:shapedefaults>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
     <w:footnote w:id="1"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
     <w:endnote w:id="1"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00B75EDE"/>
     <w:rsid w:val="000051D5"/>
     <w:rsid w:val="00006D2A"/>
     <w:rsid w:val="00010D47"/>
     <w:rsid w:val="00016CF0"/>
     <w:rsid w:val="00030DDD"/>
     <w:rsid w:val="000313BB"/>
     <w:rsid w:val="00033ED5"/>
-    <w:rsid w:val="00040D79"/>
     <w:rsid w:val="00050500"/>
     <w:rsid w:val="0005691C"/>
     <w:rsid w:val="00056ECB"/>
     <w:rsid w:val="00056ED5"/>
-    <w:rsid w:val="00061745"/>
     <w:rsid w:val="00061969"/>
     <w:rsid w:val="000655CC"/>
     <w:rsid w:val="000700AE"/>
     <w:rsid w:val="00084024"/>
     <w:rsid w:val="0009062C"/>
     <w:rsid w:val="00095368"/>
     <w:rsid w:val="000954C4"/>
-    <w:rsid w:val="000A1522"/>
+    <w:rsid w:val="00097F52"/>
     <w:rsid w:val="000A611A"/>
     <w:rsid w:val="000B12D9"/>
     <w:rsid w:val="000B4536"/>
     <w:rsid w:val="000B7715"/>
-    <w:rsid w:val="000C7610"/>
     <w:rsid w:val="000E463B"/>
     <w:rsid w:val="000E5A7E"/>
     <w:rsid w:val="000F43A3"/>
     <w:rsid w:val="000F7681"/>
     <w:rsid w:val="00103031"/>
     <w:rsid w:val="001044FE"/>
+    <w:rsid w:val="001108C0"/>
+    <w:rsid w:val="00111CB2"/>
     <w:rsid w:val="001139D4"/>
-    <w:rsid w:val="00121FB9"/>
-[...1 lines deleted...]
-    <w:rsid w:val="00123ADB"/>
+    <w:rsid w:val="00127779"/>
     <w:rsid w:val="00131B08"/>
-    <w:rsid w:val="001325C3"/>
     <w:rsid w:val="00132A59"/>
     <w:rsid w:val="00133337"/>
     <w:rsid w:val="00133A0F"/>
     <w:rsid w:val="0013580F"/>
-    <w:rsid w:val="00136D67"/>
     <w:rsid w:val="00137B6D"/>
     <w:rsid w:val="0014070B"/>
-    <w:rsid w:val="001416B8"/>
     <w:rsid w:val="001422C1"/>
-    <w:rsid w:val="00151D09"/>
     <w:rsid w:val="001522AE"/>
     <w:rsid w:val="00157D5B"/>
     <w:rsid w:val="00161FE6"/>
     <w:rsid w:val="00164C3D"/>
     <w:rsid w:val="00166D3A"/>
+    <w:rsid w:val="00171D37"/>
     <w:rsid w:val="0017508E"/>
-    <w:rsid w:val="001767DB"/>
     <w:rsid w:val="00181FDC"/>
     <w:rsid w:val="00184167"/>
     <w:rsid w:val="001860B9"/>
     <w:rsid w:val="00186F2B"/>
     <w:rsid w:val="001874D6"/>
     <w:rsid w:val="0019632A"/>
     <w:rsid w:val="001A4E7C"/>
-    <w:rsid w:val="001B2599"/>
     <w:rsid w:val="001B762C"/>
     <w:rsid w:val="001C4D0A"/>
     <w:rsid w:val="001C5FEF"/>
-    <w:rsid w:val="001D10C4"/>
     <w:rsid w:val="001E3789"/>
-    <w:rsid w:val="001E7200"/>
-[...1 lines deleted...]
-    <w:rsid w:val="001F3711"/>
     <w:rsid w:val="00211487"/>
     <w:rsid w:val="00211D91"/>
-    <w:rsid w:val="002133F5"/>
     <w:rsid w:val="00217DEC"/>
-    <w:rsid w:val="00226780"/>
+    <w:rsid w:val="0023480F"/>
     <w:rsid w:val="00235B57"/>
     <w:rsid w:val="00250F24"/>
     <w:rsid w:val="002523C5"/>
     <w:rsid w:val="0025380B"/>
     <w:rsid w:val="0025703A"/>
-    <w:rsid w:val="00262709"/>
     <w:rsid w:val="00262F3D"/>
     <w:rsid w:val="00263281"/>
     <w:rsid w:val="002651D6"/>
     <w:rsid w:val="0026551F"/>
-    <w:rsid w:val="002704AF"/>
     <w:rsid w:val="00270FA8"/>
     <w:rsid w:val="00280A85"/>
     <w:rsid w:val="00284119"/>
     <w:rsid w:val="00290B5C"/>
     <w:rsid w:val="00294791"/>
-    <w:rsid w:val="00296216"/>
     <w:rsid w:val="002A1C4F"/>
-    <w:rsid w:val="002A67F7"/>
     <w:rsid w:val="002A7450"/>
     <w:rsid w:val="002B0B30"/>
     <w:rsid w:val="002B0C78"/>
     <w:rsid w:val="002C0C02"/>
     <w:rsid w:val="002C1277"/>
     <w:rsid w:val="002C60AD"/>
     <w:rsid w:val="002D0E0E"/>
     <w:rsid w:val="002D6023"/>
     <w:rsid w:val="002E263F"/>
-    <w:rsid w:val="002E3F15"/>
     <w:rsid w:val="002E6F81"/>
-    <w:rsid w:val="002E7193"/>
     <w:rsid w:val="002F08BA"/>
-    <w:rsid w:val="002F096C"/>
     <w:rsid w:val="002F2CFF"/>
     <w:rsid w:val="002F568B"/>
     <w:rsid w:val="002F7818"/>
     <w:rsid w:val="003066D0"/>
     <w:rsid w:val="00311401"/>
-    <w:rsid w:val="00316EDB"/>
-    <w:rsid w:val="00317284"/>
     <w:rsid w:val="003203D7"/>
     <w:rsid w:val="00320F86"/>
     <w:rsid w:val="00324171"/>
     <w:rsid w:val="00326C24"/>
     <w:rsid w:val="00337F99"/>
     <w:rsid w:val="003410BD"/>
     <w:rsid w:val="0034307B"/>
     <w:rsid w:val="00345EB1"/>
     <w:rsid w:val="00350CC4"/>
     <w:rsid w:val="00360E0D"/>
     <w:rsid w:val="0036357D"/>
     <w:rsid w:val="0036594C"/>
     <w:rsid w:val="00367D19"/>
-    <w:rsid w:val="00370F44"/>
     <w:rsid w:val="00371BED"/>
+    <w:rsid w:val="00381633"/>
     <w:rsid w:val="00384019"/>
     <w:rsid w:val="003854F1"/>
     <w:rsid w:val="0039118E"/>
     <w:rsid w:val="00397F54"/>
     <w:rsid w:val="003A0D43"/>
-    <w:rsid w:val="003A1A76"/>
-    <w:rsid w:val="003A1B22"/>
     <w:rsid w:val="003B2A4B"/>
     <w:rsid w:val="003D099E"/>
     <w:rsid w:val="003D21A2"/>
     <w:rsid w:val="003D29D2"/>
     <w:rsid w:val="003D6DF1"/>
     <w:rsid w:val="003E0705"/>
     <w:rsid w:val="003E2FF7"/>
     <w:rsid w:val="003F1013"/>
     <w:rsid w:val="003F1ACF"/>
     <w:rsid w:val="00404948"/>
-    <w:rsid w:val="004049A0"/>
     <w:rsid w:val="00406BEA"/>
     <w:rsid w:val="00413A60"/>
     <w:rsid w:val="004230F7"/>
-    <w:rsid w:val="00426A10"/>
-    <w:rsid w:val="00430D0D"/>
     <w:rsid w:val="0043167E"/>
     <w:rsid w:val="0043409A"/>
-    <w:rsid w:val="00443252"/>
-    <w:rsid w:val="00443A8D"/>
     <w:rsid w:val="00446255"/>
     <w:rsid w:val="00451935"/>
-    <w:rsid w:val="0045795B"/>
     <w:rsid w:val="00460ED0"/>
     <w:rsid w:val="00465651"/>
-    <w:rsid w:val="004678F3"/>
-    <w:rsid w:val="00467C50"/>
     <w:rsid w:val="00470CE7"/>
     <w:rsid w:val="00470F4F"/>
     <w:rsid w:val="00472482"/>
-    <w:rsid w:val="00477A72"/>
+    <w:rsid w:val="004735F1"/>
     <w:rsid w:val="00480DC7"/>
+    <w:rsid w:val="00481B99"/>
     <w:rsid w:val="004876F6"/>
     <w:rsid w:val="0049236A"/>
     <w:rsid w:val="00492718"/>
     <w:rsid w:val="004A355D"/>
     <w:rsid w:val="004A4970"/>
     <w:rsid w:val="004B2183"/>
-    <w:rsid w:val="004B262D"/>
     <w:rsid w:val="004B2A01"/>
-    <w:rsid w:val="004B5C86"/>
+    <w:rsid w:val="004C0210"/>
     <w:rsid w:val="004C3536"/>
     <w:rsid w:val="004D7BA3"/>
     <w:rsid w:val="004F4518"/>
     <w:rsid w:val="004F4C62"/>
     <w:rsid w:val="00501433"/>
-    <w:rsid w:val="005113D5"/>
     <w:rsid w:val="00511CC4"/>
-    <w:rsid w:val="00516216"/>
     <w:rsid w:val="00531E60"/>
     <w:rsid w:val="00541D07"/>
     <w:rsid w:val="00544BAB"/>
     <w:rsid w:val="00545F31"/>
-    <w:rsid w:val="00555373"/>
     <w:rsid w:val="005578FA"/>
     <w:rsid w:val="00565129"/>
     <w:rsid w:val="00565CD0"/>
     <w:rsid w:val="00567820"/>
+    <w:rsid w:val="0057277B"/>
     <w:rsid w:val="005770AD"/>
     <w:rsid w:val="00581414"/>
     <w:rsid w:val="00582490"/>
-    <w:rsid w:val="0058724D"/>
     <w:rsid w:val="00597E28"/>
-    <w:rsid w:val="005A3CFB"/>
-    <w:rsid w:val="005A4239"/>
     <w:rsid w:val="005A54ED"/>
     <w:rsid w:val="005A5D5B"/>
     <w:rsid w:val="005A6081"/>
     <w:rsid w:val="005A627D"/>
     <w:rsid w:val="005C0045"/>
     <w:rsid w:val="005C084E"/>
     <w:rsid w:val="005C4606"/>
-    <w:rsid w:val="005C5162"/>
     <w:rsid w:val="005D0B0C"/>
     <w:rsid w:val="005E02B3"/>
     <w:rsid w:val="005E1E24"/>
-    <w:rsid w:val="005E305B"/>
-    <w:rsid w:val="005E395D"/>
     <w:rsid w:val="0060596B"/>
     <w:rsid w:val="00606D97"/>
     <w:rsid w:val="00614E64"/>
     <w:rsid w:val="00617710"/>
     <w:rsid w:val="00617EE6"/>
     <w:rsid w:val="0062184C"/>
     <w:rsid w:val="00623724"/>
-    <w:rsid w:val="00623CFA"/>
     <w:rsid w:val="00627BEA"/>
     <w:rsid w:val="006319DB"/>
     <w:rsid w:val="0065595B"/>
     <w:rsid w:val="00656DCD"/>
     <w:rsid w:val="00660269"/>
     <w:rsid w:val="00665F89"/>
     <w:rsid w:val="00673C92"/>
     <w:rsid w:val="006753EC"/>
+    <w:rsid w:val="00681ADE"/>
     <w:rsid w:val="00685193"/>
     <w:rsid w:val="006A2789"/>
     <w:rsid w:val="006A4978"/>
     <w:rsid w:val="006A7261"/>
     <w:rsid w:val="006B0D29"/>
     <w:rsid w:val="006B1819"/>
     <w:rsid w:val="006C5048"/>
     <w:rsid w:val="006C6A4B"/>
     <w:rsid w:val="006C779F"/>
     <w:rsid w:val="006D01F5"/>
     <w:rsid w:val="006D0CFB"/>
     <w:rsid w:val="006D30C0"/>
     <w:rsid w:val="006D7535"/>
     <w:rsid w:val="006E450B"/>
-    <w:rsid w:val="006E5350"/>
     <w:rsid w:val="006F0D7E"/>
     <w:rsid w:val="00710B77"/>
     <w:rsid w:val="007155D5"/>
+    <w:rsid w:val="00717A17"/>
     <w:rsid w:val="0072075B"/>
     <w:rsid w:val="007221C2"/>
+    <w:rsid w:val="007268AB"/>
     <w:rsid w:val="00730955"/>
     <w:rsid w:val="00733A9C"/>
     <w:rsid w:val="00736574"/>
     <w:rsid w:val="007367E0"/>
     <w:rsid w:val="00737215"/>
     <w:rsid w:val="00754905"/>
     <w:rsid w:val="00760038"/>
     <w:rsid w:val="00762EE0"/>
+    <w:rsid w:val="00763C5D"/>
     <w:rsid w:val="00765C41"/>
     <w:rsid w:val="00771100"/>
+    <w:rsid w:val="00774944"/>
     <w:rsid w:val="007759DD"/>
     <w:rsid w:val="0078609F"/>
     <w:rsid w:val="007917BA"/>
     <w:rsid w:val="007A334E"/>
     <w:rsid w:val="007A5C6F"/>
-    <w:rsid w:val="007C5229"/>
-    <w:rsid w:val="007D14EB"/>
     <w:rsid w:val="007D4241"/>
     <w:rsid w:val="007D4317"/>
     <w:rsid w:val="007D4EA3"/>
     <w:rsid w:val="007F1CFF"/>
     <w:rsid w:val="007F5DD5"/>
     <w:rsid w:val="00821A1B"/>
-    <w:rsid w:val="008250CC"/>
     <w:rsid w:val="008262E9"/>
     <w:rsid w:val="00827E69"/>
+    <w:rsid w:val="00831C35"/>
     <w:rsid w:val="00835C4D"/>
-    <w:rsid w:val="00842479"/>
     <w:rsid w:val="00843F48"/>
     <w:rsid w:val="00851423"/>
     <w:rsid w:val="008569C6"/>
     <w:rsid w:val="00857848"/>
     <w:rsid w:val="008654B6"/>
-    <w:rsid w:val="00867E8A"/>
     <w:rsid w:val="0087139C"/>
     <w:rsid w:val="00873419"/>
     <w:rsid w:val="00880E83"/>
     <w:rsid w:val="00892F28"/>
     <w:rsid w:val="008A0C5F"/>
     <w:rsid w:val="008A3DEA"/>
-    <w:rsid w:val="008A4C41"/>
     <w:rsid w:val="008A4EB9"/>
     <w:rsid w:val="008A74C0"/>
     <w:rsid w:val="008B1694"/>
     <w:rsid w:val="008C4B27"/>
     <w:rsid w:val="008C7F0C"/>
     <w:rsid w:val="008C7F2A"/>
+    <w:rsid w:val="008D124E"/>
     <w:rsid w:val="008D4B13"/>
     <w:rsid w:val="008E36F8"/>
     <w:rsid w:val="008E46B2"/>
     <w:rsid w:val="008E682C"/>
     <w:rsid w:val="008E78A1"/>
     <w:rsid w:val="008F589F"/>
-    <w:rsid w:val="009047D4"/>
     <w:rsid w:val="00906238"/>
     <w:rsid w:val="00907EF9"/>
     <w:rsid w:val="00911231"/>
     <w:rsid w:val="0091295C"/>
     <w:rsid w:val="00914D58"/>
     <w:rsid w:val="00921F47"/>
     <w:rsid w:val="009228AB"/>
-    <w:rsid w:val="00927F1D"/>
-    <w:rsid w:val="00930034"/>
     <w:rsid w:val="0093085B"/>
     <w:rsid w:val="00931C57"/>
     <w:rsid w:val="009347A5"/>
-    <w:rsid w:val="00941E53"/>
     <w:rsid w:val="00942257"/>
+    <w:rsid w:val="00942E66"/>
     <w:rsid w:val="009471BF"/>
     <w:rsid w:val="00950E4E"/>
     <w:rsid w:val="009529BD"/>
     <w:rsid w:val="009533B4"/>
-    <w:rsid w:val="009538C4"/>
     <w:rsid w:val="00957D35"/>
-    <w:rsid w:val="009651FC"/>
-    <w:rsid w:val="00966E52"/>
     <w:rsid w:val="00971D93"/>
     <w:rsid w:val="009A07DC"/>
+    <w:rsid w:val="009A32ED"/>
     <w:rsid w:val="009B1F6B"/>
     <w:rsid w:val="009C0D12"/>
     <w:rsid w:val="009C192E"/>
     <w:rsid w:val="009C2E3E"/>
     <w:rsid w:val="009C6C0C"/>
     <w:rsid w:val="009D6819"/>
     <w:rsid w:val="009D6D1C"/>
     <w:rsid w:val="009E0CF9"/>
     <w:rsid w:val="009E531B"/>
     <w:rsid w:val="009E6C56"/>
     <w:rsid w:val="009E7DCF"/>
-    <w:rsid w:val="009F0BD3"/>
     <w:rsid w:val="009F4A56"/>
     <w:rsid w:val="009F4E65"/>
     <w:rsid w:val="00A006A5"/>
-    <w:rsid w:val="00A01DAD"/>
     <w:rsid w:val="00A05942"/>
     <w:rsid w:val="00A07BEC"/>
     <w:rsid w:val="00A264BE"/>
     <w:rsid w:val="00A272CA"/>
     <w:rsid w:val="00A33051"/>
-    <w:rsid w:val="00A36248"/>
     <w:rsid w:val="00A407AD"/>
     <w:rsid w:val="00A40923"/>
     <w:rsid w:val="00A41C05"/>
-    <w:rsid w:val="00A41F7F"/>
     <w:rsid w:val="00A42426"/>
-    <w:rsid w:val="00A5066F"/>
+    <w:rsid w:val="00A433DE"/>
     <w:rsid w:val="00A514B7"/>
     <w:rsid w:val="00A54A0B"/>
+    <w:rsid w:val="00A55086"/>
     <w:rsid w:val="00A65FD4"/>
-    <w:rsid w:val="00A67F64"/>
     <w:rsid w:val="00A81198"/>
     <w:rsid w:val="00A81E48"/>
     <w:rsid w:val="00A82035"/>
     <w:rsid w:val="00A90D77"/>
     <w:rsid w:val="00A92E07"/>
     <w:rsid w:val="00AA0B3A"/>
     <w:rsid w:val="00AA6EB4"/>
     <w:rsid w:val="00AA767D"/>
     <w:rsid w:val="00AB0CC9"/>
     <w:rsid w:val="00AC3FF6"/>
     <w:rsid w:val="00AD73EC"/>
     <w:rsid w:val="00AD7AD5"/>
     <w:rsid w:val="00AE5BC7"/>
-    <w:rsid w:val="00AE6A2A"/>
     <w:rsid w:val="00AF5AAF"/>
+    <w:rsid w:val="00AF7CA0"/>
     <w:rsid w:val="00B046D8"/>
     <w:rsid w:val="00B13F4C"/>
+    <w:rsid w:val="00B14487"/>
     <w:rsid w:val="00B16219"/>
     <w:rsid w:val="00B16C59"/>
-    <w:rsid w:val="00B2195C"/>
+    <w:rsid w:val="00B334C4"/>
     <w:rsid w:val="00B33FDD"/>
     <w:rsid w:val="00B359CC"/>
     <w:rsid w:val="00B36107"/>
+    <w:rsid w:val="00B405A1"/>
+    <w:rsid w:val="00B41571"/>
     <w:rsid w:val="00B41789"/>
-    <w:rsid w:val="00B45437"/>
     <w:rsid w:val="00B46C03"/>
-    <w:rsid w:val="00B532A3"/>
     <w:rsid w:val="00B60C6C"/>
     <w:rsid w:val="00B619A9"/>
     <w:rsid w:val="00B65A9D"/>
     <w:rsid w:val="00B66D60"/>
-    <w:rsid w:val="00B74F22"/>
     <w:rsid w:val="00B75EDE"/>
     <w:rsid w:val="00B77D88"/>
     <w:rsid w:val="00B77FAF"/>
-    <w:rsid w:val="00B80277"/>
+    <w:rsid w:val="00B83715"/>
     <w:rsid w:val="00B84336"/>
     <w:rsid w:val="00B851B9"/>
     <w:rsid w:val="00B86453"/>
     <w:rsid w:val="00B90054"/>
     <w:rsid w:val="00B92C14"/>
     <w:rsid w:val="00B96AFF"/>
+    <w:rsid w:val="00B97D4E"/>
     <w:rsid w:val="00BA0066"/>
     <w:rsid w:val="00BB69DB"/>
     <w:rsid w:val="00BC322E"/>
     <w:rsid w:val="00BC44CD"/>
     <w:rsid w:val="00BC48A6"/>
-    <w:rsid w:val="00BE1216"/>
+    <w:rsid w:val="00BC6590"/>
     <w:rsid w:val="00BE7978"/>
     <w:rsid w:val="00C01F0D"/>
     <w:rsid w:val="00C07DDB"/>
+    <w:rsid w:val="00C127D7"/>
     <w:rsid w:val="00C4115D"/>
     <w:rsid w:val="00C43BDD"/>
     <w:rsid w:val="00C47778"/>
     <w:rsid w:val="00C5011E"/>
     <w:rsid w:val="00C50EE5"/>
     <w:rsid w:val="00C5240A"/>
     <w:rsid w:val="00C5398F"/>
     <w:rsid w:val="00C556F5"/>
-    <w:rsid w:val="00C56A73"/>
-    <w:rsid w:val="00C64000"/>
     <w:rsid w:val="00C70E19"/>
     <w:rsid w:val="00C72574"/>
     <w:rsid w:val="00C7430C"/>
-    <w:rsid w:val="00C83D9C"/>
     <w:rsid w:val="00C85DA1"/>
     <w:rsid w:val="00C9071C"/>
     <w:rsid w:val="00C908FF"/>
     <w:rsid w:val="00C97BD3"/>
     <w:rsid w:val="00CA39EF"/>
     <w:rsid w:val="00CA521F"/>
-    <w:rsid w:val="00CA5562"/>
     <w:rsid w:val="00CB0493"/>
     <w:rsid w:val="00CB17FF"/>
     <w:rsid w:val="00CB1ED7"/>
     <w:rsid w:val="00CC167C"/>
     <w:rsid w:val="00CC52D9"/>
-    <w:rsid w:val="00CD3481"/>
     <w:rsid w:val="00CD6647"/>
     <w:rsid w:val="00CE4B73"/>
     <w:rsid w:val="00CF70BB"/>
+    <w:rsid w:val="00D00BD7"/>
     <w:rsid w:val="00D074DB"/>
-    <w:rsid w:val="00D10801"/>
     <w:rsid w:val="00D139CF"/>
     <w:rsid w:val="00D20779"/>
-    <w:rsid w:val="00D225B8"/>
     <w:rsid w:val="00D37E7F"/>
-    <w:rsid w:val="00D44AA7"/>
     <w:rsid w:val="00D47AD7"/>
     <w:rsid w:val="00D51529"/>
-    <w:rsid w:val="00D70707"/>
+    <w:rsid w:val="00D62468"/>
+    <w:rsid w:val="00D67C88"/>
     <w:rsid w:val="00D85218"/>
     <w:rsid w:val="00D915B1"/>
-    <w:rsid w:val="00D93380"/>
     <w:rsid w:val="00DA299D"/>
     <w:rsid w:val="00DA65C4"/>
     <w:rsid w:val="00DE4447"/>
     <w:rsid w:val="00DE5DA2"/>
     <w:rsid w:val="00DE63C6"/>
     <w:rsid w:val="00DF0033"/>
+    <w:rsid w:val="00DF2674"/>
     <w:rsid w:val="00E026BF"/>
     <w:rsid w:val="00E07B1B"/>
     <w:rsid w:val="00E11853"/>
-    <w:rsid w:val="00E2721D"/>
-[...1 lines deleted...]
-    <w:rsid w:val="00E40195"/>
+    <w:rsid w:val="00E411B6"/>
     <w:rsid w:val="00E52A86"/>
     <w:rsid w:val="00E54B47"/>
     <w:rsid w:val="00E553BF"/>
     <w:rsid w:val="00E55D93"/>
     <w:rsid w:val="00E61294"/>
-    <w:rsid w:val="00E62AF6"/>
-    <w:rsid w:val="00E702F3"/>
     <w:rsid w:val="00E7237C"/>
     <w:rsid w:val="00E77C46"/>
-    <w:rsid w:val="00E82D08"/>
     <w:rsid w:val="00E86CE8"/>
     <w:rsid w:val="00E90E82"/>
-    <w:rsid w:val="00E9508C"/>
     <w:rsid w:val="00EA00CB"/>
     <w:rsid w:val="00EA1BAA"/>
-    <w:rsid w:val="00EA39FA"/>
     <w:rsid w:val="00EA3FCD"/>
     <w:rsid w:val="00EA42A0"/>
-    <w:rsid w:val="00EB5DB3"/>
     <w:rsid w:val="00EB6714"/>
     <w:rsid w:val="00EC0A68"/>
     <w:rsid w:val="00EC3C32"/>
-    <w:rsid w:val="00EC4D19"/>
     <w:rsid w:val="00EC5006"/>
     <w:rsid w:val="00ED49C3"/>
     <w:rsid w:val="00ED6CE8"/>
     <w:rsid w:val="00ED7AA6"/>
     <w:rsid w:val="00EE2A56"/>
     <w:rsid w:val="00EE3818"/>
-    <w:rsid w:val="00EE5FC8"/>
-[...2 lines deleted...]
-    <w:rsid w:val="00F06FA6"/>
     <w:rsid w:val="00F22264"/>
     <w:rsid w:val="00F2564D"/>
     <w:rsid w:val="00F35B05"/>
     <w:rsid w:val="00F413D9"/>
-    <w:rsid w:val="00F45ACE"/>
     <w:rsid w:val="00F5135F"/>
     <w:rsid w:val="00F51F78"/>
-    <w:rsid w:val="00F65113"/>
-    <w:rsid w:val="00F8246D"/>
     <w:rsid w:val="00F86F47"/>
     <w:rsid w:val="00F90B64"/>
     <w:rsid w:val="00FB2F0F"/>
     <w:rsid w:val="00FB5086"/>
     <w:rsid w:val="00FB5411"/>
     <w:rsid w:val="00FB6392"/>
     <w:rsid w:val="00FC4F36"/>
-    <w:rsid w:val="00FC588F"/>
     <w:rsid w:val="00FD3C70"/>
     <w:rsid w:val="00FD6820"/>
-    <w:rsid w:val="00FD76B5"/>
     <w:rsid w:val="00FE12D8"/>
     <w:rsid w:val="00FF7C02"/>
     <w:rsid w:val="024801E3"/>
-    <w:rsid w:val="241CD5A6"/>
-    <w:rsid w:val="3F7580BE"/>
+    <w:rsid w:val="21706CD2"/>
     <w:rsid w:val="647B2B65"/>
     <w:rsid w:val="6B2CF8ED"/>
-    <w:rsid w:val="79A3F323"/>
+    <w:rsid w:val="6E11F609"/>
+    <w:rsid w:val="7C5C3C10"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="sv-SE" w:eastAsia="ja-JP"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:doNotIncludeSubdocsInStats/>
   <w:doNotAutoCompressPictures/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050" strokecolor="#4a773c">
       <v:stroke color="#4a773c" weight="1pt"/>
       <v:shadow opacity="24903f" origin=",.5" offset="0,.55556mm"/>
       <o:colormru v:ext="edit" colors="#4a773c"/>
     </o:shapedefaults>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="2"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:doNotEmbedSmartTags/>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
   <w14:docId w14:val="1FE2B7EB"/>
   <w14:defaultImageDpi w14:val="330"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         <w:lang w:val="sv-SE" w:eastAsia="sv-SE" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault/>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="3" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="3" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:locked="1" w:semiHidden="1" w:uiPriority="3" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="index 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
@@ -8122,174 +4519,202 @@
     <w:lsdException w:name="List Table 6 Colorful Accent 4" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 4" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 5" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 5" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 5" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 5" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 5" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 5" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 5" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 6" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
     <w:lsdException w:name="Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Hashtag" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Unresolved Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Link" w:semiHidden="1" w:unhideWhenUsed="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="Normal">
     <w:name w:val="Normal"/>
     <w:qFormat/>
-    <w:rsid w:val="008A0C5F"/>
+    <w:rsid w:val="00831C35"/>
     <w:pPr>
-      <w:spacing w:after="120" w:line="288" w:lineRule="auto"/>
-      <w:ind w:left="992" w:right="868"/>
+      <w:spacing w:after="120" w:line="360" w:lineRule="auto"/>
+      <w:ind w:left="567" w:right="868"/>
     </w:pPr>
     <w:rPr>
+      <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Rubrik1">
     <w:name w:val="heading 1"/>
     <w:aliases w:val="Rubrik VGR"/>
     <w:next w:val="Normal"/>
     <w:link w:val="Rubrik1Char"/>
     <w:qFormat/>
-    <w:rsid w:val="00CA5562"/>
+    <w:rsid w:val="001108C0"/>
     <w:pPr>
       <w:keepNext/>
-      <w:spacing w:before="1600" w:after="240"/>
-      <w:ind w:left="992"/>
+      <w:spacing w:after="240" w:line="288" w:lineRule="auto"/>
+      <w:ind w:left="567"/>
       <w:contextualSpacing/>
       <w:outlineLvl w:val="0"/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:ascii="Calibri" w:eastAsia="MS Gothic" w:hAnsi="Calibri"/>
+      <w:rFonts w:ascii="Verdana" w:eastAsia="MS Gothic" w:hAnsi="Verdana"/>
+      <w:b/>
       <w:bCs/>
       <w:kern w:val="32"/>
-      <w:sz w:val="48"/>
+      <w:sz w:val="44"/>
       <w:szCs w:val="32"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Rubrik2">
     <w:name w:val="heading 2"/>
     <w:aliases w:val="Rubrik 2 VGR"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:link w:val="Rubrik2Char"/>
     <w:uiPriority w:val="3"/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
-    <w:rsid w:val="00627BEA"/>
+    <w:rsid w:val="008D124E"/>
     <w:pPr>
       <w:keepNext/>
       <w:keepLines/>
       <w:spacing w:before="240" w:after="40" w:line="240" w:lineRule="auto"/>
       <w:outlineLvl w:val="1"/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:rFonts w:ascii="Verdana" w:eastAsiaTheme="majorEastAsia" w:hAnsi="Verdana" w:cstheme="majorBidi"/>
       <w:bCs/>
       <w:color w:val="000000" w:themeColor="text1"/>
-      <w:sz w:val="40"/>
+      <w:sz w:val="36"/>
       <w:szCs w:val="26"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Rubrik3">
     <w:name w:val="heading 3"/>
     <w:aliases w:val="Rubrik 3 VGR"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:link w:val="Rubrik3Char"/>
     <w:uiPriority w:val="3"/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
-    <w:rsid w:val="00627BEA"/>
+    <w:rsid w:val="008D124E"/>
     <w:pPr>
       <w:keepNext/>
       <w:keepLines/>
       <w:spacing w:before="240" w:after="40" w:line="240" w:lineRule="auto"/>
       <w:outlineLvl w:val="2"/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:rFonts w:ascii="Verdana" w:eastAsiaTheme="majorEastAsia" w:hAnsi="Verdana" w:cstheme="majorBidi"/>
       <w:bCs/>
       <w:color w:val="000000" w:themeColor="text1"/>
-      <w:sz w:val="36"/>
+      <w:sz w:val="28"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Rubrik4">
     <w:name w:val="heading 4"/>
     <w:aliases w:val="mellanrubrik"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:link w:val="Rubrik4Char"/>
     <w:uiPriority w:val="3"/>
     <w:semiHidden/>
     <w:qFormat/>
     <w:locked/>
     <w:rsid w:val="00627BEA"/>
     <w:pPr>
       <w:keepNext/>
       <w:keepLines/>
       <w:spacing w:before="240" w:after="0" w:line="240" w:lineRule="auto"/>
       <w:outlineLvl w:val="3"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
       <w:b/>
       <w:bCs/>
       <w:iCs/>
       <w:color w:val="000000" w:themeColor="text1"/>
       <w:sz w:val="26"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Rubrik5">
     <w:name w:val="heading 5"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:link w:val="Rubrik5Char"/>
     <w:uiPriority w:val="9"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:rsid w:val="002F568B"/>
     <w:pPr>
       <w:keepNext/>
       <w:keepLines/>
       <w:spacing w:before="200"/>
       <w:outlineLvl w:val="4"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
       <w:color w:val="00304B" w:themeColor="accent1" w:themeShade="7F"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Rubrik9">
+    <w:name w:val="heading 9"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:link w:val="Rubrik9Char"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:qFormat/>
+    <w:rsid w:val="009A32ED"/>
+    <w:pPr>
+      <w:keepNext/>
+      <w:keepLines/>
+      <w:spacing w:before="40" w:after="0"/>
+      <w:ind w:left="0"/>
+      <w:outlineLvl w:val="8"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:i/>
+      <w:iCs/>
+      <w:color w:val="272727" w:themeColor="text1" w:themeTint="D8"/>
+      <w:sz w:val="21"/>
+      <w:szCs w:val="21"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="Standardstycketeckensnitt">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="Normaltabell">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="Ingenlista">
     <w:name w:val="No List"/>
@@ -8452,70 +4877,71 @@
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Sidhuvud">
     <w:name w:val="header"/>
     <w:basedOn w:val="Normal"/>
     <w:link w:val="SidhuvudChar"/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="00AA0F08"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="center" w:pos="4703"/>
         <w:tab w:val="right" w:pos="9406"/>
       </w:tabs>
     </w:pPr>
   </w:style>
   <w:style w:type="character" w:styleId="Sidnummer">
     <w:name w:val="page number"/>
     <w:basedOn w:val="Standardstycketeckensnitt"/>
     <w:semiHidden/>
     <w:rsid w:val="00AA0F08"/>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Metadata">
     <w:name w:val="Metadata"/>
     <w:basedOn w:val="Normal"/>
     <w:qFormat/>
-    <w:rsid w:val="002651D6"/>
+    <w:rsid w:val="00831C35"/>
     <w:pPr>
       <w:spacing w:after="240"/>
       <w:contextualSpacing/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+      <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
       <w:sz w:val="20"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="Rubrik1Char">
     <w:name w:val="Rubrik 1 Char"/>
     <w:aliases w:val="Rubrik VGR Char"/>
     <w:link w:val="Rubrik1"/>
-    <w:rsid w:val="00CA5562"/>
+    <w:rsid w:val="001108C0"/>
     <w:rPr>
-      <w:rFonts w:ascii="Calibri" w:eastAsia="MS Gothic" w:hAnsi="Calibri"/>
+      <w:rFonts w:ascii="Verdana" w:eastAsia="MS Gothic" w:hAnsi="Verdana"/>
+      <w:b/>
       <w:bCs/>
       <w:kern w:val="32"/>
-      <w:sz w:val="48"/>
+      <w:sz w:val="44"/>
       <w:szCs w:val="32"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Allmntstyckeformat">
     <w:name w:val="[Allmänt styckeformat]"/>
     <w:basedOn w:val="Normal"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:rsid w:val="001C5FEF"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:autoSpaceDE w:val="0"/>
       <w:autoSpaceDN w:val="0"/>
       <w:adjustRightInd w:val="0"/>
       <w:textAlignment w:val="center"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="MinionPro-Regular" w:hAnsi="MinionPro-Regular" w:cs="MinionPro-Regular"/>
       <w:color w:val="000000"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="SidfotChar">
     <w:name w:val="Sidfot Char"/>
     <w:link w:val="Sidfot"/>
     <w:uiPriority w:val="99"/>
@@ -8537,51 +4963,51 @@
     <w:qFormat/>
     <w:rsid w:val="00AC3FF6"/>
     <w:pPr>
       <w:spacing w:before="240" w:after="60"/>
       <w:jc w:val="center"/>
       <w:outlineLvl w:val="0"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Calibri" w:eastAsia="MS Gothic" w:hAnsi="Calibri"/>
       <w:b/>
       <w:bCs/>
       <w:kern w:val="28"/>
       <w:sz w:val="32"/>
       <w:szCs w:val="32"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="FaktarutaLista">
     <w:name w:val="Faktaruta Lista"/>
     <w:uiPriority w:val="5"/>
     <w:semiHidden/>
     <w:qFormat/>
     <w:locked/>
     <w:rsid w:val="00617710"/>
     <w:pPr>
       <w:numPr>
-        <w:numId w:val="4"/>
+        <w:numId w:val="1"/>
       </w:numPr>
       <w:spacing w:after="40"/>
       <w:ind w:left="357" w:hanging="357"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
       <w:color w:val="000000"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="RubrikChar">
     <w:name w:val="Rubrik Char"/>
     <w:link w:val="Rubrik"/>
     <w:uiPriority w:val="10"/>
     <w:semiHidden/>
     <w:rsid w:val="00F86F47"/>
     <w:rPr>
       <w:rFonts w:ascii="Calibri" w:eastAsia="MS Gothic" w:hAnsi="Calibri"/>
       <w:b/>
       <w:bCs/>
       <w:kern w:val="28"/>
       <w:sz w:val="32"/>
       <w:szCs w:val="32"/>
     </w:rPr>
@@ -8627,233 +5053,228 @@
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Faktarutarubrik">
     <w:name w:val="Faktaruta rubrik"/>
     <w:basedOn w:val="Rubrik2"/>
     <w:next w:val="FaktarutaLista"/>
     <w:uiPriority w:val="3"/>
     <w:semiHidden/>
     <w:qFormat/>
     <w:locked/>
     <w:rsid w:val="0009062C"/>
     <w:pPr>
       <w:spacing w:before="0"/>
       <w:outlineLvl w:val="2"/>
     </w:pPr>
     <w:rPr>
       <w:bCs w:val="0"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="Rubrik2Char">
     <w:name w:val="Rubrik 2 Char"/>
     <w:aliases w:val="Rubrik 2 VGR Char"/>
     <w:basedOn w:val="Standardstycketeckensnitt"/>
     <w:link w:val="Rubrik2"/>
     <w:uiPriority w:val="3"/>
-    <w:rsid w:val="00627BEA"/>
+    <w:rsid w:val="008D124E"/>
     <w:rPr>
-      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:rFonts w:ascii="Verdana" w:eastAsiaTheme="majorEastAsia" w:hAnsi="Verdana" w:cstheme="majorBidi"/>
       <w:bCs/>
       <w:color w:val="000000" w:themeColor="text1"/>
-      <w:sz w:val="40"/>
+      <w:sz w:val="36"/>
       <w:szCs w:val="26"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="Rubrik3Char">
     <w:name w:val="Rubrik 3 Char"/>
     <w:aliases w:val="Rubrik 3 VGR Char"/>
     <w:basedOn w:val="Standardstycketeckensnitt"/>
     <w:link w:val="Rubrik3"/>
     <w:uiPriority w:val="3"/>
-    <w:rsid w:val="00627BEA"/>
+    <w:rsid w:val="008D124E"/>
     <w:rPr>
-      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:rFonts w:ascii="Verdana" w:eastAsiaTheme="majorEastAsia" w:hAnsi="Verdana" w:cstheme="majorBidi"/>
       <w:bCs/>
       <w:color w:val="000000" w:themeColor="text1"/>
-      <w:sz w:val="36"/>
+      <w:sz w:val="28"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="Rubrik4Char">
     <w:name w:val="Rubrik 4 Char"/>
     <w:aliases w:val="mellanrubrik Char"/>
     <w:basedOn w:val="Standardstycketeckensnitt"/>
     <w:link w:val="Rubrik4"/>
     <w:uiPriority w:val="3"/>
     <w:semiHidden/>
     <w:rsid w:val="00A272CA"/>
     <w:rPr>
       <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
       <w:b/>
       <w:bCs/>
       <w:iCs/>
       <w:color w:val="000000" w:themeColor="text1"/>
       <w:sz w:val="26"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="Rubrik5Char">
     <w:name w:val="Rubrik 5 Char"/>
     <w:basedOn w:val="Standardstycketeckensnitt"/>
     <w:link w:val="Rubrik5"/>
     <w:uiPriority w:val="9"/>
     <w:semiHidden/>
     <w:rsid w:val="002F568B"/>
     <w:rPr>
       <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
       <w:color w:val="00304B" w:themeColor="accent1" w:themeShade="7F"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Liststycke">
     <w:name w:val="List Paragraph"/>
     <w:basedOn w:val="Normal"/>
     <w:uiPriority w:val="34"/>
-    <w:rsid w:val="004B5C86"/>
+    <w:rsid w:val="00CB1ED7"/>
     <w:pPr>
       <w:numPr>
-        <w:numId w:val="13"/>
+        <w:numId w:val="2"/>
       </w:numPr>
-      <w:ind w:left="1349" w:hanging="357"/>
+      <w:ind w:left="1712" w:hanging="357"/>
       <w:contextualSpacing/>
     </w:pPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Normalefterlista">
     <w:name w:val="Normal efter lista"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:uiPriority w:val="3"/>
     <w:qFormat/>
     <w:rsid w:val="0062184C"/>
     <w:pPr>
       <w:spacing w:before="200"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:eastAsia="MS Gothic"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Innehll1">
     <w:name w:val="toc 1"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:autoRedefine/>
     <w:uiPriority w:val="39"/>
     <w:unhideWhenUsed/>
-    <w:rsid w:val="00C64000"/>
+    <w:rsid w:val="00B405A1"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="right" w:leader="dot" w:pos="8779"/>
       </w:tabs>
-      <w:spacing w:after="0"/>
+      <w:ind w:right="142"/>
     </w:pPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Omslagsrubrik">
     <w:name w:val="Omslagsrubrik"/>
     <w:basedOn w:val="Normal"/>
     <w:link w:val="OmslagsrubrikChar"/>
     <w:uiPriority w:val="3"/>
     <w:qFormat/>
-    <w:rsid w:val="005A627D"/>
+    <w:rsid w:val="00B14487"/>
     <w:pPr>
       <w:spacing w:after="6000" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
+      <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
       <w:sz w:val="72"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="OmslagsrubrikChar">
     <w:name w:val="Omslagsrubrik Char"/>
     <w:basedOn w:val="Standardstycketeckensnitt"/>
     <w:link w:val="Omslagsrubrik"/>
     <w:uiPriority w:val="3"/>
-    <w:rsid w:val="005A627D"/>
+    <w:rsid w:val="00B14487"/>
     <w:rPr>
-      <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
+      <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
       <w:sz w:val="72"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="Omslagsunderrubrik">
-    <w:name w:val="Omslagsunderrubrik"/>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="UnderrubrikVGR">
+    <w:name w:val="Underrubrik VGR"/>
     <w:basedOn w:val="Normal"/>
-    <w:link w:val="OmslagsunderrubrikChar"/>
+    <w:link w:val="UnderrubrikVGRChar"/>
     <w:uiPriority w:val="3"/>
     <w:qFormat/>
-    <w:rsid w:val="009533B4"/>
+    <w:rsid w:val="00B14487"/>
     <w:pPr>
       <w:contextualSpacing/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
+      <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
       <w:sz w:val="32"/>
       <w:szCs w:val="44"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="OmslagsunderrubrikChar">
-    <w:name w:val="Omslagsunderrubrik Char"/>
+  <w:style w:type="character" w:customStyle="1" w:styleId="UnderrubrikVGRChar">
+    <w:name w:val="Underrubrik VGR Char"/>
     <w:basedOn w:val="Standardstycketeckensnitt"/>
-    <w:link w:val="Omslagsunderrubrik"/>
+    <w:link w:val="UnderrubrikVGR"/>
     <w:uiPriority w:val="3"/>
-    <w:rsid w:val="009533B4"/>
+    <w:rsid w:val="00B14487"/>
     <w:rPr>
-      <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
+      <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
       <w:sz w:val="32"/>
       <w:szCs w:val="44"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Innehll2">
     <w:name w:val="toc 2"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:autoRedefine/>
     <w:uiPriority w:val="39"/>
     <w:unhideWhenUsed/>
-    <w:rsid w:val="00C64000"/>
+    <w:rsid w:val="00BC6590"/>
     <w:pPr>
       <w:tabs>
-        <w:tab w:val="right" w:leader="dot" w:pos="8777"/>
+        <w:tab w:val="right" w:leader="dot" w:pos="8919"/>
       </w:tabs>
-      <w:spacing w:after="0"/>
-      <w:ind w:left="1349"/>
+      <w:ind w:right="0"/>
     </w:pPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Innehll3">
     <w:name w:val="toc 3"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:autoRedefine/>
     <w:uiPriority w:val="39"/>
     <w:unhideWhenUsed/>
-    <w:rsid w:val="00C64000"/>
+    <w:rsid w:val="00E61294"/>
     <w:pPr>
-      <w:tabs>
-[...3 lines deleted...]
-      <w:ind w:left="1707"/>
+      <w:ind w:left="480"/>
     </w:pPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Innehll4">
     <w:name w:val="toc 4"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:autoRedefine/>
     <w:uiPriority w:val="39"/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00E61294"/>
     <w:pPr>
       <w:ind w:left="720"/>
     </w:pPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Innehll5">
     <w:name w:val="toc 5"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:autoRedefine/>
     <w:uiPriority w:val="39"/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00E61294"/>
     <w:pPr>
       <w:ind w:left="960"/>
     </w:pPr>
@@ -8890,118 +5311,118 @@
     <w:uiPriority w:val="39"/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00E61294"/>
     <w:pPr>
       <w:ind w:left="1680"/>
     </w:pPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Innehll9">
     <w:name w:val="toc 9"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:autoRedefine/>
     <w:uiPriority w:val="39"/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00E61294"/>
     <w:pPr>
       <w:ind w:left="1920"/>
     </w:pPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="MellanrubrikVGR">
     <w:name w:val="Mellanrubrik VGR"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:uiPriority w:val="2"/>
     <w:qFormat/>
-    <w:rsid w:val="009F0BD3"/>
+    <w:rsid w:val="008D124E"/>
     <w:pPr>
       <w:keepNext/>
       <w:keepLines/>
       <w:widowControl w:val="0"/>
       <w:autoSpaceDE w:val="0"/>
       <w:autoSpaceDN w:val="0"/>
       <w:adjustRightInd w:val="0"/>
       <w:spacing w:before="240" w:after="0"/>
       <w:textAlignment w:val="center"/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+      <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
       <w:b/>
       <w:color w:val="000000"/>
-      <w:sz w:val="26"/>
       <w:szCs w:val="18"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="Fotnotsreferens">
     <w:name w:val="footnote reference"/>
     <w:basedOn w:val="Standardstycketeckensnitt"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00FB5086"/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Formatmall1">
     <w:name w:val="Formatmall1"/>
     <w:basedOn w:val="Normal"/>
     <w:link w:val="Formatmall1Char"/>
     <w:uiPriority w:val="3"/>
     <w:semiHidden/>
     <w:qFormat/>
     <w:locked/>
     <w:rsid w:val="00FB5086"/>
     <w:pPr>
       <w:spacing w:after="0"/>
     </w:pPr>
     <w:rPr>
       <w:sz w:val="20"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="Formatmall1Char">
     <w:name w:val="Formatmall1 Char"/>
     <w:basedOn w:val="Standardstycketeckensnitt"/>
     <w:link w:val="Formatmall1"/>
     <w:uiPriority w:val="3"/>
     <w:semiHidden/>
     <w:rsid w:val="00A272CA"/>
     <w:rPr>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="FotnotVGR">
     <w:name w:val="Fotnot VGR"/>
     <w:basedOn w:val="Normal"/>
     <w:uiPriority w:val="3"/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
-    <w:rsid w:val="00FB5086"/>
+    <w:rsid w:val="00B14487"/>
     <w:pPr>
       <w:spacing w:after="0"/>
     </w:pPr>
     <w:rPr>
-      <w:sz w:val="20"/>
+      <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+      <w:sz w:val="18"/>
     </w:rPr>
   </w:style>
   <w:style w:type="table" w:styleId="Oformateradtabell2">
     <w:name w:val="Plain Table 2"/>
     <w:basedOn w:val="Normaltabell"/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="002E263F"/>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblBorders>
         <w:top w:val="single" w:sz="4" w:space="0" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80"/>
         <w:bottom w:val="single" w:sz="4" w:space="0" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80"/>
       </w:tblBorders>
     </w:tblPr>
     <w:tblStylePr w:type="firstRow">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80"/>
         </w:tcBorders>
@@ -9983,58 +6404,55 @@
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Tabellrubrik">
     <w:name w:val="Tabellrubrik"/>
     <w:basedOn w:val="Normal"/>
     <w:uiPriority w:val="3"/>
     <w:semiHidden/>
     <w:qFormat/>
     <w:rsid w:val="00B33FDD"/>
     <w:pPr>
       <w:spacing w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
       <w:bCs/>
       <w:color w:val="000000" w:themeColor="text1"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Punktlista">
     <w:name w:val="List Bullet"/>
     <w:basedOn w:val="Normal"/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
-    <w:rsid w:val="00EB5DB3"/>
+    <w:rsid w:val="00CB1ED7"/>
     <w:pPr>
       <w:numPr>
-        <w:numId w:val="14"/>
+        <w:numId w:val="3"/>
       </w:numPr>
-      <w:tabs>
-[...1 lines deleted...]
-      </w:tabs>
       <w:contextualSpacing/>
     </w:pPr>
   </w:style>
   <w:style w:type="table" w:styleId="Oformateradtabell3">
     <w:name w:val="Plain Table 3"/>
     <w:basedOn w:val="Normaltabell"/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="002E263F"/>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
     </w:tblPr>
     <w:tblStylePr w:type="firstRow">
       <w:rPr>
         <w:b/>
         <w:bCs/>
         <w:caps/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
@@ -10160,496 +6578,2638 @@
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:rsid w:val="00404948"/>
     <w:pPr>
       <w:spacing w:after="200" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:i/>
       <w:iCs/>
       <w:color w:val="000000" w:themeColor="text2"/>
       <w:sz w:val="18"/>
       <w:szCs w:val="18"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="SidhuvudChar">
     <w:name w:val="Sidhuvud Char"/>
     <w:basedOn w:val="Standardstycketeckensnitt"/>
     <w:link w:val="Sidhuvud"/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="00133A0F"/>
     <w:rPr>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Underrubrik">
-[...5 lines deleted...]
-    <w:rsid w:val="009F0BD3"/>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Rubrik9Char">
+    <w:name w:val="Rubrik 9 Char"/>
+    <w:basedOn w:val="Standardstycketeckensnitt"/>
+    <w:link w:val="Rubrik9"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:rsid w:val="009A32ED"/>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:i/>
+      <w:iCs/>
+      <w:color w:val="272727" w:themeColor="text1" w:themeTint="D8"/>
+      <w:sz w:val="21"/>
+      <w:szCs w:val="21"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Brdtext">
+    <w:name w:val="Body Text"/>
+    <w:aliases w:val="(=Löpande text)"/>
+    <w:link w:val="BrdtextChar"/>
+    <w:rsid w:val="009A32ED"/>
     <w:pPr>
-      <w:numPr>
-[...3 lines deleted...]
-      <w:ind w:left="992"/>
+      <w:spacing w:after="160"/>
+      <w:ind w:left="2676"/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:ascii="Calibri" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Calibri" w:cstheme="minorBidi"/>
-[...1 lines deleted...]
-      <w:szCs w:val="22"/>
+      <w:sz w:val="24"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="UnderrubrikChar">
-    <w:name w:val="Underrubrik Char"/>
+  <w:style w:type="character" w:customStyle="1" w:styleId="BrdtextChar">
+    <w:name w:val="Brödtext Char"/>
+    <w:aliases w:val="(=Löpande text) Char"/>
     <w:basedOn w:val="Standardstycketeckensnitt"/>
-    <w:link w:val="Underrubrik"/>
-    <w:rsid w:val="009F0BD3"/>
+    <w:link w:val="Brdtext"/>
+    <w:rsid w:val="009A32ED"/>
     <w:rPr>
-      <w:rFonts w:ascii="Calibri" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Calibri" w:cstheme="minorBidi"/>
-      <w:b/>
       <w:sz w:val="24"/>
-      <w:szCs w:val="22"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="Punktlistaniv2">
-    <w:name w:val="Punktlista nivå2"/>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="Tabell">
+    <w:name w:val="Tabell"/>
+    <w:link w:val="TabellChar"/>
     <w:qFormat/>
-    <w:rsid w:val="00F05B73"/>
+    <w:rsid w:val="00831C35"/>
     <w:pPr>
-      <w:numPr>
-[...4 lines deleted...]
-      </w:tabs>
       <w:spacing w:line="288" w:lineRule="auto"/>
-      <w:ind w:left="1706" w:right="868" w:hanging="357"/>
+      <w:ind w:right="-142"/>
     </w:pPr>
     <w:rPr>
+      <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="Tabelltext">
-[...6 lines deleted...]
-    </w:pPr>
+  <w:style w:type="character" w:customStyle="1" w:styleId="TabellChar">
+    <w:name w:val="Tabell Char"/>
+    <w:basedOn w:val="Standardstycketeckensnitt"/>
+    <w:link w:val="Tabell"/>
+    <w:rsid w:val="00831C35"/>
     <w:rPr>
+      <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:styleId="Kommentarsreferens">
-    <w:name w:val="annotation reference"/>
+  <w:style w:type="character" w:styleId="AnvndHyperlnk">
+    <w:name w:val="FollowedHyperlink"/>
     <w:basedOn w:val="Standardstycketeckensnitt"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
-    <w:rsid w:val="009047D4"/>
+    <w:rsid w:val="00B97D4E"/>
     <w:rPr>
-      <w:sz w:val="16"/>
-[...48 lines deleted...]
-      <w:bCs/>
+      <w:color w:val="9EA2A2" w:themeColor="followedHyperlink"/>
+      <w:u w:val="single"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="Olstomnmnande">
     <w:name w:val="Unresolved Mention"/>
     <w:basedOn w:val="Standardstycketeckensnitt"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
-    <w:rsid w:val="002133F5"/>
+    <w:rsid w:val="00097F52"/>
     <w:rPr>
       <w:color w:val="605E5C"/>
       <w:shd w:val="clear" w:color="auto" w:fill="E1DFDD"/>
-    </w:rPr>
-[...52 lines deleted...]
-      <w:sz w:val="32"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:divs>
-    <w:div w:id="53819218">
+    <w:div w:id="38822714">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
       <w:divsChild>
-        <w:div w:id="1763183320">
+        <w:div w:id="755634314">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="2109307022">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="549807782">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1373847904">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="875120001">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1130516290">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="932278792">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1439518404">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1155295506">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="472211313">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="81336262">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="352999331">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="802506613">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+      </w:divsChild>
+    </w:div>
+    <w:div w:id="92019495">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+      <w:divsChild>
+        <w:div w:id="964233150">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="935597621">
           <w:marLeft w:val="0"/>
           <w:marRight w:val="0"/>
           <w:marTop w:val="0"/>
           <w:marBottom w:val="0"/>
           <w:divBdr>
             <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           </w:divBdr>
           <w:divsChild>
-            <w:div w:id="135494571">
-              <w:marLeft w:val="0"/>
+            <w:div w:id="1562058936">
+              <w:marLeft w:val="-75"/>
               <w:marRight w:val="0"/>
-              <w:marTop w:val="0"/>
-              <w:marBottom w:val="0"/>
+              <w:marTop w:val="30"/>
+              <w:marBottom w:val="30"/>
               <w:divBdr>
                 <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                 <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                 <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                 <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
               </w:divBdr>
+              <w:divsChild>
+                <w:div w:id="205217321">
+                  <w:marLeft w:val="0"/>
+                  <w:marRight w:val="0"/>
+                  <w:marTop w:val="0"/>
+                  <w:marBottom w:val="0"/>
+                  <w:divBdr>
+                    <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                    <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                    <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                    <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                  </w:divBdr>
+                  <w:divsChild>
+                    <w:div w:id="363487216">
+                      <w:marLeft w:val="0"/>
+                      <w:marRight w:val="0"/>
+                      <w:marTop w:val="0"/>
+                      <w:marBottom w:val="0"/>
+                      <w:divBdr>
+                        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                      </w:divBdr>
+                    </w:div>
+                  </w:divsChild>
+                </w:div>
+                <w:div w:id="1584223974">
+                  <w:marLeft w:val="0"/>
+                  <w:marRight w:val="0"/>
+                  <w:marTop w:val="0"/>
+                  <w:marBottom w:val="0"/>
+                  <w:divBdr>
+                    <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                    <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                    <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                    <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                  </w:divBdr>
+                  <w:divsChild>
+                    <w:div w:id="1663851675">
+                      <w:marLeft w:val="0"/>
+                      <w:marRight w:val="0"/>
+                      <w:marTop w:val="0"/>
+                      <w:marBottom w:val="0"/>
+                      <w:divBdr>
+                        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                      </w:divBdr>
+                    </w:div>
+                    <w:div w:id="1366366663">
+                      <w:marLeft w:val="0"/>
+                      <w:marRight w:val="0"/>
+                      <w:marTop w:val="0"/>
+                      <w:marBottom w:val="0"/>
+                      <w:divBdr>
+                        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                      </w:divBdr>
+                    </w:div>
+                    <w:div w:id="1868251964">
+                      <w:marLeft w:val="0"/>
+                      <w:marRight w:val="0"/>
+                      <w:marTop w:val="0"/>
+                      <w:marBottom w:val="0"/>
+                      <w:divBdr>
+                        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                      </w:divBdr>
+                    </w:div>
+                  </w:divsChild>
+                </w:div>
+                <w:div w:id="2077124403">
+                  <w:marLeft w:val="0"/>
+                  <w:marRight w:val="0"/>
+                  <w:marTop w:val="0"/>
+                  <w:marBottom w:val="0"/>
+                  <w:divBdr>
+                    <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                    <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                    <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                    <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                  </w:divBdr>
+                  <w:divsChild>
+                    <w:div w:id="1616981699">
+                      <w:marLeft w:val="0"/>
+                      <w:marRight w:val="0"/>
+                      <w:marTop w:val="0"/>
+                      <w:marBottom w:val="0"/>
+                      <w:divBdr>
+                        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                      </w:divBdr>
+                    </w:div>
+                  </w:divsChild>
+                </w:div>
+                <w:div w:id="703095877">
+                  <w:marLeft w:val="0"/>
+                  <w:marRight w:val="0"/>
+                  <w:marTop w:val="0"/>
+                  <w:marBottom w:val="0"/>
+                  <w:divBdr>
+                    <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                    <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                    <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                    <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                  </w:divBdr>
+                  <w:divsChild>
+                    <w:div w:id="713382712">
+                      <w:marLeft w:val="0"/>
+                      <w:marRight w:val="0"/>
+                      <w:marTop w:val="0"/>
+                      <w:marBottom w:val="0"/>
+                      <w:divBdr>
+                        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                      </w:divBdr>
+                    </w:div>
+                    <w:div w:id="106122455">
+                      <w:marLeft w:val="0"/>
+                      <w:marRight w:val="0"/>
+                      <w:marTop w:val="0"/>
+                      <w:marBottom w:val="0"/>
+                      <w:divBdr>
+                        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                      </w:divBdr>
+                    </w:div>
+                    <w:div w:id="2113014493">
+                      <w:marLeft w:val="0"/>
+                      <w:marRight w:val="0"/>
+                      <w:marTop w:val="0"/>
+                      <w:marBottom w:val="0"/>
+                      <w:divBdr>
+                        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                      </w:divBdr>
+                    </w:div>
+                    <w:div w:id="1200780888">
+                      <w:marLeft w:val="0"/>
+                      <w:marRight w:val="0"/>
+                      <w:marTop w:val="0"/>
+                      <w:marBottom w:val="0"/>
+                      <w:divBdr>
+                        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                      </w:divBdr>
+                    </w:div>
+                  </w:divsChild>
+                </w:div>
+                <w:div w:id="144396168">
+                  <w:marLeft w:val="0"/>
+                  <w:marRight w:val="0"/>
+                  <w:marTop w:val="0"/>
+                  <w:marBottom w:val="0"/>
+                  <w:divBdr>
+                    <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                    <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                    <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                    <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                  </w:divBdr>
+                  <w:divsChild>
+                    <w:div w:id="1257012646">
+                      <w:marLeft w:val="0"/>
+                      <w:marRight w:val="0"/>
+                      <w:marTop w:val="0"/>
+                      <w:marBottom w:val="0"/>
+                      <w:divBdr>
+                        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                      </w:divBdr>
+                    </w:div>
+                  </w:divsChild>
+                </w:div>
+                <w:div w:id="930430595">
+                  <w:marLeft w:val="0"/>
+                  <w:marRight w:val="0"/>
+                  <w:marTop w:val="0"/>
+                  <w:marBottom w:val="0"/>
+                  <w:divBdr>
+                    <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                    <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                    <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                    <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                  </w:divBdr>
+                  <w:divsChild>
+                    <w:div w:id="914818538">
+                      <w:marLeft w:val="0"/>
+                      <w:marRight w:val="0"/>
+                      <w:marTop w:val="0"/>
+                      <w:marBottom w:val="0"/>
+                      <w:divBdr>
+                        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                      </w:divBdr>
+                    </w:div>
+                    <w:div w:id="2023849123">
+                      <w:marLeft w:val="0"/>
+                      <w:marRight w:val="0"/>
+                      <w:marTop w:val="0"/>
+                      <w:marBottom w:val="0"/>
+                      <w:divBdr>
+                        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                      </w:divBdr>
+                    </w:div>
+                  </w:divsChild>
+                </w:div>
+              </w:divsChild>
             </w:div>
           </w:divsChild>
         </w:div>
-        <w:div w:id="308901493">
-[...127 lines deleted...]
-          </w:divsChild>
+        <w:div w:id="2010599233">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+      </w:divsChild>
+    </w:div>
+    <w:div w:id="166676505">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+      <w:divsChild>
+        <w:div w:id="556815468">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1606885598">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1538734329">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="828136911">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="926429306">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="242765254">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="906845292">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1170801769">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="961427040">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="723718659">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="459802993">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="751318137">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="507797137">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
         </w:div>
       </w:divsChild>
     </w:div>
     <w:div w:id="198055238">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="218060363">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
+    <w:div w:id="258295631">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="296910585">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+      <w:divsChild>
+        <w:div w:id="1024284346">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1342049073">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="269167853">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="17395403">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="63450164">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1650402033">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="252057939">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="592203633">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1006790771">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1253198107">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1097939955">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="188612829">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1330909853">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+      </w:divsChild>
+    </w:div>
     <w:div w:id="380325300">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="582884964">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="595674926">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+      <w:divsChild>
+        <w:div w:id="898710307">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1161963701">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="764427352">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="377700856">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1751154455">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1991514597">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1678581230">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1980308276">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="783116794">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1108815492">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1456606210">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+      </w:divsChild>
+    </w:div>
+    <w:div w:id="620041283">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="676268535">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+      <w:divsChild>
+        <w:div w:id="1949654094">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1096170021">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="860708425">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1281646456">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="555972364">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="645865483">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1301576301">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="27803013">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="680860834">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1073744116">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1911303405">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+      </w:divsChild>
+    </w:div>
+    <w:div w:id="760107458">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+      <w:divsChild>
+        <w:div w:id="2044669291">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="36466629">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="276257994">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1729376133">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="685062781">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1980718811">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="198011484">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="22368750">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+      </w:divsChild>
+    </w:div>
+    <w:div w:id="869878293">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="872159824">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+      <w:divsChild>
+        <w:div w:id="210776510">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1651979840">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1971547276">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1627809358">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="857046328">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="228736724">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1281574253">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="915751042">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1043941274">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="489366892">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="405031009">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1791317955">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="862590549">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="313222664">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1566528154">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="624509549">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="456485125">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="110634284">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="913130124">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="830098115">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+      </w:divsChild>
+    </w:div>
+    <w:div w:id="1174152665">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+      <w:divsChild>
+        <w:div w:id="288047712">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="2070759530">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1147209400">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1599751655">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1104571792">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1150175803">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1586378545">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1538850984">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1588227499">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="717432846">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1099839699">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="889070921">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="983462071">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+      </w:divsChild>
+    </w:div>
+    <w:div w:id="1176306661">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="1230919038">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
-    <w:div w:id="1418673704">
+    <w:div w:id="1279605094">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
+    <w:div w:id="1368677002">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+      <w:divsChild>
+        <w:div w:id="1754275060">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1035539344">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+          <w:divsChild>
+            <w:div w:id="2115175412">
+              <w:marLeft w:val="-75"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="30"/>
+              <w:marBottom w:val="30"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+              <w:divsChild>
+                <w:div w:id="1266578082">
+                  <w:marLeft w:val="0"/>
+                  <w:marRight w:val="0"/>
+                  <w:marTop w:val="0"/>
+                  <w:marBottom w:val="0"/>
+                  <w:divBdr>
+                    <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                    <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                    <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                    <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                  </w:divBdr>
+                  <w:divsChild>
+                    <w:div w:id="1607301094">
+                      <w:marLeft w:val="0"/>
+                      <w:marRight w:val="0"/>
+                      <w:marTop w:val="0"/>
+                      <w:marBottom w:val="0"/>
+                      <w:divBdr>
+                        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                      </w:divBdr>
+                    </w:div>
+                  </w:divsChild>
+                </w:div>
+                <w:div w:id="825052251">
+                  <w:marLeft w:val="0"/>
+                  <w:marRight w:val="0"/>
+                  <w:marTop w:val="0"/>
+                  <w:marBottom w:val="0"/>
+                  <w:divBdr>
+                    <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                    <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                    <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                    <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                  </w:divBdr>
+                  <w:divsChild>
+                    <w:div w:id="1698580421">
+                      <w:marLeft w:val="0"/>
+                      <w:marRight w:val="0"/>
+                      <w:marTop w:val="0"/>
+                      <w:marBottom w:val="0"/>
+                      <w:divBdr>
+                        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                      </w:divBdr>
+                    </w:div>
+                    <w:div w:id="1640064409">
+                      <w:marLeft w:val="0"/>
+                      <w:marRight w:val="0"/>
+                      <w:marTop w:val="0"/>
+                      <w:marBottom w:val="0"/>
+                      <w:divBdr>
+                        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                      </w:divBdr>
+                    </w:div>
+                    <w:div w:id="884410840">
+                      <w:marLeft w:val="0"/>
+                      <w:marRight w:val="0"/>
+                      <w:marTop w:val="0"/>
+                      <w:marBottom w:val="0"/>
+                      <w:divBdr>
+                        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                      </w:divBdr>
+                    </w:div>
+                  </w:divsChild>
+                </w:div>
+                <w:div w:id="1452168574">
+                  <w:marLeft w:val="0"/>
+                  <w:marRight w:val="0"/>
+                  <w:marTop w:val="0"/>
+                  <w:marBottom w:val="0"/>
+                  <w:divBdr>
+                    <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                    <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                    <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                    <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                  </w:divBdr>
+                  <w:divsChild>
+                    <w:div w:id="1531143888">
+                      <w:marLeft w:val="0"/>
+                      <w:marRight w:val="0"/>
+                      <w:marTop w:val="0"/>
+                      <w:marBottom w:val="0"/>
+                      <w:divBdr>
+                        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                      </w:divBdr>
+                    </w:div>
+                  </w:divsChild>
+                </w:div>
+                <w:div w:id="359014909">
+                  <w:marLeft w:val="0"/>
+                  <w:marRight w:val="0"/>
+                  <w:marTop w:val="0"/>
+                  <w:marBottom w:val="0"/>
+                  <w:divBdr>
+                    <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                    <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                    <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                    <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                  </w:divBdr>
+                  <w:divsChild>
+                    <w:div w:id="1599942267">
+                      <w:marLeft w:val="0"/>
+                      <w:marRight w:val="0"/>
+                      <w:marTop w:val="0"/>
+                      <w:marBottom w:val="0"/>
+                      <w:divBdr>
+                        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                      </w:divBdr>
+                    </w:div>
+                    <w:div w:id="732701186">
+                      <w:marLeft w:val="0"/>
+                      <w:marRight w:val="0"/>
+                      <w:marTop w:val="0"/>
+                      <w:marBottom w:val="0"/>
+                      <w:divBdr>
+                        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                      </w:divBdr>
+                    </w:div>
+                    <w:div w:id="1067414672">
+                      <w:marLeft w:val="0"/>
+                      <w:marRight w:val="0"/>
+                      <w:marTop w:val="0"/>
+                      <w:marBottom w:val="0"/>
+                      <w:divBdr>
+                        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                      </w:divBdr>
+                    </w:div>
+                    <w:div w:id="1832209280">
+                      <w:marLeft w:val="0"/>
+                      <w:marRight w:val="0"/>
+                      <w:marTop w:val="0"/>
+                      <w:marBottom w:val="0"/>
+                      <w:divBdr>
+                        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                      </w:divBdr>
+                    </w:div>
+                  </w:divsChild>
+                </w:div>
+                <w:div w:id="116410178">
+                  <w:marLeft w:val="0"/>
+                  <w:marRight w:val="0"/>
+                  <w:marTop w:val="0"/>
+                  <w:marBottom w:val="0"/>
+                  <w:divBdr>
+                    <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                    <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                    <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                    <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                  </w:divBdr>
+                  <w:divsChild>
+                    <w:div w:id="1868131653">
+                      <w:marLeft w:val="0"/>
+                      <w:marRight w:val="0"/>
+                      <w:marTop w:val="0"/>
+                      <w:marBottom w:val="0"/>
+                      <w:divBdr>
+                        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                      </w:divBdr>
+                    </w:div>
+                  </w:divsChild>
+                </w:div>
+                <w:div w:id="377314750">
+                  <w:marLeft w:val="0"/>
+                  <w:marRight w:val="0"/>
+                  <w:marTop w:val="0"/>
+                  <w:marBottom w:val="0"/>
+                  <w:divBdr>
+                    <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                    <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                    <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                    <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                  </w:divBdr>
+                  <w:divsChild>
+                    <w:div w:id="992485944">
+                      <w:marLeft w:val="0"/>
+                      <w:marRight w:val="0"/>
+                      <w:marTop w:val="0"/>
+                      <w:marBottom w:val="0"/>
+                      <w:divBdr>
+                        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                      </w:divBdr>
+                    </w:div>
+                    <w:div w:id="1466696151">
+                      <w:marLeft w:val="0"/>
+                      <w:marRight w:val="0"/>
+                      <w:marTop w:val="0"/>
+                      <w:marBottom w:val="0"/>
+                      <w:divBdr>
+                        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                      </w:divBdr>
+                    </w:div>
+                  </w:divsChild>
+                </w:div>
+              </w:divsChild>
+            </w:div>
+          </w:divsChild>
+        </w:div>
+        <w:div w:id="101927359">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+      </w:divsChild>
+    </w:div>
+    <w:div w:id="1417046489">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="1503009075">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+      <w:divsChild>
+        <w:div w:id="372852310">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="2072145222">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1352414908">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1520969358">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1000087783">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1640260564">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1326202007">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="401948061">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+      </w:divsChild>
+    </w:div>
+    <w:div w:id="1549948209">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="1630355765">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="1674645280">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="1810707619">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+      <w:divsChild>
+        <w:div w:id="1632397605">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1699812444">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="460073505">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="755593630">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="570821201">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="624963701">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="742260976">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1081758723">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1504903460">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="621814578">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="394551608">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="2077699956">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1801220809">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="713501688">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="494491730">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1931885264">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="401414651">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="807354366">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1573542521">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="373624012">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+      </w:divsChild>
+    </w:div>
   </w:divs>
+  <w:relyOnVML/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
-<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml" Id="rId8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mellanarkiv-offentlig.vgregion.se/alfresco/s/archive/stream/public/v1/source/available/sofia/sas9629-34067525-47/surrogate/Optimal%20v%c3%a5rdniv%c3%a5%20-%20V%c3%a5rdinsats%20p%c3%a5%20plats%20av%20ambulanssjuksk%c3%b6terska.pdf" TargetMode="External" Id="rId13" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml" Id="rId18" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml" Id="rId7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mellanarkiv-offentlig.vgregion.se/alfresco/s/archive/stream/public/v1/source/available/sofia/sas9629-34067525-47/surrogate/Optimal%20v%c3%a5rdniv%c3%a5%20-%20V%c3%a5rdinsats%20p%c3%a5%20plats%20av%20ambulanssjuksk%c3%b6terska.pdf" TargetMode="External" Id="rId12" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml" Id="rId17" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml" Id="rId16" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml" Id="rId6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml" Id="rId11" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml" Id="rId15" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml" Id="rId10" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml" Id="rId19" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml" Id="rId9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml" Id="rId14" /></Relationships>
+<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml" Id="rId8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml" Id="rId13" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml" Id="rId18" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml" Id="rId7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mellanarkiv-offentlig.vgregion.se/alfresco/s/archive/stream/public/v1/source/available/sofia/sas9629-34067525-47/surrogate/Optimal%20v%c3%a5rdniv%c3%a5%20-%20V%c3%a5rdinsats%20p%c3%a5%20plats%20av%20ambulanssjuksk%c3%b6terska.pdf" TargetMode="External" Id="rId12" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer3.xml" Id="rId17" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml" Id="rId16" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml" Id="rId6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mellanarkiv-offentlig.vgregion.se/alfresco/s/archive/stream/public/v1/source/available/sofia/sas9629-34067525-47/surrogate/Optimal%20v%c3%a5rdniv%c3%a5%20-%20V%c3%a5rdinsats%20p%c3%a5%20plats%20av%20ambulanssjuksk%c3%b6terska.pdf" TargetMode="External" Id="rId11" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml" Id="rId5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml" Id="rId15" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml" Id="rId10" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml" Id="rId19" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml" Id="rId9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml" Id="rId14" /></Relationships>
 </file>
 
-<file path=word/_rels/footer2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-[...4 lines deleted...]
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/></Relationships>
+<file path=word/_rels/footer3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.svg"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office-tema">
   <a:themeElements>
     <a:clrScheme name="VG">
       <a:dk1>
         <a:srgbClr val="000000"/>
       </a:dk1>
       <a:lt1>
         <a:srgbClr val="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="000000"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="808080"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="006298"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="367B1E"/>
       </a:accent2>
       <a:accent3>
@@ -10930,73 +9490,58 @@
       <a:spPr/>
       <a:bodyPr/>
       <a:lstStyle/>
       <a:style>
         <a:lnRef idx="2">
           <a:schemeClr val="accent1"/>
         </a:lnRef>
         <a:fillRef idx="0">
           <a:schemeClr val="accent1"/>
         </a:fillRef>
         <a:effectRef idx="1">
           <a:schemeClr val="accent1"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="tx1"/>
         </a:fontRef>
       </a:style>
     </a:lnDef>
   </a:objectDefaults>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
-  <Template>Normal</Template>
+  <Template>normal</Template>
   <TotalTime></TotalTime>
   <Pages>7</Pages>
-  <Words>931</Words>
-  <Characters>8287</Characters>
+  <Words>885</Words>
+  <Characters>7161</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>69</Lines>
-  <Paragraphs>18</Paragraphs>
+  <Lines>238</Lines>
+  <Paragraphs>178</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
-  <HeadingPairs>
-[...13 lines deleted...]
-  </TitlesOfParts>
   <Manager/>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>9200</CharactersWithSpaces>
+  <CharactersWithSpaces>7868</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <coreProperties xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns="http://schemas.openxmlformats.org/package/2006/metadata/core-properties">
   <dc:title>Gynekologisk konsultation och triage, SÄS</dc:title>
   <dc:subject/>
   <dc:creator/>
   <keywords/>
   <lastModifiedBy/>
-  <revision>1</revision>
+  <revision>2</revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </coreProperties>
 </file>