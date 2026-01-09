--- v0 (2025-11-26)
+++ v1 (2026-01-09)
@@ -1,103 +1,95 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="svg" ContentType="image/svg+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
+  <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
+  <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
+  <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
+  <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/footer2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/header2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer3.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
+  <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
-  <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
-[...3 lines deleted...]
-  <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml" Id="rId2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml" Id="rId1" /></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
     <w:p w:rsidR="00184167" w:rsidP="009A32ED" w:rsidRDefault="007C2235" w14:paraId="061914D4" w14:textId="7207C0C9">
       <w:pPr>
         <w:pStyle w:val="Rubrik1"/>
       </w:pPr>
       <w:r w:rsidRPr="007C2235">
         <w:t>Gynekologiska åkommor hos flickor/kvinnor under 18 år, SÄS</w:t>
       </w:r>
       <w:r w:rsidRPr="005A627D" w:rsidR="00A264BE">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:bookmarkStart w:name="_Toc321146591" w:id="0"/>
     </w:p>
     <w:p w:rsidR="009A32ED" w:rsidP="009A32ED" w:rsidRDefault="009A32ED" w14:paraId="11BC1DCA" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="Rubrik2"/>
         <w:ind w:right="-143"/>
       </w:pPr>
       <w:bookmarkStart w:name="_Toc100327184" w:id="1"/>
       <w:bookmarkStart w:name="_Toc181866756" w:id="2"/>
       <w:bookmarkEnd w:id="0"/>
-      <w:r w:rsidR="009A32ED">
-        <w:rPr/>
+      <w:r>
         <w:t>Förändringar sedan föregående version</w:t>
       </w:r>
       <w:bookmarkEnd w:id="1"/>
       <w:bookmarkEnd w:id="2"/>
     </w:p>
     <w:p w:rsidR="728CE28F" w:rsidP="53C1F554" w:rsidRDefault="728CE28F" w14:paraId="438ADD3F" w14:textId="3B663B0C">
       <w:pPr>
         <w:ind w:right="-143"/>
       </w:pPr>
-      <w:r w:rsidR="728CE28F">
-        <w:rPr/>
+      <w:r>
         <w:t>Uppdatering av länkar</w:t>
       </w:r>
       <w:r w:rsidR="654674D6">
-        <w:rPr/>
         <w:t>. Omformule</w:t>
       </w:r>
       <w:r w:rsidR="3F7ABB3E">
-        <w:rPr/>
-[...4 lines deleted...]
-        <w:t xml:space="preserve"> </w:t>
+        <w:t xml:space="preserve">ring i kapitlet Blodiga flytningar. </w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="009A32ED" w:rsidP="009A32ED" w:rsidRDefault="009A32ED" w14:paraId="69BCFD87" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="Rubrik2"/>
         <w:ind w:right="-143"/>
       </w:pPr>
       <w:bookmarkStart w:name="_Toc100327185" w:id="3"/>
       <w:bookmarkStart w:name="_Toc181866757" w:id="4"/>
       <w:bookmarkStart w:name="_Toc72840807" w:id="5"/>
       <w:r>
         <w:t>Sammanfattning</w:t>
       </w:r>
       <w:bookmarkEnd w:id="3"/>
       <w:bookmarkEnd w:id="4"/>
     </w:p>
     <w:p w:rsidR="009A32ED" w:rsidP="007C2235" w:rsidRDefault="007C2235" w14:paraId="305361E2" w14:textId="3DFBB340">
       <w:pPr>
         <w:ind w:right="-143"/>
       </w:pPr>
       <w:r w:rsidRPr="007C2235">
         <w:t>Rutinen beskriver de vanligaste gynekologiska åkommorna hos flickor &lt;18 år och hur dessa ska handläggas primärt. I vissa fall hänvisas till andra styrdokument för ytterligare eller mer djupgående information kring handläggning av de specifika åkommorna. </w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00B405A1" w:rsidP="00831C35" w:rsidRDefault="00B405A1" w14:paraId="6660DA9D" w14:textId="2A8EC736">
@@ -171,679 +163,658 @@
           </w:rPr>
         </w:r>
         <w:r w:rsidR="00BC6590">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
         <w:r w:rsidR="00BC6590">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:t>1</w:t>
         </w:r>
         <w:r w:rsidR="00BC6590">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w:rsidR="00BC6590" w:rsidP="00BC6590" w:rsidRDefault="00000000" w14:paraId="3B49C6BF" w14:textId="431E5105">
+    <w:p w:rsidR="00BC6590" w:rsidP="00BC6590" w:rsidRDefault="00BC6590" w14:paraId="3B49C6BF" w14:textId="431E5105">
       <w:pPr>
         <w:pStyle w:val="Innehll2"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:cstheme="minorBidi"/>
           <w:noProof/>
           <w:kern w:val="2"/>
           <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
       </w:pPr>
       <w:hyperlink w:history="1" w:anchor="_Toc181866757">
-        <w:r w:rsidRPr="008E1E2A" w:rsidR="00BC6590">
+        <w:r w:rsidRPr="008E1E2A">
           <w:rPr>
             <w:rStyle w:val="Hyperlnk"/>
             <w:rFonts w:eastAsia="MS Gothic"/>
             <w:noProof/>
           </w:rPr>
           <w:t>Sammanfattning</w:t>
         </w:r>
-        <w:r w:rsidR="00BC6590">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
-        <w:r w:rsidR="00BC6590">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
-        <w:r w:rsidR="00BC6590">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:instrText xml:space="preserve"> PAGEREF _Toc181866757 \h </w:instrText>
         </w:r>
-        <w:r w:rsidR="00BC6590">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
         </w:r>
-        <w:r w:rsidR="00BC6590">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
-        <w:r w:rsidR="00BC6590">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:t>1</w:t>
         </w:r>
-        <w:r w:rsidR="00BC6590">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w:rsidR="00BC6590" w:rsidP="00BC6590" w:rsidRDefault="00000000" w14:paraId="185A62F5" w14:textId="5BA02981">
+    <w:p w:rsidR="00BC6590" w:rsidP="00BC6590" w:rsidRDefault="00BC6590" w14:paraId="185A62F5" w14:textId="5BA02981">
       <w:pPr>
         <w:pStyle w:val="Innehll2"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:cstheme="minorBidi"/>
           <w:noProof/>
           <w:kern w:val="2"/>
           <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
       </w:pPr>
       <w:hyperlink w:history="1" w:anchor="_Toc181866758">
-        <w:r w:rsidRPr="008E1E2A" w:rsidR="00BC6590">
+        <w:r w:rsidRPr="008E1E2A">
           <w:rPr>
             <w:rStyle w:val="Hyperlnk"/>
             <w:rFonts w:eastAsia="MS Gothic"/>
             <w:noProof/>
           </w:rPr>
           <w:t>Innehållsförteckning</w:t>
         </w:r>
-        <w:r w:rsidR="00BC6590">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
-        <w:r w:rsidR="00BC6590">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
-        <w:r w:rsidR="00BC6590">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:instrText xml:space="preserve"> PAGEREF _Toc181866758 \h </w:instrText>
         </w:r>
-        <w:r w:rsidR="00BC6590">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
         </w:r>
-        <w:r w:rsidR="00BC6590">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
-        <w:r w:rsidR="00BC6590">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:t>1</w:t>
         </w:r>
-        <w:r w:rsidR="00BC6590">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w:rsidR="00BC6590" w:rsidP="00BC6590" w:rsidRDefault="00000000" w14:paraId="5E93151D" w14:textId="602433A4">
+    <w:p w:rsidR="00BC6590" w:rsidP="00BC6590" w:rsidRDefault="00BC6590" w14:paraId="5E93151D" w14:textId="602433A4">
       <w:pPr>
         <w:pStyle w:val="Innehll2"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:cstheme="minorBidi"/>
           <w:noProof/>
           <w:kern w:val="2"/>
           <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
       </w:pPr>
       <w:hyperlink w:history="1" w:anchor="_Toc181866759">
-        <w:r w:rsidRPr="008E1E2A" w:rsidR="00BC6590">
+        <w:r w:rsidRPr="008E1E2A">
           <w:rPr>
             <w:rStyle w:val="Hyperlnk"/>
             <w:rFonts w:eastAsia="MS Gothic"/>
             <w:noProof/>
           </w:rPr>
           <w:t>Bakgrund och syfte</w:t>
         </w:r>
-        <w:r w:rsidR="00BC6590">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
-        <w:r w:rsidR="00BC6590">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
-        <w:r w:rsidR="00BC6590">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:instrText xml:space="preserve"> PAGEREF _Toc181866759 \h </w:instrText>
         </w:r>
-        <w:r w:rsidR="00BC6590">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
         </w:r>
-        <w:r w:rsidR="00BC6590">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
-        <w:r w:rsidR="00BC6590">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:t>2</w:t>
         </w:r>
-        <w:r w:rsidR="00BC6590">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w:rsidR="00BC6590" w:rsidP="00BC6590" w:rsidRDefault="00000000" w14:paraId="4B9DD7A5" w14:textId="0147CB0C">
+    <w:p w:rsidR="00BC6590" w:rsidP="00BC6590" w:rsidRDefault="00BC6590" w14:paraId="4B9DD7A5" w14:textId="0147CB0C">
       <w:pPr>
         <w:pStyle w:val="Innehll2"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:cstheme="minorBidi"/>
           <w:noProof/>
           <w:kern w:val="2"/>
           <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
       </w:pPr>
       <w:hyperlink w:history="1" w:anchor="_Toc181866760">
-        <w:r w:rsidRPr="008E1E2A" w:rsidR="00BC6590">
+        <w:r w:rsidRPr="008E1E2A">
           <w:rPr>
             <w:rStyle w:val="Hyperlnk"/>
             <w:rFonts w:eastAsia="MS Gothic"/>
             <w:noProof/>
           </w:rPr>
           <w:t>Förutsättningar</w:t>
         </w:r>
-        <w:r w:rsidR="00BC6590">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
-        <w:r w:rsidR="00BC6590">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
-        <w:r w:rsidR="00BC6590">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:instrText xml:space="preserve"> PAGEREF _Toc181866760 \h </w:instrText>
         </w:r>
-        <w:r w:rsidR="00BC6590">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
         </w:r>
-        <w:r w:rsidR="00BC6590">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
-        <w:r w:rsidR="00BC6590">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:t>2</w:t>
         </w:r>
-        <w:r w:rsidR="00BC6590">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w:rsidR="00BC6590" w:rsidP="00BC6590" w:rsidRDefault="00000000" w14:paraId="0166B42E" w14:textId="52CF6305">
+    <w:p w:rsidR="00BC6590" w:rsidP="00BC6590" w:rsidRDefault="00BC6590" w14:paraId="0166B42E" w14:textId="52CF6305">
       <w:pPr>
         <w:pStyle w:val="Innehll2"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:cstheme="minorBidi"/>
           <w:noProof/>
           <w:kern w:val="2"/>
           <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
       </w:pPr>
       <w:hyperlink w:history="1" w:anchor="_Toc181866761">
-        <w:r w:rsidRPr="008E1E2A" w:rsidR="00BC6590">
+        <w:r w:rsidRPr="008E1E2A">
           <w:rPr>
             <w:rStyle w:val="Hyperlnk"/>
             <w:rFonts w:eastAsia="MS Gothic"/>
             <w:noProof/>
           </w:rPr>
           <w:t>Utförande</w:t>
         </w:r>
-        <w:r w:rsidR="00BC6590">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
-        <w:r w:rsidR="00BC6590">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
-        <w:r w:rsidR="00BC6590">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:instrText xml:space="preserve"> PAGEREF _Toc181866761 \h </w:instrText>
         </w:r>
-        <w:r w:rsidR="00BC6590">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
         </w:r>
-        <w:r w:rsidR="00BC6590">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
-        <w:r w:rsidR="00BC6590">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:t>2</w:t>
         </w:r>
-        <w:r w:rsidR="00BC6590">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w:rsidR="00BC6590" w:rsidP="00BC6590" w:rsidRDefault="00000000" w14:paraId="5C1AF704" w14:textId="2E681AE2">
+    <w:p w:rsidR="00BC6590" w:rsidP="00BC6590" w:rsidRDefault="00BC6590" w14:paraId="5C1AF704" w14:textId="2E681AE2">
       <w:pPr>
         <w:pStyle w:val="Innehll2"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:cstheme="minorBidi"/>
           <w:noProof/>
           <w:kern w:val="2"/>
           <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
       </w:pPr>
       <w:hyperlink w:history="1" w:anchor="_Toc181866762">
-        <w:r w:rsidRPr="008E1E2A" w:rsidR="00BC6590">
+        <w:r w:rsidRPr="008E1E2A">
           <w:rPr>
             <w:rStyle w:val="Hyperlnk"/>
             <w:rFonts w:eastAsia="MS Gothic"/>
             <w:noProof/>
           </w:rPr>
           <w:t>Relaterad information</w:t>
         </w:r>
-        <w:r w:rsidR="00BC6590">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
-        <w:r w:rsidR="00BC6590">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
-        <w:r w:rsidR="00BC6590">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:instrText xml:space="preserve"> PAGEREF _Toc181866762 \h </w:instrText>
         </w:r>
-        <w:r w:rsidR="00BC6590">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
         </w:r>
-        <w:r w:rsidR="00BC6590">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
-        <w:r w:rsidR="00BC6590">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:t>3</w:t>
         </w:r>
-        <w:r w:rsidR="00BC6590">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w:rsidR="00BC6590" w:rsidP="00BC6590" w:rsidRDefault="00000000" w14:paraId="1183380A" w14:textId="638D3E6C">
+    <w:p w:rsidR="00BC6590" w:rsidP="00BC6590" w:rsidRDefault="00BC6590" w14:paraId="1183380A" w14:textId="638D3E6C">
       <w:pPr>
         <w:pStyle w:val="Innehll2"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:cstheme="minorBidi"/>
           <w:noProof/>
           <w:kern w:val="2"/>
           <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
       </w:pPr>
       <w:hyperlink w:history="1" w:anchor="_Toc181866763">
-        <w:r w:rsidRPr="008E1E2A" w:rsidR="00BC6590">
+        <w:r w:rsidRPr="008E1E2A">
           <w:rPr>
             <w:rStyle w:val="Hyperlnk"/>
             <w:rFonts w:eastAsia="MS Gothic"/>
             <w:noProof/>
           </w:rPr>
           <w:t>Arbetsgrupp</w:t>
         </w:r>
-        <w:r w:rsidR="00BC6590">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
-        <w:r w:rsidR="00BC6590">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
-        <w:r w:rsidR="00BC6590">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:instrText xml:space="preserve"> PAGEREF _Toc181866763 \h </w:instrText>
         </w:r>
-        <w:r w:rsidR="00BC6590">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
         </w:r>
-        <w:r w:rsidR="00BC6590">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
-        <w:r w:rsidR="00BC6590">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:t>3</w:t>
         </w:r>
-        <w:r w:rsidR="00BC6590">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w:rsidR="00BC6590" w:rsidP="00BC6590" w:rsidRDefault="00000000" w14:paraId="72097F91" w14:textId="25224359">
+    <w:p w:rsidR="00BC6590" w:rsidP="00BC6590" w:rsidRDefault="00BC6590" w14:paraId="72097F91" w14:textId="25224359">
       <w:pPr>
         <w:pStyle w:val="Innehll2"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:cstheme="minorBidi"/>
           <w:noProof/>
           <w:kern w:val="2"/>
           <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
       </w:pPr>
       <w:hyperlink w:history="1" w:anchor="_Toc181866764">
-        <w:r w:rsidRPr="008E1E2A" w:rsidR="00BC6590">
+        <w:r w:rsidRPr="008E1E2A">
           <w:rPr>
             <w:rStyle w:val="Hyperlnk"/>
             <w:rFonts w:eastAsia="MS Gothic"/>
             <w:noProof/>
           </w:rPr>
           <w:t>Källförteckning</w:t>
         </w:r>
-        <w:r w:rsidR="00BC6590">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
-        <w:r w:rsidR="00BC6590">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
-        <w:r w:rsidR="00BC6590">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:instrText xml:space="preserve"> PAGEREF _Toc181866764 \h </w:instrText>
         </w:r>
-        <w:r w:rsidR="00BC6590">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
         </w:r>
-        <w:r w:rsidR="00BC6590">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
-        <w:r w:rsidR="00BC6590">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:t>4</w:t>
         </w:r>
-        <w:r w:rsidR="00BC6590">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p w:rsidR="00B405A1" w:rsidP="009A32ED" w:rsidRDefault="00D67C88" w14:paraId="1FC6584C" w14:textId="716FD6C2">
       <w:pPr>
         <w:ind w:right="-143"/>
       </w:pPr>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
     <w:p w:rsidR="009A32ED" w:rsidP="009A32ED" w:rsidRDefault="009A32ED" w14:paraId="70B2A54A" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="Rubrik2"/>
         <w:ind w:right="-143"/>
       </w:pPr>
       <w:bookmarkStart w:name="_Toc100327187" w:id="7"/>
       <w:bookmarkStart w:name="_Toc181866760" w:id="8"/>
       <w:bookmarkEnd w:id="5"/>
       <w:r>
         <w:t>Förutsättningar</w:t>
       </w:r>
       <w:bookmarkEnd w:id="7"/>
       <w:bookmarkEnd w:id="8"/>
     </w:p>
     <w:p w:rsidRPr="007C2235" w:rsidR="007C2235" w:rsidP="007C2235" w:rsidRDefault="007C2235" w14:paraId="7A3C4D02" w14:textId="77777777">
       <w:pPr>
         <w:ind w:right="282"/>
       </w:pPr>
       <w:r w:rsidRPr="007C2235">
         <w:t>Det är att föredra att undersökning av flickor sker på barnmottagningen. Om ytterligare gynekologisk undersökning krävs, kommer alla parter överens (patient, vårdnadshavare, behandlande läkare och gynekologkonsult) om denna undersökning kan ske på gynmottagningen eller om den behöver göras i narkos. Om undersökning i narkos krävs, anmäls detta av gynekologen. </w:t>
       </w:r>
     </w:p>
     <w:p w:rsidRPr="007C2235" w:rsidR="007C2235" w:rsidP="007C2235" w:rsidRDefault="007C2235" w14:paraId="76633524" w14:textId="77777777">
       <w:pPr>
         <w:ind w:right="282"/>
       </w:pPr>
       <w:r w:rsidRPr="007C2235">
         <w:t>Vid behov av undersökning i narkos kan detta ske på SÄS om barnet är över 1 år och väger över 10 kg. Barn som är under 1 år och behöver sövas, hänvisas till Drottning Silvias barnsjukhus (DSBS) i Göteborg. </w:t>
       </w:r>
     </w:p>
     <w:p w:rsidRPr="007C2235" w:rsidR="007C2235" w:rsidP="007C2235" w:rsidRDefault="007C2235" w14:paraId="56FAAA2D" w14:textId="62EFCCAF">
       <w:pPr>
         <w:ind w:right="282"/>
       </w:pPr>
-      <w:r w:rsidR="007C2235">
-        <w:rPr/>
+      <w:r>
         <w:t xml:space="preserve">Med flickor menas alla &lt;18 års ålder. Flickor som börjat menstruera kan direkt hänvisas till gynekolog </w:t>
       </w:r>
       <w:r w:rsidR="66E4F3D7">
-        <w:rPr/>
         <w:t xml:space="preserve">alternativt ungdomsmottagning </w:t>
       </w:r>
-      <w:r w:rsidR="007C2235">
-[...9 lines deleted...]
-        <w:t>sex</w:t>
+      <w:r>
+        <w:t>i de fall de anses mogna att förstå innebörden av en gynekologisk undersökning, sex</w:t>
       </w:r>
       <w:r w:rsidR="0F415587">
-        <w:rPr/>
         <w:t>ual</w:t>
       </w:r>
-      <w:r w:rsidR="007C2235">
-[...9 lines deleted...]
-        <w:t xml:space="preserve"> och/eller använder tampong samt accepterar en sådan undersökning. </w:t>
+      <w:r>
+        <w:t>debuterat och/eller använder tampong samt accepterar en sådan undersökning. </w:t>
       </w:r>
     </w:p>
     <w:p w:rsidRPr="00065A6B" w:rsidR="009A32ED" w:rsidP="009A32ED" w:rsidRDefault="009A32ED" w14:paraId="37C7076C" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="Rubrik2"/>
         <w:ind w:right="-143"/>
         <w:rPr>
           <w:color w:val="auto"/>
         </w:rPr>
       </w:pPr>
       <w:bookmarkStart w:name="_Toc100327192" w:id="9"/>
       <w:bookmarkStart w:name="_Toc181866761" w:id="10"/>
       <w:r w:rsidRPr="00065A6B">
         <w:rPr>
           <w:color w:val="auto"/>
         </w:rPr>
         <w:t>Utförande</w:t>
       </w:r>
       <w:bookmarkEnd w:id="9"/>
       <w:bookmarkEnd w:id="10"/>
     </w:p>
     <w:p w:rsidRPr="007C2235" w:rsidR="007C2235" w:rsidP="007C2235" w:rsidRDefault="007C2235" w14:paraId="6D0EDF17" w14:textId="77777777">
       <w:r w:rsidRPr="007C2235">
         <w:t>Beskrivning av vanliga gynekologiska besvär och åtgärder: </w:t>
       </w:r>
@@ -1013,262 +984,219 @@
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="007C2235">
         <w:t>. </w:t>
       </w:r>
     </w:p>
     <w:p w:rsidRPr="007C2235" w:rsidR="007C2235" w:rsidP="007C2235" w:rsidRDefault="007C2235" w14:paraId="0D3453DE" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="Rubrik3"/>
       </w:pPr>
       <w:r w:rsidRPr="007C2235">
         <w:t>Trauma mot underlivet </w:t>
       </w:r>
     </w:p>
     <w:p w:rsidRPr="007C2235" w:rsidR="007C2235" w:rsidP="007C2235" w:rsidRDefault="007C2235" w14:paraId="2B82365B" w14:textId="77777777">
       <w:r w:rsidRPr="007C2235">
         <w:t xml:space="preserve">Det är sällan som trauma mot underlivet hos flickor orsakar större skador. De skador som uppstår brukar oftast vara mindre, ytliga </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="007C2235">
         <w:t>hematom</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="007C2235">
         <w:t xml:space="preserve"> eller sår. Primär undersökning kan utföras av allmänläkare, barnläkare eller kirurg. Sårskador handläggs enligt riktlinje </w:t>
       </w:r>
-      <w:hyperlink w:tgtFrame="_blank" w:history="1" r:id="rId7">
+      <w:hyperlink w:tgtFrame="_blank" w:history="1" r:id="rId11">
         <w:r w:rsidRPr="007C2235">
           <w:rPr>
             <w:rStyle w:val="Hyperlnk"/>
           </w:rPr>
           <w:t>Barnkirurgiska skador - sjukdomar, SÄS</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="007C2235">
         <w:t xml:space="preserve"> [1]. Om suturering av sårskada krävs kan gynekolog tillkallas som konsult vid behov. </w:t>
       </w:r>
     </w:p>
     <w:p w:rsidRPr="007C2235" w:rsidR="007C2235" w:rsidP="007C2235" w:rsidRDefault="007C2235" w14:paraId="3D6BF835" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="Rubrik3"/>
       </w:pPr>
       <w:r w:rsidRPr="007C2235">
         <w:t>Sexuella övergrepp </w:t>
       </w:r>
     </w:p>
     <w:p w:rsidRPr="007C2235" w:rsidR="007C2235" w:rsidP="53C1F554" w:rsidRDefault="007C2235" w14:paraId="721DD71A" w14:textId="7B50A65D">
-      <w:pPr>
-[...3 lines deleted...]
-        <w:rPr/>
+      <w:r>
         <w:t xml:space="preserve">Hälso- och sjukvården har uppdrag som både vårdande och som aktör i rättskedjan vid ett sexuellt övergrepp. Det ska finnas beredskap för att möta patientens medicinska, rättsliga och psykosociala behov. Akut besök ska erbjudas för spårsäkring inom </w:t>
       </w:r>
-      <w:r w:rsidRPr="53C1F554" w:rsidR="007C2235">
+      <w:r w:rsidRPr="53C1F554">
         <w:rPr>
-          <w:i w:val="1"/>
-          <w:iCs w:val="1"/>
+          <w:i/>
+          <w:iCs/>
         </w:rPr>
         <w:t>72 timmar</w:t>
       </w:r>
-      <w:r w:rsidR="007C2235">
-        <w:rPr/>
+      <w:r>
         <w:t xml:space="preserve"> och bör prioriteras, se regional rutin </w:t>
       </w:r>
-      <w:hyperlink r:id="R3a7d0b4f4721496c">
+      <w:hyperlink r:id="rId12">
         <w:r w:rsidRPr="53C1F554" w:rsidR="1EFCD2E1">
           <w:rPr>
             <w:rStyle w:val="Hyperlnk"/>
-            <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia" w:eastAsia="Georgia" w:cs="Georgia"/>
-[...3 lines deleted...]
-            <w:lang w:val="sv-SE"/>
+            <w:rFonts w:eastAsia="Georgia" w:cs="Georgia"/>
           </w:rPr>
           <w:t>Rättsmedicinska fall, spår- och godssäkring</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="53C1F554" w:rsidR="1EFCD2E1">
         <w:rPr>
-          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia" w:eastAsia="Georgia" w:cs="Georgia"/>
-[...3 lines deleted...]
-          <w:lang w:val="sv-SE"/>
+          <w:rFonts w:eastAsia="Georgia" w:cs="Georgia"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="007C2235">
-        <w:rPr/>
+      <w:r>
         <w:t xml:space="preserve">[2] samt lokal rutin </w:t>
       </w:r>
-      <w:hyperlink r:id="R9867de458e664f2a">
+      <w:hyperlink r:id="rId13">
         <w:r w:rsidRPr="53C1F554" w:rsidR="77F15400">
           <w:rPr>
             <w:rStyle w:val="Hyperlnk"/>
-            <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia" w:eastAsia="Georgia" w:cs="Georgia"/>
-[...3 lines deleted...]
-            <w:lang w:val="sv-SE"/>
+            <w:rFonts w:eastAsia="Georgia" w:cs="Georgia"/>
           </w:rPr>
           <w:t>Sexuella övergrepp - Akut handläggning av flickor och pojkar 0-17 år, SÄS</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="53C1F554" w:rsidR="77F15400">
         <w:rPr>
-          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia" w:eastAsia="Georgia" w:cs="Georgia"/>
-[...3 lines deleted...]
-          <w:lang w:val="sv-SE"/>
+          <w:rFonts w:eastAsia="Georgia" w:cs="Georgia"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="007C2235">
-        <w:rPr/>
+      <w:r>
         <w:t xml:space="preserve">[3]. Om mer än 72 timmar passerat och patienten tvättat/duschat bör </w:t>
       </w:r>
-      <w:r w:rsidRPr="53C1F554" w:rsidR="007C2235">
+      <w:r w:rsidRPr="53C1F554">
         <w:rPr>
-          <w:i w:val="1"/>
-          <w:iCs w:val="1"/>
+          <w:i/>
+          <w:iCs/>
         </w:rPr>
         <w:t>planerat besök bokas</w:t>
       </w:r>
-      <w:r w:rsidR="007C2235">
-        <w:rPr/>
+      <w:r>
         <w:t>, om inte andra brådskande orsaker föreligger. </w:t>
       </w:r>
     </w:p>
     <w:p w:rsidRPr="007C2235" w:rsidR="007C2235" w:rsidP="007C2235" w:rsidRDefault="007C2235" w14:paraId="7DD1F614" w14:textId="77777777">
       <w:pPr>
         <w:ind w:right="-143"/>
       </w:pPr>
       <w:r w:rsidRPr="007C2235">
         <w:t xml:space="preserve">Gör alltid en bedömning av patientens eventuella behov av skydd. Gör en orosanmälan för barn &lt;18 år, se rubrik </w:t>
       </w:r>
       <w:r w:rsidRPr="007C2235">
         <w:rPr>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>Orosanmälan</w:t>
       </w:r>
       <w:r w:rsidRPr="007C2235">
         <w:t>. </w:t>
       </w:r>
     </w:p>
     <w:p w:rsidRPr="007C2235" w:rsidR="007C2235" w:rsidP="007C2235" w:rsidRDefault="007C2235" w14:paraId="5632C954" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="MellanrubrikVGR"/>
       </w:pPr>
       <w:r w:rsidRPr="007C2235">
         <w:t>Ansvarsfördelning </w:t>
       </w:r>
     </w:p>
     <w:p w:rsidRPr="007C2235" w:rsidR="007C2235" w:rsidP="007C2235" w:rsidRDefault="007C2235" w14:paraId="756270DB" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="Punktlista"/>
       </w:pPr>
       <w:r w:rsidRPr="007C2235">
         <w:t>Flickor &lt;13 år; undersöks av barnläkare; gynekolog konsulteras vid behov. </w:t>
       </w:r>
     </w:p>
     <w:p w:rsidRPr="007C2235" w:rsidR="007C2235" w:rsidP="007C2235" w:rsidRDefault="007C2235" w14:paraId="5C907D7D" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="Punktlista"/>
       </w:pPr>
       <w:r w:rsidRPr="007C2235">
         <w:t>Flickor 13-17 år; undersöks av barnläkare alternativt gynekolog beroende på flickans mognad/tidigare sexuella debut. </w:t>
       </w:r>
     </w:p>
     <w:p w:rsidRPr="007C2235" w:rsidR="007C2235" w:rsidP="007C2235" w:rsidRDefault="007C2235" w14:paraId="2E2B0F09" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="Punktlista"/>
       </w:pPr>
-      <w:proofErr w:type="gramStart"/>
-[...5 lines deleted...]
-        <w:t>/= 18 år; gynekolog. </w:t>
+      <w:r w:rsidRPr="007C2235">
+        <w:t>Kvinnor &gt;/= 18 år; gynekolog. </w:t>
       </w:r>
     </w:p>
     <w:p w:rsidRPr="007C2235" w:rsidR="007C2235" w:rsidP="007C2235" w:rsidRDefault="007C2235" w14:paraId="44EC91F4" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="MellanrubrikVGR"/>
       </w:pPr>
       <w:r w:rsidRPr="007C2235">
         <w:t>Undersökning </w:t>
       </w:r>
     </w:p>
     <w:p w:rsidRPr="007C2235" w:rsidR="007C2235" w:rsidP="53C1F554" w:rsidRDefault="007C2235" w14:paraId="42A814A2" w14:textId="73637E83">
-      <w:pPr>
-[...3 lines deleted...]
-        <w:rPr/>
+      <w:r>
         <w:t xml:space="preserve">Undersökning och spårsäkring utförs enligt mall från Nationellt centrum för kvinnofrid (NCK). Var saklig, noggrann och objektiv i beskrivning av status och fynd. Mät och fotografera. Undvik värdeladdade ord. För ytterligare information hänvisas till RMR </w:t>
       </w:r>
-      <w:hyperlink r:id="R4ce6666bb7fa4b3f">
+      <w:hyperlink r:id="rId14">
         <w:r w:rsidRPr="53C1F554" w:rsidR="13132F84">
           <w:rPr>
             <w:rStyle w:val="Hyperlnk"/>
-            <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia" w:eastAsia="Georgia" w:cs="Georgia"/>
-[...3 lines deleted...]
-            <w:lang w:val="sv-SE"/>
+            <w:rFonts w:eastAsia="Georgia" w:cs="Georgia"/>
           </w:rPr>
           <w:t>Handläggning vid akut omhändertagande vid våldtäkt och sexuella övergrepp</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="53C1F554" w:rsidR="13132F84">
         <w:rPr>
-          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia" w:eastAsia="Georgia" w:cs="Georgia"/>
-[...3 lines deleted...]
-          <w:lang w:val="sv-SE"/>
+          <w:rFonts w:eastAsia="Georgia" w:cs="Georgia"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="007C2235">
-        <w:rPr/>
+      <w:r>
         <w:t xml:space="preserve">[4] med tillhörande bilagor samt handboken </w:t>
       </w:r>
-      <w:hyperlink r:id="Rbc0c7c71e41f43f2">
-        <w:r w:rsidRPr="53C1F554" w:rsidR="007C2235">
+      <w:hyperlink r:id="rId15">
+        <w:r w:rsidRPr="53C1F554">
           <w:rPr>
             <w:rStyle w:val="Hyperlnk"/>
           </w:rPr>
           <w:t>Nationellt handlingsprogram för hälso- och sjukvårdens omhändertagande av offer för sexuella övergrepp</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidR="007C2235">
-        <w:rPr/>
+      <w:r>
         <w:t xml:space="preserve"> [5] upprättad av Nationellt centrum för kvinnofrid (NCK). </w:t>
       </w:r>
     </w:p>
     <w:p w:rsidRPr="007C2235" w:rsidR="007C2235" w:rsidP="007C2235" w:rsidRDefault="007C2235" w14:paraId="452C6045" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="Rubrik3"/>
       </w:pPr>
       <w:r w:rsidRPr="007C2235">
         <w:t>Orosanmälan </w:t>
       </w:r>
     </w:p>
     <w:p w:rsidRPr="007C2235" w:rsidR="007C2235" w:rsidP="007C2235" w:rsidRDefault="007C2235" w14:paraId="5276139A" w14:textId="77777777">
       <w:r w:rsidRPr="007C2235">
         <w:t>Hälso- och sjukvårdspersonal är skyldiga att göra orosanmälan enligt 14</w:t>
       </w:r>
       <w:r w:rsidRPr="007C2235">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="007C2235">
         <w:t xml:space="preserve">kap 1 </w:t>
       </w:r>
       <w:r w:rsidRPr="007C2235">
@@ -1294,350 +1222,296 @@
           <w:rFonts w:cs="Georgia"/>
         </w:rPr>
         <w:t>å</w:t>
       </w:r>
       <w:r w:rsidRPr="007C2235">
         <w:t>der misstanke om att ett barn far illa eller riskerar att fara illa. Anm</w:t>
       </w:r>
       <w:r w:rsidRPr="007C2235">
         <w:rPr>
           <w:rFonts w:cs="Georgia"/>
         </w:rPr>
         <w:t>ä</w:t>
       </w:r>
       <w:r w:rsidRPr="007C2235">
         <w:t>lan kan g</w:t>
       </w:r>
       <w:r w:rsidRPr="007C2235">
         <w:rPr>
           <w:rFonts w:cs="Georgia"/>
         </w:rPr>
         <w:t>ö</w:t>
       </w:r>
       <w:r w:rsidRPr="007C2235">
         <w:t xml:space="preserve">ras via blanketten </w:t>
       </w:r>
-      <w:hyperlink w:tgtFrame="_blank" w:history="1" r:id="rId12">
+      <w:hyperlink w:tgtFrame="_blank" w:history="1" r:id="rId16">
         <w:r w:rsidRPr="007C2235">
           <w:rPr>
             <w:rStyle w:val="Hyperlnk"/>
           </w:rPr>
           <w:t>Orosanmälan gällande barn och unga</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="007C2235">
         <w:t xml:space="preserve"> [6]. </w:t>
       </w:r>
     </w:p>
     <w:p w:rsidRPr="007C2235" w:rsidR="007C2235" w:rsidP="007C2235" w:rsidRDefault="007C2235" w14:paraId="16DAE14D" w14:textId="77777777">
       <w:r w:rsidRPr="007C2235">
         <w:t>Tänk på orosanmälan vid misstanke om misshandel, sexuellt övergrepp eller könsstympning! </w:t>
       </w:r>
     </w:p>
     <w:p w:rsidRPr="007C2235" w:rsidR="007C2235" w:rsidP="007C2235" w:rsidRDefault="007C2235" w14:paraId="6601FF18" w14:textId="77777777">
       <w:r w:rsidRPr="007C2235">
         <w:t xml:space="preserve">Barnet ska skrivas in i slutenvården vid misstanke om att det far illa. För mer information se riktlinje </w:t>
       </w:r>
-      <w:hyperlink w:tgtFrame="_blank" w:history="1" r:id="rId13">
+      <w:hyperlink w:tgtFrame="_blank" w:history="1" r:id="rId17">
         <w:r w:rsidRPr="007C2235">
           <w:rPr>
             <w:rStyle w:val="Hyperlnk"/>
           </w:rPr>
           <w:t>Anmälan om oro för barn och unga, SÄS</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="007C2235">
         <w:t xml:space="preserve"> [7]. </w:t>
       </w:r>
     </w:p>
     <w:p w:rsidRPr="007C2235" w:rsidR="007C2235" w:rsidP="007C2235" w:rsidRDefault="007C2235" w14:paraId="75A4176E" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="Rubrik3"/>
       </w:pPr>
       <w:r w:rsidRPr="007C2235">
         <w:t>Kvinnlig könsstympning (KKS) </w:t>
       </w:r>
     </w:p>
     <w:p w:rsidRPr="007C2235" w:rsidR="007C2235" w:rsidP="007C2235" w:rsidRDefault="007C2235" w14:paraId="3323BD64" w14:textId="77777777">
       <w:r w:rsidRPr="007C2235">
-        <w:t xml:space="preserve">Kvinnlig könsstympning innefattar alla kirurgiska ingrepp som rör borttagande, delvis eller helt, av de externa genitalierna eller annan </w:t>
-[...2 lines deleted...]
-        <w:t>åverkan på de kvinnliga könsdelarna av kulturella eller andra icke medicinska skäl. </w:t>
+        <w:t>Kvinnlig könsstympning innefattar alla kirurgiska ingrepp som rör borttagande, delvis eller helt, av de externa genitalierna eller annan åverkan på de kvinnliga könsdelarna av kulturella eller andra icke medicinska skäl. </w:t>
       </w:r>
     </w:p>
     <w:p w:rsidRPr="007C2235" w:rsidR="007C2235" w:rsidP="007C2235" w:rsidRDefault="007C2235" w14:paraId="4BA0384E" w14:textId="77777777">
       <w:r w:rsidRPr="007C2235">
         <w:t>I det akuta skedet kan svåra blödningar eller infektioner uppstå, och i värsta fall död. Långsiktigt kan det medföra flertalet fysiska och psykiska komplikationer. Det kan vara värt att ha i åtanke hos flickor och kvinnor</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="007C2235">
         <w:t xml:space="preserve">som söker för urinvägsbesvär, </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="007C2235">
         <w:t>miktionsbesvär</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="007C2235">
         <w:t xml:space="preserve">, lågt sittande buksmärtor, avvikande flytningar, </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="007C2235">
         <w:t>dysmennorré</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="007C2235">
         <w:t>, underlivssmärta, sexuella besvär. </w:t>
       </w:r>
     </w:p>
     <w:p w:rsidRPr="007C2235" w:rsidR="007C2235" w:rsidP="007C2235" w:rsidRDefault="007C2235" w14:paraId="5C9CF1AF" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="MellanrubrikVGR"/>
       </w:pPr>
       <w:r w:rsidRPr="007C2235">
         <w:t>Undersökning </w:t>
       </w:r>
     </w:p>
     <w:p w:rsidRPr="007C2235" w:rsidR="007C2235" w:rsidP="007C2235" w:rsidRDefault="007C2235" w14:paraId="0BF0AF41" w14:textId="1899E386">
-      <w:r w:rsidR="007C2235">
-        <w:rPr/>
+      <w:r>
         <w:t>Undersökning av flickor upp till 13 år görs av barnläkare</w:t>
       </w:r>
       <w:r w:rsidR="07769341">
-        <w:rPr/>
         <w:t xml:space="preserve"> med konsultation av gynekolog vid behov</w:t>
       </w:r>
-      <w:r w:rsidR="007C2235">
-        <w:rPr/>
+      <w:r>
         <w:t xml:space="preserve">. Flickor/unga kvinnor från 13 år </w:t>
       </w:r>
       <w:r w:rsidR="7BC5293C">
-        <w:rPr/>
         <w:t xml:space="preserve">kan </w:t>
       </w:r>
       <w:r w:rsidR="43FE706C">
-        <w:rPr/>
         <w:t xml:space="preserve">undersökas av gynekolog vid akuta besvär, vid icke akuta besvär erbjuds </w:t>
       </w:r>
       <w:r w:rsidR="7BC5293C">
-        <w:rPr/>
         <w:t xml:space="preserve">vård på ungdomsmottagning alternativt Vulvamottagningen, Angereds närsjukhus. </w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="099D62EA" w:rsidP="53C1F554" w:rsidRDefault="099D62EA" w14:paraId="39E78D35" w14:textId="0EFEF46C">
       <w:pPr>
-        <w:pStyle w:val="Normal"/>
         <w:rPr>
-          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia" w:eastAsia="Georgia" w:cs="Georgia"/>
-[...3 lines deleted...]
-          <w:lang w:val="sv-SE"/>
+          <w:rFonts w:eastAsia="Georgia" w:cs="Georgia"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidR="099D62EA">
-        <w:rPr/>
+      <w:r>
         <w:t xml:space="preserve">För ytterligare information hänvisas till RMR </w:t>
       </w:r>
-      <w:hyperlink r:id="R30b72fae3a6b4c65">
-        <w:r w:rsidRPr="53C1F554" w:rsidR="099D62EA">
+      <w:hyperlink r:id="rId18">
+        <w:r w:rsidRPr="53C1F554">
           <w:rPr>
             <w:rStyle w:val="Hyperlnk"/>
-            <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia" w:eastAsia="Georgia" w:cs="Georgia"/>
-[...3 lines deleted...]
-            <w:lang w:val="sv-SE"/>
+            <w:rFonts w:eastAsia="Georgia" w:cs="Georgia"/>
           </w:rPr>
           <w:t>Könsstympning av flickor och kvinnor</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidRPr="53C1F554" w:rsidR="099D62EA">
+      <w:r w:rsidRPr="53C1F554">
         <w:rPr>
-          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia" w:eastAsia="Georgia" w:cs="Georgia"/>
-[...3 lines deleted...]
-          <w:lang w:val="sv-SE"/>
+          <w:rFonts w:eastAsia="Georgia" w:cs="Georgia"/>
         </w:rPr>
         <w:t xml:space="preserve"> [8]</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidRPr="007C2235" w:rsidR="007C2235" w:rsidP="007C2235" w:rsidRDefault="007C2235" w14:paraId="67BCA873" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="MellanrubrikVGR"/>
       </w:pPr>
       <w:r w:rsidRPr="007C2235">
         <w:t>Legala aspekter </w:t>
       </w:r>
     </w:p>
     <w:p w:rsidRPr="007C2235" w:rsidR="007C2235" w:rsidP="53C1F554" w:rsidRDefault="007C2235" w14:paraId="4B9735D1" w14:textId="37EB07D6">
-      <w:pPr>
-[...3 lines deleted...]
-        <w:rPr/>
+      <w:r>
         <w:t xml:space="preserve">Kvinnlig könsstympning är ett allvarligt brott som enligt svensk lag kan ge upp till 10 års fängelse. Lagen gäller även om könsstympningen sker utanför Sverige. Är patienten minderårig (under 18 år) ska anmälan enligt Socialtjänstlagen göras vid kännedom eller misstanke om att en flicka riskerar att bli könsstympad eller har genomgått sådant ingrepp, oavsett när och var ingreppet gjorts, se rubrik </w:t>
       </w:r>
-      <w:r w:rsidRPr="53C1F554" w:rsidR="007C2235">
+      <w:r w:rsidRPr="53C1F554">
         <w:rPr>
           <w:rStyle w:val="Hyperlnk"/>
         </w:rPr>
         <w:t>Orosanmälan</w:t>
       </w:r>
-      <w:r w:rsidR="007C2235">
-        <w:rPr/>
+      <w:r>
         <w:t xml:space="preserve">. Se även RMR </w:t>
       </w:r>
-      <w:hyperlink r:id="Rac6c31b84a2a477a">
+      <w:hyperlink r:id="rId19">
         <w:r w:rsidRPr="53C1F554" w:rsidR="050133A5">
           <w:rPr>
             <w:rStyle w:val="Hyperlnk"/>
-            <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia" w:eastAsia="Georgia" w:cs="Georgia"/>
-[...3 lines deleted...]
-            <w:lang w:val="sv-SE"/>
+            <w:rFonts w:eastAsia="Georgia" w:cs="Georgia"/>
           </w:rPr>
           <w:t>Hedersrelaterat våld och förtryck</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="53C1F554" w:rsidR="050133A5">
         <w:rPr>
-          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia" w:eastAsia="Georgia" w:cs="Georgia"/>
-[...3 lines deleted...]
-          <w:lang w:val="sv-SE"/>
+          <w:rFonts w:eastAsia="Georgia" w:cs="Georgia"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="007C2235">
-        <w:rPr/>
+      <w:r>
         <w:t>[9]. </w:t>
       </w:r>
     </w:p>
     <w:p w:rsidRPr="007C2235" w:rsidR="007C2235" w:rsidP="007C2235" w:rsidRDefault="007C2235" w14:paraId="02F87E4D" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="Rubrik3"/>
       </w:pPr>
       <w:r w:rsidRPr="007C2235">
         <w:t>Ovarialcysta/torsion </w:t>
       </w:r>
     </w:p>
     <w:p w:rsidRPr="007C2235" w:rsidR="007C2235" w:rsidP="007C2235" w:rsidRDefault="007C2235" w14:paraId="12120E9E" w14:textId="77777777">
-      <w:r w:rsidR="007C2235">
-        <w:rPr/>
+      <w:r>
         <w:t xml:space="preserve">Ovarialcystor kan uppkomma efter 5 års ålder. Om det vid radiologisk undersökning upptäcks en ovarialcysta som bifynd kan behandlande läkare konsultera gynekolog om vidare uppföljning rekommenderas. </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidR="007C2235">
-        <w:rPr/>
+      <w:r>
         <w:t>Enkelrummiga</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidR="007C2235">
-        <w:rPr/>
+      <w:r>
         <w:t xml:space="preserve"> cystor med klart innehåll 3-5 cm storlek följs upp med nytt </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidR="007C2235">
-        <w:rPr/>
+      <w:r>
         <w:t>abdominellt</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidR="007C2235">
-[...5 lines deleted...]
-        <w:t xml:space="preserve">detta görs då av gynekologkonsult. Vid större cystor och/eller </w:t>
+      <w:r>
+        <w:t xml:space="preserve"> ultraljud efter 2-3 månader; detta ombesörjs av behandlande läkare. Vaginalt ultraljud görs endast om flickan börjat menstruera, är införstådd samt accepterar en sådan undersökning; detta görs då av gynekologkonsult. Vid större cystor och/eller </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidR="007C2235">
-        <w:rPr/>
+      <w:r>
         <w:t>septering</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidR="007C2235">
-        <w:rPr/>
+      <w:r>
         <w:t xml:space="preserve"> eller misstanke om </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidR="007C2235">
-        <w:rPr/>
+      <w:r>
         <w:t>teratom</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidR="007C2235">
-        <w:rPr/>
+      <w:r>
         <w:t>, konsultera gynekolog. </w:t>
       </w:r>
     </w:p>
     <w:p w:rsidRPr="007C2235" w:rsidR="007C2235" w:rsidP="007C2235" w:rsidRDefault="007C2235" w14:paraId="534DE1E1" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="Rubrik3"/>
       </w:pPr>
       <w:r w:rsidRPr="007C2235">
         <w:t xml:space="preserve">Akut buk, misstanke om </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="007C2235">
         <w:t>ovarialtorsion</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="007C2235">
         <w:t> </w:t>
       </w:r>
     </w:p>
     <w:p w:rsidRPr="007C2235" w:rsidR="007C2235" w:rsidP="007C2235" w:rsidRDefault="007C2235" w14:paraId="6DDF4B5A" w14:textId="66475406">
-      <w:r w:rsidR="007C2235">
-        <w:rPr/>
+      <w:r>
         <w:t xml:space="preserve">Buksmärtor hos flickor utreds enligt riktlinje </w:t>
       </w:r>
-      <w:hyperlink r:id="Rda0b23968c9f49a8">
-        <w:r w:rsidRPr="53C1F554" w:rsidR="007C2235">
+      <w:hyperlink r:id="rId20">
+        <w:r w:rsidRPr="53C1F554">
           <w:rPr>
             <w:rStyle w:val="Hyperlnk"/>
           </w:rPr>
           <w:t>Buksmärtor hos barn och ungdomar (”ont i magen”-utredning), SÄS</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidR="007C2235">
-        <w:rPr/>
+      <w:r>
         <w:t xml:space="preserve"> [1</w:t>
       </w:r>
       <w:r w:rsidR="592F05B2">
-        <w:rPr/>
         <w:t>0</w:t>
       </w:r>
-      <w:r w:rsidR="007C2235">
-        <w:rPr/>
+      <w:r>
         <w:t>]. </w:t>
       </w:r>
     </w:p>
     <w:p w:rsidRPr="007C2235" w:rsidR="007C2235" w:rsidP="007C2235" w:rsidRDefault="007C2235" w14:paraId="2A6B6A13" w14:textId="77777777">
       <w:r w:rsidRPr="007C2235">
         <w:t xml:space="preserve">Vid akut buksmärta utförs radiologisk undersökning i första hand av röntgenläkare. Om det då upptäcks en ovarialcysta och misstanke om </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="007C2235">
         <w:t>ovarialtorsion</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="007C2235">
         <w:t xml:space="preserve"> finns, ska kontakt tas med gynekolog för planering av kirurgiskt ingrepp. Ingreppet bör utföras i samarbete mellan (barn)kirurg och gynekolog. </w:t>
       </w:r>
     </w:p>
     <w:p w:rsidRPr="007C2235" w:rsidR="007C2235" w:rsidP="007C2235" w:rsidRDefault="007C2235" w14:paraId="75D11BB6" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="Rubrik3"/>
       </w:pPr>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="007C2235">
         <w:t>Synekier</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
@@ -1690,96 +1564,63 @@
         <w:t>, droppläckage och urinvägsinfektion. </w:t>
       </w:r>
     </w:p>
     <w:p w:rsidRPr="007C2235" w:rsidR="007C2235" w:rsidP="007C2235" w:rsidRDefault="007C2235" w14:paraId="7AEB1492" w14:textId="77777777">
       <w:r w:rsidRPr="007C2235">
         <w:t>Det är viktigt att skilja från könsstympning (speciellt endemiska områden!) och äkta sammanväxning (fusion). </w:t>
       </w:r>
     </w:p>
     <w:p w:rsidRPr="007C2235" w:rsidR="007C2235" w:rsidP="007C2235" w:rsidRDefault="007C2235" w14:paraId="27810FAA" w14:textId="77777777">
       <w:r w:rsidRPr="007C2235">
         <w:t>Handläggs av barnläkare. Behöver endast behandlas om de ger symtom. </w:t>
       </w:r>
     </w:p>
     <w:p w:rsidRPr="007C2235" w:rsidR="007C2235" w:rsidP="007C2235" w:rsidRDefault="007C2235" w14:paraId="1D42B285" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="MellanrubrikVGR"/>
       </w:pPr>
       <w:r w:rsidRPr="007C2235">
         <w:t>Behandling </w:t>
       </w:r>
     </w:p>
     <w:p w:rsidRPr="007C2235" w:rsidR="007C2235" w:rsidP="007C2235" w:rsidRDefault="007C2235" w14:paraId="22C74FEA" w14:textId="458AA758">
       <w:pPr>
         <w:ind w:right="-143"/>
       </w:pPr>
-      <w:r w:rsidR="007C2235">
-[...29 lines deleted...]
-        <w:t>synekie</w:t>
+      <w:r>
+        <w:t>Innan behandling applicera liodkain/prilocain lokalt i 15 minuter. Sära därefter blygdläpparna med tops som doppats i Xylocain, och som sedan snurras längs synekie</w:t>
       </w:r>
       <w:r w:rsidR="45CCF7B4">
-        <w:rPr/>
         <w:t>r</w:t>
       </w:r>
-      <w:r w:rsidR="007C2235">
-        <w:rPr/>
+      <w:r>
         <w:t>n</w:t>
       </w:r>
       <w:r w:rsidR="45CCF7B4">
-        <w:rPr/>
         <w:t>a</w:t>
       </w:r>
-      <w:r w:rsidR="007C2235">
-        <w:rPr/>
+      <w:r>
         <w:t>. Föräldrarna kan smörja med vaselin i cirka 10 dagar för att förhindra recidiv. </w:t>
       </w:r>
     </w:p>
     <w:p w:rsidRPr="007C2235" w:rsidR="007C2235" w:rsidP="007C2235" w:rsidRDefault="007C2235" w14:paraId="5351954E" w14:textId="77777777">
       <w:pPr>
         <w:ind w:right="-143"/>
       </w:pPr>
       <w:r w:rsidRPr="007C2235">
         <w:t xml:space="preserve">Recidiverar ofta men behandlas endast om </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="007C2235">
         <w:t>symtomgivande</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="007C2235">
         <w:t xml:space="preserve">. Om det trots ovanstående åtgärd finns kvarstående </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="007C2235">
         <w:t>symtomgivande</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="007C2235">
         <w:t xml:space="preserve"> </w:t>
@@ -1790,72 +1631,63 @@
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="007C2235">
         <w:t>, kan gynekolog konsulteras. </w:t>
       </w:r>
     </w:p>
     <w:p w:rsidRPr="007C2235" w:rsidR="007C2235" w:rsidP="007C2235" w:rsidRDefault="007C2235" w14:paraId="7BD9AE3E" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="Rubrik3"/>
       </w:pPr>
       <w:r w:rsidRPr="007C2235">
         <w:t>Flytningar/Klåda/Sveda </w:t>
       </w:r>
     </w:p>
     <w:p w:rsidRPr="007C2235" w:rsidR="007C2235" w:rsidP="007C2235" w:rsidRDefault="007C2235" w14:paraId="68FE89B7" w14:textId="77777777">
       <w:r w:rsidRPr="007C2235">
         <w:t>Prepubertala flickor handläggs primärt av barnläkare avseende utredning, provtagning, odling och behandling. Differentialdiagnoser innefattar stjärtfluss, svampinfektioner, hudsjukdomar, allergiska reaktioner, främmande kropp, sexuella övergrepp. </w:t>
       </w:r>
     </w:p>
     <w:p w:rsidRPr="007C2235" w:rsidR="007C2235" w:rsidP="007C2235" w:rsidRDefault="007C2235" w14:paraId="07F621CD" w14:textId="77777777">
       <w:r w:rsidRPr="007C2235">
         <w:t>Om fortsatta besvär kan gynekolog konsulteras. Vid återkommande infektioner kan det röra sig om diabetes. </w:t>
       </w:r>
     </w:p>
     <w:p w:rsidRPr="007C2235" w:rsidR="007C2235" w:rsidP="007C2235" w:rsidRDefault="007C2235" w14:paraId="087B73AB" w14:textId="69089811">
-      <w:r w:rsidR="007C2235">
-        <w:rPr/>
+      <w:r>
         <w:t xml:space="preserve">Flickor </w:t>
       </w:r>
       <w:r w:rsidR="61571185">
-        <w:rPr/>
-[...7 lines deleted...]
-        <w:rPr/>
+        <w:t xml:space="preserve">&gt;/= 13 år </w:t>
+      </w:r>
+      <w:r>
         <w:t>hänvisas i första hand till</w:t>
       </w:r>
       <w:r w:rsidR="68B66D53">
-        <w:rPr/>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="007C2235">
-        <w:rPr/>
+      <w:r>
         <w:t>ungdomsmottagningen. </w:t>
       </w:r>
     </w:p>
     <w:p w:rsidRPr="007C2235" w:rsidR="007C2235" w:rsidP="007C2235" w:rsidRDefault="007C2235" w14:paraId="03111176" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="Rubrik3"/>
       </w:pPr>
       <w:r w:rsidRPr="007C2235">
         <w:t>Klåda </w:t>
       </w:r>
     </w:p>
     <w:p w:rsidRPr="007C2235" w:rsidR="007C2235" w:rsidP="007C2235" w:rsidRDefault="007C2235" w14:paraId="40D78108" w14:textId="77777777">
       <w:r w:rsidRPr="007C2235">
         <w:t>Primär behandling utförs av barnläkare. </w:t>
       </w:r>
     </w:p>
     <w:p w:rsidRPr="007C2235" w:rsidR="007C2235" w:rsidP="007C2235" w:rsidRDefault="007C2235" w14:paraId="18013D4E" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="MellanrubrikVGR"/>
       </w:pPr>
       <w:r w:rsidRPr="007C2235">
         <w:t>Behandling </w:t>
       </w:r>
     </w:p>
     <w:p w:rsidRPr="007C2235" w:rsidR="007C2235" w:rsidP="007C2235" w:rsidRDefault="007C2235" w14:paraId="02998A1E" w14:textId="77777777">
@@ -1920,82 +1752,68 @@
           <w:rFonts w:cs="Georgia"/>
         </w:rPr>
         <w:t>å</w:t>
       </w:r>
       <w:r w:rsidRPr="007C2235">
         <w:t>nd. </w:t>
       </w:r>
     </w:p>
     <w:p w:rsidRPr="007C2235" w:rsidR="007C2235" w:rsidP="007C2235" w:rsidRDefault="007C2235" w14:paraId="5AA2C820" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="Rubrik3"/>
       </w:pPr>
       <w:r w:rsidRPr="007C2235">
         <w:t>Främmande kropp </w:t>
       </w:r>
     </w:p>
     <w:p w:rsidRPr="007C2235" w:rsidR="007C2235" w:rsidP="007C2235" w:rsidRDefault="007C2235" w14:paraId="31E44B5E" w14:textId="77777777">
       <w:r w:rsidRPr="007C2235">
         <w:t>Vid misstanke om främmande kropp kan gynekolog konsulteras för gynekologisk undersökning; vid behov görs undersökning i narkos. </w:t>
       </w:r>
     </w:p>
     <w:p w:rsidRPr="007C2235" w:rsidR="007C2235" w:rsidP="007C2235" w:rsidRDefault="007C2235" w14:paraId="1E2C2387" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="Rubrik3"/>
       </w:pPr>
+      <w:r>
+        <w:t>Blodiga flytningar </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidRPr="007C2235" w:rsidR="007C2235" w:rsidP="53C1F554" w:rsidRDefault="316FD292" w14:paraId="3CE3F13F" w14:textId="027E8E86">
+      <w:pPr>
+        <w:ind w:right="-143"/>
+      </w:pPr>
+      <w:r>
+        <w:t>F</w:t>
+      </w:r>
       <w:r w:rsidR="007C2235">
-        <w:rPr/>
-[...14 lines deleted...]
-        <w:t>F</w:t>
+        <w:t xml:space="preserve">lickor </w:t>
+      </w:r>
+      <w:r w:rsidR="6D3143E1">
+        <w:t xml:space="preserve">&gt;/= 13 år </w:t>
       </w:r>
       <w:r w:rsidR="007C2235">
-        <w:rPr/>
-[...11 lines deleted...]
-        <w:rPr/>
         <w:t>med blödningsbesvär hänvisas till ungdomsmottagningen.  </w:t>
       </w:r>
     </w:p>
     <w:p w:rsidRPr="007C2235" w:rsidR="007C2235" w:rsidP="007C2235" w:rsidRDefault="007C2235" w14:paraId="0FAADF86" w14:textId="77777777">
       <w:pPr>
         <w:ind w:right="-143"/>
       </w:pPr>
       <w:r w:rsidRPr="007C2235">
         <w:t xml:space="preserve">Vid rikliga </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="007C2235">
         <w:t>anemiserande</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="007C2235">
         <w:t xml:space="preserve"> blödningar konsulteras gynekolog </w:t>
       </w:r>
     </w:p>
     <w:p w:rsidRPr="007C2235" w:rsidR="007C2235" w:rsidP="007C2235" w:rsidRDefault="007C2235" w14:paraId="294DBECB" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="Rubrik3"/>
       </w:pPr>
       <w:r w:rsidRPr="007C2235">
         <w:t>STI (</w:t>
@@ -2075,68 +1893,63 @@
       <w:bookmarkEnd w:id="11"/>
       <w:bookmarkEnd w:id="12"/>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p w:rsidRPr="007C2235" w:rsidR="007C2235" w:rsidP="007C2235" w:rsidRDefault="007C2235" w14:paraId="053F69FE" w14:textId="77777777">
       <w:pPr>
         <w:ind w:right="-143"/>
       </w:pPr>
       <w:r w:rsidRPr="007C2235">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>För innehållet svarar</w:t>
       </w:r>
       <w:r w:rsidRPr="007C2235">
         <w:t> </w:t>
       </w:r>
     </w:p>
     <w:p w:rsidRPr="007C2235" w:rsidR="007C2235" w:rsidP="007C2235" w:rsidRDefault="007C2235" w14:paraId="6CD1F5A2" w14:textId="71D6606C">
       <w:pPr>
         <w:ind w:right="-143"/>
       </w:pPr>
-      <w:r w:rsidR="007C2235">
-        <w:rPr/>
+      <w:r>
         <w:t xml:space="preserve">Magdalena </w:t>
       </w:r>
       <w:r w:rsidR="5BB6B6BA">
-        <w:rPr/>
         <w:t>Minin</w:t>
       </w:r>
-      <w:r w:rsidR="007C2235">
-        <w:rPr/>
+      <w:r>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:r w:rsidR="45FBAEF6">
-        <w:rPr/>
         <w:t>specialistläkare</w:t>
       </w:r>
-      <w:r w:rsidR="007C2235">
-        <w:rPr/>
+      <w:r>
         <w:t>, VO kvinna barn/kvinna, SÄS </w:t>
       </w:r>
     </w:p>
     <w:p w:rsidRPr="007C2235" w:rsidR="007C2235" w:rsidP="007C2235" w:rsidRDefault="007C2235" w14:paraId="4DC9492D" w14:textId="77777777">
       <w:pPr>
         <w:ind w:right="-143"/>
       </w:pPr>
       <w:r w:rsidRPr="007C2235">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>Remissinstanser</w:t>
       </w:r>
       <w:r w:rsidRPr="007C2235">
         <w:t> </w:t>
       </w:r>
     </w:p>
     <w:p w:rsidRPr="007C2235" w:rsidR="007C2235" w:rsidP="007C2235" w:rsidRDefault="007C2235" w14:paraId="3E0930F8" w14:textId="77777777">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="23"/>
         </w:numPr>
         <w:ind w:right="-143"/>
@@ -2163,522 +1976,412 @@
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="007C2235">
         <w:t>, radiolog, VO bild- och funktionsmedicin och medicinsk service/radiologi, SÄS </w:t>
       </w:r>
     </w:p>
     <w:p w:rsidRPr="007C2235" w:rsidR="007C2235" w:rsidP="007C2235" w:rsidRDefault="007C2235" w14:paraId="34F61AB3" w14:textId="77777777">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="25"/>
         </w:numPr>
         <w:ind w:right="-143"/>
       </w:pPr>
       <w:r w:rsidRPr="007C2235">
         <w:t xml:space="preserve">Karin </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="007C2235">
         <w:t>Biswanger</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="007C2235">
         <w:t>, barnläkare, VO kvinna barn/barn, SÄS </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidRPr="007C2235" w:rsidR="007C2235" w:rsidP="007C2235" w:rsidRDefault="007C2235" w14:paraId="606B0311" w14:textId="4E7CA9A2">
+    <w:p w:rsidRPr="007C2235" w:rsidR="007C2235" w:rsidP="007C2235" w:rsidRDefault="007C2235" w14:paraId="606B0311" w14:textId="5E1B15E4">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="26"/>
         </w:numPr>
         <w:ind w:right="-143"/>
         <w:rPr/>
       </w:pPr>
+      <w:r w:rsidR="7D570D1B">
+        <w:rPr/>
+        <w:t>Lena Karlström</w:t>
+      </w:r>
       <w:r w:rsidR="007C2235">
         <w:rPr/>
-        <w:t xml:space="preserve">, barnkirurg, VO </w:t>
+        <w:t>, barnkirurg, VO kirurgi</w:t>
+      </w:r>
+      <w:r w:rsidR="11115BF0">
+        <w:rPr/>
+        <w:t>/</w:t>
       </w:r>
       <w:r w:rsidR="007C2235">
         <w:rPr/>
-        <w:t>kirurgi ortopedi</w:t>
-[...3 lines deleted...]
-        <w:t xml:space="preserve"> ÖNH/kirurgi, SÄS </w:t>
+        <w:t>ortopedi ÖNH/kirurgi, SÄS </w:t>
       </w:r>
     </w:p>
     <w:p w:rsidRPr="000D04ED" w:rsidR="009A32ED" w:rsidP="009A32ED" w:rsidRDefault="009A32ED" w14:paraId="188AE2C8" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="Rubrik2"/>
         <w:ind w:right="-143"/>
       </w:pPr>
       <w:bookmarkStart w:name="_Toc100327195" w:id="13"/>
       <w:bookmarkStart w:name="_Toc181866764" w:id="14"/>
       <w:r w:rsidRPr="000D04ED">
         <w:t>Källförteckning</w:t>
       </w:r>
       <w:bookmarkEnd w:id="13"/>
       <w:bookmarkEnd w:id="14"/>
     </w:p>
     <w:p w:rsidRPr="007C2235" w:rsidR="007C2235" w:rsidP="007C2235" w:rsidRDefault="007C2235" w14:paraId="2B7EBB26" w14:textId="43227000">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="27"/>
         </w:numPr>
         <w:ind w:right="-143"/>
       </w:pPr>
       <w:r w:rsidRPr="007C2235">
         <w:t>Barnkirurgiska skador - sjukdomar, SÄS. Sjukhusövergripande riktlinje, SÄS </w:t>
       </w:r>
       <w:r w:rsidRPr="007C2235">
         <w:br/>
       </w:r>
-      <w:hyperlink w:tgtFrame="_blank" w:history="1" r:id="rId18">
+      <w:hyperlink w:tgtFrame="_blank" w:history="1" r:id="rId21">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlnk"/>
           </w:rPr>
-          <w:t>https://insidan.vgregion.se/forvaltn</w:t>
-[...11 lines deleted...]
-          <w:t>ngar/sodra-alvsborgs-sjukhus/styrande-dokument</w:t>
+          <w:t>https://insidan.vgregion.se/forvaltningar/sodra-alvsborgs-sjukhus/styrande-dokument</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="007C2235">
         <w:t> </w:t>
       </w:r>
     </w:p>
     <w:p w:rsidRPr="007C2235" w:rsidR="007C2235" w:rsidP="53C1F554" w:rsidRDefault="007C2235" w14:paraId="440C32DE" w14:textId="0D254D42">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="28"/>
         </w:numPr>
         <w:ind w:right="-143"/>
         <w:rPr>
-          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia" w:eastAsia="Georgia" w:cs="Georgia"/>
-[...3 lines deleted...]
-          <w:lang w:val="sv-SE"/>
+          <w:rFonts w:eastAsia="Georgia" w:cs="Georgia"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidR="007C2235">
-        <w:rPr/>
+      <w:r>
         <w:t>Rättsmedicinska fall. Spår- och godssäkring. regiongemensam rutin, Västra Götalandsregionen </w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
-      <w:hyperlink r:id="Rbe06f7dce0e44375">
+      <w:hyperlink r:id="rId22">
         <w:r w:rsidRPr="53C1F554" w:rsidR="3A3648BF">
           <w:rPr>
             <w:rStyle w:val="Hyperlnk"/>
-            <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia" w:eastAsia="Georgia" w:cs="Georgia"/>
-[...3 lines deleted...]
-            <w:lang w:val="sv-SE"/>
+            <w:rFonts w:eastAsia="Georgia" w:cs="Georgia"/>
           </w:rPr>
           <w:t>https://insidan.vgregion.se/styrande-dokument-vgr/</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w:rsidRPr="007C2235" w:rsidR="007C2235" w:rsidP="53C1F554" w:rsidRDefault="007C2235" w14:paraId="6D503AE5" w14:textId="0C8B796C">
+    <w:p w:rsidRPr="007C2235" w:rsidR="007C2235" w:rsidP="53C1F554" w:rsidRDefault="2A811AC4" w14:paraId="6D503AE5" w14:textId="0C8B796C">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="28"/>
         </w:numPr>
         <w:ind w:right="-143"/>
         <w:rPr>
-          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia" w:eastAsia="Georgia" w:cs="Georgia"/>
-[...3 lines deleted...]
-          <w:lang w:val="sv-SE"/>
+          <w:rFonts w:eastAsia="Georgia" w:cs="Georgia"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidR="2A811AC4">
-[...10 lines deleted...]
-      </w:r>
       <w:r>
+        <w:t>Sexuella övergrepp - Akut handläggning av flickor och pojkar 0-17 år, SÄS</w:t>
+      </w:r>
+      <w:r w:rsidR="007C2235">
         <w:br/>
       </w:r>
-      <w:hyperlink r:id="Rd0e8de540f7f4fff">
+      <w:hyperlink r:id="rId23">
         <w:r w:rsidRPr="53C1F554" w:rsidR="6B15CA02">
           <w:rPr>
             <w:rStyle w:val="Hyperlnk"/>
-            <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia" w:eastAsia="Georgia" w:cs="Georgia"/>
-[...3 lines deleted...]
-            <w:lang w:val="sv-SE"/>
+            <w:rFonts w:eastAsia="Georgia" w:cs="Georgia"/>
           </w:rPr>
           <w:t>https://insidan.vgregion.se/styrande-dokument-vgr/</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p w:rsidRPr="007C2235" w:rsidR="007C2235" w:rsidP="007C2235" w:rsidRDefault="007C2235" w14:paraId="39F05921" w14:textId="68EB23AA">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="30"/>
         </w:numPr>
         <w:ind w:right="-143"/>
       </w:pPr>
       <w:r w:rsidRPr="007C2235">
         <w:t>Handläggning vid akuta sexuella övergrepp Barn och vuxen. Regional medicinsk riktlinje, Västra Götalandsregionen </w:t>
       </w:r>
       <w:r w:rsidRPr="007C2235">
         <w:br/>
       </w:r>
-      <w:hyperlink w:tgtFrame="_blank" w:history="1" r:id="rId21">
+      <w:hyperlink w:tgtFrame="_blank" w:history="1" r:id="rId24">
         <w:r w:rsidR="00551BCC">
           <w:rPr>
             <w:rStyle w:val="Hyperlnk"/>
           </w:rPr>
-          <w:t>https://insidan.vgregio</w:t>
-[...11 lines deleted...]
-          <w:t>.se/styrande-dokument-vgr/</w:t>
+          <w:t>https://insidan.vgregion.se/styrande-dokument-vgr/</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="007C2235">
         <w:t> </w:t>
       </w:r>
     </w:p>
     <w:p w:rsidRPr="007C2235" w:rsidR="007C2235" w:rsidP="007C2235" w:rsidRDefault="007C2235" w14:paraId="54981D3B" w14:textId="77777777">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="31"/>
         </w:numPr>
         <w:ind w:right="-143"/>
       </w:pPr>
       <w:r w:rsidRPr="007C2235">
-        <w:t xml:space="preserve">Nationellt handlingsprogram för hälso- och sjukvårdens omhändertagande av offer för sexuella övergrepp. Handbok upprättad av Nationellt centrum för </w:t>
-[...2 lines deleted...]
-        <w:t>kvinnofrid (NCK), Uppsala universitet. </w:t>
+        <w:t>Nationellt handlingsprogram för hälso- och sjukvårdens omhändertagande av offer för sexuella övergrepp. Handbok upprättad av Nationellt centrum för kvinnofrid (NCK), Uppsala universitet. </w:t>
       </w:r>
       <w:r w:rsidRPr="007C2235">
         <w:br/>
       </w:r>
-      <w:hyperlink w:tgtFrame="_blank" w:history="1" r:id="rId22">
+      <w:hyperlink w:tgtFrame="_blank" w:history="1" r:id="rId25">
         <w:r w:rsidRPr="007C2235">
           <w:rPr>
             <w:rStyle w:val="Hyperlnk"/>
           </w:rPr>
-          <w:t>http://kunskapsbanken.nck.uu.se</w:t>
-[...11 lines deleted...]
-          <w:t>nckkb/nck/publik/fil/visa/483/nck-handbok-nationellt-handlingsprogram-sexuella-overgrepp-2008-rev2010.pdf</w:t>
+          <w:t>http://kunskapsbanken.nck.uu.se/nckkb/nck/publik/fil/visa/483/nck-handbok-nationellt-handlingsprogram-sexuella-overgrepp-2008-rev2010.pdf</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="007C2235">
         <w:t> </w:t>
       </w:r>
     </w:p>
     <w:p w:rsidRPr="007C2235" w:rsidR="007C2235" w:rsidP="007C2235" w:rsidRDefault="007C2235" w14:paraId="6AA63CE5" w14:textId="2904B007">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="32"/>
         </w:numPr>
         <w:ind w:right="-143"/>
       </w:pPr>
       <w:r w:rsidRPr="007C2235">
         <w:t>Blankett framtagen av Västra Götalandsregionens kompetenscentrum om våld i nära relationer (VKV) </w:t>
       </w:r>
       <w:r w:rsidR="00551BCC">
         <w:br/>
       </w:r>
-      <w:hyperlink w:history="1" r:id="rId23">
+      <w:hyperlink w:history="1" r:id="rId26">
         <w:r w:rsidRPr="006A4F0C" w:rsidR="00551BCC">
           <w:rPr>
             <w:rStyle w:val="Hyperlnk"/>
           </w:rPr>
           <w:t>www.vgregion.se/orosanmalan</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p w:rsidRPr="007C2235" w:rsidR="007C2235" w:rsidP="007C2235" w:rsidRDefault="007C2235" w14:paraId="067AFC94" w14:textId="05664D05">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="33"/>
         </w:numPr>
         <w:ind w:right="-143"/>
-        <w:rPr/>
-[...2 lines deleted...]
-        <w:rPr/>
+      </w:pPr>
+      <w:r>
         <w:t>Anmälan om oro för barn och unga, SÄS. Sjukhusövergripande riktlinje, SÄS </w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
-      <w:hyperlink r:id="R31a68545fde4496d">
+      <w:hyperlink r:id="rId27">
         <w:r w:rsidRPr="53C1F554" w:rsidR="00551BCC">
           <w:rPr>
             <w:rStyle w:val="Hyperlnk"/>
           </w:rPr>
-          <w:t>https://insidan.vgregion.se/for</w:t>
+          <w:t>https://insidan.vgregion.se/forvaltningar/sodra-alvsborgs-sjukhus/styrande-dokument</w:t>
         </w:r>
-        <w:r w:rsidRPr="53C1F554" w:rsidR="00551BCC">
-[...11 lines deleted...]
-        <w:r w:rsidRPr="53C1F554" w:rsidR="007C2235">
+        <w:r w:rsidRPr="53C1F554">
           <w:rPr>
             <w:rStyle w:val="Hyperlnk"/>
           </w:rPr>
           <w:t> </w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w:rsidRPr="007C2235" w:rsidR="007C2235" w:rsidP="53C1F554" w:rsidRDefault="007C2235" w14:paraId="58083463" w14:textId="77115349">
+    <w:p w:rsidRPr="007C2235" w:rsidR="007C2235" w:rsidP="53C1F554" w:rsidRDefault="3F60D6CB" w14:paraId="58083463" w14:textId="77115349">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="33"/>
         </w:numPr>
         <w:ind w:right="-143"/>
-        <w:rPr/>
-[...2 lines deleted...]
-        <w:rPr/>
+      </w:pPr>
+      <w:r>
         <w:t>Könsstympning av flickor och kvinnor</w:t>
       </w:r>
       <w:r w:rsidR="30DD00E7">
-        <w:rPr/>
         <w:t>, Regional medicinsk riktlinje, Västra Götalandsregionen</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidRPr="007C2235" w:rsidR="007C2235" w:rsidP="53C1F554" w:rsidRDefault="007C2235" w14:paraId="35A7CB76" w14:textId="3C1A26E3">
-[...1 lines deleted...]
-        <w:pStyle w:val="Normal"/>
+    <w:p w:rsidRPr="007C2235" w:rsidR="007C2235" w:rsidP="53C1F554" w:rsidRDefault="5645D036" w14:paraId="35A7CB76" w14:textId="3C1A26E3">
+      <w:pPr>
         <w:ind w:left="720" w:right="-143"/>
         <w:rPr>
-          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia" w:eastAsia="Georgia" w:cs="Georgia"/>
-[...3 lines deleted...]
-          <w:lang w:val="sv-SE"/>
+          <w:rFonts w:eastAsia="Georgia" w:cs="Georgia"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink r:id="Rc5b54471eb12450b">
-        <w:r w:rsidRPr="53C1F554" w:rsidR="5645D036">
+      <w:hyperlink r:id="rId28">
+        <w:r w:rsidRPr="53C1F554">
           <w:rPr>
             <w:rStyle w:val="Hyperlnk"/>
-            <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia" w:eastAsia="Georgia" w:cs="Georgia"/>
-[...3 lines deleted...]
-            <w:lang w:val="sv-SE"/>
+            <w:rFonts w:eastAsia="Georgia" w:cs="Georgia"/>
           </w:rPr>
           <w:t>https://insidan.vgregion.se/styrande-dokument-vgr/</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p w:rsidRPr="007C2235" w:rsidR="007C2235" w:rsidP="53C1F554" w:rsidRDefault="007C2235" w14:paraId="42C1A0DF" w14:textId="002BD1C6">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="33"/>
         </w:numPr>
         <w:ind w:right="-143"/>
         <w:rPr>
-          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia" w:eastAsia="Georgia" w:cs="Georgia"/>
-[...3 lines deleted...]
-          <w:lang w:val="sv-SE"/>
+          <w:rFonts w:eastAsia="Georgia" w:cs="Georgia"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidR="007C2235">
-        <w:rPr/>
+      <w:r>
         <w:t>Hedersrelaterat våld och förtryck, Regional medicinsk riktlinje, Västra Götalandsregionen </w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
-      <w:hyperlink r:id="Rc03d0d12a6f7431f">
+      <w:hyperlink r:id="rId29">
         <w:r w:rsidRPr="53C1F554" w:rsidR="0D5D677C">
           <w:rPr>
             <w:rStyle w:val="Hyperlnk"/>
-            <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia" w:eastAsia="Georgia" w:cs="Georgia"/>
-[...3 lines deleted...]
-            <w:lang w:val="sv-SE"/>
+            <w:rFonts w:eastAsia="Georgia" w:cs="Georgia"/>
           </w:rPr>
           <w:t>https://insidan.vgregion.se/styrande-dokument-vgr/</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p w:rsidRPr="007C2235" w:rsidR="007C2235" w:rsidP="53C1F554" w:rsidRDefault="007C2235" w14:paraId="739A7588" w14:textId="1844895B">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="33"/>
         </w:numPr>
         <w:ind w:right="-143"/>
         <w:rPr>
           <w:highlight w:val="yellow"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidR="007C2235">
-        <w:rPr/>
+      <w:r>
         <w:t>Buksmärtor hos barn och ungdomar (”ont i magen”-utredning), SÄS. Sjukhusövergripande riktlinje, SÄS </w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
-      <w:hyperlink r:id="Rd4b475e0d1c5481a">
+      <w:hyperlink r:id="rId30">
         <w:r w:rsidRPr="53C1F554" w:rsidR="00551BCC">
           <w:rPr>
             <w:rStyle w:val="Hyperlnk"/>
           </w:rPr>
-          <w:t>https://insidan.vg</w:t>
-[...11 lines deleted...]
-          <w:t>egion.se/forvaltningar/sodra-alvsborgs-sjukhus/styrande-dokument</w:t>
+          <w:t>https://insidan.vgregion.se/forvaltningar/sodra-alvsborgs-sjukhus/styrande-dokument</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidR="007C2235">
-        <w:rPr/>
+      <w:r>
         <w:t> </w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="009C6C0C" w:rsidP="009A32ED" w:rsidRDefault="009C6C0C" w14:paraId="40AA233F" w14:textId="7FC874BC">
       <w:pPr>
         <w:ind w:right="-143"/>
       </w:pPr>
     </w:p>
     <w:sectPr w:rsidR="009C6C0C" w:rsidSect="00B96AFF">
-      <w:headerReference w:type="default" r:id="rId29"/>
-[...3 lines deleted...]
-      <w:footerReference w:type="first" r:id="rId33"/>
+      <w:headerReference w:type="default" r:id="rId31"/>
+      <w:footerReference w:type="even" r:id="rId32"/>
+      <w:footerReference w:type="default" r:id="rId33"/>
+      <w:headerReference w:type="first" r:id="rId34"/>
+      <w:footerReference w:type="first" r:id="rId35"/>
       <w:type w:val="continuous"/>
       <w:pgSz w:w="11900" w:h="16840" w:orient="portrait"/>
       <w:pgMar w:top="1418" w:right="1979" w:bottom="1276" w:left="992" w:header="284" w:footer="737" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:noEndnote/>
       <w:titlePg/>
       <w:docGrid w:linePitch="326"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w:rsidR="005F0C40" w:rsidRDefault="005F0C40" w14:paraId="2A797131" w14:textId="77777777">
+    <w:p w:rsidR="00616D25" w:rsidRDefault="00616D25" w14:paraId="355248DF" w14:textId="77777777">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w:rsidR="005F0C40" w:rsidRDefault="005F0C40" w14:paraId="3E93ED43" w14:textId="77777777">
+    <w:p w:rsidR="00616D25" w:rsidRDefault="00616D25" w14:paraId="2A785FAB" w14:textId="77777777">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationNotice" w:id="1">
-    <w:p w:rsidR="005F0C40" w:rsidRDefault="005F0C40" w14:paraId="04BC2F7B" w14:textId="77777777">
+    <w:p w:rsidR="00616D25" w:rsidRDefault="00616D25" w14:paraId="4143AF07" w14:textId="77777777">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
@@ -2723,130 +2426,130 @@
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="MinionPro-Regular">
     <w:altName w:val="Calibri"/>
     <w:panose1 w:val="00000000000000000000"/>
     <w:charset w:val="4D"/>
     <w:family w:val="auto"/>
     <w:notTrueType/>
     <w:pitch w:val="default"/>
     <w:sig w:usb0="00000003" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Lucida Grande">
     <w:altName w:val="Times New Roman"/>
     <w:charset w:val="00"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E1000AEF" w:usb1="5000A1FF" w:usb2="00000000" w:usb3="00000000" w:csb0="000001BF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
-    <w:altName w:val="Cambria"/>
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="MS Mincho">
     <w:altName w:val="ＭＳ 明朝"/>
     <w:panose1 w:val="02020609040205080304"/>
     <w:charset w:val="80"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E00002FF" w:usb1="6AC7FDFB" w:usb2="08000012" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w:rsidR="00660269" w:rsidP="00C43BDD" w:rsidRDefault="00660269" w14:paraId="1FE2B820" w14:textId="77777777">
     <w:pPr>
       <w:pStyle w:val="Sidfot"/>
       <w:framePr w:wrap="around" w:hAnchor="margin" w:vAnchor="text" w:y="1"/>
       <w:rPr>
         <w:rStyle w:val="Sidnummer"/>
       </w:rPr>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:rStyle w:val="Sidnummer"/>
       </w:rPr>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:rPr>
         <w:rStyle w:val="Sidnummer"/>
       </w:rPr>
       <w:instrText xml:space="preserve">PAGE  </w:instrText>
     </w:r>
     <w:r>
       <w:rPr>
         <w:rStyle w:val="Sidnummer"/>
       </w:rPr>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
   <w:p w:rsidR="00660269" w:rsidP="00C43BDD" w:rsidRDefault="00660269" w14:paraId="1FE2B821" w14:textId="77777777">
     <w:pPr>
       <w:pStyle w:val="Sidfot"/>
       <w:ind w:firstLine="360"/>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footer2.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
-  <w:p w:rsidRPr="00831C35" w:rsidR="00C50EE5" w:rsidP="00EC0A68" w:rsidRDefault="00000000" w14:paraId="47BD2091" w14:textId="66F4EBFA">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w:rsidRPr="00831C35" w:rsidR="00C50EE5" w:rsidP="00EC0A68" w:rsidRDefault="00616D25" w14:paraId="47BD2091" w14:textId="66F4EBFA">
     <w:pPr>
       <w:pStyle w:val="Sidfot"/>
       <w:rPr>
         <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
         <w:sz w:val="24"/>
         <w:szCs w:val="24"/>
       </w:rPr>
     </w:pPr>
     <w:sdt>
       <w:sdtPr>
         <w:rPr>
           <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:id w:val="-2070031421"/>
         <w:docPartObj>
           <w:docPartGallery w:val="Page Numbers (Bottom of Page)"/>
           <w:docPartUnique/>
         </w:docPartObj>
       </w:sdtPr>
+      <w:sdtEndPr/>
       <w:sdtContent>
         <w:r w:rsidRPr="00831C35" w:rsidR="00A65FD4">
           <w:rPr>
             <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
           </w:rPr>
           <w:t xml:space="preserve"> </w:t>
         </w:r>
         <w:r w:rsidRPr="00831C35" w:rsidR="00EC0A68">
           <w:rPr>
             <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
         <w:r w:rsidRPr="00831C35" w:rsidR="00EC0A68">
           <w:rPr>
             <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
           </w:rPr>
           <w:instrText>PAGE   \* MERGEFORMAT</w:instrText>
         </w:r>
@@ -2916,51 +2619,51 @@
         <w:szCs w:val="24"/>
       </w:rPr>
       <w:t>4</w:t>
     </w:r>
     <w:r w:rsidRPr="00831C35" w:rsidR="00111CB2">
       <w:rPr>
         <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
         <w:sz w:val="24"/>
         <w:szCs w:val="24"/>
       </w:rPr>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
     <w:r w:rsidRPr="00831C35" w:rsidR="00111CB2">
       <w:rPr>
         <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
         <w:sz w:val="24"/>
         <w:szCs w:val="24"/>
       </w:rPr>
       <w:t>)</w:t>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footer3.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:asvg="http://schemas.microsoft.com/office/drawing/2016/SVG/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:asvg="http://schemas.microsoft.com/office/drawing/2016/SVG/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w:rsidR="00660269" w:rsidP="00FB2F0F" w:rsidRDefault="009228AB" w14:paraId="1FE2B822" w14:textId="76DF6159">
     <w:pPr>
       <w:pStyle w:val="Sidfot"/>
       <w:ind w:left="6237" w:hanging="141"/>
       <w:jc w:val="left"/>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:noProof/>
       </w:rPr>
       <w:drawing>
         <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658241" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="1FE2B825" wp14:editId="5971BB2D">
           <wp:simplePos x="0" y="0"/>
           <wp:positionH relativeFrom="column">
             <wp:posOffset>4391660</wp:posOffset>
           </wp:positionH>
           <wp:positionV relativeFrom="paragraph">
             <wp:posOffset>-3947</wp:posOffset>
           </wp:positionV>
           <wp:extent cx="1953671" cy="348178"/>
           <wp:effectExtent l="0" t="0" r="0" b="0"/>
           <wp:wrapNone/>
           <wp:docPr id="12" name="Bildobjekt 12">
             <a:extLst xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:ext uri="{C183D7F6-B498-43B3-948B-1728B52AA6E4}">
@@ -3000,73 +2703,73 @@
                   <a:xfrm>
                     <a:off x="0" y="0"/>
                     <a:ext cx="1953671" cy="348178"/>
                   </a:xfrm>
                   <a:prstGeom prst="rect">
                     <a:avLst/>
                   </a:prstGeom>
                 </pic:spPr>
               </pic:pic>
             </a:graphicData>
           </a:graphic>
           <wp14:sizeRelH relativeFrom="margin">
             <wp14:pctWidth>0</wp14:pctWidth>
           </wp14:sizeRelH>
           <wp14:sizeRelV relativeFrom="margin">
             <wp14:pctHeight>0</wp14:pctHeight>
           </wp14:sizeRelV>
         </wp:anchor>
       </w:drawing>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w:rsidR="005F0C40" w:rsidRDefault="005F0C40" w14:paraId="22CD7233" w14:textId="77777777"/>
+    <w:p w:rsidR="00616D25" w:rsidRDefault="00616D25" w14:paraId="7440E28A" w14:textId="77777777"/>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w:rsidR="005F0C40" w:rsidRDefault="005F0C40" w14:paraId="0757F6C0" w14:textId="77777777">
+    <w:p w:rsidR="00616D25" w:rsidRDefault="00616D25" w14:paraId="3D8E8FAF" w14:textId="77777777">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationNotice" w:id="1">
-    <w:p w:rsidR="005F0C40" w:rsidRDefault="005F0C40" w14:paraId="61A4E867" w14:textId="77777777">
+    <w:p w:rsidR="00616D25" w:rsidRDefault="00616D25" w14:paraId="0C3FCF8F" w14:textId="77777777">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w:rsidRPr="00DA65C4" w:rsidR="00294791" w:rsidP="00DA65C4" w:rsidRDefault="00DA65C4" w14:paraId="68F18EE5" w14:textId="39C06E14">
     <w:pPr>
       <w:pStyle w:val="Sidhuvud"/>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:noProof/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
       <mc:AlternateContent>
         <mc:Choice Requires="wps">
           <w:drawing>
             <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251672577" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="264BC60A" wp14:editId="43F94021">
               <wp:simplePos x="0" y="0"/>
               <wp:positionH relativeFrom="column">
                 <wp:posOffset>0</wp:posOffset>
               </wp:positionH>
               <wp:positionV relativeFrom="paragraph">
                 <wp:posOffset>-635</wp:posOffset>
               </wp:positionV>
               <wp:extent cx="4667250" cy="323850"/>
               <wp:effectExtent l="0" t="0" r="0" b="0"/>
               <wp:wrapNone/>
               <wp:docPr id="10" name="Textruta 10"/>
@@ -3104,91 +2807,91 @@
                           <w:r w:rsidR="00367D19">
                             <w:rPr>
                               <w:sz w:val="20"/>
                               <w:szCs w:val="20"/>
                             </w:rPr>
                             <w:t>.</w:t>
                           </w:r>
                         </w:p>
                       </w:txbxContent>
                     </wps:txbx>
                     <wps:bodyPr rot="0" spcFirstLastPara="0" vertOverflow="overflow" horzOverflow="overflow" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" numCol="1" spcCol="0" rtlCol="0" fromWordArt="0" anchor="t" anchorCtr="0" forceAA="0" compatLnSpc="1">
                       <a:prstTxWarp prst="textNoShape">
                         <a:avLst/>
                       </a:prstTxWarp>
                       <a:noAutofit/>
                     </wps:bodyPr>
                   </wps:wsp>
                 </a:graphicData>
               </a:graphic>
               <wp14:sizeRelH relativeFrom="margin">
                 <wp14:pctWidth>0</wp14:pctWidth>
               </wp14:sizeRelH>
             </wp:anchor>
           </w:drawing>
         </mc:Choice>
-        <mc:Fallback>
+        <mc:Fallback xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
           <w:pict w14:anchorId="1B523E91">
             <v:shapetype id="_x0000_t202" coordsize="21600,21600" o:spt="202" path="m,l,21600r21600,l21600,xe" w14:anchorId="264BC60A">
               <v:stroke joinstyle="miter"/>
               <v:path gradientshapeok="t" o:connecttype="rect"/>
             </v:shapetype>
             <v:shape id="Textruta 10" style="position:absolute;left:0;text-align:left;margin-left:0;margin-top:-.05pt;width:367.5pt;height:25.5pt;z-index:251672577;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-width-relative:margin;v-text-anchor:top" o:spid="_x0000_s1026" filled="f" stroked="f" strokeweight=".5pt" type="#_x0000_t202" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQCzkv6OFQIAACwEAAAOAAAAZHJzL2Uyb0RvYy54bWysU01v2zAMvQ/YfxB0X5yvpp0Rp8haZBgQ&#10;tAXSoWdFlmIDkqhJSuzs14+SnY91Ow27yKRIP5LvUfP7VityEM7XYAo6GgwpEYZDWZtdQb+/rj7d&#10;UeIDMyVTYERBj8LT+8XHD/PG5mIMFahSOIIgxueNLWgVgs2zzPNKaOYHYIXBoASnWUDX7bLSsQbR&#10;tcrGw+Esa8CV1gEX3uPtYxeki4QvpeDhWUovAlEFxd5COl06t/HMFnOW7xyzVc37Ntg/dKFZbbDo&#10;GeqRBUb2rv4DStfcgQcZBhx0BlLWXKQZcJrR8N00m4pZkWZBcrw90+T/Hyx/OmzsiyOh/QItChgJ&#10;aazPPV7GeVrpdPxipwTjSOHxTJtoA+F4OZ3Nbsc3GOIYm4wnd2gjTHb52zofvgrQJBoFdShLYosd&#10;1j50qaeUWMzAqlYqSaMMaQo6myDkbxEEVwZrXHqNVmi3bT/AFsojzuWgk9xbvqqx+Jr58MIcaoz9&#10;4t6GZzykAiwCvUVJBe7n3+5jPlKPUUoa3JmC+h975gQl6ptBUT6PptO4ZMmZ3tyO0XHXke11xOz1&#10;A+BajvCFWJ7MmB/UyZQO9Buu9zJWxRAzHGsXNJzMh9BtMj4PLpbLlIRrZVlYm43lETqSFql9bd+Y&#10;sz3/AZV7gtN2sfydDF1uR/dyH0DWSaNIcMdqzzuuZFK5fz5x56/9lHV55ItfAAAA//8DAFBLAwQU&#10;AAYACAAAACEAJkWNkN0AAAAFAQAADwAAAGRycy9kb3ducmV2LnhtbEyPQU/CQBSE7yb+h80z8QZb&#10;MFUofSWkCTExegC5eNt2l7Zx923tLlD99T5PeJzMZOabfD06K85mCJ0nhNk0AWGo9rqjBuHwvp0s&#10;QISoSCvrySB8mwDr4vYmV5n2F9qZ8z42gksoZAqhjbHPpAx1a5wKU98bYu/oB6ciy6GRelAXLndW&#10;zpPkUTrVES+0qjdla+rP/ckhvJTbN7Wr5m7xY8vn1+Om/zp8pIj3d+NmBSKaMV7D8IfP6FAwU+VP&#10;pIOwCHwkIkxmINh8ekhZVwhpsgRZ5PI/ffELAAD//wMAUEsBAi0AFAAGAAgAAAAhALaDOJL+AAAA&#10;4QEAABMAAAAAAAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEA&#10;OP0h/9YAAACUAQAACwAAAAAAAAAAAAAAAAAvAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEA&#10;s5L+jhUCAAAsBAAADgAAAAAAAAAAAAAAAAAuAgAAZHJzL2Uyb0RvYy54bWxQSwECLQAUAAYACAAA&#10;ACEAJkWNkN0AAAAFAQAADwAAAAAAAAAAAAAAAABvBAAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAAE&#10;AAQA8wAAAHkFAAAAAA==&#10;">
               <v:textbox>
                 <w:txbxContent>
                   <w:p w:rsidR="00DA65C4" w:rsidP="00DA65C4" w:rsidRDefault="00DA65C4" w14:paraId="6D41DF98" w14:textId="1B285E8B">
                     <w:pPr>
                       <w:ind w:left="0"/>
                     </w:pPr>
                     <w:r w:rsidRPr="00762EE0">
                       <w:rPr>
                         <w:sz w:val="20"/>
                         <w:szCs w:val="20"/>
                       </w:rPr>
                       <w:t>OBS! Utskriven version kan vara ogiltig. Verifiera innehållet</w:t>
                     </w:r>
                     <w:r w:rsidR="00367D19">
                       <w:rPr>
                         <w:sz w:val="20"/>
                         <w:szCs w:val="20"/>
                       </w:rPr>
                       <w:t>.</w:t>
                     </w:r>
                   </w:p>
                 </w:txbxContent>
               </v:textbox>
             </v:shape>
           </w:pict>
         </mc:Fallback>
       </mc:AlternateContent>
     </w:r>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/header2.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w:rsidR="008A4EB9" w:rsidP="00413A60" w:rsidRDefault="00413A60" w14:paraId="058CDD4D" w14:textId="448A65ED">
     <w:pPr>
       <w:pStyle w:val="Sidhuvud"/>
       <w:ind w:left="0" w:right="567"/>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:noProof/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
       <mc:AlternateContent>
         <mc:Choice Requires="wps">
           <w:drawing>
             <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251670529" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="5B7982AB" wp14:editId="0C751635">
               <wp:simplePos x="0" y="0"/>
               <wp:positionH relativeFrom="column">
                 <wp:posOffset>-172720</wp:posOffset>
               </wp:positionH>
               <wp:positionV relativeFrom="paragraph">
                 <wp:posOffset>-65405</wp:posOffset>
               </wp:positionV>
               <wp:extent cx="4669200" cy="2160000"/>
               <wp:effectExtent l="0" t="0" r="0" b="0"/>
               <wp:wrapTopAndBottom/>
@@ -3230,92 +2933,92 @@
                               <w:szCs w:val="20"/>
                             </w:rPr>
                             <w:t>.</w:t>
                           </w:r>
                         </w:p>
                       </w:txbxContent>
                     </wps:txbx>
                     <wps:bodyPr rot="0" spcFirstLastPara="0" vertOverflow="overflow" horzOverflow="overflow" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" numCol="1" spcCol="0" rtlCol="0" fromWordArt="0" anchor="t" anchorCtr="0" forceAA="0" compatLnSpc="1">
                       <a:prstTxWarp prst="textNoShape">
                         <a:avLst/>
                       </a:prstTxWarp>
                       <a:noAutofit/>
                     </wps:bodyPr>
                   </wps:wsp>
                 </a:graphicData>
               </a:graphic>
               <wp14:sizeRelH relativeFrom="margin">
                 <wp14:pctWidth>0</wp14:pctWidth>
               </wp14:sizeRelH>
               <wp14:sizeRelV relativeFrom="margin">
                 <wp14:pctHeight>0</wp14:pctHeight>
               </wp14:sizeRelV>
             </wp:anchor>
           </w:drawing>
         </mc:Choice>
-        <mc:Fallback>
+        <mc:Fallback xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
           <w:pict w14:anchorId="5E517FAD">
             <v:shapetype id="_x0000_t202" coordsize="21600,21600" o:spt="202" path="m,l,21600r21600,l21600,xe" w14:anchorId="5B7982AB">
               <v:stroke joinstyle="miter"/>
               <v:path gradientshapeok="t" o:connecttype="rect"/>
             </v:shapetype>
             <v:shape id="Textruta 6" style="position:absolute;margin-left:-13.6pt;margin-top:-5.15pt;width:367.65pt;height:170.1pt;z-index:251670529;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:margin;mso-height-relative:margin;v-text-anchor:top" o:spid="_x0000_s1027" filled="f" stroked="f" strokeweight=".5pt" type="#_x0000_t202" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQAHTpHSGQIAADQEAAAOAAAAZHJzL2Uyb0RvYy54bWysU11v2yAUfZ+0/4B4X+xkadZacaqsVaZJ&#10;UVspnfpMMMSWgMuAxM5+/S7Y+VC3p2l+wBfu5X6cc5jfd1qRg3C+AVPS8SinRBgOVWN2Jf3xuvp0&#10;S4kPzFRMgRElPQpP7xcfP8xbW4gJ1KAq4QgmMb5obUnrEGyRZZ7XQjM/AisMOiU4zQJu3S6rHGsx&#10;u1bZJM9nWQuusg648B5PH3snXaT8UgoenqX0IhBVUuwtpNWldRvXbDFnxc4xWzd8aIP9QxeaNQaL&#10;nlM9ssDI3jV/pNINd+BBhhEHnYGUDRdpBpxmnL+bZlMzK9IsCI63Z5j8/0vLnw4b++JI6L5ChwRG&#10;QFrrC4+HcZ5OOh3/2ClBP0J4PMMmukA4Hk5nszvkghKOvsl4luMX82SX69b58E2AJtEoqUNeElzs&#10;sPahDz2FxGoGVo1SiRtlSFvS2eebPF04ezC5Mljj0my0QrftSFNdDbKF6ojzOeip95avGuxhzXx4&#10;YQ65xr5Rv+EZF6kAa8FgUVKD+/W38xiPFKCXkha1U1L/c8+coER9N0jO3Xg6jWJLm+nNlwlu3LVn&#10;e+0xe/0AKM8xvhTLkxnjgzqZ0oF+Q5kvY1V0McOxdknDyXwIvaLxmXCxXKYglJdlYW02lsfUEdWI&#10;8Gv3xpwdaAjI4BOcVMaKd2z0sT0fy30A2SSqIs49qgP8KM1E9vCMovav9ynq8tgXvwEAAP//AwBQ&#10;SwMEFAAGAAgAAAAhAHdeiV3jAAAACwEAAA8AAABkcnMvZG93bnJldi54bWxMj8FOwzAMhu9IvENk&#10;JG5b0kywrjSdpkoTEoLDxi7c0sZrK5qkNNlWeHrMadxs+dPv78/Xk+3ZGcfQeacgmQtg6GpvOtco&#10;OLxvZymwELUzuvcOFXxjgHVxe5PrzPiL2+F5HxtGIS5kWkEb45BxHuoWrQ5zP6Cj29GPVkdax4ab&#10;UV8o3PZcCvHIre4cfWj1gGWL9ef+ZBW8lNs3vaukTX/68vn1uBm+Dh8PSt3fTZsnYBGneIXhT5/U&#10;oSCnyp+cCaxXMJNLSSgNiVgAI2Ip0gRYpWAhVyvgRc7/dyh+AQAA//8DAFBLAQItABQABgAIAAAA&#10;IQC2gziS/gAAAOEBAAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0A&#10;FAAGAAgAAAAhADj9If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAALwEAAF9yZWxzLy5yZWxzUEsBAi0A&#10;FAAGAAgAAAAhAAdOkdIZAgAANAQAAA4AAAAAAAAAAAAAAAAALgIAAGRycy9lMm9Eb2MueG1sUEsB&#10;Ai0AFAAGAAgAAAAhAHdeiV3jAAAACwEAAA8AAAAAAAAAAAAAAAAAcwQAAGRycy9kb3ducmV2Lnht&#10;bFBLBQYAAAAABAAEAPMAAACDBQAAAAA=&#10;">
               <v:textbox>
                 <w:txbxContent>
                   <w:p w:rsidR="00413A60" w:rsidRDefault="00413A60" w14:paraId="685B7E76" w14:textId="0A2CCBAA">
                     <w:pPr>
                       <w:ind w:left="0"/>
                     </w:pPr>
                     <w:r w:rsidRPr="00762EE0">
                       <w:rPr>
                         <w:sz w:val="20"/>
                         <w:szCs w:val="20"/>
                       </w:rPr>
                       <w:t>OBS! Utskriven version kan vara ogiltig. Verifiera innehållet</w:t>
                     </w:r>
                     <w:r w:rsidR="00367D19">
                       <w:rPr>
                         <w:sz w:val="20"/>
                         <w:szCs w:val="20"/>
                       </w:rPr>
                       <w:t>.</w:t>
                     </w:r>
                   </w:p>
                 </w:txbxContent>
               </v:textbox>
               <w10:wrap type="topAndBottom"/>
             </v:shape>
           </w:pict>
         </mc:Fallback>
       </mc:AlternateContent>
     </w:r>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="FFFFFF1D"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="FBCC56FC"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="0"/>
         </w:tabs>
         <w:ind w:left="0" w:firstLine="0"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
@@ -7699,96 +7402,94 @@
   <w:num w:numId="31" w16cid:durableId="2086756323">
     <w:abstractNumId w:val="13"/>
   </w:num>
   <w:num w:numId="32" w16cid:durableId="1315063816">
     <w:abstractNumId w:val="21"/>
   </w:num>
   <w:num w:numId="33" w16cid:durableId="1597127562">
     <w:abstractNumId w:val="10"/>
   </w:num>
   <w:num w:numId="34" w16cid:durableId="1107700665">
     <w:abstractNumId w:val="28"/>
   </w:num>
   <w:num w:numId="35" w16cid:durableId="1107038967">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="36" w16cid:durableId="802776902">
     <w:abstractNumId w:val="23"/>
   </w:num>
   <w:num w:numId="37" w16cid:durableId="1594775687">
     <w:abstractNumId w:val="16"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
-  <w:zoom w:percent="190"/>
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:removePersonalInformation/>
   <w:removeDateAndTime/>
   <w:embedSystemFonts/>
   <w:proofState w:spelling="clean" w:grammar="dirty"/>
   <w:stylePaneFormatFilter w:val="D804" w:allStyles="0" w:customStyles="0" w:latentStyles="1" w:stylesInUse="0" w:headingStyles="0" w:numberingStyles="0" w:tableStyles="0" w:directFormattingOnRuns="0" w:directFormattingOnParagraphs="0" w:directFormattingOnNumbering="0" w:directFormattingOnTables="1" w:clearFormatting="1" w:top3HeadingStyles="0" w:visibleStyles="1" w:alternateStyleNames="1"/>
   <w:trackRevisions w:val="false"/>
   <w:documentProtection w:formatting="1" w:enforcement="0"/>
   <w:styleLockTheme/>
   <w:styleLockQFSet/>
   <w:defaultTabStop w:val="1304"/>
   <w:hyphenationZone w:val="425"/>
   <w:displayHorizontalDrawingGridEvery w:val="0"/>
   <w:displayVerticalDrawingGridEvery w:val="0"/>
   <w:doNotUseMarginsForDrawingGridOrigin/>
   <w:noPunctuationKerning/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050" strokecolor="#4a773c">
       <v:stroke weight="1pt" color="#4a773c"/>
       <v:shadow opacity="24903f" offset="0,.55556mm" origin=",.5"/>
       <o:colormru v:ext="edit" colors="#4a773c"/>
     </o:shapedefaults>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
     <w:footnote w:id="1"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
     <w:endnote w:id="1"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00B75EDE"/>
-    <w:rsid w:val="00000000"/>
     <w:rsid w:val="000051D5"/>
     <w:rsid w:val="00006D2A"/>
     <w:rsid w:val="00010D47"/>
     <w:rsid w:val="00016CF0"/>
     <w:rsid w:val="00030DDD"/>
     <w:rsid w:val="000313BB"/>
     <w:rsid w:val="00033ED5"/>
     <w:rsid w:val="00050500"/>
     <w:rsid w:val="0005691C"/>
     <w:rsid w:val="00056ECB"/>
     <w:rsid w:val="00056ED5"/>
     <w:rsid w:val="00061969"/>
     <w:rsid w:val="000655CC"/>
     <w:rsid w:val="000700AE"/>
     <w:rsid w:val="00084024"/>
     <w:rsid w:val="0009062C"/>
     <w:rsid w:val="00095368"/>
     <w:rsid w:val="000954C4"/>
     <w:rsid w:val="000A611A"/>
     <w:rsid w:val="000B12D9"/>
     <w:rsid w:val="000B4536"/>
     <w:rsid w:val="000B7715"/>
     <w:rsid w:val="000E463B"/>
     <w:rsid w:val="000E5A7E"/>
     <w:rsid w:val="000F43A3"/>
@@ -7813,50 +7514,51 @@
     <w:rsid w:val="00166D3A"/>
     <w:rsid w:val="0017508E"/>
     <w:rsid w:val="00181FDC"/>
     <w:rsid w:val="00184167"/>
     <w:rsid w:val="001860B9"/>
     <w:rsid w:val="00186F2B"/>
     <w:rsid w:val="001874D6"/>
     <w:rsid w:val="0019632A"/>
     <w:rsid w:val="001A4E7C"/>
     <w:rsid w:val="001B762C"/>
     <w:rsid w:val="001C4D0A"/>
     <w:rsid w:val="001C5FEF"/>
     <w:rsid w:val="001E3789"/>
     <w:rsid w:val="00211487"/>
     <w:rsid w:val="00211D91"/>
     <w:rsid w:val="00217DEC"/>
     <w:rsid w:val="00235B57"/>
     <w:rsid w:val="00250F24"/>
     <w:rsid w:val="002523C5"/>
     <w:rsid w:val="0025380B"/>
     <w:rsid w:val="0025703A"/>
     <w:rsid w:val="00262F3D"/>
     <w:rsid w:val="00263281"/>
     <w:rsid w:val="002651D6"/>
     <w:rsid w:val="0026551F"/>
+    <w:rsid w:val="00265F5C"/>
     <w:rsid w:val="00270FA8"/>
     <w:rsid w:val="00280A85"/>
     <w:rsid w:val="00284119"/>
     <w:rsid w:val="00290B5C"/>
     <w:rsid w:val="00294791"/>
     <w:rsid w:val="002A1C4F"/>
     <w:rsid w:val="002A7450"/>
     <w:rsid w:val="002B0B30"/>
     <w:rsid w:val="002B0C78"/>
     <w:rsid w:val="002C0C02"/>
     <w:rsid w:val="002C1277"/>
     <w:rsid w:val="002C60AD"/>
     <w:rsid w:val="002D0E0E"/>
     <w:rsid w:val="002D6023"/>
     <w:rsid w:val="002E263F"/>
     <w:rsid w:val="002E6F81"/>
     <w:rsid w:val="002F08BA"/>
     <w:rsid w:val="002F2CFF"/>
     <w:rsid w:val="002F568B"/>
     <w:rsid w:val="002F7818"/>
     <w:rsid w:val="003066D0"/>
     <w:rsid w:val="00311401"/>
     <w:rsid w:val="003203D7"/>
     <w:rsid w:val="00320F86"/>
     <w:rsid w:val="00324171"/>
@@ -7920,50 +7622,51 @@
     <w:rsid w:val="00545F31"/>
     <w:rsid w:val="00551BCC"/>
     <w:rsid w:val="005578FA"/>
     <w:rsid w:val="00565129"/>
     <w:rsid w:val="00565CD0"/>
     <w:rsid w:val="00567820"/>
     <w:rsid w:val="0057277B"/>
     <w:rsid w:val="005770AD"/>
     <w:rsid w:val="00581414"/>
     <w:rsid w:val="00582490"/>
     <w:rsid w:val="00597E28"/>
     <w:rsid w:val="005A54ED"/>
     <w:rsid w:val="005A5D5B"/>
     <w:rsid w:val="005A6081"/>
     <w:rsid w:val="005A627D"/>
     <w:rsid w:val="005C0045"/>
     <w:rsid w:val="005C084E"/>
     <w:rsid w:val="005C4606"/>
     <w:rsid w:val="005D0B0C"/>
     <w:rsid w:val="005E02B3"/>
     <w:rsid w:val="005E1E24"/>
     <w:rsid w:val="005F0C40"/>
     <w:rsid w:val="0060596B"/>
     <w:rsid w:val="00606D97"/>
     <w:rsid w:val="00614E64"/>
+    <w:rsid w:val="00616D25"/>
     <w:rsid w:val="00617710"/>
     <w:rsid w:val="00617EE6"/>
     <w:rsid w:val="0062184C"/>
     <w:rsid w:val="00623724"/>
     <w:rsid w:val="00627BEA"/>
     <w:rsid w:val="006319DB"/>
     <w:rsid w:val="0065595B"/>
     <w:rsid w:val="00656DCD"/>
     <w:rsid w:val="00660269"/>
     <w:rsid w:val="00665F89"/>
     <w:rsid w:val="00673C92"/>
     <w:rsid w:val="006753EC"/>
     <w:rsid w:val="00685193"/>
     <w:rsid w:val="006A2789"/>
     <w:rsid w:val="006A4978"/>
     <w:rsid w:val="006A7261"/>
     <w:rsid w:val="006B0D29"/>
     <w:rsid w:val="006B1819"/>
     <w:rsid w:val="006C5048"/>
     <w:rsid w:val="006C6A4B"/>
     <w:rsid w:val="006C779F"/>
     <w:rsid w:val="006D01F5"/>
     <w:rsid w:val="006D0CFB"/>
     <w:rsid w:val="006D30C0"/>
     <w:rsid w:val="006D7535"/>
@@ -8202,155 +7905,158 @@
     <w:rsid w:val="00F35B05"/>
     <w:rsid w:val="00F413D9"/>
     <w:rsid w:val="00F5135F"/>
     <w:rsid w:val="00F51F78"/>
     <w:rsid w:val="00F86F47"/>
     <w:rsid w:val="00F90B64"/>
     <w:rsid w:val="00FB2F0F"/>
     <w:rsid w:val="00FB5086"/>
     <w:rsid w:val="00FB5411"/>
     <w:rsid w:val="00FB6392"/>
     <w:rsid w:val="00FC4F36"/>
     <w:rsid w:val="00FD3C70"/>
     <w:rsid w:val="00FD6820"/>
     <w:rsid w:val="00FE12D8"/>
     <w:rsid w:val="00FF7C02"/>
     <w:rsid w:val="01690EAE"/>
     <w:rsid w:val="024801E3"/>
     <w:rsid w:val="050133A5"/>
     <w:rsid w:val="06661A23"/>
     <w:rsid w:val="07769341"/>
     <w:rsid w:val="099D62EA"/>
     <w:rsid w:val="0A575AF2"/>
     <w:rsid w:val="0D5D677C"/>
     <w:rsid w:val="0E710ADD"/>
     <w:rsid w:val="0F415587"/>
+    <w:rsid w:val="11115BF0"/>
     <w:rsid w:val="11E70A42"/>
+    <w:rsid w:val="11EAB404"/>
     <w:rsid w:val="13132F84"/>
     <w:rsid w:val="14865BED"/>
     <w:rsid w:val="1EFCD2E1"/>
     <w:rsid w:val="24E26F32"/>
     <w:rsid w:val="274CD7E8"/>
     <w:rsid w:val="2A811AC4"/>
     <w:rsid w:val="2BF54F51"/>
     <w:rsid w:val="2E65B54D"/>
     <w:rsid w:val="30DD00E7"/>
     <w:rsid w:val="316FD292"/>
     <w:rsid w:val="35234BDA"/>
     <w:rsid w:val="3A3648BF"/>
     <w:rsid w:val="3AD873C2"/>
     <w:rsid w:val="3B468F62"/>
     <w:rsid w:val="3C6045DF"/>
     <w:rsid w:val="3E46BF7F"/>
     <w:rsid w:val="3E862AAB"/>
     <w:rsid w:val="3F60D6CB"/>
     <w:rsid w:val="3F7ABB3E"/>
     <w:rsid w:val="40135946"/>
     <w:rsid w:val="4304EF83"/>
     <w:rsid w:val="43FE706C"/>
     <w:rsid w:val="45CCF7B4"/>
     <w:rsid w:val="45FBAEF6"/>
     <w:rsid w:val="47642802"/>
     <w:rsid w:val="48D03D6E"/>
     <w:rsid w:val="4912FBC4"/>
     <w:rsid w:val="49983FD5"/>
     <w:rsid w:val="49FB91A0"/>
     <w:rsid w:val="4D5F6FB2"/>
     <w:rsid w:val="4EF1AC7B"/>
     <w:rsid w:val="529FFDEE"/>
     <w:rsid w:val="53C1F554"/>
     <w:rsid w:val="5645D036"/>
     <w:rsid w:val="592F05B2"/>
     <w:rsid w:val="5964642E"/>
     <w:rsid w:val="5A9A9095"/>
     <w:rsid w:val="5B349767"/>
     <w:rsid w:val="5BB6B6BA"/>
     <w:rsid w:val="5C529079"/>
     <w:rsid w:val="5EA6CEBD"/>
     <w:rsid w:val="61571185"/>
     <w:rsid w:val="647B2B65"/>
     <w:rsid w:val="654674D6"/>
     <w:rsid w:val="66E4F3D7"/>
     <w:rsid w:val="672A93EF"/>
+    <w:rsid w:val="681AD8D8"/>
     <w:rsid w:val="68A1C771"/>
     <w:rsid w:val="68B66D53"/>
     <w:rsid w:val="6AA8BAD7"/>
     <w:rsid w:val="6B15CA02"/>
     <w:rsid w:val="6B2CF8ED"/>
     <w:rsid w:val="6D3143E1"/>
     <w:rsid w:val="6F875935"/>
     <w:rsid w:val="70B5D58C"/>
     <w:rsid w:val="7136737D"/>
     <w:rsid w:val="728CE28F"/>
     <w:rsid w:val="743F3C50"/>
     <w:rsid w:val="7449E615"/>
     <w:rsid w:val="7497BC88"/>
     <w:rsid w:val="751D5DE1"/>
     <w:rsid w:val="771DAAD4"/>
     <w:rsid w:val="77F15400"/>
     <w:rsid w:val="78154C91"/>
     <w:rsid w:val="7BC5293C"/>
+    <w:rsid w:val="7D570D1B"/>
     <w:rsid w:val="7EB70C94"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
-  <w:themeFontLang w:val="sv-SE" w:eastAsia="ja-JP"/>
+  <w:themeFontLang w:val="sv-SE" w:eastAsia="ja-JP" w:bidi="ar-SA"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:doNotIncludeSubdocsInStats/>
   <w:doNotAutoCompressPictures/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050" strokecolor="#4a773c">
       <v:stroke weight="1pt" color="#4a773c"/>
       <v:shadow opacity="24903f" offset="0,.55556mm" origin=",.5"/>
       <o:colormru v:ext="edit" colors="#4a773c"/>
     </o:shapedefaults>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="2"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:doNotEmbedSmartTags/>
-  <w:decimalSymbol w:val=","/>
-  <w:listSeparator w:val=";"/>
+  <w:decimalSymbol w:val="."/>
+  <w:listSeparator w:val=","/>
   <w14:docId w14:val="1FE2B7EB"/>
   <w14:defaultImageDpi w14:val="330"/>
-  <w15:docId w15:val="{D504CD1C-465A-4916-BEAF-E596289C768C}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
         <w:lang w:val="sv-SE" w:eastAsia="sv-SE" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault/>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:uiPriority="3" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:uiPriority="3" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:locked="1" w:uiPriority="3" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:uiPriority="9" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:uiPriority="9" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:uiPriority="9" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:uiPriority="9" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:uiPriority="9" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="index 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
@@ -8845,50 +8551,51 @@
     <w:link w:val="Rubrik9Char"/>
     <w:uiPriority w:val="9"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:rsid w:val="009A32ED"/>
     <w:pPr>
       <w:keepNext/>
       <w:keepLines/>
       <w:spacing w:before="40" w:after="0"/>
       <w:ind w:left="0"/>
       <w:outlineLvl w:val="8"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
       <w:i/>
       <w:iCs/>
       <w:color w:val="272727" w:themeColor="text1" w:themeTint="D8"/>
       <w:sz w:val="21"/>
       <w:szCs w:val="21"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="Standardstycketeckensnitt" w:default="1">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
+    <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:styleId="Normaltabell" w:default="1">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:styleId="Ingenlista" w:default="1">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:styleId="Oformateradtabell1">
     <w:name w:val="Plain Table 1"/>
@@ -10840,51 +10547,51 @@
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00B97D4E"/>
     <w:rPr>
       <w:color w:val="9EA2A2" w:themeColor="followedHyperlink"/>
       <w:u w:val="single"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="Olstomnmnande">
     <w:name w:val="Unresolved Mention"/>
     <w:basedOn w:val="Standardstycketeckensnitt"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="007C2235"/>
     <w:rPr>
       <w:color w:val="605E5C"/>
       <w:shd w:val="clear" w:color="auto" w:fill="E1DFDD"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:divs>
     <w:div w:id="92089954">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
       <w:divsChild>
         <w:div w:id="1239096913">
           <w:marLeft w:val="0"/>
           <w:marRight w:val="0"/>
           <w:marTop w:val="0"/>
           <w:marBottom w:val="0"/>
           <w:divBdr>
             <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           </w:divBdr>
@@ -13142,51 +12849,51 @@
             <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           </w:divBdr>
         </w:div>
       </w:divsChild>
     </w:div>
     <w:div w:id="2130315028">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
   </w:divs>
   <w:relyOnVML/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
-<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mellanarkiv-offentlig.vgregion.se/alfresco/s/archive/stream/public/v1/source/available/SOFIA/SAS9642-738863596-222/SURROGATE/Anm%c3%a4lan%20om%20oro%20f%c3%b6r%20barn%20och%20unga%2c%20S%c3%84S.pdf" TargetMode="External" Id="rId13" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mellanarkiv-offentlig.vgregion.se/alfresco/s/archive/stream/public/v1/source/available/sofia/sas9642-738863596-55/surrogate" TargetMode="External" Id="rId18" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mellanarkiv-offentlig.vgregion.se/alfresco/s/archive/stream/public/v1/source/available/sofia/ssn12865-780821730-552/surrogate/Handl%c3%a4ggning%20vid%20akut%20omh%c3%a4ndertagande%20vid%20v%c3%a5ldt%c3%a4kt%20och%20sexuella%20%c3%b6vergrepp.pdf" TargetMode="External" Id="rId21" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml" Id="rId34" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mellanarkiv-offentlig.vgregion.se/alfresco/s/archive/stream/public/v1/source/available/sofia/sas9642-738863596-55/surrogate" TargetMode="External" Id="rId7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vgregion.se/orosanmalan" TargetMode="External" Id="rId12" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer3.xml" Id="rId33" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml" Id="rId2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml" Id="rId29" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml" Id="rId6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml" Id="rId32" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml" Id="rId5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.vgregion.se/orosanmalan" TargetMode="External" Id="rId23" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml" Id="rId31" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml" Id="rId4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://kunskapsbanken.nck.uu.se/nckkb/nck/publik/fil/visa/483/nck-handbok-nationellt-handlingsprogram-sexuella-overgrepp-2008-rev2010.pdf" TargetMode="External" Id="rId22" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml" Id="rId30" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml" Id="rId35" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mellanarkiv-offentlig.vgregion.se/alfresco/s/archive/stream/public/v1/source/available/sofia/ssn12865-780821730-237/surrogate/R%c3%a4ttsmedicinska%20fall%2c%20sp%c3%a5r-%20och%20godss%c3%a4kring.pdf" TargetMode="External" Id="R3a7d0b4f4721496c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mellanarkiv-offentlig.vgregion.se/alfresco/s/archive/stream/public/v1/source/available/sofia/sas9642-738863596-328/surrogate/Sexuella%20%c3%b6vergrepp%20-%20Akut%20handl%c3%a4ggning%20av%20flickor%20och%20pojkar%200-17%20%c3%a5r%2c%20S%c3%84S.pdf" TargetMode="External" Id="R9867de458e664f2a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mellanarkiv-offentlig.vgregion.se/alfresco/s/archive/stream/public/v1/source/available/sofia/ssn12865-780821730-552/surrogate/Handl%C3%A4ggning%20vid%20akut%20omh%C3%A4ndertagande%20vid%20v%C3%A5ldt%C3%A4kt%20och%20sexuella%20%C3%B6vergrepp.pdf" TargetMode="External" Id="R4ce6666bb7fa4b3f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://kunskapsbanken.nck.uu.se/nckkb/nck/publik/fil/visa/483/nck-handbok-nationellt-handlingsprogram-sexuella-overgrepp-2008-rev2010.pdf" TargetMode="External" Id="Rbc0c7c71e41f43f2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mellanarkiv-offentlig.vgregion.se/alfresco/s/archive/stream/public/v1/source/available/sofia/ssn12865-780821730-874/surrogate/K%C3%B6nsstympning%20av%20flickor%20och%20kvinnor.pdf" TargetMode="External" Id="R30b72fae3a6b4c65" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vgregion.se/contentassets/05b7435666e346fe891c301285ce55b3/regional-medicinsk-riktlinje---hedersrelaterat-vald-och-fortryck.pdf" TargetMode="External" Id="Rac6c31b84a2a477a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mellanarkiv-offentlig.vgregion.se/alfresco/s/archive/stream/public/v1/source/available/sofia/sas9642-738863596-68/surrogate/Buksm%c3%a4rtor%20hos%20barn%20och%20ungdomar%20(%e2%80%9dont%20i%20magen%e2%80%9d-utredning)%2c%20S%c3%84S.pdf" TargetMode="External" Id="Rda0b23968c9f49a8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mellanarkiv-offentlig.vgregion.se/alfresco/s/archive/stream/public/v1/source/available/sofia/ssn12865-780821730-237/surrogate/R%C3%A4ttsmedicinska%20fall%2c%20sp%C3%A5r-%20och%20godss%C3%A4kring.pdf" TargetMode="External" Id="Rbe06f7dce0e44375" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mellanarkiv-offentlig.vgregion.se/alfresco/s/archive/stream/public/v1/source/available/sofia/sas9642-738863596-328/surrogate/Sexuella%20%C3%B6vergrepp%20-%20Akut%20handl%C3%A4ggning%20av%20flickor%20och%20pojkar%200-17%20%C3%A5r%2c%20S%C3%84S.pdf" TargetMode="External" Id="Rd0e8de540f7f4fff" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insidan.vgregion.se/forvaltningar/sodra-alvsborgs-sjukhus/styrande-dokument" TargetMode="External" Id="R31a68545fde4496d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mellanarkiv-offentlig.vgregion.se/alfresco/s/archive/stream/public/v1/source/available/sofia/ssn12865-780821730-874/surrogate/K%C3%B6nsstympning%20av%20flickor%20och%20kvinnor.pdf" TargetMode="External" Id="Rc5b54471eb12450b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vgregion.se/contentassets/05b7435666e346fe891c301285ce55b3/regional-medicinsk-riktlinje---hedersrelaterat-vald-och-fortryck.pdf" TargetMode="External" Id="Rc03d0d12a6f7431f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mellanarkiv-offentlig.vgregion.se/alfresco/s/archive/stream/public/v1/source/available/sofia/sas9642-738863596-68/surrogate/Buksm%c3%a4rtor%20hos%20barn%20och%20ungdomar%20(%e2%80%9dont%20i%20magen%e2%80%9d-utredning)%2c%20S%c3%84S.pdf" TargetMode="External" Id="Rd4b475e0d1c5481a" /></Relationships>
+<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mellanarkiv-offentlig.vgregion.se/alfresco/s/archive/stream/public/v1/source/available/sofia/sas9642-738863596-328/surrogate/Sexuella%20%c3%b6vergrepp%20-%20Akut%20handl%c3%a4ggning%20av%20flickor%20och%20pojkar%200-17%20%c3%a5r%2c%20S%c3%84S.pdf" TargetMode="External" Id="rId13" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mellanarkiv-offentlig.vgregion.se/alfresco/s/archive/stream/public/v1/source/available/sofia/ssn12865-780821730-874/surrogate/K%C3%B6nsstympning%20av%20flickor%20och%20kvinnor.pdf" TargetMode="External" Id="rId18" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.vgregion.se/orosanmalan" TargetMode="External" Id="rId26" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mellanarkiv-offentlig.vgregion.se/alfresco/s/archive/stream/public/v1/source/available/sofia/sas9642-738863596-55/surrogate" TargetMode="External" Id="rId21" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml" Id="rId34" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml" Id="rId7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mellanarkiv-offentlig.vgregion.se/alfresco/s/archive/stream/public/v1/source/available/sofia/ssn12865-780821730-237/surrogate/R%c3%a4ttsmedicinska%20fall%2c%20sp%c3%a5r-%20och%20godss%c3%a4kring.pdf" TargetMode="External" Id="rId12" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mellanarkiv-offentlig.vgregion.se/alfresco/s/archive/stream/public/v1/source/available/SOFIA/SAS9642-738863596-222/SURROGATE/Anm%c3%a4lan%20om%20oro%20f%c3%b6r%20barn%20och%20unga%2c%20S%c3%84S.pdf" TargetMode="External" Id="rId17" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://kunskapsbanken.nck.uu.se/nckkb/nck/publik/fil/visa/483/nck-handbok-nationellt-handlingsprogram-sexuella-overgrepp-2008-rev2010.pdf" TargetMode="External" Id="rId25" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml" Id="rId33" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vgregion.se/orosanmalan" TargetMode="External" Id="rId16" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mellanarkiv-offentlig.vgregion.se/alfresco/s/archive/stream/public/v1/source/available/sofia/sas9642-738863596-68/surrogate/Buksm%c3%a4rtor%20hos%20barn%20och%20ungdomar%20(%e2%80%9dont%20i%20magen%e2%80%9d-utredning)%2c%20S%c3%84S.pdf" TargetMode="External" Id="rId20" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vgregion.se/contentassets/05b7435666e346fe891c301285ce55b3/regional-medicinsk-riktlinje---hedersrelaterat-vald-och-fortryck.pdf" TargetMode="External" Id="rId29" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml" Id="rId6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mellanarkiv-offentlig.vgregion.se/alfresco/s/archive/stream/public/v1/source/available/sofia/sas9642-738863596-55/surrogate" TargetMode="External" Id="rId11" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mellanarkiv-offentlig.vgregion.se/alfresco/s/archive/stream/public/v1/source/available/sofia/ssn12865-780821730-552/surrogate/Handl%c3%a4ggning%20vid%20akut%20omh%c3%a4ndertagande%20vid%20v%c3%a5ldt%c3%a4kt%20och%20sexuella%20%c3%b6vergrepp.pdf" TargetMode="External" Id="rId24" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml" Id="rId32" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml" Id="rId37" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml" Id="rId5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://kunskapsbanken.nck.uu.se/nckkb/nck/publik/fil/visa/483/nck-handbok-nationellt-handlingsprogram-sexuella-overgrepp-2008-rev2010.pdf" TargetMode="External" Id="rId15" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mellanarkiv-offentlig.vgregion.se/alfresco/s/archive/stream/public/v1/source/available/sofia/sas9642-738863596-328/surrogate/Sexuella%20%C3%B6vergrepp%20-%20Akut%20handl%C3%A4ggning%20av%20flickor%20och%20pojkar%200-17%20%C3%A5r%2c%20S%C3%84S.pdf" TargetMode="External" Id="rId23" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mellanarkiv-offentlig.vgregion.se/alfresco/s/archive/stream/public/v1/source/available/sofia/ssn12865-780821730-874/surrogate/K%C3%B6nsstympning%20av%20flickor%20och%20kvinnor.pdf" TargetMode="External" Id="rId28" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml" Id="rId36" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml" Id="rId10" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vgregion.se/contentassets/05b7435666e346fe891c301285ce55b3/regional-medicinsk-riktlinje---hedersrelaterat-vald-och-fortryck.pdf" TargetMode="External" Id="rId19" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml" Id="rId31" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml" Id="rId9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mellanarkiv-offentlig.vgregion.se/alfresco/s/archive/stream/public/v1/source/available/sofia/ssn12865-780821730-552/surrogate/Handl%C3%A4ggning%20vid%20akut%20omh%C3%A4ndertagande%20vid%20v%C3%A5ldt%C3%A4kt%20och%20sexuella%20%C3%B6vergrepp.pdf" TargetMode="External" Id="rId14" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mellanarkiv-offentlig.vgregion.se/alfresco/s/archive/stream/public/v1/source/available/sofia/ssn12865-780821730-237/surrogate/R%C3%A4ttsmedicinska%20fall%2c%20sp%C3%A5r-%20och%20godss%C3%A4kring.pdf" TargetMode="External" Id="rId22" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insidan.vgregion.se/forvaltningar/sodra-alvsborgs-sjukhus/styrande-dokument" TargetMode="External" Id="rId27" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mellanarkiv-offentlig.vgregion.se/alfresco/s/archive/stream/public/v1/source/available/sofia/sas9642-738863596-68/surrogate/Buksm%c3%a4rtor%20hos%20barn%20och%20ungdomar%20(%e2%80%9dont%20i%20magen%e2%80%9d-utredning)%2c%20S%c3%84S.pdf" TargetMode="External" Id="rId30" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer3.xml" Id="rId35" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml" Id="rId8" /></Relationships>
 </file>
 
 <file path=word/_rels/footer3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.svg"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office-tema">
   <a:themeElements>
     <a:clrScheme name="VG">
       <a:dk1>
         <a:srgbClr val="000000"/>
       </a:dk1>
       <a:lt1>
         <a:srgbClr val="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="000000"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="808080"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="006298"/>
       </a:accent1>
@@ -13491,31 +13198,31 @@
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <ap:Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:ap="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <ap:Template>Normal.dotm</ap:Template>
   <ap:Application>Microsoft Word for the web</ap:Application>
   <ap:DocSecurity>0</ap:DocSecurity>
   <ap:ScaleCrop>false</ap:ScaleCrop>
   <ap:Manager/>
   <ap:Company/>
   <ap:SharedDoc>false</ap:SharedDoc>
   <ap:HyperlinkBase/>
   <ap:HyperlinksChanged>false</ap:HyperlinksChanged>
   <ap:AppVersion>16.0000</ap:AppVersion>
   <ap:LinksUpToDate>false</ap:LinksUpToDate>
 </ap:Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <coreProperties xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns="http://schemas.openxmlformats.org/package/2006/metadata/core-properties">
   <dc:title>Gynekologiska åkommor hos flickor och kvinnor under 18 år, SÄS</dc:title>
   <dc:subject/>
   <dc:creator/>
   <keywords/>
-  <lastModifiedBy>Magdalena Minin</lastModifiedBy>
-  <revision>2</revision>
+  <lastModifiedBy>Madeleine Wahlgren</lastModifiedBy>
+  <revision>3</revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </coreProperties>
 </file>