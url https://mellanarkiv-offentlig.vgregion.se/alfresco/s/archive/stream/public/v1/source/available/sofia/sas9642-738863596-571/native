--- v0 (2025-11-26)
+++ v1 (2026-03-12)
@@ -6,167 +6,205 @@
   <Default Extension="wmf" ContentType="image/x-wmf"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/footer2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/header2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer3.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml" Id="rId2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml" Id="rId1" /></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
-    <w:p w14:paraId="7EF35EE8" w14:textId="5522383D" w:rsidR="003F0D25" w:rsidRDefault="003F0D25" w:rsidP="003F0D25">
-[...1 lines deleted...]
-        <w:pStyle w:val="Rubrik1"/>
+    <w:p w14:paraId="115E7FFB" w14:textId="77777777" w:rsidR="00642632" w:rsidRDefault="00642632" w:rsidP="00971B18">
+      <w:pPr>
+        <w:pStyle w:val="Rubrik2"/>
+        <w:spacing w:before="120"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="MS Gothic" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+          <w:color w:val="auto"/>
+          <w:kern w:val="32"/>
+          <w:sz w:val="48"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
       </w:pPr>
       <w:bookmarkStart w:id="0" w:name="_Toc321146591"/>
-      <w:r>
-[...6 lines deleted...]
-        <w:t>smittspårning vid misstänkt och bekräftad sjukdom på SÄS</w:t>
+    </w:p>
+    <w:p w14:paraId="1EAED022" w14:textId="77777777" w:rsidR="00642632" w:rsidRDefault="00642632" w:rsidP="00971B18">
+      <w:pPr>
+        <w:pStyle w:val="Rubrik2"/>
+        <w:spacing w:before="120"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="MS Gothic" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+          <w:color w:val="auto"/>
+          <w:kern w:val="32"/>
+          <w:sz w:val="48"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="701FF170" w14:textId="77777777" w:rsidR="00642632" w:rsidRDefault="00642632" w:rsidP="00971B18">
+      <w:pPr>
+        <w:pStyle w:val="Rubrik2"/>
+        <w:spacing w:before="120"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="MS Gothic" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+          <w:color w:val="auto"/>
+          <w:kern w:val="32"/>
+          <w:sz w:val="48"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="670F683E" w14:textId="33737A19" w:rsidR="007630F2" w:rsidRDefault="007630F2" w:rsidP="00971B18">
+      <w:pPr>
+        <w:pStyle w:val="Rubrik2"/>
+        <w:spacing w:before="120"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="MS Gothic" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+          <w:color w:val="auto"/>
+          <w:kern w:val="32"/>
+          <w:sz w:val="48"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007630F2">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="MS Gothic" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+          <w:color w:val="auto"/>
+          <w:kern w:val="32"/>
+          <w:sz w:val="48"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t>Vattkoppor, rapportblad vid misstänkt eller konstaterad smitta, SÄS</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="598CE04B" w14:textId="6E5826E2" w:rsidR="003F0D25" w:rsidRPr="00A64E73" w:rsidRDefault="003F0D25" w:rsidP="00971B18">
+    <w:p w14:paraId="598CE04B" w14:textId="62E42FEC" w:rsidR="003F0D25" w:rsidRPr="00A64E73" w:rsidRDefault="003F0D25" w:rsidP="00971B18">
       <w:pPr>
         <w:pStyle w:val="Rubrik2"/>
         <w:spacing w:before="120"/>
       </w:pPr>
       <w:r w:rsidRPr="00A64E73">
         <w:t>Sammanfattning</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="0C857A63" w14:textId="1BBC66F4" w:rsidR="003F0D25" w:rsidRDefault="001D6FD9" w:rsidP="004E5FAE">
-      <w:r w:rsidRPr="004E5FAE">
+      <w:r>
         <w:t xml:space="preserve">Rapportblad för </w:t>
       </w:r>
-      <w:r w:rsidR="00202DA8" w:rsidRPr="004E5FAE">
+      <w:r w:rsidR="00202DA8">
         <w:t>smittspårning av personal och patienter/</w:t>
       </w:r>
-      <w:r w:rsidR="00A42E2C" w:rsidRPr="004E5FAE">
+      <w:r w:rsidR="00A42E2C">
         <w:t>närstående</w:t>
       </w:r>
-      <w:r w:rsidR="00202DA8" w:rsidRPr="004E5FAE">
+      <w:r w:rsidR="00202DA8">
         <w:t xml:space="preserve"> vid misstän</w:t>
       </w:r>
-      <w:r w:rsidR="00B82538" w:rsidRPr="004E5FAE">
+      <w:r w:rsidR="00B82538">
         <w:t>kt eller bekräftad exponering för v</w:t>
       </w:r>
-      <w:r w:rsidR="00F27487" w:rsidRPr="004E5FAE">
+      <w:r w:rsidR="00F27487">
         <w:t>attkoppor</w:t>
       </w:r>
-      <w:r w:rsidR="00B82538" w:rsidRPr="004E5FAE">
+      <w:r w:rsidR="00B82538">
         <w:t xml:space="preserve">. Rapportbladen ingår som bilaga 2 till rutinen </w:t>
       </w:r>
-      <w:hyperlink r:id="rId12" w:history="1">
-        <w:r w:rsidR="00B82538" w:rsidRPr="004E5FAE">
+      <w:hyperlink r:id="rId12">
+        <w:r w:rsidR="00B82538">
           <w:t>Vattkoppor eller generaliserad herpes zoster (bältros) - vårdhygieniska rutiner, SÄS</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidR="00B82538">
         <w:t>).</w:t>
-      </w:r>
-[...14 lines deleted...]
-        <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="219C6852" w14:textId="554AC880" w:rsidR="00A1652C" w:rsidRDefault="00A1652C" w:rsidP="00A1652C">
       <w:pPr>
         <w:pStyle w:val="Rubrik2"/>
       </w:pPr>
       <w:r>
         <w:t>Genomförande</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="77B4D2F8" w14:textId="77777777" w:rsidR="003F0D25" w:rsidRDefault="003F0D25" w:rsidP="004E5FAE">
       <w:pPr>
         <w:spacing w:after="80"/>
       </w:pPr>
       <w:r>
         <w:t>Vid känd eller misstänkt vattkoppsmitta på enhet inom sjukhuset, utförs smittspårning enligt följande:</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="6F0E7E55" w14:textId="65AD2380" w:rsidR="003F0D25" w:rsidRDefault="003F0D25" w:rsidP="00EE56F8">
       <w:pPr>
         <w:pStyle w:val="Liststycke"/>
       </w:pPr>
       <w:r>
         <w:t>Upprätta listor över alla exponerade patienter och personal så snart som möjligt.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="2D9C45D7" w14:textId="6E10B606" w:rsidR="003F0D25" w:rsidRDefault="003F0D25" w:rsidP="00EE56F8">
       <w:pPr>
         <w:pStyle w:val="Liststycke"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Exponering för vattkoppsvirus innebär att ha vistats i samma lokal – vårdrum, korridor eller väntrum - samtidigt som, eller inom 2 timmar efter, indexpatienten. </w:t>
       </w:r>
       <w:r w:rsidR="00643788">
         <w:t>Individer</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> med flyktig, kortvarig kontakt till exempel passage genom väntrum eller korridor behöver inte listas.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="552F4A48" w14:textId="7D356CF2" w:rsidR="003F0D25" w:rsidRDefault="003F0D25" w:rsidP="00EE56F8">
+    <w:p w14:paraId="552F4A48" w14:textId="14C12E6E" w:rsidR="003F0D25" w:rsidRDefault="003F0D25" w:rsidP="00EE56F8">
       <w:pPr>
         <w:pStyle w:val="Liststycke"/>
       </w:pPr>
       <w:r>
-        <w:t>Kontakta de exponerade individerna på listorna. Efterfråga om de är immuna (det vill säga har haft vattkoppssjukdom), är gravida eller har nedsatt immunförsvar på grund av allvarlig sjukdom eller behandling (till exempel cellgifter).</w:t>
+        <w:t>Kontakta de exponerade individerna på listorna. Efterfråga om de är immuna (det vill säga har haft vattkopp</w:t>
+      </w:r>
+      <w:r w:rsidR="3FBDB7C3">
+        <w:t>or, alternativt är vaccinerade med två doser vattkoppsvaccin vilket ger gott skydd</w:t>
+      </w:r>
+      <w:r>
+        <w:t>), är gravida eller har nedsatt immunförsvar på grund av allvarlig sjukdom eller behandling (till exempel cellgifter).</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="7A19D2A3" w14:textId="00F1BD9A" w:rsidR="003F0D25" w:rsidRDefault="003F0D25" w:rsidP="00EE56F8">
       <w:pPr>
         <w:pStyle w:val="Liststycke"/>
       </w:pPr>
       <w:r>
         <w:t>För vidare åtgärder</w:t>
       </w:r>
       <w:r w:rsidR="179A1885">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:t>- se respektive lista för personal och patienter.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="49F7D836" w14:textId="60D89AB6" w:rsidR="003F0D25" w:rsidRDefault="003F0D25" w:rsidP="00543A58">
       <w:pPr>
         <w:pStyle w:val="Liststycke"/>
       </w:pPr>
       <w:r>
         <w:t>Informera Vårdhygien (anknytning 2904) om att smittspridning kan ha skett. På kväll/helg kontaktas Vårdhygien nästkommande vardag.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="2D154244" w14:textId="77777777" w:rsidR="003F0D25" w:rsidRPr="00B54D6F" w:rsidRDefault="003F0D25" w:rsidP="00B54D6F">
@@ -755,155 +793,155 @@
             <w:r w:rsidRPr="0036676A">
               <w:rPr>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Kryss1"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:bookmarkStart w:id="2" w:name="Kryss1"/>
             <w:r w:rsidRPr="0036676A">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="003D55EE">
-[...4 lines deleted...]
-            <w:r w:rsidR="003D55EE">
+            <w:r w:rsidRPr="0036676A">
+              <w:rPr>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="0036676A">
               <w:rPr>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="0036676A">
               <w:rPr>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:bookmarkEnd w:id="2"/>
             <w:r w:rsidRPr="0036676A">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">   Nej </w:t>
             </w:r>
             <w:r w:rsidRPr="0036676A">
               <w:rPr>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Kryss1"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="0036676A">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="003D55EE">
-[...4 lines deleted...]
-            <w:r w:rsidR="003D55EE">
+            <w:r w:rsidRPr="0036676A">
+              <w:rPr>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="0036676A">
               <w:rPr>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="0036676A">
               <w:rPr>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r w:rsidR="004443ED" w:rsidRPr="0036676A">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">   Vet ej </w:t>
             </w:r>
             <w:r w:rsidR="004443ED" w:rsidRPr="0036676A">
               <w:rPr>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Kryss1"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidR="004443ED" w:rsidRPr="0036676A">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="003D55EE">
-[...4 lines deleted...]
-            <w:r w:rsidR="003D55EE">
+            <w:r w:rsidR="004443ED" w:rsidRPr="0036676A">
+              <w:rPr>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidR="004443ED" w:rsidRPr="0036676A">
               <w:rPr>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidR="004443ED" w:rsidRPr="0036676A">
               <w:rPr>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4111" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="2320D2A7" w14:textId="7CAA0EAE" w:rsidR="001947B6" w:rsidRDefault="005B3D14" w:rsidP="0036676A">
             <w:pPr>
               <w:pStyle w:val="Tabelltext"/>
             </w:pPr>
             <w:r w:rsidRPr="00C82676">
               <w:rPr>
                 <w:szCs w:val="20"/>
@@ -1308,154 +1346,154 @@
             </w:r>
             <w:r w:rsidRPr="0036676A">
               <w:rPr>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Kryss1"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="0036676A">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="003D55EE">
-[...4 lines deleted...]
-            <w:r w:rsidR="003D55EE">
+            <w:r w:rsidRPr="0036676A">
+              <w:rPr>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="0036676A">
               <w:rPr>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="0036676A">
               <w:rPr>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r w:rsidRPr="0036676A">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">   Nej </w:t>
             </w:r>
             <w:r w:rsidRPr="0036676A">
               <w:rPr>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Kryss1"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="0036676A">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="003D55EE">
-[...4 lines deleted...]
-            <w:r w:rsidR="003D55EE">
+            <w:r w:rsidRPr="0036676A">
+              <w:rPr>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="0036676A">
               <w:rPr>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="0036676A">
               <w:rPr>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r w:rsidR="004443ED" w:rsidRPr="0036676A">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">   Vet ej </w:t>
             </w:r>
             <w:r w:rsidR="004443ED" w:rsidRPr="0036676A">
               <w:rPr>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Kryss1"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidR="004443ED" w:rsidRPr="0036676A">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="003D55EE">
-[...4 lines deleted...]
-            <w:r w:rsidR="003D55EE">
+            <w:r w:rsidR="004443ED" w:rsidRPr="0036676A">
+              <w:rPr>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidR="004443ED" w:rsidRPr="0036676A">
               <w:rPr>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidR="004443ED" w:rsidRPr="0036676A">
               <w:rPr>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4111" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="7133A219" w14:textId="54F9058E" w:rsidR="001947B6" w:rsidRDefault="005B3D14" w:rsidP="001947B6">
             <w:pPr>
               <w:pStyle w:val="Tabelltext"/>
             </w:pPr>
             <w:r w:rsidRPr="00C82676">
               <w:rPr>
                 <w:szCs w:val="20"/>
@@ -1865,154 +1903,154 @@
             </w:r>
             <w:r w:rsidRPr="0036676A">
               <w:rPr>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Kryss1"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="0036676A">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="003D55EE">
-[...4 lines deleted...]
-            <w:r w:rsidR="003D55EE">
+            <w:r w:rsidRPr="0036676A">
+              <w:rPr>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="0036676A">
               <w:rPr>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="0036676A">
               <w:rPr>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r w:rsidRPr="0036676A">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">   Nej </w:t>
             </w:r>
             <w:r w:rsidRPr="0036676A">
               <w:rPr>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Kryss1"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="0036676A">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="003D55EE">
-[...4 lines deleted...]
-            <w:r w:rsidR="003D55EE">
+            <w:r w:rsidRPr="0036676A">
+              <w:rPr>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="0036676A">
               <w:rPr>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="0036676A">
               <w:rPr>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r w:rsidR="004443ED" w:rsidRPr="0036676A">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">   Vet ej </w:t>
             </w:r>
             <w:r w:rsidR="004443ED" w:rsidRPr="0036676A">
               <w:rPr>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Kryss1"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidR="004443ED" w:rsidRPr="0036676A">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="003D55EE">
-[...4 lines deleted...]
-            <w:r w:rsidR="003D55EE">
+            <w:r w:rsidR="004443ED" w:rsidRPr="0036676A">
+              <w:rPr>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidR="004443ED" w:rsidRPr="0036676A">
               <w:rPr>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidR="004443ED" w:rsidRPr="0036676A">
               <w:rPr>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4111" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="3CFECBFE" w14:textId="7056F5B8" w:rsidR="001947B6" w:rsidRDefault="005B3D14" w:rsidP="001947B6">
             <w:pPr>
               <w:pStyle w:val="Tabelltext"/>
             </w:pPr>
             <w:r w:rsidRPr="00C82676">
               <w:rPr>
                 <w:szCs w:val="20"/>
@@ -2422,154 +2460,154 @@
             </w:r>
             <w:r w:rsidRPr="0036676A">
               <w:rPr>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Kryss1"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="0036676A">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="003D55EE">
-[...4 lines deleted...]
-            <w:r w:rsidR="003D55EE">
+            <w:r w:rsidRPr="0036676A">
+              <w:rPr>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="0036676A">
               <w:rPr>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="0036676A">
               <w:rPr>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r w:rsidRPr="0036676A">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">   Nej </w:t>
             </w:r>
             <w:r w:rsidRPr="0036676A">
               <w:rPr>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Kryss1"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="0036676A">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="003D55EE">
-[...4 lines deleted...]
-            <w:r w:rsidR="003D55EE">
+            <w:r w:rsidRPr="0036676A">
+              <w:rPr>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="0036676A">
               <w:rPr>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="0036676A">
               <w:rPr>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r w:rsidR="004443ED" w:rsidRPr="0036676A">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">   Vet ej </w:t>
             </w:r>
             <w:r w:rsidR="004443ED" w:rsidRPr="0036676A">
               <w:rPr>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Kryss1"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidR="004443ED" w:rsidRPr="0036676A">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="003D55EE">
-[...4 lines deleted...]
-            <w:r w:rsidR="003D55EE">
+            <w:r w:rsidR="004443ED" w:rsidRPr="0036676A">
+              <w:rPr>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidR="004443ED" w:rsidRPr="0036676A">
               <w:rPr>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidR="004443ED" w:rsidRPr="0036676A">
               <w:rPr>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4111" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="7B8097FD" w14:textId="531D8B94" w:rsidR="001947B6" w:rsidRDefault="005B3D14" w:rsidP="001947B6">
             <w:pPr>
               <w:pStyle w:val="Tabelltext"/>
             </w:pPr>
             <w:r w:rsidRPr="00C82676">
               <w:rPr>
                 <w:szCs w:val="20"/>
@@ -2979,154 +3017,154 @@
             </w:r>
             <w:r w:rsidRPr="0036676A">
               <w:rPr>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Kryss1"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="0036676A">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="003D55EE">
-[...4 lines deleted...]
-            <w:r w:rsidR="003D55EE">
+            <w:r w:rsidRPr="0036676A">
+              <w:rPr>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="0036676A">
               <w:rPr>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="0036676A">
               <w:rPr>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r w:rsidRPr="0036676A">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">   Nej </w:t>
             </w:r>
             <w:r w:rsidRPr="0036676A">
               <w:rPr>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Kryss1"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="0036676A">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="003D55EE">
-[...4 lines deleted...]
-            <w:r w:rsidR="003D55EE">
+            <w:r w:rsidRPr="0036676A">
+              <w:rPr>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="0036676A">
               <w:rPr>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="0036676A">
               <w:rPr>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r w:rsidR="004443ED" w:rsidRPr="0036676A">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">   Vet ej </w:t>
             </w:r>
             <w:r w:rsidR="004443ED" w:rsidRPr="0036676A">
               <w:rPr>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Kryss1"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidR="004443ED" w:rsidRPr="0036676A">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="003D55EE">
-[...4 lines deleted...]
-            <w:r w:rsidR="003D55EE">
+            <w:r w:rsidR="004443ED" w:rsidRPr="0036676A">
+              <w:rPr>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidR="004443ED" w:rsidRPr="0036676A">
               <w:rPr>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidR="004443ED" w:rsidRPr="0036676A">
               <w:rPr>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4111" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="44F66B23" w14:textId="2F8090CC" w:rsidR="001947B6" w:rsidRDefault="005B3D14" w:rsidP="001947B6">
             <w:pPr>
               <w:pStyle w:val="Tabelltext"/>
             </w:pPr>
             <w:r w:rsidRPr="00C82676">
               <w:rPr>
                 <w:szCs w:val="20"/>
@@ -3533,154 +3571,154 @@
             </w:r>
             <w:r w:rsidRPr="0036676A">
               <w:rPr>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Kryss1"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="0036676A">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="003D55EE">
-[...4 lines deleted...]
-            <w:r w:rsidR="003D55EE">
+            <w:r w:rsidRPr="0036676A">
+              <w:rPr>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="0036676A">
               <w:rPr>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="0036676A">
               <w:rPr>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r w:rsidRPr="0036676A">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">   Nej </w:t>
             </w:r>
             <w:r w:rsidRPr="0036676A">
               <w:rPr>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Kryss1"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="0036676A">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="003D55EE">
-[...4 lines deleted...]
-            <w:r w:rsidR="003D55EE">
+            <w:r w:rsidRPr="0036676A">
+              <w:rPr>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="0036676A">
               <w:rPr>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="0036676A">
               <w:rPr>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r w:rsidR="004443ED" w:rsidRPr="0036676A">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">   Vet ej </w:t>
             </w:r>
             <w:r w:rsidR="004443ED" w:rsidRPr="0036676A">
               <w:rPr>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Kryss1"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidR="004443ED" w:rsidRPr="0036676A">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="003D55EE">
-[...4 lines deleted...]
-            <w:r w:rsidR="003D55EE">
+            <w:r w:rsidR="004443ED" w:rsidRPr="0036676A">
+              <w:rPr>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidR="004443ED" w:rsidRPr="0036676A">
               <w:rPr>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidR="004443ED" w:rsidRPr="0036676A">
               <w:rPr>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4111" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="5F882502" w14:textId="723FA864" w:rsidR="001947B6" w:rsidRDefault="005B3D14" w:rsidP="001947B6">
             <w:pPr>
               <w:pStyle w:val="Tabelltext"/>
             </w:pPr>
             <w:r w:rsidRPr="00C82676">
               <w:rPr>
                 <w:szCs w:val="20"/>
@@ -4087,154 +4125,154 @@
             </w:r>
             <w:r w:rsidRPr="0036676A">
               <w:rPr>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Kryss1"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="0036676A">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="003D55EE">
-[...4 lines deleted...]
-            <w:r w:rsidR="003D55EE">
+            <w:r w:rsidRPr="0036676A">
+              <w:rPr>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="0036676A">
               <w:rPr>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="0036676A">
               <w:rPr>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r w:rsidRPr="0036676A">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">   Nej </w:t>
             </w:r>
             <w:r w:rsidRPr="0036676A">
               <w:rPr>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Kryss1"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="0036676A">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="003D55EE">
-[...4 lines deleted...]
-            <w:r w:rsidR="003D55EE">
+            <w:r w:rsidRPr="0036676A">
+              <w:rPr>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="0036676A">
               <w:rPr>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="0036676A">
               <w:rPr>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r w:rsidR="004443ED" w:rsidRPr="0036676A">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">   Vet ej </w:t>
             </w:r>
             <w:r w:rsidR="004443ED" w:rsidRPr="0036676A">
               <w:rPr>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Kryss1"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidR="004443ED" w:rsidRPr="0036676A">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="003D55EE">
-[...4 lines deleted...]
-            <w:r w:rsidR="003D55EE">
+            <w:r w:rsidR="004443ED" w:rsidRPr="0036676A">
+              <w:rPr>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidR="004443ED" w:rsidRPr="0036676A">
               <w:rPr>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidR="004443ED" w:rsidRPr="0036676A">
               <w:rPr>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4111" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="6C518104" w14:textId="0F2BECB5" w:rsidR="001947B6" w:rsidRDefault="005B3D14" w:rsidP="001947B6">
             <w:pPr>
               <w:pStyle w:val="Tabelltext"/>
             </w:pPr>
             <w:r w:rsidRPr="00C82676">
               <w:rPr>
                 <w:szCs w:val="20"/>
@@ -4641,154 +4679,154 @@
             </w:r>
             <w:r w:rsidRPr="0036676A">
               <w:rPr>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Kryss1"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="0036676A">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="003D55EE">
-[...4 lines deleted...]
-            <w:r w:rsidR="003D55EE">
+            <w:r w:rsidRPr="0036676A">
+              <w:rPr>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="0036676A">
               <w:rPr>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="0036676A">
               <w:rPr>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r w:rsidRPr="0036676A">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">   Nej </w:t>
             </w:r>
             <w:r w:rsidRPr="0036676A">
               <w:rPr>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Kryss1"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="0036676A">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="003D55EE">
-[...4 lines deleted...]
-            <w:r w:rsidR="003D55EE">
+            <w:r w:rsidRPr="0036676A">
+              <w:rPr>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="0036676A">
               <w:rPr>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="0036676A">
               <w:rPr>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r w:rsidR="004443ED" w:rsidRPr="0036676A">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">   Vet ej </w:t>
             </w:r>
             <w:r w:rsidR="004443ED" w:rsidRPr="0036676A">
               <w:rPr>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Kryss1"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidR="004443ED" w:rsidRPr="0036676A">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="003D55EE">
-[...4 lines deleted...]
-            <w:r w:rsidR="003D55EE">
+            <w:r w:rsidR="004443ED" w:rsidRPr="0036676A">
+              <w:rPr>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidR="004443ED" w:rsidRPr="0036676A">
               <w:rPr>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidR="004443ED" w:rsidRPr="0036676A">
               <w:rPr>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4111" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="01A68642" w14:textId="23249048" w:rsidR="001947B6" w:rsidRDefault="005B3D14" w:rsidP="001947B6">
             <w:pPr>
               <w:pStyle w:val="Tabelltext"/>
             </w:pPr>
             <w:r w:rsidRPr="00C82676">
               <w:rPr>
                 <w:szCs w:val="20"/>
@@ -5195,154 +5233,154 @@
             </w:r>
             <w:r w:rsidRPr="0036676A">
               <w:rPr>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Kryss1"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="0036676A">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="003D55EE">
-[...4 lines deleted...]
-            <w:r w:rsidR="003D55EE">
+            <w:r w:rsidRPr="0036676A">
+              <w:rPr>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="0036676A">
               <w:rPr>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="0036676A">
               <w:rPr>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r w:rsidRPr="0036676A">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">   Nej </w:t>
             </w:r>
             <w:r w:rsidRPr="0036676A">
               <w:rPr>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Kryss1"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="0036676A">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="003D55EE">
-[...4 lines deleted...]
-            <w:r w:rsidR="003D55EE">
+            <w:r w:rsidRPr="0036676A">
+              <w:rPr>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="0036676A">
               <w:rPr>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="0036676A">
               <w:rPr>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r w:rsidR="004443ED" w:rsidRPr="0036676A">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">   Vet ej </w:t>
             </w:r>
             <w:r w:rsidR="004443ED" w:rsidRPr="0036676A">
               <w:rPr>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Kryss1"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidR="004443ED" w:rsidRPr="0036676A">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="003D55EE">
-[...4 lines deleted...]
-            <w:r w:rsidR="003D55EE">
+            <w:r w:rsidR="004443ED" w:rsidRPr="0036676A">
+              <w:rPr>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidR="004443ED" w:rsidRPr="0036676A">
               <w:rPr>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidR="004443ED" w:rsidRPr="0036676A">
               <w:rPr>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4111" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="21D9ABEE" w14:textId="4CBFDA4B" w:rsidR="001947B6" w:rsidRDefault="005B3D14" w:rsidP="001947B6">
             <w:pPr>
               <w:pStyle w:val="Tabelltext"/>
             </w:pPr>
             <w:r w:rsidRPr="00C82676">
               <w:rPr>
                 <w:szCs w:val="20"/>
@@ -5749,154 +5787,154 @@
             </w:r>
             <w:r w:rsidRPr="0036676A">
               <w:rPr>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Kryss1"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="0036676A">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="003D55EE">
-[...4 lines deleted...]
-            <w:r w:rsidR="003D55EE">
+            <w:r w:rsidRPr="0036676A">
+              <w:rPr>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="0036676A">
               <w:rPr>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="0036676A">
               <w:rPr>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r w:rsidRPr="0036676A">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">   Nej </w:t>
             </w:r>
             <w:r w:rsidRPr="0036676A">
               <w:rPr>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Kryss1"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="0036676A">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="003D55EE">
-[...4 lines deleted...]
-            <w:r w:rsidR="003D55EE">
+            <w:r w:rsidRPr="0036676A">
+              <w:rPr>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="0036676A">
               <w:rPr>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="0036676A">
               <w:rPr>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r w:rsidR="004443ED" w:rsidRPr="0036676A">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">   Vet ej </w:t>
             </w:r>
             <w:r w:rsidR="004443ED" w:rsidRPr="0036676A">
               <w:rPr>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Kryss1"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidR="004443ED" w:rsidRPr="0036676A">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="003D55EE">
-[...4 lines deleted...]
-            <w:r w:rsidR="003D55EE">
+            <w:r w:rsidR="004443ED" w:rsidRPr="0036676A">
+              <w:rPr>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidR="004443ED" w:rsidRPr="0036676A">
               <w:rPr>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidR="004443ED" w:rsidRPr="0036676A">
               <w:rPr>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4111" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="44D3D868" w14:textId="77265BAA" w:rsidR="001947B6" w:rsidRDefault="005B3D14" w:rsidP="001947B6">
             <w:pPr>
               <w:pStyle w:val="Tabelltext"/>
             </w:pPr>
             <w:r w:rsidRPr="00C82676">
               <w:rPr>
                 <w:szCs w:val="20"/>
@@ -5964,101 +6002,105 @@
                 <w:noProof/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="00C82676">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:noProof/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="00C82676">
               <w:rPr>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="49BB3FF7" w14:textId="59798E42" w:rsidR="003F0D25" w:rsidRDefault="003F0D25" w:rsidP="00753D74">
-[...3 lines deleted...]
-      <w:r>
+    <w:p w14:paraId="49BB3FF7" w14:textId="59798E42" w:rsidR="003F0D25" w:rsidRDefault="003F0D25" w:rsidP="18AB3B01">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+      </w:pPr>
+      <w:r w:rsidRPr="18AB3B01">
         <w:t>Åtgärder:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2F91C691" w14:textId="28F37DB8" w:rsidR="003F0D25" w:rsidRDefault="003F0D25" w:rsidP="00C92730">
+    <w:p w14:paraId="2F91C691" w14:textId="28F37DB8" w:rsidR="003F0D25" w:rsidRDefault="003F0D25" w:rsidP="18AB3B01">
       <w:pPr>
         <w:pStyle w:val="Punktlista"/>
       </w:pPr>
       <w:r>
         <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="18AB3B01">
         <w:t>Personal med immunitet</w:t>
       </w:r>
-      <w:r w:rsidR="00400807">
+      <w:r w:rsidR="00400807" w:rsidRPr="18AB3B01">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="18AB3B01">
         <w:t>- inga åtgärder.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="067B685E" w14:textId="692A53B5" w:rsidR="003F0D25" w:rsidRDefault="003F0D25" w:rsidP="00C92730">
+    <w:p w14:paraId="067B685E" w14:textId="692A53B5" w:rsidR="003F0D25" w:rsidRDefault="003F0D25" w:rsidP="18AB3B01">
       <w:pPr>
         <w:pStyle w:val="Punktlista"/>
       </w:pPr>
       <w:r>
         <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="18AB3B01">
         <w:t>Personal som är icke immun eller med okänd immunite</w:t>
       </w:r>
-      <w:r w:rsidR="00400807">
+      <w:r w:rsidR="00400807" w:rsidRPr="18AB3B01">
         <w:t xml:space="preserve">t </w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="18AB3B01">
         <w:t xml:space="preserve">- kontakta </w:t>
       </w:r>
-      <w:r w:rsidR="00400807">
+      <w:r w:rsidR="00400807" w:rsidRPr="18AB3B01">
         <w:t>i</w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="18AB3B01">
         <w:t xml:space="preserve">nfektionsmottagningen för kontroll av IgG-antikroppar avseende VZV samt ställningstagande till eventuell postexpositionsprofylax. </w:t>
       </w:r>
-      <w:r w:rsidRPr="00434631">
+      <w:r w:rsidRPr="18AB3B01">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>Inom 72 timmar efter exposition kan även vaccin övervägas</w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="18AB3B01">
         <w:t>. Exponerad medarbetare som är icke immun eller med okänd immunitet stängs av från sjukvårdsarbete från och med dag 9 till och med dag 21 efter exponering.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="475FA0C2" w14:textId="0C4F5C94" w:rsidR="003F0D25" w:rsidRDefault="003F0D25" w:rsidP="00A10676">
       <w:pPr>
         <w:pStyle w:val="Rubrik3"/>
       </w:pPr>
       <w:r>
         <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">Patienter (inklusive </w:t>
       </w:r>
       <w:r w:rsidR="00937A49">
         <w:t>närstående</w:t>
       </w:r>
       <w:r>
         <w:t>) som exponerats för vattkoppor</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="3AA71EAC" w14:textId="77777777" w:rsidR="003F0D25" w:rsidRDefault="003F0D25" w:rsidP="003F0D25">
       <w:r>
         <w:t>Listning av personer som vistats i samma lokal samtidigt som, eller inom två timmar efter, indexpersonen.</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
@@ -6623,105 +6665,105 @@
             </w:r>
             <w:r w:rsidRPr="0036676A">
               <w:rPr>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Kryss1"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="0036676A">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="003D55EE">
-[...4 lines deleted...]
-            <w:r w:rsidR="003D55EE">
+            <w:r w:rsidRPr="0036676A">
+              <w:rPr>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="0036676A">
               <w:rPr>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="0036676A">
               <w:rPr>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r w:rsidRPr="0036676A">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">   Nej </w:t>
             </w:r>
             <w:r w:rsidRPr="0036676A">
               <w:rPr>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Kryss1"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="0036676A">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="003D55EE">
-[...4 lines deleted...]
-            <w:r w:rsidR="003D55EE">
+            <w:r w:rsidRPr="0036676A">
+              <w:rPr>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="0036676A">
               <w:rPr>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="0036676A">
               <w:rPr>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r w:rsidRPr="0036676A">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">   </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2555" w:type="dxa"/>
             <w:vAlign w:val="center"/>
@@ -7212,105 +7254,105 @@
             </w:r>
             <w:r w:rsidRPr="0036676A">
               <w:rPr>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Kryss1"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="0036676A">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="003D55EE">
-[...4 lines deleted...]
-            <w:r w:rsidR="003D55EE">
+            <w:r w:rsidRPr="0036676A">
+              <w:rPr>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="0036676A">
               <w:rPr>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="0036676A">
               <w:rPr>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r w:rsidRPr="0036676A">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">   Nej </w:t>
             </w:r>
             <w:r w:rsidRPr="0036676A">
               <w:rPr>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Kryss1"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="0036676A">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="003D55EE">
-[...4 lines deleted...]
-            <w:r w:rsidR="003D55EE">
+            <w:r w:rsidRPr="0036676A">
+              <w:rPr>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="0036676A">
               <w:rPr>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="0036676A">
               <w:rPr>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r w:rsidRPr="0036676A">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">   </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2555" w:type="dxa"/>
             <w:vAlign w:val="center"/>
@@ -7801,105 +7843,105 @@
             </w:r>
             <w:r w:rsidRPr="0036676A">
               <w:rPr>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Kryss1"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="0036676A">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="003D55EE">
-[...4 lines deleted...]
-            <w:r w:rsidR="003D55EE">
+            <w:r w:rsidRPr="0036676A">
+              <w:rPr>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="0036676A">
               <w:rPr>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="0036676A">
               <w:rPr>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r w:rsidRPr="0036676A">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">   Nej </w:t>
             </w:r>
             <w:r w:rsidRPr="0036676A">
               <w:rPr>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Kryss1"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="0036676A">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="003D55EE">
-[...4 lines deleted...]
-            <w:r w:rsidR="003D55EE">
+            <w:r w:rsidRPr="0036676A">
+              <w:rPr>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="0036676A">
               <w:rPr>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="0036676A">
               <w:rPr>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r w:rsidRPr="0036676A">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">   </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2555" w:type="dxa"/>
             <w:vAlign w:val="center"/>
@@ -8390,105 +8432,105 @@
             </w:r>
             <w:r w:rsidRPr="0036676A">
               <w:rPr>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Kryss1"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="0036676A">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="003D55EE">
-[...4 lines deleted...]
-            <w:r w:rsidR="003D55EE">
+            <w:r w:rsidRPr="0036676A">
+              <w:rPr>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="0036676A">
               <w:rPr>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="0036676A">
               <w:rPr>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r w:rsidRPr="0036676A">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">   Nej </w:t>
             </w:r>
             <w:r w:rsidRPr="0036676A">
               <w:rPr>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Kryss1"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="0036676A">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="003D55EE">
-[...4 lines deleted...]
-            <w:r w:rsidR="003D55EE">
+            <w:r w:rsidRPr="0036676A">
+              <w:rPr>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="0036676A">
               <w:rPr>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="0036676A">
               <w:rPr>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r w:rsidRPr="0036676A">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">   </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2555" w:type="dxa"/>
             <w:vAlign w:val="center"/>
@@ -8979,105 +9021,105 @@
             </w:r>
             <w:r w:rsidRPr="0036676A">
               <w:rPr>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Kryss1"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="0036676A">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="003D55EE">
-[...4 lines deleted...]
-            <w:r w:rsidR="003D55EE">
+            <w:r w:rsidRPr="0036676A">
+              <w:rPr>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="0036676A">
               <w:rPr>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="0036676A">
               <w:rPr>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r w:rsidRPr="0036676A">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">   Nej </w:t>
             </w:r>
             <w:r w:rsidRPr="0036676A">
               <w:rPr>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Kryss1"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="0036676A">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="003D55EE">
-[...4 lines deleted...]
-            <w:r w:rsidR="003D55EE">
+            <w:r w:rsidRPr="0036676A">
+              <w:rPr>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="0036676A">
               <w:rPr>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="0036676A">
               <w:rPr>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r w:rsidRPr="0036676A">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">   </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2555" w:type="dxa"/>
             <w:vAlign w:val="center"/>
@@ -9568,105 +9610,105 @@
             </w:r>
             <w:r w:rsidRPr="0036676A">
               <w:rPr>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Kryss1"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="0036676A">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="003D55EE">
-[...4 lines deleted...]
-            <w:r w:rsidR="003D55EE">
+            <w:r w:rsidRPr="0036676A">
+              <w:rPr>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="0036676A">
               <w:rPr>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="0036676A">
               <w:rPr>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r w:rsidRPr="0036676A">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">   Nej </w:t>
             </w:r>
             <w:r w:rsidRPr="0036676A">
               <w:rPr>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Kryss1"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="0036676A">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="003D55EE">
-[...4 lines deleted...]
-            <w:r w:rsidR="003D55EE">
+            <w:r w:rsidRPr="0036676A">
+              <w:rPr>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="0036676A">
               <w:rPr>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="0036676A">
               <w:rPr>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r w:rsidRPr="0036676A">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">   </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2555" w:type="dxa"/>
             <w:vAlign w:val="center"/>
@@ -10157,105 +10199,105 @@
             </w:r>
             <w:r w:rsidRPr="0036676A">
               <w:rPr>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Kryss1"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="0036676A">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="003D55EE">
-[...4 lines deleted...]
-            <w:r w:rsidR="003D55EE">
+            <w:r w:rsidRPr="0036676A">
+              <w:rPr>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="0036676A">
               <w:rPr>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="0036676A">
               <w:rPr>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r w:rsidRPr="0036676A">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">   Nej </w:t>
             </w:r>
             <w:r w:rsidRPr="0036676A">
               <w:rPr>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Kryss1"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="0036676A">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="003D55EE">
-[...4 lines deleted...]
-            <w:r w:rsidR="003D55EE">
+            <w:r w:rsidRPr="0036676A">
+              <w:rPr>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="0036676A">
               <w:rPr>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="0036676A">
               <w:rPr>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r w:rsidRPr="0036676A">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">   </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2555" w:type="dxa"/>
             <w:vAlign w:val="center"/>
@@ -10746,105 +10788,105 @@
             </w:r>
             <w:r w:rsidRPr="0036676A">
               <w:rPr>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Kryss1"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="0036676A">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="003D55EE">
-[...4 lines deleted...]
-            <w:r w:rsidR="003D55EE">
+            <w:r w:rsidRPr="0036676A">
+              <w:rPr>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="0036676A">
               <w:rPr>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="0036676A">
               <w:rPr>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r w:rsidRPr="0036676A">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">   Nej </w:t>
             </w:r>
             <w:r w:rsidRPr="0036676A">
               <w:rPr>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Kryss1"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="0036676A">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="003D55EE">
-[...4 lines deleted...]
-            <w:r w:rsidR="003D55EE">
+            <w:r w:rsidRPr="0036676A">
+              <w:rPr>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="0036676A">
               <w:rPr>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="0036676A">
               <w:rPr>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r w:rsidRPr="0036676A">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">   </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2555" w:type="dxa"/>
             <w:vAlign w:val="center"/>
@@ -11335,105 +11377,105 @@
             </w:r>
             <w:r w:rsidRPr="0036676A">
               <w:rPr>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Kryss1"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="0036676A">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="003D55EE">
-[...4 lines deleted...]
-            <w:r w:rsidR="003D55EE">
+            <w:r w:rsidRPr="0036676A">
+              <w:rPr>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="0036676A">
               <w:rPr>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="0036676A">
               <w:rPr>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r w:rsidRPr="0036676A">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">   Nej </w:t>
             </w:r>
             <w:r w:rsidRPr="0036676A">
               <w:rPr>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Kryss1"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="0036676A">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="003D55EE">
-[...4 lines deleted...]
-            <w:r w:rsidR="003D55EE">
+            <w:r w:rsidRPr="0036676A">
+              <w:rPr>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="0036676A">
               <w:rPr>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="0036676A">
               <w:rPr>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r w:rsidRPr="0036676A">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">   </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2555" w:type="dxa"/>
             <w:vAlign w:val="center"/>
@@ -11924,105 +11966,105 @@
             </w:r>
             <w:r w:rsidRPr="0036676A">
               <w:rPr>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Kryss1"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="0036676A">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="003D55EE">
-[...4 lines deleted...]
-            <w:r w:rsidR="003D55EE">
+            <w:r w:rsidRPr="0036676A">
+              <w:rPr>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="0036676A">
               <w:rPr>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="0036676A">
               <w:rPr>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r w:rsidRPr="0036676A">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">   Nej </w:t>
             </w:r>
             <w:r w:rsidRPr="0036676A">
               <w:rPr>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Kryss1"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="0036676A">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="003D55EE">
-[...4 lines deleted...]
-            <w:r w:rsidR="003D55EE">
+            <w:r w:rsidRPr="0036676A">
+              <w:rPr>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="0036676A">
               <w:rPr>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="0036676A">
               <w:rPr>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r w:rsidRPr="0036676A">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">   </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2555" w:type="dxa"/>
             <w:vAlign w:val="center"/>
@@ -12189,62 +12231,60 @@
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="00C82676">
               <w:rPr>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="06AA24D4" w14:textId="77777777" w:rsidR="003F0D25" w:rsidRDefault="003F0D25" w:rsidP="002D2F94">
+    <w:p w14:paraId="485386F2" w14:textId="3A9581E2" w:rsidR="003F0D25" w:rsidRDefault="003F0D25" w:rsidP="18AB3B01">
       <w:pPr>
         <w:spacing w:before="120" w:after="0"/>
       </w:pPr>
       <w:r>
         <w:t>Åtgärder:</w:t>
       </w:r>
-    </w:p>
-[...3 lines deleted...]
-      </w:pPr>
+      <w:r w:rsidR="23983CE8">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
       <w:r>
         <w:t>Riskperson</w:t>
       </w:r>
       <w:r w:rsidR="002D2F94">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:t>- kan behöva medicinsk profylax och ska bedömas i samråd med infektionsläkare.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="061914D4" w14:textId="552C0C1C" w:rsidR="00184167" w:rsidRPr="0086376F" w:rsidRDefault="003F0D25" w:rsidP="002D2F94">
       <w:pPr>
         <w:pStyle w:val="Punktlista"/>
       </w:pPr>
       <w:r>
         <w:tab/>
         <w:t>Ej riskperson</w:t>
       </w:r>
       <w:r w:rsidR="00115C5D">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:t>- informera enligt brev</w:t>
       </w:r>
       <w:r w:rsidR="00DB420E">
@@ -12304,208 +12344,209 @@
         <w:t xml:space="preserve"> från och med dag 9 till och med dag 21 efter exponering</w:t>
       </w:r>
       <w:r w:rsidR="00C81CFE">
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:sectPr w:rsidR="00D750D1" w:rsidRPr="003F0D25" w:rsidSect="003D32FC">
       <w:headerReference w:type="default" r:id="rId14"/>
       <w:footerReference w:type="even" r:id="rId15"/>
       <w:footerReference w:type="default" r:id="rId16"/>
       <w:headerReference w:type="first" r:id="rId17"/>
       <w:footerReference w:type="first" r:id="rId18"/>
       <w:type w:val="continuous"/>
       <w:pgSz w:w="16840" w:h="11900" w:orient="landscape"/>
       <w:pgMar w:top="992" w:right="1418" w:bottom="1702" w:left="1276" w:header="284" w:footer="737" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:noEndnote/>
       <w:titlePg/>
       <w:docGrid w:linePitch="326"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="45E4B55F" w14:textId="77777777" w:rsidR="00CB18BE" w:rsidRDefault="00CB18BE">
+    <w:p w14:paraId="2ACA2708" w14:textId="77777777" w:rsidR="000C182A" w:rsidRDefault="000C182A">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="3C51C16C" w14:textId="77777777" w:rsidR="00CB18BE" w:rsidRDefault="00CB18BE">
+    <w:p w14:paraId="7413FD20" w14:textId="77777777" w:rsidR="000C182A" w:rsidRDefault="000C182A">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationNotice" w:id="1">
-    <w:p w14:paraId="7A717AA4" w14:textId="77777777" w:rsidR="00CB18BE" w:rsidRDefault="00CB18BE">
+    <w:p w14:paraId="3E372FA4" w14:textId="77777777" w:rsidR="000C182A" w:rsidRDefault="000C182A">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier">
     <w:panose1 w:val="02070409020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="00000003" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="MS Gothic">
     <w:altName w:val="ＭＳ ゴシック"/>
     <w:panose1 w:val="020B0609070205080204"/>
     <w:charset w:val="80"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E00002FF" w:usb1="6AC7FDFB" w:usb2="08000012" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="MinionPro-Regular">
     <w:altName w:val="Calibri"/>
     <w:panose1 w:val="00000000000000000000"/>
     <w:charset w:val="4D"/>
     <w:family w:val="auto"/>
     <w:notTrueType/>
     <w:pitch w:val="default"/>
     <w:sig w:usb0="00000003" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Lucida Grande">
     <w:altName w:val="Times New Roman"/>
     <w:charset w:val="00"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E1000AEF" w:usb1="5000A1FF" w:usb2="00000000" w:usb3="00000000" w:csb0="000001BF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
+    <w:altName w:val="Cambria"/>
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="MS Mincho">
     <w:altName w:val="ＭＳ 明朝"/>
     <w:panose1 w:val="02020609040205080304"/>
     <w:charset w:val="80"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E00002FF" w:usb1="6AC7FDFB" w:usb2="08000012" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="1FE2B820" w14:textId="77777777" w:rsidR="00660269" w:rsidRDefault="00660269" w:rsidP="00C43BDD">
     <w:pPr>
       <w:pStyle w:val="Sidfot"/>
       <w:framePr w:wrap="around" w:vAnchor="text" w:hAnchor="margin" w:y="1"/>
       <w:rPr>
         <w:rStyle w:val="Sidnummer"/>
       </w:rPr>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:rStyle w:val="Sidnummer"/>
       </w:rPr>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:rPr>
         <w:rStyle w:val="Sidnummer"/>
       </w:rPr>
       <w:instrText xml:space="preserve">PAGE  </w:instrText>
     </w:r>
     <w:r>
       <w:rPr>
         <w:rStyle w:val="Sidnummer"/>
       </w:rPr>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
   <w:p w14:paraId="1FE2B821" w14:textId="77777777" w:rsidR="00660269" w:rsidRDefault="00660269" w:rsidP="00C43BDD">
     <w:pPr>
       <w:pStyle w:val="Sidfot"/>
       <w:ind w:firstLine="360"/>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footer2.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:sdt>
     <w:sdtPr>
       <w:id w:val="-2070031421"/>
       <w:docPartObj>
         <w:docPartGallery w:val="Page Numbers (Bottom of Page)"/>
         <w:docPartUnique/>
       </w:docPartObj>
     </w:sdtPr>
     <w:sdtEndPr>
       <w:rPr>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
     </w:sdtEndPr>
     <w:sdtContent>
       <w:p w14:paraId="47BD2091" w14:textId="202AFF24" w:rsidR="00C50EE5" w:rsidRPr="00EC0A68" w:rsidRDefault="00A65FD4" w:rsidP="00EC0A68">
         <w:pPr>
           <w:pStyle w:val="Sidfot"/>
           <w:rPr>
             <w:sz w:val="16"/>
             <w:szCs w:val="16"/>
           </w:rPr>
         </w:pPr>
         <w:r w:rsidRPr="00EC0A68">
           <w:rPr>
@@ -12534,51 +12575,51 @@
             <w:szCs w:val="16"/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
         <w:r w:rsidR="00EC0A68" w:rsidRPr="00EC0A68">
           <w:rPr>
             <w:sz w:val="16"/>
             <w:szCs w:val="16"/>
           </w:rPr>
           <w:t>2</w:t>
         </w:r>
         <w:r w:rsidR="00EC0A68" w:rsidRPr="00EC0A68">
           <w:rPr>
             <w:sz w:val="16"/>
             <w:szCs w:val="16"/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:p>
     </w:sdtContent>
   </w:sdt>
 </w:ftr>
 </file>
 
 <file path=word/footer3.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="1FE2B822" w14:textId="76DF6159" w:rsidR="00660269" w:rsidRDefault="009228AB" w:rsidP="00FB2F0F">
     <w:pPr>
       <w:pStyle w:val="Sidfot"/>
       <w:ind w:left="6237" w:hanging="141"/>
       <w:jc w:val="left"/>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:noProof/>
       </w:rPr>
       <w:drawing>
         <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658240" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="1FE2B825" wp14:editId="25147E04">
           <wp:simplePos x="0" y="0"/>
           <wp:positionH relativeFrom="column">
             <wp:posOffset>4388307</wp:posOffset>
           </wp:positionH>
           <wp:positionV relativeFrom="paragraph">
             <wp:posOffset>-27355</wp:posOffset>
           </wp:positionV>
           <wp:extent cx="1897920" cy="384860"/>
           <wp:effectExtent l="0" t="0" r="7620" b="0"/>
           <wp:wrapNone/>
           <wp:docPr id="7" name="Bildobjekt 7">
             <a:extLst xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:ext uri="{C183D7F6-B498-43B3-948B-1728B52AA6E4}">
@@ -12612,73 +12653,73 @@
                   <a:xfrm>
                     <a:off x="0" y="0"/>
                     <a:ext cx="1953671" cy="396165"/>
                   </a:xfrm>
                   <a:prstGeom prst="rect">
                     <a:avLst/>
                   </a:prstGeom>
                 </pic:spPr>
               </pic:pic>
             </a:graphicData>
           </a:graphic>
           <wp14:sizeRelH relativeFrom="margin">
             <wp14:pctWidth>0</wp14:pctWidth>
           </wp14:sizeRelH>
           <wp14:sizeRelV relativeFrom="margin">
             <wp14:pctHeight>0</wp14:pctHeight>
           </wp14:sizeRelV>
         </wp:anchor>
       </w:drawing>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="60F86137" w14:textId="77777777" w:rsidR="00CB18BE" w:rsidRDefault="00CB18BE"/>
+    <w:p w14:paraId="3FE0AD38" w14:textId="77777777" w:rsidR="000C182A" w:rsidRDefault="000C182A"/>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="75EC21EE" w14:textId="77777777" w:rsidR="00CB18BE" w:rsidRDefault="00CB18BE">
+    <w:p w14:paraId="321AA384" w14:textId="77777777" w:rsidR="000C182A" w:rsidRDefault="000C182A">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationNotice" w:id="1">
-    <w:p w14:paraId="3ED016B6" w14:textId="77777777" w:rsidR="00CB18BE" w:rsidRDefault="00CB18BE">
+    <w:p w14:paraId="6AD0E510" w14:textId="77777777" w:rsidR="000C182A" w:rsidRDefault="000C182A">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="68F18EE5" w14:textId="39C06E14" w:rsidR="00294791" w:rsidRPr="00DA65C4" w:rsidRDefault="00DA65C4" w:rsidP="00DA65C4">
     <w:pPr>
       <w:pStyle w:val="Sidhuvud"/>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:noProof/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
       <mc:AlternateContent>
         <mc:Choice Requires="wps">
           <w:drawing>
             <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658243" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="264BC60A" wp14:editId="43F94021">
               <wp:simplePos x="0" y="0"/>
               <wp:positionH relativeFrom="column">
                 <wp:posOffset>0</wp:posOffset>
               </wp:positionH>
               <wp:positionV relativeFrom="paragraph">
                 <wp:posOffset>-635</wp:posOffset>
               </wp:positionV>
               <wp:extent cx="4667250" cy="323850"/>
               <wp:effectExtent l="0" t="0" r="0" b="0"/>
               <wp:wrapNone/>
               <wp:docPr id="10" name="Textruta 10"/>
@@ -12713,88 +12754,88 @@
                           <w:r w:rsidR="00367D19">
                             <w:rPr>
                               <w:sz w:val="20"/>
                               <w:szCs w:val="20"/>
                             </w:rPr>
                             <w:t>.</w:t>
                           </w:r>
                         </w:p>
                       </w:txbxContent>
                     </wps:txbx>
                     <wps:bodyPr rot="0" spcFirstLastPara="0" vertOverflow="overflow" horzOverflow="overflow" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" numCol="1" spcCol="0" rtlCol="0" fromWordArt="0" anchor="t" anchorCtr="0" forceAA="0" compatLnSpc="1">
                       <a:prstTxWarp prst="textNoShape">
                         <a:avLst/>
                       </a:prstTxWarp>
                       <a:noAutofit/>
                     </wps:bodyPr>
                   </wps:wsp>
                 </a:graphicData>
               </a:graphic>
               <wp14:sizeRelH relativeFrom="margin">
                 <wp14:pctWidth>0</wp14:pctWidth>
               </wp14:sizeRelH>
             </wp:anchor>
           </w:drawing>
         </mc:Choice>
-        <mc:Fallback xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
-[...1 lines deleted...]
-            <v:shapetype id="_x0000_t202" coordsize="21600,21600" o:spt="202" path="m,l,21600r21600,l21600,xe" w14:anchorId="264BC60A">
+        <mc:Fallback>
+          <w:pict>
+            <v:shapetype w14:anchorId="264BC60A" id="_x0000_t202" coordsize="21600,21600" o:spt="202" path="m,l,21600r21600,l21600,xe">
               <v:stroke joinstyle="miter"/>
               <v:path gradientshapeok="t" o:connecttype="rect"/>
             </v:shapetype>
-            <v:shape id="Textruta 10" style="position:absolute;margin-left:0;margin-top:-.05pt;width:367.5pt;height:25.5pt;z-index:251658243;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-width-relative:margin;v-text-anchor:top" o:spid="_x0000_s1026" filled="f" stroked="f" strokeweight=".5pt" type="#_x0000_t202" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQCzkv6OFQIAACwEAAAOAAAAZHJzL2Uyb0RvYy54bWysU01v2zAMvQ/YfxB0X5yvpp0Rp8haZBgQ&#10;tAXSoWdFlmIDkqhJSuzs14+SnY91Ow27yKRIP5LvUfP7VityEM7XYAo6GgwpEYZDWZtdQb+/rj7d&#10;UeIDMyVTYERBj8LT+8XHD/PG5mIMFahSOIIgxueNLWgVgs2zzPNKaOYHYIXBoASnWUDX7bLSsQbR&#10;tcrGw+Esa8CV1gEX3uPtYxeki4QvpeDhWUovAlEFxd5COl06t/HMFnOW7xyzVc37Ntg/dKFZbbDo&#10;GeqRBUb2rv4DStfcgQcZBhx0BlLWXKQZcJrR8N00m4pZkWZBcrw90+T/Hyx/OmzsiyOh/QItChgJ&#10;aazPPV7GeVrpdPxipwTjSOHxTJtoA+F4OZ3Nbsc3GOIYm4wnd2gjTHb52zofvgrQJBoFdShLYosd&#10;1j50qaeUWMzAqlYqSaMMaQo6myDkbxEEVwZrXHqNVmi3bT/AFsojzuWgk9xbvqqx+Jr58MIcaoz9&#10;4t6GZzykAiwCvUVJBe7n3+5jPlKPUUoa3JmC+h975gQl6ptBUT6PptO4ZMmZ3tyO0XHXke11xOz1&#10;A+BajvCFWJ7MmB/UyZQO9Buu9zJWxRAzHGsXNJzMh9BtMj4PLpbLlIRrZVlYm43lETqSFql9bd+Y&#10;sz3/AZV7gtN2sfydDF1uR/dyH0DWSaNIcMdqzzuuZFK5fz5x56/9lHV55ItfAAAA//8DAFBLAwQU&#10;AAYACAAAACEAJkWNkN0AAAAFAQAADwAAAGRycy9kb3ducmV2LnhtbEyPQU/CQBSE7yb+h80z8QZb&#10;MFUofSWkCTExegC5eNt2l7Zx923tLlD99T5PeJzMZOabfD06K85mCJ0nhNk0AWGo9rqjBuHwvp0s&#10;QISoSCvrySB8mwDr4vYmV5n2F9qZ8z42gksoZAqhjbHPpAx1a5wKU98bYu/oB6ciy6GRelAXLndW&#10;zpPkUTrVES+0qjdla+rP/ckhvJTbN7Wr5m7xY8vn1+Om/zp8pIj3d+NmBSKaMV7D8IfP6FAwU+VP&#10;pIOwCHwkIkxmINh8ekhZVwhpsgRZ5PI/ffELAAD//wMAUEsBAi0AFAAGAAgAAAAhALaDOJL+AAAA&#10;4QEAABMAAAAAAAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEA&#10;OP0h/9YAAACUAQAACwAAAAAAAAAAAAAAAAAvAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEA&#10;s5L+jhUCAAAsBAAADgAAAAAAAAAAAAAAAAAuAgAAZHJzL2Uyb0RvYy54bWxQSwECLQAUAAYACAAA&#10;ACEAJkWNkN0AAAAFAQAADwAAAAAAAAAAAAAAAABvBAAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAAE&#10;AAQA8wAAAHkFAAAAAA==&#10;">
+            <v:shape id="Textruta 10" o:spid="_x0000_s1026" type="#_x0000_t202" style="position:absolute;margin-left:0;margin-top:-.05pt;width:367.5pt;height:25.5pt;z-index:251658243;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-width-relative:margin;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQCzkv6OFQIAACwEAAAOAAAAZHJzL2Uyb0RvYy54bWysU01v2zAMvQ/YfxB0X5yvpp0Rp8haZBgQ&#10;tAXSoWdFlmIDkqhJSuzs14+SnY91Ow27yKRIP5LvUfP7VityEM7XYAo6GgwpEYZDWZtdQb+/rj7d&#10;UeIDMyVTYERBj8LT+8XHD/PG5mIMFahSOIIgxueNLWgVgs2zzPNKaOYHYIXBoASnWUDX7bLSsQbR&#10;tcrGw+Esa8CV1gEX3uPtYxeki4QvpeDhWUovAlEFxd5COl06t/HMFnOW7xyzVc37Ntg/dKFZbbDo&#10;GeqRBUb2rv4DStfcgQcZBhx0BlLWXKQZcJrR8N00m4pZkWZBcrw90+T/Hyx/OmzsiyOh/QItChgJ&#10;aazPPV7GeVrpdPxipwTjSOHxTJtoA+F4OZ3Nbsc3GOIYm4wnd2gjTHb52zofvgrQJBoFdShLYosd&#10;1j50qaeUWMzAqlYqSaMMaQo6myDkbxEEVwZrXHqNVmi3bT/AFsojzuWgk9xbvqqx+Jr58MIcaoz9&#10;4t6GZzykAiwCvUVJBe7n3+5jPlKPUUoa3JmC+h975gQl6ptBUT6PptO4ZMmZ3tyO0XHXke11xOz1&#10;A+BajvCFWJ7MmB/UyZQO9Buu9zJWxRAzHGsXNJzMh9BtMj4PLpbLlIRrZVlYm43lETqSFql9bd+Y&#10;sz3/AZV7gtN2sfydDF1uR/dyH0DWSaNIcMdqzzuuZFK5fz5x56/9lHV55ItfAAAA//8DAFBLAwQU&#10;AAYACAAAACEAJkWNkN0AAAAFAQAADwAAAGRycy9kb3ducmV2LnhtbEyPQU/CQBSE7yb+h80z8QZb&#10;MFUofSWkCTExegC5eNt2l7Zx923tLlD99T5PeJzMZOabfD06K85mCJ0nhNk0AWGo9rqjBuHwvp0s&#10;QISoSCvrySB8mwDr4vYmV5n2F9qZ8z42gksoZAqhjbHPpAx1a5wKU98bYu/oB6ciy6GRelAXLndW&#10;zpPkUTrVES+0qjdla+rP/ckhvJTbN7Wr5m7xY8vn1+Om/zp8pIj3d+NmBSKaMV7D8IfP6FAwU+VP&#10;pIOwCHwkIkxmINh8ekhZVwhpsgRZ5PI/ffELAAD//wMAUEsBAi0AFAAGAAgAAAAhALaDOJL+AAAA&#10;4QEAABMAAAAAAAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEA&#10;OP0h/9YAAACUAQAACwAAAAAAAAAAAAAAAAAvAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEA&#10;s5L+jhUCAAAsBAAADgAAAAAAAAAAAAAAAAAuAgAAZHJzL2Uyb0RvYy54bWxQSwECLQAUAAYACAAA&#10;ACEAJkWNkN0AAAAFAQAADwAAAAAAAAAAAAAAAABvBAAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAAE&#10;AAQA8wAAAHkFAAAAAA==&#10;" filled="f" stroked="f" strokeweight=".5pt">
               <v:textbox>
                 <w:txbxContent>
-                  <w:p w:rsidR="00DA65C4" w:rsidP="00DA65C4" w:rsidRDefault="00DA65C4" w14:paraId="685B7E76" w14:textId="1B285E8B">
+                  <w:p w14:paraId="70464969" w14:textId="1B285E8B" w:rsidR="00DA65C4" w:rsidRDefault="00DA65C4" w:rsidP="00DA65C4">
                     <w:r w:rsidRPr="00762EE0">
                       <w:rPr>
                         <w:sz w:val="20"/>
                         <w:szCs w:val="20"/>
                       </w:rPr>
                       <w:t>OBS! Utskriven version kan vara ogiltig. Verifiera innehållet</w:t>
                     </w:r>
                     <w:r w:rsidR="00367D19">
                       <w:rPr>
                         <w:sz w:val="20"/>
                         <w:szCs w:val="20"/>
                       </w:rPr>
                       <w:t>.</w:t>
                     </w:r>
                   </w:p>
                 </w:txbxContent>
               </v:textbox>
             </v:shape>
           </w:pict>
         </mc:Fallback>
       </mc:AlternateContent>
     </w:r>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/header2.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="058CDD4D" w14:textId="115EF793" w:rsidR="008A4EB9" w:rsidRDefault="00936FD8" w:rsidP="00413A60">
     <w:pPr>
       <w:pStyle w:val="Sidhuvud"/>
       <w:ind w:right="567"/>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:noProof/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
       <mc:AlternateContent>
         <mc:Choice Requires="wps">
           <w:drawing>
             <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658242" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="5B7982AB" wp14:editId="579DE521">
               <wp:simplePos x="0" y="0"/>
               <wp:positionH relativeFrom="column">
                 <wp:posOffset>-174625</wp:posOffset>
               </wp:positionH>
               <wp:positionV relativeFrom="paragraph">
                 <wp:posOffset>-69215</wp:posOffset>
               </wp:positionV>
               <wp:extent cx="4669155" cy="269875"/>
               <wp:effectExtent l="0" t="0" r="0" b="0"/>
               <wp:wrapTopAndBottom/>
@@ -12833,60 +12874,60 @@
                               <w:szCs w:val="20"/>
                             </w:rPr>
                             <w:t>.</w:t>
                           </w:r>
                         </w:p>
                       </w:txbxContent>
                     </wps:txbx>
                     <wps:bodyPr rot="0" spcFirstLastPara="0" vertOverflow="overflow" horzOverflow="overflow" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" numCol="1" spcCol="0" rtlCol="0" fromWordArt="0" anchor="t" anchorCtr="0" forceAA="0" compatLnSpc="1">
                       <a:prstTxWarp prst="textNoShape">
                         <a:avLst/>
                       </a:prstTxWarp>
                       <a:noAutofit/>
                     </wps:bodyPr>
                   </wps:wsp>
                 </a:graphicData>
               </a:graphic>
               <wp14:sizeRelH relativeFrom="margin">
                 <wp14:pctWidth>0</wp14:pctWidth>
               </wp14:sizeRelH>
               <wp14:sizeRelV relativeFrom="margin">
                 <wp14:pctHeight>0</wp14:pctHeight>
               </wp14:sizeRelV>
             </wp:anchor>
           </w:drawing>
         </mc:Choice>
-        <mc:Fallback xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
-[...1 lines deleted...]
-            <v:shapetype id="_x0000_t202" coordsize="21600,21600" o:spt="202" path="m,l,21600r21600,l21600,xe" w14:anchorId="5B7982AB">
+        <mc:Fallback>
+          <w:pict>
+            <v:shapetype w14:anchorId="5B7982AB" id="_x0000_t202" coordsize="21600,21600" o:spt="202" path="m,l,21600r21600,l21600,xe">
               <v:stroke joinstyle="miter"/>
               <v:path gradientshapeok="t" o:connecttype="rect"/>
             </v:shapetype>
-            <v:shape id="Textruta 6" style="position:absolute;margin-left:-13.75pt;margin-top:-5.45pt;width:367.65pt;height:21.25pt;z-index:251658242;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:margin;mso-height-relative:margin;v-text-anchor:top" o:spid="_x0000_s1027" filled="f" stroked="f" strokeweight=".5pt" type="#_x0000_t202" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQCnhodZGgIAADMEAAAOAAAAZHJzL2Uyb0RvYy54bWysU01vGjEQvVfKf7B8DwsUSFixRDQRVSWU&#10;RCJRzsZrsyvZHtc27NJf37GXL6U9Vb14Zzyz8/He8+yh1YrshfM1mIIOen1KhOFQ1mZb0Pe35e09&#10;JT4wUzIFRhT0IDx9mN98mTU2F0OoQJXCESxifN7YglYh2DzLPK+EZr4HVhgMSnCaBXTdNisda7C6&#10;Vtmw359kDbjSOuDCe7x96oJ0nupLKXh4kdKLQFRBcbaQTpfOTTyz+YzlW8dsVfPjGOwfptCsNtj0&#10;XOqJBUZ2rv6jlK65Aw8y9DjoDKSsuUg74DaD/qdt1hWzIu2C4Hh7hsn/v7L8eb+2r46E9hu0SGAE&#10;pLE+93gZ92ml0/GLkxKMI4SHM2yiDYTj5WgymQ7GY0o4xoaT6f3dOJbJLn9b58N3AZpEo6AOaUlo&#10;sf3Khy71lBKbGVjWSiVqlCFNQSdfx/30wzmCxZXBHpdZoxXaTUvq8mqPDZQHXM9Bx7y3fFnjDCvm&#10;wytzSDVuhPINL3hIBdgLjhYlFbhff7uP+cgARilpUDoF9T93zAlK1A+D3EwHo1HUWnJG47shOu46&#10;srmOmJ1+BFTnAB+K5cmM+UGdTOlAf6DKF7Erhpjh2Lug4WQ+hk7Q+Eq4WCxSEqrLsrAya8tj6Yhq&#10;RPit/WDOHmkISOAznETG8k9sdLkdH4tdAFknqiLOHapH+FGZiezjK4rSv/ZT1uWtz38DAAD//wMA&#10;UEsDBBQABgAIAAAAIQCXXl3l4gAAAAoBAAAPAAAAZHJzL2Rvd25yZXYueG1sTI9NS8NAEIbvgv9h&#10;GcFbu5tImxqzKSVQBNFDay/eJtltEtyPmN220V/veKq3Gebhnect1pM17KzH0HsnIZkLYNo1XvWu&#10;lXB4385WwEJEp9B4pyV86wDr8vamwFz5i9vp8z62jEJcyFFCF+OQcx6aTlsMcz9oR7ejHy1GWseW&#10;qxEvFG4NT4VYcou9ow8dDrrqdPO5P1kJL9X2DXd1alc/pnp+PW6Gr8PHQsr7u2nzBCzqKV5h+NMn&#10;dSjJqfYnpwIzEmZptiCUhkQ8AiMiExmVqSU8JEvgZcH/Vyh/AQAA//8DAFBLAQItABQABgAIAAAA&#10;IQC2gziS/gAAAOEBAAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0A&#10;FAAGAAgAAAAhADj9If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAALwEAAF9yZWxzLy5yZWxzUEsBAi0A&#10;FAAGAAgAAAAhAKeGh1kaAgAAMwQAAA4AAAAAAAAAAAAAAAAALgIAAGRycy9lMm9Eb2MueG1sUEsB&#10;Ai0AFAAGAAgAAAAhAJdeXeXiAAAACgEAAA8AAAAAAAAAAAAAAAAAdAQAAGRycy9kb3ducmV2Lnht&#10;bFBLBQYAAAAABAAEAPMAAACDBQAAAAA=&#10;">
+            <v:shape id="Textruta 6" o:spid="_x0000_s1027" type="#_x0000_t202" style="position:absolute;margin-left:-13.75pt;margin-top:-5.45pt;width:367.65pt;height:21.25pt;z-index:251658242;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:margin;mso-height-relative:margin;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQCnhodZGgIAADMEAAAOAAAAZHJzL2Uyb0RvYy54bWysU01vGjEQvVfKf7B8DwsUSFixRDQRVSWU&#10;RCJRzsZrsyvZHtc27NJf37GXL6U9Vb14Zzyz8/He8+yh1YrshfM1mIIOen1KhOFQ1mZb0Pe35e09&#10;JT4wUzIFRhT0IDx9mN98mTU2F0OoQJXCESxifN7YglYh2DzLPK+EZr4HVhgMSnCaBXTdNisda7C6&#10;Vtmw359kDbjSOuDCe7x96oJ0nupLKXh4kdKLQFRBcbaQTpfOTTyz+YzlW8dsVfPjGOwfptCsNtj0&#10;XOqJBUZ2rv6jlK65Aw8y9DjoDKSsuUg74DaD/qdt1hWzIu2C4Hh7hsn/v7L8eb+2r46E9hu0SGAE&#10;pLE+93gZ92ml0/GLkxKMI4SHM2yiDYTj5WgymQ7GY0o4xoaT6f3dOJbJLn9b58N3AZpEo6AOaUlo&#10;sf3Khy71lBKbGVjWSiVqlCFNQSdfx/30wzmCxZXBHpdZoxXaTUvq8mqPDZQHXM9Bx7y3fFnjDCvm&#10;wytzSDVuhPINL3hIBdgLjhYlFbhff7uP+cgARilpUDoF9T93zAlK1A+D3EwHo1HUWnJG47shOu46&#10;srmOmJ1+BFTnAB+K5cmM+UGdTOlAf6DKF7Erhpjh2Lug4WQ+hk7Q+Eq4WCxSEqrLsrAya8tj6Yhq&#10;RPit/WDOHmkISOAznETG8k9sdLkdH4tdAFknqiLOHapH+FGZiezjK4rSv/ZT1uWtz38DAAD//wMA&#10;UEsDBBQABgAIAAAAIQCXXl3l4gAAAAoBAAAPAAAAZHJzL2Rvd25yZXYueG1sTI9NS8NAEIbvgv9h&#10;GcFbu5tImxqzKSVQBNFDay/eJtltEtyPmN220V/veKq3Gebhnect1pM17KzH0HsnIZkLYNo1XvWu&#10;lXB4385WwEJEp9B4pyV86wDr8vamwFz5i9vp8z62jEJcyFFCF+OQcx6aTlsMcz9oR7ejHy1GWseW&#10;qxEvFG4NT4VYcou9ow8dDrrqdPO5P1kJL9X2DXd1alc/pnp+PW6Gr8PHQsr7u2nzBCzqKV5h+NMn&#10;dSjJqfYnpwIzEmZptiCUhkQ8AiMiExmVqSU8JEvgZcH/Vyh/AQAA//8DAFBLAQItABQABgAIAAAA&#10;IQC2gziS/gAAAOEBAAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0A&#10;FAAGAAgAAAAhADj9If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAALwEAAF9yZWxzLy5yZWxzUEsBAi0A&#10;FAAGAAgAAAAhAKeGh1kaAgAAMwQAAA4AAAAAAAAAAAAAAAAALgIAAGRycy9lMm9Eb2MueG1sUEsB&#10;Ai0AFAAGAAgAAAAhAJdeXeXiAAAACgEAAA8AAAAAAAAAAAAAAAAAdAQAAGRycy9kb3ducmV2Lnht&#10;bFBLBQYAAAAABAAEAPMAAACDBQAAAAA=&#10;" filled="f" stroked="f" strokeweight=".5pt">
               <v:textbox>
                 <w:txbxContent>
-                  <w:p w:rsidR="00413A60" w:rsidRDefault="00413A60" w14:paraId="6D41DF98" w14:textId="0A2CCBAA">
+                  <w:p w14:paraId="72D45401" w14:textId="0A2CCBAA" w:rsidR="00413A60" w:rsidRDefault="00413A60">
                     <w:r w:rsidRPr="00762EE0">
                       <w:rPr>
                         <w:sz w:val="20"/>
                         <w:szCs w:val="20"/>
                       </w:rPr>
                       <w:t>OBS! Utskriven version kan vara ogiltig. Verifiera innehållet</w:t>
                     </w:r>
                     <w:r w:rsidR="00367D19">
                       <w:rPr>
                         <w:sz w:val="20"/>
                         <w:szCs w:val="20"/>
                       </w:rPr>
                       <w:t>.</w:t>
                     </w:r>
                   </w:p>
                 </w:txbxContent>
               </v:textbox>
               <w10:wrap type="topAndBottom"/>
             </v:shape>
           </w:pict>
         </mc:Fallback>
       </mc:AlternateContent>
     </w:r>
     <w:r w:rsidR="008569C6" w:rsidRPr="00762EE0">
       <w:rPr>
@@ -12951,51 +12992,51 @@
                   <a:prstGeom prst="rect">
                     <a:avLst/>
                   </a:prstGeom>
                   <a:noFill/>
                   <a:ln>
                     <a:noFill/>
                   </a:ln>
                 </pic:spPr>
               </pic:pic>
             </a:graphicData>
           </a:graphic>
           <wp14:sizeRelH relativeFrom="margin">
             <wp14:pctWidth>0</wp14:pctWidth>
           </wp14:sizeRelH>
           <wp14:sizeRelV relativeFrom="margin">
             <wp14:pctHeight>0</wp14:pctHeight>
           </wp14:sizeRelV>
         </wp:anchor>
       </w:drawing>
     </w:r>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="FFFFFF1D"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="FBCC56FC"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="0"/>
         </w:tabs>
         <w:ind w:left="0" w:firstLine="0"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
@@ -15154,117 +15195,120 @@
   <w:num w:numId="14" w16cid:durableId="757099217">
     <w:abstractNumId w:val="9"/>
   </w:num>
   <w:num w:numId="15" w16cid:durableId="597522218">
     <w:abstractNumId w:val="7"/>
   </w:num>
   <w:num w:numId="16" w16cid:durableId="1824273262">
     <w:abstractNumId w:val="12"/>
   </w:num>
   <w:num w:numId="17" w16cid:durableId="1216889041">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="18" w16cid:durableId="1158575369">
     <w:abstractNumId w:val="10"/>
   </w:num>
   <w:num w:numId="19" w16cid:durableId="1599292799">
     <w:abstractNumId w:val="17"/>
   </w:num>
   <w:num w:numId="20" w16cid:durableId="861170598">
     <w:abstractNumId w:val="13"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
-  <w:zoom w:percent="100"/>
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
+  <w:zoom w:percent="120"/>
   <w:embedSystemFonts/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:attachedTemplate r:id="rId1"/>
   <w:stylePaneFormatFilter w:val="D804" w:allStyles="0" w:customStyles="0" w:latentStyles="1" w:stylesInUse="0" w:headingStyles="0" w:numberingStyles="0" w:tableStyles="0" w:directFormattingOnRuns="0" w:directFormattingOnParagraphs="0" w:directFormattingOnNumbering="0" w:directFormattingOnTables="1" w:clearFormatting="1" w:top3HeadingStyles="0" w:visibleStyles="1" w:alternateStyleNames="1"/>
-  <w:documentProtection w:edit="forms" w:formatting="1" w:enforcement="1"/>
+  <w:documentProtection w:edit="forms" w:formatting="1" w:enforcement="0"/>
   <w:styleLockTheme/>
   <w:styleLockQFSet/>
   <w:defaultTabStop w:val="1304"/>
   <w:hyphenationZone w:val="425"/>
   <w:displayHorizontalDrawingGridEvery w:val="0"/>
   <w:displayVerticalDrawingGridEvery w:val="0"/>
   <w:doNotUseMarginsForDrawingGridOrigin/>
   <w:noPunctuationKerning/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050" strokecolor="#4a773c">
       <v:stroke color="#4a773c" weight="1pt"/>
       <v:shadow opacity="24903f" origin=",.5" offset="0,.55556mm"/>
       <o:colormru v:ext="edit" colors="#4a773c"/>
     </o:shapedefaults>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
     <w:footnote w:id="1"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
     <w:endnote w:id="1"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00B75EDE"/>
     <w:rsid w:val="000051D5"/>
     <w:rsid w:val="00006D2A"/>
     <w:rsid w:val="00010D47"/>
     <w:rsid w:val="00016CF0"/>
     <w:rsid w:val="00030DDD"/>
     <w:rsid w:val="000313BB"/>
     <w:rsid w:val="00033ED5"/>
+    <w:rsid w:val="00037B19"/>
+    <w:rsid w:val="0004638A"/>
     <w:rsid w:val="00050500"/>
     <w:rsid w:val="00052B89"/>
     <w:rsid w:val="00055CC4"/>
     <w:rsid w:val="0005691C"/>
     <w:rsid w:val="00056ECB"/>
     <w:rsid w:val="00056ED5"/>
     <w:rsid w:val="00061969"/>
     <w:rsid w:val="000655CC"/>
     <w:rsid w:val="000700AE"/>
     <w:rsid w:val="00084024"/>
     <w:rsid w:val="0009062C"/>
     <w:rsid w:val="00095368"/>
     <w:rsid w:val="000954C4"/>
     <w:rsid w:val="000A611A"/>
     <w:rsid w:val="000B12D9"/>
     <w:rsid w:val="000B4536"/>
     <w:rsid w:val="000B7715"/>
+    <w:rsid w:val="000C182A"/>
     <w:rsid w:val="000E463B"/>
     <w:rsid w:val="000E5A7E"/>
     <w:rsid w:val="000F43A3"/>
     <w:rsid w:val="000F4930"/>
     <w:rsid w:val="000F7681"/>
     <w:rsid w:val="00103031"/>
     <w:rsid w:val="001044FE"/>
     <w:rsid w:val="001139D4"/>
     <w:rsid w:val="00115C5D"/>
     <w:rsid w:val="00131B08"/>
     <w:rsid w:val="00132A59"/>
     <w:rsid w:val="00133337"/>
     <w:rsid w:val="00133A0F"/>
     <w:rsid w:val="0013580F"/>
     <w:rsid w:val="00137B6D"/>
     <w:rsid w:val="0014070B"/>
     <w:rsid w:val="001422C1"/>
     <w:rsid w:val="001522AE"/>
     <w:rsid w:val="00157D5B"/>
     <w:rsid w:val="00161FE6"/>
     <w:rsid w:val="00164C3D"/>
     <w:rsid w:val="00166D3A"/>
     <w:rsid w:val="0017508E"/>
     <w:rsid w:val="00181FDC"/>
     <w:rsid w:val="001829F3"/>
@@ -15348,156 +15392,164 @@
     <w:rsid w:val="003D29D2"/>
     <w:rsid w:val="003D32FC"/>
     <w:rsid w:val="003D55EE"/>
     <w:rsid w:val="003D6DF1"/>
     <w:rsid w:val="003E0705"/>
     <w:rsid w:val="003E1C46"/>
     <w:rsid w:val="003E2FF7"/>
     <w:rsid w:val="003F0D25"/>
     <w:rsid w:val="003F1013"/>
     <w:rsid w:val="003F1ACF"/>
     <w:rsid w:val="003F5EFA"/>
     <w:rsid w:val="00400807"/>
     <w:rsid w:val="00400DE5"/>
     <w:rsid w:val="00402CFD"/>
     <w:rsid w:val="00404948"/>
     <w:rsid w:val="00406BEA"/>
     <w:rsid w:val="00411CFB"/>
     <w:rsid w:val="00413A60"/>
     <w:rsid w:val="004230F7"/>
     <w:rsid w:val="0043167E"/>
     <w:rsid w:val="0043409A"/>
     <w:rsid w:val="00434631"/>
     <w:rsid w:val="004443ED"/>
     <w:rsid w:val="00446255"/>
     <w:rsid w:val="00451935"/>
+    <w:rsid w:val="004532B0"/>
     <w:rsid w:val="00460ED0"/>
     <w:rsid w:val="00465651"/>
     <w:rsid w:val="00467E1B"/>
     <w:rsid w:val="00470CE7"/>
     <w:rsid w:val="00470F4F"/>
     <w:rsid w:val="00472482"/>
+    <w:rsid w:val="0047653F"/>
     <w:rsid w:val="00480DC7"/>
     <w:rsid w:val="004876F6"/>
     <w:rsid w:val="0049236A"/>
     <w:rsid w:val="00492718"/>
     <w:rsid w:val="004A355D"/>
     <w:rsid w:val="004A4970"/>
     <w:rsid w:val="004B2183"/>
     <w:rsid w:val="004B2A01"/>
     <w:rsid w:val="004C3536"/>
     <w:rsid w:val="004D7BA3"/>
     <w:rsid w:val="004E5FAE"/>
     <w:rsid w:val="004F4518"/>
     <w:rsid w:val="004F4C62"/>
+    <w:rsid w:val="004F6B54"/>
     <w:rsid w:val="00501433"/>
     <w:rsid w:val="005108BC"/>
     <w:rsid w:val="00511CC4"/>
     <w:rsid w:val="00531E60"/>
     <w:rsid w:val="00541D07"/>
     <w:rsid w:val="00543A58"/>
     <w:rsid w:val="00544BAB"/>
     <w:rsid w:val="00545F31"/>
     <w:rsid w:val="005578FA"/>
     <w:rsid w:val="00565129"/>
     <w:rsid w:val="00565CD0"/>
     <w:rsid w:val="00567820"/>
     <w:rsid w:val="005770AD"/>
     <w:rsid w:val="00581414"/>
     <w:rsid w:val="00582490"/>
     <w:rsid w:val="005848E9"/>
     <w:rsid w:val="00597E28"/>
     <w:rsid w:val="005A54ED"/>
     <w:rsid w:val="005A5D5B"/>
     <w:rsid w:val="005A6081"/>
     <w:rsid w:val="005A627D"/>
     <w:rsid w:val="005B3D14"/>
     <w:rsid w:val="005C0045"/>
     <w:rsid w:val="005C084E"/>
     <w:rsid w:val="005C4606"/>
     <w:rsid w:val="005D0B0C"/>
     <w:rsid w:val="005E02B3"/>
     <w:rsid w:val="005E1E24"/>
+    <w:rsid w:val="005F5067"/>
     <w:rsid w:val="00600E76"/>
     <w:rsid w:val="0060596B"/>
     <w:rsid w:val="00606D97"/>
     <w:rsid w:val="00613F24"/>
     <w:rsid w:val="00614E64"/>
     <w:rsid w:val="00617710"/>
     <w:rsid w:val="00617EE6"/>
     <w:rsid w:val="0062184C"/>
     <w:rsid w:val="00623724"/>
     <w:rsid w:val="00627BEA"/>
     <w:rsid w:val="006319DB"/>
+    <w:rsid w:val="00642632"/>
     <w:rsid w:val="00643788"/>
     <w:rsid w:val="00654378"/>
     <w:rsid w:val="0065595B"/>
     <w:rsid w:val="00656DCD"/>
     <w:rsid w:val="00660269"/>
     <w:rsid w:val="00665F89"/>
+    <w:rsid w:val="0066620F"/>
     <w:rsid w:val="00671C7A"/>
     <w:rsid w:val="00673C92"/>
     <w:rsid w:val="006753EC"/>
     <w:rsid w:val="006807AD"/>
     <w:rsid w:val="00685193"/>
     <w:rsid w:val="006A2789"/>
     <w:rsid w:val="006A4978"/>
     <w:rsid w:val="006A7261"/>
     <w:rsid w:val="006B0D29"/>
     <w:rsid w:val="006B1819"/>
     <w:rsid w:val="006C5048"/>
     <w:rsid w:val="006C6A4B"/>
     <w:rsid w:val="006C779F"/>
     <w:rsid w:val="006D01F5"/>
     <w:rsid w:val="006D0CFB"/>
     <w:rsid w:val="006D30C0"/>
     <w:rsid w:val="006D7535"/>
     <w:rsid w:val="006E450B"/>
     <w:rsid w:val="006F0D7E"/>
     <w:rsid w:val="00710B77"/>
     <w:rsid w:val="007155D5"/>
     <w:rsid w:val="007202F2"/>
     <w:rsid w:val="0072075B"/>
     <w:rsid w:val="007221C2"/>
     <w:rsid w:val="00727E65"/>
     <w:rsid w:val="00730955"/>
     <w:rsid w:val="00733A9C"/>
     <w:rsid w:val="00736574"/>
     <w:rsid w:val="007367E0"/>
     <w:rsid w:val="00737215"/>
     <w:rsid w:val="00753D74"/>
     <w:rsid w:val="00754905"/>
     <w:rsid w:val="00760038"/>
     <w:rsid w:val="00762EE0"/>
+    <w:rsid w:val="007630F2"/>
     <w:rsid w:val="00765434"/>
     <w:rsid w:val="00765C41"/>
     <w:rsid w:val="00771100"/>
     <w:rsid w:val="007759DD"/>
     <w:rsid w:val="0078609F"/>
     <w:rsid w:val="007917BA"/>
     <w:rsid w:val="007A334E"/>
     <w:rsid w:val="007A5C6F"/>
+    <w:rsid w:val="007A67D2"/>
     <w:rsid w:val="007B2896"/>
     <w:rsid w:val="007C5BFA"/>
     <w:rsid w:val="007D4241"/>
     <w:rsid w:val="007D4317"/>
     <w:rsid w:val="007D4EA3"/>
     <w:rsid w:val="007E0778"/>
     <w:rsid w:val="007F1CFF"/>
     <w:rsid w:val="007F5DD5"/>
     <w:rsid w:val="00805268"/>
     <w:rsid w:val="00821A1B"/>
     <w:rsid w:val="008262E9"/>
     <w:rsid w:val="00827E69"/>
     <w:rsid w:val="0083492C"/>
     <w:rsid w:val="00835C4D"/>
     <w:rsid w:val="00843F48"/>
     <w:rsid w:val="00851423"/>
     <w:rsid w:val="008569C6"/>
     <w:rsid w:val="00857848"/>
     <w:rsid w:val="008630B1"/>
     <w:rsid w:val="0086376F"/>
     <w:rsid w:val="008654B6"/>
     <w:rsid w:val="0087139C"/>
     <w:rsid w:val="00873419"/>
     <w:rsid w:val="00880E83"/>
     <w:rsid w:val="00892F28"/>
@@ -15577,81 +15629,83 @@
     <w:rsid w:val="00A42E2C"/>
     <w:rsid w:val="00A514B7"/>
     <w:rsid w:val="00A54A0B"/>
     <w:rsid w:val="00A64E73"/>
     <w:rsid w:val="00A65FD4"/>
     <w:rsid w:val="00A81198"/>
     <w:rsid w:val="00A81E48"/>
     <w:rsid w:val="00A82035"/>
     <w:rsid w:val="00A854C2"/>
     <w:rsid w:val="00A90D77"/>
     <w:rsid w:val="00A92E07"/>
     <w:rsid w:val="00AA0B3A"/>
     <w:rsid w:val="00AA6EB4"/>
     <w:rsid w:val="00AA767D"/>
     <w:rsid w:val="00AB0CC9"/>
     <w:rsid w:val="00AC3FF6"/>
     <w:rsid w:val="00AD73EC"/>
     <w:rsid w:val="00AD7AD5"/>
     <w:rsid w:val="00AE5BC7"/>
     <w:rsid w:val="00AF2BE4"/>
     <w:rsid w:val="00AF5AAF"/>
     <w:rsid w:val="00AF774F"/>
     <w:rsid w:val="00B046D8"/>
     <w:rsid w:val="00B13F4C"/>
     <w:rsid w:val="00B16219"/>
+    <w:rsid w:val="00B1676F"/>
     <w:rsid w:val="00B16C59"/>
     <w:rsid w:val="00B33FDD"/>
     <w:rsid w:val="00B359CC"/>
     <w:rsid w:val="00B36107"/>
     <w:rsid w:val="00B405A1"/>
     <w:rsid w:val="00B41789"/>
     <w:rsid w:val="00B46C03"/>
     <w:rsid w:val="00B54D6F"/>
     <w:rsid w:val="00B60C6C"/>
     <w:rsid w:val="00B619A9"/>
     <w:rsid w:val="00B65A9D"/>
     <w:rsid w:val="00B6611F"/>
     <w:rsid w:val="00B66D60"/>
     <w:rsid w:val="00B75EDE"/>
     <w:rsid w:val="00B77D88"/>
     <w:rsid w:val="00B77FAF"/>
     <w:rsid w:val="00B82538"/>
     <w:rsid w:val="00B84336"/>
     <w:rsid w:val="00B851B9"/>
     <w:rsid w:val="00B86453"/>
     <w:rsid w:val="00B90054"/>
     <w:rsid w:val="00B92C14"/>
     <w:rsid w:val="00B96277"/>
     <w:rsid w:val="00B96AFF"/>
     <w:rsid w:val="00BA0066"/>
     <w:rsid w:val="00BB69DB"/>
     <w:rsid w:val="00BB69E3"/>
     <w:rsid w:val="00BC322E"/>
     <w:rsid w:val="00BC44CD"/>
     <w:rsid w:val="00BC48A6"/>
     <w:rsid w:val="00BE14D2"/>
+    <w:rsid w:val="00BE2EE2"/>
     <w:rsid w:val="00BE7978"/>
     <w:rsid w:val="00C01F0D"/>
     <w:rsid w:val="00C07DDB"/>
     <w:rsid w:val="00C4115D"/>
     <w:rsid w:val="00C43BDD"/>
     <w:rsid w:val="00C47778"/>
     <w:rsid w:val="00C5011E"/>
     <w:rsid w:val="00C50EE5"/>
     <w:rsid w:val="00C5240A"/>
     <w:rsid w:val="00C5398F"/>
     <w:rsid w:val="00C556F5"/>
     <w:rsid w:val="00C70E19"/>
     <w:rsid w:val="00C72574"/>
     <w:rsid w:val="00C7430C"/>
     <w:rsid w:val="00C7595C"/>
     <w:rsid w:val="00C81CFE"/>
     <w:rsid w:val="00C82676"/>
     <w:rsid w:val="00C85DA1"/>
     <w:rsid w:val="00C9071C"/>
     <w:rsid w:val="00C908FF"/>
     <w:rsid w:val="00C92730"/>
     <w:rsid w:val="00C97BD3"/>
     <w:rsid w:val="00CA39EF"/>
     <w:rsid w:val="00CA521F"/>
     <w:rsid w:val="00CB0493"/>
@@ -15665,149 +15719,159 @@
     <w:rsid w:val="00CE4B73"/>
     <w:rsid w:val="00CF70BB"/>
     <w:rsid w:val="00CF7357"/>
     <w:rsid w:val="00D074DB"/>
     <w:rsid w:val="00D139CF"/>
     <w:rsid w:val="00D20779"/>
     <w:rsid w:val="00D37E7F"/>
     <w:rsid w:val="00D47AD7"/>
     <w:rsid w:val="00D51529"/>
     <w:rsid w:val="00D67022"/>
     <w:rsid w:val="00D67C88"/>
     <w:rsid w:val="00D750D1"/>
     <w:rsid w:val="00D85218"/>
     <w:rsid w:val="00D915B1"/>
     <w:rsid w:val="00D9613F"/>
     <w:rsid w:val="00DA299D"/>
     <w:rsid w:val="00DA65C4"/>
     <w:rsid w:val="00DB420E"/>
     <w:rsid w:val="00DD20B7"/>
     <w:rsid w:val="00DE4447"/>
     <w:rsid w:val="00DE5DA2"/>
     <w:rsid w:val="00DE63C6"/>
     <w:rsid w:val="00DF0033"/>
     <w:rsid w:val="00DF41E2"/>
     <w:rsid w:val="00E026BF"/>
+    <w:rsid w:val="00E0582B"/>
     <w:rsid w:val="00E07B1B"/>
     <w:rsid w:val="00E11853"/>
     <w:rsid w:val="00E4028F"/>
     <w:rsid w:val="00E42BC8"/>
     <w:rsid w:val="00E52A86"/>
     <w:rsid w:val="00E54B47"/>
     <w:rsid w:val="00E553BF"/>
     <w:rsid w:val="00E55D93"/>
     <w:rsid w:val="00E61294"/>
     <w:rsid w:val="00E67375"/>
     <w:rsid w:val="00E7237C"/>
     <w:rsid w:val="00E77C46"/>
     <w:rsid w:val="00E86CE8"/>
     <w:rsid w:val="00E90E82"/>
     <w:rsid w:val="00E91DA5"/>
     <w:rsid w:val="00EA00CB"/>
     <w:rsid w:val="00EA1BAA"/>
     <w:rsid w:val="00EA3FCD"/>
     <w:rsid w:val="00EA42A0"/>
     <w:rsid w:val="00EB6714"/>
     <w:rsid w:val="00EC0A68"/>
     <w:rsid w:val="00EC3C32"/>
     <w:rsid w:val="00EC46F1"/>
     <w:rsid w:val="00EC5006"/>
     <w:rsid w:val="00ED49C3"/>
     <w:rsid w:val="00ED6CE8"/>
     <w:rsid w:val="00ED7AA6"/>
     <w:rsid w:val="00EE2A56"/>
     <w:rsid w:val="00EE3818"/>
     <w:rsid w:val="00EE56F8"/>
     <w:rsid w:val="00EE79C4"/>
     <w:rsid w:val="00F22264"/>
     <w:rsid w:val="00F23E54"/>
     <w:rsid w:val="00F2564D"/>
     <w:rsid w:val="00F27487"/>
+    <w:rsid w:val="00F300D0"/>
     <w:rsid w:val="00F35B05"/>
     <w:rsid w:val="00F413D9"/>
     <w:rsid w:val="00F44430"/>
     <w:rsid w:val="00F5135F"/>
     <w:rsid w:val="00F51F78"/>
     <w:rsid w:val="00F776AE"/>
     <w:rsid w:val="00F84306"/>
     <w:rsid w:val="00F859B2"/>
     <w:rsid w:val="00F86F47"/>
     <w:rsid w:val="00F90B64"/>
     <w:rsid w:val="00FB2F0F"/>
+    <w:rsid w:val="00FB47AE"/>
     <w:rsid w:val="00FB5086"/>
     <w:rsid w:val="00FB5411"/>
     <w:rsid w:val="00FB6392"/>
     <w:rsid w:val="00FC4F36"/>
     <w:rsid w:val="00FD1659"/>
     <w:rsid w:val="00FD3C70"/>
     <w:rsid w:val="00FD6820"/>
     <w:rsid w:val="00FE12D8"/>
     <w:rsid w:val="00FF7C02"/>
     <w:rsid w:val="024801E3"/>
     <w:rsid w:val="179A1885"/>
+    <w:rsid w:val="18AB3B01"/>
+    <w:rsid w:val="23983CE8"/>
+    <w:rsid w:val="2452EF7B"/>
+    <w:rsid w:val="26EEEEF3"/>
+    <w:rsid w:val="3FBDB7C3"/>
+    <w:rsid w:val="5A239BFD"/>
     <w:rsid w:val="647B2B65"/>
     <w:rsid w:val="66A1E86A"/>
     <w:rsid w:val="6B2CF8ED"/>
+    <w:rsid w:val="6F956209"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="sv-SE" w:eastAsia="ja-JP" w:bidi="ar-SA"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:doNotIncludeSubdocsInStats/>
   <w:doNotAutoCompressPictures/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050" strokecolor="#4a773c">
       <v:stroke color="#4a773c" weight="1pt"/>
       <v:shadow opacity="24903f" origin=",.5" offset="0,.55556mm"/>
       <o:colormru v:ext="edit" colors="#4a773c"/>
     </o:shapedefaults>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="2"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:doNotEmbedSmartTags/>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
   <w14:docId w14:val="1FE2B7EB"/>
   <w14:defaultImageDpi w14:val="330"/>
   <w15:docId w15:val="{4DEE9930-C3C8-4AD7-853D-F7D699F917C2}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         <w:lang w:val="sv-SE" w:eastAsia="sv-SE" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault/>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="3" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="3" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:locked="1" w:semiHidden="1" w:uiPriority="3" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="index 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
@@ -18387,51 +18451,51 @@
     <w:link w:val="Kommentarsmne"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:rsid w:val="00967AB7"/>
     <w:rPr>
       <w:b/>
       <w:bCs/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="AnvndHyperlnk">
     <w:name w:val="FollowedHyperlink"/>
     <w:basedOn w:val="Standardstycketeckensnitt"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="008630B1"/>
     <w:rPr>
       <w:color w:val="9EA2A2" w:themeColor="followedHyperlink"/>
       <w:u w:val="single"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:divs>
     <w:div w:id="198055238">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="218060363">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
@@ -18786,56 +18850,56 @@
       <a:style>
         <a:lnRef idx="2">
           <a:schemeClr val="accent1"/>
         </a:lnRef>
         <a:fillRef idx="0">
           <a:schemeClr val="accent1"/>
         </a:fillRef>
         <a:effectRef idx="1">
           <a:schemeClr val="accent1"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="tx1"/>
         </a:fontRef>
       </a:style>
     </a:lnDef>
   </a:objectDefaults>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Dok_med_omslag_sd_red</Template>
   <TotalTime></TotalTime>
   <Pages>3</Pages>
-  <Words>983</Words>
-  <Characters>5212</Characters>
+  <Words>584</Words>
+  <Characters>3101</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>43</Lines>
-  <Paragraphs>12</Paragraphs>
+  <Lines>169</Lines>
+  <Paragraphs>152</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <Manager/>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>6183</CharactersWithSpaces>
+  <CharactersWithSpaces>3636</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <coreProperties xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns="http://schemas.openxmlformats.org/package/2006/metadata/core-properties">
   <dc:title>Vattkoppor, rapportblad vid misstänkt eller konstaterad smitta, SÄS</dc:title>
   <dc:subject/>
   <dc:creator/>
   <keywords/>
-  <lastModifiedBy>Karin Åhlin</lastModifiedBy>
-  <revision>111</revision>
+  <lastModifiedBy>Madeleine Wahlgren</lastModifiedBy>
+  <revision>119</revision>
   <lastPrinted>2016-03-31T10:56:00.0000000Z</lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </coreProperties>
 </file>