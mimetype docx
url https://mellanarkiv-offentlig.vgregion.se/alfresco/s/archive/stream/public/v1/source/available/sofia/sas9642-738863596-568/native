--- v0 (2025-11-26)
+++ v1 (2026-02-19)
@@ -6,95 +6,103 @@
   <Default Extension="wmf" ContentType="image/x-wmf"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/footer2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/header2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer3.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml" Id="rId2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml" Id="rId1" /></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
     <w:p w14:paraId="08AA6742" w14:textId="77777777" w:rsidR="00BA473D" w:rsidRPr="00656DCD" w:rsidRDefault="00BA473D" w:rsidP="00BA473D">
       <w:pPr>
         <w:pStyle w:val="Rubrik1"/>
       </w:pPr>
       <w:bookmarkStart w:id="0" w:name="_Toc321146591"/>
       <w:r>
         <w:t>Journalförstöring och rättelse av journal, SÄS</w:t>
       </w:r>
       <w:bookmarkEnd w:id="0"/>
     </w:p>
     <w:p w14:paraId="0C47F5F1" w14:textId="77777777" w:rsidR="00BA473D" w:rsidRPr="00656DCD" w:rsidRDefault="00BA473D" w:rsidP="00BA473D">
       <w:pPr>
         <w:pStyle w:val="Rubrik2"/>
       </w:pPr>
       <w:bookmarkStart w:id="1" w:name="_Toc72840807"/>
       <w:bookmarkStart w:id="2" w:name="_Toc161156720"/>
       <w:r>
         <w:t>Sammanfattning</w:t>
       </w:r>
       <w:bookmarkEnd w:id="1"/>
       <w:bookmarkEnd w:id="2"/>
     </w:p>
     <w:p w14:paraId="3FB2E369" w14:textId="77777777" w:rsidR="00BA473D" w:rsidRDefault="00BA473D" w:rsidP="00BA473D">
       <w:r>
         <w:t>Rutinen beskriver tillvägagångsätt vid Södra Älvsborgs Sjukhus att hantera journalförstöringsärende och rättelse av journal utifrån patientdatalagen (PDL) [1] och rutiner från IVO [2].</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="4CCB0A36" w14:textId="77777777" w:rsidR="00BA473D" w:rsidRDefault="00BA473D" w:rsidP="00BA473D">
       <w:pPr>
         <w:pStyle w:val="Rubrik2"/>
       </w:pPr>
       <w:bookmarkStart w:id="3" w:name="_Toc161156721"/>
       <w:r>
         <w:t>Förändringar sedan föregående version</w:t>
       </w:r>
       <w:bookmarkEnd w:id="3"/>
     </w:p>
     <w:p w14:paraId="24539601" w14:textId="7F0399C3" w:rsidR="00BA473D" w:rsidRDefault="007233B9" w:rsidP="00BA473D">
       <w:r>
         <w:t>Uppdaterat namn på IT</w:t>
       </w:r>
       <w:r w:rsidR="006D0A85">
-        <w:t>-tjänstleverantör.</w:t>
+        <w:t>-</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="006D0A85">
+        <w:t>tjänstleverantör</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="006D0A85">
+        <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="35AE7CC8" w14:textId="77777777" w:rsidR="00BA473D" w:rsidRPr="0007538D" w:rsidRDefault="00BA473D" w:rsidP="00BA473D">
       <w:pPr>
         <w:spacing w:before="360" w:after="40"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="0007538D">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>Innehållsförteckning</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="6445298D" w14:textId="5FF38C15" w:rsidR="006D0A85" w:rsidRDefault="00BA473D">
       <w:pPr>
         <w:pStyle w:val="Innehll1"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
@@ -1541,130 +1549,155 @@
       </w:r>
       <w:r>
         <w:t xml:space="preserve">r </w:t>
       </w:r>
       <w:r w:rsidRPr="008679CF">
         <w:t xml:space="preserve">beslut om att en journal helt eller delvis ska förstöras </w:t>
       </w:r>
       <w:r>
         <w:t>och ger v</w:t>
       </w:r>
       <w:r w:rsidRPr="008679CF">
         <w:t xml:space="preserve">årdgivaren </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">uppdrag att genomföra </w:t>
       </w:r>
       <w:r w:rsidRPr="008679CF">
         <w:t>förstör</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">ing av </w:t>
       </w:r>
       <w:r w:rsidRPr="008679CF">
         <w:t xml:space="preserve">originaljournalen </w:t>
       </w:r>
-      <w:r>
-        <w:t xml:space="preserve">inkl </w:t>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>inkl</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="008679CF">
         <w:t>journalkopior som lämnats till myndigheter, andra vårdenheter, vårdgivare etc.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="265C6754" w14:textId="77777777" w:rsidR="00BA473D" w:rsidRPr="0025265F" w:rsidRDefault="00BA473D" w:rsidP="00BA473D">
       <w:pPr>
         <w:pStyle w:val="MellanrubrikVGR"/>
       </w:pPr>
       <w:bookmarkStart w:id="9" w:name="_Toc161156727"/>
       <w:r w:rsidRPr="0025265F">
         <w:t>Chefläkare</w:t>
       </w:r>
       <w:bookmarkEnd w:id="9"/>
     </w:p>
     <w:p w14:paraId="41F4CC5F" w14:textId="77777777" w:rsidR="00BA473D" w:rsidRDefault="00BA473D" w:rsidP="00BA473D">
       <w:r>
-        <w:t>Ansvarar för att dokumenterade rutiner finns samt att kontakter tas med Meliorförvaltare.</w:t>
+        <w:t xml:space="preserve">Ansvarar för att dokumenterade rutiner finns samt att kontakter tas med </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>Meliorförvaltare</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="67511D98" w14:textId="77777777" w:rsidR="00BA473D" w:rsidRPr="002932C8" w:rsidRDefault="00BA473D" w:rsidP="00BA473D">
       <w:r w:rsidRPr="00807415">
         <w:t xml:space="preserve">Chefläkare underrättar IVO </w:t>
       </w:r>
       <w:r>
         <w:t>när journal</w:t>
       </w:r>
       <w:r w:rsidRPr="00807415">
         <w:t>förstöringen är utförd</w:t>
       </w:r>
       <w:r>
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="2DE93C31" w14:textId="77777777" w:rsidR="00BA473D" w:rsidRDefault="00BA473D" w:rsidP="00BA473D">
       <w:pPr>
         <w:pStyle w:val="MellanrubrikVGR"/>
       </w:pPr>
       <w:bookmarkStart w:id="10" w:name="_Toc161156728"/>
       <w:r>
         <w:t>Verksamheten</w:t>
       </w:r>
       <w:bookmarkEnd w:id="10"/>
     </w:p>
     <w:p w14:paraId="67B6F3D2" w14:textId="77777777" w:rsidR="00BA473D" w:rsidRDefault="00BA473D" w:rsidP="00BA473D">
       <w:r>
         <w:t>Ansvarar för korrigering av felaktig journalinformation och ställningstagande till förstöring av journal efter begäran beslut av IVO.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="70B4BF30" w14:textId="77777777" w:rsidR="00BA473D" w:rsidRPr="00AB0225" w:rsidRDefault="00BA473D" w:rsidP="00BA473D">
       <w:pPr>
         <w:rPr>
           <w:color w:val="006298" w:themeColor="accent1"/>
         </w:rPr>
       </w:pPr>
       <w:r>
-        <w:t>Lämnar uppdrag till Meliorförvaltningen</w:t>
-      </w:r>
+        <w:t xml:space="preserve">Lämnar uppdrag till </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>Meliorförvaltningen</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="0309AD3B">
         <w:rPr>
           <w:color w:val="006298" w:themeColor="accent1"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="611796F6" w14:textId="77777777" w:rsidR="00BA473D" w:rsidRDefault="00BA473D" w:rsidP="00BA473D">
       <w:pPr>
         <w:pStyle w:val="MellanrubrikVGR"/>
       </w:pPr>
       <w:bookmarkStart w:id="11" w:name="_Toc161156729"/>
+      <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:t>Meliorförvaltningen</w:t>
       </w:r>
       <w:bookmarkEnd w:id="11"/>
+      <w:proofErr w:type="spellEnd"/>
     </w:p>
     <w:p w14:paraId="61074564" w14:textId="6CC0E199" w:rsidR="00BA473D" w:rsidRDefault="00BA473D" w:rsidP="00BA473D">
+      <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="005929A0">
-        <w:t>Meliorförvaltare ansvarar för att verkställ</w:t>
+        <w:t>Meliorförvaltare</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005929A0">
+        <w:t xml:space="preserve"> ansvarar för att verkställ</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">a </w:t>
       </w:r>
       <w:r w:rsidRPr="005929A0">
         <w:t>rättelse hos berörd IT-tjänsteleverantör (</w:t>
       </w:r>
       <w:r w:rsidR="007233B9" w:rsidRPr="007233B9">
         <w:t>Oracle</w:t>
       </w:r>
       <w:r w:rsidRPr="005929A0">
         <w:t>) enligt verksamhetschefens</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> uppdrag. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="6EFDE7FD" w14:textId="2EFDC0F8" w:rsidR="00BA473D" w:rsidRDefault="00BA473D" w:rsidP="00BA473D">
       <w:pPr>
         <w:pStyle w:val="MellanrubrikVGR"/>
       </w:pPr>
       <w:bookmarkStart w:id="12" w:name="_Toc161156730"/>
       <w:r>
         <w:t>IT-tjänsteleverantör (</w:t>
       </w:r>
@@ -1728,51 +1761,67 @@
     </w:p>
     <w:p w14:paraId="49AD19FE" w14:textId="77777777" w:rsidR="00BA473D" w:rsidRDefault="00BA473D" w:rsidP="00BA473D">
       <w:r>
         <w:t>Enligt 3 kap. 14§ PDL får uppgifter i en journalhandling inte tas bort eller göras oläsliga, förutom stöd av bestämmelserna om journalförstöring i 8 kap 4§ samma lag. När en felaktig uppgift ska rättas måste det anges när rättelsen gjordes och vem som har gjort den. Om en journalanteckning är signerad eller låst får innehållet endast ändras i form av rättelser eller efter ett beslut om journalförstöring. Om en felaktig uppgift ska rättas måste både den felaktiga uppgiften och rättelsen synas i journalen.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="10CB0E67" w14:textId="77777777" w:rsidR="00BA473D" w:rsidRDefault="00BA473D" w:rsidP="00BA473D">
       <w:r>
         <w:t>En rättelse kan initieras av en patient, journalförare eller verksamhets</w:t>
       </w:r>
       <w:r>
         <w:softHyphen/>
         <w:t xml:space="preserve">chef och fordrar inte beslut från IVO. Rättelsen kan hanteras </w:t>
       </w:r>
       <w:bookmarkStart w:id="16" w:name="_Hlk124335242"/>
       <w:r>
         <w:t>direkt av verksamheten/vårdenheten i det berörda patientinformationsystemet (Melior</w:t>
       </w:r>
       <w:bookmarkEnd w:id="16"/>
       <w:r>
         <w:t>).</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="58F432D3" w14:textId="6084E382" w:rsidR="00BA473D" w:rsidRDefault="00BA473D" w:rsidP="00BA473D">
       <w:r>
-        <w:t>Chefläkare ansvarar för att det finns dokumenterade rutiner för hur rättelse av felaktigheter ska ske i patientinformationssystemet (Melior) enligt lagkrav. Chefläkare ser till att kontakter tas med Meliorförvaltare för att få rättelse verkställd. Meliorförvaltare ansvarar för att verkställelse av rättelse sker hos berörd IT-tjänsteleverantör (</w:t>
+        <w:t xml:space="preserve">Chefläkare ansvarar för att det finns dokumenterade rutiner för hur rättelse av felaktigheter ska ske i patientinformationssystemet (Melior) enligt lagkrav. Chefläkare ser till att kontakter tas med </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>Meliorförvaltare</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> för att få rättelse verkställd. </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>Meliorförvaltare</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> ansvarar för att verkställelse av rättelse sker hos berörd IT-tjänsteleverantör (</w:t>
       </w:r>
       <w:r w:rsidR="007233B9" w:rsidRPr="007233B9">
         <w:t>Oracle</w:t>
       </w:r>
       <w:r>
         <w:t>) enligt verksamhetschefens uppdrag samt meddelar verksamhetschef när rättelse verkställts.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="2B4EA557" w14:textId="77777777" w:rsidR="00BA473D" w:rsidRDefault="00BA473D" w:rsidP="00BA473D">
       <w:pPr>
         <w:pStyle w:val="Rubrik3"/>
       </w:pPr>
       <w:bookmarkStart w:id="17" w:name="_Toc161156734"/>
       <w:r>
         <w:t>Notering</w:t>
       </w:r>
       <w:bookmarkEnd w:id="17"/>
     </w:p>
     <w:p w14:paraId="0329C889" w14:textId="77777777" w:rsidR="00BA473D" w:rsidRDefault="00BA473D" w:rsidP="00BA473D">
       <w:r>
         <w:t xml:space="preserve">Enligt patientdatalagen kan patienten också </w:t>
       </w:r>
       <w:r w:rsidRPr="00813D11">
         <w:t xml:space="preserve">begära en anteckning i patientjournalen om att </w:t>
       </w:r>
@@ -1785,218 +1834,303 @@
       <w:r>
         <w:t xml:space="preserve">. Vårdgivaren kan inte neka detta [1, </w:t>
       </w:r>
       <w:r w:rsidRPr="007A5BE6">
         <w:t>3 kap 8 §</w:t>
       </w:r>
       <w:r>
         <w:t>].</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="74FEDFA5" w14:textId="77777777" w:rsidR="00BA473D" w:rsidRDefault="00BA473D" w:rsidP="00BA473D">
       <w:pPr>
         <w:pStyle w:val="Rubrik3"/>
       </w:pPr>
       <w:bookmarkStart w:id="18" w:name="_Toc161156735"/>
       <w:r>
         <w:t>Förstöring av journal eller del av journal</w:t>
       </w:r>
       <w:bookmarkEnd w:id="18"/>
     </w:p>
     <w:p w14:paraId="70D6BFC4" w14:textId="77777777" w:rsidR="00BA473D" w:rsidRDefault="00BA473D" w:rsidP="00BA473D">
       <w:r>
         <w:t>När Inspektionen för vård och omsorg (IVO) efter godtagbara skäl har fattat beslut om att en journal helt eller delvis ska förstöras, ska vårdgivaren se till att förstöra originaljournalen samt alla journalkopior som har lämnats till myndigheter, andra vårdenheter, vårdgivare etc. När det gäller patientuppgifter i elektroniska journaler och uppgifter som finns i säkerhetskopior (backuper), på mikrofilm m.m. kan det krävas omfattande arbetsinsatser för att förstöra allt.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7987B8A9" w14:textId="40E5E62F" w:rsidR="00BA473D" w:rsidRDefault="00BA473D" w:rsidP="00BA473D">
+    <w:p w14:paraId="7987B8A9" w14:textId="050C4AFA" w:rsidR="00BA473D" w:rsidRDefault="00BA473D" w:rsidP="00BA473D">
       <w:pPr>
         <w:keepNext/>
         <w:keepLines/>
       </w:pPr>
       <w:r>
         <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">Det är endast patienten själv eller någon som omnämns i en patientjournal som kan ansöka till IVO om att förstöra hela eller delar av patientjournal. Vården kan aldrig ansöka åt en patient. Vårdpersonal kan hjälpa patienten med information om vad som gäller och hur de ska göra, men ansökan ska skrivas och undertecknas av patienten eller dennes ombud. En särskild </w:t>
       </w:r>
       <w:hyperlink r:id="rId12" w:history="1">
-        <w:r w:rsidRPr="00346A54">
+        <w:r w:rsidRPr="00A5305D">
           <w:rPr>
             <w:rStyle w:val="Hyperlnk"/>
           </w:rPr>
-          <w:t>blankett finns på IVO:s webbsida</w:t>
+          <w:t xml:space="preserve">blankett finns på </w:t>
+        </w:r>
+        <w:proofErr w:type="spellStart"/>
+        <w:r w:rsidRPr="00A5305D">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlnk"/>
+          </w:rPr>
+          <w:t>IVO:s</w:t>
+        </w:r>
+        <w:proofErr w:type="spellEnd"/>
+        <w:r w:rsidRPr="00A5305D">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlnk"/>
+          </w:rPr>
+          <w:t xml:space="preserve"> webbsida.</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
     </w:p>
     <w:p w14:paraId="66C43257" w14:textId="77777777" w:rsidR="00BA473D" w:rsidRDefault="00BA473D" w:rsidP="00BA473D">
       <w:r>
         <w:t xml:space="preserve">När en uppgift har förts in i fel patients journal anses att journalinformationen juridiskt sett aldrig har journalförts </w:t>
       </w:r>
       <w:r w:rsidRPr="007941A7">
         <w:t>(t.ex. genom felaktigt inskannad remiss eller missbruk av annans identitet)</w:t>
       </w:r>
       <w:r>
         <w:t>.</w:t>
       </w:r>
       <w:r w:rsidRPr="007941A7">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:t>När ett sådant fel upptäckts behöver alltså inte journalförstöring användas. Det är tillräckligt att uppgifterna flyttas från den felaktiga patientens journal till den rätta alternativt tillfällig journal med reservidentitet.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="0FCC12B1" w14:textId="77777777" w:rsidR="00BA473D" w:rsidRDefault="00BA473D" w:rsidP="00BA473D">
       <w:r>
         <w:t>Avvikelse ska registreras enligt ordinarie rutin och utredas enligt verksamhetens systematiska kvalitetsarbete.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="22F5D709" w14:textId="77777777" w:rsidR="00BA473D" w:rsidRDefault="00BA473D" w:rsidP="00BA473D">
       <w:r w:rsidRPr="00BC36ED">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>OBS!</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> Var observant på om inskannade handlingar och fotografier finns kopplade till patientens journal. Om detta finns ska även sjukhusarkivet involveras.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="4C4739BA" w14:textId="77777777" w:rsidR="00BA473D" w:rsidRDefault="00BA473D" w:rsidP="00BA473D">
       <w:pPr>
         <w:pStyle w:val="Rubrik3"/>
       </w:pPr>
       <w:bookmarkStart w:id="19" w:name="_Toc161156736"/>
       <w:r>
         <w:t>Handläggning förstöring av journal eller del av journal</w:t>
       </w:r>
       <w:bookmarkEnd w:id="19"/>
     </w:p>
     <w:p w14:paraId="637E7D05" w14:textId="77777777" w:rsidR="00BA473D" w:rsidRDefault="00BA473D" w:rsidP="00BA473D">
       <w:pPr>
         <w:pStyle w:val="Punktlista"/>
       </w:pPr>
       <w:r>
-        <w:t>IVO kontaktar chefläkare med begäran om yttrande från berörd verksamhetschef som argumenterar för eller emot journalförstöring i specifikt fall. IVO:s begäran diarieförs i SÄS diarium innan handlingar med verksamhetschefs yttrande returneras till IVO.</w:t>
+        <w:t xml:space="preserve">IVO kontaktar chefläkare med begäran om yttrande från berörd verksamhetschef som argumenterar för eller emot journalförstöring i specifikt fall. </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>IVO:s</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> begäran diarieförs i SÄS diarium innan handlingar med verksamhetschefs yttrande returneras till IVO.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="068F0A9A" w14:textId="77777777" w:rsidR="00BA473D" w:rsidRDefault="00BA473D" w:rsidP="00BA473D">
       <w:pPr>
         <w:pStyle w:val="Punktlista"/>
       </w:pPr>
       <w:r w:rsidRPr="00763C51">
-        <w:t>När IVO fattar beslut om att journalförstöring ska ske, ger chefläkare i uppdrag till Meliorförvaltare att genomföra förstöring och bekräfta. Finns inskannade handlingar i E-arkiv eller Picsara ger chefläkaren uppdrag till sjukhusarkivet att förstöra information. Chef för sjukhusarkivet bekräftar skriftligt till chefläkaren att radering har skett</w:t>
+        <w:t xml:space="preserve">När IVO fattar beslut om att journalförstöring ska ske, ger chefläkare i uppdrag till </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00763C51">
+        <w:t>Meliorförvaltare</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00763C51">
+        <w:t xml:space="preserve"> att genomföra förstöring och bekräfta. Finns inskannade handlingar i E-arkiv eller </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00763C51">
+        <w:t>Picsara</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00763C51">
+        <w:t xml:space="preserve"> ger chefläkaren uppdrag till sjukhusarkivet att förstöra information. Chef för sjukhusarkivet bekräftar skriftligt till chefläkaren att radering har skett</w:t>
       </w:r>
       <w:r>
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="38966AFF" w14:textId="4C96E83B" w:rsidR="00BA473D" w:rsidRDefault="00BA473D" w:rsidP="00BA473D">
       <w:pPr>
         <w:pStyle w:val="Punktlista"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Chefläkare meddelar även berörd verksamhetschef om beslut samt ger denna i uppdrag att identifiera om journalinformation som begärts förstörd, har kopierats och skickats till </w:t>
       </w:r>
       <w:r w:rsidR="0038101B">
         <w:t>SÄS-</w:t>
       </w:r>
       <w:r>
         <w:t>extern vårdgivare, t.ex. primärvård. Om så är fallet ska verksamhetschef kontakta mottagare till dessa kopior och begära förstöring av journal.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="7D938330" w14:textId="2A485819" w:rsidR="00BA473D" w:rsidRDefault="00BA473D" w:rsidP="00BA473D">
       <w:pPr>
         <w:pStyle w:val="Punktlista"/>
       </w:pPr>
-      <w:r>
-        <w:t xml:space="preserve">Meliorförvaltaren inhämtar nödvändig information (utskrift av den journaltext som ska tas bort samt kopia av IVO:s beslut). Upprättar formulär ”Begäran om borttagande av journalinformation” med aktuellt SÄS-ärendenummer och skickar till leverantören </w:t>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>Meliorförvaltaren</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> inhämtar nödvändig information (utskrift av den journaltext som ska tas bort samt kopia av </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>IVO:s</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> beslut). Upprättar formulär ”Begäran om borttagande av journalinformation” med aktuellt SÄS-ärendenummer och skickar till leverantören </w:t>
       </w:r>
       <w:r w:rsidR="007233B9" w:rsidRPr="007233B9">
         <w:t xml:space="preserve">Oracle </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">via deras elektroniska ärendehanteringssystem. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="1F1CBE61" w14:textId="37514E0F" w:rsidR="00BA473D" w:rsidRDefault="00BA473D" w:rsidP="00BA473D">
       <w:pPr>
         <w:pStyle w:val="Normalmedindrag"/>
       </w:pPr>
       <w:r>
         <w:lastRenderedPageBreak/>
-        <w:t xml:space="preserve">Kopia av materialet sparas av Meliorförvaltare tills </w:t>
+        <w:t xml:space="preserve">Kopia av materialet sparas av </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>Meliorförvaltare</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> tills </w:t>
       </w:r>
       <w:r w:rsidR="007233B9" w:rsidRPr="007233B9">
         <w:t xml:space="preserve">Oracle </w:t>
       </w:r>
       <w:r>
         <w:t>bekräftar att journalförstöringen är utförd.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="2CC03F1E" w14:textId="778068CD" w:rsidR="00BA473D" w:rsidRDefault="00BA473D" w:rsidP="00BA473D">
       <w:pPr>
         <w:pStyle w:val="Normalmedindrag"/>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">Felanmälan skickas av Meliorförvaltare till </w:t>
+        <w:t xml:space="preserve">Felanmälan skickas av </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>Meliorförvaltare</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> till </w:t>
       </w:r>
       <w:r w:rsidR="007233B9" w:rsidRPr="007233B9">
         <w:t xml:space="preserve">Oracle </w:t>
       </w:r>
       <w:r>
-        <w:t>med hänvisning till SÄS ärendenummer samt IVO:s diarienummer och begär bekräftelse på att ärende och inskickat material kommit fram.</w:t>
+        <w:t xml:space="preserve">med hänvisning till SÄS ärendenummer samt </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>IVO:s</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> diarienummer och begär bekräftelse på att ärende och inskickat material kommit fram.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="66423E5C" w14:textId="424D7B14" w:rsidR="00BA473D" w:rsidRDefault="007233B9" w:rsidP="00BA473D">
       <w:pPr>
         <w:pStyle w:val="Punktlista"/>
       </w:pPr>
       <w:r w:rsidRPr="007233B9">
         <w:t xml:space="preserve">Oracle </w:t>
       </w:r>
       <w:r w:rsidR="00BA473D">
-        <w:t>raderar därefter journalinformation enligt IVO:s beslut och återkopplar därefter till förvaltare på IS/IT SÄS att åtgärden är utförd.</w:t>
+        <w:t xml:space="preserve">raderar därefter journalinformation enligt </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00BA473D">
+        <w:t>IVO:s</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00BA473D">
+        <w:t xml:space="preserve"> beslut och återkopplar därefter till förvaltare på IS/IT SÄS att åtgärden är utförd.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="165F2ECF" w14:textId="77777777" w:rsidR="00BA473D" w:rsidRDefault="00BA473D" w:rsidP="00BA473D">
       <w:pPr>
         <w:pStyle w:val="Normalmedindrag"/>
       </w:pPr>
       <w:r>
         <w:t>Logglistor är inte en del av journalen och tas därför inte bort.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5C937771" w14:textId="77777777" w:rsidR="00BA473D" w:rsidRDefault="00BA473D" w:rsidP="00BA473D">
       <w:pPr>
         <w:pStyle w:val="Punktlista"/>
         <w:keepNext/>
         <w:keepLines/>
       </w:pPr>
-      <w:r>
-        <w:t xml:space="preserve">Meliorförvaltare intygar med ett tjänsteutlåtande till chefläkaren att förstöringen är genomförd. </w:t>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>Meliorförvaltare</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> intygar med ett tjänsteutlåtande till chefläkaren att förstöringen är genomförd. </w:t>
       </w:r>
       <w:bookmarkStart w:id="20" w:name="_Hlk124336722"/>
       <w:r>
         <w:t>Chefläkare underrättar därefter IVO samt meddelar patienten om att journalförstöringen är utförd</w:t>
       </w:r>
       <w:bookmarkEnd w:id="20"/>
       <w:r>
         <w:t>. När IVO fått information om att journalförstöringen är utförd förstör även IVO sina kopior.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="205A0564" w14:textId="77777777" w:rsidR="00BA473D" w:rsidRDefault="00BA473D" w:rsidP="00BA473D">
       <w:pPr>
         <w:pStyle w:val="Punktlista"/>
       </w:pPr>
       <w:r w:rsidRPr="00414A16">
         <w:t>Beslut och övriga handlingar i ärendet diarieförs av SÄS chefläkar</w:t>
       </w:r>
       <w:r>
         <w:t>funktion</w:t>
       </w:r>
       <w:r w:rsidRPr="00414A16">
         <w:t xml:space="preserve"> och arkiveras enligt dokumenthanteringsplan</w:t>
       </w:r>
       <w:r>
         <w:t>.</w:t>
@@ -2008,62 +2142,67 @@
       </w:pPr>
       <w:bookmarkStart w:id="21" w:name="_Toc161156737"/>
       <w:r>
         <w:t>Dokumentinformation</w:t>
       </w:r>
       <w:bookmarkEnd w:id="21"/>
     </w:p>
     <w:p w14:paraId="29FD34B4" w14:textId="77777777" w:rsidR="00BA473D" w:rsidRPr="00942581" w:rsidRDefault="00BA473D" w:rsidP="00BA473D">
       <w:pPr>
         <w:keepNext/>
         <w:keepLines/>
         <w:spacing w:after="0"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00942581">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>För innehållet svarar</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="71DBB31B" w14:textId="52E0C136" w:rsidR="00BA473D" w:rsidRDefault="00BA473D" w:rsidP="00BA473D">
+    <w:p w14:paraId="71DBB31B" w14:textId="5F33E0BC" w:rsidR="00BA473D" w:rsidRDefault="00BA473D" w:rsidP="00BA473D">
       <w:pPr>
         <w:keepNext/>
         <w:keepLines/>
         <w:ind w:right="565"/>
       </w:pPr>
       <w:r>
         <w:t>Madeleine Wahlgren, administrativ koordinator, SÄS patientsäkerhetsteam</w:t>
       </w:r>
       <w:r>
         <w:br/>
-        <w:t>Hanna Svensson, systemförvalting Melior, SÄS</w:t>
+      </w:r>
+      <w:r w:rsidR="31C39E3B">
+        <w:t>Frida Borg</w:t>
+      </w:r>
+      <w:r>
+        <w:t>, systemförvalting Melior, SÄS</w:t>
       </w:r>
       <w:r>
         <w:br/>
         <w:t>Henrik Hermansson, administrativ chef, SÄS (avsnitt om sjukhusarkiv)</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r w:rsidR="006D0A85">
         <w:t>Jerker Nilson</w:t>
       </w:r>
       <w:r>
         <w:t>, chefläkare (chefläkarens handläggning)</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="14730B39" w14:textId="77777777" w:rsidR="00BA473D" w:rsidRPr="00396C4F" w:rsidRDefault="00BA473D" w:rsidP="00BA473D">
       <w:pPr>
         <w:keepNext/>
         <w:keepLines/>
         <w:spacing w:after="0"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
@@ -2160,172 +2299,172 @@
     <w:p w14:paraId="037529CF" w14:textId="77777777" w:rsidR="00BA473D" w:rsidRPr="00BD18FD" w:rsidRDefault="00BA473D" w:rsidP="00BA473D">
       <w:pPr>
         <w:pStyle w:val="Liststycke"/>
         <w:keepNext/>
         <w:keepLines/>
         <w:rPr>
           <w:rStyle w:val="Hyperlnk"/>
           <w:color w:val="auto"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00D3678A">
         <w:t xml:space="preserve">Patientdatalagen SFS 2008:355. Svensk författningssamling. </w:t>
       </w:r>
       <w:r w:rsidRPr="00D3678A">
         <w:br/>
       </w:r>
       <w:hyperlink r:id="rId13" w:history="1">
         <w:r w:rsidRPr="00D3678A">
           <w:rPr>
             <w:rStyle w:val="Hyperlnk"/>
           </w:rPr>
           <w:t>www.riksdagen.se/sv/dokument-lagar/dokument/svensk-forfattningssamling/patientdatalag-2008355_sfs-2008-355</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="5F9BA16F" w14:textId="40D19343" w:rsidR="00C663BC" w:rsidRPr="00BA473D" w:rsidRDefault="00BA473D" w:rsidP="001A4B87">
+    <w:p w14:paraId="5F9BA16F" w14:textId="797916E2" w:rsidR="00C663BC" w:rsidRPr="00BA473D" w:rsidRDefault="00BA473D" w:rsidP="001A4B87">
       <w:pPr>
         <w:pStyle w:val="Liststycke"/>
         <w:ind w:right="282"/>
         <w:rPr>
           <w:rStyle w:val="Hyperlnk"/>
           <w:color w:val="auto"/>
           <w:u w:val="none"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="0016026C">
         <w:rPr>
           <w:rStyle w:val="Hyperlnk"/>
           <w:color w:val="auto"/>
           <w:u w:val="none"/>
         </w:rPr>
         <w:t>Information om journalförstöring. Inspektionen för vård och omsorg (IVO)</w:t>
       </w:r>
       <w:r w:rsidRPr="0016026C">
         <w:rPr>
           <w:rStyle w:val="Hyperlnk"/>
           <w:color w:val="auto"/>
           <w:u w:val="none"/>
         </w:rPr>
         <w:br/>
       </w:r>
       <w:hyperlink r:id="rId14" w:history="1">
-        <w:r w:rsidRPr="00BB403B">
+        <w:r w:rsidRPr="00335CBC">
           <w:rPr>
             <w:rStyle w:val="Hyperlnk"/>
           </w:rPr>
           <w:t>www.ivo.se/privatpersoner/missnojd-med-halso-sjukvard/om-din-patientjournal/ansokan-om-journalforstoring</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:sectPr w:rsidR="00C663BC" w:rsidRPr="00BA473D" w:rsidSect="00330F6A">
       <w:headerReference w:type="default" r:id="rId15"/>
       <w:footerReference w:type="even" r:id="rId16"/>
       <w:footerReference w:type="default" r:id="rId17"/>
       <w:headerReference w:type="first" r:id="rId18"/>
       <w:footerReference w:type="first" r:id="rId19"/>
       <w:type w:val="continuous"/>
       <w:pgSz w:w="11900" w:h="16840"/>
       <w:pgMar w:top="1418" w:right="1979" w:bottom="1276" w:left="992" w:header="284" w:footer="737" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:noEndnote/>
       <w:titlePg/>
       <w:docGrid w:linePitch="326"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="01B6444B" w14:textId="77777777" w:rsidR="00F32C0A" w:rsidRDefault="00F32C0A">
+    <w:p w14:paraId="5B3EDA37" w14:textId="77777777" w:rsidR="00DC6E88" w:rsidRDefault="00DC6E88">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="24BBBF88" w14:textId="77777777" w:rsidR="00F32C0A" w:rsidRDefault="00F32C0A">
+    <w:p w14:paraId="44964E72" w14:textId="77777777" w:rsidR="00DC6E88" w:rsidRDefault="00DC6E88">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationNotice" w:id="1">
-    <w:p w14:paraId="544EE27F" w14:textId="77777777" w:rsidR="00F32C0A" w:rsidRDefault="00F32C0A">
+    <w:p w14:paraId="677FFD83" w14:textId="77777777" w:rsidR="00DC6E88" w:rsidRDefault="00DC6E88">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier">
     <w:panose1 w:val="02070409020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="00000003" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="MS Gothic">
     <w:altName w:val="ＭＳ ゴシック"/>
     <w:panose1 w:val="020B0609070205080204"/>
     <w:charset w:val="80"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E00002FF" w:usb1="6AC7FDFB" w:usb2="08000012" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="MinionPro-Regular">
     <w:altName w:val="Calibri"/>
     <w:panose1 w:val="00000000000000000000"/>
     <w:charset w:val="4D"/>
     <w:family w:val="auto"/>
     <w:notTrueType/>
     <w:pitch w:val="default"/>
     <w:sig w:usb0="00000003" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
   </w:font>
@@ -2333,89 +2472,89 @@
     <w:altName w:val="Times New Roman"/>
     <w:charset w:val="00"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E1000AEF" w:usb1="5000A1FF" w:usb2="00000000" w:usb3="00000000" w:csb0="000001BF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="MS Mincho">
     <w:altName w:val="ＭＳ 明朝"/>
     <w:panose1 w:val="02020609040205080304"/>
     <w:charset w:val="80"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E00002FF" w:usb1="6AC7FDFB" w:usb2="08000012" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="1FE2B820" w14:textId="77777777" w:rsidR="00660269" w:rsidRDefault="00660269" w:rsidP="00C43BDD">
     <w:pPr>
       <w:pStyle w:val="Sidfot"/>
       <w:framePr w:wrap="around" w:vAnchor="text" w:hAnchor="margin" w:y="1"/>
       <w:rPr>
         <w:rStyle w:val="Sidnummer"/>
       </w:rPr>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:rStyle w:val="Sidnummer"/>
       </w:rPr>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:rPr>
         <w:rStyle w:val="Sidnummer"/>
       </w:rPr>
       <w:instrText xml:space="preserve">PAGE  </w:instrText>
     </w:r>
     <w:r>
       <w:rPr>
         <w:rStyle w:val="Sidnummer"/>
       </w:rPr>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
   <w:p w14:paraId="1FE2B821" w14:textId="77777777" w:rsidR="00660269" w:rsidRDefault="00660269" w:rsidP="00C43BDD">
     <w:pPr>
       <w:pStyle w:val="Sidfot"/>
       <w:ind w:firstLine="360"/>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footer2.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:sdt>
     <w:sdtPr>
       <w:id w:val="-2070031421"/>
       <w:docPartObj>
         <w:docPartGallery w:val="Page Numbers (Bottom of Page)"/>
         <w:docPartUnique/>
       </w:docPartObj>
     </w:sdtPr>
     <w:sdtEndPr>
       <w:rPr>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
     </w:sdtEndPr>
     <w:sdtContent>
       <w:p w14:paraId="47BD2091" w14:textId="2D4C1147" w:rsidR="00C50EE5" w:rsidRPr="00EC0A68" w:rsidRDefault="00A65FD4" w:rsidP="00EC0A68">
         <w:pPr>
           <w:pStyle w:val="Sidfot"/>
           <w:rPr>
             <w:sz w:val="16"/>
             <w:szCs w:val="16"/>
           </w:rPr>
         </w:pPr>
         <w:r w:rsidRPr="00EC0A68">
           <w:rPr>
@@ -2444,51 +2583,51 @@
             <w:szCs w:val="16"/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
         <w:r w:rsidR="00EC0A68" w:rsidRPr="00EC0A68">
           <w:rPr>
             <w:sz w:val="16"/>
             <w:szCs w:val="16"/>
           </w:rPr>
           <w:t>2</w:t>
         </w:r>
         <w:r w:rsidR="00EC0A68" w:rsidRPr="00EC0A68">
           <w:rPr>
             <w:sz w:val="16"/>
             <w:szCs w:val="16"/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:p>
     </w:sdtContent>
   </w:sdt>
 </w:ftr>
 </file>
 
 <file path=word/footer3.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="1FE2B822" w14:textId="18B43FB5" w:rsidR="00660269" w:rsidRDefault="009228AB" w:rsidP="00FB2F0F">
     <w:pPr>
       <w:pStyle w:val="Sidfot"/>
       <w:ind w:left="6237" w:hanging="141"/>
       <w:jc w:val="left"/>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:noProof/>
       </w:rPr>
       <w:drawing>
         <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658240" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="1FE2B825" wp14:editId="25147E04">
           <wp:simplePos x="0" y="0"/>
           <wp:positionH relativeFrom="column">
             <wp:posOffset>4388307</wp:posOffset>
           </wp:positionH>
           <wp:positionV relativeFrom="paragraph">
             <wp:posOffset>-27355</wp:posOffset>
           </wp:positionV>
           <wp:extent cx="1897920" cy="384860"/>
           <wp:effectExtent l="0" t="0" r="7620" b="0"/>
           <wp:wrapNone/>
           <wp:docPr id="4" name="Bildobjekt 4">
             <a:extLst xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:ext uri="{C183D7F6-B498-43B3-948B-1728B52AA6E4}">
@@ -2522,73 +2661,73 @@
                   <a:xfrm>
                     <a:off x="0" y="0"/>
                     <a:ext cx="1953671" cy="396165"/>
                   </a:xfrm>
                   <a:prstGeom prst="rect">
                     <a:avLst/>
                   </a:prstGeom>
                 </pic:spPr>
               </pic:pic>
             </a:graphicData>
           </a:graphic>
           <wp14:sizeRelH relativeFrom="margin">
             <wp14:pctWidth>0</wp14:pctWidth>
           </wp14:sizeRelH>
           <wp14:sizeRelV relativeFrom="margin">
             <wp14:pctHeight>0</wp14:pctHeight>
           </wp14:sizeRelV>
         </wp:anchor>
       </w:drawing>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="2F5297D4" w14:textId="77777777" w:rsidR="00F32C0A" w:rsidRDefault="00F32C0A"/>
+    <w:p w14:paraId="32B79E7A" w14:textId="77777777" w:rsidR="00DC6E88" w:rsidRDefault="00DC6E88"/>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="6494F372" w14:textId="77777777" w:rsidR="00F32C0A" w:rsidRDefault="00F32C0A">
+    <w:p w14:paraId="54068F31" w14:textId="77777777" w:rsidR="00DC6E88" w:rsidRDefault="00DC6E88">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationNotice" w:id="1">
-    <w:p w14:paraId="23DE4C62" w14:textId="77777777" w:rsidR="00F32C0A" w:rsidRDefault="00F32C0A">
+    <w:p w14:paraId="74A82028" w14:textId="77777777" w:rsidR="00DC6E88" w:rsidRDefault="00DC6E88">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="68F18EE5" w14:textId="39C06E14" w:rsidR="00294791" w:rsidRPr="00DA65C4" w:rsidRDefault="00DA65C4" w:rsidP="00DA65C4">
     <w:pPr>
       <w:pStyle w:val="Sidhuvud"/>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:noProof/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
       <mc:AlternateContent>
         <mc:Choice Requires="wps">
           <w:drawing>
             <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658243" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="264BC60A" wp14:editId="43F94021">
               <wp:simplePos x="0" y="0"/>
               <wp:positionH relativeFrom="column">
                 <wp:posOffset>0</wp:posOffset>
               </wp:positionH>
               <wp:positionV relativeFrom="paragraph">
                 <wp:posOffset>-635</wp:posOffset>
               </wp:positionV>
               <wp:extent cx="4667250" cy="323850"/>
               <wp:effectExtent l="0" t="0" r="0" b="0"/>
               <wp:wrapNone/>
               <wp:docPr id="10" name="Textruta 10"/>
@@ -2626,91 +2765,91 @@
                           <w:r w:rsidR="00367D19">
                             <w:rPr>
                               <w:sz w:val="20"/>
                               <w:szCs w:val="20"/>
                             </w:rPr>
                             <w:t>.</w:t>
                           </w:r>
                         </w:p>
                       </w:txbxContent>
                     </wps:txbx>
                     <wps:bodyPr rot="0" spcFirstLastPara="0" vertOverflow="overflow" horzOverflow="overflow" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" numCol="1" spcCol="0" rtlCol="0" fromWordArt="0" anchor="t" anchorCtr="0" forceAA="0" compatLnSpc="1">
                       <a:prstTxWarp prst="textNoShape">
                         <a:avLst/>
                       </a:prstTxWarp>
                       <a:noAutofit/>
                     </wps:bodyPr>
                   </wps:wsp>
                 </a:graphicData>
               </a:graphic>
               <wp14:sizeRelH relativeFrom="margin">
                 <wp14:pctWidth>0</wp14:pctWidth>
               </wp14:sizeRelH>
             </wp:anchor>
           </w:drawing>
         </mc:Choice>
-        <mc:Fallback>
-[...1 lines deleted...]
-            <v:shapetype w14:anchorId="264BC60A" id="_x0000_t202" coordsize="21600,21600" o:spt="202" path="m,l,21600r21600,l21600,xe">
+        <mc:Fallback xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+          <w:pict w14:anchorId="7925A2E7">
+            <v:shapetype id="_x0000_t202" coordsize="21600,21600" o:spt="202" path="m,l,21600r21600,l21600,xe" w14:anchorId="264BC60A">
               <v:stroke joinstyle="miter"/>
               <v:path gradientshapeok="t" o:connecttype="rect"/>
             </v:shapetype>
-            <v:shape id="Textruta 10" o:spid="_x0000_s1026" type="#_x0000_t202" style="position:absolute;left:0;text-align:left;margin-left:0;margin-top:-.05pt;width:367.5pt;height:25.5pt;z-index:251658243;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-width-relative:margin;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQCzkv6OFQIAACwEAAAOAAAAZHJzL2Uyb0RvYy54bWysU01v2zAMvQ/YfxB0X5yvpp0Rp8haZBgQ&#10;tAXSoWdFlmIDkqhJSuzs14+SnY91Ow27yKRIP5LvUfP7VityEM7XYAo6GgwpEYZDWZtdQb+/rj7d&#10;UeIDMyVTYERBj8LT+8XHD/PG5mIMFahSOIIgxueNLWgVgs2zzPNKaOYHYIXBoASnWUDX7bLSsQbR&#10;tcrGw+Esa8CV1gEX3uPtYxeki4QvpeDhWUovAlEFxd5COl06t/HMFnOW7xyzVc37Ntg/dKFZbbDo&#10;GeqRBUb2rv4DStfcgQcZBhx0BlLWXKQZcJrR8N00m4pZkWZBcrw90+T/Hyx/OmzsiyOh/QItChgJ&#10;aazPPV7GeVrpdPxipwTjSOHxTJtoA+F4OZ3Nbsc3GOIYm4wnd2gjTHb52zofvgrQJBoFdShLYosd&#10;1j50qaeUWMzAqlYqSaMMaQo6myDkbxEEVwZrXHqNVmi3bT/AFsojzuWgk9xbvqqx+Jr58MIcaoz9&#10;4t6GZzykAiwCvUVJBe7n3+5jPlKPUUoa3JmC+h975gQl6ptBUT6PptO4ZMmZ3tyO0XHXke11xOz1&#10;A+BajvCFWJ7MmB/UyZQO9Buu9zJWxRAzHGsXNJzMh9BtMj4PLpbLlIRrZVlYm43lETqSFql9bd+Y&#10;sz3/AZV7gtN2sfydDF1uR/dyH0DWSaNIcMdqzzuuZFK5fz5x56/9lHV55ItfAAAA//8DAFBLAwQU&#10;AAYACAAAACEAJkWNkN0AAAAFAQAADwAAAGRycy9kb3ducmV2LnhtbEyPQU/CQBSE7yb+h80z8QZb&#10;MFUofSWkCTExegC5eNt2l7Zx923tLlD99T5PeJzMZOabfD06K85mCJ0nhNk0AWGo9rqjBuHwvp0s&#10;QISoSCvrySB8mwDr4vYmV5n2F9qZ8z42gksoZAqhjbHPpAx1a5wKU98bYu/oB6ciy6GRelAXLndW&#10;zpPkUTrVES+0qjdla+rP/ckhvJTbN7Wr5m7xY8vn1+Om/zp8pIj3d+NmBSKaMV7D8IfP6FAwU+VP&#10;pIOwCHwkIkxmINh8ekhZVwhpsgRZ5PI/ffELAAD//wMAUEsBAi0AFAAGAAgAAAAhALaDOJL+AAAA&#10;4QEAABMAAAAAAAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEA&#10;OP0h/9YAAACUAQAACwAAAAAAAAAAAAAAAAAvAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEA&#10;s5L+jhUCAAAsBAAADgAAAAAAAAAAAAAAAAAuAgAAZHJzL2Uyb0RvYy54bWxQSwECLQAUAAYACAAA&#10;ACEAJkWNkN0AAAAFAQAADwAAAAAAAAAAAAAAAABvBAAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAAE&#10;AAQA8wAAAHkFAAAAAA==&#10;" filled="f" stroked="f" strokeweight=".5pt">
+            <v:shape id="Textruta 10" style="position:absolute;left:0;text-align:left;margin-left:0;margin-top:-.05pt;width:367.5pt;height:25.5pt;z-index:251658243;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-width-relative:margin;v-text-anchor:top" o:spid="_x0000_s1026" filled="f" stroked="f" strokeweight=".5pt" type="#_x0000_t202" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQCzkv6OFQIAACwEAAAOAAAAZHJzL2Uyb0RvYy54bWysU01v2zAMvQ/YfxB0X5yvpp0Rp8haZBgQ&#10;tAXSoWdFlmIDkqhJSuzs14+SnY91Ow27yKRIP5LvUfP7VityEM7XYAo6GgwpEYZDWZtdQb+/rj7d&#10;UeIDMyVTYERBj8LT+8XHD/PG5mIMFahSOIIgxueNLWgVgs2zzPNKaOYHYIXBoASnWUDX7bLSsQbR&#10;tcrGw+Esa8CV1gEX3uPtYxeki4QvpeDhWUovAlEFxd5COl06t/HMFnOW7xyzVc37Ntg/dKFZbbDo&#10;GeqRBUb2rv4DStfcgQcZBhx0BlLWXKQZcJrR8N00m4pZkWZBcrw90+T/Hyx/OmzsiyOh/QItChgJ&#10;aazPPV7GeVrpdPxipwTjSOHxTJtoA+F4OZ3Nbsc3GOIYm4wnd2gjTHb52zofvgrQJBoFdShLYosd&#10;1j50qaeUWMzAqlYqSaMMaQo6myDkbxEEVwZrXHqNVmi3bT/AFsojzuWgk9xbvqqx+Jr58MIcaoz9&#10;4t6GZzykAiwCvUVJBe7n3+5jPlKPUUoa3JmC+h975gQl6ptBUT6PptO4ZMmZ3tyO0XHXke11xOz1&#10;A+BajvCFWJ7MmB/UyZQO9Buu9zJWxRAzHGsXNJzMh9BtMj4PLpbLlIRrZVlYm43lETqSFql9bd+Y&#10;sz3/AZV7gtN2sfydDF1uR/dyH0DWSaNIcMdqzzuuZFK5fz5x56/9lHV55ItfAAAA//8DAFBLAwQU&#10;AAYACAAAACEAJkWNkN0AAAAFAQAADwAAAGRycy9kb3ducmV2LnhtbEyPQU/CQBSE7yb+h80z8QZb&#10;MFUofSWkCTExegC5eNt2l7Zx923tLlD99T5PeJzMZOabfD06K85mCJ0nhNk0AWGo9rqjBuHwvp0s&#10;QISoSCvrySB8mwDr4vYmV5n2F9qZ8z42gksoZAqhjbHPpAx1a5wKU98bYu/oB6ciy6GRelAXLndW&#10;zpPkUTrVES+0qjdla+rP/ckhvJTbN7Wr5m7xY8vn1+Om/zp8pIj3d+NmBSKaMV7D8IfP6FAwU+VP&#10;pIOwCHwkIkxmINh8ekhZVwhpsgRZ5PI/ffELAAD//wMAUEsBAi0AFAAGAAgAAAAhALaDOJL+AAAA&#10;4QEAABMAAAAAAAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEA&#10;OP0h/9YAAACUAQAACwAAAAAAAAAAAAAAAAAvAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEA&#10;s5L+jhUCAAAsBAAADgAAAAAAAAAAAAAAAAAuAgAAZHJzL2Uyb0RvYy54bWxQSwECLQAUAAYACAAA&#10;ACEAJkWNkN0AAAAFAQAADwAAAAAAAAAAAAAAAABvBAAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAAE&#10;AAQA8wAAAHkFAAAAAA==&#10;">
               <v:textbox>
                 <w:txbxContent>
-                  <w:p w14:paraId="70464969" w14:textId="1B285E8B" w:rsidR="00DA65C4" w:rsidRDefault="00DA65C4" w:rsidP="00DA65C4">
+                  <w:p w:rsidR="00DA65C4" w:rsidP="00DA65C4" w:rsidRDefault="00DA65C4" w14:paraId="685B7E76" w14:textId="1B285E8B">
                     <w:pPr>
                       <w:ind w:left="0"/>
                     </w:pPr>
                     <w:r w:rsidRPr="00762EE0">
                       <w:rPr>
                         <w:sz w:val="20"/>
                         <w:szCs w:val="20"/>
                       </w:rPr>
                       <w:t>OBS! Utskriven version kan vara ogiltig. Verifiera innehållet</w:t>
                     </w:r>
                     <w:r w:rsidR="00367D19">
                       <w:rPr>
                         <w:sz w:val="20"/>
                         <w:szCs w:val="20"/>
                       </w:rPr>
                       <w:t>.</w:t>
                     </w:r>
                   </w:p>
                 </w:txbxContent>
               </v:textbox>
             </v:shape>
           </w:pict>
         </mc:Fallback>
       </mc:AlternateContent>
     </w:r>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/header2.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="058CDD4D" w14:textId="2816BCFC" w:rsidR="008A4EB9" w:rsidRDefault="00BA473D" w:rsidP="00413A60">
     <w:pPr>
       <w:pStyle w:val="Sidhuvud"/>
       <w:ind w:left="0" w:right="567"/>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:noProof/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
       <mc:AlternateContent>
         <mc:Choice Requires="wps">
           <w:drawing>
             <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658242" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="5B7982AB" wp14:editId="28FD3765">
               <wp:simplePos x="0" y="0"/>
               <wp:positionH relativeFrom="column">
                 <wp:posOffset>-172720</wp:posOffset>
               </wp:positionH>
               <wp:positionV relativeFrom="paragraph">
                 <wp:posOffset>-85090</wp:posOffset>
               </wp:positionV>
               <wp:extent cx="4669155" cy="266700"/>
               <wp:effectExtent l="0" t="0" r="0" b="0"/>
               <wp:wrapTopAndBottom/>
@@ -2752,60 +2891,60 @@
                               <w:szCs w:val="20"/>
                             </w:rPr>
                             <w:t>.</w:t>
                           </w:r>
                         </w:p>
                       </w:txbxContent>
                     </wps:txbx>
                     <wps:bodyPr rot="0" spcFirstLastPara="0" vertOverflow="overflow" horzOverflow="overflow" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" numCol="1" spcCol="0" rtlCol="0" fromWordArt="0" anchor="t" anchorCtr="0" forceAA="0" compatLnSpc="1">
                       <a:prstTxWarp prst="textNoShape">
                         <a:avLst/>
                       </a:prstTxWarp>
                       <a:noAutofit/>
                     </wps:bodyPr>
                   </wps:wsp>
                 </a:graphicData>
               </a:graphic>
               <wp14:sizeRelH relativeFrom="margin">
                 <wp14:pctWidth>0</wp14:pctWidth>
               </wp14:sizeRelH>
               <wp14:sizeRelV relativeFrom="margin">
                 <wp14:pctHeight>0</wp14:pctHeight>
               </wp14:sizeRelV>
             </wp:anchor>
           </w:drawing>
         </mc:Choice>
-        <mc:Fallback>
-[...1 lines deleted...]
-            <v:shapetype w14:anchorId="5B7982AB" id="_x0000_t202" coordsize="21600,21600" o:spt="202" path="m,l,21600r21600,l21600,xe">
+        <mc:Fallback xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+          <w:pict w14:anchorId="2D4704D4">
+            <v:shapetype id="_x0000_t202" coordsize="21600,21600" o:spt="202" path="m,l,21600r21600,l21600,xe" w14:anchorId="5B7982AB">
               <v:stroke joinstyle="miter"/>
               <v:path gradientshapeok="t" o:connecttype="rect"/>
             </v:shapetype>
-            <v:shape id="Textruta 6" o:spid="_x0000_s1027" type="#_x0000_t202" style="position:absolute;margin-left:-13.6pt;margin-top:-6.7pt;width:367.65pt;height:21pt;z-index:251658242;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:margin;mso-height-relative:margin;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQATN2G0GgIAADMEAAAOAAAAZHJzL2Uyb0RvYy54bWysU01vGyEQvVfqf0Dc61279qZZeR25iVxV&#10;ipJITpUzZsG7EjAUsHfdX9+B9ZfSnqpeYGCG+XjvMb/rtSJ74XwLpqLjUU6JMBzq1mwr+uN19ekL&#10;JT4wUzMFRlT0IDy9W3z8MO9sKSbQgKqFI5jE+LKzFW1CsGWWed4IzfwIrDDolOA0C3h026x2rMPs&#10;WmWTPC+yDlxtHXDhPd4+DE66SPmlFDw8S+lFIKqi2FtIq0vrJq7ZYs7KrWO2afmxDfYPXWjWGix6&#10;TvXAAiM71/6RSrfcgQcZRhx0BlK2XKQZcJpx/m6adcOsSLMgON6eYfL/Ly1/2q/tiyOh/wo9EhgB&#10;6awvPV7GeXrpdNyxU4J+hPBwhk30gXC8nBbF7Xg2o4Sjb1IUN3nCNbu8ts6HbwI0iUZFHdKS0GL7&#10;Rx+wIoaeQmIxA6tWqUSNMqSraPF5lqcHZw++UAYfXnqNVug3PWnrqzk2UB9wPAcD897yVYs9PDIf&#10;XphDqnEilG94xkUqwFpwtChpwP36232MRwbQS0mH0qmo/7ljTlCivhvk5nY8nUatpcN0djPBg7v2&#10;bK49ZqfvAdU5xo9ieTJjfFAnUzrQb6jyZayKLmY41q5oOJn3YRA0/hIulssUhOqyLDyateUxdUQ1&#10;IvzavzFnjzQEJPAJTiJj5Ts2htiBj+UugGwTVRHnAdUj/KjMxODxF0XpX59T1OWvL34DAAD//wMA&#10;UEsDBBQABgAIAAAAIQCnMXJ84gAAAAoBAAAPAAAAZHJzL2Rvd25yZXYueG1sTI9NS8NAEIbvgv9h&#10;GcFbu8mqbYjZlBIogtRDay/eNtlpEtyPmN220V/v9KS3GebhnectVpM17Ixj6L2TkM4TYOgar3vX&#10;Sji8b2YZsBCV08p4hxK+McCqvL0pVK79xe3wvI8toxAXciWhi3HIOQ9Nh1aFuR/Q0e3oR6sirWPL&#10;9aguFG4NF0my4Fb1jj50asCqw+Zzf7ISXqvNm9rVwmY/pnrZHtfD1+HjScr7u2n9DCziFP9guOqT&#10;OpTkVPuT04EZCTOxFITSkD48AiNimWQpsFqCyBbAy4L/r1D+AgAA//8DAFBLAQItABQABgAIAAAA&#10;IQC2gziS/gAAAOEBAAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0A&#10;FAAGAAgAAAAhADj9If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAALwEAAF9yZWxzLy5yZWxzUEsBAi0A&#10;FAAGAAgAAAAhABM3YbQaAgAAMwQAAA4AAAAAAAAAAAAAAAAALgIAAGRycy9lMm9Eb2MueG1sUEsB&#10;Ai0AFAAGAAgAAAAhAKcxcnziAAAACgEAAA8AAAAAAAAAAAAAAAAAdAQAAGRycy9kb3ducmV2Lnht&#10;bFBLBQYAAAAABAAEAPMAAACDBQAAAAA=&#10;" filled="f" stroked="f" strokeweight=".5pt">
+            <v:shape id="Textruta 6" style="position:absolute;margin-left:-13.6pt;margin-top:-6.7pt;width:367.65pt;height:21pt;z-index:251658242;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:margin;mso-height-relative:margin;v-text-anchor:top" o:spid="_x0000_s1027" filled="f" stroked="f" strokeweight=".5pt" type="#_x0000_t202" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQATN2G0GgIAADMEAAAOAAAAZHJzL2Uyb0RvYy54bWysU01vGyEQvVfqf0Dc61279qZZeR25iVxV&#10;ipJITpUzZsG7EjAUsHfdX9+B9ZfSnqpeYGCG+XjvMb/rtSJ74XwLpqLjUU6JMBzq1mwr+uN19ekL&#10;JT4wUzMFRlT0IDy9W3z8MO9sKSbQgKqFI5jE+LKzFW1CsGWWed4IzfwIrDDolOA0C3h026x2rMPs&#10;WmWTPC+yDlxtHXDhPd4+DE66SPmlFDw8S+lFIKqi2FtIq0vrJq7ZYs7KrWO2afmxDfYPXWjWGix6&#10;TvXAAiM71/6RSrfcgQcZRhx0BlK2XKQZcJpx/m6adcOsSLMgON6eYfL/Ly1/2q/tiyOh/wo9EhgB&#10;6awvPV7GeXrpdNyxU4J+hPBwhk30gXC8nBbF7Xg2o4Sjb1IUN3nCNbu8ts6HbwI0iUZFHdKS0GL7&#10;Rx+wIoaeQmIxA6tWqUSNMqSraPF5lqcHZw++UAYfXnqNVug3PWnrqzk2UB9wPAcD897yVYs9PDIf&#10;XphDqnEilG94xkUqwFpwtChpwP36232MRwbQS0mH0qmo/7ljTlCivhvk5nY8nUatpcN0djPBg7v2&#10;bK49ZqfvAdU5xo9ieTJjfFAnUzrQb6jyZayKLmY41q5oOJn3YRA0/hIulssUhOqyLDyateUxdUQ1&#10;IvzavzFnjzQEJPAJTiJj5Ts2htiBj+UugGwTVRHnAdUj/KjMxODxF0XpX59T1OWvL34DAAD//wMA&#10;UEsDBBQABgAIAAAAIQCnMXJ84gAAAAoBAAAPAAAAZHJzL2Rvd25yZXYueG1sTI9NS8NAEIbvgv9h&#10;GcFbu8mqbYjZlBIogtRDay/eNtlpEtyPmN220V/v9KS3GebhnectVpM17Ixj6L2TkM4TYOgar3vX&#10;Sji8b2YZsBCV08p4hxK+McCqvL0pVK79xe3wvI8toxAXciWhi3HIOQ9Nh1aFuR/Q0e3oR6sirWPL&#10;9aguFG4NF0my4Fb1jj50asCqw+Zzf7ISXqvNm9rVwmY/pnrZHtfD1+HjScr7u2n9DCziFP9guOqT&#10;OpTkVPuT04EZCTOxFITSkD48AiNimWQpsFqCyBbAy4L/r1D+AgAA//8DAFBLAQItABQABgAIAAAA&#10;IQC2gziS/gAAAOEBAAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0A&#10;FAAGAAgAAAAhADj9If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAALwEAAF9yZWxzLy5yZWxzUEsBAi0A&#10;FAAGAAgAAAAhABM3YbQaAgAAMwQAAA4AAAAAAAAAAAAAAAAALgIAAGRycy9lMm9Eb2MueG1sUEsB&#10;Ai0AFAAGAAgAAAAhAKcxcnziAAAACgEAAA8AAAAAAAAAAAAAAAAAdAQAAGRycy9kb3ducmV2Lnht&#10;bFBLBQYAAAAABAAEAPMAAACDBQAAAAA=&#10;">
               <v:textbox>
                 <w:txbxContent>
-                  <w:p w14:paraId="72D45401" w14:textId="0A2CCBAA" w:rsidR="00413A60" w:rsidRDefault="00413A60">
+                  <w:p w:rsidR="00413A60" w:rsidRDefault="00413A60" w14:paraId="6D41DF98" w14:textId="0A2CCBAA">
                     <w:pPr>
                       <w:ind w:left="0"/>
                     </w:pPr>
                     <w:r w:rsidRPr="00762EE0">
                       <w:rPr>
                         <w:sz w:val="20"/>
                         <w:szCs w:val="20"/>
                       </w:rPr>
                       <w:t>OBS! Utskriven version kan vara ogiltig. Verifiera innehållet</w:t>
                     </w:r>
                     <w:r w:rsidR="00367D19">
                       <w:rPr>
                         <w:sz w:val="20"/>
                         <w:szCs w:val="20"/>
                       </w:rPr>
                       <w:t>.</w:t>
                     </w:r>
                   </w:p>
                 </w:txbxContent>
               </v:textbox>
               <w10:wrap type="topAndBottom"/>
             </v:shape>
           </w:pict>
         </mc:Fallback>
       </mc:AlternateContent>
@@ -2873,51 +3012,51 @@
                   <a:prstGeom prst="rect">
                     <a:avLst/>
                   </a:prstGeom>
                   <a:noFill/>
                   <a:ln>
                     <a:noFill/>
                   </a:ln>
                 </pic:spPr>
               </pic:pic>
             </a:graphicData>
           </a:graphic>
           <wp14:sizeRelH relativeFrom="margin">
             <wp14:pctWidth>0</wp14:pctWidth>
           </wp14:sizeRelH>
           <wp14:sizeRelV relativeFrom="margin">
             <wp14:pctHeight>0</wp14:pctHeight>
           </wp14:sizeRelV>
         </wp:anchor>
       </w:drawing>
     </w:r>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="FFFFFF1D"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="FBCC56FC"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="0"/>
         </w:tabs>
         <w:ind w:left="0" w:firstLine="0"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
@@ -5050,53 +5189,54 @@
   <w:num w:numId="14" w16cid:durableId="1403453525">
     <w:abstractNumId w:val="9"/>
   </w:num>
   <w:num w:numId="15" w16cid:durableId="304167418">
     <w:abstractNumId w:val="7"/>
   </w:num>
   <w:num w:numId="16" w16cid:durableId="1773814863">
     <w:abstractNumId w:val="12"/>
   </w:num>
   <w:num w:numId="17" w16cid:durableId="650407607">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="18" w16cid:durableId="8341264">
     <w:abstractNumId w:val="10"/>
   </w:num>
   <w:num w:numId="19" w16cid:durableId="1041436161">
     <w:abstractNumId w:val="17"/>
   </w:num>
   <w:num w:numId="20" w16cid:durableId="1463189169">
     <w:abstractNumId w:val="15"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
-  <w:zoom w:percent="90"/>
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
+  <w:zoom w:percent="120"/>
   <w:embedSystemFonts/>
+  <w:proofState w:spelling="clean"/>
   <w:attachedTemplate r:id="rId1"/>
   <w:stylePaneFormatFilter w:val="D804" w:allStyles="0" w:customStyles="0" w:latentStyles="1" w:stylesInUse="0" w:headingStyles="0" w:numberingStyles="0" w:tableStyles="0" w:directFormattingOnRuns="0" w:directFormattingOnParagraphs="0" w:directFormattingOnNumbering="0" w:directFormattingOnTables="1" w:clearFormatting="1" w:top3HeadingStyles="0" w:visibleStyles="1" w:alternateStyleNames="1"/>
   <w:documentProtection w:formatting="1" w:enforcement="0"/>
   <w:styleLockTheme/>
   <w:styleLockQFSet/>
   <w:defaultTabStop w:val="1304"/>
   <w:hyphenationZone w:val="425"/>
   <w:displayHorizontalDrawingGridEvery w:val="0"/>
   <w:displayVerticalDrawingGridEvery w:val="0"/>
   <w:doNotUseMarginsForDrawingGridOrigin/>
   <w:noPunctuationKerning/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050" strokecolor="#4a773c">
       <v:stroke color="#4a773c" weight="1pt"/>
       <v:shadow opacity="24903f" origin=",.5" offset="0,.55556mm"/>
       <o:colormru v:ext="edit" colors="#4a773c"/>
     </o:shapedefaults>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
     <w:footnote w:id="1"/>
   </w:footnotePr>
   <w:endnotePr>
@@ -5262,50 +5402,51 @@
     <w:rsid w:val="002C60AD"/>
     <w:rsid w:val="002D0E0E"/>
     <w:rsid w:val="002D3977"/>
     <w:rsid w:val="002D6023"/>
     <w:rsid w:val="002E1AD0"/>
     <w:rsid w:val="002E263F"/>
     <w:rsid w:val="002E2F32"/>
     <w:rsid w:val="002E6F81"/>
     <w:rsid w:val="002F08BA"/>
     <w:rsid w:val="002F1BF2"/>
     <w:rsid w:val="002F2CFF"/>
     <w:rsid w:val="002F568B"/>
     <w:rsid w:val="002F5891"/>
     <w:rsid w:val="002F7818"/>
     <w:rsid w:val="00303CBF"/>
     <w:rsid w:val="003066D0"/>
     <w:rsid w:val="00311401"/>
     <w:rsid w:val="003203D7"/>
     <w:rsid w:val="00320F86"/>
     <w:rsid w:val="00324171"/>
     <w:rsid w:val="0032512C"/>
     <w:rsid w:val="003269DC"/>
     <w:rsid w:val="00326C24"/>
     <w:rsid w:val="00330F6A"/>
     <w:rsid w:val="00333467"/>
+    <w:rsid w:val="00335CBC"/>
     <w:rsid w:val="00337F99"/>
     <w:rsid w:val="00340095"/>
     <w:rsid w:val="003410BD"/>
     <w:rsid w:val="0034307B"/>
     <w:rsid w:val="00345EB1"/>
     <w:rsid w:val="00350CC4"/>
     <w:rsid w:val="0035277C"/>
     <w:rsid w:val="003576C8"/>
     <w:rsid w:val="00360E0D"/>
     <w:rsid w:val="0036357D"/>
     <w:rsid w:val="00365625"/>
     <w:rsid w:val="0036594C"/>
     <w:rsid w:val="00367C7C"/>
     <w:rsid w:val="00367D19"/>
     <w:rsid w:val="00371BED"/>
     <w:rsid w:val="00372D01"/>
     <w:rsid w:val="0038101B"/>
     <w:rsid w:val="00384019"/>
     <w:rsid w:val="003854F1"/>
     <w:rsid w:val="00385BBC"/>
     <w:rsid w:val="0039118E"/>
     <w:rsid w:val="00391458"/>
     <w:rsid w:val="00395698"/>
     <w:rsid w:val="00396943"/>
     <w:rsid w:val="00396C4F"/>
@@ -5534,50 +5675,51 @@
     <w:rsid w:val="008A0C5F"/>
     <w:rsid w:val="008A3DEA"/>
     <w:rsid w:val="008A4C0A"/>
     <w:rsid w:val="008A4EB9"/>
     <w:rsid w:val="008A74C0"/>
     <w:rsid w:val="008B1694"/>
     <w:rsid w:val="008B7D29"/>
     <w:rsid w:val="008C0522"/>
     <w:rsid w:val="008C26D2"/>
     <w:rsid w:val="008C4B27"/>
     <w:rsid w:val="008C7F2A"/>
     <w:rsid w:val="008D26E2"/>
     <w:rsid w:val="008E36F8"/>
     <w:rsid w:val="008E46B2"/>
     <w:rsid w:val="008E682C"/>
     <w:rsid w:val="008E78A1"/>
     <w:rsid w:val="008F589F"/>
     <w:rsid w:val="00902F17"/>
     <w:rsid w:val="00906238"/>
     <w:rsid w:val="00907EF9"/>
     <w:rsid w:val="00911231"/>
     <w:rsid w:val="0091295C"/>
     <w:rsid w:val="00914D58"/>
     <w:rsid w:val="00921F47"/>
     <w:rsid w:val="009228AB"/>
+    <w:rsid w:val="00927D20"/>
     <w:rsid w:val="0093085B"/>
     <w:rsid w:val="00931C57"/>
     <w:rsid w:val="009346F4"/>
     <w:rsid w:val="009347A5"/>
     <w:rsid w:val="00942257"/>
     <w:rsid w:val="00942581"/>
     <w:rsid w:val="00943F33"/>
     <w:rsid w:val="009471BF"/>
     <w:rsid w:val="009479A6"/>
     <w:rsid w:val="00950CB6"/>
     <w:rsid w:val="00950E4E"/>
     <w:rsid w:val="009516A5"/>
     <w:rsid w:val="009529BD"/>
     <w:rsid w:val="009533B4"/>
     <w:rsid w:val="00956952"/>
     <w:rsid w:val="00957D35"/>
     <w:rsid w:val="00962E40"/>
     <w:rsid w:val="009643CD"/>
     <w:rsid w:val="00971D93"/>
     <w:rsid w:val="00974925"/>
     <w:rsid w:val="009B1F6B"/>
     <w:rsid w:val="009B524D"/>
     <w:rsid w:val="009C0D12"/>
     <w:rsid w:val="009C192E"/>
     <w:rsid w:val="009C2E3E"/>
@@ -5586,50 +5728,51 @@
     <w:rsid w:val="009D6819"/>
     <w:rsid w:val="009D6D1C"/>
     <w:rsid w:val="009E0CF9"/>
     <w:rsid w:val="009E531B"/>
     <w:rsid w:val="009E6C56"/>
     <w:rsid w:val="009E7DCF"/>
     <w:rsid w:val="009F4A56"/>
     <w:rsid w:val="009F4D35"/>
     <w:rsid w:val="009F4E65"/>
     <w:rsid w:val="009F6A67"/>
     <w:rsid w:val="00A006A5"/>
     <w:rsid w:val="00A0461B"/>
     <w:rsid w:val="00A05942"/>
     <w:rsid w:val="00A07BEC"/>
     <w:rsid w:val="00A264BE"/>
     <w:rsid w:val="00A272CA"/>
     <w:rsid w:val="00A305C2"/>
     <w:rsid w:val="00A33051"/>
     <w:rsid w:val="00A37B0E"/>
     <w:rsid w:val="00A407AD"/>
     <w:rsid w:val="00A40923"/>
     <w:rsid w:val="00A41C05"/>
     <w:rsid w:val="00A42426"/>
     <w:rsid w:val="00A514B7"/>
     <w:rsid w:val="00A521D0"/>
+    <w:rsid w:val="00A5305D"/>
     <w:rsid w:val="00A54A0B"/>
     <w:rsid w:val="00A558D5"/>
     <w:rsid w:val="00A562CF"/>
     <w:rsid w:val="00A60F45"/>
     <w:rsid w:val="00A65FD4"/>
     <w:rsid w:val="00A81198"/>
     <w:rsid w:val="00A81C10"/>
     <w:rsid w:val="00A81E48"/>
     <w:rsid w:val="00A82035"/>
     <w:rsid w:val="00A85455"/>
     <w:rsid w:val="00A87E5B"/>
     <w:rsid w:val="00A90D77"/>
     <w:rsid w:val="00A92E07"/>
     <w:rsid w:val="00AA0B3A"/>
     <w:rsid w:val="00AA0D04"/>
     <w:rsid w:val="00AA3C9E"/>
     <w:rsid w:val="00AA6EB4"/>
     <w:rsid w:val="00AA767D"/>
     <w:rsid w:val="00AA793A"/>
     <w:rsid w:val="00AB0225"/>
     <w:rsid w:val="00AB0CC9"/>
     <w:rsid w:val="00AB76EB"/>
     <w:rsid w:val="00AC3FF6"/>
     <w:rsid w:val="00AC484E"/>
     <w:rsid w:val="00AC5047"/>
@@ -5683,50 +5826,51 @@
     <w:rsid w:val="00BB5696"/>
     <w:rsid w:val="00BB69DB"/>
     <w:rsid w:val="00BB739E"/>
     <w:rsid w:val="00BC322E"/>
     <w:rsid w:val="00BC36ED"/>
     <w:rsid w:val="00BC44CD"/>
     <w:rsid w:val="00BC48A6"/>
     <w:rsid w:val="00BC6664"/>
     <w:rsid w:val="00BC7E8D"/>
     <w:rsid w:val="00BD0D29"/>
     <w:rsid w:val="00BD0D88"/>
     <w:rsid w:val="00BD18FD"/>
     <w:rsid w:val="00BD5DCA"/>
     <w:rsid w:val="00BE2AC1"/>
     <w:rsid w:val="00BE7978"/>
     <w:rsid w:val="00BF1B3A"/>
     <w:rsid w:val="00BF2E67"/>
     <w:rsid w:val="00C016E4"/>
     <w:rsid w:val="00C01F0D"/>
     <w:rsid w:val="00C04B50"/>
     <w:rsid w:val="00C07DDB"/>
     <w:rsid w:val="00C10221"/>
     <w:rsid w:val="00C13245"/>
     <w:rsid w:val="00C1359D"/>
     <w:rsid w:val="00C14B3E"/>
+    <w:rsid w:val="00C271BD"/>
     <w:rsid w:val="00C4115D"/>
     <w:rsid w:val="00C437A3"/>
     <w:rsid w:val="00C43BDD"/>
     <w:rsid w:val="00C47778"/>
     <w:rsid w:val="00C5011E"/>
     <w:rsid w:val="00C50EE5"/>
     <w:rsid w:val="00C5240A"/>
     <w:rsid w:val="00C5398F"/>
     <w:rsid w:val="00C53F25"/>
     <w:rsid w:val="00C556F5"/>
     <w:rsid w:val="00C64F40"/>
     <w:rsid w:val="00C663BC"/>
     <w:rsid w:val="00C70E19"/>
     <w:rsid w:val="00C72574"/>
     <w:rsid w:val="00C7430C"/>
     <w:rsid w:val="00C85DA1"/>
     <w:rsid w:val="00C9071C"/>
     <w:rsid w:val="00C908FF"/>
     <w:rsid w:val="00C97BD3"/>
     <w:rsid w:val="00CA00A8"/>
     <w:rsid w:val="00CA39EF"/>
     <w:rsid w:val="00CA501C"/>
     <w:rsid w:val="00CA521F"/>
     <w:rsid w:val="00CB0493"/>
     <w:rsid w:val="00CB14CF"/>
@@ -5742,50 +5886,51 @@
     <w:rsid w:val="00CE4B73"/>
     <w:rsid w:val="00CF70BB"/>
     <w:rsid w:val="00D00371"/>
     <w:rsid w:val="00D074DB"/>
     <w:rsid w:val="00D139CF"/>
     <w:rsid w:val="00D22FE1"/>
     <w:rsid w:val="00D3281D"/>
     <w:rsid w:val="00D3678A"/>
     <w:rsid w:val="00D37E7F"/>
     <w:rsid w:val="00D47AD7"/>
     <w:rsid w:val="00D51529"/>
     <w:rsid w:val="00D54F73"/>
     <w:rsid w:val="00D55A19"/>
     <w:rsid w:val="00D62F80"/>
     <w:rsid w:val="00D66ECE"/>
     <w:rsid w:val="00D81C23"/>
     <w:rsid w:val="00D85218"/>
     <w:rsid w:val="00D858D5"/>
     <w:rsid w:val="00D9155D"/>
     <w:rsid w:val="00D915B1"/>
     <w:rsid w:val="00D9264D"/>
     <w:rsid w:val="00D93534"/>
     <w:rsid w:val="00DA299D"/>
     <w:rsid w:val="00DA65C4"/>
     <w:rsid w:val="00DC0A68"/>
+    <w:rsid w:val="00DC6E88"/>
     <w:rsid w:val="00DD33BB"/>
     <w:rsid w:val="00DE3C51"/>
     <w:rsid w:val="00DE42C9"/>
     <w:rsid w:val="00DE4447"/>
     <w:rsid w:val="00DE47A1"/>
     <w:rsid w:val="00DE5DA2"/>
     <w:rsid w:val="00DF0033"/>
     <w:rsid w:val="00DF67AC"/>
     <w:rsid w:val="00E026BF"/>
     <w:rsid w:val="00E067AE"/>
     <w:rsid w:val="00E07B1B"/>
     <w:rsid w:val="00E07B67"/>
     <w:rsid w:val="00E11853"/>
     <w:rsid w:val="00E145FB"/>
     <w:rsid w:val="00E227C6"/>
     <w:rsid w:val="00E27805"/>
     <w:rsid w:val="00E40345"/>
     <w:rsid w:val="00E51B85"/>
     <w:rsid w:val="00E52A86"/>
     <w:rsid w:val="00E52F19"/>
     <w:rsid w:val="00E54578"/>
     <w:rsid w:val="00E54B47"/>
     <w:rsid w:val="00E553BF"/>
     <w:rsid w:val="00E55D93"/>
     <w:rsid w:val="00E61294"/>
@@ -5846,64 +5991,66 @@
     <w:rsid w:val="00FB45A7"/>
     <w:rsid w:val="00FB5086"/>
     <w:rsid w:val="00FB5411"/>
     <w:rsid w:val="00FB6392"/>
     <w:rsid w:val="00FB7FFC"/>
     <w:rsid w:val="00FC3AEB"/>
     <w:rsid w:val="00FC4F36"/>
     <w:rsid w:val="00FD1C45"/>
     <w:rsid w:val="00FD3C70"/>
     <w:rsid w:val="00FD3C95"/>
     <w:rsid w:val="00FD6820"/>
     <w:rsid w:val="00FE12D8"/>
     <w:rsid w:val="00FF58F0"/>
     <w:rsid w:val="00FF7C02"/>
     <w:rsid w:val="024801E3"/>
     <w:rsid w:val="02847A6F"/>
     <w:rsid w:val="0309AD3B"/>
     <w:rsid w:val="07188CF1"/>
     <w:rsid w:val="079B8967"/>
     <w:rsid w:val="0A4F386B"/>
     <w:rsid w:val="0C2E5C58"/>
     <w:rsid w:val="0C43D054"/>
     <w:rsid w:val="0F288E0F"/>
     <w:rsid w:val="12602ED1"/>
     <w:rsid w:val="1492EC97"/>
+    <w:rsid w:val="1AE6BFD0"/>
     <w:rsid w:val="1B9C72B4"/>
     <w:rsid w:val="1B9EB59C"/>
     <w:rsid w:val="1BA4F62B"/>
     <w:rsid w:val="1D4ABEC0"/>
     <w:rsid w:val="1D6D4F3F"/>
     <w:rsid w:val="1E02C121"/>
     <w:rsid w:val="1E6F7E28"/>
     <w:rsid w:val="1EF29A56"/>
     <w:rsid w:val="25B5E0E3"/>
     <w:rsid w:val="279ED7EF"/>
     <w:rsid w:val="2ABF733D"/>
     <w:rsid w:val="2DF4C0EB"/>
     <w:rsid w:val="2FF2C796"/>
     <w:rsid w:val="30B56B3D"/>
+    <w:rsid w:val="31C39E3B"/>
     <w:rsid w:val="38028BE6"/>
     <w:rsid w:val="3AABFDDC"/>
     <w:rsid w:val="3CB2CBF6"/>
     <w:rsid w:val="41537B8B"/>
     <w:rsid w:val="41FC72A1"/>
     <w:rsid w:val="42188C42"/>
     <w:rsid w:val="42203360"/>
     <w:rsid w:val="43698751"/>
     <w:rsid w:val="485233B2"/>
     <w:rsid w:val="4A2C88AD"/>
     <w:rsid w:val="4B3457CC"/>
     <w:rsid w:val="4FBB97E5"/>
     <w:rsid w:val="50D5699C"/>
     <w:rsid w:val="54528BAF"/>
     <w:rsid w:val="548D5300"/>
     <w:rsid w:val="564F2017"/>
     <w:rsid w:val="56AB0918"/>
     <w:rsid w:val="5C0E0F41"/>
     <w:rsid w:val="5C43EAD5"/>
     <w:rsid w:val="5CFE019E"/>
     <w:rsid w:val="5EA8FABD"/>
     <w:rsid w:val="6096973E"/>
     <w:rsid w:val="638BFF99"/>
     <w:rsid w:val="644271D5"/>
     <w:rsid w:val="647B2B65"/>
@@ -5939,51 +6086,51 @@
   </m:mathPr>
   <w:themeFontLang w:val="sv-SE" w:eastAsia="ja-JP"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:doNotIncludeSubdocsInStats/>
   <w:doNotAutoCompressPictures/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050" strokecolor="#4a773c">
       <v:stroke color="#4a773c" weight="1pt"/>
       <v:shadow opacity="24903f" origin=",.5" offset="0,.55556mm"/>
       <o:colormru v:ext="edit" colors="#4a773c"/>
     </o:shapedefaults>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="2"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:doNotEmbedSmartTags/>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
   <w14:docId w14:val="1FE2B7EB"/>
   <w14:defaultImageDpi w14:val="330"/>
   <w15:docId w15:val="{873F42CD-E768-4CCF-B21F-B2C4BF2407D2}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         <w:lang w:val="sv-SE" w:eastAsia="sv-SE" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault/>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="3" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="3" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:locked="1" w:semiHidden="1" w:uiPriority="3" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="index 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
@@ -6450,51 +6597,50 @@
   </w:style>
   <w:style w:type="paragraph" w:styleId="Rubrik5">
     <w:name w:val="heading 5"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:link w:val="Rubrik5Char"/>
     <w:uiPriority w:val="9"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:rsid w:val="002F568B"/>
     <w:pPr>
       <w:keepNext/>
       <w:keepLines/>
       <w:spacing w:before="200"/>
       <w:outlineLvl w:val="4"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
       <w:color w:val="00304B" w:themeColor="accent1" w:themeShade="7F"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="Standardstycketeckensnitt">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
-    <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="Normaltabell">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="Ingenlista">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:styleId="Oformateradtabell1">
     <w:name w:val="Plain Table 1"/>
@@ -8457,97 +8603,97 @@
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00B453DF"/>
     <w:rPr>
       <w:color w:val="9EA2A2" w:themeColor="followedHyperlink"/>
       <w:u w:val="single"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Normalmedindrag">
     <w:name w:val="Normal med indrag"/>
     <w:qFormat/>
     <w:rsid w:val="004F67A5"/>
     <w:pPr>
       <w:spacing w:after="120" w:line="288" w:lineRule="auto"/>
       <w:ind w:left="1349"/>
     </w:pPr>
     <w:rPr>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:divs>
     <w:div w:id="218060363">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="380325300">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="1230919038">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
   </w:divs>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
-<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml" Id="rId8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.riksdagen.se/sv/dokument-lagar/dokument/svensk-forfattningssamling/patientdatalag-2008355_sfs-2008-355" TargetMode="External" Id="rId13" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml" Id="rId18" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml" Id="rId21" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml" Id="rId7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ivo.se/publicerat-material/blanketter/journalforstoring/?" TargetMode="External" Id="rId12" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml" Id="rId17" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml" Id="rId16" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml" Id="rId20" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml" Id="rId6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml" Id="rId11" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml" Id="rId15" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml" Id="rId10" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer3.xml" Id="rId19" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml" Id="rId9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.ivo.se/privatpersoner/missnojd-med-halso-sjukvard/om-din-patientjournal/ansokan-om-journalforstoring" TargetMode="External" Id="rId14" /></Relationships>
+<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml" Id="rId8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.riksdagen.se/sv/dokument-lagar/dokument/svensk-forfattningssamling/patientdatalag-2008355_sfs-2008-355" TargetMode="External" Id="rId13" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml" Id="rId18" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml" Id="rId21" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml" Id="rId7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ivo.se/om-din-patientjournal/?highlight=WyJqb3VybmFsZlx1MDBGNnJzdFx1MDBGNnJpbmciXQ%3d%3d" TargetMode="External" Id="rId12" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml" Id="rId17" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml" Id="rId16" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml" Id="rId20" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml" Id="rId6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml" Id="rId11" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml" Id="rId15" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml" Id="rId10" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer3.xml" Id="rId19" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml" Id="rId9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="www.ivo.se/privatpersoner/missnojd-med-halso-sjukvard/om-din-patientjournal/ansokan-om-journalforstoring" TargetMode="External" Id="rId14" /></Relationships>
 </file>
 
 <file path=word/_rels/footer3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.wmf"/></Relationships>
 </file>
 
 <file path=word/_rels/header2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/></Relationships>
 </file>
 
 <file path=word/_rels/settings.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/attachedTemplate" Target="file:///C:\Users\regan2\Downloads\Dok_med_omslag_sd_red.dotx" TargetMode="External"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office-tema">
   <a:themeElements>
     <a:clrScheme name="VG">
       <a:dk1>
         <a:srgbClr val="000000"/>
       </a:dk1>
       <a:lt1>
         <a:srgbClr val="FFFFFF"/>
       </a:lt1>
       <a:dk2>
@@ -8843,420 +8989,56 @@
       <a:style>
         <a:lnRef idx="2">
           <a:schemeClr val="accent1"/>
         </a:lnRef>
         <a:fillRef idx="0">
           <a:schemeClr val="accent1"/>
         </a:fillRef>
         <a:effectRef idx="1">
           <a:schemeClr val="accent1"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="tx1"/>
         </a:fontRef>
       </a:style>
     </a:lnDef>
   </a:objectDefaults>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Dok_med_omslag_sd_red</Template>
   <TotalTime></TotalTime>
   <Pages>5</Pages>
-  <Words>1063</Words>
-  <Characters>8925</Characters>
+  <Words>1268</Words>
+  <Characters>8702</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>74</Lines>
-  <Paragraphs>19</Paragraphs>
+  <Lines>207</Lines>
+  <Paragraphs>112</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <Manager/>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>9969</CharactersWithSpaces>
+  <CharactersWithSpaces>9858</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinkBase/>
-  <HLinks>
-[...362 lines deleted...]
-  </HLinks>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <coreProperties xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns="http://schemas.openxmlformats.org/package/2006/metadata/core-properties">
   <dc:title>Journalförstöring och rättelse av journal, SÄS</dc:title>
   <dc:subject/>
   <dc:creator/>
   <keywords/>
-  <lastModifiedBy>Karin Åhlin</lastModifiedBy>
-  <revision>336</revision>
+  <lastModifiedBy>Madeleine Wahlgren</lastModifiedBy>
+  <revision>340</revision>
   <lastPrinted>2016-03-31T10:56:00.0000000Z</lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </coreProperties>
 </file>