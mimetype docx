--- v0 (2025-11-26)
+++ v1 (2026-01-29)
@@ -1,2178 +1,1212 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
-  <Default Extension="wmf" ContentType="image/x-wmf"/>
+  <Default Extension="svg" ContentType="image/svg+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/footer2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/header2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer3.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml" Id="rId2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml" Id="rId1" /></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
-    <w:p w14:paraId="482D79AF" w14:textId="427EB6C2" w:rsidR="6FB07686" w:rsidRDefault="6FB07686" w:rsidP="4FCB72D6">
+    <w:p w14:paraId="20826495" w14:textId="77777777" w:rsidR="00083A13" w:rsidRDefault="00083A13" w:rsidP="009A32ED">
       <w:pPr>
         <w:pStyle w:val="Rubrik1"/>
-        <w:rPr>
-[...5 lines deleted...]
-        <w:t>Ventrikelsond (V-sond)</w:t>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="061914D4" w14:textId="413FBB78" w:rsidR="00184167" w:rsidRDefault="00083A13" w:rsidP="009A32ED">
+      <w:pPr>
+        <w:pStyle w:val="Rubrik1"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00083A13">
+        <w:t>Ventrikelsond (V-sond), SÄS</w:t>
       </w:r>
-      <w:r w:rsidR="00C00C6E">
-[...43 lines deleted...]
-      <w:r w:rsidR="004742B8">
+      <w:r w:rsidR="00A264BE" w:rsidRPr="005A627D">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="003B0B8D">
-[...25 lines deleted...]
-      </w:r>
+      <w:bookmarkStart w:id="0" w:name="_Toc321146591"/>
     </w:p>
-    <w:p w14:paraId="24B5D8AA" w14:textId="6E3421ED" w:rsidR="6FB07686" w:rsidRDefault="6FB07686" w:rsidP="4FCB72D6">
+    <w:p w14:paraId="11BC1DCA" w14:textId="77777777" w:rsidR="009A32ED" w:rsidRDefault="009A32ED" w:rsidP="009A32ED">
       <w:pPr>
         <w:pStyle w:val="Rubrik2"/>
-        <w:rPr>
-[...5 lines deleted...]
-      <w:bookmarkStart w:id="2" w:name="_Toc156225225"/>
+        <w:ind w:right="-143"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="1" w:name="_Toc100327184"/>
+      <w:bookmarkStart w:id="2" w:name="_Toc181866756"/>
+      <w:bookmarkEnd w:id="0"/>
       <w:r>
         <w:t>Förändringar sedan föregående version</w:t>
       </w:r>
+      <w:bookmarkEnd w:id="1"/>
       <w:bookmarkEnd w:id="2"/>
     </w:p>
-    <w:p w14:paraId="797143E9" w14:textId="7E1C7C79" w:rsidR="6FB07686" w:rsidRDefault="009B6373" w:rsidP="6FB07686">
+    <w:p w14:paraId="4EA6C4B6" w14:textId="01F387EB" w:rsidR="009A32ED" w:rsidRPr="007A334E" w:rsidRDefault="00165E62" w:rsidP="009A32ED">
+      <w:pPr>
+        <w:ind w:right="-143"/>
+      </w:pPr>
       <w:r>
-        <w:t>Förtydligande</w:t>
-[...18 lines deleted...]
-        <w:t>.</w:t>
+        <w:t xml:space="preserve">Ny mall, i övrigt inga förändringar sedan föregående version. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6F94B29E" w14:textId="77777777" w:rsidR="00123355" w:rsidRPr="009B6373" w:rsidRDefault="00123355" w:rsidP="00123355">
-[...14 lines deleted...]
-        <w:t>Innehållsförteckning</w:t>
+    <w:p w14:paraId="69BCFD87" w14:textId="77777777" w:rsidR="009A32ED" w:rsidRDefault="009A32ED" w:rsidP="009A32ED">
+      <w:pPr>
+        <w:pStyle w:val="Rubrik2"/>
+        <w:ind w:right="-143"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="3" w:name="_Toc100327185"/>
+      <w:bookmarkStart w:id="4" w:name="_Toc181866757"/>
+      <w:bookmarkStart w:id="5" w:name="_Toc72840807"/>
+      <w:r>
+        <w:t>Sammanfattning</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="3"/>
+      <w:bookmarkEnd w:id="4"/>
+    </w:p>
+    <w:p w14:paraId="1FC6584C" w14:textId="2AEC0E01" w:rsidR="00B405A1" w:rsidRDefault="00083A13" w:rsidP="00C532C7">
+      <w:pPr>
+        <w:ind w:right="-143"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00083A13">
+        <w:t xml:space="preserve">Rutinen beskriver indikationer, kontraindikationer samt rutiner för ordination, teknik för att sätta och kontrollera v-sondens läge samt daglig uppföljning och avveckling när behov upphör. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="64F3DAAF" w14:textId="409F78BE" w:rsidR="007B62BD" w:rsidRDefault="00395965">
-[...1 lines deleted...]
-        <w:pStyle w:val="Innehll1"/>
+    <w:p w14:paraId="29B03EF5" w14:textId="77777777" w:rsidR="009A32ED" w:rsidRDefault="009A32ED" w:rsidP="009A32ED">
+      <w:pPr>
+        <w:pStyle w:val="Rubrik2"/>
+        <w:ind w:right="-143"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="6" w:name="_Toc100327186"/>
+      <w:bookmarkStart w:id="7" w:name="_Toc181866759"/>
+      <w:bookmarkEnd w:id="5"/>
+      <w:r>
+        <w:t>Bakgrund och syfte</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="6"/>
+      <w:bookmarkEnd w:id="7"/>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="10BFEAB8" w14:textId="3D41ECF0" w:rsidR="00083A13" w:rsidRDefault="00083A13" w:rsidP="00083A13">
+      <w:pPr>
+        <w:ind w:right="-143"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">V-sond är en livräddande åtgärd och ska användas frikostigt vid akuta tillstånd i mag-tarmkanalen, som innebär risk för stagnation av tarminnehåll med fylld magsäck och risk för kräkning. Indikation är både diagnostisk och terapeutisk. Den viktigaste förebyggande åtgärden är att förhindra plötslig kräkning med aspiration till luftvägar och svår </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>pneumonit</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> som följd.  </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="696C096E" w14:textId="615E0EA3" w:rsidR="009A32ED" w:rsidRPr="00023FF4" w:rsidRDefault="00083A13" w:rsidP="00083A13">
+      <w:pPr>
+        <w:ind w:right="-143"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">Många patienter avböjer v-sond p.g.a. förväntat obehag. Grundregel är dock att alla patienter med nedanstående hypotetiska diagnoser redan på akutmottagningen får v-sond. Det är angeläget att man som behandlande läkare gör sitt yttersta för att få patient att förstå vikten av behandling. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="70B2A54A" w14:textId="77777777" w:rsidR="009A32ED" w:rsidRDefault="009A32ED" w:rsidP="009A32ED">
+      <w:pPr>
+        <w:pStyle w:val="Rubrik2"/>
+        <w:ind w:right="-143"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="8" w:name="_Toc100327187"/>
+      <w:bookmarkStart w:id="9" w:name="_Toc181866760"/>
+      <w:r>
+        <w:t>Förutsättningar</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="8"/>
+      <w:bookmarkEnd w:id="9"/>
+    </w:p>
+    <w:p w14:paraId="5FC59343" w14:textId="77777777" w:rsidR="00083A13" w:rsidRPr="00083A13" w:rsidRDefault="00083A13" w:rsidP="00083A13">
+      <w:pPr>
+        <w:pStyle w:val="Rubrik3"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00083A13">
+        <w:t>Avgränsning </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="39AF51B3" w14:textId="77777777" w:rsidR="00083A13" w:rsidRPr="00083A13" w:rsidRDefault="00083A13" w:rsidP="00083A13">
+      <w:pPr>
+        <w:ind w:right="-143"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00083A13">
+        <w:t>Nutritionssond berörs ej av denna riktlinje. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="15DE0A22" w14:textId="77777777" w:rsidR="00083A13" w:rsidRPr="00083A13" w:rsidRDefault="00083A13" w:rsidP="00083A13">
+      <w:pPr>
+        <w:pStyle w:val="MellanrubrikVGR"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00083A13">
+        <w:lastRenderedPageBreak/>
+        <w:t>Barn </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0237867C" w14:textId="77777777" w:rsidR="00083A13" w:rsidRPr="00083A13" w:rsidRDefault="00083A13" w:rsidP="00083A13">
+      <w:pPr>
+        <w:ind w:right="-143"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00083A13">
+        <w:t>För barn från 50 kg och uppåt används v-sond på samma sätt som hos vuxna. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="272EE524" w14:textId="77777777" w:rsidR="00083A13" w:rsidRPr="00083A13" w:rsidRDefault="00083A13" w:rsidP="00083A13">
+      <w:pPr>
+        <w:ind w:right="-143"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00083A13">
+        <w:t>Små barn och neonatalbarn bedöms inte kunna omfattas av riktlinjen då det finns stor spridning av indikation för v-sond. I dessa fall hänvisas till läkare i barnmedicin eller kirurg med kunskap om barn. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4D19625B" w14:textId="77777777" w:rsidR="00083A13" w:rsidRPr="00083A13" w:rsidRDefault="00083A13" w:rsidP="00083A13">
+      <w:pPr>
+        <w:pStyle w:val="Rubrik3"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00083A13">
+        <w:t>Indikation för v-sond </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="61DF2A74" w14:textId="77777777" w:rsidR="00083A13" w:rsidRPr="00083A13" w:rsidRDefault="00083A13" w:rsidP="00083A13">
+      <w:pPr>
+        <w:pStyle w:val="Punktlista"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="35"/>
+        </w:numPr>
         <w:rPr>
-          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
-[...6 lines deleted...]
-        <w:rPr>
+          <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:fldChar w:fldCharType="begin"/>
-[...1 lines deleted...]
-      <w:r>
+      </w:pPr>
+      <w:r w:rsidRPr="00083A13">
         <w:rPr>
+          <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:instrText xml:space="preserve"> TOC \h \z \t "Rubrik 2;1;Rubrik 3;2;Rubrik 4;3" </w:instrText>
-[...1064 lines deleted...]
-        <w:t xml:space="preserve">V-sond är en livräddande åtgärd och ska användas frikostigt vid akuta tillstånd i mag-tarmkanalen, som innebär risk för stagnation av tarminnehåll med fylld magsäck och risk för kräkning. Indikation är både diagnostisk och terapeutisk. Den viktigaste förebyggande åtgärden är att förhindra plötslig kräkning med aspiration till luftvägar och svår pneumonit som följd. </w:t>
+        <w:t>Avlastning/dekompression </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="46C230B0" w14:textId="77777777" w:rsidR="00B72E41" w:rsidRDefault="00B72E41" w:rsidP="00B72E41">
-[...1 lines deleted...]
-        <w:t>Många patienter avböjer v-sond p.g.a. förväntat obehag. Grundregel är dock att alla patienter med nedanstående hypotetiska diagnoser redan på akutmottagningen får v-sond. Det är angeläget att man som behandlande läkare gör sitt yttersta för att få patient att förstå vikten av behandling.</w:t>
+    <w:p w14:paraId="496C8579" w14:textId="77777777" w:rsidR="00083A13" w:rsidRPr="00083A13" w:rsidRDefault="00083A13" w:rsidP="00C532C7">
+      <w:pPr>
+        <w:pStyle w:val="Punktlista"/>
+        <w:ind w:left="1712" w:hanging="357"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00083A13">
+        <w:t>V-sond sättes för att avlasta magsäcken från distension med risk för kräkning. Exempel, typdiagnoser:  </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0276567C" w14:textId="2CC85D90" w:rsidR="6FB07686" w:rsidRDefault="00123355" w:rsidP="00123355">
-[...10 lines deleted...]
-        <w:t>F</w:t>
+    <w:p w14:paraId="63494AEC" w14:textId="77777777" w:rsidR="00083A13" w:rsidRPr="00083A13" w:rsidRDefault="00083A13" w:rsidP="00C532C7">
+      <w:pPr>
+        <w:pStyle w:val="Punktlista"/>
+        <w:ind w:left="1712" w:hanging="357"/>
+      </w:pPr>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00083A13">
+        <w:t>Adherensileus</w:t>
       </w:r>
-      <w:r w:rsidR="6FB07686">
-[...22 lines deleted...]
-        <w:t>Nutritionssond berörs ej av denna riktlinje.</w:t>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00083A13">
+        <w:t>, diafragmabråck med inklämning, bukväggsbråck med inklämning.  </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0E2347E9" w14:textId="112BAEF4" w:rsidR="6FB07686" w:rsidRDefault="6FB07686" w:rsidP="00C00C6E">
-[...46 lines deleted...]
-    <w:p w14:paraId="1253DD70" w14:textId="0310C80E" w:rsidR="6FB07686" w:rsidRDefault="6FB07686" w:rsidP="003D0D55">
+    <w:p w14:paraId="0DCC2305" w14:textId="77777777" w:rsidR="00083A13" w:rsidRPr="00083A13" w:rsidRDefault="00083A13" w:rsidP="00C532C7">
       <w:pPr>
         <w:pStyle w:val="Punktlista"/>
-      </w:pPr>
-[...16 lines deleted...]
-      <w:r w:rsidRPr="6FB07686">
+        <w:ind w:left="1712" w:hanging="357"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00083A13">
         <w:t xml:space="preserve">Akut övre GI-blödning med kräkning: </w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
-      <w:r w:rsidRPr="6FB07686">
+      <w:r w:rsidRPr="00083A13">
         <w:t>t.ex.</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
-      <w:r w:rsidRPr="6FB07686">
-        <w:t xml:space="preserve"> esofagusvaricer, ventrikelsår, duodenalsår.</w:t>
+      <w:r w:rsidRPr="00083A13">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00083A13">
+        <w:t>esofagusvaricer</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00083A13">
+        <w:t>, ventrikelsår, duodenalsår. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="472F1553" w14:textId="6BF8B379" w:rsidR="6FB07686" w:rsidRDefault="6FB07686" w:rsidP="003D0D55">
+    <w:p w14:paraId="6B681DC7" w14:textId="77777777" w:rsidR="00083A13" w:rsidRPr="00083A13" w:rsidRDefault="00083A13" w:rsidP="00C532C7">
       <w:pPr>
         <w:pStyle w:val="Punktlista"/>
-      </w:pPr>
-      <w:r w:rsidRPr="6FB07686">
+        <w:ind w:left="1712" w:hanging="357"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00083A13">
         <w:t xml:space="preserve">Akuta buktillstånd med risk för kräkning: </w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
-      <w:r w:rsidRPr="6FB07686">
+      <w:r w:rsidRPr="00083A13">
         <w:t>t.ex.</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
-      <w:r w:rsidRPr="6FB07686">
-        <w:t xml:space="preserve"> pankreatit, kolecystit.</w:t>
+      <w:r w:rsidRPr="00083A13">
+        <w:t xml:space="preserve"> pankreatit, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00083A13">
+        <w:t>kolecystit</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00083A13">
+        <w:t>. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="14E0E7DC" w14:textId="5485A52F" w:rsidR="6FB07686" w:rsidRDefault="6FB07686" w:rsidP="003D0D55">
+    <w:p w14:paraId="144B4685" w14:textId="77777777" w:rsidR="00083A13" w:rsidRPr="00083A13" w:rsidRDefault="00083A13" w:rsidP="00C532C7">
       <w:pPr>
         <w:pStyle w:val="Punktlista"/>
-      </w:pPr>
-[...1 lines deleted...]
-        <w:t>Postoperativ tarmparalys med retention.</w:t>
+        <w:ind w:left="1712" w:hanging="357"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00083A13">
+        <w:t>Postoperativ tarmparalys med retention. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1A8B3378" w14:textId="3EEB8828" w:rsidR="6FB07686" w:rsidRDefault="6FB07686" w:rsidP="003D0D55">
+    <w:p w14:paraId="50AE5480" w14:textId="77777777" w:rsidR="00083A13" w:rsidRDefault="00083A13" w:rsidP="00C532C7">
       <w:pPr>
         <w:pStyle w:val="Punktlista"/>
-      </w:pPr>
-[...1 lines deleted...]
-        <w:t>Multitraumapatienter med immobilisering.</w:t>
+        <w:ind w:left="1712" w:hanging="357"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00083A13">
+        <w:t xml:space="preserve">Multitraumapatienter med </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00083A13">
+        <w:t>immobilisering</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00083A13">
+        <w:t>. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4407E992" w14:textId="074B73A3" w:rsidR="6FB07686" w:rsidRDefault="6FB07686" w:rsidP="00707D25">
-[...1 lines deleted...]
-        <w:pStyle w:val="MellanrubrikVGR"/>
+    <w:p w14:paraId="094C3514" w14:textId="6A7749A6" w:rsidR="00083A13" w:rsidRPr="00083A13" w:rsidRDefault="00083A13" w:rsidP="00083A13">
+      <w:pPr>
+        <w:pStyle w:val="Punktlista"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="20"/>
+          <w:numId w:val="35"/>
         </w:numPr>
       </w:pPr>
-      <w:r w:rsidRPr="6FB07686">
-        <w:t>Diagnostik</w:t>
+      <w:r w:rsidRPr="00083A13">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>Diagnostik </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6A528DD7" w14:textId="6C07CB60" w:rsidR="6FB07686" w:rsidRDefault="6FB07686" w:rsidP="003D0D55">
+    <w:p w14:paraId="4B9CEE32" w14:textId="77777777" w:rsidR="00083A13" w:rsidRPr="00083A13" w:rsidRDefault="00083A13" w:rsidP="00083A13">
       <w:pPr>
         <w:pStyle w:val="Punktlista"/>
-      </w:pPr>
-[...1 lines deleted...]
-        <w:t>Exempel, typdiagnoser:</w:t>
+        <w:ind w:left="1712" w:hanging="357"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00083A13">
+        <w:t>Exempel, typdiagnoser: </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="05B2ACB5" w14:textId="5BAAB455" w:rsidR="6FB07686" w:rsidRDefault="6FB07686" w:rsidP="003D0D55">
+    <w:p w14:paraId="05BE5F07" w14:textId="77777777" w:rsidR="00083A13" w:rsidRPr="00083A13" w:rsidRDefault="00083A13" w:rsidP="00083A13">
       <w:pPr>
         <w:pStyle w:val="Punktlista"/>
-      </w:pPr>
-[...1 lines deleted...]
-        <w:t>Övre gastrointestinal blödning med melena – blod i ventrikel?</w:t>
+        <w:ind w:left="1712" w:hanging="357"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00083A13">
+        <w:t xml:space="preserve">Övre </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00083A13">
+        <w:t>gastrointestinal</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00083A13">
+        <w:t xml:space="preserve"> blödning med </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00083A13">
+        <w:t>melena</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00083A13">
+        <w:t xml:space="preserve"> – blod i ventrikel? </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6FB83B46" w14:textId="6941078F" w:rsidR="6FB07686" w:rsidRDefault="6FB07686" w:rsidP="003D0D55">
+    <w:p w14:paraId="73504065" w14:textId="77777777" w:rsidR="00083A13" w:rsidRPr="00083A13" w:rsidRDefault="00083A13" w:rsidP="00083A13">
       <w:pPr>
         <w:pStyle w:val="Punktlista"/>
-      </w:pPr>
-[...1 lines deleted...]
-        <w:t>Vid ileusdiagnostik, om ej akut operation för kontrastpassage.</w:t>
+        <w:ind w:left="1712" w:hanging="357"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00083A13">
+        <w:t xml:space="preserve">Vid </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00083A13">
+        <w:t>ileusdiagnostik</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00083A13">
+        <w:t>, om ej akut operation för kontrastpassage. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0208FD62" w14:textId="3B383B81" w:rsidR="6FB07686" w:rsidRDefault="6FB07686" w:rsidP="00707D25">
+    <w:p w14:paraId="68C34D03" w14:textId="77777777" w:rsidR="00083A13" w:rsidRPr="00083A13" w:rsidRDefault="00083A13" w:rsidP="00083A13">
       <w:pPr>
         <w:pStyle w:val="Rubrik3"/>
       </w:pPr>
-      <w:bookmarkStart w:id="7" w:name="_Toc156225230"/>
-[...11 lines deleted...]
-        <w:t>Misstänkt skallbasfraktur eller omfattande ansiktsfrakturer i samband med trauma.</w:t>
+      <w:r w:rsidRPr="00083A13">
+        <w:t>Relativa kontraindikationer mot v-sond </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7033E1F1" w14:textId="46FC4BB5" w:rsidR="6FB07686" w:rsidRDefault="6FB07686" w:rsidP="00C82F54">
+    <w:p w14:paraId="276E62B4" w14:textId="77777777" w:rsidR="00083A13" w:rsidRPr="00083A13" w:rsidRDefault="00083A13" w:rsidP="00083A13">
       <w:pPr>
         <w:pStyle w:val="Punktlista"/>
-      </w:pPr>
-[...1 lines deleted...]
-        <w:t>Nyligen opererad i näsa/svalg eller esofagus. I dessa fall bör ÖNH-läkare kontaktas för ställningstagande till om kontraindikatione föreligger.</w:t>
+        <w:ind w:left="1712" w:hanging="357"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00083A13">
+        <w:t>Misstänkt skallbasfraktur eller omfattande ansiktsfrakturer i samband med trauma. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3AACB5DE" w14:textId="5E8AA279" w:rsidR="6FB07686" w:rsidRDefault="6FB07686" w:rsidP="00C82F54">
+    <w:p w14:paraId="50CD5B79" w14:textId="77777777" w:rsidR="00083A13" w:rsidRPr="00083A13" w:rsidRDefault="00083A13" w:rsidP="00083A13">
       <w:pPr>
         <w:pStyle w:val="Punktlista"/>
-      </w:pPr>
-[...1 lines deleted...]
-        <w:t>Avvikande anatomi.</w:t>
+        <w:ind w:left="1712" w:hanging="357"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00083A13">
+        <w:t xml:space="preserve">Nyligen opererad i näsa/svalg eller esofagus. I dessa fall bör ÖNH-läkare kontaktas för ställningstagande till om </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00083A13">
+        <w:t>kontraindikatione</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00083A13">
+        <w:t xml:space="preserve"> föreligger. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0EF0D6E1" w14:textId="0C47DFCC" w:rsidR="6FB07686" w:rsidRDefault="6FB07686" w:rsidP="00E261B0">
-[...22 lines deleted...]
-        <w:t>V-sond ordineras av läkare och inläggning av sond görs vanligen av en sjuksköterska. Uppgiften kan delegeras till någon annan i okomplicerade fall, dock aldrig på patient med sänkt vakenhetsgrad. Dokumentera i patientjournalen [1].</w:t>
+    <w:p w14:paraId="713B00C1" w14:textId="77777777" w:rsidR="00083A13" w:rsidRPr="00083A13" w:rsidRDefault="00083A13" w:rsidP="00083A13">
+      <w:pPr>
+        <w:pStyle w:val="Punktlista"/>
+        <w:ind w:left="1712" w:hanging="357"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00083A13">
+        <w:t>Avvikande anatomi. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5C686906" w14:textId="5C32ED00" w:rsidR="6FB07686" w:rsidRDefault="6FB07686" w:rsidP="6FB07686">
-[...1 lines deleted...]
-        <w:t>V-sond finns i olika storlek. Ch 16 eller Ch 18 är lämplig för vuxna patienter med behov av ventrikeldekompression.</w:t>
+    <w:p w14:paraId="37C7076C" w14:textId="77777777" w:rsidR="009A32ED" w:rsidRPr="00065A6B" w:rsidRDefault="009A32ED" w:rsidP="009A32ED">
+      <w:pPr>
+        <w:pStyle w:val="Rubrik2"/>
+        <w:ind w:right="-143"/>
+        <w:rPr>
+          <w:color w:val="auto"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="10" w:name="_Toc100327192"/>
+      <w:bookmarkStart w:id="11" w:name="_Toc181866761"/>
+      <w:r w:rsidRPr="00065A6B">
+        <w:rPr>
+          <w:color w:val="auto"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>Utförande</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="10"/>
+      <w:bookmarkEnd w:id="11"/>
+    </w:p>
+    <w:p w14:paraId="64EE322A" w14:textId="77777777" w:rsidR="00083A13" w:rsidRPr="00083A13" w:rsidRDefault="00083A13" w:rsidP="00083A13">
+      <w:pPr>
+        <w:pStyle w:val="Rubrik3"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00083A13">
+        <w:t>Ordination av v-sond </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3C6674B5" w14:textId="536B0AB3" w:rsidR="6FB07686" w:rsidRDefault="6FB07686" w:rsidP="6FB07686">
-[...19 lines deleted...]
-        <w:t>med v-sond.</w:t>
+    <w:p w14:paraId="21076AE6" w14:textId="77777777" w:rsidR="00083A13" w:rsidRPr="00083A13" w:rsidRDefault="00083A13" w:rsidP="00083A13">
+      <w:pPr>
+        <w:ind w:right="-143"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00083A13">
+        <w:t>V-sond ordineras av läkare och inläggning av sond görs vanligen av en sjuksköterska. Uppgiften kan delegeras till någon annan i okomplicerade fall, dock aldrig på patient med sänkt vakenhetsgrad. Dokumentera i patientjournalen [1]. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="65F27DA1" w14:textId="0850A7AB" w:rsidR="6FB07686" w:rsidRDefault="6FB07686" w:rsidP="005D701B">
+    <w:p w14:paraId="349CB3C6" w14:textId="77777777" w:rsidR="00083A13" w:rsidRPr="00083A13" w:rsidRDefault="00083A13" w:rsidP="00083A13">
+      <w:pPr>
+        <w:ind w:right="-143"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00083A13">
+        <w:t xml:space="preserve">V-sond finns i olika storlek. </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00083A13">
+        <w:t>Ch</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00083A13">
+        <w:t xml:space="preserve"> 16 eller </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00083A13">
+        <w:t>Ch</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00083A13">
+        <w:t xml:space="preserve"> 18 är lämplig för vuxna patienter med behov av ventrikeldekompression. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7AA991EF" w14:textId="77777777" w:rsidR="00083A13" w:rsidRPr="00083A13" w:rsidRDefault="00083A13" w:rsidP="00083A13">
+      <w:pPr>
+        <w:ind w:right="-143"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00083A13">
+        <w:t>Kompetens att kunna sätta v-sond ska finnas på alla avdelningar inom akutsjukvård. I första hand görs det av sjuksköterska på avdelningen, som vid svårigheter får ta hjälp av patientansvarig läkare eller jourläkare på aktuell klinik. Vid behov eller om svårigheter får denne läkare kontakta kirurgens primärjour för hjälp och stöd med v-sond. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="56508A50" w14:textId="77777777" w:rsidR="00083A13" w:rsidRPr="00083A13" w:rsidRDefault="00083A13" w:rsidP="00083A13">
       <w:pPr>
         <w:pStyle w:val="Rubrik3"/>
       </w:pPr>
-      <w:bookmarkStart w:id="10" w:name="_Toc156225233"/>
-[...1 lines deleted...]
-        <w:t>Teknik för att sätta v-sond</w:t>
+      <w:r w:rsidRPr="00083A13">
+        <w:t>Teknik för att sätta v-sond </w:t>
       </w:r>
-      <w:bookmarkEnd w:id="10"/>
     </w:p>
-    <w:p w14:paraId="0797E6E7" w14:textId="123F5104" w:rsidR="6FB07686" w:rsidRDefault="6FB07686" w:rsidP="6FB07686">
-      <w:r w:rsidRPr="6FB07686">
+    <w:p w14:paraId="6AD70F14" w14:textId="77777777" w:rsidR="00083A13" w:rsidRPr="00083A13" w:rsidRDefault="00083A13" w:rsidP="00083A13">
+      <w:pPr>
+        <w:ind w:right="-143"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00083A13">
         <w:t xml:space="preserve">Se vårdhandboken, avsnitt </w:t>
       </w:r>
-      <w:hyperlink r:id="rId12" w:history="1">
-        <w:r w:rsidRPr="00E87A11">
+      <w:hyperlink r:id="rId11" w:tgtFrame="_blank" w:history="1">
+        <w:r w:rsidRPr="00083A13">
           <w:rPr>
             <w:rStyle w:val="Hyperlnk"/>
           </w:rPr>
           <w:t>Sonder, inläggning och skötsel – Översikt</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidRPr="6FB07686">
-        <w:t xml:space="preserve"> [1].</w:t>
+      <w:r w:rsidRPr="00083A13">
+        <w:t xml:space="preserve"> [1]. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="74519641" w14:textId="02EBBACB" w:rsidR="6FB07686" w:rsidRDefault="6FB07686" w:rsidP="005D701B">
+    <w:p w14:paraId="576A614F" w14:textId="77777777" w:rsidR="00083A13" w:rsidRPr="00083A13" w:rsidRDefault="00083A13" w:rsidP="00083A13">
       <w:pPr>
         <w:pStyle w:val="Rubrik3"/>
       </w:pPr>
-      <w:bookmarkStart w:id="11" w:name="_Toc156225234"/>
-[...7 lines deleted...]
-        <w:t>Om patienten börjar hosta eller blir cyanotisk, ta ut sonden, den kan då ligga i luftvägar. Vid osäkerhet på läge kan man aspirera – typ av innehåll?</w:t>
+      <w:r w:rsidRPr="00083A13">
+        <w:t>Kontroll av v-sondens läge </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="789DC72D" w14:textId="46F0D916" w:rsidR="6FB07686" w:rsidRDefault="6FB07686" w:rsidP="6FB07686">
-[...1 lines deleted...]
-        <w:t>Slät-rtg BÖS och/eller DT BÖS ger definitivt svar på läget.</w:t>
+    <w:p w14:paraId="2723F508" w14:textId="77777777" w:rsidR="00083A13" w:rsidRPr="00083A13" w:rsidRDefault="00083A13" w:rsidP="00083A13">
+      <w:pPr>
+        <w:ind w:right="-143"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00083A13">
+        <w:t xml:space="preserve">Om patienten börjar hosta eller blir </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00083A13">
+        <w:t>cyanotisk</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00083A13">
+        <w:t>, ta ut sonden, den kan då ligga i luftvägar. Vid osäkerhet på läge kan man aspirera – typ av innehåll? </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="59D649F1" w14:textId="65219996" w:rsidR="006C6030" w:rsidRDefault="006C6030" w:rsidP="6FB07686">
+    <w:p w14:paraId="297C0BE0" w14:textId="77777777" w:rsidR="00083A13" w:rsidRPr="00083A13" w:rsidRDefault="00083A13" w:rsidP="00083A13">
+      <w:pPr>
+        <w:ind w:right="-143"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00083A13">
+        <w:t>Slät-</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00083A13">
+        <w:t>rtg</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00083A13">
+        <w:t xml:space="preserve"> BÖS och/eller DT BÖS ger definitivt svar på läget. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="16E04D4B" w14:textId="77777777" w:rsidR="00083A13" w:rsidRPr="00083A13" w:rsidRDefault="00083A13" w:rsidP="00083A13">
+      <w:pPr>
+        <w:ind w:right="-143"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00083A13">
+        <w:t xml:space="preserve">V-sonden dränerar inte ventrikelinnehåll passivt utan det finns behov av att aktivt tömma maginnehållet för att avlasta ventrikeln. V-sonden ska aspireras regelbundet minst 1 gång/pass eller oftare </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00083A13">
+        <w:t>v.b</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00083A13">
+        <w:t>. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7F76AE52" w14:textId="77777777" w:rsidR="00083A13" w:rsidRPr="00083A13" w:rsidRDefault="00083A13" w:rsidP="00083A13">
+      <w:pPr>
+        <w:pStyle w:val="Rubrik3"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00083A13">
+        <w:t>Avveckling av v-sond </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="070A8ED5" w14:textId="77777777" w:rsidR="00083A13" w:rsidRPr="00083A13" w:rsidRDefault="00083A13" w:rsidP="00083A13">
+      <w:pPr>
+        <w:ind w:right="-143"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00083A13">
+        <w:t>Fortsatt behandling eller avveckling av v-sond omprövas dagligen vid varje förmiddagsrond, och är ett läkarbeslut utifrån kliniskt förlopp.  </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3B162B6A" w14:textId="77777777" w:rsidR="00083A13" w:rsidRPr="00083A13" w:rsidRDefault="00083A13" w:rsidP="00083A13">
+      <w:pPr>
+        <w:pStyle w:val="Rubrik3"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00083A13">
+        <w:t>Uppföljning </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1C720296" w14:textId="4E0B28BB" w:rsidR="00083A13" w:rsidRDefault="00083A13" w:rsidP="00083A13">
+      <w:pPr>
+        <w:ind w:right="-143"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00083A13">
+        <w:t xml:space="preserve">Riktlinjen uppdateras enligt rutin och avvikelser via </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00083A13">
+        <w:t>MedControlPro</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00083A13">
+        <w:t>. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="46F80C1F" w14:textId="77777777" w:rsidR="009A32ED" w:rsidRPr="000D04ED" w:rsidRDefault="009A32ED" w:rsidP="009A32ED">
+      <w:pPr>
+        <w:pStyle w:val="Rubrik2"/>
+        <w:ind w:right="-143"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="12" w:name="_Toc100327194"/>
+      <w:bookmarkStart w:id="13" w:name="_Toc181866763"/>
+      <w:r w:rsidRPr="000D04ED">
+        <w:t>Arbetsgrupp</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="12"/>
+      <w:bookmarkEnd w:id="13"/>
       <w:r>
-        <w:t>V-sonden dränerar inte ventrikelinnehåll passivt utan det finns behov av att aktivt tömma maginnehållet för att avlasta ventrikeln. V-sonden ska aspireras regelbundet minst 1</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="009B3E32">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r>
-[...4 lines deleted...]
-      </w:r>
     </w:p>
-    <w:p w14:paraId="51A5E5AA" w14:textId="384940C6" w:rsidR="6FB07686" w:rsidRDefault="6FB07686" w:rsidP="00404D8D">
-[...50 lines deleted...]
-      <w:r w:rsidRPr="00533FF5">
+    <w:p w14:paraId="7BFC4B7B" w14:textId="77777777" w:rsidR="00083A13" w:rsidRPr="00083A13" w:rsidRDefault="00083A13" w:rsidP="00083A13">
+      <w:pPr>
+        <w:ind w:right="-143"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00083A13">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>Innehållsansvar</w:t>
       </w:r>
-    </w:p>
-[...6 lines deleted...]
-        <w:t>Magnus Täreby, överläkare/läkarchef kirurgi, VO kir/ort/önh, SÄS Borås</w:t>
+      <w:r w:rsidRPr="00083A13">
+        <w:t> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3B1888B7" w14:textId="6DB57C99" w:rsidR="6FB07686" w:rsidRPr="00533FF5" w:rsidRDefault="6FB07686" w:rsidP="00AB39E7">
-[...3 lines deleted...]
-        <w:spacing w:after="0"/>
+    <w:p w14:paraId="18E89F81" w14:textId="77777777" w:rsidR="00083A13" w:rsidRPr="00083A13" w:rsidRDefault="00083A13" w:rsidP="00083A13">
+      <w:pPr>
+        <w:ind w:right="-143"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00083A13">
+        <w:t xml:space="preserve">Magnus </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00083A13">
+        <w:t>Täreby</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00083A13">
+        <w:t>, överläkare/läkarchef kirurgi, VO kir/ort/</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00083A13">
+        <w:t>önh</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00083A13">
+        <w:t>, SÄS Borås </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2F3BC80B" w14:textId="77777777" w:rsidR="00083A13" w:rsidRPr="00083A13" w:rsidRDefault="00083A13" w:rsidP="00083A13">
+      <w:pPr>
+        <w:ind w:right="-143"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00083A13">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-      </w:pPr>
-[...4 lines deleted...]
-        </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t>Remissinstanser</w:t>
       </w:r>
-    </w:p>
-[...6 lines deleted...]
-        <w:t>Verksamhetschefer, SÄS</w:t>
+      <w:r w:rsidRPr="00083A13">
+        <w:t> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="57BDDB02" w14:textId="102B4C2E" w:rsidR="6FB07686" w:rsidRPr="00533FF5" w:rsidRDefault="6FB07686" w:rsidP="00AB39E7">
-[...14 lines deleted...]
-        <w:t>Fastställare</w:t>
+    <w:p w14:paraId="23761FF8" w14:textId="77777777" w:rsidR="00083A13" w:rsidRPr="00083A13" w:rsidRDefault="00083A13" w:rsidP="00083A13">
+      <w:pPr>
+        <w:ind w:right="-143"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00083A13">
+        <w:t>Verksamhetschefer, SÄS </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2DF17970" w14:textId="73320601" w:rsidR="6FB07686" w:rsidRDefault="00533FF5" w:rsidP="00AB39E7">
-[...5 lines deleted...]
-        <w:t>Jerker Nilson</w:t>
+    <w:p w14:paraId="188AE2C8" w14:textId="77777777" w:rsidR="009A32ED" w:rsidRPr="000D04ED" w:rsidRDefault="009A32ED" w:rsidP="009A32ED">
+      <w:pPr>
+        <w:pStyle w:val="Rubrik2"/>
+        <w:ind w:right="-143"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="14" w:name="_Toc100327195"/>
+      <w:bookmarkStart w:id="15" w:name="_Toc181866764"/>
+      <w:r w:rsidRPr="000D04ED">
+        <w:t>Källförteckning</w:t>
       </w:r>
-      <w:r w:rsidR="6FB07686" w:rsidRPr="6FB07686">
-[...37 lines deleted...]
-      </w:r>
+      <w:bookmarkEnd w:id="14"/>
       <w:bookmarkEnd w:id="15"/>
     </w:p>
-    <w:p w14:paraId="69BCFD87" w14:textId="449BBA01" w:rsidR="009A32ED" w:rsidRDefault="6FB07686" w:rsidP="00AB39E7">
-[...9 lines deleted...]
-        <w:t>Sonder, inläggning och skötsel. Vårdhandboken</w:t>
+    <w:p w14:paraId="47CB12E2" w14:textId="77777777" w:rsidR="00083A13" w:rsidRPr="00083A13" w:rsidRDefault="00083A13" w:rsidP="00083A13">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="34"/>
+        </w:numPr>
+        <w:ind w:right="-143"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00083A13">
+        <w:t>Sonder, inläggning och skötsel. Vårdhandboken </w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00083A13">
         <w:br/>
       </w:r>
-      <w:hyperlink r:id="rId13" w:history="1">
-        <w:r w:rsidR="00F75DAB" w:rsidRPr="00463920">
+      <w:hyperlink r:id="rId12" w:tgtFrame="_blank" w:history="1">
+        <w:r w:rsidRPr="00083A13">
           <w:rPr>
             <w:rStyle w:val="Hyperlnk"/>
           </w:rPr>
           <w:t>www.vardhandboken.se/katetrar-sonder-och-dran/sonder-inlaggning-och-skotsel/oversikt</w:t>
         </w:r>
       </w:hyperlink>
+      <w:r w:rsidRPr="00083A13">
+        <w:t> </w:t>
+      </w:r>
     </w:p>
-    <w:sectPr w:rsidR="009A32ED" w:rsidSect="00B96AFF">
-[...4 lines deleted...]
-      <w:footerReference w:type="first" r:id="rId18"/>
+    <w:p w14:paraId="40AA233F" w14:textId="33012592" w:rsidR="009C6C0C" w:rsidRDefault="009C6C0C" w:rsidP="009A32ED">
+      <w:pPr>
+        <w:ind w:right="-143"/>
+      </w:pPr>
+    </w:p>
+    <w:sectPr w:rsidR="009C6C0C" w:rsidSect="00B96AFF">
+      <w:headerReference w:type="default" r:id="rId13"/>
+      <w:footerReference w:type="even" r:id="rId14"/>
+      <w:footerReference w:type="default" r:id="rId15"/>
+      <w:headerReference w:type="first" r:id="rId16"/>
+      <w:footerReference w:type="first" r:id="rId17"/>
       <w:type w:val="continuous"/>
       <w:pgSz w:w="11900" w:h="16840"/>
       <w:pgMar w:top="1418" w:right="1979" w:bottom="1276" w:left="992" w:header="284" w:footer="737" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:noEndnote/>
       <w:titlePg/>
       <w:docGrid w:linePitch="326"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="53C8B0DE" w14:textId="77777777" w:rsidR="0049759F" w:rsidRDefault="0049759F">
+    <w:p w14:paraId="1A829D52" w14:textId="77777777" w:rsidR="006A2BEF" w:rsidRDefault="006A2BEF">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="14F94D0B" w14:textId="77777777" w:rsidR="0049759F" w:rsidRDefault="0049759F">
+    <w:p w14:paraId="09493ABA" w14:textId="77777777" w:rsidR="006A2BEF" w:rsidRDefault="006A2BEF">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationNotice" w:id="1">
-    <w:p w14:paraId="0AA00C6F" w14:textId="77777777" w:rsidR="0049759F" w:rsidRDefault="0049759F">
+    <w:p w14:paraId="1C876AB6" w14:textId="77777777" w:rsidR="006A2BEF" w:rsidRDefault="006A2BEF">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier">
     <w:panose1 w:val="02070409020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="00000003" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
   </w:font>
-  <w:font w:name="Calibri">
-    <w:panose1 w:val="020F0502020204030204"/>
+  <w:font w:name="Georgia">
+    <w:panose1 w:val="02040502050405020303"/>
+    <w:charset w:val="00"/>
+    <w:family w:val="roman"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="00000287" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="0000009F" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Verdana">
+    <w:panose1 w:val="020B0604030504040204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="A00006FF" w:usb1="4000205B" w:usb2="00000010" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="MS Gothic">
     <w:altName w:val="ＭＳ ゴシック"/>
     <w:panose1 w:val="020B0609070205080204"/>
     <w:charset w:val="80"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E00002FF" w:usb1="6AC7FDFB" w:usb2="08000012" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
   </w:font>
+  <w:font w:name="Calibri">
+    <w:panose1 w:val="020F0502020204030204"/>
+    <w:charset w:val="00"/>
+    <w:family w:val="swiss"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+  </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="MinionPro-Regular">
-    <w:altName w:val="Calibri"/>
+    <w:altName w:val="Geneva"/>
     <w:panose1 w:val="00000000000000000000"/>
     <w:charset w:val="4D"/>
     <w:family w:val="auto"/>
     <w:notTrueType/>
     <w:pitch w:val="default"/>
     <w:sig w:usb0="00000003" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Lucida Grande">
     <w:altName w:val="Times New Roman"/>
     <w:charset w:val="00"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E1000AEF" w:usb1="5000A1FF" w:usb2="00000000" w:usb3="00000000" w:csb0="000001BF" w:csb1="00000000"/>
   </w:font>
-  <w:font w:name="Cambria">
-[...5 lines deleted...]
-  </w:font>
   <w:font w:name="MS Mincho">
     <w:altName w:val="ＭＳ 明朝"/>
     <w:panose1 w:val="02020609040205080304"/>
     <w:charset w:val="80"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E00002FF" w:usb1="6AC7FDFB" w:usb2="08000012" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
   </w:font>
+  <w:font w:name="Cambria">
+    <w:panose1 w:val="02040503050406030204"/>
+    <w:charset w:val="00"/>
+    <w:family w:val="roman"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
+  </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="1FE2B820" w14:textId="77777777" w:rsidR="00660269" w:rsidRDefault="00660269" w:rsidP="00C43BDD">
     <w:pPr>
       <w:pStyle w:val="Sidfot"/>
       <w:framePr w:wrap="around" w:vAnchor="text" w:hAnchor="margin" w:y="1"/>
       <w:rPr>
         <w:rStyle w:val="Sidnummer"/>
       </w:rPr>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:rStyle w:val="Sidnummer"/>
       </w:rPr>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:rPr>
         <w:rStyle w:val="Sidnummer"/>
       </w:rPr>
       <w:instrText xml:space="preserve">PAGE  </w:instrText>
     </w:r>
     <w:r>
       <w:rPr>
         <w:rStyle w:val="Sidnummer"/>
       </w:rPr>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
   <w:p w14:paraId="1FE2B821" w14:textId="77777777" w:rsidR="00660269" w:rsidRDefault="00660269" w:rsidP="00C43BDD">
     <w:pPr>
       <w:pStyle w:val="Sidfot"/>
       <w:ind w:firstLine="360"/>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footer2.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
-[...17 lines deleted...]
-          <w:pStyle w:val="Sidfot"/>
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="47BD2091" w14:textId="66F4EBFA" w:rsidR="00C50EE5" w:rsidRPr="00831C35" w:rsidRDefault="008372FD" w:rsidP="00EC0A68">
+    <w:pPr>
+      <w:pStyle w:val="Sidfot"/>
+      <w:rPr>
+        <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        <w:sz w:val="24"/>
+        <w:szCs w:val="24"/>
+      </w:rPr>
+    </w:pPr>
+    <w:sdt>
+      <w:sdtPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:id w:val="-2070031421"/>
+        <w:docPartObj>
+          <w:docPartGallery w:val="Page Numbers (Bottom of Page)"/>
+          <w:docPartUnique/>
+        </w:docPartObj>
+      </w:sdtPr>
+      <w:sdtEndPr/>
+      <w:sdtContent>
+        <w:r w:rsidR="00A65FD4" w:rsidRPr="00831C35">
           <w:rPr>
-            <w:sz w:val="16"/>
-[...6 lines deleted...]
-            <w:szCs w:val="16"/>
+            <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+            <w:sz w:val="24"/>
+            <w:szCs w:val="24"/>
           </w:rPr>
           <w:t xml:space="preserve"> </w:t>
         </w:r>
-        <w:r w:rsidR="00EC0A68" w:rsidRPr="00EC0A68">
+        <w:r w:rsidR="00EC0A68" w:rsidRPr="00831C35">
           <w:rPr>
-            <w:sz w:val="16"/>
-            <w:szCs w:val="16"/>
+            <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+            <w:sz w:val="24"/>
+            <w:szCs w:val="24"/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
-        <w:r w:rsidR="00EC0A68" w:rsidRPr="00EC0A68">
+        <w:r w:rsidR="00EC0A68" w:rsidRPr="00831C35">
           <w:rPr>
-            <w:sz w:val="16"/>
-            <w:szCs w:val="16"/>
+            <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+            <w:sz w:val="24"/>
+            <w:szCs w:val="24"/>
           </w:rPr>
           <w:instrText>PAGE   \* MERGEFORMAT</w:instrText>
         </w:r>
-        <w:r w:rsidR="00EC0A68" w:rsidRPr="00EC0A68">
+        <w:r w:rsidR="00EC0A68" w:rsidRPr="00831C35">
           <w:rPr>
-            <w:sz w:val="16"/>
-            <w:szCs w:val="16"/>
+            <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+            <w:sz w:val="24"/>
+            <w:szCs w:val="24"/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
-        <w:r w:rsidR="00EC0A68" w:rsidRPr="00EC0A68">
+        <w:r w:rsidR="00EC0A68" w:rsidRPr="00831C35">
           <w:rPr>
-            <w:sz w:val="16"/>
-            <w:szCs w:val="16"/>
+            <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+            <w:sz w:val="24"/>
+            <w:szCs w:val="24"/>
           </w:rPr>
           <w:t>2</w:t>
         </w:r>
-        <w:r w:rsidR="00EC0A68" w:rsidRPr="00EC0A68">
+        <w:r w:rsidR="00EC0A68" w:rsidRPr="00831C35">
           <w:rPr>
-            <w:sz w:val="16"/>
-            <w:szCs w:val="16"/>
+            <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+            <w:sz w:val="24"/>
+            <w:szCs w:val="24"/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
-      </w:p>
-[...1 lines deleted...]
-  </w:sdt>
+      </w:sdtContent>
+    </w:sdt>
+    <w:r w:rsidR="00111CB2" w:rsidRPr="00831C35">
+      <w:rPr>
+        <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        <w:sz w:val="24"/>
+        <w:szCs w:val="24"/>
+      </w:rPr>
+      <w:t xml:space="preserve"> (</w:t>
+    </w:r>
+    <w:r w:rsidR="00111CB2" w:rsidRPr="00831C35">
+      <w:rPr>
+        <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        <w:sz w:val="24"/>
+        <w:szCs w:val="24"/>
+      </w:rPr>
+      <w:fldChar w:fldCharType="begin"/>
+    </w:r>
+    <w:r w:rsidR="00111CB2" w:rsidRPr="00831C35">
+      <w:rPr>
+        <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        <w:sz w:val="24"/>
+        <w:szCs w:val="24"/>
+      </w:rPr>
+      <w:instrText xml:space="preserve"> NUMPAGES   \* MERGEFORMAT </w:instrText>
+    </w:r>
+    <w:r w:rsidR="00111CB2" w:rsidRPr="00831C35">
+      <w:rPr>
+        <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        <w:sz w:val="24"/>
+        <w:szCs w:val="24"/>
+      </w:rPr>
+      <w:fldChar w:fldCharType="separate"/>
+    </w:r>
+    <w:r w:rsidR="00111CB2" w:rsidRPr="00831C35">
+      <w:rPr>
+        <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        <w:noProof/>
+        <w:sz w:val="24"/>
+        <w:szCs w:val="24"/>
+      </w:rPr>
+      <w:t>4</w:t>
+    </w:r>
+    <w:r w:rsidR="00111CB2" w:rsidRPr="00831C35">
+      <w:rPr>
+        <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        <w:sz w:val="24"/>
+        <w:szCs w:val="24"/>
+      </w:rPr>
+      <w:fldChar w:fldCharType="end"/>
+    </w:r>
+    <w:r w:rsidR="00111CB2" w:rsidRPr="00831C35">
+      <w:rPr>
+        <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        <w:sz w:val="24"/>
+        <w:szCs w:val="24"/>
+      </w:rPr>
+      <w:t>)</w:t>
+    </w:r>
+  </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footer3.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="1FE2B822" w14:textId="76DF6159" w:rsidR="00660269" w:rsidRDefault="009228AB" w:rsidP="00FB2F0F">
     <w:pPr>
       <w:pStyle w:val="Sidfot"/>
       <w:ind w:left="6237" w:hanging="141"/>
       <w:jc w:val="left"/>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:noProof/>
       </w:rPr>
       <w:drawing>
-        <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658240" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="1FE2B825" wp14:editId="25147E04">
+        <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658241" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="1FE2B825" wp14:editId="5971BB2D">
           <wp:simplePos x="0" y="0"/>
           <wp:positionH relativeFrom="column">
-            <wp:posOffset>4388307</wp:posOffset>
+            <wp:posOffset>4391660</wp:posOffset>
           </wp:positionH>
           <wp:positionV relativeFrom="paragraph">
-            <wp:posOffset>-27355</wp:posOffset>
+            <wp:posOffset>-3947</wp:posOffset>
           </wp:positionV>
-          <wp:extent cx="1897920" cy="384860"/>
-          <wp:effectExtent l="0" t="0" r="7620" b="0"/>
+          <wp:extent cx="1953671" cy="348178"/>
+          <wp:effectExtent l="0" t="0" r="0" b="0"/>
           <wp:wrapNone/>
           <wp:docPr id="12" name="Bildobjekt 12">
             <a:extLst xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:ext uri="{C183D7F6-B498-43B3-948B-1728B52AA6E4}">
                 <adec:decorative xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" val="1"/>
               </a:ext>
             </a:extLst>
           </wp:docPr>
           <wp:cNvGraphicFramePr>
             <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
           </wp:cNvGraphicFramePr>
           <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
             <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
               <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:nvPicPr>
-                  <pic:cNvPr id="0" name="VG_Ne.wmf"/>
+                  <pic:cNvPr id="12" name="Bildobjekt 12">
+                    <a:extLst>
+                      <a:ext uri="{C183D7F6-B498-43B3-948B-1728B52AA6E4}">
+                        <adec:decorative xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" val="1"/>
+                      </a:ext>
+                    </a:extLst>
+                  </pic:cNvPr>
                   <pic:cNvPicPr/>
                 </pic:nvPicPr>
                 <pic:blipFill>
                   <a:blip r:embed="rId1">
                     <a:extLst>
-                      <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
-                        <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+                      <a:ext uri="{96DAC541-7B7A-43D3-8B79-37D633B846F1}">
+                        <asvg:svgBlip xmlns:asvg="http://schemas.microsoft.com/office/drawing/2016/SVG/main" r:embed="rId2"/>
                       </a:ext>
                     </a:extLst>
                   </a:blip>
                   <a:stretch>
                     <a:fillRect/>
                   </a:stretch>
                 </pic:blipFill>
                 <pic:spPr>
                   <a:xfrm>
                     <a:off x="0" y="0"/>
-                    <a:ext cx="1953671" cy="396165"/>
+                    <a:ext cx="1953671" cy="348178"/>
                   </a:xfrm>
                   <a:prstGeom prst="rect">
                     <a:avLst/>
                   </a:prstGeom>
                 </pic:spPr>
               </pic:pic>
             </a:graphicData>
           </a:graphic>
           <wp14:sizeRelH relativeFrom="margin">
             <wp14:pctWidth>0</wp14:pctWidth>
           </wp14:sizeRelH>
           <wp14:sizeRelV relativeFrom="margin">
             <wp14:pctHeight>0</wp14:pctHeight>
           </wp14:sizeRelV>
         </wp:anchor>
       </w:drawing>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="19829D53" w14:textId="77777777" w:rsidR="0049759F" w:rsidRDefault="0049759F"/>
+    <w:p w14:paraId="2E71F5A8" w14:textId="77777777" w:rsidR="006A2BEF" w:rsidRDefault="006A2BEF"/>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="461FF779" w14:textId="77777777" w:rsidR="0049759F" w:rsidRDefault="0049759F">
+    <w:p w14:paraId="00CCACBB" w14:textId="77777777" w:rsidR="006A2BEF" w:rsidRDefault="006A2BEF">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationNotice" w:id="1">
-    <w:p w14:paraId="7E8A5424" w14:textId="77777777" w:rsidR="0049759F" w:rsidRDefault="0049759F">
+    <w:p w14:paraId="1512630D" w14:textId="77777777" w:rsidR="006A2BEF" w:rsidRDefault="006A2BEF">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="68F18EE5" w14:textId="39C06E14" w:rsidR="00294791" w:rsidRPr="00DA65C4" w:rsidRDefault="00DA65C4" w:rsidP="00DA65C4">
     <w:pPr>
       <w:pStyle w:val="Sidhuvud"/>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:noProof/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
       <mc:AlternateContent>
         <mc:Choice Requires="wps">
           <w:drawing>
-            <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658243" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="264BC60A" wp14:editId="43F94021">
+            <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251672577" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="264BC60A" wp14:editId="43F94021">
               <wp:simplePos x="0" y="0"/>
               <wp:positionH relativeFrom="column">
                 <wp:posOffset>0</wp:posOffset>
               </wp:positionH>
               <wp:positionV relativeFrom="paragraph">
                 <wp:posOffset>-635</wp:posOffset>
               </wp:positionV>
               <wp:extent cx="4667250" cy="323850"/>
               <wp:effectExtent l="0" t="0" r="0" b="0"/>
               <wp:wrapNone/>
               <wp:docPr id="10" name="Textruta 10"/>
               <wp:cNvGraphicFramePr/>
               <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                 <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                   <wps:wsp>
                     <wps:cNvSpPr txBox="1"/>
                     <wps:spPr>
                       <a:xfrm>
                         <a:off x="0" y="0"/>
                         <a:ext cx="4667250" cy="323850"/>
                       </a:xfrm>
                       <a:prstGeom prst="rect">
                         <a:avLst/>
                       </a:prstGeom>
                       <a:noFill/>
@@ -2202,180 +1236,100 @@
                           </w:r>
                         </w:p>
                       </w:txbxContent>
                     </wps:txbx>
                     <wps:bodyPr rot="0" spcFirstLastPara="0" vertOverflow="overflow" horzOverflow="overflow" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" numCol="1" spcCol="0" rtlCol="0" fromWordArt="0" anchor="t" anchorCtr="0" forceAA="0" compatLnSpc="1">
                       <a:prstTxWarp prst="textNoShape">
                         <a:avLst/>
                       </a:prstTxWarp>
                       <a:noAutofit/>
                     </wps:bodyPr>
                   </wps:wsp>
                 </a:graphicData>
               </a:graphic>
               <wp14:sizeRelH relativeFrom="margin">
                 <wp14:pctWidth>0</wp14:pctWidth>
               </wp14:sizeRelH>
             </wp:anchor>
           </w:drawing>
         </mc:Choice>
         <mc:Fallback>
           <w:pict>
             <v:shapetype w14:anchorId="264BC60A" id="_x0000_t202" coordsize="21600,21600" o:spt="202" path="m,l,21600r21600,l21600,xe">
               <v:stroke joinstyle="miter"/>
               <v:path gradientshapeok="t" o:connecttype="rect"/>
             </v:shapetype>
-            <v:shape id="Textruta 10" o:spid="_x0000_s1026" type="#_x0000_t202" style="position:absolute;left:0;text-align:left;margin-left:0;margin-top:-.05pt;width:367.5pt;height:25.5pt;z-index:251658243;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-width-relative:margin;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQCzkv6OFQIAACwEAAAOAAAAZHJzL2Uyb0RvYy54bWysU01v2zAMvQ/YfxB0X5yvpp0Rp8haZBgQ&#10;tAXSoWdFlmIDkqhJSuzs14+SnY91Ow27yKRIP5LvUfP7VityEM7XYAo6GgwpEYZDWZtdQb+/rj7d&#10;UeIDMyVTYERBj8LT+8XHD/PG5mIMFahSOIIgxueNLWgVgs2zzPNKaOYHYIXBoASnWUDX7bLSsQbR&#10;tcrGw+Esa8CV1gEX3uPtYxeki4QvpeDhWUovAlEFxd5COl06t/HMFnOW7xyzVc37Ntg/dKFZbbDo&#10;GeqRBUb2rv4DStfcgQcZBhx0BlLWXKQZcJrR8N00m4pZkWZBcrw90+T/Hyx/OmzsiyOh/QItChgJ&#10;aazPPV7GeVrpdPxipwTjSOHxTJtoA+F4OZ3Nbsc3GOIYm4wnd2gjTHb52zofvgrQJBoFdShLYosd&#10;1j50qaeUWMzAqlYqSaMMaQo6myDkbxEEVwZrXHqNVmi3bT/AFsojzuWgk9xbvqqx+Jr58MIcaoz9&#10;4t6GZzykAiwCvUVJBe7n3+5jPlKPUUoa3JmC+h975gQl6ptBUT6PptO4ZMmZ3tyO0XHXke11xOz1&#10;A+BajvCFWJ7MmB/UyZQO9Buu9zJWxRAzHGsXNJzMh9BtMj4PLpbLlIRrZVlYm43lETqSFql9bd+Y&#10;sz3/AZV7gtN2sfydDF1uR/dyH0DWSaNIcMdqzzuuZFK5fz5x56/9lHV55ItfAAAA//8DAFBLAwQU&#10;AAYACAAAACEAJkWNkN0AAAAFAQAADwAAAGRycy9kb3ducmV2LnhtbEyPQU/CQBSE7yb+h80z8QZb&#10;MFUofSWkCTExegC5eNt2l7Zx923tLlD99T5PeJzMZOabfD06K85mCJ0nhNk0AWGo9rqjBuHwvp0s&#10;QISoSCvrySB8mwDr4vYmV5n2F9qZ8z42gksoZAqhjbHPpAx1a5wKU98bYu/oB6ciy6GRelAXLndW&#10;zpPkUTrVES+0qjdla+rP/ckhvJTbN7Wr5m7xY8vn1+Om/zp8pIj3d+NmBSKaMV7D8IfP6FAwU+VP&#10;pIOwCHwkIkxmINh8ekhZVwhpsgRZ5PI/ffELAAD//wMAUEsBAi0AFAAGAAgAAAAhALaDOJL+AAAA&#10;4QEAABMAAAAAAAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEA&#10;OP0h/9YAAACUAQAACwAAAAAAAAAAAAAAAAAvAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEA&#10;s5L+jhUCAAAsBAAADgAAAAAAAAAAAAAAAAAuAgAAZHJzL2Uyb0RvYy54bWxQSwECLQAUAAYACAAA&#10;ACEAJkWNkN0AAAAFAQAADwAAAAAAAAAAAAAAAABvBAAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAAE&#10;AAQA8wAAAHkFAAAAAA==&#10;" filled="f" stroked="f" strokeweight=".5pt">
+            <v:shape id="Textruta 10" o:spid="_x0000_s1026" type="#_x0000_t202" style="position:absolute;left:0;text-align:left;margin-left:0;margin-top:-.05pt;width:367.5pt;height:25.5pt;z-index:251672577;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-width-relative:margin;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQCzkv6OFQIAACwEAAAOAAAAZHJzL2Uyb0RvYy54bWysU01v2zAMvQ/YfxB0X5yvpp0Rp8haZBgQ&#10;tAXSoWdFlmIDkqhJSuzs14+SnY91Ow27yKRIP5LvUfP7VityEM7XYAo6GgwpEYZDWZtdQb+/rj7d&#10;UeIDMyVTYERBj8LT+8XHD/PG5mIMFahSOIIgxueNLWgVgs2zzPNKaOYHYIXBoASnWUDX7bLSsQbR&#10;tcrGw+Esa8CV1gEX3uPtYxeki4QvpeDhWUovAlEFxd5COl06t/HMFnOW7xyzVc37Ntg/dKFZbbDo&#10;GeqRBUb2rv4DStfcgQcZBhx0BlLWXKQZcJrR8N00m4pZkWZBcrw90+T/Hyx/OmzsiyOh/QItChgJ&#10;aazPPV7GeVrpdPxipwTjSOHxTJtoA+F4OZ3Nbsc3GOIYm4wnd2gjTHb52zofvgrQJBoFdShLYosd&#10;1j50qaeUWMzAqlYqSaMMaQo6myDkbxEEVwZrXHqNVmi3bT/AFsojzuWgk9xbvqqx+Jr58MIcaoz9&#10;4t6GZzykAiwCvUVJBe7n3+5jPlKPUUoa3JmC+h975gQl6ptBUT6PptO4ZMmZ3tyO0XHXke11xOz1&#10;A+BajvCFWJ7MmB/UyZQO9Buu9zJWxRAzHGsXNJzMh9BtMj4PLpbLlIRrZVlYm43lETqSFql9bd+Y&#10;sz3/AZV7gtN2sfydDF1uR/dyH0DWSaNIcMdqzzuuZFK5fz5x56/9lHV55ItfAAAA//8DAFBLAwQU&#10;AAYACAAAACEAJkWNkN0AAAAFAQAADwAAAGRycy9kb3ducmV2LnhtbEyPQU/CQBSE7yb+h80z8QZb&#10;MFUofSWkCTExegC5eNt2l7Zx923tLlD99T5PeJzMZOabfD06K85mCJ0nhNk0AWGo9rqjBuHwvp0s&#10;QISoSCvrySB8mwDr4vYmV5n2F9qZ8z42gksoZAqhjbHPpAx1a5wKU98bYu/oB6ciy6GRelAXLndW&#10;zpPkUTrVES+0qjdla+rP/ckhvJTbN7Wr5m7xY8vn1+Om/zp8pIj3d+NmBSKaMV7D8IfP6FAwU+VP&#10;pIOwCHwkIkxmINh8ekhZVwhpsgRZ5PI/ffELAAD//wMAUEsBAi0AFAAGAAgAAAAhALaDOJL+AAAA&#10;4QEAABMAAAAAAAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEA&#10;OP0h/9YAAACUAQAACwAAAAAAAAAAAAAAAAAvAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEA&#10;s5L+jhUCAAAsBAAADgAAAAAAAAAAAAAAAAAuAgAAZHJzL2Uyb0RvYy54bWxQSwECLQAUAAYACAAA&#10;ACEAJkWNkN0AAAAFAQAADwAAAAAAAAAAAAAAAABvBAAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAAE&#10;AAQA8wAAAHkFAAAAAA==&#10;" filled="f" stroked="f" strokeweight=".5pt">
               <v:textbox>
                 <w:txbxContent>
                   <w:p w14:paraId="70464969" w14:textId="1B285E8B" w:rsidR="00DA65C4" w:rsidRDefault="00DA65C4" w:rsidP="00DA65C4">
                     <w:pPr>
                       <w:ind w:left="0"/>
                     </w:pPr>
                     <w:r w:rsidRPr="00762EE0">
                       <w:rPr>
                         <w:sz w:val="20"/>
                         <w:szCs w:val="20"/>
                       </w:rPr>
                       <w:t>OBS! Utskriven version kan vara ogiltig. Verifiera innehållet</w:t>
                     </w:r>
                     <w:r w:rsidR="00367D19">
                       <w:rPr>
                         <w:sz w:val="20"/>
                         <w:szCs w:val="20"/>
                       </w:rPr>
                       <w:t>.</w:t>
                     </w:r>
                   </w:p>
                 </w:txbxContent>
               </v:textbox>
             </v:shape>
           </w:pict>
         </mc:Fallback>
       </mc:AlternateContent>
     </w:r>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/header2.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
-  <w:p w14:paraId="058CDD4D" w14:textId="0FD65030" w:rsidR="008A4EB9" w:rsidRDefault="008569C6" w:rsidP="00413A60">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="058CDD4D" w14:textId="448A65ED" w:rsidR="008A4EB9" w:rsidRDefault="00413A60" w:rsidP="00413A60">
     <w:pPr>
       <w:pStyle w:val="Sidhuvud"/>
       <w:ind w:left="0" w:right="567"/>
     </w:pPr>
-    <w:r w:rsidRPr="00762EE0">
-[...79 lines deleted...]
-    <w:r w:rsidR="00413A60">
+    <w:r>
       <w:rPr>
         <w:noProof/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
       <mc:AlternateContent>
         <mc:Choice Requires="wps">
           <w:drawing>
-            <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658242" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="5B7982AB" wp14:editId="570FAFC0">
+            <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251670529" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="5B7982AB" wp14:editId="0C751635">
               <wp:simplePos x="0" y="0"/>
               <wp:positionH relativeFrom="column">
                 <wp:posOffset>-172720</wp:posOffset>
               </wp:positionH>
               <wp:positionV relativeFrom="paragraph">
                 <wp:posOffset>-65405</wp:posOffset>
               </wp:positionV>
               <wp:extent cx="4669200" cy="2160000"/>
               <wp:effectExtent l="0" t="0" r="0" b="0"/>
               <wp:wrapTopAndBottom/>
               <wp:docPr id="6" name="Textruta 6"/>
               <wp:cNvGraphicFramePr/>
               <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                 <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                   <wps:wsp>
                     <wps:cNvSpPr txBox="1"/>
                     <wps:spPr>
                       <a:xfrm>
                         <a:off x="0" y="0"/>
                         <a:ext cx="4669200" cy="2160000"/>
                       </a:xfrm>
                       <a:prstGeom prst="rect">
                         <a:avLst/>
                       </a:prstGeom>
                       <a:noFill/>
@@ -2408,86 +1362,86 @@
                     </wps:txbx>
                     <wps:bodyPr rot="0" spcFirstLastPara="0" vertOverflow="overflow" horzOverflow="overflow" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" numCol="1" spcCol="0" rtlCol="0" fromWordArt="0" anchor="t" anchorCtr="0" forceAA="0" compatLnSpc="1">
                       <a:prstTxWarp prst="textNoShape">
                         <a:avLst/>
                       </a:prstTxWarp>
                       <a:noAutofit/>
                     </wps:bodyPr>
                   </wps:wsp>
                 </a:graphicData>
               </a:graphic>
               <wp14:sizeRelH relativeFrom="margin">
                 <wp14:pctWidth>0</wp14:pctWidth>
               </wp14:sizeRelH>
               <wp14:sizeRelV relativeFrom="margin">
                 <wp14:pctHeight>0</wp14:pctHeight>
               </wp14:sizeRelV>
             </wp:anchor>
           </w:drawing>
         </mc:Choice>
         <mc:Fallback>
           <w:pict>
             <v:shapetype w14:anchorId="5B7982AB" id="_x0000_t202" coordsize="21600,21600" o:spt="202" path="m,l,21600r21600,l21600,xe">
               <v:stroke joinstyle="miter"/>
               <v:path gradientshapeok="t" o:connecttype="rect"/>
             </v:shapetype>
-            <v:shape id="Textruta 6" o:spid="_x0000_s1027" type="#_x0000_t202" style="position:absolute;margin-left:-13.6pt;margin-top:-5.15pt;width:367.65pt;height:170.1pt;z-index:251658242;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:margin;mso-height-relative:margin;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQAHTpHSGQIAADQEAAAOAAAAZHJzL2Uyb0RvYy54bWysU11v2yAUfZ+0/4B4X+xkadZacaqsVaZJ&#10;UVspnfpMMMSWgMuAxM5+/S7Y+VC3p2l+wBfu5X6cc5jfd1qRg3C+AVPS8SinRBgOVWN2Jf3xuvp0&#10;S4kPzFRMgRElPQpP7xcfP8xbW4gJ1KAq4QgmMb5obUnrEGyRZZ7XQjM/AisMOiU4zQJu3S6rHGsx&#10;u1bZJM9nWQuusg648B5PH3snXaT8UgoenqX0IhBVUuwtpNWldRvXbDFnxc4xWzd8aIP9QxeaNQaL&#10;nlM9ssDI3jV/pNINd+BBhhEHnYGUDRdpBpxmnL+bZlMzK9IsCI63Z5j8/0vLnw4b++JI6L5ChwRG&#10;QFrrC4+HcZ5OOh3/2ClBP0J4PMMmukA4Hk5nszvkghKOvsl4luMX82SX69b58E2AJtEoqUNeElzs&#10;sPahDz2FxGoGVo1SiRtlSFvS2eebPF04ezC5Mljj0my0QrftSFNdDbKF6ojzOeip95avGuxhzXx4&#10;YQ65xr5Rv+EZF6kAa8FgUVKD+/W38xiPFKCXkha1U1L/c8+coER9N0jO3Xg6jWJLm+nNlwlu3LVn&#10;e+0xe/0AKM8xvhTLkxnjgzqZ0oF+Q5kvY1V0McOxdknDyXwIvaLxmXCxXKYglJdlYW02lsfUEdWI&#10;8Gv3xpwdaAjI4BOcVMaKd2z0sT0fy30A2SSqIs49qgP8KM1E9vCMovav9ynq8tgXvwEAAP//AwBQ&#10;SwMEFAAGAAgAAAAhAHdeiV3jAAAACwEAAA8AAABkcnMvZG93bnJldi54bWxMj8FOwzAMhu9IvENk&#10;JG5b0kywrjSdpkoTEoLDxi7c0sZrK5qkNNlWeHrMadxs+dPv78/Xk+3ZGcfQeacgmQtg6GpvOtco&#10;OLxvZymwELUzuvcOFXxjgHVxe5PrzPiL2+F5HxtGIS5kWkEb45BxHuoWrQ5zP6Cj29GPVkdax4ab&#10;UV8o3PZcCvHIre4cfWj1gGWL9ef+ZBW8lNs3vaukTX/68vn1uBm+Dh8PSt3fTZsnYBGneIXhT5/U&#10;oSCnyp+cCaxXMJNLSSgNiVgAI2Ip0gRYpWAhVyvgRc7/dyh+AQAA//8DAFBLAQItABQABgAIAAAA&#10;IQC2gziS/gAAAOEBAAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0A&#10;FAAGAAgAAAAhADj9If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAALwEAAF9yZWxzLy5yZWxzUEsBAi0A&#10;FAAGAAgAAAAhAAdOkdIZAgAANAQAAA4AAAAAAAAAAAAAAAAALgIAAGRycy9lMm9Eb2MueG1sUEsB&#10;Ai0AFAAGAAgAAAAhAHdeiV3jAAAACwEAAA8AAAAAAAAAAAAAAAAAcwQAAGRycy9kb3ducmV2Lnht&#10;bFBLBQYAAAAABAAEAPMAAACDBQAAAAA=&#10;" filled="f" stroked="f" strokeweight=".5pt">
+            <v:shape id="Textruta 6" o:spid="_x0000_s1027" type="#_x0000_t202" style="position:absolute;margin-left:-13.6pt;margin-top:-5.15pt;width:367.65pt;height:170.1pt;z-index:251670529;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:margin;mso-height-relative:margin;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQAHTpHSGQIAADQEAAAOAAAAZHJzL2Uyb0RvYy54bWysU11v2yAUfZ+0/4B4X+xkadZacaqsVaZJ&#10;UVspnfpMMMSWgMuAxM5+/S7Y+VC3p2l+wBfu5X6cc5jfd1qRg3C+AVPS8SinRBgOVWN2Jf3xuvp0&#10;S4kPzFRMgRElPQpP7xcfP8xbW4gJ1KAq4QgmMb5obUnrEGyRZZ7XQjM/AisMOiU4zQJu3S6rHGsx&#10;u1bZJM9nWQuusg648B5PH3snXaT8UgoenqX0IhBVUuwtpNWldRvXbDFnxc4xWzd8aIP9QxeaNQaL&#10;nlM9ssDI3jV/pNINd+BBhhEHnYGUDRdpBpxmnL+bZlMzK9IsCI63Z5j8/0vLnw4b++JI6L5ChwRG&#10;QFrrC4+HcZ5OOh3/2ClBP0J4PMMmukA4Hk5nszvkghKOvsl4luMX82SX69b58E2AJtEoqUNeElzs&#10;sPahDz2FxGoGVo1SiRtlSFvS2eebPF04ezC5Mljj0my0QrftSFNdDbKF6ojzOeip95avGuxhzXx4&#10;YQ65xr5Rv+EZF6kAa8FgUVKD+/W38xiPFKCXkha1U1L/c8+coER9N0jO3Xg6jWJLm+nNlwlu3LVn&#10;e+0xe/0AKM8xvhTLkxnjgzqZ0oF+Q5kvY1V0McOxdknDyXwIvaLxmXCxXKYglJdlYW02lsfUEdWI&#10;8Gv3xpwdaAjI4BOcVMaKd2z0sT0fy30A2SSqIs49qgP8KM1E9vCMovav9ynq8tgXvwEAAP//AwBQ&#10;SwMEFAAGAAgAAAAhAHdeiV3jAAAACwEAAA8AAABkcnMvZG93bnJldi54bWxMj8FOwzAMhu9IvENk&#10;JG5b0kywrjSdpkoTEoLDxi7c0sZrK5qkNNlWeHrMadxs+dPv78/Xk+3ZGcfQeacgmQtg6GpvOtco&#10;OLxvZymwELUzuvcOFXxjgHVxe5PrzPiL2+F5HxtGIS5kWkEb45BxHuoWrQ5zP6Cj29GPVkdax4ab&#10;UV8o3PZcCvHIre4cfWj1gGWL9ef+ZBW8lNs3vaukTX/68vn1uBm+Dh8PSt3fTZsnYBGneIXhT5/U&#10;oSCnyp+cCaxXMJNLSSgNiVgAI2Ip0gRYpWAhVyvgRc7/dyh+AQAA//8DAFBLAQItABQABgAIAAAA&#10;IQC2gziS/gAAAOEBAAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0A&#10;FAAGAAgAAAAhADj9If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAALwEAAF9yZWxzLy5yZWxzUEsBAi0A&#10;FAAGAAgAAAAhAAdOkdIZAgAANAQAAA4AAAAAAAAAAAAAAAAALgIAAGRycy9lMm9Eb2MueG1sUEsB&#10;Ai0AFAAGAAgAAAAhAHdeiV3jAAAACwEAAA8AAAAAAAAAAAAAAAAAcwQAAGRycy9kb3ducmV2Lnht&#10;bFBLBQYAAAAABAAEAPMAAACDBQAAAAA=&#10;" filled="f" stroked="f" strokeweight=".5pt">
               <v:textbox>
                 <w:txbxContent>
                   <w:p w14:paraId="72D45401" w14:textId="0A2CCBAA" w:rsidR="00413A60" w:rsidRDefault="00413A60">
                     <w:pPr>
                       <w:ind w:left="0"/>
                     </w:pPr>
                     <w:r w:rsidRPr="00762EE0">
                       <w:rPr>
                         <w:sz w:val="20"/>
                         <w:szCs w:val="20"/>
                       </w:rPr>
                       <w:t>OBS! Utskriven version kan vara ogiltig. Verifiera innehållet</w:t>
                     </w:r>
                     <w:r w:rsidR="00367D19">
                       <w:rPr>
                         <w:sz w:val="20"/>
                         <w:szCs w:val="20"/>
                       </w:rPr>
                       <w:t>.</w:t>
                     </w:r>
                   </w:p>
                 </w:txbxContent>
               </v:textbox>
               <w10:wrap type="topAndBottom"/>
             </v:shape>
           </w:pict>
         </mc:Fallback>
       </mc:AlternateContent>
     </w:r>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="FFFFFF1D"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="FBCC56FC"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="0"/>
         </w:tabs>
         <w:ind w:left="0" w:firstLine="0"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
@@ -2718,50 +1672,348 @@
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier" w:hAnsi="Courier" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="7200" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="3" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="062C7C5C"/>
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="34424CD2"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="720"/>
+        </w:tabs>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="1440"/>
+        </w:tabs>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2160"/>
+        </w:tabs>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2880"/>
+        </w:tabs>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="3600"/>
+        </w:tabs>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="4320"/>
+        </w:tabs>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5040"/>
+        </w:tabs>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5760"/>
+        </w:tabs>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="6480"/>
+        </w:tabs>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="4" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="07AC1467"/>
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="D468418E"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="720"/>
+        </w:tabs>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="1440"/>
+        </w:tabs>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2160"/>
+        </w:tabs>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2880"/>
+        </w:tabs>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="3600"/>
+        </w:tabs>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="4320"/>
+        </w:tabs>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5040"/>
+        </w:tabs>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5760"/>
+        </w:tabs>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="6480"/>
+        </w:tabs>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="5" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="07F0337A"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="1E54CEB4"/>
     <w:lvl w:ilvl="0" w:tplc="041D0001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1077" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1797" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
@@ -2830,51 +2082,349 @@
     <w:lvl w:ilvl="7" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6117" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6837" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="4" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="6" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="0AA0433F"/>
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="1584CEAC"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="720"/>
+        </w:tabs>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="1440"/>
+        </w:tabs>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2160"/>
+        </w:tabs>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2880"/>
+        </w:tabs>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="3600"/>
+        </w:tabs>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="4320"/>
+        </w:tabs>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5040"/>
+        </w:tabs>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5760"/>
+        </w:tabs>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="6480"/>
+        </w:tabs>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="7" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="13294806"/>
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="C9D478E2"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="720"/>
+        </w:tabs>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="1440"/>
+        </w:tabs>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2160"/>
+        </w:tabs>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2880"/>
+        </w:tabs>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="3600"/>
+        </w:tabs>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="4320"/>
+        </w:tabs>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5040"/>
+        </w:tabs>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5760"/>
+        </w:tabs>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="6480"/>
+        </w:tabs>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="8" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="135A157B"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="65667058"/>
     <w:lvl w:ilvl="0" w:tplc="041D000F">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier" w:hAnsi="Courier" w:hint="default"/>
@@ -2943,51 +2493,51 @@
     <w:lvl w:ilvl="7" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier" w:hAnsi="Courier" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="5" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="9" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="1480309A"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="7B82C9A8"/>
     <w:lvl w:ilvl="0" w:tplc="041D0001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1712" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2432" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
@@ -3056,51 +2606,51 @@
     <w:lvl w:ilvl="7" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6752" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="7472" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="6" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="10" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="1D074A65"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="E104E4E6"/>
     <w:lvl w:ilvl="0" w:tplc="F49A5562">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:pStyle w:val="FaktarutaLista"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
@@ -3170,51 +2720,51 @@
     <w:lvl w:ilvl="7" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="7" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="11" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="1D520AB4"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="B9E412AC"/>
     <w:lvl w:ilvl="0" w:tplc="041D0001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1712" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2432" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
@@ -3283,51 +2833,137 @@
     <w:lvl w:ilvl="7" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6752" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="7472" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="8" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="12" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="1FFC3E3F"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="667E6272"/>
+    <w:lvl w:ilvl="0" w:tplc="041D000F">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1077" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="041D0019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1797" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="041D001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="2517" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="041D000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3237" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="041D0019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3957" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="041D001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="4677" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="041D000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5397" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="041D0019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6117" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="041D001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="6837" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="13" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="38A42FB9"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="09EA9066"/>
     <w:lvl w:ilvl="0" w:tplc="041D0001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -3423,62 +3059,175 @@
         <w:tabs>
           <w:tab w:val="num" w:pos="5760"/>
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="9" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="14" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="398A0FFE"/>
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="607A9782"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="2"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="720"/>
+        </w:tabs>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="1440"/>
+        </w:tabs>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2160"/>
+        </w:tabs>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2880"/>
+        </w:tabs>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="3600"/>
+        </w:tabs>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="4320"/>
+        </w:tabs>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5040"/>
+        </w:tabs>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5760"/>
+        </w:tabs>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="6480"/>
+        </w:tabs>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="15" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="3B474E09"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:tmpl w:val="A0F43EC8"/>
-    <w:lvl w:ilvl="0" w:tplc="2752C22C">
+    <w:tmpl w:val="DDF0BC38"/>
+    <w:lvl w:ilvl="0" w:tplc="34668BAA">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:pStyle w:val="Punktlista"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="1352" w:hanging="360"/>
+        <w:ind w:left="1077" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1797" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2517" w:hanging="360"/>
       </w:pPr>
@@ -3537,51 +3286,51 @@
     <w:lvl w:ilvl="7" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6117" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6837" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="10" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="16" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="40C928FF"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="0AE0B72A"/>
     <w:lvl w:ilvl="0" w:tplc="041D0001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1712" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2432" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
@@ -3650,51 +3399,200 @@
     <w:lvl w:ilvl="7" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6752" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="7472" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="11" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="17" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="41E52360"/>
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="978C82F6"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="720"/>
+        </w:tabs>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="1440"/>
+        </w:tabs>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2160"/>
+        </w:tabs>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2880"/>
+        </w:tabs>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="3600"/>
+        </w:tabs>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="4320"/>
+        </w:tabs>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5040"/>
+        </w:tabs>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5760"/>
+        </w:tabs>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="6480"/>
+        </w:tabs>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="18" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="42196C05"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="741857FC"/>
     <w:lvl w:ilvl="0" w:tplc="71B6B2F8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
         <w:color w:val="auto"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
@@ -3791,227 +3689,462 @@
         <w:tabs>
           <w:tab w:val="num" w:pos="5760"/>
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="12" w15:restartNumberingAfterBreak="0">
-[...3 lines deleted...]
-    <w:lvl w:ilvl="0" w:tplc="DDB4C2F0">
+  <w:abstractNum w:abstractNumId="19" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="457A25CB"/>
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="0F4C5808"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="720"/>
+        </w:tabs>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="1440"/>
+        </w:tabs>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2160"/>
+        </w:tabs>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2880"/>
+        </w:tabs>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="3600"/>
+        </w:tabs>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="4320"/>
+        </w:tabs>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5040"/>
+        </w:tabs>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5760"/>
+        </w:tabs>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="6480"/>
+        </w:tabs>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="20" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="4C67573A"/>
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="307E9D48"/>
+    <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="927" w:hanging="360"/>
-[...7 lines deleted...]
-      <w:numFmt w:val="lowerLetter"/>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="720"/>
+        </w:tabs>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="1647" w:hanging="360"/>
-[...4 lines deleted...]
-      <w:numFmt w:val="lowerRoman"/>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="1440"/>
+        </w:tabs>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%3."/>
-      <w:lvlJc w:val="right"/>
-[...4 lines deleted...]
-    <w:lvl w:ilvl="3" w:tplc="041D000F" w:tentative="1">
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2160"/>
+        </w:tabs>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="3087" w:hanging="360"/>
-[...4 lines deleted...]
-      <w:numFmt w:val="lowerLetter"/>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2880"/>
+        </w:tabs>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="3807" w:hanging="360"/>
-[...4 lines deleted...]
-      <w:numFmt w:val="lowerRoman"/>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="3600"/>
+        </w:tabs>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%6."/>
-      <w:lvlJc w:val="right"/>
-[...4 lines deleted...]
-    <w:lvl w:ilvl="6" w:tplc="041D000F" w:tentative="1">
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="4320"/>
+        </w:tabs>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="5247" w:hanging="360"/>
-[...4 lines deleted...]
-      <w:numFmt w:val="lowerLetter"/>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5040"/>
+        </w:tabs>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="5967" w:hanging="360"/>
-[...4 lines deleted...]
-      <w:numFmt w:val="lowerRoman"/>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5760"/>
+        </w:tabs>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%9."/>
-      <w:lvlJc w:val="right"/>
-[...1 lines deleted...]
-        <w:ind w:left="6687" w:hanging="180"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="6480"/>
+        </w:tabs>
+        <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="13" w15:restartNumberingAfterBreak="0">
-[...83 lines deleted...]
-      </w:pPr>
+  <w:abstractNum w:abstractNumId="21" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="51A44638"/>
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="0EEE3302"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="720"/>
+        </w:tabs>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="1440"/>
+        </w:tabs>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2160"/>
+        </w:tabs>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2880"/>
+        </w:tabs>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="3600"/>
+        </w:tabs>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="4320"/>
+        </w:tabs>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5040"/>
+        </w:tabs>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5760"/>
+        </w:tabs>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="6480"/>
+        </w:tabs>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="14" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="22" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="51AB58F1"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="97200AA0"/>
     <w:lvl w:ilvl="0" w:tplc="041D0001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1712" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2432" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
@@ -4080,51 +4213,200 @@
     <w:lvl w:ilvl="7" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6752" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="7472" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="15" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="23" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="5258483C"/>
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="F98C23F0"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="720"/>
+        </w:tabs>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="1440"/>
+        </w:tabs>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2160"/>
+        </w:tabs>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2880"/>
+        </w:tabs>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="3600"/>
+        </w:tabs>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="4320"/>
+        </w:tabs>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5040"/>
+        </w:tabs>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5760"/>
+        </w:tabs>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="6480"/>
+        </w:tabs>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="24" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="54340635"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="1B6660C0"/>
     <w:lvl w:ilvl="0" w:tplc="05061E3A">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:pStyle w:val="Liststycke"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="717" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
@@ -4194,51 +4476,51 @@
     <w:lvl w:ilvl="7" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="7200" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="16" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="25" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="575E01E6"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="E154E454"/>
     <w:lvl w:ilvl="0" w:tplc="041D0001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
@@ -4307,51 +4589,462 @@
     <w:lvl w:ilvl="7" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="17" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="26" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="588955D2"/>
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="54442510"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="720"/>
+        </w:tabs>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="1440"/>
+        </w:tabs>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2160"/>
+        </w:tabs>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2880"/>
+        </w:tabs>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="3600"/>
+        </w:tabs>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="4320"/>
+        </w:tabs>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5040"/>
+        </w:tabs>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5760"/>
+        </w:tabs>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="6480"/>
+        </w:tabs>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="27" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="5AC74504"/>
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="E0ACA476"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="720"/>
+        </w:tabs>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="1440"/>
+        </w:tabs>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2160"/>
+        </w:tabs>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2880"/>
+        </w:tabs>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="3600"/>
+        </w:tabs>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="4320"/>
+        </w:tabs>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5040"/>
+        </w:tabs>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5760"/>
+        </w:tabs>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="6480"/>
+        </w:tabs>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="28" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="62995C7B"/>
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="525C2BFE"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="720"/>
+        </w:tabs>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="1440"/>
+        </w:tabs>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2160"/>
+        </w:tabs>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2880"/>
+        </w:tabs>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="3600"/>
+        </w:tabs>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="4320"/>
+        </w:tabs>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5040"/>
+        </w:tabs>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5760"/>
+        </w:tabs>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="6480"/>
+        </w:tabs>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="29" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="706B1852"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="4FB2CAB0"/>
     <w:lvl w:ilvl="0" w:tplc="041D0001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier" w:hAnsi="Courier" w:hint="default"/>
@@ -4420,51 +5113,349 @@
     <w:lvl w:ilvl="7" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier" w:hAnsi="Courier" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="18" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="30" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="757C6B74"/>
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="444A19AC"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="720"/>
+        </w:tabs>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="1440"/>
+        </w:tabs>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2160"/>
+        </w:tabs>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2880"/>
+        </w:tabs>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="3600"/>
+        </w:tabs>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="4320"/>
+        </w:tabs>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5040"/>
+        </w:tabs>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5760"/>
+        </w:tabs>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="6480"/>
+        </w:tabs>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="31" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="7ABE29B1"/>
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="36BA0544"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="720"/>
+        </w:tabs>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="1440"/>
+        </w:tabs>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2160"/>
+        </w:tabs>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2880"/>
+        </w:tabs>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="3600"/>
+        </w:tabs>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="4320"/>
+        </w:tabs>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5040"/>
+        </w:tabs>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5760"/>
+        </w:tabs>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="6480"/>
+        </w:tabs>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="32" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="7C077AA9"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="DDC0C0DE"/>
     <w:lvl w:ilvl="0" w:tplc="041D0001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1712" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2432" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
@@ -4533,51 +5524,51 @@
     <w:lvl w:ilvl="7" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6752" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="7472" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="19" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="33" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="7EA41BCB"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="CAEC6EFE"/>
     <w:lvl w:ilvl="0" w:tplc="041D0001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
@@ -4646,684 +5637,698 @@
     <w:lvl w:ilvl="7" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:num w:numId="1" w16cid:durableId="1366444506">
+  <w:num w:numId="1" w16cid:durableId="1909921896">
+    <w:abstractNumId w:val="33"/>
+  </w:num>
+  <w:num w:numId="2" w16cid:durableId="1367871050">
+    <w:abstractNumId w:val="25"/>
+  </w:num>
+  <w:num w:numId="3" w16cid:durableId="164058872">
+    <w:abstractNumId w:val="0"/>
+  </w:num>
+  <w:num w:numId="4" w16cid:durableId="861477783">
+    <w:abstractNumId w:val="10"/>
+  </w:num>
+  <w:num w:numId="5" w16cid:durableId="1280868239">
+    <w:abstractNumId w:val="29"/>
+  </w:num>
+  <w:num w:numId="6" w16cid:durableId="444931515">
+    <w:abstractNumId w:val="2"/>
+  </w:num>
+  <w:num w:numId="7" w16cid:durableId="739910959">
+    <w:abstractNumId w:val="18"/>
+  </w:num>
+  <w:num w:numId="8" w16cid:durableId="391579451">
+    <w:abstractNumId w:val="13"/>
+  </w:num>
+  <w:num w:numId="9" w16cid:durableId="1296368398">
+    <w:abstractNumId w:val="1"/>
+  </w:num>
+  <w:num w:numId="10" w16cid:durableId="689646344">
+    <w:abstractNumId w:val="1"/>
+  </w:num>
+  <w:num w:numId="11" w16cid:durableId="1979215945">
+    <w:abstractNumId w:val="5"/>
+  </w:num>
+  <w:num w:numId="12" w16cid:durableId="830874331">
+    <w:abstractNumId w:val="8"/>
+  </w:num>
+  <w:num w:numId="13" w16cid:durableId="57095060">
+    <w:abstractNumId w:val="24"/>
+  </w:num>
+  <w:num w:numId="14" w16cid:durableId="36130748">
+    <w:abstractNumId w:val="15"/>
+  </w:num>
+  <w:num w:numId="15" w16cid:durableId="560679449">
+    <w:abstractNumId w:val="11"/>
+  </w:num>
+  <w:num w:numId="16" w16cid:durableId="1420566503">
+    <w:abstractNumId w:val="22"/>
+  </w:num>
+  <w:num w:numId="17" w16cid:durableId="256527698">
+    <w:abstractNumId w:val="9"/>
+  </w:num>
+  <w:num w:numId="18" w16cid:durableId="1090539201">
+    <w:abstractNumId w:val="16"/>
+  </w:num>
+  <w:num w:numId="19" w16cid:durableId="1846439597">
+    <w:abstractNumId w:val="32"/>
+  </w:num>
+  <w:num w:numId="20" w16cid:durableId="365104004">
+    <w:abstractNumId w:val="28"/>
+  </w:num>
+  <w:num w:numId="21" w16cid:durableId="748379911">
+    <w:abstractNumId w:val="30"/>
+  </w:num>
+  <w:num w:numId="22" w16cid:durableId="266541532">
+    <w:abstractNumId w:val="26"/>
+  </w:num>
+  <w:num w:numId="23" w16cid:durableId="2017806824">
+    <w:abstractNumId w:val="23"/>
+  </w:num>
+  <w:num w:numId="24" w16cid:durableId="995836557">
+    <w:abstractNumId w:val="3"/>
+  </w:num>
+  <w:num w:numId="25" w16cid:durableId="1550341922">
+    <w:abstractNumId w:val="27"/>
+  </w:num>
+  <w:num w:numId="26" w16cid:durableId="563688228">
+    <w:abstractNumId w:val="31"/>
+  </w:num>
+  <w:num w:numId="27" w16cid:durableId="2006736545">
+    <w:abstractNumId w:val="14"/>
+  </w:num>
+  <w:num w:numId="28" w16cid:durableId="2032491950">
+    <w:abstractNumId w:val="7"/>
+  </w:num>
+  <w:num w:numId="29" w16cid:durableId="1029064778">
+    <w:abstractNumId w:val="17"/>
+  </w:num>
+  <w:num w:numId="30" w16cid:durableId="259608522">
+    <w:abstractNumId w:val="6"/>
+  </w:num>
+  <w:num w:numId="31" w16cid:durableId="1669285185">
     <w:abstractNumId w:val="19"/>
   </w:num>
-  <w:num w:numId="2" w16cid:durableId="72901950">
-[...29 lines deleted...]
-  <w:num w:numId="12" w16cid:durableId="1394355377">
+  <w:num w:numId="32" w16cid:durableId="1021199206">
     <w:abstractNumId w:val="4"/>
   </w:num>
-  <w:num w:numId="13" w16cid:durableId="1296760832">
+  <w:num w:numId="33" w16cid:durableId="700472084">
+    <w:abstractNumId w:val="21"/>
+  </w:num>
+  <w:num w:numId="34" w16cid:durableId="971666377">
+    <w:abstractNumId w:val="20"/>
+  </w:num>
+  <w:num w:numId="35" w16cid:durableId="421991318">
+    <w:abstractNumId w:val="12"/>
+  </w:num>
+  <w:num w:numId="36" w16cid:durableId="1006782560">
     <w:abstractNumId w:val="15"/>
   </w:num>
-  <w:num w:numId="14" w16cid:durableId="933975508">
-[...21 lines deleted...]
-    <w:abstractNumId w:val="13"/>
+  <w:num w:numId="37" w16cid:durableId="2032338274">
+    <w:abstractNumId w:val="15"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
-  <w:zoom w:percent="80"/>
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
+  <w:zoom w:percent="120"/>
+  <w:removePersonalInformation/>
+  <w:removeDateAndTime/>
   <w:embedSystemFonts/>
-  <w:proofState w:grammar="clean"/>
-  <w:attachedTemplate r:id="rId1"/>
+  <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:stylePaneFormatFilter w:val="D804" w:allStyles="0" w:customStyles="0" w:latentStyles="1" w:stylesInUse="0" w:headingStyles="0" w:numberingStyles="0" w:tableStyles="0" w:directFormattingOnRuns="0" w:directFormattingOnParagraphs="0" w:directFormattingOnNumbering="0" w:directFormattingOnTables="1" w:clearFormatting="1" w:top3HeadingStyles="0" w:visibleStyles="1" w:alternateStyleNames="1"/>
   <w:documentProtection w:formatting="1" w:enforcement="0"/>
   <w:styleLockTheme/>
   <w:styleLockQFSet/>
   <w:defaultTabStop w:val="1304"/>
   <w:hyphenationZone w:val="425"/>
   <w:displayHorizontalDrawingGridEvery w:val="0"/>
   <w:displayVerticalDrawingGridEvery w:val="0"/>
   <w:doNotUseMarginsForDrawingGridOrigin/>
   <w:noPunctuationKerning/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="6145" strokecolor="#4a773c">
+    <o:shapedefaults v:ext="edit" spidmax="2050" strokecolor="#4a773c">
       <v:stroke color="#4a773c" weight="1pt"/>
       <v:shadow opacity="24903f" origin=",.5" offset="0,.55556mm"/>
       <o:colormru v:ext="edit" colors="#4a773c"/>
     </o:shapedefaults>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
     <w:footnote w:id="1"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
     <w:endnote w:id="1"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00B75EDE"/>
     <w:rsid w:val="000051D5"/>
     <w:rsid w:val="00006D2A"/>
     <w:rsid w:val="00010D47"/>
     <w:rsid w:val="00016CF0"/>
-    <w:rsid w:val="00025D15"/>
     <w:rsid w:val="00030DDD"/>
     <w:rsid w:val="000313BB"/>
     <w:rsid w:val="00033ED5"/>
     <w:rsid w:val="00050500"/>
     <w:rsid w:val="0005691C"/>
     <w:rsid w:val="00056ECB"/>
     <w:rsid w:val="00056ED5"/>
     <w:rsid w:val="00061969"/>
     <w:rsid w:val="000655CC"/>
     <w:rsid w:val="000700AE"/>
+    <w:rsid w:val="00083A13"/>
     <w:rsid w:val="00084024"/>
     <w:rsid w:val="0009062C"/>
     <w:rsid w:val="00095368"/>
     <w:rsid w:val="000954C4"/>
     <w:rsid w:val="000A611A"/>
     <w:rsid w:val="000B12D9"/>
     <w:rsid w:val="000B4536"/>
     <w:rsid w:val="000B7715"/>
-    <w:rsid w:val="000C1AA5"/>
     <w:rsid w:val="000E463B"/>
     <w:rsid w:val="000E5A7E"/>
     <w:rsid w:val="000F43A3"/>
     <w:rsid w:val="000F7681"/>
     <w:rsid w:val="00103031"/>
     <w:rsid w:val="001044FE"/>
+    <w:rsid w:val="001108C0"/>
+    <w:rsid w:val="00111CB2"/>
     <w:rsid w:val="001139D4"/>
-    <w:rsid w:val="00123355"/>
+    <w:rsid w:val="00114CFC"/>
     <w:rsid w:val="00131B08"/>
     <w:rsid w:val="00132A59"/>
     <w:rsid w:val="00133337"/>
     <w:rsid w:val="00133A0F"/>
     <w:rsid w:val="0013580F"/>
     <w:rsid w:val="00137B6D"/>
     <w:rsid w:val="0014070B"/>
     <w:rsid w:val="001422C1"/>
     <w:rsid w:val="001522AE"/>
     <w:rsid w:val="00157D5B"/>
     <w:rsid w:val="00161FE6"/>
     <w:rsid w:val="00164C3D"/>
+    <w:rsid w:val="00165E62"/>
     <w:rsid w:val="00166D3A"/>
     <w:rsid w:val="0017508E"/>
     <w:rsid w:val="00181FDC"/>
     <w:rsid w:val="00184167"/>
     <w:rsid w:val="001860B9"/>
     <w:rsid w:val="00186F2B"/>
     <w:rsid w:val="001874D6"/>
     <w:rsid w:val="0019632A"/>
     <w:rsid w:val="001A4E7C"/>
     <w:rsid w:val="001B762C"/>
     <w:rsid w:val="001C4D0A"/>
     <w:rsid w:val="001C5FEF"/>
-    <w:rsid w:val="001D1C20"/>
-    <w:rsid w:val="001D3DB1"/>
     <w:rsid w:val="001E3789"/>
     <w:rsid w:val="00211487"/>
     <w:rsid w:val="00211D91"/>
     <w:rsid w:val="00217DEC"/>
     <w:rsid w:val="00235B57"/>
-    <w:rsid w:val="002423F0"/>
     <w:rsid w:val="00250F24"/>
     <w:rsid w:val="002523C5"/>
     <w:rsid w:val="0025380B"/>
     <w:rsid w:val="0025703A"/>
     <w:rsid w:val="00262F3D"/>
     <w:rsid w:val="00263281"/>
     <w:rsid w:val="002651D6"/>
     <w:rsid w:val="0026551F"/>
     <w:rsid w:val="00270FA8"/>
     <w:rsid w:val="00280A85"/>
     <w:rsid w:val="00284119"/>
     <w:rsid w:val="00290B5C"/>
     <w:rsid w:val="00294791"/>
     <w:rsid w:val="002A1C4F"/>
     <w:rsid w:val="002A7450"/>
-    <w:rsid w:val="002A7F5A"/>
     <w:rsid w:val="002B0B30"/>
     <w:rsid w:val="002B0C78"/>
     <w:rsid w:val="002C0C02"/>
     <w:rsid w:val="002C1277"/>
     <w:rsid w:val="002C60AD"/>
     <w:rsid w:val="002D0E0E"/>
     <w:rsid w:val="002D6023"/>
     <w:rsid w:val="002E263F"/>
     <w:rsid w:val="002E6F81"/>
     <w:rsid w:val="002F08BA"/>
     <w:rsid w:val="002F2CFF"/>
     <w:rsid w:val="002F568B"/>
     <w:rsid w:val="002F7818"/>
     <w:rsid w:val="003066D0"/>
     <w:rsid w:val="00311401"/>
     <w:rsid w:val="003203D7"/>
     <w:rsid w:val="00320F86"/>
     <w:rsid w:val="00324171"/>
     <w:rsid w:val="00326C24"/>
     <w:rsid w:val="00337F99"/>
     <w:rsid w:val="003410BD"/>
     <w:rsid w:val="0034307B"/>
     <w:rsid w:val="00345EB1"/>
     <w:rsid w:val="00350CC4"/>
-    <w:rsid w:val="00354AAF"/>
     <w:rsid w:val="00360E0D"/>
     <w:rsid w:val="0036357D"/>
     <w:rsid w:val="0036594C"/>
     <w:rsid w:val="00367D19"/>
     <w:rsid w:val="00371BED"/>
-    <w:rsid w:val="0037779F"/>
     <w:rsid w:val="00384019"/>
     <w:rsid w:val="003854F1"/>
     <w:rsid w:val="0039118E"/>
-    <w:rsid w:val="00395965"/>
     <w:rsid w:val="00397F54"/>
     <w:rsid w:val="003A0D43"/>
-    <w:rsid w:val="003B0B8D"/>
     <w:rsid w:val="003B2A4B"/>
     <w:rsid w:val="003D099E"/>
-    <w:rsid w:val="003D0D55"/>
     <w:rsid w:val="003D21A2"/>
     <w:rsid w:val="003D29D2"/>
     <w:rsid w:val="003D6DF1"/>
     <w:rsid w:val="003E0705"/>
     <w:rsid w:val="003E2FF7"/>
     <w:rsid w:val="003F1013"/>
     <w:rsid w:val="003F1ACF"/>
     <w:rsid w:val="00404948"/>
-    <w:rsid w:val="00404D8D"/>
     <w:rsid w:val="00406BEA"/>
     <w:rsid w:val="00413A60"/>
     <w:rsid w:val="004230F7"/>
     <w:rsid w:val="0043167E"/>
     <w:rsid w:val="0043409A"/>
-    <w:rsid w:val="0043711C"/>
     <w:rsid w:val="00446255"/>
     <w:rsid w:val="00451935"/>
     <w:rsid w:val="00460ED0"/>
     <w:rsid w:val="00465651"/>
     <w:rsid w:val="00470CE7"/>
     <w:rsid w:val="00470F4F"/>
     <w:rsid w:val="00472482"/>
-    <w:rsid w:val="004742B8"/>
+    <w:rsid w:val="004735F1"/>
     <w:rsid w:val="00480DC7"/>
-    <w:rsid w:val="0048351E"/>
     <w:rsid w:val="004876F6"/>
     <w:rsid w:val="0049236A"/>
     <w:rsid w:val="00492718"/>
-    <w:rsid w:val="0049759F"/>
     <w:rsid w:val="004A355D"/>
     <w:rsid w:val="004A4970"/>
     <w:rsid w:val="004B2183"/>
     <w:rsid w:val="004B2A01"/>
-    <w:rsid w:val="004B71E1"/>
     <w:rsid w:val="004C3536"/>
     <w:rsid w:val="004D7BA3"/>
     <w:rsid w:val="004F4518"/>
     <w:rsid w:val="004F4C62"/>
-    <w:rsid w:val="004F718F"/>
     <w:rsid w:val="00501433"/>
-    <w:rsid w:val="00503E38"/>
-    <w:rsid w:val="00510E0A"/>
     <w:rsid w:val="00511CC4"/>
     <w:rsid w:val="00531E60"/>
-    <w:rsid w:val="00533FF5"/>
     <w:rsid w:val="00541D07"/>
     <w:rsid w:val="00544BAB"/>
     <w:rsid w:val="00545F31"/>
     <w:rsid w:val="005578FA"/>
     <w:rsid w:val="00565129"/>
     <w:rsid w:val="00565CD0"/>
     <w:rsid w:val="00567820"/>
-    <w:rsid w:val="00575E7B"/>
+    <w:rsid w:val="0057277B"/>
     <w:rsid w:val="005770AD"/>
     <w:rsid w:val="00581414"/>
     <w:rsid w:val="00582490"/>
-    <w:rsid w:val="005871C3"/>
     <w:rsid w:val="00597E28"/>
     <w:rsid w:val="005A54ED"/>
     <w:rsid w:val="005A5D5B"/>
     <w:rsid w:val="005A6081"/>
     <w:rsid w:val="005A627D"/>
     <w:rsid w:val="005C0045"/>
-    <w:rsid w:val="005C0175"/>
     <w:rsid w:val="005C084E"/>
     <w:rsid w:val="005C4606"/>
     <w:rsid w:val="005D0B0C"/>
-    <w:rsid w:val="005D701B"/>
     <w:rsid w:val="005E02B3"/>
     <w:rsid w:val="005E1E24"/>
     <w:rsid w:val="0060596B"/>
     <w:rsid w:val="00606D97"/>
-    <w:rsid w:val="00611A82"/>
     <w:rsid w:val="00614E64"/>
     <w:rsid w:val="00617710"/>
     <w:rsid w:val="00617EE6"/>
     <w:rsid w:val="0062184C"/>
     <w:rsid w:val="00623724"/>
     <w:rsid w:val="00627BEA"/>
     <w:rsid w:val="006319DB"/>
     <w:rsid w:val="0065595B"/>
     <w:rsid w:val="00656DCD"/>
     <w:rsid w:val="00660269"/>
     <w:rsid w:val="00665F89"/>
     <w:rsid w:val="00673C92"/>
     <w:rsid w:val="006753EC"/>
     <w:rsid w:val="00685193"/>
     <w:rsid w:val="006A2789"/>
+    <w:rsid w:val="006A2BEF"/>
     <w:rsid w:val="006A4978"/>
     <w:rsid w:val="006A7261"/>
     <w:rsid w:val="006B0D29"/>
     <w:rsid w:val="006B1819"/>
     <w:rsid w:val="006C5048"/>
-    <w:rsid w:val="006C6030"/>
     <w:rsid w:val="006C6A4B"/>
     <w:rsid w:val="006C779F"/>
     <w:rsid w:val="006D01F5"/>
     <w:rsid w:val="006D0CFB"/>
     <w:rsid w:val="006D30C0"/>
+    <w:rsid w:val="006D4ED4"/>
     <w:rsid w:val="006D7535"/>
     <w:rsid w:val="006E450B"/>
     <w:rsid w:val="006F0D7E"/>
-    <w:rsid w:val="00707D25"/>
     <w:rsid w:val="00710B77"/>
     <w:rsid w:val="007155D5"/>
+    <w:rsid w:val="00717A17"/>
     <w:rsid w:val="0072075B"/>
     <w:rsid w:val="007221C2"/>
+    <w:rsid w:val="007268AB"/>
     <w:rsid w:val="00730955"/>
     <w:rsid w:val="00733A9C"/>
-    <w:rsid w:val="00736474"/>
     <w:rsid w:val="00736574"/>
     <w:rsid w:val="007367E0"/>
     <w:rsid w:val="00737215"/>
     <w:rsid w:val="00754905"/>
     <w:rsid w:val="00760038"/>
     <w:rsid w:val="00762EE0"/>
+    <w:rsid w:val="00763C5D"/>
     <w:rsid w:val="00765C41"/>
     <w:rsid w:val="00771100"/>
+    <w:rsid w:val="00774944"/>
     <w:rsid w:val="007759DD"/>
     <w:rsid w:val="0078609F"/>
     <w:rsid w:val="007917BA"/>
     <w:rsid w:val="007A334E"/>
     <w:rsid w:val="007A5C6F"/>
-    <w:rsid w:val="007B62BD"/>
-[...1 lines deleted...]
-    <w:rsid w:val="007D2367"/>
     <w:rsid w:val="007D4241"/>
     <w:rsid w:val="007D4317"/>
     <w:rsid w:val="007D4EA3"/>
     <w:rsid w:val="007F1CFF"/>
     <w:rsid w:val="007F5DD5"/>
     <w:rsid w:val="00821A1B"/>
     <w:rsid w:val="008262E9"/>
     <w:rsid w:val="00827E69"/>
+    <w:rsid w:val="00831C35"/>
     <w:rsid w:val="00835C4D"/>
     <w:rsid w:val="00843F48"/>
     <w:rsid w:val="00851423"/>
     <w:rsid w:val="008569C6"/>
-    <w:rsid w:val="00856B39"/>
     <w:rsid w:val="00857848"/>
     <w:rsid w:val="008654B6"/>
     <w:rsid w:val="0087139C"/>
     <w:rsid w:val="00873419"/>
-    <w:rsid w:val="00875C84"/>
     <w:rsid w:val="00880E83"/>
     <w:rsid w:val="00892F28"/>
     <w:rsid w:val="008A0C5F"/>
     <w:rsid w:val="008A3DEA"/>
     <w:rsid w:val="008A4EB9"/>
     <w:rsid w:val="008A74C0"/>
     <w:rsid w:val="008B1694"/>
-    <w:rsid w:val="008C0B5B"/>
     <w:rsid w:val="008C4B27"/>
     <w:rsid w:val="008C7F0C"/>
     <w:rsid w:val="008C7F2A"/>
+    <w:rsid w:val="008D124E"/>
     <w:rsid w:val="008D4B13"/>
     <w:rsid w:val="008E36F8"/>
     <w:rsid w:val="008E46B2"/>
-    <w:rsid w:val="008E6690"/>
     <w:rsid w:val="008E682C"/>
     <w:rsid w:val="008E78A1"/>
     <w:rsid w:val="008F589F"/>
     <w:rsid w:val="00906238"/>
     <w:rsid w:val="00907EF9"/>
     <w:rsid w:val="00911231"/>
     <w:rsid w:val="0091295C"/>
     <w:rsid w:val="00914D58"/>
     <w:rsid w:val="00921F47"/>
     <w:rsid w:val="009228AB"/>
     <w:rsid w:val="0093085B"/>
     <w:rsid w:val="00931C57"/>
     <w:rsid w:val="009347A5"/>
     <w:rsid w:val="00942257"/>
     <w:rsid w:val="009471BF"/>
     <w:rsid w:val="00950E4E"/>
     <w:rsid w:val="009529BD"/>
     <w:rsid w:val="009533B4"/>
     <w:rsid w:val="00957D35"/>
     <w:rsid w:val="00971D93"/>
     <w:rsid w:val="009A07DC"/>
     <w:rsid w:val="009A32ED"/>
     <w:rsid w:val="009B1F6B"/>
-    <w:rsid w:val="009B3E32"/>
-    <w:rsid w:val="009B6373"/>
     <w:rsid w:val="009C0D12"/>
     <w:rsid w:val="009C192E"/>
     <w:rsid w:val="009C2E3E"/>
     <w:rsid w:val="009C6C0C"/>
     <w:rsid w:val="009D6819"/>
     <w:rsid w:val="009D6D1C"/>
     <w:rsid w:val="009E0CF9"/>
     <w:rsid w:val="009E531B"/>
     <w:rsid w:val="009E6C56"/>
     <w:rsid w:val="009E7DCF"/>
     <w:rsid w:val="009F4A56"/>
     <w:rsid w:val="009F4E65"/>
     <w:rsid w:val="00A006A5"/>
     <w:rsid w:val="00A05942"/>
     <w:rsid w:val="00A07BEC"/>
     <w:rsid w:val="00A264BE"/>
     <w:rsid w:val="00A272CA"/>
     <w:rsid w:val="00A33051"/>
     <w:rsid w:val="00A407AD"/>
     <w:rsid w:val="00A40923"/>
     <w:rsid w:val="00A41C05"/>
     <w:rsid w:val="00A42426"/>
-    <w:rsid w:val="00A44A25"/>
+    <w:rsid w:val="00A433DE"/>
     <w:rsid w:val="00A514B7"/>
     <w:rsid w:val="00A54A0B"/>
+    <w:rsid w:val="00A55086"/>
     <w:rsid w:val="00A65FD4"/>
     <w:rsid w:val="00A81198"/>
     <w:rsid w:val="00A81E48"/>
     <w:rsid w:val="00A82035"/>
     <w:rsid w:val="00A90D77"/>
     <w:rsid w:val="00A92E07"/>
     <w:rsid w:val="00AA0B3A"/>
     <w:rsid w:val="00AA6EB4"/>
     <w:rsid w:val="00AA767D"/>
     <w:rsid w:val="00AB0CC9"/>
-    <w:rsid w:val="00AB39E7"/>
     <w:rsid w:val="00AC3FF6"/>
     <w:rsid w:val="00AD73EC"/>
     <w:rsid w:val="00AD7AD5"/>
     <w:rsid w:val="00AE5BC7"/>
-    <w:rsid w:val="00AF59B3"/>
     <w:rsid w:val="00AF5AAF"/>
+    <w:rsid w:val="00AF7CA0"/>
     <w:rsid w:val="00B046D8"/>
     <w:rsid w:val="00B13F4C"/>
+    <w:rsid w:val="00B14487"/>
     <w:rsid w:val="00B16219"/>
     <w:rsid w:val="00B16C59"/>
     <w:rsid w:val="00B33FDD"/>
     <w:rsid w:val="00B359CC"/>
     <w:rsid w:val="00B36107"/>
     <w:rsid w:val="00B405A1"/>
+    <w:rsid w:val="00B41571"/>
     <w:rsid w:val="00B41789"/>
     <w:rsid w:val="00B46C03"/>
     <w:rsid w:val="00B60C6C"/>
     <w:rsid w:val="00B619A9"/>
     <w:rsid w:val="00B65A9D"/>
     <w:rsid w:val="00B66D60"/>
-    <w:rsid w:val="00B72E41"/>
     <w:rsid w:val="00B75EDE"/>
     <w:rsid w:val="00B77D88"/>
     <w:rsid w:val="00B77FAF"/>
+    <w:rsid w:val="00B83715"/>
     <w:rsid w:val="00B84336"/>
     <w:rsid w:val="00B851B9"/>
     <w:rsid w:val="00B86453"/>
     <w:rsid w:val="00B90054"/>
     <w:rsid w:val="00B92C14"/>
     <w:rsid w:val="00B96AFF"/>
+    <w:rsid w:val="00B97D4E"/>
     <w:rsid w:val="00BA0066"/>
     <w:rsid w:val="00BB69DB"/>
     <w:rsid w:val="00BC322E"/>
     <w:rsid w:val="00BC44CD"/>
     <w:rsid w:val="00BC48A6"/>
-    <w:rsid w:val="00BD47B2"/>
+    <w:rsid w:val="00BC6590"/>
     <w:rsid w:val="00BE7978"/>
-    <w:rsid w:val="00C00C6E"/>
     <w:rsid w:val="00C01F0D"/>
     <w:rsid w:val="00C07DDB"/>
+    <w:rsid w:val="00C207DB"/>
     <w:rsid w:val="00C4115D"/>
     <w:rsid w:val="00C43BDD"/>
     <w:rsid w:val="00C47778"/>
     <w:rsid w:val="00C5011E"/>
     <w:rsid w:val="00C50EE5"/>
     <w:rsid w:val="00C5240A"/>
+    <w:rsid w:val="00C532C7"/>
     <w:rsid w:val="00C5398F"/>
     <w:rsid w:val="00C556F5"/>
     <w:rsid w:val="00C70E19"/>
     <w:rsid w:val="00C72574"/>
     <w:rsid w:val="00C7430C"/>
-    <w:rsid w:val="00C82F54"/>
     <w:rsid w:val="00C85DA1"/>
     <w:rsid w:val="00C9071C"/>
     <w:rsid w:val="00C908FF"/>
     <w:rsid w:val="00C97BD3"/>
     <w:rsid w:val="00CA39EF"/>
     <w:rsid w:val="00CA521F"/>
     <w:rsid w:val="00CB0493"/>
     <w:rsid w:val="00CB17FF"/>
     <w:rsid w:val="00CB1ED7"/>
-    <w:rsid w:val="00CB5613"/>
     <w:rsid w:val="00CC167C"/>
     <w:rsid w:val="00CC52D9"/>
     <w:rsid w:val="00CD6647"/>
     <w:rsid w:val="00CE4B73"/>
     <w:rsid w:val="00CF70BB"/>
+    <w:rsid w:val="00D00BD7"/>
     <w:rsid w:val="00D074DB"/>
     <w:rsid w:val="00D139CF"/>
     <w:rsid w:val="00D20779"/>
     <w:rsid w:val="00D37E7F"/>
     <w:rsid w:val="00D47AD7"/>
     <w:rsid w:val="00D51529"/>
-    <w:rsid w:val="00D52489"/>
+    <w:rsid w:val="00D62468"/>
     <w:rsid w:val="00D67C88"/>
     <w:rsid w:val="00D85218"/>
     <w:rsid w:val="00D915B1"/>
     <w:rsid w:val="00DA299D"/>
     <w:rsid w:val="00DA65C4"/>
     <w:rsid w:val="00DE4447"/>
     <w:rsid w:val="00DE5DA2"/>
     <w:rsid w:val="00DE63C6"/>
     <w:rsid w:val="00DF0033"/>
+    <w:rsid w:val="00DF2674"/>
     <w:rsid w:val="00E026BF"/>
-    <w:rsid w:val="00E03A11"/>
     <w:rsid w:val="00E07B1B"/>
     <w:rsid w:val="00E11853"/>
-    <w:rsid w:val="00E261B0"/>
-    <w:rsid w:val="00E51DD0"/>
+    <w:rsid w:val="00E411B6"/>
     <w:rsid w:val="00E52A86"/>
     <w:rsid w:val="00E54B47"/>
     <w:rsid w:val="00E553BF"/>
     <w:rsid w:val="00E55D93"/>
     <w:rsid w:val="00E61294"/>
     <w:rsid w:val="00E7237C"/>
     <w:rsid w:val="00E77C46"/>
     <w:rsid w:val="00E86CE8"/>
-    <w:rsid w:val="00E87A11"/>
     <w:rsid w:val="00E90E82"/>
     <w:rsid w:val="00EA00CB"/>
     <w:rsid w:val="00EA1BAA"/>
     <w:rsid w:val="00EA3FCD"/>
     <w:rsid w:val="00EA42A0"/>
-    <w:rsid w:val="00EB23BA"/>
     <w:rsid w:val="00EB6714"/>
     <w:rsid w:val="00EC0A68"/>
     <w:rsid w:val="00EC3C32"/>
     <w:rsid w:val="00EC5006"/>
+    <w:rsid w:val="00ED11B8"/>
     <w:rsid w:val="00ED49C3"/>
-    <w:rsid w:val="00ED4C3B"/>
     <w:rsid w:val="00ED6CE8"/>
     <w:rsid w:val="00ED7AA6"/>
     <w:rsid w:val="00EE2A56"/>
     <w:rsid w:val="00EE3818"/>
-    <w:rsid w:val="00F03D72"/>
     <w:rsid w:val="00F22264"/>
     <w:rsid w:val="00F2564D"/>
     <w:rsid w:val="00F35B05"/>
     <w:rsid w:val="00F413D9"/>
-    <w:rsid w:val="00F47B84"/>
-    <w:rsid w:val="00F50996"/>
     <w:rsid w:val="00F5135F"/>
     <w:rsid w:val="00F51F78"/>
-    <w:rsid w:val="00F75DAB"/>
     <w:rsid w:val="00F86F47"/>
     <w:rsid w:val="00F90B64"/>
-    <w:rsid w:val="00F94CCE"/>
     <w:rsid w:val="00FB2F0F"/>
     <w:rsid w:val="00FB5086"/>
     <w:rsid w:val="00FB5411"/>
     <w:rsid w:val="00FB6392"/>
     <w:rsid w:val="00FC4F36"/>
     <w:rsid w:val="00FD3C70"/>
     <w:rsid w:val="00FD6820"/>
     <w:rsid w:val="00FE12D8"/>
     <w:rsid w:val="00FF7C02"/>
     <w:rsid w:val="024801E3"/>
-    <w:rsid w:val="13C8DC6D"/>
-[...2 lines deleted...]
-    <w:rsid w:val="51244581"/>
     <w:rsid w:val="647B2B65"/>
     <w:rsid w:val="6B2CF8ED"/>
-    <w:rsid w:val="6FB07686"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="sv-SE" w:eastAsia="ja-JP"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:doNotIncludeSubdocsInStats/>
   <w:doNotAutoCompressPictures/>
   <w:shapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="6145" strokecolor="#4a773c">
+    <o:shapedefaults v:ext="edit" spidmax="2050" strokecolor="#4a773c">
       <v:stroke color="#4a773c" weight="1pt"/>
       <v:shadow opacity="24903f" origin=",.5" offset="0,.55556mm"/>
       <o:colormru v:ext="edit" colors="#4a773c"/>
     </o:shapedefaults>
     <o:shapelayout v:ext="edit">
-      <o:idmap v:ext="edit" data="1"/>
+      <o:idmap v:ext="edit" data="2"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:doNotEmbedSmartTags/>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
   <w14:docId w14:val="1FE2B7EB"/>
   <w14:defaultImageDpi w14:val="330"/>
-  <w15:docId w15:val="{7CCA4635-C051-44A1-B215-8F57938CE041}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         <w:lang w:val="sv-SE" w:eastAsia="sv-SE" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault/>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="3" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="3" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:locked="1" w:semiHidden="1" w:uiPriority="3" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="index 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
@@ -5661,127 +6666,129 @@
     <w:lsdException w:name="List Table 6 Colorful Accent 4" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 4" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 5" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 5" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 5" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 5" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 5" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 5" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 5" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 6" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
     <w:lsdException w:name="Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Hashtag" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Unresolved Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Link" w:semiHidden="1" w:unhideWhenUsed="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="Normal">
     <w:name w:val="Normal"/>
     <w:qFormat/>
-    <w:rsid w:val="009A32ED"/>
+    <w:rsid w:val="00831C35"/>
     <w:pPr>
-      <w:spacing w:after="120" w:line="288" w:lineRule="auto"/>
+      <w:spacing w:after="120" w:line="360" w:lineRule="auto"/>
       <w:ind w:left="567" w:right="868"/>
     </w:pPr>
     <w:rPr>
+      <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Rubrik1">
     <w:name w:val="heading 1"/>
     <w:aliases w:val="Rubrik VGR"/>
     <w:next w:val="Normal"/>
     <w:link w:val="Rubrik1Char"/>
     <w:qFormat/>
-    <w:rsid w:val="009A32ED"/>
+    <w:rsid w:val="001108C0"/>
     <w:pPr>
       <w:keepNext/>
       <w:spacing w:after="240" w:line="288" w:lineRule="auto"/>
       <w:ind w:left="567"/>
       <w:contextualSpacing/>
       <w:outlineLvl w:val="0"/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:ascii="Calibri" w:eastAsia="MS Gothic" w:hAnsi="Calibri"/>
+      <w:rFonts w:ascii="Verdana" w:eastAsia="MS Gothic" w:hAnsi="Verdana"/>
+      <w:b/>
       <w:bCs/>
       <w:kern w:val="32"/>
-      <w:sz w:val="48"/>
+      <w:sz w:val="44"/>
       <w:szCs w:val="32"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Rubrik2">
     <w:name w:val="heading 2"/>
     <w:aliases w:val="Rubrik 2 VGR"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:link w:val="Rubrik2Char"/>
     <w:uiPriority w:val="3"/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
-    <w:rsid w:val="00627BEA"/>
+    <w:rsid w:val="008D124E"/>
     <w:pPr>
       <w:keepNext/>
       <w:keepLines/>
       <w:spacing w:before="240" w:after="40" w:line="240" w:lineRule="auto"/>
       <w:outlineLvl w:val="1"/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:rFonts w:ascii="Verdana" w:eastAsiaTheme="majorEastAsia" w:hAnsi="Verdana" w:cstheme="majorBidi"/>
       <w:bCs/>
       <w:color w:val="000000" w:themeColor="text1"/>
-      <w:sz w:val="40"/>
+      <w:sz w:val="36"/>
       <w:szCs w:val="26"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Rubrik3">
     <w:name w:val="heading 3"/>
     <w:aliases w:val="Rubrik 3 VGR"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:link w:val="Rubrik3Char"/>
     <w:uiPriority w:val="3"/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
-    <w:rsid w:val="00627BEA"/>
+    <w:rsid w:val="008D124E"/>
     <w:pPr>
       <w:keepNext/>
       <w:keepLines/>
       <w:spacing w:before="240" w:after="40" w:line="240" w:lineRule="auto"/>
       <w:outlineLvl w:val="2"/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:rFonts w:ascii="Verdana" w:eastAsiaTheme="majorEastAsia" w:hAnsi="Verdana" w:cstheme="majorBidi"/>
       <w:bCs/>
       <w:color w:val="000000" w:themeColor="text1"/>
-      <w:sz w:val="36"/>
+      <w:sz w:val="28"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Rubrik4">
     <w:name w:val="heading 4"/>
     <w:aliases w:val="mellanrubrik"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:link w:val="Rubrik4Char"/>
     <w:uiPriority w:val="3"/>
     <w:semiHidden/>
     <w:qFormat/>
     <w:locked/>
     <w:rsid w:val="00627BEA"/>
     <w:pPr>
       <w:keepNext/>
       <w:keepLines/>
       <w:spacing w:before="240" w:after="0" w:line="240" w:lineRule="auto"/>
       <w:outlineLvl w:val="3"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
       <w:b/>
       <w:bCs/>
       <w:iCs/>
       <w:color w:val="000000" w:themeColor="text1"/>
@@ -6017,70 +7024,71 @@
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Sidhuvud">
     <w:name w:val="header"/>
     <w:basedOn w:val="Normal"/>
     <w:link w:val="SidhuvudChar"/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="00AA0F08"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="center" w:pos="4703"/>
         <w:tab w:val="right" w:pos="9406"/>
       </w:tabs>
     </w:pPr>
   </w:style>
   <w:style w:type="character" w:styleId="Sidnummer">
     <w:name w:val="page number"/>
     <w:basedOn w:val="Standardstycketeckensnitt"/>
     <w:semiHidden/>
     <w:rsid w:val="00AA0F08"/>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Metadata">
     <w:name w:val="Metadata"/>
     <w:basedOn w:val="Normal"/>
     <w:qFormat/>
-    <w:rsid w:val="002651D6"/>
+    <w:rsid w:val="00831C35"/>
     <w:pPr>
       <w:spacing w:after="240"/>
       <w:contextualSpacing/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+      <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
       <w:sz w:val="20"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="Rubrik1Char">
     <w:name w:val="Rubrik 1 Char"/>
     <w:aliases w:val="Rubrik VGR Char"/>
     <w:link w:val="Rubrik1"/>
-    <w:rsid w:val="009A32ED"/>
+    <w:rsid w:val="001108C0"/>
     <w:rPr>
-      <w:rFonts w:ascii="Calibri" w:eastAsia="MS Gothic" w:hAnsi="Calibri"/>
+      <w:rFonts w:ascii="Verdana" w:eastAsia="MS Gothic" w:hAnsi="Verdana"/>
+      <w:b/>
       <w:bCs/>
       <w:kern w:val="32"/>
-      <w:sz w:val="48"/>
+      <w:sz w:val="44"/>
       <w:szCs w:val="32"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Allmntstyckeformat">
     <w:name w:val="[Allmänt styckeformat]"/>
     <w:basedOn w:val="Normal"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:rsid w:val="001C5FEF"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:autoSpaceDE w:val="0"/>
       <w:autoSpaceDN w:val="0"/>
       <w:adjustRightInd w:val="0"/>
       <w:textAlignment w:val="center"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="MinionPro-Regular" w:hAnsi="MinionPro-Regular" w:cs="MinionPro-Regular"/>
       <w:color w:val="000000"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="SidfotChar">
     <w:name w:val="Sidfot Char"/>
     <w:link w:val="Sidfot"/>
     <w:uiPriority w:val="99"/>
@@ -6192,71 +7200,71 @@
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Faktarutarubrik">
     <w:name w:val="Faktaruta rubrik"/>
     <w:basedOn w:val="Rubrik2"/>
     <w:next w:val="FaktarutaLista"/>
     <w:uiPriority w:val="3"/>
     <w:semiHidden/>
     <w:qFormat/>
     <w:locked/>
     <w:rsid w:val="0009062C"/>
     <w:pPr>
       <w:spacing w:before="0"/>
       <w:outlineLvl w:val="2"/>
     </w:pPr>
     <w:rPr>
       <w:bCs w:val="0"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="Rubrik2Char">
     <w:name w:val="Rubrik 2 Char"/>
     <w:aliases w:val="Rubrik 2 VGR Char"/>
     <w:basedOn w:val="Standardstycketeckensnitt"/>
     <w:link w:val="Rubrik2"/>
     <w:uiPriority w:val="3"/>
-    <w:rsid w:val="00627BEA"/>
+    <w:rsid w:val="008D124E"/>
     <w:rPr>
-      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:rFonts w:ascii="Verdana" w:eastAsiaTheme="majorEastAsia" w:hAnsi="Verdana" w:cstheme="majorBidi"/>
       <w:bCs/>
       <w:color w:val="000000" w:themeColor="text1"/>
-      <w:sz w:val="40"/>
+      <w:sz w:val="36"/>
       <w:szCs w:val="26"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="Rubrik3Char">
     <w:name w:val="Rubrik 3 Char"/>
     <w:aliases w:val="Rubrik 3 VGR Char"/>
     <w:basedOn w:val="Standardstycketeckensnitt"/>
     <w:link w:val="Rubrik3"/>
     <w:uiPriority w:val="3"/>
-    <w:rsid w:val="00627BEA"/>
+    <w:rsid w:val="008D124E"/>
     <w:rPr>
-      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:rFonts w:ascii="Verdana" w:eastAsiaTheme="majorEastAsia" w:hAnsi="Verdana" w:cstheme="majorBidi"/>
       <w:bCs/>
       <w:color w:val="000000" w:themeColor="text1"/>
-      <w:sz w:val="36"/>
+      <w:sz w:val="28"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="Rubrik4Char">
     <w:name w:val="Rubrik 4 Char"/>
     <w:aliases w:val="mellanrubrik Char"/>
     <w:basedOn w:val="Standardstycketeckensnitt"/>
     <w:link w:val="Rubrik4"/>
     <w:uiPriority w:val="3"/>
     <w:semiHidden/>
     <w:rsid w:val="00A272CA"/>
     <w:rPr>
       <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
       <w:b/>
       <w:bCs/>
       <w:iCs/>
       <w:color w:val="000000" w:themeColor="text1"/>
       <w:sz w:val="26"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="Rubrik5Char">
     <w:name w:val="Rubrik 5 Char"/>
     <w:basedOn w:val="Standardstycketeckensnitt"/>
     <w:link w:val="Rubrik5"/>
@@ -6282,141 +7290,138 @@
       <w:ind w:left="1712" w:hanging="357"/>
       <w:contextualSpacing/>
     </w:pPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Normalefterlista">
     <w:name w:val="Normal efter lista"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:uiPriority w:val="3"/>
     <w:qFormat/>
     <w:rsid w:val="0062184C"/>
     <w:pPr>
       <w:spacing w:before="200"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:eastAsia="MS Gothic"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Innehll1">
     <w:name w:val="toc 1"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:autoRedefine/>
     <w:uiPriority w:val="39"/>
     <w:unhideWhenUsed/>
-    <w:rsid w:val="009B6373"/>
+    <w:rsid w:val="00B405A1"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="right" w:leader="dot" w:pos="8779"/>
       </w:tabs>
-      <w:spacing w:after="0"/>
       <w:ind w:right="142"/>
     </w:pPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Omslagsrubrik">
     <w:name w:val="Omslagsrubrik"/>
     <w:basedOn w:val="Normal"/>
     <w:link w:val="OmslagsrubrikChar"/>
     <w:uiPriority w:val="3"/>
     <w:qFormat/>
-    <w:rsid w:val="005A627D"/>
+    <w:rsid w:val="00B14487"/>
     <w:pPr>
       <w:spacing w:after="6000" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
+      <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
       <w:sz w:val="72"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="OmslagsrubrikChar">
     <w:name w:val="Omslagsrubrik Char"/>
     <w:basedOn w:val="Standardstycketeckensnitt"/>
     <w:link w:val="Omslagsrubrik"/>
     <w:uiPriority w:val="3"/>
-    <w:rsid w:val="005A627D"/>
+    <w:rsid w:val="00B14487"/>
     <w:rPr>
-      <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
+      <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
       <w:sz w:val="72"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="Omslagsunderrubrik">
-    <w:name w:val="Omslagsunderrubrik"/>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="UnderrubrikVGR">
+    <w:name w:val="Underrubrik VGR"/>
     <w:basedOn w:val="Normal"/>
-    <w:link w:val="OmslagsunderrubrikChar"/>
+    <w:link w:val="UnderrubrikVGRChar"/>
     <w:uiPriority w:val="3"/>
     <w:qFormat/>
-    <w:rsid w:val="009533B4"/>
+    <w:rsid w:val="00B14487"/>
     <w:pPr>
       <w:contextualSpacing/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
+      <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
       <w:sz w:val="32"/>
       <w:szCs w:val="44"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="OmslagsunderrubrikChar">
-    <w:name w:val="Omslagsunderrubrik Char"/>
+  <w:style w:type="character" w:customStyle="1" w:styleId="UnderrubrikVGRChar">
+    <w:name w:val="Underrubrik VGR Char"/>
     <w:basedOn w:val="Standardstycketeckensnitt"/>
-    <w:link w:val="Omslagsunderrubrik"/>
+    <w:link w:val="UnderrubrikVGR"/>
     <w:uiPriority w:val="3"/>
-    <w:rsid w:val="009533B4"/>
+    <w:rsid w:val="00B14487"/>
     <w:rPr>
-      <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
+      <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
       <w:sz w:val="32"/>
       <w:szCs w:val="44"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Innehll2">
     <w:name w:val="toc 2"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:autoRedefine/>
     <w:uiPriority w:val="39"/>
     <w:unhideWhenUsed/>
-    <w:rsid w:val="009B6373"/>
+    <w:rsid w:val="00BC6590"/>
     <w:pPr>
       <w:tabs>
-        <w:tab w:val="right" w:leader="dot" w:pos="8777"/>
+        <w:tab w:val="right" w:leader="dot" w:pos="8919"/>
       </w:tabs>
-      <w:spacing w:after="0"/>
-      <w:ind w:left="924" w:right="0"/>
+      <w:ind w:right="0"/>
     </w:pPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Innehll3">
     <w:name w:val="toc 3"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:autoRedefine/>
     <w:uiPriority w:val="39"/>
     <w:unhideWhenUsed/>
-    <w:rsid w:val="009B6373"/>
+    <w:rsid w:val="00E61294"/>
     <w:pPr>
-      <w:spacing w:after="0"/>
-      <w:ind w:left="482"/>
+      <w:ind w:left="480"/>
     </w:pPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Innehll4">
     <w:name w:val="toc 4"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:autoRedefine/>
     <w:uiPriority w:val="39"/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00E61294"/>
     <w:pPr>
       <w:ind w:left="720"/>
     </w:pPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Innehll5">
     <w:name w:val="toc 5"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:autoRedefine/>
     <w:uiPriority w:val="39"/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00E61294"/>
     <w:pPr>
       <w:ind w:left="960"/>
     </w:pPr>
@@ -6453,118 +7458,118 @@
     <w:uiPriority w:val="39"/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00E61294"/>
     <w:pPr>
       <w:ind w:left="1680"/>
     </w:pPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Innehll9">
     <w:name w:val="toc 9"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:autoRedefine/>
     <w:uiPriority w:val="39"/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00E61294"/>
     <w:pPr>
       <w:ind w:left="1920"/>
     </w:pPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="MellanrubrikVGR">
     <w:name w:val="Mellanrubrik VGR"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:uiPriority w:val="2"/>
     <w:qFormat/>
-    <w:rsid w:val="00C00C6E"/>
+    <w:rsid w:val="008D124E"/>
     <w:pPr>
       <w:keepNext/>
       <w:keepLines/>
       <w:widowControl w:val="0"/>
       <w:autoSpaceDE w:val="0"/>
       <w:autoSpaceDN w:val="0"/>
       <w:adjustRightInd w:val="0"/>
       <w:spacing w:before="240" w:after="0"/>
       <w:textAlignment w:val="center"/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+      <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
       <w:b/>
       <w:color w:val="000000"/>
-      <w:sz w:val="26"/>
       <w:szCs w:val="18"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="Fotnotsreferens">
     <w:name w:val="footnote reference"/>
     <w:basedOn w:val="Standardstycketeckensnitt"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00FB5086"/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Formatmall1">
     <w:name w:val="Formatmall1"/>
     <w:basedOn w:val="Normal"/>
     <w:link w:val="Formatmall1Char"/>
     <w:uiPriority w:val="3"/>
     <w:semiHidden/>
     <w:qFormat/>
     <w:locked/>
     <w:rsid w:val="00FB5086"/>
     <w:pPr>
       <w:spacing w:after="0"/>
     </w:pPr>
     <w:rPr>
       <w:sz w:val="20"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="Formatmall1Char">
     <w:name w:val="Formatmall1 Char"/>
     <w:basedOn w:val="Standardstycketeckensnitt"/>
     <w:link w:val="Formatmall1"/>
     <w:uiPriority w:val="3"/>
     <w:semiHidden/>
     <w:rsid w:val="00A272CA"/>
     <w:rPr>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="FotnotVGR">
     <w:name w:val="Fotnot VGR"/>
     <w:basedOn w:val="Normal"/>
     <w:uiPriority w:val="3"/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
-    <w:rsid w:val="00FB5086"/>
+    <w:rsid w:val="00B14487"/>
     <w:pPr>
       <w:spacing w:after="0"/>
     </w:pPr>
     <w:rPr>
-      <w:sz w:val="20"/>
+      <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+      <w:sz w:val="18"/>
     </w:rPr>
   </w:style>
   <w:style w:type="table" w:styleId="Oformateradtabell2">
     <w:name w:val="Plain Table 2"/>
     <w:basedOn w:val="Normaltabell"/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="002E263F"/>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblBorders>
         <w:top w:val="single" w:sz="4" w:space="0" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80"/>
         <w:bottom w:val="single" w:sz="4" w:space="0" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80"/>
       </w:tblBorders>
     </w:tblPr>
     <w:tblStylePr w:type="firstRow">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80"/>
         </w:tcBorders>
@@ -7546,58 +8551,55 @@
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Tabellrubrik">
     <w:name w:val="Tabellrubrik"/>
     <w:basedOn w:val="Normal"/>
     <w:uiPriority w:val="3"/>
     <w:semiHidden/>
     <w:qFormat/>
     <w:rsid w:val="00B33FDD"/>
     <w:pPr>
       <w:spacing w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
       <w:bCs/>
       <w:color w:val="000000" w:themeColor="text1"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Punktlista">
     <w:name w:val="List Bullet"/>
     <w:basedOn w:val="Normal"/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
-    <w:rsid w:val="003D0D55"/>
+    <w:rsid w:val="00CB1ED7"/>
     <w:pPr>
       <w:numPr>
         <w:numId w:val="14"/>
       </w:numPr>
-      <w:tabs>
-[...1 lines deleted...]
-      </w:tabs>
       <w:contextualSpacing/>
     </w:pPr>
   </w:style>
   <w:style w:type="table" w:styleId="Oformateradtabell3">
     <w:name w:val="Plain Table 3"/>
     <w:basedOn w:val="Normaltabell"/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="002E263F"/>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
     </w:tblPr>
     <w:tblStylePr w:type="firstRow">
       <w:rPr>
         <w:b/>
         <w:bCs/>
         <w:caps/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
@@ -7766,251 +8768,805 @@
     <w:aliases w:val="(=Löpande text)"/>
     <w:link w:val="BrdtextChar"/>
     <w:rsid w:val="009A32ED"/>
     <w:pPr>
       <w:spacing w:after="160"/>
       <w:ind w:left="2676"/>
     </w:pPr>
     <w:rPr>
       <w:sz w:val="24"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="BrdtextChar">
     <w:name w:val="Brödtext Char"/>
     <w:aliases w:val="(=Löpande text) Char"/>
     <w:basedOn w:val="Standardstycketeckensnitt"/>
     <w:link w:val="Brdtext"/>
     <w:rsid w:val="009A32ED"/>
     <w:rPr>
       <w:sz w:val="24"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Tabell">
     <w:name w:val="Tabell"/>
     <w:link w:val="TabellChar"/>
     <w:qFormat/>
-    <w:rsid w:val="009A32ED"/>
+    <w:rsid w:val="00831C35"/>
     <w:pPr>
       <w:spacing w:line="288" w:lineRule="auto"/>
       <w:ind w:right="-142"/>
     </w:pPr>
     <w:rPr>
+      <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="TabellChar">
     <w:name w:val="Tabell Char"/>
     <w:basedOn w:val="Standardstycketeckensnitt"/>
     <w:link w:val="Tabell"/>
-    <w:rsid w:val="009A32ED"/>
+    <w:rsid w:val="00831C35"/>
     <w:rPr>
-      <w:sz w:val="24"/>
-[...29 lines deleted...]
-    <w:rPr>
+      <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="AnvndHyperlnk">
     <w:name w:val="FollowedHyperlink"/>
     <w:basedOn w:val="Standardstycketeckensnitt"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
-    <w:rsid w:val="00ED4C3B"/>
+    <w:rsid w:val="00B97D4E"/>
     <w:rPr>
       <w:color w:val="9EA2A2" w:themeColor="followedHyperlink"/>
       <w:u w:val="single"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:styleId="Kommentarsreferens">
-    <w:name w:val="annotation reference"/>
+  <w:style w:type="character" w:styleId="Olstomnmnande">
+    <w:name w:val="Unresolved Mention"/>
     <w:basedOn w:val="Standardstycketeckensnitt"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
-    <w:rsid w:val="00B72E41"/>
+    <w:rsid w:val="00083A13"/>
     <w:rPr>
-      <w:sz w:val="16"/>
-[...50 lines deleted...]
-      <w:bCs/>
+      <w:color w:val="605E5C"/>
+      <w:shd w:val="clear" w:color="auto" w:fill="E1DFDD"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:divs>
     <w:div w:id="198055238">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="218060363">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="380325300">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
+    <w:div w:id="439880149">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="484705849">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="777599162">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+      <w:divsChild>
+        <w:div w:id="1185633102">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="2027049276">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="142281035">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="319118740">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="755637261">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="541524803">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="560020995">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="388263004">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="640159137">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1442607411">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1440249747">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="524179220">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+      </w:divsChild>
+    </w:div>
     <w:div w:id="1230919038">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
+    <w:div w:id="1510217826">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="1687639091">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+      <w:divsChild>
+        <w:div w:id="815605206">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="540940436">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1716347283">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1649507296">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1608272015">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1036079789">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1252007516">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="945847055">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="225997087">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1857160180">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="618491213">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1043210318">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+      </w:divsChild>
+    </w:div>
+    <w:div w:id="1932885361">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+      <w:divsChild>
+        <w:div w:id="1555310041">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="422604601">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="138421872">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="445120829">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1997217913">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1363749285">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="565533280">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1171067486">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="817190918">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="2099401640">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+      </w:divsChild>
+    </w:div>
+    <w:div w:id="1981300374">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+      <w:divsChild>
+        <w:div w:id="442040833">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="2028366297">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1112894696">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="763647668">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1803769692">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="224805458">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1761758942">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="980427323">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1269508029">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="444010316">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+      </w:divsChild>
+    </w:div>
+    <w:div w:id="1999380374">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
   </w:divs>
+  <w:relyOnVML/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
-<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml" Id="rId8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.vardhandboken.se/katetrar-sonder-och-dran/sonder-inlaggning-och-skotsel/oversikt" TargetMode="External" Id="rId13" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer3.xml" Id="rId18" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml" Id="rId7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vardhandboken.se/katetrar-sonder-och-dran/sonder-inlaggning-och-skotsel/oversikt/" TargetMode="External" Id="rId12" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml" Id="rId17" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml" Id="rId16" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml" Id="rId20" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml" Id="rId6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml" Id="rId11" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml" Id="rId15" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml" Id="rId10" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml" Id="rId19" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml" Id="rId9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml" Id="rId14" /></Relationships>
+<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml" Id="rId8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml" Id="rId13" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml" Id="rId18" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml" Id="rId7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.vardhandboken.se/katetrar-sonder-och-dran/sonder-inlaggning-och-skotsel/oversikt" TargetMode="External" Id="rId12" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer3.xml" Id="rId17" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml" Id="rId16" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml" Id="rId6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vardhandboken.se/katetrar-sonder-och-dran/sonder-inlaggning-och-skotsel/oversikt/" TargetMode="External" Id="rId11" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml" Id="rId5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml" Id="rId15" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml" Id="rId10" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml" Id="rId19" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml" Id="rId9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml" Id="rId14" /></Relationships>
 </file>
 
 <file path=word/_rels/footer3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.wmf"/></Relationships>
-[...7 lines deleted...]
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/attachedTemplate" Target="file:///C:\Users\regan2\Downloads\Dok_med_omslag_sd_red.dotx" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.svg"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office-tema">
   <a:themeElements>
     <a:clrScheme name="VG">
       <a:dk1>
         <a:srgbClr val="000000"/>
       </a:dk1>
       <a:lt1>
         <a:srgbClr val="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="000000"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="808080"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="006298"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="367B1E"/>
       </a:accent2>
       <a:accent3>
@@ -8291,351 +9847,73 @@
       <a:spPr/>
       <a:bodyPr/>
       <a:lstStyle/>
       <a:style>
         <a:lnRef idx="2">
           <a:schemeClr val="accent1"/>
         </a:lnRef>
         <a:fillRef idx="0">
           <a:schemeClr val="accent1"/>
         </a:fillRef>
         <a:effectRef idx="1">
           <a:schemeClr val="accent1"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="tx1"/>
         </a:fontRef>
       </a:style>
     </a:lnDef>
   </a:objectDefaults>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
-  <Template>Dok_med_omslag_sd_red</Template>
+  <Template>normal</Template>
   <TotalTime></TotalTime>
   <Pages>4</Pages>
-  <Words>622</Words>
-  <Characters>5339</Characters>
+  <Words>540</Words>
+  <Characters>3538</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>44</Lines>
-  <Paragraphs>11</Paragraphs>
+  <Lines>87</Lines>
+  <Paragraphs>52</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
+  <HeadingPairs>
+    <vt:vector size="2" baseType="variant">
+      <vt:variant>
+        <vt:lpstr>Rubrik</vt:lpstr>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>1</vt:i4>
+      </vt:variant>
+    </vt:vector>
+  </HeadingPairs>
+  <TitlesOfParts>
+    <vt:vector size="1" baseType="lpstr">
+      <vt:lpstr/>
+    </vt:vector>
+  </TitlesOfParts>
   <Manager/>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>5950</CharactersWithSpaces>
+  <CharactersWithSpaces>4093</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinkBase/>
-  <HLinks>
-[...290 lines deleted...]
-  </HLinks>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <coreProperties xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns="http://schemas.openxmlformats.org/package/2006/metadata/core-properties">
   <dc:title>Ventrikelsond (V-sond), SÄS</dc:title>
   <dc:subject/>
   <dc:creator/>
   <keywords/>
-  <lastModifiedBy>Karin Åhlin</lastModifiedBy>
-[...1 lines deleted...]
-  <lastPrinted>2016-03-31T19:56:00.0000000Z</lastPrinted>
+  <lastModifiedBy/>
+  <revision>1</revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </coreProperties>
 </file>