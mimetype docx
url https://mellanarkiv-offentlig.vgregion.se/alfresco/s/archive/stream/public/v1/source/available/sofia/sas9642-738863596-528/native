--- v0 (2025-11-26)
+++ v1 (2025-12-17)
@@ -1,180 +1,186 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
+  <Default Extension="jpg" ContentType="image/jpeg"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="wmf" ContentType="image/x-wmf"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/footer2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/header2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer3.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml" Id="rId2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml" Id="rId1" /></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
-    <w:p w:rsidR="00F46965" w:rsidP="003932DD" w:rsidRDefault="00F46965" w14:paraId="5D8BAD67" w14:textId="77777777">
-[...1 lines deleted...]
-        <w:pStyle w:val="Heading1"/>
+    <w:p w14:paraId="5D8BAD67" w14:textId="77777777" w:rsidR="00F46965" w:rsidRDefault="00F46965" w:rsidP="003932DD">
+      <w:pPr>
+        <w:pStyle w:val="Rubrik1"/>
       </w:pPr>
       <w:r>
         <w:t>H</w:t>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:t>otande</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r>
         <w:t xml:space="preserve"> luftväg, SÄS</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00F46965" w:rsidP="003932DD" w:rsidRDefault="003932DD" w14:paraId="52883D88" w14:textId="308DD6DE">
-[...1 lines deleted...]
-        <w:pStyle w:val="Heading1"/>
+    <w:p w14:paraId="52883D88" w14:textId="308DD6DE" w:rsidR="00F46965" w:rsidRDefault="003932DD" w:rsidP="003932DD">
+      <w:pPr>
+        <w:pStyle w:val="Rubrik1"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">- </w:t>
       </w:r>
       <w:r w:rsidR="00F46965">
         <w:t>Vakenintubation med hjälp av bronkoskop</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00F46965" w:rsidP="00F46965" w:rsidRDefault="00F46965" w14:paraId="4FAD6093" w14:textId="77777777">
-[...3 lines deleted...]
-      <w:bookmarkStart w:name="_Toc175127242" w:id="0"/>
+    <w:p w14:paraId="4FAD6093" w14:textId="77777777" w:rsidR="00F46965" w:rsidRDefault="00F46965" w:rsidP="00F46965">
+      <w:pPr>
+        <w:pStyle w:val="Rubrik2"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="0" w:name="_Toc175127242"/>
       <w:r>
         <w:t>Sammanfattning</w:t>
       </w:r>
       <w:bookmarkEnd w:id="0"/>
     </w:p>
-    <w:p w:rsidR="00F46965" w:rsidP="00F46965" w:rsidRDefault="00F46965" w14:paraId="495EBCE5" w14:textId="77777777">
+    <w:p w14:paraId="495EBCE5" w14:textId="77777777" w:rsidR="00F46965" w:rsidRDefault="00F46965" w:rsidP="00F46965">
       <w:r>
         <w:t xml:space="preserve">Ett bronkoskop kan användas som hjälpmedel vid intubation av en vaken patient med förväntad intubationssvårighet. En förväntad intubationssvårighet finns till exempel hos en patient med huvud-/ halstumör, abscess i huvud-/halsområdet, </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:t>angioödem</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r>
         <w:t>, strålningsskada, nedsatt gapförmåga eller stel nacke. Ingreppet görs i spontanandning med förberedelser enligt rutinen.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00F46965" w:rsidP="00F46965" w:rsidRDefault="00F46965" w14:paraId="528180B2" w14:textId="77777777">
-[...3 lines deleted...]
-      <w:bookmarkStart w:name="_Toc175127243" w:id="1"/>
+    <w:p w14:paraId="528180B2" w14:textId="77777777" w:rsidR="00F46965" w:rsidRDefault="00F46965" w:rsidP="00F46965">
+      <w:pPr>
+        <w:pStyle w:val="Rubrik2"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="1" w:name="_Toc175127243"/>
       <w:r>
         <w:t>Förändringar sedan föregående version</w:t>
       </w:r>
       <w:bookmarkEnd w:id="1"/>
     </w:p>
-    <w:p w:rsidR="00F46965" w:rsidP="00F46965" w:rsidRDefault="00346071" w14:paraId="4D330EE5" w14:textId="5163502A">
+    <w:p w14:paraId="4D330EE5" w14:textId="5163502A" w:rsidR="00F46965" w:rsidRDefault="00346071" w:rsidP="00F46965">
       <w:r>
         <w:t>Ändrad storlek på tub, sidan 2, innehållet i övrigt oförändrat</w:t>
       </w:r>
       <w:r w:rsidR="00F46965">
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00F46965" w:rsidP="00F46965" w:rsidRDefault="00F46965" w14:paraId="3ACF460D" w14:textId="77777777">
+    <w:p w14:paraId="70CD32C0" w14:textId="3BD26D44" w:rsidR="00A868EB" w:rsidRDefault="00A868EB" w:rsidP="00A868EB">
+      <w:r>
+        <w:t>Tillägg med bilder på hur operationsbordet ska placeras.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3ACF460D" w14:textId="77777777" w:rsidR="00F46965" w:rsidRDefault="00F46965" w:rsidP="00F46965">
       <w:pPr>
         <w:spacing w:before="360" w:after="40"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>Innehållsförteckning</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00346071" w:rsidRDefault="003F204E" w14:paraId="147D4D03" w14:textId="6D7B3DAD">
-[...1 lines deleted...]
-        <w:pStyle w:val="TOC1"/>
+    <w:p w14:paraId="147D4D03" w14:textId="6D7B3DAD" w:rsidR="00346071" w:rsidRDefault="003F204E">
+      <w:pPr>
+        <w:pStyle w:val="Innehll1"/>
         <w:rPr>
-          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:cstheme="minorBidi"/>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:noProof/>
           <w:kern w:val="2"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:bCs/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin"/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:bCs/>
         </w:rPr>
         <w:instrText xml:space="preserve"> TOC \h \z \t "Rubrik 2;1;Rubrik 3;2;Mellanrubrik VGR;3" </w:instrText>
       </w:r>
       <w:r>
         <w:rPr>
           <w:bCs/>
         </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:hyperlink w:history="1" w:anchor="_Toc175127242">
-        <w:r w:rsidRPr="00ED33F9" w:rsidR="00346071">
+      <w:hyperlink w:anchor="_Toc175127242" w:history="1">
+        <w:r w:rsidR="00346071" w:rsidRPr="00ED33F9">
           <w:rPr>
-            <w:rStyle w:val="Hyperlink"/>
+            <w:rStyle w:val="Hyperlnk"/>
             <w:rFonts w:eastAsia="MS Gothic"/>
             <w:noProof/>
           </w:rPr>
           <w:t>Sammanfattning</w:t>
         </w:r>
         <w:r w:rsidR="00346071">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
         <w:r w:rsidR="00346071">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
         <w:r w:rsidR="00346071">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:instrText xml:space="preserve"> PAGEREF _Toc175127242 \h </w:instrText>
@@ -186,66 +192,66 @@
           </w:rPr>
         </w:r>
         <w:r w:rsidR="00346071">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
         <w:r w:rsidR="00346071">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:t>1</w:t>
         </w:r>
         <w:r w:rsidR="00346071">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w:rsidR="00346071" w:rsidRDefault="00346071" w14:paraId="26002CE8" w14:textId="16AD1024">
-[...1 lines deleted...]
-        <w:pStyle w:val="TOC1"/>
+    <w:p w14:paraId="26002CE8" w14:textId="16AD1024" w:rsidR="00346071" w:rsidRDefault="00346071">
+      <w:pPr>
+        <w:pStyle w:val="Innehll1"/>
         <w:rPr>
-          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:cstheme="minorBidi"/>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:noProof/>
           <w:kern w:val="2"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink w:history="1" w:anchor="_Toc175127243">
+      <w:hyperlink w:anchor="_Toc175127243" w:history="1">
         <w:r w:rsidRPr="00ED33F9">
           <w:rPr>
-            <w:rStyle w:val="Hyperlink"/>
+            <w:rStyle w:val="Hyperlnk"/>
             <w:rFonts w:eastAsia="MS Gothic"/>
             <w:noProof/>
           </w:rPr>
           <w:t>Förändringar sedan föregående version</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:instrText xml:space="preserve"> PAGEREF _Toc175127243 \h </w:instrText>
@@ -257,66 +263,66 @@
           </w:rPr>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:t>1</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w:rsidR="00346071" w:rsidRDefault="00346071" w14:paraId="6FC77853" w14:textId="648D8847">
-[...1 lines deleted...]
-        <w:pStyle w:val="TOC1"/>
+    <w:p w14:paraId="6FC77853" w14:textId="648D8847" w:rsidR="00346071" w:rsidRDefault="00346071">
+      <w:pPr>
+        <w:pStyle w:val="Innehll1"/>
         <w:rPr>
-          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:cstheme="minorBidi"/>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:noProof/>
           <w:kern w:val="2"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink w:history="1" w:anchor="_Toc175127244">
+      <w:hyperlink w:anchor="_Toc175127244" w:history="1">
         <w:r w:rsidRPr="00ED33F9">
           <w:rPr>
-            <w:rStyle w:val="Hyperlink"/>
+            <w:rStyle w:val="Hyperlnk"/>
             <w:rFonts w:eastAsia="MS Gothic"/>
             <w:noProof/>
           </w:rPr>
           <w:t>Förutsättningar</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:instrText xml:space="preserve"> PAGEREF _Toc175127244 \h </w:instrText>
@@ -328,66 +334,66 @@
           </w:rPr>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:t>1</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w:rsidR="00346071" w:rsidRDefault="00346071" w14:paraId="52600342" w14:textId="3A405391">
-[...1 lines deleted...]
-        <w:pStyle w:val="TOC1"/>
+    <w:p w14:paraId="52600342" w14:textId="3A405391" w:rsidR="00346071" w:rsidRDefault="00346071">
+      <w:pPr>
+        <w:pStyle w:val="Innehll1"/>
         <w:rPr>
-          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:cstheme="minorBidi"/>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:noProof/>
           <w:kern w:val="2"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink w:history="1" w:anchor="_Toc175127245">
+      <w:hyperlink w:anchor="_Toc175127245" w:history="1">
         <w:r w:rsidRPr="00ED33F9">
           <w:rPr>
-            <w:rStyle w:val="Hyperlink"/>
+            <w:rStyle w:val="Hyperlnk"/>
             <w:rFonts w:eastAsia="MS Gothic"/>
             <w:noProof/>
           </w:rPr>
           <w:t>Genomförande</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:instrText xml:space="preserve"> PAGEREF _Toc175127245 \h </w:instrText>
@@ -399,66 +405,66 @@
           </w:rPr>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:t>1</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w:rsidR="00346071" w:rsidRDefault="00346071" w14:paraId="4869E599" w14:textId="31D028E4">
-[...1 lines deleted...]
-        <w:pStyle w:val="TOC2"/>
+    <w:p w14:paraId="4869E599" w14:textId="31D028E4" w:rsidR="00346071" w:rsidRDefault="00346071">
+      <w:pPr>
+        <w:pStyle w:val="Innehll2"/>
         <w:rPr>
-          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:cstheme="minorBidi"/>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:noProof/>
           <w:kern w:val="2"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink w:history="1" w:anchor="_Toc175127246">
+      <w:hyperlink w:anchor="_Toc175127246" w:history="1">
         <w:r w:rsidRPr="00ED33F9">
           <w:rPr>
-            <w:rStyle w:val="Hyperlink"/>
+            <w:rStyle w:val="Hyperlnk"/>
             <w:rFonts w:eastAsia="MS Gothic"/>
             <w:noProof/>
           </w:rPr>
           <w:t>Förberedelser</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:instrText xml:space="preserve"> PAGEREF _Toc175127246 \h </w:instrText>
@@ -470,66 +476,66 @@
           </w:rPr>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:t>1</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w:rsidR="00346071" w:rsidRDefault="00346071" w14:paraId="219A0AA1" w14:textId="3376C3F7">
-[...1 lines deleted...]
-        <w:pStyle w:val="TOC2"/>
+    <w:p w14:paraId="219A0AA1" w14:textId="3376C3F7" w:rsidR="00346071" w:rsidRDefault="00346071">
+      <w:pPr>
+        <w:pStyle w:val="Innehll2"/>
         <w:rPr>
-          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:cstheme="minorBidi"/>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:noProof/>
           <w:kern w:val="2"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink w:history="1" w:anchor="_Toc175127247">
+      <w:hyperlink w:anchor="_Toc175127247" w:history="1">
         <w:r w:rsidRPr="00ED33F9">
           <w:rPr>
-            <w:rStyle w:val="Hyperlink"/>
+            <w:rStyle w:val="Hyperlnk"/>
             <w:rFonts w:eastAsia="MS Gothic"/>
             <w:noProof/>
           </w:rPr>
           <w:t>Tillvägagångssätt</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:instrText xml:space="preserve"> PAGEREF _Toc175127247 \h </w:instrText>
@@ -541,66 +547,66 @@
           </w:rPr>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:t>3</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w:rsidR="00346071" w:rsidRDefault="00346071" w14:paraId="2D96997B" w14:textId="06639D97">
-[...1 lines deleted...]
-        <w:pStyle w:val="TOC1"/>
+    <w:p w14:paraId="2D96997B" w14:textId="06639D97" w:rsidR="00346071" w:rsidRDefault="00346071">
+      <w:pPr>
+        <w:pStyle w:val="Innehll1"/>
         <w:rPr>
-          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:cstheme="minorBidi"/>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:noProof/>
           <w:kern w:val="2"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink w:history="1" w:anchor="_Toc175127248">
+      <w:hyperlink w:anchor="_Toc175127248" w:history="1">
         <w:r w:rsidRPr="00ED33F9">
           <w:rPr>
-            <w:rStyle w:val="Hyperlink"/>
+            <w:rStyle w:val="Hyperlnk"/>
             <w:rFonts w:eastAsia="MS Gothic"/>
             <w:noProof/>
           </w:rPr>
           <w:t>Dokumentinformation</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:instrText xml:space="preserve"> PAGEREF _Toc175127248 \h </w:instrText>
@@ -612,931 +618,1570 @@
           </w:rPr>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:t>3</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w:rsidR="00F46965" w:rsidP="00F46965" w:rsidRDefault="003F204E" w14:paraId="3D598EE9" w14:textId="058AD91B">
-[...1 lines deleted...]
-        <w:pStyle w:val="Heading2"/>
+    <w:p w14:paraId="3D598EE9" w14:textId="058AD91B" w:rsidR="00F46965" w:rsidRDefault="003F204E" w:rsidP="00F46965">
+      <w:pPr>
+        <w:pStyle w:val="Rubrik2"/>
         <w:spacing w:before="600"/>
       </w:pPr>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:bCs w:val="0"/>
           <w:color w:val="auto"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
-      <w:bookmarkStart w:name="_Toc175127244" w:id="2"/>
+      <w:bookmarkStart w:id="2" w:name="_Toc175127244"/>
       <w:r w:rsidR="00F46965">
         <w:t>Förutsättningar</w:t>
       </w:r>
       <w:bookmarkEnd w:id="2"/>
     </w:p>
-    <w:p w:rsidR="00F46965" w:rsidP="00F46965" w:rsidRDefault="00F46965" w14:paraId="2FCC5970" w14:textId="77777777">
+    <w:p w14:paraId="2FCC5970" w14:textId="77777777" w:rsidR="00F46965" w:rsidRDefault="00F46965" w:rsidP="00F46965">
       <w:r>
         <w:t>Patient med en förväntad intubationssvårighet.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00F46965" w:rsidP="00F46965" w:rsidRDefault="00F46965" w14:paraId="4D8FDA87" w14:textId="77777777">
-[...4 lines deleted...]
-      <w:r>
+    <w:p w14:paraId="4D8FDA87" w14:textId="77777777" w:rsidR="00F46965" w:rsidRDefault="00F46965" w:rsidP="00F46965">
+      <w:pPr>
+        <w:pStyle w:val="Rubrik2"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="3" w:name="_Toc175127245"/>
+      <w:r>
+        <w:lastRenderedPageBreak/>
         <w:t>Genomförande</w:t>
       </w:r>
       <w:bookmarkEnd w:id="3"/>
     </w:p>
-    <w:p w:rsidR="00F46965" w:rsidP="00F46965" w:rsidRDefault="00F46965" w14:paraId="22BF59C4" w14:textId="77777777">
-[...1 lines deleted...]
-        <w:pStyle w:val="Heading3"/>
+    <w:p w14:paraId="22BF59C4" w14:textId="77777777" w:rsidR="00F46965" w:rsidRDefault="00F46965" w:rsidP="00F46965">
+      <w:pPr>
+        <w:pStyle w:val="Rubrik3"/>
         <w:spacing w:before="120"/>
       </w:pPr>
-      <w:bookmarkStart w:name="_Toc175127246" w:id="4"/>
+      <w:bookmarkStart w:id="4" w:name="_Toc175127246"/>
       <w:r>
         <w:t>Förberedelser</w:t>
       </w:r>
       <w:bookmarkEnd w:id="4"/>
     </w:p>
-    <w:p w:rsidR="00F46965" w:rsidP="00F46965" w:rsidRDefault="00F46965" w14:paraId="21E37D2F" w14:textId="77777777">
-[...1 lines deleted...]
-        <w:pStyle w:val="ListBullet"/>
+    <w:p w14:paraId="21E37D2F" w14:textId="77777777" w:rsidR="00F46965" w:rsidRDefault="00F46965" w:rsidP="00F46965">
+      <w:pPr>
+        <w:pStyle w:val="Punktlista"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="20"/>
         </w:numPr>
         <w:ind w:left="1349" w:hanging="357"/>
       </w:pPr>
       <w:r>
         <w:t>Operationsbord med förutsättningar att ha sittande patient förbereds. (</w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:t>universalbord</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r>
         <w:t xml:space="preserve"> med lilla huvudplattan).</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00F46965" w:rsidP="00F46965" w:rsidRDefault="00F46965" w14:paraId="2F464AC5" w14:textId="77777777">
-[...1 lines deleted...]
-        <w:pStyle w:val="ListBullet"/>
+    <w:p w14:paraId="2F464AC5" w14:textId="77777777" w:rsidR="00F46965" w:rsidRDefault="00F46965" w:rsidP="00F46965">
+      <w:pPr>
+        <w:pStyle w:val="Punktlista"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="20"/>
         </w:numPr>
         <w:ind w:left="1349" w:hanging="357"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Ta fram svår luftvägsvagn, stapel med flergångsbronkoskop och </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:t>glidescope</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r>
         <w:t xml:space="preserve"> med stor skärm.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00F46965" w:rsidP="00F46965" w:rsidRDefault="00F46965" w14:paraId="36AF211D" w14:textId="77777777">
-[...1 lines deleted...]
-        <w:pStyle w:val="ListBullet"/>
+    <w:p w14:paraId="36AF211D" w14:textId="77777777" w:rsidR="00F46965" w:rsidRDefault="00F46965" w:rsidP="00F46965">
+      <w:pPr>
+        <w:pStyle w:val="Punktlista"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="20"/>
         </w:numPr>
         <w:ind w:left="1349" w:hanging="357"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Inhalation med lokalanestetika. </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:t>Lidokainhydroklorid</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r>
         <w:t xml:space="preserve"> 40 mg/ml (APL-beredning), ≤60 kg ge 2 ml, &gt;60 kg ge 3 ml. Ges via moramask.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00F46965" w:rsidP="00F46965" w:rsidRDefault="00F46965" w14:paraId="77961C31" w14:textId="77777777">
-[...1 lines deleted...]
-        <w:pStyle w:val="ListBullet"/>
+    <w:p w14:paraId="77961C31" w14:textId="77777777" w:rsidR="00F46965" w:rsidRDefault="00F46965" w:rsidP="00F46965">
+      <w:pPr>
+        <w:pStyle w:val="Punktlista"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="20"/>
         </w:numPr>
         <w:ind w:left="1349" w:hanging="357"/>
       </w:pPr>
       <w:r>
         <w:t>Dra läkemedel för sövning; RSI.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00F46965" w:rsidP="00F46965" w:rsidRDefault="00F46965" w14:paraId="54C468A7" w14:textId="77777777">
-[...1 lines deleted...]
-        <w:pStyle w:val="ListBullet"/>
+    <w:p w14:paraId="54C468A7" w14:textId="77777777" w:rsidR="00F46965" w:rsidRDefault="00F46965" w:rsidP="00F46965">
+      <w:pPr>
+        <w:pStyle w:val="Punktlista"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="20"/>
         </w:numPr>
         <w:ind w:left="1349" w:hanging="357"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Dra två </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:t>Lidokainhydroklorid</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r>
         <w:t xml:space="preserve"> 40 mg/ml 1 ml + 9 ml luft i en 10 ml spruta vardera (för att ev. sprutas i injektionsventilen på fiberbronkoskopet senare).</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00F46965" w:rsidP="00F46965" w:rsidRDefault="00F46965" w14:paraId="0DEFBB64" w14:textId="77777777">
-[...1 lines deleted...]
-        <w:pStyle w:val="ListBullet"/>
+    <w:p w14:paraId="0DEFBB64" w14:textId="77777777" w:rsidR="00F46965" w:rsidRDefault="00F46965" w:rsidP="00F46965">
+      <w:pPr>
+        <w:pStyle w:val="Punktlista"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="20"/>
         </w:numPr>
         <w:ind w:left="1349" w:hanging="357"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Bomullssudd indränkt i </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:t>Nafazolin-lidokain</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r>
         <w:t xml:space="preserve"> placeras i ena näsborren vid planerad nasal intubation. </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00F46965" w:rsidP="00F46965" w:rsidRDefault="00F46965" w14:paraId="40F4B44F" w14:textId="77777777">
-[...1 lines deleted...]
-        <w:pStyle w:val="ListBullet"/>
+    <w:p w14:paraId="40F4B44F" w14:textId="77777777" w:rsidR="00F46965" w:rsidRDefault="00F46965" w:rsidP="00F46965">
+      <w:pPr>
+        <w:pStyle w:val="Punktlista"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="20"/>
         </w:numPr>
         <w:suppressAutoHyphens/>
         <w:ind w:left="1349" w:hanging="357"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">ÖNH-läkare, anestesiläkare och anestesisköterska fördelar arbetsuppgifterna mellan sig utifrån sina kompetenser. Det är viktigt att ha diskuterat en </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>alternativ handlingsplan</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> om vakenintubationen inte skulle gå att genomföra.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00F46965" w:rsidP="00F46965" w:rsidRDefault="00F46965" w14:paraId="06B61165" w14:textId="77777777">
-[...1 lines deleted...]
-        <w:pStyle w:val="ListBullet"/>
+    <w:p w14:paraId="06B61165" w14:textId="77777777" w:rsidR="00F46965" w:rsidRDefault="00F46965" w:rsidP="00F46965">
+      <w:pPr>
+        <w:pStyle w:val="Punktlista"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="20"/>
         </w:numPr>
         <w:ind w:left="1349" w:hanging="357"/>
       </w:pPr>
       <w:r>
         <w:t>Den läkare som ska utföra den bronkoskopledda intubationen informerar personalen på salen om vilket bronkoskop som önskas; flergångsskop eller engångsskop.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00F46965" w:rsidP="00F46965" w:rsidRDefault="00F46965" w14:paraId="11C6093D" w14:textId="7D2CB327">
-[...1 lines deleted...]
-        <w:pStyle w:val="ListBullet"/>
+    <w:p w14:paraId="11C6093D" w14:textId="7D2CB327" w:rsidR="00F46965" w:rsidRDefault="00F46965" w:rsidP="00F46965">
+      <w:pPr>
+        <w:pStyle w:val="Punktlista"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="20"/>
         </w:numPr>
         <w:ind w:left="1349" w:hanging="357"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Lämplig spiraltub tas fram. Om flergångsbronkoskopet eller engångsbronkoskopet på 5 mm används, kan man använda tub nr </w:t>
       </w:r>
       <w:r w:rsidR="009C4DB0">
         <w:t>7</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> och uppåt. Önskas mindre tub än </w:t>
       </w:r>
       <w:r w:rsidR="009C4DB0">
         <w:t>7</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> får man använda engångsbronkoskop som är 3,8 mm. </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00F46965" w:rsidP="00F46965" w:rsidRDefault="00F46965" w14:paraId="755D2FD1" w14:textId="77777777">
-[...1 lines deleted...]
-        <w:pStyle w:val="ListBullet"/>
+    <w:p w14:paraId="755D2FD1" w14:textId="77777777" w:rsidR="00F46965" w:rsidRDefault="00F46965" w:rsidP="00F46965">
+      <w:pPr>
+        <w:pStyle w:val="Punktlista"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="20"/>
         </w:numPr>
         <w:ind w:left="1349" w:hanging="357"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Sugslang ska vara kopplad till bronkoskopet på operationssidan. Narkossidan kan behövas till att suga bredvid; (orange sugkateter på.) 2 sugar, på operationssidan. ska vara kopplade och testade, en till fiberbronkoskopet och en ifall det blir </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:t>trach</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00F46965" w:rsidP="00F46965" w:rsidRDefault="00F46965" w14:paraId="130049C8" w14:textId="77777777">
-[...1 lines deleted...]
-        <w:pStyle w:val="ListBullet"/>
+    <w:p w14:paraId="130049C8" w14:textId="77777777" w:rsidR="00F46965" w:rsidRDefault="00F46965" w:rsidP="00F46965">
+      <w:pPr>
+        <w:pStyle w:val="Punktlista"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="20"/>
         </w:numPr>
         <w:ind w:left="1349" w:hanging="357"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Bronkoskopet smörjs med </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:t>Endolan</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r>
         <w:t xml:space="preserve"> eller glidslem och tuben träs på. Om glidslem används bör man beakta att det finns risk att tuben fastnar mot bronkoskopet om glidslemmet appliceras för tidigt.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00F46965" w:rsidP="00F46965" w:rsidRDefault="00F46965" w14:paraId="0D1B4404" w14:textId="77777777">
-[...1 lines deleted...]
-        <w:pStyle w:val="ListBullet"/>
+    <w:p w14:paraId="0D1B4404" w14:textId="77777777" w:rsidR="00F46965" w:rsidRDefault="00F46965" w:rsidP="00F46965">
+      <w:pPr>
+        <w:pStyle w:val="Punktlista"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="20"/>
         </w:numPr>
         <w:ind w:left="1349" w:hanging="357"/>
       </w:pPr>
       <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:t>Trach</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r>
         <w:t xml:space="preserve"> ska alltid finnas på sal. ÖNH-läkare tar ställning till om </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:t>trakeotomiberedskap</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r>
         <w:t xml:space="preserve"> är indicerat. </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00F46965" w:rsidP="00F46965" w:rsidRDefault="00F46965" w14:paraId="6A0D166E" w14:textId="77777777">
-[...1 lines deleted...]
-        <w:pStyle w:val="ListBullet"/>
+    <w:p w14:paraId="6A0D166E" w14:textId="77777777" w:rsidR="00F46965" w:rsidRDefault="00F46965" w:rsidP="00F46965">
+      <w:pPr>
+        <w:pStyle w:val="Punktlista"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="20"/>
         </w:numPr>
         <w:ind w:left="1349" w:hanging="357"/>
       </w:pPr>
       <w:r>
         <w:t>Syrgastillförsel via mask.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00F46965" w:rsidP="00F46965" w:rsidRDefault="00F46965" w14:paraId="13227705" w14:textId="77777777">
-[...4 lines deleted...]
-      <w:r>
+    <w:p w14:paraId="13227705" w14:textId="77777777" w:rsidR="00F46965" w:rsidRDefault="00F46965" w:rsidP="00F46965">
+      <w:pPr>
+        <w:pStyle w:val="Rubrik3"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="5" w:name="_Toc175127247"/>
+      <w:r>
+        <w:lastRenderedPageBreak/>
         <w:t>Tillvägagångssätt</w:t>
       </w:r>
       <w:bookmarkEnd w:id="5"/>
     </w:p>
-    <w:p w:rsidR="00F46965" w:rsidP="00F46965" w:rsidRDefault="00F46965" w14:paraId="2C3CB45D" w14:textId="77777777">
-[...1 lines deleted...]
-        <w:pStyle w:val="ListBullet"/>
+    <w:p w14:paraId="2C3CB45D" w14:textId="77777777" w:rsidR="00F46965" w:rsidRDefault="00F46965" w:rsidP="00F46965">
+      <w:pPr>
+        <w:pStyle w:val="Punktlista"/>
         <w:keepNext/>
         <w:keepLines/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="20"/>
         </w:numPr>
         <w:ind w:left="1349" w:hanging="357"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Patienten </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:t>sederas</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r>
         <w:t xml:space="preserve"> lätt med bibehållen spontanandning. </w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>OBS!</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> Det är av yttersta vikt att bibehålla spontanandning.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00F46965" w:rsidP="00F46965" w:rsidRDefault="00F46965" w14:paraId="2FE01A72" w14:textId="77777777">
-[...1 lines deleted...]
-        <w:pStyle w:val="ListBullet"/>
+    <w:p w14:paraId="2FE01A72" w14:textId="77777777" w:rsidR="00F46965" w:rsidRDefault="00F46965" w:rsidP="00F46965">
+      <w:pPr>
+        <w:pStyle w:val="Punktlista"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="20"/>
         </w:numPr>
         <w:ind w:left="1349" w:hanging="357"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Bronkoskopet förs ned via näsan tills man ser stämbanden. Överväg att ge ytterligare bedövning med 1 ml </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:t>Lidokainhydroklorid</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r>
         <w:t xml:space="preserve"> 40 mg/ml via en 10 ml spruta som i övrigt fylls med luft. Ges via arbetskanalen.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00F46965" w:rsidP="00F46965" w:rsidRDefault="00F46965" w14:paraId="436345E8" w14:textId="77777777">
-[...1 lines deleted...]
-        <w:pStyle w:val="ListBullet"/>
+    <w:p w14:paraId="436345E8" w14:textId="77777777" w:rsidR="00F46965" w:rsidRDefault="00F46965" w:rsidP="00F46965">
+      <w:pPr>
+        <w:pStyle w:val="Punktlista"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="20"/>
         </w:numPr>
         <w:ind w:left="1349" w:hanging="357"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Bronkoskopet förs ned i </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:t>trachea</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r>
         <w:t xml:space="preserve"> tills </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:t>carina</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r>
         <w:t xml:space="preserve"> kan identifieras. Klartecken ges till assistent som för ned tuben över bronkoskopet i en roterande rörelse ned i </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:t>trachea</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00F46965" w:rsidP="00F46965" w:rsidRDefault="00F46965" w14:paraId="527D9B7D" w14:textId="77777777">
-[...1 lines deleted...]
-        <w:pStyle w:val="ListBullet"/>
+    <w:p w14:paraId="527D9B7D" w14:textId="77777777" w:rsidR="00F46965" w:rsidRDefault="00F46965" w:rsidP="00F46965">
+      <w:pPr>
+        <w:pStyle w:val="Punktlista"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="20"/>
         </w:numPr>
         <w:ind w:left="1349" w:hanging="357"/>
       </w:pPr>
       <w:r>
         <w:t>Skopet backas medan assistenten ser till att tuben bibehålls i adekvat läge.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00F46965" w:rsidP="00F46965" w:rsidRDefault="00F46965" w14:paraId="37C2EBD1" w14:textId="77777777">
-[...1 lines deleted...]
-        <w:pStyle w:val="ListBullet"/>
+    <w:p w14:paraId="37C2EBD1" w14:textId="77777777" w:rsidR="00F46965" w:rsidRDefault="00F46965" w:rsidP="00F46965">
+      <w:pPr>
+        <w:pStyle w:val="Punktlista"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="20"/>
         </w:numPr>
         <w:ind w:left="1349" w:hanging="357"/>
       </w:pPr>
       <w:r>
         <w:t>Patienten sövs först när tuben är på plats och den som ansvarar för bronkoskopin anser att tubläget är adekvat.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00F46965" w:rsidP="00F46965" w:rsidRDefault="00F46965" w14:paraId="4BDD8FDC" w14:textId="77777777">
-[...1 lines deleted...]
-        <w:pStyle w:val="ListBullet"/>
+    <w:p w14:paraId="4BDD8FDC" w14:textId="77777777" w:rsidR="00F46965" w:rsidRDefault="00F46965" w:rsidP="00F46965">
+      <w:pPr>
+        <w:pStyle w:val="Punktlista"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="20"/>
         </w:numPr>
         <w:ind w:left="1349" w:hanging="357"/>
       </w:pPr>
       <w:r>
         <w:t>Noggrann tejpning av tub.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00F46965" w:rsidP="00F46965" w:rsidRDefault="00F46965" w14:paraId="0DE4CA16" w14:textId="77777777">
-[...4 lines deleted...]
-      <w:r>
+    <w:p w14:paraId="7E6A542D" w14:textId="77777777" w:rsidR="00AB1D80" w:rsidRDefault="00AB1D80" w:rsidP="00AB1D80">
+      <w:pPr>
+        <w:pStyle w:val="Rubrik2"/>
+      </w:pPr>
+      <w:r>
+        <w:t>Placering operationsbord</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="502C4639" w14:textId="77777777" w:rsidR="00AB1D80" w:rsidRDefault="00AB1D80" w:rsidP="00AB1D80">
+      <w:pPr>
+        <w:pStyle w:val="Punktlista"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">Operationsbordet byggs på med en extra ryggdel. (bild </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00453C1D">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>1</w:t>
+      </w:r>
+      <w:r>
+        <w:t>)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4D8EC68F" w14:textId="12B69AB4" w:rsidR="00AB1D80" w:rsidRPr="00B103FE" w:rsidRDefault="00AB1D80" w:rsidP="00AB1D80">
+      <w:pPr>
+        <w:pStyle w:val="Punktlista"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">Använd fjärrkontrollen för bordet. Tryck på Lagringspositioner (bild </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00453C1D">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>2</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">) – Svår luftväg (bild </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00453C1D">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>3</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">) – pilen (bild </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D25E98">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>4</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">). </w:t>
+      </w:r>
+      <w:r w:rsidR="00A868EB">
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">Då ställer sig bordet i rätt läge. (bild </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>5</w:t>
+      </w:r>
+      <w:r>
+        <w:t>)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="79642B38" w14:textId="77777777" w:rsidR="00AB1D80" w:rsidRPr="00453C1D" w:rsidRDefault="00AB1D80" w:rsidP="00AB1D80">
+      <w:pPr>
+        <w:pStyle w:val="Punktlista"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="0"/>
+        </w:numPr>
+        <w:ind w:left="1349" w:hanging="357"/>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00453C1D">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>1.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="12DB0A4B" w14:textId="77777777" w:rsidR="00AB1D80" w:rsidRDefault="00AB1D80" w:rsidP="00AB1D80">
+      <w:pPr>
+        <w:pStyle w:val="Punktlista"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="0"/>
+        </w:numPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+          <w:bCs/>
+          <w:noProof/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="40"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:drawing>
+          <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251662336" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="4997E5F5" wp14:editId="635DBED8">
+            <wp:simplePos x="0" y="0"/>
+            <wp:positionH relativeFrom="margin">
+              <wp:posOffset>602615</wp:posOffset>
+            </wp:positionH>
+            <wp:positionV relativeFrom="paragraph">
+              <wp:posOffset>177165</wp:posOffset>
+            </wp:positionV>
+            <wp:extent cx="3253105" cy="2439670"/>
+            <wp:effectExtent l="6668" t="0" r="0" b="0"/>
+            <wp:wrapTight wrapText="bothSides">
+              <wp:wrapPolygon edited="0">
+                <wp:start x="44" y="21659"/>
+                <wp:lineTo x="21421" y="21659"/>
+                <wp:lineTo x="21421" y="239"/>
+                <wp:lineTo x="44" y="239"/>
+                <wp:lineTo x="44" y="21659"/>
+              </wp:wrapPolygon>
+            </wp:wrapTight>
+            <wp:docPr id="1131837639" name="Bildobjekt 5" descr="En bild som visar vägg, inomhus, kontorsvaror&#10;&#10;AI-genererat innehåll kan vara felaktigt."/>
+            <wp:cNvGraphicFramePr>
+              <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
+            </wp:cNvGraphicFramePr>
+            <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+              <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                  <pic:nvPicPr>
+                    <pic:cNvPr id="1131837639" name="Bildobjekt 5" descr="En bild som visar vägg, inomhus, kontorsvaror&#10;&#10;AI-genererat innehåll kan vara felaktigt."/>
+                    <pic:cNvPicPr/>
+                  </pic:nvPicPr>
+                  <pic:blipFill>
+                    <a:blip r:embed="rId12"/>
+                    <a:stretch>
+                      <a:fillRect/>
+                    </a:stretch>
+                  </pic:blipFill>
+                  <pic:spPr>
+                    <a:xfrm rot="5400000">
+                      <a:off x="0" y="0"/>
+                      <a:ext cx="3253105" cy="2439670"/>
+                    </a:xfrm>
+                    <a:prstGeom prst="rect">
+                      <a:avLst/>
+                    </a:prstGeom>
+                  </pic:spPr>
+                </pic:pic>
+              </a:graphicData>
+            </a:graphic>
+            <wp14:sizeRelH relativeFrom="margin">
+              <wp14:pctWidth>0</wp14:pctWidth>
+            </wp14:sizeRelH>
+            <wp14:sizeRelV relativeFrom="margin">
+              <wp14:pctHeight>0</wp14:pctHeight>
+            </wp14:sizeRelV>
+          </wp:anchor>
+        </w:drawing>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="782697F7" w14:textId="77777777" w:rsidR="00AB1D80" w:rsidRDefault="00AB1D80" w:rsidP="00AB1D80">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="0" w:right="0"/>
+      </w:pPr>
+      <w:r>
+        <w:br w:type="page"/>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7BA0CBD3" w14:textId="77777777" w:rsidR="00AB1D80" w:rsidRPr="00453C1D" w:rsidRDefault="00AB1D80" w:rsidP="00AB1D80">
+      <w:pPr>
+        <w:pStyle w:val="Punktlista"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="0"/>
+        </w:numPr>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00453C1D">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>2.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">                                  3.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="62B84979" w14:textId="77777777" w:rsidR="00AB1D80" w:rsidRDefault="00AB1D80" w:rsidP="00AB1D80">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="0" w:right="0"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="40"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:drawing>
+          <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251659264" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="1E6F5251" wp14:editId="2FB5ABD8">
+            <wp:simplePos x="0" y="0"/>
+            <wp:positionH relativeFrom="margin">
+              <wp:posOffset>3007995</wp:posOffset>
+            </wp:positionH>
+            <wp:positionV relativeFrom="paragraph">
+              <wp:posOffset>132715</wp:posOffset>
+            </wp:positionV>
+            <wp:extent cx="3326130" cy="2494280"/>
+            <wp:effectExtent l="0" t="3175" r="4445" b="4445"/>
+            <wp:wrapTight wrapText="bothSides">
+              <wp:wrapPolygon edited="0">
+                <wp:start x="-21" y="21573"/>
+                <wp:lineTo x="21505" y="21573"/>
+                <wp:lineTo x="21505" y="126"/>
+                <wp:lineTo x="-21" y="126"/>
+                <wp:lineTo x="-21" y="21573"/>
+              </wp:wrapPolygon>
+            </wp:wrapTight>
+            <wp:docPr id="971438790" name="Bildobjekt 4" descr="En bild som visar text, skärmbild, multimedia, dator&#10;&#10;AI-genererat innehåll kan vara felaktigt."/>
+            <wp:cNvGraphicFramePr>
+              <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
+            </wp:cNvGraphicFramePr>
+            <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+              <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                  <pic:nvPicPr>
+                    <pic:cNvPr id="971438790" name="Bildobjekt 4" descr="En bild som visar text, skärmbild, multimedia, dator&#10;&#10;AI-genererat innehåll kan vara felaktigt."/>
+                    <pic:cNvPicPr/>
+                  </pic:nvPicPr>
+                  <pic:blipFill>
+                    <a:blip r:embed="rId13"/>
+                    <a:stretch>
+                      <a:fillRect/>
+                    </a:stretch>
+                  </pic:blipFill>
+                  <pic:spPr>
+                    <a:xfrm rot="5400000">
+                      <a:off x="0" y="0"/>
+                      <a:ext cx="3326130" cy="2494280"/>
+                    </a:xfrm>
+                    <a:prstGeom prst="rect">
+                      <a:avLst/>
+                    </a:prstGeom>
+                  </pic:spPr>
+                </pic:pic>
+              </a:graphicData>
+            </a:graphic>
+            <wp14:sizeRelH relativeFrom="margin">
+              <wp14:pctWidth>0</wp14:pctWidth>
+            </wp14:sizeRelH>
+            <wp14:sizeRelV relativeFrom="margin">
+              <wp14:pctHeight>0</wp14:pctHeight>
+            </wp14:sizeRelV>
+          </wp:anchor>
+        </w:drawing>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:drawing>
+          <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251660288" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="678E3CB5" wp14:editId="56BBD148">
+            <wp:simplePos x="0" y="0"/>
+            <wp:positionH relativeFrom="margin">
+              <wp:posOffset>-55245</wp:posOffset>
+            </wp:positionH>
+            <wp:positionV relativeFrom="paragraph">
+              <wp:posOffset>147955</wp:posOffset>
+            </wp:positionV>
+            <wp:extent cx="3427095" cy="2570480"/>
+            <wp:effectExtent l="9208" t="0" r="0" b="0"/>
+            <wp:wrapSquare wrapText="bothSides"/>
+            <wp:docPr id="1661224658" name="Bildobjekt 2" descr="En bild som visar text, skärmbild, elektronik, Electric blue&#10;&#10;AI-genererat innehåll kan vara felaktigt."/>
+            <wp:cNvGraphicFramePr>
+              <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
+            </wp:cNvGraphicFramePr>
+            <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+              <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                  <pic:nvPicPr>
+                    <pic:cNvPr id="1661224658" name="Bildobjekt 2" descr="En bild som visar text, skärmbild, elektronik, Electric blue&#10;&#10;AI-genererat innehåll kan vara felaktigt."/>
+                    <pic:cNvPicPr/>
+                  </pic:nvPicPr>
+                  <pic:blipFill>
+                    <a:blip r:embed="rId14"/>
+                    <a:stretch>
+                      <a:fillRect/>
+                    </a:stretch>
+                  </pic:blipFill>
+                  <pic:spPr>
+                    <a:xfrm rot="5400000">
+                      <a:off x="0" y="0"/>
+                      <a:ext cx="3427095" cy="2570480"/>
+                    </a:xfrm>
+                    <a:prstGeom prst="rect">
+                      <a:avLst/>
+                    </a:prstGeom>
+                  </pic:spPr>
+                </pic:pic>
+              </a:graphicData>
+            </a:graphic>
+            <wp14:sizeRelH relativeFrom="margin">
+              <wp14:pctWidth>0</wp14:pctWidth>
+            </wp14:sizeRelH>
+            <wp14:sizeRelV relativeFrom="margin">
+              <wp14:pctHeight>0</wp14:pctHeight>
+            </wp14:sizeRelV>
+          </wp:anchor>
+        </w:drawing>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="52E78F7B" w14:textId="77777777" w:rsidR="00AB1D80" w:rsidRDefault="00AB1D80" w:rsidP="00AB1D80">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="0" w:right="0"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="18784A70" w14:textId="77777777" w:rsidR="00AB1D80" w:rsidRDefault="00AB1D80" w:rsidP="00AB1D80">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="0" w:right="0"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="59CC5B9D" w14:textId="77777777" w:rsidR="00AB1D80" w:rsidRDefault="00AB1D80" w:rsidP="00AB1D80">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="0" w:right="0"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="0FE38754" w14:textId="77777777" w:rsidR="00AB1D80" w:rsidRDefault="00AB1D80" w:rsidP="00AB1D80">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="0" w:right="0"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="26CB6D92" w14:textId="77777777" w:rsidR="00AB1D80" w:rsidRDefault="00AB1D80" w:rsidP="00AB1D80">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="0" w:right="0"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="65373B86" w14:textId="77777777" w:rsidR="00AB1D80" w:rsidRDefault="00AB1D80" w:rsidP="00AB1D80">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="0" w:right="0"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="12F37A72" w14:textId="77777777" w:rsidR="00AB1D80" w:rsidRDefault="00AB1D80" w:rsidP="00AB1D80">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="0" w:right="0"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="21AD1712" w14:textId="77777777" w:rsidR="00AB1D80" w:rsidRDefault="00AB1D80" w:rsidP="00AB1D80">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="0" w:right="0"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="085AD519" w14:textId="77777777" w:rsidR="00AB1D80" w:rsidRDefault="00AB1D80" w:rsidP="00AB1D80">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="0" w:right="0"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="1FADE578" w14:textId="77777777" w:rsidR="00AB1D80" w:rsidRDefault="00AB1D80" w:rsidP="00AB1D80">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="0" w:right="0"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="6D48E7B6" w14:textId="77777777" w:rsidR="00AB1D80" w:rsidRDefault="00AB1D80" w:rsidP="00AB1D80">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="0" w:right="0"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="20EE1706" w14:textId="77777777" w:rsidR="00AB1D80" w:rsidRDefault="00AB1D80" w:rsidP="00AB1D80">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="0" w:right="0"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="68F5F5DA" w14:textId="77777777" w:rsidR="00AB1D80" w:rsidRDefault="00AB1D80" w:rsidP="00AB1D80">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="0" w:right="0"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="3EE5A0A2" w14:textId="77777777" w:rsidR="00AB1D80" w:rsidRDefault="00AB1D80" w:rsidP="00AB1D80">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="0" w:right="0"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="0A504B09" w14:textId="77777777" w:rsidR="00AB1D80" w:rsidRDefault="00AB1D80" w:rsidP="00AB1D80">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="0" w:right="0"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="455B4620" w14:textId="77777777" w:rsidR="00AB1D80" w:rsidRDefault="00AB1D80" w:rsidP="00AB1D80">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="0" w:right="0"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="599E19C2" w14:textId="77777777" w:rsidR="00AB1D80" w:rsidRDefault="00AB1D80" w:rsidP="00AB1D80">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="0" w:right="0"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="214F030B" w14:textId="77777777" w:rsidR="00AB1D80" w:rsidRDefault="00AB1D80" w:rsidP="00AB1D80">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="0" w:right="0"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="3A6CE3C2" w14:textId="2DE70D64" w:rsidR="00AB1D80" w:rsidRPr="00A868EB" w:rsidRDefault="00AB1D80" w:rsidP="00A868EB">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="0" w:right="0"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="40"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00453C1D">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:noProof/>
+        </w:rPr>
+        <w:drawing>
+          <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251661312" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="7E5895B6" wp14:editId="2774702A">
+            <wp:simplePos x="0" y="0"/>
+            <wp:positionH relativeFrom="column">
+              <wp:posOffset>-189230</wp:posOffset>
+            </wp:positionH>
+            <wp:positionV relativeFrom="paragraph">
+              <wp:posOffset>660400</wp:posOffset>
+            </wp:positionV>
+            <wp:extent cx="3679190" cy="2759075"/>
+            <wp:effectExtent l="2857" t="0" r="318" b="317"/>
+            <wp:wrapTight wrapText="bothSides">
+              <wp:wrapPolygon edited="0">
+                <wp:start x="17" y="21622"/>
+                <wp:lineTo x="21490" y="21622"/>
+                <wp:lineTo x="21490" y="147"/>
+                <wp:lineTo x="17" y="147"/>
+                <wp:lineTo x="17" y="21622"/>
+              </wp:wrapPolygon>
+            </wp:wrapTight>
+            <wp:docPr id="1343796214" name="Bildobjekt 3" descr="En bild som visar skärmbild, Majorelleblå, Electric blue, text&#10;&#10;AI-genererat innehåll kan vara felaktigt."/>
+            <wp:cNvGraphicFramePr>
+              <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
+            </wp:cNvGraphicFramePr>
+            <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+              <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                  <pic:nvPicPr>
+                    <pic:cNvPr id="1343796214" name="Bildobjekt 3" descr="En bild som visar skärmbild, Majorelleblå, Electric blue, text&#10;&#10;AI-genererat innehåll kan vara felaktigt."/>
+                    <pic:cNvPicPr/>
+                  </pic:nvPicPr>
+                  <pic:blipFill>
+                    <a:blip r:embed="rId15"/>
+                    <a:stretch>
+                      <a:fillRect/>
+                    </a:stretch>
+                  </pic:blipFill>
+                  <pic:spPr>
+                    <a:xfrm rot="5400000">
+                      <a:off x="0" y="0"/>
+                      <a:ext cx="3679190" cy="2759075"/>
+                    </a:xfrm>
+                    <a:prstGeom prst="rect">
+                      <a:avLst/>
+                    </a:prstGeom>
+                  </pic:spPr>
+                </pic:pic>
+              </a:graphicData>
+            </a:graphic>
+          </wp:anchor>
+        </w:drawing>
+      </w:r>
+      <w:r w:rsidRPr="00453C1D">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:noProof/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="40"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:drawing>
+          <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251663360" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="38FFB747" wp14:editId="4526E53A">
+            <wp:simplePos x="0" y="0"/>
+            <wp:positionH relativeFrom="page">
+              <wp:posOffset>4105275</wp:posOffset>
+            </wp:positionH>
+            <wp:positionV relativeFrom="paragraph">
+              <wp:posOffset>196850</wp:posOffset>
+            </wp:positionV>
+            <wp:extent cx="3314065" cy="2486025"/>
+            <wp:effectExtent l="0" t="0" r="635" b="9525"/>
+            <wp:wrapTight wrapText="bothSides">
+              <wp:wrapPolygon edited="0">
+                <wp:start x="21600" y="21600"/>
+                <wp:lineTo x="21600" y="83"/>
+                <wp:lineTo x="120" y="83"/>
+                <wp:lineTo x="120" y="21600"/>
+                <wp:lineTo x="21600" y="21600"/>
+              </wp:wrapPolygon>
+            </wp:wrapTight>
+            <wp:docPr id="909909143" name="Bildobjekt 6" descr="En bild som visar inomhus, maskin, Medicinsk utrustning, Vetenskapsinstrument&#10;&#10;AI-genererat innehåll kan vara felaktigt."/>
+            <wp:cNvGraphicFramePr>
+              <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
+            </wp:cNvGraphicFramePr>
+            <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+              <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                  <pic:nvPicPr>
+                    <pic:cNvPr id="909909143" name="Bildobjekt 6" descr="En bild som visar inomhus, maskin, Medicinsk utrustning, Vetenskapsinstrument&#10;&#10;AI-genererat innehåll kan vara felaktigt."/>
+                    <pic:cNvPicPr/>
+                  </pic:nvPicPr>
+                  <pic:blipFill>
+                    <a:blip r:embed="rId16"/>
+                    <a:stretch>
+                      <a:fillRect/>
+                    </a:stretch>
+                  </pic:blipFill>
+                  <pic:spPr>
+                    <a:xfrm rot="10800000">
+                      <a:off x="0" y="0"/>
+                      <a:ext cx="3314065" cy="2486025"/>
+                    </a:xfrm>
+                    <a:prstGeom prst="rect">
+                      <a:avLst/>
+                    </a:prstGeom>
+                  </pic:spPr>
+                </pic:pic>
+              </a:graphicData>
+            </a:graphic>
+            <wp14:sizeRelH relativeFrom="margin">
+              <wp14:pctWidth>0</wp14:pctWidth>
+            </wp14:sizeRelH>
+            <wp14:sizeRelV relativeFrom="margin">
+              <wp14:pctHeight>0</wp14:pctHeight>
+            </wp14:sizeRelV>
+          </wp:anchor>
+        </w:drawing>
+      </w:r>
+      <w:r w:rsidRPr="00453C1D">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">4. </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">  </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00453C1D">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">                                                                                  </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>5.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00453C1D">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">     </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">                      </w:t>
+      </w:r>
+      <w:r>
+        <w:br w:type="page"/>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0DE4CA16" w14:textId="77777777" w:rsidR="00F46965" w:rsidRDefault="00F46965" w:rsidP="00F46965">
+      <w:pPr>
+        <w:pStyle w:val="Rubrik2"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="6" w:name="_Toc175127248"/>
+      <w:r>
+        <w:lastRenderedPageBreak/>
         <w:t>Dokumentinformation</w:t>
       </w:r>
       <w:bookmarkEnd w:id="6"/>
     </w:p>
-    <w:p w:rsidR="00F46965" w:rsidP="00F46965" w:rsidRDefault="00F46965" w14:paraId="1D295555" w14:textId="77777777">
-[...1 lines deleted...]
-        <w:pStyle w:val="ListBullet"/>
+    <w:p w14:paraId="1D295555" w14:textId="77777777" w:rsidR="00F46965" w:rsidRDefault="00F46965" w:rsidP="00F46965">
+      <w:pPr>
+        <w:pStyle w:val="Punktlista"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="0"/>
         </w:numPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="1349" w:hanging="357"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>För innehållet svarar</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00F46965" w:rsidP="00F46965" w:rsidRDefault="00F46965" w14:paraId="55BB5F37" w14:textId="77777777">
-[...1 lines deleted...]
-        <w:pStyle w:val="ListBullet"/>
+    <w:p w14:paraId="55BB5F37" w14:textId="77777777" w:rsidR="00F46965" w:rsidRDefault="00F46965" w:rsidP="00F46965">
+      <w:pPr>
+        <w:pStyle w:val="Punktlista"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="0"/>
         </w:numPr>
         <w:ind w:left="1349" w:hanging="357"/>
       </w:pPr>
       <w:r>
-        <w:t>Steffen Strube, överläkare, anestesikliniken, SÄS</w:t>
+        <w:t xml:space="preserve">Steffen </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>Strube</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t>, överläkare, anestesikliniken, SÄS</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00F46965" w:rsidP="00F46965" w:rsidRDefault="00F46965" w14:paraId="1040A9CF" w14:textId="77777777">
-[...1 lines deleted...]
-        <w:pStyle w:val="ListBullet"/>
+    <w:p w14:paraId="1040A9CF" w14:textId="77777777" w:rsidR="00F46965" w:rsidRDefault="00F46965" w:rsidP="00F46965">
+      <w:pPr>
+        <w:pStyle w:val="Punktlista"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="0"/>
         </w:numPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="1349" w:hanging="357"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>Remissinstanser</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00F46965" w:rsidP="00870AEE" w:rsidRDefault="00F46965" w14:paraId="1BBF2219" w14:textId="40561A58">
+    <w:p w14:paraId="1BBF2219" w14:textId="40561A58" w:rsidR="00F46965" w:rsidRDefault="00F46965" w:rsidP="00870AEE">
       <w:r>
         <w:t>Åsa Nihlén, överläkare, ÖNH</w:t>
       </w:r>
       <w:r w:rsidR="00870AEE">
         <w:br/>
       </w:r>
-      <w:r w:rsidRPr="00870AEE" w:rsidR="00870AEE">
+      <w:r w:rsidR="00870AEE" w:rsidRPr="00870AEE">
         <w:t>Pia Eriksson</w:t>
       </w:r>
       <w:r w:rsidR="00870AEE">
         <w:t>, a</w:t>
       </w:r>
-      <w:r w:rsidRPr="00870AEE" w:rsidR="00870AEE">
+      <w:r w:rsidR="00870AEE" w:rsidRPr="00870AEE">
         <w:t>nestesisjuksköterska</w:t>
       </w:r>
       <w:r w:rsidR="00870AEE">
         <w:t>,</w:t>
       </w:r>
-      <w:r w:rsidRPr="00870AEE" w:rsidR="00870AEE">
+      <w:r w:rsidR="00870AEE" w:rsidRPr="00870AEE">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="00870AEE" w:rsidR="00870AEE">
+      <w:r w:rsidR="00870AEE" w:rsidRPr="00870AEE">
         <w:t>Op</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="00870AEE" w:rsidR="00870AEE">
+      <w:r w:rsidR="00870AEE" w:rsidRPr="00870AEE">
         <w:t xml:space="preserve"> 1</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00F46965" w:rsidP="00F46965" w:rsidRDefault="00F46965" w14:paraId="0E8BDFE5" w14:textId="77777777">
-[...1 lines deleted...]
-        <w:pStyle w:val="ListBullet"/>
+    <w:p w14:paraId="0E8BDFE5" w14:textId="77777777" w:rsidR="00F46965" w:rsidRDefault="00F46965" w:rsidP="00F46965">
+      <w:pPr>
+        <w:pStyle w:val="Punktlista"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="0"/>
         </w:numPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="1349" w:hanging="357"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>Fastställt av</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00F46965" w:rsidP="00F46965" w:rsidRDefault="00F46965" w14:paraId="2718FA42" w14:textId="72BF3877">
-[...1 lines deleted...]
-        <w:pStyle w:val="ListBullet"/>
+    <w:p w14:paraId="2718FA42" w14:textId="72BF3877" w:rsidR="00F46965" w:rsidRDefault="00F46965" w:rsidP="00F46965">
+      <w:pPr>
+        <w:pStyle w:val="Punktlista"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="0"/>
         </w:numPr>
         <w:ind w:left="1349" w:hanging="357"/>
       </w:pPr>
-      <w:r w:rsidR="00F46965">
-        <w:rPr/>
+      <w:r>
         <w:t>J</w:t>
       </w:r>
       <w:r w:rsidR="5033934F">
-        <w:rPr/>
         <w:t>erker Nilson</w:t>
       </w:r>
-      <w:r w:rsidR="00F46965">
-        <w:rPr/>
+      <w:r>
         <w:t>, chefläkare, SÄS</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00F46965" w:rsidP="00F46965" w:rsidRDefault="00F46965" w14:paraId="044573F2" w14:textId="77777777">
-[...1 lines deleted...]
-        <w:pStyle w:val="ListBullet"/>
+    <w:p w14:paraId="044573F2" w14:textId="77777777" w:rsidR="00F46965" w:rsidRDefault="00F46965" w:rsidP="00F46965">
+      <w:pPr>
+        <w:pStyle w:val="Punktlista"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="0"/>
         </w:numPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="1349" w:hanging="357"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>Nyckelord</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidRPr="00F46965" w:rsidR="00BE2F1C" w:rsidP="00F46965" w:rsidRDefault="00F46965" w14:paraId="016F5E51" w14:textId="2D9D8050">
+    <w:p w14:paraId="016F5E51" w14:textId="2D9D8050" w:rsidR="00BE2F1C" w:rsidRPr="00F46965" w:rsidRDefault="00F46965" w:rsidP="00F46965">
       <w:r>
         <w:t xml:space="preserve">Bronkoskopi, huvud-/halstumör, cancer, tumörer, abscesser, varbölder, bölder, </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:t>angioödem</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r>
         <w:t>, strålningsskador, nackstelhet, svullnader i huden, bronkoskopledd intubation</w:t>
       </w:r>
     </w:p>
-    <w:sectPr w:rsidRPr="00F46965" w:rsidR="00BE2F1C" w:rsidSect="00B96AFF">
-[...4 lines deleted...]
-      <w:footerReference w:type="first" r:id="rId16"/>
+    <w:sectPr w:rsidR="00BE2F1C" w:rsidRPr="00F46965" w:rsidSect="00B96AFF">
+      <w:headerReference w:type="default" r:id="rId17"/>
+      <w:footerReference w:type="even" r:id="rId18"/>
+      <w:footerReference w:type="default" r:id="rId19"/>
+      <w:headerReference w:type="first" r:id="rId20"/>
+      <w:footerReference w:type="first" r:id="rId21"/>
       <w:type w:val="continuous"/>
-      <w:pgSz w:w="11900" w:h="16840" w:orient="portrait"/>
+      <w:pgSz w:w="11900" w:h="16840"/>
       <w:pgMar w:top="1418" w:right="1979" w:bottom="1276" w:left="992" w:header="284" w:footer="737" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:noEndnote/>
       <w:titlePg/>
       <w:docGrid w:linePitch="326"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w:rsidR="0060599D" w:rsidRDefault="0060599D" w14:paraId="57B78775" w14:textId="77777777">
+    <w:p w14:paraId="57B78775" w14:textId="77777777" w:rsidR="0060599D" w:rsidRDefault="0060599D">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w:rsidR="0060599D" w:rsidRDefault="0060599D" w14:paraId="0DCCE225" w14:textId="77777777">
+    <w:p w14:paraId="0DCCE225" w14:textId="77777777" w:rsidR="0060599D" w:rsidRDefault="0060599D">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationNotice" w:id="1">
-    <w:p w:rsidR="0060599D" w:rsidRDefault="0060599D" w14:paraId="5DFDF28F" w14:textId="77777777">
+    <w:p w14:paraId="5DFDF28F" w14:textId="77777777" w:rsidR="0060599D" w:rsidRDefault="0060599D">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier">
     <w:panose1 w:val="02070409020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="00000003" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="MS Gothic">
     <w:altName w:val="ＭＳ ゴシック"/>
     <w:panose1 w:val="020B0609070205080204"/>
     <w:charset w:val="80"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E00002FF" w:usb1="6AC7FDFB" w:usb2="08000012" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="MinionPro-Regular">
     <w:altName w:val="Calibri"/>
     <w:panose1 w:val="00000000000000000000"/>
     <w:charset w:val="4D"/>
     <w:family w:val="auto"/>
     <w:notTrueType/>
     <w:pitch w:val="default"/>
     <w:sig w:usb0="00000003" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Lucida Grande">
     <w:altName w:val="Times New Roman"/>
     <w:charset w:val="00"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E1000AEF" w:usb1="5000A1FF" w:usb2="00000000" w:usb3="00000000" w:csb0="000001BF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="MS Mincho">
     <w:altName w:val="ＭＳ 明朝"/>
     <w:panose1 w:val="02020609040205080304"/>
     <w:charset w:val="80"/>
-    <w:family w:val="roman"/>
+    <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
-    <w:sig w:usb0="00000001" w:usb1="08070000" w:usb2="00000010" w:usb3="00000000" w:csb0="00020000" w:csb1="00000000"/>
+    <w:sig w:usb0="E00002FF" w:usb1="6AC7FDFB" w:usb2="08000012" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
-  <w:p w:rsidR="00660269" w:rsidP="00C43BDD" w:rsidRDefault="00660269" w14:paraId="1FE2B820" w14:textId="77777777">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="1FE2B820" w14:textId="77777777" w:rsidR="00660269" w:rsidRDefault="00660269" w:rsidP="00C43BDD">
     <w:pPr>
-      <w:pStyle w:val="Footer"/>
-[...2 lines deleted...]
-        <w:rStyle w:val="PageNumber"/>
+      <w:pStyle w:val="Sidfot"/>
+      <w:framePr w:wrap="around" w:vAnchor="text" w:hAnchor="margin" w:y="1"/>
+      <w:rPr>
+        <w:rStyle w:val="Sidnummer"/>
       </w:rPr>
     </w:pPr>
     <w:r>
       <w:rPr>
-        <w:rStyle w:val="PageNumber"/>
+        <w:rStyle w:val="Sidnummer"/>
       </w:rPr>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:rPr>
-        <w:rStyle w:val="PageNumber"/>
+        <w:rStyle w:val="Sidnummer"/>
       </w:rPr>
       <w:instrText xml:space="preserve">PAGE  </w:instrText>
     </w:r>
     <w:r>
       <w:rPr>
-        <w:rStyle w:val="PageNumber"/>
+        <w:rStyle w:val="Sidnummer"/>
       </w:rPr>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
-  <w:p w:rsidR="00660269" w:rsidP="00C43BDD" w:rsidRDefault="00660269" w14:paraId="1FE2B821" w14:textId="77777777">
+  <w:p w14:paraId="1FE2B821" w14:textId="77777777" w:rsidR="00660269" w:rsidRDefault="00660269" w:rsidP="00C43BDD">
     <w:pPr>
-      <w:pStyle w:val="Footer"/>
+      <w:pStyle w:val="Sidfot"/>
       <w:ind w:firstLine="360"/>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footer2.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:sdt>
     <w:sdtPr>
       <w:id w:val="-2070031421"/>
       <w:docPartObj>
         <w:docPartGallery w:val="Page Numbers (Bottom of Page)"/>
         <w:docPartUnique/>
       </w:docPartObj>
     </w:sdtPr>
     <w:sdtEndPr>
       <w:rPr>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
     </w:sdtEndPr>
     <w:sdtContent>
-      <w:p w:rsidRPr="00EC0A68" w:rsidR="00C50EE5" w:rsidP="00EC0A68" w:rsidRDefault="00A65FD4" w14:paraId="47BD2091" w14:textId="202AFF24">
+      <w:p w14:paraId="47BD2091" w14:textId="202AFF24" w:rsidR="00C50EE5" w:rsidRPr="00EC0A68" w:rsidRDefault="00A65FD4" w:rsidP="00EC0A68">
         <w:pPr>
-          <w:pStyle w:val="Footer"/>
+          <w:pStyle w:val="Sidfot"/>
           <w:rPr>
             <w:sz w:val="16"/>
             <w:szCs w:val="16"/>
           </w:rPr>
         </w:pPr>
         <w:r w:rsidRPr="00EC0A68">
           <w:rPr>
             <w:sz w:val="16"/>
             <w:szCs w:val="16"/>
           </w:rPr>
           <w:t xml:space="preserve"> </w:t>
         </w:r>
-        <w:r w:rsidRPr="00EC0A68" w:rsidR="00EC0A68">
+        <w:r w:rsidR="00EC0A68" w:rsidRPr="00EC0A68">
           <w:rPr>
             <w:sz w:val="16"/>
             <w:szCs w:val="16"/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
-        <w:r w:rsidRPr="00EC0A68" w:rsidR="00EC0A68">
+        <w:r w:rsidR="00EC0A68" w:rsidRPr="00EC0A68">
           <w:rPr>
             <w:sz w:val="16"/>
             <w:szCs w:val="16"/>
           </w:rPr>
           <w:instrText>PAGE   \* MERGEFORMAT</w:instrText>
         </w:r>
-        <w:r w:rsidRPr="00EC0A68" w:rsidR="00EC0A68">
+        <w:r w:rsidR="00EC0A68" w:rsidRPr="00EC0A68">
           <w:rPr>
             <w:sz w:val="16"/>
             <w:szCs w:val="16"/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
-        <w:r w:rsidRPr="00EC0A68" w:rsidR="00EC0A68">
+        <w:r w:rsidR="00EC0A68" w:rsidRPr="00EC0A68">
           <w:rPr>
             <w:sz w:val="16"/>
             <w:szCs w:val="16"/>
           </w:rPr>
           <w:t>2</w:t>
         </w:r>
-        <w:r w:rsidRPr="00EC0A68" w:rsidR="00EC0A68">
+        <w:r w:rsidR="00EC0A68" w:rsidRPr="00EC0A68">
           <w:rPr>
             <w:sz w:val="16"/>
             <w:szCs w:val="16"/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:p>
     </w:sdtContent>
   </w:sdt>
 </w:ftr>
 </file>
 
 <file path=word/footer3.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
-  <w:p w:rsidR="00660269" w:rsidP="00FB2F0F" w:rsidRDefault="009228AB" w14:paraId="1FE2B822" w14:textId="76DF6159">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="1FE2B822" w14:textId="76DF6159" w:rsidR="00660269" w:rsidRDefault="009228AB" w:rsidP="00FB2F0F">
     <w:pPr>
-      <w:pStyle w:val="Footer"/>
+      <w:pStyle w:val="Sidfot"/>
       <w:ind w:left="6237" w:hanging="141"/>
       <w:jc w:val="left"/>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:noProof/>
       </w:rPr>
       <w:drawing>
         <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658240" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="1FE2B825" wp14:editId="25147E04">
           <wp:simplePos x="0" y="0"/>
           <wp:positionH relativeFrom="column">
             <wp:posOffset>4388307</wp:posOffset>
           </wp:positionH>
           <wp:positionV relativeFrom="paragraph">
             <wp:posOffset>-27355</wp:posOffset>
           </wp:positionV>
           <wp:extent cx="1897920" cy="384860"/>
           <wp:effectExtent l="0" t="0" r="7620" b="0"/>
           <wp:wrapNone/>
           <wp:docPr id="12" name="Bildobjekt 12">
             <a:extLst xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:ext uri="{C183D7F6-B498-43B3-948B-1728B52AA6E4}">
                 <adec:decorative xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" val="1"/>
               </a:ext>
             </a:extLst>
@@ -1567,317 +2212,317 @@
                   <a:xfrm>
                     <a:off x="0" y="0"/>
                     <a:ext cx="1953671" cy="396165"/>
                   </a:xfrm>
                   <a:prstGeom prst="rect">
                     <a:avLst/>
                   </a:prstGeom>
                 </pic:spPr>
               </pic:pic>
             </a:graphicData>
           </a:graphic>
           <wp14:sizeRelH relativeFrom="margin">
             <wp14:pctWidth>0</wp14:pctWidth>
           </wp14:sizeRelH>
           <wp14:sizeRelV relativeFrom="margin">
             <wp14:pctHeight>0</wp14:pctHeight>
           </wp14:sizeRelV>
         </wp:anchor>
       </w:drawing>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w:rsidR="0060599D" w:rsidRDefault="0060599D" w14:paraId="216DF535" w14:textId="77777777"/>
+    <w:p w14:paraId="216DF535" w14:textId="77777777" w:rsidR="0060599D" w:rsidRDefault="0060599D"/>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w:rsidR="0060599D" w:rsidRDefault="0060599D" w14:paraId="3EF991C6" w14:textId="77777777">
+    <w:p w14:paraId="3EF991C6" w14:textId="77777777" w:rsidR="0060599D" w:rsidRDefault="0060599D">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationNotice" w:id="1">
-    <w:p w:rsidR="0060599D" w:rsidRDefault="0060599D" w14:paraId="2724663A" w14:textId="77777777">
+    <w:p w14:paraId="2724663A" w14:textId="77777777" w:rsidR="0060599D" w:rsidRDefault="0060599D">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
-  <w:p w:rsidRPr="00DA65C4" w:rsidR="00294791" w:rsidP="00DA65C4" w:rsidRDefault="00DA65C4" w14:paraId="68F18EE5" w14:textId="39C06E14">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="68F18EE5" w14:textId="39C06E14" w:rsidR="00294791" w:rsidRPr="00DA65C4" w:rsidRDefault="00DA65C4" w:rsidP="00DA65C4">
     <w:pPr>
-      <w:pStyle w:val="Header"/>
+      <w:pStyle w:val="Sidhuvud"/>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:noProof/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
       <mc:AlternateContent>
         <mc:Choice Requires="wps">
           <w:drawing>
             <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658243" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="264BC60A" wp14:editId="43F94021">
               <wp:simplePos x="0" y="0"/>
               <wp:positionH relativeFrom="column">
                 <wp:posOffset>0</wp:posOffset>
               </wp:positionH>
               <wp:positionV relativeFrom="paragraph">
                 <wp:posOffset>-635</wp:posOffset>
               </wp:positionV>
               <wp:extent cx="4667250" cy="323850"/>
               <wp:effectExtent l="0" t="0" r="0" b="0"/>
               <wp:wrapNone/>
               <wp:docPr id="10" name="Textruta 10"/>
               <wp:cNvGraphicFramePr/>
               <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                 <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                   <wps:wsp>
                     <wps:cNvSpPr txBox="1"/>
                     <wps:spPr>
                       <a:xfrm>
                         <a:off x="0" y="0"/>
                         <a:ext cx="4667250" cy="323850"/>
                       </a:xfrm>
                       <a:prstGeom prst="rect">
                         <a:avLst/>
                       </a:prstGeom>
                       <a:noFill/>
                       <a:ln w="6350">
                         <a:noFill/>
                       </a:ln>
                     </wps:spPr>
                     <wps:txbx>
                       <w:txbxContent>
-                        <w:p w:rsidR="00DA65C4" w:rsidP="00DA65C4" w:rsidRDefault="00DA65C4" w14:paraId="70464969" w14:textId="1B285E8B">
+                        <w:p w14:paraId="70464969" w14:textId="1B285E8B" w:rsidR="00DA65C4" w:rsidRDefault="00DA65C4" w:rsidP="00DA65C4">
                           <w:pPr>
                             <w:ind w:left="0"/>
                           </w:pPr>
                           <w:r w:rsidRPr="00762EE0">
                             <w:rPr>
                               <w:sz w:val="20"/>
                               <w:szCs w:val="20"/>
                             </w:rPr>
                             <w:t>OBS! Utskriven version kan vara ogiltig. Verifiera innehållet</w:t>
                           </w:r>
                           <w:r w:rsidR="00367D19">
                             <w:rPr>
                               <w:sz w:val="20"/>
                               <w:szCs w:val="20"/>
                             </w:rPr>
                             <w:t>.</w:t>
                           </w:r>
                         </w:p>
                       </w:txbxContent>
                     </wps:txbx>
                     <wps:bodyPr rot="0" spcFirstLastPara="0" vertOverflow="overflow" horzOverflow="overflow" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" numCol="1" spcCol="0" rtlCol="0" fromWordArt="0" anchor="t" anchorCtr="0" forceAA="0" compatLnSpc="1">
                       <a:prstTxWarp prst="textNoShape">
                         <a:avLst/>
                       </a:prstTxWarp>
                       <a:noAutofit/>
                     </wps:bodyPr>
                   </wps:wsp>
                 </a:graphicData>
               </a:graphic>
               <wp14:sizeRelH relativeFrom="margin">
                 <wp14:pctWidth>0</wp14:pctWidth>
               </wp14:sizeRelH>
             </wp:anchor>
           </w:drawing>
         </mc:Choice>
         <mc:Fallback>
           <w:pict>
-            <v:shapetype id="_x0000_t202" coordsize="21600,21600" o:spt="202" path="m,l,21600r21600,l21600,xe" w14:anchorId="264BC60A">
+            <v:shapetype w14:anchorId="264BC60A" id="_x0000_t202" coordsize="21600,21600" o:spt="202" path="m,l,21600r21600,l21600,xe">
               <v:stroke joinstyle="miter"/>
               <v:path gradientshapeok="t" o:connecttype="rect"/>
             </v:shapetype>
-            <v:shape id="Textruta 10" style="position:absolute;left:0;text-align:left;margin-left:0;margin-top:-.05pt;width:367.5pt;height:25.5pt;z-index:251658243;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-width-relative:margin;v-text-anchor:top" o:spid="_x0000_s1026" filled="f" stroked="f" strokeweight=".5pt" type="#_x0000_t202" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQCzkv6OFQIAACwEAAAOAAAAZHJzL2Uyb0RvYy54bWysU01v2zAMvQ/YfxB0X5yvpp0Rp8haZBgQ&#10;tAXSoWdFlmIDkqhJSuzs14+SnY91Ow27yKRIP5LvUfP7VityEM7XYAo6GgwpEYZDWZtdQb+/rj7d&#10;UeIDMyVTYERBj8LT+8XHD/PG5mIMFahSOIIgxueNLWgVgs2zzPNKaOYHYIXBoASnWUDX7bLSsQbR&#10;tcrGw+Esa8CV1gEX3uPtYxeki4QvpeDhWUovAlEFxd5COl06t/HMFnOW7xyzVc37Ntg/dKFZbbDo&#10;GeqRBUb2rv4DStfcgQcZBhx0BlLWXKQZcJrR8N00m4pZkWZBcrw90+T/Hyx/OmzsiyOh/QItChgJ&#10;aazPPV7GeVrpdPxipwTjSOHxTJtoA+F4OZ3Nbsc3GOIYm4wnd2gjTHb52zofvgrQJBoFdShLYosd&#10;1j50qaeUWMzAqlYqSaMMaQo6myDkbxEEVwZrXHqNVmi3bT/AFsojzuWgk9xbvqqx+Jr58MIcaoz9&#10;4t6GZzykAiwCvUVJBe7n3+5jPlKPUUoa3JmC+h975gQl6ptBUT6PptO4ZMmZ3tyO0XHXke11xOz1&#10;A+BajvCFWJ7MmB/UyZQO9Buu9zJWxRAzHGsXNJzMh9BtMj4PLpbLlIRrZVlYm43lETqSFql9bd+Y&#10;sz3/AZV7gtN2sfydDF1uR/dyH0DWSaNIcMdqzzuuZFK5fz5x56/9lHV55ItfAAAA//8DAFBLAwQU&#10;AAYACAAAACEAJkWNkN0AAAAFAQAADwAAAGRycy9kb3ducmV2LnhtbEyPQU/CQBSE7yb+h80z8QZb&#10;MFUofSWkCTExegC5eNt2l7Zx923tLlD99T5PeJzMZOabfD06K85mCJ0nhNk0AWGo9rqjBuHwvp0s&#10;QISoSCvrySB8mwDr4vYmV5n2F9qZ8z42gksoZAqhjbHPpAx1a5wKU98bYu/oB6ciy6GRelAXLndW&#10;zpPkUTrVES+0qjdla+rP/ckhvJTbN7Wr5m7xY8vn1+Om/zp8pIj3d+NmBSKaMV7D8IfP6FAwU+VP&#10;pIOwCHwkIkxmINh8ekhZVwhpsgRZ5PI/ffELAAD//wMAUEsBAi0AFAAGAAgAAAAhALaDOJL+AAAA&#10;4QEAABMAAAAAAAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEA&#10;OP0h/9YAAACUAQAACwAAAAAAAAAAAAAAAAAvAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEA&#10;s5L+jhUCAAAsBAAADgAAAAAAAAAAAAAAAAAuAgAAZHJzL2Uyb0RvYy54bWxQSwECLQAUAAYACAAA&#10;ACEAJkWNkN0AAAAFAQAADwAAAAAAAAAAAAAAAABvBAAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAAE&#10;AAQA8wAAAHkFAAAAAA==&#10;">
+            <v:shape id="Textruta 10" o:spid="_x0000_s1026" type="#_x0000_t202" style="position:absolute;left:0;text-align:left;margin-left:0;margin-top:-.05pt;width:367.5pt;height:25.5pt;z-index:251658243;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-width-relative:margin;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQCzkv6OFQIAACwEAAAOAAAAZHJzL2Uyb0RvYy54bWysU01v2zAMvQ/YfxB0X5yvpp0Rp8haZBgQ&#10;tAXSoWdFlmIDkqhJSuzs14+SnY91Ow27yKRIP5LvUfP7VityEM7XYAo6GgwpEYZDWZtdQb+/rj7d&#10;UeIDMyVTYERBj8LT+8XHD/PG5mIMFahSOIIgxueNLWgVgs2zzPNKaOYHYIXBoASnWUDX7bLSsQbR&#10;tcrGw+Esa8CV1gEX3uPtYxeki4QvpeDhWUovAlEFxd5COl06t/HMFnOW7xyzVc37Ntg/dKFZbbDo&#10;GeqRBUb2rv4DStfcgQcZBhx0BlLWXKQZcJrR8N00m4pZkWZBcrw90+T/Hyx/OmzsiyOh/QItChgJ&#10;aazPPV7GeVrpdPxipwTjSOHxTJtoA+F4OZ3Nbsc3GOIYm4wnd2gjTHb52zofvgrQJBoFdShLYosd&#10;1j50qaeUWMzAqlYqSaMMaQo6myDkbxEEVwZrXHqNVmi3bT/AFsojzuWgk9xbvqqx+Jr58MIcaoz9&#10;4t6GZzykAiwCvUVJBe7n3+5jPlKPUUoa3JmC+h975gQl6ptBUT6PptO4ZMmZ3tyO0XHXke11xOz1&#10;A+BajvCFWJ7MmB/UyZQO9Buu9zJWxRAzHGsXNJzMh9BtMj4PLpbLlIRrZVlYm43lETqSFql9bd+Y&#10;sz3/AZV7gtN2sfydDF1uR/dyH0DWSaNIcMdqzzuuZFK5fz5x56/9lHV55ItfAAAA//8DAFBLAwQU&#10;AAYACAAAACEAJkWNkN0AAAAFAQAADwAAAGRycy9kb3ducmV2LnhtbEyPQU/CQBSE7yb+h80z8QZb&#10;MFUofSWkCTExegC5eNt2l7Zx923tLlD99T5PeJzMZOabfD06K85mCJ0nhNk0AWGo9rqjBuHwvp0s&#10;QISoSCvrySB8mwDr4vYmV5n2F9qZ8z42gksoZAqhjbHPpAx1a5wKU98bYu/oB6ciy6GRelAXLndW&#10;zpPkUTrVES+0qjdla+rP/ckhvJTbN7Wr5m7xY8vn1+Om/zp8pIj3d+NmBSKaMV7D8IfP6FAwU+VP&#10;pIOwCHwkIkxmINh8ekhZVwhpsgRZ5PI/ffELAAD//wMAUEsBAi0AFAAGAAgAAAAhALaDOJL+AAAA&#10;4QEAABMAAAAAAAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEA&#10;OP0h/9YAAACUAQAACwAAAAAAAAAAAAAAAAAvAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEA&#10;s5L+jhUCAAAsBAAADgAAAAAAAAAAAAAAAAAuAgAAZHJzL2Uyb0RvYy54bWxQSwECLQAUAAYACAAA&#10;ACEAJkWNkN0AAAAFAQAADwAAAAAAAAAAAAAAAABvBAAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAAE&#10;AAQA8wAAAHkFAAAAAA==&#10;" filled="f" stroked="f" strokeweight=".5pt">
               <v:textbox>
                 <w:txbxContent>
-                  <w:p w:rsidR="00DA65C4" w:rsidP="00DA65C4" w:rsidRDefault="00DA65C4" w14:paraId="70464969" w14:textId="1B285E8B">
+                  <w:p w14:paraId="70464969" w14:textId="1B285E8B" w:rsidR="00DA65C4" w:rsidRDefault="00DA65C4" w:rsidP="00DA65C4">
                     <w:pPr>
                       <w:ind w:left="0"/>
                     </w:pPr>
                     <w:r w:rsidRPr="00762EE0">
                       <w:rPr>
                         <w:sz w:val="20"/>
                         <w:szCs w:val="20"/>
                       </w:rPr>
                       <w:t>OBS! Utskriven version kan vara ogiltig. Verifiera innehållet</w:t>
                     </w:r>
                     <w:r w:rsidR="00367D19">
                       <w:rPr>
                         <w:sz w:val="20"/>
                         <w:szCs w:val="20"/>
                       </w:rPr>
                       <w:t>.</w:t>
                     </w:r>
                   </w:p>
                 </w:txbxContent>
               </v:textbox>
             </v:shape>
           </w:pict>
         </mc:Fallback>
       </mc:AlternateContent>
     </w:r>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/header2.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
-  <w:p w:rsidR="008A4EB9" w:rsidP="00413A60" w:rsidRDefault="00F46965" w14:paraId="058CDD4D" w14:textId="522A2FFE">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="058CDD4D" w14:textId="522A2FFE" w:rsidR="008A4EB9" w:rsidRDefault="00F46965" w:rsidP="00413A60">
     <w:pPr>
-      <w:pStyle w:val="Header"/>
+      <w:pStyle w:val="Sidhuvud"/>
       <w:ind w:left="0" w:right="567"/>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:noProof/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
       <mc:AlternateContent>
         <mc:Choice Requires="wps">
           <w:drawing>
             <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658242" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="5B7982AB" wp14:editId="489C8FDA">
               <wp:simplePos x="0" y="0"/>
               <wp:positionH relativeFrom="column">
                 <wp:posOffset>-169545</wp:posOffset>
               </wp:positionH>
               <wp:positionV relativeFrom="paragraph">
                 <wp:posOffset>-70815</wp:posOffset>
               </wp:positionV>
               <wp:extent cx="4669155" cy="262890"/>
               <wp:effectExtent l="0" t="0" r="0" b="3810"/>
               <wp:wrapTopAndBottom/>
               <wp:docPr id="6" name="Textruta 6"/>
               <wp:cNvGraphicFramePr/>
               <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                 <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                   <wps:wsp>
                     <wps:cNvSpPr txBox="1"/>
                     <wps:spPr>
                       <a:xfrm>
                         <a:off x="0" y="0"/>
                         <a:ext cx="4669155" cy="262890"/>
                       </a:xfrm>
                       <a:prstGeom prst="rect">
                         <a:avLst/>
                       </a:prstGeom>
                       <a:noFill/>
                       <a:ln w="6350">
                         <a:noFill/>
                       </a:ln>
                     </wps:spPr>
                     <wps:txbx>
                       <w:txbxContent>
-                        <w:p w:rsidR="00413A60" w:rsidRDefault="00413A60" w14:paraId="72D45401" w14:textId="0A2CCBAA">
+                        <w:p w14:paraId="72D45401" w14:textId="0A2CCBAA" w:rsidR="00413A60" w:rsidRDefault="00413A60">
                           <w:pPr>
                             <w:ind w:left="0"/>
                           </w:pPr>
                           <w:r w:rsidRPr="00762EE0">
                             <w:rPr>
                               <w:sz w:val="20"/>
                               <w:szCs w:val="20"/>
                             </w:rPr>
                             <w:t>OBS! Utskriven version kan vara ogiltig. Verifiera innehållet</w:t>
                           </w:r>
                           <w:r w:rsidR="00367D19">
                             <w:rPr>
                               <w:sz w:val="20"/>
                               <w:szCs w:val="20"/>
                             </w:rPr>
                             <w:t>.</w:t>
                           </w:r>
                         </w:p>
                       </w:txbxContent>
                     </wps:txbx>
                     <wps:bodyPr rot="0" spcFirstLastPara="0" vertOverflow="overflow" horzOverflow="overflow" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" numCol="1" spcCol="0" rtlCol="0" fromWordArt="0" anchor="t" anchorCtr="0" forceAA="0" compatLnSpc="1">
                       <a:prstTxWarp prst="textNoShape">
                         <a:avLst/>
                       </a:prstTxWarp>
                       <a:noAutofit/>
                     </wps:bodyPr>
                   </wps:wsp>
                 </a:graphicData>
               </a:graphic>
               <wp14:sizeRelH relativeFrom="margin">
                 <wp14:pctWidth>0</wp14:pctWidth>
               </wp14:sizeRelH>
               <wp14:sizeRelV relativeFrom="margin">
                 <wp14:pctHeight>0</wp14:pctHeight>
               </wp14:sizeRelV>
             </wp:anchor>
           </w:drawing>
         </mc:Choice>
         <mc:Fallback>
           <w:pict>
-            <v:shapetype id="_x0000_t202" coordsize="21600,21600" o:spt="202" path="m,l,21600r21600,l21600,xe" w14:anchorId="5B7982AB">
+            <v:shapetype w14:anchorId="5B7982AB" id="_x0000_t202" coordsize="21600,21600" o:spt="202" path="m,l,21600r21600,l21600,xe">
               <v:stroke joinstyle="miter"/>
               <v:path gradientshapeok="t" o:connecttype="rect"/>
             </v:shapetype>
-            <v:shape id="Textruta 6" style="position:absolute;margin-left:-13.35pt;margin-top:-5.6pt;width:367.65pt;height:20.7pt;z-index:251658242;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:margin;mso-height-relative:margin;v-text-anchor:top" o:spid="_x0000_s1027" filled="f" stroked="f" strokeweight=".5pt" type="#_x0000_t202" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQA8mmz3GgIAADMEAAAOAAAAZHJzL2Uyb0RvYy54bWysU02P2yAQvVfqf0DcGztpkm6sOKt0V6kq&#10;RbsrZas9EwwxEmYokNjpr++A86VtT1UvMDDDfLz3mN93jSYH4bwCU9LhIKdEGA6VMruS/nhdfbqj&#10;xAdmKqbBiJIehaf3i48f5q0txAhq0JVwBJMYX7S2pHUItsgyz2vRMD8AKww6JbiGBTy6XVY51mL2&#10;RmejPJ9mLbjKOuDCe7x97J10kfJLKXh4ltKLQHRJsbeQVpfWbVyzxZwVO8dsrfipDfYPXTRMGSx6&#10;SfXIAiN7p/5I1SjuwIMMAw5NBlIqLtIMOM0wfzfNpmZWpFkQHG8vMPn/l5Y/HTb2xZHQfYUOCYyA&#10;tNYXHi/jPJ10TdyxU4J+hPB4gU10gXC8HE+ns+FkQglH32g6upslXLPra+t8+CagIdEoqUNaElrs&#10;sPYBK2LoOSQWM7BSWidqtCFtSaefJ3l6cPHgC23w4bXXaIVu2xFV3cyxheqI4znomfeWrxT2sGY+&#10;vDCHVONEKN/wjIvUgLXgZFFSg/v1t/sYjwygl5IWpVNS/3PPnKBEfzfIzWw4HketpcN48mWEB3fr&#10;2d56zL55AFTnED+K5cmM8UGfTemgeUOVL2NVdDHDsXZJw9l8CL2g8ZdwsVymIFSXZWFtNpbH1BHV&#10;iPBr98acPdEQkMAnOIuMFe/Y6GN7Ppb7AFIlqiLOPaon+FGZicHTL4rSvz2nqOtfX/wGAAD//wMA&#10;UEsDBBQABgAIAAAAIQBA6Atp4gAAAAoBAAAPAAAAZHJzL2Rvd25yZXYueG1sTI9NS8NAEIbvgv9h&#10;GcFbu5uIaYjZlBIoguihtRdvk+w2Ce5HzG7b6K93PNnbDPPwzvOW69kadtZTGLyTkCwFMO1arwbX&#10;STi8bxc5sBDRKTTeaQnfOsC6ur0psVD+4nb6vI8doxAXCpTQxzgWnIe21xbD0o/a0e3oJ4uR1qnj&#10;asILhVvDUyEybnFw9KHHUde9bj/3Jyvhpd6+4a5Jbf5j6ufX42b8Onw8Snl/N2+egEU9x38Y/vRJ&#10;HSpyavzJqcCMhEWarQilIUlSYESsRJ4BayQ8iBR4VfLrCtUvAAAA//8DAFBLAQItABQABgAIAAAA&#10;IQC2gziS/gAAAOEBAAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0A&#10;FAAGAAgAAAAhADj9If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAALwEAAF9yZWxzLy5yZWxzUEsBAi0A&#10;FAAGAAgAAAAhADyabPcaAgAAMwQAAA4AAAAAAAAAAAAAAAAALgIAAGRycy9lMm9Eb2MueG1sUEsB&#10;Ai0AFAAGAAgAAAAhAEDoC2niAAAACgEAAA8AAAAAAAAAAAAAAAAAdAQAAGRycy9kb3ducmV2Lnht&#10;bFBLBQYAAAAABAAEAPMAAACDBQAAAAA=&#10;">
+            <v:shape id="Textruta 6" o:spid="_x0000_s1027" type="#_x0000_t202" style="position:absolute;margin-left:-13.35pt;margin-top:-5.6pt;width:367.65pt;height:20.7pt;z-index:251658242;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:margin;mso-height-relative:margin;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQA8mmz3GgIAADMEAAAOAAAAZHJzL2Uyb0RvYy54bWysU02P2yAQvVfqf0DcGztpkm6sOKt0V6kq&#10;RbsrZas9EwwxEmYokNjpr++A86VtT1UvMDDDfLz3mN93jSYH4bwCU9LhIKdEGA6VMruS/nhdfbqj&#10;xAdmKqbBiJIehaf3i48f5q0txAhq0JVwBJMYX7S2pHUItsgyz2vRMD8AKww6JbiGBTy6XVY51mL2&#10;RmejPJ9mLbjKOuDCe7x97J10kfJLKXh4ltKLQHRJsbeQVpfWbVyzxZwVO8dsrfipDfYPXTRMGSx6&#10;SfXIAiN7p/5I1SjuwIMMAw5NBlIqLtIMOM0wfzfNpmZWpFkQHG8vMPn/l5Y/HTb2xZHQfYUOCYyA&#10;tNYXHi/jPJ10TdyxU4J+hPB4gU10gXC8HE+ns+FkQglH32g6upslXLPra+t8+CagIdEoqUNaElrs&#10;sPYBK2LoOSQWM7BSWidqtCFtSaefJ3l6cPHgC23w4bXXaIVu2xFV3cyxheqI4znomfeWrxT2sGY+&#10;vDCHVONEKN/wjIvUgLXgZFFSg/v1t/sYjwygl5IWpVNS/3PPnKBEfzfIzWw4HketpcN48mWEB3fr&#10;2d56zL55AFTnED+K5cmM8UGfTemgeUOVL2NVdDHDsXZJw9l8CL2g8ZdwsVymIFSXZWFtNpbH1BHV&#10;iPBr98acPdEQkMAnOIuMFe/Y6GN7Ppb7AFIlqiLOPaon+FGZicHTL4rSvz2nqOtfX/wGAAD//wMA&#10;UEsDBBQABgAIAAAAIQBA6Atp4gAAAAoBAAAPAAAAZHJzL2Rvd25yZXYueG1sTI9NS8NAEIbvgv9h&#10;GcFbu5uIaYjZlBIoguihtRdvk+w2Ce5HzG7b6K93PNnbDPPwzvOW69kadtZTGLyTkCwFMO1arwbX&#10;STi8bxc5sBDRKTTeaQnfOsC6ur0psVD+4nb6vI8doxAXCpTQxzgWnIe21xbD0o/a0e3oJ4uR1qnj&#10;asILhVvDUyEybnFw9KHHUde9bj/3Jyvhpd6+4a5Jbf5j6ufX42b8Onw8Snl/N2+egEU9x38Y/vRJ&#10;HSpyavzJqcCMhEWarQilIUlSYESsRJ4BayQ8iBR4VfLrCtUvAAAA//8DAFBLAQItABQABgAIAAAA&#10;IQC2gziS/gAAAOEBAAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0A&#10;FAAGAAgAAAAhADj9If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAALwEAAF9yZWxzLy5yZWxzUEsBAi0A&#10;FAAGAAgAAAAhADyabPcaAgAAMwQAAA4AAAAAAAAAAAAAAAAALgIAAGRycy9lMm9Eb2MueG1sUEsB&#10;Ai0AFAAGAAgAAAAhAEDoC2niAAAACgEAAA8AAAAAAAAAAAAAAAAAdAQAAGRycy9kb3ducmV2Lnht&#10;bFBLBQYAAAAABAAEAPMAAACDBQAAAAA=&#10;" filled="f" stroked="f" strokeweight=".5pt">
               <v:textbox>
                 <w:txbxContent>
-                  <w:p w:rsidR="00413A60" w:rsidRDefault="00413A60" w14:paraId="72D45401" w14:textId="0A2CCBAA">
+                  <w:p w14:paraId="72D45401" w14:textId="0A2CCBAA" w:rsidR="00413A60" w:rsidRDefault="00413A60">
                     <w:pPr>
                       <w:ind w:left="0"/>
                     </w:pPr>
                     <w:r w:rsidRPr="00762EE0">
                       <w:rPr>
                         <w:sz w:val="20"/>
                         <w:szCs w:val="20"/>
                       </w:rPr>
                       <w:t>OBS! Utskriven version kan vara ogiltig. Verifiera innehållet</w:t>
                     </w:r>
                     <w:r w:rsidR="00367D19">
                       <w:rPr>
                         <w:sz w:val="20"/>
                         <w:szCs w:val="20"/>
                       </w:rPr>
                       <w:t>.</w:t>
                     </w:r>
                   </w:p>
                 </w:txbxContent>
               </v:textbox>
               <w10:wrap type="topAndBottom"/>
             </v:shape>
           </w:pict>
         </mc:Fallback>
       </mc:AlternateContent>
     </w:r>
-    <w:r w:rsidRPr="00762EE0" w:rsidR="008569C6">
+    <w:r w:rsidR="008569C6" w:rsidRPr="00762EE0">
       <w:rPr>
         <w:noProof/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
       <w:drawing>
         <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658241" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="2F5396D5" wp14:editId="1D15D466">
           <wp:simplePos x="0" y="0"/>
           <wp:positionH relativeFrom="page">
             <wp:posOffset>17145</wp:posOffset>
           </wp:positionH>
           <wp:positionV relativeFrom="paragraph">
             <wp:posOffset>198755</wp:posOffset>
           </wp:positionV>
           <wp:extent cx="7559040" cy="215900"/>
           <wp:effectExtent l="0" t="0" r="3810" b="0"/>
           <wp:wrapNone/>
           <wp:docPr id="11" name="Bild 1">
             <a:extLst xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:ext uri="{C183D7F6-B498-43B3-948B-1728B52AA6E4}">
                 <adec:decorative xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" val="1"/>
               </a:ext>
             </a:extLst>
           </wp:docPr>
           <wp:cNvGraphicFramePr>
@@ -1918,2074 +2563,2074 @@
                   <a:prstGeom prst="rect">
                     <a:avLst/>
                   </a:prstGeom>
                   <a:noFill/>
                   <a:ln>
                     <a:noFill/>
                   </a:ln>
                 </pic:spPr>
               </pic:pic>
             </a:graphicData>
           </a:graphic>
           <wp14:sizeRelH relativeFrom="margin">
             <wp14:pctWidth>0</wp14:pctWidth>
           </wp14:sizeRelH>
           <wp14:sizeRelV relativeFrom="margin">
             <wp14:pctHeight>0</wp14:pctHeight>
           </wp14:sizeRelV>
         </wp:anchor>
       </w:drawing>
     </w:r>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="FFFFFF1D"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="FBCC56FC"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="0"/>
         </w:tabs>
         <w:ind w:left="0" w:firstLine="0"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="1080" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="1440"/>
         </w:tabs>
         <w:ind w:left="1800" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="2160"/>
         </w:tabs>
         <w:ind w:left="2520" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="4">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="2880"/>
         </w:tabs>
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="5">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="3600"/>
         </w:tabs>
         <w:ind w:left="3960" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="6">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="4320"/>
         </w:tabs>
         <w:ind w:left="4680" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="5040"/>
         </w:tabs>
         <w:ind w:left="5400" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="5760"/>
         </w:tabs>
         <w:ind w:left="6120" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="1" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="FFFFFF89"/>
     <w:multiLevelType w:val="singleLevel"/>
     <w:tmpl w:val="3C063CDC"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="360"/>
         </w:tabs>
         <w:ind w:left="360" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="2" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="05DF67F4"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="75525A52"/>
     <w:lvl w:ilvl="0" w:tplc="A0D81926">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Courier" w:hAnsi="Courier"/>
+        <w:rFonts w:ascii="Courier" w:hAnsi="Courier" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="041D0001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="4" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Courier" w:hAnsi="Courier"/>
+        <w:rFonts w:ascii="Courier" w:hAnsi="Courier" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="5" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="6" w:tplc="041D0001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Courier" w:hAnsi="Courier"/>
+        <w:rFonts w:ascii="Courier" w:hAnsi="Courier" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="7200" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="3" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="07F0337A"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="1E54CEB4"/>
     <w:lvl w:ilvl="0" w:tplc="041D0001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1077" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1797" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2517" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="041D0001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3237" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="4" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3957" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="5" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4677" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="6" w:tplc="041D0001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5397" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6117" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6837" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="4" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="135A157B"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="65667058"/>
     <w:lvl w:ilvl="0" w:tplc="041D000F">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Courier" w:hAnsi="Courier"/>
+        <w:rFonts w:ascii="Courier" w:hAnsi="Courier" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="041D0001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="4" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Courier" w:hAnsi="Courier"/>
+        <w:rFonts w:ascii="Courier" w:hAnsi="Courier" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="5" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="6" w:tplc="041D0001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Courier" w:hAnsi="Courier"/>
+        <w:rFonts w:ascii="Courier" w:hAnsi="Courier" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="5" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="1480309A"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="7B82C9A8"/>
     <w:lvl w:ilvl="0" w:tplc="041D0001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1712" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2432" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3152" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="041D0001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3872" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="4" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4592" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="5" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5312" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="6" w:tplc="041D0001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6032" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6752" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="7472" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="6" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="1D074A65"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="E104E4E6"/>
     <w:lvl w:ilvl="0" w:tplc="F49A5562">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:pStyle w:val="FaktarutaLista"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New"/>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="041D0001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="4" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New"/>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="5" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="6" w:tplc="041D0001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New"/>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="7" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="1D520AB4"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="B9E412AC"/>
     <w:lvl w:ilvl="0" w:tplc="041D0001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1712" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2432" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3152" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="041D0001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3872" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="4" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4592" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="5" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5312" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="6" w:tplc="041D0001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6032" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6752" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="7472" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="8" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="38A42FB9"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="09EA9066"/>
     <w:lvl w:ilvl="0" w:tplc="041D0001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="1440"/>
         </w:tabs>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="2160"/>
         </w:tabs>
         <w:ind w:left="2160" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="041D0001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="2880"/>
         </w:tabs>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="4" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="3600"/>
         </w:tabs>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="5" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="4320"/>
         </w:tabs>
         <w:ind w:left="4320" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="6" w:tplc="041D0001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="5040"/>
         </w:tabs>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="5760"/>
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="9" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="3B474E09"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="DDF0BC38"/>
     <w:lvl w:ilvl="0" w:tplc="34668BAA">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
-      <w:pStyle w:val="ListBullet"/>
+      <w:pStyle w:val="Punktlista"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1077" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1797" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2517" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="041D0001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3237" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="4" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3957" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="5" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4677" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="6" w:tplc="041D0001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5397" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6117" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6837" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="10" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="40C928FF"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="0AE0B72A"/>
     <w:lvl w:ilvl="0" w:tplc="041D0001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1712" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2432" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3152" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="041D0001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3872" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="4" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4592" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="5" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5312" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="6" w:tplc="041D0001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6032" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6752" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="7472" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="11" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="42196C05"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="741857FC"/>
     <w:lvl w:ilvl="0" w:tplc="71B6B2F8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
         <w:color w:val="auto"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="1440"/>
         </w:tabs>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="2160"/>
         </w:tabs>
         <w:ind w:left="2160" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="041D0001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="2880"/>
         </w:tabs>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="4" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="3600"/>
         </w:tabs>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="5" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="4320"/>
         </w:tabs>
         <w:ind w:left="4320" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="6" w:tplc="041D0001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="5040"/>
         </w:tabs>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="5760"/>
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="12" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="51AB58F1"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="97200AA0"/>
     <w:lvl w:ilvl="0" w:tplc="041D0001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1712" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2432" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3152" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="041D0001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3872" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="4" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4592" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="5" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5312" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="6" w:tplc="041D0001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6032" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6752" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="7472" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="13" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="54340635"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="1B6660C0"/>
     <w:lvl w:ilvl="0" w:tplc="05061E3A">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
-      <w:pStyle w:val="ListParagraph"/>
+      <w:pStyle w:val="Liststycke"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="717" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="041D0001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="4" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="5" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="6" w:tplc="041D0001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="7200" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="14" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="575E01E6"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="E154E454"/>
     <w:lvl w:ilvl="0" w:tplc="041D0001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New"/>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="041D0001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="4" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New"/>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="5" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="6" w:tplc="041D0001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New"/>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="15" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="706B1852"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="4FB2CAB0"/>
     <w:lvl w:ilvl="0" w:tplc="041D0001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Courier" w:hAnsi="Courier"/>
+        <w:rFonts w:ascii="Courier" w:hAnsi="Courier" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="041D0001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="4" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Courier" w:hAnsi="Courier"/>
+        <w:rFonts w:ascii="Courier" w:hAnsi="Courier" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="5" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="6" w:tplc="041D0001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Courier" w:hAnsi="Courier"/>
+        <w:rFonts w:ascii="Courier" w:hAnsi="Courier" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="16" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="7C077AA9"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="DDC0C0DE"/>
     <w:lvl w:ilvl="0" w:tplc="041D0001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1712" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2432" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3152" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="041D0001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3872" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="4" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4592" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="5" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5312" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="6" w:tplc="041D0001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6032" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6752" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="7472" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="17" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="7EA41BCB"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="CAEC6EFE"/>
     <w:lvl w:ilvl="0" w:tplc="041D0001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New"/>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="041D0001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="4" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New"/>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="5" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="6" w:tplc="041D0001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New"/>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1" w16cid:durableId="1775710513">
     <w:abstractNumId w:val="17"/>
   </w:num>
   <w:num w:numId="2" w16cid:durableId="1210848240">
     <w:abstractNumId w:val="14"/>
   </w:num>
   <w:num w:numId="3" w16cid:durableId="1498155974">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="4" w16cid:durableId="141432414">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="5" w16cid:durableId="1932661604">
     <w:abstractNumId w:val="15"/>
   </w:num>
   <w:num w:numId="6" w16cid:durableId="1796218704">
     <w:abstractNumId w:val="2"/>
   </w:num>
   <w:num w:numId="7" w16cid:durableId="1060010234">
     <w:abstractNumId w:val="11"/>
   </w:num>
   <w:num w:numId="8" w16cid:durableId="1731223398">
@@ -4009,70 +4654,70 @@
   <w:num w:numId="14" w16cid:durableId="1479759153">
     <w:abstractNumId w:val="9"/>
   </w:num>
   <w:num w:numId="15" w16cid:durableId="2034187763">
     <w:abstractNumId w:val="7"/>
   </w:num>
   <w:num w:numId="16" w16cid:durableId="1215430757">
     <w:abstractNumId w:val="12"/>
   </w:num>
   <w:num w:numId="17" w16cid:durableId="1024480739">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="18" w16cid:durableId="1182235818">
     <w:abstractNumId w:val="10"/>
   </w:num>
   <w:num w:numId="19" w16cid:durableId="736438912">
     <w:abstractNumId w:val="16"/>
   </w:num>
   <w:num w:numId="20" w16cid:durableId="1410420759">
     <w:abstractNumId w:val="9"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:zoom w:percent="100"/>
   <w:embedSystemFonts/>
+  <w:proofState w:spelling="clean"/>
   <w:attachedTemplate r:id="rId1"/>
   <w:stylePaneFormatFilter w:val="D804" w:allStyles="0" w:customStyles="0" w:latentStyles="1" w:stylesInUse="0" w:headingStyles="0" w:numberingStyles="0" w:tableStyles="0" w:directFormattingOnRuns="0" w:directFormattingOnParagraphs="0" w:directFormattingOnNumbering="0" w:directFormattingOnTables="1" w:clearFormatting="1" w:top3HeadingStyles="0" w:visibleStyles="1" w:alternateStyleNames="1"/>
-  <w:trackRevisions w:val="false"/>
   <w:documentProtection w:formatting="1" w:enforcement="0"/>
   <w:styleLockTheme/>
   <w:styleLockQFSet/>
   <w:defaultTabStop w:val="1304"/>
   <w:hyphenationZone w:val="425"/>
   <w:displayHorizontalDrawingGridEvery w:val="0"/>
   <w:displayVerticalDrawingGridEvery w:val="0"/>
   <w:doNotUseMarginsForDrawingGridOrigin/>
   <w:noPunctuationKerning/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050" strokecolor="#4a773c">
-      <v:stroke weight="1pt" color="#4a773c"/>
-      <v:shadow opacity="24903f" offset="0,.55556mm" origin=",.5"/>
+      <v:stroke color="#4a773c" weight="1pt"/>
+      <v:shadow opacity="24903f" origin=",.5" offset="0,.55556mm"/>
       <o:colormru v:ext="edit" colors="#4a773c"/>
     </o:shapedefaults>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
     <w:footnote w:id="1"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
     <w:endnote w:id="1"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00B75EDE"/>
     <w:rsid w:val="000051D5"/>
     <w:rsid w:val="00006D2A"/>
@@ -4232,50 +4877,51 @@
     <w:rsid w:val="004F4C62"/>
     <w:rsid w:val="00501433"/>
     <w:rsid w:val="00511CC4"/>
     <w:rsid w:val="005147B1"/>
     <w:rsid w:val="005178BD"/>
     <w:rsid w:val="00531E60"/>
     <w:rsid w:val="00541D07"/>
     <w:rsid w:val="00544BAB"/>
     <w:rsid w:val="00545F31"/>
     <w:rsid w:val="005578FA"/>
     <w:rsid w:val="00565129"/>
     <w:rsid w:val="00565CD0"/>
     <w:rsid w:val="00567820"/>
     <w:rsid w:val="005770AD"/>
     <w:rsid w:val="00581414"/>
     <w:rsid w:val="00582490"/>
     <w:rsid w:val="00597E28"/>
     <w:rsid w:val="005A54ED"/>
     <w:rsid w:val="005A5D5B"/>
     <w:rsid w:val="005A6081"/>
     <w:rsid w:val="005A627D"/>
     <w:rsid w:val="005C0045"/>
     <w:rsid w:val="005C084E"/>
     <w:rsid w:val="005C4606"/>
     <w:rsid w:val="005D0B0C"/>
+    <w:rsid w:val="005D7AFC"/>
     <w:rsid w:val="005E02B3"/>
     <w:rsid w:val="005E1E24"/>
     <w:rsid w:val="0060596B"/>
     <w:rsid w:val="0060599D"/>
     <w:rsid w:val="00606D97"/>
     <w:rsid w:val="00614E64"/>
     <w:rsid w:val="00617710"/>
     <w:rsid w:val="00617EE6"/>
     <w:rsid w:val="0062184C"/>
     <w:rsid w:val="00623724"/>
     <w:rsid w:val="006261C3"/>
     <w:rsid w:val="00627BEA"/>
     <w:rsid w:val="006319DB"/>
     <w:rsid w:val="0065595B"/>
     <w:rsid w:val="00656DCD"/>
     <w:rsid w:val="00660269"/>
     <w:rsid w:val="00665F89"/>
     <w:rsid w:val="00673C92"/>
     <w:rsid w:val="006753EC"/>
     <w:rsid w:val="00685193"/>
     <w:rsid w:val="006A2789"/>
     <w:rsid w:val="006A4978"/>
     <w:rsid w:val="006A7261"/>
     <w:rsid w:val="006B0D29"/>
     <w:rsid w:val="006B1819"/>
@@ -4378,58 +5024,61 @@
     <w:rsid w:val="009D6D1C"/>
     <w:rsid w:val="009E0CF9"/>
     <w:rsid w:val="009E531B"/>
     <w:rsid w:val="009E6C56"/>
     <w:rsid w:val="009E7DCF"/>
     <w:rsid w:val="009F4A56"/>
     <w:rsid w:val="009F4E65"/>
     <w:rsid w:val="00A006A5"/>
     <w:rsid w:val="00A05942"/>
     <w:rsid w:val="00A07BEC"/>
     <w:rsid w:val="00A264BE"/>
     <w:rsid w:val="00A27162"/>
     <w:rsid w:val="00A272CA"/>
     <w:rsid w:val="00A33051"/>
     <w:rsid w:val="00A407AD"/>
     <w:rsid w:val="00A40923"/>
     <w:rsid w:val="00A41C05"/>
     <w:rsid w:val="00A42426"/>
     <w:rsid w:val="00A514B7"/>
     <w:rsid w:val="00A54A0B"/>
     <w:rsid w:val="00A65297"/>
     <w:rsid w:val="00A65FD4"/>
     <w:rsid w:val="00A81198"/>
     <w:rsid w:val="00A81E48"/>
     <w:rsid w:val="00A82035"/>
+    <w:rsid w:val="00A868EB"/>
     <w:rsid w:val="00A90D77"/>
     <w:rsid w:val="00A92E07"/>
     <w:rsid w:val="00AA0B3A"/>
     <w:rsid w:val="00AA6EB4"/>
     <w:rsid w:val="00AA767D"/>
     <w:rsid w:val="00AB0CC9"/>
+    <w:rsid w:val="00AB1D80"/>
     <w:rsid w:val="00AB52FE"/>
     <w:rsid w:val="00AC3FF6"/>
+    <w:rsid w:val="00AD0478"/>
     <w:rsid w:val="00AD73EC"/>
     <w:rsid w:val="00AD7AD5"/>
     <w:rsid w:val="00AE5BC7"/>
     <w:rsid w:val="00AF50D7"/>
     <w:rsid w:val="00AF5AAF"/>
     <w:rsid w:val="00B046D8"/>
     <w:rsid w:val="00B13F4C"/>
     <w:rsid w:val="00B16219"/>
     <w:rsid w:val="00B16C59"/>
     <w:rsid w:val="00B33FDD"/>
     <w:rsid w:val="00B359CC"/>
     <w:rsid w:val="00B36107"/>
     <w:rsid w:val="00B41789"/>
     <w:rsid w:val="00B46C03"/>
     <w:rsid w:val="00B60C6C"/>
     <w:rsid w:val="00B619A9"/>
     <w:rsid w:val="00B65A9D"/>
     <w:rsid w:val="00B66D60"/>
     <w:rsid w:val="00B75EDE"/>
     <w:rsid w:val="00B77D88"/>
     <w:rsid w:val="00B77FAF"/>
     <w:rsid w:val="00B84336"/>
     <w:rsid w:val="00B851B9"/>
     <w:rsid w:val="00B86453"/>
     <w:rsid w:val="00B90054"/>
@@ -4548,168 +5197,168 @@
     <w:rsid w:val="634CA0DF"/>
     <w:rsid w:val="647B2B65"/>
     <w:rsid w:val="6B2CF8ED"/>
     <w:rsid w:val="704FBF9B"/>
     <w:rsid w:val="7F6EAB25"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="sv-SE" w:eastAsia="ja-JP"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:doNotIncludeSubdocsInStats/>
   <w:doNotAutoCompressPictures/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050" strokecolor="#4a773c">
-      <v:stroke weight="1pt" color="#4a773c"/>
-      <v:shadow opacity="24903f" offset="0,.55556mm" origin=",.5"/>
+      <v:stroke color="#4a773c" weight="1pt"/>
+      <v:shadow opacity="24903f" origin=",.5" offset="0,.55556mm"/>
       <o:colormru v:ext="edit" colors="#4a773c"/>
     </o:shapedefaults>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="2"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:doNotEmbedSmartTags/>
-  <w:decimalSymbol w:val="."/>
-  <w:listSeparator w:val=","/>
+  <w:decimalSymbol w:val=","/>
+  <w:listSeparator w:val=";"/>
   <w14:docId w14:val="1FE2B7EB"/>
   <w14:defaultImageDpi w14:val="330"/>
   <w15:docId w15:val="{222BD927-23A0-4C5C-B3F1-C956608A077B}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
-        <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         <w:lang w:val="sv-SE" w:eastAsia="sv-SE" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault/>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="0" w:qFormat="1"/>
-    <w:lsdException w:name="heading 2" w:uiPriority="3" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
-[...6 lines deleted...]
-    <w:lsdException w:name="heading 9" w:uiPriority="9" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="3" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="3" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 4" w:locked="1" w:semiHidden="1" w:uiPriority="3" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 9" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="index 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 9" w:semiHidden="1" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="toc 1" w:uiPriority="39" w:semiHidden="1" w:unhideWhenUsed="1"/>
-[...7 lines deleted...]
-    <w:lsdException w:name="toc 9" w:uiPriority="39" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 1" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 2" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 3" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 4" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 5" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 6" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 7" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 8" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 9" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Normal Indent" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="footnote text" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="annotation text" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="header" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="footer" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index heading" w:semiHidden="1" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="caption" w:uiPriority="35" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="caption" w:semiHidden="1" w:uiPriority="35" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="table of figures" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="envelope address" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="envelope return" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="footnote reference" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="annotation reference" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="line number" w:semiHidden="1" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="page number" w:uiPriority="0" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="page number" w:semiHidden="1" w:uiPriority="0" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="endnote reference" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="endnote text" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="table of authorities" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="macro" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toa heading" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List" w:semiHidden="1" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="List Bullet" w:uiPriority="0" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="List Bullet" w:semiHidden="1" w:uiPriority="0" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="List Number" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Bullet 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Bullet 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Bullet 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Bullet 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Number 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Number 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Number 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Number 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Title" w:uiPriority="10" w:qFormat="1"/>
     <w:lsdException w:name="Closing" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Signature" w:semiHidden="1" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1" w:semiHidden="1" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="Body Text" w:uiPriority="0" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="Default Paragraph Font" w:semiHidden="1" w:uiPriority="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text" w:semiHidden="1" w:uiPriority="0" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="Body Text Indent" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Continue" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Continue 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Continue 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Continue 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Continue 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Message Header" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Subtitle" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="Salutation" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Date" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text First Indent" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text First Indent 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Note Heading" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text Indent 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text Indent 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Block Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="FollowedHyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="Strong" w:locked="1" w:uiPriority="22" w:semiHidden="1"/>
-    <w:lsdException w:name="Emphasis" w:locked="1" w:uiPriority="20" w:semiHidden="1"/>
+    <w:lsdException w:name="Strong" w:locked="1" w:semiHidden="1" w:uiPriority="22"/>
+    <w:lsdException w:name="Emphasis" w:locked="1" w:semiHidden="1" w:uiPriority="20"/>
     <w:lsdException w:name="Document Map" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Plain Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="E-mail Signature" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Top of Form" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Bottom of Form" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Normal (Web)" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Acronym" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Address" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Cite" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Code" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Definition" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Keyboard" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Preformatted" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Sample" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Typewriter" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Variable" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Normal Table" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="annotation subject" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="No List" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Outline List 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Outline List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Outline List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Simple 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Simple 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Simple 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
@@ -4734,75 +5383,75 @@
     <w:lsdException w:name="Table Grid 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table 3D effects 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table 3D effects 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table 3D effects 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Contemporary" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Elegant" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Professional" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Subtle 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Subtle 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Web 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Web 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Web 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Balloon Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid" w:uiPriority="59"/>
     <w:lsdException w:name="Table Theme" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Placeholder Text" w:semiHidden="1"/>
-    <w:lsdException w:name="No Spacing" w:uiPriority="1" w:semiHidden="1" w:qFormat="1"/>
+    <w:lsdException w:name="No Spacing" w:semiHidden="1" w:uiPriority="1" w:qFormat="1"/>
     <w:lsdException w:name="Light Shading" w:uiPriority="60"/>
     <w:lsdException w:name="Light List" w:uiPriority="61"/>
     <w:lsdException w:name="Light Grid" w:uiPriority="62"/>
     <w:lsdException w:name="Medium Shading 1" w:uiPriority="63"/>
     <w:lsdException w:name="Medium Shading 2" w:uiPriority="64"/>
     <w:lsdException w:name="Medium List 1" w:uiPriority="65"/>
     <w:lsdException w:name="Medium List 2" w:uiPriority="66"/>
     <w:lsdException w:name="Medium Grid 1" w:uiPriority="67"/>
     <w:lsdException w:name="Medium Grid 2" w:uiPriority="68"/>
     <w:lsdException w:name="Medium Grid 3" w:uiPriority="69"/>
     <w:lsdException w:name="Dark List" w:uiPriority="70"/>
     <w:lsdException w:name="Colorful Shading" w:uiPriority="71"/>
     <w:lsdException w:name="Colorful List" w:uiPriority="72"/>
     <w:lsdException w:name="Colorful Grid" w:uiPriority="73"/>
     <w:lsdException w:name="Light Shading Accent 1" w:uiPriority="60"/>
     <w:lsdException w:name="Light List Accent 1" w:uiPriority="61"/>
     <w:lsdException w:name="Light Grid Accent 1" w:uiPriority="62"/>
     <w:lsdException w:name="Medium Shading 1 Accent 1" w:uiPriority="63"/>
     <w:lsdException w:name="Medium Shading 2 Accent 1" w:uiPriority="64"/>
     <w:lsdException w:name="Medium List 1 Accent 1" w:uiPriority="65"/>
     <w:lsdException w:name="Revision" w:semiHidden="1"/>
     <w:lsdException w:name="List Paragraph" w:uiPriority="34" w:qFormat="1"/>
-    <w:lsdException w:name="Quote" w:locked="1" w:uiPriority="29" w:semiHidden="1"/>
-    <w:lsdException w:name="Intense Quote" w:locked="1" w:uiPriority="30" w:semiHidden="1"/>
+    <w:lsdException w:name="Quote" w:locked="1" w:semiHidden="1" w:uiPriority="29"/>
+    <w:lsdException w:name="Intense Quote" w:locked="1" w:semiHidden="1" w:uiPriority="30"/>
     <w:lsdException w:name="Medium List 2 Accent 1" w:uiPriority="66"/>
     <w:lsdException w:name="Medium Grid 1 Accent 1" w:uiPriority="67"/>
     <w:lsdException w:name="Medium Grid 2 Accent 1" w:uiPriority="68"/>
     <w:lsdException w:name="Medium Grid 3 Accent 1" w:uiPriority="69"/>
     <w:lsdException w:name="Dark List Accent 1" w:uiPriority="70"/>
     <w:lsdException w:name="Colorful Shading Accent 1" w:uiPriority="71"/>
     <w:lsdException w:name="Colorful List Accent 1" w:uiPriority="72"/>
     <w:lsdException w:name="Colorful Grid Accent 1" w:uiPriority="73"/>
     <w:lsdException w:name="Light Shading Accent 2" w:uiPriority="60"/>
     <w:lsdException w:name="Light List Accent 2" w:uiPriority="61"/>
     <w:lsdException w:name="Light Grid Accent 2" w:uiPriority="62"/>
     <w:lsdException w:name="Medium Shading 1 Accent 2" w:uiPriority="63"/>
     <w:lsdException w:name="Medium Shading 2 Accent 2" w:uiPriority="64"/>
     <w:lsdException w:name="Medium List 1 Accent 2" w:uiPriority="65"/>
     <w:lsdException w:name="Medium List 2 Accent 2" w:uiPriority="66"/>
     <w:lsdException w:name="Medium Grid 1 Accent 2" w:uiPriority="67"/>
     <w:lsdException w:name="Medium Grid 2 Accent 2" w:uiPriority="68"/>
     <w:lsdException w:name="Medium Grid 3 Accent 2" w:uiPriority="69"/>
     <w:lsdException w:name="Dark List Accent 2" w:uiPriority="70"/>
     <w:lsdException w:name="Colorful Shading Accent 2" w:uiPriority="71"/>
     <w:lsdException w:name="Colorful List Accent 2" w:uiPriority="72"/>
     <w:lsdException w:name="Colorful Grid Accent 2" w:uiPriority="73"/>
     <w:lsdException w:name="Light Shading Accent 3" w:uiPriority="60"/>
     <w:lsdException w:name="Light List Accent 3" w:uiPriority="61"/>
     <w:lsdException w:name="Light Grid Accent 3" w:uiPriority="62"/>
@@ -4837,57 +5486,57 @@
     <w:lsdException w:name="Medium Shading 1 Accent 5" w:uiPriority="63"/>
     <w:lsdException w:name="Medium Shading 2 Accent 5" w:uiPriority="64"/>
     <w:lsdException w:name="Medium List 1 Accent 5" w:uiPriority="65"/>
     <w:lsdException w:name="Medium List 2 Accent 5" w:uiPriority="66"/>
     <w:lsdException w:name="Medium Grid 1 Accent 5" w:uiPriority="67"/>
     <w:lsdException w:name="Medium Grid 2 Accent 5" w:uiPriority="68"/>
     <w:lsdException w:name="Medium Grid 3 Accent 5" w:uiPriority="69"/>
     <w:lsdException w:name="Dark List Accent 5" w:uiPriority="70"/>
     <w:lsdException w:name="Colorful Shading Accent 5" w:uiPriority="71"/>
     <w:lsdException w:name="Colorful List Accent 5" w:uiPriority="72"/>
     <w:lsdException w:name="Colorful Grid Accent 5" w:uiPriority="73"/>
     <w:lsdException w:name="Light Shading Accent 6" w:uiPriority="60"/>
     <w:lsdException w:name="Light List Accent 6" w:uiPriority="61"/>
     <w:lsdException w:name="Light Grid Accent 6" w:uiPriority="62"/>
     <w:lsdException w:name="Medium Shading 1 Accent 6" w:uiPriority="63"/>
     <w:lsdException w:name="Medium Shading 2 Accent 6" w:uiPriority="64"/>
     <w:lsdException w:name="Medium List 1 Accent 6" w:uiPriority="65"/>
     <w:lsdException w:name="Medium List 2 Accent 6" w:uiPriority="66"/>
     <w:lsdException w:name="Medium Grid 1 Accent 6" w:uiPriority="67"/>
     <w:lsdException w:name="Medium Grid 2 Accent 6" w:uiPriority="68"/>
     <w:lsdException w:name="Medium Grid 3 Accent 6" w:uiPriority="69"/>
     <w:lsdException w:name="Dark List Accent 6" w:uiPriority="70"/>
     <w:lsdException w:name="Colorful Shading Accent 6" w:uiPriority="71"/>
     <w:lsdException w:name="Colorful List Accent 6" w:uiPriority="72"/>
     <w:lsdException w:name="Colorful Grid Accent 6" w:uiPriority="73"/>
-    <w:lsdException w:name="Subtle Emphasis" w:locked="1" w:uiPriority="19" w:semiHidden="1"/>
-[...5 lines deleted...]
-    <w:lsdException w:name="TOC Heading" w:uiPriority="39" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="Subtle Emphasis" w:locked="1" w:semiHidden="1" w:uiPriority="19"/>
+    <w:lsdException w:name="Intense Emphasis" w:locked="1" w:semiHidden="1" w:uiPriority="21"/>
+    <w:lsdException w:name="Subtle Reference" w:locked="1" w:semiHidden="1" w:uiPriority="31"/>
+    <w:lsdException w:name="Intense Reference" w:locked="1" w:semiHidden="1" w:uiPriority="32"/>
+    <w:lsdException w:name="Book Title" w:locked="1" w:semiHidden="1" w:uiPriority="33"/>
+    <w:lsdException w:name="Bibliography" w:semiHidden="1" w:uiPriority="37" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="TOC Heading" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="Grid Table 4" w:uiPriority="49"/>
     <w:lsdException w:name="Grid Table 5 Dark" w:uiPriority="50"/>
     <w:lsdException w:name="Grid Table 6 Colorful" w:uiPriority="51"/>
     <w:lsdException w:name="Grid Table 7 Colorful" w:uiPriority="52"/>
     <w:lsdException w:name="Grid Table 1 Light Accent 1" w:uiPriority="46"/>
     <w:lsdException w:name="Grid Table 2 Accent 1" w:uiPriority="47"/>
     <w:lsdException w:name="Grid Table 3 Accent 1" w:uiPriority="48"/>
     <w:lsdException w:name="Grid Table 4 Accent 1" w:uiPriority="49"/>
     <w:lsdException w:name="Grid Table 5 Dark Accent 1" w:uiPriority="50"/>
     <w:lsdException w:name="Grid Table 6 Colorful Accent 1" w:uiPriority="51"/>
     <w:lsdException w:name="Grid Table 7 Colorful Accent 1" w:uiPriority="52"/>
     <w:lsdException w:name="Grid Table 1 Light Accent 2" w:uiPriority="46"/>
     <w:lsdException w:name="Grid Table 2 Accent 2" w:uiPriority="47"/>
     <w:lsdException w:name="Grid Table 3 Accent 2" w:uiPriority="48"/>
     <w:lsdException w:name="Grid Table 4 Accent 2" w:uiPriority="49"/>
     <w:lsdException w:name="Grid Table 5 Dark Accent 2" w:uiPriority="50"/>
     <w:lsdException w:name="Grid Table 6 Colorful Accent 2" w:uiPriority="51"/>
     <w:lsdException w:name="Grid Table 7 Colorful Accent 2" w:uiPriority="52"/>
     <w:lsdException w:name="Grid Table 1 Light Accent 3" w:uiPriority="46"/>
     <w:lsdException w:name="Grid Table 2 Accent 3" w:uiPriority="47"/>
     <w:lsdException w:name="Grid Table 3 Accent 3" w:uiPriority="48"/>
     <w:lsdException w:name="Grid Table 4 Accent 3" w:uiPriority="49"/>
     <w:lsdException w:name="Grid Table 5 Dark Accent 3" w:uiPriority="50"/>
     <w:lsdException w:name="Grid Table 6 Colorful Accent 3" w:uiPriority="51"/>
     <w:lsdException w:name="Grid Table 7 Colorful Accent 3" w:uiPriority="52"/>
@@ -4945,2092 +5594,2092 @@
     <w:lsdException w:name="List Table 3 Accent 4" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 4" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 4" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 4" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 4" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 5" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 5" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 5" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 5" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 5" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 5" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 5" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 6" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
     <w:lsdException w:name="Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Hashtag" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Unresolved Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Link" w:semiHidden="1" w:unhideWhenUsed="1"/>
   </w:latentStyles>
-  <w:style w:type="paragraph" w:styleId="Normal" w:default="1">
+  <w:style w:type="paragraph" w:default="1" w:styleId="Normal">
     <w:name w:val="Normal"/>
     <w:qFormat/>
     <w:rsid w:val="008A0C5F"/>
     <w:pPr>
       <w:spacing w:after="120" w:line="288" w:lineRule="auto"/>
       <w:ind w:left="992" w:right="868"/>
     </w:pPr>
     <w:rPr>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Heading1">
+  <w:style w:type="paragraph" w:styleId="Rubrik1">
     <w:name w:val="heading 1"/>
     <w:aliases w:val="Rubrik VGR"/>
     <w:next w:val="Normal"/>
-    <w:link w:val="Heading1Char"/>
+    <w:link w:val="Rubrik1Char"/>
     <w:qFormat/>
     <w:rsid w:val="00A65297"/>
     <w:pPr>
       <w:keepNext/>
       <w:spacing w:before="1500" w:after="240"/>
       <w:ind w:left="992"/>
       <w:contextualSpacing/>
       <w:outlineLvl w:val="0"/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="MS Gothic"/>
+      <w:rFonts w:ascii="Calibri" w:eastAsia="MS Gothic" w:hAnsi="Calibri"/>
       <w:bCs/>
       <w:kern w:val="32"/>
       <w:sz w:val="48"/>
       <w:szCs w:val="32"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Heading2">
+  <w:style w:type="paragraph" w:styleId="Rubrik2">
     <w:name w:val="heading 2"/>
     <w:aliases w:val="Rubrik 2 VGR"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
-    <w:link w:val="Heading2Char"/>
+    <w:link w:val="Rubrik2Char"/>
     <w:uiPriority w:val="3"/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:rsid w:val="00627BEA"/>
     <w:pPr>
       <w:keepNext/>
       <w:keepLines/>
       <w:spacing w:before="240" w:after="40" w:line="240" w:lineRule="auto"/>
       <w:outlineLvl w:val="1"/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
       <w:bCs/>
       <w:color w:val="000000" w:themeColor="text1"/>
       <w:sz w:val="40"/>
       <w:szCs w:val="26"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Heading3">
+  <w:style w:type="paragraph" w:styleId="Rubrik3">
     <w:name w:val="heading 3"/>
     <w:aliases w:val="Rubrik 3 VGR"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
-    <w:link w:val="Heading3Char"/>
+    <w:link w:val="Rubrik3Char"/>
     <w:uiPriority w:val="3"/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:rsid w:val="00A65297"/>
     <w:pPr>
       <w:keepNext/>
       <w:keepLines/>
       <w:tabs>
         <w:tab w:val="right" w:leader="dot" w:pos="8777"/>
       </w:tabs>
       <w:spacing w:before="240" w:after="0"/>
       <w:outlineLvl w:val="2"/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
       <w:bCs/>
       <w:color w:val="000000" w:themeColor="text1"/>
       <w:sz w:val="36"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Heading4">
+  <w:style w:type="paragraph" w:styleId="Rubrik4">
     <w:name w:val="heading 4"/>
     <w:aliases w:val="mellanrubrik"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
-    <w:link w:val="Heading4Char"/>
+    <w:link w:val="Rubrik4Char"/>
     <w:uiPriority w:val="3"/>
     <w:semiHidden/>
     <w:qFormat/>
     <w:locked/>
     <w:rsid w:val="00627BEA"/>
     <w:pPr>
       <w:keepNext/>
       <w:keepLines/>
       <w:spacing w:before="240" w:after="0" w:line="240" w:lineRule="auto"/>
       <w:outlineLvl w:val="3"/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
       <w:b/>
       <w:bCs/>
       <w:iCs/>
       <w:color w:val="000000" w:themeColor="text1"/>
       <w:sz w:val="26"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Heading5">
+  <w:style w:type="paragraph" w:styleId="Rubrik5">
     <w:name w:val="heading 5"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
-    <w:link w:val="Heading5Char"/>
+    <w:link w:val="Rubrik5Char"/>
     <w:uiPriority w:val="9"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:rsid w:val="002F568B"/>
     <w:pPr>
       <w:keepNext/>
       <w:keepLines/>
       <w:spacing w:before="200"/>
       <w:outlineLvl w:val="4"/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
       <w:color w:val="00304B" w:themeColor="accent1" w:themeShade="7F"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:styleId="DefaultParagraphFont" w:default="1">
+  <w:style w:type="character" w:default="1" w:styleId="Standardstycketeckensnitt">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
-  <w:style w:type="table" w:styleId="TableNormal" w:default="1">
+  <w:style w:type="table" w:default="1" w:styleId="Normaltabell">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
-  <w:style w:type="numbering" w:styleId="NoList" w:default="1">
+  <w:style w:type="numbering" w:default="1" w:styleId="Ingenlista">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
-  <w:style w:type="table" w:styleId="PlainTable1">
+  <w:style w:type="table" w:styleId="Oformateradtabell1">
     <w:name w:val="Plain Table 1"/>
-    <w:basedOn w:val="TableNormal"/>
+    <w:basedOn w:val="Normaltabell"/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="002E263F"/>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblBorders>
-        <w:top w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="4" w:space="0"/>
-[...4 lines deleted...]
-        <w:insideV w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="4" w:space="0"/>
+        <w:top w:val="single" w:sz="4" w:space="0" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
+        <w:left w:val="single" w:sz="4" w:space="0" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
+        <w:bottom w:val="single" w:sz="4" w:space="0" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
+        <w:right w:val="single" w:sz="4" w:space="0" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
+        <w:insideH w:val="single" w:sz="4" w:space="0" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
+        <w:insideV w:val="single" w:sz="4" w:space="0" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
       </w:tblBorders>
     </w:tblPr>
     <w:tblStylePr w:type="firstRow">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastRow">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
-          <w:top w:val="double" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="4" w:space="0"/>
+          <w:top w:val="double" w:sz="4" w:space="0" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="firstCol">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastCol">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Vert">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Bildtext" w:customStyle="1">
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="Bildtext">
     <w:name w:val="Bildtext"/>
     <w:basedOn w:val="Normal"/>
     <w:semiHidden/>
     <w:rsid w:val="00CF70BB"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:autoSpaceDE w:val="0"/>
       <w:autoSpaceDN w:val="0"/>
       <w:adjustRightInd w:val="0"/>
       <w:spacing w:line="160" w:lineRule="atLeast"/>
       <w:textAlignment w:val="center"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
       <w:i/>
       <w:color w:val="000000"/>
       <w:sz w:val="12"/>
       <w:szCs w:val="12"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Sidrubrikliten" w:customStyle="1">
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="Sidrubrikliten">
     <w:name w:val="Sidrubrik liten"/>
     <w:basedOn w:val="Normal"/>
     <w:semiHidden/>
     <w:rsid w:val="00880FEE"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:autoSpaceDE w:val="0"/>
       <w:autoSpaceDN w:val="0"/>
       <w:adjustRightInd w:val="0"/>
       <w:spacing w:line="240" w:lineRule="atLeast"/>
       <w:textAlignment w:val="center"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
       <w:b/>
       <w:color w:val="FFFFFF"/>
       <w:spacing w:val="2"/>
       <w:sz w:val="20"/>
       <w:szCs w:val="20"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Sidrubrikstor" w:customStyle="1">
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="Sidrubrikstor">
     <w:name w:val="Sidrubrik stor"/>
     <w:basedOn w:val="Normal"/>
     <w:semiHidden/>
     <w:rsid w:val="00880FEE"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:autoSpaceDE w:val="0"/>
       <w:autoSpaceDN w:val="0"/>
       <w:adjustRightInd w:val="0"/>
       <w:spacing w:line="840" w:lineRule="atLeast"/>
       <w:textAlignment w:val="center"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
       <w:color w:val="FFFFFF"/>
       <w:spacing w:val="-17"/>
       <w:sz w:val="84"/>
       <w:szCs w:val="84"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Footer">
+  <w:style w:type="paragraph" w:styleId="Sidfot">
     <w:name w:val="footer"/>
     <w:basedOn w:val="Normal"/>
-    <w:link w:val="FooterChar"/>
+    <w:link w:val="SidfotChar"/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="00880FEE"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:autoSpaceDE w:val="0"/>
       <w:autoSpaceDN w:val="0"/>
       <w:adjustRightInd w:val="0"/>
       <w:jc w:val="right"/>
       <w:textAlignment w:val="center"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
       <w:color w:val="000000"/>
       <w:sz w:val="12"/>
       <w:szCs w:val="12"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:styleId="Avdelaresidfot" w:customStyle="1">
+  <w:style w:type="character" w:customStyle="1" w:styleId="Avdelaresidfot">
     <w:name w:val="Avdelare sidfot"/>
     <w:semiHidden/>
     <w:rsid w:val="00880FEE"/>
     <w:rPr>
       <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
       <w:position w:val="1"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Header">
+  <w:style w:type="paragraph" w:styleId="Sidhuvud">
     <w:name w:val="header"/>
     <w:basedOn w:val="Normal"/>
-    <w:link w:val="HeaderChar"/>
+    <w:link w:val="SidhuvudChar"/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="00AA0F08"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="center" w:pos="4703"/>
         <w:tab w:val="right" w:pos="9406"/>
       </w:tabs>
     </w:pPr>
   </w:style>
-  <w:style w:type="character" w:styleId="PageNumber">
+  <w:style w:type="character" w:styleId="Sidnummer">
     <w:name w:val="page number"/>
-    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:basedOn w:val="Standardstycketeckensnitt"/>
     <w:semiHidden/>
     <w:rsid w:val="00AA0F08"/>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Metadata" w:customStyle="1">
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="Metadata">
     <w:name w:val="Metadata"/>
     <w:basedOn w:val="Normal"/>
     <w:qFormat/>
     <w:rsid w:val="002651D6"/>
     <w:pPr>
       <w:spacing w:after="240"/>
       <w:contextualSpacing/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
       <w:sz w:val="20"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:styleId="Heading1Char" w:customStyle="1">
-    <w:name w:val="Heading 1 Char"/>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Rubrik1Char">
+    <w:name w:val="Rubrik 1 Char"/>
     <w:aliases w:val="Rubrik VGR Char"/>
-    <w:link w:val="Heading1"/>
+    <w:link w:val="Rubrik1"/>
     <w:rsid w:val="00A65297"/>
     <w:rPr>
-      <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="MS Gothic"/>
+      <w:rFonts w:ascii="Calibri" w:eastAsia="MS Gothic" w:hAnsi="Calibri"/>
       <w:bCs/>
       <w:kern w:val="32"/>
       <w:sz w:val="48"/>
       <w:szCs w:val="32"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Allmntstyckeformat" w:customStyle="1">
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="Allmntstyckeformat">
     <w:name w:val="[Allmänt styckeformat]"/>
     <w:basedOn w:val="Normal"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:rsid w:val="001C5FEF"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:autoSpaceDE w:val="0"/>
       <w:autoSpaceDN w:val="0"/>
       <w:adjustRightInd w:val="0"/>
       <w:textAlignment w:val="center"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="MinionPro-Regular" w:hAnsi="MinionPro-Regular" w:cs="MinionPro-Regular"/>
       <w:color w:val="000000"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:styleId="FooterChar" w:customStyle="1">
-[...1 lines deleted...]
-    <w:link w:val="Footer"/>
+  <w:style w:type="character" w:customStyle="1" w:styleId="SidfotChar">
+    <w:name w:val="Sidfot Char"/>
+    <w:link w:val="Sidfot"/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="00EE2A56"/>
     <w:rPr>
       <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
       <w:color w:val="000000"/>
       <w:sz w:val="12"/>
       <w:szCs w:val="12"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Title">
+  <w:style w:type="paragraph" w:styleId="Rubrik">
     <w:name w:val="Title"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
-    <w:link w:val="TitleChar"/>
+    <w:link w:val="RubrikChar"/>
     <w:uiPriority w:val="10"/>
     <w:semiHidden/>
     <w:qFormat/>
     <w:rsid w:val="00AC3FF6"/>
     <w:pPr>
       <w:spacing w:before="240" w:after="60"/>
       <w:jc w:val="center"/>
       <w:outlineLvl w:val="0"/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="MS Gothic"/>
+      <w:rFonts w:ascii="Calibri" w:eastAsia="MS Gothic" w:hAnsi="Calibri"/>
       <w:b/>
       <w:bCs/>
       <w:kern w:val="28"/>
       <w:sz w:val="32"/>
       <w:szCs w:val="32"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="FaktarutaLista" w:customStyle="1">
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="FaktarutaLista">
     <w:name w:val="Faktaruta Lista"/>
     <w:uiPriority w:val="5"/>
     <w:semiHidden/>
     <w:qFormat/>
     <w:locked/>
     <w:rsid w:val="00617710"/>
     <w:pPr>
       <w:numPr>
         <w:numId w:val="4"/>
       </w:numPr>
       <w:spacing w:after="40"/>
       <w:ind w:left="357" w:hanging="357"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
       <w:color w:val="000000"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:styleId="TitleChar" w:customStyle="1">
-[...1 lines deleted...]
-    <w:link w:val="Title"/>
+  <w:style w:type="character" w:customStyle="1" w:styleId="RubrikChar">
+    <w:name w:val="Rubrik Char"/>
+    <w:link w:val="Rubrik"/>
     <w:uiPriority w:val="10"/>
     <w:semiHidden/>
     <w:rsid w:val="00F86F47"/>
     <w:rPr>
-      <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="MS Gothic"/>
+      <w:rFonts w:ascii="Calibri" w:eastAsia="MS Gothic" w:hAnsi="Calibri"/>
       <w:b/>
       <w:bCs/>
       <w:kern w:val="28"/>
       <w:sz w:val="32"/>
       <w:szCs w:val="32"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="BalloonText">
+  <w:style w:type="paragraph" w:styleId="Ballongtext">
     <w:name w:val="Balloon Text"/>
     <w:basedOn w:val="Normal"/>
-    <w:link w:val="BalloonTextChar"/>
+    <w:link w:val="BallongtextChar"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00CB0493"/>
     <w:pPr>
       <w:spacing w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Lucida Grande" w:hAnsi="Lucida Grande" w:cs="Lucida Grande"/>
       <w:sz w:val="18"/>
       <w:szCs w:val="18"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:styleId="BalloonTextChar" w:customStyle="1">
-[...2 lines deleted...]
-    <w:link w:val="BalloonText"/>
+  <w:style w:type="character" w:customStyle="1" w:styleId="BallongtextChar">
+    <w:name w:val="Ballongtext Char"/>
+    <w:basedOn w:val="Standardstycketeckensnitt"/>
+    <w:link w:val="Ballongtext"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:rsid w:val="00CB0493"/>
     <w:rPr>
       <w:rFonts w:ascii="Lucida Grande" w:hAnsi="Lucida Grande" w:cs="Lucida Grande"/>
       <w:sz w:val="18"/>
       <w:szCs w:val="18"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:styleId="PlaceholderText">
+  <w:style w:type="character" w:styleId="Platshllartext">
     <w:name w:val="Placeholder Text"/>
-    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:basedOn w:val="Standardstycketeckensnitt"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:rsid w:val="00C9071C"/>
     <w:rPr>
       <w:color w:val="808080"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Faktarutarubrik" w:customStyle="1">
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="Faktarutarubrik">
     <w:name w:val="Faktaruta rubrik"/>
-    <w:basedOn w:val="Heading2"/>
+    <w:basedOn w:val="Rubrik2"/>
     <w:next w:val="FaktarutaLista"/>
     <w:uiPriority w:val="3"/>
     <w:semiHidden/>
     <w:qFormat/>
     <w:locked/>
     <w:rsid w:val="0009062C"/>
     <w:pPr>
       <w:spacing w:before="0"/>
       <w:outlineLvl w:val="2"/>
     </w:pPr>
     <w:rPr>
       <w:bCs w:val="0"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:styleId="Heading2Char" w:customStyle="1">
-    <w:name w:val="Heading 2 Char"/>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Rubrik2Char">
+    <w:name w:val="Rubrik 2 Char"/>
     <w:aliases w:val="Rubrik 2 VGR Char"/>
-    <w:basedOn w:val="DefaultParagraphFont"/>
-    <w:link w:val="Heading2"/>
+    <w:basedOn w:val="Standardstycketeckensnitt"/>
+    <w:link w:val="Rubrik2"/>
     <w:uiPriority w:val="3"/>
     <w:rsid w:val="00627BEA"/>
     <w:rPr>
-      <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
       <w:bCs/>
       <w:color w:val="000000" w:themeColor="text1"/>
       <w:sz w:val="40"/>
       <w:szCs w:val="26"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:styleId="Heading3Char" w:customStyle="1">
-    <w:name w:val="Heading 3 Char"/>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Rubrik3Char">
+    <w:name w:val="Rubrik 3 Char"/>
     <w:aliases w:val="Rubrik 3 VGR Char"/>
-    <w:basedOn w:val="DefaultParagraphFont"/>
-    <w:link w:val="Heading3"/>
+    <w:basedOn w:val="Standardstycketeckensnitt"/>
+    <w:link w:val="Rubrik3"/>
     <w:uiPriority w:val="3"/>
     <w:rsid w:val="00A65297"/>
     <w:rPr>
-      <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
       <w:bCs/>
       <w:color w:val="000000" w:themeColor="text1"/>
       <w:sz w:val="36"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:styleId="Heading4Char" w:customStyle="1">
-    <w:name w:val="Heading 4 Char"/>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Rubrik4Char">
+    <w:name w:val="Rubrik 4 Char"/>
     <w:aliases w:val="mellanrubrik Char"/>
-    <w:basedOn w:val="DefaultParagraphFont"/>
-    <w:link w:val="Heading4"/>
+    <w:basedOn w:val="Standardstycketeckensnitt"/>
+    <w:link w:val="Rubrik4"/>
     <w:uiPriority w:val="3"/>
     <w:semiHidden/>
     <w:rsid w:val="00A272CA"/>
     <w:rPr>
-      <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
       <w:b/>
       <w:bCs/>
       <w:iCs/>
       <w:color w:val="000000" w:themeColor="text1"/>
       <w:sz w:val="26"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:styleId="Heading5Char" w:customStyle="1">
-[...2 lines deleted...]
-    <w:link w:val="Heading5"/>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Rubrik5Char">
+    <w:name w:val="Rubrik 5 Char"/>
+    <w:basedOn w:val="Standardstycketeckensnitt"/>
+    <w:link w:val="Rubrik5"/>
     <w:uiPriority w:val="9"/>
     <w:semiHidden/>
     <w:rsid w:val="002F568B"/>
     <w:rPr>
-      <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
       <w:color w:val="00304B" w:themeColor="accent1" w:themeShade="7F"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="ListParagraph">
+  <w:style w:type="paragraph" w:styleId="Liststycke">
     <w:name w:val="List Paragraph"/>
     <w:basedOn w:val="Normal"/>
     <w:uiPriority w:val="34"/>
     <w:rsid w:val="00CB1ED7"/>
     <w:pPr>
       <w:numPr>
         <w:numId w:val="13"/>
       </w:numPr>
       <w:ind w:left="1712" w:hanging="357"/>
       <w:contextualSpacing/>
     </w:pPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Normalefterlista" w:customStyle="1">
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="Normalefterlista">
     <w:name w:val="Normal efter lista"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:uiPriority w:val="3"/>
     <w:qFormat/>
     <w:rsid w:val="0062184C"/>
     <w:pPr>
       <w:spacing w:before="200"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:eastAsia="MS Gothic"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="TOC1">
+  <w:style w:type="paragraph" w:styleId="Innehll1">
     <w:name w:val="toc 1"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:autoRedefine/>
     <w:uiPriority w:val="39"/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00A65297"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="right" w:leader="dot" w:pos="8779"/>
       </w:tabs>
       <w:spacing w:after="0"/>
     </w:pPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Omslagsrubrik" w:customStyle="1">
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="Omslagsrubrik">
     <w:name w:val="Omslagsrubrik"/>
     <w:basedOn w:val="Normal"/>
     <w:link w:val="OmslagsrubrikChar"/>
     <w:uiPriority w:val="3"/>
     <w:qFormat/>
     <w:rsid w:val="005A627D"/>
     <w:pPr>
       <w:spacing w:after="6000" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
       <w:sz w:val="72"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:styleId="OmslagsrubrikChar" w:customStyle="1">
+  <w:style w:type="character" w:customStyle="1" w:styleId="OmslagsrubrikChar">
     <w:name w:val="Omslagsrubrik Char"/>
-    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:basedOn w:val="Standardstycketeckensnitt"/>
     <w:link w:val="Omslagsrubrik"/>
     <w:uiPriority w:val="3"/>
     <w:rsid w:val="005A627D"/>
     <w:rPr>
       <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
       <w:sz w:val="72"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Omslagsunderrubrik" w:customStyle="1">
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="Omslagsunderrubrik">
     <w:name w:val="Omslagsunderrubrik"/>
     <w:basedOn w:val="Normal"/>
     <w:link w:val="OmslagsunderrubrikChar"/>
     <w:uiPriority w:val="3"/>
     <w:qFormat/>
     <w:rsid w:val="009533B4"/>
     <w:pPr>
       <w:contextualSpacing/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
       <w:sz w:val="32"/>
       <w:szCs w:val="44"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:styleId="OmslagsunderrubrikChar" w:customStyle="1">
+  <w:style w:type="character" w:customStyle="1" w:styleId="OmslagsunderrubrikChar">
     <w:name w:val="Omslagsunderrubrik Char"/>
-    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:basedOn w:val="Standardstycketeckensnitt"/>
     <w:link w:val="Omslagsunderrubrik"/>
     <w:uiPriority w:val="3"/>
     <w:rsid w:val="009533B4"/>
     <w:rPr>
       <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
       <w:sz w:val="32"/>
       <w:szCs w:val="44"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="TOC2">
+  <w:style w:type="paragraph" w:styleId="Innehll2">
     <w:name w:val="toc 2"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:autoRedefine/>
     <w:uiPriority w:val="39"/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00A65297"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="right" w:leader="dot" w:pos="8777"/>
       </w:tabs>
       <w:spacing w:after="0"/>
       <w:ind w:left="1349"/>
     </w:pPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="TOC3">
+  <w:style w:type="paragraph" w:styleId="Innehll3">
     <w:name w:val="toc 3"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:autoRedefine/>
     <w:uiPriority w:val="39"/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00E61294"/>
     <w:pPr>
       <w:ind w:left="480"/>
     </w:pPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="TOC4">
+  <w:style w:type="paragraph" w:styleId="Innehll4">
     <w:name w:val="toc 4"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:autoRedefine/>
     <w:uiPriority w:val="39"/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00E61294"/>
     <w:pPr>
       <w:ind w:left="720"/>
     </w:pPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="TOC5">
+  <w:style w:type="paragraph" w:styleId="Innehll5">
     <w:name w:val="toc 5"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:autoRedefine/>
     <w:uiPriority w:val="39"/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00E61294"/>
     <w:pPr>
       <w:ind w:left="960"/>
     </w:pPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="TOC6">
+  <w:style w:type="paragraph" w:styleId="Innehll6">
     <w:name w:val="toc 6"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:autoRedefine/>
     <w:uiPriority w:val="39"/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00E61294"/>
     <w:pPr>
       <w:ind w:left="1200"/>
     </w:pPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="TOC7">
+  <w:style w:type="paragraph" w:styleId="Innehll7">
     <w:name w:val="toc 7"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:autoRedefine/>
     <w:uiPriority w:val="39"/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00E61294"/>
     <w:pPr>
       <w:ind w:left="1440"/>
     </w:pPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="TOC8">
+  <w:style w:type="paragraph" w:styleId="Innehll8">
     <w:name w:val="toc 8"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:autoRedefine/>
     <w:uiPriority w:val="39"/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00E61294"/>
     <w:pPr>
       <w:ind w:left="1680"/>
     </w:pPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="TOC9">
+  <w:style w:type="paragraph" w:styleId="Innehll9">
     <w:name w:val="toc 9"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:autoRedefine/>
     <w:uiPriority w:val="39"/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00E61294"/>
     <w:pPr>
       <w:ind w:left="1920"/>
     </w:pPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="MellanrubrikVGR" w:customStyle="1">
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="MellanrubrikVGR">
     <w:name w:val="Mellanrubrik VGR"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:uiPriority w:val="2"/>
     <w:qFormat/>
     <w:rsid w:val="00FB5086"/>
     <w:pPr>
       <w:keepNext/>
       <w:keepLines/>
       <w:widowControl w:val="0"/>
       <w:autoSpaceDE w:val="0"/>
       <w:autoSpaceDN w:val="0"/>
       <w:adjustRightInd w:val="0"/>
       <w:spacing w:before="240"/>
       <w:textAlignment w:val="center"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
       <w:b/>
       <w:color w:val="000000"/>
       <w:sz w:val="26"/>
       <w:szCs w:val="18"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:styleId="FootnoteReference">
+  <w:style w:type="character" w:styleId="Fotnotsreferens">
     <w:name w:val="footnote reference"/>
-    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:basedOn w:val="Standardstycketeckensnitt"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00FB5086"/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Formatmall1" w:customStyle="1">
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="Formatmall1">
     <w:name w:val="Formatmall1"/>
     <w:basedOn w:val="Normal"/>
     <w:link w:val="Formatmall1Char"/>
     <w:uiPriority w:val="3"/>
     <w:semiHidden/>
     <w:qFormat/>
     <w:locked/>
     <w:rsid w:val="00FB5086"/>
     <w:pPr>
       <w:spacing w:after="0"/>
     </w:pPr>
     <w:rPr>
       <w:sz w:val="20"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:styleId="Formatmall1Char" w:customStyle="1">
+  <w:style w:type="character" w:customStyle="1" w:styleId="Formatmall1Char">
     <w:name w:val="Formatmall1 Char"/>
-    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:basedOn w:val="Standardstycketeckensnitt"/>
     <w:link w:val="Formatmall1"/>
     <w:uiPriority w:val="3"/>
     <w:semiHidden/>
     <w:rsid w:val="00A272CA"/>
     <w:rPr>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="FotnotVGR" w:customStyle="1">
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="FotnotVGR">
     <w:name w:val="Fotnot VGR"/>
     <w:basedOn w:val="Normal"/>
     <w:uiPriority w:val="3"/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:rsid w:val="00FB5086"/>
     <w:pPr>
       <w:spacing w:after="0"/>
     </w:pPr>
     <w:rPr>
       <w:sz w:val="20"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="table" w:styleId="PlainTable2">
+  <w:style w:type="table" w:styleId="Oformateradtabell2">
     <w:name w:val="Plain Table 2"/>
-    <w:basedOn w:val="TableNormal"/>
+    <w:basedOn w:val="Normaltabell"/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="002E263F"/>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblBorders>
-        <w:top w:val="single" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80" w:sz="4" w:space="0"/>
-        <w:bottom w:val="single" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80" w:sz="4" w:space="0"/>
+        <w:top w:val="single" w:sz="4" w:space="0" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80"/>
+        <w:bottom w:val="single" w:sz="4" w:space="0" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80"/>
       </w:tblBorders>
     </w:tblPr>
     <w:tblStylePr w:type="firstRow">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
-          <w:bottom w:val="single" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80" w:sz="4" w:space="0"/>
+          <w:bottom w:val="single" w:sz="4" w:space="0" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastRow">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
-          <w:top w:val="single" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80" w:sz="4" w:space="0"/>
+          <w:top w:val="single" w:sz="4" w:space="0" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="firstCol">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastCol">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Vert">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
-          <w:left w:val="single" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80" w:sz="4" w:space="0"/>
-          <w:right w:val="single" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80" w:sz="4" w:space="0"/>
+          <w:left w:val="single" w:sz="4" w:space="0" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80"/>
+          <w:right w:val="single" w:sz="4" w:space="0" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band2Vert">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
-          <w:left w:val="single" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80" w:sz="4" w:space="0"/>
-          <w:right w:val="single" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80" w:sz="4" w:space="0"/>
+          <w:left w:val="single" w:sz="4" w:space="0" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80"/>
+          <w:right w:val="single" w:sz="4" w:space="0" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
-          <w:top w:val="single" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80" w:sz="4" w:space="0"/>
-          <w:bottom w:val="single" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80" w:sz="4" w:space="0"/>
+          <w:top w:val="single" w:sz="4" w:space="0" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80"/>
+          <w:bottom w:val="single" w:sz="4" w:space="0" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="character" w:styleId="Hyperlink">
+  <w:style w:type="character" w:styleId="Hyperlnk">
     <w:name w:val="Hyperlink"/>
-    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:basedOn w:val="Standardstycketeckensnitt"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00A514B7"/>
     <w:rPr>
       <w:color w:val="006298" w:themeColor="hyperlink"/>
       <w:u w:val="single"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="table" w:styleId="TableGrid">
+  <w:style w:type="table" w:styleId="Tabellrutnt">
     <w:name w:val="Table Grid"/>
-    <w:basedOn w:val="TableNormal"/>
+    <w:basedOn w:val="Normaltabell"/>
     <w:uiPriority w:val="59"/>
     <w:rsid w:val="00F413D9"/>
     <w:tblPr>
       <w:tblBorders>
-        <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
-[...4 lines deleted...]
-        <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+        <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
       </w:tblBorders>
     </w:tblPr>
   </w:style>
-  <w:style w:type="table" w:styleId="LightList-Accent1">
+  <w:style w:type="table" w:styleId="Ljuslista-dekorfrg1">
     <w:name w:val="Light List Accent 1"/>
     <w:aliases w:val="VGR tabell blue"/>
-    <w:basedOn w:val="TableNormal"/>
+    <w:basedOn w:val="Normaltabell"/>
     <w:uiPriority w:val="61"/>
     <w:rsid w:val="00827E69"/>
     <w:rPr>
       <w:sz w:val="24"/>
     </w:rPr>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblBorders>
-        <w:top w:val="single" w:color="006298" w:themeColor="accent1" w:sz="4" w:space="0"/>
-[...2 lines deleted...]
-        <w:right w:val="single" w:color="006298" w:themeColor="accent1" w:sz="4" w:space="0"/>
+        <w:top w:val="single" w:sz="4" w:space="0" w:color="006298" w:themeColor="accent1"/>
+        <w:left w:val="single" w:sz="4" w:space="0" w:color="006298" w:themeColor="accent1"/>
+        <w:bottom w:val="single" w:sz="4" w:space="0" w:color="006298" w:themeColor="accent1"/>
+        <w:right w:val="single" w:sz="4" w:space="0" w:color="006298" w:themeColor="accent1"/>
       </w:tblBorders>
     </w:tblPr>
     <w:tblStylePr w:type="firstRow">
       <w:pPr>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:rPr>
         <w:b/>
         <w:bCs/>
         <w:color w:val="FFFFFF" w:themeColor="background1"/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="006298" w:themeFill="accent1"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastRow">
       <w:pPr>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
-          <w:top w:val="double" w:color="006298" w:themeColor="accent1" w:sz="6" w:space="0"/>
-[...2 lines deleted...]
-          <w:right w:val="single" w:color="006298" w:themeColor="accent1" w:sz="8" w:space="0"/>
+          <w:top w:val="double" w:sz="6" w:space="0" w:color="006298" w:themeColor="accent1"/>
+          <w:left w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
+          <w:bottom w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
+          <w:right w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="firstCol">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastCol">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Vert">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
-          <w:top w:val="single" w:color="006298" w:themeColor="accent1" w:sz="8" w:space="0"/>
-[...2 lines deleted...]
-          <w:right w:val="single" w:color="006298" w:themeColor="accent1" w:sz="8" w:space="0"/>
+          <w:top w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
+          <w:left w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
+          <w:bottom w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
+          <w:right w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
-          <w:top w:val="single" w:color="006298" w:themeColor="accent1" w:sz="8" w:space="0"/>
-[...2 lines deleted...]
-          <w:right w:val="single" w:color="006298" w:themeColor="accent1" w:sz="8" w:space="0"/>
+          <w:top w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
+          <w:left w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
+          <w:bottom w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
+          <w:right w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="table" w:styleId="LightGrid-Accent6">
+  <w:style w:type="table" w:styleId="Ljustrutnt-dekorfrg6">
     <w:name w:val="Light Grid Accent 6"/>
-    <w:basedOn w:val="TableNormal"/>
+    <w:basedOn w:val="Normaltabell"/>
     <w:uiPriority w:val="62"/>
     <w:rsid w:val="00397F54"/>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblBorders>
-        <w:top w:val="single" w:color="71B2C9" w:themeColor="accent6" w:sz="8" w:space="0"/>
-[...4 lines deleted...]
-        <w:insideV w:val="single" w:color="71B2C9" w:themeColor="accent6" w:sz="8" w:space="0"/>
+        <w:top w:val="single" w:sz="8" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
+        <w:left w:val="single" w:sz="8" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
+        <w:bottom w:val="single" w:sz="8" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
+        <w:right w:val="single" w:sz="8" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
+        <w:insideH w:val="single" w:sz="8" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
+        <w:insideV w:val="single" w:sz="8" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
       </w:tblBorders>
     </w:tblPr>
     <w:tblStylePr w:type="firstRow">
       <w:pPr>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
+        <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
         <w:b/>
         <w:bCs/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
-          <w:top w:val="single" w:color="71B2C9" w:themeColor="accent6" w:sz="8" w:space="0"/>
-[...2 lines deleted...]
-          <w:right w:val="single" w:color="71B2C9" w:themeColor="accent6" w:sz="8" w:space="0"/>
+          <w:top w:val="single" w:sz="8" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
+          <w:left w:val="single" w:sz="8" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
+          <w:bottom w:val="single" w:sz="18" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
+          <w:right w:val="single" w:sz="8" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
           <w:insideH w:val="nil"/>
-          <w:insideV w:val="single" w:color="71B2C9" w:themeColor="accent6" w:sz="8" w:space="0"/>
+          <w:insideV w:val="single" w:sz="8" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastRow">
       <w:pPr>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
+        <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
         <w:b/>
         <w:bCs/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
-          <w:top w:val="double" w:color="71B2C9" w:themeColor="accent6" w:sz="6" w:space="0"/>
-[...2 lines deleted...]
-          <w:right w:val="single" w:color="71B2C9" w:themeColor="accent6" w:sz="8" w:space="0"/>
+          <w:top w:val="double" w:sz="6" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
+          <w:left w:val="single" w:sz="8" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
+          <w:bottom w:val="single" w:sz="8" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
+          <w:right w:val="single" w:sz="8" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
           <w:insideH w:val="nil"/>
-          <w:insideV w:val="single" w:color="71B2C9" w:themeColor="accent6" w:sz="8" w:space="0"/>
+          <w:insideV w:val="single" w:sz="8" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="firstCol">
       <w:rPr>
-        <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
+        <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
         <w:b/>
         <w:bCs/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastCol">
       <w:rPr>
-        <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
+        <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
         <w:b/>
         <w:bCs/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
-          <w:top w:val="single" w:color="71B2C9" w:themeColor="accent6" w:sz="8" w:space="0"/>
-[...2 lines deleted...]
-          <w:right w:val="single" w:color="71B2C9" w:themeColor="accent6" w:sz="8" w:space="0"/>
+          <w:top w:val="single" w:sz="8" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
+          <w:left w:val="single" w:sz="8" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
+          <w:bottom w:val="single" w:sz="8" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
+          <w:right w:val="single" w:sz="8" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Vert">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
-          <w:top w:val="single" w:color="71B2C9" w:themeColor="accent6" w:sz="8" w:space="0"/>
-[...2 lines deleted...]
-          <w:right w:val="single" w:color="71B2C9" w:themeColor="accent6" w:sz="8" w:space="0"/>
+          <w:top w:val="single" w:sz="8" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
+          <w:left w:val="single" w:sz="8" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
+          <w:bottom w:val="single" w:sz="8" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
+          <w:right w:val="single" w:sz="8" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
         </w:tcBorders>
         <w:shd w:val="clear" w:color="auto" w:fill="DBEBF1" w:themeFill="accent6" w:themeFillTint="3F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
-          <w:top w:val="single" w:color="71B2C9" w:themeColor="accent6" w:sz="8" w:space="0"/>
-[...3 lines deleted...]
-          <w:insideV w:val="single" w:color="71B2C9" w:themeColor="accent6" w:sz="8" w:space="0"/>
+          <w:top w:val="single" w:sz="8" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
+          <w:left w:val="single" w:sz="8" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
+          <w:bottom w:val="single" w:sz="8" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
+          <w:right w:val="single" w:sz="8" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
+          <w:insideV w:val="single" w:sz="8" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
         </w:tcBorders>
         <w:shd w:val="clear" w:color="auto" w:fill="DBEBF1" w:themeFill="accent6" w:themeFillTint="3F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band2Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
-          <w:top w:val="single" w:color="71B2C9" w:themeColor="accent6" w:sz="8" w:space="0"/>
-[...3 lines deleted...]
-          <w:insideV w:val="single" w:color="71B2C9" w:themeColor="accent6" w:sz="8" w:space="0"/>
+          <w:top w:val="single" w:sz="8" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
+          <w:left w:val="single" w:sz="8" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
+          <w:bottom w:val="single" w:sz="8" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
+          <w:right w:val="single" w:sz="8" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
+          <w:insideV w:val="single" w:sz="8" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="table" w:styleId="LightGrid-Accent1">
+  <w:style w:type="table" w:styleId="Ljustrutnt-dekorfrg1">
     <w:name w:val="Light Grid Accent 1"/>
-    <w:basedOn w:val="TableNormal"/>
+    <w:basedOn w:val="Normaltabell"/>
     <w:uiPriority w:val="62"/>
     <w:rsid w:val="00397F54"/>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblBorders>
-        <w:top w:val="single" w:color="006298" w:themeColor="accent1" w:sz="8" w:space="0"/>
-[...4 lines deleted...]
-        <w:insideV w:val="single" w:color="006298" w:themeColor="accent1" w:sz="8" w:space="0"/>
+        <w:top w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
+        <w:left w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
+        <w:bottom w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
+        <w:right w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
+        <w:insideH w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
+        <w:insideV w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
       </w:tblBorders>
     </w:tblPr>
     <w:tblStylePr w:type="firstRow">
       <w:pPr>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
+        <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
         <w:b/>
         <w:bCs/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
-          <w:top w:val="single" w:color="006298" w:themeColor="accent1" w:sz="8" w:space="0"/>
-[...2 lines deleted...]
-          <w:right w:val="single" w:color="006298" w:themeColor="accent1" w:sz="8" w:space="0"/>
+          <w:top w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
+          <w:left w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
+          <w:bottom w:val="single" w:sz="18" w:space="0" w:color="006298" w:themeColor="accent1"/>
+          <w:right w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
           <w:insideH w:val="nil"/>
-          <w:insideV w:val="single" w:color="006298" w:themeColor="accent1" w:sz="8" w:space="0"/>
+          <w:insideV w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastRow">
       <w:pPr>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
+        <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
         <w:b/>
         <w:bCs/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
-          <w:top w:val="double" w:color="006298" w:themeColor="accent1" w:sz="6" w:space="0"/>
-[...2 lines deleted...]
-          <w:right w:val="single" w:color="006298" w:themeColor="accent1" w:sz="8" w:space="0"/>
+          <w:top w:val="double" w:sz="6" w:space="0" w:color="006298" w:themeColor="accent1"/>
+          <w:left w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
+          <w:bottom w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
+          <w:right w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
           <w:insideH w:val="nil"/>
-          <w:insideV w:val="single" w:color="006298" w:themeColor="accent1" w:sz="8" w:space="0"/>
+          <w:insideV w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="firstCol">
       <w:rPr>
-        <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
+        <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
         <w:b/>
         <w:bCs/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastCol">
       <w:rPr>
-        <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
+        <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
         <w:b/>
         <w:bCs/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
-          <w:top w:val="single" w:color="006298" w:themeColor="accent1" w:sz="8" w:space="0"/>
-[...2 lines deleted...]
-          <w:right w:val="single" w:color="006298" w:themeColor="accent1" w:sz="8" w:space="0"/>
+          <w:top w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
+          <w:left w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
+          <w:bottom w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
+          <w:right w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Vert">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
-          <w:top w:val="single" w:color="006298" w:themeColor="accent1" w:sz="8" w:space="0"/>
-[...2 lines deleted...]
-          <w:right w:val="single" w:color="006298" w:themeColor="accent1" w:sz="8" w:space="0"/>
+          <w:top w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
+          <w:left w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
+          <w:bottom w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
+          <w:right w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
         </w:tcBorders>
         <w:shd w:val="clear" w:color="auto" w:fill="A6DFFF" w:themeFill="accent1" w:themeFillTint="3F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
-          <w:top w:val="single" w:color="006298" w:themeColor="accent1" w:sz="8" w:space="0"/>
-[...3 lines deleted...]
-          <w:insideV w:val="single" w:color="006298" w:themeColor="accent1" w:sz="8" w:space="0"/>
+          <w:top w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
+          <w:left w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
+          <w:bottom w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
+          <w:right w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
+          <w:insideV w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
         </w:tcBorders>
         <w:shd w:val="clear" w:color="auto" w:fill="A6DFFF" w:themeFill="accent1" w:themeFillTint="3F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band2Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
-          <w:top w:val="single" w:color="006298" w:themeColor="accent1" w:sz="8" w:space="0"/>
-[...3 lines deleted...]
-          <w:insideV w:val="single" w:color="006298" w:themeColor="accent1" w:sz="8" w:space="0"/>
+          <w:top w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
+          <w:left w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
+          <w:bottom w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
+          <w:right w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
+          <w:insideV w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="table" w:styleId="MediumShading1-Accent1">
+  <w:style w:type="table" w:styleId="Mellanmrkskuggning1-dekorfrg1">
     <w:name w:val="Medium Shading 1 Accent 1"/>
-    <w:basedOn w:val="TableNormal"/>
+    <w:basedOn w:val="Normaltabell"/>
     <w:uiPriority w:val="63"/>
     <w:rsid w:val="00397F54"/>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblBorders>
-        <w:top w:val="single" w:color="009BF1" w:themeColor="accent1" w:themeTint="BF" w:sz="8" w:space="0"/>
-[...3 lines deleted...]
-        <w:insideH w:val="single" w:color="009BF1" w:themeColor="accent1" w:themeTint="BF" w:sz="8" w:space="0"/>
+        <w:top w:val="single" w:sz="8" w:space="0" w:color="009BF1" w:themeColor="accent1" w:themeTint="BF"/>
+        <w:left w:val="single" w:sz="8" w:space="0" w:color="009BF1" w:themeColor="accent1" w:themeTint="BF"/>
+        <w:bottom w:val="single" w:sz="8" w:space="0" w:color="009BF1" w:themeColor="accent1" w:themeTint="BF"/>
+        <w:right w:val="single" w:sz="8" w:space="0" w:color="009BF1" w:themeColor="accent1" w:themeTint="BF"/>
+        <w:insideH w:val="single" w:sz="8" w:space="0" w:color="009BF1" w:themeColor="accent1" w:themeTint="BF"/>
       </w:tblBorders>
     </w:tblPr>
     <w:tblStylePr w:type="firstRow">
       <w:pPr>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:rPr>
         <w:b/>
         <w:bCs/>
         <w:color w:val="FFFFFF" w:themeColor="background1"/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
-          <w:top w:val="single" w:color="009BF1" w:themeColor="accent1" w:themeTint="BF" w:sz="8" w:space="0"/>
-[...2 lines deleted...]
-          <w:right w:val="single" w:color="009BF1" w:themeColor="accent1" w:themeTint="BF" w:sz="8" w:space="0"/>
+          <w:top w:val="single" w:sz="8" w:space="0" w:color="009BF1" w:themeColor="accent1" w:themeTint="BF"/>
+          <w:left w:val="single" w:sz="8" w:space="0" w:color="009BF1" w:themeColor="accent1" w:themeTint="BF"/>
+          <w:bottom w:val="single" w:sz="8" w:space="0" w:color="009BF1" w:themeColor="accent1" w:themeTint="BF"/>
+          <w:right w:val="single" w:sz="8" w:space="0" w:color="009BF1" w:themeColor="accent1" w:themeTint="BF"/>
           <w:insideH w:val="nil"/>
           <w:insideV w:val="nil"/>
         </w:tcBorders>
         <w:shd w:val="clear" w:color="auto" w:fill="006298" w:themeFill="accent1"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastRow">
       <w:pPr>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
-          <w:top w:val="double" w:color="009BF1" w:themeColor="accent1" w:themeTint="BF" w:sz="6" w:space="0"/>
-[...2 lines deleted...]
-          <w:right w:val="single" w:color="009BF1" w:themeColor="accent1" w:themeTint="BF" w:sz="8" w:space="0"/>
+          <w:top w:val="double" w:sz="6" w:space="0" w:color="009BF1" w:themeColor="accent1" w:themeTint="BF"/>
+          <w:left w:val="single" w:sz="8" w:space="0" w:color="009BF1" w:themeColor="accent1" w:themeTint="BF"/>
+          <w:bottom w:val="single" w:sz="8" w:space="0" w:color="009BF1" w:themeColor="accent1" w:themeTint="BF"/>
+          <w:right w:val="single" w:sz="8" w:space="0" w:color="009BF1" w:themeColor="accent1" w:themeTint="BF"/>
           <w:insideH w:val="nil"/>
           <w:insideV w:val="nil"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="firstCol">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastCol">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Vert">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="A6DFFF" w:themeFill="accent1" w:themeFillTint="3F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:insideH w:val="nil"/>
           <w:insideV w:val="nil"/>
         </w:tcBorders>
         <w:shd w:val="clear" w:color="auto" w:fill="A6DFFF" w:themeFill="accent1" w:themeFillTint="3F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band2Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:insideH w:val="nil"/>
           <w:insideV w:val="nil"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="table" w:styleId="MediumShading1-Accent6">
+  <w:style w:type="table" w:styleId="Mellanmrkskuggning1-dekorfrg6">
     <w:name w:val="Medium Shading 1 Accent 6"/>
-    <w:basedOn w:val="TableNormal"/>
+    <w:basedOn w:val="Normaltabell"/>
     <w:uiPriority w:val="63"/>
     <w:rsid w:val="00397F54"/>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblBorders>
-        <w:top w:val="single" w:color="94C5D6" w:themeColor="accent6" w:themeTint="BF" w:sz="8" w:space="0"/>
-[...3 lines deleted...]
-        <w:insideH w:val="single" w:color="94C5D6" w:themeColor="accent6" w:themeTint="BF" w:sz="8" w:space="0"/>
+        <w:top w:val="single" w:sz="8" w:space="0" w:color="94C5D6" w:themeColor="accent6" w:themeTint="BF"/>
+        <w:left w:val="single" w:sz="8" w:space="0" w:color="94C5D6" w:themeColor="accent6" w:themeTint="BF"/>
+        <w:bottom w:val="single" w:sz="8" w:space="0" w:color="94C5D6" w:themeColor="accent6" w:themeTint="BF"/>
+        <w:right w:val="single" w:sz="8" w:space="0" w:color="94C5D6" w:themeColor="accent6" w:themeTint="BF"/>
+        <w:insideH w:val="single" w:sz="8" w:space="0" w:color="94C5D6" w:themeColor="accent6" w:themeTint="BF"/>
       </w:tblBorders>
     </w:tblPr>
     <w:tblStylePr w:type="firstRow">
       <w:pPr>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:rPr>
         <w:b/>
         <w:bCs/>
         <w:color w:val="FFFFFF" w:themeColor="background1"/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
-          <w:top w:val="single" w:color="94C5D6" w:themeColor="accent6" w:themeTint="BF" w:sz="8" w:space="0"/>
-[...2 lines deleted...]
-          <w:right w:val="single" w:color="94C5D6" w:themeColor="accent6" w:themeTint="BF" w:sz="8" w:space="0"/>
+          <w:top w:val="single" w:sz="8" w:space="0" w:color="94C5D6" w:themeColor="accent6" w:themeTint="BF"/>
+          <w:left w:val="single" w:sz="8" w:space="0" w:color="94C5D6" w:themeColor="accent6" w:themeTint="BF"/>
+          <w:bottom w:val="single" w:sz="8" w:space="0" w:color="94C5D6" w:themeColor="accent6" w:themeTint="BF"/>
+          <w:right w:val="single" w:sz="8" w:space="0" w:color="94C5D6" w:themeColor="accent6" w:themeTint="BF"/>
           <w:insideH w:val="nil"/>
           <w:insideV w:val="nil"/>
         </w:tcBorders>
         <w:shd w:val="clear" w:color="auto" w:fill="71B2C9" w:themeFill="accent6"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastRow">
       <w:pPr>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
-          <w:top w:val="double" w:color="94C5D6" w:themeColor="accent6" w:themeTint="BF" w:sz="6" w:space="0"/>
-[...2 lines deleted...]
-          <w:right w:val="single" w:color="94C5D6" w:themeColor="accent6" w:themeTint="BF" w:sz="8" w:space="0"/>
+          <w:top w:val="double" w:sz="6" w:space="0" w:color="94C5D6" w:themeColor="accent6" w:themeTint="BF"/>
+          <w:left w:val="single" w:sz="8" w:space="0" w:color="94C5D6" w:themeColor="accent6" w:themeTint="BF"/>
+          <w:bottom w:val="single" w:sz="8" w:space="0" w:color="94C5D6" w:themeColor="accent6" w:themeTint="BF"/>
+          <w:right w:val="single" w:sz="8" w:space="0" w:color="94C5D6" w:themeColor="accent6" w:themeTint="BF"/>
           <w:insideH w:val="nil"/>
           <w:insideV w:val="nil"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="firstCol">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastCol">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Vert">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="DBEBF1" w:themeFill="accent6" w:themeFillTint="3F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:insideH w:val="nil"/>
           <w:insideV w:val="nil"/>
         </w:tcBorders>
         <w:shd w:val="clear" w:color="auto" w:fill="DBEBF1" w:themeFill="accent6" w:themeFillTint="3F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band2Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:insideH w:val="nil"/>
           <w:insideV w:val="nil"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="table" w:styleId="LightList-Accent6">
+  <w:style w:type="table" w:styleId="Ljuslista-dekorfrg6">
     <w:name w:val="Light List Accent 6"/>
-    <w:basedOn w:val="TableNormal"/>
+    <w:basedOn w:val="Normaltabell"/>
     <w:uiPriority w:val="61"/>
     <w:rsid w:val="00397F54"/>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblBorders>
-        <w:top w:val="single" w:color="71B2C9" w:themeColor="accent6" w:sz="8" w:space="0"/>
-[...2 lines deleted...]
-        <w:right w:val="single" w:color="71B2C9" w:themeColor="accent6" w:sz="8" w:space="0"/>
+        <w:top w:val="single" w:sz="8" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
+        <w:left w:val="single" w:sz="8" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
+        <w:bottom w:val="single" w:sz="8" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
+        <w:right w:val="single" w:sz="8" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
       </w:tblBorders>
     </w:tblPr>
     <w:tblStylePr w:type="firstRow">
       <w:pPr>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:rPr>
         <w:b/>
         <w:bCs/>
         <w:color w:val="FFFFFF" w:themeColor="background1"/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="71B2C9" w:themeFill="accent6"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastRow">
       <w:pPr>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
-          <w:top w:val="double" w:color="71B2C9" w:themeColor="accent6" w:sz="6" w:space="0"/>
-[...2 lines deleted...]
-          <w:right w:val="single" w:color="71B2C9" w:themeColor="accent6" w:sz="8" w:space="0"/>
+          <w:top w:val="double" w:sz="6" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
+          <w:left w:val="single" w:sz="8" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
+          <w:bottom w:val="single" w:sz="8" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
+          <w:right w:val="single" w:sz="8" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="firstCol">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastCol">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Vert">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
-          <w:top w:val="single" w:color="71B2C9" w:themeColor="accent6" w:sz="8" w:space="0"/>
-[...2 lines deleted...]
-          <w:right w:val="single" w:color="71B2C9" w:themeColor="accent6" w:sz="8" w:space="0"/>
+          <w:top w:val="single" w:sz="8" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
+          <w:left w:val="single" w:sz="8" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
+          <w:bottom w:val="single" w:sz="8" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
+          <w:right w:val="single" w:sz="8" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
-          <w:top w:val="single" w:color="71B2C9" w:themeColor="accent6" w:sz="8" w:space="0"/>
-[...2 lines deleted...]
-          <w:right w:val="single" w:color="71B2C9" w:themeColor="accent6" w:sz="8" w:space="0"/>
+          <w:top w:val="single" w:sz="8" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
+          <w:left w:val="single" w:sz="8" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
+          <w:bottom w:val="single" w:sz="8" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
+          <w:right w:val="single" w:sz="8" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="table" w:styleId="LightShading-Accent1">
+  <w:style w:type="table" w:styleId="Ljusskuggning-dekorfrg1">
     <w:name w:val="Light Shading Accent 1"/>
-    <w:basedOn w:val="TableNormal"/>
+    <w:basedOn w:val="Normaltabell"/>
     <w:uiPriority w:val="60"/>
     <w:rsid w:val="00C4115D"/>
     <w:rPr>
       <w:color w:val="004971" w:themeColor="accent1" w:themeShade="BF"/>
     </w:rPr>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblBorders>
-        <w:top w:val="single" w:color="006298" w:themeColor="accent1" w:sz="8" w:space="0"/>
-        <w:bottom w:val="single" w:color="006298" w:themeColor="accent1" w:sz="8" w:space="0"/>
+        <w:top w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
+        <w:bottom w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
       </w:tblBorders>
     </w:tblPr>
     <w:tblStylePr w:type="firstRow">
       <w:pPr>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
-          <w:top w:val="single" w:color="006298" w:themeColor="accent1" w:sz="8" w:space="0"/>
+          <w:top w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
           <w:left w:val="nil"/>
-          <w:bottom w:val="single" w:color="006298" w:themeColor="accent1" w:sz="8" w:space="0"/>
+          <w:bottom w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
           <w:right w:val="nil"/>
           <w:insideH w:val="nil"/>
           <w:insideV w:val="nil"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastRow">
       <w:pPr>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
-          <w:top w:val="single" w:color="006298" w:themeColor="accent1" w:sz="8" w:space="0"/>
+          <w:top w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
           <w:left w:val="nil"/>
-          <w:bottom w:val="single" w:color="006298" w:themeColor="accent1" w:sz="8" w:space="0"/>
+          <w:bottom w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
           <w:right w:val="nil"/>
           <w:insideH w:val="nil"/>
           <w:insideV w:val="nil"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="firstCol">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastCol">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Vert">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:left w:val="nil"/>
           <w:right w:val="nil"/>
           <w:insideH w:val="nil"/>
           <w:insideV w:val="nil"/>
         </w:tcBorders>
         <w:shd w:val="clear" w:color="auto" w:fill="A6DFFF" w:themeFill="accent1" w:themeFillTint="3F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:left w:val="nil"/>
           <w:right w:val="nil"/>
           <w:insideH w:val="nil"/>
           <w:insideV w:val="nil"/>
         </w:tcBorders>
         <w:shd w:val="clear" w:color="auto" w:fill="A6DFFF" w:themeFill="accent1" w:themeFillTint="3F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="table" w:styleId="VGRtabell" w:customStyle="1">
+  <w:style w:type="table" w:customStyle="1" w:styleId="VGRtabell">
     <w:name w:val="VGR tabell"/>
-    <w:basedOn w:val="TableNormal"/>
+    <w:basedOn w:val="Normaltabell"/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="00016CF0"/>
     <w:pPr>
       <w:contextualSpacing/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
       <w:sz w:val="24"/>
     </w:rPr>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblBorders>
-        <w:top w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="4" w:space="0"/>
-[...4 lines deleted...]
-        <w:insideV w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="4" w:space="0"/>
+        <w:top w:val="single" w:sz="4" w:space="0" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
+        <w:left w:val="single" w:sz="4" w:space="0" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
+        <w:bottom w:val="single" w:sz="4" w:space="0" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
+        <w:right w:val="single" w:sz="4" w:space="0" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
+        <w:insideH w:val="single" w:sz="4" w:space="0" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
+        <w:insideV w:val="single" w:sz="4" w:space="0" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
       </w:tblBorders>
     </w:tblPr>
     <w:trPr>
       <w:cantSplit/>
     </w:trPr>
     <w:tcPr>
       <w:tcMar>
         <w:top w:w="113" w:type="dxa"/>
         <w:bottom w:w="113" w:type="dxa"/>
       </w:tcMar>
       <w:vAlign w:val="center"/>
     </w:tcPr>
     <w:tblStylePr w:type="firstRow">
       <w:rPr>
         <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
         <w:b/>
         <w:bCs/>
         <w:sz w:val="24"/>
       </w:rPr>
       <w:tblPr/>
       <w:trPr>
         <w:tblHeader/>
       </w:trPr>
       <w:tcPr>
         <w:tcBorders>
-          <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+          <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastRow">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
-          <w:top w:val="double" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="4" w:space="0"/>
+          <w:top w:val="double" w:sz="4" w:space="0" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="firstCol">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastCol">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Vert">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="table" w:styleId="Oformateradtabell51" w:customStyle="1">
+  <w:style w:type="table" w:customStyle="1" w:styleId="Oformateradtabell51">
     <w:name w:val="Oformaterad tabell 51"/>
-    <w:basedOn w:val="TableNormal"/>
+    <w:basedOn w:val="Normaltabell"/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="008E682C"/>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
     </w:tblPr>
     <w:tblStylePr w:type="firstRow">
       <w:rPr>
-        <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
+        <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
         <w:i/>
         <w:iCs/>
         <w:sz w:val="26"/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
-          <w:bottom w:val="single" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80" w:sz="4" w:space="0"/>
+          <w:bottom w:val="single" w:sz="4" w:space="0" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80"/>
         </w:tcBorders>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastRow">
       <w:rPr>
-        <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
+        <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
         <w:i/>
         <w:iCs/>
         <w:sz w:val="26"/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
-          <w:top w:val="single" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80" w:sz="4" w:space="0"/>
+          <w:top w:val="single" w:sz="4" w:space="0" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80"/>
         </w:tcBorders>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="firstCol">
       <w:pPr>
         <w:jc w:val="right"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
+        <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
         <w:i/>
         <w:iCs/>
         <w:sz w:val="26"/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
-          <w:right w:val="single" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80" w:sz="4" w:space="0"/>
+          <w:right w:val="single" w:sz="4" w:space="0" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80"/>
         </w:tcBorders>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastCol">
       <w:rPr>
-        <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
+        <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
         <w:i/>
         <w:iCs/>
         <w:sz w:val="26"/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
-          <w:left w:val="single" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80" w:sz="4" w:space="0"/>
+          <w:left w:val="single" w:sz="4" w:space="0" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80"/>
         </w:tcBorders>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Vert">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="neCell">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:left w:val="nil"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="nwCell">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:right w:val="nil"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="seCell">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:left w:val="nil"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="swCell">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:right w:val="nil"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Tabellrubrik" w:customStyle="1">
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="Tabellrubrik">
     <w:name w:val="Tabellrubrik"/>
     <w:basedOn w:val="Normal"/>
     <w:uiPriority w:val="3"/>
     <w:semiHidden/>
     <w:qFormat/>
     <w:rsid w:val="00B33FDD"/>
     <w:pPr>
       <w:spacing w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
       <w:bCs/>
       <w:color w:val="000000" w:themeColor="text1"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="ListBullet">
+  <w:style w:type="paragraph" w:styleId="Punktlista">
     <w:name w:val="List Bullet"/>
     <w:basedOn w:val="Normal"/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:rsid w:val="00263836"/>
     <w:pPr>
       <w:numPr>
         <w:numId w:val="14"/>
       </w:numPr>
       <w:ind w:left="1349" w:hanging="357"/>
     </w:pPr>
   </w:style>
-  <w:style w:type="table" w:styleId="PlainTable3">
+  <w:style w:type="table" w:styleId="Oformateradtabell3">
     <w:name w:val="Plain Table 3"/>
-    <w:basedOn w:val="TableNormal"/>
+    <w:basedOn w:val="Normaltabell"/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="002E263F"/>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
     </w:tblPr>
     <w:tblStylePr w:type="firstRow">
       <w:rPr>
         <w:b/>
         <w:bCs/>
         <w:caps/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
-          <w:bottom w:val="single" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80" w:sz="4" w:space="0"/>
+          <w:bottom w:val="single" w:sz="4" w:space="0" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastRow">
       <w:rPr>
         <w:b/>
         <w:bCs/>
         <w:caps/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:top w:val="nil"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="firstCol">
       <w:rPr>
         <w:b/>
         <w:bCs/>
         <w:caps/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
-          <w:right w:val="single" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80" w:sz="4" w:space="0"/>
+          <w:right w:val="single" w:sz="4" w:space="0" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastCol">
       <w:rPr>
         <w:b/>
         <w:bCs/>
         <w:caps/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:left w:val="nil"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Vert">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="neCell">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:left w:val="nil"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="nwCell">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:right w:val="nil"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="table" w:styleId="PlainTable4">
+  <w:style w:type="table" w:styleId="Oformateradtabell4">
     <w:name w:val="Plain Table 4"/>
-    <w:basedOn w:val="TableNormal"/>
+    <w:basedOn w:val="Normaltabell"/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="002E263F"/>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
     </w:tblPr>
     <w:tblStylePr w:type="firstRow">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastRow">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="firstCol">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastCol">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Vert">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Caption">
+  <w:style w:type="paragraph" w:styleId="Beskrivning">
     <w:name w:val="caption"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:uiPriority w:val="35"/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:rsid w:val="00404948"/>
     <w:pPr>
       <w:spacing w:after="200" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:i/>
       <w:iCs/>
       <w:color w:val="000000" w:themeColor="text2"/>
       <w:sz w:val="18"/>
       <w:szCs w:val="18"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:styleId="HeaderChar" w:customStyle="1">
-[...2 lines deleted...]
-    <w:link w:val="Header"/>
+  <w:style w:type="character" w:customStyle="1" w:styleId="SidhuvudChar">
+    <w:name w:val="Sidhuvud Char"/>
+    <w:basedOn w:val="Standardstycketeckensnitt"/>
+    <w:link w:val="Sidhuvud"/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="00133A0F"/>
     <w:rPr>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:divs>
     <w:div w:id="198055238">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="218060363">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
@@ -7058,59 +7707,59 @@
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="1230919038">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
   </w:divs>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
-<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml" Id="rId8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml" Id="rId13" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml" Id="rId18" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml" Id="rId7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml" Id="rId12" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml" Id="rId17" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer3.xml" Id="rId16" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml" Id="rId6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml" Id="rId11" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml" Id="rId15" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml" Id="rId10" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml" Id="rId9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml" Id="rId14" /></Relationships>
+<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml" Id="rId8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.jpg" Id="rId13" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml" Id="rId18" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer3.xml" Id="rId21" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml" Id="rId7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.jpg" Id="rId12" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml" Id="rId17" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image5.jpg" Id="rId16" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml" Id="rId20" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml" Id="rId6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml" Id="rId11" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image4.jpg" Id="rId15" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml" Id="rId23" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml" Id="rId10" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml" Id="rId19" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml" Id="rId9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image3.jpg" Id="rId14" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml" Id="rId22" /></Relationships>
 </file>
 
 <file path=word/_rels/footer3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.wmf"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image7.wmf"/></Relationships>
 </file>
 
 <file path=word/_rels/header2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image6.png"/></Relationships>
 </file>
 
 <file path=word/_rels/settings.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/attachedTemplate" Target="file:///C:\Users\regan2\Downloads\Dok_med_omslag_sd_red.dotx" TargetMode="External"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office-tema">
   <a:themeElements>
     <a:clrScheme name="VG">
       <a:dk1>
         <a:srgbClr val="000000"/>
       </a:dk1>
       <a:lt1>
         <a:srgbClr val="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="000000"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="808080"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="006298"/>
       </a:accent1>
@@ -7394,53 +8043,60 @@
     <a:lnDef>
       <a:spPr/>
       <a:bodyPr/>
       <a:lstStyle/>
       <a:style>
         <a:lnRef idx="2">
           <a:schemeClr val="accent1"/>
         </a:lnRef>
         <a:fillRef idx="0">
           <a:schemeClr val="accent1"/>
         </a:fillRef>
         <a:effectRef idx="1">
           <a:schemeClr val="accent1"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="tx1"/>
         </a:fontRef>
       </a:style>
     </a:lnDef>
   </a:objectDefaults>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
-<ap:Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:ap="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
-[...11 lines deleted...]
-</ap:Properties>
+<Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
+  <Template>Dok_med_omslag_sd_red</Template>
+  <TotalTime></TotalTime>
+  <Pages>5</Pages>
+  <Words>547</Words>
+  <Characters>4123</Characters>
+  <Application>Microsoft Office Word</Application>
+  <DocSecurity>0</DocSecurity>
+  <Lines>34</Lines>
+  <Paragraphs>9</Paragraphs>
+  <ScaleCrop>false</ScaleCrop>
+  <Manager/>
+  <Company/>
+  <LinksUpToDate>false</LinksUpToDate>
+  <CharactersWithSpaces>4661</CharactersWithSpaces>
+  <SharedDoc>false</SharedDoc>
+  <HyperlinkBase/>
+  <HyperlinksChanged>false</HyperlinksChanged>
+  <AppVersion></AppVersion>
+</Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <coreProperties xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns="http://schemas.openxmlformats.org/package/2006/metadata/core-properties">
   <dc:title>Hotande luftväg, SÄS - Vakenintubation med hjälp av bronkoskop</dc:title>
   <dc:subject/>
   <dc:creator/>
   <keywords/>
-  <lastModifiedBy>Karin Åhlin</lastModifiedBy>
-  <revision>53</revision>
+  <lastModifiedBy>Malin Stormvall</lastModifiedBy>
+  <revision>55</revision>
   <lastPrinted>2016-03-31T19:56:00.0000000Z</lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </coreProperties>
 </file>