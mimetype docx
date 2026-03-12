--- v0 (2025-11-26)
+++ v1 (2026-03-12)
@@ -10,135 +10,128 @@
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/footer2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/header2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer3.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/word/intelligence2.xml" ContentType="application/vnd.ms-office.intelligence2+xml"/>
   <Override PartName="/word/glossary/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.glossary+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml" Id="rId2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml" Id="rId1" /></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
   <w:body>
-    <w:p w:rsidR="4C571390" w:rsidP="4C571390" w:rsidRDefault="000A1F55" w14:paraId="6ABC8D2A" w14:textId="18BB4159">
+    <w:p w:rsidR="4C571390" w:rsidP="4C571390" w:rsidRDefault="000A1F55" w14:paraId="6ABC8D2A" w14:textId="73F6F0ED">
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
       </w:pPr>
       <w:r w:rsidR="3A30388E">
         <w:rPr/>
         <w:t>Mpox</w:t>
-      </w:r>
-[...2 lines deleted...]
-        <w:t xml:space="preserve"> (tidigare apkoppor)</w:t>
       </w:r>
       <w:r w:rsidR="000A1F55">
         <w:rPr/>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:r w:rsidR="00E93F73">
         <w:rPr/>
         <w:t>SÄS</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00656DCD" w:rsidP="0017508E" w:rsidRDefault="00BC2ED5" w14:paraId="7C2768EB" w14:textId="035864F7">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:t>Sammanfattning</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="4C571390" w:rsidP="6D8E634D" w:rsidRDefault="000A1F55" w14:paraId="30082628" w14:textId="0C672835">
+    <w:p w:rsidR="4C571390" w:rsidP="6D8E634D" w:rsidRDefault="000A1F55" w14:paraId="30082628" w14:textId="0B95CBC8">
       <w:r w:rsidR="000A1F55">
         <w:rPr/>
         <w:t>Rutinen beskriver p</w:t>
       </w:r>
       <w:r w:rsidR="4C571390">
         <w:rPr/>
         <w:t xml:space="preserve">raktisk tillämpning på SÄS av </w:t>
       </w:r>
       <w:r w:rsidR="007C4626">
         <w:rPr/>
         <w:t>SU:s rutin</w:t>
       </w:r>
       <w:r w:rsidR="4C571390">
         <w:rPr/>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:hyperlink r:id="R1fab01730ca84e35">
-        <w:r w:rsidRPr="184B1BDD" w:rsidR="4C571390">
+      <w:hyperlink r:id="R019474959b6f4c55">
+        <w:r w:rsidRPr="0A597D08" w:rsidR="4C571390">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>Vårdhygien</w:t>
         </w:r>
-        <w:r w:rsidRPr="184B1BDD" w:rsidR="6B270256">
+        <w:r w:rsidRPr="0A597D08" w:rsidR="6B270256">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
-          <w:t xml:space="preserve"> – Mpox (tidigare apkoppor)</w:t>
+          <w:t xml:space="preserve"> – Mpox</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p w:rsidR="00BC2ED5" w:rsidP="00BC2ED5" w:rsidRDefault="00BC2ED5" w14:paraId="6027C8CB" w14:textId="46BFE1C7">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
-      <w:r>
+      <w:r w:rsidR="00BC2ED5">
+        <w:rPr/>
         <w:t>Förändringar sedan föregående version</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00BC2ED5" w:rsidP="6D8E634D" w:rsidRDefault="00BC2ED5" w14:paraId="64B0E595" w14:textId="4DE06C39">
-      <w:r w:rsidR="5B39677D">
+    <w:p w:rsidR="3D59FC24" w:rsidP="0A597D08" w:rsidRDefault="3D59FC24" w14:paraId="4D3A5C5E" w14:textId="1E90EDF6">
+      <w:pPr>
+        <w:pStyle w:val="Normal"/>
+        <w:suppressLineNumbers w:val="0"/>
+        <w:bidi w:val="0"/>
+        <w:spacing w:before="0" w:beforeAutospacing="off" w:after="120" w:afterAutospacing="off" w:line="288" w:lineRule="auto"/>
+        <w:ind w:left="992" w:right="868"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r w:rsidR="3D59FC24">
         <w:rPr/>
-        <w:t xml:space="preserve">Uppdatering av benämning till </w:t>
-[...11 lines deleted...]
-        <w:t xml:space="preserve">. </w:t>
+        <w:t xml:space="preserve">Endast redaktionella ändringar. </w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="007155D5" w:rsidP="007155D5" w:rsidRDefault="008C7F0C" w14:paraId="1B9446C1" w14:textId="32744601">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:bookmarkStart w:name="_Toc72840807" w:id="0"/>
       <w:r>
         <w:t>Bakgrund</w:t>
       </w:r>
       <w:bookmarkEnd w:id="0"/>
     </w:p>
     <w:p w:rsidR="6D8E634D" w:rsidP="6D8E634D" w:rsidRDefault="6D8E634D" w14:paraId="5277CF08" w14:textId="68677A31">
       <w:r>
         <w:t xml:space="preserve">Se </w:t>
       </w:r>
       <w:hyperlink w:history="1" r:id="rId13">
         <w:r w:rsidRPr="00BC2ED5" w:rsidR="00223BBB">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>rutin från Sahlgrenska Universitetssjukhuset</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidR="00223BBB">
@@ -188,74 +181,86 @@
     <w:p w:rsidR="6D8E634D" w:rsidP="00BC2ED5" w:rsidRDefault="6D8E634D" w14:paraId="5446D2F2" w14:textId="28A63809">
       <w:pPr>
         <w:pStyle w:val="ListBullet"/>
       </w:pPr>
       <w:r>
         <w:t>Infektionskonsult kontaktar frågeställare för att ta ställning till behov av provtagning</w:t>
       </w:r>
       <w:r w:rsidR="00BC2ED5">
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="6D8E634D" w:rsidP="00BC2ED5" w:rsidRDefault="6D8E634D" w14:paraId="142429EC" w14:textId="21579855">
       <w:pPr>
         <w:pStyle w:val="ListBullet"/>
       </w:pPr>
       <w:r w:rsidRPr="6D8E634D">
         <w:t xml:space="preserve">Provtagning sker på Infektionsenheten enligt rutin som beskrivs i </w:t>
       </w:r>
       <w:r w:rsidR="00BC2ED5">
         <w:t>rutin från SU</w:t>
       </w:r>
       <w:r w:rsidRPr="6D8E634D">
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="6D8E634D" w:rsidP="00BC2ED5" w:rsidRDefault="6D8E634D" w14:paraId="3EC5B5A1" w14:textId="757AC4BD">
+    <w:p w:rsidR="6D8E634D" w:rsidP="00BC2ED5" w:rsidRDefault="6D8E634D" w14:paraId="3EC5B5A1" w14:textId="4844EE5E">
       <w:pPr>
         <w:pStyle w:val="ListBullet"/>
-      </w:pPr>
-      <w:r>
+        <w:rPr/>
+      </w:pPr>
+      <w:r w:rsidR="6D8E634D">
+        <w:rPr/>
         <w:t xml:space="preserve">Infektionsavdelningen ansvarar </w:t>
       </w:r>
       <w:r w:rsidR="00342CE0">
+        <w:rPr/>
         <w:t>för inneliggande v</w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidR="6D8E634D">
+        <w:rPr/>
         <w:t>ård om de</w:t>
       </w:r>
       <w:r w:rsidR="00342CE0">
+        <w:rPr/>
         <w:t>t blir</w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidR="6D8E634D">
+        <w:rPr/>
         <w:t xml:space="preserve"> aktuell</w:t>
       </w:r>
       <w:r w:rsidR="00342CE0">
+        <w:rPr/>
         <w:t>t</w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidR="6D8E634D">
+        <w:rPr/>
         <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidR="54FE6B5B">
+        <w:rPr/>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="0093722A" w:rsidRDefault="0093722A" w14:paraId="72FA510B" w14:textId="77777777">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
           <w:bCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="40"/>
           <w:szCs w:val="26"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:br w:type="page"/>
       </w:r>
     </w:p>
     <w:p w:rsidR="00DC2123" w:rsidP="00DC2123" w:rsidRDefault="00DC2123" w14:paraId="7460DD4A" w14:textId="0E1912FE">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:t>Dokumentinformation</w:t>
       </w:r>
@@ -365,114 +370,96 @@
       </w:r>
       <w:r w:rsidR="002611B9">
         <w:t>hudutslag, blåsor,</w:t>
       </w:r>
       <w:r w:rsidR="00DB5CBA">
         <w:t xml:space="preserve"> sår, </w:t>
       </w:r>
       <w:r w:rsidR="00F87E7A">
         <w:t>skyddsutrustning, ansiktsvisir</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="6D8E634D" w:rsidP="6D8E634D" w:rsidRDefault="00F142D9" w14:paraId="5F84BEF6" w14:textId="4C50EC63">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
         <w:ind w:left="0" w:firstLine="992"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="MS Gothic"/>
           <w:color w:val="000000" w:themeColor="text2"/>
           <w:szCs w:val="40"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:t>Länkförteckning</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidRPr="00837959" w:rsidR="6D8E634D" w:rsidP="00F142D9" w:rsidRDefault="6D8E634D" w14:paraId="55682314" w14:textId="4FD7AFF2">
+    <w:p w:rsidRPr="00837959" w:rsidR="6D8E634D" w:rsidP="00F142D9" w:rsidRDefault="6D8E634D" w14:paraId="55682314" w14:textId="2120113A">
       <w:pPr>
         <w:pStyle w:val="ListBullet"/>
         <w:rPr/>
       </w:pPr>
-      <w:r w:rsidRPr="184B1BDD" w:rsidR="6D8E634D">
+      <w:r w:rsidRPr="0A597D08" w:rsidR="6D8E634D">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
         </w:rPr>
         <w:t xml:space="preserve">Vårdhygien </w:t>
       </w:r>
-      <w:r w:rsidRPr="184B1BDD" w:rsidR="00F142D9">
+      <w:r w:rsidRPr="0A597D08" w:rsidR="00F142D9">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
         </w:rPr>
         <w:t>–</w:t>
       </w:r>
-      <w:r w:rsidRPr="184B1BDD" w:rsidR="6D8E634D">
+      <w:r w:rsidRPr="0A597D08" w:rsidR="6D8E634D">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="184B1BDD" w:rsidR="2B9EEB01">
+      <w:r w:rsidRPr="0A597D08" w:rsidR="2B9EEB01">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
         </w:rPr>
         <w:t>Mpox</w:t>
       </w:r>
-      <w:r w:rsidRPr="184B1BDD" w:rsidR="2B9EEB01">
-[...17 lines deleted...]
-      <w:r w:rsidRPr="184B1BDD" w:rsidR="00F142D9">
+      <w:r w:rsidRPr="0A597D08" w:rsidR="00F142D9">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
         </w:rPr>
         <w:t>. Sahlgrenska Universitetssjukhuset (SU)</w:t>
       </w:r>
-      <w:r w:rsidRPr="184B1BDD" w:rsidR="6D8E634D">
+      <w:r w:rsidRPr="0A597D08" w:rsidR="6D8E634D">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
-      <w:hyperlink r:id="R4d756ceb03da4c60">
-        <w:r w:rsidRPr="184B1BDD" w:rsidR="00D3058C">
+      <w:hyperlink r:id="R3264c76ba2e647e8">
+        <w:r w:rsidRPr="0A597D08" w:rsidR="00D3058C">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>https://hittadokument.vgregion.se/alfresco/su</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p w:rsidRPr="00837959" w:rsidR="00F142D9" w:rsidP="0093722A" w:rsidRDefault="6D8E634D" w14:paraId="0D34BA15" w14:textId="2F3B6305">
       <w:pPr>
         <w:pStyle w:val="ListBullet"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="184B1BDD" w:rsidR="6D8E634D">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
         </w:rPr>
         <w:t xml:space="preserve">Sjukdomsinformation om </w:t>
       </w:r>
       <w:r w:rsidRPr="184B1BDD" w:rsidR="6E1A3CB0">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
         </w:rPr>
         <w:t>mpox</w:t>
@@ -913,59 +900,59 @@
                             <w:rPr>
                               <w:sz w:val="20"/>
                               <w:szCs w:val="20"/>
                             </w:rPr>
                             <w:t>.</w:t>
                           </w:r>
                         </w:p>
                       </w:txbxContent>
                     </wps:txbx>
                     <wps:bodyPr rot="0" spcFirstLastPara="0" vertOverflow="overflow" horzOverflow="overflow" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" numCol="1" spcCol="0" rtlCol="0" fromWordArt="0" anchor="t" anchorCtr="0" forceAA="0" compatLnSpc="1">
                       <a:prstTxWarp prst="textNoShape">
                         <a:avLst/>
                       </a:prstTxWarp>
                       <a:noAutofit/>
                     </wps:bodyPr>
                   </wps:wsp>
                 </a:graphicData>
               </a:graphic>
               <wp14:sizeRelH relativeFrom="margin">
                 <wp14:pctWidth>0</wp14:pctWidth>
               </wp14:sizeRelH>
             </wp:anchor>
           </w:drawing>
         </mc:Choice>
         <mc:Fallback>
-          <w:pict>
+          <w:pict w14:anchorId="28E554B7">
             <v:shapetype id="_x0000_t202" coordsize="21600,21600" o:spt="202" path="m,l,21600r21600,l21600,xe" w14:anchorId="264BC60A">
               <v:stroke joinstyle="miter"/>
               <v:path gradientshapeok="t" o:connecttype="rect"/>
             </v:shapetype>
             <v:shape id="Textruta 10" style="position:absolute;left:0;text-align:left;margin-left:0;margin-top:-.05pt;width:367.5pt;height:25.5pt;z-index:251658243;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-width-relative:margin;v-text-anchor:top" o:spid="_x0000_s1026" filled="f" stroked="f" strokeweight=".5pt" type="#_x0000_t202" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQCzkv6OFQIAACwEAAAOAAAAZHJzL2Uyb0RvYy54bWysU01v2zAMvQ/YfxB0X5yvpp0Rp8haZBgQ&#10;tAXSoWdFlmIDkqhJSuzs14+SnY91Ow27yKRIP5LvUfP7VityEM7XYAo6GgwpEYZDWZtdQb+/rj7d&#10;UeIDMyVTYERBj8LT+8XHD/PG5mIMFahSOIIgxueNLWgVgs2zzPNKaOYHYIXBoASnWUDX7bLSsQbR&#10;tcrGw+Esa8CV1gEX3uPtYxeki4QvpeDhWUovAlEFxd5COl06t/HMFnOW7xyzVc37Ntg/dKFZbbDo&#10;GeqRBUb2rv4DStfcgQcZBhx0BlLWXKQZcJrR8N00m4pZkWZBcrw90+T/Hyx/OmzsiyOh/QItChgJ&#10;aazPPV7GeVrpdPxipwTjSOHxTJtoA+F4OZ3Nbsc3GOIYm4wnd2gjTHb52zofvgrQJBoFdShLYosd&#10;1j50qaeUWMzAqlYqSaMMaQo6myDkbxEEVwZrXHqNVmi3bT/AFsojzuWgk9xbvqqx+Jr58MIcaoz9&#10;4t6GZzykAiwCvUVJBe7n3+5jPlKPUUoa3JmC+h975gQl6ptBUT6PptO4ZMmZ3tyO0XHXke11xOz1&#10;A+BajvCFWJ7MmB/UyZQO9Buu9zJWxRAzHGsXNJzMh9BtMj4PLpbLlIRrZVlYm43lETqSFql9bd+Y&#10;sz3/AZV7gtN2sfydDF1uR/dyH0DWSaNIcMdqzzuuZFK5fz5x56/9lHV55ItfAAAA//8DAFBLAwQU&#10;AAYACAAAACEAJkWNkN0AAAAFAQAADwAAAGRycy9kb3ducmV2LnhtbEyPQU/CQBSE7yb+h80z8QZb&#10;MFUofSWkCTExegC5eNt2l7Zx923tLlD99T5PeJzMZOabfD06K85mCJ0nhNk0AWGo9rqjBuHwvp0s&#10;QISoSCvrySB8mwDr4vYmV5n2F9qZ8z42gksoZAqhjbHPpAx1a5wKU98bYu/oB6ciy6GRelAXLndW&#10;zpPkUTrVES+0qjdla+rP/ckhvJTbN7Wr5m7xY8vn1+Om/zp8pIj3d+NmBSKaMV7D8IfP6FAwU+VP&#10;pIOwCHwkIkxmINh8ekhZVwhpsgRZ5PI/ffELAAD//wMAUEsBAi0AFAAGAAgAAAAhALaDOJL+AAAA&#10;4QEAABMAAAAAAAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEA&#10;OP0h/9YAAACUAQAACwAAAAAAAAAAAAAAAAAvAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEA&#10;s5L+jhUCAAAsBAAADgAAAAAAAAAAAAAAAAAuAgAAZHJzL2Uyb0RvYy54bWxQSwECLQAUAAYACAAA&#10;ACEAJkWNkN0AAAAFAQAADwAAAAAAAAAAAAAAAABvBAAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAAE&#10;AAQA8wAAAHkFAAAAAA==&#10;">
               <v:textbox>
                 <w:txbxContent>
-                  <w:p w:rsidR="00DA65C4" w:rsidP="00DA65C4" w:rsidRDefault="00DA65C4" w14:paraId="70464969" w14:textId="1B285E8B">
+                  <w:p w:rsidR="00DA65C4" w:rsidP="00DA65C4" w:rsidRDefault="00DA65C4" w14:paraId="6D41DF98" w14:textId="1B285E8B">
                     <w:pPr>
                       <w:ind w:left="0"/>
                     </w:pPr>
                     <w:r w:rsidRPr="00762EE0">
                       <w:rPr>
                         <w:sz w:val="20"/>
                         <w:szCs w:val="20"/>
                       </w:rPr>
                       <w:t>OBS! Utskriven version kan vara ogiltig. Verifiera innehållet</w:t>
                     </w:r>
                     <w:r w:rsidR="00367D19">
                       <w:rPr>
                         <w:sz w:val="20"/>
                         <w:szCs w:val="20"/>
                       </w:rPr>
                       <w:t>.</w:t>
                     </w:r>
                   </w:p>
                 </w:txbxContent>
               </v:textbox>
             </v:shape>
           </w:pict>
         </mc:Fallback>
       </mc:AlternateContent>
     </w:r>
@@ -1119,59 +1106,59 @@
                             </w:rPr>
                             <w:t>.</w:t>
                           </w:r>
                         </w:p>
                       </w:txbxContent>
                     </wps:txbx>
                     <wps:bodyPr rot="0" spcFirstLastPara="0" vertOverflow="overflow" horzOverflow="overflow" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" numCol="1" spcCol="0" rtlCol="0" fromWordArt="0" anchor="t" anchorCtr="0" forceAA="0" compatLnSpc="1">
                       <a:prstTxWarp prst="textNoShape">
                         <a:avLst/>
                       </a:prstTxWarp>
                       <a:noAutofit/>
                     </wps:bodyPr>
                   </wps:wsp>
                 </a:graphicData>
               </a:graphic>
               <wp14:sizeRelH relativeFrom="margin">
                 <wp14:pctWidth>0</wp14:pctWidth>
               </wp14:sizeRelH>
               <wp14:sizeRelV relativeFrom="margin">
                 <wp14:pctHeight>0</wp14:pctHeight>
               </wp14:sizeRelV>
             </wp:anchor>
           </w:drawing>
         </mc:Choice>
         <mc:Fallback>
-          <w:pict>
+          <w:pict w14:anchorId="5C26D84B">
             <v:shapetype id="_x0000_t202" coordsize="21600,21600" o:spt="202" path="m,l,21600r21600,l21600,xe" w14:anchorId="5B7982AB">
               <v:stroke joinstyle="miter"/>
               <v:path gradientshapeok="t" o:connecttype="rect"/>
             </v:shapetype>
             <v:shape id="Textruta 6" style="position:absolute;margin-left:-13.6pt;margin-top:-5.15pt;width:367.65pt;height:170.1pt;z-index:251658242;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:margin;mso-height-relative:margin;v-text-anchor:top" o:spid="_x0000_s1027" filled="f" stroked="f" strokeweight=".5pt" type="#_x0000_t202" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQAHTpHSGQIAADQEAAAOAAAAZHJzL2Uyb0RvYy54bWysU11v2yAUfZ+0/4B4X+xkadZacaqsVaZJ&#10;UVspnfpMMMSWgMuAxM5+/S7Y+VC3p2l+wBfu5X6cc5jfd1qRg3C+AVPS8SinRBgOVWN2Jf3xuvp0&#10;S4kPzFRMgRElPQpP7xcfP8xbW4gJ1KAq4QgmMb5obUnrEGyRZZ7XQjM/AisMOiU4zQJu3S6rHGsx&#10;u1bZJM9nWQuusg648B5PH3snXaT8UgoenqX0IhBVUuwtpNWldRvXbDFnxc4xWzd8aIP9QxeaNQaL&#10;nlM9ssDI3jV/pNINd+BBhhEHnYGUDRdpBpxmnL+bZlMzK9IsCI63Z5j8/0vLnw4b++JI6L5ChwRG&#10;QFrrC4+HcZ5OOh3/2ClBP0J4PMMmukA4Hk5nszvkghKOvsl4luMX82SX69b58E2AJtEoqUNeElzs&#10;sPahDz2FxGoGVo1SiRtlSFvS2eebPF04ezC5Mljj0my0QrftSFNdDbKF6ojzOeip95avGuxhzXx4&#10;YQ65xr5Rv+EZF6kAa8FgUVKD+/W38xiPFKCXkha1U1L/c8+coER9N0jO3Xg6jWJLm+nNlwlu3LVn&#10;e+0xe/0AKM8xvhTLkxnjgzqZ0oF+Q5kvY1V0McOxdknDyXwIvaLxmXCxXKYglJdlYW02lsfUEdWI&#10;8Gv3xpwdaAjI4BOcVMaKd2z0sT0fy30A2SSqIs49qgP8KM1E9vCMovav9ynq8tgXvwEAAP//AwBQ&#10;SwMEFAAGAAgAAAAhAHdeiV3jAAAACwEAAA8AAABkcnMvZG93bnJldi54bWxMj8FOwzAMhu9IvENk&#10;JG5b0kywrjSdpkoTEoLDxi7c0sZrK5qkNNlWeHrMadxs+dPv78/Xk+3ZGcfQeacgmQtg6GpvOtco&#10;OLxvZymwELUzuvcOFXxjgHVxe5PrzPiL2+F5HxtGIS5kWkEb45BxHuoWrQ5zP6Cj29GPVkdax4ab&#10;UV8o3PZcCvHIre4cfWj1gGWL9ef+ZBW8lNs3vaukTX/68vn1uBm+Dh8PSt3fTZsnYBGneIXhT5/U&#10;oSCnyp+cCaxXMJNLSSgNiVgAI2Ip0gRYpWAhVyvgRc7/dyh+AQAA//8DAFBLAQItABQABgAIAAAA&#10;IQC2gziS/gAAAOEBAAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0A&#10;FAAGAAgAAAAhADj9If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAALwEAAF9yZWxzLy5yZWxzUEsBAi0A&#10;FAAGAAgAAAAhAAdOkdIZAgAANAQAAA4AAAAAAAAAAAAAAAAALgIAAGRycy9lMm9Eb2MueG1sUEsB&#10;Ai0AFAAGAAgAAAAhAHdeiV3jAAAACwEAAA8AAAAAAAAAAAAAAAAAcwQAAGRycy9kb3ducmV2Lnht&#10;bFBLBQYAAAAABAAEAPMAAACDBQAAAAA=&#10;">
               <v:textbox>
                 <w:txbxContent>
-                  <w:p w:rsidR="00413A60" w:rsidRDefault="00413A60" w14:paraId="72D45401" w14:textId="0A2CCBAA">
+                  <w:p w:rsidR="00413A60" w:rsidRDefault="00413A60" w14:paraId="685B7E76" w14:textId="0A2CCBAA">
                     <w:pPr>
                       <w:ind w:left="0"/>
                     </w:pPr>
                     <w:r w:rsidRPr="00762EE0">
                       <w:rPr>
                         <w:sz w:val="20"/>
                         <w:szCs w:val="20"/>
                       </w:rPr>
                       <w:t>OBS! Utskriven version kan vara ogiltig. Verifiera innehållet</w:t>
                     </w:r>
                     <w:r w:rsidR="00367D19">
                       <w:rPr>
                         <w:sz w:val="20"/>
                         <w:szCs w:val="20"/>
                       </w:rPr>
                       <w:t>.</w:t>
                     </w:r>
                   </w:p>
                 </w:txbxContent>
               </v:textbox>
               <w10:wrap type="topAndBottom"/>
             </v:shape>
           </w:pict>
         </mc:Fallback>
       </mc:AlternateContent>
@@ -3491,51 +3478,51 @@
   <w:num w:numId="15" w16cid:durableId="1351032560">
     <w:abstractNumId w:val="10"/>
   </w:num>
   <w:num w:numId="16" w16cid:durableId="663123118">
     <w:abstractNumId w:val="8"/>
   </w:num>
   <w:num w:numId="17" w16cid:durableId="51270897">
     <w:abstractNumId w:val="13"/>
   </w:num>
   <w:num w:numId="18" w16cid:durableId="1991321024">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="19" w16cid:durableId="1741563558">
     <w:abstractNumId w:val="11"/>
   </w:num>
   <w:num w:numId="20" w16cid:durableId="1631283780">
     <w:abstractNumId w:val="17"/>
   </w:num>
   <w:num w:numId="21" w16cid:durableId="1906062030">
     <w:abstractNumId w:val="6"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
+<w:settings xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
   <w:zoom w:percent="90"/>
   <w:embedSystemFonts/>
   <w:attachedTemplate r:id="rId1"/>
   <w:stylePaneFormatFilter w:val="D804" w:allStyles="0" w:customStyles="0" w:latentStyles="1" w:stylesInUse="0" w:headingStyles="0" w:numberingStyles="0" w:tableStyles="0" w:directFormattingOnRuns="0" w:directFormattingOnParagraphs="0" w:directFormattingOnNumbering="0" w:directFormattingOnTables="1" w:clearFormatting="1" w:top3HeadingStyles="0" w:visibleStyles="1" w:alternateStyleNames="1"/>
   <w:trackRevisions w:val="false"/>
   <w:documentProtection w:formatting="1" w:enforcement="0"/>
   <w:styleLockTheme/>
   <w:styleLockQFSet/>
   <w:defaultTabStop w:val="1304"/>
   <w:hyphenationZone w:val="425"/>
   <w:displayHorizontalDrawingGridEvery w:val="0"/>
   <w:displayVerticalDrawingGridEvery w:val="0"/>
   <w:doNotUseMarginsForDrawingGridOrigin/>
   <w:noPunctuationKerning/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="16385" strokecolor="#4a773c">
       <v:stroke weight="1pt" color="#4a773c"/>
       <v:shadow opacity="24903f" offset="0,.55556mm" origin=",.5"/>
       <o:colormru v:ext="edit" colors="#4a773c"/>
     </o:shapedefaults>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
@@ -3983,73 +3970,79 @@
     <w:rsid w:val="00F22264"/>
     <w:rsid w:val="00F2564D"/>
     <w:rsid w:val="00F35B05"/>
     <w:rsid w:val="00F413D9"/>
     <w:rsid w:val="00F5135F"/>
     <w:rsid w:val="00F51F78"/>
     <w:rsid w:val="00F5441A"/>
     <w:rsid w:val="00F86F47"/>
     <w:rsid w:val="00F87E7A"/>
     <w:rsid w:val="00F90B64"/>
     <w:rsid w:val="00FB2F0F"/>
     <w:rsid w:val="00FB5086"/>
     <w:rsid w:val="00FB5411"/>
     <w:rsid w:val="00FB6392"/>
     <w:rsid w:val="00FC4F36"/>
     <w:rsid w:val="00FCF0D3"/>
     <w:rsid w:val="00FD3C70"/>
     <w:rsid w:val="00FD6820"/>
     <w:rsid w:val="00FE12D8"/>
     <w:rsid w:val="00FF7C02"/>
     <w:rsid w:val="01FB54B8"/>
     <w:rsid w:val="024801E3"/>
     <w:rsid w:val="086A963C"/>
     <w:rsid w:val="09B55DE8"/>
     <w:rsid w:val="0A3503A9"/>
+    <w:rsid w:val="0A597D08"/>
+    <w:rsid w:val="0C37A77B"/>
     <w:rsid w:val="184B1BDD"/>
     <w:rsid w:val="2821AC10"/>
     <w:rsid w:val="2B9EEB01"/>
     <w:rsid w:val="2CB106AE"/>
     <w:rsid w:val="34BC1893"/>
     <w:rsid w:val="38DC310A"/>
     <w:rsid w:val="3A30388E"/>
     <w:rsid w:val="3D53F701"/>
+    <w:rsid w:val="3D59FC24"/>
     <w:rsid w:val="3FFECB3A"/>
     <w:rsid w:val="43366BFC"/>
     <w:rsid w:val="44B91400"/>
     <w:rsid w:val="48F0830E"/>
     <w:rsid w:val="4C16E2E8"/>
     <w:rsid w:val="4C571390"/>
     <w:rsid w:val="4CDAC427"/>
+    <w:rsid w:val="4E3CB3E4"/>
     <w:rsid w:val="4EA3BE45"/>
     <w:rsid w:val="54BDFCF3"/>
+    <w:rsid w:val="54FE6B5B"/>
     <w:rsid w:val="5ACC0E7F"/>
     <w:rsid w:val="5B39677D"/>
     <w:rsid w:val="5C1913E4"/>
     <w:rsid w:val="5D0409F1"/>
     <w:rsid w:val="5E2C4745"/>
     <w:rsid w:val="5F50B4A6"/>
+    <w:rsid w:val="5F62BF3A"/>
     <w:rsid w:val="62885568"/>
     <w:rsid w:val="647B2B65"/>
     <w:rsid w:val="6763B411"/>
     <w:rsid w:val="68A68D4F"/>
     <w:rsid w:val="6A14F015"/>
     <w:rsid w:val="6B270256"/>
     <w:rsid w:val="6B2CF8ED"/>
     <w:rsid w:val="6C372534"/>
     <w:rsid w:val="6D8E634D"/>
     <w:rsid w:val="6E1A3CB0"/>
     <w:rsid w:val="772CCB82"/>
     <w:rsid w:val="786D9ACE"/>
     <w:rsid w:val="7AB1789D"/>
     <w:rsid w:val="7D27E394"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
@@ -4058,51 +4051,51 @@
   </m:mathPr>
   <w:themeFontLang w:val="sv-SE" w:eastAsia="ja-JP"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:doNotIncludeSubdocsInStats/>
   <w:doNotAutoCompressPictures/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="16385" strokecolor="#4a773c">
       <v:stroke weight="1pt" color="#4a773c"/>
       <v:shadow opacity="24903f" offset="0,.55556mm" origin=",.5"/>
       <o:colormru v:ext="edit" colors="#4a773c"/>
     </o:shapedefaults>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:doNotEmbedSmartTags/>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=","/>
   <w14:docId w14:val="1FE2B7EB"/>
   <w14:defaultImageDpi w14:val="330"/>
   <w15:docId w15:val="{A7BDBA2C-A3B6-4856-9AB7-D1F5F1C29C46}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
+<w:styles xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
         <w:lang w:val="sv-SE" w:eastAsia="sv-SE" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault/>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:uiPriority="3" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:uiPriority="3" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:locked="1" w:uiPriority="3" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:uiPriority="9" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:uiPriority="9" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:uiPriority="9" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:uiPriority="9" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:uiPriority="9" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="index 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
@@ -6543,90 +6536,89 @@
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="1230919038">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
   </w:divs>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
-<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml" Id="rId8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mellanarkiv-offentlig.vgregion.se/alfresco/s/archive/stream/public/v1/source/available/sofia/su9992-381335686-29/surrogate/V%c3%a5rdhygien%20-%20Apkoppor.pdf" TargetMode="External" Id="rId13" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml" Id="rId18" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer3.xml" Id="rId21" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml" Id="rId7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml" Id="rId17" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml" Id="rId20" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml" Id="rId6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml" Id="rId11" /><Relationship Type="http://schemas.microsoft.com/office/2020/10/relationships/intelligence" Target="intelligence2.xml" Id="rId24" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml" Id="rId23" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml" Id="rId10" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml" Id="rId19" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml" Id="rId9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.folkhalsomyndigheten.se/smittskydd-beredskap/smittsamma-sjukdomar/apkoppor" TargetMode="External" Id="rId14" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml" Id="rId22" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mellanarkiv-offentlig.vgregion.se/alfresco/s/archive/stream/public/v1/source/available/sofia/su9992-381335686-29/surrogate/V%c3%a5rdhygien%20-%20Apkoppor.pdf" TargetMode="External" Id="R1fab01730ca84e35" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mellanarkiv-offentlig.vgregion.se/alfresco/s/archive/stream/public/v1/source/available/sofia/su9992-381335686-29/surrogate/V%c3%a5rdhygien%20%e2%80%93%20Mpox%20(tidigare%20apkoppor).pdf" TargetMode="External" Id="R4d756ceb03da4c60" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.folkhalsomyndigheten.se/smittskydd-beredskap/smittsamma-sjukdomar/mpox" TargetMode="External" Id="R38dce069ae46440f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/glossaryDocument" Target="glossary/document.xml" Id="R18926ed619df497e" /></Relationships>
+<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml" Id="rId8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mellanarkiv-offentlig.vgregion.se/alfresco/s/archive/stream/public/v1/source/available/sofia/su9992-381335686-29/surrogate/V%c3%a5rdhygien%20-%20Apkoppor.pdf" TargetMode="External" Id="rId13" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml" Id="rId18" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer3.xml" Id="rId21" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml" Id="rId7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml" Id="rId17" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml" Id="rId20" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml" Id="rId6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml" Id="rId11" /><Relationship Type="http://schemas.microsoft.com/office/2020/10/relationships/intelligence" Target="intelligence2.xml" Id="rId24" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml" Id="rId23" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml" Id="rId10" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml" Id="rId19" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml" Id="rId9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.folkhalsomyndigheten.se/smittskydd-beredskap/smittsamma-sjukdomar/apkoppor" TargetMode="External" Id="rId14" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml" Id="rId22" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.folkhalsomyndigheten.se/smittskydd-beredskap/smittsamma-sjukdomar/mpox" TargetMode="External" Id="R38dce069ae46440f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/glossaryDocument" Target="glossary/document.xml" Id="R18926ed619df497e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mellanarkiv-offentlig.vgregion.se/alfresco/s/archive/stream/public/v1/source/available/sofia/su9992-381335686-29/surrogate/V%c3%a5rdhygien%20-%20Apkoppor.pdf" TargetMode="External" Id="R019474959b6f4c55" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mellanarkiv-offentlig.vgregion.se/alfresco/s/archive/stream/public/v1/source/available/sofia/su9992-381335686-29/surrogate/V%c3%a5rdhygien%20%e2%80%93%20Mpox%20(tidigare%20apkoppor).pdf" TargetMode="External" Id="R3264c76ba2e647e8" /></Relationships>
 </file>
 
 <file path=word/_rels/footer3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.wmf"/></Relationships>
 </file>
 
 <file path=word/_rels/header2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/></Relationships>
 </file>
 
 <file path=word/_rels/settings.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/attachedTemplate" Target="file:///C:\Users\regan2\Downloads\Dok_med_omslag_sd_red.dotx" TargetMode="External"/></Relationships>
 </file>
 
 <file path=word/glossary/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:glossaryDocument xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
+<w:glossaryDocument xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" mc:Ignorable="wp14">
   <w:docParts>
     <w:docPart>
       <w:docPartPr>
         <w:name w:val="DefaultPlaceholder_1081868574"/>
         <w:category>
           <w:name w:val="General"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
         <w:guid w:val="{fcdefd4c-0516-4caf-953d-c5aa24fe6d6d}"/>
       </w:docPartPr>
       <w:docPartBody>
-        <w:p w14:paraId="7FC694A2">
+        <w:p xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="7FC694A2" wp14:textId="77777777">
           <w:r>
             <w:rPr>
               <w:rStyle w:val="PlaceholderText"/>
             </w:rPr>
-            <w:t/>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
   </w:docParts>
 </w:glossaryDocument>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office-tema">
   <a:themeElements>
     <a:clrScheme name="VG">
       <a:dk1>
         <a:srgbClr val="000000"/>
       </a:dk1>
       <a:lt1>
         <a:srgbClr val="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="000000"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="808080"/>
       </a:lt2>
       <a:accent1>
@@ -6933,32 +6925,32 @@
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <ap:Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:ap="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <ap:Template>Dok_med_omslag_sd_red.dotx</ap:Template>
   <ap:Application>Microsoft Word for the web</ap:Application>
   <ap:DocSecurity>4</ap:DocSecurity>
   <ap:ScaleCrop>false</ap:ScaleCrop>
   <ap:Manager/>
   <ap:Company/>
   <ap:SharedDoc>false</ap:SharedDoc>
   <ap:HyperlinkBase/>
   <ap:HyperlinksChanged>false</ap:HyperlinksChanged>
   <ap:AppVersion>16.0000</ap:AppVersion>
   <ap:LinksUpToDate>false</ap:LinksUpToDate>
 </ap:Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <coreProperties xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns="http://schemas.openxmlformats.org/package/2006/metadata/core-properties">
   <dc:title>Mpox (tidigare apkoppor)</dc:title>
   <dc:subject/>
   <dc:creator/>
   <keywords/>
-  <lastModifiedBy>Karin Åhlin</lastModifiedBy>
-  <revision>42</revision>
+  <lastModifiedBy>Jon Edman Wallér</lastModifiedBy>
+  <revision>43</revision>
   <lastPrinted>2016-04-01T04:56:00.0000000Z</lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </coreProperties>
 </file>