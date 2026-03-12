--- v0 (2025-11-26)
+++ v1 (2026-03-12)
@@ -1,49 +1,49 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="jpg" ContentType="image/jpeg"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="wmf" ContentType="image/x-wmf"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
-  <Override PartName="/word/footer3.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
-[...2 lines deleted...]
-  <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
+  <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
+  <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
+  <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
+  <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
+  <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
+  <Override PartName="/word/footer2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
+  <Override PartName="/word/header2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
+  <Override PartName="/word/footer3.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
+  <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
-  <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
-[...1 lines deleted...]
-  <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
-  <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
-  <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml" Id="rId2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml" Id="rId1" /></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
     <w:p w14:paraId="6512EAAE" w14:textId="52B7DF41" w:rsidR="00F743B5" w:rsidRPr="005968E8" w:rsidRDefault="00F743B5" w:rsidP="00F743B5">
       <w:pPr>
         <w:pStyle w:val="Rubrik1"/>
       </w:pPr>
       <w:bookmarkStart w:id="0" w:name="_Toc321146591"/>
       <w:bookmarkStart w:id="1" w:name="_Toc247444895"/>
       <w:r>
         <w:t>Information inför operation på</w:t>
       </w:r>
       <w:r w:rsidRPr="005968E8">
         <w:t xml:space="preserve"> Södra Älvsborgs Sjukhus!</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="0"/>
     <w:bookmarkEnd w:id="1"/>
     <w:p w14:paraId="21C1F45F" w14:textId="77777777" w:rsidR="00F743B5" w:rsidRDefault="00F743B5" w:rsidP="00F743B5">
@@ -114,51 +114,50 @@
         <w:t xml:space="preserve"> för att operationen ska kunna genomföras. Du har fått en separat kallelse där det står vart du ska gå på operationsdagen.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="35D03552" w14:textId="5F36A15F" w:rsidR="00F743B5" w:rsidRPr="005968E8" w:rsidRDefault="00F743B5" w:rsidP="00F743B5">
       <w:pPr>
         <w:pStyle w:val="Rubrik2"/>
       </w:pPr>
       <w:r w:rsidRPr="005968E8">
         <w:t>Förberedelser inför operation</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="8426" w:type="dxa"/>
         <w:tblInd w:w="737" w:type="dxa"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="1639"/>
         <w:gridCol w:w="6787"/>
       </w:tblGrid>
       <w:tr w:rsidR="00F743B5" w:rsidRPr="005968E8" w14:paraId="1C3B1ECD" w14:textId="77777777" w:rsidTr="00E6126E">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1639" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="0F9A4D41" w14:textId="77777777" w:rsidR="00F743B5" w:rsidRDefault="00F743B5" w:rsidP="00E6126E">
             <w:pPr>
               <w:spacing w:before="60" w:after="140" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:spacing w:val="1"/>
                 <w:sz w:val="26"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="005968E8">
               <w:rPr>
                 <w:spacing w:val="1"/>
                 <w:sz w:val="26"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:br w:type="page"/>
             </w:r>
           </w:p>
           <w:p w14:paraId="2D926E83" w14:textId="77777777" w:rsidR="00F743B5" w:rsidRDefault="00F743B5" w:rsidP="00E6126E">
             <w:pPr>
               <w:spacing w:before="60" w:after="140" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
@@ -169,51 +168,51 @@
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="65A65E65" w14:textId="77777777" w:rsidR="00F743B5" w:rsidRDefault="00F743B5" w:rsidP="00E6126E">
             <w:pPr>
               <w:spacing w:before="60" w:after="140" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:spacing w:val="1"/>
                 <w:sz w:val="26"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="005968E8">
               <w:rPr>
                 <w:noProof/>
                 <w:spacing w:val="1"/>
                 <w:sz w:val="26"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <mc:AlternateContent>
                 <mc:Choice Requires="wps">
                   <w:drawing>
-                    <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251660288" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="43A468AD" wp14:editId="15509835">
+                    <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658241" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="43A468AD" wp14:editId="15509835">
                       <wp:simplePos x="0" y="0"/>
                       <wp:positionH relativeFrom="column">
                         <wp:posOffset>38404</wp:posOffset>
                       </wp:positionH>
                       <wp:positionV relativeFrom="paragraph">
                         <wp:posOffset>247015</wp:posOffset>
                       </wp:positionV>
                       <wp:extent cx="791845" cy="791845"/>
                       <wp:effectExtent l="19050" t="19050" r="27305" b="27305"/>
                       <wp:wrapNone/>
                       <wp:docPr id="2132245116" name="Rak pilkoppling 2132245116"/>
                       <wp:cNvGraphicFramePr>
                         <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
                       </wp:cNvGraphicFramePr>
                       <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                         <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                           <wps:wsp>
                             <wps:cNvCnPr>
                               <a:cxnSpLocks noChangeShapeType="1"/>
                             </wps:cNvCnPr>
                             <wps:spPr bwMode="auto">
                               <a:xfrm>
                                 <a:off x="0" y="0"/>
                                 <a:ext cx="791845" cy="791845"/>
                               </a:xfrm>
@@ -249,51 +248,51 @@
                       </wp14:sizeRelV>
                     </wp:anchor>
                   </w:drawing>
                 </mc:Choice>
                 <mc:Fallback>
                   <w:pict>
                     <v:shapetype w14:anchorId="62914C83" id="_x0000_t32" coordsize="21600,21600" o:spt="32" o:oned="t" path="m,l21600,21600e" filled="f">
                       <v:path arrowok="t" fillok="f" o:connecttype="none"/>
                       <o:lock v:ext="edit" shapetype="t"/>
                     </v:shapetype>
                     <v:shape id="Rak pilkoppling 2132245116" o:spid="_x0000_s1026" type="#_x0000_t32" style="position:absolute;margin-left:3pt;margin-top:19.45pt;width:62.35pt;height:62.35pt;z-index:251660288;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQBIHx7nvQEAAFsDAAAOAAAAZHJzL2Uyb0RvYy54bWysU8Fu2zAMvQ/YPwi6L7aDZc2MOD2kyy7d&#10;FqDdByiSbAuTRYFUYufvJyluWmy3YT4QpEg+ko/05n4aLDtrJAOu4dWi5Ew7Ccq4ruE/n/cf1pxR&#10;EE4JC043/KKJ32/fv9uMvtZL6MEqjSyCOKpH3/A+BF8XBcleD4IW4LWLzhZwECGa2BUKxRjRB1ss&#10;y/JTMQIqjyA1UXx9uDr5NuO3rZbhR9uSDsw2PPYWssQsj0kW242oOxS+N3JuQ/xDF4MwLha9QT2I&#10;INgJzV9Qg5EIBG1YSBgKaFsjdZ4hTlOVf0zz1Auv8yyRHPI3muj/wcrv5507YGpdTu7JP4L8RczB&#10;rheu07mB54uPi6sSVcXoqb6lJIP8Adlx/AYqxohTgMzC1OKQION8bMpkX25k6ykwGR/vPlfrjyvO&#10;ZHTNeqog6pdkjxS+ahhYUhpOAYXp+rAD5+JaAatcSpwfKVwTXxJSZQd7Y23ernVsbPhyvbpb5QwC&#10;a1TypjjC7rizyM4iHsh+X8YvDxo9b8MQTk5ltF4L9WXWgzD2qse2rZv5SZSk+6P6COpywNRcsuIG&#10;83zztaUTeWvnqNd/YvsbAAD//wMAUEsDBBQABgAIAAAAIQDFeVFl3QAAAAgBAAAPAAAAZHJzL2Rv&#10;d25yZXYueG1sTI/BTsMwEETvSPyDtUjcqBMiTAlxKoTECXGgicTVjZck1F5HtpMGvh73BLdZzWrm&#10;TbVbrWEL+jA6kpBvMmBIndMj9RLa5uVmCyxERVoZRyjhGwPs6suLSpXanegdl33sWQqhUCoJQ4xT&#10;yXnoBrQqbNyElLxP562K6fQ9116dUrg1/DbLBLdqpNQwqAmfB+yO+9lK+HrzH82rNvndMW8WsTZt&#10;Pv+0Ul5frU+PwCKu8e8ZzvgJHerEdHAz6cCMBJGWRAnF9gHY2S6ye2CHJEQhgNcV/z+g/gUAAP//&#10;AwBQSwECLQAUAAYACAAAACEAtoM4kv4AAADhAQAAEwAAAAAAAAAAAAAAAAAAAAAAW0NvbnRlbnRf&#10;VHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAAAAAAAAAAAAAAC8BAABf&#10;cmVscy8ucmVsc1BLAQItABQABgAIAAAAIQBIHx7nvQEAAFsDAAAOAAAAAAAAAAAAAAAAAC4CAABk&#10;cnMvZTJvRG9jLnhtbFBLAQItABQABgAIAAAAIQDFeVFl3QAAAAgBAAAPAAAAAAAAAAAAAAAAABcE&#10;AABkcnMvZG93bnJldi54bWxQSwUGAAAAAAQABADzAAAAIQUAAAAA&#10;" strokecolor="red" strokeweight="2.25pt"/>
                   </w:pict>
                 </mc:Fallback>
               </mc:AlternateContent>
             </w:r>
             <w:r w:rsidRPr="005968E8">
               <w:rPr>
                 <w:noProof/>
                 <w:spacing w:val="1"/>
                 <w:sz w:val="26"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <mc:AlternateContent>
                 <mc:Choice Requires="wps">
                   <w:drawing>
-                    <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251659264" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="4FEBD72F" wp14:editId="25AB0D2D">
+                    <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658240" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="4FEBD72F" wp14:editId="25AB0D2D">
                       <wp:simplePos x="0" y="0"/>
                       <wp:positionH relativeFrom="column">
                         <wp:posOffset>44865</wp:posOffset>
                       </wp:positionH>
                       <wp:positionV relativeFrom="paragraph">
                         <wp:posOffset>249527</wp:posOffset>
                       </wp:positionV>
                       <wp:extent cx="791845" cy="791845"/>
                       <wp:effectExtent l="19050" t="19050" r="27305" b="27305"/>
                       <wp:wrapNone/>
                       <wp:docPr id="13" name="Rak pilkoppling 13" descr="Tecknad bild på en överkryssad tallrik med mat för att illustrera fasta inför operation. "/>
                       <wp:cNvGraphicFramePr>
                         <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
                       </wp:cNvGraphicFramePr>
                       <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                         <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                           <wps:wsp>
                             <wps:cNvCnPr>
                               <a:cxnSpLocks noChangeShapeType="1"/>
                             </wps:cNvCnPr>
                             <wps:spPr bwMode="auto">
                               <a:xfrm flipH="1">
                                 <a:off x="0" y="0"/>
                                 <a:ext cx="791845" cy="791845"/>
                               </a:xfrm>
@@ -347,51 +346,51 @@
                 <w:spacing w:val="1"/>
                 <w:sz w:val="26"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:noProof/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="2E254ECA" wp14:editId="684C743F">
                   <wp:extent cx="792000" cy="763200"/>
                   <wp:effectExtent l="0" t="0" r="8255" b="0"/>
                   <wp:docPr id="65" name="Bildobjekt 65" descr="Tallrik med mat som är överkorsad med rött kors för att illustrera att patienten inte får äta inför operationen."/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="65" name="Bildobjekt 65" descr="Tallrik med mat som är överkorsad med rött kors för att illustrera att patienten inte får äta inför operationen."/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId8"/>
+                          <a:blip r:embed="rId12"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="792000" cy="763200"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
           </w:p>
           <w:p w14:paraId="6476C203" w14:textId="77777777" w:rsidR="00F743B5" w:rsidRDefault="00F743B5" w:rsidP="00E6126E">
             <w:pPr>
               <w:spacing w:before="60" w:after="140" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:jc w:val="center"/>
@@ -452,51 +451,50 @@
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:spacing w:val="1"/>
                 <w:sz w:val="26"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:spacing w:val="1"/>
                 <w:sz w:val="26"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:br/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6787" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="4CCCD4C1" w14:textId="5EAB4894" w:rsidR="00F743B5" w:rsidRPr="00D1587C" w:rsidRDefault="00F743B5" w:rsidP="00D1587C">
             <w:pPr>
               <w:pStyle w:val="Rubrik3"/>
             </w:pPr>
             <w:r w:rsidRPr="00D1587C">
               <w:t>Mat och dryck</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="690ADAF5" w14:textId="77777777" w:rsidR="00F743B5" w:rsidRPr="005968E8" w:rsidRDefault="00F743B5" w:rsidP="00E6126E">
             <w:pPr>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:spacing w:val="1"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="005968E8">
               <w:rPr>
                 <w:spacing w:val="1"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">För att undvika illamående och kräkningar under och efter operationen </w:t>
             </w:r>
@@ -629,77 +627,78 @@
             </w:r>
           </w:p>
           <w:p w14:paraId="73304F86" w14:textId="77777777" w:rsidR="00F743B5" w:rsidRDefault="00F743B5" w:rsidP="00E6126E">
             <w:pPr>
               <w:pStyle w:val="Punktlista1"/>
             </w:pPr>
             <w:r>
               <w:t>De mediciner som din läkare har sagt att du ska ta på operationsdagen kan du ta med lite vatten.</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="1F67CE07" w14:textId="016586AC" w:rsidR="00F743B5" w:rsidRPr="00AC1A73" w:rsidRDefault="00DA66F8" w:rsidP="00AC1A73">
             <w:pPr>
               <w:keepNext/>
               <w:keepLines/>
               <w:spacing w:before="160" w:after="10"/>
               <w:ind w:left="0"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00AC1A73">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
+                <w:noProof/>
               </w:rPr>
               <w:lastRenderedPageBreak/>
               <w:drawing>
-                <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251664384" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="58147F0F" wp14:editId="6D5912EC">
+                <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658245" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="58147F0F" wp14:editId="6D5912EC">
                   <wp:simplePos x="0" y="0"/>
                   <wp:positionH relativeFrom="column">
                     <wp:posOffset>-878242</wp:posOffset>
                   </wp:positionH>
                   <wp:positionV relativeFrom="paragraph">
                     <wp:posOffset>323028</wp:posOffset>
                   </wp:positionV>
                   <wp:extent cx="381000" cy="743585"/>
                   <wp:effectExtent l="152400" t="57150" r="133350" b="56515"/>
                   <wp:wrapNone/>
                   <wp:docPr id="16" name="Bildobjekt 16" descr="Bild på en nappflaska"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="Bildobjekt 16"/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId9">
+                          <a:blip r:embed="rId13">
                             <a:extLst>
                               <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                                 <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                               </a:ext>
                             </a:extLst>
                           </a:blip>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm rot="1680000">
                             <a:off x="0" y="0"/>
                             <a:ext cx="381000" cy="743585"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:anchor>
               </w:drawing>
             </w:r>
@@ -734,74 +733,74 @@
               <w:pStyle w:val="Punktlista1"/>
             </w:pPr>
             <w:r>
               <w:t xml:space="preserve">Bröstmjölksersättning bör fortsättas till </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t>4 timmar före</w:t>
             </w:r>
             <w:r>
               <w:t xml:space="preserve"> kallelsetiden för spädbarn som dricker detta.</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="5B5ACD88" w14:textId="20A9A505" w:rsidR="00F743B5" w:rsidRDefault="00DA66F8" w:rsidP="00E6126E">
             <w:pPr>
               <w:pStyle w:val="Punktlista1"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:noProof/>
               </w:rPr>
               <w:drawing>
-                <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251663360" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="3A5AFB14" wp14:editId="716E731F">
+                <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658244" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="3A5AFB14" wp14:editId="716E731F">
                   <wp:simplePos x="0" y="0"/>
                   <wp:positionH relativeFrom="column">
                     <wp:posOffset>-950595</wp:posOffset>
                   </wp:positionH>
                   <wp:positionV relativeFrom="paragraph">
                     <wp:posOffset>36830</wp:posOffset>
                   </wp:positionV>
                   <wp:extent cx="552450" cy="789940"/>
                   <wp:effectExtent l="0" t="0" r="0" b="0"/>
                   <wp:wrapNone/>
                   <wp:docPr id="15" name="Bildobjekt 15" descr="saftglas med sugrör"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="15" name="Bildobjekt 15" descr="saftglas med sugrör"/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId10"/>
+                          <a:blip r:embed="rId14"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="552450" cy="789940"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:anchor>
               </w:drawing>
             </w:r>
             <w:r w:rsidR="00F743B5">
               <w:t xml:space="preserve">Amning bör fortsättas till </w:t>
             </w:r>
             <w:r w:rsidR="00F743B5">
               <w:rPr>
                 <w:b/>
@@ -852,51 +851,50 @@
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="40" w:line="240" w:lineRule="auto"/>
         <w:ind w:right="0"/>
         <w:textAlignment w:val="center"/>
         <w:rPr>
           <w:spacing w:val="1"/>
           <w:sz w:val="14"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="8573" w:type="dxa"/>
         <w:tblInd w:w="737" w:type="dxa"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="1828"/>
         <w:gridCol w:w="6745"/>
       </w:tblGrid>
       <w:tr w:rsidR="00F743B5" w:rsidRPr="005968E8" w14:paraId="6D6FC2E5" w14:textId="77777777" w:rsidTr="00AC1A73">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1828" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="2088C500" w14:textId="77777777" w:rsidR="00F743B5" w:rsidRDefault="00F743B5" w:rsidP="00E6126E">
             <w:pPr>
               <w:keepNext/>
               <w:keepLines/>
               <w:spacing w:before="140" w:after="140" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:spacing w:val="1"/>
                 <w:sz w:val="26"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="005968E8">
               <w:rPr>
                 <w:spacing w:val="1"/>
                 <w:sz w:val="26"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:br w:type="page"/>
             </w:r>
             <w:r w:rsidRPr="005968E8">
               <w:rPr>
                 <w:spacing w:val="1"/>
@@ -933,51 +931,51 @@
                 <w:spacing w:val="1"/>
                 <w:sz w:val="26"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:noProof/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="0AC6F0FE" wp14:editId="0D1808CF">
                   <wp:extent cx="792000" cy="792000"/>
                   <wp:effectExtent l="0" t="0" r="8255" b="8255"/>
                   <wp:docPr id="64" name="Bildobjekt 64" descr="Tecknad bild på en person som står under en dusch"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="64" name="Bildobjekt 64" descr="Tecknad bild på en person som står under en dusch"/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId11"/>
+                          <a:blip r:embed="rId15"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="792000" cy="792000"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
           </w:p>
           <w:p w14:paraId="51D9C5B7" w14:textId="77777777" w:rsidR="00F743B5" w:rsidRDefault="00F743B5" w:rsidP="00E6126E">
             <w:pPr>
               <w:keepNext/>
               <w:keepLines/>
               <w:spacing w:before="140" w:after="140" w:line="240" w:lineRule="auto"/>
@@ -1004,51 +1002,51 @@
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:spacing w:val="1"/>
                 <w:sz w:val="26"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="6E169A14" wp14:editId="7421E9E6">
                   <wp:extent cx="792000" cy="817200"/>
                   <wp:effectExtent l="0" t="0" r="8255" b="2540"/>
                   <wp:docPr id="66" name="Bildobjekt 66" descr="tecknad person i blå pyjamas som sitter i en säng med grön filt och vita lakan."/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="66" name="Bildobjekt 66" descr="tecknad person i blå pyjamas som sitter i en säng med grön filt och vita lakan."/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId12"/>
+                          <a:blip r:embed="rId16"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="792000" cy="817200"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
           </w:p>
           <w:p w14:paraId="7931EEF5" w14:textId="77777777" w:rsidR="00F743B5" w:rsidRDefault="00F743B5" w:rsidP="00E6126E">
             <w:pPr>
               <w:keepNext/>
               <w:keepLines/>
               <w:spacing w:before="140" w:after="140" w:line="240" w:lineRule="auto"/>
@@ -1089,76 +1087,75 @@
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:spacing w:val="1"/>
                 <w:sz w:val="26"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="5417077A" wp14:editId="1286B4F4">
                   <wp:extent cx="540000" cy="630000"/>
                   <wp:effectExtent l="0" t="0" r="0" b="0"/>
                   <wp:docPr id="57" name="Bildobjekt 57" descr="Tecknat ansikte på ett barn med röda utslag i hela ansiktet"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="57" name="Bildobjekt 57" descr="Tecknat ansikte på ett barn med röda utslag i hela ansiktet"/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId13"/>
+                          <a:blip r:embed="rId17"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="540000" cy="630000"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6745" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="3D7BC1EB" w14:textId="77777777" w:rsidR="00F743B5" w:rsidRPr="00056FE4" w:rsidRDefault="00F743B5" w:rsidP="00E6126E">
             <w:pPr>
               <w:pStyle w:val="Rubrik3"/>
             </w:pPr>
             <w:r w:rsidRPr="00056FE4">
               <w:t>Dusch och hygien</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="4FCB1688" w14:textId="77777777" w:rsidR="00F743B5" w:rsidRPr="00056FE4" w:rsidRDefault="00F743B5" w:rsidP="00E6126E">
             <w:pPr>
               <w:pStyle w:val="Punktlista1"/>
               <w:keepNext/>
               <w:keepLines/>
             </w:pPr>
             <w:r>
               <w:t xml:space="preserve">Du ska duscha och tvätta hela kroppen samt tvätta håret </w:t>
             </w:r>
             <w:r w:rsidRPr="0DD5CD7C">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t>kvällen före operation</w:t>
             </w:r>
@@ -1397,95 +1394,94 @@
               <w:t>.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="39972D1A" w14:textId="77777777" w:rsidR="00AC1A73" w:rsidRDefault="00AC1A73">
       <w:r>
         <w:br w:type="page"/>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="8573" w:type="dxa"/>
         <w:tblInd w:w="737" w:type="dxa"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="1828"/>
         <w:gridCol w:w="6745"/>
       </w:tblGrid>
       <w:tr w:rsidR="00F743B5" w:rsidRPr="005968E8" w14:paraId="599A9F35" w14:textId="77777777" w:rsidTr="00AC1A73">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1828" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="7394CC97" w14:textId="28B4C285" w:rsidR="00F743B5" w:rsidRDefault="00F743B5" w:rsidP="00E6126E">
             <w:pPr>
               <w:spacing w:before="240" w:after="140" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:spacing w:val="1"/>
                 <w:sz w:val="26"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="2E79B15F" w14:textId="77777777" w:rsidR="00F743B5" w:rsidRDefault="00F743B5" w:rsidP="00E6126E">
             <w:pPr>
               <w:spacing w:before="240" w:after="140" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:spacing w:val="1"/>
                 <w:sz w:val="26"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:noProof/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="54D8C21E" wp14:editId="1A9BCBB2">
                   <wp:extent cx="792000" cy="777600"/>
                   <wp:effectExtent l="0" t="0" r="8255" b="3810"/>
                   <wp:docPr id="14" name="Bildobjekt 14" descr="Teckning med mediciner i form av både tabletter, flytande och dospulver."/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="14" name="Bildobjekt 14" descr="Teckning med mediciner i form av både tabletter, flytande och dospulver."/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId14"/>
+                          <a:blip r:embed="rId18"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="792000" cy="777600"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
           </w:p>
           <w:p w14:paraId="0D964E60" w14:textId="77777777" w:rsidR="00F743B5" w:rsidRDefault="00F743B5" w:rsidP="00E6126E">
             <w:pPr>
               <w:spacing w:before="240" w:after="140" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:jc w:val="center"/>
@@ -1596,82 +1592,81 @@
             <w:pPr>
               <w:spacing w:before="240" w:after="140" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:noProof/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="65E23A7D" wp14:editId="32EAAA8C">
                   <wp:extent cx="900000" cy="694800"/>
                   <wp:effectExtent l="0" t="0" r="0" b="0"/>
                   <wp:docPr id="1510441547" name="Bildobjekt 2" descr="En bild som visar plåster&#10;&#10;Automatiskt genererad beskrivning"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="Bildobjekt 2"/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId15">
+                          <a:blip r:embed="rId19">
                             <a:extLst>
                               <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                                 <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                               </a:ext>
                             </a:extLst>
                           </a:blip>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="900000" cy="694800"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6745" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="176B4D48" w14:textId="77777777" w:rsidR="00F743B5" w:rsidRPr="00765AD1" w:rsidRDefault="00F743B5" w:rsidP="00E6126E">
             <w:pPr>
               <w:pStyle w:val="Rubrik3"/>
             </w:pPr>
             <w:r w:rsidRPr="00765AD1">
               <w:t>Mediciner</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="0A8092CF" w14:textId="77777777" w:rsidR="00F743B5" w:rsidRPr="00765AD1" w:rsidRDefault="00F743B5" w:rsidP="00E6126E">
             <w:pPr>
               <w:pStyle w:val="Punktlista1"/>
             </w:pPr>
             <w:r w:rsidRPr="00765AD1">
               <w:t>Ta endast de mediciner som din operatör/läkare har sagt att du ska ta på operationsdagen. Hoppa över alla andra mediciner. Ta i stället med övrig medicin till operationsmottagningen.</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="018CC5E7" w14:textId="77777777" w:rsidR="00F743B5" w:rsidRPr="00765AD1" w:rsidRDefault="00F743B5" w:rsidP="00E6126E">
             <w:pPr>
               <w:pStyle w:val="Punktlista1"/>
             </w:pPr>
             <w:r w:rsidRPr="00765AD1">
               <w:t>Har du astma/KOL ska du ta dina inhalationer hemma samt även ta med dina inhalationer till sjukhuset.</w:t>
             </w:r>
           </w:p>
@@ -1716,51 +1711,59 @@
             <w:r w:rsidRPr="00765AD1">
               <w:t xml:space="preserve"> (</w:t>
             </w:r>
             <w:proofErr w:type="gramStart"/>
             <w:r w:rsidRPr="00765AD1">
               <w:t>t.ex.</w:t>
             </w:r>
             <w:proofErr w:type="gramEnd"/>
             <w:r w:rsidRPr="00765AD1">
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="00765AD1">
               <w:t>Plavix</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidRPr="00765AD1">
               <w:t xml:space="preserve">) och </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="00765AD1">
               <w:t>Ticagrelor</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidRPr="00765AD1">
-              <w:t xml:space="preserve"> (t.ex. </w:t>
+              <w:t xml:space="preserve"> (</w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00765AD1">
+              <w:t>t.ex.</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00765AD1">
+              <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="00765AD1">
               <w:t>Brilique</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidRPr="00765AD1">
               <w:t xml:space="preserve">) ska inte tas </w:t>
             </w:r>
             <w:r w:rsidRPr="00765AD1">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t>5 dagar</w:t>
             </w:r>
             <w:r w:rsidRPr="00765AD1">
               <w:t xml:space="preserve"> före operation.</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="097041F4" w14:textId="77777777" w:rsidR="00F743B5" w:rsidRPr="00765AD1" w:rsidRDefault="00F743B5" w:rsidP="00E6126E">
             <w:pPr>
               <w:pStyle w:val="Punktlista1"/>
             </w:pPr>
             <w:proofErr w:type="spellStart"/>
@@ -1771,127 +1774,150 @@
             <w:r w:rsidRPr="00765AD1">
               <w:t xml:space="preserve"> (</w:t>
             </w:r>
             <w:proofErr w:type="gramStart"/>
             <w:r w:rsidRPr="00765AD1">
               <w:t>t.ex.</w:t>
             </w:r>
             <w:proofErr w:type="gramEnd"/>
             <w:r w:rsidRPr="00765AD1">
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="00765AD1">
               <w:t>Eliquis</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidRPr="00765AD1">
               <w:t xml:space="preserve">), </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="00765AD1">
               <w:t>Dabigatran</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidRPr="00765AD1">
-              <w:t xml:space="preserve"> (t.ex. </w:t>
+              <w:t xml:space="preserve"> (</w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00765AD1">
+              <w:t>t.ex.</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00765AD1">
+              <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="00765AD1">
               <w:t>Pradaxa</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidRPr="00765AD1">
               <w:t xml:space="preserve">), </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="00765AD1">
               <w:t>Rivaroxaban</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidRPr="00765AD1">
-              <w:t xml:space="preserve"> (t.ex. </w:t>
+              <w:t xml:space="preserve"> (</w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00765AD1">
+              <w:t>t.ex.</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00765AD1">
+              <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="00765AD1">
               <w:t>Xarelto</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidRPr="00765AD1">
               <w:t xml:space="preserve">) och </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="00765AD1">
               <w:t>Edoxaban</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidRPr="00765AD1">
-              <w:t xml:space="preserve"> (t.ex. </w:t>
+              <w:t xml:space="preserve"> (</w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00765AD1">
+              <w:t>t.ex.</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00765AD1">
+              <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="00765AD1">
               <w:t>Lixiana</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidRPr="00765AD1">
               <w:t xml:space="preserve">) ska inte tas </w:t>
             </w:r>
             <w:r w:rsidRPr="00765AD1">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t>2 dagar</w:t>
             </w:r>
             <w:r w:rsidRPr="00765AD1">
               <w:t xml:space="preserve"> före operation.</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="329EF666" w14:textId="77777777" w:rsidR="00F743B5" w:rsidRPr="00765AD1" w:rsidRDefault="00F743B5" w:rsidP="00E6126E">
+          <w:p w14:paraId="329EF666" w14:textId="02E90310" w:rsidR="00F743B5" w:rsidRPr="00765AD1" w:rsidRDefault="00F743B5" w:rsidP="00E6126E">
             <w:pPr>
               <w:pStyle w:val="Punktlista1"/>
             </w:pPr>
             <w:r w:rsidRPr="00765AD1">
               <w:t xml:space="preserve">Tablett </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="00765AD1">
               <w:t>Metformin</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidRPr="00765AD1">
-              <w:t xml:space="preserve"> ska inte tas </w:t>
+              <w:t xml:space="preserve"> ska tas</w:t>
+            </w:r>
+            <w:r w:rsidR="00964571">
+              <w:t xml:space="preserve"> som vanligt men inte på operationsdagen</w:t>
+            </w:r>
+            <w:r w:rsidR="009E1387">
+              <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="00765AD1">
-              <w:rPr>
-[...6 lines deleted...]
-              <w:t>före operation (om inte din operatör eller läkare sagt något annat).</w:t>
+              <w:t>(om inte din operatör eller läkare sagt något annat).</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="175F68D8" w14:textId="77777777" w:rsidR="00F743B5" w:rsidRDefault="00F743B5" w:rsidP="00E6126E">
             <w:pPr>
               <w:pStyle w:val="Punktlista1"/>
             </w:pPr>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="00765AD1">
               <w:t>Exenatid</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidRPr="00765AD1">
               <w:t xml:space="preserve">, </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="00765AD1">
               <w:t>Liraglutid</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidRPr="00765AD1">
               <w:t xml:space="preserve">, </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="00765AD1">
               <w:t>Lixisenatid</w:t>
@@ -2032,335 +2058,330 @@
               <w:t>, till exempel Alvedon, hemma som smärtstillande efter operationen. Ipren går bra om du normalt tar detta. Vid behov får du starkare smärtstillande mediciner ordinerade i samband med operationen.</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="3DCC16FC" w14:textId="77777777" w:rsidR="00F743B5" w:rsidRPr="00765AD1" w:rsidRDefault="00F743B5" w:rsidP="00E6126E">
             <w:pPr>
               <w:pStyle w:val="Punktlista1"/>
             </w:pPr>
             <w:r w:rsidRPr="00765AD1">
               <w:t>Har du fått ett smärtstillande plåster inför operationen (</w:t>
             </w:r>
             <w:proofErr w:type="gramStart"/>
             <w:r w:rsidRPr="00765AD1">
               <w:t>t.ex.</w:t>
             </w:r>
             <w:proofErr w:type="gramEnd"/>
             <w:r w:rsidRPr="00765AD1">
               <w:t xml:space="preserve"> EMLA) ska du sätta detta i armvecket eller på handryggen cirka 1 timme innan du åker till sjukhuset.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00F743B5" w:rsidRPr="005968E8" w14:paraId="33FCE758" w14:textId="77777777" w:rsidTr="00AC1A73">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1828" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="1BDA900B" w14:textId="77777777" w:rsidR="00F743B5" w:rsidRPr="005968E8" w:rsidRDefault="00F743B5" w:rsidP="00E6126E">
             <w:pPr>
               <w:spacing w:before="100" w:after="140" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:noProof/>
                 <w:spacing w:val="1"/>
                 <w:sz w:val="26"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:spacing w:val="1"/>
                 <w:sz w:val="26"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="6F9D8E3B" wp14:editId="0A665151">
                   <wp:extent cx="792000" cy="781200"/>
                   <wp:effectExtent l="0" t="0" r="8255" b="0"/>
                   <wp:docPr id="72" name="Bildobjekt 72" descr="Teckning av en person som nyser och håller i en vit näsduk."/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="72" name="Bildobjekt 72" descr="Teckning av en person som nyser och håller i en vit näsduk."/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId16"/>
+                          <a:blip r:embed="rId20"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="792000" cy="781200"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6745" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="2AD4BD08" w14:textId="77777777" w:rsidR="00F743B5" w:rsidRPr="00056FE4" w:rsidRDefault="00F743B5" w:rsidP="00E6126E">
             <w:pPr>
               <w:pStyle w:val="Rubrik3"/>
             </w:pPr>
             <w:r w:rsidRPr="00056FE4">
               <w:t>Förkyld eller sjuk?</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="3E6496E0" w14:textId="77777777" w:rsidR="00F743B5" w:rsidRPr="00056FE4" w:rsidRDefault="00F743B5" w:rsidP="00E6126E">
             <w:pPr>
               <w:pStyle w:val="Punktlista1"/>
             </w:pPr>
             <w:r w:rsidRPr="00056FE4">
               <w:t xml:space="preserve">Blir du förkyld eller sjuk inför din operation ska du </w:t>
             </w:r>
             <w:r w:rsidRPr="000A176E">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t>kontakta planeringssköterskan omgående</w:t>
             </w:r>
             <w:r w:rsidRPr="00056FE4">
               <w:t xml:space="preserve">. Kontaktuppgifter till planeringssköterskan hittar du på sista sidan i </w:t>
             </w:r>
             <w:r>
               <w:t>denna information.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00F743B5" w:rsidRPr="005968E8" w14:paraId="184ECD61" w14:textId="77777777" w:rsidTr="00AC1A73">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1828" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="0843D7E4" w14:textId="77777777" w:rsidR="00F743B5" w:rsidRPr="005968E8" w:rsidRDefault="00F743B5" w:rsidP="00E6126E">
             <w:pPr>
               <w:spacing w:before="100" w:after="140" w:line="240" w:lineRule="auto"/>
               <w:ind w:right="0" w:hanging="851"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:noProof/>
                 <w:spacing w:val="1"/>
                 <w:sz w:val="26"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:noProof/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="124A48DA" wp14:editId="46D97E0E">
                   <wp:extent cx="792000" cy="597600"/>
                   <wp:effectExtent l="0" t="0" r="8255" b="0"/>
                   <wp:docPr id="34" name="Bildobjekt 34" descr="Teckning på ett vitt flygplan"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="34" name="Bildobjekt 34" descr="Teckning på ett vitt flygplan"/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId17"/>
+                          <a:blip r:embed="rId21"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="792000" cy="597600"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6745" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="2DBDECCB" w14:textId="77777777" w:rsidR="00F743B5" w:rsidRPr="005968E8" w:rsidRDefault="00F743B5" w:rsidP="00E6126E">
             <w:pPr>
               <w:pStyle w:val="Rubrik3"/>
             </w:pPr>
             <w:r w:rsidRPr="005968E8">
               <w:t xml:space="preserve">Har du fått </w:t>
             </w:r>
             <w:r>
               <w:t>sjukhus</w:t>
             </w:r>
             <w:r w:rsidRPr="005968E8">
               <w:t>vård utomlands?</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="6A31EC9A" w14:textId="77777777" w:rsidR="00F743B5" w:rsidRPr="009A78B7" w:rsidRDefault="00F743B5" w:rsidP="00E6126E">
             <w:pPr>
               <w:pStyle w:val="Punktlista1"/>
               <w:ind w:right="-148"/>
             </w:pPr>
             <w:r w:rsidRPr="00D1576D">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t>Ta kontakt med planeringssköterska</w:t>
             </w:r>
             <w:r w:rsidRPr="00F42704">
               <w:t xml:space="preserve"> om du har fått sjukhusvård utomlands under det senaste året. </w:t>
             </w:r>
             <w:r>
               <w:t>K</w:t>
             </w:r>
             <w:r w:rsidRPr="00F42704">
               <w:t>ontaktuppgifter finns på sista sidan.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00F743B5" w:rsidRPr="005968E8" w14:paraId="7FECE917" w14:textId="77777777" w:rsidTr="00AC1A73">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1828" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="2229B844" w14:textId="77777777" w:rsidR="00F743B5" w:rsidRDefault="00F743B5" w:rsidP="00E6126E">
             <w:pPr>
               <w:spacing w:before="240" w:after="140" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:noProof/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:noProof/>
               </w:rPr>
               <w:lastRenderedPageBreak/>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="20C5B508" wp14:editId="5BBEB47E">
                   <wp:extent cx="756000" cy="763200"/>
                   <wp:effectExtent l="0" t="0" r="6350" b="0"/>
                   <wp:docPr id="70" name="Bildobjekt 70" descr="Tecknat huvud som ligger på en huvudkudde och sover."/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="70" name="Bildobjekt 70" descr="Tecknat huvud som ligger på en huvudkudde och sover."/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId18"/>
+                          <a:blip r:embed="rId22"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="756000" cy="763200"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
           </w:p>
           <w:p w14:paraId="358EBAC2" w14:textId="77777777" w:rsidR="00F743B5" w:rsidRDefault="00F743B5" w:rsidP="00E6126E">
             <w:pPr>
               <w:spacing w:before="360" w:after="140" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:noProof/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:noProof/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="3E1F35A4" wp14:editId="4E59B5AF">
                   <wp:extent cx="576000" cy="788400"/>
                   <wp:effectExtent l="0" t="0" r="0" b="0"/>
                   <wp:docPr id="71" name="Bildobjekt 71" descr="Bild på fem tecknade personer där en av personerna är markerad med färg för att illustrera en förälder eller besökare."/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="71" name="Bildobjekt 71" descr="Bild på fem tecknade personer där en av personerna är markerad med färg för att illustrera en förälder eller besökare."/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId19"/>
+                          <a:blip r:embed="rId23"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="576000" cy="788400"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
           </w:p>
           <w:p w14:paraId="3F9F64D7" w14:textId="77777777" w:rsidR="00F743B5" w:rsidRDefault="00F743B5" w:rsidP="00E6126E">
             <w:pPr>
               <w:spacing w:before="360" w:after="140" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:jc w:val="center"/>
@@ -2398,51 +2419,51 @@
           </w:p>
           <w:p w14:paraId="7A5EFC5D" w14:textId="77777777" w:rsidR="00F743B5" w:rsidRDefault="00F743B5" w:rsidP="00E6126E">
             <w:pPr>
               <w:spacing w:before="100" w:after="140" w:line="240" w:lineRule="auto"/>
               <w:ind w:right="0" w:hanging="851"/>
               <w:rPr>
                 <w:noProof/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="290485CE" w14:textId="77777777" w:rsidR="00F743B5" w:rsidRDefault="00F743B5" w:rsidP="00E6126E">
             <w:pPr>
               <w:spacing w:before="100" w:after="140" w:line="240" w:lineRule="auto"/>
               <w:ind w:right="0" w:hanging="851"/>
               <w:rPr>
                 <w:noProof/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00E23D28">
               <w:rPr>
                 <w:noProof/>
               </w:rPr>
               <mc:AlternateContent>
                 <mc:Choice Requires="wps">
                   <w:drawing>
-                    <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251662336" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="629BE3FF" wp14:editId="11869D48">
+                    <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658243" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="629BE3FF" wp14:editId="11869D48">
                       <wp:simplePos x="0" y="0"/>
                       <wp:positionH relativeFrom="column">
                         <wp:posOffset>85006</wp:posOffset>
                       </wp:positionH>
                       <wp:positionV relativeFrom="paragraph">
                         <wp:posOffset>246463</wp:posOffset>
                       </wp:positionV>
                       <wp:extent cx="768129" cy="463550"/>
                       <wp:effectExtent l="19050" t="19050" r="32385" b="31750"/>
                       <wp:wrapNone/>
                       <wp:docPr id="69" name="Rak pilkoppling 69"/>
                       <wp:cNvGraphicFramePr>
                         <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
                       </wp:cNvGraphicFramePr>
                       <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                         <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                           <wps:wsp>
                             <wps:cNvCnPr>
                               <a:cxnSpLocks noChangeShapeType="1"/>
                             </wps:cNvCnPr>
                             <wps:spPr bwMode="auto">
                               <a:xfrm>
                                 <a:off x="0" y="0"/>
                                 <a:ext cx="768129" cy="463550"/>
                               </a:xfrm>
@@ -2471,51 +2492,51 @@
                         </a:graphicData>
                       </a:graphic>
                       <wp14:sizeRelH relativeFrom="page">
                         <wp14:pctWidth>0</wp14:pctWidth>
                       </wp14:sizeRelH>
                       <wp14:sizeRelV relativeFrom="page">
                         <wp14:pctHeight>0</wp14:pctHeight>
                       </wp14:sizeRelV>
                     </wp:anchor>
                   </w:drawing>
                 </mc:Choice>
                 <mc:Fallback>
                   <w:pict>
                     <v:shape w14:anchorId="0DE4E9D1" id="Rak pilkoppling 69" o:spid="_x0000_s1026" type="#_x0000_t32" style="position:absolute;margin-left:6.7pt;margin-top:19.4pt;width:60.5pt;height:36.5pt;z-index:251662336;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQDQpNJnwgEAAFsDAAAOAAAAZHJzL2Uyb0RvYy54bWysU8Fu2zAMvQ/YPwi6L46zJc2MOD2kyy7d&#10;FqDdBzCybAuTRYFU4uTvJ6lJWmy3YT4IlEg+Pj7Sq/vTYMVRExt0tSwnUym0U9gY19Xy5/P2w1IK&#10;DuAasOh0Lc+a5f36/bvV6Cs9wx5to0lEEMfV6GvZh+CromDV6wF4gl676GyRBgjxSl3REIwRfbDF&#10;bDpdFCNS4wmVZo6vDy9Ouc74batV+NG2rIOwtYzcQj4pn/t0FusVVB2B74260IB/YDGAcbHoDeoB&#10;AogDmb+gBqMIGdswUTgU2LZG6dxD7Kac/tHNUw9e516iOOxvMvH/g1Xfjxu3o0RdndyTf0T1i4XD&#10;TQ+u05nA89nHwZVJqmL0XN1S0oX9jsR+/IZNjIFDwKzCqaUhQcb+xCmLfb6JrU9BqPh4t1iWs89S&#10;qOj6tPg4n+dhFFBdkz1x+KpxEMmoJQcC0/Vhg87FsSKVuRQcHzkkalBdE1Jlh1tjbZ6udWKs5Ww5&#10;v5vnDEZrmuRNcUzdfmNJHCEuyHY7jV9uNHrehhEeXJPReg3Nl4sdwNgXO1a37qJPkiTtH1d7bM47&#10;uuoWJ5hpXrYtrcjbe85+/SfWvwEAAP//AwBQSwMEFAAGAAgAAAAhAMqJjxbbAAAACQEAAA8AAABk&#10;cnMvZG93bnJldi54bWxMT8tOwzAQvCPxD9YicaOOSamiEKdCSJwQB5pIXN14SUL9iGwnDXw92xPc&#10;dnZG86j2qzVswRBH7ySITQYMXef16HoJbfNyVwCLSTmtjHco4Rsj7Ovrq0qV2p/dOy6H1DMycbFU&#10;EoaUppLz2A1oVdz4CR1xnz5YlQiGnuugzmRuDb/Psh23anSUMKgJnwfsTofZSvh6Cx/Nqzbi4SSa&#10;Zbc2rZh/Wilvb9anR2AJ1/Qnhkt9qg41dTr62enIDOF8S0oJeUELLny+pceRDiEK4HXF/y+ofwEA&#10;AP//AwBQSwECLQAUAAYACAAAACEAtoM4kv4AAADhAQAAEwAAAAAAAAAAAAAAAAAAAAAAW0NvbnRl&#10;bnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAAAAAAAAAAAAAAC8B&#10;AABfcmVscy8ucmVsc1BLAQItABQABgAIAAAAIQDQpNJnwgEAAFsDAAAOAAAAAAAAAAAAAAAAAC4C&#10;AABkcnMvZTJvRG9jLnhtbFBLAQItABQABgAIAAAAIQDKiY8W2wAAAAkBAAAPAAAAAAAAAAAAAAAA&#10;ABwEAABkcnMvZG93bnJldi54bWxQSwUGAAAAAAQABADzAAAAJAUAAAAA&#10;" strokecolor="red" strokeweight="2.25pt"/>
                   </w:pict>
                 </mc:Fallback>
               </mc:AlternateContent>
             </w:r>
             <w:r w:rsidRPr="00E23D28">
               <w:rPr>
                 <w:noProof/>
               </w:rPr>
               <mc:AlternateContent>
                 <mc:Choice Requires="wps">
                   <w:drawing>
-                    <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251661312" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="744C9F5B" wp14:editId="3A8A5BD9">
+                    <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658242" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="744C9F5B" wp14:editId="3A8A5BD9">
                       <wp:simplePos x="0" y="0"/>
                       <wp:positionH relativeFrom="column">
                         <wp:posOffset>69105</wp:posOffset>
                       </wp:positionH>
                       <wp:positionV relativeFrom="paragraph">
                         <wp:posOffset>250770</wp:posOffset>
                       </wp:positionV>
                       <wp:extent cx="688340" cy="463550"/>
                       <wp:effectExtent l="19050" t="19050" r="16510" b="31750"/>
                       <wp:wrapNone/>
                       <wp:docPr id="68" name="Rak pilkoppling 68"/>
                       <wp:cNvGraphicFramePr>
                         <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
                       </wp:cNvGraphicFramePr>
                       <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                         <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                           <wps:wsp>
                             <wps:cNvCnPr>
                               <a:cxnSpLocks noChangeShapeType="1"/>
                             </wps:cNvCnPr>
                             <wps:spPr bwMode="auto">
                               <a:xfrm flipH="1">
                                 <a:off x="0" y="0"/>
                                 <a:ext cx="688340" cy="463550"/>
                               </a:xfrm>
@@ -2567,76 +2588,75 @@
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:noProof/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:noProof/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="68F25BFC" wp14:editId="34BFCFAE">
                   <wp:extent cx="923925" cy="409575"/>
                   <wp:effectExtent l="0" t="0" r="9525" b="9525"/>
                   <wp:docPr id="67" name="Bildobjekt 67" descr="Teckning på röd bil som är överkorsad med rött kors för att illustrera att personen som opererats inte får köra bil, cykla eller framföra annat fordon."/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="67" name="Bildobjekt 67" descr="Teckning på röd bil som är överkorsad med rött kors för att illustrera att personen som opererats inte får köra bil, cykla eller framföra annat fordon."/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId20"/>
+                          <a:blip r:embed="rId24"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="923925" cy="409575"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6745" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="3AB49EF0" w14:textId="77777777" w:rsidR="00F743B5" w:rsidRPr="005968E8" w:rsidRDefault="00F743B5" w:rsidP="00E6126E">
             <w:pPr>
               <w:pStyle w:val="Rubrik3"/>
             </w:pPr>
             <w:r w:rsidRPr="005968E8">
               <w:t>Efter operationen</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="3E422DE3" w14:textId="77777777" w:rsidR="00F743B5" w:rsidRPr="00CD17F1" w:rsidRDefault="00F743B5" w:rsidP="00E6126E">
             <w:pPr>
               <w:keepNext/>
               <w:keepLines/>
               <w:spacing w:before="120" w:after="20"/>
               <w:ind w:right="0" w:hanging="851"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Fet" w:hAnsi="Arial Fet" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:iCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="23"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
@@ -2851,85 +2871,84 @@
           </w:p>
           <w:p w14:paraId="5246C47E" w14:textId="77777777" w:rsidR="00F743B5" w:rsidRPr="005968E8" w:rsidRDefault="00F743B5" w:rsidP="00E6126E">
             <w:pPr>
               <w:pStyle w:val="Punktlista1"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="0070C0"/>
                 <w:sz w:val="25"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:t>Du behöver ha</w:t>
             </w:r>
             <w:r w:rsidRPr="00656867">
               <w:t xml:space="preserve"> sällskap av en vuxen person under det första dygnet hemma efter operationen.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00F743B5" w:rsidRPr="005968E8" w14:paraId="679CA633" w14:textId="77777777" w:rsidTr="00AC1A73">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1828" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="3EB716F5" w14:textId="77777777" w:rsidR="00F743B5" w:rsidRDefault="00F743B5" w:rsidP="00E6126E">
             <w:pPr>
               <w:spacing w:before="140" w:after="140"/>
               <w:ind w:right="0" w:hanging="697"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:noProof/>
                 <w:spacing w:val="1"/>
                 <w:sz w:val="26"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:noProof/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="3D8F06BA" wp14:editId="3301D01C">
                   <wp:extent cx="684000" cy="442800"/>
                   <wp:effectExtent l="0" t="0" r="1905" b="0"/>
                   <wp:docPr id="59" name="Bildobjekt 59" descr="Teckning på en legitimation."/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="59" name="Bildobjekt 59" descr="Teckning på en legitimation."/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId21"/>
+                          <a:blip r:embed="rId25"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="684000" cy="442800"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
           </w:p>
           <w:p w14:paraId="10F89BBC" w14:textId="77777777" w:rsidR="00F743B5" w:rsidRDefault="00F743B5" w:rsidP="00E6126E">
             <w:pPr>
               <w:spacing w:before="140" w:after="140"/>
               <w:ind w:right="0" w:hanging="697"/>
               <w:jc w:val="center"/>
@@ -2938,51 +2957,51 @@
                 <w:spacing w:val="1"/>
                 <w:sz w:val="26"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:noProof/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="67998109" wp14:editId="06F81F53">
                   <wp:extent cx="467602" cy="467221"/>
                   <wp:effectExtent l="0" t="0" r="8890" b="9525"/>
                   <wp:docPr id="62" name="Bildobjekt 62" descr="Tecknade glasögon med svarta bågar"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="62" name="Bildobjekt 62" descr="Tecknade glasögon med svarta bågar"/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId22"/>
+                          <a:blip r:embed="rId26"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="470985" cy="470602"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
           </w:p>
           <w:p w14:paraId="2C7B2FE6" w14:textId="77777777" w:rsidR="00F743B5" w:rsidRPr="005968E8" w:rsidRDefault="00F743B5" w:rsidP="00E6126E">
             <w:pPr>
               <w:spacing w:before="140" w:after="140"/>
               <w:ind w:right="0" w:hanging="697"/>
               <w:jc w:val="center"/>
@@ -2991,76 +3010,75 @@
                 <w:spacing w:val="1"/>
                 <w:sz w:val="26"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:noProof/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="77D65996" wp14:editId="7537D6A9">
                   <wp:extent cx="468000" cy="702000"/>
                   <wp:effectExtent l="0" t="0" r="8255" b="3175"/>
                   <wp:docPr id="63" name="Bildobjekt 63" descr="Tecknad bild på svart mobiltelefon"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="63" name="Bildobjekt 63" descr="Tecknad bild på svart mobiltelefon"/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId23"/>
+                          <a:blip r:embed="rId27"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="468000" cy="702000"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6745" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="0CE951AA" w14:textId="77777777" w:rsidR="00F743B5" w:rsidRPr="00552795" w:rsidRDefault="00F743B5" w:rsidP="00E6126E">
             <w:pPr>
               <w:pStyle w:val="Rubrik3"/>
               <w:keepNext w:val="0"/>
               <w:keepLines w:val="0"/>
             </w:pPr>
             <w:r w:rsidRPr="00552795">
               <w:t>Ta med till sjukhuset</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="6DEEA8B1" w14:textId="77777777" w:rsidR="00F743B5" w:rsidRPr="00552795" w:rsidRDefault="00F743B5" w:rsidP="00E6126E">
             <w:pPr>
               <w:pStyle w:val="Punktlista1"/>
             </w:pPr>
             <w:r w:rsidRPr="00552795">
               <w:t>Legitimation</w:t>
             </w:r>
             <w:r>
               <w:t>.</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="77CA8881" w14:textId="77777777" w:rsidR="00F743B5" w:rsidRPr="00552795" w:rsidRDefault="00F743B5" w:rsidP="00E6126E">
             <w:pPr>
               <w:pStyle w:val="Punktlista1"/>
@@ -3155,222 +3173,218 @@
               <w:pStyle w:val="Rubrik3"/>
               <w:keepNext w:val="0"/>
               <w:keepLines w:val="0"/>
             </w:pPr>
             <w:r w:rsidRPr="00DF2D5C">
               <w:t>Lämna hemma</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="1FF3D0C4" w14:textId="77777777" w:rsidR="00F743B5" w:rsidRPr="00D04181" w:rsidRDefault="00F743B5" w:rsidP="00E6126E">
             <w:pPr>
               <w:pStyle w:val="Punktlista1"/>
               <w:rPr>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:t>Smycken och övriga värdesaker.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00F743B5" w:rsidRPr="005968E8" w14:paraId="70F0AB18" w14:textId="77777777" w:rsidTr="00AC1A73">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1828" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="7FA0D8CD" w14:textId="77777777" w:rsidR="00F743B5" w:rsidRDefault="00F743B5" w:rsidP="00E6126E">
             <w:pPr>
               <w:spacing w:before="240" w:after="140" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:noProof/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:noProof/>
               </w:rPr>
               <w:lastRenderedPageBreak/>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="7A33054E" wp14:editId="125F818B">
                   <wp:extent cx="904875" cy="876300"/>
                   <wp:effectExtent l="0" t="0" r="9525" b="0"/>
                   <wp:docPr id="4" name="Bildobjekt 4" descr="Tecknad bild som visar hur ett blodprov tas i ett finger. Bredvid den ena handen ligger provrör."/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="4" name="Bildobjekt 4" descr="Tecknad bild som visar hur ett blodprov tas i ett finger. Bredvid den ena handen ligger provrör."/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId24"/>
+                          <a:blip r:embed="rId28"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="904875" cy="876300"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6745" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="58AA2E5A" w14:textId="77777777" w:rsidR="00F743B5" w:rsidRDefault="00F743B5" w:rsidP="00E6126E">
             <w:pPr>
               <w:pStyle w:val="Rubrik3"/>
             </w:pPr>
             <w:r w:rsidRPr="00D04181">
               <w:t>Prover i vården s</w:t>
             </w:r>
             <w:r>
               <w:t>pa</w:t>
             </w:r>
             <w:r w:rsidRPr="00D04181">
               <w:t>ras</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="13C11288" w14:textId="77777777" w:rsidR="00F743B5" w:rsidRPr="005968E8" w:rsidRDefault="00F743B5" w:rsidP="00E6126E">
             <w:pPr>
               <w:pStyle w:val="Punktlista1"/>
             </w:pPr>
             <w:r w:rsidRPr="00EB10CC">
               <w:t xml:space="preserve">När du lämnar prov i vården kan vissa prov komma att sparas i en biobank. Läs mer om biobankslagen på </w:t>
             </w:r>
-            <w:hyperlink r:id="rId25" w:history="1">
+            <w:hyperlink r:id="rId29" w:history="1">
               <w:r w:rsidRPr="00222C91">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlnk"/>
                 </w:rPr>
                 <w:t>117</w:t>
               </w:r>
               <w:r>
                 <w:rPr>
                   <w:rStyle w:val="Hyperlnk"/>
                 </w:rPr>
                 <w:t>7.se</w:t>
               </w:r>
             </w:hyperlink>
             <w:r w:rsidRPr="00EB10CC">
               <w:t xml:space="preserve"> och </w:t>
             </w:r>
-            <w:hyperlink r:id="rId26" w:history="1">
+            <w:hyperlink r:id="rId30" w:history="1">
               <w:r w:rsidRPr="00326630">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlnk"/>
                 </w:rPr>
                 <w:t>biobanksverige.se</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00F743B5" w:rsidRPr="005968E8" w14:paraId="08638D56" w14:textId="77777777" w:rsidTr="00AC1A73">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1828" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="5BE0A0B1" w14:textId="77777777" w:rsidR="00F743B5" w:rsidRPr="005968E8" w:rsidRDefault="00F743B5" w:rsidP="00E6126E">
             <w:pPr>
               <w:spacing w:before="360" w:after="140" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:noProof/>
                 <w:spacing w:val="1"/>
                 <w:sz w:val="26"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:noProof/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="74F95CE0" wp14:editId="1D6D0419">
                   <wp:extent cx="720000" cy="738000"/>
                   <wp:effectExtent l="0" t="0" r="4445" b="5080"/>
                   <wp:docPr id="1" name="Bildobjekt 1" descr="Tecknat frågetecken "/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="1" name="Bildobjekt 1" descr="Tecknat frågetecken "/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId27"/>
+                          <a:blip r:embed="rId31"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="720000" cy="738000"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6745" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="53819292" w14:textId="77777777" w:rsidR="00F743B5" w:rsidRPr="005968E8" w:rsidRDefault="00F743B5" w:rsidP="00E6126E">
             <w:pPr>
               <w:pStyle w:val="Rubrik3"/>
               <w:spacing w:before="360"/>
             </w:pPr>
             <w:r w:rsidRPr="005968E8">
               <w:t>Kontaktuppgifter</w:t>
             </w:r>
             <w:r>
               <w:t xml:space="preserve"> till planeringssköterska</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="2CE0D6F0" w14:textId="77777777" w:rsidR="00F743B5" w:rsidRDefault="00F743B5" w:rsidP="00E6126E">
             <w:pPr>
               <w:keepNext/>
               <w:keepLines/>
               <w:tabs>
                 <w:tab w:val="left" w:leader="dot" w:pos="6529"/>
               </w:tabs>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:spacing w:val="1"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
@@ -3519,85 +3533,85 @@
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:tab/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="6E31C334" w14:textId="77777777" w:rsidR="00F743B5" w:rsidRPr="00536A5A" w:rsidRDefault="00F743B5" w:rsidP="00F743B5">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="061A8D1E" w14:textId="77777777" w:rsidR="00F743B5" w:rsidRPr="00A861DC" w:rsidRDefault="00F743B5" w:rsidP="00F743B5"/>
     <w:p w14:paraId="63599E29" w14:textId="2908AC62" w:rsidR="004D1CD7" w:rsidRPr="00F743B5" w:rsidRDefault="004D1CD7" w:rsidP="00F743B5">
       <w:pPr>
         <w:rPr>
           <w:rStyle w:val="Hyperlnk"/>
           <w:color w:val="auto"/>
           <w:u w:val="none"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:sectPr w:rsidR="004D1CD7" w:rsidRPr="00F743B5" w:rsidSect="00B96AFF">
-      <w:headerReference w:type="default" r:id="rId28"/>
-[...3 lines deleted...]
-      <w:footerReference w:type="first" r:id="rId32"/>
+      <w:headerReference w:type="default" r:id="rId32"/>
+      <w:footerReference w:type="even" r:id="rId33"/>
+      <w:footerReference w:type="default" r:id="rId34"/>
+      <w:headerReference w:type="first" r:id="rId35"/>
+      <w:footerReference w:type="first" r:id="rId36"/>
       <w:type w:val="continuous"/>
       <w:pgSz w:w="11900" w:h="16840"/>
       <w:pgMar w:top="1418" w:right="1979" w:bottom="1276" w:left="992" w:header="284" w:footer="737" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:noEndnote/>
       <w:titlePg/>
       <w:docGrid w:linePitch="326"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="16F2AA85" w14:textId="77777777" w:rsidR="00E108BF" w:rsidRDefault="00E108BF">
+    <w:p w14:paraId="4D457C6C" w14:textId="77777777" w:rsidR="00E108BF" w:rsidRDefault="00E108BF">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="4FF2548C" w14:textId="77777777" w:rsidR="00E108BF" w:rsidRDefault="00E108BF">
+    <w:p w14:paraId="4073C6EB" w14:textId="77777777" w:rsidR="00E108BF" w:rsidRDefault="00E108BF">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationNotice" w:id="1">
-    <w:p w14:paraId="55C1563B" w14:textId="77777777" w:rsidR="00E108BF" w:rsidRDefault="00E108BF">
+    <w:p w14:paraId="6CDD8402" w14:textId="77777777" w:rsidR="00E108BF" w:rsidRDefault="00E108BF">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
@@ -3869,61 +3883,61 @@
                     <a:ext cx="1953671" cy="396165"/>
                   </a:xfrm>
                   <a:prstGeom prst="rect">
                     <a:avLst/>
                   </a:prstGeom>
                 </pic:spPr>
               </pic:pic>
             </a:graphicData>
           </a:graphic>
           <wp14:sizeRelH relativeFrom="margin">
             <wp14:pctWidth>0</wp14:pctWidth>
           </wp14:sizeRelH>
           <wp14:sizeRelV relativeFrom="margin">
             <wp14:pctHeight>0</wp14:pctHeight>
           </wp14:sizeRelV>
         </wp:anchor>
       </w:drawing>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="5A4D7836" w14:textId="77777777" w:rsidR="00E108BF" w:rsidRDefault="00E108BF"/>
+    <w:p w14:paraId="74B10839" w14:textId="77777777" w:rsidR="00E108BF" w:rsidRDefault="00E108BF"/>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="302CE52F" w14:textId="77777777" w:rsidR="00E108BF" w:rsidRDefault="00E108BF">
+    <w:p w14:paraId="6A3BB64B" w14:textId="77777777" w:rsidR="00E108BF" w:rsidRDefault="00E108BF">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationNotice" w:id="1">
-    <w:p w14:paraId="351A4BA4" w14:textId="77777777" w:rsidR="00E108BF" w:rsidRDefault="00E108BF">
+    <w:p w14:paraId="535146EC" w14:textId="77777777" w:rsidR="00E108BF" w:rsidRDefault="00E108BF">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="5C08F221" w14:textId="77777777" w:rsidR="00294791" w:rsidRPr="00DA65C4" w:rsidRDefault="00DA65C4" w:rsidP="00DA65C4">
     <w:pPr>
       <w:pStyle w:val="Sidhuvud"/>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:noProof/>
         <w:szCs w:val="20"/>
       </w:rPr>
       <mc:AlternateContent>
         <mc:Choice Requires="wps">
           <w:drawing>
             <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658241" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="51B1B0DE" wp14:editId="28DB0F9D">
               <wp:simplePos x="0" y="0"/>
               <wp:positionH relativeFrom="column">
@@ -6428,51 +6442,51 @@
     <w:abstractNumId w:val="8"/>
   </w:num>
   <w:num w:numId="16" w16cid:durableId="2093158488">
     <w:abstractNumId w:val="14"/>
   </w:num>
   <w:num w:numId="17" w16cid:durableId="2069649413">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="18" w16cid:durableId="2083601073">
     <w:abstractNumId w:val="12"/>
   </w:num>
   <w:num w:numId="19" w16cid:durableId="2132630577">
     <w:abstractNumId w:val="18"/>
   </w:num>
   <w:num w:numId="20" w16cid:durableId="199127742">
     <w:abstractNumId w:val="11"/>
   </w:num>
   <w:num w:numId="21" w16cid:durableId="1397894130">
     <w:abstractNumId w:val="2"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
-  <w:zoom w:percent="71"/>
+  <w:zoom w:percent="140"/>
   <w:removePersonalInformation/>
   <w:removeDateAndTime/>
   <w:embedSystemFonts/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:stylePaneFormatFilter w:val="D804" w:allStyles="0" w:customStyles="0" w:latentStyles="1" w:stylesInUse="0" w:headingStyles="0" w:numberingStyles="0" w:tableStyles="0" w:directFormattingOnRuns="0" w:directFormattingOnParagraphs="0" w:directFormattingOnNumbering="0" w:directFormattingOnTables="1" w:clearFormatting="1" w:top3HeadingStyles="0" w:visibleStyles="1" w:alternateStyleNames="1"/>
   <w:documentProtection w:formatting="1" w:enforcement="0"/>
   <w:styleLockTheme/>
   <w:styleLockQFSet/>
   <w:defaultTabStop w:val="1304"/>
   <w:hyphenationZone w:val="425"/>
   <w:displayHorizontalDrawingGridEvery w:val="0"/>
   <w:displayVerticalDrawingGridEvery w:val="0"/>
   <w:doNotUseMarginsForDrawingGridOrigin/>
   <w:noPunctuationKerning/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050" strokecolor="#4a773c">
       <v:stroke color="#4a773c" weight="1pt"/>
       <v:shadow opacity="24903f" origin=",.5" offset="0,.55556mm"/>
       <o:colormru v:ext="edit" colors="#4a773c"/>
     </o:shapedefaults>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
@@ -6529,86 +6543,88 @@
     <w:rsid w:val="00121D90"/>
     <w:rsid w:val="00131B08"/>
     <w:rsid w:val="00132A59"/>
     <w:rsid w:val="00133337"/>
     <w:rsid w:val="00133A0F"/>
     <w:rsid w:val="0013580F"/>
     <w:rsid w:val="00137B6D"/>
     <w:rsid w:val="0014070B"/>
     <w:rsid w:val="001422C1"/>
     <w:rsid w:val="001522AE"/>
     <w:rsid w:val="001556A8"/>
     <w:rsid w:val="00157D5B"/>
     <w:rsid w:val="00161FE6"/>
     <w:rsid w:val="0016287A"/>
     <w:rsid w:val="001629CC"/>
     <w:rsid w:val="00164C3D"/>
     <w:rsid w:val="00166D3A"/>
     <w:rsid w:val="0017508E"/>
     <w:rsid w:val="00181FDC"/>
     <w:rsid w:val="00184167"/>
     <w:rsid w:val="001860B9"/>
     <w:rsid w:val="00186F2B"/>
     <w:rsid w:val="001874D6"/>
     <w:rsid w:val="0019632A"/>
     <w:rsid w:val="001A4E7C"/>
+    <w:rsid w:val="001A59E2"/>
     <w:rsid w:val="001B762C"/>
     <w:rsid w:val="001C4D0A"/>
     <w:rsid w:val="001C5FEF"/>
     <w:rsid w:val="001E3789"/>
     <w:rsid w:val="00211487"/>
     <w:rsid w:val="00211D91"/>
     <w:rsid w:val="00217DEC"/>
     <w:rsid w:val="00235B57"/>
     <w:rsid w:val="00247E96"/>
     <w:rsid w:val="00250F24"/>
     <w:rsid w:val="002523C5"/>
     <w:rsid w:val="0025380B"/>
     <w:rsid w:val="00254E2A"/>
     <w:rsid w:val="00255CB2"/>
     <w:rsid w:val="0025703A"/>
     <w:rsid w:val="00262F3D"/>
     <w:rsid w:val="00263281"/>
     <w:rsid w:val="002651D6"/>
     <w:rsid w:val="0026551F"/>
     <w:rsid w:val="00270FA8"/>
     <w:rsid w:val="00280A85"/>
     <w:rsid w:val="00284119"/>
     <w:rsid w:val="00290B5C"/>
     <w:rsid w:val="002916C2"/>
     <w:rsid w:val="00294791"/>
     <w:rsid w:val="002A1C4F"/>
     <w:rsid w:val="002A7450"/>
     <w:rsid w:val="002B0B30"/>
     <w:rsid w:val="002B0C78"/>
     <w:rsid w:val="002C0C02"/>
     <w:rsid w:val="002C1277"/>
     <w:rsid w:val="002C60AD"/>
     <w:rsid w:val="002D0E0E"/>
     <w:rsid w:val="002D6023"/>
     <w:rsid w:val="002E263F"/>
     <w:rsid w:val="002E6F81"/>
+    <w:rsid w:val="002E72C0"/>
     <w:rsid w:val="002F08BA"/>
     <w:rsid w:val="002F2CFF"/>
     <w:rsid w:val="002F568B"/>
     <w:rsid w:val="002F7818"/>
     <w:rsid w:val="003066D0"/>
     <w:rsid w:val="00311401"/>
     <w:rsid w:val="003203D7"/>
     <w:rsid w:val="00320F86"/>
     <w:rsid w:val="00324171"/>
     <w:rsid w:val="00326C24"/>
     <w:rsid w:val="00337F99"/>
     <w:rsid w:val="003410BD"/>
     <w:rsid w:val="0034307B"/>
     <w:rsid w:val="00345EB1"/>
     <w:rsid w:val="00350CC4"/>
     <w:rsid w:val="00360E0D"/>
     <w:rsid w:val="0036357D"/>
     <w:rsid w:val="0036594C"/>
     <w:rsid w:val="00367D19"/>
     <w:rsid w:val="00371BED"/>
     <w:rsid w:val="00384019"/>
     <w:rsid w:val="003854F1"/>
     <w:rsid w:val="00386E8A"/>
     <w:rsid w:val="00386FB0"/>
     <w:rsid w:val="0039118E"/>
@@ -6619,50 +6635,51 @@
     <w:rsid w:val="003D21A2"/>
     <w:rsid w:val="003D29D2"/>
     <w:rsid w:val="003D6DF1"/>
     <w:rsid w:val="003E0705"/>
     <w:rsid w:val="003E2FF7"/>
     <w:rsid w:val="003F1013"/>
     <w:rsid w:val="003F1ACF"/>
     <w:rsid w:val="00404948"/>
     <w:rsid w:val="00406BEA"/>
     <w:rsid w:val="00413A60"/>
     <w:rsid w:val="004230F7"/>
     <w:rsid w:val="0043167E"/>
     <w:rsid w:val="0043409A"/>
     <w:rsid w:val="00446255"/>
     <w:rsid w:val="00451935"/>
     <w:rsid w:val="00460ED0"/>
     <w:rsid w:val="00464E4A"/>
     <w:rsid w:val="00465651"/>
     <w:rsid w:val="00470CE7"/>
     <w:rsid w:val="00470F4F"/>
     <w:rsid w:val="00472482"/>
     <w:rsid w:val="00480DC7"/>
     <w:rsid w:val="004876F6"/>
     <w:rsid w:val="0049236A"/>
     <w:rsid w:val="00492718"/>
+    <w:rsid w:val="00495B52"/>
     <w:rsid w:val="004A355D"/>
     <w:rsid w:val="004A4970"/>
     <w:rsid w:val="004B2183"/>
     <w:rsid w:val="004B2A01"/>
     <w:rsid w:val="004B53DA"/>
     <w:rsid w:val="004C3536"/>
     <w:rsid w:val="004D1CD7"/>
     <w:rsid w:val="004D7BA3"/>
     <w:rsid w:val="004E3115"/>
     <w:rsid w:val="004F4518"/>
     <w:rsid w:val="004F4C62"/>
     <w:rsid w:val="004F702A"/>
     <w:rsid w:val="00501433"/>
     <w:rsid w:val="00511CC4"/>
     <w:rsid w:val="00531E60"/>
     <w:rsid w:val="00541D07"/>
     <w:rsid w:val="00544BAB"/>
     <w:rsid w:val="00545A3B"/>
     <w:rsid w:val="00545F31"/>
     <w:rsid w:val="005578FA"/>
     <w:rsid w:val="00565129"/>
     <w:rsid w:val="00565CD0"/>
     <w:rsid w:val="00567820"/>
     <w:rsid w:val="00570C24"/>
     <w:rsid w:val="005770AD"/>
@@ -6771,99 +6788,103 @@
     <w:rsid w:val="008D4B13"/>
     <w:rsid w:val="008E36F8"/>
     <w:rsid w:val="008E46B2"/>
     <w:rsid w:val="008E682C"/>
     <w:rsid w:val="008E78A1"/>
     <w:rsid w:val="008F589F"/>
     <w:rsid w:val="00902060"/>
     <w:rsid w:val="00904DD9"/>
     <w:rsid w:val="00906238"/>
     <w:rsid w:val="00907EF9"/>
     <w:rsid w:val="00911231"/>
     <w:rsid w:val="0091295C"/>
     <w:rsid w:val="00914D58"/>
     <w:rsid w:val="00921F47"/>
     <w:rsid w:val="009228AB"/>
     <w:rsid w:val="0093085B"/>
     <w:rsid w:val="00931C57"/>
     <w:rsid w:val="00932C23"/>
     <w:rsid w:val="009347A5"/>
     <w:rsid w:val="00942257"/>
     <w:rsid w:val="009471BF"/>
     <w:rsid w:val="00950E4E"/>
     <w:rsid w:val="009529BD"/>
     <w:rsid w:val="009533B4"/>
     <w:rsid w:val="00957D35"/>
+    <w:rsid w:val="00964571"/>
     <w:rsid w:val="00971D93"/>
     <w:rsid w:val="009809C3"/>
     <w:rsid w:val="009A07DC"/>
     <w:rsid w:val="009B1F6B"/>
     <w:rsid w:val="009C0D12"/>
     <w:rsid w:val="009C192E"/>
     <w:rsid w:val="009C2E3E"/>
     <w:rsid w:val="009C6C0C"/>
     <w:rsid w:val="009C7A58"/>
     <w:rsid w:val="009D6819"/>
     <w:rsid w:val="009D6D1C"/>
     <w:rsid w:val="009E0CF9"/>
+    <w:rsid w:val="009E1387"/>
     <w:rsid w:val="009E531B"/>
     <w:rsid w:val="009E6C56"/>
     <w:rsid w:val="009E7DCF"/>
     <w:rsid w:val="009F4A56"/>
     <w:rsid w:val="009F4E65"/>
     <w:rsid w:val="00A006A5"/>
     <w:rsid w:val="00A00A73"/>
     <w:rsid w:val="00A05942"/>
     <w:rsid w:val="00A07BEC"/>
+    <w:rsid w:val="00A22B0F"/>
     <w:rsid w:val="00A264BE"/>
     <w:rsid w:val="00A272CA"/>
     <w:rsid w:val="00A33051"/>
     <w:rsid w:val="00A33EA9"/>
     <w:rsid w:val="00A407AD"/>
     <w:rsid w:val="00A40923"/>
     <w:rsid w:val="00A41C05"/>
     <w:rsid w:val="00A42426"/>
     <w:rsid w:val="00A514B7"/>
     <w:rsid w:val="00A54A0B"/>
     <w:rsid w:val="00A65FD4"/>
     <w:rsid w:val="00A81198"/>
     <w:rsid w:val="00A81E48"/>
     <w:rsid w:val="00A82035"/>
     <w:rsid w:val="00A90D77"/>
     <w:rsid w:val="00A92E07"/>
     <w:rsid w:val="00A97B80"/>
     <w:rsid w:val="00AA0B3A"/>
     <w:rsid w:val="00AA6EB4"/>
     <w:rsid w:val="00AA767D"/>
     <w:rsid w:val="00AB0CC9"/>
     <w:rsid w:val="00AC1A73"/>
     <w:rsid w:val="00AC3FF6"/>
     <w:rsid w:val="00AD0F3E"/>
     <w:rsid w:val="00AD73EC"/>
     <w:rsid w:val="00AD7AD5"/>
     <w:rsid w:val="00AD7F1F"/>
     <w:rsid w:val="00AE5BC7"/>
+    <w:rsid w:val="00AF3BF5"/>
     <w:rsid w:val="00AF5AAF"/>
     <w:rsid w:val="00B046D8"/>
     <w:rsid w:val="00B055BB"/>
     <w:rsid w:val="00B13F4C"/>
     <w:rsid w:val="00B16219"/>
     <w:rsid w:val="00B16C59"/>
     <w:rsid w:val="00B33FDD"/>
     <w:rsid w:val="00B359CC"/>
     <w:rsid w:val="00B36107"/>
     <w:rsid w:val="00B41789"/>
     <w:rsid w:val="00B46C03"/>
     <w:rsid w:val="00B52651"/>
     <w:rsid w:val="00B60C6C"/>
     <w:rsid w:val="00B619A9"/>
     <w:rsid w:val="00B61BD6"/>
     <w:rsid w:val="00B65A9D"/>
     <w:rsid w:val="00B66D60"/>
     <w:rsid w:val="00B72C43"/>
     <w:rsid w:val="00B75EDE"/>
     <w:rsid w:val="00B77D88"/>
     <w:rsid w:val="00B77FAF"/>
     <w:rsid w:val="00B84336"/>
     <w:rsid w:val="00B851B9"/>
     <w:rsid w:val="00B86453"/>
     <w:rsid w:val="00B90054"/>
@@ -6896,50 +6917,51 @@
     <w:rsid w:val="00C9071C"/>
     <w:rsid w:val="00C908FF"/>
     <w:rsid w:val="00C97BD3"/>
     <w:rsid w:val="00CA39EF"/>
     <w:rsid w:val="00CA521F"/>
     <w:rsid w:val="00CB0493"/>
     <w:rsid w:val="00CB17FF"/>
     <w:rsid w:val="00CB1ED7"/>
     <w:rsid w:val="00CC167C"/>
     <w:rsid w:val="00CC52D9"/>
     <w:rsid w:val="00CD6647"/>
     <w:rsid w:val="00CE4B73"/>
     <w:rsid w:val="00CF70BB"/>
     <w:rsid w:val="00D074DB"/>
     <w:rsid w:val="00D139CF"/>
     <w:rsid w:val="00D1587C"/>
     <w:rsid w:val="00D20779"/>
     <w:rsid w:val="00D37E7F"/>
     <w:rsid w:val="00D47AD7"/>
     <w:rsid w:val="00D51529"/>
     <w:rsid w:val="00D85218"/>
     <w:rsid w:val="00D915B1"/>
     <w:rsid w:val="00DA299D"/>
     <w:rsid w:val="00DA65C4"/>
     <w:rsid w:val="00DA66F8"/>
+    <w:rsid w:val="00DE197A"/>
     <w:rsid w:val="00DE4447"/>
     <w:rsid w:val="00DE5DA2"/>
     <w:rsid w:val="00DE63C6"/>
     <w:rsid w:val="00DF0033"/>
     <w:rsid w:val="00E026BF"/>
     <w:rsid w:val="00E07B1B"/>
     <w:rsid w:val="00E108BF"/>
     <w:rsid w:val="00E11853"/>
     <w:rsid w:val="00E36F77"/>
     <w:rsid w:val="00E432FA"/>
     <w:rsid w:val="00E4398B"/>
     <w:rsid w:val="00E52A86"/>
     <w:rsid w:val="00E54B47"/>
     <w:rsid w:val="00E553BF"/>
     <w:rsid w:val="00E55D93"/>
     <w:rsid w:val="00E61294"/>
     <w:rsid w:val="00E7237C"/>
     <w:rsid w:val="00E77C46"/>
     <w:rsid w:val="00E86CE8"/>
     <w:rsid w:val="00E90E82"/>
     <w:rsid w:val="00EA00CB"/>
     <w:rsid w:val="00EA1BAA"/>
     <w:rsid w:val="00EA3FCD"/>
     <w:rsid w:val="00EA42A0"/>
     <w:rsid w:val="00EB6714"/>
@@ -9703,51 +9725,51 @@
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="1920208072">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
   </w:divs>
   <w:relyOnVML/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
-<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image6.png" Id="rId13" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image11.png" Id="rId18" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://biobanksverige.se/" TargetMode="External" Id="rId26" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image14.png" Id="rId21" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml" Id="rId34" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml" Id="rId7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image5.jpg" Id="rId12" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image10.png" Id="rId17" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.1177.se/Vastra-Gotaland/sa-fungerar-varden/lagar-och-bestammelser/lagar-i-varden/prover-i-varden-sparas/" TargetMode="External" Id="rId25" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml" Id="rId33" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml" Id="rId2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image9.jpg" Id="rId16" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image13.png" Id="rId20" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml" Id="rId29" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml" Id="rId6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image4.png" Id="rId11" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image17.png" Id="rId24" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer3.xml" Id="rId32" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml" Id="rId5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image8.jpg" Id="rId15" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image16.png" Id="rId23" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml" Id="rId28" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image3.png" Id="rId10" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image12.png" Id="rId19" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml" Id="rId31" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml" Id="rId4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.png" Id="rId9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image7.png" Id="rId14" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image15.png" Id="rId22" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image18.png" Id="rId27" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml" Id="rId30" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png" Id="rId8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml" Id="rId3" /></Relationships>
+<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.png" Id="rId13" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image7.png" Id="rId18" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image15.png" Id="rId26" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image10.png" Id="rId21" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml" Id="rId34" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml" Id="rId7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png" Id="rId12" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image6.png" Id="rId17" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image14.png" Id="rId25" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml" Id="rId33" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml" Id="rId38" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image5.jpg" Id="rId16" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image9.jpg" Id="rId20" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.1177.se/Vastra-Gotaland/sa-fungerar-varden/lagar-och-bestammelser/lagar-i-varden/prover-i-varden-sparas/" TargetMode="External" Id="rId29" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml" Id="rId6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml" Id="rId11" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image13.png" Id="rId24" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml" Id="rId32" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml" Id="rId37" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image4.png" Id="rId15" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image12.png" Id="rId23" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image17.png" Id="rId28" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer3.xml" Id="rId36" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml" Id="rId10" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image8.jpg" Id="rId19" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image18.png" Id="rId31" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml" Id="rId9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image3.png" Id="rId14" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image11.png" Id="rId22" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image16.png" Id="rId27" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://biobanksverige.se/" TargetMode="External" Id="rId30" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml" Id="rId35" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml" Id="rId8" /></Relationships>
 </file>
 
 <file path=word/_rels/footer3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image20.wmf"/></Relationships>
 </file>
 
 <file path=word/_rels/header2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image19.png"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office-tema">
   <a:themeElements>
     <a:clrScheme name="VG">
       <a:dk1>
         <a:srgbClr val="000000"/>
       </a:dk1>
       <a:lt1>
         <a:srgbClr val="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="000000"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="808080"/>
@@ -10036,73 +10058,73 @@
       <a:spPr/>
       <a:bodyPr/>
       <a:lstStyle/>
       <a:style>
         <a:lnRef idx="2">
           <a:schemeClr val="accent1"/>
         </a:lnRef>
         <a:fillRef idx="0">
           <a:schemeClr val="accent1"/>
         </a:fillRef>
         <a:effectRef idx="1">
           <a:schemeClr val="accent1"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="tx1"/>
         </a:fontRef>
       </a:style>
     </a:lnDef>
   </a:objectDefaults>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
-  <Template>Normal</Template>
+  <Template>normal</Template>
   <TotalTime></TotalTime>
   <Pages>5</Pages>
-  <Words>992</Words>
-  <Characters>5365</Characters>
+  <Words>993</Words>
+  <Characters>5376</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>44</Lines>
-  <Paragraphs>12</Paragraphs>
+  <Lines>256</Lines>
+  <Paragraphs>124</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Rubrik</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Manager/>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>6345</CharactersWithSpaces>
+  <CharactersWithSpaces>6245</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <coreProperties xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns="http://schemas.openxmlformats.org/package/2006/metadata/core-properties">
   <dc:title>Preoperativ patientinformation - Viktigt att veta inför din operation</dc:title>
   <dc:subject/>
   <dc:creator/>
   <keywords/>
   <lastModifiedBy/>
   <revision>1</revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </coreProperties>
 </file>