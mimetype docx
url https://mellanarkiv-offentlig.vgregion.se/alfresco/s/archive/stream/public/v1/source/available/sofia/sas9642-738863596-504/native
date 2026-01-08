--- v0 (2025-11-26)
+++ v1 (2026-01-08)
@@ -6,271 +6,282 @@
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/footer2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/header2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer3.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml" Id="rId2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml" Id="rId1" /></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:body>
-    <w:p w14:paraId="422B95AD" w14:textId="77777777" w:rsidR="00B74E9F" w:rsidRPr="00B74E9F" w:rsidRDefault="00B74E9F" w:rsidP="001F4292">
+    <w:p w:rsidRPr="00B74E9F" w:rsidR="00B74E9F" w:rsidP="001F4292" w:rsidRDefault="00B74E9F" w14:paraId="422B95AD" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="Rubrik1"/>
       </w:pPr>
-      <w:bookmarkStart w:id="0" w:name="_Toc321146591"/>
+      <w:bookmarkStart w:name="_Toc321146591" w:id="0"/>
       <w:r w:rsidRPr="00B74E9F">
         <w:t>Central venös infart (CVI) - inläggning och skötsel vid SÄS</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1D19E3B8" w14:textId="77777777" w:rsidR="00B74E9F" w:rsidRPr="00B74E9F" w:rsidRDefault="00B74E9F" w:rsidP="001F4292">
+    <w:p w:rsidRPr="00B74E9F" w:rsidR="00B74E9F" w:rsidP="001F4292" w:rsidRDefault="00B74E9F" w14:paraId="1D19E3B8" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="Rubrik2"/>
       </w:pPr>
-      <w:bookmarkStart w:id="1" w:name="_Toc256000473"/>
-[...16 lines deleted...]
-      <w:bookmarkStart w:id="18" w:name="_Toc193271946"/>
+      <w:bookmarkStart w:name="_Toc256000473" w:id="1"/>
+      <w:bookmarkStart w:name="_Toc498957660" w:id="2"/>
+      <w:bookmarkStart w:name="_Toc256000000" w:id="3"/>
+      <w:bookmarkStart w:name="_Toc256000077" w:id="4"/>
+      <w:bookmarkStart w:name="_Toc501463459" w:id="5"/>
+      <w:bookmarkStart w:name="_Toc256000124" w:id="6"/>
+      <w:bookmarkStart w:name="_Toc256000171" w:id="7"/>
+      <w:bookmarkStart w:name="_Toc256000218" w:id="8"/>
+      <w:bookmarkStart w:name="_Toc256000265" w:id="9"/>
+      <w:bookmarkStart w:name="_Toc256000312" w:id="10"/>
+      <w:bookmarkStart w:name="_Toc256000359" w:id="11"/>
+      <w:bookmarkStart w:name="_Toc527467937" w:id="12"/>
+      <w:bookmarkStart w:name="_Toc256000406" w:id="13"/>
+      <w:bookmarkStart w:name="_Toc34920168" w:id="14"/>
+      <w:bookmarkStart w:name="_Toc256000074" w:id="15"/>
+      <w:bookmarkStart w:name="_Toc99115169" w:id="16"/>
+      <w:bookmarkStart w:name="_Toc99115294" w:id="17"/>
+      <w:bookmarkStart w:name="_Toc193271946" w:id="18"/>
       <w:r w:rsidRPr="00B74E9F">
         <w:t>Sammanfattning</w:t>
       </w:r>
       <w:bookmarkEnd w:id="1"/>
       <w:bookmarkEnd w:id="2"/>
       <w:bookmarkEnd w:id="3"/>
       <w:bookmarkEnd w:id="4"/>
       <w:bookmarkEnd w:id="5"/>
       <w:bookmarkEnd w:id="6"/>
       <w:bookmarkEnd w:id="7"/>
       <w:bookmarkEnd w:id="8"/>
       <w:bookmarkEnd w:id="9"/>
       <w:bookmarkEnd w:id="10"/>
       <w:bookmarkEnd w:id="11"/>
       <w:bookmarkEnd w:id="12"/>
       <w:bookmarkEnd w:id="13"/>
       <w:bookmarkEnd w:id="14"/>
       <w:bookmarkEnd w:id="15"/>
       <w:bookmarkEnd w:id="16"/>
       <w:bookmarkEnd w:id="17"/>
       <w:bookmarkEnd w:id="18"/>
     </w:p>
-    <w:p w14:paraId="0541C378" w14:textId="77777777" w:rsidR="00B74E9F" w:rsidRPr="00B74E9F" w:rsidRDefault="00B74E9F" w:rsidP="001F4292">
+    <w:p w:rsidRPr="00B74E9F" w:rsidR="00B74E9F" w:rsidP="001F4292" w:rsidRDefault="00B74E9F" w14:paraId="0541C378" w14:textId="77777777">
       <w:r w:rsidRPr="00B74E9F">
         <w:t>Riktlinjen vänder sig till läkare och sjuksköterskor som vårdar vuxna med Centrala Venösa Infarter (CVI), ett begrepp som innefattar central venkateter (CVK), central dialyskateter (CDK), subkutan venport, peripheral inserted central catheter-line (”picc-line”) och beskriver eller hänvisar till dokument som belyser indikation, ordination, inläggning, handläggning av dessa patienter samt avveckling av aktuell venös infart.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="46F479DB" w14:textId="1D05CD7F" w:rsidR="00B74E9F" w:rsidRPr="00B74E9F" w:rsidRDefault="00B74E9F" w:rsidP="001F4292">
+    <w:p w:rsidRPr="00B74E9F" w:rsidR="00B74E9F" w:rsidP="001F4292" w:rsidRDefault="00B74E9F" w14:paraId="46F479DB" w14:textId="1D05CD7F">
       <w:r w:rsidRPr="00B74E9F">
         <w:t>Riktlinjen beskriver ansvarsfördelningen mellan professioner och verksamheter samt vanliga komplikationer/risker med CVI och hantering av dessa.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2BF3A74B" w14:textId="764A5758" w:rsidR="00B74E9F" w:rsidRPr="00B74E9F" w:rsidRDefault="00B74E9F" w:rsidP="001F4292">
+    <w:p w:rsidRPr="00B74E9F" w:rsidR="00B74E9F" w:rsidP="001F4292" w:rsidRDefault="00B74E9F" w14:paraId="2BF3A74B" w14:textId="764A5758">
       <w:r w:rsidRPr="00B74E9F">
         <w:t>Dessutom beskrivs åtgärder om flödet i en central venkateter eller subkutan venport inte är tillfredsställande.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3D65AED4" w14:textId="4537ACC6" w:rsidR="00B74E9F" w:rsidRPr="00B74E9F" w:rsidRDefault="00B74E9F" w:rsidP="001F4292">
+    <w:p w:rsidRPr="00B74E9F" w:rsidR="00B74E9F" w:rsidP="001F4292" w:rsidRDefault="00B74E9F" w14:paraId="3D65AED4" w14:textId="4537ACC6">
       <w:r w:rsidRPr="00B74E9F">
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>För handläggning av barn,</w:t>
       </w:r>
       <w:r w:rsidRPr="00B74E9F">
         <w:t xml:space="preserve"> se rutinen </w:t>
       </w:r>
-      <w:hyperlink r:id="rId12" w:history="1">
+      <w:hyperlink w:history="1" r:id="rId12">
         <w:r w:rsidRPr="008730FD">
           <w:rPr>
             <w:rStyle w:val="Hyperlnk"/>
           </w:rPr>
           <w:t>Central venkateter (CVK) - Användning och skötsel</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="00B74E9F">
         <w:t xml:space="preserve"> vid Drottning Silvias barnsjukhus, Göteborg.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="00F0D8E8" w14:textId="4387EF7C" w:rsidR="00B74E9F" w:rsidRDefault="00B74E9F" w:rsidP="001F4292">
+    <w:p w:rsidR="00B74E9F" w:rsidP="001F4292" w:rsidRDefault="00B74E9F" w14:paraId="00F0D8E8" w14:textId="4387EF7C">
       <w:r w:rsidRPr="00B74E9F">
         <w:t xml:space="preserve">Riktlinjen ska ses som ett komplement till Vårdhandbokens avsnitt </w:t>
       </w:r>
-      <w:hyperlink r:id="rId13" w:history="1">
+      <w:hyperlink w:history="1" r:id="rId13">
         <w:r w:rsidRPr="008730FD">
           <w:rPr>
             <w:rStyle w:val="Hyperlnk"/>
           </w:rPr>
           <w:t>Central venkateter</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="00B74E9F">
         <w:t xml:space="preserve"> respektive </w:t>
       </w:r>
-      <w:hyperlink r:id="rId14" w:history="1">
+      <w:hyperlink w:history="1" r:id="rId14">
         <w:r w:rsidRPr="008730FD">
           <w:rPr>
             <w:rStyle w:val="Hyperlnk"/>
           </w:rPr>
           <w:t>Subkutan venport</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="00B74E9F">
         <w:t xml:space="preserve"> och </w:t>
       </w:r>
-      <w:hyperlink r:id="rId15" w:history="1">
+      <w:hyperlink w:history="1" r:id="rId15">
         <w:r w:rsidRPr="008730FD">
           <w:rPr>
             <w:rStyle w:val="Hyperlnk"/>
           </w:rPr>
           <w:t>PICC-line</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="00B74E9F">
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="61D98A7B" w14:textId="66741B58" w:rsidR="008730FD" w:rsidRDefault="008730FD" w:rsidP="00B223D3">
+    <w:p w:rsidR="008730FD" w:rsidP="00B223D3" w:rsidRDefault="008730FD" w14:paraId="61D98A7B" w14:textId="66741B58">
       <w:pPr>
         <w:pStyle w:val="Rubrik2"/>
         <w:ind w:right="707"/>
       </w:pPr>
-      <w:bookmarkStart w:id="19" w:name="_Toc193271947"/>
+      <w:bookmarkStart w:name="_Toc193271947" w:id="19"/>
       <w:r>
         <w:t>Förändringar sedan föregående version</w:t>
       </w:r>
       <w:bookmarkEnd w:id="19"/>
     </w:p>
-    <w:p w14:paraId="2228AB2E" w14:textId="0720CCA7" w:rsidR="008730FD" w:rsidRPr="00B74E9F" w:rsidRDefault="002B41A6" w:rsidP="001F4292">
-      <w:r>
+    <w:p w:rsidRPr="00B74E9F" w:rsidR="008730FD" w:rsidP="001F4292" w:rsidRDefault="002B41A6" w14:paraId="2228AB2E" w14:textId="0720CCA7">
+      <w:r w:rsidR="002B41A6">
+        <w:rPr/>
         <w:t xml:space="preserve">Tillägg </w:t>
       </w:r>
       <w:r w:rsidR="00922489">
+        <w:rPr/>
         <w:t>av</w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidR="002B41A6">
+        <w:rPr/>
         <w:t xml:space="preserve"> ny rubrik </w:t>
       </w:r>
       <w:r w:rsidR="007C6C4A">
+        <w:rPr/>
         <w:t>”Behandling av kateterstopp med Saltsyra”</w:t>
       </w:r>
       <w:r w:rsidR="00921F6A">
+        <w:rPr/>
         <w:t xml:space="preserve"> samt uppdatering av hänvisningar/länkar.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="32BDE03F" w14:textId="77777777" w:rsidR="00B74E9F" w:rsidRPr="00BF32CF" w:rsidRDefault="00B74E9F" w:rsidP="00B223D3">
+    <w:p w:rsidR="3A98A515" w:rsidRDefault="3A98A515" w14:paraId="2245B172" w14:textId="42CC7B28">
+      <w:r w:rsidR="3A98A515">
+        <w:rPr/>
+        <w:t>Tagit bort hänvisning till sökare till infektionsläkare.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidRPr="00BF32CF" w:rsidR="00B74E9F" w:rsidP="00B223D3" w:rsidRDefault="00B74E9F" w14:paraId="32BDE03F" w14:textId="77777777">
       <w:pPr>
         <w:spacing w:before="280" w:after="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cstheme="majorHAnsi"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00BF32CF">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cstheme="majorHAnsi"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>Innehållsförteckning</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1925AFE2" w14:textId="1FFFB56D" w:rsidR="00746A43" w:rsidRDefault="00904962">
+    <w:p w:rsidR="00746A43" w:rsidRDefault="00904962" w14:paraId="1925AFE2" w14:textId="1FFFB56D">
       <w:pPr>
         <w:pStyle w:val="Innehll1"/>
         <w:rPr>
-          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:cstheme="minorBidi"/>
           <w:noProof/>
           <w:kern w:val="2"/>
           <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:noProof/>
           <w:color w:val="0000FF"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="32"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin"/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:noProof/>
           <w:color w:val="0000FF"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="32"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:instrText xml:space="preserve"> TOC \h \z \t "Rubrik 2;1;Rubrik 3;2;Mellanrubrik VGR;3" </w:instrText>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:noProof/>
           <w:color w:val="0000FF"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="32"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:hyperlink w:anchor="_Toc193271946" w:history="1">
-        <w:r w:rsidR="00746A43" w:rsidRPr="00FA6B7C">
+      <w:hyperlink w:history="1" w:anchor="_Toc193271946">
+        <w:r w:rsidRPr="00FA6B7C" w:rsidR="00746A43">
           <w:rPr>
             <w:rStyle w:val="Hyperlnk"/>
             <w:rFonts w:eastAsia="MS Gothic"/>
             <w:noProof/>
           </w:rPr>
           <w:t>Sammanfattning</w:t>
         </w:r>
         <w:r w:rsidR="00746A43">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
         <w:r w:rsidR="00746A43">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
         <w:r w:rsidR="00746A43">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
@@ -284,62 +295,62 @@
           </w:rPr>
         </w:r>
         <w:r w:rsidR="00746A43">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
         <w:r w:rsidR="00746A43">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:t>1</w:t>
         </w:r>
         <w:r w:rsidR="00746A43">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="55D93E0D" w14:textId="0C2C0287" w:rsidR="00746A43" w:rsidRDefault="00921F6A">
+    <w:p w:rsidR="00746A43" w:rsidRDefault="00921F6A" w14:paraId="55D93E0D" w14:textId="0C2C0287">
       <w:pPr>
         <w:pStyle w:val="Innehll1"/>
         <w:rPr>
-          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:cstheme="minorBidi"/>
           <w:noProof/>
           <w:kern w:val="2"/>
           <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink w:anchor="_Toc193271947" w:history="1">
-        <w:r w:rsidR="00746A43" w:rsidRPr="00FA6B7C">
+      <w:hyperlink w:history="1" w:anchor="_Toc193271947">
+        <w:r w:rsidRPr="00FA6B7C" w:rsidR="00746A43">
           <w:rPr>
             <w:rStyle w:val="Hyperlnk"/>
             <w:rFonts w:eastAsia="MS Gothic"/>
             <w:noProof/>
           </w:rPr>
           <w:t>Förändringar sedan föregående version</w:t>
         </w:r>
         <w:r w:rsidR="00746A43">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
         <w:r w:rsidR="00746A43">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
         <w:r w:rsidR="00746A43">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
@@ -353,62 +364,62 @@
           </w:rPr>
         </w:r>
         <w:r w:rsidR="00746A43">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
         <w:r w:rsidR="00746A43">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:t>1</w:t>
         </w:r>
         <w:r w:rsidR="00746A43">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="0A2E6778" w14:textId="2FA975DA" w:rsidR="00746A43" w:rsidRDefault="00921F6A">
+    <w:p w:rsidR="00746A43" w:rsidRDefault="00921F6A" w14:paraId="0A2E6778" w14:textId="2FA975DA">
       <w:pPr>
         <w:pStyle w:val="Innehll1"/>
         <w:rPr>
-          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:cstheme="minorBidi"/>
           <w:noProof/>
           <w:kern w:val="2"/>
           <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink w:anchor="_Toc193271948" w:history="1">
-        <w:r w:rsidR="00746A43" w:rsidRPr="00FA6B7C">
+      <w:hyperlink w:history="1" w:anchor="_Toc193271948">
+        <w:r w:rsidRPr="00FA6B7C" w:rsidR="00746A43">
           <w:rPr>
             <w:rStyle w:val="Hyperlnk"/>
             <w:rFonts w:eastAsia="MS Gothic"/>
             <w:noProof/>
           </w:rPr>
           <w:t>Bakgrund</w:t>
         </w:r>
         <w:r w:rsidR="00746A43">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
         <w:r w:rsidR="00746A43">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
         <w:r w:rsidR="00746A43">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
@@ -422,62 +433,62 @@
           </w:rPr>
         </w:r>
         <w:r w:rsidR="00746A43">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
         <w:r w:rsidR="00746A43">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:t>3</w:t>
         </w:r>
         <w:r w:rsidR="00746A43">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="31442BE7" w14:textId="38E60F9D" w:rsidR="00746A43" w:rsidRDefault="00921F6A">
+    <w:p w:rsidR="00746A43" w:rsidRDefault="00921F6A" w14:paraId="31442BE7" w14:textId="38E60F9D">
       <w:pPr>
         <w:pStyle w:val="Innehll2"/>
         <w:rPr>
-          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:cstheme="minorBidi"/>
           <w:noProof/>
           <w:kern w:val="2"/>
           <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink w:anchor="_Toc193271949" w:history="1">
-        <w:r w:rsidR="00746A43" w:rsidRPr="00FA6B7C">
+      <w:hyperlink w:history="1" w:anchor="_Toc193271949">
+        <w:r w:rsidRPr="00FA6B7C" w:rsidR="00746A43">
           <w:rPr>
             <w:rStyle w:val="Hyperlnk"/>
             <w:rFonts w:eastAsia="MS Gothic"/>
             <w:noProof/>
           </w:rPr>
           <w:t>Inledning</w:t>
         </w:r>
         <w:r w:rsidR="00746A43">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
         <w:r w:rsidR="00746A43">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
         <w:r w:rsidR="00746A43">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
@@ -491,62 +502,62 @@
           </w:rPr>
         </w:r>
         <w:r w:rsidR="00746A43">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
         <w:r w:rsidR="00746A43">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:t>3</w:t>
         </w:r>
         <w:r w:rsidR="00746A43">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="1F55176F" w14:textId="1453EE38" w:rsidR="00746A43" w:rsidRDefault="00921F6A">
+    <w:p w:rsidR="00746A43" w:rsidRDefault="00921F6A" w14:paraId="1F55176F" w14:textId="1453EE38">
       <w:pPr>
         <w:pStyle w:val="Innehll1"/>
         <w:rPr>
-          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:cstheme="minorBidi"/>
           <w:noProof/>
           <w:kern w:val="2"/>
           <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink w:anchor="_Toc193271950" w:history="1">
-        <w:r w:rsidR="00746A43" w:rsidRPr="00FA6B7C">
+      <w:hyperlink w:history="1" w:anchor="_Toc193271950">
+        <w:r w:rsidRPr="00FA6B7C" w:rsidR="00746A43">
           <w:rPr>
             <w:rStyle w:val="Hyperlnk"/>
             <w:rFonts w:eastAsia="MS Gothic"/>
             <w:noProof/>
           </w:rPr>
           <w:t>Förutsättningar</w:t>
         </w:r>
         <w:r w:rsidR="00746A43">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
         <w:r w:rsidR="00746A43">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
         <w:r w:rsidR="00746A43">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
@@ -560,62 +571,62 @@
           </w:rPr>
         </w:r>
         <w:r w:rsidR="00746A43">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
         <w:r w:rsidR="00746A43">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:t>3</w:t>
         </w:r>
         <w:r w:rsidR="00746A43">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="1E70C0FD" w14:textId="0B908B93" w:rsidR="00746A43" w:rsidRDefault="00921F6A">
+    <w:p w:rsidR="00746A43" w:rsidRDefault="00921F6A" w14:paraId="1E70C0FD" w14:textId="0B908B93">
       <w:pPr>
         <w:pStyle w:val="Innehll2"/>
         <w:rPr>
-          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:cstheme="minorBidi"/>
           <w:noProof/>
           <w:kern w:val="2"/>
           <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink w:anchor="_Toc193271951" w:history="1">
-        <w:r w:rsidR="00746A43" w:rsidRPr="00FA6B7C">
+      <w:hyperlink w:history="1" w:anchor="_Toc193271951">
+        <w:r w:rsidRPr="00FA6B7C" w:rsidR="00746A43">
           <w:rPr>
             <w:rStyle w:val="Hyperlnk"/>
             <w:rFonts w:eastAsia="MS Gothic"/>
             <w:noProof/>
           </w:rPr>
           <w:t>Indikationer</w:t>
         </w:r>
         <w:r w:rsidR="00746A43">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
         <w:r w:rsidR="00746A43">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
         <w:r w:rsidR="00746A43">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
@@ -629,62 +640,62 @@
           </w:rPr>
         </w:r>
         <w:r w:rsidR="00746A43">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
         <w:r w:rsidR="00746A43">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:t>3</w:t>
         </w:r>
         <w:r w:rsidR="00746A43">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="66A85E35" w14:textId="6820B3FC" w:rsidR="00746A43" w:rsidRDefault="00921F6A">
+    <w:p w:rsidR="00746A43" w:rsidRDefault="00921F6A" w14:paraId="66A85E35" w14:textId="6820B3FC">
       <w:pPr>
         <w:pStyle w:val="Innehll2"/>
         <w:rPr>
-          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:cstheme="minorBidi"/>
           <w:noProof/>
           <w:kern w:val="2"/>
           <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink w:anchor="_Toc193271952" w:history="1">
-        <w:r w:rsidR="00746A43" w:rsidRPr="00FA6B7C">
+      <w:hyperlink w:history="1" w:anchor="_Toc193271952">
+        <w:r w:rsidRPr="00FA6B7C" w:rsidR="00746A43">
           <w:rPr>
             <w:rStyle w:val="Hyperlnk"/>
             <w:rFonts w:eastAsia="MS Gothic"/>
             <w:noProof/>
           </w:rPr>
           <w:t>Ansvarsfördelning</w:t>
         </w:r>
         <w:r w:rsidR="00746A43">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
         <w:r w:rsidR="00746A43">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
         <w:r w:rsidR="00746A43">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
@@ -698,62 +709,62 @@
           </w:rPr>
         </w:r>
         <w:r w:rsidR="00746A43">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
         <w:r w:rsidR="00746A43">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:t>3</w:t>
         </w:r>
         <w:r w:rsidR="00746A43">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="64330F36" w14:textId="3D2A5AD3" w:rsidR="00746A43" w:rsidRDefault="00921F6A">
+    <w:p w:rsidR="00746A43" w:rsidRDefault="00921F6A" w14:paraId="64330F36" w14:textId="3D2A5AD3">
       <w:pPr>
         <w:pStyle w:val="Innehll3"/>
         <w:rPr>
-          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:cstheme="minorBidi"/>
           <w:noProof/>
           <w:kern w:val="2"/>
           <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink w:anchor="_Toc193271953" w:history="1">
-        <w:r w:rsidR="00746A43" w:rsidRPr="00FA6B7C">
+      <w:hyperlink w:history="1" w:anchor="_Toc193271953">
+        <w:r w:rsidRPr="00FA6B7C" w:rsidR="00746A43">
           <w:rPr>
             <w:rStyle w:val="Hyperlnk"/>
             <w:rFonts w:eastAsia="Arial Bold"/>
             <w:noProof/>
           </w:rPr>
           <w:t>Ansvar för indikationen</w:t>
         </w:r>
         <w:r w:rsidR="00746A43">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
         <w:r w:rsidR="00746A43">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
         <w:r w:rsidR="00746A43">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
@@ -767,62 +778,62 @@
           </w:rPr>
         </w:r>
         <w:r w:rsidR="00746A43">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
         <w:r w:rsidR="00746A43">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:t>3</w:t>
         </w:r>
         <w:r w:rsidR="00746A43">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="15DB8368" w14:textId="05C276C0" w:rsidR="00746A43" w:rsidRDefault="00921F6A">
+    <w:p w:rsidR="00746A43" w:rsidRDefault="00921F6A" w14:paraId="15DB8368" w14:textId="05C276C0">
       <w:pPr>
         <w:pStyle w:val="Innehll3"/>
         <w:rPr>
-          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:cstheme="minorBidi"/>
           <w:noProof/>
           <w:kern w:val="2"/>
           <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink w:anchor="_Toc193271954" w:history="1">
-        <w:r w:rsidR="00746A43" w:rsidRPr="00FA6B7C">
+      <w:hyperlink w:history="1" w:anchor="_Toc193271954">
+        <w:r w:rsidRPr="00FA6B7C" w:rsidR="00746A43">
           <w:rPr>
             <w:rStyle w:val="Hyperlnk"/>
             <w:rFonts w:eastAsia="Arial Bold"/>
             <w:noProof/>
           </w:rPr>
           <w:t>Ansvar för inläggning</w:t>
         </w:r>
         <w:r w:rsidR="00746A43">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
         <w:r w:rsidR="00746A43">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
         <w:r w:rsidR="00746A43">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
@@ -836,62 +847,62 @@
           </w:rPr>
         </w:r>
         <w:r w:rsidR="00746A43">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
         <w:r w:rsidR="00746A43">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:t>3</w:t>
         </w:r>
         <w:r w:rsidR="00746A43">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="214CD8C4" w14:textId="543B990F" w:rsidR="00746A43" w:rsidRDefault="00921F6A">
+    <w:p w:rsidR="00746A43" w:rsidRDefault="00921F6A" w14:paraId="214CD8C4" w14:textId="543B990F">
       <w:pPr>
         <w:pStyle w:val="Innehll3"/>
         <w:rPr>
-          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:cstheme="minorBidi"/>
           <w:noProof/>
           <w:kern w:val="2"/>
           <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink w:anchor="_Toc193271955" w:history="1">
-        <w:r w:rsidR="00746A43" w:rsidRPr="00FA6B7C">
+      <w:hyperlink w:history="1" w:anchor="_Toc193271955">
+        <w:r w:rsidRPr="00FA6B7C" w:rsidR="00746A43">
           <w:rPr>
             <w:rStyle w:val="Hyperlnk"/>
             <w:rFonts w:eastAsia="MS Gothic"/>
             <w:noProof/>
           </w:rPr>
           <w:t>Ansvar för utvärderingsbehovet</w:t>
         </w:r>
         <w:r w:rsidR="00746A43">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
         <w:r w:rsidR="00746A43">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
         <w:r w:rsidR="00746A43">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
@@ -905,62 +916,62 @@
           </w:rPr>
         </w:r>
         <w:r w:rsidR="00746A43">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
         <w:r w:rsidR="00746A43">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:t>4</w:t>
         </w:r>
         <w:r w:rsidR="00746A43">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="1C24A295" w14:textId="6A34D620" w:rsidR="00746A43" w:rsidRDefault="00921F6A">
+    <w:p w:rsidR="00746A43" w:rsidRDefault="00921F6A" w14:paraId="1C24A295" w14:textId="6A34D620">
       <w:pPr>
         <w:pStyle w:val="Innehll3"/>
         <w:rPr>
-          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:cstheme="minorBidi"/>
           <w:noProof/>
           <w:kern w:val="2"/>
           <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink w:anchor="_Toc193271956" w:history="1">
-        <w:r w:rsidR="00746A43" w:rsidRPr="00FA6B7C">
+      <w:hyperlink w:history="1" w:anchor="_Toc193271956">
+        <w:r w:rsidRPr="00FA6B7C" w:rsidR="00746A43">
           <w:rPr>
             <w:rStyle w:val="Hyperlnk"/>
             <w:rFonts w:eastAsia="MS Gothic"/>
             <w:noProof/>
           </w:rPr>
           <w:t>Ansvar för korrekt dokumentation</w:t>
         </w:r>
         <w:r w:rsidR="00746A43">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
         <w:r w:rsidR="00746A43">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
         <w:r w:rsidR="00746A43">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
@@ -974,62 +985,62 @@
           </w:rPr>
         </w:r>
         <w:r w:rsidR="00746A43">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
         <w:r w:rsidR="00746A43">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:t>4</w:t>
         </w:r>
         <w:r w:rsidR="00746A43">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="447DFDA1" w14:textId="33DE68F2" w:rsidR="00746A43" w:rsidRDefault="00921F6A">
+    <w:p w:rsidR="00746A43" w:rsidRDefault="00921F6A" w14:paraId="447DFDA1" w14:textId="33DE68F2">
       <w:pPr>
         <w:pStyle w:val="Innehll3"/>
         <w:rPr>
-          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:cstheme="minorBidi"/>
           <w:noProof/>
           <w:kern w:val="2"/>
           <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink w:anchor="_Toc193271957" w:history="1">
-        <w:r w:rsidR="00746A43" w:rsidRPr="00FA6B7C">
+      <w:hyperlink w:history="1" w:anchor="_Toc193271957">
+        <w:r w:rsidRPr="00FA6B7C" w:rsidR="00746A43">
           <w:rPr>
             <w:rStyle w:val="Hyperlnk"/>
             <w:rFonts w:eastAsia="MS Gothic"/>
             <w:noProof/>
           </w:rPr>
           <w:t>Ansvar för utbildning och uppföljning</w:t>
         </w:r>
         <w:r w:rsidR="00746A43">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
         <w:r w:rsidR="00746A43">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
         <w:r w:rsidR="00746A43">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
@@ -1043,62 +1054,62 @@
           </w:rPr>
         </w:r>
         <w:r w:rsidR="00746A43">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
         <w:r w:rsidR="00746A43">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:t>4</w:t>
         </w:r>
         <w:r w:rsidR="00746A43">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="3077D89D" w14:textId="5AEE8491" w:rsidR="00746A43" w:rsidRDefault="00921F6A">
+    <w:p w:rsidR="00746A43" w:rsidRDefault="00921F6A" w14:paraId="3077D89D" w14:textId="5AEE8491">
       <w:pPr>
         <w:pStyle w:val="Innehll1"/>
         <w:rPr>
-          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:cstheme="minorBidi"/>
           <w:noProof/>
           <w:kern w:val="2"/>
           <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink w:anchor="_Toc193271958" w:history="1">
-        <w:r w:rsidR="00746A43" w:rsidRPr="00FA6B7C">
+      <w:hyperlink w:history="1" w:anchor="_Toc193271958">
+        <w:r w:rsidRPr="00FA6B7C" w:rsidR="00746A43">
           <w:rPr>
             <w:rStyle w:val="Hyperlnk"/>
             <w:rFonts w:eastAsia="MS Gothic"/>
             <w:noProof/>
           </w:rPr>
           <w:t>Genomförande</w:t>
         </w:r>
         <w:r w:rsidR="00746A43">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
         <w:r w:rsidR="00746A43">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
         <w:r w:rsidR="00746A43">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
@@ -1112,62 +1123,62 @@
           </w:rPr>
         </w:r>
         <w:r w:rsidR="00746A43">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
         <w:r w:rsidR="00746A43">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:t>5</w:t>
         </w:r>
         <w:r w:rsidR="00746A43">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="00BDD1AF" w14:textId="79EB31AF" w:rsidR="00746A43" w:rsidRDefault="00921F6A">
+    <w:p w:rsidR="00746A43" w:rsidRDefault="00921F6A" w14:paraId="00BDD1AF" w14:textId="79EB31AF">
       <w:pPr>
         <w:pStyle w:val="Innehll2"/>
         <w:rPr>
-          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:cstheme="minorBidi"/>
           <w:noProof/>
           <w:kern w:val="2"/>
           <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink w:anchor="_Toc193271959" w:history="1">
-        <w:r w:rsidR="00746A43" w:rsidRPr="00FA6B7C">
+      <w:hyperlink w:history="1" w:anchor="_Toc193271959">
+        <w:r w:rsidRPr="00FA6B7C" w:rsidR="00746A43">
           <w:rPr>
             <w:rStyle w:val="Hyperlnk"/>
             <w:rFonts w:eastAsia="MS Gothic"/>
             <w:noProof/>
           </w:rPr>
           <w:t>Preoperativa förberedelser</w:t>
         </w:r>
         <w:r w:rsidR="00746A43">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
         <w:r w:rsidR="00746A43">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
         <w:r w:rsidR="00746A43">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
@@ -1181,62 +1192,62 @@
           </w:rPr>
         </w:r>
         <w:r w:rsidR="00746A43">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
         <w:r w:rsidR="00746A43">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:t>5</w:t>
         </w:r>
         <w:r w:rsidR="00746A43">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="0D21E777" w14:textId="642092CA" w:rsidR="00746A43" w:rsidRDefault="00921F6A">
+    <w:p w:rsidR="00746A43" w:rsidRDefault="00921F6A" w14:paraId="0D21E777" w14:textId="642092CA">
       <w:pPr>
         <w:pStyle w:val="Innehll2"/>
         <w:rPr>
-          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:cstheme="minorBidi"/>
           <w:noProof/>
           <w:kern w:val="2"/>
           <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink w:anchor="_Toc193271960" w:history="1">
-        <w:r w:rsidR="00746A43" w:rsidRPr="00FA6B7C">
+      <w:hyperlink w:history="1" w:anchor="_Toc193271960">
+        <w:r w:rsidRPr="00FA6B7C" w:rsidR="00746A43">
           <w:rPr>
             <w:rStyle w:val="Hyperlnk"/>
             <w:rFonts w:eastAsia="MS Gothic"/>
             <w:noProof/>
           </w:rPr>
           <w:t>Förebyggande av komplikationer</w:t>
         </w:r>
         <w:r w:rsidR="00746A43">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
         <w:r w:rsidR="00746A43">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
         <w:r w:rsidR="00746A43">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
@@ -1250,62 +1261,62 @@
           </w:rPr>
         </w:r>
         <w:r w:rsidR="00746A43">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
         <w:r w:rsidR="00746A43">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:t>5</w:t>
         </w:r>
         <w:r w:rsidR="00746A43">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="68B97F3F" w14:textId="3EEECEAC" w:rsidR="00746A43" w:rsidRDefault="00921F6A">
+    <w:p w:rsidR="00746A43" w:rsidRDefault="00921F6A" w14:paraId="68B97F3F" w14:textId="3EEECEAC">
       <w:pPr>
         <w:pStyle w:val="Innehll3"/>
         <w:rPr>
-          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:cstheme="minorBidi"/>
           <w:noProof/>
           <w:kern w:val="2"/>
           <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink w:anchor="_Toc193271961" w:history="1">
-        <w:r w:rsidR="00746A43" w:rsidRPr="00FA6B7C">
+      <w:hyperlink w:history="1" w:anchor="_Toc193271961">
+        <w:r w:rsidRPr="00FA6B7C" w:rsidR="00746A43">
           <w:rPr>
             <w:rStyle w:val="Hyperlnk"/>
             <w:rFonts w:eastAsia="MS Gothic"/>
             <w:noProof/>
           </w:rPr>
           <w:t>Preoperativ dusch</w:t>
         </w:r>
         <w:r w:rsidR="00746A43">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
         <w:r w:rsidR="00746A43">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
         <w:r w:rsidR="00746A43">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
@@ -1319,62 +1330,62 @@
           </w:rPr>
         </w:r>
         <w:r w:rsidR="00746A43">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
         <w:r w:rsidR="00746A43">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:t>5</w:t>
         </w:r>
         <w:r w:rsidR="00746A43">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="2F537003" w14:textId="7E0CBB0A" w:rsidR="00746A43" w:rsidRDefault="00921F6A">
+    <w:p w:rsidR="00746A43" w:rsidRDefault="00921F6A" w14:paraId="2F537003" w14:textId="7E0CBB0A">
       <w:pPr>
         <w:pStyle w:val="Innehll2"/>
         <w:rPr>
-          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:cstheme="minorBidi"/>
           <w:noProof/>
           <w:kern w:val="2"/>
           <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink w:anchor="_Toc193271962" w:history="1">
-        <w:r w:rsidR="00746A43" w:rsidRPr="00FA6B7C">
+      <w:hyperlink w:history="1" w:anchor="_Toc193271962">
+        <w:r w:rsidRPr="00FA6B7C" w:rsidR="00746A43">
           <w:rPr>
             <w:rStyle w:val="Hyperlnk"/>
             <w:rFonts w:eastAsia="MS Gothic"/>
             <w:noProof/>
           </w:rPr>
           <w:t>Komplikationer</w:t>
         </w:r>
         <w:r w:rsidR="00746A43">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
         <w:r w:rsidR="00746A43">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
         <w:r w:rsidR="00746A43">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
@@ -1388,62 +1399,62 @@
           </w:rPr>
         </w:r>
         <w:r w:rsidR="00746A43">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
         <w:r w:rsidR="00746A43">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:t>6</w:t>
         </w:r>
         <w:r w:rsidR="00746A43">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="2EFCF643" w14:textId="1BF773D9" w:rsidR="00746A43" w:rsidRDefault="00921F6A">
+    <w:p w:rsidR="00746A43" w:rsidRDefault="00921F6A" w14:paraId="2EFCF643" w14:textId="1BF773D9">
       <w:pPr>
         <w:pStyle w:val="Innehll3"/>
         <w:rPr>
-          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:cstheme="minorBidi"/>
           <w:noProof/>
           <w:kern w:val="2"/>
           <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink w:anchor="_Toc193271963" w:history="1">
-        <w:r w:rsidR="00746A43" w:rsidRPr="00FA6B7C">
+      <w:hyperlink w:history="1" w:anchor="_Toc193271963">
+        <w:r w:rsidRPr="00FA6B7C" w:rsidR="00746A43">
           <w:rPr>
             <w:rStyle w:val="Hyperlnk"/>
             <w:rFonts w:eastAsia="MS Gothic"/>
             <w:noProof/>
           </w:rPr>
           <w:t>Pneumothorax/hemothorax</w:t>
         </w:r>
         <w:r w:rsidR="00746A43">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
         <w:r w:rsidR="00746A43">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
         <w:r w:rsidR="00746A43">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
@@ -1457,62 +1468,62 @@
           </w:rPr>
         </w:r>
         <w:r w:rsidR="00746A43">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
         <w:r w:rsidR="00746A43">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:t>6</w:t>
         </w:r>
         <w:r w:rsidR="00746A43">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="398033A5" w14:textId="1DEE0A8F" w:rsidR="00746A43" w:rsidRDefault="00921F6A">
+    <w:p w:rsidR="00746A43" w:rsidRDefault="00921F6A" w14:paraId="398033A5" w14:textId="1DEE0A8F">
       <w:pPr>
         <w:pStyle w:val="Innehll3"/>
         <w:rPr>
-          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:cstheme="minorBidi"/>
           <w:noProof/>
           <w:kern w:val="2"/>
           <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink w:anchor="_Toc193271964" w:history="1">
-        <w:r w:rsidR="00746A43" w:rsidRPr="00FA6B7C">
+      <w:hyperlink w:history="1" w:anchor="_Toc193271964">
+        <w:r w:rsidRPr="00FA6B7C" w:rsidR="00746A43">
           <w:rPr>
             <w:rStyle w:val="Hyperlnk"/>
             <w:rFonts w:eastAsia="MS Gothic"/>
             <w:noProof/>
           </w:rPr>
           <w:t>Nervpåverkan</w:t>
         </w:r>
         <w:r w:rsidR="00746A43">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
         <w:r w:rsidR="00746A43">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
         <w:r w:rsidR="00746A43">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
@@ -1526,62 +1537,62 @@
           </w:rPr>
         </w:r>
         <w:r w:rsidR="00746A43">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
         <w:r w:rsidR="00746A43">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:t>6</w:t>
         </w:r>
         <w:r w:rsidR="00746A43">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="064A097A" w14:textId="44D10C91" w:rsidR="00746A43" w:rsidRDefault="00921F6A">
+    <w:p w:rsidR="00746A43" w:rsidRDefault="00921F6A" w14:paraId="064A097A" w14:textId="44D10C91">
       <w:pPr>
         <w:pStyle w:val="Innehll3"/>
         <w:rPr>
-          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:cstheme="minorBidi"/>
           <w:noProof/>
           <w:kern w:val="2"/>
           <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink w:anchor="_Toc193271965" w:history="1">
-        <w:r w:rsidR="00746A43" w:rsidRPr="00FA6B7C">
+      <w:hyperlink w:history="1" w:anchor="_Toc193271965">
+        <w:r w:rsidRPr="00FA6B7C" w:rsidR="00746A43">
           <w:rPr>
             <w:rStyle w:val="Hyperlnk"/>
             <w:rFonts w:eastAsia="MS Gothic"/>
             <w:noProof/>
           </w:rPr>
           <w:t>Infektion</w:t>
         </w:r>
         <w:r w:rsidR="00746A43">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
         <w:r w:rsidR="00746A43">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
         <w:r w:rsidR="00746A43">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
@@ -1595,62 +1606,62 @@
           </w:rPr>
         </w:r>
         <w:r w:rsidR="00746A43">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
         <w:r w:rsidR="00746A43">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:t>7</w:t>
         </w:r>
         <w:r w:rsidR="00746A43">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="615A3A33" w14:textId="2F8FAA02" w:rsidR="00746A43" w:rsidRDefault="00921F6A">
+    <w:p w:rsidR="00746A43" w:rsidRDefault="00921F6A" w14:paraId="615A3A33" w14:textId="2F8FAA02">
       <w:pPr>
         <w:pStyle w:val="Innehll3"/>
         <w:rPr>
-          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:cstheme="minorBidi"/>
           <w:noProof/>
           <w:kern w:val="2"/>
           <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink w:anchor="_Toc193271966" w:history="1">
-        <w:r w:rsidR="00746A43" w:rsidRPr="00FA6B7C">
+      <w:hyperlink w:history="1" w:anchor="_Toc193271966">
+        <w:r w:rsidRPr="00FA6B7C" w:rsidR="00746A43">
           <w:rPr>
             <w:rStyle w:val="Hyperlnk"/>
             <w:rFonts w:eastAsia="MS Gothic"/>
             <w:noProof/>
           </w:rPr>
           <w:t>Komplikationer vid PICC-line</w:t>
         </w:r>
         <w:r w:rsidR="00746A43">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
         <w:r w:rsidR="00746A43">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
         <w:r w:rsidR="00746A43">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
@@ -1664,62 +1675,62 @@
           </w:rPr>
         </w:r>
         <w:r w:rsidR="00746A43">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
         <w:r w:rsidR="00746A43">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:t>7</w:t>
         </w:r>
         <w:r w:rsidR="00746A43">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="5D77AF29" w14:textId="6568BE2D" w:rsidR="00746A43" w:rsidRDefault="00921F6A">
+    <w:p w:rsidR="00746A43" w:rsidRDefault="00921F6A" w14:paraId="5D77AF29" w14:textId="6568BE2D">
       <w:pPr>
         <w:pStyle w:val="Innehll2"/>
         <w:rPr>
-          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:cstheme="minorBidi"/>
           <w:noProof/>
           <w:kern w:val="2"/>
           <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink w:anchor="_Toc193271967" w:history="1">
-        <w:r w:rsidR="00746A43" w:rsidRPr="00FA6B7C">
+      <w:hyperlink w:history="1" w:anchor="_Toc193271967">
+        <w:r w:rsidRPr="00FA6B7C" w:rsidR="00746A43">
           <w:rPr>
             <w:rStyle w:val="Hyperlnk"/>
             <w:rFonts w:eastAsia="MS Gothic"/>
             <w:noProof/>
           </w:rPr>
           <w:t>Behandling av CVI-relaterad infektion</w:t>
         </w:r>
         <w:r w:rsidR="00746A43">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
         <w:r w:rsidR="00746A43">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
         <w:r w:rsidR="00746A43">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
@@ -1733,62 +1744,62 @@
           </w:rPr>
         </w:r>
         <w:r w:rsidR="00746A43">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
         <w:r w:rsidR="00746A43">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:t>7</w:t>
         </w:r>
         <w:r w:rsidR="00746A43">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="5387A2AB" w14:textId="4D20C7C9" w:rsidR="00746A43" w:rsidRDefault="00921F6A">
+    <w:p w:rsidR="00746A43" w:rsidRDefault="00921F6A" w14:paraId="5387A2AB" w14:textId="4D20C7C9">
       <w:pPr>
         <w:pStyle w:val="Innehll3"/>
         <w:rPr>
-          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:cstheme="minorBidi"/>
           <w:noProof/>
           <w:kern w:val="2"/>
           <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink w:anchor="_Toc193271968" w:history="1">
-        <w:r w:rsidR="00746A43" w:rsidRPr="00FA6B7C">
+      <w:hyperlink w:history="1" w:anchor="_Toc193271968">
+        <w:r w:rsidRPr="00FA6B7C" w:rsidR="00746A43">
           <w:rPr>
             <w:rStyle w:val="Hyperlnk"/>
             <w:rFonts w:eastAsia="MS Gothic"/>
             <w:noProof/>
           </w:rPr>
           <w:t>Luftemboli</w:t>
         </w:r>
         <w:r w:rsidR="00746A43">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
         <w:r w:rsidR="00746A43">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
         <w:r w:rsidR="00746A43">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
@@ -1802,62 +1813,62 @@
           </w:rPr>
         </w:r>
         <w:r w:rsidR="00746A43">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
         <w:r w:rsidR="00746A43">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:t>7</w:t>
         </w:r>
         <w:r w:rsidR="00746A43">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="15784DBE" w14:textId="66634FBD" w:rsidR="00746A43" w:rsidRDefault="00921F6A">
+    <w:p w:rsidR="00746A43" w:rsidRDefault="00921F6A" w14:paraId="15784DBE" w14:textId="66634FBD">
       <w:pPr>
         <w:pStyle w:val="Innehll2"/>
         <w:rPr>
-          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:cstheme="minorBidi"/>
           <w:noProof/>
           <w:kern w:val="2"/>
           <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink w:anchor="_Toc193271969" w:history="1">
-        <w:r w:rsidR="00746A43" w:rsidRPr="00FA6B7C">
+      <w:hyperlink w:history="1" w:anchor="_Toc193271969">
+        <w:r w:rsidRPr="00FA6B7C" w:rsidR="00746A43">
           <w:rPr>
             <w:rStyle w:val="Hyperlnk"/>
             <w:rFonts w:eastAsia="MS Gothic"/>
             <w:noProof/>
           </w:rPr>
           <w:t>Röntgenkontroll</w:t>
         </w:r>
         <w:r w:rsidR="00746A43">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
         <w:r w:rsidR="00746A43">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
         <w:r w:rsidR="00746A43">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
@@ -1871,62 +1882,62 @@
           </w:rPr>
         </w:r>
         <w:r w:rsidR="00746A43">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
         <w:r w:rsidR="00746A43">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:t>7</w:t>
         </w:r>
         <w:r w:rsidR="00746A43">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="434B40C6" w14:textId="2DA99E67" w:rsidR="00746A43" w:rsidRDefault="00921F6A">
+    <w:p w:rsidR="00746A43" w:rsidRDefault="00921F6A" w14:paraId="434B40C6" w14:textId="2DA99E67">
       <w:pPr>
         <w:pStyle w:val="Innehll2"/>
         <w:rPr>
-          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:cstheme="minorBidi"/>
           <w:noProof/>
           <w:kern w:val="2"/>
           <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink w:anchor="_Toc193271970" w:history="1">
-        <w:r w:rsidR="00746A43" w:rsidRPr="00FA6B7C">
+      <w:hyperlink w:history="1" w:anchor="_Toc193271970">
+        <w:r w:rsidRPr="00FA6B7C" w:rsidR="00746A43">
           <w:rPr>
             <w:rStyle w:val="Hyperlnk"/>
             <w:rFonts w:eastAsia="MS Gothic"/>
             <w:noProof/>
           </w:rPr>
           <w:t>Användning av CVI</w:t>
         </w:r>
         <w:r w:rsidR="00746A43">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
         <w:r w:rsidR="00746A43">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
         <w:r w:rsidR="00746A43">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
@@ -1940,62 +1951,62 @@
           </w:rPr>
         </w:r>
         <w:r w:rsidR="00746A43">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
         <w:r w:rsidR="00746A43">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:t>8</w:t>
         </w:r>
         <w:r w:rsidR="00746A43">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="3900C219" w14:textId="4476DAB9" w:rsidR="00746A43" w:rsidRDefault="00921F6A">
+    <w:p w:rsidR="00746A43" w:rsidRDefault="00921F6A" w14:paraId="3900C219" w14:textId="4476DAB9">
       <w:pPr>
         <w:pStyle w:val="Innehll2"/>
         <w:rPr>
-          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:cstheme="minorBidi"/>
           <w:noProof/>
           <w:kern w:val="2"/>
           <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink w:anchor="_Toc193271971" w:history="1">
-        <w:r w:rsidR="00746A43" w:rsidRPr="00FA6B7C">
+      <w:hyperlink w:history="1" w:anchor="_Toc193271971">
+        <w:r w:rsidRPr="00FA6B7C" w:rsidR="00746A43">
           <w:rPr>
             <w:rStyle w:val="Hyperlnk"/>
             <w:rFonts w:eastAsia="MS Gothic"/>
             <w:noProof/>
           </w:rPr>
           <w:t>Omläggning och kranbyte</w:t>
         </w:r>
         <w:r w:rsidR="00746A43">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
         <w:r w:rsidR="00746A43">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
         <w:r w:rsidR="00746A43">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
@@ -2009,62 +2020,62 @@
           </w:rPr>
         </w:r>
         <w:r w:rsidR="00746A43">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
         <w:r w:rsidR="00746A43">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:t>8</w:t>
         </w:r>
         <w:r w:rsidR="00746A43">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="6D230E93" w14:textId="22C4A769" w:rsidR="00746A43" w:rsidRDefault="00921F6A">
+    <w:p w:rsidR="00746A43" w:rsidRDefault="00921F6A" w14:paraId="6D230E93" w14:textId="22C4A769">
       <w:pPr>
         <w:pStyle w:val="Innehll2"/>
         <w:rPr>
-          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:cstheme="minorBidi"/>
           <w:noProof/>
           <w:kern w:val="2"/>
           <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink w:anchor="_Toc193271972" w:history="1">
-        <w:r w:rsidR="00746A43" w:rsidRPr="00FA6B7C">
+      <w:hyperlink w:history="1" w:anchor="_Toc193271972">
+        <w:r w:rsidRPr="00FA6B7C" w:rsidR="00746A43">
           <w:rPr>
             <w:rStyle w:val="Hyperlnk"/>
             <w:rFonts w:eastAsia="MS Gothic"/>
             <w:noProof/>
           </w:rPr>
           <w:t>Blodprover, transfusion och blododling</w:t>
         </w:r>
         <w:r w:rsidR="00746A43">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
         <w:r w:rsidR="00746A43">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
         <w:r w:rsidR="00746A43">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
@@ -2078,62 +2089,62 @@
           </w:rPr>
         </w:r>
         <w:r w:rsidR="00746A43">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
         <w:r w:rsidR="00746A43">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:t>8</w:t>
         </w:r>
         <w:r w:rsidR="00746A43">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="74F300E7" w14:textId="39876262" w:rsidR="00746A43" w:rsidRDefault="00921F6A">
+    <w:p w:rsidR="00746A43" w:rsidRDefault="00921F6A" w14:paraId="74F300E7" w14:textId="39876262">
       <w:pPr>
         <w:pStyle w:val="Innehll2"/>
         <w:rPr>
-          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:cstheme="minorBidi"/>
           <w:noProof/>
           <w:kern w:val="2"/>
           <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink w:anchor="_Toc193271973" w:history="1">
-        <w:r w:rsidR="00746A43" w:rsidRPr="00FA6B7C">
+      <w:hyperlink w:history="1" w:anchor="_Toc193271973">
+        <w:r w:rsidRPr="00FA6B7C" w:rsidR="00746A43">
           <w:rPr>
             <w:rStyle w:val="Hyperlnk"/>
             <w:rFonts w:eastAsia="MS Gothic"/>
             <w:noProof/>
           </w:rPr>
           <w:t>Borttagande av central venös infart</w:t>
         </w:r>
         <w:r w:rsidR="00746A43">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
         <w:r w:rsidR="00746A43">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
         <w:r w:rsidR="00746A43">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
@@ -2147,62 +2158,62 @@
           </w:rPr>
         </w:r>
         <w:r w:rsidR="00746A43">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
         <w:r w:rsidR="00746A43">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:t>8</w:t>
         </w:r>
         <w:r w:rsidR="00746A43">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="2976A684" w14:textId="4BF471B3" w:rsidR="00746A43" w:rsidRDefault="00921F6A">
+    <w:p w:rsidR="00746A43" w:rsidRDefault="00921F6A" w14:paraId="2976A684" w14:textId="4BF471B3">
       <w:pPr>
         <w:pStyle w:val="Innehll2"/>
         <w:rPr>
-          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:cstheme="minorBidi"/>
           <w:noProof/>
           <w:kern w:val="2"/>
           <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink w:anchor="_Toc193271974" w:history="1">
-        <w:r w:rsidR="00746A43" w:rsidRPr="00FA6B7C">
+      <w:hyperlink w:history="1" w:anchor="_Toc193271974">
+        <w:r w:rsidRPr="00FA6B7C" w:rsidR="00746A43">
           <w:rPr>
             <w:rStyle w:val="Hyperlnk"/>
             <w:rFonts w:eastAsia="MS Gothic"/>
             <w:noProof/>
           </w:rPr>
           <w:t>Kateterglidning (kateterdislokaltion och extravasal infusion)</w:t>
         </w:r>
         <w:r w:rsidR="00746A43">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
         <w:r w:rsidR="00746A43">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
         <w:r w:rsidR="00746A43">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
@@ -2216,62 +2227,62 @@
           </w:rPr>
         </w:r>
         <w:r w:rsidR="00746A43">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
         <w:r w:rsidR="00746A43">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:t>9</w:t>
         </w:r>
         <w:r w:rsidR="00746A43">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="47DECE86" w14:textId="56E809D6" w:rsidR="00746A43" w:rsidRDefault="00921F6A">
+    <w:p w:rsidR="00746A43" w:rsidRDefault="00921F6A" w14:paraId="47DECE86" w14:textId="56E809D6">
       <w:pPr>
         <w:pStyle w:val="Innehll2"/>
         <w:rPr>
-          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:cstheme="minorBidi"/>
           <w:noProof/>
           <w:kern w:val="2"/>
           <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink w:anchor="_Toc193271975" w:history="1">
-        <w:r w:rsidR="00746A43" w:rsidRPr="00FA6B7C">
+      <w:hyperlink w:history="1" w:anchor="_Toc193271975">
+        <w:r w:rsidRPr="00FA6B7C" w:rsidR="00746A43">
           <w:rPr>
             <w:rStyle w:val="Hyperlnk"/>
             <w:rFonts w:eastAsia="MS Gothic"/>
             <w:noProof/>
           </w:rPr>
           <w:t>Kontroll av backflöde</w:t>
         </w:r>
         <w:r w:rsidR="00746A43">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
         <w:r w:rsidR="00746A43">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
         <w:r w:rsidR="00746A43">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
@@ -2285,62 +2296,62 @@
           </w:rPr>
         </w:r>
         <w:r w:rsidR="00746A43">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
         <w:r w:rsidR="00746A43">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:t>9</w:t>
         </w:r>
         <w:r w:rsidR="00746A43">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="49A5C9D7" w14:textId="1CB03AFB" w:rsidR="00746A43" w:rsidRDefault="00921F6A">
+    <w:p w:rsidR="00746A43" w:rsidRDefault="00921F6A" w14:paraId="49A5C9D7" w14:textId="1CB03AFB">
       <w:pPr>
         <w:pStyle w:val="Innehll3"/>
         <w:rPr>
-          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:cstheme="minorBidi"/>
           <w:noProof/>
           <w:kern w:val="2"/>
           <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink w:anchor="_Toc193271976" w:history="1">
-        <w:r w:rsidR="00746A43" w:rsidRPr="00FA6B7C">
+      <w:hyperlink w:history="1" w:anchor="_Toc193271976">
+        <w:r w:rsidRPr="00FA6B7C" w:rsidR="00746A43">
           <w:rPr>
             <w:rStyle w:val="Hyperlnk"/>
             <w:rFonts w:eastAsia="MS Gothic"/>
             <w:noProof/>
           </w:rPr>
           <w:t>Om ej backflöde</w:t>
         </w:r>
         <w:r w:rsidR="00746A43">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
         <w:r w:rsidR="00746A43">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
         <w:r w:rsidR="00746A43">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
@@ -2354,62 +2365,62 @@
           </w:rPr>
         </w:r>
         <w:r w:rsidR="00746A43">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
         <w:r w:rsidR="00746A43">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:t>9</w:t>
         </w:r>
         <w:r w:rsidR="00746A43">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="783D0ACE" w14:textId="12ED8C11" w:rsidR="00746A43" w:rsidRDefault="00921F6A">
+    <w:p w:rsidR="00746A43" w:rsidRDefault="00921F6A" w14:paraId="783D0ACE" w14:textId="12ED8C11">
       <w:pPr>
         <w:pStyle w:val="Innehll3"/>
         <w:rPr>
-          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:cstheme="minorBidi"/>
           <w:noProof/>
           <w:kern w:val="2"/>
           <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink w:anchor="_Toc193271977" w:history="1">
-        <w:r w:rsidR="00746A43" w:rsidRPr="00FA6B7C">
+      <w:hyperlink w:history="1" w:anchor="_Toc193271977">
+        <w:r w:rsidRPr="00FA6B7C" w:rsidR="00746A43">
           <w:rPr>
             <w:rStyle w:val="Hyperlnk"/>
             <w:rFonts w:eastAsia="MS Gothic"/>
             <w:noProof/>
           </w:rPr>
           <w:t>Orsaker till att backflöde inte uppnås</w:t>
         </w:r>
         <w:r w:rsidR="00746A43">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
         <w:r w:rsidR="00746A43">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
         <w:r w:rsidR="00746A43">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
@@ -2423,62 +2434,62 @@
           </w:rPr>
         </w:r>
         <w:r w:rsidR="00746A43">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
         <w:r w:rsidR="00746A43">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:t>9</w:t>
         </w:r>
         <w:r w:rsidR="00746A43">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="58D46889" w14:textId="4B980A75" w:rsidR="00746A43" w:rsidRDefault="00921F6A">
+    <w:p w:rsidR="00746A43" w:rsidRDefault="00921F6A" w14:paraId="58D46889" w14:textId="4B980A75">
       <w:pPr>
         <w:pStyle w:val="Innehll3"/>
         <w:rPr>
-          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:cstheme="minorBidi"/>
           <w:noProof/>
           <w:kern w:val="2"/>
           <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink w:anchor="_Toc193271978" w:history="1">
-        <w:r w:rsidR="00746A43" w:rsidRPr="00FA6B7C">
+      <w:hyperlink w:history="1" w:anchor="_Toc193271978">
+        <w:r w:rsidRPr="00FA6B7C" w:rsidR="00746A43">
           <w:rPr>
             <w:rStyle w:val="Hyperlnk"/>
             <w:rFonts w:eastAsia="MS Gothic"/>
             <w:noProof/>
           </w:rPr>
           <w:t>Stopp i katetern/ocklusion</w:t>
         </w:r>
         <w:r w:rsidR="00746A43">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
         <w:r w:rsidR="00746A43">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
         <w:r w:rsidR="00746A43">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
@@ -2492,62 +2503,62 @@
           </w:rPr>
         </w:r>
         <w:r w:rsidR="00746A43">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
         <w:r w:rsidR="00746A43">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:t>10</w:t>
         </w:r>
         <w:r w:rsidR="00746A43">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="67BB3898" w14:textId="155EAF2F" w:rsidR="00746A43" w:rsidRDefault="00921F6A">
+    <w:p w:rsidR="00746A43" w:rsidRDefault="00921F6A" w14:paraId="67BB3898" w14:textId="155EAF2F">
       <w:pPr>
         <w:pStyle w:val="Innehll3"/>
         <w:rPr>
-          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:cstheme="minorBidi"/>
           <w:noProof/>
           <w:kern w:val="2"/>
           <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink w:anchor="_Toc193271979" w:history="1">
-        <w:r w:rsidR="00746A43" w:rsidRPr="00FA6B7C">
+      <w:hyperlink w:history="1" w:anchor="_Toc193271979">
+        <w:r w:rsidRPr="00FA6B7C" w:rsidR="00746A43">
           <w:rPr>
             <w:rStyle w:val="Hyperlnk"/>
             <w:rFonts w:eastAsia="MS Gothic"/>
             <w:noProof/>
           </w:rPr>
           <w:t>Alteplas (Actilyse)-behandling</w:t>
         </w:r>
         <w:r w:rsidR="00746A43">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
         <w:r w:rsidR="00746A43">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
         <w:r w:rsidR="00746A43">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
@@ -2561,62 +2572,62 @@
           </w:rPr>
         </w:r>
         <w:r w:rsidR="00746A43">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
         <w:r w:rsidR="00746A43">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:t>11</w:t>
         </w:r>
         <w:r w:rsidR="00746A43">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="1476FD7B" w14:textId="36FFE6B3" w:rsidR="00746A43" w:rsidRDefault="00921F6A">
+    <w:p w:rsidR="00746A43" w:rsidRDefault="00921F6A" w14:paraId="1476FD7B" w14:textId="36FFE6B3">
       <w:pPr>
         <w:pStyle w:val="Innehll3"/>
         <w:rPr>
-          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:cstheme="minorBidi"/>
           <w:noProof/>
           <w:kern w:val="2"/>
           <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink w:anchor="_Toc193271980" w:history="1">
-        <w:r w:rsidR="00746A43" w:rsidRPr="00FA6B7C">
+      <w:hyperlink w:history="1" w:anchor="_Toc193271980">
+        <w:r w:rsidRPr="00FA6B7C" w:rsidR="00746A43">
           <w:rPr>
             <w:rStyle w:val="Hyperlnk"/>
             <w:rFonts w:eastAsia="MS Gothic"/>
             <w:noProof/>
           </w:rPr>
           <w:t>Alteplas (Actilyse) beredning</w:t>
         </w:r>
         <w:r w:rsidR="00746A43">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
         <w:r w:rsidR="00746A43">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
         <w:r w:rsidR="00746A43">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
@@ -2630,62 +2641,62 @@
           </w:rPr>
         </w:r>
         <w:r w:rsidR="00746A43">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
         <w:r w:rsidR="00746A43">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:t>11</w:t>
         </w:r>
         <w:r w:rsidR="00746A43">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="33E71E7E" w14:textId="21CBEB32" w:rsidR="00746A43" w:rsidRDefault="00921F6A">
+    <w:p w:rsidR="00746A43" w:rsidRDefault="00921F6A" w14:paraId="33E71E7E" w14:textId="21CBEB32">
       <w:pPr>
         <w:pStyle w:val="Innehll3"/>
         <w:rPr>
-          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:cstheme="minorBidi"/>
           <w:noProof/>
           <w:kern w:val="2"/>
           <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink w:anchor="_Toc193271981" w:history="1">
-        <w:r w:rsidR="00746A43" w:rsidRPr="00FA6B7C">
+      <w:hyperlink w:history="1" w:anchor="_Toc193271981">
+        <w:r w:rsidRPr="00FA6B7C" w:rsidR="00746A43">
           <w:rPr>
             <w:rStyle w:val="Hyperlnk"/>
             <w:rFonts w:eastAsia="MS Gothic"/>
             <w:noProof/>
           </w:rPr>
           <w:t>Alteplas (Actilyse) behandling av CVK</w:t>
         </w:r>
         <w:r w:rsidR="00746A43">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
         <w:r w:rsidR="00746A43">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
         <w:r w:rsidR="00746A43">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
@@ -2699,62 +2710,62 @@
           </w:rPr>
         </w:r>
         <w:r w:rsidR="00746A43">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
         <w:r w:rsidR="00746A43">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:t>11</w:t>
         </w:r>
         <w:r w:rsidR="00746A43">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="44899433" w14:textId="3AD31CAD" w:rsidR="00746A43" w:rsidRDefault="00921F6A">
+    <w:p w:rsidR="00746A43" w:rsidRDefault="00921F6A" w14:paraId="44899433" w14:textId="3AD31CAD">
       <w:pPr>
         <w:pStyle w:val="Innehll3"/>
         <w:rPr>
-          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:cstheme="minorBidi"/>
           <w:noProof/>
           <w:kern w:val="2"/>
           <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink w:anchor="_Toc193271982" w:history="1">
-        <w:r w:rsidR="00746A43" w:rsidRPr="00FA6B7C">
+      <w:hyperlink w:history="1" w:anchor="_Toc193271982">
+        <w:r w:rsidRPr="00FA6B7C" w:rsidR="00746A43">
           <w:rPr>
             <w:rStyle w:val="Hyperlnk"/>
             <w:rFonts w:eastAsia="MS Gothic"/>
             <w:noProof/>
           </w:rPr>
           <w:t>Alteplas (Actilyse) behandling av subkutan venport</w:t>
         </w:r>
         <w:r w:rsidR="00746A43">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
         <w:r w:rsidR="00746A43">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
         <w:r w:rsidR="00746A43">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
@@ -2768,62 +2779,62 @@
           </w:rPr>
         </w:r>
         <w:r w:rsidR="00746A43">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
         <w:r w:rsidR="00746A43">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:t>11</w:t>
         </w:r>
         <w:r w:rsidR="00746A43">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="6D074CDB" w14:textId="6895BB29" w:rsidR="00746A43" w:rsidRDefault="00921F6A">
+    <w:p w:rsidR="00746A43" w:rsidRDefault="00921F6A" w14:paraId="6D074CDB" w14:textId="6895BB29">
       <w:pPr>
         <w:pStyle w:val="Innehll2"/>
         <w:rPr>
-          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:cstheme="minorBidi"/>
           <w:noProof/>
           <w:kern w:val="2"/>
           <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink w:anchor="_Toc193271983" w:history="1">
-        <w:r w:rsidR="00746A43" w:rsidRPr="00FA6B7C">
+      <w:hyperlink w:history="1" w:anchor="_Toc193271983">
+        <w:r w:rsidRPr="00FA6B7C" w:rsidR="00746A43">
           <w:rPr>
             <w:rStyle w:val="Hyperlnk"/>
             <w:rFonts w:eastAsia="MS Gothic"/>
             <w:noProof/>
           </w:rPr>
           <w:t>Alteplas (Actilyse) behandling av CDK</w:t>
         </w:r>
         <w:r w:rsidR="00746A43">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
         <w:r w:rsidR="00746A43">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
         <w:r w:rsidR="00746A43">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
@@ -2837,62 +2848,62 @@
           </w:rPr>
         </w:r>
         <w:r w:rsidR="00746A43">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
         <w:r w:rsidR="00746A43">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:t>11</w:t>
         </w:r>
         <w:r w:rsidR="00746A43">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="4C1C4FB7" w14:textId="587FB6FC" w:rsidR="00746A43" w:rsidRDefault="00921F6A">
+    <w:p w:rsidR="00746A43" w:rsidRDefault="00921F6A" w14:paraId="4C1C4FB7" w14:textId="587FB6FC">
       <w:pPr>
         <w:pStyle w:val="Innehll3"/>
         <w:rPr>
-          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:cstheme="minorBidi"/>
           <w:noProof/>
           <w:kern w:val="2"/>
           <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink w:anchor="_Toc193271984" w:history="1">
-        <w:r w:rsidR="00746A43" w:rsidRPr="00FA6B7C">
+      <w:hyperlink w:history="1" w:anchor="_Toc193271984">
+        <w:r w:rsidRPr="00FA6B7C" w:rsidR="00746A43">
           <w:rPr>
             <w:rStyle w:val="Hyperlnk"/>
             <w:rFonts w:eastAsia="MS Gothic"/>
             <w:noProof/>
           </w:rPr>
           <w:t>Upprepad alteplas (Actilyse) behandling</w:t>
         </w:r>
         <w:r w:rsidR="00746A43">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
         <w:r w:rsidR="00746A43">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
         <w:r w:rsidR="00746A43">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
@@ -2906,62 +2917,62 @@
           </w:rPr>
         </w:r>
         <w:r w:rsidR="00746A43">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
         <w:r w:rsidR="00746A43">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:t>11</w:t>
         </w:r>
         <w:r w:rsidR="00746A43">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="752AF785" w14:textId="5AFA9CF6" w:rsidR="00746A43" w:rsidRDefault="00921F6A">
+    <w:p w:rsidR="00746A43" w:rsidRDefault="00921F6A" w14:paraId="752AF785" w14:textId="5AFA9CF6">
       <w:pPr>
         <w:pStyle w:val="Innehll2"/>
         <w:rPr>
-          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:cstheme="minorBidi"/>
           <w:noProof/>
           <w:kern w:val="2"/>
           <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink w:anchor="_Toc193271985" w:history="1">
-        <w:r w:rsidR="00746A43" w:rsidRPr="00FA6B7C">
+      <w:hyperlink w:history="1" w:anchor="_Toc193271985">
+        <w:r w:rsidRPr="00FA6B7C" w:rsidR="00746A43">
           <w:rPr>
             <w:rStyle w:val="Hyperlnk"/>
             <w:rFonts w:eastAsia="MS Gothic"/>
             <w:noProof/>
           </w:rPr>
           <w:t>Behandling av kateterstopp med Saltsyra:</w:t>
         </w:r>
         <w:r w:rsidR="00746A43">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
         <w:r w:rsidR="00746A43">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
         <w:r w:rsidR="00746A43">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
@@ -2975,62 +2986,62 @@
           </w:rPr>
         </w:r>
         <w:r w:rsidR="00746A43">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
         <w:r w:rsidR="00746A43">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:t>12</w:t>
         </w:r>
         <w:r w:rsidR="00746A43">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="0C669391" w14:textId="7BA85727" w:rsidR="00746A43" w:rsidRDefault="00921F6A">
+    <w:p w:rsidR="00746A43" w:rsidRDefault="00921F6A" w14:paraId="0C669391" w14:textId="7BA85727">
       <w:pPr>
         <w:pStyle w:val="Innehll3"/>
         <w:rPr>
-          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:cstheme="minorBidi"/>
           <w:noProof/>
           <w:kern w:val="2"/>
           <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink w:anchor="_Toc193271986" w:history="1">
-        <w:r w:rsidR="00746A43" w:rsidRPr="00FA6B7C">
+      <w:hyperlink w:history="1" w:anchor="_Toc193271986">
+        <w:r w:rsidRPr="00FA6B7C" w:rsidR="00746A43">
           <w:rPr>
             <w:rStyle w:val="Hyperlnk"/>
             <w:rFonts w:eastAsia="MS Gothic"/>
             <w:noProof/>
           </w:rPr>
           <w:t>Bredning av lösning:</w:t>
         </w:r>
         <w:r w:rsidR="00746A43">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
         <w:r w:rsidR="00746A43">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
         <w:r w:rsidR="00746A43">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
@@ -3044,62 +3055,62 @@
           </w:rPr>
         </w:r>
         <w:r w:rsidR="00746A43">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
         <w:r w:rsidR="00746A43">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:t>12</w:t>
         </w:r>
         <w:r w:rsidR="00746A43">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="5637EB08" w14:textId="54D1A7A6" w:rsidR="00746A43" w:rsidRDefault="00921F6A">
+    <w:p w:rsidR="00746A43" w:rsidRDefault="00921F6A" w14:paraId="5637EB08" w14:textId="54D1A7A6">
       <w:pPr>
         <w:pStyle w:val="Innehll3"/>
         <w:rPr>
-          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:cstheme="minorBidi"/>
           <w:noProof/>
           <w:kern w:val="2"/>
           <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink w:anchor="_Toc193271987" w:history="1">
-        <w:r w:rsidR="00746A43" w:rsidRPr="00FA6B7C">
+      <w:hyperlink w:history="1" w:anchor="_Toc193271987">
+        <w:r w:rsidRPr="00FA6B7C" w:rsidR="00746A43">
           <w:rPr>
             <w:rStyle w:val="Hyperlnk"/>
             <w:rFonts w:eastAsia="MS Gothic"/>
             <w:noProof/>
           </w:rPr>
           <w:t>Injektion av lösning Saltsyra 1 mmol/ml</w:t>
         </w:r>
         <w:r w:rsidR="00746A43">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
         <w:r w:rsidR="00746A43">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
         <w:r w:rsidR="00746A43">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
@@ -3113,62 +3124,62 @@
           </w:rPr>
         </w:r>
         <w:r w:rsidR="00746A43">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
         <w:r w:rsidR="00746A43">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:t>12</w:t>
         </w:r>
         <w:r w:rsidR="00746A43">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="3A406514" w14:textId="3CCCF675" w:rsidR="00746A43" w:rsidRDefault="00921F6A">
+    <w:p w:rsidR="00746A43" w:rsidRDefault="00921F6A" w14:paraId="3A406514" w14:textId="3CCCF675">
       <w:pPr>
         <w:pStyle w:val="Innehll2"/>
         <w:rPr>
-          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:cstheme="minorBidi"/>
           <w:noProof/>
           <w:kern w:val="2"/>
           <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink w:anchor="_Toc193271988" w:history="1">
-        <w:r w:rsidR="00746A43" w:rsidRPr="00FA6B7C">
+      <w:hyperlink w:history="1" w:anchor="_Toc193271988">
+        <w:r w:rsidRPr="00FA6B7C" w:rsidR="00746A43">
           <w:rPr>
             <w:rStyle w:val="Hyperlnk"/>
             <w:rFonts w:eastAsia="MS Gothic"/>
             <w:noProof/>
           </w:rPr>
           <w:t>Uppföljning</w:t>
         </w:r>
         <w:r w:rsidR="00746A43">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
         <w:r w:rsidR="00746A43">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
         <w:r w:rsidR="00746A43">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
@@ -3182,62 +3193,62 @@
           </w:rPr>
         </w:r>
         <w:r w:rsidR="00746A43">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
         <w:r w:rsidR="00746A43">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:t>12</w:t>
         </w:r>
         <w:r w:rsidR="00746A43">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="53727B91" w14:textId="2544D595" w:rsidR="00746A43" w:rsidRDefault="00921F6A">
+    <w:p w:rsidR="00746A43" w:rsidRDefault="00921F6A" w14:paraId="53727B91" w14:textId="2544D595">
       <w:pPr>
         <w:pStyle w:val="Innehll1"/>
         <w:rPr>
-          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:cstheme="minorBidi"/>
           <w:noProof/>
           <w:kern w:val="2"/>
           <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink w:anchor="_Toc193271989" w:history="1">
-        <w:r w:rsidR="00746A43" w:rsidRPr="00FA6B7C">
+      <w:hyperlink w:history="1" w:anchor="_Toc193271989">
+        <w:r w:rsidRPr="00FA6B7C" w:rsidR="00746A43">
           <w:rPr>
             <w:rStyle w:val="Hyperlnk"/>
             <w:rFonts w:eastAsia="MS Gothic"/>
             <w:noProof/>
           </w:rPr>
           <w:t>Dokumentinformation</w:t>
         </w:r>
         <w:r w:rsidR="00746A43">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
         <w:r w:rsidR="00746A43">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
         <w:r w:rsidR="00746A43">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
@@ -3251,62 +3262,62 @@
           </w:rPr>
         </w:r>
         <w:r w:rsidR="00746A43">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
         <w:r w:rsidR="00746A43">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:t>13</w:t>
         </w:r>
         <w:r w:rsidR="00746A43">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="69FB5891" w14:textId="1C5C7A96" w:rsidR="00746A43" w:rsidRDefault="00921F6A">
+    <w:p w:rsidR="00746A43" w:rsidRDefault="00921F6A" w14:paraId="69FB5891" w14:textId="1C5C7A96">
       <w:pPr>
         <w:pStyle w:val="Innehll1"/>
         <w:rPr>
-          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:cstheme="minorBidi"/>
           <w:noProof/>
           <w:kern w:val="2"/>
           <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink w:anchor="_Toc193271990" w:history="1">
-        <w:r w:rsidR="00746A43" w:rsidRPr="00FA6B7C">
+      <w:hyperlink w:history="1" w:anchor="_Toc193271990">
+        <w:r w:rsidRPr="00FA6B7C" w:rsidR="00746A43">
           <w:rPr>
             <w:rStyle w:val="Hyperlnk"/>
             <w:rFonts w:eastAsia="MS Gothic"/>
             <w:noProof/>
           </w:rPr>
           <w:t>Referensförteckning</w:t>
         </w:r>
         <w:r w:rsidR="00746A43">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
         <w:r w:rsidR="00746A43">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
         <w:r w:rsidR="00746A43">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
@@ -3320,62 +3331,62 @@
           </w:rPr>
         </w:r>
         <w:r w:rsidR="00746A43">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
         <w:r w:rsidR="00746A43">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:t>13</w:t>
         </w:r>
         <w:r w:rsidR="00746A43">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="6A81AC48" w14:textId="7656428F" w:rsidR="00746A43" w:rsidRDefault="00921F6A">
+    <w:p w:rsidR="00746A43" w:rsidRDefault="00921F6A" w14:paraId="6A81AC48" w14:textId="7656428F">
       <w:pPr>
         <w:pStyle w:val="Innehll1"/>
         <w:rPr>
-          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:cstheme="minorBidi"/>
           <w:noProof/>
           <w:kern w:val="2"/>
           <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink w:anchor="_Toc193271991" w:history="1">
-        <w:r w:rsidR="00746A43" w:rsidRPr="00FA6B7C">
+      <w:hyperlink w:history="1" w:anchor="_Toc193271991">
+        <w:r w:rsidRPr="00FA6B7C" w:rsidR="00746A43">
           <w:rPr>
             <w:rStyle w:val="Hyperlnk"/>
             <w:rFonts w:eastAsia="MS Gothic"/>
             <w:noProof/>
           </w:rPr>
           <w:t>Länkförteckning</w:t>
         </w:r>
         <w:r w:rsidR="00746A43">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
         <w:r w:rsidR="00746A43">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
         <w:r w:rsidR="00746A43">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
@@ -3389,62 +3400,62 @@
           </w:rPr>
         </w:r>
         <w:r w:rsidR="00746A43">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
         <w:r w:rsidR="00746A43">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:t>14</w:t>
         </w:r>
         <w:r w:rsidR="00746A43">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="0BBB3ECB" w14:textId="63967514" w:rsidR="00746A43" w:rsidRDefault="00921F6A">
+    <w:p w:rsidR="00746A43" w:rsidRDefault="00921F6A" w14:paraId="0BBB3ECB" w14:textId="63967514">
       <w:pPr>
         <w:pStyle w:val="Innehll1"/>
         <w:rPr>
-          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:cstheme="minorBidi"/>
           <w:noProof/>
           <w:kern w:val="2"/>
           <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink w:anchor="_Toc193271992" w:history="1">
-        <w:r w:rsidR="00746A43" w:rsidRPr="00FA6B7C">
+      <w:hyperlink w:history="1" w:anchor="_Toc193271992">
+        <w:r w:rsidRPr="00FA6B7C" w:rsidR="00746A43">
           <w:rPr>
             <w:rStyle w:val="Hyperlnk"/>
             <w:rFonts w:eastAsia="MS Gothic"/>
             <w:noProof/>
           </w:rPr>
           <w:t>Bilaga 1, CVI på vårdavdelning</w:t>
         </w:r>
         <w:r w:rsidR="00746A43">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
         <w:r w:rsidR="00746A43">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
         <w:r w:rsidR="00746A43">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
@@ -3458,62 +3469,62 @@
           </w:rPr>
         </w:r>
         <w:r w:rsidR="00746A43">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
         <w:r w:rsidR="00746A43">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:t>16</w:t>
         </w:r>
         <w:r w:rsidR="00746A43">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="2964B628" w14:textId="482A3FA6" w:rsidR="00746A43" w:rsidRDefault="00921F6A">
+    <w:p w:rsidR="00746A43" w:rsidRDefault="00921F6A" w14:paraId="2964B628" w14:textId="482A3FA6">
       <w:pPr>
         <w:pStyle w:val="Innehll1"/>
         <w:rPr>
-          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:cstheme="minorBidi"/>
           <w:noProof/>
           <w:kern w:val="2"/>
           <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink w:anchor="_Toc193271993" w:history="1">
-        <w:r w:rsidR="00746A43" w:rsidRPr="00FA6B7C">
+      <w:hyperlink w:history="1" w:anchor="_Toc193271993">
+        <w:r w:rsidRPr="00FA6B7C" w:rsidR="00746A43">
           <w:rPr>
             <w:rStyle w:val="Hyperlnk"/>
             <w:rFonts w:eastAsia="MS Gothic"/>
             <w:noProof/>
           </w:rPr>
           <w:t>Avstängningsklämma</w:t>
         </w:r>
         <w:r w:rsidR="00746A43">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
         <w:r w:rsidR="00746A43">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
         <w:r w:rsidR="00746A43">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
@@ -3527,62 +3538,62 @@
           </w:rPr>
         </w:r>
         <w:r w:rsidR="00746A43">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
         <w:r w:rsidR="00746A43">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:t>16</w:t>
         </w:r>
         <w:r w:rsidR="00746A43">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="17ACF027" w14:textId="5CFFE1B0" w:rsidR="00746A43" w:rsidRDefault="00921F6A">
+    <w:p w:rsidR="00746A43" w:rsidRDefault="00921F6A" w14:paraId="17ACF027" w14:textId="5CFFE1B0">
       <w:pPr>
         <w:pStyle w:val="Innehll2"/>
         <w:rPr>
-          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:cstheme="minorBidi"/>
           <w:noProof/>
           <w:kern w:val="2"/>
           <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink w:anchor="_Toc193271994" w:history="1">
-        <w:r w:rsidR="00746A43" w:rsidRPr="00FA6B7C">
+      <w:hyperlink w:history="1" w:anchor="_Toc193271994">
+        <w:r w:rsidRPr="00FA6B7C" w:rsidR="00746A43">
           <w:rPr>
             <w:rStyle w:val="Hyperlnk"/>
             <w:rFonts w:eastAsia="MS Gothic"/>
             <w:noProof/>
           </w:rPr>
           <w:t>CVK med flera skänklar</w:t>
         </w:r>
         <w:r w:rsidR="00746A43">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
         <w:r w:rsidR="00746A43">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
         <w:r w:rsidR="00746A43">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
@@ -3596,62 +3607,62 @@
           </w:rPr>
         </w:r>
         <w:r w:rsidR="00746A43">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
         <w:r w:rsidR="00746A43">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:t>17</w:t>
         </w:r>
         <w:r w:rsidR="00746A43">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="6085D6EA" w14:textId="00A2E1B0" w:rsidR="00746A43" w:rsidRDefault="00921F6A">
+    <w:p w:rsidR="00746A43" w:rsidRDefault="00921F6A" w14:paraId="6085D6EA" w14:textId="00A2E1B0">
       <w:pPr>
         <w:pStyle w:val="Innehll2"/>
         <w:rPr>
-          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:cstheme="minorBidi"/>
           <w:noProof/>
           <w:kern w:val="2"/>
           <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink w:anchor="_Toc193271995" w:history="1">
-        <w:r w:rsidR="00746A43" w:rsidRPr="00FA6B7C">
+      <w:hyperlink w:history="1" w:anchor="_Toc193271995">
+        <w:r w:rsidRPr="00FA6B7C" w:rsidR="00746A43">
           <w:rPr>
             <w:rStyle w:val="Hyperlnk"/>
             <w:rFonts w:eastAsia="MS Gothic"/>
             <w:noProof/>
           </w:rPr>
           <w:t>Subkutan venport - droppaggregat</w:t>
         </w:r>
         <w:r w:rsidR="00746A43">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
         <w:r w:rsidR="00746A43">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
         <w:r w:rsidR="00746A43">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
@@ -3665,4667 +3676,4689 @@
           </w:rPr>
         </w:r>
         <w:r w:rsidR="00746A43">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
         <w:r w:rsidR="00746A43">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:t>18</w:t>
         </w:r>
         <w:r w:rsidR="00746A43">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="1A35477A" w14:textId="0992CB8B" w:rsidR="00B74E9F" w:rsidRPr="00BF32CF" w:rsidRDefault="00904962" w:rsidP="003B0E94">
+    <w:p w:rsidRPr="00BF32CF" w:rsidR="00B74E9F" w:rsidP="003B0E94" w:rsidRDefault="00904962" w14:paraId="1A35477A" w14:textId="0992CB8B">
       <w:pPr>
         <w:keepNext/>
         <w:keepLines/>
         <w:spacing w:before="280" w:after="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cstheme="majorHAnsi"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:noProof/>
           <w:color w:val="0000FF"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="32"/>
           <w:u w:val="single"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
-      <w:r w:rsidR="00B74E9F" w:rsidRPr="00BF32CF">
+      <w:r w:rsidRPr="00BF32CF" w:rsidR="00B74E9F">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cstheme="majorHAnsi"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Övriga bilagor</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0903E2AC" w14:textId="1F3B6AA1" w:rsidR="00B74E9F" w:rsidRPr="00B74E9F" w:rsidRDefault="00B74E9F" w:rsidP="003B0E94">
+    <w:p w:rsidRPr="00B74E9F" w:rsidR="00B74E9F" w:rsidP="003B0E94" w:rsidRDefault="00B74E9F" w14:paraId="0903E2AC" w14:textId="1F3B6AA1">
       <w:pPr>
         <w:keepNext/>
         <w:keepLines/>
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00B74E9F">
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">2 - </w:t>
       </w:r>
-      <w:hyperlink r:id="rId16" w:history="1">
+      <w:hyperlink w:history="1" r:id="rId16">
         <w:r w:rsidRPr="00B74E9F">
           <w:rPr>
             <w:szCs w:val="20"/>
           </w:rPr>
           <w:t xml:space="preserve">Patientinformation, </w:t>
         </w:r>
         <w:r w:rsidRPr="00D33506">
           <w:rPr>
             <w:rStyle w:val="Hyperlnk"/>
           </w:rPr>
           <w:t>Subkutan venport - Inläggning</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="00B74E9F">
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="00B74E9F">
+        <w:rPr>
+          <w:szCs w:val="20"/>
+        </w:rPr>
         <w:t xml:space="preserve">3 - </w:t>
       </w:r>
-      <w:hyperlink r:id="rId17" w:history="1">
+      <w:hyperlink w:history="1" r:id="rId17">
         <w:r w:rsidRPr="00B74E9F">
           <w:rPr>
             <w:szCs w:val="20"/>
           </w:rPr>
           <w:t xml:space="preserve">Patientinformation, </w:t>
         </w:r>
         <w:r w:rsidRPr="00E05F88">
           <w:rPr>
             <w:rStyle w:val="Hyperlnk"/>
           </w:rPr>
           <w:t>Subkutan venport - Borttagning</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="00B74E9F">
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="00B74E9F">
+        <w:rPr>
+          <w:szCs w:val="20"/>
+        </w:rPr>
         <w:t xml:space="preserve">4.- </w:t>
       </w:r>
-      <w:hyperlink r:id="rId18" w:history="1">
+      <w:hyperlink w:history="1" r:id="rId18">
         <w:r w:rsidRPr="00235ED7">
           <w:rPr>
             <w:rStyle w:val="Hyperlnk"/>
           </w:rPr>
           <w:t>Centralvenös infart, CVK/CDK, checklista för inläggning</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="40161E5F" w14:textId="77777777" w:rsidR="00B74E9F" w:rsidRPr="00B74E9F" w:rsidRDefault="00B74E9F" w:rsidP="003B0E94">
+    <w:p w:rsidRPr="00B74E9F" w:rsidR="00B74E9F" w:rsidP="003B0E94" w:rsidRDefault="00B74E9F" w14:paraId="40161E5F" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="Rubrik2"/>
         <w:spacing w:before="360"/>
       </w:pPr>
-      <w:bookmarkStart w:id="20" w:name="_Toc256000474"/>
-[...16 lines deleted...]
-      <w:bookmarkStart w:id="37" w:name="_Toc193271948"/>
+      <w:bookmarkStart w:name="_Toc256000474" w:id="20"/>
+      <w:bookmarkStart w:name="_Toc498957661" w:id="21"/>
+      <w:bookmarkStart w:name="_Toc256000001" w:id="22"/>
+      <w:bookmarkStart w:name="_Toc256000078" w:id="23"/>
+      <w:bookmarkStart w:name="_Toc501463460" w:id="24"/>
+      <w:bookmarkStart w:name="_Toc256000125" w:id="25"/>
+      <w:bookmarkStart w:name="_Toc256000172" w:id="26"/>
+      <w:bookmarkStart w:name="_Toc256000219" w:id="27"/>
+      <w:bookmarkStart w:name="_Toc256000266" w:id="28"/>
+      <w:bookmarkStart w:name="_Toc256000313" w:id="29"/>
+      <w:bookmarkStart w:name="_Toc256000360" w:id="30"/>
+      <w:bookmarkStart w:name="_Toc527467938" w:id="31"/>
+      <w:bookmarkStart w:name="_Toc256000407" w:id="32"/>
+      <w:bookmarkStart w:name="_Toc34920169" w:id="33"/>
+      <w:bookmarkStart w:name="_Toc256000075" w:id="34"/>
+      <w:bookmarkStart w:name="_Toc99115170" w:id="35"/>
+      <w:bookmarkStart w:name="_Toc99115295" w:id="36"/>
+      <w:bookmarkStart w:name="_Toc193271948" w:id="37"/>
       <w:r w:rsidRPr="00B74E9F">
         <w:t>Bakgrund</w:t>
       </w:r>
       <w:bookmarkEnd w:id="20"/>
       <w:bookmarkEnd w:id="21"/>
       <w:bookmarkEnd w:id="22"/>
       <w:bookmarkEnd w:id="23"/>
       <w:bookmarkEnd w:id="24"/>
       <w:bookmarkEnd w:id="25"/>
       <w:bookmarkEnd w:id="26"/>
       <w:bookmarkEnd w:id="27"/>
       <w:bookmarkEnd w:id="28"/>
       <w:bookmarkEnd w:id="29"/>
       <w:bookmarkEnd w:id="30"/>
       <w:bookmarkEnd w:id="31"/>
       <w:bookmarkEnd w:id="32"/>
       <w:bookmarkEnd w:id="33"/>
       <w:bookmarkEnd w:id="34"/>
       <w:bookmarkEnd w:id="35"/>
       <w:bookmarkEnd w:id="36"/>
       <w:bookmarkEnd w:id="37"/>
     </w:p>
-    <w:p w14:paraId="2B980917" w14:textId="77777777" w:rsidR="00B74E9F" w:rsidRPr="00B74E9F" w:rsidRDefault="00B74E9F" w:rsidP="0005431A">
+    <w:p w:rsidRPr="00B74E9F" w:rsidR="00B74E9F" w:rsidP="0005431A" w:rsidRDefault="00B74E9F" w14:paraId="2B980917" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="Rubrik3"/>
         <w:spacing w:before="120"/>
       </w:pPr>
-      <w:bookmarkStart w:id="38" w:name="_Toc256000475"/>
-[...16 lines deleted...]
-      <w:bookmarkStart w:id="55" w:name="_Toc193271949"/>
+      <w:bookmarkStart w:name="_Toc256000475" w:id="38"/>
+      <w:bookmarkStart w:name="_Toc498957662" w:id="39"/>
+      <w:bookmarkStart w:name="_Toc256000002" w:id="40"/>
+      <w:bookmarkStart w:name="_Toc256000079" w:id="41"/>
+      <w:bookmarkStart w:name="_Toc501463461" w:id="42"/>
+      <w:bookmarkStart w:name="_Toc256000126" w:id="43"/>
+      <w:bookmarkStart w:name="_Toc256000173" w:id="44"/>
+      <w:bookmarkStart w:name="_Toc256000220" w:id="45"/>
+      <w:bookmarkStart w:name="_Toc256000267" w:id="46"/>
+      <w:bookmarkStart w:name="_Toc256000314" w:id="47"/>
+      <w:bookmarkStart w:name="_Toc256000361" w:id="48"/>
+      <w:bookmarkStart w:name="_Toc527467939" w:id="49"/>
+      <w:bookmarkStart w:name="_Toc256000408" w:id="50"/>
+      <w:bookmarkStart w:name="_Toc34920170" w:id="51"/>
+      <w:bookmarkStart w:name="_Toc256000076" w:id="52"/>
+      <w:bookmarkStart w:name="_Toc99115171" w:id="53"/>
+      <w:bookmarkStart w:name="_Toc99115296" w:id="54"/>
+      <w:bookmarkStart w:name="_Toc193271949" w:id="55"/>
       <w:r w:rsidRPr="00B74E9F">
         <w:t>Inledning</w:t>
       </w:r>
       <w:bookmarkEnd w:id="38"/>
       <w:bookmarkEnd w:id="39"/>
       <w:bookmarkEnd w:id="40"/>
       <w:bookmarkEnd w:id="41"/>
       <w:bookmarkEnd w:id="42"/>
       <w:bookmarkEnd w:id="43"/>
       <w:bookmarkEnd w:id="44"/>
       <w:bookmarkEnd w:id="45"/>
       <w:bookmarkEnd w:id="46"/>
       <w:bookmarkEnd w:id="47"/>
       <w:bookmarkEnd w:id="48"/>
       <w:bookmarkEnd w:id="49"/>
       <w:bookmarkEnd w:id="50"/>
       <w:bookmarkEnd w:id="51"/>
       <w:bookmarkEnd w:id="52"/>
       <w:bookmarkEnd w:id="53"/>
       <w:bookmarkEnd w:id="54"/>
       <w:bookmarkEnd w:id="55"/>
     </w:p>
-    <w:p w14:paraId="02A18463" w14:textId="77777777" w:rsidR="00B74E9F" w:rsidRPr="00B74E9F" w:rsidRDefault="00B74E9F" w:rsidP="00855618">
+    <w:p w:rsidRPr="00B74E9F" w:rsidR="00B74E9F" w:rsidP="00855618" w:rsidRDefault="00B74E9F" w14:paraId="02A18463" w14:textId="77777777">
       <w:r w:rsidRPr="00B74E9F">
         <w:t>CVI är vårdåtgärder som ordineras av läkare för att skapa en förutsättning för en viss medicinsk behandling, och följer i regel patienten över verksamhetsgränserna. I riktlinjen används begreppet CVI som ett samlat begrepp för de katetrar där kateterspetsen ligger i en av kroppens centrala vener.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="096072F4" w14:textId="77777777" w:rsidR="00B74E9F" w:rsidRPr="00B74E9F" w:rsidRDefault="00B74E9F" w:rsidP="00855618">
+    <w:p w:rsidRPr="00B74E9F" w:rsidR="00B74E9F" w:rsidP="00855618" w:rsidRDefault="00B74E9F" w14:paraId="096072F4" w14:textId="77777777">
       <w:r w:rsidRPr="00B74E9F">
         <w:t>Eftersom alla former av CVI utgör en infektionsrisk är det viktigt att regelbundet under patientens vårdtid överväga indikationen för denna och se till att avlägsna CVI när denna inte längre behövs.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5426BBD4" w14:textId="77777777" w:rsidR="00B74E9F" w:rsidRPr="00B74E9F" w:rsidRDefault="00B74E9F" w:rsidP="00855618">
+    <w:p w:rsidRPr="00B74E9F" w:rsidR="00B74E9F" w:rsidP="00855618" w:rsidRDefault="00B74E9F" w14:paraId="5426BBD4" w14:textId="77777777">
       <w:r w:rsidRPr="00B74E9F">
         <w:t>Riktlinjen vänder sig till läkare och sjuksköterskor som lägger in och vårdar patienter med CVI.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6D00A5E5" w14:textId="77777777" w:rsidR="00B74E9F" w:rsidRPr="00B74E9F" w:rsidRDefault="00B74E9F" w:rsidP="00855618">
+    <w:p w:rsidRPr="00B74E9F" w:rsidR="00B74E9F" w:rsidP="00855618" w:rsidRDefault="00B74E9F" w14:paraId="6D00A5E5" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="Rubrik2"/>
       </w:pPr>
-      <w:bookmarkStart w:id="56" w:name="_Toc256000476"/>
-[...16 lines deleted...]
-      <w:bookmarkStart w:id="73" w:name="_Toc193271950"/>
+      <w:bookmarkStart w:name="_Toc256000476" w:id="56"/>
+      <w:bookmarkStart w:name="_Toc498957663" w:id="57"/>
+      <w:bookmarkStart w:name="_Toc256000003" w:id="58"/>
+      <w:bookmarkStart w:name="_Toc256000080" w:id="59"/>
+      <w:bookmarkStart w:name="_Toc501463462" w:id="60"/>
+      <w:bookmarkStart w:name="_Toc256000127" w:id="61"/>
+      <w:bookmarkStart w:name="_Toc256000174" w:id="62"/>
+      <w:bookmarkStart w:name="_Toc256000221" w:id="63"/>
+      <w:bookmarkStart w:name="_Toc256000268" w:id="64"/>
+      <w:bookmarkStart w:name="_Toc256000315" w:id="65"/>
+      <w:bookmarkStart w:name="_Toc256000362" w:id="66"/>
+      <w:bookmarkStart w:name="_Toc527467940" w:id="67"/>
+      <w:bookmarkStart w:name="_Toc256000409" w:id="68"/>
+      <w:bookmarkStart w:name="_Toc34920171" w:id="69"/>
+      <w:bookmarkStart w:name="_Toc256000121" w:id="70"/>
+      <w:bookmarkStart w:name="_Toc99115172" w:id="71"/>
+      <w:bookmarkStart w:name="_Toc99115297" w:id="72"/>
+      <w:bookmarkStart w:name="_Toc193271950" w:id="73"/>
       <w:r w:rsidRPr="00B74E9F">
         <w:t>Förutsättningar</w:t>
       </w:r>
       <w:bookmarkEnd w:id="56"/>
       <w:bookmarkEnd w:id="57"/>
       <w:bookmarkEnd w:id="58"/>
       <w:bookmarkEnd w:id="59"/>
       <w:bookmarkEnd w:id="60"/>
       <w:bookmarkEnd w:id="61"/>
       <w:bookmarkEnd w:id="62"/>
       <w:bookmarkEnd w:id="63"/>
       <w:bookmarkEnd w:id="64"/>
       <w:bookmarkEnd w:id="65"/>
       <w:bookmarkEnd w:id="66"/>
       <w:bookmarkEnd w:id="67"/>
       <w:bookmarkEnd w:id="68"/>
       <w:bookmarkEnd w:id="69"/>
       <w:bookmarkEnd w:id="70"/>
       <w:bookmarkEnd w:id="71"/>
       <w:bookmarkEnd w:id="72"/>
       <w:bookmarkEnd w:id="73"/>
     </w:p>
-    <w:p w14:paraId="4CE936B4" w14:textId="77777777" w:rsidR="00B74E9F" w:rsidRPr="00B74E9F" w:rsidRDefault="00B74E9F" w:rsidP="0005431A">
+    <w:p w:rsidRPr="00B74E9F" w:rsidR="00B74E9F" w:rsidP="0005431A" w:rsidRDefault="00B74E9F" w14:paraId="4CE936B4" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="Rubrik3"/>
         <w:spacing w:before="120"/>
       </w:pPr>
-      <w:bookmarkStart w:id="74" w:name="_Toc256000477"/>
-[...16 lines deleted...]
-      <w:bookmarkStart w:id="91" w:name="_Toc193271951"/>
+      <w:bookmarkStart w:name="_Toc256000477" w:id="74"/>
+      <w:bookmarkStart w:name="_Toc498957664" w:id="75"/>
+      <w:bookmarkStart w:name="_Toc256000009" w:id="76"/>
+      <w:bookmarkStart w:name="_Toc256000081" w:id="77"/>
+      <w:bookmarkStart w:name="_Toc501463463" w:id="78"/>
+      <w:bookmarkStart w:name="_Toc256000128" w:id="79"/>
+      <w:bookmarkStart w:name="_Toc256000175" w:id="80"/>
+      <w:bookmarkStart w:name="_Toc256000222" w:id="81"/>
+      <w:bookmarkStart w:name="_Toc256000269" w:id="82"/>
+      <w:bookmarkStart w:name="_Toc256000316" w:id="83"/>
+      <w:bookmarkStart w:name="_Toc256000363" w:id="84"/>
+      <w:bookmarkStart w:name="_Toc527467941" w:id="85"/>
+      <w:bookmarkStart w:name="_Toc256000410" w:id="86"/>
+      <w:bookmarkStart w:name="_Toc34920172" w:id="87"/>
+      <w:bookmarkStart w:name="_Toc256000122" w:id="88"/>
+      <w:bookmarkStart w:name="_Toc99115173" w:id="89"/>
+      <w:bookmarkStart w:name="_Toc99115298" w:id="90"/>
+      <w:bookmarkStart w:name="_Toc193271951" w:id="91"/>
       <w:r w:rsidRPr="00B74E9F">
         <w:t>Indikationer</w:t>
       </w:r>
       <w:bookmarkEnd w:id="74"/>
       <w:bookmarkEnd w:id="75"/>
       <w:bookmarkEnd w:id="76"/>
       <w:bookmarkEnd w:id="77"/>
       <w:bookmarkEnd w:id="78"/>
       <w:bookmarkEnd w:id="79"/>
       <w:bookmarkEnd w:id="80"/>
       <w:bookmarkEnd w:id="81"/>
       <w:bookmarkEnd w:id="82"/>
       <w:bookmarkEnd w:id="83"/>
       <w:bookmarkEnd w:id="84"/>
       <w:bookmarkEnd w:id="85"/>
       <w:bookmarkEnd w:id="86"/>
       <w:bookmarkEnd w:id="87"/>
       <w:bookmarkEnd w:id="88"/>
       <w:bookmarkEnd w:id="89"/>
       <w:bookmarkEnd w:id="90"/>
       <w:bookmarkEnd w:id="91"/>
     </w:p>
-    <w:p w14:paraId="29E4829D" w14:textId="325201CB" w:rsidR="00B74E9F" w:rsidRPr="00B74E9F" w:rsidRDefault="00B74E9F" w:rsidP="00855618">
+    <w:p w:rsidRPr="00B74E9F" w:rsidR="00B74E9F" w:rsidP="00855618" w:rsidRDefault="00B74E9F" w14:paraId="29E4829D" w14:textId="325201CB">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:eastAsia="Arial"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00B74E9F">
         <w:rPr>
           <w:rFonts w:eastAsia="Arial"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">Se </w:t>
       </w:r>
-      <w:hyperlink r:id="rId19" w:history="1">
+      <w:hyperlink w:history="1" r:id="rId19">
         <w:r w:rsidRPr="00855618">
           <w:rPr>
             <w:rStyle w:val="Hyperlnk"/>
             <w:rFonts w:eastAsia="Arial"/>
           </w:rPr>
           <w:t>Vårdhandboken, avsnitt Central venkateter under rubrik Indikation och dokumentation</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="00B74E9F">
         <w:rPr>
           <w:rFonts w:eastAsia="Arial"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3E73981A" w14:textId="77777777" w:rsidR="00B74E9F" w:rsidRPr="00B74E9F" w:rsidRDefault="00B74E9F" w:rsidP="00855618">
+    <w:p w:rsidRPr="00B74E9F" w:rsidR="00B74E9F" w:rsidP="00855618" w:rsidRDefault="00B74E9F" w14:paraId="3E73981A" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="Rubrik3"/>
       </w:pPr>
-      <w:bookmarkStart w:id="92" w:name="_Toc256000478"/>
-[...16 lines deleted...]
-      <w:bookmarkStart w:id="109" w:name="_Toc193271952"/>
+      <w:bookmarkStart w:name="_Toc256000478" w:id="92"/>
+      <w:bookmarkStart w:name="_Toc498957665" w:id="93"/>
+      <w:bookmarkStart w:name="_Toc256000010" w:id="94"/>
+      <w:bookmarkStart w:name="_Toc256000082" w:id="95"/>
+      <w:bookmarkStart w:name="_Toc501463464" w:id="96"/>
+      <w:bookmarkStart w:name="_Toc256000129" w:id="97"/>
+      <w:bookmarkStart w:name="_Toc256000176" w:id="98"/>
+      <w:bookmarkStart w:name="_Toc256000223" w:id="99"/>
+      <w:bookmarkStart w:name="_Toc256000270" w:id="100"/>
+      <w:bookmarkStart w:name="_Toc256000317" w:id="101"/>
+      <w:bookmarkStart w:name="_Toc256000364" w:id="102"/>
+      <w:bookmarkStart w:name="_Toc527467942" w:id="103"/>
+      <w:bookmarkStart w:name="_Toc256000411" w:id="104"/>
+      <w:bookmarkStart w:name="_Toc34920173" w:id="105"/>
+      <w:bookmarkStart w:name="_Toc256000123" w:id="106"/>
+      <w:bookmarkStart w:name="_Toc99115174" w:id="107"/>
+      <w:bookmarkStart w:name="_Toc99115299" w:id="108"/>
+      <w:bookmarkStart w:name="_Toc193271952" w:id="109"/>
       <w:r w:rsidRPr="00B74E9F">
         <w:t>Ansvarsfördelning</w:t>
       </w:r>
       <w:bookmarkEnd w:id="92"/>
       <w:bookmarkEnd w:id="93"/>
       <w:bookmarkEnd w:id="94"/>
       <w:bookmarkEnd w:id="95"/>
       <w:bookmarkEnd w:id="96"/>
       <w:bookmarkEnd w:id="97"/>
       <w:bookmarkEnd w:id="98"/>
       <w:bookmarkEnd w:id="99"/>
       <w:bookmarkEnd w:id="100"/>
       <w:bookmarkEnd w:id="101"/>
       <w:bookmarkEnd w:id="102"/>
       <w:bookmarkEnd w:id="103"/>
       <w:bookmarkEnd w:id="104"/>
       <w:bookmarkEnd w:id="105"/>
       <w:bookmarkEnd w:id="106"/>
       <w:bookmarkEnd w:id="107"/>
       <w:bookmarkEnd w:id="108"/>
       <w:bookmarkEnd w:id="109"/>
     </w:p>
-    <w:p w14:paraId="739EF9D4" w14:textId="77777777" w:rsidR="00B74E9F" w:rsidRPr="004F02CB" w:rsidRDefault="00B74E9F" w:rsidP="004F02CB">
+    <w:p w:rsidRPr="004F02CB" w:rsidR="00B74E9F" w:rsidP="004F02CB" w:rsidRDefault="00B74E9F" w14:paraId="739EF9D4" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="MellanrubrikVGR"/>
         <w:spacing w:before="120"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Arial Bold"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="110" w:name="_Toc256000479"/>
-[...16 lines deleted...]
-      <w:bookmarkStart w:id="127" w:name="_Toc193271953"/>
+      <w:bookmarkStart w:name="_Toc256000479" w:id="110"/>
+      <w:bookmarkStart w:name="_Toc498957666" w:id="111"/>
+      <w:bookmarkStart w:name="_Toc256000011" w:id="112"/>
+      <w:bookmarkStart w:name="_Toc256000083" w:id="113"/>
+      <w:bookmarkStart w:name="_Toc501463465" w:id="114"/>
+      <w:bookmarkStart w:name="_Toc256000130" w:id="115"/>
+      <w:bookmarkStart w:name="_Toc256000177" w:id="116"/>
+      <w:bookmarkStart w:name="_Toc256000224" w:id="117"/>
+      <w:bookmarkStart w:name="_Toc256000271" w:id="118"/>
+      <w:bookmarkStart w:name="_Toc256000318" w:id="119"/>
+      <w:bookmarkStart w:name="_Toc256000365" w:id="120"/>
+      <w:bookmarkStart w:name="_Toc527467943" w:id="121"/>
+      <w:bookmarkStart w:name="_Toc256000412" w:id="122"/>
+      <w:bookmarkStart w:name="_Toc34920174" w:id="123"/>
+      <w:bookmarkStart w:name="_Toc256000168" w:id="124"/>
+      <w:bookmarkStart w:name="_Toc99115175" w:id="125"/>
+      <w:bookmarkStart w:name="_Toc99115300" w:id="126"/>
+      <w:bookmarkStart w:name="_Toc193271953" w:id="127"/>
       <w:r w:rsidRPr="004F02CB">
         <w:rPr>
           <w:rFonts w:eastAsia="Arial Bold"/>
         </w:rPr>
         <w:t>Ansvar för indikationen</w:t>
       </w:r>
       <w:bookmarkEnd w:id="110"/>
       <w:bookmarkEnd w:id="111"/>
       <w:bookmarkEnd w:id="112"/>
       <w:bookmarkEnd w:id="113"/>
       <w:bookmarkEnd w:id="114"/>
       <w:bookmarkEnd w:id="115"/>
       <w:bookmarkEnd w:id="116"/>
       <w:bookmarkEnd w:id="117"/>
       <w:bookmarkEnd w:id="118"/>
       <w:bookmarkEnd w:id="119"/>
       <w:bookmarkEnd w:id="120"/>
       <w:bookmarkEnd w:id="121"/>
       <w:bookmarkEnd w:id="122"/>
       <w:bookmarkEnd w:id="123"/>
       <w:bookmarkEnd w:id="124"/>
       <w:bookmarkEnd w:id="125"/>
       <w:bookmarkEnd w:id="126"/>
       <w:bookmarkEnd w:id="127"/>
     </w:p>
-    <w:p w14:paraId="34E338CC" w14:textId="77777777" w:rsidR="00B74E9F" w:rsidRPr="00B74E9F" w:rsidRDefault="00B74E9F" w:rsidP="00061664">
+    <w:p w:rsidRPr="00B74E9F" w:rsidR="00B74E9F" w:rsidP="00061664" w:rsidRDefault="00B74E9F" w14:paraId="34E338CC" w14:textId="77777777">
       <w:r w:rsidRPr="00B74E9F">
         <w:t>Beslutet att lägga in en CVI, central infart, tas av den läkare som ansvarar för aktuell behandling. Indikationen ska omprövas av den läkare/sjuksköterska som lägger in katetern med hänsyn till inläggningsrisker och placering.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0C06AA7A" w14:textId="77777777" w:rsidR="00B74E9F" w:rsidRPr="00B74E9F" w:rsidRDefault="00B74E9F" w:rsidP="004F02CB">
+    <w:p w:rsidRPr="00B74E9F" w:rsidR="00B74E9F" w:rsidP="004F02CB" w:rsidRDefault="00B74E9F" w14:paraId="0C06AA7A" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="MellanrubrikVGR"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Arial Bold"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="128" w:name="_Toc256000480"/>
-[...16 lines deleted...]
-      <w:bookmarkStart w:id="145" w:name="_Toc193271954"/>
+      <w:bookmarkStart w:name="_Toc256000480" w:id="128"/>
+      <w:bookmarkStart w:name="_Toc498957667" w:id="129"/>
+      <w:bookmarkStart w:name="_Toc256000012" w:id="130"/>
+      <w:bookmarkStart w:name="_Toc256000084" w:id="131"/>
+      <w:bookmarkStart w:name="_Toc501463466" w:id="132"/>
+      <w:bookmarkStart w:name="_Toc256000131" w:id="133"/>
+      <w:bookmarkStart w:name="_Toc256000178" w:id="134"/>
+      <w:bookmarkStart w:name="_Toc256000225" w:id="135"/>
+      <w:bookmarkStart w:name="_Toc256000272" w:id="136"/>
+      <w:bookmarkStart w:name="_Toc256000319" w:id="137"/>
+      <w:bookmarkStart w:name="_Toc256000366" w:id="138"/>
+      <w:bookmarkStart w:name="_Toc527467944" w:id="139"/>
+      <w:bookmarkStart w:name="_Toc256000413" w:id="140"/>
+      <w:bookmarkStart w:name="_Toc34920175" w:id="141"/>
+      <w:bookmarkStart w:name="_Toc256000169" w:id="142"/>
+      <w:bookmarkStart w:name="_Toc99115176" w:id="143"/>
+      <w:bookmarkStart w:name="_Toc99115301" w:id="144"/>
+      <w:bookmarkStart w:name="_Toc193271954" w:id="145"/>
       <w:r w:rsidRPr="00B74E9F">
         <w:rPr>
           <w:rFonts w:eastAsia="Arial Bold"/>
         </w:rPr>
         <w:t>Ansvar för inläggning</w:t>
       </w:r>
       <w:bookmarkEnd w:id="128"/>
       <w:bookmarkEnd w:id="129"/>
       <w:bookmarkEnd w:id="130"/>
       <w:bookmarkEnd w:id="131"/>
       <w:bookmarkEnd w:id="132"/>
       <w:bookmarkEnd w:id="133"/>
       <w:bookmarkEnd w:id="134"/>
       <w:bookmarkEnd w:id="135"/>
       <w:bookmarkEnd w:id="136"/>
       <w:bookmarkEnd w:id="137"/>
       <w:bookmarkEnd w:id="138"/>
       <w:bookmarkEnd w:id="139"/>
       <w:bookmarkEnd w:id="140"/>
       <w:bookmarkEnd w:id="141"/>
       <w:bookmarkEnd w:id="142"/>
       <w:bookmarkEnd w:id="143"/>
       <w:bookmarkEnd w:id="144"/>
       <w:bookmarkEnd w:id="145"/>
     </w:p>
-    <w:p w14:paraId="76C6BEEB" w14:textId="77777777" w:rsidR="00B74E9F" w:rsidRPr="00B74E9F" w:rsidRDefault="00B74E9F" w:rsidP="00BF3A99">
+    <w:p w:rsidRPr="00B74E9F" w:rsidR="00B74E9F" w:rsidP="00BF3A99" w:rsidRDefault="00B74E9F" w14:paraId="76C6BEEB" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="Punktlistanumrerad"/>
       </w:pPr>
       <w:r w:rsidRPr="00B74E9F">
         <w:t>CVK och CDK läggs av anestesiläkare på operation eller IVA. Den som lägger in katetern ansvarar för att ingreppet görs under sterila förhållanden, enligt anestesiklinikens interna ”Checklista för inläggning av CVK”. Ansvaret är delat med den sjuksköterska/undersköterska som ansvarar för uppdukning av instrument och utrustning.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="41972AD7" w14:textId="4DC693A6" w:rsidR="00B74E9F" w:rsidRPr="00B74E9F" w:rsidRDefault="00B74E9F" w:rsidP="00BF3A99">
+    <w:p w:rsidRPr="00B74E9F" w:rsidR="00B74E9F" w:rsidP="00BF3A99" w:rsidRDefault="00B74E9F" w14:paraId="41972AD7" w14:textId="4DC693A6">
       <w:pPr>
         <w:pStyle w:val="Punktlistanumrerad"/>
       </w:pPr>
       <w:r w:rsidRPr="00B74E9F">
         <w:t xml:space="preserve">PICC-line läggs in av sjuksköterskor med särskild utbildning och efter speciella riktlinjer, se </w:t>
       </w:r>
-      <w:hyperlink r:id="rId20" w:history="1">
+      <w:hyperlink w:history="1" r:id="rId20">
         <w:r w:rsidRPr="003060FB">
           <w:rPr>
             <w:rStyle w:val="Hyperlnk"/>
           </w:rPr>
           <w:t>Vårdhandboken, avsnitt PICC-line</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="00B74E9F">
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5F53627B" w14:textId="51E1FEEF" w:rsidR="00B74E9F" w:rsidRPr="00B74E9F" w:rsidRDefault="00B74E9F" w:rsidP="00BF3A99">
+    <w:p w:rsidRPr="00B74E9F" w:rsidR="00B74E9F" w:rsidP="00BF3A99" w:rsidRDefault="00B74E9F" w14:paraId="5F53627B" w14:textId="51E1FEEF">
       <w:pPr>
         <w:pStyle w:val="Punktlistanumrerad"/>
       </w:pPr>
       <w:r w:rsidRPr="00B74E9F">
-        <w:lastRenderedPageBreak/>
         <w:t>Implantation av subkutan injektionsport görs av anestesiläkare på operationsavdelning under sterila förhållanden, enligt anestesiklinikens interna rutin ”Subcutan venport, inläggning”.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1CF5E380" w14:textId="77777777" w:rsidR="00B74E9F" w:rsidRPr="00B74E9F" w:rsidRDefault="00B74E9F" w:rsidP="004F02CB">
+    <w:p w:rsidRPr="00B74E9F" w:rsidR="00B74E9F" w:rsidP="004F02CB" w:rsidRDefault="00B74E9F" w14:paraId="1CF5E380" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="MellanrubrikVGR"/>
       </w:pPr>
-      <w:bookmarkStart w:id="146" w:name="_Toc256000481"/>
-[...16 lines deleted...]
-      <w:bookmarkStart w:id="163" w:name="_Toc193271955"/>
+      <w:bookmarkStart w:name="_Toc256000481" w:id="146"/>
+      <w:bookmarkStart w:name="_Toc498957668" w:id="147"/>
+      <w:bookmarkStart w:name="_Toc256000013" w:id="148"/>
+      <w:bookmarkStart w:name="_Toc256000085" w:id="149"/>
+      <w:bookmarkStart w:name="_Toc501463467" w:id="150"/>
+      <w:bookmarkStart w:name="_Toc256000132" w:id="151"/>
+      <w:bookmarkStart w:name="_Toc256000179" w:id="152"/>
+      <w:bookmarkStart w:name="_Toc256000226" w:id="153"/>
+      <w:bookmarkStart w:name="_Toc256000273" w:id="154"/>
+      <w:bookmarkStart w:name="_Toc256000320" w:id="155"/>
+      <w:bookmarkStart w:name="_Toc256000367" w:id="156"/>
+      <w:bookmarkStart w:name="_Toc527467945" w:id="157"/>
+      <w:bookmarkStart w:name="_Toc256000414" w:id="158"/>
+      <w:bookmarkStart w:name="_Toc34920176" w:id="159"/>
+      <w:bookmarkStart w:name="_Toc256000170" w:id="160"/>
+      <w:bookmarkStart w:name="_Toc99115177" w:id="161"/>
+      <w:bookmarkStart w:name="_Toc99115302" w:id="162"/>
+      <w:bookmarkStart w:name="_Toc193271955" w:id="163"/>
       <w:r w:rsidRPr="00B74E9F">
         <w:t>Ansvar för utvärderingsbehovet</w:t>
       </w:r>
       <w:bookmarkEnd w:id="146"/>
       <w:bookmarkEnd w:id="147"/>
       <w:bookmarkEnd w:id="148"/>
       <w:bookmarkEnd w:id="149"/>
       <w:bookmarkEnd w:id="150"/>
       <w:bookmarkEnd w:id="151"/>
       <w:bookmarkEnd w:id="152"/>
       <w:bookmarkEnd w:id="153"/>
       <w:bookmarkEnd w:id="154"/>
       <w:bookmarkEnd w:id="155"/>
       <w:bookmarkEnd w:id="156"/>
       <w:bookmarkEnd w:id="157"/>
       <w:bookmarkEnd w:id="158"/>
       <w:bookmarkEnd w:id="159"/>
       <w:bookmarkEnd w:id="160"/>
       <w:bookmarkEnd w:id="161"/>
       <w:bookmarkEnd w:id="162"/>
       <w:bookmarkEnd w:id="163"/>
     </w:p>
-    <w:p w14:paraId="20255EAC" w14:textId="77777777" w:rsidR="00B74E9F" w:rsidRPr="00B74E9F" w:rsidRDefault="00B74E9F" w:rsidP="004F02CB">
+    <w:p w:rsidRPr="00B74E9F" w:rsidR="00B74E9F" w:rsidP="004F02CB" w:rsidRDefault="00B74E9F" w14:paraId="20255EAC" w14:textId="77777777">
       <w:r w:rsidRPr="00B74E9F">
         <w:t>Behovet av CVI ska omprövas dagligen hos sjukhusvårdad patient om inte behandlingstid angivits i journal under ”Central infart”. Läkaren som ansvarar för patientens aktuella behandling har ansvar för utvärdering.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="54ADB6AA" w14:textId="77777777" w:rsidR="00B74E9F" w:rsidRPr="00B74E9F" w:rsidRDefault="00B74E9F" w:rsidP="004F02CB">
+    <w:p w:rsidRPr="00B74E9F" w:rsidR="00B74E9F" w:rsidP="004F02CB" w:rsidRDefault="00B74E9F" w14:paraId="54ADB6AA" w14:textId="77777777">
       <w:r w:rsidRPr="00B74E9F">
         <w:t>När patient skrivs ut från sjukhus med CVI ska plan finnas i journalen där det tydligt framgår när katetern ska avvecklas alternativt hur utvärdering av behovet ska ske.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="27456ADB" w14:textId="77777777" w:rsidR="00B74E9F" w:rsidRPr="00B74E9F" w:rsidRDefault="00B74E9F" w:rsidP="004F02CB">
+    <w:p w:rsidRPr="00B74E9F" w:rsidR="00B74E9F" w:rsidP="004F02CB" w:rsidRDefault="00B74E9F" w14:paraId="27456ADB" w14:textId="77777777">
       <w:r w:rsidRPr="00B74E9F">
         <w:t>För patienter inom SÄS öppenvård ska behovet omprövas vid varje kontakt med sjukvården.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2D2117E5" w14:textId="77777777" w:rsidR="00B74E9F" w:rsidRPr="00B74E9F" w:rsidRDefault="00B74E9F" w:rsidP="004F02CB">
+    <w:p w:rsidRPr="00B74E9F" w:rsidR="00B74E9F" w:rsidP="004F02CB" w:rsidRDefault="00B74E9F" w14:paraId="2D2117E5" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="MellanrubrikVGR"/>
       </w:pPr>
-      <w:bookmarkStart w:id="164" w:name="_Toc256000482"/>
-[...16 lines deleted...]
-      <w:bookmarkStart w:id="181" w:name="_Toc193271956"/>
+      <w:bookmarkStart w:name="_Toc256000482" w:id="164"/>
+      <w:bookmarkStart w:name="_Toc498957669" w:id="165"/>
+      <w:bookmarkStart w:name="_Toc256000014" w:id="166"/>
+      <w:bookmarkStart w:name="_Toc256000086" w:id="167"/>
+      <w:bookmarkStart w:name="_Toc501463468" w:id="168"/>
+      <w:bookmarkStart w:name="_Toc256000133" w:id="169"/>
+      <w:bookmarkStart w:name="_Toc256000180" w:id="170"/>
+      <w:bookmarkStart w:name="_Toc256000227" w:id="171"/>
+      <w:bookmarkStart w:name="_Toc256000274" w:id="172"/>
+      <w:bookmarkStart w:name="_Toc256000321" w:id="173"/>
+      <w:bookmarkStart w:name="_Toc256000368" w:id="174"/>
+      <w:bookmarkStart w:name="_Toc527467946" w:id="175"/>
+      <w:bookmarkStart w:name="_Toc256000415" w:id="176"/>
+      <w:bookmarkStart w:name="_Toc34920177" w:id="177"/>
+      <w:bookmarkStart w:name="_Toc256000215" w:id="178"/>
+      <w:bookmarkStart w:name="_Toc99115178" w:id="179"/>
+      <w:bookmarkStart w:name="_Toc99115303" w:id="180"/>
+      <w:bookmarkStart w:name="_Toc193271956" w:id="181"/>
       <w:r w:rsidRPr="00B74E9F">
         <w:t>Ansvar för korrekt dokumentation</w:t>
       </w:r>
       <w:bookmarkEnd w:id="164"/>
       <w:bookmarkEnd w:id="165"/>
       <w:bookmarkEnd w:id="166"/>
       <w:bookmarkEnd w:id="167"/>
       <w:bookmarkEnd w:id="168"/>
       <w:bookmarkEnd w:id="169"/>
       <w:bookmarkEnd w:id="170"/>
       <w:bookmarkEnd w:id="171"/>
       <w:bookmarkEnd w:id="172"/>
       <w:bookmarkEnd w:id="173"/>
       <w:bookmarkEnd w:id="174"/>
       <w:bookmarkEnd w:id="175"/>
       <w:bookmarkEnd w:id="176"/>
       <w:bookmarkEnd w:id="177"/>
       <w:bookmarkEnd w:id="178"/>
       <w:bookmarkEnd w:id="179"/>
       <w:bookmarkEnd w:id="180"/>
       <w:bookmarkEnd w:id="181"/>
     </w:p>
-    <w:p w14:paraId="699E78D7" w14:textId="292EE43D" w:rsidR="00B74E9F" w:rsidRPr="00B74E9F" w:rsidRDefault="00B74E9F" w:rsidP="004F02CB">
+    <w:p w:rsidRPr="00B74E9F" w:rsidR="00B74E9F" w:rsidP="004F02CB" w:rsidRDefault="00B74E9F" w14:paraId="699E78D7" w14:textId="292EE43D">
       <w:pPr>
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00B74E9F">
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">Se </w:t>
       </w:r>
-      <w:hyperlink r:id="rId21" w:history="1">
+      <w:hyperlink w:history="1" r:id="rId21">
         <w:r w:rsidRPr="004F02CB">
           <w:rPr>
             <w:rStyle w:val="Hyperlnk"/>
           </w:rPr>
           <w:t>Vårdhandbokens avsnitt Märkning av in- och utfartsvägar</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="00B74E9F">
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7F8EC956" w14:textId="77777777" w:rsidR="00B74E9F" w:rsidRPr="00B74E9F" w:rsidRDefault="00B74E9F" w:rsidP="004F02CB">
+    <w:p w:rsidRPr="00B74E9F" w:rsidR="00B74E9F" w:rsidP="004F02CB" w:rsidRDefault="00B74E9F" w14:paraId="7F8EC956" w14:textId="77777777">
       <w:pPr>
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00B74E9F">
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>Dokumentation ska göras som fri aktivitet i Melior-mallen ”Central infart” och ska innefatta inläggning, skötsel, komplikationer och borttagning. Anteckningen ska ligga som en fri aktivitet så länge patienten har CVI.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="23CEE467" w14:textId="77777777" w:rsidR="00B74E9F" w:rsidRPr="00B74E9F" w:rsidRDefault="00B74E9F" w:rsidP="004F02CB">
+    <w:p w:rsidRPr="00B74E9F" w:rsidR="00B74E9F" w:rsidP="004F02CB" w:rsidRDefault="00B74E9F" w14:paraId="23CEE467" w14:textId="77777777">
       <w:pPr>
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00B74E9F">
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>Den som genomför inläggning av central infart ansvarar för dokumentation i mallen ”Central infart” i Melior.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="531CF625" w14:textId="768ACB0B" w:rsidR="00B74E9F" w:rsidRPr="00B74E9F" w:rsidRDefault="00B74E9F" w:rsidP="004F02CB">
+    <w:p w:rsidRPr="00B74E9F" w:rsidR="00B74E9F" w:rsidP="004F02CB" w:rsidRDefault="00B74E9F" w14:paraId="531CF625" w14:textId="768ACB0B">
       <w:pPr>
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00B74E9F">
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>Skötsel av venport dokumenteras under ovanstående rubrik. Öppna ”skötsel central infart”. Uppdatera regelbundet.</w:t>
       </w:r>
-      <w:bookmarkStart w:id="182" w:name="_Allmänt_vid_hantering"/>
+      <w:bookmarkStart w:name="_Allmänt_vid_hantering" w:id="182"/>
       <w:bookmarkEnd w:id="182"/>
     </w:p>
-    <w:p w14:paraId="191BC229" w14:textId="77777777" w:rsidR="00B74E9F" w:rsidRPr="00B74E9F" w:rsidRDefault="00B74E9F" w:rsidP="004F02CB">
+    <w:p w:rsidRPr="00B74E9F" w:rsidR="00B74E9F" w:rsidP="004F02CB" w:rsidRDefault="00B74E9F" w14:paraId="191BC229" w14:textId="77777777">
       <w:pPr>
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00B74E9F">
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>Vid borttagning av CVI ska anteckningen flyttas till pågående vårdtillfälle.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="58F454C4" w14:textId="30E6F108" w:rsidR="00B74E9F" w:rsidRPr="00B74E9F" w:rsidRDefault="00B74E9F" w:rsidP="004F02CB">
+    <w:p w:rsidRPr="00B74E9F" w:rsidR="00B74E9F" w:rsidP="004F02CB" w:rsidRDefault="00B74E9F" w14:paraId="58F454C4" w14:textId="30E6F108">
       <w:pPr>
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00B74E9F">
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>Om en patient läggs in på SÄS och har en CVI inlagd på en annan vårdinrättning, ska den sjuksköterska som tar emot patienten öppna en anteckning, ”Central infart” i Melior.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3064D40C" w14:textId="5123B419" w:rsidR="00B74E9F" w:rsidRPr="00B74E9F" w:rsidRDefault="00B74E9F" w:rsidP="004F02CB">
+    <w:p w:rsidRPr="00B74E9F" w:rsidR="00B74E9F" w:rsidP="004F02CB" w:rsidRDefault="00B74E9F" w14:paraId="3064D40C" w14:textId="5123B419">
       <w:pPr>
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00B74E9F">
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">Den som genomför vårdhandlingar ansvarar för dokumentation av skötsel, komplikationer och borttagning, se rutinen </w:t>
       </w:r>
-      <w:hyperlink r:id="rId22" w:history="1">
+      <w:hyperlink w:history="1" r:id="rId22">
         <w:r w:rsidRPr="000022CA">
           <w:rPr>
             <w:rStyle w:val="Hyperlnk"/>
           </w:rPr>
           <w:t>Central infart och Perifer långtidskateter i Melior</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="00B74E9F">
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="272798F7" w14:textId="77777777" w:rsidR="00B74E9F" w:rsidRPr="00B74E9F" w:rsidRDefault="00B74E9F" w:rsidP="0089661F">
+    <w:p w:rsidRPr="00B74E9F" w:rsidR="00B74E9F" w:rsidP="0089661F" w:rsidRDefault="00B74E9F" w14:paraId="272798F7" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="MellanrubrikVGR"/>
       </w:pPr>
-      <w:bookmarkStart w:id="183" w:name="_Toc256000483"/>
-[...16 lines deleted...]
-      <w:bookmarkStart w:id="200" w:name="_Toc193271957"/>
+      <w:bookmarkStart w:name="_Toc256000483" w:id="183"/>
+      <w:bookmarkStart w:name="_Toc498957670" w:id="184"/>
+      <w:bookmarkStart w:name="_Toc256000015" w:id="185"/>
+      <w:bookmarkStart w:name="_Toc256000087" w:id="186"/>
+      <w:bookmarkStart w:name="_Toc501463469" w:id="187"/>
+      <w:bookmarkStart w:name="_Toc256000134" w:id="188"/>
+      <w:bookmarkStart w:name="_Toc256000181" w:id="189"/>
+      <w:bookmarkStart w:name="_Toc256000228" w:id="190"/>
+      <w:bookmarkStart w:name="_Toc256000275" w:id="191"/>
+      <w:bookmarkStart w:name="_Toc256000322" w:id="192"/>
+      <w:bookmarkStart w:name="_Toc256000369" w:id="193"/>
+      <w:bookmarkStart w:name="_Toc527467947" w:id="194"/>
+      <w:bookmarkStart w:name="_Toc256000416" w:id="195"/>
+      <w:bookmarkStart w:name="_Toc34920178" w:id="196"/>
+      <w:bookmarkStart w:name="_Toc256000216" w:id="197"/>
+      <w:bookmarkStart w:name="_Toc99115179" w:id="198"/>
+      <w:bookmarkStart w:name="_Toc99115304" w:id="199"/>
+      <w:bookmarkStart w:name="_Toc193271957" w:id="200"/>
       <w:r w:rsidRPr="00B74E9F">
         <w:t>Ansvar för utbildning och uppföljning</w:t>
       </w:r>
       <w:bookmarkEnd w:id="183"/>
       <w:bookmarkEnd w:id="184"/>
       <w:bookmarkEnd w:id="185"/>
       <w:bookmarkEnd w:id="186"/>
       <w:bookmarkEnd w:id="187"/>
       <w:bookmarkEnd w:id="188"/>
       <w:bookmarkEnd w:id="189"/>
       <w:bookmarkEnd w:id="190"/>
       <w:bookmarkEnd w:id="191"/>
       <w:bookmarkEnd w:id="192"/>
       <w:bookmarkEnd w:id="193"/>
       <w:bookmarkEnd w:id="194"/>
       <w:bookmarkEnd w:id="195"/>
       <w:bookmarkEnd w:id="196"/>
       <w:bookmarkEnd w:id="197"/>
       <w:bookmarkEnd w:id="198"/>
       <w:bookmarkEnd w:id="199"/>
       <w:bookmarkEnd w:id="200"/>
     </w:p>
-    <w:p w14:paraId="352415F2" w14:textId="30A3BA69" w:rsidR="00B74E9F" w:rsidRPr="00B74E9F" w:rsidRDefault="00B74E9F" w:rsidP="0089661F">
+    <w:p w:rsidRPr="00B74E9F" w:rsidR="00B74E9F" w:rsidP="0089661F" w:rsidRDefault="00B74E9F" w14:paraId="352415F2" w14:textId="30A3BA69">
       <w:r w:rsidRPr="00B74E9F">
         <w:t xml:space="preserve">Verksamhetschefen ansvarar för att all personal som hanterar centrala infarter har adekvat utbildning och träning för detta och att deras kompetens upprätthålls. Alla enheter som vårdar patienter med central infart ska bedriva ett patientsäkerhetsarbete för att upptäcka och registrera komplikationer med hjälp av </w:t>
       </w:r>
       <w:r w:rsidRPr="00B74E9F">
-        <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">”Gröna korset” och MedControl, se rutinen </w:t>
       </w:r>
-      <w:hyperlink r:id="rId23" w:history="1">
+      <w:hyperlink w:history="1" r:id="rId23">
         <w:r w:rsidRPr="000022CA">
           <w:rPr>
             <w:rStyle w:val="Hyperlnk"/>
           </w:rPr>
           <w:t>Gröna korset på SÄS</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="00B74E9F">
         <w:t xml:space="preserve"> respektive riktlinje </w:t>
       </w:r>
-      <w:hyperlink r:id="rId24" w:history="1">
+      <w:hyperlink w:history="1" r:id="rId24">
         <w:r w:rsidRPr="00836629">
           <w:rPr>
             <w:rStyle w:val="Hyperlnk"/>
           </w:rPr>
           <w:t>Avvikelsehantering SÄS</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="00B74E9F">
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4C6457F6" w14:textId="77777777" w:rsidR="00B74E9F" w:rsidRPr="00B74E9F" w:rsidRDefault="00B74E9F" w:rsidP="00836629">
+    <w:p w:rsidRPr="00B74E9F" w:rsidR="00B74E9F" w:rsidP="00836629" w:rsidRDefault="00B74E9F" w14:paraId="4C6457F6" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="Rubrik2"/>
       </w:pPr>
-      <w:bookmarkStart w:id="201" w:name="_Toc256000484"/>
-[...16 lines deleted...]
-      <w:bookmarkStart w:id="218" w:name="_Toc193271958"/>
+      <w:bookmarkStart w:name="_Toc256000484" w:id="201"/>
+      <w:bookmarkStart w:name="_Toc498957671" w:id="202"/>
+      <w:bookmarkStart w:name="_Toc256000021" w:id="203"/>
+      <w:bookmarkStart w:name="_Toc256000088" w:id="204"/>
+      <w:bookmarkStart w:name="_Toc501463470" w:id="205"/>
+      <w:bookmarkStart w:name="_Toc256000135" w:id="206"/>
+      <w:bookmarkStart w:name="_Toc256000182" w:id="207"/>
+      <w:bookmarkStart w:name="_Toc256000229" w:id="208"/>
+      <w:bookmarkStart w:name="_Toc256000276" w:id="209"/>
+      <w:bookmarkStart w:name="_Toc256000323" w:id="210"/>
+      <w:bookmarkStart w:name="_Toc256000370" w:id="211"/>
+      <w:bookmarkStart w:name="_Toc527467948" w:id="212"/>
+      <w:bookmarkStart w:name="_Toc256000417" w:id="213"/>
+      <w:bookmarkStart w:name="_Toc34920179" w:id="214"/>
+      <w:bookmarkStart w:name="_Toc256000217" w:id="215"/>
+      <w:bookmarkStart w:name="_Toc99115180" w:id="216"/>
+      <w:bookmarkStart w:name="_Toc99115305" w:id="217"/>
+      <w:bookmarkStart w:name="_Toc193271958" w:id="218"/>
       <w:r w:rsidRPr="00B74E9F">
         <w:t>Genomförande</w:t>
       </w:r>
       <w:bookmarkEnd w:id="201"/>
       <w:bookmarkEnd w:id="202"/>
       <w:bookmarkEnd w:id="203"/>
       <w:bookmarkEnd w:id="204"/>
       <w:bookmarkEnd w:id="205"/>
       <w:bookmarkEnd w:id="206"/>
       <w:bookmarkEnd w:id="207"/>
       <w:bookmarkEnd w:id="208"/>
       <w:bookmarkEnd w:id="209"/>
       <w:bookmarkEnd w:id="210"/>
       <w:bookmarkEnd w:id="211"/>
       <w:bookmarkEnd w:id="212"/>
       <w:bookmarkEnd w:id="213"/>
       <w:bookmarkEnd w:id="214"/>
       <w:bookmarkEnd w:id="215"/>
       <w:bookmarkEnd w:id="216"/>
       <w:bookmarkEnd w:id="217"/>
       <w:bookmarkEnd w:id="218"/>
     </w:p>
-    <w:p w14:paraId="408F4877" w14:textId="77777777" w:rsidR="00B74E9F" w:rsidRPr="00B74E9F" w:rsidRDefault="00B74E9F" w:rsidP="00FF46B4">
+    <w:p w:rsidRPr="00B74E9F" w:rsidR="00B74E9F" w:rsidP="00FF46B4" w:rsidRDefault="00B74E9F" w14:paraId="408F4877" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="Rubrik3"/>
         <w:spacing w:before="120"/>
       </w:pPr>
-      <w:bookmarkStart w:id="219" w:name="_Toc256000485"/>
-[...16 lines deleted...]
-      <w:bookmarkStart w:id="236" w:name="_Toc193271959"/>
+      <w:bookmarkStart w:name="_Toc256000485" w:id="219"/>
+      <w:bookmarkStart w:name="_Toc498957672" w:id="220"/>
+      <w:bookmarkStart w:name="_Toc256000022" w:id="221"/>
+      <w:bookmarkStart w:name="_Toc256000089" w:id="222"/>
+      <w:bookmarkStart w:name="_Toc501463471" w:id="223"/>
+      <w:bookmarkStart w:name="_Toc256000136" w:id="224"/>
+      <w:bookmarkStart w:name="_Toc256000183" w:id="225"/>
+      <w:bookmarkStart w:name="_Toc256000230" w:id="226"/>
+      <w:bookmarkStart w:name="_Toc256000277" w:id="227"/>
+      <w:bookmarkStart w:name="_Toc256000324" w:id="228"/>
+      <w:bookmarkStart w:name="_Toc256000371" w:id="229"/>
+      <w:bookmarkStart w:name="_Toc527467949" w:id="230"/>
+      <w:bookmarkStart w:name="_Toc256000418" w:id="231"/>
+      <w:bookmarkStart w:name="_Toc34920180" w:id="232"/>
+      <w:bookmarkStart w:name="_Toc256000262" w:id="233"/>
+      <w:bookmarkStart w:name="_Toc99115181" w:id="234"/>
+      <w:bookmarkStart w:name="_Toc99115306" w:id="235"/>
+      <w:bookmarkStart w:name="_Toc193271959" w:id="236"/>
       <w:r w:rsidRPr="00B74E9F">
         <w:t>Preoperativa förberedelser</w:t>
       </w:r>
       <w:bookmarkEnd w:id="219"/>
       <w:bookmarkEnd w:id="220"/>
       <w:bookmarkEnd w:id="221"/>
       <w:bookmarkEnd w:id="222"/>
       <w:bookmarkEnd w:id="223"/>
       <w:bookmarkEnd w:id="224"/>
       <w:bookmarkEnd w:id="225"/>
       <w:bookmarkEnd w:id="226"/>
       <w:bookmarkEnd w:id="227"/>
       <w:bookmarkEnd w:id="228"/>
       <w:bookmarkEnd w:id="229"/>
       <w:bookmarkEnd w:id="230"/>
       <w:bookmarkEnd w:id="231"/>
       <w:bookmarkEnd w:id="232"/>
       <w:bookmarkEnd w:id="233"/>
       <w:bookmarkEnd w:id="234"/>
       <w:bookmarkEnd w:id="235"/>
       <w:bookmarkEnd w:id="236"/>
     </w:p>
-    <w:p w14:paraId="53DBDDBD" w14:textId="0CBDC75C" w:rsidR="00B74E9F" w:rsidRPr="00B74E9F" w:rsidRDefault="00B74E9F" w:rsidP="00836629">
+    <w:p w:rsidRPr="00B74E9F" w:rsidR="00B74E9F" w:rsidP="00836629" w:rsidRDefault="00B74E9F" w14:paraId="53DBDDBD" w14:textId="0CBDC75C">
       <w:pPr>
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00B74E9F">
         <w:t>Patienter som får subkutan venport informeras både muntligt och skriftligt om preoperativa rutiner, inför inläggning (</w:t>
       </w:r>
-      <w:hyperlink r:id="rId25" w:history="1">
+      <w:hyperlink w:history="1" r:id="rId25">
         <w:r w:rsidRPr="00A219E3">
           <w:rPr>
             <w:rStyle w:val="Hyperlnk"/>
           </w:rPr>
           <w:t>bilaga 2</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="00B74E9F">
         <w:t>) och inför borttagning (</w:t>
       </w:r>
-      <w:hyperlink r:id="rId26" w:history="1">
+      <w:hyperlink w:history="1" r:id="rId26">
         <w:r w:rsidRPr="00A219E3">
           <w:rPr>
             <w:rStyle w:val="Hyperlnk"/>
           </w:rPr>
           <w:t>bilaga 3</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="00B74E9F">
         <w:t>).</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="34D673B4" w14:textId="169EF7C1" w:rsidR="00B74E9F" w:rsidRPr="00B74E9F" w:rsidRDefault="00B74E9F" w:rsidP="00836629">
+    <w:p w:rsidRPr="00B74E9F" w:rsidR="00B74E9F" w:rsidP="00836629" w:rsidRDefault="00B74E9F" w14:paraId="34D673B4" w14:textId="169EF7C1">
       <w:pPr>
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00B74E9F">
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">Det är viktigt att alla patienter som får någon form av CVI är välinformerade om indikation, tillvägagångssätt och vanliga komplikationer inför ingreppet samt har gett sitt samtycke till ingreppet. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId27" w:history="1">
+      <w:hyperlink w:history="1" r:id="rId27">
         <w:r w:rsidRPr="00062123">
           <w:rPr>
             <w:rStyle w:val="Hyperlnk"/>
           </w:rPr>
           <w:t>Patientinformation om CVK</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="00062123">
         <w:rPr>
           <w:rStyle w:val="Hyperlnk"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00B74E9F">
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>finns på webbplatsen 1177.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="22218447" w14:textId="77777777" w:rsidR="00B74E9F" w:rsidRPr="00B74E9F" w:rsidRDefault="00B74E9F" w:rsidP="00836629">
+    <w:p w:rsidRPr="00B74E9F" w:rsidR="00B74E9F" w:rsidP="00836629" w:rsidRDefault="00B74E9F" w14:paraId="22218447" w14:textId="77777777">
       <w:pPr>
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00B74E9F">
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">Hos patienter med misstänkt blödningsbenägenhet ska koagulationsprover (Lpk, trombocyter, PK och APTT) tas och eventuell optimering göras efter ordination av narkosläkare enligt gällande rutiner. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7ADC60FF" w14:textId="5DCFDB79" w:rsidR="00B74E9F" w:rsidRPr="00B74E9F" w:rsidRDefault="00B74E9F" w:rsidP="00836629">
+    <w:p w:rsidRPr="00B74E9F" w:rsidR="00B74E9F" w:rsidP="00836629" w:rsidRDefault="00B74E9F" w14:paraId="7ADC60FF" w14:textId="5DCFDB79">
       <w:pPr>
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00B74E9F">
         <w:t>Patienter bör fasta inför planerad inläggning av CVI då hen kan behöva sedering</w:t>
       </w:r>
       <w:r w:rsidRPr="00B74E9F">
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> under ingreppet, se riktlinje </w:t>
       </w:r>
-      <w:hyperlink r:id="rId28" w:history="1">
+      <w:hyperlink w:history="1" r:id="rId28">
         <w:r w:rsidRPr="00DD3D4F">
           <w:rPr>
             <w:rStyle w:val="Hyperlnk"/>
           </w:rPr>
           <w:t>Preoperativa förberedelser för operationsavdelningarna vid Södra Älvsborgs Sjukhus</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="00B74E9F">
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7382023B" w14:textId="77777777" w:rsidR="00B74E9F" w:rsidRPr="00B74E9F" w:rsidRDefault="00B74E9F" w:rsidP="00DD3D4F">
+    <w:p w:rsidRPr="00B74E9F" w:rsidR="00B74E9F" w:rsidP="00DD3D4F" w:rsidRDefault="00B74E9F" w14:paraId="7382023B" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="Rubrik3"/>
       </w:pPr>
-      <w:bookmarkStart w:id="237" w:name="_Toc256000486"/>
-[...16 lines deleted...]
-      <w:bookmarkStart w:id="254" w:name="_Toc193271960"/>
+      <w:bookmarkStart w:name="_Toc256000486" w:id="237"/>
+      <w:bookmarkStart w:name="_Toc498957673" w:id="238"/>
+      <w:bookmarkStart w:name="_Toc256000023" w:id="239"/>
+      <w:bookmarkStart w:name="_Toc256000090" w:id="240"/>
+      <w:bookmarkStart w:name="_Toc501463472" w:id="241"/>
+      <w:bookmarkStart w:name="_Toc256000137" w:id="242"/>
+      <w:bookmarkStart w:name="_Toc256000184" w:id="243"/>
+      <w:bookmarkStart w:name="_Toc256000231" w:id="244"/>
+      <w:bookmarkStart w:name="_Toc256000278" w:id="245"/>
+      <w:bookmarkStart w:name="_Toc256000325" w:id="246"/>
+      <w:bookmarkStart w:name="_Toc256000372" w:id="247"/>
+      <w:bookmarkStart w:name="_Toc527467950" w:id="248"/>
+      <w:bookmarkStart w:name="_Toc256000419" w:id="249"/>
+      <w:bookmarkStart w:name="_Toc34920181" w:id="250"/>
+      <w:bookmarkStart w:name="_Toc256000263" w:id="251"/>
+      <w:bookmarkStart w:name="_Toc99115182" w:id="252"/>
+      <w:bookmarkStart w:name="_Toc99115307" w:id="253"/>
+      <w:bookmarkStart w:name="_Toc193271960" w:id="254"/>
       <w:r w:rsidRPr="00B74E9F">
         <w:t>Förebyggande av komplikationer</w:t>
       </w:r>
       <w:bookmarkEnd w:id="237"/>
       <w:bookmarkEnd w:id="238"/>
       <w:bookmarkEnd w:id="239"/>
       <w:bookmarkEnd w:id="240"/>
       <w:bookmarkEnd w:id="241"/>
       <w:bookmarkEnd w:id="242"/>
       <w:bookmarkEnd w:id="243"/>
       <w:bookmarkEnd w:id="244"/>
       <w:bookmarkEnd w:id="245"/>
       <w:bookmarkEnd w:id="246"/>
       <w:bookmarkEnd w:id="247"/>
       <w:bookmarkEnd w:id="248"/>
       <w:bookmarkEnd w:id="249"/>
       <w:bookmarkEnd w:id="250"/>
       <w:bookmarkEnd w:id="251"/>
       <w:bookmarkEnd w:id="252"/>
       <w:bookmarkEnd w:id="253"/>
       <w:bookmarkEnd w:id="254"/>
     </w:p>
-    <w:p w14:paraId="5D9C8B57" w14:textId="77777777" w:rsidR="00B74E9F" w:rsidRPr="00B74E9F" w:rsidRDefault="00B74E9F" w:rsidP="00DD3D4F">
+    <w:p w:rsidRPr="00B74E9F" w:rsidR="00B74E9F" w:rsidP="00DD3D4F" w:rsidRDefault="00B74E9F" w14:paraId="5D9C8B57" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="MellanrubrikVGR"/>
         <w:spacing w:before="120"/>
       </w:pPr>
-      <w:bookmarkStart w:id="255" w:name="_Toc256000487"/>
-[...16 lines deleted...]
-      <w:bookmarkStart w:id="272" w:name="_Toc193271961"/>
+      <w:bookmarkStart w:name="_Toc256000487" w:id="255"/>
+      <w:bookmarkStart w:name="_Toc498957674" w:id="256"/>
+      <w:bookmarkStart w:name="_Toc256000024" w:id="257"/>
+      <w:bookmarkStart w:name="_Toc256000091" w:id="258"/>
+      <w:bookmarkStart w:name="_Toc501463473" w:id="259"/>
+      <w:bookmarkStart w:name="_Toc256000138" w:id="260"/>
+      <w:bookmarkStart w:name="_Toc256000185" w:id="261"/>
+      <w:bookmarkStart w:name="_Toc256000232" w:id="262"/>
+      <w:bookmarkStart w:name="_Toc256000279" w:id="263"/>
+      <w:bookmarkStart w:name="_Toc256000326" w:id="264"/>
+      <w:bookmarkStart w:name="_Toc256000373" w:id="265"/>
+      <w:bookmarkStart w:name="_Toc527467951" w:id="266"/>
+      <w:bookmarkStart w:name="_Toc256000420" w:id="267"/>
+      <w:bookmarkStart w:name="_Toc34920182" w:id="268"/>
+      <w:bookmarkStart w:name="_Toc256000264" w:id="269"/>
+      <w:bookmarkStart w:name="_Toc99115183" w:id="270"/>
+      <w:bookmarkStart w:name="_Toc99115308" w:id="271"/>
+      <w:bookmarkStart w:name="_Toc193271961" w:id="272"/>
       <w:r w:rsidRPr="00B74E9F">
         <w:t>Preoperativ dusch</w:t>
       </w:r>
       <w:bookmarkEnd w:id="255"/>
       <w:bookmarkEnd w:id="256"/>
       <w:bookmarkEnd w:id="257"/>
       <w:bookmarkEnd w:id="258"/>
       <w:bookmarkEnd w:id="259"/>
       <w:bookmarkEnd w:id="260"/>
       <w:bookmarkEnd w:id="261"/>
       <w:bookmarkEnd w:id="262"/>
       <w:bookmarkEnd w:id="263"/>
       <w:bookmarkEnd w:id="264"/>
       <w:bookmarkEnd w:id="265"/>
       <w:bookmarkEnd w:id="266"/>
       <w:bookmarkEnd w:id="267"/>
       <w:bookmarkEnd w:id="268"/>
       <w:bookmarkEnd w:id="269"/>
       <w:bookmarkEnd w:id="270"/>
       <w:bookmarkEnd w:id="271"/>
       <w:bookmarkEnd w:id="272"/>
     </w:p>
-    <w:p w14:paraId="599A76D3" w14:textId="77777777" w:rsidR="00B74E9F" w:rsidRPr="00B74E9F" w:rsidRDefault="00B74E9F" w:rsidP="00DD3D4F">
+    <w:p w:rsidRPr="00B74E9F" w:rsidR="00B74E9F" w:rsidP="00DD3D4F" w:rsidRDefault="00B74E9F" w14:paraId="599A76D3" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="Underrubrik"/>
         <w:rPr>
           <w:b/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00B74E9F">
         <w:t>CVK, subkutan venport och CDK (tunnelerad)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="15CD5DEA" w14:textId="77777777" w:rsidR="00B74E9F" w:rsidRPr="00B74E9F" w:rsidRDefault="00B74E9F" w:rsidP="00CB03FC">
+    <w:p w:rsidRPr="00B74E9F" w:rsidR="00B74E9F" w:rsidP="00CB03FC" w:rsidRDefault="00B74E9F" w14:paraId="15CD5DEA" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="Punktlista"/>
       </w:pPr>
       <w:r w:rsidRPr="00B74E9F">
         <w:t>Inneliggande patient ska duscha och tvätta hela kroppen med vanlig tvål samt tvätta håret på operationsdagens morgon. Patienten får sedan ren patientskjorta och körs till operationsavdelning i renbäddad säng.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="029884A5" w14:textId="77777777" w:rsidR="00B74E9F" w:rsidRPr="00B74E9F" w:rsidRDefault="00B74E9F" w:rsidP="00CB03FC">
+    <w:p w:rsidRPr="00B74E9F" w:rsidR="00B74E9F" w:rsidP="00CB03FC" w:rsidRDefault="00B74E9F" w14:paraId="029884A5" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="Punktlista"/>
       </w:pPr>
       <w:r w:rsidRPr="00B74E9F">
         <w:t>Poliklinisk patient uppmanas komma till operationsmottagningen för fortsatta förberedelser, iförd rena kläder efter att ha duschat och tvättat hela kroppen med vanlig tvål samt tvättat håret på operationsdagens morgon.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="30256EFB" w14:textId="77777777" w:rsidR="00B74E9F" w:rsidRPr="00B74E9F" w:rsidRDefault="00B74E9F" w:rsidP="002935B0">
+    <w:p w:rsidRPr="00B74E9F" w:rsidR="00B74E9F" w:rsidP="002935B0" w:rsidRDefault="00B74E9F" w14:paraId="30256EFB" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="Underrubrik"/>
       </w:pPr>
       <w:r w:rsidRPr="00B74E9F">
         <w:t>PICC-line</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="271F6024" w14:textId="3322D961" w:rsidR="00B74E9F" w:rsidRPr="00B74E9F" w:rsidRDefault="00B74E9F" w:rsidP="00AA01D8">
+    <w:p w:rsidRPr="00B74E9F" w:rsidR="00B74E9F" w:rsidP="00AA01D8" w:rsidRDefault="00B74E9F" w14:paraId="271F6024" w14:textId="3322D961">
       <w:r w:rsidRPr="00B74E9F">
         <w:t xml:space="preserve">Inga särskilda förberedelser behövs. Se vårdhandboken, avsnitt PICC-line under rubrik </w:t>
       </w:r>
-      <w:hyperlink r:id="rId29" w:history="1">
+      <w:hyperlink w:history="1" r:id="rId29">
         <w:r w:rsidRPr="00AA01D8">
           <w:rPr>
             <w:rStyle w:val="Hyperlnk"/>
           </w:rPr>
           <w:t>Förberedelser och inläggning</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="00B74E9F">
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="79B7FE18" w14:textId="77777777" w:rsidR="00B74E9F" w:rsidRPr="00B74E9F" w:rsidRDefault="00B74E9F" w:rsidP="00AA01D8">
+    <w:p w:rsidRPr="00B74E9F" w:rsidR="00B74E9F" w:rsidP="00AA01D8" w:rsidRDefault="00B74E9F" w14:paraId="79B7FE18" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="Underrubrik"/>
       </w:pPr>
-      <w:bookmarkStart w:id="273" w:name="_Toc256000488"/>
-[...15 lines deleted...]
-      <w:bookmarkStart w:id="289" w:name="_Toc99115309"/>
+      <w:bookmarkStart w:name="_Toc256000488" w:id="273"/>
+      <w:bookmarkStart w:name="_Toc498957675" w:id="274"/>
+      <w:bookmarkStart w:name="_Toc256000025" w:id="275"/>
+      <w:bookmarkStart w:name="_Toc256000092" w:id="276"/>
+      <w:bookmarkStart w:name="_Toc501463474" w:id="277"/>
+      <w:bookmarkStart w:name="_Toc256000139" w:id="278"/>
+      <w:bookmarkStart w:name="_Toc256000186" w:id="279"/>
+      <w:bookmarkStart w:name="_Toc256000233" w:id="280"/>
+      <w:bookmarkStart w:name="_Toc256000280" w:id="281"/>
+      <w:bookmarkStart w:name="_Toc256000327" w:id="282"/>
+      <w:bookmarkStart w:name="_Toc256000374" w:id="283"/>
+      <w:bookmarkStart w:name="_Toc527467952" w:id="284"/>
+      <w:bookmarkStart w:name="_Toc256000421" w:id="285"/>
+      <w:bookmarkStart w:name="_Toc34920183" w:id="286"/>
+      <w:bookmarkStart w:name="_Toc256000309" w:id="287"/>
+      <w:bookmarkStart w:name="_Toc99115184" w:id="288"/>
+      <w:bookmarkStart w:name="_Toc99115309" w:id="289"/>
       <w:r w:rsidRPr="00B74E9F">
         <w:t>Checklista för inläggning och kateterbyte</w:t>
       </w:r>
       <w:bookmarkEnd w:id="273"/>
       <w:bookmarkEnd w:id="274"/>
       <w:bookmarkEnd w:id="275"/>
       <w:bookmarkEnd w:id="276"/>
       <w:bookmarkEnd w:id="277"/>
       <w:bookmarkEnd w:id="278"/>
       <w:bookmarkEnd w:id="279"/>
       <w:bookmarkEnd w:id="280"/>
       <w:bookmarkEnd w:id="281"/>
       <w:bookmarkEnd w:id="282"/>
       <w:bookmarkEnd w:id="283"/>
       <w:bookmarkEnd w:id="284"/>
       <w:bookmarkEnd w:id="285"/>
       <w:bookmarkEnd w:id="286"/>
       <w:bookmarkEnd w:id="287"/>
       <w:bookmarkEnd w:id="288"/>
       <w:bookmarkEnd w:id="289"/>
     </w:p>
-    <w:p w14:paraId="229BE7B1" w14:textId="42D5615D" w:rsidR="00B74E9F" w:rsidRPr="00B74E9F" w:rsidRDefault="00B74E9F" w:rsidP="007F2DC0">
+    <w:p w:rsidRPr="00B74E9F" w:rsidR="00B74E9F" w:rsidP="007F2DC0" w:rsidRDefault="00B74E9F" w14:paraId="229BE7B1" w14:textId="42D5615D">
       <w:pPr>
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00B74E9F">
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">För att minska komplikationsrisker ska planerad inläggning av centralvenös infart ske utifrån checklista </w:t>
       </w:r>
-      <w:hyperlink r:id="rId30" w:history="1">
+      <w:hyperlink w:history="1" r:id="rId30">
         <w:r w:rsidRPr="007F2DC0">
           <w:rPr>
             <w:rStyle w:val="Hyperlnk"/>
           </w:rPr>
           <w:t>Centralvenös infart, CVK/CDK, checklista för inläggning</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="00B74E9F">
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> och anestesiklinikens interna </w:t>
       </w:r>
       <w:r w:rsidRPr="00B74E9F">
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:t>rutiner; ”Subcutan venport, inläggning” respektive ”Central venkateter - val av kärl vid inläggning”.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="52142646" w14:textId="77777777" w:rsidR="00B74E9F" w:rsidRPr="00B74E9F" w:rsidRDefault="00B74E9F" w:rsidP="007F2DC0">
+    <w:p w:rsidRPr="00B74E9F" w:rsidR="00B74E9F" w:rsidP="007F2DC0" w:rsidRDefault="00B74E9F" w14:paraId="52142646" w14:textId="77777777">
       <w:pPr>
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00B74E9F">
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>Överväg alltid att byta katetern inom 24 timmar efter akut CVK-inläggning, där steriliteten inte kunnat garanteras, för att minska risken för infektion.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6A0D3560" w14:textId="77777777" w:rsidR="00B74E9F" w:rsidRPr="00B74E9F" w:rsidRDefault="00B74E9F" w:rsidP="00683A87">
+    <w:p w:rsidRPr="00B74E9F" w:rsidR="00B74E9F" w:rsidP="00683A87" w:rsidRDefault="00B74E9F" w14:paraId="6A0D3560" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="Rubrik3"/>
       </w:pPr>
-      <w:bookmarkStart w:id="290" w:name="_Toc256000489"/>
-[...16 lines deleted...]
-      <w:bookmarkStart w:id="307" w:name="_Toc193271962"/>
+      <w:bookmarkStart w:name="_Toc256000489" w:id="290"/>
+      <w:bookmarkStart w:name="_Toc498957676" w:id="291"/>
+      <w:bookmarkStart w:name="_Toc256000026" w:id="292"/>
+      <w:bookmarkStart w:name="_Toc256000093" w:id="293"/>
+      <w:bookmarkStart w:name="_Toc501463475" w:id="294"/>
+      <w:bookmarkStart w:name="_Toc256000140" w:id="295"/>
+      <w:bookmarkStart w:name="_Toc256000187" w:id="296"/>
+      <w:bookmarkStart w:name="_Toc256000234" w:id="297"/>
+      <w:bookmarkStart w:name="_Toc256000281" w:id="298"/>
+      <w:bookmarkStart w:name="_Toc256000328" w:id="299"/>
+      <w:bookmarkStart w:name="_Toc256000375" w:id="300"/>
+      <w:bookmarkStart w:name="_Toc527467953" w:id="301"/>
+      <w:bookmarkStart w:name="_Toc256000422" w:id="302"/>
+      <w:bookmarkStart w:name="_Toc34920184" w:id="303"/>
+      <w:bookmarkStart w:name="_Toc256000310" w:id="304"/>
+      <w:bookmarkStart w:name="_Toc99115185" w:id="305"/>
+      <w:bookmarkStart w:name="_Toc99115310" w:id="306"/>
+      <w:bookmarkStart w:name="_Toc193271962" w:id="307"/>
       <w:r w:rsidRPr="00B74E9F">
         <w:t>Komplikationer</w:t>
       </w:r>
       <w:bookmarkEnd w:id="290"/>
       <w:bookmarkEnd w:id="291"/>
       <w:bookmarkEnd w:id="292"/>
       <w:bookmarkEnd w:id="293"/>
       <w:bookmarkEnd w:id="294"/>
       <w:bookmarkEnd w:id="295"/>
       <w:bookmarkEnd w:id="296"/>
       <w:bookmarkEnd w:id="297"/>
       <w:bookmarkEnd w:id="298"/>
       <w:bookmarkEnd w:id="299"/>
       <w:bookmarkEnd w:id="300"/>
       <w:bookmarkEnd w:id="301"/>
       <w:bookmarkEnd w:id="302"/>
       <w:bookmarkEnd w:id="303"/>
       <w:bookmarkEnd w:id="304"/>
       <w:bookmarkEnd w:id="305"/>
       <w:bookmarkEnd w:id="306"/>
       <w:bookmarkEnd w:id="307"/>
     </w:p>
-    <w:p w14:paraId="17C59DF0" w14:textId="23843DD3" w:rsidR="00B74E9F" w:rsidRPr="00B74E9F" w:rsidRDefault="00B74E9F" w:rsidP="00683A87">
+    <w:p w:rsidRPr="00B74E9F" w:rsidR="00B74E9F" w:rsidP="00683A87" w:rsidRDefault="00B74E9F" w14:paraId="17C59DF0" w14:textId="23843DD3">
       <w:r w:rsidRPr="00B74E9F">
         <w:t xml:space="preserve">Komplikationer/infektioner ska registreras under </w:t>
       </w:r>
       <w:r w:rsidRPr="00B74E9F">
         <w:rPr>
           <w:i/>
         </w:rPr>
         <w:t>Central infart/Komplikationer</w:t>
       </w:r>
       <w:r w:rsidRPr="00B74E9F">
         <w:t xml:space="preserve"> i Melior och ska tas med vid genomgång av Gröna korset samt anmälas i MedControl. Ansvar för detta har den som upptäcker komplikationen. I Vårdhandboken finns beskrivningar och förslag till åtgärder av komplikationer vid CVK, CDK, subkutan venport och PICC-line.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1348AF8C" w14:textId="1AC072C7" w:rsidR="00B74E9F" w:rsidRPr="00B74E9F" w:rsidRDefault="00B74E9F" w:rsidP="00683A87">
+    <w:p w:rsidRPr="00B74E9F" w:rsidR="00B74E9F" w:rsidP="00683A87" w:rsidRDefault="00B74E9F" w14:paraId="1348AF8C" w14:textId="1AC072C7">
       <w:r w:rsidRPr="00B74E9F">
         <w:t>Var uppmärksam på att sena komplikationer kan inträffa, t.ex. genom att</w:t>
       </w:r>
       <w:r w:rsidR="00A61A1F">
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00B74E9F">
         <w:t>venportsdosan kan penetrera huden, uppkomna infektioner m.m.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6683398A" w14:textId="77777777" w:rsidR="00B74E9F" w:rsidRPr="00B74E9F" w:rsidRDefault="00B74E9F" w:rsidP="00683A87">
+    <w:p w:rsidRPr="00B74E9F" w:rsidR="00B74E9F" w:rsidP="00683A87" w:rsidRDefault="00B74E9F" w14:paraId="6683398A" w14:textId="77777777">
       <w:r w:rsidRPr="00B74E9F">
         <w:t>Tillkalla läkare vid misstanke om någon av nedanstående komplikationer.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="53435F5D" w14:textId="77777777" w:rsidR="00B74E9F" w:rsidRPr="00B74E9F" w:rsidRDefault="00B74E9F" w:rsidP="00A644E1">
+    <w:p w:rsidRPr="00B74E9F" w:rsidR="00B74E9F" w:rsidP="00A644E1" w:rsidRDefault="00B74E9F" w14:paraId="53435F5D" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="MellanrubrikVGR"/>
       </w:pPr>
-      <w:bookmarkStart w:id="308" w:name="_Toc256000490"/>
-[...16 lines deleted...]
-      <w:bookmarkStart w:id="325" w:name="_Toc193271963"/>
+      <w:bookmarkStart w:name="_Toc256000490" w:id="308"/>
+      <w:bookmarkStart w:name="_Toc498957677" w:id="309"/>
+      <w:bookmarkStart w:name="_Toc256000027" w:id="310"/>
+      <w:bookmarkStart w:name="_Toc256000094" w:id="311"/>
+      <w:bookmarkStart w:name="_Toc501463476" w:id="312"/>
+      <w:bookmarkStart w:name="_Toc256000141" w:id="313"/>
+      <w:bookmarkStart w:name="_Toc256000188" w:id="314"/>
+      <w:bookmarkStart w:name="_Toc256000235" w:id="315"/>
+      <w:bookmarkStart w:name="_Toc256000282" w:id="316"/>
+      <w:bookmarkStart w:name="_Toc256000329" w:id="317"/>
+      <w:bookmarkStart w:name="_Toc256000376" w:id="318"/>
+      <w:bookmarkStart w:name="_Toc527467954" w:id="319"/>
+      <w:bookmarkStart w:name="_Toc256000423" w:id="320"/>
+      <w:bookmarkStart w:name="_Toc34920185" w:id="321"/>
+      <w:bookmarkStart w:name="_Toc256000311" w:id="322"/>
+      <w:bookmarkStart w:name="_Toc99115186" w:id="323"/>
+      <w:bookmarkStart w:name="_Toc99115311" w:id="324"/>
+      <w:bookmarkStart w:name="_Toc193271963" w:id="325"/>
       <w:r w:rsidRPr="00B74E9F">
         <w:t>Pneumothorax/hemothorax</w:t>
       </w:r>
       <w:bookmarkEnd w:id="308"/>
       <w:bookmarkEnd w:id="309"/>
       <w:bookmarkEnd w:id="310"/>
       <w:bookmarkEnd w:id="311"/>
       <w:bookmarkEnd w:id="312"/>
       <w:bookmarkEnd w:id="313"/>
       <w:bookmarkEnd w:id="314"/>
       <w:bookmarkEnd w:id="315"/>
       <w:bookmarkEnd w:id="316"/>
       <w:bookmarkEnd w:id="317"/>
       <w:bookmarkEnd w:id="318"/>
       <w:bookmarkEnd w:id="319"/>
       <w:bookmarkEnd w:id="320"/>
       <w:bookmarkEnd w:id="321"/>
       <w:bookmarkEnd w:id="322"/>
       <w:bookmarkEnd w:id="323"/>
       <w:bookmarkEnd w:id="324"/>
       <w:bookmarkEnd w:id="325"/>
     </w:p>
-    <w:p w14:paraId="5AAE52C4" w14:textId="49F7D31A" w:rsidR="00B74E9F" w:rsidRPr="00B74E9F" w:rsidRDefault="00B74E9F" w:rsidP="00A644E1">
+    <w:p w:rsidRPr="00B74E9F" w:rsidR="00B74E9F" w:rsidP="00A644E1" w:rsidRDefault="00B74E9F" w14:paraId="5AAE52C4" w14:textId="49F7D31A">
       <w:pPr>
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00B74E9F">
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">Se </w:t>
       </w:r>
-      <w:hyperlink r:id="rId31" w:history="1">
+      <w:hyperlink w:history="1" r:id="rId31">
         <w:r w:rsidRPr="00A644E1">
           <w:rPr>
             <w:rStyle w:val="Hyperlnk"/>
           </w:rPr>
           <w:t>Vårdhandboken, avsnitt Central venkateter under rubrik Komplikationer</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="00B74E9F">
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6CAA1D31" w14:textId="77777777" w:rsidR="00B74E9F" w:rsidRPr="00B74E9F" w:rsidRDefault="00B74E9F" w:rsidP="00A644E1">
+    <w:p w:rsidRPr="00B74E9F" w:rsidR="00B74E9F" w:rsidP="00A644E1" w:rsidRDefault="00B74E9F" w14:paraId="6CAA1D31" w14:textId="77777777">
       <w:pPr>
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00B74E9F">
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>Varje gång man penetrerar huden med en nål finns risk för en komplikation. I första hand rör det sig om punktion av organ som ligger nära den ven man önskar punktera, t.ex. pleurapunktion som kan resultera i pneumothorax. Enstaka gånger kan man få en accidentell artärpunktion som leder till lokal blödning och i värsta fall till blödning in i lungsäcken, s.k. hemothorax; detta är dock ingen risk i samband med PICC-line.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="552EC188" w14:textId="77777777" w:rsidR="00B74E9F" w:rsidRPr="00B74E9F" w:rsidRDefault="00B74E9F" w:rsidP="002B0DED">
+    <w:p w:rsidRPr="00B74E9F" w:rsidR="00B74E9F" w:rsidP="002B0DED" w:rsidRDefault="00B74E9F" w14:paraId="552EC188" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="MellanrubrikVGR"/>
       </w:pPr>
-      <w:bookmarkStart w:id="326" w:name="_Toc256000491"/>
-[...16 lines deleted...]
-      <w:bookmarkStart w:id="343" w:name="_Toc193271964"/>
+      <w:bookmarkStart w:name="_Toc256000491" w:id="326"/>
+      <w:bookmarkStart w:name="_Toc498957678" w:id="327"/>
+      <w:bookmarkStart w:name="_Toc256000033" w:id="328"/>
+      <w:bookmarkStart w:name="_Toc256000095" w:id="329"/>
+      <w:bookmarkStart w:name="_Toc501463477" w:id="330"/>
+      <w:bookmarkStart w:name="_Toc256000142" w:id="331"/>
+      <w:bookmarkStart w:name="_Toc256000189" w:id="332"/>
+      <w:bookmarkStart w:name="_Toc256000236" w:id="333"/>
+      <w:bookmarkStart w:name="_Toc256000283" w:id="334"/>
+      <w:bookmarkStart w:name="_Toc256000330" w:id="335"/>
+      <w:bookmarkStart w:name="_Toc256000377" w:id="336"/>
+      <w:bookmarkStart w:name="_Toc527467955" w:id="337"/>
+      <w:bookmarkStart w:name="_Toc256000424" w:id="338"/>
+      <w:bookmarkStart w:name="_Toc34920186" w:id="339"/>
+      <w:bookmarkStart w:name="_Toc256000356" w:id="340"/>
+      <w:bookmarkStart w:name="_Toc99115187" w:id="341"/>
+      <w:bookmarkStart w:name="_Toc99115312" w:id="342"/>
+      <w:bookmarkStart w:name="_Toc193271964" w:id="343"/>
       <w:r w:rsidRPr="00B74E9F">
         <w:t>Nervpåverkan</w:t>
       </w:r>
       <w:bookmarkEnd w:id="326"/>
       <w:bookmarkEnd w:id="327"/>
       <w:bookmarkEnd w:id="328"/>
       <w:bookmarkEnd w:id="329"/>
       <w:bookmarkEnd w:id="330"/>
       <w:bookmarkEnd w:id="331"/>
       <w:bookmarkEnd w:id="332"/>
       <w:bookmarkEnd w:id="333"/>
       <w:bookmarkEnd w:id="334"/>
       <w:bookmarkEnd w:id="335"/>
       <w:bookmarkEnd w:id="336"/>
       <w:bookmarkEnd w:id="337"/>
       <w:bookmarkEnd w:id="338"/>
       <w:bookmarkEnd w:id="339"/>
       <w:bookmarkEnd w:id="340"/>
       <w:bookmarkEnd w:id="341"/>
       <w:bookmarkEnd w:id="342"/>
       <w:bookmarkEnd w:id="343"/>
     </w:p>
-    <w:p w14:paraId="7DC36B6C" w14:textId="068EA774" w:rsidR="00B74E9F" w:rsidRPr="00B74E9F" w:rsidRDefault="00B74E9F" w:rsidP="002B0DED">
+    <w:p w:rsidRPr="00B74E9F" w:rsidR="00B74E9F" w:rsidP="002B0DED" w:rsidRDefault="00B74E9F" w14:paraId="7DC36B6C" w14:textId="068EA774">
       <w:r w:rsidRPr="00B74E9F">
         <w:t>Det är möjligt att lägga lokalbedövning i närhet av en större nerv och därmed bedöva delar av armen. Bedövningen kan sitta i flera timmar och under tiden armen inte har full känsel eller rörlighet är det viktigt att skydda armen mot skada. Det är teoretiskt möjligt att skada en nerv med nålen och få nervpåverkan i form av parestesier, detta är dock mycket ovanligt.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4CFD1973" w14:textId="77777777" w:rsidR="00B74E9F" w:rsidRPr="00B74E9F" w:rsidRDefault="00B74E9F" w:rsidP="002B0DED">
+    <w:p w:rsidRPr="00B74E9F" w:rsidR="00B74E9F" w:rsidP="002B0DED" w:rsidRDefault="00B74E9F" w14:paraId="4CFD1973" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="MellanrubrikVGR"/>
       </w:pPr>
-      <w:bookmarkStart w:id="344" w:name="_Toc256000492"/>
-[...16 lines deleted...]
-      <w:bookmarkStart w:id="361" w:name="_Toc193271965"/>
+      <w:bookmarkStart w:name="_Toc256000492" w:id="344"/>
+      <w:bookmarkStart w:name="_Toc498957679" w:id="345"/>
+      <w:bookmarkStart w:name="_Toc256000034" w:id="346"/>
+      <w:bookmarkStart w:name="_Toc256000096" w:id="347"/>
+      <w:bookmarkStart w:name="_Toc501463478" w:id="348"/>
+      <w:bookmarkStart w:name="_Toc256000143" w:id="349"/>
+      <w:bookmarkStart w:name="_Toc256000190" w:id="350"/>
+      <w:bookmarkStart w:name="_Toc256000237" w:id="351"/>
+      <w:bookmarkStart w:name="_Toc256000284" w:id="352"/>
+      <w:bookmarkStart w:name="_Toc256000331" w:id="353"/>
+      <w:bookmarkStart w:name="_Toc256000378" w:id="354"/>
+      <w:bookmarkStart w:name="_Toc527467956" w:id="355"/>
+      <w:bookmarkStart w:name="_Toc256000425" w:id="356"/>
+      <w:bookmarkStart w:name="_Toc34920187" w:id="357"/>
+      <w:bookmarkStart w:name="_Toc256000357" w:id="358"/>
+      <w:bookmarkStart w:name="_Toc99115188" w:id="359"/>
+      <w:bookmarkStart w:name="_Toc99115313" w:id="360"/>
+      <w:bookmarkStart w:name="_Toc193271965" w:id="361"/>
       <w:r w:rsidRPr="00B74E9F">
         <w:t>Infektion</w:t>
       </w:r>
       <w:bookmarkEnd w:id="344"/>
       <w:bookmarkEnd w:id="345"/>
       <w:bookmarkEnd w:id="346"/>
       <w:bookmarkEnd w:id="347"/>
       <w:bookmarkEnd w:id="348"/>
       <w:bookmarkEnd w:id="349"/>
       <w:bookmarkEnd w:id="350"/>
       <w:bookmarkEnd w:id="351"/>
       <w:bookmarkEnd w:id="352"/>
       <w:bookmarkEnd w:id="353"/>
       <w:bookmarkEnd w:id="354"/>
       <w:bookmarkEnd w:id="355"/>
       <w:bookmarkEnd w:id="356"/>
       <w:bookmarkEnd w:id="357"/>
       <w:bookmarkEnd w:id="358"/>
       <w:bookmarkEnd w:id="359"/>
       <w:bookmarkEnd w:id="360"/>
       <w:bookmarkEnd w:id="361"/>
     </w:p>
-    <w:p w14:paraId="24C63D80" w14:textId="027C4B79" w:rsidR="00B74E9F" w:rsidRPr="00B74E9F" w:rsidRDefault="00B74E9F" w:rsidP="002B0DED">
+    <w:p w:rsidRPr="00B74E9F" w:rsidR="00B74E9F" w:rsidP="002B0DED" w:rsidRDefault="00B74E9F" w14:paraId="24C63D80" w14:textId="027C4B79">
       <w:r w:rsidRPr="00B74E9F">
         <w:t xml:space="preserve">Punktion av huden och inläggning av främmande material i kroppen innebär en ökad risk för infektioner och det är därför viktigt att man beaktar hygienrekommendationer både i samband </w:t>
       </w:r>
       <w:r w:rsidRPr="00B74E9F">
-        <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">med inläggning och skötsel av CVI, se </w:t>
       </w:r>
-      <w:hyperlink r:id="rId32" w:history="1">
+      <w:hyperlink w:history="1" r:id="rId32">
         <w:r w:rsidRPr="002B0DED">
           <w:rPr>
             <w:rStyle w:val="Hyperlnk"/>
           </w:rPr>
           <w:t>Vårdhandboken, avsnitt Central venkater under rubrik Komplikationer</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="00B74E9F">
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6432207A" w14:textId="77777777" w:rsidR="00B74E9F" w:rsidRPr="00B74E9F" w:rsidRDefault="00B74E9F" w:rsidP="002B0DED">
+    <w:p w:rsidRPr="00B74E9F" w:rsidR="00B74E9F" w:rsidP="002B0DED" w:rsidRDefault="00B74E9F" w14:paraId="6432207A" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="MellanrubrikVGR"/>
       </w:pPr>
-      <w:bookmarkStart w:id="362" w:name="_Toc256000493"/>
-[...16 lines deleted...]
-      <w:bookmarkStart w:id="379" w:name="_Toc193271966"/>
+      <w:bookmarkStart w:name="_Toc256000493" w:id="362"/>
+      <w:bookmarkStart w:name="_Toc498957680" w:id="363"/>
+      <w:bookmarkStart w:name="_Toc256000035" w:id="364"/>
+      <w:bookmarkStart w:name="_Toc256000097" w:id="365"/>
+      <w:bookmarkStart w:name="_Toc501463479" w:id="366"/>
+      <w:bookmarkStart w:name="_Toc256000144" w:id="367"/>
+      <w:bookmarkStart w:name="_Toc256000191" w:id="368"/>
+      <w:bookmarkStart w:name="_Toc256000238" w:id="369"/>
+      <w:bookmarkStart w:name="_Toc256000285" w:id="370"/>
+      <w:bookmarkStart w:name="_Toc256000332" w:id="371"/>
+      <w:bookmarkStart w:name="_Toc256000379" w:id="372"/>
+      <w:bookmarkStart w:name="_Toc527467957" w:id="373"/>
+      <w:bookmarkStart w:name="_Toc256000426" w:id="374"/>
+      <w:bookmarkStart w:name="_Toc34920188" w:id="375"/>
+      <w:bookmarkStart w:name="_Toc256000358" w:id="376"/>
+      <w:bookmarkStart w:name="_Toc99115189" w:id="377"/>
+      <w:bookmarkStart w:name="_Toc99115314" w:id="378"/>
+      <w:bookmarkStart w:name="_Toc193271966" w:id="379"/>
       <w:r w:rsidRPr="00B74E9F">
         <w:t>Komplikationer vid PICC-line</w:t>
       </w:r>
       <w:bookmarkEnd w:id="362"/>
       <w:bookmarkEnd w:id="363"/>
       <w:bookmarkEnd w:id="364"/>
       <w:bookmarkEnd w:id="365"/>
       <w:bookmarkEnd w:id="366"/>
       <w:bookmarkEnd w:id="367"/>
       <w:bookmarkEnd w:id="368"/>
       <w:bookmarkEnd w:id="369"/>
       <w:bookmarkEnd w:id="370"/>
       <w:bookmarkEnd w:id="371"/>
       <w:bookmarkEnd w:id="372"/>
       <w:bookmarkEnd w:id="373"/>
       <w:bookmarkEnd w:id="374"/>
       <w:bookmarkEnd w:id="375"/>
       <w:bookmarkEnd w:id="376"/>
       <w:bookmarkEnd w:id="377"/>
       <w:bookmarkEnd w:id="378"/>
       <w:bookmarkEnd w:id="379"/>
     </w:p>
-    <w:p w14:paraId="7214E55F" w14:textId="69F25434" w:rsidR="00B74E9F" w:rsidRPr="00B74E9F" w:rsidRDefault="00B74E9F" w:rsidP="002B0DED">
+    <w:p w:rsidRPr="00B74E9F" w:rsidR="00B74E9F" w:rsidP="002B0DED" w:rsidRDefault="00B74E9F" w14:paraId="7214E55F" w14:textId="69F25434">
       <w:pPr>
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00B74E9F">
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">Se </w:t>
       </w:r>
-      <w:hyperlink r:id="rId33" w:history="1">
+      <w:hyperlink w:history="1" r:id="rId33">
         <w:r w:rsidRPr="002B0DED">
           <w:rPr>
             <w:rStyle w:val="Hyperlnk"/>
           </w:rPr>
           <w:t>Vårdhandboken, avsnitt PICC-line under rubrik Komplikationer</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="00B74E9F">
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="26B073C9" w14:textId="77777777" w:rsidR="00B74E9F" w:rsidRPr="00B74E9F" w:rsidRDefault="00B74E9F" w:rsidP="002B0DED">
+    <w:p w:rsidRPr="00B74E9F" w:rsidR="00B74E9F" w:rsidP="002B0DED" w:rsidRDefault="00B74E9F" w14:paraId="26B073C9" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="Rubrik3"/>
       </w:pPr>
-      <w:bookmarkStart w:id="380" w:name="_Toc256000494"/>
-[...16 lines deleted...]
-      <w:bookmarkStart w:id="397" w:name="_Toc193271967"/>
+      <w:bookmarkStart w:name="_Toc256000494" w:id="380"/>
+      <w:bookmarkStart w:name="_Toc498957681" w:id="381"/>
+      <w:bookmarkStart w:name="_Toc256000036" w:id="382"/>
+      <w:bookmarkStart w:name="_Toc256000098" w:id="383"/>
+      <w:bookmarkStart w:name="_Toc501463480" w:id="384"/>
+      <w:bookmarkStart w:name="_Toc256000145" w:id="385"/>
+      <w:bookmarkStart w:name="_Toc256000192" w:id="386"/>
+      <w:bookmarkStart w:name="_Toc256000239" w:id="387"/>
+      <w:bookmarkStart w:name="_Toc256000286" w:id="388"/>
+      <w:bookmarkStart w:name="_Toc256000333" w:id="389"/>
+      <w:bookmarkStart w:name="_Toc256000380" w:id="390"/>
+      <w:bookmarkStart w:name="_Toc527467958" w:id="391"/>
+      <w:bookmarkStart w:name="_Toc256000427" w:id="392"/>
+      <w:bookmarkStart w:name="_Toc34920189" w:id="393"/>
+      <w:bookmarkStart w:name="_Toc256000403" w:id="394"/>
+      <w:bookmarkStart w:name="_Toc99115190" w:id="395"/>
+      <w:bookmarkStart w:name="_Toc99115315" w:id="396"/>
+      <w:bookmarkStart w:name="_Toc193271967" w:id="397"/>
       <w:r w:rsidRPr="00B74E9F">
         <w:t>Behandling av CVI-relaterad infektion</w:t>
       </w:r>
       <w:bookmarkEnd w:id="380"/>
       <w:bookmarkEnd w:id="381"/>
       <w:bookmarkEnd w:id="382"/>
       <w:bookmarkEnd w:id="383"/>
       <w:bookmarkEnd w:id="384"/>
       <w:bookmarkEnd w:id="385"/>
       <w:bookmarkEnd w:id="386"/>
       <w:bookmarkEnd w:id="387"/>
       <w:bookmarkEnd w:id="388"/>
       <w:bookmarkEnd w:id="389"/>
       <w:bookmarkEnd w:id="390"/>
       <w:bookmarkEnd w:id="391"/>
       <w:bookmarkEnd w:id="392"/>
       <w:bookmarkEnd w:id="393"/>
       <w:bookmarkEnd w:id="394"/>
       <w:bookmarkEnd w:id="395"/>
       <w:bookmarkEnd w:id="396"/>
       <w:bookmarkEnd w:id="397"/>
     </w:p>
-    <w:p w14:paraId="5A56ACAD" w14:textId="77777777" w:rsidR="00B74E9F" w:rsidRPr="00B74E9F" w:rsidRDefault="00B74E9F" w:rsidP="002B0DED">
+    <w:p w:rsidRPr="00B74E9F" w:rsidR="00B74E9F" w:rsidP="002B0DED" w:rsidRDefault="00B74E9F" w14:paraId="5A56ACAD" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="Punktlista"/>
       </w:pPr>
       <w:r w:rsidRPr="00B74E9F">
         <w:t>Om insticksstället är infekterat ska katetern tas bort. Detta gäller dock inte alltid vid PICC-line, då infektionen kan behandlas medan katetern kvarstår.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4A2B4DB3" w14:textId="77777777" w:rsidR="00B74E9F" w:rsidRPr="00B74E9F" w:rsidRDefault="00B74E9F" w:rsidP="002B0DED">
+    <w:p w:rsidRPr="00B74E9F" w:rsidR="00B74E9F" w:rsidP="002B0DED" w:rsidRDefault="00B74E9F" w14:paraId="4A2B4DB3" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="Punktlista"/>
       </w:pPr>
       <w:r w:rsidRPr="00B74E9F">
         <w:t>Om allmänpåverkad patient utan annat säkert infektionsfokus, ta bort katetern.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7A50B898" w14:textId="77777777" w:rsidR="00B74E9F" w:rsidRPr="00B74E9F" w:rsidRDefault="00B74E9F" w:rsidP="002B0DED">
+    <w:p w:rsidRPr="00B74E9F" w:rsidR="00B74E9F" w:rsidP="002B0DED" w:rsidRDefault="00B74E9F" w14:paraId="7A50B898" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="Punktlista"/>
       </w:pPr>
       <w:r w:rsidRPr="00B74E9F">
         <w:t>Om patienten är i absolut behov av CVI bör narkosläkare konsulteras innan katetern dras, för att eventuellt kunna göra ett byte över ledare.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="05C6A6FE" w14:textId="77777777" w:rsidR="00B74E9F" w:rsidRPr="00B74E9F" w:rsidRDefault="00B74E9F" w:rsidP="002B0DED">
+    <w:p w:rsidRPr="00B74E9F" w:rsidR="00B74E9F" w:rsidP="002B0DED" w:rsidRDefault="00B74E9F" w14:paraId="05C6A6FE" w14:textId="1F40A4A6">
       <w:pPr>
         <w:pStyle w:val="Punktlista"/>
-      </w:pPr>
-[...4 lines deleted...]
-    <w:p w14:paraId="310116D8" w14:textId="77777777" w:rsidR="00B74E9F" w:rsidRPr="00B74E9F" w:rsidRDefault="00B74E9F" w:rsidP="004802EC">
+        <w:rPr/>
+      </w:pPr>
+      <w:r w:rsidR="00B74E9F">
+        <w:rPr/>
+        <w:t xml:space="preserve">Kontakta infektionskonsult, </w:t>
+      </w:r>
+      <w:r w:rsidR="19D89142">
+        <w:rPr/>
+        <w:t xml:space="preserve">via </w:t>
+      </w:r>
+      <w:r w:rsidR="00B74E9F">
+        <w:rPr/>
+        <w:t>växeln, för utformning av antibiotikabehandling och fortsatt behandlingsplan vid misstänkt infektion.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidRPr="00B74E9F" w:rsidR="00B74E9F" w:rsidP="004802EC" w:rsidRDefault="00B74E9F" w14:paraId="310116D8" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="MellanrubrikVGR"/>
       </w:pPr>
-      <w:bookmarkStart w:id="398" w:name="_Toc256000495"/>
-[...16 lines deleted...]
-      <w:bookmarkStart w:id="415" w:name="_Toc193271968"/>
+      <w:bookmarkStart w:name="_Toc256000495" w:id="398"/>
+      <w:bookmarkStart w:name="_Toc498957682" w:id="399"/>
+      <w:bookmarkStart w:name="_Toc256000037" w:id="400"/>
+      <w:bookmarkStart w:name="_Toc256000099" w:id="401"/>
+      <w:bookmarkStart w:name="_Toc501463481" w:id="402"/>
+      <w:bookmarkStart w:name="_Toc256000146" w:id="403"/>
+      <w:bookmarkStart w:name="_Toc256000193" w:id="404"/>
+      <w:bookmarkStart w:name="_Toc256000240" w:id="405"/>
+      <w:bookmarkStart w:name="_Toc256000287" w:id="406"/>
+      <w:bookmarkStart w:name="_Toc256000334" w:id="407"/>
+      <w:bookmarkStart w:name="_Toc256000381" w:id="408"/>
+      <w:bookmarkStart w:name="_Toc527467959" w:id="409"/>
+      <w:bookmarkStart w:name="_Toc256000428" w:id="410"/>
+      <w:bookmarkStart w:name="_Toc34920190" w:id="411"/>
+      <w:bookmarkStart w:name="_Toc256000404" w:id="412"/>
+      <w:bookmarkStart w:name="_Toc99115191" w:id="413"/>
+      <w:bookmarkStart w:name="_Toc99115316" w:id="414"/>
+      <w:bookmarkStart w:name="_Toc193271968" w:id="415"/>
       <w:r w:rsidRPr="00B74E9F">
         <w:t>Luftemboli</w:t>
       </w:r>
       <w:bookmarkEnd w:id="398"/>
       <w:bookmarkEnd w:id="399"/>
       <w:bookmarkEnd w:id="400"/>
       <w:bookmarkEnd w:id="401"/>
       <w:bookmarkEnd w:id="402"/>
       <w:bookmarkEnd w:id="403"/>
       <w:bookmarkEnd w:id="404"/>
       <w:bookmarkEnd w:id="405"/>
       <w:bookmarkEnd w:id="406"/>
       <w:bookmarkEnd w:id="407"/>
       <w:bookmarkEnd w:id="408"/>
       <w:bookmarkEnd w:id="409"/>
       <w:bookmarkEnd w:id="410"/>
       <w:bookmarkEnd w:id="411"/>
       <w:bookmarkEnd w:id="412"/>
       <w:bookmarkEnd w:id="413"/>
       <w:bookmarkEnd w:id="414"/>
       <w:bookmarkEnd w:id="415"/>
     </w:p>
-    <w:p w14:paraId="11D63BA1" w14:textId="13BFF019" w:rsidR="00B74E9F" w:rsidRPr="00B74E9F" w:rsidRDefault="00B74E9F" w:rsidP="004802EC">
+    <w:p w:rsidRPr="00B74E9F" w:rsidR="00B74E9F" w:rsidP="004802EC" w:rsidRDefault="00B74E9F" w14:paraId="11D63BA1" w14:textId="13BFF019">
       <w:r w:rsidRPr="00B74E9F">
         <w:t xml:space="preserve">Trycket i vensystemet är lågt och om man hanterar nål och kateter felaktigt kan luft sugas in i kärlträdet och orsaka luftemboli. Det är därför viktigt att man lägger patienten i planläge varje gång man har en öppen förbindelse till en central ven. Se </w:t>
       </w:r>
-      <w:hyperlink r:id="rId34" w:history="1">
+      <w:hyperlink w:history="1" r:id="rId34">
         <w:r w:rsidRPr="004802EC">
           <w:rPr>
             <w:rStyle w:val="Hyperlnk"/>
           </w:rPr>
           <w:t>Vårdhandboken, avsnitt Central venkater under rubrik Omläggning och kranbyte</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="00B74E9F">
         <w:t xml:space="preserve"> för mer information.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="62BA5D30" w14:textId="77777777" w:rsidR="00B74E9F" w:rsidRPr="00B74E9F" w:rsidRDefault="00B74E9F" w:rsidP="002D612F">
+    <w:p w:rsidRPr="00B74E9F" w:rsidR="00B74E9F" w:rsidP="002D612F" w:rsidRDefault="00B74E9F" w14:paraId="62BA5D30" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="Rubrik3"/>
       </w:pPr>
-      <w:bookmarkStart w:id="416" w:name="_Toc256000496"/>
-[...16 lines deleted...]
-      <w:bookmarkStart w:id="433" w:name="_Toc193271969"/>
+      <w:bookmarkStart w:name="_Toc256000496" w:id="416"/>
+      <w:bookmarkStart w:name="_Toc498957683" w:id="417"/>
+      <w:bookmarkStart w:name="_Toc256000038" w:id="418"/>
+      <w:bookmarkStart w:name="_Toc256000100" w:id="419"/>
+      <w:bookmarkStart w:name="_Toc501463482" w:id="420"/>
+      <w:bookmarkStart w:name="_Toc256000147" w:id="421"/>
+      <w:bookmarkStart w:name="_Toc256000194" w:id="422"/>
+      <w:bookmarkStart w:name="_Toc256000241" w:id="423"/>
+      <w:bookmarkStart w:name="_Toc256000288" w:id="424"/>
+      <w:bookmarkStart w:name="_Toc256000335" w:id="425"/>
+      <w:bookmarkStart w:name="_Toc256000382" w:id="426"/>
+      <w:bookmarkStart w:name="_Toc527467960" w:id="427"/>
+      <w:bookmarkStart w:name="_Toc256000429" w:id="428"/>
+      <w:bookmarkStart w:name="_Toc34920191" w:id="429"/>
+      <w:bookmarkStart w:name="_Toc256000405" w:id="430"/>
+      <w:bookmarkStart w:name="_Toc99115192" w:id="431"/>
+      <w:bookmarkStart w:name="_Toc99115317" w:id="432"/>
+      <w:bookmarkStart w:name="_Toc193271969" w:id="433"/>
       <w:r w:rsidRPr="00B74E9F">
         <w:t>Röntgenkontroll</w:t>
       </w:r>
       <w:bookmarkEnd w:id="416"/>
       <w:bookmarkEnd w:id="417"/>
       <w:bookmarkEnd w:id="418"/>
       <w:bookmarkEnd w:id="419"/>
       <w:bookmarkEnd w:id="420"/>
       <w:bookmarkEnd w:id="421"/>
       <w:bookmarkEnd w:id="422"/>
       <w:bookmarkEnd w:id="423"/>
       <w:bookmarkEnd w:id="424"/>
       <w:bookmarkEnd w:id="425"/>
       <w:bookmarkEnd w:id="426"/>
       <w:bookmarkEnd w:id="427"/>
       <w:bookmarkEnd w:id="428"/>
       <w:bookmarkEnd w:id="429"/>
       <w:bookmarkEnd w:id="430"/>
       <w:bookmarkEnd w:id="431"/>
       <w:bookmarkEnd w:id="432"/>
       <w:bookmarkEnd w:id="433"/>
     </w:p>
-    <w:p w14:paraId="2295E224" w14:textId="77777777" w:rsidR="00B74E9F" w:rsidRPr="00B74E9F" w:rsidRDefault="00B74E9F" w:rsidP="002D612F">
+    <w:p w:rsidRPr="00B74E9F" w:rsidR="00B74E9F" w:rsidP="002D612F" w:rsidRDefault="00B74E9F" w14:paraId="2295E224" w14:textId="77777777">
       <w:r w:rsidRPr="00B74E9F">
         <w:t>Röntgen genomförs dels för att säkerställa kateterläge men också för att utesluta att man fått en pneumothorax eller hemothorax. Röntgen lungor för lägeskontroll är inte tvingande. Den som lagt in katetern beslutar om röntgenkontroll måste ske eller om katetern kan användas omedelbart.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6B11418A" w14:textId="77777777" w:rsidR="00B74E9F" w:rsidRPr="00B74E9F" w:rsidRDefault="00B74E9F" w:rsidP="002D612F">
+    <w:p w:rsidRPr="00B74E9F" w:rsidR="00B74E9F" w:rsidP="002D612F" w:rsidRDefault="00B74E9F" w14:paraId="6B11418A" w14:textId="77777777">
       <w:r w:rsidRPr="00B74E9F">
         <w:t>Vid PICC-lineinläggning är det inte obligatoriskt med röntgenkontroll då man använder intravasalt EKG: ”Sherlock”.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="100C2965" w14:textId="77777777" w:rsidR="00B74E9F" w:rsidRPr="00B74E9F" w:rsidRDefault="00B74E9F" w:rsidP="002D612F">
+    <w:p w:rsidRPr="00B74E9F" w:rsidR="00B74E9F" w:rsidP="002D612F" w:rsidRDefault="00B74E9F" w14:paraId="100C2965" w14:textId="77777777">
       <w:r w:rsidRPr="00B74E9F">
         <w:t xml:space="preserve">Vid följande tillfällen är röntgen dock tvingande: </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3D9CCEA6" w14:textId="77777777" w:rsidR="00B74E9F" w:rsidRPr="00B74E9F" w:rsidRDefault="00B74E9F" w:rsidP="002D612F">
+    <w:p w:rsidRPr="00B74E9F" w:rsidR="00B74E9F" w:rsidP="002D612F" w:rsidRDefault="00B74E9F" w14:paraId="3D9CCEA6" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="Punktlista"/>
       </w:pPr>
       <w:r w:rsidRPr="00B74E9F">
         <w:t xml:space="preserve">När läkemedel klassade som cytostatika ska ges genom kateter. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="43B090AB" w14:textId="77777777" w:rsidR="00B74E9F" w:rsidRPr="00B74E9F" w:rsidRDefault="00B74E9F" w:rsidP="002D612F">
+    <w:p w:rsidRPr="00B74E9F" w:rsidR="00B74E9F" w:rsidP="002D612F" w:rsidRDefault="00B74E9F" w14:paraId="43B090AB" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="Punktlista"/>
       </w:pPr>
       <w:r w:rsidRPr="00B74E9F">
         <w:t xml:space="preserve">När katetern ska användas för dialys (kateter lagd via vena femoralis måste inte röntgenkontrolleras). </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="67AACC35" w14:textId="1CB6BD4D" w:rsidR="00B74E9F" w:rsidRPr="00B74E9F" w:rsidRDefault="00B74E9F" w:rsidP="002D612F">
+    <w:p w:rsidRPr="00B74E9F" w:rsidR="00B74E9F" w:rsidP="002D612F" w:rsidRDefault="00B74E9F" w14:paraId="67AACC35" w14:textId="1CB6BD4D">
       <w:pPr>
         <w:pStyle w:val="Punktlista"/>
       </w:pPr>
       <w:r w:rsidRPr="00B74E9F">
-        <w:lastRenderedPageBreak/>
         <w:t>Misstanke om en komplikation, t.ex. pneumothorax, är alltid en indikation för röntgen. Observera att en pneumothorax efter en CVK-inläggning ofta inte ses förrän 24 timmar senare.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1E68F029" w14:textId="77777777" w:rsidR="00B74E9F" w:rsidRPr="00B74E9F" w:rsidRDefault="00B74E9F" w:rsidP="00B208B4">
+    <w:p w:rsidRPr="00B74E9F" w:rsidR="00B74E9F" w:rsidP="00B208B4" w:rsidRDefault="00B74E9F" w14:paraId="1E68F029" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="Rubrik3"/>
       </w:pPr>
-      <w:bookmarkStart w:id="434" w:name="_Toc256000497"/>
-[...16 lines deleted...]
-      <w:bookmarkStart w:id="451" w:name="_Toc193271970"/>
+      <w:bookmarkStart w:name="_Toc256000497" w:id="434"/>
+      <w:bookmarkStart w:name="_Toc498957684" w:id="435"/>
+      <w:bookmarkStart w:name="_Toc256000039" w:id="436"/>
+      <w:bookmarkStart w:name="_Toc256000101" w:id="437"/>
+      <w:bookmarkStart w:name="_Toc501463483" w:id="438"/>
+      <w:bookmarkStart w:name="_Toc256000148" w:id="439"/>
+      <w:bookmarkStart w:name="_Toc256000195" w:id="440"/>
+      <w:bookmarkStart w:name="_Toc256000242" w:id="441"/>
+      <w:bookmarkStart w:name="_Toc256000289" w:id="442"/>
+      <w:bookmarkStart w:name="_Toc256000336" w:id="443"/>
+      <w:bookmarkStart w:name="_Toc256000383" w:id="444"/>
+      <w:bookmarkStart w:name="_Toc527467961" w:id="445"/>
+      <w:bookmarkStart w:name="_Toc256000430" w:id="446"/>
+      <w:bookmarkStart w:name="_Toc34920192" w:id="447"/>
+      <w:bookmarkStart w:name="_Toc256000450" w:id="448"/>
+      <w:bookmarkStart w:name="_Toc99115193" w:id="449"/>
+      <w:bookmarkStart w:name="_Toc99115318" w:id="450"/>
+      <w:bookmarkStart w:name="_Toc193271970" w:id="451"/>
       <w:r w:rsidRPr="00B74E9F">
         <w:t>Användning av CVI</w:t>
       </w:r>
       <w:bookmarkEnd w:id="434"/>
       <w:bookmarkEnd w:id="435"/>
       <w:bookmarkEnd w:id="436"/>
       <w:bookmarkEnd w:id="437"/>
       <w:bookmarkEnd w:id="438"/>
       <w:bookmarkEnd w:id="439"/>
       <w:bookmarkEnd w:id="440"/>
       <w:bookmarkEnd w:id="441"/>
       <w:bookmarkEnd w:id="442"/>
       <w:bookmarkEnd w:id="443"/>
       <w:bookmarkEnd w:id="444"/>
       <w:bookmarkEnd w:id="445"/>
       <w:bookmarkEnd w:id="446"/>
       <w:bookmarkEnd w:id="447"/>
       <w:bookmarkEnd w:id="448"/>
       <w:bookmarkEnd w:id="449"/>
       <w:bookmarkEnd w:id="450"/>
       <w:bookmarkEnd w:id="451"/>
     </w:p>
-    <w:p w14:paraId="3AD225BE" w14:textId="77777777" w:rsidR="00B74E9F" w:rsidRPr="00B74E9F" w:rsidRDefault="00B74E9F" w:rsidP="00B208B4">
+    <w:p w:rsidRPr="00B74E9F" w:rsidR="00B74E9F" w:rsidP="00B208B4" w:rsidRDefault="00B74E9F" w14:paraId="3AD225BE" w14:textId="77777777">
       <w:pPr>
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00B74E9F">
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">Se </w:t>
       </w:r>
-      <w:hyperlink r:id="rId35" w:history="1">
+      <w:hyperlink w:history="1" r:id="rId35">
         <w:r w:rsidRPr="00B208B4">
           <w:rPr>
             <w:rStyle w:val="Hyperlnk"/>
           </w:rPr>
           <w:t>Vårdhandboken, avsnitt Central venkateter under rubrik Handhavande</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="00B74E9F">
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2AFEC37D" w14:textId="697E7E76" w:rsidR="00B74E9F" w:rsidRPr="00B74E9F" w:rsidRDefault="00B74E9F" w:rsidP="00B208B4">
+    <w:p w:rsidRPr="00B74E9F" w:rsidR="00B74E9F" w:rsidP="00B208B4" w:rsidRDefault="00B74E9F" w14:paraId="2AFEC37D" w14:textId="697E7E76">
       <w:pPr>
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00B74E9F">
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>För foto och beskrivning av CVI-systemets uppbyggnad, se bilaga</w:t>
       </w:r>
       <w:r w:rsidR="008E6B62">
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00B74E9F">
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">1, </w:t>
       </w:r>
-      <w:hyperlink w:anchor="Bilaga1" w:history="1">
+      <w:hyperlink w:history="1" w:anchor="Bilaga1">
         <w:r w:rsidRPr="00B208B4">
           <w:rPr>
             <w:rStyle w:val="Hyperlnk"/>
           </w:rPr>
           <w:t>CVI på vårdavdelning</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="00B74E9F">
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0A9E679B" w14:textId="77777777" w:rsidR="00B74E9F" w:rsidRPr="00B74E9F" w:rsidRDefault="00B74E9F" w:rsidP="00B208B4">
+    <w:p w:rsidRPr="00B74E9F" w:rsidR="00B74E9F" w:rsidP="00B208B4" w:rsidRDefault="00B74E9F" w14:paraId="0A9E679B" w14:textId="77777777">
       <w:pPr>
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00B74E9F">
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>I de flesta fall kan venporten användas direkt efter att kontrollröntgen är utförd. Vid nyinlagd venport (&lt;3 dygn) ska nålen sättas i samband med inläggningen; detta är speciellt viktigt om vävnadsretande läkemedel ska administreras.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="79F96CF0" w14:textId="77777777" w:rsidR="00B74E9F" w:rsidRPr="00B74E9F" w:rsidRDefault="00B74E9F" w:rsidP="00B208B4">
+    <w:p w:rsidRPr="00B74E9F" w:rsidR="00B74E9F" w:rsidP="00B208B4" w:rsidRDefault="00B74E9F" w14:paraId="79F96CF0" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="Rubrik3"/>
       </w:pPr>
-      <w:bookmarkStart w:id="452" w:name="_Toc256000498"/>
-[...16 lines deleted...]
-      <w:bookmarkStart w:id="469" w:name="_Toc193271971"/>
+      <w:bookmarkStart w:name="_Toc256000498" w:id="452"/>
+      <w:bookmarkStart w:name="_Toc498957685" w:id="453"/>
+      <w:bookmarkStart w:name="_Toc256000045" w:id="454"/>
+      <w:bookmarkStart w:name="_Toc256000102" w:id="455"/>
+      <w:bookmarkStart w:name="_Toc501463484" w:id="456"/>
+      <w:bookmarkStart w:name="_Toc256000149" w:id="457"/>
+      <w:bookmarkStart w:name="_Toc256000196" w:id="458"/>
+      <w:bookmarkStart w:name="_Toc256000243" w:id="459"/>
+      <w:bookmarkStart w:name="_Toc256000290" w:id="460"/>
+      <w:bookmarkStart w:name="_Toc256000337" w:id="461"/>
+      <w:bookmarkStart w:name="_Toc256000384" w:id="462"/>
+      <w:bookmarkStart w:name="_Toc527467962" w:id="463"/>
+      <w:bookmarkStart w:name="_Toc256000431" w:id="464"/>
+      <w:bookmarkStart w:name="_Toc34920193" w:id="465"/>
+      <w:bookmarkStart w:name="_Toc256000451" w:id="466"/>
+      <w:bookmarkStart w:name="_Toc99115194" w:id="467"/>
+      <w:bookmarkStart w:name="_Toc99115319" w:id="468"/>
+      <w:bookmarkStart w:name="_Toc193271971" w:id="469"/>
       <w:r w:rsidRPr="00B74E9F">
         <w:t>Omläggning och kranbyte</w:t>
       </w:r>
       <w:bookmarkEnd w:id="452"/>
       <w:bookmarkEnd w:id="453"/>
       <w:bookmarkEnd w:id="454"/>
       <w:bookmarkEnd w:id="455"/>
       <w:bookmarkEnd w:id="456"/>
       <w:bookmarkEnd w:id="457"/>
       <w:bookmarkEnd w:id="458"/>
       <w:bookmarkEnd w:id="459"/>
       <w:bookmarkEnd w:id="460"/>
       <w:bookmarkEnd w:id="461"/>
       <w:bookmarkEnd w:id="462"/>
       <w:bookmarkEnd w:id="463"/>
       <w:bookmarkEnd w:id="464"/>
       <w:bookmarkEnd w:id="465"/>
       <w:bookmarkEnd w:id="466"/>
       <w:bookmarkEnd w:id="467"/>
       <w:bookmarkEnd w:id="468"/>
       <w:bookmarkEnd w:id="469"/>
     </w:p>
-    <w:p w14:paraId="70D525E6" w14:textId="295EB6EE" w:rsidR="00B74E9F" w:rsidRPr="00B74E9F" w:rsidRDefault="00B74E9F" w:rsidP="00B208B4">
+    <w:p w:rsidRPr="00B74E9F" w:rsidR="00B74E9F" w:rsidP="00B208B4" w:rsidRDefault="00B74E9F" w14:paraId="70D525E6" w14:textId="295EB6EE">
       <w:pPr>
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00B74E9F">
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">Se </w:t>
       </w:r>
-      <w:hyperlink r:id="rId36" w:history="1">
+      <w:hyperlink w:history="1" r:id="rId36">
         <w:r w:rsidRPr="00B208B4">
           <w:rPr>
             <w:rStyle w:val="Hyperlnk"/>
           </w:rPr>
           <w:t>Vårdhandboken, avsnitt Central venkateter under rubrik Omläggning och kranbyte</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="00B74E9F">
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> respektive </w:t>
       </w:r>
-      <w:hyperlink r:id="rId37" w:history="1">
+      <w:hyperlink w:history="1" r:id="rId37">
         <w:r w:rsidRPr="00B208B4">
           <w:rPr>
             <w:rStyle w:val="Hyperlnk"/>
           </w:rPr>
           <w:t>Subkutan venport under rubrik Portnål, omläggning, byte av kran och injektionsmembran</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="00B74E9F">
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> samt </w:t>
       </w:r>
-      <w:hyperlink r:id="rId38" w:history="1">
+      <w:hyperlink w:history="1" r:id="rId38">
         <w:r w:rsidRPr="00B208B4">
           <w:rPr>
             <w:rStyle w:val="Hyperlnk"/>
           </w:rPr>
           <w:t>PICC-line under rubrik Omläggning</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="00B74E9F">
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3C1BEC5B" w14:textId="77777777" w:rsidR="00B74E9F" w:rsidRPr="00B74E9F" w:rsidRDefault="00B74E9F" w:rsidP="00B208B4">
+    <w:p w:rsidRPr="00B74E9F" w:rsidR="00B74E9F" w:rsidP="00B208B4" w:rsidRDefault="00B74E9F" w14:paraId="3C1BEC5B" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="Rubrik3"/>
       </w:pPr>
-      <w:bookmarkStart w:id="470" w:name="_Toc256000499"/>
-[...16 lines deleted...]
-      <w:bookmarkStart w:id="487" w:name="_Toc193271972"/>
+      <w:bookmarkStart w:name="_Toc256000499" w:id="470"/>
+      <w:bookmarkStart w:name="_Toc498957686" w:id="471"/>
+      <w:bookmarkStart w:name="_Toc256000046" w:id="472"/>
+      <w:bookmarkStart w:name="_Toc256000103" w:id="473"/>
+      <w:bookmarkStart w:name="_Toc501463485" w:id="474"/>
+      <w:bookmarkStart w:name="_Toc256000150" w:id="475"/>
+      <w:bookmarkStart w:name="_Toc256000197" w:id="476"/>
+      <w:bookmarkStart w:name="_Toc256000244" w:id="477"/>
+      <w:bookmarkStart w:name="_Toc256000291" w:id="478"/>
+      <w:bookmarkStart w:name="_Toc256000338" w:id="479"/>
+      <w:bookmarkStart w:name="_Toc256000385" w:id="480"/>
+      <w:bookmarkStart w:name="_Toc527467963" w:id="481"/>
+      <w:bookmarkStart w:name="_Toc256000432" w:id="482"/>
+      <w:bookmarkStart w:name="_Toc34920194" w:id="483"/>
+      <w:bookmarkStart w:name="_Toc256000452" w:id="484"/>
+      <w:bookmarkStart w:name="_Toc99115195" w:id="485"/>
+      <w:bookmarkStart w:name="_Toc99115320" w:id="486"/>
+      <w:bookmarkStart w:name="_Toc193271972" w:id="487"/>
       <w:r w:rsidRPr="00B74E9F">
         <w:t>Blodprover, transfusion och blododling</w:t>
       </w:r>
       <w:bookmarkEnd w:id="470"/>
       <w:bookmarkEnd w:id="471"/>
       <w:bookmarkEnd w:id="472"/>
       <w:bookmarkEnd w:id="473"/>
       <w:bookmarkEnd w:id="474"/>
       <w:bookmarkEnd w:id="475"/>
       <w:bookmarkEnd w:id="476"/>
       <w:bookmarkEnd w:id="477"/>
       <w:bookmarkEnd w:id="478"/>
       <w:bookmarkEnd w:id="479"/>
       <w:bookmarkEnd w:id="480"/>
       <w:bookmarkEnd w:id="481"/>
       <w:bookmarkEnd w:id="482"/>
       <w:bookmarkEnd w:id="483"/>
       <w:bookmarkEnd w:id="484"/>
       <w:bookmarkEnd w:id="485"/>
       <w:bookmarkEnd w:id="486"/>
       <w:bookmarkEnd w:id="487"/>
     </w:p>
-    <w:p w14:paraId="16472605" w14:textId="79AE71D9" w:rsidR="00B74E9F" w:rsidRPr="00B74E9F" w:rsidRDefault="00B74E9F" w:rsidP="00B208B4">
+    <w:p w:rsidRPr="00B74E9F" w:rsidR="00B74E9F" w:rsidP="00B208B4" w:rsidRDefault="00B74E9F" w14:paraId="16472605" w14:textId="79AE71D9">
       <w:pPr>
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00B74E9F">
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">Se </w:t>
       </w:r>
-      <w:hyperlink r:id="rId39" w:history="1">
+      <w:hyperlink w:history="1" r:id="rId39">
         <w:r w:rsidRPr="00AF0C87">
           <w:rPr>
             <w:rStyle w:val="Hyperlnk"/>
           </w:rPr>
           <w:t>Vårdhandboken, avsnitt Central venkateter under rubrik Blodprov och blododling via CVK</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="00B74E9F">
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> respektive </w:t>
       </w:r>
-      <w:hyperlink r:id="rId40" w:history="1">
+      <w:hyperlink w:history="1" r:id="rId40">
         <w:r w:rsidRPr="00BD36BB">
           <w:rPr>
             <w:rStyle w:val="Hyperlnk"/>
           </w:rPr>
           <w:t>Subkutan venport under rubrik Blodprov och blododling</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="00B74E9F">
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> samt </w:t>
       </w:r>
-      <w:hyperlink r:id="rId41" w:history="1">
+      <w:hyperlink w:history="1" r:id="rId41">
         <w:r w:rsidRPr="009629B5">
           <w:rPr>
             <w:rStyle w:val="Hyperlnk"/>
           </w:rPr>
           <w:t>PICC-line under rubrik Blodprov och blododling</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="00B74E9F">
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="428A41D1" w14:textId="77777777" w:rsidR="00B74E9F" w:rsidRPr="00B74E9F" w:rsidRDefault="00B74E9F" w:rsidP="00B208B4">
+    <w:p w:rsidRPr="00B74E9F" w:rsidR="00B74E9F" w:rsidP="00B208B4" w:rsidRDefault="00B74E9F" w14:paraId="428A41D1" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="Rubrik3"/>
       </w:pPr>
-      <w:bookmarkStart w:id="488" w:name="_Toc256000500"/>
-[...16 lines deleted...]
-      <w:bookmarkStart w:id="505" w:name="_Toc193271973"/>
+      <w:bookmarkStart w:name="_Toc256000500" w:id="488"/>
+      <w:bookmarkStart w:name="_Toc498957687" w:id="489"/>
+      <w:bookmarkStart w:name="_Toc256000047" w:id="490"/>
+      <w:bookmarkStart w:name="_Toc256000104" w:id="491"/>
+      <w:bookmarkStart w:name="_Toc501463486" w:id="492"/>
+      <w:bookmarkStart w:name="_Toc256000151" w:id="493"/>
+      <w:bookmarkStart w:name="_Toc256000198" w:id="494"/>
+      <w:bookmarkStart w:name="_Toc256000245" w:id="495"/>
+      <w:bookmarkStart w:name="_Toc256000292" w:id="496"/>
+      <w:bookmarkStart w:name="_Toc256000339" w:id="497"/>
+      <w:bookmarkStart w:name="_Toc256000386" w:id="498"/>
+      <w:bookmarkStart w:name="_Toc527467964" w:id="499"/>
+      <w:bookmarkStart w:name="_Toc256000433" w:id="500"/>
+      <w:bookmarkStart w:name="_Toc34920195" w:id="501"/>
+      <w:bookmarkStart w:name="_Toc256000453" w:id="502"/>
+      <w:bookmarkStart w:name="_Toc99115196" w:id="503"/>
+      <w:bookmarkStart w:name="_Toc99115321" w:id="504"/>
+      <w:bookmarkStart w:name="_Toc193271973" w:id="505"/>
       <w:r w:rsidRPr="00B74E9F">
         <w:t>Borttagande av central venös infart</w:t>
       </w:r>
       <w:bookmarkEnd w:id="488"/>
       <w:bookmarkEnd w:id="489"/>
       <w:bookmarkEnd w:id="490"/>
       <w:bookmarkEnd w:id="491"/>
       <w:bookmarkEnd w:id="492"/>
       <w:bookmarkEnd w:id="493"/>
       <w:bookmarkEnd w:id="494"/>
       <w:bookmarkEnd w:id="495"/>
       <w:bookmarkEnd w:id="496"/>
       <w:bookmarkEnd w:id="497"/>
       <w:bookmarkEnd w:id="498"/>
       <w:bookmarkEnd w:id="499"/>
       <w:bookmarkEnd w:id="500"/>
       <w:bookmarkEnd w:id="501"/>
       <w:bookmarkEnd w:id="502"/>
       <w:bookmarkEnd w:id="503"/>
       <w:bookmarkEnd w:id="504"/>
       <w:bookmarkEnd w:id="505"/>
     </w:p>
-    <w:p w14:paraId="4D0BCB03" w14:textId="20793E3F" w:rsidR="00B74E9F" w:rsidRPr="00B74E9F" w:rsidRDefault="00B74E9F" w:rsidP="00024130">
+    <w:p w:rsidRPr="00B74E9F" w:rsidR="00B74E9F" w:rsidP="00024130" w:rsidRDefault="00B74E9F" w14:paraId="4D0BCB03" w14:textId="20793E3F">
       <w:pPr>
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00B74E9F">
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">Se </w:t>
       </w:r>
-      <w:hyperlink r:id="rId42" w:history="1">
+      <w:hyperlink w:history="1" r:id="rId42">
         <w:r w:rsidRPr="00024130">
           <w:rPr>
             <w:rStyle w:val="Hyperlnk"/>
           </w:rPr>
           <w:t>Vårdhandboken, avsnitt Central venkateter under rubrik Avlägsnande av CVK</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="00B74E9F">
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> respektive respektive </w:t>
       </w:r>
-      <w:hyperlink r:id="rId43" w:history="1">
+      <w:hyperlink w:history="1" r:id="rId43">
         <w:r w:rsidRPr="00024130">
           <w:rPr>
             <w:rStyle w:val="Hyperlnk"/>
           </w:rPr>
           <w:t>Subkutan venport under rubrik Portnål, omläggning, byte av kran och injektionsmembran</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="00B74E9F">
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> samt </w:t>
       </w:r>
-      <w:hyperlink r:id="rId44" w:history="1">
+      <w:hyperlink w:history="1" r:id="rId44">
         <w:r w:rsidRPr="00024130">
           <w:rPr>
             <w:rStyle w:val="Hyperlnk"/>
           </w:rPr>
           <w:t>PICC-line under rubrik Avlägsnande</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="00B74E9F">
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="587814FE" w14:textId="77777777" w:rsidR="00B74E9F" w:rsidRPr="00B74E9F" w:rsidRDefault="00B74E9F" w:rsidP="00024130">
+    <w:p w:rsidRPr="00B74E9F" w:rsidR="00B74E9F" w:rsidP="00024130" w:rsidRDefault="00B74E9F" w14:paraId="587814FE" w14:textId="77777777">
       <w:pPr>
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00B74E9F">
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>Skicka kateterspetsen för odling vid misstänkt kateterinfektion.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="11CA4B7D" w14:textId="500E4CA4" w:rsidR="00B74E9F" w:rsidRPr="00B74E9F" w:rsidRDefault="00B74E9F" w:rsidP="00024130">
+    <w:p w:rsidRPr="00B74E9F" w:rsidR="00B74E9F" w:rsidP="00024130" w:rsidRDefault="00B74E9F" w14:paraId="11CA4B7D" w14:textId="500E4CA4">
       <w:pPr>
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00B74E9F">
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">Dokumentera borttagandet i patientjournalen Melior: flytta från fri aktivitet till pågående, aktuellt vårdtillfälle, enligt rutinen </w:t>
       </w:r>
-      <w:hyperlink r:id="rId45" w:history="1">
+      <w:hyperlink w:history="1" r:id="rId45">
         <w:r w:rsidR="00AF13E3">
           <w:rPr>
             <w:rStyle w:val="Hyperlnk"/>
           </w:rPr>
           <w:t>Central infart och Perifer långtidskateter i Melior</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="00B74E9F">
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="18BEAD84" w14:textId="77777777" w:rsidR="00B74E9F" w:rsidRPr="00B74E9F" w:rsidRDefault="00B74E9F" w:rsidP="00024130">
+    <w:p w:rsidRPr="00B74E9F" w:rsidR="00B74E9F" w:rsidP="00024130" w:rsidRDefault="00B74E9F" w14:paraId="18BEAD84" w14:textId="77777777">
       <w:pPr>
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00B74E9F">
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">Patienten ska ha sängläge under 10 minuter efter att man dragit CVK. </w:t>
       </w:r>
       <w:r w:rsidRPr="00B74E9F">
         <w:rPr>
           <w:b/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>OBS!</w:t>
       </w:r>
       <w:r w:rsidRPr="00B74E9F">
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t> Vid borttagning av CDK i 2 timmar.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="66134FC8" w14:textId="77777777" w:rsidR="00B74E9F" w:rsidRPr="00B74E9F" w:rsidRDefault="00B74E9F" w:rsidP="00024130">
+    <w:p w:rsidRPr="00B74E9F" w:rsidR="00B74E9F" w:rsidP="00024130" w:rsidRDefault="00B74E9F" w14:paraId="66134FC8" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="Rubrik3"/>
       </w:pPr>
-      <w:bookmarkStart w:id="506" w:name="_Toc256000501"/>
-[...18 lines deleted...]
-        <w:lastRenderedPageBreak/>
+      <w:bookmarkStart w:name="_Toc256000501" w:id="506"/>
+      <w:bookmarkStart w:name="_Toc498957688" w:id="507"/>
+      <w:bookmarkStart w:name="_Toc256000048" w:id="508"/>
+      <w:bookmarkStart w:name="_Toc256000105" w:id="509"/>
+      <w:bookmarkStart w:name="_Toc501463487" w:id="510"/>
+      <w:bookmarkStart w:name="_Toc256000152" w:id="511"/>
+      <w:bookmarkStart w:name="_Toc256000199" w:id="512"/>
+      <w:bookmarkStart w:name="_Toc256000246" w:id="513"/>
+      <w:bookmarkStart w:name="_Toc256000293" w:id="514"/>
+      <w:bookmarkStart w:name="_Toc256000340" w:id="515"/>
+      <w:bookmarkStart w:name="_Toc256000387" w:id="516"/>
+      <w:bookmarkStart w:name="_Toc527467965" w:id="517"/>
+      <w:bookmarkStart w:name="_Toc256000434" w:id="518"/>
+      <w:bookmarkStart w:name="_Toc34920196" w:id="519"/>
+      <w:bookmarkStart w:name="_Toc256000454" w:id="520"/>
+      <w:bookmarkStart w:name="_Toc99115197" w:id="521"/>
+      <w:bookmarkStart w:name="_Toc99115322" w:id="522"/>
+      <w:bookmarkStart w:name="_Toc193271974" w:id="523"/>
+      <w:r w:rsidRPr="00B74E9F">
         <w:t>Kateterglidning (kateterdislokaltion och extravasal infusion)</w:t>
       </w:r>
       <w:bookmarkEnd w:id="506"/>
       <w:bookmarkEnd w:id="507"/>
       <w:bookmarkEnd w:id="508"/>
       <w:bookmarkEnd w:id="509"/>
       <w:bookmarkEnd w:id="510"/>
       <w:bookmarkEnd w:id="511"/>
       <w:bookmarkEnd w:id="512"/>
       <w:bookmarkEnd w:id="513"/>
       <w:bookmarkEnd w:id="514"/>
       <w:bookmarkEnd w:id="515"/>
       <w:bookmarkEnd w:id="516"/>
       <w:bookmarkEnd w:id="517"/>
       <w:bookmarkEnd w:id="518"/>
       <w:bookmarkEnd w:id="519"/>
       <w:bookmarkEnd w:id="520"/>
       <w:bookmarkEnd w:id="521"/>
       <w:bookmarkEnd w:id="522"/>
       <w:bookmarkEnd w:id="523"/>
     </w:p>
-    <w:p w14:paraId="0DE899A8" w14:textId="0DC24F85" w:rsidR="00B74E9F" w:rsidRPr="00B74E9F" w:rsidRDefault="00B74E9F" w:rsidP="00024130">
+    <w:p w:rsidRPr="00B74E9F" w:rsidR="00B74E9F" w:rsidP="00024130" w:rsidRDefault="00B74E9F" w14:paraId="0DE899A8" w14:textId="0DC24F85">
       <w:pPr>
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00B74E9F">
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">Se </w:t>
       </w:r>
-      <w:hyperlink r:id="rId46" w:history="1">
+      <w:hyperlink w:history="1" r:id="rId46">
         <w:r w:rsidRPr="00024130">
           <w:rPr>
             <w:rStyle w:val="Hyperlnk"/>
           </w:rPr>
           <w:t>Vårdhandboken, avsnitt Central venkateter under rubrik Komplikationer</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="00B74E9F">
         <w:rPr>
           <w:color w:val="0000FF"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00B74E9F">
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">respektive </w:t>
       </w:r>
-      <w:hyperlink r:id="rId47" w:history="1">
+      <w:hyperlink w:history="1" r:id="rId47">
         <w:r w:rsidRPr="00024130">
           <w:rPr>
             <w:rStyle w:val="Hyperlnk"/>
           </w:rPr>
           <w:t>Subkutan venport under rubrik Komplikationer</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="00B74E9F">
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> samt </w:t>
       </w:r>
-      <w:hyperlink r:id="rId48" w:history="1">
+      <w:hyperlink w:history="1" r:id="rId48">
         <w:r w:rsidRPr="00024130">
           <w:rPr>
             <w:rStyle w:val="Hyperlnk"/>
           </w:rPr>
           <w:t>PICC-line under rubrik Komplikationer</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="00B74E9F">
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2F5B6805" w14:textId="77777777" w:rsidR="00B74E9F" w:rsidRPr="00B74E9F" w:rsidRDefault="00B74E9F" w:rsidP="00024130">
+    <w:p w:rsidRPr="00B74E9F" w:rsidR="00B74E9F" w:rsidP="00024130" w:rsidRDefault="00B74E9F" w14:paraId="2F5B6805" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="Rubrik3"/>
       </w:pPr>
-      <w:bookmarkStart w:id="524" w:name="_Toc256000502"/>
-[...16 lines deleted...]
-      <w:bookmarkStart w:id="541" w:name="_Toc193271975"/>
+      <w:bookmarkStart w:name="_Toc256000502" w:id="524"/>
+      <w:bookmarkStart w:name="_Toc498957689" w:id="525"/>
+      <w:bookmarkStart w:name="_Toc256000049" w:id="526"/>
+      <w:bookmarkStart w:name="_Toc256000106" w:id="527"/>
+      <w:bookmarkStart w:name="_Toc501463488" w:id="528"/>
+      <w:bookmarkStart w:name="_Toc256000153" w:id="529"/>
+      <w:bookmarkStart w:name="_Toc256000200" w:id="530"/>
+      <w:bookmarkStart w:name="_Toc256000247" w:id="531"/>
+      <w:bookmarkStart w:name="_Toc256000294" w:id="532"/>
+      <w:bookmarkStart w:name="_Toc256000341" w:id="533"/>
+      <w:bookmarkStart w:name="_Toc256000388" w:id="534"/>
+      <w:bookmarkStart w:name="_Toc527467966" w:id="535"/>
+      <w:bookmarkStart w:name="_Toc256000435" w:id="536"/>
+      <w:bookmarkStart w:name="_Toc34920197" w:id="537"/>
+      <w:bookmarkStart w:name="_Toc256000455" w:id="538"/>
+      <w:bookmarkStart w:name="_Toc99115198" w:id="539"/>
+      <w:bookmarkStart w:name="_Toc99115323" w:id="540"/>
+      <w:bookmarkStart w:name="_Toc193271975" w:id="541"/>
       <w:r w:rsidRPr="00B74E9F">
         <w:t>Kontroll av backflöde</w:t>
       </w:r>
       <w:bookmarkEnd w:id="524"/>
       <w:bookmarkEnd w:id="525"/>
       <w:bookmarkEnd w:id="526"/>
       <w:bookmarkEnd w:id="527"/>
       <w:bookmarkEnd w:id="528"/>
       <w:bookmarkEnd w:id="529"/>
       <w:bookmarkEnd w:id="530"/>
       <w:bookmarkEnd w:id="531"/>
       <w:bookmarkEnd w:id="532"/>
       <w:bookmarkEnd w:id="533"/>
       <w:bookmarkEnd w:id="534"/>
       <w:bookmarkEnd w:id="535"/>
       <w:bookmarkEnd w:id="536"/>
       <w:bookmarkEnd w:id="537"/>
       <w:bookmarkEnd w:id="538"/>
       <w:bookmarkEnd w:id="539"/>
       <w:bookmarkEnd w:id="540"/>
       <w:bookmarkEnd w:id="541"/>
     </w:p>
-    <w:p w14:paraId="60B2652D" w14:textId="77777777" w:rsidR="00B74E9F" w:rsidRPr="00B74E9F" w:rsidRDefault="00B74E9F" w:rsidP="00024130">
+    <w:p w:rsidRPr="00B74E9F" w:rsidR="00B74E9F" w:rsidP="00024130" w:rsidRDefault="00B74E9F" w14:paraId="60B2652D" w14:textId="77777777">
       <w:r w:rsidRPr="00B74E9F">
         <w:t>Backflöde av blod i katetern säkerställer att kateterspetsen ligger i blodbanan. Om backflöde inte erhålls, men bedöms nödvändigt för användning av katetern, måste röntgenkontroll med kontrastmedel göras för att säkerställa intravasalt läge av kateterspetsen.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="36E055A0" w14:textId="77777777" w:rsidR="00B74E9F" w:rsidRPr="00B74E9F" w:rsidRDefault="00B74E9F" w:rsidP="00024130">
+    <w:p w:rsidRPr="00B74E9F" w:rsidR="00B74E9F" w:rsidP="00024130" w:rsidRDefault="00B74E9F" w14:paraId="36E055A0" w14:textId="77777777">
       <w:r w:rsidRPr="00B74E9F">
         <w:t>Backflöde ska alltid kontrolleras före en infusion av läkemedel som kan vara vävnadstoxisk, t.ex. cytostatika.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5741B2A4" w14:textId="77777777" w:rsidR="00B74E9F" w:rsidRPr="00B74E9F" w:rsidRDefault="00B74E9F" w:rsidP="00024130">
+    <w:p w:rsidRPr="00B74E9F" w:rsidR="00B74E9F" w:rsidP="00024130" w:rsidRDefault="00B74E9F" w14:paraId="5741B2A4" w14:textId="77777777">
       <w:r w:rsidRPr="00B74E9F">
         <w:t>Kontroll av backflöde görs bäst genom att sänka infusionspåsen under hjärthöjd tills synligt blod backar upp i katetern.</w:t>
       </w:r>
       <w:r w:rsidRPr="00B74E9F">
         <w:br/>
       </w:r>
       <w:r w:rsidRPr="00B74E9F">
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>OBS!</w:t>
       </w:r>
       <w:r w:rsidRPr="00B74E9F">
         <w:t xml:space="preserve"> Undvik att blodet backar upp i trevägskranarna. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0E6F1D6A" w14:textId="57ABA51E" w:rsidR="00B74E9F" w:rsidRPr="00B74E9F" w:rsidRDefault="00B74E9F" w:rsidP="00024130">
+    <w:p w:rsidRPr="00B74E9F" w:rsidR="00B74E9F" w:rsidP="00024130" w:rsidRDefault="00B74E9F" w14:paraId="0E6F1D6A" w14:textId="57ABA51E">
       <w:r w:rsidRPr="00B74E9F">
         <w:t>Backflöde kan också kontrolleras genom aspiration med spruta. Efter kontroll av backflöde, spola alltid rent i katetern med minst 20 ml NaCl 9</w:t>
       </w:r>
       <w:r w:rsidR="00421087">
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00B74E9F">
         <w:t>mg/ml.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="57C82B32" w14:textId="77777777" w:rsidR="00B74E9F" w:rsidRPr="00B74E9F" w:rsidRDefault="00B74E9F" w:rsidP="00421087">
+    <w:p w:rsidRPr="00B74E9F" w:rsidR="00B74E9F" w:rsidP="00421087" w:rsidRDefault="00B74E9F" w14:paraId="57C82B32" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="MellanrubrikVGR"/>
       </w:pPr>
-      <w:bookmarkStart w:id="542" w:name="_Toc256000503"/>
-[...16 lines deleted...]
-      <w:bookmarkStart w:id="559" w:name="_Toc193271976"/>
+      <w:bookmarkStart w:name="_Toc256000503" w:id="542"/>
+      <w:bookmarkStart w:name="_Toc498957690" w:id="543"/>
+      <w:bookmarkStart w:name="_Toc256000050" w:id="544"/>
+      <w:bookmarkStart w:name="_Toc256000107" w:id="545"/>
+      <w:bookmarkStart w:name="_Toc501463489" w:id="546"/>
+      <w:bookmarkStart w:name="_Toc256000154" w:id="547"/>
+      <w:bookmarkStart w:name="_Toc256000201" w:id="548"/>
+      <w:bookmarkStart w:name="_Toc256000248" w:id="549"/>
+      <w:bookmarkStart w:name="_Toc256000295" w:id="550"/>
+      <w:bookmarkStart w:name="_Toc256000342" w:id="551"/>
+      <w:bookmarkStart w:name="_Toc256000389" w:id="552"/>
+      <w:bookmarkStart w:name="_Toc527467967" w:id="553"/>
+      <w:bookmarkStart w:name="_Toc256000436" w:id="554"/>
+      <w:bookmarkStart w:name="_Toc34920198" w:id="555"/>
+      <w:bookmarkStart w:name="_Toc256000456" w:id="556"/>
+      <w:bookmarkStart w:name="_Toc99115199" w:id="557"/>
+      <w:bookmarkStart w:name="_Toc99115324" w:id="558"/>
+      <w:bookmarkStart w:name="_Toc193271976" w:id="559"/>
       <w:r w:rsidRPr="00B74E9F">
         <w:t>Om ej backflöde</w:t>
       </w:r>
       <w:bookmarkEnd w:id="542"/>
       <w:bookmarkEnd w:id="543"/>
       <w:bookmarkEnd w:id="544"/>
       <w:bookmarkEnd w:id="545"/>
       <w:bookmarkEnd w:id="546"/>
       <w:bookmarkEnd w:id="547"/>
       <w:bookmarkEnd w:id="548"/>
       <w:bookmarkEnd w:id="549"/>
       <w:bookmarkEnd w:id="550"/>
       <w:bookmarkEnd w:id="551"/>
       <w:bookmarkEnd w:id="552"/>
       <w:bookmarkEnd w:id="553"/>
       <w:bookmarkEnd w:id="554"/>
       <w:bookmarkEnd w:id="555"/>
       <w:bookmarkEnd w:id="556"/>
       <w:bookmarkEnd w:id="557"/>
       <w:bookmarkEnd w:id="558"/>
       <w:bookmarkEnd w:id="559"/>
     </w:p>
-    <w:p w14:paraId="352E0624" w14:textId="77777777" w:rsidR="00B74E9F" w:rsidRPr="00B74E9F" w:rsidRDefault="00B74E9F" w:rsidP="00421087">
+    <w:p w:rsidRPr="00B74E9F" w:rsidR="00B74E9F" w:rsidP="00421087" w:rsidRDefault="00B74E9F" w14:paraId="352E0624" w14:textId="77777777">
       <w:r w:rsidRPr="00B74E9F">
         <w:t>Backflöde går inte alltid att upprätthålla, se nedan. Behovet av kontroll av backflöde avgörs i samråd med ansvarig läkare.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="41AE58E9" w14:textId="300B7EE8" w:rsidR="00B74E9F" w:rsidRPr="00B74E9F" w:rsidRDefault="00B74E9F" w:rsidP="00421087">
+    <w:p w:rsidRPr="00B74E9F" w:rsidR="00B74E9F" w:rsidP="00421087" w:rsidRDefault="00B74E9F" w14:paraId="41AE58E9" w14:textId="300B7EE8">
       <w:r>
         <w:t xml:space="preserve">Det är inte nödvändigt med rutinmässig kontroll av backflöde hos katetrar som är väl fastsydda, där det inte finns några tecken på att katetern har glidit ut och där det går lätt att injicera. </w:t>
       </w:r>
       <w:r w:rsidR="53A115DC">
         <w:t>Nål i subkutan v</w:t>
       </w:r>
       <w:r>
         <w:t>enport och PICC-line är inte fastsydda.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5895C792" w14:textId="77777777" w:rsidR="00B74E9F" w:rsidRPr="00B74E9F" w:rsidRDefault="00B74E9F" w:rsidP="00421087">
+    <w:p w:rsidRPr="00B74E9F" w:rsidR="00B74E9F" w:rsidP="00421087" w:rsidRDefault="00B74E9F" w14:paraId="5895C792" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="MellanrubrikVGR"/>
       </w:pPr>
-      <w:bookmarkStart w:id="560" w:name="_Toc256000504"/>
-[...16 lines deleted...]
-      <w:bookmarkStart w:id="577" w:name="_Toc193271977"/>
+      <w:bookmarkStart w:name="_Toc256000504" w:id="560"/>
+      <w:bookmarkStart w:name="_Toc498957691" w:id="561"/>
+      <w:bookmarkStart w:name="_Toc256000051" w:id="562"/>
+      <w:bookmarkStart w:name="_Toc256000108" w:id="563"/>
+      <w:bookmarkStart w:name="_Toc501463490" w:id="564"/>
+      <w:bookmarkStart w:name="_Toc256000155" w:id="565"/>
+      <w:bookmarkStart w:name="_Toc256000202" w:id="566"/>
+      <w:bookmarkStart w:name="_Toc256000249" w:id="567"/>
+      <w:bookmarkStart w:name="_Toc256000296" w:id="568"/>
+      <w:bookmarkStart w:name="_Toc256000343" w:id="569"/>
+      <w:bookmarkStart w:name="_Toc256000390" w:id="570"/>
+      <w:bookmarkStart w:name="_Toc527467968" w:id="571"/>
+      <w:bookmarkStart w:name="_Toc256000437" w:id="572"/>
+      <w:bookmarkStart w:name="_Toc34920199" w:id="573"/>
+      <w:bookmarkStart w:name="_Toc256000457" w:id="574"/>
+      <w:bookmarkStart w:name="_Toc99115200" w:id="575"/>
+      <w:bookmarkStart w:name="_Toc99115325" w:id="576"/>
+      <w:bookmarkStart w:name="_Toc193271977" w:id="577"/>
       <w:r w:rsidRPr="00B74E9F">
         <w:t>Orsaker till att backflöde inte uppnås</w:t>
       </w:r>
       <w:bookmarkEnd w:id="560"/>
       <w:bookmarkEnd w:id="561"/>
       <w:bookmarkEnd w:id="562"/>
       <w:bookmarkEnd w:id="563"/>
       <w:bookmarkEnd w:id="564"/>
       <w:bookmarkEnd w:id="565"/>
       <w:bookmarkEnd w:id="566"/>
       <w:bookmarkEnd w:id="567"/>
       <w:bookmarkEnd w:id="568"/>
       <w:bookmarkEnd w:id="569"/>
       <w:bookmarkEnd w:id="570"/>
       <w:bookmarkEnd w:id="571"/>
       <w:bookmarkEnd w:id="572"/>
       <w:bookmarkEnd w:id="573"/>
       <w:bookmarkEnd w:id="574"/>
       <w:bookmarkEnd w:id="575"/>
       <w:bookmarkEnd w:id="576"/>
       <w:bookmarkEnd w:id="577"/>
     </w:p>
-    <w:p w14:paraId="05161F95" w14:textId="77777777" w:rsidR="00B74E9F" w:rsidRPr="00B74E9F" w:rsidRDefault="00B74E9F" w:rsidP="00421087">
+    <w:p w:rsidRPr="00B74E9F" w:rsidR="00B74E9F" w:rsidP="00421087" w:rsidRDefault="00B74E9F" w14:paraId="05161F95" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="Punktlista"/>
       </w:pPr>
       <w:r w:rsidRPr="00B74E9F">
         <w:t>Efter en tids placering i blodbanan bildas en tunn bindvävsskida runt katetern. Denna kan fungera som en envägsventil, d.v.s. det går lätt att spola in vätska men vid undertryck sugs bindvävskidan fast mot katetern och försvårar backflöde. Detta är en vanlig orsak.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3CC64E0D" w14:textId="77777777" w:rsidR="00B74E9F" w:rsidRPr="00B74E9F" w:rsidRDefault="00B74E9F" w:rsidP="00421087">
+    <w:p w:rsidRPr="00B74E9F" w:rsidR="00B74E9F" w:rsidP="00421087" w:rsidRDefault="00B74E9F" w14:paraId="3CC64E0D" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="Punktlista"/>
       </w:pPr>
       <w:r w:rsidRPr="00B74E9F">
         <w:t>Kateterlumen är kraftigt förträngd p.g.a. proteinutfällningar; då är det även trögt att spola in NaCl.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1EAD2809" w14:textId="77777777" w:rsidR="00B74E9F" w:rsidRPr="00B74E9F" w:rsidRDefault="00B74E9F" w:rsidP="00421087">
+    <w:p w:rsidRPr="00B74E9F" w:rsidR="00B74E9F" w:rsidP="00421087" w:rsidRDefault="00B74E9F" w14:paraId="1EAD2809" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="Punktlista"/>
       </w:pPr>
       <w:r w:rsidRPr="00B74E9F">
         <w:t>Katetern tältar mot kärlväggen; ses oftast med röntgen. Katetern kan eventuellt backas några cm.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="73E5968A" w14:textId="77777777" w:rsidR="00B74E9F" w:rsidRPr="00B74E9F" w:rsidRDefault="00B74E9F" w:rsidP="00421087">
+    <w:p w:rsidRPr="00B74E9F" w:rsidR="00B74E9F" w:rsidP="00421087" w:rsidRDefault="00B74E9F" w14:paraId="73E5968A" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="Punktlista"/>
       </w:pPr>
       <w:r w:rsidRPr="00B74E9F">
-        <w:lastRenderedPageBreak/>
         <w:t>Katetern har glidit ut (venport kan inte glida ur kärlet). Detta märks vanligen i samband med inspektion av insticksstället. Katetern ska då inte användas. Ta kontakt med ansvarig läkare.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="49CD31F4" w14:textId="77777777" w:rsidR="00B74E9F" w:rsidRPr="00B74E9F" w:rsidRDefault="00B74E9F" w:rsidP="00421087">
+    <w:p w:rsidRPr="00B74E9F" w:rsidR="00B74E9F" w:rsidP="00421087" w:rsidRDefault="00B74E9F" w14:paraId="49CD31F4" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="Punktlista"/>
       </w:pPr>
       <w:r w:rsidRPr="00B74E9F">
         <w:t>Katetern har efter inläggningen penetrerat kärlväggen. Med dagens mjuka katetermaterial är detta en extremt ovanlig komplikation.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6002475D" w14:textId="77777777" w:rsidR="00B74E9F" w:rsidRPr="00B74E9F" w:rsidRDefault="00B74E9F" w:rsidP="00D16BAA">
+    <w:p w:rsidRPr="00B74E9F" w:rsidR="00B74E9F" w:rsidP="00D16BAA" w:rsidRDefault="00B74E9F" w14:paraId="6002475D" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="MellanrubrikVGR"/>
       </w:pPr>
-      <w:bookmarkStart w:id="578" w:name="_Toc256000505"/>
-[...16 lines deleted...]
-      <w:bookmarkStart w:id="595" w:name="_Toc193271978"/>
+      <w:bookmarkStart w:name="_Toc256000505" w:id="578"/>
+      <w:bookmarkStart w:name="_Toc498957692" w:id="579"/>
+      <w:bookmarkStart w:name="_Toc256000057" w:id="580"/>
+      <w:bookmarkStart w:name="_Toc256000109" w:id="581"/>
+      <w:bookmarkStart w:name="_Toc501463491" w:id="582"/>
+      <w:bookmarkStart w:name="_Toc256000156" w:id="583"/>
+      <w:bookmarkStart w:name="_Toc256000203" w:id="584"/>
+      <w:bookmarkStart w:name="_Toc256000250" w:id="585"/>
+      <w:bookmarkStart w:name="_Toc256000297" w:id="586"/>
+      <w:bookmarkStart w:name="_Toc256000344" w:id="587"/>
+      <w:bookmarkStart w:name="_Toc256000391" w:id="588"/>
+      <w:bookmarkStart w:name="_Toc527467969" w:id="589"/>
+      <w:bookmarkStart w:name="_Toc256000438" w:id="590"/>
+      <w:bookmarkStart w:name="_Toc34920200" w:id="591"/>
+      <w:bookmarkStart w:name="_Toc256000458" w:id="592"/>
+      <w:bookmarkStart w:name="_Toc99115201" w:id="593"/>
+      <w:bookmarkStart w:name="_Toc99115326" w:id="594"/>
+      <w:bookmarkStart w:name="_Toc193271978" w:id="595"/>
       <w:r w:rsidRPr="00B74E9F">
         <w:t>Stopp i katetern/ocklusion</w:t>
       </w:r>
       <w:bookmarkEnd w:id="578"/>
       <w:bookmarkEnd w:id="579"/>
       <w:bookmarkEnd w:id="580"/>
       <w:bookmarkEnd w:id="581"/>
       <w:bookmarkEnd w:id="582"/>
       <w:bookmarkEnd w:id="583"/>
       <w:bookmarkEnd w:id="584"/>
       <w:bookmarkEnd w:id="585"/>
       <w:bookmarkEnd w:id="586"/>
       <w:bookmarkEnd w:id="587"/>
       <w:bookmarkEnd w:id="588"/>
       <w:bookmarkEnd w:id="589"/>
       <w:bookmarkEnd w:id="590"/>
       <w:bookmarkEnd w:id="591"/>
       <w:bookmarkEnd w:id="592"/>
       <w:bookmarkEnd w:id="593"/>
       <w:bookmarkEnd w:id="594"/>
       <w:bookmarkEnd w:id="595"/>
     </w:p>
-    <w:p w14:paraId="1E21DE3C" w14:textId="0BAEEC31" w:rsidR="00F8398E" w:rsidRPr="001F4292" w:rsidRDefault="002A42D4" w:rsidP="00D16BAA">
+    <w:p w:rsidRPr="001F4292" w:rsidR="00F8398E" w:rsidP="00D16BAA" w:rsidRDefault="002A42D4" w14:paraId="1E21DE3C" w14:textId="0BAEEC31">
       <w:r w:rsidRPr="001F4292">
         <w:t>Vid försämrat flöde i en central venkateter är första åtgärden att spola igenom katetern med natriumklorid (NaCl) 0,9 mg/ml. Man ska normalt inte spola igenom en kateter med mindre spruta än 10 ml då mindre sprutor kan skapa högt tryck i katetern; det finns då risk att katetern spricker.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2414D5ED" w14:textId="37DFFA61" w:rsidR="002A42D4" w:rsidRDefault="002A42D4" w:rsidP="00FD1F53">
+    <w:p w:rsidR="002A42D4" w:rsidP="00FD1F53" w:rsidRDefault="002A42D4" w14:paraId="2414D5ED" w14:textId="37DFFA61">
       <w:r w:rsidRPr="001F4292">
         <w:t>Om genomspolning med NaCl 0,9 mg/ml inte återställer acceptabelt flöde behöver man samråda med avdelningsläkare om åtgärd.</w:t>
       </w:r>
       <w:r w:rsidR="00670350">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00081F12">
         <w:t>Vid misstanke om o</w:t>
       </w:r>
       <w:r w:rsidR="00FE604B">
         <w:t>cklusion orsakad</w:t>
       </w:r>
       <w:r w:rsidR="00BA55FA">
         <w:t xml:space="preserve"> av fett kan installation</w:t>
       </w:r>
       <w:r w:rsidR="00A0322B">
         <w:t xml:space="preserve"> av Etanol eller HC1</w:t>
       </w:r>
       <w:r w:rsidR="002908C7">
         <w:t xml:space="preserve"> ske. Om misstanke om att det är koagulerat blod som orsakat ockl</w:t>
       </w:r>
       <w:r w:rsidR="0069152C">
         <w:t>usion kan installation av Actylys ske istället.</w:t>
       </w:r>
       <w:r w:rsidRPr="001F4292">
         <w:t xml:space="preserve"> Med anledning av nuvarande alteplas</w:t>
       </w:r>
-      <w:r w:rsidR="00C57027" w:rsidRPr="001F4292">
+      <w:r w:rsidRPr="001F4292" w:rsidR="00C57027">
         <w:t>-</w:t>
       </w:r>
       <w:r w:rsidRPr="001F4292">
         <w:t>brist behöver hushållning ske med Actilyse. Ersättningsprodukt är t</w:t>
       </w:r>
-      <w:r w:rsidR="00C57027" w:rsidRPr="001F4292">
+      <w:r w:rsidRPr="001F4292" w:rsidR="00C57027">
         <w:t>.</w:t>
       </w:r>
       <w:r w:rsidRPr="001F4292">
         <w:t>ex</w:t>
       </w:r>
-      <w:r w:rsidR="00C57027" w:rsidRPr="001F4292">
+      <w:r w:rsidRPr="001F4292" w:rsidR="00C57027">
         <w:t>.</w:t>
       </w:r>
       <w:r w:rsidRPr="002A42D4">
         <w:t xml:space="preserve"> TauroLock med urokinas</w:t>
       </w:r>
       <w:r w:rsidR="00C57027">
         <w:t>,</w:t>
       </w:r>
       <w:r w:rsidRPr="002A42D4">
         <w:t xml:space="preserve"> som beställs via Marknadsplatsen och kan användas för kateterlås som alternativ till Actilyse. Se även </w:t>
       </w:r>
-      <w:hyperlink r:id="rId49" w:history="1">
+      <w:hyperlink w:history="1" r:id="rId49">
         <w:r w:rsidRPr="00D16BAA">
           <w:rPr>
             <w:rStyle w:val="Hyperlnk"/>
           </w:rPr>
           <w:t>nationella rekommendationer</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidR="0070399A">
         <w:t xml:space="preserve"> (Janusinfo)</w:t>
       </w:r>
       <w:r w:rsidR="005164B9">
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7CF7074A" w14:textId="41F77A28" w:rsidR="00924667" w:rsidRPr="00AF59BA" w:rsidRDefault="00924667" w:rsidP="00924667">
+    <w:p w:rsidRPr="00AF59BA" w:rsidR="00924667" w:rsidP="00924667" w:rsidRDefault="00924667" w14:paraId="7CF7074A" w14:textId="41F77A28">
       <w:pPr>
         <w:pStyle w:val="Underrubrik"/>
       </w:pPr>
       <w:r w:rsidRPr="00AF59BA">
         <w:t>Etanolbehandling</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="435310F6" w14:textId="1B8302B1" w:rsidR="00924667" w:rsidRPr="008C2B5B" w:rsidRDefault="00924667" w:rsidP="008C2B5B">
+    <w:p w:rsidRPr="008C2B5B" w:rsidR="00924667" w:rsidP="008C2B5B" w:rsidRDefault="00924667" w14:paraId="435310F6" w14:textId="1B8302B1">
       <w:pPr>
         <w:spacing w:after="60"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="008C2B5B">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>CVK/</w:t>
       </w:r>
-      <w:r w:rsidR="00A7786F" w:rsidRPr="008C2B5B">
+      <w:r w:rsidRPr="008C2B5B" w:rsidR="00A7786F">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>V</w:t>
       </w:r>
       <w:r w:rsidRPr="008C2B5B">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>en</w:t>
       </w:r>
-      <w:r w:rsidR="00A7786F" w:rsidRPr="008C2B5B">
+      <w:r w:rsidRPr="008C2B5B" w:rsidR="00A7786F">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>port</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6F1931E0" w14:textId="77777777" w:rsidR="00BD6ED8" w:rsidRDefault="00A7786F" w:rsidP="000E748B">
+    <w:p w:rsidR="00BD6ED8" w:rsidP="000E748B" w:rsidRDefault="00A7786F" w14:paraId="6F1931E0" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="Punktlista"/>
       </w:pPr>
       <w:r>
         <w:t>70 % etanol 2 ml spolas in i kateter. Låt verka en timma, spola med NaC</w:t>
       </w:r>
       <w:r w:rsidR="00F67626">
         <w:t xml:space="preserve">I. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1B174C64" w14:textId="71FF6D83" w:rsidR="00A7786F" w:rsidRDefault="00F67626" w:rsidP="000E748B">
+    <w:p w:rsidR="00A7786F" w:rsidP="000E748B" w:rsidRDefault="00F67626" w14:paraId="1B174C64" w14:textId="71FF6D83">
       <w:pPr>
         <w:pStyle w:val="Punktlista"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Upprepa vid behov </w:t>
       </w:r>
       <w:r w:rsidR="007D2258">
         <w:t>1–2</w:t>
       </w:r>
       <w:r w:rsidR="00681B72">
         <w:t xml:space="preserve"> gånger. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2E36A535" w14:textId="6238D1CA" w:rsidR="00681B72" w:rsidRPr="008C2B5B" w:rsidRDefault="00681B72" w:rsidP="00681B72">
+    <w:p w:rsidRPr="008C2B5B" w:rsidR="00681B72" w:rsidP="00681B72" w:rsidRDefault="00681B72" w14:paraId="2E36A535" w14:textId="6238D1CA">
       <w:pPr>
         <w:pStyle w:val="Underrubrik"/>
       </w:pPr>
       <w:r w:rsidRPr="008C2B5B">
         <w:t>Saltsyrabehandling</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="633C761B" w14:textId="4D526CB2" w:rsidR="00681B72" w:rsidRPr="008C2B5B" w:rsidRDefault="00681B72" w:rsidP="008C2B5B">
+    <w:p w:rsidRPr="008C2B5B" w:rsidR="00681B72" w:rsidP="008C2B5B" w:rsidRDefault="00681B72" w14:paraId="633C761B" w14:textId="4D526CB2">
       <w:pPr>
         <w:spacing w:after="60"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="008C2B5B">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>CVK</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4FCAD1CE" w14:textId="77777777" w:rsidR="00BD6ED8" w:rsidRDefault="00681B72" w:rsidP="00BD6ED8">
+    <w:p w:rsidR="00BD6ED8" w:rsidP="00BD6ED8" w:rsidRDefault="00681B72" w14:paraId="4FCAD1CE" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="Punktlista"/>
       </w:pPr>
       <w:r>
         <w:t>Steril HC1 0,1</w:t>
       </w:r>
       <w:r w:rsidR="00B51314">
         <w:t xml:space="preserve"> mmol/ml</w:t>
       </w:r>
       <w:r w:rsidR="008D0645">
         <w:t xml:space="preserve"> (saltsyra). </w:t>
       </w:r>
       <w:r w:rsidR="000E748B">
         <w:t>1–2</w:t>
       </w:r>
       <w:r w:rsidR="008D0645">
         <w:t xml:space="preserve"> ml HC1 sprutas i CVK (beroende av längd och diameter).</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="070C4DE3" w14:textId="77777777" w:rsidR="00BD6ED8" w:rsidRDefault="008D0645" w:rsidP="00BD6ED8">
+    <w:p w:rsidR="00BD6ED8" w:rsidP="00BD6ED8" w:rsidRDefault="008D0645" w14:paraId="070C4DE3" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="Punktlista"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Låt </w:t>
       </w:r>
       <w:r w:rsidR="00A04CF1">
         <w:t>stå i 3 minuter.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="561432C6" w14:textId="4A0042B7" w:rsidR="00A04CF1" w:rsidRDefault="00A04CF1" w:rsidP="00BD6ED8">
+    <w:p w:rsidR="00A04CF1" w:rsidP="00BD6ED8" w:rsidRDefault="00A04CF1" w14:paraId="561432C6" w14:textId="4A0042B7">
       <w:pPr>
         <w:pStyle w:val="Punktlista"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Spola med 20 m NaC1. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="372EF66A" w14:textId="3FBA8F7C" w:rsidR="00A04CF1" w:rsidRPr="007A6560" w:rsidRDefault="00A04CF1" w:rsidP="008C2B5B">
+    <w:p w:rsidRPr="007A6560" w:rsidR="00A04CF1" w:rsidP="008C2B5B" w:rsidRDefault="00A04CF1" w14:paraId="372EF66A" w14:textId="3FBA8F7C">
       <w:pPr>
         <w:spacing w:after="60"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="007A6560">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>Subc</w:t>
       </w:r>
-      <w:r w:rsidR="007D2258" w:rsidRPr="007A6560">
+      <w:r w:rsidRPr="007A6560" w:rsidR="007D2258">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>u</w:t>
       </w:r>
       <w:r w:rsidRPr="007A6560">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">tan venport </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0FE16BC8" w14:textId="55F08A88" w:rsidR="00BD6ED8" w:rsidRDefault="00A04CF1" w:rsidP="00BD6ED8">
+    <w:p w:rsidR="00BD6ED8" w:rsidP="00BD6ED8" w:rsidRDefault="00A04CF1" w14:paraId="0FE16BC8" w14:textId="55F08A88">
       <w:pPr>
         <w:pStyle w:val="Punktlista"/>
       </w:pPr>
       <w:r>
         <w:t>3 ml HC1 sprutas i nål med säkerställt läge</w:t>
       </w:r>
       <w:r w:rsidR="00BD6ED8">
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1B3601A5" w14:textId="77777777" w:rsidR="00BD6ED8" w:rsidRDefault="00A04CF1" w:rsidP="00BD6ED8">
+    <w:p w:rsidR="00BD6ED8" w:rsidP="00BD6ED8" w:rsidRDefault="00A04CF1" w14:paraId="1B3601A5" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="Punktlista"/>
       </w:pPr>
       <w:r>
         <w:t>Låt stå i 3 minuter.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="36539A2F" w14:textId="2EB32E2A" w:rsidR="007D2258" w:rsidRDefault="00A04CF1" w:rsidP="00BD6ED8">
+    <w:p w:rsidR="007D2258" w:rsidP="00BD6ED8" w:rsidRDefault="00A04CF1" w14:paraId="36539A2F" w14:textId="2EB32E2A">
       <w:pPr>
         <w:pStyle w:val="Punktlista"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Spola med NaC1. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="27A0EE55" w14:textId="06BE78C8" w:rsidR="007D2258" w:rsidRPr="00A04CF1" w:rsidRDefault="007D2258" w:rsidP="00A04CF1">
+    <w:p w:rsidRPr="00A04CF1" w:rsidR="007D2258" w:rsidP="00A04CF1" w:rsidRDefault="007D2258" w14:paraId="27A0EE55" w14:textId="06BE78C8">
       <w:r>
         <w:t xml:space="preserve">Proceduren kan upprepas en gång i nära anslutning, därefter paus minst ett dygn. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2B23D3FE" w14:textId="77777777" w:rsidR="00B74E9F" w:rsidRPr="00B74E9F" w:rsidRDefault="00B74E9F" w:rsidP="00497920">
+    <w:p w:rsidRPr="00B74E9F" w:rsidR="00B74E9F" w:rsidP="00497920" w:rsidRDefault="00B74E9F" w14:paraId="2B23D3FE" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="MellanrubrikVGR"/>
       </w:pPr>
-      <w:bookmarkStart w:id="596" w:name="_Toc256000506"/>
-[...25 lines deleted...]
-        <w:lastRenderedPageBreak/>
+      <w:bookmarkStart w:name="_Toc256000506" w:id="596"/>
+      <w:bookmarkStart w:name="_Toc465433296" w:id="597"/>
+      <w:bookmarkStart w:name="_Toc256000004" w:id="598"/>
+      <w:bookmarkStart w:name="_Toc256000016" w:id="599"/>
+      <w:bookmarkStart w:name="_Toc256000028" w:id="600"/>
+      <w:bookmarkStart w:name="_Toc256000040" w:id="601"/>
+      <w:bookmarkStart w:name="_Toc256000052" w:id="602"/>
+      <w:bookmarkStart w:name="_Toc256000064" w:id="603"/>
+      <w:bookmarkStart w:name="_Toc498957693" w:id="604"/>
+      <w:bookmarkStart w:name="_Toc256000058" w:id="605"/>
+      <w:bookmarkStart w:name="_Toc256000110" w:id="606"/>
+      <w:bookmarkStart w:name="_Toc501463492" w:id="607"/>
+      <w:bookmarkStart w:name="_Toc256000157" w:id="608"/>
+      <w:bookmarkStart w:name="_Toc256000204" w:id="609"/>
+      <w:bookmarkStart w:name="_Toc256000251" w:id="610"/>
+      <w:bookmarkStart w:name="_Toc256000298" w:id="611"/>
+      <w:bookmarkStart w:name="_Toc256000345" w:id="612"/>
+      <w:bookmarkStart w:name="_Toc256000392" w:id="613"/>
+      <w:bookmarkStart w:name="_Toc527467970" w:id="614"/>
+      <w:bookmarkStart w:name="_Toc256000439" w:id="615"/>
+      <w:bookmarkStart w:name="_Toc34920201" w:id="616"/>
+      <w:bookmarkStart w:name="_Toc256000459" w:id="617"/>
+      <w:bookmarkStart w:name="_Toc99115202" w:id="618"/>
+      <w:bookmarkStart w:name="_Toc99115327" w:id="619"/>
+      <w:bookmarkStart w:name="_Toc193271979" w:id="620"/>
+      <w:r w:rsidRPr="00B74E9F">
         <w:t>Alteplas (Actilyse)-behandling</w:t>
       </w:r>
       <w:bookmarkEnd w:id="596"/>
       <w:bookmarkEnd w:id="597"/>
       <w:bookmarkEnd w:id="598"/>
       <w:bookmarkEnd w:id="599"/>
       <w:bookmarkEnd w:id="600"/>
       <w:bookmarkEnd w:id="601"/>
       <w:bookmarkEnd w:id="602"/>
       <w:bookmarkEnd w:id="603"/>
       <w:bookmarkEnd w:id="604"/>
       <w:bookmarkEnd w:id="605"/>
       <w:bookmarkEnd w:id="606"/>
       <w:bookmarkEnd w:id="607"/>
       <w:bookmarkEnd w:id="608"/>
       <w:bookmarkEnd w:id="609"/>
       <w:bookmarkEnd w:id="610"/>
       <w:bookmarkEnd w:id="611"/>
       <w:bookmarkEnd w:id="612"/>
       <w:bookmarkEnd w:id="613"/>
       <w:bookmarkEnd w:id="614"/>
       <w:bookmarkEnd w:id="615"/>
       <w:bookmarkEnd w:id="616"/>
       <w:bookmarkEnd w:id="617"/>
       <w:bookmarkEnd w:id="618"/>
       <w:bookmarkEnd w:id="619"/>
       <w:bookmarkEnd w:id="620"/>
     </w:p>
-    <w:p w14:paraId="18887158" w14:textId="77777777" w:rsidR="00B74E9F" w:rsidRPr="008C2B5B" w:rsidRDefault="00B74E9F" w:rsidP="008C2B5B">
+    <w:p w:rsidRPr="008C2B5B" w:rsidR="00B74E9F" w:rsidP="008C2B5B" w:rsidRDefault="00B74E9F" w14:paraId="18887158" w14:textId="77777777">
       <w:r w:rsidRPr="008C2B5B">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>OBS!</w:t>
       </w:r>
       <w:r w:rsidRPr="008C2B5B">
         <w:t xml:space="preserve"> För att installera alteplas (Actilyse)-lösningen är det tillåtet att använda en 3 ml spruta, men vid spolning med koksalt bör minst en 10 ml spruta användas.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="45710E0B" w14:textId="77777777" w:rsidR="00B74E9F" w:rsidRPr="00B74E9F" w:rsidRDefault="00B74E9F" w:rsidP="00497920">
+    <w:p w:rsidRPr="00B74E9F" w:rsidR="00B74E9F" w:rsidP="00497920" w:rsidRDefault="00B74E9F" w14:paraId="45710E0B" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="MellanrubrikVGR"/>
       </w:pPr>
-      <w:bookmarkStart w:id="621" w:name="_Toc256000507"/>
-[...23 lines deleted...]
-      <w:bookmarkStart w:id="645" w:name="_Toc193271980"/>
+      <w:bookmarkStart w:name="_Toc256000507" w:id="621"/>
+      <w:bookmarkStart w:name="_Toc465433297" w:id="622"/>
+      <w:bookmarkStart w:name="_Toc256000005" w:id="623"/>
+      <w:bookmarkStart w:name="_Toc256000017" w:id="624"/>
+      <w:bookmarkStart w:name="_Toc256000029" w:id="625"/>
+      <w:bookmarkStart w:name="_Toc256000041" w:id="626"/>
+      <w:bookmarkStart w:name="_Toc256000053" w:id="627"/>
+      <w:bookmarkStart w:name="_Toc256000065" w:id="628"/>
+      <w:bookmarkStart w:name="_Toc498957694" w:id="629"/>
+      <w:bookmarkStart w:name="_Toc256000059" w:id="630"/>
+      <w:bookmarkStart w:name="_Toc256000111" w:id="631"/>
+      <w:bookmarkStart w:name="_Toc501463493" w:id="632"/>
+      <w:bookmarkStart w:name="_Toc256000158" w:id="633"/>
+      <w:bookmarkStart w:name="_Toc256000205" w:id="634"/>
+      <w:bookmarkStart w:name="_Toc256000252" w:id="635"/>
+      <w:bookmarkStart w:name="_Toc256000299" w:id="636"/>
+      <w:bookmarkStart w:name="_Toc256000346" w:id="637"/>
+      <w:bookmarkStart w:name="_Toc256000393" w:id="638"/>
+      <w:bookmarkStart w:name="_Toc527467971" w:id="639"/>
+      <w:bookmarkStart w:name="_Toc256000440" w:id="640"/>
+      <w:bookmarkStart w:name="_Toc34920202" w:id="641"/>
+      <w:bookmarkStart w:name="_Toc256000460" w:id="642"/>
+      <w:bookmarkStart w:name="_Toc99115203" w:id="643"/>
+      <w:bookmarkStart w:name="_Toc99115328" w:id="644"/>
+      <w:bookmarkStart w:name="_Toc193271980" w:id="645"/>
       <w:r w:rsidRPr="00B74E9F">
         <w:t>Alteplas (Actilyse) beredning</w:t>
       </w:r>
       <w:bookmarkEnd w:id="621"/>
       <w:bookmarkEnd w:id="622"/>
       <w:bookmarkEnd w:id="623"/>
       <w:bookmarkEnd w:id="624"/>
       <w:bookmarkEnd w:id="625"/>
       <w:bookmarkEnd w:id="626"/>
       <w:bookmarkEnd w:id="627"/>
       <w:bookmarkEnd w:id="628"/>
       <w:bookmarkEnd w:id="629"/>
       <w:bookmarkEnd w:id="630"/>
       <w:bookmarkEnd w:id="631"/>
       <w:bookmarkEnd w:id="632"/>
       <w:bookmarkEnd w:id="633"/>
       <w:bookmarkEnd w:id="634"/>
       <w:bookmarkEnd w:id="635"/>
       <w:bookmarkEnd w:id="636"/>
       <w:bookmarkEnd w:id="637"/>
       <w:bookmarkEnd w:id="638"/>
       <w:bookmarkEnd w:id="639"/>
       <w:bookmarkEnd w:id="640"/>
       <w:bookmarkEnd w:id="641"/>
       <w:bookmarkEnd w:id="642"/>
       <w:bookmarkEnd w:id="643"/>
       <w:bookmarkEnd w:id="644"/>
       <w:bookmarkEnd w:id="645"/>
     </w:p>
-    <w:p w14:paraId="1D348401" w14:textId="52021317" w:rsidR="00B74E9F" w:rsidRPr="00B74E9F" w:rsidRDefault="00B74E9F" w:rsidP="00497920">
+    <w:p w:rsidRPr="00B74E9F" w:rsidR="00B74E9F" w:rsidP="00497920" w:rsidRDefault="00B74E9F" w14:paraId="1D348401" w14:textId="52021317">
       <w:r w:rsidRPr="00B74E9F">
         <w:t>Alteplas (Actilyse) 2 mg, finns som pulver.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="02B8E333" w14:textId="34A342DB" w:rsidR="00B74E9F" w:rsidRPr="00B74E9F" w:rsidRDefault="00B74E9F" w:rsidP="00497920">
+    <w:p w:rsidRPr="00B74E9F" w:rsidR="00B74E9F" w:rsidP="00497920" w:rsidRDefault="00B74E9F" w14:paraId="02B8E333" w14:textId="34A342DB">
       <w:r w:rsidRPr="00B74E9F">
         <w:t xml:space="preserve">Späds enligt anvisning (se </w:t>
       </w:r>
-      <w:hyperlink r:id="rId50" w:history="1">
+      <w:hyperlink w:history="1" r:id="rId50">
         <w:r w:rsidRPr="00497920">
           <w:rPr>
             <w:rStyle w:val="Hyperlnk"/>
           </w:rPr>
           <w:t>FASS</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="00B74E9F">
         <w:t>, Actilyse 2 mg).</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="09F0BDEC" w14:textId="77777777" w:rsidR="00B74E9F" w:rsidRPr="00B74E9F" w:rsidRDefault="00B74E9F" w:rsidP="00497920">
+    <w:p w:rsidRPr="00B74E9F" w:rsidR="00B74E9F" w:rsidP="00497920" w:rsidRDefault="00B74E9F" w14:paraId="09F0BDEC" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="MellanrubrikVGR"/>
       </w:pPr>
-      <w:bookmarkStart w:id="646" w:name="_Toc256000508"/>
-[...23 lines deleted...]
-      <w:bookmarkStart w:id="670" w:name="_Toc193271981"/>
+      <w:bookmarkStart w:name="_Toc256000508" w:id="646"/>
+      <w:bookmarkStart w:name="_Toc465433298" w:id="647"/>
+      <w:bookmarkStart w:name="_Toc256000006" w:id="648"/>
+      <w:bookmarkStart w:name="_Toc256000018" w:id="649"/>
+      <w:bookmarkStart w:name="_Toc256000030" w:id="650"/>
+      <w:bookmarkStart w:name="_Toc256000042" w:id="651"/>
+      <w:bookmarkStart w:name="_Toc256000054" w:id="652"/>
+      <w:bookmarkStart w:name="_Toc256000066" w:id="653"/>
+      <w:bookmarkStart w:name="_Toc498957695" w:id="654"/>
+      <w:bookmarkStart w:name="_Toc256000060" w:id="655"/>
+      <w:bookmarkStart w:name="_Toc256000112" w:id="656"/>
+      <w:bookmarkStart w:name="_Toc501463494" w:id="657"/>
+      <w:bookmarkStart w:name="_Toc256000159" w:id="658"/>
+      <w:bookmarkStart w:name="_Toc256000206" w:id="659"/>
+      <w:bookmarkStart w:name="_Toc256000253" w:id="660"/>
+      <w:bookmarkStart w:name="_Toc256000300" w:id="661"/>
+      <w:bookmarkStart w:name="_Toc256000347" w:id="662"/>
+      <w:bookmarkStart w:name="_Toc256000394" w:id="663"/>
+      <w:bookmarkStart w:name="_Toc527467972" w:id="664"/>
+      <w:bookmarkStart w:name="_Toc256000441" w:id="665"/>
+      <w:bookmarkStart w:name="_Toc34920203" w:id="666"/>
+      <w:bookmarkStart w:name="_Toc256000461" w:id="667"/>
+      <w:bookmarkStart w:name="_Toc99115204" w:id="668"/>
+      <w:bookmarkStart w:name="_Toc99115329" w:id="669"/>
+      <w:bookmarkStart w:name="_Toc193271981" w:id="670"/>
       <w:r w:rsidRPr="00B74E9F">
         <w:t>Alteplas (Actilyse) behandling av CVK</w:t>
       </w:r>
       <w:bookmarkEnd w:id="646"/>
       <w:bookmarkEnd w:id="647"/>
       <w:bookmarkEnd w:id="648"/>
       <w:bookmarkEnd w:id="649"/>
       <w:bookmarkEnd w:id="650"/>
       <w:bookmarkEnd w:id="651"/>
       <w:bookmarkEnd w:id="652"/>
       <w:bookmarkEnd w:id="653"/>
       <w:bookmarkEnd w:id="654"/>
       <w:bookmarkEnd w:id="655"/>
       <w:bookmarkEnd w:id="656"/>
       <w:bookmarkEnd w:id="657"/>
       <w:bookmarkEnd w:id="658"/>
       <w:bookmarkEnd w:id="659"/>
       <w:bookmarkEnd w:id="660"/>
       <w:bookmarkEnd w:id="661"/>
       <w:bookmarkEnd w:id="662"/>
       <w:bookmarkEnd w:id="663"/>
       <w:bookmarkEnd w:id="664"/>
       <w:bookmarkEnd w:id="665"/>
       <w:bookmarkEnd w:id="666"/>
       <w:bookmarkEnd w:id="667"/>
       <w:bookmarkEnd w:id="668"/>
       <w:bookmarkEnd w:id="669"/>
       <w:bookmarkEnd w:id="670"/>
     </w:p>
-    <w:p w14:paraId="73B2C885" w14:textId="77777777" w:rsidR="00B74E9F" w:rsidRPr="00B74E9F" w:rsidRDefault="00B74E9F" w:rsidP="00497920">
+    <w:p w:rsidRPr="00B74E9F" w:rsidR="00B74E9F" w:rsidP="00497920" w:rsidRDefault="00B74E9F" w14:paraId="73B2C885" w14:textId="77777777">
       <w:r w:rsidRPr="00B74E9F">
         <w:t>1 ml av enligt ovan spädd lösning, sprutas in i den centrala venkatetern och får verka i minst en ½ timme.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2CC39995" w14:textId="77777777" w:rsidR="00B74E9F" w:rsidRPr="00B74E9F" w:rsidRDefault="00B74E9F" w:rsidP="00497920">
+    <w:p w:rsidRPr="00B74E9F" w:rsidR="00B74E9F" w:rsidP="00497920" w:rsidRDefault="00B74E9F" w14:paraId="2CC39995" w14:textId="77777777">
       <w:r w:rsidRPr="00B74E9F">
         <w:t xml:space="preserve">Aspirera därefter lösningen och försök spola upp katetern med koksalt. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="66E7BCD2" w14:textId="40F26B96" w:rsidR="00B74E9F" w:rsidRPr="00B74E9F" w:rsidRDefault="00B74E9F" w:rsidP="00497920">
+    <w:p w:rsidRPr="00B74E9F" w:rsidR="00B74E9F" w:rsidP="00497920" w:rsidRDefault="00B74E9F" w14:paraId="66E7BCD2" w14:textId="40F26B96">
       <w:pPr>
         <w:pStyle w:val="MellanrubrikVGR"/>
       </w:pPr>
-      <w:bookmarkStart w:id="671" w:name="_Toc256000509"/>
-[...23 lines deleted...]
-      <w:bookmarkStart w:id="695" w:name="_Toc193271982"/>
+      <w:bookmarkStart w:name="_Toc256000509" w:id="671"/>
+      <w:bookmarkStart w:name="_Toc465433299" w:id="672"/>
+      <w:bookmarkStart w:name="_Toc256000007" w:id="673"/>
+      <w:bookmarkStart w:name="_Toc256000019" w:id="674"/>
+      <w:bookmarkStart w:name="_Toc256000031" w:id="675"/>
+      <w:bookmarkStart w:name="_Toc256000043" w:id="676"/>
+      <w:bookmarkStart w:name="_Toc256000055" w:id="677"/>
+      <w:bookmarkStart w:name="_Toc256000067" w:id="678"/>
+      <w:bookmarkStart w:name="_Toc498957696" w:id="679"/>
+      <w:bookmarkStart w:name="_Toc256000061" w:id="680"/>
+      <w:bookmarkStart w:name="_Toc256000113" w:id="681"/>
+      <w:bookmarkStart w:name="_Toc501463495" w:id="682"/>
+      <w:bookmarkStart w:name="_Toc256000160" w:id="683"/>
+      <w:bookmarkStart w:name="_Toc256000207" w:id="684"/>
+      <w:bookmarkStart w:name="_Toc256000254" w:id="685"/>
+      <w:bookmarkStart w:name="_Toc256000301" w:id="686"/>
+      <w:bookmarkStart w:name="_Toc256000348" w:id="687"/>
+      <w:bookmarkStart w:name="_Toc256000395" w:id="688"/>
+      <w:bookmarkStart w:name="_Toc527467973" w:id="689"/>
+      <w:bookmarkStart w:name="_Toc256000442" w:id="690"/>
+      <w:bookmarkStart w:name="_Toc34920204" w:id="691"/>
+      <w:bookmarkStart w:name="_Toc256000462" w:id="692"/>
+      <w:bookmarkStart w:name="_Toc99115205" w:id="693"/>
+      <w:bookmarkStart w:name="_Toc99115330" w:id="694"/>
+      <w:bookmarkStart w:name="_Toc193271982" w:id="695"/>
       <w:r w:rsidRPr="00B74E9F">
         <w:t xml:space="preserve">Alteplas (Actilyse) behandling av </w:t>
       </w:r>
       <w:r w:rsidR="008C2B5B">
         <w:t>s</w:t>
       </w:r>
       <w:r w:rsidRPr="00B74E9F">
         <w:t>ubkutan venport</w:t>
       </w:r>
       <w:bookmarkEnd w:id="671"/>
       <w:bookmarkEnd w:id="672"/>
       <w:bookmarkEnd w:id="673"/>
       <w:bookmarkEnd w:id="674"/>
       <w:bookmarkEnd w:id="675"/>
       <w:bookmarkEnd w:id="676"/>
       <w:bookmarkEnd w:id="677"/>
       <w:bookmarkEnd w:id="678"/>
       <w:bookmarkEnd w:id="679"/>
       <w:bookmarkEnd w:id="680"/>
       <w:bookmarkEnd w:id="681"/>
       <w:bookmarkEnd w:id="682"/>
       <w:bookmarkEnd w:id="683"/>
       <w:bookmarkEnd w:id="684"/>
       <w:bookmarkEnd w:id="685"/>
       <w:bookmarkEnd w:id="686"/>
       <w:bookmarkEnd w:id="687"/>
       <w:bookmarkEnd w:id="688"/>
       <w:bookmarkEnd w:id="689"/>
       <w:bookmarkEnd w:id="690"/>
       <w:bookmarkEnd w:id="691"/>
       <w:bookmarkEnd w:id="692"/>
       <w:bookmarkEnd w:id="693"/>
       <w:bookmarkEnd w:id="694"/>
       <w:bookmarkEnd w:id="695"/>
     </w:p>
-    <w:p w14:paraId="6343C05E" w14:textId="23E2B26E" w:rsidR="00B74E9F" w:rsidRPr="00B74E9F" w:rsidRDefault="00B74E9F" w:rsidP="00497920">
+    <w:p w:rsidRPr="00B74E9F" w:rsidR="00B74E9F" w:rsidP="00497920" w:rsidRDefault="00B74E9F" w14:paraId="6343C05E" w14:textId="23E2B26E">
       <w:r w:rsidRPr="00B74E9F">
         <w:t>2 ml av enligt ovan spädd lösning, sprutas in i venporten och får verka i minst en ½-timme. Aspirera därefter lösningen och försök spola den subkutana venporten med koksalt.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3937CE8F" w14:textId="77777777" w:rsidR="00B74E9F" w:rsidRPr="00B74E9F" w:rsidRDefault="00B74E9F" w:rsidP="00497920">
+    <w:p w:rsidRPr="00B74E9F" w:rsidR="00B74E9F" w:rsidP="00497920" w:rsidRDefault="00B74E9F" w14:paraId="3937CE8F" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="Rubrik3"/>
       </w:pPr>
-      <w:bookmarkStart w:id="696" w:name="_Toc256000510"/>
-[...23 lines deleted...]
-      <w:bookmarkStart w:id="720" w:name="_Toc193271983"/>
+      <w:bookmarkStart w:name="_Toc256000510" w:id="696"/>
+      <w:bookmarkStart w:name="_Toc465433300" w:id="697"/>
+      <w:bookmarkStart w:name="_Toc256000008" w:id="698"/>
+      <w:bookmarkStart w:name="_Toc256000020" w:id="699"/>
+      <w:bookmarkStart w:name="_Toc256000032" w:id="700"/>
+      <w:bookmarkStart w:name="_Toc256000044" w:id="701"/>
+      <w:bookmarkStart w:name="_Toc256000056" w:id="702"/>
+      <w:bookmarkStart w:name="_Toc256000068" w:id="703"/>
+      <w:bookmarkStart w:name="_Toc498957697" w:id="704"/>
+      <w:bookmarkStart w:name="_Toc256000062" w:id="705"/>
+      <w:bookmarkStart w:name="_Toc256000114" w:id="706"/>
+      <w:bookmarkStart w:name="_Toc501463496" w:id="707"/>
+      <w:bookmarkStart w:name="_Toc256000161" w:id="708"/>
+      <w:bookmarkStart w:name="_Toc256000208" w:id="709"/>
+      <w:bookmarkStart w:name="_Toc256000255" w:id="710"/>
+      <w:bookmarkStart w:name="_Toc256000302" w:id="711"/>
+      <w:bookmarkStart w:name="_Toc256000349" w:id="712"/>
+      <w:bookmarkStart w:name="_Toc256000396" w:id="713"/>
+      <w:bookmarkStart w:name="_Toc527467974" w:id="714"/>
+      <w:bookmarkStart w:name="_Toc256000443" w:id="715"/>
+      <w:bookmarkStart w:name="_Toc34920205" w:id="716"/>
+      <w:bookmarkStart w:name="_Toc256000463" w:id="717"/>
+      <w:bookmarkStart w:name="_Toc99115206" w:id="718"/>
+      <w:bookmarkStart w:name="_Toc99115331" w:id="719"/>
+      <w:bookmarkStart w:name="_Toc193271983" w:id="720"/>
       <w:r w:rsidRPr="00B74E9F">
         <w:t>Alteplas (Actilyse) behandling av CDK</w:t>
       </w:r>
       <w:bookmarkEnd w:id="696"/>
       <w:bookmarkEnd w:id="697"/>
       <w:bookmarkEnd w:id="698"/>
       <w:bookmarkEnd w:id="699"/>
       <w:bookmarkEnd w:id="700"/>
       <w:bookmarkEnd w:id="701"/>
       <w:bookmarkEnd w:id="702"/>
       <w:bookmarkEnd w:id="703"/>
       <w:bookmarkEnd w:id="704"/>
       <w:bookmarkEnd w:id="705"/>
       <w:bookmarkEnd w:id="706"/>
       <w:bookmarkEnd w:id="707"/>
       <w:bookmarkEnd w:id="708"/>
       <w:bookmarkEnd w:id="709"/>
       <w:bookmarkEnd w:id="710"/>
       <w:bookmarkEnd w:id="711"/>
       <w:bookmarkEnd w:id="712"/>
       <w:bookmarkEnd w:id="713"/>
       <w:bookmarkEnd w:id="714"/>
       <w:bookmarkEnd w:id="715"/>
       <w:bookmarkEnd w:id="716"/>
       <w:bookmarkEnd w:id="717"/>
       <w:bookmarkEnd w:id="718"/>
       <w:bookmarkEnd w:id="719"/>
       <w:bookmarkEnd w:id="720"/>
     </w:p>
-    <w:p w14:paraId="2CFC19D2" w14:textId="77777777" w:rsidR="00B74E9F" w:rsidRPr="00B74E9F" w:rsidRDefault="00B74E9F" w:rsidP="00497920">
+    <w:p w:rsidRPr="00B74E9F" w:rsidR="00B74E9F" w:rsidP="00497920" w:rsidRDefault="00B74E9F" w14:paraId="2CFC19D2" w14:textId="77777777">
       <w:r w:rsidRPr="00B74E9F">
         <w:t>Spruta in alteplas (Actilyse), som är spädd enligt ovan, med på skänklarna angiven volym, låt verka i minst en ½-timma. Aspirera lösningen och spola CDK med koksalt.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5E7746E8" w14:textId="77777777" w:rsidR="00B74E9F" w:rsidRPr="00B74E9F" w:rsidRDefault="00B74E9F" w:rsidP="00497920">
+    <w:p w:rsidRPr="00B74E9F" w:rsidR="00B74E9F" w:rsidP="00497920" w:rsidRDefault="00B74E9F" w14:paraId="5E7746E8" w14:textId="77777777">
       <w:r w:rsidRPr="00B74E9F">
         <w:t>Kontrollera flödet i dialyskatetern; det ska gå att aspirera 20 ml på maximalt 4 sekunder.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="20E82646" w14:textId="2036D668" w:rsidR="00B74E9F" w:rsidRPr="00B74E9F" w:rsidRDefault="00B74E9F" w:rsidP="00497920">
+    <w:p w:rsidRPr="00B74E9F" w:rsidR="00B74E9F" w:rsidP="00497920" w:rsidRDefault="00B74E9F" w14:paraId="20E82646" w14:textId="2036D668">
       <w:r w:rsidRPr="00B74E9F">
         <w:t>Lägg därefter citratlösning (Duraloc, Citraloc) i katetrarna för att undvika koagelbildning. Vid användning av citratlösning är det viktigt att inte överfylla katetern, utan bara använda den volym som står angiven på kateter. Detta på grund av att citratlösning kan innehålla calcium; en överdosering av detta kan orsaka obehagliga parestesier och muskelkontraktioner hos patienten.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="051105CE" w14:textId="77777777" w:rsidR="00B74E9F" w:rsidRPr="00B74E9F" w:rsidRDefault="00B74E9F" w:rsidP="00F12F4F">
+    <w:p w:rsidRPr="00B74E9F" w:rsidR="00B74E9F" w:rsidP="00F12F4F" w:rsidRDefault="00B74E9F" w14:paraId="051105CE" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="MellanrubrikVGR"/>
       </w:pPr>
-      <w:bookmarkStart w:id="721" w:name="_Toc256000511"/>
-[...16 lines deleted...]
-      <w:bookmarkStart w:id="738" w:name="_Toc193271984"/>
+      <w:bookmarkStart w:name="_Toc256000511" w:id="721"/>
+      <w:bookmarkStart w:name="_Toc498957698" w:id="722"/>
+      <w:bookmarkStart w:name="_Toc256000063" w:id="723"/>
+      <w:bookmarkStart w:name="_Toc256000115" w:id="724"/>
+      <w:bookmarkStart w:name="_Toc501463497" w:id="725"/>
+      <w:bookmarkStart w:name="_Toc256000162" w:id="726"/>
+      <w:bookmarkStart w:name="_Toc256000209" w:id="727"/>
+      <w:bookmarkStart w:name="_Toc256000256" w:id="728"/>
+      <w:bookmarkStart w:name="_Toc256000303" w:id="729"/>
+      <w:bookmarkStart w:name="_Toc256000350" w:id="730"/>
+      <w:bookmarkStart w:name="_Toc256000397" w:id="731"/>
+      <w:bookmarkStart w:name="_Toc527467975" w:id="732"/>
+      <w:bookmarkStart w:name="_Toc256000444" w:id="733"/>
+      <w:bookmarkStart w:name="_Toc34920206" w:id="734"/>
+      <w:bookmarkStart w:name="_Toc256000464" w:id="735"/>
+      <w:bookmarkStart w:name="_Toc99115207" w:id="736"/>
+      <w:bookmarkStart w:name="_Toc99115332" w:id="737"/>
+      <w:bookmarkStart w:name="_Toc193271984" w:id="738"/>
       <w:r w:rsidRPr="00B74E9F">
         <w:t>Upprepad alteplas (Actilyse) behandling</w:t>
       </w:r>
       <w:bookmarkEnd w:id="721"/>
       <w:bookmarkEnd w:id="722"/>
       <w:bookmarkEnd w:id="723"/>
       <w:bookmarkEnd w:id="724"/>
       <w:bookmarkEnd w:id="725"/>
       <w:bookmarkEnd w:id="726"/>
       <w:bookmarkEnd w:id="727"/>
       <w:bookmarkEnd w:id="728"/>
       <w:bookmarkEnd w:id="729"/>
       <w:bookmarkEnd w:id="730"/>
       <w:bookmarkEnd w:id="731"/>
       <w:bookmarkEnd w:id="732"/>
       <w:bookmarkEnd w:id="733"/>
       <w:bookmarkEnd w:id="734"/>
       <w:bookmarkEnd w:id="735"/>
       <w:bookmarkEnd w:id="736"/>
       <w:bookmarkEnd w:id="737"/>
       <w:bookmarkEnd w:id="738"/>
     </w:p>
-    <w:p w14:paraId="7918500D" w14:textId="77777777" w:rsidR="00B74E9F" w:rsidRPr="00B74E9F" w:rsidRDefault="00B74E9F" w:rsidP="00F12F4F">
+    <w:p w:rsidRPr="00B74E9F" w:rsidR="00B74E9F" w:rsidP="00F12F4F" w:rsidRDefault="00B74E9F" w14:paraId="7918500D" w14:textId="77777777">
       <w:r w:rsidRPr="00B74E9F">
         <w:t xml:space="preserve">Om katetern inte går lätt att spola upp kan alteplas (Actilyse)-behandling upprepas ytterligare en gång. Om katetern trots detta inte går att få igång, kontakta anestesiläkare, </w:t>
       </w:r>
       <w:r w:rsidRPr="00B74E9F">
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>telefon 3113</w:t>
       </w:r>
       <w:r w:rsidRPr="00B74E9F">
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="34C406F9" w14:textId="77777777" w:rsidR="00B74E9F" w:rsidRPr="00B74E9F" w:rsidRDefault="00B74E9F" w:rsidP="00F12F4F">
+    <w:p w:rsidRPr="00B74E9F" w:rsidR="00B74E9F" w:rsidP="00F12F4F" w:rsidRDefault="00B74E9F" w14:paraId="34C406F9" w14:textId="77777777">
       <w:pPr>
         <w:rPr>
           <w:b/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00B74E9F">
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>Dra inte på eget bevåg tilltäppt central venkateter om inte kateter</w:t>
       </w:r>
       <w:r w:rsidRPr="00B74E9F">
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:softHyphen/>
         <w:t xml:space="preserve">infektion misstänks. Möjligen går det att byta kateter över ledare i samma kärl. Det kan vara ett </w:t>
       </w:r>
       <w:r w:rsidRPr="00B74E9F">
         <w:rPr>
           <w:b/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:t>alternativ för att spara kärlen, och är en enklare procedur för patienten.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5F4C48DC" w14:textId="77777777" w:rsidR="00B74E9F" w:rsidRPr="00B74E9F" w:rsidRDefault="00B74E9F" w:rsidP="00F12F4F">
+    <w:p w:rsidRPr="00B74E9F" w:rsidR="00B74E9F" w:rsidP="00F12F4F" w:rsidRDefault="00B74E9F" w14:paraId="5F4C48DC" w14:textId="77777777">
       <w:pPr>
         <w:rPr>
           <w:b/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00B74E9F">
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>På alla katetrar som dras på misstanke om infektion ska kateterspetsen klippas av och skickas för bakteriell odling!</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0C9407ED" w14:textId="72CC29CC" w:rsidR="00B74E9F" w:rsidRDefault="00B74E9F" w:rsidP="00F12F4F">
+    <w:p w:rsidR="00B74E9F" w:rsidP="00F12F4F" w:rsidRDefault="00B74E9F" w14:paraId="0C9407ED" w14:textId="72CC29CC">
       <w:r w:rsidRPr="00B74E9F">
         <w:t>I särskilda situationer är det speciellt angeläget att försöka återställa funktionen i en kateter. Kontakta anestesiläkare för diskussion.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="50A8F775" w14:textId="0AC5C46F" w:rsidR="007C6C4A" w:rsidRDefault="00DC7AAE" w:rsidP="007C6C4A">
+    <w:p w:rsidR="007C6C4A" w:rsidP="007C6C4A" w:rsidRDefault="00DC7AAE" w14:paraId="50A8F775" w14:textId="0AC5C46F">
       <w:pPr>
         <w:pStyle w:val="Rubrik3"/>
       </w:pPr>
-      <w:bookmarkStart w:id="739" w:name="_Toc193271985"/>
+      <w:bookmarkStart w:name="_Toc193271985" w:id="739"/>
       <w:r>
         <w:t>Behandling av kateterstopp med Saltsyra</w:t>
       </w:r>
       <w:bookmarkEnd w:id="739"/>
     </w:p>
-    <w:p w14:paraId="419D3F3D" w14:textId="58C8ABE4" w:rsidR="00DC7AAE" w:rsidRDefault="00DC7AAE" w:rsidP="00DC7AAE">
+    <w:p w:rsidR="00DC7AAE" w:rsidP="00DC7AAE" w:rsidRDefault="00DC7AAE" w14:paraId="419D3F3D" w14:textId="58C8ABE4">
       <w:r>
         <w:t>Vid misstanke om avlagringar av TPN</w:t>
       </w:r>
       <w:r w:rsidR="00D12B5F">
         <w:t xml:space="preserve"> rekommenderas saltsyra i första hand.  Använd alltid handskar och glasögon vid beredning/spädn</w:t>
       </w:r>
       <w:r w:rsidR="00A47818">
         <w:t>ing. Skydda även patientens hud med absorberande underlägg under proceduren.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6988A74C" w14:textId="048711C8" w:rsidR="00A47818" w:rsidRDefault="00125DEF" w:rsidP="00DC7AAE">
+    <w:p w:rsidR="00A47818" w:rsidP="00DC7AAE" w:rsidRDefault="00125DEF" w14:paraId="6988A74C" w14:textId="048711C8">
       <w:r>
         <w:t xml:space="preserve">Använd luer-lock för att undvika att sprutan lossnar med stänk. Saltsyra ska </w:t>
       </w:r>
       <w:r w:rsidRPr="00125DEF">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>inte</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> ges i PICC-line.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0D1015C8" w14:textId="4CC1D768" w:rsidR="00BF62DE" w:rsidRDefault="00BF62DE" w:rsidP="001B1E36">
+    <w:p w:rsidR="00BF62DE" w:rsidP="001B1E36" w:rsidRDefault="00BF62DE" w14:paraId="0D1015C8" w14:textId="4CC1D768">
       <w:pPr>
         <w:pStyle w:val="MellanrubrikVGR"/>
       </w:pPr>
-      <w:bookmarkStart w:id="740" w:name="_Toc193271986"/>
+      <w:bookmarkStart w:name="_Toc193271986" w:id="740"/>
       <w:r>
         <w:t>Bredning av lösning</w:t>
       </w:r>
       <w:bookmarkEnd w:id="740"/>
     </w:p>
-    <w:p w14:paraId="31EF224F" w14:textId="76E4A26F" w:rsidR="001B1E36" w:rsidRDefault="001B1E36" w:rsidP="00D248B0">
+    <w:p w:rsidR="001B1E36" w:rsidP="00D248B0" w:rsidRDefault="001B1E36" w14:paraId="31EF224F" w14:textId="76E4A26F">
       <w:pPr>
         <w:pStyle w:val="Punktlistanumrerad"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="24"/>
         </w:numPr>
         <w:ind w:left="1349" w:hanging="357"/>
       </w:pPr>
       <w:r>
         <w:t>I en 10 m</w:t>
       </w:r>
       <w:r w:rsidR="00AA6ED0">
         <w:t>l</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> luer-lock-spruta dras 6 m</w:t>
       </w:r>
       <w:r w:rsidR="00AA6ED0">
         <w:t xml:space="preserve">l </w:t>
       </w:r>
       <w:r>
         <w:t>steri</w:t>
       </w:r>
       <w:r w:rsidR="00AA6ED0">
         <w:t>l</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">t vatten. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="01B85805" w14:textId="4ED4C8BD" w:rsidR="00AA6ED0" w:rsidRDefault="00AA6ED0" w:rsidP="00D248B0">
+    <w:p w:rsidR="00AA6ED0" w:rsidP="00D248B0" w:rsidRDefault="00AA6ED0" w14:paraId="01B85805" w14:textId="4ED4C8BD">
       <w:pPr>
         <w:pStyle w:val="Punktlistanumrerad"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="24"/>
         </w:numPr>
         <w:ind w:left="1349" w:hanging="357"/>
       </w:pPr>
       <w:r>
         <w:t>Dra 4 ml från en flaska med saltsyra 2,5 mmol/ml till en totalvolym i sprutan på 10 ml.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4D586183" w14:textId="073DB48C" w:rsidR="00AA6ED0" w:rsidRDefault="00AA6ED0" w:rsidP="00D248B0">
+    <w:p w:rsidR="00AA6ED0" w:rsidP="00D248B0" w:rsidRDefault="00AA6ED0" w14:paraId="4D586183" w14:textId="073DB48C">
       <w:pPr>
         <w:pStyle w:val="Punktlistanumrerad"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="24"/>
         </w:numPr>
         <w:ind w:left="1349" w:hanging="357"/>
       </w:pPr>
       <w:r>
         <w:t>Sprutan innehåller nu 1 mmol/ml</w:t>
       </w:r>
       <w:r w:rsidR="003F1799">
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="40567573" w14:textId="0C22B806" w:rsidR="00027683" w:rsidRDefault="00027683" w:rsidP="00027683">
+    <w:p w:rsidR="00027683" w:rsidP="00027683" w:rsidRDefault="00027683" w14:paraId="40567573" w14:textId="0C22B806">
       <w:pPr>
         <w:pStyle w:val="MellanrubrikVGR"/>
       </w:pPr>
-      <w:bookmarkStart w:id="741" w:name="_Toc193271987"/>
+      <w:bookmarkStart w:name="_Toc193271987" w:id="741"/>
       <w:r>
         <w:t>Injektion av lösning Saltsyra 1 mmol/ml</w:t>
       </w:r>
       <w:bookmarkEnd w:id="741"/>
     </w:p>
-    <w:p w14:paraId="66821935" w14:textId="27BE80ED" w:rsidR="00027683" w:rsidRDefault="00027683" w:rsidP="00D248B0">
+    <w:p w:rsidR="00027683" w:rsidP="00D248B0" w:rsidRDefault="00027683" w14:paraId="66821935" w14:textId="27BE80ED">
       <w:pPr>
         <w:pStyle w:val="Punktlistanumrerad"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="25"/>
         </w:numPr>
         <w:ind w:left="1349" w:hanging="357"/>
       </w:pPr>
       <w:r>
         <w:t>Spruta in 1 ml av saltsyralösningen 1 mmol/ml.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7EC35E79" w14:textId="0E237721" w:rsidR="00027683" w:rsidRDefault="00027683" w:rsidP="00D248B0">
+    <w:p w:rsidR="00027683" w:rsidP="00D248B0" w:rsidRDefault="00027683" w14:paraId="7EC35E79" w14:textId="0E237721">
       <w:pPr>
         <w:pStyle w:val="Punktlistanumrerad"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="25"/>
         </w:numPr>
         <w:ind w:left="1349" w:hanging="357"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Låt verka i cirka 5 minuter. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="22A1B0EB" w14:textId="597216AF" w:rsidR="00027683" w:rsidRDefault="00027683" w:rsidP="00D248B0">
+    <w:p w:rsidR="00027683" w:rsidP="00D248B0" w:rsidRDefault="00027683" w14:paraId="22A1B0EB" w14:textId="597216AF">
       <w:pPr>
         <w:pStyle w:val="Punktlistanumrerad"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="25"/>
         </w:numPr>
         <w:ind w:left="1349" w:hanging="357"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Försök aspirera och kasta innehållet. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="27DA342D" w14:textId="654412C8" w:rsidR="00027683" w:rsidRDefault="00027683" w:rsidP="00D248B0">
+    <w:p w:rsidR="00027683" w:rsidP="00D248B0" w:rsidRDefault="00027683" w14:paraId="27DA342D" w14:textId="654412C8">
       <w:pPr>
         <w:pStyle w:val="Punktlistanumrerad"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="25"/>
         </w:numPr>
         <w:ind w:left="1349" w:hanging="357"/>
       </w:pPr>
       <w:r>
         <w:t>Spola med 20 ml NaC</w:t>
       </w:r>
       <w:r w:rsidR="004A19D4">
         <w:t>1 0,9%</w:t>
       </w:r>
       <w:r w:rsidR="003F1799">
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3C42ACB7" w14:textId="0532DF3A" w:rsidR="004A19D4" w:rsidRDefault="004A19D4" w:rsidP="00D248B0">
+    <w:p w:rsidR="004A19D4" w:rsidP="00D248B0" w:rsidRDefault="004A19D4" w14:paraId="3C42ACB7" w14:textId="0532DF3A">
       <w:pPr>
         <w:pStyle w:val="Punktlistanumrerad"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="25"/>
         </w:numPr>
         <w:ind w:left="1349" w:hanging="357"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Upprepa 1–4 en gång till om ej tillfredsställande resultat. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="11E5B33A" w14:textId="0BA0EBBF" w:rsidR="00A47818" w:rsidRPr="00DC7AAE" w:rsidRDefault="004A19D4" w:rsidP="004A19D4">
+    <w:p w:rsidRPr="00DC7AAE" w:rsidR="00A47818" w:rsidP="004A19D4" w:rsidRDefault="004A19D4" w14:paraId="11E5B33A" w14:textId="0BA0EBBF">
       <w:r>
         <w:t xml:space="preserve">Saltsyran som aspireras och det som blir kvar i beredningssprutan ska kastas som riskavfall. Glöm inte sätta på en propp. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2600C712" w14:textId="77777777" w:rsidR="00B74E9F" w:rsidRPr="00B74E9F" w:rsidRDefault="00B74E9F" w:rsidP="00F12F4F">
+    <w:p w:rsidRPr="00B74E9F" w:rsidR="00B74E9F" w:rsidP="00F12F4F" w:rsidRDefault="00B74E9F" w14:paraId="2600C712" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="Rubrik3"/>
       </w:pPr>
-      <w:bookmarkStart w:id="742" w:name="_Toc256000512"/>
-[...16 lines deleted...]
-      <w:bookmarkStart w:id="759" w:name="_Toc193271988"/>
+      <w:bookmarkStart w:name="_Toc256000512" w:id="742"/>
+      <w:bookmarkStart w:name="_Toc498957699" w:id="743"/>
+      <w:bookmarkStart w:name="_Toc256000069" w:id="744"/>
+      <w:bookmarkStart w:name="_Toc256000116" w:id="745"/>
+      <w:bookmarkStart w:name="_Toc501463498" w:id="746"/>
+      <w:bookmarkStart w:name="_Toc256000163" w:id="747"/>
+      <w:bookmarkStart w:name="_Toc256000210" w:id="748"/>
+      <w:bookmarkStart w:name="_Toc256000257" w:id="749"/>
+      <w:bookmarkStart w:name="_Toc256000304" w:id="750"/>
+      <w:bookmarkStart w:name="_Toc256000351" w:id="751"/>
+      <w:bookmarkStart w:name="_Toc256000398" w:id="752"/>
+      <w:bookmarkStart w:name="_Toc527467976" w:id="753"/>
+      <w:bookmarkStart w:name="_Toc256000445" w:id="754"/>
+      <w:bookmarkStart w:name="_Toc34920207" w:id="755"/>
+      <w:bookmarkStart w:name="_Toc256000465" w:id="756"/>
+      <w:bookmarkStart w:name="_Toc99115208" w:id="757"/>
+      <w:bookmarkStart w:name="_Toc99115333" w:id="758"/>
+      <w:bookmarkStart w:name="_Toc193271988" w:id="759"/>
       <w:r w:rsidRPr="00B74E9F">
         <w:t>Uppföljning</w:t>
       </w:r>
       <w:bookmarkEnd w:id="742"/>
       <w:bookmarkEnd w:id="743"/>
       <w:bookmarkEnd w:id="744"/>
       <w:bookmarkEnd w:id="745"/>
       <w:bookmarkEnd w:id="746"/>
       <w:bookmarkEnd w:id="747"/>
       <w:bookmarkEnd w:id="748"/>
       <w:bookmarkEnd w:id="749"/>
       <w:bookmarkEnd w:id="750"/>
       <w:bookmarkEnd w:id="751"/>
       <w:bookmarkEnd w:id="752"/>
       <w:bookmarkEnd w:id="753"/>
       <w:bookmarkEnd w:id="754"/>
       <w:bookmarkEnd w:id="755"/>
       <w:bookmarkEnd w:id="756"/>
       <w:bookmarkEnd w:id="757"/>
       <w:bookmarkEnd w:id="758"/>
       <w:bookmarkEnd w:id="759"/>
     </w:p>
-    <w:p w14:paraId="06E1CB52" w14:textId="77777777" w:rsidR="00B74E9F" w:rsidRPr="00B74E9F" w:rsidRDefault="00B74E9F" w:rsidP="00F12F4F">
+    <w:p w:rsidRPr="00B74E9F" w:rsidR="00B74E9F" w:rsidP="00F12F4F" w:rsidRDefault="00B74E9F" w14:paraId="06E1CB52" w14:textId="77777777">
       <w:r w:rsidRPr="00B74E9F">
         <w:t>Lokala uppföljningar ska eftersträvas och möjliggörs genom adekvat registrering i Melior och för CDK och subkutan venport; signering av ingreppet i Orbit.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1F41AABC" w14:textId="77777777" w:rsidR="00B74E9F" w:rsidRPr="00B74E9F" w:rsidRDefault="00B74E9F" w:rsidP="00F12F4F">
+    <w:p w:rsidRPr="00B74E9F" w:rsidR="00B74E9F" w:rsidP="00F12F4F" w:rsidRDefault="00B74E9F" w14:paraId="1F41AABC" w14:textId="77777777">
       <w:r w:rsidRPr="00B74E9F">
         <w:t xml:space="preserve">Diagnostiserad CVI-infektion ska anmälas i Gröna korset, avvikelse anmälas i MedControl och registreras under </w:t>
       </w:r>
       <w:r w:rsidRPr="00B74E9F">
         <w:rPr>
           <w:i/>
         </w:rPr>
         <w:t xml:space="preserve">Central </w:t>
       </w:r>
       <w:r w:rsidRPr="00B74E9F">
         <w:rPr>
           <w:i/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:t>infart/Komplikationer</w:t>
       </w:r>
       <w:r w:rsidRPr="00B74E9F">
         <w:t xml:space="preserve"> och i epikris under diagnosen T80.2. med eventuellt tillägg av R651 (svår sepsis), R57.2 (septisk chock). </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="353FACA3" w14:textId="2817E617" w:rsidR="00B74E9F" w:rsidRPr="00B74E9F" w:rsidRDefault="00B74E9F" w:rsidP="00F12F4F">
+    <w:p w:rsidRPr="00B74E9F" w:rsidR="00B74E9F" w:rsidP="00F12F4F" w:rsidRDefault="00B74E9F" w14:paraId="353FACA3" w14:textId="2817E617">
       <w:r w:rsidRPr="00B74E9F">
         <w:t xml:space="preserve">Vid behov av antibiotika ska kateterinfektionen registreras i Infektionsverktyget, se riktlinje </w:t>
       </w:r>
-      <w:hyperlink r:id="rId51" w:history="1">
+      <w:hyperlink w:history="1" r:id="rId51">
         <w:r w:rsidRPr="00E9506D">
           <w:rPr>
             <w:rStyle w:val="Hyperlnk"/>
           </w:rPr>
           <w:t>Infektionsverktyget – ansvarsfördelning och arbetssätt vid SÄS</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="00B74E9F">
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="25D5B97C" w14:textId="77777777" w:rsidR="00B74E9F" w:rsidRPr="00B74E9F" w:rsidRDefault="00B74E9F" w:rsidP="00A52C6D">
+    <w:p w:rsidRPr="00B74E9F" w:rsidR="00B74E9F" w:rsidP="00A52C6D" w:rsidRDefault="00B74E9F" w14:paraId="25D5B97C" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="Rubrik2"/>
       </w:pPr>
-      <w:bookmarkStart w:id="760" w:name="_Toc256000513"/>
-[...17 lines deleted...]
-      <w:bookmarkStart w:id="778" w:name="_Toc193271989"/>
+      <w:bookmarkStart w:name="_Toc256000513" w:id="760"/>
+      <w:bookmarkStart w:name="_Toc182366122" w:id="761"/>
+      <w:bookmarkStart w:name="_Toc498957700" w:id="762"/>
+      <w:bookmarkStart w:name="_Toc256000070" w:id="763"/>
+      <w:bookmarkStart w:name="_Toc256000117" w:id="764"/>
+      <w:bookmarkStart w:name="_Toc501463499" w:id="765"/>
+      <w:bookmarkStart w:name="_Toc256000164" w:id="766"/>
+      <w:bookmarkStart w:name="_Toc256000211" w:id="767"/>
+      <w:bookmarkStart w:name="_Toc256000258" w:id="768"/>
+      <w:bookmarkStart w:name="_Toc256000305" w:id="769"/>
+      <w:bookmarkStart w:name="_Toc256000352" w:id="770"/>
+      <w:bookmarkStart w:name="_Toc256000399" w:id="771"/>
+      <w:bookmarkStart w:name="_Toc527467977" w:id="772"/>
+      <w:bookmarkStart w:name="_Toc256000446" w:id="773"/>
+      <w:bookmarkStart w:name="_Toc34920208" w:id="774"/>
+      <w:bookmarkStart w:name="_Toc256000466" w:id="775"/>
+      <w:bookmarkStart w:name="_Toc99115209" w:id="776"/>
+      <w:bookmarkStart w:name="_Toc99115334" w:id="777"/>
+      <w:bookmarkStart w:name="_Toc193271989" w:id="778"/>
       <w:r w:rsidRPr="00B74E9F">
         <w:t>Dokumentinformation</w:t>
       </w:r>
       <w:bookmarkEnd w:id="760"/>
       <w:bookmarkEnd w:id="761"/>
       <w:bookmarkEnd w:id="762"/>
       <w:bookmarkEnd w:id="763"/>
       <w:bookmarkEnd w:id="764"/>
       <w:bookmarkEnd w:id="765"/>
       <w:bookmarkEnd w:id="766"/>
       <w:bookmarkEnd w:id="767"/>
       <w:bookmarkEnd w:id="768"/>
       <w:bookmarkEnd w:id="769"/>
       <w:bookmarkEnd w:id="770"/>
       <w:bookmarkEnd w:id="771"/>
       <w:bookmarkEnd w:id="772"/>
       <w:bookmarkEnd w:id="773"/>
       <w:bookmarkEnd w:id="774"/>
       <w:bookmarkEnd w:id="775"/>
       <w:bookmarkEnd w:id="776"/>
       <w:bookmarkEnd w:id="777"/>
       <w:bookmarkEnd w:id="778"/>
     </w:p>
-    <w:p w14:paraId="133981DF" w14:textId="77777777" w:rsidR="00B74E9F" w:rsidRPr="00E9506D" w:rsidRDefault="00B74E9F" w:rsidP="00A52C6D">
+    <w:p w:rsidRPr="00E9506D" w:rsidR="00B74E9F" w:rsidP="00A52C6D" w:rsidRDefault="00B74E9F" w14:paraId="133981DF" w14:textId="77777777">
       <w:pPr>
         <w:keepNext/>
         <w:keepLines/>
         <w:spacing w:after="0"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00E9506D">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>För innehållet svarar</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4FFC43A7" w14:textId="1BD691CA" w:rsidR="00E9506D" w:rsidRDefault="081674BB" w:rsidP="00A52C6D">
+    <w:p w:rsidR="00E9506D" w:rsidP="00A52C6D" w:rsidRDefault="081674BB" w14:paraId="4FFC43A7" w14:textId="1BD691CA">
       <w:pPr>
         <w:pStyle w:val="Punktlista"/>
         <w:keepNext/>
         <w:keepLines/>
         <w:ind w:right="707"/>
       </w:pPr>
       <w:r>
         <w:t>Anders Tellqvist,</w:t>
       </w:r>
       <w:r w:rsidR="00B74E9F">
         <w:t xml:space="preserve"> överläkare, </w:t>
       </w:r>
       <w:r w:rsidR="00B313AA">
         <w:t xml:space="preserve">VO </w:t>
       </w:r>
       <w:r w:rsidR="004A7303">
         <w:t>AnOpIVA</w:t>
       </w:r>
       <w:r w:rsidR="00B74E9F">
         <w:t>, SÄS</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1548B0E3" w14:textId="217090D9" w:rsidR="00E9506D" w:rsidRDefault="00B74E9F" w:rsidP="00A52C6D">
+    <w:p w:rsidR="00E9506D" w:rsidP="00A52C6D" w:rsidRDefault="00B74E9F" w14:paraId="1548B0E3" w14:textId="217090D9">
       <w:pPr>
         <w:pStyle w:val="Punktlista"/>
         <w:keepNext/>
         <w:keepLines/>
         <w:ind w:right="707"/>
       </w:pPr>
       <w:r w:rsidRPr="00B74E9F">
         <w:t xml:space="preserve">Susanne Jungnelius, sjuksköterska, </w:t>
       </w:r>
       <w:r w:rsidR="004A7303">
         <w:t>VO AnOpIVA</w:t>
       </w:r>
       <w:r w:rsidRPr="00B74E9F">
         <w:t>, SÄS</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6AEA21BC" w14:textId="77777777" w:rsidR="00E9506D" w:rsidRDefault="00B74E9F" w:rsidP="00A52C6D">
+    <w:p w:rsidR="00E9506D" w:rsidP="00A52C6D" w:rsidRDefault="00B74E9F" w14:paraId="6AEA21BC" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="Punktlista"/>
         <w:keepNext/>
         <w:keepLines/>
         <w:ind w:right="707"/>
       </w:pPr>
       <w:r w:rsidRPr="00B74E9F">
         <w:t>Maria Engström, sjuksköterska, vårdhygien, SÄS Borås (gällande subkutan venport)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="629D5F64" w14:textId="38792D3B" w:rsidR="00E9506D" w:rsidRDefault="00B74E9F" w:rsidP="00A52C6D">
+    <w:p w:rsidR="00E9506D" w:rsidP="00A52C6D" w:rsidRDefault="00B74E9F" w14:paraId="629D5F64" w14:textId="38792D3B">
       <w:pPr>
         <w:pStyle w:val="Punktlista"/>
         <w:keepNext/>
         <w:keepLines/>
         <w:ind w:right="707"/>
       </w:pPr>
       <w:r w:rsidRPr="00B74E9F">
         <w:t xml:space="preserve">Lisbeth Therning, sjuksköterska, </w:t>
       </w:r>
       <w:r w:rsidR="004A7303">
         <w:t xml:space="preserve">VO </w:t>
       </w:r>
       <w:r w:rsidRPr="00B74E9F">
         <w:t>medicin, SÄS Borås</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="49961B64" w14:textId="74A882EE" w:rsidR="00E9506D" w:rsidRDefault="00B74E9F" w:rsidP="00A52C6D">
+    <w:p w:rsidR="00E9506D" w:rsidP="00A52C6D" w:rsidRDefault="00B74E9F" w14:paraId="49961B64" w14:textId="74A882EE">
       <w:pPr>
         <w:pStyle w:val="Punktlista"/>
         <w:keepNext/>
         <w:keepLines/>
         <w:ind w:right="707"/>
       </w:pPr>
       <w:r w:rsidRPr="00B74E9F">
         <w:t xml:space="preserve">Kerstin Ahlberg, sjuksköterska, </w:t>
       </w:r>
       <w:r w:rsidR="004A7303">
         <w:t>VO medicin</w:t>
       </w:r>
       <w:r w:rsidRPr="00B74E9F">
         <w:t>, SÄS Borås</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="203807DA" w14:textId="314D0DF9" w:rsidR="00B74E9F" w:rsidRPr="00B74E9F" w:rsidRDefault="00B74E9F" w:rsidP="00A52C6D">
+    <w:p w:rsidRPr="00B74E9F" w:rsidR="00B74E9F" w:rsidP="00A52C6D" w:rsidRDefault="00B74E9F" w14:paraId="203807DA" w14:textId="314D0DF9">
       <w:pPr>
         <w:pStyle w:val="Punktlista"/>
         <w:keepNext/>
         <w:keepLines/>
         <w:ind w:right="707"/>
       </w:pPr>
       <w:r w:rsidRPr="00B74E9F">
         <w:t xml:space="preserve">Peter Geiger, överläkare, </w:t>
       </w:r>
       <w:r w:rsidR="004A7303">
         <w:t>VO AnOpIVA</w:t>
       </w:r>
       <w:r w:rsidRPr="00B74E9F">
         <w:t>, SÄS (gällande Alteplas (Actilyse) behandling)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="209206BF" w14:textId="54B8306E" w:rsidR="00B74E9F" w:rsidRPr="00B74E9F" w:rsidRDefault="00B74E9F" w:rsidP="00A52C6D">
+    <w:p w:rsidRPr="00B74E9F" w:rsidR="00B74E9F" w:rsidP="00A52C6D" w:rsidRDefault="00B74E9F" w14:paraId="209206BF" w14:textId="54B8306E">
       <w:pPr>
         <w:pStyle w:val="Punktlista"/>
         <w:keepNext/>
         <w:keepLines/>
         <w:ind w:right="707"/>
       </w:pPr>
       <w:r w:rsidRPr="00B74E9F">
         <w:t xml:space="preserve">Kerstin Westerling, Robin Augustsson, Andreas Svensson, Gerd Johansson, sjuksköterskor, </w:t>
       </w:r>
       <w:r w:rsidR="00025F3C">
         <w:t>VO AnOpIVA</w:t>
       </w:r>
       <w:r w:rsidRPr="00B74E9F">
         <w:t>, SÄS (bilaga 1).</w:t>
       </w:r>
-      <w:bookmarkStart w:id="779" w:name="_Toc149035757"/>
-[...2 lines deleted...]
-    <w:p w14:paraId="77F57E7F" w14:textId="488D53A7" w:rsidR="00B74E9F" w:rsidRPr="001977A0" w:rsidRDefault="00B74E9F" w:rsidP="00A52C6D">
+      <w:bookmarkStart w:name="_Toc149035757" w:id="779"/>
+      <w:bookmarkStart w:name="_Toc149978547" w:id="780"/>
+    </w:p>
+    <w:p w:rsidRPr="001977A0" w:rsidR="00B74E9F" w:rsidP="00A52C6D" w:rsidRDefault="00B74E9F" w14:paraId="77F57E7F" w14:textId="488D53A7">
       <w:pPr>
         <w:keepNext/>
         <w:keepLines/>
         <w:spacing w:after="0"/>
         <w:rPr>
           <w:sz w:val="23"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00875384">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="23"/>
         </w:rPr>
         <w:t>Remissinstanser</w:t>
       </w:r>
       <w:bookmarkEnd w:id="779"/>
       <w:bookmarkEnd w:id="780"/>
       <w:r w:rsidR="001977A0">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="23"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="001977A0" w:rsidRPr="001977A0">
+      <w:r w:rsidRPr="001977A0" w:rsidR="001977A0">
         <w:rPr>
           <w:sz w:val="23"/>
         </w:rPr>
         <w:t>(utgåva 1)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2002BAA3" w14:textId="77777777" w:rsidR="00B74E9F" w:rsidRPr="00B74E9F" w:rsidRDefault="00B74E9F" w:rsidP="00A52C6D">
+    <w:p w:rsidRPr="00B74E9F" w:rsidR="00B74E9F" w:rsidP="00A52C6D" w:rsidRDefault="00B74E9F" w14:paraId="2002BAA3" w14:textId="77777777">
       <w:pPr>
         <w:keepNext/>
         <w:keepLines/>
         <w:rPr>
           <w:sz w:val="23"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00B74E9F">
         <w:rPr>
           <w:sz w:val="23"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>Verksamhetschefer, SÄS</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="23BEB34B" w14:textId="77777777" w:rsidR="00B74E9F" w:rsidRPr="00875384" w:rsidRDefault="00B74E9F" w:rsidP="00A52C6D">
+    <w:p w:rsidRPr="00875384" w:rsidR="00B74E9F" w:rsidP="00A52C6D" w:rsidRDefault="00B74E9F" w14:paraId="23BEB34B" w14:textId="77777777">
       <w:pPr>
         <w:keepNext/>
         <w:keepLines/>
         <w:spacing w:after="0"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="23"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00875384">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="23"/>
         </w:rPr>
         <w:t>Fastställt av</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="65F100F0" w14:textId="77777777" w:rsidR="00B74E9F" w:rsidRPr="00B74E9F" w:rsidRDefault="00B74E9F" w:rsidP="00A52C6D">
+    <w:p w:rsidRPr="00B74E9F" w:rsidR="00B74E9F" w:rsidP="00A52C6D" w:rsidRDefault="00B74E9F" w14:paraId="65F100F0" w14:textId="77777777">
       <w:pPr>
         <w:keepNext/>
         <w:keepLines/>
         <w:rPr>
           <w:sz w:val="23"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00B74E9F">
         <w:rPr>
           <w:sz w:val="23"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>Jerker Nilson, chefläkare, SÄS</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="69BDD5F8" w14:textId="77777777" w:rsidR="00B74E9F" w:rsidRPr="00875384" w:rsidRDefault="00B74E9F" w:rsidP="00A52C6D">
+    <w:p w:rsidRPr="00875384" w:rsidR="00B74E9F" w:rsidP="00A52C6D" w:rsidRDefault="00B74E9F" w14:paraId="69BDD5F8" w14:textId="77777777">
       <w:pPr>
         <w:keepNext/>
         <w:keepLines/>
         <w:spacing w:after="0"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="23"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00875384">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="23"/>
         </w:rPr>
         <w:t>Nyckelord</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="32C682AE" w14:textId="77777777" w:rsidR="00B74E9F" w:rsidRPr="00B74E9F" w:rsidRDefault="00B74E9F" w:rsidP="00A52C6D">
+    <w:p w:rsidRPr="00B74E9F" w:rsidR="00B74E9F" w:rsidP="00A52C6D" w:rsidRDefault="00B74E9F" w14:paraId="32C682AE" w14:textId="77777777">
       <w:pPr>
         <w:keepNext/>
         <w:keepLines/>
         <w:rPr>
           <w:sz w:val="23"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00B74E9F">
         <w:rPr>
           <w:sz w:val="23"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>central venkateter, kateter, katetrar, CVK, CDK, PICC-line, subcutan venport, infartsväg, infartsvägar, subcutan venport, infektionsregistrering, registrering, vårdrelaterade infektioner, patientsäkerhet, avvikelser, rapportering, avvikelserapportering, gröna korset, Gröna Korset, ocklusion, flödesstopp, tilltäppning</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="04902328" w14:textId="77777777" w:rsidR="00B74E9F" w:rsidRPr="00875384" w:rsidRDefault="00B74E9F" w:rsidP="00A52C6D">
+    <w:p w:rsidRPr="00875384" w:rsidR="00B74E9F" w:rsidP="00A52C6D" w:rsidRDefault="00B74E9F" w14:paraId="04902328" w14:textId="77777777">
       <w:pPr>
         <w:keepNext/>
         <w:keepLines/>
         <w:spacing w:after="0"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="23"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00875384">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="23"/>
         </w:rPr>
         <w:t>Fotografier</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="28A1761F" w14:textId="007A5335" w:rsidR="00B74E9F" w:rsidRPr="00B74E9F" w:rsidRDefault="00B74E9F" w:rsidP="00A52C6D">
+    <w:p w:rsidRPr="00B74E9F" w:rsidR="00B74E9F" w:rsidP="00A52C6D" w:rsidRDefault="00B74E9F" w14:paraId="28A1761F" w14:textId="007A5335">
       <w:pPr>
         <w:keepNext/>
         <w:keepLines/>
         <w:rPr>
           <w:sz w:val="23"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00B74E9F">
         <w:rPr>
           <w:sz w:val="23"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">© </w:t>
       </w:r>
       <w:r w:rsidR="0040731B">
         <w:rPr>
           <w:sz w:val="23"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>F</w:t>
       </w:r>
       <w:r w:rsidRPr="00B74E9F">
         <w:rPr>
           <w:sz w:val="23"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>otomedia</w:t>
       </w:r>
       <w:r w:rsidR="00A52C6D">
         <w:rPr>
           <w:sz w:val="23"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>/Kommunikationsenheten</w:t>
       </w:r>
       <w:r w:rsidRPr="00B74E9F">
         <w:rPr>
           <w:sz w:val="23"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>, Södra Älvsborgs Sjukhus</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="553D4CC4" w14:textId="77777777" w:rsidR="00B74E9F" w:rsidRPr="00B74E9F" w:rsidRDefault="00B74E9F" w:rsidP="00875384">
+    <w:p w:rsidRPr="00B74E9F" w:rsidR="00B74E9F" w:rsidP="00875384" w:rsidRDefault="00B74E9F" w14:paraId="553D4CC4" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="Rubrik2"/>
       </w:pPr>
-      <w:bookmarkStart w:id="781" w:name="_Toc256000514"/>
-[...19 lines deleted...]
-      <w:bookmarkStart w:id="801" w:name="_Toc182366123"/>
+      <w:bookmarkStart w:name="_Toc256000514" w:id="781"/>
+      <w:bookmarkStart w:name="_Toc498957701" w:id="782"/>
+      <w:bookmarkStart w:name="_Toc256000071" w:id="783"/>
+      <w:bookmarkStart w:name="_Toc256000118" w:id="784"/>
+      <w:bookmarkStart w:name="_Toc501463500" w:id="785"/>
+      <w:bookmarkStart w:name="_Toc256000165" w:id="786"/>
+      <w:bookmarkStart w:name="_Toc256000212" w:id="787"/>
+      <w:bookmarkStart w:name="_Toc256000259" w:id="788"/>
+      <w:bookmarkStart w:name="_Toc256000306" w:id="789"/>
+      <w:bookmarkStart w:name="_Toc256000353" w:id="790"/>
+      <w:bookmarkStart w:name="_Toc256000400" w:id="791"/>
+      <w:bookmarkStart w:name="_Toc527467978" w:id="792"/>
+      <w:bookmarkStart w:name="_Toc256000447" w:id="793"/>
+      <w:bookmarkStart w:name="_Toc34920209" w:id="794"/>
+      <w:bookmarkStart w:name="_Toc256000467" w:id="795"/>
+      <w:bookmarkStart w:name="_Toc99115210" w:id="796"/>
+      <w:bookmarkStart w:name="_Toc99115335" w:id="797"/>
+      <w:bookmarkStart w:name="_Toc193271990" w:id="798"/>
+      <w:bookmarkStart w:name="_Toc169686209" w:id="799"/>
+      <w:bookmarkStart w:name="_Toc169686713" w:id="800"/>
+      <w:bookmarkStart w:name="_Toc182366123" w:id="801"/>
       <w:r w:rsidRPr="00B74E9F">
         <w:t>Referensförteckning</w:t>
       </w:r>
       <w:bookmarkEnd w:id="781"/>
       <w:bookmarkEnd w:id="782"/>
       <w:bookmarkEnd w:id="783"/>
       <w:bookmarkEnd w:id="784"/>
       <w:bookmarkEnd w:id="785"/>
       <w:bookmarkEnd w:id="786"/>
       <w:bookmarkEnd w:id="787"/>
       <w:bookmarkEnd w:id="788"/>
       <w:bookmarkEnd w:id="789"/>
       <w:bookmarkEnd w:id="790"/>
       <w:bookmarkEnd w:id="791"/>
       <w:bookmarkEnd w:id="792"/>
       <w:bookmarkEnd w:id="793"/>
       <w:bookmarkEnd w:id="794"/>
       <w:bookmarkEnd w:id="795"/>
       <w:bookmarkEnd w:id="796"/>
       <w:bookmarkEnd w:id="797"/>
       <w:bookmarkEnd w:id="798"/>
     </w:p>
-    <w:p w14:paraId="2BB6DC50" w14:textId="77777777" w:rsidR="00B74E9F" w:rsidRPr="00B74E9F" w:rsidRDefault="00B74E9F" w:rsidP="00875384">
+    <w:p w:rsidRPr="00B74E9F" w:rsidR="00B74E9F" w:rsidP="00875384" w:rsidRDefault="00B74E9F" w14:paraId="2BB6DC50" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="Punktlistanumrerad"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="21"/>
         </w:numPr>
         <w:ind w:left="1349" w:hanging="357"/>
       </w:pPr>
       <w:r w:rsidRPr="00B74E9F">
         <w:t xml:space="preserve">SFS 2017:30 Hälso- och sjukvårdslag. Svensk författningssamling </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="212EAC20" w14:textId="77777777" w:rsidR="00B74E9F" w:rsidRPr="00B74E9F" w:rsidRDefault="00B74E9F" w:rsidP="00875384">
+    <w:p w:rsidRPr="00B74E9F" w:rsidR="00B74E9F" w:rsidP="00875384" w:rsidRDefault="00B74E9F" w14:paraId="212EAC20" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="Punktlistanumrerad"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="21"/>
         </w:numPr>
         <w:ind w:left="1349" w:hanging="357"/>
       </w:pPr>
       <w:r w:rsidRPr="00B74E9F">
         <w:t xml:space="preserve">SFS 2008:355 Patientdatalag. Svensk författningssamling </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="168E10E8" w14:textId="77777777" w:rsidR="00B74E9F" w:rsidRPr="00B74E9F" w:rsidRDefault="00B74E9F" w:rsidP="00875384">
+    <w:p w:rsidRPr="00B74E9F" w:rsidR="00B74E9F" w:rsidP="00875384" w:rsidRDefault="00B74E9F" w14:paraId="168E10E8" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="Punktlistanumrerad"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="21"/>
         </w:numPr>
         <w:ind w:left="1349" w:hanging="357"/>
       </w:pPr>
       <w:r w:rsidRPr="00B74E9F">
         <w:t xml:space="preserve">SFS 2010:659 Patientsäkerhetslag. Svensk författningssamling </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="632B607B" w14:textId="77777777" w:rsidR="00B74E9F" w:rsidRPr="00B74E9F" w:rsidRDefault="00B74E9F" w:rsidP="00875384">
+    <w:p w:rsidRPr="00B74E9F" w:rsidR="00B74E9F" w:rsidP="00875384" w:rsidRDefault="00B74E9F" w14:paraId="632B607B" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="Punktlistanumrerad"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="21"/>
         </w:numPr>
         <w:ind w:left="1349" w:hanging="357"/>
       </w:pPr>
       <w:r w:rsidRPr="00B74E9F">
         <w:t xml:space="preserve">SOSFS 2011:9 Socialstyrelsens föreskrifter och allmänna råd om ledningssystem för systematiskt kvalitetsarbete 1 jan 2012. Socialstyrelsens författningssamling </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="12214479" w14:textId="77777777" w:rsidR="00B74E9F" w:rsidRPr="00B74E9F" w:rsidRDefault="00B74E9F" w:rsidP="00875384">
+    <w:p w:rsidRPr="00B74E9F" w:rsidR="00B74E9F" w:rsidP="00875384" w:rsidRDefault="00B74E9F" w14:paraId="12214479" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="Punktlistanumrerad"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="21"/>
         </w:numPr>
         <w:ind w:left="1349" w:hanging="357"/>
       </w:pPr>
       <w:r w:rsidRPr="00B74E9F">
-        <w:lastRenderedPageBreak/>
         <w:t>SFAI Central venkateterisering</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="214C9E1D" w14:textId="77777777" w:rsidR="00B74E9F" w:rsidRPr="00B74E9F" w:rsidRDefault="00B74E9F" w:rsidP="00875384">
+    <w:p w:rsidRPr="00B74E9F" w:rsidR="00B74E9F" w:rsidP="00875384" w:rsidRDefault="00B74E9F" w14:paraId="214C9E1D" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="Punktlistanumrerad"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="21"/>
         </w:numPr>
         <w:ind w:left="1349" w:hanging="357"/>
       </w:pPr>
       <w:r w:rsidRPr="00B74E9F">
         <w:t>Infektioner vid centrala venösa infarter. Sveriges Kommuner och Landsting (SKL),</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="135A954E" w14:textId="77777777" w:rsidR="00B74E9F" w:rsidRDefault="00B74E9F" w:rsidP="00875384">
+    <w:p w:rsidR="00B74E9F" w:rsidP="00875384" w:rsidRDefault="00B74E9F" w14:paraId="135A954E" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="Punktlistanumrerad"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="21"/>
         </w:numPr>
         <w:ind w:left="1349" w:hanging="357"/>
       </w:pPr>
       <w:r w:rsidRPr="00B74E9F">
         <w:t>Narkosguiden, Central venaccess</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="20A0F4C4" w14:textId="2612C3CF" w:rsidR="00284B29" w:rsidRPr="007208B9" w:rsidRDefault="00DE5912" w:rsidP="00875384">
+    <w:p w:rsidRPr="007208B9" w:rsidR="00284B29" w:rsidP="00875384" w:rsidRDefault="00DE5912" w14:paraId="20A0F4C4" w14:textId="2612C3CF">
       <w:pPr>
         <w:pStyle w:val="Punktlistanumrerad"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="21"/>
         </w:numPr>
         <w:ind w:left="1349" w:hanging="357"/>
         <w:rPr>
           <w:rStyle w:val="Hyperlnk"/>
           <w:color w:val="auto"/>
           <w:u w:val="none"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00DE5912">
         <w:t>Rekommendation för hantering av restsituation för Actilyse (alteplas) 2 mg</w:t>
       </w:r>
       <w:r w:rsidR="00AB61CD">
         <w:t>. Janusinfo. Region Stockholm</w:t>
       </w:r>
       <w:r w:rsidR="00AB61CD">
         <w:br/>
       </w:r>
-      <w:hyperlink r:id="rId52" w:history="1">
-        <w:r w:rsidR="00284B29" w:rsidRPr="00DA3BB1">
+      <w:hyperlink w:history="1" r:id="rId52">
+        <w:r w:rsidRPr="00DA3BB1" w:rsidR="00284B29">
           <w:rPr>
             <w:rStyle w:val="Hyperlnk"/>
           </w:rPr>
           <w:t>https://janusinfo.se/lakemedelskommitte/lok/artiklar/rekommendationforhanteringavrestsituationforactilysealteplas2mg.5.652c6743180ed02564c69070.html</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="50CE1ABB" w14:textId="77777777" w:rsidR="00B74E9F" w:rsidRPr="00B74E9F" w:rsidRDefault="00B74E9F" w:rsidP="00A229B0">
+    <w:p w:rsidRPr="00B74E9F" w:rsidR="00B74E9F" w:rsidP="00A229B0" w:rsidRDefault="00B74E9F" w14:paraId="50CE1ABB" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="Rubrik2"/>
       </w:pPr>
-      <w:bookmarkStart w:id="802" w:name="_Toc256000515"/>
-[...16 lines deleted...]
-      <w:bookmarkStart w:id="819" w:name="_Toc193271991"/>
+      <w:bookmarkStart w:name="_Toc256000515" w:id="802"/>
+      <w:bookmarkStart w:name="_Toc498957702" w:id="803"/>
+      <w:bookmarkStart w:name="_Toc256000072" w:id="804"/>
+      <w:bookmarkStart w:name="_Toc256000119" w:id="805"/>
+      <w:bookmarkStart w:name="_Toc501463501" w:id="806"/>
+      <w:bookmarkStart w:name="_Toc256000166" w:id="807"/>
+      <w:bookmarkStart w:name="_Toc256000213" w:id="808"/>
+      <w:bookmarkStart w:name="_Toc256000260" w:id="809"/>
+      <w:bookmarkStart w:name="_Toc256000307" w:id="810"/>
+      <w:bookmarkStart w:name="_Toc256000354" w:id="811"/>
+      <w:bookmarkStart w:name="_Toc256000401" w:id="812"/>
+      <w:bookmarkStart w:name="_Toc527467979" w:id="813"/>
+      <w:bookmarkStart w:name="_Toc256000448" w:id="814"/>
+      <w:bookmarkStart w:name="_Toc34920210" w:id="815"/>
+      <w:bookmarkStart w:name="_Toc256000468" w:id="816"/>
+      <w:bookmarkStart w:name="_Toc99115211" w:id="817"/>
+      <w:bookmarkStart w:name="_Toc99115336" w:id="818"/>
+      <w:bookmarkStart w:name="_Toc193271991" w:id="819"/>
       <w:r w:rsidRPr="00B74E9F">
         <w:t>Länkförteckning</w:t>
       </w:r>
       <w:bookmarkEnd w:id="799"/>
       <w:bookmarkEnd w:id="800"/>
       <w:bookmarkEnd w:id="801"/>
       <w:bookmarkEnd w:id="802"/>
       <w:bookmarkEnd w:id="803"/>
       <w:bookmarkEnd w:id="804"/>
       <w:bookmarkEnd w:id="805"/>
       <w:bookmarkEnd w:id="806"/>
       <w:bookmarkEnd w:id="807"/>
       <w:bookmarkEnd w:id="808"/>
       <w:bookmarkEnd w:id="809"/>
       <w:bookmarkEnd w:id="810"/>
       <w:bookmarkEnd w:id="811"/>
       <w:bookmarkEnd w:id="812"/>
       <w:bookmarkEnd w:id="813"/>
       <w:bookmarkEnd w:id="814"/>
       <w:bookmarkEnd w:id="815"/>
       <w:bookmarkEnd w:id="816"/>
       <w:bookmarkEnd w:id="817"/>
       <w:bookmarkEnd w:id="818"/>
       <w:bookmarkEnd w:id="819"/>
     </w:p>
-    <w:p w14:paraId="0DE45D2A" w14:textId="7397ECE5" w:rsidR="00B74E9F" w:rsidRPr="00B74E9F" w:rsidRDefault="00B74E9F" w:rsidP="00A229B0">
+    <w:p w:rsidRPr="00B74E9F" w:rsidR="00B74E9F" w:rsidP="00A229B0" w:rsidRDefault="00B74E9F" w14:paraId="0DE45D2A" w14:textId="7397ECE5">
       <w:pPr>
         <w:pStyle w:val="Punktlista"/>
       </w:pPr>
       <w:r w:rsidRPr="00B74E9F">
         <w:t>Central venkateter (CVK) - Användning och skötsel. Drottning Silvias barnsjukhus, SU/Göteborg (dok-id 14202)</w:t>
       </w:r>
       <w:r w:rsidRPr="00B74E9F">
         <w:br/>
       </w:r>
-      <w:hyperlink r:id="rId53" w:history="1">
+      <w:hyperlink w:history="1" r:id="rId53">
         <w:r w:rsidR="00945A6F">
           <w:rPr>
             <w:rStyle w:val="Hyperlnk"/>
           </w:rPr>
           <w:t>https://insidan.vgregion.se/forvaltningar/su/styrande-dokument</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="0CD6D6F3" w14:textId="215174CE" w:rsidR="00B74E9F" w:rsidRPr="00284B29" w:rsidRDefault="00B74E9F" w:rsidP="00A229B0">
+    <w:p w:rsidRPr="00284B29" w:rsidR="00B74E9F" w:rsidP="00A229B0" w:rsidRDefault="00B74E9F" w14:paraId="0CD6D6F3" w14:textId="215174CE">
       <w:pPr>
         <w:pStyle w:val="Punktlista"/>
       </w:pPr>
       <w:r w:rsidRPr="00284B29">
         <w:t>Vårdhandboken.se, avsnitt</w:t>
       </w:r>
       <w:r w:rsidRPr="00284B29">
         <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="00284B29">
         <w:t xml:space="preserve">- </w:t>
       </w:r>
-      <w:hyperlink r:id="rId54" w:history="1">
+      <w:hyperlink w:history="1" r:id="rId54">
         <w:r w:rsidRPr="00284B29">
           <w:rPr>
             <w:rStyle w:val="Hyperlnk"/>
           </w:rPr>
           <w:t>Central venkateter</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="00284B29">
         <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="00284B29">
         <w:t xml:space="preserve">- </w:t>
       </w:r>
-      <w:hyperlink r:id="rId55" w:history="1">
+      <w:hyperlink w:history="1" r:id="rId55">
         <w:r w:rsidRPr="00284B29">
           <w:rPr>
             <w:rStyle w:val="Hyperlnk"/>
           </w:rPr>
           <w:t>Subkutan venport</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="00284B29">
         <w:rPr>
           <w:rStyle w:val="Hyperlnk"/>
           <w:color w:val="auto"/>
         </w:rPr>
         <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="00284B29">
+        <w:rPr>
+          <w:rStyle w:val="Hyperlnk"/>
+          <w:color w:val="auto"/>
+        </w:rPr>
         <w:t xml:space="preserve">- </w:t>
       </w:r>
-      <w:hyperlink r:id="rId56" w:history="1">
+      <w:hyperlink w:history="1" r:id="rId56">
         <w:r w:rsidRPr="00284B29">
           <w:rPr>
             <w:rStyle w:val="Hyperlnk"/>
           </w:rPr>
           <w:t>PICC-line</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="00284B29">
         <w:rPr>
           <w:rStyle w:val="Hyperlnk"/>
           <w:color w:val="auto"/>
         </w:rPr>
         <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="00284B29">
+        <w:rPr>
+          <w:rStyle w:val="Hyperlnk"/>
+          <w:color w:val="auto"/>
+        </w:rPr>
         <w:t xml:space="preserve">- </w:t>
       </w:r>
-      <w:hyperlink r:id="rId57" w:history="1">
+      <w:hyperlink w:history="1" r:id="rId57">
         <w:r w:rsidRPr="00284B29">
           <w:rPr>
             <w:rStyle w:val="Hyperlnk"/>
           </w:rPr>
           <w:t>Märkning av in- och utfartsvägar</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidR="006A611D">
         <w:rPr>
           <w:rStyle w:val="Hyperlnk"/>
         </w:rPr>
         <w:br/>
       </w:r>
-      <w:hyperlink r:id="rId58" w:history="1">
-        <w:r w:rsidR="00A52C6D" w:rsidRPr="00451708">
+      <w:hyperlink w:history="1" r:id="rId58">
+        <w:r w:rsidRPr="00451708" w:rsidR="00A52C6D">
           <w:rPr>
             <w:rStyle w:val="Hyperlnk"/>
           </w:rPr>
           <w:t>www.vardhandboken.se</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="2900CEB8" w14:textId="32161C7C" w:rsidR="00B74E9F" w:rsidRPr="00284B29" w:rsidRDefault="00B74E9F" w:rsidP="00A229B0">
+    <w:p w:rsidRPr="00284B29" w:rsidR="00B74E9F" w:rsidP="00A229B0" w:rsidRDefault="00B74E9F" w14:paraId="2900CEB8" w14:textId="32161C7C">
       <w:pPr>
         <w:pStyle w:val="Punktlista"/>
         <w:rPr>
           <w:rStyle w:val="Hyperlnk"/>
           <w:color w:val="auto"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00284B29">
         <w:t>Subkutan venport - Inläggning. Sjukhusövergripande patientinformation, SÄS</w:t>
       </w:r>
       <w:r w:rsidRPr="00284B29">
         <w:br/>
       </w:r>
-      <w:hyperlink r:id="rId59" w:history="1">
+      <w:hyperlink w:history="1" r:id="rId59">
         <w:r w:rsidR="00B836A8">
           <w:rPr>
             <w:rStyle w:val="Hyperlnk"/>
           </w:rPr>
           <w:t>https://insidan.vgregion.se/forvaltningar/sodra-alvsborgs-sjukhus/styrdokument</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="1F07234A" w14:textId="49ABA2E3" w:rsidR="00B74E9F" w:rsidRPr="00B74E9F" w:rsidRDefault="00B74E9F" w:rsidP="00A229B0">
+    <w:p w:rsidRPr="00B74E9F" w:rsidR="00B74E9F" w:rsidP="00A229B0" w:rsidRDefault="00B74E9F" w14:paraId="1F07234A" w14:textId="49ABA2E3">
       <w:pPr>
         <w:pStyle w:val="Punktlista"/>
       </w:pPr>
       <w:r w:rsidRPr="00B74E9F">
         <w:t>Subkutan venport – Borttagning. Sjukhusövergripande patient-information, SÄS</w:t>
       </w:r>
       <w:r w:rsidRPr="00B74E9F">
         <w:br/>
       </w:r>
-      <w:hyperlink r:id="rId60" w:history="1">
+      <w:hyperlink w:history="1" r:id="rId60">
         <w:r w:rsidR="00B836A8">
           <w:rPr>
             <w:rStyle w:val="Hyperlnk"/>
           </w:rPr>
           <w:t>https://insidan.vgregion.se/forvaltningar/sodra-alvsborgs-sjukhus/styrdokument</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="6FE19B6E" w14:textId="46E074C6" w:rsidR="00B74E9F" w:rsidRPr="00B74E9F" w:rsidRDefault="00B74E9F" w:rsidP="00A229B0">
+    <w:p w:rsidRPr="00B74E9F" w:rsidR="00B74E9F" w:rsidP="00A229B0" w:rsidRDefault="00B74E9F" w14:paraId="6FE19B6E" w14:textId="46E074C6">
       <w:pPr>
         <w:pStyle w:val="Punktlista"/>
       </w:pPr>
       <w:r w:rsidRPr="00B74E9F">
         <w:t>Central infart i Melior. Sjukhusövergripande rutin, SÄS</w:t>
       </w:r>
       <w:r w:rsidRPr="00B74E9F">
         <w:br/>
       </w:r>
-      <w:hyperlink r:id="rId61" w:history="1">
+      <w:hyperlink w:history="1" r:id="rId61">
         <w:r w:rsidR="00B836A8">
           <w:rPr>
             <w:rStyle w:val="Hyperlnk"/>
           </w:rPr>
           <w:t>https://insidan.vgregion.se/forvaltningar/sodra-alvsborgs-sjukhus/styrdokument</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="3D14CB17" w14:textId="401676AB" w:rsidR="00B74E9F" w:rsidRPr="00B74E9F" w:rsidRDefault="00B74E9F" w:rsidP="00A229B0">
+    <w:p w:rsidRPr="00B74E9F" w:rsidR="00B74E9F" w:rsidP="00A229B0" w:rsidRDefault="00B74E9F" w14:paraId="3D14CB17" w14:textId="401676AB">
       <w:pPr>
         <w:pStyle w:val="Punktlista"/>
       </w:pPr>
       <w:r w:rsidRPr="00B74E9F">
         <w:t>Gröna korset på SÄS. Sjukhusövergripande rutin, SÄS</w:t>
       </w:r>
       <w:r w:rsidRPr="00B74E9F">
         <w:br/>
       </w:r>
-      <w:hyperlink r:id="rId62" w:history="1">
+      <w:hyperlink w:history="1" r:id="rId62">
         <w:r w:rsidR="00B836A8">
           <w:rPr>
             <w:rStyle w:val="Hyperlnk"/>
           </w:rPr>
           <w:t>https://insidan.vgregion.se/forvaltningar/sodra-alvsborgs-sjukhus/styrdokument</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="61BFFC35" w14:textId="0F5B6E8C" w:rsidR="00B74E9F" w:rsidRPr="00B74E9F" w:rsidRDefault="00B74E9F" w:rsidP="00A229B0">
+    <w:p w:rsidRPr="00B74E9F" w:rsidR="00B74E9F" w:rsidP="00A229B0" w:rsidRDefault="00B74E9F" w14:paraId="61BFFC35" w14:textId="0F5B6E8C">
       <w:pPr>
         <w:pStyle w:val="Punktlista"/>
       </w:pPr>
       <w:r w:rsidRPr="00B74E9F">
         <w:t>Avvikelsehantering SÄS. Sjukhusövergripande riktlinje, SÄS</w:t>
       </w:r>
       <w:r w:rsidRPr="00B74E9F">
         <w:br/>
       </w:r>
-      <w:hyperlink r:id="rId63" w:history="1">
+      <w:hyperlink w:history="1" r:id="rId63">
         <w:r w:rsidR="00B836A8">
           <w:rPr>
             <w:rStyle w:val="Hyperlnk"/>
           </w:rPr>
           <w:t>https://insidan.vgregion.se/forvaltningar/sodra-alvsborgs-sjukhus/styrdokument</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="1D3B68B4" w14:textId="2A885425" w:rsidR="00B74E9F" w:rsidRPr="00B74E9F" w:rsidRDefault="00B74E9F" w:rsidP="00A229B0">
+    <w:p w:rsidRPr="00B74E9F" w:rsidR="00B74E9F" w:rsidP="00A229B0" w:rsidRDefault="00B74E9F" w14:paraId="1D3B68B4" w14:textId="2A885425">
       <w:pPr>
         <w:pStyle w:val="Punktlista"/>
       </w:pPr>
       <w:r w:rsidRPr="00B74E9F">
         <w:t xml:space="preserve">Patientinformation om CVK. 1177.se, webbplats där svensk sjukvård genom alla landsting och regioner i samverkan </w:t>
       </w:r>
       <w:r w:rsidRPr="00B74E9F">
-        <w:lastRenderedPageBreak/>
         <w:t>förmedlar sjukvårds</w:t>
       </w:r>
       <w:r w:rsidRPr="00B74E9F">
         <w:softHyphen/>
         <w:t>rådgivning.</w:t>
       </w:r>
       <w:r w:rsidRPr="00B74E9F">
         <w:br/>
       </w:r>
-      <w:hyperlink r:id="rId64" w:history="1">
+      <w:hyperlink w:history="1" r:id="rId64">
         <w:r w:rsidRPr="00FE0F7F">
           <w:rPr>
             <w:rStyle w:val="Hyperlnk"/>
           </w:rPr>
           <w:t>www.1177.se</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="0B2C8701" w14:textId="09E2828A" w:rsidR="00B74E9F" w:rsidRPr="00B74E9F" w:rsidRDefault="00B74E9F" w:rsidP="00A229B0">
+    <w:p w:rsidRPr="00B74E9F" w:rsidR="00B74E9F" w:rsidP="00A229B0" w:rsidRDefault="00B74E9F" w14:paraId="0B2C8701" w14:textId="09E2828A">
       <w:pPr>
         <w:pStyle w:val="Punktlista"/>
       </w:pPr>
       <w:r w:rsidRPr="00B74E9F">
         <w:t>Preoperativa förberedelser för operationsavdelningarna vid Södra Älvsborgs Sjukhus. Sjukhusövergripande riktlinje, SÄS</w:t>
       </w:r>
       <w:r w:rsidRPr="00B74E9F">
         <w:br/>
       </w:r>
-      <w:hyperlink r:id="rId65" w:history="1">
+      <w:hyperlink w:history="1" r:id="rId65">
         <w:r w:rsidR="00B836A8">
           <w:rPr>
             <w:rStyle w:val="Hyperlnk"/>
           </w:rPr>
           <w:t>https://insidan.vgregion.se/forvaltningar/sodra-alvsborgs-sjukhus/styrdokument</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="4643DB06" w14:textId="50A7DC1B" w:rsidR="00B74E9F" w:rsidRPr="00B74E9F" w:rsidRDefault="00B74E9F" w:rsidP="00A229B0">
+    <w:p w:rsidRPr="00B74E9F" w:rsidR="00B74E9F" w:rsidP="00A229B0" w:rsidRDefault="00B74E9F" w14:paraId="4643DB06" w14:textId="50A7DC1B">
       <w:pPr>
         <w:pStyle w:val="Punktlista"/>
       </w:pPr>
       <w:r w:rsidRPr="00B74E9F">
         <w:t>FASS</w:t>
       </w:r>
       <w:r w:rsidRPr="00B74E9F">
         <w:br/>
       </w:r>
-      <w:hyperlink r:id="rId66" w:history="1">
+      <w:hyperlink w:history="1" r:id="rId66">
         <w:r w:rsidRPr="00A43486">
           <w:rPr>
             <w:rStyle w:val="Hyperlnk"/>
           </w:rPr>
           <w:t>www.fass.se</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="34364EB8" w14:textId="79084960" w:rsidR="00B74E9F" w:rsidRPr="00B74E9F" w:rsidRDefault="00B74E9F" w:rsidP="00A229B0">
+    <w:p w:rsidRPr="00B74E9F" w:rsidR="00B74E9F" w:rsidP="00A229B0" w:rsidRDefault="00B74E9F" w14:paraId="34364EB8" w14:textId="79084960">
       <w:pPr>
         <w:pStyle w:val="Punktlista"/>
       </w:pPr>
       <w:r w:rsidRPr="00B74E9F">
         <w:t>Infektionsverktyget – ansvarsfördelning och arbetssätt vid SÄS. Sjukhusövergripande riktlinje, SÄS</w:t>
       </w:r>
       <w:r w:rsidRPr="00B74E9F">
         <w:br/>
       </w:r>
-      <w:hyperlink r:id="rId67" w:history="1">
+      <w:hyperlink w:history="1" r:id="rId67">
         <w:r w:rsidR="00B836A8">
           <w:rPr>
             <w:rStyle w:val="Hyperlnk"/>
           </w:rPr>
           <w:t>https://insidan.vgregion.se/forvaltningar/sodra-alvsborgs-sjukhus/styrdokument</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="2276C502" w14:textId="77777777" w:rsidR="00B74E9F" w:rsidRPr="00B74E9F" w:rsidRDefault="00B74E9F" w:rsidP="002D1262">
+    <w:p w:rsidRPr="00B74E9F" w:rsidR="00B74E9F" w:rsidP="002D1262" w:rsidRDefault="00B74E9F" w14:paraId="2276C502" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="Rubrik2"/>
       </w:pPr>
-      <w:bookmarkStart w:id="820" w:name="_Bilaga_1,_CVI"/>
+      <w:bookmarkStart w:name="_Bilaga_1,_CVI" w:id="820"/>
       <w:bookmarkEnd w:id="820"/>
       <w:r w:rsidRPr="00B74E9F">
         <w:br w:type="page"/>
       </w:r>
-      <w:bookmarkStart w:id="821" w:name="Bilaga1"/>
-[...17 lines deleted...]
-      <w:bookmarkStart w:id="839" w:name="_Toc193271992"/>
+      <w:bookmarkStart w:name="Bilaga1" w:id="821"/>
+      <w:bookmarkStart w:name="_Toc256000516" w:id="822"/>
+      <w:bookmarkStart w:name="_Toc498957703" w:id="823"/>
+      <w:bookmarkStart w:name="_Toc256000073" w:id="824"/>
+      <w:bookmarkStart w:name="_Toc256000120" w:id="825"/>
+      <w:bookmarkStart w:name="_Toc501463502" w:id="826"/>
+      <w:bookmarkStart w:name="_Toc256000167" w:id="827"/>
+      <w:bookmarkStart w:name="_Toc256000214" w:id="828"/>
+      <w:bookmarkStart w:name="_Toc256000261" w:id="829"/>
+      <w:bookmarkStart w:name="_Toc256000308" w:id="830"/>
+      <w:bookmarkStart w:name="_Toc256000355" w:id="831"/>
+      <w:bookmarkStart w:name="_Toc256000402" w:id="832"/>
+      <w:bookmarkStart w:name="_Toc527467980" w:id="833"/>
+      <w:bookmarkStart w:name="_Toc256000449" w:id="834"/>
+      <w:bookmarkStart w:name="_Toc34920211" w:id="835"/>
+      <w:bookmarkStart w:name="_Toc256000469" w:id="836"/>
+      <w:bookmarkStart w:name="_Toc99115212" w:id="837"/>
+      <w:bookmarkStart w:name="_Toc99115337" w:id="838"/>
+      <w:bookmarkStart w:name="_Toc193271992" w:id="839"/>
       <w:bookmarkEnd w:id="821"/>
       <w:r w:rsidRPr="00B74E9F">
-        <w:lastRenderedPageBreak/>
         <w:t>Bilaga 1, CVI på vårdavdelning</w:t>
       </w:r>
       <w:bookmarkEnd w:id="822"/>
       <w:bookmarkEnd w:id="823"/>
       <w:bookmarkEnd w:id="824"/>
       <w:bookmarkEnd w:id="825"/>
       <w:bookmarkEnd w:id="826"/>
       <w:bookmarkEnd w:id="827"/>
       <w:bookmarkEnd w:id="828"/>
       <w:bookmarkEnd w:id="829"/>
       <w:bookmarkEnd w:id="830"/>
       <w:bookmarkEnd w:id="831"/>
       <w:bookmarkEnd w:id="832"/>
       <w:bookmarkEnd w:id="833"/>
       <w:bookmarkEnd w:id="834"/>
       <w:bookmarkEnd w:id="835"/>
       <w:bookmarkEnd w:id="836"/>
       <w:bookmarkEnd w:id="837"/>
       <w:bookmarkEnd w:id="838"/>
       <w:bookmarkEnd w:id="839"/>
     </w:p>
-    <w:p w14:paraId="4170A13D" w14:textId="06887946" w:rsidR="00B74E9F" w:rsidRPr="00B74E9F" w:rsidRDefault="00B74E9F" w:rsidP="00717606">
+    <w:p w:rsidRPr="00B74E9F" w:rsidR="00B74E9F" w:rsidP="00717606" w:rsidRDefault="00B74E9F" w14:paraId="4170A13D" w14:textId="06887946">
       <w:r w:rsidRPr="00B74E9F">
         <w:t xml:space="preserve">Illustration av CVK-systemet. För handhavande, se riktlinjen samt </w:t>
       </w:r>
-      <w:hyperlink r:id="rId68" w:history="1">
+      <w:hyperlink w:history="1" r:id="rId68">
         <w:r w:rsidRPr="00FF46B4">
           <w:rPr>
             <w:rStyle w:val="Hyperlnk"/>
           </w:rPr>
           <w:t>Vårdhandboken, avsnitt Central venkateter</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="00B74E9F">
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="18E66DE4" w14:textId="77777777" w:rsidR="00B74E9F" w:rsidRPr="00B74E9F" w:rsidRDefault="00B74E9F" w:rsidP="00717606">
+    <w:p w:rsidRPr="00B74E9F" w:rsidR="00B74E9F" w:rsidP="00717606" w:rsidRDefault="00B74E9F" w14:paraId="18E66DE4" w14:textId="77777777">
       <w:r w:rsidRPr="00B74E9F">
         <w:t>När patienten kommer till vårdavdelningen är CVK:n försedd med en lång trevägskran samt en injektionsventil, (alternativt enbart en injektionsventil).</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5B12774D" w14:textId="77777777" w:rsidR="00B74E9F" w:rsidRPr="00B74E9F" w:rsidRDefault="00B74E9F" w:rsidP="00717606">
+    <w:p w:rsidRPr="00B74E9F" w:rsidR="00B74E9F" w:rsidP="00717606" w:rsidRDefault="00B74E9F" w14:paraId="5B12774D" w14:textId="77777777">
       <w:r w:rsidRPr="00B74E9F">
         <w:t>En injektionsventil ska alltid sättas på trevägskranens ena skänkel och spritas av innan användning. (Swan-lock art nr 102742103).</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6E77BD01" w14:textId="0D476CDA" w:rsidR="00B74E9F" w:rsidRPr="00B74E9F" w:rsidRDefault="00B74E9F" w:rsidP="00D43687">
+    <w:p w:rsidRPr="00B74E9F" w:rsidR="00B74E9F" w:rsidP="00D43687" w:rsidRDefault="00B74E9F" w14:paraId="6E77BD01" w14:textId="0D476CDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:right="0"/>
         <w:rPr>
           <w:noProof/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00B74E9F">
         <w:rPr>
           <w:noProof/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="58DA8AC8" wp14:editId="15CD9D29">
             <wp:extent cx="4762500" cy="2867025"/>
             <wp:effectExtent l="0" t="0" r="0" b="9525"/>
             <wp:docPr id="5" name="Picture 5" descr="Fotografi som visar en CVK-skänkel märkt med text, avstängningsklämma och trevägskran med en injektionsventil."/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
@@ -8345,106 +8378,106 @@
                     <a:srcRect/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr bwMode="auto">
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="4762500" cy="2867025"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:noFill/>
                     <a:ln>
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
-    <w:p w14:paraId="029ACF1F" w14:textId="77777777" w:rsidR="00B74E9F" w:rsidRPr="00B74E9F" w:rsidRDefault="00B74E9F" w:rsidP="00081EBF">
+    <w:p w:rsidRPr="00B74E9F" w:rsidR="00B74E9F" w:rsidP="00081EBF" w:rsidRDefault="00B74E9F" w14:paraId="029ACF1F" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="Beskrivning"/>
       </w:pPr>
       <w:r w:rsidRPr="00B74E9F">
         <w:t>Bild 1, CVK-skänkel märkt med text CVK, avstängningsklämma och trevägskran med en injektionsventil.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="08088034" w14:textId="77777777" w:rsidR="00B74E9F" w:rsidRPr="00B74E9F" w:rsidRDefault="00B74E9F" w:rsidP="00081EBF">
+    <w:p w:rsidRPr="00B74E9F" w:rsidR="00B74E9F" w:rsidP="00081EBF" w:rsidRDefault="00B74E9F" w14:paraId="08088034" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="Rubrik2"/>
       </w:pPr>
-      <w:bookmarkStart w:id="840" w:name="_Toc256000517"/>
-[...5 lines deleted...]
-      <w:bookmarkStart w:id="846" w:name="_Toc193271993"/>
+      <w:bookmarkStart w:name="_Toc256000517" w:id="840"/>
+      <w:bookmarkStart w:name="_Toc34749077" w:id="841"/>
+      <w:bookmarkStart w:name="_Toc34920212" w:id="842"/>
+      <w:bookmarkStart w:name="_Toc256000470" w:id="843"/>
+      <w:bookmarkStart w:name="_Toc99115213" w:id="844"/>
+      <w:bookmarkStart w:name="_Toc99115338" w:id="845"/>
+      <w:bookmarkStart w:name="_Toc193271993" w:id="846"/>
       <w:r w:rsidRPr="00B74E9F">
         <w:t>Avstängningsklämma</w:t>
       </w:r>
       <w:bookmarkEnd w:id="840"/>
       <w:bookmarkEnd w:id="841"/>
       <w:bookmarkEnd w:id="842"/>
       <w:bookmarkEnd w:id="843"/>
       <w:bookmarkEnd w:id="844"/>
       <w:bookmarkEnd w:id="845"/>
       <w:bookmarkEnd w:id="846"/>
     </w:p>
-    <w:p w14:paraId="492AF740" w14:textId="77777777" w:rsidR="00B74E9F" w:rsidRPr="00B74E9F" w:rsidRDefault="00B74E9F" w:rsidP="00D43687">
+    <w:p w:rsidRPr="00B74E9F" w:rsidR="00B74E9F" w:rsidP="00D43687" w:rsidRDefault="00B74E9F" w14:paraId="492AF740" w14:textId="77777777">
       <w:r w:rsidRPr="00B74E9F">
         <w:t xml:space="preserve">Det är viktigt att en avstängningsklämma finns på CVK-slangen och att den är stängd vid byte av trevägskran och när infusion inte pågår; om den trillat av, kontakta IVA, tfn </w:t>
       </w:r>
       <w:r w:rsidRPr="00B74E9F">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>3050</w:t>
       </w:r>
       <w:r w:rsidRPr="00B74E9F">
         <w:t xml:space="preserve"> eller Op 1, tfn </w:t>
       </w:r>
       <w:r w:rsidRPr="00B74E9F">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>3072</w:t>
       </w:r>
       <w:r w:rsidRPr="00B74E9F">
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="105C311A" w14:textId="7E544F28" w:rsidR="00B74E9F" w:rsidRPr="00B74E9F" w:rsidRDefault="00B74E9F" w:rsidP="00D43687">
+    <w:p w:rsidRPr="00B74E9F" w:rsidR="00B74E9F" w:rsidP="00D43687" w:rsidRDefault="00B74E9F" w14:paraId="105C311A" w14:textId="7E544F28">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:rPr>
           <w:rFonts w:ascii="IIPQN G+ Times New" w:hAnsi="IIPQN G+ Times New" w:cs="IIPQN G+ Times New"/>
           <w:noProof/>
           <w:sz w:val="23"/>
           <w:szCs w:val="23"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00B74E9F">
         <w:rPr>
           <w:noProof/>
         </w:rPr>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="530B049B" wp14:editId="53F4A0AB">
             <wp:extent cx="5669915" cy="2005330"/>
             <wp:effectExtent l="0" t="0" r="6985" b="0"/>
             <wp:docPr id="3" name="Picture 3" descr="Fotografi som visar hur avstängningsklämman på CVK-slangen ska sitta i öppet respektive stängt läge."/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
@@ -8464,117 +8497,116 @@
                     <a:srcRect/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr bwMode="auto">
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="5669915" cy="2005330"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:noFill/>
                     <a:ln>
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3BD47B5A" w14:textId="77777777" w:rsidR="00B74E9F" w:rsidRPr="00B74E9F" w:rsidRDefault="00B74E9F" w:rsidP="00D43687">
+    <w:p w:rsidRPr="00B74E9F" w:rsidR="00B74E9F" w:rsidP="00D43687" w:rsidRDefault="00B74E9F" w14:paraId="3BD47B5A" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="Beskrivning"/>
       </w:pPr>
       <w:r w:rsidRPr="00B74E9F">
         <w:t>Bild 2, Avstängningsklämma</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="618CFB6B" w14:textId="77777777" w:rsidR="00B74E9F" w:rsidRPr="00B74E9F" w:rsidRDefault="00B74E9F" w:rsidP="00D43687">
+    <w:p w:rsidRPr="00B74E9F" w:rsidR="00B74E9F" w:rsidP="00D43687" w:rsidRDefault="00B74E9F" w14:paraId="618CFB6B" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="Rubrik3"/>
       </w:pPr>
-      <w:bookmarkStart w:id="847" w:name="_Toc256000518"/>
-[...7 lines deleted...]
-        <w:lastRenderedPageBreak/>
+      <w:bookmarkStart w:name="_Toc256000518" w:id="847"/>
+      <w:bookmarkStart w:name="_Toc34749078" w:id="848"/>
+      <w:bookmarkStart w:name="_Toc34920213" w:id="849"/>
+      <w:bookmarkStart w:name="_Toc256000471" w:id="850"/>
+      <w:bookmarkStart w:name="_Toc99115214" w:id="851"/>
+      <w:bookmarkStart w:name="_Toc99115339" w:id="852"/>
+      <w:bookmarkStart w:name="_Toc193271994" w:id="853"/>
+      <w:r w:rsidRPr="00B74E9F">
         <w:t>CVK med flera skänklar</w:t>
       </w:r>
       <w:bookmarkEnd w:id="847"/>
       <w:bookmarkEnd w:id="848"/>
       <w:bookmarkEnd w:id="849"/>
       <w:bookmarkEnd w:id="850"/>
       <w:bookmarkEnd w:id="851"/>
       <w:bookmarkEnd w:id="852"/>
       <w:bookmarkEnd w:id="853"/>
     </w:p>
-    <w:p w14:paraId="78961BE6" w14:textId="77777777" w:rsidR="00B74E9F" w:rsidRPr="00B74E9F" w:rsidRDefault="00B74E9F" w:rsidP="004834FA">
+    <w:p w:rsidRPr="00B74E9F" w:rsidR="00B74E9F" w:rsidP="004834FA" w:rsidRDefault="00B74E9F" w14:paraId="78961BE6" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="Punktlista"/>
       </w:pPr>
       <w:r w:rsidRPr="00B74E9F">
         <w:t xml:space="preserve">Alla skänklar ska vara märkta med texten CVK. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="31B93334" w14:textId="77777777" w:rsidR="00B74E9F" w:rsidRPr="00B74E9F" w:rsidRDefault="00B74E9F" w:rsidP="004834FA">
+    <w:p w:rsidRPr="00B74E9F" w:rsidR="00B74E9F" w:rsidP="004834FA" w:rsidRDefault="00B74E9F" w14:paraId="31B93334" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="Punktlista"/>
       </w:pPr>
       <w:r w:rsidRPr="00B74E9F">
         <w:t>En skänkel har trevägskran med injektionsventil och eventuell infusionslösning.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="28EE140E" w14:textId="77777777" w:rsidR="00B74E9F" w:rsidRPr="00B74E9F" w:rsidRDefault="00B74E9F" w:rsidP="004834FA">
+    <w:p w:rsidRPr="00B74E9F" w:rsidR="00B74E9F" w:rsidP="004834FA" w:rsidRDefault="00B74E9F" w14:paraId="28EE140E" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="Punktlista"/>
       </w:pPr>
       <w:r w:rsidRPr="00B74E9F">
         <w:t>Övriga skänklar som inte har pågående infusion har propp eller injektionsventil. Om behov finns att använda fler skänklar för infusion ska alltid trevägskran kopplas.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="50841F79" w14:textId="5BFD20B2" w:rsidR="00B74E9F" w:rsidRPr="00B74E9F" w:rsidRDefault="00B74E9F" w:rsidP="004834FA">
+    <w:p w:rsidRPr="00B74E9F" w:rsidR="00B74E9F" w:rsidP="004834FA" w:rsidRDefault="00B74E9F" w14:paraId="50841F79" w14:textId="5BFD20B2">
       <w:pPr>
         <w:pStyle w:val="Punktlista"/>
       </w:pPr>
       <w:r w:rsidRPr="00B74E9F">
         <w:t>Sätt alltid en injektionsventil på trevägskranens ena skänkel (Swan-lock art nr 102742103)</w:t>
       </w:r>
       <w:r w:rsidR="009E7F76">
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="77B83C3F" w14:textId="152556C4" w:rsidR="00B74E9F" w:rsidRPr="00B74E9F" w:rsidRDefault="00B74E9F" w:rsidP="002506F6">
+    <w:p w:rsidRPr="00B74E9F" w:rsidR="00B74E9F" w:rsidP="002506F6" w:rsidRDefault="00B74E9F" w14:paraId="77B83C3F" w14:textId="152556C4">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:rPr>
           <w:noProof/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00B74E9F">
         <w:rPr>
           <w:noProof/>
         </w:rPr>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="68BC8200" wp14:editId="2627C2F8">
             <wp:extent cx="4762500" cy="3438525"/>
             <wp:effectExtent l="0" t="0" r="0" b="9525"/>
             <wp:docPr id="2" name="Picture 2" descr="Fotografi som visar hur en CVK med flera skänklar ska kopplas ihop och märkas upp. "/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="2" name="Picture 2" descr="Fotografi som visar hur en CVK med flera skänklar ska kopplas ihop och märkas upp. "/>
                     <pic:cNvPicPr>
                       <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
@@ -8591,88 +8623,87 @@
                     <a:srcRect/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr bwMode="auto">
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="4762500" cy="3438525"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:noFill/>
                     <a:ln>
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
-    <w:p w14:paraId="71EC2E2D" w14:textId="77777777" w:rsidR="00B74E9F" w:rsidRPr="00B74E9F" w:rsidRDefault="00B74E9F" w:rsidP="002506F6">
+    <w:p w:rsidRPr="00B74E9F" w:rsidR="00B74E9F" w:rsidP="002506F6" w:rsidRDefault="00B74E9F" w14:paraId="71EC2E2D" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="Beskrivning"/>
       </w:pPr>
       <w:r w:rsidRPr="00B74E9F">
         <w:t>Bild 3, 3-lumens CVK, med trevägskran och injektionsventil på en lumen och proppar på de båda andra.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0CB466C4" w14:textId="77777777" w:rsidR="00B74E9F" w:rsidRPr="00B74E9F" w:rsidRDefault="00B74E9F" w:rsidP="002506F6">
+    <w:p w:rsidRPr="00B74E9F" w:rsidR="00B74E9F" w:rsidP="002506F6" w:rsidRDefault="00B74E9F" w14:paraId="0CB466C4" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="Rubrik3"/>
       </w:pPr>
       <w:r w:rsidRPr="00B74E9F">
         <w:rPr>
           <w:iCs/>
         </w:rPr>
         <w:br w:type="page"/>
       </w:r>
-      <w:bookmarkStart w:id="854" w:name="_Toc256000519"/>
-[...7 lines deleted...]
-        <w:lastRenderedPageBreak/>
+      <w:bookmarkStart w:name="_Toc256000519" w:id="854"/>
+      <w:bookmarkStart w:name="_Toc34749079" w:id="855"/>
+      <w:bookmarkStart w:name="_Toc34920214" w:id="856"/>
+      <w:bookmarkStart w:name="_Toc256000472" w:id="857"/>
+      <w:bookmarkStart w:name="_Toc99115215" w:id="858"/>
+      <w:bookmarkStart w:name="_Toc99115340" w:id="859"/>
+      <w:bookmarkStart w:name="_Toc193271995" w:id="860"/>
+      <w:r w:rsidRPr="00B74E9F">
         <w:t>Subkutan venport - droppaggregat</w:t>
       </w:r>
       <w:bookmarkEnd w:id="854"/>
       <w:bookmarkEnd w:id="855"/>
       <w:bookmarkEnd w:id="856"/>
       <w:bookmarkEnd w:id="857"/>
       <w:bookmarkEnd w:id="858"/>
       <w:bookmarkEnd w:id="859"/>
       <w:bookmarkEnd w:id="860"/>
     </w:p>
-    <w:p w14:paraId="7FD72EC3" w14:textId="03CA8655" w:rsidR="00B74E9F" w:rsidRPr="00B74E9F" w:rsidRDefault="00B74E9F" w:rsidP="002506F6">
+    <w:p w:rsidRPr="00B74E9F" w:rsidR="00B74E9F" w:rsidP="002506F6" w:rsidRDefault="00B74E9F" w14:paraId="7FD72EC3" w14:textId="03CA8655">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:rPr>
           <w:noProof/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00B74E9F">
         <w:rPr>
           <w:noProof/>
         </w:rPr>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="22D43615" wp14:editId="5B4643D4">
             <wp:extent cx="5669915" cy="3782695"/>
             <wp:effectExtent l="0" t="0" r="6985" b="8255"/>
             <wp:docPr id="1" name="Picture 1" descr="Fotografi som visar hur droppaggregatets olika delar ska kopplas ihop och fästas ihop med dropp-påse. "/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="1" name="Picture 1" descr="Fotografi som visar hur droppaggregatets olika delar ska kopplas ihop och fästas ihop med dropp-påse. "/>
                     <pic:cNvPicPr>
                       <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
@@ -8689,101 +8720,101 @@
                     <a:srcRect/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr bwMode="auto">
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="5669915" cy="3782695"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:noFill/>
                     <a:ln>
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7D29EC91" w14:textId="77777777" w:rsidR="00B74E9F" w:rsidRPr="00B74E9F" w:rsidRDefault="00B74E9F" w:rsidP="002506F6">
+    <w:p w:rsidRPr="00B74E9F" w:rsidR="00B74E9F" w:rsidP="002506F6" w:rsidRDefault="00B74E9F" w14:paraId="7D29EC91" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="Beskrivning"/>
       </w:pPr>
       <w:r w:rsidRPr="00B74E9F">
         <w:t>Bild 4 Exempel på komplett system.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="0"/>
-    <w:p w14:paraId="76B9F95B" w14:textId="24513497" w:rsidR="00536A5A" w:rsidRPr="00536A5A" w:rsidRDefault="00536A5A" w:rsidP="00536A5A">
+    <w:p w:rsidRPr="00536A5A" w:rsidR="00536A5A" w:rsidP="00536A5A" w:rsidRDefault="00536A5A" w14:paraId="76B9F95B" w14:textId="24513497">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
       </w:pPr>
     </w:p>
-    <w:sectPr w:rsidR="00536A5A" w:rsidRPr="00536A5A" w:rsidSect="00B74E9F">
+    <w:sectPr w:rsidRPr="00536A5A" w:rsidR="00536A5A" w:rsidSect="00B74E9F">
       <w:headerReference w:type="default" r:id="rId73"/>
       <w:footerReference w:type="even" r:id="rId74"/>
       <w:footerReference w:type="default" r:id="rId75"/>
       <w:headerReference w:type="first" r:id="rId76"/>
       <w:footerReference w:type="first" r:id="rId77"/>
       <w:type w:val="continuous"/>
-      <w:pgSz w:w="11900" w:h="16840"/>
+      <w:pgSz w:w="11900" w:h="16840" w:orient="portrait"/>
       <w:pgMar w:top="1418" w:right="1979" w:bottom="1276" w:left="992" w:header="283" w:footer="743" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:noEndnote/>
       <w:titlePg/>
       <w:docGrid w:linePitch="326"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="15D09564" w14:textId="77777777" w:rsidR="000574AA" w:rsidRDefault="000574AA">
+    <w:p w:rsidR="000574AA" w:rsidRDefault="000574AA" w14:paraId="15D09564" w14:textId="77777777">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="5AEE9584" w14:textId="77777777" w:rsidR="000574AA" w:rsidRDefault="000574AA">
+    <w:p w:rsidR="000574AA" w:rsidRDefault="000574AA" w14:paraId="5AEE9584" w14:textId="77777777">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationNotice" w:id="1">
-    <w:p w14:paraId="0170C0BC" w14:textId="77777777" w:rsidR="000574AA" w:rsidRDefault="000574AA">
+    <w:p w:rsidR="000574AA" w:rsidRDefault="000574AA" w14:paraId="0170C0BC" w14:textId="77777777">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
@@ -8877,162 +8908,162 @@
     <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial Bold">
     <w:altName w:val="Arial Bold"/>
     <w:panose1 w:val="00000000000000000000"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:notTrueType/>
     <w:pitch w:val="default"/>
     <w:sig w:usb0="00000003" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="IIPQN G+ Times New">
     <w:altName w:val="Times New Roman"/>
     <w:panose1 w:val="00000000000000000000"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:notTrueType/>
     <w:pitch w:val="default"/>
     <w:sig w:usb0="00000003" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
-  <w:p w14:paraId="1FE2B820" w14:textId="77777777" w:rsidR="00660269" w:rsidRDefault="00660269" w:rsidP="00C43BDD">
+  <w:p w:rsidR="00660269" w:rsidP="00C43BDD" w:rsidRDefault="00660269" w14:paraId="1FE2B820" w14:textId="77777777">
     <w:pPr>
       <w:pStyle w:val="Sidfot"/>
-      <w:framePr w:wrap="around" w:vAnchor="text" w:hAnchor="margin" w:y="1"/>
+      <w:framePr w:wrap="around" w:hAnchor="margin" w:vAnchor="text" w:y="1"/>
       <w:rPr>
         <w:rStyle w:val="Sidnummer"/>
       </w:rPr>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:rStyle w:val="Sidnummer"/>
       </w:rPr>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:rPr>
         <w:rStyle w:val="Sidnummer"/>
       </w:rPr>
       <w:instrText xml:space="preserve">PAGE  </w:instrText>
     </w:r>
     <w:r>
       <w:rPr>
         <w:rStyle w:val="Sidnummer"/>
       </w:rPr>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
-  <w:p w14:paraId="1FE2B821" w14:textId="77777777" w:rsidR="00660269" w:rsidRDefault="00660269" w:rsidP="00C43BDD">
+  <w:p w:rsidR="00660269" w:rsidP="00C43BDD" w:rsidRDefault="00660269" w14:paraId="1FE2B821" w14:textId="77777777">
     <w:pPr>
       <w:pStyle w:val="Sidfot"/>
       <w:ind w:firstLine="360"/>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footer2.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:sdt>
     <w:sdtPr>
       <w:id w:val="-2070031421"/>
       <w:docPartObj>
         <w:docPartGallery w:val="Page Numbers (Bottom of Page)"/>
         <w:docPartUnique/>
       </w:docPartObj>
     </w:sdtPr>
     <w:sdtEndPr>
       <w:rPr>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
     </w:sdtEndPr>
     <w:sdtContent>
-      <w:p w14:paraId="47BD2091" w14:textId="4558F808" w:rsidR="00C50EE5" w:rsidRPr="00EC0A68" w:rsidRDefault="00A65FD4" w:rsidP="00EC0A68">
+      <w:p w:rsidRPr="00EC0A68" w:rsidR="00C50EE5" w:rsidP="00EC0A68" w:rsidRDefault="00A65FD4" w14:paraId="47BD2091" w14:textId="4558F808">
         <w:pPr>
           <w:pStyle w:val="Sidfot"/>
           <w:rPr>
             <w:sz w:val="16"/>
             <w:szCs w:val="16"/>
           </w:rPr>
         </w:pPr>
         <w:r w:rsidRPr="00EC0A68">
           <w:rPr>
             <w:sz w:val="16"/>
             <w:szCs w:val="16"/>
           </w:rPr>
           <w:t xml:space="preserve"> </w:t>
         </w:r>
-        <w:r w:rsidR="00EC0A68" w:rsidRPr="00EC0A68">
+        <w:r w:rsidRPr="00EC0A68" w:rsidR="00EC0A68">
           <w:rPr>
             <w:sz w:val="16"/>
             <w:szCs w:val="16"/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
-        <w:r w:rsidR="00EC0A68" w:rsidRPr="00EC0A68">
+        <w:r w:rsidRPr="00EC0A68" w:rsidR="00EC0A68">
           <w:rPr>
             <w:sz w:val="16"/>
             <w:szCs w:val="16"/>
           </w:rPr>
           <w:instrText>PAGE   \* MERGEFORMAT</w:instrText>
         </w:r>
-        <w:r w:rsidR="00EC0A68" w:rsidRPr="00EC0A68">
+        <w:r w:rsidRPr="00EC0A68" w:rsidR="00EC0A68">
           <w:rPr>
             <w:sz w:val="16"/>
             <w:szCs w:val="16"/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
-        <w:r w:rsidR="00EC0A68" w:rsidRPr="00EC0A68">
+        <w:r w:rsidRPr="00EC0A68" w:rsidR="00EC0A68">
           <w:rPr>
             <w:sz w:val="16"/>
             <w:szCs w:val="16"/>
           </w:rPr>
           <w:t>2</w:t>
         </w:r>
-        <w:r w:rsidR="00EC0A68" w:rsidRPr="00EC0A68">
+        <w:r w:rsidRPr="00EC0A68" w:rsidR="00EC0A68">
           <w:rPr>
             <w:sz w:val="16"/>
             <w:szCs w:val="16"/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:p>
     </w:sdtContent>
   </w:sdt>
 </w:ftr>
 </file>
 
 <file path=word/footer3.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
-  <w:p w14:paraId="1FE2B822" w14:textId="5C2D80C9" w:rsidR="00660269" w:rsidRDefault="003A1E11" w:rsidP="003A1E11">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+  <w:p w:rsidR="00660269" w:rsidP="003A1E11" w:rsidRDefault="003A1E11" w14:paraId="1FE2B822" w14:textId="5C2D80C9">
     <w:pPr>
       <w:pStyle w:val="Sidfot"/>
       <w:ind w:left="6237" w:firstLine="426"/>
       <w:jc w:val="left"/>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:noProof/>
       </w:rPr>
       <w:drawing>
         <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="58B28E70" wp14:editId="550F3C59">
           <wp:extent cx="1897200" cy="363600"/>
           <wp:effectExtent l="0" t="0" r="0" b="0"/>
           <wp:docPr id="153909288" name="Bildobjekt 1"/>
           <wp:cNvGraphicFramePr>
             <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
           </wp:cNvGraphicFramePr>
           <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
             <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
               <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:nvPicPr>
                   <pic:cNvPr id="1335180048" name=""/>
                   <pic:cNvPicPr/>
                 </pic:nvPicPr>
                 <pic:blipFill>
@@ -9041,311 +9072,311 @@
                     <a:fillRect/>
                   </a:stretch>
                 </pic:blipFill>
                 <pic:spPr>
                   <a:xfrm>
                     <a:off x="0" y="0"/>
                     <a:ext cx="1897200" cy="363600"/>
                   </a:xfrm>
                   <a:prstGeom prst="rect">
                     <a:avLst/>
                   </a:prstGeom>
                 </pic:spPr>
               </pic:pic>
             </a:graphicData>
           </a:graphic>
         </wp:inline>
       </w:drawing>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="6FE5BAC4" w14:textId="77777777" w:rsidR="000574AA" w:rsidRDefault="000574AA"/>
+    <w:p w:rsidR="000574AA" w:rsidRDefault="000574AA" w14:paraId="6FE5BAC4" w14:textId="77777777"/>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="7C6C15A2" w14:textId="77777777" w:rsidR="000574AA" w:rsidRDefault="000574AA">
+    <w:p w:rsidR="000574AA" w:rsidRDefault="000574AA" w14:paraId="7C6C15A2" w14:textId="77777777">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationNotice" w:id="1">
-    <w:p w14:paraId="259B68C4" w14:textId="77777777" w:rsidR="000574AA" w:rsidRDefault="000574AA">
+    <w:p w:rsidR="000574AA" w:rsidRDefault="000574AA" w14:paraId="259B68C4" w14:textId="77777777">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
-  <w:p w14:paraId="68F18EE5" w14:textId="39C06E14" w:rsidR="00294791" w:rsidRPr="00DA65C4" w:rsidRDefault="00DA65C4" w:rsidP="00DA65C4">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+  <w:p w:rsidRPr="00DA65C4" w:rsidR="00294791" w:rsidP="00DA65C4" w:rsidRDefault="00DA65C4" w14:paraId="68F18EE5" w14:textId="39C06E14">
     <w:pPr>
       <w:pStyle w:val="Sidhuvud"/>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:noProof/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
       <mc:AlternateContent>
         <mc:Choice Requires="wps">
           <w:drawing>
             <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251672577" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="264BC60A" wp14:editId="43F94021">
               <wp:simplePos x="0" y="0"/>
               <wp:positionH relativeFrom="column">
                 <wp:posOffset>0</wp:posOffset>
               </wp:positionH>
               <wp:positionV relativeFrom="paragraph">
                 <wp:posOffset>-635</wp:posOffset>
               </wp:positionV>
               <wp:extent cx="4667250" cy="323850"/>
               <wp:effectExtent l="0" t="0" r="0" b="0"/>
               <wp:wrapNone/>
               <wp:docPr id="10" name="Textruta 10"/>
               <wp:cNvGraphicFramePr/>
               <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                 <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                   <wps:wsp>
                     <wps:cNvSpPr txBox="1"/>
                     <wps:spPr>
                       <a:xfrm>
                         <a:off x="0" y="0"/>
                         <a:ext cx="4667250" cy="323850"/>
                       </a:xfrm>
                       <a:prstGeom prst="rect">
                         <a:avLst/>
                       </a:prstGeom>
                       <a:noFill/>
                       <a:ln w="6350">
                         <a:noFill/>
                       </a:ln>
                     </wps:spPr>
                     <wps:txbx>
                       <w:txbxContent>
-                        <w:p w14:paraId="70464969" w14:textId="1B285E8B" w:rsidR="00DA65C4" w:rsidRDefault="00DA65C4" w:rsidP="00DA65C4">
+                        <w:p w:rsidR="00DA65C4" w:rsidP="00DA65C4" w:rsidRDefault="00DA65C4" w14:paraId="70464969" w14:textId="1B285E8B">
                           <w:pPr>
                             <w:ind w:left="0"/>
                           </w:pPr>
                           <w:r w:rsidRPr="00762EE0">
                             <w:rPr>
                               <w:sz w:val="20"/>
                               <w:szCs w:val="20"/>
                             </w:rPr>
                             <w:t>OBS! Utskriven version kan vara ogiltig. Verifiera innehållet</w:t>
                           </w:r>
                           <w:r w:rsidR="00367D19">
                             <w:rPr>
                               <w:sz w:val="20"/>
                               <w:szCs w:val="20"/>
                             </w:rPr>
                             <w:t>.</w:t>
                           </w:r>
                         </w:p>
                       </w:txbxContent>
                     </wps:txbx>
                     <wps:bodyPr rot="0" spcFirstLastPara="0" vertOverflow="overflow" horzOverflow="overflow" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" numCol="1" spcCol="0" rtlCol="0" fromWordArt="0" anchor="t" anchorCtr="0" forceAA="0" compatLnSpc="1">
                       <a:prstTxWarp prst="textNoShape">
                         <a:avLst/>
                       </a:prstTxWarp>
                       <a:noAutofit/>
                     </wps:bodyPr>
                   </wps:wsp>
                 </a:graphicData>
               </a:graphic>
               <wp14:sizeRelH relativeFrom="margin">
                 <wp14:pctWidth>0</wp14:pctWidth>
               </wp14:sizeRelH>
             </wp:anchor>
           </w:drawing>
         </mc:Choice>
         <mc:Fallback>
-          <w:pict>
-            <v:shapetype w14:anchorId="264BC60A" id="_x0000_t202" coordsize="21600,21600" o:spt="202" path="m,l,21600r21600,l21600,xe">
+          <w:pict w14:anchorId="0825D5DD">
+            <v:shapetype id="_x0000_t202" coordsize="21600,21600" o:spt="202" path="m,l,21600r21600,l21600,xe" w14:anchorId="264BC60A">
               <v:stroke joinstyle="miter"/>
               <v:path gradientshapeok="t" o:connecttype="rect"/>
             </v:shapetype>
-            <v:shape id="Textruta 10" o:spid="_x0000_s1026" type="#_x0000_t202" style="position:absolute;left:0;text-align:left;margin-left:0;margin-top:-.05pt;width:367.5pt;height:25.5pt;z-index:251672577;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-width-relative:margin;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQCzkv6OFQIAACwEAAAOAAAAZHJzL2Uyb0RvYy54bWysU01v2zAMvQ/YfxB0X5yvpp0Rp8haZBgQ&#10;tAXSoWdFlmIDkqhJSuzs14+SnY91Ow27yKRIP5LvUfP7VityEM7XYAo6GgwpEYZDWZtdQb+/rj7d&#10;UeIDMyVTYERBj8LT+8XHD/PG5mIMFahSOIIgxueNLWgVgs2zzPNKaOYHYIXBoASnWUDX7bLSsQbR&#10;tcrGw+Esa8CV1gEX3uPtYxeki4QvpeDhWUovAlEFxd5COl06t/HMFnOW7xyzVc37Ntg/dKFZbbDo&#10;GeqRBUb2rv4DStfcgQcZBhx0BlLWXKQZcJrR8N00m4pZkWZBcrw90+T/Hyx/OmzsiyOh/QItChgJ&#10;aazPPV7GeVrpdPxipwTjSOHxTJtoA+F4OZ3Nbsc3GOIYm4wnd2gjTHb52zofvgrQJBoFdShLYosd&#10;1j50qaeUWMzAqlYqSaMMaQo6myDkbxEEVwZrXHqNVmi3bT/AFsojzuWgk9xbvqqx+Jr58MIcaoz9&#10;4t6GZzykAiwCvUVJBe7n3+5jPlKPUUoa3JmC+h975gQl6ptBUT6PptO4ZMmZ3tyO0XHXke11xOz1&#10;A+BajvCFWJ7MmB/UyZQO9Buu9zJWxRAzHGsXNJzMh9BtMj4PLpbLlIRrZVlYm43lETqSFql9bd+Y&#10;sz3/AZV7gtN2sfydDF1uR/dyH0DWSaNIcMdqzzuuZFK5fz5x56/9lHV55ItfAAAA//8DAFBLAwQU&#10;AAYACAAAACEAJkWNkN0AAAAFAQAADwAAAGRycy9kb3ducmV2LnhtbEyPQU/CQBSE7yb+h80z8QZb&#10;MFUofSWkCTExegC5eNt2l7Zx923tLlD99T5PeJzMZOabfD06K85mCJ0nhNk0AWGo9rqjBuHwvp0s&#10;QISoSCvrySB8mwDr4vYmV5n2F9qZ8z42gksoZAqhjbHPpAx1a5wKU98bYu/oB6ciy6GRelAXLndW&#10;zpPkUTrVES+0qjdla+rP/ckhvJTbN7Wr5m7xY8vn1+Om/zp8pIj3d+NmBSKaMV7D8IfP6FAwU+VP&#10;pIOwCHwkIkxmINh8ekhZVwhpsgRZ5PI/ffELAAD//wMAUEsBAi0AFAAGAAgAAAAhALaDOJL+AAAA&#10;4QEAABMAAAAAAAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEA&#10;OP0h/9YAAACUAQAACwAAAAAAAAAAAAAAAAAvAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEA&#10;s5L+jhUCAAAsBAAADgAAAAAAAAAAAAAAAAAuAgAAZHJzL2Uyb0RvYy54bWxQSwECLQAUAAYACAAA&#10;ACEAJkWNkN0AAAAFAQAADwAAAAAAAAAAAAAAAABvBAAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAAE&#10;AAQA8wAAAHkFAAAAAA==&#10;" filled="f" stroked="f" strokeweight=".5pt">
+            <v:shape id="Textruta 10" style="position:absolute;left:0;text-align:left;margin-left:0;margin-top:-.05pt;width:367.5pt;height:25.5pt;z-index:251672577;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-width-relative:margin;v-text-anchor:top" o:spid="_x0000_s1026" filled="f" stroked="f" strokeweight=".5pt" type="#_x0000_t202" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQCzkv6OFQIAACwEAAAOAAAAZHJzL2Uyb0RvYy54bWysU01v2zAMvQ/YfxB0X5yvpp0Rp8haZBgQ&#10;tAXSoWdFlmIDkqhJSuzs14+SnY91Ow27yKRIP5LvUfP7VityEM7XYAo6GgwpEYZDWZtdQb+/rj7d&#10;UeIDMyVTYERBj8LT+8XHD/PG5mIMFahSOIIgxueNLWgVgs2zzPNKaOYHYIXBoASnWUDX7bLSsQbR&#10;tcrGw+Esa8CV1gEX3uPtYxeki4QvpeDhWUovAlEFxd5COl06t/HMFnOW7xyzVc37Ntg/dKFZbbDo&#10;GeqRBUb2rv4DStfcgQcZBhx0BlLWXKQZcJrR8N00m4pZkWZBcrw90+T/Hyx/OmzsiyOh/QItChgJ&#10;aazPPV7GeVrpdPxipwTjSOHxTJtoA+F4OZ3Nbsc3GOIYm4wnd2gjTHb52zofvgrQJBoFdShLYosd&#10;1j50qaeUWMzAqlYqSaMMaQo6myDkbxEEVwZrXHqNVmi3bT/AFsojzuWgk9xbvqqx+Jr58MIcaoz9&#10;4t6GZzykAiwCvUVJBe7n3+5jPlKPUUoa3JmC+h975gQl6ptBUT6PptO4ZMmZ3tyO0XHXke11xOz1&#10;A+BajvCFWJ7MmB/UyZQO9Buu9zJWxRAzHGsXNJzMh9BtMj4PLpbLlIRrZVlYm43lETqSFql9bd+Y&#10;sz3/AZV7gtN2sfydDF1uR/dyH0DWSaNIcMdqzzuuZFK5fz5x56/9lHV55ItfAAAA//8DAFBLAwQU&#10;AAYACAAAACEAJkWNkN0AAAAFAQAADwAAAGRycy9kb3ducmV2LnhtbEyPQU/CQBSE7yb+h80z8QZb&#10;MFUofSWkCTExegC5eNt2l7Zx923tLlD99T5PeJzMZOabfD06K85mCJ0nhNk0AWGo9rqjBuHwvp0s&#10;QISoSCvrySB8mwDr4vYmV5n2F9qZ8z42gksoZAqhjbHPpAx1a5wKU98bYu/oB6ciy6GRelAXLndW&#10;zpPkUTrVES+0qjdla+rP/ckhvJTbN7Wr5m7xY8vn1+Om/zp8pIj3d+NmBSKaMV7D8IfP6FAwU+VP&#10;pIOwCHwkIkxmINh8ekhZVwhpsgRZ5PI/ffELAAD//wMAUEsBAi0AFAAGAAgAAAAhALaDOJL+AAAA&#10;4QEAABMAAAAAAAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEA&#10;OP0h/9YAAACUAQAACwAAAAAAAAAAAAAAAAAvAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEA&#10;s5L+jhUCAAAsBAAADgAAAAAAAAAAAAAAAAAuAgAAZHJzL2Uyb0RvYy54bWxQSwECLQAUAAYACAAA&#10;ACEAJkWNkN0AAAAFAQAADwAAAAAAAAAAAAAAAABvBAAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAAE&#10;AAQA8wAAAHkFAAAAAA==&#10;">
               <v:textbox>
                 <w:txbxContent>
-                  <w:p w14:paraId="70464969" w14:textId="1B285E8B" w:rsidR="00DA65C4" w:rsidRDefault="00DA65C4" w:rsidP="00DA65C4">
+                  <w:p w:rsidR="00DA65C4" w:rsidP="00DA65C4" w:rsidRDefault="00DA65C4" w14:paraId="685B7E76" w14:textId="1B285E8B">
                     <w:pPr>
                       <w:ind w:left="0"/>
                     </w:pPr>
                     <w:r w:rsidRPr="00762EE0">
                       <w:rPr>
                         <w:sz w:val="20"/>
                         <w:szCs w:val="20"/>
                       </w:rPr>
                       <w:t>OBS! Utskriven version kan vara ogiltig. Verifiera innehållet</w:t>
                     </w:r>
                     <w:r w:rsidR="00367D19">
                       <w:rPr>
                         <w:sz w:val="20"/>
                         <w:szCs w:val="20"/>
                       </w:rPr>
                       <w:t>.</w:t>
                     </w:r>
                   </w:p>
                 </w:txbxContent>
               </v:textbox>
             </v:shape>
           </w:pict>
         </mc:Fallback>
       </mc:AlternateContent>
     </w:r>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/header2.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
-  <w:p w14:paraId="058CDD4D" w14:textId="6721A267" w:rsidR="008A4EB9" w:rsidRDefault="00413A60" w:rsidP="00413A60">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+  <w:p w:rsidR="008A4EB9" w:rsidP="00413A60" w:rsidRDefault="00413A60" w14:paraId="058CDD4D" w14:textId="6721A267">
     <w:pPr>
       <w:pStyle w:val="Sidhuvud"/>
       <w:ind w:left="0" w:right="567"/>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:noProof/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
       <mc:AlternateContent>
         <mc:Choice Requires="wps">
           <w:drawing>
             <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251670529" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="5B7982AB" wp14:editId="73171272">
               <wp:simplePos x="0" y="0"/>
               <wp:positionH relativeFrom="column">
                 <wp:posOffset>-172720</wp:posOffset>
               </wp:positionH>
               <wp:positionV relativeFrom="paragraph">
                 <wp:posOffset>-65405</wp:posOffset>
               </wp:positionV>
               <wp:extent cx="4667250" cy="323850"/>
               <wp:effectExtent l="0" t="0" r="0" b="0"/>
               <wp:wrapNone/>
               <wp:docPr id="6" name="Textruta 6"/>
               <wp:cNvGraphicFramePr/>
               <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                 <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                   <wps:wsp>
                     <wps:cNvSpPr txBox="1"/>
                     <wps:spPr>
                       <a:xfrm>
                         <a:off x="0" y="0"/>
                         <a:ext cx="4667250" cy="323850"/>
                       </a:xfrm>
                       <a:prstGeom prst="rect">
                         <a:avLst/>
                       </a:prstGeom>
                       <a:noFill/>
                       <a:ln w="6350">
                         <a:noFill/>
                       </a:ln>
                     </wps:spPr>
                     <wps:txbx>
                       <w:txbxContent>
-                        <w:p w14:paraId="72D45401" w14:textId="0A2CCBAA" w:rsidR="00413A60" w:rsidRPr="00BF32CF" w:rsidRDefault="00413A60">
+                        <w:p w:rsidRPr="00BF32CF" w:rsidR="00413A60" w:rsidRDefault="00413A60" w14:paraId="72D45401" w14:textId="0A2CCBAA">
                           <w:pPr>
                             <w:ind w:left="0"/>
                           </w:pPr>
                           <w:r w:rsidRPr="00BF32CF">
                             <w:rPr>
                               <w:sz w:val="20"/>
                               <w:szCs w:val="20"/>
                             </w:rPr>
                             <w:t>OBS! Utskriven version kan vara ogiltig. Verifiera innehållet</w:t>
                           </w:r>
-                          <w:r w:rsidR="00367D19" w:rsidRPr="00BF32CF">
+                          <w:r w:rsidRPr="00BF32CF" w:rsidR="00367D19">
                             <w:rPr>
                               <w:sz w:val="20"/>
                               <w:szCs w:val="20"/>
                             </w:rPr>
                             <w:t>.</w:t>
                           </w:r>
                         </w:p>
                       </w:txbxContent>
                     </wps:txbx>
                     <wps:bodyPr rot="0" spcFirstLastPara="0" vertOverflow="overflow" horzOverflow="overflow" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" numCol="1" spcCol="0" rtlCol="0" fromWordArt="0" anchor="t" anchorCtr="0" forceAA="0" compatLnSpc="1">
                       <a:prstTxWarp prst="textNoShape">
                         <a:avLst/>
                       </a:prstTxWarp>
                       <a:noAutofit/>
                     </wps:bodyPr>
                   </wps:wsp>
                 </a:graphicData>
               </a:graphic>
               <wp14:sizeRelH relativeFrom="margin">
                 <wp14:pctWidth>0</wp14:pctWidth>
               </wp14:sizeRelH>
             </wp:anchor>
           </w:drawing>
         </mc:Choice>
         <mc:Fallback>
-          <w:pict>
-            <v:shapetype w14:anchorId="5B7982AB" id="_x0000_t202" coordsize="21600,21600" o:spt="202" path="m,l,21600r21600,l21600,xe">
+          <w:pict w14:anchorId="0B740520">
+            <v:shapetype id="_x0000_t202" coordsize="21600,21600" o:spt="202" path="m,l,21600r21600,l21600,xe" w14:anchorId="5B7982AB">
               <v:stroke joinstyle="miter"/>
               <v:path gradientshapeok="t" o:connecttype="rect"/>
             </v:shapetype>
-            <v:shape id="Textruta 6" o:spid="_x0000_s1027" type="#_x0000_t202" style="position:absolute;margin-left:-13.6pt;margin-top:-5.15pt;width:367.5pt;height:25.5pt;z-index:251670529;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-width-relative:margin;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQC/kQENFwIAADMEAAAOAAAAZHJzL2Uyb0RvYy54bWysU01v2zAMvQ/YfxB0X5w4adoZcYqsRYYB&#10;QVsgHXpWZCkWIIuapMTOfv0oOV/rdhp2kUmRfiTfo2b3XaPJXjivwJR0NBhSIgyHSpltSb+/Lj/d&#10;UeIDMxXTYERJD8LT+/nHD7PWFiKHGnQlHEEQ44vWlrQOwRZZ5nktGuYHYIXBoATXsICu22aVYy2i&#10;NzrLh8Np1oKrrAMuvMfbxz5I5wlfSsHDs5ReBKJLir2FdLp0buKZzWes2Dpma8WPbbB/6KJhymDR&#10;M9QjC4zsnPoDqlHcgQcZBhyaDKRUXKQZcJrR8N0065pZkWZBcrw90+T/Hyx/2q/tiyOh+wIdChgJ&#10;aa0vPF7GeTrpmvjFTgnGkcLDmTbRBcLxcjKd3uY3GOIYG+fjO7QRJrv8bZ0PXwU0JBoldShLYovt&#10;Vz70qaeUWMzAUmmdpNGGtCWdjhHytwiCa4M1Lr1GK3Sbjqjqao4NVAccz0GvvLd8qbCHFfPhhTmU&#10;GtvG9Q3PeEgNWAuOFiU1uJ9/u4/5qABGKWlxdUrqf+yYE5Tobwa1+TyaTOKuJWdyc5uj464jm+uI&#10;2TUPgNs5wodieTJjftAnUzpo3nDLF7EqhpjhWLuk4WQ+hH6h8ZVwsVikJNwuy8LKrC2P0JG7yPBr&#10;98acPcoQUMAnOC0ZK96p0ef2rC92AaRKUkWee1aP9ONmJrGPryiu/rWfsi5vff4LAAD//wMAUEsD&#10;BBQABgAIAAAAIQDyqA9j4gAAAAoBAAAPAAAAZHJzL2Rvd25yZXYueG1sTI9NT8MwDIbvSPyHyEjc&#10;tmTlo1NpOk2VJiQEh41duLlN1lY0TmmyrfDrMadxs+VHr583X02uFyc7hs6ThsVcgbBUe9NRo2H/&#10;vpktQYSIZLD3ZDV82wCr4voqx8z4M23taRcbwSEUMtTQxjhkUoa6tQ7D3A+W+Hbwo8PI69hIM+KZ&#10;w10vE6UepcOO+EOLgy1bW3/ujk7DS7l5w22VuOVPXz6/HtbD1/7jQevbm2n9BCLaKV5g+NNndSjY&#10;qfJHMkH0GmZJmjDKw0LdgWAiVSmXqTTcqxRkkcv/FYpfAAAA//8DAFBLAQItABQABgAIAAAAIQC2&#10;gziS/gAAAOEBAAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAG&#10;AAgAAAAhADj9If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAALwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAG&#10;AAgAAAAhAL+RAQ0XAgAAMwQAAA4AAAAAAAAAAAAAAAAALgIAAGRycy9lMm9Eb2MueG1sUEsBAi0A&#10;FAAGAAgAAAAhAPKoD2PiAAAACgEAAA8AAAAAAAAAAAAAAAAAcQQAAGRycy9kb3ducmV2LnhtbFBL&#10;BQYAAAAABAAEAPMAAACABQAAAAA=&#10;" filled="f" stroked="f" strokeweight=".5pt">
+            <v:shape id="Textruta 6" style="position:absolute;margin-left:-13.6pt;margin-top:-5.15pt;width:367.5pt;height:25.5pt;z-index:251670529;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-width-relative:margin;v-text-anchor:top" o:spid="_x0000_s1027" filled="f" stroked="f" strokeweight=".5pt" type="#_x0000_t202" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQC/kQENFwIAADMEAAAOAAAAZHJzL2Uyb0RvYy54bWysU01v2zAMvQ/YfxB0X5w4adoZcYqsRYYB&#10;QVsgHXpWZCkWIIuapMTOfv0oOV/rdhp2kUmRfiTfo2b3XaPJXjivwJR0NBhSIgyHSpltSb+/Lj/d&#10;UeIDMxXTYERJD8LT+/nHD7PWFiKHGnQlHEEQ44vWlrQOwRZZ5nktGuYHYIXBoATXsICu22aVYy2i&#10;NzrLh8Np1oKrrAMuvMfbxz5I5wlfSsHDs5ReBKJLir2FdLp0buKZzWes2Dpma8WPbbB/6KJhymDR&#10;M9QjC4zsnPoDqlHcgQcZBhyaDKRUXKQZcJrR8N0065pZkWZBcrw90+T/Hyx/2q/tiyOh+wIdChgJ&#10;aa0vPF7GeTrpmvjFTgnGkcLDmTbRBcLxcjKd3uY3GOIYG+fjO7QRJrv8bZ0PXwU0JBoldShLYovt&#10;Vz70qaeUWMzAUmmdpNGGtCWdjhHytwiCa4M1Lr1GK3Sbjqjqao4NVAccz0GvvLd8qbCHFfPhhTmU&#10;GtvG9Q3PeEgNWAuOFiU1uJ9/u4/5qABGKWlxdUrqf+yYE5Tobwa1+TyaTOKuJWdyc5uj464jm+uI&#10;2TUPgNs5wodieTJjftAnUzpo3nDLF7EqhpjhWLuk4WQ+hH6h8ZVwsVikJNwuy8LKrC2P0JG7yPBr&#10;98acPcoQUMAnOC0ZK96p0ef2rC92AaRKUkWee1aP9ONmJrGPryiu/rWfsi5vff4LAAD//wMAUEsD&#10;BBQABgAIAAAAIQDyqA9j4gAAAAoBAAAPAAAAZHJzL2Rvd25yZXYueG1sTI9NT8MwDIbvSPyHyEjc&#10;tmTlo1NpOk2VJiQEh41duLlN1lY0TmmyrfDrMadxs+VHr583X02uFyc7hs6ThsVcgbBUe9NRo2H/&#10;vpktQYSIZLD3ZDV82wCr4voqx8z4M23taRcbwSEUMtTQxjhkUoa6tQ7D3A+W+Hbwo8PI69hIM+KZ&#10;w10vE6UepcOO+EOLgy1bW3/ujk7DS7l5w22VuOVPXz6/HtbD1/7jQevbm2n9BCLaKV5g+NNndSjY&#10;qfJHMkH0GmZJmjDKw0LdgWAiVSmXqTTcqxRkkcv/FYpfAAAA//8DAFBLAQItABQABgAIAAAAIQC2&#10;gziS/gAAAOEBAAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAG&#10;AAgAAAAhADj9If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAALwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAG&#10;AAgAAAAhAL+RAQ0XAgAAMwQAAA4AAAAAAAAAAAAAAAAALgIAAGRycy9lMm9Eb2MueG1sUEsBAi0A&#10;FAAGAAgAAAAhAPKoD2PiAAAACgEAAA8AAAAAAAAAAAAAAAAAcQQAAGRycy9kb3ducmV2LnhtbFBL&#10;BQYAAAAABAAEAPMAAACABQAAAAA=&#10;">
               <v:textbox>
                 <w:txbxContent>
-                  <w:p w14:paraId="72D45401" w14:textId="0A2CCBAA" w:rsidR="00413A60" w:rsidRPr="00BF32CF" w:rsidRDefault="00413A60">
+                  <w:p w:rsidRPr="00BF32CF" w:rsidR="00413A60" w:rsidRDefault="00413A60" w14:paraId="6D41DF98" w14:textId="0A2CCBAA">
                     <w:pPr>
                       <w:ind w:left="0"/>
                     </w:pPr>
                     <w:r w:rsidRPr="00BF32CF">
                       <w:rPr>
                         <w:sz w:val="20"/>
                         <w:szCs w:val="20"/>
                       </w:rPr>
                       <w:t>OBS! Utskriven version kan vara ogiltig. Verifiera innehållet</w:t>
                     </w:r>
-                    <w:r w:rsidR="00367D19" w:rsidRPr="00BF32CF">
+                    <w:r w:rsidRPr="00BF32CF" w:rsidR="00367D19">
                       <w:rPr>
                         <w:sz w:val="20"/>
                         <w:szCs w:val="20"/>
                       </w:rPr>
                       <w:t>.</w:t>
                     </w:r>
                   </w:p>
                 </w:txbxContent>
               </v:textbox>
             </v:shape>
           </w:pict>
         </mc:Fallback>
       </mc:AlternateContent>
     </w:r>
-    <w:r w:rsidR="00BC48A6" w:rsidRPr="00762EE0">
+    <w:r w:rsidRPr="00762EE0" w:rsidR="00BC48A6">
       <w:rPr>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
       <w:t>.</w:t>
     </w:r>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="FFFFFF7C"/>
     <w:multiLevelType w:val="singleLevel"/>
     <w:tmpl w:val="DF8805D6"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="1492"/>
         </w:tabs>
@@ -9362,150 +9393,150 @@
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="1209"/>
         </w:tabs>
         <w:ind w:left="1209" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="2" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="FFFFFF7E"/>
     <w:multiLevelType w:val="singleLevel"/>
     <w:tmpl w:val="FED03F06"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:pStyle w:val="Punktlista"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1352" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="3" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="FFFFFF7F"/>
     <w:multiLevelType w:val="singleLevel"/>
     <w:tmpl w:val="21621A28"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:pStyle w:val="Liststycke"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="643"/>
         </w:tabs>
         <w:ind w:left="643" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="4" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="FFFFFF80"/>
     <w:multiLevelType w:val="singleLevel"/>
     <w:tmpl w:val="5784DB42"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="1492"/>
         </w:tabs>
         <w:ind w:left="1492" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="5" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="FFFFFF81"/>
     <w:multiLevelType w:val="singleLevel"/>
     <w:tmpl w:val="17A43BF4"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="1209"/>
         </w:tabs>
         <w:ind w:left="1209" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="6" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="FFFFFF82"/>
     <w:multiLevelType w:val="singleLevel"/>
     <w:tmpl w:val="23328A74"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="926"/>
         </w:tabs>
         <w:ind w:left="926" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="7" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="FFFFFF83"/>
     <w:multiLevelType w:val="singleLevel"/>
     <w:tmpl w:val="A22CEA08"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:pStyle w:val="Punktlista1"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="3036"/>
         </w:tabs>
         <w:ind w:left="3036" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
         <w:color w:val="auto"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="8" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="FFFFFF88"/>
     <w:multiLevelType w:val="singleLevel"/>
     <w:tmpl w:val="98C8D4C4"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:pStyle w:val="Numreradlista"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="3036"/>
         </w:tabs>
         <w:ind w:left="3036" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
@@ -9518,51 +9549,51 @@
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="3039"/>
         </w:tabs>
         <w:ind w:left="3039" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="FE4E8844">
       <w:start w:val="2"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="-"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="3759"/>
         </w:tabs>
         <w:ind w:left="3759" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="3CB08212" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="4479"/>
         </w:tabs>
         <w:ind w:left="4479" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="83EC7524" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="5199"/>
         </w:tabs>
         <w:ind w:left="5199" w:hanging="360"/>
       </w:pPr>
@@ -9637,51 +9668,51 @@
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="757EC4FA">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="-"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="1440"/>
         </w:tabs>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="629ED9AE">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="2160"/>
         </w:tabs>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="9E1C2BCE">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="2880"/>
         </w:tabs>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
@@ -9861,171 +9892,171 @@
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="12" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="32662D24"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="D178881E"/>
     <w:lvl w:ilvl="0" w:tplc="8584ACCA">
       <w:numFmt w:val="bullet"/>
       <w:pStyle w:val="Punktlista2"/>
       <w:lvlText w:val="-"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="3393"/>
         </w:tabs>
         <w:ind w:left="3393" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="39225B3A" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="4847"/>
         </w:tabs>
         <w:ind w:left="4847" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="541E9472" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="5567"/>
         </w:tabs>
         <w:ind w:left="5567" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="761688C6" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6287"/>
         </w:tabs>
         <w:ind w:left="6287" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="4" w:tplc="820C7D4A" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="7007"/>
         </w:tabs>
         <w:ind w:left="7007" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="5" w:tplc="0DACF556" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="7727"/>
         </w:tabs>
         <w:ind w:left="7727" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="6" w:tplc="9F3C308E" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="8447"/>
         </w:tabs>
         <w:ind w:left="8447" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="3B34BE84" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="9167"/>
         </w:tabs>
         <w:ind w:left="9167" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="5BF641A6" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="9887"/>
         </w:tabs>
         <w:ind w:left="9887" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="13" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="3920368B"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="52AE4DB8"/>
     <w:lvl w:ilvl="0" w:tplc="041D000F">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1712" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="041D0019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2432" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
@@ -10513,171 +10544,171 @@
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6837"/>
         </w:tabs>
         <w:ind w:left="6837" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="18" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="6E24315C"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="A538F368"/>
     <w:lvl w:ilvl="0" w:tplc="A9A46A10">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="3396"/>
         </w:tabs>
         <w:ind w:left="3396" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="87E4B3EA" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="4116"/>
         </w:tabs>
         <w:ind w:left="4116" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="C090FAF8" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="4836"/>
         </w:tabs>
         <w:ind w:left="4836" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="AED0DC50" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="5556"/>
         </w:tabs>
         <w:ind w:left="5556" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="4" w:tplc="AC8868CE" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6276"/>
         </w:tabs>
         <w:ind w:left="6276" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="5" w:tplc="FE40A8AE" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6996"/>
         </w:tabs>
         <w:ind w:left="6996" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="6" w:tplc="89AABB82" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="7716"/>
         </w:tabs>
         <w:ind w:left="7716" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="FA0677F0" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="8436"/>
         </w:tabs>
         <w:ind w:left="8436" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="AA90E93C" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="9156"/>
         </w:tabs>
         <w:ind w:left="9156" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="19" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="75DB2909"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="06E28758"/>
     <w:lvl w:ilvl="0" w:tplc="041D000F">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1712" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="041D0019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2432" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
@@ -10814,69 +10845,70 @@
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
   </w:num>
   <w:num w:numId="22" w16cid:durableId="425033178">
     <w:abstractNumId w:val="19"/>
   </w:num>
   <w:num w:numId="23" w16cid:durableId="286589265">
     <w:abstractNumId w:val="13"/>
   </w:num>
   <w:num w:numId="24" w16cid:durableId="46347127">
     <w:abstractNumId w:val="14"/>
     <w:lvlOverride w:ilvl="0">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
   </w:num>
   <w:num w:numId="25" w16cid:durableId="262500231">
     <w:abstractNumId w:val="14"/>
     <w:lvlOverride w:ilvl="0">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:settings xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:zoom w:percent="100"/>
   <w:embedSystemFonts/>
   <w:attachedTemplate r:id="rId1"/>
   <w:stylePaneFormatFilter w:val="D804" w:allStyles="0" w:customStyles="0" w:latentStyles="1" w:stylesInUse="0" w:headingStyles="0" w:numberingStyles="0" w:tableStyles="0" w:directFormattingOnRuns="0" w:directFormattingOnParagraphs="0" w:directFormattingOnNumbering="0" w:directFormattingOnTables="1" w:clearFormatting="1" w:top3HeadingStyles="0" w:visibleStyles="1" w:alternateStyleNames="1"/>
+  <w:trackRevisions w:val="false"/>
   <w:documentProtection w:formatting="1" w:enforcement="0"/>
   <w:styleLockTheme/>
   <w:styleLockQFSet/>
   <w:defaultTabStop w:val="1304"/>
   <w:hyphenationZone w:val="425"/>
   <w:displayHorizontalDrawingGridEvery w:val="0"/>
   <w:displayVerticalDrawingGridEvery w:val="0"/>
   <w:doNotUseMarginsForDrawingGridOrigin/>
   <w:noPunctuationKerning/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050" strokecolor="#4a773c">
-      <v:stroke color="#4a773c" weight="1pt"/>
-      <v:shadow opacity="24903f" origin=",.5" offset="0,.55556mm"/>
+      <v:stroke weight="1pt" color="#4a773c"/>
+      <v:shadow opacity="24903f" offset="0,.55556mm" origin=",.5"/>
       <o:colormru v:ext="edit" colors="#4a773c"/>
     </o:shapedefaults>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
     <w:footnote w:id="1"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
     <w:endnote w:id="1"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00B75EDE"/>
     <w:rsid w:val="000022CA"/>
     <w:rsid w:val="000051D5"/>
@@ -11441,288 +11473,292 @@
     <w:rsid w:val="00F22264"/>
     <w:rsid w:val="00F2564D"/>
     <w:rsid w:val="00F35B05"/>
     <w:rsid w:val="00F413D9"/>
     <w:rsid w:val="00F5135F"/>
     <w:rsid w:val="00F51F78"/>
     <w:rsid w:val="00F57AEF"/>
     <w:rsid w:val="00F67626"/>
     <w:rsid w:val="00F8398E"/>
     <w:rsid w:val="00F86F47"/>
     <w:rsid w:val="00F90B64"/>
     <w:rsid w:val="00FB2F0F"/>
     <w:rsid w:val="00FB5086"/>
     <w:rsid w:val="00FB5411"/>
     <w:rsid w:val="00FB6392"/>
     <w:rsid w:val="00FD1F53"/>
     <w:rsid w:val="00FD3C70"/>
     <w:rsid w:val="00FD6820"/>
     <w:rsid w:val="00FE0F7F"/>
     <w:rsid w:val="00FE12D8"/>
     <w:rsid w:val="00FE604B"/>
     <w:rsid w:val="00FF46B4"/>
     <w:rsid w:val="00FF7C02"/>
     <w:rsid w:val="024801E3"/>
     <w:rsid w:val="081674BB"/>
+    <w:rsid w:val="19D89142"/>
+    <w:rsid w:val="2001496A"/>
     <w:rsid w:val="2E0DE48D"/>
     <w:rsid w:val="3A445A27"/>
+    <w:rsid w:val="3A98A515"/>
     <w:rsid w:val="4040A51A"/>
     <w:rsid w:val="48672293"/>
     <w:rsid w:val="53A115DC"/>
     <w:rsid w:val="647B2B65"/>
     <w:rsid w:val="6B2CF8ED"/>
+    <w:rsid w:val="6FD3DABA"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="sv-SE" w:eastAsia="ja-JP"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:doNotIncludeSubdocsInStats/>
   <w:doNotAutoCompressPictures/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050" strokecolor="#4a773c">
-      <v:stroke color="#4a773c" weight="1pt"/>
-      <v:shadow opacity="24903f" origin=",.5" offset="0,.55556mm"/>
+      <v:stroke weight="1pt" color="#4a773c"/>
+      <v:shadow opacity="24903f" offset="0,.55556mm" origin=",.5"/>
       <o:colormru v:ext="edit" colors="#4a773c"/>
     </o:shapedefaults>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="2"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:doNotEmbedSmartTags/>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
   <w14:docId w14:val="1FE2B7EB"/>
   <w14:defaultImageDpi w14:val="330"/>
   <w15:docId w15:val="{05325872-151F-41A7-9AD9-8EFA6E16BB53}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:styles xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
-        <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
         <w:lang w:val="sv-SE" w:eastAsia="sv-SE" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault/>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="0" w:qFormat="1"/>
-    <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="0" w:unhideWhenUsed="1" w:qFormat="1"/>
-[...6 lines deleted...]
-    <w:lsdException w:name="heading 9" w:semiHidden="1" w:uiPriority="0" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 2" w:uiPriority="0" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 3" w:uiPriority="0" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 4" w:locked="1" w:uiPriority="0" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 5" w:uiPriority="0" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 6" w:uiPriority="0" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 7" w:uiPriority="0" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 8" w:uiPriority="9" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 9" w:uiPriority="0" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="index 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 9" w:semiHidden="1" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="toc 1" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
-[...7 lines deleted...]
-    <w:lsdException w:name="toc 9" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 1" w:uiPriority="39" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 2" w:uiPriority="39" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 3" w:uiPriority="39" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 4" w:uiPriority="39" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 5" w:uiPriority="39" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 6" w:uiPriority="39" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 7" w:uiPriority="39" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 8" w:uiPriority="39" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 9" w:uiPriority="39" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Normal Indent" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="footnote text" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="annotation text" w:semiHidden="1" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="header" w:semiHidden="1" w:uiPriority="0" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="footer" w:semiHidden="1" w:uiPriority="0" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="header" w:uiPriority="0" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="footer" w:uiPriority="0" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index heading" w:semiHidden="1" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="caption" w:semiHidden="1" w:uiPriority="0" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="caption" w:uiPriority="0" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="table of figures" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="envelope address" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="envelope return" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="footnote reference" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="annotation reference" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="line number" w:semiHidden="1" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="page number" w:semiHidden="1" w:uiPriority="0" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="page number" w:uiPriority="0" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="endnote reference" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="endnote text" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="table of authorities" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="macro" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toa heading" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List" w:semiHidden="1" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="List Bullet" w:semiHidden="1" w:uiPriority="0" w:unhideWhenUsed="1" w:qFormat="1"/>
-    <w:lsdException w:name="List Number" w:semiHidden="1" w:uiPriority="0" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Bullet" w:uiPriority="0" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="List Number" w:uiPriority="0" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="List Bullet 2" w:semiHidden="1" w:uiPriority="0" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Bullet 2" w:uiPriority="0" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Bullet 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Bullet 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Bullet 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Number 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Number 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Number 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Number 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Title" w:uiPriority="10" w:qFormat="1"/>
     <w:lsdException w:name="Closing" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Signature" w:semiHidden="1" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="Default Paragraph Font" w:semiHidden="1" w:uiPriority="1" w:unhideWhenUsed="1"/>
-[...1 lines deleted...]
-    <w:lsdException w:name="Body Text Indent" w:semiHidden="1" w:uiPriority="0" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text" w:uiPriority="0" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="Body Text Indent" w:uiPriority="0" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Continue" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Continue 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Continue 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Continue 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Continue 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Message Header" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Subtitle" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="Salutation" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Date" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text First Indent" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text First Indent 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Note Heading" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text Indent 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text Indent 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Block Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="FollowedHyperlink" w:semiHidden="1" w:uiPriority="0" w:unhideWhenUsed="1"/>
-[...1 lines deleted...]
-    <w:lsdException w:name="Emphasis" w:locked="1" w:semiHidden="1" w:uiPriority="20"/>
+    <w:lsdException w:name="FollowedHyperlink" w:uiPriority="0" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Strong" w:locked="1" w:uiPriority="22" w:semiHidden="1"/>
+    <w:lsdException w:name="Emphasis" w:locked="1" w:uiPriority="20" w:semiHidden="1"/>
     <w:lsdException w:name="Document Map" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Plain Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="E-mail Signature" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Top of Form" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Bottom of Form" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Normal (Web)" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Acronym" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Address" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Cite" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Code" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Definition" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Keyboard" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Preformatted" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Sample" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Typewriter" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Variable" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Normal Table" w:semiHidden="1" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="annotation subject" w:semiHidden="1" w:uiPriority="0" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="annotation subject" w:uiPriority="0" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="No List" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Outline List 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Outline List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Outline List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Simple 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Simple 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Simple 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Classic 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Classic 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Classic 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Classic 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Colorful 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Colorful 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Colorful 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Columns 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Columns 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Columns 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Columns 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Columns 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table 3D effects 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table 3D effects 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table 3D effects 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Contemporary" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Elegant" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Professional" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Subtle 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Subtle 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Web 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Web 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Web 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="Balloon Text" w:semiHidden="1" w:uiPriority="0" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Balloon Text" w:uiPriority="0" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid" w:uiPriority="59"/>
     <w:lsdException w:name="Table Theme" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Placeholder Text" w:semiHidden="1"/>
-    <w:lsdException w:name="No Spacing" w:semiHidden="1" w:uiPriority="1" w:qFormat="1"/>
+    <w:lsdException w:name="No Spacing" w:uiPriority="1" w:semiHidden="1" w:qFormat="1"/>
     <w:lsdException w:name="Light Shading" w:uiPriority="60"/>
     <w:lsdException w:name="Light List" w:uiPriority="61"/>
     <w:lsdException w:name="Light Grid" w:uiPriority="62"/>
     <w:lsdException w:name="Medium Shading 1" w:uiPriority="63"/>
     <w:lsdException w:name="Medium Shading 2" w:uiPriority="64"/>
     <w:lsdException w:name="Medium List 1" w:uiPriority="65"/>
     <w:lsdException w:name="Medium List 2" w:uiPriority="66"/>
     <w:lsdException w:name="Medium Grid 1" w:uiPriority="67"/>
     <w:lsdException w:name="Medium Grid 2" w:uiPriority="68"/>
     <w:lsdException w:name="Medium Grid 3" w:uiPriority="69"/>
     <w:lsdException w:name="Dark List" w:uiPriority="70"/>
     <w:lsdException w:name="Colorful Shading" w:uiPriority="71"/>
     <w:lsdException w:name="Colorful List" w:uiPriority="72"/>
     <w:lsdException w:name="Colorful Grid" w:uiPriority="73"/>
     <w:lsdException w:name="Light Shading Accent 1" w:uiPriority="60"/>
     <w:lsdException w:name="Light List Accent 1" w:uiPriority="61"/>
     <w:lsdException w:name="Light Grid Accent 1" w:uiPriority="62"/>
     <w:lsdException w:name="Medium Shading 1 Accent 1" w:uiPriority="63"/>
     <w:lsdException w:name="Medium Shading 2 Accent 1" w:uiPriority="64"/>
     <w:lsdException w:name="Medium List 1 Accent 1" w:uiPriority="65"/>
     <w:lsdException w:name="Revision" w:semiHidden="1"/>
     <w:lsdException w:name="List Paragraph" w:uiPriority="34" w:qFormat="1"/>
-    <w:lsdException w:name="Quote" w:locked="1" w:semiHidden="1" w:uiPriority="29"/>
-    <w:lsdException w:name="Intense Quote" w:locked="1" w:semiHidden="1" w:uiPriority="30"/>
+    <w:lsdException w:name="Quote" w:locked="1" w:uiPriority="29" w:semiHidden="1"/>
+    <w:lsdException w:name="Intense Quote" w:locked="1" w:uiPriority="30" w:semiHidden="1"/>
     <w:lsdException w:name="Medium List 2 Accent 1" w:uiPriority="66"/>
     <w:lsdException w:name="Medium Grid 1 Accent 1" w:uiPriority="67"/>
     <w:lsdException w:name="Medium Grid 2 Accent 1" w:uiPriority="68"/>
     <w:lsdException w:name="Medium Grid 3 Accent 1" w:uiPriority="69"/>
     <w:lsdException w:name="Dark List Accent 1" w:uiPriority="70"/>
     <w:lsdException w:name="Colorful Shading Accent 1" w:uiPriority="71"/>
     <w:lsdException w:name="Colorful List Accent 1" w:uiPriority="72"/>
     <w:lsdException w:name="Colorful Grid Accent 1" w:uiPriority="73"/>
     <w:lsdException w:name="Light Shading Accent 2" w:uiPriority="60"/>
     <w:lsdException w:name="Light List Accent 2" w:uiPriority="61"/>
     <w:lsdException w:name="Light Grid Accent 2" w:uiPriority="62"/>
     <w:lsdException w:name="Medium Shading 1 Accent 2" w:uiPriority="63"/>
     <w:lsdException w:name="Medium Shading 2 Accent 2" w:uiPriority="64"/>
     <w:lsdException w:name="Medium List 1 Accent 2" w:uiPriority="65"/>
     <w:lsdException w:name="Medium List 2 Accent 2" w:uiPriority="66"/>
     <w:lsdException w:name="Medium Grid 1 Accent 2" w:uiPriority="67"/>
     <w:lsdException w:name="Medium Grid 2 Accent 2" w:uiPriority="68"/>
     <w:lsdException w:name="Medium Grid 3 Accent 2" w:uiPriority="69"/>
     <w:lsdException w:name="Dark List Accent 2" w:uiPriority="70"/>
     <w:lsdException w:name="Colorful Shading Accent 2" w:uiPriority="71"/>
     <w:lsdException w:name="Colorful List Accent 2" w:uiPriority="72"/>
     <w:lsdException w:name="Colorful Grid Accent 2" w:uiPriority="73"/>
     <w:lsdException w:name="Light Shading Accent 3" w:uiPriority="60"/>
     <w:lsdException w:name="Light List Accent 3" w:uiPriority="61"/>
     <w:lsdException w:name="Light Grid Accent 3" w:uiPriority="62"/>
@@ -11757,57 +11793,57 @@
     <w:lsdException w:name="Medium Shading 1 Accent 5" w:uiPriority="63"/>
     <w:lsdException w:name="Medium Shading 2 Accent 5" w:uiPriority="64"/>
     <w:lsdException w:name="Medium List 1 Accent 5" w:uiPriority="65"/>
     <w:lsdException w:name="Medium List 2 Accent 5" w:uiPriority="66"/>
     <w:lsdException w:name="Medium Grid 1 Accent 5" w:uiPriority="67"/>
     <w:lsdException w:name="Medium Grid 2 Accent 5" w:uiPriority="68"/>
     <w:lsdException w:name="Medium Grid 3 Accent 5" w:uiPriority="69"/>
     <w:lsdException w:name="Dark List Accent 5" w:uiPriority="70"/>
     <w:lsdException w:name="Colorful Shading Accent 5" w:uiPriority="71"/>
     <w:lsdException w:name="Colorful List Accent 5" w:uiPriority="72"/>
     <w:lsdException w:name="Colorful Grid Accent 5" w:uiPriority="73"/>
     <w:lsdException w:name="Light Shading Accent 6" w:uiPriority="60"/>
     <w:lsdException w:name="Light List Accent 6" w:uiPriority="61"/>
     <w:lsdException w:name="Light Grid Accent 6" w:uiPriority="62"/>
     <w:lsdException w:name="Medium Shading 1 Accent 6" w:uiPriority="63"/>
     <w:lsdException w:name="Medium Shading 2 Accent 6" w:uiPriority="64"/>
     <w:lsdException w:name="Medium List 1 Accent 6" w:uiPriority="65"/>
     <w:lsdException w:name="Medium List 2 Accent 6" w:uiPriority="66"/>
     <w:lsdException w:name="Medium Grid 1 Accent 6" w:uiPriority="67"/>
     <w:lsdException w:name="Medium Grid 2 Accent 6" w:uiPriority="68"/>
     <w:lsdException w:name="Medium Grid 3 Accent 6" w:uiPriority="69"/>
     <w:lsdException w:name="Dark List Accent 6" w:uiPriority="70"/>
     <w:lsdException w:name="Colorful Shading Accent 6" w:uiPriority="71"/>
     <w:lsdException w:name="Colorful List Accent 6" w:uiPriority="72"/>
     <w:lsdException w:name="Colorful Grid Accent 6" w:uiPriority="73"/>
-    <w:lsdException w:name="Subtle Emphasis" w:locked="1" w:semiHidden="1" w:uiPriority="19"/>
-[...5 lines deleted...]
-    <w:lsdException w:name="TOC Heading" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="Subtle Emphasis" w:locked="1" w:uiPriority="19" w:semiHidden="1"/>
+    <w:lsdException w:name="Intense Emphasis" w:locked="1" w:uiPriority="21" w:semiHidden="1"/>
+    <w:lsdException w:name="Subtle Reference" w:locked="1" w:uiPriority="31" w:semiHidden="1"/>
+    <w:lsdException w:name="Intense Reference" w:locked="1" w:uiPriority="32" w:semiHidden="1"/>
+    <w:lsdException w:name="Book Title" w:locked="1" w:uiPriority="33" w:semiHidden="1"/>
+    <w:lsdException w:name="Bibliography" w:uiPriority="37" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="TOC Heading" w:uiPriority="39" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="Grid Table 4" w:uiPriority="49"/>
     <w:lsdException w:name="Grid Table 5 Dark" w:uiPriority="50"/>
     <w:lsdException w:name="Grid Table 6 Colorful" w:uiPriority="51"/>
     <w:lsdException w:name="Grid Table 7 Colorful" w:uiPriority="52"/>
     <w:lsdException w:name="Grid Table 1 Light Accent 1" w:uiPriority="46"/>
     <w:lsdException w:name="Grid Table 2 Accent 1" w:uiPriority="47"/>
     <w:lsdException w:name="Grid Table 3 Accent 1" w:uiPriority="48"/>
     <w:lsdException w:name="Grid Table 4 Accent 1" w:uiPriority="49"/>
     <w:lsdException w:name="Grid Table 5 Dark Accent 1" w:uiPriority="50"/>
     <w:lsdException w:name="Grid Table 6 Colorful Accent 1" w:uiPriority="51"/>
     <w:lsdException w:name="Grid Table 7 Colorful Accent 1" w:uiPriority="52"/>
     <w:lsdException w:name="Grid Table 1 Light Accent 2" w:uiPriority="46"/>
     <w:lsdException w:name="Grid Table 2 Accent 2" w:uiPriority="47"/>
     <w:lsdException w:name="Grid Table 3 Accent 2" w:uiPriority="48"/>
     <w:lsdException w:name="Grid Table 4 Accent 2" w:uiPriority="49"/>
     <w:lsdException w:name="Grid Table 5 Dark Accent 2" w:uiPriority="50"/>
     <w:lsdException w:name="Grid Table 6 Colorful Accent 2" w:uiPriority="51"/>
     <w:lsdException w:name="Grid Table 7 Colorful Accent 2" w:uiPriority="52"/>
     <w:lsdException w:name="Grid Table 1 Light Accent 3" w:uiPriority="46"/>
     <w:lsdException w:name="Grid Table 2 Accent 3" w:uiPriority="47"/>
     <w:lsdException w:name="Grid Table 3 Accent 3" w:uiPriority="48"/>
     <w:lsdException w:name="Grid Table 4 Accent 3" w:uiPriority="49"/>
     <w:lsdException w:name="Grid Table 5 Dark Accent 3" w:uiPriority="50"/>
     <w:lsdException w:name="Grid Table 6 Colorful Accent 3" w:uiPriority="51"/>
     <w:lsdException w:name="Grid Table 7 Colorful Accent 3" w:uiPriority="52"/>
@@ -11865,752 +11901,752 @@
     <w:lsdException w:name="List Table 3 Accent 4" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 4" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 4" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 4" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 4" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 5" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 5" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 5" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 5" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 5" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 5" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 5" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 6" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
     <w:lsdException w:name="Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Hashtag" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Unresolved Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Link" w:semiHidden="1" w:unhideWhenUsed="1"/>
   </w:latentStyles>
-  <w:style w:type="paragraph" w:default="1" w:styleId="Normal">
+  <w:style w:type="paragraph" w:styleId="Normal" w:default="1">
     <w:name w:val="Normal"/>
     <w:qFormat/>
     <w:rsid w:val="00BF32CF"/>
     <w:pPr>
       <w:spacing w:after="120" w:line="288" w:lineRule="auto"/>
       <w:ind w:left="992" w:right="868"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Rubrik1">
     <w:name w:val="heading 1"/>
     <w:aliases w:val="Rubrik VGR,Huvudrubrik"/>
     <w:next w:val="Normal"/>
     <w:link w:val="Rubrik1Char"/>
     <w:qFormat/>
     <w:rsid w:val="00B223D3"/>
     <w:pPr>
       <w:keepNext/>
       <w:spacing w:before="1400" w:after="200"/>
       <w:ind w:left="992"/>
       <w:contextualSpacing/>
       <w:outlineLvl w:val="0"/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:ascii="Verdana" w:eastAsia="MS Gothic" w:hAnsi="Verdana"/>
+      <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:eastAsia="MS Gothic"/>
       <w:bCs/>
       <w:kern w:val="32"/>
       <w:sz w:val="44"/>
       <w:szCs w:val="32"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Rubrik2">
     <w:name w:val="heading 2"/>
     <w:aliases w:val="Rubrik 2 VGR,Styckerubrik"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:link w:val="Rubrik2Char"/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:rsid w:val="00BF32CF"/>
     <w:pPr>
       <w:keepNext/>
       <w:keepLines/>
       <w:spacing w:before="240" w:after="40" w:line="240" w:lineRule="auto"/>
       <w:outlineLvl w:val="1"/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:ascii="Verdana" w:eastAsiaTheme="majorEastAsia" w:hAnsi="Verdana" w:cstheme="majorBidi"/>
+      <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
       <w:bCs/>
       <w:color w:val="000000" w:themeColor="text1"/>
       <w:sz w:val="36"/>
       <w:szCs w:val="26"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Rubrik3">
     <w:name w:val="heading 3"/>
     <w:aliases w:val="Rubrik 3 VGR,Avsnittsrubrik"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:link w:val="Rubrik3Char"/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:rsid w:val="00BF32CF"/>
     <w:pPr>
       <w:keepNext/>
       <w:keepLines/>
       <w:spacing w:before="240" w:after="40" w:line="240" w:lineRule="auto"/>
       <w:outlineLvl w:val="2"/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:ascii="Verdana" w:eastAsiaTheme="majorEastAsia" w:hAnsi="Verdana" w:cstheme="majorBidi"/>
+      <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
       <w:bCs/>
       <w:color w:val="000000" w:themeColor="text1"/>
       <w:sz w:val="30"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Rubrik4">
     <w:name w:val="heading 4"/>
     <w:aliases w:val="mellanrubrik,Underrubrik i avsnitt"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:link w:val="Rubrik4Char"/>
     <w:qFormat/>
     <w:locked/>
     <w:rsid w:val="00627BEA"/>
     <w:pPr>
       <w:keepNext/>
       <w:keepLines/>
       <w:spacing w:before="240" w:after="0" w:line="240" w:lineRule="auto"/>
       <w:outlineLvl w:val="3"/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
       <w:b/>
       <w:bCs/>
       <w:iCs/>
       <w:color w:val="000000" w:themeColor="text1"/>
       <w:sz w:val="26"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Rubrik5">
     <w:name w:val="heading 5"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:link w:val="Rubrik5Char"/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:rsid w:val="002F568B"/>
     <w:pPr>
       <w:keepNext/>
       <w:keepLines/>
       <w:spacing w:before="200"/>
       <w:outlineLvl w:val="4"/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
       <w:color w:val="00304B" w:themeColor="accent1" w:themeShade="7F"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Rubrik6">
     <w:name w:val="heading 6"/>
     <w:aliases w:val="(Dokumentbenämning)"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:link w:val="Rubrik6Char"/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:rsid w:val="00B74E9F"/>
     <w:pPr>
       <w:keepNext/>
       <w:keepLines/>
       <w:spacing w:before="40" w:after="0"/>
       <w:outlineLvl w:val="5"/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
       <w:color w:val="00304B" w:themeColor="accent1" w:themeShade="7F"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Rubrik7">
     <w:name w:val="heading 7"/>
     <w:aliases w:val="(Innehållsförteckning)"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:link w:val="Rubrik7Char"/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:rsid w:val="00B74E9F"/>
     <w:pPr>
       <w:keepNext/>
       <w:keepLines/>
       <w:spacing w:before="40" w:after="0"/>
       <w:outlineLvl w:val="6"/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
       <w:i/>
       <w:iCs/>
       <w:color w:val="00304B" w:themeColor="accent1" w:themeShade="7F"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Rubrik9">
     <w:name w:val="heading 9"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:link w:val="Rubrik9Char"/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:rsid w:val="00B74E9F"/>
     <w:pPr>
       <w:keepNext/>
       <w:keepLines/>
       <w:spacing w:before="40" w:after="0"/>
       <w:outlineLvl w:val="8"/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
       <w:i/>
       <w:iCs/>
       <w:color w:val="272727" w:themeColor="text1" w:themeTint="D8"/>
       <w:sz w:val="21"/>
       <w:szCs w:val="21"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:default="1" w:styleId="Standardstycketeckensnitt">
+  <w:style w:type="character" w:styleId="Standardstycketeckensnitt" w:default="1">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
-  <w:style w:type="table" w:default="1" w:styleId="Normaltabell">
+  <w:style w:type="table" w:styleId="Normaltabell" w:default="1">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
-  <w:style w:type="numbering" w:default="1" w:styleId="Ingenlista">
+  <w:style w:type="numbering" w:styleId="Ingenlista" w:default="1">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:styleId="Oformateradtabell1">
     <w:name w:val="Plain Table 1"/>
     <w:basedOn w:val="Normaltabell"/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="002E263F"/>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblBorders>
-        <w:top w:val="single" w:sz="4" w:space="0" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
-[...4 lines deleted...]
-        <w:insideV w:val="single" w:sz="4" w:space="0" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
+        <w:top w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="4" w:space="0"/>
+        <w:left w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="4" w:space="0"/>
+        <w:bottom w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="4" w:space="0"/>
+        <w:right w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="4" w:space="0"/>
+        <w:insideH w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="4" w:space="0"/>
+        <w:insideV w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="4" w:space="0"/>
       </w:tblBorders>
     </w:tblPr>
     <w:tblStylePr w:type="firstRow">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastRow">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
-          <w:top w:val="double" w:sz="4" w:space="0" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
+          <w:top w:val="double" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="4" w:space="0"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="firstCol">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastCol">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Vert">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="Bildtext">
+  <w:style w:type="paragraph" w:styleId="Bildtext" w:customStyle="1">
     <w:name w:val="Bildtext"/>
     <w:basedOn w:val="Normal"/>
     <w:semiHidden/>
     <w:rsid w:val="00CF70BB"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:autoSpaceDE w:val="0"/>
       <w:autoSpaceDN w:val="0"/>
       <w:adjustRightInd w:val="0"/>
       <w:spacing w:line="160" w:lineRule="atLeast"/>
       <w:textAlignment w:val="center"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
       <w:i/>
       <w:color w:val="000000"/>
       <w:sz w:val="12"/>
       <w:szCs w:val="12"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="Sidrubrikliten">
+  <w:style w:type="paragraph" w:styleId="Sidrubrikliten" w:customStyle="1">
     <w:name w:val="Sidrubrik liten"/>
     <w:basedOn w:val="Normal"/>
     <w:semiHidden/>
     <w:rsid w:val="00880FEE"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:autoSpaceDE w:val="0"/>
       <w:autoSpaceDN w:val="0"/>
       <w:adjustRightInd w:val="0"/>
       <w:spacing w:line="240" w:lineRule="atLeast"/>
       <w:textAlignment w:val="center"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
       <w:b/>
       <w:color w:val="FFFFFF"/>
       <w:spacing w:val="2"/>
       <w:sz w:val="20"/>
       <w:szCs w:val="20"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="Sidrubrikstor">
+  <w:style w:type="paragraph" w:styleId="Sidrubrikstor" w:customStyle="1">
     <w:name w:val="Sidrubrik stor"/>
     <w:basedOn w:val="Normal"/>
     <w:semiHidden/>
     <w:rsid w:val="00880FEE"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:autoSpaceDE w:val="0"/>
       <w:autoSpaceDN w:val="0"/>
       <w:adjustRightInd w:val="0"/>
       <w:spacing w:line="840" w:lineRule="atLeast"/>
       <w:textAlignment w:val="center"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
       <w:color w:val="FFFFFF"/>
       <w:spacing w:val="-17"/>
       <w:sz w:val="84"/>
       <w:szCs w:val="84"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Sidfot">
     <w:name w:val="footer"/>
     <w:basedOn w:val="Normal"/>
     <w:link w:val="SidfotChar"/>
     <w:rsid w:val="00880FEE"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:autoSpaceDE w:val="0"/>
       <w:autoSpaceDN w:val="0"/>
       <w:adjustRightInd w:val="0"/>
       <w:jc w:val="right"/>
       <w:textAlignment w:val="center"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
       <w:color w:val="000000"/>
       <w:sz w:val="12"/>
       <w:szCs w:val="12"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="Avdelaresidfot">
+  <w:style w:type="character" w:styleId="Avdelaresidfot" w:customStyle="1">
     <w:name w:val="Avdelare sidfot"/>
     <w:semiHidden/>
     <w:rsid w:val="00880FEE"/>
     <w:rPr>
       <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
       <w:position w:val="1"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Sidhuvud">
     <w:name w:val="header"/>
     <w:aliases w:val="(Ledtexter)"/>
     <w:basedOn w:val="Normal"/>
     <w:link w:val="SidhuvudChar"/>
     <w:rsid w:val="00AA0F08"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="center" w:pos="4703"/>
         <w:tab w:val="right" w:pos="9406"/>
       </w:tabs>
     </w:pPr>
   </w:style>
   <w:style w:type="character" w:styleId="Sidnummer">
     <w:name w:val="page number"/>
     <w:basedOn w:val="Standardstycketeckensnitt"/>
     <w:rsid w:val="00AA0F08"/>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="Metadata">
+  <w:style w:type="paragraph" w:styleId="Metadata" w:customStyle="1">
     <w:name w:val="Metadata"/>
     <w:basedOn w:val="Normal"/>
     <w:qFormat/>
     <w:rsid w:val="002651D6"/>
     <w:pPr>
       <w:spacing w:after="240"/>
       <w:contextualSpacing/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
       <w:sz w:val="20"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="Rubrik1Char">
+  <w:style w:type="character" w:styleId="Rubrik1Char" w:customStyle="1">
     <w:name w:val="Rubrik 1 Char"/>
     <w:aliases w:val="Rubrik VGR Char,Huvudrubrik Char"/>
     <w:link w:val="Rubrik1"/>
     <w:rsid w:val="00B223D3"/>
     <w:rPr>
-      <w:rFonts w:ascii="Verdana" w:eastAsia="MS Gothic" w:hAnsi="Verdana"/>
+      <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:eastAsia="MS Gothic"/>
       <w:bCs/>
       <w:kern w:val="32"/>
       <w:sz w:val="44"/>
       <w:szCs w:val="32"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="Allmntstyckeformat">
+  <w:style w:type="paragraph" w:styleId="Allmntstyckeformat" w:customStyle="1">
     <w:name w:val="[Allmänt styckeformat]"/>
     <w:basedOn w:val="Normal"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:rsid w:val="001C5FEF"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:autoSpaceDE w:val="0"/>
       <w:autoSpaceDN w:val="0"/>
       <w:adjustRightInd w:val="0"/>
       <w:textAlignment w:val="center"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="MinionPro-Regular" w:hAnsi="MinionPro-Regular" w:cs="MinionPro-Regular"/>
       <w:color w:val="000000"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="SidfotChar">
+  <w:style w:type="character" w:styleId="SidfotChar" w:customStyle="1">
     <w:name w:val="Sidfot Char"/>
     <w:link w:val="Sidfot"/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="00EE2A56"/>
     <w:rPr>
       <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
       <w:color w:val="000000"/>
       <w:sz w:val="12"/>
       <w:szCs w:val="12"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Rubrik">
     <w:name w:val="Title"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:link w:val="RubrikChar"/>
     <w:uiPriority w:val="10"/>
     <w:semiHidden/>
     <w:qFormat/>
     <w:rsid w:val="00AC3FF6"/>
     <w:pPr>
       <w:spacing w:before="240" w:after="60"/>
       <w:jc w:val="center"/>
       <w:outlineLvl w:val="0"/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:ascii="Calibri" w:eastAsia="MS Gothic" w:hAnsi="Calibri"/>
+      <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="MS Gothic"/>
       <w:b/>
       <w:bCs/>
       <w:kern w:val="28"/>
       <w:sz w:val="32"/>
       <w:szCs w:val="32"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="FaktarutaLista">
+  <w:style w:type="paragraph" w:styleId="FaktarutaLista" w:customStyle="1">
     <w:name w:val="Faktaruta Lista"/>
     <w:uiPriority w:val="5"/>
     <w:semiHidden/>
     <w:qFormat/>
     <w:locked/>
     <w:rsid w:val="00617710"/>
     <w:pPr>
       <w:numPr>
         <w:numId w:val="4"/>
       </w:numPr>
       <w:spacing w:after="40"/>
       <w:ind w:left="357" w:hanging="357"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
       <w:color w:val="000000"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="RubrikChar">
+  <w:style w:type="character" w:styleId="RubrikChar" w:customStyle="1">
     <w:name w:val="Rubrik Char"/>
     <w:link w:val="Rubrik"/>
     <w:uiPriority w:val="10"/>
     <w:semiHidden/>
     <w:rsid w:val="00F86F47"/>
     <w:rPr>
-      <w:rFonts w:ascii="Calibri" w:eastAsia="MS Gothic" w:hAnsi="Calibri"/>
+      <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="MS Gothic"/>
       <w:b/>
       <w:bCs/>
       <w:kern w:val="28"/>
       <w:sz w:val="32"/>
       <w:szCs w:val="32"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Ballongtext">
     <w:name w:val="Balloon Text"/>
     <w:basedOn w:val="Normal"/>
     <w:link w:val="BallongtextChar"/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00CB0493"/>
     <w:pPr>
       <w:spacing w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Lucida Grande" w:hAnsi="Lucida Grande" w:cs="Lucida Grande"/>
       <w:sz w:val="18"/>
       <w:szCs w:val="18"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="BallongtextChar">
+  <w:style w:type="character" w:styleId="BallongtextChar" w:customStyle="1">
     <w:name w:val="Ballongtext Char"/>
     <w:basedOn w:val="Standardstycketeckensnitt"/>
     <w:link w:val="Ballongtext"/>
     <w:rsid w:val="00CB0493"/>
     <w:rPr>
       <w:rFonts w:ascii="Lucida Grande" w:hAnsi="Lucida Grande" w:cs="Lucida Grande"/>
       <w:sz w:val="18"/>
       <w:szCs w:val="18"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="Platshllartext">
     <w:name w:val="Placeholder Text"/>
     <w:basedOn w:val="Standardstycketeckensnitt"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:rsid w:val="00C9071C"/>
     <w:rPr>
       <w:color w:val="808080"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="Faktarutarubrik">
+  <w:style w:type="paragraph" w:styleId="Faktarutarubrik" w:customStyle="1">
     <w:name w:val="Faktaruta rubrik"/>
     <w:basedOn w:val="Rubrik2"/>
     <w:next w:val="FaktarutaLista"/>
     <w:uiPriority w:val="3"/>
     <w:semiHidden/>
     <w:qFormat/>
     <w:locked/>
     <w:rsid w:val="0009062C"/>
     <w:pPr>
       <w:spacing w:before="0"/>
       <w:outlineLvl w:val="2"/>
     </w:pPr>
     <w:rPr>
       <w:bCs w:val="0"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="Rubrik2Char">
+  <w:style w:type="character" w:styleId="Rubrik2Char" w:customStyle="1">
     <w:name w:val="Rubrik 2 Char"/>
     <w:aliases w:val="Rubrik 2 VGR Char,Styckerubrik Char"/>
     <w:basedOn w:val="Standardstycketeckensnitt"/>
     <w:link w:val="Rubrik2"/>
     <w:rsid w:val="00BF32CF"/>
     <w:rPr>
-      <w:rFonts w:ascii="Verdana" w:eastAsiaTheme="majorEastAsia" w:hAnsi="Verdana" w:cstheme="majorBidi"/>
+      <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
       <w:bCs/>
       <w:color w:val="000000" w:themeColor="text1"/>
       <w:sz w:val="36"/>
       <w:szCs w:val="26"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="Rubrik3Char">
+  <w:style w:type="character" w:styleId="Rubrik3Char" w:customStyle="1">
     <w:name w:val="Rubrik 3 Char"/>
     <w:aliases w:val="Rubrik 3 VGR Char,Avsnittsrubrik Char"/>
     <w:basedOn w:val="Standardstycketeckensnitt"/>
     <w:link w:val="Rubrik3"/>
     <w:rsid w:val="00BF32CF"/>
     <w:rPr>
-      <w:rFonts w:ascii="Verdana" w:eastAsiaTheme="majorEastAsia" w:hAnsi="Verdana" w:cstheme="majorBidi"/>
+      <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
       <w:bCs/>
       <w:color w:val="000000" w:themeColor="text1"/>
       <w:sz w:val="30"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="Rubrik4Char">
+  <w:style w:type="character" w:styleId="Rubrik4Char" w:customStyle="1">
     <w:name w:val="Rubrik 4 Char"/>
     <w:aliases w:val="mellanrubrik Char,Underrubrik i avsnitt Char"/>
     <w:basedOn w:val="Standardstycketeckensnitt"/>
     <w:link w:val="Rubrik4"/>
     <w:uiPriority w:val="3"/>
     <w:semiHidden/>
     <w:rsid w:val="00A272CA"/>
     <w:rPr>
-      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
       <w:b/>
       <w:bCs/>
       <w:iCs/>
       <w:color w:val="000000" w:themeColor="text1"/>
       <w:sz w:val="26"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="Rubrik5Char">
+  <w:style w:type="character" w:styleId="Rubrik5Char" w:customStyle="1">
     <w:name w:val="Rubrik 5 Char"/>
     <w:basedOn w:val="Standardstycketeckensnitt"/>
     <w:link w:val="Rubrik5"/>
     <w:uiPriority w:val="9"/>
     <w:semiHidden/>
     <w:rsid w:val="002F568B"/>
     <w:rPr>
-      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
       <w:color w:val="00304B" w:themeColor="accent1" w:themeShade="7F"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Liststycke">
     <w:name w:val="List Paragraph"/>
     <w:basedOn w:val="Normal"/>
     <w:uiPriority w:val="34"/>
     <w:rsid w:val="00CB1ED7"/>
     <w:pPr>
       <w:numPr>
         <w:numId w:val="13"/>
       </w:numPr>
       <w:ind w:left="1712" w:hanging="357"/>
       <w:contextualSpacing/>
     </w:pPr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="Normalefterlista">
+  <w:style w:type="paragraph" w:styleId="Normalefterlista" w:customStyle="1">
     <w:name w:val="Normal efter lista"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:uiPriority w:val="3"/>
     <w:qFormat/>
     <w:rsid w:val="0062184C"/>
     <w:pPr>
       <w:spacing w:before="200"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:eastAsia="MS Gothic"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Innehll1">
     <w:name w:val="toc 1"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:autoRedefine/>
     <w:uiPriority w:val="39"/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00904962"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="right" w:leader="dot" w:pos="8779"/>
       </w:tabs>
       <w:spacing w:after="0"/>
     </w:pPr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="Omslagsrubrik">
+  <w:style w:type="paragraph" w:styleId="Omslagsrubrik" w:customStyle="1">
     <w:name w:val="Omslagsrubrik"/>
     <w:basedOn w:val="Normal"/>
     <w:link w:val="OmslagsrubrikChar"/>
     <w:uiPriority w:val="3"/>
     <w:qFormat/>
     <w:rsid w:val="005A627D"/>
     <w:pPr>
       <w:spacing w:after="6000" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
       <w:sz w:val="72"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="OmslagsrubrikChar">
+  <w:style w:type="character" w:styleId="OmslagsrubrikChar" w:customStyle="1">
     <w:name w:val="Omslagsrubrik Char"/>
     <w:basedOn w:val="Standardstycketeckensnitt"/>
     <w:link w:val="Omslagsrubrik"/>
     <w:uiPriority w:val="3"/>
     <w:rsid w:val="005A627D"/>
     <w:rPr>
       <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
       <w:sz w:val="72"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="Omslagsunderrubrik">
+  <w:style w:type="paragraph" w:styleId="Omslagsunderrubrik" w:customStyle="1">
     <w:name w:val="Omslagsunderrubrik"/>
     <w:basedOn w:val="Normal"/>
     <w:link w:val="OmslagsunderrubrikChar"/>
     <w:uiPriority w:val="3"/>
     <w:qFormat/>
     <w:rsid w:val="009533B4"/>
     <w:pPr>
       <w:contextualSpacing/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
       <w:sz w:val="32"/>
       <w:szCs w:val="44"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="OmslagsunderrubrikChar">
+  <w:style w:type="character" w:styleId="OmslagsunderrubrikChar" w:customStyle="1">
     <w:name w:val="Omslagsunderrubrik Char"/>
     <w:basedOn w:val="Standardstycketeckensnitt"/>
     <w:link w:val="Omslagsunderrubrik"/>
     <w:uiPriority w:val="3"/>
     <w:rsid w:val="009533B4"/>
     <w:rPr>
       <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
       <w:sz w:val="32"/>
       <w:szCs w:val="44"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Innehll2">
     <w:name w:val="toc 2"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:autoRedefine/>
     <w:uiPriority w:val="39"/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00904962"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="right" w:leader="dot" w:pos="8777"/>
       </w:tabs>
       <w:spacing w:after="0"/>
       <w:ind w:left="1349"/>
@@ -12682,608 +12718,608 @@
   </w:style>
   <w:style w:type="paragraph" w:styleId="Innehll8">
     <w:name w:val="toc 8"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:autoRedefine/>
     <w:uiPriority w:val="39"/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00E61294"/>
     <w:pPr>
       <w:ind w:left="1680"/>
     </w:pPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Innehll9">
     <w:name w:val="toc 9"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:autoRedefine/>
     <w:uiPriority w:val="39"/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00E61294"/>
     <w:pPr>
       <w:ind w:left="1920"/>
     </w:pPr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="MellanrubrikVGR">
+  <w:style w:type="paragraph" w:styleId="MellanrubrikVGR" w:customStyle="1">
     <w:name w:val="Mellanrubrik VGR"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:uiPriority w:val="2"/>
     <w:qFormat/>
     <w:rsid w:val="00BF32CF"/>
     <w:pPr>
       <w:keepNext/>
       <w:keepLines/>
       <w:widowControl w:val="0"/>
       <w:autoSpaceDE w:val="0"/>
       <w:autoSpaceDN w:val="0"/>
       <w:adjustRightInd w:val="0"/>
       <w:spacing w:before="240" w:after="0"/>
       <w:textAlignment w:val="center"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
       <w:color w:val="000000"/>
       <w:sz w:val="26"/>
       <w:szCs w:val="18"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="Fotnotsreferens">
     <w:name w:val="footnote reference"/>
     <w:basedOn w:val="Standardstycketeckensnitt"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00FB5086"/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="Formatmall1">
+  <w:style w:type="paragraph" w:styleId="Formatmall1" w:customStyle="1">
     <w:name w:val="Formatmall1"/>
     <w:basedOn w:val="Normal"/>
     <w:link w:val="Formatmall1Char"/>
     <w:uiPriority w:val="3"/>
     <w:semiHidden/>
     <w:qFormat/>
     <w:locked/>
     <w:rsid w:val="00FB5086"/>
     <w:pPr>
       <w:spacing w:after="0"/>
     </w:pPr>
     <w:rPr>
       <w:sz w:val="20"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="Formatmall1Char">
+  <w:style w:type="character" w:styleId="Formatmall1Char" w:customStyle="1">
     <w:name w:val="Formatmall1 Char"/>
     <w:basedOn w:val="Standardstycketeckensnitt"/>
     <w:link w:val="Formatmall1"/>
     <w:uiPriority w:val="3"/>
     <w:semiHidden/>
     <w:rsid w:val="00A272CA"/>
     <w:rPr>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="FotnotVGR">
+  <w:style w:type="paragraph" w:styleId="FotnotVGR" w:customStyle="1">
     <w:name w:val="Fotnot VGR"/>
     <w:basedOn w:val="Normal"/>
     <w:uiPriority w:val="3"/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:rsid w:val="00FB5086"/>
     <w:pPr>
       <w:spacing w:after="0"/>
     </w:pPr>
     <w:rPr>
       <w:sz w:val="20"/>
     </w:rPr>
   </w:style>
   <w:style w:type="table" w:styleId="Oformateradtabell2">
     <w:name w:val="Plain Table 2"/>
     <w:basedOn w:val="Normaltabell"/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="002E263F"/>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblBorders>
-        <w:top w:val="single" w:sz="4" w:space="0" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80"/>
-        <w:bottom w:val="single" w:sz="4" w:space="0" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80"/>
+        <w:top w:val="single" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80" w:sz="4" w:space="0"/>
+        <w:bottom w:val="single" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80" w:sz="4" w:space="0"/>
       </w:tblBorders>
     </w:tblPr>
     <w:tblStylePr w:type="firstRow">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
-          <w:bottom w:val="single" w:sz="4" w:space="0" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80"/>
+          <w:bottom w:val="single" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80" w:sz="4" w:space="0"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastRow">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
-          <w:top w:val="single" w:sz="4" w:space="0" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80"/>
+          <w:top w:val="single" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80" w:sz="4" w:space="0"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="firstCol">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastCol">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Vert">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
-          <w:left w:val="single" w:sz="4" w:space="0" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80"/>
-          <w:right w:val="single" w:sz="4" w:space="0" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80"/>
+          <w:left w:val="single" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80" w:sz="4" w:space="0"/>
+          <w:right w:val="single" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80" w:sz="4" w:space="0"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band2Vert">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
-          <w:left w:val="single" w:sz="4" w:space="0" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80"/>
-          <w:right w:val="single" w:sz="4" w:space="0" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80"/>
+          <w:left w:val="single" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80" w:sz="4" w:space="0"/>
+          <w:right w:val="single" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80" w:sz="4" w:space="0"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
-          <w:top w:val="single" w:sz="4" w:space="0" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80"/>
-          <w:bottom w:val="single" w:sz="4" w:space="0" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80"/>
+          <w:top w:val="single" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80" w:sz="4" w:space="0"/>
+          <w:bottom w:val="single" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80" w:sz="4" w:space="0"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
   <w:style w:type="character" w:styleId="Hyperlnk">
     <w:name w:val="Hyperlink"/>
     <w:basedOn w:val="Standardstycketeckensnitt"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00A514B7"/>
     <w:rPr>
       <w:color w:val="006298" w:themeColor="hyperlink"/>
       <w:u w:val="single"/>
     </w:rPr>
   </w:style>
   <w:style w:type="table" w:styleId="Tabellrutnt">
     <w:name w:val="Table Grid"/>
     <w:basedOn w:val="Normaltabell"/>
     <w:uiPriority w:val="59"/>
     <w:rsid w:val="00F413D9"/>
     <w:tblPr>
       <w:tblBorders>
-        <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
-[...4 lines deleted...]
-        <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+        <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+        <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+        <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+        <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+        <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
       </w:tblBorders>
     </w:tblPr>
   </w:style>
   <w:style w:type="table" w:styleId="Ljuslista-dekorfrg1">
     <w:name w:val="Light List Accent 1"/>
     <w:aliases w:val="VGR tabell blue"/>
     <w:basedOn w:val="Normaltabell"/>
     <w:uiPriority w:val="61"/>
     <w:rsid w:val="00827E69"/>
     <w:rPr>
       <w:sz w:val="24"/>
     </w:rPr>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblBorders>
-        <w:top w:val="single" w:sz="4" w:space="0" w:color="006298" w:themeColor="accent1"/>
-[...2 lines deleted...]
-        <w:right w:val="single" w:sz="4" w:space="0" w:color="006298" w:themeColor="accent1"/>
+        <w:top w:val="single" w:color="006298" w:themeColor="accent1" w:sz="4" w:space="0"/>
+        <w:left w:val="single" w:color="006298" w:themeColor="accent1" w:sz="4" w:space="0"/>
+        <w:bottom w:val="single" w:color="006298" w:themeColor="accent1" w:sz="4" w:space="0"/>
+        <w:right w:val="single" w:color="006298" w:themeColor="accent1" w:sz="4" w:space="0"/>
       </w:tblBorders>
     </w:tblPr>
     <w:tblStylePr w:type="firstRow">
       <w:pPr>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:rPr>
         <w:b/>
         <w:bCs/>
         <w:color w:val="FFFFFF" w:themeColor="background1"/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="006298" w:themeFill="accent1"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastRow">
       <w:pPr>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
-          <w:top w:val="double" w:sz="6" w:space="0" w:color="006298" w:themeColor="accent1"/>
-[...2 lines deleted...]
-          <w:right w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
+          <w:top w:val="double" w:color="006298" w:themeColor="accent1" w:sz="6" w:space="0"/>
+          <w:left w:val="single" w:color="006298" w:themeColor="accent1" w:sz="8" w:space="0"/>
+          <w:bottom w:val="single" w:color="006298" w:themeColor="accent1" w:sz="8" w:space="0"/>
+          <w:right w:val="single" w:color="006298" w:themeColor="accent1" w:sz="8" w:space="0"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="firstCol">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastCol">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Vert">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
-          <w:top w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
-[...2 lines deleted...]
-          <w:right w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
+          <w:top w:val="single" w:color="006298" w:themeColor="accent1" w:sz="8" w:space="0"/>
+          <w:left w:val="single" w:color="006298" w:themeColor="accent1" w:sz="8" w:space="0"/>
+          <w:bottom w:val="single" w:color="006298" w:themeColor="accent1" w:sz="8" w:space="0"/>
+          <w:right w:val="single" w:color="006298" w:themeColor="accent1" w:sz="8" w:space="0"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
-          <w:top w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
-[...2 lines deleted...]
-          <w:right w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
+          <w:top w:val="single" w:color="006298" w:themeColor="accent1" w:sz="8" w:space="0"/>
+          <w:left w:val="single" w:color="006298" w:themeColor="accent1" w:sz="8" w:space="0"/>
+          <w:bottom w:val="single" w:color="006298" w:themeColor="accent1" w:sz="8" w:space="0"/>
+          <w:right w:val="single" w:color="006298" w:themeColor="accent1" w:sz="8" w:space="0"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
   <w:style w:type="table" w:styleId="Ljustrutnt-dekorfrg6">
     <w:name w:val="Light Grid Accent 6"/>
     <w:basedOn w:val="Normaltabell"/>
     <w:uiPriority w:val="62"/>
     <w:rsid w:val="00397F54"/>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblBorders>
-        <w:top w:val="single" w:sz="8" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
-[...4 lines deleted...]
-        <w:insideV w:val="single" w:sz="8" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
+        <w:top w:val="single" w:color="71B2C9" w:themeColor="accent6" w:sz="8" w:space="0"/>
+        <w:left w:val="single" w:color="71B2C9" w:themeColor="accent6" w:sz="8" w:space="0"/>
+        <w:bottom w:val="single" w:color="71B2C9" w:themeColor="accent6" w:sz="8" w:space="0"/>
+        <w:right w:val="single" w:color="71B2C9" w:themeColor="accent6" w:sz="8" w:space="0"/>
+        <w:insideH w:val="single" w:color="71B2C9" w:themeColor="accent6" w:sz="8" w:space="0"/>
+        <w:insideV w:val="single" w:color="71B2C9" w:themeColor="accent6" w:sz="8" w:space="0"/>
       </w:tblBorders>
     </w:tblPr>
     <w:tblStylePr w:type="firstRow">
       <w:pPr>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+        <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
         <w:b/>
         <w:bCs/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
-          <w:top w:val="single" w:sz="8" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
-[...2 lines deleted...]
-          <w:right w:val="single" w:sz="8" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
+          <w:top w:val="single" w:color="71B2C9" w:themeColor="accent6" w:sz="8" w:space="0"/>
+          <w:left w:val="single" w:color="71B2C9" w:themeColor="accent6" w:sz="8" w:space="0"/>
+          <w:bottom w:val="single" w:color="71B2C9" w:themeColor="accent6" w:sz="18" w:space="0"/>
+          <w:right w:val="single" w:color="71B2C9" w:themeColor="accent6" w:sz="8" w:space="0"/>
           <w:insideH w:val="nil"/>
-          <w:insideV w:val="single" w:sz="8" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
+          <w:insideV w:val="single" w:color="71B2C9" w:themeColor="accent6" w:sz="8" w:space="0"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastRow">
       <w:pPr>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+        <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
         <w:b/>
         <w:bCs/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
-          <w:top w:val="double" w:sz="6" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
-[...2 lines deleted...]
-          <w:right w:val="single" w:sz="8" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
+          <w:top w:val="double" w:color="71B2C9" w:themeColor="accent6" w:sz="6" w:space="0"/>
+          <w:left w:val="single" w:color="71B2C9" w:themeColor="accent6" w:sz="8" w:space="0"/>
+          <w:bottom w:val="single" w:color="71B2C9" w:themeColor="accent6" w:sz="8" w:space="0"/>
+          <w:right w:val="single" w:color="71B2C9" w:themeColor="accent6" w:sz="8" w:space="0"/>
           <w:insideH w:val="nil"/>
-          <w:insideV w:val="single" w:sz="8" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
+          <w:insideV w:val="single" w:color="71B2C9" w:themeColor="accent6" w:sz="8" w:space="0"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="firstCol">
       <w:rPr>
-        <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+        <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
         <w:b/>
         <w:bCs/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastCol">
       <w:rPr>
-        <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+        <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
         <w:b/>
         <w:bCs/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
-          <w:top w:val="single" w:sz="8" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
-[...2 lines deleted...]
-          <w:right w:val="single" w:sz="8" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
+          <w:top w:val="single" w:color="71B2C9" w:themeColor="accent6" w:sz="8" w:space="0"/>
+          <w:left w:val="single" w:color="71B2C9" w:themeColor="accent6" w:sz="8" w:space="0"/>
+          <w:bottom w:val="single" w:color="71B2C9" w:themeColor="accent6" w:sz="8" w:space="0"/>
+          <w:right w:val="single" w:color="71B2C9" w:themeColor="accent6" w:sz="8" w:space="0"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Vert">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
-          <w:top w:val="single" w:sz="8" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
-[...2 lines deleted...]
-          <w:right w:val="single" w:sz="8" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
+          <w:top w:val="single" w:color="71B2C9" w:themeColor="accent6" w:sz="8" w:space="0"/>
+          <w:left w:val="single" w:color="71B2C9" w:themeColor="accent6" w:sz="8" w:space="0"/>
+          <w:bottom w:val="single" w:color="71B2C9" w:themeColor="accent6" w:sz="8" w:space="0"/>
+          <w:right w:val="single" w:color="71B2C9" w:themeColor="accent6" w:sz="8" w:space="0"/>
         </w:tcBorders>
         <w:shd w:val="clear" w:color="auto" w:fill="DBEBF1" w:themeFill="accent6" w:themeFillTint="3F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
-          <w:top w:val="single" w:sz="8" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
-[...3 lines deleted...]
-          <w:insideV w:val="single" w:sz="8" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
+          <w:top w:val="single" w:color="71B2C9" w:themeColor="accent6" w:sz="8" w:space="0"/>
+          <w:left w:val="single" w:color="71B2C9" w:themeColor="accent6" w:sz="8" w:space="0"/>
+          <w:bottom w:val="single" w:color="71B2C9" w:themeColor="accent6" w:sz="8" w:space="0"/>
+          <w:right w:val="single" w:color="71B2C9" w:themeColor="accent6" w:sz="8" w:space="0"/>
+          <w:insideV w:val="single" w:color="71B2C9" w:themeColor="accent6" w:sz="8" w:space="0"/>
         </w:tcBorders>
         <w:shd w:val="clear" w:color="auto" w:fill="DBEBF1" w:themeFill="accent6" w:themeFillTint="3F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band2Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
-          <w:top w:val="single" w:sz="8" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
-[...3 lines deleted...]
-          <w:insideV w:val="single" w:sz="8" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
+          <w:top w:val="single" w:color="71B2C9" w:themeColor="accent6" w:sz="8" w:space="0"/>
+          <w:left w:val="single" w:color="71B2C9" w:themeColor="accent6" w:sz="8" w:space="0"/>
+          <w:bottom w:val="single" w:color="71B2C9" w:themeColor="accent6" w:sz="8" w:space="0"/>
+          <w:right w:val="single" w:color="71B2C9" w:themeColor="accent6" w:sz="8" w:space="0"/>
+          <w:insideV w:val="single" w:color="71B2C9" w:themeColor="accent6" w:sz="8" w:space="0"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
   <w:style w:type="table" w:styleId="Ljustrutnt-dekorfrg1">
     <w:name w:val="Light Grid Accent 1"/>
     <w:basedOn w:val="Normaltabell"/>
     <w:uiPriority w:val="62"/>
     <w:rsid w:val="00397F54"/>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblBorders>
-        <w:top w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
-[...4 lines deleted...]
-        <w:insideV w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
+        <w:top w:val="single" w:color="006298" w:themeColor="accent1" w:sz="8" w:space="0"/>
+        <w:left w:val="single" w:color="006298" w:themeColor="accent1" w:sz="8" w:space="0"/>
+        <w:bottom w:val="single" w:color="006298" w:themeColor="accent1" w:sz="8" w:space="0"/>
+        <w:right w:val="single" w:color="006298" w:themeColor="accent1" w:sz="8" w:space="0"/>
+        <w:insideH w:val="single" w:color="006298" w:themeColor="accent1" w:sz="8" w:space="0"/>
+        <w:insideV w:val="single" w:color="006298" w:themeColor="accent1" w:sz="8" w:space="0"/>
       </w:tblBorders>
     </w:tblPr>
     <w:tblStylePr w:type="firstRow">
       <w:pPr>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+        <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
         <w:b/>
         <w:bCs/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
-          <w:top w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
-[...2 lines deleted...]
-          <w:right w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
+          <w:top w:val="single" w:color="006298" w:themeColor="accent1" w:sz="8" w:space="0"/>
+          <w:left w:val="single" w:color="006298" w:themeColor="accent1" w:sz="8" w:space="0"/>
+          <w:bottom w:val="single" w:color="006298" w:themeColor="accent1" w:sz="18" w:space="0"/>
+          <w:right w:val="single" w:color="006298" w:themeColor="accent1" w:sz="8" w:space="0"/>
           <w:insideH w:val="nil"/>
-          <w:insideV w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
+          <w:insideV w:val="single" w:color="006298" w:themeColor="accent1" w:sz="8" w:space="0"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastRow">
       <w:pPr>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+        <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
         <w:b/>
         <w:bCs/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
-          <w:top w:val="double" w:sz="6" w:space="0" w:color="006298" w:themeColor="accent1"/>
-[...2 lines deleted...]
-          <w:right w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
+          <w:top w:val="double" w:color="006298" w:themeColor="accent1" w:sz="6" w:space="0"/>
+          <w:left w:val="single" w:color="006298" w:themeColor="accent1" w:sz="8" w:space="0"/>
+          <w:bottom w:val="single" w:color="006298" w:themeColor="accent1" w:sz="8" w:space="0"/>
+          <w:right w:val="single" w:color="006298" w:themeColor="accent1" w:sz="8" w:space="0"/>
           <w:insideH w:val="nil"/>
-          <w:insideV w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
+          <w:insideV w:val="single" w:color="006298" w:themeColor="accent1" w:sz="8" w:space="0"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="firstCol">
       <w:rPr>
-        <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+        <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
         <w:b/>
         <w:bCs/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastCol">
       <w:rPr>
-        <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+        <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
         <w:b/>
         <w:bCs/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
-          <w:top w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
-[...2 lines deleted...]
-          <w:right w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
+          <w:top w:val="single" w:color="006298" w:themeColor="accent1" w:sz="8" w:space="0"/>
+          <w:left w:val="single" w:color="006298" w:themeColor="accent1" w:sz="8" w:space="0"/>
+          <w:bottom w:val="single" w:color="006298" w:themeColor="accent1" w:sz="8" w:space="0"/>
+          <w:right w:val="single" w:color="006298" w:themeColor="accent1" w:sz="8" w:space="0"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Vert">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
-          <w:top w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
-[...2 lines deleted...]
-          <w:right w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
+          <w:top w:val="single" w:color="006298" w:themeColor="accent1" w:sz="8" w:space="0"/>
+          <w:left w:val="single" w:color="006298" w:themeColor="accent1" w:sz="8" w:space="0"/>
+          <w:bottom w:val="single" w:color="006298" w:themeColor="accent1" w:sz="8" w:space="0"/>
+          <w:right w:val="single" w:color="006298" w:themeColor="accent1" w:sz="8" w:space="0"/>
         </w:tcBorders>
         <w:shd w:val="clear" w:color="auto" w:fill="A6DFFF" w:themeFill="accent1" w:themeFillTint="3F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
-          <w:top w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
-[...3 lines deleted...]
-          <w:insideV w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
+          <w:top w:val="single" w:color="006298" w:themeColor="accent1" w:sz="8" w:space="0"/>
+          <w:left w:val="single" w:color="006298" w:themeColor="accent1" w:sz="8" w:space="0"/>
+          <w:bottom w:val="single" w:color="006298" w:themeColor="accent1" w:sz="8" w:space="0"/>
+          <w:right w:val="single" w:color="006298" w:themeColor="accent1" w:sz="8" w:space="0"/>
+          <w:insideV w:val="single" w:color="006298" w:themeColor="accent1" w:sz="8" w:space="0"/>
         </w:tcBorders>
         <w:shd w:val="clear" w:color="auto" w:fill="A6DFFF" w:themeFill="accent1" w:themeFillTint="3F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band2Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
-          <w:top w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
-[...3 lines deleted...]
-          <w:insideV w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
+          <w:top w:val="single" w:color="006298" w:themeColor="accent1" w:sz="8" w:space="0"/>
+          <w:left w:val="single" w:color="006298" w:themeColor="accent1" w:sz="8" w:space="0"/>
+          <w:bottom w:val="single" w:color="006298" w:themeColor="accent1" w:sz="8" w:space="0"/>
+          <w:right w:val="single" w:color="006298" w:themeColor="accent1" w:sz="8" w:space="0"/>
+          <w:insideV w:val="single" w:color="006298" w:themeColor="accent1" w:sz="8" w:space="0"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
   <w:style w:type="table" w:styleId="Mellanmrkskuggning1-dekorfrg1">
     <w:name w:val="Medium Shading 1 Accent 1"/>
     <w:basedOn w:val="Normaltabell"/>
     <w:uiPriority w:val="63"/>
     <w:rsid w:val="00397F54"/>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblBorders>
-        <w:top w:val="single" w:sz="8" w:space="0" w:color="009BF1" w:themeColor="accent1" w:themeTint="BF"/>
-[...3 lines deleted...]
-        <w:insideH w:val="single" w:sz="8" w:space="0" w:color="009BF1" w:themeColor="accent1" w:themeTint="BF"/>
+        <w:top w:val="single" w:color="009BF1" w:themeColor="accent1" w:themeTint="BF" w:sz="8" w:space="0"/>
+        <w:left w:val="single" w:color="009BF1" w:themeColor="accent1" w:themeTint="BF" w:sz="8" w:space="0"/>
+        <w:bottom w:val="single" w:color="009BF1" w:themeColor="accent1" w:themeTint="BF" w:sz="8" w:space="0"/>
+        <w:right w:val="single" w:color="009BF1" w:themeColor="accent1" w:themeTint="BF" w:sz="8" w:space="0"/>
+        <w:insideH w:val="single" w:color="009BF1" w:themeColor="accent1" w:themeTint="BF" w:sz="8" w:space="0"/>
       </w:tblBorders>
     </w:tblPr>
     <w:tblStylePr w:type="firstRow">
       <w:pPr>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:rPr>
         <w:b/>
         <w:bCs/>
         <w:color w:val="FFFFFF" w:themeColor="background1"/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
-          <w:top w:val="single" w:sz="8" w:space="0" w:color="009BF1" w:themeColor="accent1" w:themeTint="BF"/>
-[...2 lines deleted...]
-          <w:right w:val="single" w:sz="8" w:space="0" w:color="009BF1" w:themeColor="accent1" w:themeTint="BF"/>
+          <w:top w:val="single" w:color="009BF1" w:themeColor="accent1" w:themeTint="BF" w:sz="8" w:space="0"/>
+          <w:left w:val="single" w:color="009BF1" w:themeColor="accent1" w:themeTint="BF" w:sz="8" w:space="0"/>
+          <w:bottom w:val="single" w:color="009BF1" w:themeColor="accent1" w:themeTint="BF" w:sz="8" w:space="0"/>
+          <w:right w:val="single" w:color="009BF1" w:themeColor="accent1" w:themeTint="BF" w:sz="8" w:space="0"/>
           <w:insideH w:val="nil"/>
           <w:insideV w:val="nil"/>
         </w:tcBorders>
         <w:shd w:val="clear" w:color="auto" w:fill="006298" w:themeFill="accent1"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastRow">
       <w:pPr>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
-          <w:top w:val="double" w:sz="6" w:space="0" w:color="009BF1" w:themeColor="accent1" w:themeTint="BF"/>
-[...2 lines deleted...]
-          <w:right w:val="single" w:sz="8" w:space="0" w:color="009BF1" w:themeColor="accent1" w:themeTint="BF"/>
+          <w:top w:val="double" w:color="009BF1" w:themeColor="accent1" w:themeTint="BF" w:sz="6" w:space="0"/>
+          <w:left w:val="single" w:color="009BF1" w:themeColor="accent1" w:themeTint="BF" w:sz="8" w:space="0"/>
+          <w:bottom w:val="single" w:color="009BF1" w:themeColor="accent1" w:themeTint="BF" w:sz="8" w:space="0"/>
+          <w:right w:val="single" w:color="009BF1" w:themeColor="accent1" w:themeTint="BF" w:sz="8" w:space="0"/>
           <w:insideH w:val="nil"/>
           <w:insideV w:val="nil"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="firstCol">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastCol">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Vert">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="A6DFFF" w:themeFill="accent1" w:themeFillTint="3F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
@@ -13292,94 +13328,94 @@
           <w:insideH w:val="nil"/>
           <w:insideV w:val="nil"/>
         </w:tcBorders>
         <w:shd w:val="clear" w:color="auto" w:fill="A6DFFF" w:themeFill="accent1" w:themeFillTint="3F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band2Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:insideH w:val="nil"/>
           <w:insideV w:val="nil"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
   <w:style w:type="table" w:styleId="Mellanmrkskuggning1-dekorfrg6">
     <w:name w:val="Medium Shading 1 Accent 6"/>
     <w:basedOn w:val="Normaltabell"/>
     <w:uiPriority w:val="63"/>
     <w:rsid w:val="00397F54"/>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblBorders>
-        <w:top w:val="single" w:sz="8" w:space="0" w:color="94C5D6" w:themeColor="accent6" w:themeTint="BF"/>
-[...3 lines deleted...]
-        <w:insideH w:val="single" w:sz="8" w:space="0" w:color="94C5D6" w:themeColor="accent6" w:themeTint="BF"/>
+        <w:top w:val="single" w:color="94C5D6" w:themeColor="accent6" w:themeTint="BF" w:sz="8" w:space="0"/>
+        <w:left w:val="single" w:color="94C5D6" w:themeColor="accent6" w:themeTint="BF" w:sz="8" w:space="0"/>
+        <w:bottom w:val="single" w:color="94C5D6" w:themeColor="accent6" w:themeTint="BF" w:sz="8" w:space="0"/>
+        <w:right w:val="single" w:color="94C5D6" w:themeColor="accent6" w:themeTint="BF" w:sz="8" w:space="0"/>
+        <w:insideH w:val="single" w:color="94C5D6" w:themeColor="accent6" w:themeTint="BF" w:sz="8" w:space="0"/>
       </w:tblBorders>
     </w:tblPr>
     <w:tblStylePr w:type="firstRow">
       <w:pPr>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:rPr>
         <w:b/>
         <w:bCs/>
         <w:color w:val="FFFFFF" w:themeColor="background1"/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
-          <w:top w:val="single" w:sz="8" w:space="0" w:color="94C5D6" w:themeColor="accent6" w:themeTint="BF"/>
-[...2 lines deleted...]
-          <w:right w:val="single" w:sz="8" w:space="0" w:color="94C5D6" w:themeColor="accent6" w:themeTint="BF"/>
+          <w:top w:val="single" w:color="94C5D6" w:themeColor="accent6" w:themeTint="BF" w:sz="8" w:space="0"/>
+          <w:left w:val="single" w:color="94C5D6" w:themeColor="accent6" w:themeTint="BF" w:sz="8" w:space="0"/>
+          <w:bottom w:val="single" w:color="94C5D6" w:themeColor="accent6" w:themeTint="BF" w:sz="8" w:space="0"/>
+          <w:right w:val="single" w:color="94C5D6" w:themeColor="accent6" w:themeTint="BF" w:sz="8" w:space="0"/>
           <w:insideH w:val="nil"/>
           <w:insideV w:val="nil"/>
         </w:tcBorders>
         <w:shd w:val="clear" w:color="auto" w:fill="71B2C9" w:themeFill="accent6"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastRow">
       <w:pPr>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
-          <w:top w:val="double" w:sz="6" w:space="0" w:color="94C5D6" w:themeColor="accent6" w:themeTint="BF"/>
-[...2 lines deleted...]
-          <w:right w:val="single" w:sz="8" w:space="0" w:color="94C5D6" w:themeColor="accent6" w:themeTint="BF"/>
+          <w:top w:val="double" w:color="94C5D6" w:themeColor="accent6" w:themeTint="BF" w:sz="6" w:space="0"/>
+          <w:left w:val="single" w:color="94C5D6" w:themeColor="accent6" w:themeTint="BF" w:sz="8" w:space="0"/>
+          <w:bottom w:val="single" w:color="94C5D6" w:themeColor="accent6" w:themeTint="BF" w:sz="8" w:space="0"/>
+          <w:right w:val="single" w:color="94C5D6" w:themeColor="accent6" w:themeTint="BF" w:sz="8" w:space="0"/>
           <w:insideH w:val="nil"/>
           <w:insideV w:val="nil"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="firstCol">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastCol">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Vert">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="DBEBF1" w:themeFill="accent6" w:themeFillTint="3F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
@@ -13388,498 +13424,498 @@
           <w:insideH w:val="nil"/>
           <w:insideV w:val="nil"/>
         </w:tcBorders>
         <w:shd w:val="clear" w:color="auto" w:fill="DBEBF1" w:themeFill="accent6" w:themeFillTint="3F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band2Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:insideH w:val="nil"/>
           <w:insideV w:val="nil"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
   <w:style w:type="table" w:styleId="Ljuslista-dekorfrg6">
     <w:name w:val="Light List Accent 6"/>
     <w:basedOn w:val="Normaltabell"/>
     <w:uiPriority w:val="61"/>
     <w:rsid w:val="00397F54"/>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblBorders>
-        <w:top w:val="single" w:sz="8" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
-[...2 lines deleted...]
-        <w:right w:val="single" w:sz="8" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
+        <w:top w:val="single" w:color="71B2C9" w:themeColor="accent6" w:sz="8" w:space="0"/>
+        <w:left w:val="single" w:color="71B2C9" w:themeColor="accent6" w:sz="8" w:space="0"/>
+        <w:bottom w:val="single" w:color="71B2C9" w:themeColor="accent6" w:sz="8" w:space="0"/>
+        <w:right w:val="single" w:color="71B2C9" w:themeColor="accent6" w:sz="8" w:space="0"/>
       </w:tblBorders>
     </w:tblPr>
     <w:tblStylePr w:type="firstRow">
       <w:pPr>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:rPr>
         <w:b/>
         <w:bCs/>
         <w:color w:val="FFFFFF" w:themeColor="background1"/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="71B2C9" w:themeFill="accent6"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastRow">
       <w:pPr>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
-          <w:top w:val="double" w:sz="6" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
-[...2 lines deleted...]
-          <w:right w:val="single" w:sz="8" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
+          <w:top w:val="double" w:color="71B2C9" w:themeColor="accent6" w:sz="6" w:space="0"/>
+          <w:left w:val="single" w:color="71B2C9" w:themeColor="accent6" w:sz="8" w:space="0"/>
+          <w:bottom w:val="single" w:color="71B2C9" w:themeColor="accent6" w:sz="8" w:space="0"/>
+          <w:right w:val="single" w:color="71B2C9" w:themeColor="accent6" w:sz="8" w:space="0"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="firstCol">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastCol">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Vert">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
-          <w:top w:val="single" w:sz="8" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
-[...2 lines deleted...]
-          <w:right w:val="single" w:sz="8" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
+          <w:top w:val="single" w:color="71B2C9" w:themeColor="accent6" w:sz="8" w:space="0"/>
+          <w:left w:val="single" w:color="71B2C9" w:themeColor="accent6" w:sz="8" w:space="0"/>
+          <w:bottom w:val="single" w:color="71B2C9" w:themeColor="accent6" w:sz="8" w:space="0"/>
+          <w:right w:val="single" w:color="71B2C9" w:themeColor="accent6" w:sz="8" w:space="0"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
-          <w:top w:val="single" w:sz="8" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
-[...2 lines deleted...]
-          <w:right w:val="single" w:sz="8" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
+          <w:top w:val="single" w:color="71B2C9" w:themeColor="accent6" w:sz="8" w:space="0"/>
+          <w:left w:val="single" w:color="71B2C9" w:themeColor="accent6" w:sz="8" w:space="0"/>
+          <w:bottom w:val="single" w:color="71B2C9" w:themeColor="accent6" w:sz="8" w:space="0"/>
+          <w:right w:val="single" w:color="71B2C9" w:themeColor="accent6" w:sz="8" w:space="0"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
   <w:style w:type="table" w:styleId="Ljusskuggning-dekorfrg1">
     <w:name w:val="Light Shading Accent 1"/>
     <w:basedOn w:val="Normaltabell"/>
     <w:uiPriority w:val="60"/>
     <w:rsid w:val="00C4115D"/>
     <w:rPr>
       <w:color w:val="004971" w:themeColor="accent1" w:themeShade="BF"/>
     </w:rPr>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblBorders>
-        <w:top w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
-        <w:bottom w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
+        <w:top w:val="single" w:color="006298" w:themeColor="accent1" w:sz="8" w:space="0"/>
+        <w:bottom w:val="single" w:color="006298" w:themeColor="accent1" w:sz="8" w:space="0"/>
       </w:tblBorders>
     </w:tblPr>
     <w:tblStylePr w:type="firstRow">
       <w:pPr>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
-          <w:top w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
+          <w:top w:val="single" w:color="006298" w:themeColor="accent1" w:sz="8" w:space="0"/>
           <w:left w:val="nil"/>
-          <w:bottom w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
+          <w:bottom w:val="single" w:color="006298" w:themeColor="accent1" w:sz="8" w:space="0"/>
           <w:right w:val="nil"/>
           <w:insideH w:val="nil"/>
           <w:insideV w:val="nil"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastRow">
       <w:pPr>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
-          <w:top w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
+          <w:top w:val="single" w:color="006298" w:themeColor="accent1" w:sz="8" w:space="0"/>
           <w:left w:val="nil"/>
-          <w:bottom w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
+          <w:bottom w:val="single" w:color="006298" w:themeColor="accent1" w:sz="8" w:space="0"/>
           <w:right w:val="nil"/>
           <w:insideH w:val="nil"/>
           <w:insideV w:val="nil"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="firstCol">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastCol">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Vert">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:left w:val="nil"/>
           <w:right w:val="nil"/>
           <w:insideH w:val="nil"/>
           <w:insideV w:val="nil"/>
         </w:tcBorders>
         <w:shd w:val="clear" w:color="auto" w:fill="A6DFFF" w:themeFill="accent1" w:themeFillTint="3F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:left w:val="nil"/>
           <w:right w:val="nil"/>
           <w:insideH w:val="nil"/>
           <w:insideV w:val="nil"/>
         </w:tcBorders>
         <w:shd w:val="clear" w:color="auto" w:fill="A6DFFF" w:themeFill="accent1" w:themeFillTint="3F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="table" w:customStyle="1" w:styleId="VGRtabell">
+  <w:style w:type="table" w:styleId="VGRtabell" w:customStyle="1">
     <w:name w:val="VGR tabell"/>
     <w:basedOn w:val="Normaltabell"/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="00016CF0"/>
     <w:pPr>
       <w:contextualSpacing/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
       <w:sz w:val="24"/>
     </w:rPr>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblBorders>
-        <w:top w:val="single" w:sz="4" w:space="0" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
-[...4 lines deleted...]
-        <w:insideV w:val="single" w:sz="4" w:space="0" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
+        <w:top w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="4" w:space="0"/>
+        <w:left w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="4" w:space="0"/>
+        <w:bottom w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="4" w:space="0"/>
+        <w:right w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="4" w:space="0"/>
+        <w:insideH w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="4" w:space="0"/>
+        <w:insideV w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="4" w:space="0"/>
       </w:tblBorders>
     </w:tblPr>
     <w:trPr>
       <w:cantSplit/>
     </w:trPr>
     <w:tcPr>
       <w:tcMar>
         <w:top w:w="113" w:type="dxa"/>
         <w:bottom w:w="113" w:type="dxa"/>
       </w:tcMar>
       <w:vAlign w:val="center"/>
     </w:tcPr>
     <w:tblStylePr w:type="firstRow">
       <w:rPr>
         <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
         <w:b/>
         <w:bCs/>
         <w:sz w:val="24"/>
       </w:rPr>
       <w:tblPr/>
       <w:trPr>
         <w:tblHeader/>
       </w:trPr>
       <w:tcPr>
         <w:tcBorders>
-          <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastRow">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
-          <w:top w:val="double" w:sz="4" w:space="0" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
+          <w:top w:val="double" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="4" w:space="0"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="firstCol">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastCol">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Vert">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="table" w:customStyle="1" w:styleId="Oformateradtabell51">
+  <w:style w:type="table" w:styleId="Oformateradtabell51" w:customStyle="1">
     <w:name w:val="Oformaterad tabell 51"/>
     <w:basedOn w:val="Normaltabell"/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="008E682C"/>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
     </w:tblPr>
     <w:tblStylePr w:type="firstRow">
       <w:rPr>
-        <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+        <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
         <w:i/>
         <w:iCs/>
         <w:sz w:val="26"/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
-          <w:bottom w:val="single" w:sz="4" w:space="0" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80"/>
+          <w:bottom w:val="single" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80" w:sz="4" w:space="0"/>
         </w:tcBorders>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastRow">
       <w:rPr>
-        <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+        <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
         <w:i/>
         <w:iCs/>
         <w:sz w:val="26"/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
-          <w:top w:val="single" w:sz="4" w:space="0" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80"/>
+          <w:top w:val="single" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80" w:sz="4" w:space="0"/>
         </w:tcBorders>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="firstCol">
       <w:pPr>
         <w:jc w:val="right"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+        <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
         <w:i/>
         <w:iCs/>
         <w:sz w:val="26"/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
-          <w:right w:val="single" w:sz="4" w:space="0" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80"/>
+          <w:right w:val="single" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80" w:sz="4" w:space="0"/>
         </w:tcBorders>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastCol">
       <w:rPr>
-        <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+        <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
         <w:i/>
         <w:iCs/>
         <w:sz w:val="26"/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
-          <w:left w:val="single" w:sz="4" w:space="0" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80"/>
+          <w:left w:val="single" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80" w:sz="4" w:space="0"/>
         </w:tcBorders>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Vert">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="neCell">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:left w:val="nil"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="nwCell">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:right w:val="nil"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="seCell">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:left w:val="nil"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="swCell">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:right w:val="nil"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="Tabellrubrik">
+  <w:style w:type="paragraph" w:styleId="Tabellrubrik" w:customStyle="1">
     <w:name w:val="Tabellrubrik"/>
     <w:basedOn w:val="Normal"/>
     <w:uiPriority w:val="3"/>
     <w:semiHidden/>
     <w:qFormat/>
     <w:rsid w:val="00B33FDD"/>
     <w:pPr>
       <w:spacing w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
       <w:bCs/>
       <w:color w:val="000000" w:themeColor="text1"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Punktlista">
     <w:name w:val="List Bullet"/>
     <w:basedOn w:val="Normal"/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:rsid w:val="002935B0"/>
     <w:pPr>
       <w:numPr>
         <w:numId w:val="14"/>
       </w:numPr>
       <w:tabs>
         <w:tab w:val="left" w:pos="1349"/>
       </w:tabs>
       <w:contextualSpacing/>
     </w:pPr>
   </w:style>
   <w:style w:type="table" w:styleId="Oformateradtabell3">
     <w:name w:val="Plain Table 3"/>
     <w:basedOn w:val="Normaltabell"/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="002E263F"/>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
     </w:tblPr>
     <w:tblStylePr w:type="firstRow">
       <w:rPr>
         <w:b/>
         <w:bCs/>
         <w:caps/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
-          <w:bottom w:val="single" w:sz="4" w:space="0" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80"/>
+          <w:bottom w:val="single" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80" w:sz="4" w:space="0"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastRow">
       <w:rPr>
         <w:b/>
         <w:bCs/>
         <w:caps/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:top w:val="nil"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="firstCol">
       <w:rPr>
         <w:b/>
         <w:bCs/>
         <w:caps/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
-          <w:right w:val="single" w:sz="4" w:space="0" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80"/>
+          <w:right w:val="single" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80" w:sz="4" w:space="0"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastCol">
       <w:rPr>
         <w:b/>
         <w:bCs/>
         <w:caps/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:left w:val="nil"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Vert">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
@@ -13945,452 +13981,452 @@
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Beskrivning">
     <w:name w:val="caption"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:rsid w:val="00404948"/>
     <w:pPr>
       <w:spacing w:after="200" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:i/>
       <w:iCs/>
       <w:color w:val="000000" w:themeColor="text2"/>
       <w:sz w:val="18"/>
       <w:szCs w:val="18"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="SidhuvudChar">
+  <w:style w:type="character" w:styleId="SidhuvudChar" w:customStyle="1">
     <w:name w:val="Sidhuvud Char"/>
     <w:aliases w:val="(Ledtexter) Char"/>
     <w:basedOn w:val="Standardstycketeckensnitt"/>
     <w:link w:val="Sidhuvud"/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="00133A0F"/>
     <w:rPr>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="Rubrik6Char">
+  <w:style w:type="character" w:styleId="Rubrik6Char" w:customStyle="1">
     <w:name w:val="Rubrik 6 Char"/>
     <w:aliases w:val="(Dokumentbenämning) Char"/>
     <w:basedOn w:val="Standardstycketeckensnitt"/>
     <w:link w:val="Rubrik6"/>
     <w:uiPriority w:val="9"/>
     <w:semiHidden/>
     <w:rsid w:val="00B74E9F"/>
     <w:rPr>
-      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
       <w:color w:val="00304B" w:themeColor="accent1" w:themeShade="7F"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="Rubrik7Char">
+  <w:style w:type="character" w:styleId="Rubrik7Char" w:customStyle="1">
     <w:name w:val="Rubrik 7 Char"/>
     <w:aliases w:val="(Innehållsförteckning) Char"/>
     <w:basedOn w:val="Standardstycketeckensnitt"/>
     <w:link w:val="Rubrik7"/>
     <w:uiPriority w:val="9"/>
     <w:semiHidden/>
     <w:rsid w:val="00B74E9F"/>
     <w:rPr>
-      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
       <w:i/>
       <w:iCs/>
       <w:color w:val="00304B" w:themeColor="accent1" w:themeShade="7F"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="Rubrik9Char">
+  <w:style w:type="character" w:styleId="Rubrik9Char" w:customStyle="1">
     <w:name w:val="Rubrik 9 Char"/>
     <w:basedOn w:val="Standardstycketeckensnitt"/>
     <w:link w:val="Rubrik9"/>
     <w:rsid w:val="00B74E9F"/>
     <w:rPr>
-      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
       <w:i/>
       <w:iCs/>
       <w:color w:val="272727" w:themeColor="text1" w:themeTint="D8"/>
       <w:sz w:val="21"/>
       <w:szCs w:val="21"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="numbering" w:customStyle="1" w:styleId="NoList1">
+  <w:style w:type="numbering" w:styleId="NoList1" w:customStyle="1">
     <w:name w:val="No List1"/>
     <w:next w:val="Ingenlista"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00B74E9F"/>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Brdtext">
     <w:name w:val="Body Text"/>
     <w:aliases w:val="(=Löpande text)"/>
     <w:link w:val="BrdtextChar"/>
     <w:rsid w:val="00B74E9F"/>
     <w:pPr>
       <w:spacing w:after="160"/>
       <w:ind w:left="2676"/>
     </w:pPr>
     <w:rPr>
       <w:sz w:val="24"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="BrdtextChar">
+  <w:style w:type="character" w:styleId="BrdtextChar" w:customStyle="1">
     <w:name w:val="Brödtext Char"/>
     <w:aliases w:val="(=Löpande text) Char"/>
     <w:basedOn w:val="Standardstycketeckensnitt"/>
     <w:link w:val="Brdtext"/>
     <w:rsid w:val="00B74E9F"/>
     <w:rPr>
       <w:sz w:val="24"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Brdtextmedindrag">
     <w:name w:val="Body Text Indent"/>
     <w:basedOn w:val="Normal"/>
     <w:link w:val="BrdtextmedindragChar"/>
     <w:rsid w:val="00B74E9F"/>
     <w:pPr>
       <w:overflowPunct w:val="0"/>
       <w:autoSpaceDE w:val="0"/>
       <w:autoSpaceDN w:val="0"/>
       <w:adjustRightInd w:val="0"/>
       <w:spacing w:line="240" w:lineRule="auto"/>
       <w:ind w:left="3119" w:right="0"/>
       <w:textAlignment w:val="baseline"/>
     </w:pPr>
     <w:rPr>
       <w:szCs w:val="20"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="BrdtextmedindragChar">
+  <w:style w:type="character" w:styleId="BrdtextmedindragChar" w:customStyle="1">
     <w:name w:val="Brödtext med indrag Char"/>
     <w:basedOn w:val="Standardstycketeckensnitt"/>
     <w:link w:val="Brdtextmedindrag"/>
     <w:rsid w:val="00B74E9F"/>
     <w:rPr>
       <w:sz w:val="24"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="Punktlista1">
+  <w:style w:type="paragraph" w:styleId="Punktlista1" w:customStyle="1">
     <w:name w:val="Punktlista 1"/>
     <w:rsid w:val="00B74E9F"/>
     <w:pPr>
       <w:numPr>
         <w:numId w:val="7"/>
       </w:numPr>
       <w:spacing w:after="80"/>
       <w:ind w:left="3033" w:hanging="357"/>
     </w:pPr>
     <w:rPr>
       <w:sz w:val="24"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="Kommentarsreferens">
     <w:name w:val="annotation reference"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00B74E9F"/>
     <w:rPr>
       <w:sz w:val="16"/>
       <w:szCs w:val="16"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Punktlista2">
     <w:name w:val="List Bullet 2"/>
     <w:rsid w:val="00B74E9F"/>
     <w:pPr>
       <w:numPr>
         <w:numId w:val="8"/>
       </w:numPr>
       <w:spacing w:after="80"/>
     </w:pPr>
     <w:rPr>
       <w:sz w:val="24"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Numreradlista">
     <w:name w:val="List Number"/>
     <w:rsid w:val="00B74E9F"/>
     <w:pPr>
       <w:numPr>
         <w:numId w:val="9"/>
       </w:numPr>
       <w:spacing w:after="80"/>
       <w:ind w:left="3033" w:hanging="357"/>
     </w:pPr>
     <w:rPr>
       <w:sz w:val="24"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="Egnauppgifterisidhuvud">
+  <w:style w:type="paragraph" w:styleId="Egnauppgifterisidhuvud" w:customStyle="1">
     <w:name w:val="Egna uppgifter i sidhuvud"/>
     <w:autoRedefine/>
     <w:rsid w:val="00B74E9F"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="left" w:pos="3827"/>
         <w:tab w:val="left" w:pos="5795"/>
       </w:tabs>
     </w:pPr>
     <w:rPr>
       <w:sz w:val="24"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="Dokumenttyp">
+  <w:style w:type="paragraph" w:styleId="Dokumenttyp" w:customStyle="1">
     <w:name w:val="Dokumenttyp"/>
     <w:basedOn w:val="Rubrik7"/>
     <w:rsid w:val="00B74E9F"/>
     <w:pPr>
       <w:keepNext w:val="0"/>
       <w:keepLines w:val="0"/>
       <w:spacing w:before="20" w:line="240" w:lineRule="auto"/>
       <w:ind w:left="0" w:right="0"/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:ascii="Arial Fet" w:eastAsia="Times New Roman" w:hAnsi="Arial Fet" w:cs="Times New Roman"/>
+      <w:rFonts w:ascii="Arial Fet" w:hAnsi="Arial Fet" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
       <w:b/>
       <w:i w:val="0"/>
       <w:iCs w:val="0"/>
       <w:caps/>
       <w:color w:val="auto"/>
       <w:sz w:val="20"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="Ledtextersidhuvudsidfot">
+  <w:style w:type="paragraph" w:styleId="Ledtextersidhuvudsidfot" w:customStyle="1">
     <w:name w:val="Ledtexter sidhuvud/sidfot"/>
     <w:rsid w:val="00B74E9F"/>
     <w:pPr>
       <w:spacing w:before="40"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
       <w:sz w:val="16"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Kommentarer">
     <w:name w:val="annotation text"/>
     <w:basedOn w:val="Normal"/>
     <w:link w:val="KommentarerChar"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00B74E9F"/>
     <w:pPr>
       <w:spacing w:after="160" w:line="240" w:lineRule="auto"/>
       <w:ind w:left="0" w:right="0"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
       <w:sz w:val="20"/>
       <w:szCs w:val="20"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="KommentarerChar">
+  <w:style w:type="character" w:styleId="KommentarerChar" w:customStyle="1">
     <w:name w:val="Kommentarer Char"/>
     <w:basedOn w:val="Standardstycketeckensnitt"/>
     <w:link w:val="Kommentarer"/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="00B74E9F"/>
     <w:rPr>
       <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Kommentarsmne">
     <w:name w:val="annotation subject"/>
     <w:basedOn w:val="Kommentarer"/>
     <w:next w:val="Kommentarer"/>
     <w:link w:val="KommentarsmneChar"/>
     <w:rsid w:val="00B74E9F"/>
     <w:pPr>
       <w:overflowPunct w:val="0"/>
       <w:autoSpaceDE w:val="0"/>
       <w:autoSpaceDN w:val="0"/>
       <w:adjustRightInd w:val="0"/>
       <w:ind w:left="2676"/>
       <w:textAlignment w:val="baseline"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:b/>
       <w:bCs/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="KommentarsmneChar">
+  <w:style w:type="character" w:styleId="KommentarsmneChar" w:customStyle="1">
     <w:name w:val="Kommentarsämne Char"/>
     <w:basedOn w:val="KommentarerChar"/>
     <w:link w:val="Kommentarsmne"/>
     <w:rsid w:val="00B74E9F"/>
     <w:rPr>
       <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
       <w:b/>
       <w:bCs/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="AnvndHyperlnk">
     <w:name w:val="FollowedHyperlink"/>
     <w:rsid w:val="00B74E9F"/>
     <w:rPr>
       <w:color w:val="954F72"/>
       <w:u w:val="single"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="Default">
+  <w:style w:type="paragraph" w:styleId="Default" w:customStyle="1">
     <w:name w:val="Default"/>
     <w:rsid w:val="00B74E9F"/>
     <w:pPr>
       <w:autoSpaceDE w:val="0"/>
       <w:autoSpaceDN w:val="0"/>
       <w:adjustRightInd w:val="0"/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+      <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Calibri" w:cs="Arial"/>
       <w:color w:val="000000"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
       <w:lang w:eastAsia="en-US"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="Rubrikerbilaga">
+  <w:style w:type="paragraph" w:styleId="Rubrikerbilaga" w:customStyle="1">
     <w:name w:val="Rubriker bilaga"/>
     <w:qFormat/>
     <w:rsid w:val="00B74E9F"/>
     <w:pPr>
       <w:spacing w:before="360" w:after="40"/>
       <w:ind w:left="2676"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
       <w:bCs/>
       <w:iCs/>
       <w:sz w:val="28"/>
       <w:szCs w:val="28"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="Bildplacering">
+  <w:style w:type="paragraph" w:styleId="Bildplacering" w:customStyle="1">
     <w:name w:val="Bildplacering"/>
     <w:qFormat/>
     <w:rsid w:val="00B74E9F"/>
     <w:pPr>
       <w:spacing w:after="160"/>
     </w:pPr>
     <w:rPr>
       <w:noProof/>
       <w:sz w:val="24"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Revision">
     <w:name w:val="Revision"/>
     <w:hidden/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:rsid w:val="00B74E9F"/>
     <w:rPr>
       <w:sz w:val="24"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="Olstomnmnande1">
+  <w:style w:type="character" w:styleId="Olstomnmnande1" w:customStyle="1">
     <w:name w:val="Olöst omnämnande1"/>
     <w:basedOn w:val="Standardstycketeckensnitt"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00B74E9F"/>
     <w:rPr>
       <w:color w:val="605E5C"/>
       <w:shd w:val="clear" w:color="auto" w:fill="E1DFDD"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="Olstomnmnande">
     <w:name w:val="Unresolved Mention"/>
     <w:basedOn w:val="Standardstycketeckensnitt"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="007272EA"/>
     <w:rPr>
       <w:color w:val="605E5C"/>
       <w:shd w:val="clear" w:color="auto" w:fill="E1DFDD"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="Punktlistanumrerad">
+  <w:style w:type="paragraph" w:styleId="Punktlistanumrerad" w:customStyle="1">
     <w:name w:val="Punktlista numrerad"/>
     <w:qFormat/>
     <w:rsid w:val="00BF32CF"/>
     <w:pPr>
       <w:numPr>
         <w:numId w:val="20"/>
       </w:numPr>
       <w:tabs>
         <w:tab w:val="left" w:pos="1349"/>
       </w:tabs>
       <w:spacing w:after="120" w:line="288" w:lineRule="auto"/>
       <w:ind w:left="1349" w:right="868" w:hanging="357"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
       <w:sz w:val="24"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Underrubrik">
     <w:name w:val="Subtitle"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:link w:val="UnderrubrikChar"/>
     <w:qFormat/>
     <w:rsid w:val="00BF32CF"/>
     <w:pPr>
       <w:numPr>
         <w:ilvl w:val="1"/>
       </w:numPr>
       <w:spacing w:before="120" w:after="0"/>
       <w:ind w:left="992"/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:ascii="Verdana" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Verdana" w:cstheme="minorBidi"/>
+      <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:eastAsiaTheme="minorEastAsia" w:cstheme="minorBidi"/>
       <w:color w:val="000000" w:themeColor="text2"/>
       <w:szCs w:val="22"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="UnderrubrikChar">
+  <w:style w:type="character" w:styleId="UnderrubrikChar" w:customStyle="1">
     <w:name w:val="Underrubrik Char"/>
     <w:basedOn w:val="Standardstycketeckensnitt"/>
     <w:link w:val="Underrubrik"/>
     <w:rsid w:val="00BF32CF"/>
     <w:rPr>
-      <w:rFonts w:ascii="Verdana" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Verdana" w:cstheme="minorBidi"/>
+      <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:eastAsiaTheme="minorEastAsia" w:cstheme="minorBidi"/>
       <w:color w:val="000000" w:themeColor="text2"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="22"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
   <w:divs>
     <w:div w:id="121657028">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="218060363">
@@ -14761,60 +14797,53 @@
     <a:lnDef>
       <a:spPr/>
       <a:bodyPr/>
       <a:lstStyle/>
       <a:style>
         <a:lnRef idx="2">
           <a:schemeClr val="accent1"/>
         </a:lnRef>
         <a:fillRef idx="0">
           <a:schemeClr val="accent1"/>
         </a:fillRef>
         <a:effectRef idx="1">
           <a:schemeClr val="accent1"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="tx1"/>
         </a:fontRef>
       </a:style>
     </a:lnDef>
   </a:objectDefaults>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
-<Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
-[...18 lines deleted...]
-</Properties>
+<ap:Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:ap="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
+  <ap:Template>Dok_med_omslag_sd_red</ap:Template>
+  <ap:Application>Microsoft Word for the web</ap:Application>
+  <ap:DocSecurity>0</ap:DocSecurity>
+  <ap:ScaleCrop>false</ap:ScaleCrop>
+  <ap:Manager/>
+  <ap:Company/>
+  <ap:SharedDoc>false</ap:SharedDoc>
+  <ap:HyperlinkBase/>
+  <ap:HyperlinksChanged>false</ap:HyperlinksChanged>
+  <ap:AppVersion>16.0000</ap:AppVersion>
+  <ap:LinksUpToDate>false</ap:LinksUpToDate>
+</ap:Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <coreProperties xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns="http://schemas.openxmlformats.org/package/2006/metadata/core-properties">
   <dc:title>Central venös infart (CVI) - inläggning och skötsel vid SÄS</dc:title>
   <dc:subject/>
   <dc:creator>patrik.jens.johansson@vgregion.se</dc:creator>
   <keywords/>
-  <lastModifiedBy>Karin Åhlin</lastModifiedBy>
-  <revision>188</revision>
+  <lastModifiedBy>Christina Björling</lastModifiedBy>
+  <revision>189</revision>
   <lastPrinted>2016-03-31T10:56:00.0000000Z</lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </coreProperties>
 </file>