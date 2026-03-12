--- v0 (2025-11-26)
+++ v1 (2026-03-12)
@@ -1,193 +1,198 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="wmf" ContentType="image/x-wmf"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/footer2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/header2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer3.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
+  <Override PartName="/word/comments.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.comments+xml"/>
+  <Override PartName="/word/commentsIds.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.commentsIds+xml"/>
+  <Override PartName="/word/commentsExtended.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.commentsExtended+xml"/>
+  <Override PartName="/word/commentsExtensible.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.commentsExtensible+xml"/>
+  <Override PartName="/word/people.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.people+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml" Id="rId2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml" Id="rId1" /></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:body>
-    <w:p w14:paraId="0675935F" w14:textId="77777777" w:rsidR="0032017C" w:rsidRPr="0032017C" w:rsidRDefault="0032017C" w:rsidP="00D61C81">
+    <w:p w:rsidRPr="0032017C" w:rsidR="0032017C" w:rsidP="00D61C81" w:rsidRDefault="0032017C" w14:paraId="0675935F" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="Rubrik1"/>
       </w:pPr>
-      <w:bookmarkStart w:id="0" w:name="_Toc314219120"/>
-      <w:bookmarkStart w:id="1" w:name="_Toc321146591"/>
+      <w:bookmarkStart w:name="_Toc314219120" w:id="0"/>
+      <w:bookmarkStart w:name="_Toc321146591" w:id="1"/>
       <w:r w:rsidRPr="0032017C">
         <w:t>Akutläkemedel för HLR respektive anafylaxi, SÄS</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="67A3544A" w14:textId="77777777" w:rsidR="0032017C" w:rsidRPr="0032017C" w:rsidRDefault="0032017C" w:rsidP="00D61C81">
+    <w:p w:rsidRPr="0032017C" w:rsidR="0032017C" w:rsidP="00D61C81" w:rsidRDefault="0032017C" w14:paraId="67A3544A" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="Rubrik2"/>
       </w:pPr>
-      <w:bookmarkStart w:id="2" w:name="_Toc256000056"/>
-[...8 lines deleted...]
-      <w:bookmarkStart w:id="11" w:name="_Toc161213270"/>
+      <w:bookmarkStart w:name="_Toc256000056" w:id="2"/>
+      <w:bookmarkStart w:name="_Toc256000040" w:id="3"/>
+      <w:bookmarkStart w:name="_Toc256000024" w:id="4"/>
+      <w:bookmarkStart w:name="_Toc256000001" w:id="5"/>
+      <w:bookmarkStart w:name="_Toc256000000" w:id="6"/>
+      <w:bookmarkStart w:name="_Toc256000005" w:id="7"/>
+      <w:bookmarkStart w:name="_Toc62638196" w:id="8"/>
+      <w:bookmarkStart w:name="_Toc62652005" w:id="9"/>
+      <w:bookmarkStart w:name="_Toc62654095" w:id="10"/>
+      <w:bookmarkStart w:name="_Toc161213270" w:id="11"/>
       <w:r w:rsidRPr="0032017C">
         <w:t>Sammanfattning</w:t>
       </w:r>
       <w:bookmarkEnd w:id="0"/>
       <w:bookmarkEnd w:id="2"/>
       <w:bookmarkEnd w:id="3"/>
       <w:bookmarkEnd w:id="4"/>
       <w:bookmarkEnd w:id="5"/>
       <w:bookmarkEnd w:id="6"/>
       <w:bookmarkEnd w:id="7"/>
       <w:bookmarkEnd w:id="8"/>
       <w:bookmarkEnd w:id="9"/>
       <w:bookmarkEnd w:id="10"/>
       <w:bookmarkEnd w:id="11"/>
     </w:p>
-    <w:p w14:paraId="033C4D7F" w14:textId="77777777" w:rsidR="00D61C81" w:rsidRDefault="0032017C" w:rsidP="00D61C81">
+    <w:p w:rsidR="00D61C81" w:rsidP="00D61C81" w:rsidRDefault="0032017C" w14:paraId="033C4D7F" w14:textId="77777777">
       <w:r w:rsidRPr="0032017C">
         <w:t>Rutinen beskriver ansvarsförhållanden avseende akutläkemedel för HLR respektive anafylaxi samt innehåll i akutaskar, då det förekommit svårigheter att beställa färdiga sådana via Hamlet.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="71783EF9" w14:textId="77777777" w:rsidR="00D61C81" w:rsidRPr="00AB41BF" w:rsidRDefault="00D61C81" w:rsidP="00D61C81">
+    <w:p w:rsidRPr="00AB41BF" w:rsidR="00D61C81" w:rsidP="00D61C81" w:rsidRDefault="00D61C81" w14:paraId="71783EF9" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="Rubrik2"/>
       </w:pPr>
-      <w:bookmarkStart w:id="12" w:name="_Toc161213271"/>
+      <w:bookmarkStart w:name="_Toc161213271" w:id="12"/>
       <w:r w:rsidRPr="00AB41BF">
         <w:t>Förändringar sedan föregående version</w:t>
       </w:r>
       <w:bookmarkEnd w:id="12"/>
     </w:p>
-    <w:p w14:paraId="40F0D3A5" w14:textId="5411B797" w:rsidR="00D61C81" w:rsidRDefault="00070BCF" w:rsidP="00D61C81">
+    <w:p w:rsidR="00D61C81" w:rsidP="00D61C81" w:rsidRDefault="00070BCF" w14:paraId="40F0D3A5" w14:textId="5411B797">
       <w:r>
         <w:t xml:space="preserve">Uppdaterat </w:t>
       </w:r>
       <w:r w:rsidR="00793B42">
         <w:t>innehåll i akutask för barn samt namn på innehållsansvariga</w:t>
       </w:r>
       <w:r w:rsidR="008733DD">
         <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">i övrigt </w:t>
       </w:r>
       <w:r w:rsidR="008733DD">
         <w:t>oförändrat innehåll.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2228BE75" w14:textId="77777777" w:rsidR="0032017C" w:rsidRPr="00D61C81" w:rsidRDefault="0032017C" w:rsidP="00EB734D">
+    <w:p w:rsidRPr="00D61C81" w:rsidR="0032017C" w:rsidP="00EB734D" w:rsidRDefault="0032017C" w14:paraId="2228BE75" w14:textId="77777777">
       <w:pPr>
         <w:spacing w:before="360" w:after="40" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00D61C81">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>Innehållsförteckning</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1ABA553E" w14:textId="3FD0DD33" w:rsidR="00793B42" w:rsidRDefault="00305F95">
+    <w:p w:rsidR="00793B42" w:rsidRDefault="00305F95" w14:paraId="1ABA553E" w14:textId="3FD0DD33">
       <w:pPr>
         <w:pStyle w:val="Innehll1"/>
         <w:rPr>
-          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:cstheme="minorBidi"/>
           <w:noProof/>
           <w:kern w:val="2"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:noProof/>
           <w:color w:val="0000FF"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="32"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin"/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:noProof/>
           <w:color w:val="0000FF"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="32"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:instrText xml:space="preserve"> TOC \h \z \t "Rubrik 2;1;Rubrik 3;2" </w:instrText>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:noProof/>
           <w:color w:val="0000FF"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="32"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:hyperlink w:anchor="_Toc161213270" w:history="1">
-        <w:r w:rsidR="00793B42" w:rsidRPr="00587C95">
+      <w:hyperlink w:history="1" w:anchor="_Toc161213270">
+        <w:r w:rsidRPr="00587C95" w:rsidR="00793B42">
           <w:rPr>
             <w:rStyle w:val="Hyperlnk"/>
             <w:rFonts w:eastAsia="MS Gothic"/>
             <w:noProof/>
           </w:rPr>
           <w:t>Sammanfattning</w:t>
         </w:r>
         <w:r w:rsidR="00793B42">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
         <w:r w:rsidR="00793B42">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
         <w:r w:rsidR="00793B42">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
@@ -201,63 +206,63 @@
           </w:rPr>
         </w:r>
         <w:r w:rsidR="00793B42">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
         <w:r w:rsidR="00793B42">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:t>1</w:t>
         </w:r>
         <w:r w:rsidR="00793B42">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="7964FE8A" w14:textId="47FFA6C8" w:rsidR="00793B42" w:rsidRDefault="00793B42">
+    <w:p w:rsidR="00793B42" w:rsidRDefault="00793B42" w14:paraId="7964FE8A" w14:textId="47FFA6C8">
       <w:pPr>
         <w:pStyle w:val="Innehll1"/>
         <w:rPr>
-          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:cstheme="minorBidi"/>
           <w:noProof/>
           <w:kern w:val="2"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink w:anchor="_Toc161213271" w:history="1">
+      <w:hyperlink w:history="1" w:anchor="_Toc161213271">
         <w:r w:rsidRPr="00587C95">
           <w:rPr>
             <w:rStyle w:val="Hyperlnk"/>
             <w:rFonts w:eastAsia="MS Gothic"/>
             <w:noProof/>
           </w:rPr>
           <w:t>Förändringar sedan föregående version</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
@@ -272,63 +277,63 @@
           </w:rPr>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:t>1</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="3285FE3A" w14:textId="68E31E15" w:rsidR="00793B42" w:rsidRDefault="00793B42">
+    <w:p w:rsidR="00793B42" w:rsidRDefault="00793B42" w14:paraId="3285FE3A" w14:textId="68E31E15">
       <w:pPr>
         <w:pStyle w:val="Innehll1"/>
         <w:rPr>
-          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:cstheme="minorBidi"/>
           <w:noProof/>
           <w:kern w:val="2"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink w:anchor="_Toc161213272" w:history="1">
+      <w:hyperlink w:history="1" w:anchor="_Toc161213272">
         <w:r w:rsidRPr="00587C95">
           <w:rPr>
             <w:rStyle w:val="Hyperlnk"/>
             <w:rFonts w:eastAsia="MS Gothic"/>
             <w:noProof/>
           </w:rPr>
           <w:t>Bakgrund</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
@@ -343,63 +348,63 @@
           </w:rPr>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:t>1</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="5976C7EB" w14:textId="0CACA174" w:rsidR="00793B42" w:rsidRDefault="00793B42">
+    <w:p w:rsidR="00793B42" w:rsidRDefault="00793B42" w14:paraId="5976C7EB" w14:textId="0CACA174">
       <w:pPr>
         <w:pStyle w:val="Innehll1"/>
         <w:rPr>
-          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:cstheme="minorBidi"/>
           <w:noProof/>
           <w:kern w:val="2"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink w:anchor="_Toc161213273" w:history="1">
+      <w:hyperlink w:history="1" w:anchor="_Toc161213273">
         <w:r w:rsidRPr="00587C95">
           <w:rPr>
             <w:rStyle w:val="Hyperlnk"/>
             <w:rFonts w:eastAsia="MS Gothic"/>
             <w:noProof/>
           </w:rPr>
           <w:t>Förutsättningar</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
@@ -414,63 +419,63 @@
           </w:rPr>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:t>2</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="3CE05BD6" w14:textId="6EAF729C" w:rsidR="00793B42" w:rsidRDefault="00793B42">
+    <w:p w:rsidR="00793B42" w:rsidRDefault="00793B42" w14:paraId="3CE05BD6" w14:textId="6EAF729C">
       <w:pPr>
         <w:pStyle w:val="Innehll2"/>
         <w:rPr>
-          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:cstheme="minorBidi"/>
           <w:noProof/>
           <w:kern w:val="2"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink w:anchor="_Toc161213274" w:history="1">
+      <w:hyperlink w:history="1" w:anchor="_Toc161213274">
         <w:r w:rsidRPr="00587C95">
           <w:rPr>
             <w:rStyle w:val="Hyperlnk"/>
             <w:rFonts w:eastAsia="MS Gothic"/>
             <w:noProof/>
           </w:rPr>
           <w:t>Ansvar</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
@@ -485,63 +490,63 @@
           </w:rPr>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:t>2</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="062FF5F1" w14:textId="439E49EB" w:rsidR="00793B42" w:rsidRDefault="00793B42">
+    <w:p w:rsidR="00793B42" w:rsidRDefault="00793B42" w14:paraId="062FF5F1" w14:textId="439E49EB">
       <w:pPr>
         <w:pStyle w:val="Innehll1"/>
         <w:rPr>
-          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:cstheme="minorBidi"/>
           <w:noProof/>
           <w:kern w:val="2"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink w:anchor="_Toc161213275" w:history="1">
+      <w:hyperlink w:history="1" w:anchor="_Toc161213275">
         <w:r w:rsidRPr="00587C95">
           <w:rPr>
             <w:rStyle w:val="Hyperlnk"/>
             <w:rFonts w:eastAsia="MS Gothic"/>
             <w:noProof/>
           </w:rPr>
           <w:t>Genomförande</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
@@ -556,63 +561,63 @@
           </w:rPr>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:t>2</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="78FABFD1" w14:textId="0BA19ECD" w:rsidR="00793B42" w:rsidRDefault="00793B42">
+    <w:p w:rsidR="00793B42" w:rsidRDefault="00793B42" w14:paraId="78FABFD1" w14:textId="0BA19ECD">
       <w:pPr>
         <w:pStyle w:val="Innehll2"/>
         <w:rPr>
-          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:cstheme="minorBidi"/>
           <w:noProof/>
           <w:kern w:val="2"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink w:anchor="_Toc161213276" w:history="1">
+      <w:hyperlink w:history="1" w:anchor="_Toc161213276">
         <w:r w:rsidRPr="00587C95">
           <w:rPr>
             <w:rStyle w:val="Hyperlnk"/>
             <w:rFonts w:eastAsia="MS Gothic"/>
             <w:noProof/>
           </w:rPr>
           <w:t>Dokumentation</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
@@ -627,63 +632,63 @@
           </w:rPr>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:t>3</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="469DA7A4" w14:textId="383F9048" w:rsidR="00793B42" w:rsidRDefault="00793B42">
+    <w:p w:rsidR="00793B42" w:rsidRDefault="00793B42" w14:paraId="469DA7A4" w14:textId="383F9048">
       <w:pPr>
         <w:pStyle w:val="Innehll2"/>
         <w:rPr>
-          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:cstheme="minorBidi"/>
           <w:noProof/>
           <w:kern w:val="2"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink w:anchor="_Toc161213277" w:history="1">
+      <w:hyperlink w:history="1" w:anchor="_Toc161213277">
         <w:r w:rsidRPr="00587C95">
           <w:rPr>
             <w:rStyle w:val="Hyperlnk"/>
             <w:rFonts w:eastAsia="MS Gothic"/>
             <w:noProof/>
           </w:rPr>
           <w:t>Uppföljning</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
@@ -698,63 +703,63 @@
           </w:rPr>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:t>3</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="29351C04" w14:textId="7AAB553D" w:rsidR="00793B42" w:rsidRDefault="00793B42">
+    <w:p w:rsidR="00793B42" w:rsidRDefault="00793B42" w14:paraId="29351C04" w14:textId="7AAB553D">
       <w:pPr>
         <w:pStyle w:val="Innehll1"/>
         <w:rPr>
-          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:cstheme="minorBidi"/>
           <w:noProof/>
           <w:kern w:val="2"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink w:anchor="_Toc161213278" w:history="1">
+      <w:hyperlink w:history="1" w:anchor="_Toc161213278">
         <w:r w:rsidRPr="00587C95">
           <w:rPr>
             <w:rStyle w:val="Hyperlnk"/>
             <w:rFonts w:eastAsia="MS Gothic"/>
             <w:noProof/>
           </w:rPr>
           <w:t>Dokumentinformation</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
@@ -769,63 +774,63 @@
           </w:rPr>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:t>4</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="75808C55" w14:textId="20387A46" w:rsidR="00793B42" w:rsidRDefault="00793B42">
+    <w:p w:rsidR="00793B42" w:rsidRDefault="00793B42" w14:paraId="75808C55" w14:textId="20387A46">
       <w:pPr>
         <w:pStyle w:val="Innehll1"/>
         <w:rPr>
-          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:cstheme="minorBidi"/>
           <w:noProof/>
           <w:kern w:val="2"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink w:anchor="_Toc161213279" w:history="1">
+      <w:hyperlink w:history="1" w:anchor="_Toc161213279">
         <w:r w:rsidRPr="00587C95">
           <w:rPr>
             <w:rStyle w:val="Hyperlnk"/>
             <w:rFonts w:eastAsia="MS Gothic"/>
             <w:noProof/>
           </w:rPr>
           <w:t>Länkförteckning</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
@@ -840,63 +845,63 @@
           </w:rPr>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:t>4</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="5F9492A3" w14:textId="03A8B44A" w:rsidR="00793B42" w:rsidRDefault="00793B42">
+    <w:p w:rsidR="00793B42" w:rsidRDefault="00793B42" w14:paraId="5F9492A3" w14:textId="03A8B44A">
       <w:pPr>
         <w:pStyle w:val="Innehll1"/>
         <w:rPr>
-          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:cstheme="minorBidi"/>
           <w:noProof/>
           <w:kern w:val="2"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink w:anchor="_Toc161213280" w:history="1">
+      <w:hyperlink w:history="1" w:anchor="_Toc161213280">
         <w:r w:rsidRPr="00587C95">
           <w:rPr>
             <w:rStyle w:val="Hyperlnk"/>
             <w:rFonts w:eastAsia="MS Gothic"/>
             <w:noProof/>
           </w:rPr>
           <w:t>Bilaga – Etiketter för akutaskar</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
@@ -911,5079 +916,5626 @@
           </w:rPr>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:t>5</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="2DEF178A" w14:textId="004DBE31" w:rsidR="0032017C" w:rsidRPr="0032017C" w:rsidRDefault="00305F95" w:rsidP="00305F95">
+    <w:p w:rsidRPr="0032017C" w:rsidR="0032017C" w:rsidP="00305F95" w:rsidRDefault="00305F95" w14:paraId="2DEF178A" w14:textId="004DBE31">
       <w:pPr>
         <w:pStyle w:val="Rubrik2"/>
         <w:spacing w:before="360"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:noProof/>
           <w:color w:val="0000FF"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="32"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
-      <w:bookmarkStart w:id="13" w:name="_Toc256000057"/>
-[...7 lines deleted...]
-      <w:r w:rsidR="0032017C" w:rsidRPr="0032017C">
+      <w:bookmarkStart w:name="_Toc256000057" w:id="13"/>
+      <w:bookmarkStart w:name="_Toc256000041" w:id="14"/>
+      <w:bookmarkStart w:name="_Toc256000025" w:id="15"/>
+      <w:bookmarkStart w:name="_Toc256000006" w:id="16"/>
+      <w:bookmarkStart w:name="_Toc62638197" w:id="17"/>
+      <w:bookmarkStart w:name="_Toc62652006" w:id="18"/>
+      <w:bookmarkStart w:name="_Toc62654096" w:id="19"/>
+      <w:bookmarkStart w:name="_Toc161213272" w:id="20"/>
+      <w:r w:rsidRPr="0032017C" w:rsidR="0032017C">
         <w:t>Bakgrund</w:t>
       </w:r>
       <w:bookmarkEnd w:id="13"/>
       <w:bookmarkEnd w:id="14"/>
       <w:bookmarkEnd w:id="15"/>
       <w:bookmarkEnd w:id="16"/>
       <w:bookmarkEnd w:id="17"/>
       <w:bookmarkEnd w:id="18"/>
       <w:bookmarkEnd w:id="19"/>
       <w:bookmarkEnd w:id="20"/>
     </w:p>
-    <w:p w14:paraId="4866C214" w14:textId="77777777" w:rsidR="0032017C" w:rsidRPr="0032017C" w:rsidRDefault="0032017C" w:rsidP="00D61C81">
+    <w:p w:rsidRPr="0032017C" w:rsidR="0032017C" w:rsidP="00D61C81" w:rsidRDefault="0032017C" w14:paraId="4866C214" w14:textId="77777777">
       <w:r w:rsidRPr="0032017C">
         <w:t>När det gäller vissa akuta situationer, till exempel hjärtstillestånd eller anafylaktisk reaktion, måste behandling påbörjas omgående. Vissa tidskritiska läkemedel måste då finnas på vårdenheten.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="293054E8" w14:textId="0E7920BC" w:rsidR="0032017C" w:rsidRPr="0032017C" w:rsidRDefault="0032017C" w:rsidP="00A25965">
+    <w:p w:rsidRPr="0032017C" w:rsidR="0032017C" w:rsidP="00A25965" w:rsidRDefault="0032017C" w14:paraId="293054E8" w14:textId="0E7920BC">
       <w:pPr>
         <w:keepNext/>
         <w:keepLines/>
       </w:pPr>
       <w:r w:rsidRPr="0032017C">
-        <w:lastRenderedPageBreak/>
         <w:t>Denna rutin</w:t>
       </w:r>
       <w:r w:rsidR="00056DBD">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="0032017C">
         <w:t xml:space="preserve">har tagits fram då det ofta har uppstått bristsituationer av de färdigpackade akutaskar som APL erbjuder, och som kan beställas från regiongemensamt lager via Hamlet, d.v.s. </w:t>
       </w:r>
       <w:r w:rsidRPr="0032017C">
         <w:rPr>
           <w:i/>
           <w:iCs/>
         </w:rPr>
         <w:t xml:space="preserve">”Akutask Hjärt-Lungräddning APL” </w:t>
       </w:r>
       <w:r w:rsidRPr="0032017C">
         <w:t xml:space="preserve">samt </w:t>
       </w:r>
       <w:r w:rsidRPr="0032017C">
         <w:rPr>
           <w:i/>
           <w:iCs/>
         </w:rPr>
         <w:t>Akutask Anafylaxi APL</w:t>
       </w:r>
       <w:r w:rsidRPr="0032017C">
         <w:t>”.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3E360161" w14:textId="77777777" w:rsidR="0032017C" w:rsidRPr="0032017C" w:rsidRDefault="0032017C" w:rsidP="00D61C81">
+    <w:p w:rsidRPr="0032017C" w:rsidR="0032017C" w:rsidP="00D61C81" w:rsidRDefault="0032017C" w14:paraId="3E360161" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="Rubrik2"/>
       </w:pPr>
-      <w:bookmarkStart w:id="21" w:name="_Toc256000058"/>
-[...6 lines deleted...]
-      <w:bookmarkStart w:id="28" w:name="_Toc161213273"/>
+      <w:bookmarkStart w:name="_Toc256000058" w:id="21"/>
+      <w:bookmarkStart w:name="_Toc256000042" w:id="22"/>
+      <w:bookmarkStart w:name="_Toc256000026" w:id="23"/>
+      <w:bookmarkStart w:name="_Toc256000010" w:id="24"/>
+      <w:bookmarkStart w:name="_Toc62638198" w:id="25"/>
+      <w:bookmarkStart w:name="_Toc62652007" w:id="26"/>
+      <w:bookmarkStart w:name="_Toc62654097" w:id="27"/>
+      <w:bookmarkStart w:name="_Toc161213273" w:id="28"/>
       <w:r w:rsidRPr="0032017C">
         <w:t>Förutsättningar</w:t>
       </w:r>
       <w:bookmarkEnd w:id="21"/>
       <w:bookmarkEnd w:id="22"/>
       <w:bookmarkEnd w:id="23"/>
       <w:bookmarkEnd w:id="24"/>
       <w:bookmarkEnd w:id="25"/>
       <w:bookmarkEnd w:id="26"/>
       <w:bookmarkEnd w:id="27"/>
       <w:bookmarkEnd w:id="28"/>
     </w:p>
-    <w:p w14:paraId="38DFA973" w14:textId="77777777" w:rsidR="0032017C" w:rsidRPr="0032017C" w:rsidRDefault="0032017C" w:rsidP="00DF087C">
+    <w:p w:rsidRPr="0032017C" w:rsidR="0032017C" w:rsidP="00DF087C" w:rsidRDefault="0032017C" w14:paraId="38DFA973" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="Rubrik3"/>
         <w:spacing w:before="120"/>
       </w:pPr>
-      <w:bookmarkStart w:id="29" w:name="_Toc256000059"/>
-[...7 lines deleted...]
-      <w:bookmarkStart w:id="37" w:name="_Toc161213274"/>
+      <w:bookmarkStart w:name="_Toc256000059" w:id="29"/>
+      <w:bookmarkStart w:name="_Toc256000043" w:id="30"/>
+      <w:bookmarkStart w:name="_Toc256000027" w:id="31"/>
+      <w:bookmarkStart w:name="_Toc256000011" w:id="32"/>
+      <w:bookmarkStart w:name="_Toc62544736" w:id="33"/>
+      <w:bookmarkStart w:name="_Toc62638199" w:id="34"/>
+      <w:bookmarkStart w:name="_Toc62652008" w:id="35"/>
+      <w:bookmarkStart w:name="_Toc62654098" w:id="36"/>
+      <w:bookmarkStart w:name="_Toc161213274" w:id="37"/>
       <w:r w:rsidRPr="0032017C">
         <w:t>Ansvar</w:t>
       </w:r>
       <w:bookmarkEnd w:id="29"/>
       <w:bookmarkEnd w:id="30"/>
       <w:bookmarkEnd w:id="31"/>
       <w:bookmarkEnd w:id="32"/>
       <w:bookmarkEnd w:id="33"/>
       <w:bookmarkEnd w:id="34"/>
       <w:bookmarkEnd w:id="35"/>
       <w:bookmarkEnd w:id="36"/>
       <w:bookmarkEnd w:id="37"/>
     </w:p>
-    <w:p w14:paraId="777477FE" w14:textId="77777777" w:rsidR="0032017C" w:rsidRPr="0032017C" w:rsidRDefault="0032017C" w:rsidP="00D61C81">
+    <w:p w:rsidRPr="0032017C" w:rsidR="0032017C" w:rsidP="00D61C81" w:rsidRDefault="0032017C" w14:paraId="777477FE" w14:textId="77777777">
       <w:r w:rsidRPr="0032017C">
         <w:t xml:space="preserve">Det är varje avdelnings ansvar att tillhandahålla aktuella akutaskar med läkemedel för sin verksamhet enligt denna rutin. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4A2C3599" w14:textId="77777777" w:rsidR="0032017C" w:rsidRPr="0032017C" w:rsidRDefault="0032017C" w:rsidP="00D61C81">
+    <w:p w:rsidRPr="0032017C" w:rsidR="0032017C" w:rsidP="00D61C81" w:rsidRDefault="0032017C" w14:paraId="4A2C3599" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="MellanrubrikVGR"/>
       </w:pPr>
-      <w:bookmarkStart w:id="38" w:name="_Toc256000060"/>
-[...6 lines deleted...]
-      <w:bookmarkStart w:id="45" w:name="_Toc62654099"/>
+      <w:bookmarkStart w:name="_Toc256000060" w:id="38"/>
+      <w:bookmarkStart w:name="_Toc256000044" w:id="39"/>
+      <w:bookmarkStart w:name="_Toc256000028" w:id="40"/>
+      <w:bookmarkStart w:name="_Toc256000012" w:id="41"/>
+      <w:bookmarkStart w:name="_Toc62544737" w:id="42"/>
+      <w:bookmarkStart w:name="_Toc62638200" w:id="43"/>
+      <w:bookmarkStart w:name="_Toc62652009" w:id="44"/>
+      <w:bookmarkStart w:name="_Toc62654099" w:id="45"/>
       <w:r w:rsidRPr="0032017C">
         <w:t>Verksamhetschef</w:t>
       </w:r>
       <w:bookmarkEnd w:id="38"/>
       <w:bookmarkEnd w:id="39"/>
       <w:bookmarkEnd w:id="40"/>
       <w:bookmarkEnd w:id="41"/>
       <w:bookmarkEnd w:id="42"/>
       <w:bookmarkEnd w:id="43"/>
       <w:bookmarkEnd w:id="44"/>
       <w:bookmarkEnd w:id="45"/>
     </w:p>
-    <w:p w14:paraId="1D10FED5" w14:textId="77777777" w:rsidR="0032017C" w:rsidRPr="0032017C" w:rsidRDefault="0032017C" w:rsidP="00D61C81">
+    <w:p w:rsidRPr="0032017C" w:rsidR="0032017C" w:rsidP="00D61C81" w:rsidRDefault="0032017C" w14:paraId="1D10FED5" w14:textId="77777777">
       <w:r w:rsidRPr="0032017C">
         <w:t>Verksamhetschef ansvarar för att utrustning och läkemedel för HLR finns på enheten och att det finns aktuella rutiner för hur sjukhusövergripande rutiner ska efterföljas.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="300CF976" w14:textId="3DD0B8DE" w:rsidR="0032017C" w:rsidRPr="0032017C" w:rsidRDefault="0032017C" w:rsidP="00D61C81">
+    <w:p w:rsidRPr="0032017C" w:rsidR="0032017C" w:rsidP="00D61C81" w:rsidRDefault="0032017C" w14:paraId="300CF976" w14:textId="3DD0B8DE">
       <w:r w:rsidRPr="0032017C">
         <w:t xml:space="preserve">Verksamhetschef ansvarar för att personal har adekvat utbildning i HLR enligt </w:t>
       </w:r>
-      <w:bookmarkStart w:id="46" w:name="_Hlk62653708"/>
+      <w:bookmarkStart w:name="_Hlk62653708" w:id="46"/>
       <w:r w:rsidRPr="0032017C">
         <w:t xml:space="preserve">sjukhusövergripande riktlinje </w:t>
       </w:r>
-      <w:hyperlink r:id="rId12" w:history="1">
+      <w:hyperlink w:history="1" r:id="rId12">
         <w:r w:rsidRPr="0025392C">
           <w:rPr>
             <w:rStyle w:val="Hyperlnk"/>
           </w:rPr>
           <w:t>HLR – Kompetenskrav vid SÄS</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="0032017C">
         <w:t xml:space="preserve"> och </w:t>
       </w:r>
-      <w:hyperlink r:id="rId13" w:history="1">
+      <w:hyperlink w:history="1" r:id="rId13">
         <w:r w:rsidRPr="00D4101A">
           <w:rPr>
             <w:rStyle w:val="Hyperlnk"/>
           </w:rPr>
           <w:t>HLR – Genomförande vid SÄS</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="0032017C">
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7CCAF3AA" w14:textId="77777777" w:rsidR="0032017C" w:rsidRPr="0032017C" w:rsidRDefault="0032017C" w:rsidP="00D61C81">
+    <w:p w:rsidRPr="0032017C" w:rsidR="0032017C" w:rsidP="00D61C81" w:rsidRDefault="0032017C" w14:paraId="7CCAF3AA" w14:textId="77777777">
       <w:r w:rsidRPr="0032017C">
         <w:t>Verksamhetschef måste utse person som ansvarar för att akutask med läkemedel finns, och att läkemedlen i asken inte passerat bäst före datum.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="10F2ABC2" w14:textId="77777777" w:rsidR="0032017C" w:rsidRPr="0032017C" w:rsidRDefault="0032017C" w:rsidP="00D61C81">
+    <w:p w:rsidRPr="0032017C" w:rsidR="0032017C" w:rsidP="00D61C81" w:rsidRDefault="0032017C" w14:paraId="10F2ABC2" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="MellanrubrikVGR"/>
       </w:pPr>
-      <w:bookmarkStart w:id="47" w:name="_Toc256000061"/>
-[...6 lines deleted...]
-      <w:bookmarkStart w:id="54" w:name="_Toc62654100"/>
+      <w:bookmarkStart w:name="_Toc256000061" w:id="47"/>
+      <w:bookmarkStart w:name="_Toc256000045" w:id="48"/>
+      <w:bookmarkStart w:name="_Toc256000029" w:id="49"/>
+      <w:bookmarkStart w:name="_Toc256000013" w:id="50"/>
+      <w:bookmarkStart w:name="_Toc62544738" w:id="51"/>
+      <w:bookmarkStart w:name="_Toc62638201" w:id="52"/>
+      <w:bookmarkStart w:name="_Toc62652010" w:id="53"/>
+      <w:bookmarkStart w:name="_Toc62654100" w:id="54"/>
       <w:r w:rsidRPr="0032017C">
         <w:t>Ansvarig för akutask</w:t>
       </w:r>
       <w:bookmarkEnd w:id="47"/>
       <w:bookmarkEnd w:id="48"/>
       <w:bookmarkEnd w:id="49"/>
       <w:bookmarkEnd w:id="50"/>
       <w:bookmarkEnd w:id="51"/>
       <w:bookmarkEnd w:id="52"/>
       <w:bookmarkEnd w:id="53"/>
       <w:bookmarkEnd w:id="54"/>
     </w:p>
-    <w:p w14:paraId="48B3F3A3" w14:textId="37E2EB65" w:rsidR="0032017C" w:rsidRPr="0032017C" w:rsidRDefault="0032017C" w:rsidP="00D61C81">
+    <w:p w:rsidRPr="0032017C" w:rsidR="0032017C" w:rsidP="00D61C81" w:rsidRDefault="0032017C" w14:paraId="48B3F3A3" w14:textId="37E2EB65">
       <w:r w:rsidRPr="0032017C">
         <w:t xml:space="preserve">Person ansvarig för akutask/akutaskar på enheten, måste genomföra regelbunden kontroll av läkemedel, lämpligen varje vecka i samband med kontroll av annan HLR-utrustning, se sjukhusövergripande rutin </w:t>
       </w:r>
-      <w:hyperlink r:id="rId14" w:history="1">
-        <w:r w:rsidR="004501E9" w:rsidRPr="00D4101A">
+      <w:hyperlink w:history="1" r:id="rId14">
+        <w:r w:rsidRPr="00D4101A" w:rsidR="004501E9">
           <w:rPr>
             <w:rStyle w:val="Hyperlnk"/>
           </w:rPr>
           <w:t>HLR – Genomförande vid SÄS</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="0032017C">
         <w:t xml:space="preserve"> samt </w:t>
       </w:r>
-      <w:hyperlink r:id="rId15" w:history="1">
+      <w:hyperlink w:history="1" r:id="rId15">
         <w:r w:rsidRPr="00A64FDB">
           <w:rPr>
             <w:rStyle w:val="Hyperlnk"/>
           </w:rPr>
           <w:t>HLR - Checklista för akututrustning</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidR="00A64FDB" w:rsidRPr="00A64FDB">
+      <w:r w:rsidRPr="00A64FDB" w:rsidR="00A64FDB">
         <w:rPr>
           <w:rStyle w:val="Hyperlnk"/>
           <w:u w:val="none"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3A969CF7" w14:textId="501AF94F" w:rsidR="0032017C" w:rsidRPr="0032017C" w:rsidRDefault="0032017C" w:rsidP="00D61C81">
+    <w:p w:rsidRPr="0032017C" w:rsidR="0032017C" w:rsidP="00D61C81" w:rsidRDefault="0032017C" w14:paraId="3A969CF7" w14:textId="501AF94F">
       <w:r w:rsidRPr="0032017C">
         <w:t xml:space="preserve">För verksamheter med enbart </w:t>
       </w:r>
       <w:r w:rsidRPr="0032017C">
         <w:rPr>
           <w:i/>
           <w:iCs/>
         </w:rPr>
         <w:t>akutask för anafylaxi</w:t>
       </w:r>
       <w:r w:rsidRPr="0032017C">
         <w:t xml:space="preserve"> ska läkemedlen kontrolleras minst 1 gång per månad. Personal som kan komma att använda dessa akutläkemedel ska ha kunskap om behandlingsanvisningar enligt sjukhusövergripande riktlinje </w:t>
       </w:r>
-      <w:hyperlink r:id="rId16" w:history="1">
+      <w:hyperlink w:history="1" r:id="rId16">
         <w:r w:rsidRPr="00BE1C28">
           <w:rPr>
             <w:rStyle w:val="Hyperlnk"/>
           </w:rPr>
           <w:t>Akut anafylaktisk reaktion hos vuxna, SÄS</w:t>
         </w:r>
       </w:hyperlink>
       <w:bookmarkEnd w:id="46"/>
       <w:r w:rsidRPr="0032017C">
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7818BC1B" w14:textId="77777777" w:rsidR="0032017C" w:rsidRPr="0032017C" w:rsidRDefault="0032017C" w:rsidP="009B72E2">
+    <w:p w:rsidRPr="0032017C" w:rsidR="0032017C" w:rsidP="009B72E2" w:rsidRDefault="0032017C" w14:paraId="7818BC1B" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="Rubrik2"/>
       </w:pPr>
-      <w:bookmarkStart w:id="55" w:name="_Toc256000062"/>
-[...9 lines deleted...]
-      <w:bookmarkStart w:id="65" w:name="_Toc161213275"/>
+      <w:bookmarkStart w:name="_Toc256000062" w:id="55"/>
+      <w:bookmarkStart w:name="_Toc256000046" w:id="56"/>
+      <w:bookmarkStart w:name="_Toc256000030" w:id="57"/>
+      <w:bookmarkStart w:name="_Toc256000014" w:id="58"/>
+      <w:bookmarkStart w:name="_Toc314219122" w:id="59"/>
+      <w:bookmarkStart w:name="_Toc256000002" w:id="60"/>
+      <w:bookmarkStart w:name="_Toc256000007" w:id="61"/>
+      <w:bookmarkStart w:name="_Toc62638202" w:id="62"/>
+      <w:bookmarkStart w:name="_Toc62652011" w:id="63"/>
+      <w:bookmarkStart w:name="_Toc62654101" w:id="64"/>
+      <w:bookmarkStart w:name="_Toc161213275" w:id="65"/>
       <w:r w:rsidRPr="0032017C">
         <w:t>Genomförande</w:t>
       </w:r>
       <w:bookmarkEnd w:id="55"/>
       <w:bookmarkEnd w:id="56"/>
       <w:bookmarkEnd w:id="57"/>
       <w:bookmarkEnd w:id="58"/>
       <w:bookmarkEnd w:id="59"/>
       <w:bookmarkEnd w:id="60"/>
       <w:bookmarkEnd w:id="61"/>
       <w:bookmarkEnd w:id="62"/>
       <w:bookmarkEnd w:id="63"/>
       <w:bookmarkEnd w:id="64"/>
       <w:bookmarkEnd w:id="65"/>
     </w:p>
-    <w:p w14:paraId="67F54A39" w14:textId="77777777" w:rsidR="0032017C" w:rsidRPr="0032017C" w:rsidRDefault="0032017C" w:rsidP="009B72E2">
+    <w:p w:rsidRPr="0032017C" w:rsidR="0032017C" w:rsidP="009B72E2" w:rsidRDefault="0032017C" w14:paraId="67F54A39" w14:textId="77777777">
       <w:r w:rsidRPr="0032017C">
         <w:t>Beroende på avdelningens verksamhet kan behovet av akutläkemedel variera och därför finns innehåll för 4 olika akutaskar. Varje avdelning ser till att man har den ask eller de askar som motsvarar aktuell verksamhet.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="482D54A2" w14:textId="0CDB179C" w:rsidR="0032017C" w:rsidRPr="0032017C" w:rsidRDefault="0032017C" w:rsidP="009B72E2">
+    <w:p w:rsidRPr="0032017C" w:rsidR="0032017C" w:rsidP="009B72E2" w:rsidRDefault="0032017C" w14:paraId="482D54A2" w14:textId="0CDB179C">
       <w:r w:rsidRPr="0032017C">
         <w:t xml:space="preserve">Eftersom en del av läkemedlen är ljuskänsliga är det lämpligt att använda de plastaskar som tidigare använts eller annan ljustät ask, för att säkerställa ljustät förvaring för de ljuskänsliga läkemedlen. Exempel på </w:t>
       </w:r>
       <w:r w:rsidRPr="0032017C">
-        <w:lastRenderedPageBreak/>
         <w:t>förvaringsbox är ML Class, 2 liter med artikelnr 200001098 som kan beställas via Marknadsplatsen. Den är dock transparant så då krävs att ljuskänsliga ampuller läggs i ljustät innerpåse.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0E14A239" w14:textId="77777777" w:rsidR="0032017C" w:rsidRPr="0032017C" w:rsidRDefault="0032017C" w:rsidP="009B72E2">
+    <w:p w:rsidRPr="0032017C" w:rsidR="0032017C" w:rsidP="009B72E2" w:rsidRDefault="0032017C" w14:paraId="0E14A239" w14:textId="77777777">
       <w:r w:rsidRPr="0032017C">
         <w:t>Ringer-Acetat ska finnas i anslutning till akutaskar.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="48A0103D" w14:textId="77777777" w:rsidR="0032017C" w:rsidRPr="0032017C" w:rsidRDefault="0032017C" w:rsidP="009B72E2">
+    <w:p w:rsidRPr="0032017C" w:rsidR="0032017C" w:rsidP="009B72E2" w:rsidRDefault="0032017C" w14:paraId="48A0103D" w14:textId="77777777">
       <w:r w:rsidRPr="0032017C">
         <w:t>De 4 akutaskarna ska ha följande innehåll:</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="7938" w:type="dxa"/>
         <w:tblInd w:w="936" w:type="dxa"/>
         <w:tblBorders>
-          <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
-[...4 lines deleted...]
-          <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+          <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+          <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+          <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+          <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+          <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         </w:tblBorders>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="1587"/>
         <w:gridCol w:w="4763"/>
         <w:gridCol w:w="1588"/>
       </w:tblGrid>
-      <w:tr w:rsidR="0032017C" w:rsidRPr="0032017C" w14:paraId="1B89C8F5" w14:textId="77777777" w:rsidTr="001D43C5">
+      <w:tr w:rsidRPr="0032017C" w:rsidR="0032017C" w:rsidTr="7204BE33" w14:paraId="1B89C8F5" w14:textId="77777777">
         <w:trPr>
           <w:tblHeader/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1000" w:type="pct"/>
             <w:shd w:val="clear" w:color="auto" w:fill="E7E6E6"/>
-          </w:tcPr>
-          <w:p w14:paraId="3F9BE274" w14:textId="77777777" w:rsidR="0032017C" w:rsidRPr="0032017C" w:rsidRDefault="0032017C" w:rsidP="0032017C">
+            <w:tcMar/>
+          </w:tcPr>
+          <w:p w:rsidRPr="0032017C" w:rsidR="0032017C" w:rsidP="0032017C" w:rsidRDefault="0032017C" w14:paraId="3F9BE274" w14:textId="77777777">
             <w:pPr>
               <w:keepNext/>
               <w:keepLines/>
               <w:spacing w:before="40" w:after="40" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
-                <w:rFonts w:ascii="Arial Fet" w:eastAsia="Calibri" w:hAnsi="Arial Fet"/>
+                <w:rFonts w:ascii="Arial Fet" w:hAnsi="Arial Fet" w:eastAsia="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
-            <w:bookmarkStart w:id="66" w:name="_Hlk54597190"/>
+            <w:bookmarkStart w:name="_Hlk54597190" w:id="66"/>
             <w:r w:rsidRPr="0032017C">
               <w:rPr>
-                <w:rFonts w:ascii="Arial Fet" w:eastAsia="Calibri" w:hAnsi="Arial Fet"/>
+                <w:rFonts w:ascii="Arial Fet" w:hAnsi="Arial Fet" w:eastAsia="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
               <w:t>Akutask</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3000" w:type="pct"/>
             <w:shd w:val="clear" w:color="auto" w:fill="E7E6E6"/>
-          </w:tcPr>
-          <w:p w14:paraId="5A4B645D" w14:textId="77777777" w:rsidR="0032017C" w:rsidRPr="0032017C" w:rsidRDefault="0032017C" w:rsidP="0032017C">
+            <w:tcMar/>
+          </w:tcPr>
+          <w:p w:rsidRPr="0032017C" w:rsidR="0032017C" w:rsidP="0032017C" w:rsidRDefault="0032017C" w14:paraId="5A4B645D" w14:textId="77777777">
             <w:pPr>
               <w:keepNext/>
               <w:keepLines/>
               <w:spacing w:before="40" w:after="40" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
-                <w:rFonts w:ascii="Arial Fet" w:eastAsia="Calibri" w:hAnsi="Arial Fet"/>
+                <w:rFonts w:ascii="Arial Fet" w:hAnsi="Arial Fet" w:eastAsia="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0032017C">
               <w:rPr>
-                <w:rFonts w:ascii="Arial Fet" w:eastAsia="Calibri" w:hAnsi="Arial Fet"/>
+                <w:rFonts w:ascii="Arial Fet" w:hAnsi="Arial Fet" w:eastAsia="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
               <w:t>Läkemedel</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1000" w:type="pct"/>
             <w:shd w:val="clear" w:color="auto" w:fill="E7E6E6"/>
-          </w:tcPr>
-          <w:p w14:paraId="19563707" w14:textId="77777777" w:rsidR="0032017C" w:rsidRPr="0032017C" w:rsidRDefault="0032017C" w:rsidP="0032017C">
+            <w:tcMar/>
+          </w:tcPr>
+          <w:p w:rsidRPr="0032017C" w:rsidR="0032017C" w:rsidP="0032017C" w:rsidRDefault="0032017C" w14:paraId="19563707" w14:textId="77777777">
             <w:pPr>
               <w:keepNext/>
               <w:keepLines/>
               <w:spacing w:before="40" w:after="40" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
-                <w:rFonts w:ascii="Arial Fet" w:eastAsia="Calibri" w:hAnsi="Arial Fet"/>
+                <w:rFonts w:ascii="Arial Fet" w:hAnsi="Arial Fet" w:eastAsia="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0032017C">
               <w:rPr>
-                <w:rFonts w:ascii="Arial Fet" w:eastAsia="Calibri" w:hAnsi="Arial Fet"/>
+                <w:rFonts w:ascii="Arial Fet" w:hAnsi="Arial Fet" w:eastAsia="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
               <w:t>Mängd</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="0032017C" w:rsidRPr="0032017C" w14:paraId="32017B6A" w14:textId="77777777" w:rsidTr="001D43C5">
+      <w:tr w:rsidRPr="0032017C" w:rsidR="0032017C" w:rsidTr="7204BE33" w14:paraId="32017B6A" w14:textId="77777777">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1000" w:type="pct"/>
             <w:vMerge w:val="restart"/>
             <w:shd w:val="clear" w:color="auto" w:fill="E7E6E6"/>
-          </w:tcPr>
-          <w:p w14:paraId="0FEF2870" w14:textId="77777777" w:rsidR="0032017C" w:rsidRPr="0032017C" w:rsidRDefault="0032017C" w:rsidP="0032017C">
+            <w:tcMar/>
+          </w:tcPr>
+          <w:p w:rsidRPr="0032017C" w:rsidR="0032017C" w:rsidP="0032017C" w:rsidRDefault="0032017C" w14:paraId="0FEF2870" w14:textId="77777777">
             <w:pPr>
               <w:keepNext/>
               <w:keepLines/>
               <w:spacing w:before="40" w:after="40" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
-                <w:rFonts w:ascii="Arial Fet" w:eastAsia="Calibri" w:hAnsi="Arial Fet"/>
+                <w:rFonts w:ascii="Arial Fet" w:hAnsi="Arial Fet" w:eastAsia="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0032017C">
               <w:rPr>
-                <w:rFonts w:ascii="Arial Fet" w:eastAsia="Calibri" w:hAnsi="Arial Fet"/>
+                <w:rFonts w:ascii="Arial Fet" w:hAnsi="Arial Fet" w:eastAsia="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
               <w:t>HLR-Vuxen</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3000" w:type="pct"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-          </w:tcPr>
-          <w:p w14:paraId="64EF0476" w14:textId="77777777" w:rsidR="0032017C" w:rsidRPr="0032017C" w:rsidRDefault="0032017C" w:rsidP="0032017C">
+            <w:tcMar/>
+          </w:tcPr>
+          <w:p w:rsidRPr="0032017C" w:rsidR="0032017C" w:rsidP="0032017C" w:rsidRDefault="0032017C" w14:paraId="64EF0476" w14:textId="77777777">
             <w:pPr>
               <w:keepNext/>
               <w:keepLines/>
               <w:spacing w:before="60" w:after="60" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
-                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0032017C">
               <w:rPr>
-                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
               <w:t xml:space="preserve">Adrenalin 0,1 mg/ml </w:t>
             </w:r>
             <w:r w:rsidRPr="0032017C">
               <w:rPr>
-                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
               <w:t>OBS!</w:t>
             </w:r>
             <w:r w:rsidRPr="0032017C">
               <w:rPr>
-                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
               <w:t xml:space="preserve"> Ljuskänsligt</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1000" w:type="pct"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-          </w:tcPr>
-          <w:p w14:paraId="408B106A" w14:textId="77777777" w:rsidR="0032017C" w:rsidRPr="0032017C" w:rsidRDefault="0032017C" w:rsidP="0032017C">
+            <w:tcMar/>
+          </w:tcPr>
+          <w:p w:rsidRPr="0032017C" w:rsidR="0032017C" w:rsidP="0032017C" w:rsidRDefault="0032017C" w14:paraId="408B106A" w14:textId="77777777">
             <w:pPr>
               <w:keepNext/>
               <w:keepLines/>
               <w:spacing w:before="60" w:after="60" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
-                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0032017C">
               <w:rPr>
-                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
               <w:t>3 x 10 ml</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="0032017C" w:rsidRPr="0032017C" w14:paraId="48B470D6" w14:textId="77777777" w:rsidTr="001D43C5">
+      <w:tr w:rsidRPr="0032017C" w:rsidR="0032017C" w:rsidTr="7204BE33" w14:paraId="48B470D6" w14:textId="77777777">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1000" w:type="pct"/>
             <w:vMerge/>
-            <w:shd w:val="clear" w:color="auto" w:fill="E7E6E6"/>
-[...1 lines deleted...]
-          <w:p w14:paraId="7DE8613A" w14:textId="77777777" w:rsidR="0032017C" w:rsidRPr="0032017C" w:rsidRDefault="0032017C" w:rsidP="0032017C">
+            <w:tcMar/>
+          </w:tcPr>
+          <w:p w:rsidRPr="0032017C" w:rsidR="0032017C" w:rsidP="0032017C" w:rsidRDefault="0032017C" w14:paraId="7DE8613A" w14:textId="77777777">
             <w:pPr>
               <w:keepNext/>
               <w:keepLines/>
               <w:spacing w:before="40" w:after="40" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
-                <w:rFonts w:ascii="Arial Fet" w:eastAsia="Calibri" w:hAnsi="Arial Fet"/>
+                <w:rFonts w:ascii="Arial Fet" w:hAnsi="Arial Fet" w:eastAsia="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3000" w:type="pct"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-          </w:tcPr>
-          <w:p w14:paraId="56E6F876" w14:textId="77777777" w:rsidR="0032017C" w:rsidRPr="0032017C" w:rsidRDefault="0032017C" w:rsidP="0032017C">
+            <w:tcMar/>
+          </w:tcPr>
+          <w:p w:rsidRPr="0032017C" w:rsidR="0032017C" w:rsidP="0032017C" w:rsidRDefault="0032017C" w14:paraId="56E6F876" w14:textId="77777777">
             <w:pPr>
               <w:keepNext/>
               <w:keepLines/>
               <w:suppressAutoHyphens/>
               <w:spacing w:before="60" w:after="60" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
-                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0032017C">
               <w:rPr>
-                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
               <w:t xml:space="preserve">Amiodarone 50 mg/ml </w:t>
             </w:r>
             <w:r w:rsidRPr="0032017C">
               <w:rPr>
-                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
               <w:t>OBS!</w:t>
             </w:r>
             <w:r w:rsidRPr="0032017C">
               <w:rPr>
-                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
               <w:t xml:space="preserve"> Ljuskänsligt</w:t>
             </w:r>
             <w:r w:rsidRPr="0032017C">
               <w:rPr>
-                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
               <w:br/>
+            </w:r>
+            <w:r w:rsidRPr="0032017C">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
               <w:t>(t.ex. Cordarone)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1000" w:type="pct"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-          </w:tcPr>
-          <w:p w14:paraId="75D6B396" w14:textId="77777777" w:rsidR="0032017C" w:rsidRPr="0032017C" w:rsidRDefault="0032017C" w:rsidP="0032017C">
+            <w:tcMar/>
+          </w:tcPr>
+          <w:p w:rsidRPr="0032017C" w:rsidR="0032017C" w:rsidP="0032017C" w:rsidRDefault="0032017C" w14:paraId="75D6B396" w14:textId="77777777">
             <w:pPr>
               <w:keepNext/>
               <w:keepLines/>
               <w:spacing w:before="60" w:after="60" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
-                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="en-NZ" w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0032017C">
               <w:rPr>
-                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="en-NZ" w:eastAsia="en-US"/>
               </w:rPr>
               <w:t>3 x 3 ml</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="0032017C" w:rsidRPr="0032017C" w14:paraId="0E5C2567" w14:textId="77777777" w:rsidTr="001D43C5">
+      <w:tr w:rsidRPr="0032017C" w:rsidR="0032017C" w:rsidTr="7204BE33" w14:paraId="0E5C2567" w14:textId="77777777">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1000" w:type="pct"/>
             <w:vMerge/>
-            <w:shd w:val="clear" w:color="auto" w:fill="E7E6E6"/>
-[...1 lines deleted...]
-          <w:p w14:paraId="4D599895" w14:textId="77777777" w:rsidR="0032017C" w:rsidRPr="0032017C" w:rsidRDefault="0032017C" w:rsidP="0032017C">
+            <w:tcMar/>
+          </w:tcPr>
+          <w:p w:rsidRPr="0032017C" w:rsidR="0032017C" w:rsidP="0032017C" w:rsidRDefault="0032017C" w14:paraId="4D599895" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:before="40" w:after="40" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
-                <w:rFonts w:ascii="Arial Fet" w:eastAsia="Calibri" w:hAnsi="Arial Fet"/>
+                <w:rFonts w:ascii="Arial Fet" w:hAnsi="Arial Fet" w:eastAsia="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3000" w:type="pct"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-          </w:tcPr>
-          <w:p w14:paraId="013F79FA" w14:textId="77777777" w:rsidR="0032017C" w:rsidRPr="0032017C" w:rsidRDefault="0032017C" w:rsidP="0032017C">
+            <w:tcMar/>
+          </w:tcPr>
+          <w:p w:rsidRPr="0032017C" w:rsidR="0032017C" w:rsidP="0032017C" w:rsidRDefault="0032017C" w14:paraId="013F79FA" w14:textId="77777777">
             <w:pPr>
               <w:suppressAutoHyphens/>
               <w:spacing w:before="60" w:after="60" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
-                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0032017C">
               <w:rPr>
-                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
               <w:t>Glukos 50 mg/ml</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1000" w:type="pct"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-          </w:tcPr>
-          <w:p w14:paraId="7B372A3B" w14:textId="77777777" w:rsidR="0032017C" w:rsidRPr="0032017C" w:rsidRDefault="0032017C" w:rsidP="0032017C">
+            <w:tcMar/>
+          </w:tcPr>
+          <w:p w:rsidRPr="0032017C" w:rsidR="0032017C" w:rsidP="0032017C" w:rsidRDefault="0032017C" w14:paraId="7B372A3B" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:before="60" w:after="60" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
-                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0032017C">
               <w:rPr>
-                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
               <w:t>1 x 100 ml</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="0032017C" w:rsidRPr="0032017C" w14:paraId="42423396" w14:textId="77777777" w:rsidTr="001D43C5">
+      <w:tr w:rsidRPr="0032017C" w:rsidR="0032017C" w:rsidTr="7204BE33" w14:paraId="42423396" w14:textId="77777777">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1000" w:type="pct"/>
             <w:vMerge w:val="restart"/>
             <w:shd w:val="clear" w:color="auto" w:fill="E7E6E6"/>
-          </w:tcPr>
-          <w:p w14:paraId="0013AB20" w14:textId="77777777" w:rsidR="0032017C" w:rsidRPr="0032017C" w:rsidRDefault="0032017C" w:rsidP="0032017C">
+            <w:tcMar/>
+          </w:tcPr>
+          <w:p w:rsidRPr="0032017C" w:rsidR="0032017C" w:rsidP="0032017C" w:rsidRDefault="0032017C" w14:paraId="0013AB20" w14:textId="77777777">
             <w:pPr>
               <w:keepNext/>
               <w:keepLines/>
               <w:spacing w:before="40" w:after="40" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
-                <w:rFonts w:ascii="Arial Fet" w:eastAsia="Calibri" w:hAnsi="Arial Fet"/>
+                <w:rFonts w:ascii="Arial Fet" w:hAnsi="Arial Fet" w:eastAsia="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0032017C">
               <w:rPr>
-                <w:rFonts w:ascii="Arial Fet" w:eastAsia="Calibri" w:hAnsi="Arial Fet"/>
+                <w:rFonts w:ascii="Arial Fet" w:hAnsi="Arial Fet" w:eastAsia="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
               <w:t>HLR-Barn</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3000" w:type="pct"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-          </w:tcPr>
-          <w:p w14:paraId="0D98A1C7" w14:textId="77777777" w:rsidR="0032017C" w:rsidRPr="0032017C" w:rsidRDefault="0032017C" w:rsidP="0032017C">
+            <w:tcMar/>
+          </w:tcPr>
+          <w:p w:rsidRPr="0032017C" w:rsidR="0032017C" w:rsidP="0032017C" w:rsidRDefault="0032017C" w14:paraId="0D98A1C7" w14:textId="77777777">
             <w:pPr>
               <w:keepNext/>
               <w:keepLines/>
               <w:suppressAutoHyphens/>
               <w:spacing w:before="60" w:after="60" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
-                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0032017C">
               <w:rPr>
-                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
               <w:t xml:space="preserve">Adrenalin 0,1 mg/ml </w:t>
             </w:r>
             <w:r w:rsidRPr="0032017C">
               <w:rPr>
-                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
               <w:t>OBS!</w:t>
             </w:r>
             <w:r w:rsidRPr="0032017C">
               <w:rPr>
-                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
               <w:t xml:space="preserve"> Ljuskänsligt</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1000" w:type="pct"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-          </w:tcPr>
-          <w:p w14:paraId="3382F6C8" w14:textId="77777777" w:rsidR="0032017C" w:rsidRPr="0032017C" w:rsidRDefault="0032017C" w:rsidP="0032017C">
+            <w:tcMar/>
+          </w:tcPr>
+          <w:p w:rsidRPr="0032017C" w:rsidR="0032017C" w:rsidP="0032017C" w:rsidRDefault="0032017C" w14:paraId="3382F6C8" w14:textId="77777777">
             <w:pPr>
               <w:keepNext/>
               <w:keepLines/>
               <w:spacing w:before="60" w:after="60" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
-                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0032017C">
               <w:rPr>
-                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
               <w:t>3 x 10 ml</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="0032017C" w:rsidRPr="0032017C" w14:paraId="41D8AACE" w14:textId="77777777" w:rsidTr="001D43C5">
+      <w:tr w:rsidRPr="0032017C" w:rsidR="0032017C" w:rsidTr="7204BE33" w14:paraId="41D8AACE" w14:textId="77777777">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1000" w:type="pct"/>
             <w:vMerge/>
-            <w:shd w:val="clear" w:color="auto" w:fill="E7E6E6"/>
-[...1 lines deleted...]
-          <w:p w14:paraId="00C1DC76" w14:textId="77777777" w:rsidR="0032017C" w:rsidRPr="0032017C" w:rsidRDefault="0032017C" w:rsidP="0032017C">
+            <w:tcMar/>
+          </w:tcPr>
+          <w:p w:rsidRPr="0032017C" w:rsidR="0032017C" w:rsidP="0032017C" w:rsidRDefault="0032017C" w14:paraId="00C1DC76" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:before="40" w:after="40" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
-                <w:rFonts w:ascii="Arial Fet" w:eastAsia="Calibri" w:hAnsi="Arial Fet"/>
+                <w:rFonts w:ascii="Arial Fet" w:hAnsi="Arial Fet" w:eastAsia="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3000" w:type="pct"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-          </w:tcPr>
-          <w:p w14:paraId="28333B9D" w14:textId="77777777" w:rsidR="0032017C" w:rsidRPr="0032017C" w:rsidRDefault="0032017C" w:rsidP="0032017C">
+            <w:tcMar/>
+          </w:tcPr>
+          <w:p w:rsidRPr="0032017C" w:rsidR="0032017C" w:rsidP="0032017C" w:rsidRDefault="0032017C" w14:paraId="28333B9D" w14:textId="77777777">
             <w:pPr>
               <w:suppressAutoHyphens/>
               <w:spacing w:before="60" w:after="60" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
-                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0032017C">
               <w:rPr>
-                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
               <w:t xml:space="preserve">Amiodarone 50 mg/ml </w:t>
             </w:r>
             <w:r w:rsidRPr="0032017C">
               <w:rPr>
-                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
               <w:t>OBS!</w:t>
             </w:r>
             <w:r w:rsidRPr="0032017C">
               <w:rPr>
-                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
               <w:t xml:space="preserve"> Ljuskänsligt</w:t>
             </w:r>
             <w:r w:rsidRPr="0032017C">
               <w:rPr>
-                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
               <w:br/>
+            </w:r>
+            <w:r w:rsidRPr="0032017C">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
               <w:t>(t.ex. Cordarone)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1000" w:type="pct"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-          </w:tcPr>
-          <w:p w14:paraId="5082B7F9" w14:textId="77777777" w:rsidR="0032017C" w:rsidRPr="0032017C" w:rsidRDefault="0032017C" w:rsidP="0032017C">
+            <w:tcMar/>
+          </w:tcPr>
+          <w:p w:rsidRPr="0032017C" w:rsidR="0032017C" w:rsidP="0032017C" w:rsidRDefault="0032017C" w14:paraId="5082B7F9" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:before="60" w:after="60" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
-                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0032017C">
               <w:rPr>
-                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
               <w:t>3 x 3 ml</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="0032017C" w:rsidRPr="0032017C" w14:paraId="2508D378" w14:textId="77777777" w:rsidTr="001D43C5">
+      <w:tr w:rsidRPr="0032017C" w:rsidR="0032017C" w:rsidTr="7204BE33" w14:paraId="2508D378" w14:textId="77777777">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1000" w:type="pct"/>
             <w:vMerge/>
-            <w:shd w:val="clear" w:color="auto" w:fill="E7E6E6"/>
-[...1 lines deleted...]
-          <w:p w14:paraId="301D6CD1" w14:textId="77777777" w:rsidR="0032017C" w:rsidRPr="0032017C" w:rsidRDefault="0032017C" w:rsidP="0032017C">
+            <w:tcMar/>
+          </w:tcPr>
+          <w:p w:rsidRPr="0032017C" w:rsidR="0032017C" w:rsidP="0032017C" w:rsidRDefault="0032017C" w14:paraId="301D6CD1" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:before="40" w:after="40" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
-                <w:rFonts w:ascii="Arial Fet" w:eastAsia="Calibri" w:hAnsi="Arial Fet"/>
+                <w:rFonts w:ascii="Arial Fet" w:hAnsi="Arial Fet" w:eastAsia="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3000" w:type="pct"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-          </w:tcPr>
-          <w:p w14:paraId="73E44871" w14:textId="77777777" w:rsidR="0032017C" w:rsidRPr="0032017C" w:rsidRDefault="0032017C" w:rsidP="0032017C">
+            <w:tcMar/>
+          </w:tcPr>
+          <w:p w:rsidRPr="0032017C" w:rsidR="0032017C" w:rsidP="0032017C" w:rsidRDefault="0032017C" w14:paraId="73E44871" w14:textId="77777777">
             <w:pPr>
               <w:suppressAutoHyphens/>
               <w:spacing w:before="60" w:after="60" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
-                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0032017C">
               <w:rPr>
-                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
               <w:t>Glukos 50 mg/ml</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1000" w:type="pct"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-          </w:tcPr>
-          <w:p w14:paraId="17BC11F0" w14:textId="77777777" w:rsidR="0032017C" w:rsidRPr="0032017C" w:rsidRDefault="0032017C" w:rsidP="0032017C">
+            <w:tcMar/>
+          </w:tcPr>
+          <w:p w:rsidRPr="0032017C" w:rsidR="0032017C" w:rsidP="0032017C" w:rsidRDefault="0032017C" w14:paraId="17BC11F0" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:before="60" w:after="60" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
-                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0032017C">
               <w:rPr>
-                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
               <w:t>1 x 100 ml</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="0032017C" w:rsidRPr="0032017C" w14:paraId="3262A9D3" w14:textId="77777777" w:rsidTr="001D43C5">
+      <w:tr w:rsidRPr="0032017C" w:rsidR="0032017C" w:rsidTr="7204BE33" w14:paraId="3262A9D3" w14:textId="77777777">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1000" w:type="pct"/>
             <w:vMerge/>
-            <w:shd w:val="clear" w:color="auto" w:fill="E7E6E6"/>
-[...1 lines deleted...]
-          <w:p w14:paraId="5EA56DAC" w14:textId="77777777" w:rsidR="0032017C" w:rsidRPr="0032017C" w:rsidRDefault="0032017C" w:rsidP="0032017C">
+            <w:tcMar/>
+          </w:tcPr>
+          <w:p w:rsidRPr="0032017C" w:rsidR="0032017C" w:rsidP="0032017C" w:rsidRDefault="0032017C" w14:paraId="5EA56DAC" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:before="40" w:after="40" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
-                <w:rFonts w:ascii="Arial Fet" w:eastAsia="Calibri" w:hAnsi="Arial Fet"/>
+                <w:rFonts w:ascii="Arial Fet" w:hAnsi="Arial Fet" w:eastAsia="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3000" w:type="pct"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-          </w:tcPr>
-          <w:p w14:paraId="0B6D397A" w14:textId="77777777" w:rsidR="0032017C" w:rsidRPr="0032017C" w:rsidRDefault="0032017C" w:rsidP="0032017C">
+            <w:tcMar/>
+          </w:tcPr>
+          <w:p w:rsidRPr="0032017C" w:rsidR="0032017C" w:rsidP="0032017C" w:rsidRDefault="0032017C" w14:paraId="0B6D397A" w14:textId="77777777">
             <w:pPr>
               <w:suppressAutoHyphens/>
               <w:spacing w:before="60" w:after="60" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
-                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0032017C">
               <w:rPr>
-                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
               <w:t>Glukos 100 mg/ml</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1000" w:type="pct"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-          </w:tcPr>
-          <w:p w14:paraId="7842B690" w14:textId="26ED13E5" w:rsidR="0032017C" w:rsidRPr="0032017C" w:rsidRDefault="0032017C" w:rsidP="0032017C">
+            <w:tcMar/>
+          </w:tcPr>
+          <w:p w:rsidRPr="0032017C" w:rsidR="0032017C" w:rsidP="0032017C" w:rsidRDefault="0032017C" w14:paraId="7842B690" w14:textId="26ED13E5">
             <w:pPr>
               <w:spacing w:before="60" w:after="60" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
-                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0032017C">
               <w:rPr>
-                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
               <w:t xml:space="preserve">1 x </w:t>
             </w:r>
             <w:r w:rsidR="004522CA">
               <w:rPr>
-                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
               <w:t>5</w:t>
             </w:r>
             <w:r w:rsidRPr="0032017C">
               <w:rPr>
-                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
               <w:t>00 ml</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="0032017C" w:rsidRPr="0032017C" w14:paraId="6DA5E1DC" w14:textId="77777777" w:rsidTr="001D43C5">
+      <w:tr w:rsidRPr="0032017C" w:rsidR="0032017C" w:rsidTr="7204BE33" w14:paraId="6DA5E1DC" w14:textId="77777777">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1000" w:type="pct"/>
             <w:vMerge/>
-            <w:shd w:val="clear" w:color="auto" w:fill="E7E6E6"/>
-[...1 lines deleted...]
-          <w:p w14:paraId="0E19D2B4" w14:textId="77777777" w:rsidR="0032017C" w:rsidRPr="0032017C" w:rsidRDefault="0032017C" w:rsidP="0032017C">
+            <w:tcMar/>
+          </w:tcPr>
+          <w:p w:rsidRPr="0032017C" w:rsidR="0032017C" w:rsidP="0032017C" w:rsidRDefault="0032017C" w14:paraId="0E19D2B4" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:before="40" w:after="40" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
-                <w:rFonts w:ascii="Arial Fet" w:eastAsia="Calibri" w:hAnsi="Arial Fet"/>
+                <w:rFonts w:ascii="Arial Fet" w:hAnsi="Arial Fet" w:eastAsia="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3000" w:type="pct"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-          </w:tcPr>
-          <w:p w14:paraId="0FB50F12" w14:textId="77777777" w:rsidR="0032017C" w:rsidRPr="0032017C" w:rsidRDefault="0032017C" w:rsidP="0032017C">
+            <w:tcMar/>
+          </w:tcPr>
+          <w:p w:rsidRPr="0032017C" w:rsidR="0032017C" w:rsidP="0032017C" w:rsidRDefault="0032017C" w14:paraId="0FB50F12" w14:textId="77777777">
             <w:pPr>
               <w:suppressAutoHyphens/>
               <w:spacing w:before="60" w:after="60" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
-                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0032017C">
               <w:rPr>
-                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
               <w:t xml:space="preserve">Tribonat </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1000" w:type="pct"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-          </w:tcPr>
-          <w:p w14:paraId="300FEA8D" w14:textId="77777777" w:rsidR="0032017C" w:rsidRPr="0032017C" w:rsidRDefault="0032017C" w:rsidP="0032017C">
+            <w:tcMar/>
+          </w:tcPr>
+          <w:p w:rsidRPr="0032017C" w:rsidR="0032017C" w:rsidP="0032017C" w:rsidRDefault="0032017C" w14:paraId="300FEA8D" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:before="60" w:after="60" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
-                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0032017C">
               <w:rPr>
-                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
               <w:t>1 x 100 ml</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="0032017C" w:rsidRPr="0032017C" w14:paraId="1FDE5FB5" w14:textId="77777777" w:rsidTr="001D43C5">
+      <w:tr w:rsidRPr="0032017C" w:rsidR="0032017C" w:rsidTr="7204BE33" w14:paraId="1FDE5FB5" w14:textId="77777777">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1000" w:type="pct"/>
             <w:vMerge w:val="restart"/>
             <w:shd w:val="clear" w:color="auto" w:fill="E7E6E6"/>
-          </w:tcPr>
-          <w:p w14:paraId="0FD6AF6F" w14:textId="77777777" w:rsidR="0032017C" w:rsidRPr="0032017C" w:rsidRDefault="0032017C" w:rsidP="0032017C">
+            <w:tcMar/>
+          </w:tcPr>
+          <w:p w:rsidRPr="0032017C" w:rsidR="0032017C" w:rsidP="0032017C" w:rsidRDefault="0032017C" w14:paraId="0FD6AF6F" w14:textId="77777777">
             <w:pPr>
               <w:keepNext/>
               <w:keepLines/>
               <w:spacing w:before="40" w:after="40" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
-                <w:rFonts w:ascii="Arial Fet" w:eastAsia="Calibri" w:hAnsi="Arial Fet"/>
+                <w:rFonts w:ascii="Arial Fet" w:hAnsi="Arial Fet" w:eastAsia="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0032017C">
               <w:rPr>
-                <w:rFonts w:ascii="Arial Fet" w:eastAsia="Calibri" w:hAnsi="Arial Fet"/>
+                <w:rFonts w:ascii="Arial Fet" w:hAnsi="Arial Fet" w:eastAsia="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
               <w:t>Anafylaxi Vuxen</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3000" w:type="pct"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-          </w:tcPr>
-          <w:p w14:paraId="3A14E834" w14:textId="77777777" w:rsidR="0032017C" w:rsidRPr="0032017C" w:rsidRDefault="0032017C" w:rsidP="0032017C">
+            <w:tcMar/>
+          </w:tcPr>
+          <w:p w:rsidRPr="0032017C" w:rsidR="0032017C" w:rsidP="0032017C" w:rsidRDefault="0032017C" w14:paraId="3A14E834" w14:textId="77777777">
             <w:pPr>
               <w:keepNext/>
               <w:keepLines/>
               <w:suppressAutoHyphens/>
               <w:spacing w:before="60" w:after="60" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
-                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0032017C">
               <w:rPr>
-                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
               <w:t xml:space="preserve">Adrenalin autoinjektor </w:t>
             </w:r>
             <w:r w:rsidRPr="0032017C">
               <w:rPr>
-                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
               <w:t>OBS!</w:t>
             </w:r>
             <w:r w:rsidRPr="0032017C">
               <w:rPr>
-                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
               <w:t xml:space="preserve"> Ljuskänsligt</w:t>
             </w:r>
             <w:r w:rsidRPr="0032017C">
               <w:rPr>
-                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
               <w:br/>
+            </w:r>
+            <w:r w:rsidRPr="0032017C">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
               <w:t>t.ex. EpiPen 0,3 mg/ml</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1000" w:type="pct"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-          </w:tcPr>
-          <w:p w14:paraId="4F1CD32E" w14:textId="77777777" w:rsidR="0032017C" w:rsidRPr="0032017C" w:rsidRDefault="0032017C" w:rsidP="0032017C">
+            <w:tcMar/>
+          </w:tcPr>
+          <w:p w:rsidRPr="0032017C" w:rsidR="0032017C" w:rsidP="0032017C" w:rsidRDefault="0032017C" w14:paraId="4F1CD32E" w14:textId="77777777">
             <w:pPr>
               <w:keepNext/>
               <w:keepLines/>
               <w:spacing w:before="60" w:after="60" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
-                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0032017C">
               <w:rPr>
-                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
               <w:t>2 st</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="0032017C" w:rsidRPr="0032017C" w14:paraId="4ADF532E" w14:textId="77777777" w:rsidTr="001D43C5">
+      <w:tr w:rsidRPr="0032017C" w:rsidR="0032017C" w:rsidTr="7204BE33" w14:paraId="4ADF532E" w14:textId="77777777">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1000" w:type="pct"/>
             <w:vMerge/>
-            <w:shd w:val="clear" w:color="auto" w:fill="E7E6E6"/>
-[...1 lines deleted...]
-          <w:p w14:paraId="310A6DFC" w14:textId="77777777" w:rsidR="0032017C" w:rsidRPr="0032017C" w:rsidRDefault="0032017C" w:rsidP="0032017C">
+            <w:tcMar/>
+          </w:tcPr>
+          <w:p w:rsidRPr="0032017C" w:rsidR="0032017C" w:rsidP="0032017C" w:rsidRDefault="0032017C" w14:paraId="310A6DFC" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:before="40" w:after="40" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
-                <w:rFonts w:ascii="Arial Fet" w:eastAsia="Calibri" w:hAnsi="Arial Fet"/>
+                <w:rFonts w:ascii="Arial Fet" w:hAnsi="Arial Fet" w:eastAsia="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3000" w:type="pct"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-          </w:tcPr>
-          <w:p w14:paraId="782A1E1B" w14:textId="77777777" w:rsidR="0032017C" w:rsidRPr="0032017C" w:rsidRDefault="0032017C" w:rsidP="0032017C">
+            <w:tcMar/>
+          </w:tcPr>
+          <w:p w:rsidRPr="0032017C" w:rsidR="0032017C" w:rsidP="33C986C7" w:rsidRDefault="0032017C" w14:paraId="530E7E21" w14:textId="6C13835F">
+            <w:pPr>
+              <w:suppressAutoHyphens/>
+              <w:spacing w:before="0" w:beforeAutospacing="off" w:after="0" w:afterAutospacing="off" w:line="300" w:lineRule="auto"/>
+              <w:ind/>
+              <w:rPr>
+                <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:eastAsia="Segoe UI" w:cs="Segoe UI"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:noProof w:val="0"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="sv-SE"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="7204BE33" w:rsidR="6E889CD6">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="7204BE33" w:rsidR="6E889CD6">
+              <w:rPr>
+                <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:eastAsia="Segoe UI" w:cs="Segoe UI"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:noProof w:val="0"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="sv-SE"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Antihistamin </w:t>
+            </w:r>
+            <w:r w:rsidRPr="7204BE33" w:rsidR="6E889CD6">
+              <w:rPr>
+                <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:eastAsia="Segoe UI" w:cs="Segoe UI"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:noProof w:val="0"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="sv-SE"/>
+              </w:rPr>
+              <w:t>desloratadin</w:t>
+            </w:r>
+            <w:r w:rsidRPr="7204BE33" w:rsidR="6E889CD6">
+              <w:rPr>
+                <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:eastAsia="Segoe UI" w:cs="Segoe UI"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:noProof w:val="0"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="sv-SE"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="7204BE33" w:rsidR="6E889CD6">
+              <w:rPr>
+                <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:eastAsia="Segoe UI" w:cs="Segoe UI"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:noProof w:val="0"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="sv-SE"/>
+              </w:rPr>
+              <w:t>t.ex.</w:t>
+            </w:r>
+            <w:r w:rsidRPr="7204BE33" w:rsidR="6E889CD6">
+              <w:rPr>
+                <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:eastAsia="Segoe UI" w:cs="Segoe UI"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:noProof w:val="0"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="sv-SE"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> munlöslig tablett </w:t>
+            </w:r>
+            <w:r w:rsidRPr="7204BE33" w:rsidR="6E889CD6">
+              <w:rPr>
+                <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:eastAsia="Segoe UI" w:cs="Segoe UI"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:noProof w:val="0"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="sv-SE"/>
+              </w:rPr>
+              <w:t>Caredin</w:t>
+            </w:r>
+            <w:r w:rsidRPr="7204BE33" w:rsidR="6E889CD6">
+              <w:rPr>
+                <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:eastAsia="Segoe UI" w:cs="Segoe UI"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:noProof w:val="0"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="sv-SE"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> 5 mg </w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidRPr="0032017C" w:rsidR="0032017C" w:rsidP="7204BE33" w:rsidRDefault="0032017C" w14:paraId="6E445EB7" w14:textId="7AE958E6">
+            <w:pPr>
+              <w:suppressAutoHyphens/>
+              <w:spacing w:before="0" w:beforeAutospacing="off" w:after="0" w:afterAutospacing="off" w:line="300" w:lineRule="auto"/>
+              <w:ind/>
+              <w:rPr>
+                <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:eastAsia="Segoe UI" w:cs="Segoe UI"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:noProof w:val="0"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="sv-SE"/>
+              </w:rPr>
+              <w:pPrChange w:author="Isabell Skott" w:date="2026-01-21T14:01:46.293Z">
+                <w:pPr/>
+              </w:pPrChange>
+            </w:pPr>
+            <w:r w:rsidRPr="7204BE33" w:rsidR="6E889CD6">
+              <w:rPr>
+                <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:eastAsia="Segoe UI" w:cs="Segoe UI"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:noProof w:val="0"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="sv-SE"/>
+              </w:rPr>
+              <w:t xml:space="preserve">30 </w:t>
+            </w:r>
+            <w:r w:rsidRPr="7204BE33" w:rsidR="6E889CD6">
+              <w:rPr>
+                <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:eastAsia="Segoe UI" w:cs="Segoe UI"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:noProof w:val="0"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="sv-SE"/>
+              </w:rPr>
+              <w:t>st</w:t>
+            </w:r>
+            <w:r w:rsidRPr="7204BE33" w:rsidR="6E889CD6">
+              <w:rPr>
+                <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:eastAsia="Segoe UI" w:cs="Segoe UI"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:noProof w:val="0"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="sv-SE"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidRPr="0032017C" w:rsidR="0032017C" w:rsidP="7204BE33" w:rsidRDefault="0032017C" w14:paraId="08E25DBA" w14:textId="08650830">
+            <w:pPr>
+              <w:suppressAutoHyphens/>
+              <w:spacing w:before="0" w:beforeAutospacing="off" w:after="0" w:afterAutospacing="off" w:line="300" w:lineRule="auto"/>
+              <w:ind/>
+              <w:pPrChange w:author="Isabell Skott" w:date="2026-01-21T14:01:46.295Z">
+                <w:pPr/>
+              </w:pPrChange>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidRPr="0032017C" w:rsidR="0032017C" w:rsidP="0032017C" w:rsidRDefault="0032017C" w14:paraId="782A1E1B" w14:textId="027E1C45">
             <w:pPr>
               <w:suppressAutoHyphens/>
               <w:spacing w:before="60" w:after="60" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
-                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
-[...13 lines deleted...]
-            </w:r>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1000" w:type="pct"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-          </w:tcPr>
-          <w:p w14:paraId="02D1EF8B" w14:textId="77777777" w:rsidR="0032017C" w:rsidRPr="0032017C" w:rsidRDefault="0032017C" w:rsidP="0032017C">
+            <w:tcMar/>
+          </w:tcPr>
+          <w:p w:rsidRPr="0032017C" w:rsidR="0032017C" w:rsidP="0032017C" w:rsidRDefault="0032017C" w14:paraId="02D1EF8B" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:before="60" w:after="60" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
-                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
-[...12 lines deleted...]
-              <w:t>30 st</w:t>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:commentRangeStart w:id="969443674"/>
+            <w:r w:rsidRPr="7204BE33" w:rsidR="0032017C">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve">30 </w:t>
+            </w:r>
+            <w:r w:rsidRPr="7204BE33" w:rsidR="0032017C">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>st</w:t>
+            </w:r>
+            <w:commentRangeEnd w:id="969443674"/>
+            <w:r>
+              <w:rPr>
+                <w:rStyle w:val="CommentReference"/>
+              </w:rPr>
+              <w:commentReference w:id="969443674"/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="0032017C" w:rsidRPr="0032017C" w14:paraId="5F01411D" w14:textId="77777777" w:rsidTr="001D43C5">
+      <w:tr w:rsidRPr="0032017C" w:rsidR="0032017C" w:rsidTr="7204BE33" w14:paraId="5F01411D" w14:textId="77777777">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1000" w:type="pct"/>
             <w:vMerge/>
-            <w:shd w:val="clear" w:color="auto" w:fill="E7E6E6"/>
-[...1 lines deleted...]
-          <w:p w14:paraId="7486E194" w14:textId="77777777" w:rsidR="0032017C" w:rsidRPr="0032017C" w:rsidRDefault="0032017C" w:rsidP="0032017C">
+            <w:tcMar/>
+          </w:tcPr>
+          <w:p w:rsidRPr="0032017C" w:rsidR="0032017C" w:rsidP="0032017C" w:rsidRDefault="0032017C" w14:paraId="7486E194" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:before="40" w:after="40" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
-                <w:rFonts w:ascii="Arial Fet" w:eastAsia="Calibri" w:hAnsi="Arial Fet"/>
+                <w:rFonts w:ascii="Arial Fet" w:hAnsi="Arial Fet" w:eastAsia="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3000" w:type="pct"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-          </w:tcPr>
-          <w:p w14:paraId="7588E1C0" w14:textId="77777777" w:rsidR="0032017C" w:rsidRPr="0032017C" w:rsidRDefault="0032017C" w:rsidP="0032017C">
+            <w:tcMar/>
+          </w:tcPr>
+          <w:p w:rsidRPr="0032017C" w:rsidR="0032017C" w:rsidP="33C986C7" w:rsidRDefault="0032017C" w14:paraId="07BFC81C" w14:textId="1A015EC8">
             <w:pPr>
               <w:suppressAutoHyphens/>
               <w:spacing w:before="60" w:after="60" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
-                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
-[...13 lines deleted...]
-            </w:r>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="7204BE33" w:rsidR="553F63FE">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Kortison betametason </w:t>
+            </w:r>
+            <w:r w:rsidRPr="7204BE33" w:rsidR="553F63FE">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>t.ex.</w:t>
+            </w:r>
+            <w:r w:rsidRPr="7204BE33" w:rsidR="553F63FE">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="7204BE33" w:rsidR="553F63FE">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>Betapred</w:t>
+            </w:r>
+            <w:r w:rsidRPr="7204BE33" w:rsidR="553F63FE">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> tabletter 0,5 mg</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidRPr="0032017C" w:rsidR="0032017C" w:rsidP="0032017C" w:rsidRDefault="0032017C" w14:paraId="7588E1C0" w14:textId="609536E2">
+            <w:pPr>
+              <w:suppressAutoHyphens/>
+              <w:spacing w:before="60" w:after="60" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="0" w:right="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1000" w:type="pct"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-          </w:tcPr>
-          <w:p w14:paraId="1F496DAD" w14:textId="77777777" w:rsidR="0032017C" w:rsidRPr="0032017C" w:rsidRDefault="0032017C" w:rsidP="0032017C">
+            <w:tcMar/>
+          </w:tcPr>
+          <w:p w:rsidRPr="0032017C" w:rsidR="0032017C" w:rsidP="0032017C" w:rsidRDefault="0032017C" w14:paraId="1F496DAD" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:before="60" w:after="60" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
-                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0032017C">
               <w:rPr>
-                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
               <w:t>30 st</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="0032017C" w:rsidRPr="0032017C" w14:paraId="7B9BFED5" w14:textId="77777777" w:rsidTr="001D43C5">
+      <w:tr w:rsidRPr="0032017C" w:rsidR="0032017C" w:rsidTr="7204BE33" w14:paraId="7B9BFED5" w14:textId="77777777">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1000" w:type="pct"/>
             <w:vMerge w:val="restart"/>
             <w:shd w:val="clear" w:color="auto" w:fill="E7E6E6"/>
-          </w:tcPr>
-          <w:p w14:paraId="4E2BE960" w14:textId="77777777" w:rsidR="0032017C" w:rsidRPr="0032017C" w:rsidRDefault="0032017C" w:rsidP="0032017C">
+            <w:tcMar/>
+          </w:tcPr>
+          <w:p w:rsidRPr="0032017C" w:rsidR="0032017C" w:rsidP="0032017C" w:rsidRDefault="0032017C" w14:paraId="4E2BE960" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:before="40" w:after="40" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
-                <w:rFonts w:ascii="Arial Fet" w:eastAsia="Calibri" w:hAnsi="Arial Fet"/>
+                <w:rFonts w:ascii="Arial Fet" w:hAnsi="Arial Fet" w:eastAsia="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0032017C">
               <w:rPr>
-                <w:rFonts w:ascii="Arial Fet" w:eastAsia="Calibri" w:hAnsi="Arial Fet"/>
+                <w:rFonts w:ascii="Arial Fet" w:hAnsi="Arial Fet" w:eastAsia="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
               <w:t>Anafylaxi barn</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3000" w:type="pct"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-          </w:tcPr>
-          <w:p w14:paraId="05A4DAAD" w14:textId="77777777" w:rsidR="0032017C" w:rsidRPr="0032017C" w:rsidRDefault="0032017C" w:rsidP="0032017C">
+            <w:tcMar/>
+          </w:tcPr>
+          <w:p w:rsidRPr="0032017C" w:rsidR="0032017C" w:rsidP="0032017C" w:rsidRDefault="0032017C" w14:paraId="05A4DAAD" w14:textId="77777777">
             <w:pPr>
               <w:suppressAutoHyphens/>
               <w:spacing w:before="60" w:after="60" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
-                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0032017C">
               <w:rPr>
-                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
               <w:t xml:space="preserve">Adrenalin autoinjektor t.ex. EpiPen Jr 0,15 mg/ml </w:t>
             </w:r>
             <w:r w:rsidRPr="0032017C">
               <w:rPr>
-                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
               <w:t>OBS!</w:t>
             </w:r>
             <w:r w:rsidRPr="0032017C">
               <w:rPr>
-                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
               <w:t xml:space="preserve"> Ljuskänsligt!</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1000" w:type="pct"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-          </w:tcPr>
-          <w:p w14:paraId="2065C750" w14:textId="77777777" w:rsidR="0032017C" w:rsidRPr="0032017C" w:rsidRDefault="0032017C" w:rsidP="0032017C">
+            <w:tcMar/>
+          </w:tcPr>
+          <w:p w:rsidRPr="0032017C" w:rsidR="0032017C" w:rsidP="0032017C" w:rsidRDefault="0032017C" w14:paraId="2065C750" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:before="60" w:after="60" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
-                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0032017C">
               <w:rPr>
-                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
               <w:t>2 st</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="0032017C" w:rsidRPr="0032017C" w14:paraId="73530860" w14:textId="77777777" w:rsidTr="001D43C5">
+      <w:tr w:rsidRPr="0032017C" w:rsidR="0032017C" w:rsidTr="7204BE33" w14:paraId="73530860" w14:textId="77777777">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1000" w:type="pct"/>
             <w:vMerge/>
-            <w:shd w:val="clear" w:color="auto" w:fill="E7E6E6"/>
-[...1 lines deleted...]
-          <w:p w14:paraId="2A8C291E" w14:textId="77777777" w:rsidR="0032017C" w:rsidRPr="0032017C" w:rsidRDefault="0032017C" w:rsidP="0032017C">
+            <w:tcMar/>
+          </w:tcPr>
+          <w:p w:rsidRPr="0032017C" w:rsidR="0032017C" w:rsidP="0032017C" w:rsidRDefault="0032017C" w14:paraId="2A8C291E" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:before="40" w:after="40" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
-                <w:rFonts w:ascii="Arial Fet" w:eastAsia="Calibri" w:hAnsi="Arial Fet"/>
+                <w:rFonts w:ascii="Arial Fet" w:hAnsi="Arial Fet" w:eastAsia="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3000" w:type="pct"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-          </w:tcPr>
-          <w:p w14:paraId="5E122190" w14:textId="77777777" w:rsidR="0032017C" w:rsidRPr="0032017C" w:rsidRDefault="0032017C" w:rsidP="0032017C">
+            <w:tcMar/>
+          </w:tcPr>
+          <w:p w:rsidRPr="0032017C" w:rsidR="0032017C" w:rsidP="33C986C7" w:rsidRDefault="0032017C" w14:paraId="65676686" w14:textId="510E57EE">
+            <w:pPr>
+              <w:spacing w:before="0" w:beforeAutospacing="off" w:after="0" w:afterAutospacing="off" w:line="300" w:lineRule="auto"/>
+              <w:ind/>
+              <w:rPr>
+                <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:eastAsia="Segoe UI" w:cs="Segoe UI"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:noProof w:val="0"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="sv-SE"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="7204BE33" w:rsidR="51E64D3B">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="7204BE33" w:rsidR="51E64D3B">
+              <w:rPr>
+                <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:eastAsia="Segoe UI" w:cs="Segoe UI"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:noProof w:val="0"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="sv-SE"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Antihistamin </w:t>
+            </w:r>
+            <w:r w:rsidRPr="7204BE33" w:rsidR="51E64D3B">
+              <w:rPr>
+                <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:eastAsia="Segoe UI" w:cs="Segoe UI"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:noProof w:val="0"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="sv-SE"/>
+              </w:rPr>
+              <w:t>desloratadin</w:t>
+            </w:r>
+            <w:r w:rsidRPr="7204BE33" w:rsidR="51E64D3B">
+              <w:rPr>
+                <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:eastAsia="Segoe UI" w:cs="Segoe UI"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:noProof w:val="0"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="sv-SE"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="7204BE33" w:rsidR="51E64D3B">
+              <w:rPr>
+                <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:eastAsia="Segoe UI" w:cs="Segoe UI"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:noProof w:val="0"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="sv-SE"/>
+              </w:rPr>
+              <w:t>t.ex.</w:t>
+            </w:r>
+            <w:r w:rsidRPr="7204BE33" w:rsidR="51E64D3B">
+              <w:rPr>
+                <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:eastAsia="Segoe UI" w:cs="Segoe UI"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:noProof w:val="0"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="sv-SE"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> munlöslig tablett </w:t>
+            </w:r>
+            <w:r w:rsidRPr="7204BE33" w:rsidR="51E64D3B">
+              <w:rPr>
+                <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:eastAsia="Segoe UI" w:cs="Segoe UI"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:noProof w:val="0"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="sv-SE"/>
+              </w:rPr>
+              <w:t>Caredin</w:t>
+            </w:r>
+            <w:r w:rsidRPr="7204BE33" w:rsidR="51E64D3B">
+              <w:rPr>
+                <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:eastAsia="Segoe UI" w:cs="Segoe UI"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:noProof w:val="0"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="sv-SE"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> 5 mg </w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidRPr="0032017C" w:rsidR="0032017C" w:rsidP="7204BE33" w:rsidRDefault="0032017C" w14:paraId="596F6050" w14:textId="7BBD8AB3">
+            <w:pPr>
+              <w:spacing w:before="0" w:beforeAutospacing="off" w:after="0" w:afterAutospacing="off" w:line="300" w:lineRule="auto"/>
+              <w:ind/>
+              <w:rPr>
+                <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:eastAsia="Segoe UI" w:cs="Segoe UI"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:noProof w:val="0"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="sv-SE"/>
+              </w:rPr>
+              <w:pPrChange w:author="Isabell Skott" w:date="2026-01-21T14:04:20.876Z">
+                <w:pPr/>
+              </w:pPrChange>
+            </w:pPr>
+            <w:r w:rsidRPr="7204BE33" w:rsidR="51E64D3B">
+              <w:rPr>
+                <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:eastAsia="Segoe UI" w:cs="Segoe UI"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:noProof w:val="0"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="sv-SE"/>
+              </w:rPr>
+              <w:t xml:space="preserve">30 </w:t>
+            </w:r>
+            <w:r w:rsidRPr="7204BE33" w:rsidR="51E64D3B">
+              <w:rPr>
+                <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:eastAsia="Segoe UI" w:cs="Segoe UI"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:noProof w:val="0"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="sv-SE"/>
+              </w:rPr>
+              <w:t>st</w:t>
+            </w:r>
+            <w:r w:rsidRPr="7204BE33" w:rsidR="51E64D3B">
+              <w:rPr>
+                <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:eastAsia="Segoe UI" w:cs="Segoe UI"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:noProof w:val="0"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="sv-SE"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidRPr="0032017C" w:rsidR="0032017C" w:rsidP="7204BE33" w:rsidRDefault="0032017C" w14:paraId="35159A66" w14:textId="322151FB">
+            <w:pPr>
+              <w:spacing w:before="0" w:beforeAutospacing="off" w:after="0" w:afterAutospacing="off" w:line="300" w:lineRule="auto"/>
+              <w:ind/>
+              <w:pPrChange w:author="Isabell Skott" w:date="2026-01-21T14:04:20.878Z">
+                <w:pPr/>
+              </w:pPrChange>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidRPr="0032017C" w:rsidR="0032017C" w:rsidP="0032017C" w:rsidRDefault="0032017C" w14:paraId="5E122190" w14:textId="469536F1">
             <w:pPr>
               <w:spacing w:before="60" w:after="60" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
-                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
-[...13 lines deleted...]
-            </w:r>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1000" w:type="pct"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-          </w:tcPr>
-          <w:p w14:paraId="789E7DF5" w14:textId="77777777" w:rsidR="0032017C" w:rsidRPr="0032017C" w:rsidRDefault="0032017C" w:rsidP="0032017C">
+            <w:tcMar/>
+          </w:tcPr>
+          <w:p w:rsidRPr="0032017C" w:rsidR="0032017C" w:rsidP="0032017C" w:rsidRDefault="0032017C" w14:paraId="789E7DF5" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:before="60" w:after="60" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
-                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0032017C">
               <w:rPr>
-                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
               <w:t>30 st</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="0032017C" w:rsidRPr="0032017C" w14:paraId="080E1FB9" w14:textId="77777777" w:rsidTr="001D43C5">
+      <w:tr w:rsidRPr="0032017C" w:rsidR="0032017C" w:rsidTr="7204BE33" w14:paraId="080E1FB9" w14:textId="77777777">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1000" w:type="pct"/>
             <w:vMerge/>
-            <w:shd w:val="clear" w:color="auto" w:fill="E7E6E6"/>
-[...1 lines deleted...]
-          <w:p w14:paraId="53754C20" w14:textId="77777777" w:rsidR="0032017C" w:rsidRPr="0032017C" w:rsidRDefault="0032017C" w:rsidP="0032017C">
+            <w:tcMar/>
+          </w:tcPr>
+          <w:p w:rsidRPr="0032017C" w:rsidR="0032017C" w:rsidP="0032017C" w:rsidRDefault="0032017C" w14:paraId="53754C20" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:before="40" w:after="40" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
-                <w:rFonts w:ascii="Arial Fet" w:eastAsia="Calibri" w:hAnsi="Arial Fet"/>
+                <w:rFonts w:ascii="Arial Fet" w:hAnsi="Arial Fet" w:eastAsia="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3000" w:type="pct"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-          </w:tcPr>
-[...1 lines deleted...]
-            <w:pPr>
+            <w:tcMar/>
+          </w:tcPr>
+          <w:p w:rsidRPr="0032017C" w:rsidR="0032017C" w:rsidP="33C986C7" w:rsidRDefault="0032017C" w14:paraId="55F64E33" w14:textId="34604BEC">
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
               <w:spacing w:before="60" w:after="60" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
-                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
-[...12 lines deleted...]
-              <w:t>Antihistamin desloratadin t.ex. munlöslig tablett Caredin 2,5 mg</w:t>
+                <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:eastAsia="Segoe UI" w:cs="Segoe UI"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:noProof w:val="0"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="sv-SE"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="7204BE33" w:rsidR="2B6C8196">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Kortison betametason </w:t>
+            </w:r>
+            <w:r w:rsidRPr="7204BE33" w:rsidR="2B6C8196">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>t.ex.</w:t>
+            </w:r>
+            <w:r w:rsidRPr="7204BE33" w:rsidR="2B6C8196">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="7204BE33" w:rsidR="2B6C8196">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>Betapred</w:t>
+            </w:r>
+            <w:r w:rsidRPr="7204BE33" w:rsidR="2B6C8196">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> tabletter 0,5 mg</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1000" w:type="pct"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-          </w:tcPr>
-          <w:p w14:paraId="6522EDEA" w14:textId="77777777" w:rsidR="0032017C" w:rsidRPr="0032017C" w:rsidRDefault="0032017C" w:rsidP="0032017C">
+            <w:tcMar/>
+          </w:tcPr>
+          <w:p w:rsidRPr="0032017C" w:rsidR="0032017C" w:rsidP="0032017C" w:rsidRDefault="0032017C" w14:paraId="6522EDEA" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:before="60" w:after="60" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
-                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0032017C">
               <w:rPr>
-                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
               <w:t>30 st</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="20E3BD66" w14:textId="77777777" w:rsidR="0032017C" w:rsidRPr="0032017C" w:rsidRDefault="0032017C" w:rsidP="001D43C5">
+    <w:p w:rsidRPr="0032017C" w:rsidR="0032017C" w:rsidP="001D43C5" w:rsidRDefault="0032017C" w14:paraId="20E3BD66" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="Rubrik3"/>
       </w:pPr>
-      <w:bookmarkStart w:id="67" w:name="_Toc256000063"/>
-[...7 lines deleted...]
-      <w:bookmarkStart w:id="75" w:name="_Toc161213276"/>
+      <w:bookmarkStart w:name="_Toc256000063" w:id="67"/>
+      <w:bookmarkStart w:name="_Toc256000047" w:id="68"/>
+      <w:bookmarkStart w:name="_Toc256000031" w:id="69"/>
+      <w:bookmarkStart w:name="_Toc256000015" w:id="70"/>
+      <w:bookmarkStart w:name="_Toc62544740" w:id="71"/>
+      <w:bookmarkStart w:name="_Toc62638203" w:id="72"/>
+      <w:bookmarkStart w:name="_Toc62652012" w:id="73"/>
+      <w:bookmarkStart w:name="_Toc62654102" w:id="74"/>
+      <w:bookmarkStart w:name="_Toc161213276" w:id="75"/>
       <w:bookmarkEnd w:id="66"/>
       <w:r w:rsidRPr="0032017C">
         <w:t>Dokumentation</w:t>
       </w:r>
       <w:bookmarkEnd w:id="67"/>
       <w:bookmarkEnd w:id="68"/>
       <w:bookmarkEnd w:id="69"/>
       <w:bookmarkEnd w:id="70"/>
       <w:bookmarkEnd w:id="71"/>
       <w:bookmarkEnd w:id="72"/>
       <w:bookmarkEnd w:id="73"/>
       <w:bookmarkEnd w:id="74"/>
       <w:bookmarkEnd w:id="75"/>
     </w:p>
-    <w:p w14:paraId="5BE5A694" w14:textId="77777777" w:rsidR="0032017C" w:rsidRPr="0032017C" w:rsidRDefault="0032017C" w:rsidP="001D43C5">
+    <w:p w:rsidRPr="0032017C" w:rsidR="0032017C" w:rsidP="001D43C5" w:rsidRDefault="0032017C" w14:paraId="5BE5A694" w14:textId="77777777">
       <w:r w:rsidRPr="0032017C">
         <w:t>Lådans innehåll måste framgå från etikett som placeras på lådans lock. Där ska även framgå när hållbarheten kontrollerats och av vem.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="14346245" w14:textId="77777777" w:rsidR="0032017C" w:rsidRPr="0032017C" w:rsidRDefault="0032017C" w:rsidP="001D43C5">
+    <w:p w:rsidRPr="0032017C" w:rsidR="0032017C" w:rsidP="001D43C5" w:rsidRDefault="0032017C" w14:paraId="14346245" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="Rubrik3"/>
       </w:pPr>
-      <w:bookmarkStart w:id="76" w:name="_Toc256000064"/>
-[...9 lines deleted...]
-      <w:bookmarkStart w:id="86" w:name="_Toc161213277"/>
+      <w:bookmarkStart w:name="_Toc256000064" w:id="76"/>
+      <w:bookmarkStart w:name="_Toc256000048" w:id="77"/>
+      <w:bookmarkStart w:name="_Toc256000032" w:id="78"/>
+      <w:bookmarkStart w:name="_Toc256000016" w:id="79"/>
+      <w:bookmarkStart w:name="_Toc314219123" w:id="80"/>
+      <w:bookmarkStart w:name="_Toc256000003" w:id="81"/>
+      <w:bookmarkStart w:name="_Toc256000008" w:id="82"/>
+      <w:bookmarkStart w:name="_Toc62638204" w:id="83"/>
+      <w:bookmarkStart w:name="_Toc62652013" w:id="84"/>
+      <w:bookmarkStart w:name="_Toc62654103" w:id="85"/>
+      <w:bookmarkStart w:name="_Toc161213277" w:id="86"/>
       <w:r w:rsidRPr="0032017C">
         <w:t>Uppföljning</w:t>
       </w:r>
       <w:bookmarkEnd w:id="76"/>
       <w:bookmarkEnd w:id="77"/>
       <w:bookmarkEnd w:id="78"/>
       <w:bookmarkEnd w:id="79"/>
       <w:bookmarkEnd w:id="80"/>
       <w:bookmarkEnd w:id="81"/>
       <w:bookmarkEnd w:id="82"/>
       <w:bookmarkEnd w:id="83"/>
       <w:bookmarkEnd w:id="84"/>
       <w:bookmarkEnd w:id="85"/>
       <w:bookmarkEnd w:id="86"/>
     </w:p>
-    <w:p w14:paraId="38AAB720" w14:textId="77777777" w:rsidR="0032017C" w:rsidRPr="0032017C" w:rsidRDefault="0032017C" w:rsidP="001D43C5">
+    <w:p w:rsidRPr="0032017C" w:rsidR="0032017C" w:rsidP="001D43C5" w:rsidRDefault="0032017C" w14:paraId="38AAB720" w14:textId="77777777">
       <w:r w:rsidRPr="0032017C">
         <w:t>Akutaskarnas innehåll är beräknade för att kunna påbörja behandling tills akutgruppen anländer och kan fortsätta behandlingen. När läkemedel från lådan använts, måste lådan kompletteras omgående och innehållet dokumenteras på lådans lock. Avsteg från rådande rutin måste anmälas via avvikelsesystemet MedControl Pro.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="08401A19" w14:textId="77777777" w:rsidR="0032017C" w:rsidRPr="0032017C" w:rsidRDefault="0032017C" w:rsidP="001D43C5">
+    <w:p w:rsidRPr="0032017C" w:rsidR="0032017C" w:rsidP="001D43C5" w:rsidRDefault="0032017C" w14:paraId="08401A19" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="Rubrik2"/>
       </w:pPr>
-      <w:bookmarkStart w:id="87" w:name="_Toc256000065"/>
-[...10 lines deleted...]
-      <w:bookmarkStart w:id="98" w:name="_Toc161213278"/>
+      <w:bookmarkStart w:name="_Toc256000065" w:id="87"/>
+      <w:bookmarkStart w:name="_Toc256000049" w:id="88"/>
+      <w:bookmarkStart w:name="_Toc256000033" w:id="89"/>
+      <w:bookmarkStart w:name="_Toc256000017" w:id="90"/>
+      <w:bookmarkStart w:name="_Toc182366122" w:id="91"/>
+      <w:bookmarkStart w:name="_Toc314219124" w:id="92"/>
+      <w:bookmarkStart w:name="_Toc256000004" w:id="93"/>
+      <w:bookmarkStart w:name="_Toc256000009" w:id="94"/>
+      <w:bookmarkStart w:name="_Toc62638205" w:id="95"/>
+      <w:bookmarkStart w:name="_Toc62652014" w:id="96"/>
+      <w:bookmarkStart w:name="_Toc62654104" w:id="97"/>
+      <w:bookmarkStart w:name="_Toc161213278" w:id="98"/>
       <w:r w:rsidRPr="0032017C">
-        <w:lastRenderedPageBreak/>
         <w:t>Dokumentinformation</w:t>
       </w:r>
       <w:bookmarkEnd w:id="87"/>
       <w:bookmarkEnd w:id="88"/>
       <w:bookmarkEnd w:id="89"/>
       <w:bookmarkEnd w:id="90"/>
       <w:bookmarkEnd w:id="91"/>
       <w:bookmarkEnd w:id="92"/>
       <w:bookmarkEnd w:id="93"/>
       <w:bookmarkEnd w:id="94"/>
       <w:bookmarkEnd w:id="95"/>
       <w:bookmarkEnd w:id="96"/>
       <w:bookmarkEnd w:id="97"/>
       <w:bookmarkEnd w:id="98"/>
     </w:p>
-    <w:p w14:paraId="1E35F1E6" w14:textId="77777777" w:rsidR="0032017C" w:rsidRPr="006C57F3" w:rsidRDefault="0032017C" w:rsidP="006C57F3">
+    <w:p w:rsidRPr="006C57F3" w:rsidR="0032017C" w:rsidP="006C57F3" w:rsidRDefault="0032017C" w14:paraId="1E35F1E6" w14:textId="77777777">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="006C57F3">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>För innehållet svarar</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="168DBC9B" w14:textId="6F9A626A" w:rsidR="0032017C" w:rsidRPr="0032017C" w:rsidRDefault="00CB1DEF" w:rsidP="006C57F3">
-[...10 lines deleted...]
-        </w:rPr>
+    <w:p w:rsidRPr="0032017C" w:rsidR="0032017C" w:rsidP="006C57F3" w:rsidRDefault="00CB1DEF" w14:paraId="666EB2F2" w14:textId="4D503149">
+      <w:pPr/>
+      <w:bookmarkStart w:name="_Toc149035757" w:id="99"/>
+      <w:bookmarkStart w:name="_Toc149978547" w:id="100"/>
+      <w:r w:rsidR="00CB1DEF">
+        <w:rPr/>
         <w:t>Jerker Nilson</w:t>
       </w:r>
-      <w:r w:rsidR="0032017C" w:rsidRPr="0032017C">
-[...2 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidR="0032017C">
+        <w:rPr/>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
-      <w:r>
-[...2 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidR="00CB1DEF">
+        <w:rPr/>
         <w:t>chefläkare</w:t>
       </w:r>
-      <w:r w:rsidR="0032017C" w:rsidRPr="0032017C">
-[...2 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidR="0032017C">
+        <w:rPr/>
         <w:t>, SÄS</w:t>
       </w:r>
-      <w:r w:rsidR="0032017C" w:rsidRPr="0032017C">
-[...2 lines deleted...]
-        </w:rPr>
+      <w:r>
         <w:br/>
+      </w:r>
+      <w:r w:rsidR="0032017C">
+        <w:rPr/>
         <w:t>Gunilla Rosquist, apotekare, sjuk</w:t>
       </w:r>
       <w:r w:rsidR="00B07ED3">
-        <w:rPr>
-[...1 lines deleted...]
-        </w:rPr>
+        <w:rPr/>
         <w:t>vårdsa</w:t>
       </w:r>
-      <w:r w:rsidR="0032017C" w:rsidRPr="0032017C">
-[...2 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidR="0032017C">
+        <w:rPr/>
         <w:t>poteket VGR/SÄS</w:t>
       </w:r>
-      <w:r w:rsidR="0032017C" w:rsidRPr="0032017C">
-[...4 lines deleted...]
-        <w:t>Sofia Åkerfeldt, sjuksköterska, HLR-utbildningsenhet. SÄS</w:t>
+    </w:p>
+    <w:p w:rsidRPr="0032017C" w:rsidR="0032017C" w:rsidP="006C57F3" w:rsidRDefault="00CB1DEF" w14:paraId="168DBC9B" w14:textId="1E036E0B">
+      <w:pPr/>
+      <w:r w:rsidR="69F016A6">
+        <w:rPr/>
+        <w:t>Isabell Skott, sjuksköterska, HLR-utbildningsenheten. S</w:t>
       </w:r>
-      <w:r w:rsidR="0032017C" w:rsidRPr="0032017C">
-[...2 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidR="69F016A6">
+        <w:rPr/>
+        <w:t>ÄS</w:t>
+      </w:r>
+      <w:r>
         <w:br/>
       </w:r>
-      <w:r w:rsidR="00345285" w:rsidRPr="00345285">
-[...3 lines deleted...]
-        <w:t>Rami Genead</w:t>
+      <w:r w:rsidR="0032017C">
+        <w:rPr/>
+        <w:t xml:space="preserve">Sofia </w:t>
       </w:r>
-      <w:r w:rsidR="0032017C" w:rsidRPr="0032017C">
-[...2 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidR="0032017C">
+        <w:rPr/>
+        <w:t>Åkerfeldt</w:t>
+      </w:r>
+      <w:r w:rsidR="0032017C">
+        <w:rPr/>
+        <w:t>, sjuksköterska, HLR-utbildningsenhet. SÄS</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidR="00345285">
+        <w:rPr/>
+        <w:t xml:space="preserve">Rami </w:t>
+      </w:r>
+      <w:r w:rsidR="00345285">
+        <w:rPr/>
+        <w:t>Genead</w:t>
+      </w:r>
+      <w:r w:rsidR="0032017C">
+        <w:rPr/>
         <w:t xml:space="preserve">, specialistläkare/HLR-ansvarig, </w:t>
       </w:r>
       <w:r w:rsidR="00EE770A">
-        <w:rPr>
-[...1 lines deleted...]
-        </w:rPr>
+        <w:rPr/>
         <w:t xml:space="preserve">VO </w:t>
       </w:r>
-      <w:r w:rsidR="0032017C" w:rsidRPr="0032017C">
-[...2 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidR="0032017C">
+        <w:rPr/>
         <w:t>medicin, SÄS</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="568934B0" w14:textId="77777777" w:rsidR="0032017C" w:rsidRPr="006C57F3" w:rsidRDefault="0032017C" w:rsidP="006C57F3">
+    <w:p w:rsidRPr="006C57F3" w:rsidR="0032017C" w:rsidP="006C57F3" w:rsidRDefault="0032017C" w14:paraId="568934B0" w14:textId="77777777">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="006C57F3">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>Remissinstanser</w:t>
       </w:r>
       <w:bookmarkEnd w:id="99"/>
       <w:bookmarkEnd w:id="100"/>
     </w:p>
-    <w:p w14:paraId="68B72E7C" w14:textId="77777777" w:rsidR="0032017C" w:rsidRPr="0032017C" w:rsidRDefault="0032017C" w:rsidP="006C57F3">
+    <w:p w:rsidRPr="0032017C" w:rsidR="0032017C" w:rsidP="006C57F3" w:rsidRDefault="0032017C" w14:paraId="68B72E7C" w14:textId="77777777">
       <w:pPr>
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="0032017C">
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>Verksamhetschefer, SÄS</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="567F3020" w14:textId="77777777" w:rsidR="0032017C" w:rsidRPr="006C57F3" w:rsidRDefault="0032017C" w:rsidP="006C57F3">
+    <w:p w:rsidRPr="006C57F3" w:rsidR="0032017C" w:rsidP="006C57F3" w:rsidRDefault="0032017C" w14:paraId="567F3020" w14:textId="77777777">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="006C57F3">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>Fastställt av</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="686616BC" w14:textId="361B43C0" w:rsidR="0032017C" w:rsidRPr="0032017C" w:rsidRDefault="007A3B08" w:rsidP="006C57F3">
+    <w:p w:rsidRPr="0032017C" w:rsidR="0032017C" w:rsidP="006C57F3" w:rsidRDefault="007A3B08" w14:paraId="686616BC" w14:textId="361B43C0">
       <w:pPr>
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>Jerker Nilson</w:t>
       </w:r>
-      <w:r w:rsidR="0032017C" w:rsidRPr="0032017C">
+      <w:r w:rsidRPr="0032017C" w:rsidR="0032017C">
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>, chefläkare, SÄS</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2F8325B5" w14:textId="77777777" w:rsidR="0032017C" w:rsidRPr="006C57F3" w:rsidRDefault="0032017C" w:rsidP="006C57F3">
+    <w:p w:rsidRPr="006C57F3" w:rsidR="0032017C" w:rsidP="006C57F3" w:rsidRDefault="0032017C" w14:paraId="2F8325B5" w14:textId="77777777">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="006C57F3">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>Nyckelord</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1E16F260" w14:textId="67508F3D" w:rsidR="0032017C" w:rsidRPr="0032017C" w:rsidRDefault="0032017C" w:rsidP="001D43C5">
+    <w:p w:rsidRPr="0032017C" w:rsidR="0032017C" w:rsidP="001D43C5" w:rsidRDefault="0032017C" w14:paraId="1E16F260" w14:textId="67508F3D">
       <w:pPr>
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="0032017C">
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>läkemedel, mediciner, akutbehandling, hjärtstopp, chock</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="715D031F" w14:textId="77777777" w:rsidR="0032017C" w:rsidRDefault="0032017C" w:rsidP="006C57F3">
+    <w:p w:rsidR="0032017C" w:rsidP="006C57F3" w:rsidRDefault="0032017C" w14:paraId="715D031F" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="Rubrik2"/>
       </w:pPr>
-      <w:bookmarkStart w:id="101" w:name="_Toc256000066"/>
-[...4 lines deleted...]
-      <w:bookmarkStart w:id="106" w:name="_Toc161213279"/>
+      <w:bookmarkStart w:name="_Toc256000066" w:id="101"/>
+      <w:bookmarkStart w:name="_Toc256000050" w:id="102"/>
+      <w:bookmarkStart w:name="_Toc256000034" w:id="103"/>
+      <w:bookmarkStart w:name="_Toc256000018" w:id="104"/>
+      <w:bookmarkStart w:name="_Toc62654105" w:id="105"/>
+      <w:bookmarkStart w:name="_Toc161213279" w:id="106"/>
       <w:r w:rsidRPr="0032017C">
         <w:t>Länkförteckning</w:t>
       </w:r>
       <w:bookmarkEnd w:id="101"/>
       <w:bookmarkEnd w:id="102"/>
       <w:bookmarkEnd w:id="103"/>
       <w:bookmarkEnd w:id="104"/>
       <w:bookmarkEnd w:id="105"/>
       <w:bookmarkEnd w:id="106"/>
     </w:p>
-    <w:p w14:paraId="3CEE59E0" w14:textId="334F21B0" w:rsidR="0051109C" w:rsidRPr="001722EF" w:rsidRDefault="0032017C" w:rsidP="00CC3C07">
+    <w:p w:rsidRPr="001722EF" w:rsidR="0051109C" w:rsidP="00CC3C07" w:rsidRDefault="0032017C" w14:paraId="3CEE59E0" w14:textId="334F21B0">
       <w:pPr>
         <w:pStyle w:val="Punktlista"/>
         <w:rPr>
           <w:rStyle w:val="Hyperlnk"/>
           <w:color w:val="auto"/>
           <w:u w:val="none"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00CC3C07">
         <w:t>HLR – Kompetenskrav vid SÄS. Sjukhusövergripande riktlinje, SÄS</w:t>
       </w:r>
       <w:r w:rsidRPr="00CC3C07">
         <w:br/>
       </w:r>
-      <w:r w:rsidR="0051109C" w:rsidRPr="00CC3C07">
+      <w:r w:rsidRPr="00CC3C07" w:rsidR="0051109C">
         <w:rPr>
           <w:rStyle w:val="Hyperlnk"/>
           <w:color w:val="auto"/>
           <w:u w:val="none"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin"/>
       </w:r>
-      <w:r w:rsidR="00D33331" w:rsidRPr="00CC3C07">
+      <w:r w:rsidRPr="00CC3C07" w:rsidR="00D33331">
         <w:rPr>
           <w:rStyle w:val="Hyperlnk"/>
           <w:color w:val="auto"/>
           <w:u w:val="none"/>
         </w:rPr>
         <w:instrText>HYPERLINK "https://mellanarkiv-offentlig.vgregion.se/alfresco/s/archive/stream/public/v1/source/available/SOFIA/SAS9642-738863596-93/SURROGATE/HLR%20-%20Kompetenskrav%20vid%20S%c3%84S.pdf"</w:instrText>
       </w:r>
-      <w:r w:rsidR="0051109C" w:rsidRPr="00CC3C07">
+      <w:r w:rsidRPr="00CC3C07" w:rsidR="0051109C">
         <w:rPr>
           <w:rStyle w:val="Hyperlnk"/>
           <w:color w:val="auto"/>
           <w:u w:val="none"/>
         </w:rPr>
       </w:r>
-      <w:r w:rsidR="0051109C" w:rsidRPr="00CC3C07">
+      <w:r w:rsidRPr="00CC3C07" w:rsidR="0051109C">
         <w:rPr>
           <w:rStyle w:val="Hyperlnk"/>
           <w:color w:val="auto"/>
           <w:u w:val="none"/>
         </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:r w:rsidR="0051109C" w:rsidRPr="006567F4">
+      <w:r w:rsidRPr="006567F4" w:rsidR="0051109C">
         <w:rPr>
           <w:rStyle w:val="Hyperlnk"/>
         </w:rPr>
         <w:t>https://hittadokument.vgregion.se/sas</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6204674D" w14:textId="5FE3DBD5" w:rsidR="0051109C" w:rsidRDefault="0051109C" w:rsidP="00CC3C07">
+    <w:p w:rsidR="0051109C" w:rsidP="00CC3C07" w:rsidRDefault="0051109C" w14:paraId="6204674D" w14:textId="5FE3DBD5">
       <w:pPr>
         <w:pStyle w:val="Punktlista"/>
         <w:rPr>
           <w:rStyle w:val="Hyperlnk"/>
           <w:color w:val="auto"/>
           <w:u w:val="none"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00CC3C07">
         <w:rPr>
           <w:rStyle w:val="Hyperlnk"/>
           <w:color w:val="auto"/>
           <w:u w:val="none"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r w:rsidRPr="00CC3C07">
         <w:t>HLR – genomförande vid SÄS. Sjukhusövergripande riktlinje, SÄS</w:t>
       </w:r>
       <w:r w:rsidRPr="00CC3C07">
         <w:br/>
       </w:r>
-      <w:hyperlink r:id="rId17" w:history="1">
+      <w:hyperlink w:history="1" r:id="rId17">
         <w:r w:rsidRPr="006567F4">
           <w:rPr>
             <w:rStyle w:val="Hyperlnk"/>
           </w:rPr>
           <w:t>https://hittadokument.vgregion.se/sas</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="343143D8" w14:textId="2277E37D" w:rsidR="00CC3C07" w:rsidRDefault="00CC3C07" w:rsidP="00CC3C07">
+    <w:p w:rsidR="00CC3C07" w:rsidP="00CC3C07" w:rsidRDefault="00CC3C07" w14:paraId="343143D8" w14:textId="2277E37D">
       <w:pPr>
         <w:pStyle w:val="Punktlista"/>
         <w:rPr>
           <w:rStyle w:val="Hyperlnk"/>
           <w:color w:val="auto"/>
           <w:u w:val="none"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00CC3C07">
         <w:rPr>
           <w:rStyle w:val="Hyperlnk"/>
           <w:color w:val="auto"/>
           <w:u w:val="none"/>
         </w:rPr>
         <w:t>HL</w:t>
       </w:r>
       <w:r w:rsidRPr="00CC3C07">
         <w:t>R – Checklista för akutvagn</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r w:rsidRPr="001722EF">
         <w:rPr>
           <w:rStyle w:val="Hyperlnk"/>
         </w:rPr>
         <w:t>https://mellanarkiv-offentlig.vgregion.se/alfresco/s/archive/stream/public/v1/source/available/sofia/sas467-1574791863-405/surrogate/Checklista%20Akutvagnen.pdf</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2DFD1BCF" w14:textId="76D267F1" w:rsidR="0032017C" w:rsidRPr="00CC3C07" w:rsidRDefault="0032017C" w:rsidP="00CC3C07">
+    <w:p w:rsidRPr="00CC3C07" w:rsidR="0032017C" w:rsidP="00CC3C07" w:rsidRDefault="0032017C" w14:paraId="2DFD1BCF" w14:textId="76D267F1">
       <w:pPr>
         <w:pStyle w:val="Punktlista"/>
       </w:pPr>
       <w:r w:rsidRPr="00CC3C07">
         <w:t>Akut anafylaktisk reaktion hos vuxna, SÄS. Sjukhusövergripande rutin, SÄS</w:t>
       </w:r>
       <w:r w:rsidRPr="00CC3C07">
         <w:br/>
       </w:r>
-      <w:hyperlink r:id="rId18" w:history="1">
-        <w:r w:rsidR="00BE1C28" w:rsidRPr="006567F4">
+      <w:hyperlink w:history="1" r:id="rId18">
+        <w:r w:rsidRPr="006567F4" w:rsidR="00BE1C28">
           <w:rPr>
             <w:rStyle w:val="Hyperlnk"/>
           </w:rPr>
           <w:t>https://hittadokument.vgregion.se/sas</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="6220A1E6" w14:textId="4397A454" w:rsidR="0032017C" w:rsidRPr="0032017C" w:rsidRDefault="0032017C" w:rsidP="002E5BF4">
+    <w:p w:rsidRPr="0032017C" w:rsidR="0032017C" w:rsidP="002E5BF4" w:rsidRDefault="0032017C" w14:paraId="6220A1E6" w14:textId="4397A454">
       <w:pPr>
         <w:pStyle w:val="Rubrik2"/>
         <w:ind w:left="284"/>
       </w:pPr>
-      <w:bookmarkStart w:id="107" w:name="_Toc62638206"/>
+      <w:bookmarkStart w:name="_Toc62638206" w:id="107"/>
       <w:r w:rsidRPr="0032017C">
         <w:br w:type="page"/>
       </w:r>
-      <w:bookmarkStart w:id="108" w:name="_Toc256000067"/>
-[...5 lines deleted...]
-      <w:bookmarkStart w:id="114" w:name="_Toc161213280"/>
+      <w:bookmarkStart w:name="_Toc256000067" w:id="108"/>
+      <w:bookmarkStart w:name="_Toc256000051" w:id="109"/>
+      <w:bookmarkStart w:name="_Toc256000035" w:id="110"/>
+      <w:bookmarkStart w:name="_Toc256000019" w:id="111"/>
+      <w:bookmarkStart w:name="_Toc62652015" w:id="112"/>
+      <w:bookmarkStart w:name="_Toc62654106" w:id="113"/>
+      <w:bookmarkStart w:name="_Toc161213280" w:id="114"/>
       <w:r w:rsidRPr="0032017C">
-        <w:lastRenderedPageBreak/>
         <w:t>Bilaga</w:t>
       </w:r>
       <w:bookmarkEnd w:id="107"/>
       <w:bookmarkEnd w:id="108"/>
       <w:bookmarkEnd w:id="109"/>
       <w:bookmarkEnd w:id="110"/>
       <w:bookmarkEnd w:id="111"/>
       <w:bookmarkEnd w:id="112"/>
       <w:bookmarkEnd w:id="113"/>
       <w:r w:rsidR="00305F95">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00E1338D">
         <w:t>– Etiketter för akutaskar</w:t>
       </w:r>
       <w:bookmarkEnd w:id="114"/>
     </w:p>
-    <w:p w14:paraId="18EFDC42" w14:textId="77777777" w:rsidR="0032017C" w:rsidRPr="0032017C" w:rsidRDefault="0032017C" w:rsidP="002E5BF4">
+    <w:p w:rsidRPr="0032017C" w:rsidR="0032017C" w:rsidP="002E5BF4" w:rsidRDefault="0032017C" w14:paraId="18EFDC42" w14:textId="77777777">
       <w:pPr>
         <w:keepNext/>
         <w:spacing w:before="120" w:after="60" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="284" w:right="0"/>
         <w:outlineLvl w:val="1"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs/>
           <w:iCs/>
           <w:color w:val="2F5496"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="115" w:name="_Toc256000068"/>
-[...6 lines deleted...]
-      <w:bookmarkStart w:id="122" w:name="_Toc62654107"/>
+      <w:bookmarkStart w:name="_Toc256000068" w:id="115"/>
+      <w:bookmarkStart w:name="_Toc256000052" w:id="116"/>
+      <w:bookmarkStart w:name="_Toc256000036" w:id="117"/>
+      <w:bookmarkStart w:name="_Toc256000020" w:id="118"/>
+      <w:bookmarkStart w:name="_Toc62544744" w:id="119"/>
+      <w:bookmarkStart w:name="_Toc62638207" w:id="120"/>
+      <w:bookmarkStart w:name="_Toc62652016" w:id="121"/>
+      <w:bookmarkStart w:name="_Toc62654107" w:id="122"/>
       <w:r w:rsidRPr="0032017C">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs/>
           <w:iCs/>
           <w:color w:val="2F5496"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>Etikett akutask HLR vuxen</w:t>
       </w:r>
       <w:bookmarkEnd w:id="115"/>
       <w:bookmarkEnd w:id="116"/>
       <w:bookmarkEnd w:id="117"/>
       <w:bookmarkEnd w:id="118"/>
       <w:bookmarkEnd w:id="119"/>
       <w:bookmarkEnd w:id="120"/>
       <w:bookmarkEnd w:id="121"/>
       <w:bookmarkEnd w:id="122"/>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="10206" w:type="dxa"/>
         <w:tblInd w:w="170" w:type="dxa"/>
         <w:tblBorders>
-          <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
-[...4 lines deleted...]
-          <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+          <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+          <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+          <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+          <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+          <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         </w:tblBorders>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="1531"/>
         <w:gridCol w:w="4082"/>
         <w:gridCol w:w="1531"/>
         <w:gridCol w:w="1531"/>
         <w:gridCol w:w="1531"/>
       </w:tblGrid>
-      <w:tr w:rsidR="0032017C" w:rsidRPr="0032017C" w14:paraId="1B681CB0" w14:textId="77777777" w:rsidTr="002E5BF4">
+      <w:tr w:rsidRPr="0032017C" w:rsidR="0032017C" w:rsidTr="002E5BF4" w14:paraId="1B681CB0" w14:textId="77777777">
         <w:trPr>
           <w:tblHeader/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="750" w:type="pct"/>
             <w:shd w:val="clear" w:color="auto" w:fill="E7E6E6"/>
           </w:tcPr>
-          <w:p w14:paraId="44E19270" w14:textId="77777777" w:rsidR="0032017C" w:rsidRPr="0032017C" w:rsidRDefault="0032017C" w:rsidP="0032017C">
+          <w:p w:rsidRPr="0032017C" w:rsidR="0032017C" w:rsidP="0032017C" w:rsidRDefault="0032017C" w14:paraId="44E19270" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:before="40" w:after="40" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
-                <w:rFonts w:ascii="Arial Fet" w:eastAsia="Calibri" w:hAnsi="Arial Fet"/>
+                <w:rFonts w:ascii="Arial Fet" w:hAnsi="Arial Fet" w:eastAsia="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0032017C">
               <w:rPr>
-                <w:rFonts w:ascii="Arial Fet" w:eastAsia="Calibri" w:hAnsi="Arial Fet"/>
+                <w:rFonts w:ascii="Arial Fet" w:hAnsi="Arial Fet" w:eastAsia="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
               <w:t>Akutask</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="pct"/>
             <w:shd w:val="clear" w:color="auto" w:fill="E7E6E6"/>
           </w:tcPr>
-          <w:p w14:paraId="1CBBB0F3" w14:textId="77777777" w:rsidR="0032017C" w:rsidRPr="0032017C" w:rsidRDefault="0032017C" w:rsidP="0032017C">
+          <w:p w:rsidRPr="0032017C" w:rsidR="0032017C" w:rsidP="0032017C" w:rsidRDefault="0032017C" w14:paraId="1CBBB0F3" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:before="40" w:after="40" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
-                <w:rFonts w:ascii="Arial Fet" w:eastAsia="Calibri" w:hAnsi="Arial Fet"/>
+                <w:rFonts w:ascii="Arial Fet" w:hAnsi="Arial Fet" w:eastAsia="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0032017C">
               <w:rPr>
-                <w:rFonts w:ascii="Arial Fet" w:eastAsia="Calibri" w:hAnsi="Arial Fet"/>
+                <w:rFonts w:ascii="Arial Fet" w:hAnsi="Arial Fet" w:eastAsia="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
               <w:t>Läkemedel</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="750" w:type="pct"/>
             <w:shd w:val="clear" w:color="auto" w:fill="E7E6E6"/>
           </w:tcPr>
-          <w:p w14:paraId="67802115" w14:textId="77777777" w:rsidR="0032017C" w:rsidRPr="0032017C" w:rsidRDefault="0032017C" w:rsidP="0032017C">
+          <w:p w:rsidRPr="0032017C" w:rsidR="0032017C" w:rsidP="0032017C" w:rsidRDefault="0032017C" w14:paraId="67802115" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:before="40" w:after="40" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
-                <w:rFonts w:ascii="Arial Fet" w:eastAsia="Calibri" w:hAnsi="Arial Fet"/>
+                <w:rFonts w:ascii="Arial Fet" w:hAnsi="Arial Fet" w:eastAsia="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0032017C">
               <w:rPr>
-                <w:rFonts w:ascii="Arial Fet" w:eastAsia="Calibri" w:hAnsi="Arial Fet"/>
+                <w:rFonts w:ascii="Arial Fet" w:hAnsi="Arial Fet" w:eastAsia="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
               <w:t>Mängd</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="750" w:type="pct"/>
             <w:shd w:val="clear" w:color="auto" w:fill="E7E6E6"/>
           </w:tcPr>
-          <w:p w14:paraId="3982156B" w14:textId="77777777" w:rsidR="0032017C" w:rsidRPr="0032017C" w:rsidRDefault="0032017C" w:rsidP="0032017C">
+          <w:p w:rsidRPr="0032017C" w:rsidR="0032017C" w:rsidP="0032017C" w:rsidRDefault="0032017C" w14:paraId="3982156B" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:before="40" w:after="40" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
-                <w:rFonts w:ascii="Arial Fet" w:eastAsia="Calibri" w:hAnsi="Arial Fet"/>
+                <w:rFonts w:ascii="Arial Fet" w:hAnsi="Arial Fet" w:eastAsia="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0032017C">
               <w:rPr>
-                <w:rFonts w:ascii="Arial Fet" w:eastAsia="Calibri" w:hAnsi="Arial Fet"/>
+                <w:rFonts w:ascii="Arial Fet" w:hAnsi="Arial Fet" w:eastAsia="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
               <w:t>Datum</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="750" w:type="pct"/>
             <w:shd w:val="clear" w:color="auto" w:fill="E7E6E6"/>
           </w:tcPr>
-          <w:p w14:paraId="4E7C8E33" w14:textId="77777777" w:rsidR="0032017C" w:rsidRPr="0032017C" w:rsidRDefault="0032017C" w:rsidP="0032017C">
+          <w:p w:rsidRPr="0032017C" w:rsidR="0032017C" w:rsidP="0032017C" w:rsidRDefault="0032017C" w14:paraId="4E7C8E33" w14:textId="77777777">
             <w:pPr>
               <w:suppressAutoHyphens/>
               <w:spacing w:before="40" w:after="40" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
-                <w:rFonts w:ascii="Arial Fet" w:eastAsia="Calibri" w:hAnsi="Arial Fet"/>
+                <w:rFonts w:ascii="Arial Fet" w:hAnsi="Arial Fet" w:eastAsia="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0032017C">
               <w:rPr>
-                <w:rFonts w:ascii="Arial Fet" w:eastAsia="Calibri" w:hAnsi="Arial Fet"/>
+                <w:rFonts w:ascii="Arial Fet" w:hAnsi="Arial Fet" w:eastAsia="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
               <w:t>Kontroll signatur</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="0032017C" w:rsidRPr="0032017C" w14:paraId="445EB692" w14:textId="77777777" w:rsidTr="002E5BF4">
+      <w:tr w:rsidRPr="0032017C" w:rsidR="0032017C" w:rsidTr="002E5BF4" w14:paraId="445EB692" w14:textId="77777777">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="750" w:type="pct"/>
             <w:vMerge w:val="restart"/>
             <w:shd w:val="clear" w:color="auto" w:fill="E7E6E6"/>
           </w:tcPr>
-          <w:p w14:paraId="04213D78" w14:textId="77777777" w:rsidR="0032017C" w:rsidRPr="0032017C" w:rsidRDefault="0032017C" w:rsidP="0032017C">
+          <w:p w:rsidRPr="0032017C" w:rsidR="0032017C" w:rsidP="0032017C" w:rsidRDefault="0032017C" w14:paraId="04213D78" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:before="40" w:after="40" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
-                <w:rFonts w:ascii="Arial Fet" w:eastAsia="Calibri" w:hAnsi="Arial Fet"/>
+                <w:rFonts w:ascii="Arial Fet" w:hAnsi="Arial Fet" w:eastAsia="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0032017C">
               <w:rPr>
-                <w:rFonts w:ascii="Arial Fet" w:eastAsia="Calibri" w:hAnsi="Arial Fet"/>
+                <w:rFonts w:ascii="Arial Fet" w:hAnsi="Arial Fet" w:eastAsia="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
               <w:t>HLR-vuxen</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="pct"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="0A3FDA8C" w14:textId="77777777" w:rsidR="0032017C" w:rsidRPr="0032017C" w:rsidRDefault="0032017C" w:rsidP="0032017C">
+          <w:p w:rsidRPr="0032017C" w:rsidR="0032017C" w:rsidP="0032017C" w:rsidRDefault="0032017C" w14:paraId="0A3FDA8C" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:before="60" w:after="60" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
-                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0032017C">
               <w:rPr>
-                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
               <w:t xml:space="preserve">Adrenalin 0,1 mg/ml </w:t>
             </w:r>
             <w:r w:rsidRPr="0032017C">
               <w:rPr>
-                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
               <w:t>OBS!</w:t>
             </w:r>
             <w:r w:rsidRPr="0032017C">
               <w:rPr>
-                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
               <w:t xml:space="preserve"> Ljuskänsligt</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="750" w:type="pct"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="4EAFD7F1" w14:textId="77777777" w:rsidR="0032017C" w:rsidRPr="0032017C" w:rsidRDefault="0032017C" w:rsidP="0032017C">
+          <w:p w:rsidRPr="0032017C" w:rsidR="0032017C" w:rsidP="0032017C" w:rsidRDefault="0032017C" w14:paraId="4EAFD7F1" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:before="60" w:after="60" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
-                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0032017C">
               <w:rPr>
-                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
               <w:t>3 x 10 ml</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="750" w:type="pct"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="4AFC2366" w14:textId="77777777" w:rsidR="0032017C" w:rsidRPr="0032017C" w:rsidRDefault="0032017C" w:rsidP="0032017C">
+          <w:p w:rsidRPr="0032017C" w:rsidR="0032017C" w:rsidP="0032017C" w:rsidRDefault="0032017C" w14:paraId="4AFC2366" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:before="60" w:after="60" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
-                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="750" w:type="pct"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="45E6DAA5" w14:textId="77777777" w:rsidR="0032017C" w:rsidRPr="0032017C" w:rsidRDefault="0032017C" w:rsidP="0032017C">
+          <w:p w:rsidRPr="0032017C" w:rsidR="0032017C" w:rsidP="0032017C" w:rsidRDefault="0032017C" w14:paraId="45E6DAA5" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:before="60" w:after="60" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
-                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="0032017C" w:rsidRPr="0032017C" w14:paraId="7D04CF25" w14:textId="77777777" w:rsidTr="002E5BF4">
+      <w:tr w:rsidRPr="0032017C" w:rsidR="0032017C" w:rsidTr="002E5BF4" w14:paraId="7D04CF25" w14:textId="77777777">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="750" w:type="pct"/>
             <w:vMerge/>
             <w:shd w:val="clear" w:color="auto" w:fill="E7E6E6"/>
           </w:tcPr>
-          <w:p w14:paraId="008ED596" w14:textId="77777777" w:rsidR="0032017C" w:rsidRPr="0032017C" w:rsidRDefault="0032017C" w:rsidP="0032017C">
+          <w:p w:rsidRPr="0032017C" w:rsidR="0032017C" w:rsidP="0032017C" w:rsidRDefault="0032017C" w14:paraId="008ED596" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:before="40" w:after="40" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
-                <w:rFonts w:ascii="Arial Fet" w:eastAsia="Calibri" w:hAnsi="Arial Fet"/>
+                <w:rFonts w:ascii="Arial Fet" w:hAnsi="Arial Fet" w:eastAsia="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="pct"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="02A4871B" w14:textId="77777777" w:rsidR="0032017C" w:rsidRPr="0032017C" w:rsidRDefault="0032017C" w:rsidP="0032017C">
+          <w:p w:rsidRPr="0032017C" w:rsidR="0032017C" w:rsidP="0032017C" w:rsidRDefault="0032017C" w14:paraId="02A4871B" w14:textId="77777777">
             <w:pPr>
               <w:suppressAutoHyphens/>
               <w:spacing w:before="60" w:after="60" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
-                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="en-NZ" w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0032017C">
               <w:rPr>
-                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="en-NZ" w:eastAsia="en-US"/>
               </w:rPr>
               <w:t xml:space="preserve">Amiodarone 50 mg/ml </w:t>
             </w:r>
             <w:r w:rsidRPr="0032017C">
               <w:rPr>
-                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="en-NZ" w:eastAsia="en-US"/>
               </w:rPr>
               <w:br/>
+            </w:r>
+            <w:r w:rsidRPr="0032017C">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="en-NZ" w:eastAsia="en-US"/>
+              </w:rPr>
               <w:t xml:space="preserve">(t.ex. Cordarone) </w:t>
             </w:r>
             <w:r w:rsidRPr="0032017C">
               <w:rPr>
-                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
               <w:t>OBS!</w:t>
             </w:r>
             <w:r w:rsidRPr="0032017C">
               <w:rPr>
-                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
               <w:t xml:space="preserve"> Ljuskänsligt</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="750" w:type="pct"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="7CDFBF58" w14:textId="77777777" w:rsidR="0032017C" w:rsidRPr="0032017C" w:rsidRDefault="0032017C" w:rsidP="0032017C">
+          <w:p w:rsidRPr="0032017C" w:rsidR="0032017C" w:rsidP="0032017C" w:rsidRDefault="0032017C" w14:paraId="7CDFBF58" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:before="60" w:after="60" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
-                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="en-NZ" w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0032017C">
               <w:rPr>
-                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="en-NZ" w:eastAsia="en-US"/>
               </w:rPr>
               <w:t>3 x 3 ml</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="750" w:type="pct"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="2EBC8293" w14:textId="77777777" w:rsidR="0032017C" w:rsidRPr="0032017C" w:rsidRDefault="0032017C" w:rsidP="0032017C">
+          <w:p w:rsidRPr="0032017C" w:rsidR="0032017C" w:rsidP="0032017C" w:rsidRDefault="0032017C" w14:paraId="2EBC8293" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:before="60" w:after="60" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
-                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="en-NZ" w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="750" w:type="pct"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="10EA066A" w14:textId="77777777" w:rsidR="0032017C" w:rsidRPr="0032017C" w:rsidRDefault="0032017C" w:rsidP="0032017C">
+          <w:p w:rsidRPr="0032017C" w:rsidR="0032017C" w:rsidP="0032017C" w:rsidRDefault="0032017C" w14:paraId="10EA066A" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:before="60" w:after="60" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
-                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="en-NZ" w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="0032017C" w:rsidRPr="0032017C" w14:paraId="0C279A3E" w14:textId="77777777" w:rsidTr="002E5BF4">
+      <w:tr w:rsidRPr="0032017C" w:rsidR="0032017C" w:rsidTr="002E5BF4" w14:paraId="0C279A3E" w14:textId="77777777">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="750" w:type="pct"/>
             <w:vMerge/>
             <w:shd w:val="clear" w:color="auto" w:fill="E7E6E6"/>
           </w:tcPr>
-          <w:p w14:paraId="3C8BB8F3" w14:textId="77777777" w:rsidR="0032017C" w:rsidRPr="0032017C" w:rsidRDefault="0032017C" w:rsidP="0032017C">
+          <w:p w:rsidRPr="0032017C" w:rsidR="0032017C" w:rsidP="0032017C" w:rsidRDefault="0032017C" w14:paraId="3C8BB8F3" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:before="40" w:after="40" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
-                <w:rFonts w:ascii="Arial Fet" w:eastAsia="Calibri" w:hAnsi="Arial Fet"/>
+                <w:rFonts w:ascii="Arial Fet" w:hAnsi="Arial Fet" w:eastAsia="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="pct"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="57431B84" w14:textId="77777777" w:rsidR="0032017C" w:rsidRPr="0032017C" w:rsidRDefault="0032017C" w:rsidP="0032017C">
+          <w:p w:rsidRPr="0032017C" w:rsidR="0032017C" w:rsidP="0032017C" w:rsidRDefault="0032017C" w14:paraId="57431B84" w14:textId="77777777">
             <w:pPr>
               <w:suppressAutoHyphens/>
               <w:spacing w:before="60" w:after="60" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
-                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0032017C">
               <w:rPr>
-                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
               <w:t>Glukos 50 mg/ml</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="750" w:type="pct"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="44837D9B" w14:textId="77777777" w:rsidR="0032017C" w:rsidRPr="0032017C" w:rsidRDefault="0032017C" w:rsidP="0032017C">
+          <w:p w:rsidRPr="0032017C" w:rsidR="0032017C" w:rsidP="0032017C" w:rsidRDefault="0032017C" w14:paraId="44837D9B" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:before="60" w:after="60" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
-                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0032017C">
               <w:rPr>
-                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
               <w:t>1 x 100 ml</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="750" w:type="pct"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="0376774F" w14:textId="77777777" w:rsidR="0032017C" w:rsidRPr="0032017C" w:rsidRDefault="0032017C" w:rsidP="0032017C">
+          <w:p w:rsidRPr="0032017C" w:rsidR="0032017C" w:rsidP="0032017C" w:rsidRDefault="0032017C" w14:paraId="0376774F" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:before="60" w:after="60" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
-                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="750" w:type="pct"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="72CBB690" w14:textId="77777777" w:rsidR="0032017C" w:rsidRPr="0032017C" w:rsidRDefault="0032017C" w:rsidP="0032017C">
+          <w:p w:rsidRPr="0032017C" w:rsidR="0032017C" w:rsidP="0032017C" w:rsidRDefault="0032017C" w14:paraId="72CBB690" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:before="60" w:after="60" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
-                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="6654ED99" w14:textId="77777777" w:rsidR="0032017C" w:rsidRPr="002E5BF4" w:rsidRDefault="0032017C" w:rsidP="00C82DA4">
+    <w:p w:rsidRPr="002E5BF4" w:rsidR="0032017C" w:rsidP="00C82DA4" w:rsidRDefault="0032017C" w14:paraId="6654ED99" w14:textId="77777777">
       <w:pPr>
         <w:keepNext/>
         <w:spacing w:before="240" w:after="60" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="284" w:right="0"/>
         <w:outlineLvl w:val="1"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs/>
           <w:iCs/>
           <w:color w:val="2F5496"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="123" w:name="_Toc256000069"/>
-[...6 lines deleted...]
-      <w:bookmarkStart w:id="130" w:name="_Toc62654108"/>
+      <w:bookmarkStart w:name="_Toc256000069" w:id="123"/>
+      <w:bookmarkStart w:name="_Toc256000053" w:id="124"/>
+      <w:bookmarkStart w:name="_Toc256000037" w:id="125"/>
+      <w:bookmarkStart w:name="_Toc256000021" w:id="126"/>
+      <w:bookmarkStart w:name="_Toc62544745" w:id="127"/>
+      <w:bookmarkStart w:name="_Toc62638208" w:id="128"/>
+      <w:bookmarkStart w:name="_Toc62652017" w:id="129"/>
+      <w:bookmarkStart w:name="_Toc62654108" w:id="130"/>
       <w:r w:rsidRPr="002E5BF4">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs/>
           <w:iCs/>
           <w:color w:val="2F5496"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>Etikett akutask HLR barn</w:t>
       </w:r>
       <w:bookmarkEnd w:id="123"/>
       <w:bookmarkEnd w:id="124"/>
       <w:bookmarkEnd w:id="125"/>
       <w:bookmarkEnd w:id="126"/>
       <w:bookmarkEnd w:id="127"/>
       <w:bookmarkEnd w:id="128"/>
       <w:bookmarkEnd w:id="129"/>
       <w:bookmarkEnd w:id="130"/>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="10206" w:type="dxa"/>
         <w:tblInd w:w="170" w:type="dxa"/>
         <w:tblBorders>
-          <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
-[...4 lines deleted...]
-          <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+          <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+          <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+          <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+          <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+          <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         </w:tblBorders>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="1531"/>
         <w:gridCol w:w="4082"/>
         <w:gridCol w:w="1531"/>
         <w:gridCol w:w="1531"/>
         <w:gridCol w:w="1531"/>
       </w:tblGrid>
-      <w:tr w:rsidR="0032017C" w:rsidRPr="0032017C" w14:paraId="7A86734D" w14:textId="77777777" w:rsidTr="002E5BF4">
+      <w:tr w:rsidRPr="0032017C" w:rsidR="0032017C" w:rsidTr="002E5BF4" w14:paraId="7A86734D" w14:textId="77777777">
         <w:trPr>
           <w:tblHeader/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="750" w:type="pct"/>
             <w:shd w:val="clear" w:color="auto" w:fill="E7E6E6"/>
           </w:tcPr>
-          <w:p w14:paraId="632C05CF" w14:textId="77777777" w:rsidR="0032017C" w:rsidRPr="0032017C" w:rsidRDefault="0032017C" w:rsidP="0032017C">
+          <w:p w:rsidRPr="0032017C" w:rsidR="0032017C" w:rsidP="0032017C" w:rsidRDefault="0032017C" w14:paraId="632C05CF" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:before="40" w:after="40" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
-                <w:rFonts w:ascii="Arial Fet" w:eastAsia="Calibri" w:hAnsi="Arial Fet"/>
+                <w:rFonts w:ascii="Arial Fet" w:hAnsi="Arial Fet" w:eastAsia="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0032017C">
               <w:rPr>
-                <w:rFonts w:ascii="Arial Fet" w:eastAsia="Calibri" w:hAnsi="Arial Fet"/>
+                <w:rFonts w:ascii="Arial Fet" w:hAnsi="Arial Fet" w:eastAsia="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
               <w:t>Akutask</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="pct"/>
             <w:shd w:val="clear" w:color="auto" w:fill="E7E6E6"/>
           </w:tcPr>
-          <w:p w14:paraId="2AE7C060" w14:textId="77777777" w:rsidR="0032017C" w:rsidRPr="0032017C" w:rsidRDefault="0032017C" w:rsidP="0032017C">
+          <w:p w:rsidRPr="0032017C" w:rsidR="0032017C" w:rsidP="0032017C" w:rsidRDefault="0032017C" w14:paraId="2AE7C060" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:before="40" w:after="40" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
-                <w:rFonts w:ascii="Arial Fet" w:eastAsia="Calibri" w:hAnsi="Arial Fet"/>
+                <w:rFonts w:ascii="Arial Fet" w:hAnsi="Arial Fet" w:eastAsia="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0032017C">
               <w:rPr>
-                <w:rFonts w:ascii="Arial Fet" w:eastAsia="Calibri" w:hAnsi="Arial Fet"/>
+                <w:rFonts w:ascii="Arial Fet" w:hAnsi="Arial Fet" w:eastAsia="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
               <w:t>Läkemedel</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="750" w:type="pct"/>
             <w:shd w:val="clear" w:color="auto" w:fill="E7E6E6"/>
           </w:tcPr>
-          <w:p w14:paraId="17CBE51D" w14:textId="77777777" w:rsidR="0032017C" w:rsidRPr="0032017C" w:rsidRDefault="0032017C" w:rsidP="0032017C">
+          <w:p w:rsidRPr="0032017C" w:rsidR="0032017C" w:rsidP="0032017C" w:rsidRDefault="0032017C" w14:paraId="17CBE51D" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:before="40" w:after="40" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
-                <w:rFonts w:ascii="Arial Fet" w:eastAsia="Calibri" w:hAnsi="Arial Fet"/>
+                <w:rFonts w:ascii="Arial Fet" w:hAnsi="Arial Fet" w:eastAsia="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0032017C">
               <w:rPr>
-                <w:rFonts w:ascii="Arial Fet" w:eastAsia="Calibri" w:hAnsi="Arial Fet"/>
+                <w:rFonts w:ascii="Arial Fet" w:hAnsi="Arial Fet" w:eastAsia="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
               <w:t>Mängd</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="750" w:type="pct"/>
             <w:shd w:val="clear" w:color="auto" w:fill="E7E6E6"/>
           </w:tcPr>
-          <w:p w14:paraId="042152E5" w14:textId="77777777" w:rsidR="0032017C" w:rsidRPr="0032017C" w:rsidRDefault="0032017C" w:rsidP="0032017C">
+          <w:p w:rsidRPr="0032017C" w:rsidR="0032017C" w:rsidP="0032017C" w:rsidRDefault="0032017C" w14:paraId="042152E5" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:before="40" w:after="40" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
-                <w:rFonts w:ascii="Arial Fet" w:eastAsia="Calibri" w:hAnsi="Arial Fet"/>
+                <w:rFonts w:ascii="Arial Fet" w:hAnsi="Arial Fet" w:eastAsia="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0032017C">
               <w:rPr>
-                <w:rFonts w:ascii="Arial Fet" w:eastAsia="Calibri" w:hAnsi="Arial Fet"/>
+                <w:rFonts w:ascii="Arial Fet" w:hAnsi="Arial Fet" w:eastAsia="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
               <w:t>Datum</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="750" w:type="pct"/>
             <w:shd w:val="clear" w:color="auto" w:fill="E7E6E6"/>
           </w:tcPr>
-          <w:p w14:paraId="0D75C800" w14:textId="77777777" w:rsidR="0032017C" w:rsidRPr="0032017C" w:rsidRDefault="0032017C" w:rsidP="0032017C">
+          <w:p w:rsidRPr="0032017C" w:rsidR="0032017C" w:rsidP="0032017C" w:rsidRDefault="0032017C" w14:paraId="0D75C800" w14:textId="77777777">
             <w:pPr>
               <w:suppressAutoHyphens/>
               <w:spacing w:before="40" w:after="40" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
-                <w:rFonts w:ascii="Arial Fet" w:eastAsia="Calibri" w:hAnsi="Arial Fet"/>
+                <w:rFonts w:ascii="Arial Fet" w:hAnsi="Arial Fet" w:eastAsia="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0032017C">
               <w:rPr>
-                <w:rFonts w:ascii="Arial Fet" w:eastAsia="Calibri" w:hAnsi="Arial Fet"/>
+                <w:rFonts w:ascii="Arial Fet" w:hAnsi="Arial Fet" w:eastAsia="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
               <w:t>Kontroll signatur</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="0032017C" w:rsidRPr="0032017C" w14:paraId="6F6DC846" w14:textId="77777777" w:rsidTr="002E5BF4">
+      <w:tr w:rsidRPr="0032017C" w:rsidR="0032017C" w:rsidTr="002E5BF4" w14:paraId="6F6DC846" w14:textId="77777777">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="750" w:type="pct"/>
             <w:vMerge w:val="restart"/>
             <w:shd w:val="clear" w:color="auto" w:fill="E7E6E6"/>
           </w:tcPr>
-          <w:p w14:paraId="13023FDF" w14:textId="77777777" w:rsidR="0032017C" w:rsidRPr="0032017C" w:rsidRDefault="0032017C" w:rsidP="0032017C">
+          <w:p w:rsidRPr="0032017C" w:rsidR="0032017C" w:rsidP="0032017C" w:rsidRDefault="0032017C" w14:paraId="13023FDF" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:before="40" w:after="40" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
-                <w:rFonts w:ascii="Arial Fet" w:eastAsia="Calibri" w:hAnsi="Arial Fet"/>
+                <w:rFonts w:ascii="Arial Fet" w:hAnsi="Arial Fet" w:eastAsia="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0032017C">
               <w:rPr>
-                <w:rFonts w:ascii="Arial Fet" w:eastAsia="Calibri" w:hAnsi="Arial Fet"/>
+                <w:rFonts w:ascii="Arial Fet" w:hAnsi="Arial Fet" w:eastAsia="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
               <w:t>HLR-barn</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="pct"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="5858FAE5" w14:textId="77777777" w:rsidR="0032017C" w:rsidRPr="0032017C" w:rsidRDefault="0032017C" w:rsidP="0032017C">
+          <w:p w:rsidRPr="0032017C" w:rsidR="0032017C" w:rsidP="0032017C" w:rsidRDefault="0032017C" w14:paraId="5858FAE5" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:before="60" w:after="60" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
-                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0032017C">
               <w:rPr>
-                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
               <w:t xml:space="preserve">Adrenalin 0,1 mg/ml </w:t>
             </w:r>
             <w:r w:rsidRPr="0032017C">
               <w:rPr>
-                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
               <w:t>OBS!</w:t>
             </w:r>
             <w:r w:rsidRPr="0032017C">
               <w:rPr>
-                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
               <w:t xml:space="preserve"> Ljuskänsligt</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="750" w:type="pct"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="689DF576" w14:textId="77777777" w:rsidR="0032017C" w:rsidRPr="0032017C" w:rsidRDefault="0032017C" w:rsidP="0032017C">
+          <w:p w:rsidRPr="0032017C" w:rsidR="0032017C" w:rsidP="0032017C" w:rsidRDefault="0032017C" w14:paraId="689DF576" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:before="60" w:after="60" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
-                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0032017C">
               <w:rPr>
-                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
               <w:t>3 x 10 ml</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="750" w:type="pct"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="0EDE9AA5" w14:textId="77777777" w:rsidR="0032017C" w:rsidRPr="0032017C" w:rsidRDefault="0032017C" w:rsidP="0032017C">
+          <w:p w:rsidRPr="0032017C" w:rsidR="0032017C" w:rsidP="0032017C" w:rsidRDefault="0032017C" w14:paraId="0EDE9AA5" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:before="60" w:after="60" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
-                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="750" w:type="pct"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="0CDF5934" w14:textId="77777777" w:rsidR="0032017C" w:rsidRPr="0032017C" w:rsidRDefault="0032017C" w:rsidP="0032017C">
+          <w:p w:rsidRPr="0032017C" w:rsidR="0032017C" w:rsidP="0032017C" w:rsidRDefault="0032017C" w14:paraId="0CDF5934" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:before="60" w:after="60" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
-                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="0032017C" w:rsidRPr="0032017C" w14:paraId="6661A44D" w14:textId="77777777" w:rsidTr="002E5BF4">
+      <w:tr w:rsidRPr="0032017C" w:rsidR="0032017C" w:rsidTr="002E5BF4" w14:paraId="6661A44D" w14:textId="77777777">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="750" w:type="pct"/>
             <w:vMerge/>
             <w:shd w:val="clear" w:color="auto" w:fill="E7E6E6"/>
           </w:tcPr>
-          <w:p w14:paraId="61A921F5" w14:textId="77777777" w:rsidR="0032017C" w:rsidRPr="0032017C" w:rsidRDefault="0032017C" w:rsidP="0032017C">
+          <w:p w:rsidRPr="0032017C" w:rsidR="0032017C" w:rsidP="0032017C" w:rsidRDefault="0032017C" w14:paraId="61A921F5" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:before="40" w:after="40" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
-                <w:rFonts w:ascii="Arial Fet" w:eastAsia="Calibri" w:hAnsi="Arial Fet"/>
+                <w:rFonts w:ascii="Arial Fet" w:hAnsi="Arial Fet" w:eastAsia="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="pct"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="3088B003" w14:textId="77777777" w:rsidR="0032017C" w:rsidRPr="0032017C" w:rsidRDefault="0032017C" w:rsidP="0032017C">
+          <w:p w:rsidRPr="0032017C" w:rsidR="0032017C" w:rsidP="0032017C" w:rsidRDefault="0032017C" w14:paraId="3088B003" w14:textId="77777777">
             <w:pPr>
               <w:suppressAutoHyphens/>
               <w:spacing w:before="60" w:after="60" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
-                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="en-NZ" w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0032017C">
               <w:rPr>
-                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="en-NZ" w:eastAsia="en-US"/>
               </w:rPr>
               <w:t xml:space="preserve">Amiodarone 50 mg/ml </w:t>
             </w:r>
             <w:r w:rsidRPr="0032017C">
               <w:rPr>
-                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="en-NZ" w:eastAsia="en-US"/>
               </w:rPr>
               <w:br/>
+            </w:r>
+            <w:r w:rsidRPr="0032017C">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="en-NZ" w:eastAsia="en-US"/>
+              </w:rPr>
               <w:t xml:space="preserve">(t.ex. Cordarone) </w:t>
             </w:r>
             <w:r w:rsidRPr="0032017C">
               <w:rPr>
-                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
               <w:t>OBS!</w:t>
             </w:r>
             <w:r w:rsidRPr="0032017C">
               <w:rPr>
-                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
               <w:t xml:space="preserve"> Ljuskänsligt</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="750" w:type="pct"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="06D52E2C" w14:textId="77777777" w:rsidR="0032017C" w:rsidRPr="0032017C" w:rsidRDefault="0032017C" w:rsidP="0032017C">
+          <w:p w:rsidRPr="0032017C" w:rsidR="0032017C" w:rsidP="0032017C" w:rsidRDefault="0032017C" w14:paraId="06D52E2C" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:before="60" w:after="60" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
-                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="en-NZ" w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0032017C">
               <w:rPr>
-                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="en-NZ" w:eastAsia="en-US"/>
               </w:rPr>
               <w:t>3 x 3 ml</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="750" w:type="pct"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="3B59019C" w14:textId="77777777" w:rsidR="0032017C" w:rsidRPr="0032017C" w:rsidRDefault="0032017C" w:rsidP="0032017C">
+          <w:p w:rsidRPr="0032017C" w:rsidR="0032017C" w:rsidP="0032017C" w:rsidRDefault="0032017C" w14:paraId="3B59019C" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:before="60" w:after="60" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
-                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="en-NZ" w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="750" w:type="pct"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="609F9D47" w14:textId="77777777" w:rsidR="0032017C" w:rsidRPr="0032017C" w:rsidRDefault="0032017C" w:rsidP="0032017C">
+          <w:p w:rsidRPr="0032017C" w:rsidR="0032017C" w:rsidP="0032017C" w:rsidRDefault="0032017C" w14:paraId="609F9D47" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:before="60" w:after="60" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
-                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="en-NZ" w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="0032017C" w:rsidRPr="0032017C" w14:paraId="57000B3B" w14:textId="77777777" w:rsidTr="002E5BF4">
+      <w:tr w:rsidRPr="0032017C" w:rsidR="0032017C" w:rsidTr="002E5BF4" w14:paraId="57000B3B" w14:textId="77777777">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="750" w:type="pct"/>
             <w:vMerge/>
             <w:shd w:val="clear" w:color="auto" w:fill="E7E6E6"/>
           </w:tcPr>
-          <w:p w14:paraId="4AE9134F" w14:textId="77777777" w:rsidR="0032017C" w:rsidRPr="0032017C" w:rsidRDefault="0032017C" w:rsidP="0032017C">
+          <w:p w:rsidRPr="0032017C" w:rsidR="0032017C" w:rsidP="0032017C" w:rsidRDefault="0032017C" w14:paraId="4AE9134F" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:before="40" w:after="40" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
-                <w:rFonts w:ascii="Arial Fet" w:eastAsia="Calibri" w:hAnsi="Arial Fet"/>
+                <w:rFonts w:ascii="Arial Fet" w:hAnsi="Arial Fet" w:eastAsia="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="pct"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="6A96A8C5" w14:textId="77777777" w:rsidR="0032017C" w:rsidRPr="0032017C" w:rsidRDefault="0032017C" w:rsidP="0032017C">
+          <w:p w:rsidRPr="0032017C" w:rsidR="0032017C" w:rsidP="0032017C" w:rsidRDefault="0032017C" w14:paraId="6A96A8C5" w14:textId="77777777">
             <w:pPr>
               <w:suppressAutoHyphens/>
               <w:spacing w:before="60" w:after="60" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
-                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0032017C">
               <w:rPr>
-                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
               <w:t>Glukos 50 mg/ml</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="750" w:type="pct"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="30D57D10" w14:textId="77777777" w:rsidR="0032017C" w:rsidRPr="0032017C" w:rsidRDefault="0032017C" w:rsidP="0032017C">
+          <w:p w:rsidRPr="0032017C" w:rsidR="0032017C" w:rsidP="0032017C" w:rsidRDefault="0032017C" w14:paraId="30D57D10" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:before="60" w:after="60" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
-                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0032017C">
               <w:rPr>
-                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
               <w:t>1 x 100 ml</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="750" w:type="pct"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="092B8D15" w14:textId="77777777" w:rsidR="0032017C" w:rsidRPr="0032017C" w:rsidRDefault="0032017C" w:rsidP="0032017C">
+          <w:p w:rsidRPr="0032017C" w:rsidR="0032017C" w:rsidP="0032017C" w:rsidRDefault="0032017C" w14:paraId="092B8D15" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:before="60" w:after="60" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
-                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="750" w:type="pct"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="66D00FEE" w14:textId="77777777" w:rsidR="0032017C" w:rsidRPr="0032017C" w:rsidRDefault="0032017C" w:rsidP="0032017C">
+          <w:p w:rsidRPr="0032017C" w:rsidR="0032017C" w:rsidP="0032017C" w:rsidRDefault="0032017C" w14:paraId="66D00FEE" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:before="60" w:after="60" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
-                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="0032017C" w:rsidRPr="0032017C" w14:paraId="5E5167D9" w14:textId="77777777" w:rsidTr="002E5BF4">
+      <w:tr w:rsidRPr="0032017C" w:rsidR="0032017C" w:rsidTr="002E5BF4" w14:paraId="5E5167D9" w14:textId="77777777">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="750" w:type="pct"/>
             <w:vMerge/>
             <w:shd w:val="clear" w:color="auto" w:fill="E7E6E6"/>
           </w:tcPr>
-          <w:p w14:paraId="37BBB43F" w14:textId="77777777" w:rsidR="0032017C" w:rsidRPr="0032017C" w:rsidRDefault="0032017C" w:rsidP="0032017C">
+          <w:p w:rsidRPr="0032017C" w:rsidR="0032017C" w:rsidP="0032017C" w:rsidRDefault="0032017C" w14:paraId="37BBB43F" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:before="40" w:after="40" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
-                <w:rFonts w:ascii="Arial Fet" w:eastAsia="Calibri" w:hAnsi="Arial Fet"/>
+                <w:rFonts w:ascii="Arial Fet" w:hAnsi="Arial Fet" w:eastAsia="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="pct"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="36FE9840" w14:textId="77777777" w:rsidR="0032017C" w:rsidRPr="0032017C" w:rsidRDefault="0032017C" w:rsidP="0032017C">
+          <w:p w:rsidRPr="0032017C" w:rsidR="0032017C" w:rsidP="0032017C" w:rsidRDefault="0032017C" w14:paraId="36FE9840" w14:textId="77777777">
             <w:pPr>
               <w:suppressAutoHyphens/>
               <w:spacing w:before="60" w:after="60" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
-                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0032017C">
               <w:rPr>
-                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
               <w:t>Glukos 100 mg/ml</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="750" w:type="pct"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="60238E0A" w14:textId="41DED8DE" w:rsidR="0032017C" w:rsidRPr="0032017C" w:rsidRDefault="0032017C" w:rsidP="0032017C">
+          <w:p w:rsidRPr="0032017C" w:rsidR="0032017C" w:rsidP="0032017C" w:rsidRDefault="0032017C" w14:paraId="60238E0A" w14:textId="41DED8DE">
             <w:pPr>
               <w:spacing w:before="60" w:after="60" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
-                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0032017C">
               <w:rPr>
-                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
               <w:t xml:space="preserve">1 x </w:t>
             </w:r>
             <w:r w:rsidR="00A26692">
               <w:rPr>
-                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
               <w:t>5</w:t>
             </w:r>
             <w:r w:rsidRPr="0032017C">
               <w:rPr>
-                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
               <w:t>00 ml</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="750" w:type="pct"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="4F0CF7B7" w14:textId="77777777" w:rsidR="0032017C" w:rsidRPr="0032017C" w:rsidRDefault="0032017C" w:rsidP="0032017C">
+          <w:p w:rsidRPr="0032017C" w:rsidR="0032017C" w:rsidP="0032017C" w:rsidRDefault="0032017C" w14:paraId="4F0CF7B7" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:before="60" w:after="60" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
-                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="750" w:type="pct"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="3F87F867" w14:textId="77777777" w:rsidR="0032017C" w:rsidRPr="0032017C" w:rsidRDefault="0032017C" w:rsidP="0032017C">
+          <w:p w:rsidRPr="0032017C" w:rsidR="0032017C" w:rsidP="0032017C" w:rsidRDefault="0032017C" w14:paraId="3F87F867" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:before="60" w:after="60" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
-                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="0032017C" w:rsidRPr="0032017C" w14:paraId="7283857C" w14:textId="77777777" w:rsidTr="002E5BF4">
+      <w:tr w:rsidRPr="0032017C" w:rsidR="0032017C" w:rsidTr="002E5BF4" w14:paraId="7283857C" w14:textId="77777777">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="750" w:type="pct"/>
             <w:vMerge/>
             <w:shd w:val="clear" w:color="auto" w:fill="E7E6E6"/>
           </w:tcPr>
-          <w:p w14:paraId="7409E744" w14:textId="77777777" w:rsidR="0032017C" w:rsidRPr="0032017C" w:rsidRDefault="0032017C" w:rsidP="0032017C">
+          <w:p w:rsidRPr="0032017C" w:rsidR="0032017C" w:rsidP="0032017C" w:rsidRDefault="0032017C" w14:paraId="7409E744" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:before="40" w:after="40" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
-                <w:rFonts w:ascii="Arial Fet" w:eastAsia="Calibri" w:hAnsi="Arial Fet"/>
+                <w:rFonts w:ascii="Arial Fet" w:hAnsi="Arial Fet" w:eastAsia="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="pct"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="3AFA0A13" w14:textId="77777777" w:rsidR="0032017C" w:rsidRPr="0032017C" w:rsidRDefault="0032017C" w:rsidP="0032017C">
+          <w:p w:rsidRPr="0032017C" w:rsidR="0032017C" w:rsidP="0032017C" w:rsidRDefault="0032017C" w14:paraId="3AFA0A13" w14:textId="77777777">
             <w:pPr>
               <w:suppressAutoHyphens/>
               <w:spacing w:before="60" w:after="60" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
-                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0032017C">
               <w:rPr>
-                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
               <w:t>Tribonat</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="750" w:type="pct"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="256143CF" w14:textId="77777777" w:rsidR="0032017C" w:rsidRPr="0032017C" w:rsidRDefault="0032017C" w:rsidP="0032017C">
+          <w:p w:rsidRPr="0032017C" w:rsidR="0032017C" w:rsidP="0032017C" w:rsidRDefault="0032017C" w14:paraId="256143CF" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:before="60" w:after="60" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
-                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0032017C">
               <w:rPr>
-                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
               <w:t>1 x 100 ml</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="750" w:type="pct"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="1F732BED" w14:textId="77777777" w:rsidR="0032017C" w:rsidRPr="0032017C" w:rsidRDefault="0032017C" w:rsidP="0032017C">
+          <w:p w:rsidRPr="0032017C" w:rsidR="0032017C" w:rsidP="0032017C" w:rsidRDefault="0032017C" w14:paraId="1F732BED" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:before="60" w:after="60" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
-                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="750" w:type="pct"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="2068E0C4" w14:textId="77777777" w:rsidR="0032017C" w:rsidRPr="0032017C" w:rsidRDefault="0032017C" w:rsidP="0032017C">
+          <w:p w:rsidRPr="0032017C" w:rsidR="0032017C" w:rsidP="0032017C" w:rsidRDefault="0032017C" w14:paraId="2068E0C4" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:before="60" w:after="60" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
-                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="3AA4CE6C" w14:textId="4DD4C591" w:rsidR="0032017C" w:rsidRPr="002E5BF4" w:rsidRDefault="0032017C" w:rsidP="00C82DA4">
+    <w:p w:rsidRPr="002E5BF4" w:rsidR="0032017C" w:rsidP="00C82DA4" w:rsidRDefault="0032017C" w14:paraId="3AA4CE6C" w14:textId="4DD4C591">
       <w:pPr>
         <w:keepNext/>
         <w:spacing w:before="240" w:after="60" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="284" w:right="0"/>
         <w:outlineLvl w:val="1"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs/>
           <w:iCs/>
           <w:color w:val="2F5496"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="131" w:name="_Toc256000070"/>
-[...6 lines deleted...]
-      <w:bookmarkStart w:id="138" w:name="_Toc62654109"/>
+      <w:bookmarkStart w:name="_Toc256000070" w:id="131"/>
+      <w:bookmarkStart w:name="_Toc256000054" w:id="132"/>
+      <w:bookmarkStart w:name="_Toc256000038" w:id="133"/>
+      <w:bookmarkStart w:name="_Toc256000022" w:id="134"/>
+      <w:bookmarkStart w:name="_Toc62544746" w:id="135"/>
+      <w:bookmarkStart w:name="_Toc62638209" w:id="136"/>
+      <w:bookmarkStart w:name="_Toc62652018" w:id="137"/>
+      <w:bookmarkStart w:name="_Toc62654109" w:id="138"/>
       <w:r w:rsidRPr="002E5BF4">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs/>
           <w:iCs/>
           <w:color w:val="2F5496"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>Etikett akutask anafylaxi vuxen</w:t>
       </w:r>
       <w:bookmarkEnd w:id="131"/>
       <w:bookmarkEnd w:id="132"/>
       <w:bookmarkEnd w:id="133"/>
       <w:bookmarkEnd w:id="134"/>
       <w:bookmarkEnd w:id="135"/>
       <w:bookmarkEnd w:id="136"/>
       <w:bookmarkEnd w:id="137"/>
       <w:bookmarkEnd w:id="138"/>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="10206" w:type="dxa"/>
         <w:tblInd w:w="170" w:type="dxa"/>
         <w:tblBorders>
-          <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
-[...4 lines deleted...]
-          <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+          <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+          <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+          <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+          <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+          <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         </w:tblBorders>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="1531"/>
         <w:gridCol w:w="4082"/>
         <w:gridCol w:w="1531"/>
         <w:gridCol w:w="1531"/>
         <w:gridCol w:w="1531"/>
       </w:tblGrid>
-      <w:tr w:rsidR="0032017C" w:rsidRPr="0032017C" w14:paraId="64E6D606" w14:textId="77777777" w:rsidTr="002E5BF4">
+      <w:tr w:rsidRPr="0032017C" w:rsidR="0032017C" w:rsidTr="002E5BF4" w14:paraId="64E6D606" w14:textId="77777777">
         <w:trPr>
           <w:tblHeader/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="750" w:type="pct"/>
             <w:shd w:val="clear" w:color="auto" w:fill="E7E6E6"/>
           </w:tcPr>
-          <w:p w14:paraId="5F8FE01F" w14:textId="77777777" w:rsidR="0032017C" w:rsidRPr="0032017C" w:rsidRDefault="0032017C" w:rsidP="0032017C">
+          <w:p w:rsidRPr="0032017C" w:rsidR="0032017C" w:rsidP="0032017C" w:rsidRDefault="0032017C" w14:paraId="5F8FE01F" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:before="40" w:after="40" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
-                <w:rFonts w:ascii="Arial Fet" w:eastAsia="Calibri" w:hAnsi="Arial Fet"/>
+                <w:rFonts w:ascii="Arial Fet" w:hAnsi="Arial Fet" w:eastAsia="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0032017C">
               <w:rPr>
-                <w:rFonts w:ascii="Arial Fet" w:eastAsia="Calibri" w:hAnsi="Arial Fet"/>
+                <w:rFonts w:ascii="Arial Fet" w:hAnsi="Arial Fet" w:eastAsia="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
               <w:t>Akutask</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="pct"/>
             <w:shd w:val="clear" w:color="auto" w:fill="E7E6E6"/>
           </w:tcPr>
-          <w:p w14:paraId="2D95EBC4" w14:textId="77777777" w:rsidR="0032017C" w:rsidRPr="0032017C" w:rsidRDefault="0032017C" w:rsidP="0032017C">
+          <w:p w:rsidRPr="0032017C" w:rsidR="0032017C" w:rsidP="0032017C" w:rsidRDefault="0032017C" w14:paraId="2D95EBC4" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:before="40" w:after="40" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
-                <w:rFonts w:ascii="Arial Fet" w:eastAsia="Calibri" w:hAnsi="Arial Fet"/>
+                <w:rFonts w:ascii="Arial Fet" w:hAnsi="Arial Fet" w:eastAsia="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0032017C">
               <w:rPr>
-                <w:rFonts w:ascii="Arial Fet" w:eastAsia="Calibri" w:hAnsi="Arial Fet"/>
+                <w:rFonts w:ascii="Arial Fet" w:hAnsi="Arial Fet" w:eastAsia="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
               <w:t>Läkemedel</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="750" w:type="pct"/>
             <w:shd w:val="clear" w:color="auto" w:fill="E7E6E6"/>
           </w:tcPr>
-          <w:p w14:paraId="6B828442" w14:textId="77777777" w:rsidR="0032017C" w:rsidRPr="0032017C" w:rsidRDefault="0032017C" w:rsidP="0032017C">
+          <w:p w:rsidRPr="0032017C" w:rsidR="0032017C" w:rsidP="0032017C" w:rsidRDefault="0032017C" w14:paraId="6B828442" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:before="40" w:after="40" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
-                <w:rFonts w:ascii="Arial Fet" w:eastAsia="Calibri" w:hAnsi="Arial Fet"/>
+                <w:rFonts w:ascii="Arial Fet" w:hAnsi="Arial Fet" w:eastAsia="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0032017C">
               <w:rPr>
-                <w:rFonts w:ascii="Arial Fet" w:eastAsia="Calibri" w:hAnsi="Arial Fet"/>
+                <w:rFonts w:ascii="Arial Fet" w:hAnsi="Arial Fet" w:eastAsia="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
               <w:t>Mängd</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="750" w:type="pct"/>
             <w:shd w:val="clear" w:color="auto" w:fill="E7E6E6"/>
           </w:tcPr>
-          <w:p w14:paraId="0918D1D0" w14:textId="77777777" w:rsidR="0032017C" w:rsidRPr="0032017C" w:rsidRDefault="0032017C" w:rsidP="0032017C">
+          <w:p w:rsidRPr="0032017C" w:rsidR="0032017C" w:rsidP="0032017C" w:rsidRDefault="0032017C" w14:paraId="0918D1D0" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:before="40" w:after="40" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
-                <w:rFonts w:ascii="Arial Fet" w:eastAsia="Calibri" w:hAnsi="Arial Fet"/>
+                <w:rFonts w:ascii="Arial Fet" w:hAnsi="Arial Fet" w:eastAsia="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0032017C">
               <w:rPr>
-                <w:rFonts w:ascii="Arial Fet" w:eastAsia="Calibri" w:hAnsi="Arial Fet"/>
+                <w:rFonts w:ascii="Arial Fet" w:hAnsi="Arial Fet" w:eastAsia="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
               <w:t>Datum</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="750" w:type="pct"/>
             <w:shd w:val="clear" w:color="auto" w:fill="E7E6E6"/>
           </w:tcPr>
-          <w:p w14:paraId="1835D987" w14:textId="77777777" w:rsidR="0032017C" w:rsidRPr="0032017C" w:rsidRDefault="0032017C" w:rsidP="0032017C">
+          <w:p w:rsidRPr="0032017C" w:rsidR="0032017C" w:rsidP="0032017C" w:rsidRDefault="0032017C" w14:paraId="1835D987" w14:textId="77777777">
             <w:pPr>
               <w:suppressAutoHyphens/>
               <w:spacing w:before="40" w:after="40" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
-                <w:rFonts w:ascii="Arial Fet" w:eastAsia="Calibri" w:hAnsi="Arial Fet"/>
+                <w:rFonts w:ascii="Arial Fet" w:hAnsi="Arial Fet" w:eastAsia="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0032017C">
               <w:rPr>
-                <w:rFonts w:ascii="Arial Fet" w:eastAsia="Calibri" w:hAnsi="Arial Fet"/>
+                <w:rFonts w:ascii="Arial Fet" w:hAnsi="Arial Fet" w:eastAsia="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
               <w:t>Kontroll signatur</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="0032017C" w:rsidRPr="0032017C" w14:paraId="56569662" w14:textId="77777777" w:rsidTr="002E5BF4">
+      <w:tr w:rsidRPr="0032017C" w:rsidR="0032017C" w:rsidTr="002E5BF4" w14:paraId="56569662" w14:textId="77777777">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="750" w:type="pct"/>
             <w:vMerge w:val="restart"/>
             <w:shd w:val="clear" w:color="auto" w:fill="E7E6E6"/>
           </w:tcPr>
-          <w:p w14:paraId="06AD970C" w14:textId="77777777" w:rsidR="0032017C" w:rsidRPr="0032017C" w:rsidRDefault="0032017C" w:rsidP="0032017C">
+          <w:p w:rsidRPr="0032017C" w:rsidR="0032017C" w:rsidP="0032017C" w:rsidRDefault="0032017C" w14:paraId="06AD970C" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:before="40" w:after="40" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
-                <w:rFonts w:ascii="Arial Fet" w:eastAsia="Calibri" w:hAnsi="Arial Fet"/>
+                <w:rFonts w:ascii="Arial Fet" w:hAnsi="Arial Fet" w:eastAsia="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0032017C">
               <w:rPr>
-                <w:rFonts w:ascii="Arial Fet" w:eastAsia="Calibri" w:hAnsi="Arial Fet"/>
+                <w:rFonts w:ascii="Arial Fet" w:hAnsi="Arial Fet" w:eastAsia="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
               <w:t>Anafylaxi vuxen</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="pct"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="4C886C4B" w14:textId="77777777" w:rsidR="0032017C" w:rsidRPr="0032017C" w:rsidRDefault="0032017C" w:rsidP="0032017C">
+          <w:p w:rsidRPr="0032017C" w:rsidR="0032017C" w:rsidP="0032017C" w:rsidRDefault="0032017C" w14:paraId="4C886C4B" w14:textId="77777777">
             <w:pPr>
               <w:suppressAutoHyphens/>
               <w:spacing w:before="60" w:after="60" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
-                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0032017C">
               <w:rPr>
-                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
               <w:t xml:space="preserve">Adrenalin autoinjektor </w:t>
             </w:r>
             <w:r w:rsidRPr="0032017C">
               <w:rPr>
-                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
               <w:br/>
+            </w:r>
+            <w:r w:rsidRPr="0032017C">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
               <w:t xml:space="preserve">t.ex. EpiPen 0,3 mg/ml </w:t>
             </w:r>
             <w:r w:rsidRPr="0032017C">
               <w:rPr>
-                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
               <w:t>OBS!</w:t>
             </w:r>
             <w:r w:rsidRPr="0032017C">
               <w:rPr>
-                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
               <w:t xml:space="preserve"> Ljuskänsligt</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="750" w:type="pct"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="28AF5748" w14:textId="77777777" w:rsidR="0032017C" w:rsidRPr="0032017C" w:rsidRDefault="0032017C" w:rsidP="0032017C">
+          <w:p w:rsidRPr="0032017C" w:rsidR="0032017C" w:rsidP="0032017C" w:rsidRDefault="0032017C" w14:paraId="28AF5748" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:before="60" w:after="60" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
-                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0032017C">
               <w:rPr>
-                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
               <w:t>2 st</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="750" w:type="pct"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="69B43D6B" w14:textId="77777777" w:rsidR="0032017C" w:rsidRPr="0032017C" w:rsidRDefault="0032017C" w:rsidP="0032017C">
+          <w:p w:rsidRPr="0032017C" w:rsidR="0032017C" w:rsidP="0032017C" w:rsidRDefault="0032017C" w14:paraId="69B43D6B" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:before="60" w:after="60" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
-                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="750" w:type="pct"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="42A53106" w14:textId="77777777" w:rsidR="0032017C" w:rsidRPr="0032017C" w:rsidRDefault="0032017C" w:rsidP="0032017C">
+          <w:p w:rsidRPr="0032017C" w:rsidR="0032017C" w:rsidP="0032017C" w:rsidRDefault="0032017C" w14:paraId="42A53106" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:before="60" w:after="60" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
-                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="0032017C" w:rsidRPr="0032017C" w14:paraId="4595B10A" w14:textId="77777777" w:rsidTr="002E5BF4">
+      <w:tr w:rsidRPr="0032017C" w:rsidR="0032017C" w:rsidTr="002E5BF4" w14:paraId="4595B10A" w14:textId="77777777">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="750" w:type="pct"/>
             <w:vMerge/>
             <w:shd w:val="clear" w:color="auto" w:fill="E7E6E6"/>
           </w:tcPr>
-          <w:p w14:paraId="52D41A52" w14:textId="77777777" w:rsidR="0032017C" w:rsidRPr="0032017C" w:rsidRDefault="0032017C" w:rsidP="0032017C">
+          <w:p w:rsidRPr="0032017C" w:rsidR="0032017C" w:rsidP="0032017C" w:rsidRDefault="0032017C" w14:paraId="52D41A52" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:before="40" w:after="40" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
-                <w:rFonts w:ascii="Arial Fet" w:eastAsia="Calibri" w:hAnsi="Arial Fet"/>
+                <w:rFonts w:ascii="Arial Fet" w:hAnsi="Arial Fet" w:eastAsia="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="pct"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="2E02AB22" w14:textId="77777777" w:rsidR="0032017C" w:rsidRPr="0032017C" w:rsidRDefault="0032017C" w:rsidP="0032017C">
+          <w:p w:rsidRPr="0032017C" w:rsidR="0032017C" w:rsidP="0032017C" w:rsidRDefault="0032017C" w14:paraId="2E02AB22" w14:textId="77777777">
             <w:pPr>
               <w:suppressAutoHyphens/>
               <w:spacing w:before="60" w:after="60" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
-                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="en-NZ" w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0032017C">
               <w:rPr>
-                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
               <w:t>Kortison betametason t.ex. Betapred tabletter 0,5 mg</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="750" w:type="pct"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="376C0E0B" w14:textId="77777777" w:rsidR="0032017C" w:rsidRPr="0032017C" w:rsidRDefault="0032017C" w:rsidP="0032017C">
+          <w:p w:rsidRPr="0032017C" w:rsidR="0032017C" w:rsidP="0032017C" w:rsidRDefault="0032017C" w14:paraId="376C0E0B" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:before="60" w:after="60" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
-                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="en-NZ" w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0032017C">
               <w:rPr>
-                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="en-NZ" w:eastAsia="en-US"/>
               </w:rPr>
               <w:t>30 st</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="750" w:type="pct"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="47639BE7" w14:textId="77777777" w:rsidR="0032017C" w:rsidRPr="0032017C" w:rsidRDefault="0032017C" w:rsidP="0032017C">
+          <w:p w:rsidRPr="0032017C" w:rsidR="0032017C" w:rsidP="0032017C" w:rsidRDefault="0032017C" w14:paraId="47639BE7" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:before="60" w:after="60" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
-                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="en-NZ" w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="750" w:type="pct"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="5360D9F0" w14:textId="77777777" w:rsidR="0032017C" w:rsidRPr="0032017C" w:rsidRDefault="0032017C" w:rsidP="0032017C">
+          <w:p w:rsidRPr="0032017C" w:rsidR="0032017C" w:rsidP="0032017C" w:rsidRDefault="0032017C" w14:paraId="5360D9F0" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:before="60" w:after="60" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
-                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="en-NZ" w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="0032017C" w:rsidRPr="0032017C" w14:paraId="10E345A3" w14:textId="77777777" w:rsidTr="002E5BF4">
+      <w:tr w:rsidRPr="0032017C" w:rsidR="0032017C" w:rsidTr="002E5BF4" w14:paraId="10E345A3" w14:textId="77777777">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="750" w:type="pct"/>
             <w:vMerge/>
             <w:shd w:val="clear" w:color="auto" w:fill="E7E6E6"/>
           </w:tcPr>
-          <w:p w14:paraId="1AB5B935" w14:textId="77777777" w:rsidR="0032017C" w:rsidRPr="0032017C" w:rsidRDefault="0032017C" w:rsidP="0032017C">
+          <w:p w:rsidRPr="0032017C" w:rsidR="0032017C" w:rsidP="0032017C" w:rsidRDefault="0032017C" w14:paraId="1AB5B935" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:before="40" w:after="40" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
-                <w:rFonts w:ascii="Arial Fet" w:eastAsia="Calibri" w:hAnsi="Arial Fet"/>
+                <w:rFonts w:ascii="Arial Fet" w:hAnsi="Arial Fet" w:eastAsia="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="pct"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="488EE14C" w14:textId="77777777" w:rsidR="0032017C" w:rsidRPr="0032017C" w:rsidRDefault="0032017C" w:rsidP="0032017C">
+          <w:p w:rsidRPr="0032017C" w:rsidR="0032017C" w:rsidP="0032017C" w:rsidRDefault="0032017C" w14:paraId="488EE14C" w14:textId="77777777">
             <w:pPr>
               <w:suppressAutoHyphens/>
               <w:spacing w:before="60" w:after="60" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
-                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0032017C">
               <w:rPr>
-                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
               <w:t>Antihistamin desloratadin t.ex. munlöslig tablett Caredin 5 mg</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="750" w:type="pct"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="2C65FF8C" w14:textId="77777777" w:rsidR="0032017C" w:rsidRPr="0032017C" w:rsidRDefault="0032017C" w:rsidP="0032017C">
+          <w:p w:rsidRPr="0032017C" w:rsidR="0032017C" w:rsidP="0032017C" w:rsidRDefault="0032017C" w14:paraId="2C65FF8C" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:before="60" w:after="60" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
-                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0032017C">
               <w:rPr>
-                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
               <w:t>30 st</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="750" w:type="pct"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="600956A7" w14:textId="77777777" w:rsidR="0032017C" w:rsidRPr="0032017C" w:rsidRDefault="0032017C" w:rsidP="0032017C">
+          <w:p w:rsidRPr="0032017C" w:rsidR="0032017C" w:rsidP="0032017C" w:rsidRDefault="0032017C" w14:paraId="600956A7" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:before="60" w:after="60" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
-                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="750" w:type="pct"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="614E38BB" w14:textId="77777777" w:rsidR="0032017C" w:rsidRPr="0032017C" w:rsidRDefault="0032017C" w:rsidP="0032017C">
+          <w:p w:rsidRPr="0032017C" w:rsidR="0032017C" w:rsidP="0032017C" w:rsidRDefault="0032017C" w14:paraId="614E38BB" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:before="60" w:after="60" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
-                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="79F340AC" w14:textId="77777777" w:rsidR="0032017C" w:rsidRPr="002E5BF4" w:rsidRDefault="0032017C" w:rsidP="00C82DA4">
+    <w:p w:rsidRPr="002E5BF4" w:rsidR="0032017C" w:rsidP="00C82DA4" w:rsidRDefault="0032017C" w14:paraId="79F340AC" w14:textId="77777777">
       <w:pPr>
         <w:keepNext/>
         <w:spacing w:before="240" w:after="60" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="284" w:right="0"/>
         <w:outlineLvl w:val="1"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs/>
           <w:iCs/>
           <w:color w:val="2F5496"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="139" w:name="_Toc256000071"/>
-[...6 lines deleted...]
-      <w:bookmarkStart w:id="146" w:name="_Toc62654110"/>
+      <w:bookmarkStart w:name="_Toc256000071" w:id="139"/>
+      <w:bookmarkStart w:name="_Toc256000055" w:id="140"/>
+      <w:bookmarkStart w:name="_Toc256000039" w:id="141"/>
+      <w:bookmarkStart w:name="_Toc256000023" w:id="142"/>
+      <w:bookmarkStart w:name="_Toc62544747" w:id="143"/>
+      <w:bookmarkStart w:name="_Toc62638210" w:id="144"/>
+      <w:bookmarkStart w:name="_Toc62652019" w:id="145"/>
+      <w:bookmarkStart w:name="_Toc62654110" w:id="146"/>
       <w:r w:rsidRPr="002E5BF4">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs/>
           <w:iCs/>
           <w:color w:val="2F5496"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>Etikett akutask anafylaxi barn</w:t>
       </w:r>
       <w:bookmarkEnd w:id="139"/>
       <w:bookmarkEnd w:id="140"/>
       <w:bookmarkEnd w:id="141"/>
       <w:bookmarkEnd w:id="142"/>
       <w:bookmarkEnd w:id="143"/>
       <w:bookmarkEnd w:id="144"/>
       <w:bookmarkEnd w:id="145"/>
       <w:bookmarkEnd w:id="146"/>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="10206" w:type="dxa"/>
         <w:tblInd w:w="170" w:type="dxa"/>
         <w:tblBorders>
-          <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
-[...4 lines deleted...]
-          <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+          <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+          <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+          <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+          <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+          <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         </w:tblBorders>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="1531"/>
         <w:gridCol w:w="4082"/>
         <w:gridCol w:w="1531"/>
         <w:gridCol w:w="1531"/>
         <w:gridCol w:w="1531"/>
       </w:tblGrid>
-      <w:tr w:rsidR="0032017C" w:rsidRPr="0032017C" w14:paraId="3F5F8029" w14:textId="77777777" w:rsidTr="002E5BF4">
+      <w:tr w:rsidRPr="0032017C" w:rsidR="0032017C" w:rsidTr="002E5BF4" w14:paraId="3F5F8029" w14:textId="77777777">
         <w:trPr>
           <w:tblHeader/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="750" w:type="pct"/>
             <w:shd w:val="clear" w:color="auto" w:fill="E7E6E6"/>
           </w:tcPr>
-          <w:p w14:paraId="04050B1D" w14:textId="77777777" w:rsidR="0032017C" w:rsidRPr="0032017C" w:rsidRDefault="0032017C" w:rsidP="0032017C">
+          <w:p w:rsidRPr="0032017C" w:rsidR="0032017C" w:rsidP="0032017C" w:rsidRDefault="0032017C" w14:paraId="04050B1D" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:before="40" w:after="40" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
-                <w:rFonts w:ascii="Arial Fet" w:eastAsia="Calibri" w:hAnsi="Arial Fet"/>
+                <w:rFonts w:ascii="Arial Fet" w:hAnsi="Arial Fet" w:eastAsia="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0032017C">
               <w:rPr>
-                <w:rFonts w:ascii="Arial Fet" w:eastAsia="Calibri" w:hAnsi="Arial Fet"/>
+                <w:rFonts w:ascii="Arial Fet" w:hAnsi="Arial Fet" w:eastAsia="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
               <w:t>Akutask</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="pct"/>
             <w:shd w:val="clear" w:color="auto" w:fill="E7E6E6"/>
           </w:tcPr>
-          <w:p w14:paraId="5087F821" w14:textId="77777777" w:rsidR="0032017C" w:rsidRPr="0032017C" w:rsidRDefault="0032017C" w:rsidP="0032017C">
+          <w:p w:rsidRPr="0032017C" w:rsidR="0032017C" w:rsidP="0032017C" w:rsidRDefault="0032017C" w14:paraId="5087F821" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:before="40" w:after="40" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
-                <w:rFonts w:ascii="Arial Fet" w:eastAsia="Calibri" w:hAnsi="Arial Fet"/>
+                <w:rFonts w:ascii="Arial Fet" w:hAnsi="Arial Fet" w:eastAsia="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0032017C">
               <w:rPr>
-                <w:rFonts w:ascii="Arial Fet" w:eastAsia="Calibri" w:hAnsi="Arial Fet"/>
+                <w:rFonts w:ascii="Arial Fet" w:hAnsi="Arial Fet" w:eastAsia="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
               <w:t>Läkemedel</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="750" w:type="pct"/>
             <w:shd w:val="clear" w:color="auto" w:fill="E7E6E6"/>
           </w:tcPr>
-          <w:p w14:paraId="0B46E45B" w14:textId="77777777" w:rsidR="0032017C" w:rsidRPr="0032017C" w:rsidRDefault="0032017C" w:rsidP="0032017C">
+          <w:p w:rsidRPr="0032017C" w:rsidR="0032017C" w:rsidP="0032017C" w:rsidRDefault="0032017C" w14:paraId="0B46E45B" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:before="40" w:after="40" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
-                <w:rFonts w:ascii="Arial Fet" w:eastAsia="Calibri" w:hAnsi="Arial Fet"/>
+                <w:rFonts w:ascii="Arial Fet" w:hAnsi="Arial Fet" w:eastAsia="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0032017C">
               <w:rPr>
-                <w:rFonts w:ascii="Arial Fet" w:eastAsia="Calibri" w:hAnsi="Arial Fet"/>
+                <w:rFonts w:ascii="Arial Fet" w:hAnsi="Arial Fet" w:eastAsia="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
               <w:t>Mängd</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="750" w:type="pct"/>
             <w:shd w:val="clear" w:color="auto" w:fill="E7E6E6"/>
           </w:tcPr>
-          <w:p w14:paraId="39B32CC8" w14:textId="77777777" w:rsidR="0032017C" w:rsidRPr="0032017C" w:rsidRDefault="0032017C" w:rsidP="0032017C">
+          <w:p w:rsidRPr="0032017C" w:rsidR="0032017C" w:rsidP="0032017C" w:rsidRDefault="0032017C" w14:paraId="39B32CC8" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:before="40" w:after="40" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
-                <w:rFonts w:ascii="Arial Fet" w:eastAsia="Calibri" w:hAnsi="Arial Fet"/>
+                <w:rFonts w:ascii="Arial Fet" w:hAnsi="Arial Fet" w:eastAsia="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0032017C">
               <w:rPr>
-                <w:rFonts w:ascii="Arial Fet" w:eastAsia="Calibri" w:hAnsi="Arial Fet"/>
+                <w:rFonts w:ascii="Arial Fet" w:hAnsi="Arial Fet" w:eastAsia="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
               <w:t>Datum</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="750" w:type="pct"/>
             <w:shd w:val="clear" w:color="auto" w:fill="E7E6E6"/>
           </w:tcPr>
-          <w:p w14:paraId="29C9D790" w14:textId="77777777" w:rsidR="0032017C" w:rsidRPr="0032017C" w:rsidRDefault="0032017C" w:rsidP="0032017C">
+          <w:p w:rsidRPr="0032017C" w:rsidR="0032017C" w:rsidP="0032017C" w:rsidRDefault="0032017C" w14:paraId="29C9D790" w14:textId="77777777">
             <w:pPr>
               <w:suppressAutoHyphens/>
               <w:spacing w:before="40" w:after="40" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
-                <w:rFonts w:ascii="Arial Fet" w:eastAsia="Calibri" w:hAnsi="Arial Fet"/>
+                <w:rFonts w:ascii="Arial Fet" w:hAnsi="Arial Fet" w:eastAsia="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0032017C">
               <w:rPr>
-                <w:rFonts w:ascii="Arial Fet" w:eastAsia="Calibri" w:hAnsi="Arial Fet"/>
+                <w:rFonts w:ascii="Arial Fet" w:hAnsi="Arial Fet" w:eastAsia="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
               <w:t>Kontroll signatur</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="0032017C" w:rsidRPr="0032017C" w14:paraId="1F200A86" w14:textId="77777777" w:rsidTr="002E5BF4">
+      <w:tr w:rsidRPr="0032017C" w:rsidR="0032017C" w:rsidTr="002E5BF4" w14:paraId="1F200A86" w14:textId="77777777">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="750" w:type="pct"/>
             <w:vMerge w:val="restart"/>
             <w:shd w:val="clear" w:color="auto" w:fill="E7E6E6"/>
           </w:tcPr>
-          <w:p w14:paraId="4DC47E5C" w14:textId="77777777" w:rsidR="0032017C" w:rsidRPr="0032017C" w:rsidRDefault="0032017C" w:rsidP="0032017C">
+          <w:p w:rsidRPr="0032017C" w:rsidR="0032017C" w:rsidP="0032017C" w:rsidRDefault="0032017C" w14:paraId="4DC47E5C" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:before="40" w:after="40" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
-                <w:rFonts w:ascii="Arial Fet" w:eastAsia="Calibri" w:hAnsi="Arial Fet"/>
+                <w:rFonts w:ascii="Arial Fet" w:hAnsi="Arial Fet" w:eastAsia="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0032017C">
               <w:rPr>
-                <w:rFonts w:ascii="Arial Fet" w:eastAsia="Calibri" w:hAnsi="Arial Fet"/>
+                <w:rFonts w:ascii="Arial Fet" w:hAnsi="Arial Fet" w:eastAsia="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
               <w:t>Anafylaxi barn</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="pct"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="0630649F" w14:textId="77777777" w:rsidR="0032017C" w:rsidRPr="0032017C" w:rsidRDefault="0032017C" w:rsidP="0032017C">
+          <w:p w:rsidRPr="0032017C" w:rsidR="0032017C" w:rsidP="0032017C" w:rsidRDefault="0032017C" w14:paraId="0630649F" w14:textId="77777777">
             <w:pPr>
               <w:suppressAutoHyphens/>
               <w:spacing w:before="60" w:after="60" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
-                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0032017C">
               <w:rPr>
-                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
               <w:t xml:space="preserve">Adrenalin autoinjektor t.ex. EpiPen Jr 0,15 mg/ml </w:t>
             </w:r>
             <w:r w:rsidRPr="0032017C">
               <w:rPr>
-                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
               <w:t>OBS!</w:t>
             </w:r>
             <w:r w:rsidRPr="0032017C">
               <w:rPr>
-                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
               <w:t xml:space="preserve"> Ljuskänsligt</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="750" w:type="pct"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="0990C909" w14:textId="77777777" w:rsidR="0032017C" w:rsidRPr="0032017C" w:rsidRDefault="0032017C" w:rsidP="0032017C">
+          <w:p w:rsidRPr="0032017C" w:rsidR="0032017C" w:rsidP="0032017C" w:rsidRDefault="0032017C" w14:paraId="0990C909" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:before="60" w:after="60" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
-                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0032017C">
               <w:rPr>
-                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
               <w:t>2 st</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="750" w:type="pct"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="127D0443" w14:textId="77777777" w:rsidR="0032017C" w:rsidRPr="0032017C" w:rsidRDefault="0032017C" w:rsidP="0032017C">
+          <w:p w:rsidRPr="0032017C" w:rsidR="0032017C" w:rsidP="0032017C" w:rsidRDefault="0032017C" w14:paraId="127D0443" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:before="60" w:after="60" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
-                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="750" w:type="pct"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="61193556" w14:textId="77777777" w:rsidR="0032017C" w:rsidRPr="0032017C" w:rsidRDefault="0032017C" w:rsidP="0032017C">
+          <w:p w:rsidRPr="0032017C" w:rsidR="0032017C" w:rsidP="0032017C" w:rsidRDefault="0032017C" w14:paraId="61193556" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:before="60" w:after="60" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
-                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="0032017C" w:rsidRPr="0032017C" w14:paraId="40C461E2" w14:textId="77777777" w:rsidTr="002E5BF4">
+      <w:tr w:rsidRPr="0032017C" w:rsidR="0032017C" w:rsidTr="002E5BF4" w14:paraId="40C461E2" w14:textId="77777777">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="750" w:type="pct"/>
             <w:vMerge/>
             <w:shd w:val="clear" w:color="auto" w:fill="E7E6E6"/>
           </w:tcPr>
-          <w:p w14:paraId="2B4067D6" w14:textId="77777777" w:rsidR="0032017C" w:rsidRPr="0032017C" w:rsidRDefault="0032017C" w:rsidP="0032017C">
+          <w:p w:rsidRPr="0032017C" w:rsidR="0032017C" w:rsidP="0032017C" w:rsidRDefault="0032017C" w14:paraId="2B4067D6" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:before="40" w:after="40" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
-                <w:rFonts w:ascii="Arial Fet" w:eastAsia="Calibri" w:hAnsi="Arial Fet"/>
+                <w:rFonts w:ascii="Arial Fet" w:hAnsi="Arial Fet" w:eastAsia="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="pct"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="60DC3636" w14:textId="77777777" w:rsidR="0032017C" w:rsidRPr="0032017C" w:rsidRDefault="0032017C" w:rsidP="0032017C">
+          <w:p w:rsidRPr="0032017C" w:rsidR="0032017C" w:rsidP="0032017C" w:rsidRDefault="0032017C" w14:paraId="60DC3636" w14:textId="77777777">
             <w:pPr>
               <w:suppressAutoHyphens/>
               <w:spacing w:before="60" w:after="60" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
-                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="en-NZ" w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0032017C">
               <w:rPr>
-                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
               <w:t>Kortison betametason t.ex. Betapred tabletter 0,5 mg</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="750" w:type="pct"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="7B189BAB" w14:textId="77777777" w:rsidR="0032017C" w:rsidRPr="0032017C" w:rsidRDefault="0032017C" w:rsidP="0032017C">
+          <w:p w:rsidRPr="0032017C" w:rsidR="0032017C" w:rsidP="0032017C" w:rsidRDefault="0032017C" w14:paraId="7B189BAB" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:before="60" w:after="60" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
-                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="en-NZ" w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0032017C">
               <w:rPr>
-                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="en-NZ" w:eastAsia="en-US"/>
               </w:rPr>
               <w:t>30 st</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="750" w:type="pct"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="7A18D818" w14:textId="77777777" w:rsidR="0032017C" w:rsidRPr="0032017C" w:rsidRDefault="0032017C" w:rsidP="0032017C">
+          <w:p w:rsidRPr="0032017C" w:rsidR="0032017C" w:rsidP="0032017C" w:rsidRDefault="0032017C" w14:paraId="7A18D818" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:before="60" w:after="60" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
-                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="en-NZ" w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="750" w:type="pct"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="2626FCFE" w14:textId="77777777" w:rsidR="0032017C" w:rsidRPr="0032017C" w:rsidRDefault="0032017C" w:rsidP="0032017C">
+          <w:p w:rsidRPr="0032017C" w:rsidR="0032017C" w:rsidP="0032017C" w:rsidRDefault="0032017C" w14:paraId="2626FCFE" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:before="60" w:after="60" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
-                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="en-NZ" w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="0032017C" w:rsidRPr="0032017C" w14:paraId="48287760" w14:textId="77777777" w:rsidTr="002E5BF4">
+      <w:tr w:rsidRPr="0032017C" w:rsidR="0032017C" w:rsidTr="002E5BF4" w14:paraId="48287760" w14:textId="77777777">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="750" w:type="pct"/>
             <w:vMerge/>
             <w:shd w:val="clear" w:color="auto" w:fill="E7E6E6"/>
           </w:tcPr>
-          <w:p w14:paraId="48EBEB20" w14:textId="77777777" w:rsidR="0032017C" w:rsidRPr="0032017C" w:rsidRDefault="0032017C" w:rsidP="0032017C">
+          <w:p w:rsidRPr="0032017C" w:rsidR="0032017C" w:rsidP="0032017C" w:rsidRDefault="0032017C" w14:paraId="48EBEB20" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:before="40" w:after="40" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
-                <w:rFonts w:ascii="Arial Fet" w:eastAsia="Calibri" w:hAnsi="Arial Fet"/>
+                <w:rFonts w:ascii="Arial Fet" w:hAnsi="Arial Fet" w:eastAsia="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="pct"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="1DA8042B" w14:textId="77777777" w:rsidR="0032017C" w:rsidRPr="0032017C" w:rsidRDefault="0032017C" w:rsidP="0032017C">
+          <w:p w:rsidRPr="0032017C" w:rsidR="0032017C" w:rsidP="0032017C" w:rsidRDefault="0032017C" w14:paraId="1DA8042B" w14:textId="77777777">
             <w:pPr>
               <w:suppressAutoHyphens/>
               <w:spacing w:before="60" w:after="60" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
-                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0032017C">
               <w:rPr>
-                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
               <w:t>Antihistamin desloratadin t.ex. munlöslig tablett Caredin 2,5 mg</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="750" w:type="pct"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="51B49B6B" w14:textId="77777777" w:rsidR="0032017C" w:rsidRPr="0032017C" w:rsidRDefault="0032017C" w:rsidP="0032017C">
+          <w:p w:rsidRPr="0032017C" w:rsidR="0032017C" w:rsidP="0032017C" w:rsidRDefault="0032017C" w14:paraId="51B49B6B" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:before="60" w:after="60" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
-                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0032017C">
               <w:rPr>
-                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
               <w:t>30 st</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="750" w:type="pct"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="18BB41BF" w14:textId="77777777" w:rsidR="0032017C" w:rsidRPr="0032017C" w:rsidRDefault="0032017C" w:rsidP="0032017C">
+          <w:p w:rsidRPr="0032017C" w:rsidR="0032017C" w:rsidP="0032017C" w:rsidRDefault="0032017C" w14:paraId="18BB41BF" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:before="60" w:after="60" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
-                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="750" w:type="pct"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="62D6091D" w14:textId="77777777" w:rsidR="0032017C" w:rsidRPr="0032017C" w:rsidRDefault="0032017C" w:rsidP="0032017C">
+          <w:p w:rsidRPr="0032017C" w:rsidR="0032017C" w:rsidP="0032017C" w:rsidRDefault="0032017C" w14:paraId="62D6091D" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:before="60" w:after="60" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
-                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:bookmarkEnd w:id="1"/>
     </w:tbl>
-    <w:p w14:paraId="53786F8C" w14:textId="77777777" w:rsidR="0032017C" w:rsidRPr="0032017C" w:rsidRDefault="0032017C" w:rsidP="0032017C">
+    <w:p w:rsidRPr="0032017C" w:rsidR="0032017C" w:rsidP="0032017C" w:rsidRDefault="0032017C" w14:paraId="53786F8C" w14:textId="77777777">
       <w:pPr>
         <w:spacing w:after="160" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="2676" w:right="0"/>
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:sectPr w:rsidR="0032017C" w:rsidRPr="0032017C" w:rsidSect="0032017C">
+    <w:sectPr w:rsidRPr="0032017C" w:rsidR="0032017C" w:rsidSect="0032017C">
       <w:headerReference w:type="default" r:id="rId19"/>
       <w:footerReference w:type="even" r:id="rId20"/>
       <w:footerReference w:type="default" r:id="rId21"/>
       <w:headerReference w:type="first" r:id="rId22"/>
       <w:footerReference w:type="first" r:id="rId23"/>
       <w:type w:val="continuous"/>
-      <w:pgSz w:w="11900" w:h="16840"/>
+      <w:pgSz w:w="11900" w:h="16840" w:orient="portrait"/>
       <w:pgMar w:top="1418" w:right="1979" w:bottom="1276" w:left="992" w:header="283" w:footer="743" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:noEndnote/>
       <w:titlePg/>
       <w:docGrid w:linePitch="326"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
+<file path=word/comments.xml><?xml version="1.0" encoding="utf-8"?>
+<w:comments xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
+  <w:comment xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:initials="IS" w:author="Isabell Skott" w:date="2026-01-21T15:03:26" w:id="969443674">
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="3F4784E3" w:rsidRDefault="093305D9" w14:paraId="715C80FF" w14:textId="14957F3D">
+      <w:pPr>
+        <w:pStyle w:val="CommentText"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="CommentReference"/>
+        </w:rPr>
+        <w:annotationRef/>
+      </w:r>
+      <w:r w:rsidRPr="46C7D3FE" w:rsidR="441D4C1F">
+        <w:t>Bytt plats i tabell då man enligt behandlingsrekommendation skall ge antihistamin före kortison</w:t>
+      </w:r>
+    </w:p>
+  </w:comment>
+</w:comments>
+</file>
+
+<file path=word/commentsExtended.xml><?xml version="1.0" encoding="utf-8"?>
+<w15:commentsEx xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" mc:Ignorable="w15">
+  <w15:commentEx w15:done="1" w15:paraId="715C80FF"/>
+</w15:commentsEx>
+</file>
+
+<file path=word/commentsExtensible.xml><?xml version="1.0" encoding="utf-8"?>
+<w16cex:commentsExtensible xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" mc:Ignorable="w16 w16cex">
+  <w16cex:commentExtensible w16cex:durableId="2B6EF479" w16cex:dateUtc="2026-01-21T14:03:26.443Z"/>
+</w16cex:commentsExtensible>
+</file>
+
+<file path=word/commentsIds.xml><?xml version="1.0" encoding="utf-8"?>
+<w16cid:commentsIds xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" mc:Ignorable="w16cid">
+  <w16cid:commentId w16cid:paraId="715C80FF" w16cid:durableId="2B6EF479"/>
+</w16cid:commentsIds>
+</file>
+
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="552A5834" w14:textId="77777777" w:rsidR="007A2402" w:rsidRDefault="007A2402">
+    <w:p w:rsidR="007A2402" w:rsidRDefault="007A2402" w14:paraId="552A5834" w14:textId="77777777">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="4DFAA3CA" w14:textId="77777777" w:rsidR="007A2402" w:rsidRDefault="007A2402">
+    <w:p w:rsidR="007A2402" w:rsidRDefault="007A2402" w14:paraId="4DFAA3CA" w14:textId="77777777">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationNotice" w:id="1">
-    <w:p w14:paraId="44B67522" w14:textId="77777777" w:rsidR="007A2402" w:rsidRDefault="007A2402">
+    <w:p w:rsidR="007A2402" w:rsidRDefault="007A2402" w14:paraId="44B67522" w14:textId="77777777">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
@@ -6051,162 +6603,162 @@
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="MS Mincho">
     <w:altName w:val="ＭＳ 明朝"/>
     <w:panose1 w:val="02020609040205080304"/>
     <w:charset w:val="80"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E00002FF" w:usb1="6AC7FDFB" w:usb2="08000012" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial Fet">
     <w:panose1 w:val="00000000000000000000"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:notTrueType/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000003" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
-  <w:p w14:paraId="1FE2B820" w14:textId="77777777" w:rsidR="00660269" w:rsidRDefault="00660269" w:rsidP="00C43BDD">
+  <w:p w:rsidR="00660269" w:rsidP="00C43BDD" w:rsidRDefault="00660269" w14:paraId="1FE2B820" w14:textId="77777777">
     <w:pPr>
       <w:pStyle w:val="Sidfot"/>
-      <w:framePr w:wrap="around" w:vAnchor="text" w:hAnchor="margin" w:y="1"/>
+      <w:framePr w:wrap="around" w:hAnchor="margin" w:vAnchor="text" w:y="1"/>
       <w:rPr>
         <w:rStyle w:val="Sidnummer"/>
       </w:rPr>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:rStyle w:val="Sidnummer"/>
       </w:rPr>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:rPr>
         <w:rStyle w:val="Sidnummer"/>
       </w:rPr>
       <w:instrText xml:space="preserve">PAGE  </w:instrText>
     </w:r>
     <w:r>
       <w:rPr>
         <w:rStyle w:val="Sidnummer"/>
       </w:rPr>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
-  <w:p w14:paraId="1FE2B821" w14:textId="77777777" w:rsidR="00660269" w:rsidRDefault="00660269" w:rsidP="00C43BDD">
+  <w:p w:rsidR="00660269" w:rsidP="00C43BDD" w:rsidRDefault="00660269" w14:paraId="1FE2B821" w14:textId="77777777">
     <w:pPr>
       <w:pStyle w:val="Sidfot"/>
       <w:ind w:firstLine="360"/>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footer2.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:sdt>
     <w:sdtPr>
       <w:id w:val="-2070031421"/>
       <w:docPartObj>
         <w:docPartGallery w:val="Page Numbers (Bottom of Page)"/>
         <w:docPartUnique/>
       </w:docPartObj>
     </w:sdtPr>
     <w:sdtEndPr>
       <w:rPr>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
     </w:sdtEndPr>
     <w:sdtContent>
-      <w:p w14:paraId="47BD2091" w14:textId="4558F808" w:rsidR="00C50EE5" w:rsidRPr="00EC0A68" w:rsidRDefault="00A65FD4" w:rsidP="00EC0A68">
+      <w:p w:rsidRPr="00EC0A68" w:rsidR="00C50EE5" w:rsidP="00EC0A68" w:rsidRDefault="00A65FD4" w14:paraId="47BD2091" w14:textId="4558F808">
         <w:pPr>
           <w:pStyle w:val="Sidfot"/>
           <w:rPr>
             <w:sz w:val="16"/>
             <w:szCs w:val="16"/>
           </w:rPr>
         </w:pPr>
         <w:r w:rsidRPr="00EC0A68">
           <w:rPr>
             <w:sz w:val="16"/>
             <w:szCs w:val="16"/>
           </w:rPr>
           <w:t xml:space="preserve"> </w:t>
         </w:r>
-        <w:r w:rsidR="00EC0A68" w:rsidRPr="00EC0A68">
+        <w:r w:rsidRPr="00EC0A68" w:rsidR="00EC0A68">
           <w:rPr>
             <w:sz w:val="16"/>
             <w:szCs w:val="16"/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
-        <w:r w:rsidR="00EC0A68" w:rsidRPr="00EC0A68">
+        <w:r w:rsidRPr="00EC0A68" w:rsidR="00EC0A68">
           <w:rPr>
             <w:sz w:val="16"/>
             <w:szCs w:val="16"/>
           </w:rPr>
           <w:instrText>PAGE   \* MERGEFORMAT</w:instrText>
         </w:r>
-        <w:r w:rsidR="00EC0A68" w:rsidRPr="00EC0A68">
+        <w:r w:rsidRPr="00EC0A68" w:rsidR="00EC0A68">
           <w:rPr>
             <w:sz w:val="16"/>
             <w:szCs w:val="16"/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
-        <w:r w:rsidR="00EC0A68" w:rsidRPr="00EC0A68">
+        <w:r w:rsidRPr="00EC0A68" w:rsidR="00EC0A68">
           <w:rPr>
             <w:sz w:val="16"/>
             <w:szCs w:val="16"/>
           </w:rPr>
           <w:t>2</w:t>
         </w:r>
-        <w:r w:rsidR="00EC0A68" w:rsidRPr="00EC0A68">
+        <w:r w:rsidRPr="00EC0A68" w:rsidR="00EC0A68">
           <w:rPr>
             <w:sz w:val="16"/>
             <w:szCs w:val="16"/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:p>
     </w:sdtContent>
   </w:sdt>
 </w:ftr>
 </file>
 
 <file path=word/footer3.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
-  <w:p w14:paraId="1FE2B822" w14:textId="063AE373" w:rsidR="00660269" w:rsidRDefault="009228AB" w:rsidP="00FB2F0F">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+  <w:p w:rsidR="00660269" w:rsidP="00FB2F0F" w:rsidRDefault="009228AB" w14:paraId="1FE2B822" w14:textId="063AE373">
     <w:pPr>
       <w:pStyle w:val="Sidfot"/>
       <w:ind w:left="6237" w:hanging="141"/>
       <w:jc w:val="left"/>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:noProof/>
       </w:rPr>
       <w:drawing>
         <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658241" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="1FE2B825" wp14:editId="1C346EBA">
           <wp:simplePos x="0" y="0"/>
           <wp:positionH relativeFrom="column">
             <wp:posOffset>4388307</wp:posOffset>
           </wp:positionH>
           <wp:positionV relativeFrom="paragraph">
             <wp:posOffset>-27355</wp:posOffset>
           </wp:positionV>
           <wp:extent cx="1897920" cy="384860"/>
           <wp:effectExtent l="0" t="0" r="7620" b="0"/>
           <wp:wrapNone/>
           <wp:docPr id="9" name="Bildobjekt 9">
             <a:extLst xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:ext uri="{C183D7F6-B498-43B3-948B-1728B52AA6E4}">
                 <adec:decorative xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" val="1"/>
@@ -6241,311 +6793,311 @@
                     <a:ext cx="1953671" cy="396165"/>
                   </a:xfrm>
                   <a:prstGeom prst="rect">
                     <a:avLst/>
                   </a:prstGeom>
                 </pic:spPr>
               </pic:pic>
             </a:graphicData>
           </a:graphic>
           <wp14:sizeRelH relativeFrom="margin">
             <wp14:pctWidth>0</wp14:pctWidth>
           </wp14:sizeRelH>
           <wp14:sizeRelV relativeFrom="margin">
             <wp14:pctHeight>0</wp14:pctHeight>
           </wp14:sizeRelV>
         </wp:anchor>
       </w:drawing>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="2949D8BF" w14:textId="77777777" w:rsidR="007A2402" w:rsidRDefault="007A2402"/>
+    <w:p w:rsidR="007A2402" w:rsidRDefault="007A2402" w14:paraId="2949D8BF" w14:textId="77777777"/>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="33566BE1" w14:textId="77777777" w:rsidR="007A2402" w:rsidRDefault="007A2402">
+    <w:p w:rsidR="007A2402" w:rsidRDefault="007A2402" w14:paraId="33566BE1" w14:textId="77777777">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationNotice" w:id="1">
-    <w:p w14:paraId="55139372" w14:textId="77777777" w:rsidR="007A2402" w:rsidRDefault="007A2402">
+    <w:p w:rsidR="007A2402" w:rsidRDefault="007A2402" w14:paraId="55139372" w14:textId="77777777">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
-  <w:p w14:paraId="68F18EE5" w14:textId="39C06E14" w:rsidR="00294791" w:rsidRPr="00DA65C4" w:rsidRDefault="00DA65C4" w:rsidP="00DA65C4">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+  <w:p w:rsidRPr="00DA65C4" w:rsidR="00294791" w:rsidP="00DA65C4" w:rsidRDefault="00DA65C4" w14:paraId="68F18EE5" w14:textId="39C06E14">
     <w:pPr>
       <w:pStyle w:val="Sidhuvud"/>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:noProof/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
       <mc:AlternateContent>
         <mc:Choice Requires="wps">
           <w:drawing>
             <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658243" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="264BC60A" wp14:editId="43F94021">
               <wp:simplePos x="0" y="0"/>
               <wp:positionH relativeFrom="column">
                 <wp:posOffset>0</wp:posOffset>
               </wp:positionH>
               <wp:positionV relativeFrom="paragraph">
                 <wp:posOffset>-635</wp:posOffset>
               </wp:positionV>
               <wp:extent cx="4667250" cy="323850"/>
               <wp:effectExtent l="0" t="0" r="0" b="0"/>
               <wp:wrapNone/>
               <wp:docPr id="10" name="Textruta 10"/>
               <wp:cNvGraphicFramePr/>
               <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                 <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                   <wps:wsp>
                     <wps:cNvSpPr txBox="1"/>
                     <wps:spPr>
                       <a:xfrm>
                         <a:off x="0" y="0"/>
                         <a:ext cx="4667250" cy="323850"/>
                       </a:xfrm>
                       <a:prstGeom prst="rect">
                         <a:avLst/>
                       </a:prstGeom>
                       <a:noFill/>
                       <a:ln w="6350">
                         <a:noFill/>
                       </a:ln>
                     </wps:spPr>
                     <wps:txbx>
                       <w:txbxContent>
-                        <w:p w14:paraId="70464969" w14:textId="1B285E8B" w:rsidR="00DA65C4" w:rsidRDefault="00DA65C4" w:rsidP="00DA65C4">
+                        <w:p w:rsidR="00DA65C4" w:rsidP="00DA65C4" w:rsidRDefault="00DA65C4" w14:paraId="70464969" w14:textId="1B285E8B">
                           <w:pPr>
                             <w:ind w:left="0"/>
                           </w:pPr>
                           <w:r w:rsidRPr="00762EE0">
                             <w:rPr>
                               <w:sz w:val="20"/>
                               <w:szCs w:val="20"/>
                             </w:rPr>
                             <w:t>OBS! Utskriven version kan vara ogiltig. Verifiera innehållet</w:t>
                           </w:r>
                           <w:r w:rsidR="00367D19">
                             <w:rPr>
                               <w:sz w:val="20"/>
                               <w:szCs w:val="20"/>
                             </w:rPr>
                             <w:t>.</w:t>
                           </w:r>
                         </w:p>
                       </w:txbxContent>
                     </wps:txbx>
                     <wps:bodyPr rot="0" spcFirstLastPara="0" vertOverflow="overflow" horzOverflow="overflow" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" numCol="1" spcCol="0" rtlCol="0" fromWordArt="0" anchor="t" anchorCtr="0" forceAA="0" compatLnSpc="1">
                       <a:prstTxWarp prst="textNoShape">
                         <a:avLst/>
                       </a:prstTxWarp>
                       <a:noAutofit/>
                     </wps:bodyPr>
                   </wps:wsp>
                 </a:graphicData>
               </a:graphic>
               <wp14:sizeRelH relativeFrom="margin">
                 <wp14:pctWidth>0</wp14:pctWidth>
               </wp14:sizeRelH>
             </wp:anchor>
           </w:drawing>
         </mc:Choice>
         <mc:Fallback>
-          <w:pict>
-            <v:shapetype w14:anchorId="264BC60A" id="_x0000_t202" coordsize="21600,21600" o:spt="202" path="m,l,21600r21600,l21600,xe">
+          <w:pict w14:anchorId="75B609F3">
+            <v:shapetype id="_x0000_t202" coordsize="21600,21600" o:spt="202" path="m,l,21600r21600,l21600,xe" w14:anchorId="264BC60A">
               <v:stroke joinstyle="miter"/>
               <v:path gradientshapeok="t" o:connecttype="rect"/>
             </v:shapetype>
-            <v:shape id="Textruta 10" o:spid="_x0000_s1026" type="#_x0000_t202" style="position:absolute;left:0;text-align:left;margin-left:0;margin-top:-.05pt;width:367.5pt;height:25.5pt;z-index:251658243;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-width-relative:margin;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQCzkv6OFQIAACwEAAAOAAAAZHJzL2Uyb0RvYy54bWysU01v2zAMvQ/YfxB0X5yvpp0Rp8haZBgQ&#10;tAXSoWdFlmIDkqhJSuzs14+SnY91Ow27yKRIP5LvUfP7VityEM7XYAo6GgwpEYZDWZtdQb+/rj7d&#10;UeIDMyVTYERBj8LT+8XHD/PG5mIMFahSOIIgxueNLWgVgs2zzPNKaOYHYIXBoASnWUDX7bLSsQbR&#10;tcrGw+Esa8CV1gEX3uPtYxeki4QvpeDhWUovAlEFxd5COl06t/HMFnOW7xyzVc37Ntg/dKFZbbDo&#10;GeqRBUb2rv4DStfcgQcZBhx0BlLWXKQZcJrR8N00m4pZkWZBcrw90+T/Hyx/OmzsiyOh/QItChgJ&#10;aazPPV7GeVrpdPxipwTjSOHxTJtoA+F4OZ3Nbsc3GOIYm4wnd2gjTHb52zofvgrQJBoFdShLYosd&#10;1j50qaeUWMzAqlYqSaMMaQo6myDkbxEEVwZrXHqNVmi3bT/AFsojzuWgk9xbvqqx+Jr58MIcaoz9&#10;4t6GZzykAiwCvUVJBe7n3+5jPlKPUUoa3JmC+h975gQl6ptBUT6PptO4ZMmZ3tyO0XHXke11xOz1&#10;A+BajvCFWJ7MmB/UyZQO9Buu9zJWxRAzHGsXNJzMh9BtMj4PLpbLlIRrZVlYm43lETqSFql9bd+Y&#10;sz3/AZV7gtN2sfydDF1uR/dyH0DWSaNIcMdqzzuuZFK5fz5x56/9lHV55ItfAAAA//8DAFBLAwQU&#10;AAYACAAAACEAJkWNkN0AAAAFAQAADwAAAGRycy9kb3ducmV2LnhtbEyPQU/CQBSE7yb+h80z8QZb&#10;MFUofSWkCTExegC5eNt2l7Zx923tLlD99T5PeJzMZOabfD06K85mCJ0nhNk0AWGo9rqjBuHwvp0s&#10;QISoSCvrySB8mwDr4vYmV5n2F9qZ8z42gksoZAqhjbHPpAx1a5wKU98bYu/oB6ciy6GRelAXLndW&#10;zpPkUTrVES+0qjdla+rP/ckhvJTbN7Wr5m7xY8vn1+Om/zp8pIj3d+NmBSKaMV7D8IfP6FAwU+VP&#10;pIOwCHwkIkxmINh8ekhZVwhpsgRZ5PI/ffELAAD//wMAUEsBAi0AFAAGAAgAAAAhALaDOJL+AAAA&#10;4QEAABMAAAAAAAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEA&#10;OP0h/9YAAACUAQAACwAAAAAAAAAAAAAAAAAvAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEA&#10;s5L+jhUCAAAsBAAADgAAAAAAAAAAAAAAAAAuAgAAZHJzL2Uyb0RvYy54bWxQSwECLQAUAAYACAAA&#10;ACEAJkWNkN0AAAAFAQAADwAAAAAAAAAAAAAAAABvBAAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAAE&#10;AAQA8wAAAHkFAAAAAA==&#10;" filled="f" stroked="f" strokeweight=".5pt">
+            <v:shape id="Textruta 10" style="position:absolute;left:0;text-align:left;margin-left:0;margin-top:-.05pt;width:367.5pt;height:25.5pt;z-index:251658243;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-width-relative:margin;v-text-anchor:top" o:spid="_x0000_s1026" filled="f" stroked="f" strokeweight=".5pt" type="#_x0000_t202" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQCzkv6OFQIAACwEAAAOAAAAZHJzL2Uyb0RvYy54bWysU01v2zAMvQ/YfxB0X5yvpp0Rp8haZBgQ&#10;tAXSoWdFlmIDkqhJSuzs14+SnY91Ow27yKRIP5LvUfP7VityEM7XYAo6GgwpEYZDWZtdQb+/rj7d&#10;UeIDMyVTYERBj8LT+8XHD/PG5mIMFahSOIIgxueNLWgVgs2zzPNKaOYHYIXBoASnWUDX7bLSsQbR&#10;tcrGw+Esa8CV1gEX3uPtYxeki4QvpeDhWUovAlEFxd5COl06t/HMFnOW7xyzVc37Ntg/dKFZbbDo&#10;GeqRBUb2rv4DStfcgQcZBhx0BlLWXKQZcJrR8N00m4pZkWZBcrw90+T/Hyx/OmzsiyOh/QItChgJ&#10;aazPPV7GeVrpdPxipwTjSOHxTJtoA+F4OZ3Nbsc3GOIYm4wnd2gjTHb52zofvgrQJBoFdShLYosd&#10;1j50qaeUWMzAqlYqSaMMaQo6myDkbxEEVwZrXHqNVmi3bT/AFsojzuWgk9xbvqqx+Jr58MIcaoz9&#10;4t6GZzykAiwCvUVJBe7n3+5jPlKPUUoa3JmC+h975gQl6ptBUT6PptO4ZMmZ3tyO0XHXke11xOz1&#10;A+BajvCFWJ7MmB/UyZQO9Buu9zJWxRAzHGsXNJzMh9BtMj4PLpbLlIRrZVlYm43lETqSFql9bd+Y&#10;sz3/AZV7gtN2sfydDF1uR/dyH0DWSaNIcMdqzzuuZFK5fz5x56/9lHV55ItfAAAA//8DAFBLAwQU&#10;AAYACAAAACEAJkWNkN0AAAAFAQAADwAAAGRycy9kb3ducmV2LnhtbEyPQU/CQBSE7yb+h80z8QZb&#10;MFUofSWkCTExegC5eNt2l7Zx923tLlD99T5PeJzMZOabfD06K85mCJ0nhNk0AWGo9rqjBuHwvp0s&#10;QISoSCvrySB8mwDr4vYmV5n2F9qZ8z42gksoZAqhjbHPpAx1a5wKU98bYu/oB6ciy6GRelAXLndW&#10;zpPkUTrVES+0qjdla+rP/ckhvJTbN7Wr5m7xY8vn1+Om/zp8pIj3d+NmBSKaMV7D8IfP6FAwU+VP&#10;pIOwCHwkIkxmINh8ekhZVwhpsgRZ5PI/ffELAAD//wMAUEsBAi0AFAAGAAgAAAAhALaDOJL+AAAA&#10;4QEAABMAAAAAAAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEA&#10;OP0h/9YAAACUAQAACwAAAAAAAAAAAAAAAAAvAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEA&#10;s5L+jhUCAAAsBAAADgAAAAAAAAAAAAAAAAAuAgAAZHJzL2Uyb0RvYy54bWxQSwECLQAUAAYACAAA&#10;ACEAJkWNkN0AAAAFAQAADwAAAAAAAAAAAAAAAABvBAAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAAE&#10;AAQA8wAAAHkFAAAAAA==&#10;">
               <v:textbox>
                 <w:txbxContent>
-                  <w:p w14:paraId="70464969" w14:textId="1B285E8B" w:rsidR="00DA65C4" w:rsidRDefault="00DA65C4" w:rsidP="00DA65C4">
+                  <w:p w:rsidR="00DA65C4" w:rsidP="00DA65C4" w:rsidRDefault="00DA65C4" w14:paraId="6D41DF98" w14:textId="1B285E8B">
                     <w:pPr>
                       <w:ind w:left="0"/>
                     </w:pPr>
                     <w:r w:rsidRPr="00762EE0">
                       <w:rPr>
                         <w:sz w:val="20"/>
                         <w:szCs w:val="20"/>
                       </w:rPr>
                       <w:t>OBS! Utskriven version kan vara ogiltig. Verifiera innehållet</w:t>
                     </w:r>
                     <w:r w:rsidR="00367D19">
                       <w:rPr>
                         <w:sz w:val="20"/>
                         <w:szCs w:val="20"/>
                       </w:rPr>
                       <w:t>.</w:t>
                     </w:r>
                   </w:p>
                 </w:txbxContent>
               </v:textbox>
             </v:shape>
           </w:pict>
         </mc:Fallback>
       </mc:AlternateContent>
     </w:r>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/header2.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
-  <w:p w14:paraId="058CDD4D" w14:textId="4A49575C" w:rsidR="008A4EB9" w:rsidRDefault="00413A60" w:rsidP="00413A60">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+  <w:p w:rsidR="008A4EB9" w:rsidP="00413A60" w:rsidRDefault="00413A60" w14:paraId="058CDD4D" w14:textId="4A49575C">
     <w:pPr>
       <w:pStyle w:val="Sidhuvud"/>
       <w:ind w:left="0" w:right="567"/>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:noProof/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
       <mc:AlternateContent>
         <mc:Choice Requires="wps">
           <w:drawing>
             <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658242" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="5B7982AB" wp14:editId="73171272">
               <wp:simplePos x="0" y="0"/>
               <wp:positionH relativeFrom="column">
                 <wp:posOffset>-172720</wp:posOffset>
               </wp:positionH>
               <wp:positionV relativeFrom="paragraph">
                 <wp:posOffset>-65405</wp:posOffset>
               </wp:positionV>
               <wp:extent cx="4667250" cy="323850"/>
               <wp:effectExtent l="0" t="0" r="0" b="0"/>
               <wp:wrapNone/>
               <wp:docPr id="6" name="Textruta 6"/>
               <wp:cNvGraphicFramePr/>
               <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                 <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                   <wps:wsp>
                     <wps:cNvSpPr txBox="1"/>
                     <wps:spPr>
                       <a:xfrm>
                         <a:off x="0" y="0"/>
                         <a:ext cx="4667250" cy="323850"/>
                       </a:xfrm>
                       <a:prstGeom prst="rect">
                         <a:avLst/>
                       </a:prstGeom>
                       <a:noFill/>
                       <a:ln w="6350">
                         <a:noFill/>
                       </a:ln>
                     </wps:spPr>
                     <wps:txbx>
                       <w:txbxContent>
-                        <w:p w14:paraId="72D45401" w14:textId="0A2CCBAA" w:rsidR="00413A60" w:rsidRDefault="00413A60">
+                        <w:p w:rsidR="00413A60" w:rsidRDefault="00413A60" w14:paraId="72D45401" w14:textId="0A2CCBAA">
                           <w:pPr>
                             <w:ind w:left="0"/>
                           </w:pPr>
                           <w:r w:rsidRPr="00762EE0">
                             <w:rPr>
                               <w:sz w:val="20"/>
                               <w:szCs w:val="20"/>
                             </w:rPr>
                             <w:t>OBS! Utskriven version kan vara ogiltig. Verifiera innehållet</w:t>
                           </w:r>
                           <w:r w:rsidR="00367D19">
                             <w:rPr>
                               <w:sz w:val="20"/>
                               <w:szCs w:val="20"/>
                             </w:rPr>
                             <w:t>.</w:t>
                           </w:r>
                         </w:p>
                       </w:txbxContent>
                     </wps:txbx>
                     <wps:bodyPr rot="0" spcFirstLastPara="0" vertOverflow="overflow" horzOverflow="overflow" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" numCol="1" spcCol="0" rtlCol="0" fromWordArt="0" anchor="t" anchorCtr="0" forceAA="0" compatLnSpc="1">
                       <a:prstTxWarp prst="textNoShape">
                         <a:avLst/>
                       </a:prstTxWarp>
                       <a:noAutofit/>
                     </wps:bodyPr>
                   </wps:wsp>
                 </a:graphicData>
               </a:graphic>
               <wp14:sizeRelH relativeFrom="margin">
                 <wp14:pctWidth>0</wp14:pctWidth>
               </wp14:sizeRelH>
             </wp:anchor>
           </w:drawing>
         </mc:Choice>
         <mc:Fallback>
-          <w:pict>
-            <v:shapetype w14:anchorId="5B7982AB" id="_x0000_t202" coordsize="21600,21600" o:spt="202" path="m,l,21600r21600,l21600,xe">
+          <w:pict w14:anchorId="66288658">
+            <v:shapetype id="_x0000_t202" coordsize="21600,21600" o:spt="202" path="m,l,21600r21600,l21600,xe" w14:anchorId="5B7982AB">
               <v:stroke joinstyle="miter"/>
               <v:path gradientshapeok="t" o:connecttype="rect"/>
             </v:shapetype>
-            <v:shape id="Textruta 6" o:spid="_x0000_s1027" type="#_x0000_t202" style="position:absolute;margin-left:-13.6pt;margin-top:-5.15pt;width:367.5pt;height:25.5pt;z-index:251658242;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-width-relative:margin;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQC/kQENFwIAADMEAAAOAAAAZHJzL2Uyb0RvYy54bWysU01v2zAMvQ/YfxB0X5w4adoZcYqsRYYB&#10;QVsgHXpWZCkWIIuapMTOfv0oOV/rdhp2kUmRfiTfo2b3XaPJXjivwJR0NBhSIgyHSpltSb+/Lj/d&#10;UeIDMxXTYERJD8LT+/nHD7PWFiKHGnQlHEEQ44vWlrQOwRZZ5nktGuYHYIXBoATXsICu22aVYy2i&#10;NzrLh8Np1oKrrAMuvMfbxz5I5wlfSsHDs5ReBKJLir2FdLp0buKZzWes2Dpma8WPbbB/6KJhymDR&#10;M9QjC4zsnPoDqlHcgQcZBhyaDKRUXKQZcJrR8N0065pZkWZBcrw90+T/Hyx/2q/tiyOh+wIdChgJ&#10;aa0vPF7GeTrpmvjFTgnGkcLDmTbRBcLxcjKd3uY3GOIYG+fjO7QRJrv8bZ0PXwU0JBoldShLYovt&#10;Vz70qaeUWMzAUmmdpNGGtCWdjhHytwiCa4M1Lr1GK3Sbjqjqao4NVAccz0GvvLd8qbCHFfPhhTmU&#10;GtvG9Q3PeEgNWAuOFiU1uJ9/u4/5qABGKWlxdUrqf+yYE5Tobwa1+TyaTOKuJWdyc5uj464jm+uI&#10;2TUPgNs5wodieTJjftAnUzpo3nDLF7EqhpjhWLuk4WQ+hH6h8ZVwsVikJNwuy8LKrC2P0JG7yPBr&#10;98acPcoQUMAnOC0ZK96p0ef2rC92AaRKUkWee1aP9ONmJrGPryiu/rWfsi5vff4LAAD//wMAUEsD&#10;BBQABgAIAAAAIQDyqA9j4gAAAAoBAAAPAAAAZHJzL2Rvd25yZXYueG1sTI9NT8MwDIbvSPyHyEjc&#10;tmTlo1NpOk2VJiQEh41duLlN1lY0TmmyrfDrMadxs+VHr583X02uFyc7hs6ThsVcgbBUe9NRo2H/&#10;vpktQYSIZLD3ZDV82wCr4voqx8z4M23taRcbwSEUMtTQxjhkUoa6tQ7D3A+W+Hbwo8PI69hIM+KZ&#10;w10vE6UepcOO+EOLgy1bW3/ujk7DS7l5w22VuOVPXz6/HtbD1/7jQevbm2n9BCLaKV5g+NNndSjY&#10;qfJHMkH0GmZJmjDKw0LdgWAiVSmXqTTcqxRkkcv/FYpfAAAA//8DAFBLAQItABQABgAIAAAAIQC2&#10;gziS/gAAAOEBAAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAG&#10;AAgAAAAhADj9If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAALwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAG&#10;AAgAAAAhAL+RAQ0XAgAAMwQAAA4AAAAAAAAAAAAAAAAALgIAAGRycy9lMm9Eb2MueG1sUEsBAi0A&#10;FAAGAAgAAAAhAPKoD2PiAAAACgEAAA8AAAAAAAAAAAAAAAAAcQQAAGRycy9kb3ducmV2LnhtbFBL&#10;BQYAAAAABAAEAPMAAACABQAAAAA=&#10;" filled="f" stroked="f" strokeweight=".5pt">
+            <v:shape id="Textruta 6" style="position:absolute;margin-left:-13.6pt;margin-top:-5.15pt;width:367.5pt;height:25.5pt;z-index:251658242;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-width-relative:margin;v-text-anchor:top" o:spid="_x0000_s1027" filled="f" stroked="f" strokeweight=".5pt" type="#_x0000_t202" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQC/kQENFwIAADMEAAAOAAAAZHJzL2Uyb0RvYy54bWysU01v2zAMvQ/YfxB0X5w4adoZcYqsRYYB&#10;QVsgHXpWZCkWIIuapMTOfv0oOV/rdhp2kUmRfiTfo2b3XaPJXjivwJR0NBhSIgyHSpltSb+/Lj/d&#10;UeIDMxXTYERJD8LT+/nHD7PWFiKHGnQlHEEQ44vWlrQOwRZZ5nktGuYHYIXBoATXsICu22aVYy2i&#10;NzrLh8Np1oKrrAMuvMfbxz5I5wlfSsHDs5ReBKJLir2FdLp0buKZzWes2Dpma8WPbbB/6KJhymDR&#10;M9QjC4zsnPoDqlHcgQcZBhyaDKRUXKQZcJrR8N0065pZkWZBcrw90+T/Hyx/2q/tiyOh+wIdChgJ&#10;aa0vPF7GeTrpmvjFTgnGkcLDmTbRBcLxcjKd3uY3GOIYG+fjO7QRJrv8bZ0PXwU0JBoldShLYovt&#10;Vz70qaeUWMzAUmmdpNGGtCWdjhHytwiCa4M1Lr1GK3Sbjqjqao4NVAccz0GvvLd8qbCHFfPhhTmU&#10;GtvG9Q3PeEgNWAuOFiU1uJ9/u4/5qABGKWlxdUrqf+yYE5Tobwa1+TyaTOKuJWdyc5uj464jm+uI&#10;2TUPgNs5wodieTJjftAnUzpo3nDLF7EqhpjhWLuk4WQ+hH6h8ZVwsVikJNwuy8LKrC2P0JG7yPBr&#10;98acPcoQUMAnOC0ZK96p0ef2rC92AaRKUkWee1aP9ONmJrGPryiu/rWfsi5vff4LAAD//wMAUEsD&#10;BBQABgAIAAAAIQDyqA9j4gAAAAoBAAAPAAAAZHJzL2Rvd25yZXYueG1sTI9NT8MwDIbvSPyHyEjc&#10;tmTlo1NpOk2VJiQEh41duLlN1lY0TmmyrfDrMadxs+VHr583X02uFyc7hs6ThsVcgbBUe9NRo2H/&#10;vpktQYSIZLD3ZDV82wCr4voqx8z4M23taRcbwSEUMtTQxjhkUoa6tQ7D3A+W+Hbwo8PI69hIM+KZ&#10;w10vE6UepcOO+EOLgy1bW3/ujk7DS7l5w22VuOVPXz6/HtbD1/7jQevbm2n9BCLaKV5g+NNndSjY&#10;qfJHMkH0GmZJmjDKw0LdgWAiVSmXqTTcqxRkkcv/FYpfAAAA//8DAFBLAQItABQABgAIAAAAIQC2&#10;gziS/gAAAOEBAAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAG&#10;AAgAAAAhADj9If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAALwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAG&#10;AAgAAAAhAL+RAQ0XAgAAMwQAAA4AAAAAAAAAAAAAAAAALgIAAGRycy9lMm9Eb2MueG1sUEsBAi0A&#10;FAAGAAgAAAAhAPKoD2PiAAAACgEAAA8AAAAAAAAAAAAAAAAAcQQAAGRycy9kb3ducmV2LnhtbFBL&#10;BQYAAAAABAAEAPMAAACABQAAAAA=&#10;">
               <v:textbox>
                 <w:txbxContent>
-                  <w:p w14:paraId="72D45401" w14:textId="0A2CCBAA" w:rsidR="00413A60" w:rsidRDefault="00413A60">
+                  <w:p w:rsidR="00413A60" w:rsidRDefault="00413A60" w14:paraId="685B7E76" w14:textId="0A2CCBAA">
                     <w:pPr>
                       <w:ind w:left="0"/>
                     </w:pPr>
                     <w:r w:rsidRPr="00762EE0">
                       <w:rPr>
                         <w:sz w:val="20"/>
                         <w:szCs w:val="20"/>
                       </w:rPr>
                       <w:t>OBS! Utskriven version kan vara ogiltig. Verifiera innehållet</w:t>
                     </w:r>
                     <w:r w:rsidR="00367D19">
                       <w:rPr>
                         <w:sz w:val="20"/>
                         <w:szCs w:val="20"/>
                       </w:rPr>
                       <w:t>.</w:t>
                     </w:r>
                   </w:p>
                 </w:txbxContent>
               </v:textbox>
             </v:shape>
           </w:pict>
         </mc:Fallback>
       </mc:AlternateContent>
     </w:r>
-    <w:r w:rsidR="00CA39EF" w:rsidRPr="00762EE0">
+    <w:r w:rsidRPr="00762EE0" w:rsidR="00CA39EF">
       <w:rPr>
         <w:noProof/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
       <w:drawing>
         <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658240" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="2F5396D5" wp14:editId="7AA9356B">
           <wp:simplePos x="0" y="0"/>
           <wp:positionH relativeFrom="page">
             <wp:posOffset>17744</wp:posOffset>
           </wp:positionH>
           <wp:positionV relativeFrom="paragraph">
             <wp:posOffset>198873</wp:posOffset>
           </wp:positionV>
           <wp:extent cx="7559040" cy="216408"/>
           <wp:effectExtent l="0" t="0" r="0" b="0"/>
           <wp:wrapNone/>
           <wp:docPr id="4" name="Bildobjekt 4">
             <a:extLst xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:ext uri="{C183D7F6-B498-43B3-948B-1728B52AA6E4}">
                 <adec:decorative xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" val="1"/>
               </a:ext>
             </a:extLst>
           </wp:docPr>
           <wp:cNvGraphicFramePr>
@@ -6581,2086 +7133,2086 @@
                 <pic:spPr bwMode="auto">
                   <a:xfrm>
                     <a:off x="0" y="0"/>
                     <a:ext cx="7559040" cy="216408"/>
                   </a:xfrm>
                   <a:prstGeom prst="rect">
                     <a:avLst/>
                   </a:prstGeom>
                   <a:noFill/>
                   <a:ln>
                     <a:noFill/>
                   </a:ln>
                 </pic:spPr>
               </pic:pic>
             </a:graphicData>
           </a:graphic>
           <wp14:sizeRelH relativeFrom="margin">
             <wp14:pctWidth>0</wp14:pctWidth>
           </wp14:sizeRelH>
           <wp14:sizeRelV relativeFrom="margin">
             <wp14:pctHeight>0</wp14:pctHeight>
           </wp14:sizeRelV>
         </wp:anchor>
       </w:drawing>
     </w:r>
-    <w:r w:rsidR="00BC48A6" w:rsidRPr="00762EE0">
+    <w:r w:rsidRPr="00762EE0" w:rsidR="00BC48A6">
       <w:rPr>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
       <w:t>.</w:t>
     </w:r>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="FFFFFF1D"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="FBCC56FC"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="0"/>
         </w:tabs>
         <w:ind w:left="0" w:firstLine="0"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="1080" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="1440"/>
         </w:tabs>
         <w:ind w:left="1800" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="2160"/>
         </w:tabs>
         <w:ind w:left="2520" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="4">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="2880"/>
         </w:tabs>
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="5">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="3600"/>
         </w:tabs>
         <w:ind w:left="3960" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="6">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="4320"/>
         </w:tabs>
         <w:ind w:left="4680" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="5040"/>
         </w:tabs>
         <w:ind w:left="5400" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="5760"/>
         </w:tabs>
         <w:ind w:left="6120" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="1" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="FFFFFF89"/>
     <w:multiLevelType w:val="singleLevel"/>
     <w:tmpl w:val="3C063CDC"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="360"/>
         </w:tabs>
         <w:ind w:left="360" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="2" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="05DF67F4"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="75525A52"/>
     <w:lvl w:ilvl="0" w:tplc="A0D81926">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier" w:hAnsi="Courier" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier" w:hAnsi="Courier"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="041D0001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="4" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier" w:hAnsi="Courier" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier" w:hAnsi="Courier"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="5" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="6" w:tplc="041D0001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier" w:hAnsi="Courier" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier" w:hAnsi="Courier"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="7200" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="3" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="07F0337A"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="1E54CEB4"/>
     <w:lvl w:ilvl="0" w:tplc="041D0001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1077" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1797" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2517" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="041D0001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3237" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="4" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3957" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="5" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4677" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="6" w:tplc="041D0001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5397" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6117" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6837" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="4" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="135A157B"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="65667058"/>
     <w:lvl w:ilvl="0" w:tplc="041D000F">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier" w:hAnsi="Courier" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier" w:hAnsi="Courier"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="041D0001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="4" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier" w:hAnsi="Courier" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier" w:hAnsi="Courier"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="5" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="6" w:tplc="041D0001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier" w:hAnsi="Courier" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier" w:hAnsi="Courier"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="5" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="1480309A"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="7B82C9A8"/>
     <w:lvl w:ilvl="0" w:tplc="041D0001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1712" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2432" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3152" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="041D0001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3872" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="4" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4592" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="5" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5312" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="6" w:tplc="041D0001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6032" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6752" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="7472" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="6" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="1D074A65"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="E104E4E6"/>
     <w:lvl w:ilvl="0" w:tplc="F49A5562">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:pStyle w:val="FaktarutaLista"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="041D0001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="4" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="5" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="6" w:tplc="041D0001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="7" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="1D520AB4"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="B9E412AC"/>
     <w:lvl w:ilvl="0" w:tplc="041D0001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1712" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2432" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3152" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="041D0001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3872" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="4" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4592" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="5" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5312" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="6" w:tplc="041D0001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6032" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6752" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="7472" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="8" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="38A42FB9"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="09EA9066"/>
     <w:lvl w:ilvl="0" w:tplc="041D0001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="1440"/>
         </w:tabs>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="2160"/>
         </w:tabs>
         <w:ind w:left="2160" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="041D0001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="2880"/>
         </w:tabs>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="4" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="3600"/>
         </w:tabs>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="5" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="4320"/>
         </w:tabs>
         <w:ind w:left="4320" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="6" w:tplc="041D0001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="5040"/>
         </w:tabs>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="5760"/>
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="9" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="3B474E09"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="C914A554"/>
     <w:lvl w:ilvl="0" w:tplc="DBBEC486">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:pStyle w:val="Punktlista"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1352" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1797" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2517" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="041D0001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3237" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="4" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3957" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="5" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4677" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="6" w:tplc="041D0001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5397" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6117" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6837" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="10" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="40C928FF"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="0AE0B72A"/>
     <w:lvl w:ilvl="0" w:tplc="041D0001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1712" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2432" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3152" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="041D0001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3872" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="4" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4592" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="5" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5312" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="6" w:tplc="041D0001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6032" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6752" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="7472" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="11" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="42196C05"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="741857FC"/>
     <w:lvl w:ilvl="0" w:tplc="71B6B2F8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
         <w:color w:val="auto"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="1440"/>
         </w:tabs>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="2160"/>
         </w:tabs>
         <w:ind w:left="2160" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="041D0001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="2880"/>
         </w:tabs>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="4" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="3600"/>
         </w:tabs>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="5" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="4320"/>
         </w:tabs>
         <w:ind w:left="4320" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="6" w:tplc="041D0001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="5040"/>
         </w:tabs>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="5760"/>
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="12" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="51AB58F1"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="97200AA0"/>
     <w:lvl w:ilvl="0" w:tplc="041D0001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1712" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2432" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3152" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="041D0001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3872" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="4" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4592" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="5" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5312" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="6" w:tplc="041D0001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6032" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6752" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="7472" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="13" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="54340635"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="1B6660C0"/>
     <w:lvl w:ilvl="0" w:tplc="05061E3A">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:pStyle w:val="Liststycke"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="717" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="041D0001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="4" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="5" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="6" w:tplc="041D0001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="7200" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="14" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="575E01E6"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="E154E454"/>
     <w:lvl w:ilvl="0" w:tplc="041D0001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="041D0001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="4" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="5" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="6" w:tplc="041D0001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="15" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="706B1852"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="4FB2CAB0"/>
     <w:lvl w:ilvl="0" w:tplc="041D0001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier" w:hAnsi="Courier" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier" w:hAnsi="Courier"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="041D0001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="4" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier" w:hAnsi="Courier" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier" w:hAnsi="Courier"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="5" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="6" w:tplc="041D0001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier" w:hAnsi="Courier" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier" w:hAnsi="Courier"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="16" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="7C077AA9"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="DDC0C0DE"/>
     <w:lvl w:ilvl="0" w:tplc="041D0001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1712" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2432" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3152" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="041D0001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3872" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="4" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4592" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="5" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5312" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="6" w:tplc="041D0001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6032" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6752" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="7472" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="17" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="7EA41BCB"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="CAEC6EFE"/>
     <w:lvl w:ilvl="0" w:tplc="041D0001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="041D0001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="4" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="5" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="6" w:tplc="041D0001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1" w16cid:durableId="891042057">
     <w:abstractNumId w:val="17"/>
   </w:num>
   <w:num w:numId="2" w16cid:durableId="1598950540">
     <w:abstractNumId w:val="14"/>
   </w:num>
   <w:num w:numId="3" w16cid:durableId="1619608045">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="4" w16cid:durableId="1688746929">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="5" w16cid:durableId="2111929008">
     <w:abstractNumId w:val="15"/>
   </w:num>
   <w:num w:numId="6" w16cid:durableId="537663439">
     <w:abstractNumId w:val="2"/>
   </w:num>
   <w:num w:numId="7" w16cid:durableId="199755390">
     <w:abstractNumId w:val="11"/>
   </w:num>
   <w:num w:numId="8" w16cid:durableId="990643873">
@@ -8680,71 +9232,82 @@
   </w:num>
   <w:num w:numId="13" w16cid:durableId="1045645777">
     <w:abstractNumId w:val="13"/>
   </w:num>
   <w:num w:numId="14" w16cid:durableId="970550574">
     <w:abstractNumId w:val="9"/>
   </w:num>
   <w:num w:numId="15" w16cid:durableId="1341616894">
     <w:abstractNumId w:val="7"/>
   </w:num>
   <w:num w:numId="16" w16cid:durableId="338582170">
     <w:abstractNumId w:val="12"/>
   </w:num>
   <w:num w:numId="17" w16cid:durableId="633145738">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="18" w16cid:durableId="831530972">
     <w:abstractNumId w:val="10"/>
   </w:num>
   <w:num w:numId="19" w16cid:durableId="415782263">
     <w:abstractNumId w:val="16"/>
   </w:num>
 </w:numbering>
 </file>
 
+<file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
+<w15:people xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" mc:Ignorable="w15">
+  <w15:person w15:author="Isabell Skott">
+    <w15:presenceInfo w15:providerId="AD" w15:userId="S::isask1@vgregion.se::273c9e68-be0a-44a0-b441-56089a52c584"/>
+  </w15:person>
+  <w15:person w15:author="Isabell Skott">
+    <w15:presenceInfo w15:providerId="AD" w15:userId="S::isask1@vgregion.se::273c9e68-be0a-44a0-b441-56089a52c584"/>
+  </w15:person>
+</w15:people>
+</file>
+
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:settings xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:zoom w:percent="90"/>
   <w:embedSystemFonts/>
   <w:attachedTemplate r:id="rId1"/>
   <w:stylePaneFormatFilter w:val="D804" w:allStyles="0" w:customStyles="0" w:latentStyles="1" w:stylesInUse="0" w:headingStyles="0" w:numberingStyles="0" w:tableStyles="0" w:directFormattingOnRuns="0" w:directFormattingOnParagraphs="0" w:directFormattingOnNumbering="0" w:directFormattingOnTables="1" w:clearFormatting="1" w:top3HeadingStyles="0" w:visibleStyles="1" w:alternateStyleNames="1"/>
-  <w:trackRevisions/>
+  <w:trackRevisions w:val="true"/>
   <w:documentProtection w:formatting="1" w:enforcement="0"/>
   <w:styleLockTheme/>
   <w:styleLockQFSet/>
   <w:defaultTabStop w:val="1304"/>
   <w:hyphenationZone w:val="425"/>
   <w:displayHorizontalDrawingGridEvery w:val="0"/>
   <w:displayVerticalDrawingGridEvery w:val="0"/>
   <w:doNotUseMarginsForDrawingGridOrigin/>
   <w:noPunctuationKerning/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050" strokecolor="#4a773c">
-      <v:stroke color="#4a773c" weight="1pt"/>
-      <v:shadow opacity="24903f" origin=",.5" offset="0,.55556mm"/>
+      <v:stroke weight="1pt" color="#4a773c"/>
+      <v:shadow opacity="24903f" offset="0,.55556mm" origin=",.5"/>
       <o:colormru v:ext="edit" colors="#4a773c"/>
     </o:shapedefaults>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
     <w:footnote w:id="1"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
     <w:endnote w:id="1"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00B75EDE"/>
     <w:rsid w:val="000051D5"/>
     <w:rsid w:val="00006D2A"/>
@@ -9179,190 +9742,203 @@
     <w:rsid w:val="00ED49C3"/>
     <w:rsid w:val="00ED6CE8"/>
     <w:rsid w:val="00ED7AA6"/>
     <w:rsid w:val="00EE2A56"/>
     <w:rsid w:val="00EE3818"/>
     <w:rsid w:val="00EE55E7"/>
     <w:rsid w:val="00EE770A"/>
     <w:rsid w:val="00F22264"/>
     <w:rsid w:val="00F22962"/>
     <w:rsid w:val="00F2564D"/>
     <w:rsid w:val="00F35B05"/>
     <w:rsid w:val="00F413D9"/>
     <w:rsid w:val="00F5135F"/>
     <w:rsid w:val="00F51F78"/>
     <w:rsid w:val="00F86F47"/>
     <w:rsid w:val="00F90B64"/>
     <w:rsid w:val="00FB2F0F"/>
     <w:rsid w:val="00FB5086"/>
     <w:rsid w:val="00FB5411"/>
     <w:rsid w:val="00FB6392"/>
     <w:rsid w:val="00FD3C70"/>
     <w:rsid w:val="00FD6820"/>
     <w:rsid w:val="00FE12D8"/>
     <w:rsid w:val="00FF7C02"/>
     <w:rsid w:val="024801E3"/>
+    <w:rsid w:val="172F8A8B"/>
+    <w:rsid w:val="23EC61E7"/>
+    <w:rsid w:val="281EE946"/>
+    <w:rsid w:val="2B6C8196"/>
+    <w:rsid w:val="33C986C7"/>
+    <w:rsid w:val="433C62DF"/>
+    <w:rsid w:val="51E64D3B"/>
+    <w:rsid w:val="553F63FE"/>
     <w:rsid w:val="647B2B65"/>
+    <w:rsid w:val="69F016A6"/>
+    <w:rsid w:val="6B2BDD1C"/>
     <w:rsid w:val="6B2CF8ED"/>
+    <w:rsid w:val="6E889CD6"/>
+    <w:rsid w:val="71993F84"/>
+    <w:rsid w:val="7204BE33"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="sv-SE" w:eastAsia="ja-JP"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:doNotIncludeSubdocsInStats/>
   <w:doNotAutoCompressPictures/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050" strokecolor="#4a773c">
-      <v:stroke color="#4a773c" weight="1pt"/>
-      <v:shadow opacity="24903f" origin=",.5" offset="0,.55556mm"/>
+      <v:stroke weight="1pt" color="#4a773c"/>
+      <v:shadow opacity="24903f" offset="0,.55556mm" origin=",.5"/>
       <o:colormru v:ext="edit" colors="#4a773c"/>
     </o:shapedefaults>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="2"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:doNotEmbedSmartTags/>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
   <w14:docId w14:val="1FE2B7EB"/>
   <w14:defaultImageDpi w14:val="330"/>
   <w15:docId w15:val="{05325872-151F-41A7-9AD9-8EFA6E16BB53}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:styles xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
-        <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
         <w:lang w:val="sv-SE" w:eastAsia="sv-SE" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault/>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="0" w:qFormat="1"/>
-    <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="3" w:unhideWhenUsed="1" w:qFormat="1"/>
-[...6 lines deleted...]
-    <w:lsdException w:name="heading 9" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 2" w:uiPriority="3" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 3" w:uiPriority="3" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 4" w:locked="1" w:uiPriority="3" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 5" w:uiPriority="9" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 6" w:uiPriority="9" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 7" w:uiPriority="9" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 8" w:uiPriority="9" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 9" w:uiPriority="9" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="index 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 9" w:semiHidden="1" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="toc 1" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
-[...7 lines deleted...]
-    <w:lsdException w:name="toc 9" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 1" w:uiPriority="39" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 2" w:uiPriority="39" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 3" w:uiPriority="39" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 4" w:uiPriority="39" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 5" w:uiPriority="39" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 6" w:uiPriority="39" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 7" w:uiPriority="39" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 8" w:uiPriority="39" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 9" w:uiPriority="39" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Normal Indent" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="footnote text" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="annotation text" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="header" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="footer" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index heading" w:semiHidden="1" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="caption" w:semiHidden="1" w:uiPriority="35" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="caption" w:uiPriority="35" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="table of figures" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="envelope address" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="envelope return" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="footnote reference" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="annotation reference" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="line number" w:semiHidden="1" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="page number" w:semiHidden="1" w:uiPriority="0" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="page number" w:uiPriority="0" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="endnote reference" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="endnote text" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="table of authorities" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="macro" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toa heading" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List" w:semiHidden="1" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="List Bullet" w:semiHidden="1" w:uiPriority="0" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="List Bullet" w:uiPriority="0" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="List Number" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Bullet 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Bullet 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Bullet 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Bullet 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Number 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Number 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Number 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Number 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Title" w:uiPriority="10" w:qFormat="1"/>
     <w:lsdException w:name="Closing" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Signature" w:semiHidden="1" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="Default Paragraph Font" w:semiHidden="1" w:uiPriority="1" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="Body Text" w:semiHidden="1" w:uiPriority="0" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text" w:uiPriority="0" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="Body Text Indent" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Continue" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Continue 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Continue 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Continue 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Continue 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Message Header" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Subtitle" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="Salutation" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Date" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text First Indent" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text First Indent 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Note Heading" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text Indent 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text Indent 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Block Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="FollowedHyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="Strong" w:locked="1" w:semiHidden="1" w:uiPriority="22"/>
-    <w:lsdException w:name="Emphasis" w:locked="1" w:semiHidden="1" w:uiPriority="20"/>
+    <w:lsdException w:name="Strong" w:locked="1" w:uiPriority="22" w:semiHidden="1"/>
+    <w:lsdException w:name="Emphasis" w:locked="1" w:uiPriority="20" w:semiHidden="1"/>
     <w:lsdException w:name="Document Map" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Plain Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="E-mail Signature" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Top of Form" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Bottom of Form" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Normal (Web)" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Acronym" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Address" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Cite" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Code" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Definition" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Keyboard" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Preformatted" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Sample" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Typewriter" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Variable" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Normal Table" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="annotation subject" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="No List" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Outline List 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Outline List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Outline List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Simple 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Simple 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Simple 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
@@ -9387,75 +9963,75 @@
     <w:lsdException w:name="Table Grid 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table 3D effects 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table 3D effects 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table 3D effects 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Contemporary" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Elegant" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Professional" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Subtle 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Subtle 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Web 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Web 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Web 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Balloon Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid" w:uiPriority="59"/>
     <w:lsdException w:name="Table Theme" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Placeholder Text" w:semiHidden="1"/>
-    <w:lsdException w:name="No Spacing" w:semiHidden="1" w:uiPriority="1" w:qFormat="1"/>
+    <w:lsdException w:name="No Spacing" w:uiPriority="1" w:semiHidden="1" w:qFormat="1"/>
     <w:lsdException w:name="Light Shading" w:uiPriority="60"/>
     <w:lsdException w:name="Light List" w:uiPriority="61"/>
     <w:lsdException w:name="Light Grid" w:uiPriority="62"/>
     <w:lsdException w:name="Medium Shading 1" w:uiPriority="63"/>
     <w:lsdException w:name="Medium Shading 2" w:uiPriority="64"/>
     <w:lsdException w:name="Medium List 1" w:uiPriority="65"/>
     <w:lsdException w:name="Medium List 2" w:uiPriority="66"/>
     <w:lsdException w:name="Medium Grid 1" w:uiPriority="67"/>
     <w:lsdException w:name="Medium Grid 2" w:uiPriority="68"/>
     <w:lsdException w:name="Medium Grid 3" w:uiPriority="69"/>
     <w:lsdException w:name="Dark List" w:uiPriority="70"/>
     <w:lsdException w:name="Colorful Shading" w:uiPriority="71"/>
     <w:lsdException w:name="Colorful List" w:uiPriority="72"/>
     <w:lsdException w:name="Colorful Grid" w:uiPriority="73"/>
     <w:lsdException w:name="Light Shading Accent 1" w:uiPriority="60"/>
     <w:lsdException w:name="Light List Accent 1" w:uiPriority="61"/>
     <w:lsdException w:name="Light Grid Accent 1" w:uiPriority="62"/>
     <w:lsdException w:name="Medium Shading 1 Accent 1" w:uiPriority="63"/>
     <w:lsdException w:name="Medium Shading 2 Accent 1" w:uiPriority="64"/>
     <w:lsdException w:name="Medium List 1 Accent 1" w:uiPriority="65"/>
     <w:lsdException w:name="Revision" w:semiHidden="1"/>
     <w:lsdException w:name="List Paragraph" w:uiPriority="34" w:qFormat="1"/>
-    <w:lsdException w:name="Quote" w:locked="1" w:semiHidden="1" w:uiPriority="29"/>
-    <w:lsdException w:name="Intense Quote" w:locked="1" w:semiHidden="1" w:uiPriority="30"/>
+    <w:lsdException w:name="Quote" w:locked="1" w:uiPriority="29" w:semiHidden="1"/>
+    <w:lsdException w:name="Intense Quote" w:locked="1" w:uiPriority="30" w:semiHidden="1"/>
     <w:lsdException w:name="Medium List 2 Accent 1" w:uiPriority="66"/>
     <w:lsdException w:name="Medium Grid 1 Accent 1" w:uiPriority="67"/>
     <w:lsdException w:name="Medium Grid 2 Accent 1" w:uiPriority="68"/>
     <w:lsdException w:name="Medium Grid 3 Accent 1" w:uiPriority="69"/>
     <w:lsdException w:name="Dark List Accent 1" w:uiPriority="70"/>
     <w:lsdException w:name="Colorful Shading Accent 1" w:uiPriority="71"/>
     <w:lsdException w:name="Colorful List Accent 1" w:uiPriority="72"/>
     <w:lsdException w:name="Colorful Grid Accent 1" w:uiPriority="73"/>
     <w:lsdException w:name="Light Shading Accent 2" w:uiPriority="60"/>
     <w:lsdException w:name="Light List Accent 2" w:uiPriority="61"/>
     <w:lsdException w:name="Light Grid Accent 2" w:uiPriority="62"/>
     <w:lsdException w:name="Medium Shading 1 Accent 2" w:uiPriority="63"/>
     <w:lsdException w:name="Medium Shading 2 Accent 2" w:uiPriority="64"/>
     <w:lsdException w:name="Medium List 1 Accent 2" w:uiPriority="65"/>
     <w:lsdException w:name="Medium List 2 Accent 2" w:uiPriority="66"/>
     <w:lsdException w:name="Medium Grid 1 Accent 2" w:uiPriority="67"/>
     <w:lsdException w:name="Medium Grid 2 Accent 2" w:uiPriority="68"/>
     <w:lsdException w:name="Medium Grid 3 Accent 2" w:uiPriority="69"/>
     <w:lsdException w:name="Dark List Accent 2" w:uiPriority="70"/>
     <w:lsdException w:name="Colorful Shading Accent 2" w:uiPriority="71"/>
     <w:lsdException w:name="Colorful List Accent 2" w:uiPriority="72"/>
     <w:lsdException w:name="Colorful Grid Accent 2" w:uiPriority="73"/>
     <w:lsdException w:name="Light Shading Accent 3" w:uiPriority="60"/>
     <w:lsdException w:name="Light List Accent 3" w:uiPriority="61"/>
     <w:lsdException w:name="Light Grid Accent 3" w:uiPriority="62"/>
@@ -9490,57 +10066,57 @@
     <w:lsdException w:name="Medium Shading 1 Accent 5" w:uiPriority="63"/>
     <w:lsdException w:name="Medium Shading 2 Accent 5" w:uiPriority="64"/>
     <w:lsdException w:name="Medium List 1 Accent 5" w:uiPriority="65"/>
     <w:lsdException w:name="Medium List 2 Accent 5" w:uiPriority="66"/>
     <w:lsdException w:name="Medium Grid 1 Accent 5" w:uiPriority="67"/>
     <w:lsdException w:name="Medium Grid 2 Accent 5" w:uiPriority="68"/>
     <w:lsdException w:name="Medium Grid 3 Accent 5" w:uiPriority="69"/>
     <w:lsdException w:name="Dark List Accent 5" w:uiPriority="70"/>
     <w:lsdException w:name="Colorful Shading Accent 5" w:uiPriority="71"/>
     <w:lsdException w:name="Colorful List Accent 5" w:uiPriority="72"/>
     <w:lsdException w:name="Colorful Grid Accent 5" w:uiPriority="73"/>
     <w:lsdException w:name="Light Shading Accent 6" w:uiPriority="60"/>
     <w:lsdException w:name="Light List Accent 6" w:uiPriority="61"/>
     <w:lsdException w:name="Light Grid Accent 6" w:uiPriority="62"/>
     <w:lsdException w:name="Medium Shading 1 Accent 6" w:uiPriority="63"/>
     <w:lsdException w:name="Medium Shading 2 Accent 6" w:uiPriority="64"/>
     <w:lsdException w:name="Medium List 1 Accent 6" w:uiPriority="65"/>
     <w:lsdException w:name="Medium List 2 Accent 6" w:uiPriority="66"/>
     <w:lsdException w:name="Medium Grid 1 Accent 6" w:uiPriority="67"/>
     <w:lsdException w:name="Medium Grid 2 Accent 6" w:uiPriority="68"/>
     <w:lsdException w:name="Medium Grid 3 Accent 6" w:uiPriority="69"/>
     <w:lsdException w:name="Dark List Accent 6" w:uiPriority="70"/>
     <w:lsdException w:name="Colorful Shading Accent 6" w:uiPriority="71"/>
     <w:lsdException w:name="Colorful List Accent 6" w:uiPriority="72"/>
     <w:lsdException w:name="Colorful Grid Accent 6" w:uiPriority="73"/>
-    <w:lsdException w:name="Subtle Emphasis" w:locked="1" w:semiHidden="1" w:uiPriority="19"/>
-[...5 lines deleted...]
-    <w:lsdException w:name="TOC Heading" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="Subtle Emphasis" w:locked="1" w:uiPriority="19" w:semiHidden="1"/>
+    <w:lsdException w:name="Intense Emphasis" w:locked="1" w:uiPriority="21" w:semiHidden="1"/>
+    <w:lsdException w:name="Subtle Reference" w:locked="1" w:uiPriority="31" w:semiHidden="1"/>
+    <w:lsdException w:name="Intense Reference" w:locked="1" w:uiPriority="32" w:semiHidden="1"/>
+    <w:lsdException w:name="Book Title" w:locked="1" w:uiPriority="33" w:semiHidden="1"/>
+    <w:lsdException w:name="Bibliography" w:uiPriority="37" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="TOC Heading" w:uiPriority="39" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="Grid Table 4" w:uiPriority="49"/>
     <w:lsdException w:name="Grid Table 5 Dark" w:uiPriority="50"/>
     <w:lsdException w:name="Grid Table 6 Colorful" w:uiPriority="51"/>
     <w:lsdException w:name="Grid Table 7 Colorful" w:uiPriority="52"/>
     <w:lsdException w:name="Grid Table 1 Light Accent 1" w:uiPriority="46"/>
     <w:lsdException w:name="Grid Table 2 Accent 1" w:uiPriority="47"/>
     <w:lsdException w:name="Grid Table 3 Accent 1" w:uiPriority="48"/>
     <w:lsdException w:name="Grid Table 4 Accent 1" w:uiPriority="49"/>
     <w:lsdException w:name="Grid Table 5 Dark Accent 1" w:uiPriority="50"/>
     <w:lsdException w:name="Grid Table 6 Colorful Accent 1" w:uiPriority="51"/>
     <w:lsdException w:name="Grid Table 7 Colorful Accent 1" w:uiPriority="52"/>
     <w:lsdException w:name="Grid Table 1 Light Accent 2" w:uiPriority="46"/>
     <w:lsdException w:name="Grid Table 2 Accent 2" w:uiPriority="47"/>
     <w:lsdException w:name="Grid Table 3 Accent 2" w:uiPriority="48"/>
     <w:lsdException w:name="Grid Table 4 Accent 2" w:uiPriority="49"/>
     <w:lsdException w:name="Grid Table 5 Dark Accent 2" w:uiPriority="50"/>
     <w:lsdException w:name="Grid Table 6 Colorful Accent 2" w:uiPriority="51"/>
     <w:lsdException w:name="Grid Table 7 Colorful Accent 2" w:uiPriority="52"/>
     <w:lsdException w:name="Grid Table 1 Light Accent 3" w:uiPriority="46"/>
     <w:lsdException w:name="Grid Table 2 Accent 3" w:uiPriority="47"/>
     <w:lsdException w:name="Grid Table 3 Accent 3" w:uiPriority="48"/>
     <w:lsdException w:name="Grid Table 4 Accent 3" w:uiPriority="49"/>
     <w:lsdException w:name="Grid Table 5 Dark Accent 3" w:uiPriority="50"/>
     <w:lsdException w:name="Grid Table 6 Colorful Accent 3" w:uiPriority="51"/>
     <w:lsdException w:name="Grid Table 7 Colorful Accent 3" w:uiPriority="52"/>
@@ -9598,769 +10174,769 @@
     <w:lsdException w:name="List Table 3 Accent 4" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 4" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 4" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 4" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 4" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 5" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 5" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 5" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 5" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 5" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 5" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 5" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 6" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
     <w:lsdException w:name="Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Hashtag" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Unresolved Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Link" w:semiHidden="1" w:unhideWhenUsed="1"/>
   </w:latentStyles>
-  <w:style w:type="paragraph" w:default="1" w:styleId="Normal">
+  <w:style w:type="paragraph" w:styleId="Normal" w:default="1">
     <w:name w:val="Normal"/>
     <w:qFormat/>
     <w:rsid w:val="008A0C5F"/>
     <w:pPr>
       <w:spacing w:after="120" w:line="288" w:lineRule="auto"/>
       <w:ind w:left="992" w:right="868"/>
     </w:pPr>
     <w:rPr>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Rubrik1">
     <w:name w:val="heading 1"/>
     <w:aliases w:val="Rubrik VGR"/>
     <w:next w:val="Normal"/>
     <w:link w:val="Rubrik1Char"/>
     <w:qFormat/>
     <w:rsid w:val="0009513C"/>
     <w:pPr>
       <w:keepNext/>
       <w:spacing w:before="1600" w:after="240"/>
       <w:ind w:left="992"/>
       <w:contextualSpacing/>
       <w:outlineLvl w:val="0"/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:ascii="Calibri" w:eastAsia="MS Gothic" w:hAnsi="Calibri"/>
+      <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="MS Gothic"/>
       <w:bCs/>
       <w:kern w:val="32"/>
       <w:sz w:val="48"/>
       <w:szCs w:val="32"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Rubrik2">
     <w:name w:val="heading 2"/>
     <w:aliases w:val="Rubrik 2 VGR"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:link w:val="Rubrik2Char"/>
     <w:uiPriority w:val="3"/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:rsid w:val="00627BEA"/>
     <w:pPr>
       <w:keepNext/>
       <w:keepLines/>
       <w:spacing w:before="240" w:after="40" w:line="240" w:lineRule="auto"/>
       <w:outlineLvl w:val="1"/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
       <w:bCs/>
       <w:color w:val="000000" w:themeColor="text1"/>
       <w:sz w:val="40"/>
       <w:szCs w:val="26"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Rubrik3">
     <w:name w:val="heading 3"/>
     <w:aliases w:val="Rubrik 3 VGR"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:link w:val="Rubrik3Char"/>
     <w:uiPriority w:val="3"/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:rsid w:val="00627BEA"/>
     <w:pPr>
       <w:keepNext/>
       <w:keepLines/>
       <w:spacing w:before="240" w:after="40" w:line="240" w:lineRule="auto"/>
       <w:outlineLvl w:val="2"/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
       <w:bCs/>
       <w:color w:val="000000" w:themeColor="text1"/>
       <w:sz w:val="36"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Rubrik4">
     <w:name w:val="heading 4"/>
     <w:aliases w:val="mellanrubrik"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:link w:val="Rubrik4Char"/>
     <w:uiPriority w:val="3"/>
     <w:semiHidden/>
     <w:qFormat/>
     <w:locked/>
     <w:rsid w:val="00627BEA"/>
     <w:pPr>
       <w:keepNext/>
       <w:keepLines/>
       <w:spacing w:before="240" w:after="0" w:line="240" w:lineRule="auto"/>
       <w:outlineLvl w:val="3"/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
       <w:b/>
       <w:bCs/>
       <w:iCs/>
       <w:color w:val="000000" w:themeColor="text1"/>
       <w:sz w:val="26"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Rubrik5">
     <w:name w:val="heading 5"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:link w:val="Rubrik5Char"/>
     <w:uiPriority w:val="9"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:rsid w:val="002F568B"/>
     <w:pPr>
       <w:keepNext/>
       <w:keepLines/>
       <w:spacing w:before="200"/>
       <w:outlineLvl w:val="4"/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
       <w:color w:val="00304B" w:themeColor="accent1" w:themeShade="7F"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Rubrik6">
     <w:name w:val="heading 6"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:link w:val="Rubrik6Char"/>
     <w:uiPriority w:val="9"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:rsid w:val="0032017C"/>
     <w:pPr>
       <w:keepNext/>
       <w:keepLines/>
       <w:spacing w:before="40" w:after="0"/>
       <w:outlineLvl w:val="5"/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
       <w:color w:val="00304B" w:themeColor="accent1" w:themeShade="7F"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Rubrik7">
     <w:name w:val="heading 7"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:link w:val="Rubrik7Char"/>
     <w:uiPriority w:val="9"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:rsid w:val="0032017C"/>
     <w:pPr>
       <w:keepNext/>
       <w:keepLines/>
       <w:spacing w:before="40" w:after="0"/>
       <w:outlineLvl w:val="6"/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
       <w:i/>
       <w:iCs/>
       <w:color w:val="00304B" w:themeColor="accent1" w:themeShade="7F"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Rubrik9">
     <w:name w:val="heading 9"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:link w:val="Rubrik9Char"/>
     <w:uiPriority w:val="9"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:rsid w:val="0032017C"/>
     <w:pPr>
       <w:keepNext/>
       <w:keepLines/>
       <w:spacing w:before="40" w:after="0"/>
       <w:outlineLvl w:val="8"/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
       <w:i/>
       <w:iCs/>
       <w:color w:val="272727" w:themeColor="text1" w:themeTint="D8"/>
       <w:sz w:val="21"/>
       <w:szCs w:val="21"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:default="1" w:styleId="Standardstycketeckensnitt">
+  <w:style w:type="character" w:styleId="Standardstycketeckensnitt" w:default="1">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
-  <w:style w:type="table" w:default="1" w:styleId="Normaltabell">
+  <w:style w:type="table" w:styleId="Normaltabell" w:default="1">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
-  <w:style w:type="numbering" w:default="1" w:styleId="Ingenlista">
+  <w:style w:type="numbering" w:styleId="Ingenlista" w:default="1">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:styleId="Oformateradtabell1">
     <w:name w:val="Plain Table 1"/>
     <w:basedOn w:val="Normaltabell"/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="002E263F"/>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblBorders>
-        <w:top w:val="single" w:sz="4" w:space="0" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
-[...4 lines deleted...]
-        <w:insideV w:val="single" w:sz="4" w:space="0" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
+        <w:top w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="4" w:space="0"/>
+        <w:left w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="4" w:space="0"/>
+        <w:bottom w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="4" w:space="0"/>
+        <w:right w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="4" w:space="0"/>
+        <w:insideH w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="4" w:space="0"/>
+        <w:insideV w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="4" w:space="0"/>
       </w:tblBorders>
     </w:tblPr>
     <w:tblStylePr w:type="firstRow">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastRow">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
-          <w:top w:val="double" w:sz="4" w:space="0" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
+          <w:top w:val="double" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="4" w:space="0"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="firstCol">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastCol">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Vert">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="Bildtext">
+  <w:style w:type="paragraph" w:styleId="Bildtext" w:customStyle="1">
     <w:name w:val="Bildtext"/>
     <w:basedOn w:val="Normal"/>
     <w:semiHidden/>
     <w:rsid w:val="00CF70BB"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:autoSpaceDE w:val="0"/>
       <w:autoSpaceDN w:val="0"/>
       <w:adjustRightInd w:val="0"/>
       <w:spacing w:line="160" w:lineRule="atLeast"/>
       <w:textAlignment w:val="center"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
       <w:i/>
       <w:color w:val="000000"/>
       <w:sz w:val="12"/>
       <w:szCs w:val="12"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="Sidrubrikliten">
+  <w:style w:type="paragraph" w:styleId="Sidrubrikliten" w:customStyle="1">
     <w:name w:val="Sidrubrik liten"/>
     <w:basedOn w:val="Normal"/>
     <w:semiHidden/>
     <w:rsid w:val="00880FEE"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:autoSpaceDE w:val="0"/>
       <w:autoSpaceDN w:val="0"/>
       <w:adjustRightInd w:val="0"/>
       <w:spacing w:line="240" w:lineRule="atLeast"/>
       <w:textAlignment w:val="center"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
       <w:b/>
       <w:color w:val="FFFFFF"/>
       <w:spacing w:val="2"/>
       <w:sz w:val="20"/>
       <w:szCs w:val="20"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="Sidrubrikstor">
+  <w:style w:type="paragraph" w:styleId="Sidrubrikstor" w:customStyle="1">
     <w:name w:val="Sidrubrik stor"/>
     <w:basedOn w:val="Normal"/>
     <w:semiHidden/>
     <w:rsid w:val="00880FEE"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:autoSpaceDE w:val="0"/>
       <w:autoSpaceDN w:val="0"/>
       <w:adjustRightInd w:val="0"/>
       <w:spacing w:line="840" w:lineRule="atLeast"/>
       <w:textAlignment w:val="center"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
       <w:color w:val="FFFFFF"/>
       <w:spacing w:val="-17"/>
       <w:sz w:val="84"/>
       <w:szCs w:val="84"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Sidfot">
     <w:name w:val="footer"/>
     <w:basedOn w:val="Normal"/>
     <w:link w:val="SidfotChar"/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="00880FEE"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:autoSpaceDE w:val="0"/>
       <w:autoSpaceDN w:val="0"/>
       <w:adjustRightInd w:val="0"/>
       <w:jc w:val="right"/>
       <w:textAlignment w:val="center"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
       <w:color w:val="000000"/>
       <w:sz w:val="12"/>
       <w:szCs w:val="12"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="Avdelaresidfot">
+  <w:style w:type="character" w:styleId="Avdelaresidfot" w:customStyle="1">
     <w:name w:val="Avdelare sidfot"/>
     <w:semiHidden/>
     <w:rsid w:val="00880FEE"/>
     <w:rPr>
       <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
       <w:position w:val="1"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Sidhuvud">
     <w:name w:val="header"/>
     <w:basedOn w:val="Normal"/>
     <w:link w:val="SidhuvudChar"/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="00AA0F08"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="center" w:pos="4703"/>
         <w:tab w:val="right" w:pos="9406"/>
       </w:tabs>
     </w:pPr>
   </w:style>
   <w:style w:type="character" w:styleId="Sidnummer">
     <w:name w:val="page number"/>
     <w:basedOn w:val="Standardstycketeckensnitt"/>
     <w:semiHidden/>
     <w:rsid w:val="00AA0F08"/>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="Metadata">
+  <w:style w:type="paragraph" w:styleId="Metadata" w:customStyle="1">
     <w:name w:val="Metadata"/>
     <w:basedOn w:val="Normal"/>
     <w:qFormat/>
     <w:rsid w:val="002651D6"/>
     <w:pPr>
       <w:spacing w:after="240"/>
       <w:contextualSpacing/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
       <w:sz w:val="20"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="Rubrik1Char">
+  <w:style w:type="character" w:styleId="Rubrik1Char" w:customStyle="1">
     <w:name w:val="Rubrik 1 Char"/>
     <w:aliases w:val="Rubrik VGR Char"/>
     <w:link w:val="Rubrik1"/>
     <w:rsid w:val="0009513C"/>
     <w:rPr>
-      <w:rFonts w:ascii="Calibri" w:eastAsia="MS Gothic" w:hAnsi="Calibri"/>
+      <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="MS Gothic"/>
       <w:bCs/>
       <w:kern w:val="32"/>
       <w:sz w:val="48"/>
       <w:szCs w:val="32"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="Allmntstyckeformat">
+  <w:style w:type="paragraph" w:styleId="Allmntstyckeformat" w:customStyle="1">
     <w:name w:val="[Allmänt styckeformat]"/>
     <w:basedOn w:val="Normal"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:rsid w:val="001C5FEF"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:autoSpaceDE w:val="0"/>
       <w:autoSpaceDN w:val="0"/>
       <w:adjustRightInd w:val="0"/>
       <w:textAlignment w:val="center"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="MinionPro-Regular" w:hAnsi="MinionPro-Regular" w:cs="MinionPro-Regular"/>
       <w:color w:val="000000"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="SidfotChar">
+  <w:style w:type="character" w:styleId="SidfotChar" w:customStyle="1">
     <w:name w:val="Sidfot Char"/>
     <w:link w:val="Sidfot"/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="00EE2A56"/>
     <w:rPr>
       <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
       <w:color w:val="000000"/>
       <w:sz w:val="12"/>
       <w:szCs w:val="12"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Rubrik">
     <w:name w:val="Title"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:link w:val="RubrikChar"/>
     <w:uiPriority w:val="10"/>
     <w:semiHidden/>
     <w:qFormat/>
     <w:rsid w:val="00AC3FF6"/>
     <w:pPr>
       <w:spacing w:before="240" w:after="60"/>
       <w:jc w:val="center"/>
       <w:outlineLvl w:val="0"/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:ascii="Calibri" w:eastAsia="MS Gothic" w:hAnsi="Calibri"/>
+      <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="MS Gothic"/>
       <w:b/>
       <w:bCs/>
       <w:kern w:val="28"/>
       <w:sz w:val="32"/>
       <w:szCs w:val="32"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="FaktarutaLista">
+  <w:style w:type="paragraph" w:styleId="FaktarutaLista" w:customStyle="1">
     <w:name w:val="Faktaruta Lista"/>
     <w:uiPriority w:val="5"/>
     <w:semiHidden/>
     <w:qFormat/>
     <w:locked/>
     <w:rsid w:val="00617710"/>
     <w:pPr>
       <w:numPr>
         <w:numId w:val="4"/>
       </w:numPr>
       <w:spacing w:after="40"/>
       <w:ind w:left="357" w:hanging="357"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
       <w:color w:val="000000"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="RubrikChar">
+  <w:style w:type="character" w:styleId="RubrikChar" w:customStyle="1">
     <w:name w:val="Rubrik Char"/>
     <w:link w:val="Rubrik"/>
     <w:uiPriority w:val="10"/>
     <w:semiHidden/>
     <w:rsid w:val="00F86F47"/>
     <w:rPr>
-      <w:rFonts w:ascii="Calibri" w:eastAsia="MS Gothic" w:hAnsi="Calibri"/>
+      <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="MS Gothic"/>
       <w:b/>
       <w:bCs/>
       <w:kern w:val="28"/>
       <w:sz w:val="32"/>
       <w:szCs w:val="32"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Ballongtext">
     <w:name w:val="Balloon Text"/>
     <w:basedOn w:val="Normal"/>
     <w:link w:val="BallongtextChar"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00CB0493"/>
     <w:pPr>
       <w:spacing w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Lucida Grande" w:hAnsi="Lucida Grande" w:cs="Lucida Grande"/>
       <w:sz w:val="18"/>
       <w:szCs w:val="18"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="BallongtextChar">
+  <w:style w:type="character" w:styleId="BallongtextChar" w:customStyle="1">
     <w:name w:val="Ballongtext Char"/>
     <w:basedOn w:val="Standardstycketeckensnitt"/>
     <w:link w:val="Ballongtext"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:rsid w:val="00CB0493"/>
     <w:rPr>
       <w:rFonts w:ascii="Lucida Grande" w:hAnsi="Lucida Grande" w:cs="Lucida Grande"/>
       <w:sz w:val="18"/>
       <w:szCs w:val="18"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="Platshllartext">
     <w:name w:val="Placeholder Text"/>
     <w:basedOn w:val="Standardstycketeckensnitt"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:rsid w:val="00C9071C"/>
     <w:rPr>
       <w:color w:val="808080"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="Faktarutarubrik">
+  <w:style w:type="paragraph" w:styleId="Faktarutarubrik" w:customStyle="1">
     <w:name w:val="Faktaruta rubrik"/>
     <w:basedOn w:val="Rubrik2"/>
     <w:next w:val="FaktarutaLista"/>
     <w:uiPriority w:val="3"/>
     <w:semiHidden/>
     <w:qFormat/>
     <w:locked/>
     <w:rsid w:val="0009062C"/>
     <w:pPr>
       <w:spacing w:before="0"/>
       <w:outlineLvl w:val="2"/>
     </w:pPr>
     <w:rPr>
       <w:bCs w:val="0"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="Rubrik2Char">
+  <w:style w:type="character" w:styleId="Rubrik2Char" w:customStyle="1">
     <w:name w:val="Rubrik 2 Char"/>
     <w:aliases w:val="Rubrik 2 VGR Char"/>
     <w:basedOn w:val="Standardstycketeckensnitt"/>
     <w:link w:val="Rubrik2"/>
     <w:uiPriority w:val="3"/>
     <w:rsid w:val="00627BEA"/>
     <w:rPr>
-      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
       <w:bCs/>
       <w:color w:val="000000" w:themeColor="text1"/>
       <w:sz w:val="40"/>
       <w:szCs w:val="26"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="Rubrik3Char">
+  <w:style w:type="character" w:styleId="Rubrik3Char" w:customStyle="1">
     <w:name w:val="Rubrik 3 Char"/>
     <w:aliases w:val="Rubrik 3 VGR Char"/>
     <w:basedOn w:val="Standardstycketeckensnitt"/>
     <w:link w:val="Rubrik3"/>
     <w:uiPriority w:val="3"/>
     <w:rsid w:val="00627BEA"/>
     <w:rPr>
-      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
       <w:bCs/>
       <w:color w:val="000000" w:themeColor="text1"/>
       <w:sz w:val="36"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="Rubrik4Char">
+  <w:style w:type="character" w:styleId="Rubrik4Char" w:customStyle="1">
     <w:name w:val="Rubrik 4 Char"/>
     <w:aliases w:val="mellanrubrik Char"/>
     <w:basedOn w:val="Standardstycketeckensnitt"/>
     <w:link w:val="Rubrik4"/>
     <w:uiPriority w:val="3"/>
     <w:semiHidden/>
     <w:rsid w:val="00A272CA"/>
     <w:rPr>
-      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
       <w:b/>
       <w:bCs/>
       <w:iCs/>
       <w:color w:val="000000" w:themeColor="text1"/>
       <w:sz w:val="26"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="Rubrik5Char">
+  <w:style w:type="character" w:styleId="Rubrik5Char" w:customStyle="1">
     <w:name w:val="Rubrik 5 Char"/>
     <w:basedOn w:val="Standardstycketeckensnitt"/>
     <w:link w:val="Rubrik5"/>
     <w:uiPriority w:val="9"/>
     <w:semiHidden/>
     <w:rsid w:val="002F568B"/>
     <w:rPr>
-      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
       <w:color w:val="00304B" w:themeColor="accent1" w:themeShade="7F"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Liststycke">
     <w:name w:val="List Paragraph"/>
     <w:basedOn w:val="Normal"/>
     <w:uiPriority w:val="34"/>
     <w:rsid w:val="00CB1ED7"/>
     <w:pPr>
       <w:numPr>
         <w:numId w:val="13"/>
       </w:numPr>
       <w:ind w:left="1712" w:hanging="357"/>
       <w:contextualSpacing/>
     </w:pPr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="Normalefterlista">
+  <w:style w:type="paragraph" w:styleId="Normalefterlista" w:customStyle="1">
     <w:name w:val="Normal efter lista"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:uiPriority w:val="3"/>
     <w:qFormat/>
     <w:rsid w:val="0062184C"/>
     <w:pPr>
       <w:spacing w:before="200"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:eastAsia="MS Gothic"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Innehll1">
     <w:name w:val="toc 1"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:autoRedefine/>
     <w:uiPriority w:val="39"/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00305F95"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="right" w:leader="dot" w:pos="8779"/>
       </w:tabs>
       <w:spacing w:after="0"/>
     </w:pPr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="Omslagsrubrik">
+  <w:style w:type="paragraph" w:styleId="Omslagsrubrik" w:customStyle="1">
     <w:name w:val="Omslagsrubrik"/>
     <w:basedOn w:val="Normal"/>
     <w:link w:val="OmslagsrubrikChar"/>
     <w:uiPriority w:val="3"/>
     <w:qFormat/>
     <w:rsid w:val="005A627D"/>
     <w:pPr>
       <w:spacing w:after="6000" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
       <w:sz w:val="72"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="OmslagsrubrikChar">
+  <w:style w:type="character" w:styleId="OmslagsrubrikChar" w:customStyle="1">
     <w:name w:val="Omslagsrubrik Char"/>
     <w:basedOn w:val="Standardstycketeckensnitt"/>
     <w:link w:val="Omslagsrubrik"/>
     <w:uiPriority w:val="3"/>
     <w:rsid w:val="005A627D"/>
     <w:rPr>
       <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
       <w:sz w:val="72"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="Omslagsunderrubrik">
+  <w:style w:type="paragraph" w:styleId="Omslagsunderrubrik" w:customStyle="1">
     <w:name w:val="Omslagsunderrubrik"/>
     <w:basedOn w:val="Normal"/>
     <w:link w:val="OmslagsunderrubrikChar"/>
     <w:uiPriority w:val="3"/>
     <w:qFormat/>
     <w:rsid w:val="009533B4"/>
     <w:pPr>
       <w:contextualSpacing/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
       <w:sz w:val="32"/>
       <w:szCs w:val="44"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="OmslagsunderrubrikChar">
+  <w:style w:type="character" w:styleId="OmslagsunderrubrikChar" w:customStyle="1">
     <w:name w:val="Omslagsunderrubrik Char"/>
     <w:basedOn w:val="Standardstycketeckensnitt"/>
     <w:link w:val="Omslagsunderrubrik"/>
     <w:uiPriority w:val="3"/>
     <w:rsid w:val="009533B4"/>
     <w:rPr>
       <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
       <w:sz w:val="32"/>
       <w:szCs w:val="44"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Innehll2">
     <w:name w:val="toc 2"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:autoRedefine/>
     <w:uiPriority w:val="39"/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00305F95"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="right" w:leader="dot" w:pos="8777"/>
       </w:tabs>
       <w:spacing w:after="0"/>
       <w:ind w:left="1349"/>
@@ -10428,609 +11004,609 @@
   </w:style>
   <w:style w:type="paragraph" w:styleId="Innehll8">
     <w:name w:val="toc 8"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:autoRedefine/>
     <w:uiPriority w:val="39"/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00E61294"/>
     <w:pPr>
       <w:ind w:left="1680"/>
     </w:pPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Innehll9">
     <w:name w:val="toc 9"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:autoRedefine/>
     <w:uiPriority w:val="39"/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00E61294"/>
     <w:pPr>
       <w:ind w:left="1920"/>
     </w:pPr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="MellanrubrikVGR">
+  <w:style w:type="paragraph" w:styleId="MellanrubrikVGR" w:customStyle="1">
     <w:name w:val="Mellanrubrik VGR"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:uiPriority w:val="2"/>
     <w:qFormat/>
     <w:rsid w:val="00D61C81"/>
     <w:pPr>
       <w:keepNext/>
       <w:keepLines/>
       <w:widowControl w:val="0"/>
       <w:autoSpaceDE w:val="0"/>
       <w:autoSpaceDN w:val="0"/>
       <w:adjustRightInd w:val="0"/>
       <w:spacing w:before="240" w:after="0"/>
       <w:textAlignment w:val="center"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
       <w:b/>
       <w:color w:val="000000"/>
       <w:sz w:val="26"/>
       <w:szCs w:val="18"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="Fotnotsreferens">
     <w:name w:val="footnote reference"/>
     <w:basedOn w:val="Standardstycketeckensnitt"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00FB5086"/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="Formatmall1">
+  <w:style w:type="paragraph" w:styleId="Formatmall1" w:customStyle="1">
     <w:name w:val="Formatmall1"/>
     <w:basedOn w:val="Normal"/>
     <w:link w:val="Formatmall1Char"/>
     <w:uiPriority w:val="3"/>
     <w:semiHidden/>
     <w:qFormat/>
     <w:locked/>
     <w:rsid w:val="00FB5086"/>
     <w:pPr>
       <w:spacing w:after="0"/>
     </w:pPr>
     <w:rPr>
       <w:sz w:val="20"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="Formatmall1Char">
+  <w:style w:type="character" w:styleId="Formatmall1Char" w:customStyle="1">
     <w:name w:val="Formatmall1 Char"/>
     <w:basedOn w:val="Standardstycketeckensnitt"/>
     <w:link w:val="Formatmall1"/>
     <w:uiPriority w:val="3"/>
     <w:semiHidden/>
     <w:rsid w:val="00A272CA"/>
     <w:rPr>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="FotnotVGR">
+  <w:style w:type="paragraph" w:styleId="FotnotVGR" w:customStyle="1">
     <w:name w:val="Fotnot VGR"/>
     <w:basedOn w:val="Normal"/>
     <w:uiPriority w:val="3"/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:rsid w:val="00FB5086"/>
     <w:pPr>
       <w:spacing w:after="0"/>
     </w:pPr>
     <w:rPr>
       <w:sz w:val="20"/>
     </w:rPr>
   </w:style>
   <w:style w:type="table" w:styleId="Oformateradtabell2">
     <w:name w:val="Plain Table 2"/>
     <w:basedOn w:val="Normaltabell"/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="002E263F"/>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblBorders>
-        <w:top w:val="single" w:sz="4" w:space="0" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80"/>
-        <w:bottom w:val="single" w:sz="4" w:space="0" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80"/>
+        <w:top w:val="single" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80" w:sz="4" w:space="0"/>
+        <w:bottom w:val="single" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80" w:sz="4" w:space="0"/>
       </w:tblBorders>
     </w:tblPr>
     <w:tblStylePr w:type="firstRow">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
-          <w:bottom w:val="single" w:sz="4" w:space="0" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80"/>
+          <w:bottom w:val="single" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80" w:sz="4" w:space="0"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastRow">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
-          <w:top w:val="single" w:sz="4" w:space="0" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80"/>
+          <w:top w:val="single" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80" w:sz="4" w:space="0"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="firstCol">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastCol">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Vert">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
-          <w:left w:val="single" w:sz="4" w:space="0" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80"/>
-          <w:right w:val="single" w:sz="4" w:space="0" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80"/>
+          <w:left w:val="single" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80" w:sz="4" w:space="0"/>
+          <w:right w:val="single" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80" w:sz="4" w:space="0"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band2Vert">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
-          <w:left w:val="single" w:sz="4" w:space="0" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80"/>
-          <w:right w:val="single" w:sz="4" w:space="0" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80"/>
+          <w:left w:val="single" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80" w:sz="4" w:space="0"/>
+          <w:right w:val="single" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80" w:sz="4" w:space="0"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
-          <w:top w:val="single" w:sz="4" w:space="0" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80"/>
-          <w:bottom w:val="single" w:sz="4" w:space="0" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80"/>
+          <w:top w:val="single" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80" w:sz="4" w:space="0"/>
+          <w:bottom w:val="single" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80" w:sz="4" w:space="0"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
   <w:style w:type="character" w:styleId="Hyperlnk">
     <w:name w:val="Hyperlink"/>
     <w:basedOn w:val="Standardstycketeckensnitt"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00A514B7"/>
     <w:rPr>
       <w:color w:val="006298" w:themeColor="hyperlink"/>
       <w:u w:val="single"/>
     </w:rPr>
   </w:style>
   <w:style w:type="table" w:styleId="Tabellrutnt">
     <w:name w:val="Table Grid"/>
     <w:basedOn w:val="Normaltabell"/>
     <w:uiPriority w:val="59"/>
     <w:rsid w:val="00F413D9"/>
     <w:tblPr>
       <w:tblBorders>
-        <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
-[...4 lines deleted...]
-        <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+        <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+        <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+        <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+        <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+        <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
       </w:tblBorders>
     </w:tblPr>
   </w:style>
   <w:style w:type="table" w:styleId="Ljuslista-dekorfrg1">
     <w:name w:val="Light List Accent 1"/>
     <w:aliases w:val="VGR tabell blue"/>
     <w:basedOn w:val="Normaltabell"/>
     <w:uiPriority w:val="61"/>
     <w:rsid w:val="00827E69"/>
     <w:rPr>
       <w:sz w:val="24"/>
     </w:rPr>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblBorders>
-        <w:top w:val="single" w:sz="4" w:space="0" w:color="006298" w:themeColor="accent1"/>
-[...2 lines deleted...]
-        <w:right w:val="single" w:sz="4" w:space="0" w:color="006298" w:themeColor="accent1"/>
+        <w:top w:val="single" w:color="006298" w:themeColor="accent1" w:sz="4" w:space="0"/>
+        <w:left w:val="single" w:color="006298" w:themeColor="accent1" w:sz="4" w:space="0"/>
+        <w:bottom w:val="single" w:color="006298" w:themeColor="accent1" w:sz="4" w:space="0"/>
+        <w:right w:val="single" w:color="006298" w:themeColor="accent1" w:sz="4" w:space="0"/>
       </w:tblBorders>
     </w:tblPr>
     <w:tblStylePr w:type="firstRow">
       <w:pPr>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:rPr>
         <w:b/>
         <w:bCs/>
         <w:color w:val="FFFFFF" w:themeColor="background1"/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="006298" w:themeFill="accent1"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastRow">
       <w:pPr>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
-          <w:top w:val="double" w:sz="6" w:space="0" w:color="006298" w:themeColor="accent1"/>
-[...2 lines deleted...]
-          <w:right w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
+          <w:top w:val="double" w:color="006298" w:themeColor="accent1" w:sz="6" w:space="0"/>
+          <w:left w:val="single" w:color="006298" w:themeColor="accent1" w:sz="8" w:space="0"/>
+          <w:bottom w:val="single" w:color="006298" w:themeColor="accent1" w:sz="8" w:space="0"/>
+          <w:right w:val="single" w:color="006298" w:themeColor="accent1" w:sz="8" w:space="0"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="firstCol">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastCol">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Vert">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
-          <w:top w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
-[...2 lines deleted...]
-          <w:right w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
+          <w:top w:val="single" w:color="006298" w:themeColor="accent1" w:sz="8" w:space="0"/>
+          <w:left w:val="single" w:color="006298" w:themeColor="accent1" w:sz="8" w:space="0"/>
+          <w:bottom w:val="single" w:color="006298" w:themeColor="accent1" w:sz="8" w:space="0"/>
+          <w:right w:val="single" w:color="006298" w:themeColor="accent1" w:sz="8" w:space="0"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
-          <w:top w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
-[...2 lines deleted...]
-          <w:right w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
+          <w:top w:val="single" w:color="006298" w:themeColor="accent1" w:sz="8" w:space="0"/>
+          <w:left w:val="single" w:color="006298" w:themeColor="accent1" w:sz="8" w:space="0"/>
+          <w:bottom w:val="single" w:color="006298" w:themeColor="accent1" w:sz="8" w:space="0"/>
+          <w:right w:val="single" w:color="006298" w:themeColor="accent1" w:sz="8" w:space="0"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
   <w:style w:type="table" w:styleId="Ljustrutnt-dekorfrg6">
     <w:name w:val="Light Grid Accent 6"/>
     <w:basedOn w:val="Normaltabell"/>
     <w:uiPriority w:val="62"/>
     <w:rsid w:val="00397F54"/>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblBorders>
-        <w:top w:val="single" w:sz="8" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
-[...4 lines deleted...]
-        <w:insideV w:val="single" w:sz="8" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
+        <w:top w:val="single" w:color="71B2C9" w:themeColor="accent6" w:sz="8" w:space="0"/>
+        <w:left w:val="single" w:color="71B2C9" w:themeColor="accent6" w:sz="8" w:space="0"/>
+        <w:bottom w:val="single" w:color="71B2C9" w:themeColor="accent6" w:sz="8" w:space="0"/>
+        <w:right w:val="single" w:color="71B2C9" w:themeColor="accent6" w:sz="8" w:space="0"/>
+        <w:insideH w:val="single" w:color="71B2C9" w:themeColor="accent6" w:sz="8" w:space="0"/>
+        <w:insideV w:val="single" w:color="71B2C9" w:themeColor="accent6" w:sz="8" w:space="0"/>
       </w:tblBorders>
     </w:tblPr>
     <w:tblStylePr w:type="firstRow">
       <w:pPr>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+        <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
         <w:b/>
         <w:bCs/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
-          <w:top w:val="single" w:sz="8" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
-[...2 lines deleted...]
-          <w:right w:val="single" w:sz="8" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
+          <w:top w:val="single" w:color="71B2C9" w:themeColor="accent6" w:sz="8" w:space="0"/>
+          <w:left w:val="single" w:color="71B2C9" w:themeColor="accent6" w:sz="8" w:space="0"/>
+          <w:bottom w:val="single" w:color="71B2C9" w:themeColor="accent6" w:sz="18" w:space="0"/>
+          <w:right w:val="single" w:color="71B2C9" w:themeColor="accent6" w:sz="8" w:space="0"/>
           <w:insideH w:val="nil"/>
-          <w:insideV w:val="single" w:sz="8" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
+          <w:insideV w:val="single" w:color="71B2C9" w:themeColor="accent6" w:sz="8" w:space="0"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastRow">
       <w:pPr>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+        <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
         <w:b/>
         <w:bCs/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
-          <w:top w:val="double" w:sz="6" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
-[...2 lines deleted...]
-          <w:right w:val="single" w:sz="8" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
+          <w:top w:val="double" w:color="71B2C9" w:themeColor="accent6" w:sz="6" w:space="0"/>
+          <w:left w:val="single" w:color="71B2C9" w:themeColor="accent6" w:sz="8" w:space="0"/>
+          <w:bottom w:val="single" w:color="71B2C9" w:themeColor="accent6" w:sz="8" w:space="0"/>
+          <w:right w:val="single" w:color="71B2C9" w:themeColor="accent6" w:sz="8" w:space="0"/>
           <w:insideH w:val="nil"/>
-          <w:insideV w:val="single" w:sz="8" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
+          <w:insideV w:val="single" w:color="71B2C9" w:themeColor="accent6" w:sz="8" w:space="0"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="firstCol">
       <w:rPr>
-        <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+        <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
         <w:b/>
         <w:bCs/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastCol">
       <w:rPr>
-        <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+        <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
         <w:b/>
         <w:bCs/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
-          <w:top w:val="single" w:sz="8" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
-[...2 lines deleted...]
-          <w:right w:val="single" w:sz="8" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
+          <w:top w:val="single" w:color="71B2C9" w:themeColor="accent6" w:sz="8" w:space="0"/>
+          <w:left w:val="single" w:color="71B2C9" w:themeColor="accent6" w:sz="8" w:space="0"/>
+          <w:bottom w:val="single" w:color="71B2C9" w:themeColor="accent6" w:sz="8" w:space="0"/>
+          <w:right w:val="single" w:color="71B2C9" w:themeColor="accent6" w:sz="8" w:space="0"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Vert">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
-          <w:top w:val="single" w:sz="8" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
-[...2 lines deleted...]
-          <w:right w:val="single" w:sz="8" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
+          <w:top w:val="single" w:color="71B2C9" w:themeColor="accent6" w:sz="8" w:space="0"/>
+          <w:left w:val="single" w:color="71B2C9" w:themeColor="accent6" w:sz="8" w:space="0"/>
+          <w:bottom w:val="single" w:color="71B2C9" w:themeColor="accent6" w:sz="8" w:space="0"/>
+          <w:right w:val="single" w:color="71B2C9" w:themeColor="accent6" w:sz="8" w:space="0"/>
         </w:tcBorders>
         <w:shd w:val="clear" w:color="auto" w:fill="DBEBF1" w:themeFill="accent6" w:themeFillTint="3F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
-          <w:top w:val="single" w:sz="8" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
-[...3 lines deleted...]
-          <w:insideV w:val="single" w:sz="8" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
+          <w:top w:val="single" w:color="71B2C9" w:themeColor="accent6" w:sz="8" w:space="0"/>
+          <w:left w:val="single" w:color="71B2C9" w:themeColor="accent6" w:sz="8" w:space="0"/>
+          <w:bottom w:val="single" w:color="71B2C9" w:themeColor="accent6" w:sz="8" w:space="0"/>
+          <w:right w:val="single" w:color="71B2C9" w:themeColor="accent6" w:sz="8" w:space="0"/>
+          <w:insideV w:val="single" w:color="71B2C9" w:themeColor="accent6" w:sz="8" w:space="0"/>
         </w:tcBorders>
         <w:shd w:val="clear" w:color="auto" w:fill="DBEBF1" w:themeFill="accent6" w:themeFillTint="3F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band2Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
-          <w:top w:val="single" w:sz="8" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
-[...3 lines deleted...]
-          <w:insideV w:val="single" w:sz="8" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
+          <w:top w:val="single" w:color="71B2C9" w:themeColor="accent6" w:sz="8" w:space="0"/>
+          <w:left w:val="single" w:color="71B2C9" w:themeColor="accent6" w:sz="8" w:space="0"/>
+          <w:bottom w:val="single" w:color="71B2C9" w:themeColor="accent6" w:sz="8" w:space="0"/>
+          <w:right w:val="single" w:color="71B2C9" w:themeColor="accent6" w:sz="8" w:space="0"/>
+          <w:insideV w:val="single" w:color="71B2C9" w:themeColor="accent6" w:sz="8" w:space="0"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
   <w:style w:type="table" w:styleId="Ljustrutnt-dekorfrg1">
     <w:name w:val="Light Grid Accent 1"/>
     <w:basedOn w:val="Normaltabell"/>
     <w:uiPriority w:val="62"/>
     <w:rsid w:val="00397F54"/>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblBorders>
-        <w:top w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
-[...4 lines deleted...]
-        <w:insideV w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
+        <w:top w:val="single" w:color="006298" w:themeColor="accent1" w:sz="8" w:space="0"/>
+        <w:left w:val="single" w:color="006298" w:themeColor="accent1" w:sz="8" w:space="0"/>
+        <w:bottom w:val="single" w:color="006298" w:themeColor="accent1" w:sz="8" w:space="0"/>
+        <w:right w:val="single" w:color="006298" w:themeColor="accent1" w:sz="8" w:space="0"/>
+        <w:insideH w:val="single" w:color="006298" w:themeColor="accent1" w:sz="8" w:space="0"/>
+        <w:insideV w:val="single" w:color="006298" w:themeColor="accent1" w:sz="8" w:space="0"/>
       </w:tblBorders>
     </w:tblPr>
     <w:tblStylePr w:type="firstRow">
       <w:pPr>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+        <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
         <w:b/>
         <w:bCs/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
-          <w:top w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
-[...2 lines deleted...]
-          <w:right w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
+          <w:top w:val="single" w:color="006298" w:themeColor="accent1" w:sz="8" w:space="0"/>
+          <w:left w:val="single" w:color="006298" w:themeColor="accent1" w:sz="8" w:space="0"/>
+          <w:bottom w:val="single" w:color="006298" w:themeColor="accent1" w:sz="18" w:space="0"/>
+          <w:right w:val="single" w:color="006298" w:themeColor="accent1" w:sz="8" w:space="0"/>
           <w:insideH w:val="nil"/>
-          <w:insideV w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
+          <w:insideV w:val="single" w:color="006298" w:themeColor="accent1" w:sz="8" w:space="0"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastRow">
       <w:pPr>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+        <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
         <w:b/>
         <w:bCs/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
-          <w:top w:val="double" w:sz="6" w:space="0" w:color="006298" w:themeColor="accent1"/>
-[...2 lines deleted...]
-          <w:right w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
+          <w:top w:val="double" w:color="006298" w:themeColor="accent1" w:sz="6" w:space="0"/>
+          <w:left w:val="single" w:color="006298" w:themeColor="accent1" w:sz="8" w:space="0"/>
+          <w:bottom w:val="single" w:color="006298" w:themeColor="accent1" w:sz="8" w:space="0"/>
+          <w:right w:val="single" w:color="006298" w:themeColor="accent1" w:sz="8" w:space="0"/>
           <w:insideH w:val="nil"/>
-          <w:insideV w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
+          <w:insideV w:val="single" w:color="006298" w:themeColor="accent1" w:sz="8" w:space="0"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="firstCol">
       <w:rPr>
-        <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+        <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
         <w:b/>
         <w:bCs/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastCol">
       <w:rPr>
-        <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+        <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
         <w:b/>
         <w:bCs/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
-          <w:top w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
-[...2 lines deleted...]
-          <w:right w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
+          <w:top w:val="single" w:color="006298" w:themeColor="accent1" w:sz="8" w:space="0"/>
+          <w:left w:val="single" w:color="006298" w:themeColor="accent1" w:sz="8" w:space="0"/>
+          <w:bottom w:val="single" w:color="006298" w:themeColor="accent1" w:sz="8" w:space="0"/>
+          <w:right w:val="single" w:color="006298" w:themeColor="accent1" w:sz="8" w:space="0"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Vert">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
-          <w:top w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
-[...2 lines deleted...]
-          <w:right w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
+          <w:top w:val="single" w:color="006298" w:themeColor="accent1" w:sz="8" w:space="0"/>
+          <w:left w:val="single" w:color="006298" w:themeColor="accent1" w:sz="8" w:space="0"/>
+          <w:bottom w:val="single" w:color="006298" w:themeColor="accent1" w:sz="8" w:space="0"/>
+          <w:right w:val="single" w:color="006298" w:themeColor="accent1" w:sz="8" w:space="0"/>
         </w:tcBorders>
         <w:shd w:val="clear" w:color="auto" w:fill="A6DFFF" w:themeFill="accent1" w:themeFillTint="3F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
-          <w:top w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
-[...3 lines deleted...]
-          <w:insideV w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
+          <w:top w:val="single" w:color="006298" w:themeColor="accent1" w:sz="8" w:space="0"/>
+          <w:left w:val="single" w:color="006298" w:themeColor="accent1" w:sz="8" w:space="0"/>
+          <w:bottom w:val="single" w:color="006298" w:themeColor="accent1" w:sz="8" w:space="0"/>
+          <w:right w:val="single" w:color="006298" w:themeColor="accent1" w:sz="8" w:space="0"/>
+          <w:insideV w:val="single" w:color="006298" w:themeColor="accent1" w:sz="8" w:space="0"/>
         </w:tcBorders>
         <w:shd w:val="clear" w:color="auto" w:fill="A6DFFF" w:themeFill="accent1" w:themeFillTint="3F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band2Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
-          <w:top w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
-[...3 lines deleted...]
-          <w:insideV w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
+          <w:top w:val="single" w:color="006298" w:themeColor="accent1" w:sz="8" w:space="0"/>
+          <w:left w:val="single" w:color="006298" w:themeColor="accent1" w:sz="8" w:space="0"/>
+          <w:bottom w:val="single" w:color="006298" w:themeColor="accent1" w:sz="8" w:space="0"/>
+          <w:right w:val="single" w:color="006298" w:themeColor="accent1" w:sz="8" w:space="0"/>
+          <w:insideV w:val="single" w:color="006298" w:themeColor="accent1" w:sz="8" w:space="0"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
   <w:style w:type="table" w:styleId="Mellanmrkskuggning1-dekorfrg1">
     <w:name w:val="Medium Shading 1 Accent 1"/>
     <w:basedOn w:val="Normaltabell"/>
     <w:uiPriority w:val="63"/>
     <w:rsid w:val="00397F54"/>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblBorders>
-        <w:top w:val="single" w:sz="8" w:space="0" w:color="009BF1" w:themeColor="accent1" w:themeTint="BF"/>
-[...3 lines deleted...]
-        <w:insideH w:val="single" w:sz="8" w:space="0" w:color="009BF1" w:themeColor="accent1" w:themeTint="BF"/>
+        <w:top w:val="single" w:color="009BF1" w:themeColor="accent1" w:themeTint="BF" w:sz="8" w:space="0"/>
+        <w:left w:val="single" w:color="009BF1" w:themeColor="accent1" w:themeTint="BF" w:sz="8" w:space="0"/>
+        <w:bottom w:val="single" w:color="009BF1" w:themeColor="accent1" w:themeTint="BF" w:sz="8" w:space="0"/>
+        <w:right w:val="single" w:color="009BF1" w:themeColor="accent1" w:themeTint="BF" w:sz="8" w:space="0"/>
+        <w:insideH w:val="single" w:color="009BF1" w:themeColor="accent1" w:themeTint="BF" w:sz="8" w:space="0"/>
       </w:tblBorders>
     </w:tblPr>
     <w:tblStylePr w:type="firstRow">
       <w:pPr>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:rPr>
         <w:b/>
         <w:bCs/>
         <w:color w:val="FFFFFF" w:themeColor="background1"/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
-          <w:top w:val="single" w:sz="8" w:space="0" w:color="009BF1" w:themeColor="accent1" w:themeTint="BF"/>
-[...2 lines deleted...]
-          <w:right w:val="single" w:sz="8" w:space="0" w:color="009BF1" w:themeColor="accent1" w:themeTint="BF"/>
+          <w:top w:val="single" w:color="009BF1" w:themeColor="accent1" w:themeTint="BF" w:sz="8" w:space="0"/>
+          <w:left w:val="single" w:color="009BF1" w:themeColor="accent1" w:themeTint="BF" w:sz="8" w:space="0"/>
+          <w:bottom w:val="single" w:color="009BF1" w:themeColor="accent1" w:themeTint="BF" w:sz="8" w:space="0"/>
+          <w:right w:val="single" w:color="009BF1" w:themeColor="accent1" w:themeTint="BF" w:sz="8" w:space="0"/>
           <w:insideH w:val="nil"/>
           <w:insideV w:val="nil"/>
         </w:tcBorders>
         <w:shd w:val="clear" w:color="auto" w:fill="006298" w:themeFill="accent1"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastRow">
       <w:pPr>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
-          <w:top w:val="double" w:sz="6" w:space="0" w:color="009BF1" w:themeColor="accent1" w:themeTint="BF"/>
-[...2 lines deleted...]
-          <w:right w:val="single" w:sz="8" w:space="0" w:color="009BF1" w:themeColor="accent1" w:themeTint="BF"/>
+          <w:top w:val="double" w:color="009BF1" w:themeColor="accent1" w:themeTint="BF" w:sz="6" w:space="0"/>
+          <w:left w:val="single" w:color="009BF1" w:themeColor="accent1" w:themeTint="BF" w:sz="8" w:space="0"/>
+          <w:bottom w:val="single" w:color="009BF1" w:themeColor="accent1" w:themeTint="BF" w:sz="8" w:space="0"/>
+          <w:right w:val="single" w:color="009BF1" w:themeColor="accent1" w:themeTint="BF" w:sz="8" w:space="0"/>
           <w:insideH w:val="nil"/>
           <w:insideV w:val="nil"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="firstCol">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastCol">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Vert">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="A6DFFF" w:themeFill="accent1" w:themeFillTint="3F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
@@ -11039,94 +11615,94 @@
           <w:insideH w:val="nil"/>
           <w:insideV w:val="nil"/>
         </w:tcBorders>
         <w:shd w:val="clear" w:color="auto" w:fill="A6DFFF" w:themeFill="accent1" w:themeFillTint="3F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band2Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:insideH w:val="nil"/>
           <w:insideV w:val="nil"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
   <w:style w:type="table" w:styleId="Mellanmrkskuggning1-dekorfrg6">
     <w:name w:val="Medium Shading 1 Accent 6"/>
     <w:basedOn w:val="Normaltabell"/>
     <w:uiPriority w:val="63"/>
     <w:rsid w:val="00397F54"/>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblBorders>
-        <w:top w:val="single" w:sz="8" w:space="0" w:color="94C5D6" w:themeColor="accent6" w:themeTint="BF"/>
-[...3 lines deleted...]
-        <w:insideH w:val="single" w:sz="8" w:space="0" w:color="94C5D6" w:themeColor="accent6" w:themeTint="BF"/>
+        <w:top w:val="single" w:color="94C5D6" w:themeColor="accent6" w:themeTint="BF" w:sz="8" w:space="0"/>
+        <w:left w:val="single" w:color="94C5D6" w:themeColor="accent6" w:themeTint="BF" w:sz="8" w:space="0"/>
+        <w:bottom w:val="single" w:color="94C5D6" w:themeColor="accent6" w:themeTint="BF" w:sz="8" w:space="0"/>
+        <w:right w:val="single" w:color="94C5D6" w:themeColor="accent6" w:themeTint="BF" w:sz="8" w:space="0"/>
+        <w:insideH w:val="single" w:color="94C5D6" w:themeColor="accent6" w:themeTint="BF" w:sz="8" w:space="0"/>
       </w:tblBorders>
     </w:tblPr>
     <w:tblStylePr w:type="firstRow">
       <w:pPr>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:rPr>
         <w:b/>
         <w:bCs/>
         <w:color w:val="FFFFFF" w:themeColor="background1"/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
-          <w:top w:val="single" w:sz="8" w:space="0" w:color="94C5D6" w:themeColor="accent6" w:themeTint="BF"/>
-[...2 lines deleted...]
-          <w:right w:val="single" w:sz="8" w:space="0" w:color="94C5D6" w:themeColor="accent6" w:themeTint="BF"/>
+          <w:top w:val="single" w:color="94C5D6" w:themeColor="accent6" w:themeTint="BF" w:sz="8" w:space="0"/>
+          <w:left w:val="single" w:color="94C5D6" w:themeColor="accent6" w:themeTint="BF" w:sz="8" w:space="0"/>
+          <w:bottom w:val="single" w:color="94C5D6" w:themeColor="accent6" w:themeTint="BF" w:sz="8" w:space="0"/>
+          <w:right w:val="single" w:color="94C5D6" w:themeColor="accent6" w:themeTint="BF" w:sz="8" w:space="0"/>
           <w:insideH w:val="nil"/>
           <w:insideV w:val="nil"/>
         </w:tcBorders>
         <w:shd w:val="clear" w:color="auto" w:fill="71B2C9" w:themeFill="accent6"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastRow">
       <w:pPr>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
-          <w:top w:val="double" w:sz="6" w:space="0" w:color="94C5D6" w:themeColor="accent6" w:themeTint="BF"/>
-[...2 lines deleted...]
-          <w:right w:val="single" w:sz="8" w:space="0" w:color="94C5D6" w:themeColor="accent6" w:themeTint="BF"/>
+          <w:top w:val="double" w:color="94C5D6" w:themeColor="accent6" w:themeTint="BF" w:sz="6" w:space="0"/>
+          <w:left w:val="single" w:color="94C5D6" w:themeColor="accent6" w:themeTint="BF" w:sz="8" w:space="0"/>
+          <w:bottom w:val="single" w:color="94C5D6" w:themeColor="accent6" w:themeTint="BF" w:sz="8" w:space="0"/>
+          <w:right w:val="single" w:color="94C5D6" w:themeColor="accent6" w:themeTint="BF" w:sz="8" w:space="0"/>
           <w:insideH w:val="nil"/>
           <w:insideV w:val="nil"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="firstCol">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastCol">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Vert">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="DBEBF1" w:themeFill="accent6" w:themeFillTint="3F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
@@ -11135,498 +11711,498 @@
           <w:insideH w:val="nil"/>
           <w:insideV w:val="nil"/>
         </w:tcBorders>
         <w:shd w:val="clear" w:color="auto" w:fill="DBEBF1" w:themeFill="accent6" w:themeFillTint="3F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band2Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:insideH w:val="nil"/>
           <w:insideV w:val="nil"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
   <w:style w:type="table" w:styleId="Ljuslista-dekorfrg6">
     <w:name w:val="Light List Accent 6"/>
     <w:basedOn w:val="Normaltabell"/>
     <w:uiPriority w:val="61"/>
     <w:rsid w:val="00397F54"/>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblBorders>
-        <w:top w:val="single" w:sz="8" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
-[...2 lines deleted...]
-        <w:right w:val="single" w:sz="8" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
+        <w:top w:val="single" w:color="71B2C9" w:themeColor="accent6" w:sz="8" w:space="0"/>
+        <w:left w:val="single" w:color="71B2C9" w:themeColor="accent6" w:sz="8" w:space="0"/>
+        <w:bottom w:val="single" w:color="71B2C9" w:themeColor="accent6" w:sz="8" w:space="0"/>
+        <w:right w:val="single" w:color="71B2C9" w:themeColor="accent6" w:sz="8" w:space="0"/>
       </w:tblBorders>
     </w:tblPr>
     <w:tblStylePr w:type="firstRow">
       <w:pPr>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:rPr>
         <w:b/>
         <w:bCs/>
         <w:color w:val="FFFFFF" w:themeColor="background1"/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="71B2C9" w:themeFill="accent6"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastRow">
       <w:pPr>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
-          <w:top w:val="double" w:sz="6" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
-[...2 lines deleted...]
-          <w:right w:val="single" w:sz="8" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
+          <w:top w:val="double" w:color="71B2C9" w:themeColor="accent6" w:sz="6" w:space="0"/>
+          <w:left w:val="single" w:color="71B2C9" w:themeColor="accent6" w:sz="8" w:space="0"/>
+          <w:bottom w:val="single" w:color="71B2C9" w:themeColor="accent6" w:sz="8" w:space="0"/>
+          <w:right w:val="single" w:color="71B2C9" w:themeColor="accent6" w:sz="8" w:space="0"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="firstCol">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastCol">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Vert">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
-          <w:top w:val="single" w:sz="8" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
-[...2 lines deleted...]
-          <w:right w:val="single" w:sz="8" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
+          <w:top w:val="single" w:color="71B2C9" w:themeColor="accent6" w:sz="8" w:space="0"/>
+          <w:left w:val="single" w:color="71B2C9" w:themeColor="accent6" w:sz="8" w:space="0"/>
+          <w:bottom w:val="single" w:color="71B2C9" w:themeColor="accent6" w:sz="8" w:space="0"/>
+          <w:right w:val="single" w:color="71B2C9" w:themeColor="accent6" w:sz="8" w:space="0"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
-          <w:top w:val="single" w:sz="8" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
-[...2 lines deleted...]
-          <w:right w:val="single" w:sz="8" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
+          <w:top w:val="single" w:color="71B2C9" w:themeColor="accent6" w:sz="8" w:space="0"/>
+          <w:left w:val="single" w:color="71B2C9" w:themeColor="accent6" w:sz="8" w:space="0"/>
+          <w:bottom w:val="single" w:color="71B2C9" w:themeColor="accent6" w:sz="8" w:space="0"/>
+          <w:right w:val="single" w:color="71B2C9" w:themeColor="accent6" w:sz="8" w:space="0"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
   <w:style w:type="table" w:styleId="Ljusskuggning-dekorfrg1">
     <w:name w:val="Light Shading Accent 1"/>
     <w:basedOn w:val="Normaltabell"/>
     <w:uiPriority w:val="60"/>
     <w:rsid w:val="00C4115D"/>
     <w:rPr>
       <w:color w:val="004971" w:themeColor="accent1" w:themeShade="BF"/>
     </w:rPr>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblBorders>
-        <w:top w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
-        <w:bottom w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
+        <w:top w:val="single" w:color="006298" w:themeColor="accent1" w:sz="8" w:space="0"/>
+        <w:bottom w:val="single" w:color="006298" w:themeColor="accent1" w:sz="8" w:space="0"/>
       </w:tblBorders>
     </w:tblPr>
     <w:tblStylePr w:type="firstRow">
       <w:pPr>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
-          <w:top w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
+          <w:top w:val="single" w:color="006298" w:themeColor="accent1" w:sz="8" w:space="0"/>
           <w:left w:val="nil"/>
-          <w:bottom w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
+          <w:bottom w:val="single" w:color="006298" w:themeColor="accent1" w:sz="8" w:space="0"/>
           <w:right w:val="nil"/>
           <w:insideH w:val="nil"/>
           <w:insideV w:val="nil"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastRow">
       <w:pPr>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
-          <w:top w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
+          <w:top w:val="single" w:color="006298" w:themeColor="accent1" w:sz="8" w:space="0"/>
           <w:left w:val="nil"/>
-          <w:bottom w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
+          <w:bottom w:val="single" w:color="006298" w:themeColor="accent1" w:sz="8" w:space="0"/>
           <w:right w:val="nil"/>
           <w:insideH w:val="nil"/>
           <w:insideV w:val="nil"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="firstCol">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastCol">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Vert">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:left w:val="nil"/>
           <w:right w:val="nil"/>
           <w:insideH w:val="nil"/>
           <w:insideV w:val="nil"/>
         </w:tcBorders>
         <w:shd w:val="clear" w:color="auto" w:fill="A6DFFF" w:themeFill="accent1" w:themeFillTint="3F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:left w:val="nil"/>
           <w:right w:val="nil"/>
           <w:insideH w:val="nil"/>
           <w:insideV w:val="nil"/>
         </w:tcBorders>
         <w:shd w:val="clear" w:color="auto" w:fill="A6DFFF" w:themeFill="accent1" w:themeFillTint="3F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="table" w:customStyle="1" w:styleId="VGRtabell">
+  <w:style w:type="table" w:styleId="VGRtabell" w:customStyle="1">
     <w:name w:val="VGR tabell"/>
     <w:basedOn w:val="Normaltabell"/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="00016CF0"/>
     <w:pPr>
       <w:contextualSpacing/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
       <w:sz w:val="24"/>
     </w:rPr>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblBorders>
-        <w:top w:val="single" w:sz="4" w:space="0" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
-[...4 lines deleted...]
-        <w:insideV w:val="single" w:sz="4" w:space="0" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
+        <w:top w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="4" w:space="0"/>
+        <w:left w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="4" w:space="0"/>
+        <w:bottom w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="4" w:space="0"/>
+        <w:right w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="4" w:space="0"/>
+        <w:insideH w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="4" w:space="0"/>
+        <w:insideV w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="4" w:space="0"/>
       </w:tblBorders>
     </w:tblPr>
     <w:trPr>
       <w:cantSplit/>
     </w:trPr>
     <w:tcPr>
       <w:tcMar>
         <w:top w:w="113" w:type="dxa"/>
         <w:bottom w:w="113" w:type="dxa"/>
       </w:tcMar>
       <w:vAlign w:val="center"/>
     </w:tcPr>
     <w:tblStylePr w:type="firstRow">
       <w:rPr>
         <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
         <w:b/>
         <w:bCs/>
         <w:sz w:val="24"/>
       </w:rPr>
       <w:tblPr/>
       <w:trPr>
         <w:tblHeader/>
       </w:trPr>
       <w:tcPr>
         <w:tcBorders>
-          <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastRow">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
-          <w:top w:val="double" w:sz="4" w:space="0" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
+          <w:top w:val="double" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="4" w:space="0"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="firstCol">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastCol">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Vert">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="table" w:customStyle="1" w:styleId="Oformateradtabell51">
+  <w:style w:type="table" w:styleId="Oformateradtabell51" w:customStyle="1">
     <w:name w:val="Oformaterad tabell 51"/>
     <w:basedOn w:val="Normaltabell"/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="008E682C"/>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
     </w:tblPr>
     <w:tblStylePr w:type="firstRow">
       <w:rPr>
-        <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+        <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
         <w:i/>
         <w:iCs/>
         <w:sz w:val="26"/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
-          <w:bottom w:val="single" w:sz="4" w:space="0" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80"/>
+          <w:bottom w:val="single" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80" w:sz="4" w:space="0"/>
         </w:tcBorders>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastRow">
       <w:rPr>
-        <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+        <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
         <w:i/>
         <w:iCs/>
         <w:sz w:val="26"/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
-          <w:top w:val="single" w:sz="4" w:space="0" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80"/>
+          <w:top w:val="single" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80" w:sz="4" w:space="0"/>
         </w:tcBorders>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="firstCol">
       <w:pPr>
         <w:jc w:val="right"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+        <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
         <w:i/>
         <w:iCs/>
         <w:sz w:val="26"/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
-          <w:right w:val="single" w:sz="4" w:space="0" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80"/>
+          <w:right w:val="single" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80" w:sz="4" w:space="0"/>
         </w:tcBorders>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastCol">
       <w:rPr>
-        <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+        <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
         <w:i/>
         <w:iCs/>
         <w:sz w:val="26"/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
-          <w:left w:val="single" w:sz="4" w:space="0" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80"/>
+          <w:left w:val="single" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80" w:sz="4" w:space="0"/>
         </w:tcBorders>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Vert">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="neCell">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:left w:val="nil"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="nwCell">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:right w:val="nil"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="seCell">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:left w:val="nil"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="swCell">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:right w:val="nil"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="Tabellrubrik">
+  <w:style w:type="paragraph" w:styleId="Tabellrubrik" w:customStyle="1">
     <w:name w:val="Tabellrubrik"/>
     <w:basedOn w:val="Normal"/>
     <w:uiPriority w:val="3"/>
     <w:semiHidden/>
     <w:qFormat/>
     <w:rsid w:val="00B33FDD"/>
     <w:pPr>
       <w:spacing w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
       <w:bCs/>
       <w:color w:val="000000" w:themeColor="text1"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Punktlista">
     <w:name w:val="List Bullet"/>
     <w:basedOn w:val="Normal"/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:rsid w:val="0051109C"/>
     <w:pPr>
       <w:numPr>
         <w:numId w:val="14"/>
       </w:numPr>
       <w:tabs>
         <w:tab w:val="left" w:pos="1349"/>
       </w:tabs>
       <w:contextualSpacing/>
     </w:pPr>
   </w:style>
   <w:style w:type="table" w:styleId="Oformateradtabell3">
     <w:name w:val="Plain Table 3"/>
     <w:basedOn w:val="Normaltabell"/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="002E263F"/>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
     </w:tblPr>
     <w:tblStylePr w:type="firstRow">
       <w:rPr>
         <w:b/>
         <w:bCs/>
         <w:caps/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
-          <w:bottom w:val="single" w:sz="4" w:space="0" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80"/>
+          <w:bottom w:val="single" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80" w:sz="4" w:space="0"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastRow">
       <w:rPr>
         <w:b/>
         <w:bCs/>
         <w:caps/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:top w:val="nil"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="firstCol">
       <w:rPr>
         <w:b/>
         <w:bCs/>
         <w:caps/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
-          <w:right w:val="single" w:sz="4" w:space="0" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80"/>
+          <w:right w:val="single" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80" w:sz="4" w:space="0"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastCol">
       <w:rPr>
         <w:b/>
         <w:bCs/>
         <w:caps/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:left w:val="nil"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Vert">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
@@ -11693,170 +12269,170 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Beskrivning">
     <w:name w:val="caption"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:uiPriority w:val="35"/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:rsid w:val="00404948"/>
     <w:pPr>
       <w:spacing w:after="200" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:i/>
       <w:iCs/>
       <w:color w:val="000000" w:themeColor="text2"/>
       <w:sz w:val="18"/>
       <w:szCs w:val="18"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="SidhuvudChar">
+  <w:style w:type="character" w:styleId="SidhuvudChar" w:customStyle="1">
     <w:name w:val="Sidhuvud Char"/>
     <w:basedOn w:val="Standardstycketeckensnitt"/>
     <w:link w:val="Sidhuvud"/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="00133A0F"/>
     <w:rPr>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="Rubrik6Char">
+  <w:style w:type="character" w:styleId="Rubrik6Char" w:customStyle="1">
     <w:name w:val="Rubrik 6 Char"/>
     <w:basedOn w:val="Standardstycketeckensnitt"/>
     <w:link w:val="Rubrik6"/>
     <w:uiPriority w:val="9"/>
     <w:semiHidden/>
     <w:rsid w:val="0032017C"/>
     <w:rPr>
-      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
       <w:color w:val="00304B" w:themeColor="accent1" w:themeShade="7F"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="Rubrik7Char">
+  <w:style w:type="character" w:styleId="Rubrik7Char" w:customStyle="1">
     <w:name w:val="Rubrik 7 Char"/>
     <w:basedOn w:val="Standardstycketeckensnitt"/>
     <w:link w:val="Rubrik7"/>
     <w:uiPriority w:val="9"/>
     <w:semiHidden/>
     <w:rsid w:val="0032017C"/>
     <w:rPr>
-      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
       <w:i/>
       <w:iCs/>
       <w:color w:val="00304B" w:themeColor="accent1" w:themeShade="7F"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="Rubrik9Char">
+  <w:style w:type="character" w:styleId="Rubrik9Char" w:customStyle="1">
     <w:name w:val="Rubrik 9 Char"/>
     <w:basedOn w:val="Standardstycketeckensnitt"/>
     <w:link w:val="Rubrik9"/>
     <w:uiPriority w:val="9"/>
     <w:semiHidden/>
     <w:rsid w:val="0032017C"/>
     <w:rPr>
-      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
       <w:i/>
       <w:iCs/>
       <w:color w:val="272727" w:themeColor="text1" w:themeTint="D8"/>
       <w:sz w:val="21"/>
       <w:szCs w:val="21"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="Olstomnmnande">
     <w:name w:val="Unresolved Mention"/>
     <w:basedOn w:val="Standardstycketeckensnitt"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00BE1C28"/>
     <w:rPr>
       <w:color w:val="605E5C"/>
       <w:shd w:val="clear" w:color="auto" w:fill="E1DFDD"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="Kommentarsreferens">
     <w:name w:val="annotation reference"/>
     <w:basedOn w:val="Standardstycketeckensnitt"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00A35D5D"/>
     <w:rPr>
       <w:sz w:val="16"/>
       <w:szCs w:val="16"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Kommentarer">
     <w:name w:val="annotation text"/>
     <w:basedOn w:val="Normal"/>
     <w:link w:val="KommentarerChar"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00A35D5D"/>
     <w:pPr>
       <w:spacing w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:sz w:val="20"/>
       <w:szCs w:val="20"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="KommentarerChar">
+  <w:style w:type="character" w:styleId="KommentarerChar" w:customStyle="1">
     <w:name w:val="Kommentarer Char"/>
     <w:basedOn w:val="Standardstycketeckensnitt"/>
     <w:link w:val="Kommentarer"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:rsid w:val="00A35D5D"/>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Kommentarsmne">
     <w:name w:val="annotation subject"/>
     <w:basedOn w:val="Kommentarer"/>
     <w:next w:val="Kommentarer"/>
     <w:link w:val="KommentarsmneChar"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00A35D5D"/>
     <w:rPr>
       <w:b/>
       <w:bCs/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="KommentarsmneChar">
+  <w:style w:type="character" w:styleId="KommentarsmneChar" w:customStyle="1">
     <w:name w:val="Kommentarsämne Char"/>
     <w:basedOn w:val="KommentarerChar"/>
     <w:link w:val="Kommentarsmne"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:rsid w:val="00A35D5D"/>
     <w:rPr>
       <w:b/>
       <w:bCs/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="AnvndHyperlnk">
     <w:name w:val="FollowedHyperlink"/>
     <w:basedOn w:val="Standardstycketeckensnitt"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00301692"/>
     <w:rPr>
       <w:color w:val="9EA2A2" w:themeColor="followedHyperlink"/>
       <w:u w:val="single"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Revision">
     <w:name w:val="Revision"/>
@@ -11923,51 +12499,51 @@
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="1304851724">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
   </w:divs>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
-<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml" Id="rId8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mellanarkiv-offentlig.vgregion.se/alfresco/s/archive/stream/public/v1/source/available/SOFIA/SAS9642-738863596-259/SURROGATE/HLR%20-%20Genomf%c3%b6rande%20vid%20S%c3%84S.pdf" TargetMode="External" Id="rId13" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mellanarkiv-offentlig.vgregion.se/alfresco/s/archive/stream/public/v1/source/available/SOFIA/SAS9642-738863596-217/SURROGATE/Akut%20anafylaktisk%20reaktion%20hos%20vuxna%2c%20S%c3%84S.pdf" TargetMode="External" Id="rId18" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml" Id="rId21" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml" Id="rId7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mellanarkiv-offentlig.vgregion.se/alfresco/s/archive/stream/public/v1/source/available/SOFIA/SAS9642-738863596-93/SURROGATE/HLR%20-%20Kompetenskrav%20vid%20S%c3%84S.pdf" TargetMode="External" Id="rId12" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mellanarkiv-offentlig.vgregion.se/alfresco/s/archive/stream/public/v1/source/available/SOFIA/SAS9642-738863596-259/SURROGATE/HLR%20-%20Genomf%c3%b6rande%20vid%20S%c3%84S.pdf" TargetMode="External" Id="rId17" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml" Id="rId25" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mellanarkiv-offentlig.vgregion.se/alfresco/s/archive/stream/public/v1/source/available/SOFIA/SAS9642-738863596-217/SURROGATE/Akut%20anafylaktisk%20reaktion%20hos%20vuxna%2c%20S%c3%84S.pdf" TargetMode="External" Id="rId16" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml" Id="rId20" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml" Id="rId6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml" Id="rId11" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml" Id="rId24" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mellanarkiv-offentlig.vgregion.se/alfresco/s/archive/stream/public/v1/source/available/sofia/sas467-1574791863-405/surrogate/Checklista%20Akutvagnen.pdf" TargetMode="External" Id="rId15" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer3.xml" Id="rId23" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml" Id="rId10" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml" Id="rId19" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml" Id="rId9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mellanarkiv-offentlig.vgregion.se/alfresco/s/archive/stream/public/v1/source/available/SOFIA/SAS9642-738863596-259/SURROGATE/HLR%20-%20Genomf%c3%b6rande%20vid%20S%c3%84S.pdf" TargetMode="External" Id="rId14" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml" Id="rId22" /></Relationships>
+<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml" Id="rId8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mellanarkiv-offentlig.vgregion.se/alfresco/s/archive/stream/public/v1/source/available/SOFIA/SAS9642-738863596-259/SURROGATE/HLR%20-%20Genomf%c3%b6rande%20vid%20S%c3%84S.pdf" TargetMode="External" Id="rId13" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mellanarkiv-offentlig.vgregion.se/alfresco/s/archive/stream/public/v1/source/available/SOFIA/SAS9642-738863596-217/SURROGATE/Akut%20anafylaktisk%20reaktion%20hos%20vuxna%2c%20S%c3%84S.pdf" TargetMode="External" Id="rId18" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml" Id="rId21" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml" Id="rId7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mellanarkiv-offentlig.vgregion.se/alfresco/s/archive/stream/public/v1/source/available/SOFIA/SAS9642-738863596-93/SURROGATE/HLR%20-%20Kompetenskrav%20vid%20S%c3%84S.pdf" TargetMode="External" Id="rId12" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mellanarkiv-offentlig.vgregion.se/alfresco/s/archive/stream/public/v1/source/available/SOFIA/SAS9642-738863596-259/SURROGATE/HLR%20-%20Genomf%c3%b6rande%20vid%20S%c3%84S.pdf" TargetMode="External" Id="rId17" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml" Id="rId25" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mellanarkiv-offentlig.vgregion.se/alfresco/s/archive/stream/public/v1/source/available/SOFIA/SAS9642-738863596-217/SURROGATE/Akut%20anafylaktisk%20reaktion%20hos%20vuxna%2c%20S%c3%84S.pdf" TargetMode="External" Id="rId16" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml" Id="rId20" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml" Id="rId6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml" Id="rId11" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml" Id="rId24" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mellanarkiv-offentlig.vgregion.se/alfresco/s/archive/stream/public/v1/source/available/sofia/sas467-1574791863-405/surrogate/Checklista%20Akutvagnen.pdf" TargetMode="External" Id="rId15" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer3.xml" Id="rId23" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml" Id="rId10" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml" Id="rId19" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml" Id="rId9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mellanarkiv-offentlig.vgregion.se/alfresco/s/archive/stream/public/v1/source/available/SOFIA/SAS9642-738863596-259/SURROGATE/HLR%20-%20Genomf%c3%b6rande%20vid%20S%c3%84S.pdf" TargetMode="External" Id="rId14" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml" Id="rId22" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml" Id="Rfed2ccee62df4bf2" /><Relationship Type="http://schemas.microsoft.com/office/2016/09/relationships/commentsIds" Target="commentsIds.xml" Id="Rcad5d957d89a4c21" /><Relationship Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml" Id="R88c95d51ccb44157" /><Relationship Type="http://schemas.microsoft.com/office/2018/08/relationships/commentsExtensible" Target="commentsExtensible.xml" Id="Raf70e0f2fce346bb" /><Relationship Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml" Id="R4380fe2e25a6402e" /></Relationships>
 </file>
 
 <file path=word/_rels/footer3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.wmf"/></Relationships>
 </file>
 
 <file path=word/_rels/header2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/></Relationships>
 </file>
 
 <file path=word/_rels/settings.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/attachedTemplate" Target="file:///C:\Users\regan2\Downloads\Dok_med_omslag_sd_red.dotx" TargetMode="External"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office-tema">
   <a:themeElements>
     <a:clrScheme name="VG">
       <a:dk1>
         <a:srgbClr val="000000"/>
       </a:dk1>
       <a:lt1>
         <a:srgbClr val="FFFFFF"/>
       </a:lt1>
       <a:dk2>
@@ -12259,75 +12835,53 @@
     <a:lnDef>
       <a:spPr/>
       <a:bodyPr/>
       <a:lstStyle/>
       <a:style>
         <a:lnRef idx="2">
           <a:schemeClr val="accent1"/>
         </a:lnRef>
         <a:fillRef idx="0">
           <a:schemeClr val="accent1"/>
         </a:fillRef>
         <a:effectRef idx="1">
           <a:schemeClr val="accent1"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="tx1"/>
         </a:fontRef>
       </a:style>
     </a:lnDef>
   </a:objectDefaults>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
-<Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
-[...33 lines deleted...]
-</Properties>
+<ap:Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:ap="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
+  <ap:Template>Dok_med_omslag_sd_red</ap:Template>
+  <ap:Application>Microsoft Word for the web</ap:Application>
+  <ap:DocSecurity>0</ap:DocSecurity>
+  <ap:ScaleCrop>false</ap:ScaleCrop>
+  <ap:Manager/>
+  <ap:Company/>
+  <ap:SharedDoc>false</ap:SharedDoc>
+  <ap:HyperlinkBase/>
+  <ap:HyperlinksChanged>false</ap:HyperlinksChanged>
+  <ap:AppVersion>16.0000</ap:AppVersion>
+  <ap:LinksUpToDate>false</ap:LinksUpToDate>
+</ap:Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <coreProperties xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns="http://schemas.openxmlformats.org/package/2006/metadata/core-properties">
   <dc:title>Akutläkemedel för HLR respektive anafylaxi, SÄS</dc:title>
   <dc:subject/>
   <dc:creator>patrik.jens.johansson@vgregion.se</dc:creator>
   <keywords/>
-  <lastModifiedBy>Karin Åhlin</lastModifiedBy>
-  <revision>55</revision>
+  <lastModifiedBy>Isabell Skott</lastModifiedBy>
+  <revision>57</revision>
   <lastPrinted>2016-03-31T10:56:00.0000000Z</lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </coreProperties>
 </file>